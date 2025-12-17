--- v0 (2025-10-27)
+++ v1 (2025-12-17)
@@ -3,51 +3,51 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="975" uniqueCount="650" xml:space="preserve">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="986" uniqueCount="658" xml:space="preserve">
   <si>
     <t>Datering</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
@@ -2484,50 +2484,117 @@
 Dan la Cour
 Eiler Lehn Schiøler
 Knud Oldendow
 Finn Salomonsen
 Henning Scheel</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/n/HE09QJq2</t>
   </si>
   <si>
     <t>18. sep. 1925</t>
   </si>
   <si>
     <t>Erik den Røde -
 Jens Daugaard-Jensen
 Otto Frederiksen
 - Hvalsøe
 - Jørgensen Styrmand
 Eiler Lehn Schiøler
 John Møller
 Knud Oldendow
 Anders Olsen</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/n/YMKxiB52</t>
+  </si>
+  <si>
+    <t>1926-12-04</t>
+  </si>
+  <si>
+    <t>116 Bishop Street New Haven Conn. USA</t>
+  </si>
+  <si>
+    <t>Ellen Brønsted
+Johannes Nicolaus Brønsted
+Christian Caspersen
+Achton Friis
+Grethe Jungstedt
+Matilda Jungstedt
+Drude Jørgensen
+Maria Krümmelbein
+Adolph Larsen
+Alhed Larsen
+Andreas Larsen
+Johanne Christine Larsen
+Johannes Larsen
+Thøger  Larsen
+William Mackie
+Helen Sawyer
+Nelly Tailor
+Kjeld Tutein
+- Vesterdal</t>
+  </si>
+  <si>
+    <t>Johannes Nicolaus Brønsted var gæsteprofessor i USA flere gange i årene omkring 1926.
+Ellen Sawyer var gift i Boston og boede der i en årrække, indtil manden døde, og hun flyttede tilbage til Danmark.
+Det vides ikke, hvem Peter, Teddy Richardo, Comey, Lockshaal og Rolfe var.
+Christian Caspersen blev kaldt Max. Bes var Ellen brønsteds kælenavn. Det vides ikke, hvad hun fejlede i 1926. 
+Ellen Sawyer hilser "alle tre". Det er uklart, hvem Johannes Nicolaus og Louise/Lugge Brønsted fulgtes med i USA. Deres datter, Ellen, var tilsyneladende i Kerteminde, mens forældrene var bortrejst.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3791</t>
+  </si>
+  <si>
+    <t>Louise må skrive, hvad hun synes om julegaven.
+Det er underligt at fejre jul i USA, for lyset er forkert. I Stockholm er det dejligt mørkt. Man pynter op og glæder sig over solhvervet.
+Det er skønt, at Louise oplever Boston, hvor Ellen boede i 13 år. Ellen håber, at Louise træffer Nelly m.fl.
+Ellen/Besen Brønsted har det bedre. Det er godt, at Kjeld Tutein er i huset.
+Laura Warbergs grav er smuk. Man lægger kranse.
+Ellen laver en masse julegaver. Hun glæder sig til at se sin familie i Stockholm.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/zmGS</t>
+  </si>
+  <si>
+    <t>[På kuvertens forside:]
+Mrs. J. H. Brønsted
+116 Bishop Street
+New Haven
+Conn.
+U.S.A.
+[I brevet:]
+4-12-26
+Kære lille Lugge!
+Glædelig Jul, I tre derovre i det fremmede Land! Gudskelov alligevel ["alligevel" overstreget], at det kun er midlertidigt! For det er jo for langt væk - endnu da! For naar der en Gang bliver daglig Flyverute, som ikke ligger og dratter ned i Vandet, - saa bliver det jo ikke saa langt.
+Jeg haaber at du ikke aabner min lille Pakke inden Juleaften, - heller ikke dette Brev. Men glem ikke at give mig nøje Besked om, hvad I synes om min Gave, naar I har læst den. Jeg er nemlig meget spændt paa det.
+Det bliver jo nok en lidt underlig Jul for jer, - men mon I ikke vil finde, at det næsten er som det slet ikke er Jul. Man har ondt ved at komme i den rette Stemning - derovre ["- derovre" indsat over linjen]. Det kommer sikkert af, at Lyset er forkert, - Dagen er for lang og lys, og Solhverv er ikke en stor og glædelig Begivenhed, som her. I Stockholm, hvor Dagen jo er endnu kortere, der har jeg altid følt Julen næsten som man følte den som Barn. Julen er som en Skæbne, - som et Vejr, noget som man man ikke vilde kunne komme udenom. Det er ikke som det er en af Mennesker konstrueret Fest. Den ligger i Luften og man bøjer sig for det. Med stor Fornøjelse naturligvis. - Man føler, at naar hver eneste nok saa ringe lille Snask klæder sig i Julegran, saa er det ikke for Kundernes Skyld, men fordi det maa være saadan. Jeg har sommetider tænkt at det var Massesuggestion, - men det tror jeg nu ikke alligevel. ["alligevel" indsat over linjen] Jeg tror heller ikke det skyldes udelukkende Svenskernes Temperament, - jeg tror tror altsaa nu, at det er et ganske naturligt Udslag af Glæde over Solhvervet. At fejre Jul ved Aquator vilde da forekomme ganske absurd. Undskyld denne lange Redegørelse
+Lugge, hvor var jeg henrykt over dit Bostonbrev. Sendte det straks til [ulæseligt ord]. Det er saa underligt, og saa kært at tænke paa, at du nu har ligesom lidt Indblik i mine 13 Udlændighedsaar. Nu synes jeg jo blot at du skulde opleve det altsammen - gaa med mig i Franklin Park, - tage tage Mattapan Sporvognen ud til Blue Hills, se vores Hjem i Columbia Road og besøge East Andover. Og Biblioteket, som jeg holdt saa meget af, - ja der var du jo. Og hvor morsomt at du var sammen med Helen. Det har nok været en stor Begivenhed for hende. Det var nu morsomt om du kunde besøge hende i Februar, hun kunde rigtig vise dig Boston. Saa kunde du ogsaa besøge Nelly Tailor - hun bor ganske nær Billy. Hun var min Nabo og bedste Veninde i mange Aar. - Peter hører jeg saa lidt om. Hvad laver han?? Og hvor var det morsomt at høre om Magisterens fine Modtagelse i Harvard.
+Nej, jeg traf aldrig Teddy Richardo, - jeg ved ikke hvorfor, - det traf sig nu ikke saadan. Men Coney og Lockshaal og Rolfe, om du træffer dem. Men de er sagtens i helt andre Brancher. Jeg glæder mig allerede til dit næste Brev.
+Las'es er i København. Vi synes nu at Besen har det helt godt, forholdsvis. Humøret er da langt bedre og hun er ikke nær saa pirren synes jeg. Jeg tror nu, at det er et stort Held at Kjeld Tutein er der. Han er jo en henrivende Fyr og umaadelig sød mod Besen. Et lidt fremmed Element i Hjemmet er nu sommetider godt, - i dette Tilfæde tror jeg glimrende. - Besen glæder sig til at skrive og fortælle om Mors Grav, som er saa smuk i Vinter, saa det vil jeg lade hende fortælle. - Hos Junges er det en af de gode Perioder. Han drikker ikke, har Arbejde og nøder pænt med Pengene. Junge siger han er saa ualmindelig sød hjemme i denne Tid. Saa puster stakkels Junge og faar igen lidt Mod paa Tilværelsen. I Søndags var hun og jeg i Odense hos Drude - inviteret. Vi havde saadan en hyggelig Eft. og Aften. Prof. var der, saa vi diskuterede Tilværelsens Gaade hele Tiden og spiste fin Mad og drak fin Vin til. Det var yndigt. -
+Jeg virker voldsomt med Julegaver. Iaar maler jeg Lerskaaler - har 12 færdige, - de er virkelig saa pæne. Samt Kageskaaler og Glaskaaler til Piger, - (jeg har fem Piger at give til) Grethe skal have et stort Fotografi efter det Maleri af Mors Mor som Max har. Det er henrivende og i en smuk gammeldags Ramme. Samt Las og Achton Friis Bogen, - samt mit Forskærertøj oppudset - samt en Bunke Smaating. Lille skal have en stor fin Dukke, jeg lader Tøjet sy, saa den kan klædes af og paa. Be skal have en Lommetørklædemappe (den er færdig) som den jeg lavede til Thøgers Fødselsdag.) Thøger skal have et graat af mig selv strikket Silkeslips. - Puf og Kjeld do Muffedisser. Saa du ser jeg virker. Jeg rejser Lillejuleaften. Jeg vil savne det lille hyggelige Jule[ulæseligt], jeg plejer at have hos dig. Jeg glæder mig jo svært til at komme op til min lille Familje, - men her bliver jo [indsat langs venstre margen s. 4:] Julen vemodig. Vi lægger alle Kranse derud. Jeg lægger en fra Dig, lille Lugge. - De skal hænge omkring paa Gelænderet og være af værende Grønt
+[Indsat i venstre margen s. 3:] Vi har stadig fremkommelige Veje og ingen Sne. "Guskilov." Nu 1000 Hilsner og Kompliment og [ulæseligt] til jer alle tre fra jeres Elle</t>
   </si>
   <si>
     <t>1927-01-28</t>
   </si>
   <si>
     <t>Harald Giersing
 Johanne Giersing
 Bodil Hauberg</t>
   </si>
   <si>
     <t>Efter at Harald Giersing i få dage havde været syg af influenza, fik han lungebetændelse.</t>
   </si>
   <si>
     <t>Harald Giersings død var uventet. Alle havde det så godt med ham. Syberg håber, at Besse/Johanne klarer det. Bodil Giersing skrev, at Harald Giersing var meget bange for at dø, og at Besse/Johanne holdt ham i sine arme de sidste fem timer og sang for ham.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/ueGf</t>
   </si>
   <si>
     <t>Pilegaarden 28-1-27
 Kære Johannes V. og Else.
 Tak for Eders Brev. Ja det var rigtignok et uventet Dødsfald, man rammes ofte der hvor man er mest sikker. At det netop skulde blive Giersing. Nu bag efter er det som man gaar med daarlig Samvittighed fordi man aldrig har havt en Antydning af Frygt derfor. Ingen er jo sikker for Knokkelmandens Besøg. Og hvor godt vi alle havde det med Giersing – allesammen – faar man først gjort sig bevidst nu – da det er for sent. Men maaske er den Glæde man aldrig bliver sig bevidst den største. Jo ældre man bliver jo mere usikker bliver man over for Bedømmelsen af Værdier. Jeg vil haabe Besse bærer sin Skæbne hvor haard den end er. Han bar hende paa Hænderne. Jeg fik et Brev fra Bodil Giersing samme Morgen han var død og jeg kan ikke lade være med at fortælle Jer indholdet. G. var meget ængstelig for Døden og vis paa at han skulde dø. Besse [”Besse” overstreget] Han døde i Besses Arme mens hun i 5 Timer i Træk sang for ham alle sine Sange lige fra hendes italienske Viser til ”Bro Bro Brille” – mens Taarerne trillede ned ad hendes Kinder - - Jeg kommer til København sidst i Fbr. Mange Hilsener Eders hengivne Fr. Syberg.</t>
   </si>
   <si>
     <t>1927-05-02</t>
@@ -3914,59 +3981,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/05eB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/j8a2KPF3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dDEX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Rbhy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cfam" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AUNk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F9KW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oyRp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eArm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1O9Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RMwG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eTde" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/WsHnFLg1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O2nh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oAIO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RBsG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gnOI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/D1e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1pFZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PsLJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/JIKLC0ja" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iCxe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Gw2o" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ygb2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mKHZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mHvr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/S3gy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pHau" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mF5h" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HNzo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CEx7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wKQ5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7l0g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eITH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZjM8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qisF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/N6eE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/m5Ai" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/byqD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/mRGYJww6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/c7S3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/xgN68ydL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/eSdVTLFW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lqb5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/SO734tro" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TSVC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Ywhb8eZR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bARK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/1xbJiDh5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tnTP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/AP4kFsI0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/SwS33elR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4Xri" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Qt3Wchow" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/MzqbODHZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DSTv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/InAM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZJav" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qiI2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wOFp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZVFx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/b4wJZexf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/UN6m6i0O" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/W4C1Dsb4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/GjmjBRL3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/uCIXb0ho" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/HE09QJq2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/YMKxiB52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ueGf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A8wI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/11FIskzM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/q6O2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/aannmv6K" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/2PcTgoGU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qohh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dwyx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uGWz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QyIv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Yi5R" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QBkJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wsmJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vy50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eki6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zPGo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/H0vZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pzgi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EFiY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hAY5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3dkp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xWVO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cmc7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jdbc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0jIO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LwFS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5ord" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aqpt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rNe8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cB31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/05eB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/j8a2KPF3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dDEX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Rbhy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cfam" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AUNk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F9KW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oyRp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eArm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1O9Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RMwG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eTde" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/WsHnFLg1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O2nh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oAIO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RBsG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gnOI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/D1e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1pFZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PsLJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/JIKLC0ja" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iCxe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Gw2o" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ygb2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mKHZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mHvr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/S3gy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pHau" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mF5h" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HNzo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CEx7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wKQ5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7l0g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eITH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZjM8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qisF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/N6eE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/m5Ai" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/byqD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/mRGYJww6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/c7S3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/xgN68ydL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/eSdVTLFW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lqb5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/SO734tro" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TSVC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Ywhb8eZR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bARK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/1xbJiDh5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tnTP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/AP4kFsI0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/SwS33elR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4Xri" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Qt3Wchow" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/MzqbODHZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DSTv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/InAM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZJav" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qiI2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wOFp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZVFx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/b4wJZexf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/UN6m6i0O" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/W4C1Dsb4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/GjmjBRL3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/uCIXb0ho" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/HE09QJq2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/YMKxiB52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zmGS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ueGf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A8wI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/11FIskzM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/q6O2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/aannmv6K" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/2PcTgoGU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qohh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dwyx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uGWz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QyIv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Yi5R" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QBkJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wsmJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vy50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eki6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zPGo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/H0vZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pzgi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EFiY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hAY5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3dkp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xWVO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cmc7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jdbc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0jIO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LwFS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5ord" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aqpt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rNe8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cB31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M99"/>
+  <dimension ref="A1:M100"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -7077,1374 +7144,1419 @@
       </c>
       <c r="I69" s="5"/>
       <c r="J69" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K69" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L69" s="6" t="s">
         <v>446</v>
       </c>
       <c r="M69" s="5"/>
     </row>
     <row r="70">
       <c r="A70" s="5" t="s">
         <v>447</v>
       </c>
       <c r="B70" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C70" s="5" t="s">
-        <v>194</v>
+        <v>83</v>
       </c>
       <c r="D70" s="5" t="s">
-        <v>195</v>
-[...7 lines deleted...]
-        </is>
+        <v>258</v>
+      </c>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F70" s="5" t="s">
+        <v>448</v>
       </c>
       <c r="G70" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H70" s="5" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="I70" s="5" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="J70" s="5" t="s">
-        <v>214</v>
+        <v>451</v>
       </c>
       <c r="K70" s="5" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="L70" s="6" t="s">
-        <v>451</v>
+        <v>453</v>
       </c>
       <c r="M70" s="5" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="5" t="s">
-        <v>453</v>
+        <v>455</v>
       </c>
       <c r="B71" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C71" s="5" t="s">
-        <v>74</v>
+        <v>194</v>
       </c>
       <c r="D71" s="5" t="s">
-        <v>349</v>
+        <v>195</v>
       </c>
       <c r="E71" s="5" t="s">
-        <v>454</v>
+        <v>251</v>
       </c>
       <c r="F71" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G71" s="5" t="s">
-        <v>455</v>
+      <c r="G71" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H71" s="5" t="s">
         <v>456</v>
       </c>
-      <c r="I71" s="5"/>
+      <c r="I71" s="5" t="s">
+        <v>457</v>
+      </c>
       <c r="J71" s="5" t="s">
-        <v>174</v>
+        <v>214</v>
       </c>
       <c r="K71" s="5" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="L71" s="6" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="M71" s="5" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="5" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="B72" s="5" t="s">
-        <v>115</v>
+        <v>14</v>
       </c>
       <c r="C72" s="5" t="s">
         <v>74</v>
       </c>
-      <c r="D72" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="D72" s="5" t="s">
+        <v>349</v>
+      </c>
+      <c r="E72" s="5" t="s">
+        <v>462</v>
       </c>
       <c r="F72" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G72" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G72" s="5" t="s">
+        <v>463</v>
       </c>
       <c r="H72" s="5" t="s">
-        <v>461</v>
+        <v>464</v>
       </c>
       <c r="I72" s="5"/>
-      <c r="J72" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="J72" s="5" t="s">
+        <v>174</v>
       </c>
       <c r="K72" s="5" t="s">
-        <v>462</v>
+        <v>465</v>
       </c>
       <c r="L72" s="6" t="s">
-        <v>463</v>
-[...1 lines deleted...]
-      <c r="M72" s="5"/>
+        <v>466</v>
+      </c>
+      <c r="M72" s="5" t="s">
+        <v>467</v>
+      </c>
     </row>
     <row r="73">
       <c r="A73" s="5" t="s">
-        <v>464</v>
+        <v>468</v>
       </c>
       <c r="B73" s="5" t="s">
-        <v>14</v>
+        <v>115</v>
       </c>
       <c r="C73" s="5" t="s">
-        <v>194</v>
-[...5 lines deleted...]
-        <v>251</v>
+        <v>74</v>
+      </c>
+      <c r="D73" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F73" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G73" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H73" s="5" t="inlineStr">
-[...8 lines deleted...]
-        <v>214</v>
+      <c r="H73" s="5" t="s">
+        <v>469</v>
+      </c>
+      <c r="I73" s="5"/>
+      <c r="J73" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K73" s="5" t="s">
-        <v>466</v>
+        <v>470</v>
       </c>
       <c r="L73" s="6" t="s">
-        <v>467</v>
-[...3 lines deleted...]
-      </c>
+        <v>471</v>
+      </c>
+      <c r="M73" s="5"/>
     </row>
     <row r="74">
       <c r="A74" s="5" t="s">
-        <v>469</v>
+        <v>472</v>
       </c>
       <c r="B74" s="5" t="s">
-        <v>115</v>
+        <v>14</v>
       </c>
       <c r="C74" s="5" t="s">
-        <v>74</v>
-[...9 lines deleted...]
-        </is>
+        <v>194</v>
+      </c>
+      <c r="D74" s="5" t="s">
+        <v>195</v>
+      </c>
+      <c r="E74" s="5" t="s">
+        <v>251</v>
       </c>
       <c r="F74" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G74" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H74" s="5" t="s">
-[...6 lines deleted...]
-        </is>
+      <c r="H74" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I74" s="5" t="s">
+        <v>473</v>
+      </c>
+      <c r="J74" s="5" t="s">
+        <v>214</v>
       </c>
       <c r="K74" s="5" t="s">
-        <v>471</v>
+        <v>474</v>
       </c>
       <c r="L74" s="6" t="s">
-        <v>472</v>
-[...1 lines deleted...]
-      <c r="M74" s="5"/>
+        <v>475</v>
+      </c>
+      <c r="M74" s="5" t="s">
+        <v>476</v>
+      </c>
     </row>
     <row r="75">
       <c r="A75" s="5" t="s">
-        <v>473</v>
+        <v>477</v>
       </c>
       <c r="B75" s="5" t="s">
         <v>115</v>
       </c>
       <c r="C75" s="5" t="s">
         <v>74</v>
       </c>
       <c r="D75" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E75" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F75" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G75" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H75" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H75" s="5" t="s">
+        <v>478</v>
       </c>
       <c r="I75" s="5"/>
       <c r="J75" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K75" s="5" t="s">
-        <v>474</v>
+        <v>479</v>
       </c>
       <c r="L75" s="6" t="s">
-        <v>475</v>
+        <v>480</v>
       </c>
       <c r="M75" s="5"/>
     </row>
     <row r="76">
       <c r="A76" s="5" t="s">
-        <v>476</v>
+        <v>481</v>
       </c>
       <c r="B76" s="5" t="s">
-        <v>14</v>
+        <v>115</v>
       </c>
       <c r="C76" s="5" t="s">
-        <v>194</v>
-[...5 lines deleted...]
-        <v>251</v>
+        <v>74</v>
+      </c>
+      <c r="D76" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F76" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G76" s="5" t="s">
-[...9 lines deleted...]
-        <v>214</v>
+      <c r="G76" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H76" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I76" s="5"/>
+      <c r="J76" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K76" s="5" t="s">
-        <v>480</v>
+        <v>482</v>
       </c>
       <c r="L76" s="6" t="s">
-        <v>481</v>
-[...3 lines deleted...]
-      </c>
+        <v>483</v>
+      </c>
+      <c r="M76" s="5"/>
     </row>
     <row r="77">
       <c r="A77" s="5" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
       <c r="B77" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C77" s="5" t="s">
-        <v>484</v>
+        <v>194</v>
       </c>
       <c r="D77" s="5" t="s">
-        <v>362</v>
+        <v>195</v>
       </c>
       <c r="E77" s="5" t="s">
+        <v>251</v>
+      </c>
+      <c r="F77" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G77" s="5" t="s">
         <v>485</v>
-      </c>
-[...8 lines deleted...]
-        </is>
       </c>
       <c r="H77" s="5" t="s">
         <v>486</v>
       </c>
-      <c r="I77" s="5"/>
+      <c r="I77" s="5" t="s">
+        <v>487</v>
+      </c>
       <c r="J77" s="5" t="s">
-        <v>487</v>
+        <v>214</v>
       </c>
       <c r="K77" s="5" t="s">
         <v>488</v>
       </c>
       <c r="L77" s="6" t="s">
         <v>489</v>
       </c>
       <c r="M77" s="5" t="s">
         <v>490</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="5" t="s">
         <v>491</v>
       </c>
       <c r="B78" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C78" s="5" t="s">
-        <v>74</v>
+        <v>492</v>
       </c>
       <c r="D78" s="5" t="s">
-        <v>287</v>
+        <v>362</v>
       </c>
       <c r="E78" s="5" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="F78" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G78" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H78" s="5" t="s">
-        <v>493</v>
-[...1 lines deleted...]
-      <c r="I78" s="5" t="s">
         <v>494</v>
       </c>
+      <c r="I78" s="5"/>
       <c r="J78" s="5" t="s">
         <v>495</v>
       </c>
       <c r="K78" s="5" t="s">
         <v>496</v>
       </c>
       <c r="L78" s="6" t="s">
         <v>497</v>
       </c>
       <c r="M78" s="5" t="s">
         <v>498</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="5" t="s">
         <v>499</v>
       </c>
       <c r="B79" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C79" s="5" t="s">
         <v>74</v>
       </c>
       <c r="D79" s="5" t="s">
+        <v>287</v>
+      </c>
+      <c r="E79" s="5" t="s">
         <v>500</v>
-      </c>
-[...1 lines deleted...]
-        <v>75</v>
       </c>
       <c r="F79" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G79" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H79" s="5" t="s">
         <v>501</v>
       </c>
       <c r="I79" s="5" t="s">
         <v>502</v>
       </c>
       <c r="J79" s="5" t="s">
-        <v>495</v>
+        <v>503</v>
       </c>
       <c r="K79" s="5" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="L79" s="6" t="s">
-        <v>504</v>
+        <v>505</v>
       </c>
       <c r="M79" s="5" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="5" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
       <c r="B80" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C80" s="5" t="s">
-        <v>507</v>
+        <v>74</v>
       </c>
       <c r="D80" s="5" t="s">
         <v>508</v>
       </c>
       <c r="E80" s="5" t="s">
+        <v>75</v>
+      </c>
+      <c r="F80" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G80" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H80" s="5" t="s">
         <v>509</v>
       </c>
-      <c r="F80" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H80" s="5" t="s">
+      <c r="I80" s="5" t="s">
         <v>510</v>
       </c>
-      <c r="I80" s="5" t="s">
+      <c r="J80" s="5" t="s">
+        <v>503</v>
+      </c>
+      <c r="K80" s="5" t="s">
         <v>511</v>
       </c>
-      <c r="J80" s="5" t="s">
+      <c r="L80" s="6" t="s">
         <v>512</v>
       </c>
-      <c r="K80" s="5" t="s">
+      <c r="M80" s="5" t="s">
         <v>513</v>
-      </c>
-[...4 lines deleted...]
-        <v>515</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="5" t="s">
-        <v>516</v>
+        <v>514</v>
       </c>
       <c r="B81" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C81" s="5" t="s">
-        <v>154</v>
+        <v>515</v>
       </c>
       <c r="D81" s="5" t="s">
-        <v>116</v>
+        <v>516</v>
       </c>
       <c r="E81" s="5" t="s">
         <v>517</v>
       </c>
-      <c r="F81" s="5" t="s">
+      <c r="F81" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G81" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H81" s="5" t="s">
         <v>518</v>
       </c>
-      <c r="G81" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H81" s="5" t="s">
+      <c r="I81" s="5" t="s">
         <v>519</v>
       </c>
-      <c r="I81" s="5" t="s">
+      <c r="J81" s="5" t="s">
         <v>520</v>
       </c>
-      <c r="J81" s="5" t="s">
+      <c r="K81" s="5" t="s">
         <v>521</v>
       </c>
-      <c r="K81" s="5" t="s">
+      <c r="L81" s="6" t="s">
         <v>522</v>
       </c>
-      <c r="L81" s="6" t="s">
+      <c r="M81" s="5" t="s">
         <v>523</v>
-      </c>
-[...1 lines deleted...]
-        <v>524</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="5" t="s">
-        <v>525</v>
+        <v>524</v>
       </c>
       <c r="B82" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C82" s="5" t="s">
+        <v>154</v>
+      </c>
+      <c r="D82" s="5" t="s">
         <v>116</v>
       </c>
-      <c r="D82" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E82" s="5" t="s">
+        <v>525</v>
+      </c>
+      <c r="F82" s="5" t="s">
         <v>526</v>
-      </c>
-[...1 lines deleted...]
-        <v>517</v>
       </c>
       <c r="G82" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H82" s="5" t="s">
         <v>527</v>
       </c>
       <c r="I82" s="5" t="s">
         <v>528</v>
       </c>
       <c r="J82" s="5" t="s">
         <v>529</v>
       </c>
       <c r="K82" s="5" t="s">
         <v>530</v>
       </c>
       <c r="L82" s="6" t="s">
         <v>531</v>
       </c>
       <c r="M82" s="5" t="s">
         <v>532</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="5" t="s">
         <v>533</v>
       </c>
       <c r="B83" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C83" s="5" t="s">
-        <v>50</v>
+        <v>116</v>
       </c>
       <c r="D83" s="5" t="s">
-        <v>116</v>
+        <v>154</v>
       </c>
       <c r="E83" s="5" t="s">
         <v>534</v>
       </c>
-      <c r="F83" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F83" s="5" t="s">
+        <v>525</v>
       </c>
       <c r="G83" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H83" s="5" t="s">
         <v>535</v>
       </c>
       <c r="I83" s="5" t="s">
         <v>536</v>
       </c>
       <c r="J83" s="5" t="s">
         <v>537</v>
       </c>
       <c r="K83" s="5" t="s">
         <v>538</v>
       </c>
       <c r="L83" s="6" t="s">
         <v>539</v>
       </c>
       <c r="M83" s="5" t="s">
         <v>540</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="5" t="s">
         <v>541</v>
       </c>
       <c r="B84" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C84" s="5" t="s">
-        <v>194</v>
+        <v>50</v>
       </c>
       <c r="D84" s="5" t="s">
+        <v>116</v>
+      </c>
+      <c r="E84" s="5" t="s">
         <v>542</v>
-      </c>
-[...1 lines deleted...]
-        <v>251</v>
       </c>
       <c r="F84" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G84" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H84" s="5" t="s">
         <v>543</v>
       </c>
       <c r="I84" s="5" t="s">
         <v>544</v>
       </c>
       <c r="J84" s="5" t="s">
         <v>545</v>
       </c>
       <c r="K84" s="5" t="s">
         <v>546</v>
       </c>
       <c r="L84" s="6" t="s">
         <v>547</v>
       </c>
       <c r="M84" s="5" t="s">
         <v>548</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="5" t="s">
         <v>549</v>
       </c>
       <c r="B85" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C85" s="5" t="s">
-        <v>74</v>
+        <v>194</v>
       </c>
       <c r="D85" s="5" t="s">
-        <v>500</v>
+        <v>550</v>
       </c>
       <c r="E85" s="5" t="s">
-        <v>75</v>
+        <v>251</v>
       </c>
       <c r="F85" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G85" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H85" s="5" t="s">
-        <v>550</v>
+        <v>551</v>
       </c>
       <c r="I85" s="5" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
       <c r="J85" s="5" t="s">
-        <v>495</v>
+        <v>553</v>
       </c>
       <c r="K85" s="5" t="s">
-        <v>552</v>
+        <v>554</v>
       </c>
       <c r="L85" s="6" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="M85" s="5" t="s">
-        <v>554</v>
+        <v>556</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="5" t="s">
-        <v>555</v>
+        <v>557</v>
       </c>
       <c r="B86" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C86" s="5" t="s">
         <v>74</v>
       </c>
       <c r="D86" s="5" t="s">
-        <v>556</v>
+        <v>508</v>
       </c>
       <c r="E86" s="5" t="s">
         <v>75</v>
       </c>
-      <c r="F86" s="5" t="s">
-        <v>557</v>
+      <c r="F86" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G86" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H86" s="5" t="s">
         <v>558</v>
       </c>
       <c r="I86" s="5" t="s">
         <v>559</v>
       </c>
       <c r="J86" s="5" t="s">
+        <v>503</v>
+      </c>
+      <c r="K86" s="5" t="s">
         <v>560</v>
       </c>
-      <c r="K86" s="5" t="s">
+      <c r="L86" s="6" t="s">
         <v>561</v>
       </c>
-      <c r="L86" s="6" t="s">
+      <c r="M86" s="5" t="s">
         <v>562</v>
-      </c>
-[...1 lines deleted...]
-        <v>563</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="5" t="s">
-        <v>564</v>
+        <v>563</v>
       </c>
       <c r="B87" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C87" s="5" t="s">
         <v>74</v>
       </c>
       <c r="D87" s="5" t="s">
-        <v>362</v>
+        <v>564</v>
       </c>
       <c r="E87" s="5" t="s">
         <v>75</v>
       </c>
-      <c r="F87" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F87" s="5" t="s">
+        <v>565</v>
       </c>
       <c r="G87" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H87" s="5" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
       <c r="I87" s="5" t="s">
-        <v>566</v>
+        <v>567</v>
       </c>
       <c r="J87" s="5" t="s">
-        <v>495</v>
+        <v>568</v>
       </c>
       <c r="K87" s="5" t="s">
-        <v>567</v>
+        <v>569</v>
       </c>
       <c r="L87" s="6" t="s">
-        <v>568</v>
+        <v>570</v>
       </c>
       <c r="M87" s="5" t="s">
-        <v>569</v>
+        <v>571</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="5" t="s">
-        <v>570</v>
+        <v>572</v>
       </c>
       <c r="B88" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C88" s="5" t="s">
-        <v>287</v>
+        <v>74</v>
       </c>
       <c r="D88" s="5" t="s">
-        <v>571</v>
+        <v>362</v>
       </c>
       <c r="E88" s="5" t="s">
         <v>75</v>
       </c>
       <c r="F88" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G88" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H88" s="5" t="s">
-        <v>572</v>
+        <v>573</v>
       </c>
       <c r="I88" s="5" t="s">
-        <v>573</v>
+        <v>574</v>
       </c>
       <c r="J88" s="5" t="s">
-        <v>560</v>
+        <v>503</v>
       </c>
       <c r="K88" s="5" t="s">
-        <v>574</v>
+        <v>575</v>
       </c>
       <c r="L88" s="6" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
       <c r="M88" s="5" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="5" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
       <c r="B89" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C89" s="5" t="s">
-        <v>74</v>
+        <v>287</v>
       </c>
       <c r="D89" s="5" t="s">
-        <v>556</v>
+        <v>579</v>
       </c>
       <c r="E89" s="5" t="s">
         <v>75</v>
       </c>
-      <c r="F89" s="5" t="s">
-        <v>557</v>
+      <c r="F89" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G89" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H89" s="5" t="s">
-        <v>578</v>
+        <v>580</v>
       </c>
       <c r="I89" s="5" t="s">
-        <v>579</v>
+        <v>581</v>
       </c>
       <c r="J89" s="5" t="s">
-        <v>560</v>
-[...4 lines deleted...]
-        </is>
+        <v>568</v>
+      </c>
+      <c r="K89" s="5" t="s">
+        <v>582</v>
       </c>
       <c r="L89" s="6" t="s">
-        <v>580</v>
+        <v>583</v>
       </c>
       <c r="M89" s="5" t="s">
-        <v>581</v>
+        <v>584</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="5" t="s">
-        <v>582</v>
+        <v>585</v>
       </c>
       <c r="B90" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C90" s="5" t="s">
-        <v>583</v>
+        <v>74</v>
       </c>
       <c r="D90" s="5" t="s">
-        <v>584</v>
+        <v>564</v>
       </c>
       <c r="E90" s="5" t="s">
         <v>75</v>
       </c>
-      <c r="F90" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F90" s="5" t="s">
+        <v>565</v>
       </c>
       <c r="G90" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H90" s="5" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
       <c r="I90" s="5" t="s">
-        <v>586</v>
+        <v>587</v>
       </c>
       <c r="J90" s="5" t="s">
-        <v>587</v>
-[...1 lines deleted...]
-      <c r="K90" s="5" t="s">
+        <v>568</v>
+      </c>
+      <c r="K90" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L90" s="6" t="s">
         <v>588</v>
       </c>
-      <c r="L90" s="6" t="s">
+      <c r="M90" s="5" t="s">
         <v>589</v>
-      </c>
-[...1 lines deleted...]
-        <v>590</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="5" t="s">
-        <v>591</v>
+        <v>590</v>
       </c>
       <c r="B91" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C91" s="5" t="s">
-        <v>74</v>
+        <v>591</v>
       </c>
       <c r="D91" s="5" t="s">
-        <v>556</v>
+        <v>592</v>
       </c>
       <c r="E91" s="5" t="s">
         <v>75</v>
       </c>
       <c r="F91" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G91" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H91" s="5" t="s">
-        <v>592</v>
-[...1 lines deleted...]
-      <c r="I91" s="5"/>
+        <v>593</v>
+      </c>
+      <c r="I91" s="5" t="s">
+        <v>594</v>
+      </c>
       <c r="J91" s="5" t="s">
-        <v>560</v>
+        <v>595</v>
       </c>
       <c r="K91" s="5" t="s">
-        <v>593</v>
+        <v>596</v>
       </c>
       <c r="L91" s="6" t="s">
-        <v>594</v>
+        <v>597</v>
       </c>
       <c r="M91" s="5" t="s">
-        <v>595</v>
+        <v>598</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="5" t="s">
-        <v>596</v>
+        <v>599</v>
       </c>
       <c r="B92" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C92" s="5" t="s">
-        <v>154</v>
+        <v>74</v>
       </c>
       <c r="D92" s="5" t="s">
-        <v>116</v>
+        <v>564</v>
       </c>
       <c r="E92" s="5" t="s">
-        <v>517</v>
-[...2 lines deleted...]
-        <v>597</v>
+        <v>75</v>
+      </c>
+      <c r="F92" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G92" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H92" s="5" t="s">
-        <v>598</v>
-[...3 lines deleted...]
-      </c>
+        <v>600</v>
+      </c>
+      <c r="I92" s="5"/>
       <c r="J92" s="5" t="s">
-        <v>600</v>
+        <v>568</v>
       </c>
       <c r="K92" s="5" t="s">
         <v>601</v>
       </c>
       <c r="L92" s="6" t="s">
         <v>602</v>
       </c>
       <c r="M92" s="5" t="s">
         <v>603</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="5" t="s">
         <v>604</v>
       </c>
       <c r="B93" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C93" s="5" t="s">
         <v>154</v>
       </c>
       <c r="D93" s="5" t="s">
         <v>116</v>
       </c>
       <c r="E93" s="5" t="s">
-        <v>517</v>
+        <v>525</v>
       </c>
       <c r="F93" s="5" t="s">
-        <v>597</v>
+        <v>605</v>
       </c>
       <c r="G93" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H93" s="5" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
       <c r="I93" s="5" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
       <c r="J93" s="5" t="s">
-        <v>607</v>
+        <v>608</v>
       </c>
       <c r="K93" s="5" t="s">
-        <v>608</v>
+        <v>609</v>
       </c>
       <c r="L93" s="6" t="s">
-        <v>609</v>
+        <v>610</v>
       </c>
       <c r="M93" s="5" t="s">
-        <v>610</v>
+        <v>611</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="5" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
       <c r="B94" s="5" t="s">
-        <v>143</v>
+        <v>14</v>
       </c>
       <c r="C94" s="5" t="s">
         <v>154</v>
       </c>
       <c r="D94" s="5" t="s">
         <v>116</v>
       </c>
       <c r="E94" s="5" t="s">
-        <v>517</v>
+        <v>525</v>
       </c>
       <c r="F94" s="5" t="s">
-        <v>597</v>
+        <v>605</v>
       </c>
       <c r="G94" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H94" s="5" t="s">
-        <v>612</v>
+        <v>613</v>
       </c>
       <c r="I94" s="5" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="J94" s="5" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
       <c r="K94" s="5" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="L94" s="6" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="M94" s="5" t="s">
-        <v>617</v>
+        <v>618</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="5" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
       <c r="B95" s="5" t="s">
         <v>143</v>
       </c>
       <c r="C95" s="5" t="s">
         <v>154</v>
       </c>
       <c r="D95" s="5" t="s">
         <v>116</v>
       </c>
       <c r="E95" s="5" t="s">
-        <v>517</v>
+        <v>525</v>
       </c>
       <c r="F95" s="5" t="s">
-        <v>597</v>
+        <v>605</v>
       </c>
       <c r="G95" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H95" s="5" t="s">
-        <v>619</v>
+        <v>620</v>
       </c>
       <c r="I95" s="5" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="J95" s="5" t="s">
-        <v>614</v>
+        <v>622</v>
       </c>
       <c r="K95" s="5" t="s">
-        <v>621</v>
+        <v>623</v>
       </c>
       <c r="L95" s="6" t="s">
-        <v>622</v>
+        <v>624</v>
       </c>
       <c r="M95" s="5" t="s">
-        <v>623</v>
+        <v>625</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="5" t="s">
-        <v>624</v>
+        <v>626</v>
       </c>
       <c r="B96" s="5" t="s">
-        <v>14</v>
+        <v>143</v>
       </c>
       <c r="C96" s="5" t="s">
-        <v>74</v>
+        <v>154</v>
       </c>
       <c r="D96" s="5" t="s">
-        <v>556</v>
+        <v>116</v>
       </c>
       <c r="E96" s="5" t="s">
-        <v>75</v>
+        <v>525</v>
       </c>
       <c r="F96" s="5" t="s">
-        <v>557</v>
+        <v>605</v>
       </c>
       <c r="G96" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H96" s="5" t="s">
-        <v>625</v>
+        <v>627</v>
       </c>
       <c r="I96" s="5" t="s">
-        <v>626</v>
+        <v>628</v>
       </c>
       <c r="J96" s="5" t="s">
-        <v>560</v>
+        <v>622</v>
       </c>
       <c r="K96" s="5" t="s">
-        <v>627</v>
+        <v>629</v>
       </c>
       <c r="L96" s="6" t="s">
-        <v>628</v>
+        <v>630</v>
       </c>
       <c r="M96" s="5" t="s">
-        <v>629</v>
+        <v>631</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="5" t="s">
-        <v>630</v>
+        <v>632</v>
       </c>
       <c r="B97" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C97" s="5" t="s">
         <v>74</v>
       </c>
       <c r="D97" s="5" t="s">
-        <v>362</v>
+        <v>564</v>
       </c>
       <c r="E97" s="5" t="s">
         <v>75</v>
       </c>
-      <c r="F97" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F97" s="5" t="s">
+        <v>565</v>
       </c>
       <c r="G97" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H97" s="5" t="s">
-        <v>631</v>
+        <v>633</v>
       </c>
       <c r="I97" s="5" t="s">
-        <v>632</v>
+        <v>634</v>
       </c>
       <c r="J97" s="5" t="s">
-        <v>495</v>
+        <v>568</v>
       </c>
       <c r="K97" s="5" t="s">
-        <v>633</v>
+        <v>635</v>
       </c>
       <c r="L97" s="6" t="s">
-        <v>634</v>
+        <v>636</v>
       </c>
       <c r="M97" s="5" t="s">
-        <v>635</v>
+        <v>637</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="5" t="s">
-        <v>636</v>
+        <v>638</v>
       </c>
       <c r="B98" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C98" s="5" t="s">
-        <v>32</v>
+        <v>74</v>
       </c>
       <c r="D98" s="5" t="s">
-        <v>500</v>
-[...4 lines deleted...]
-        </is>
+        <v>362</v>
+      </c>
+      <c r="E98" s="5" t="s">
+        <v>75</v>
       </c>
       <c r="F98" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G98" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H98" s="5" t="s">
-        <v>637</v>
+        <v>639</v>
       </c>
       <c r="I98" s="5" t="s">
-        <v>638</v>
+        <v>640</v>
       </c>
       <c r="J98" s="5" t="s">
-        <v>560</v>
+        <v>503</v>
       </c>
       <c r="K98" s="5" t="s">
-        <v>639</v>
+        <v>641</v>
       </c>
       <c r="L98" s="6" t="s">
-        <v>640</v>
+        <v>642</v>
       </c>
       <c r="M98" s="5" t="s">
-        <v>641</v>
+        <v>643</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="5" t="s">
-        <v>642</v>
+        <v>644</v>
       </c>
       <c r="B99" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C99" s="5" t="s">
-        <v>154</v>
+        <v>32</v>
       </c>
       <c r="D99" s="5" t="s">
-        <v>116</v>
-[...5 lines deleted...]
-        <v>643</v>
+        <v>508</v>
+      </c>
+      <c r="E99" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F99" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G99" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H99" s="5" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="I99" s="5" t="s">
-        <v>645</v>
+        <v>646</v>
       </c>
       <c r="J99" s="5" t="s">
-        <v>646</v>
+        <v>568</v>
       </c>
       <c r="K99" s="5" t="s">
         <v>647</v>
       </c>
       <c r="L99" s="6" t="s">
         <v>648</v>
       </c>
       <c r="M99" s="5" t="s">
         <v>649</v>
+      </c>
+    </row>
+    <row r="100">
+      <c r="A100" s="5" t="s">
+        <v>650</v>
+      </c>
+      <c r="B100" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C100" s="5" t="s">
+        <v>154</v>
+      </c>
+      <c r="D100" s="5" t="s">
+        <v>116</v>
+      </c>
+      <c r="E100" s="5" t="s">
+        <v>525</v>
+      </c>
+      <c r="F100" s="5" t="s">
+        <v>651</v>
+      </c>
+      <c r="G100" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H100" s="5" t="s">
+        <v>652</v>
+      </c>
+      <c r="I100" s="5" t="s">
+        <v>653</v>
+      </c>
+      <c r="J100" s="5" t="s">
+        <v>654</v>
+      </c>
+      <c r="K100" s="5" t="s">
+        <v>655</v>
+      </c>
+      <c r="L100" s="6" t="s">
+        <v>656</v>
+      </c>
+      <c r="M100" s="5" t="s">
+        <v>657</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>
     <hyperlink ref="M13" r:id="rId18"/>
     <hyperlink ref="M14" r:id="rId19"/>
     <hyperlink ref="M15" r:id="rId20"/>
     <hyperlink ref="M16" r:id="rId21"/>
     <hyperlink ref="M17" r:id="rId22"/>
     <hyperlink ref="M18" r:id="rId23"/>
     <hyperlink ref="M19" r:id="rId24"/>
     <hyperlink ref="M20" r:id="rId25"/>
     <hyperlink ref="M21" r:id="rId26"/>
@@ -8504,44 +8616,45 @@
     <hyperlink ref="M75" r:id="rId80"/>
     <hyperlink ref="M76" r:id="rId81"/>
     <hyperlink ref="M77" r:id="rId82"/>
     <hyperlink ref="M78" r:id="rId83"/>
     <hyperlink ref="M79" r:id="rId84"/>
     <hyperlink ref="M80" r:id="rId85"/>
     <hyperlink ref="M81" r:id="rId86"/>
     <hyperlink ref="M82" r:id="rId87"/>
     <hyperlink ref="M83" r:id="rId88"/>
     <hyperlink ref="M84" r:id="rId89"/>
     <hyperlink ref="M85" r:id="rId90"/>
     <hyperlink ref="M86" r:id="rId91"/>
     <hyperlink ref="M87" r:id="rId92"/>
     <hyperlink ref="M88" r:id="rId93"/>
     <hyperlink ref="M89" r:id="rId94"/>
     <hyperlink ref="M90" r:id="rId95"/>
     <hyperlink ref="M91" r:id="rId96"/>
     <hyperlink ref="M92" r:id="rId97"/>
     <hyperlink ref="M93" r:id="rId98"/>
     <hyperlink ref="M94" r:id="rId99"/>
     <hyperlink ref="M95" r:id="rId100"/>
     <hyperlink ref="M96" r:id="rId101"/>
     <hyperlink ref="M97" r:id="rId102"/>
     <hyperlink ref="M98" r:id="rId103"/>
     <hyperlink ref="M99" r:id="rId104"/>
+    <hyperlink ref="M100" r:id="rId105"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>