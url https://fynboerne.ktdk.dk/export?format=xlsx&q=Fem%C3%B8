--- v1 (2025-12-17)
+++ v2 (2026-02-05)
@@ -3,53 +3,53 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="986" uniqueCount="658" xml:space="preserve">
-[...1 lines deleted...]
-    <t>Datering</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1008" uniqueCount="673" xml:space="preserve">
+  <si>
+    <t>Datering/Værktitel</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
@@ -837,50 +837,111 @@
   <si>
     <t>Det må være svært for Johanne at opholde sig hos søstrene i Boston, og det er godt, at hun snart kommer hjem. Astrid vil hente hende på stationen i Højrup og tænker, at Junge må have det som den høne, Astrid engang kom til at holde indespærret i fem dage. 
 Astrid har haft besøg af Hr. Skakke, Flagstad, som ikke måtte synge pga. helbredet, Vagn Thomsen m.fl.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/RBsG</t>
   </si>
   <si>
     <t>Erikshåb 27 Juli 1903.
 Kære lille Junge! Tak for Dit lange Brev i Dag – uha! hvor I dog har det skrækkeligt! Der har vi rigtignok fået Dig sendt på Rekreation; det er da godt, Du kommer – herhjemme må da være Tusinde Gange sundere – hvordan Fanden her så end er.
 Hvad M &amp;amp; Billy angår, så er det jo sådan, at alene Tanken om dem er nærved at gøre os tossede herovre – så jeg kan da forstå, hvad det må være for Jer, der er lige midt i det.
 Du kan tænke Dig min Rædsel: Mor vilde partout læse Dit Brev i Dag – og det kunde jeg selvfølgelig på ingen Måde have – og allermest fordi Du omtalte den lille Episode med ”Lystigheden” – vi må jo for enhver Pris ikke puste til Mor.
 Så sagde jeg – at Du skrev om Dine private Affairer – og så var der ingenting i Vejen – men Mor opgav det strax.
 Du får blot et lille Livstegn – inden Du nu – om heldigvis kun få Dage – vender her tilbage. 
 Jeg er i Dag hjemkommen fra Odense, hvortil jeg rejste i Lørdags sammen med Tutte. Det var for Resten så velgørende at komme i helt fremmede Omgivelser – hvor ingen gik og ”vidade” så meget.
 Hr Skakke kom ganske uventet til Syne i Haven, da Tutte og jeg Søndag Morgen nød Kaffen derude – i dybeste Negligé; han var nok ude at se efter Sømand-Broderen som ventes til Havnen; traf ham ikke – og forblev så på Haugstedgård hele Dagen; Vagn Thomsen kom ligeledes om Form – og da Vejret var bedårende, så tilbragte vi 4 en rigtig hyggelig og god Dag. 
 Jeg glemte rent at tilføje på Pengebrevet, at Flagstad var her! han kom Lørdag [”Lørdag” overstreget og ”Fredag” indsat over linjen] Fredag Eftmd – og gled Lørdag Formd. sammen med Tutte og mig. Desværre måtte han slet ikke synge – p Gr a. Helbredet – men han er jo i sig selv et ganske herligt Menneske; han havde glædet sig til at hilse på Dig og Mornine – men vi andre gjorde alt hvad vi kunde for at gøre Fyldest. 
 Og i Dag har Tom Petersen været her – han er så rasende rar og hyggelig; de er lige marcheret af med ham til sidste Tog. 
 Nå, lille Junge – så tar jeg mod Dig Torsdag Aften med 6 Toget (vi kører Tørv, så der bliver vist ingen Vogn af!)
 Jeg føler noget lignende som engang, jeg skulde lukke op for en Høne, som jeg havde glemt i 5 Dage på en lukket Hønsebænksrede – jeg kan uske, at jeg væbnede mig med et Kosteskaft, da jeg skulde konfronteres med det afpillede Væsen.
 Jeg tror, at jeg tager Skakke med til Højrup, at han kan lukke op for Dig.
 Dette er Galgenhumor lille Junge – jeg er alt andet end i mindste Måde lystig ved Tanken om alle Jer deroppe. Er Billy der – så giv ham min varmereste Hilsen. Den store goe Billy!
 Også til Mornine – og Dig selv – mange – mange gode Hilsner!
 Din Dis
 p.s. Agraren kommer ikke.</t>
+  </si>
+  <si>
+    <t>1904-01-19</t>
+  </si>
+  <si>
+    <t>Nørhaa</t>
+  </si>
+  <si>
+    <t>Ellen Agnete Amstrup
+Louise Amstrup
+Eva Balslev
+Ida Balslev
+Johan  Balslev
+Lars Christian Balslev
+Rigmor Balslev
+Vibeke Balslev
+Laura Balslev, f. Leth
+Alhed Marie Brønsted
+Johannes Nicolaus Brønsted
+Louise Brønsted
+Niels Elgaard Amstrup
+Christine  Mackie
+Marie Paludan
+Otto Emil  Paludan
+Ellen  Sawyer
+Hempel Syberg
+Maria von Sperling. g. Balslev</t>
+  </si>
+  <si>
+    <t>Thorvald Balslev var i 1904 ansat som præst i Nørhaa i THY. Efter hans fars død i 1896 måtte Thorvald Balslevs mor naturligvis flytte fra præstegården. 
+Otto Emil Paludan overtog efter Albrecht Warbergs død i 1902 både stillingen som godsforvalter ved grevskabet Muckadel og boligen Erikshaab. Laura Warberg og sønnen Andreas flyttede i første omgang til København. De to døtre, der boede langt væk, var Ellen Sawyer og Christine Mackie, som begge var gift og bosat i Boston. 
+Louise og Johannes Brønsted fik 19. jan. 1904 deres første barn, Alhed. 
+Johan Balslevs kæreste eller hustru i 1904 kendes ikke, og Eva Balslevs søster er også ukendt.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3847</t>
+  </si>
+  <si>
+    <t>Thorvald Balslev har været ked af, at hans mor og Laura Warberg ikke blev naboer, da de flyttede til København. De er jo lidt i samme situation. Men det er godt, at Thorvalds mor og hendes datter bor så tæt på hinanden. Det må være svært for Laura Warberg at have to døtre langt borte. 
+Thorvald håber, at Otto Emil Paludan ikke længere er så trykket af situationen. Warberg-familien vil nok altid betragte Erikshaab som deres hjem. Sådan har Thorvald det med Tarup. 
+Thorvald og hans familie sover længe. Vinteren har ikke været hård. Han spadserer meget; blandt andet på besøg hos gamle og syge. 
+Eva har mavekatar, men ellers er familiens medlemmer raske. 
+Lille Vibeke er snart tre år. Hun er både sød og kvik og kender nogle af bogstaverne. 
+Familien har mange gæster. Evas søster har været der, og til sommer kommer Johan Balslev med sin kone/kæreste.
+Maria og Lars Christian Balslev har fået barn nr. fem, så Laura Balslev har nu 17 børnebørn - to ægtepar har leveret de 13.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/rj5a</t>
+  </si>
+  <si>
+    <t>Nørhaa 19-1-04
+Kære Tante Laura! Hjærtelig til Lykke til Din Fødselsdag og glædeligt Nytaar for jer ["jer" indsat over linjen] allesammen! Jeg vilde have skrevet til Jul, men kendte ikke Din Adresse, og da jeg nu va_r kommen forsent med det, da jeg fik Dit Julebrev (Tak for dit), saa blev jeg enig med mig selv om at vente til Din Fødselsdag. Jeg kommer nok endda en Dag for sent, Tiden er løben fra mig.
+Ja nu er Du altsaa flyttet ind i Dit nye Hjem. Gid Du maa faa det godt dèr. København er jo et rart Sted at bo for den, der har nogle Interesser, Mor har været meget glad ved at være der. Jeres Forhold ligner jo i meget hinanden, ogsaa deri, at I har nogle af jeres Børn i Nærheden; det er jeg glad ved for jer begge. Det var det eneste, jeg var ked af ved Mors Flytning, at I saa ikke blev Naboer, I vilde vist kunne haft en hel Del Glæde af hinanden. Ellers er jeg i alle Henseender glad ved at tænke mig Mor, hvor hun nu er; der var jo heller ingen Mening i, at de to ældre Mennesker boede paa 4 Sal. De har det ogsaa, saavidt jeg kan forstaa, godt, hvor de er, selv om der naturligvis altid bliver ét og andet, hvori det gamle var bedre. Det er jo en stor Ting, at Mor er saa nær ved Rigmor, jeg tænker, hun er snart lige saa meget paa Thorvaldsens Vej som paa Emilievej.
+Tak for den lille Revue over dine Børn, det maa ikke være let for dig at have to af dem saa langt borte, skønt det er vel egentlig lettere at have 2 end 1. Nu har _de dog hinanden, paa en Maade da. Hvordan mon det gaar paa Erikshaab, er Paludan lige trykket af Stuationen endnu? Det har jeg saadan ønsket, at han kunde komme til at finde sig til rette i ogsaa for jeres Skyld, der vist altid bliver mere af Hjemfølelsen tilbage over Stedet, end om det kom i fremmede Hænder. Navnlig, naar I kom der, for langt borte kan I saamænd blive ved at tænke jer det som jeres Hjem hele jeres Livstid. Saadan gaar det da mig med Torup; skønt det nu er paa ottende Aar, siden Far døde, det er mig den Dag idag, som jeg alligevel har Ret til at være der. Og dog maa de ny Beboere nu være føle sig ["være" overstreget; "føle sig" indsat over linjen] ret gamle der. 
+Min lille Pige har just nu været inde at sige Godmorgen til mig, ikke egentlig fordi det er saa tidligt; vi er slemme til at gaa sent i Seng og staa sent op. Men det kan forhaabentlig lægges af igen, efter som Dagene længes. Jeg begynder allerede saa smaat at glæde mig til Foraaret, skønt jeg forresten altid har det bedst om Vinteren. Hidtil har vi jo ikke kunnet tale om Vinter i streng Forstand, baade ifjor og iaar har vi ogsaa heroppe haft en dejlig mild Vinter, men vi ved ganske vist ikke, hvad det kan blive til, og Thy er berygtet for sine Eftervintre, Marts April kan være forskrækkelig haarde. Her har endnu ikke været saa meget Sne, at vi har kunnet faa en ærlig Kanetur, og oprigtig talt længes jeg ikke efter det. Jeg ved ikke, om det er upoetisk eller hvad, men jeg kan nu bedre lide lidt bart Frostvejr og saa en god Spadseretur. I denne Tid er her nok at gaa efter, her er saa mange syge og gamle, saa det næsten er i hvertandet Hus. 
+Vi har det godt og har været dejlig raske i Vinter; lidt Vrøvl er der jo altid med os som med alle Nutidsmennesker, der lider under Kulturens Velsignelser. Vibeke har en kronisk Tyktarmskatarrh, som det vil tage lang Tid at faa helt Bugt med, men det er i den sidste Tid dog kun sjældent, hun har Ulemper deraf. Hun er endogsaa i den sidste Maanedstid taget 1 Pund eller halvandet til, det er ellers længe siden, hun har indladt sig paa sligt, skønt hun vokser prisværdigt i Højden. Hun er nu næsten 3 Aar gammel og næsten altfor voksen; man skal passe gevaldig paa, hvad man siger, for hun er selvfølgelig ikke blot ualmindelig sød, men ogsaa ualmindelig klog. Havde jeg maattet raade, burde hun have lært at læse for længe siden, men det maatte jeg heldigvis ikke. Eva læser med en lille Tøs fra Nabolaget, saa Vibeke har jo lært en Del af Bogstaverne ved den andens Undervisning. Hun er en lille Solstraale herhjemme, altid i godt Humør, naar hun da ikke er syg. 
+Vores gamle Præstegaard staar ved det gamle og skæve fremdeles, og vi haaber, den maa blive længe ved dermed. Til daglig er Lejligheden udmærket og mere end tilstrækkelig stor, Gæster kniber det desværre lidt med at faa anbragt, fordi Gæsteværelserne er baade faa og daarlige. Men det er da hidtil gaaet helt [ulæseligt ord], og vi har i Sommer haft mange Gæster, har ogsaa nu i Vinter i omtrent 2 Maaneder haft en af Evas Søstre, der desværre skal rejse nu om nogle Dage. Til Sommer venter vi saa smaat at faa bl.a. Johan og vores nye Svigerinde herop; hun skal være en meget sød ung Pige, som alle i Familien holder meget af. Du ved vel, at de i Slelde har faaet Nr. 5 og denne Gang en lille Pige, som de har kaldt Ida Margrethe Castberg Balslev. Mor har nu 17 Børnebørn, hvoraf 2 Steder leverer de 13. Vi andre er jo mere smaat kørende i den Henseende, men vi er glade for hvad vi har. Jeg ser i dit Brev, at der jo rimeligvis er sket noget i den Retning hos Brønsteds, gid det maa være gaaet og fremdeles maa gaa godt!
+Nu maa du hilse alle dine hjærtelig fra mig, ogsaa Syberg og Amstrups. Ligesaa Paludan mange Gange, jeg har tidt Lyst til at skrive til ham, men jeg naar ikke engang, hvad jeg skal. Eva sender venlig Hilsen. 
+Og saa endnu engang glædeligt Nytaar og kærlig Hilen fra
+Din hengfivne
+Thorvald Balslev.</t>
   </si>
   <si>
     <t>1904-09-25</t>
   </si>
   <si>
     <t>Brevkort</t>
   </si>
   <si>
     <t>Elena Larsen</t>
   </si>
   <si>
     <t>Elise Hansen</t>
   </si>
   <si>
     <t>Napoli
 Calle di Pompej</t>
   </si>
   <si>
     <t>Kristian Zahrtmann</t>
   </si>
   <si>
     <t>Teksten må være dikteret til en voksen af den femårige Elena, som selv har skrevet sit navn nederst på tekstsiden. 
 Maleren Kristian Zahrtmann havde et hus i Civita d'Antino i Italien, og Elena har i september 1904 opholdt sig der - formodentlig sammen med faderen, mens hendes mor var i Napoli. Det vides ikke, hvem kvinden, som Elisa Hansen boede hos i Napoli, var. Frøken Neugel og Ferrante kendes heller ikke.</t>
   </si>
   <si>
@@ -3861,50 +3922,110 @@
 [Skrevet af ukendt:]
 modt. 25/Maj 1949
 (husk om Lugge!)
 besv. 31/5.
 [Skrevet af Laura Warberg Petersen:]
 19-1-2007.
 10-7-05
 8-8-2000
 BWP. 
 [På kuvertens bagside:]
 Lindøgaard Dræby St. Fyen.
 Danmark.
 [Skrevet af ukendt:]
 16-7-05
 10-7-05
 [I brevet:]
 Lindøgaard 24-5-1949. 
 Kære lille Dis
 Tak for dit Brev! Det var kedeligt, at Du skulde være urolig for min Skyld, jeg havde slet ikke Fornemmelsen af, at det var saa længe siden, jeg havde hørt fra dig, og det er jo gerne det, jeg retter mig efter. Hvis jeg en Gang skulde blive syg, skal jeg nok ”lade dig tilflyde” Underretning, det har jeg vist en Gang lovet dig. 
 Jeg har haft den store Glæde at have Besøg af Dedde. Minna er jo i London, og man har altid Fornemmelse af, at han nyder Ungkarle-Tilværelsen intenst. Han kom til Elle ved 4 Tiden i Lørdags; Elle er jo lykkelig, naar han er hos hende. Puf og Else saa ham fra deres Have og kom ned; de sad saa og snakkede i Haven – i Elles – i det dejlige Vejr, og Elle sagde, at de havde haft det saa hyggeligt. Der er ellers ikke megen Forbindelse mel. Malerens og Elle, hun ved aldrig noget om dem, træffer dem af og til paa Gaden, er aldrig deroppe uden til Fødselsdagsvisitter etc naar hun meget sjældent bliver bedt. Der er næsten heller ingen Forbindelse mellem vore Børn og dem – de vil helst have det saadan. Ja Manse elsker jo Las saa højt og har altid uendelig Snak med ham om Fugle, saa han er der en Gang imellem, men har aldrig Fornemmelsen af at det er synderligt velset hos de unge. Puf er bleven lidt sær med Aarene, særlig paa det Punkt. Puf fyldte 50 nu den 12te Maj. Kirsten havde besørget ham et gammelt-antikt-Fad, som sendtes ham fra Hennings, Brors, Agrarens, mig Tinges og Manse og Bibbe; det kostede 65 Kr. Jeg havde tænkt mig, at vi her og Bibbe skulde have fordret ham et Gavekort fra Boghdl. Eriksen, men saa blev dette arrangeret og var jo ogsaa mere personligt end Bøger, han selv skulde vælge. Han er altid saa mageløs sød ved alle vore Fødselsdage, og jeg syntes saa, at han ved sin 50_Aars_ Dag skulde have lidt ekstra. 
 Men det var Dede. De kom her Søndag Efterm. ved halv 3 Tiden og gik kort efter en lang Tur gennem Markerne; det havde jeg holdt paa, for ingen kan elske Naturen højere end Dedde, og jeg vilde ogsaa gerne have, han skulde se vor lovende og flotte Afgrøde – maaske den bedste, vi endnu har set her paa denne Tid af Aaret. Han var ogsaa glad ved Turen i det underskønne Vejr. De kom tilbage Kl 4 – ja Elle var bleven her hos mig – og Frøken Hansen havde et dejligt Kaffebord og kom med Kaffekanden, da de traadte ind. Du kan tro, det var lækkert, hun er meget dygtig og bager vidunderligt. Dedde havde 10 Cerutter med til mig, saa vi fik en god Smøg og en herlig og hyggelig Snak; desværre vilde han allerede af Sted godt 5, men jeg var jo lykkelig over at se ham; jeg føler mig mere og mere knyttet til 
 2
 Dedde end tidligere. Hvor var det Synd for ham, at han ikke fik en Kone, der passer bedre til ham, saa han kunde have haft et godt Herreværelse med sine Bøsser, sin Hund og Sager i Stedet for den feminine Stue, som udelukkende bærer Præg af Minna. Og saa er Stuen jo endda det mindste ved det! Han hører næsten bedre, end han har gjort, det er da en stor Lykke. 
 Manse var borte i en Uge og havde nydt sin Ferie; det viste sig, at Kelds Ven Dürkopp – eller noget lignende – var gift med en Datter af en af Agrarens Kusiner, saa hun og Manse er altsaa Næstsøskendebørn; hende syntes Manse saa uhyre godt om. Han var saa i Birkerød, hvor Lasse Swane nu bor og var der det meste af Tiden; han og Ursula spadserede en Dag over til Lugge, det var jeg glad ved; hendes Hus er langtfra færdigt endnu; det bliver desværre meget meget dyrere end der ["der" overstreget] det var kalkuleret til, bare lille Lugge kan klare det. Da Manse saa kom hjem, maatte han spænde sig selv forfærdelig haardt for for at indvinde de tabte Arbejdsdage; tidligt oppe er han og arbejder til c. 9 om Aftenen, der er jo ikke saa lidt at gøre paa en Bondegaard; Tinge tager noget af Roepasningen, saa tjener han da noget ved det. De er i Færd med at handle, Manse køber 6 Tdr. Land Inddæmning. Arrangementet med at skaffe Pengene – 3200 Kr. er gaaet i Orden, nu er det bare med at faa Tid til at tage til Odense og faa det lavet færdigt, hos Sagføreren altsaa. Tinge var nødt til at skaffe Penge, han har en Gæld, han ikke kan komme ud af paa anden Maade, og Manse kunde ikke tænke sig at lade den Jord gaa over til fremmede, saa han tog den – ret store - Beslutning at købe. Tinge er jo spændt haardere for end han kan magte; det hjælper, naar Per om et Aar er færdig med sin Lære og kan sørge for sig selv. Lille Ole har de nu megen Nytte af, han er en dejlig Dreng; som han altid hjælper til derhjemme, det kan du ikke tænke dig. Per er nu ogsaa det, selv om hans Tid jo ikke tillader ham at hjælpe; jeg læser stadig Engelsk med ham og han er snart helt gæv, jeg er rørt over, at han ofte, ja næsten altid, naar han kommer spørger – med en lidt bekymret Mine om, hvordan jeg har det, og hvordan det gaar med Knæet; det er da forfærdelig sødt af en Dreng paa 18 Aar, og jeg ikke Fornemmelsen af, at det [et overstreget bogstav] er af Høflighed, men udelukkende fordi det er ham om at gøre at faa det at vide. Saadan noget rører mig dybt og gør godt! 
 Saa til Slut Tak for Brev og Thyra, som er meget interessant denne Gang – og mange Hilsener til Jer begge fra din Junge.</t>
+  </si>
+  <si>
+    <t>1951-01-08</t>
+  </si>
+  <si>
+    <t>- Agner
+Johannes Nicolaus Brønsted
+Louise Brønsted
+Alfred Fly
+Jesper Hansen
+Adolph Larsen
+Andreas Larsen
+Johan Larsen
+Else Larsen, Else, Andreas Larsens kone
+Axel  Müller
+Lauritz Pedersen
+Meta -, pige i huset hos Johanne C. Larsen
+Ellen  Sawyer
+Ane Talbot
+Fritz Warberg
+Grete Warberg Larsen
+Martin Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Astrid Warbergs mand, Axel Müller, fyldte 70 i 1951.
+Det vides ikke, hvem Lille Marie og Dürkop var. 
+Fremtiden: tidsskrift for international orientering. Udgivet af Udenrigspolitiske selskab.
+Øjeblikket: tidsskrift om kunst - og det kunst handler om. Udgivet af Foreningen Øjeblikket. 
+Det vides ikke, hvad der menes med "Th's Vald."</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0569</t>
+  </si>
+  <si>
+    <t>Johanne/Junge spørger, om Astrid selv skal lave mad den 15., og om hun skal sende konfekt eller vin som gave? Hu takker for, at Astrid har vist interesse for Laura/Bibbes bihulebetændelse. Laura er godt hjulpet af ny medicin. En overgang frytede Johanne, at Laura var sindssyg. 
+Johanne har ikke pige i huset, men Adolph/Agraren og Martin/Manse har passet hende, da hun var syg, og de laver husarbejde om vinteren. Ruth kommer mulivis igen. Grete hjælper også af og til med vask. 
+Martin/Manse er på ferie blandt andet på Båxhult. Ellen/Elle Sawyer er kommet hjem.
+Else Larsen er overanstrengt og ulykkelig over at have mistet den nyfødte dreng. En indlæggelse er på tale. 
+Johanne undrer sig over, at Astrids to døtre støtter kommunisterne.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/9xyB</t>
+  </si>
+  <si>
+    <t>Lindøgaard Mandag 8-1-1951
+Kære lille Dis!
+I dette Øjeblik har jeg faaet og læst dit Brev, Tak for det; jeg var meget glad ved at høre fra dig, havde spekuleret lidt paa, om Julen havde givet dig et lille Eftersmæk, men det lader det altsaa ikke til. Jeg kan godt forstaa, du har Mavepine ved at tænke paa d. 15de. Skal du selv lave Mad? Faar du lille Marie? Alle Detaljer vil interessere mig meget. Jeg havde tænkt mig at sende ham en lidt flot Æske Konfekt, men vil du hellere have, at jeg skal vælge en Fl. Vin? I saa Fald maa jeg jo bede dig om at bestille den, saa den bliver af samme Slags som - - hvad I ellers har. Er det ikke omkring ved en 7-8 Kr? jeg kunde jo sagtens sende dig en Femmer + Frimærker, som du jo altid bruger. Paa dette vilde jeg jo godt have et Ord som Svar X ellers skal du da ikke spekulere paa Brev før eft. d. 15de, du faar nok at tænke paa.
+Tak fordi du tager Del i Bibbes Bihuler. Ja, Dis, du kan tro jeg velsigner min Influenza, som jeg ellers har været fuld af Forbandelser over, især fordi den jo har givet mit Knæ og mit Hjerte kedelige Opsving; det er for intet at regne imod den Lykke det er, at Bibbe bedres, meget endda. Det var jo fordi Dr. Agner mente jeg skulde have de Piller, at vi fik Nys om, at Amerikanerne har opfunden dem, og at de har været kendt her i Landet allerede 1 Aar. Hun fik dem straks, og de har allerede hjulpet meget; hun siger, at nu føler hun sig som et rigtigt menneske, kan tænke og arbejde. Og naar hun nu bagefter, jeg mener nu da hun er saa meget bedre, lukker op for hvad hun har gaaet igennem, saa maa man grue, for som hun dog har lidt, den stakkels lille Bi, og næsten altid holdt det ved sig selv. Hun har altid været saa stærk paa det Punkt at bære sine Lidelser i Tavshed. Jeg har jo nok vidst det og sørget meget over det, ofte været Angst for Sindssyge, skønt Dr. Fly en Gang trøstede mig med, at det havde intet at gøre med Sindssyge. Lauritz kom forleden Aften og hentede Bibbe, som havde været her i 4 Dage; hun fortalte, at en gammel Veninde, de har i Bovense havde ringet for ar spørge Bibbe (hun mener at Bibbe ved Raad for alt) om hun dog ikke kendte et Lægemiddel mod Pandehule- og Bihulebetændelse; en bekendt af hende havde i næsten 1 Aar gaaet til en Odense-Læge med det, og faaet – Lys! Vi synes, at det er næsten u-tænkeligt, at en Læge ikke kender det Middel, som vil give mange Mennesker en ny Tilværelse. Jeg læste forleden en Kronik om Biologi af Brøndsted; han
+2
+skal rev [”al” overstreget; ”rev” indsat over linjen] bl.a. ” - - - naar man ser, hvordan en Hjerneforstyrrelse kan forandre et Menneske, f. Eks. ved en Hjernerystelse eller en kronisk Bihulebetændelse - - ”. Det er sandt, Bibbe har til Tider været f_orandret_, naar den var særlig slem, værst om Vinteren, bedst om Somren. 
+Du har Ret, det er en usigelig Lykke og jeg velsigner min Influenza. Hvis jeg havde den rette Indstilling vilde jeg sige: Der kan vi se, hvor Vorherre kan faa noget godt ud af noget ondt. 
+Nej, vi har ingen Pige i Vinter, ufatteligt at jeg ikke har fortalt dig det eller skrevet om, hvor godt Agraren og Manse passede mig, da jeg var syg. Ruth vilde egentlig gerne selv være blevet, me [”me” overstreget] især da hendes Kæreste er her i Munkebo, men Moderen, som regerer, vilde have hende tilbage paa Egnen i Jylland. Hun besøgte os i Julen – Ruth – og der er en Mulighed for at hun sætter igennem at komme her igen til Maj. Hun er en overordentlig sød og elskværdig Pige, ikke særlig dygtig, men ret prober – desværre af de ødsle, men man kan jo ikke faa dem fuldkomne. Jeg lider nu ikke spor ved, at vi ikke har Pige, egentlig befinder jeg mig vel ved det, og Agraren og Manse kan godt klare det, vel at mærke om Vinteren, da er her meget mindre at bestille, hverken Syltning, Henkogning eller Have, og desuden har Mandfolkene ikke Tid til Husvæsen om Sommeren, saa da maa vi jo have Hjælp. Meta, en tidligere Pige, gift og bosat i Munkebo, havde Agraren Manse [”Agraren” overstreget; ”Manse” indsat over linjen] engageret til lidt Rengøring, hun har endnu ikke vist sig, men Grete har taget et Nap af og til og f. Eks. vasket mit Undertøj. Naar nu Manse kommer hjem, maa han røre sig for at faa vasket. Han tager sig ellers en ordentlig Ferie; han rejste Natten mel. 3die og 4de Juledag, og han er ikke kommen hjem endnu, vi har ikke erfaret noget om hans Gøren og Laden, han bruger ikke at skrive, naar han er borte, men naar vi ved det, gør det heller ingen Ting. Elle er vist kommen hjem i Dag, Ane har lige ringet, at nu er der Lys i hendes Vinduer, hun maa lige være kommen. Mon jeg skrev til dig, at Else blev syg mellem Jul og Nytaar, dels Overanstrengelse, de har ikke kunnet opdrive en Pige, og dels over, at hun ikke kan forvinde Sorgen over den lille dejlige Dreng, som hun mistede. Dr. Fly tog det alvorligt, hun maatte kun se Puf, ikke Børnene eller andre, men da hun laa og fulgte med i Husets Færd, mente hun selv, at hun maatte hellere komme paa Sygehuset og der er hun nu. I Gaar Eft. da Puf var derude, havde hun det endelig noget bedre, sagde Ane. Hun skal vist til Dianalund paa Rekreation. Detaljerne i Sygdommen 
+3.
+kender jeg ikke, men vel et Nervesammenbrud, en eller anden Psykose. Stakkels lille Else, det har altsammen været mere, end hun kunde bære.
+Nu kommer jeg tilbage til Bibbe igen, du har spurgt mig en Gang om Forholdet mel. hende og Lauritz, ja, Gudskelov, det er meget meget bedre, vi kan nemt mærke det, og hun siger det selv, det er ogsaa en stor Lykke, Dis. Apropos – om ens Børn, hvordan gaar det dig med at døje Kommun. Hver Gang, jeg læser om det der og gløder af Harme, saa tænker jeg paa dig, og det skærer mig i Hjertet, at dine to søde Døtre er kommet ind i det Djævelskab , for det er da Djævelskab, at de vil udstyre Menneskeheden med Slave-Myrer og Termitmentalitet. Men en Del kunde vi Vesterlændinge lære af dem. Deres gøren noget for stakkels lavtstaaende fattige Mennesker, jeg har ikke før været ked af, at Kina fik en Omgang Kommun.; jeg tror heller aldrig Kineserne vil blive saa mentalt slavebundne – jeg ved saa egentlig ikke hvorfor. – Hvad de lavede i de baltiske Lande var rædselsfuldt; de vil have det hele russisk, bytter om paa Mennesker, som var de Brikker i et Spil, saadan vilde det ogsaa gaa her i Danmark, sende Masser af danske til Rusland og Russere herop og slaa dem ihjæl, som mukkede. Det er længe siden, jeg har skrevet om Kom. (med Vilje) nu gik Naturen over Beherskelsen. Taler du nogen Sinde med dem om det? Det er unyttigt, for alt hvad vi siger vil de stemple som Løgn. Forts. i Morgen
+Tirsdag I Aftes kom Manse hjem, det var dejligt at se ham igen: han havde vist haft en dejlig Tur; det trak saa længe ud, fordi de skulde køre med Lysse, som havde et Ærinde i Engelholm, saa var de jo godt paa Vej ad Danmark til. Manse fulgtes med Jesper, som altsaa ogsaa var paa Båxhult i Julen, til Birkerød, hvor M. overnattede hos Lugge, tog saa næste Morgen til Vrøj ved Kalundborg, hvor han har et nyt Bekendtskab, Dürkop hedder de; hun er af Larsen-Slægten og Manse er saa glad ved dem; han lærte forskellige kulinariske Triks af Fruen, som laver saadan knippel god Mad. 
+Lad mig nu ikke denne Gang glemme at spørge dig op, hvordan det gaar til, at jeg stadig faar baade Th’s Vald. Tak for dem [”Tak for dem.” indsat over linjen] og Øjeblikket. Du maa ikke kaste alle de Penge paa mig, jeg kunde godt tænke mig at sige ”Fremtiden” af (18 Kr. årl.) og holde Øjebl. i Stedet, det er jo kun 7 Kr. mere årl. Husk at svare paa dette. Tak for Bestillingen af Servietterne mon det haster? Jeg er lige begyndt på Fritz’ Bordløber. 
+Hav det godt og mange gode Hilsner til Jer begge fra din Junge
+[Indsat s. 1 langs venstre margen:] X svarer med det samme, der er snart ikke saa længe til d. 15de.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="100" formatCode="yyyy/mm/dd"/>
     <numFmt numFmtId="101" formatCode="yyyy/mm/dd hh:mm:ss"/>
     <numFmt numFmtId="102" formatCode="yyyy-mm-dd"/>
   </numFmts>
   <fonts count="7">
     <font>
       <name val="Arial"/>
       <sz val="11"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
@@ -3981,59 +4102,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/05eB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/j8a2KPF3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dDEX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Rbhy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cfam" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AUNk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F9KW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oyRp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eArm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1O9Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RMwG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eTde" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/WsHnFLg1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O2nh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oAIO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RBsG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gnOI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/D1e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1pFZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PsLJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/JIKLC0ja" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iCxe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Gw2o" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ygb2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mKHZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mHvr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/S3gy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pHau" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mF5h" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HNzo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CEx7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wKQ5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7l0g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eITH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZjM8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qisF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/N6eE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/m5Ai" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/byqD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/mRGYJww6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/c7S3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/xgN68ydL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/eSdVTLFW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lqb5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/SO734tro" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TSVC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Ywhb8eZR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bARK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/1xbJiDh5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tnTP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/AP4kFsI0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/SwS33elR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4Xri" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Qt3Wchow" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/MzqbODHZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DSTv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/InAM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZJav" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qiI2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wOFp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZVFx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/b4wJZexf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/UN6m6i0O" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/W4C1Dsb4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/GjmjBRL3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/uCIXb0ho" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/HE09QJq2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/YMKxiB52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zmGS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ueGf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A8wI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/11FIskzM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/q6O2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/aannmv6K" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/2PcTgoGU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qohh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dwyx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uGWz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QyIv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Yi5R" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QBkJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wsmJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vy50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eki6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zPGo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/H0vZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pzgi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EFiY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hAY5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3dkp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xWVO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cmc7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jdbc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0jIO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LwFS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5ord" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aqpt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rNe8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cB31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/05eB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/j8a2KPF3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dDEX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Rbhy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cfam" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AUNk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F9KW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oyRp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eArm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1O9Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RMwG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eTde" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/WsHnFLg1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O2nh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oAIO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RBsG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rj5a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gnOI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/D1e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1pFZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PsLJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/JIKLC0ja" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iCxe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Gw2o" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ygb2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mKHZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mHvr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/S3gy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pHau" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mF5h" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HNzo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CEx7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wKQ5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7l0g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eITH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZjM8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qisF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/N6eE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/m5Ai" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/byqD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/mRGYJww6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/c7S3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/xgN68ydL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/eSdVTLFW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lqb5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/SO734tro" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TSVC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Ywhb8eZR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bARK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/1xbJiDh5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tnTP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/AP4kFsI0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/SwS33elR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4Xri" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Qt3Wchow" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/MzqbODHZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DSTv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/InAM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZJav" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qiI2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wOFp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZVFx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/b4wJZexf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/UN6m6i0O" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/W4C1Dsb4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/GjmjBRL3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/uCIXb0ho" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/HE09QJq2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/YMKxiB52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zmGS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ueGf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A8wI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/11FIskzM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/q6O2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/aannmv6K" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/2PcTgoGU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qohh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dwyx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uGWz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QyIv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Yi5R" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QBkJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wsmJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vy50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eki6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zPGo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/H0vZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pzgi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EFiY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hAY5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3dkp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xWVO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cmc7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jdbc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0jIO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LwFS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5ord" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aqpt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rNe8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cB31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9xyB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M100"/>
+  <dimension ref="A1:M102"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -4775,3788 +4896,3878 @@
       </c>
       <c r="H17" s="5" t="s">
         <v>136</v>
       </c>
       <c r="I17" s="5" t="s">
         <v>137</v>
       </c>
       <c r="J17" s="5" t="s">
         <v>138</v>
       </c>
       <c r="K17" s="5" t="s">
         <v>139</v>
       </c>
       <c r="L17" s="6" t="s">
         <v>140</v>
       </c>
       <c r="M17" s="5" t="s">
         <v>141</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="5" t="s">
         <v>142</v>
       </c>
       <c r="B18" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C18" s="5" t="s">
+        <v>49</v>
+      </c>
+      <c r="D18" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E18" s="5" t="s">
         <v>143</v>
       </c>
-      <c r="C18" s="5" t="s">
+      <c r="F18" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G18" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H18" s="5" t="s">
         <v>144</v>
       </c>
-      <c r="D18" s="5" t="s">
+      <c r="I18" s="5" t="s">
         <v>145</v>
       </c>
-      <c r="E18" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F18" s="5" t="s">
+      <c r="J18" s="5" t="s">
         <v>146</v>
       </c>
-      <c r="G18" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H18" s="5" t="s">
+      <c r="K18" s="5" t="s">
         <v>147</v>
       </c>
-      <c r="I18" s="5" t="s">
+      <c r="L18" s="6" t="s">
         <v>148</v>
       </c>
-      <c r="J18" s="5" t="s">
+      <c r="M18" s="5" t="s">
         <v>149</v>
-      </c>
-[...7 lines deleted...]
-        <v>152</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="5" t="s">
+        <v>150</v>
+      </c>
+      <c r="B19" s="5" t="s">
+        <v>151</v>
+      </c>
+      <c r="C19" s="5" t="s">
+        <v>152</v>
+      </c>
+      <c r="D19" s="5" t="s">
         <v>153</v>
       </c>
-      <c r="B19" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C19" s="5" t="s">
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F19" s="5" t="s">
         <v>154</v>
       </c>
-      <c r="D19" s="5" t="s">
-[...7 lines deleted...]
-      <c r="F19" s="5" t="s">
+      <c r="G19" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H19" s="5" t="s">
         <v>155</v>
       </c>
-      <c r="G19" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H19" s="5" t="s">
+      <c r="I19" s="5" t="s">
         <v>156</v>
       </c>
-      <c r="I19" s="5" t="s">
+      <c r="J19" s="5" t="s">
         <v>157</v>
       </c>
-      <c r="J19" s="5" t="s">
+      <c r="K19" s="5" t="s">
         <v>158</v>
       </c>
-      <c r="K19" s="5" t="s">
+      <c r="L19" s="6" t="s">
         <v>159</v>
       </c>
-      <c r="L19" s="6" t="s">
+      <c r="M19" s="5" t="s">
         <v>160</v>
-      </c>
-[...1 lines deleted...]
-        <v>161</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="5" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="B20" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C20" s="5" t="s">
-        <v>74</v>
+        <v>162</v>
       </c>
       <c r="D20" s="5" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>75</v>
+        <v>15</v>
+      </c>
+      <c r="E20" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F20" s="5" t="s">
         <v>163</v>
       </c>
       <c r="G20" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H20" s="5" t="s">
         <v>164</v>
       </c>
       <c r="I20" s="5" t="s">
         <v>165</v>
       </c>
       <c r="J20" s="5" t="s">
-        <v>78</v>
+        <v>166</v>
       </c>
       <c r="K20" s="5" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="L20" s="6" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="M20" s="5" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="5" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="B21" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C21" s="5" t="s">
-        <v>170</v>
+        <v>74</v>
       </c>
       <c r="D21" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="E21" s="5" t="s">
+        <v>75</v>
+      </c>
+      <c r="F21" s="5" t="s">
         <v>171</v>
       </c>
-      <c r="E21" s="5" t="s">
+      <c r="G21" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H21" s="5" t="s">
         <v>172</v>
       </c>
-      <c r="F21" s="5" t="s">
-[...7 lines deleted...]
-      <c r="H21" s="5" t="s">
+      <c r="I21" s="5" t="s">
         <v>173</v>
       </c>
-      <c r="I21" s="5"/>
       <c r="J21" s="5" t="s">
+        <v>78</v>
+      </c>
+      <c r="K21" s="5" t="s">
         <v>174</v>
       </c>
-      <c r="K21" s="5" t="s">
+      <c r="L21" s="6" t="s">
         <v>175</v>
       </c>
-      <c r="L21" s="6" t="s">
+      <c r="M21" s="5" t="s">
         <v>176</v>
-      </c>
-[...1 lines deleted...]
-        <v>177</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="5" t="s">
+        <v>177</v>
+      </c>
+      <c r="B22" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C22" s="5" t="s">
         <v>178</v>
       </c>
-      <c r="B22" s="5" t="s">
-[...18 lines deleted...]
-        </is>
+      <c r="D22" s="5" t="s">
+        <v>179</v>
+      </c>
+      <c r="E22" s="5" t="s">
+        <v>180</v>
+      </c>
+      <c r="F22" s="5" t="s">
+        <v>75</v>
       </c>
       <c r="G22" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H22" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H22" s="5" t="s">
+        <v>181</v>
       </c>
       <c r="I22" s="5"/>
-      <c r="J22" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="J22" s="5" t="s">
+        <v>182</v>
       </c>
       <c r="K22" s="5" t="s">
-        <v>179</v>
+        <v>183</v>
       </c>
       <c r="L22" s="6" t="s">
-        <v>180</v>
-[...1 lines deleted...]
-      <c r="M22" s="5"/>
+        <v>184</v>
+      </c>
+      <c r="M22" s="5" t="s">
+        <v>185</v>
+      </c>
     </row>
     <row r="23">
       <c r="A23" s="5" t="s">
-        <v>181</v>
+        <v>186</v>
       </c>
       <c r="B23" s="5" t="s">
-        <v>14</v>
+        <v>115</v>
       </c>
       <c r="C23" s="5" t="s">
         <v>74</v>
       </c>
-      <c r="D23" s="5" t="s">
-[...3 lines deleted...]
-        <v>108</v>
+      <c r="D23" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F23" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G23" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H23" s="5" t="s">
-[...6 lines deleted...]
-        <v>78</v>
+      <c r="H23" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I23" s="5"/>
+      <c r="J23" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K23" s="5" t="s">
-        <v>184</v>
+        <v>187</v>
       </c>
       <c r="L23" s="6" t="s">
-        <v>185</v>
-[...3 lines deleted...]
-      </c>
+        <v>188</v>
+      </c>
+      <c r="M23" s="5"/>
     </row>
     <row r="24">
       <c r="A24" s="5" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="B24" s="5" t="s">
         <v>14</v>
       </c>
-      <c r="C24" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="C24" s="5" t="s">
+        <v>74</v>
       </c>
       <c r="D24" s="5" t="s">
-        <v>188</v>
-[...4 lines deleted...]
-        </is>
+        <v>33</v>
+      </c>
+      <c r="E24" s="5" t="s">
+        <v>108</v>
       </c>
       <c r="F24" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G24" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H24" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I24" s="5"/>
+      <c r="H24" s="5" t="s">
+        <v>190</v>
+      </c>
+      <c r="I24" s="5" t="s">
+        <v>191</v>
+      </c>
       <c r="J24" s="5" t="s">
-        <v>189</v>
+        <v>78</v>
       </c>
       <c r="K24" s="5" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="L24" s="6" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="M24" s="5" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="5" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="B25" s="5" t="s">
         <v>14</v>
       </c>
-      <c r="C25" s="5" t="s">
-        <v>194</v>
+      <c r="C25" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="D25" s="5" t="s">
-        <v>195</v>
-[...1 lines deleted...]
-      <c r="E25" s="5" t="s">
         <v>196</v>
       </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
       <c r="F25" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G25" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H25" s="5" t="s">
+      <c r="H25" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I25" s="5"/>
+      <c r="J25" s="5" t="s">
         <v>197</v>
       </c>
-      <c r="I25" s="5" t="s">
+      <c r="K25" s="5" t="s">
         <v>198</v>
       </c>
-      <c r="J25" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K25" s="5" t="s">
+      <c r="L25" s="6" t="s">
         <v>199</v>
       </c>
-      <c r="L25" s="6" t="s">
+      <c r="M25" s="5" t="s">
         <v>200</v>
-      </c>
-[...1 lines deleted...]
-        <v>201</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="5" t="s">
-        <v>202</v>
+        <v>201</v>
       </c>
       <c r="B26" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C26" s="5" t="s">
-        <v>116</v>
+        <v>202</v>
       </c>
       <c r="D26" s="5" t="s">
-        <v>15</v>
+        <v>203</v>
       </c>
       <c r="E26" s="5" t="s">
-        <v>163</v>
+        <v>204</v>
       </c>
       <c r="F26" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G26" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H26" s="5" t="s">
-        <v>203</v>
+        <v>205</v>
       </c>
       <c r="I26" s="5" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="J26" s="5" t="s">
-        <v>205</v>
+        <v>78</v>
       </c>
       <c r="K26" s="5" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="L26" s="6" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="M26" s="5" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="5" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C27" s="5" t="s">
-        <v>194</v>
+        <v>116</v>
       </c>
       <c r="D27" s="5" t="s">
-        <v>210</v>
+        <v>15</v>
       </c>
       <c r="E27" s="5" t="s">
+        <v>171</v>
+      </c>
+      <c r="F27" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G27" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H27" s="5" t="s">
         <v>211</v>
       </c>
-      <c r="F27" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H27" s="5" t="s">
+      <c r="I27" s="5" t="s">
         <v>212</v>
       </c>
-      <c r="I27" s="5" t="s">
+      <c r="J27" s="5" t="s">
         <v>213</v>
       </c>
-      <c r="J27" s="5" t="s">
+      <c r="K27" s="5" t="s">
         <v>214</v>
       </c>
-      <c r="K27" s="5" t="s">
+      <c r="L27" s="6" t="s">
         <v>215</v>
       </c>
-      <c r="L27" s="6" t="s">
+      <c r="M27" s="5" t="s">
         <v>216</v>
-      </c>
-[...1 lines deleted...]
-        <v>217</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="5" t="s">
-        <v>218</v>
+        <v>217</v>
       </c>
       <c r="B28" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C28" s="5" t="s">
+        <v>202</v>
+      </c>
+      <c r="D28" s="5" t="s">
+        <v>218</v>
+      </c>
+      <c r="E28" s="5" t="s">
         <v>219</v>
       </c>
-      <c r="D28" s="5" t="s">
-[...2 lines deleted...]
-      <c r="E28" s="5" t="s">
+      <c r="F28" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G28" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H28" s="5" t="s">
         <v>220</v>
       </c>
-      <c r="F28" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H28" s="5" t="s">
+      <c r="I28" s="5" t="s">
         <v>221</v>
       </c>
-      <c r="I28" s="5" t="s">
+      <c r="J28" s="5" t="s">
         <v>222</v>
-      </c>
-[...1 lines deleted...]
-        <v>214</v>
       </c>
       <c r="K28" s="5" t="s">
         <v>223</v>
       </c>
       <c r="L28" s="6" t="s">
         <v>224</v>
       </c>
       <c r="M28" s="5" t="s">
         <v>225</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="5" t="s">
         <v>226</v>
       </c>
       <c r="B29" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C29" s="5" t="s">
-        <v>15</v>
+        <v>227</v>
       </c>
       <c r="D29" s="5" t="s">
-        <v>116</v>
+        <v>203</v>
       </c>
       <c r="E29" s="5" t="s">
-        <v>227</v>
-[...1 lines deleted...]
-      <c r="F29" s="5" t="s">
         <v>228</v>
+      </c>
+      <c r="F29" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G29" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H29" s="5" t="s">
         <v>229</v>
       </c>
       <c r="I29" s="5" t="s">
         <v>230</v>
       </c>
       <c r="J29" s="5" t="s">
+        <v>222</v>
+      </c>
+      <c r="K29" s="5" t="s">
         <v>231</v>
       </c>
-      <c r="K29" s="5" t="s">
+      <c r="L29" s="6" t="s">
         <v>232</v>
       </c>
-      <c r="L29" s="6" t="s">
+      <c r="M29" s="5" t="s">
         <v>233</v>
-      </c>
-[...1 lines deleted...]
-        <v>234</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="5" t="s">
-        <v>235</v>
+        <v>234</v>
       </c>
       <c r="B30" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C30" s="5" t="s">
-        <v>74</v>
+        <v>15</v>
       </c>
       <c r="D30" s="5" t="s">
-        <v>33</v>
+        <v>116</v>
       </c>
       <c r="E30" s="5" t="s">
+        <v>235</v>
+      </c>
+      <c r="F30" s="5" t="s">
         <v>236</v>
       </c>
-      <c r="F30" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G30" s="5" t="s">
+      <c r="G30" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H30" s="5" t="s">
         <v>237</v>
       </c>
-      <c r="H30" s="5" t="s">
+      <c r="I30" s="5" t="s">
         <v>238</v>
       </c>
-      <c r="I30" s="5" t="s">
+      <c r="J30" s="5" t="s">
         <v>239</v>
-      </c>
-[...1 lines deleted...]
-        <v>78</v>
       </c>
       <c r="K30" s="5" t="s">
         <v>240</v>
       </c>
       <c r="L30" s="6" t="s">
         <v>241</v>
       </c>
       <c r="M30" s="5" t="s">
         <v>242</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="5" t="s">
         <v>243</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C31" s="5" t="s">
+        <v>74</v>
+      </c>
+      <c r="D31" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="E31" s="5" t="s">
         <v>244</v>
       </c>
-      <c r="D31" s="5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F31" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G31" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G31" s="5" t="s">
+        <v>245</v>
       </c>
       <c r="H31" s="5" t="s">
-        <v>245</v>
-[...1 lines deleted...]
-      <c r="I31" s="5"/>
+        <v>246</v>
+      </c>
+      <c r="I31" s="5" t="s">
+        <v>247</v>
+      </c>
       <c r="J31" s="5" t="s">
-        <v>246</v>
+        <v>78</v>
       </c>
       <c r="K31" s="5" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="L31" s="6" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="M31" s="5" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="5" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="B32" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C32" s="5" t="s">
-        <v>194</v>
+        <v>252</v>
       </c>
       <c r="D32" s="5" t="s">
-        <v>210</v>
+        <v>196</v>
       </c>
       <c r="E32" s="5" t="s">
-        <v>251</v>
+        <v>108</v>
       </c>
       <c r="F32" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G32" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H32" s="5" t="s">
-        <v>252</v>
-[...1 lines deleted...]
-      <c r="I32" s="5" t="s">
         <v>253</v>
       </c>
+      <c r="I32" s="5"/>
       <c r="J32" s="5" t="s">
-        <v>214</v>
+        <v>254</v>
       </c>
       <c r="K32" s="5" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="L32" s="6" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="M32" s="5" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="5" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="B33" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C33" s="5" t="s">
-        <v>15</v>
+        <v>202</v>
       </c>
       <c r="D33" s="5" t="s">
-        <v>258</v>
+        <v>218</v>
       </c>
       <c r="E33" s="5" t="s">
-        <v>75</v>
+        <v>259</v>
       </c>
       <c r="F33" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G33" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H33" s="5" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="I33" s="5" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="J33" s="5" t="s">
-        <v>261</v>
+        <v>222</v>
       </c>
       <c r="K33" s="5" t="s">
         <v>262</v>
       </c>
       <c r="L33" s="6" t="s">
         <v>263</v>
       </c>
       <c r="M33" s="5" t="s">
         <v>264</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="5" t="s">
         <v>265</v>
       </c>
       <c r="B34" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C34" s="5" t="s">
-        <v>74</v>
+        <v>15</v>
       </c>
       <c r="D34" s="5" t="s">
-        <v>33</v>
+        <v>266</v>
       </c>
       <c r="E34" s="5" t="s">
-        <v>172</v>
+        <v>75</v>
       </c>
       <c r="F34" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G34" s="5" t="s">
-        <v>266</v>
+      <c r="G34" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H34" s="5" t="s">
         <v>267</v>
       </c>
       <c r="I34" s="5" t="s">
         <v>268</v>
       </c>
       <c r="J34" s="5" t="s">
-        <v>78</v>
+        <v>269</v>
       </c>
       <c r="K34" s="5" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="L34" s="6" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="M34" s="5" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="5" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C35" s="5" t="s">
         <v>74</v>
       </c>
       <c r="D35" s="5" t="s">
         <v>33</v>
       </c>
       <c r="E35" s="5" t="s">
-        <v>75</v>
+        <v>180</v>
       </c>
       <c r="F35" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G35" s="5" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="H35" s="5" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="I35" s="5" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="J35" s="5" t="s">
         <v>78</v>
       </c>
       <c r="K35" s="5" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="L35" s="6" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="M35" s="5" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="5" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="B36" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C36" s="5" t="s">
         <v>74</v>
       </c>
       <c r="D36" s="5" t="s">
         <v>33</v>
       </c>
       <c r="E36" s="5" t="s">
         <v>75</v>
       </c>
       <c r="F36" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G36" s="5" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="H36" s="5" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="I36" s="5" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="J36" s="5" t="s">
         <v>78</v>
       </c>
       <c r="K36" s="5" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="L36" s="6" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="M36" s="5" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="5" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="B37" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C37" s="5" t="s">
+        <v>74</v>
+      </c>
+      <c r="D37" s="5" t="s">
         <v>33</v>
       </c>
-      <c r="D37" s="5" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="E37" s="5" t="s">
+        <v>75</v>
       </c>
       <c r="F37" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G37" s="5" t="s">
         <v>288</v>
       </c>
       <c r="H37" s="5" t="s">
         <v>289</v>
       </c>
       <c r="I37" s="5" t="s">
         <v>290</v>
       </c>
       <c r="J37" s="5" t="s">
-        <v>174</v>
+        <v>78</v>
       </c>
       <c r="K37" s="5" t="s">
         <v>291</v>
       </c>
       <c r="L37" s="6" t="s">
         <v>292</v>
       </c>
       <c r="M37" s="5" t="s">
         <v>293</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="5" t="s">
         <v>294</v>
       </c>
       <c r="B38" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C38" s="5" t="s">
-        <v>74</v>
+        <v>33</v>
       </c>
       <c r="D38" s="5" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>236</v>
+        <v>295</v>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F38" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G38" s="5" t="s">
-        <v>237</v>
+        <v>296</v>
       </c>
       <c r="H38" s="5" t="s">
-        <v>295</v>
-[...1 lines deleted...]
-      <c r="I38" s="5"/>
+        <v>297</v>
+      </c>
+      <c r="I38" s="5" t="s">
+        <v>298</v>
+      </c>
       <c r="J38" s="5" t="s">
-        <v>78</v>
+        <v>182</v>
       </c>
       <c r="K38" s="5" t="s">
-        <v>296</v>
+        <v>299</v>
       </c>
       <c r="L38" s="6" t="s">
-        <v>297</v>
+        <v>300</v>
       </c>
       <c r="M38" s="5" t="s">
-        <v>298</v>
+        <v>301</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="5" t="s">
-        <v>299</v>
+        <v>302</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C39" s="5" t="s">
+        <v>74</v>
+      </c>
+      <c r="D39" s="5" t="s">
         <v>33</v>
       </c>
-      <c r="D39" s="5" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="E39" s="5" t="s">
+        <v>244</v>
       </c>
       <c r="F39" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G39" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G39" s="5" t="s">
+        <v>245</v>
       </c>
       <c r="H39" s="5" t="s">
-        <v>301</v>
-[...3 lines deleted...]
-      </c>
+        <v>303</v>
+      </c>
+      <c r="I39" s="5"/>
       <c r="J39" s="5" t="s">
-        <v>174</v>
+        <v>78</v>
       </c>
       <c r="K39" s="5" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="L39" s="6" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="M39" s="5" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="5" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="B40" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C40" s="5" t="s">
-        <v>74</v>
+        <v>33</v>
       </c>
       <c r="D40" s="5" t="s">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>307</v>
+        <v>308</v>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F40" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G40" s="5" t="s">
-        <v>308</v>
+      <c r="G40" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H40" s="5" t="s">
         <v>309</v>
       </c>
       <c r="I40" s="5" t="s">
         <v>310</v>
       </c>
       <c r="J40" s="5" t="s">
-        <v>78</v>
+        <v>182</v>
       </c>
       <c r="K40" s="5" t="s">
         <v>311</v>
       </c>
       <c r="L40" s="6" t="s">
         <v>312</v>
       </c>
       <c r="M40" s="5" t="s">
         <v>313</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="5" t="s">
         <v>314</v>
       </c>
       <c r="B41" s="5" t="s">
-        <v>115</v>
+        <v>14</v>
       </c>
       <c r="C41" s="5" t="s">
         <v>74</v>
       </c>
-      <c r="D41" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="D41" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="E41" s="5" t="s">
+        <v>315</v>
       </c>
       <c r="F41" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G41" s="5" t="inlineStr">
-[...13 lines deleted...]
-        </is>
+      <c r="G41" s="5" t="s">
+        <v>316</v>
+      </c>
+      <c r="H41" s="5" t="s">
+        <v>317</v>
+      </c>
+      <c r="I41" s="5" t="s">
+        <v>318</v>
+      </c>
+      <c r="J41" s="5" t="s">
+        <v>78</v>
       </c>
       <c r="K41" s="5" t="s">
-        <v>315</v>
+        <v>319</v>
       </c>
       <c r="L41" s="6" t="s">
-        <v>316</v>
-[...1 lines deleted...]
-      <c r="M41" s="5"/>
+        <v>320</v>
+      </c>
+      <c r="M41" s="5" t="s">
+        <v>321</v>
+      </c>
     </row>
     <row r="42">
       <c r="A42" s="5" t="s">
-        <v>317</v>
+        <v>322</v>
       </c>
       <c r="B42" s="5" t="s">
-        <v>14</v>
+        <v>115</v>
       </c>
       <c r="C42" s="5" t="s">
         <v>74</v>
       </c>
-      <c r="D42" s="5" t="s">
-[...3 lines deleted...]
-        <v>236</v>
+      <c r="D42" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F42" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G42" s="5" t="s">
-[...9 lines deleted...]
-        <v>78</v>
+      <c r="G42" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H42" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I42" s="5"/>
+      <c r="J42" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K42" s="5" t="s">
-        <v>321</v>
+        <v>323</v>
       </c>
       <c r="L42" s="6" t="s">
-        <v>322</v>
-[...3 lines deleted...]
-      </c>
+        <v>324</v>
+      </c>
+      <c r="M42" s="5"/>
     </row>
     <row r="43">
       <c r="A43" s="5" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="B43" s="5" t="s">
-        <v>115</v>
+        <v>14</v>
       </c>
       <c r="C43" s="5" t="s">
         <v>74</v>
       </c>
-      <c r="D43" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="D43" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="E43" s="5" t="s">
+        <v>244</v>
       </c>
       <c r="F43" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G43" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G43" s="5" t="s">
+        <v>326</v>
       </c>
       <c r="H43" s="5" t="s">
-        <v>325</v>
-[...5 lines deleted...]
-        </is>
+        <v>327</v>
+      </c>
+      <c r="I43" s="5" t="s">
+        <v>328</v>
+      </c>
+      <c r="J43" s="5" t="s">
+        <v>78</v>
       </c>
       <c r="K43" s="5" t="s">
-        <v>326</v>
+        <v>329</v>
       </c>
       <c r="L43" s="6" t="s">
-        <v>327</v>
-[...1 lines deleted...]
-      <c r="M43" s="5"/>
+        <v>330</v>
+      </c>
+      <c r="M43" s="5" t="s">
+        <v>331</v>
+      </c>
     </row>
     <row r="44">
       <c r="A44" s="5" t="s">
-        <v>328</v>
+        <v>332</v>
       </c>
       <c r="B44" s="5" t="s">
         <v>115</v>
       </c>
       <c r="C44" s="5" t="s">
         <v>74</v>
       </c>
       <c r="D44" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F44" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G44" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H44" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H44" s="5" t="s">
+        <v>333</v>
       </c>
       <c r="I44" s="5"/>
       <c r="J44" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K44" s="5" t="s">
-        <v>329</v>
+        <v>334</v>
       </c>
       <c r="L44" s="6" t="s">
-        <v>330</v>
+        <v>335</v>
       </c>
       <c r="M44" s="5"/>
     </row>
     <row r="45">
       <c r="A45" s="5" t="s">
-        <v>331</v>
+        <v>336</v>
       </c>
       <c r="B45" s="5" t="s">
-        <v>14</v>
+        <v>115</v>
       </c>
       <c r="C45" s="5" t="s">
         <v>74</v>
       </c>
-      <c r="D45" s="5" t="s">
-[...3 lines deleted...]
-        <v>332</v>
+      <c r="D45" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F45" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G45" s="5" t="s">
-[...9 lines deleted...]
-        <v>78</v>
+      <c r="G45" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H45" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I45" s="5"/>
+      <c r="J45" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K45" s="5" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="L45" s="6" t="s">
-        <v>337</v>
-[...1 lines deleted...]
-      <c r="M45" s="5" t="s">
         <v>338</v>
       </c>
+      <c r="M45" s="5"/>
     </row>
     <row r="46">
       <c r="A46" s="5" t="s">
         <v>339</v>
       </c>
       <c r="B46" s="5" t="s">
-        <v>115</v>
+        <v>14</v>
       </c>
       <c r="C46" s="5" t="s">
         <v>74</v>
       </c>
-      <c r="D46" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="D46" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="E46" s="5" t="s">
+        <v>340</v>
       </c>
       <c r="F46" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G46" s="5" t="inlineStr">
-[...13 lines deleted...]
-        </is>
+      <c r="G46" s="5" t="s">
+        <v>341</v>
+      </c>
+      <c r="H46" s="5" t="s">
+        <v>342</v>
+      </c>
+      <c r="I46" s="5" t="s">
+        <v>343</v>
+      </c>
+      <c r="J46" s="5" t="s">
+        <v>78</v>
       </c>
       <c r="K46" s="5" t="s">
-        <v>329</v>
+        <v>344</v>
       </c>
       <c r="L46" s="6" t="s">
-        <v>340</v>
-[...1 lines deleted...]
-      <c r="M46" s="5"/>
+        <v>345</v>
+      </c>
+      <c r="M46" s="5" t="s">
+        <v>346</v>
+      </c>
     </row>
     <row r="47">
       <c r="A47" s="5" t="s">
-        <v>341</v>
+        <v>347</v>
       </c>
       <c r="B47" s="5" t="s">
-        <v>14</v>
+        <v>115</v>
       </c>
       <c r="C47" s="5" t="s">
         <v>74</v>
       </c>
-      <c r="D47" s="5" t="s">
-[...3 lines deleted...]
-        <v>342</v>
+      <c r="D47" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F47" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G47" s="5" t="s">
-[...3 lines deleted...]
-        <v>344</v>
+      <c r="G47" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H47" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I47" s="5"/>
-      <c r="J47" s="5" t="s">
-        <v>78</v>
+      <c r="J47" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K47" s="5" t="s">
-        <v>345</v>
+        <v>337</v>
       </c>
       <c r="L47" s="6" t="s">
-        <v>346</v>
-[...3 lines deleted...]
-      </c>
+        <v>348</v>
+      </c>
+      <c r="M47" s="5"/>
     </row>
     <row r="48">
       <c r="A48" s="5" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="B48" s="5" t="s">
-        <v>115</v>
+        <v>14</v>
       </c>
       <c r="C48" s="5" t="s">
         <v>74</v>
       </c>
-      <c r="D48" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="D48" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="E48" s="5" t="s">
+        <v>350</v>
       </c>
       <c r="F48" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G48" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G48" s="5" t="s">
+        <v>351</v>
       </c>
       <c r="H48" s="5" t="s">
-        <v>349</v>
+        <v>352</v>
       </c>
       <c r="I48" s="5"/>
-      <c r="J48" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="J48" s="5" t="s">
+        <v>78</v>
       </c>
       <c r="K48" s="5" t="s">
-        <v>329</v>
+        <v>353</v>
       </c>
       <c r="L48" s="6" t="s">
-        <v>350</v>
-[...1 lines deleted...]
-      <c r="M48" s="5"/>
+        <v>354</v>
+      </c>
+      <c r="M48" s="5" t="s">
+        <v>355</v>
+      </c>
     </row>
     <row r="49">
       <c r="A49" s="5" t="s">
-        <v>351</v>
+        <v>356</v>
       </c>
       <c r="B49" s="5" t="s">
-        <v>14</v>
+        <v>115</v>
       </c>
       <c r="C49" s="5" t="s">
         <v>74</v>
       </c>
-      <c r="D49" s="5" t="s">
-[...3 lines deleted...]
-        <v>342</v>
+      <c r="D49" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F49" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G49" s="5" t="s">
-        <v>352</v>
+      <c r="G49" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H49" s="5" t="s">
-        <v>353</v>
-[...5 lines deleted...]
-        <v>78</v>
+        <v>357</v>
+      </c>
+      <c r="I49" s="5"/>
+      <c r="J49" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K49" s="5" t="s">
-        <v>355</v>
+        <v>337</v>
       </c>
       <c r="L49" s="6" t="s">
-        <v>356</v>
-[...3 lines deleted...]
-      </c>
+        <v>358</v>
+      </c>
+      <c r="M49" s="5"/>
     </row>
     <row r="50">
       <c r="A50" s="5" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="B50" s="5" t="s">
-        <v>115</v>
+        <v>14</v>
       </c>
       <c r="C50" s="5" t="s">
         <v>74</v>
       </c>
-      <c r="D50" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="D50" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="E50" s="5" t="s">
+        <v>350</v>
       </c>
       <c r="F50" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G50" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G50" s="5" t="s">
+        <v>360</v>
       </c>
       <c r="H50" s="5" t="s">
-        <v>359</v>
-[...5 lines deleted...]
-        </is>
+        <v>361</v>
+      </c>
+      <c r="I50" s="5" t="s">
+        <v>362</v>
+      </c>
+      <c r="J50" s="5" t="s">
+        <v>78</v>
       </c>
       <c r="K50" s="5" t="s">
-        <v>329</v>
+        <v>363</v>
       </c>
       <c r="L50" s="6" t="s">
-        <v>360</v>
-[...1 lines deleted...]
-      <c r="M50" s="5"/>
+        <v>364</v>
+      </c>
+      <c r="M50" s="5" t="s">
+        <v>365</v>
+      </c>
     </row>
     <row r="51">
       <c r="A51" s="5" t="s">
-        <v>361</v>
+        <v>366</v>
       </c>
       <c r="B51" s="5" t="s">
-        <v>14</v>
+        <v>115</v>
       </c>
       <c r="C51" s="5" t="s">
         <v>74</v>
       </c>
-      <c r="D51" s="5" t="s">
-        <v>362</v>
+      <c r="D51" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F51" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G51" s="5" t="s">
-        <v>363</v>
+      <c r="G51" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H51" s="5" t="s">
-        <v>364</v>
-[...5 lines deleted...]
-        <v>174</v>
+        <v>367</v>
+      </c>
+      <c r="I51" s="5"/>
+      <c r="J51" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K51" s="5" t="s">
-        <v>366</v>
+        <v>337</v>
       </c>
       <c r="L51" s="6" t="s">
-        <v>367</v>
-[...1 lines deleted...]
-      <c r="M51" s="5" t="s">
         <v>368</v>
       </c>
+      <c r="M51" s="5"/>
     </row>
     <row r="52">
       <c r="A52" s="5" t="s">
         <v>369</v>
       </c>
       <c r="B52" s="5" t="s">
-        <v>115</v>
+        <v>14</v>
       </c>
       <c r="C52" s="5" t="s">
         <v>74</v>
       </c>
-      <c r="D52" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="D52" s="5" t="s">
+        <v>370</v>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F52" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G52" s="5" t="inlineStr">
-[...13 lines deleted...]
-        </is>
+      <c r="G52" s="5" t="s">
+        <v>371</v>
+      </c>
+      <c r="H52" s="5" t="s">
+        <v>372</v>
+      </c>
+      <c r="I52" s="5" t="s">
+        <v>373</v>
+      </c>
+      <c r="J52" s="5" t="s">
+        <v>182</v>
       </c>
       <c r="K52" s="5" t="s">
-        <v>329</v>
+        <v>374</v>
       </c>
       <c r="L52" s="6" t="s">
-        <v>370</v>
-[...1 lines deleted...]
-      <c r="M52" s="5"/>
+        <v>375</v>
+      </c>
+      <c r="M52" s="5" t="s">
+        <v>376</v>
+      </c>
     </row>
     <row r="53">
       <c r="A53" s="5" t="s">
-        <v>371</v>
+        <v>377</v>
       </c>
       <c r="B53" s="5" t="s">
         <v>115</v>
       </c>
       <c r="C53" s="5" t="s">
         <v>74</v>
       </c>
       <c r="D53" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F53" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G53" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H53" s="5" t="s">
-        <v>372</v>
+      <c r="H53" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I53" s="5"/>
       <c r="J53" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K53" s="5" t="s">
-        <v>326</v>
+        <v>337</v>
       </c>
       <c r="L53" s="6" t="s">
-        <v>373</v>
+        <v>378</v>
       </c>
       <c r="M53" s="5"/>
     </row>
     <row r="54">
       <c r="A54" s="5" t="s">
-        <v>374</v>
+        <v>379</v>
       </c>
       <c r="B54" s="5" t="s">
-        <v>14</v>
+        <v>115</v>
       </c>
       <c r="C54" s="5" t="s">
-        <v>194</v>
-[...5 lines deleted...]
-        <v>251</v>
+        <v>74</v>
+      </c>
+      <c r="D54" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F54" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G54" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H54" s="5" t="s">
-        <v>375</v>
-[...5 lines deleted...]
-        <v>214</v>
+        <v>380</v>
+      </c>
+      <c r="I54" s="5"/>
+      <c r="J54" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K54" s="5" t="s">
-        <v>377</v>
+        <v>334</v>
       </c>
       <c r="L54" s="6" t="s">
-        <v>378</v>
-[...3 lines deleted...]
-      </c>
+        <v>381</v>
+      </c>
+      <c r="M54" s="5"/>
     </row>
     <row r="55">
       <c r="A55" s="5" t="s">
-        <v>380</v>
+        <v>382</v>
       </c>
       <c r="B55" s="5" t="s">
-        <v>115</v>
+        <v>14</v>
       </c>
       <c r="C55" s="5" t="s">
-        <v>74</v>
-[...9 lines deleted...]
-        </is>
+        <v>202</v>
+      </c>
+      <c r="D55" s="5" t="s">
+        <v>218</v>
+      </c>
+      <c r="E55" s="5" t="s">
+        <v>259</v>
       </c>
       <c r="F55" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G55" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H55" s="5" t="inlineStr">
-[...8 lines deleted...]
-        </is>
+      <c r="H55" s="5" t="s">
+        <v>383</v>
+      </c>
+      <c r="I55" s="5" t="s">
+        <v>384</v>
+      </c>
+      <c r="J55" s="5" t="s">
+        <v>222</v>
       </c>
       <c r="K55" s="5" t="s">
-        <v>381</v>
+        <v>385</v>
       </c>
       <c r="L55" s="6" t="s">
-        <v>382</v>
-[...1 lines deleted...]
-      <c r="M55" s="5"/>
+        <v>386</v>
+      </c>
+      <c r="M55" s="5" t="s">
+        <v>387</v>
+      </c>
     </row>
     <row r="56">
       <c r="A56" s="5" t="s">
-        <v>383</v>
+        <v>388</v>
       </c>
       <c r="B56" s="5" t="s">
         <v>115</v>
       </c>
       <c r="C56" s="5" t="s">
         <v>74</v>
       </c>
       <c r="D56" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E56" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F56" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G56" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H56" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I56" s="5"/>
       <c r="J56" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K56" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K56" s="5" t="s">
+        <v>389</v>
       </c>
       <c r="L56" s="6" t="s">
-        <v>384</v>
+        <v>390</v>
       </c>
       <c r="M56" s="5"/>
     </row>
     <row r="57">
       <c r="A57" s="5" t="s">
-        <v>385</v>
+        <v>391</v>
       </c>
       <c r="B57" s="5" t="s">
-        <v>14</v>
+        <v>115</v>
       </c>
       <c r="C57" s="5" t="s">
-        <v>386</v>
-[...5 lines deleted...]
-        <v>75</v>
+        <v>74</v>
+      </c>
+      <c r="D57" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F57" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G57" s="5" t="s">
-[...12 lines deleted...]
-        <v>391</v>
+      <c r="G57" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H57" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I57" s="5"/>
+      <c r="J57" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K57" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L57" s="6" t="s">
         <v>392</v>
       </c>
-      <c r="M57" s="5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M57" s="5"/>
     </row>
     <row r="58">
       <c r="A58" s="5" t="s">
-        <v>394</v>
+        <v>393</v>
       </c>
       <c r="B58" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C58" s="5" t="s">
-        <v>386</v>
+        <v>394</v>
       </c>
       <c r="D58" s="5" t="s">
-        <v>258</v>
+        <v>266</v>
       </c>
       <c r="E58" s="5" t="s">
         <v>75</v>
       </c>
       <c r="F58" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G58" s="5" t="s">
-        <v>387</v>
+        <v>395</v>
       </c>
       <c r="H58" s="5" t="s">
-        <v>395</v>
-[...1 lines deleted...]
-      <c r="I58" s="5"/>
+        <v>396</v>
+      </c>
+      <c r="I58" s="5" t="s">
+        <v>397</v>
+      </c>
       <c r="J58" s="5" t="s">
-        <v>390</v>
+        <v>398</v>
       </c>
       <c r="K58" s="5" t="s">
-        <v>396</v>
+        <v>399</v>
       </c>
       <c r="L58" s="6" t="s">
-        <v>397</v>
+        <v>400</v>
       </c>
       <c r="M58" s="5" t="s">
-        <v>398</v>
+        <v>401</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="5" t="s">
-        <v>399</v>
+        <v>402</v>
       </c>
       <c r="B59" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C59" s="5" t="s">
-        <v>194</v>
+        <v>394</v>
       </c>
       <c r="D59" s="5" t="s">
-        <v>210</v>
+        <v>266</v>
       </c>
       <c r="E59" s="5" t="s">
-        <v>251</v>
+        <v>75</v>
       </c>
       <c r="F59" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G59" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G59" s="5" t="s">
+        <v>395</v>
       </c>
       <c r="H59" s="5" t="s">
-        <v>400</v>
-[...3 lines deleted...]
-      </c>
+        <v>403</v>
+      </c>
+      <c r="I59" s="5"/>
       <c r="J59" s="5" t="s">
-        <v>214</v>
+        <v>398</v>
       </c>
       <c r="K59" s="5" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="L59" s="6" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="M59" s="5" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="5" t="s">
-        <v>405</v>
+        <v>407</v>
       </c>
       <c r="B60" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C60" s="5" t="s">
-        <v>386</v>
+        <v>202</v>
       </c>
       <c r="D60" s="5" t="s">
-        <v>258</v>
+        <v>218</v>
       </c>
       <c r="E60" s="5" t="s">
-        <v>75</v>
+        <v>259</v>
       </c>
       <c r="F60" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G60" s="5" t="s">
-        <v>406</v>
+      <c r="G60" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H60" s="5" t="s">
-        <v>407</v>
-[...1 lines deleted...]
-      <c r="I60" s="5"/>
+        <v>408</v>
+      </c>
+      <c r="I60" s="5" t="s">
+        <v>409</v>
+      </c>
       <c r="J60" s="5" t="s">
-        <v>390</v>
+        <v>222</v>
       </c>
       <c r="K60" s="5" t="s">
-        <v>408</v>
+        <v>410</v>
       </c>
       <c r="L60" s="6" t="s">
-        <v>409</v>
+        <v>411</v>
       </c>
       <c r="M60" s="5" t="s">
-        <v>410</v>
+        <v>412</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="5" t="s">
-        <v>411</v>
+        <v>413</v>
       </c>
       <c r="B61" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C61" s="5" t="s">
-        <v>74</v>
+        <v>394</v>
       </c>
       <c r="D61" s="5" t="s">
-        <v>349</v>
-[...4 lines deleted...]
-        </is>
+        <v>266</v>
+      </c>
+      <c r="E61" s="5" t="s">
+        <v>75</v>
       </c>
       <c r="F61" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G61" s="5" t="s">
-        <v>412</v>
+        <v>414</v>
       </c>
       <c r="H61" s="5" t="s">
-        <v>413</v>
-[...3 lines deleted...]
-      </c>
+        <v>415</v>
+      </c>
+      <c r="I61" s="5"/>
       <c r="J61" s="5" t="s">
-        <v>174</v>
+        <v>398</v>
       </c>
       <c r="K61" s="5" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="L61" s="6" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="M61" s="5" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="5" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="B62" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C62" s="5" t="s">
-        <v>349</v>
+        <v>74</v>
       </c>
       <c r="D62" s="5" t="s">
-        <v>74</v>
-[...2 lines deleted...]
-        <v>419</v>
+        <v>357</v>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F62" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G62" s="5" t="s">
         <v>420</v>
       </c>
       <c r="H62" s="5" t="s">
         <v>421</v>
       </c>
       <c r="I62" s="5" t="s">
         <v>422</v>
       </c>
       <c r="J62" s="5" t="s">
-        <v>174</v>
+        <v>182</v>
       </c>
       <c r="K62" s="5" t="s">
         <v>423</v>
       </c>
       <c r="L62" s="6" t="s">
         <v>424</v>
       </c>
       <c r="M62" s="5" t="s">
         <v>425</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="5" t="s">
         <v>426</v>
       </c>
       <c r="B63" s="5" t="s">
-        <v>115</v>
+        <v>14</v>
       </c>
       <c r="C63" s="5" t="s">
+        <v>357</v>
+      </c>
+      <c r="D63" s="5" t="s">
         <v>74</v>
       </c>
-      <c r="D63" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="E63" s="5" t="s">
+        <v>427</v>
       </c>
       <c r="F63" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G63" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G63" s="5" t="s">
+        <v>428</v>
       </c>
       <c r="H63" s="5" t="s">
-        <v>427</v>
-[...10 lines deleted...]
-        </is>
+        <v>429</v>
+      </c>
+      <c r="I63" s="5" t="s">
+        <v>430</v>
+      </c>
+      <c r="J63" s="5" t="s">
+        <v>182</v>
+      </c>
+      <c r="K63" s="5" t="s">
+        <v>431</v>
       </c>
       <c r="L63" s="6" t="s">
-        <v>428</v>
-[...1 lines deleted...]
-      <c r="M63" s="5"/>
+        <v>432</v>
+      </c>
+      <c r="M63" s="5" t="s">
+        <v>433</v>
+      </c>
     </row>
     <row r="64">
       <c r="A64" s="5" t="s">
-        <v>429</v>
+        <v>434</v>
       </c>
       <c r="B64" s="5" t="s">
         <v>115</v>
       </c>
       <c r="C64" s="5" t="s">
         <v>74</v>
       </c>
       <c r="D64" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E64" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F64" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G64" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H64" s="5" t="s">
-        <v>430</v>
+        <v>435</v>
       </c>
       <c r="I64" s="5"/>
       <c r="J64" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K64" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L64" s="6" t="s">
-        <v>431</v>
+        <v>436</v>
       </c>
       <c r="M64" s="5"/>
     </row>
     <row r="65">
       <c r="A65" s="5" t="s">
-        <v>432</v>
+        <v>437</v>
       </c>
       <c r="B65" s="5" t="s">
         <v>115</v>
       </c>
       <c r="C65" s="5" t="s">
         <v>74</v>
       </c>
       <c r="D65" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E65" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F65" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G65" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H65" s="5" t="s">
-        <v>433</v>
+        <v>438</v>
       </c>
       <c r="I65" s="5"/>
       <c r="J65" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K65" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L65" s="6" t="s">
-        <v>434</v>
+        <v>439</v>
       </c>
       <c r="M65" s="5"/>
     </row>
     <row r="66">
       <c r="A66" s="5" t="s">
-        <v>435</v>
+        <v>440</v>
       </c>
       <c r="B66" s="5" t="s">
         <v>115</v>
       </c>
       <c r="C66" s="5" t="s">
         <v>74</v>
       </c>
       <c r="D66" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E66" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F66" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G66" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H66" s="5" t="s">
-        <v>436</v>
+        <v>441</v>
       </c>
       <c r="I66" s="5"/>
       <c r="J66" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K66" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L66" s="6" t="s">
-        <v>437</v>
+        <v>442</v>
       </c>
       <c r="M66" s="5"/>
     </row>
     <row r="67">
       <c r="A67" s="5" t="s">
-        <v>438</v>
+        <v>443</v>
       </c>
       <c r="B67" s="5" t="s">
         <v>115</v>
       </c>
       <c r="C67" s="5" t="s">
         <v>74</v>
       </c>
       <c r="D67" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E67" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F67" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G67" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H67" s="5" t="s">
-        <v>439</v>
+        <v>444</v>
       </c>
       <c r="I67" s="5"/>
       <c r="J67" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K67" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L67" s="6" t="s">
-        <v>440</v>
+        <v>445</v>
       </c>
       <c r="M67" s="5"/>
     </row>
     <row r="68">
       <c r="A68" s="5" t="s">
-        <v>441</v>
+        <v>446</v>
       </c>
       <c r="B68" s="5" t="s">
         <v>115</v>
       </c>
       <c r="C68" s="5" t="s">
         <v>74</v>
       </c>
       <c r="D68" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E68" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F68" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G68" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H68" s="5" t="s">
-        <v>442</v>
+        <v>447</v>
       </c>
       <c r="I68" s="5"/>
       <c r="J68" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K68" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L68" s="6" t="s">
-        <v>443</v>
+        <v>448</v>
       </c>
       <c r="M68" s="5"/>
     </row>
     <row r="69">
       <c r="A69" s="5" t="s">
-        <v>444</v>
+        <v>449</v>
       </c>
       <c r="B69" s="5" t="s">
         <v>115</v>
       </c>
       <c r="C69" s="5" t="s">
         <v>74</v>
       </c>
       <c r="D69" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E69" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F69" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G69" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H69" s="5" t="s">
-        <v>445</v>
+        <v>450</v>
       </c>
       <c r="I69" s="5"/>
       <c r="J69" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K69" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L69" s="6" t="s">
-        <v>446</v>
+        <v>451</v>
       </c>
       <c r="M69" s="5"/>
     </row>
     <row r="70">
       <c r="A70" s="5" t="s">
-        <v>447</v>
+        <v>452</v>
       </c>
       <c r="B70" s="5" t="s">
-        <v>14</v>
+        <v>115</v>
       </c>
       <c r="C70" s="5" t="s">
-        <v>83</v>
-[...2 lines deleted...]
-        <v>258</v>
+        <v>74</v>
+      </c>
+      <c r="D70" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E70" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F70" s="5" t="s">
-        <v>448</v>
+      <c r="F70" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G70" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H70" s="5" t="s">
-        <v>449</v>
-[...8 lines deleted...]
-        <v>452</v>
+        <v>453</v>
+      </c>
+      <c r="I70" s="5"/>
+      <c r="J70" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K70" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L70" s="6" t="s">
-        <v>453</v>
-[...1 lines deleted...]
-      <c r="M70" s="5" t="s">
         <v>454</v>
       </c>
+      <c r="M70" s="5"/>
     </row>
     <row r="71">
       <c r="A71" s="5" t="s">
         <v>455</v>
       </c>
       <c r="B71" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C71" s="5" t="s">
-        <v>194</v>
+        <v>83</v>
       </c>
       <c r="D71" s="5" t="s">
-        <v>195</v>
-[...7 lines deleted...]
-        </is>
+        <v>266</v>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F71" s="5" t="s">
+        <v>456</v>
       </c>
       <c r="G71" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H71" s="5" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="I71" s="5" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="J71" s="5" t="s">
-        <v>214</v>
+        <v>459</v>
       </c>
       <c r="K71" s="5" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="L71" s="6" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="M71" s="5" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="5" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
       <c r="B72" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C72" s="5" t="s">
-        <v>74</v>
+        <v>202</v>
       </c>
       <c r="D72" s="5" t="s">
-        <v>349</v>
+        <v>203</v>
       </c>
       <c r="E72" s="5" t="s">
-        <v>462</v>
+        <v>259</v>
       </c>
       <c r="F72" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G72" s="5" t="s">
-        <v>463</v>
+      <c r="G72" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H72" s="5" t="s">
         <v>464</v>
       </c>
-      <c r="I72" s="5"/>
+      <c r="I72" s="5" t="s">
+        <v>465</v>
+      </c>
       <c r="J72" s="5" t="s">
-        <v>174</v>
+        <v>222</v>
       </c>
       <c r="K72" s="5" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="L72" s="6" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="M72" s="5" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="5" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
       <c r="B73" s="5" t="s">
-        <v>115</v>
+        <v>14</v>
       </c>
       <c r="C73" s="5" t="s">
         <v>74</v>
       </c>
-      <c r="D73" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="D73" s="5" t="s">
+        <v>357</v>
+      </c>
+      <c r="E73" s="5" t="s">
+        <v>470</v>
       </c>
       <c r="F73" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G73" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G73" s="5" t="s">
+        <v>471</v>
       </c>
       <c r="H73" s="5" t="s">
-        <v>469</v>
+        <v>472</v>
       </c>
       <c r="I73" s="5"/>
-      <c r="J73" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="J73" s="5" t="s">
+        <v>182</v>
       </c>
       <c r="K73" s="5" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="L73" s="6" t="s">
-        <v>471</v>
-[...1 lines deleted...]
-      <c r="M73" s="5"/>
+        <v>474</v>
+      </c>
+      <c r="M73" s="5" t="s">
+        <v>475</v>
+      </c>
     </row>
     <row r="74">
       <c r="A74" s="5" t="s">
-        <v>472</v>
+        <v>476</v>
       </c>
       <c r="B74" s="5" t="s">
-        <v>14</v>
+        <v>115</v>
       </c>
       <c r="C74" s="5" t="s">
-        <v>194</v>
-[...5 lines deleted...]
-        <v>251</v>
+        <v>74</v>
+      </c>
+      <c r="D74" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F74" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G74" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H74" s="5" t="inlineStr">
-[...8 lines deleted...]
-        <v>214</v>
+      <c r="H74" s="5" t="s">
+        <v>477</v>
+      </c>
+      <c r="I74" s="5"/>
+      <c r="J74" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K74" s="5" t="s">
-        <v>474</v>
+        <v>478</v>
       </c>
       <c r="L74" s="6" t="s">
-        <v>475</v>
-[...3 lines deleted...]
-      </c>
+        <v>479</v>
+      </c>
+      <c r="M74" s="5"/>
     </row>
     <row r="75">
       <c r="A75" s="5" t="s">
-        <v>477</v>
+        <v>480</v>
       </c>
       <c r="B75" s="5" t="s">
-        <v>115</v>
+        <v>14</v>
       </c>
       <c r="C75" s="5" t="s">
-        <v>74</v>
-[...9 lines deleted...]
-        </is>
+        <v>202</v>
+      </c>
+      <c r="D75" s="5" t="s">
+        <v>203</v>
+      </c>
+      <c r="E75" s="5" t="s">
+        <v>259</v>
       </c>
       <c r="F75" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G75" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H75" s="5" t="s">
-[...6 lines deleted...]
-        </is>
+      <c r="H75" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I75" s="5" t="s">
+        <v>481</v>
+      </c>
+      <c r="J75" s="5" t="s">
+        <v>222</v>
       </c>
       <c r="K75" s="5" t="s">
-        <v>479</v>
+        <v>482</v>
       </c>
       <c r="L75" s="6" t="s">
-        <v>480</v>
-[...1 lines deleted...]
-      <c r="M75" s="5"/>
+        <v>483</v>
+      </c>
+      <c r="M75" s="5" t="s">
+        <v>484</v>
+      </c>
     </row>
     <row r="76">
       <c r="A76" s="5" t="s">
-        <v>481</v>
+        <v>485</v>
       </c>
       <c r="B76" s="5" t="s">
         <v>115</v>
       </c>
       <c r="C76" s="5" t="s">
         <v>74</v>
       </c>
       <c r="D76" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E76" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F76" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G76" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H76" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H76" s="5" t="s">
+        <v>486</v>
       </c>
       <c r="I76" s="5"/>
       <c r="J76" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K76" s="5" t="s">
-        <v>482</v>
+        <v>487</v>
       </c>
       <c r="L76" s="6" t="s">
-        <v>483</v>
+        <v>488</v>
       </c>
       <c r="M76" s="5"/>
     </row>
     <row r="77">
       <c r="A77" s="5" t="s">
-        <v>484</v>
+        <v>489</v>
       </c>
       <c r="B77" s="5" t="s">
-        <v>14</v>
+        <v>115</v>
       </c>
       <c r="C77" s="5" t="s">
-        <v>194</v>
-[...5 lines deleted...]
-        <v>251</v>
+        <v>74</v>
+      </c>
+      <c r="D77" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E77" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F77" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G77" s="5" t="s">
-[...9 lines deleted...]
-        <v>214</v>
+      <c r="G77" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H77" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I77" s="5"/>
+      <c r="J77" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K77" s="5" t="s">
-        <v>488</v>
+        <v>490</v>
       </c>
       <c r="L77" s="6" t="s">
-        <v>489</v>
-[...3 lines deleted...]
-      </c>
+        <v>491</v>
+      </c>
+      <c r="M77" s="5"/>
     </row>
     <row r="78">
       <c r="A78" s="5" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="B78" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C78" s="5" t="s">
-        <v>492</v>
+        <v>202</v>
       </c>
       <c r="D78" s="5" t="s">
-        <v>362</v>
+        <v>203</v>
       </c>
       <c r="E78" s="5" t="s">
+        <v>259</v>
+      </c>
+      <c r="F78" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G78" s="5" t="s">
         <v>493</v>
-      </c>
-[...8 lines deleted...]
-        </is>
       </c>
       <c r="H78" s="5" t="s">
         <v>494</v>
       </c>
-      <c r="I78" s="5"/>
+      <c r="I78" s="5" t="s">
+        <v>495</v>
+      </c>
       <c r="J78" s="5" t="s">
-        <v>495</v>
+        <v>222</v>
       </c>
       <c r="K78" s="5" t="s">
         <v>496</v>
       </c>
       <c r="L78" s="6" t="s">
         <v>497</v>
       </c>
       <c r="M78" s="5" t="s">
         <v>498</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="5" t="s">
         <v>499</v>
       </c>
       <c r="B79" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C79" s="5" t="s">
-        <v>74</v>
+        <v>500</v>
       </c>
       <c r="D79" s="5" t="s">
-        <v>287</v>
+        <v>370</v>
       </c>
       <c r="E79" s="5" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="F79" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G79" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H79" s="5" t="s">
-        <v>501</v>
-[...1 lines deleted...]
-      <c r="I79" s="5" t="s">
         <v>502</v>
       </c>
+      <c r="I79" s="5"/>
       <c r="J79" s="5" t="s">
         <v>503</v>
       </c>
       <c r="K79" s="5" t="s">
         <v>504</v>
       </c>
       <c r="L79" s="6" t="s">
         <v>505</v>
       </c>
       <c r="M79" s="5" t="s">
         <v>506</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="5" t="s">
         <v>507</v>
       </c>
       <c r="B80" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C80" s="5" t="s">
         <v>74</v>
       </c>
       <c r="D80" s="5" t="s">
+        <v>295</v>
+      </c>
+      <c r="E80" s="5" t="s">
         <v>508</v>
-      </c>
-[...1 lines deleted...]
-        <v>75</v>
       </c>
       <c r="F80" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G80" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H80" s="5" t="s">
         <v>509</v>
       </c>
       <c r="I80" s="5" t="s">
         <v>510</v>
       </c>
       <c r="J80" s="5" t="s">
-        <v>503</v>
+        <v>511</v>
       </c>
       <c r="K80" s="5" t="s">
-        <v>511</v>
+        <v>512</v>
       </c>
       <c r="L80" s="6" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="M80" s="5" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="5" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="B81" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C81" s="5" t="s">
-        <v>515</v>
+        <v>74</v>
       </c>
       <c r="D81" s="5" t="s">
         <v>516</v>
       </c>
       <c r="E81" s="5" t="s">
+        <v>75</v>
+      </c>
+      <c r="F81" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G81" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H81" s="5" t="s">
         <v>517</v>
       </c>
-      <c r="F81" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H81" s="5" t="s">
+      <c r="I81" s="5" t="s">
         <v>518</v>
       </c>
-      <c r="I81" s="5" t="s">
+      <c r="J81" s="5" t="s">
+        <v>511</v>
+      </c>
+      <c r="K81" s="5" t="s">
         <v>519</v>
       </c>
-      <c r="J81" s="5" t="s">
+      <c r="L81" s="6" t="s">
         <v>520</v>
       </c>
-      <c r="K81" s="5" t="s">
+      <c r="M81" s="5" t="s">
         <v>521</v>
-      </c>
-[...4 lines deleted...]
-        <v>523</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="5" t="s">
-        <v>524</v>
+        <v>522</v>
       </c>
       <c r="B82" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C82" s="5" t="s">
-        <v>154</v>
+        <v>523</v>
       </c>
       <c r="D82" s="5" t="s">
-        <v>116</v>
+        <v>524</v>
       </c>
       <c r="E82" s="5" t="s">
         <v>525</v>
       </c>
-      <c r="F82" s="5" t="s">
+      <c r="F82" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G82" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H82" s="5" t="s">
         <v>526</v>
       </c>
-      <c r="G82" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H82" s="5" t="s">
+      <c r="I82" s="5" t="s">
         <v>527</v>
       </c>
-      <c r="I82" s="5" t="s">
+      <c r="J82" s="5" t="s">
         <v>528</v>
       </c>
-      <c r="J82" s="5" t="s">
+      <c r="K82" s="5" t="s">
         <v>529</v>
       </c>
-      <c r="K82" s="5" t="s">
+      <c r="L82" s="6" t="s">
         <v>530</v>
       </c>
-      <c r="L82" s="6" t="s">
+      <c r="M82" s="5" t="s">
         <v>531</v>
-      </c>
-[...1 lines deleted...]
-        <v>532</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="5" t="s">
-        <v>533</v>
+        <v>532</v>
       </c>
       <c r="B83" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C83" s="5" t="s">
+        <v>162</v>
+      </c>
+      <c r="D83" s="5" t="s">
         <v>116</v>
       </c>
-      <c r="D83" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E83" s="5" t="s">
+        <v>533</v>
+      </c>
+      <c r="F83" s="5" t="s">
         <v>534</v>
-      </c>
-[...1 lines deleted...]
-        <v>525</v>
       </c>
       <c r="G83" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H83" s="5" t="s">
         <v>535</v>
       </c>
       <c r="I83" s="5" t="s">
         <v>536</v>
       </c>
       <c r="J83" s="5" t="s">
         <v>537</v>
       </c>
       <c r="K83" s="5" t="s">
         <v>538</v>
       </c>
       <c r="L83" s="6" t="s">
         <v>539</v>
       </c>
       <c r="M83" s="5" t="s">
         <v>540</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="5" t="s">
         <v>541</v>
       </c>
       <c r="B84" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C84" s="5" t="s">
-        <v>50</v>
+        <v>116</v>
       </c>
       <c r="D84" s="5" t="s">
-        <v>116</v>
+        <v>162</v>
       </c>
       <c r="E84" s="5" t="s">
         <v>542</v>
       </c>
-      <c r="F84" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F84" s="5" t="s">
+        <v>533</v>
       </c>
       <c r="G84" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H84" s="5" t="s">
         <v>543</v>
       </c>
       <c r="I84" s="5" t="s">
         <v>544</v>
       </c>
       <c r="J84" s="5" t="s">
         <v>545</v>
       </c>
       <c r="K84" s="5" t="s">
         <v>546</v>
       </c>
       <c r="L84" s="6" t="s">
         <v>547</v>
       </c>
       <c r="M84" s="5" t="s">
         <v>548</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="5" t="s">
         <v>549</v>
       </c>
       <c r="B85" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C85" s="5" t="s">
-        <v>194</v>
+        <v>50</v>
       </c>
       <c r="D85" s="5" t="s">
+        <v>116</v>
+      </c>
+      <c r="E85" s="5" t="s">
         <v>550</v>
-      </c>
-[...1 lines deleted...]
-        <v>251</v>
       </c>
       <c r="F85" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G85" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H85" s="5" t="s">
         <v>551</v>
       </c>
       <c r="I85" s="5" t="s">
         <v>552</v>
       </c>
       <c r="J85" s="5" t="s">
         <v>553</v>
       </c>
       <c r="K85" s="5" t="s">
         <v>554</v>
       </c>
       <c r="L85" s="6" t="s">
         <v>555</v>
       </c>
       <c r="M85" s="5" t="s">
         <v>556</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="5" t="s">
         <v>557</v>
       </c>
       <c r="B86" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C86" s="5" t="s">
-        <v>74</v>
+        <v>202</v>
       </c>
       <c r="D86" s="5" t="s">
-        <v>508</v>
+        <v>558</v>
       </c>
       <c r="E86" s="5" t="s">
-        <v>75</v>
+        <v>259</v>
       </c>
       <c r="F86" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G86" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H86" s="5" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="I86" s="5" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="J86" s="5" t="s">
-        <v>503</v>
+        <v>561</v>
       </c>
       <c r="K86" s="5" t="s">
-        <v>560</v>
+        <v>562</v>
       </c>
       <c r="L86" s="6" t="s">
-        <v>561</v>
+        <v>563</v>
       </c>
       <c r="M86" s="5" t="s">
-        <v>562</v>
+        <v>564</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="5" t="s">
-        <v>563</v>
+        <v>565</v>
       </c>
       <c r="B87" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C87" s="5" t="s">
         <v>74</v>
       </c>
       <c r="D87" s="5" t="s">
-        <v>564</v>
+        <v>516</v>
       </c>
       <c r="E87" s="5" t="s">
         <v>75</v>
       </c>
-      <c r="F87" s="5" t="s">
-        <v>565</v>
+      <c r="F87" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G87" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H87" s="5" t="s">
         <v>566</v>
       </c>
       <c r="I87" s="5" t="s">
         <v>567</v>
       </c>
       <c r="J87" s="5" t="s">
+        <v>511</v>
+      </c>
+      <c r="K87" s="5" t="s">
         <v>568</v>
       </c>
-      <c r="K87" s="5" t="s">
+      <c r="L87" s="6" t="s">
         <v>569</v>
       </c>
-      <c r="L87" s="6" t="s">
+      <c r="M87" s="5" t="s">
         <v>570</v>
-      </c>
-[...1 lines deleted...]
-        <v>571</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="5" t="s">
-        <v>572</v>
+        <v>571</v>
       </c>
       <c r="B88" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C88" s="5" t="s">
         <v>74</v>
       </c>
       <c r="D88" s="5" t="s">
-        <v>362</v>
+        <v>572</v>
       </c>
       <c r="E88" s="5" t="s">
         <v>75</v>
       </c>
-      <c r="F88" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F88" s="5" t="s">
+        <v>573</v>
       </c>
       <c r="G88" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H88" s="5" t="s">
-        <v>573</v>
+        <v>574</v>
       </c>
       <c r="I88" s="5" t="s">
-        <v>574</v>
+        <v>575</v>
       </c>
       <c r="J88" s="5" t="s">
-        <v>503</v>
+        <v>576</v>
       </c>
       <c r="K88" s="5" t="s">
-        <v>575</v>
+        <v>577</v>
       </c>
       <c r="L88" s="6" t="s">
-        <v>576</v>
+        <v>578</v>
       </c>
       <c r="M88" s="5" t="s">
-        <v>577</v>
+        <v>579</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="5" t="s">
-        <v>578</v>
+        <v>580</v>
       </c>
       <c r="B89" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C89" s="5" t="s">
-        <v>287</v>
+        <v>74</v>
       </c>
       <c r="D89" s="5" t="s">
-        <v>579</v>
+        <v>370</v>
       </c>
       <c r="E89" s="5" t="s">
         <v>75</v>
       </c>
       <c r="F89" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G89" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H89" s="5" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="I89" s="5" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="J89" s="5" t="s">
-        <v>568</v>
+        <v>511</v>
       </c>
       <c r="K89" s="5" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="L89" s="6" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="M89" s="5" t="s">
-        <v>584</v>
+        <v>585</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="5" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
       <c r="B90" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C90" s="5" t="s">
-        <v>74</v>
+        <v>295</v>
       </c>
       <c r="D90" s="5" t="s">
-        <v>564</v>
+        <v>587</v>
       </c>
       <c r="E90" s="5" t="s">
         <v>75</v>
       </c>
-      <c r="F90" s="5" t="s">
-        <v>565</v>
+      <c r="F90" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G90" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H90" s="5" t="s">
-        <v>586</v>
+        <v>588</v>
       </c>
       <c r="I90" s="5" t="s">
-        <v>587</v>
+        <v>589</v>
       </c>
       <c r="J90" s="5" t="s">
-        <v>568</v>
-[...4 lines deleted...]
-        </is>
+        <v>576</v>
+      </c>
+      <c r="K90" s="5" t="s">
+        <v>590</v>
       </c>
       <c r="L90" s="6" t="s">
-        <v>588</v>
+        <v>591</v>
       </c>
       <c r="M90" s="5" t="s">
-        <v>589</v>
+        <v>592</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="5" t="s">
-        <v>590</v>
+        <v>593</v>
       </c>
       <c r="B91" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C91" s="5" t="s">
-        <v>591</v>
+        <v>74</v>
       </c>
       <c r="D91" s="5" t="s">
-        <v>592</v>
+        <v>572</v>
       </c>
       <c r="E91" s="5" t="s">
         <v>75</v>
       </c>
-      <c r="F91" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F91" s="5" t="s">
+        <v>573</v>
       </c>
       <c r="G91" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H91" s="5" t="s">
-        <v>593</v>
+        <v>594</v>
       </c>
       <c r="I91" s="5" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
       <c r="J91" s="5" t="s">
-        <v>595</v>
-[...1 lines deleted...]
-      <c r="K91" s="5" t="s">
+        <v>576</v>
+      </c>
+      <c r="K91" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L91" s="6" t="s">
         <v>596</v>
       </c>
-      <c r="L91" s="6" t="s">
+      <c r="M91" s="5" t="s">
         <v>597</v>
-      </c>
-[...1 lines deleted...]
-        <v>598</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="5" t="s">
-        <v>599</v>
+        <v>598</v>
       </c>
       <c r="B92" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C92" s="5" t="s">
-        <v>74</v>
+        <v>599</v>
       </c>
       <c r="D92" s="5" t="s">
-        <v>564</v>
+        <v>600</v>
       </c>
       <c r="E92" s="5" t="s">
         <v>75</v>
       </c>
       <c r="F92" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G92" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H92" s="5" t="s">
-        <v>600</v>
-[...1 lines deleted...]
-      <c r="I92" s="5"/>
+        <v>601</v>
+      </c>
+      <c r="I92" s="5" t="s">
+        <v>602</v>
+      </c>
       <c r="J92" s="5" t="s">
-        <v>568</v>
+        <v>603</v>
       </c>
       <c r="K92" s="5" t="s">
-        <v>601</v>
+        <v>604</v>
       </c>
       <c r="L92" s="6" t="s">
-        <v>602</v>
+        <v>605</v>
       </c>
       <c r="M92" s="5" t="s">
-        <v>603</v>
+        <v>606</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="5" t="s">
-        <v>604</v>
+        <v>607</v>
       </c>
       <c r="B93" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C93" s="5" t="s">
-        <v>154</v>
+        <v>74</v>
       </c>
       <c r="D93" s="5" t="s">
-        <v>116</v>
+        <v>572</v>
       </c>
       <c r="E93" s="5" t="s">
-        <v>525</v>
-[...2 lines deleted...]
-        <v>605</v>
+        <v>75</v>
+      </c>
+      <c r="F93" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G93" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H93" s="5" t="s">
-        <v>606</v>
-[...3 lines deleted...]
-      </c>
+        <v>608</v>
+      </c>
+      <c r="I93" s="5"/>
       <c r="J93" s="5" t="s">
-        <v>608</v>
+        <v>576</v>
       </c>
       <c r="K93" s="5" t="s">
         <v>609</v>
       </c>
       <c r="L93" s="6" t="s">
         <v>610</v>
       </c>
       <c r="M93" s="5" t="s">
         <v>611</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="5" t="s">
         <v>612</v>
       </c>
       <c r="B94" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C94" s="5" t="s">
-        <v>154</v>
+        <v>162</v>
       </c>
       <c r="D94" s="5" t="s">
         <v>116</v>
       </c>
       <c r="E94" s="5" t="s">
-        <v>525</v>
+        <v>533</v>
       </c>
       <c r="F94" s="5" t="s">
-        <v>605</v>
+        <v>613</v>
       </c>
       <c r="G94" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H94" s="5" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="I94" s="5" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
       <c r="J94" s="5" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="K94" s="5" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="L94" s="6" t="s">
-        <v>617</v>
+        <v>618</v>
       </c>
       <c r="M94" s="5" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="5" t="s">
-        <v>619</v>
+        <v>620</v>
       </c>
       <c r="B95" s="5" t="s">
-        <v>143</v>
+        <v>14</v>
       </c>
       <c r="C95" s="5" t="s">
-        <v>154</v>
+        <v>162</v>
       </c>
       <c r="D95" s="5" t="s">
         <v>116</v>
       </c>
       <c r="E95" s="5" t="s">
-        <v>525</v>
+        <v>533</v>
       </c>
       <c r="F95" s="5" t="s">
-        <v>605</v>
+        <v>613</v>
       </c>
       <c r="G95" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H95" s="5" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="I95" s="5" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
       <c r="J95" s="5" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
       <c r="K95" s="5" t="s">
-        <v>623</v>
+        <v>624</v>
       </c>
       <c r="L95" s="6" t="s">
-        <v>624</v>
+        <v>625</v>
       </c>
       <c r="M95" s="5" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="5" t="s">
-        <v>626</v>
+        <v>627</v>
       </c>
       <c r="B96" s="5" t="s">
-        <v>143</v>
+        <v>151</v>
       </c>
       <c r="C96" s="5" t="s">
-        <v>154</v>
+        <v>162</v>
       </c>
       <c r="D96" s="5" t="s">
         <v>116</v>
       </c>
       <c r="E96" s="5" t="s">
-        <v>525</v>
+        <v>533</v>
       </c>
       <c r="F96" s="5" t="s">
-        <v>605</v>
+        <v>613</v>
       </c>
       <c r="G96" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H96" s="5" t="s">
-        <v>627</v>
+        <v>628</v>
       </c>
       <c r="I96" s="5" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
       <c r="J96" s="5" t="s">
-        <v>622</v>
+        <v>630</v>
       </c>
       <c r="K96" s="5" t="s">
-        <v>629</v>
+        <v>631</v>
       </c>
       <c r="L96" s="6" t="s">
-        <v>630</v>
+        <v>632</v>
       </c>
       <c r="M96" s="5" t="s">
-        <v>631</v>
+        <v>633</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="5" t="s">
-        <v>632</v>
+        <v>634</v>
       </c>
       <c r="B97" s="5" t="s">
-        <v>14</v>
+        <v>151</v>
       </c>
       <c r="C97" s="5" t="s">
-        <v>74</v>
+        <v>162</v>
       </c>
       <c r="D97" s="5" t="s">
-        <v>564</v>
+        <v>116</v>
       </c>
       <c r="E97" s="5" t="s">
-        <v>75</v>
+        <v>533</v>
       </c>
       <c r="F97" s="5" t="s">
-        <v>565</v>
+        <v>613</v>
       </c>
       <c r="G97" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H97" s="5" t="s">
-        <v>633</v>
+        <v>635</v>
       </c>
       <c r="I97" s="5" t="s">
-        <v>634</v>
+        <v>636</v>
       </c>
       <c r="J97" s="5" t="s">
-        <v>568</v>
+        <v>630</v>
       </c>
       <c r="K97" s="5" t="s">
-        <v>635</v>
+        <v>637</v>
       </c>
       <c r="L97" s="6" t="s">
-        <v>636</v>
+        <v>638</v>
       </c>
       <c r="M97" s="5" t="s">
-        <v>637</v>
+        <v>639</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="5" t="s">
-        <v>638</v>
+        <v>640</v>
       </c>
       <c r="B98" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C98" s="5" t="s">
         <v>74</v>
       </c>
       <c r="D98" s="5" t="s">
-        <v>362</v>
+        <v>572</v>
       </c>
       <c r="E98" s="5" t="s">
         <v>75</v>
       </c>
-      <c r="F98" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F98" s="5" t="s">
+        <v>573</v>
       </c>
       <c r="G98" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H98" s="5" t="s">
-        <v>639</v>
+        <v>641</v>
       </c>
       <c r="I98" s="5" t="s">
-        <v>640</v>
+        <v>642</v>
       </c>
       <c r="J98" s="5" t="s">
-        <v>503</v>
+        <v>576</v>
       </c>
       <c r="K98" s="5" t="s">
-        <v>641</v>
+        <v>643</v>
       </c>
       <c r="L98" s="6" t="s">
-        <v>642</v>
+        <v>644</v>
       </c>
       <c r="M98" s="5" t="s">
-        <v>643</v>
+        <v>645</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="5" t="s">
-        <v>644</v>
+        <v>646</v>
       </c>
       <c r="B99" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C99" s="5" t="s">
-        <v>32</v>
+        <v>74</v>
       </c>
       <c r="D99" s="5" t="s">
-        <v>508</v>
-[...4 lines deleted...]
-        </is>
+        <v>370</v>
+      </c>
+      <c r="E99" s="5" t="s">
+        <v>75</v>
       </c>
       <c r="F99" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G99" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H99" s="5" t="s">
-        <v>645</v>
+        <v>647</v>
       </c>
       <c r="I99" s="5" t="s">
-        <v>646</v>
+        <v>648</v>
       </c>
       <c r="J99" s="5" t="s">
-        <v>568</v>
+        <v>511</v>
       </c>
       <c r="K99" s="5" t="s">
-        <v>647</v>
+        <v>649</v>
       </c>
       <c r="L99" s="6" t="s">
-        <v>648</v>
+        <v>650</v>
       </c>
       <c r="M99" s="5" t="s">
-        <v>649</v>
+        <v>651</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="5" t="s">
-        <v>650</v>
+        <v>652</v>
       </c>
       <c r="B100" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C100" s="5" t="s">
-        <v>154</v>
+        <v>32</v>
       </c>
       <c r="D100" s="5" t="s">
-        <v>116</v>
-[...5 lines deleted...]
-        <v>651</v>
+        <v>516</v>
+      </c>
+      <c r="E100" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F100" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G100" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H100" s="5" t="s">
-        <v>652</v>
+        <v>653</v>
       </c>
       <c r="I100" s="5" t="s">
-        <v>653</v>
+        <v>654</v>
       </c>
       <c r="J100" s="5" t="s">
-        <v>654</v>
+        <v>576</v>
       </c>
       <c r="K100" s="5" t="s">
         <v>655</v>
       </c>
       <c r="L100" s="6" t="s">
         <v>656</v>
       </c>
       <c r="M100" s="5" t="s">
         <v>657</v>
+      </c>
+    </row>
+    <row r="101">
+      <c r="A101" s="5" t="s">
+        <v>658</v>
+      </c>
+      <c r="B101" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C101" s="5" t="s">
+        <v>162</v>
+      </c>
+      <c r="D101" s="5" t="s">
+        <v>116</v>
+      </c>
+      <c r="E101" s="5" t="s">
+        <v>533</v>
+      </c>
+      <c r="F101" s="5" t="s">
+        <v>659</v>
+      </c>
+      <c r="G101" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H101" s="5" t="s">
+        <v>660</v>
+      </c>
+      <c r="I101" s="5" t="s">
+        <v>661</v>
+      </c>
+      <c r="J101" s="5" t="s">
+        <v>662</v>
+      </c>
+      <c r="K101" s="5" t="s">
+        <v>663</v>
+      </c>
+      <c r="L101" s="6" t="s">
+        <v>664</v>
+      </c>
+      <c r="M101" s="5" t="s">
+        <v>665</v>
+      </c>
+    </row>
+    <row r="102">
+      <c r="A102" s="5" t="s">
+        <v>666</v>
+      </c>
+      <c r="B102" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C102" s="5" t="s">
+        <v>162</v>
+      </c>
+      <c r="D102" s="5" t="s">
+        <v>116</v>
+      </c>
+      <c r="E102" s="5" t="s">
+        <v>550</v>
+      </c>
+      <c r="F102" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G102" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H102" s="5" t="s">
+        <v>667</v>
+      </c>
+      <c r="I102" s="5" t="s">
+        <v>668</v>
+      </c>
+      <c r="J102" s="5" t="s">
+        <v>669</v>
+      </c>
+      <c r="K102" s="5" t="s">
+        <v>670</v>
+      </c>
+      <c r="L102" s="6" t="s">
+        <v>671</v>
+      </c>
+      <c r="M102" s="5" t="s">
+        <v>672</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>
     <hyperlink ref="M13" r:id="rId18"/>
     <hyperlink ref="M14" r:id="rId19"/>
     <hyperlink ref="M15" r:id="rId20"/>
     <hyperlink ref="M16" r:id="rId21"/>
     <hyperlink ref="M17" r:id="rId22"/>
     <hyperlink ref="M18" r:id="rId23"/>
     <hyperlink ref="M19" r:id="rId24"/>
     <hyperlink ref="M20" r:id="rId25"/>
     <hyperlink ref="M21" r:id="rId26"/>
@@ -8617,44 +8828,46 @@
     <hyperlink ref="M76" r:id="rId81"/>
     <hyperlink ref="M77" r:id="rId82"/>
     <hyperlink ref="M78" r:id="rId83"/>
     <hyperlink ref="M79" r:id="rId84"/>
     <hyperlink ref="M80" r:id="rId85"/>
     <hyperlink ref="M81" r:id="rId86"/>
     <hyperlink ref="M82" r:id="rId87"/>
     <hyperlink ref="M83" r:id="rId88"/>
     <hyperlink ref="M84" r:id="rId89"/>
     <hyperlink ref="M85" r:id="rId90"/>
     <hyperlink ref="M86" r:id="rId91"/>
     <hyperlink ref="M87" r:id="rId92"/>
     <hyperlink ref="M88" r:id="rId93"/>
     <hyperlink ref="M89" r:id="rId94"/>
     <hyperlink ref="M90" r:id="rId95"/>
     <hyperlink ref="M91" r:id="rId96"/>
     <hyperlink ref="M92" r:id="rId97"/>
     <hyperlink ref="M93" r:id="rId98"/>
     <hyperlink ref="M94" r:id="rId99"/>
     <hyperlink ref="M95" r:id="rId100"/>
     <hyperlink ref="M96" r:id="rId101"/>
     <hyperlink ref="M97" r:id="rId102"/>
     <hyperlink ref="M98" r:id="rId103"/>
     <hyperlink ref="M99" r:id="rId104"/>
     <hyperlink ref="M100" r:id="rId105"/>
+    <hyperlink ref="M101" r:id="rId106"/>
+    <hyperlink ref="M102" r:id="rId107"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>