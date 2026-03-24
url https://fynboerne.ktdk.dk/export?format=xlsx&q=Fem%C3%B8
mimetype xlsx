--- v2 (2026-02-05)
+++ v3 (2026-03-24)
@@ -3,51 +3,51 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1008" uniqueCount="673" xml:space="preserve">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1028" uniqueCount="686" xml:space="preserve">
   <si>
     <t>Datering/Værktitel</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
@@ -627,50 +627,132 @@
 Et par piger samt Mogensens har været på besøg. Asta kørte Fru Mogensen til Højrup.
 Laura og sønnen Andreas/Dede har fanget krebs og spist dem. 
 Lægen tilråder, at Tante Visse/Louise Amstrup bliver indlagt på sindssygehospital. 
 Kirsten Jordemoder er død.
 Paludan har mødt greven, som undrede sig over ikke at have hørt fra Albrecht Warberg i fem uger. Albrecht bør skrive til ham.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/RMwG</t>
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:]
 Hr. Godsforvalter Warberg
 cand. jur.
 Gothersgade 129 – 4 Sal
 København K.
 [Håndskrevet på kuvertens bagside:]
 Afs: Warberg – Erikshaab – Højrup – Fyn
 Poststempel
 [I brevet:]
 Mandag d: 19de
 Kære Abba! 
 Det er bedst, Du faaer et Extrabrev i Dag, vi antager nemlig at Du snart maa være i Færd med at rejse hjem I Fredags kom Elles Udstyr og vi havde om Eftermiddagen Fredag ["Fredag" indsat over linien] 3 [ulæseligt ord] og 3 unge Piger til at see det; de var meget begejstrede over det Hele. Vi havde en fin Mellemmad til dem og Chocolade, Kaffe og Bagværk. de havde meddelt, at de ikke kunde blive til The, men da de skulde afsted og jeg bad dem blive, kunde de rigtig godt. Vi havde altsaa kun en meget tarvelig, uforberedt Aftensmad til dem. Bagefter fik vi lidt Musik og Kl. 8 ½ kørte Jørgen dem hjem, jeg var med. Mogensen var ogsaa med til Mellemmaden; han var bedt til Kl. 4, men han kom først, da vi andre næsten var færdig, han nød med god Appetit en vældig Mellemmad, Elle kommanderede ham til at spise op og det gjorde han til vor usigelige Forbauselse. De bad om at laane Dora til at hente en ung Dame ved Stationen, men saa fandt Mogensen og Paludan paa at gaae til Ølstedgaard og saa maatte Asta køre for Fru Mogensen til Højrup (Asta er en god Kusk) Dede kom med dem i Vogn. Lørdag Eftermiddag var jeg et Par Timer med Dede ude at krebse i Mergelgraven vi fik 39 Krebs ["Krebs" indsat over linjen] som vi nød til Aften. Søndag var jeg i Kirke; [ulæseligt ord] fortalte mig da, at nu havde Doktoren bedt hende tage snarest mulig til Ølstedgaard og bearbejde Visse til at komme paa Sindssygeanstalt, for det var rent galt derovre, og nu havde Visse selv i et Brev til Doktoren udtalt, at nu maatte hun hjemmefra, for Amstrup var saadan og saadan. I Morgen skal komme derover. I Dag Kl. 12 kører Elle og jeg til Østerhæsinge at anmelde Kirsten Jordemoders Begravelse. Paludan er paa Arreskov. Han var paa Vejen dertil i Lørdags, men mødte Grevens og vendte om, kørte med dem til Leddet. Greven undrede sig over, at han ikke havde hørt et Ord fra Dig i de 5 Uger, mon Du ikke skulde skrive til ham og melde Dagen, Du kommer hjem? Pal. og jeg mener, dette skulde skrives til Dig. Sidste Nat havde vi en lille Torden med megen Regn; der var en stor Ildebrand Nord paa. Vi venter hver Dag Brev fra Muk. Nu Farvel! Mange Hilsener fra os alle! Dette i al Hast, jeg er staaet saa sent op i Dag og har derfor en Del travlt. 
 Din Smaa.
 [Skrevet langs venstre kant på side 1:] 
 I Gaar kørte Dede os til Odensebakken, vi havde Mellemmad med og tilbragte 4 uhyre behagelige Timer, der var henrivende. Asta cyclede og Pal. gik. Astrid var i Odense Kl. 8 i Aftes kom Mogensens helt herned.</t>
+  </si>
+  <si>
+    <t>1899-08-20</t>
+  </si>
+  <si>
+    <t>Bellevue St.</t>
+  </si>
+  <si>
+    <t>Malin   Holmström-Ingers
+Jonas Lie
+Christine  Mackie
+Charles Pear
+Clarence Sawyer
+Helen Sawyer
+- Sawyer, Harris' far
+- Taylor
+Andreas Warberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Separationsspørgsmålet: Ellen og Harris Sawyer boede den første tid af deres ægteskab sammen med hans forældre, søstre og bedstemor. Det fungerede ikke, så Harris og Ellen arbejdede på at komme til at bo for sig selv. 
+Fran Dewick og hans forlovede kendes ikke; heller ikke Mr. Edmans, Føreren eller Dr. Richards med kone og døtre. 
+1 amerikansk alen er 62,81 cm.
+En gammel dansk fod er en historisk længdeenhed, der før metersystemets indførelse i 1907 var defineret som 31,385 cm (ofte rundet til 31,4 cm). En dansk fod svarer til 12 tommer (á 2,615 cm) og udgør halvdelen af en alen.
+Den danske mil blev afskaffet ved metersystemets indførelse i 1907, hvor den omregnedes til 7532 meter.
+Det vides ikke, hvad en Marie Kirstine Gryde er.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1526</t>
+  </si>
+  <si>
+    <t>Ellen og Harris Sawyer har haft en dejlig rejse, og det er svært at komme hjem til familien. De to har diskuteret separationen, og de har nu vendt sagen med Harris' familie. Man flytter formodentlig hver til sit om to måneder. 
+Rejsen bestod af en todages fodtur over bjergene. Flere af deltagerne måtte melde fra, men fire personer kom afsted. De vandrede gennem løvskov op ad bakke. Højere oppe var der granskov og vandfald med iskoldt, krystalklart vand. Føreren gik i forvejen til en lille hytte, hvor han havde tændt op i ildstedet. Han havde medbragt forsyninger og kogte kødsuppe samt serverede skinke, kartofler mm. Efter maden studerede man måneskinnet og udsigten. Inde i hytten igen fortalte føreren om dengang, hvor han havde dræbt en bjørn. Man sov på et leje af grankviste og med dækkener over sig. Næste morgen vandrede selskabet videre. På toppen af Mount Washington er der opført et fancy hotel, hvilket generede alle, men de gik alligevel derind og fik et dejligt måltid. Derefter gik de ned ad bakke, hvilket var hårdt. 
+Ellen og Harris har også besøgt Ravinehouse, som er en kombination af en bondegård og et hotel. Her lærte Ellen et par søde familier at kende. Ellen ville gerne på en vandretur i bjergene med Andreas/Dede Warberg.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/xcGh</t>
+  </si>
+  <si>
+    <t>Bellevue St Aug 20.
+Kære Mor!
+Du er vist lidt Utålmodig over den Uorden, der har indsneget sig i mine Breve. Jeg kan nu en Gang ikke skrive uden den tilbørlige Ro og den får jeg først nu, da vi ere hjemme igen efter vor storartede Rejse. Vi har begge haft udmærket af den. Harry har fået en Antydning af mere Fyld i Kinderne og er brun og solbrændt og jeg føler mig som i min tidligste Ungdom. Det er ikke ret opløftende at komme hjem igen til al Famijetrætheden og do-Sygeligheden, men jeg tager mig det let, - vi har nemlig på Rejsen diskuteret Separationsspørgsmålet grundigt og i Dag har der været alm. Rådslagning. Om Gud vil skal det ske om 2 Måneder (1ste Nov.) men jeg er forberedt på at de må holdes til hele Tiden for at det ikke skal blive ved Snakken alene. De er af den Sort, at de snakker, beslutter og slår fast, og derved bliver det så. I de to Måneder skulde den gamle så betale den ["den" overstreget] Huslejen så vi kan komme i Forhånden til Vinterens Udgifter. - Hvis vi ikke med stor Lethed kan finde en anden Lejlighed bliver vi her. Ganske vist tror jeg ikke på det, før jeg aner det, - men der er dog mere Udsigt til at blive alene nu, end der hidtil har været og det er mig en stor Trøst at tænke på. 
+Nu skulde jeg se at fortælle lidt om Rejsen og vore Oplevelser. Det vigtigste var vores Tur over Bjærgene - vor to Dages Fodtur, som i Grunden kom helt uventet på os. Planen var at Helen, Ch. Pear, Frank Dewicks med Forlovet, Dr. Tailors, samt et Par Ægtefolk til alle skulde mødes på ”Rasinehouse” – det lille Hotel hvor vi var – og gøre Turen sammen. Men det hændte sig sådan, at Helen forvred sin Ankel, Frank D. fik Mavepine, og da de to ikke kunde gå, vilde Forloveden og Chr. Pear heller ikke. Ægteparrets Barn blev syg så de ikke turde tage fra det, - så da Dr. Tailors kom rejsende Onsdag Form. var der ingen af de oprindelige som kunde. H. og jeg havde tænkt, at vi vilde følge dem. – klatre 3000 Fod op og gå en anden Vej ned. Ved Hjælp af mine nye Venner (som jeg senere skal fortælle om) var jeg bleven udstyren med et kort Cycleskørt og en Randsel til hver af os. (H. og mig). Efter Middag begav vi fire os afsted, Klk var to, Vejret var fortrinligt og Humøret var højt. Hvordan skal jeg beskrive denne Tur, - gid jeg havde Ordet i min Magt, så jeg kunde give en svag Forestilling om det. Det plager mig under hele Turen midt i min Begejstring at jeg ikke vilde kunne beskrive det fyldestgørende for jer hjemme. – Den første Timestid gik Stien gennem Løvskov som vi kender dem hjemme, - kun tættere og bestandig op ad Bakke. Længere oppe begyndte Grantræerne Stien blev smallere og stejlere, Graniten kom mere til Sygne Luften begyndte at blive lettere. Undertiden kom vi til Bække som kom styrtende ned af Bjærget i lange Spring (i alm. Tale kaldet Vandfald) Vandet er selv i den hedeste Sommer iskoldt og klart som Krystal. Det kommer fra smeltet Is, som ligger i de dybe Læn ["læn" overstreget] Klipperevner længere og hele Året rundt. – Vor Fører var imidlertid gået i Fove ["fove" overstreget] Forvejen for at forberede i ”the camp”. Det er farligt at færdes uden Fører, da Stierne er vildsomme og undertiden næsten umulige at finde fordi de på lange Strækninger kun består i, at der hver 20nde Allen er lagt en lille Bunke Sten. Henunder Aften kom vi til ”the camp”. Det er en Robinsonhytte, som er bygget af en [”en” indsat over linjen] Mr. Edmans for dem, der går over Bjærgene og blive overfalden af Tåge el. Træthed. Det er en lille bitte Hus, hvis ene Væg er borttaget, den åbne Side vender ind mod den blotte Klippevæg, så det ikke kan blæse ind. Imod Klippen er der bygget et Ildsted, og der havde Føreren gjort Ild, da vi ankom. Mens vi så os om, kogte han Aftensmad i nogle sorte Marie Kirstine Gryder. Vi havde Kødsuppe, Skinke, varme Kartofler, blødkogte Æg, Kager, Rosiner, Portvin o.s.v. og tilsidst en Kop sort Mandfolkekaffe. Føreren havde båret Fortæringen i en Kurv og lavede det hele til. Veltilfredse og mætte gik vi ud igen og så på Måneskinnet – og som det va_r!!!! Det kan ikke beskrives. Ensomheden, Stilheden, den milevide Udsigt over Skove og atter Skove, og dybt nede mellem Bjærgene den smalle Stribe opdyrket Dal, hvor et lille bitte Legetøjstog kom raslende. Efterhånden blev det imidlertid så ”friskt” at vi lagde Poesien bort til en anden Gang. Føreren lagde mere Brænde på Ilden og vi satte os tæt sammen [papir mangler]en for at holde Varmen Talen faldt på Tåge, Uvejr og Bjørne og Føreren, som indtil da ikke havde mælet opløftede sin Røst og fortalte om hvordan han for et Par År siden med Fare for sig selv havde dræbt en Bjørn på 300 Pund. – Det var Stemning det - at sidde der omkring Ilden og høre Bjørnehistorier og se ud til den mørke Skov og vide, at det ikke var Mennesker i Miles Afstand. Hytter er forsynet med en Masse Dækner og en Del af Gulvet er belagt med ¼ Al små Grankviste og indsvøbte i Dæknerne tilbragte vi en meget behagelig Nat i skøn Enighed med Tailors og Føreren. Om Natten kom der en Grævling snusende, men vi fik den da jaget væk, inden den kom ind. Klk 5 stod vi op, indtog et ligeså splendidt Foder som om Aftenen og begav os afsted op ad Bjærget. Træerne bleve mere og mere forkrøblede og små, så [papir mangler] til det til sidst kun var små gamle lavbenede Buske, - så forsvandt også de og der var kun Granitblokke af en uhyre Størrelse smidt Hulter til Bulter mellem hinanden, - på alle fire klatrede vi op, hoppede fra Sten til Sten og hjalp hinanden. Hver fem Min gjorde vi Holdt og så omkring i den storslåede Natur. Så langt vi kunde se var det Bjærg ved Bjærg bevokset med Skov med på Toppen. Luften var så let og ren, som jeg aldrig havde oplevet det før. – Den første Bjergtop vi var på var Mount Madison, som hænger sammen med Mount Clay, der er forbundet med Mount Washington – den højeste Top i White Mountains” 6.400 Fod. 
+[Tegning]
+Det gik godt ned ad Madison og rundt om Clay, som er det farligste, - jeg var foran og langt dygtigere til at klatre end Mrs. Tailor - indtil jeg pludselig fik Foden ned imellem to Sten og skrabede det slemt. Fra da af måtte vi gå langsomt og vi nåede først Toppen af W. Klk 1, - 6 Timer om 1½ dansk Mil. På Toppen af Mount W. er der til manges (også min) Forargelse bygget fashionabelt Hotel og Restaurant. En Tandhjulsbane løber derop to Gange om Dagen og den er fuldt med Tourister. Der var imidlertid den Fordel at vi kunde få kristelig Mad og vi indtog en Diner, som jeg ikke har set Magen til før eller siden. – Nu var det Bestemmelsen at jeg vi [”vi” indsat over linjen] skulde tage ned med Toget, - men jeg følte mig så frisk og rask trods mit stive Ben, at vi besluttede at følge Trop og gå ned ad Kørevejen. Med uhyre Omkostninger er der anlagt en sådan for Tourister, som befordres op og ned i store Vogne med 6 Heste for. Det er 2 d. Mil – en ganske dejlig Tur, - men vi begærede dog ikke mere, da vi nåede Bunden. Det er grulig trættende at gå ned ad Bakke to stive Mil. En Vogn fra Hotellet ventede på os dernede og vi kom ["kom" overstreget] nåede hjem c. Klk 9. Jeg var faktisk den mindst ødelagte, hvad jeg til Dato har ondt ved at fatte. 
+I Hotellet lå et Telegram om at komme hjem straks på Grund af overhængende Forretninger. Vi ventede imidlertid næste Dag over for ikke at blive for medtagne. 
+Det var to storartede Uger. Ravinehouse er en Bondegård som til Dels er omdannet til Hotel. Den drives stadig, - der var Køer, Høstakke o.s.v. som glædede mit Hjærte. Alle Stuer var lave med åbne Ildsteder, hvor der blev fyret hver Aften. Der er ikke Antydning af Have Anlæg el. anden Hotelpragt. – 
+Der kommer hvert År de samme Mennesker, - en Samling usædvanlig dannede Mennesker. Særlig sluttede jeg mig til en Dr. Richards – en gl. lærd Præst med Kone og tre Døtre, - de _mindst amerikanske jeg endnu har set. Hele Familjen er som taget ud af en af Jonas Lies Bøger – den yngste 21 – mindede mig levende om Dis. Desværre bor de ikke i Boston, men i Providence.
+Jeg tænkte på Dede, da vi gik over Bjærgene og var i ”camp”. Gid han en Gang kunde gøre en sådan en Tur med os. – Hilsen til alle, - mor dig godt i Sverige, - næste Brev bliver til Mornine. – Elle
+[Skrevet på tværs øverst s. 1:]
+Har haft Brev fra Molle. De ere alle raske nu. Lugge takker for hendes Brev. Undskyld den grulige Skrift Pen!!!!</t>
+  </si>
+  <si>
+    <t>1899-10-09</t>
+  </si>
+  <si>
+    <t>Boston</t>
+  </si>
+  <si>
+    <t>Kinin anvendes til behandling af muskelkramper og som malariamiddel. (Lex.dk).
+Ellen og Harris Sawyer ventede deres første og eneste barn og var sikre på, at det var en dreng. Deres datter blev født 16. jan. 1900. 
+Uffe: Ukendt person på Hvilan Hogskola i Sverige?
+I 1893 var Ellen Sawyer elev på Hvilan Högskola pr. Åkorp nær Malmö. Hun fik her flere svenske bekendte, som hun holdt kontakt med gennem nogle år. En af dem var Molle Holmström-Ingers. I februar 1893 inviterede hun Alhed Larsen til bal på Hvilan. Molle Holmström-Ingers var 1895-1896 lærer ved Lunnevads Folkhögskola og fra 1897 ved Hvilan. Fra 1908 var hun husmor, men hun var aktiv i diverse foreningsarbejde (Svensk Wikipedia: Malin Ingers, marts 2026).</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1570</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/OF9T</t>
+  </si>
+  <si>
+    <t>Boston d. 9ende Okt - 99.
+Kære Mor. 
+Du er bleven så uholdbar med Breve i den senere Tid, at jeg i Aften så småt havde tænkt på at henvende mig til Junge. Madame el. Pan el. én af de andre mange, som jeg i høj Grad skylder Brev, men så slog det mig, at jeg nok har narret dig flere Gange uden at blive straffet, og da jeg havde tænkt lidt mere efter, kom jeg i Tanker om, at dit sidste Brev nok kom efter at jeg sendte mit sidste. – Der var en Side fra Fader, som jeg vil bede dig takke ham for. Jeg føler mig altid så hædret, når Fader skriver til mig. Jeg tænker ofte på at skrive til ham, - selv om alle mine Breve til dig naturligvis er til ham også, er det ikke helt det samme som en direkte Henvendelse. – Men det værste er, at hvad jeg har at sige i Reglen egner sig ulige bedre til at meddele dig, - jeg er bange, Far gennemgående finder mine Breve meget kedsommelige. – Jeg har i den senere Tid tænkt på, hvor det vilde interessere Far at spille Skak, - det forekommer mig, at det netop vilde være et Spil for ham, - det vilde være lidt for langsomt for dig, men Disser vilde vist blive god at spille med. - Vi dyrker det med Lidenskab, - jeg bliver ynkelig slagen hver Aften, men det er lige morsomt for det. 
+Jeg har haft Harry hjemme idag på Grund af en slem Forkølelse. Igår var han skidt hele Dagen, tog Quinin og hang af; idag blev han liggende med Grødomslag og vi havde Dr. Jenkins ude at se til ham. Han gav ham noget Medicin som synes at have virket hurtigt, for i Aften følte han sig så vel at han stod op og spiste til Aften hernede. – Andre vilde ikke tage sig så meget af en almindelig Forkølelse, men det er nødvendigt for ham, som har så lidt Huld og Kræfter at undvære. Men jeg tør nok sige, at han bliver passet så godt som det kan lade sig gøre. Der er et Punkt, hvor jeg er meget ømfindtlig: jeg tåler ingen Indblanding i mine Anliggender, og jeg bliver rasende, når Familjen (i dette Tilfælde Svigermoder) betragter det som sin Pligt at passe ham. Jeg tåler end ikke Råd af nogen Art, - de må uhindret spørge hvordan han har det, men intet derudover. Jeg har nu efterhånden fået det indprentet tror jeg, Svigermoder har kun én Gang idag været oppe at se til ham. – Det kan jo nok være at det må være lidt underligt sådan at pludselig at blive sat udenfor, - Harry har altid været hendes Øjesten, - men det kan ikke blive anderledes – hvad der er mit er mit. Jeg begynder så småt at få Øjnene op for at der er noget i den gamle Snak med ”die böse Schwiegermutter”. Guderne skal vide, at ingen kan være mere føjelig el. from og føjelig end Harrys Moder, og dog er hun for mig udpræget ”die Schwiegermutter”. Harry ved nok at han må være forsigtig på de Områder, – det er kun lige til at jeg finder mig i at han taler til de andre, - de klager også over at han ikke mere bryder sig om dem – men jeg er på det Punkt ufølsom. – 
+Når den lille Søn kommer, bliver det formodentlig lige det samme om igen, - en stiltiende Kamp om min retmæssige Ejendom. Jeg har det jo så småt med Familje her, så jeg må strængt holde Hævd over hvad der tilhører mig. Imidlertid, som sagt, hvad Harry angår, har jeg ikke længere Grund til at klage, - han er mindre og mindre ”Familjemedlem” og dette har bevirket at jeg bedre kan finde mig i dem, - jeg kreperer mig ikke mere over dem, og kan helt godt finde mig i den endelige Beslutning, at de bliver her i Vinter. Hvem ved - måske vi kan få Helen forlovet el. gift i Vinterens Løb, og måske gamle Bedstemor piller af (hun er så gammel som Methusalem) - det vil da lufte lidt og blive lettere at blive ordnet på èn for alle Parter tilfredsstillende Måde.
+Tirsdag. Harry har været oppe hele Dagen og er meget bedre. Det gælder nu kun om at indvinde hvad der er tabt af Kræfter og få Kinderne tilbage Det er et helt lille Studium at finde på hvad han skal spise, fordi Maven altid er skør, så snart han fejler noget. Kalvekarbonade med henkogte Grønærter faldt i god Jord idag. Det er en ukendt Ret her, - for ”sen og vanskelig” til at man vil lave det. Af Ben og Sener har jeg kogt lidt Suppe, som skal være til jævn Sellerisuppe til i Aften. Jeg koger ofte Selleri og jævner m Smørjævning og giver Harry som Gemyse, - det er letfordøjeligt og sundt. Det var aldeles ukendt at koge Selleri. I det-hele-taget er det besynderligt så lidt Folk her bryder sig om rigtig Mad, - det er Pie og Kage det drejer sig om. Den arme Harry har lidt derunder i mange Aar. – De har her til Lands en Skik, som jeg må respektere: Om Søndagen gives der kun èt solidt Måltid, - Middag midt på Dagen. Aftensmaden består i Kiks, Kage højst lidt koldt Kød, Brød og Smør. Hvor de har Pige, har hun så godt som altid Friaften om Søndagen, og de tager det da så let som muligt. 
+Tak for dit Billedkort idag. Det har moret os at se på det og indbilde os, at vi spadserede i Ørstedsparken. Hvor det dog var morsomt at du besøgte Uffe og Hvilan, - jeg glæder mig til at høre rigtig meget derom. Jeg er forresten stadig i Kontakt med Molle, har nylig skrevet til hende. – Jeg nyder mine Malerier, det er utroligt hvor Rammerne flatere. Do. Jenkins så dem igår og var uhyre interesseret. Også i Bedstefaders Buste og mine Antikviteter. Han så også mine Lagner med Mellemværkerne. Kniplinger er en stor Raritèt her) og det vævede Tæppe jeg fik fra Hvilan. Han er selv en ivrig Samler af ”alt Slags kønt” som forresten ikke gror på Træerne her. Han har det med indiske, persiske og japanesiske Kunstgenstande og Antikviteter. – Det er det mest henrivende milde Oktobervejr, man kan tænke sig, - her er så smukt i Smågaderne eller Alléerne heromkring. – Kloge Folk siger at jeg kan vente Drengen om tre Måneder. Han er uhyre skikkelig har endnu ikke voldt mig så meget som 1 Times Ubehagelig. – Jeg har en udpræget Fornemmelse af at jeg må røre mig meget, så jeg traver omkring i Huslighed det meste af Dagen og går ud hver Dag. – Hvis ikke Harry ikke netop var ved at 
+[Skrevet langs venstre margen s. 4:]
+tage en Lur vilde han sikkert sende Hilsen. Bunker af Hilsner til alle fra Far til Lofts- [indsat nederst s. 3; på tværs:] assistenten fra Elle. 
+[Skrevet på hovedet øverst s. 1:]
+Harry sagde idag, at der var et dansk Ord, som han så ofte så i Aviserne, men som det aldrig var ham mulig at finde i noget Leksikon, nemlig ”Handel-sophâ-velse” (hp udtalte han som f.) Langt om længe gik det op for mig at det var ”Handelsophævelse”. – Han troede det var noget med en Sofa.</t>
   </si>
   <si>
     <t>1900-01-18</t>
   </si>
   <si>
     <t>København</t>
   </si>
   <si>
     <t>Berta Brandstrup
 Christian  Brandstrup
 Ellen Johansen
 Asta Krohn
 Andreas Larsen
 Olga Lau
 Theodor Oppermann
 Theodor Philipsen
 Karl Schou
 Marie Schou
 Christine Swane</t>
   </si>
   <si>
     <t>Af det forrige brev fra Johannes til Alhed Larsen ser det ud til, at den omtalte udstilling fandt sted hos Winkel &amp;amp; Magnussen på Højbro Plads.</t>
   </si>
   <si>
     <t>Johannes Larsen har hængt udstilling op og ændret på den fire-fem gange. Christine Larsen (Uglen), Oppermann og Karl Schou har hjulpet. Det store billede af Alhed og Puf er hovednummeret. Udstillingen åbner den følgende dag.</t>
@@ -791,53 +873,50 @@
   <si>
     <t>Johannes og Christine Larsen har netop tilbragt omkring en måned i Nordskov hos Peder og Else Marie (Sine) Nielsen for at male. "Nordskoverne" er dette ægtepar. Parret havde på daværende tidspunkt tre døtre.
 Johannes Larsen er i dette brev for første gang begyndt at kalde sine forældre for Farmor og Farfar.
 Johannes Larsen og hans drenge er i Kerteminde, mens Alhed er i København, hvor hendes far skulle gennemgå en nyreoperation. Albrecht Warberg døde efter den fejlslagne operation 30. september 1902 (Alhed Larsen til Johannes Larsen 1. oktober 1902, Det Kongelige Bibliotek).</t>
   </si>
   <si>
     <t>Johannes Larsen er alene hjemme med drengene, og deres farmor og farfar passer lejlighedsvis dem. Puf har været syg om natten efter at have spist chokolade, lakrids og blommer.
 Peder Nielsen med familie har været på besøg fra Nordskov. De havde nogle lærreder mm med, men havde glemt Alheds staffeli. 
 Marie Svensker har fortalt, at en fremmed har gået rundt i lejligheden og desuden bedt hende om at smøre mad, hvilket hun ikke ville.
 Johannes Larsen håber, at det går godt med Alheds far.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/oAIO</t>
   </si>
   <si>
     <t>Kjerteminde 24 Septbr 1902.
 Kæreste Alhed!
 Der kom jo saa et Brev fra Junge i Morges, som forklarede at Telegrammet skulde være [noget af papiret mangler]gift mod et formodet [noget af papiret mangler] Tante Mis, som jo imidle[rtid er] udeblevet, der stod i øvrigt ikke noget videre nyt i det, men jeg haaber at Tilstandene er saadan, at Du kan interessere Dig lidt for hvad der er foregaaet her siden Du rejste. Altsaa Klaks gik med herop fra Banegaarden og tog derefter Puf med over til Farfar og Farmor og jeg fik saa Lysse fodret af og lagt i Seng og indtog min Aftensmad i Køkkenet sammen med Marie Svensker og senere ankom Farfar med Puf og vi gik saa i Seng ved 1 ½ Tiden, hen paa Natten jeg ved ikke hvad Tid, da Uret var gaaet ud vaagnede Puf og skulde [noget af papiret mangler]le, jeg maatte op og hjæl[pe ha]m, og næppe var jeg kom[men i] Seng og falden i Søvn før han raabte at han skulde spytte ud, hvad han saa gjorde paa Natkjolen og Sengeforlæggeren, mens han sagde: ”det er meget slemt, Laes, det de skidte Blommer jeg har spist, [”] han fik saa en af Dine Uldtrøjer paa og kom i Seng men havde ikke ligget længe før han vilde over til mig, og det kom han saa og sov til Kl. 10 ½ i Formiddags. Han var af Klaks bleven fodret med Shokolade og Lakrids i Butikken og senere med Blommer og Bayer hos Farfar. Jeg stod op Kl. 6 ½ og Lysse Kl. 8. Kl. 11 ½ var jeg færdig med at va[ske] og rydde op og feje, og [havde] faaet dem i Frakkerne [noget af papiret mangler] de havde spist. Saa kom Farmor og vilde hente os over og spise, men i det samme ankom Peder og Sine og Pigebørnene, de havde telefoneret i Gaar men Grossereren havde glemt at sige det da han var heroppe. Peder kørte ned med Vognen og jeg fik Moder til at sende Bud efter Wienerbrød og Smørkage. Saa gjorde jeg The og satte Vand paa og drak en Bitter med Sine. Og d[noget af papiret mangler] kom tilbage var Kaffen færdig og vi fik drukken den i Dagligstuen og forholdsvis hurtigt gjort Kaal paa for 40 Øre Brød, saa gik vi alle sammen til Byen hvor [noget af papiret mangler] jeg fik en gl. Karlsberg og [noget af papiret mangler] 2 Fl. Øl og 4 Bayere og [noget af papiret mangler]debrød i Vognen og drog herop med alle fem Børn. Klaks kom over og styrede dem mens jeg dækkede Bord i Køkkenet og fik Lysse til at sove til de kom tilbage. Menuen: Snaps og Ansjos, 10 Spejlæg stegt Due Spegepølse Kartoffelmad Ost, Jordbær Øl The Honningmad Cigar og jeg tror de var ret imponerede af det hele. Jeg havde foreslaaet Sine at stege og de 2 Urhøns men [hun] mente ikke hun kunde faa Tid og hun kom ogsaa 1 ½ Times Tid senere herop end Peder. Puf har gjort en Masse af det store i Eftermiddag, Lyse først Buxerne i Middag[noget af papiret mangler] efter en hel Del i Potten [noget af papiret mangler]lig i Buxerne da han[noget af papiret mangler]de. De ere nu med h[enne] hos Farfar og Farmor og i udmærket Humør begge 2. Marie Svensker var ovre at tage Tøj ned i Aften og fik 2 Spejlæg vi havde levnet Snaps og en Bayer, hun fik Kaffe og Honningmad i Morges, men har ellers holdt til herovre, jeg tror ogsaa hun er tilfreds ”alt i alt” som Vegmann skriver ”en hyggelig og fornøjelig Fest.” Apro[pos] Marie Svensker, saa fortalte hun i Gaar da jeg kom fra Banegaarden at der havde været en Rejsende mens vi var væk [han ha]vde været hele Lejligheden [igenn]em, hvorefter han kom [hen ti]l hende og spurgte og der [ingen] var hjemme, heller ingen Pige? og paa hendes benægtende Svar, opfordrede han hende til at gaa ind og smøre ham noget Mad, der stod saa meget dejlig Mad derinde sagde han. Det vilde hun imidlertid ikke og han maatte stikke af. Det Skind at han ikke aad Drengene. Jeg skal imidlertid lukke for Eftertiden naar jeg gaar ud det er jo ikke alle der er saa flinke at lade Ting ligge. Nu vilde jeg som sagt ønske at det maa være saa godt med Din Fader at Du er i Stand til at læse d[ette] igennem, og vil Du [nu] hilse ham og alle a[ndre] af Familien fra m[ig] ogsaa Schous naar du ser dem og lad mig høre lidt tit om hvordan det gaar. Hilsen fra Farmor og Farfar og Klaks og Puf og Lysse og Din Johannes Larsen
 PS.
 Hønsene har lagt 6 Æg og der var en til der laa paa Reden men jeg har ikke set Resultatet. Peder havde en Kasse, en Rulle Lærred og et Par Blendrammer med og havde fundet Dit Staffeli eller Kasseben, men glemt det. Vi spiser Urhønsene her i Morgen Middag. Jeg vil ikke undlade at bemærke at [noget af papiret mangler] forholdsvis pænt over [noget af papiret mangler] Huset da Nordskoverne [noget af papiret mangler]n. Det forekommer mig [for] Tiden som var der noget bestemt jeg vilde fortælle men ikke kan komme paa det er derfor Brevet er bleven saa langt, i det jeg bliver ved med at hænge i i Haab om at det skal komme, nu opgiver jeg det, maaske kommer det i Morgen. Godnat!
 Din
 Johannes Larsen.</t>
   </si>
   <si>
     <t>1903-07-27</t>
-  </si>
-[...1 lines deleted...]
-    <t>Boston</t>
   </si>
   <si>
     <t>Thora  Branner
 - Flagstad
 Adolph Larsen
 Christine  Mackie
 William Mackie
 - Skakke
 Vagn Thomsen
 Peter Tom-Petersen
 Laura Warberg</t>
   </si>
   <si>
     <t>Johanne Larsen var i Boston hos sine og Astrids to søstre, Christine og Ellen, som begge var gift med amerikanere. Begges ægteskaber knagede.</t>
   </si>
   <si>
     <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 0446</t>
   </si>
   <si>
     <t>Det må være svært for Johanne at opholde sig hos søstrene i Boston, og det er godt, at hun snart kommer hjem. Astrid vil hente hende på stationen i Højrup og tænker, at Junge må have det som den høne, Astrid engang kom til at holde indespærret i fem dage. 
 Astrid har haft besøg af Hr. Skakke, Flagstad, som ikke måtte synge pga. helbredet, Vagn Thomsen m.fl.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/RBsG</t>
   </si>
@@ -4102,59 +4181,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/05eB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/j8a2KPF3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dDEX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Rbhy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cfam" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AUNk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F9KW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oyRp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eArm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1O9Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RMwG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eTde" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/WsHnFLg1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O2nh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oAIO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RBsG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rj5a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gnOI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/D1e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1pFZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PsLJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/JIKLC0ja" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iCxe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Gw2o" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ygb2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mKHZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mHvr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/S3gy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pHau" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mF5h" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HNzo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CEx7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wKQ5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7l0g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eITH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZjM8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qisF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/N6eE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/m5Ai" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/byqD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/mRGYJww6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/c7S3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/xgN68ydL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/eSdVTLFW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lqb5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/SO734tro" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TSVC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Ywhb8eZR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bARK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/1xbJiDh5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tnTP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/AP4kFsI0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/SwS33elR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4Xri" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Qt3Wchow" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/MzqbODHZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DSTv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/InAM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZJav" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qiI2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wOFp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZVFx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/b4wJZexf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/UN6m6i0O" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/W4C1Dsb4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/GjmjBRL3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/uCIXb0ho" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/HE09QJq2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/YMKxiB52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zmGS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ueGf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A8wI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/11FIskzM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/q6O2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/aannmv6K" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/2PcTgoGU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qohh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dwyx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uGWz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QyIv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Yi5R" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QBkJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wsmJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vy50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eki6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zPGo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/H0vZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pzgi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EFiY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hAY5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3dkp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xWVO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cmc7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jdbc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0jIO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LwFS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5ord" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aqpt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rNe8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cB31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9xyB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/05eB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/j8a2KPF3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dDEX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Rbhy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cfam" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AUNk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F9KW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oyRp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eArm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1O9Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RMwG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xcGh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OF9T" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eTde" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/WsHnFLg1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O2nh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oAIO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RBsG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rj5a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gnOI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/D1e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1pFZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PsLJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/JIKLC0ja" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iCxe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Gw2o" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ygb2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mKHZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mHvr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/S3gy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pHau" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mF5h" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HNzo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CEx7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wKQ5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7l0g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eITH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZjM8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qisF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/N6eE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/m5Ai" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/byqD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/mRGYJww6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/c7S3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/xgN68ydL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/eSdVTLFW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lqb5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/SO734tro" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TSVC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Ywhb8eZR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bARK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/1xbJiDh5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tnTP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/AP4kFsI0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/SwS33elR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4Xri" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Qt3Wchow" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/MzqbODHZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DSTv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/InAM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZJav" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qiI2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wOFp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZVFx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/b4wJZexf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/UN6m6i0O" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/W4C1Dsb4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/GjmjBRL3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/uCIXb0ho" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/HE09QJq2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/YMKxiB52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zmGS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ueGf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A8wI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/11FIskzM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/q6O2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/aannmv6K" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/2PcTgoGU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qohh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dwyx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uGWz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QyIv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Yi5R" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QBkJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wsmJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vy50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eki6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zPGo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/H0vZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pzgi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EFiY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hAY5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3dkp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xWVO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cmc7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jdbc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0jIO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LwFS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5ord" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aqpt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rNe8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cB31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9xyB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M102"/>
+  <dimension ref="A1:M104"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -4676,4098 +4755,4192 @@
       </c>
       <c r="I12" s="5" t="s">
         <v>102</v>
       </c>
       <c r="J12" s="5" t="s">
         <v>103</v>
       </c>
       <c r="K12" s="5" t="s">
         <v>104</v>
       </c>
       <c r="L12" s="6" t="s">
         <v>105</v>
       </c>
       <c r="M12" s="5" t="s">
         <v>106</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="5" t="s">
         <v>107</v>
       </c>
       <c r="B13" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C13" s="5" t="s">
-        <v>74</v>
+        <v>83</v>
       </c>
       <c r="D13" s="5" t="s">
-        <v>33</v>
+        <v>15</v>
       </c>
       <c r="E13" s="5" t="s">
         <v>108</v>
       </c>
       <c r="F13" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G13" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H13" s="5" t="s">
         <v>109</v>
       </c>
       <c r="I13" s="5" t="s">
         <v>110</v>
       </c>
       <c r="J13" s="5" t="s">
-        <v>78</v>
+        <v>111</v>
       </c>
       <c r="K13" s="5" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="L13" s="6" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="M13" s="5" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="5" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="B14" s="5" t="s">
-        <v>115</v>
+        <v>14</v>
       </c>
       <c r="C14" s="5" t="s">
+        <v>83</v>
+      </c>
+      <c r="D14" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E14" s="5" t="s">
         <v>116</v>
       </c>
-      <c r="D14" s="5" t="inlineStr">
-[...8 lines deleted...]
-      </c>
       <c r="F14" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G14" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H14" s="5" t="s">
+      <c r="H14" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I14" s="5" t="s">
         <v>117</v>
       </c>
-      <c r="I14" s="5"/>
-[...5 lines deleted...]
-      <c r="K14" s="5" t="s">
+      <c r="J14" s="5" t="s">
         <v>118</v>
+      </c>
+      <c r="K14" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L14" s="6" t="s">
         <v>119</v>
       </c>
-      <c r="M14" s="5"/>
+      <c r="M14" s="5" t="s">
+        <v>120</v>
+      </c>
     </row>
     <row r="15">
       <c r="A15" s="5" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="B15" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C15" s="5" t="s">
         <v>74</v>
       </c>
       <c r="D15" s="5" t="s">
         <v>33</v>
       </c>
       <c r="E15" s="5" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="F15" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G15" s="5" t="s">
-        <v>122</v>
+      <c r="G15" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H15" s="5" t="s">
         <v>123</v>
       </c>
       <c r="I15" s="5" t="s">
         <v>124</v>
       </c>
       <c r="J15" s="5" t="s">
         <v>78</v>
       </c>
       <c r="K15" s="5" t="s">
         <v>125</v>
       </c>
       <c r="L15" s="6" t="s">
         <v>126</v>
       </c>
       <c r="M15" s="5" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="5" t="s">
         <v>128</v>
       </c>
       <c r="B16" s="5" t="s">
-        <v>14</v>
+        <v>129</v>
       </c>
       <c r="C16" s="5" t="s">
-        <v>74</v>
-[...5 lines deleted...]
-        <v>75</v>
+        <v>130</v>
+      </c>
+      <c r="D16" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F16" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G16" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H16" s="5" t="s">
-        <v>129</v>
-[...5 lines deleted...]
-        <v>78</v>
+        <v>131</v>
+      </c>
+      <c r="I16" s="5"/>
+      <c r="J16" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K16" s="5" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="L16" s="6" t="s">
-        <v>132</v>
-[...1 lines deleted...]
-      <c r="M16" s="5" t="s">
         <v>133</v>
       </c>
+      <c r="M16" s="5"/>
     </row>
     <row r="17">
       <c r="A17" s="5" t="s">
         <v>134</v>
       </c>
       <c r="B17" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C17" s="5" t="s">
-        <v>116</v>
+        <v>74</v>
       </c>
       <c r="D17" s="5" t="s">
-        <v>50</v>
+        <v>33</v>
       </c>
       <c r="E17" s="5" t="s">
-        <v>66</v>
-[...1 lines deleted...]
-      <c r="F17" s="5" t="s">
         <v>135</v>
       </c>
-      <c r="G17" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F17" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G17" s="5" t="s">
+        <v>136</v>
       </c>
       <c r="H17" s="5" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="I17" s="5" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="J17" s="5" t="s">
-        <v>138</v>
+        <v>78</v>
       </c>
       <c r="K17" s="5" t="s">
         <v>139</v>
       </c>
       <c r="L17" s="6" t="s">
         <v>140</v>
       </c>
       <c r="M17" s="5" t="s">
         <v>141</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="5" t="s">
         <v>142</v>
       </c>
       <c r="B18" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C18" s="5" t="s">
-        <v>49</v>
+        <v>74</v>
       </c>
       <c r="D18" s="5" t="s">
-        <v>15</v>
+        <v>33</v>
       </c>
       <c r="E18" s="5" t="s">
+        <v>75</v>
+      </c>
+      <c r="F18" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G18" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H18" s="5" t="s">
         <v>143</v>
       </c>
-      <c r="F18" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H18" s="5" t="s">
+      <c r="I18" s="5" t="s">
         <v>144</v>
       </c>
-      <c r="I18" s="5" t="s">
+      <c r="J18" s="5" t="s">
+        <v>78</v>
+      </c>
+      <c r="K18" s="5" t="s">
         <v>145</v>
       </c>
-      <c r="J18" s="5" t="s">
+      <c r="L18" s="6" t="s">
         <v>146</v>
       </c>
-      <c r="K18" s="5" t="s">
+      <c r="M18" s="5" t="s">
         <v>147</v>
-      </c>
-[...4 lines deleted...]
-        <v>149</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="5" t="s">
+        <v>148</v>
+      </c>
+      <c r="B19" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C19" s="5" t="s">
+        <v>130</v>
+      </c>
+      <c r="D19" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="E19" s="5" t="s">
+        <v>66</v>
+      </c>
+      <c r="F19" s="5" t="s">
+        <v>116</v>
+      </c>
+      <c r="G19" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H19" s="5" t="s">
+        <v>149</v>
+      </c>
+      <c r="I19" s="5" t="s">
         <v>150</v>
       </c>
-      <c r="B19" s="5" t="s">
+      <c r="J19" s="5" t="s">
         <v>151</v>
       </c>
-      <c r="C19" s="5" t="s">
+      <c r="K19" s="5" t="s">
         <v>152</v>
       </c>
-      <c r="D19" s="5" t="s">
+      <c r="L19" s="6" t="s">
         <v>153</v>
       </c>
-      <c r="E19" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F19" s="5" t="s">
+      <c r="M19" s="5" t="s">
         <v>154</v>
-      </c>
-[...21 lines deleted...]
-        <v>160</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="5" t="s">
-        <v>161</v>
+        <v>155</v>
       </c>
       <c r="B20" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C20" s="5" t="s">
-        <v>162</v>
+        <v>49</v>
       </c>
       <c r="D20" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="E20" s="5" t="inlineStr">
-[...5 lines deleted...]
-        <v>163</v>
+      <c r="E20" s="5" t="s">
+        <v>156</v>
+      </c>
+      <c r="F20" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G20" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H20" s="5" t="s">
-        <v>164</v>
+        <v>157</v>
       </c>
       <c r="I20" s="5" t="s">
-        <v>165</v>
+        <v>158</v>
       </c>
       <c r="J20" s="5" t="s">
-        <v>166</v>
+        <v>159</v>
       </c>
       <c r="K20" s="5" t="s">
-        <v>167</v>
+        <v>160</v>
       </c>
       <c r="L20" s="6" t="s">
-        <v>168</v>
+        <v>161</v>
       </c>
       <c r="M20" s="5" t="s">
-        <v>169</v>
+        <v>162</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="5" t="s">
+        <v>163</v>
+      </c>
+      <c r="B21" s="5" t="s">
+        <v>164</v>
+      </c>
+      <c r="C21" s="5" t="s">
+        <v>165</v>
+      </c>
+      <c r="D21" s="5" t="s">
+        <v>166</v>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F21" s="5" t="s">
+        <v>167</v>
+      </c>
+      <c r="G21" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H21" s="5" t="s">
+        <v>168</v>
+      </c>
+      <c r="I21" s="5" t="s">
+        <v>169</v>
+      </c>
+      <c r="J21" s="5" t="s">
         <v>170</v>
       </c>
-      <c r="B21" s="5" t="s">
-[...11 lines deleted...]
-      <c r="F21" s="5" t="s">
+      <c r="K21" s="5" t="s">
         <v>171</v>
       </c>
-      <c r="G21" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H21" s="5" t="s">
+      <c r="L21" s="6" t="s">
         <v>172</v>
       </c>
-      <c r="I21" s="5" t="s">
+      <c r="M21" s="5" t="s">
         <v>173</v>
-      </c>
-[...10 lines deleted...]
-        <v>176</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="5" t="s">
-        <v>177</v>
+        <v>174</v>
       </c>
       <c r="B22" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C22" s="5" t="s">
+        <v>175</v>
+      </c>
+      <c r="D22" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F22" s="5" t="s">
+        <v>176</v>
+      </c>
+      <c r="G22" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H22" s="5" t="s">
+        <v>177</v>
+      </c>
+      <c r="I22" s="5" t="s">
         <v>178</v>
       </c>
-      <c r="D22" s="5" t="s">
+      <c r="J22" s="5" t="s">
         <v>179</v>
       </c>
-      <c r="E22" s="5" t="s">
+      <c r="K22" s="5" t="s">
         <v>180</v>
       </c>
-      <c r="F22" s="5" t="s">
-[...7 lines deleted...]
-      <c r="H22" s="5" t="s">
+      <c r="L22" s="6" t="s">
         <v>181</v>
       </c>
-      <c r="I22" s="5"/>
-      <c r="J22" s="5" t="s">
+      <c r="M22" s="5" t="s">
         <v>182</v>
-      </c>
-[...7 lines deleted...]
-        <v>185</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="5" t="s">
-        <v>186</v>
+        <v>183</v>
       </c>
       <c r="B23" s="5" t="s">
-        <v>115</v>
+        <v>14</v>
       </c>
       <c r="C23" s="5" t="s">
         <v>74</v>
       </c>
-      <c r="D23" s="5" t="inlineStr">
-[...12 lines deleted...]
-        </is>
+      <c r="D23" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="E23" s="5" t="s">
+        <v>75</v>
+      </c>
+      <c r="F23" s="5" t="s">
+        <v>184</v>
       </c>
       <c r="G23" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H23" s="5" t="inlineStr">
-[...8 lines deleted...]
-        </is>
+      <c r="H23" s="5" t="s">
+        <v>185</v>
+      </c>
+      <c r="I23" s="5" t="s">
+        <v>186</v>
+      </c>
+      <c r="J23" s="5" t="s">
+        <v>78</v>
       </c>
       <c r="K23" s="5" t="s">
         <v>187</v>
       </c>
       <c r="L23" s="6" t="s">
         <v>188</v>
       </c>
-      <c r="M23" s="5"/>
+      <c r="M23" s="5" t="s">
+        <v>189</v>
+      </c>
     </row>
     <row r="24">
       <c r="A24" s="5" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="B24" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C24" s="5" t="s">
-        <v>74</v>
+        <v>191</v>
       </c>
       <c r="D24" s="5" t="s">
-        <v>33</v>
+        <v>192</v>
       </c>
       <c r="E24" s="5" t="s">
-        <v>108</v>
-[...4 lines deleted...]
-        </is>
+        <v>193</v>
+      </c>
+      <c r="F24" s="5" t="s">
+        <v>75</v>
       </c>
       <c r="G24" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H24" s="5" t="s">
-        <v>190</v>
-[...3 lines deleted...]
-      </c>
+        <v>194</v>
+      </c>
+      <c r="I24" s="5"/>
       <c r="J24" s="5" t="s">
-        <v>78</v>
+        <v>195</v>
       </c>
       <c r="K24" s="5" t="s">
-        <v>192</v>
+        <v>196</v>
       </c>
       <c r="L24" s="6" t="s">
-        <v>193</v>
+        <v>197</v>
       </c>
       <c r="M24" s="5" t="s">
-        <v>194</v>
+        <v>198</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="5" t="s">
-        <v>195</v>
+        <v>199</v>
       </c>
       <c r="B25" s="5" t="s">
-        <v>14</v>
-[...7 lines deleted...]
-        <v>196</v>
+        <v>129</v>
+      </c>
+      <c r="C25" s="5" t="s">
+        <v>74</v>
+      </c>
+      <c r="D25" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F25" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G25" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H25" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I25" s="5"/>
-      <c r="J25" s="5" t="s">
-        <v>197</v>
+      <c r="J25" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K25" s="5" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="L25" s="6" t="s">
-        <v>199</v>
-[...3 lines deleted...]
-      </c>
+        <v>201</v>
+      </c>
+      <c r="M25" s="5"/>
     </row>
     <row r="26">
       <c r="A26" s="5" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="B26" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C26" s="5" t="s">
-        <v>202</v>
+        <v>74</v>
       </c>
       <c r="D26" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="E26" s="5" t="s">
+        <v>122</v>
+      </c>
+      <c r="F26" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G26" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H26" s="5" t="s">
         <v>203</v>
       </c>
-      <c r="E26" s="5" t="s">
+      <c r="I26" s="5" t="s">
         <v>204</v>
-      </c>
-[...14 lines deleted...]
-        <v>206</v>
       </c>
       <c r="J26" s="5" t="s">
         <v>78</v>
       </c>
       <c r="K26" s="5" t="s">
+        <v>205</v>
+      </c>
+      <c r="L26" s="6" t="s">
+        <v>206</v>
+      </c>
+      <c r="M26" s="5" t="s">
         <v>207</v>
-      </c>
-[...4 lines deleted...]
-        <v>209</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="5" t="s">
-        <v>210</v>
+        <v>208</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>14</v>
       </c>
-      <c r="C27" s="5" t="s">
-        <v>116</v>
+      <c r="C27" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="D27" s="5" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>171</v>
+        <v>209</v>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F27" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G27" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H27" s="5" t="s">
+      <c r="H27" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I27" s="5"/>
+      <c r="J27" s="5" t="s">
+        <v>210</v>
+      </c>
+      <c r="K27" s="5" t="s">
         <v>211</v>
       </c>
-      <c r="I27" s="5" t="s">
+      <c r="L27" s="6" t="s">
         <v>212</v>
       </c>
-      <c r="J27" s="5" t="s">
+      <c r="M27" s="5" t="s">
         <v>213</v>
-      </c>
-[...7 lines deleted...]
-        <v>216</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="5" t="s">
-        <v>217</v>
+        <v>214</v>
       </c>
       <c r="B28" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C28" s="5" t="s">
-        <v>202</v>
+        <v>215</v>
       </c>
       <c r="D28" s="5" t="s">
+        <v>216</v>
+      </c>
+      <c r="E28" s="5" t="s">
+        <v>217</v>
+      </c>
+      <c r="F28" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G28" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H28" s="5" t="s">
         <v>218</v>
       </c>
-      <c r="E28" s="5" t="s">
+      <c r="I28" s="5" t="s">
         <v>219</v>
       </c>
-      <c r="F28" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H28" s="5" t="s">
+      <c r="J28" s="5" t="s">
+        <v>78</v>
+      </c>
+      <c r="K28" s="5" t="s">
         <v>220</v>
       </c>
-      <c r="I28" s="5" t="s">
+      <c r="L28" s="6" t="s">
         <v>221</v>
       </c>
-      <c r="J28" s="5" t="s">
+      <c r="M28" s="5" t="s">
         <v>222</v>
-      </c>
-[...7 lines deleted...]
-        <v>225</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="5" t="s">
-        <v>226</v>
+        <v>223</v>
       </c>
       <c r="B29" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C29" s="5" t="s">
+        <v>130</v>
+      </c>
+      <c r="D29" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E29" s="5" t="s">
+        <v>184</v>
+      </c>
+      <c r="F29" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G29" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H29" s="5" t="s">
+        <v>224</v>
+      </c>
+      <c r="I29" s="5" t="s">
+        <v>225</v>
+      </c>
+      <c r="J29" s="5" t="s">
+        <v>226</v>
+      </c>
+      <c r="K29" s="5" t="s">
         <v>227</v>
       </c>
-      <c r="D29" s="5" t="s">
-[...2 lines deleted...]
-      <c r="E29" s="5" t="s">
+      <c r="L29" s="6" t="s">
         <v>228</v>
       </c>
-      <c r="F29" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H29" s="5" t="s">
+      <c r="M29" s="5" t="s">
         <v>229</v>
-      </c>
-[...13 lines deleted...]
-        <v>233</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="5" t="s">
-        <v>234</v>
+        <v>230</v>
       </c>
       <c r="B30" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C30" s="5" t="s">
-        <v>15</v>
+        <v>215</v>
       </c>
       <c r="D30" s="5" t="s">
-        <v>116</v>
+        <v>231</v>
       </c>
       <c r="E30" s="5" t="s">
+        <v>232</v>
+      </c>
+      <c r="F30" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G30" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H30" s="5" t="s">
+        <v>233</v>
+      </c>
+      <c r="I30" s="5" t="s">
+        <v>234</v>
+      </c>
+      <c r="J30" s="5" t="s">
         <v>235</v>
       </c>
-      <c r="F30" s="5" t="s">
+      <c r="K30" s="5" t="s">
         <v>236</v>
       </c>
-      <c r="G30" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H30" s="5" t="s">
+      <c r="L30" s="6" t="s">
         <v>237</v>
       </c>
-      <c r="I30" s="5" t="s">
+      <c r="M30" s="5" t="s">
         <v>238</v>
-      </c>
-[...10 lines deleted...]
-        <v>242</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="5" t="s">
-        <v>243</v>
+        <v>239</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C31" s="5" t="s">
-        <v>74</v>
+        <v>240</v>
       </c>
       <c r="D31" s="5" t="s">
-        <v>33</v>
+        <v>216</v>
       </c>
       <c r="E31" s="5" t="s">
+        <v>241</v>
+      </c>
+      <c r="F31" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G31" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H31" s="5" t="s">
+        <v>242</v>
+      </c>
+      <c r="I31" s="5" t="s">
+        <v>243</v>
+      </c>
+      <c r="J31" s="5" t="s">
+        <v>235</v>
+      </c>
+      <c r="K31" s="5" t="s">
         <v>244</v>
       </c>
-      <c r="F31" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G31" s="5" t="s">
+      <c r="L31" s="6" t="s">
         <v>245</v>
       </c>
-      <c r="H31" s="5" t="s">
+      <c r="M31" s="5" t="s">
         <v>246</v>
-      </c>
-[...13 lines deleted...]
-        <v>250</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="5" t="s">
-        <v>251</v>
+        <v>247</v>
       </c>
       <c r="B32" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C32" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D32" s="5" t="s">
+        <v>130</v>
+      </c>
+      <c r="E32" s="5" t="s">
+        <v>248</v>
+      </c>
+      <c r="F32" s="5" t="s">
+        <v>249</v>
+      </c>
+      <c r="G32" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H32" s="5" t="s">
+        <v>250</v>
+      </c>
+      <c r="I32" s="5" t="s">
+        <v>251</v>
+      </c>
+      <c r="J32" s="5" t="s">
         <v>252</v>
       </c>
-      <c r="D32" s="5" t="s">
-[...15 lines deleted...]
-      <c r="H32" s="5" t="s">
+      <c r="K32" s="5" t="s">
         <v>253</v>
       </c>
-      <c r="I32" s="5"/>
-      <c r="J32" s="5" t="s">
+      <c r="L32" s="6" t="s">
         <v>254</v>
       </c>
-      <c r="K32" s="5" t="s">
+      <c r="M32" s="5" t="s">
         <v>255</v>
-      </c>
-[...4 lines deleted...]
-        <v>257</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="5" t="s">
-        <v>258</v>
+        <v>256</v>
       </c>
       <c r="B33" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C33" s="5" t="s">
-        <v>202</v>
+        <v>74</v>
       </c>
       <c r="D33" s="5" t="s">
-        <v>218</v>
+        <v>33</v>
       </c>
       <c r="E33" s="5" t="s">
+        <v>257</v>
+      </c>
+      <c r="F33" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G33" s="5" t="s">
+        <v>258</v>
+      </c>
+      <c r="H33" s="5" t="s">
         <v>259</v>
       </c>
-      <c r="F33" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H33" s="5" t="s">
+      <c r="I33" s="5" t="s">
         <v>260</v>
       </c>
-      <c r="I33" s="5" t="s">
+      <c r="J33" s="5" t="s">
+        <v>78</v>
+      </c>
+      <c r="K33" s="5" t="s">
         <v>261</v>
       </c>
-      <c r="J33" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K33" s="5" t="s">
+      <c r="L33" s="6" t="s">
         <v>262</v>
       </c>
-      <c r="L33" s="6" t="s">
+      <c r="M33" s="5" t="s">
         <v>263</v>
-      </c>
-[...1 lines deleted...]
-        <v>264</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="5" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="B34" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C34" s="5" t="s">
-        <v>15</v>
+        <v>265</v>
       </c>
       <c r="D34" s="5" t="s">
+        <v>209</v>
+      </c>
+      <c r="E34" s="5" t="s">
+        <v>122</v>
+      </c>
+      <c r="F34" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G34" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H34" s="5" t="s">
         <v>266</v>
       </c>
-      <c r="E34" s="5" t="s">
-[...12 lines deleted...]
-      <c r="H34" s="5" t="s">
+      <c r="I34" s="5"/>
+      <c r="J34" s="5" t="s">
         <v>267</v>
       </c>
-      <c r="I34" s="5" t="s">
+      <c r="K34" s="5" t="s">
         <v>268</v>
       </c>
-      <c r="J34" s="5" t="s">
+      <c r="L34" s="6" t="s">
         <v>269</v>
       </c>
-      <c r="K34" s="5" t="s">
+      <c r="M34" s="5" t="s">
         <v>270</v>
-      </c>
-[...4 lines deleted...]
-        <v>272</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="5" t="s">
-        <v>273</v>
+        <v>271</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C35" s="5" t="s">
-        <v>74</v>
+        <v>215</v>
       </c>
       <c r="D35" s="5" t="s">
-        <v>33</v>
+        <v>231</v>
       </c>
       <c r="E35" s="5" t="s">
-        <v>180</v>
+        <v>272</v>
       </c>
       <c r="F35" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G35" s="5" t="s">
+      <c r="G35" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H35" s="5" t="s">
+        <v>273</v>
+      </c>
+      <c r="I35" s="5" t="s">
         <v>274</v>
       </c>
-      <c r="H35" s="5" t="s">
+      <c r="J35" s="5" t="s">
+        <v>235</v>
+      </c>
+      <c r="K35" s="5" t="s">
         <v>275</v>
       </c>
-      <c r="I35" s="5" t="s">
+      <c r="L35" s="6" t="s">
         <v>276</v>
       </c>
-      <c r="J35" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K35" s="5" t="s">
+      <c r="M35" s="5" t="s">
         <v>277</v>
-      </c>
-[...4 lines deleted...]
-        <v>279</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="5" t="s">
-        <v>280</v>
+        <v>278</v>
       </c>
       <c r="B36" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C36" s="5" t="s">
-        <v>74</v>
+        <v>15</v>
       </c>
       <c r="D36" s="5" t="s">
-        <v>33</v>
+        <v>279</v>
       </c>
       <c r="E36" s="5" t="s">
         <v>75</v>
       </c>
       <c r="F36" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G36" s="5" t="s">
+      <c r="G36" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H36" s="5" t="s">
+        <v>280</v>
+      </c>
+      <c r="I36" s="5" t="s">
         <v>281</v>
       </c>
-      <c r="H36" s="5" t="s">
+      <c r="J36" s="5" t="s">
         <v>282</v>
       </c>
-      <c r="I36" s="5" t="s">
+      <c r="K36" s="5" t="s">
         <v>283</v>
       </c>
-      <c r="J36" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K36" s="5" t="s">
+      <c r="L36" s="6" t="s">
         <v>284</v>
       </c>
-      <c r="L36" s="6" t="s">
+      <c r="M36" s="5" t="s">
         <v>285</v>
-      </c>
-[...1 lines deleted...]
-        <v>286</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="5" t="s">
-        <v>287</v>
+        <v>286</v>
       </c>
       <c r="B37" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C37" s="5" t="s">
         <v>74</v>
       </c>
       <c r="D37" s="5" t="s">
         <v>33</v>
       </c>
       <c r="E37" s="5" t="s">
-        <v>75</v>
+        <v>193</v>
       </c>
       <c r="F37" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G37" s="5" t="s">
+        <v>287</v>
+      </c>
+      <c r="H37" s="5" t="s">
         <v>288</v>
       </c>
-      <c r="H37" s="5" t="s">
+      <c r="I37" s="5" t="s">
         <v>289</v>
-      </c>
-[...1 lines deleted...]
-        <v>290</v>
       </c>
       <c r="J37" s="5" t="s">
         <v>78</v>
       </c>
       <c r="K37" s="5" t="s">
+        <v>290</v>
+      </c>
+      <c r="L37" s="6" t="s">
         <v>291</v>
       </c>
-      <c r="L37" s="6" t="s">
+      <c r="M37" s="5" t="s">
         <v>292</v>
-      </c>
-[...1 lines deleted...]
-        <v>293</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="5" t="s">
-        <v>294</v>
+        <v>293</v>
       </c>
       <c r="B38" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C38" s="5" t="s">
+        <v>74</v>
+      </c>
+      <c r="D38" s="5" t="s">
         <v>33</v>
       </c>
-      <c r="D38" s="5" t="s">
+      <c r="E38" s="5" t="s">
+        <v>75</v>
+      </c>
+      <c r="F38" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G38" s="5" t="s">
+        <v>294</v>
+      </c>
+      <c r="H38" s="5" t="s">
         <v>295</v>
       </c>
-      <c r="E38" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="G38" s="5" t="s">
+      <c r="I38" s="5" t="s">
         <v>296</v>
       </c>
-      <c r="H38" s="5" t="s">
+      <c r="J38" s="5" t="s">
+        <v>78</v>
+      </c>
+      <c r="K38" s="5" t="s">
         <v>297</v>
       </c>
-      <c r="I38" s="5" t="s">
+      <c r="L38" s="6" t="s">
         <v>298</v>
       </c>
-      <c r="J38" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K38" s="5" t="s">
+      <c r="M38" s="5" t="s">
         <v>299</v>
-      </c>
-[...4 lines deleted...]
-        <v>301</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="5" t="s">
-        <v>302</v>
+        <v>300</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C39" s="5" t="s">
         <v>74</v>
       </c>
       <c r="D39" s="5" t="s">
         <v>33</v>
       </c>
       <c r="E39" s="5" t="s">
-        <v>244</v>
+        <v>75</v>
       </c>
       <c r="F39" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G39" s="5" t="s">
-        <v>245</v>
+        <v>301</v>
       </c>
       <c r="H39" s="5" t="s">
+        <v>302</v>
+      </c>
+      <c r="I39" s="5" t="s">
         <v>303</v>
       </c>
-      <c r="I39" s="5"/>
       <c r="J39" s="5" t="s">
         <v>78</v>
       </c>
       <c r="K39" s="5" t="s">
         <v>304</v>
       </c>
       <c r="L39" s="6" t="s">
         <v>305</v>
       </c>
       <c r="M39" s="5" t="s">
         <v>306</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="5" t="s">
         <v>307</v>
       </c>
       <c r="B40" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C40" s="5" t="s">
         <v>33</v>
       </c>
       <c r="D40" s="5" t="s">
         <v>308</v>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F40" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G40" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G40" s="5" t="s">
+        <v>309</v>
       </c>
       <c r="H40" s="5" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="I40" s="5" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="J40" s="5" t="s">
-        <v>182</v>
+        <v>195</v>
       </c>
       <c r="K40" s="5" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="L40" s="6" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="M40" s="5" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="5" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="B41" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C41" s="5" t="s">
         <v>74</v>
       </c>
       <c r="D41" s="5" t="s">
         <v>33</v>
       </c>
       <c r="E41" s="5" t="s">
-        <v>315</v>
+        <v>257</v>
       </c>
       <c r="F41" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G41" s="5" t="s">
+        <v>258</v>
+      </c>
+      <c r="H41" s="5" t="s">
         <v>316</v>
       </c>
-      <c r="H41" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="I41" s="5"/>
       <c r="J41" s="5" t="s">
         <v>78</v>
       </c>
       <c r="K41" s="5" t="s">
+        <v>317</v>
+      </c>
+      <c r="L41" s="6" t="s">
+        <v>318</v>
+      </c>
+      <c r="M41" s="5" t="s">
         <v>319</v>
-      </c>
-[...4 lines deleted...]
-        <v>321</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="5" t="s">
+        <v>320</v>
+      </c>
+      <c r="B42" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C42" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="D42" s="5" t="s">
+        <v>321</v>
+      </c>
+      <c r="E42" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F42" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G42" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H42" s="5" t="s">
         <v>322</v>
       </c>
-      <c r="B42" s="5" t="s">
-[...34 lines deleted...]
-        </is>
+      <c r="I42" s="5" t="s">
+        <v>323</v>
+      </c>
+      <c r="J42" s="5" t="s">
+        <v>195</v>
       </c>
       <c r="K42" s="5" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="L42" s="6" t="s">
-        <v>324</v>
-[...1 lines deleted...]
-      <c r="M42" s="5"/>
+        <v>325</v>
+      </c>
+      <c r="M42" s="5" t="s">
+        <v>326</v>
+      </c>
     </row>
     <row r="43">
       <c r="A43" s="5" t="s">
-        <v>325</v>
+        <v>327</v>
       </c>
       <c r="B43" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C43" s="5" t="s">
         <v>74</v>
       </c>
       <c r="D43" s="5" t="s">
         <v>33</v>
       </c>
       <c r="E43" s="5" t="s">
-        <v>244</v>
+        <v>328</v>
       </c>
       <c r="F43" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G43" s="5" t="s">
-        <v>326</v>
+        <v>329</v>
       </c>
       <c r="H43" s="5" t="s">
-        <v>327</v>
+        <v>330</v>
       </c>
       <c r="I43" s="5" t="s">
-        <v>328</v>
+        <v>331</v>
       </c>
       <c r="J43" s="5" t="s">
         <v>78</v>
       </c>
       <c r="K43" s="5" t="s">
-        <v>329</v>
+        <v>332</v>
       </c>
       <c r="L43" s="6" t="s">
-        <v>330</v>
+        <v>333</v>
       </c>
       <c r="M43" s="5" t="s">
-        <v>331</v>
+        <v>334</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="5" t="s">
-        <v>332</v>
+        <v>335</v>
       </c>
       <c r="B44" s="5" t="s">
-        <v>115</v>
+        <v>129</v>
       </c>
       <c r="C44" s="5" t="s">
         <v>74</v>
       </c>
       <c r="D44" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F44" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G44" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H44" s="5" t="s">
-        <v>333</v>
+      <c r="H44" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I44" s="5"/>
       <c r="J44" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K44" s="5" t="s">
-        <v>334</v>
+        <v>336</v>
       </c>
       <c r="L44" s="6" t="s">
-        <v>335</v>
+        <v>337</v>
       </c>
       <c r="M44" s="5"/>
     </row>
     <row r="45">
       <c r="A45" s="5" t="s">
-        <v>336</v>
+        <v>338</v>
       </c>
       <c r="B45" s="5" t="s">
-        <v>115</v>
+        <v>14</v>
       </c>
       <c r="C45" s="5" t="s">
         <v>74</v>
       </c>
-      <c r="D45" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="D45" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="E45" s="5" t="s">
+        <v>257</v>
       </c>
       <c r="F45" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G45" s="5" t="inlineStr">
-[...13 lines deleted...]
-        </is>
+      <c r="G45" s="5" t="s">
+        <v>339</v>
+      </c>
+      <c r="H45" s="5" t="s">
+        <v>340</v>
+      </c>
+      <c r="I45" s="5" t="s">
+        <v>341</v>
+      </c>
+      <c r="J45" s="5" t="s">
+        <v>78</v>
       </c>
       <c r="K45" s="5" t="s">
-        <v>337</v>
+        <v>342</v>
       </c>
       <c r="L45" s="6" t="s">
-        <v>338</v>
-[...1 lines deleted...]
-      <c r="M45" s="5"/>
+        <v>343</v>
+      </c>
+      <c r="M45" s="5" t="s">
+        <v>344</v>
+      </c>
     </row>
     <row r="46">
       <c r="A46" s="5" t="s">
-        <v>339</v>
+        <v>345</v>
       </c>
       <c r="B46" s="5" t="s">
-        <v>14</v>
+        <v>129</v>
       </c>
       <c r="C46" s="5" t="s">
         <v>74</v>
       </c>
-      <c r="D46" s="5" t="s">
-[...3 lines deleted...]
-        <v>340</v>
+      <c r="D46" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F46" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G46" s="5" t="s">
-        <v>341</v>
+      <c r="G46" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H46" s="5" t="s">
-        <v>342</v>
-[...5 lines deleted...]
-        <v>78</v>
+        <v>346</v>
+      </c>
+      <c r="I46" s="5"/>
+      <c r="J46" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K46" s="5" t="s">
-        <v>344</v>
+        <v>347</v>
       </c>
       <c r="L46" s="6" t="s">
-        <v>345</v>
-[...3 lines deleted...]
-      </c>
+        <v>348</v>
+      </c>
+      <c r="M46" s="5"/>
     </row>
     <row r="47">
       <c r="A47" s="5" t="s">
-        <v>347</v>
+        <v>349</v>
       </c>
       <c r="B47" s="5" t="s">
-        <v>115</v>
+        <v>129</v>
       </c>
       <c r="C47" s="5" t="s">
         <v>74</v>
       </c>
       <c r="D47" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F47" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G47" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H47" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I47" s="5"/>
       <c r="J47" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K47" s="5" t="s">
-        <v>337</v>
+        <v>350</v>
       </c>
       <c r="L47" s="6" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="M47" s="5"/>
     </row>
     <row r="48">
       <c r="A48" s="5" t="s">
-        <v>349</v>
+        <v>352</v>
       </c>
       <c r="B48" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C48" s="5" t="s">
         <v>74</v>
       </c>
       <c r="D48" s="5" t="s">
         <v>33</v>
       </c>
       <c r="E48" s="5" t="s">
-        <v>350</v>
+        <v>353</v>
       </c>
       <c r="F48" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G48" s="5" t="s">
-        <v>351</v>
+        <v>354</v>
       </c>
       <c r="H48" s="5" t="s">
-        <v>352</v>
-[...1 lines deleted...]
-      <c r="I48" s="5"/>
+        <v>355</v>
+      </c>
+      <c r="I48" s="5" t="s">
+        <v>356</v>
+      </c>
       <c r="J48" s="5" t="s">
         <v>78</v>
       </c>
       <c r="K48" s="5" t="s">
-        <v>353</v>
+        <v>357</v>
       </c>
       <c r="L48" s="6" t="s">
-        <v>354</v>
+        <v>358</v>
       </c>
       <c r="M48" s="5" t="s">
-        <v>355</v>
+        <v>359</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="5" t="s">
-        <v>356</v>
+        <v>360</v>
       </c>
       <c r="B49" s="5" t="s">
-        <v>115</v>
+        <v>129</v>
       </c>
       <c r="C49" s="5" t="s">
         <v>74</v>
       </c>
       <c r="D49" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F49" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G49" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H49" s="5" t="s">
-        <v>357</v>
+      <c r="H49" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I49" s="5"/>
       <c r="J49" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K49" s="5" t="s">
-        <v>337</v>
+        <v>350</v>
       </c>
       <c r="L49" s="6" t="s">
-        <v>358</v>
+        <v>361</v>
       </c>
       <c r="M49" s="5"/>
     </row>
     <row r="50">
       <c r="A50" s="5" t="s">
-        <v>359</v>
+        <v>362</v>
       </c>
       <c r="B50" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C50" s="5" t="s">
         <v>74</v>
       </c>
       <c r="D50" s="5" t="s">
         <v>33</v>
       </c>
       <c r="E50" s="5" t="s">
-        <v>350</v>
+        <v>363</v>
       </c>
       <c r="F50" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G50" s="5" t="s">
-        <v>360</v>
+        <v>364</v>
       </c>
       <c r="H50" s="5" t="s">
-        <v>361</v>
-[...3 lines deleted...]
-      </c>
+        <v>365</v>
+      </c>
+      <c r="I50" s="5"/>
       <c r="J50" s="5" t="s">
         <v>78</v>
       </c>
       <c r="K50" s="5" t="s">
-        <v>363</v>
+        <v>366</v>
       </c>
       <c r="L50" s="6" t="s">
-        <v>364</v>
+        <v>367</v>
       </c>
       <c r="M50" s="5" t="s">
-        <v>365</v>
+        <v>368</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="5" t="s">
-        <v>366</v>
+        <v>369</v>
       </c>
       <c r="B51" s="5" t="s">
-        <v>115</v>
+        <v>129</v>
       </c>
       <c r="C51" s="5" t="s">
         <v>74</v>
       </c>
       <c r="D51" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F51" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G51" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H51" s="5" t="s">
-        <v>367</v>
+        <v>370</v>
       </c>
       <c r="I51" s="5"/>
       <c r="J51" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K51" s="5" t="s">
-        <v>337</v>
+        <v>350</v>
       </c>
       <c r="L51" s="6" t="s">
-        <v>368</v>
+        <v>371</v>
       </c>
       <c r="M51" s="5"/>
     </row>
     <row r="52">
       <c r="A52" s="5" t="s">
-        <v>369</v>
+        <v>372</v>
       </c>
       <c r="B52" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C52" s="5" t="s">
         <v>74</v>
       </c>
       <c r="D52" s="5" t="s">
-        <v>370</v>
-[...4 lines deleted...]
-        </is>
+        <v>33</v>
+      </c>
+      <c r="E52" s="5" t="s">
+        <v>363</v>
       </c>
       <c r="F52" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G52" s="5" t="s">
-        <v>371</v>
+        <v>373</v>
       </c>
       <c r="H52" s="5" t="s">
-        <v>372</v>
+        <v>374</v>
       </c>
       <c r="I52" s="5" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
       <c r="J52" s="5" t="s">
-        <v>182</v>
+        <v>78</v>
       </c>
       <c r="K52" s="5" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="L52" s="6" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="M52" s="5" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="5" t="s">
-        <v>377</v>
+        <v>379</v>
       </c>
       <c r="B53" s="5" t="s">
-        <v>115</v>
+        <v>129</v>
       </c>
       <c r="C53" s="5" t="s">
         <v>74</v>
       </c>
       <c r="D53" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F53" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G53" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H53" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H53" s="5" t="s">
+        <v>380</v>
       </c>
       <c r="I53" s="5"/>
       <c r="J53" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K53" s="5" t="s">
-        <v>337</v>
+        <v>350</v>
       </c>
       <c r="L53" s="6" t="s">
-        <v>378</v>
+        <v>381</v>
       </c>
       <c r="M53" s="5"/>
     </row>
     <row r="54">
       <c r="A54" s="5" t="s">
-        <v>379</v>
+        <v>382</v>
       </c>
       <c r="B54" s="5" t="s">
-        <v>115</v>
+        <v>14</v>
       </c>
       <c r="C54" s="5" t="s">
         <v>74</v>
       </c>
-      <c r="D54" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="D54" s="5" t="s">
+        <v>383</v>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F54" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G54" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G54" s="5" t="s">
+        <v>384</v>
       </c>
       <c r="H54" s="5" t="s">
-        <v>380</v>
-[...5 lines deleted...]
-        </is>
+        <v>385</v>
+      </c>
+      <c r="I54" s="5" t="s">
+        <v>386</v>
+      </c>
+      <c r="J54" s="5" t="s">
+        <v>195</v>
       </c>
       <c r="K54" s="5" t="s">
-        <v>334</v>
+        <v>387</v>
       </c>
       <c r="L54" s="6" t="s">
-        <v>381</v>
-[...1 lines deleted...]
-      <c r="M54" s="5"/>
+        <v>388</v>
+      </c>
+      <c r="M54" s="5" t="s">
+        <v>389</v>
+      </c>
     </row>
     <row r="55">
       <c r="A55" s="5" t="s">
-        <v>382</v>
+        <v>390</v>
       </c>
       <c r="B55" s="5" t="s">
-        <v>14</v>
+        <v>129</v>
       </c>
       <c r="C55" s="5" t="s">
-        <v>202</v>
-[...5 lines deleted...]
-        <v>259</v>
+        <v>74</v>
+      </c>
+      <c r="D55" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F55" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G55" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H55" s="5" t="s">
-[...6 lines deleted...]
-        <v>222</v>
+      <c r="H55" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I55" s="5"/>
+      <c r="J55" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K55" s="5" t="s">
-        <v>385</v>
+        <v>350</v>
       </c>
       <c r="L55" s="6" t="s">
-        <v>386</v>
-[...3 lines deleted...]
-      </c>
+        <v>391</v>
+      </c>
+      <c r="M55" s="5"/>
     </row>
     <row r="56">
       <c r="A56" s="5" t="s">
-        <v>388</v>
+        <v>392</v>
       </c>
       <c r="B56" s="5" t="s">
-        <v>115</v>
+        <v>129</v>
       </c>
       <c r="C56" s="5" t="s">
         <v>74</v>
       </c>
       <c r="D56" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E56" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F56" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G56" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H56" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H56" s="5" t="s">
+        <v>393</v>
       </c>
       <c r="I56" s="5"/>
       <c r="J56" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K56" s="5" t="s">
-        <v>389</v>
+        <v>347</v>
       </c>
       <c r="L56" s="6" t="s">
-        <v>390</v>
+        <v>394</v>
       </c>
       <c r="M56" s="5"/>
     </row>
     <row r="57">
       <c r="A57" s="5" t="s">
-        <v>391</v>
+        <v>395</v>
       </c>
       <c r="B57" s="5" t="s">
-        <v>115</v>
+        <v>14</v>
       </c>
       <c r="C57" s="5" t="s">
-        <v>74</v>
-[...9 lines deleted...]
-        </is>
+        <v>215</v>
+      </c>
+      <c r="D57" s="5" t="s">
+        <v>231</v>
+      </c>
+      <c r="E57" s="5" t="s">
+        <v>272</v>
       </c>
       <c r="F57" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G57" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H57" s="5" t="inlineStr">
-[...13 lines deleted...]
-        </is>
+      <c r="H57" s="5" t="s">
+        <v>396</v>
+      </c>
+      <c r="I57" s="5" t="s">
+        <v>397</v>
+      </c>
+      <c r="J57" s="5" t="s">
+        <v>235</v>
+      </c>
+      <c r="K57" s="5" t="s">
+        <v>398</v>
       </c>
       <c r="L57" s="6" t="s">
-        <v>392</v>
-[...1 lines deleted...]
-      <c r="M57" s="5"/>
+        <v>399</v>
+      </c>
+      <c r="M57" s="5" t="s">
+        <v>400</v>
+      </c>
     </row>
     <row r="58">
       <c r="A58" s="5" t="s">
-        <v>393</v>
+        <v>401</v>
       </c>
       <c r="B58" s="5" t="s">
-        <v>14</v>
+        <v>129</v>
       </c>
       <c r="C58" s="5" t="s">
-        <v>394</v>
-[...5 lines deleted...]
-        <v>75</v>
+        <v>74</v>
+      </c>
+      <c r="D58" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F58" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G58" s="5" t="s">
-[...9 lines deleted...]
-        <v>398</v>
+      <c r="G58" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H58" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I58" s="5"/>
+      <c r="J58" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K58" s="5" t="s">
-        <v>399</v>
+        <v>402</v>
       </c>
       <c r="L58" s="6" t="s">
-        <v>400</v>
-[...3 lines deleted...]
-      </c>
+        <v>403</v>
+      </c>
+      <c r="M58" s="5"/>
     </row>
     <row r="59">
       <c r="A59" s="5" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="B59" s="5" t="s">
-        <v>14</v>
+        <v>129</v>
       </c>
       <c r="C59" s="5" t="s">
-        <v>394</v>
-[...5 lines deleted...]
-        <v>75</v>
+        <v>74</v>
+      </c>
+      <c r="D59" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F59" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G59" s="5" t="s">
-[...3 lines deleted...]
-        <v>403</v>
+      <c r="G59" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H59" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I59" s="5"/>
-      <c r="J59" s="5" t="s">
-[...3 lines deleted...]
-        <v>404</v>
+      <c r="J59" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K59" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L59" s="6" t="s">
         <v>405</v>
       </c>
-      <c r="M59" s="5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M59" s="5"/>
     </row>
     <row r="60">
       <c r="A60" s="5" t="s">
-        <v>407</v>
+        <v>406</v>
       </c>
       <c r="B60" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C60" s="5" t="s">
-        <v>202</v>
+        <v>407</v>
       </c>
       <c r="D60" s="5" t="s">
-        <v>218</v>
+        <v>279</v>
       </c>
       <c r="E60" s="5" t="s">
-        <v>259</v>
+        <v>75</v>
       </c>
       <c r="F60" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G60" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G60" s="5" t="s">
+        <v>408</v>
       </c>
       <c r="H60" s="5" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="I60" s="5" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="J60" s="5" t="s">
-        <v>222</v>
+        <v>411</v>
       </c>
       <c r="K60" s="5" t="s">
-        <v>410</v>
+        <v>412</v>
       </c>
       <c r="L60" s="6" t="s">
-        <v>411</v>
+        <v>413</v>
       </c>
       <c r="M60" s="5" t="s">
-        <v>412</v>
+        <v>414</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="5" t="s">
-        <v>413</v>
+        <v>415</v>
       </c>
       <c r="B61" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C61" s="5" t="s">
-        <v>394</v>
+        <v>407</v>
       </c>
       <c r="D61" s="5" t="s">
-        <v>266</v>
+        <v>279</v>
       </c>
       <c r="E61" s="5" t="s">
         <v>75</v>
       </c>
       <c r="F61" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G61" s="5" t="s">
-        <v>414</v>
+        <v>408</v>
       </c>
       <c r="H61" s="5" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="I61" s="5"/>
       <c r="J61" s="5" t="s">
-        <v>398</v>
+        <v>411</v>
       </c>
       <c r="K61" s="5" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="L61" s="6" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="M61" s="5" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="5" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="B62" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C62" s="5" t="s">
-        <v>74</v>
+        <v>215</v>
       </c>
       <c r="D62" s="5" t="s">
-        <v>357</v>
-[...4 lines deleted...]
-        </is>
+        <v>231</v>
+      </c>
+      <c r="E62" s="5" t="s">
+        <v>272</v>
       </c>
       <c r="F62" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G62" s="5" t="s">
-        <v>420</v>
+      <c r="G62" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H62" s="5" t="s">
         <v>421</v>
       </c>
       <c r="I62" s="5" t="s">
         <v>422</v>
       </c>
       <c r="J62" s="5" t="s">
-        <v>182</v>
+        <v>235</v>
       </c>
       <c r="K62" s="5" t="s">
         <v>423</v>
       </c>
       <c r="L62" s="6" t="s">
         <v>424</v>
       </c>
       <c r="M62" s="5" t="s">
         <v>425</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="5" t="s">
         <v>426</v>
       </c>
       <c r="B63" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C63" s="5" t="s">
-        <v>357</v>
+        <v>407</v>
       </c>
       <c r="D63" s="5" t="s">
-        <v>74</v>
+        <v>279</v>
       </c>
       <c r="E63" s="5" t="s">
+        <v>75</v>
+      </c>
+      <c r="F63" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G63" s="5" t="s">
         <v>427</v>
       </c>
-      <c r="F63" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G63" s="5" t="s">
+      <c r="H63" s="5" t="s">
         <v>428</v>
       </c>
-      <c r="H63" s="5" t="s">
+      <c r="I63" s="5"/>
+      <c r="J63" s="5" t="s">
+        <v>411</v>
+      </c>
+      <c r="K63" s="5" t="s">
         <v>429</v>
       </c>
-      <c r="I63" s="5" t="s">
+      <c r="L63" s="6" t="s">
         <v>430</v>
       </c>
-      <c r="J63" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K63" s="5" t="s">
+      <c r="M63" s="5" t="s">
         <v>431</v>
-      </c>
-[...4 lines deleted...]
-        <v>433</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="5" t="s">
-        <v>434</v>
+        <v>432</v>
       </c>
       <c r="B64" s="5" t="s">
-        <v>115</v>
+        <v>14</v>
       </c>
       <c r="C64" s="5" t="s">
         <v>74</v>
       </c>
-      <c r="D64" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="D64" s="5" t="s">
+        <v>370</v>
       </c>
       <c r="E64" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F64" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G64" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G64" s="5" t="s">
+        <v>433</v>
       </c>
       <c r="H64" s="5" t="s">
+        <v>434</v>
+      </c>
+      <c r="I64" s="5" t="s">
         <v>435</v>
       </c>
-      <c r="I64" s="5"/>
-[...8 lines deleted...]
-        </is>
+      <c r="J64" s="5" t="s">
+        <v>195</v>
+      </c>
+      <c r="K64" s="5" t="s">
+        <v>436</v>
       </c>
       <c r="L64" s="6" t="s">
-        <v>436</v>
-[...1 lines deleted...]
-      <c r="M64" s="5"/>
+        <v>437</v>
+      </c>
+      <c r="M64" s="5" t="s">
+        <v>438</v>
+      </c>
     </row>
     <row r="65">
       <c r="A65" s="5" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
       <c r="B65" s="5" t="s">
-        <v>115</v>
+        <v>14</v>
       </c>
       <c r="C65" s="5" t="s">
+        <v>370</v>
+      </c>
+      <c r="D65" s="5" t="s">
         <v>74</v>
       </c>
-      <c r="D65" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="E65" s="5" t="s">
+        <v>440</v>
       </c>
       <c r="F65" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G65" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G65" s="5" t="s">
+        <v>441</v>
       </c>
       <c r="H65" s="5" t="s">
-        <v>438</v>
-[...10 lines deleted...]
-        </is>
+        <v>442</v>
+      </c>
+      <c r="I65" s="5" t="s">
+        <v>443</v>
+      </c>
+      <c r="J65" s="5" t="s">
+        <v>195</v>
+      </c>
+      <c r="K65" s="5" t="s">
+        <v>444</v>
       </c>
       <c r="L65" s="6" t="s">
-        <v>439</v>
-[...1 lines deleted...]
-      <c r="M65" s="5"/>
+        <v>445</v>
+      </c>
+      <c r="M65" s="5" t="s">
+        <v>446</v>
+      </c>
     </row>
     <row r="66">
       <c r="A66" s="5" t="s">
-        <v>440</v>
+        <v>447</v>
       </c>
       <c r="B66" s="5" t="s">
-        <v>115</v>
+        <v>129</v>
       </c>
       <c r="C66" s="5" t="s">
         <v>74</v>
       </c>
       <c r="D66" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E66" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F66" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G66" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H66" s="5" t="s">
-        <v>441</v>
+        <v>448</v>
       </c>
       <c r="I66" s="5"/>
       <c r="J66" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K66" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L66" s="6" t="s">
-        <v>442</v>
+        <v>449</v>
       </c>
       <c r="M66" s="5"/>
     </row>
     <row r="67">
       <c r="A67" s="5" t="s">
-        <v>443</v>
+        <v>450</v>
       </c>
       <c r="B67" s="5" t="s">
-        <v>115</v>
+        <v>129</v>
       </c>
       <c r="C67" s="5" t="s">
         <v>74</v>
       </c>
       <c r="D67" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E67" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F67" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G67" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H67" s="5" t="s">
-        <v>444</v>
+        <v>451</v>
       </c>
       <c r="I67" s="5"/>
       <c r="J67" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K67" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L67" s="6" t="s">
-        <v>445</v>
+        <v>452</v>
       </c>
       <c r="M67" s="5"/>
     </row>
     <row r="68">
       <c r="A68" s="5" t="s">
-        <v>446</v>
+        <v>453</v>
       </c>
       <c r="B68" s="5" t="s">
-        <v>115</v>
+        <v>129</v>
       </c>
       <c r="C68" s="5" t="s">
         <v>74</v>
       </c>
       <c r="D68" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E68" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F68" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G68" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H68" s="5" t="s">
-        <v>447</v>
+        <v>454</v>
       </c>
       <c r="I68" s="5"/>
       <c r="J68" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K68" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L68" s="6" t="s">
-        <v>448</v>
+        <v>455</v>
       </c>
       <c r="M68" s="5"/>
     </row>
     <row r="69">
       <c r="A69" s="5" t="s">
-        <v>449</v>
+        <v>456</v>
       </c>
       <c r="B69" s="5" t="s">
-        <v>115</v>
+        <v>129</v>
       </c>
       <c r="C69" s="5" t="s">
         <v>74</v>
       </c>
       <c r="D69" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E69" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F69" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G69" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H69" s="5" t="s">
-        <v>450</v>
+        <v>457</v>
       </c>
       <c r="I69" s="5"/>
       <c r="J69" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K69" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L69" s="6" t="s">
-        <v>451</v>
+        <v>458</v>
       </c>
       <c r="M69" s="5"/>
     </row>
     <row r="70">
       <c r="A70" s="5" t="s">
-        <v>452</v>
+        <v>459</v>
       </c>
       <c r="B70" s="5" t="s">
-        <v>115</v>
+        <v>129</v>
       </c>
       <c r="C70" s="5" t="s">
         <v>74</v>
       </c>
       <c r="D70" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E70" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F70" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G70" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H70" s="5" t="s">
-        <v>453</v>
+        <v>460</v>
       </c>
       <c r="I70" s="5"/>
       <c r="J70" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K70" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L70" s="6" t="s">
-        <v>454</v>
+        <v>461</v>
       </c>
       <c r="M70" s="5"/>
     </row>
     <row r="71">
       <c r="A71" s="5" t="s">
-        <v>455</v>
+        <v>462</v>
       </c>
       <c r="B71" s="5" t="s">
-        <v>14</v>
+        <v>129</v>
       </c>
       <c r="C71" s="5" t="s">
-        <v>83</v>
-[...2 lines deleted...]
-        <v>266</v>
+        <v>74</v>
+      </c>
+      <c r="D71" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E71" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F71" s="5" t="s">
-        <v>456</v>
+      <c r="F71" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G71" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H71" s="5" t="s">
-        <v>457</v>
-[...8 lines deleted...]
-        <v>460</v>
+        <v>463</v>
+      </c>
+      <c r="I71" s="5"/>
+      <c r="J71" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K71" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L71" s="6" t="s">
-        <v>461</v>
-[...3 lines deleted...]
-      </c>
+        <v>464</v>
+      </c>
+      <c r="M71" s="5"/>
     </row>
     <row r="72">
       <c r="A72" s="5" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
       <c r="B72" s="5" t="s">
-        <v>14</v>
+        <v>129</v>
       </c>
       <c r="C72" s="5" t="s">
-        <v>202</v>
-[...5 lines deleted...]
-        <v>259</v>
+        <v>74</v>
+      </c>
+      <c r="D72" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F72" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G72" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H72" s="5" t="s">
-        <v>464</v>
-[...7 lines deleted...]
-      <c r="K72" s="5" t="s">
         <v>466</v>
+      </c>
+      <c r="I72" s="5"/>
+      <c r="J72" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K72" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L72" s="6" t="s">
         <v>467</v>
       </c>
-      <c r="M72" s="5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M72" s="5"/>
     </row>
     <row r="73">
       <c r="A73" s="5" t="s">
-        <v>469</v>
+        <v>468</v>
       </c>
       <c r="B73" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C73" s="5" t="s">
-        <v>74</v>
+        <v>83</v>
       </c>
       <c r="D73" s="5" t="s">
-        <v>357</v>
-[...1 lines deleted...]
-      <c r="E73" s="5" t="s">
+        <v>279</v>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F73" s="5" t="s">
+        <v>469</v>
+      </c>
+      <c r="G73" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H73" s="5" t="s">
         <v>470</v>
       </c>
-      <c r="F73" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G73" s="5" t="s">
+      <c r="I73" s="5" t="s">
         <v>471</v>
       </c>
-      <c r="H73" s="5" t="s">
+      <c r="J73" s="5" t="s">
         <v>472</v>
-      </c>
-[...2 lines deleted...]
-        <v>182</v>
       </c>
       <c r="K73" s="5" t="s">
         <v>473</v>
       </c>
       <c r="L73" s="6" t="s">
         <v>474</v>
       </c>
       <c r="M73" s="5" t="s">
         <v>475</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="5" t="s">
         <v>476</v>
       </c>
       <c r="B74" s="5" t="s">
-        <v>115</v>
+        <v>14</v>
       </c>
       <c r="C74" s="5" t="s">
-        <v>74</v>
-[...9 lines deleted...]
-        </is>
+        <v>215</v>
+      </c>
+      <c r="D74" s="5" t="s">
+        <v>216</v>
+      </c>
+      <c r="E74" s="5" t="s">
+        <v>272</v>
       </c>
       <c r="F74" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G74" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H74" s="5" t="s">
         <v>477</v>
       </c>
-      <c r="I74" s="5"/>
-[...3 lines deleted...]
-        </is>
+      <c r="I74" s="5" t="s">
+        <v>478</v>
+      </c>
+      <c r="J74" s="5" t="s">
+        <v>235</v>
       </c>
       <c r="K74" s="5" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="L74" s="6" t="s">
-        <v>479</v>
-[...1 lines deleted...]
-      <c r="M74" s="5"/>
+        <v>480</v>
+      </c>
+      <c r="M74" s="5" t="s">
+        <v>481</v>
+      </c>
     </row>
     <row r="75">
       <c r="A75" s="5" t="s">
-        <v>480</v>
+        <v>482</v>
       </c>
       <c r="B75" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C75" s="5" t="s">
-        <v>202</v>
+        <v>74</v>
       </c>
       <c r="D75" s="5" t="s">
-        <v>203</v>
+        <v>370</v>
       </c>
       <c r="E75" s="5" t="s">
-        <v>259</v>
+        <v>483</v>
       </c>
       <c r="F75" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G75" s="5" t="inlineStr">
-[...11 lines deleted...]
-      </c>
+      <c r="G75" s="5" t="s">
+        <v>484</v>
+      </c>
+      <c r="H75" s="5" t="s">
+        <v>485</v>
+      </c>
+      <c r="I75" s="5"/>
       <c r="J75" s="5" t="s">
-        <v>222</v>
+        <v>195</v>
       </c>
       <c r="K75" s="5" t="s">
-        <v>482</v>
+        <v>486</v>
       </c>
       <c r="L75" s="6" t="s">
-        <v>483</v>
+        <v>487</v>
       </c>
       <c r="M75" s="5" t="s">
-        <v>484</v>
+        <v>488</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="5" t="s">
-        <v>485</v>
+        <v>489</v>
       </c>
       <c r="B76" s="5" t="s">
-        <v>115</v>
+        <v>129</v>
       </c>
       <c r="C76" s="5" t="s">
         <v>74</v>
       </c>
       <c r="D76" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E76" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F76" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G76" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H76" s="5" t="s">
-        <v>486</v>
+        <v>490</v>
       </c>
       <c r="I76" s="5"/>
       <c r="J76" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K76" s="5" t="s">
-        <v>487</v>
+        <v>491</v>
       </c>
       <c r="L76" s="6" t="s">
-        <v>488</v>
+        <v>492</v>
       </c>
       <c r="M76" s="5"/>
     </row>
     <row r="77">
       <c r="A77" s="5" t="s">
-        <v>489</v>
+        <v>493</v>
       </c>
       <c r="B77" s="5" t="s">
-        <v>115</v>
+        <v>14</v>
       </c>
       <c r="C77" s="5" t="s">
-        <v>74</v>
-[...9 lines deleted...]
-        </is>
+        <v>215</v>
+      </c>
+      <c r="D77" s="5" t="s">
+        <v>216</v>
+      </c>
+      <c r="E77" s="5" t="s">
+        <v>272</v>
       </c>
       <c r="F77" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G77" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H77" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="I77" s="5"/>
-[...3 lines deleted...]
-        </is>
+      <c r="I77" s="5" t="s">
+        <v>494</v>
+      </c>
+      <c r="J77" s="5" t="s">
+        <v>235</v>
       </c>
       <c r="K77" s="5" t="s">
-        <v>490</v>
+        <v>495</v>
       </c>
       <c r="L77" s="6" t="s">
-        <v>491</v>
-[...1 lines deleted...]
-      <c r="M77" s="5"/>
+        <v>496</v>
+      </c>
+      <c r="M77" s="5" t="s">
+        <v>497</v>
+      </c>
     </row>
     <row r="78">
       <c r="A78" s="5" t="s">
-        <v>492</v>
+        <v>498</v>
       </c>
       <c r="B78" s="5" t="s">
-        <v>14</v>
+        <v>129</v>
       </c>
       <c r="C78" s="5" t="s">
-        <v>202</v>
-[...5 lines deleted...]
-        <v>259</v>
+        <v>74</v>
+      </c>
+      <c r="D78" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F78" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G78" s="5" t="s">
-        <v>493</v>
+      <c r="G78" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H78" s="5" t="s">
-        <v>494</v>
-[...5 lines deleted...]
-        <v>222</v>
+        <v>499</v>
+      </c>
+      <c r="I78" s="5"/>
+      <c r="J78" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K78" s="5" t="s">
-        <v>496</v>
+        <v>500</v>
       </c>
       <c r="L78" s="6" t="s">
-        <v>497</v>
-[...3 lines deleted...]
-      </c>
+        <v>501</v>
+      </c>
+      <c r="M78" s="5"/>
     </row>
     <row r="79">
       <c r="A79" s="5" t="s">
-        <v>499</v>
+        <v>502</v>
       </c>
       <c r="B79" s="5" t="s">
-        <v>14</v>
+        <v>129</v>
       </c>
       <c r="C79" s="5" t="s">
-        <v>500</v>
-[...5 lines deleted...]
-        <v>501</v>
+        <v>74</v>
+      </c>
+      <c r="D79" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F79" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G79" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H79" s="5" t="s">
-        <v>502</v>
+      <c r="H79" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I79" s="5"/>
-      <c r="J79" s="5" t="s">
+      <c r="J79" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K79" s="5" t="s">
         <v>503</v>
       </c>
-      <c r="K79" s="5" t="s">
+      <c r="L79" s="6" t="s">
         <v>504</v>
       </c>
-      <c r="L79" s="6" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="M79" s="5"/>
     </row>
     <row r="80">
       <c r="A80" s="5" t="s">
-        <v>507</v>
+        <v>505</v>
       </c>
       <c r="B80" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C80" s="5" t="s">
-        <v>74</v>
+        <v>215</v>
       </c>
       <c r="D80" s="5" t="s">
-        <v>295</v>
+        <v>216</v>
       </c>
       <c r="E80" s="5" t="s">
+        <v>272</v>
+      </c>
+      <c r="F80" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G80" s="5" t="s">
+        <v>506</v>
+      </c>
+      <c r="H80" s="5" t="s">
+        <v>507</v>
+      </c>
+      <c r="I80" s="5" t="s">
         <v>508</v>
       </c>
-      <c r="F80" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H80" s="5" t="s">
+      <c r="J80" s="5" t="s">
+        <v>235</v>
+      </c>
+      <c r="K80" s="5" t="s">
         <v>509</v>
       </c>
-      <c r="I80" s="5" t="s">
+      <c r="L80" s="6" t="s">
         <v>510</v>
       </c>
-      <c r="J80" s="5" t="s">
+      <c r="M80" s="5" t="s">
         <v>511</v>
-      </c>
-[...7 lines deleted...]
-        <v>514</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="5" t="s">
-        <v>515</v>
+        <v>512</v>
       </c>
       <c r="B81" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C81" s="5" t="s">
-        <v>74</v>
+        <v>513</v>
       </c>
       <c r="D81" s="5" t="s">
+        <v>383</v>
+      </c>
+      <c r="E81" s="5" t="s">
+        <v>514</v>
+      </c>
+      <c r="F81" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G81" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H81" s="5" t="s">
+        <v>515</v>
+      </c>
+      <c r="I81" s="5"/>
+      <c r="J81" s="5" t="s">
         <v>516</v>
       </c>
-      <c r="E81" s="5" t="s">
-[...12 lines deleted...]
-      <c r="H81" s="5" t="s">
+      <c r="K81" s="5" t="s">
         <v>517</v>
       </c>
-      <c r="I81" s="5" t="s">
+      <c r="L81" s="6" t="s">
         <v>518</v>
       </c>
-      <c r="J81" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K81" s="5" t="s">
+      <c r="M81" s="5" t="s">
         <v>519</v>
-      </c>
-[...4 lines deleted...]
-        <v>521</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="5" t="s">
-        <v>522</v>
+        <v>520</v>
       </c>
       <c r="B82" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C82" s="5" t="s">
+        <v>74</v>
+      </c>
+      <c r="D82" s="5" t="s">
+        <v>308</v>
+      </c>
+      <c r="E82" s="5" t="s">
+        <v>521</v>
+      </c>
+      <c r="F82" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G82" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H82" s="5" t="s">
+        <v>522</v>
+      </c>
+      <c r="I82" s="5" t="s">
         <v>523</v>
       </c>
-      <c r="D82" s="5" t="s">
+      <c r="J82" s="5" t="s">
         <v>524</v>
       </c>
-      <c r="E82" s="5" t="s">
+      <c r="K82" s="5" t="s">
         <v>525</v>
       </c>
-      <c r="F82" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H82" s="5" t="s">
+      <c r="L82" s="6" t="s">
         <v>526</v>
       </c>
-      <c r="I82" s="5" t="s">
+      <c r="M82" s="5" t="s">
         <v>527</v>
-      </c>
-[...10 lines deleted...]
-        <v>531</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="5" t="s">
-        <v>532</v>
+        <v>528</v>
       </c>
       <c r="B83" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C83" s="5" t="s">
-        <v>162</v>
+        <v>74</v>
       </c>
       <c r="D83" s="5" t="s">
-        <v>116</v>
+        <v>529</v>
       </c>
       <c r="E83" s="5" t="s">
+        <v>75</v>
+      </c>
+      <c r="F83" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G83" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H83" s="5" t="s">
+        <v>530</v>
+      </c>
+      <c r="I83" s="5" t="s">
+        <v>531</v>
+      </c>
+      <c r="J83" s="5" t="s">
+        <v>524</v>
+      </c>
+      <c r="K83" s="5" t="s">
+        <v>532</v>
+      </c>
+      <c r="L83" s="6" t="s">
         <v>533</v>
       </c>
-      <c r="F83" s="5" t="s">
+      <c r="M83" s="5" t="s">
         <v>534</v>
-      </c>
-[...21 lines deleted...]
-        <v>540</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="5" t="s">
-        <v>541</v>
+        <v>535</v>
       </c>
       <c r="B84" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C84" s="5" t="s">
-        <v>116</v>
+        <v>536</v>
       </c>
       <c r="D84" s="5" t="s">
-        <v>162</v>
+        <v>537</v>
       </c>
       <c r="E84" s="5" t="s">
+        <v>538</v>
+      </c>
+      <c r="F84" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G84" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H84" s="5" t="s">
+        <v>539</v>
+      </c>
+      <c r="I84" s="5" t="s">
+        <v>540</v>
+      </c>
+      <c r="J84" s="5" t="s">
+        <v>541</v>
+      </c>
+      <c r="K84" s="5" t="s">
         <v>542</v>
       </c>
-      <c r="F84" s="5" t="s">
-[...7 lines deleted...]
-      <c r="H84" s="5" t="s">
+      <c r="L84" s="6" t="s">
         <v>543</v>
       </c>
-      <c r="I84" s="5" t="s">
+      <c r="M84" s="5" t="s">
         <v>544</v>
-      </c>
-[...10 lines deleted...]
-        <v>548</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="5" t="s">
-        <v>549</v>
+        <v>545</v>
       </c>
       <c r="B85" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C85" s="5" t="s">
-        <v>50</v>
+        <v>175</v>
       </c>
       <c r="D85" s="5" t="s">
-        <v>116</v>
+        <v>130</v>
       </c>
       <c r="E85" s="5" t="s">
+        <v>546</v>
+      </c>
+      <c r="F85" s="5" t="s">
+        <v>547</v>
+      </c>
+      <c r="G85" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H85" s="5" t="s">
+        <v>548</v>
+      </c>
+      <c r="I85" s="5" t="s">
+        <v>549</v>
+      </c>
+      <c r="J85" s="5" t="s">
         <v>550</v>
       </c>
-      <c r="F85" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H85" s="5" t="s">
+      <c r="K85" s="5" t="s">
         <v>551</v>
       </c>
-      <c r="I85" s="5" t="s">
+      <c r="L85" s="6" t="s">
         <v>552</v>
       </c>
-      <c r="J85" s="5" t="s">
+      <c r="M85" s="5" t="s">
         <v>553</v>
-      </c>
-[...7 lines deleted...]
-        <v>556</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="5" t="s">
-        <v>557</v>
+        <v>554</v>
       </c>
       <c r="B86" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C86" s="5" t="s">
-        <v>202</v>
+        <v>130</v>
       </c>
       <c r="D86" s="5" t="s">
+        <v>175</v>
+      </c>
+      <c r="E86" s="5" t="s">
+        <v>555</v>
+      </c>
+      <c r="F86" s="5" t="s">
+        <v>546</v>
+      </c>
+      <c r="G86" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H86" s="5" t="s">
+        <v>556</v>
+      </c>
+      <c r="I86" s="5" t="s">
+        <v>557</v>
+      </c>
+      <c r="J86" s="5" t="s">
         <v>558</v>
       </c>
-      <c r="E86" s="5" t="s">
-[...12 lines deleted...]
-      <c r="H86" s="5" t="s">
+      <c r="K86" s="5" t="s">
         <v>559</v>
       </c>
-      <c r="I86" s="5" t="s">
+      <c r="L86" s="6" t="s">
         <v>560</v>
       </c>
-      <c r="J86" s="5" t="s">
+      <c r="M86" s="5" t="s">
         <v>561</v>
-      </c>
-[...7 lines deleted...]
-        <v>564</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="5" t="s">
-        <v>565</v>
+        <v>562</v>
       </c>
       <c r="B87" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C87" s="5" t="s">
-        <v>74</v>
+        <v>50</v>
       </c>
       <c r="D87" s="5" t="s">
-        <v>516</v>
+        <v>130</v>
       </c>
       <c r="E87" s="5" t="s">
-        <v>75</v>
+        <v>563</v>
       </c>
       <c r="F87" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G87" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H87" s="5" t="s">
+        <v>564</v>
+      </c>
+      <c r="I87" s="5" t="s">
+        <v>565</v>
+      </c>
+      <c r="J87" s="5" t="s">
         <v>566</v>
       </c>
-      <c r="I87" s="5" t="s">
+      <c r="K87" s="5" t="s">
         <v>567</v>
       </c>
-      <c r="J87" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K87" s="5" t="s">
+      <c r="L87" s="6" t="s">
         <v>568</v>
       </c>
-      <c r="L87" s="6" t="s">
+      <c r="M87" s="5" t="s">
         <v>569</v>
-      </c>
-[...1 lines deleted...]
-        <v>570</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="5" t="s">
-        <v>571</v>
+        <v>570</v>
       </c>
       <c r="B88" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C88" s="5" t="s">
-        <v>74</v>
+        <v>215</v>
       </c>
       <c r="D88" s="5" t="s">
+        <v>571</v>
+      </c>
+      <c r="E88" s="5" t="s">
+        <v>272</v>
+      </c>
+      <c r="F88" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G88" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H88" s="5" t="s">
         <v>572</v>
       </c>
-      <c r="E88" s="5" t="s">
-[...2 lines deleted...]
-      <c r="F88" s="5" t="s">
+      <c r="I88" s="5" t="s">
         <v>573</v>
       </c>
-      <c r="G88" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H88" s="5" t="s">
+      <c r="J88" s="5" t="s">
         <v>574</v>
       </c>
-      <c r="I88" s="5" t="s">
+      <c r="K88" s="5" t="s">
         <v>575</v>
       </c>
-      <c r="J88" s="5" t="s">
+      <c r="L88" s="6" t="s">
         <v>576</v>
       </c>
-      <c r="K88" s="5" t="s">
+      <c r="M88" s="5" t="s">
         <v>577</v>
-      </c>
-[...4 lines deleted...]
-        <v>579</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="5" t="s">
-        <v>580</v>
+        <v>578</v>
       </c>
       <c r="B89" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C89" s="5" t="s">
         <v>74</v>
       </c>
       <c r="D89" s="5" t="s">
-        <v>370</v>
+        <v>529</v>
       </c>
       <c r="E89" s="5" t="s">
         <v>75</v>
       </c>
       <c r="F89" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G89" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H89" s="5" t="s">
+        <v>579</v>
+      </c>
+      <c r="I89" s="5" t="s">
+        <v>580</v>
+      </c>
+      <c r="J89" s="5" t="s">
+        <v>524</v>
+      </c>
+      <c r="K89" s="5" t="s">
         <v>581</v>
       </c>
-      <c r="I89" s="5" t="s">
+      <c r="L89" s="6" t="s">
         <v>582</v>
       </c>
-      <c r="J89" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K89" s="5" t="s">
+      <c r="M89" s="5" t="s">
         <v>583</v>
-      </c>
-[...4 lines deleted...]
-        <v>585</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="5" t="s">
-        <v>586</v>
+        <v>584</v>
       </c>
       <c r="B90" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C90" s="5" t="s">
-        <v>295</v>
+        <v>74</v>
       </c>
       <c r="D90" s="5" t="s">
-        <v>587</v>
+        <v>585</v>
       </c>
       <c r="E90" s="5" t="s">
         <v>75</v>
       </c>
-      <c r="F90" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F90" s="5" t="s">
+        <v>586</v>
       </c>
       <c r="G90" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H90" s="5" t="s">
+        <v>587</v>
+      </c>
+      <c r="I90" s="5" t="s">
         <v>588</v>
       </c>
-      <c r="I90" s="5" t="s">
+      <c r="J90" s="5" t="s">
         <v>589</v>
-      </c>
-[...1 lines deleted...]
-        <v>576</v>
       </c>
       <c r="K90" s="5" t="s">
         <v>590</v>
       </c>
       <c r="L90" s="6" t="s">
         <v>591</v>
       </c>
       <c r="M90" s="5" t="s">
         <v>592</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="5" t="s">
         <v>593</v>
       </c>
       <c r="B91" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C91" s="5" t="s">
         <v>74</v>
       </c>
       <c r="D91" s="5" t="s">
-        <v>572</v>
+        <v>383</v>
       </c>
       <c r="E91" s="5" t="s">
         <v>75</v>
       </c>
-      <c r="F91" s="5" t="s">
-        <v>573</v>
+      <c r="F91" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G91" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H91" s="5" t="s">
         <v>594</v>
       </c>
       <c r="I91" s="5" t="s">
         <v>595</v>
       </c>
       <c r="J91" s="5" t="s">
-        <v>576</v>
-[...4 lines deleted...]
-        </is>
+        <v>524</v>
+      </c>
+      <c r="K91" s="5" t="s">
+        <v>596</v>
       </c>
       <c r="L91" s="6" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
       <c r="M91" s="5" t="s">
-        <v>597</v>
+        <v>598</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="5" t="s">
-        <v>598</v>
+        <v>599</v>
       </c>
       <c r="B92" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C92" s="5" t="s">
-        <v>599</v>
+        <v>308</v>
       </c>
       <c r="D92" s="5" t="s">
         <v>600</v>
       </c>
       <c r="E92" s="5" t="s">
         <v>75</v>
       </c>
       <c r="F92" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G92" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H92" s="5" t="s">
         <v>601</v>
       </c>
       <c r="I92" s="5" t="s">
         <v>602</v>
       </c>
       <c r="J92" s="5" t="s">
+        <v>589</v>
+      </c>
+      <c r="K92" s="5" t="s">
         <v>603</v>
       </c>
-      <c r="K92" s="5" t="s">
+      <c r="L92" s="6" t="s">
         <v>604</v>
       </c>
-      <c r="L92" s="6" t="s">
+      <c r="M92" s="5" t="s">
         <v>605</v>
-      </c>
-[...1 lines deleted...]
-        <v>606</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="5" t="s">
-        <v>607</v>
+        <v>606</v>
       </c>
       <c r="B93" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C93" s="5" t="s">
         <v>74</v>
       </c>
       <c r="D93" s="5" t="s">
-        <v>572</v>
+        <v>585</v>
       </c>
       <c r="E93" s="5" t="s">
         <v>75</v>
       </c>
-      <c r="F93" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F93" s="5" t="s">
+        <v>586</v>
       </c>
       <c r="G93" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H93" s="5" t="s">
+        <v>607</v>
+      </c>
+      <c r="I93" s="5" t="s">
         <v>608</v>
       </c>
-      <c r="I93" s="5"/>
       <c r="J93" s="5" t="s">
-        <v>576</v>
-[...1 lines deleted...]
-      <c r="K93" s="5" t="s">
+        <v>589</v>
+      </c>
+      <c r="K93" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L93" s="6" t="s">
         <v>609</v>
       </c>
-      <c r="L93" s="6" t="s">
+      <c r="M93" s="5" t="s">
         <v>610</v>
-      </c>
-[...1 lines deleted...]
-        <v>611</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="5" t="s">
-        <v>612</v>
+        <v>611</v>
       </c>
       <c r="B94" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C94" s="5" t="s">
-        <v>162</v>
+        <v>612</v>
       </c>
       <c r="D94" s="5" t="s">
-        <v>116</v>
+        <v>613</v>
       </c>
       <c r="E94" s="5" t="s">
-        <v>533</v>
-[...2 lines deleted...]
-        <v>613</v>
+        <v>75</v>
+      </c>
+      <c r="F94" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G94" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H94" s="5" t="s">
         <v>614</v>
       </c>
       <c r="I94" s="5" t="s">
         <v>615</v>
       </c>
       <c r="J94" s="5" t="s">
         <v>616</v>
       </c>
       <c r="K94" s="5" t="s">
         <v>617</v>
       </c>
       <c r="L94" s="6" t="s">
         <v>618</v>
       </c>
       <c r="M94" s="5" t="s">
         <v>619</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="5" t="s">
         <v>620</v>
       </c>
       <c r="B95" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C95" s="5" t="s">
-        <v>162</v>
+        <v>74</v>
       </c>
       <c r="D95" s="5" t="s">
-        <v>116</v>
+        <v>585</v>
       </c>
       <c r="E95" s="5" t="s">
-        <v>533</v>
-[...2 lines deleted...]
-        <v>613</v>
+        <v>75</v>
+      </c>
+      <c r="F95" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G95" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H95" s="5" t="s">
         <v>621</v>
       </c>
-      <c r="I95" s="5" t="s">
+      <c r="I95" s="5"/>
+      <c r="J95" s="5" t="s">
+        <v>589</v>
+      </c>
+      <c r="K95" s="5" t="s">
         <v>622</v>
       </c>
-      <c r="J95" s="5" t="s">
+      <c r="L95" s="6" t="s">
         <v>623</v>
       </c>
-      <c r="K95" s="5" t="s">
+      <c r="M95" s="5" t="s">
         <v>624</v>
-      </c>
-[...4 lines deleted...]
-        <v>626</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="5" t="s">
+        <v>625</v>
+      </c>
+      <c r="B96" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C96" s="5" t="s">
+        <v>175</v>
+      </c>
+      <c r="D96" s="5" t="s">
+        <v>130</v>
+      </c>
+      <c r="E96" s="5" t="s">
+        <v>546</v>
+      </c>
+      <c r="F96" s="5" t="s">
+        <v>626</v>
+      </c>
+      <c r="G96" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H96" s="5" t="s">
         <v>627</v>
       </c>
-      <c r="B96" s="5" t="s">
-[...19 lines deleted...]
-      <c r="H96" s="5" t="s">
+      <c r="I96" s="5" t="s">
         <v>628</v>
       </c>
-      <c r="I96" s="5" t="s">
+      <c r="J96" s="5" t="s">
         <v>629</v>
       </c>
-      <c r="J96" s="5" t="s">
+      <c r="K96" s="5" t="s">
         <v>630</v>
       </c>
-      <c r="K96" s="5" t="s">
+      <c r="L96" s="6" t="s">
         <v>631</v>
       </c>
-      <c r="L96" s="6" t="s">
+      <c r="M96" s="5" t="s">
         <v>632</v>
-      </c>
-[...1 lines deleted...]
-        <v>633</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="5" t="s">
+        <v>633</v>
+      </c>
+      <c r="B97" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C97" s="5" t="s">
+        <v>175</v>
+      </c>
+      <c r="D97" s="5" t="s">
+        <v>130</v>
+      </c>
+      <c r="E97" s="5" t="s">
+        <v>546</v>
+      </c>
+      <c r="F97" s="5" t="s">
+        <v>626</v>
+      </c>
+      <c r="G97" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H97" s="5" t="s">
         <v>634</v>
       </c>
-      <c r="B97" s="5" t="s">
-[...19 lines deleted...]
-      <c r="H97" s="5" t="s">
+      <c r="I97" s="5" t="s">
         <v>635</v>
       </c>
-      <c r="I97" s="5" t="s">
+      <c r="J97" s="5" t="s">
         <v>636</v>
-      </c>
-[...1 lines deleted...]
-        <v>630</v>
       </c>
       <c r="K97" s="5" t="s">
         <v>637</v>
       </c>
       <c r="L97" s="6" t="s">
         <v>638</v>
       </c>
       <c r="M97" s="5" t="s">
         <v>639</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="5" t="s">
         <v>640</v>
       </c>
       <c r="B98" s="5" t="s">
-        <v>14</v>
+        <v>164</v>
       </c>
       <c r="C98" s="5" t="s">
-        <v>74</v>
+        <v>175</v>
       </c>
       <c r="D98" s="5" t="s">
-        <v>572</v>
+        <v>130</v>
       </c>
       <c r="E98" s="5" t="s">
-        <v>75</v>
+        <v>546</v>
       </c>
       <c r="F98" s="5" t="s">
-        <v>573</v>
+        <v>626</v>
       </c>
       <c r="G98" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H98" s="5" t="s">
         <v>641</v>
       </c>
       <c r="I98" s="5" t="s">
         <v>642</v>
       </c>
       <c r="J98" s="5" t="s">
-        <v>576</v>
+        <v>643</v>
       </c>
       <c r="K98" s="5" t="s">
-        <v>643</v>
+        <v>644</v>
       </c>
       <c r="L98" s="6" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="M98" s="5" t="s">
-        <v>645</v>
+        <v>646</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="5" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="B99" s="5" t="s">
-        <v>14</v>
+        <v>164</v>
       </c>
       <c r="C99" s="5" t="s">
-        <v>74</v>
+        <v>175</v>
       </c>
       <c r="D99" s="5" t="s">
-        <v>370</v>
+        <v>130</v>
       </c>
       <c r="E99" s="5" t="s">
-        <v>75</v>
-[...4 lines deleted...]
-        </is>
+        <v>546</v>
+      </c>
+      <c r="F99" s="5" t="s">
+        <v>626</v>
       </c>
       <c r="G99" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H99" s="5" t="s">
-        <v>647</v>
+        <v>648</v>
       </c>
       <c r="I99" s="5" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
       <c r="J99" s="5" t="s">
-        <v>511</v>
+        <v>643</v>
       </c>
       <c r="K99" s="5" t="s">
-        <v>649</v>
+        <v>650</v>
       </c>
       <c r="L99" s="6" t="s">
-        <v>650</v>
+        <v>651</v>
       </c>
       <c r="M99" s="5" t="s">
-        <v>651</v>
+        <v>652</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="5" t="s">
-        <v>652</v>
+        <v>653</v>
       </c>
       <c r="B100" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C100" s="5" t="s">
-        <v>32</v>
+        <v>74</v>
       </c>
       <c r="D100" s="5" t="s">
-        <v>516</v>
-[...9 lines deleted...]
-        </is>
+        <v>585</v>
+      </c>
+      <c r="E100" s="5" t="s">
+        <v>75</v>
+      </c>
+      <c r="F100" s="5" t="s">
+        <v>586</v>
       </c>
       <c r="G100" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H100" s="5" t="s">
-        <v>653</v>
+        <v>654</v>
       </c>
       <c r="I100" s="5" t="s">
-        <v>654</v>
+        <v>655</v>
       </c>
       <c r="J100" s="5" t="s">
-        <v>576</v>
+        <v>589</v>
       </c>
       <c r="K100" s="5" t="s">
-        <v>655</v>
+        <v>656</v>
       </c>
       <c r="L100" s="6" t="s">
-        <v>656</v>
+        <v>657</v>
       </c>
       <c r="M100" s="5" t="s">
-        <v>657</v>
+        <v>658</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="5" t="s">
-        <v>658</v>
+        <v>659</v>
       </c>
       <c r="B101" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C101" s="5" t="s">
-        <v>162</v>
+        <v>74</v>
       </c>
       <c r="D101" s="5" t="s">
-        <v>116</v>
+        <v>383</v>
       </c>
       <c r="E101" s="5" t="s">
-        <v>533</v>
-[...2 lines deleted...]
-        <v>659</v>
+        <v>75</v>
+      </c>
+      <c r="F101" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G101" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H101" s="5" t="s">
         <v>660</v>
       </c>
       <c r="I101" s="5" t="s">
         <v>661</v>
       </c>
       <c r="J101" s="5" t="s">
+        <v>524</v>
+      </c>
+      <c r="K101" s="5" t="s">
         <v>662</v>
       </c>
-      <c r="K101" s="5" t="s">
+      <c r="L101" s="6" t="s">
         <v>663</v>
       </c>
-      <c r="L101" s="6" t="s">
+      <c r="M101" s="5" t="s">
         <v>664</v>
-      </c>
-[...1 lines deleted...]
-        <v>665</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="5" t="s">
-        <v>666</v>
+        <v>665</v>
       </c>
       <c r="B102" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C102" s="5" t="s">
-        <v>162</v>
+        <v>32</v>
       </c>
       <c r="D102" s="5" t="s">
-        <v>116</v>
-[...2 lines deleted...]
-        <v>550</v>
+        <v>529</v>
+      </c>
+      <c r="E102" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F102" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G102" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H102" s="5" t="s">
+        <v>666</v>
+      </c>
+      <c r="I102" s="5" t="s">
         <v>667</v>
       </c>
-      <c r="I102" s="5" t="s">
+      <c r="J102" s="5" t="s">
+        <v>589</v>
+      </c>
+      <c r="K102" s="5" t="s">
         <v>668</v>
       </c>
-      <c r="J102" s="5" t="s">
+      <c r="L102" s="6" t="s">
         <v>669</v>
       </c>
-      <c r="K102" s="5" t="s">
+      <c r="M102" s="5" t="s">
         <v>670</v>
       </c>
-      <c r="L102" s="6" t="s">
+    </row>
+    <row r="103">
+      <c r="A103" s="5" t="s">
         <v>671</v>
       </c>
-      <c r="M102" s="5" t="s">
+      <c r="B103" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C103" s="5" t="s">
+        <v>175</v>
+      </c>
+      <c r="D103" s="5" t="s">
+        <v>130</v>
+      </c>
+      <c r="E103" s="5" t="s">
+        <v>546</v>
+      </c>
+      <c r="F103" s="5" t="s">
         <v>672</v>
+      </c>
+      <c r="G103" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H103" s="5" t="s">
+        <v>673</v>
+      </c>
+      <c r="I103" s="5" t="s">
+        <v>674</v>
+      </c>
+      <c r="J103" s="5" t="s">
+        <v>675</v>
+      </c>
+      <c r="K103" s="5" t="s">
+        <v>676</v>
+      </c>
+      <c r="L103" s="6" t="s">
+        <v>677</v>
+      </c>
+      <c r="M103" s="5" t="s">
+        <v>678</v>
+      </c>
+    </row>
+    <row r="104">
+      <c r="A104" s="5" t="s">
+        <v>679</v>
+      </c>
+      <c r="B104" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C104" s="5" t="s">
+        <v>175</v>
+      </c>
+      <c r="D104" s="5" t="s">
+        <v>130</v>
+      </c>
+      <c r="E104" s="5" t="s">
+        <v>563</v>
+      </c>
+      <c r="F104" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G104" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H104" s="5" t="s">
+        <v>680</v>
+      </c>
+      <c r="I104" s="5" t="s">
+        <v>681</v>
+      </c>
+      <c r="J104" s="5" t="s">
+        <v>682</v>
+      </c>
+      <c r="K104" s="5" t="s">
+        <v>683</v>
+      </c>
+      <c r="L104" s="6" t="s">
+        <v>684</v>
+      </c>
+      <c r="M104" s="5" t="s">
+        <v>685</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>
     <hyperlink ref="M13" r:id="rId18"/>
     <hyperlink ref="M14" r:id="rId19"/>
     <hyperlink ref="M15" r:id="rId20"/>
     <hyperlink ref="M16" r:id="rId21"/>
     <hyperlink ref="M17" r:id="rId22"/>
     <hyperlink ref="M18" r:id="rId23"/>
     <hyperlink ref="M19" r:id="rId24"/>
     <hyperlink ref="M20" r:id="rId25"/>
     <hyperlink ref="M21" r:id="rId26"/>
@@ -8830,44 +9003,46 @@
     <hyperlink ref="M78" r:id="rId83"/>
     <hyperlink ref="M79" r:id="rId84"/>
     <hyperlink ref="M80" r:id="rId85"/>
     <hyperlink ref="M81" r:id="rId86"/>
     <hyperlink ref="M82" r:id="rId87"/>
     <hyperlink ref="M83" r:id="rId88"/>
     <hyperlink ref="M84" r:id="rId89"/>
     <hyperlink ref="M85" r:id="rId90"/>
     <hyperlink ref="M86" r:id="rId91"/>
     <hyperlink ref="M87" r:id="rId92"/>
     <hyperlink ref="M88" r:id="rId93"/>
     <hyperlink ref="M89" r:id="rId94"/>
     <hyperlink ref="M90" r:id="rId95"/>
     <hyperlink ref="M91" r:id="rId96"/>
     <hyperlink ref="M92" r:id="rId97"/>
     <hyperlink ref="M93" r:id="rId98"/>
     <hyperlink ref="M94" r:id="rId99"/>
     <hyperlink ref="M95" r:id="rId100"/>
     <hyperlink ref="M96" r:id="rId101"/>
     <hyperlink ref="M97" r:id="rId102"/>
     <hyperlink ref="M98" r:id="rId103"/>
     <hyperlink ref="M99" r:id="rId104"/>
     <hyperlink ref="M100" r:id="rId105"/>
     <hyperlink ref="M101" r:id="rId106"/>
     <hyperlink ref="M102" r:id="rId107"/>
+    <hyperlink ref="M103" r:id="rId108"/>
+    <hyperlink ref="M104" r:id="rId109"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>