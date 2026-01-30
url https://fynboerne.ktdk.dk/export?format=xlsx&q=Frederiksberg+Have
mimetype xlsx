--- v0 (2025-11-01)
+++ v1 (2026-01-30)
@@ -3,53 +3,53 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="733" uniqueCount="481" xml:space="preserve">
-[...1 lines deleted...]
-    <t>Datering</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="745" uniqueCount="488" xml:space="preserve">
+  <si>
+    <t>Datering/Værktitel</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
@@ -1368,54 +1368,107 @@
 Segelcke
 Laura Wanscher
 Kristian Zahrtmann</t>
   </si>
   <si>
     <t>Elise har sendt et billede til sagføreren og modtaget kvittering. Det blev et landskab med en bænk under et piletræ. Grosserer Just valgte "Udsigten fra Frederiksberg Bakke", og der er flere andre købere i kulissen. Hun har være ude at hilse på Zahrtmann. Fortæller i øvrigt diverse om familiens dagligdag.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/PLHu</t>
   </si>
   <si>
     <t>5 Marts 1917
 Kære Per!
 Nu kan jeg da berolige dig med, at jeg har sendt et Billede til Sagføreren og modtaget en Kvittering derfor. Jeg sendte et Landskab, som jeg aldrig kan huske hvor er, det staar en Bænk under et Piletræ til højre i Billedet, det er bedre end noget Gottschalck, som Folk begejstres for, men jeg kunde ikke finde noget andet.
 Gros. Just valgte "Udsigten fra Frederiksberg Bakke, det var til 400 Kr., maaske køber en Broder til ham det større Billede med Pløjejorden, det ved jeg endnu ikke. Det er jo to smukke Billeder, som du sendte herover, nu har jeg skrevet til Frk. Segelcke for at faa hende herud og se paa dem. 
 Det er kedeligt med den Kulde, vi nu har igen, og den stærke Blæst gaar jo til Marv og Ben.
 I gaar var jeg ude at hilse paa Zahrtmann, han var rask og meget lebendig og elskværdig, saa det var saa morsomt at sidde derude. Aage Berthelsen kom ogsaa, og da Talen faldt paa Skovgaard-Udstillingen hindrede hans Tilstedeværelse mig i at sige min Mening om alle de udmærkede Træer og Skovpartier, han kunde jo nemt føle sig krænket. Jeg kan da fortælle dig, at de sad og frøs i det store Atelier, inte jeg - saa det maa ikke forbavse dig, om du ikke heller kan faa dit varmet op. 
 Jeg har været ved at klistre klistre klistre Tætningslister i Getes Sovekammervindue, det fik jeg gjort inden det atter blev koldt. Hun har været i Selskab hos Else Mowinckel, det første i meget lang Tid, hun morede sig "saa godt". Nu har hun selv snart Fødselsdag, saa maa hun jo have nogle Veninder. Hun klarer sig godt i Skolen, men hun er bleven noget magrere, siden hun begyndte, al det overflødige Fedt er gaaet af hende, det klæder hende forresten, men jeg holder jo meget af lidt Oplæg. Hvorledes gaar det dig? ser du godt ud? Jeg er glad for, at du faar noget godt at spise. Sophus er begyndt at komme op. Han ser lidt medtaget ud; Kai og Ida har nu opgivet Norge, hvor der hverken er Mad eller Varme og skal nu paa Hareskovens Rekreationshjem. Ellen var her i Gaar Aftes, nu rejser hun tilbage til Aalborg og bliver der. I Maj skal hun giftes, og Louise vil naturligvis have stort Bryllup, Phønix, og det hele. Jeg synes nu, man kommer vanskeligere i Feststemning nu hvor man ikke ved, hvorledes man sidder i det om 14 Dage. Vi har købt Tørv i Dag, som vi fyrer med paa Komfuret; jeg tror nok, det er dyrt Materiale, men der er saa koldt i Køkkenet, nu vil vi prøve det. Koks har vi til Maj, saa kan vi vel nære os.
 I søndags var jeg ude for at se til Skadhauge, han havde været lidt oppe og saa helt flink ud. Fru Wanscher sad derude, hun trænger nok til at blive trøstet.
 Dette Brev har længe været i Trykken, jeg bliver tit forstyrret, ved du nok.
 Mange Kærlige Hilsner fra hele Banden
 Din heng.
 Elsa</t>
   </si>
   <si>
+    <t>1917-06-07</t>
+  </si>
+  <si>
+    <t>Frederiksberg Have</t>
+  </si>
+  <si>
+    <t>Kerteminde
+Kærbyhus</t>
+  </si>
+  <si>
+    <t>Adam Goldschmidt
+Alfred Goldschmidt
+Alhed Larsen
+Janna Schou
+Jørgen Schou
+Marie Schou</t>
+  </si>
+  <si>
+    <t>Efter flere års ulykkeligt ægteskab gik Astrid/Dis Warberg-Goldschmidt fra sin mand, Alfred Goldschmidt, da hun blev kæreste med Jørgen/Buf Schou, som var meget yngre end hende. De to ventede hurtigt barn sammen. Jørgen Schou og hans mor, Marie Syberg, som i sit første ægteskab bar navnet Schou, boede i det nedlagte gartneri Valdal i Valby. 
+Hogemeister, Bendsen, Pauline samt Karen K kendes ikke.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0989</t>
+  </si>
+  <si>
+    <t>Astrid/Dis Warberg-Goldschmidt takker for babytøjet. Hun har fået et gavekort af Jørgen/Buf Schous mor. Astrid får mange udgifter til blandt andet fødehjemmet. Hun overvejer at lave et middagsabonnement. Om tre-fire år kan Jørgen/Buf nok bidrage godt økonomisk. 
+Jørgens mor, Marie Syberg/Schou har helt ændret holdning til Astrid. Tidligere frygtede hun, at barnets komme ville lægge bånd på sønnen, men hun blev lettet, da planen om giftermål blev skrinlagt. Jørgen er også lykkelig over at "krigen" er slut. 
+Efter fødslen skal Astrid efter planen bo en tid på Valdal. 
+Astrids kvistlejlighed er yndig, og hun holder den skinnende ren. Hun har pragtfuldt blomstrende planter, og hun nyder både dem og den skønne sommer samt at glæde sig til barnet. 
+Astrid beder Johanne/Junge Larsen sende den sorte bog med skriverier i.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/dn6L</t>
+  </si>
+  <si>
+    <t>[På kuvertens forside med blæk:]
+Fru Johanne Warberg-Larsen
+Kærbyhus
+Kerteminde
+[På kuvertens forside med blyant:]
+1917 
+7/6
+[I brevet med blyant:]
+I/
+pt. Frederiksberg Have 
+den 7/6 – 17.
+Kæreste lille Junge! Tak for Dit Brev – og her gik jeg med den frygteligste ondeste Samvittighed, fordi jeg ikke skrev til Dig – Du har da ingen Grund til Samvittighed! Men selv om Du aldrig skrev (hvad Du nu gør) – så bliver jeg aldrig besk af den Grund, jeg ved jo nok, at Brevskrivning er noget uoverkommeligt for Dig – og det kan jeg skam godt forstå. – Tak for alt det gode små Tøj – for Lån og for Gave! Det som behøvede Vask og Kogning bliver ordnet i Dag af min kære Naboerske, Fru Bendsen, som selv har Storvadsk. Når jeg saa får det strøget – hvad jeg selv kan, så er alt i Orden og parat, jeg har kun behøvet at købe 12 nye Bleer, 6 Undertøj og 4 Svøb – det var endda på Presentkortet – hvoraf endnu resterer 28 Kr, det var på 50 Kr (Bufs Mor), så jeg har jo slet ingen Udgifter haft selv endnu, men nu kommer det jo i næste Måned – senest – med 138 Kr til Fødehjem – og der bliver jo nok mere, Vogn etc. Nu har jeg 945 Kr i Sparekassen og 15 Kr skylder Karen K mig; og før til Sept. holder mine Indtægter jo ikke op – altså de 100 fra Alfred. Så har Du måske hørt, at jeg tænker på fra Sept. at få Middagsabonnement – til dels på Frokost; har sikret mig Pauline, men skulde gerne have 3 til, så håber jeg at kunne klare den nogenlunde. Jeg er meget lettet ved denne Idè – så går man da ikke straks sin Ruin imøde, men kan forhale den noget og kommer Tid kommer Råd, kan jeg blot klare den 3-4 År, så vil Buf sikkert til den Tid – måske før – kunne træde til ; det ser helt godt ud med alt hans; Chefen – Hogemeister – synes at interessere sig for ham, vil gerne beholde ham, selv uddanne ham til praktisk Ingeniør og siden knytte ham fast til sin Virksomhed, som det er Menigen at udvide i stor Stil – om nu bare Krigen engang holdt op. – Ja, Junge, jeg må sige Dig, at jeg er mere end henrykt over den nye Tingenes Ordning, der er kommen sådan en velsignet Fred over hele Linien; Bufs Mor har helt forandret sig overfor mig, er sød og venlig og interesseret, jeg er slet ikke bange for hende mere - kommer meget derud – glæder mig nu altid til det, det er jo så dejligt at sidde i den yndige Have – og jeg befinder mig pludselig helt som hjemme derude; jeg kan ikke sige Dig, hvilken Lettelse det er og hvilken Følelse af Glæde og Tryghed det har givet mig; først nu forstår jeg rigtig, hvor grænseløst det har pint mig i disse År, at hun stod så uforsonlig overfor mig; men det har været et stort Gode, at dette Giftermål var påtænkt – hun synes 
+II/
+nu ganske at glemme, at Giftermålsplanen først kom op senere [er forresten slet ikke udklækket i min Hjerne fra Begyndelsen) hendes første store Fortvivlelse, der gav sig så forbitrede Udtryk overfor mig, gjaldt jo nemlig dèt, at et Barn ventedes – og at det kunde virke som et Bånd på Buf. Nu er den Ulykke glemt – i Lettelsen over at jeg afstår fra Giftermålet – Hurra! det var nu ingen dårlig Manøvre – hvilket herligt Resultat! Buf er ikke den mindst lykkelige – forn ham betyder det en om mulig endnu større Lettelse, at denne pinlige indbyrdes Krig er sluttet – og så uventet gunstigt. – Jeg har det så godt, Junge; er så mobil og lebendig, at jeg meget ofte glemmer, at jeg bærer på den vældige Unge – Forleden var jeg f Eks. Lige ved at trave op på Rundetårn, da jeg netop kom forbi og så der var åbent, men det var nok alligevel bleven for højbenet – jeg besindede min Fylde- og opgav Forehavedet. Og Junge – jeg glæder mig noget så knusende til at have sådan et lille Nøvs engang igen. Det er bestemt at jeg kan tage lige fra Fødehjemmet ud til Valdal og bo derude i nogen Tid sammen med Buf – de andre er nok rejst til den Tid, så kan den lille stå i Haven hele Tide – og jeg slipper for Trapperne til min Kvist; jeg glæder mig sådan til den Tid – bare nu alt må forløbe normalt. 
+Der er for Resten så yndigt på min Kvist i denne Tid - jeg gør mig en Motion af altid at skruppe og skure og ordne deroppe - så der er skinnende flunkende fint og frisk og duftende; jeg har et dejligt Flor af Blomster i Vinduerne - Be gav mig en pragtfuld rød Pelargonie; som blomstrer ganske overdådigt, en lyserød er også i Flor og et lille Skud - blegrød - har sat en vældig Blomst; Adams Venusbregne er også pludselig begyndt at udvikle sig til en voldsom Skønhed - åh, jeg nyder hver Dag min lille yndige Lejlighed og jeg tror, det er saliggørende for en Dame, der venter sin Nedkomst - at gå så meget alene - for Hjernen er jo nu det ømme Punkt ved sådan en Lejlighed.
+Og hvilken Sommer vi dog har! det er da også til at blive tosset over! Jeg nyder den i fulde Drag hver Dag - enten her i Frederiksberg Have - i Søndermarken - eller - allerbedst - på Græsplænen i Valdals Have.
+Hvor er det dog bedårende dejligt at gå og bære på en lille Unge under så gunstige Omstændigheder - jeg tror alt godt om alting i denne Tid. 
+Ja - så bliver Skrivelsen ikke længere dennegang - Farvel lille Junge og Tak for al Din store Godhed! Hils Jer alle fra Din Dis
+Send mig engang ved Lejlighed den sorte Bog med mine Skrifter - f. Eks. engang med Be.</t>
+  </si>
+  <si>
     <t>1917-06-14</t>
-  </si>
-[...1 lines deleted...]
-    <t>Frederiksberg Have</t>
   </si>
   <si>
     <t>Charles Abrahams
 Ingeborg Abrahams
 Olaf Brahm
 Bodild Branner
 Thora  Branner
 Adam Goldschmidt
 Alfred Goldschmidt
 Ina  Goldschmidt
 Alhed Larsen
 Johanne Christine Larsen
 Ellen  Sawyer
 Jørgen Schou
 Marie Syberg</t>
   </si>
   <si>
     <t>Astrid Warberg blev skilt fra Alfred Goldschmidt og flyttede fra Malmø til Frederiksberg for at være sammen med sin nye kæreste Jørgen/Buf Schou. Hans mor, Marie Syberg, boede på dette tidspunkt på det nedlagte gartneri, Valdal, i Valby. 
 Astrid Warberg og Jørgen Schou fik sammen datteren Janna. 
 Det vides ikke, hvad Grete Hammeleffs mor hed. Astrid Warbergs nabokones navn kendes heller ikke.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, Astrid Warberg til Laura Warberg, 1917-06-14, BB2432</t>
   </si>
   <si>
@@ -1948,54 +2001,50 @@
 Hanne With</t>
   </si>
   <si>
     <t>Lehn Schiølers bor på Uraniavej.</t>
   </si>
   <si>
     <t>Alhed Larsen har netop været til stor fødselsdagsfest for sanatoriets læge.
 Nu er hun hos specialist i København. Om lørdagen rejser hun hjem for at tage sig af de mange forberedelser til juledagene.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/MrrH</t>
   </si>
   <si>
     <t>Kæreste Lausi!
 Jeg har ikke faaet skreven et Par Dage, her har været saa meget, saa Tiden er løben fra mig. I Onsdags var det Doktorens Fødselsdag, her var Festmiddag og vi forærede ham en pragtfuld Blomsterdekoration, som P's Fætter, hans Kone og en Bankmand var i København at købe. Om Aftenen var her Koncert af Doktoren og to Damer, vi var alle i fint Tøj, det var meget festligt. I Morgen tager jeg herfra, Lørdag er almindelig Rejsedag, fordi der ikke er Lys[ulæselig] og deslige og jeg syntes ikke det kunde nytte at begynde paa næste Uge, da der paa Onsdag kun er 8 Dage til Juleaften. Jeg er meget skuffet over, at Maraje ikke er rejst hjem endnu jeg havde Brev fra Elle i Aftes men nu kan det jo være, at hun er rejst i Dag, det er meget knap Tid til Vadsk, Bagværk, Gæs og anden Mad, og lidt Rengøring skal der jo ogsaa til. Jeg maa være et Par Dage i København for at gaa til Specialist, - det har han sagt - og købe Julegaver sammen med Lysse, og saa maa jeg Hjem at sætte Gang i det. Fru Schiøler ringede i Midddags om jeg saa kom ud i Efterm. at se paa Storkebillede med Sch. og Dr. Stockfl. 
 Det er rasende ærgerligt, det er en vigtigere Aftale med Stockfleth, inden jeg vidste at [ulæselig]ril kom herud. Men den første Dag [ulæselig]ril var her, ringede vi til Uraniavej om det maatte være om Tirsdagen (det skal være enten en Tirsdag eller en Fredag) da vi syntes det var ærgerligt at tage herfra en af de Eftermiddage jeg kunde være sammen med [ulæselig]ril. Men Eiler, som vi talte sammen med, har glemt at lade det gaa videre. Bare jeg nu ikke bliver snydt, da hun ringede, var det for sent til at jeg kunde naa det. - [ulæselig]ril er rigtig sød, men jeg kan ikke sige andet at det er heldigt at hun ikke har været her hele Tiden, hun lægger Beslag paa mig hele Tiden, saa jeg bogstavelig ikke har fri, ikke en Gang mine ensomme Ture har jeg mere, men maaske det er helt godt til en Overgang, og skal hilse mange Gange fra hende. Gamle Frk. With [ulæselig] i Haven hende, [ulæselig], hun er en ualmindelig fin, sød gammel Dame. Nu skal jeg over at drikke Kaffe med [Ulæselig]ril, og saa skal vi ud at gaa Tur. Jeg ringer til Lysse i Aften, at han kan tage imod mig i Morgen, og saa har jeg tænkt mig at ringe til Dig i Morgen Aften. 
 Tusind Hilsner Din A.
 Fredag Efterm.</t>
   </si>
   <si>
     <t>1926-05-26</t>
   </si>
   <si>
     <t>Frederiksberg
 Rolfsvej 17</t>
-  </si>
-[...2 lines deleted...]
-Kærbyhus</t>
   </si>
   <si>
     <t>Hareskoven</t>
   </si>
   <si>
     <t>Fru Balslev
 Rigmor Balslev
 Julie Brandt
 Bodild Branner
 - Glarup
 Karen Goldschmidt
 Adolph Larsen
 Alhed Larsen
 Johannes Larsen
 Lotte Lehnert
 Christine  Mackie
 Elisabeth Mackie
 - Olsen, København
 - Petersen, Hareskov
 Ellen  Sawyer
 Janna Schou
 Sophie Walleen
 Andreas Warberg
 Laura Warberg
 Erik Warberg Larsen
@@ -2831,59 +2880,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/5Zlp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mCHc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oyxZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Cddm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Iw9P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/03fj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ARDw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zsTt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A3eY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tTE1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FD8g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0Gp0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/U7Kt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uDcP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aOLw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eprp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FR2K" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gggx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Qx0N" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TobY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PIMJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4Qle" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/usSp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gfWU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F9RN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/csCL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xsna" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ou54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mOPf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/avmk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QVwJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LfEF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PLHu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2HF0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/q0sA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mNUU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cPSE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dabk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QKJH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/a6ya" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/s4WF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SBIA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TB6V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OzeC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aDtB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4j7f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Okqm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yh33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pjzE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MrrH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5iq4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iqXt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wUYt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wz2G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zkqN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NkIu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cWRz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/M6zq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UYms" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ARYY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Q5V8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/s0LM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Qoxh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jH7A" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xput" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/5Zlp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mCHc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oyxZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Cddm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Iw9P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/03fj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ARDw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zsTt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A3eY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tTE1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FD8g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0Gp0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/U7Kt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uDcP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aOLw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eprp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FR2K" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gggx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Qx0N" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TobY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PIMJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4Qle" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/usSp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gfWU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F9RN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/csCL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xsna" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ou54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mOPf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/avmk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QVwJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LfEF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PLHu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dn6L" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2HF0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/q0sA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mNUU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cPSE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dabk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QKJH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/a6ya" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/s4WF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SBIA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TB6V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OzeC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aDtB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4j7f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Okqm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yh33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pjzE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MrrH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5iq4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iqXt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wUYt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wz2G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zkqN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NkIu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cWRz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/M6zq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UYms" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ARYY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Q5V8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/s0LM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Qoxh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jH7A" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xput" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M66"/>
+  <dimension ref="A1:M67"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -4370,851 +4419,851 @@
       <c r="I34" s="5"/>
       <c r="J34" s="5" t="s">
         <v>226</v>
       </c>
       <c r="K34" s="5" t="s">
         <v>245</v>
       </c>
       <c r="L34" s="6" t="s">
         <v>246</v>
       </c>
       <c r="M34" s="5" t="s">
         <v>247</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="5" t="s">
         <v>248</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C35" s="5" t="s">
         <v>125</v>
       </c>
       <c r="D35" s="5" t="s">
-        <v>27</v>
+        <v>126</v>
       </c>
       <c r="E35" s="5" t="s">
         <v>249</v>
       </c>
-      <c r="F35" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F35" s="5" t="s">
+        <v>250</v>
       </c>
       <c r="G35" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H35" s="5" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="I35" s="5" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="J35" s="5" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="K35" s="5" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="L35" s="6" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="M35" s="5" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="5" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="B36" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C36" s="5" t="s">
-        <v>239</v>
+        <v>125</v>
       </c>
       <c r="D36" s="5" t="s">
-        <v>224</v>
-[...4 lines deleted...]
-        </is>
+        <v>27</v>
+      </c>
+      <c r="E36" s="5" t="s">
+        <v>249</v>
       </c>
       <c r="F36" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G36" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H36" s="5" t="s">
-        <v>257</v>
-[...1 lines deleted...]
-      <c r="I36" s="5"/>
+        <v>258</v>
+      </c>
+      <c r="I36" s="5" t="s">
+        <v>259</v>
+      </c>
       <c r="J36" s="5" t="s">
-        <v>226</v>
+        <v>260</v>
       </c>
       <c r="K36" s="5" t="s">
-        <v>258</v>
+        <v>261</v>
       </c>
       <c r="L36" s="6" t="s">
-        <v>259</v>
+        <v>262</v>
       </c>
       <c r="M36" s="5" t="s">
-        <v>260</v>
+        <v>263</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="5" t="s">
-        <v>261</v>
+        <v>264</v>
       </c>
       <c r="B37" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C37" s="5" t="s">
         <v>239</v>
       </c>
       <c r="D37" s="5" t="s">
         <v>224</v>
       </c>
       <c r="E37" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F37" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G37" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H37" s="5" t="s">
-        <v>262</v>
-[...3 lines deleted...]
-      </c>
+        <v>265</v>
+      </c>
+      <c r="I37" s="5"/>
       <c r="J37" s="5" t="s">
         <v>226</v>
       </c>
       <c r="K37" s="5" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="L37" s="6" t="s">
-        <v>265</v>
+        <v>267</v>
       </c>
       <c r="M37" s="5" t="s">
-        <v>266</v>
+        <v>268</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="5" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="B38" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C38" s="5" t="s">
-        <v>64</v>
+        <v>239</v>
       </c>
       <c r="D38" s="5" t="s">
-        <v>268</v>
+        <v>224</v>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F38" s="5" t="s">
-        <v>17</v>
+      <c r="F38" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G38" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H38" s="5" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="I38" s="5" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="J38" s="5" t="s">
-        <v>67</v>
+        <v>226</v>
       </c>
       <c r="K38" s="5" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="L38" s="6" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="M38" s="5" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="5" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C39" s="5" t="s">
         <v>64</v>
       </c>
       <c r="D39" s="5" t="s">
-        <v>275</v>
-[...7 lines deleted...]
-        </is>
+        <v>276</v>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F39" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="G39" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H39" s="5" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="I39" s="5" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="J39" s="5" t="s">
-        <v>21</v>
+        <v>67</v>
       </c>
       <c r="K39" s="5" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="L39" s="6" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="M39" s="5" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="5" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="B40" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C40" s="5" t="s">
         <v>64</v>
       </c>
       <c r="D40" s="5" t="s">
-        <v>268</v>
+        <v>283</v>
       </c>
       <c r="E40" s="5" t="s">
         <v>118</v>
       </c>
       <c r="F40" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G40" s="5" t="s">
-        <v>282</v>
+      <c r="G40" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H40" s="5" t="s">
-        <v>283</v>
-[...1 lines deleted...]
-      <c r="I40" s="5"/>
+        <v>284</v>
+      </c>
+      <c r="I40" s="5" t="s">
+        <v>285</v>
+      </c>
       <c r="J40" s="5" t="s">
-        <v>67</v>
+        <v>21</v>
       </c>
       <c r="K40" s="5" t="s">
-        <v>284</v>
+        <v>286</v>
       </c>
       <c r="L40" s="6" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="M40" s="5" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="5" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
       <c r="B41" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C41" s="5" t="s">
-        <v>224</v>
+        <v>64</v>
       </c>
       <c r="D41" s="5" t="s">
-        <v>64</v>
+        <v>276</v>
       </c>
       <c r="E41" s="5" t="s">
-        <v>288</v>
-[...7 lines deleted...]
-        </is>
+        <v>118</v>
+      </c>
+      <c r="F41" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G41" s="5" t="s">
+        <v>290</v>
       </c>
       <c r="H41" s="5" t="s">
-        <v>16</v>
-[...3 lines deleted...]
-      </c>
+        <v>291</v>
+      </c>
+      <c r="I41" s="5"/>
       <c r="J41" s="5" t="s">
         <v>67</v>
       </c>
       <c r="K41" s="5" t="s">
-        <v>290</v>
+        <v>292</v>
       </c>
       <c r="L41" s="6" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="M41" s="5" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="5" t="s">
-        <v>293</v>
+        <v>295</v>
       </c>
       <c r="B42" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C42" s="5" t="s">
-        <v>294</v>
+        <v>224</v>
       </c>
       <c r="D42" s="5" t="s">
         <v>64</v>
       </c>
       <c r="E42" s="5" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="F42" s="5" t="s">
         <v>18</v>
       </c>
       <c r="G42" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H42" s="5" t="s">
-        <v>296</v>
+        <v>16</v>
       </c>
       <c r="I42" s="5" t="s">
         <v>297</v>
       </c>
       <c r="J42" s="5" t="s">
         <v>67</v>
       </c>
       <c r="K42" s="5" t="s">
         <v>298</v>
       </c>
       <c r="L42" s="6" t="s">
         <v>299</v>
       </c>
       <c r="M42" s="5" t="s">
         <v>300</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="5" t="s">
         <v>301</v>
       </c>
       <c r="B43" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C43" s="5" t="s">
-        <v>294</v>
+        <v>302</v>
       </c>
       <c r="D43" s="5" t="s">
         <v>64</v>
       </c>
       <c r="E43" s="5" t="s">
-        <v>18</v>
+        <v>303</v>
       </c>
       <c r="F43" s="5" t="s">
         <v>18</v>
       </c>
       <c r="G43" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H43" s="5" t="s">
-        <v>302</v>
+        <v>304</v>
       </c>
       <c r="I43" s="5" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
       <c r="J43" s="5" t="s">
         <v>67</v>
       </c>
       <c r="K43" s="5" t="s">
-        <v>304</v>
+        <v>306</v>
       </c>
       <c r="L43" s="6" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
       <c r="M43" s="5" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="5" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="B44" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C44" s="5" t="s">
-        <v>294</v>
+        <v>302</v>
       </c>
       <c r="D44" s="5" t="s">
         <v>64</v>
       </c>
       <c r="E44" s="5" t="s">
-        <v>295</v>
+        <v>18</v>
       </c>
       <c r="F44" s="5" t="s">
         <v>18</v>
       </c>
       <c r="G44" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H44" s="5" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
       <c r="I44" s="5" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="J44" s="5" t="s">
         <v>67</v>
       </c>
       <c r="K44" s="5" t="s">
-        <v>310</v>
+        <v>312</v>
       </c>
       <c r="L44" s="6" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
       <c r="M44" s="5" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="5" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
       <c r="B45" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C45" s="5" t="s">
-        <v>16</v>
+        <v>302</v>
       </c>
       <c r="D45" s="5" t="s">
         <v>64</v>
       </c>
       <c r="E45" s="5" t="s">
-        <v>18</v>
+        <v>303</v>
       </c>
       <c r="F45" s="5" t="s">
         <v>18</v>
       </c>
-      <c r="G45" s="5" t="s">
-        <v>314</v>
+      <c r="G45" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H45" s="5" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="I45" s="5" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="J45" s="5" t="s">
         <v>67</v>
       </c>
       <c r="K45" s="5" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="L45" s="6" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="M45" s="5" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="5" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="B46" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C46" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D46" s="5" t="s">
-        <v>26</v>
+        <v>64</v>
       </c>
       <c r="E46" s="5" t="s">
         <v>18</v>
       </c>
-      <c r="F46" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="F46" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G46" s="5" t="s">
+        <v>322</v>
       </c>
       <c r="H46" s="5" t="s">
-        <v>321</v>
+        <v>323</v>
       </c>
       <c r="I46" s="5" t="s">
-        <v>322</v>
+        <v>324</v>
       </c>
       <c r="J46" s="5" t="s">
-        <v>21</v>
+        <v>67</v>
       </c>
       <c r="K46" s="5" t="s">
-        <v>323</v>
+        <v>325</v>
       </c>
       <c r="L46" s="6" t="s">
-        <v>324</v>
+        <v>326</v>
       </c>
       <c r="M46" s="5" t="s">
-        <v>325</v>
+        <v>327</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="5" t="s">
-        <v>326</v>
+        <v>328</v>
       </c>
       <c r="B47" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C47" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D47" s="5" t="s">
-        <v>275</v>
-[...4 lines deleted...]
-        </is>
+        <v>26</v>
+      </c>
+      <c r="E47" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="F47" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G47" s="5" t="s">
-        <v>327</v>
+      <c r="G47" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H47" s="5" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="I47" s="5" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="J47" s="5" t="s">
-        <v>67</v>
+        <v>21</v>
       </c>
       <c r="K47" s="5" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="L47" s="6" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="M47" s="5" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="5" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="B48" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C48" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D48" s="5" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>118</v>
+        <v>283</v>
+      </c>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F48" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G48" s="5" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="H48" s="5" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="I48" s="5" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="J48" s="5" t="s">
-        <v>21</v>
+        <v>67</v>
       </c>
       <c r="K48" s="5" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="L48" s="6" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="M48" s="5" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="5" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="B49" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C49" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D49" s="5" t="s">
         <v>26</v>
       </c>
       <c r="E49" s="5" t="s">
-        <v>18</v>
-[...2 lines deleted...]
-        <v>341</v>
+        <v>118</v>
+      </c>
+      <c r="F49" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G49" s="5" t="s">
         <v>342</v>
       </c>
       <c r="H49" s="5" t="s">
         <v>343</v>
       </c>
       <c r="I49" s="5" t="s">
         <v>344</v>
       </c>
       <c r="J49" s="5" t="s">
-        <v>67</v>
+        <v>21</v>
       </c>
       <c r="K49" s="5" t="s">
         <v>345</v>
       </c>
       <c r="L49" s="6" t="s">
         <v>346</v>
       </c>
       <c r="M49" s="5" t="s">
         <v>347</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="5" t="s">
         <v>348</v>
       </c>
       <c r="B50" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C50" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D50" s="5" t="s">
         <v>26</v>
       </c>
       <c r="E50" s="5" t="s">
         <v>18</v>
       </c>
       <c r="F50" s="5" t="s">
-        <v>341</v>
+        <v>349</v>
       </c>
       <c r="G50" s="5" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="H50" s="5" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="I50" s="5" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="J50" s="5" t="s">
         <v>67</v>
       </c>
       <c r="K50" s="5" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="L50" s="6" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="M50" s="5" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="5" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="B51" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C51" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D51" s="5" t="s">
         <v>26</v>
       </c>
-      <c r="D51" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E51" s="5" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-        </is>
+        <v>18</v>
+      </c>
+      <c r="F51" s="5" t="s">
+        <v>349</v>
       </c>
       <c r="G51" s="5" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="H51" s="5" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="I51" s="5" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="J51" s="5" t="s">
         <v>67</v>
       </c>
       <c r="K51" s="5" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="L51" s="6" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="M51" s="5" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="5" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="B52" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C52" s="5" t="s">
-        <v>125</v>
+        <v>26</v>
       </c>
       <c r="D52" s="5" t="s">
-        <v>126</v>
+        <v>16</v>
       </c>
       <c r="E52" s="5" t="s">
-        <v>363</v>
-[...1 lines deleted...]
-      <c r="F52" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F52" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G52" s="5" t="s">
         <v>364</v>
       </c>
-      <c r="G52" s="5" t="s">
+      <c r="H52" s="5" t="s">
         <v>365</v>
       </c>
-      <c r="H52" s="5" t="s">
+      <c r="I52" s="5" t="s">
         <v>366</v>
       </c>
-      <c r="I52" s="5" t="s">
+      <c r="J52" s="5" t="s">
+        <v>67</v>
+      </c>
+      <c r="K52" s="5" t="s">
         <v>367</v>
       </c>
-      <c r="J52" s="5" t="s">
+      <c r="L52" s="6" t="s">
         <v>368</v>
       </c>
-      <c r="K52" s="5" t="s">
+      <c r="M52" s="5" t="s">
         <v>369</v>
-      </c>
-[...4 lines deleted...]
-        <v>371</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="5" t="s">
+        <v>370</v>
+      </c>
+      <c r="B53" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C53" s="5" t="s">
+        <v>125</v>
+      </c>
+      <c r="D53" s="5" t="s">
+        <v>126</v>
+      </c>
+      <c r="E53" s="5" t="s">
+        <v>371</v>
+      </c>
+      <c r="F53" s="5" t="s">
+        <v>250</v>
+      </c>
+      <c r="G53" s="5" t="s">
         <v>372</v>
       </c>
-      <c r="B53" s="5" t="s">
-[...16 lines deleted...]
-      <c r="G53" s="5" t="s">
+      <c r="H53" s="5" t="s">
         <v>373</v>
       </c>
-      <c r="H53" s="5" t="s">
+      <c r="I53" s="5" t="s">
         <v>374</v>
       </c>
-      <c r="I53" s="5" t="s">
+      <c r="J53" s="5" t="s">
         <v>375</v>
-      </c>
-[...1 lines deleted...]
-        <v>21</v>
       </c>
       <c r="K53" s="5" t="s">
         <v>376</v>
       </c>
       <c r="L53" s="6" t="s">
         <v>377</v>
       </c>
       <c r="M53" s="5" t="s">
         <v>378</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="5" t="s">
         <v>379</v>
       </c>
       <c r="B54" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C54" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D54" s="5" t="s">
         <v>26</v>
       </c>
       <c r="E54" s="5" t="s">
@@ -5276,533 +5325,576 @@
       </c>
       <c r="I55" s="5" t="s">
         <v>389</v>
       </c>
       <c r="J55" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K55" s="5" t="s">
         <v>390</v>
       </c>
       <c r="L55" s="6" t="s">
         <v>391</v>
       </c>
       <c r="M55" s="5" t="s">
         <v>392</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="5" t="s">
         <v>393</v>
       </c>
       <c r="B56" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C56" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D56" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="E56" s="5" t="s">
+        <v>118</v>
+      </c>
+      <c r="F56" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G56" s="5" t="s">
         <v>394</v>
       </c>
-      <c r="D56" s="5" t="s">
+      <c r="H56" s="5" t="s">
+        <v>395</v>
+      </c>
+      <c r="I56" s="5" t="s">
+        <v>396</v>
+      </c>
+      <c r="J56" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="K56" s="5" t="s">
+        <v>397</v>
+      </c>
+      <c r="L56" s="6" t="s">
+        <v>398</v>
+      </c>
+      <c r="M56" s="5" t="s">
+        <v>399</v>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" s="5" t="s">
+        <v>400</v>
+      </c>
+      <c r="B57" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C57" s="5" t="s">
+        <v>401</v>
+      </c>
+      <c r="D57" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="E56" s="5" t="s">
-[...2 lines deleted...]
-      <c r="F56" s="5" t="s">
+      <c r="E57" s="5" t="s">
+        <v>402</v>
+      </c>
+      <c r="F57" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="G56" s="5" t="s">
-[...22 lines deleted...]
-      <c r="A57" s="5" t="n">
+      <c r="G57" s="5" t="s">
+        <v>403</v>
+      </c>
+      <c r="H57" s="5" t="s">
+        <v>404</v>
+      </c>
+      <c r="I57" s="5" t="s">
+        <v>405</v>
+      </c>
+      <c r="J57" s="5" t="s">
+        <v>406</v>
+      </c>
+      <c r="K57" s="5" t="s">
+        <v>407</v>
+      </c>
+      <c r="L57" s="6" t="s">
+        <v>408</v>
+      </c>
+      <c r="M57" s="5" t="s">
+        <v>409</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" s="5" t="n">
         <v>1928</v>
       </c>
-      <c r="B57" s="5" t="s">
-[...36 lines deleted...]
-      <c r="M57" s="5" t="s">
+      <c r="B58" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C58" s="5" t="s">
         <v>410</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A58" s="5" t="s">
+      <c r="D58" s="5" t="s">
+        <v>283</v>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F58" s="5" t="s">
         <v>411</v>
       </c>
-      <c r="B58" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C58" s="5" t="s">
+      <c r="G58" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H58" s="5" t="s">
         <v>412</v>
       </c>
-      <c r="D58" s="5" t="s">
-[...2 lines deleted...]
-      <c r="E58" s="5" t="s">
+      <c r="I58" s="5" t="s">
         <v>413</v>
       </c>
-      <c r="F58" s="5" t="s">
+      <c r="J58" s="5" t="s">
         <v>414</v>
       </c>
-      <c r="G58" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H58" s="5" t="s">
+      <c r="K58" s="5" t="s">
         <v>415</v>
       </c>
-      <c r="I58" s="5" t="s">
+      <c r="L58" s="6" t="s">
         <v>416</v>
       </c>
-      <c r="J58" s="5" t="s">
+      <c r="M58" s="5" t="s">
         <v>417</v>
-      </c>
-[...7 lines deleted...]
-        <v>420</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="5" t="s">
+        <v>418</v>
+      </c>
+      <c r="B59" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C59" s="5" t="s">
+        <v>419</v>
+      </c>
+      <c r="D59" s="5" t="s">
+        <v>126</v>
+      </c>
+      <c r="E59" s="5" t="s">
+        <v>420</v>
+      </c>
+      <c r="F59" s="5" t="s">
         <v>421</v>
       </c>
-      <c r="B59" s="5" t="s">
-[...5 lines deleted...]
-      <c r="D59" s="5" t="s">
+      <c r="G59" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H59" s="5" t="s">
         <v>422</v>
       </c>
-      <c r="E59" s="5" t="s">
+      <c r="I59" s="5" t="s">
         <v>423</v>
       </c>
-      <c r="F59" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H59" s="5" t="s">
+      <c r="J59" s="5" t="s">
         <v>424</v>
       </c>
-      <c r="I59" s="5" t="s">
+      <c r="K59" s="5" t="s">
         <v>425</v>
       </c>
-      <c r="J59" s="5" t="s">
+      <c r="L59" s="6" t="s">
         <v>426</v>
       </c>
-      <c r="K59" s="5" t="s">
+      <c r="M59" s="5" t="s">
         <v>427</v>
-      </c>
-[...4 lines deleted...]
-        <v>429</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="5" t="s">
+        <v>428</v>
+      </c>
+      <c r="B60" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C60" s="5" t="s">
+        <v>157</v>
+      </c>
+      <c r="D60" s="5" t="s">
+        <v>429</v>
+      </c>
+      <c r="E60" s="5" t="s">
         <v>430</v>
       </c>
-      <c r="B60" s="5" t="s">
-[...5 lines deleted...]
-      <c r="D60" s="5" t="s">
+      <c r="F60" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G60" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H60" s="5" t="s">
         <v>431</v>
       </c>
-      <c r="E60" s="5" t="inlineStr">
-[...14 lines deleted...]
-      <c r="H60" s="5" t="s">
+      <c r="I60" s="5" t="s">
         <v>432</v>
       </c>
-      <c r="I60" s="5" t="s">
+      <c r="J60" s="5" t="s">
         <v>433</v>
       </c>
-      <c r="J60" s="5" t="s">
+      <c r="K60" s="5" t="s">
         <v>434</v>
       </c>
-      <c r="K60" s="5" t="s">
+      <c r="L60" s="6" t="s">
         <v>435</v>
       </c>
-      <c r="L60" s="6" t="s">
+      <c r="M60" s="5" t="s">
         <v>436</v>
-      </c>
-[...1 lines deleted...]
-        <v>437</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="5" t="s">
-        <v>438</v>
+        <v>437</v>
       </c>
       <c r="B61" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C61" s="5" t="s">
         <v>239</v>
       </c>
       <c r="D61" s="5" t="s">
-        <v>431</v>
+        <v>438</v>
       </c>
       <c r="E61" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F61" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G61" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H61" s="5" t="s">
         <v>439</v>
       </c>
       <c r="I61" s="5" t="s">
         <v>440</v>
       </c>
       <c r="J61" s="5" t="s">
-        <v>434</v>
+        <v>441</v>
       </c>
       <c r="K61" s="5" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="L61" s="6" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="M61" s="5" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="5" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="B62" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C62" s="5" t="s">
-        <v>157</v>
+        <v>239</v>
       </c>
       <c r="D62" s="5" t="s">
-        <v>445</v>
-[...1 lines deleted...]
-      <c r="E62" s="5" t="s">
+        <v>438</v>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F62" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G62" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H62" s="5" t="s">
         <v>446</v>
       </c>
-      <c r="F62" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H62" s="5" t="s">
+      <c r="I62" s="5" t="s">
         <v>447</v>
       </c>
-      <c r="I62" s="5" t="s">
+      <c r="J62" s="5" t="s">
+        <v>441</v>
+      </c>
+      <c r="K62" s="5" t="s">
         <v>448</v>
       </c>
-      <c r="J62" s="5" t="s">
+      <c r="L62" s="6" t="s">
         <v>449</v>
       </c>
-      <c r="K62" s="5" t="s">
+      <c r="M62" s="5" t="s">
         <v>450</v>
-      </c>
-[...4 lines deleted...]
-        <v>452</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="5" t="s">
-        <v>453</v>
+        <v>451</v>
       </c>
       <c r="B63" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C63" s="5" t="s">
         <v>157</v>
       </c>
       <c r="D63" s="5" t="s">
-        <v>445</v>
+        <v>452</v>
       </c>
       <c r="E63" s="5" t="s">
-        <v>446</v>
+        <v>453</v>
       </c>
       <c r="F63" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G63" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H63" s="5" t="s">
         <v>454</v>
       </c>
       <c r="I63" s="5" t="s">
         <v>455</v>
       </c>
       <c r="J63" s="5" t="s">
-        <v>449</v>
+        <v>456</v>
       </c>
       <c r="K63" s="5" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="L63" s="6" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="M63" s="5" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="5" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="B64" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C64" s="5" t="s">
         <v>157</v>
       </c>
       <c r="D64" s="5" t="s">
-        <v>445</v>
+        <v>452</v>
       </c>
       <c r="E64" s="5" t="s">
-        <v>446</v>
+        <v>453</v>
       </c>
       <c r="F64" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G64" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H64" s="5" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="I64" s="5" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="J64" s="5" t="s">
-        <v>449</v>
+        <v>456</v>
       </c>
       <c r="K64" s="5" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
       <c r="L64" s="6" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="M64" s="5" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="5" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="B65" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C65" s="5" t="s">
-        <v>412</v>
+        <v>157</v>
       </c>
       <c r="D65" s="5" t="s">
-        <v>126</v>
-[...4 lines deleted...]
-        </is>
+        <v>452</v>
+      </c>
+      <c r="E65" s="5" t="s">
+        <v>453</v>
       </c>
       <c r="F65" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G65" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H65" s="5" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="I65" s="5" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="J65" s="5" t="s">
-        <v>468</v>
+        <v>456</v>
       </c>
       <c r="K65" s="5" t="s">
         <v>469</v>
       </c>
       <c r="L65" s="6" t="s">
         <v>470</v>
       </c>
       <c r="M65" s="5" t="s">
         <v>471</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="5" t="s">
         <v>472</v>
       </c>
       <c r="B66" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C66" s="5" t="s">
+        <v>419</v>
+      </c>
+      <c r="D66" s="5" t="s">
         <v>126</v>
       </c>
-      <c r="D66" s="5" t="s">
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F66" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G66" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H66" s="5" t="s">
+        <v>473</v>
+      </c>
+      <c r="I66" s="5" t="s">
+        <v>474</v>
+      </c>
+      <c r="J66" s="5" t="s">
+        <v>475</v>
+      </c>
+      <c r="K66" s="5" t="s">
+        <v>476</v>
+      </c>
+      <c r="L66" s="6" t="s">
+        <v>477</v>
+      </c>
+      <c r="M66" s="5" t="s">
+        <v>478</v>
+      </c>
+    </row>
+    <row r="67">
+      <c r="A67" s="5" t="s">
+        <v>479</v>
+      </c>
+      <c r="B67" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C67" s="5" t="s">
+        <v>126</v>
+      </c>
+      <c r="D67" s="5" t="s">
         <v>125</v>
       </c>
-      <c r="E66" s="5" t="s">
-[...25 lines deleted...]
-      <c r="M66" s="5" t="s">
+      <c r="E67" s="5" t="s">
         <v>480</v>
+      </c>
+      <c r="F67" s="5" t="s">
+        <v>481</v>
+      </c>
+      <c r="G67" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H67" s="5" t="s">
+        <v>482</v>
+      </c>
+      <c r="I67" s="5" t="s">
+        <v>483</v>
+      </c>
+      <c r="J67" s="5" t="s">
+        <v>484</v>
+      </c>
+      <c r="K67" s="5" t="s">
+        <v>485</v>
+      </c>
+      <c r="L67" s="6" t="s">
+        <v>486</v>
+      </c>
+      <c r="M67" s="5" t="s">
+        <v>487</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>
     <hyperlink ref="M13" r:id="rId18"/>
     <hyperlink ref="M14" r:id="rId19"/>
     <hyperlink ref="M15" r:id="rId20"/>
     <hyperlink ref="M16" r:id="rId21"/>
     <hyperlink ref="M17" r:id="rId22"/>
     <hyperlink ref="M18" r:id="rId23"/>
     <hyperlink ref="M19" r:id="rId24"/>
     <hyperlink ref="M20" r:id="rId25"/>
     <hyperlink ref="M21" r:id="rId26"/>
@@ -5829,44 +5921,45 @@
     <hyperlink ref="M42" r:id="rId47"/>
     <hyperlink ref="M43" r:id="rId48"/>
     <hyperlink ref="M44" r:id="rId49"/>
     <hyperlink ref="M45" r:id="rId50"/>
     <hyperlink ref="M46" r:id="rId51"/>
     <hyperlink ref="M47" r:id="rId52"/>
     <hyperlink ref="M48" r:id="rId53"/>
     <hyperlink ref="M49" r:id="rId54"/>
     <hyperlink ref="M50" r:id="rId55"/>
     <hyperlink ref="M51" r:id="rId56"/>
     <hyperlink ref="M52" r:id="rId57"/>
     <hyperlink ref="M53" r:id="rId58"/>
     <hyperlink ref="M54" r:id="rId59"/>
     <hyperlink ref="M55" r:id="rId60"/>
     <hyperlink ref="M56" r:id="rId61"/>
     <hyperlink ref="M57" r:id="rId62"/>
     <hyperlink ref="M58" r:id="rId63"/>
     <hyperlink ref="M59" r:id="rId64"/>
     <hyperlink ref="M60" r:id="rId65"/>
     <hyperlink ref="M61" r:id="rId66"/>
     <hyperlink ref="M62" r:id="rId67"/>
     <hyperlink ref="M63" r:id="rId68"/>
     <hyperlink ref="M64" r:id="rId69"/>
     <hyperlink ref="M65" r:id="rId70"/>
     <hyperlink ref="M66" r:id="rId71"/>
+    <hyperlink ref="M67" r:id="rId72"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>