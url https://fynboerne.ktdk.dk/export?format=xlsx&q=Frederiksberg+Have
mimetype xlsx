--- v1 (2026-01-30)
+++ v2 (2026-03-19)
@@ -3,51 +3,51 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="745" uniqueCount="488" xml:space="preserve">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="755" uniqueCount="496" xml:space="preserve">
   <si>
     <t>Datering/Værktitel</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
@@ -232,50 +232,94 @@
 Louise, dronning af Danmark, f. 7/9 1817 – d. 29/9 1898, dronning 15/11 1863-29/9 1898.
 Den omtalte gris er formodentlig en sparegris, hvori de ansatte på porcelænsfabrikken lagde penge i form af mulkt (en sum penge, der betales for overtrædelse af en regel eller forskrift).
 Ostelærred er en løst vævet, blød og ubleget bomuldskvalitet. Oprindeligt brugt til osteproduktion. Stoffet bruges til flere forskellige kreative formål.</t>
   </si>
   <si>
     <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2196</t>
   </si>
   <si>
     <t>Det var dejligt at have Laura Warberg på besøg. 
 I Illustreret Tidende var der en tegning af en kvinde, der bliver løftet op i trængslen ved guldbrylluppet. Alhed stod lige i nærheden.
 Alhed Larsen står op kl. 6 og tegner i Frederiksberg Have, inden hun går på fabrikken. Arnold Krog har bevilget hende to måneders sommerferie. Hun håber at kunne være hjemme og male i september. Det bliver svært hos Fru Rørdam at nå dette. 
 Kejseren, Prins Waldemar m.fl. har været på besøg på fabrikken. En græsk prins talte længe med Alhed. 
 Peter Hansen, Marie og Alhed har været på en dejlig tur. De roede over Furesøen og plukkede blomster.
 Ostelærredskjolen er færdig. Alhed skylder syjomfruen penge og beder om at få sendt nogle.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/Cddm</t>
   </si>
   <si>
     <t>2den Pinsedag.
 Kære Moder!
 Nu vil jeg indfri mit Løfte om at skrive til Dig en af Pinsedagene, og jeg skal bestræbe mig for at faa det ”solidt” baade fra Indholdets og fra Formens Side – ikke Jaskebrev, mener jeg. Tak for Dit lille Brev fra Forleden, Nøglen havde Du ikke behøvet at gøre Dig Skrupler for, vi havde slet ikke savnet den og kun akkurat opdaget, at Du var rejst med den. – Det var rigtignok forfærdelig morsomt at have Dig her den Tid, saa skønt vi ved Din Afrejse fik hver sin Seng, savnede vi Dig meget de første Dage. – Vi have faaet noget at vide, der har moret os svært! Illustreret Tidende er udkommen med adskilligt Guldbryllupsstads i; paa en af Tegningerne ser man en enlig Dame blive løftet op over Mængden i en voldsom Trængsel, og det skal være netop paa det Sted, hvor vi stod! Der har velsagtens staaet en Illustratør eller saadan en i Nærheden og gottet ["gottet" overstreget] godtet sig ved Synet. og ["og" overstreget] – Onkel Emil var jo heroppe et Svip inden han rejste hjem; han fik forskellige Beskeder med hjem, som jeg ikke haaber, at han har glemt at aflægge. Jeg tænker, at Meddelelsen om, at jeg staar op Kl. 6 har ramt Eder alle som et Slag! Jeg er selv ganske overvældet deraf. Jeg tegner saa over ["over" overstreget] lidt inde i Frederiksberg Have inden jeg gaar paa Fabriken; Jeg er egentlig meget mere oplagt til det paa den Tid, end bagefter, naar jeg har været stegt ved langsom Varme i 7 Timer. Arkitekten har været saa elskværdig at give mig to Maaneders Sommerferie. Jeg talte med ham en Dag, han var i saa godt Humeur; han spurgte af sig selv, hvornaar jeg tænkte at tage Ferie, og saa var jeg jo snarlig og smeddede [det andet "d" i ordet overstreget], mens Jærnet var varmt. - - Nu vilde jeg gærne have at vide, om vi skal være herinde præcis til 1ste Sept. eller om jeg kan blive hjemme [”hjemme” indsat over linjen] til f. Ex midt i Sept. Den Maaned er egentlig saa godt ["t" i ordet overstreget] at arbejde i, tegne efter Naturen i, mener jeg; og nu er [”jeg” indsat over linjen] desuden kommen saa godt i Gang med at tegne herinde, om Eftermiddagene dette bliver vist ikke saa nemt hos Fru Rørdam for Spisetidens Skyld. - --------
 I har vel set af Avisen, at vi har haft Besøg af Kejseren! det var meget Sjov, og han købte for c. 12.000 Kr. Foruden ham [”ham” indsat over linjen] var der Storfyrsttronfølgeren, Prins Waldemar og 5-6 græske og engelske Prinser og Prinsesser. De var længe inde hos os, prins Waldemar og en stor græsk Prins, der kunde tale dansk, underholdt sig længe med mig, der sad lidt afsondret fra de andre, da Frk. Oppermann ikke var der. De var forfærdelig ligefremme og næsten gemytlige og spurgte ud om alt muligt; jeg maatte f. Ex. give dem en længere Forklaring over vore Grise til Mulkter, vores Tur til Lund osv. endvidere over, hvor jeg hørte hjemme hvor længe jeg havde været paa Fabriken osv. Kejseren talte ikke med os, han talte fransk hele Tiden. - -
 I Gaar var vi, Marie, P. Hansen og jeg en dejlig Tur [”Tur” indsat over linjen] ude ved Frederiksdal og Furesøen, det var det dejligste Vejr, man kunde tænke sig. Vi roede i en Baad tværs over Furesøen og tilbage igen. Vi kom hjem med vældige Buketter, der nu staar og dufter i vor Stue. Min Ostelærredskjole har jeg faaet syet nu; den er henrivende nydelig, siger alle, jeg er frygtelig glad ved den, og saar ["r" i slutningen af ordet overstreget] har den i et og alt kun kostet 6½ Kr! Nu skylder jeg for Resten den Syjomfru 11 Kr, saa jeg vilde forfærdelig gærne have sendt de Penge, vi talte om, snart. Hun her kan ikke saadan som min fine, vente til jeg faar dem sparet sammen, og jeg har ingen liggende, da vi netop nu har betalt Husleje. – Jeg har dog faaet hende til at vente et Par Dage. - - Nu haaber jeg snart at høre fra Eder! Mange Hilsner fra Marie samt og fra Din
 Alhed.</t>
+  </si>
+  <si>
+    <t>1892-09-21</t>
+  </si>
+  <si>
+    <t>Louise Brønsted
+Johanne Christine Larsen</t>
+  </si>
+  <si>
+    <t>Emil Brandstrup
+Johanne  Brandstrup
+Lauritz  Brandstrup
+Ludvig Brandstrup, billedhugger
+Andrea Brandt
+Julie Brandt
+Alhed Larsen
+Johanne Christine Larsen
+Christine  Mackie
+- Rørdam, Fru
+Fanny Schaffalitzky de Muckadell</t>
+  </si>
+  <si>
+    <t>Alhed Larsen, Christine Mackie og Johanne C. Larsen boede fra sensommeren/efteråret 1892 sammen i Waldemarsgade på Vesterbro i København. Deres husvært var Fru Rørdam. 
+Klemserne, Trelleværket, Signe og Fru Rørdams søster kendes ikke.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1418</t>
+  </si>
+  <si>
+    <t>Christine Mackie har indhentet oplysninger vedrørende Johanne C. Larsens sløjdkursus. 
+Louise Brønsted har været i teatret og se Valkyrien, i Panoptikon, på Folkemuseet, på Frederiksberg Morskabsteater og Zoologisk Museum. Hun har besøgte bedsteforældrene.
+Christine Mackie og Alhed Larsen takker for madvarerne.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/pVOo</t>
+  </si>
+  <si>
+    <t>Onsdag.
+Kære Mor!
+Jeg skriver først i Dag, for at jeg kan give dig Besked om Johannes Sløjd-kursus, som Chr. har været henne at høre om i Dag. Et Kursus med 1 Time om Dagen koster 5 Kr om Maaneden og kan begyndes naar som helst. Et andet Kursus, som varer hele Dagen, begynder i København ["København" overstreget] Januar, men det er vel ikke for Johanne? Fransk – o. s. v. Kursuset har vi ikke faaet noget nærmere at vide om endnu ["endnu" overstreget], det skal du faa Besked om endnu, naar jeg kommer hjem.
+Jeg morer mig storartet herovre. I Søndags vare vi i det kgl. Theater til Valkyrien, det var dejligt jeg blev naturligvis vældig imponeret af Foyeren o. s. v. Vi sad i Galleriet og hørte og saa udmærket. Paa Fredag skal vi hen at se ”Den kære Familie”, det glæder jeg mig knusende til; blot de nu ikke forandrer det I Søndags var vi tillige i Panoptikon; det var meget morsomt, især Spejlkabinettet, vi blev rent tummelumske derinde og vidste ikke, hvem der var de rigtige. Mandag var Chr og jeg i Folkemusæet, der var mange dejlige Ting, vi gik og tegnede Mønstre af, et vil jeg sy paa den Sofapude til Tante Else. Det er morsomt, men rigtignok uhyre trættende at gaa paa Museer, Chr. og jeg vare lige ved at falde fra hinanden af Træthed, da vi kom hjem fra det zoologiske Museum i Dag, vi fik ikke det halve at se, men trøstede os med at faa det bedre at se i zool. Have, hvor vi skal i Morgen. – I Dag var vi henne hos Komtessen og Bedsteforældrene; Bedstefader laa endnu i Sengen, da vi kom, jeg synes ikke, han har det ret godt. Onkel Emil og Onkel Luth eller en af dem kommer vistnok herhen i Aften. Signe rejste i Dag, jeg har set hende nogle Gange herinde, har bl.a. været paa Frederiksberg Morskabstheater med hende tilligemed Brandt, Andrea, Trelleværket etc. Det var morsomt. Jeg skal hilse mangfoldigt fra Chr og Alhed samt takke mange Gange for Madvarerne, som de blev meget glade ved, Fra Bedstefader &amp;amp; -moder skal jeg og hilse, Bedstefader sagde, det glædede ham, at de smaa Træer bar. I maa endelig skrive bestemt naar Høstgildet bliver; jeg vil naturligvis nødig gaa glip af det, men jo ogsaa gerne blive her til Søndag; naar du sender Brevet op til Hillerslev, kan vi have det til Fredag, Fra Chr. skal jeg sige at de spiste Æblegrøden med stor Salvelse. Hils nu dem alle mange Gange fra mig (Klemserne iberegnet). – Fru Rørdam &amp;amp; Søsteren ere meget rare og elskværdige – Tænk, jeg fik 2 Kr af Bedstemoder til at gaa i Theatret for.
+Hilsen fra Muk. 
+[Skrevet på tværs øverst s1:]
+Chr. og Alhed har det mageløs hyggeligt herinde. Glæd dig til at se det, Johanne.</t>
   </si>
   <si>
     <t>April 1894</t>
   </si>
   <si>
     <t>Christine  Mackie</t>
   </si>
   <si>
     <t>Gudrun Andersen
 Holger Begtrup
 Johanne Begtrup
 Johanne Christine Brandstrup
 Julie Brandt
 Thora  Branner
 Johan Bredsdorff
 Morten Bredsdorff
 Thomas Bredsdorff
 Peter Fjelstrup
 Frederik Grundtvig
 Frederik Helsengreen
 Alhed Larsen
 J. Th. Lundbye
 Jørgen Monrad
 - Paulsen, Dr.
 Carl Rump
@@ -2880,59 +2924,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/5Zlp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mCHc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oyxZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Cddm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Iw9P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/03fj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ARDw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zsTt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A3eY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tTE1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FD8g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0Gp0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/U7Kt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uDcP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aOLw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eprp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FR2K" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gggx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Qx0N" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TobY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PIMJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4Qle" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/usSp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gfWU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F9RN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/csCL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xsna" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ou54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mOPf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/avmk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QVwJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LfEF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PLHu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dn6L" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2HF0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/q0sA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mNUU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cPSE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dabk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QKJH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/a6ya" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/s4WF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SBIA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TB6V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OzeC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aDtB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4j7f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Okqm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yh33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pjzE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MrrH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5iq4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iqXt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wUYt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wz2G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zkqN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NkIu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cWRz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/M6zq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UYms" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ARYY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Q5V8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/s0LM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Qoxh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jH7A" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xput" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/5Zlp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mCHc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oyxZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Cddm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pVOo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Iw9P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/03fj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ARDw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zsTt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A3eY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tTE1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FD8g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0Gp0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/U7Kt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uDcP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aOLw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eprp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FR2K" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gggx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Qx0N" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TobY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PIMJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4Qle" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/usSp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gfWU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F9RN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/csCL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xsna" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ou54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mOPf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/avmk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QVwJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LfEF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PLHu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dn6L" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2HF0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/q0sA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mNUU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cPSE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dabk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QKJH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/a6ya" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/s4WF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SBIA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TB6V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OzeC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aDtB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4j7f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Okqm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yh33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pjzE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MrrH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5iq4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iqXt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wUYt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wz2G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zkqN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NkIu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cWRz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/M6zq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UYms" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ARYY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Q5V8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/s0LM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Qoxh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jH7A" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xput" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M67"/>
+  <dimension ref="A1:M68"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -3186,2715 +3230,2762 @@
       </c>
       <c r="I6" s="5" t="s">
         <v>51</v>
       </c>
       <c r="J6" s="5" t="s">
         <v>52</v>
       </c>
       <c r="K6" s="5" t="s">
         <v>53</v>
       </c>
       <c r="L6" s="6" t="s">
         <v>54</v>
       </c>
       <c r="M6" s="5" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="5" t="s">
         <v>56</v>
       </c>
       <c r="B7" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C7" s="5" t="s">
-        <v>26</v>
+        <v>57</v>
       </c>
       <c r="D7" s="5" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>27</v>
+      </c>
+      <c r="E7" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F7" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G7" s="5" t="s">
-        <v>57</v>
+      <c r="G7" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H7" s="5" t="s">
         <v>58</v>
       </c>
       <c r="I7" s="5" t="s">
         <v>59</v>
       </c>
       <c r="J7" s="5" t="s">
-        <v>21</v>
+        <v>60</v>
       </c>
       <c r="K7" s="5" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="L7" s="6" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="M7" s="5" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="5" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="B8" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C8" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="D8" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D8" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E8" s="5" t="s">
-        <v>17</v>
-[...1 lines deleted...]
-      <c r="F8" s="5" t="s">
         <v>18</v>
       </c>
-      <c r="G8" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F8" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G8" s="5" t="s">
+        <v>65</v>
       </c>
       <c r="H8" s="5" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="I8" s="5" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="J8" s="5" t="s">
-        <v>67</v>
+        <v>21</v>
       </c>
       <c r="K8" s="5" t="s">
         <v>68</v>
       </c>
       <c r="L8" s="6" t="s">
         <v>69</v>
       </c>
       <c r="M8" s="5" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="5" t="s">
         <v>71</v>
       </c>
       <c r="B9" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C9" s="5" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="D9" s="5" t="s">
-        <v>16</v>
+        <v>72</v>
       </c>
       <c r="E9" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F9" s="5" t="s">
         <v>18</v>
       </c>
-      <c r="F9" s="5" t="inlineStr">
-[...5 lines deleted...]
-        <v>72</v>
+      <c r="G9" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H9" s="5" t="s">
         <v>73</v>
       </c>
       <c r="I9" s="5" t="s">
         <v>74</v>
       </c>
       <c r="J9" s="5" t="s">
-        <v>21</v>
+        <v>75</v>
       </c>
       <c r="K9" s="5" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="L9" s="6" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="M9" s="5" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="5" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="B10" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C10" s="5" t="s">
         <v>26</v>
       </c>
       <c r="D10" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E10" s="5" t="s">
         <v>18</v>
       </c>
       <c r="F10" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G10" s="5" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="H10" s="5" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="I10" s="5" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="J10" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K10" s="5" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="L10" s="6" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="M10" s="5" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="5" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="B11" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C11" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="D11" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D11" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E11" s="5" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="F11" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G11" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G11" s="5" t="s">
+        <v>87</v>
       </c>
       <c r="H11" s="5" t="s">
-        <v>86</v>
-[...1 lines deleted...]
-      <c r="I11" s="5"/>
+        <v>88</v>
+      </c>
+      <c r="I11" s="5" t="s">
+        <v>89</v>
+      </c>
       <c r="J11" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K11" s="5" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="L11" s="6" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
       <c r="M11" s="5" t="s">
-        <v>89</v>
+        <v>92</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="5" t="s">
-        <v>85</v>
+        <v>93</v>
       </c>
       <c r="B12" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C12" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D12" s="5" t="s">
         <v>26</v>
       </c>
-      <c r="D12" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E12" s="5" t="s">
-        <v>18</v>
-[...2 lines deleted...]
-        <v>34</v>
+        <v>17</v>
+      </c>
+      <c r="F12" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G12" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H12" s="5" t="s">
-        <v>90</v>
-[...3 lines deleted...]
-      </c>
+        <v>94</v>
+      </c>
+      <c r="I12" s="5"/>
       <c r="J12" s="5" t="s">
-        <v>92</v>
+        <v>21</v>
       </c>
       <c r="K12" s="5" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="L12" s="6" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="M12" s="5" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="5" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="B13" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C13" s="5" t="s">
         <v>26</v>
       </c>
       <c r="D13" s="5" t="s">
-        <v>16</v>
+        <v>27</v>
       </c>
       <c r="E13" s="5" t="s">
         <v>18</v>
       </c>
-      <c r="F13" s="5" t="inlineStr">
-[...5 lines deleted...]
-        <v>97</v>
+      <c r="F13" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="G13" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H13" s="5" t="s">
         <v>98</v>
       </c>
       <c r="I13" s="5" t="s">
         <v>99</v>
       </c>
       <c r="J13" s="5" t="s">
-        <v>21</v>
+        <v>100</v>
       </c>
       <c r="K13" s="5" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="L13" s="6" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="M13" s="5" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="5" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="B14" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C14" s="5" t="s">
         <v>26</v>
       </c>
       <c r="D14" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E14" s="5" t="s">
         <v>18</v>
       </c>
       <c r="F14" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G14" s="5" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="H14" s="5" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="I14" s="5" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="J14" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K14" s="5" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="L14" s="6" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="M14" s="5" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="5" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="B15" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C15" s="5" t="s">
         <v>26</v>
       </c>
       <c r="D15" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="E15" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="E15" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="F15" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G15" s="5" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="H15" s="5" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="I15" s="5" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="J15" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K15" s="5" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="L15" s="6" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="M15" s="5" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="5" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="B16" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C16" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="D16" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D16" s="5" t="s">
-[...3 lines deleted...]
-        <v>18</v>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F16" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G16" s="5" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="H16" s="5" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="I16" s="5" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="J16" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K16" s="5" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="L16" s="6" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="M16" s="5" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="5" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="B17" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C17" s="5" t="s">
-        <v>125</v>
+        <v>16</v>
       </c>
       <c r="D17" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="E17" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="F17" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G17" s="5" t="s">
         <v>126</v>
       </c>
-      <c r="E17" s="5" t="s">
+      <c r="H17" s="5" t="s">
         <v>127</v>
       </c>
-      <c r="F17" s="5" t="s">
+      <c r="I17" s="5" t="s">
         <v>128</v>
       </c>
-      <c r="G17" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H17" s="5" t="s">
+      <c r="J17" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="K17" s="5" t="s">
         <v>129</v>
       </c>
-      <c r="I17" s="5" t="s">
+      <c r="L17" s="6" t="s">
         <v>130</v>
       </c>
-      <c r="J17" s="5" t="s">
+      <c r="M17" s="5" t="s">
         <v>131</v>
-      </c>
-[...7 lines deleted...]
-        <v>134</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="5" t="s">
+        <v>132</v>
+      </c>
+      <c r="B18" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C18" s="5" t="s">
+        <v>133</v>
+      </c>
+      <c r="D18" s="5" t="s">
+        <v>134</v>
+      </c>
+      <c r="E18" s="5" t="s">
         <v>135</v>
       </c>
-      <c r="B18" s="5" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F18" s="5" t="s">
-        <v>18</v>
-[...1 lines deleted...]
-      <c r="G18" s="5" t="s">
         <v>136</v>
+      </c>
+      <c r="G18" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H18" s="5" t="s">
         <v>137</v>
       </c>
       <c r="I18" s="5" t="s">
         <v>138</v>
       </c>
       <c r="J18" s="5" t="s">
-        <v>21</v>
+        <v>139</v>
       </c>
       <c r="K18" s="5" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="L18" s="6" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="M18" s="5" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="5" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="B19" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C19" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D19" s="5" t="s">
         <v>26</v>
       </c>
       <c r="E19" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F19" s="5" t="s">
         <v>18</v>
       </c>
-      <c r="F19" s="5" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="G19" s="5" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="H19" s="5" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="I19" s="5" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="J19" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K19" s="5" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="L19" s="6" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="M19" s="5" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
     </row>
     <row r="20">
-      <c r="A20" s="5" t="n">
-        <v>1910</v>
+      <c r="A20" s="5" t="s">
+        <v>150</v>
       </c>
       <c r="B20" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C20" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D20" s="5" t="s">
         <v>26</v>
-      </c>
-[...1 lines deleted...]
-        <v>16</v>
       </c>
       <c r="E20" s="5" t="s">
         <v>18</v>
       </c>
       <c r="F20" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G20" s="5" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="H20" s="5" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="I20" s="5" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="J20" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K20" s="5" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="L20" s="6" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="M20" s="5" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
     </row>
     <row r="21">
-      <c r="A21" s="5" t="s">
-        <v>155</v>
+      <c r="A21" s="5" t="n">
+        <v>1910</v>
       </c>
       <c r="B21" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C21" s="5" t="s">
-        <v>156</v>
+        <v>26</v>
       </c>
       <c r="D21" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E21" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="F21" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G21" s="5" t="s">
         <v>157</v>
-      </c>
-[...13 lines deleted...]
-        </is>
       </c>
       <c r="H21" s="5" t="s">
         <v>158</v>
       </c>
-      <c r="I21" s="5"/>
+      <c r="I21" s="5" t="s">
+        <v>159</v>
+      </c>
       <c r="J21" s="5" t="s">
-        <v>159</v>
+        <v>21</v>
       </c>
       <c r="K21" s="5" t="s">
         <v>160</v>
       </c>
       <c r="L21" s="6" t="s">
         <v>161</v>
       </c>
       <c r="M21" s="5" t="s">
         <v>162</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="5" t="s">
         <v>163</v>
       </c>
       <c r="B22" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C22" s="5" t="s">
-        <v>156</v>
+        <v>164</v>
       </c>
       <c r="D22" s="5" t="s">
-        <v>157</v>
+        <v>165</v>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F22" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G22" s="5" t="s">
-        <v>164</v>
+      <c r="G22" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H22" s="5" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="I22" s="5"/>
       <c r="J22" s="5" t="s">
-        <v>159</v>
+        <v>167</v>
       </c>
       <c r="K22" s="5" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="L22" s="6" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="M22" s="5" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="5" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C23" s="5" t="s">
-        <v>125</v>
+        <v>164</v>
       </c>
       <c r="D23" s="5" t="s">
-        <v>27</v>
-[...10 lines deleted...]
-        </is>
+        <v>165</v>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F23" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G23" s="5" t="s">
+        <v>172</v>
       </c>
       <c r="H23" s="5" t="s">
-        <v>172</v>
-[...1 lines deleted...]
-      <c r="I23" s="5" t="s">
         <v>173</v>
       </c>
+      <c r="I23" s="5"/>
       <c r="J23" s="5" t="s">
+        <v>167</v>
+      </c>
+      <c r="K23" s="5" t="s">
         <v>174</v>
       </c>
-      <c r="K23" s="5" t="s">
+      <c r="L23" s="6" t="s">
         <v>175</v>
       </c>
-      <c r="L23" s="6" t="s">
+      <c r="M23" s="5" t="s">
         <v>176</v>
-      </c>
-[...1 lines deleted...]
-        <v>177</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="5" t="s">
+        <v>177</v>
+      </c>
+      <c r="B24" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C24" s="5" t="s">
+        <v>133</v>
+      </c>
+      <c r="D24" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E24" s="5" t="s">
         <v>178</v>
       </c>
-      <c r="B24" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C24" s="5" t="s">
+      <c r="F24" s="5" t="s">
         <v>179</v>
       </c>
-      <c r="D24" s="5" t="s">
+      <c r="G24" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H24" s="5" t="s">
         <v>180</v>
       </c>
-      <c r="E24" s="5" t="s">
-[...12 lines deleted...]
-      <c r="H24" s="5" t="s">
+      <c r="I24" s="5" t="s">
         <v>181</v>
       </c>
-      <c r="I24" s="5"/>
       <c r="J24" s="5" t="s">
         <v>182</v>
       </c>
       <c r="K24" s="5" t="s">
         <v>183</v>
       </c>
       <c r="L24" s="6" t="s">
         <v>184</v>
       </c>
       <c r="M24" s="5" t="s">
         <v>185</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="5" t="s">
         <v>186</v>
       </c>
       <c r="B25" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C25" s="5" t="s">
         <v>187</v>
       </c>
       <c r="D25" s="5" t="s">
-        <v>179</v>
-[...7 lines deleted...]
-        <v>118</v>
+        <v>188</v>
+      </c>
+      <c r="E25" s="5" t="s">
+        <v>126</v>
+      </c>
+      <c r="F25" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G25" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H25" s="5" t="s">
-        <v>16</v>
+        <v>189</v>
       </c>
       <c r="I25" s="5"/>
       <c r="J25" s="5" t="s">
-        <v>182</v>
+        <v>190</v>
       </c>
       <c r="K25" s="5" t="s">
-        <v>188</v>
+        <v>191</v>
       </c>
       <c r="L25" s="6" t="s">
-        <v>189</v>
+        <v>192</v>
       </c>
       <c r="M25" s="5" t="s">
-        <v>190</v>
+        <v>193</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="5" t="s">
-        <v>191</v>
+        <v>194</v>
       </c>
       <c r="B26" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C26" s="5" t="s">
-        <v>27</v>
+        <v>195</v>
       </c>
       <c r="D26" s="5" t="s">
-        <v>125</v>
+        <v>187</v>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F26" s="5" t="s">
-        <v>192</v>
+        <v>126</v>
       </c>
       <c r="G26" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H26" s="5" t="s">
-        <v>193</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="I26" s="5"/>
       <c r="J26" s="5" t="s">
-        <v>195</v>
+        <v>190</v>
       </c>
       <c r="K26" s="5" t="s">
         <v>196</v>
       </c>
       <c r="L26" s="6" t="s">
         <v>197</v>
       </c>
       <c r="M26" s="5" t="s">
         <v>198</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="5" t="s">
         <v>199</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C27" s="5" t="s">
-        <v>180</v>
+        <v>27</v>
       </c>
       <c r="D27" s="5" t="s">
+        <v>133</v>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F27" s="5" t="s">
         <v>200</v>
-      </c>
-[...8 lines deleted...]
-        </is>
       </c>
       <c r="G27" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H27" s="5" t="s">
         <v>201</v>
       </c>
-      <c r="I27" s="5"/>
+      <c r="I27" s="5" t="s">
+        <v>202</v>
+      </c>
       <c r="J27" s="5" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="K27" s="5" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="L27" s="6" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="M27" s="5" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="5" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="B28" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C28" s="5" t="s">
-        <v>207</v>
+        <v>188</v>
       </c>
       <c r="D28" s="5" t="s">
-        <v>180</v>
+        <v>208</v>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F28" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G28" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H28" s="5" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="I28" s="5"/>
       <c r="J28" s="5" t="s">
-        <v>202</v>
+        <v>210</v>
       </c>
       <c r="K28" s="5" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="L28" s="6" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="M28" s="5" t="s">
-        <v>211</v>
+        <v>213</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="5" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="B29" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C29" s="5" t="s">
-        <v>213</v>
+        <v>215</v>
       </c>
       <c r="D29" s="5" t="s">
-        <v>214</v>
-[...2 lines deleted...]
-        <v>215</v>
+        <v>188</v>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F29" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G29" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H29" s="5" t="s">
         <v>216</v>
       </c>
-      <c r="I29" s="5" t="s">
+      <c r="I29" s="5"/>
+      <c r="J29" s="5" t="s">
+        <v>210</v>
+      </c>
+      <c r="K29" s="5" t="s">
         <v>217</v>
       </c>
-      <c r="J29" s="5" t="s">
+      <c r="L29" s="6" t="s">
         <v>218</v>
       </c>
-      <c r="K29" s="5" t="s">
+      <c r="M29" s="5" t="s">
         <v>219</v>
-      </c>
-[...4 lines deleted...]
-        <v>221</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="5" t="s">
+        <v>220</v>
+      </c>
+      <c r="B30" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C30" s="5" t="s">
+        <v>221</v>
+      </c>
+      <c r="D30" s="5" t="s">
         <v>222</v>
       </c>
-      <c r="B30" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C30" s="5" t="s">
+      <c r="E30" s="5" t="s">
         <v>223</v>
       </c>
-      <c r="D30" s="5" t="s">
+      <c r="F30" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G30" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H30" s="5" t="s">
         <v>224</v>
-      </c>
-[...16 lines deleted...]
-        </is>
       </c>
       <c r="I30" s="5" t="s">
         <v>225</v>
       </c>
       <c r="J30" s="5" t="s">
         <v>226</v>
       </c>
       <c r="K30" s="5" t="s">
         <v>227</v>
       </c>
       <c r="L30" s="6" t="s">
         <v>228</v>
       </c>
       <c r="M30" s="5" t="s">
         <v>229</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="5" t="s">
         <v>230</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C31" s="5" t="s">
-        <v>223</v>
+        <v>231</v>
       </c>
       <c r="D31" s="5" t="s">
-        <v>224</v>
+        <v>232</v>
       </c>
       <c r="E31" s="5" t="s">
-        <v>118</v>
+        <v>126</v>
       </c>
       <c r="F31" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G31" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H31" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="I31" s="5"/>
+      <c r="I31" s="5" t="s">
+        <v>233</v>
+      </c>
       <c r="J31" s="5" t="s">
-        <v>226</v>
+        <v>234</v>
       </c>
       <c r="K31" s="5" t="s">
-        <v>231</v>
+        <v>235</v>
       </c>
       <c r="L31" s="6" t="s">
-        <v>232</v>
+        <v>236</v>
       </c>
       <c r="M31" s="5" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="5" t="s">
-        <v>234</v>
+        <v>238</v>
       </c>
       <c r="B32" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C32" s="5" t="s">
-        <v>223</v>
+        <v>231</v>
       </c>
       <c r="D32" s="5" t="s">
-        <v>224</v>
-[...4 lines deleted...]
-        </is>
+        <v>232</v>
+      </c>
+      <c r="E32" s="5" t="s">
+        <v>126</v>
       </c>
       <c r="F32" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G32" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H32" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I32" s="5"/>
       <c r="J32" s="5" t="s">
-        <v>226</v>
+        <v>234</v>
       </c>
       <c r="K32" s="5" t="s">
-        <v>235</v>
+        <v>239</v>
       </c>
       <c r="L32" s="6" t="s">
-        <v>236</v>
+        <v>240</v>
       </c>
       <c r="M32" s="5" t="s">
-        <v>237</v>
+        <v>241</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="5" t="s">
-        <v>238</v>
+        <v>242</v>
       </c>
       <c r="B33" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C33" s="5" t="s">
-        <v>239</v>
+        <v>231</v>
       </c>
       <c r="D33" s="5" t="s">
-        <v>224</v>
+        <v>232</v>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F33" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G33" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H33" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I33" s="5"/>
       <c r="J33" s="5" t="s">
-        <v>226</v>
+        <v>234</v>
       </c>
       <c r="K33" s="5" t="s">
-        <v>240</v>
+        <v>243</v>
       </c>
       <c r="L33" s="6" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="M33" s="5" t="s">
-        <v>242</v>
+        <v>245</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="5" t="s">
-        <v>243</v>
+        <v>246</v>
       </c>
       <c r="B34" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C34" s="5" t="s">
-        <v>239</v>
+        <v>247</v>
       </c>
       <c r="D34" s="5" t="s">
-        <v>224</v>
+        <v>232</v>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F34" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G34" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H34" s="5" t="s">
-        <v>244</v>
+      <c r="H34" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I34" s="5"/>
       <c r="J34" s="5" t="s">
-        <v>226</v>
+        <v>234</v>
       </c>
       <c r="K34" s="5" t="s">
-        <v>245</v>
+        <v>248</v>
       </c>
       <c r="L34" s="6" t="s">
-        <v>246</v>
+        <v>249</v>
       </c>
       <c r="M34" s="5" t="s">
-        <v>247</v>
+        <v>250</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="5" t="s">
-        <v>248</v>
+        <v>251</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C35" s="5" t="s">
-        <v>125</v>
+        <v>247</v>
       </c>
       <c r="D35" s="5" t="s">
-        <v>126</v>
-[...5 lines deleted...]
-        <v>250</v>
+        <v>232</v>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F35" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G35" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H35" s="5" t="s">
-        <v>251</v>
-[...1 lines deleted...]
-      <c r="I35" s="5" t="s">
         <v>252</v>
       </c>
+      <c r="I35" s="5"/>
       <c r="J35" s="5" t="s">
+        <v>234</v>
+      </c>
+      <c r="K35" s="5" t="s">
         <v>253</v>
       </c>
-      <c r="K35" s="5" t="s">
+      <c r="L35" s="6" t="s">
         <v>254</v>
       </c>
-      <c r="L35" s="6" t="s">
+      <c r="M35" s="5" t="s">
         <v>255</v>
-      </c>
-[...1 lines deleted...]
-        <v>256</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="5" t="s">
+        <v>256</v>
+      </c>
+      <c r="B36" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C36" s="5" t="s">
+        <v>133</v>
+      </c>
+      <c r="D36" s="5" t="s">
+        <v>134</v>
+      </c>
+      <c r="E36" s="5" t="s">
         <v>257</v>
       </c>
-      <c r="B36" s="5" t="s">
-[...14 lines deleted...]
-        </is>
+      <c r="F36" s="5" t="s">
+        <v>258</v>
       </c>
       <c r="G36" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H36" s="5" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="I36" s="5" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="J36" s="5" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="K36" s="5" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="L36" s="6" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="M36" s="5" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="5" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="B37" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C37" s="5" t="s">
-        <v>239</v>
+        <v>133</v>
       </c>
       <c r="D37" s="5" t="s">
-        <v>224</v>
-[...4 lines deleted...]
-        </is>
+        <v>27</v>
+      </c>
+      <c r="E37" s="5" t="s">
+        <v>257</v>
       </c>
       <c r="F37" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G37" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H37" s="5" t="s">
-        <v>265</v>
-[...1 lines deleted...]
-      <c r="I37" s="5"/>
+        <v>266</v>
+      </c>
+      <c r="I37" s="5" t="s">
+        <v>267</v>
+      </c>
       <c r="J37" s="5" t="s">
-        <v>226</v>
+        <v>268</v>
       </c>
       <c r="K37" s="5" t="s">
-        <v>266</v>
+        <v>269</v>
       </c>
       <c r="L37" s="6" t="s">
-        <v>267</v>
+        <v>270</v>
       </c>
       <c r="M37" s="5" t="s">
-        <v>268</v>
+        <v>271</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="5" t="s">
-        <v>269</v>
+        <v>272</v>
       </c>
       <c r="B38" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C38" s="5" t="s">
-        <v>239</v>
+        <v>247</v>
       </c>
       <c r="D38" s="5" t="s">
-        <v>224</v>
+        <v>232</v>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F38" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G38" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H38" s="5" t="s">
-        <v>270</v>
-[...3 lines deleted...]
-      </c>
+        <v>273</v>
+      </c>
+      <c r="I38" s="5"/>
       <c r="J38" s="5" t="s">
-        <v>226</v>
+        <v>234</v>
       </c>
       <c r="K38" s="5" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="L38" s="6" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="M38" s="5" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="5" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C39" s="5" t="s">
-        <v>64</v>
+        <v>247</v>
       </c>
       <c r="D39" s="5" t="s">
-        <v>276</v>
+        <v>232</v>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F39" s="5" t="s">
-        <v>17</v>
+      <c r="F39" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G39" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H39" s="5" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="I39" s="5" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="J39" s="5" t="s">
-        <v>67</v>
+        <v>234</v>
       </c>
       <c r="K39" s="5" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="L39" s="6" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="M39" s="5" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="5" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
       <c r="B40" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C40" s="5" t="s">
-        <v>64</v>
+        <v>72</v>
       </c>
       <c r="D40" s="5" t="s">
-        <v>283</v>
-[...7 lines deleted...]
-        </is>
+        <v>284</v>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F40" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="G40" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H40" s="5" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="I40" s="5" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="J40" s="5" t="s">
-        <v>21</v>
+        <v>75</v>
       </c>
       <c r="K40" s="5" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="L40" s="6" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="M40" s="5" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="5" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="B41" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C41" s="5" t="s">
-        <v>64</v>
+        <v>72</v>
       </c>
       <c r="D41" s="5" t="s">
-        <v>276</v>
+        <v>291</v>
       </c>
       <c r="E41" s="5" t="s">
-        <v>118</v>
+        <v>126</v>
       </c>
       <c r="F41" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G41" s="5" t="s">
-        <v>290</v>
+      <c r="G41" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H41" s="5" t="s">
-        <v>291</v>
-[...1 lines deleted...]
-      <c r="I41" s="5"/>
+        <v>292</v>
+      </c>
+      <c r="I41" s="5" t="s">
+        <v>293</v>
+      </c>
       <c r="J41" s="5" t="s">
-        <v>67</v>
+        <v>21</v>
       </c>
       <c r="K41" s="5" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
       <c r="L41" s="6" t="s">
-        <v>293</v>
+        <v>295</v>
       </c>
       <c r="M41" s="5" t="s">
-        <v>294</v>
+        <v>296</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="5" t="s">
-        <v>295</v>
+        <v>297</v>
       </c>
       <c r="B42" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C42" s="5" t="s">
-        <v>224</v>
+        <v>72</v>
       </c>
       <c r="D42" s="5" t="s">
-        <v>64</v>
+        <v>284</v>
       </c>
       <c r="E42" s="5" t="s">
-        <v>296</v>
-[...7 lines deleted...]
-        </is>
+        <v>126</v>
+      </c>
+      <c r="F42" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G42" s="5" t="s">
+        <v>298</v>
       </c>
       <c r="H42" s="5" t="s">
-        <v>16</v>
-[...3 lines deleted...]
-      </c>
+        <v>299</v>
+      </c>
+      <c r="I42" s="5"/>
       <c r="J42" s="5" t="s">
-        <v>67</v>
+        <v>75</v>
       </c>
       <c r="K42" s="5" t="s">
-        <v>298</v>
+        <v>300</v>
       </c>
       <c r="L42" s="6" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
       <c r="M42" s="5" t="s">
-        <v>300</v>
+        <v>302</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="5" t="s">
-        <v>301</v>
+        <v>303</v>
       </c>
       <c r="B43" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C43" s="5" t="s">
-        <v>302</v>
+        <v>232</v>
       </c>
       <c r="D43" s="5" t="s">
-        <v>64</v>
+        <v>72</v>
       </c>
       <c r="E43" s="5" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="F43" s="5" t="s">
         <v>18</v>
       </c>
       <c r="G43" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H43" s="5" t="s">
-        <v>304</v>
+        <v>16</v>
       </c>
       <c r="I43" s="5" t="s">
         <v>305</v>
       </c>
       <c r="J43" s="5" t="s">
-        <v>67</v>
+        <v>75</v>
       </c>
       <c r="K43" s="5" t="s">
         <v>306</v>
       </c>
       <c r="L43" s="6" t="s">
         <v>307</v>
       </c>
       <c r="M43" s="5" t="s">
         <v>308</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="5" t="s">
         <v>309</v>
       </c>
       <c r="B44" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C44" s="5" t="s">
-        <v>302</v>
+        <v>310</v>
       </c>
       <c r="D44" s="5" t="s">
-        <v>64</v>
+        <v>72</v>
       </c>
       <c r="E44" s="5" t="s">
-        <v>18</v>
+        <v>311</v>
       </c>
       <c r="F44" s="5" t="s">
         <v>18</v>
       </c>
       <c r="G44" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H44" s="5" t="s">
-        <v>310</v>
+        <v>312</v>
       </c>
       <c r="I44" s="5" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
       <c r="J44" s="5" t="s">
-        <v>67</v>
+        <v>75</v>
       </c>
       <c r="K44" s="5" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
       <c r="L44" s="6" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
       <c r="M44" s="5" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="5" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
       <c r="B45" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C45" s="5" t="s">
-        <v>302</v>
+        <v>310</v>
       </c>
       <c r="D45" s="5" t="s">
-        <v>64</v>
+        <v>72</v>
       </c>
       <c r="E45" s="5" t="s">
-        <v>303</v>
+        <v>18</v>
       </c>
       <c r="F45" s="5" t="s">
         <v>18</v>
       </c>
       <c r="G45" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H45" s="5" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
       <c r="I45" s="5" t="s">
-        <v>317</v>
+        <v>319</v>
       </c>
       <c r="J45" s="5" t="s">
-        <v>67</v>
+        <v>75</v>
       </c>
       <c r="K45" s="5" t="s">
-        <v>318</v>
+        <v>320</v>
       </c>
       <c r="L45" s="6" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="M45" s="5" t="s">
-        <v>320</v>
+        <v>322</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="5" t="s">
-        <v>321</v>
+        <v>323</v>
       </c>
       <c r="B46" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C46" s="5" t="s">
-        <v>16</v>
+        <v>310</v>
       </c>
       <c r="D46" s="5" t="s">
-        <v>64</v>
+        <v>72</v>
       </c>
       <c r="E46" s="5" t="s">
-        <v>18</v>
+        <v>311</v>
       </c>
       <c r="F46" s="5" t="s">
         <v>18</v>
       </c>
-      <c r="G46" s="5" t="s">
-        <v>322</v>
+      <c r="G46" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H46" s="5" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
       <c r="I46" s="5" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="J46" s="5" t="s">
-        <v>67</v>
+        <v>75</v>
       </c>
       <c r="K46" s="5" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="L46" s="6" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="M46" s="5" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="5" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="B47" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C47" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D47" s="5" t="s">
-        <v>26</v>
+        <v>72</v>
       </c>
       <c r="E47" s="5" t="s">
         <v>18</v>
       </c>
-      <c r="F47" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="F47" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G47" s="5" t="s">
+        <v>330</v>
       </c>
       <c r="H47" s="5" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
       <c r="I47" s="5" t="s">
-        <v>330</v>
+        <v>332</v>
       </c>
       <c r="J47" s="5" t="s">
-        <v>21</v>
+        <v>75</v>
       </c>
       <c r="K47" s="5" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
       <c r="L47" s="6" t="s">
-        <v>332</v>
+        <v>334</v>
       </c>
       <c r="M47" s="5" t="s">
-        <v>333</v>
+        <v>335</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="5" t="s">
-        <v>334</v>
+        <v>336</v>
       </c>
       <c r="B48" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C48" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D48" s="5" t="s">
-        <v>283</v>
-[...4 lines deleted...]
-        </is>
+        <v>26</v>
+      </c>
+      <c r="E48" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="F48" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G48" s="5" t="s">
-        <v>335</v>
+      <c r="G48" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H48" s="5" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="I48" s="5" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="J48" s="5" t="s">
-        <v>67</v>
+        <v>21</v>
       </c>
       <c r="K48" s="5" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="L48" s="6" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="M48" s="5" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="5" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="B49" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C49" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D49" s="5" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>118</v>
+        <v>291</v>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F49" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G49" s="5" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="H49" s="5" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="I49" s="5" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
       <c r="J49" s="5" t="s">
-        <v>21</v>
+        <v>75</v>
       </c>
       <c r="K49" s="5" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="L49" s="6" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="M49" s="5" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="5" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="B50" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C50" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D50" s="5" t="s">
         <v>26</v>
       </c>
       <c r="E50" s="5" t="s">
-        <v>18</v>
-[...2 lines deleted...]
-        <v>349</v>
+        <v>126</v>
+      </c>
+      <c r="F50" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G50" s="5" t="s">
         <v>350</v>
       </c>
       <c r="H50" s="5" t="s">
         <v>351</v>
       </c>
       <c r="I50" s="5" t="s">
         <v>352</v>
       </c>
       <c r="J50" s="5" t="s">
-        <v>67</v>
+        <v>21</v>
       </c>
       <c r="K50" s="5" t="s">
         <v>353</v>
       </c>
       <c r="L50" s="6" t="s">
         <v>354</v>
       </c>
       <c r="M50" s="5" t="s">
         <v>355</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="5" t="s">
         <v>356</v>
       </c>
       <c r="B51" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C51" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D51" s="5" t="s">
         <v>26</v>
       </c>
       <c r="E51" s="5" t="s">
         <v>18</v>
       </c>
       <c r="F51" s="5" t="s">
-        <v>349</v>
+        <v>357</v>
       </c>
       <c r="G51" s="5" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="H51" s="5" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="I51" s="5" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="J51" s="5" t="s">
-        <v>67</v>
+        <v>75</v>
       </c>
       <c r="K51" s="5" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="L51" s="6" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
       <c r="M51" s="5" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="5" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="B52" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C52" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D52" s="5" t="s">
         <v>26</v>
       </c>
-      <c r="D52" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E52" s="5" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-        </is>
+        <v>18</v>
+      </c>
+      <c r="F52" s="5" t="s">
+        <v>357</v>
       </c>
       <c r="G52" s="5" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="H52" s="5" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="I52" s="5" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="J52" s="5" t="s">
-        <v>67</v>
+        <v>75</v>
       </c>
       <c r="K52" s="5" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="L52" s="6" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="M52" s="5" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="5" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="B53" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C53" s="5" t="s">
-        <v>125</v>
+        <v>26</v>
       </c>
       <c r="D53" s="5" t="s">
-        <v>126</v>
+        <v>16</v>
       </c>
       <c r="E53" s="5" t="s">
-        <v>371</v>
-[...2 lines deleted...]
-        <v>250</v>
+        <v>17</v>
+      </c>
+      <c r="F53" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G53" s="5" t="s">
         <v>372</v>
       </c>
       <c r="H53" s="5" t="s">
         <v>373</v>
       </c>
       <c r="I53" s="5" t="s">
         <v>374</v>
       </c>
       <c r="J53" s="5" t="s">
+        <v>75</v>
+      </c>
+      <c r="K53" s="5" t="s">
         <v>375</v>
       </c>
-      <c r="K53" s="5" t="s">
+      <c r="L53" s="6" t="s">
         <v>376</v>
       </c>
-      <c r="L53" s="6" t="s">
+      <c r="M53" s="5" t="s">
         <v>377</v>
-      </c>
-[...1 lines deleted...]
-        <v>378</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="5" t="s">
+        <v>378</v>
+      </c>
+      <c r="B54" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C54" s="5" t="s">
+        <v>133</v>
+      </c>
+      <c r="D54" s="5" t="s">
+        <v>134</v>
+      </c>
+      <c r="E54" s="5" t="s">
         <v>379</v>
       </c>
-      <c r="B54" s="5" t="s">
-[...14 lines deleted...]
-        </is>
+      <c r="F54" s="5" t="s">
+        <v>258</v>
       </c>
       <c r="G54" s="5" t="s">
         <v>380</v>
       </c>
       <c r="H54" s="5" t="s">
         <v>381</v>
       </c>
       <c r="I54" s="5" t="s">
         <v>382</v>
       </c>
       <c r="J54" s="5" t="s">
-        <v>21</v>
+        <v>383</v>
       </c>
       <c r="K54" s="5" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="L54" s="6" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="M54" s="5" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="5" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
       <c r="B55" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C55" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D55" s="5" t="s">
         <v>26</v>
       </c>
       <c r="E55" s="5" t="s">
-        <v>118</v>
+        <v>126</v>
       </c>
       <c r="F55" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G55" s="5" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="H55" s="5" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="I55" s="5" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="J55" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K55" s="5" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="L55" s="6" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="M55" s="5" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="5" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="B56" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C56" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D56" s="5" t="s">
         <v>26</v>
       </c>
       <c r="E56" s="5" t="s">
-        <v>118</v>
+        <v>126</v>
       </c>
       <c r="F56" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G56" s="5" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="H56" s="5" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="I56" s="5" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="J56" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K56" s="5" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
       <c r="L56" s="6" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="M56" s="5" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="5" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
       <c r="B57" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C57" s="5" t="s">
-        <v>401</v>
+        <v>16</v>
       </c>
       <c r="D57" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="E57" s="5" t="s">
+        <v>126</v>
+      </c>
+      <c r="F57" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G57" s="5" t="s">
+        <v>402</v>
+      </c>
+      <c r="H57" s="5" t="s">
+        <v>403</v>
+      </c>
+      <c r="I57" s="5" t="s">
+        <v>404</v>
+      </c>
+      <c r="J57" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="K57" s="5" t="s">
+        <v>405</v>
+      </c>
+      <c r="L57" s="6" t="s">
+        <v>406</v>
+      </c>
+      <c r="M57" s="5" t="s">
+        <v>407</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" s="5" t="s">
+        <v>408</v>
+      </c>
+      <c r="B58" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C58" s="5" t="s">
+        <v>409</v>
+      </c>
+      <c r="D58" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="E57" s="5" t="s">
-[...2 lines deleted...]
-      <c r="F57" s="5" t="s">
+      <c r="E58" s="5" t="s">
+        <v>410</v>
+      </c>
+      <c r="F58" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="G57" s="5" t="s">
-[...39 lines deleted...]
-      <c r="F58" s="5" t="s">
+      <c r="G58" s="5" t="s">
         <v>411</v>
-      </c>
-[...3 lines deleted...]
-        </is>
       </c>
       <c r="H58" s="5" t="s">
         <v>412</v>
       </c>
       <c r="I58" s="5" t="s">
         <v>413</v>
       </c>
       <c r="J58" s="5" t="s">
         <v>414</v>
       </c>
       <c r="K58" s="5" t="s">
         <v>415</v>
       </c>
       <c r="L58" s="6" t="s">
         <v>416</v>
       </c>
       <c r="M58" s="5" t="s">
         <v>417</v>
       </c>
     </row>
     <row r="59">
-      <c r="A59" s="5" t="s">
+      <c r="A59" s="5" t="n">
+        <v>1928</v>
+      </c>
+      <c r="B59" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C59" s="5" t="s">
         <v>418</v>
       </c>
-      <c r="B59" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C59" s="5" t="s">
+      <c r="D59" s="5" t="s">
+        <v>291</v>
+      </c>
+      <c r="E59" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F59" s="5" t="s">
         <v>419</v>
       </c>
-      <c r="D59" s="5" t="s">
-[...2 lines deleted...]
-      <c r="E59" s="5" t="s">
+      <c r="G59" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H59" s="5" t="s">
         <v>420</v>
       </c>
-      <c r="F59" s="5" t="s">
+      <c r="I59" s="5" t="s">
         <v>421</v>
       </c>
-      <c r="G59" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H59" s="5" t="s">
+      <c r="J59" s="5" t="s">
         <v>422</v>
       </c>
-      <c r="I59" s="5" t="s">
+      <c r="K59" s="5" t="s">
         <v>423</v>
       </c>
-      <c r="J59" s="5" t="s">
+      <c r="L59" s="6" t="s">
         <v>424</v>
       </c>
-      <c r="K59" s="5" t="s">
+      <c r="M59" s="5" t="s">
         <v>425</v>
-      </c>
-[...4 lines deleted...]
-        <v>427</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="5" t="s">
+        <v>426</v>
+      </c>
+      <c r="B60" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C60" s="5" t="s">
+        <v>427</v>
+      </c>
+      <c r="D60" s="5" t="s">
+        <v>134</v>
+      </c>
+      <c r="E60" s="5" t="s">
         <v>428</v>
       </c>
-      <c r="B60" s="5" t="s">
-[...5 lines deleted...]
-      <c r="D60" s="5" t="s">
+      <c r="F60" s="5" t="s">
         <v>429</v>
       </c>
-      <c r="E60" s="5" t="s">
+      <c r="G60" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H60" s="5" t="s">
         <v>430</v>
       </c>
-      <c r="F60" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H60" s="5" t="s">
+      <c r="I60" s="5" t="s">
         <v>431</v>
       </c>
-      <c r="I60" s="5" t="s">
+      <c r="J60" s="5" t="s">
         <v>432</v>
       </c>
-      <c r="J60" s="5" t="s">
+      <c r="K60" s="5" t="s">
         <v>433</v>
       </c>
-      <c r="K60" s="5" t="s">
+      <c r="L60" s="6" t="s">
         <v>434</v>
       </c>
-      <c r="L60" s="6" t="s">
+      <c r="M60" s="5" t="s">
         <v>435</v>
-      </c>
-[...1 lines deleted...]
-        <v>436</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="5" t="s">
+        <v>436</v>
+      </c>
+      <c r="B61" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C61" s="5" t="s">
+        <v>165</v>
+      </c>
+      <c r="D61" s="5" t="s">
         <v>437</v>
       </c>
-      <c r="B61" s="5" t="s">
-[...5 lines deleted...]
-      <c r="D61" s="5" t="s">
+      <c r="E61" s="5" t="s">
         <v>438</v>
-      </c>
-[...3 lines deleted...]
-        </is>
       </c>
       <c r="F61" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G61" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H61" s="5" t="s">
         <v>439</v>
       </c>
       <c r="I61" s="5" t="s">
         <v>440</v>
       </c>
       <c r="J61" s="5" t="s">
         <v>441</v>
       </c>
       <c r="K61" s="5" t="s">
         <v>442</v>
       </c>
       <c r="L61" s="6" t="s">
         <v>443</v>
       </c>
       <c r="M61" s="5" t="s">
         <v>444</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="5" t="s">
         <v>445</v>
       </c>
       <c r="B62" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C62" s="5" t="s">
-        <v>239</v>
+        <v>247</v>
       </c>
       <c r="D62" s="5" t="s">
-        <v>438</v>
+        <v>446</v>
       </c>
       <c r="E62" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F62" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G62" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H62" s="5" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="I62" s="5" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="J62" s="5" t="s">
-        <v>441</v>
+        <v>449</v>
       </c>
       <c r="K62" s="5" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="L62" s="6" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="M62" s="5" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="5" t="s">
-        <v>451</v>
+        <v>453</v>
       </c>
       <c r="B63" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C63" s="5" t="s">
-        <v>157</v>
+        <v>247</v>
       </c>
       <c r="D63" s="5" t="s">
-        <v>452</v>
-[...2 lines deleted...]
-        <v>453</v>
+        <v>446</v>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F63" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G63" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H63" s="5" t="s">
         <v>454</v>
       </c>
       <c r="I63" s="5" t="s">
         <v>455</v>
       </c>
       <c r="J63" s="5" t="s">
+        <v>449</v>
+      </c>
+      <c r="K63" s="5" t="s">
         <v>456</v>
       </c>
-      <c r="K63" s="5" t="s">
+      <c r="L63" s="6" t="s">
         <v>457</v>
       </c>
-      <c r="L63" s="6" t="s">
+      <c r="M63" s="5" t="s">
         <v>458</v>
-      </c>
-[...1 lines deleted...]
-        <v>459</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="5" t="s">
+        <v>459</v>
+      </c>
+      <c r="B64" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C64" s="5" t="s">
+        <v>165</v>
+      </c>
+      <c r="D64" s="5" t="s">
         <v>460</v>
       </c>
-      <c r="B64" s="5" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E64" s="5" t="s">
-        <v>453</v>
+        <v>461</v>
       </c>
       <c r="F64" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G64" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H64" s="5" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="I64" s="5" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
       <c r="J64" s="5" t="s">
-        <v>456</v>
+        <v>464</v>
       </c>
       <c r="K64" s="5" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
       <c r="L64" s="6" t="s">
-        <v>464</v>
+        <v>466</v>
       </c>
       <c r="M64" s="5" t="s">
-        <v>465</v>
+        <v>467</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="5" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="B65" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C65" s="5" t="s">
-        <v>157</v>
+        <v>165</v>
       </c>
       <c r="D65" s="5" t="s">
-        <v>452</v>
+        <v>460</v>
       </c>
       <c r="E65" s="5" t="s">
-        <v>453</v>
+        <v>461</v>
       </c>
       <c r="F65" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G65" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H65" s="5" t="s">
-        <v>467</v>
+        <v>469</v>
       </c>
       <c r="I65" s="5" t="s">
-        <v>468</v>
+        <v>470</v>
       </c>
       <c r="J65" s="5" t="s">
-        <v>456</v>
+        <v>464</v>
       </c>
       <c r="K65" s="5" t="s">
-        <v>469</v>
+        <v>471</v>
       </c>
       <c r="L65" s="6" t="s">
-        <v>470</v>
+        <v>472</v>
       </c>
       <c r="M65" s="5" t="s">
-        <v>471</v>
+        <v>473</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="5" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="B66" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C66" s="5" t="s">
-        <v>419</v>
+        <v>165</v>
       </c>
       <c r="D66" s="5" t="s">
-        <v>126</v>
-[...4 lines deleted...]
-        </is>
+        <v>460</v>
+      </c>
+      <c r="E66" s="5" t="s">
+        <v>461</v>
       </c>
       <c r="F66" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G66" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H66" s="5" t="s">
-        <v>473</v>
+        <v>475</v>
       </c>
       <c r="I66" s="5" t="s">
-        <v>474</v>
+        <v>476</v>
       </c>
       <c r="J66" s="5" t="s">
-        <v>475</v>
+        <v>464</v>
       </c>
       <c r="K66" s="5" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="L66" s="6" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="M66" s="5" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="5" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
       <c r="B67" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C67" s="5" t="s">
-        <v>126</v>
+        <v>427</v>
       </c>
       <c r="D67" s="5" t="s">
-        <v>125</v>
-[...4 lines deleted...]
-      <c r="F67" s="5" t="s">
+        <v>134</v>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F67" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G67" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H67" s="5" t="s">
         <v>481</v>
       </c>
-      <c r="G67" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H67" s="5" t="s">
+      <c r="I67" s="5" t="s">
         <v>482</v>
       </c>
-      <c r="I67" s="5" t="s">
+      <c r="J67" s="5" t="s">
         <v>483</v>
       </c>
-      <c r="J67" s="5" t="s">
+      <c r="K67" s="5" t="s">
         <v>484</v>
       </c>
-      <c r="K67" s="5" t="s">
+      <c r="L67" s="6" t="s">
         <v>485</v>
       </c>
-      <c r="L67" s="6" t="s">
+      <c r="M67" s="5" t="s">
         <v>486</v>
       </c>
-      <c r="M67" s="5" t="s">
+    </row>
+    <row r="68">
+      <c r="A68" s="5" t="s">
         <v>487</v>
+      </c>
+      <c r="B68" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C68" s="5" t="s">
+        <v>134</v>
+      </c>
+      <c r="D68" s="5" t="s">
+        <v>133</v>
+      </c>
+      <c r="E68" s="5" t="s">
+        <v>488</v>
+      </c>
+      <c r="F68" s="5" t="s">
+        <v>489</v>
+      </c>
+      <c r="G68" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H68" s="5" t="s">
+        <v>490</v>
+      </c>
+      <c r="I68" s="5" t="s">
+        <v>491</v>
+      </c>
+      <c r="J68" s="5" t="s">
+        <v>492</v>
+      </c>
+      <c r="K68" s="5" t="s">
+        <v>493</v>
+      </c>
+      <c r="L68" s="6" t="s">
+        <v>494</v>
+      </c>
+      <c r="M68" s="5" t="s">
+        <v>495</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>
     <hyperlink ref="M13" r:id="rId18"/>
     <hyperlink ref="M14" r:id="rId19"/>
     <hyperlink ref="M15" r:id="rId20"/>
     <hyperlink ref="M16" r:id="rId21"/>
     <hyperlink ref="M17" r:id="rId22"/>
     <hyperlink ref="M18" r:id="rId23"/>
     <hyperlink ref="M19" r:id="rId24"/>
     <hyperlink ref="M20" r:id="rId25"/>
     <hyperlink ref="M21" r:id="rId26"/>
@@ -5922,44 +6013,45 @@
     <hyperlink ref="M43" r:id="rId48"/>
     <hyperlink ref="M44" r:id="rId49"/>
     <hyperlink ref="M45" r:id="rId50"/>
     <hyperlink ref="M46" r:id="rId51"/>
     <hyperlink ref="M47" r:id="rId52"/>
     <hyperlink ref="M48" r:id="rId53"/>
     <hyperlink ref="M49" r:id="rId54"/>
     <hyperlink ref="M50" r:id="rId55"/>
     <hyperlink ref="M51" r:id="rId56"/>
     <hyperlink ref="M52" r:id="rId57"/>
     <hyperlink ref="M53" r:id="rId58"/>
     <hyperlink ref="M54" r:id="rId59"/>
     <hyperlink ref="M55" r:id="rId60"/>
     <hyperlink ref="M56" r:id="rId61"/>
     <hyperlink ref="M57" r:id="rId62"/>
     <hyperlink ref="M58" r:id="rId63"/>
     <hyperlink ref="M59" r:id="rId64"/>
     <hyperlink ref="M60" r:id="rId65"/>
     <hyperlink ref="M61" r:id="rId66"/>
     <hyperlink ref="M62" r:id="rId67"/>
     <hyperlink ref="M63" r:id="rId68"/>
     <hyperlink ref="M64" r:id="rId69"/>
     <hyperlink ref="M65" r:id="rId70"/>
     <hyperlink ref="M66" r:id="rId71"/>
     <hyperlink ref="M67" r:id="rId72"/>
+    <hyperlink ref="M68" r:id="rId73"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>