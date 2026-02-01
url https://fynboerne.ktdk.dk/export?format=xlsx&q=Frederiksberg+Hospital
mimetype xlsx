--- v0 (2025-10-04)
+++ v1 (2026-02-01)
@@ -5,51 +5,51 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="171" uniqueCount="121" xml:space="preserve">
   <si>
-    <t>Datering</t>
+    <t>Datering/Værktitel</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
@@ -142,342 +142,50 @@
   </si>
   <si>
     <t>Faaborg Museum, Peter Hansens arkiv</t>
   </si>
   <si>
     <t>Elise fortæller om familiens aktiviteter. Det er sommer og varmt. Bimse og Elise har spist frokost med Philipsen. Zahrtmann har det ikke så godt, han er indlagt på Frederiksberg Hospital.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/q0sA</t>
   </si>
   <si>
     <t>Kære Pap
 Vi har det med Varme, naar vi tager ud ad en støvet Køge landevej. Men sidde inde i vore forøvrigt kølige og luftige Stuer en hel Søndag, kan vi dog ikke. Vi cyklede derfor i Gaar ud til en lille komplet landlig Kro, som ligger, lige naar man er kommen gennem Avedøre Fortet. Der var hedt som paa en Stegepande endda selv om vi laa paa en Eng helt nede ved Stranden. Gitten var i Vandet 3 Dage i Træk. Vi var der nemlig paa "Valdemarsdagen" det var Fredag. Lørdag var hun i Holte hos en Skolekammerat, og saa gik hun over og laa hos Ida Lørdag Nat og blev der om Søndagen. Bimse og jeg spiste Frokost med Philipsen paa Skibet i Lørdags (den fine til 1,20) og han var saa glad for os, at vi hver fik 10 Øre i Tilgift. Vi gik op til Olesen og der valgte vi et Straatæppe, som bliver sendt til Faaborg om en Uges tid. Zahrtmann har det ikke ret godt; jeg ringede til Frederiksberg Hospital i Lørdags og fik den Besked at "det gaar nogenlunde, det er ikke saa godt". Det vilde jo ogsaa være mærkeligt, om han i den Alder skulde kunne klare en Operation. Vi glæder os til at se Haven og til at faa Ferie og sejle ud og spise vor Aftensmad paa en eller anden Ø. 
 Det er Glimrende, du har faaet fat paa en Husassistent. Det var aller bedst, om hun forsvinder, naar hun er færdig saa vi ikke skal more hende bagefter som Maren Jensen. 
 Bams er begyndt paa Eksamen, kom hjem nu med 6 i Fysiologi. Pengene fra Grønningen, hvor faar man dem? det er bedst, vi faar dem inden Ferien, ellers forsvinder de maaske lige som Fresken. Jeg korresponderer med Swane for at faa dem efterlyst og gør dem det saa hedt som muligt. 
 Bams og jeg traf forleden Otto Larsen siddende udenfor Palads hotellet, og vi fik os en dejlig Iskaffe. 
 Jeg har faaet Penge fra Nyborg
 Mange kærlige Hilsener
 Din
 Elisa
 Hilsen til Sis og Pjevs, samt Frk. Birkholm.
 18-6-17
 Dine "Aalestangere" blev i Kunstforeningen valgt som Nr. 3 af Bogtrykker Wedege</t>
   </si>
   <si>
-    <t>1922-09-12</t>
-[...290 lines deleted...]
-  <si>
     <t>1935-01-27</t>
   </si>
   <si>
     <t>Elena Larsen</t>
   </si>
   <si>
     <t>Erna -
 Ib Andersen
 Wilhelm Hansen
 Jens Jensen
 Johan Larsen
 Johannes Larsen
 Peter Andreas Larsen
 Elisabeth Neckelmann
 Knud Schoubye</t>
   </si>
   <si>
     <t>Det vides ikke, hvem Egebjerg, dr. Polack, fru Bransager, fru Engeltoft og Carla Rasmussen var. 
 Sagen om skatteregnskabet og de solgte billeder hænger formodentlig sammen med, at Elisa Hansens man, maleren Peter Hansen, døde i 1928.</t>
   </si>
   <si>
     <t>Brevet er i privateje</t>
   </si>
   <si>
     <t>Det er dejligt, at de har fået en dam på Båxhult.
@@ -516,50 +224,145 @@
   </si>
   <si>
     <t>I et andet brev fra Elisa Hansen til Elena Larsen omtales også pelsen, som vist blev glemt i Johannes Larsens bil, da man kørte hjem fra juleferie på Båxhult i Småland.
 "om han er gift": Ordene handler formodentlig om O.T./Ottesen, som Grete Jensen dannede par med, efter at hun og Jens Jensen var gået fra hinanden, men ikke var skilt. 
 Det vides ikke, hvemdr. Polack, fru Engelstoft, Carla Rasmussen, Egebjerg og Gudrun N. var.</t>
   </si>
   <si>
     <t>Elisa Hansen savner at få brev. Hun vil gerne høre nyt om kvien.
 Grete Jensen kan ikke finde ud af, om han er gift.
 Jens Jensen er igen på Frederiksberg Hospital. Han kører nu motorcykel.
 Elisa Hansen har dyrket meget selskabelighed. 
 Elisabeth Neckelmann hænger op på Charlottenborg.
 Elisa sender Peter en brandbil.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/ARYY</t>
   </si>
   <si>
     <t>Kære Bams.
 Nu kunde det være godt med at faa et Brev fra jer og høre lidt om hvordan det staar til; det kan jo udtrykkes i faa Ord; hvis Travlhed og deraf følgende Søvnighed ikke kan præstere mere, er jeg dermed indforstaaet og glad for det. Jeg vilde jo gærne vide hvordan Kviens Barselaffære forløb; Kaninerne bryder jeg mig ikke om, men det gør Peterm. naturlivis og det bøjer jeg mig for. H[ulæseligt] har jo endnu ikke været paa Båxhult, jeg skrev vel sidst, at Pelsen rimeligvis var taget med Bilen til Kerteminde. Gete kan ikke finde ud af, om han er gift eller hur. Sidst hun ringede til ham, var der en Dame, som sagde, at Fruen kom først hjem Kl 12. Han har vist noget at bestille for Tiden. Jens var her forleden for at hente nogle af sine Sager. Ib Andersen er bleven gift, og saa maatte Jens jo trække sig tilbage. Heldigvis er han jo nu igen paa Frederiksberg Hospital paa Dr Polacks Afdeling, hvor han kan godt lide at være, og han er færdig med sin Turnus og har et mere komfortabelt Værelse. Han syntes ogsaa, at det var udmærket for jer at bruge Levertran, han vilde tage noget med op til jer, men det er for længe at vente paa det, saa køb noget naar I faar Lejlighed til at komme til Unnaryd. Ib Andersen har nu overtaget Bilen, og Jens vil atter vende tilbage til sin gamle Kærlighed Motorcyklen. Jeg har i den sidste Tid levet efter mine Begreber meget selskabeligt. Hr og Fru Polles var her til Middag igaar. Det var morsomt at se dem igen. De bor i 2 Værelser ude paa Østerbro Adgang til Køkken og Fru Jette har altsaa den Adspredelse at gaa ud og gøre Indkøb og lave Mad - og spise den. Han, som er Pessimist, Æstetiker og Raakostæder har kun sin Pessimisme at dyrke. Jeg havde raa Hvidkaalssalat, og Kartofler, og hun spiste dygtigt af Flæskestegen saa begge Parter var tilfredse. Men hvor har de sidste Aar præget dem. Hun synger ikke mere, og hendes naive Glæde over god Mad og gamle Venner er saa afdampet. Vi har været en Aften hos Fru Brunsager. Jeg spillede Bridge med Fru Bregendahl (Jeppe Aakjær) hvor hun morede sig over Peters kraftige Bemærkninger som "jeg gir Fan'en i Julen" og andre Klassikere, det var lige noget for Gustav Wied sagde hun ["sagde hun" indsat over linjen]. Hun er desværre stokdøv, men spille Kort, det kan hun, som den drevne Jyde hun er, og knalder Kortene i Bordet, naar hun sidder med de sidste Stik. Her traf jeg to af Familierne nemlig Fru Spa[ulæseligt], en værdig Dame, der ser interessant ud og Helene Sachs begge to Døtre af to af mine Kusiner fra Aarhus. Sisse er i Aktivitet med Ophængning paa Charlottenborg, "men det smider jo lidt af sig" for at bruge et af [ulæseligt ord] Udtryk", jeg antager hun faar 200 Kr for sit Arbejde. På Søndag skal jeg have Aftenparty nemlig Nille som var i Skandinavisk i Rom, Fru Brunsager, ikke Chr med Fru ["ikke Chr men Fru" indsat over linjen] Engelstoft Carla Rasmussen og saa siden og jeg omtaler, for jeg vil ikke tale om det, at jeg har været hos Egebjergs, Gudrun N. m.m saa maa du da indrømme, at jeg har ført et broget Liv. 
 Jeg har en lille Brandbil til Petermand, den kommer til Lysses Fødselsdag. Sæt dig nu paa din Hale og skriv.
 Masser af Hilsener til jer alle 3
 fra
 Mos.
 8-2-35</t>
+  </si>
+  <si>
+    <t>1922-09-12</t>
+  </si>
+  <si>
+    <t>Christine Swane</t>
+  </si>
+  <si>
+    <t>Marie Larsen</t>
+  </si>
+  <si>
+    <t>Frederiksberg</t>
+  </si>
+  <si>
+    <t>Falkoner alle 5, Frederiksberg</t>
+  </si>
+  <si>
+    <t>Bodild Holstein
+Andreas Larsen
+Johan Larsen
+Johanne  Larsen
+Lars Swane</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv</t>
+  </si>
+  <si>
+    <t>Christine Swane er tilbage på Frederiksberg efter et ophold hos søsteren Marie. Hun har det stadig dårligt, og der overvejes indlæggelse på nerveklinik. Ligeledes om det betimelige i at have sønnen Lars boende. Pt har hun Johan Larsen boende, mens han går i skole i København.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/QKJH</t>
+  </si>
+  <si>
+    <t>Falkoner alle 5,3. 12 September
+Kære Marie. Det er ikke fordi jeg ikke er dig meget Taknemmelig for den Tid du havde mig. Jeg siger dig oprigtig Tak for din Tålmodighed med mig. Jeg har det temmelig dårligt i disse Dage, jeg var hos Frk Holstein forleden Dag, hun mente at hvis jeg ikke blev bedre når der var gået en Tid fex når Puf kommer, elle måske når Udstillingen er overstået, at det ellers blev nødvendigt at jeg kom hen på Frederiksbergs Hospitals Nerveklinik. Jeg får jo Lars hjem i 14 Dage men ellers mente Frk. H at det både for Larses og min Skyld var bedre at han ikke var hos mig foreløbig. Lysse er nu på Skolen lige fra 8 til 3. men jeg tror han er helt glad ved at gå der. Og han er helt hyggelig at have. Vær ikke vred fordi det har varet så længe inden du hørte fra mig. Jeg håber I alle har det godt. Hils alle, sig Junge at jeg skal se at tage mig sammen til et Brev med Tak til hende så snart jeg kan. Kærlige Hilsner fra din heng. Ugle.
+[Skrevet langs højre kant at papiret, lodret] Frk H. mente ikke jeg kunde tåle at male</t>
+  </si>
+  <si>
+    <t>1923-01-18</t>
+  </si>
+  <si>
+    <t>Sigurd  Swane</t>
+  </si>
+  <si>
+    <t>Svebølle</t>
+  </si>
+  <si>
+    <t>København</t>
+  </si>
+  <si>
+    <t>Lars Swane</t>
+  </si>
+  <si>
+    <t>Christine Swane er indlagt på Frederiksberg Hospital med en depression.</t>
+  </si>
+  <si>
+    <t>Sigurd Swane skal til tandlæge i København og vil ved den lejlighed sørge for at Lasse kan besøge sin mor på hospitalet.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/sKsP</t>
+  </si>
+  <si>
+    <t>18-1-23.
+Kære Ugle
+Jeg tager en af ud for at få den Tand ud. Jeg imødekommer så dit Ønske og tager Lasse med ind. Men hvilken Dag vi er der , og hvilken [udstreget: Dag] han kan komme ud til dig, kan jeg ikke sige endnu, men jeg vil dog sende dig dette med det samme – i hvert tilfælde kan du vente ham Søndag i Besøgstiden mellem 3 og 4 – om han kan komme allerede Lørdag kan jeg ikke sige endnu, men jeg tror det ikke.
+Jeg håber jo nu meget at han ikke skal blive bragt ud af Ligevægt, han er så fornøjet, så optaget og så sød nu, så det vilde være trist om der atter skulde blive nervøs Uro over ham – men når du er rolig og forsikrer ham, at du har det godt, der hvor du er og bliver plejet godt, så tænker jeg, det vil virke beroligende på ham – tænker han sig det modsatte, lider han under det.
+Selv når jeg desværre ikke ud at se til dig, jeg vil jo nok være meget medtaget og skal med få Minutters Mellemrum skifte Varmepose på Kinden bagefter – det skulde jeg da efter begge Ting sidst.
+Venlig Hilsen. Sigurd.</t>
+  </si>
+  <si>
+    <t>1923-02-03</t>
+  </si>
+  <si>
+    <t>Valborg Rechendorff
+Agnete Swane
+Lars Swane</t>
+  </si>
+  <si>
+    <t>Christine Swane er indlagt på Nerveklinikken på Frederiksberg Hospital. Lasse opholder sig hos sin far i Svebølle.</t>
+  </si>
+  <si>
+    <t>Sigurd Swane argumenterer for vigtigheden af at Lasse har ro i sit liv og at han ikke så ofte kan besøge sin mor på hospitalet. Han bliver meget oprevet over hendes sygdom.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/TB6V</t>
+  </si>
+  <si>
+    <t>Den 3-2-1923
+Kære Ugle.
+Jeg skriver et lille Par Ord med Lasses Brev i dag. Dels for at fortælle dig at han har det storartet, så at du ikke skal behøve at bekymre dig for ham – i Øjeblikket da. Dels for at sige at jeg godt kan forstå, at du kan længes efter at se ham, men at det vilde være stor Synd mod Drengen nu at bryde hans Ro og Glæde ved at være på Landet og igen gøre alt vanskeligt og bedrøveligt for ham, sensibel som han jo er.
+Kom han nu ind og så dig igen, før du er rask vilde det blive ved i en Måned eller to at køre i hans Hoved med at du var syg og selve Hospitalet vilde forstærke dette Indtryk.
+Din Kærlighed til Drengen må sejre over din Længsel – vi skal nok fotografere ham en Dag og sende dig Billedet så snart det er i Orden, der er blot lidt der skal laves ved Apparatet først, men det kan vi nok selv og så skal der tages en ny Film i Brug, det er 12 Plader, det varer jo lidt inden de 12 Billeder er tagne – et lille Billede af sig sender han i dag (med det samme – jeg skulde egentlig ladet ham skrive den sidste Sætning i det lille Brev om en Gang til, men nu er han ude og lege herudenfor, så jeg lader det gå som det er) – Og foruden den Uro, som nu atter vilde kastes ind i hans sjæl, hvis han kom ind nu, så husk at der er så megen Influenza og Hals- og anden Dårlighed i Byen i disse Vintermåneder, du husker selv hvordan han altid blev dårlig, når han om Efteråret kom derind fra Sundet.
+Det er jo en gammel Påstand, at Vanen spiller den allerstørste Rolle for et Barn, og at dette er rigtigt er forbavsende tydeligt hos Lasse. Nu er han i god Vane med alt hvad han skal. Tidlig op og tidlig i Seng (ligesom vi andre) Afvaskning med koldt Vand over hele Kroppen om Morgenen og af Ben og Fødder og Ansigt og Hænder med varmt Vand om Aftenen, Lørdagsbad o.s.v. o.s.v.[ indført over linjen: Gymnastik, som må gøres med lidt tilsyn] vant til de Spisetider vi har og til at gå på W.C. på sine bestemte Tider om Dagen m.m. – ting som det måske i de flestes Øren lyder pedantisk at tale om, men Ting, som dog spiller en meget stor Rolle for Barnets Sundhed. Jeg ved fra hver eneste Gang han har været inde, at alt dette brydes ned og møjsommeligt må bygges op igennem Måneder, i hvilke han ikke er så rask som han skulde være, fordi det åndelige Grundlag for hans Balace er rokket. – det havde været meget lettere for os at tage ham med ind sidst jeg var inde, for det var et meget stort Offer af min Svigermoder lige før Jul, den sidste Jul, hun har sin Datter og sine små to små Børnebørn herovre (de rejser, vel sagtens i denne eller næste Måned, op på Thistedegnen, hvor min Svoger har fået Ansættelse ved Klitværnet) at være hjemmefra i 3 Uger, men min Kone afsluttede dels sin Kur og dels måtte hun hjælpe mig, der ikke kunde foretage mig ret meget og nogle dage var meget medtaget og lå med Feber – men hun(min Svigermor) gjorde det, fordi hun forstod hvad det betød for Lasse, og hvor magtpåliggende det var os, at der således blev handlet rigtigt med ham og han ikke atter blev revet ud af den sunde Ro, han nu nød – for han nyder selv Landet og Roen nu og trives sødt og naturligt, ivrigt optaget af hundreder af Ting.
+Een Afbrydelse herude bliver der desuden nok engang i Foråret. Inden vi for Sommeren igen kan leje vort lille Hus på Kullen ud, må vi en tur derop og vi har da tænkt at benytte enten hans Påske- eller Pinseferie (helst den første, da vi gerne vilde have lejet ud i Pinsen allerede), så vilde vi være deroppe en 14 Dages Tid, jeg vilde male, og det glæder han sig jo meget til. På Vejen op vilde vi så være nogle Dage i København, der bliver jo altid noget at ordne, så kunde han jo til den tid besøge dig, især hvis du er lidt raskere – og så har han Kullen at glæde sig til bagefter, det vil være en Hjælp til hurtigere at komme i rolige Forhold igen. Når jeg nu skal ind igen, vilde min Kone meget gerne ind med, men for Lasses Skyld har hun været klar over at hun, selv om hun vil være i Uro for Operationens Forløb, må renoncere herpå.
+Jeg hører, at de andre synes, du har det bedre, jeg håber du selv synes det samme og at det må hjælpe dig til at få mere Ro i Sindet, for uden det [tilføjet rundt langs kanten: vil Helbredelsen sikkert trække endnu længere ud end ellers, men er man syg er der jo ikke andet at gøre end at give sig ind under den nødvendige Røgt.</t>
   </si>
   <si>
     <t>Januar eller februar 1945</t>
   </si>
   <si>
     <t>Laura Warberg Petersen</t>
   </si>
   <si>
     <t>Johanne Christine Larsen</t>
   </si>
   <si>
     <t>Louise Brønsted
 Emilie Demant Hatt
 Gudmund Hatt
 Marie Larsen
 Franz Schubert
 Robert Schumann
 - Stockmar
 Christine Swane
 Lars Swane
 Astrid Warberg-Goldschmidt
 Erik Warberg Larsen
 Grete Warberg Larsen
 Martin Warberg Larsen</t>
   </si>
@@ -586,50 +389,247 @@
     <t>[I brevet:]
 Kære Far og Mor!
 Det bliver bare et Par Ord, Lasse og jeg er lige kommen hjem fra at gøre Indkøb, og Pakken skal jo over inden 6. Jeg var til Koncert i Aftes i Odd Fellow Palæets lille Sal. Privat Kammermusikforeningens 10. Concert Frk Stockmar spillede Papìllon og en til af Schumann og forskelligt af Schubert. henrivende var det.
 De spillede ogsaa en Klaverkoncert af Schuman og der var en Frk et eller andet der sang.
 Det var en dejlig Aften. En af Dissers Koleger havde en Billet og kunde ikke gaa. 
 Og den fik hun til mig. Ja, det er den Pjekkert og jeg vil gerne have den.
 Ham der snød Margrethe blev dømt i Gaar til 2½ Aars Fæng. jeg har ikke Tid til at fortælle om det, men de har jo brugt af Statens Penge i lange Baner. 
 Tak for Brev og hils Rigmor og sig Tak for Brev.
 Skal hilse fra Dis.
 Lagner får jeg vadsket sammen med de andres paa Vaskeri: mit Tøj vadsker Rie. Strømper jeg selv.
 Eva Thielemann. Lejerne. Hils Grethepigen Masser af Gange fra mig. Tinge kommer til Paaske, eneste Gang, fri Rejse. Jeg kommer maaske til Pinse. 
 Intet om Mosaik. Fortalte Dis om Lugge, vidste heller ikke noget. Jeg har ligget en Dags Tid men det er fuldstændig ovre. 
 Dr. Hatts har faaet deres Stel, pragtfuld er det blevet, alle er begejstrede. Vi havde det dækket op herhjemme paa en blaa Dug. det var vidunderligt
 Tusinde Hilsner til dig fra alle.
 Bibbe 
 [Skrevet på hovedet på s1:]
 Dolk og Lommelygte fra Tinge og mig og det lange Mordvaaben. 
 Søndag præcis 12 Middag
 Kære Farsi Moms og Manse!
 Nu vil jeg da skrive lidt samtidig med Soldaten, der jo er et rædsomt Smøvl til at skrive, men jeg skal nok holde ham til, I kan være ganske rolig, jeg ved jo hvor I bliver glade ved at høre lidt ordentlig fra os, saa det manglede bare. Tro mig, han er smart, Soldaten, vi har aldrig set saa pæn en Uniform før, den er grå (nyvadsket), røde Snore og saadan noget, og alle Knapperne skinner saa det er en Lyst, og saa de vanvittig flotte Støvler, flotte altsaa joh, vi kan nok være stolte af ham. bare han nu ikke bliver alt for forkælet (forkølet det er han) Vi springer for ham saa det er en Gru, Rie og Tante Ugle ved jo ikke alt det gode, de skal gøre ham, og naar han nu kommer ud til Hatts, bliver de vel ogsaa tossede. Det er saa morsomt at høre ham fortælle, du kan tro Manse han skal nok klare sig, Tinge synes jo det er vældig sjov alt sammen, og godt lidt bliver han sikkert, Tinge, og en Sjællander er de eneste ordentlige Mennesker, Resten er Bønder, Jyder, dumme, jo den skal nok gaa.
 Vi skal en Tur i Frederiksberg Have om lidt, saa spiser vi Frokost, naar vi kommer hjem. vi drak Kaffe da Tinge kom med Wienerbrød Rundstykker, Mælk og Chokolade, han kan nok spise. 
 I Aften skal vi jo alle sammen til Middag hos Demand, Fru Hatt, det skal nok blive sjovt, det er saa rart at komme ud.
 Tante Ugle fik jo brændt en Ovn i Gaar det allermeste er vellykket, I kan tro det er smukt. Vidunderligt. 
 [Skrevet på hovedet på næstsidste side:]
 Fra mig´er</t>
+  </si>
+  <si>
+    <t>1924-04-12</t>
+  </si>
+  <si>
+    <t>Johannes Larsen</t>
+  </si>
+  <si>
+    <t>Johan Larsen</t>
+  </si>
+  <si>
+    <t>Hospitalsvej, Frederiksberg
+Rådhuspladsen, København
+Vimmelskaftet 47, København </t>
+  </si>
+  <si>
+    <t>Johannes Nicolaus Brønsted
+- Falck Jensen
+Else Jensen
+Kisse Larsen
+Eiler Lehn Schiøler
+Harald Leth
+Olaf Rude
+Christine Swane</t>
+  </si>
+  <si>
+    <t>Café Bernina, Vimmelskaftet 47, København, var i mange år mødested for kunstnere og bohèmer. 
+Der var Folketingsvalg 11. april 1924. Socialdemokratiet fik for første gang regeringsmagten med Stauning i spidsen.
+Johannes Larsen var i København fra slutningen af februar til midt i maj for dels at male på storkebilledet til Kongens Håndbibliotek, Christiansborg, dels tavler/illustrationer til Lehn Schiølers bogværk Danmarks Fugle (se også Johannes Larsen til Alhed Larsen 3. marts 1924). 
+Christine Swane var syg. Hun blev indlagt på sanatorium senere på året. Det kan ikke afgøres, hvem Larsen, der nævnes sammen med Kisse, var.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har siddet sammen med venner på Bernina og ventet på valgresultat. Bagefter gik de på Rådhuspladsen, hvor der var mange mennesker. Han kommer hjem til påske. Det er svært at nå at blive færdig med projekterne i København.
+Larsen har besøgt Christine Swane (Uglen) og set Harald Leths udstilling. Han maler i museumssalen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/4j7f</t>
+  </si>
+  <si>
+    <t>Kjøbenhavn 12-4-1924.
+Kære Puf!
+Tak for Brevet! Det er dejligt at Du kommer Dig saa godt. I Aftes var jeg med Magisteren ude paa Bernina for at høre Valgresultater. Der var desuden Else Johs. V, Falck Jensen og Kisse og Larsen. Vi sad og spiste Smørrebrød og drak Øl og ventede. Først omkr Kl. 11 ½ begyndte der at komme Telegr, det første fra Vonsild. Saa hørte vi et Par til og gik hen paa Raadhuspladsen der var fuld af Mennesker og stod lidt borte paa Politikens” Magna Vox og gik saa hver til sit. Jeg glæder mig til at komme hjem til Paaske og skal nok komme af Sted Torsdag Middag. Det kniber ellers med at blive færdig med hvad jeg har for her. Men ellers maa det jo vente til næste Gang. Jeg har været henne hos Uglen et Par Gange og forleden var jeg henne at se en Udstilling, Leth havde arrangeret i sit Atelier i det gamle Frederiksberg Hospital paa H[ulæseligt]. Han skal nu have Rudes Atelier naar Rude rejser. Der er ellers ikke meget at berette den ene Dag gaar som den anden, jeg sætter mig her i Museumssalen og maler og gaar kun sjældent ud. Jeg skal hilse fra Schiøler og Eiler. Mange Hilsner
+Fra Din Far</t>
+  </si>
+  <si>
+    <t>1923-01-06</t>
+  </si>
+  <si>
+    <t>Bodild Holstein
+Vilhelm Larsen
+Olga Meisner-Jensen
+Lars Swane</t>
+  </si>
+  <si>
+    <t>Christine Swane er indlagt på Nerveafd. på Frederiksberg Hospital</t>
+  </si>
+  <si>
+    <t>Sigurd Swane argumenterer for Lasses behov for en rolig hverdag uden sindsoprivelser. Han synes ikke at Lasse skal ind til byen nu og besøge Christine Swane. Sigurd mener, at Christine har brugt alt for mange penge på julegaver til Lasse. Sigurd Swane har kun en lille indtægt.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/s4WF</t>
+  </si>
+  <si>
+    <t>6-1-23
+Kære Ugle.
+Ja jeg forstår altså at det ikke kan nytte at prøve på at få dig til at forstå mig. Naturligvis har du Ret i at man kan overdrive Betydningen af Vanen og at netop også Afbrydelsen af det daglige har sin store og uundværlige Betydning, både for Barnet og for den voksne – det er jeg selvfølgelig ikke blind for, tvertimod. Men det er jo svært i et Brev – ovenikøbet når man har travlt og dårligt kan skrive langt at få alt med – og så stoler man let for meget på at det skrevne opfattes i Forbindelse med de Tanker man selv har udover dette skrevne, i Stedet for at huske på, at det i Reglen misforstås og andre Meninger end den, man hat tænkt at udtrykke, lægges deri.
+Det er altså ikke min Mening at hver Dag for Lasse skal være som den anden – men min Mening var at når Dagene nu forløb rolige og tilfredse, i Sindsligevægt for ham, så skulde man vogte sig for Afbrydelser, som Gang på Gang har vist sig at bryde denne Ro, men give det lille Sind – som jo nu desværre har disse vanskelige Forhold at tumle med, Lov til at blive i den Ro, i hvert Tilfælde så længe til måske hans eget Sind krævede en Afbrydelse, for det er sikkert at han legemligt og åndeligt trives bedst, når han ikke oprives.
+[Fire linjer er streget ud]
+Nu er der Fred i hans Sind og kan han med det være i Ro på Landet en Tid, så syntes jeg det måtte være et Gode at give ham det, tilmed da han også på andre Måder nu er i en god Udvikling. F.eks. falder det ham aldrig ind at gøre Vrøvl, når han får en Besked, han er på den Måde nem at have med at gøre nu, føler selv hele den Orden han som Barn og Medlem af en Husstand har at indtage og er delagtig i, som noget naturligt, der slet ikke kan være anderledes – regelmæssig Sengetid o.s.v. – det volder ham slet ingen [ulæseligt ord] og Vanskeligheder nu – således som det gør i Begyndelsen, når han ikke er i en Vane med at den Slags skal gå ganske glat og uden Vrøvl, og det tror jeg er sikkert, at det for et Barn, som måske ovenikøbet har arvelige Anlæg for Nervøsitet, er vigtigt at alle de daglige Affærer går uden Modvilje og Modstand og Slid på hans Humør. Et Besøg i København nu vil bryde dette og det kan ikke hjælpe at sige, at han trænger til den Afveksling nu, for han befinder sig så vel og er hver Dag så ivrigt optaget af så mange Ting, at der ikke behøver at lægges mere til nu. – 
+Nå i Juleferien var der nu ikke Tale om at jeg skulde ind, jeg skal have den Tand ud snarest muligt, men det andet der er gjort ved Munden må først falde så meget til Ro, at jeg nogenlunde frit kan bruge de Dele af Munden, før dette kan gøres, da jeg ellers intet Sted har at bruge. Og da du kom på Hospitalet faldt jo hans Juleophold hos dig væk af sig selv x) – Jeg har slet ikke tænkt at bryde nogen Aftale, når jeg f. Ex. Skrev om Rejsen til 
+Kullen i Påsken eller Pinsen (jeg har forresten nu set at Pinsen falder så sent at det ikke kan blive i den) men Frk. Holstein, sagde du jo, havde sagt, at [overstreget: det] skulle dit
+x) det vilde altså først blive ind i Skoletiden at han kunde rejse nu, og det er dog udenfor Aftalerne og så afbrudt som Efteråret blev må der dog være nogen Samling over Undervisningen i Foråret, som har sine lange Ferier i Forvejen.
+Ophold virkelig hjælpe dig noget måtte du blive derinde i 4-5 Måneder, jeg troede derfor at det var givet, at du blev der i hvert Fald Påsken med, så at Lasse kunne tage med os derop i sin Ferie og på den Måde få ganske anderledes Glæde af et Ophold deroppe (og det tror jeg var en Afbrydelse, som vilde gavne ham, nu er han så stor at de Naturindtryk ville fæstne sig for Livet) end om han skal gå i Skole samtidig med at han er der.
+[Seks overstregede linjer]
+Jeg kan af dit Brev forstå at du har talt med Lægen om Lasse og det hele, og du har altså fået Medhold hos ham. Men er du sikker på at han vilde se ligesådan på Tingene, hvis han kendte lidt mere til Lasse og Forholdene i det hele, hvis du overfor ham vil gå helt ærligt til Værks, så synes jeg du f. Ex. skulde give ham det første Ark af dette Brev at læse og sige, at det jo var muligt, at du havde fremmet Forholdene noget ensidigt og det, det gjaldt om for dig, var jo ikke bare det at få din vilje igennem, men at der blev gjort hvad der var det rigtigste også mod Drengen.
+Så skriver du, at jeg også glemmer ”den anden Aftale”. Jeg kan ikke tænke mig at du hermed sigter til andet end Pengespørgsmålet. Men jeg har ikke glemt noget der. Jeg skrev til dig før Jul og bad dig sige mig, om du havde fået sådan Orden på dine Pengeforhold, at du kunde klare dig uden de 50 Kr. for det kniber for mig at skaffe alt hvad jeg skal, og du har selv sagt og skrevet, at så snart du bare kunde det, ønskede du intet hellere end at klare dig uden Hjælp fra mig. Du havde skrevet, at du vilde give Lasse en Julegave til 10 Kr. om jeg vilde købe den og jeg svarede da, at det skulde jeg nok (for- resten vil jeg gerne bytte den Bog vi valgte, når jeg kommer til Byen; det kan vi godt, vi har læst den så forsigtigt at det ikke kan ses på den og vi kender Boghandleren; Agnete har læst den højt, og der er udmærkede ting i den, så den har interesseret ham meget, men han må ikke have den og læse den selv, der er alt for mange Ting deri, som ikke er for et Barn og som Agnete måtte springe over) men skrev jeg, hvis jeg skal sende dig Penge til den første, behøver du [overstreget ord] ikke at sende mig de 10 Kr. nu, så trækker jeg bare dem fra i Beløbet, jeg sender. [tilføjet: Da du] sendte [overstreget ord] dem, måtte jeg altså forstå det som at du havde så meget, at du kunde klare dig uden Pengene fra mig – og jeg må sige, det bestyrkedes jeg da yderligere i, da der foruden den Gave kom endnu en hel Pakke med både Tinsoldater og Lommebog – skønt han jo har flere Lommebøger og Stoffet i denne, bortset fra Almanakken, som han aldrig ser i og nogle Fortællinger, er næsten det samme som i forrige Års Udgave – naturligvis blev han glad for begge Dele, det måtte være en underlig Dreng, der ikke blev det, men når det kniber for en synes jeg en Julegave til 10 Kr. er meget ( og[udstreget ord] syntes også det var en stor Julegave, da han fik Bogen) og jeg kunde da ikke opfatte det som andet end som et yderligere Bevis på, at du kunde og vilde klare dig uden min Hjælp. Jeg selv må nægte mig alt muligt og synes unægtelig, at der er noget underligt i, at du Gang på Gang er flot til alle andre Sider, men overfor mig stadig hævder din Trang. – Nå det er ikke fordi jeg vil rette Bebrejdelser mod dig, men jeg [tilføjet: skriver] hvad jeg må tænke om det, når du bringer det på Bane igen[ overstregede ord] – ræsonnerer jeg forkert, kan du jo prøve at gøre mig det forståeligt, som jeg prøver at forklare nu. For øvrigt skriver du, at du klarer dig jo nok uden det – vil det så sige, at du i Virkeligheden nu kan klare dig, uden at jeg sender de Penge, således som du selv sagde at du gerne vilde, eller kan Overskuddet, som Udlejningen giver [indsat: og andre Kilder] endnu ikke virke tilstrækkeligt, [indsat henover udstregede linjer: så billigt som det er på Hospitalet, må jo dine Forhold næsten gå i Orden af sig selv, tilmed når Klax har hjulpet og du har fået Penge af Olga Jensen og dog af og til også sælger noget – det er desværre mere end jeg kan i Øjeblikket.]
+Lasse når desværre ikke at skrive lidt med nu, han har i disse Dage så travlt med en stor skriftlig Opgave. Han så forleden tilfældigt i en Stump Avis, at der var udskrevet en Barnekonkurrence om den bedste lille Afhandling om Bananer og udsat Præmie på 50 kr. og større eller mindre Partier af Bananer; han blev så ivrig efter at være med, at han strax gik i Gang med Kladden og han skriver nu rent et Stykke hver Dag, og gør sig sådan Umage med Skriften, at det er forbavsende, hvor pænt han gør det – men så er det også ligesom om hans Skriveenergi er udtømt med det – men det er jo nok færdigt en af Dagene, så skriver han igen. Han begynder så småt at kunne gå på Stylterne og det morer ham meget.
+Jeg skal hilse meget fra ham, det morede ham at høre om alt det du laver, han har ikke flettet flere Duge.
+Venlig Hilsen. Sigurd.
+Ja jeg har haft så travlt, så Brevet først er blevet færdigt lidt efter lidt.</t>
+  </si>
+  <si>
+    <t>1923-02-27</t>
+  </si>
+  <si>
+    <t>Højbro Plads 5- 7, København K</t>
+  </si>
+  <si>
+    <t>Ludvig Brandstrup, billedhugger
+Christian Cato
+Peter Hansen
+Vagn Jacobsen
+Alhed Larsen
+Johan Larsen
+Eiler Lehn Schiøler
+Albert Naur
+Hjalmar Riiser-Larsen</t>
+  </si>
+  <si>
+    <t>Christine Swane er indlagt på nerveklinik på Frederiksberg Hospital fra december 1922 til april 1923.
+Lehn Schiølers firma gik i likvidation i 1922.
+Tuborg havde 50 års jubilæum i 1923.
+Frøken Schou arbejder muligvis på hospitalet.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har prøvet at komme ind i Christines lejlighed, men svigermor var ikke hjemme. Han har travlt både med arbejde, møder og socialt samvær.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/OzeC</t>
+  </si>
+  <si>
+    <t>Winkel &amp;amp; Magnussen 27/2 -23.
+Kære Ugle!
+Det er et strængt Liv vi fører I Aftes var vi til stor Middag hos Brygger Jacobsen og kom først hjem Kl. henad 3, i Aften skal vi til Riise Larsens. Jeg var til Frokost hos Peter og derefter kørte vi ud i Falkoneralleen for at faa Nøglen til Dine Billeder hos Fru Svane, men da der ingen var hjemme kørte vi herud. Jeg havde hørt fra Peter at der ingen maatte komme ud til Jer paa Grund af Influenza, men har nu faaet at vide af Frk Schou at Du kan komme ud og tale med os. Saa kommer vi en af Dagene, men jeg kan ikke sige hvornaar da jeg har en hel Del jeg skal have fra Haanden, jeg skal lave et Par Tegninger til en Bog om Tuborg og et Par Lithografier hos Kato. Desuden skal jeg holde mig parat for at tale med en Mand om Ordningen af Schiølers Samling. I Mrg Aften skal vi til Peters og Lørdag skal vi til Bryllupsfrokost hos Naurs Svigermoder og der er vist et Par Steder til i denne Uge; bl.a. Brandstrups. Jeg har solgt helt godt efter Omstændighederne. De var jo ret spændende da vi jo ved den Bankhistorie var kommen slemt i Klemme og det ser ikke ud til at vi kan faa saa stort et laan som det vi maa betale ud. Alhed havde jo ligget med lidt Influenza en 14 Dage lige før vi rejste herover og var meget sløj de første Dage nu i det sidste Par Dage ser det ud som hun har det en Del bedre. Bare Du nu maa slippe for at blive smittet derude. Vi kommer altsaa en Dag naar vi kan komme af Sted med det og telefonerer saa i Forvejen. Lysse var her inde i Søndags men rejste i Gaar Morges. Det er hans Fødselsdag i Dag.
+Mange Hilsner 
+Din Johannes Larsen</t>
+  </si>
+  <si>
+    <t>1922-12-07</t>
+  </si>
+  <si>
+    <t>Faaborg</t>
+  </si>
+  <si>
+    <t>Christine Swane er indlagt med depression på Nerveafdelingen, Frederiksberg Hospital fra december 1922 til april 1923.
+Den omtalte udstilling er muligvis Kunstnernes Efterårsudstilling 1922</t>
+  </si>
+  <si>
+    <t>Peter Hansen sender penge for nogle malerier. Christine har bedt ham om en tjeneste i forhold til Faaborg Museum.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/a6ya</t>
+  </si>
+  <si>
+    <t>Faaborg d. 7de Decbr 1922
+Kære Ugle.
+Her sender jeg Dig Beløbet, hvis man tør kalde det saa, for det var virkelig en billig Fornøjelse for Flasken. Men du er jo billig Ugle. Jeg gik med Las i Fjor paa Din Udstilling og skulde tage Billeder ud til den nævnte Sag med Faaborg Museum. Jeg havde en uhyggelig Fornemmelse af at vi efterhaanden plyndrede hele din Udstilling, det kunde jeg naturligvis have sagt til Las men i Stedet for tror jeg nok jeg blev gnaven, og jeg ved i alt Fald ikke hvad det er blevet til. Naar du nu betror Sagen til mig, skal jeg selvfølgelig gøre hvad jeg kan, men jeg vil dog sige Dig, at jeg kun en Gang før har vovet at foreslaa et Billede til Faaborg Museet, men det blev øjeblikkelig og enstemmigt kasseret, tilmed med Haan i Afstemningen. Du skal altsaa vide, hvad Du har indladt Dig paa ved at vælge mig til et saadant Tillidshverv
+Nu skal vi altsaa se, om jeg er ligesaa uheldig for ikke at sige umulig denne Gang.
+Venlig Hilsen Din Hengivne 
+Peter Hansen</t>
+  </si>
+  <si>
+    <t>1923-01-23</t>
+  </si>
+  <si>
+    <t>Jens Peter Jespersen
+Gudrun Larsen
+Vilhelm Larsen
+Agnete Swane
+Lars Swane</t>
+  </si>
+  <si>
+    <t>Christine Swane er indlagt på nerveklinikken på Frederiksberg Hospital. Lasse bor hos sin far Sigurd Swane.
+Demolere betyder ødelægge ( Den Danske Dagbog)
+J.P. Jespersen udgav en bog i 1921: Müller-Øvelser for Skole og Hjem (Jul. Gjellerups Forlag, Kbh.)</t>
+  </si>
+  <si>
+    <t>Lasse bliver nødt til at komme på besøg en anden dag. Han har haft nogle træningstimer hos Kaptajn Jespersen. Alt det, der bliver gjort, er til Lasses bedste og ikke for at tage ham fra sin mor.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/SBIA</t>
+  </si>
+  <si>
+    <t>23-1-23
+Kære Ugle.
+Jeg sender Dig et Par Ord i Aften for at sige Dig, at Lasse desværre ikke kan nå ud til Dig i Morgen, han skal nemlig både til Gymnastik og til Tandlæge og bægge Dele måtte tages i Tiden nogenlunde midt på Dagen. Men vi kommer ikke til at rejse i Overmorgen endnu, så vi vil jo nok kunne sørge for at han kommer ud til dig den Dag i Stedet for. Du ved, vi gør alle sammen Systemøvelserne om Morgenen – Du sendte jo Lasse Bogen derom engang – men det har ikke været muligt at få Lasse rigtig med til det. Vi bestemte da at han skulde have Lov til at få nogle Timer inde hos Kaptajn Jespersen selv, og det er han altså nu i Gang med og nu er han optaget af det – og skal ovenikøbet lære os nærmere nogle af Øvelserne, som vi ikke har gjort helt rigtigt. K.J. siger, han er_ meget lærenem. Samtidig konstaterede han at hans Brystmuskler er noget for korte, hvilket skal være meget hyppigt hos Drenge ( ellers sagde han at var udmærket velskabt og i god Stand) men dette kan der rådes Bod på, når det, som nu, tages i Tide – blev det ikke det, vilde Følgen blive en for snæver og sammentrukken Brystkasse, for smalle Skuldre og tidlig Rundryggethed – så jeg er jo meget glad over at vi fik det at vide.
+Jeg var ked over at han havde våde Fødder forleden Dag, jeg havde netop fået Støvlerne forsålede og efterså dem inden vi rejste, men herinde har han ødelagt dem ved at støde af med Foden, når han kørte i Slæde, hvad jeg én Gang for alle tidligere havde forbudt ham - [tilføjet: da det er for dyr en Måde at ødelægge et Par gode Støvler på – lidt forkølet er han desværre blevet efter Turen, men vi håber at få Bugt med det, jeg har ladet ham dampe i Eftermiddag, men i det gode tørre Vejr i Dag lod jeg ham være ude – det er nemlig kun så lidt.] det har han naturligvis glemt, men det faldt mig jo ikke ind at de to Dage efter at jeg undersøgte dem var demolerede.
+Jeg håber, Du nu har haft lidt Glæde af de Besøg Lasse har været hos dig og også at Du har fået Indtryk af at både Agnete og jeg er så omhyggelige for ham som vi kan være og jeg forsikrer Dig for at vi er det for hans Skyld og ikke for ”at tage ham fra Dig”, men jeg tror også at kunne sige Dig at Du ikke fik Fremmede, hvortil i _dette Forhold dog også Klax og Gudrun hører til at våge over ham og arbejde med ham og beskæftige og følge ham i hele hans Færd, som jeg, trofast støttet af Agnete, gør. Og jeg synes Du deri må kunne finde den Styrke til for Drengens Skyld at give ham og os Ro til det Arbejde som jeg har bedt så meget om, så kan Du selv imens få Ro til at følge Lægens Forskrifter til Din egen Helbredelse. Jeg tror at både for Lasses og Din - og – vor – Skyld er det dog bedst at vi forstår hinanden og [overstreget: passer] passe på, at vi ikke mistror hinanden for at mene eller ville andet end det vi siger. Jeg håber at få Lasse til at gå så meget frem i Sundhed, i Kundskaber, i Karakterfasthed og Velopdragenhed som det er muligt i det Tidsrum hvori jeg har ham, det er daglig min Tanke og min Opgave – så vidt muligt uden at han selv ved hvor meget jeg arbejder med det, kun hvor jeg mener det nødvendigt for at få ham selv med skal han_ mærke_ at det er Samarbejde der stiller Krav. Men uden en vis Tid og Ro er al Opdragelse umulig. Men jeg tror også at Du gennem Samtalen forleden forstod mig bedre end før og selv om den måske i Øjeblikket angreb dig noget, håber jeg den dog i det lange Løb skal have været til Nytte derigennem. Jeg kommer næppe så langt ud mere, så snart jeg kan skal vi hjem, men så ønsker jeg Dig god Bedring her.
+Venlig Hilsen. Sigurd</t>
+  </si>
+  <si>
+    <t>1922-12-15</t>
+  </si>
+  <si>
+    <t>Emilie Demant Hatt
+Valborg Rechendorff
+Lars Swane
+Søren Tvermose Thyregod
+Till Uglspil</t>
+  </si>
+  <si>
+    <t>Christine Swane er indlagt på Nerveafdelingen, Frederiksberg Hospital. December 1922-april 1923. 
+Hatts geografi er muligvis "Ved Ilden", som blev udgivet i 1922.</t>
+  </si>
+  <si>
+    <t>Sigurd Swane har betændelse i en tand. Han kommer med forslag til en julegave til Lasse.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/vZVk</t>
+  </si>
+  <si>
+    <t>Kære Ugle. Tak for dit Brev. Jeg er desværre endnu herinde til Tandbehandling og har måttet ligge i går og i dag, da den sidste tog meget stærkt på mig, jeg fik Feber i går på knap 38-38,5, men i dag er jeg da heldigvis feberfri. I Morgen skal jeg ind til Eftersyn af det gjorte Arbejde.
+Fru Rechendorff er stadig derude og bliver der så længe det er nødvendigt. Jeg vil selvfølgelig gerne hjælpe med at købe en Julegave til Lasse – men 10 Kr er jo mange Penge. Et Seletøj synes jeg ikke er så godt som en god Bog, han laver sådan noget så pænt selv og har så megen Fornøjelse netop af at lave et, jeg gav ham netop for nylig Lov til at bruge et af sine Bælter dertil, det var i Stykker, så nu har han et fint Seletøj.[tilføjet i hjørnet: naturligvis må hvad du klipper komme på Juletræet, vi skal være derude.]
+Der er jo mange Bøger, der kan være tale om, Hatts Geografi vilde jo nok både nu og senere interessere ham, men jeg ved ikke endnu hvad den koster – og du får den måske forærende – men der er jo også andre, der er kommet en ny pæn Udgave af Gullivers Rejser til Lilleputternes Land der er måske også en god Uglspil Udgave. Tvermoss? og Tyregods Fortællinger om store danske Mænd. Jeg skal se nærmere efter.
+Med Ønske om god Bedring og en venlig Hilsen
+Sigurd
+Det er sandt, jeg vil gerne i god Tid vide om du har så mange Penge, så du kan klare dig uden at jeg sender dig til Jan[skrevet oveni: Feb] første, hvis ikke kan jeg jo tage de 10 Kr af dem jeg skal sende, så sparer du dog Ulejlighed og Forsendelsesudgifter af dem.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="100" formatCode="yyyy/mm/dd"/>
     <numFmt numFmtId="101" formatCode="yyyy/mm/dd hh:mm:ss"/>
     <numFmt numFmtId="102" formatCode="yyyy-mm-dd"/>
   </numFmts>
   <fonts count="7">
     <font>
       <name val="Arial"/>
       <sz val="11"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
@@ -706,51 +706,51 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/4Qle" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/q0sA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QKJH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/a6ya" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vZVk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/s4WF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sKsP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SBIA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TB6V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OzeC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4j7f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UYms" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ARYY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jH7A" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/4Qle" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/q0sA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UYms" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ARYY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QKJH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sKsP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TB6V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jH7A" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4j7f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/s4WF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OzeC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/a6ya" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SBIA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vZVk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
   <dimension ref="A1:M15"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
@@ -873,557 +873,557 @@
       <c r="H3" s="5" t="s">
         <v>28</v>
       </c>
       <c r="I3" s="5"/>
       <c r="J3" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K3" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L3" s="6" t="s">
         <v>31</v>
       </c>
       <c r="M3" s="5" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="5" t="s">
         <v>33</v>
       </c>
       <c r="B4" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C4" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="D4" s="5" t="s">
         <v>34</v>
       </c>
-      <c r="D4" s="5" t="s">
+      <c r="E4" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F4" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G4" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H4" s="5" t="s">
         <v>35</v>
       </c>
-      <c r="E4" s="5" t="s">
+      <c r="I4" s="5" t="s">
         <v>36</v>
       </c>
-      <c r="F4" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G4" s="5" t="s">
+      <c r="J4" s="5" t="s">
         <v>37</v>
       </c>
-      <c r="H4" s="5" t="s">
+      <c r="K4" s="5" t="s">
         <v>38</v>
       </c>
-      <c r="I4" s="5"/>
-      <c r="J4" s="5" t="s">
+      <c r="L4" s="6" t="s">
         <v>39</v>
       </c>
-      <c r="K4" s="5" t="s">
+      <c r="M4" s="5" t="s">
         <v>40</v>
-      </c>
-[...4 lines deleted...]
-        <v>42</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="5" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="B5" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C5" s="5" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="D5" s="5" t="s">
         <v>34</v>
       </c>
-      <c r="E5" s="5" t="s">
+      <c r="E5" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F5" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G5" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H5" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="I5" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="J5" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="K5" s="5" t="s">
         <v>44</v>
       </c>
-      <c r="F5" s="5" t="s">
+      <c r="L5" s="6" t="s">
         <v>45</v>
       </c>
-      <c r="G5" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H5" s="5" t="s">
+      <c r="M5" s="5" t="s">
         <v>46</v>
-      </c>
-[...13 lines deleted...]
-        <v>50</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="5" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="B6" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C6" s="5" t="s">
+        <v>48</v>
+      </c>
+      <c r="D6" s="5" t="s">
+        <v>49</v>
+      </c>
+      <c r="E6" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="F6" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G6" s="5" t="s">
+        <v>51</v>
+      </c>
+      <c r="H6" s="5" t="s">
         <v>52</v>
       </c>
-      <c r="D6" s="5" t="s">
-[...13 lines deleted...]
-      <c r="H6" s="5" t="s">
+      <c r="I6" s="5"/>
+      <c r="J6" s="5" t="s">
         <v>53</v>
       </c>
-      <c r="I6" s="5" t="s">
+      <c r="K6" s="5" t="s">
         <v>54</v>
       </c>
-      <c r="J6" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K6" s="5" t="s">
+      <c r="L6" s="6" t="s">
         <v>55</v>
       </c>
-      <c r="L6" s="6" t="s">
+      <c r="M6" s="5" t="s">
         <v>56</v>
-      </c>
-[...1 lines deleted...]
-        <v>57</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="5" t="s">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="B7" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C7" s="5" t="s">
-        <v>52</v>
+        <v>58</v>
       </c>
       <c r="D7" s="5" t="s">
-        <v>34</v>
+        <v>48</v>
       </c>
       <c r="E7" s="5" t="s">
         <v>59</v>
       </c>
       <c r="F7" s="5" t="s">
-        <v>45</v>
+        <v>60</v>
       </c>
       <c r="G7" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H7" s="5" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="I7" s="5" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="J7" s="5" t="s">
-        <v>39</v>
+        <v>53</v>
       </c>
       <c r="K7" s="5" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="L7" s="6" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="M7" s="5" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="5" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="B8" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C8" s="5" t="s">
-        <v>52</v>
+        <v>58</v>
       </c>
       <c r="D8" s="5" t="s">
-        <v>34</v>
+        <v>48</v>
       </c>
       <c r="E8" s="5" t="s">
         <v>59</v>
       </c>
       <c r="F8" s="5" t="s">
-        <v>45</v>
+        <v>60</v>
       </c>
       <c r="G8" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H8" s="5" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="I8" s="5" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="J8" s="5" t="s">
-        <v>39</v>
+        <v>53</v>
       </c>
       <c r="K8" s="5" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="L8" s="6" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="M8" s="5" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="5" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="B9" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C9" s="5" t="s">
-        <v>52</v>
+        <v>73</v>
       </c>
       <c r="D9" s="5" t="s">
-        <v>34</v>
-[...5 lines deleted...]
-        <v>45</v>
+        <v>74</v>
+      </c>
+      <c r="E9" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F9" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G9" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H9" s="5" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="I9" s="5" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="J9" s="5" t="s">
-        <v>39</v>
+        <v>77</v>
       </c>
       <c r="K9" s="5" t="s">
-        <v>74</v>
+        <v>78</v>
       </c>
       <c r="L9" s="6" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="M9" s="5" t="s">
-        <v>76</v>
+        <v>80</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="5" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="B10" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C10" s="5" t="s">
-        <v>52</v>
+        <v>82</v>
       </c>
       <c r="D10" s="5" t="s">
-        <v>34</v>
-[...10 lines deleted...]
-        </is>
+        <v>83</v>
+      </c>
+      <c r="E10" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F10" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G10" s="5" t="s">
+        <v>84</v>
       </c>
       <c r="H10" s="5" t="s">
-        <v>78</v>
+        <v>85</v>
       </c>
       <c r="I10" s="5" t="s">
-        <v>79</v>
+        <v>86</v>
       </c>
       <c r="J10" s="5" t="s">
-        <v>39</v>
+        <v>53</v>
       </c>
       <c r="K10" s="5" t="s">
-        <v>80</v>
+        <v>87</v>
       </c>
       <c r="L10" s="6" t="s">
-        <v>81</v>
+        <v>88</v>
       </c>
       <c r="M10" s="5" t="s">
-        <v>82</v>
+        <v>89</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="5" t="s">
-        <v>83</v>
+        <v>90</v>
       </c>
       <c r="B11" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C11" s="5" t="s">
-        <v>46</v>
+        <v>58</v>
       </c>
       <c r="D11" s="5" t="s">
-        <v>34</v>
+        <v>48</v>
       </c>
       <c r="E11" s="5" t="s">
-        <v>45</v>
+        <v>59</v>
       </c>
       <c r="F11" s="5" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-        <v>84</v>
+        <v>60</v>
+      </c>
+      <c r="G11" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H11" s="5" t="s">
-        <v>85</v>
+        <v>91</v>
       </c>
       <c r="I11" s="5" t="s">
-        <v>86</v>
+        <v>92</v>
       </c>
       <c r="J11" s="5" t="s">
-        <v>39</v>
+        <v>53</v>
       </c>
       <c r="K11" s="5" t="s">
-        <v>87</v>
+        <v>93</v>
       </c>
       <c r="L11" s="6" t="s">
-        <v>88</v>
+        <v>94</v>
       </c>
       <c r="M11" s="5" t="s">
-        <v>89</v>
+        <v>95</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="5" t="s">
-        <v>90</v>
+        <v>96</v>
       </c>
       <c r="B12" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C12" s="5" t="s">
-        <v>46</v>
+        <v>82</v>
       </c>
       <c r="D12" s="5" t="s">
-        <v>91</v>
-[...9 lines deleted...]
-        </is>
+        <v>48</v>
+      </c>
+      <c r="E12" s="5" t="s">
+        <v>60</v>
+      </c>
+      <c r="F12" s="5" t="s">
+        <v>60</v>
       </c>
       <c r="G12" s="5" t="s">
-        <v>92</v>
+        <v>97</v>
       </c>
       <c r="H12" s="5" t="s">
-        <v>93</v>
+        <v>98</v>
       </c>
       <c r="I12" s="5" t="s">
-        <v>94</v>
+        <v>99</v>
       </c>
       <c r="J12" s="5" t="s">
-        <v>39</v>
+        <v>53</v>
       </c>
       <c r="K12" s="5" t="s">
-        <v>95</v>
+        <v>100</v>
       </c>
       <c r="L12" s="6" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
       <c r="M12" s="5" t="s">
-        <v>97</v>
+        <v>102</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="5" t="s">
-        <v>98</v>
+        <v>103</v>
       </c>
       <c r="B13" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C13" s="5" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="D13" s="5" t="s">
-        <v>99</v>
-[...9 lines deleted...]
-        </is>
+        <v>48</v>
+      </c>
+      <c r="E13" s="5" t="s">
+        <v>104</v>
+      </c>
+      <c r="F13" s="5" t="s">
+        <v>60</v>
       </c>
       <c r="G13" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H13" s="5" t="s">
-        <v>100</v>
+        <v>82</v>
       </c>
       <c r="I13" s="5" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="J13" s="5" t="s">
-        <v>102</v>
+        <v>53</v>
       </c>
       <c r="K13" s="5" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
       <c r="L13" s="6" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="M13" s="5" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="5" t="s">
-        <v>106</v>
+        <v>109</v>
       </c>
       <c r="B14" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C14" s="5" t="s">
-        <v>26</v>
+        <v>58</v>
       </c>
       <c r="D14" s="5" t="s">
-        <v>99</v>
-[...9 lines deleted...]
-        </is>
+        <v>48</v>
+      </c>
+      <c r="E14" s="5" t="s">
+        <v>60</v>
+      </c>
+      <c r="F14" s="5" t="s">
+        <v>60</v>
       </c>
       <c r="G14" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H14" s="5" t="s">
-        <v>107</v>
+        <v>110</v>
       </c>
       <c r="I14" s="5" t="s">
-        <v>108</v>
+        <v>111</v>
       </c>
       <c r="J14" s="5" t="s">
-        <v>102</v>
+        <v>53</v>
       </c>
       <c r="K14" s="5" t="s">
-        <v>109</v>
+        <v>112</v>
       </c>
       <c r="L14" s="6" t="s">
-        <v>110</v>
+        <v>113</v>
       </c>
       <c r="M14" s="5" t="s">
-        <v>111</v>
+        <v>114</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="5" t="s">
-        <v>112</v>
+        <v>115</v>
       </c>
       <c r="B15" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C15" s="5" t="s">
-        <v>113</v>
+        <v>58</v>
       </c>
       <c r="D15" s="5" t="s">
-        <v>114</v>
-[...9 lines deleted...]
-        </is>
+        <v>48</v>
+      </c>
+      <c r="E15" s="5" t="s">
+        <v>60</v>
+      </c>
+      <c r="F15" s="5" t="s">
+        <v>60</v>
       </c>
       <c r="G15" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H15" s="5" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="I15" s="5" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="J15" s="5" t="s">
-        <v>117</v>
+        <v>53</v>
       </c>
       <c r="K15" s="5" t="s">
         <v>118</v>
       </c>
       <c r="L15" s="6" t="s">
         <v>119</v>
       </c>
       <c r="M15" s="5" t="s">
         <v>120</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>