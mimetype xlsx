--- v1 (2026-02-01)
+++ v2 (2026-03-23)
@@ -142,50 +142,342 @@
   </si>
   <si>
     <t>Faaborg Museum, Peter Hansens arkiv</t>
   </si>
   <si>
     <t>Elise fortæller om familiens aktiviteter. Det er sommer og varmt. Bimse og Elise har spist frokost med Philipsen. Zahrtmann har det ikke så godt, han er indlagt på Frederiksberg Hospital.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/q0sA</t>
   </si>
   <si>
     <t>Kære Pap
 Vi har det med Varme, naar vi tager ud ad en støvet Køge landevej. Men sidde inde i vore forøvrigt kølige og luftige Stuer en hel Søndag, kan vi dog ikke. Vi cyklede derfor i Gaar ud til en lille komplet landlig Kro, som ligger, lige naar man er kommen gennem Avedøre Fortet. Der var hedt som paa en Stegepande endda selv om vi laa paa en Eng helt nede ved Stranden. Gitten var i Vandet 3 Dage i Træk. Vi var der nemlig paa "Valdemarsdagen" det var Fredag. Lørdag var hun i Holte hos en Skolekammerat, og saa gik hun over og laa hos Ida Lørdag Nat og blev der om Søndagen. Bimse og jeg spiste Frokost med Philipsen paa Skibet i Lørdags (den fine til 1,20) og han var saa glad for os, at vi hver fik 10 Øre i Tilgift. Vi gik op til Olesen og der valgte vi et Straatæppe, som bliver sendt til Faaborg om en Uges tid. Zahrtmann har det ikke ret godt; jeg ringede til Frederiksberg Hospital i Lørdags og fik den Besked at "det gaar nogenlunde, det er ikke saa godt". Det vilde jo ogsaa være mærkeligt, om han i den Alder skulde kunne klare en Operation. Vi glæder os til at se Haven og til at faa Ferie og sejle ud og spise vor Aftensmad paa en eller anden Ø. 
 Det er Glimrende, du har faaet fat paa en Husassistent. Det var aller bedst, om hun forsvinder, naar hun er færdig saa vi ikke skal more hende bagefter som Maren Jensen. 
 Bams er begyndt paa Eksamen, kom hjem nu med 6 i Fysiologi. Pengene fra Grønningen, hvor faar man dem? det er bedst, vi faar dem inden Ferien, ellers forsvinder de maaske lige som Fresken. Jeg korresponderer med Swane for at faa dem efterlyst og gør dem det saa hedt som muligt. 
 Bams og jeg traf forleden Otto Larsen siddende udenfor Palads hotellet, og vi fik os en dejlig Iskaffe. 
 Jeg har faaet Penge fra Nyborg
 Mange kærlige Hilsener
 Din
 Elisa
 Hilsen til Sis og Pjevs, samt Frk. Birkholm.
 18-6-17
 Dine "Aalestangere" blev i Kunstforeningen valgt som Nr. 3 af Bogtrykker Wedege</t>
   </si>
   <si>
+    <t>1922-09-12</t>
+  </si>
+  <si>
+    <t>Christine Swane</t>
+  </si>
+  <si>
+    <t>Marie Larsen</t>
+  </si>
+  <si>
+    <t>Frederiksberg</t>
+  </si>
+  <si>
+    <t>Falkoner alle 5, Frederiksberg</t>
+  </si>
+  <si>
+    <t>Bodild Holstein
+Andreas Larsen
+Johan Larsen
+Johanne  Larsen
+Lars Swane</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv</t>
+  </si>
+  <si>
+    <t>Christine Swane er tilbage på Frederiksberg efter et ophold hos søsteren Marie. Hun har det stadig dårligt, og der overvejes indlæggelse på nerveklinik. Ligeledes om det betimelige i at have sønnen Lars boende. Pt har hun Johan Larsen boende, mens han går i skole i København.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/QKJH</t>
+  </si>
+  <si>
+    <t>Falkoner alle 5,3. 12 September
+Kære Marie. Det er ikke fordi jeg ikke er dig meget Taknemmelig for den Tid du havde mig. Jeg siger dig oprigtig Tak for din Tålmodighed med mig. Jeg har det temmelig dårligt i disse Dage, jeg var hos Frk Holstein forleden Dag, hun mente at hvis jeg ikke blev bedre når der var gået en Tid fex når Puf kommer, elle måske når Udstillingen er overstået, at det ellers blev nødvendigt at jeg kom hen på Frederiksbergs Hospitals Nerveklinik. Jeg får jo Lars hjem i 14 Dage men ellers mente Frk. H at det både for Larses og min Skyld var bedre at han ikke var hos mig foreløbig. Lysse er nu på Skolen lige fra 8 til 3. men jeg tror han er helt glad ved at gå der. Og han er helt hyggelig at have. Vær ikke vred fordi det har varet så længe inden du hørte fra mig. Jeg håber I alle har det godt. Hils alle, sig Junge at jeg skal se at tage mig sammen til et Brev med Tak til hende så snart jeg kan. Kærlige Hilsner fra din heng. Ugle.
+[Skrevet langs højre kant at papiret, lodret] Frk H. mente ikke jeg kunde tåle at male</t>
+  </si>
+  <si>
+    <t>1922-12-07</t>
+  </si>
+  <si>
+    <t>Faaborg</t>
+  </si>
+  <si>
+    <t>København</t>
+  </si>
+  <si>
+    <t>Johannes Larsen</t>
+  </si>
+  <si>
+    <t>Christine Swane er indlagt med depression på Nerveafdelingen, Frederiksberg Hospital fra december 1922 til april 1923.
+Den omtalte udstilling er muligvis Kunstnernes Efterårsudstilling 1922</t>
+  </si>
+  <si>
+    <t>Peter Hansen sender penge for nogle malerier. Christine har bedt ham om en tjeneste i forhold til Faaborg Museum.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/a6ya</t>
+  </si>
+  <si>
+    <t>Faaborg d. 7de Decbr 1922
+Kære Ugle.
+Her sender jeg Dig Beløbet, hvis man tør kalde det saa, for det var virkelig en billig Fornøjelse for Flasken. Men du er jo billig Ugle. Jeg gik med Las i Fjor paa Din Udstilling og skulde tage Billeder ud til den nævnte Sag med Faaborg Museum. Jeg havde en uhyggelig Fornemmelse af at vi efterhaanden plyndrede hele din Udstilling, det kunde jeg naturligvis have sagt til Las men i Stedet for tror jeg nok jeg blev gnaven, og jeg ved i alt Fald ikke hvad det er blevet til. Naar du nu betror Sagen til mig, skal jeg selvfølgelig gøre hvad jeg kan, men jeg vil dog sige Dig, at jeg kun en Gang før har vovet at foreslaa et Billede til Faaborg Museet, men det blev øjeblikkelig og enstemmigt kasseret, tilmed med Haan i Afstemningen. Du skal altsaa vide, hvad Du har indladt Dig paa ved at vælge mig til et saadant Tillidshverv
+Nu skal vi altsaa se, om jeg er ligesaa uheldig for ikke at sige umulig denne Gang.
+Venlig Hilsen Din Hengivne 
+Peter Hansen</t>
+  </si>
+  <si>
+    <t>1922-12-15</t>
+  </si>
+  <si>
+    <t>Sigurd  Swane</t>
+  </si>
+  <si>
+    <t>Emilie Demant Hatt
+Valborg Rechendorff
+Lars Swane
+Søren Tvermose Thyregod
+Till Uglspil</t>
+  </si>
+  <si>
+    <t>Christine Swane er indlagt på Nerveafdelingen, Frederiksberg Hospital. December 1922-april 1923. 
+Hatts geografi er muligvis "Ved Ilden", som blev udgivet i 1922.</t>
+  </si>
+  <si>
+    <t>Sigurd Swane har betændelse i en tand. Han kommer med forslag til en julegave til Lasse.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/vZVk</t>
+  </si>
+  <si>
+    <t>Kære Ugle. Tak for dit Brev. Jeg er desværre endnu herinde til Tandbehandling og har måttet ligge i går og i dag, da den sidste tog meget stærkt på mig, jeg fik Feber i går på knap 38-38,5, men i dag er jeg da heldigvis feberfri. I Morgen skal jeg ind til Eftersyn af det gjorte Arbejde.
+Fru Rechendorff er stadig derude og bliver der så længe det er nødvendigt. Jeg vil selvfølgelig gerne hjælpe med at købe en Julegave til Lasse – men 10 Kr er jo mange Penge. Et Seletøj synes jeg ikke er så godt som en god Bog, han laver sådan noget så pænt selv og har så megen Fornøjelse netop af at lave et, jeg gav ham netop for nylig Lov til at bruge et af sine Bælter dertil, det var i Stykker, så nu har han et fint Seletøj.[tilføjet i hjørnet: naturligvis må hvad du klipper komme på Juletræet, vi skal være derude.]
+Der er jo mange Bøger, der kan være tale om, Hatts Geografi vilde jo nok både nu og senere interessere ham, men jeg ved ikke endnu hvad den koster – og du får den måske forærende – men der er jo også andre, der er kommet en ny pæn Udgave af Gullivers Rejser til Lilleputternes Land der er måske også en god Uglspil Udgave. Tvermoss? og Tyregods Fortællinger om store danske Mænd. Jeg skal se nærmere efter.
+Med Ønske om god Bedring og en venlig Hilsen
+Sigurd
+Det er sandt, jeg vil gerne i god Tid vide om du har så mange Penge, så du kan klare dig uden at jeg sender dig til Jan[skrevet oveni: Feb] første, hvis ikke kan jeg jo tage de 10 Kr af dem jeg skal sende, så sparer du dog Ulejlighed og Forsendelsesudgifter af dem.</t>
+  </si>
+  <si>
+    <t>1923-01-06</t>
+  </si>
+  <si>
+    <t>Svebølle</t>
+  </si>
+  <si>
+    <t>Bodild Holstein
+Vilhelm Larsen
+Olga Meisner-Jensen
+Lars Swane</t>
+  </si>
+  <si>
+    <t>Christine Swane er indlagt på Nerveafd. på Frederiksberg Hospital</t>
+  </si>
+  <si>
+    <t>Sigurd Swane argumenterer for Lasses behov for en rolig hverdag uden sindsoprivelser. Han synes ikke at Lasse skal ind til byen nu og besøge Christine Swane. Sigurd mener, at Christine har brugt alt for mange penge på julegaver til Lasse. Sigurd Swane har kun en lille indtægt.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/s4WF</t>
+  </si>
+  <si>
+    <t>6-1-23
+Kære Ugle.
+Ja jeg forstår altså at det ikke kan nytte at prøve på at få dig til at forstå mig. Naturligvis har du Ret i at man kan overdrive Betydningen af Vanen og at netop også Afbrydelsen af det daglige har sin store og uundværlige Betydning, både for Barnet og for den voksne – det er jeg selvfølgelig ikke blind for, tvertimod. Men det er jo svært i et Brev – ovenikøbet når man har travlt og dårligt kan skrive langt at få alt med – og så stoler man let for meget på at det skrevne opfattes i Forbindelse med de Tanker man selv har udover dette skrevne, i Stedet for at huske på, at det i Reglen misforstås og andre Meninger end den, man hat tænkt at udtrykke, lægges deri.
+Det er altså ikke min Mening at hver Dag for Lasse skal være som den anden – men min Mening var at når Dagene nu forløb rolige og tilfredse, i Sindsligevægt for ham, så skulde man vogte sig for Afbrydelser, som Gang på Gang har vist sig at bryde denne Ro, men give det lille Sind – som jo nu desværre har disse vanskelige Forhold at tumle med, Lov til at blive i den Ro, i hvert Tilfælde så længe til måske hans eget Sind krævede en Afbrydelse, for det er sikkert at han legemligt og åndeligt trives bedst, når han ikke oprives.
+[Fire linjer er streget ud]
+Nu er der Fred i hans Sind og kan han med det være i Ro på Landet en Tid, så syntes jeg det måtte være et Gode at give ham det, tilmed da han også på andre Måder nu er i en god Udvikling. F.eks. falder det ham aldrig ind at gøre Vrøvl, når han får en Besked, han er på den Måde nem at have med at gøre nu, føler selv hele den Orden han som Barn og Medlem af en Husstand har at indtage og er delagtig i, som noget naturligt, der slet ikke kan være anderledes – regelmæssig Sengetid o.s.v. – det volder ham slet ingen [ulæseligt ord] og Vanskeligheder nu – således som det gør i Begyndelsen, når han ikke er i en Vane med at den Slags skal gå ganske glat og uden Vrøvl, og det tror jeg er sikkert, at det for et Barn, som måske ovenikøbet har arvelige Anlæg for Nervøsitet, er vigtigt at alle de daglige Affærer går uden Modvilje og Modstand og Slid på hans Humør. Et Besøg i København nu vil bryde dette og det kan ikke hjælpe at sige, at han trænger til den Afveksling nu, for han befinder sig så vel og er hver Dag så ivrigt optaget af så mange Ting, at der ikke behøver at lægges mere til nu. – 
+Nå i Juleferien var der nu ikke Tale om at jeg skulde ind, jeg skal have den Tand ud snarest muligt, men det andet der er gjort ved Munden må først falde så meget til Ro, at jeg nogenlunde frit kan bruge de Dele af Munden, før dette kan gøres, da jeg ellers intet Sted har at bruge. Og da du kom på Hospitalet faldt jo hans Juleophold hos dig væk af sig selv x) – Jeg har slet ikke tænkt at bryde nogen Aftale, når jeg f. Ex. Skrev om Rejsen til 
+Kullen i Påsken eller Pinsen (jeg har forresten nu set at Pinsen falder så sent at det ikke kan blive i den) men Frk. Holstein, sagde du jo, havde sagt, at [overstreget: det] skulle dit
+x) det vilde altså først blive ind i Skoletiden at han kunde rejse nu, og det er dog udenfor Aftalerne og så afbrudt som Efteråret blev må der dog være nogen Samling over Undervisningen i Foråret, som har sine lange Ferier i Forvejen.
+Ophold virkelig hjælpe dig noget måtte du blive derinde i 4-5 Måneder, jeg troede derfor at det var givet, at du blev der i hvert Fald Påsken med, så at Lasse kunne tage med os derop i sin Ferie og på den Måde få ganske anderledes Glæde af et Ophold deroppe (og det tror jeg var en Afbrydelse, som vilde gavne ham, nu er han så stor at de Naturindtryk ville fæstne sig for Livet) end om han skal gå i Skole samtidig med at han er der.
+[Seks overstregede linjer]
+Jeg kan af dit Brev forstå at du har talt med Lægen om Lasse og det hele, og du har altså fået Medhold hos ham. Men er du sikker på at han vilde se ligesådan på Tingene, hvis han kendte lidt mere til Lasse og Forholdene i det hele, hvis du overfor ham vil gå helt ærligt til Værks, så synes jeg du f. Ex. skulde give ham det første Ark af dette Brev at læse og sige, at det jo var muligt, at du havde fremmet Forholdene noget ensidigt og det, det gjaldt om for dig, var jo ikke bare det at få din vilje igennem, men at der blev gjort hvad der var det rigtigste også mod Drengen.
+Så skriver du, at jeg også glemmer ”den anden Aftale”. Jeg kan ikke tænke mig at du hermed sigter til andet end Pengespørgsmålet. Men jeg har ikke glemt noget der. Jeg skrev til dig før Jul og bad dig sige mig, om du havde fået sådan Orden på dine Pengeforhold, at du kunde klare dig uden de 50 Kr. for det kniber for mig at skaffe alt hvad jeg skal, og du har selv sagt og skrevet, at så snart du bare kunde det, ønskede du intet hellere end at klare dig uden Hjælp fra mig. Du havde skrevet, at du vilde give Lasse en Julegave til 10 Kr. om jeg vilde købe den og jeg svarede da, at det skulde jeg nok (for- resten vil jeg gerne bytte den Bog vi valgte, når jeg kommer til Byen; det kan vi godt, vi har læst den så forsigtigt at det ikke kan ses på den og vi kender Boghandleren; Agnete har læst den højt, og der er udmærkede ting i den, så den har interesseret ham meget, men han må ikke have den og læse den selv, der er alt for mange Ting deri, som ikke er for et Barn og som Agnete måtte springe over) men skrev jeg, hvis jeg skal sende dig Penge til den første, behøver du [overstreget ord] ikke at sende mig de 10 Kr. nu, så trækker jeg bare dem fra i Beløbet, jeg sender. [tilføjet: Da du] sendte [overstreget ord] dem, måtte jeg altså forstå det som at du havde så meget, at du kunde klare dig uden Pengene fra mig – og jeg må sige, det bestyrkedes jeg da yderligere i, da der foruden den Gave kom endnu en hel Pakke med både Tinsoldater og Lommebog – skønt han jo har flere Lommebøger og Stoffet i denne, bortset fra Almanakken, som han aldrig ser i og nogle Fortællinger, er næsten det samme som i forrige Års Udgave – naturligvis blev han glad for begge Dele, det måtte være en underlig Dreng, der ikke blev det, men når det kniber for en synes jeg en Julegave til 10 Kr. er meget ( og[udstreget ord] syntes også det var en stor Julegave, da han fik Bogen) og jeg kunde da ikke opfatte det som andet end som et yderligere Bevis på, at du kunde og vilde klare dig uden min Hjælp. Jeg selv må nægte mig alt muligt og synes unægtelig, at der er noget underligt i, at du Gang på Gang er flot til alle andre Sider, men overfor mig stadig hævder din Trang. – Nå det er ikke fordi jeg vil rette Bebrejdelser mod dig, men jeg [tilføjet: skriver] hvad jeg må tænke om det, når du bringer det på Bane igen[ overstregede ord] – ræsonnerer jeg forkert, kan du jo prøve at gøre mig det forståeligt, som jeg prøver at forklare nu. For øvrigt skriver du, at du klarer dig jo nok uden det – vil det så sige, at du i Virkeligheden nu kan klare dig, uden at jeg sender de Penge, således som du selv sagde at du gerne vilde, eller kan Overskuddet, som Udlejningen giver [indsat: og andre Kilder] endnu ikke virke tilstrækkeligt, [indsat henover udstregede linjer: så billigt som det er på Hospitalet, må jo dine Forhold næsten gå i Orden af sig selv, tilmed når Klax har hjulpet og du har fået Penge af Olga Jensen og dog af og til også sælger noget – det er desværre mere end jeg kan i Øjeblikket.]
+Lasse når desværre ikke at skrive lidt med nu, han har i disse Dage så travlt med en stor skriftlig Opgave. Han så forleden tilfældigt i en Stump Avis, at der var udskrevet en Barnekonkurrence om den bedste lille Afhandling om Bananer og udsat Præmie på 50 kr. og større eller mindre Partier af Bananer; han blev så ivrig efter at være med, at han strax gik i Gang med Kladden og han skriver nu rent et Stykke hver Dag, og gør sig sådan Umage med Skriften, at det er forbavsende, hvor pænt han gør det – men så er det også ligesom om hans Skriveenergi er udtømt med det – men det er jo nok færdigt en af Dagene, så skriver han igen. Han begynder så småt at kunne gå på Stylterne og det morer ham meget.
+Jeg skal hilse meget fra ham, det morede ham at høre om alt det du laver, han har ikke flettet flere Duge.
+Venlig Hilsen. Sigurd.
+Ja jeg har haft så travlt, så Brevet først er blevet færdigt lidt efter lidt.</t>
+  </si>
+  <si>
+    <t>1923-01-18</t>
+  </si>
+  <si>
+    <t>Lars Swane</t>
+  </si>
+  <si>
+    <t>Christine Swane er indlagt på Frederiksberg Hospital med en depression.</t>
+  </si>
+  <si>
+    <t>Sigurd Swane skal til tandlæge i København og vil ved den lejlighed sørge for at Lasse kan besøge sin mor på hospitalet.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/sKsP</t>
+  </si>
+  <si>
+    <t>18-1-23.
+Kære Ugle
+Jeg tager en af ud for at få den Tand ud. Jeg imødekommer så dit Ønske og tager Lasse med ind. Men hvilken Dag vi er der , og hvilken [udstreget: Dag] han kan komme ud til dig, kan jeg ikke sige endnu, men jeg vil dog sende dig dette med det samme – i hvert tilfælde kan du vente ham Søndag i Besøgstiden mellem 3 og 4 – om han kan komme allerede Lørdag kan jeg ikke sige endnu, men jeg tror det ikke.
+Jeg håber jo nu meget at han ikke skal blive bragt ud af Ligevægt, han er så fornøjet, så optaget og så sød nu, så det vilde være trist om der atter skulde blive nervøs Uro over ham – men når du er rolig og forsikrer ham, at du har det godt, der hvor du er og bliver plejet godt, så tænker jeg, det vil virke beroligende på ham – tænker han sig det modsatte, lider han under det.
+Selv når jeg desværre ikke ud at se til dig, jeg vil jo nok være meget medtaget og skal med få Minutters Mellemrum skifte Varmepose på Kinden bagefter – det skulde jeg da efter begge Ting sidst.
+Venlig Hilsen. Sigurd.</t>
+  </si>
+  <si>
+    <t>1923-01-23</t>
+  </si>
+  <si>
+    <t>Jens Peter Jespersen
+Gudrun Larsen
+Vilhelm Larsen
+Agnete Swane
+Lars Swane</t>
+  </si>
+  <si>
+    <t>Christine Swane er indlagt på nerveklinikken på Frederiksberg Hospital. Lasse bor hos sin far Sigurd Swane.
+Demolere betyder ødelægge ( Den Danske Dagbog)
+J.P. Jespersen udgav en bog i 1921: Müller-Øvelser for Skole og Hjem (Jul. Gjellerups Forlag, Kbh.)</t>
+  </si>
+  <si>
+    <t>Lasse bliver nødt til at komme på besøg en anden dag. Han har haft nogle træningstimer hos Kaptajn Jespersen. Alt det, der bliver gjort, er til Lasses bedste og ikke for at tage ham fra sin mor.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/SBIA</t>
+  </si>
+  <si>
+    <t>23-1-23
+Kære Ugle.
+Jeg sender Dig et Par Ord i Aften for at sige Dig, at Lasse desværre ikke kan nå ud til Dig i Morgen, han skal nemlig både til Gymnastik og til Tandlæge og bægge Dele måtte tages i Tiden nogenlunde midt på Dagen. Men vi kommer ikke til at rejse i Overmorgen endnu, så vi vil jo nok kunne sørge for at han kommer ud til dig den Dag i Stedet for. Du ved, vi gør alle sammen Systemøvelserne om Morgenen – Du sendte jo Lasse Bogen derom engang – men det har ikke været muligt at få Lasse rigtig med til det. Vi bestemte da at han skulde have Lov til at få nogle Timer inde hos Kaptajn Jespersen selv, og det er han altså nu i Gang med og nu er han optaget af det – og skal ovenikøbet lære os nærmere nogle af Øvelserne, som vi ikke har gjort helt rigtigt. K.J. siger, han er_ meget lærenem. Samtidig konstaterede han at hans Brystmuskler er noget for korte, hvilket skal være meget hyppigt hos Drenge ( ellers sagde han at var udmærket velskabt og i god Stand) men dette kan der rådes Bod på, når det, som nu, tages i Tide – blev det ikke det, vilde Følgen blive en for snæver og sammentrukken Brystkasse, for smalle Skuldre og tidlig Rundryggethed – så jeg er jo meget glad over at vi fik det at vide.
+Jeg var ked over at han havde våde Fødder forleden Dag, jeg havde netop fået Støvlerne forsålede og efterså dem inden vi rejste, men herinde har han ødelagt dem ved at støde af med Foden, når han kørte i Slæde, hvad jeg én Gang for alle tidligere havde forbudt ham - [tilføjet: da det er for dyr en Måde at ødelægge et Par gode Støvler på – lidt forkølet er han desværre blevet efter Turen, men vi håber at få Bugt med det, jeg har ladet ham dampe i Eftermiddag, men i det gode tørre Vejr i Dag lod jeg ham være ude – det er nemlig kun så lidt.] det har han naturligvis glemt, men det faldt mig jo ikke ind at de to Dage efter at jeg undersøgte dem var demolerede.
+Jeg håber, Du nu har haft lidt Glæde af de Besøg Lasse har været hos dig og også at Du har fået Indtryk af at både Agnete og jeg er så omhyggelige for ham som vi kan være og jeg forsikrer Dig for at vi er det for hans Skyld og ikke for ”at tage ham fra Dig”, men jeg tror også at kunne sige Dig at Du ikke fik Fremmede, hvortil i _dette Forhold dog også Klax og Gudrun hører til at våge over ham og arbejde med ham og beskæftige og følge ham i hele hans Færd, som jeg, trofast støttet af Agnete, gør. Og jeg synes Du deri må kunne finde den Styrke til for Drengens Skyld at give ham og os Ro til det Arbejde som jeg har bedt så meget om, så kan Du selv imens få Ro til at følge Lægens Forskrifter til Din egen Helbredelse. Jeg tror at både for Lasses og Din - og – vor – Skyld er det dog bedst at vi forstår hinanden og [overstreget: passer] passe på, at vi ikke mistror hinanden for at mene eller ville andet end det vi siger. Jeg håber at få Lasse til at gå så meget frem i Sundhed, i Kundskaber, i Karakterfasthed og Velopdragenhed som det er muligt i det Tidsrum hvori jeg har ham, det er daglig min Tanke og min Opgave – så vidt muligt uden at han selv ved hvor meget jeg arbejder med det, kun hvor jeg mener det nødvendigt for at få ham selv med skal han_ mærke_ at det er Samarbejde der stiller Krav. Men uden en vis Tid og Ro er al Opdragelse umulig. Men jeg tror også at Du gennem Samtalen forleden forstod mig bedre end før og selv om den måske i Øjeblikket angreb dig noget, håber jeg den dog i det lange Løb skal have været til Nytte derigennem. Jeg kommer næppe så langt ud mere, så snart jeg kan skal vi hjem, men så ønsker jeg Dig god Bedring her.
+Venlig Hilsen. Sigurd</t>
+  </si>
+  <si>
+    <t>1923-02-03</t>
+  </si>
+  <si>
+    <t>Valborg Rechendorff
+Agnete Swane
+Lars Swane</t>
+  </si>
+  <si>
+    <t>Christine Swane er indlagt på Nerveklinikken på Frederiksberg Hospital. Lasse opholder sig hos sin far i Svebølle.</t>
+  </si>
+  <si>
+    <t>Sigurd Swane argumenterer for vigtigheden af at Lasse har ro i sit liv og at han ikke så ofte kan besøge sin mor på hospitalet. Han bliver meget oprevet over hendes sygdom.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/TB6V</t>
+  </si>
+  <si>
+    <t>Den 3-2-1923
+Kære Ugle.
+Jeg skriver et lille Par Ord med Lasses Brev i dag. Dels for at fortælle dig at han har det storartet, så at du ikke skal behøve at bekymre dig for ham – i Øjeblikket da. Dels for at sige at jeg godt kan forstå, at du kan længes efter at se ham, men at det vilde være stor Synd mod Drengen nu at bryde hans Ro og Glæde ved at være på Landet og igen gøre alt vanskeligt og bedrøveligt for ham, sensibel som han jo er.
+Kom han nu ind og så dig igen, før du er rask vilde det blive ved i en Måned eller to at køre i hans Hoved med at du var syg og selve Hospitalet vilde forstærke dette Indtryk.
+Din Kærlighed til Drengen må sejre over din Længsel – vi skal nok fotografere ham en Dag og sende dig Billedet så snart det er i Orden, der er blot lidt der skal laves ved Apparatet først, men det kan vi nok selv og så skal der tages en ny Film i Brug, det er 12 Plader, det varer jo lidt inden de 12 Billeder er tagne – et lille Billede af sig sender han i dag (med det samme – jeg skulde egentlig ladet ham skrive den sidste Sætning i det lille Brev om en Gang til, men nu er han ude og lege herudenfor, så jeg lader det gå som det er) – Og foruden den Uro, som nu atter vilde kastes ind i hans sjæl, hvis han kom ind nu, så husk at der er så megen Influenza og Hals- og anden Dårlighed i Byen i disse Vintermåneder, du husker selv hvordan han altid blev dårlig, når han om Efteråret kom derind fra Sundet.
+Det er jo en gammel Påstand, at Vanen spiller den allerstørste Rolle for et Barn, og at dette er rigtigt er forbavsende tydeligt hos Lasse. Nu er han i god Vane med alt hvad han skal. Tidlig op og tidlig i Seng (ligesom vi andre) Afvaskning med koldt Vand over hele Kroppen om Morgenen og af Ben og Fødder og Ansigt og Hænder med varmt Vand om Aftenen, Lørdagsbad o.s.v. o.s.v.[ indført over linjen: Gymnastik, som må gøres med lidt tilsyn] vant til de Spisetider vi har og til at gå på W.C. på sine bestemte Tider om Dagen m.m. – ting som det måske i de flestes Øren lyder pedantisk at tale om, men Ting, som dog spiller en meget stor Rolle for Barnets Sundhed. Jeg ved fra hver eneste Gang han har været inde, at alt dette brydes ned og møjsommeligt må bygges op igennem Måneder, i hvilke han ikke er så rask som han skulde være, fordi det åndelige Grundlag for hans Balace er rokket. – det havde været meget lettere for os at tage ham med ind sidst jeg var inde, for det var et meget stort Offer af min Svigermoder lige før Jul, den sidste Jul, hun har sin Datter og sine små to små Børnebørn herovre (de rejser, vel sagtens i denne eller næste Måned, op på Thistedegnen, hvor min Svoger har fået Ansættelse ved Klitværnet) at være hjemmefra i 3 Uger, men min Kone afsluttede dels sin Kur og dels måtte hun hjælpe mig, der ikke kunde foretage mig ret meget og nogle dage var meget medtaget og lå med Feber – men hun(min Svigermor) gjorde det, fordi hun forstod hvad det betød for Lasse, og hvor magtpåliggende det var os, at der således blev handlet rigtigt med ham og han ikke atter blev revet ud af den sunde Ro, han nu nød – for han nyder selv Landet og Roen nu og trives sødt og naturligt, ivrigt optaget af hundreder af Ting.
+Een Afbrydelse herude bliver der desuden nok engang i Foråret. Inden vi for Sommeren igen kan leje vort lille Hus på Kullen ud, må vi en tur derop og vi har da tænkt at benytte enten hans Påske- eller Pinseferie (helst den første, da vi gerne vilde have lejet ud i Pinsen allerede), så vilde vi være deroppe en 14 Dages Tid, jeg vilde male, og det glæder han sig jo meget til. På Vejen op vilde vi så være nogle Dage i København, der bliver jo altid noget at ordne, så kunde han jo til den tid besøge dig, især hvis du er lidt raskere – og så har han Kullen at glæde sig til bagefter, det vil være en Hjælp til hurtigere at komme i rolige Forhold igen. Når jeg nu skal ind igen, vilde min Kone meget gerne ind med, men for Lasses Skyld har hun været klar over at hun, selv om hun vil være i Uro for Operationens Forløb, må renoncere herpå.
+Jeg hører, at de andre synes, du har det bedre, jeg håber du selv synes det samme og at det må hjælpe dig til at få mere Ro i Sindet, for uden det [tilføjet rundt langs kanten: vil Helbredelsen sikkert trække endnu længere ud end ellers, men er man syg er der jo ikke andet at gøre end at give sig ind under den nødvendige Røgt.</t>
+  </si>
+  <si>
+    <t>1923-02-27</t>
+  </si>
+  <si>
+    <t>Højbro Plads 5- 7, København K</t>
+  </si>
+  <si>
+    <t>Ludvig Brandstrup, billedhugger
+Christian Cato
+Peter Hansen
+Vagn Jacobsen
+Alhed Larsen
+Johan Larsen
+Eiler Lehn Schiøler
+Albert Naur
+Hjalmar Riiser-Larsen</t>
+  </si>
+  <si>
+    <t>Christine Swane er indlagt på nerveklinik på Frederiksberg Hospital fra december 1922 til april 1923.
+Lehn Schiølers firma gik i likvidation i 1922.
+Tuborg havde 50 års jubilæum i 1923.
+Frøken Schou arbejder muligvis på hospitalet.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har prøvet at komme ind i Christines lejlighed, men svigermor var ikke hjemme. Han har travlt både med arbejde, møder og socialt samvær.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/OzeC</t>
+  </si>
+  <si>
+    <t>Winkel &amp;amp; Magnussen 27/2 -23.
+Kære Ugle!
+Det er et strængt Liv vi fører I Aftes var vi til stor Middag hos Brygger Jacobsen og kom først hjem Kl. henad 3, i Aften skal vi til Riise Larsens. Jeg var til Frokost hos Peter og derefter kørte vi ud i Falkoneralleen for at faa Nøglen til Dine Billeder hos Fru Svane, men da der ingen var hjemme kørte vi herud. Jeg havde hørt fra Peter at der ingen maatte komme ud til Jer paa Grund af Influenza, men har nu faaet at vide af Frk Schou at Du kan komme ud og tale med os. Saa kommer vi en af Dagene, men jeg kan ikke sige hvornaar da jeg har en hel Del jeg skal have fra Haanden, jeg skal lave et Par Tegninger til en Bog om Tuborg og et Par Lithografier hos Kato. Desuden skal jeg holde mig parat for at tale med en Mand om Ordningen af Schiølers Samling. I Mrg Aften skal vi til Peters og Lørdag skal vi til Bryllupsfrokost hos Naurs Svigermoder og der er vist et Par Steder til i denne Uge; bl.a. Brandstrups. Jeg har solgt helt godt efter Omstændighederne. De var jo ret spændende da vi jo ved den Bankhistorie var kommen slemt i Klemme og det ser ikke ud til at vi kan faa saa stort et laan som det vi maa betale ud. Alhed havde jo ligget med lidt Influenza en 14 Dage lige før vi rejste herover og var meget sløj de første Dage nu i det sidste Par Dage ser det ud som hun har det en Del bedre. Bare Du nu maa slippe for at blive smittet derude. Vi kommer altsaa en Dag naar vi kan komme af Sted med det og telefonerer saa i Forvejen. Lysse var her inde i Søndags men rejste i Gaar Morges. Det er hans Fødselsdag i Dag.
+Mange Hilsner 
+Din Johannes Larsen</t>
+  </si>
+  <si>
+    <t>1924-04-12</t>
+  </si>
+  <si>
+    <t>Johan Larsen</t>
+  </si>
+  <si>
+    <t>Hospitalsvej, Frederiksberg
+Rådhuspladsen, København
+Vimmelskaftet 47, København </t>
+  </si>
+  <si>
+    <t>Johannes Nicolaus Brønsted
+- Falck Jensen
+Else Jensen
+Kisse Larsen
+Eiler Lehn Schiøler
+Harald Leth
+Olaf Rude
+Christine Swane</t>
+  </si>
+  <si>
+    <t>Café Bernina, Vimmelskaftet 47, København, var i mange år mødested for kunstnere og bohèmer. 
+Der var Folketingsvalg 11. april 1924. Socialdemokratiet fik for første gang regeringsmagten med Stauning i spidsen.
+Johannes Larsen var i København fra slutningen af februar til midt i maj for dels at male på storkebilledet til Kongens Håndbibliotek, Christiansborg, dels tavler/illustrationer til Lehn Schiølers bogværk Danmarks Fugle (se også Johannes Larsen til Alhed Larsen 3. marts 1924). 
+Christine Swane var syg. Hun blev indlagt på sanatorium senere på året. Det kan ikke afgøres, hvem Larsen, der nævnes sammen med Kisse, var.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har siddet sammen med venner på Bernina og ventet på valgresultat. Bagefter gik de på Rådhuspladsen, hvor der var mange mennesker. Han kommer hjem til påske. Det er svært at nå at blive færdig med projekterne i København.
+Larsen har besøgt Christine Swane (Uglen) og set Harald Leths udstilling. Han maler i museumssalen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/4j7f</t>
+  </si>
+  <si>
+    <t>Kjøbenhavn 12-4-1924.
+Kære Puf!
+Tak for Brevet! Det er dejligt at Du kommer Dig saa godt. I Aftes var jeg med Magisteren ude paa Bernina for at høre Valgresultater. Der var desuden Else Johs. V, Falck Jensen og Kisse og Larsen. Vi sad og spiste Smørrebrød og drak Øl og ventede. Først omkr Kl. 11 ½ begyndte der at komme Telegr, det første fra Vonsild. Saa hørte vi et Par til og gik hen paa Raadhuspladsen der var fuld af Mennesker og stod lidt borte paa Politikens” Magna Vox og gik saa hver til sit. Jeg glæder mig til at komme hjem til Paaske og skal nok komme af Sted Torsdag Middag. Det kniber ellers med at blive færdig med hvad jeg har for her. Men ellers maa det jo vente til næste Gang. Jeg har været henne hos Uglen et Par Gange og forleden var jeg henne at se en Udstilling, Leth havde arrangeret i sit Atelier i det gamle Frederiksberg Hospital paa H[ulæseligt]. Han skal nu have Rudes Atelier naar Rude rejser. Der er ellers ikke meget at berette den ene Dag gaar som den anden, jeg sætter mig her i Museumssalen og maler og gaar kun sjældent ud. Jeg skal hilse fra Schiøler og Eiler. Mange Hilsner
+Fra Din Far</t>
+  </si>
+  <si>
     <t>1935-01-27</t>
   </si>
   <si>
     <t>Elena Larsen</t>
   </si>
   <si>
     <t>Erna -
 Ib Andersen
 Wilhelm Hansen
 Jens Jensen
 Johan Larsen
 Johannes Larsen
 Peter Andreas Larsen
 Elisabeth Neckelmann
 Knud Schoubye</t>
   </si>
   <si>
     <t>Det vides ikke, hvem Egebjerg, dr. Polack, fru Bransager, fru Engeltoft og Carla Rasmussen var. 
 Sagen om skatteregnskabet og de solgte billeder hænger formodentlig sammen med, at Elisa Hansens man, maleren Peter Hansen, døde i 1928.</t>
   </si>
   <si>
     <t>Brevet er i privateje</t>
   </si>
   <si>
     <t>Det er dejligt, at de har fået en dam på Båxhult.
@@ -224,145 +516,50 @@
   </si>
   <si>
     <t>I et andet brev fra Elisa Hansen til Elena Larsen omtales også pelsen, som vist blev glemt i Johannes Larsens bil, da man kørte hjem fra juleferie på Båxhult i Småland.
 "om han er gift": Ordene handler formodentlig om O.T./Ottesen, som Grete Jensen dannede par med, efter at hun og Jens Jensen var gået fra hinanden, men ikke var skilt. 
 Det vides ikke, hvemdr. Polack, fru Engelstoft, Carla Rasmussen, Egebjerg og Gudrun N. var.</t>
   </si>
   <si>
     <t>Elisa Hansen savner at få brev. Hun vil gerne høre nyt om kvien.
 Grete Jensen kan ikke finde ud af, om han er gift.
 Jens Jensen er igen på Frederiksberg Hospital. Han kører nu motorcykel.
 Elisa Hansen har dyrket meget selskabelighed. 
 Elisabeth Neckelmann hænger op på Charlottenborg.
 Elisa sender Peter en brandbil.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/ARYY</t>
   </si>
   <si>
     <t>Kære Bams.
 Nu kunde det være godt med at faa et Brev fra jer og høre lidt om hvordan det staar til; det kan jo udtrykkes i faa Ord; hvis Travlhed og deraf følgende Søvnighed ikke kan præstere mere, er jeg dermed indforstaaet og glad for det. Jeg vilde jo gærne vide hvordan Kviens Barselaffære forløb; Kaninerne bryder jeg mig ikke om, men det gør Peterm. naturlivis og det bøjer jeg mig for. H[ulæseligt] har jo endnu ikke været paa Båxhult, jeg skrev vel sidst, at Pelsen rimeligvis var taget med Bilen til Kerteminde. Gete kan ikke finde ud af, om han er gift eller hur. Sidst hun ringede til ham, var der en Dame, som sagde, at Fruen kom først hjem Kl 12. Han har vist noget at bestille for Tiden. Jens var her forleden for at hente nogle af sine Sager. Ib Andersen er bleven gift, og saa maatte Jens jo trække sig tilbage. Heldigvis er han jo nu igen paa Frederiksberg Hospital paa Dr Polacks Afdeling, hvor han kan godt lide at være, og han er færdig med sin Turnus og har et mere komfortabelt Værelse. Han syntes ogsaa, at det var udmærket for jer at bruge Levertran, han vilde tage noget med op til jer, men det er for længe at vente paa det, saa køb noget naar I faar Lejlighed til at komme til Unnaryd. Ib Andersen har nu overtaget Bilen, og Jens vil atter vende tilbage til sin gamle Kærlighed Motorcyklen. Jeg har i den sidste Tid levet efter mine Begreber meget selskabeligt. Hr og Fru Polles var her til Middag igaar. Det var morsomt at se dem igen. De bor i 2 Værelser ude paa Østerbro Adgang til Køkken og Fru Jette har altsaa den Adspredelse at gaa ud og gøre Indkøb og lave Mad - og spise den. Han, som er Pessimist, Æstetiker og Raakostæder har kun sin Pessimisme at dyrke. Jeg havde raa Hvidkaalssalat, og Kartofler, og hun spiste dygtigt af Flæskestegen saa begge Parter var tilfredse. Men hvor har de sidste Aar præget dem. Hun synger ikke mere, og hendes naive Glæde over god Mad og gamle Venner er saa afdampet. Vi har været en Aften hos Fru Brunsager. Jeg spillede Bridge med Fru Bregendahl (Jeppe Aakjær) hvor hun morede sig over Peters kraftige Bemærkninger som "jeg gir Fan'en i Julen" og andre Klassikere, det var lige noget for Gustav Wied sagde hun ["sagde hun" indsat over linjen]. Hun er desværre stokdøv, men spille Kort, det kan hun, som den drevne Jyde hun er, og knalder Kortene i Bordet, naar hun sidder med de sidste Stik. Her traf jeg to af Familierne nemlig Fru Spa[ulæseligt], en værdig Dame, der ser interessant ud og Helene Sachs begge to Døtre af to af mine Kusiner fra Aarhus. Sisse er i Aktivitet med Ophængning paa Charlottenborg, "men det smider jo lidt af sig" for at bruge et af [ulæseligt ord] Udtryk", jeg antager hun faar 200 Kr for sit Arbejde. På Søndag skal jeg have Aftenparty nemlig Nille som var i Skandinavisk i Rom, Fru Brunsager, ikke Chr med Fru ["ikke Chr men Fru" indsat over linjen] Engelstoft Carla Rasmussen og saa siden og jeg omtaler, for jeg vil ikke tale om det, at jeg har været hos Egebjergs, Gudrun N. m.m saa maa du da indrømme, at jeg har ført et broget Liv. 
 Jeg har en lille Brandbil til Petermand, den kommer til Lysses Fødselsdag. Sæt dig nu paa din Hale og skriv.
 Masser af Hilsener til jer alle 3
 fra
 Mos.
 8-2-35</t>
-  </si>
-[...93 lines deleted...]
-Jeg hører, at de andre synes, du har det bedre, jeg håber du selv synes det samme og at det må hjælpe dig til at få mere Ro i Sindet, for uden det [tilføjet rundt langs kanten: vil Helbredelsen sikkert trække endnu længere ud end ellers, men er man syg er der jo ikke andet at gøre end at give sig ind under den nødvendige Røgt.</t>
   </si>
   <si>
     <t>Januar eller februar 1945</t>
   </si>
   <si>
     <t>Laura Warberg Petersen</t>
   </si>
   <si>
     <t>Johanne Christine Larsen</t>
   </si>
   <si>
     <t>Louise Brønsted
 Emilie Demant Hatt
 Gudmund Hatt
 Marie Larsen
 Franz Schubert
 Robert Schumann
 - Stockmar
 Christine Swane
 Lars Swane
 Astrid Warberg-Goldschmidt
 Erik Warberg Larsen
 Grete Warberg Larsen
 Martin Warberg Larsen</t>
   </si>
@@ -389,247 +586,50 @@
     <t>[I brevet:]
 Kære Far og Mor!
 Det bliver bare et Par Ord, Lasse og jeg er lige kommen hjem fra at gøre Indkøb, og Pakken skal jo over inden 6. Jeg var til Koncert i Aftes i Odd Fellow Palæets lille Sal. Privat Kammermusikforeningens 10. Concert Frk Stockmar spillede Papìllon og en til af Schumann og forskelligt af Schubert. henrivende var det.
 De spillede ogsaa en Klaverkoncert af Schuman og der var en Frk et eller andet der sang.
 Det var en dejlig Aften. En af Dissers Koleger havde en Billet og kunde ikke gaa. 
 Og den fik hun til mig. Ja, det er den Pjekkert og jeg vil gerne have den.
 Ham der snød Margrethe blev dømt i Gaar til 2½ Aars Fæng. jeg har ikke Tid til at fortælle om det, men de har jo brugt af Statens Penge i lange Baner. 
 Tak for Brev og hils Rigmor og sig Tak for Brev.
 Skal hilse fra Dis.
 Lagner får jeg vadsket sammen med de andres paa Vaskeri: mit Tøj vadsker Rie. Strømper jeg selv.
 Eva Thielemann. Lejerne. Hils Grethepigen Masser af Gange fra mig. Tinge kommer til Paaske, eneste Gang, fri Rejse. Jeg kommer maaske til Pinse. 
 Intet om Mosaik. Fortalte Dis om Lugge, vidste heller ikke noget. Jeg har ligget en Dags Tid men det er fuldstændig ovre. 
 Dr. Hatts har faaet deres Stel, pragtfuld er det blevet, alle er begejstrede. Vi havde det dækket op herhjemme paa en blaa Dug. det var vidunderligt
 Tusinde Hilsner til dig fra alle.
 Bibbe 
 [Skrevet på hovedet på s1:]
 Dolk og Lommelygte fra Tinge og mig og det lange Mordvaaben. 
 Søndag præcis 12 Middag
 Kære Farsi Moms og Manse!
 Nu vil jeg da skrive lidt samtidig med Soldaten, der jo er et rædsomt Smøvl til at skrive, men jeg skal nok holde ham til, I kan være ganske rolig, jeg ved jo hvor I bliver glade ved at høre lidt ordentlig fra os, saa det manglede bare. Tro mig, han er smart, Soldaten, vi har aldrig set saa pæn en Uniform før, den er grå (nyvadsket), røde Snore og saadan noget, og alle Knapperne skinner saa det er en Lyst, og saa de vanvittig flotte Støvler, flotte altsaa joh, vi kan nok være stolte af ham. bare han nu ikke bliver alt for forkælet (forkølet det er han) Vi springer for ham saa det er en Gru, Rie og Tante Ugle ved jo ikke alt det gode, de skal gøre ham, og naar han nu kommer ud til Hatts, bliver de vel ogsaa tossede. Det er saa morsomt at høre ham fortælle, du kan tro Manse han skal nok klare sig, Tinge synes jo det er vældig sjov alt sammen, og godt lidt bliver han sikkert, Tinge, og en Sjællander er de eneste ordentlige Mennesker, Resten er Bønder, Jyder, dumme, jo den skal nok gaa.
 Vi skal en Tur i Frederiksberg Have om lidt, saa spiser vi Frokost, naar vi kommer hjem. vi drak Kaffe da Tinge kom med Wienerbrød Rundstykker, Mælk og Chokolade, han kan nok spise. 
 I Aften skal vi jo alle sammen til Middag hos Demand, Fru Hatt, det skal nok blive sjovt, det er saa rart at komme ud.
 Tante Ugle fik jo brændt en Ovn i Gaar det allermeste er vellykket, I kan tro det er smukt. Vidunderligt. 
 [Skrevet på hovedet på næstsidste side:]
 Fra mig´er</t>
-  </si>
-[...195 lines deleted...]
-Det er sandt, jeg vil gerne i god Tid vide om du har så mange Penge, så du kan klare dig uden at jeg sender dig til Jan[skrevet oveni: Feb] første, hvis ikke kan jeg jo tage de 10 Kr af dem jeg skal sende, så sparer du dog Ulejlighed og Forsendelsesudgifter af dem.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="100" formatCode="yyyy/mm/dd"/>
     <numFmt numFmtId="101" formatCode="yyyy/mm/dd hh:mm:ss"/>
     <numFmt numFmtId="102" formatCode="yyyy-mm-dd"/>
   </numFmts>
   <fonts count="7">
     <font>
       <name val="Arial"/>
       <sz val="11"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
@@ -706,51 +706,51 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/4Qle" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/q0sA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UYms" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ARYY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QKJH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sKsP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TB6V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jH7A" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4j7f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/s4WF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OzeC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/a6ya" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SBIA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vZVk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/4Qle" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/q0sA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QKJH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/a6ya" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vZVk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/s4WF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sKsP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SBIA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TB6V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OzeC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4j7f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UYms" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ARYY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jH7A" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
   <dimension ref="A1:M15"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
@@ -873,557 +873,557 @@
       <c r="H3" s="5" t="s">
         <v>28</v>
       </c>
       <c r="I3" s="5"/>
       <c r="J3" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K3" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L3" s="6" t="s">
         <v>31</v>
       </c>
       <c r="M3" s="5" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="5" t="s">
         <v>33</v>
       </c>
       <c r="B4" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C4" s="5" t="s">
-        <v>26</v>
+        <v>34</v>
       </c>
       <c r="D4" s="5" t="s">
-        <v>34</v>
-[...4 lines deleted...]
-        </is>
+        <v>35</v>
+      </c>
+      <c r="E4" s="5" t="s">
+        <v>36</v>
       </c>
       <c r="F4" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G4" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G4" s="5" t="s">
+        <v>37</v>
       </c>
       <c r="H4" s="5" t="s">
-        <v>35</v>
-[...3 lines deleted...]
-      </c>
+        <v>38</v>
+      </c>
+      <c r="I4" s="5"/>
       <c r="J4" s="5" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="K4" s="5" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="L4" s="6" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="M4" s="5" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="5" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="B5" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C5" s="5" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="D5" s="5" t="s">
         <v>34</v>
       </c>
-      <c r="E5" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="E5" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="F5" s="5" t="s">
+        <v>45</v>
       </c>
       <c r="G5" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H5" s="5" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="I5" s="5" t="s">
-        <v>43</v>
+        <v>47</v>
       </c>
       <c r="J5" s="5" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="K5" s="5" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
       <c r="L5" s="6" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="M5" s="5" t="s">
-        <v>46</v>
+        <v>50</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="5" t="s">
-        <v>47</v>
+        <v>51</v>
       </c>
       <c r="B6" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C6" s="5" t="s">
-        <v>48</v>
+        <v>52</v>
       </c>
       <c r="D6" s="5" t="s">
-        <v>49</v>
+        <v>34</v>
       </c>
       <c r="E6" s="5" t="s">
-        <v>50</v>
-[...7 lines deleted...]
-        <v>51</v>
+        <v>45</v>
+      </c>
+      <c r="F6" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="G6" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H6" s="5" t="s">
-        <v>52</v>
-[...1 lines deleted...]
-      <c r="I6" s="5"/>
+        <v>53</v>
+      </c>
+      <c r="I6" s="5" t="s">
+        <v>54</v>
+      </c>
       <c r="J6" s="5" t="s">
-        <v>53</v>
+        <v>39</v>
       </c>
       <c r="K6" s="5" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="L6" s="6" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="M6" s="5" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="5" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="B7" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C7" s="5" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="D7" s="5" t="s">
-        <v>48</v>
+        <v>34</v>
       </c>
       <c r="E7" s="5" t="s">
         <v>59</v>
       </c>
       <c r="F7" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="G7" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H7" s="5" t="s">
         <v>60</v>
       </c>
-      <c r="G7" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H7" s="5" t="s">
+      <c r="I7" s="5" t="s">
         <v>61</v>
       </c>
-      <c r="I7" s="5" t="s">
+      <c r="J7" s="5" t="s">
+        <v>39</v>
+      </c>
+      <c r="K7" s="5" t="s">
         <v>62</v>
       </c>
-      <c r="J7" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K7" s="5" t="s">
+      <c r="L7" s="6" t="s">
         <v>63</v>
       </c>
-      <c r="L7" s="6" t="s">
+      <c r="M7" s="5" t="s">
         <v>64</v>
-      </c>
-[...1 lines deleted...]
-        <v>65</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="5" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="B8" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C8" s="5" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="D8" s="5" t="s">
-        <v>48</v>
+        <v>34</v>
       </c>
       <c r="E8" s="5" t="s">
         <v>59</v>
       </c>
       <c r="F8" s="5" t="s">
-        <v>60</v>
+        <v>45</v>
       </c>
       <c r="G8" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H8" s="5" t="s">
+        <v>66</v>
+      </c>
+      <c r="I8" s="5" t="s">
         <v>67</v>
       </c>
-      <c r="I8" s="5" t="s">
+      <c r="J8" s="5" t="s">
+        <v>39</v>
+      </c>
+      <c r="K8" s="5" t="s">
         <v>68</v>
       </c>
-      <c r="J8" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K8" s="5" t="s">
+      <c r="L8" s="6" t="s">
         <v>69</v>
       </c>
-      <c r="L8" s="6" t="s">
+      <c r="M8" s="5" t="s">
         <v>70</v>
-      </c>
-[...1 lines deleted...]
-        <v>71</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="5" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="B9" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C9" s="5" t="s">
+        <v>52</v>
+      </c>
+      <c r="D9" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="E9" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="F9" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="G9" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H9" s="5" t="s">
+        <v>72</v>
+      </c>
+      <c r="I9" s="5" t="s">
         <v>73</v>
       </c>
-      <c r="D9" s="5" t="s">
+      <c r="J9" s="5" t="s">
+        <v>39</v>
+      </c>
+      <c r="K9" s="5" t="s">
         <v>74</v>
       </c>
-      <c r="E9" s="5" t="inlineStr">
-[...14 lines deleted...]
-      <c r="H9" s="5" t="s">
+      <c r="L9" s="6" t="s">
         <v>75</v>
       </c>
-      <c r="I9" s="5" t="s">
+      <c r="M9" s="5" t="s">
         <v>76</v>
-      </c>
-[...10 lines deleted...]
-        <v>80</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="5" t="s">
-        <v>81</v>
+        <v>77</v>
       </c>
       <c r="B10" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C10" s="5" t="s">
+        <v>52</v>
+      </c>
+      <c r="D10" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="E10" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="F10" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="G10" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H10" s="5" t="s">
+        <v>78</v>
+      </c>
+      <c r="I10" s="5" t="s">
+        <v>79</v>
+      </c>
+      <c r="J10" s="5" t="s">
+        <v>39</v>
+      </c>
+      <c r="K10" s="5" t="s">
+        <v>80</v>
+      </c>
+      <c r="L10" s="6" t="s">
+        <v>81</v>
+      </c>
+      <c r="M10" s="5" t="s">
         <v>82</v>
-      </c>
-[...32 lines deleted...]
-        <v>89</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="5" t="s">
-        <v>90</v>
+        <v>83</v>
       </c>
       <c r="B11" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C11" s="5" t="s">
-        <v>58</v>
+        <v>46</v>
       </c>
       <c r="D11" s="5" t="s">
-        <v>48</v>
+        <v>34</v>
       </c>
       <c r="E11" s="5" t="s">
-        <v>59</v>
+        <v>45</v>
       </c>
       <c r="F11" s="5" t="s">
-        <v>60</v>
-[...4 lines deleted...]
-        </is>
+        <v>45</v>
+      </c>
+      <c r="G11" s="5" t="s">
+        <v>84</v>
       </c>
       <c r="H11" s="5" t="s">
-        <v>91</v>
+        <v>85</v>
       </c>
       <c r="I11" s="5" t="s">
-        <v>92</v>
+        <v>86</v>
       </c>
       <c r="J11" s="5" t="s">
-        <v>53</v>
+        <v>39</v>
       </c>
       <c r="K11" s="5" t="s">
-        <v>93</v>
+        <v>87</v>
       </c>
       <c r="L11" s="6" t="s">
-        <v>94</v>
+        <v>88</v>
       </c>
       <c r="M11" s="5" t="s">
-        <v>95</v>
+        <v>89</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="5" t="s">
-        <v>96</v>
+        <v>90</v>
       </c>
       <c r="B12" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C12" s="5" t="s">
-        <v>82</v>
+        <v>46</v>
       </c>
       <c r="D12" s="5" t="s">
-        <v>48</v>
-[...5 lines deleted...]
-        <v>60</v>
+        <v>91</v>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F12" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G12" s="5" t="s">
+        <v>92</v>
+      </c>
+      <c r="H12" s="5" t="s">
+        <v>93</v>
+      </c>
+      <c r="I12" s="5" t="s">
+        <v>94</v>
+      </c>
+      <c r="J12" s="5" t="s">
+        <v>39</v>
+      </c>
+      <c r="K12" s="5" t="s">
+        <v>95</v>
+      </c>
+      <c r="L12" s="6" t="s">
+        <v>96</v>
+      </c>
+      <c r="M12" s="5" t="s">
         <v>97</v>
-      </c>
-[...16 lines deleted...]
-        <v>102</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="5" t="s">
-        <v>103</v>
+        <v>98</v>
       </c>
       <c r="B13" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C13" s="5" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="D13" s="5" t="s">
-        <v>48</v>
-[...1 lines deleted...]
-      <c r="E13" s="5" t="s">
+        <v>99</v>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F13" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G13" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H13" s="5" t="s">
+        <v>100</v>
+      </c>
+      <c r="I13" s="5" t="s">
+        <v>101</v>
+      </c>
+      <c r="J13" s="5" t="s">
+        <v>102</v>
+      </c>
+      <c r="K13" s="5" t="s">
+        <v>103</v>
+      </c>
+      <c r="L13" s="6" t="s">
         <v>104</v>
       </c>
-      <c r="F13" s="5" t="s">
-[...10 lines deleted...]
-      <c r="I13" s="5" t="s">
+      <c r="M13" s="5" t="s">
         <v>105</v>
-      </c>
-[...10 lines deleted...]
-        <v>108</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="5" t="s">
-        <v>109</v>
+        <v>106</v>
       </c>
       <c r="B14" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C14" s="5" t="s">
-        <v>58</v>
+        <v>26</v>
       </c>
       <c r="D14" s="5" t="s">
-        <v>48</v>
-[...5 lines deleted...]
-        <v>60</v>
+        <v>99</v>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F14" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G14" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H14" s="5" t="s">
+        <v>107</v>
+      </c>
+      <c r="I14" s="5" t="s">
+        <v>108</v>
+      </c>
+      <c r="J14" s="5" t="s">
+        <v>102</v>
+      </c>
+      <c r="K14" s="5" t="s">
+        <v>109</v>
+      </c>
+      <c r="L14" s="6" t="s">
         <v>110</v>
       </c>
-      <c r="I14" s="5" t="s">
+      <c r="M14" s="5" t="s">
         <v>111</v>
-      </c>
-[...10 lines deleted...]
-        <v>114</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="5" t="s">
-        <v>115</v>
+        <v>112</v>
       </c>
       <c r="B15" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C15" s="5" t="s">
-        <v>58</v>
+        <v>113</v>
       </c>
       <c r="D15" s="5" t="s">
-        <v>48</v>
-[...5 lines deleted...]
-        <v>60</v>
+        <v>114</v>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F15" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G15" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H15" s="5" t="s">
+        <v>115</v>
+      </c>
+      <c r="I15" s="5" t="s">
         <v>116</v>
       </c>
-      <c r="I15" s="5" t="s">
+      <c r="J15" s="5" t="s">
         <v>117</v>
-      </c>
-[...1 lines deleted...]
-        <v>53</v>
       </c>
       <c r="K15" s="5" t="s">
         <v>118</v>
       </c>
       <c r="L15" s="6" t="s">
         <v>119</v>
       </c>
       <c r="M15" s="5" t="s">
         <v>120</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>