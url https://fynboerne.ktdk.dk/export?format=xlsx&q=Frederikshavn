--- v0 (2025-10-03)
+++ v1 (2025-11-27)
@@ -3,51 +3,51 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="218" uniqueCount="150" xml:space="preserve">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="228" uniqueCount="159" xml:space="preserve">
   <si>
     <t>Datering</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
@@ -481,50 +481,108 @@
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, Christine Swane Breve, kasse 1, kuvert 1, 2002/61, A8,lb11.</t>
   </si>
   <si>
     <t>Lasse er på ferie ved Skagen.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/IwBB</t>
   </si>
   <si>
     <t>[Fortrykt på kortets adresseside:] [ Logo]
 BREVKORT:
 [Håndskrevet på kortets adresseside:]
 Fru C Swane
 Falkonerallé 5 III
 København F
 Sjælland
 [Håndskrevet på bagsiden]
 29/5-27 Til Lykke 
 Kære Moder
 Jeg var ikke søsyg paa Damperen. Vi kom en 1½ Time for sent til Frederikshavn. Vi gik idag til den tilsandede Kirke [tilføjet] fra Hulsig til Skagen hvor vi har set Drachmans Hus og Grav, og Kreuers Hus, Grenen. Paa den ene Side af Grenen [Håndskrevet på kortets adresseside:] var der gode Bølger paa den anden Side er det blikstille
 Hilsen fra Lasse
 Jeg skriver igen i Morgen
 [Skrevet på hovedet på kortets bagside:] Det gaar godt med Lasse</t>
+  </si>
+  <si>
+    <t>1928-10-18</t>
+  </si>
+  <si>
+    <t>Ellen  Sawyer</t>
+  </si>
+  <si>
+    <t>Louise Brønsted</t>
+  </si>
+  <si>
+    <t>Valdemar Ammundsen
+Else Birgitte Brønsted
+Eric Bøttern
+Vagn Jacobsen
+Adolph Larsen
+Andreas Larsen
+Johanne Christine Larsen
+Johannes Larsen
+Christine  Mackie
+Axel  Müller
+Edith -, pige i huset på Møllebakken
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvem "den lille" var og heller ikke, hvad Ediths søster og dennes mor og barn hed. Foch og Sonne Hall kendes ikke.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3800</t>
+  </si>
+  <si>
+    <t>Ellen Sawyer føler, at hun er bagud med alt.
+Hun har været til Astrid/Dis Warbergs og Axel Müllers bryllup. Ellen stolede ikke på Axel. Der var noget vagtsomt og angst over ham, og Ellen undrer sig over, at Astrid er så betaget af ham. Hun var rørende glad. Axel var for offentlig i sin ømhed for hende. 
+Johannes Larsen har ansat Ediths søster som pige i huset. Hun har et barn, som hendes mor passer. Lille Frk. J. er umulig.
+Else Brønsted kommer og besøger Ellen. Hun har ferie, mens Johannes Larsen er på jagt med Bryggeren. 
+Ellen har været tre dage på Rødding Højskole til gode foredrag og en udflugt til Ribe.
+Ellens kat er forkælet.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/LGaA</t>
+  </si>
+  <si>
+    <t>Torsdag 18/10 - 28
+Kæreste Lugge!
+Jeg maa nu være meget udygtig, for jeg har altid "masende travlt, - er altid tilbage i "det, - " og hvad "det" er, - det ved intet Menneske, for jeg synes ikke at jeg faar noget udrettet. Se nu bare Breve, - jeg skylder altid Ja, nogen skriver jeg jo - idag afgik der 4, - men jeg har mange tilbage. Naa, men skidt med det. Mulig min Kapløbs-Travlheds Fornemmelse er en Arv fra Mor, - men der er bare den Forskel, at Mor fik en Masse udrettet.
+Tak for dit Brev fra d. 25 Sept; Lige efter det kom jo saa Dis-Bryllupet og om det skrev jeg til Mornine og det læste du vel nok, - det var da Meningen Jeg syntes jeg skyldte Mornine Brev i saa høj Grad.
+Se Lugge, - jeg skrev vel nok lidt mere modereret til Mornine om den ny Svoger. Du kan vist godt forstaa den Fornemmelse. Det var saamænd i og for sig rigtig nok, hvad jeg skrev, for han var saamænd rar og flink nok og der var noget ved ham som gjorde at man havde ondt af det for ham. Men der var ogsaa - hvad jeg ikke skrev noget ved ham som gjorde, at man ikke stolede rigtig paa ham - noget vagtsomt i Øjnene, - ligesom en Slags Angst. Jeg har set det Udtryk før, hos Folk, som der var noget muggent ved. Men en saadan ugrundet Fornemmelse burde man maaske slet ikke udtale. - At Dis kan være saa betaget af ham, er mig en ren Gaade. Jeg synes helt han mangler Carme og er let kedelig - triviel. Junge og jeg følte det ens, - men maaske han vinder ved nærmere Eftersyn. Lille Dis var nu rørende i sin Glæde og var rigtig pæn og taktfuld med det, hvorimod han nok kunde være generende med offentlig Ømhed, - du vèd, det ser jo ikke saa godt ud. Det er vist egentlig tarveligt at komme frem med disse Indtryk, - det er jo ingen Nytte til, og naar Dis er tilfreds med ham saa er det jo nok. 
+Lille Junge er jo i Kbnh. og du ser hende vel nok. Jeg sendte hende et Kort idag gennem dig, da jeg ikke kan huske deres Gadenummer. Jeg synes hun skulde vide, at det gaar godt med Agraren. - 
+Den lille hos Las har sagt op og de har nu fæstet Ediths Søster. Hun skal være meget dygtig. Hun har en lille, som er hjemme hos Moderen og saa kan man gaa ud fra, at hun er lidt mere adstadig og ikke skal "se noget andet," naar hun har været der 1/2 Aar. Den Lille Frk. J. ["Frk. J" indsat over linjen] er vist ret umulig. Las gik en Dag ned i Kælderen og noterede 12 Levninger paa et Papir og satte "fordærvet" ved de fleste af dem.
+Jeg haaber din vedvarende er en Juvel! Gid det maa vare rigtig længe! 
+Lille Mudi kommer af og til ned og besøger mig og snakker lidt med mig. Hun har Ferie i disse Dage, da Las er paa Jagt paa Mors med Bryggeren og Foch. I Aften er hun og Puf hos Erik Bøttern for at høre Rasio. 
+Jeg har været 3 Dage paa Rødding Højskole til et Fredsmøde fra Lørdag til Tirsdag Det var meget interessant. Det er dog forbavsende hvor de Fredsdamer og kloge og inde i Tingene. Der var en Fru Sonne Hall fra Frederikshavn, som holdt et ganske glimrende Foredrag om Storpolitik og Nationaløkonomi. Man fik sandelig noget at vide. Biskop Ammundsen fra Haderslev talte ogsaa godt, - men ikke saa godt og mange andre danske og tyske Foredrag, om Situationen i Verden, - [ulæseligt]pagtens Betydning (som der var divergerende Meninger om) Afrustningsbestræbelserne, Toldspørgsmaal o.m.a. Jeg skrev alle foredragene ned - saa meget af dem, som jeg kunde og synes jeg fik meget ud af det. Og saa var Vejret jo bedaarende og Egnen dejlig - vide Marskhegn med Kvæg og blånende Horisont, - GranSkove i det fjærne. Du fik vist et Kort fra Ribe, - der bilede vi til i et Frikvarter paa 2 Timer og var i Domkirken og i Weis' Vinstue. Turen dertil og fra ikke det mindst morsomme. De Sønderjydske Bøndergaarde finder jeg saa pragtfulde, - enkle og rene i Stilen. Der var mange. - Der var mange flinke Damer og Koner og Piger. En Del af dem havde jeg truffet i Flensborg for 2 Aar siden og fornyede nu Bekendtskabet, - det var virkelig saa hyggeligt. -
+Lille Mis har det godt, en er grænseløs forkælet. Den vil ikke være her alene. De Dage jeg var væk, flyttede den ned til "Människorna", - ligesaa Fredag og Lørdag. Den følger mig i Hælene, naar jeg er hjemme.
+Det er dejligt med det milde Vejr, - der er mange Blomster i Haven endnu
+[Indsat s. 4 i venstre margen; lodret:] Ja, lille Lugge, - jeg er lidt søvnig og det kan vist tydelig spores, - men jeg vilde nu skrive i Aften, - ellers gik der igen 2-3 Dage, - saa undskyld
+[Indsat s. 4, øverst; på hovedet:]
+1000 Hilsner til jer alle fra Elle
+Du maa endelig skrive udførligt og sandfærdigt hvordan du har det !!!</t>
   </si>
   <si>
     <t>1935-06-13</t>
   </si>
   <si>
     <t>Elise Hansen</t>
   </si>
   <si>
     <t>Elena Larsen</t>
   </si>
   <si>
     <t>Erna -
 Peter Hansen
 Grete Jensen, f. Hansen
 Carl  Knippel
 Peter Andreas Larsen
 Marie Neckelmann
 Christian Ottesen
 Harald Schoubye
 - Sjøgren</t>
   </si>
   <si>
     <t>Laholm ligger i det sydlige Halland.
 Peter Hansen døde i 1928. Det er formodentlig nogle af hans skitser, som Elisa Hansen har solgt til orkidégartneren. 
 Det vides ikke sikkert, hvem Carls var. Muligvis Carl Knippel og hustru.</t>
@@ -811,59 +869,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/2UHG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/920F" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/b99kBWn9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/I5WSEsCR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SVQV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/3Z5o835V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/l3DdFWRx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/qvTz6ZyO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/oPV4dgqR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/qCJp7IkF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/KTBGF6hy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WHcS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/GSdQb9Fw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/nl7aMJ1j" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dGB1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/tKAKXG91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/QzxzDSBa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/qPIAJ4GQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/NqdWSk9Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/3rU2TbmY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/HE09QJq2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/YMKxiB52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IwBB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VJ39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BOKX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9eus" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dfkr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BZ1Q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/2UHG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/920F" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/b99kBWn9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/I5WSEsCR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SVQV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/3Z5o835V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/l3DdFWRx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/qvTz6ZyO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/oPV4dgqR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/qCJp7IkF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/KTBGF6hy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WHcS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/GSdQb9Fw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/nl7aMJ1j" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dGB1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/tKAKXG91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/QzxzDSBa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/qPIAJ4GQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/NqdWSk9Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/3rU2TbmY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/HE09QJq2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/YMKxiB52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IwBB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LGaA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VJ39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BOKX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9eus" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dfkr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BZ1Q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M29"/>
+  <dimension ref="A1:M30"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -2030,253 +2088,301 @@
       </c>
       <c r="I25" s="5" t="s">
         <v>116</v>
       </c>
       <c r="J25" s="5" t="s">
         <v>117</v>
       </c>
       <c r="K25" s="5" t="s">
         <v>118</v>
       </c>
       <c r="L25" s="6" t="s">
         <v>119</v>
       </c>
       <c r="M25" s="5" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="5" t="s">
         <v>121</v>
       </c>
       <c r="B26" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C26" s="5" t="s">
-        <v>113</v>
+        <v>122</v>
       </c>
       <c r="D26" s="5" t="s">
-        <v>114</v>
+        <v>123</v>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F26" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G26" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H26" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H26" s="5" t="s">
+        <v>124</v>
       </c>
       <c r="I26" s="5" t="s">
-        <v>122</v>
+        <v>125</v>
       </c>
       <c r="J26" s="5" t="s">
-        <v>117</v>
+        <v>126</v>
       </c>
       <c r="K26" s="5" t="s">
-        <v>123</v>
+        <v>127</v>
       </c>
       <c r="L26" s="6" t="s">
-        <v>124</v>
+        <v>128</v>
       </c>
       <c r="M26" s="5" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="5" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C27" s="5" t="s">
-        <v>127</v>
+        <v>122</v>
       </c>
       <c r="D27" s="5" t="s">
-        <v>128</v>
+        <v>123</v>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F27" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G27" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H27" s="5" t="s">
-        <v>129</v>
+      <c r="H27" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I27" s="5" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="J27" s="5" t="s">
-        <v>131</v>
+        <v>126</v>
       </c>
       <c r="K27" s="5" t="s">
         <v>132</v>
       </c>
       <c r="L27" s="6" t="s">
         <v>133</v>
       </c>
       <c r="M27" s="5" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="5" t="s">
         <v>135</v>
       </c>
       <c r="B28" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C28" s="5" t="s">
-        <v>16</v>
+        <v>136</v>
       </c>
       <c r="D28" s="5" t="s">
-        <v>136</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>137</v>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F28" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G28" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H28" s="5" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="I28" s="5" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="J28" s="5" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="K28" s="5" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="L28" s="6" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="M28" s="5" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="5" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="B29" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C29" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D29" s="5" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="E29" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F29" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G29" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H29" s="5" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="I29" s="5" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="J29" s="5" t="s">
-        <v>139</v>
+        <v>148</v>
       </c>
       <c r="K29" s="5" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="L29" s="6" t="s">
+        <v>150</v>
+      </c>
+      <c r="M29" s="5" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" s="5" t="s">
+        <v>152</v>
+      </c>
+      <c r="B30" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C30" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D30" s="5" t="s">
+        <v>153</v>
+      </c>
+      <c r="E30" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F30" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G30" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H30" s="5" t="s">
+        <v>154</v>
+      </c>
+      <c r="I30" s="5" t="s">
+        <v>155</v>
+      </c>
+      <c r="J30" s="5" t="s">
         <v>148</v>
       </c>
-      <c r="M29" s="5" t="s">
-        <v>149</v>
+      <c r="K30" s="5" t="s">
+        <v>156</v>
+      </c>
+      <c r="L30" s="6" t="s">
+        <v>157</v>
+      </c>
+      <c r="M30" s="5" t="s">
+        <v>158</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>
     <hyperlink ref="M13" r:id="rId18"/>
     <hyperlink ref="M14" r:id="rId19"/>
     <hyperlink ref="M15" r:id="rId20"/>
     <hyperlink ref="M16" r:id="rId21"/>
     <hyperlink ref="M17" r:id="rId22"/>
     <hyperlink ref="M18" r:id="rId23"/>
     <hyperlink ref="M19" r:id="rId24"/>
     <hyperlink ref="M20" r:id="rId25"/>
     <hyperlink ref="M21" r:id="rId26"/>
     <hyperlink ref="M22" r:id="rId27"/>
     <hyperlink ref="M23" r:id="rId28"/>
     <hyperlink ref="M24" r:id="rId29"/>
     <hyperlink ref="M25" r:id="rId30"/>
     <hyperlink ref="M26" r:id="rId31"/>
     <hyperlink ref="M27" r:id="rId32"/>
     <hyperlink ref="M28" r:id="rId33"/>
     <hyperlink ref="M29" r:id="rId34"/>
+    <hyperlink ref="M30" r:id="rId35"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>