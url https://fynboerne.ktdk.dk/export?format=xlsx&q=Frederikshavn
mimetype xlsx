--- v1 (2025-11-27)
+++ v2 (2026-01-14)
@@ -3,51 +3,51 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="228" uniqueCount="159" xml:space="preserve">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="239" uniqueCount="167" xml:space="preserve">
   <si>
     <t>Datering</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
@@ -749,50 +749,90 @@
 Andreas Warberg</t>
   </si>
   <si>
     <t>Jættestuen findes i Snave på Hindsholm nord for Kerteminde. 
 Kirkeby: Henne Kirkeby ved Fiilsø</t>
   </si>
   <si>
     <t>Fjeren var fra en snespurv.
 Johannes Larsen har haft influenza. Derefter fik han besøg af Else og Johannes V. Jensen.
 Johan/Lysse med familie kan ikke komme i pinsen, for grevinde Knuth og Elisabeth kommer, og de skal til Tønder, Rømø mm. 
 Jeppe har fundet en skadeunge.
 Der er rotter i værkstedet.
 Larsen laver illustrationer til Den Grimme Ælling.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/BZ1Q</t>
   </si>
   <si>
     <t>Kjerteminde 2 Juni 1949.
 Kære Bimse og Lysse!
 Tak for Jeres Brev. Jeg maa vel hellere begynde med de Fjer. De var af en Snespurv Hun eller Unge. Grunden til at jeg ikke fik svaret omgaaende var den at jeg en af de sidste Dage af April fik Influensa, og laa 8 Dage med Feber og var omtrent lige saa længe om at komme i Orden igen. Dagen efter Pufs Fødselsdag fik vi Besøg af Else og Johs V. som blev her til om Mandagen. Det var dejligt Vejr og vi fik kørt dem et Par Ture. Til Jættestuen ved Snave og Dagen efter til Stranden ved Bøgebjerg. Jeres Planer om et Pintsebsøg kan ikke blive til noget. Grevinden og Elisabeth kommer her i Morgen og bliver Pintsen over, og den 7 skal vi til Tønder hvor vi er inviteret af Kommandanten og jeg skal blive der en Uges Tid og bl.a. til Rømø og Slesvig. Jeg haaber ikke at Turen op gennem Jylland til Frederikshavn og Göteborg til Båxhult gaar i Vasken den har jeg glædet mig til og jeg har sørget for Natlogi paa Kongsø hos Hostrup Schultz’s, dersom det bliver i Ferien. Vi er ogsaa inviteret til at overnatte hos Dede, der var her forleden og i Kirkeby kan vi jo ogsaa overnatte. Jeppe var i Gaar i Revninge og kom hjem med en Skadeunge. Vi har lige fanget en Rotte i Værkstedet og før jeg var der ovre saa jeg en Unge og da jeg kom tilbage med noget Leverpostejmad til at lægge i Fælden var der 2. Jeg slider i det med Illustrationerne til ”den grimme Ælling” og har faaet lavet et Par og Tyve færdig og tegnet 2 i Dag. Jeg skulde gerne se at faa det Arbejde fra Haanden saa jeg kunde komme til at bestille noget ordentlig. Mange Hilsener til Jer allesammen fra Jeres 
 JL. 
 P.S.
 Det er et dejligt Vejr, det regner hver Nat og for det meste ogsaa om Dagen.
 JL.</t>
+  </si>
+  <si>
+    <t>1951-10-23</t>
+  </si>
+  <si>
+    <t>Christa Knuth</t>
+  </si>
+  <si>
+    <t>København
+Kastelsvej 23</t>
+  </si>
+  <si>
+    <t>Refshalevej 16 Maribo</t>
+  </si>
+  <si>
+    <t>Johannes Larsen havde opholdt sig en lille måned hos sin søn og svigerdatter i Småland.
+Else Jensen, som var enke efter Johannes V. Jensen, boede på Kastelsvej i København.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen havde en dejlig tur til Sverige og Norge og hjem over Frederikshavn. Han er nu i København.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/sZxx</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Lensgrevinde
+Chr. Knuth
+Refshalevej 
+Maribo
+[På kuvertens bagside:]
+Johannes Larsen
+p.T. Kastelsvej 23
+Ø.
+[I brevet:]
+Kjøbenhavn Tirsdag 23 Octr 1951.
+Kære Grevinde. 
+Som Du ser er jeg nu i Kjøbenhavn, Vi havde en pragtfuld Tur i Sverige og en lille Svip ind i Norge og over Göteborg – Frederikshavn til Kjerteminde og videre hertil. Jeg tænker paa at rejse herfra Fredag eller Lørdag, hvordan passer det Dig. Øbro 23 – 93. Jeg er her i Huset hver Dag inden Kl. 9 om Morgenen Jeg glæder mig til at se Dig – Mange Hilsener fra
+Din hengivne 
+Johannes Larsen.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="100" formatCode="yyyy/mm/dd"/>
     <numFmt numFmtId="101" formatCode="yyyy/mm/dd hh:mm:ss"/>
     <numFmt numFmtId="102" formatCode="yyyy-mm-dd"/>
   </numFmts>
   <fonts count="7">
     <font>
       <name val="Arial"/>
       <sz val="11"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
@@ -869,59 +909,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/2UHG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/920F" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/b99kBWn9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/I5WSEsCR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SVQV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/3Z5o835V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/l3DdFWRx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/qvTz6ZyO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/oPV4dgqR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/qCJp7IkF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/KTBGF6hy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WHcS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/GSdQb9Fw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/nl7aMJ1j" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dGB1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/tKAKXG91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/QzxzDSBa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/qPIAJ4GQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/NqdWSk9Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/3rU2TbmY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/HE09QJq2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/YMKxiB52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IwBB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LGaA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VJ39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BOKX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9eus" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dfkr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BZ1Q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/2UHG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/920F" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/b99kBWn9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/I5WSEsCR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SVQV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/3Z5o835V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/l3DdFWRx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/qvTz6ZyO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/oPV4dgqR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/qCJp7IkF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/KTBGF6hy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WHcS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/GSdQb9Fw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/nl7aMJ1j" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dGB1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/tKAKXG91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/QzxzDSBa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/qPIAJ4GQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/NqdWSk9Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/3rU2TbmY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/HE09QJq2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/YMKxiB52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IwBB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LGaA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VJ39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BOKX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9eus" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dfkr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BZ1Q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sZxx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M30"/>
+  <dimension ref="A1:M31"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -2311,78 +2351,124 @@
           <t/>
         </is>
       </c>
       <c r="G30" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H30" s="5" t="s">
         <v>154</v>
       </c>
       <c r="I30" s="5" t="s">
         <v>155</v>
       </c>
       <c r="J30" s="5" t="s">
         <v>148</v>
       </c>
       <c r="K30" s="5" t="s">
         <v>156</v>
       </c>
       <c r="L30" s="6" t="s">
         <v>157</v>
       </c>
       <c r="M30" s="5" t="s">
         <v>158</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" s="5" t="s">
+        <v>159</v>
+      </c>
+      <c r="B31" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C31" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D31" s="5" t="s">
+        <v>160</v>
+      </c>
+      <c r="E31" s="5" t="s">
+        <v>161</v>
+      </c>
+      <c r="F31" s="5" t="s">
+        <v>162</v>
+      </c>
+      <c r="G31" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H31" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I31" s="5" t="s">
+        <v>163</v>
+      </c>
+      <c r="J31" s="5" t="s">
+        <v>126</v>
+      </c>
+      <c r="K31" s="5" t="s">
+        <v>164</v>
+      </c>
+      <c r="L31" s="6" t="s">
+        <v>165</v>
+      </c>
+      <c r="M31" s="5" t="s">
+        <v>166</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>
     <hyperlink ref="M13" r:id="rId18"/>
     <hyperlink ref="M14" r:id="rId19"/>
     <hyperlink ref="M15" r:id="rId20"/>
     <hyperlink ref="M16" r:id="rId21"/>
     <hyperlink ref="M17" r:id="rId22"/>
     <hyperlink ref="M18" r:id="rId23"/>
     <hyperlink ref="M19" r:id="rId24"/>
     <hyperlink ref="M20" r:id="rId25"/>
     <hyperlink ref="M21" r:id="rId26"/>
     <hyperlink ref="M22" r:id="rId27"/>
     <hyperlink ref="M23" r:id="rId28"/>
     <hyperlink ref="M24" r:id="rId29"/>
     <hyperlink ref="M25" r:id="rId30"/>
     <hyperlink ref="M26" r:id="rId31"/>
     <hyperlink ref="M27" r:id="rId32"/>
     <hyperlink ref="M28" r:id="rId33"/>
     <hyperlink ref="M29" r:id="rId34"/>
     <hyperlink ref="M30" r:id="rId35"/>
+    <hyperlink ref="M31" r:id="rId36"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>