--- v2 (2026-01-14)
+++ v3 (2026-03-06)
@@ -5,834 +5,834 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="239" uniqueCount="167" xml:space="preserve">
   <si>
-    <t>Datering</t>
+    <t>Datering/Værktitel</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
   <si>
     <t>Arkivplacering</t>
   </si>
   <si>
     <t>Dokumentindhold</t>
   </si>
   <si>
     <t>URL</t>
   </si>
   <si>
     <t>Transskription</t>
   </si>
   <si>
+    <t>1924-08-13</t>
+  </si>
+  <si>
+    <t>Brev</t>
+  </si>
+  <si>
+    <t>Johannes Larsen</t>
+  </si>
+  <si>
+    <t>Alhed Larsen</t>
+  </si>
+  <si>
+    <t>Frederikshavn</t>
+  </si>
+  <si>
+    <t>Frederikshavn
+Læsø
+Grenaa
+Anholt</t>
+  </si>
+  <si>
+    <t>Achton Friis
+Carl Henrik Sthyr</t>
+  </si>
+  <si>
+    <t>I midten af Juni 1924 sejlede Johannes Larsen og Achton Friis med Rylen på det sidste sommertogt omkring til øer i Limfjorden og til bla. Læsø og Anholt.
+Rylen - en ombygget Kerteminde fiskerbåd - fungerede i 1921-25 som ekspeditionsskib for JL og AF, der forberedte bogværket De Danskes Øer. Skibet fungerer nu som museumsskib for Østfyns Museer.
+1 dansk mil er lig 1,6 km.</t>
+  </si>
+  <si>
+    <t>Det Kongelige Bibliotek</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har fået malet en del på Læsø og overnatter nu i Frederikshavn inden sejlturen til Anholt næste dag.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/WHcS</t>
+  </si>
+  <si>
+    <t>Fortrykt:
+DOMMERGAARDEN
+Frederikshavn.
+Herefter med håndskrift:
+13. August 1924
+Kæreste Alhed!
+Ja nu sidder vi her hos Styhr. Vi sejlede Kl. 7 i Mrgs fra Læsø og skal spise Frokost og Middags her, bl.a. Hummer, medtaget fra Læsø. I Morgen Kl meget tidlig vist 4 1/2 skal vi med Toget til Grenaa, overnatte der og saa sejle til Anholt, det er en forbavsende lang og langsom Rejse for at komme de ca 10 Mil den ligger fra Læsø. jeg tror ikke jag kan faa mere end et Brev paa Anholt, det kommer an paa Posten fra Kjerteminde gaar om ad Kjøbenhavn eller ad Grenaa. Jeg skal hilse mange Gange fra Sthyrs og Friis. Det ser ud til Regn nu, men vi har jo ogsaa haft et ualmindeligt vedholdende mildt Vejr paa Læsø. I Gaar havde jeg en streng Dag, jeg cyklede mellem 5 og 6 Mil og lavede 4 Tegninger, saa jeg har i det hele faaet lavet 31 derovre. Det er helt behageligt nu at skulde tilbringe en hel Dag med ikke at bestille noget, det er den første Fridag siden vi kom hertil. Vi tager unge Sthyr med til Anholt som Lastdrager. Vi skal have megen dejlig Druk i Dag. Mange kærlige Hilsner.
+Din
+JL.</t>
+  </si>
+  <si>
+    <t>1951-10-23</t>
+  </si>
+  <si>
+    <t>Christa Knuth</t>
+  </si>
+  <si>
+    <t>København
+Kastelsvej 23</t>
+  </si>
+  <si>
+    <t>Refshalevej 16 Maribo</t>
+  </si>
+  <si>
+    <t>Johannes Larsen havde opholdt sig en lille måned hos sin søn og svigerdatter i Småland.
+Else Jensen, som var enke efter Johannes V. Jensen, boede på Kastelsvej i København.</t>
+  </si>
+  <si>
+    <t>Brevet er i privateje</t>
+  </si>
+  <si>
+    <t>Johannes Larsen havde en dejlig tur til Sverige og Norge og hjem over Frederikshavn. Han er nu i København.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/sZxx</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Lensgrevinde
+Chr. Knuth
+Refshalevej 
+Maribo
+[På kuvertens bagside:]
+Johannes Larsen
+p.T. Kastelsvej 23
+Ø.
+[I brevet:]
+Kjøbenhavn Tirsdag 23 Octr 1951.
+Kære Grevinde. 
+Som Du ser er jeg nu i Kjøbenhavn, Vi havde en pragtfuld Tur i Sverige og en lille Svip ind i Norge og over Göteborg – Frederikshavn til Kjerteminde og videre hertil. Jeg tænker paa at rejse herfra Fredag eller Lørdag, hvordan passer det Dig. Øbro 23 – 93. Jeg er her i Huset hver Dag inden Kl. 9 om Morgenen Jeg glæder mig til at se Dig – Mange Hilsener fra
+Din hengivne 
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>14. aug. 1924</t>
+  </si>
+  <si>
+    <t>Dagbog</t>
+  </si>
+  <si>
+    <t>Dagbogen er en natur og fugle beskrivelse af rejsen med sejlskibet "Rylen" til øerne i Kattegat.
+Rejsens formål er indsamling af materiale til Acton Friis, "De Danskes Øer", der på 1.200 sider i 3 bind beskriver livet, naturen, historien og kulturen på de danske øer i 1920'erne</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/nl7aMJ1j</t>
+  </si>
+  <si>
+    <t>31. jul. 1924</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/3Z5o835V</t>
+  </si>
+  <si>
+    <t>12. aug. 1911</t>
+  </si>
+  <si>
+    <t>Anna Ancher
+Michael Ancher
+Frederik Gad Clement</t>
+  </si>
+  <si>
+    <t>Johannes Larsen er på cykeltur i Jylland og besøger bla. Anna og Michael Ancher.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/I5WSEsCR</t>
+  </si>
+  <si>
+    <t> 7. aug. 1911</t>
+  </si>
+  <si>
+    <t>Degn Brøndum</t>
+  </si>
+  <si>
+    <t>Johannes Larsen er på cykeltur i Jylland.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/b99kBWn9</t>
+  </si>
+  <si>
+    <t> 4. aug. 1924</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/qvTz6ZyO</t>
+  </si>
+  <si>
+    <t>13. aug. 1924</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/GSdQb9Fw</t>
+  </si>
+  <si>
+    <t> 3. aug. 1924</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/l3DdFWRx</t>
+  </si>
+  <si>
+    <t> 7. aug. 1924</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/oPV4dgqR</t>
+  </si>
+  <si>
+    <t>16. aug. 1924</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/tKAKXG91</t>
+  </si>
+  <si>
+    <t>17. aug. 1924</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/QzxzDSBa</t>
+  </si>
+  <si>
+    <t>19. aug. 1924</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/qPIAJ4GQ</t>
+  </si>
+  <si>
+    <t>12. aug. 1924</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/KTBGF6hy</t>
+  </si>
+  <si>
+    <t> 9. aug. 1924</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/qCJp7IkF</t>
+  </si>
+  <si>
     <t>1888-04-29</t>
   </si>
   <si>
-    <t>Brev</t>
-[...1 lines deleted...]
-  <si>
     <t>Vilhelmine  Larsen</t>
-  </si>
-[...1 lines deleted...]
-    <t>Johannes Larsen</t>
   </si>
   <si>
     <t>Kerteminde</t>
   </si>
   <si>
     <t>København</t>
   </si>
   <si>
     <t>Frederikshavn
 Præstø Kirke</t>
   </si>
   <si>
     <t>Johannes  Holm
 Adolph Larsen
 Georg Larsen
 Jens Olsen
 Christine Swane</t>
   </si>
   <si>
     <t>Addy, Kjerteminde og Samson er skibe tilhørende Johannes Larsens far, IA Larsen.
 Småfolkene må være Adolph og Christine, Johannes Larsen yngre søskende.</t>
-  </si>
-[...1 lines deleted...]
-    <t>Det Kongelige Bibliotek</t>
   </si>
   <si>
     <t>Isen er smeltet. Johannes Larsen skal fortælle, hvilken dag han kommer hjem. Der er kommet en ny lærling i købmandsgården.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/2UHG</t>
   </si>
   <si>
     <t>Kjerteminde den 29 April 1888
 Kjære Johannes!
 Nu i dag kan jeg førs[papir mangler] Skjorten og en Deel af [papir mangler]ne reen og varmt paa[papir mangler] bad Dig om at skrive m[papir mangler] op men da jeg hører [papir mangler] kommer Du vel saa[papir mangler] færdige med Modellen, vær nu sød og skriv os Dagen for her ere jo et par Smaafolk som endelig vil hente Johannes Larsen, vi ere raske, Fuglene har Fred , Kanariehunnen har lagt 1 Æg stort mere bryder Du dig vel ikke om at vide, jo det er sandt vi har antaget en Lærling han er fra Odense, hedder Johannes Holm er Søn af en Bogholder – han er 17 Aar – og omtrent paa Georgs Højde, det var jo ikke rigtig tilpas for han [papir mangler] nu haabe at det skal blive [papir mangler] bo hos Georg, derfor maa d[papir mangler] oppe hos Dig
 Endelig gik Isen iforgaars forrige Gang var det kun en eneste Dag saa kom den [papir mangler] en anden Kant og tyk og fast [papir mangler] herind og blev siddende [ papir mangler]derlig naar det er saanær [papir mangler]synet saa har vi ingen Lyst [papir mangler]ive jeg er nu desuden saa op[taget af ] Rengjøring da vi skal skifte [papir mangler] saa er du vel ogsaa glad [papir mangler] hører at vi ere raske
 Jens Olsen ligger her med ”Addy”, den skal til Præstø, i dag kom ”Kjerteminde”, men Samson maa losse i Frederikshavn til stor Skade for os
 Skriv nu endelig hvad Dag Du kommer 
 Hils Alle Venner
 Din trofaste Moder
 Jakken kommer imorgen</t>
   </si>
   <si>
+    <t>1924-08-14</t>
+  </si>
+  <si>
+    <t>Samsø
+Frederikshavn
+Djursland
+Stavre, Kerteminde</t>
+  </si>
+  <si>
+    <t>Alhed Marie Brønsted
+Ellen Brønsted
+Else Birgitte Brønsted
+Peter Oluf Brønsted
+Esben Hansen
+Erik Henrichsen
+Andreas Larsen
+Johan Larsen
+Christine Swane
+Lars Swane
+Leo Swane</t>
+  </si>
+  <si>
+    <t>Der levede flere grever ved navn Ahlefeldt i 1924, så det kan ikke afgøres, hvem de besøgende var.</t>
+  </si>
+  <si>
+    <t>Grev Ahlefeldt har ringet om et billede, han ville købe, og Alhed måtte stå op kl. 5 for at ordne huset. Han købte et Fiilsøbillede for 3500 kr. Godt, for kassen var tom.
+Leo Swane (Skriveswane) er kommet på uventet besøg.
+Alhed og drengene har været på tur til Stavre. Gæsterne er rejst.
+Det er trist, at Johannes Larsen ikke kommer med på (cykel)turen, men Alhed og Johan Larsen tager afsted en uge.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/dGB1</t>
+  </si>
+  <si>
+    <t>Kæreste Lavsi!
+Gud ved hvornaar Du faar dette, jeg havde forstaaet Du tog fra Frederikshavn Onsdag, ellers kunde jeg have naaet at skrive en Gang til. I Aftes ringede Grev Ahlefeldt om han og hans Mor kunde komme i Dag og købe et Billede til Grevindens Sølvbryllup. Jeg [ordet overstreget] Her saa rædselsfuldt ud overalt, ikke en Blomst i Vand, saa vi maatte op Kl. 5 og ordne Drivhus og Stuer og det hele og her blev halvsent fint til de kom Kl. 2. Tænk sig de købte det store Fiilsøgaasebillede 3500, var det ikke storartet! Jeg ringede det strax ud til Esben, der ogsaa blev mægtig glad, jeg havde netop i Gaar maattet ringe om 1000 Kr. til Thermin o.s.v. og Kassen var meget mere end tom. De var uhyre elskværdige, Grevinde Ahlefeldt er en uhyre elskværdig og nydelig gammel Dame. – Der gaar muligvis ogsaa Rørspurven til Kunsth. Henrichsen i Odense ÷ 20 %. Saa det gaar jo helt godt. – Skriveswane kom ganske uventet i Forgaars, Tirsdag, han bliver kun nogle Dage, har Ring paa og skal giftes i næste Maaned. Vi fejrede det gode Salg i Dag med at sende Bud efter en Fl. Madeira som vi nød til en Eftermiddagsbridge, Sw., Lysse, Lomme og jeg. I Aftes kom Gamle hjem et lille Svip, da vi havde ringet at Sw. var her. Jeg har ellers været flittig med Trykkeriet i disse Dage, mangler nu kun 32 [tallet overstreget] 32. – Jeg skrev sidst i Søndags, det kom med til Toget. Kl. 9 fik Puf mig med ud paa en Sejltur til Stavre i henrivende stille Vejr, vi maatte ro næsten hele Turen. Vi havde Primus med i Baaden og lavede Kaffe i Skoven, hvortil Lysse og Bes var kommen paa Motorcykle, Peter, Mudi paa alm. Cykler. – Puf kørte saa mig hjem paa Motoren for at vi kunde være hjemme ½ 2 til Uglen. – Uglen og Lasse rejste Onsdag, Magisterbørnene Tirsdag. – Det er meget kedeligt at Du ikke kommer med paa Turen, Puf vist heller ikke. Men saa maa Lysse og jeg jo køre af Sted alene, han skal være i Kjbn. d. sidste August, under 8 Dage kan vi dog ikke være borte, og vi maa have et Par dage herhjemme til at ordne Tøj. Det bliver vist Samsø og Djursland. – Nu ikke mere
+1000 Hilsner fra os alle Din
+A.
+Torsdag</t>
+  </si>
+  <si>
+    <t>1927-05-29</t>
+  </si>
+  <si>
+    <t>Brevkort</t>
+  </si>
+  <si>
+    <t>Lars Swane</t>
+  </si>
+  <si>
+    <t>Christine Swane</t>
+  </si>
+  <si>
+    <t>Hjørring</t>
+  </si>
+  <si>
+    <t>Holger Drachmann
+Marie Krøyer
+Peder Severin Krøyer
+Christine Swane</t>
+  </si>
+  <si>
+    <t>Det var højst sandsynligt Lasses far, Sigurd Swane, som tilføjede kommentaren: Det går godt med Lasse.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, Christine Swane Breve, kasse 1, kuvert 1, 2002/61, A8,lb11.</t>
+  </si>
+  <si>
+    <t>Lasse er på ferie ved Skagen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/IwBB</t>
+  </si>
+  <si>
+    <t>[Fortrykt på kortets adresseside:] [ Logo]
+BREVKORT:
+[Håndskrevet på kortets adresseside:]
+Fru C Swane
+Falkonerallé 5 III
+København F
+Sjælland
+[Håndskrevet på bagsiden]
+29/5-27 Til Lykke 
+Kære Moder
+Jeg var ikke søsyg paa Damperen. Vi kom en 1½ Time for sent til Frederikshavn. Vi gik idag til den tilsandede Kirke [tilføjet] fra Hulsig til Skagen hvor vi har set Drachmans Hus og Grav, og Kreuers Hus, Grenen. Paa den ene Side af Grenen [Håndskrevet på kortets adresseside:] var der gode Bølger paa den anden Side er det blikstille
+Hilsen fra Lasse
+Jeg skriver igen i Morgen
+[Skrevet på hovedet på kortets bagside:] Det gaar godt med Lasse</t>
+  </si>
+  <si>
     <t>1897-05-27</t>
-  </si>
-[...1 lines deleted...]
-    <t>Alhed Larsen</t>
   </si>
   <si>
     <t>Laura Warberg</t>
   </si>
   <si>
     <t>Dora -
 Ellen Agnete Amstrup
 Niels Elgaard Amstrup
 Johanne Christine Larsen
 Hempel Syberg
 Albrecht  Warberg</t>
   </si>
   <si>
     <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2126</t>
   </si>
   <si>
     <t>Alhed har haft to onkler samt lille Nete til middag.
 En lærling fra Gelskov er druknet i åen.
 Laura Warbergs blomster har det godt.
 Alhed håber, at Laura nyder tilværelsen og kommer hjem ung og smuk.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/920F</t>
   </si>
   <si>
     <t>Far og Johanne hilser
 Kære Mor!
 Du skal dog havet et Par Ord fra os i Morgen i Anledning af at det er Eders Bryllupsdag. Vi opleve jo ellers ikke store Sager som det er værd at fortælle om, men lidt kan der jo altid være. Johanne kom hjem fra Kjbn. Tirsdag Morgen og har Madugen i denne Uge. Vi have Onkel Syberg og Onkel Amst til ["til" overstreget] med lille Nete til Middag i Dag, jeg skrev til Frederikshavn efter Rødspætter og var dernede med Dora ved 1/2 9 Toget i Morges, men der var desværre ingen, saa fik de Suppe i Kopper med ristet Brød, Karbonade med Kartoffelmos og Asparges samt Rabarbergrød. Paa Lørdag skal vi til Ølstedgaard til Middag, vi ere bedte paa Slikasparges. - - Her er sket noget meget uhyggeligt i Formiddags, én af Gelskovs Lærlinge er druknet ved Badning hernede i Aaen, han fik nok Krampe og døde strax. Det er vist paa vort Badested, saa vi gaa vist ikke i for det første. - 
 Det er rigtignok rart, at Du har det saa godt og morer Dig saa udmærket, bliv endelig borte saa længe Du kan, at Du rigtig kan samle Kræfter for Sommeren. - Dine Blomster stae gennemgaaende godt -, Du har et Par pragtfulde Pelargonier, Aralien er god uden gule Blade, - Roserne mindre godt, den ene er udsprungen, men den anden slet ikke god; de smaa i Gangvinduet gro godt og Skuddene fra Tante gro vist alle; men "Cosmus", der blev plantet i Urtepotte gae vist alle ud, de strittede brillant at begynde med, men falde den ene efter den anden, de stae i Skygge, saa jeg ved ikke, hvad der er i Vejen med dem. Rabatterne udenfor er nydelige, Tulipanerne store og smukke, og ["og" overstreget] Stedmoderne fulde af Blomstere ["e" i slutningen af ordet overstreget] og Stauderne gode. Fader arbejder med største Flid i Haven flere Timer hver Dag, det har han vist brillant af, - vi vente ogsaa at se Dig komme ung smuk og mager tilbage, saa kan I blive et kønt Par endnu. Du skriver jo rigtignok at Du lever saa godt, men Du gaar da forhaabentlig ligesaa rask af Dig paa lange Ture. -
 Nu kun mange Hilsener til Alle flest til Dig selv fra Din Alhed
 27-5-97
 Far skal i Kareth til Arreskov i Morgen, jeg har gjort ham opmærksom paa, at det saa akkurat er et Aar [det følgende skrevet op langs højre margen] siden den var ude.</t>
   </si>
   <si>
-    <t> 7. aug. 1911</t>
-[...25 lines deleted...]
-    <t>https://fynboerne.ktdk.dk/n/I5WSEsCR</t>
+    <t>1937-09-13</t>
+  </si>
+  <si>
+    <t>Marie Larsen</t>
+  </si>
+  <si>
+    <t>Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Mary Boisen
+Thora Cohn
+Andreas Larsen
+Johanne Christine Larsen
+Else Larsen, Else, Andreas Larsens kone
+- Müller, Frk. 
+Christine Swane
+Ane Talbot
+Gunnar Tinesen
+Erik Warberg Larsen</t>
+  </si>
+  <si>
+    <t>Laura/Bibbe Warberg Petersen opholdt sig i England, da hun modtog brevet. 
+Båxhult var en af Larsen-familiens skovgårde i Småland. 
+Det vides ikke, hvem Bent var, og det er uklart, hvem "de små", som nævnes i brevet, var. 
+Overskuddet fra ”Kvindernes Udstilling fra Fortid og Nutid” i 1895 gik til opførelsen af til en kvindernes bygning, som var verdens første større bygning af kvinder og for kvinder. Christine Swane solgte i 1937 maleriet "Udsigt i Tisvilde Hegn" til Ny Carlsbergfondet, som forærede det til Kvindernes Bygning. https://www.kvindernesbygning.dk/kvindernes-bygnings-historie-copy-3/</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0414</t>
+  </si>
+  <si>
+    <t>Andreas/Puf og Else Larsen har kørt Johannes Larsen/Las til Båxhult. 
+Marie Larsen har hjulpet med høst, tærskning og brænde. Frk. Müller har været på besøg.
+Erik/Tinge og Mary har fået indrettet en dejlig stue. 
+Christine Swane/Tante Ugle har for de penge hun fik for maleriet til "Kvindernes Bygning" købt en trekant jord, så haven er blevet udvidet. Hun sælger godt, og der kommer snart en kunsthandler på besøg.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/9eus</t>
+  </si>
+  <si>
+    <t>[S. 2. S. 1 og 3 mangler]
+II
+vi hjem i et vidunderligt Måneskin. – 
+Tirsdag d:24, kørte Puf og Else mig herop, men måtte af Sted med det samme, de skulde næste Morgen køre til Båxhult med Las, de var kun deroppe en Dag sejle hjem over Gøteborg - Frederikshavn og havde haft en lang [”lang” overstreget] dejlig Tur, ikke ret lang, (de var kun borte i 5 Dage) men Puf havde travlt og de vilde heller ikke være saa længe borte fra Børnene; - 
+Jeg tog det med Ro i Kerteminde for jeg vidste jo at Gunnar var her og hjalp dem med Høsten, han rejste Dagen efter at jeg var kommen, så jeg kom ligetilpas til at hjælpe med de sidste Læs Korn og al Rivningen, en Dag har jeg ogsaa hjulpet Tinge med at tærske Rivning; så har Tinge og jeg også båret en vældig Stak Rubrænde i Hus, bagefter savede Tinge alle de tykke Stykker, jeg bar dem ind og bagefter gjorde vi rent i Gården så, den var så fin da Frk. Müller kom, vi har været nogle dejlige Ture mens hun var her, men det har Din Mor vel fortalt Dig om; Tante Ugle har jo været en Uge i Kertem. en Dag var hun her; hun rejste i Går jeg tog derud i Går Formiddags, egentlig skulde jeg have bleven der, men Frk Müller var jo lige rejst så de vilde nødig af med mig også, derfor tog jeg tilbage med 5 Bilen og tager så til Kertem. i Morgen og bliver et Par Dage inden jeg rejser til Birkerød; de små var med ned til Bilen, de var aldeles ens klædt på med hvide Bluser og lyseblaa tærnede Bukser med Remme op over Skuldrene og hen over Brystet, de var aldeles bedårende. – Tinge og Mary har fået en yndig Stue der er rigtignok også Billeder på Væggene, så det kan forslå og hvor er det dejligt, at Din Mor har så god Hjælp at hun kan tage den mere med Ro og ikke være så bunden, som nu da Frk. Müller var her og kunne gå alle de dejlige Ture og vide at der var en der tog sig af det herhjemme. -
+Tænk at I nu snart skal til at vende Næsen hjemefter søde Bibbe, hvor jeg glæder mig til at se Jer, men det bliver vel næppe før til Jul, men der er jo også kun 3 Måneder til, den Tid kan snart gå; bare I nu må få godt Vejr til Jeres Tur så kan det blive interessant og morsomt, mon vi ikke vi får et lille Kort en Gang, mens I er på Vandring?
+Mon Du har hørt at Tante Ugle købte den Trekant Jord bag ved Haven, da hun havde solgt det store Billede til ”Kvindernes Hus”, en Bestilling af Carlsbergfondet; Haven er bleven så dejlig og nu får vi ingen op ad os, selv om der med Tiden bliver solgt nogle Byggegrunde; er det dog ikke dejligt at Uglen nu sælger så godt; hun havde haft Brev fra en Jud [”Jud” overstreget] Kunsthandler i Jylland som før har købt af hende at han gerne vilde købe 4 Billeder, han vilde komme midt i Måneden, det bliver spændende hvilke han vælger, han skal naturligvis have dem billigt, men det må da blive adskillige 100 Kr. – Uglen fik malet 7 Billeder, og nogle Aqvareller ovre i x [Resten af brevet mangler]
+[Skrevet på hovedet øverst på s. 2:]
+d.13 – 9.
+Jeg har set Bent 2 Gange, han var i Kerteminde en Aften mens jeg var der og - Fredagsaften var han her - - I Nat og i Dag har det regnet dejligt 27 mm, det tiltrængtes hårdt så alle er glade, vi håber på mere. Rie.</t>
+  </si>
+  <si>
+    <t>1935-06-28</t>
+  </si>
+  <si>
+    <t>Elise Hansen</t>
+  </si>
+  <si>
+    <t>Elena Larsen</t>
+  </si>
+  <si>
+    <t>Den store begivenhed: Elena Larsen ventede barn nummer to. 
+"rico di ogni bene": Rigt på alt godt. Elena Italia Hansen var født i Italien. 
+Fortjenstmedaljen er formodentlig en vittighed og måske et lille smykke givet i anledning af, at Elena Larsen var gravid med barn nummer to.</t>
+  </si>
+  <si>
+    <t>Elisa Hansen har fået en opsigelse hvad angår boiligen. Hun har en stor lejlighed på Enghave Plads i kikkerten og tror, at hun tager den.
+Harald er blevet gift.
+Den følgende dag kører Elisa m.fl. til Faaborg og videre derfra til Aalborg og Båxhult.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/BOKX</t>
+  </si>
+  <si>
+    <t>Kære Bamsebøsse.
+Til Lykke med Fødselsdagen, jeg haaber, at det nye Aar og den store Begivenhed, som indtræffer, maa blive saa vellykket, at det bliver et Standartaar, "rico di ogni bene," som det saa smukt hedder i dit Fødelands Sprog. Vi lever i stor Sindsbevægelse i disse Dage. Netop som vi fik Kældrene fyldt med Vinterens Brændselsforsyning, kom der en Opsigelse - Fraflytning til Oktober Flyttedag. Paa en Maade er det meget rart, thi Støjen nedefra, er begyndt at gaa mig paa Nerverne, men jeg tror saamænd ikke, at jeg kunde tage mig sammen til selv at sige op. Er det ikke ogsaa mærkeligt, at en Lejlighed paa Enghaveplads, som jeg tit har syntes kunde være ønskværdig, netop er ledig. Det er Huset ved Siden af Kirken, og der er frit baade for og bag, fire meget ordentlige ikke særlig spændende Værelser, lille Køkken, godt Badeværelse og Pigekammer, et stort pænt Pulterkammer, hvor jeg kan have Billeder og overflødigt Gods staaende. Saa kunde jeg faa 2 Værelser, Kylle et ret stort, Lis et mindre og i Pigeværelset kan jeg have Klædeskab og en Seng til dig og hvem der ellers har Lyst at sove der. Der er Sol og frisk Luft, jeg tror jeg tager den. Prisen er 1150 Kr og nu giver jeg 600, Kylle 300, saa det er jo til at overkomme, det maa kaldes billigt. Det er paa 3die Sal, øverste Etage, saa det er nemt at komme op paa Loftsværelset. Nu er Harald gift, han faar ikke det bedste Skudsmaal af Ida og Monna, som har deres Viden fra Knud, som ellers aldrig udtaler sig uforbeholdent, særlig ikke om Familieaffærer, saa jeg er bange for det er en Bus, nu faar vi se. Jeg tænker næsten, vi tager afsted i Morgen Lørdag over til Faaborg, hvor vi bliver et Par Dage, saa naturligvis over Lillebæltsbroen op gennem Jylland. Louise har bedt os meget om at komme til Aalborg paa et lille Besøg, saa kan vi tage fra Frederikshavn til Gøteborg og derfra den yndige Tur til Båxhult. Jeg tænker næsten, at vi omkring d 10 eller 12te Juli har faaet nok af at flakke rundt, og tænker med Glæde paa at falde til Ro paa Båxhult.
+Nu vil jeg da haabe, at Pakken naar dig paa Dagen, og vil du saa ikke gaa op og søge i Skuffen paa Medicinskabet, der vil du finde en Salt- og Peberfugl samt Fortjenstmedaille i Guld med Brillanter. Og saa sender jeg de kærligste Hilsener til jer alle tre.
+Din
+hengivne
+Mos
+28-6-35.</t>
+  </si>
+  <si>
+    <t>1949-06-02</t>
+  </si>
+  <si>
+    <t>Elena Larsen
+Johan Larsen</t>
+  </si>
+  <si>
+    <t>Jens Hostrup-Schultz
+Else Jensen
+Johannes V. Jensen
+Christa Knuth
+Elisabeth Knuth
+Andreas Larsen
+Jens Larsen
+Jonas Larsen
+Peter Andreas Larsen
+Alhed  Møhl, Lysses datter
+Andreas Warberg</t>
+  </si>
+  <si>
+    <t>Jættestuen findes i Snave på Hindsholm nord for Kerteminde. 
+Kirkeby: Henne Kirkeby ved Fiilsø</t>
+  </si>
+  <si>
+    <t>Brevet er i privateje, A</t>
+  </si>
+  <si>
+    <t>Fjeren var fra en snespurv.
+Johannes Larsen har haft influenza. Derefter fik han besøg af Else og Johannes V. Jensen.
+Johan/Lysse med familie kan ikke komme i pinsen, for grevinde Knuth og Elisabeth kommer, og de skal til Tønder, Rømø mm. 
+Jeppe har fundet en skadeunge.
+Der er rotter i værkstedet.
+Larsen laver illustrationer til Den Grimme Ælling.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/BZ1Q</t>
+  </si>
+  <si>
+    <t>Kjerteminde 2 Juni 1949.
+Kære Bimse og Lysse!
+Tak for Jeres Brev. Jeg maa vel hellere begynde med de Fjer. De var af en Snespurv Hun eller Unge. Grunden til at jeg ikke fik svaret omgaaende var den at jeg en af de sidste Dage af April fik Influensa, og laa 8 Dage med Feber og var omtrent lige saa længe om at komme i Orden igen. Dagen efter Pufs Fødselsdag fik vi Besøg af Else og Johs V. som blev her til om Mandagen. Det var dejligt Vejr og vi fik kørt dem et Par Ture. Til Jættestuen ved Snave og Dagen efter til Stranden ved Bøgebjerg. Jeres Planer om et Pintsebsøg kan ikke blive til noget. Grevinden og Elisabeth kommer her i Morgen og bliver Pintsen over, og den 7 skal vi til Tønder hvor vi er inviteret af Kommandanten og jeg skal blive der en Uges Tid og bl.a. til Rømø og Slesvig. Jeg haaber ikke at Turen op gennem Jylland til Frederikshavn og Göteborg til Båxhult gaar i Vasken den har jeg glædet mig til og jeg har sørget for Natlogi paa Kongsø hos Hostrup Schultz’s, dersom det bliver i Ferien. Vi er ogsaa inviteret til at overnatte hos Dede, der var her forleden og i Kirkeby kan vi jo ogsaa overnatte. Jeppe var i Gaar i Revninge og kom hjem med en Skadeunge. Vi har lige fanget en Rotte i Værkstedet og før jeg var der ovre saa jeg en Unge og da jeg kom tilbage med noget Leverpostejmad til at lægge i Fælden var der 2. Jeg slider i det med Illustrationerne til ”den grimme Ælling” og har faaet lavet et Par og Tyve færdig og tegnet 2 i Dag. Jeg skulde gerne se at faa det Arbejde fra Haanden saa jeg kunde komme til at bestille noget ordentlig. Mange Hilsener til Jer allesammen fra Jeres 
+JL. 
+P.S.
+Det er et dejligt Vejr, det regner hver Nat og for det meste ogsaa om Dagen.
+JL.</t>
   </si>
   <si>
     <t>1912-05-17</t>
   </si>
   <si>
     <t>Astrid Warberg-Goldschmidt</t>
   </si>
   <si>
     <t>Julie Brandt
 Bodild Branner
 Alhed Marie Brønsted
 Louise Brønsted
 - Gjerulff
 Adam Goldschmidt
 Alfred Goldschmidt
 Henriette Goldschmidt
 Ina  Goldschmidt
 Malin   Holmström-Ingers
 Bodild Holstein
 Else Jensen
 Eli Larsen</t>
   </si>
   <si>
     <t>Det kan ikke afgøres, hvem Trine og Grete var. Warberg-familien kendte flere med disse navne. Ligeledes er det uvist, hvem Eli var. Bodild kan være både Bodild Holstein og Bodild Branner.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2445</t>
   </si>
   <si>
     <t>Adam og Ina har været til deres farmors fødselsdag. Ina var nær ikke kommet med, fordi hun var forkølet. Efterfølgende forværrede Alfred det hele ved at give pigen en omfattende lusekur med hovedbade. 
 Astrid har været til fest hos Louise Brønsted. Hjemme igen var hun alene og nød god mad. Hendes gymnastikopvisning gik meget fint. Efter denne havde Astrid veninder med hjem.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/SVQV</t>
   </si>
   <si>
     <t>17/Maj 1912.
 Kære Mor!
 Tak for Brevet I Morges! Jeg sidder her ganske sammensunken, fordi det nu pludselig er forbi altsammen – den Gymnastik har alligevel længe holdt én i Spænding.
 Du kan tro det var en mærkelig ny Situation, da jeg Tirsdag Eftermiddag fulgte de Små ned til 3 Båden – hvor Alfred mødtes med os – de tre skulde til København at fejre Farmors Fødselsdag d 15ende. Nær var lille Sjums ikke kommen med på Gr.a. en slem Forkølelse ved de mange Hovedbade; Fredag havde hun Feber og var meget sløj, men da hun Lørdag Morgen var langt bedre, tog jeg alligevel til Birkerød, hvor Lugge fejredes med en meget vellykket lille Fest d 12te; de har fået det så yndigt alle Vegne – mange Forbedringer ude og inde – selv var de friske og fornøjede som altid – Lomme oppe et Par Timer om Søndagen – og bedre. Gæsterne kom til Kaffen ved 4 Tiden - Bodild – Pan – Eli – Larsen m Frue (Søster til Fru Arenholt) – Gjerulffs – Berthelsen og Fru Johs. V. Jensen. Vi var en dejlig Tur i Skoven – Kl 7 fin Aften med Masser af Spirituoser og høj Stemning. Alt meget vellykket. 
 Jeg tog hjem Mandag Kl 3 – efter først at have spist Frokost hos Bodild og Eli – samt afsendt en Sølvbrudegave til Trine [ulæseligt] til – 1 Krone – en meget smuk Kompotske med Perlemorsskaft. Da jeg kom herhjem fandt jeg Sjumses Forkølelse meget forværret – tænk Dig, så havde Alfred Aftenen før beordret hende indbalsameret i Lussemisktur (Håret) derom Håndklæder, dette våde lå den arme syge Sjums i hele Natten og fik næste Morgen Hovedbad! Mandfolk skulde rigtignok snakke med om Opdragelsen! Jeg var meget forfærdet – der var faktisk ingen Lus mere i hendes Hovede hverken Fredag eller Lørdag. Nå, men det gik altså – jeg gav hende Masser af varmt Undertøj på til Rejsen – og mere forkølet er hun da heller ikke bleven af Turen. Men altså den nye Situation – ganske alene hjemme fra Tirsdag. Onsdag nød jeg en uhyre ensom og fin, let Diner – kogte Frederikshavnsrødspætter - med mousserende Rihsvin – samt Rabarbergrød. Hentede så Grete på Banegården – vi gik en Tur i Parkerne – hjem til en hyggelig Aftensmad – og så til Opvisningen, der gik glimrende for et ret stort Publikum – alle Damer. De første Klapsalver bragede løs, da – jeg! – stod på Hænderne på Plinten, vel at mærke – begge Fløjmændene havde sprunget først – men uden Klap, jeg var også storartet oplagt havde Kæmpekræfter til Klatringen i Tovene, hvor jeg virkelig også var den absolut bedste. Bagefter havde vi en meget hyggelig Kaffehistorie med festligt dækkede Borde (da Publikum var gået) Frk [ulæseligt] havde en tysk Veninde med, som jeg snakkede løs med hele Aftenen – meget morsomt. Jeg fulgtes hjem med 3 unge Piger – de gik med op og vi soldede muntert i Punch og Appelsiner til over Midnat.
 Grete snorksov. Næste Dag var det meget godt, at Skovturen var opsat til Søndag – Stemningen noget forsviret. Grete og jeg havde det stille og hyggeligt – gik en god Tur til Vandet om Formiddagen – fin Middag – vi sov et Par Timer, mens Grete nød et Par Bøger. Derpå gik vi til Båden efter dem – Ungerne var jublende glade og fortalte Tusind Ting i Munden på hinanden; vi fulgte Grete over til Banegården – hun rejste 7.10 – på Søndag skal hun med til Falsterbo, om nu Vejret vil arte sig.
 Herom i næste Brev.
 Nu kun mange Hilsner til alle – jeg skal i Byen at mødes med Molle. God Bedring med de respektive Lægers Ben – det er da godt I venter til September – måske kan jeg vinde det store Lod til den Tid og komme med. Din A.</t>
   </si>
   <si>
-    <t>31. jul. 1924</t>
-[...99 lines deleted...]
-Ellen Brønsted
+    <t>1928-10-18</t>
+  </si>
+  <si>
+    <t>Ellen  Sawyer</t>
+  </si>
+  <si>
+    <t>Louise Brønsted</t>
+  </si>
+  <si>
+    <t>Valdemar Ammundsen
 Else Birgitte Brønsted
-Peter Oluf Brønsted
-[...1 lines deleted...]
-Erik Henrichsen
+Eric Bøttern
+Vagn Jacobsen
+Adolph Larsen
 Andreas Larsen
-Johan Larsen
-[...39 lines deleted...]
-    <t>https://fynboerne.ktdk.dk/n/qPIAJ4GQ</t>
+Johanne Christine Larsen
+Johannes Larsen
+Christine  Mackie
+Axel  Müller
+Edith -, pige i huset på Møllebakken
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvem "den lille" var og heller ikke, hvad Ediths søster og dennes mor og barn hed. Foch og Sonne Hall kendes ikke.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3800</t>
+  </si>
+  <si>
+    <t>Ellen Sawyer føler, at hun er bagud med alt.
+Hun har været til Astrid/Dis Warbergs og Axel Müllers bryllup. Ellen stolede ikke på Axel. Der var noget vagtsomt og angst over ham, og Ellen undrer sig over, at Astrid er så betaget af ham. Hun var rørende glad. Axel var for offentlig i sin ømhed for hende. 
+Johannes Larsen har ansat Ediths søster som pige i huset. Hun har et barn, som hendes mor passer. Lille Frk. J. er umulig.
+Else Brønsted kommer og besøger Ellen. Hun har ferie, mens Johannes Larsen er på jagt med Bryggeren. 
+Ellen har været tre dage på Rødding Højskole til gode foredrag og en udflugt til Ribe.
+Ellens kat er forkælet.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/LGaA</t>
+  </si>
+  <si>
+    <t>Torsdag 18/10 - 28
+Kæreste Lugge!
+Jeg maa nu være meget udygtig, for jeg har altid "masende travlt, - er altid tilbage i "det, - " og hvad "det" er, - det ved intet Menneske, for jeg synes ikke at jeg faar noget udrettet. Se nu bare Breve, - jeg skylder altid Ja, nogen skriver jeg jo - idag afgik der 4, - men jeg har mange tilbage. Naa, men skidt med det. Mulig min Kapløbs-Travlheds Fornemmelse er en Arv fra Mor, - men der er bare den Forskel, at Mor fik en Masse udrettet.
+Tak for dit Brev fra d. 25 Sept; Lige efter det kom jo saa Dis-Bryllupet og om det skrev jeg til Mornine og det læste du vel nok, - det var da Meningen Jeg syntes jeg skyldte Mornine Brev i saa høj Grad.
+Se Lugge, - jeg skrev vel nok lidt mere modereret til Mornine om den ny Svoger. Du kan vist godt forstaa den Fornemmelse. Det var saamænd i og for sig rigtig nok, hvad jeg skrev, for han var saamænd rar og flink nok og der var noget ved ham som gjorde at man havde ondt af det for ham. Men der var ogsaa - hvad jeg ikke skrev noget ved ham som gjorde, at man ikke stolede rigtig paa ham - noget vagtsomt i Øjnene, - ligesom en Slags Angst. Jeg har set det Udtryk før, hos Folk, som der var noget muggent ved. Men en saadan ugrundet Fornemmelse burde man maaske slet ikke udtale. - At Dis kan være saa betaget af ham, er mig en ren Gaade. Jeg synes helt han mangler Carme og er let kedelig - triviel. Junge og jeg følte det ens, - men maaske han vinder ved nærmere Eftersyn. Lille Dis var nu rørende i sin Glæde og var rigtig pæn og taktfuld med det, hvorimod han nok kunde være generende med offentlig Ømhed, - du vèd, det ser jo ikke saa godt ud. Det er vist egentlig tarveligt at komme frem med disse Indtryk, - det er jo ingen Nytte til, og naar Dis er tilfreds med ham saa er det jo nok. 
+Lille Junge er jo i Kbnh. og du ser hende vel nok. Jeg sendte hende et Kort idag gennem dig, da jeg ikke kan huske deres Gadenummer. Jeg synes hun skulde vide, at det gaar godt med Agraren. - 
+Den lille hos Las har sagt op og de har nu fæstet Ediths Søster. Hun skal være meget dygtig. Hun har en lille, som er hjemme hos Moderen og saa kan man gaa ud fra, at hun er lidt mere adstadig og ikke skal "se noget andet," naar hun har været der 1/2 Aar. Den Lille Frk. J. ["Frk. J" indsat over linjen] er vist ret umulig. Las gik en Dag ned i Kælderen og noterede 12 Levninger paa et Papir og satte "fordærvet" ved de fleste af dem.
+Jeg haaber din vedvarende er en Juvel! Gid det maa vare rigtig længe! 
+Lille Mudi kommer af og til ned og besøger mig og snakker lidt med mig. Hun har Ferie i disse Dage, da Las er paa Jagt paa Mors med Bryggeren og Foch. I Aften er hun og Puf hos Erik Bøttern for at høre Rasio. 
+Jeg har været 3 Dage paa Rødding Højskole til et Fredsmøde fra Lørdag til Tirsdag Det var meget interessant. Det er dog forbavsende hvor de Fredsdamer og kloge og inde i Tingene. Der var en Fru Sonne Hall fra Frederikshavn, som holdt et ganske glimrende Foredrag om Storpolitik og Nationaløkonomi. Man fik sandelig noget at vide. Biskop Ammundsen fra Haderslev talte ogsaa godt, - men ikke saa godt og mange andre danske og tyske Foredrag, om Situationen i Verden, - [ulæseligt]pagtens Betydning (som der var divergerende Meninger om) Afrustningsbestræbelserne, Toldspørgsmaal o.m.a. Jeg skrev alle foredragene ned - saa meget af dem, som jeg kunde og synes jeg fik meget ud af det. Og saa var Vejret jo bedaarende og Egnen dejlig - vide Marskhegn med Kvæg og blånende Horisont, - GranSkove i det fjærne. Du fik vist et Kort fra Ribe, - der bilede vi til i et Frikvarter paa 2 Timer og var i Domkirken og i Weis' Vinstue. Turen dertil og fra ikke det mindst morsomme. De Sønderjydske Bøndergaarde finder jeg saa pragtfulde, - enkle og rene i Stilen. Der var mange. - Der var mange flinke Damer og Koner og Piger. En Del af dem havde jeg truffet i Flensborg for 2 Aar siden og fornyede nu Bekendtskabet, - det var virkelig saa hyggeligt. -
+Lille Mis har det godt, en er grænseløs forkælet. Den vil ikke være her alene. De Dage jeg var væk, flyttede den ned til "Människorna", - ligesaa Fredag og Lørdag. Den følger mig i Hælene, naar jeg er hjemme.
+Det er dejligt med det milde Vejr, - der er mange Blomster i Haven endnu
+[Indsat s. 4 i venstre margen; lodret:] Ja, lille Lugge, - jeg er lidt søvnig og det kan vist tydelig spores, - men jeg vilde nu skrive i Aften, - ellers gik der igen 2-3 Dage, - saa undskyld
+[Indsat s. 4, øverst; på hovedet:]
+1000 Hilsner til jer alle fra Elle
+Du maa endelig skrive udførligt og sandfærdigt hvordan du har det !!!</t>
+  </si>
+  <si>
+    <t>1935-06-13</t>
+  </si>
+  <si>
+    <t>Erna -
+Peter Hansen
+Grete Jensen, f. Hansen
+Carl  Knippel
+Peter Andreas Larsen
+Marie Neckelmann
+Christian Ottesen
+Harald Schoubye
+- Sjøgren</t>
+  </si>
+  <si>
+    <t>Laholm ligger i det sydlige Halland.
+Peter Hansen døde i 1928. Det er formodentlig nogle af hans skitser, som Elisa Hansen har solgt til orkidégartneren. 
+Det vides ikke sikkert, hvem Carls var. Muligvis Carl Knippel og hustru.</t>
+  </si>
+  <si>
+    <t>Erna har sendt Elena Larsen en pakke.
+Marie Neckelmann og Elisa Hansen har været i Faaborg, og der var smukt. Peter Hansens grav var også pæn med vedbend og orkideer. Elisa Hansen har solgt to skitser til en orkidégartner.
+Elisa håber, at Elenas vask er overstået. 
+Grete Jensen er optaget af sin forretning. Ottesen er syg af feber. 
+Harald skal giftes.
+Elisa Hansen vil køre på besøg i Jylland og videre derfra til Båxhult.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/VJ39</t>
+  </si>
+  <si>
+    <t>Kære lille Bams.
+Jeg var glad for at høre, at du har det bedre nu; du har jo ogsaa to Medicinmænd til at sørge for dig, og naar du saa selv gør dig lidt Umage, saa haaber jeg at se dig i bedre Form end da jeg forlod dig. Nu kom Erna paa Visit - det er altid, naar vi skal til at spise. Hun havde afsendt en Pakke til dig fra Laholm, haaber du har faaet den. Hun var lidt sløj nu tager hun ud i et Sommerpensionat ved Bellevue. Kylle og jeg bilede til Faaborg Lørdag Morgen, og var der i Pinsedagene. Det var køligt nærmest koldt Vejr, men hvor var der smukt ja Sydfyn er virkelig en Have, med de mange blomstrende Syrenhegn og Tjørn helt hvide af Blomster. Haven var saamænd ogsaa yndig, hele Muren er omtrent dækket af Blaaregn fuld af lange lilla Blomsterklaser, men jeg tror næsten den har kvalt det lille Birketræ - det var Synd. Tirsdag Morgen efter en Nat med et meget effektfuldt Tordenvejr var der Varme saa vi kunde drikke Morgenkaffe under Pæretræet. Vi var inde hos Orkidegartneren i Odense, han fik to Skitser og jeg 200 Kr og mange Blomster og Planter. Ude paa Fassers Grav stod der en Buket Kallaer og Orkideer, som han sikkert har sendt. Vedbenden dækker nu godt, Graven saa smuk ud. Derimod saa Stenene ikke hyggelige ud, det er utroligt, som de Mennesker har kunnet faa svinet til; jeg faar ikke Fred i Sjælen, før jeg faar givet dem en fin Skose. Naa Petermand han har nok ordentlig holdt Fødselsdag; jeg saa godt, han saa lidt bleg ud, da han stod og vinkede til mig ved Toget, men jeg troede, det var Nervøsitet, han kan jo ikke lide det Tuderi. Nu glæder jeg mig til at se Båxhult igen; fire Traner, det er vel nok flot og alt det andet. Haaber at du har faaet din Vask overstaaet og saa skulde du faa det Loft vasket, hvor Tøjet laa; jeg haaber du kan faa Frk Sjøgren til Hjælp, der er jo Maade med, hvad du selv kan gøre i denne Tid. Gete er jo ikke tilfreds med, at vi nu snart stikker af igen. Hun er meget optaget af sin Forretning, og der kommer stadig mange Mennesker, selv om der ikke altid bliver en Handel ud af det. Hun var her i Aftes. O.T. laa i Sengen, han har været sløj i den sidste Tid og gaaet med Feber; det er uheldigt, da han i denne Tid har travlt og daarligt kan være fra sine Staalmøbler. Gete havde glædet sig til i Pinsedagene at gaa i Gaarden og reparere deres Bil, men det blev der altsaa ikke noget af, man kan nok se paa hende at hun har Stuekulør. Den 25de skal Harald giftes; han telefonerede Nyheden og sagde, at vi kunde godt besøge dem efter den 6te Juli, men jeg vil da ikke mase ind hos det nygifte Par, hun skal da ikke lige straks have Huset fyldt med gamle Tanter, men jeg er nysgerrig efter at høre noget om hende. De første Dage af Ferien tager vi til Faaborg hvor jeg endnu har forskelligt at ordne, saa skal vi over Lillebæltsbroen op gennem Jylland og besøge Carls et Par Dage; der skal vi være d 7_de_, saa tager vi over Gøteborg Frederikshavn [der er tegnet en streg over "Gøteborg Frederikshavn" og over "Gøteborg" skrevet "2" samt over "Frederikshavn" "1"] til og derefter til Båxhult, hvor vi nok holder vort Indtog d 12te eller der omkring. Peugeuten kører som en Racer, bare den holder til det. Men hvor om alting er, saa gaar jeg nu i Seng, god rolig Nat.
+Masser af Hilsner til jer alle 3.
+Mos.
+13-6-35.</t>
+  </si>
+  <si>
+    <t>1940-09-04</t>
+  </si>
+  <si>
+    <t>Johan Larsen</t>
+  </si>
+  <si>
+    <t>Hans Beck Thomsen
+Louise Brønsted
+Marius Christiansen
+Anton Hinke
+- Kabell
+Andreas Larsen
+Marie Larsen
+Ellen  Sawyer</t>
+  </si>
+  <si>
+    <t>I det nordlige Europa lægges ansjoser i saltlage. I de sydeuropæiske lande lægges de saltede ansjoser derefter i olie og kaldes sardeller (Wikipedia marts 2022).
+Det kan ikke afgøres, hvem "Chr." er. 
+Swinhoesfasan (latin: Lophura swinhoii) er en hønsefugl, der lever på Taiwan. (Wikipedia).
+Alhed Larsens søster, Johanne, og Johannes Larsens bror, Adolph, (de var gift) boede på Lindøgaard.
+Fiskekonservesfabrikken ”555” blev grundlagt i 1916 af Chr. Hansen. Det første produkt var fiskeboller på dåse – senere bl.a. også gaffelbidder, benfri sild og torskerogn. Ca 100 år senere flyttedes virksomheden til Frederikshavn under navnet Amanda Seafoods (Internettet marts 2022). 
+Taarbystranden kaldes i vore dage Tårup Strand. Den findes i den sydøstlige del af Odense Fjord.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har fået ansjoser forærende og har lagt dem i olivenolie.
+Han har fået æg fra swinhoefasaner og tre blev udruget. En mand har bragt Larsen en agerhønekylling, og den er blevet meget tam. En ræv har taget en rugehøne og en edderfugl, og Puf har skudt ræven. 
+Johannes Larsen tror ikke, at han kommer hjem til Johan og Elena nu. 
+Fra Fiilsø har Larsen fået et knippe vildt. Han er blevet æresmedlem af Jagtselskabet Fiilsø og også folkepensionist. 
+Sidste år fik Larsen en meget smuk fasan, som han beskriver i brevet.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/dfkr</t>
+  </si>
+  <si>
+    <t>Kjerteminde 4 Septbr. 1940.
+Kære Lysse!
+Jeg fik et Brev fra Dig dateret 9/7 40 og en eller 2 Dage efter fik Puf et Brev dateret 20/7. 40. Puf mener at det var omkring første Aug. og at han svarede Dig samme Dag, og jeg mener at jeg skrev til Dig omtrent samtidig med Puf. I Dag kom Dit Brev fra 28/8. Tak for det! Det er dejligt at høre at I har det godt. Det har vi ogsaa. Lugge er for Tiden hos Elle og var her i Gaar til Middag og Aften henholdsvis stegte Rødspætter og Sukkermajs. Vi fik forleden af Christiansen en hel Ds ægte Ansjoser hvoraf vi spiste en kogte og lagde en stor Krukke fuld, ned i spansk Salt, en Del har vi nu taget op og lagt i Olivenolje. Vi har smagt dem og de smager meget nær som Sardeller, men vi tror de bliver bedre naar de bliver lagrede. Jeg fik for ca 3 Maaneder siden 6 Swinhoefasanæg af Chr. og lagde en af de smaa Høns paa dem den fik 3 Kyllinger hvoraf en Kat om Natten tog den ene i Vinhuset, hvor jeg havde anbragt dem uden at bemærke at der var en Rude ude i Gavlen. Om Aftnen kom en Mand der bor hos Hinkes med en Agerhønsekylling og spurgte om det ikke var en Dværgkylling der var bleven borte fra os, den gik og peb ovre i Gaarden. Jeg fik den saa og satte den til Hønen og da de havde staaet i en lille Indhegning paa Plænen en halv Snes Dage lukkede jeg dem ud. Fasanerne 2 Hønekyllinger har de sidste 14 Dage siddet i Toppen af Æbletræet, men Agerhønen der er en Hane gaar endnu ind i Kassen med Hønen, om Dagen følges de ad. Agerhønen kommer naar jeg kalder og spiser af Haanden. En Ræv tog forleden en Rugehøne og et Par Dage efter, en Ederfugl. Vi satte en Saks i Hegnet hvor den havde slæbt Ederfuglen ud og fangede et Pindsvin men næste Morgen skød Puf Ræven paa Gang ved Bassinet. Han sad i Lysthuset. En anden Ræv tog samme Nat ca 20 Ænder og Gæslinger fra 555. Kabell ringede og hilste fra Jer saa snart han kom hjem. Det lyder meget fristende, men jeg vil nu betænke mig en hel Del før jeg bestemmer mig til at tage op til Jer, og der er meget lidt Sandsynlighed for at jeg gør det. Marie kom her i Gaar fra Lindøgaard hvor hun har været i 4 Uger og nu bliver hun her en bitte Tid. Vi fik i Dag et Knippe Vildt fra Bech Thomsen ved Fiilsø bestaaende af 8 forskellige Arter: Graaand Skeand Krikand Hjejle Brushane Kobbersneppe Hvidklire Islandsk Ryle. Jeg har vel fortalt Dig at jeg er bleven Æresmedlem af ”Jagtselskabet Fiilsø”. Jeg er ogsaa bleven statpensioneret med 300 om Maaneden fra 1 April og saa længe jeg lever. De ankommer regelmæssigt den 1st i hver Maaned. 
+Til de 2 Fasanhøner som jeg nævnte ovenfor har jeg en Hane fra i Fjor som jeg fik af Chr. Det er en meget smuk Fasan Rød om Øjnene [Tegning] med rødt Næb og røde Ben, sort paa Hals og Krop med blaa Fjerkanter som en Urhane Skulderfjerene røde med Kobberglans og Vingerne med grønne Kanter, en lille hvid Top og hvid Baghals og mellem Skuldre og hvide mellemste Halefjer. Størrelsen omtrent som alm Fasan. Det er meningen jeg vil sætte den ud til Hønerne til Foraaret hvis det lykkes dem at overvintre. Af Fuglene i Volieren har Svenskiriskerne ynglet (4-5 Unger) og ligesaa Bjærgiriskerne, men de sidste blev kun halvvoksne. Jeg skal hilse fra Marie, ogsaa fra Else og Puf der er cyklet ud paa Taarbystranden for at se efter Champignoner. Mange Hilsner til Jer allesammen fra 
+Din Far.</t>
   </si>
   <si>
     <t>26. jul. 1925</t>
   </si>
   <si>
     <t>Kata -
 Olaf Asmussen Hagerup
 Poul Holbeck
 Helga Lehn Schiøler
 Enoks Lyberth
 Peter Nielsen
 Bolette Rosing
 Jakob Rosing
 Peter Rosing
 Finn Salomonsen
 Henning Scheel</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/n/NqdWSk9Z</t>
+  </si>
+  <si>
+    <t>18. sep. 1925</t>
+  </si>
+  <si>
+    <t>Erik den Røde -
+Jens Daugaard-Jensen
+Otto Frederiksen
+- Hvalsøe
+- Jørgensen Styrmand
+Eiler Lehn Schiøler
+John Møller
+Knud Oldendow
+Anders Olsen</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/YMKxiB52</t>
+  </si>
+  <si>
+    <t>14. sep. 1925</t>
+  </si>
+  <si>
+    <t>Frederik Balle
+Jens Daugaard-Jensen
+Christen Hauge
+- Knudsen Grønland
+Dan la Cour
+Eiler Lehn Schiøler
+Knud Oldendow
+Finn Salomonsen
+Henning Scheel</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/HE09QJq2</t>
   </si>
   <si>
     <t>25. aug. 1925</t>
   </si>
   <si>
     <t>Staffan -
 Helge Bojsen-Møller
 Ossian Elgström
 Dan la Cour
 Axel Laurent-Christensen
 Eiler Lehn Schiøler
 Gustav Ljungdal
 John Møller
 - Nielsen
 Erling Porsild
 Morten Porsild
 Philip Rosendahl
 Finn Salomonsen
 Henning Scheel
 - Staun
 P Vedsted</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/n/3rU2TbmY</t>
-  </si>
-[...389 lines deleted...]
-Johannes Larsen.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="100" formatCode="yyyy/mm/dd"/>
     <numFmt numFmtId="101" formatCode="yyyy/mm/dd hh:mm:ss"/>
     <numFmt numFmtId="102" formatCode="yyyy-mm-dd"/>
   </numFmts>
   <fonts count="7">
     <font>
       <name val="Arial"/>
       <sz val="11"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
@@ -909,51 +909,51 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/2UHG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/920F" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/b99kBWn9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/I5WSEsCR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SVQV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/3Z5o835V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/l3DdFWRx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/qvTz6ZyO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/oPV4dgqR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/qCJp7IkF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/KTBGF6hy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WHcS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/GSdQb9Fw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/nl7aMJ1j" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dGB1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/tKAKXG91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/QzxzDSBa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/qPIAJ4GQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/NqdWSk9Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/3rU2TbmY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/HE09QJq2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/YMKxiB52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IwBB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LGaA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VJ39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BOKX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9eus" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dfkr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BZ1Q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sZxx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/WHcS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sZxx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/nl7aMJ1j" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/3Z5o835V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/I5WSEsCR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/b99kBWn9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/qvTz6ZyO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/GSdQb9Fw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/l3DdFWRx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/oPV4dgqR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/tKAKXG91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/QzxzDSBa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/qPIAJ4GQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/KTBGF6hy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/qCJp7IkF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2UHG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dGB1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IwBB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/920F" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9eus" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BOKX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BZ1Q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SVQV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LGaA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VJ39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dfkr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/NqdWSk9Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/YMKxiB52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/HE09QJq2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/3rU2TbmY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
   <dimension ref="A1:M31"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
@@ -996,1451 +996,1451 @@
         <v>10</v>
       </c>
       <c r="L1" s="3" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="3" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="5" t="s">
         <v>13</v>
       </c>
       <c r="B2" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D2" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E2" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F2" s="5" t="s">
+      <c r="F2" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" s="5" t="s">
         <v>18</v>
       </c>
-      <c r="G2" s="5" t="s">
+      <c r="H2" s="5" t="s">
         <v>19</v>
       </c>
-      <c r="H2" s="5" t="s">
+      <c r="I2" s="5" t="s">
         <v>20</v>
       </c>
-      <c r="I2" s="5" t="s">
+      <c r="J2" s="5" t="s">
         <v>21</v>
       </c>
-      <c r="J2" s="5" t="s">
+      <c r="K2" s="5" t="s">
         <v>22</v>
       </c>
-      <c r="K2" s="5" t="s">
+      <c r="L2" s="6" t="s">
         <v>23</v>
       </c>
-      <c r="L2" s="6" t="s">
+      <c r="M2" s="5" t="s">
         <v>24</v>
-      </c>
-[...1 lines deleted...]
-        <v>25</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="5" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="B3" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C3" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D3" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="E3" s="5" t="s">
         <v>27</v>
       </c>
-      <c r="D3" s="5" t="s">
+      <c r="F3" s="5" t="s">
         <v>28</v>
       </c>
-      <c r="E3" s="5" t="inlineStr">
-[...8 lines deleted...]
-      </c>
       <c r="G3" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H3" s="5" t="s">
+      <c r="H3" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I3" s="5" t="s">
         <v>29</v>
       </c>
-      <c r="I3" s="5"/>
       <c r="J3" s="5" t="s">
         <v>30</v>
       </c>
       <c r="K3" s="5" t="s">
         <v>31</v>
       </c>
       <c r="L3" s="6" t="s">
         <v>32</v>
       </c>
       <c r="M3" s="5" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="5" t="s">
         <v>34</v>
       </c>
       <c r="B4" s="5" t="s">
         <v>35</v>
       </c>
       <c r="C4" s="5" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D4" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E4" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F4" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G4" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H4" s="5" t="s">
-        <v>36</v>
+      <c r="H4" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I4" s="5"/>
       <c r="J4" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K4" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="L4" s="6" t="s">
         <v>37</v>
-      </c>
-[...1 lines deleted...]
-        <v>38</v>
       </c>
       <c r="M4" s="5"/>
     </row>
     <row r="5">
       <c r="A5" s="5" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="B5" s="5" t="s">
         <v>35</v>
       </c>
       <c r="C5" s="5" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D5" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E5" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F5" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G5" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H5" s="5" t="s">
-        <v>40</v>
+      <c r="H5" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I5" s="5"/>
       <c r="J5" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K5" s="5" t="s">
-        <v>41</v>
+        <v>36</v>
       </c>
       <c r="L5" s="6" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="M5" s="5"/>
     </row>
     <row r="6">
       <c r="A6" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="B6" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="C6" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D6" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E6" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F6" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G6" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H6" s="5" t="s">
+        <v>41</v>
+      </c>
+      <c r="I6" s="5"/>
+      <c r="J6" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K6" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="L6" s="6" t="s">
         <v>43</v>
       </c>
-      <c r="B6" s="5" t="s">
-[...40 lines deleted...]
-      </c>
+      <c r="M6" s="5"/>
     </row>
     <row r="7">
       <c r="A7" s="5" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="B7" s="5" t="s">
         <v>35</v>
       </c>
       <c r="C7" s="5" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D7" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E7" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F7" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G7" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H7" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H7" s="5" t="s">
+        <v>45</v>
       </c>
       <c r="I7" s="5"/>
       <c r="J7" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K7" s="5" t="s">
-        <v>52</v>
+        <v>46</v>
       </c>
       <c r="L7" s="6" t="s">
-        <v>53</v>
+        <v>47</v>
       </c>
       <c r="M7" s="5"/>
     </row>
     <row r="8">
       <c r="A8" s="5" t="s">
-        <v>54</v>
+        <v>48</v>
       </c>
       <c r="B8" s="5" t="s">
         <v>35</v>
       </c>
       <c r="C8" s="5" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D8" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E8" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F8" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G8" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H8" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I8" s="5"/>
       <c r="J8" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K8" s="5" t="s">
-        <v>52</v>
+        <v>36</v>
       </c>
       <c r="L8" s="6" t="s">
-        <v>55</v>
+        <v>49</v>
       </c>
       <c r="M8" s="5"/>
     </row>
     <row r="9">
       <c r="A9" s="5" t="s">
-        <v>56</v>
+        <v>50</v>
       </c>
       <c r="B9" s="5" t="s">
         <v>35</v>
       </c>
       <c r="C9" s="5" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D9" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E9" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F9" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G9" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H9" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I9" s="5"/>
       <c r="J9" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K9" s="5" t="s">
-        <v>52</v>
+        <v>36</v>
       </c>
       <c r="L9" s="6" t="s">
-        <v>57</v>
+        <v>51</v>
       </c>
       <c r="M9" s="5"/>
     </row>
     <row r="10">
       <c r="A10" s="5" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="B10" s="5" t="s">
         <v>35</v>
       </c>
       <c r="C10" s="5" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D10" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E10" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F10" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G10" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H10" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I10" s="5"/>
       <c r="J10" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K10" s="5" t="s">
-        <v>52</v>
+        <v>36</v>
       </c>
       <c r="L10" s="6" t="s">
-        <v>59</v>
+        <v>53</v>
       </c>
       <c r="M10" s="5"/>
     </row>
     <row r="11">
       <c r="A11" s="5" t="s">
-        <v>60</v>
+        <v>54</v>
       </c>
       <c r="B11" s="5" t="s">
         <v>35</v>
       </c>
       <c r="C11" s="5" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D11" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F11" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G11" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H11" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I11" s="5"/>
       <c r="J11" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K11" s="5" t="s">
-        <v>52</v>
+        <v>36</v>
       </c>
       <c r="L11" s="6" t="s">
-        <v>61</v>
+        <v>55</v>
       </c>
       <c r="M11" s="5"/>
     </row>
     <row r="12">
       <c r="A12" s="5" t="s">
-        <v>62</v>
+        <v>56</v>
       </c>
       <c r="B12" s="5" t="s">
         <v>35</v>
       </c>
       <c r="C12" s="5" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D12" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F12" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G12" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H12" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I12" s="5"/>
       <c r="J12" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K12" s="5" t="s">
-        <v>52</v>
+        <v>36</v>
       </c>
       <c r="L12" s="6" t="s">
-        <v>63</v>
+        <v>57</v>
       </c>
       <c r="M12" s="5"/>
     </row>
     <row r="13">
       <c r="A13" s="5" t="s">
-        <v>64</v>
+        <v>58</v>
       </c>
       <c r="B13" s="5" t="s">
-        <v>14</v>
+        <v>35</v>
       </c>
       <c r="C13" s="5" t="s">
-        <v>16</v>
-[...5 lines deleted...]
-        <v>65</v>
+        <v>15</v>
+      </c>
+      <c r="D13" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E13" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F13" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G13" s="5" t="s">
-[...9 lines deleted...]
-        <v>22</v>
+      <c r="G13" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H13" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I13" s="5"/>
+      <c r="J13" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K13" s="5" t="s">
-        <v>69</v>
+        <v>36</v>
       </c>
       <c r="L13" s="6" t="s">
-        <v>70</v>
-[...3 lines deleted...]
-      </c>
+        <v>59</v>
+      </c>
+      <c r="M13" s="5"/>
     </row>
     <row r="14">
       <c r="A14" s="5" t="s">
-        <v>72</v>
+        <v>60</v>
       </c>
       <c r="B14" s="5" t="s">
         <v>35</v>
       </c>
       <c r="C14" s="5" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D14" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E14" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F14" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G14" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H14" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I14" s="5"/>
       <c r="J14" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K14" s="5" t="s">
-        <v>52</v>
+        <v>36</v>
       </c>
       <c r="L14" s="6" t="s">
-        <v>73</v>
+        <v>61</v>
       </c>
       <c r="M14" s="5"/>
     </row>
     <row r="15">
       <c r="A15" s="5" t="s">
-        <v>74</v>
+        <v>62</v>
       </c>
       <c r="B15" s="5" t="s">
         <v>35</v>
       </c>
       <c r="C15" s="5" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D15" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F15" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G15" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H15" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I15" s="5"/>
       <c r="J15" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K15" s="5" t="s">
-        <v>52</v>
+        <v>36</v>
       </c>
       <c r="L15" s="6" t="s">
-        <v>75</v>
+        <v>63</v>
       </c>
       <c r="M15" s="5"/>
     </row>
     <row r="16">
       <c r="A16" s="5" t="s">
-        <v>76</v>
+        <v>64</v>
       </c>
       <c r="B16" s="5" t="s">
-        <v>14</v>
+        <v>35</v>
       </c>
       <c r="C16" s="5" t="s">
-        <v>27</v>
-[...2 lines deleted...]
-        <v>16</v>
+        <v>15</v>
+      </c>
+      <c r="D16" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F16" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G16" s="5" t="s">
-[...9 lines deleted...]
-        <v>22</v>
+      <c r="G16" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H16" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I16" s="5"/>
+      <c r="J16" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K16" s="5" t="s">
-        <v>80</v>
+        <v>36</v>
       </c>
       <c r="L16" s="6" t="s">
-        <v>81</v>
-[...3 lines deleted...]
-      </c>
+        <v>65</v>
+      </c>
+      <c r="M16" s="5"/>
     </row>
     <row r="17">
       <c r="A17" s="5" t="s">
-        <v>83</v>
+        <v>66</v>
       </c>
       <c r="B17" s="5" t="s">
-        <v>35</v>
+        <v>14</v>
       </c>
       <c r="C17" s="5" t="s">
-        <v>16</v>
-[...30 lines deleted...]
-        </is>
+        <v>67</v>
+      </c>
+      <c r="D17" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E17" s="5" t="s">
+        <v>68</v>
+      </c>
+      <c r="F17" s="5" t="s">
+        <v>69</v>
+      </c>
+      <c r="G17" s="5" t="s">
+        <v>70</v>
+      </c>
+      <c r="H17" s="5" t="s">
+        <v>71</v>
+      </c>
+      <c r="I17" s="5" t="s">
+        <v>72</v>
+      </c>
+      <c r="J17" s="5" t="s">
+        <v>21</v>
       </c>
       <c r="K17" s="5" t="s">
-        <v>52</v>
+        <v>73</v>
       </c>
       <c r="L17" s="6" t="s">
-        <v>84</v>
-[...1 lines deleted...]
-      <c r="M17" s="5"/>
+        <v>74</v>
+      </c>
+      <c r="M17" s="5" t="s">
+        <v>75</v>
+      </c>
     </row>
     <row r="18">
       <c r="A18" s="5" t="s">
-        <v>85</v>
+        <v>76</v>
       </c>
       <c r="B18" s="5" t="s">
-        <v>35</v>
+        <v>14</v>
       </c>
       <c r="C18" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D18" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="D18" s="5" t="s">
+        <v>15</v>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F18" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G18" s="5" t="inlineStr">
-[...13 lines deleted...]
-        </is>
+      <c r="G18" s="5" t="s">
+        <v>77</v>
+      </c>
+      <c r="H18" s="5" t="s">
+        <v>78</v>
+      </c>
+      <c r="I18" s="5" t="s">
+        <v>79</v>
+      </c>
+      <c r="J18" s="5" t="s">
+        <v>21</v>
       </c>
       <c r="K18" s="5" t="s">
-        <v>52</v>
+        <v>80</v>
       </c>
       <c r="L18" s="6" t="s">
-        <v>86</v>
-[...1 lines deleted...]
-      <c r="M18" s="5"/>
+        <v>81</v>
+      </c>
+      <c r="M18" s="5" t="s">
+        <v>82</v>
+      </c>
     </row>
     <row r="19">
       <c r="A19" s="5" t="s">
+        <v>83</v>
+      </c>
+      <c r="B19" s="5" t="s">
+        <v>84</v>
+      </c>
+      <c r="C19" s="5" t="s">
+        <v>85</v>
+      </c>
+      <c r="D19" s="5" t="s">
+        <v>86</v>
+      </c>
+      <c r="E19" s="5" t="s">
         <v>87</v>
       </c>
-      <c r="B19" s="5" t="s">
-[...18 lines deleted...]
-        </is>
+      <c r="F19" s="5" t="s">
+        <v>69</v>
       </c>
       <c r="G19" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H19" s="5" t="inlineStr">
-[...8 lines deleted...]
-        </is>
+      <c r="H19" s="5" t="s">
+        <v>88</v>
+      </c>
+      <c r="I19" s="5" t="s">
+        <v>89</v>
+      </c>
+      <c r="J19" s="5" t="s">
+        <v>90</v>
       </c>
       <c r="K19" s="5" t="s">
-        <v>52</v>
+        <v>91</v>
       </c>
       <c r="L19" s="6" t="s">
-        <v>88</v>
-[...1 lines deleted...]
-      <c r="M19" s="5"/>
+        <v>92</v>
+      </c>
+      <c r="M19" s="5" t="s">
+        <v>93</v>
+      </c>
     </row>
     <row r="20">
       <c r="A20" s="5" t="s">
-        <v>89</v>
+        <v>94</v>
       </c>
       <c r="B20" s="5" t="s">
-        <v>35</v>
+        <v>14</v>
       </c>
       <c r="C20" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D20" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="D20" s="5" t="s">
+        <v>95</v>
       </c>
       <c r="E20" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F20" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G20" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H20" s="5" t="s">
-        <v>90</v>
+        <v>96</v>
       </c>
       <c r="I20" s="5"/>
-      <c r="J20" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="J20" s="5" t="s">
+        <v>97</v>
+      </c>
+      <c r="K20" s="5" t="s">
+        <v>98</v>
       </c>
       <c r="L20" s="6" t="s">
-        <v>91</v>
-[...1 lines deleted...]
-      <c r="M20" s="5"/>
+        <v>99</v>
+      </c>
+      <c r="M20" s="5" t="s">
+        <v>100</v>
+      </c>
     </row>
     <row r="21">
       <c r="A21" s="5" t="s">
-        <v>92</v>
+        <v>101</v>
       </c>
       <c r="B21" s="5" t="s">
-        <v>35</v>
+        <v>14</v>
       </c>
       <c r="C21" s="5" t="s">
-        <v>16</v>
-[...4 lines deleted...]
-        </is>
+        <v>102</v>
+      </c>
+      <c r="D21" s="5" t="s">
+        <v>103</v>
       </c>
       <c r="E21" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F21" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G21" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H21" s="5" t="s">
-        <v>93</v>
-[...10 lines deleted...]
-        </is>
+        <v>104</v>
+      </c>
+      <c r="I21" s="5" t="s">
+        <v>105</v>
+      </c>
+      <c r="J21" s="5" t="s">
+        <v>106</v>
+      </c>
+      <c r="K21" s="5" t="s">
+        <v>107</v>
       </c>
       <c r="L21" s="6" t="s">
-        <v>94</v>
-[...1 lines deleted...]
-      <c r="M21" s="5"/>
+        <v>108</v>
+      </c>
+      <c r="M21" s="5" t="s">
+        <v>109</v>
+      </c>
     </row>
     <row r="22">
       <c r="A22" s="5" t="s">
-        <v>95</v>
+        <v>110</v>
       </c>
       <c r="B22" s="5" t="s">
-        <v>35</v>
+        <v>14</v>
       </c>
       <c r="C22" s="5" t="s">
-        <v>16</v>
-[...4 lines deleted...]
-        </is>
+        <v>111</v>
+      </c>
+      <c r="D22" s="5" t="s">
+        <v>112</v>
       </c>
       <c r="E22" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F22" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G22" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H22" s="5" t="s">
-[...11 lines deleted...]
-        </is>
+      <c r="H22" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I22" s="5" t="s">
+        <v>113</v>
+      </c>
+      <c r="J22" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="K22" s="5" t="s">
+        <v>114</v>
       </c>
       <c r="L22" s="6" t="s">
-        <v>97</v>
-[...1 lines deleted...]
-      <c r="M22" s="5"/>
+        <v>115</v>
+      </c>
+      <c r="M22" s="5" t="s">
+        <v>116</v>
+      </c>
     </row>
     <row r="23">
       <c r="A23" s="5" t="s">
-        <v>98</v>
+        <v>117</v>
       </c>
       <c r="B23" s="5" t="s">
-        <v>35</v>
+        <v>14</v>
       </c>
       <c r="C23" s="5" t="s">
-        <v>16</v>
-[...9 lines deleted...]
-        </is>
+        <v>15</v>
+      </c>
+      <c r="D23" s="5" t="s">
+        <v>118</v>
+      </c>
+      <c r="E23" s="5" t="s">
+        <v>68</v>
       </c>
       <c r="F23" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G23" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H23" s="5" t="s">
-        <v>99</v>
-[...10 lines deleted...]
-        </is>
+        <v>119</v>
+      </c>
+      <c r="I23" s="5" t="s">
+        <v>120</v>
+      </c>
+      <c r="J23" s="5" t="s">
+        <v>121</v>
+      </c>
+      <c r="K23" s="5" t="s">
+        <v>122</v>
       </c>
       <c r="L23" s="6" t="s">
-        <v>100</v>
-[...1 lines deleted...]
-      <c r="M23" s="5"/>
+        <v>123</v>
+      </c>
+      <c r="M23" s="5" t="s">
+        <v>124</v>
+      </c>
     </row>
     <row r="24">
       <c r="A24" s="5" t="s">
-        <v>101</v>
+        <v>125</v>
       </c>
       <c r="B24" s="5" t="s">
-        <v>102</v>
+        <v>14</v>
       </c>
       <c r="C24" s="5" t="s">
-        <v>103</v>
+        <v>126</v>
       </c>
       <c r="D24" s="5" t="s">
-        <v>104</v>
-[...5 lines deleted...]
-        <v>18</v>
+        <v>95</v>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F24" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G24" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H24" s="5" t="s">
-        <v>106</v>
+        <v>127</v>
       </c>
       <c r="I24" s="5" t="s">
-        <v>107</v>
+        <v>128</v>
       </c>
       <c r="J24" s="5" t="s">
-        <v>108</v>
+        <v>129</v>
       </c>
       <c r="K24" s="5" t="s">
-        <v>109</v>
+        <v>130</v>
       </c>
       <c r="L24" s="6" t="s">
-        <v>110</v>
+        <v>131</v>
       </c>
       <c r="M24" s="5" t="s">
-        <v>111</v>
+        <v>132</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="5" t="s">
-        <v>112</v>
+        <v>133</v>
       </c>
       <c r="B25" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C25" s="5" t="s">
-        <v>113</v>
+        <v>134</v>
       </c>
       <c r="D25" s="5" t="s">
-        <v>114</v>
+        <v>135</v>
       </c>
       <c r="E25" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F25" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G25" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H25" s="5" t="s">
-        <v>115</v>
+        <v>136</v>
       </c>
       <c r="I25" s="5" t="s">
-        <v>116</v>
+        <v>137</v>
       </c>
       <c r="J25" s="5" t="s">
-        <v>117</v>
+        <v>138</v>
       </c>
       <c r="K25" s="5" t="s">
-        <v>118</v>
+        <v>139</v>
       </c>
       <c r="L25" s="6" t="s">
-        <v>119</v>
+        <v>140</v>
       </c>
       <c r="M25" s="5" t="s">
-        <v>120</v>
+        <v>141</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="5" t="s">
-        <v>121</v>
+        <v>142</v>
       </c>
       <c r="B26" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C26" s="5" t="s">
-        <v>122</v>
+        <v>111</v>
       </c>
       <c r="D26" s="5" t="s">
-        <v>123</v>
+        <v>112</v>
       </c>
       <c r="E26" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F26" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G26" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H26" s="5" t="s">
-        <v>124</v>
+        <v>143</v>
       </c>
       <c r="I26" s="5" t="s">
-        <v>125</v>
+        <v>144</v>
       </c>
       <c r="J26" s="5" t="s">
-        <v>126</v>
+        <v>30</v>
       </c>
       <c r="K26" s="5" t="s">
-        <v>127</v>
+        <v>145</v>
       </c>
       <c r="L26" s="6" t="s">
-        <v>128</v>
+        <v>146</v>
       </c>
       <c r="M26" s="5" t="s">
-        <v>129</v>
+        <v>147</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="5" t="s">
-        <v>130</v>
+        <v>148</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C27" s="5" t="s">
-        <v>122</v>
+        <v>15</v>
       </c>
       <c r="D27" s="5" t="s">
-        <v>123</v>
-[...4 lines deleted...]
-        </is>
+        <v>149</v>
+      </c>
+      <c r="E27" s="5" t="s">
+        <v>68</v>
       </c>
       <c r="F27" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G27" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H27" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H27" s="5" t="s">
+        <v>150</v>
       </c>
       <c r="I27" s="5" t="s">
-        <v>131</v>
+        <v>151</v>
       </c>
       <c r="J27" s="5" t="s">
-        <v>126</v>
+        <v>121</v>
       </c>
       <c r="K27" s="5" t="s">
-        <v>132</v>
+        <v>152</v>
       </c>
       <c r="L27" s="6" t="s">
-        <v>133</v>
+        <v>153</v>
       </c>
       <c r="M27" s="5" t="s">
-        <v>134</v>
+        <v>154</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="5" t="s">
-        <v>135</v>
+        <v>155</v>
       </c>
       <c r="B28" s="5" t="s">
-        <v>14</v>
+        <v>35</v>
       </c>
       <c r="C28" s="5" t="s">
-        <v>136</v>
-[...2 lines deleted...]
-        <v>137</v>
+        <v>15</v>
+      </c>
+      <c r="D28" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F28" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G28" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H28" s="5" t="s">
-        <v>138</v>
-[...8 lines deleted...]
-        <v>141</v>
+        <v>156</v>
+      </c>
+      <c r="I28" s="5"/>
+      <c r="J28" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K28" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L28" s="6" t="s">
-        <v>142</v>
-[...3 lines deleted...]
-      </c>
+        <v>157</v>
+      </c>
+      <c r="M28" s="5"/>
     </row>
     <row r="29">
       <c r="A29" s="5" t="s">
-        <v>144</v>
+        <v>158</v>
       </c>
       <c r="B29" s="5" t="s">
-        <v>14</v>
+        <v>35</v>
       </c>
       <c r="C29" s="5" t="s">
-        <v>16</v>
-[...5 lines deleted...]
-        <v>17</v>
+        <v>15</v>
+      </c>
+      <c r="D29" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E29" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F29" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G29" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H29" s="5" t="s">
-        <v>146</v>
-[...8 lines deleted...]
-        <v>149</v>
+        <v>159</v>
+      </c>
+      <c r="I29" s="5"/>
+      <c r="J29" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K29" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L29" s="6" t="s">
-        <v>150</v>
-[...3 lines deleted...]
-      </c>
+        <v>160</v>
+      </c>
+      <c r="M29" s="5"/>
     </row>
     <row r="30">
       <c r="A30" s="5" t="s">
-        <v>152</v>
+        <v>161</v>
       </c>
       <c r="B30" s="5" t="s">
-        <v>14</v>
+        <v>35</v>
       </c>
       <c r="C30" s="5" t="s">
-        <v>16</v>
-[...5 lines deleted...]
-        <v>17</v>
+        <v>15</v>
+      </c>
+      <c r="D30" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F30" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G30" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H30" s="5" t="s">
-        <v>154</v>
-[...8 lines deleted...]
-        <v>156</v>
+        <v>162</v>
+      </c>
+      <c r="I30" s="5"/>
+      <c r="J30" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K30" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L30" s="6" t="s">
-        <v>157</v>
-[...3 lines deleted...]
-      </c>
+        <v>163</v>
+      </c>
+      <c r="M30" s="5"/>
     </row>
     <row r="31">
       <c r="A31" s="5" t="s">
-        <v>159</v>
+        <v>164</v>
       </c>
       <c r="B31" s="5" t="s">
-        <v>14</v>
+        <v>35</v>
       </c>
       <c r="C31" s="5" t="s">
-        <v>16</v>
-[...8 lines deleted...]
-        <v>162</v>
+        <v>15</v>
+      </c>
+      <c r="D31" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F31" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G31" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H31" s="5" t="inlineStr">
-[...11 lines deleted...]
-        <v>164</v>
+      <c r="H31" s="5" t="s">
+        <v>165</v>
+      </c>
+      <c r="I31" s="5"/>
+      <c r="J31" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K31" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L31" s="6" t="s">
-        <v>165</v>
-[...1 lines deleted...]
-      <c r="M31" s="5" t="s">
         <v>166</v>
       </c>
+      <c r="M31" s="5"/>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>
     <hyperlink ref="M13" r:id="rId18"/>
     <hyperlink ref="M14" r:id="rId19"/>
     <hyperlink ref="M15" r:id="rId20"/>
     <hyperlink ref="M16" r:id="rId21"/>
     <hyperlink ref="M17" r:id="rId22"/>
     <hyperlink ref="M18" r:id="rId23"/>
     <hyperlink ref="M19" r:id="rId24"/>
     <hyperlink ref="M20" r:id="rId25"/>
     <hyperlink ref="M21" r:id="rId26"/>
     <hyperlink ref="M22" r:id="rId27"/>