--- v0 (2025-10-05)
+++ v1 (2025-11-21)
@@ -9128,63 +9128,63 @@
     <t>Lyngsbækgaard er en herregård beliggende nær Ebeltoft. 
 Paafuglene tror jeg ikke ...: Larset-parret havde håbet, at deres påfugle ville yngle.</t>
   </si>
   <si>
     <t>Schiøler er rejst videre til Lyngsbækgård, desværre kan Johannes Larsen ikke tage imod tilbuddet om at rejse med, da han på grund af meget dårligt vejr ikke har kunnet malet så meget udenfor. Der skal være stort bryllup på kroen. 
 JL er glad for gode efterretninger om svanerne.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/qBZs</t>
   </si>
   <si>
     <t>Kirkeby 19 Maj 1920.
 Kæreste Alhed!
 Tak for Brevet i Dag. Det er morsomt at det gaar Puf saa godt og at I havde Held med Toget. Schiøler kørte i gaar Formiddags over Aarhus til Lyngsbækgaard, hvor han nu vilde have haft mig med, og det kunde jo have været morsomt hvis jeg havde været færdig jeg kunde være kommen derom ad til Kjerteminde i Bilen i Stedet for den kedelige Jernbanetur. Jeg naaede at faa malet et Billede i Gaar men det øsregnede inden jeg blev færdig og blev ved til Sengetid i Dag stormer det og snuskregner lidt af og til, det er snart til at blive skør af. Jeg har kun faaet malet 6 Billeder og i Forgaars var det 14 Dage siden jeg kom. Jeg vil haabe at Vejret i Mrg vil blive saadan at jeg kan være ude hele Dagen for her skal være stort Bryllup i Kroen. To Sønner fra Henne Mølle skal giftes og der kommer ca 130 Gæster. Fru Kru[ulæseligt] har været her en Uges Tid og bagt hver Dag. De skal spise et halvt Svin og lige ved 200 P Oxekød. Schiøler havde en god Tur, han fik alt hvad han ønskede sig og lidt til og Vejret var jo nogenlunde godt i de Dage. 
 Det glæder mig at høre om Svanerne, jeg blev meget ked af Meldingen og Slagsmaalet, men efter dit Brev i Dag, synes [jeg] vi kan husk igen. Paafuglene tror jeg ikke der bliver noget af i Aar. Bare Du nu maa finde alt i nogenlunde god Stand naar Du kommer hjem i Aften. Mange kærlige Hilsner 
 Din 
 Johannes Larsen.</t>
   </si>
   <si>
     <t>1920-05-20</t>
   </si>
   <si>
     <t>Henne Kirkeby</t>
   </si>
   <si>
-    <t>Gösta -
-Else Birgitte Brønsted
+    <t>Else Birgitte Brønsted
 Grethe Jungstedt
+Kurt Jungstedt
 Drude Jørgensen
 Johan Larsen
 Ellen  Sawyer
 Laura Warberg</t>
   </si>
   <si>
     <t>Alhed og Johan Larsen er netop kommet hjem til Kerteminde efter i lang tid at have været i Birkerød på hhv. besøg og kostskole. 
 At han- og hunsvanen slås i Larsens have har været diskuteret i flere breve. Johannes Larsen havde købt de to svaner i Hamburg Zoo.
 Mudi (Brønsted), Alheds niece, boede et års tid hos Alhed og Johannes Larsen.
-Grethe Sawyer blev i 1920 gift med den svenske maler Kurt Jungstedt. Det er hans forældre, hun har besøgt i Stockholm.</t>
+Grethe Sawyer blev i 1920 gift med den svenske maler Kurt Jungstedt. Det er hans forældre, hun har besøgt i Stockholm. Kurt J. kaldtes af nogle af Warberg-familiens medlemmer Gøsta.</t>
   </si>
   <si>
     <t>Alt stod godt til, da Alhed Larsen og hendes søn kom hjem. Ænderne er der. Svanerne opfører sig, som inden Alhed rejste.
 Grethe Sawyer har skrevet fra Stockholm. Hun syntes godt om sine svigerforældre.
 Drude og Elle(n) Sawyer vil til Paris i efteråret.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/McLn</t>
   </si>
   <si>
     <t>Torsdag
 Kæreste Lavsi!
 Alt stod rigtig godt til, da vi kom hjem i Gaar. Lysse og jeg var strax en Runde over det hele. Alle 8 Krikænder og alle de andre er der (altsaa kun 3 Pibeænder, men kun de to Graaænder). [Ulæseligt ord], de har været nede at spise begge to i Dag. Svanerne opfører sig ganske som inden jeg rejste, de var ved Reden til Morgen og Hannen var [ordet overstreget] er rasende som før. Gud ved om det ikke har været Sludder med det Slagsmaal. Blomsterne har det ogsaa rigtig godt. Hanen ser pragtfuld ud. Lysse, Mudi og jeg har været hele Efterm. hos Mor, de var meget begejstrede for et Brev, der i Dag var kommen fra Stockholm fra Grethe, hun synes udmærket om Svigerforældrene, der aabenbart ogsaa synes godt om hende, de forkæler hende voldsomt. Drude og Elle har bestemt en Pariserrejse til Efteraaret, naar Gösta og Grethe kommer hjem fra Spanien, hvor de skal være i Sommermaanederne.
 Peter Hund har det ogsaa udmærket, han var lykkelig over os. – Bare dog nu det Vejr vil holde, i Gaar og i Dag har det været fint her, men i Aften ser det overtrukkent ud. Nu kun mange Hilsner fra Lysse og Din A.</t>
   </si>
   <si>
     <t>1920-09-08</t>
   </si>
   <si>
     <t>Rigsdagen</t>
   </si>
   <si>
     <t>Kaptajnen -
 Åge Bolvig
 Ellen Branner