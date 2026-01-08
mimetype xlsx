--- v1 (2025-11-21)
+++ v2 (2026-01-08)
@@ -3,51 +3,51 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3659" uniqueCount="2245" xml:space="preserve">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3693" uniqueCount="2267" xml:space="preserve">
   <si>
     <t>Datering</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
@@ -9765,89 +9765,142 @@
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/u309</t>
   </si>
   <si>
     <t>6-4-1922
 Kære Ugle.
 Jeg kan ikke finde min Hovedliste, men den er for resten også meget mangelfuld, men når jeg ser på hvad jeg har, så er det også enten så private, at der ikke ved denne Lejlighed, hvor det ikke er_ mig_ der holder Udstillingen, kan sendes Indbydelse til dem eller også er det dem, som alle Kunsthandlere sender til – hvis de sender – da jeg sidst udstillede hos Anton Hansen blev der sendt meget få ud – Folk der har Lyst kommer der alligevel – en Notits i Bladene, foruden Avertissementerne er derimod af stor Betydning. Nu er Lockouten jo sluttet, det er det bedste, der kunde ske.
 Der er Olaf Thomsen – Grosserer Engel, Kochsgade 8? – Tandlæge Sigurdsen – Toldinspektør Ivar Berendsen – Munch-Petersen Sandholt
 [skrevet med blyant langs kanten: Inginør Ensel A [overstreget Olga] Vexelere Lehn S]
 Jeg ved ikke i Øjeblikket flere, men lad F.-R hente sine Folk, som han kender og er vant til at handle med. Jeg ønsker meget, at du må få et godt Udbytte af det og jeg synes, at det er meget glædeligt –_ også_ for dette at der nu Arbejdsfred.
 Lasse har det godt, han havde storartet i Skovridergården, men længtes alligevel meget og var henrykt ved at komme her tilbage. Jeg skal hilse dig meget fra ham. Også min Kone beder hilse.
 Sigurd
 Ser du Gelsted, så spørg, om han har noget imod at jeg udstiller Portrættet af ham, jeg har fået det i Ramme og synes det ser godt ud. [tilføjet med blyant: - det skulde foreløbig være i Arhus.]
 [ Tilføjet på tværs af brevet:] Jeg har tænkt meget over Overskriften og den er ikke god, den virker lidt som et Bedrag, at nogen skulde have købt alle de Ting af mig og det kan godt blive taget os ilde op, også af Pressen, er det allerede maskinskrevet, må det rettes med Blæk til
 En Samling Billeder af [overstreget: (Maleren?)] Sigurd Swane
 tilhørende Fru Christine Swane
 til Salg
 En Samling Billeder
 af Sigurd Swane
 tilhørende Fru Christine Swane
 til Salg
 Jeg vil meget bede dig gøre det sådan, da det er det eneste rigtige for os begge – jeg havde desværre ikke strax Klarhed over det.</t>
   </si>
   <si>
+    <t>1922-04-10</t>
+  </si>
+  <si>
+    <t>Rossia</t>
+  </si>
+  <si>
+    <t>Siri Andersson
+- - Hesselager
+Janna Schou
+Jørgen Schou
+Marie Schou
+Christine Swane
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Rossia var navnet på det forsikringsselskab, som Astrid Warberg-Goldschmidt arbejdede for.
+Astrid W-G og Jørgen/Buf Schou havde et kærlighedsforhold og fik sammen datteren Janna/Nusset Schou sammen. Jørgen Schous mor, Marie Syberg/Schou, kunne fra begyndelsen ikke lide Astrid Warberg-Goldschmidt. 
+Christine Swane blev kaldt Uglen.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv. BB0990</t>
+  </si>
+  <si>
+    <t>Astrid Warberg-Goldschmidt føler med Johanne C. Larsen, som går så meget igennem. Astrid ville ønske, at de to søstre kunne flytte sammen. Noget sådan talte de også om, da de for 20 år siden havde vrøvl med kæresterne. 
+Jørgen/Buf Schou vil give Astrids gamle cykel en hovedreparation. 
+Jørgen er i et forholkd til Frk. Hesselager, som vi gøre ham til kunstner. 
+Astrid får et påskegratiale på 200 kr. Jørgen og hans mor må ikke vide det, for de trækker i børnebidraget, hvis de hører, at Astrid har lidt penge. Marie Syberg, Jørgens mor, er modbydelig og en led satan. 
+Siri Andersson fra Malmø har været på besøg.
+Astrid har lavet et katalog for Christine Swane/Uglen, og denne gav hende som tak et maleri med motiv af et vindue med hvide gardiner, genstande på et bord og et rødt lommetørklæde.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/UXzT</t>
+  </si>
+  <si>
+    <t>p.t. ”Rossia”. 10. April 1922.
+………………………………..
+Kæreste lille Junge!
+Ja, nu maa du undskylde Maskinen – men uden den kan jeg ikke faa skreven til dig, og jeg vilde saa gerne skrive et lille Paaskebrev i Anledning af alt det meget sørgelige, som Mor skrev om. Jeg føler mig ganske brødebetynget, fordi jeg sendte dig den Hilsen, at ”jeg trængte saa meget til et Par Ord for dig”, for nu synes jeg, det er da meget mere dig, der trænger til at faa et lille Livstegn fra en anden Kant. For alt mit – ja, det tænker vi ikke paa nu. Alting gaar jo over engang ogsaa dét, der gør mest ondt. 
+Men dit, Junge, hvad skal man dog stille op. Var du dog blot ude af det – for det maa jeg sige ud af min egen tunge Erfaring: der er jo noget uhyre fredfuldt ved at være sluppen ud af sit Helvede, og man ved jo, at engang faar man sig selv bygget op igen. 
+Jeg har hørt, at du giver dig aktivt af med Politik, har Glæde af det, at du endog faar Tid til Basar for de russiske Børn. Det er jo saadan noget, der faar En til at bære alt det andet. Aa, Junge, om det hele stillede sig saadan, ar du og jeg kunde slaa os sammen herinde og lave et eller andet – i hvert Fald et Hjem sammen, vi skulde nok klare den, du med Elever, jeg med Kontorplads og saa en dygtig Pige til alt Skruppet, aa, Junge, vi vilde leve op igen og roligt kunde se imod Fremtiden – der er noget bedaarende i selve det: at kunde klare sig sjæleligt, socialt, økonomisk o.s.v. I Øjeblikket vil du maaske ryste paa Hovedet og forkaste det som umuligt, men hvem ved, hvad Tingene efterhaanden kan udvikle sig til - kan du huske, at vi engang for mange Aar siden – for ca. 20 Aar siden – da det ogsaa stod kludret til med vore Mandfolk, saa snakkede vi om saadan noget. Dengang blev det ikke til noget, men vi er jo kommen igennem den Del siden da. Og jeg synes nu, at København er en go By, der giver En mange Chancer ogsaa naar det gælder om ”at bygge sig selv op igen”, at ”begynde forfra” o.s.v. 
+Naa, maaske hører det stadig Fremtiden til, men maaske har vi ogsaa Fremtiden for os …….
+Heroppe paa Kontoret glæder vi os til Paaskeferien – jeg har ingen Planer – men vil dog se at komme saa meget ud i Luften som muligt med mit lille Nus. 
+Buf har lovet at give min Cycle en Hovedreparation i Ferien, jeg koster en 30 Kr. paa den, saa bliver den saa god som ny – den er saa frygtelig tilrakket – jeg købte den i Kerteminde dengang til Familiestevnet vistnok i 1912? og paa sit 10ende Aar har den jo taget sin værste Tørn, idet jeg har cyclet paa den hver eneste Dag hele Aaret igennem ogsaa i Vinter, har overhovedet ikke taget hensyn til Vejret (en meget sund Foranstaltning) men det misklæder efterhaanden Cyklen. Nu skal den altsaa fornyes, saa bliver der arrangeret et lille Sæde bagpaa med smaa Fodhvilere, saa jeg kan tage Nusset med ud om Søndagen, det venter jeg mig meget af. 
+Buf har jo faaet Frøken Hesselager ved Politiken og hun har sat ham til at blive Kunstner, han har til Gengæld sat hende til at købe sig Motorcycle, saa de kan køre sammen – i det ydre ser alt saaledes nydeligt ud – og Fru Syberg har jo vunden en fin Sejr og endelig faaet ham hjem til sig selv igen. Men ellers’ -, nej, Junge, jeg tror ikke ellers, det er saa godt for Buf. Han ser trykket og ulykkelig ud. Han bliver aldrig til noget og han har betroet mig, at han synes det er frygteligt kun at se Nusset som Gæst. Jeg synes, det er godt, han vil være Kunstner, maaske han kan blive Tegner ved et Blad, hvis han overhovedet egner sig til noget i denne Verden, saa er det sikkert noget i den Retning. Og maaske kan han gøre et rigt Parti engang, saa kan han [”han” indsat over linien] ikke faa det bedre.
+Naa, her er en frygtelig Uro paa Kontoret, saa Brevet kan ikke blive længere, vil du takke Mor meget for Brevet, hun skriver saa lidt om Helbredet???
+Der ymtes noget om, at vi fra 1ste Maj skal lukke Kl. 4 paa Kontoret - i saa Fald er vi ovenud glade, den Time betyder knusende meget. Og saa vil jeg betro dig og Mor som noget meget hemmeligt, at vi faar Paaskegratiale ogsaa i Aar (200 Kr. til mig) men det maa være saa hemmeligt, for Familien Syberg er ikke utilbøjelig til at ville trække fra i Nusserbidraget, hvis de hører det.)
+2).
+Det lyder som en infam Beskyldning, men i hvert Fald fik jeg jo i sin Tid ikke en rød Øre, da man en Sommer mente, at jeg tjente tilstrækkeligt paa Statsbanerne. Først langt hen i Eftersommeren maatte jeg have lidt Hjælp til Indkøb af Brændsel, men for denne Hjælp mente man sig berettiget til at forarge sig over, at jeg tillod mig at flyve for 50 Kr. Dette er, synes jeg, højst uværdigt for en Person, som jeg havde tænkt bedre om, men jeg indretter mig derefter, forstaar du nok, jeg er stolt over, at jeg trods min relative Fattigdom dog engang imellem kan have Lyst til en Extravagance og af den Grund vil jeg ikke rives i Næsen at jeg modtager et sandelig ikke altfor overdaadigt Bidrag til et Barn, som jeg dog ikke har været alene om at sætte i Verden. Nej, Junge, m.H.t. hende har jeg lang Vej igen, inden jeg lærer at se andet i hende end en nederdrægtig raa og modbydelig Madam, der uden Samvittighed tilføjer andre de samme Smerter, som hun selv har lidt i flere Aaar og derfor burde kende. Hun er en led Satan. 
+Men dette passer egentlig daarligt i et Paaskebrev. Jeg har jo ogsaa faaet Fred for hende, forhaabentlig behøver jeg aldrig mere at have med hende at skaffe. Jeg skal faa en Sagfører til at ordne alt fornødent med Bidraget til Nuseren og saa Punktum med hende. 
+Jeg har haft et dejligt Besøg af Siri i Malmø, hun kom Lørdag Aften ved 7 Tiden og var forfærdelig sød, hun havde en Masse Blomster med, italienske Anemoner, og Tulipaner, desuden – o altfor store Flothed – en henrivende lille Sølvbarneske til Nusseren, som straks udbrød: saa har jeg tre! Jeg havde jo haabet, det ikke skulde blive berørt, at hun var saa velforsynet i Forvejen, er der noget, vi er rige paa i mit Hus, saa er det jo Sølvtøj. Naa, og vi havde en herlig Aften, snakkede til langt ud paa Natten og laa længe næste Morgen. Marie fungerede godt, der var saa fint og rent alle Vegne og vi fik en en god Middag, mør Bøf (Hestebøf, som Buf havde foræret mig Dagen før). altsaa om Søndagen. Siri tog først afsted Kl. 6, vi var ganske hæse af at snakke.
+Ja, nu maa du undskylde, hvis dette Brev er lidt usammenhængende, jeg har maattet tage det ud af Maskinen gentagne Gange, naar en Fjende nærmede sig – aa, jeg maa lige endnu fortælle dig en stor Glæde, jeg har haft. Uglen havde bedt mig om heroppe at lave et Katalog til hende (hun skal udstille noget i Kunstboden i Hyskenstræde) og tænk dig, derfor forærde hun mig – trods ihærdige Pligtprotester fra mig – et vældig stort aldeles dejligt Maleri, Motiv: et Vindue med hvide Gardiner, et Bord med Sager paa, bl.a. et ildrødt Lommetørklæde, hvis du saa kender det, det er en halv Snes Aar gammelt, det hænger nu paa min Væg og jeg fryder mig inderligt over det – min Stue er i det hele taget efterhaanden et Unikum af Skønhed, Hvidhed, Renhed Fred, Hygge og Harmoni, gid jeg kunde sætte dig ind i den i hele Paasken …… 
+[Skrevet i hånden:]
+Og dermed mange Tusinder goe Hilsner fra din altid
+Dis</t>
+  </si>
+  <si>
     <t>1922-04-18</t>
   </si>
   <si>
     <t>Henne Kirkeby, 6854 Henne
 Samsø
 Kerteminde</t>
   </si>
   <si>
     <t>Achton Friis
 Vagn Jacobsen
 Drude Jørgensen
 Andreas Larsen</t>
   </si>
   <si>
     <t>Skibet, der blev døbt "Rylen" blev erhvervet til brug ved sejladsen under udarbejdelsen af bogværket "De Danskes Øer" med tekst af Achton Friis og illustrationer af Achton Friis og Johannes Larsen. Båden fungerer nu som museumsbåd for Østfyns Museer.</t>
   </si>
   <si>
     <t>Johannes Larsen har meget travlt med de sidste billeder, og vejret driller. Pga. tidnød må han derfor bede Achton Friis om at sørge for udrustningen af båden "Rylen" til næste tur blandt de danske øer med Samsø som første mål. 
 Der er kommet brev fra brygger Jacobsen om, at hans ven redaktøren køber det blå svanebillede. 
 Larsen har lavet en gåseakvarel.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/okB8</t>
   </si>
   <si>
     <t>Kirkeby 18 April 1922.
 Kæreste Alhed
 Posten narrede mig i Dag han var allerede borte ved den Tid han plejer at komme. Det er trist at det ikkke kan blive saa skikkeligt Vejr at jeg kan faa mine store Billeder ud. Det har det kun været en Eftermiddag siden i rejste. Nu nærmer jo Tiden sig da jeg skal ud med Friis. Saa der bliver jo ingen Tid hjemme. Jeg har skreven til Friis i Dag at han maa selv sørge for Udrustningen ad "Rylen" i Kjerteminde og bedt ham meddele hvilken Dag vi skal rejse til Samsø. Vi skal jo være der i 14 Dage før vi skal ud at sejle til Smaaøer. Saa kan han jo ogsaa se paa de forskellige Skipperemner. Puf vil vel nok være ham lidt behjælpelig, da jeg nu ikke kan være der. Jeg vilde meget nødig lade de 4 store Billeder i Stikken. Selv om jeg kan lave en Aquarel om Dagen var det jo dog bedre om jeg fik dem klaret og desuden skulde jo Drude gerne have det ene. Jeg fik et Brev fra Brygger Jacobsen i Dag som jeg sender Dig: Den Redaktør kunde gerne have bestemt sig til det blaa Svanebillede som han talte om at købe da de var her, det havde battet bedre jeg bød ham det for 1000 Kr. men han vilde tænke over det. Jeg har faaet lavet en Gaaseaquarel i Dag som jeg tror er helt pæn og hvis Vejret ikke er ændret i Morgen laver jeg en til. 
 19/4.
 I Dag er det da endeligt dejligt Vejr. Jeg har [ulæseligt ord] et af de store i Formdg og skal nu se hvad jeg kan lave i Eftrmdg. 
 Mange kærlige Hilsner
 Din 
 JL.</t>
   </si>
   <si>
     <t>1922-04-20</t>
-  </si>
-[...1 lines deleted...]
-    <t>Rossia</t>
   </si>
   <si>
     <t>Kerteminde
 Kærbyhus</t>
   </si>
   <si>
     <t>Margrethe Benzon
 Ellen Branner
 Thora  Branner
 - Gad, Frøken
 - Grandjean
 - Hartmann, frk. 
 - Jahn, stenografilærer
 Inga -, Malmø
 Astrid Møller
 Janna Schou
 Jørgen Schou
 Christine Swane</t>
   </si>
   <si>
     <t>Astrid Warberg-Goldschmidt arbejdede i forsikringsselskabet Rossia. 
 De rystende tilstande handler formodentlig om, at Adolph/Agraren Larsen, som var gift med Johanne/Junge, var alkoholiker. Flere familiemedlemmer forsøgte i perioder at få Johanne til at forlade ham for en periode, så han kunne indse, at han skulle afvænnes.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2490</t>
@@ -12338,51 +12391,51 @@
 Adolph Hitler
 Hans Hviid
 Julius Hviid
 Andreas Larsen
 Johannes Larsen
 Else Larsen, Else, Andreas Larsens kone
 Erich Remarque
 Stephen Roberts
 Ellen  Sawyer
 Lars Swane
 Agnes Taaning
 Erik Warberg Larsen
 Martin Warberg Larsen
 Laura Warberg Petersen</t>
   </si>
   <si>
     <t>Det vides ikke, hvem Søster var.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0563</t>
   </si>
   <si>
     <t>Der er mange steder i Danmark, som Johanne C. Larsen ønsker sig at se. Hun blev f.eks. misundelig, da hun hørte om Johannes Larsen og Brønsted-parrets tur til Møn. 
 Misundelse er noget grimt noget. Johanne mindes, da Martin/Manse blev ked af det, fordi Lasse Swane fik flere julegaver end han selv.
 Johanne har netop læst Stephen Roberts "Huset som Hitler byggede" og Remarques "Kammerater". Hans Hviid kommer med bøger til hende på hospitalet. 
-Det er svært at sove på ryggen og med benet spændt fast, men Johanne får sovepiller. Hun har haft feber, men har ikke mange smerter. Johanne får mangfe besøg. Laura/Bibbe har travlt hjemme. Drengene har gravet en brønd, så køerne kan få vand på marken og køkkenhaven kan blive vandet. 
+Det er svært at sove på ryggen og med benet spændt fast, men Johanne får sovepiller. Hun har haft feber, men har ikke mange smerter. Johanne får mange besøg. Laura/Bibbe har travlt hjemme. Drengene har gravet en brønd, så køerne kan få vand på marken og køkkenhaven kan blive vandet. 
 Johannes medpatient snakker konstant om sine sygdomme.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/phXb</t>
   </si>
   <si>
     <t>Kære lille Dis! 
 Det er dejligt med dine Breve - Tak for det sidste, det hjemme fra, hvor du skriver om Haven. Sikken en dejlig Tur, du har haft, du har Held til at faa smaa smukke Provinsbyer at se jeg husker endnu din Beskrivelse af hvad Søren er det den hedder, den lille By [”By” indsat over linjen] hvor Søster er Apoteker? Er det Hals? Ja [”Ja” indsat over linjen] Den gad jeg nu se: Der var jo i det hele Taget et og andet, man gerne gad se – der iblandt en Bøgeskov i Udspring. Det er mange Aar siden, jeg saa det vidunderlige Syn, og mon jeg nogen Sinde mere faar det at se jeg behøver ikke at sige: ”skøn paa at du har den Lykke”, for det ved jeg, du gør, men tænk hvor mange, der har den og ikke ændser den. Du ved jeg plejer ellers at høre til de nøjsomme mon det er Alderen, der gør, at jeg har mere ondt ved det nu X For Expl, da jeg hørte, at Las, Else og Puf kørte til Møen og der mødtes med Magisterens og fejrede deres Fødselsdage – og lige i den skønne Løvsprings tid, ja tænk dig da mindedes jeg (og følte) da lille Manse en Juleaften med lidt Graad i Stemmen hviskede til mig, hvorfor er der saa meget paa Lasses Bord og saa lidt paa mit!?
 Men selvfølgelig naar man er kommen til Skels aar og Alder kan man da nok tage sig selv i Nakken og minde sig selv om at Misundelse vel nok er en af de meget foragtelige Egenskaber - - der giver mig en hel Del Spørgsmaal, jeg må hellere se at faa dem besvarede, Nej, Tiden falder mig aldrig lang, Hvis jeg ikke gider noget andet, har jeg jo den lille vidunderlige Fjord lige for og kan følge Smaatræerne og Buskenes Udspring her ude i Haven Det har jo været et pragtfuldt Foraar i Aar Jeg har haft ”Huset”, som Hitler byggede af den australske Historiker Roberts. Meget interessant og dette, at det er en Historiker, som har skrevet den forhøjer jo ens Tillid til at det er Sandheden man læser Efter Læsningen af den saa jeg med samme Foragt paa Nazisterne som før, men jeg tror med en dybere Foragt end før paa det tyske Folk. Hvor var den lang og tung at læse navnlig naar man laa paa Sygelejet, men hvor var den god at faa Forstand af. Samtidig læste jeg Remarques: ”Kammerater”. Hvor de dog belyste hinanden paa en morsom Maade. Hans Hviid – Dr. Hviid, Plejesøn, er mageløs til at komme og besøge mig, sørge for min Lekture han ejer en Masse Bøger – nej, det kniber ikke at ligge; jeg har en Luftkrans at ligge paa, men selvfølgelig lidt tvungent at have Benet liggende i den Tagrende, hvortil den er bunden fast; at sove paa Ryggen falder mig altid lidt svært men jeg faar Sovetabletter om Aftenen og kan faa det midt paa Natten igen hvis jeg vil. De er allesammen mageløs søde. Vor elskede Øverste Sygeplejerske, altsaa Chefen her har faaet sin Afsked paa graat Papir og rejser om 8 Dage - de vil ikke give hende Grunden Det er saa vidt jeg kan forstaa en Slags Sammensværgelse med Sladder og Skidt - - en Fremgangsmåde der er Kjerteminde værdig!!
 Om jeg har Smerter. Naa-aa- ikke saa meget mere, men al den første Tid var ikke saa rar og jeg havde en Del Feber, en Aften lige ved 39, men alt det er jo forbi nu Llige efter Pinsedagen skal Gibsen tages af Foden og hvad er saa skal ske eller hvor nær jeg saa er ved Hjemsendelsen aner jeg ikke – jeg modtager en utrolig Mængde Godhed fra alle Sider og af alle Slags, Masser af Mennesker kommer og besøger mig I Gaar havde nogle af mine Kjertemindevenner sørget for at køre gl. Frk. Hagen min mangeaarige gode gamle Ven herud til mig, hun vilde saa gerne hilse paa mig, jeg har jo ikke kunnet besøge hende længe paa Grund af daarlig Gaaelse. Det var et dejligt og rørende Besøg Og naturligvis havde hun som alle andre lidt med til mig. De mest trofaste er Elle og Fru Taaning, men ellers kan du ikke tænke dig alle dem, der kommer her, ogsaa vore Naboer fra Munkebo. 
 Hjemme staar det godt til Bibbe er jo saa trofast til at komme saa tit [”tit” indsat over linjen] det er muligt for hende men meget hviler jo paa hende gid hun maa kunde taale det hun er jo ikke rask endnu gid hun vilde gøre lidt mere for at blive det – Drengene virker jo som sædvanlig for fulde Sejl; jeg hører om nye Virksomhedet; nu har de gravet en Brønd ude ved de to Folde; der er Masser af Vand mægtige Brøndrør er lagt ned, og danner Brøndens Sider, en brugt Pumpe købt, saa nu kan der pumpes Vand op til Køerne om Somren i Stedet for at føre dem den lange Vej hjem til Gaarden Og de har faaet det ordnet saadan, at de kan vande helt oppe i Køkkenhaven – dels Gummislange og dels Jærnrør det betyder altid gode Grønsager De er nu knagende driftige, de Drenge. - - - 
 Jeg har gode Patientkammerater her, en gl. Bondekone fra Drigstrup hun har megen Lune og er ikke dum, dog er det trættende altfor mange Gange at skulle høre [”høre” indsat over linjen] om hele hendes Sygdoms Forløb, Maven Bækkenforteelser o. lign: Jeg har forbudt dem at berøre disse Yndlingsemner, naar vi spiser. Den anden er en ung Pige af Gaardejerstand, sød, naturlig forstandig og i godt Humør. Saa ikke mere, spørg hvis du vil vide mere. 
 Et Væld af Hilsner til Jer fra din Junge
 [Skrevet på hovedet øverst på s. 8:]
 Jo, jeg har lidt ondt ved at ligge og skrive, dette var en Bedrift
 [Indsat øverst s. 2:]
 X nej det er vist bare Sygelejet, der gør det.</t>
   </si>
   <si>
     <t>1939-09-01</t>
   </si>
   <si>
     <t>Lis Storland
 Stefan Storland</t>
   </si>
@@ -12589,50 +12642,109 @@
   </si>
   <si>
     <t>Det vides ikke, hvem Katrine var. Larsen-familien kendte mange af dette navn. Else Larsens moster kendes heller ikke.</t>
   </si>
   <si>
     <t>Marie Larsen savnede Johan Larsen til sin 70års fødselsdag. Bibb/Laura kom, men Søster og Gudrun var ikke med. Det var pænt af Johannes/Las Larsen, Johan/Puf og Else at holde festen i værkstedet. De havde pyntet pænt op, maden var dejlig, og der var sange og taler. Det eneste kedelige var, at Vilhelm/Klaks beordrede sine svigerdøtre til at cykle hjem kl. 12, men det fik Johan/Puf og Lars forhindret. Begge svigerdøtre fik barn 7. april, men bedstemødrene passede. 
 Marie forklarer, hvem der ses på det medsendte foto. Johannes Larsen ville have haft alle fætre og kusiner med ægtefæller med til festen, men det blev for mange.
 Marie var tre uger på Lindøgaard. Johanne/Junge har meget dårlige knæ. Afgrøderne står godt. Erik/Tinges nye hus er dejligt. Han spiser på Lindgaard, men klarer ellers sig selv. Johanne har fået elektrisk hegn. Der er et overlevende føl på gården. 
 Marie m.fl. har været på tur til Enebærodde.
 Andreas/Lysses børn er yndige. 
 Marie vil meget gerne på besøg på Båxhult.
 Christine og Lars/Lasse har været på besøg. De kom fra Christiansfeld. 
 Johannes Larsen arbejder med bestillinger hver dag.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/1Hgo</t>
   </si>
   <si>
     <t>Kerteminde d. 28-8-42.
 Kære Lysse. Tusind Tak for Dit Brev i Anledning af min Fødselsdag, det var pænt af Dig at skrive til mig, jeg blev meget glad for det; Du kan tro jeg savnede Dig, lige til det sidste nærede jeg et svagt Haab om at Du vilde komme, de andre lo ad mig, men man kan jo somme Tider være fjollet, Du var en af dem jeg nødigst vilde savne den Dag; Bibbe som vi ikke var sikker paa, kom heldigvis, Søster fra Rørdam var den eneste som ikke kunne komme, hun er paa et Bibliothek oppe i Viborg, Gudrun var heller ikke med, hun var bleven syg et Par Dage før; det var forfærdelig pænt af Las, Puf og Else at holde saadan en Fest for mig, Vejret var dejligt, vi spiste ovre i Værkstedet, som Puf og Lasse havde pyntet vidunderligt, der var Bøg hele Vejen rundt, undtagen hvor de store Billeder hænger, Bordet var ogsaa meget smukt med Blomster og Masser af Lys, det havde Else og Uglen staaet for, Maden var dejlig og det var et meget vellykket Gilde, Elle havde skreven en Sang og der blev holdt adskillige Taler, blandt andet af Tinge, hvad jeg var meget rørt over; det eneste kedelige var at Klaks ved 12 Tiden fandt paa at, Henning, Bror og deres Koner skulde tage hjem, Ditte og Kirsten gik tilsidst skikkeligt op og klædte sig om, de skulde cycle hjem, men saa tog Puf og Lasse fat og fik dem overtalt til at blive, der var nemlig ingen Grund til at tage af Sted, da de havde afsat deres Poder hos Bedstemødrene, (I ved maaske ikke en Gang, at Ditte og Kirsten d. 7ende April fik hver en Lille, Ditte en Pige og Kirsten en Dreng, var det ikke et pudsigt Tilfælde,) naa, men alt endte altsaa i Fryd og god Forstaaelse. – 
 Med Hensyn til Billedet, saa er den Herre og Dame midt i Baggrunden, Elses Forældre, saa jeg kan godt forstaa at du ikke husker Erhards saadan, han og hans Kone var ikke med heller ikke Mix og Myg, fra først af var det din Fars Mening at alle Fætre og Kusiner med Mænd og Koner skulde med, men det satte jeg mig imod, vi var i saa Fald, bleven dobbelt saa mange og det syntes jeg var alt for galt i disse Tider, Marie Meyer var bedt med, fordi hun bor her i Byen og da Katrine var paa Besøg hos hende kom hun naturligvis ogsaa med; den Dame der staar yderst ved Siden af Tinge er Elses Moster, baade hun og Tinge er daarlige paa Billedet, Manse er pæn, men jeg synes nu at baade Puf, Du og Tinge er kønnere, men det er naturligvis en Smagssag.
 Paa Lindøgaard var jeg i godt 3 Uger og havde det dejligt skønt Vejret ikke var særlig godt, Junge har det jo ikke særlig godt, hendes Knæ var bleven Røntgenfotograferet og Lægen havde sagt at nu kunde det ikke blive værre, da al Brusk var fortæret, det trøstede hende at høre, men hun kan kun gaa med 2 Stokke og ikke ret langt ad Gangen, men dog ud i Haven og undertiden lidt ud i Markerne; deres Korn er bedre i Aar end det har været de sidste Aar og nu har de faaet en hel Del Regn, det hjælper godt paa Græs og Roer, lige uden for Haven var der en halv Td. Land med Ærter til Konservesfabrikken og de gav et vældigt Udbytte, da de var plukkede, saaede de Grønkaalsfrø i Stykket; det var morsomt at se saa glad Tinge var for sin ny Ejendom, det er ogsaa et dejligt Hus han har faaet, han spiser Middag paa Lindøgaard men klarer ellers sig selv. - 
 Vi var en dejlig Tur paa Enebærodden forleden Dag, Las, Puf, Else og de 2 store cyclede, Thora og jeg dels spadserede og tog [”tog” indsat over linjen] dels med Rutebil vi blev sat over fra Gabet, med en Motorjolle, hvor er der vidunderligt paa den Odde, vi spadserede rundt i flere Timer og fik et dejligt Bad i Kattegat inden vi tog hjem, Uglen og jeg har en Gang været der med Tinge sejlende fra Lindøgaard, der er Lyng Enebær og en lille Skov med mange forskellige Slags Træer, Tyttebær var der ogsaa men Du har vel for resten været der. – 
 Det var morsomt at se Bimse og Børnene i Foraaret, hvor er det nogle henrivende Børn I har, lille Alhed er da en ren Skønhed; det maa være et stort Savn for Jer at I ikke faar Fru P. og Kylle over hos Jer i Sommer; det er jo ogsaa længe siden Din Far har været paa Båxhult, Du kan tro at jeg heller end gerne besøgte Jer og det dejlige Småland; hver Sommer, især i September længes jeg meget derover, tak fordi I vil se mig, lad os haabe at det ikke maa vare længe inden man kan rejse frit hvor man vil. – Uglen kom hertil for en Uge siden, hun, Lasse og Ursula har været i Christiansfeldt en Maanedstid for at male, der er en Hotelvært, hos hvem de nu for tredje Gang bor for Billeder, desværre laa Uglen i Sengen en Ugestid med stærk Bronchitis og Feber, nu har hun det godt igen og vi har faaet rigtig Sommer for første Gang i Aar, vi nyder det og gaar i Vandet Allesammen hver Dag. – Forhaabentlig har I ogsaa haft baade Regn og Varme saa Afgrøden staar godt, det er trist at se paa naar den ikke bliver god paa Grund af Vejrliget. –
 Junge ringede i Gaar, de har ophøstet og de tærskede et Læs Bygrivning for at faa noget til Kreaturerne; de har faaet elektrisk Indhegning derhenne, saa de kan slippe Køerne ud om Morgenen og kalde dem hjem igen om Aftenen naar de skal malke, det sparer jo meget Arbejde, i det hele taget synes jeg de har forbedret det meget derhenne, baade hvad Markerne og Jordene angaar, de har et dejligt lille Føl, der var et til, men det blev født for tidligt og levede kun nogle Uger, til næste Aar haaber de at faa 2 og Tinge et Føl. – Her har de det godt Alle, Din Far arbejder hver Dag, han har flere Bestillinger; Jeppe er begyndt at gaa i Skole, nu efter Sommerferien og han er meget glad for det. - * [Det følgende skrevet s. 1, øverst på siden og på tværs:] Lasse og Ursula har det godt, vi hilste paa dem i Odense den Dag Uglen kom de havde 1 Times Ophold hun er en vældig sød Pige, Uglen er saa glad ved hende, de bor yndigt ved Birkerød Sø; Lasse sælger godt, han er med i en Malersammenslutning som hedder Badeblomsten, de havde Udstilling i den ”Frie” sidst i Mai, han havde 10 Billeder og solgte de 9, den Dag han havde Bryllup (Pinsedag) blev der ringet at han havde solgt 2 Billeder, saa de var glade kan Du forstaa; naar Du en Gang kommer hertil Landet, haaber jeg Du besøger baade os og dem, Søren Christensen som var med at ovre hos Jer har bygget et Hus ligeved Siden af Lasses, han er gift med Gull[ulæseligt] Mai N[ulæseligt]. – Nu ved jeg ikke mere at fortælle og slutter med mange kærlige Hilsner til Bimse Børnene og Dig selv fra din Ia. – Tak fordi Du skrev. -</t>
+  </si>
+  <si>
+    <t>1942-09-08</t>
+  </si>
+  <si>
+    <t>Blegdamsvej 19 København Ø</t>
+  </si>
+  <si>
+    <t>Lindøgaard Dræby St.</t>
+  </si>
+  <si>
+    <t>Frk. Andersen
+Alhed Marie Brønsted
+Ellen Brønsted
+Else Birgitte Brønsted
+Johannes Nicolaus Brønsted
+Peter Oluf Brønsted
+Vilhelm Buhl
+- Gjerulff
+Jesper Hansen
+Eli Larsen
+Christine  Mackie
+Leo Swane
+Mikael Venge
+Erik Warberg Larsen
+Martin Warberg Larsen
+Laura Warberg Petersen
+Niels Wendelboe Venge
+Eskil Ørsted Hansen</t>
+  </si>
+  <si>
+    <t>Einar Kabel, oberst Douglas og kusine Karen kendes ikke. 
+Hellesens Fabrikker var en dansk virksomhed, grundlagt af Wilhelm Hellesen, der opfandt det moderne tørelement-batteri og gjorde det til en global succes, kendt for sit tigerlogo. De startede i København, flyttede til store fabriksanlæg på Østerbro (Aldersrogade), og selvom produktionen senere flyttede til Jylland (Thisted) og til sidst lukkede ned, lever brandet og opfindelsen videre under navnet Duracell (2025).</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0964</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ytKA</t>
+  </si>
+  <si>
+    <t>[Skrevet på kuvertens forside:]
+Fru Johanne Warberg
+Lindøgaard
+pr. Dræby St
+Fyen 
+[Ulæselige noter i højre side]
+[Skrevet på kuvertens bagside:]
+afs. Brøndsted, Blegdamsvej 19, Kbvn Ø.
+[Delvis ulæselige noter:]
+…. Maler Jensen … Alfred Jensen Cycelhandler 
+[I brevet:]
+8 Spt. 42
+Kæreste Junge! 1000 Tak til Dig og Jer alle for Besøget hos Jer. Jeg vilde ønske en større Veltalenhed stod til min Raadighed, saa jeg rigtig kunde udtrykke, hvor glad jeg var ved det. Nu ved jeg altsaa rigtigt, hvordan der er hos Jer, og hvor er der yndigt og hvor I er søde allesammen. Jeg har tænkt saa meget paa Jeres Høst, sørget i Regn og glædet mig i Solskin (tildels maaske ogsaa egoistisk, men dog mest landøkonomisk), men nu er jeg blevet rolig i Sindet i den faste Overbevisning, at det nok er kommet ind altsammen, og at Tinge og Manse har leveret Vildt til Høstgildet. Og hvor var det dog morsomt at jeg ogsaa fik Bibbe at se, det søde Barn vilde absolut have kørt min lille Bagage til Kerteminde, det havde været nydeligt efter Natteturen! Ja, Rutebilen svigtede jo, og jeg havde en meget varm, men ogsaa meget sund Spadseretur til Kerteminde. 
+Ogsaa Besøget i Brædstrup var særdeles vellykket, alt ialt en dejlig Rejse med godt Forslag i, skønt det jo kun var 10 Dage ialt. Magisteren var ogsaa glad ved sin Fodtur, havde bl.a. været paa Randbøl Hede og ved Slaggaarden, hvor han fandt Korsnæb i Massevis Heldigvis er jeg aldrig ked af at komme hjem, Bes var her og havde The og Hygge til os. Den vidunderlige Frk. Andersen var ogsaa kommen og fungerer nu, foreløbig tilfredsstillende, laver god Mad og gør et kompetent Indtryk i det hele taget, maaske snarest lidt for, jeg spørger mig selv, om hun kan bevare sit elskværdige Væsen under alle Forhold, det er maaske lidt meget at forlange, men for mig egentlig den aller vigtigste Egenskab hos en Husfælle. Jeg har nu efterhaanden genset alle Børn og Svigerbørn undt. Lomme; Mudi med Familie var her hele Dagen i Søndags, de to Unger er meget lækre, og Michael var i sit allerbedste Humør, saa er han uimodstaaelig. Mudi er flink og udhvilet ved efter sin Extraferie. Mornine holdt en nydelig lille Midg. i Lørdags for Eli, Swane, Vennen Einar Kabel – Pianist – og os, det er saa fint og lækkert, alt hvad Mornine laver: hun har opgivet sin Sommerrejse, men tager dog en Ugestur ud til Karen – vores Kusine – i Holte. Eli og jeg snakkede om, hvad vi dog kunde gøre ved hendes Fattigdom, jeg har talt med Eskild, om han ikke kunde skaffe hende noget Haandarbejde, det [ulæseligt] og er vist godt betalt, men Ulykken er at Materialerne til det som til saa meget andet er ved at udgaa. Stakkels Mornine med sin evige Pengenød. 
+Igaar havde vi Besøg af vor gamle Ven Gjerulf, som vi ikke har set i en 20 Aar. I den Tid har han været bosat baade i Dresden, Schweiz, Paris og London, flere Aar hvert Sted og er nu vendt tilbage til sit Udgangspunkt, nemlig Hellesens Fabrikker her i Byen. I England havde han gjort Bekendtskab med en Slags Bevægelse, startet af en Oberst Douglas, som menes at kunne skaffe gode og tilfredsstillende sociale forhold paa en meget simpel Maade; han fortalte en hel Del om det, det lød udmærket, vi vil prøve at faa nogle Bøger af denne Douglas, I kender vel ikke noget til ham; jeg har aldrig hørt ham nævne, skønt jeg i lang Tid har været interesseret i de Spørgsmål og ude efter nogenlunde populære Værker, han skal være forholdsvis [”forholdsvis” indsat over linien] let forstaaelig, men pokkers svært er jo al den Slags, og ialfald jeg læser dem med den lidt ubehagelige Fornemmelse, at jeg ikke vilde kunne gennemskue selv de allerværste Brølere. 
+Hørte I Buhl i Radioen? Det var jo tydelig nok, og vi faar vel altsaa snart tysk Administration, for Sabotagen hører naturligvis ikke op. Det kan ogsaa være det samme, naar bare de vil lade være med at skyde Gidsler, det er efter min Mening Topmaalet af Barbari og næsten ikke til at udholde. Men man kan da altid haabe, at det uventede sker, og det hele holder op, før end ["end" indsat over linjen] man venter.
+Og nu er jeg meget spændt paa at høre, om Du har haft Doktoren ude, og hvad han har sagt om, og hvad han vil gøre ved Hoften, saa det bliver Du nødt til at skrive mig et Par Ord om lille Junge! Og saa 1000 varme Hilsner til Jer alle, Din Lugge.
+H. f. Magisteren.</t>
   </si>
   <si>
     <t>1943-09-02</t>
   </si>
   <si>
     <t>Otto Andresen
 - Ferlov
 Alfred Fly
 Rasmus Kaas Petersen
 Adolph Larsen
 Johanne Christine Larsen
 Else Larsen, Else, Andreas Larsens kone
 Ellen  Sawyer
 Lis Storland
 Stefan Storland
 Lars Swane
 Ane Talbot
 Ursula Uttenreitter
 Erik Warberg Larsen
 Martin Warberg Larsen
 Laura Warberg Petersen</t>
   </si>
   <si>
     <t>Tinesens var enten søskende eller forældre til Else Marie Larsen, som var gift med Andreas Larsen.
 I 1942 blev 7. regiment i Fredericia flyttet til en baraklejr på Ahlefeldtsvej i Kerteminde. I august 1943 overfaldt tyskerne lejren og internerede de danske soldater. Soldaterne blev hjemsendt i oktober samme år. Tyskerne brugte herefter lejren, indtil den blev revet ned i november 1944. ( Kurt Risskov Sørensen: Kerteminde Bys Historie 1850-2000, udgivet af Kertemindeegnens Museer 2000, s.135)</t>
@@ -14759,50 +14871,105 @@
 [I brevet:]
 Lindøgaard Mand. 14-8-1950
 Kære lille Dis!
 Tak fordi du skrev saa omgaaende og som altid saa interessant og indholdsrigt. Det er li’egodt rart med Breve, saa vi kan følge med i alt om hinanden.
 Nu har jeg allerede været oppe i flere Dage, men føler mig stadig som en Klud, ja ikke stort bedre end efter mine store Sygdomme. Jeg har er [”er” indsat over linjen:”] er endnu ikke begyndt at bestille noget og har dog saa meget at lave. Tak for Bestillingen af de 6 Servietter til Holger, kunde du ikke spørge ham om Tidspunktet (Julegave?) for hvis det ikke haster, kunde jeg tænke mig at sy de 18 som Manse skal have og som altsaa bor her, saa jeg altid har Modeller at sy efter. Dem kunde jeg saa sende dig til Eftersyn, saa kunde jeg [”jeg” overstreget] han selv pille de 6 ud, som han vil have; de er jo nemme at returnere i en stor Konvolut. 
 Jeg fik sendt Bud efter Dr. Agner, da jeg efterhaanden blev lidt nysgerrig efter at vide, hvoraf den standhaftige Feber kom. Det viste sig at være Betændelse i Næsen, deraf de hæftige Smerter hen over Næsen i Begyndelsen af Forkølelsen Nu drypper Marie mig 4 Gg. om Dagen og Feberen er ovre. Jeg tror nu at min Afmagtstilstand kommer fra Maven, der har tet sig kedeligt hele Tiden og har den lille private Mening, at det er en Streg af Para-Dysenteri, som jeg havde for en halv Snes Aar siden og derfor nok ved, hvordan en saadan tager paa Befindenet. Jeg holder Diæt og spiser meget lidt. 
 Nej, der var saamænd ikke noget letsindigt i Barnedaaben; Agr. og jeg kørte først derhen Kl 12, de andre som skulde fungere i Kirken blev hentet af Lauritz tidlig paa Morgenstunden, da Gudstjenesten var Kl 8 ½ (!) Det var gaaet saa godt, Bibbe bar, Grete stod hos, Lauritz og Manse stod Faddere. Jeg morede mig over din lille spøgefulde Bemærkning over, at jeg event. skulde ”bære”, især da jeg saa maatte tænke mig, at jeg i saa Fald maatte have Drengen i en Rygsæk, da jeg jo maa have mine Arme til at bruge Stokkene. Menigheden vilde nok have kigget! Det blev en saa henrivende Dag, kun os 6 [”6” indsat over linjen] som Gæster, altsaa 9 til Bords baade Frokost og Middag 
 II 3. Slags Vin, som jeg nød. Jeg huskede, da jeg havde Para-Dysenteri var jeg vild
 efter Vin, og det har jeg ogsaa været i denne Sygdom.
 ganske dejlig Mad, alt saa nydeligt. Jo saa ovenud festligt, og Bibbe saa straalende glad, hvor er hun lykkelig over sin Dreng, jeg synes aldrig jeg har set saa stor en Lykke over et Barn. Du kan tro, at den Dreng vil forandre l [”I” overstreget] meget i alle Forhold paa Andkærgaard; for ogsaa Lau. er lykkelig over ham. Der var et Væld af Gaver; da vi kom Kl 12 var de alle – også Troels - i Haven i det herlige Solskin, der laa Gaverne uoppakkede paa Havebordet. Dejlige Blomsterbuketter, forskelligt til Drengen og saa alle Bibbes Gaver. Troels fik smaa Las-Træsnit baade af Manse og Tinges. Jeg gav ham de to Par Kopper X [”X” indsat over linjen], som Far og Mor fik til deres Sølvbr. af Johanne Oppermann. med L.W. og A.W. og Datoer med forgyldte Bogstaver paa Underkopperne. Kan du huske dem? De kan jo ligesaa godt gaa til den Gren af Familien. Bibbe fik af mig [”af mig” indsat over linjen] 10 Servietter (nu har hun 18) og 20 Kr. til Hjælp til en Visittaske; ogsaa Penge fra Marie og Uglen dertil, hun havde nu faaet en af Lauritz (henrivende) men det vidste vi jo ikke, saa maa hun bruge Pengene til andet.
 [Skrevet langs sidens venstre kant:] 
 X Mon et Barn nogensinde før har faaet Kopper til sin Daab. 
 Om Eftermid. kom Helga og Brita og fotograferede os; Bibbe m. Troels og Grete hos, og dernæst os alle. Ja, du kan ikke tænke dig, hvor det var en skøn Dag, og tænk i denne Sommer at faa et saa pragtfuldt Vejr. Det var lykkeligt at opleve den Dag. Vi var alle sammen saa glade. Troels var bedaarende, han trives og blomstrer, saa det er en Lyst.
 Jeg maa fortælle dig lidt om mit Doktorbesøg. Da han var færdig med mig, skulde have Te og blev budt ind i Stuen. Næ, sagde han, vi maa da sidde hos Dem, ellers skal vi sidde og raabe til Dem, der staar jo et Bord og saa begyndt han at rydde af mit lille Vaskebord, anbragte alle Smaatingene i Vinduerne, de store ting paa Gulvet, flyttede Bordet (der heldigvis var belagt med et rent og fint Pyntehaandklæde) hen til min Seng og saa havde han, Rie og jeg et Par fornøjelige Timer med Passiar og Røg. Han er forfærdelig sød den lille Doktor.
 Jeg skal hilse dig fra Rie. Hun sidder og syr hele Dagen, et mægtigt Korsstingsbroderi en Bordløber, som Manse er saa begejstret for og som han vist ogsaa skal have til Jul
 III
 det bliver vidunderlig smukt, Marie har jo en udmærket og en sikker Smag til at sætte Farverne sammen, hun er jo ikke for ingenting af Las-familien. Kun indvender jeg, at hun er for flittig tænk, hun kan sy ustandselig fra Morg. til Aft. nej langt ud paa Aftenen og faar eft. min Mening alt for lidt ud af sin Ferie, er for lidt i Luften, gaar ikke en ordentlig Tur hver Dag.
 Samme Dag, som jeg fik dit Brev, fik jeg 2 andre fra Hais, den gode trofaste Hais, som sendte mig er Udklip, der berømmede Grete Gyldens Klaverkoncert i Tivoli. Hais havde været der med Birgit.
 Og saa fra lille Dan Warberg, som takkede for sit lille Besøg her: han cyclede efter Ferien – 30te Juli tror jeg – fra Brædstrup til Kbhvn. og havde saa ringet og bedt om han måtte overnatte her, hvad han jo heller end gerne maatte. Marie var her jo, men saa foreslog Ruth, at hun laa oppe hos sin Søster i Munkebo, og saa laa Dan i hendes Værelse – nok saa snildt. Han er ubeskrivelig sød og vi havde saadan et godt lille Samvær med ham.
 Ja, du har Ret i dine Betragtninger over Navnene. Troels Lauritz Petersen har en udmærket Klang, hvorimod Warb. Navnet ikke rigtig passer, men Bibbe er nu saa glad ved det Navn, hun har altid kaldt sig det, især paa Sygehusene kan de ikke have alle de 
 -sen Navne. - - En Ting til fra dit Brev: Nej, jeg vil sandelig holde paa Ordet: Aand og ikke Kraft, for med Ordet Kraft tænker man absolut paa noget fysisk. (Ole Bjørn Kraft) f. Eks. hvor mange Heste-Kraft o.s.v. jeg synes, det er en rigtig daarlig Erstatning de der har lavet for det smukke Ord: Aand.
 Dejligt at høre at Axel har det godt.
 Bankede du? Hils ham saa meget.
 Nu fik jeg min Salighed da griflet et rigtigt Brev sammen, godt gjort! Men jeg tror nu ogsaa, jeg begynder at mærke lidt tilbagevendende ”Kraft”, - som altsaa for Fremtiden har to Betydninger. 
 Saa Farvel lille Dis, kærlig Hilsen fra din Junge.</t>
+  </si>
+  <si>
+    <t>1951-05-08</t>
+  </si>
+  <si>
+    <t>København
+Kastelsvej 23</t>
+  </si>
+  <si>
+    <t>Marius Christiansen
+Else Jensen
+Andreas Larsen
+Johan Larsen
+Marie Larsen
+Peter Andreas Larsen
+Christine Swane</t>
+  </si>
+  <si>
+    <t>Else Jensen, som var enke efter Johannes V. Jensen, boede på Kastelsvej i København. 
+Adolph og Johanne Christine Larsen ejede Lindøgaard ved Munkebo. 
+”Pax” var en restaurant på Sydstranden i Kerteminde ejet af Johannes Larsens venner Dagmar og Johan Due Nielsen. 
+Mille Fleurhøns er kendt for deres smukke udseende, hvilket har gjort dem populære som udstillingsfugle (Kilde: Internettet juli 2024). 
+Søstrene Christine Swane og Marie Larsen boede sammen i Christine Swanes hus i Birkerød, hvor Marie Larsen fungerede som husbestyrerinde. 
+I 1897 grundlagdes Dianalund (det nuværende Filadelfia). Koloniens formål er behandling til mennesker med epilepsi og psykiske sygdomme. Else Larsen fik det psykisk meget dårligt efter at have født sit fjerde barn, som kun levede få dage, og hun blev indlagt på Dianalund.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen er kørt med Johan/Lysse Larsen til København. På vejen hentede de æg af Mille fleur og dværgvagtler. 
+Else Jensen har kørt Johannes Larsen til hans søstre i Birkerød. Han har bestilt et sæt tøj.
+Andreas/Puf Larsen har hentet Else Larsen på Dianalund, og hun har det ikke godt. 
+På Båxhult har de 800 kalkunkyllinger. Peter Larsen er blevet optaget på Polyteknisk Læreanstalt.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/OauH</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Lensgrevinde
+Chr. Knuth
+Refshalevej 
+Maribo.
+[På kuvertens bagside:]
+Johannes Larsen
+P.T. Kastelsvej 23
+Kjøbenhavn
+Ø.
+[I brevet:]
+Kjøbenhavn 8 Maj 1951.
+Kære Grevinde.
+Forrige Mandag kørte jeg med Lysse og Bimse til Kjøbenhavn. Dagen efter kørte Lysse og jeg til Kjerteminde og Onsdag hentede Lysse en Pige paa Lindøgaard og saa kørte vi til Kjøbenhavn. På Vejen var vi hos Christiansen hvor Lysse fik nogle Mille fleuræg og Dværgvagtelæg og efter at vi havde faaet en Malurtbitter kørte vi til ”Pax” hvor Lysse saa Billederne, vi fik en Kreuterbitter og kørte videre. Vi var inde i Slaglille Kirke og kørte til Zoologisk Have. Torsdag kørte Else J.V. mig ud til mine Søstre i Birkerød. Nu har jeg faaet talt med en Del Mennesker her og været hos min Skræder og bestilt et Sæt Tøj, det bliver 100 Kr dyrere for hvert Aar. Paa Fredag rejser jeg hjem det er jo Pufs Fødselsdag paa Lørdag. Desværre er det vist ikke saa godt med Else. Puf hentede hende paa Dianalund og kørte nogle Dage med hende til Møen og skulde komme hjem til Kjerteminde om Aftenen den Dag Lysse og jeg kørte derfra. Da vi var i Birkerød havde han ringet og bedt dem sige til mig at jeg ikke maatte tage nogen med hjem, det lyder jo ikke saa godt, saa jeg er meget spændt paa hvordan det staar til, naar jeg kommer hjem.
+Mange Hilsener fra Din
+hengivne
+Johannes Larsen.
+P.S.
+Da vi rejste fra Båxhult var det ottende Kuld Kalkunkyllinger kommen saa der var ca 800. Peter havde været i Kjøbenhavn og var bleven antaget til at begynde paa polyteknisk Læreanstalt, hvor han skal læse til dansk Ingeniør.
+JL.</t>
   </si>
   <si>
     <t>Povl  Engelstoft</t>
   </si>
   <si>
     <t>Elise Hansen
 Peter Hansen
 Johannes Larsen
 Lars Swane
 Sigurd  Swane
 Fritz Syberg</t>
   </si>
   <si>
     <t>Brevet er en kladde. Oplysningerne i brevet skulle formentlig bruges til 2. udgave af Dansk Biografisk Leksikon. Povl Engelstoft arbejdede med dette i perioden 1933-44. ( lex.dk)</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, Christine Swane Breve, kasse 1, kuvert 5, 2002/61, A8, lb 11.</t>
   </si>
   <si>
     <t>Opremsning af hvilke billeder der findes, som forestiller Christine Swane.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/JX8F</t>
   </si>
   <si>
@@ -14914,59 +15081,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/qTtv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KcMs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8OfC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nvKp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CvZ7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VQBE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5Y40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jLjW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rcEC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/puRs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DZoG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zSIz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GpwX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ePWR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AtS0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YpPV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RUmn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cnLh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YbGR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/grsT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pmpj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3na4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ybpb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PERX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nHKT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7yKm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6Kxs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gyIY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rE7C" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J4Te" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/znpL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DIJT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ARDw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vVbh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/plqW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/umj1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F0BX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ib7c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rGjm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9DkY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hRdx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Zmwg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5cFa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ipxB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/p9S4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ILq6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kga3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GBxo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jiof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EFin" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WlIY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MVpP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8Quh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UQXi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mB89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3hHU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/imC3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/h40m" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6IPX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4Dtr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PmHm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qVm1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tGsC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iMUd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A2iG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eTde" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GcYT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0rov" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Pllc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jiDn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3qpa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GAaw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NaCo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FVb7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7RUc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/WsHnFLg1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0GbR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4C1Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xnJ7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uggH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Z0Fn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tCf4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tuYk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IHTH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4uI3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kWnW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VLuh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cKUz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BH6m" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Gn6q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OacK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yY73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LqCJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WaQ1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/w1hk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NhRs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wgqk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gsHm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ad8b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HXD2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HLAx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yitM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YXQL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sXh6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId111" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XDEQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId112" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/06VF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId113" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yrEi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId114" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A2oC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId115" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WuGv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId116" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dZLL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId117" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F0dG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId118" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vumR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId119" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ronk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId120" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gnVi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId121" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/03Q9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId122" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qFVb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId123" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d7i8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId124" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8NY7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId125" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eKFw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId126" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NjCc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId127" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xVjb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId128" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/q1aj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId129" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v8qs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId130" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0u8z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId131" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TnI7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId132" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1NAW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId133" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tG5r" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId134" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DRUD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId135" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9xvU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId136" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qVOG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId137" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FtFx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId138" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IPz0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId139" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ImAB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId140" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QkiQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId141" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OT2N" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId142" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HxTY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId143" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zgFT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId144" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fvI0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId145" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/G3e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId146" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hX80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId147" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6exN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId148" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8odw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId149" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dIU3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId150" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jmQ4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId151" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OHEL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId152" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1A3S" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId153" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3A6Y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId154" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tuK6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId155" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NW4E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId156" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/usQS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId157" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F9RN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId158" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RpAe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId159" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DEbN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId160" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DLU4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId161" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/N3Iu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId162" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Zvc4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId163" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pxQF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId164" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Zs1g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId165" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rrwJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId166" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NTgt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId167" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pHau" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId168" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/h0Nw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId169" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iEY2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId170" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/am4g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId171" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kFZB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId172" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nHWH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId173" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kAO8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId174" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/maOI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId175" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/c0TA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId176" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eMZY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId177" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NXeB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId178" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SCEC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId179" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6kUb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId180" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5uMX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId181" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aHOB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId182" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9vRT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId183" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3tUR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId184" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/K5os" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId185" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bUa7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId186" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PPvC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId187" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gLob" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId188" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dGdH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId189" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3Y49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId190" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2hZB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId191" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/q0sA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId192" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CT8T" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId193" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/h5Gm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId194" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xqeI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId195" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OliG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId196" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9RQc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId197" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/X8VY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId198" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/leYK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId199" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rHUU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId200" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qBZs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId201" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/McLn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId202" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0umT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId203" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UO38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId204" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XyRs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId205" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/okGM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId206" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/D6fe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId207" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i5m7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId208" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ypSdLDCw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId209" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/c1Hv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId210" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wab6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId211" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wnwv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId212" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vRmb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId213" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WkFR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId214" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/76Ej" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId215" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/I3y0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId216" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/u309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId217" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/okB8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId218" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4B2d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId219" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vZVk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId220" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/U5Q6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId221" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TB6V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId222" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OzeC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId223" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mFJK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId224" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5bZM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId225" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Zf6v" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId226" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8YNM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId227" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7pRJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId228" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uUSJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId229" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v8Yy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId230" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FYsw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId231" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4j7f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId232" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fevi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId233" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XhN7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId234" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pbpu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId235" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Fmzb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId236" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Swza" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId237" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/e8wn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId238" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6MlX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId239" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/x1dO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId240" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/D7he" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId241" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/M0Wt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId242" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ilyl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId243" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/9bhAnKJQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId244" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fqNv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId245" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wUYt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId246" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZZj3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId247" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zNim" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId248" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Cp59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId249" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IwBB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId250" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ystz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId251" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CgSf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId252" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fhzy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId253" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Mlv4Xur5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId254" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/a932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId255" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cWRz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId256" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/S8fl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId257" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4XXZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId258" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mCg3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId259" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xbl0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId260" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v5EC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId261" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Dl1i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId262" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZJbe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId263" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PLWe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId264" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2Fqb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId265" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Q8Cm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId266" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4gyc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId267" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3IYo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId268" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7pLM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId269" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9eus" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId270" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QBkJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId271" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rCYM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId272" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vy50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId273" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hIOv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId274" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7Uxr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId275" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IOG6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId276" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/52is" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId277" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/izLL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId278" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IEcI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId279" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zyis" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId280" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/phXb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId281" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zlDg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId282" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SejG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId283" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/guwk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId284" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4XYe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId285" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1Hgo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId286" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vL8T" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId287" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GGSW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId288" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RQtJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId289" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gvso" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId290" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ySLm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId291" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JdVO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId292" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GqHO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId293" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A0QC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId294" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RIgZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId295" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hAY5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId296" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bFM2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId297" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jH7A" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId298" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fo20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId299" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/T87z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId300" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bOsD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId301" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Bmdc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId302" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yZ4z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId303" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iQmy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId304" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Kww0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId305" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/66Z4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId306" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fpY0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId307" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JSMC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId308" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xblM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId309" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3x1u" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId310" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vpPh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId311" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qXs1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId312" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/edjy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId313" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y6H9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId314" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DDsy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId315" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VXzl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId316" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AOwC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId317" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cB31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId318" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PxiH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId319" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SPLE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId320" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6Eao" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId321" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0JgV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId322" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/55oU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId323" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y5jP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId324" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JQ1X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId325" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iPJz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId326" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/p1L7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId327" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8032" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId328" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JX8F" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId329" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/qTtv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KcMs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8OfC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nvKp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CvZ7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VQBE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5Y40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jLjW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rcEC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/puRs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DZoG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zSIz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GpwX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ePWR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AtS0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YpPV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RUmn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cnLh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YbGR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/grsT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pmpj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3na4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ybpb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PERX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nHKT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7yKm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6Kxs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gyIY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rE7C" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J4Te" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/znpL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DIJT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ARDw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vVbh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/plqW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/umj1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F0BX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ib7c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rGjm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9DkY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hRdx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Zmwg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5cFa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ipxB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/p9S4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ILq6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kga3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GBxo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jiof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EFin" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WlIY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MVpP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8Quh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UQXi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mB89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3hHU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/imC3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/h40m" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6IPX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4Dtr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PmHm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qVm1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tGsC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iMUd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A2iG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eTde" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GcYT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0rov" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Pllc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jiDn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3qpa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GAaw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NaCo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FVb7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7RUc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/WsHnFLg1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0GbR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4C1Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xnJ7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uggH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Z0Fn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tCf4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tuYk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IHTH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4uI3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kWnW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VLuh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cKUz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BH6m" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Gn6q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OacK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yY73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LqCJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WaQ1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/w1hk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NhRs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wgqk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gsHm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ad8b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HXD2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HLAx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yitM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YXQL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sXh6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId111" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XDEQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId112" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/06VF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId113" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yrEi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId114" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A2oC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId115" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WuGv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId116" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dZLL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId117" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F0dG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId118" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vumR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId119" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ronk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId120" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gnVi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId121" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/03Q9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId122" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qFVb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId123" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d7i8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId124" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8NY7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId125" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eKFw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId126" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NjCc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId127" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xVjb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId128" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/q1aj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId129" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v8qs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId130" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0u8z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId131" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TnI7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId132" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1NAW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId133" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tG5r" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId134" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DRUD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId135" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9xvU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId136" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qVOG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId137" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FtFx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId138" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IPz0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId139" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ImAB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId140" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QkiQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId141" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OT2N" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId142" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HxTY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId143" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zgFT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId144" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fvI0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId145" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/G3e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId146" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hX80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId147" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6exN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId148" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8odw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId149" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dIU3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId150" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jmQ4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId151" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OHEL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId152" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1A3S" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId153" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3A6Y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId154" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tuK6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId155" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NW4E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId156" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/usQS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId157" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F9RN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId158" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RpAe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId159" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DEbN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId160" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DLU4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId161" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/N3Iu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId162" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Zvc4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId163" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pxQF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId164" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Zs1g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId165" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rrwJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId166" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NTgt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId167" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pHau" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId168" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/h0Nw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId169" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iEY2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId170" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/am4g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId171" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kFZB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId172" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nHWH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId173" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kAO8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId174" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/maOI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId175" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/c0TA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId176" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eMZY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId177" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NXeB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId178" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SCEC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId179" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6kUb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId180" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5uMX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId181" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aHOB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId182" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9vRT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId183" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3tUR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId184" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/K5os" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId185" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bUa7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId186" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PPvC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId187" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gLob" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId188" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dGdH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId189" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3Y49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId190" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2hZB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId191" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/q0sA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId192" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CT8T" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId193" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/h5Gm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId194" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xqeI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId195" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OliG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId196" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9RQc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId197" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/X8VY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId198" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/leYK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId199" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rHUU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId200" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qBZs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId201" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/McLn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId202" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0umT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId203" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UO38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId204" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XyRs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId205" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/okGM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId206" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/D6fe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId207" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i5m7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId208" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ypSdLDCw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId209" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/c1Hv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId210" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wab6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId211" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wnwv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId212" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vRmb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId213" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WkFR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId214" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/76Ej" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId215" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/I3y0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId216" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/u309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId217" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UXzT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId218" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/okB8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId219" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4B2d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId220" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vZVk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId221" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/U5Q6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId222" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TB6V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId223" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OzeC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId224" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mFJK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId225" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5bZM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId226" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Zf6v" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId227" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8YNM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId228" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7pRJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId229" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uUSJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId230" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v8Yy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId231" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FYsw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId232" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4j7f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId233" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fevi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId234" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XhN7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId235" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pbpu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId236" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Fmzb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId237" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Swza" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId238" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/e8wn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId239" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6MlX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId240" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/x1dO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId241" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/D7he" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId242" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/M0Wt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId243" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ilyl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId244" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/9bhAnKJQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId245" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fqNv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId246" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wUYt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId247" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZZj3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId248" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zNim" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId249" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Cp59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId250" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IwBB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId251" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ystz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId252" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CgSf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId253" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fhzy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId254" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Mlv4Xur5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId255" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/a932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId256" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cWRz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId257" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/S8fl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId258" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4XXZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId259" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mCg3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId260" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xbl0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId261" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v5EC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId262" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Dl1i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId263" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZJbe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId264" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PLWe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId265" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2Fqb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId266" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Q8Cm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId267" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4gyc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId268" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3IYo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId269" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7pLM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId270" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9eus" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId271" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QBkJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId272" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rCYM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId273" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vy50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId274" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hIOv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId275" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7Uxr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId276" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IOG6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId277" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/52is" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId278" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/izLL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId279" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IEcI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId280" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zyis" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId281" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/phXb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId282" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zlDg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId283" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SejG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId284" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/guwk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId285" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4XYe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId286" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1Hgo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId287" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ytKA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId288" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vL8T" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId289" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GGSW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId290" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RQtJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId291" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gvso" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId292" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ySLm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId293" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JdVO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId294" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GqHO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId295" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A0QC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId296" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RIgZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId297" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hAY5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId298" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bFM2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId299" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jH7A" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId300" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fo20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId301" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/T87z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId302" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bOsD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId303" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Bmdc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId304" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yZ4z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId305" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iQmy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId306" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Kww0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId307" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/66Z4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId308" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fpY0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId309" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JSMC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId310" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xblM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId311" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3x1u" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId312" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vpPh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId313" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qXs1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId314" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/edjy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId315" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y6H9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId316" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DDsy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId317" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VXzl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId318" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AOwC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId319" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cB31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId320" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PxiH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId321" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SPLE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId322" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6Eao" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId323" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0JgV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId324" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/55oU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId325" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y5jP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId326" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JQ1X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId327" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iPJz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId328" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/p1L7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId329" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8032" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId330" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OauH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId331" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JX8F" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId332" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M324"/>
+  <dimension ref="A1:M327"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -24196,461 +24363,463 @@
       </c>
       <c r="I212" s="5" t="s">
         <v>1471</v>
       </c>
       <c r="J212" s="5" t="s">
         <v>440</v>
       </c>
       <c r="K212" s="5" t="s">
         <v>1472</v>
       </c>
       <c r="L212" s="6" t="s">
         <v>1473</v>
       </c>
       <c r="M212" s="5" t="s">
         <v>1474</v>
       </c>
     </row>
     <row r="213">
       <c r="A213" s="5" t="s">
         <v>1475</v>
       </c>
       <c r="B213" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C213" s="5" t="s">
-        <v>16</v>
+        <v>428</v>
       </c>
       <c r="D213" s="5" t="s">
-        <v>120</v>
+        <v>429</v>
       </c>
       <c r="E213" s="5" t="s">
-        <v>1150</v>
+        <v>1476</v>
       </c>
       <c r="F213" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G213" s="5" t="s">
-        <v>1476</v>
+      <c r="G213" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H213" s="5" t="s">
         <v>1477</v>
       </c>
       <c r="I213" s="5" t="s">
         <v>1478</v>
       </c>
       <c r="J213" s="5" t="s">
-        <v>22</v>
+        <v>1479</v>
       </c>
       <c r="K213" s="5" t="s">
-        <v>1479</v>
+        <v>1480</v>
       </c>
       <c r="L213" s="6" t="s">
-        <v>1480</v>
+        <v>1481</v>
       </c>
       <c r="M213" s="5" t="s">
-        <v>1481</v>
+        <v>1482</v>
       </c>
     </row>
     <row r="214">
       <c r="A214" s="5" t="s">
-        <v>1482</v>
+        <v>1483</v>
       </c>
       <c r="B214" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C214" s="5" t="s">
-        <v>428</v>
+        <v>16</v>
       </c>
       <c r="D214" s="5" t="s">
-        <v>112</v>
+        <v>120</v>
       </c>
       <c r="E214" s="5" t="s">
-        <v>1483</v>
-[...1 lines deleted...]
-      <c r="F214" s="5" t="s">
+        <v>1150</v>
+      </c>
+      <c r="F214" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G214" s="5" t="s">
         <v>1484</v>
-      </c>
-[...3 lines deleted...]
-        </is>
       </c>
       <c r="H214" s="5" t="s">
         <v>1485</v>
       </c>
       <c r="I214" s="5" t="s">
         <v>1486</v>
       </c>
       <c r="J214" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="K214" s="5" t="s">
         <v>1487</v>
       </c>
-      <c r="K214" s="5" t="s">
+      <c r="L214" s="6" t="s">
         <v>1488</v>
       </c>
-      <c r="L214" s="6" t="s">
+      <c r="M214" s="5" t="s">
         <v>1489</v>
-      </c>
-[...1 lines deleted...]
-        <v>1490</v>
       </c>
     </row>
     <row r="215">
       <c r="A215" s="5" t="s">
+        <v>1490</v>
+      </c>
+      <c r="B215" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C215" s="5" t="s">
+        <v>428</v>
+      </c>
+      <c r="D215" s="5" t="s">
+        <v>112</v>
+      </c>
+      <c r="E215" s="5" t="s">
+        <v>1476</v>
+      </c>
+      <c r="F215" s="5" t="s">
         <v>1491</v>
-      </c>
-[...13 lines deleted...]
-        <v>18</v>
       </c>
       <c r="G215" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H215" s="5" t="s">
         <v>1492</v>
       </c>
       <c r="I215" s="5" t="s">
         <v>1493</v>
       </c>
       <c r="J215" s="5" t="s">
-        <v>247</v>
+        <v>1494</v>
       </c>
       <c r="K215" s="5" t="s">
-        <v>1494</v>
+        <v>1495</v>
       </c>
       <c r="L215" s="6" t="s">
-        <v>1495</v>
+        <v>1496</v>
       </c>
       <c r="M215" s="5" t="s">
-        <v>1496</v>
+        <v>1497</v>
       </c>
     </row>
     <row r="216">
       <c r="A216" s="5" t="s">
-        <v>1497</v>
+        <v>1498</v>
       </c>
       <c r="B216" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C216" s="5" t="s">
-        <v>428</v>
+        <v>1214</v>
       </c>
       <c r="D216" s="5" t="s">
         <v>101</v>
       </c>
       <c r="E216" s="5" t="s">
         <v>18</v>
       </c>
       <c r="F216" s="5" t="s">
         <v>18</v>
       </c>
       <c r="G216" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H216" s="5" t="s">
-        <v>1498</v>
+        <v>1499</v>
       </c>
       <c r="I216" s="5" t="s">
-        <v>1499</v>
+        <v>1500</v>
       </c>
       <c r="J216" s="5" t="s">
-        <v>164</v>
+        <v>247</v>
       </c>
       <c r="K216" s="5" t="s">
-        <v>1500</v>
+        <v>1501</v>
       </c>
       <c r="L216" s="6" t="s">
-        <v>1501</v>
+        <v>1502</v>
       </c>
       <c r="M216" s="5" t="s">
-        <v>1502</v>
+        <v>1503</v>
       </c>
     </row>
     <row r="217">
       <c r="A217" s="5" t="s">
-        <v>1503</v>
+        <v>1504</v>
       </c>
       <c r="B217" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C217" s="5" t="s">
-        <v>1214</v>
+        <v>428</v>
       </c>
       <c r="D217" s="5" t="s">
         <v>101</v>
       </c>
       <c r="E217" s="5" t="s">
-        <v>1504</v>
+        <v>18</v>
       </c>
       <c r="F217" s="5" t="s">
         <v>18</v>
       </c>
       <c r="G217" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H217" s="5" t="s">
         <v>1505</v>
       </c>
       <c r="I217" s="5" t="s">
         <v>1506</v>
       </c>
       <c r="J217" s="5" t="s">
-        <v>247</v>
+        <v>164</v>
       </c>
       <c r="K217" s="5" t="s">
         <v>1507</v>
       </c>
       <c r="L217" s="6" t="s">
         <v>1508</v>
       </c>
       <c r="M217" s="5" t="s">
         <v>1509</v>
       </c>
     </row>
     <row r="218">
       <c r="A218" s="5" t="s">
         <v>1510</v>
       </c>
       <c r="B218" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C218" s="5" t="s">
-        <v>16</v>
+        <v>1214</v>
       </c>
       <c r="D218" s="5" t="s">
         <v>101</v>
       </c>
       <c r="E218" s="5" t="s">
-        <v>18</v>
+        <v>1511</v>
       </c>
       <c r="F218" s="5" t="s">
         <v>18</v>
       </c>
-      <c r="G218" s="5" t="s">
-        <v>1511</v>
+      <c r="G218" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H218" s="5" t="s">
         <v>1512</v>
       </c>
       <c r="I218" s="5" t="s">
         <v>1513</v>
       </c>
       <c r="J218" s="5" t="s">
         <v>247</v>
       </c>
       <c r="K218" s="5" t="s">
         <v>1514</v>
       </c>
       <c r="L218" s="6" t="s">
         <v>1515</v>
       </c>
       <c r="M218" s="5" t="s">
         <v>1516</v>
       </c>
     </row>
     <row r="219">
       <c r="A219" s="5" t="s">
         <v>1517</v>
       </c>
       <c r="B219" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C219" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D219" s="5" t="s">
-        <v>120</v>
+        <v>101</v>
       </c>
       <c r="E219" s="5" t="s">
         <v>18</v>
       </c>
-      <c r="F219" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F219" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="G219" s="5" t="s">
         <v>1518</v>
       </c>
       <c r="H219" s="5" t="s">
         <v>1519</v>
       </c>
       <c r="I219" s="5" t="s">
         <v>1520</v>
       </c>
       <c r="J219" s="5" t="s">
-        <v>22</v>
+        <v>247</v>
       </c>
       <c r="K219" s="5" t="s">
         <v>1521</v>
       </c>
       <c r="L219" s="6" t="s">
         <v>1522</v>
       </c>
       <c r="M219" s="5" t="s">
         <v>1523</v>
       </c>
     </row>
     <row r="220">
       <c r="A220" s="5" t="s">
         <v>1524</v>
       </c>
       <c r="B220" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C220" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D220" s="5" t="s">
         <v>120</v>
       </c>
-      <c r="D220" s="5" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="E220" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="F220" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G220" s="5" t="s">
         <v>1525</v>
       </c>
       <c r="H220" s="5" t="s">
         <v>1526</v>
       </c>
       <c r="I220" s="5" t="s">
         <v>1527</v>
       </c>
       <c r="J220" s="5" t="s">
-        <v>247</v>
+        <v>22</v>
       </c>
       <c r="K220" s="5" t="s">
         <v>1528</v>
       </c>
       <c r="L220" s="6" t="s">
         <v>1529</v>
       </c>
       <c r="M220" s="5" t="s">
         <v>1530</v>
       </c>
     </row>
     <row r="221">
       <c r="A221" s="5" t="s">
         <v>1531</v>
       </c>
       <c r="B221" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C221" s="5" t="s">
+        <v>120</v>
+      </c>
+      <c r="D221" s="5" t="s">
+        <v>1330</v>
+      </c>
+      <c r="E221" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F221" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G221" s="5" t="s">
         <v>1532</v>
       </c>
-      <c r="D221" s="5" t="s">
-[...10 lines deleted...]
-      <c r="G221" s="5" t="s">
+      <c r="H221" s="5" t="s">
         <v>1533</v>
       </c>
-      <c r="H221" s="5" t="s">
+      <c r="I221" s="5" t="s">
         <v>1534</v>
       </c>
-      <c r="I221" s="5" t="s">
+      <c r="J221" s="5" t="s">
+        <v>247</v>
+      </c>
+      <c r="K221" s="5" t="s">
         <v>1535</v>
       </c>
-      <c r="J221" s="5" t="s">
+      <c r="L221" s="6" t="s">
         <v>1536</v>
       </c>
-      <c r="K221" s="5" t="s">
+      <c r="M221" s="5" t="s">
         <v>1537</v>
-      </c>
-[...4 lines deleted...]
-        <v>1539</v>
       </c>
     </row>
     <row r="222">
       <c r="A222" s="5" t="s">
+        <v>1538</v>
+      </c>
+      <c r="B222" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C222" s="5" t="s">
+        <v>1539</v>
+      </c>
+      <c r="D222" s="5" t="s">
+        <v>1228</v>
+      </c>
+      <c r="E222" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F222" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G222" s="5" t="s">
         <v>1540</v>
       </c>
-      <c r="B222" s="5" t="s">
-[...16 lines deleted...]
-      <c r="G222" s="5" t="s">
+      <c r="H222" s="5" t="s">
         <v>1541</v>
       </c>
-      <c r="H222" s="5" t="s">
+      <c r="I222" s="5" t="s">
         <v>1542</v>
       </c>
-      <c r="I222" s="5" t="s">
+      <c r="J222" s="5" t="s">
         <v>1543</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
       <c r="K222" s="5" t="s">
         <v>1544</v>
       </c>
       <c r="L222" s="6" t="s">
         <v>1545</v>
       </c>
       <c r="M222" s="5" t="s">
         <v>1546</v>
       </c>
     </row>
     <row r="223">
       <c r="A223" s="5" t="s">
         <v>1547</v>
       </c>
       <c r="B223" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C223" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D223" s="5" t="s">
         <v>120</v>
       </c>
       <c r="E223" s="5" t="s">
@@ -24682,4448 +24851,4579 @@
       <c r="M223" s="5" t="s">
         <v>1553</v>
       </c>
     </row>
     <row r="224">
       <c r="A224" s="5" t="s">
         <v>1554</v>
       </c>
       <c r="B224" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C224" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D224" s="5" t="s">
         <v>120</v>
       </c>
       <c r="E224" s="5" t="s">
         <v>18</v>
       </c>
       <c r="F224" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G224" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G224" s="5" t="s">
+        <v>1555</v>
       </c>
       <c r="H224" s="5" t="s">
-        <v>1555</v>
-[...1 lines deleted...]
-      <c r="I224" s="5"/>
+        <v>1556</v>
+      </c>
+      <c r="I224" s="5" t="s">
+        <v>1557</v>
+      </c>
       <c r="J224" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K224" s="5" t="s">
-        <v>1556</v>
+        <v>1558</v>
       </c>
       <c r="L224" s="6" t="s">
-        <v>1557</v>
+        <v>1559</v>
       </c>
       <c r="M224" s="5" t="s">
-        <v>1558</v>
+        <v>1560</v>
       </c>
     </row>
     <row r="225">
       <c r="A225" s="5" t="s">
-        <v>1559</v>
+        <v>1561</v>
       </c>
       <c r="B225" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C225" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D225" s="5" t="s">
         <v>120</v>
       </c>
       <c r="E225" s="5" t="s">
         <v>18</v>
       </c>
       <c r="F225" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G225" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H225" s="5" t="s">
-        <v>1560</v>
+        <v>1562</v>
       </c>
       <c r="I225" s="5"/>
       <c r="J225" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K225" s="5" t="s">
-        <v>1561</v>
+        <v>1563</v>
       </c>
       <c r="L225" s="6" t="s">
-        <v>1562</v>
+        <v>1564</v>
       </c>
       <c r="M225" s="5" t="s">
-        <v>1563</v>
+        <v>1565</v>
       </c>
     </row>
     <row r="226">
       <c r="A226" s="5" t="s">
-        <v>1564</v>
+        <v>1566</v>
       </c>
       <c r="B226" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C226" s="5" t="s">
-        <v>1532</v>
+        <v>16</v>
       </c>
       <c r="D226" s="5" t="s">
-        <v>1228</v>
+        <v>120</v>
       </c>
       <c r="E226" s="5" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="F226" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G226" s="5" t="s">
-        <v>1565</v>
+      <c r="G226" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H226" s="5" t="s">
-        <v>1566</v>
-[...1 lines deleted...]
-      <c r="I226" s="5" t="s">
         <v>1567</v>
       </c>
+      <c r="I226" s="5"/>
       <c r="J226" s="5" t="s">
-        <v>1536</v>
+        <v>22</v>
       </c>
       <c r="K226" s="5" t="s">
         <v>1568</v>
       </c>
       <c r="L226" s="6" t="s">
         <v>1569</v>
       </c>
       <c r="M226" s="5" t="s">
         <v>1570</v>
       </c>
     </row>
     <row r="227">
       <c r="A227" s="5" t="s">
         <v>1571</v>
       </c>
       <c r="B227" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C227" s="5" t="s">
-        <v>16</v>
+        <v>1539</v>
       </c>
       <c r="D227" s="5" t="s">
-        <v>1392</v>
-[...4 lines deleted...]
-        </is>
+        <v>1228</v>
+      </c>
+      <c r="E227" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F227" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G227" s="5" t="s">
         <v>1572</v>
       </c>
       <c r="H227" s="5" t="s">
         <v>1573</v>
       </c>
       <c r="I227" s="5" t="s">
         <v>1574</v>
       </c>
       <c r="J227" s="5" t="s">
-        <v>247</v>
+        <v>1543</v>
       </c>
       <c r="K227" s="5" t="s">
         <v>1575</v>
       </c>
       <c r="L227" s="6" t="s">
         <v>1576</v>
       </c>
       <c r="M227" s="5" t="s">
         <v>1577</v>
       </c>
     </row>
     <row r="228">
       <c r="A228" s="5" t="s">
         <v>1578</v>
       </c>
       <c r="B228" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C228" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D228" s="5" t="s">
+        <v>1392</v>
+      </c>
+      <c r="E228" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F228" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G228" s="5" t="s">
         <v>1579</v>
       </c>
-      <c r="D228" s="5" t="s">
-[...2 lines deleted...]
-      <c r="E228" s="5" t="s">
+      <c r="H228" s="5" t="s">
         <v>1580</v>
-      </c>
-[...11 lines deleted...]
-        </is>
       </c>
       <c r="I228" s="5" t="s">
         <v>1581</v>
       </c>
       <c r="J228" s="5" t="s">
         <v>247</v>
       </c>
       <c r="K228" s="5" t="s">
         <v>1582</v>
       </c>
       <c r="L228" s="6" t="s">
         <v>1583</v>
       </c>
       <c r="M228" s="5" t="s">
         <v>1584</v>
       </c>
     </row>
     <row r="229">
       <c r="A229" s="5" t="s">
         <v>1585</v>
       </c>
       <c r="B229" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C229" s="5" t="s">
-        <v>120</v>
+        <v>1586</v>
       </c>
       <c r="D229" s="5" t="s">
-        <v>16</v>
-[...4 lines deleted...]
-        </is>
+        <v>101</v>
+      </c>
+      <c r="E229" s="5" t="s">
+        <v>1587</v>
       </c>
       <c r="F229" s="5" t="s">
-        <v>1364</v>
-[...5 lines deleted...]
-        <v>1587</v>
+        <v>18</v>
+      </c>
+      <c r="G229" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H229" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I229" s="5" t="s">
         <v>1588</v>
       </c>
       <c r="J229" s="5" t="s">
-        <v>22</v>
+        <v>247</v>
       </c>
       <c r="K229" s="5" t="s">
         <v>1589</v>
       </c>
       <c r="L229" s="6" t="s">
         <v>1590</v>
       </c>
       <c r="M229" s="5" t="s">
         <v>1591</v>
       </c>
     </row>
     <row r="230">
       <c r="A230" s="5" t="s">
         <v>1592</v>
       </c>
       <c r="B230" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C230" s="5" t="s">
-        <v>1579</v>
+        <v>120</v>
       </c>
       <c r="D230" s="5" t="s">
-        <v>101</v>
-[...2 lines deleted...]
-        <v>1580</v>
+        <v>16</v>
+      </c>
+      <c r="E230" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F230" s="5" t="s">
-        <v>18</v>
-[...11 lines deleted...]
-      <c r="I230" s="5"/>
+        <v>1364</v>
+      </c>
+      <c r="G230" s="5" t="s">
+        <v>1593</v>
+      </c>
+      <c r="H230" s="5" t="s">
+        <v>1594</v>
+      </c>
+      <c r="I230" s="5" t="s">
+        <v>1595</v>
+      </c>
       <c r="J230" s="5" t="s">
-        <v>247</v>
+        <v>22</v>
       </c>
       <c r="K230" s="5" t="s">
-        <v>1593</v>
+        <v>1596</v>
       </c>
       <c r="L230" s="6" t="s">
-        <v>1594</v>
+        <v>1597</v>
       </c>
       <c r="M230" s="5" t="s">
-        <v>1595</v>
+        <v>1598</v>
       </c>
     </row>
     <row r="231">
       <c r="A231" s="5" t="s">
-        <v>1596</v>
+        <v>1599</v>
       </c>
       <c r="B231" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C231" s="5" t="s">
-        <v>120</v>
+        <v>1586</v>
       </c>
       <c r="D231" s="5" t="s">
-        <v>16</v>
-[...19 lines deleted...]
-      </c>
+        <v>101</v>
+      </c>
+      <c r="E231" s="5" t="s">
+        <v>1587</v>
+      </c>
+      <c r="F231" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G231" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H231" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I231" s="5"/>
       <c r="J231" s="5" t="s">
-        <v>22</v>
+        <v>247</v>
       </c>
       <c r="K231" s="5" t="s">
         <v>1600</v>
       </c>
       <c r="L231" s="6" t="s">
         <v>1601</v>
       </c>
       <c r="M231" s="5" t="s">
         <v>1602</v>
       </c>
     </row>
     <row r="232">
       <c r="A232" s="5" t="s">
         <v>1603</v>
       </c>
       <c r="B232" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C232" s="5" t="s">
-        <v>1579</v>
+        <v>120</v>
       </c>
       <c r="D232" s="5" t="s">
-        <v>101</v>
-[...17 lines deleted...]
-      <c r="I232" s="5"/>
+        <v>16</v>
+      </c>
+      <c r="E232" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F232" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G232" s="5" t="s">
+        <v>1604</v>
+      </c>
+      <c r="H232" s="5" t="s">
+        <v>1605</v>
+      </c>
+      <c r="I232" s="5" t="s">
+        <v>1606</v>
+      </c>
       <c r="J232" s="5" t="s">
-        <v>247</v>
+        <v>22</v>
       </c>
       <c r="K232" s="5" t="s">
-        <v>1604</v>
+        <v>1607</v>
       </c>
       <c r="L232" s="6" t="s">
-        <v>1605</v>
+        <v>1608</v>
       </c>
       <c r="M232" s="5" t="s">
-        <v>1606</v>
+        <v>1609</v>
       </c>
     </row>
     <row r="233">
       <c r="A233" s="5" t="s">
-        <v>1607</v>
+        <v>1610</v>
       </c>
       <c r="B233" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C233" s="5" t="s">
-        <v>1579</v>
+        <v>1586</v>
       </c>
       <c r="D233" s="5" t="s">
         <v>101</v>
       </c>
       <c r="E233" s="5" t="s">
-        <v>1580</v>
+        <v>1587</v>
       </c>
       <c r="F233" s="5" t="s">
         <v>18</v>
       </c>
       <c r="G233" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H233" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I233" s="5"/>
       <c r="J233" s="5" t="s">
         <v>247</v>
       </c>
       <c r="K233" s="5" t="s">
-        <v>1608</v>
+        <v>1611</v>
       </c>
       <c r="L233" s="6" t="s">
-        <v>1609</v>
+        <v>1612</v>
       </c>
       <c r="M233" s="5" t="s">
-        <v>1610</v>
+        <v>1613</v>
       </c>
     </row>
     <row r="234">
       <c r="A234" s="5" t="s">
-        <v>1611</v>
+        <v>1614</v>
       </c>
       <c r="B234" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C234" s="5" t="s">
-        <v>1579</v>
+        <v>1586</v>
       </c>
       <c r="D234" s="5" t="s">
         <v>101</v>
       </c>
       <c r="E234" s="5" t="s">
-        <v>1580</v>
+        <v>1587</v>
       </c>
       <c r="F234" s="5" t="s">
         <v>18</v>
       </c>
       <c r="G234" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H234" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I234" s="5"/>
       <c r="J234" s="5" t="s">
-        <v>1612</v>
+        <v>247</v>
       </c>
       <c r="K234" s="5" t="s">
-        <v>1613</v>
+        <v>1615</v>
       </c>
       <c r="L234" s="6" t="s">
-        <v>1614</v>
+        <v>1616</v>
       </c>
       <c r="M234" s="5" t="s">
-        <v>1615</v>
+        <v>1617</v>
       </c>
     </row>
     <row r="235">
       <c r="A235" s="5" t="s">
-        <v>1616</v>
+        <v>1618</v>
       </c>
       <c r="B235" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C235" s="5" t="s">
-        <v>1617</v>
+        <v>1586</v>
       </c>
       <c r="D235" s="5" t="s">
-        <v>16</v>
+        <v>101</v>
       </c>
       <c r="E235" s="5" t="s">
-        <v>1618</v>
-[...6 lines deleted...]
-      <c r="G235" s="5" t="s">
+        <v>1587</v>
+      </c>
+      <c r="F235" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G235" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H235" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I235" s="5"/>
+      <c r="J235" s="5" t="s">
         <v>1619</v>
       </c>
-      <c r="H235" s="5" t="s">
+      <c r="K235" s="5" t="s">
         <v>1620</v>
       </c>
-      <c r="I235" s="5" t="s">
+      <c r="L235" s="6" t="s">
         <v>1621</v>
       </c>
-      <c r="J235" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K235" s="5" t="s">
+      <c r="M235" s="5" t="s">
         <v>1622</v>
-      </c>
-[...4 lines deleted...]
-        <v>1624</v>
       </c>
     </row>
     <row r="236">
       <c r="A236" s="5" t="s">
+        <v>1623</v>
+      </c>
+      <c r="B236" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C236" s="5" t="s">
+        <v>1624</v>
+      </c>
+      <c r="D236" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E236" s="5" t="s">
         <v>1625</v>
       </c>
-      <c r="B236" s="5" t="s">
-[...12 lines deleted...]
-      </c>
       <c r="F236" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G236" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G236" s="5" t="s">
+        <v>1626</v>
       </c>
       <c r="H236" s="5" t="s">
-        <v>1626</v>
+        <v>1627</v>
       </c>
       <c r="I236" s="5" t="s">
-        <v>1627</v>
+        <v>1628</v>
       </c>
       <c r="J236" s="5" t="s">
         <v>247</v>
       </c>
       <c r="K236" s="5" t="s">
-        <v>1628</v>
+        <v>1629</v>
       </c>
       <c r="L236" s="6" t="s">
-        <v>1629</v>
+        <v>1630</v>
       </c>
       <c r="M236" s="5" t="s">
-        <v>1630</v>
+        <v>1631</v>
       </c>
     </row>
     <row r="237">
       <c r="A237" s="5" t="s">
-        <v>1631</v>
+        <v>1632</v>
       </c>
       <c r="B237" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C237" s="5" t="s">
         <v>120</v>
       </c>
       <c r="D237" s="5" t="s">
-        <v>16</v>
-[...5 lines deleted...]
-        <v>18</v>
+        <v>1330</v>
+      </c>
+      <c r="E237" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F237" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G237" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H237" s="5" t="s">
         <v>1633</v>
       </c>
       <c r="I237" s="5" t="s">
         <v>1634</v>
       </c>
       <c r="J237" s="5" t="s">
         <v>247</v>
       </c>
       <c r="K237" s="5" t="s">
         <v>1635</v>
       </c>
       <c r="L237" s="6" t="s">
         <v>1636</v>
       </c>
       <c r="M237" s="5" t="s">
         <v>1637</v>
       </c>
     </row>
     <row r="238">
       <c r="A238" s="5" t="s">
         <v>1638</v>
       </c>
       <c r="B238" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C238" s="5" t="s">
         <v>120</v>
       </c>
       <c r="D238" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E238" s="5" t="s">
-        <v>1632</v>
+        <v>1639</v>
       </c>
       <c r="F238" s="5" t="s">
-        <v>1639</v>
-[...1 lines deleted...]
-      <c r="G238" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G238" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H238" s="5" t="s">
         <v>1640</v>
       </c>
-      <c r="H238" s="5" t="s">
+      <c r="I238" s="5" t="s">
         <v>1641</v>
-      </c>
-[...1 lines deleted...]
-        <v>1642</v>
       </c>
       <c r="J238" s="5" t="s">
         <v>247</v>
       </c>
       <c r="K238" s="5" t="s">
+        <v>1642</v>
+      </c>
+      <c r="L238" s="6" t="s">
         <v>1643</v>
       </c>
-      <c r="L238" s="6" t="s">
+      <c r="M238" s="5" t="s">
         <v>1644</v>
-      </c>
-[...1 lines deleted...]
-        <v>1645</v>
       </c>
     </row>
     <row r="239">
       <c r="A239" s="5" t="s">
+        <v>1645</v>
+      </c>
+      <c r="B239" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C239" s="5" t="s">
+        <v>120</v>
+      </c>
+      <c r="D239" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E239" s="5" t="s">
+        <v>1639</v>
+      </c>
+      <c r="F239" s="5" t="s">
         <v>1646</v>
       </c>
-      <c r="B239" s="5" t="s">
-[...23 lines deleted...]
-        </is>
+      <c r="G239" s="5" t="s">
+        <v>1647</v>
       </c>
       <c r="H239" s="5" t="s">
-        <v>1647</v>
-[...10 lines deleted...]
-        </is>
+        <v>1648</v>
+      </c>
+      <c r="I239" s="5" t="s">
+        <v>1649</v>
+      </c>
+      <c r="J239" s="5" t="s">
+        <v>247</v>
+      </c>
+      <c r="K239" s="5" t="s">
+        <v>1650</v>
       </c>
       <c r="L239" s="6" t="s">
-        <v>1648</v>
-[...1 lines deleted...]
-      <c r="M239" s="5"/>
+        <v>1651</v>
+      </c>
+      <c r="M239" s="5" t="s">
+        <v>1652</v>
+      </c>
     </row>
     <row r="240">
       <c r="A240" s="5" t="s">
-        <v>1649</v>
+        <v>1653</v>
       </c>
       <c r="B240" s="5" t="s">
-        <v>14</v>
+        <v>530</v>
       </c>
       <c r="C240" s="5" t="s">
-        <v>1650</v>
-[...8 lines deleted...]
-        <v>18</v>
+        <v>16</v>
+      </c>
+      <c r="D240" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E240" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F240" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G240" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H240" s="5" t="s">
-        <v>1652</v>
+        <v>1654</v>
       </c>
       <c r="I240" s="5"/>
-      <c r="J240" s="5" t="s">
-[...3 lines deleted...]
-        <v>1653</v>
+      <c r="J240" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K240" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L240" s="6" t="s">
-        <v>1654</v>
-[...1 lines deleted...]
-      <c r="M240" s="5" t="s">
         <v>1655</v>
       </c>
+      <c r="M240" s="5"/>
     </row>
     <row r="241">
       <c r="A241" s="5" t="s">
         <v>1656</v>
       </c>
       <c r="B241" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C241" s="5" t="s">
-        <v>16</v>
+        <v>1657</v>
       </c>
       <c r="D241" s="5" t="s">
-        <v>120</v>
+        <v>101</v>
       </c>
       <c r="E241" s="5" t="s">
-        <v>1657</v>
-[...6 lines deleted...]
-      <c r="G241" s="5" t="s">
         <v>1658</v>
+      </c>
+      <c r="F241" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G241" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H241" s="5" t="s">
         <v>1659</v>
       </c>
-      <c r="I241" s="5" t="s">
+      <c r="I241" s="5"/>
+      <c r="J241" s="5" t="s">
+        <v>247</v>
+      </c>
+      <c r="K241" s="5" t="s">
         <v>1660</v>
       </c>
-      <c r="J241" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K241" s="5" t="s">
+      <c r="L241" s="6" t="s">
         <v>1661</v>
       </c>
-      <c r="L241" s="6" t="s">
+      <c r="M241" s="5" t="s">
         <v>1662</v>
-      </c>
-[...1 lines deleted...]
-        <v>1663</v>
       </c>
     </row>
     <row r="242">
       <c r="A242" s="5" t="s">
+        <v>1663</v>
+      </c>
+      <c r="B242" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C242" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D242" s="5" t="s">
+        <v>120</v>
+      </c>
+      <c r="E242" s="5" t="s">
         <v>1664</v>
       </c>
-      <c r="B242" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C242" s="5" t="s">
+      <c r="F242" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G242" s="5" t="s">
         <v>1665</v>
       </c>
-      <c r="D242" s="5" t="s">
-[...2 lines deleted...]
-      <c r="E242" s="5" t="s">
+      <c r="H242" s="5" t="s">
         <v>1666</v>
       </c>
-      <c r="F242" s="5" t="s">
-[...2 lines deleted...]
-      <c r="G242" s="5" t="s">
+      <c r="I242" s="5" t="s">
         <v>1667</v>
       </c>
-      <c r="H242" s="5" t="s">
+      <c r="J242" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="K242" s="5" t="s">
         <v>1668</v>
       </c>
-      <c r="I242" s="5" t="s">
+      <c r="L242" s="6" t="s">
         <v>1669</v>
       </c>
-      <c r="J242" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K242" s="5" t="s">
+      <c r="M242" s="5" t="s">
         <v>1670</v>
-      </c>
-[...4 lines deleted...]
-        <v>1672</v>
       </c>
     </row>
     <row r="243">
       <c r="A243" s="5" t="s">
+        <v>1671</v>
+      </c>
+      <c r="B243" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C243" s="5" t="s">
+        <v>1672</v>
+      </c>
+      <c r="D243" s="5" t="s">
+        <v>1330</v>
+      </c>
+      <c r="E243" s="5" t="s">
         <v>1673</v>
       </c>
-      <c r="B243" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C243" s="5" t="s">
+      <c r="F243" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="G243" s="5" t="s">
         <v>1674</v>
-      </c>
-[...12 lines deleted...]
-        </is>
       </c>
       <c r="H243" s="5" t="s">
         <v>1675</v>
       </c>
       <c r="I243" s="5" t="s">
         <v>1676</v>
       </c>
       <c r="J243" s="5" t="s">
         <v>247</v>
       </c>
       <c r="K243" s="5" t="s">
         <v>1677</v>
       </c>
       <c r="L243" s="6" t="s">
         <v>1678</v>
       </c>
       <c r="M243" s="5" t="s">
         <v>1679</v>
       </c>
     </row>
     <row r="244">
       <c r="A244" s="5" t="s">
         <v>1680</v>
       </c>
       <c r="B244" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C244" s="5" t="s">
         <v>1681</v>
       </c>
       <c r="D244" s="5" t="s">
         <v>101</v>
       </c>
       <c r="E244" s="5" t="s">
         <v>18</v>
       </c>
       <c r="F244" s="5" t="s">
         <v>18</v>
       </c>
       <c r="G244" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H244" s="5" t="s">
         <v>1682</v>
       </c>
-      <c r="I244" s="5"/>
+      <c r="I244" s="5" t="s">
+        <v>1683</v>
+      </c>
       <c r="J244" s="5" t="s">
         <v>247</v>
       </c>
       <c r="K244" s="5" t="s">
-        <v>1683</v>
+        <v>1684</v>
       </c>
       <c r="L244" s="6" t="s">
-        <v>1684</v>
+        <v>1685</v>
       </c>
       <c r="M244" s="5" t="s">
-        <v>1685</v>
+        <v>1686</v>
       </c>
     </row>
     <row r="245">
       <c r="A245" s="5" t="s">
-        <v>1686</v>
+        <v>1687</v>
       </c>
       <c r="B245" s="5" t="s">
-        <v>912</v>
+        <v>14</v>
       </c>
       <c r="C245" s="5" t="s">
-        <v>1687</v>
+        <v>1688</v>
       </c>
       <c r="D245" s="5" t="s">
         <v>101</v>
       </c>
       <c r="E245" s="5" t="s">
-        <v>1688</v>
+        <v>18</v>
       </c>
       <c r="F245" s="5" t="s">
         <v>18</v>
       </c>
       <c r="G245" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H245" s="5" t="s">
         <v>1689</v>
       </c>
-      <c r="I245" s="5" t="s">
+      <c r="I245" s="5"/>
+      <c r="J245" s="5" t="s">
+        <v>247</v>
+      </c>
+      <c r="K245" s="5" t="s">
         <v>1690</v>
       </c>
-      <c r="J245" s="5" t="s">
+      <c r="L245" s="6" t="s">
         <v>1691</v>
       </c>
-      <c r="K245" s="5" t="s">
+      <c r="M245" s="5" t="s">
         <v>1692</v>
-      </c>
-[...4 lines deleted...]
-        <v>1694</v>
       </c>
     </row>
     <row r="246">
       <c r="A246" s="5" t="s">
-        <v>1695</v>
+        <v>1693</v>
       </c>
       <c r="B246" s="5" t="s">
         <v>912</v>
       </c>
       <c r="C246" s="5" t="s">
-        <v>1687</v>
+        <v>1694</v>
       </c>
       <c r="D246" s="5" t="s">
         <v>101</v>
       </c>
       <c r="E246" s="5" t="s">
-        <v>1696</v>
+        <v>1695</v>
       </c>
       <c r="F246" s="5" t="s">
         <v>18</v>
       </c>
       <c r="G246" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H246" s="5" t="s">
-        <v>101</v>
-[...1 lines deleted...]
-      <c r="I246" s="5"/>
+        <v>1696</v>
+      </c>
+      <c r="I246" s="5" t="s">
+        <v>1697</v>
+      </c>
       <c r="J246" s="5" t="s">
-        <v>1697</v>
+        <v>1698</v>
       </c>
       <c r="K246" s="5" t="s">
-        <v>1692</v>
+        <v>1699</v>
       </c>
       <c r="L246" s="6" t="s">
-        <v>1698</v>
+        <v>1700</v>
       </c>
       <c r="M246" s="5" t="s">
-        <v>1699</v>
+        <v>1701</v>
       </c>
     </row>
     <row r="247">
       <c r="A247" s="5" t="s">
-        <v>1700</v>
+        <v>1702</v>
       </c>
       <c r="B247" s="5" t="s">
-        <v>14</v>
+        <v>912</v>
       </c>
       <c r="C247" s="5" t="s">
-        <v>1701</v>
+        <v>1694</v>
       </c>
       <c r="D247" s="5" t="s">
         <v>101</v>
       </c>
       <c r="E247" s="5" t="s">
-        <v>18</v>
+        <v>1703</v>
       </c>
       <c r="F247" s="5" t="s">
         <v>18</v>
       </c>
       <c r="G247" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H247" s="5" t="s">
-        <v>1702</v>
+        <v>101</v>
       </c>
       <c r="I247" s="5"/>
       <c r="J247" s="5" t="s">
-        <v>247</v>
+        <v>1704</v>
       </c>
       <c r="K247" s="5" t="s">
-        <v>1703</v>
+        <v>1699</v>
       </c>
       <c r="L247" s="6" t="s">
-        <v>1704</v>
+        <v>1705</v>
       </c>
       <c r="M247" s="5" t="s">
-        <v>1705</v>
+        <v>1706</v>
       </c>
     </row>
     <row r="248">
       <c r="A248" s="5" t="s">
-        <v>1706</v>
+        <v>1707</v>
       </c>
       <c r="B248" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C248" s="5" t="s">
-        <v>1701</v>
+        <v>1708</v>
       </c>
       <c r="D248" s="5" t="s">
         <v>101</v>
       </c>
       <c r="E248" s="5" t="s">
         <v>18</v>
       </c>
       <c r="F248" s="5" t="s">
-        <v>1707</v>
+        <v>18</v>
       </c>
       <c r="G248" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H248" s="5" t="inlineStr">
-[...6 lines deleted...]
-      </c>
+      <c r="H248" s="5" t="s">
+        <v>1709</v>
+      </c>
+      <c r="I248" s="5"/>
       <c r="J248" s="5" t="s">
         <v>247</v>
       </c>
       <c r="K248" s="5" t="s">
-        <v>1709</v>
+        <v>1710</v>
       </c>
       <c r="L248" s="6" t="s">
-        <v>1710</v>
+        <v>1711</v>
       </c>
       <c r="M248" s="5" t="s">
-        <v>1711</v>
+        <v>1712</v>
       </c>
     </row>
     <row r="249">
       <c r="A249" s="5" t="s">
-        <v>1712</v>
+        <v>1713</v>
       </c>
       <c r="B249" s="5" t="s">
-        <v>530</v>
+        <v>14</v>
       </c>
       <c r="C249" s="5" t="s">
-        <v>16</v>
-[...14 lines deleted...]
-        </is>
+        <v>1708</v>
+      </c>
+      <c r="D249" s="5" t="s">
+        <v>101</v>
+      </c>
+      <c r="E249" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="F249" s="5" t="s">
+        <v>1714</v>
       </c>
       <c r="G249" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H249" s="5" t="s">
-[...6 lines deleted...]
-        </is>
+      <c r="H249" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I249" s="5" t="s">
+        <v>1715</v>
+      </c>
+      <c r="J249" s="5" t="s">
+        <v>247</v>
       </c>
       <c r="K249" s="5" t="s">
-        <v>1714</v>
+        <v>1716</v>
       </c>
       <c r="L249" s="6" t="s">
-        <v>1715</v>
-[...1 lines deleted...]
-      <c r="M249" s="5"/>
+        <v>1717</v>
+      </c>
+      <c r="M249" s="5" t="s">
+        <v>1718</v>
+      </c>
     </row>
     <row r="250">
       <c r="A250" s="5" t="s">
-        <v>1716</v>
+        <v>1719</v>
       </c>
       <c r="B250" s="5" t="s">
-        <v>14</v>
+        <v>530</v>
       </c>
       <c r="C250" s="5" t="s">
-        <v>1717</v>
-[...5 lines deleted...]
-        <v>18</v>
+        <v>16</v>
+      </c>
+      <c r="D250" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E250" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F250" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G250" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H250" s="5" t="s">
-        <v>1719</v>
-[...1 lines deleted...]
-      <c r="I250" s="5" t="s">
         <v>1720</v>
       </c>
-      <c r="J250" s="5" t="s">
+      <c r="I250" s="5"/>
+      <c r="J250" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K250" s="5" t="s">
         <v>1721</v>
       </c>
-      <c r="K250" s="5" t="s">
+      <c r="L250" s="6" t="s">
         <v>1722</v>
       </c>
-      <c r="L250" s="6" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="M250" s="5"/>
     </row>
     <row r="251">
       <c r="A251" s="5" t="s">
+        <v>1723</v>
+      </c>
+      <c r="B251" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C251" s="5" t="s">
+        <v>1724</v>
+      </c>
+      <c r="D251" s="5" t="s">
         <v>1725</v>
       </c>
-      <c r="B251" s="5" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E251" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="F251" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G251" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H251" s="5" t="s">
         <v>1726</v>
       </c>
-      <c r="F251" s="5" t="s">
+      <c r="I251" s="5" t="s">
         <v>1727</v>
       </c>
-      <c r="G251" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H251" s="5" t="s">
+      <c r="J251" s="5" t="s">
         <v>1728</v>
       </c>
-      <c r="I251" s="5" t="s">
+      <c r="K251" s="5" t="s">
         <v>1729</v>
       </c>
-      <c r="J251" s="5" t="s">
+      <c r="L251" s="6" t="s">
         <v>1730</v>
       </c>
-      <c r="K251" s="5" t="s">
+      <c r="M251" s="5" t="s">
         <v>1731</v>
-      </c>
-[...4 lines deleted...]
-        <v>1733</v>
       </c>
     </row>
     <row r="252">
       <c r="A252" s="5" t="s">
+        <v>1732</v>
+      </c>
+      <c r="B252" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C252" s="5" t="s">
+        <v>1724</v>
+      </c>
+      <c r="D252" s="5" t="s">
+        <v>429</v>
+      </c>
+      <c r="E252" s="5" t="s">
+        <v>1733</v>
+      </c>
+      <c r="F252" s="5" t="s">
         <v>1734</v>
       </c>
-      <c r="B252" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C252" s="5" t="s">
+      <c r="G252" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H252" s="5" t="s">
         <v>1735</v>
       </c>
-      <c r="D252" s="5" t="s">
+      <c r="I252" s="5" t="s">
         <v>1736</v>
       </c>
-      <c r="E252" s="5" t="s">
-[...12 lines deleted...]
-      <c r="H252" s="5" t="s">
+      <c r="J252" s="5" t="s">
         <v>1737</v>
-      </c>
-[...2 lines deleted...]
-        <v>1298</v>
       </c>
       <c r="K252" s="5" t="s">
         <v>1738</v>
       </c>
       <c r="L252" s="6" t="s">
         <v>1739</v>
       </c>
       <c r="M252" s="5" t="s">
         <v>1740</v>
       </c>
     </row>
     <row r="253">
       <c r="A253" s="5" t="s">
         <v>1741</v>
       </c>
       <c r="B253" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C253" s="5" t="s">
         <v>1742</v>
       </c>
       <c r="D253" s="5" t="s">
-        <v>101</v>
+        <v>1743</v>
       </c>
       <c r="E253" s="5" t="s">
         <v>18</v>
       </c>
-      <c r="F253" s="5" t="s">
-        <v>18</v>
+      <c r="F253" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G253" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H253" s="5" t="s">
-        <v>1743</v>
+        <v>1744</v>
       </c>
       <c r="I253" s="5"/>
       <c r="J253" s="5" t="s">
-        <v>247</v>
+        <v>1298</v>
       </c>
       <c r="K253" s="5" t="s">
-        <v>1744</v>
+        <v>1745</v>
       </c>
       <c r="L253" s="6" t="s">
-        <v>1745</v>
+        <v>1746</v>
       </c>
       <c r="M253" s="5" t="s">
-        <v>1746</v>
+        <v>1747</v>
       </c>
     </row>
     <row r="254">
       <c r="A254" s="5" t="s">
-        <v>1747</v>
+        <v>1748</v>
       </c>
       <c r="B254" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C254" s="5" t="s">
+        <v>1749</v>
+      </c>
+      <c r="D254" s="5" t="s">
         <v>101</v>
       </c>
-      <c r="D254" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E254" s="5" t="s">
-        <v>1749</v>
-[...4 lines deleted...]
-        </is>
+        <v>18</v>
+      </c>
+      <c r="F254" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="G254" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H254" s="5" t="s">
         <v>1750</v>
       </c>
       <c r="I254" s="5"/>
       <c r="J254" s="5" t="s">
+        <v>247</v>
+      </c>
+      <c r="K254" s="5" t="s">
         <v>1751</v>
       </c>
-      <c r="K254" s="5" t="s">
+      <c r="L254" s="6" t="s">
         <v>1752</v>
       </c>
-      <c r="L254" s="6" t="s">
+      <c r="M254" s="5" t="s">
         <v>1753</v>
-      </c>
-[...1 lines deleted...]
-        <v>1754</v>
       </c>
     </row>
     <row r="255">
       <c r="A255" s="5" t="s">
+        <v>1754</v>
+      </c>
+      <c r="B255" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C255" s="5" t="s">
+        <v>101</v>
+      </c>
+      <c r="D255" s="5" t="s">
         <v>1755</v>
       </c>
-      <c r="B255" s="5" t="s">
-[...11 lines deleted...]
-        </is>
+      <c r="E255" s="5" t="s">
+        <v>1756</v>
       </c>
       <c r="F255" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G255" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H255" s="5" t="s">
-        <v>1756</v>
-[...1 lines deleted...]
-      <c r="I255" s="5" t="s">
         <v>1757</v>
       </c>
+      <c r="I255" s="5"/>
       <c r="J255" s="5" t="s">
         <v>1758</v>
       </c>
       <c r="K255" s="5" t="s">
         <v>1759</v>
       </c>
       <c r="L255" s="6" t="s">
         <v>1760</v>
       </c>
       <c r="M255" s="5" t="s">
         <v>1761</v>
       </c>
     </row>
     <row r="256">
       <c r="A256" s="5" t="s">
         <v>1762</v>
       </c>
       <c r="B256" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C256" s="5" t="s">
-        <v>1330</v>
+        <v>1742</v>
       </c>
       <c r="D256" s="5" t="s">
         <v>1392</v>
       </c>
       <c r="E256" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F256" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G256" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H256" s="5" t="s">
         <v>1763</v>
       </c>
       <c r="I256" s="5" t="s">
         <v>1764</v>
       </c>
       <c r="J256" s="5" t="s">
-        <v>1758</v>
+        <v>1765</v>
       </c>
       <c r="K256" s="5" t="s">
-        <v>1765</v>
+        <v>1766</v>
       </c>
       <c r="L256" s="6" t="s">
-        <v>1766</v>
+        <v>1767</v>
       </c>
       <c r="M256" s="5" t="s">
-        <v>1767</v>
+        <v>1768</v>
       </c>
     </row>
     <row r="257">
       <c r="A257" s="5" t="s">
-        <v>1768</v>
+        <v>1769</v>
       </c>
       <c r="B257" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C257" s="5" t="s">
-        <v>1769</v>
+        <v>1330</v>
       </c>
       <c r="D257" s="5" t="s">
-        <v>101</v>
-[...1 lines deleted...]
-      <c r="E257" s="5" t="s">
+        <v>1392</v>
+      </c>
+      <c r="E257" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F257" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G257" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H257" s="5" t="s">
         <v>1770</v>
       </c>
-      <c r="F257" s="5" t="s">
+      <c r="I257" s="5" t="s">
         <v>1771</v>
       </c>
-      <c r="G257" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H257" s="5" t="s">
+      <c r="J257" s="5" t="s">
+        <v>1765</v>
+      </c>
+      <c r="K257" s="5" t="s">
         <v>1772</v>
       </c>
-      <c r="I257" s="5" t="s">
+      <c r="L257" s="6" t="s">
         <v>1773</v>
       </c>
-      <c r="J257" s="5" t="s">
+      <c r="M257" s="5" t="s">
         <v>1774</v>
-      </c>
-[...7 lines deleted...]
-        <v>1777</v>
       </c>
     </row>
     <row r="258">
       <c r="A258" s="5" t="s">
+        <v>1775</v>
+      </c>
+      <c r="B258" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C258" s="5" t="s">
+        <v>1776</v>
+      </c>
+      <c r="D258" s="5" t="s">
+        <v>101</v>
+      </c>
+      <c r="E258" s="5" t="s">
+        <v>1777</v>
+      </c>
+      <c r="F258" s="5" t="s">
         <v>1778</v>
       </c>
-      <c r="B258" s="5" t="s">
-[...5 lines deleted...]
-      <c r="D258" s="5" t="s">
+      <c r="G258" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H258" s="5" t="s">
         <v>1779</v>
       </c>
-      <c r="E258" s="5" t="inlineStr">
-[...14 lines deleted...]
-      <c r="H258" s="5" t="s">
+      <c r="I258" s="5" t="s">
         <v>1780</v>
       </c>
-      <c r="I258" s="5" t="s">
+      <c r="J258" s="5" t="s">
         <v>1781</v>
-      </c>
-[...1 lines deleted...]
-        <v>1751</v>
       </c>
       <c r="K258" s="5" t="s">
         <v>1782</v>
       </c>
       <c r="L258" s="6" t="s">
         <v>1783</v>
       </c>
       <c r="M258" s="5" t="s">
         <v>1784</v>
       </c>
     </row>
     <row r="259">
       <c r="A259" s="5" t="s">
         <v>1785</v>
       </c>
       <c r="B259" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C259" s="5" t="s">
+        <v>1330</v>
+      </c>
+      <c r="D259" s="5" t="s">
         <v>1786</v>
       </c>
-      <c r="D259" s="5" t="s">
+      <c r="E259" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F259" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G259" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H259" s="5" t="s">
         <v>1787</v>
       </c>
-      <c r="E259" s="5" t="s">
-[...13 lines deleted...]
-      <c r="I259" s="5"/>
+      <c r="I259" s="5" t="s">
+        <v>1788</v>
+      </c>
       <c r="J259" s="5" t="s">
-        <v>272</v>
+        <v>1758</v>
       </c>
       <c r="K259" s="5" t="s">
-        <v>1788</v>
+        <v>1789</v>
       </c>
       <c r="L259" s="6" t="s">
-        <v>1789</v>
+        <v>1790</v>
       </c>
       <c r="M259" s="5" t="s">
-        <v>1790</v>
+        <v>1791</v>
       </c>
     </row>
     <row r="260">
       <c r="A260" s="5" t="s">
-        <v>1791</v>
+        <v>1792</v>
       </c>
       <c r="B260" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C260" s="5" t="s">
-        <v>16</v>
+        <v>1793</v>
       </c>
       <c r="D260" s="5" t="s">
-        <v>1792</v>
+        <v>1794</v>
       </c>
       <c r="E260" s="5" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-        </is>
+        <v>18</v>
+      </c>
+      <c r="F260" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="G260" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H260" s="5" t="s">
-        <v>1793</v>
-[...3 lines deleted...]
-      </c>
+        <v>101</v>
+      </c>
+      <c r="I260" s="5"/>
       <c r="J260" s="5" t="s">
-        <v>1751</v>
+        <v>272</v>
       </c>
       <c r="K260" s="5" t="s">
         <v>1795</v>
       </c>
       <c r="L260" s="6" t="s">
         <v>1796</v>
       </c>
       <c r="M260" s="5" t="s">
         <v>1797</v>
       </c>
     </row>
     <row r="261">
       <c r="A261" s="5" t="s">
         <v>1798</v>
       </c>
       <c r="B261" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C261" s="5" t="s">
-        <v>1269</v>
+        <v>16</v>
       </c>
       <c r="D261" s="5" t="s">
-        <v>1735</v>
-[...4 lines deleted...]
-        </is>
+        <v>1799</v>
+      </c>
+      <c r="E261" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F261" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G261" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H261" s="5" t="s">
-        <v>1799</v>
+        <v>1800</v>
       </c>
       <c r="I261" s="5" t="s">
-        <v>1800</v>
+        <v>1801</v>
       </c>
       <c r="J261" s="5" t="s">
         <v>1758</v>
       </c>
       <c r="K261" s="5" t="s">
-        <v>1801</v>
+        <v>1802</v>
       </c>
       <c r="L261" s="6" t="s">
-        <v>1802</v>
+        <v>1803</v>
       </c>
       <c r="M261" s="5" t="s">
-        <v>1803</v>
+        <v>1804</v>
       </c>
     </row>
     <row r="262">
       <c r="A262" s="5" t="s">
-        <v>1804</v>
+        <v>1805</v>
       </c>
       <c r="B262" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C262" s="5" t="s">
-        <v>27</v>
+        <v>1269</v>
       </c>
       <c r="D262" s="5" t="s">
-        <v>1392</v>
-[...2 lines deleted...]
-        <v>1707</v>
+        <v>1742</v>
+      </c>
+      <c r="E262" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F262" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G262" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H262" s="5" t="s">
-        <v>1805</v>
-[...1 lines deleted...]
-      <c r="I262" s="5"/>
+        <v>1806</v>
+      </c>
+      <c r="I262" s="5" t="s">
+        <v>1807</v>
+      </c>
       <c r="J262" s="5" t="s">
-        <v>1806</v>
+        <v>1765</v>
       </c>
       <c r="K262" s="5" t="s">
-        <v>1807</v>
+        <v>1808</v>
       </c>
       <c r="L262" s="6" t="s">
-        <v>1808</v>
+        <v>1809</v>
       </c>
       <c r="M262" s="5" t="s">
-        <v>1809</v>
+        <v>1810</v>
       </c>
     </row>
     <row r="263">
       <c r="A263" s="5" t="s">
-        <v>1810</v>
+        <v>1811</v>
       </c>
       <c r="B263" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C263" s="5" t="s">
-        <v>1811</v>
+        <v>27</v>
       </c>
       <c r="D263" s="5" t="s">
-        <v>101</v>
+        <v>1392</v>
       </c>
       <c r="E263" s="5" t="s">
+        <v>1714</v>
+      </c>
+      <c r="F263" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G263" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H263" s="5" t="s">
         <v>1812</v>
       </c>
-      <c r="F263" s="5" t="s">
-[...7 lines deleted...]
-      <c r="H263" s="5" t="s">
+      <c r="I263" s="5"/>
+      <c r="J263" s="5" t="s">
         <v>1813</v>
       </c>
-      <c r="I263" s="5" t="s">
+      <c r="K263" s="5" t="s">
         <v>1814</v>
       </c>
-      <c r="J263" s="5" t="s">
+      <c r="L263" s="6" t="s">
         <v>1815</v>
       </c>
-      <c r="K263" s="5" t="s">
+      <c r="M263" s="5" t="s">
         <v>1816</v>
-      </c>
-[...4 lines deleted...]
-        <v>1818</v>
       </c>
     </row>
     <row r="264">
       <c r="A264" s="5" t="s">
+        <v>1817</v>
+      </c>
+      <c r="B264" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C264" s="5" t="s">
+        <v>1818</v>
+      </c>
+      <c r="D264" s="5" t="s">
+        <v>101</v>
+      </c>
+      <c r="E264" s="5" t="s">
         <v>1819</v>
       </c>
-      <c r="B264" s="5" t="s">
-[...8 lines deleted...]
-      <c r="E264" s="5" t="s">
+      <c r="F264" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G264" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H264" s="5" t="s">
         <v>1820</v>
       </c>
-      <c r="F264" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H264" s="5" t="s">
+      <c r="I264" s="5" t="s">
         <v>1821</v>
       </c>
-      <c r="I264" s="5" t="s">
+      <c r="J264" s="5" t="s">
         <v>1822</v>
       </c>
-      <c r="J264" s="5" t="s">
+      <c r="K264" s="5" t="s">
         <v>1823</v>
       </c>
-      <c r="K264" s="5" t="s">
+      <c r="L264" s="6" t="s">
         <v>1824</v>
       </c>
-      <c r="L264" s="6" t="s">
+      <c r="M264" s="5" t="s">
         <v>1825</v>
-      </c>
-[...1 lines deleted...]
-        <v>1826</v>
       </c>
     </row>
     <row r="265">
       <c r="A265" s="5" t="s">
-        <v>1827</v>
+        <v>1826</v>
       </c>
       <c r="B265" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C265" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D265" s="5" t="s">
-        <v>1717</v>
-[...4 lines deleted...]
-        </is>
+        <v>1724</v>
+      </c>
+      <c r="E265" s="5" t="s">
+        <v>1827</v>
       </c>
       <c r="F265" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G265" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H265" s="5" t="s">
         <v>1828</v>
       </c>
       <c r="I265" s="5" t="s">
         <v>1829</v>
       </c>
       <c r="J265" s="5" t="s">
         <v>1830</v>
       </c>
       <c r="K265" s="5" t="s">
         <v>1831</v>
       </c>
       <c r="L265" s="6" t="s">
         <v>1832</v>
       </c>
       <c r="M265" s="5" t="s">
         <v>1833</v>
       </c>
     </row>
     <row r="266">
       <c r="A266" s="5" t="s">
         <v>1834</v>
       </c>
       <c r="B266" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C266" s="5" t="s">
-        <v>429</v>
+        <v>27</v>
       </c>
       <c r="D266" s="5" t="s">
-        <v>428</v>
-[...1 lines deleted...]
-      <c r="E266" s="5" t="s">
+        <v>1724</v>
+      </c>
+      <c r="E266" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F266" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G266" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H266" s="5" t="s">
         <v>1835</v>
       </c>
-      <c r="F266" s="5" t="s">
+      <c r="I266" s="5" t="s">
         <v>1836</v>
       </c>
-      <c r="G266" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H266" s="5" t="s">
+      <c r="J266" s="5" t="s">
         <v>1837</v>
       </c>
-      <c r="I266" s="5" t="s">
+      <c r="K266" s="5" t="s">
         <v>1838</v>
       </c>
-      <c r="J266" s="5" t="s">
+      <c r="L266" s="6" t="s">
         <v>1839</v>
       </c>
-      <c r="K266" s="5" t="s">
+      <c r="M266" s="5" t="s">
         <v>1840</v>
-      </c>
-[...4 lines deleted...]
-        <v>1842</v>
       </c>
     </row>
     <row r="267">
       <c r="A267" s="5" t="s">
+        <v>1841</v>
+      </c>
+      <c r="B267" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C267" s="5" t="s">
+        <v>429</v>
+      </c>
+      <c r="D267" s="5" t="s">
+        <v>428</v>
+      </c>
+      <c r="E267" s="5" t="s">
+        <v>1842</v>
+      </c>
+      <c r="F267" s="5" t="s">
         <v>1843</v>
-      </c>
-[...17 lines deleted...]
-        </is>
       </c>
       <c r="G267" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H267" s="5" t="s">
         <v>1844</v>
       </c>
       <c r="I267" s="5" t="s">
         <v>1845</v>
       </c>
       <c r="J267" s="5" t="s">
-        <v>1758</v>
+        <v>1846</v>
       </c>
       <c r="K267" s="5" t="s">
-        <v>1846</v>
+        <v>1847</v>
       </c>
       <c r="L267" s="6" t="s">
-        <v>1847</v>
+        <v>1848</v>
       </c>
       <c r="M267" s="5" t="s">
-        <v>1848</v>
+        <v>1849</v>
       </c>
     </row>
     <row r="268">
       <c r="A268" s="5" t="s">
-        <v>1849</v>
+        <v>1850</v>
       </c>
       <c r="B268" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C268" s="5" t="s">
-        <v>151</v>
+        <v>1742</v>
       </c>
       <c r="D268" s="5" t="s">
-        <v>428</v>
-[...2 lines deleted...]
-        <v>1850</v>
+        <v>1392</v>
+      </c>
+      <c r="E268" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F268" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G268" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H268" s="5" t="s">
         <v>1851</v>
       </c>
       <c r="I268" s="5" t="s">
         <v>1852</v>
       </c>
       <c r="J268" s="5" t="s">
+        <v>1765</v>
+      </c>
+      <c r="K268" s="5" t="s">
         <v>1853</v>
       </c>
-      <c r="K268" s="5" t="s">
+      <c r="L268" s="6" t="s">
         <v>1854</v>
       </c>
-      <c r="L268" s="6" t="s">
+      <c r="M268" s="5" t="s">
         <v>1855</v>
-      </c>
-[...1 lines deleted...]
-        <v>1856</v>
       </c>
     </row>
     <row r="269">
       <c r="A269" s="5" t="s">
+        <v>1856</v>
+      </c>
+      <c r="B269" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C269" s="5" t="s">
+        <v>151</v>
+      </c>
+      <c r="D269" s="5" t="s">
+        <v>428</v>
+      </c>
+      <c r="E269" s="5" t="s">
         <v>1857</v>
       </c>
-      <c r="B269" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C269" s="5" t="s">
+      <c r="F269" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G269" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H269" s="5" t="s">
         <v>1858</v>
       </c>
-      <c r="D269" s="5" t="s">
+      <c r="I269" s="5" t="s">
         <v>1859</v>
       </c>
-      <c r="E269" s="5" t="s">
-[...2 lines deleted...]
-      <c r="F269" s="5" t="s">
+      <c r="J269" s="5" t="s">
         <v>1860</v>
       </c>
-      <c r="G269" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="I269" s="5" t="s">
+      <c r="K269" s="5" t="s">
         <v>1861</v>
       </c>
-      <c r="J269" s="5" t="s">
+      <c r="L269" s="6" t="s">
         <v>1862</v>
       </c>
-      <c r="K269" s="5" t="s">
+      <c r="M269" s="5" t="s">
         <v>1863</v>
-      </c>
-[...4 lines deleted...]
-        <v>1865</v>
       </c>
     </row>
     <row r="270">
       <c r="A270" s="5" t="s">
+        <v>1864</v>
+      </c>
+      <c r="B270" s="5" t="s">
+        <v>912</v>
+      </c>
+      <c r="C270" s="5" t="s">
+        <v>1865</v>
+      </c>
+      <c r="D270" s="5" t="s">
         <v>1866</v>
       </c>
-      <c r="B270" s="5" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E270" s="5" t="s">
-        <v>1835</v>
+        <v>17</v>
       </c>
       <c r="F270" s="5" t="s">
         <v>1867</v>
       </c>
       <c r="G270" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H270" s="5" t="s">
+      <c r="H270" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I270" s="5" t="s">
         <v>1868</v>
       </c>
-      <c r="I270" s="5" t="s">
+      <c r="J270" s="5" t="s">
         <v>1869</v>
       </c>
-      <c r="J270" s="5" t="s">
+      <c r="K270" s="5" t="s">
         <v>1870</v>
       </c>
-      <c r="K270" s="5" t="s">
+      <c r="L270" s="6" t="s">
         <v>1871</v>
       </c>
-      <c r="L270" s="6" t="s">
+      <c r="M270" s="5" t="s">
         <v>1872</v>
-      </c>
-[...1 lines deleted...]
-        <v>1873</v>
       </c>
     </row>
     <row r="271">
       <c r="A271" s="5" t="s">
+        <v>1873</v>
+      </c>
+      <c r="B271" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C271" s="5" t="s">
+        <v>429</v>
+      </c>
+      <c r="D271" s="5" t="s">
+        <v>428</v>
+      </c>
+      <c r="E271" s="5" t="s">
+        <v>1842</v>
+      </c>
+      <c r="F271" s="5" t="s">
         <v>1874</v>
       </c>
-      <c r="B271" s="5" t="s">
-[...5 lines deleted...]
-      <c r="D271" s="5" t="s">
+      <c r="G271" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H271" s="5" t="s">
         <v>1875</v>
       </c>
-      <c r="E271" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F271" s="5" t="s">
+      <c r="I271" s="5" t="s">
         <v>1876</v>
       </c>
-      <c r="G271" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H271" s="5" t="s">
+      <c r="J271" s="5" t="s">
         <v>1877</v>
       </c>
-      <c r="I271" s="5" t="s">
+      <c r="K271" s="5" t="s">
         <v>1878</v>
       </c>
-      <c r="J271" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K271" s="5" t="s">
+      <c r="L271" s="6" t="s">
         <v>1879</v>
       </c>
-      <c r="L271" s="6" t="s">
+      <c r="M271" s="5" t="s">
         <v>1880</v>
-      </c>
-[...1 lines deleted...]
-        <v>1881</v>
       </c>
     </row>
     <row r="272">
       <c r="A272" s="5" t="s">
+        <v>1881</v>
+      </c>
+      <c r="B272" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C272" s="5" t="s">
+        <v>1269</v>
+      </c>
+      <c r="D272" s="5" t="s">
         <v>1882</v>
       </c>
-      <c r="B272" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C272" s="5" t="s">
+      <c r="E272" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F272" s="5" t="s">
         <v>1883</v>
       </c>
-      <c r="D272" s="5" t="s">
-[...2 lines deleted...]
-      <c r="E272" s="5" t="s">
+      <c r="G272" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H272" s="5" t="s">
         <v>1884</v>
       </c>
-      <c r="F272" s="5" t="inlineStr">
-[...14 lines deleted...]
-      <c r="I272" s="5"/>
+      <c r="I272" s="5" t="s">
+        <v>1885</v>
+      </c>
       <c r="J272" s="5" t="s">
-        <v>1862</v>
+        <v>1765</v>
       </c>
       <c r="K272" s="5" t="s">
-        <v>1885</v>
+        <v>1886</v>
       </c>
       <c r="L272" s="6" t="s">
-        <v>1886</v>
+        <v>1887</v>
       </c>
       <c r="M272" s="5" t="s">
-        <v>1887</v>
+        <v>1888</v>
       </c>
     </row>
     <row r="273">
       <c r="A273" s="5" t="s">
-        <v>1888</v>
+        <v>1889</v>
       </c>
       <c r="B273" s="5" t="s">
-        <v>14</v>
+        <v>912</v>
       </c>
       <c r="C273" s="5" t="s">
-        <v>16</v>
+        <v>1890</v>
       </c>
       <c r="D273" s="5" t="s">
-        <v>1735</v>
+        <v>101</v>
       </c>
       <c r="E273" s="5" t="s">
-        <v>17</v>
+        <v>1891</v>
       </c>
       <c r="F273" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G273" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H273" s="5" t="s">
-        <v>1889</v>
+      <c r="H273" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I273" s="5"/>
       <c r="J273" s="5" t="s">
-        <v>1751</v>
+        <v>1869</v>
       </c>
       <c r="K273" s="5" t="s">
-        <v>1890</v>
+        <v>1892</v>
       </c>
       <c r="L273" s="6" t="s">
-        <v>1891</v>
+        <v>1893</v>
       </c>
       <c r="M273" s="5" t="s">
-        <v>1892</v>
+        <v>1894</v>
       </c>
     </row>
     <row r="274">
       <c r="A274" s="5" t="s">
-        <v>1893</v>
+        <v>1895</v>
       </c>
       <c r="B274" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C274" s="5" t="s">
-        <v>1735</v>
+        <v>16</v>
       </c>
       <c r="D274" s="5" t="s">
-        <v>1392</v>
-[...4 lines deleted...]
-        </is>
+        <v>1742</v>
+      </c>
+      <c r="E274" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F274" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G274" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H274" s="5" t="s">
-        <v>1894</v>
-[...3 lines deleted...]
-      </c>
+        <v>1896</v>
+      </c>
+      <c r="I274" s="5"/>
       <c r="J274" s="5" t="s">
         <v>1758</v>
       </c>
       <c r="K274" s="5" t="s">
-        <v>1896</v>
+        <v>1897</v>
       </c>
       <c r="L274" s="6" t="s">
-        <v>1897</v>
+        <v>1898</v>
       </c>
       <c r="M274" s="5" t="s">
-        <v>1898</v>
+        <v>1899</v>
       </c>
     </row>
     <row r="275">
       <c r="A275" s="5" t="s">
-        <v>1899</v>
+        <v>1900</v>
       </c>
       <c r="B275" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C275" s="5" t="s">
-        <v>16</v>
+        <v>1742</v>
       </c>
       <c r="D275" s="5" t="s">
         <v>1392</v>
       </c>
-      <c r="E275" s="5" t="s">
-        <v>18</v>
+      <c r="E275" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F275" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G275" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H275" s="5" t="s">
-        <v>1900</v>
+        <v>1901</v>
       </c>
       <c r="I275" s="5" t="s">
-        <v>1901</v>
+        <v>1902</v>
       </c>
       <c r="J275" s="5" t="s">
-        <v>1751</v>
+        <v>1765</v>
       </c>
       <c r="K275" s="5" t="s">
-        <v>1902</v>
+        <v>1903</v>
       </c>
       <c r="L275" s="6" t="s">
-        <v>1903</v>
+        <v>1904</v>
       </c>
       <c r="M275" s="5" t="s">
-        <v>1904</v>
+        <v>1905</v>
       </c>
     </row>
     <row r="276">
       <c r="A276" s="5" t="s">
-        <v>1905</v>
+        <v>1906</v>
       </c>
       <c r="B276" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C276" s="5" t="s">
-        <v>429</v>
+        <v>16</v>
       </c>
       <c r="D276" s="5" t="s">
-        <v>428</v>
+        <v>1392</v>
       </c>
       <c r="E276" s="5" t="s">
-        <v>1906</v>
+        <v>18</v>
       </c>
       <c r="F276" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G276" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H276" s="5" t="s">
         <v>1907</v>
       </c>
       <c r="I276" s="5" t="s">
         <v>1908</v>
       </c>
       <c r="J276" s="5" t="s">
+        <v>1758</v>
+      </c>
+      <c r="K276" s="5" t="s">
         <v>1909</v>
       </c>
-      <c r="K276" s="5" t="s">
+      <c r="L276" s="6" t="s">
         <v>1910</v>
       </c>
-      <c r="L276" s="6" t="s">
+      <c r="M276" s="5" t="s">
         <v>1911</v>
-      </c>
-[...1 lines deleted...]
-        <v>1912</v>
       </c>
     </row>
     <row r="277">
       <c r="A277" s="5" t="s">
+        <v>1912</v>
+      </c>
+      <c r="B277" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C277" s="5" t="s">
+        <v>429</v>
+      </c>
+      <c r="D277" s="5" t="s">
+        <v>428</v>
+      </c>
+      <c r="E277" s="5" t="s">
         <v>1913</v>
       </c>
-      <c r="B277" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C277" s="5" t="s">
+      <c r="F277" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G277" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H277" s="5" t="s">
         <v>1914</v>
       </c>
-      <c r="D277" s="5" t="s">
-[...15 lines deleted...]
-      <c r="H277" s="5" t="s">
+      <c r="I277" s="5" t="s">
         <v>1915</v>
       </c>
-      <c r="I277" s="5" t="s">
+      <c r="J277" s="5" t="s">
         <v>1916</v>
       </c>
-      <c r="J277" s="5" t="s">
+      <c r="K277" s="5" t="s">
         <v>1917</v>
       </c>
-      <c r="K277" s="5" t="s">
+      <c r="L277" s="6" t="s">
         <v>1918</v>
       </c>
-      <c r="L277" s="6" t="s">
+      <c r="M277" s="5" t="s">
         <v>1919</v>
-      </c>
-[...1 lines deleted...]
-        <v>1920</v>
       </c>
     </row>
     <row r="278">
       <c r="A278" s="5" t="s">
+        <v>1920</v>
+      </c>
+      <c r="B278" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C278" s="5" t="s">
         <v>1921</v>
       </c>
-      <c r="B278" s="5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D278" s="5" t="s">
+        <v>101</v>
+      </c>
+      <c r="E278" s="5" t="s">
+        <v>1714</v>
+      </c>
+      <c r="F278" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G278" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H278" s="5" t="s">
         <v>1922</v>
       </c>
-      <c r="E278" s="5" t="s">
+      <c r="I278" s="5" t="s">
         <v>1923</v>
       </c>
-      <c r="F278" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H278" s="5" t="s">
+      <c r="J278" s="5" t="s">
         <v>1924</v>
       </c>
-      <c r="I278" s="5" t="s">
+      <c r="K278" s="5" t="s">
         <v>1925</v>
       </c>
-      <c r="J278" s="5" t="s">
+      <c r="L278" s="6" t="s">
         <v>1926</v>
       </c>
-      <c r="K278" s="5" t="s">
+      <c r="M278" s="5" t="s">
         <v>1927</v>
-      </c>
-[...4 lines deleted...]
-        <v>1929</v>
       </c>
     </row>
     <row r="279">
       <c r="A279" s="5" t="s">
+        <v>1928</v>
+      </c>
+      <c r="B279" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C279" s="5" t="s">
+        <v>1214</v>
+      </c>
+      <c r="D279" s="5" t="s">
+        <v>1929</v>
+      </c>
+      <c r="E279" s="5" t="s">
         <v>1930</v>
       </c>
-      <c r="B279" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C279" s="5" t="s">
+      <c r="F279" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G279" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H279" s="5" t="s">
         <v>1931</v>
       </c>
-      <c r="D279" s="5" t="s">
-[...13 lines deleted...]
-      <c r="H279" s="5" t="s">
+      <c r="I279" s="5" t="s">
         <v>1932</v>
       </c>
-      <c r="I279" s="5" t="s">
+      <c r="J279" s="5" t="s">
         <v>1933</v>
       </c>
-      <c r="J279" s="5" t="s">
+      <c r="K279" s="5" t="s">
         <v>1934</v>
       </c>
-      <c r="K279" s="5" t="s">
+      <c r="L279" s="6" t="s">
         <v>1935</v>
       </c>
-      <c r="L279" s="6" t="s">
+      <c r="M279" s="5" t="s">
         <v>1936</v>
-      </c>
-[...1 lines deleted...]
-        <v>1937</v>
       </c>
     </row>
     <row r="280">
       <c r="A280" s="5" t="s">
+        <v>1937</v>
+      </c>
+      <c r="B280" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C280" s="5" t="s">
         <v>1938</v>
       </c>
-      <c r="B280" s="5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D280" s="5" t="s">
-        <v>1392</v>
+        <v>101</v>
       </c>
       <c r="E280" s="5" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-        </is>
+        <v>18</v>
+      </c>
+      <c r="F280" s="5" t="s">
+        <v>1714</v>
       </c>
       <c r="G280" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H280" s="5" t="s">
         <v>1939</v>
       </c>
       <c r="I280" s="5" t="s">
         <v>1940</v>
       </c>
       <c r="J280" s="5" t="s">
-        <v>1751</v>
+        <v>1941</v>
       </c>
       <c r="K280" s="5" t="s">
-        <v>1941</v>
+        <v>1942</v>
       </c>
       <c r="L280" s="6" t="s">
-        <v>1942</v>
+        <v>1943</v>
       </c>
       <c r="M280" s="5" t="s">
-        <v>1943</v>
+        <v>1944</v>
       </c>
     </row>
     <row r="281">
       <c r="A281" s="5" t="s">
-        <v>1944</v>
+        <v>1945</v>
       </c>
       <c r="B281" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C281" s="5" t="s">
-        <v>27</v>
+        <v>16</v>
       </c>
       <c r="D281" s="5" t="s">
         <v>1392</v>
       </c>
       <c r="E281" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F281" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G281" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H281" s="5" t="s">
-        <v>1945</v>
+        <v>1946</v>
       </c>
       <c r="I281" s="5" t="s">
-        <v>1946</v>
+        <v>1947</v>
       </c>
       <c r="J281" s="5" t="s">
         <v>1758</v>
       </c>
       <c r="K281" s="5" t="s">
-        <v>1947</v>
+        <v>1948</v>
       </c>
       <c r="L281" s="6" t="s">
-        <v>1948</v>
+        <v>1949</v>
       </c>
       <c r="M281" s="5" t="s">
-        <v>1949</v>
+        <v>1950</v>
       </c>
     </row>
     <row r="282">
       <c r="A282" s="5" t="s">
-        <v>1950</v>
+        <v>1951</v>
       </c>
       <c r="B282" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C282" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D282" s="5" t="s">
-        <v>101</v>
+        <v>1392</v>
       </c>
       <c r="E282" s="5" t="s">
-        <v>1850</v>
+        <v>17</v>
       </c>
       <c r="F282" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G282" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H282" s="5" t="s">
-        <v>1951</v>
+        <v>1952</v>
       </c>
       <c r="I282" s="5" t="s">
-        <v>1952</v>
+        <v>1953</v>
       </c>
       <c r="J282" s="5" t="s">
-        <v>1953</v>
+        <v>1765</v>
       </c>
       <c r="K282" s="5" t="s">
         <v>1954</v>
       </c>
       <c r="L282" s="6" t="s">
         <v>1955</v>
       </c>
       <c r="M282" s="5" t="s">
         <v>1956</v>
       </c>
     </row>
     <row r="283">
       <c r="A283" s="5" t="s">
         <v>1957</v>
       </c>
       <c r="B283" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C283" s="5" t="s">
+        <v>1228</v>
+      </c>
+      <c r="D283" s="5" t="s">
+        <v>429</v>
+      </c>
+      <c r="E283" s="5" t="s">
         <v>1958</v>
       </c>
-      <c r="D283" s="5" t="s">
-[...2 lines deleted...]
-      <c r="E283" s="5" t="s">
+      <c r="F283" s="5" t="s">
         <v>1959</v>
       </c>
-      <c r="F283" s="5" t="s">
+      <c r="G283" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H283" s="5" t="s">
         <v>1960</v>
-      </c>
-[...8 lines deleted...]
-        </is>
       </c>
       <c r="I283" s="5" t="s">
         <v>1961</v>
       </c>
       <c r="J283" s="5" t="s">
         <v>1962</v>
       </c>
-      <c r="K283" s="5" t="s">
+      <c r="K283" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L283" s="6" t="s">
         <v>1963</v>
       </c>
-      <c r="L283" s="6" t="s">
+      <c r="M283" s="5" t="s">
         <v>1964</v>
-      </c>
-[...1 lines deleted...]
-        <v>1965</v>
       </c>
     </row>
     <row r="284">
       <c r="A284" s="5" t="s">
-        <v>1966</v>
+        <v>1965</v>
       </c>
       <c r="B284" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C284" s="5" t="s">
-        <v>1967</v>
+        <v>27</v>
       </c>
       <c r="D284" s="5" t="s">
         <v>101</v>
       </c>
       <c r="E284" s="5" t="s">
+        <v>1857</v>
+      </c>
+      <c r="F284" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G284" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H284" s="5" t="s">
+        <v>1966</v>
+      </c>
+      <c r="I284" s="5" t="s">
+        <v>1967</v>
+      </c>
+      <c r="J284" s="5" t="s">
         <v>1968</v>
       </c>
-      <c r="F284" s="5" t="inlineStr">
-[...14 lines deleted...]
-      <c r="I284" s="5" t="s">
+      <c r="K284" s="5" t="s">
         <v>1969</v>
       </c>
-      <c r="J284" s="5" t="s">
+      <c r="L284" s="6" t="s">
         <v>1970</v>
       </c>
-      <c r="K284" s="5" t="s">
+      <c r="M284" s="5" t="s">
         <v>1971</v>
-      </c>
-[...4 lines deleted...]
-        <v>1973</v>
       </c>
     </row>
     <row r="285">
       <c r="A285" s="5" t="s">
-        <v>1974</v>
+        <v>1972</v>
       </c>
       <c r="B285" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C285" s="5" t="s">
-        <v>27</v>
+        <v>1973</v>
       </c>
       <c r="D285" s="5" t="s">
         <v>101</v>
       </c>
       <c r="E285" s="5" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-        </is>
+        <v>1974</v>
+      </c>
+      <c r="F285" s="5" t="s">
+        <v>1975</v>
       </c>
       <c r="G285" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H285" s="5" t="s">
-        <v>1975</v>
+      <c r="H285" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I285" s="5" t="s">
         <v>1976</v>
       </c>
       <c r="J285" s="5" t="s">
         <v>1977</v>
       </c>
       <c r="K285" s="5" t="s">
         <v>1978</v>
       </c>
       <c r="L285" s="6" t="s">
         <v>1979</v>
       </c>
       <c r="M285" s="5" t="s">
         <v>1980</v>
       </c>
     </row>
     <row r="286">
       <c r="A286" s="5" t="s">
         <v>1981</v>
       </c>
       <c r="B286" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C286" s="5" t="s">
         <v>1982</v>
       </c>
       <c r="D286" s="5" t="s">
         <v>101</v>
       </c>
       <c r="E286" s="5" t="s">
-        <v>18</v>
+        <v>1983</v>
       </c>
       <c r="F286" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G286" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H286" s="5" t="s">
-        <v>1983</v>
+      <c r="H286" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I286" s="5" t="s">
         <v>1984</v>
       </c>
       <c r="J286" s="5" t="s">
         <v>1985</v>
       </c>
       <c r="K286" s="5" t="s">
         <v>1986</v>
       </c>
       <c r="L286" s="6" t="s">
         <v>1987</v>
       </c>
       <c r="M286" s="5" t="s">
         <v>1988</v>
       </c>
     </row>
     <row r="287">
       <c r="A287" s="5" t="s">
         <v>1989</v>
       </c>
       <c r="B287" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C287" s="5" t="s">
-        <v>429</v>
+        <v>27</v>
       </c>
       <c r="D287" s="5" t="s">
-        <v>428</v>
+        <v>101</v>
       </c>
       <c r="E287" s="5" t="s">
-        <v>1835</v>
-[...1 lines deleted...]
-      <c r="F287" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F287" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G287" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H287" s="5" t="s">
         <v>1990</v>
       </c>
-      <c r="G287" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H287" s="5" t="s">
+      <c r="I287" s="5" t="s">
         <v>1991</v>
       </c>
-      <c r="I287" s="5" t="s">
+      <c r="J287" s="5" t="s">
         <v>1992</v>
       </c>
-      <c r="J287" s="5" t="s">
+      <c r="K287" s="5" t="s">
         <v>1993</v>
       </c>
-      <c r="K287" s="5" t="s">
+      <c r="L287" s="6" t="s">
         <v>1994</v>
       </c>
-      <c r="L287" s="6" t="s">
+      <c r="M287" s="5" t="s">
         <v>1995</v>
-      </c>
-[...1 lines deleted...]
-        <v>1996</v>
       </c>
     </row>
     <row r="288">
       <c r="A288" s="5" t="s">
+        <v>1996</v>
+      </c>
+      <c r="B288" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C288" s="5" t="s">
         <v>1997</v>
       </c>
-      <c r="B288" s="5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D288" s="5" t="s">
+        <v>101</v>
+      </c>
+      <c r="E288" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="F288" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G288" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H288" s="5" t="s">
         <v>1998</v>
       </c>
-      <c r="E288" s="5" t="s">
-[...2 lines deleted...]
-      <c r="F288" s="5" t="s">
+      <c r="I288" s="5" t="s">
         <v>1999</v>
       </c>
-      <c r="G288" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H288" s="5" t="s">
+      <c r="J288" s="5" t="s">
         <v>2000</v>
       </c>
-      <c r="I288" s="5" t="s">
+      <c r="K288" s="5" t="s">
         <v>2001</v>
       </c>
-      <c r="J288" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K288" s="5" t="s">
+      <c r="L288" s="6" t="s">
         <v>2002</v>
       </c>
-      <c r="L288" s="6" t="s">
+      <c r="M288" s="5" t="s">
         <v>2003</v>
-      </c>
-[...1 lines deleted...]
-        <v>2004</v>
       </c>
     </row>
     <row r="289">
       <c r="A289" s="5" t="s">
+        <v>2004</v>
+      </c>
+      <c r="B289" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C289" s="5" t="s">
+        <v>429</v>
+      </c>
+      <c r="D289" s="5" t="s">
+        <v>428</v>
+      </c>
+      <c r="E289" s="5" t="s">
+        <v>1842</v>
+      </c>
+      <c r="F289" s="5" t="s">
         <v>2005</v>
-      </c>
-[...13 lines deleted...]
-        <v>1999</v>
       </c>
       <c r="G289" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H289" s="5" t="s">
         <v>2006</v>
       </c>
       <c r="I289" s="5" t="s">
         <v>2007</v>
       </c>
       <c r="J289" s="5" t="s">
-        <v>1758</v>
+        <v>2008</v>
       </c>
       <c r="K289" s="5" t="s">
-        <v>2008</v>
+        <v>2009</v>
       </c>
       <c r="L289" s="6" t="s">
-        <v>2009</v>
+        <v>2010</v>
       </c>
       <c r="M289" s="5" t="s">
-        <v>2010</v>
+        <v>2011</v>
       </c>
     </row>
     <row r="290">
       <c r="A290" s="5" t="s">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="B290" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C290" s="5" t="s">
-        <v>2012</v>
+        <v>16</v>
       </c>
       <c r="D290" s="5" t="s">
-        <v>841</v>
+        <v>2013</v>
       </c>
       <c r="E290" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F290" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F290" s="5" t="s">
+        <v>2014</v>
       </c>
       <c r="G290" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H290" s="5" t="s">
-        <v>2013</v>
+        <v>2015</v>
       </c>
       <c r="I290" s="5" t="s">
-        <v>2014</v>
+        <v>2016</v>
       </c>
       <c r="J290" s="5" t="s">
-        <v>2015</v>
+        <v>1765</v>
       </c>
       <c r="K290" s="5" t="s">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="L290" s="6" t="s">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="M290" s="5" t="s">
-        <v>2018</v>
+        <v>2019</v>
       </c>
     </row>
     <row r="291">
       <c r="A291" s="5" t="s">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="B291" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C291" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D291" s="5" t="s">
-        <v>1998</v>
+        <v>2013</v>
       </c>
       <c r="E291" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F291" s="5" t="s">
-        <v>1999</v>
+        <v>2014</v>
       </c>
       <c r="G291" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H291" s="5" t="s">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="I291" s="5" t="s">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="J291" s="5" t="s">
-        <v>1758</v>
-[...4 lines deleted...]
-        </is>
+        <v>1765</v>
+      </c>
+      <c r="K291" s="5" t="s">
+        <v>2023</v>
       </c>
       <c r="L291" s="6" t="s">
-        <v>2022</v>
+        <v>2024</v>
       </c>
       <c r="M291" s="5" t="s">
-        <v>2023</v>
+        <v>2025</v>
       </c>
     </row>
     <row r="292">
       <c r="A292" s="5" t="s">
-        <v>2024</v>
+        <v>2026</v>
       </c>
       <c r="B292" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C292" s="5" t="s">
-        <v>16</v>
+        <v>2027</v>
       </c>
       <c r="D292" s="5" t="s">
-        <v>1998</v>
+        <v>841</v>
       </c>
       <c r="E292" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F292" s="5" t="s">
-        <v>1999</v>
+      <c r="F292" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G292" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H292" s="5" t="s">
-        <v>2025</v>
+        <v>2028</v>
       </c>
       <c r="I292" s="5" t="s">
-        <v>2026</v>
+        <v>2029</v>
       </c>
       <c r="J292" s="5" t="s">
-        <v>1758</v>
+        <v>2030</v>
       </c>
       <c r="K292" s="5" t="s">
-        <v>2027</v>
+        <v>2031</v>
       </c>
       <c r="L292" s="6" t="s">
-        <v>2028</v>
+        <v>2032</v>
       </c>
       <c r="M292" s="5" t="s">
-        <v>2029</v>
+        <v>2033</v>
       </c>
     </row>
     <row r="293">
       <c r="A293" s="5" t="s">
-        <v>2030</v>
+        <v>2034</v>
       </c>
       <c r="B293" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C293" s="5" t="s">
-        <v>1717</v>
+        <v>16</v>
       </c>
       <c r="D293" s="5" t="s">
-        <v>429</v>
-[...9 lines deleted...]
-        </is>
+        <v>2013</v>
+      </c>
+      <c r="E293" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F293" s="5" t="s">
+        <v>2014</v>
       </c>
       <c r="G293" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H293" s="5" t="s">
-        <v>2031</v>
+        <v>2035</v>
       </c>
       <c r="I293" s="5" t="s">
-        <v>2032</v>
+        <v>2036</v>
       </c>
       <c r="J293" s="5" t="s">
-        <v>2033</v>
-[...2 lines deleted...]
-        <v>2034</v>
+        <v>1765</v>
+      </c>
+      <c r="K293" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L293" s="6" t="s">
-        <v>2035</v>
+        <v>2037</v>
       </c>
       <c r="M293" s="5" t="s">
-        <v>2036</v>
+        <v>2038</v>
       </c>
     </row>
     <row r="294">
       <c r="A294" s="5" t="s">
-        <v>2037</v>
+        <v>2039</v>
       </c>
       <c r="B294" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C294" s="5" t="s">
-        <v>1717</v>
+        <v>16</v>
       </c>
       <c r="D294" s="5" t="s">
-        <v>429</v>
+        <v>2013</v>
       </c>
       <c r="E294" s="5" t="s">
-        <v>2038</v>
+        <v>17</v>
       </c>
       <c r="F294" s="5" t="s">
-        <v>2039</v>
+        <v>2014</v>
       </c>
       <c r="G294" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H294" s="5" t="s">
         <v>2040</v>
       </c>
       <c r="I294" s="5" t="s">
         <v>2041</v>
       </c>
       <c r="J294" s="5" t="s">
+        <v>1765</v>
+      </c>
+      <c r="K294" s="5" t="s">
         <v>2042</v>
       </c>
-      <c r="K294" s="5" t="s">
+      <c r="L294" s="6" t="s">
         <v>2043</v>
       </c>
-      <c r="L294" s="6" t="s">
+      <c r="M294" s="5" t="s">
         <v>2044</v>
-      </c>
-[...1 lines deleted...]
-        <v>2045</v>
       </c>
     </row>
     <row r="295">
       <c r="A295" s="5" t="s">
+        <v>2045</v>
+      </c>
+      <c r="B295" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C295" s="5" t="s">
+        <v>1724</v>
+      </c>
+      <c r="D295" s="5" t="s">
+        <v>429</v>
+      </c>
+      <c r="E295" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F295" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G295" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H295" s="5" t="s">
         <v>2046</v>
       </c>
-      <c r="B295" s="5" t="s">
-[...19 lines deleted...]
-      <c r="H295" s="5" t="s">
+      <c r="I295" s="5" t="s">
         <v>2047</v>
       </c>
-      <c r="I295" s="5" t="s">
+      <c r="J295" s="5" t="s">
         <v>2048</v>
-      </c>
-[...1 lines deleted...]
-        <v>1758</v>
       </c>
       <c r="K295" s="5" t="s">
         <v>2049</v>
       </c>
       <c r="L295" s="6" t="s">
         <v>2050</v>
       </c>
       <c r="M295" s="5" t="s">
         <v>2051</v>
       </c>
     </row>
     <row r="296">
       <c r="A296" s="5" t="s">
         <v>2052</v>
       </c>
       <c r="B296" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C296" s="5" t="s">
+        <v>1724</v>
+      </c>
+      <c r="D296" s="5" t="s">
+        <v>429</v>
+      </c>
+      <c r="E296" s="5" t="s">
         <v>2053</v>
       </c>
-      <c r="D296" s="5" t="s">
-[...2 lines deleted...]
-      <c r="E296" s="5" t="s">
+      <c r="F296" s="5" t="s">
         <v>2054</v>
       </c>
-      <c r="F296" s="5" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="G296" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H296" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H296" s="5" t="s">
+        <v>2055</v>
       </c>
       <c r="I296" s="5" t="s">
-        <v>2055</v>
+        <v>2056</v>
       </c>
       <c r="J296" s="5" t="s">
-        <v>2056</v>
+        <v>2057</v>
       </c>
       <c r="K296" s="5" t="s">
-        <v>2057</v>
+        <v>2058</v>
       </c>
       <c r="L296" s="6" t="s">
-        <v>2058</v>
+        <v>2059</v>
       </c>
       <c r="M296" s="5" t="s">
-        <v>2059</v>
+        <v>2060</v>
       </c>
     </row>
     <row r="297">
       <c r="A297" s="5" t="s">
-        <v>2060</v>
+        <v>2061</v>
       </c>
       <c r="B297" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C297" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D297" s="5" t="s">
-        <v>1998</v>
+        <v>2013</v>
       </c>
       <c r="E297" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F297" s="5" t="s">
-        <v>1999</v>
+        <v>2014</v>
       </c>
       <c r="G297" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H297" s="5" t="s">
-        <v>2061</v>
+        <v>2062</v>
       </c>
       <c r="I297" s="5" t="s">
-        <v>2062</v>
+        <v>2063</v>
       </c>
       <c r="J297" s="5" t="s">
-        <v>1758</v>
+        <v>1765</v>
       </c>
       <c r="K297" s="5" t="s">
-        <v>2063</v>
+        <v>2064</v>
       </c>
       <c r="L297" s="6" t="s">
-        <v>2064</v>
+        <v>2065</v>
       </c>
       <c r="M297" s="5" t="s">
-        <v>2065</v>
+        <v>2066</v>
       </c>
     </row>
     <row r="298">
       <c r="A298" s="5" t="s">
-        <v>2066</v>
+        <v>2067</v>
       </c>
       <c r="B298" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C298" s="5" t="s">
-        <v>16</v>
+        <v>2068</v>
       </c>
       <c r="D298" s="5" t="s">
-        <v>1998</v>
+        <v>101</v>
       </c>
       <c r="E298" s="5" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>1999</v>
+        <v>2069</v>
+      </c>
+      <c r="F298" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G298" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H298" s="5" t="s">
-        <v>2067</v>
+      <c r="H298" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I298" s="5" t="s">
-        <v>2068</v>
+        <v>2070</v>
       </c>
       <c r="J298" s="5" t="s">
-        <v>1758</v>
+        <v>2071</v>
       </c>
       <c r="K298" s="5" t="s">
-        <v>2069</v>
+        <v>2072</v>
       </c>
       <c r="L298" s="6" t="s">
-        <v>2070</v>
+        <v>2073</v>
       </c>
       <c r="M298" s="5" t="s">
-        <v>2071</v>
+        <v>2074</v>
       </c>
     </row>
     <row r="299">
       <c r="A299" s="5" t="s">
-        <v>2072</v>
+        <v>2075</v>
       </c>
       <c r="B299" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C299" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D299" s="5" t="s">
-        <v>1998</v>
+        <v>2013</v>
       </c>
       <c r="E299" s="5" t="s">
-        <v>2073</v>
+        <v>17</v>
       </c>
       <c r="F299" s="5" t="s">
-        <v>1999</v>
+        <v>2014</v>
       </c>
       <c r="G299" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H299" s="5" t="s">
-        <v>2074</v>
+        <v>2076</v>
       </c>
       <c r="I299" s="5" t="s">
-        <v>2075</v>
+        <v>2077</v>
       </c>
       <c r="J299" s="5" t="s">
-        <v>1758</v>
+        <v>1765</v>
       </c>
       <c r="K299" s="5" t="s">
-        <v>2076</v>
+        <v>2078</v>
       </c>
       <c r="L299" s="6" t="s">
-        <v>2077</v>
+        <v>2079</v>
       </c>
       <c r="M299" s="5" t="s">
-        <v>2078</v>
+        <v>2080</v>
       </c>
     </row>
     <row r="300">
       <c r="A300" s="5" t="s">
-        <v>2079</v>
+        <v>2081</v>
       </c>
       <c r="B300" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C300" s="5" t="s">
-        <v>429</v>
+        <v>16</v>
       </c>
       <c r="D300" s="5" t="s">
-        <v>428</v>
+        <v>2013</v>
       </c>
       <c r="E300" s="5" t="s">
-        <v>1835</v>
+        <v>17</v>
       </c>
       <c r="F300" s="5" t="s">
-        <v>1990</v>
+        <v>2014</v>
       </c>
       <c r="G300" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H300" s="5" t="s">
-        <v>2080</v>
+        <v>2082</v>
       </c>
       <c r="I300" s="5" t="s">
-        <v>2081</v>
+        <v>2083</v>
       </c>
       <c r="J300" s="5" t="s">
-        <v>2082</v>
+        <v>1765</v>
       </c>
       <c r="K300" s="5" t="s">
-        <v>2083</v>
+        <v>2084</v>
       </c>
       <c r="L300" s="6" t="s">
-        <v>2084</v>
+        <v>2085</v>
       </c>
       <c r="M300" s="5" t="s">
-        <v>2085</v>
+        <v>2086</v>
       </c>
     </row>
     <row r="301">
       <c r="A301" s="5" t="s">
-        <v>2086</v>
+        <v>2087</v>
       </c>
       <c r="B301" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C301" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D301" s="5" t="s">
-        <v>1998</v>
+        <v>2013</v>
       </c>
       <c r="E301" s="5" t="s">
-        <v>17</v>
+        <v>2088</v>
       </c>
       <c r="F301" s="5" t="s">
-        <v>1999</v>
+        <v>2014</v>
       </c>
       <c r="G301" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H301" s="5" t="s">
-        <v>2087</v>
+        <v>2089</v>
       </c>
       <c r="I301" s="5" t="s">
-        <v>2088</v>
+        <v>2090</v>
       </c>
       <c r="J301" s="5" t="s">
-        <v>1758</v>
+        <v>1765</v>
       </c>
       <c r="K301" s="5" t="s">
-        <v>2089</v>
+        <v>2091</v>
       </c>
       <c r="L301" s="6" t="s">
-        <v>2090</v>
+        <v>2092</v>
       </c>
       <c r="M301" s="5" t="s">
-        <v>2091</v>
+        <v>2093</v>
       </c>
     </row>
     <row r="302">
       <c r="A302" s="5" t="s">
-        <v>2092</v>
+        <v>2094</v>
       </c>
       <c r="B302" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C302" s="5" t="s">
-        <v>16</v>
+        <v>429</v>
       </c>
       <c r="D302" s="5" t="s">
-        <v>1998</v>
+        <v>428</v>
       </c>
       <c r="E302" s="5" t="s">
-        <v>17</v>
+        <v>1842</v>
       </c>
       <c r="F302" s="5" t="s">
-        <v>1999</v>
+        <v>2005</v>
       </c>
       <c r="G302" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H302" s="5" t="s">
-        <v>2093</v>
-[...1 lines deleted...]
-      <c r="I302" s="5"/>
+        <v>2095</v>
+      </c>
+      <c r="I302" s="5" t="s">
+        <v>2096</v>
+      </c>
       <c r="J302" s="5" t="s">
-        <v>1758</v>
+        <v>2097</v>
       </c>
       <c r="K302" s="5" t="s">
-        <v>2094</v>
+        <v>2098</v>
       </c>
       <c r="L302" s="6" t="s">
-        <v>2095</v>
+        <v>2099</v>
       </c>
       <c r="M302" s="5" t="s">
-        <v>2096</v>
+        <v>2100</v>
       </c>
     </row>
     <row r="303">
       <c r="A303" s="5" t="s">
-        <v>2097</v>
+        <v>2101</v>
       </c>
       <c r="B303" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C303" s="5" t="s">
-        <v>429</v>
+        <v>16</v>
       </c>
       <c r="D303" s="5" t="s">
-        <v>428</v>
+        <v>2013</v>
       </c>
       <c r="E303" s="5" t="s">
-        <v>1835</v>
+        <v>17</v>
       </c>
       <c r="F303" s="5" t="s">
-        <v>1990</v>
+        <v>2014</v>
       </c>
       <c r="G303" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H303" s="5" t="s">
-        <v>2098</v>
+        <v>2102</v>
       </c>
       <c r="I303" s="5" t="s">
-        <v>2099</v>
+        <v>2103</v>
       </c>
       <c r="J303" s="5" t="s">
-        <v>2100</v>
+        <v>1765</v>
       </c>
       <c r="K303" s="5" t="s">
-        <v>2101</v>
+        <v>2104</v>
       </c>
       <c r="L303" s="6" t="s">
-        <v>2102</v>
+        <v>2105</v>
       </c>
       <c r="M303" s="5" t="s">
-        <v>2103</v>
+        <v>2106</v>
       </c>
     </row>
     <row r="304">
       <c r="A304" s="5" t="s">
-        <v>2104</v>
+        <v>2107</v>
       </c>
       <c r="B304" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C304" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D304" s="5" t="s">
-        <v>1998</v>
+        <v>2013</v>
       </c>
       <c r="E304" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F304" s="5" t="s">
-        <v>1999</v>
+        <v>2014</v>
       </c>
       <c r="G304" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H304" s="5" t="s">
-        <v>2105</v>
-[...3 lines deleted...]
-      </c>
+        <v>2108</v>
+      </c>
+      <c r="I304" s="5"/>
       <c r="J304" s="5" t="s">
-        <v>1758</v>
+        <v>1765</v>
       </c>
       <c r="K304" s="5" t="s">
-        <v>2107</v>
+        <v>2109</v>
       </c>
       <c r="L304" s="6" t="s">
-        <v>2108</v>
+        <v>2110</v>
       </c>
       <c r="M304" s="5" t="s">
-        <v>2109</v>
+        <v>2111</v>
       </c>
     </row>
     <row r="305">
       <c r="A305" s="5" t="s">
-        <v>2110</v>
+        <v>2112</v>
       </c>
       <c r="B305" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C305" s="5" t="s">
         <v>429</v>
       </c>
       <c r="D305" s="5" t="s">
         <v>428</v>
       </c>
       <c r="E305" s="5" t="s">
-        <v>1835</v>
+        <v>1842</v>
       </c>
       <c r="F305" s="5" t="s">
-        <v>1990</v>
+        <v>2005</v>
       </c>
       <c r="G305" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H305" s="5" t="s">
-        <v>2111</v>
-[...1 lines deleted...]
-      <c r="I305" s="5"/>
+        <v>2113</v>
+      </c>
+      <c r="I305" s="5" t="s">
+        <v>2114</v>
+      </c>
       <c r="J305" s="5" t="s">
-        <v>2112</v>
+        <v>2115</v>
       </c>
       <c r="K305" s="5" t="s">
-        <v>2113</v>
+        <v>2116</v>
       </c>
       <c r="L305" s="6" t="s">
-        <v>2114</v>
+        <v>2117</v>
       </c>
       <c r="M305" s="5" t="s">
-        <v>2115</v>
+        <v>2118</v>
       </c>
     </row>
     <row r="306">
       <c r="A306" s="5" t="s">
-        <v>2116</v>
+        <v>2119</v>
       </c>
       <c r="B306" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C306" s="5" t="s">
-        <v>429</v>
+        <v>16</v>
       </c>
       <c r="D306" s="5" t="s">
-        <v>428</v>
+        <v>2013</v>
       </c>
       <c r="E306" s="5" t="s">
-        <v>1835</v>
+        <v>17</v>
       </c>
       <c r="F306" s="5" t="s">
-        <v>1990</v>
+        <v>2014</v>
       </c>
       <c r="G306" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H306" s="5" t="s">
-        <v>2117</v>
+        <v>2120</v>
       </c>
       <c r="I306" s="5" t="s">
-        <v>2118</v>
+        <v>2121</v>
       </c>
       <c r="J306" s="5" t="s">
-        <v>2119</v>
+        <v>1765</v>
       </c>
       <c r="K306" s="5" t="s">
-        <v>2120</v>
+        <v>2122</v>
       </c>
       <c r="L306" s="6" t="s">
-        <v>2121</v>
+        <v>2123</v>
       </c>
       <c r="M306" s="5" t="s">
-        <v>2122</v>
+        <v>2124</v>
       </c>
     </row>
     <row r="307">
       <c r="A307" s="5" t="s">
-        <v>2123</v>
+        <v>2125</v>
       </c>
       <c r="B307" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C307" s="5" t="s">
         <v>429</v>
       </c>
       <c r="D307" s="5" t="s">
         <v>428</v>
       </c>
       <c r="E307" s="5" t="s">
-        <v>1850</v>
+        <v>1842</v>
       </c>
       <c r="F307" s="5" t="s">
-        <v>2124</v>
+        <v>2005</v>
       </c>
       <c r="G307" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H307" s="5" t="s">
-        <v>2125</v>
-[...1 lines deleted...]
-      <c r="I307" s="5" t="s">
         <v>2126</v>
       </c>
+      <c r="I307" s="5"/>
       <c r="J307" s="5" t="s">
         <v>2127</v>
       </c>
       <c r="K307" s="5" t="s">
         <v>2128</v>
       </c>
       <c r="L307" s="6" t="s">
         <v>2129</v>
       </c>
       <c r="M307" s="5" t="s">
         <v>2130</v>
       </c>
     </row>
     <row r="308">
       <c r="A308" s="5" t="s">
         <v>2131</v>
       </c>
       <c r="B308" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C308" s="5" t="s">
-        <v>16</v>
+        <v>429</v>
       </c>
       <c r="D308" s="5" t="s">
-        <v>1998</v>
+        <v>428</v>
       </c>
       <c r="E308" s="5" t="s">
-        <v>17</v>
+        <v>1842</v>
       </c>
       <c r="F308" s="5" t="s">
-        <v>1999</v>
+        <v>2005</v>
       </c>
       <c r="G308" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H308" s="5" t="s">
         <v>2132</v>
       </c>
       <c r="I308" s="5" t="s">
         <v>2133</v>
       </c>
       <c r="J308" s="5" t="s">
-        <v>1758</v>
+        <v>2134</v>
       </c>
       <c r="K308" s="5" t="s">
-        <v>2134</v>
+        <v>2135</v>
       </c>
       <c r="L308" s="6" t="s">
-        <v>2135</v>
+        <v>2136</v>
       </c>
       <c r="M308" s="5" t="s">
-        <v>2136</v>
+        <v>2137</v>
       </c>
     </row>
     <row r="309">
       <c r="A309" s="5" t="s">
-        <v>2137</v>
+        <v>2138</v>
       </c>
       <c r="B309" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C309" s="5" t="s">
-        <v>16</v>
+        <v>429</v>
       </c>
       <c r="D309" s="5" t="s">
-        <v>1998</v>
+        <v>428</v>
       </c>
       <c r="E309" s="5" t="s">
-        <v>17</v>
+        <v>1857</v>
       </c>
       <c r="F309" s="5" t="s">
-        <v>2138</v>
+        <v>2139</v>
       </c>
       <c r="G309" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H309" s="5" t="s">
-        <v>2139</v>
+        <v>2140</v>
       </c>
       <c r="I309" s="5" t="s">
-        <v>2140</v>
+        <v>2141</v>
       </c>
       <c r="J309" s="5" t="s">
-        <v>1758</v>
+        <v>2142</v>
       </c>
       <c r="K309" s="5" t="s">
-        <v>2141</v>
+        <v>2143</v>
       </c>
       <c r="L309" s="6" t="s">
-        <v>2142</v>
+        <v>2144</v>
       </c>
       <c r="M309" s="5" t="s">
-        <v>2143</v>
+        <v>2145</v>
       </c>
     </row>
     <row r="310">
       <c r="A310" s="5" t="s">
-        <v>2144</v>
+        <v>2146</v>
       </c>
       <c r="B310" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C310" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D310" s="5" t="s">
-        <v>1998</v>
+        <v>2013</v>
       </c>
       <c r="E310" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F310" s="5" t="s">
-        <v>1999</v>
+        <v>2014</v>
       </c>
       <c r="G310" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H310" s="5" t="s">
-        <v>2145</v>
-[...1 lines deleted...]
-      <c r="I310" s="5"/>
+        <v>2147</v>
+      </c>
+      <c r="I310" s="5" t="s">
+        <v>2148</v>
+      </c>
       <c r="J310" s="5" t="s">
-        <v>1758</v>
+        <v>1765</v>
       </c>
       <c r="K310" s="5" t="s">
-        <v>2146</v>
+        <v>2149</v>
       </c>
       <c r="L310" s="6" t="s">
-        <v>2147</v>
+        <v>2150</v>
       </c>
       <c r="M310" s="5" t="s">
-        <v>2148</v>
+        <v>2151</v>
       </c>
     </row>
     <row r="311">
       <c r="A311" s="5" t="s">
-        <v>2149</v>
+        <v>2152</v>
       </c>
       <c r="B311" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C311" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D311" s="5" t="s">
-        <v>1998</v>
+        <v>2013</v>
       </c>
       <c r="E311" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F311" s="5" t="s">
-        <v>1999</v>
+        <v>2153</v>
       </c>
       <c r="G311" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H311" s="5" t="s">
-        <v>2150</v>
-[...1 lines deleted...]
-      <c r="I311" s="5"/>
+        <v>2154</v>
+      </c>
+      <c r="I311" s="5" t="s">
+        <v>2155</v>
+      </c>
       <c r="J311" s="5" t="s">
-        <v>1758</v>
+        <v>1765</v>
       </c>
       <c r="K311" s="5" t="s">
-        <v>2151</v>
+        <v>2156</v>
       </c>
       <c r="L311" s="6" t="s">
-        <v>2152</v>
+        <v>2157</v>
       </c>
       <c r="M311" s="5" t="s">
-        <v>2153</v>
+        <v>2158</v>
       </c>
     </row>
     <row r="312">
       <c r="A312" s="5" t="s">
-        <v>2154</v>
+        <v>2159</v>
       </c>
       <c r="B312" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C312" s="5" t="s">
-        <v>428</v>
+        <v>16</v>
       </c>
       <c r="D312" s="5" t="s">
-        <v>429</v>
+        <v>2013</v>
       </c>
       <c r="E312" s="5" t="s">
-        <v>2155</v>
+        <v>17</v>
       </c>
       <c r="F312" s="5" t="s">
-        <v>1835</v>
+        <v>2014</v>
       </c>
       <c r="G312" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H312" s="5" t="s">
-        <v>2156</v>
-[...3 lines deleted...]
-      </c>
+        <v>2160</v>
+      </c>
+      <c r="I312" s="5"/>
       <c r="J312" s="5" t="s">
-        <v>2158</v>
+        <v>1765</v>
       </c>
       <c r="K312" s="5" t="s">
-        <v>2159</v>
+        <v>2161</v>
       </c>
       <c r="L312" s="6" t="s">
-        <v>2160</v>
+        <v>2162</v>
       </c>
       <c r="M312" s="5" t="s">
-        <v>2161</v>
+        <v>2163</v>
       </c>
     </row>
     <row r="313">
       <c r="A313" s="5" t="s">
-        <v>2162</v>
+        <v>2164</v>
       </c>
       <c r="B313" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C313" s="5" t="s">
-        <v>429</v>
+        <v>16</v>
       </c>
       <c r="D313" s="5" t="s">
-        <v>428</v>
+        <v>2013</v>
       </c>
       <c r="E313" s="5" t="s">
-        <v>1835</v>
+        <v>17</v>
       </c>
       <c r="F313" s="5" t="s">
-        <v>2163</v>
+        <v>2014</v>
       </c>
       <c r="G313" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H313" s="5" t="s">
-        <v>2164</v>
-[...1 lines deleted...]
-      <c r="I313" s="5" t="s">
         <v>2165</v>
       </c>
+      <c r="I313" s="5"/>
       <c r="J313" s="5" t="s">
+        <v>1765</v>
+      </c>
+      <c r="K313" s="5" t="s">
         <v>2166</v>
       </c>
-      <c r="K313" s="5" t="s">
+      <c r="L313" s="6" t="s">
         <v>2167</v>
       </c>
-      <c r="L313" s="6" t="s">
+      <c r="M313" s="5" t="s">
         <v>2168</v>
-      </c>
-[...1 lines deleted...]
-        <v>2169</v>
       </c>
     </row>
     <row r="314">
       <c r="A314" s="5" t="s">
+        <v>2169</v>
+      </c>
+      <c r="B314" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C314" s="5" t="s">
+        <v>428</v>
+      </c>
+      <c r="D314" s="5" t="s">
+        <v>429</v>
+      </c>
+      <c r="E314" s="5" t="s">
         <v>2170</v>
       </c>
-      <c r="B314" s="5" t="s">
-[...8 lines deleted...]
-      <c r="E314" s="5" t="s">
+      <c r="F314" s="5" t="s">
+        <v>1842</v>
+      </c>
+      <c r="G314" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H314" s="5" t="s">
         <v>2171</v>
       </c>
-      <c r="F314" s="5" t="s">
-[...7 lines deleted...]
-      <c r="H314" s="5" t="s">
+      <c r="I314" s="5" t="s">
         <v>2172</v>
       </c>
-      <c r="I314" s="5" t="s">
+      <c r="J314" s="5" t="s">
         <v>2173</v>
       </c>
-      <c r="J314" s="5" t="s">
+      <c r="K314" s="5" t="s">
         <v>2174</v>
       </c>
-      <c r="K314" s="5" t="s">
+      <c r="L314" s="6" t="s">
         <v>2175</v>
       </c>
-      <c r="L314" s="6" t="s">
+      <c r="M314" s="5" t="s">
         <v>2176</v>
-      </c>
-[...1 lines deleted...]
-        <v>2177</v>
       </c>
     </row>
     <row r="315">
       <c r="A315" s="5" t="s">
+        <v>2177</v>
+      </c>
+      <c r="B315" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C315" s="5" t="s">
+        <v>429</v>
+      </c>
+      <c r="D315" s="5" t="s">
+        <v>428</v>
+      </c>
+      <c r="E315" s="5" t="s">
+        <v>1842</v>
+      </c>
+      <c r="F315" s="5" t="s">
         <v>2178</v>
       </c>
-      <c r="B315" s="5" t="s">
-[...11 lines deleted...]
-      <c r="F315" s="5" t="s">
+      <c r="G315" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H315" s="5" t="s">
         <v>2179</v>
       </c>
-      <c r="G315" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H315" s="5" t="s">
+      <c r="I315" s="5" t="s">
         <v>2180</v>
       </c>
-      <c r="I315" s="5" t="s">
+      <c r="J315" s="5" t="s">
         <v>2181</v>
-      </c>
-[...1 lines deleted...]
-        <v>1758</v>
       </c>
       <c r="K315" s="5" t="s">
         <v>2182</v>
       </c>
       <c r="L315" s="6" t="s">
         <v>2183</v>
       </c>
       <c r="M315" s="5" t="s">
         <v>2184</v>
       </c>
     </row>
     <row r="316">
       <c r="A316" s="5" t="s">
         <v>2185</v>
       </c>
       <c r="B316" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C316" s="5" t="s">
-        <v>16</v>
+        <v>1694</v>
       </c>
       <c r="D316" s="5" t="s">
-        <v>1998</v>
+        <v>101</v>
       </c>
       <c r="E316" s="5" t="s">
-        <v>17</v>
+        <v>2186</v>
       </c>
       <c r="F316" s="5" t="s">
-        <v>2179</v>
+        <v>1867</v>
       </c>
       <c r="G316" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H316" s="5" t="s">
-        <v>2186</v>
+        <v>2187</v>
       </c>
       <c r="I316" s="5" t="s">
-        <v>2187</v>
+        <v>2188</v>
       </c>
       <c r="J316" s="5" t="s">
-        <v>1758</v>
+        <v>2189</v>
       </c>
       <c r="K316" s="5" t="s">
-        <v>2188</v>
+        <v>2190</v>
       </c>
       <c r="L316" s="6" t="s">
-        <v>2189</v>
+        <v>2191</v>
       </c>
       <c r="M316" s="5" t="s">
-        <v>2190</v>
+        <v>2192</v>
       </c>
     </row>
     <row r="317">
       <c r="A317" s="5" t="s">
-        <v>2191</v>
+        <v>2193</v>
       </c>
       <c r="B317" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C317" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D317" s="5" t="s">
-        <v>1998</v>
+        <v>2013</v>
       </c>
       <c r="E317" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F317" s="5" t="s">
-        <v>2179</v>
+        <v>2194</v>
       </c>
       <c r="G317" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H317" s="5" t="s">
-        <v>2192</v>
+        <v>2195</v>
       </c>
       <c r="I317" s="5" t="s">
-        <v>2193</v>
+        <v>2196</v>
       </c>
       <c r="J317" s="5" t="s">
-        <v>1758</v>
+        <v>1765</v>
       </c>
       <c r="K317" s="5" t="s">
-        <v>2194</v>
+        <v>2197</v>
       </c>
       <c r="L317" s="6" t="s">
-        <v>2195</v>
+        <v>2198</v>
       </c>
       <c r="M317" s="5" t="s">
-        <v>2196</v>
+        <v>2199</v>
       </c>
     </row>
     <row r="318">
       <c r="A318" s="5" t="s">
-        <v>2197</v>
+        <v>2200</v>
       </c>
       <c r="B318" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C318" s="5" t="s">
-        <v>429</v>
+        <v>16</v>
       </c>
       <c r="D318" s="5" t="s">
-        <v>428</v>
+        <v>2013</v>
       </c>
       <c r="E318" s="5" t="s">
-        <v>1835</v>
+        <v>17</v>
       </c>
       <c r="F318" s="5" t="s">
-        <v>2163</v>
+        <v>2194</v>
       </c>
       <c r="G318" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H318" s="5" t="s">
-        <v>2198</v>
+        <v>2201</v>
       </c>
       <c r="I318" s="5" t="s">
-        <v>2199</v>
+        <v>2202</v>
       </c>
       <c r="J318" s="5" t="s">
-        <v>2200</v>
+        <v>1765</v>
       </c>
       <c r="K318" s="5" t="s">
-        <v>2201</v>
+        <v>2203</v>
       </c>
       <c r="L318" s="6" t="s">
-        <v>2202</v>
+        <v>2204</v>
       </c>
       <c r="M318" s="5" t="s">
-        <v>2203</v>
+        <v>2205</v>
       </c>
     </row>
     <row r="319">
       <c r="A319" s="5" t="s">
-        <v>2204</v>
+        <v>2206</v>
       </c>
       <c r="B319" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C319" s="5" t="s">
-        <v>429</v>
+        <v>16</v>
       </c>
       <c r="D319" s="5" t="s">
-        <v>428</v>
+        <v>2013</v>
       </c>
       <c r="E319" s="5" t="s">
-        <v>2039</v>
+        <v>17</v>
       </c>
       <c r="F319" s="5" t="s">
-        <v>2205</v>
+        <v>2194</v>
       </c>
       <c r="G319" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H319" s="5" t="s">
-        <v>2206</v>
+        <v>2207</v>
       </c>
       <c r="I319" s="5" t="s">
-        <v>2207</v>
+        <v>2208</v>
       </c>
       <c r="J319" s="5" t="s">
-        <v>2208</v>
+        <v>1765</v>
       </c>
       <c r="K319" s="5" t="s">
         <v>2209</v>
       </c>
       <c r="L319" s="6" t="s">
         <v>2210</v>
       </c>
       <c r="M319" s="5" t="s">
         <v>2211</v>
       </c>
     </row>
     <row r="320">
       <c r="A320" s="5" t="s">
         <v>2212</v>
       </c>
       <c r="B320" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C320" s="5" t="s">
         <v>429</v>
       </c>
       <c r="D320" s="5" t="s">
         <v>428</v>
       </c>
       <c r="E320" s="5" t="s">
-        <v>1835</v>
+        <v>1842</v>
       </c>
       <c r="F320" s="5" t="s">
-        <v>2205</v>
+        <v>2178</v>
       </c>
       <c r="G320" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H320" s="5" t="s">
         <v>2213</v>
       </c>
       <c r="I320" s="5" t="s">
         <v>2214</v>
       </c>
       <c r="J320" s="5" t="s">
         <v>2215</v>
       </c>
       <c r="K320" s="5" t="s">
         <v>2216</v>
       </c>
       <c r="L320" s="6" t="s">
         <v>2217</v>
       </c>
       <c r="M320" s="5" t="s">
         <v>2218</v>
       </c>
     </row>
     <row r="321">
       <c r="A321" s="5" t="s">
         <v>2219</v>
       </c>
       <c r="B321" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C321" s="5" t="s">
         <v>429</v>
       </c>
       <c r="D321" s="5" t="s">
         <v>428</v>
       </c>
       <c r="E321" s="5" t="s">
+        <v>2054</v>
+      </c>
+      <c r="F321" s="5" t="s">
         <v>2220</v>
-      </c>
-[...3 lines deleted...]
-        </is>
       </c>
       <c r="G321" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H321" s="5" t="s">
         <v>2221</v>
       </c>
       <c r="I321" s="5" t="s">
         <v>2222</v>
       </c>
       <c r="J321" s="5" t="s">
         <v>2223</v>
       </c>
       <c r="K321" s="5" t="s">
         <v>2224</v>
       </c>
       <c r="L321" s="6" t="s">
         <v>2225</v>
       </c>
       <c r="M321" s="5" t="s">
         <v>2226</v>
       </c>
     </row>
     <row r="322">
       <c r="A322" s="5" t="s">
         <v>2227</v>
       </c>
       <c r="B322" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C322" s="5" t="s">
-        <v>16</v>
+        <v>429</v>
       </c>
       <c r="D322" s="5" t="s">
-        <v>1998</v>
+        <v>428</v>
       </c>
       <c r="E322" s="5" t="s">
-        <v>17</v>
+        <v>1842</v>
       </c>
       <c r="F322" s="5" t="s">
-        <v>2179</v>
+        <v>2220</v>
       </c>
       <c r="G322" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H322" s="5" t="s">
         <v>2228</v>
       </c>
-      <c r="I322" s="5"/>
+      <c r="I322" s="5" t="s">
+        <v>2229</v>
+      </c>
       <c r="J322" s="5" t="s">
-        <v>1758</v>
+        <v>2230</v>
       </c>
       <c r="K322" s="5" t="s">
-        <v>2229</v>
+        <v>2231</v>
       </c>
       <c r="L322" s="6" t="s">
-        <v>2230</v>
+        <v>2232</v>
       </c>
       <c r="M322" s="5" t="s">
-        <v>2231</v>
+        <v>2233</v>
       </c>
     </row>
     <row r="323">
       <c r="A323" s="5" t="s">
-        <v>2232</v>
+        <v>2234</v>
       </c>
       <c r="B323" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C323" s="5" t="s">
         <v>429</v>
       </c>
       <c r="D323" s="5" t="s">
         <v>428</v>
       </c>
       <c r="E323" s="5" t="s">
-        <v>1835</v>
-[...2 lines deleted...]
-        <v>1990</v>
+        <v>2235</v>
+      </c>
+      <c r="F323" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G323" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H323" s="5" t="s">
-        <v>2233</v>
-[...1 lines deleted...]
-      <c r="I323" s="5"/>
+        <v>2236</v>
+      </c>
+      <c r="I323" s="5" t="s">
+        <v>2237</v>
+      </c>
       <c r="J323" s="5" t="s">
-        <v>2234</v>
+        <v>2238</v>
       </c>
       <c r="K323" s="5" t="s">
-        <v>2235</v>
+        <v>2239</v>
       </c>
       <c r="L323" s="6" t="s">
-        <v>2236</v>
+        <v>2240</v>
       </c>
       <c r="M323" s="5" t="s">
-        <v>2237</v>
+        <v>2241</v>
       </c>
     </row>
     <row r="324">
-      <c r="A324" s="5" t="n">
+      <c r="A324" s="5" t="s">
+        <v>2242</v>
+      </c>
+      <c r="B324" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C324" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D324" s="5" t="s">
+        <v>2013</v>
+      </c>
+      <c r="E324" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F324" s="5" t="s">
+        <v>2194</v>
+      </c>
+      <c r="G324" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H324" s="5" t="s">
+        <v>2243</v>
+      </c>
+      <c r="I324" s="5"/>
+      <c r="J324" s="5" t="s">
+        <v>1765</v>
+      </c>
+      <c r="K324" s="5" t="s">
+        <v>2244</v>
+      </c>
+      <c r="L324" s="6" t="s">
+        <v>2245</v>
+      </c>
+      <c r="M324" s="5" t="s">
+        <v>2246</v>
+      </c>
+    </row>
+    <row r="325">
+      <c r="A325" s="5" t="s">
+        <v>2247</v>
+      </c>
+      <c r="B325" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C325" s="5" t="s">
+        <v>429</v>
+      </c>
+      <c r="D325" s="5" t="s">
+        <v>428</v>
+      </c>
+      <c r="E325" s="5" t="s">
+        <v>1842</v>
+      </c>
+      <c r="F325" s="5" t="s">
+        <v>2005</v>
+      </c>
+      <c r="G325" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H325" s="5" t="s">
+        <v>2248</v>
+      </c>
+      <c r="I325" s="5"/>
+      <c r="J325" s="5" t="s">
+        <v>2249</v>
+      </c>
+      <c r="K325" s="5" t="s">
+        <v>2250</v>
+      </c>
+      <c r="L325" s="6" t="s">
+        <v>2251</v>
+      </c>
+      <c r="M325" s="5" t="s">
+        <v>2252</v>
+      </c>
+    </row>
+    <row r="326">
+      <c r="A326" s="5" t="s">
+        <v>2253</v>
+      </c>
+      <c r="B326" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C326" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D326" s="5" t="s">
+        <v>2013</v>
+      </c>
+      <c r="E326" s="5" t="s">
+        <v>2254</v>
+      </c>
+      <c r="F326" s="5" t="s">
+        <v>2194</v>
+      </c>
+      <c r="G326" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H326" s="5" t="s">
+        <v>2255</v>
+      </c>
+      <c r="I326" s="5" t="s">
+        <v>2256</v>
+      </c>
+      <c r="J326" s="5" t="s">
+        <v>1765</v>
+      </c>
+      <c r="K326" s="5" t="s">
+        <v>2257</v>
+      </c>
+      <c r="L326" s="6" t="s">
+        <v>2258</v>
+      </c>
+      <c r="M326" s="5" t="s">
+        <v>2259</v>
+      </c>
+    </row>
+    <row r="327">
+      <c r="A327" s="5" t="n">
         <v>1940</v>
       </c>
-      <c r="B324" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C324" s="5" t="s">
+      <c r="B327" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C327" s="5" t="s">
         <v>101</v>
       </c>
-      <c r="D324" s="5" t="s">
-[...33 lines deleted...]
-        <v>2244</v>
+      <c r="D327" s="5" t="s">
+        <v>2260</v>
+      </c>
+      <c r="E327" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F327" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G327" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H327" s="5" t="s">
+        <v>2261</v>
+      </c>
+      <c r="I327" s="5" t="s">
+        <v>2262</v>
+      </c>
+      <c r="J327" s="5" t="s">
+        <v>2263</v>
+      </c>
+      <c r="K327" s="5" t="s">
+        <v>2264</v>
+      </c>
+      <c r="L327" s="6" t="s">
+        <v>2265</v>
+      </c>
+      <c r="M327" s="5" t="s">
+        <v>2266</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>
     <hyperlink ref="M13" r:id="rId18"/>
     <hyperlink ref="M14" r:id="rId19"/>
     <hyperlink ref="M15" r:id="rId20"/>
     <hyperlink ref="M16" r:id="rId21"/>
     <hyperlink ref="M17" r:id="rId22"/>
     <hyperlink ref="M18" r:id="rId23"/>
     <hyperlink ref="M19" r:id="rId24"/>
     <hyperlink ref="M20" r:id="rId25"/>
     <hyperlink ref="M21" r:id="rId26"/>
@@ -29408,44 +29708,47 @@
     <hyperlink ref="M300" r:id="rId305"/>
     <hyperlink ref="M301" r:id="rId306"/>
     <hyperlink ref="M302" r:id="rId307"/>
     <hyperlink ref="M303" r:id="rId308"/>
     <hyperlink ref="M304" r:id="rId309"/>
     <hyperlink ref="M305" r:id="rId310"/>
     <hyperlink ref="M306" r:id="rId311"/>
     <hyperlink ref="M307" r:id="rId312"/>
     <hyperlink ref="M308" r:id="rId313"/>
     <hyperlink ref="M309" r:id="rId314"/>
     <hyperlink ref="M310" r:id="rId315"/>
     <hyperlink ref="M311" r:id="rId316"/>
     <hyperlink ref="M312" r:id="rId317"/>
     <hyperlink ref="M313" r:id="rId318"/>
     <hyperlink ref="M314" r:id="rId319"/>
     <hyperlink ref="M315" r:id="rId320"/>
     <hyperlink ref="M316" r:id="rId321"/>
     <hyperlink ref="M317" r:id="rId322"/>
     <hyperlink ref="M318" r:id="rId323"/>
     <hyperlink ref="M319" r:id="rId324"/>
     <hyperlink ref="M320" r:id="rId325"/>
     <hyperlink ref="M321" r:id="rId326"/>
     <hyperlink ref="M322" r:id="rId327"/>
     <hyperlink ref="M323" r:id="rId328"/>
     <hyperlink ref="M324" r:id="rId329"/>
+    <hyperlink ref="M325" r:id="rId330"/>
+    <hyperlink ref="M326" r:id="rId331"/>
+    <hyperlink ref="M327" r:id="rId332"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>