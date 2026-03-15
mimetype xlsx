--- v1 (2026-01-27)
+++ v2 (2026-03-15)
@@ -44,60 +44,1206 @@
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
   <si>
     <t>Arkivplacering</t>
   </si>
   <si>
     <t>Dokumentindhold</t>
   </si>
   <si>
     <t>URL</t>
   </si>
   <si>
     <t>Transskription</t>
   </si>
   <si>
+    <t>1885-04-24</t>
+  </si>
+  <si>
+    <t>Brev</t>
+  </si>
+  <si>
+    <t>Vilhelmine  Larsen</t>
+  </si>
+  <si>
+    <t>Johannes Larsen</t>
+  </si>
+  <si>
+    <t>Kerteminde</t>
+  </si>
+  <si>
+    <t>København</t>
+  </si>
+  <si>
+    <t>Hull England
+Spanien
+Kaliningrad
+Prøvestenen København
+Frankrig
+Brockdorff Alle 42 5390 Martofte</t>
+  </si>
+  <si>
+    <t>Otto Bache
+Ane Marie Christiansdatter
+Alfred Eckardt
+Christian Eckardt
+Valdemar Eckardt
+Adolph Larsen
+Augusta  Larsen
+Cathrine Larsen
+Georg Larsen
+Ida Larsen
+Jacob Larsen
+Jeppe Andreas Larsen
+Marie Larsen
+Urban Larsen
+Vilhelm Larsen
+- Madsen, Bager
+Sophie Meyer
+Sophus  Meyer
+Sophie Minden
+- Petersen
+Rasmus Petersen, Gartner
+Elisabeth Storm
+Christine Swane
+Natalie Zahle
+Kristian Zahrtmann</t>
+  </si>
+  <si>
+    <t>Duderne er nok duerne. På fynsk er der mange stumme d'er. Muligvis tror VL at der skal være d i midten af duerne.
+Madsen støjer i bageriet: Familien Larsens købmandsgård lå/ligger i Langegade 50, Kerteminde. Naboejendommen, som Larsen også ejede i 1885, Langegade 48, var Bagergården. 
+Røjlen: råsejl på skib (wikipedia) 
+Beslå: pakke sejl sammen på mast/bom for at hindre fremdrift (encyclopedia_danish.enacademic.com/2173/ Beslå)
+Kønigsberg hedder i dag Kaliningrad
+Christian Eckardt og hustru har sølvbryllup d. 1.6 1885. Den omtalte udstilling er på Charlottenborg.
+Den gamle Frederik er Frederik d. 7 (1848-1863) 
+Hvad grisens indhold skal bruges til: Sætningen refererer formodentlig til den sparegris, som Larsen-familien havde stående ovenpå deres bornholmerur. Den står stadig på dette sted i Alhed og Johannes Larsens røde stue på det, der nu er Johannes Larsen Museet.</t>
+  </si>
+  <si>
+    <t>Det Kongelige Bibliotek</t>
+  </si>
+  <si>
+    <t>Det var godt, at Johannes Larsen sendte en undskyldning til faster Thrine og fru Storm. Hvad syntes han om Chr. Eckardts billeder på udstillingen? Fik han afleveret frøken Zahles billede? Otto Bache har solgt et maleri for 7000 kroner. Alfred Eckardt tvivler på, at han kan komme til sine forældres sølvbryllup.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/qTtv</t>
+  </si>
+  <si>
+    <t>Modtaget den 23 April
+[Påtrykt:]
+J. A. Larsen
+Kjerteminde. [Håndskrevet:] den 24 April 1885
+Min kjære lille Ven!
+Jeg har det saa godt i Eftermiddag at Brevet maa straks igang. Du var ikke saa bedrøvet som jeg var fordi der ingen Brev kom afsted Løverdag for Tiden løb saadan fra mig og jeg var ene hjemme saa jeg kunde ingen raabe an til at skrive, her kom en Fru Petersen Moster til Urbans Kjæreste og vilde tale med din Fader og han kom ikke saa Tiden gik altfor rask jeg blev ved med at høre paa hende og tænkte du naaer det nok men nej det slog fejl saa om Søndag Eftermiddag maatte jeg skrive op til Farbroder Jacob Faster Thrine er nemlig bleven meget svag og kan ikke sove om Nætterne, der var saadan en Kjedsomhed med dem begge at jeg fik den Tanke at Ida Larsen kunde komme herover og løse Faster ad med Huusgjerning og saa kunde Thrine kommer derop og ligge paa Landet og faa Kraften det venter vi nu Svar paa, for at hjælpe paa hende foreløbig er hun flyttet ind at sove hos os, ligger nu om Natten paa det Værelse ved siden af vores og sidder om Dagen paa Fru Storms Stue, det har hjulpen nu sover hun godt og det er kjendt paa hende, Madsen støjer jo i Bageriet om Natten og her er jo stille saa det gjør vel meget, med det samme jeg er ved de to skal jeg hilse dig fra dem, de sagde da Du kjørte forbi, det er værst for ham selv for vi veed han bliver saa kjed af det; og da saa dit Brev kom kunde de saa godt forstaa at Duderne havde optaget dig saadan at du glemte at sige Farvel kjærlig Hilsen fra dem begge med Tak for din Opmærksomhed at give dem en Undskyldning ja det var rigtigt Johannes man skal altid erkjende naar man gjør Fejl.
+Det var det saa skal Du høre lidt om Alfred her var Brev fra ham igaar han var 28 Dage om Rejsen fra Spanien til England, megen Modvind, han fortæller om en Orkan der kom bag paa dem de vare nede at skaffe da Styrmanden kaldte alle Mand op. 5 beslog Sejl hvad de nu hedder allesammen, men Røjlen blæste fra dem og Storsejlet var beslaaet, ellers var Stormasten gaaet, der var ikke Tale om Hvile medens Stormen rasede men næste Dag var det godt Vejr igjen, han har kun svagt Haab om at blive afmønstret paa Kjøbenhavns Rheed for de skal gaa til Kønigsberg og derfra have Planker til Frankrig eller England og saa hjem til Danmark med Kul, det vil jo medtage en 3 Maaneder han vil jo saa inderlig gjerne hjem til Sølvbrylluppet maa Skipperen forbarmer sig over ham og lader ham slippe ved Kjøbenhavn saa faar I ham at see for da tager han lige hjem, der er deserteret 5 Mand, de to kom tilbage igjen, en Hollænder laante en blaa Trøje at gaa iland og blev borte med det samme var det ikke lumpent, Kokken er deserteret, saa maa Alfred som yngste Mand gjøre Tjeneste ved Gryderne men kjedeligt er det siger han for de gjør altid Vrøvl at Maden skal være bedre ogsaa fra Valdemar skal jeg hilse han glæder sig saa umaadelig til Hjemrejsen i sidste Deel af Maj ja maa de samles alle Børnene saa bliver det rigtignok en glædelig Forsamling 
+Johannes har du bragt Frøken Zahle sit Billede - og hvordan gik det Dig? og hvad synes Du om din Eckardts Billeder paa Udstillingen? siig mig ogsaa hvad Du synes bedst om af det altsammen; Otto Backes Malerie Køer der drives af Stalden er solgt til 7000 Kroner Det kan blive til noget - oh maatte Eckardt dog sælge - bed dog med os kjære lille Johannes
+Jeg kan udmærket godt lide Hr Zahrtman fordi han vilde raade Eder til at kjøbe nyttigt for Pengene istedet for Sold. oh Johannes drik dog aldrig noget som kan gaa i Hovedet fortæl mig hvad Du maler og hvad Du tegner og hvad du tænker og glæd mig med alt hvad du veed der interesserer mig og det gjør alt hvad der vedrører Dig vi venter ogsaa at faa at vide hvad Grisens Indhold skal bruges til om det er Skovtour 
+Nu begynder Foraaret at gjøre sig gjældende og vi har voldsomt travlt i Haven der bliver anlagt et 30 Alen langt Aspargesbed oppe i Haven der hvor de gamle Stikkelsbær stod der blev 5 Buske tilbage at plukke endnu i Sommer, Vilhelm græd ellers over dem kan Du tro - tænk nu paa ham i næste Uge skal han til Eksamen det er første Gang i den Skole gid det maa gaa ham godt den lille Ven han har i denne Tid gjort saadan Forretning med Frimærker han kjøbte hos Georg og solgte i Skolen tjænte sig en Krone og kjøbte saa Georg Seglsamling og er meget glad desuden har han tjænt en Krone til sin Sparekassebog. Lammene har det det godt og lille Adolph kom nu ind saa brun som en Tater og skal med ud at hente dem hans lille Træhest staar paa Græs derude og den skal nu hjem i Nat igjen - jeg skal nok passe paa Urtepotten og Frøken Minden har lovet mig den med den gamle Frederik paa saa har Du 2 gamle der en til med en rød Bordt med en sort Tegning vil du have den med kan du faa lad nu Rasmus give dig Skud der er grønne om Vinteren ogsaa
+Jeg blev forstyrret ved at en Gig fra Brocdorff væltede her i Porten og baade Drengen og Kudsken blev kastet ud heldigvis blev Hesten staaende og de slap med at Mixturen blev slaaet itu der er nemlig 3 Thyfus Pasienter derude nu, det er kjedligt naar saadan en Sygdom faar Indpas i et Hjem saa gaar den gjerne rundt
+Du kan tro jeg faar spadseren paa Markvejen nu Fader kommer og henter mig og saa afsted vi haabe det skal hjælpe rigtig godt, din kjære Fader har det rigtig godt og alle dine Søskende ere ogsaa raske det er Mejers Fødselsdag idag Farmoer er derude
+Naa min lille Skat nu lider det mod Enden og saa ønsker jeg dig alt muligt Godt Held og Velsignelse til dit Arbejde og Glæde af Gjerningen saa skal Du se naar du arbejder i Jesu Navn vil hjælpe saa Evnerne han har givet Dig kan komme paa rette Hylde Lev vel og Kys fra din Moder Hils Alle</t>
+  </si>
+  <si>
+    <t>1885-04-29</t>
+  </si>
+  <si>
+    <t>Birkerød
+Faaborg ,Fyn
+Långaryd</t>
+  </si>
+  <si>
+    <t>Ane Marie Christiansdatter
+Christian Eckardt
+Anesine Frölich
+- Holbeck
+J.C. Hostrup
+Harald  Klokker
+Assistent Knudsen
+Augusta  Larsen
+Cathrine Larsen
+Georg Larsen
+Ida Larsen
+Jacob Larsen
+Jeppe Andreas Larsen
+Peter Larsen
+Urban Larsen
+Vilhelm Larsen
+Niels Mollerup
+Ulrik Plesner</t>
+  </si>
+  <si>
+    <t>Cirkus "Danmark" besøgte Kerteminde i april 1885 (Kjerteminde Avis 21.4 1885) Der var 35 personer, heste m.m. på pladsen ved Gymnastikhuset.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen er ikke i så godt humør og hans mor vil gerne hjælpe ham. Farbror Urban skal snart giftes og overtage en købmandsforretning. Johannes Larsens far vil muligvis tage en tur til Sverige.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Fx7B</t>
+  </si>
+  <si>
+    <t>Kjerteminde den 29 April 1885
+Kjære Johannes!
+Det var jo dejligt at Du havde moret Dig godt ude i Birkerød og at Du er rask hvad er der ivejen med Houmøret min lille Ven sig du mig hvad der trykker; om det ogsaa skal blive et langt Brev, maaske jeg dog veed Raad – fortæl mig ogsaa hvad alt det er du har i Hovedet og vil udrette naar du kommer hjem det skal glæde mig at udfylde Ventetiden med Tanker der angaar din Virksomhed, vil du igjen have fat i Leer saa sig endelig til at jeg kan have din Arbejdsdragt i Orden. Tiden løber hurtigt skal du ikke blive der længere end til Juni. Saa seer vi jo hinanden om lidt maaske Faer tager til Høljeryd inden Urban nu flytter og saa kan I jo tale om det Alt sammen ja Gud give det maa blive en god Sommer i alle Maader her er saamegen Alvor rundt i alle Kroge, Urban skal nemlig overtage sin Handel første Juni men rejser derud en 8te Dage før, hans Augusta rejser nu en af Dagene til Faaborg og dernede skal de saa vies for Bryllupsgæster bliver der ingen bedt; om vi faar Dagen at vide skal jeg nok melde dig den for at Du kan tænke dem og ønske dem alt godt.
+Hvad svarede Hr Mollerup vil han saa til Kjerteminde? Du har slet ikke svaret mig paa mine Spørgsmaal om hvad du maler og tegner er det din Gjerning sætter dig i daarligt Houmør eller er du maaske syg igjen?
+Vilhelm er til Ecksamen i disse Dage igaar var han meget tilfreds – ogsaa i Formiddags, i Eftermiddag er det kun Gymnastik Sang og et lettere Fag. Peder Larsen, Holbak og Assistent Knudsen; de 3 Lærde blive nok siddende 1 Aar endnu i den Klasse saa er der jo Udsigt til at Vilhelm kan komme over dem og jeg har lovet ham 1 Kr om han i Løbet af Aaret kan naa det.
+Nu idag er de færdig med Aspargesbedet, Petersen og lille Algren vare nu oppe at plante dem saa skal vi imorgen saa og lægge Kartofler og det Vejr vil nok gjøre at det kommer hurtigt op for det er jo ellers bag efter alle andre Mennesker.
+Her er et Berider Selskab og vi maatte jo derom med alle Rollingerne Georg havde Lov at gaa om Søndagen men da han kom derom saa blev han gjort opmærk af Post Klokker at vilde han staa kunde han gaa 2 Gange for de sammen Penge – og der kan du tro Georg han morede sig 
+vi vare uheldige med Vejret for det regnede saa voldsomt at Vandet løb paa Jorden i Strømme men Publikum holdt Stand til Slutning
+Faster Thrine er ved at lave sig færdig til en Jyllandsrejse op hos farbror Jacob og bliver der i et Par Maaneder for at faa Kræfter Ida kommer saa her men det har jeg maaske fortalt dig saa maa du undskylde mig – men jeg har saameget i mit Hoved i disse dage for vi skal jo skifte Piger paa Fredag.
+Der har været Brev fra Amerika til Eckarts, Moster Sine har været syg i 6 Uger og det var nok en Ængstelse for dem men nu er hun bedre jeg tænker saa vi faar snart at høre derfra ogsaa men saa bliver der ingen Hjemkomst i denne Sommer
+Nu i de følgende Dage kan du da gaa paa Udstillingen baade Fredag og Søndag, ja gaa bare at høre Hostrup mit kjære kjære Barn du gjorde mig saa Hjærteglad at du læser i Farmors Bog ja hold dig i Herrens Nærhed alle Dage saa skal det gaa Dig vel
+[Skrevet på langs]
+Kjærlig Hilsen fra Alle dog mest fra Din Moder</t>
+  </si>
+  <si>
+    <t>1885-11-09</t>
+  </si>
+  <si>
+    <t>Nyborg</t>
+  </si>
+  <si>
+    <t>Marie Larsen
+Urban Larsen
+Vilhelm Larsen
+Sophus  Meyer
+Kristian Zahrtmann</t>
+  </si>
+  <si>
+    <t>Sidste del af brevet mangler. Duder = duer. Vilhelmine Larsen var fynbo og havde lidt problemer med d'er.</t>
+  </si>
+  <si>
+    <t>Johannes bliver opfordret til at fortælle noget mere om, hvad han tegner og maler.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/gHF9</t>
+  </si>
+  <si>
+    <t>Kjerteminde den 9 November 1885
+Kjæreste Johannes
+Igaar kom jeg ikke til Skriveriet for Urban Larsen kom ganske uventet ja jeg maa vel helst komme med Dagen forud, du ved jo nok at Lørdag er en travl Dag nu at jeg har faaet en ny Stuepige især og Marie har ligget i et Par Dage saa Tiden løb fra mig min Bestemmelse var da at skrive et langt Brev til Johannes naar [papir mangler] havde været ude at se til [papir mangler] Mejr som ligger for et Hul [papir mangler] jeg kom lige derud og havde [fået overtøjet] af da Vilhelm kom løbende [papir mangler] vil du komme hjem straks Urban er kommen, jeg afsted for Pigerne var i Kirke de 2 da, og saa heldig for mig Johannes at vi havde faaet stegte Duder til Middag og levnet saa godt at jeg i en Fart kunde faa en god Middag han var rask men skulde afsted Kl 4, han havde[papir mangler] og hans eget Kjøretøj for han har faaet sig en Hest der er kjøbt her paa Egnen, stod i Nyborg jeg veed Du er glad ved at vi ere raske alle sammen min Ven; nu i dag kom dit Brev og gjorde os glade, nu kan du rigtignok tro vi tænke med Fornøjelse paa at høre lidt nærmere om hvad det er du maler og tegner Johannes fortæl dog hvad hun har paa, hvad hun hedder og hvordan hun seer ud – og først og fremmest [papir mangler] Hr Zartman [papir mangler] Dig det maa Du [endelig fortælle] mig min [papir mangler] ja du kan ikke [fortælle] mig formeget husk paa det, vi leve jo med Tanken paa dig og hvor er det saa lidt lidt at faa en saa kort Beskrivelse – mærk dig det.</t>
+  </si>
+  <si>
+    <t>1886-04-02</t>
+  </si>
+  <si>
+    <t>Peder Andersen
+Frøken Bendal
+Ane Marie Christiansdatter
+Charles Godtfredsen
+Adolph Larsen
+Alfred Larsen
+Augusta  Larsen
+Georg Larsen
+Helga Larsen
+Jeppe Andreas Larsen
+Martha Larsen
+Martin Larsen
+Urban Larsen
+Valdemar Larsen
+Niels Mollerup
+William Wandahl</t>
+  </si>
+  <si>
+    <t>Der er både død og fødsel i familien. Johannes Larsen skal muligvis kopiere et billede af en stor kunstner.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/sRSA</t>
+  </si>
+  <si>
+    <t>Kjerteminde den 2 April 1886
+Kjære Johannes!
+Det bliver gjerne saa trangt [tekst mangler] er det tilmed Lørdag) og H[ tekst mangler] Morgenstunden, derfor nu [tekst mangler] igjen – Igaar kom her en he[ tekst mangler]ger til Huse, den første var [tekst mangler] Augusta i Lundeborg har født en lille Pige som døde straks og hun er meget syg i samme Brev skrev Urban at deres Lærling i Boutiken døde samme Dag
+Farmor venter saa nogle Dage inden hun rejser; igaar kom alle Martin Larsen Børn herhen om de matte blive her indtil der kom Bud. Kl.3 meldte saa Pigen om de vilde komme hjem og see en lille Broder, lidt efter styrtede Adolph ind – der er kommen 2 Lam til nu har vi 4 og et Øjeblik efter der er kommen 4 Kattekillinger Moer oh saa kjønne saa kjønne ja han nyder Foraaret den [tekst mangler] alle dets Glæder baade ude og [tekst mangler]
+Vi har ingen Italiener seet endnu her var én med Lirekasse i dag men han fløjtede ikke og saa mente Børnene ikke at det var den rette ja det er morsomt om han [tekst mangler]mme; lad mig nu se du rigtig [tekst mangler] Kong Salomons Hoved; hvor jeg [tekst mangler]ke Dig Held og Lykke til Udførel[ tekst mangler]n Ven for han havde dog et [tekst mangler] Udtryk jeg husker ham saa [tekst mangler] fra de Studietegninger Du havde [tekst mangler]hjem, jeg haaber og troer at al den Alvor vi har havt i denne Vinter net har givet Mod til at arbejde med Kraft og bruge Læretiden vel ja Gud ske Tak at vi har kunnet [overstreget ord] lade dig følge dit Hjertes Trang og arbejde paa det Du har Lyst og vil vi tro – Evne til jeg beder saa inderlig for Dig mit Barn om Naade Lykke og Held til en god Udførelse af al din Gjerning
+Glæder Du Dig til Hjemkomsten Du kan tro jeg gjør ikke mindre [tekst mangler] Uge gaar jo saa hurtigt at den [tekst mangler] begyndt før den er fuldendt
+Er Frøken Bendal dog ikke snart rask at jeg kan faa det længe lovede Brev som skal være langt
+Fader og jeg vandrer nu [tekst mangler] Marken Pilehukning Hegn [tekst mangler] og Havearbejde trænger jo [ tekst mangler] kommer, oppe i Haven [tekst mangler] ordentlig luftet ud kan du [tekst mangler] helst se naar Du kom[tekst mangler] Peder Andersen har det ikke[tekst mangler] at hilse os, hvordan morede I eder hos Godtfredsens. Kommer du ikke meget sammen med Mollerup Johannes Du omtaler ham saa sjælden er I ikke saa gode Venner mere som I var her staar en Stok til hans Malerparaply skal den sendes eller han kommer først herover vil han til Fyn iaar eller har han lagt anden Plan for Somren vi kunde maaske faa Hr Vandal til at tage den Stok med [tekst mangler] Han gaar her endnu og skal spille i Aften igjen sammen med de andre Dilletanter det er stor Lykke han gjør [tekst mangler] Aftenen ja jeg tænker der [tekst mangler]mer godt ind til de [tekst mangler] Nu begynder det igjen med [tekst mangler] paa mig [ulæselige ord] [tekst mangler] saa vil jeg sige Farvel og ønske dig alt muligt nu kom Georg der er Fløjtespilleren saa skal jeg hen at se ham
+Din egen trofaste Moder hils Alle</t>
+  </si>
+  <si>
+    <t>1886-04-24</t>
+  </si>
+  <si>
+    <t>Nordskov Fynshovedvej 5390 Martofte
+Risinge Gods 5540 Ullerslev</t>
+  </si>
+  <si>
+    <t>Frøken Bendal
+Christian Eckardt
+Margrethe  Eckardt
+Frederik Falkenstjerne
+Anders Klinkby
+Georg Larsen
+Marie Larsen
+Vilhelm Larsen
+Karl  Mantzius
+Christine Swane</t>
+  </si>
+  <si>
+    <t>Nordskov ligger på Hindsholm, hvor Johannes Larsen gik på jagt og malede. Her opholdt han sig i sommeren 1886 med sine venner Godtfredsen, Wandahl, Kyhn og Mollerup. (Ernst Metze: Johannes Larsen. Berlingske Forlag 1955)
+Den lille kirke er valgmenighedskirken Emaus i Kerteminde. Den store er Skt. Laurentius, den almindelige folkekirke i Kerteminde.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen skal være sammen med venner i påsken. Der kommer en mand for at se på landstedet i Risinge. Der er endnu ikke fundet en ny valgmenighedspræst. Stillidsen vender tilbage til huset og flyver ikke væk. Man skal prøve at finde et godt sted i Nordskov.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/AqEQ</t>
+  </si>
+  <si>
+    <t>Kjerteminde den 24 April 1886
+Kjæreste Johannes!
+En glædelig Paaskefest det vil vi af Hjertet ønske Dig at du ret maa faa Følelsen af Opstandelses Glæden jeg sidder næsten og bliver bange for at du ikke naar at faa Brevet; men maaske Frøken Bendal nok sender det ud til Dig – Hils nu alle dine Venner fra os ogsaa Klingbys skal Du bo hos dem eller hos Mantsius
+2 Paaskedag kommer her en Mand og han vil se paa vores lille Landsted ved Risinge blot han dog vil kjøbe det saa faar vi vores Penge ind der det er 4000 det vil jeg rigtignok ønske min Ven ja nu er her Sommer vi saaer i næste Uge og travlt er der alle Steder.
+Vi skal nok see at faa et godt Sted til Eder i Nordskov – Gud Fader give os en glad Sommer- at vi maa blive raske.
+Vi skal ingen Gudstjeneste have i Helligdagene i den lille Kirke men saa gaar vi jo i den store Hr Falkenstjerne var her igaar og prædikede for en stor Forsamling Georg og Vilhelm ere meget forkjølede, pas Du paa Johannes saa godt du kan
+Dine Søstre ere i Skoven for at plukke Blomster som Dine saa smykker Stuerne med Margrethe skal synge paa Mandag det har jeg nok fortalt Dig engang
+Det har gjort Markussen ondt at han ikke fik hilst paa Dig han ønskede saa meget at se Dig
+Stillidsen holder saa meget af at være her at jeg knap troer den flyver vi prøvede straks i Torsdags og Vinduerne stod længe aabne ja Vilhelm kostede den endogsaa ud men den kom straks ind igjen det er nu morsomt at see Vinduet stod aabent Vandkop og Æde i sammen Rum og den vaskede sig og pudsede sig og kiggede ud men kom ind igjen – vi har beholdt den for din Skyld maaske den vil blive til Du kommer hjem ja der er ikke saa lidt for mig at gjøre endnu – derfor kom min bedste og kjærligste Hilsen
+Ekardt Stykker taler du ikke om synes Du ikke de [tilføjet] er unikke men det vil du maaske helst fortælle mundtlig. Din egen Moer</t>
+  </si>
+  <si>
+    <t>1886-11-13</t>
+  </si>
+  <si>
+    <t>Christian Eckardt
+Margrethe  Eckardt
+Niels Henriksen Kerteminde
+Dorthea Kristiansen
+Georg Larsen
+Jeppe Andreas Larsen
+Niels Lindberg
+- Markusen
+Alexander Mogensen
+Anton Frederik Schondel
+Wenzel Tornøe
+Kristian Zahrtmann</t>
+  </si>
+  <si>
+    <t>Beende = fynsk udtale af bedende
+Kirstine på Langø er muligvis familie til Thea, som skal giftes. Langø ligger ved Hindsholm nord for Kerteminde.
+Den gamle præst er muligvis Niels Lindberg, som døde i januar 1886.</t>
+  </si>
+  <si>
+    <t>Johannes Larsens bror, Georg, har været meget syg, men er i bedring. Vilhelmine Larsen var bange for, at Johannes skulle blive smittet. Der er en del økonomiske spekulationer og Johannes Larsens far tager muligvis til Sverige i næste uge. Hvad synes Zahrtmann om Johannes malerier?</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/9GXw</t>
+  </si>
+  <si>
+    <t>Kjerteminde den 13 November
+Kjæreste Johannes
+Det er ikke Mangel paa [Lejlighed] mit Barn, som er Grunden til min Tavshed; men du [maa] jo erindre at jeg skjød Dig saa lempelig ud af Kamret og at Du kom saa hurtig afsted, fordi vi var bange for Smitte og Ingen af de andre har faaet Lov at komme end Fader og Margrethe som har hjulpen mig at passe ham; og Doktoren tilbød mig nu forleden Dag at gaa lidt ud ogsaa at skrive til Dig og om det nu ikke bliver et langt Brev saa ved jeg at det bliver kjærkomment Gud ske Lov nu er [han] saa vel at vi haabe [Feberen] er ved at tage Afsked – det har jo været en lang Tid min Ven for mig at sidde her inde i samme Rum men saa sendte jeg jo Tankerne ud at finde alle dem jeg elsker og bad [for] Eder – mest dog for Dig mit elskede Barn at vor Herre i Himlen dog [rigtig] vil tage Dig i Favn saa alt det [bedste] kan komme til Vækst i dit Hjærte at Du dog maa blive et ædelt Menneske og Du nok lille Ven en beende Kristen det er mit inderligste Ønske saa vil Din himmelske Fader velsigne Dig og din Gjærning oh hvor jeg beder for Dig min lille Ven og hvor har jeg længtes efter at skrive til Dig og faa et rigtig Brev fra Dig igjen saa jeg kan fornemme at Du taler med – det var saa kort saa hovedkulds Du kom afsted og i [Sommer] har jeg jo egentlig ikke levet med Johannes de andre har havt dig heelt og holdent 
+fortæl mig nu endelig hvad Zartmann siger om det du maler hvem er Modellen Mand eller Qvinde? og sig mig ogsaa [hvem] der er paa Skolen hvad de hedder om det er nogle af [papir mangler] 
+Du maa nu vide at i [papir mangler] har vi jo kun dine Breve
+Saa maa du lægge noget i dem vi kan leve paa – sig mig Johannes er du Abonent i permanent Udstilling saa du faar det Blad med [ulæseligt navn] og Tornøe; husk ogsaa at fortælle mig om du har seet hvad det er for Malerier at Eckardt har paa den Aktion eller den er maaske afholdt rigtig vel
+Skal den Forgylder Mogensen have alle Pengene men jo højere de gaar op jo mere er der at glæde sig over – har De har fortalt at Eckardt malede [den] gamle Præst og fik 200 Kr [papir mangler]
+det var dog en Opmuntring midt i den mørke Tid. Markussen er her og kan Fader skaffe Penge saa er det rimeligt at han følger med ham hjem i næste Uge, men husk nu det er ikke sikkert; vi havde jo ventet at Georg skulde have naaet at komme op inden [men] det seer ikke ud til det; idag fik [han] Lov at gnave et Duebeen og [papir mangler] Æggeblomme saa – du kan tro det smagte ganske udmærket
+Maa nu blot Feberen rejse – ad Bloksbjerg til som han siger – saa kommer jo Kræfterne nok efterhaanden med Guds Hjælp
+Henriksen er til Bryllup idag hos Kirstine paa Langø. Thea har Bryllup. Vi skulde jo endelig give Møde men det turde jeg ikke og saa vilde Faer ogsaa helst blive hjemme saa Du kan tro han har travlt.
+Den kjærligste Hilsen fra din hengivne Moder
+Hils Alle
+[Skrevet ned langs siden]
+I [papir mangler] skrev til Dig i Aftes saa en varm [Hilsen]</t>
+  </si>
+  <si>
+    <t>1886-11-20</t>
+  </si>
+  <si>
+    <t>Ladby Vikingevej
+Långaryd Sverige
+5390 Martofte
+Fynshovedvej 698 Nordskov 5390 Martofte
+Kerteminde
+Dræby  </t>
+  </si>
+  <si>
+    <t>Ingeborg  Delcomyn
+Frederik Falkenstjerne
+Charles Godtfredsen
+Svend Kyhn
+Adolph Larsen
+Georg Larsen
+Jeppe Andreas Larsen
+Marie Larsen
+Peter Larsen
+Vilhelm Larsen
+Marie Meyer
+Niels Mollerup
+Fuldmægtig Nielsen
+Morten Pontoppidan
+Anton Frederik Schondel
+Christine Swane
+Kristian Zahrtmann</t>
+  </si>
+  <si>
+    <t>De unge malere boede hos en gårdmand i Nordskov (Ernst Mentze: Johannes Larsen - Kunstnerens Erindringer, Borgens Forlag 1955)</t>
+  </si>
+  <si>
+    <t>Mollerup laver komedie med børnene om aftenen. Han, Kyhn og Godtfredsen maler i omegnen af Kerteminde og kommer på besøg hos familien Larsen. Grundet nogle brande i Dræby får Johannes Larsens far solgt en del tømmer til genopbygning. Der skal opføres en stationsbygning med telefon i Nordskov.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/r2ez</t>
+  </si>
+  <si>
+    <t>Kjerteminde den 20 November 1886.
+Kjæreste Johannes!
+Saa hjærtelig Tak for Dit længere Brev ja se saadan er det jeg vil have det, Du skal blot naar Du sætter Dig til at skrive bilde Dig ind at Du taler med mig saa skal Du se den gaar som den var s[ulæseligt] Du kunde jo til Eksempel godt have sagt mig hvad Falkenstjerne og Pontoppidan havde talt om; men nu ved Du det til en anden Gang. Jo rigtignok er det Meningen Du skal hjem at holde Juul Johannes om alting maa falde sig som vi haabe med Helbred og Vejrlig jeg skal se at faa noget Fodtøj besørget til dig alting skal komme med i næste Uge tænker jeg; maatte det gaa over med den Forkjølelse lille Johannes naar jeg nu seer at Sygdom kan trække saadan ud som med Georg saa tigger vi rigtignok vor himmelske Fader om Sundhed og Kræfter, Doktoren har endnu ikke givet os Lov til at faa ham op, da der endnu er Feber bed dog med os at vi snart kan faa ham op saa jeg kan komme ned at passe mit Huus og Børn igjen Jeg skal takke Dig for Besørgelsen af Pakken til Marie, Mollerup seer jo nok at Børnene mangle lidt Sammenhold og saa har han funden paa at fylde Aftenen med denne Komedie der er vores Børn alle, Adolph med, han er Page og har en Sætning at sige, du kan tro han er dyr naar det staar paa, Marie Mejr og [ulæseligt navn] og Peder Larsen, Anton Schondel Teodor Nielsen Ingeborg er Kejser og Marie Prindsesse Vilhelm Hofnar og Dine Hofdame, Marie Meyer Politibetjent, nu nok herom saa vil jeg fortælle Dig en glædelig Nyhed midt i al denne Alvor, der er brændt 2 Gaarde i Dræby og dem skal Fader sælge til, og de er kommen uden at der er gjort dem noget Tilbud og Manden her var idag har fortalt at Tømmerhandlere 5 i Tal har sendt ham Priser; nu i Eftermiddag kom 3 Mand fra Ladby og kjøbte til et Folksmejeri saa Du kan tro han er glad – den kjære kjære Fader – Gud styrke ham dog til den store Gjerning han har – ret snart maa han til Sverig saa faar Du ham at se jeg skal bede Dig sige til frøken Bendal at paa Mandag sender Fader Penge til hende som hun saa har Tirsdag
+Mollerup rejser idag til Martofte [overstreget] igjen men kommer vist hjem til Tirsdag igjen Kyhn havde vi ventet idag men nu er det saa sent at det er opgivet. Godtfredsen kommer ind Fredag i næste Uge Johannes der er paatænkt en Stationsbygning opført i Nordskov med Telefonledning ind til Kjerteminde for Strandingerers Skyld, her var en saadan forleden Aften Fuldmægtig Nielsen rejste om Aftenen og kom først hjem næste Morgen, jeg tænker Godtfredsen har malet en ordentlig Mængde jeg glæder mig til at se Smedien 
+Kan du dog ikke forstaa at det interreserer mig hvad du maler nu tænker jeg paa Dig ved Arbejdet ogsaa vil jeg nok med det samme omtrent se hvad Du har for Dig har du Glæde af det du maler hvad siger Din Lærer? Har Du senere besøgt ham Du maa nu endelig skrive snarest naar du faar Papirer om du ikke har saameget at vi faar Brev imorgen.
+Ja nu er det snart Posttid saa jeg maa nok nu sige Farvel og Lev vel mit elskede Barn og Gud velsigne bevare og styrke dig til hvad du skal udføre
+De kjærligste Hilsener fra din trofaste Moder</t>
+  </si>
+  <si>
+    <t>1889-01-12</t>
+  </si>
+  <si>
+    <t>Frøken Bendal
+Ane Marie Christiansdatter
+Jens Hansen
+Adolph Larsen
+Jeppe Andreas Larsen
+Vilhelm Larsen
+Niels Lindberg
+Søren Lund
+Theodor Oppermann
+Hans Poulsen</t>
+  </si>
+  <si>
+    <t>Tiras er en hund.</t>
+  </si>
+  <si>
+    <t>Der bliver refereret til en intens samtale, som mor og søn havde, sidst Johannes Larsen var hjemme. Hvilken skole skal han vælge?</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/y1Lg</t>
+  </si>
+  <si>
+    <t>[påtrykt:] C.L. [håndskrevet:] idag fik jeg ingen du kan stole paa snarest
+Kjerteminde den 12 89
+1
+Kjære Johannes!
+Igaar afsendte jeg dit Tøj men naaede ikke at skrive haabede ogsaa paa, at jeg i dag kunde sende de 30 kr – Skoene haaber jeg passer og Benklæderne huskede jeg først i sidste Øjeblik da Pakken var færdig saa de sidder i det Omslag af Posen ryst dem saa falder de hvide Been ud, det er prægtigt at Du kommer til Gymnastik, at du kan faa dit Legem kraftigt udviklet; men for alt det faglige der tager dine Tanker – glem saa ikke vor sidste Samtale; men gjør hvad Du lovede mig, ak hvor jeg beder for Dig om alt hvad der kan gjøre dig til den Mand jeg ønsker du maa blive og det er ikke et lille Maal jeg stiler efter, vor Herre høre dog min inderlige Bøn og give dig Kræfter; naar du saa selv lægger god Villie til min elskede Søn, som ligger mit Hjerte saa nær – jeg veed aldrig nogen Gang Du er rejst fra mig, at jeg har været saa bevæget som jeg er denne gang, men fordi mit Hjærte er saa bevæget derfor troer jeg ogsaa mine Bønner bliver hørt Gud Fader velsigne og bevare dig fra alt Ondt – saa bebrejder jeg mig saameget naar du er borte, at jeg ikke har faaet dig mere med i Kirke; eller talt mere med om de Ting som hører Guds Rige til, oh Johannes brug din Søndag vel, gaa med Poulsen og Frøken Bendal i Kirke du skal se hvor det vil fylde dig selv med Glæde kan du huske da du havde den tykke Bog at Farmor har foræret [tilføjet] dig, saa skrev du imellem til [tilføjet] mig, jeg var ikke i Kirke men saa læste jeg et Stykke i Farmors Bog, vil du have den? jeg ønskede at jeg havde den lille af Lindbergs for det er saa kort men fyndigt – som I Unge kan have saa godt af, Johannes gaa en Gang ud at hilse paa Fru Lindberg og Lund tag Oppermann med jeg lovede ham at han skulde med ud at se den Hollænder – men det blev ikke til noget hils dem saa
+Idag haaber jeg at faa Vilhelms Billede afsted, Hansen satte det i Ramme for mig, og Lindegaard laver en Kasse – det var rart at Vilhelm havde Følgeskab af sine Kammerater saa var det knap saa trist det gjorde mig ellers ondt for ham den lille Ven, han fortalte rigtignok for mig at han længtes efter at komme til at arbejde igjen, men hans Væsen den sidste Aften tydede dog paa at det klemte lidt med Afskeden.
+Naa kjære Johannes at du er glad ved at gaa paa Teknisk Skole tænkte jeg jo nok; men giv os nu ogsaa lidt Besked om Skolen hvad Model har I? hvordan er Tonen der; hvad er det for nogle der gaar deroppe og hvad vælger du, at blive; eller gaa til Akademiet er Du begyndt der maa du jo blive dette Kvartal men det var maaske din Mening at blive paa Skolen i Vinter for Fader studsede han syntes det var underligt at begynde der hvis du vil gaa derfra men naar du arbejder med Alvor og Flid kan du maaske have Udbytte deraf til dit Gavn og vores Glæde skriv mig nu endelig et ordentlig og udførligt Brev om hvad vi her har talt om.
+Vildandrikken er i bedste Velgaaende – en Sømand var efter den en Dag og vilde fange den men Adolph kom i rette Øjeblik og frelste den da kan du tro han var højt oppe
+Vores Tiras er død den laa en Morgen i Hundehuset og var helt udstrakt Dyrlægen kom efter at vi havde arbejdet med den men det hjalp ikke han har vidst faaet noget i sig Nu vil vi ikke have Hvalpe mere, Fader sagde igaar at nu vilde han kjøbe en dresseret ægte Jagthund for Sønnernes Skyld Nu er det bleven Middag og Vilhelms Pakke skal afsted Lev nu vel og vær kjærlig og hilset fra din hele Slægt Hils dine Venner dem jeg kender
+Vil du ogsaa i dit Hjem
+Din trofaste Moder</t>
+  </si>
+  <si>
+    <t>1889-01-13</t>
+  </si>
+  <si>
+    <t>Johanne Christine Larsen</t>
+  </si>
+  <si>
+    <t>Julie Brandt</t>
+  </si>
+  <si>
+    <t>Erikshaab</t>
+  </si>
+  <si>
+    <t>Charlottenlund
+Villa Skovbo</t>
+  </si>
+  <si>
+    <t>Rasmus Balslev
+Laura Balslev, f. Leth
+Victoria Benedictsson
+Thora  Branner
+Laura Hansen
+Emanuel Jørgensen
+Frederik Jørgensen
+Karen Jørgensen
+Alhed Larsen
+Jonas Lie
+- Løngreen
+- Rehberg
+Ellen  Sawyer
+Henning Schroll
+Adelheyde Syberg
+Fritz Syberg
+Hempel Syberg
+Albrecht  Warberg
+Conrad Warberg
+Else Warberg
+Laura Warberg
+Marie Warberg</t>
+  </si>
+  <si>
+    <t>Julie Brandts forældres navne kendes ikke.
+Christine, f. Warberg, var i 1889 i huset på Sludegaard ved Nyborg. 
+Det kan ikke afgøres, hvem Petersen, Simonsen, Lille Hansen, Schrøder, Ada og Marie var.
+Kunstneren er Fritz Syberg. Han blev fyret som privat tegnelærer for Warbergs børn i sommeren 1889, da han medbragte Anna Svendsen til Fyn. Hun var nøgenmodel, og de to var ikke gift. 
+Jonas Lies bog Maisa Jons udkom 1888.
+Victoria Benedictssons forfattersynonym var Ernst Ahlgren. 
+Pæren var Den Grønne Pære; et månedstidsskrift, som Warberg-pigerne lavede i samarbejde med Fritz Syberg. Se dette under opslaget "Tidsskrifter" i Kilder til Dansk Kunsthistorie. 
+Det fremgår ikke, hvem den person, som Johanne omtaler i brevet og som vil tage sig af ham, når han bliver gammel, er. Johanne blev gift, og hun blev ikke læge.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2499</t>
+  </si>
+  <si>
+    <t>Johanne og Ellen løber på skøjter. 
+Det er trist, at Laura Bosse ikke længere er forlovet. 
+Julie Brandt må endelig fortsætte med at tegne.
+Det var hyggeligt at have Christine hjemme i julen. Fritz Syberg/Kunstneren kom også. 
+Ellen maler med Alheds farver, og resultatet er flot. 
+Blom skal giftes. 
+Johanne var begejstret for "Der var engang". 
+Else og Conrad Warberg har fået en datter. 
+Johanne læser med Thora/Tutte og får løn for det. Nu skal Johanne læse matematik hos Jørgensen-familien, hvis huslærer hun finder komisk. 
+Julie kan få septembernummeret af "Den grønne Pære". Januarnummeret er færdigt. Johanne modtager gerne bidrag fra Julie Brandt. 
+Huslæreren er blevet opereret. 
+Albrecht Warberg er blevet sognerådsformand mod sin vilje. 
+Johanne spørger til sine venner. Hun har besluttet, at hun vil være læge, og hun vil ikke gifte sig.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ZWve</t>
+  </si>
+  <si>
+    <t>[På kuvertens forside:]
+Frk. Juliane Brandt
+Villa Skovbo
+Charlottenlund
+Sjælland.
+[På kuvertens bagside med anden skrift og pen:]
+25-2-2000
+Bibbe – Kerteminde.
+[I brevet:]
+Søndag d 13-1-1889
+1
+Kære Brandt!
+Maa jeg allerførst sætte Dig lidt ind i Situationen? Det lange kærkomne og længe ventede Brev modtog jeg i Dag Eftermiddag, da vi kom fra Kirke og blev naturligvis knusende glad over det! Men der var imidlertid ikke Tid til at læse det; vi skulde paa Isen og løbe paa Skøjter (Elle og jeg har begyndt at løbe; Elle løber ret godt) inden det blev mørkt og vi havde sat Petersen Stævne der saa jeg havde ikke Tid at læse det før; saa skulde vi lige fra Isen og ind paa Gelskov, saa jeg fik det ikke læst før meget sent; hvad synes Du at gaa saa længe med et Brev i Lommen uden at kunde faa det læst det rørte mig dybt, Brandt saa at jeg strax da vi kom hjem fra Gjelskov sætter mig til at skrive til Dig; nej lægger mig til at skrive til dig; jeg ligger nemlig i Sengen og skriver; du maa derfor undskylde om Skriften bliver lidt noksagt. . .
+Jeg maa derfor skrive paa mit fine Brevpapir og for ikke at bruge for meget maa jeg skrive p [”p” overstreget] saa smaat.
+Hvad Du skrev om Laura Bosse gør mig meget ondt men sig mig: hvorfor blev Middelfartterne hos hende? Hvad rimelig Grund havde de? Var det fordi de havde været forlovede saa længe? Og hvorfor hævede hun det naar hun holder ubeskrivelig af ham?
+Forklar mig dette for det forstaar jeg ikke.
+jeg ikke; hvor det næsten er ubegribeligt at de, som Børn har kunnet forlove sig for Alvor og at det har holdt; det maa have [”have” overstreget] været [”t” sidst i ordet overstreget] nogle mærkelige men brilliante Mennesker.
+Hvor jeg blev forbauset over at høre at dine Forældre ere rejste til Præstø – Præstø den lille Afkrog og et Hul af en By; og jeg som troede at din Fader bestyrede en Skole i Lyngby og at det gik ham godt; hvor det er kedeligt; og saa dig selv; ”hvad blir’et til me dig Brandt”? men Brandt ”Penge tabt meget tabt Ære tabt mere tabt Mod tabt alt tabt derfor hold Modet oppe naar Livets Bølger gaar højt” hedder det jo jeg [”jeg” overstreget] ja Brandt! hold bare Modet oppe, saa gaar det nok. Klem paa med at komme til at tegne jeg tror Du har Talent, og naar du har ved [”har” overstreget; ”ved” indsat over linjen] det maa du jo kunde klemme vældig paa med Arbejde naar du faar begyndt. Jeg derimod – faar jeg begyndt at studere kan jeg ikke hænge saa voldsomt i som jeg kunde ønske af Frygt for ikke at kunde taale det i Hovedet; det Arbejde du faaer, synes jeg du kan være saa ihærdig og ivrig du vil, uden det vil skade dit Helbred; altsaa du kan kile saa meget paa du vel, jeg [”jeg” overstreget] hvis det var mig (der kunde komme til at læse) maatte jeg holde Maade. Men jeg siger endnu en Gang, klem bare paa Brandt.
+2 Jeg sidder paa mit Hovedgjærde med et lille Tæppe op om mine Skuldre; min Haand fryser, saa jeg af og til maa varme den over Lyset for at kunne holde Pennen.
+Det har været knusende morsomt at have Christine i Julen; skriv af og til til hende det Skind [”det Skind” indsat over linjen]; det varer nu et halvt Aar inden hun faar nogen af os at se med Undtagelse af Elle, som skal til Kbn i Paasken, saa vil Chr. se at gøre en lille Svip til København; hvis du saa var der Brandt, saa var det morsomt; det var dog ikke videre svært at [”at” overstreget] for hende at sige Far vel, mærkelig nok; for mig var det knusende svært du ved, jeg næsten forguder Christine; jeg har al Tid holdt vældig meget af hende. Klokken er snart 12 og alligevel gaar de nede og buldrer og går uden for jeg kan høre dem tale, det er vist en Ko, der skal have ”Kalle”.
+Elle har begyndt at male paa egen Haand paa Papir med Alheds Farver; har malet Tutte og et Snelandskab. Alhed og jeg var himmelfaldne af Forbavselse over det gode Resultat; den Unge har vist vældig Talent; hun bliver nok til noget en Gang, med Tiden kan du tro. 
+Blom skal have Bryllup paa Fredag stakkels Blom skal giftes med Frk. Klein fra Bækkelund, hvis du ikke kender hende (det var hende der spillede Emmy i Komedien oppe i Hillerslev Skole) vil jeg blot sige at hun er meget koket og meget [ulæseligt ord]. Vi beklager ham alle skjønt han er overvættes lykkelig.
+Du skrev, jeg havde haft Atmosferde mod ”Der var en gang” – nej tvertimod, jeg var nemlig meget væk i det Stykke og synes at det du skriver er uberettiget. Det er jo et Æventyr, og maa opfattes som et saadant jeg synes nepop at han stadig søger at skaane hende for det raa, som paa Markedet, han selv er der jo forklædt og Kasper Røghat bliver jo stadig sendt ud for at beskytte hende; men hvad jeg finder noget unaturligt er at hun tilsidst ikke strax kender ham, men der maa man jo ogsaa tage Fantasien til Hjælp, som til [”til” indsat over linjen] hele Stykket Scenen i hendes Sovekammer har jeg ogsaa al Tid funden saa henrivende. Og du synes hans Tone er spotttende, det synes jeg tvertimod ikke; om ogsaa Ordene ere det er den Maade hvor paa Ordene bliver sagt alligevel saa varm og inderlig; og det bliver jo spillet 
+3 aldeles glimrende af dem alle tre. Da jeg saa det var Simmonsen ogsaa syg; jeg tror ogsaa det var en Brandt der sang; Vi elske …. [”Vi elske ….” indsat over linjen] den blev i alt Fald sunget gruligt.
+Ja, er Fru Bloch ikke aldeles storartet; jeg var aldeles fra det naar jeg saa hende ligeledes i ”Under Snefog” som Mathilde, er hun ogsaa mesterlig; hun bliver nok en af fore første Skuespillere!
+Kunstneren var her en Gang i Julen men Far og Mor var meget skikkelige overfor ham. 
+Jeg gør mange Undskyldninger for den grove Bommert at Bogen skulde være af Ernst Ahlgren, ja Brandt naturligvis skulde Slutningen af Bogen ikke gaa i Opfyldelse men saa Begyndelsen. - - -
+Ved Du Tante Else paa Glorup har faaet en lille Pige 2den Juledag; Onkel Conne er henrykt og Tante Else har det rigtig godt.
+Du har gjættet rigtig; Nytaarsverset var af Kunstn. Bl.a. fik jeg ”Maisa Jons” af Jonas Lie til Jul af Far den er rigtig køn men kan ikke maale sig med hans andre De nærmer sig 1; jeg fryser og er søvnig jeg har ogsaa skrevet 10 Sider i Aften eller i Nat.
+God Nat Brandt!
+De tumler endnu dernede
+Mandag
+Goddag Brandt! Jeg er i snavs Humør, har det ikke godt og jeg har Fornemmelsen af at mit Hoved skal revne (en behagelig Fornemmelse!) Jeg har ogsaa sovet yderst skidt i Nat.
+Jeg læser med Tutte; hun er rigtig flink, lidt seig og forkjælet men ellers rigtig sød. Jeg har allerede læst med hende i Maaned og har derved tjent 8 Kr 2 Kr om Ugen; Synes du ikke det er en god Betaling! Stakkels Brandt! Pæren skal du faa, om jeg saa skal skrive den af mit Ansigts Sved.
+Vi har et Septembernummer, som du maa faa; August har vi derimod ikke; (d.v.s. kun et og jeg skulde jo gærne have en Aargang selv) men det skal jeg skrive af til Dig. Skylden er min Brandt; men saa ere vi kvit; jeg har glemt Pæren; du har ladet mig vente paa Brev; Frk Løngreen kommer først hjem i Morgen; hun er i Ferien blevet opereret i Brystet, derfor har vi haft saa lang 
+4
+Ferie; men det er vist ikke noget videre; en Benvævsknude siger de; bare det ikke er Kræft, [overstregede ord] det var frygteligt. Jeg glæder mig til at kile paa med Læsningen men jeg har desværre saa meget at sy og saa Tuttes Skole saa det bliver vel ikke til saa meget som det gærne skulde.
+Tirsdag Aften (paa Sengen)
+I Dag er Frk Løngreen kommen og jeg skal nu læse: Tysk, Fransk, Verdens- og Danmarkshistorie, dansk Gramatik og Stil Geografi og Musik (hos Tante Mimmi) og skulde jeg læse Mathematik hos Far. Far er i disse Dage [”Dage” indsat over linjen] rasende paa Schroll (Lykkensæde) og Smidth fordi de have have faaet Fa’r valgt ind i Sogneraadet (du la’r vel ikke gaa videre) og han [”han” indsat over linjen] er naturligvis bleven Formand; det har givet ham meget mere Arbejde, saa han faar næppe Tid at læse med mig; jeg, ja vi alle, Mo’r og Tante Mimmi ikke mindst, er rasende paa de 2 Herrer, Far kan ganske bestemt ikke taale det.
+Men saa skal du høre min Plan; Karen gaar her ned og læser Fransk sammen med mig; til Gengæld regnede jeg oppe hos Jørgensen, men saa mente Far, at jeg ikke behøvede Regning, naar jeg læste Mathematik; hos Jørgensens har de faaet Huslærer til Børnene; saa vil jeg se at komme til at læse Mathematik hos ham sammen med Karen; hun, Frederik og Emanuel skal [”skal” overstreget] blive forberedte til Preminierexamen; han – Huslæreren – mener, de kan tage den om 2 Aar; jeg vil imidlertid ikke tage P.examen da den er som noget enestaaende forstaar du – naar man har taget den, men vil læse videre, kommer den ikke til saa stor Nytte; den er ikke som en Slags Forberedelse til noget andet, men jeg er saa dum paa alle de Examener hvad de hedder og hvad Betydning de har o.s.v. Samme Huslærer skal forresten være en yderst grinagtig Fyr – jeg har ikke set ham – ikke vittig eller interresant men en ”Tørve” (Tørv) som siger du til Karen!! hvad gi’r du mig!?
+Men de erklærer selv at det er et ”nydeligt Mennesk” saa vi kalder ham aldrig andet end ”det nydelige (el yndige [”y” overstreget, og ”ø” indsat over bogstavet] Menneske”; Jeg glæder mig uhyre til at se ham.
+----------------
+Hvorledes har alle min gode Venner i Melfar det, Rehberg min elskede R. jeg har stadig han[s] Lok i min Medalion ved Urkæden; det irriterer mig forresten gruelig, at alle som lægger Mærke til den vil have lukket op og vil have at vide hvis Lokker (din er der nemlig ogsaa) der er, og al Tid svarer jeg lakonisk: ”Veninders!”
+Og lille Hansen? rødmer han endnu bestandig hver Gang nogen ser paa ham; han gjorde det i alt i alt Fald pligtskyldigt hver Gang jeg saa paa ham.
+Og min smukke Schrøder? han farer vel om paa Baller og er ”Løven” og sværmer for Marie – eller hun for ham.
+Hils dem alle naar du skriver.
+Brandt! hvor henrivende hvis vi kunde træffes der – en Gang i Tiden!!!!!
+Min kære Brandt! hvis du vidste hvor jeg bliver henrykt over dine Breve saa skrev du lidt oftere; jeg skal svare øjeblikkelig. Alhed kommer hjem paa Søndag, saa er det Mo’rs Fødselsskab dag ”skab” overstreget; ”dag” indsat over linjen saa skal jeg minde hende om at skrive; hun talte ofte i Julen om at skrive men det blev aldrig til noget. Nu i Aften har vi gjort Januarnummeret færdigt, synes du ikke vi ere i Forhaanden altsaa om nogle Dage kan du vente et Januar og September. ”Om Kvindesagen” er af Chr. Alhed og mig; Vittigheder er af Elle ja Tegningen thi selve Vittigh. er passeret (Mo’n) vi har endnu det Mundheld at Mo’r er ”stum” naar hun er rigtig skændende. Alt dette kommer i næste Nummer Naar du skriver saa skriv lidt mere om pæren, kritisèr og saadan. Og kan du dog ikke levere Bidrag, eller presse andre; du læser da Landbo-
+6 tidenden med Opmærksomhed; den er usigelig vittig alle Herrer (Præsten Onkel Syberg osv) morer sig glimrende over den. 
+Nu kære lille Brandt synes jeg, du maa være tilfreds og tilstrækkelig opmuntret ved mit Brev; er jeg pæn at svare saa [ulæseligt ord] Lige nu kom Frk Løngreen op; hun lukkede Tid Døren her op saa jeg maatte i Hast have Blækhuset op under Sengen, Brev Pen og Mappe ned under Tæppet.
+Far er syg; det er meget kedelig; det er naturligvis Astma; vi skulle have været hos Pastor Balslevs i Dag men saa blev han syg i Nat. 
+Jeg husker ikke om jeg har gjort Undskyldning fordi jeg ikke vidste den var af Ada R. Naturligvis skulde kun Begyndelsen gaa i Opfyldelse men nej Brandt; jeg bliver mit Forsæt tro at blive Læge og altsaa ikke gifte mig, og naar jeg kommer til Kbn. for at studere eller er bleven Læge, saa er han en gammel Mand, som faderlig vil tage sig af min Fremtid.
+--------------
+Læs nu mit Brev omhyggelig og svar paa hvad jeg har spurgt om, og skriv saa snart kære B. Jeg er naturligvis spændt paa hvad det bliver til med Dig. Lev nu vel! Din Ven
+Johanne Warberg
+stud. med. &amp;amp; cher
+Erikshåb
+22 Sider
+[Tilføjet på skrå i nederste, venstre hjørne:] Tirsdag efter Kl 10 ½ paa Sengen
+[Indsat på s. 6; på tværs:]
+Hils Fr. Hospital hvis du kommer der forbi</t>
+  </si>
+  <si>
+    <t>1889-03-01</t>
+  </si>
+  <si>
+    <t>Vilhelminevej Kerteminde
+Landeryd
+Vestergade 8 5000 Odense
+København</t>
+  </si>
+  <si>
+    <t>Frøken Bendal
+Ane Marie Christiansdatter
+Alfred Eckardt
+Margrethe  Eckardt
+Carl Eriksen
+- Hansen Kerteminde
+Anders Klinkby
+Jørgen Hermann Kruuse
+Cathrine Larsen
+Jeppe Andreas Larsen
+Marie Larsen
+Vilhelm Larsen
+Otto  Meyer
+Sophie Meyer
+Niels Mollerup
+Peder Møller Hansen</t>
+  </si>
+  <si>
+    <t>Ville = Vilhelm Larsen, Johannes Larsens bror, som gik på Birkerød Latin- og Realskole 1888-91.
+Fyens Disconto Kasse A/S var en dansk bank. Banken blev etableret 15. december 1846 som Danmarks anden private forretningsbank. Oprindeligt var det formålet, at discontokassen skulle diskontere de veksler, som fynboerne ellers havde sendt til Hamborg og København, men hurtigt blev forretningsområdet udvidet, og banken blev en betydelig aktør i fynsk finansliv. Banken var beliggende Vestergade 8 på Flakhaven over for Odense Rådhus.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen skal besøge sin bror Vilhelm. Der er masser af arbejde til Johannes Larsens onkel, som er murermester. Johannes Larsens far skal snart til Sverige, der er meget tømmer at sælge.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ty3V</t>
+  </si>
+  <si>
+    <t>[påtrykt:]
+J. A. LARSEN.
+KJERTEMINDE.
+Telegramadresse.
+LARSEN.
+[Håndskrevet:]
+Den 1 Marts 1889.
+Min kjære Johannes!
+I mange Dage har jeg gaaet og ventet paa at faa dine Penge; men det kan ikke naa sig før i morgen saa skal de blive sendt vist nok i en lille Pakke for jeg vil ikke sende Penge til Dig før jeg ogsaa kan sende til Frøken Bendal, - Faster Sophie var heroppe forleden Dag og da talte vi om at Du skulde ud til Vilhelm i Fastelavnsdagene, Otto er det jo lovet at han engang maatte komme ud at besøge Vilhelm Klinkbys har jo gjentagende bedt ham, men det kommer han ikke; sagde Faster for han har ingen Penge; Faer lovede saa at betale hans Rejse derud og vil saa sende Dig Pengene, om du nu kan faa Bud til ham eller skrive ud til ham naar han skal møde Dig. Kan du nu ikke rede Dig med Udgifter inden disse kommer Dig i hænde Søndag kan du saa ikke laane hos Mollerup til den lille Rejse især da han skal med for jeg vilde saa inderlig gjerne tænke mig Eder samlede paa Søndag paa din Daabsdag Lykke og Velsignelse min Skat og vor Herre være Dig og Ville jeg havde saa sikkert haabet paa at være samlet med Eder paa den Dag men det kunde nu ikke ske i Tanker er jeg hos Eder og lægger mine bedste Ønsker i al Hjærtelighed frem for Eder naar jeg imorgen Søndag er i Kirke jeg er dog saa glad at du ikke før har været derude for nu er det saadan midtvejs inden Paaskeferien ja jeg skriver jo til ham imorgen saa hører du 
+Vi ere alle raske imorgen er det Faster Thrines Fødselsdag da skal Farmor paa Feden det vil da glæde dig at høre at Mejer har godt Arbejde i vente i Sommers først skal han bygge et Hus ude ved Saltværket til Hansen han har solgt sin Gaard; saa er der den nye Skole, Møller Hansen og Thrine har givet Jord og vil bygge Huset og saa leje det ud for en billig Leje saa har han faaet Stor Kirkens og Skolearbejdet og Delcomyns nu Eriksen flytter er det jo Mejer der er den bedste Murer
+Fader og Marie var i Odense forleden Dag. Alfred og Margrete kommer til Kjøbenhavn først i April han har 4 Dage Permission nu i Marts skal Fader med Kruse til Sverrig vi kan sælge en stor masse Træ til ham for flere 1000 der er ogsaa en anden Mand der vil kjøbe og det er godt baade at vi kan sælge og Træet stiger for det behøves nu ere vi nødt til hver Termin at betale i Diskontokassen, men jeg er saa glad ved den faste bestemte Fordring saa ere vore Skyldnere lettere at presse
+Jeg haaber Du skriver straks for at jeg kan faa Brev her paa Søndag jeg har længtes saa meget efter Tak for Pakken, men saa er jeg senere kommen i Tanke om at jeg lovede dig et længere Brev Her i Bugten er meget Is saa bliver det ved at fryse som nu saa er der snart lukket
+Lev nu vel og fortæl mig endelig hvordan det gaaer paa Skolen om du arbejder med Mod og Kraft paa at komme frem Held og Lykke min egen kjære Johannes Hils Alle Din trofaste Moder</t>
+  </si>
+  <si>
+    <t>1890-02-02</t>
+  </si>
+  <si>
+    <t>Alhed Larsen</t>
+  </si>
+  <si>
+    <t>Laura Warberg</t>
+  </si>
+  <si>
+    <t>København V</t>
+  </si>
+  <si>
+    <t>Erikshaab Højrup Station</t>
+  </si>
+  <si>
+    <t>Dora -
+Ludvig Brandstrup, billedhugger
+Andrea Brandt
+Julie Brandt
+Thomas Bredsdorff
+Ove Christensen
+Peter Hansen
+Anton Lorenzen
+Christine  Mackie
+Johannes Rump
+Fanny Schaffalitzky de Muckadell
+- Siesby
+Anna Syberg</t>
+  </si>
+  <si>
+    <t>En del af brevet er skrevet med en anden håndskrift end Alhed Larsens. Det er muligvis Johanne Larsen, Alheds søster, der har skrevet. 
+Der er usikkerhed om, hvem Dora er.
+Det vides ikke, hvilket kursus en af brevskriverne (muligvis Johanne Larsen) følger i København. 
+Hvem Jødinden er vides heller ikke. 
+Hvad eller hvem Tralleværket er er uvist.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB2091</t>
+  </si>
+  <si>
+    <t>Bredsdorff har været på besøg og har snakket, så Alhed ikke nåede at få brevet sendt i tide.
+Man opgav at gå over isen til Sverige. Dora og hendes bror har været på besøg. Det samme har Rump og Lorenzen. De to købte ind til toddy, og alle havde en god aften.
+Johanne Larsen (? - underskrift mangler) har fået ros af sine lærere. Hun går en masse til tandlæge. Lorenzen har inviteret hende på konditori. 
+Komtessen har været på besøg. Alhed går ikke til sang for tiden, men hun er nok nødt til at begynde igen. 
+Peter Hansen har inviteret damerne i Dagmarteatret.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/dLuM</t>
+  </si>
+  <si>
+    <t>[På kuvertens forside:]
+Fru Laura Warberg
+Erikshaab
+Fyn Højrup Station
+[På kuvertens bagside:]
+Elle! Elle! Min Kam! Naar faar jeg den???
+[I brevet:]
+Kære Moder!
+Da jeg kom fra Fabriken i Dag, sagde de andre, at vi skulde have et Brev afsendt i Dag, og at jeg skulde være Mester for det. – Men jeg havde ikke faaet begyndt endnu, da det ringede og Student Bredsdorff kom – (vi havde endnu ikke faaet gjort Alvor at det Du foreslog nemlig ikke at lukke op naar det ringer). – Br. var kommen hjem fra Falster i Gaar, han saa saa rask ud, og var saa fornøjet, ja ligefrem rasende grinagtig, saa vi maatte le af ham hvert Øjeblik, skønt det var dybsindige Emner, vi afhandlede, saasom Indremission, hans Indfald og hans Maade at udtrykke dem paa ere [det sidste e overstreget] saa grinagtig. Han sad og ”schlurede” et Par Timers Tid til Kl. 7 ½; saa opdagede vi, at det var bleven for sent til at faa Brevet af Sted i Aften; det er jo slemt, men Postgangen er jo uregelmæssig i denne Tid hele Landet over, saa er det vel ogsaa tilgiveligt, om den bliver det fra dette Sted. – Al Ting gaar sin rolige Gang her i Kafé ny Waldemar; her er ikke forefalden nogle større Begivenheder i den senere Tid. – Der var jo paatænkt en Sverigestur over Isen sidste Søndag, men den blev opgivet paa Gr. af Isens Uholdbarhed. Nu er det nok i det hele taget forbi med den Sport for i Aar. – Søndag Aften havde vi Dora og hendes Broder her; Dora kom om Formiddagen en Visit ogs [s overstreget] saa bad vi dem. De have længe hvilet tungt paa vor Samvittighed. Broderen er rigtig flink, minder lidt om Bru[ulæseligt] - -
+Om Lørdagen havde vi ogsaa Fremmede; om Form. kom Cand. Rump og Stud Lorenzen og spurgte, om de maatte komme om Aftenen og tage Rumps Kusine med, Johannes Kursuskammerat, og Christines Efterfølger paa Fogdaröd. – De kom jo saa men uden Kusine, - hun var bedt ud et andet Sted. Da vi havde drukken The (skaaren Smørrebrød – vi gør aldrig Extraanstalter, naar her kommer nogen. Saaledes blev Lut en Aften trakteret med Smør, Brød og en gammel, tør Osteskorpe der blev delt i 4 lige store Dele.) Altsaa, fo [”fo” overstreget] efter The forsvandt de to Gæster, de vilde ned at købe Cigaretter, sagde de. Men tænk, saa kom de op ikke alene med Cigaretter men med ¼ P Chokolade, Appelsiner og Cognac til Toddy. – Vi havde saa en umaadelig hyggelig Aften
+[Det følgende er skrevet med en anden skrift. Formodentlig af Johanne Larsen f. Warberg]
+Her maa jeg indlægge en kort Bemærkning. Først Tak for det brillante 20 Siders og for det mindre nu bag efter! Jeg har været hos Ove Christensen, siden vi sidst skrev, han var særdeles godt tilfreds med mine Fremskridt, han sagde gentagne Gange, at kunde jeg blive sådan ved, så kunde vi nok få noget ud af det. I Tirsdags havde vi første Gang Time med Hr. Siesby, han er en meget flink og behagelig Lærer. Jeg går til Tandlæge Secher i denne Tid, det er mindre morsomt og tager jo en del Tid, men jeg turde ikke vente længere, mine Tænder er så frygtelig ormstukne og hullede, også Fortænderne. På Vejen dertil i Dag indhentede Lorenzen mig, og vi fulgtes ad ind til Byen, hvor han var så galant at invitere på en Napoleonskage, og da jeg havde god Tid, vandrede vi så til Konditor. Det var slemt hos Tandlægen i Dag, på Tirsdag skal jeg der 1 ½ Time, men det bliver vist ikke så galt. [Herefter igen Alhed Larsens skrift] - - - Tænk, Komtessen har været heroppe en Visit, var det ikke forfærdelig pænt af hende! nu skal vi derned en af de første Dage. – Du spurgte forleden, om jeg sang. Nej, siden vi kom herind efter Jul, har jeg ikke sungen en Tone. Men jeg bliver nok nødt til at tage fat hos Jødinden igen. Jeg havde jo tænkt at trække mig ud af det paa Gr. af pekuniære Omstændigheder, men det lader sig nok ikke godt gøre; Fruen har nemlig hele Tiden, siden jeg blev syg sungen [et overstreget bogstav] med Anna for samme Pris, som hvis vi begge sang; hun spørger stadig om jeg snart kommer – Jeg har været paa Visit hos Benzens, de var meget elskværdige, vilde snart have fat i mig igen sagde de. – Nu kom P. Hansen (reverenter talt), tænk han vil invitere os og Brandt med i Dagmartheatret til ”tre for en”, han har lige faaet sine Penge i Rigsdagen i Dag. - - Det bliver morsomt! – Men nu er det jo saa, at jeg ikke godt kan skrive mere, hvis vi skulle naa det i rette Tid. – Men det er da ogsaa bleven et ganske ordenlig Brev ikke sandt - ? – Endnu kan jeg dog fortælle, at Brandt, hendes Søster Andrea og vi var ude hos ”Tralleværket” forleden Aften, vi blev voldsom trakterede og havde det morsomt i det hele taget. 1000 Hilsner fra os alle. Brandt, med og Per [”og Per” overstreget] P Hansen!
+Din Alhed
+Har Du ikke faaet Din lille Lampe endnu?</t>
+  </si>
+  <si>
+    <t>1890-06-15</t>
+  </si>
+  <si>
+    <t>Laurentius Allerup
+Marie Allerup
+Anton Larsen
+Sophie Meyer
+Sophus  Meyer</t>
+  </si>
+  <si>
+    <t>Johannes Larsen er muligvis soldat i Nyborg. Han aftjente sin værnepligt fra juni 1890 - marts 91.
+Anton og Urban Larsen var brødre til Johannes Larsens far, Jeppe Andreas Larsen.
+Lundsgård er et gods syd for Kerteminde.</t>
+  </si>
+  <si>
+    <t>Der er travlhed i Kerteminde med dyrskue og besøg, så Vilhelmine Larsen havde nær ikke fået sendt de ting til Johannes, som han bad om. Er der nogen, der har taget sig af hans malerier?</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/IKO1</t>
+  </si>
+  <si>
+    <t>Kjære Johannes 
+Her kom jeg galt afsted jeg vilde se om det var noget der hastede ellers kunde det jo ligge men nu maa jeg jo hurtigst muligt have dette afsted. Hvordan klarer du dig der. Det er jo i Dag de skal hentes. Har du bedt nogen tage sig af dine arbejder? Eller hvordan. Tak for Brevet. Du skal snart faa dit Tøj men gamle fru Allerup maatte følges til Lundsgaard i Dag. Det er Sønnens Fødselsdag. Her er Dyrskue og mange smukke Dyr har her været i Gaarden – Jeg har frygtelig travlt. Lev vel. Farbroder Anton kom i Lørdags men boer hos Mejers
+Lev vel hils fra mig 
+Din Moder</t>
+  </si>
+  <si>
+    <t>1890-11-20</t>
+  </si>
+  <si>
+    <t>København
+Værnehjemmet Bethania</t>
+  </si>
+  <si>
+    <t>Thora -
+Vilhelm Bissen
+Johanne Christine Brandstrup
+Ludvig Brandstrup, billedhugger
+Hans Christian Caspersen
+Arnold Emil Krog
+Frederik  Liebenberg
+Christine  Mackie
+- Paulsen
+Anna Rosenørn
+Fanny Schaffalitzky de Muckadell
+Vilhelmine von Sperling
+Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>Alhed Larsen kendte flere personer med navnet Thora. Det er svært at afgøre, hvilket Thora der i dette brev er tale om.
+Skjoldemose er en herregård under grevskabet Muckadell. Den ligger i Stenstrup på Fyn. 
+En havelock er en frakke med overstykke.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2135</t>
+  </si>
+  <si>
+    <t>Alhed Larsen er blevet antaget på Porcelænsfabrikken og kan begynde 1. december. Hun er flyttet ind på Værnehjemmet Bethania. Hun er ved at få syet en kjole.
+Alhed har været hos komtessen, som gav hende et par handsker. 
+Den følgende dag skal hun til Bissen og stå model til hans Diana.
+Tante Mis skal til Berlin og hente komtesse Olga. 
+Alhed beder sin mor om at sende diverse samt at få hendes frakke farvet brun.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/hYZJ</t>
+  </si>
+  <si>
+    <t>Værnehjemmet 1ste Afd.
+20/11-90
+Kæreste Moder!
+Allerførst den glædelig Efterretning, at jeg er antaget! - Jeg havde nu i otte Dage gaaet i spændt Forventning, og var til sidst bleven helt urolig for Udfaldet, men saa i Aftes blev Onkel Lut og jeg enige om, at jeg godt, uden at være paatrængende, kunde gaa ud til Krogh og forhøre om Sagernes Stilling. - Jeg blev meget venligt modtagen og fik følgende Oplysninger: Etatsraaden havde været syg, derfor var det trukken ud. Han har først Plads til mig d 1ste December, men jeg maa inden den Tid frit gaa ud paa Fabrikken (for Enden af Smallegade, over for Sporvognstationen,) og se paa det, og saa iøvrigt gøre Udkast og øve mig paa egen Haand. indtil den Tid ["indtil den Tid" indsat over linjen] Det er netop saadan noget, jeg skal male, som det, jeg saa inde paa Udstillingen i Vimmelskaftet. - Jeg flyttede allerede i Mandags herud på Værnehjemmet; der kom Brev fra Frk. Rosenørn, at nu havde hun et Værelse i Stand til mig, og da Max kom og Thora netop i de Dage havde saa meget med Fødselsdage og anden Selskabelighed, syntes jeg, at det var ligesaa godt at flytte strax. Jeg har et rigtig rart lille Værelse med til Pas Varme. - Tak for Dine to Breve og den nydelige Kjole; allerede inden Dit andet Brev kom, havde jeg baaret Tøjet hen til hende, der syde min sorte, og aftalt Façonen med hende. Den bliver syt med spansk Trøje (rund) og det hvide i Kanten af denne, og et poset Stykke ned foran; en hvid Figur paa hvert Ærme. Nederdelen bliver stive Læg og rynket bagpaa ["bag" indsat over linjen]. Jeg var henne at prøve den i Dag, saa vidt jeg kan se, klæder Farven mig udmærket; jeg glæder mig til den; den skal paa første Gang paa Søndag til Middag hos gl. Liebenberg i Anledning af Luts 11 Aars Jubilæum. - Saa var der et ["et" overstreget] ogsaa et Underskørt i Pakken, men var det ikke en Fejltagelse, tænker Du paa det grønne, farvede? - I Gaar var jeg hele Dagen hos Komtessen; hun var rask og i godt Humeur og forfærdelig optaget af, om det blev til noget; hvis det ikke blev, skulde jeg som en lille Erstatning komme hen hos hende en Tid og saa skulde hun more mig paa bedste Maade! Jeg fik et Par lækre 4 Knaps Skindhandsker af hende. Paulsens var nede til Middag; Blaa og Benny sputrgte ["T" midt i ordet overstreget], om jeg ikke vilde være med at læse fransk et Par Gange om Ugen. - Vi vare bedte paa en Hare fra Skjoldmose. - I Morgen skal jeg til noget meget interessant! Bissen arbejder for Tiden paa "en triumferende Diana", men mangler et passende Haar at se efter. Onkel Lut havde allerede inden jeg kom herind sagt, at mit vist kunde passe; nu i Morgen skal det vise sig, saa skal jeg hen og præsenteres; jeg glæder mig til at se den store Mand. - Tante Mis kom her til Byen i Dag og rejser i Morgen til Berlin for at hente Komtesse Olga; hun glædede sig forfærdeligt og bad mig hilse mange Gange. - Vil Du ikke, naar Dis sender mit Tøj, tillige sende: 1. min Klædebørste (den lille korte) 2. nogle Klude at pudse min Lampe med 3. mit lille blaa Sjawl 4. min røde Vest at have under min Kaabe 5. noget Stoppegarn (Naal har jeg) og 6. kan jeg ikke ogsaa faa en Julegave at sy af alt det, Du købte? - 7 Den Krave, jeg syr til Chr., den ligger vist ["vist" indsat over linjen] i min Arbejdstaske i min Komode. Og mon jeg ikke ogsaa skal have min Havelock herind til Regnvejrsbrug; den er vist meget snavset, men da jeg er saa ked af Farven, he ["he" overstreget] vil jeg hellere have den farvet end renset. Hvis det bliver i Odense, saa lad den endelig blive brun. -
+Det er dejlig, at Du har haft saa godt af Din Tur, skam Dig nu endelig saa meget som muligt! - Posten skal blive Besørget i Morgen, jeg naade det ikke i Dag, da jeg først skulde op at konferere med Thora; hun mente, Tante vilde blive glad ved Kaffedugen, og at Bedstemoder trængte til en Lysdug, men hun mente hellere en lys end en Fløljs, da hendes Bordtæppe ikke er saa pænt. Vil Du sige Adis, at næste Gang, jeg skriver, skal Brevet blive til hende. Hilsner i Massevis til Eder allesammen. Vi faar da heldigvis Ferier.
+Din hengivne
+Alhed.</t>
+  </si>
+  <si>
+    <t>1891-19</t>
+  </si>
+  <si>
+    <t>Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>- Boysen, København
+Johanne Christine Brandstrup
+Lauritz  Brandstrup
+Carl  Herold
+M Knipschildt
+Arnold Emil Krog
+Christine  Mackie
+- Paulsen
+- Stenberg
+- von Willich</t>
+  </si>
+  <si>
+    <t>Alhed Larsen boede foråret 1891 til foråret 1892 på Værnehjemmet i København og var i lære på Den Kongelige Porcelainsfabrik (=Fabriken).
+Laura Warbergs forældre ("De Gamle") flyttede i 1886 fra Langeland til København.
+Det er uklart, om Knipschildt er den person, hvis biografi der linkes til.
+Nicoline con Sperling forblev ugift, og Maria von Sperling giftede sig først i 1897, så den omtalte Fru Sperling er muligvis en helt tredje.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 0341</t>
+  </si>
+  <si>
+    <t>Laura Warberg har hørt, at hendes mands problemer kan skyldes polypper og synes, han skal få det undersøgt. 
+Hun har været på Den Kongelige Porcelainsfabrik hos datteren, og hun spiser frokost med sine gamle forældre hver dag. Alhed, bedstemor Hanne og Laura har købt tøj mm til Alhed.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Krfi</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Hr. Godsforvalter Warberg.
+Erikshaab
+pr. Højrup St.
+Fyn.
+[I brevet:]
+Torsdag d. 19de.
+Kjæreste Abba
+Fader har kjøbt mig nogle Chininpiller og naar jeg tager 3 eller 5 af dem, saa hjælper det paa Hovedet, igaar var det slemt om Formiddagen, men gik dog an til Middagen hos Fru Paulsen. Nu skal Du høre, hvad Boysen sagde, da han havde spurgt til Dit Helbred: om Du aldrig havde ladet din Næse undersøge, for dersom der er Polypper, saa kan de trykke paa Hjernen, saadan har von Willich havt det og han er nu bleven bedre ved Behandling af Si[ulæseligt]; de kan tillige give Asthma. Den Sag skal vi da drøfte med Din, hvem veed, om ikke Din Hoved Svaghed skriver sig fra noget lign. Men derom nærmere, naar jeg kommer hjem, jeg skriver det, fordi det optager mig saameget. Iaften skal vi maaske se Valkyrien, det bliver første Gang, jeg er i Teatret, spise til Middag hos [to ulæselige ord] først. Igaar var vi paa Fabrikken, meget interessant, men Krogh var der ikke, derfor saa vi kun lidt deraf. Fader har det nogenlunde i disse Dage og Nætter, jeg er der næsten hver Dag fra 10 ½ til 1, spiser Frokost der hver Dag. Vi har været paa Regensen en lille Visit hos begge vore unge Venner, Hanne Alhed og jeg, ligeledes i Landstinget. – Idag tænker jeg Kortene bliver sendt, sig til Christine, at hun strax sender til [to ulæselige ord], og hvem hun skal sende til herinde; Fru Sperling og Steenberg, Paulsen, Sc[ulæseligt] og Knipschildt beholder vi til, og til Herolds. Hun kan jo i det hele godt sende dem alle ud, undtagen til Egnen hjemme først paa Mandag. Jeg har travlt med at komme afsted til de Gamle. Imorgen tænker jeg vi gaar til Herolds og saa hæver Alhed forhaabentlig de sidste Penge, vi har kjøbt til hende Kjole [ulæseligt ord] og flere Smaating, vist for c. 75 Kr. Hanne hjalp os, vi var først paa Værnehjemmet og undersøgte grundigt hendes Garderobe.
+Jeg kommer paa Mandag med Iltoget, glæder mig til at komme hjem i Ro, dette Liv herinde er trættende.
+Mange kjærlige Hilsener til Alle fra Dit Es.
+Undskyld H[ulæseligt] Skriften.</t>
+  </si>
+  <si>
+    <t>1891-9</t>
+  </si>
+  <si>
+    <t>Værnehjemmet Bethania</t>
+  </si>
+  <si>
+    <t>Christian  Brandstrup
+Julie Brandt
+Ludvig Fenger
+Arnold Emil Krog
+- Laudrup
+Christine  Mackie
+Anna Rosenørn</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2185</t>
+  </si>
+  <si>
+    <t>Alhed Larsen er tilbage på Værnehjemmet og porcelænsfabrikken. Christian Brandstrup har fået arbejde hos Fenger og lejet en lejlighed på Mathildevej.
+Alhed kan få et værelse hos Fru Laudrup fra 1. november. Det koster 39 kr. pr. måned inkl. skopudsning, petroleum og ekstraforplejning. Der er plads til, at Johanne også kan bo på værelset og plads til Alheds tegneri. 
+Alhed har lavet en vase med gladiolus.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/U3l9</t>
+  </si>
+  <si>
+    <t>Torsdag Morgen Kl 7½ 
+(drukken The 7!)
+Kæreste Moder! 
+Nu er jeg atter kommen til Ro i mit elskede Værnehjem og i Gang med Arbejdet paa Fabrikken. De første Par Dage var Humeuren sløj, men ved Brandts Hjælp kom jeg hurtig til mig selv igen. - - Brandt og Onkel Chr. tog imod mig paa Banegaarden; denne si[udstreget bogstav]dste har faaet noget Arbejde herinde paa en Fengers Kontor, og lej[t udstreget]et en Lejlighed paa Mathildevej[oversteget komma] ved Fasanvejen. Omtrent til Nov. flytter de herind. Jeg var hos de gamle første Aften; jeg syntes Bedstefader havde det ret godt. Onkel Lut fik jeg ikke Fingre i, jeg saa ham kun flygtig. – 
+Eftermiddag. 
+Jeg maa forholdsvis hurtig slutte af, hvis jeg vil have Brevet af Sted i Eft, hvilket jeg gærne vil. Jeg har har [har udstreget] haft en Del at løbe om nu siden jeg kom fra Fabriken, idet jeg staar i Underhandling med Lautrups derovre om et Værelse. Sagen stiller jeg saaledes: til Nov. kan jeg faa et stort luftigt og lyst Værelse med Sovesofa; det koster imidlertid 39 Kr. (om Sommeren 35 Kr.) hvilket jo er lidt mere end jeg havde tænkt, men naar man tager Petroleum, Skopudsning Extraforplejning og sligt i Betragtning bliver det vist det samme. Endvidere er dertil at bemærke, at Værelset er saa stort at Joh. og jeg kan dele det naar hun kommer ind. Saa vidt jeg kan se er det i alle Maader et fortrineligt Logi, der P [P udstreget] bor kun 2 unge Piger, den ene forhenværende Værnedame, den anden læsende til Alumnelærerindeexamen – Jeg vilde gærne have haft det afgjort i Dag, men jeg har haft Uheld med mig, Fru Laudrup var ikke hjemme, da jeg var derovre og Frk. Rosenørn ikke heller, da jeg var nede hos hende. Jeg glæder mig ellers meget til det, navnlig for at faa Plads til noget Tegneri. Frk. Oppermann har allerede lovet mig, at jeg maa laane et Hermeshoved, som hendes Broder har, at tegne efter – Oktober Maaned kan jeg heldigvis nok beholde mit Eneværelse; det er rart da Værnehjem og Dobbeltværelse tilsammen vilde være uudholdeligt. - - Fabrikken er det samme herlige Sted som altid, det var morsomt,["," overstreget] at se Kammeraternes igen; Arkitekten har jeg ikke set endnu, han er paa Jagt i Fyn og kommer først hjem si[i udstreget]dst i Ugen; jeg har lavet en vase med Gladiulus, (ulæseligt ord] – Nu ikke mere for denne Gang – Skriv nu snart jeg længes efter Brev! Hvordan er det med Chr.? Hils hende og alle andre 1000 Gange fra Din Alhed. 
+Kan du ikke sende mig noget Brevpapir, jeg er udgaaet som Du ser Havde tænkt at stjæle det og Frimærker, men glemte det</t>
+  </si>
+  <si>
+    <t>1891-11-02</t>
+  </si>
+  <si>
+    <t>Postkort</t>
+  </si>
+  <si>
+    <t>Eline  Brandstrup
+Christian Caspersen
+Christine  Mackie</t>
+  </si>
+  <si>
+    <t>Alhed Larsen boede i København og arbejdede på Den Kongelige Porcelainsfabrik.
+"Ungen" var formodentlig Jørgen Brandstrup, Eline og Christian Brandstrups ældste barn, født 1890. 
+Det vides ikke, hvem L var.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 1201</t>
+  </si>
+  <si>
+    <t>Alhed Larsen beder moderen om at sende guldbronze og oliefarver. 
+Hun har mødtes med Eline Brandstrup.
+Alhed Larsens nye værelse er lidt tomt. Den store vase blev ikke helt vellykket.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/G76D</t>
+  </si>
+  <si>
+    <t>[På kortets forside er trykt:]
+BREV-KORT.
+(Paa denne Side skrives kun Adressen.)
+Til….
+[På kortets forside er håndskrevet:]
+Fru Laura Warberg
+Erikshaab
+Højrup Station
+Fyn
+[På kortets bagside er håndskrevet:]
+Hvis Chr. har en lille Flaske Guldbronce, vilde jeg gærne have den sendt sammen med det andet. Ligeledes mine Oljefarver, der ligger i Bordskuffen paa det graa Kammer. – Jeg tog mod Tante Eline i Aftes; Ungen var dejlig. – Traf Caspersen og var meget glad ved at høre noget direkte hjemme fra; jeg fulgte Eder i Tankerne i Gaar. I Dag har der vel været Sorg over L.s Afrejse. – Max var ogsaa med Toget. – Foreløbig befinder jeg mig udmærket i mit nye Logi, mit Værelse er endnu lidt tomt, men med Tiden bliver det vist nydeligt. - - Min store Vase var ikke saa god som den kunde være, men kunde dog nok gaa an [skrevet øverst på kortet og på hovedet:] Nu venter jeg snart paa Brev! Mange Hilsner Alhed.
+2den Nov. – 91</t>
+  </si>
+  <si>
+    <t>Anna Syberg</t>
+  </si>
+  <si>
+    <t>Fritz Syberg</t>
+  </si>
+  <si>
+    <t>Peter Hansen
+Marie Schou</t>
+  </si>
+  <si>
+    <t>Faaborg Museum, Fritz og Anna Sybergs arkiv, breve fra Anna til Fritz 1891-1894</t>
+  </si>
+  <si>
+    <t>Første del af brevet mangler, men Anne fortæller om et nyt arbejde, som Marie har fået i stedet for arbejdet i Rigsdagen. Anna spørger til, hvordan det går med Peters billeder og om han har haft held med casein farverne.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/mZpT</t>
+  </si>
+  <si>
+    <t>[ Tilføjet øverst med blyant -- Anna til Fritz. Det lader til at første side af brevet mangler]. 
+Vinteren skal være der fra 11 til 8 med 1½ Times Middag, det er jo en noget lang Arbejdstid, men der er vist morsom at være, Marie er da meget ked af, at hun ikke kan være baade der og i Rigsdagen. Løn 40 Kr. --- Skriv snart og fortæl mig, hvordan det gaar for Dig, har Du faaet begyndt at male og begynder Du at forsone Dig med Fyn igen? Fortæl mig om Peters Billeder er gode, han han havt Held med sine Caseinfarver. ---
+Farvel min kære gode Dreng, du skal snart faa Brev igen.
+Et kyst fra Dit
+Høns
+Du fik vist mine Sko med, vil Du ikke give dem ind til Skomager Jørgensen og vede ham sætte nyt Overlæder og Saaler paa og sende mig dem snarest, da Bunden er ved at gaa af mine andre. Vil Du endvidere være saa sød at skælde Post ud fra mig 
+[På bagsiden]:
+Kjære Syberg
+har De noget, som De vil have udstillet i Jylland? svar mig meget snart. 
+[Henover dette har Anna skrevet]: Dette er meget gammelt
+[Og nedenunder]: Undskyld, at jeg skriver paa saadanne underlige Lapper.</t>
+  </si>
+  <si>
+    <t>1892-02-09</t>
+  </si>
+  <si>
+    <t>Langtved Fyn</t>
+  </si>
+  <si>
+    <t>Christian Andersen
+Rasmus  Andersen
+Vilhelm Larsen
+Clara Lindberg
+Christoffer Nielsen
+Theodor Oppermann</t>
+  </si>
+  <si>
+    <t>Broderen Vilhelm er usikker omkring sin fremtid. Der er blevet solgt 16 læs hø, og muligvis går det i orden med stedet i Langtved. Der er stor nysgerrighed om Oppermann.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/bPxG</t>
+  </si>
+  <si>
+    <t>Kjerteminde den 9/2 92
+Min kjære Johannes
+Tak for Brevet men vi længes meget efter lidt Besked om Vilhelms Fremtid han er helt bekymret det kom rigtig frem forleden Aften vi sad allene 2 hvor han sørger fordi han gaar den lange Tid herhjemme.
+Onsdag middag faar jeg dit Fodtøj og nu kan tro at [Lapperne?] faar et andet Udseende Mester studsede da han saa dem
+Vi skal hilse dig fra Christian Andersen han fortalte Faer at gamle Christoffer Nielsen er bleven meget syg de frygtede næsten for at det blev Døden i morgen skal jeg faa Bud derned og samtidig lade dig vide hvordan de har det.
+Vi kan glæde dig med at det Læs Hø som sendtes til Rasmus Andersen blev kaldt godt Hø og vi slipper der en 16 Læs i næste Maaned
+Saa har her været en Kopranger og forhørt sig om Stedet i Langtved jeg kan næsten tro at det nu bliver til Virkelighed da Fader lovede ham 2 Prosent Provision om Handelen gik i Orden han vil jo anstrænge sig meget for at komme i Besiddelse af de 200. Godsforvalteren kommer næste Onsdag
+Hvad er det med Oppermann har han kjøbt en Ejendom eller giftet sig den til vi ere meget nysgjerrige men skal hun bo os saa nær saa seer vi ham vel snart, hils ham fra os og alle de andre
+Johannes gjør mig den Tjeneste at kjøbe en Blomst til 2 Kroner og faa den ud til Fru Lindberg det er hendes Fødselsdag naar du faar dette Brev Saa skal jeg nok sende dig dem igjen Du skal faa Brev igjen naar jeg sender Fodtøjet
+Kjærlig Hilsen fra os Alle
+Din trofaste Moder</t>
+  </si>
+  <si>
+    <t>1892-05-10</t>
+  </si>
+  <si>
+    <t>Henrik Havemann</t>
+  </si>
+  <si>
+    <t>Albrecht  Warberg
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Hamburg
+2. sal</t>
+  </si>
+  <si>
+    <t>Højrup St.
+Erikshaab</t>
+  </si>
+  <si>
+    <t>Rebecca Havemann
+Ellen  Sawyer</t>
+  </si>
+  <si>
+    <t>Ellen Schroll og Havemanns søster kendes ikke.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1378</t>
+  </si>
+  <si>
+    <t>Havemann-parret har haft uheld med piger i huset. Rebecca Havemann har dårligt helbred. Nu ankommer Ellen Schroll i næste måned. Ellen Sawyer er rar, men hun er for uerfaren til at passe alt på egen hånd. Havemann beder Laura og Albrecht om at sende Ellen hjem i juni måned.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/wqxx</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+An
+Herrn Godsforvalter A.C. Warberg
+Erikshaab
+Højrup St
+Fyn
+Dänemark
+[Fortrykt i brevet:]
+Joh. Havemann
+Schiffs-Inspector
+Eppendorferweg 15 II.
+HAMBURG
+Hamburg, den 189
+[Indsat i sted- og datolinjen med håndskrift:]
+10de Mai 2
+[Håndskrevet i brevet:]
+Kjære Fru Warberg!
+Som De vist har erfaret af min Søster, vil Ellen Schrolll i næste Måned komme hertil forat være i Huset hos os, da vi have havt saameget Uheld med Piger hidtil at jeg, formedelst min Hustrus mindre gode Helbred, tilsidst fandt det nødvendigt at sørge for at faae en erfaren og dygtig ung Pige i Huset, saa at min Hustru for Fremtiden vil kunne skaane sig mere. 
+Deres Ellen er en rigtig rar Pige, men er dog endnu for uerfaren til, at min Hustru kan overlade ret meget for hende at passe paa egen Haand, hvilket jo heller ikke egentlig var Meningen med hendes Komme her, men jeg troede ikke dengang, at det var saa vanskeligt at faae en rigtig, dygtig Tjenestepige her. 
+Da nu imidlertid vor Plads er lidt indskrænket og navnlig i Sommer, hvor vi venter Fremmede fra Bækkelund og England, vil være endnu mere knap, saa vil jeg bede Dem at undskylde, naar vi finder os nødsagede til at bede Dem at tage Deres Ellen hjem engang mellem 15_de_ og 22_de_ Juni, da vi formodentligt sidst i Juni eller først i Juli faar engelske Fremmede.
+Med venligst Hilsen fra min Hustru og migselv til Dem og Deres Mand, tegner 
+Deres heng. Joh Havemann</t>
+  </si>
+  <si>
+    <t>1892-6</t>
+  </si>
+  <si>
+    <t>Wilhelmine Berg
+Emil Brandstrup
+Johanne Christine Brandstrup
+Lauritz  Brandstrup
+Arnold Emil Krog
+Christine  Mackie
+Albrecht  Warberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Alhed Larsen arbejdede på Den Kongelige Porcelænsfabrik. 
+Det vides ikke, hvem Strøm var.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2186</t>
+  </si>
+  <si>
+    <t>Alhed Larsen har hentet sin mormor ved toget. Nu er Bedstemor og Emil i skoven, og Alhed passer bedstefaderen, som konstant kalder på hende.
+Alhed kan vist godt tage med til Sverige, for hun får løn inden da. Hun kan ikke være på Værnehjemmet efter den 5. Hun skylder penge på Værnehjemmet og må også have nye sko og handsker. 
+Aspargeskrukken kommer ud af ovnen den følgende dag. Krukken med løvetand gik i stykker, og Alhed har lavet en ny, som hun har fået 10 kr. for.
+Lægen synes, at bedsteforældrene skal tage en tur til Fyn, men de to finder det ikke muligt at rejse.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Pr2M</t>
+  </si>
+  <si>
+    <t>Søndag Form.
+Kæreste Moder! 
+Mange Tak for Dit lange Brev i Gaar; i de sidste Dage har jeg saamænd da ikke kunnet klage paa Breve! Vil Du takke Fader for hans Brev som jeg blev meget glad ved! Jeg var i Aftes henne ved 10 Toget for at tage imod den gamle. Hun var øjensynlig glad ved, at jeg var der, og overrakte mig strax mine Sko og den brilliante Julekage, som jeg gjorde et godt Indhug i, da jeg kom hjem; Resten skal føres ind paa Fabriken i Morgen. – Jeg sidder nede hos Bedstefader og skriver dette; Bedstemoder er i Skoven med Onkel Emil; men jeg vil ikke paastaa, at her er videre Ro til at skrive, for Bedstefader vaagnede strax efter at de vare gaaede, og nu kalder han mig hvert Øjeblik derind, mest for at gaa paa Fluejagt. For et Øjeblik siden kom der en Herre (Strøm) e[udstreget t]n vældig Buket Roser, som jeg nu har stillet i en Skaal. – Bedstefader har det ganske godt; men Bedstemoder mener ikke at han kan tage Turen til Banegaarden den Morgen, I kommer; for det første skulde han saa tidlig op og for det andet kan kan ikke taale at køre i Sporvogn. – Jeg vilde meget nødig gaa Glip af at ”støde til” Eder i Kjbn. og strax følges med til Sverig; men jeg tror ogsaa godt, at det kan lade sig gøre, selv om det skulde blive før den 1ste. Vi faar nemlig Betalingen fra Onsdag til Onsdag (den Dag skriver vi Regning) og kun for en Ordens Skyld er der Udbetaling om Lørdagen. Saavidt jeg husker fik de andre deres Penge den Torsdag de rejste, men dette skal jeg forhøre om derude. - - Jeg kan vist desværre ikke være paa Værnehjemmet efter den 5te, jeg tror de lukker helt efter den 5te, men det [det udstreget] forandrer maaske Sagen, naar jeg ikke skal spise der; hvis jeg kan være der, kan det vist godt lade sig ordn[udstreget bogstav]e med Johanne, det kan jo ikke genere nogen. – Jeg vil gærne have min Nederdel i Din Koffert, saa kan jeg jo godt have Resten i min Vadsæk. Det har desværre sin Rigtighed med de Penge. – Jeg var jo hjemme første ["r" i ordet indsat over linjen] Halvdel af sidste Maaned, (derfor hævede jeg saa sent), men desuagtet maatte jeg betale fuldtid; af Resten fik c. 30 til 2 store J [J udstreget] Syjomfruregninger, og Resten er nu næsten gaaet i den Maaned. Jeg skylder altsaa for denne Maaned 36 Kr og et Par fine Sko (5 Kr.) bliver jeg ogsaa nødt til at have, dem jeg havde i Vinter bleve helt dansede op til Sølvbryllupet, - og hvis vi skal se noble ud, maa jeg vist ogsaa have et Par Skindhandsker.! - - Degnen besøgte mig allerede Torsdag Morgen; i Dag Kl 7½ kom han igen, men jeg var ikke oppe, da Portnerkonen meldte ham – vi drikker først The Kl. 8 om Søndagen. Det var meget kedeligt, jeg Tænker næsten at han vilde have foreslaaet, at vi skulde gaa en Tur sammen; jeg kunde ikke gaa derhen bagefter, da jeg havde lovet en af de unge Piger (Frk Rasmussen) at hjælpe hende hendes Kuffert hen paa Banegaarden strax efter The! I Eftermiddag er jeg bedt ud til Caspersens i Taarbæk, Svend har taget en rigtig god Præliminærexamen – (86 Points), hvilket der er stor [lille g udstreget] Glæde over - - - - Jeg ved næsten ikke om det er værdt at jeg faar Tøjet sendt til den linnede; det er da urimeligt at jaske en ny Kjole af hjemme og naar jeg kommer her ligen [l udstreget] igen [e udstreget] er det vel for koldt til linned Kjole. Men er den pæn nok til Sverige, var de[t] jo rart at have den med der; og selv om jeg ikke fik saa meget Brug for den i Aar, kunde jeg jo gemme den til næste Aar; jeg vil naturligvis gærne laane den, men gør nu som Du synes. - - - - Min Aspargeskrukke kommer først ud i Morgen, jeg er meget spændt paa den. Løvetandskrukken var Glasuren saa velvillig at slaa i Stykker, men jeg var ikke synderlig ked af det, da det var før min Regningtid; nu har jeg lavet den om igen med flere heldige Forbedringer og tjent 10 Kr paa den; i Morgen gaar den i Branden. Jeg laver nu paa et nyt Aspargesmotiv og et nyt Løvetandsmotiv; det er to smaa, meget stiliserede Vaser, som Arkitekten synes rigtig godt om; de lader sig imidlertid ikke let forklare skriftlig. - - - - Nu er Christine nok kommen hjem; jeg skrev til hende og Tante i Fredags, men hun naaede vist ikke at faa det mens hun var der; det er et dejligt Vejr, de har i Svendborg i Dag. - - Nu er Klokken snart 2 og de ere mærkelig nok ikke komne; Bedstefader er snart lidt utaalmodig, han vil ikke staa op, før Bedstemoder kommer; jeg er af og til inde at snakke lidt med ham, og jeg har da faaet to Stykker Rugbrød med Boeuf til at glide i ham. Doktoren har snakket lidt ["lidt" udstreget] for dem om at komme lidt til Fyn, men det synes de begge er umuligt. - - - Vil de sige til Dis, at nu faar hun vist ikke Brev fra mig, før jeg kommer hjem. - - - - - Nu kun mange Hilsner til Eder alle hver især! Bedstefader beder hilse mange Gange. - - - Jeg glæder mig som sagt forfærdelig til Festen; nu er vi kun 3 paa Værnehjemmet, og alle mine Bekendte ere rejste, [det følgende skrevet op langs venstre margen] saa jeg er ["er" indsat over linjen] snart ganske utaalmodig efter at komme af Sted. Din Alhed.</t>
+  </si>
+  <si>
+    <t>11. eller 18. februar 1893</t>
+  </si>
+  <si>
+    <t>Johanne  Larsen</t>
+  </si>
+  <si>
+    <t>Ludvig Brandstrup, billedhugger
+Julie Brandt
+Thora  Branner
+Hans Christian Caspersen
+Peter Hansen
+Syrak Hansen
+Alhed Larsen
+Christine  Mackie
+- Paulsen
+Alfred Reisenauer
+Johannes Rump
+- Rørdam, Fru
+Fanny Schaffalitzky de Muckadell
+Marie Schou
+Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>Der er tilsyneladende tale om to breve, som ikke hører sammen. Det første er et dobbeltark, 4 beskrevne sider. Det næste mærket "2" i øverste venstre hjørne må være side 2 af et andet brev. De to breve er skrevet på papir af hvert sit format.
+Det vides ikke, hvad Syrak Hansen og dennes kone hed. 
+Søstrene må have spist deres varme måltider hos Fru Rørdam, siden Alhed sparede syv dage, hvor hun var på juleferie, og der igen kan spares, når Johanne rejser.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2047</t>
+  </si>
+  <si>
+    <t>Pakken var beskadiget og svinet til, da Johanne modtog den. Tøjet indeni pakken var også beskidt. 
+Moderen må fortælle Johanne, hvordan hun skal spare mere, for Johanne ved det ikke. Alhed sparede jo madpenge, da hun tog på juleferie, og når Johanne rejser fra København, sparer man også hendes betaling.
+Johanne har hoste og kan ikke gå ud, så hun er blevet snydt for diverse fornøjelser såsom en koncert, som Komtessen gav søstrene billetter til, et besøg og en generalforsamling.
+Peter Hansen bor til leje hos sin farbror og dennes kone. De er søde mennesker. 
+Et par små børn ringede på og bad om mad, men Johanne smækkede døren i hovedet på dem.
+Johanne har spurgt Fru Rørdam, og hun kan få sit regnskab til at stemme, og det kan hun aldrig.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/lWPN</t>
+  </si>
+  <si>
+    <t>Lørdag Aften.
+Kære Mor! Vil du ikke ligestrax sende mig Fløjlet, som jeg må få til min Kjole, det må vist sendes i Æske, ellers bliver det vel klemt. Mon min Snavsepose så ikke kan være der også og mine Koraller
+Kære Mor!
+Det var rigtignok godt, at Pakken hjemmefra kom lige nu og indeholdt dit opmuntrende Brev; jeg havde lige anbragt mig i Gyngestolen og lavet mig til at sidder ["at" indsat over linjen; "r" i sidder overstreget] der og stirre ind i Gløderne mens min Sindsstemning var lige saa melankolsk som Mørket, der lidt efter lidt bredte sig over Stuen. Grunden til denne min Melankoli skal du høre nærmere om siden. Først maa jeg udtale min Oprørthed over Pakkens Tilstand. Tænk dig! Hele den ene Side af denne var som den kunde være dybbet i en Mudderpøl; der var skreven "Tilsmudset" uden paa Kvitteringen, saa det er ikke Budet, der har Skylden. Jeg skældte altsaa ikke ham ud og tænkte for Resten ikke videre over det før jeg fik den aabnet. De to hvide Skørter og den ene Natkjole var saa beskidte at det var en Gru. Hvis det nu ikke kan gaa af (hvad det nu sikkert kan, da det kun er reel "Plurre") saa skal vi da klage og faa Erstatning? -
+Pengene! Det er meget rigtig, hvad Far bemærkede, at Alh. har betalt for Jan. Ikke 20, men 15 Kr 15 Ør. da hun jo ikke skulde betale for de 7 Dage af Jan vi havde Juleferie; saa vi har min Sandten brugt 254 Kr og - ja jeg har glemt Ørene Antal. Men du som jo er saa sparsommelig! Fortæl mig, hvad vi skal spare paa - min Forstand staar stille. Det nytter ikke, at du siger, Mensch ärgr dich nicht, for Menneschet ärgrer sig alligevel - skønt jeg endda ikke saa meget som Christine. Men I maa jo huske paa, at det vil hjælpe svært, naar jeg kommer bort. Mine Skolepenge - Musik incl. - koster jeg jo 30 Kr. mdl. ["mdl." indsat skråt over linjen] det er jo ikke lidt. Og naar jeg kommer bort kan de klare sig med de ["de" indsat over linjen] 20 af Alheds til tør, og Middagsmaden bliver saa kun 33-34 Kr. - Ja du maa undskylde, alt det er ikke "morsomt"; men vi maa lette vore Hjærter til dig om disse vort ellers saa lyse Livs eneste Sorger. Saa kommer min Melankoli: jeg føler mig som det mest forurettede Menneske under Solen idet Skæbnen neml. i disse Dage har tildelt mig modbydelig, væmmelig afskydelig Hoste. Ikke fordi Hosten i og for sig er saa slem, men den forbyder mig at gaa ud og saa forsømmer jeg jo mit kære Kursus, foruden hvad du nu skal høre. Natten før vi skulde til Paulsens underholdt jeg baade de andre, Md. Carlsen ["r" i ordet indsat over linjen] og mig selv paa det livligste med en vedholdende Gøen hvorfor Chr. ikke turde sende mig stakkels Barn i Skole eller tillade mig at komme med hos Paulsens! hvilket de nu selv kan fortælle om; men tænk dig! Saa vilde Komtessen have foræret os alle 3 Billetter til den sidste Reisenauerkoncert. Og i al den sidste Tid har jeg gaaet og slikket mig om Munden ved at se paa hans P[l]akater og Olsen har beskrevet mig ham og sagt; at han var den første Klaverspiller; men de billigste Billetter kostede 1 Kr, saa den var jo umulig - og nu kunde jeg have ["have" overstreget; "være" indsat over linjen] være kommen der gratis!! Ja jeg var ved at ærgre mig til Døde over det. For selv om jeg turde gaa ud, kunde jeg jo ikke sidde der og forstyrre alle Tilhørerne med min Hosten. Du kan tro, det var drøjt i Aftes at sidde her ganske mutters alene - ikke en Gang var her til at trøste mig. - Og saa nu i Aften er de til Generalforsaml; der skal nu bestemmes hvad de 23 skal gaa til. De hvide Skørter vilde vi have, da det ikke var helt umuligt om Lud havde bedt os til noget Sjov der skal være i "18den Nov" paa Mandag-Fastel. og saa 
+[Resten af brevet mangler] 
+snakker sammen, Christine Brandt, Marie H, jeg og en Del andre danser frem paa Gulvet i en lang Kæde med hverandre i Hænderne. P. Hansen bor hos sin Onkel og Tante (Broder til Mester) han har en hel Lejlighed ved Siden af deres; Onkelen ejer neml. Huset og da den Lejlighed er tom har P. faaet Lov til at bo der imod at betale en lille Smule i Leje. Hans Tante er en meget rar en, der giver os Kaffe og undertiden Aftensmad. Forleden havde en af os nær kommen med hende i Theatret, da Onkel neml. kom meget sent hjem saa de troede først, han ikke kom til rette Tid men desværre kom han i yderste Øjeblik; det var til "Under Snefog", der gik - 
+Lige nu ringede det og et Par smaa Unger bad om Mad, men ihukommende dine Formaninger fra i Julen smækkede jeg Døren i for Næsen af dem. - Max var herinde i Gaar Aftes; de andre var til Fransk, men havde Timen tidligere end ellers, saa de kom snart efter. Han fik Toddy-Levning fra den Aften, da Rump og hans Kusine var hernede, da havde R. Cognac og Rødvin med. - Vi spillede Tannhäuser for ham; han lovede os en Galleribillet til næste Gang Faust gaar. Den gaar første Gang paa Fredag; den Dag skal vi selvfølgelig ikke derhen; men saa næste Gang. Knusende sjov
+- - Jeg spurgte nu inde ved Middagsbordet Fru Rørdam, om hun altid kunde faa sit Regnskab til at stemme, og hun svarede "aldrig"!!!! Nu skal de andre gaa til Komtessen og jeg skal hen at spille! - Hvis mit Brev Morsomhed svarede til Længden, saa kunde du sagtens være glad, men jeg tænker da for Resten at alle disse Pengesager interesserer dig, som der ["r" overstreget] interesserer os 3. - Ost vil vi gærne have; du talte en Gang om Spegepølse det vilde vi voldsom gærne have, det er jo noget der kan vare længe. Rullepølsen har vi ikke begyndt paa endnu. -
+Alhed var jo [på] Visit hos Thora lige før Jul, saa kan jeg ikke regne ud, at det haster saa galt der? Nu kun mange Hilsner til Jer allesammen. Meddel Far Regnskabet med Skaansomhed!
+Har ikke Tid at se Brevet igennem, de går nu. Junge.</t>
+  </si>
+  <si>
+    <t>1894-02-08</t>
+  </si>
+  <si>
+    <t>Brevkort</t>
+  </si>
+  <si>
+    <t>Frankfurt am Main</t>
+  </si>
+  <si>
+    <t>Erikshåb Højstrup St</t>
+  </si>
+  <si>
+    <t>Emil Brandstrup
+Ludvig Brandstrup, billedhugger</t>
+  </si>
+  <si>
+    <t>Alhed Larsen rejste med sine morbrødre Emil og Ludvig Brandstrup til Italien i februar 1894. Alhed kom hjem foråret 1895.
+Emil Brandstrup led af tuberkulose og måtte derfor ofte gå tidligt i seng og i det hele taget hvile meget.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2153</t>
+  </si>
+  <si>
+    <t>Emil og Ludvig Brandstrup samt Alhed er nået til Frankfurt am Main. Der var søgang på turen fra Korsør til Kiel. I Kassel har de spist middag. 
+Emil er gået tidligt i seng, og Ludvig og Alhed har været en tur i byen. Næste dag skal de gennem Schwarzwald og overnatte i Luzern. Derefter St. Gotthardt.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/qCha</t>
+  </si>
+  <si>
+    <t>[Fortrykt på kortets forside:]
+Deutsche Reichspost
+An
+in
+Wohnung
+(Strasse und Hausnummer)
+1193a
+[Håndskrevet på kortets forside:]
+Fru Laura Warberg
+Erikshaab - Højrup St Fyn
+Dänemark
+[Håndskrevet på kortets bagside:]
+Vi ere naat til Frankfurt am Main for et Øjeblik siden, det er Torsdag Aften Kl 9. - Rejsen er hidtil gaaet brillant, der var stærk Søgang i Nat fra Korsør til Kiel, men igen af os var søsyge. Vi har kørt uafbrudt fra 6 1/2 i Morges, passeret Hamburg, Hannover m.m. Længst Ophold har der været i Kassel (20 Min), der spiste vi en god Middag med Rhinskvin, det styrkede svært. - (Et Par Timer senere) - Vi bestemte os til at blive her i Nat, er taget ind paa et Hotêl [ulæseligt ord] den pragtfulde Bahnhof. - Emil gik tidlig i Seng, Lud og jeg har været en Tur ude i Byen, bl.a. ude i en Rathauskeller at drikke Mumme. I Morgen køre vi gennem Schwarzwald og Rhinegnene, overnatte i Luzern, og næste Dag rimeligvis over St. Gotthardt. - Vejret har været dejligt i Dag, straalende Solskin. Alt er nyt og interessant, vi kørte i Eftermiddag forbi en dejlig gammel Borgruin paa Toppen af et Bjærg, Lud og Emil hilser. 1000 Hilsner fra Alhed</t>
+  </si>
+  <si>
+    <t>1894-02-12</t>
+  </si>
+  <si>
+    <t>Milano</t>
+  </si>
+  <si>
+    <t>Alhed Larsen var i 1893-1894 i Italien med sine to morbrødre</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2109</t>
+  </si>
+  <si>
+    <t>Alhed Larsen er i Milano. Hun har sovet på et grisset herberg. Domkirken er pragtfuld, og der er liv og flotte dragter og smukke ansigter på gaden. De har kørt gennem en tunnel. Solen varmer dejligt i dagtimerne.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Iq10</t>
+  </si>
+  <si>
+    <t>[Fortrykt på kortets forside:]
+CARTOLINA POSTALE
+(CENT. 10.)
+NB. Sul lato anteriore si scrive soltanto l'indirizzo. 
+92
+(Provinicia di-----)
+A
+[Håndskrevet på kortets forside:]
+Madame Laura Warberg
+Erikshaab - Højrup S. - Fyn
+Danimarca
+[Håndskrevet på kortets bagside:]
+12 Februar. Kære I der hjemme! Vi ere i det vidunderlige Milano. Har ligget i et dejlig grisset lille [et par overstregede bogstaver] "Albergo" i Nat med et rigtig italiensk Osteri i Stuen. Domkirken er glimrende; noget tilsvarende i Pragt &amp;amp; har jeg aldrig set! Der er flere tusende Billedstatuer udenpaa den, alle Kunstværker. Her er vældig Liv og Halløj paa Gaden, man ser pragtfuldt farvede Dragter og smukke Ansigter overalt. - I Gaar kørte vi gennem den store St. G. Tunnel (1 Mil), da vi kom ud derfra, mærkede vi italiens Sol, den varmer her som hos os i Maj. Men Aftnerne er kolde endnu. Nu skal vi hen at se Kirken indeni. Vi skriver paa Posthuset. 1000 Hilsner til Eder alle fra Alhed. I faar da [det følgende skrevet lodret langs venstre margen:] mine Kort, dette er det 3die</t>
+  </si>
+  <si>
+    <t>1894-04-19</t>
+  </si>
+  <si>
+    <t>Firenze</t>
+  </si>
+  <si>
+    <t> Via dei Calzaiuoli, 50122 Firenze FI, Italien</t>
+  </si>
+  <si>
+    <t>Ludvig Brandstrup, billedhugger
+Laurits Ring</t>
+  </si>
+  <si>
+    <t>Bommesi: Kraftigt stof af bomuld, opkradset på den ene side, der tidligere blev brugt til børne- og kvindeundertøj</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB2115</t>
+  </si>
+  <si>
+    <t>For tiden svirer Alhed og venner sammen med L.A. Ring. Alhed skal begynde at male en lille pige.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/mI0O</t>
+  </si>
+  <si>
+    <t>Fortrykt på kortets forside:
+CARTOLINA POSTALE ITALIANA
+(CARTE POSTALE D'ITALIE).
+NB. Sul lato anteriore della presente si scrive soltanto l'indirizzo.
+93
+A
+Håndskrevet på kortets forside:
+Signora Laura Warberg
+Erikshaab - Højrup Station
+Danimarca Fyn
+Håndskrevet på kortets bagside:
+Hvis I ikke har sendt Pakken endnu vil jeg bede om at faa sendt et Par Bommesiskørter samt hvis der er det, et hvidt Skørt endnu. – Vi har Regn og Torden i disse Dage, hvilket kommer mig ubelejligt for mine Motivers Skyld, - men for Resten trængte alt svært til en Forfriskelse. – Vi svire sammen med Maleren L.A. Ring i disse Dage; han er et prægtigt Menneske. Forleden gik han Lud og vi sammen hele Dagen i Firenze i øsende Regnvejr og morede os brillant. I Aften har han bedt os alle til Aftensmad nede i Byen. I Dag har jeg begyndt paa et Portræt af en lille nydelig Pige, Aunitta. – Roserne staa i fuldt Flor allerede. Jeg har aldrig set saadanne myldrende Masser. Her staar ingenting paa disse forbistrede Brevkort. 1000 Hilsener fra Alhed.</t>
+  </si>
+  <si>
     <t>1894-05-07</t>
-  </si>
-[...7 lines deleted...]
-    <t>Alhed Larsen</t>
   </si>
   <si>
     <t>Nislevgaard</t>
   </si>
   <si>
     <t>Harald Balslev
 Rigmor Balslev
 Thorvald Balslev
 Julie Brandt
 - Fynboe, Fru
 Urban Hansen
 Jacob Lange
 Christine  Mackie
 Ellen  Sawyer
 Albrecht  Warberg
 Laura Warberg</t>
   </si>
   <si>
     <t>Nislevgård var fra 1752 til 1925 avlsgård under godset Ravnholdt. Gården ligger i Otterup sogn på Vestfyn. Junge (Johanne Christine Larsen) arbejdede der fra ca. efteråret 1893.
 Johanne Christine Larsen var i huset hos brødrene Balslevs far Rasmus Balslev. Han var præst ved Pårup Kirke ved Odense og boede i Tarup Præstegård. Dette brev er afsendt fra Nislevgård i Otterup sogn, hvor hun på daværende tidspunkt var i huset.
 Studienten: Harald Balslev. Febr. 1894 rejste Alhed Larsen i forbindelse med en brudt forlovelse (fra Harald Balslev) til Italen med sine morbrødre Emil og Ludvig Brandstrup, Opholdet varede frem til foråret 1895, hvor hun vendte hjem til Erikshåb.
 Det vides ikke, hvem Carl er. 
 Albrecht og Laura Warberg havde sølvbryllup omkring pinsen 1894. Alhed Larsen tegnede et blomstermotiv på en dug, og Johanne C. Larsen broderede (dugen omtales som et tæppe i brevet).</t>
   </si>
   <si>
@@ -106,4076 +1252,1537 @@
   <si>
     <t>Johanne Christine Larsen skriver til Alhed Larsen, at det nok er det bedste, at en forlovelse mellem Harald Balslev (studium) og hende ikke ender med ægteskab. Og hun er vred over, at han ikke træffer en beslutning. Johanne møder flere gange Harald Balslev, bl.a. i forbindelse med hans socialistiske foredrag i Lumby. Han er optaget af socialøkonomi. 
 Fru Berthelsen er skrap overfor Johanne. 
 Johanne og Harald Balslev har mødtes og snakket en masse om ægteskab mv. Hun syr på sit tæppe, og det går ikke helt godt. 
 Christine skal være klaverlærer i Odense.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/8OV5</t>
   </si>
   <si>
     <t>Nislevgård Mandag den 7nde Maj 1894
 NB Du bliver skuffet naar du læser dette Brev, der staar kun Ubetydeligheder om Studiumet.__
 Kære Be. 
 Mange Tak for dit Brev, som jeg fik i Dag; Du er jo tovlig Pige at skrive alt dette paa et aabent Brevkort, det har været et interessant Studium for Fru Fynboe, Stationsforstanderinden. - Jeg skal vente, hvor meget jeg kan faa gjort ved det i Aften, men Kl. er mange, vi har haft nogle infame fremmede, og jeg har været oppe Kl. 4 1/2 og skal op ved samme Tid i Morgen. Hu ha, det er en travl Tid med alt muligt; i Dag har jeg ikke faaet syet et Sting paa Tæppet, skrækkeligt! Nå men jeg vil skride til Beretningen om Studiensen, men som jeg jo skrev til dig, der er intet nyt i Gaden fra den Kant. det er jo stadig det samme. - Ubestemmelighed og kun Ubestemmelighed. Forrige Gang jeg var i Tarup snakkede jeg lidt med Rimse, og hun var ked af det hele, hun mente, at det blev vist ikke af, det er jo det samme du selv mener, ikke sandt? Ja, lille Be, sådan noget kreperer mig at skrive, det er så profant, når jeg skriver sligt, men du har jo selv bedt mig om det. Da han skrev til din Fødselsdag, havde baade Rimse, hendes Far og Mor bedt ham hæftig om at skrive en Afgørelse til en af Siderne - bare en Afgørelse, bare noget afgørende, bare ikke gaa og pine dig langsomt til Døde, men --- Resultatet blev velsagtens det Evindelige, at han turde ikke gøre det rigtige Skridt i den ene eller den anden Retning, og det mener jeg nu er forkert, jeg mener at det mindst samvittighedsløse er at bestemme om ikke det ene saa det andet, om ikke Førlovelse, saa en bestemt Forsikring om, at han ikke kan forlove sig med dig, og saa kunde du vist komme over det; tænk paa, du ved jo slet ikke om det vilde blive saa farlig lykkeligt for Jer; der er jo saa godt som ingen, der kommer lykkeligt over et Ægteskab og jeg tror ikke nogen af Jer er særlig egnede til det, og så hellere lade det briste nu end langsomt gaa til Grunde i et af de knarvorne Ægteskaber, som vi ser alle Vegne.
 Nej, Harald og jeg snakker ikke sammen om det, jeg ønskede for Resten, han havde begyndt; vi gik en lang Tur ude i Skoven og snakkede, men han kom ikke ind paa det; han har været livlig og sød de Gange, jeg har set ham. - Sidste Gang var det morsomt, det var i ["i" overstreget] Søndags [det afsluttende "s" overstreget] d. 29_nde_, da holdt han Foredrag henne i Lumby, 1 Mil fra Nislevgd. og da spaserede jeg derhen; j ["j" overstreget]han stod ude paa Vejen og så sin Tilhørerskare strømme til, og den saa i Sandhed ikke ud som om den kunde goutere den Socialisme, som han vilde fylde i dem. Ham der havde ordnet det hele og snakkede med Harald, blev svært betænkelig, da han hørte det ikke var kristeligt og foreholdt Harald, at han kunde vel nok faa flettet lidt ind - Er det ikke en dejlig Tanke? Jeg var ved at gøre Skandale da Harald fortalte mig det - midt i sin Tilhørerskreds. - Hr. Pastor Urban Hansen ankom og plantede sig midt foran Harald på Talerstolen, d.v.s Harald stod på Talerstolen og den anden satte sig foran ham og saa ud til at blive en striks Dommer, hvis der ikke blev flettet adskilligt ind. - Det maa have været en lidt tør Situation for ham at staa der over for denne i høj Grad kristelige Forsamling og skulde til at brænde løs med et socialistisk Foredrag; jeg tror også nok, han følte Øjeblikkets Alvor hans Stemme var ikke helt klar, da han begyndte. Det var et udmærket Foredrag, men han kunde have holdt det bedre, det var lidt usikkert, stødvist, synes jeg, men det var måske fordi han vidste de alle var imod ham eller også komplet uforstaaende. Han hævdede, at det maatte være en forkert Opfattelse dette med at Fattigdom og Nød det var nu en Gang noget der skulde være - det var Guds allernådigste Vilje og unødvendigt for ikke at sige ugudeligt at ville gøre det anderledes; han bestred ogsaa den almindelige Antagelse at Jorden skulde være for lille, så hele fordums Befolkning umuligt kunde komme til at have det godt.
 Dette stred imod hans Begreber om en vis og kærlig Gud.
 Tirsdag Han talte om Civilisation, hvorved Mennesket adskille sig fra Dyrene o.s.v. udmærket godt, men meget tamt og konservativt - forholdsvis. Vi havde før Foredraget sungen Dejlig er Jorden, og nu endte han det med, at her var noget vi alle skulde tage Del i, et Arbejde, der førte hen til at alle skulde kunne synge med Sandhed "Dejlig er Jorden" Det var Meningen i det mindste, og en køn, snedig Maade at slutte det af paa. Saa sang vi "Altid frejdig" og efter den rejser Hr. Pastoren sig og bad om, skønt ukaldet at maatte sige et Par Ord. Jeg havde haft paa Fornemmelsen, at der vilde komme lidt Eftersmæk fra den Kant; han havde sukket dybt flere Gange under Foredraget og set mørk ud. - Nu vilde han tilføje et Par gudelige Ord for at rense Luften for Eftervirkningerne af Haralds ikke gudelige (og som Følge deraf forkastelige) Foredrag. - Han vilde gærne ønske Harald god Lykke paa sin fremtidige Bane, naar han studerede over disse Emner sagde han, men han havde i den Sang, vi nys sang med hinanden, truffet "Fadervor" og - ja jeg antager han mente, at det var profanerende at nævne det lige efter det ukristelige Foredrag uden at sende et lille Præsteord efter det. Det var i det hele taget det værste Præsteævlebævle, jeg endnu har hørt; gengive dig det er en Umulighed, for der var ikke Mening skabt i det. Men som Harald siger, naar man er lidt vant til deres Talemåder, kan man jo alligevel slutte sig til, hvad de mener. Det var syndigt overhovedet at tænke - kun tro; hvem der gav sig af med den usømmelige Sport, var el. blev blinde som Muldvarpe og vi maatte ikke at --- og saa Talemaader i Overflod. Efter den Straale gik Harald atter op paa "Stolen", takkede Pastor Hansen for hans gode Ønsker og lagde saa lidt ud for ham om sit Foredrag; det gjorde han for Resten forfærdelig sødt, og jeg forstaar ikke, at han slet ikke blev gal. Det er sandt jeg glemte at fortælle dig, at Præsten lige som han havde sagt det sidste Ord af sin lille Tale til Harald spillede sin sidste Trumf ud ved med Fynd og Klem at stemme i med "Alt staar i Gud Faderhaand" - det kunde jo have været virkningsfuldt, for den er jo en Modsætning til alt, hvad Harald havde sagt, men tænk hvor uheldigt saa satte han i sin Ivrighed en gal Melodi paa, saa han maatte bryde af og begynde om, det var bare saa kosteligt, at jeg havde stor Møje med at lade være med at grine højt. - - - Efter Foredraget vilde Harald partout have mig med Hjem til Tarup, hvilket jeg jo ikke var for, da jeg jo ikke havde sagt det paa Nisl[evgaard], men da jeg vidste fuldt og fast at der blev ["blev" overstreget] ikke noget med at sidde længe oppe eller Ængstelse eller saadan, så gik jeg med, hele denne lille Geschichte med Præsten og i det hele Taget det lidt komiske ved Tilhørerne i Modsætn. til Foredraget, havde sat os i en overstadig lystig Stemning så Vejen gik hurtigt mens vi drøftede Foredraget og det hele. Harald svor paa ,at var det ikke for de 10 Kroners Skyld, saa gik han ikke paa saadan en Galej. - Kl. 8 var vi der, Rimse blev henrykt over at se mig, vi spiste saa til Aften og satte os saa hyggeligt i Dagligstuen med Syltetøj og Kager og schludrede løs om alt muligt. Vi kom til at snakke om Kvindeopdragelse, at der ikke faas nær så god Undervisning i alm. som Mændene, derved kom vi ind paa Ægteskaber, jeg havde ikke troet den æstetiske Harald kunde se saa sundt paa saadan noget, han hævdede neml. at det vigtigste for en Kone var at hun kunde styre sit Hus godt, saa at hun kunde faa meget ud af lidt, lave god nærende Mad uden at bruge for mange Penge. - det er vel nok overdrevet sagt, han mener det vel ikke saa bogstaveligt, men det er altsaa Tegn paa, hvor vigtigt, han mener det er. Kl. 1/2 12 kom de gamle Skvalder hjem, de havde været til Middagshalløj. - Å jeg kan ikke mere for Søgnighed.
 Onsdag. Næste Morgen var jeg meget tidligt oppe og gik hertil; jeg var her før mine Morgenpligter begyndte men du skal høre en Ballade: jeg saa først Fru Berthels[en] da hun kom ned til Frokosten, hvor vi andre allerede sad og næppe var hun kommen ind ad Døren før hun begyndte at skælde løs paa mig saa det knaldede efter, og det skønt Carl, Børnene, Barnepigen og en fremmed Herre var der. Jeg ordentlig skammede mig paa hendes Vegne, det maa være kedeligt at være saa taktløs og ufin; hun er i det hele taget en hamber Dame, kan du tro, vær du glad ved det ikke er dig, der er her. - Egentlig er det en Skam for mig at jeg kan holde den gående her, for for at kunde det maa man neml. have en vis Evne til at snakke hende efter Munden og ikke holde paa sine Meninger, samt aldrig gøre noget galt, med andre Ord gaa i en evig Rædsel for at gøre det mindste bitte Smule forkert, da det så revner og faar hun først noget mod én, ja jeg vilde hellere være i Helvede end her så. Naa, men det var nok ikke mig selv, jeg skulde snakke om, men det er godt for jeg ved snart ikke mere om Møgfalden, ja så maa du høre om lidt andet. Paa Lørdag kommer Thorvald hjem og bliver hjemme til lige efter Sommerferien; jeg holder kun en ganske lille Pinseferie og lægger saa de Dage til Sølvbrylluppet, vi skal være i Tarup de Par Dage, men Mor har faaet den brilliante Ide, at vi allesammen skal køre til Erikshaab 2den Pinsedag efter Gudstjenesten, og det er jo farlig sjov. Holder I Pinse dernede i Italien, I tænker maaske slet ikke paa den. Du spørger til Studiensens Humør; jo det var vist godt nok så vidt jeg kunde mærke, undtagen den ene Gang jeg var i Tarup, da Ella ogsaa var der, men det havde vist mere sine Grunde i et gråt trist koldt Vejr og en vis Uhygge i Stemningen. Det er sandt har jeg fortalt dig om den Gang, jeg var hjemme, da Thomas og Christine var der; da kommer jeg ud paa Perronen for at se efter Nyborgtoget, og der er der én, der siger Junge - , og saa er det Studiensen og Vester - to Fluer med et Smæk; jeg blev knusende overrasket, for jeg havde ikke tænkt paa, at Harald var paa Fyen; da Vester var rejst, satte vi os ind i Ventesalen og drak en Bajer og en Suda og snakkede nok så gemytligt, han begyndte straks at snakke om dig, der var kommen til Italien; han viste mig en Violbuket, han havde faaet et Par Dage før fra dig, som han havde i sin Tegnebog, og saa sagde han, om vi skulde drikke Signorinaens Skaal, hvilket vi jo altså gjorde, han i Bajer, jeg i Suda, - Ja ja, Han er nu alligevel en Somikkel, at han ikke kan indse, at det er hans forbandede Pligt at gøre noget ved Jeres Forhold enten til det ene el. andet; du maa vide, det foruroliger mig ikke lidt, jeg er bange for, at det tager utilladelig meget paa dig; det er dog ogsaa Pokkers, hvorfor vi Mennesker skal være saadan indrettede, at det vi ikke ret godt kan faa, det vil vi partout have, men har vi det først så - - - Nu maa du til Gengæld for dette Brev, skrive lidt til mig om, hvad du mener om Sagen; om du dog ikke kan komme over det selv om Studiensen ikke giver et afgørende Indlæg i det. Du er nu saa sikker paa, at I vilde blive så lykkelige, det er jeg nu aldeles ikke; jeg tror ligefrem, I vilde strande paa Smaatingene; som Høffding siger "Ægteskabet fordrer som ethvert andet Samliv Selvbeherskelse og Anstrengelse for at kunde bestaa" og det tror jeg, I mangler begge to; tænk hvor svært du har ved at leve godt sammen med nogen, (Mor, Christine, Brandt) og det vilde dog være stor Synd for saadan to Mennesker som jer om I skulde ende med et Kævleægteskab. Du maa ikke blive gal over dette, men du maa som sagt gøre mig den Tjeneste at skrive lidt til mig om det. Det er ikke Nysgerrighed eller Lyst til at rode i pikante Sager, men jeg tror, det hele er dit Velfærd om at gøre, saa det er rimeligt, det har Interesse. 
 Tæppet gaar det helt godt med, men det bliver ikke saa kønt, som jeg havde troet. det er jo et knusende svært Mønster - alt for svært for den ringe Øvelse, jeg har. Jeg synes ogsaa, jeg kan mærke paa Fru Berthelsen, at hun mener, det er for stor en Mundfuld, jeg har paataget mig. Jeg slider som et Bæst i det og jeg naar det ogsaa nok, omend med lidt Kniberi. Jeg mangler alle 5 Anemoner, de to Stedmoderbl. den ene Frugtgren og et Par grønne Blade, og det er jo ikke saa lidt. Jeg har i Dag makset frygteligt med nogle Frugtblomster, som jeg næsten ikke kunde sy; det er nu heller ikke tegnet saa farlig godt paa, og det gør jo meget, naar man tillige skal rette paa Konturerne. -
 Torsdag Aften. Det trækker desværre i Langdrag med dette Brev, i Dag har jeg ikke haft et Øjebliks Tid til at skrive: oppe Kl. 4 gaaet i Køkkenet og bagt lige til Kl. 2, så holdt Skole, så syet til Kl. 1/2 8, jeg er knusende træt oven paa saadan en Dag
 [Resten af siden mangler]
 Jeg havde Brev fra Mor i Dag, hun fortæller at Chr. nu alligevel skal til Odense og give Spilletimer; der er jo meget slemt, men værst ubetinget for Brandts Skyld, jeg havde et meget fortvivlet Brev fra hende i Dag; det er også meget trist for hende nu at skulde være alene igen, det gør mig forfærdelig ondt for hende; tænk hun kommer ikke til Sølvbrylluppet, har ikke Raad, nu kan Chr se Følgerne af at hun fik med til Falster i Paasken. - - Saa, nu vil jeg slutte dette ret anselige Brev, men som Slutning maa jeg jo finde paa lidt om Studiens; ved du at han har kastet sig over Socialøkonomi, studerer det med stor Iver meget paavirket vist nok af Jakob Lange fra Dalum, en rigtig rød Socialist, stakkels Stud er kommen fuldstændig i Unaade hos Fru B. fordi jeg er gået til at fortælle det. - Jeg fik 4 Breve i Dag - sjov. Du maa se at finde dig i, at jeg ikke læser dette umaadelige Brev igennem, skønt der vist er adskillige Fejltagelser. - Ja så Farvel, lad mig snart høre fra dig og gør mig den Villighed at slå den skidt Studiens ud af Hovedet, snarere en bitte norsk Maler
 [Brevet er uafsluttet]</t>
   </si>
   <si>
-    <t>1910-09-23</t>
-[...12 lines deleted...]
-    <t>- Fenger
+    <t>1894-07-21</t>
+  </si>
+  <si>
+    <t>Thorvald Balslev</t>
+  </si>
+  <si>
+    <t>Bello skvaderup var Alhed Larsens øgenavn for Bello sguardo i Firenze eller måske rettere for huset på Bello sguardo.
+Haabet er Erikshaab, Warberg-familiens hjem.
+Alhed Larsens forældre fejrede sølvbryllup 28. maj 1894.
+Det vides ikke, hvem Alhed Larsen kalder Pinden.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2150 og BB 2160</t>
+  </si>
+  <si>
+    <t>Alhed ønsker tillykke med fødselsdagen. Hun sender tre fotografier. Et er taget, mens Alfred Rottbøll holdt sølvbryllupstale "for" Alheds forældre, og det er til Alheds mor. Desuden et foto til Thorvald og et til hans søster. Rottbølls og Emil Brandstrup er rejst dagen i forvejen. Rottbølls var nogle smølehoveder og slet ikke klar, da vognren kom. Alhed Larsen har nu lejligheden for sig selv. Hun og Ludvig Brandstrup spiser sammen. 
+Rottbøll har udnævnt Alhed Larsen til vice-vice-konsul i hans fravær, og Alhed vedlægger afskrift af et brev, der omhandler udnævnelsen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/eYoh</t>
+  </si>
+  <si>
+    <t>21nde Juli 1894
+Kære lille Skvade!
+Herfra Sydens varme Bello skvaderup sender jeg Dig min bedste Lykønskning til Din Fødselsdag. Jeg ved egentlig ikke noget bestemt at ønske Dig for det kommende Aar, der er jo ganske vist dette med Examen, men den gaar nu nok godt og jeg vil derfor kun i al Almindelighed ønske Dig, at Aaret maa blive godt - saa godt, som en lille "Skvade" fortjener det! - Jeg har herved den Ære at sende 3 Fotografier, men rigtignok kun det ene har jeg tænkt at begave Dig med. Bordbilledet har jeg tiltænkt Mor eller "Haabet", jeg haaber I alle finder det smukt. Det er taget paa Sølvbryllupsdagen i det Øjeblik Hr Rottbøll, henvendt til mig holder Festtalen. Kagen, som Mor sendte, staar i Forgrunden, endvidere ses Jordbær, Salat en Smørkande, Sodavandsbeholder og vores elskede "Fiasko" i Stativ. - Af de andre to Billeder kan Du saa vælge, hvilket Du vil have, og det andet vil jeg bede Dig om at give Rimse fra mig og sig til hende, at hun er en god Pige, og hun maa ikke være være ["være" overstreget] vred, fordi jeg aldrig har skreven til hende. - Maa jeg sige Dig mange Tak, fordi Du ogsaa var med til at sende mig "Rejsen", som jeg blev forfærdelig glad ved og maa jeg ogsaa sige Dig mange Tak ["Tak" indsat over linjen] for Dit Brev til min Fødselsdag; vil Du skælde Din "felovede" ud fra mig, fordi hun ikke har svaret paa mit sidste Brev, - naa, det var nok et lille Apropos. - Nu er Skvaderup øde og tomt, i Gaar rejste Konsulens med Balle og overlod mig til mig selv. Jeg blev ved denne Lejlighed udnævnt til Sekretær for Vice Vice Konsulen (Lud), og for at Du ikke skal tro, at dette ikke er ramme Alvor, sender jeg Dig Afskriften af en Skrivelse, som i Gaar udgik i 4 Exemplarer, til Præfekten, Kvæsturen, Borgmesteren og én til, som jeg ikke husker. Det er frygtelig Sjov, synes jeg. Den Værdighed sætter mig op i en høj Rangklasse, 3die eller 4de over Professorerne, og den giver mig Lov til at udstede "Permesser" = Frikort ["= Frikort" indsat over linjen] til Museer og lign. Jeg vil ["Jeg vil" overstreget] Endvidere bliver jeg af Præfekten indskreven i en stor Bog over udenlandske Diplomater!!!! - Du maa endelig gemme Papiret, jeg har kun den ene Afskrift. - Endvidere raader jeg i deres Fraværelse over en 7-8 Værelses Lejlighed, som indeholder meget jordisk Gods. Min Morgen og Middagsmad vil jeg selv lave, i Dag har den staaet paa Bøf med et Spejlæg over, Brød Smør og Ost, Salat og Vin, i Morgen staar den paa Æggekage og det samme undt. Bøf; i Overmorgen Macaroni og Skinke, og maaske et Æg. Jeg haaber dette interesserer Dig lille Skvade? Om Aftenen spiser jeg sammen med Lud nede i Byen; i Aften skal jeg mødes med ham Kl. 7 1/2 nede i en stor Have, et udmærket Sted, vi har funden. - - De andre rejste i Aftes Kl. 9, de vilde rejse om Natten, da det er mindre hedt. - Du kan tro, det var et Slid at faa dem af Sted, vi stod alle paa Hovedet fra den tidlige Morgen. De er nogle kolossale Smølehoveder, meget værre end jeg. Her i Huset anses jeg for at være expedit, præcis og altid ventende paa de andre. Du kan tænke Dig, Drosken var bestilt til Kl 6 1/2 og da den kom, var de ikke færdige med at ind, havde ikke begyndt at klæde sig om, skulde tage Bad begge to og manglede endnu at gøre to Visiter, som de havde lovet her i Huset!! - Efter mange overstandne Lidelser kom vi da endelig ned i Byen og her gav Lud en lille festlig Frokost ["Frokost" overstreget] Aften til Afslutning. -
+Jeg er sikker paa, at jeg ved dette Brev, hverken har anstrængt Din eller min Hjærne ved at bevæge mig i de højere Regioner. Men det er Aarstiden nu heller ikke til; dog vil jeg til Slutning kortelig berøre den moderne Malerkunst, idet jeg ikke vil undlade at meddele Dig, som Mæçen, at jeg sælger ud, naar jeg kommer hjem. Mine Priser kender Du, "Billige men bestemte"! - Nu kan Du ikke faa mere, men Du begærer vist heller ikke mere. - Mor skriver, at Din Familie staar Dig bi paa Din Hædersdag, Du maa endelig hilse dem alle vældigt fra mig, sig til Pinden, at nu holder jeg snart 1/3 Aars Fødselsdag. - - 
+Mange kærlige Hilsener til Dig selv, lille Skvade fra Din heng. Svigerinde
+Alhed.
+BB 2160
+Con cio ho l'onore di amanriaro, che il Signor Ludvig Brandstrup, di ["di" overstreget] scultore di Copenhahen [det første "h" i ordet overstreget] è costiluito Vice-Console di Danimarca durante l'assenza del sattoserillo. - L'assistente plenipateuziario [det første a i ordet overstreget; over dette indsat et "o"] del Signor B. sarà Frk Alhed Warberg di Højrup in Fionia.
+Con distuda C ["C" overstreget] considerazione
+Alf. Rottbøll
+Vice Console di Danimarca
+Jeg har herved den Ære at meddele, at AW o.s.v. - - er const. Vice-Console ["ole" overstreget; over dette indsat "ul"] af D. under Undertegnedes Fraværelse - Hr. B.s befuldmægtigede Assistent vil være Frk AW. fra Højrup i Fyn.
+Med udmærket Højagtelse</t>
+  </si>
+  <si>
+    <t>1895-02-11</t>
+  </si>
+  <si>
+    <t>Rom
+Napoli
+Fiesole</t>
+  </si>
+  <si>
+    <t>Onklen -
+Adolfo Bacci
+Vittoria Bacci
+Berta Brandstrup
+Ludvig Brandstrup, billedhugger
+Johannes Magdahl Nielsen
+Laurits Ring
+Adelheyde Syberg</t>
+  </si>
+  <si>
+    <t>Det er usikkert hvem Jensen er.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, 2000/75</t>
+  </si>
+  <si>
+    <t>Alhed er vendt tilbage til Firenze efter nogle ugers ophold i Rom. Hun skal begynde på Akademiet igen i morgen. Synes ikke, at de andre elever var venlige overfor hende, inden hun rejste. Nu har hun været i Italien i et år.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/aYO2</t>
+  </si>
+  <si>
+    <t>Kæreste Mor!
+Nu ere vi atter komme tilbage til det rolige Florens og det er i Grunden rart alligevel, man bliver dog noget træt og ør af den idelige Styrten om; Vi havde kun 14 Dage og vi maatte ordentlig bruge os for at faa det hele set paa den Tid, men længere vilde Pengene desværre ikke slaa til, alt er skrækkelig dyrt der, og vi maatte stadig betale hver en Lire paa Museerne og køre i Droske og Sporvogne da Afstandene ere enorme. Tænk, jeg brugte over 100 Kr i den Tid, Rejsen er nu ogsaa alene næsten 50 Lire. Men det var en storartet Tid, og vi fik Byen forholdsvis godt set, tror jeg nok. – Magdahls var meget elskværdige, de bad mig flere Gange om at hilse Dig; nu ere de rejste til Neapel. – Jeg ved i Grunden ikke rigtig, hvad jeg skal fortælle fra Rom, der er altfor meget og det bliver for vidtløftigt, da I jo slet ikke kender noget af det. Billedhuggerkunsten har jeg faaet meget mere Smag for dernede, der er aldeles dejlige Ting, de allerbedste Antikker findes der. Den største Samling er inde i Vatikanet. Der har Paven sig skam et flot Bygningskomplex, for det første Peterskirken, som man skal gaa uden om for at komme til Skulptursamlingen, og det er en vældig Rejse, og foruden denne vældige Samling er der et ægyptisk Museum, et etruskisk dito, en Malerisamling, det sixtinske og andre Kapeller, hans vældige Beboelseslejlighed til sig selv og hele sit Hof, og meget andet, f. Ex. store Gaarde og Buegange ind imellem Bygningerne. Ja det er aldeles imponerende. Det smukkeste derude synes jeg er Rafaels Fresker, der er et Par Stuer fulde, de ere ganske dejlige. Men for Resten staar Malerkunsten langt højere her i Florenz, det var mig en stor Fryd at komme op paa disse Samlinger igen og hilse paa mine gamle Venner. Her er mange Billeder, som det ligefrem bliver mig en Sorg at skulle skildes fra. – Disse første Dage har jeg jo ikke været paa Skolen, kun gaaet om og sagt Goddag til Byen. Den anden Dag gik jeg alene en lang Tur op omtrent til Fiesole, men i øsende Regn desværre, jeg havde Akvarelkasse med og sad ogsaae en Timestid paa en Stenmur og prøvede, men Papiret blev for vådt. – Den anden [indsat: anden] Aften begyndte jeg paa et Selvportræt! Jeg havde faaet saadan en Lyst til at male et Portræt og kunde ikke faa andre til at sidde for mig, men det er jo nok lidt sært at sidde og glo paa sig selv. – Og saa er det frygtelig svært at male ved Lampelys, men vældig interessant, den [overstreget: den] i Forgaars Aftes opdagede jeg pludselig at Kl. var bleven 3, og jeg var endda ikke Spor af søvnig. I Gaar viste jeg Lud det og han sagde, ”Kil bare paa, det er ikke saa galt,” Endnu er det nu frygtelig, men det kan jo maaske blive bedre! – I Morgen begynder jeg paa Skolen; jeg havde gruet lidt for det, da jeg synes de der henne ikke var saa ordenlige mod mig som de skulde være lige de sidste Dage. Navnlig en Dag var der en underlig Uro i Lejren, og jeg fandt ud af, at en af dem havde tegnet en Karrikatur af mig. Nu har jeg imidlertid faaet at vide, at det ikke var saa galt. En Dag, mens jeg var i Rom kom Bacci og min ven ”Zioen”(Majoren) ind paa en ung Malers Atelier for at se paa et Maleri, han havde lavet. Der finder de til deres store Forbavselse en Tegning af mig slaaet op, og den lignede saa godt, at de fik Øje paa den strax da de kom ind og studsede ved det. Og Maleren blev jo ligesaa forbavset ved at de kendte mig og fortalte at den havde han tegnet paa Skolen. Saa holdt Bacci og Onklen en lang Rosetale over mig og bad ham og de andre endelig at være rigtig flinke imod mig derhenne. - - Han forsikrede at det gjorde ham meget ondt, hvis det havde mishaget mig, han havde ikke troet, jeg havde mærket det; han bad dem tillige spørge mig om jeg ikke sammen med dem og Fru Bacci ville komme en Visit hen paa hans Atelier og se paa hans Malerier, saa vilde han forære mig Tegningen! – Er det ikke en komisk lille Tildragelse? Men jeg tror nok de blive flinke efter den Anbefaling Bacci har givet mig, han taler med Fynd og Klem og er en almindelig anset og agtet Mand. - - - Nu har jeg altsaa været borte over et Aar, paa min Jubilæumsdag om Aftenen [indsat: om Aftenen] d.7ende var vi inde paa en Kaffé og drikke et Mundbæger Kaffe [indsat: Kaffe] sammen med Ring og Jensen. Denne sidste og Lud og Berta spillede Billard og Ring og jeg sad i en Krog og saa til med vore Glas, Ring med Toddy eller Punch [indsat: eller Punch] og jeg med Kaffe. – Jensen var [overstreget: var] fik j [overstreget: j] ogsaa en Toddy men var saa ivrig i Spillet, at han ikke mærkede, at jeg drak den; ved andet Spils Begyndelse bestilte han sig én til, den drak jeg ogsaa! Og tænk han opdagede ikke det mindste skønt alle de andre vidste det. Ring og jeg morede os kosteligt, ”en Punschebal” kaldte vi en ”Bal” der var saadan at Jensen maatte samle hele sin Opmærksomhed ved den. Ved en saadan kunde vi end ogsaa drikke Glas med L.&amp;amp; B. – Ring er en brillant en, vi elske ham alle sammen, han er lidt ”ældre” men ligesaa ungdommelig som vi andre. - - - Næ, hvor kedeligt, lige i dette Øjeblik kommer jeg i Tanker om, at jeg i Dag skulde have afsendt Brev til Ta Mimis Fødselsdag d. 14de jeg har dog saa længe tænkt at jeg skulde huske den. Det var rigtignok kedeligt. – Nu maa jeg i den Anledning skynde mig at slutte dette og i Stedet for vende mig til Ta Mimi. - - Har I Kulde endnu? Køre I i Kane? Mange kærlige Hilsner! Eders Be,
+Firenze d. 11te Febr. 95</t>
+  </si>
+  <si>
+    <t>1895-08-06</t>
+  </si>
+  <si>
+    <t>Svanninge</t>
+  </si>
+  <si>
+    <t>Faaborg, Fyn</t>
+  </si>
+  <si>
+    <t>Morten, Købmandsgården - 
+Victor Bøttern
+Jeppe Andreas Larsen</t>
+  </si>
+  <si>
+    <t>Johannes Larsen opholder sig hos Anna og Fritz Syberg i Svanninge ved Fåborg.</t>
+  </si>
+  <si>
+    <t>Johannes Larsens far har lavet aftale med Victor Bøttern vedr. købmandsgården. De har hilst på den unge bestyrer. Opremsning af beløbene i aftalen. Vilhelmine Larsen sender en pakke til Johannes.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/pzPj</t>
+  </si>
+  <si>
+    <t>Kjerteminde den 6 95
+8
+Kjæreste Johannes!
+Endelig kan vi idag skrive at Sagen er ordnet med Consul Bøttern nylig rejste han herfra det gik i en Fart med de to gode Mænd, den endelig Kontrakt skal skrives naar han sidst i Maaneden kommer og køber Borgerskab.
+Den unge Mand der skal styre Forretningen var hernede for at præsentere sig forleden Aften og ham syntes vi godt om enlig ung Mand, her skal foreløbig ikke være andre med ham saa skal Fader hjælpe med i Førstningen de skal regjere i de Kontor til Gaarden
+Morten bliver her
+Vi faar i Leje af Bygningerne 1000 Kr og Kostpenge for Karl og Bestyrer 800 og 8 Kr daglig naar vi kjører og 20 Procent af Forretningen men alt dette skal du ikke omtale
+her er 10 foreløbig flere skal komme
+en Pakke sender vi iaften den kan du saa hente Onsdag i Faaborg
+Kjærlig Hilsen fra os Alle
+snart Brev igjen
+Hils Alle</t>
+  </si>
+  <si>
+    <t>1895-09-27</t>
+  </si>
+  <si>
+    <t>Faaborg, Fyn
+Fynshovedvej 421, 5390 Martofte
+København 
+Odense</t>
+  </si>
+  <si>
+    <t>V.J.L.  Bøttern
+Margrethe  Eckardt
+Adolph Larsen
+Georg Larsen
+Jeppe Andreas Larsen
+Vilhelm Larsen
+Albert Carl Emil Mohr
+Jens Olsen
+Christian Seydewitz
 Anna Syberg
-Clara Syberg
-[...74 lines deleted...]
-Fru L. Warberg
+Fritz Syberg</t>
+  </si>
+  <si>
+    <t>Muligvis er Johannes Larsen cyklet fra Kerteminde til familen Syberg i Svanninge med hunden Tjalfe ved siden. Tjalfe er muligvis den nye hund, som Johannes Larsen skulle hente i et tidligere brev (1895-07-12) og som er gengivet på en akvarel fra 1896.
+"Addy" er et skib, som er ejet af købmand I.A.Larsen, Johannes Larsen far.
+Tidende = tiende. Helt frem til 1920'erne afleverede bønderne tiende af deres afgrøder til herregårdene. De omtalte forhandlinger er muligvis om, hvorvidt I.A.Larsen og konsul Bøttern kan få lov til at købe korn og agere selvstændigt ved salg, eller om de skal agere som mellemmand for Scheelenborg Gods.(Kilde: Hovedgårdsregistrering i Fyns Amt, 1995 og Erland Porsmose) 
+Familien Larsen kender flere ved navn Nielsen. Det er uvist hvilken Nielsen, der er tale om. Konsulens søn er muligvis Kaj Julius Bøttern (11 år).</t>
+  </si>
+  <si>
+    <t>Vilhelmine Larsen er vred over manglen på breve fra Johannes. Der skal forhandles om priserne på tiende-korn.
+Jens Olsen har reddet 6 mand fra at drukne. I. A. Larsen har været til jagtgilde.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/5Wrr</t>
+  </si>
+  <si>
+    <t>Kjerteminde den 27/9 95
+Kjære Johannes!
+Her er saa Kassen og Posen samt Vilhelms Bøsse – Nu har vi sendt hvad Lommen formaaede mere en anden Gang – ”Addy” kom igaar saa vi naaede at faa Bøgerne med det er du vel glad ved?
+Dit Brev var altfor kort det er underlig du ikke kan forstaa at vi savner en fuldstændig Beretning om Touren derned – vær saa god at give den i næste Brev – hvordan har ”Tjalfe” det oven paa Løbetouren 
+Du huskede heller ikke at ønske Agraren tillykke han var 17 Aar igaar og jeg havde dog husket dig paa glem nu ikke min for det vilde bedrøve meget, Klaks kom der dog Brev fra igaar.
+Konsul Bøttern og Søn kom ridende nu i dette dejlige Vejr. Godsforvalteren Scheelenborg skal ogsaa komme, der skal vistnok handles om Tidendekornet – maatte vi dog blot faa det, at vi ikke skal bruges til at drive Priserne op for de gode Herremænd.
+Jeg maa da huske at fortælle dig at Jens Olsen i den stærke Storm i forrige Uge – reddede 6 Mand fra en Skonnert der var lastet med Kul – Vandet steg 3 Fod paa nogle Timer saa de naaede nok lige at faa dem ombord saa sank den, vi mistede vores Baaed den blev slaaet itu ved Ophalingen, først forsøgte Olsen at kaste en Trosse og Redningskrands, den naaede godt nok ombord men Mandskabet turde ikke derfor maatte Jollen ud hvor det maa være et højtideligt Øjeblik da de frelste saa deres eget Skib gaa tilbunds
+Saa skal du her høre lidt om Jagtgildet Fader gik med Nielsen og Georg derned de fik Harer og Høns samt Kaffe – vores kom hjem da der var spist og Nielsen blev til Kl. 1. der var stor Munterhed over en Sang af [Seydewitz] Du kan nu selv læse og maaske Syberg kender Melodien - S var hel umulig tilsidst
+Margrethe kommer her sidst i October. I November er hun Vikar i Kjøbenhavn
+Hils dine Husfeller mange Gange og vær nu endelig flittig kjære kjære Johannes – husk hvad der gaar kommer aldrig tilbage
+Hør dog hvad jeg siger – der er vel ingen der mener dig det bedre end din Moder som altid beder for dig om al mulig Velsignelse for dig til din Gjerning
+Kassen Posen og Bøssen afgaar med Fragtmanden til Odense i morgen tidlig og til Jernbanen med det samme saa ved I vel selv naar I kan hente det i Faaborg</t>
+  </si>
+  <si>
+    <t>1895-11-18</t>
+  </si>
+  <si>
+    <t>Odense
+Søbysøgaard</t>
+  </si>
+  <si>
+    <t>Swanza -
+Trine Johans
+Johanne Christine Larsen
+Karl Madsen
+Otto Emil  Paludan
+Laura Warberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Alhed skriver om en bortlodning til fordel for "Kunstneren": I november 1895 satte Karl Madsen og Wilhelm Hansen en indsamling af malerier i gang med henblik på at sælge dem og skænke Anna og Fritz Syberg pengene. Ægteparret havde det meget svært økonomisk. Blandt giverne af billeder var Kristian Zahrtmann, Th. Philipsen, L.A. Ring, Joakim Skovgaard, Viggo Johansen, Michael Ancher, Bindesbøll, Julius Paulsen, Johannes Larsen og Peter Hansen. Projektet blev en tid holdt hemmeligt for Syberg-parret. Det indbragte omkring 1500 kroner, og parret kunne leve af beløbet i to-tre år. Se Erland Porsmose: Fritz Syberg. Kunsten, naturen, kærligheden. Gyldendal 2012
+Den bog af Karl Madsen, som Johannes Larsen har lånt Alhed kan være Hollandsk Malerkunst (1891), Studier fra Sverige (1892) eller Johan Thomas Lundbye (1895). Madsens bog Japansk Malerkunst, 1885, havde Alhed allerede fået i tiden på porcelænsfabrikken. 
+Søbysøgaard er en herregård på Fyn. Den var i 1895 ejet af Frederik Herman Christian de Falsen Baron Zythen-Adeler. I 1933 blev Søbysøgaard omdannet til fængsel. 
+"Pallam" er Fuldmægtig Paludan. Adis: Astrid Warberg-Goldschmidt.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har sendt Alhed bøger.
+Der er igangsat en bortlodning til fordel for "Kunstneren" (Fritz Syberg). 
+Alhed ligger syg.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/P7PO</t>
+  </si>
+  <si>
+    <t>Erikshaab – 18/11 – 95
+Kære Las! Vil De hilse ”Swanza”
+Det var rigtignok forfærdelig pænt af Dem at skrive til mig, jeg fik Deres Brev i dag og jeg blev saa glad ved det. Og Tak fordi De vil laane mig Deres smaa Billedbøger og Karl Madsens Bog, som jeg ikke kender; ja Tak, det vilde jeg rigtignok blive frygtelig glad ved. Jeg skal nok passe godt paa dem og sende dem snart tilbage. Nu tror de naturligvis, at det alene er for Bøgernes Skyld jeg skriver saa snart – meget før Deres Fødselsdag! Det var da ellers godt, at jeg ikke lovede at skrive, om jeg saa kom op den Søndag, det kom jeg nemlig ikke; for tænk Dem den samme Dag, som De havde været her, blev jeg meget daarlig om Aftenen, og fra den Dag af begyndte jeg først rigtig at blive syg. – Men nu er jeg for Resten fuldstændig rask, alligevel skal jeg ligge over 8 Dage endnu, da Doktoren har faaet den fixe Idé, at jeg ikke maa komme op, før jeg har ligget i 7 Uger. 
+- Nej, hvor det dog glædede mig, som de skriver om Bortlodningen til Fordel for Kunstneren. Tænk hvor de bliver glade dernede, og hvor det er udmærket for dem, bare de nu snart kunde faa det at vide. – Men hør nu Las, hvor skrækkeligt jeg har baaren mig ad! Jeg er kommen til at fortælle Johanne det. Hun vilde saa gærne læse Deres Brev, og saa gav jeg hende det, uden at tænke paa Hemmeligheden. Hun kom jo med Spydigheder over min Discretion, og jeg gav hende strax nogle Klø som Forskud paa dem, hun skal faa, hvis hun siger det til flere. Hun er sikker nok, men det gør jo ikke min Synd bedre; Nu kan de da selv se, jeg er upaalidelig. – Det var dog vældig hurtig gaaet den Aften til Kjerteminde; Johanne og jeg vaagede det meste af den Nat, og Kl. 12 talte vi om, at De vist ikke var naaet hjem endnu. Det var et fælt Vejr. – Hvor jeg misunder dem, at De gaar paa Andetræk hver Aften – al den dejlig friske Luft! Uha Las hvor er det dog unaturligt og ækelt at ligge indespærret i 7 Uger og glo paa en grøn Væg. – Men hvis de tror, de faar mig til at være ”Reconvalecent”, naar jeg kommer op, saa tager de Fejl. (Jeg mener ikke Dem, men dem, nemlig Doktoren og hele min Familie med Mor i Spidsen). - - Nej Las, jeg husker ikke, at jeg benyttede Ordet ”Interesse”, da de sidst var hernede, og jeg kan heller ikke huske, hvad vi talte om, lige før De gik ned at spise. Men hvis jeg har forstaaet dem rigtig, saa mener de at ”Interesse” er et fælt lunkent ”Mellemord”, saa forbeholdent, at det næsten ingenting betyder. Og hvis De mener det, saa er jeg forfærdelig enig med Dem. Men De maa alligevel finde dem i, Las, tit at høre mig bruge det Ord, det passer saa godt i min Mund, at jeg ikke kan undgaa det. Ved alt, hvad jeg faar noget at gøre med i dette Liv, kommer jo akkurat saa vidt som til ”Interessen”, og saa ikke et Skridt videre. Det er kedeligt, - og mer til, - men det er jo gjort, det er mig selv, det gaar ud over. – Nu vil jeg skænke mig et Glas Rhinskvin (Brannerberger) som jeg har staaende i en lang indbydende Flaske ved min Seng. – Pause! – Skaal Las! Det er godt, jeg har dem at skaale til og skrive til, jeg er ellers alene hjemme; Pigerne ere i Odense og alle de andre paa Søbysøgaard. Saa her her er kun Pallam, der tilser mig hver anden Time og ”Trine” henne fra Hersted der giver mig Mad. – For lidt siden raabte Trine herop: ”Paludan! har De Ølkruset oppe paa Kontoret?” Men ”Paludan” frasagde sig det paa det bestemteste. - - Skaal nu drak jeg igen! det er en dejlig Vin, og jeg maa heldigvis ikke faa anden Slags. Hør Las kan de huske en Gang, vi drak Rhinskvin? Det var en Langfredag, vi havde været i Skoven en hel Del og saa tabte enten De eller Kunstneren et Væddemaal bestaaende af Postejer og Rhinskvin. Og kan De huske vi spærrede Gaden, da vi gik hjem og indfangede Byens skikkelige Barylere. Det var naturligvis P. mest. Den tovlige P., skal han nu ud og drukne i en Kano. Jeg ved for Resten ikke bestemt hvordan en Kano ser ud. Kan der være flere end en ombord? Kan man komme til at sejle i den til Sommer? – Det er dog forfærdeligt saa langt, det Brev bliver, men nu skal jeg ogsaa snart slutte. Det er sandt, jeg skylder Dem vist for Resten ogsaa Svar paa det Brev, jeg fik fra Dem i Italien, saa det er da kun et Ark for hvert af deres. - - Jeg skal nok hilse min Familie og sige Tak for de Gange, De var her i Sommer; som De beder om, men det er vel ikke Meningen, at vi skal betragte Deres sidste Besøg som et uigenkaldeligt Afskedsbesøg; med andre Ord, hvornaar mon vi ser Dem igen? – Men det er jo godt, De er flittig, lad mig se, De laver mange ligesaa kønne Akvareller, som dem, jeg saa i Sommer. – Det er vist et grimt kedeligt Brev, og saa tilmed saa sent at læse, fordi det er med Blyant. – Jeg glæder mig meget til Bøgerne! Tak fordi De vil sende mig dem! Farvel Las! Mange Hilsner fra Deres hengivne
+Alhed Warberg
+Adis sender Hilsen
+Mange Hilsner fra Johanne</t>
+  </si>
+  <si>
+    <t>1895-12-25</t>
+  </si>
+  <si>
+    <t>Harald Balslev
+Berta Brandstrup
+Julie Brandt
+Peter Hansen
+Vilhelm Larsen
+Christine  Mackie
+Ellen  Sawyer</t>
+  </si>
+  <si>
+    <t>Juleselskab på Sandholt: Nicoline Nobel von Sperling, som var en ven af Warberg-familien, var enlig og boede på Sandholt Gods i Sandholt Lyndelse på Fyn.</t>
+  </si>
+  <si>
+    <t>Alhed fortæller om familiens jul. Året før holdt hun jul i Italien.
+Hun inviterer Johannes og Klaks Larsen samt Peter Hansen ("P.") til at komme til Erikshaab i juledagene.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/GuXa</t>
+  </si>
+  <si>
+    <t>Kære Las!
+Mens Christine sidder ved Klaveret og spiller en rørende flot Mazurka af en eller anden Hr Badousky (polsk) vil jeg – skønt det volder mig stor Besvær at sidde stille paa Stolen, sætte mig hen og skrive en Lykønskning til Dem i Anledning af Deres Fødselsdag i Overmorgen. Jeg vil ønske, at De i det nye Aar maa skyde og male mange udmærkede Ænder. - - Det bliver nok for sent at ønske Dem en glædelig Jul, da det meste af den er forbi, naar De faar dette Brev. – Vi havde en hyggelig Juleaften her i Aftes, stort kønt Juletræ og mange kønne Foræringer. – I Dag, første Juledag, have vi dreven den af efter bedste Evne, vi have Harald og Pan til at hjælpe os. Vi have ikke bestilt andet end at ryge Cigaretter, indøve 4 stemmige Sange og spille ”[ulæseligt]skabsspil”, et Spil fra i Aftes, hvorved man kan sige hinanden de mest storartede Ubehageligheder. – Jeg holder adskilligt mere af at holde Jul i Danmark end i Italien. I Dag for et Aar siden morede jeg mig for Resten udmærket, da var det, vi klædte os ud som Herrer og gik ud i Byen. Og jeg var den bedste. Fy skamme dem, jeg kan ikke glemme, hvor glade og beredvillige De og P. gik ind paa det, da Berta sagde, at det ikke var sandt, at jeg var den kønneste! - - - Et Kort, som Harald i Gaar fik fra Klax, lod forstaa, at det ikke var umuligt, at vi saa ham, P. og Dem her en Gang i Julen. Bare De vilde gøre Alvor af det, det var frygtelig morsomt! – Hør, hvad bliver det til med de Penge til Rundskueren? Jeg vil dog ikke haabe, det ikke er bleven til noget alligevel, jeg havde glædet mig saadan til det. – Er De tilfreds med Julevejret? Jeg er ikke. Jeg kan ikke fordrage Blæst og let Frost tilsammen, det er væmmelig hundekoldt Om Forladelse, uden dog at være ordentlig Vinter, saa det kan ses. – Fy, det er fælt at høre hende spille Dansemusik, eller i alt Fald noget livlig noget, det minder mig om, at jeg i Morgen var bedt til Bal, men kun maa komme til gammelt Juleselskab paa Sandholt, hvor min højeste Fornøjelse vist bliver at blive spurgt ud om min Sygdom af Fruerne. – 1000 Tak Las for al den Fornøjelse jeg har haft af Deres Bøger! Endogsaa Kerteminde Avis har jeg læst med stor Interesse, det er vist et prægtig lille Blad. Medfølgende Udklip vil jeg ikke undlade at sende Dem, det kan umulig være undgaaet Deres Opmærksomhed. - - - - - Nu venter vi Dem altsaa alle tre en Dag, helst inden Nytaarsdag, da Jak. og Harald saa ere her, men kom ikke Søndag. – Vi glæder os alle til dem og bliver skuffede, hvis De ikke kommer. Selvfølgelig fra Morgenstunden (hvis De gidde.) - - Saa ”my pretty Las” vil jeg slutte denne Skrivelse, Trumpety – trumpety – bump! med de venligste Hilsner til Klax og dem og vil De ogsaa hilse Deres øvrige Familie. Deres heng. Alhed Warberg
+Erikshaab 1ste Juledags Aften 1895
+[Det følgende skrevet på side 1 på tværs over "Kære Las!"]
+Gode Las!
+En venlig Hilsen til Swansa og en hjærtelig Lykønskning til dem fra Christine.
+Til Lykke, min kære Ven (det er naturligvis Spøg). Efter Alheds Diktat (det er naturligvis Spøg). Hilsen fra Brandt.
+En venlig Hilsen sendes Klaks fra Elle</t>
+  </si>
+  <si>
+    <t>Maj 1896 eller 1897</t>
+  </si>
+  <si>
+    <t>Alhed Larsen
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Carl, Dedes legekammerat -
+Dry -
+Erhart -
+Louise Amstrup
+Ernst Brandt
+Julie Brandt
+Thora  Branner
+Louise Brønsted
+Hans Christian Caspersen
+Johanne Caspersen
+Anne -, Erikshaab
+Drude Jørgensen
+Johanne  Larsen
+- Lassen, Løjtnant
+Christine  Mackie
+- Petersen, Frk.
+- Povlsen, skrædder el syerske
+Albrecht  Warberg
+Andreas Warberg
+Else Warberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvem der boede i Heden på Fyn. Eftersom både Albrecht Warberg og hans datter, Alhed, var født på gården Ensomhed i Heden, må man formode, at der var tale om familiemedlemmer. 
+På Ølstedgaard boede familien Amstrup.
+Den Tutte, som Laura Warberg skal besøge, er muligvis en anden end Thora Branner, der oftest blev kaldt Tutte.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2128</t>
+  </si>
+  <si>
+    <t>Alhed Larsen og hendes far har været i Heden og få en liste over, hvad de skulle købe til nogle mennesker der. Derefter besøgte de Drude Vesterdal Jørgensen i Odense og var på pensionatet hos Louise (Lugge) og Andreas (Dede). De havde fået mange blomster i forbindelse med Louises fødselsdag. Dagen efter tog Alhed til Heden med varerne.
+Christine og løjtnant Lassen meldte pludselig deres ankomst den følgende dag, og Alhed fik travlt med at lave mad. Samme dag skulle hun til kaffe hos Amstrups, og Tante Visse (Fru Amstrup) var overraskende venlig. 
+Alhed glemte at få Louises vasketøj med fra Odense, så vasken er ikke så stor.
+Frk. Petersen skal holde ferie på Erikshåb en måned mod en betaling på 50 kr. 
+Astrid skriver, at hendes mor hellere må komme til Branners den 21. end den 20.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/g8vq</t>
+  </si>
+  <si>
+    <t>Kære Mor!
+Du venter vel snart med Længsel efter et ordentligt Brev herfra, men her er saa meget hver Dag, at det næsten er svært at fsaa Tid og i Gaar var her ingen post. Joh. skrev nok, at Far inviterede mig med til Odense, men saa kom vi i Tanker om, at vi hellere maatte køre til Heden og faa at vide, hvad de manglede i Gaarden og saa faa det købt med det samme. Dis, Joh. og jeg kørte D ["D" overstreget] derover og fik en Liste paa det altsammen. Vi rejste til Odense med 1/2 11 Toget og overraskede Lugge, der ikke kunde forstaa, at hun ikke havde faaet Brev hjemme fra. Kl 12 1/2 gav Far Chokolade i Elevatoren, derefter gik han til Stiftsprovstens, jeg Ærinder og Kl. 3 mødtes vi til Middag i Pensionatet, hvorfra vi telefonerede til Tante Else. - Da vi kom ind var Dede kommen. Lugge skulde i Skole og Chr. have Timer, saa gik Far, Dede og jeg ud til Vesterdal, hvor vi blev til Aften. Da vi kom tilbage til Pensionatet var der kommen nogle Stykker for at fejre Lugge, Tante Dry, Leutnant Lassen, Ernst Brandt og en Hr [ulæseligt]; deres Stue var propfuld af Blomster fra de to Fødselsdage, 3 Potteplanter, hvoraf de to pragtfulde gule Roser og c. en halv Snes Buketter. - Der blev drukken et Glas Portvin til Lugges Hæder. - Næste Dag kørte jeg over til Heden med Varerne, Dede var med, han kom med Iltoget! De var henrykte over at faa noget ind i Huset, saa de nu baade kan lave Mad og gøre rent. De gav os Kaffe med Kager. Om Aftenen var vi til Gymnastik. I Gaar vilde vi sove længe, men Kl. 9 kom der Ilbud om, at Christine og Leutnant Lassen ["Lassen" indsat over linjen] var kommen cyclende, saa Du kan stole paa at vi kom op i en Fart og fik lavet Kaffebord til dem og Huset gjort i Stand. Joh. passede Gæsterne, mens jeg lavede Maden. De fik klar Suppe med Melboller samt godt Pevrodskød med Røræg og Asparges og paa de smaa røde Tallerkener Rhabarbercompot med Svedsker uden om. Tante mener maaske, at det var "ro'rig" Mad, men den gled udmærket i dem, Far gav et Glas Rødvin. Kl. 3 1/2 cyclede de igen, Chr. skulde regisstrere [det andet "s" i ordet overstreget] til en Kirkekoncert Kl 6. Den Leutnant er rigtig flink, beskeden og nydelig af Væsen, men ustyrlig grim Vi andre skulde desværre til Ølstedgaard til Kaffe Kl. 4, jeg var for Resten hellere bleven hjemme for at puste lidt, vi have ["have" indsat over linjen] haft 4 Haandværkere og en Sadelmager i denne Uge, i Dag er der 3 Haandværkere, en Sadelmager og Erhart, der skal sy for Joh, der ["der" overstreget] som skal til Odense at spille i Eftermiddag, og Anne og jeg vadsker jo, saa jeg har egentlig ikke Tid at sidde her og skrive. - Vi havde det for Resten rigtig rart i Gaar derovre, Tante Visse var Elskværdigheden selv mod mig, hun havde "glædet sig saadan til at se mig"! (Joh. blev hjemme.) Nu glæder jeg mig selvfølgelig ogsaa til at se hende i Morgen! Far bad dem. - - Jeg ser først nu i Dis' Skrivelse, det om Taasinge, hun har ikke talt om det, Du kommer der vel slet ikke nu? men følges med Tante og Max til Korsør. - Vi har heldigvis glemt at faa Snavsetøj fra Odense; saa det bliver en dejlig lille Vadsk, saa kan de lade vadske derude for en Gang og vi kan betale Lugges af Husholdningskassen. Dede havde sit med; han gaar og morer sig storartet han og Carl har noget Sejlads for nede ved ["ved" overstreget] i den lille Aa. - Hvis jeg ikke faar den kemiske Opskrift nu med Posten, [ulæseligt ord] vi alt og vadsker det paa gammeldags Maner. - I Juni Maaned faa vi Pans og Dis' Veninde Frk. Petersen for 50 Kr., hun skrev og spurgte om vi vilde have hende en Maaned for 60 men Far vilde kun have 50 da hun var saa flink mod Dis. - Dette er skreven i lynende Fart. 1000 Hilsner til Tante, Max og Dig selv fra Alhed. 
+[Skrevet øverst på side 1, på hovedet i frhold til resten af brevet:]
+Kære Mor! Forleden fik jeg Brev fra Tutte, at Du maatte helst ikke komme d 20de, da de den Dag havde stort gudeligt Møde, men d 21de var Du velkommen, og Du må endelig ikke gøre Besøget for kort. Sidst havde de ingen andre Anstalter gjort end at rengøre Værelse til Dig, og det skulde det vel ["vel" overstreget] alligevel. Jeg kan vel nok på egen Hånd lade Povlsen sy den lyseblå Kjole til Præstekjole? Tøjet må vel være i en Kiste el lign? - Jeg er rengørende [teksten fortsætter øverst side 4, på hovedet:] og må derfor slutte med mange Hilsner til Dig - Tante og Max! Dis</t>
+  </si>
+  <si>
+    <t>1896-07-15</t>
+  </si>
+  <si>
+    <t>Albert Gottschalk
+Adolph Larsen</t>
+  </si>
+  <si>
+    <t>Alhed Warberg har været på besøg hos Larsen i Kerteminde.
+Albert Gottschalck, Johs. Larsen, Larsens bror (Agraren) og nogle fætre har været på tur til Fyns Hoved. De så en sæl, som Larsen lavede en skitse af.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/x5Hv</t>
+  </si>
+  <si>
+    <t>Kjerteminde 15 Juli 1896.
+Kære Alhed!
+Lige da De var kørt i Gaar kom jeg i Tanker om at jeg havde glemt at bede Dem hilse [noget af papiret mangler] me, og jeg vil gøre det nu skjønt jeg haaber at De har gjort det alligevel, og saa vil jeg takke Dem en Gang til fordi De kom, jeg er bange for at De ikke har faaet et tilstrækkeligt stærkt Indtryk af hvor glad jeg var ved at De var her. Det var en dejlig Tur ud til Fynshoved i Gaar og jeg sad hele Tiden og ønskede at [noget af papiret mangler] havde været me [noget af papiret mangler] kørte over Maale Bakke og Bøgebjerg Klint og kom først til Fynshoved om Aftenen, og spiste [noget af papiret mangler] da Solen gik [noget af papiret mangler] ved Siden af hvor [noget af papiret mangler] ste var der en [noget af papiret mangler] Del Folk inde fra [noget af papiret mangler] i Færd med at tærske Raps, en 3-4 [ulæseligt ord] Folk som hjalp hinanden og det gik temmelig lystigt til. Gottschalk blev efterhaanden saa oplivet som han ikke har været siden han kom. Vi kom ikke hjem før Kl. 1 ½. Jeg saa et dejligt Motiv der ude som jeg haaber jeg faar malet en Gang. Det var [noget af papiret mangler] ude paa Spidsen af Hovedet og det var meget stærkt Lavvande saa al den Klørtang som gror paa Stenene var oven for Vandet et langt Stykke ud [noget af papiret mangler] de en dejlig brun [noget af papiret mangler] Farve op mod Sol [noget af papiret mangler] for Resten lige er [noget af papiret mangler] bag en lav Skybanke i Horisonten og saa gik Agraren og [ulæseligt ord] mine Fætre ud i Vandet gennem Tangen, de vilde ud at svømme sammen med en Sælhund som laa et lille Stykke ude og iagttog dem med megen Interesse men den holdt sig dog i passende Afstand hele Tiden. Sælen hører vist nok ikke med til Motivet, som jeg skyndte mig at lave en Aquarel af i min Skitse [noget af papiret mangler] men det blev naturligvis noget Skidt, da det hele forandrede sig meget hurtigt. Jeg har [noget af papiret mangler] fortalt Dem at jeg havde anmeldt Tjalfe til Optagelse i HundeStambogen, jeg fik i Dag Brev om at møde med den i Odense den 28 Juli, saa hvis jeg skal tage Hensyn til det, kommer jeg vel ikke ud af Landet i denne Maaned.
+Mange Hilsner Deres Hengivne Johannes Larsen</t>
+  </si>
+  <si>
+    <t>1896-07-21</t>
+  </si>
+  <si>
+    <t>Højrup
+Erikshaab</t>
+  </si>
+  <si>
+    <t>Hedda -
+- Berg, Frøken
+Christine  Mackie
+Ellen  Sawyer</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvem R. Mortensen var.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0368</t>
+  </si>
+  <si>
+    <t>Laura Warberg har været på rotur uden om klipper og grotter. Hun og Christine har også været i Djurperdal, hvor Chriustine klatrede som en ged. Lauras sko måtte bagflikkes. Værelset er meget lille, og ingen sæder er polstrede. Selskabet skal til Höganäs.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/eXMn</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Hr Godsforvalter Warberg
 Erikshaab
 pr. Højrup
-Fyn. 
-[...100 lines deleted...]
-Hareskov
+Fyn.
+Danmark
+[Skrevet af ukendt:]
+9-6-03.
+30-1-2002. 
+[På kuvertens bagside:]
+Poststempler
 [I brevet:]
-Hareskov, Tirsdag Morgen 2/8 – 38
-[...322 lines deleted...]
-I Dag fik vi da endelig Breve, vi mødte Landposten ridende da vi gik ud efter Middag og fik hver sit Brev, han mente at Vejen kom i Orden saa at han kunde køre herud i Morgen. Kufferten har vi stadig ikke hørt noget om. Baronen har i Dag haft Appetit til alle Maaltider og næsten slet ikke Kvalme. Vi har været et Par gode Ture i Dag ogsaa, i Morges ude paa Fyns Hoved og i Eftermiddag syd paa langs Kysten. Vi begyndte som sædvanlig med Øllebrød og Kaffe og Julekage og til Middag fortærede jeg 1 ½ Portion Sagovælling og 3 stegle Torsk med Brød og Kartofler Kaffe og Julekage og til Aften spiste vi Knortegaasen der var ganske udmærket, og bagefter Smørogbrød. Vi kommer vel saa hjem Torsdag eller Fredag, Baronen vil nok helst være her til paa Fredag, hvorimod jeg nok vilde hjem om Torsdagen, for at have fri den første Aften, paa den anden Side har vi det jo ganske godt, saa det var jo ikke saa farligt at trække det en Dag længere ud, men dette Brev bliver altsaa det sidste Du faar herfra, forhaabentlig. Baronen har skreven Jagtbrev til Peter i Aften i Anledning af den spiste Knortegaas, det var rart at faa Brev fra Dig og det glædede mig at se at Du klarer Dig saa godt, Du har vel faaet Rul. Vi gaar hver Aften i Seng Kl. 8, men det er mig alligevel for tidlig, jeg kan nemlig ikke sove hele Natten, men det er maaske ogsaa fordi jeg ikke ligger saa komfortabelt som ellers, det var godt vi fik de uldne Tæpper med, for Sengen minder nærmest om en Iskælder, naar vi kryber i den om Aftenen, jeg ligger desuden med den sorte Trøje paa og Underbukserne om Benene. Ja nu vil jeg slutte dette underholdende Brev med mange kærlige Hilsner til Jer alle 3 fra Din
+Tirsdag - 
+Kæreste Abba!
+Dette bliver det sidste Brev fra Kullen, nu drager vi snart afsted, vi veed knap endnu hvorhen. Jeg har ikke faaet Brev fra R. Mortensen med Underretning om Turen til Trollhättan over Göteborg. I Aftes var vi en Rotur uden om Klipperne og Grotterne paa den ene Side (mod Sverig), det var efter et Par Dages Blæst bleven blikstille og dejligt; det var imponerende at see fra Dybet op ad de dejlige og mærkelige Stenkolosser. Om Eftermiddagen var vi i Djurperdal, men den var saa stejl, at jeg ikke vovede mig helt ned, Christine derimod klatrer som en Ged, det ser morsomt ud. Hun tænker paa i Dag at gaae til høje Kullen, jeg tør heller ikke tage den, men naar hun gaaer til Vejrs saa sidder jeg imens nedenfor, smukt er her allevegne. Men jeg er jo med de fleste Steder naturligvis, vi bestiller ikke andet spadsere, spise, hvile vi lidt og saa atter ud at trave, mine nye Sko maatte jeg i Gaar til Mølle med og faa dem bagflikket, endda jeg gaaer med de tykke Støvler om Formiddagen. Vi slaaer ikke Slag med de andre ret tidt, holder mest af at gaae alene. Det er et mageløst Vejr stadig væk! I Regn maae her ikke være godt, for vi har jo da bestandig ingen Steder at være. Paa Gaarden er kun Spisestuen med Borde og Stole og 2 Sofaer, og vort Værelse her er meget lille. Vi bliver ordentlig hærdede med haarde Sæder allevegne - - Stole – Bænke – Senge – og ude Stene, som vi jo meget ofte sidder paa, eller lige ned paa Jorden. I Gaar var vi i Mølle og inde i et Konditori at spise en Kage – der var polstrede Stole, et rent Velvære! og en Avis var der! ogsaa en Sjældenhed. Jeg sidder paa vor Bænk udenfor vor eget Logis, der er ikke tale om at skrive et Brev ved vort lille overfyldte Bord. Jeg har 6 Klipper for Øje her! Der staar en let Taage over dem til Morgen, Kl. er henad 8, Kl. 9 gaaer Brevene af og om Aftenen Kl. 8 kommer Posten. Christine glæder sig meget til at see Gruberne i Höganäss, jeg har nok, jeg vil nøjes med at høre om det. – Ja nu bliver dette Brev ikke længere, jeg skal ogsaa skrive til Tante Hedda. Det er vist rent galt, at jeg endnu ikke har gjort det, mente Elle. Det er jo glædeligt, at Frøken Berg skal have sin rare Enkemand. Nu kun de kærligste Hilsener til Eder allesammen fra Mor.
+[Skrevet langs venstre kant på sidste side:]
+Hils paa Gjelskov. Bare jeg dog kommer noget sammen med Ki[ulæseligt], mens de er der.</t>
+  </si>
+  <si>
+    <t>1896-07-24</t>
+  </si>
+  <si>
+    <t>Nordskov, 5390 Martofte, Danmark
+Odense, 5000 Odense, Danmark
+Klinten, 5300 Kerteminde, Danmark
+Højby, 5260 Odense, Danmark</t>
+  </si>
+  <si>
+    <t>Albert Gottschalk
+Christine Swane</t>
+  </si>
+  <si>
+    <t>Godset Erikshaab ligger midtvejs mellem Faaborg og Odense nær Brobyværk.</t>
+  </si>
+  <si>
+    <t>Johs. Larsen skal til Fynshoved for at tegne. Albert Gottschalck skal evt. med. Han har malet en skitse på Lundsgårdklinten. På onsdag rejser Johs. Larsen til Sverige.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/YMmj</t>
+  </si>
+  <si>
+    <t>Kjerteminde 24 Juli 1896
+Kære Alhed!
+Mange Tak for sidst! Jeg sidder her og venter paa en Vogn fra Nordskov som jeg skal køre med derud for at tegne og male ude paa Fynshoved Gottschalk tager med hvis han naar at komme hjem inden jeg er væk. Vi kom hjem Kl. henad 3 den Nat. Kl. 10 kom vi til Højby Uglen ville endelig have Kaffe og Vinerbrød i Kroen saa der gik en 20 Minutter inden vi kom af Sted og da vi naaede Gels Kro sendte jeg dem ned i Bækken for at skylle deres Fødder men jeg faldt i Søvn paa et Rækværk. Da vi kom hjem spiste vi en Del Honningmad og drak Mælk til. Det lød for Resten ikke til at overraske Nogen at jeg ikke var kommen før. I Aftes var jeg ude i Klinten og malede en Skitse af Motivet. Vejret var aldeles lige som den Aften vi var derude. Paa Tirsdag skal jeg altsaa til Odense med Tjalfe og paa Onsdag skal vi sejle til Sverige med Kuffen ”Vilhelm”, siger Fader. Nu maa jeg vist holde op for at være parat naar Vognen kommer.
+Vil De hilse dem alle sammen paa Erikshaab! Mange Hilsner til Dem selv fra 
+Deres hengivne
 Johannes Larsen</t>
-  </si>
-[...120 lines deleted...]
-Hermed Kontoaktiv. Naar den ikke er kommet før, er det fordi Puf og jeg hver Dag kører Fyen rundt og tegner til Achton Friis. D.v.s. vi begynder med om Morgenen at tage hen til Ladby og se hvordan det gaar med Udgravningen af Skibet. Stævnene og Rælingen har længe været fremme, det er noget længere men ikke saa bredt som Gokstadskibet og Forstavnen har en Manke af Jernspiraler saadan: [tegning] 12-13 Stykker og lige indenfor ligger et stort Anker med Kæde. Ellers er de nu ved at finde [tegning] en Del desværre ituslaaet Ragelse i Agterskibet, Del af Jern og Træ og Læder og vævet eller flettet Guldtraad og lidt Sølv. I Dag har det regnet godt, men desværre kort Tid i Formdg. Else og den lille er i Odense og Puf og jeg holder Grundlovsdag. D.v.s. jeg skriver Breve og om lidt kører vi hen til Skibet, da Holger og Gerda lige har [resten af brevet mangler]</t>
   </si>
   <si>
     <t>1896-07-31</t>
   </si>
   <si>
     <t>Marie Larsen
 Christine Swane</t>
   </si>
   <si>
     <t>Johannes Larsen har været på Fynshoved og lave studier samt tegning af en sæl. Han og Marie har været i Odense med hunden Tjalfe.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/Na5y</t>
   </si>
   <si>
     <t>Kjerteminde 31 Juli 1896
 Kæreste Alhed!
 De bliver maaske forbavset over at faa Brev fra Kjerteminde nu, men Grunden er, som De maaske kan tænke Dem at vi ikke ere komne af Sted endnu. Der har nemlig været tømrer paa Skibet og det er først blevet sejlklart i Dag, og nu retter det sig jo efter Vinden hvornaar vi kommer til at sejle, vi gad nemlig turne ud med god Vind d.v.s. Sydvest eller vestlig. Saa snart vi kommer til Sverige skal jeg saa lade Dem det vide. Jeg var saa ude paa Fyens Hoved i Lørdags og Søndags jeg tog derud Fredag Aften, ja det ved De jo, og laa om Natten hos den Mand jeg kørte med, da vi kom temmelig sent derud og jeg var bange for at de var gaaende i Seng der hvor jeg vilde være. Om Morgenen Kl 6 ½ fik jeg for Resten en udmærket Frokost som bestod af Brødkage og Stikkelsbærgelé oven paa jeg vilde ikke kunde have funden paa den Ret af mig selv paa den Tid af Dagen, men den var virkelig god. Vejret var udmærket og jeg fik lavet 2 Studier af Landskabet og en lille Tegning som jeg stod ude i Vandet og lavede, og desuden fik jeg lavet nogle smukke Tegninger af en Sælhund som var saa velvillig at lægge sig op pa en Sten et Stykke fra mig. Efter dem har jeg saa lavet et Billede til Biologen og sendt af Sted i Dag, men desværre naar jeg ikke at faa Pengene for det inden jeg stikker af. I Tirsdags var Marie og jeg i Odense med Tjalfe og Marie fik en Tand trukket ud, der var en Masse Hunde som skulde optages og det havde været meget morsomt at se hvis det Asen til Tjalfe ikke havde hylet i vilden Sky hele Tiden fordi han vilde lege med de andre Hunde og ikke kunde komme til det fordi jeg havde ham i en Snor, der var ingen af de andre Hunde som hylede saa han gjorde almindelig Opsigt. Det [er] sandt jeg har rent glemt at takke Dem for Brevet som jeg fik i Søndags. Marie havde det med ud til Godsforvalter Mohr, hvor [noget af papiret mangler] Christine som var kørt derud med den samme Vogn som jeg kørte til Nordskov med, og jeg gik der til for at køre med dem hjem. Jeg har aldrig været saa glad ved et Brev før. Jeg længes mere og mere efter Dem, men jeg synes alligevel ikke at der er saa længe til September. De ved vel Adr. Höljeryd
 Landeryd
 Sverige.
 og naar De faar at vide at vi er kommen derover vil De vel nok glæde mig med et Brev. Vil De hilse dem alle sammen fra mig.
 Mange Hilsener til Dem selv.
 Ærbødigst
 J. Larsen</t>
   </si>
   <si>
-    <t>1915-05-15</t>
-[...55 lines deleted...]
-Johan Larsen
+    <t>1896-09-13</t>
+  </si>
+  <si>
+    <t>Peter Hansen
+Peder Nielsen
+Christine Swane</t>
+  </si>
+  <si>
+    <t>Johannes Larsen boede, når han malede på Fyns Hoved, ofte hos landmand Peder Nielsen og dennes familie i Nordskov. Det var Peder Nielsens far, Niels Hansen, der sad model til billedet, som på grund af den iøjnefaldende baggrund kaldes Tapetmanden. 
+Maleren Peter Hansen gik til eksamen i stenografi for at kunne supplere sine indtægter ved at fungere som rigsdagsstenograf.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen tegner to urhøns og en skovdue. Det skal gå hurtigt, inden de rådner.
+Larsen skal den følgende dag til Nordskov og give Peder Nielsen, hvis far var model til maleriet Tapetmanden, en akvarel med udkast til maleriet. Det er Peder Nielsens fødselsdag.
+Larsen vil, når han får sine sko fra skomageren, gå ned til Alhed Warberg på besøg.
+Peter Hansen var ikke i avisen nævnt som en af dem, der bestod stenografieksamen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/AMtx</t>
+  </si>
+  <si>
+    <t>Kjerteminde 13 September 1896.
+Kæreste Alhed!
+Tak for Deres Brev, som jeg fik i Forgaars Morges da jeg kom hertil eller rettere sagt til Frokost da jeg stod op. Det er egentlig forfærdeligt saa man kan blive forvænt, jeg havde ventet at der var Brev fra Dem og var bleven meget skuffet hvis der ingen havde været. Jeg havde 2 Urhøns og en Skovdue med hjem, som jeg har haft saa travlt med at tegne at jeg omtrent ikke har været uden for en Dør siden jeg kom. Nu er jeg i Færd med at tegne Skovduen men da jeg opdagede at Posten gaar om 3 Kvarter sætter jeg mig til at skrive for at De kan faa Brevet i Morgen. Det er ganske forbistret med de Fugle, jeg maa jo tegne dem i en Fart inden De raadner og saa sidder jeg her og tegner mens det klør i mig efter at komme ud i Marken og se hvordan Tjalfe vil behandle en aaben Mark efter al den Skovjagt. Og saa er der en Ting til, i Morgen er det den 14 og saa har jeg lovet den Mand som jeg boede hos i Nordskov at komme ind og forære ham en Kopi i Vandfarve efter ”Ta[pet]manden” det er nem[lig] hans afdøde Fader og der existerer ingen andre Billeder af ham og i Morgen er det Sønnens altsaa den først omtalte Mands Fødselsdag. Gud ske Lov har jeg da Billedet færdigt d,v,s, jeg havde malet det inden jeg rejste til Sverige og har sat 2 Knapper i Træk frem i Dag, og faaet Christine til at hente en Ramme hos Glarmesteren som jeg havde tilovers fra mine Billeder i Foraaret og som viste sig at passe udmærket. Nar jeg saa faar det overstaaet og Fuglene holder sig saa jeg kan fortsætte med dem paa Tirsdag og jeg har haft mine Sko hos Skomageren og er bleven klippet hos Barberen kan De vente at se [noget af papiret mangler] med det første. Jeg kommer nok til at gaa derned for jeg aner ikke hvor jeg skal opdrive Rejsepenge. Har De læst i Politiken om Stenografexamen, det saa ikke ud til at Peter havde bestaaet men mon ikke det er en Fejl. Jeg kan næsten ikke tænke mig den Mulighed at han skulde være dumpet, det Bæst kunde ogsaa gerne skrive hvordan det var gaaet. Havde jeg bare en Bicycle, om Forladelse, Cykle, saa kunde jeg meget bedre komme af Sted. Jeg begynder at spekulere paa at laane en. Nu maa jeg holde op for at faa Brevet med. Mange Hilsner til vi ses.
+Deres hengivne Johannes Larsen</t>
+  </si>
+  <si>
+    <t>1896-12-01</t>
+  </si>
+  <si>
+    <t>Heden, Fyn
+Gelskov</t>
+  </si>
+  <si>
+    <t>Ellen Agnete Amstrup
+Niels Elgaard Amstrup
+Adolph Larsen
+Johanne Christine Larsen
+Niels Madsen
+Otto Emil  Paludan
+Albrecht  Warberg
+Laura Warberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Alhed håber, at Johannes Larsen kan komme på besøg snart. Hun spørger, om hun må kalde ham "allerkæreste Las".
+Alhed har været til middag hos gårdmand Madsen. Hendes søsters barn, Agnete (Nete) var også til stede.
+Hun spøger til Johannes Larsens maleri af Agraren (= På andetræk).</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/jJaI</t>
+  </si>
+  <si>
+    <t>Kære Las!
+Jeg kommer pludselig i Tanker om, at jeg vil hen at skrive et Brev til Dem; eller i alt Fald at begynde paa ét, jeg bliver næppe færdig, da Kl. er mange. – Mor gik i Seng for lidt siden, og Dis og Johanne satte sig hen at læse Latin. Saa slog det mig, at jeg egentlig ikke kunde tage mig noget bedre for end at sætte mig hen og sludre lidt med Dem, hvorfor jeg pakkede mit Strikketøj sammen og gik op til Palam, der gav mig dette Stykke ualmindelig pæne Brevpapir, der er meget delikat at skrive paa. Og nu sidder jeg her paa Far’s Plads lige over for Palam – Mon jeg skulde være søvnig?? nu har jeg jo skreven over én Side, og jeg har endnu ikke fortalt Dem Spor af andet, end at jeg har sat mig hen at skrive til Dem. - - Nu skal jeg se at finde paa noget lidt morsommere. Jeg har for Resten ikke oplevet noget, tror jeg, undtagen at det har været henrivende Vejr i de sidste Dage, men det har De forhaabentlig ogsaa oplevet. Har det ikke været bedaarende? Mon det skulde blive saadan et Vejr paa Søndag, Mandag og Tirsdag?? Og mon De i saa Fald skulde komme herhen??? Det er nu næsten en Skam at plage Dem (Ah! der fik jeg to dejlige Chokolader af Palam, uhm, de smagte godt.) det er jo saa nemt for mig at sidde her og bede Dem men paa den anden Side kan det jo ikke nægtes, at der kun er faa Søndage til Jul, saa hvis De skulde naa at komme her én Gang til inden Jul, saa, - - naa, men jeg hader Overtalelser, og jeg vil derfor ikke sige mere. – Dis og jeg har været ude at spadsere sammen hver dag i i disse Dage, forleden Aften var vi oppe paa ”Orene”, De ved nok, Bakken med Træerne paa Toppen. Der var dejligt oppe. Nu begynder vi at hige efter Skøjteføre, vi have været ude paa Dammen ved Gelskov, - men den knagede paa det frygteligste. Der gik to smaa modige Drenge derude, og de gav paa det tydeligste deres Foragt og Mishag til kende, da vi hylede og løb tilbage igen. – I Lørdags var vi til Ædegilde ovre hos Gaardmand Niels Madsens i Heden, det er nogle aldeles enorme Stege og Kager, de sætte for os, saa vi maa jo spise os halvt fordærvede for blot at faa det til at svinde en lille Smule i det. Lille Nete sad og spiste, saa hendes Kinder blussede. Onkel Amstrup og jeg dansede Trippevals efter Bordet for at faa det rystet lidt sammen. – Christine var her i Søndags og kom ogsaa i dag et lille Svip, vi fulgte hende paa Vej i det dejlige Vejr. - - Er De flittig i disse Dage? De skrev om at male ude paa Agraren, det maa ellers være vældig koldt, hvor kan De holde paa Penslerne? – Saa, nu ere de færdige med Latinen derinde (de have begyndt at læse Latin hos Far), saa skulle vi i Seng. – Godnat allerkæreste Las! (Skal jeg kalde Dem saadan?) Jeg tænker paa Dem fra Morgen til Aften i disse Dage. – Jeg vil for Resten hellere slutte Brevet med det samme, det er ikke sikkert, jeg faar Tid at skrive i Morgen Formiddag, vi storvasker. Altsaa Farvel med det samme 1000 kærlige Hilsner fra Deres Alhed.
+Erikshaab d. 1ste December 1896.</t>
+  </si>
+  <si>
+    <t>1897-11-14</t>
+  </si>
+  <si>
+    <t>Adolph Larsen
+Vilhelm Larsen</t>
+  </si>
+  <si>
+    <t>Der er muligvis tale om planker fra familien Larsens svenske skove indsejlet til Kerteminde på I.A. Larsens fragtskibe.
+Adolph Larsen (Agraren) er elev på Dalum Landsbrugsskole.
+Den omtalte tante til Alhed Larsen kan være Wilhelmine Berg f. Brandstrup, som drev pensionat i Gothersgade og var Alheds mors halvsøster.</t>
+  </si>
+  <si>
+    <t>Vilhelm og Johannes Larsen har hjulpet med planker hele dagen. 
+Johannes Larsen skal male på sit billede i det smukke vejr. Adolph Larsen (Agraren) befinder sig vist godt på (landbrugs)skolen. Johannes Larsen synes, det er trist, at Alhed skal til sin tante i København, og hun må i hvert fald komme til Kerteminde først.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/apFw</t>
+  </si>
+  <si>
+    <t>Kjerteminde 14 Novbr 1897.
+Min egen Kæreste!
+I Dag det er Søndag skal Du faa [et Par] Ord fra mig. Det maa [noget af papiret mangler] være en daarlig Postgang [noget af papiret mangler] mellem Fyn og Langeland, [siden] Du ikke havde faaet mit [Brev] da Du sendte Dit af Sted, men Du fik det vel saa strax efter. I Gaar var Klaks og jeg ude at hjælpe til med Plankerne hele Dagen og i Aftes var jeg i teknisk, saa jeg naaede ikke at skrive i Gaar, hvad der ellers var min Hensigt. Det er et ualmindelig smukt Vejr i Dag, Solskin og meget mildt, jeg skal ud at male paa mit Billede. Sidst [jeg] var der ude, fortalte jeg Dig vist at det blæste for stærkt til at male, men jeg malede saa paa det efter Hukommelsen Dagen efter, hvad jeg tror nok [noget af papiret mangler] paa det, og jeg tænker j[eg kan] faa gjort en De[noget af papiret mangler] Aften hvis Vejret ho[lder] hvad det lover. Agr[aren] er her i Dag. Han kom [noget af papiret mangler]ende fra Ullerslev i Aftes, og lader til at befinde sig helt vel henne paa Skolen. Jeg er ked af at Du alligevel skal ind til Din Tante i Kjøbenhavn, efter hvad Du fortalte sidst haabede jeg paa at det skulde gaa i Stykker, men nu det lader til at blive til Alvor er jeg meget ked af det. Du maa i et hvert Tilfælde komme her først, enten Du saa rejser hjem eller til Kjøbenhavn. Du faar ikke mere [noget af papiret mangler] denne Gang, jeg [vil] snart skrive igen, [noget af papiret mangler] mig se at Du ogsaa [noget af papiret mangler] det. Mange kærlige [Hil]sner fra Din hengivne
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1897-12-13</t>
+  </si>
+  <si>
+    <t>Christine Swane</t>
+  </si>
+  <si>
+    <t>Horne, Fyn</t>
+  </si>
+  <si>
+    <t>Anna 2 -
+Christian Andersen
+Christian Eckardt
+Margrethe  Eckardt
+Adolph Larsen
+Jeppe Andreas Larsen
 Johannes Larsen
 Marie Larsen
-Ellen  Sawyer
-[...42 lines deleted...]
-Martha Friis
+Vilhelm Larsen</t>
+  </si>
+  <si>
+    <t>Christine bor hos Sybergs i Svanninge, mens hun går på Teknisk Skole i Faaborg.
+VB er muligvis Victor Bøttern.
+Doktor Engel er muligvis familien Eckarts læge i Småland.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv</t>
+  </si>
+  <si>
+    <t>Tak til Christine Swane fordi hun har mulighed for at give Sybergs et lille afdrag. Johannes Larsen er hos Christian Andersen i Nordskov.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/bggI</t>
+  </si>
+  <si>
+    <t>Kjerteminde den 13/12
+Kjære lille Ugle!
+Da vi nu sendte VB afsted saa glædede vi os rigtignok ved at tænke paa dig i morgen Gud ske Lov du lille Kjære at du inden du tager hjem kan give dem et Afdrag
+Fader er ikke tilstede det var jo ham der skulde takke for sit Barn men du faar nøjes med min han blev saa glad ved Brevene fra dig og Marie – og fra Eckardt, Margrethe havde faaet en Splint ind i sin tommelfinger. Doktor Engel saa maatte trække den ud saa Fingeren smertede endeel Dumpe hørte vi ikke fra kommer der ingen nu saa maa jeg have fat i Telefonen om lidt
+Det er en Glæde at læse om hvor godt dit Arbejde lykkes. Du vil ordentlig vise frem naar din store Broder kommer og hente dig hjem
+Agraren var hjemme igen og spiste en ordentlig deel Grisemad. Tilmorgen sorte Pølser inden han kjørte – du maa endelig skrive ham til lille han var meget bedrøvet fordi du ikke svarede ham, nu skriver jeg til Marie at hun skal se at faa Vished for naar hun kan komme for Agraren skal allerede i Skole igjen den 3. Jannuar
+Du maa endelig gaa til Horne inden du kommer hjem Maren er meget opsat paa den Hilsen fra Hjemmet den lille Hund er paa Besøg [ulæseligt] den gaar under Navnet Syberg men Klaks ønsker ikke at nævnes op denne Gang.
+Nu ligger her en Deel Strømper saa jeg maa nok heller tage Naal i Haand og saa med denne lille Lap – vi sees jo ogsaa snart og Nyt er her intet af
+Mange kjærlige Hilsener og Tak fra Fader og Moder og fra Brødrene
+Johannes er hos Christian Andersen
+Hils Alle</t>
+  </si>
+  <si>
+    <t>Erikshaab pr. Højrup</t>
+  </si>
+  <si>
+    <t>Louise Brønsted
+Christian Eckardt
+Kristina Eckardt
 Alhed Larsen
-- Petersen, Rylen</t>
-[...98 lines deleted...]
-    <t>Steen Steensen Blicher
+Johanne  Larsen</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvilken kopi det er, som Alhed Larsen har solgt.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB0342</t>
+  </si>
+  <si>
+    <t>Louise har bestået kemieksamen med glans. Mange andre klarede det ikke. 
+Alhed har solgt sin kopi for 70 kr.
+Laura, Alhed og en til har været til frokost i Tordenskjoldsgade.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/XJJe</t>
+  </si>
+  <si>
+    <t>Her Godsforvalter Warberg
+Erikshaab
+pr. Höjrup
+Fyn.
+[Kuvert bagside:]
+Hilsen til alle paa Haabet fra Familien Zulu. 
+[I brevet:]
+Fredag KL. 4½.
+Kære Abba !
+Muk bestaaet med Glands i Kemi; var oppe i Kulstof og sagde ingen Fejl. Flere andre af dem der bestod, klarede sig ikke nær saa godt. Jeg kom i Formiddags og tog næsten Alhed paa Sengen. Hun har solgt sin Kopi og faaet 70 Kr. for den. Jeg gik uden Indbydelse med hende og Mo[ulæseligt] til Frokost i Tordenskjoldsgade, blev vældig pænt og venligt modtaget var der 2 Timer. Har nu været paa en lang Visit i Læssøegade, skal til Christian og Stine i Morgen til The med Junge, jeg naaer alt udmærket!.
+Det er Middag nu!
+Muk er straalende, hun havde været meget ængstelig.
+Mange Hilsener.
+Din Smaa.</t>
+  </si>
+  <si>
+    <t>1898-01-19</t>
+  </si>
+  <si>
+    <t>Frøken Agnes -
+Berta Brandstrup
+Ludvig Brandstrup, billedhugger
+Julie Brandt
+Frederik Gad Clement
 Franziska  Erichsen
-Joakim  Skovgaard</t>
-[...312 lines deleted...]
-[På kuvertens bagside:]
+Ludvig Find
+Svend Hammershøi
+Hans Nikolaj Hansen
+Marie Henriques
+Bernhard Hirschsprung
+- Hr. Alb.
 Johannes Larsen
-Kjerteminde
-[...3 lines deleted...]
-Siden Din Opringning har jeg hver Dag planlagt at sende Ex libris Tegningen, men enten har det været efter Posthusets Lukketid, naar jeg holdt op med mit Arbejde eller ogsaa har det været saa sent at jeg ikke kunde naa det. Du skal derfor have et Søndagsbrev med Meddelelse om at den kommer inden længe. Christi Himmelfartfartsdag kørte Else Puf Jeppe og Thora paa Udflugt med Historisk Samfund for Fyen til Sanderumgaard Rønningesøgaard – Frokost i Christianslund og derfra til Juelsberg og hjem. Paa alle 3 Gaarde blev der holdt Foredrag om deres Historie, paa den første af Ejeren, paa de 2 andre af Adjunkt Blomberg, der er Selskabets Sekretær. Det var et ordentlig Rykind, der var ca 400 Mennesker, de fleste i private Vogne men ogsaa Turistbiler fra Odense og Faaborg. Jeg er nu naaet til at faa lavet 18 Akvareller til den grimme Ælling, men saa er der jo 16 igen saa det varer jo noget inden den bliver færdig. Jeg har hidtil i det højeste kun kunnet præstere at lave en om Dagen. Forøvrigt har vi det godt og jeg skal hilse fra Else og Puf. Mange Hilsener ogsaa til Elisabeth og Adam
+Frederik Lützhøft
+Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>Det er uvist, hvem baronessens søstre og deres mænd er. Ligeledes konsulen.
+Familien Hirschsprung boede i Tordenskjoldsgade.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2133</t>
+  </si>
+  <si>
+    <t>Alhed sender en fødselsdagshilsen til sin mor og glæder sig til, at hun kommer til København. Der er så megen festivitas, at Alhed slet ikke har tid til at male.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/kvAt</t>
+  </si>
+  <si>
+    <t>[Skrevet på tværs øverst s 1: Tak for Kjolen som kom udmærket! 19/1 – 98]
+Kære Mor!
+Det er vist egentlig skrækkeligt, at jeg ikke endnu har ladet høre fra mig, men det gaar saa hedt med Selskabelighed, at jeg knap kan faa tid til det allernødvendigste, som f. Ex. at ri Strimler i mine Kjoler. Men nu, da d. 20nde er kommen kan jeg jo ikke trække det ud længere med at skrive, men vil sende Dig min hjærteligste Lykønskning til Din Fødselsdag samt en lille Redegørelse gørelse for, hvad jeg har taget mig til, siden jeg rejste. At male Vinterasters blev der ikke noget af, de var forbi, da jeg kom herind, men paa en Maade var det heldigt, da der vist umulig kunde være bleven Tid og Ro til at male. – Den første Aften, jeg var herinde, havde Lud og Bertha et lille Gilde, Konsulens, Frk. Henriques, Frk Agnes, og Malerne Find, Clement og Hans Nickolaj Hansen. Vi morede os storartet, drak en Masse Rødvin og endogsaa en Fl. Champagne, holdt ud til Kl. 2. – Næste Aften var Fornøjelsen af en lidt anden Art, det var nemlig det fine selskab hos ”Bernhardts”. Men jeg morede mig udmærket ogsaa der, det var umaadelig fint, den bedste Mad, jeg har smagt, og det nydeligste Bord, jeg har set. Der var bl a. 2 Søstre til Baronesserne med deres Mænd.. Jeg havde Hr. Alb. til Bords. – 
+De sidste 8 Dage har Las været her, og Du kan tro, vi har moret os sammen, vi har spadseret, været paa Kunstmusæum 2 gange, spist sammen paa Kafféer og saa i øvrigt besøgt vore fælles Venner. – I Forgaars var vi i Dagmartheatret til ”Kongesønner”, en Aften sammen med en halv Snes andre ude i Sommerlyst at høre Lützhøft synge; i Aftes var vi til Gilde ude hos Schous, vi var 17 Mennesker, Lud og Berta var med, Lützhøfts, Kunstnerens Søster og en hel Masse Malere. – Vi morede os aldeles storartet, Lüthøfts sang, Pan fortalte fynske Historier, en sang sjællandske Viser, en anden italienske, lille Hammershøj dansede ”Tarantel” o.s.v. – Vi holdt ud til Kl. 3½!! - -
+I Aften skal Las til nogen, jeg ikke kender og jeg til Middag i Tordenskjoldsgade – Pan ville have sendt Dig en Alpeviol, men jeg raadede hende til at vente, da Du ellers maatte rejse fra den. Det er forfærdelig morsomt at Du kommer det bliver vel med det første, det kan være, Du afløser Las, han rejser Fredag. – Nu kun 1000 Hilsner til Eder alle, hils ogsaa min ”Gamle”. Endnu en Gang ”til Lykke”
+Din A.</t>
+  </si>
+  <si>
+    <t>1898-01-25</t>
+  </si>
+  <si>
+    <t>Christian Andersen
+Ludvig Brandstrup, billedhugger
+Frederik Gad Clement
+Fritz Jürgensen
+Knudsen
+Marie Krøyer
+Peder Severin Krøyer
+Jeppe Andreas Larsen
+Vilhelmine  Larsen
+Peder Møller Hansen
+Emil Opffer
+Frederik Rex
+J W Winckler</t>
+  </si>
+  <si>
+    <t>Alhed Larsen er i København bla. for at tage sangtimer hos Hedevig Lützhøft. 
+En klodsemager lavede trætøfler.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har været til koncert med Opffer i Nyborg, og de har besøgt fugleskydningspladsen. Larsen skal male en plade til skydebrødrene med kronprinsen og det lokale landskab som motiv. Opffer har givet Larsen en mappe med tegninger af Fritz Jürgensen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/d8X9</t>
+  </si>
+  <si>
+    <t>Kjerteminde 25 Jan. 1898.
+Min egen Kæreste
+Som Du ser er jeg nu [noget af papiret mangler] igen. Jeg synes det er [noget af papiret mangler] lang Tid siden jeg skre[noget af papiret mangler] det syntes jeg allerede [noget af papiret mangler] jeg maa vist til at lægge nogle Baand paa mit Skriveri ellers er jeg bange for at Du enten bliver ked af mine breve eller ogsaa for fordringsfuld. Er det ikke godt regnet ud? Kl. er nu 6 saa jeg har 1 ½ Time til jeg skal i Skole. Jeg rejste saa til Nyborg Kl. 4 i Søndags og kom derud Kl lidt før 6. Efter at have spist til Aften hos Opffer og nydt en [noget af papiret mangler]du var vi paa Konce[noget af papiret mangler] gik derefter hjem og fik en Toddy og sad og sludrede bl. andet om min Kjøbenhavnstur og om Malerne paa Fyn [noget af papiret mangler] Morgen fik jeg The paa [noget af papiret mangler] da jeg var ved at klæde [noget af papiret mangler] saa kom Opffer og [noget af papiret mangler] mig med Sang og [noget af papiret mangler]spil. Op paa Dagen var vi hos Fuglekongen Klodsemager Winckler som kørte for os ud til Fugleskydningspladsen hvor vi fik Kaffe og Kognak og talte om Skiven, som skal forestille et Brystbillede af Kronprindsen med et Landskab derude fra til Baggrund som jeg skal ud at male naar Skoven springer og faar 40 Kr. for. Da vi kom [noget af papiret mangler] forbløffede Opffer mig med at læse et Par Artikler op for mig af ”Nyborg Avis” en om Malere paa Fyn og en om Brandstrups Statue af Kongen, o[noget af papiret mangler] begyndte saaledes: [noget af papiret mangler] til os fra Kjøbenhavn [noget af papiret mangler] indeholdt Sætning [noget af papiret mangler] Hesten udmærker sig [noget af papiret mangler] Renderes Mening o.s.v. ja nu kan jeg ikke huske det. Fader var saa i Nyborg i Dag med Møller Hansen og Kl. 3 kørte jeg for dem her til. Jeg sender Dig her Programmet over Koncerten for at Du kan se hvad jeg hørte. Vi kom ved No 8. Frk. Knudsen er en dame fra N[noget af papiret mangler] som efter min Mening [noget af papiret mangler] kønt. Tak for det Brev der laa her til mig, jeg var lige ved at blive skuffet, for jeg havde nemlig ventet at der [noget af papiret mangler]nen da jeg spurgte [noget af papiret mangler] det, sagde han at [noget af papiret mangler] igen, saa jeg blev glædeligt overrasket da Moder [noget af papiret mangler] mig at der alligevel var Brev. I Gaar var jeg flere Gange betænkt paa at skrive til Dig fordi jeg havde glemt i Søndags at fortælle at jeg saa Dig staa oppe i Vinduet da Du havde tændt Lys og at jeg tog Huen af og vinkede til Dig, jeg kan ikke forstaa at Du ikke saa mig da jeg stod midt Gaden ikke ret langt fra en Lygte [noget af papiret mangler] efter min Mening [noget af papiret mangler]lagtigste Sted. Men saa var det at jeg kom i Tanker om at jeg ikke skulde forvænne Dig. Lad mig med det samme fortælle Dig [noget af papiret mangler] for mit Vedkommende [noget af papiret mangler] Fare for hvordan det [noget af papiret mangler] det andet, men at [noget af papiret mangler] en hver Tid gerne [noget af papiret mangler] skrive til mig. Jeg vidste godt at det sidste Brev jeg skrev var No 100, for Du havde fortalt mig det i Kjøbenhavn, og det eneste tilfældige ved Brevet var de Blomster fra Allerup, de andre havde jeg bestemt til Dig længe i forvejen. Jeg elsker dig. Det var meget rigtigt af Dig at give Fru [noget af papiret mangler]strup Havlitterne. [noget af papiret mangler]samme og det var jo noget Sludder af mig med Fødselsdagen, da jeg jo ikke kunde [noget af papiret mangler]gen Mening om hvor [noget af papiret mangler] var. Naa saa Du [noget af papiret mangler]nes af Clement, det [noget af papiret mangler] mit Motiv. Det [noget af papiret mangler] morsomt at Du har faaet alle de Sølvsager. Synes Du ikke godt om Krøyer? Chr. Andersen var kommen til Nyborg i Dag, men Damperen han skulde lade hos var ikke kommen endnu. Opffer forærede mig en Mappe med 108 Tegninger af Fritz Jürgensen, han havde [noget af papiret mangler] den ny Udgave og [noget af papiret mangler] ikke om at have Doubletter af dem, jeg har lige været henne og lægge dem i Orden. Du kan tro jeg glæder mig over [noget af papiret mangler] skrive at Du er sa[noget af papiret mangler] ved mine Breve [noget af papiret mangler] og venter paa dem om Morgenen, jeg skal nok gøre mig Umage for ikke at lægge alt for meget Baand paa min Lyst til at skrive til Dig, det er vist ogsaa svært, naar jeg holder saa meget af Dig. Jeg elsker Dig og jeg vil snart giftes med Dig. Nu faar Du ikke mere denne Gang, men kan Du nu være rigtig sød og skrive snart til Din Kæreste. Jeg skal hilse Dig fra Fader [noget af papiret mangler] Fra mig selv mange kærlige Hilsner, bare Du var her at jeg kunde kysse Dig. [noget af papiret mangler]nart!
 Din hengivne
 Johannes Larsen.</t>
   </si>
   <si>
-    <t>26. jul. 1921</t>
-[...1582 lines deleted...]
-Emil Brandstrup
+    <t>1898-02-03</t>
+  </si>
+  <si>
+    <t>Jens Theodor Berg
+Wilhelmine Berg
 Johanne Christine Brandstrup
-Lauritz  Brandstrup
-[...24 lines deleted...]
-Mange Tak for Dit lange Brev i Gaar; i de sidste Dage har jeg saamænd da ikke kunnet klage paa Breve! Vil Du takke Fader for hans Brev som jeg blev meget glad ved! Jeg var i Aftes henne ved 10 Toget for at tage imod den gamle. Hun var øjensynlig glad ved, at jeg var der, og overrakte mig strax mine Sko og den brilliante Julekage, som jeg gjorde et godt Indhug i, da jeg kom hjem; Resten skal føres ind paa Fabriken i Morgen. – Jeg sidder nede hos Bedstefader og skriver dette; Bedstemoder er i Skoven med Onkel Emil; men jeg vil ikke paastaa, at her er videre Ro til at skrive, for Bedstefader vaagnede strax efter at de vare gaaede, og nu kalder han mig hvert Øjeblik derind, mest for at gaa paa Fluejagt. For et Øjeblik siden kom der en Herre (Strøm) e[udstreget t]n vældig Buket Roser, som jeg nu har stillet i en Skaal. – Bedstefader har det ganske godt; men Bedstemoder mener ikke at han kan tage Turen til Banegaarden den Morgen, I kommer; for det første skulde han saa tidlig op og for det andet kan kan ikke taale at køre i Sporvogn. – Jeg vilde meget nødig gaa Glip af at ”støde til” Eder i Kjbn. og strax følges med til Sverig; men jeg tror ogsaa godt, at det kan lade sig gøre, selv om det skulde blive før den 1ste. Vi faar nemlig Betalingen fra Onsdag til Onsdag (den Dag skriver vi Regning) og kun for en Ordens Skyld er der Udbetaling om Lørdagen. Saavidt jeg husker fik de andre deres Penge den Torsdag de rejste, men dette skal jeg forhøre om derude. - - Jeg kan vist desværre ikke være paa Værnehjemmet efter den 5te, jeg tror de lukker helt efter den 5te, men det [det udstreget] forandrer maaske Sagen, naar jeg ikke skal spise der; hvis jeg kan være der, kan det vist godt lade sig ordn[udstreget bogstav]e med Johanne, det kan jo ikke genere nogen. – Jeg vil gærne have min Nederdel i Din Koffert, saa kan jeg jo godt have Resten i min Vadsæk. Det har desværre sin Rigtighed med de Penge. – Jeg var jo hjemme første ["r" i ordet indsat over linjen] Halvdel af sidste Maaned, (derfor hævede jeg saa sent), men desuagtet maatte jeg betale fuldtid; af Resten fik c. 30 til 2 store J [J udstreget] Syjomfruregninger, og Resten er nu næsten gaaet i den Maaned. Jeg skylder altsaa for denne Maaned 36 Kr og et Par fine Sko (5 Kr.) bliver jeg ogsaa nødt til at have, dem jeg havde i Vinter bleve helt dansede op til Sølvbryllupet, - og hvis vi skal se noble ud, maa jeg vist ogsaa have et Par Skindhandsker.! - - Degnen besøgte mig allerede Torsdag Morgen; i Dag Kl 7½ kom han igen, men jeg var ikke oppe, da Portnerkonen meldte ham – vi drikker først The Kl. 8 om Søndagen. Det var meget kedeligt, jeg Tænker næsten at han vilde have foreslaaet, at vi skulde gaa en Tur sammen; jeg kunde ikke gaa derhen bagefter, da jeg havde lovet en af de unge Piger (Frk Rasmussen) at hjælpe hende hendes Kuffert hen paa Banegaarden strax efter The! I Eftermiddag er jeg bedt ud til Caspersens i Taarbæk, Svend har taget en rigtig god Præliminærexamen – (86 Points), hvilket der er stor [lille g udstreget] Glæde over - - - - Jeg ved næsten ikke om det er værdt at jeg faar Tøjet sendt til den linnede; det er da urimeligt at jaske en ny Kjole af hjemme og naar jeg kommer her ligen [l udstreget] igen [e udstreget] er det vel for koldt til linned Kjole. Men er den pæn nok til Sverige, var de[t] jo rart at have den med der; og selv om jeg ikke fik saa meget Brug for den i Aar, kunde jeg jo gemme den til næste Aar; jeg vil naturligvis gærne laane den, men gør nu som Du synes. - - - - Min Aspargeskrukke kommer først ud i Morgen, jeg er meget spændt paa den. Løvetandskrukken var Glasuren saa velvillig at slaa i Stykker, men jeg var ikke synderlig ked af det, da det var før min Regningtid; nu har jeg lavet den om igen med flere heldige Forbedringer og tjent 10 Kr paa den; i Morgen gaar den i Branden. Jeg laver nu paa et nyt Aspargesmotiv og et nyt Løvetandsmotiv; det er to smaa, meget stiliserede Vaser, som Arkitekten synes rigtig godt om; de lader sig imidlertid ikke let forklare skriftlig. - - - - Nu er Christine nok kommen hjem; jeg skrev til hende og Tante i Fredags, men hun naaede vist ikke at faa det mens hun var der; det er et dejligt Vejr, de har i Svendborg i Dag. - - Nu er Klokken snart 2 og de ere mærkelig nok ikke komne; Bedstefader er snart lidt utaalmodig, han vil ikke staa op, før Bedstemoder kommer; jeg er af og til inde at snakke lidt med ham, og jeg har da faaet to Stykker Rugbrød med Boeuf til at glide i ham. Doktoren har snakket lidt ["lidt" udstreget] for dem om at komme lidt til Fyn, men det synes de begge er umuligt. - - - Vil de sige til Dis, at nu faar hun vist ikke Brev fra mig, før jeg kommer hjem. - - - - - Nu kun mange Hilsner til Eder alle hver især! Bedstefader beder hilse mange Gange. - - - Jeg glæder mig som sagt forfærdelig til Festen; nu er vi kun 3 paa Værnehjemmet, og alle mine Bekendte ere rejste, [det følgende skrevet op langs venstre margen] saa jeg er ["er" indsat over linjen] snart ganske utaalmodig efter at komme af Sted. Din Alhed.</t>
+Louise Brønsted</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0367</t>
+  </si>
+  <si>
+    <t>Laura Warberg blev ikke søsyg på turen. Louise skal til eksamen i kemi.
+Det er fuldt hus, så Laura ligger på sofaen. Lauras mor er ikke rask.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/lpjo</t>
+  </si>
+  <si>
+    <t>[Fortrykt:]
+Postvæsenets logo 
+KORRESPONDANCE-KORT.
+Til 
+[Håndskrift:]
+Hr Godsforvalter Warberg
+Erikshaab
+pr. Højrup
+Fyn.
+[s1:]
+Torsdag d: 3de
+Kære Abba! Jeg slap over Bæltet uden Søsyge kom først i Kahytten og fik den bedste Plads, hvor jeg laa uden at røre mig. Sov udmærket i Missionen og kom her til Kl. 10 til stor Glæde og Overraskelse for dem her. Jeg mødte Muk paa Trappen; hun skal op i Kemi i Morgen, er rask og ser godt ud. Her er fuldt Hus, saa jeg skal ligge paa Sofa i Zulus Stue, men det er jo rigtig godt; Mis siger at jeg kan være ganske ugenert her. I Aften gaaer jeg til Mor; de siger hun er ikke rask. Tag ikke de øverste Manchetskjorter til Arreskov, de er gule. Mange Hilsener! Jeg kommer altsaa Mandag. 
+Din Smaa.</t>
+  </si>
+  <si>
+    <t>Erikshaab pr. Højrup St.</t>
+  </si>
+  <si>
+    <t>Jens Theodor Berg
+Wilhelmine Berg
+Johanne  Brandstrup
+Louise Brønsted</t>
+  </si>
+  <si>
+    <t>Laura Warberg overnatter på sin søster (Mis) og svogers (Zuluen) pensionat.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, uden registreringsnummer ("Bibbe-brev"?)</t>
+  </si>
+  <si>
+    <t>Laura Warberg kom frem uden søsyge. 
+Louise skal til eksamen i kemi.
+Der er fuldt hus, så Laura skal sove i Jens*/Zuluens værelse.
+Albrecht må ikke tage de øverste manchetskjorter på til Arreskov.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/P2tE</t>
+  </si>
+  <si>
+    <t>[Fortrykt: Postvæsenets logo] 
+KORRESPONDANCE-KORT.
+Til 
+[Håndskrevet:]
+Hr Godsforvalter Warberg
+Erikshaab
+pr. Højrup
+Fyn.
+[s1:]
+Torsdag d: 3de
+Kære Abba! Jeg slap over Bæltet uden Søsyge kom først i Kahytten og fik den bedste Plads, hvor jeg laa uden at røre mig. Sov udmærket i Missionen og kom her Kl. 10 til stor Glæde og Overraskelse for dem her. Jeg mødte Muk paa Trappen; hun skal op i Kemi i Morgen, er rask og ser godt ud. Her er fuldt Hus, saa jeg skal ligge paa Sofa i Zulus Stue, men det er jo rigtig godt; Mis siger at jeg kan være ganske ugenert her. I Aften gaaer jeg til Mor; de siger hun er ikke rask. Tag ikke de øverste Manchetskjorter til Arreskov, de er gule. Mange Hilsener! Jeg kommer altsaa Mandag. 
+Din Smaa.</t>
   </si>
   <si>
     <t>1898-02-20</t>
   </si>
   <si>
     <t>Ullerslev</t>
   </si>
   <si>
     <t>Christian Andersen
 Mogens Brandstrup
 Albert Gottschalk
 Lea Gottschalk
 Christian Kampmann
 Johanne Kampmann
 Hedevig Lützhøft
 Nicolaus Lützhøft
 Johannes Magdahl Nielsen
 Ellen  Sawyer
 Karl Schou
 Marie Schou</t>
   </si>
   <si>
     <t>Alhed Larsen er i København, hvor hun modtager sangtimer hos Hedevig Lützhøft og er barnepige i flere familier.</t>
   </si>
   <si>
     <t>Alhed sidder med Brandstrups lille dreng på skødet, mens hun skriver.
 Karl og Marie Schou har fået at vide, at deres unge pige i huset lider af ligfald (epilepsi). Hun er straks rejst.
 Gottschalk er sur over, at hans mor kun vil give ham 25 kroner til rejsen til Fyn, og Alhed spørger, om Johannes Larsen ikke havde aflyst besøget.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/yxxC</t>
   </si>
   <si>
     <t>Kære Las!
 Du faar kun et lille Par Ord i dag. Det er Søndag, og jeg skulde naa at besøge baade Arkitekt Magdahls paa Nørrebro og Kampmanns og saa har jeg lovet at være hertilbage til Aften, at vi muligvis kunde faa os en hyggelig L’Hombre. – Jeg naaede akkurat at faa Dit Brev med Toget i Aftes, jeg gik rasende hurtig til Posthuset, - heldigvis er jeg jo ikke saa elendig til at gaa, som [ulæseligt ord] mener. – Monse vil absolut sidde paa mit Skød, mens jeg skriver, han stod og sagde ”ab” saalænge, at jeg maatte forbarme mig over ham; nu sidder han og siger ”kig” og prikker med sine smaa Fingre paa Papiret og er rasende sød. Han skulde passende sige Goddag Las men det har han helt vænnet sig af med. – Jeg var ude hos Schous i Aftes. Schou kom henne fra en Kunst[ulæseligt], belæsset med 40 Kr, som han havde tjent ved at tegne noget for ham. Han havde lige mødt Gottschalk, som beklagede sig over, at hans Mor kun vilde give ham 25 Kr. at rejse til Fyen for. Har Du da ikke svaret nej? han maatte da have faaet i det mindste Dit telegram den Gang. Tænk, Schous havde i Gaar faaet at vide, at deres Pige lider af Ligfald og Krampe, den Aften, de var hos Lützhøfts havde hun f. Ex. haft et Anfald og ligget besvimet lidt ude paa Køkkengulvet. Det er fælt at tænke paa, hvad den arme [ulæseligt ord] har været udsat for med saadan en Beskytterinde. Hun rejste strax i Gaar. – Dine Bøger var komne i Gaar. Tak for Dit Brev i Dag. Jeg glæder mig til at se Roserne i Ramme og meget til at se Chr. A. (Men næsten allermest til at se Dig selv. Jeg kan godt lide Dig.) – Du skal nu ikke køre til Ullerslev paa Lørdag, førend Du hører nærmere fra mig desangaaende. – Det glæder mig meget, at Du ikke tror, jeg vil forstyrre Dig. Jeg havde helt faaet Skrupler, da jeg hørte, Du var bange, Gottschalk skulde. – Sikken et Grisebrev, Du faar, Mense har ogsaa fedtet det, nu er han gaaet ned, men nu vil jeg slutte, fordi jeg ikke har Tid at skrive mere. – Elle kommer først paa Tirsdag. – 1000 af de allerkærligste Hilsner fra Din Alhed.
 20 – 2 – 98 -</t>
   </si>
   <si>
-    <t>1911-07-10</t>
-[...116 lines deleted...]
-St. Pauli Kyrkogatan 19</t>
+    <t>1898-03-04</t>
+  </si>
+  <si>
+    <t>Munkebo
+Brobyvejen, Fyn
+Lyndelse
+Odense</t>
   </si>
   <si>
     <t>Thora  Branner
+Frederik Hendriksen
+Jean Jensen
+Otto Emil  Paludan
+Julius Paulsen
+Albrecht  Warberg
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Det er umuligt at afgøre, hvilken Grevinde Ahlefeldt det er, som Julius Paulsen har portrætteret. 
+Julius Paulsen havde en udstilling på den Frie i 1898. Det er muligvis denne, der var omtalt rosende i Politiken.</t>
+  </si>
+  <si>
+    <t>Alheds mor har sat hende på fedekur, fordi hun hoster.
+En mand er kommet med Alheds staffeli, som han havde fundet på sin mark.
+Maleren Julius Paulsen har fået flotte anmeldelser i Politiken.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/xGTl</t>
+  </si>
+  <si>
+    <t>Kære Las!
+Jeg maatte holde saa brat op i Formiddags, at jeg hellere maa begynde igen, hvor jeg slap. Jeg fortalte vist, at det var gamle Jeans Fødselsdag og at hun blev meget overrasket, da hun kom ned i Morges og fandt Arrangement med Blomster og Gaver. – Nu har vi spist til Middag, - Suppe og Høns i Flødepeberrod med Rødvin til og om lidt skal vi have Chokolade med Bakkelse med Masse i, Tutte er hernede, saa jeg kan nok ikke sidde og skrive ret længe. – Tak for Dit Brev i Dag, jeg har indrettet det saadan, at jeg holder Frokost lige i Posttiden, saa nyder jeg Dit Brev til. Jeg spiser Æggekage med Angosturabitter til hver Formiddag; Mor forkæler mig paa det frygteligste, jeg har fortalt, at jeg ikke var rask i København, jeg havde ellers ikke skreven det, og nu er det saa uheldigt, at jeg igen har haft meget Hoste og Hæshed i disse Dage, saa Mor er begyndt paa den forfærdeligste Fedekur. Tænk Dig hun kommer op med Kaffe paa Sengen til mig hver Morgen for at jeg skal faa Tid til et Maaltid til, og jeg maa ikke staa op, før her er varmt. Og Du kender mig vist nok til at vide, at jeg finder mig med Sindsro deri, - jeg egner mig kun altfor godt til at lade mig forkæle! Men er det ikke flovt, synes Du? – 
+Næste Dag; - jeg gad vide, om jeg faar Brev fra Dig i Dag, jeg er ikke ganske sikker paa det. Kan Du sige mig, om Du er begyndt at længes lidt efter mig, jeg længes egentlig meget efter Dig. I Gaar Aftes i Mørkningen gik jeg en Tur med Gamle ud ad Brobyvejen, og jeg gik og tænkte saa meget paa Dig, og paa, hvor jeg holder forfærdelig meget af Dig. Jeg hørte nogle Vildænder, der fløj forbi højt oppe i Luften det mindede ogsaa om Dig. Far har det lidt bedre, i næste Uge maa han vist nok komme op. Jeg kan ikke sige Dig hvornaar jeg kommer, men kan du ikke skrive til mig om den Dagvogn gaar hver Dag fra Odense til Kerteminde og hvad Tid omtrent? – I Gaar kom der en Mand ovre fra Lyndelse med mit Staffeli, som var skyllet op paa hans Mark; jeg blev meget overrasket, da jeg trode jeg havde det i god Behold ude paa Loftet, men jeg maa altsaa have glemt det i Efteraaret da jeg malede derovre. – Sikken en Omgang Julius Poulsen faar i Politiken. ”Maler af Guds Naade”, . man skulde tro, Hr. Vikar var inspireret af gamle Hendrik. Jeg vilde for resten gerne se den Udstilling, det staar mig ikke klart, hvad jeg synes om J.P. Af hans større Billeder husker jeg et Portræt af Grevinde Ahlefeldt, som jeg syntes godt om, ligeledes Adam og Eva. Men forleden, da jeg var oppe hos Hendriks; stod hans 12-13 Billeder stillet op og af dem, var der kun et eneste, jeg brød mig om, et lille et af en Kone, der sidder paa en Stol. – Det glæder mig, at Du gik den lange Tur til Munkebo forleden og det er en nydelig Tur langs med Fjorden. - - Nu maa jeg slutte. Jeg er meget udgaaet for Brevpapir kan Du nok se, jeg maa have fat i Palam om noget nyt. – Vil Du hilse dem alle fra mig! 1000 kærlige Hilsner til Dig selv. hav det godt
+Din Alhed.
+4de Marts</t>
+  </si>
+  <si>
+    <t>1898-03-05</t>
+  </si>
+  <si>
+    <t>Louise Brønsted</t>
+  </si>
+  <si>
+    <t>Læreranstalten</t>
+  </si>
+  <si>
+    <t>Fyn
+Højrup</t>
+  </si>
+  <si>
+    <t>Daisy  Berg
+Wilhelmine Berg
+Johanne Christine Brandstrup
+Thora C
+Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>Louise Brønsted, f. Warberg, var under uddannelse som cand. polyt. i København. 
+Den lille pige er Wilhelmine Bergs datter, Daisy, som netop blev født 4. marts 1898. Pigens mor var Laura Warbergs søster. 
+Bedstemor var Johanne Brandstrup. Hun boede den sidste tid af sit liv hos Thora Caspersen og døde senere i 1898.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1374</t>
+  </si>
+  <si>
+    <t>En lille pige (Daisy) er blevet født. Hun er velskabt, og alt gik godt og nemt. 
+Det er trist, at Albrecht Warberg (Far) har haft det så dårligt. Sygdommen har taget meget på Bedstemor (Johanne Brandstrup).</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/gKby</t>
+  </si>
+  <si>
+    <t>[Fortrykt logo og:]
+KORRESPONDANCE-KORT.
+Til
+[Håndskrevet i adressefeltet:]
+Fru L. Warberg
+Erikshaab
+pr. Højrup
+Fyn. 
+[Håndskrevet i tekstfeltet]
+Læreanstalten d5te
+Kære Mor. Blot et Par Ord for at meddele jer, at vi i Gaar fik en lille Pige. Alt er gaaet over al Forventning godt; det hele varede kun fra 9 til 12 ½ altsaa ikke engang 4 Timer, ret rar ikke, særlig slemt, og Ungen er hel hun har det ogsaa godt [”hun har det ogsaa godt" indsat over linjen] og velskabt. Her er naturligvis almindelig Henrykkelse og Forbavselse over det gode Resultat; man siger, at hun kan takke alle sine Smerter i den sidste Tid for, at det er gaaet saa godt! Tak for det sidste Brev, tænk, at Far har været saa daarlig, men det er da godt, at det er bedre. Jeg var ude hos Bedstemoder i Gaar at meddele hende det gl. Budskab; det er forfærdeligt, hvor Sygdommen har taget på hende, - hun er kommen til at se saa meget ældre ud og har ikke mange Kræfter; men det er jo bedre og hun er oppe et Par Timer daglig. Thora C. er næsten helt rask. Hilsner fra alle til alle. Din heng. Mug.</t>
+  </si>
+  <si>
+    <t>1898-03-23</t>
+  </si>
+  <si>
+    <t>Ringe, Fyn</t>
+  </si>
+  <si>
+    <t>Ludvig Brandstrup, billedhugger
+Julie Brandt
+Thora  Branner
+Christian Eckardt
+Christian Kampmann
+Johanne Kampmann
 Adolph Larsen
 Johanne Christine Larsen
+Vilhelm Larsen
+Henry Lørup
+Christine Swane
+Fritz Syberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Johannes Larsen er gået hjem efter at have fulgt Alhed til toget. Han gik omkring Ringe.
+Han har invitationer til åbningen på den Frie Udstilling, som Alhed kan give til Kampmanns, Pan (som han staver pang) og søstrene. 
+Fritz Syberg (Baronen) er syg og mener selv, at det er influenza. Andre mener, han arbejder for meget.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/pUYH</t>
+  </si>
+  <si>
+    <t>Kjerteminde 23 Marts [noget af papiret mangler]
+Min egen Kæreste!
+Jeg er nu kommen hjem fra Skolen og benytter Tiden til jeg skal af Sted til at skrive et Par Ord til Dig, saa tager jeg Brevet med naar jeg kører, og Du faar saa Brev i Morgen, det er vist mere end jeg gør. Da jeg kom [noget af papiret mangler] eller spurgte jeg Post[noget af papiret mangler] hvornaar han kørte [noget af papiret mangler] viste sig saa at jeg [noget af papiret mangler] vente over en Time [noget af papiret mangler] jeg vilde køre og saa [oven i] Købet komme for [noget af papiret mangler] og ingen Mad faa. Saa gik jeg naturligvis og Vejen var ikke saa slem endda [noget af papiret mangler] næsten slet [noget af papiret mangler]et her oppe omkring [alle]rede fra Ringe af saa jeg ingen Sne paa Markerne. Klaks mødte jeg et Stykke uden for Byen med Bella, og vi fulgtes saa ad hjem og kom saa betidst at jeg fik spist noget Mad og kom ikke videre for sent til Skolen. Her var 3 Breve til mig det [ene var] fra den fri Udstilling [noget af papiret mangler]ortene, saa denne [noget af papiret mangler] kom de da i nogen[lunde] ordentlig Tid. Jeg [noget af papiret mangler] til Lørup og Eckardt faar hermed et Fri [noget af papiret mangler] og 4 til Aabningsdagen. Som jeg har tænkt mig at Du kunde uddele til Kampmanns og Pang og Dine Søstre da Brandstr[ups] naturligvis faar fra [noget af papiret mangler]ment. De 2 andre [Breve] var fra Agraren og Christine. Agraren begynder sin temmelig indholdsrige Skrivelse med: ”nu er jeg da kommen herhen i Fængslet igen og slutter med at bede mig hilse Dig hvis jeg kommer til Håbet. Christine har ogsaa hørt at jeg skulde komme derned og ventede os i Mandags, men [noget af papiret mangler] jo opdaget af mit [noget af papiret mangler] jeg ikke kom alligevel [og hun] beder mig ogsaa om [at] hilse Dig. Baronen [er ikke] rask, han mener a[t det] er Influenza, men [noget af papiret mangler] siger at han bestiller for meget. Ja nu er nok [noget af papiret mangler]ene Karlen, ved at [noget af papiret mangler]de for, saa jeg maa [noget af papiret mangler] lave mig til, men jeg tror heller ikke der var mere af Vigtighed, saa jeg vil slutte med at takke Dig mange Gange for i Gaar og i Dag. Mange kærlige Hilsner min egen Kæreste fra din hengivne
+Johannes Larsen
+[noget af papiret mangler] ser at efter hvad [noget af papiret mangler]ar skrevet kan [noget af papiret mangler]n en af Dine Søstre [noget af papiret mangler] Kort naar Pang skal have 1 og Kampmanns 2 men det kan Du jo ordne efter hvem Du mener der</t>
+  </si>
+  <si>
+    <t>1898-03-24</t>
+  </si>
+  <si>
+    <t>Peter Hansen
+Jeppe Andreas Larsen
+Marie Larsen
+Vilhelmine  Larsen
+Hedevig Lützhøft
+Nicolaus Lützhøft</t>
+  </si>
+  <si>
+    <t>Johannes Larsen skal snart rejse til København. Hans far og mor har fået ordnet alt tilfredsstillende på deres tur til Sverige, og de har besøgt Den Fri Udstilling.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/rCzk</t>
+  </si>
+  <si>
+    <t>Kjerteminde 24 Marts 1898.
+Min egen Kæreste!
+Jeg kom saa af Sted i [noget af papiret mangler] efter at Karlen havde [noget af papiret mangler] Linerne om 2 Gange, de [noget af papiret mangler] nemlig forkert igen, men [noget af papiret mangler] kom dog derhen saa tid[noget af papiret mangler] at jeg maatte vente lidt paa dem. Da vi kom hjem sad vi og snakkede til Kl. 4 og gik saa i Seng jeg sov til Kl. 10 og har det udmærket i Dag. Det blæser en Storm af N.O. med lidt Sne. Det var gaaet Fader og Moder saa udmærket ovre i Sverige og de havde faaet ordnet alt til deres Tilfredshed, men det kan jeg altid fortælle naar jeg kommer til Kjøbenhavn, jeg har skrevet til Lützhøfft og Mutter om de vil have mig nogle Dage og at jeg rejser herfra Søndag, Man[dag] eller Tirsdag. Fader og [Mo]der var inde og saa [den] fri Udstilling i Gaar, [noget af papiret mangler]der var henne og kigede [ind] ad Døren og mødte saa Peter, som tog dem der ind og viste dem omkring. Jeg glemte at fortælle Dig i Aftes at den Familie der kom ind i min Kupe i Ringe stod og gjorde Bemærkninger om din graa Hat, det var Manden der opdagede den og Konen sagde at den saa ud som om den var fra sytten hundrede og Hvidkaal. Jeg var heller ikke en Smule ked af at rejse fra Dig i Gaar, det var fordi Du var saa glad, det er vist en mærkelig Grund, men der er jo heller ikke ret [læn]ge til vi ses igen. Jeg [fik] Brev fra Marie i Dag [hun] beder mig om at hilse [Dig] naar jeg skriver til Dig. [Jeg] haaber at faa Brev fra Dig i Morgen. Mange kærlige Hilsner fra Din
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1898-05-16</t>
+  </si>
+  <si>
+    <t>Christian Eckardt
+Franziska  Erichsen
+Peter Hansen
+Ellen Heymann
+Hedevig Lützhøft
+Nicolaus Lützhøft
+Fritz Syberg
+Niels Wivel
+Kristian Zahrtmann</t>
+  </si>
+  <si>
+    <t>Franziska, Fritz Sybergs søster, bor på et værelse hos Lützhøfts, og hun arbejder på en badeanstalt i Klampenborg.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen og Fritz Syberg har været hos Zahrtmann med blomster, men han var ikke hjemme.
+Larsen sover på Franziskas værelse hos Lützhøfts, og Fritz Syberg sover i Lützhøfts afdeling, for han kan ikke tåle at høre fabriksfløjten i gården.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/jv4O</t>
+  </si>
+  <si>
+    <t>Kjøbenhavn 16 Maj 1[noget af papiret mangler]
+Min egen Kæreste!
+I Dag har jeg egentlig ikke ret meget at fortælle Dig, men jeg vil dog skrive alligevel, for skønt der kun er en Dag jeg ikke har skrevet, har jeg alligevel en Fornemmelse af at jeg har forsømt Dig en hel Del. I Morges var jeg med Syberg oppe hos Zahrtmann med nogle Blomster S. havde haft med fra Fyn, men vi traf ham naturligvis ikke hjemme og satte dem saa paa Dørtrinet i et Stykke Papir ombundet med min [noget af papiret mangler] med Hilsen fra Fyn [noget af papiret mangler]rift. Derfra gik vi [noget af papiret mangler] Franziska paa Badeanstalten hvor jeg overrakte hende en Buket Forglemmigej i Anledning af hendes Fødselsdag. Det var ogsaa Kaptain Lassens Fødselsdag og de andre var alle sammen der henne i Aften og jeg var ude hos Eckardt og der efter hos Peter og Fru Neckelmann, vi var i Cirkus og morede os udmærket og derefter hos Wivel og nu sidder jeg her og skriver og Kl. er over et og jeg vil snart i Seng, de andre sover. I Aftes lagde jeg mig til at sove paa [noget af papiret mangler] og vaagnede først [noget af papiret mangler] andre kom hjem Kl. 3 og det var da [noget af papiret mangler] Jeg ligger paa Fran[ziskas] Chaiselongue og Baronen inde paa Lützhøffts, han kan nemlig ikke taale at høre Fabriksfløjten her i Gaarden om Morgenen, men det kan jeg og jeg er helt sej af det. Mutter bad mig i Dag om at jeg endelig vilde hilse Dig og Frk Heymann mange Gange fra hende. Hun og Lützhøfft var blevne meget glade ved de Blomster vi sendte dem, og de stod mange Dage inden de visnede, der var ingen Brev [noget af papiret mangler] fra i Dag saa jeg [noget af papiret mangler] der er rejst eller de [noget af papiret mangler]mne endnu. I Morgen venter jeg sikkert Brev fra dem og ogsaa fra Dig min egen Kæreste, som jeg glæder mig umaadelig til at se naar jeg nu kommer hjem. I Morgen skal Lützhøfft med Baronen og mig ud i zoologisk Have og spise en Frokost derude. Mange kærlige Hilsner fra Din hengivne
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1898-05-19</t>
+  </si>
+  <si>
+    <t>Odense
+Sallinge, Fyn
+Kerteminde
+Odensebakken, Faaborg</t>
+  </si>
+  <si>
+    <t>Asta Blom
+Augusta Mogensen
+Christian Mogensen
 Ellen  Sawyer
-Andreas Warberg
-[...128 lines deleted...]
-Hempel Syberg
+Christine Swane
 Andreas Warberg
 Laura Warberg
-Torkild Warberg
-[...88 lines deleted...]
-Jonas Larsen
+Niels Wivel</t>
+  </si>
+  <si>
+    <t>Alhed har besøg af Asta, og de har vasket. Alhed har også klippet hunden Gamle. Christine Larsen (Uglen) er også på besøg. Hun har pyntet med blomster, også hos Alheds mor, som ligger syg. Den følgende dag skal de til Odense.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Zmwg</t>
+  </si>
+  <si>
+    <t>Kære lille Las!
+Det glæder mig virkelig, at du synes, Du har forsømt mig med Breve, saa har Du maaske ikke lagt Mærke til, at jeg har forsømt Dig, det har jeg nemlig en Fornemmelse af, at jeg har; i Gaar Morges fik jeg akkurat skreven ”Kære Las” over et Brev, men saa blev det ikke til mere, da de kom og kaldte paa mig, at jeg skulde over at vadske; Asta havde funden paa at hun vilde vadske, og saa maatte jeg ogsaa til det, da vi jo ikke kunde overlade hende alene til Konerne derovre. Det var for Resten ganske sjov, Asta var forbavsende dygtig til det og gned ikke Hul paa sine Hænder, hvilket jeg gjorde. – Da jeg nu en Gang var kommen i Sjovertøjet, mente jeg, det var ligesaa godt at faa ”Gamle” klippet med det samme, han trængte jo haardt til det, - men Du kan tro, det var et ordentligt Slid; jeg klippede ham med en rigtig Sax, da jeg var bange, jeg ikke kunde haandtere en Uldsax; han sad paa en Stol ude i Gaarden og var saa sød og taalmodig, skønt det varede 3 ½ Time, det var en anstrængende Tur for os begge to, men jeg tror, han befinder sig udmærket ovenpaa, nu skal han vaskes ogsaa en af Dagene. Efter Thé gik Asta, Uglen Elle og jeg en Tur op til Sallinge, hvor vi hos Købmanden købte os en ½ Fl. Kirsebærvin og et Glas at drikke af, og da vi kom ned paa Vejen tømte vi den, hvorefter vi gemte baade den og Glasset i et Gærde, saa kunne vi en anden Aften gaa op og faa den fyldt igen. Da vi kom hjem, spiste vi Kager og gik i Seng. Uglen er saa forfærdelig sød at have her, i Gaar gik hun og pyntede Stuerne med Blomster, ogsaa nede hos Mor. Det er sandt, jeg har vist slet ikke fortalt Dig, at Mor ligger af et daarligt Ben og skal ligge et Par Uger, det er Aareknuder med Betændelse i, noget fælt noget. – I Dag til Formiddag har Uglen hjulpen mig nede i Køkkenet og i Eftermiddag har vi siddet her oppe paa mit Værelse og passiaret; efter Thé vilde vi ud at gaa en lang Tur, - til Odensebakken havde vi tænkt, men nu er nok Mogensens kommen, saa vi maa vist pænt blive hjemme og underholde dem. I Morgen følges Uglen og jeg ad til Odense, Asta og jeg skulde egentlig cycle og saa vilde jeg Torsdag Aften cycle til Kerteminde men det ser desværre ikke ud til at vilde blive Cyclevejr. – Her har ikke været Post i Dag, men i Aften tænker jeg, Dede skal køres ned, saa er jeg meget spændt paa, om der er Brev fra Dig. – Jeg har været meget rørt over at Du satte Dig til at skrive til mig, da Du var kommen fra Cirkus og Wivel, skønt det var saa sent, det var sødt af Dig; jeg vilde gærne have været med i Cirkus, det har altid moret mig saa meget. Jeg gad vide, om Du er rejst hjem i Dag, eller om Du paa Gr. Af Helligdagen er bleven til i Morgen. – Uglen beder mig hilse Dig, hun staar og vasker sine Hænder og nu skal jeg hen og gøre det samme og saa skal vi ned at spise til Aften og snakke med de fremmede. – Derfor Farvel, 1000 kærlige Hilsner fra Din
+Alhed
+19 – 5 – 1898 – 
+Dette Brev ser saa drabelig ud, men det er nok stor Stahej for ingenting.</t>
+  </si>
+  <si>
+    <t>1898-05-28</t>
+  </si>
+  <si>
+    <t>Brobyvejen, Fyn
+Lyndelse Kirke</t>
+  </si>
+  <si>
+    <t>Asta Blom
+Emil Brandstrup
+Otto Emil  Paludan
+Ellen  Sawyer
+Maria von Sperling. g. Balslev
+Albrecht  Warberg
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Ellen Warberg skal rejse til USA og giftes.</t>
+  </si>
+  <si>
+    <t>Alhed har haft en dejlig, men hård cykeltur hjem fra Odense.
+Frk. Sperling vil give Elle malerier i afskeds-/bryllupsgave. Alhed vil male Erikshaab og hun spørger Johannes Larsen, om han vil male et billede med roser.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Uhpd</t>
+  </si>
+  <si>
+    <t>Kære lille Las!
+Jeg lovede Dig nok et længere Brev i Morgen, men bare jeg holder det, jeg er ikke fri for at være søvnig, Kl. gaar vist stærkt til 12. Det er Pinselørdag Aften og jeg synes næsten, det ser ud til at ville blive godt Vejr i Morgen mon Du saa ikke maler i Morgen tidlig, fordi det er Pinsemorgen? Jeg fik nok ingen Brev i Dag, Du turde nok ikke for Faderen! Men i Morgen glæder jeg mig til at faa et. – Du kan tro, det var en dejlig Cycletur hjem i Aftes, Vejret var saa henrivende, og alting saa frisk og grønt og der var en lille blank Nymaane. De første Par Mil gik saa let for mig og jeg kørte temmelig hurtig, det gik op for mig, at min Cycle egentlig er meget tung, men det er jo en voldsom god og solid Maskine, den sidste Milsvej blev jeg alligevel træt og det er jeg endnu i Dag, det er vist fordi jeg slet ikke er trænet. Det er sandt, nu skal Du høre om en Bestilling vi have faaet. Frk. Sperling havde sendt mig Bud om, at hun gærne vilde tale med mig, og om jeg ikke kunde komme over ved Lyndelse Kirke i Eftermiddag Kl. 5 ½. Hun vilde spørge, om vi ikke kunde male noget til Elle fra hende som hun kunde faa med til Amerika, og hun spurgte, om jeg mente vi kunde lave noget pænt for et Par Hundrede Kr. Vi kunde selv sammen med Elle bestemme, hvad det skulde være. Er det ikke morsomt? – Jeg tror, Elle vil gærne have nogle Provenceroser hvis Du vil male nogle til hende og saa vilde jeg male et lille Landskab med Erikshaab paa. – Synes Du ikke det er en nydelig Idé af Frk. Sperling? Hun var ogsaa selv saa fornøjet over det! – Jeg har vasket ”Gamle” i eftermiddag i grøn Sæbe og 2 Hold lunkent Vand, han er saa nydelig nu, Du skal bare se paa Søndag. – Asta er kommen hjem i dag. Hun og Elle og jeg have været en Tur ud ad Brobyvejen i Aften. – Kan Du se, jeg har faaet nyt Brevpapir? Palam gav mig en stor Bunke med tilsvarende Konvolutter i Eftermiddag. Balle er her, han er livlig og fornøjet, men ser frygtelig daarlig ud. – Nu vil jeg slutte. Kan Du nu skrive rigtig tit til mig, saa er Du sød. Jeg holder forfærdelig meget af Dig og glæder mig til paa Lørdag, men der er jo desværre 8 Dage til. 1000 kærlige Hilsner fra Din Alhed
+Erikshaab – 28nde Maj – 98 
+Faders og Moders Bryllupsdag</t>
+  </si>
+  <si>
+    <t>1898-06-09</t>
+  </si>
+  <si>
+    <t>Arreskov
+Odense
+Højrup, Faaborg
+Lykkenssæde
+Tørringe, Fyn</t>
+  </si>
+  <si>
+    <t>Dora -
+Asta Blom
+Ellen  Sawyer
+- Schierbeck
+Johanne Schroll
+Peter Tom-Petersen
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Alhed Larsen har med sin søster Elle(n) været i Odense. Der er håndværkere i huset. 
+Alhed og Asta har været på cykeltur for at se syrener. Forleden drømte Alhed om den guldregn, som Johannes Larsen er ved at male.
+Alhed har besøgt maleren Tom-Petersen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/BB70</t>
+  </si>
+  <si>
+    <t>Kære lille Las!
+Du kan da vist ikke forstaa, hvorfor jeg aldeles ikke lader høre fra mig i disse Dage! Jeg ved heller ikke, hvordan det kan være, i Forgaars lod jeg det glide over og i Gaar løb Tiden fra mig. Men nu skal jeg nok blive flink, jeg er saa ked af, at jeg snart ikke skal skrive til Dig mere, eller læse Dine kære Breve mere. – Jeg skrev altsaa sidst ude i Odense, Elle og jeg tog hjem med det sidste Tog. Jeg fik min Cycle med og cyclede hjem fra Højrup. Vi fandt Huset i en sørgelig Forfatning, 1 Murer, en Snedker 2 Sadelmagre og 3 Malere havde husseret her hele Dagen og ere her endnu undtagen Mureren. – Næste Eftermiddag var vi med Dora ovre i Tørringe, Mor var med, ude for første Gang i flere Uger, saa Du kan tro hun nød Turen. Om Aftenen var Asta og jeg en dejlig Cycletur ud ad Svanninge Landevejen for at se til Syrenhegnene. De ere knap endnu udsprugne, men om kort Tid bliver de henrivende. Vejret er jo dejligt i disse Dage, jeg tænker meget paa Dit Guldregnstræ, forleden Nat drømte jeg om det og saa det lyslevende for mig, det var saa smukt. I Gaar skulde jeg møde nede ved Højrup St. Kl. 1 for at følges med Fru Schroll fra Lykkenssæde ned til Tom Petersens. De har det rigtignok nydeligt, men til Oktober rejse de derfra. Jeg skulde hilse ”min Kærreste” fra dem. Kommer Du ikke snart? Folk begynder at blive saa utrolig næsvise imod mig. Du har det egentlig meget bedre. – Om Aftenen var vi paa Lykkenssæde. Elle kom der til Thé. – I Dag skal vi til Præstens sammen med Provst Schierbæk og Elle og jeg skulle til Arreskov paa Visit først, jeg skal hen at klæde mig om nu! – 
+Vi skal køre i Hast – 
+9nde 1000 Hilsner og Tak for Dine Breve Din A.</t>
+  </si>
+  <si>
+    <t>1898-09-19</t>
+  </si>
+  <si>
+    <t>Gothersgade 129 København K</t>
+  </si>
+  <si>
+    <t>Louise Amstrup
+Asta Blom
+Louise Brønsted
+Niels Elgaard Amstrup
+Jørgen -, Erikshaab
+Kirsten -, jordemoder
+Augusta Mogensen
+Christian Mogensen
+Otto Emil  Paludan
+Ellen  Sawyer
+Anna Schaffalitzky de Muckadell
+Erik Schaffalitzky de Muckadell
+Andreas Warberg, Albrechts far</t>
+  </si>
+  <si>
+    <t>Laura Warbergs søster havde et pensionat på Gothersgade 129, København. 
+Augusta og Christian Mogensen kom til Gelskov som forpagterpar i 1898, efter at Hempel Syberg havde forladt sin stilling ved gården. 
+Tante Visse/Louise Amstrup boede med sin mand på Ølstedgård. Hun havde i mange år alvorlige psykiske problemer.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB 0361</t>
+  </si>
+  <si>
+    <t>Ellens udstyr er kommet.
+Et par piger samt Mogensens har været på besøg. Asta kørte Fru Mogensen til Højrup.
+Laura og sønnen Andreas/Dede har fanget krebs og spist dem. 
+Lægen tilråder, at Tante Visse/Louise Amstrup bliver indlagt på sindssygehospital. 
+Kirsten Jordemoder er død.
+Paludan har mødt greven, som undrede sig over ikke at have hørt fra Albrecht Warberg i fem uger. Albrecht bør skrive til ham.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/RMwG</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Hr. Godsforvalter Warberg
+cand. jur.
+Gothersgade 129 – 4 Sal
+København K.
+[Håndskrevet på kuvertens bagside:]
+Afs: Warberg – Erikshaab – Højrup – Fyn
+Poststempel
+[I brevet:]
+Mandag d: 19de
+Kære Abba! 
+Det er bedst, Du faaer et Extrabrev i Dag, vi antager nemlig at Du snart maa være i Færd med at rejse hjem I Fredags kom Elles Udstyr og vi havde om Eftermiddagen Fredag ["Fredag" indsat over linien] 3 [ulæseligt ord] og 3 unge Piger til at see det; de var meget begejstrede over det Hele. Vi havde en fin Mellemmad til dem og Chocolade, Kaffe og Bagværk. de havde meddelt, at de ikke kunde blive til The, men da de skulde afsted og jeg bad dem blive, kunde de rigtig godt. Vi havde altsaa kun en meget tarvelig, uforberedt Aftensmad til dem. Bagefter fik vi lidt Musik og Kl. 8 ½ kørte Jørgen dem hjem, jeg var med. Mogensen var ogsaa med til Mellemmaden; han var bedt til Kl. 4, men han kom først, da vi andre næsten var færdig, han nød med god Appetit en vældig Mellemmad, Elle kommanderede ham til at spise op og det gjorde han til vor usigelige Forbauselse. De bad om at laane Dora til at hente en ung Dame ved Stationen, men saa fandt Mogensen og Paludan paa at gaae til Ølstedgaard og saa maatte Asta køre for Fru Mogensen til Højrup (Asta er en god Kusk) Dede kom med dem i Vogn. Lørdag Eftermiddag var jeg et Par Timer med Dede ude at krebse i Mergelgraven vi fik 39 Krebs ["Krebs" indsat over linjen] som vi nød til Aften. Søndag var jeg i Kirke; [ulæseligt ord] fortalte mig da, at nu havde Doktoren bedt hende tage snarest mulig til Ølstedgaard og bearbejde Visse til at komme paa Sindssygeanstalt, for det var rent galt derovre, og nu havde Visse selv i et Brev til Doktoren udtalt, at nu maatte hun hjemmefra, for Amstrup var saadan og saadan. I Morgen skal komme derover. I Dag Kl. 12 kører Elle og jeg til Østerhæsinge at anmelde Kirsten Jordemoders Begravelse. Paludan er paa Arreskov. Han var paa Vejen dertil i Lørdags, men mødte Grevens og vendte om, kørte med dem til Leddet. Greven undrede sig over, at han ikke havde hørt et Ord fra Dig i de 5 Uger, mon Du ikke skulde skrive til ham og melde Dagen, Du kommer hjem? Pal. og jeg mener, dette skulde skrives til Dig. Sidste Nat havde vi en lille Torden med megen Regn; der var en stor Ildebrand Nord paa. Vi venter hver Dag Brev fra Muk. Nu Farvel! Mange Hilsener fra os alle! Dette i al Hast, jeg er staaet saa sent op i Dag og har derfor en Del travlt. 
+Din Smaa.
+[Skrevet langs venstre kant på side 1:] 
+I Gaar kørte Dede os til Odensebakken, vi havde Mellemmad med og tilbragte 4 uhyre behagelige Timer, der var henrivende. Asta cyclede og Pal. gik. Astrid var i Odense Kl. 8 i Aftes kom Mogensens helt herned.</t>
+  </si>
+  <si>
+    <t>1899-1910</t>
+  </si>
+  <si>
+    <t>Fyns Hoved</t>
+  </si>
+  <si>
+    <t>Berta Brandstrup
+Ludvig Brandstrup, billedhugger
+Louise Brønsted
+Frederik Hallin
+Adolph Larsen
 Marie Larsen
-Alhed  Møhl, Lysses datter</t>
-[...132 lines deleted...]
-19’ Sept. 1950</t>
+Hedevig Lützhøft
+Nicolaus Lützhøft
+Marie Oppermann
+Theodor Oppermann</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvad det er, Nicolaus Lützhøft (Lysse) har skrevet til Alhed Larsen. Hvilken fabrik, Alhed Larsen skriver om, er også uvist.</t>
+  </si>
+  <si>
+    <t>Det var dejligt, at Johannes Larsen kom på tur til Sverige. Nicolaus Lützhøft (Lysse) har sendt Alhed et modbydeligt brev. Alhed gruer for, når Lützhøft og konen kommer.
+Alhed har planlagt, at hun og Johannes Larsen skal med på en tur til Fyns Hoved. Johannes Larsen må skynde sig hjem til hende.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/BIam</t>
+  </si>
+  <si>
+    <t>Hils Hallin og Oppermanns og Luds.
+Onsdag 
+Kæreste Lavsi!
+Tak for Dit Brev i Dag. Det var dejligt, Du fik den Sverigstur, Din Fader kom altsaa hjem i Nat, men jeg har kun talt flygtig med ham. Jeg har i Aften faaet et 4 Siders Brev fra Lysse, der fuldstændig har knust mig, Du kan ikke tænke Dig, hvor haardt og hjærteløst, han skriver til mig. Lugge har læst det, hun kalder det raat og forstaar ikke, at han har kunnet faa sig til det. Gud give, han dog var saa vred, at de slet ikke vilde bo her længere. Jeg gruer for deres komme. Og at Du saa skal være borte den lille Tid, vi netop kunde have det i Fred og saa med det vidunderlige Vejr, det er skrækkeligt Las. Men Du maa komme snart hjem, hører Du, senest paa Lørdag. Jeg har tegnet os til en Fyns Hoved Tur, der kunde blive ganske dejlig (paa Søndag.) Marie og Agraren skal køre med den store Char a banc. Du maa ikke blive gaaende derinde, hører Du. Nøjes dog med én Prøve denne Gang og saa lav noget mere, naar Du skal ind at lave Udstilling til Efteraaret. Jeg har allerede været alene i 8 Dage. Tænk paa, der er ikke længe til Lysserne kommer, og saa er Sommeren spildt. Jeg kan næsten ikke holde det ud med de Tæpper, hvad skal jeg dog gøre. Hils Schous 1000 Gange, lad mig endelig vide om Maries Plads. 
+1000 Hilsner fra Din egen A. 
+Kom dog endelig hjem, det er dog kun saa faa Perioder af éns Liv, at man kan have det saa godt som nu, hvor jeg fortryder, at jeg lod Dig blive der</t>
   </si>
   <si>
     <t>1899-1910 2</t>
   </si>
   <si>
     <t>Louise Brønsted
 Kristian Kongstad
 Andreas Larsen
 Jeppe Andreas Larsen
 Nicolaus Lützhøft
 Karl Schou
 Marie Schou</t>
   </si>
   <si>
     <t>Det er uvist, hvad det er, Nicolaus Lützhøft har skrevet til Alhed Larsen, men det er også omtalt i et tidligere brev.
 Hvad Larsen laver på "Fabriken", står heller ikke klart. 
 "M" kan være Marie Larsen, Marie Schou m.fl.</t>
   </si>
   <si>
     <t>Alhed Larsen er stadig rystet over Nicolaus Lützhøfts brev. Det er dejligt, at Larsen vil gøre sig færdig og komme hjem. Alheds søster, Louise (Lugge) er på besøg, og Alhed foreslår en tur til Fyns Hoved med overnatning. Johannes Larsen må tage Pufs sko og Alheds karbolsyre med hjem, for hendes tænder er dårlige, og hun må dulme smerten.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/6QAu</t>
   </si>
   <si>
     <t>Kæreste Lavsi!
 Det var nok et værre Brev, Du fik fra mig i Dag, men Du kan ogsaa tro, jeg var og er endnu forfærdelig elendig over Lysses Brev, men det var nu ikke det, jeg vilde skrive om. Det var mig en stor Opmuntring at faa Dit Brev i Dag og navnlig at se, at Du allerede i Morgen vil gøre Dig færdig paa Fabriken. Jeg haaber saa at Du efter mit Brev i Dag klemmer paa med hvad Du ellers har, saa Du k [bogstavet overstreget] nok kan komme Lørdag. Det vilde være en dejlig Begyndelse med den Fyns Hovedtur, og jeg har tænkt paa, at nu Lugge er her, kunde vi godt blive der om Natten, hvis vi havde lyst, det er saa længe siden vi var derude. – Kongstad Rasmussen kan Du vist godt gemme til Efteraaret. Hør Du maa endelig faa min Karbolsyre med fra Schous, den staar i Skuffen ved de badende Drenge. Mine Tænder er daarlige, og jeg tør ikke tage derud, førend jeg har dulmet dem lidt. Jeg har glemt flere andre Ting hos Schous bl.a. de Sko Marie forærede Puf, faa dem endelig. Er det udelukket at Schous kommer lidt herover inden Viborg? hils dem de søde Mennesker. hvor dejligt, hvis det gaar M. godt. – Alt staar godt til her – nu kom Din Far, derfor slut
 1000 Hilsner
 Din A</t>
   </si>
   <si>
-    <t>1901-06-27</t>
-[...66 lines deleted...]
-Marie Neckelmann
+    <t>1899-01-30</t>
+  </si>
+  <si>
+    <t>Vittoria Bacci
+Alfred Eckardt
+Peter Hansen
+Jeppe Andreas Larsen
+Vilhelm Larsen
+Frederik Lützhøft
+Karl Schou
 Marie Schou
-Fritz Syberg</t>
-[...425 lines deleted...]
-- Krarup, læge
+Christine Swane</t>
+  </si>
+  <si>
+    <t>Johannes Larsen er i København for at arbejde for Joakim Skovgaards på dennes forarbejder til kalkmalerier i Viborg Domkirke.</t>
+  </si>
+  <si>
+    <t>Alhed har sendt erantis i et brev. Johannes Larsen har grunderet en plade, som han skal kopiere Eva over på. Han har hentet sit billede af faderen og hunden Bob. Tidsskriftet Vagten har skrevet, at de gerne vil bringe flere af Larsens fugletegninger, men uden honorar. Dr. Lützhøft vil købe en akvarel. Larsen håber så at kunne betale sin gæld til Fru Bacci. Han håber ikke, at Alhed har opgivet at komme til København.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/3hHU</t>
+  </si>
+  <si>
+    <t>[Købe]nhavn 30 Jan. 1899.
+Kære lille Alhed!
+Tak for Dine 2 Breve i dag især for det sidste, med de smukke Blomster, de 2 Eranthis saa saa smukke ud paa Papiret, men jeg kunde alligevel ikke lade være med at tage dem ud og sætte dem i [Vand] og nu ere de helt ud[sprungn]e igen. Jeg har ikke [noget af papiret mangler] bestilt andet i Dag [end g]runderet en Plade med Kalk og Casein, som jeg skal copiere Eva paa, i Morgen tidlig begynder jeg, jo det er sandt jeg har faaet hentet mit Billede [af] Fader og Bob og faaet det i Pleje hos min Fætter Alfred hvor Uglen bor. Jeg fik i Dag Brev fra det nye Tidsskrift Vagten, som gerne vilde have flere Fugletegninger af mig, men ikke honorerede dem, derimod skrev de at det var en Selvfølge at de blev ved at være min Ejendom. Du klager over at jeg ikke har skrevet, [eller] rettere at Du ikke har [hørt] fra mig i 3 Dage, men [jeg skrev] jo dog til Dig i Lørdag[noget af papiret mangler] Efter at jeg havde [noget af papiret mangler] kom Dr. Lützhøfft her, han fortalte at han kunde saa godt lide den Aquarel fra Fyns Hoved som hænger her [og spu]rgte om jeg ikke havde en han kunde faa for en billig Penge, jeg har jo en der ligner den og skrev strax efter den for at han kan faa den at se og nu haaber jeg at jeg kan faa den afsat for en 30 Kr.s Penge saa at vi kan faa sendt de Penge til Fru Bacci, som begynder at trykke mig. Det er jo skidt at Arbejdet saa [noget af papiret mangler] holdt op, bare det nu [ikke] skal vare for længe med [de] Kopieringshistorier, for [nu er] der jo ikke saa forfærdelig længe til Peters rejser og til den Tid skulde jeg jo gerne begynde at tjene noget igen, og saa skulde Du vel ogsaa helst være herovre. Du skriver ikke en Smu[le om] at komme mere, Du har da vel ikke opgivet det? Jeg længes efter Dig. I Gaar var jeg ude hos min Fætter, saa med Uglen og Klaks ude omkring lange Linie og henne at spise til Middag i store Kongensgade og derfra gik de paa Concert og jeg ud til Schous. Jeg er alene hjemme nu og begynder at fryse saa jeg tror snart [jeg vil] i Seng d.v.s. jeg vil for[noget af papiret mangler] om jeg ikke skulde skr[noget af papiret mangler] med det samme jeg [noget af papiret mangler] God Nat min egen K[æreste] Mange kærlige Hilsner fra Din
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1899-02-09</t>
+  </si>
+  <si>
+    <t>Lindvedvej 5260 Odense S
+Faaborg Fyn</t>
+  </si>
+  <si>
+    <t>Emil Andresen
+Christian Eckardt
+Johan Hoff
+Frederik Jungersen
+Hjalmar Kleis
 Adolph Larsen
 Alhed Larsen
+Jeppe Andreas Larsen
+Sophus  Meyer
+Ulrik Plesner
+Emil Vett</t>
+  </si>
+  <si>
+    <t>Alhed Larsen er syg og opholder sig i sit barndomshjem Erikshåb. Johannes Larsen arbejder for Joakim Skovgaard i København (se brev 1899-02-09 fra Johannes Larsen til Alhed)
+Lemming Vith er muligvis Emil Vett.
+Det er uvist, hvem "han" er. Ladevika er en kvinde, som bor i Kerteminde.
+Det er uvist hvilket stort billede, der er tale om.</t>
+  </si>
+  <si>
+    <t>Alhed og Johannes Larsen skal til at indrette deres første hjem sammen i Kerteminde. Johannes Larsens far skal finde en anden lejlighed til dem, da en mand fra Faaborg har fået deres. Han skal lave cementmursten.
+Johannes tegninger er i Kerteminde. Kan han ikke få solgt det store billede på auktion?
+Johannes Larsens forældre prøver at finde en plads på en gård til hans bror Adolph.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ZmYj</t>
+  </si>
+  <si>
+    <t>Kjerteminde den 9/2 99
+Kjære Johannes
+Det gjør mig ondt at høre Alhed er syg – fortæl mig dog hurtig hvordan hun har det, jeg tænker daglig paa hende ogsaa; men jeg har ikke villet skrive til hende for hun har vel nok at gjøre med at skrive til dig jeg vil ogsaa være glad ved at faa en Hilsen fra dig og du har ogsaa været daarlig, Gud give dig dog Helbred og Fortjæneste min egen Ven. Der er saameget jeg vil tale med dig om – her er nu foreløbig dine Tegninger da de ikke laa i Mappen troede jeg du havde ladet dem blive i Kjøbenhavn, har han ikke engang seet dem? Naa nu er de her; og saa Lykke og Velsignelse til faa et godt hyggeligt fornuftig indrettet Hjem
+Plesner kommer saa ikke herover - Nu du er i Byen lille Johannes kan du saa ikke faa Rede paa det store Maleri, jeg har forespurgt mig flere Gange hos Eckardts om det ikke kunde anbringes paa en af Udstillingerne vi seer saa ofte store Billeder solgte baade hos Lemming Vith og Klejs eller om det kunde anbringes paa en Aktion tal med ham om det det er saa underlig for mig at jeg aldrig faar Svar
+Ja du kan tro vi tænker paa en Plads til Agraren vi seer efter i Avisen daglig, nu var her en idag paa Lindved – Fyn skal det være siger Faer; der er en Bestyrer, der stod ikke noget om at de maatte komme i Familien, han er maaske ikke gift men de 2 Elever skulde have Værelse sammen og deres Mad derop Løn [overstregning] 175 aarlig de skulde undervises i Roedyrkning og Brugen af alle nye Maskiner Regnskabsføring – oh Johannes ingen kan ønske ham mere en god Plads end jeg gjør – Gud give og Held at finde det beder jeg dog saa meget om – 
+I andre Sønner er kommen paa gode Steder saa finder vi nok en Plads til ham
+Nu skal jeg spørge fra Faer hvornaar I mene at komme her til Byen, for nu skal du høre det bliver alligevel ikke den Lejlighed ved Mejers at I faar her Andresen kom forleden og spurgte Faer om der kunde faaes et [ulæseligt ord] Rum og en Lejlighed til Sommer han saa paa Pladsen og rejste saa ned til Faaborg for at tale med Manden, han kom tilbage og meldte at det er en Mand der laver Cementtagsten der skal saa bygges en Skorsten til og saa skulde han give 300 om Aaret saa den lille Have ved Mejer og Pladsen bag ved; Ladevika ved nok at I skulde have havt hendes – men nu faar vi se at ordne det naar vi hører om naar I vil komme
+Nu er det saa mørkt at jeg maa sige Farvel Johannes husk jeg er din Gudmoder og Fastelavn Søndag er din Daabsdag tag dine Søskende med hør enten Hoff eller Jungersen
+Din Moder</t>
+  </si>
+  <si>
+    <t>1899-7</t>
+  </si>
+  <si>
+    <t>Peder Hansen
+Alhed Larsen
+Jens  Nielsen</t>
+  </si>
+  <si>
+    <t>Alhed og Johannes Larsen opholder sig muligvis på henholdsvis Erikshaab og Svanninge Kro, for at beskytte deres lille søn Puf mod en kighosteepidemi.
+Anders er muligvis en karl, der jævnligt arbejder for familien Larsen.
+Hverringe er et gods nord for Kerteminde.</t>
+  </si>
+  <si>
+    <t>Familien Larsen i Kerteminde har travlt med markarbejde. I.A. Larsen har henvendt sig til byrådet i en sag, men endnu ikke fået svar.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/JuzW</t>
+  </si>
+  <si>
+    <t>Kjærbyhus
+Kjære Johannes!
+Byraadet har ingen Svar givet endnu. Jens Nielsen vilde ikke. nu har Fader tænkt paa Marskandiser Hansen det er dog en Mand med lidt Forstand i Panden, jeg skal i dag se at skaffe Penge at sende Alhed i Aften, vi fik ikke Anders – men igaar fik vi 2 en Jyde og en Fynbo, Jyden skal til Hverringe om 8 Dage men vi har haardt Brug for ham den Tid
+Kjærlig Hilsen til Eder begge. Din Moder</t>
+  </si>
+  <si>
+    <t>Landeryd
+Midskovvej 221, 5370 Mesinge</t>
+  </si>
+  <si>
+    <t>Adolph Larsen
+Alhed Larsen
 Andreas Larsen
-Elena Larsen
-[...1 lines deleted...]
-Johanne Christine Larsen
+Jeppe Andreas Larsen
+Christine Swane
+- Winther</t>
+  </si>
+  <si>
+    <t>Der er en epidemi med kighoste. Alhed og Johannes Larsen er bange for, at deres to måneder gamle søn skal blive smittet.
+Svanninge er en landsby nord for Faaborg på Fyn.
+Kristian Madsen er muligvis manden fra Midskov.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen maler i Svanninge. I Kerteminde har de slået hø. Vilhelmine Larsen mener det er bedst, at Puf bliver på Erikshåb indtil familien skal til Sverige.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/RA4R</t>
+  </si>
+  <si>
+    <t>Mandagaften
+Kjæreste Johannes!
+Saa velkommen til Svanninge og godt Vejer vil vi saa inderlig ønske dig – vi har nu Vejrglasset steg begyndt at slaa Hø det varer i 4 Dage – vi skrev ud til Midskov og fik den Mand herud der lærte Adolph at slaa. Kristian Madsen sagde igaar enhver anden Mand end dem Larsen havde faaet Nej er det ikke dejlig at høre – 
+Den gode Fader som er saa glad ved Eder Alle
+Du faar ingen langt Brev iaften jeg er saa træt jeg maatte hjælpe Madam Winther for hun kunde kun være her 1 Dag men nu er alt Tøjet rent og imorgen tørrer vi
+Men her gav Faer mig en 10 Kr saa skal der snart følge flere Johannes jeg har randsaget min Hukommelse men jeg kan ingen Kighoste Periode huske for andre end Adolph kun Skarlagensfeber og Mæslinger ved jeg ganske bestemt at du har havt Det er det allerbedste jeg kunde om den lille søde kjære Dreng bliver hvor han er indtil I skal til Sverrig
+Hvor meget det smitter ved jo ingen hold dig foreløbig ved dig selv
+Hils Alhed og Andreas saa meget og Alle
+Tak fra Kristine</t>
+  </si>
+  <si>
+    <t>1899-09-03</t>
+  </si>
+  <si>
+    <t>Christine  Mackie</t>
+  </si>
+  <si>
+    <t>- Bendtsen, Frøken
+Berta Brandstrup
+Lauritz  Brandstrup
+Ludvig Brandstrup, billedhugger
+Louise Brønsted
+Katrine -, Erikshaab
+Alhed Larsen
+Augusta Mogensen
+Jupiter Mogensen
+Henning Schroll
+Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>Selvom brevet er skrevet på brevpapir fra Erikshaab på Fyn, må det reelt være skrevet i København, hvorfra det også er afsendt. Laura Warberg var på vej til Småland, hvor datteren Alhed, hendes mand Johannes Larsen, parrets søn og adskillige flere opholdt sig.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB0031</t>
+  </si>
+  <si>
+    <t>Det er godt, at Christine venter et år med at tage til Askov.
+Laura beder datteren plukke en buket siv ind og at fjerne det stikkende gulvtæppe. 
+Laura har haft en god rejse og tager den følgende dag videre til Sverige.
+Det går den forkerte vej med Bedstefar. Laura spørger til Frk. Bendtsen, som er syg.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/NBP7</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Frøken Astrid Warberg
+Erikshaab
+pr. Højrup St.
+Fyn
+[Fortrykt på brevpapiret:]
+A.C. Warberg,
+Godsforvalter,
+Erikshaab pr. Højrup St.
+[Håndskrevet i brevet:]
+Søndag Formiddag paa Fars Værelse
+Kære lille Putte!
+Nu skal Du strax faae en lille Beretning om min Rejse, men først Hilsen fra Far, at han af Hensyn til Dit Helbred naturligvis ogsaa af Penge-Hensyn synes godt om Du venter et Aarstid med Askov, desuden er vi begge glade ved at Du maa have vor Putte hjemme i Vinter. Mens jeg husker det – jeg glemte en Daase Kakao til Alhed, men nyd Du en af dem hver Dag, naar de andre drikker The. Vil Du endelig huske at tage en stor Buket Siv ind snarest; sæt den i en Krukke med Vand paa et af Værelserne, Vandet skal ikke skiftes eller fornyes, det skal bare dunste bort. Og vil Du saa ogsaa endelig strax faa taget det strikkede Gulvtæppe bort fra Dit Værelse og lade det rigtige kommer paa igen. Vil Du ikke ogsaa have Tæppe paa i det store? Nu maa Du ikke opsætte disse Ting lille Putte. – Vi kom godt ind med lille Jupiter, han var rigtig skikkelig næsten hele Vejen, græd egentlig kun lidt, mens vi stod i en gyselig Trængsel paa Skibet og ventede på at komme i Land. Jeg var paa Dækket hele Tiden, det var yndigt Vejr og næsten stille. Langt om længe fandt vi paa Banegaarden. Far og Fru M’s Familie. I Morgen rejser jeg til Sverig, her laa Brev til mig. Lugge bliver deroppe til paa Onsdag, Lud er der endnu og Muk gaar paa Jagt med ham. Det var herligt, at lille Muk fik den Tur. Hun er saa huslig og flink, siger Berta, og der er saa yndigt og komfortabelt oppe og de har rigeligt med Mad i Aar. – Nu skal Far og jeg ud at see til Bedstefar, de siger han gaaer stærkt ned ad Bakke. Daisy kunde kende mig, hun sagde strax ”Aua” Lad mig nu snarest muligt høre fra Dig lille Putte! navnlig om, hvordan Frøken Bendtsen har det; jeg er bleven ængstelig, mens jeg er borte, for at hun skulde blive mere syg. Men i saa Fald henter I da Schroll! 
+Jeg bor i et stort Værelse paa 3de Sal. Mange Hilsener til Eder alle sammen! Lad nu Jørgen køre med Iltoget, om det kører fra Faaborg Alhed er kommen, saa Katrine slipper at gaae derned.
+Mor.</t>
+  </si>
+  <si>
+    <t>1899-09-15</t>
+  </si>
+  <si>
+    <t>Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Båxhult pr. Landeryd</t>
+  </si>
+  <si>
+    <t>Lina -
+Thora  Branner
+Louise Brønsted
+Alfred Dreyfuss
+Katrine -, Erikshaab
+- Garell
+Alhed Larsen
+Andreas Larsen
 Johannes Larsen
-Thøger  Larsen
 Christine  Mackie
-Elisabeth Mackie
-[...157 lines deleted...]
-    <t>https://fynboerne.ktdk.dk/n/wyASnUBS</t>
+Ellen  Sawyer
+Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>Alhed og Johannes Larsen, deres søn og Laura Warberg opholder sig på Larsen-familiens ejendom, Båxhult, i Småland.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB0028</t>
+  </si>
+  <si>
+    <t>Alhed og Johannes Larsen samt Laura Warberg har læst aviser omkring ét stearinlys. De kan ikke skaffe petroleum. De er optaget af Dreyfuss-affæren. 
+Laura W gør rent og laver god mad. Johannes Larsen har bla. skudt skovduer. 
+Andreas/Gaien og Alhed optræder som modeller på Johannes Larsens maleri. Den lille ligger/står på alle fire. 
+Laura W beder Astrid sende diverse og Katrine om at vaske tøj.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/yzCx</t>
+  </si>
+  <si>
+    <t>[På kuvertens forside:]
+Frøken Astrid Warberg
+Erikshaab
+pr. Højrup 
+Fyn.
+Danmark.
+[I brevet:]
+Fredag d: 15de
+Kære lille Putte !
+Du var vel noget skuffet over det usle Brevkort sidst, men jeg bruger saa grulig mange af de dyre Frimærker. I Aftes blev vi glade overraskede ved at faa Aviser igen, det var hurtigt denne Gang. Vi slugte dem strax efter The; Alle tre sad vi ved det store Bord i Spisestuen med hver sin og ved et Lys! De har nemlig i Butikken ikke Petroleum en hel Uge! Vi har kørt 2 Gange efter det, men nu om lidt skal vi en lang Expedition til Harre, der skal være en Købmand, som menes at have. Paa Hjemvejen gaar jeg saa om ad Höljeryd med dette Brev og kører efter Post. Vi er meget optagne af Dreyfus; det er dog hele Verden endog saadan en Afkrog som her; den unge Garell fortalte mig om Dommen og Lina har laant os Telegrammet, som de har faaet, om det vigtigste. Jeg har meget travlt hver Formiddag og er glad ved at have gaaende Arbejde. I Gaar og i Dag har jeg ryddet op i Skuret Hylder og Skabe i Køkkenet, fejet og alt baade Skuffer og Køkken; jeg sagde til Alhed at vi maa skaffe os lidt extra [ulæseligt] en Gang imellem og det er det virkelig for mig at gaa og skruppe og gøre det pænt. Alhed skønner meget paa det. Vi har bagt Pandekager i hver sin Pande i en lille paa Primus jeg i en vældig stor paa Spisen; det gaaer brillant. Saa fik vi Æblekompot til og dejligt Øllebrød med tykt Fløde i ovenpaa. Hver Eftermiddag faaer vi en Kop Kakao. I Gaar skød Las 3 Skovduer paa en Gang med 2 Skud. det er en udmærket Steg; han har skudt en som vi har nydt for nogle Dage siden; han anskød en til men den var ikke til at finde. Gaien ”staaer” for sin Far, mens han Gaien [”Gaien” indsat over linjen] bliver klædt paa Alhed har sin blegrøde Morgenkjole, det bliver et stort og vist morsomt og udmærket Billede; Bord, Pude, Vindue med stribet Rullegardin o s v. Han har funden paa at rejse sig op paa Armene og Knæene, mens han bliver vasket og det er i den Stilling, Las tager ham altsaa nøgen paa alle 4 og seende op mod Lyset. Han er dejlig. Hør lille Putte, vil Du ikke sende en Pakke afsted til mig med Lugges Adresse; jeg maa jo snart tænke paa at rejse til København d.v.s. naar jeg faar at vide, naar Far rejser derfra; jeg vil gærne være der et Par Dage og saa følges med ham hjem. Det skulle være mine smaa Fjederstøvler i Servanten; bed Christine om at faa Thora til at undersøge, om jeg ikke har glemt det lange hvide broderede Silketørklæde, som Th. nok veed en Gang har ligget længe hos hende; jeg tror det er der igen. Dernæst det sorte Kjoletøj og do Underkjole i en Kiste, som Du nok veed jeg har talt om skulde være en Kjole til Muk, det har været Elles og der er et Stykke nyt Tøj med. Mon det ikke nok kan være i Kbh. ca. d. 25de Sig til Katrine, at jeg haaber, hun har en Vask færdig, til vi kommer hjem; jeg kan lade en Smule af mit Tøj straks vaske i Kbh. og Far kommer altid med alt sit sent
+[Skrevet lodret s. 1 på højre side af papiret:]
+Mange Hilsener til hver især fra Las, Alhed og Mor.
+[Skrevet lodret s. 2 og 3:]
+Nu Farvel lille Putte? Vi glæder os fremdeles til Pakken, maa vist snart høre om den. Denne Pakke Aviser var nok frankeret. 
+[Skrevet lodret langs højre kant på side 3] 
+først, naar jeg kommer hjem, saa skal jeg nemlig have meget syet og hæklet og strikket
+[Skrevet lodret på s. 4:]
+Jeg vilde nødig have meget med i en Vadsæk</t>
+  </si>
+  <si>
+    <t>1899-09-18</t>
+  </si>
+  <si>
+    <t>Christine  Mackie
+Ellen  Sawyer</t>
+  </si>
+  <si>
+    <t>Laura Warberg var i september 1899 med Alhed og Johannes Larsen og deres lille søn på Larsen-familiens gård, Båxhult i Småland.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 0027</t>
+  </si>
+  <si>
+    <t>Pakken er kommet, men uden brev. Laura Warberg synes, at Astrid skriver for sjældent. Laura vil rejse hjem otte dage efter, at kortet er sendt.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/pHgU</t>
+  </si>
+  <si>
+    <t>[Fortrykt på brevkortets forside:]
+BREFKORT.
+(DENNA SIDA ANVÄNDAS ENDAST FÔR ADRESSERINGEN) 
+Till
+Bostad: 
+(om den kan uppgifvas.)
+Adressort:
+[Med håndskrift på kortets forside:]
+Danmark.
+Frøken Astrid Warberg
+Erikshaab
+Højrup Fyn
+[Håndskrevet på kortets anden side:]
+Båxhult d: 18de.
+I Aften kom Pakken, og vi var meget glade ved at see den i Havn, men nok lidt skuffede over ikke at finde Breve deri. Du forsømmer os rigtignok lidt svært lille Putte, jeg har kun faaet et eneste Brev paa de 2½ Uge, jeg har været borte. Ikke et Ord om Elles Brev, hvilket dog vist er kommen til Chr. Nu tænker jeg stærkt paa at rejse herfra i Morgen 8 Dage vist nok. Hilsener til Eder alle! Dette bliver sikkert mit sidste Brev herfra</t>
+  </si>
+  <si>
+    <t>1900-05-05</t>
+  </si>
+  <si>
+    <t>Marie Larsen
+Vilhelmine  Larsen</t>
+  </si>
+  <si>
+    <t>Rørholmsgade 
+Hverringe Gods
+Fåborg Museum
+Assensvej 198  
+Klintevej  5300 Kerteminde
+Vilhelminevej</t>
+  </si>
+  <si>
+    <t>Christian Eckardt
+Ingeborg  Eckardt
+Ferdinand Louis Gjellerup
+Andreas Larsen
+Georg Larsen
+Jeppe Andreas Larsen
+Johannes Larsen
+Lars Larsen
+Vilhelmine  Larsen
+Marie   Larsen, Georg Larsens datter
+Anna Marie  Larsen, Georg Larsens hustru 
+Vilhelm Larsen, Georgs søn
+Fritz Levy
+Amalie Lindberg
+Susanne Lindberg
+Jens Ferdinand Willumsen</t>
+  </si>
+  <si>
+    <t>Anna Marie Larsen blev muligvis opereret i København på "Røde Kors Klinik" for ubemidlede. Her arbejdede Frits Levy fra januar 1896-december 1900.(Den Danske Lægestand 1907-1915 Jacob Lunds Forlag 1915).
+Christines lærer på dette tidspunkt er J.F. Willumsen. 
+Haabet = Erikshaab - Alhed Larsens barndomshjem, som ligger nord for Faaborg på Fyn .
+Alhed og Johannes Larsen bor på Feden i Kerteminde i et af IA Larsens huse.</t>
+  </si>
+  <si>
+    <t>Georg Larsens kone skal opereres i København. Det glæder Vilhelmine Larsen, at Christine Swane er tilfreds med sin lærer. Byggeriet går fremad på - formodentlig- både Lille og Store Kærbyhus.
+Johannes Larsen skal til Faaborg med en akvarel. Han er ved at forberede en jagtudstilling.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/oaIp</t>
+  </si>
+  <si>
+    <t>Kjerteminde den 5. Maj 1900
+Kjære Christine!
+Du vil jo ogsaa gjerne høre et lille Ord om Søndagen denne gang er det just ikke af de glædelige Georg og Marie kommer vistnok en af de første Dage til Kjøbenhavn hun er bleven bleven undersøgt af Gellerup og han raadede til en Operation hos Professor Levy der er skreven derover og de venter Brev i Morgen er der Plads saa rejser de, I kunde da for en [ ulæseligt ord] se ud paa Banegaarden Søndag ellers skal jeg nærmere skrive Dagen det gjør mig meget ondt for dem, godt er det at vi er her, og Børnene holder saameget af os vi kommer over det om vor Herre vil hjælpe os at Operationen maa gaa vel det er en Svulst der trykker paa Blæren saa hun lider meget naar Vandet kommer – men det kan jo være det ikke er saa slemt naar Professoren kommer tilstede, I kan nok tænke at det er Alvor, et Gode at Marie er sygeforsikret saa hun faar daglig Hjælp; men det er jo ligefuldt en dyr Historie.
+Georgs skal faa din Trøje med for nu bliver det jo varmt. Hils Eckardt saameget sig Dem jeg blev saa glad at Onkel solgte det andet Billede, men er her ikke Tid for mig at skrive mere end til dig.
+Med Bygningen gaar det godt frem men der vil da gaa en 14 Dage endnu inden vi kan komme derop; men nu er vi jo ogsaa nødvendige her saalænge
+Det glæder os at du mærker Fremgang og er fornøjet med din Lærer – det var da godt for ham at han fik de 1000 Kr i Præmie -.
+Nu skifter jeg for Marie vil skrive med Hils Alle du hilses saa kjærligt fra din Moder – 
+Kære lille Ugle!
+Nu vil jeg med det samme skrive et Par Ord. Vi sidder jo endnu her paa Soveværelset, med det gaar da godt fremad med Byggeriet, jeg var deroppe med Faer og Moer i Gaar, 2 Værelser er nu fuldstændig færdige med Undtagelse af at lægge Gulv,og det kan jo gøres i en Fart, vi har 3 Tømrere, de 2 andre Værelser bliver færdige paa Tirsdag, de 2 Gavlværelser er ogsaa omtrent færdige, der bliver en storartet Udsigt især paa det ene, man ser baade Vandet, Klinten og Verringelandet, hvor det bliver yndigt at komme derop og hvor jeg glæder mig til at faa Dig hjem, det har været saadan en lang trist Vinter, saa jeg haaber at vi nu skal faa det lidt fornøjeligt naar Du kommer, men Du kommer til at finde Dig i at gaa smaat, naar jeg skal med ud at spasere , jeg kan ikke faa Benene med, det har været dårligt en Tid igen, men i Gaar og i Dag synes jeg dog det er det bedste det har været, saa jeg maa ikke klage; i Dag er det 3 Maaneder siden jeg havde Docktor første Gang, sommetider bliver jeg saa angst for at jeg aldrig kommer mig rigtigt, men saa ler de andre af mig og siger at det er noget dumt Snak. Bare dog Operationen maa gaa godt for Marie, det er saa ængsteligt at tænke paa, men nu om Tide kan Lægerne jo gøre det utroligste med Hensyn til Operationer, saa maa vi haabe paa det bedste. Er Ingeborg saa kommen? Hils dem alle fra mig, der glædede os saameget at Onkel igen har solgt et Billede. Sig mig har du hørt eller set noget til Lindbergs i den sidste Tid, jeg talte i Gaar med Amalie Lindberg og hun fortalte mig at Susse havde faaet en Søn allerede i Marts Maaned, jeg blev meget forbavset da jeg ikke troede at det var saa snart det skulde ske og det undrer mig ogsaa at Susse ikke med et Ord har ladet mig det vide, hils fra mig naar Du siger Farvel derude. Johannes tager til Faaborg i Morgen med den Akvarel som Lars Larsen har købt, han kommer tilbage igen i Morgenaften for han har saa travlt med sine Billeder til Jagtudstillingen. Gaien er bleven en Del tykkere nede paa Haabet, han er rigtig sød. Nu maa Du endelig skrive op alt hvad Du giver ud i disse 14 Dage og lad os i god Tid vide hvor mange Penge Du skal have inden Du rejser fra Byen, Du er nok sød og sparer saa meget som muligt, der gaar en frygtelig Masse Penge til nu vi har Haandværksfolk hver Dag, Jeg glæder mig til Brevet i Morgen. De kærligste Hilsener fra Din hengivne Søster Marie.</t>
   </si>
   <si>
     <t>1901-10-17 - 1902-11</t>
+  </si>
+  <si>
+    <t>Dagbog</t>
   </si>
   <si>
     <t>Brune -
 Fritz -
 Ellen Agnete Amstrup
 Louise Amstrup
 - Auge
 Laurits Nicolai Balslev
 Wilhelmine Berg
 Tycho Brahe
 Harriet Brahm
 Peter Georg Emil Brahm
 Johannes Brahms
 Carl Brandstrup
 Emil Brandstrup
 Julie Brandt
 Thora  Branner
 Thomas Bredsdorff
 Frederik Briand de Crèvecoeur
 Johannes Nicolaus Brønsted
 Christian Caspersen
 Johanne Caspersen
 Poul Caspersen
 Holger Drachmann
 Betty  Ejlskov
@@ -4201,331 +2808,725 @@
 Rasmus Kattrup
 Charlotte Knipschildt
 Ernst  Knipschildt
 Gustav Knipschildt
 M Knipschildt
 Otto Knipschildt
 - Krarup, læge
 Hans Jørgen -, Kusk ved grevskabet Muckadell
 Selma Lagerlöf
 Peter Erasmus Lange-Müller
 Adolph Larsen
 Alhed Larsen
 Andreas Larsen
 Johan Larsen
 Johanne Christine Larsen
 Johannes Larsen
 Christine  Mackie
 Augusta Mogensen
 Christian Mogensen
 Alfred Nielsen
 Otto Emil  Paludan
 Frederik Paludan-Müller
 Kirstine -, pige i huset hos Hempel Syberg
 - Poulsen, løjtnant
 Ellen  Sawyer
-Eleonora Scheel
+Lili Scheel
 Karl Schou
 Marie Schou
 Robert Schumann
 - Stürup
 Elly Svarrer
 Christine Swane
 Adelheyde Syberg
 Hempel Syberg
 Sigurd Thomsen
 Vagn Thomsen
 - Vesterdal
 Johannes Vesterdal
 Albrecht  Warberg
 Frederik Warberg
 Laura Warberg
 Else Wienberg</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/n/5K5zZYof</t>
   </si>
   <si>
-    <t> 2. jul. 1909</t>
-[...11 lines deleted...]
-    <t>14. dec. 1923</t>
+    <t>1901-06-27</t>
+  </si>
+  <si>
+    <t>Alhed Larsen
+Andreas Larsen
+Johan Larsen
+Albert Carl Emil Mohr
+Christine Swane
+Peter Tom-Petersen</t>
+  </si>
+  <si>
+    <t>Kerteminde Opland: Lille Kærbyhus, som Alhed og Johannes Larsen boede i 1901, lå dengang udenfor byen. Astrid Warberg var pige i huset hos dem frem til 1. oktober 1901, hvor hun begyndte at tage prælimenæreksamen i Odense.
+Det vides ikke, hvem den mand, som Johanne C. Larsen tilsyneladende havde et forhold til, var.
+Sangvinsk temperament (af sanguis, blod) har den, som ser den lyse side ved alting, og som altid håber paa det heldigste udfald – er optimistisk. 
+Splide: Spalte, kløve, sønderrive (ordnet.dk). 
+Småkræ: Andreas/Puf Larsen (født maj 1899) og broderen Johan/Lysse/Feddesen/Feddelsen Larsen (født februar 1901) er sønner af Johannes/Las og Alhed/Be Larsen. 
+Uglen: Christine Swane. 
+Anna og Fritz Syberg boede i 1901 i Svanninge. I 1902 flyttede de til Kerteminde.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0398</t>
+  </si>
+  <si>
+    <t>Johanne/Junge må tænke på, at hendes ven er meget ung og bære over med ham. Astrid ønsker hende tillykke med forholdet. 
+Astrid og Alhed Larsen står meget tidligt op hver dag og går i vandet. Astrid hjælper med børnene og er træt og har tandpine. 
+Christine/Uglen Swane og Astrid har været på en tur til Fyns Hoved, hvor de sov under en lånt kappe, badede nøgne og gik tur. Folk de mødte på hjemvejen var forargede og rystede.
+Tom-Petersen bor hos Alhed og Johannes Larsen og betaler 1,5 kr. i døgnet.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Sov4</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Her
+Frk Johanne Warberg
+Erikshåb 
+Højrup St
+[Håndskrevet i brevet:]
+Kerteminde Opland 27-6-01
+Kæreste lille Junge!
+Du skal øjeblikkelig have Svar – så glad jeg dog blev ved dit gode Brev, som du havde skreven til mig! 
+Og tro mig nu – jeg blev bare glad ved Brevet; det triste, som Du ser, kan jeg slet ikke indse. 
+Nej, Jer to er jeg sikker på – stoler så heltud på; I har skam Jeres Pas i Orden. Junge! jeg kan blive helt glad, når jeg tænker på Jer. 
+For alt det tristeste her i Verden er jo mest de uharmoniske Forhold Mennesker imellem. Men her kan ingen Disharmonier blive, for I er jo som skabt til at supplere hinanden. Hvad bryder Du dig om hans Ubestandighed, når Du éngang har set, at dét Menneske holder af Dig – ja ikke kan undvære Dig. Betænk dog, hvor han er ung – endnu langt yngre end sine År – endogså. Og måske Du er den første, han holder rigtig af – så lad ham dog få Tid at gennemleve af de mange Facer, som sidst Du skulde vise Dig fremmed for – Du er sluttet hos ham – derfor vil han også vende tilbage til Dig – altid.
+Du spurgte om min Mening ang. det etiske og Dig: 
+Men lille Junge! Du kender jo mig og Etik – Afstand! Jeg siger som Du – man skal bruge de stakkels få Våben man kan gi Etiken Pokker ivold. - Nu tror Du vel slet ikke – eller reflekterer ikke på mine Satser, fordi de er lutter Sangvinskheder, men jeg tror nu bestemt, at jeg mener rigtigt. Og jeg ønsker Dig af hele Min Sjæl til Lykke med Dig selv og ham. For Du ved vel, det er en mægtig Himmelens Gave at kunde holde af et Menneske, som Du si’er, at Du kan det. O, det er disse Dine Ord, der bestandig kan gøre mig så glad – og så at Du har truffen ham, der måske er den Eneste under Solen, der kan gøre Dig lykkelig. Men det ene er nok en Følge af det andet. Nu han – afbrudt ved at de kom hjem fra Strandhotel – [ulæseligt], jeg passede Småkræ.
+Næste Dag. Jeg må Fanden splide mig have dette Brev ordnet endnu i Aften. – møg træt som jeg skønt er – Tandpine hver Fornat – op 5 ½ hver Dag – i Vandet med Be fra ½ 7- 7 (vi har taget Kort.) og så Rub lige til Sengetid – vi har jo Middag 5 ½ - føj. Men jeg får da 5 Kr extra fra ham for denne Måned. – eller 14 Dage er det da. 
+Be var i Odense i Dag fra 11 til 2 Toget. Feddeslen sov hele Tiden. Af Seværdigheder har Uglen og jeg været på Fyenshoved! Toget til Dalby til Dans Lørdag Aften. Gik derfra til Nordskov, hvor en Herre (Embedsmand) antastede os og spurgte nu vi ikke gik Fejl – der var ingen Logi ude, og det var jo sen Aften. Vi sagde, at vi vilde bo i en Høstak – men da ikke engang en sådan fandtes, tog vi imod hans elskværdige Tilbud at låne en stor Kappe – så drog vi af – lå på Tang med Kappen over os og vågnede Kl. ½ 3 op med et Sæt – den gav Resonans i en Cyklist der rullede forbi og velsagtens havde grundet over den mørke Klat – han blev meget betuttet – gled videre og sagde sluttel. Gomåren! Langt væk stod han så af og gloede. Dagen blev herlig i det smukke Vejr – vi gik nøgne om på Hovedet + badede når det blev for hedt – talte – sov – spiste – stegtes – badede og nu fortæredes af Tørst og skyndte os hjem – med ½ 10 Tog til Kerteminde – de udstødte vilde Hyl, da de så vore skamferede Ansigter – kobberrøde og lasede. I Dalby vakte vi stormende Opsigt – som overalt hvor vi passerede Embedsmanden havde telefoneret vor dristige ”Færden vidt om på Hindsholm”, sagde Mohrs)!!! 
+Om denne Tur der i alle Måder var vellykket skal Du høre personlig. 
+Nu er jeg for træt Kunstn. savner meget. Og i Dag gled Uglen til Svanninge – hun var nu brillant i sine gode Stunder! Og vi blev så glade ved Mors Jabrev i Dag – det skal nok blive en sjov Halløj – Be har så været nede at løse Sognebånd. Tom P. er så morsom og hyggelig at have og Be nyder al den Mad, vi hver Dag får, han gir 1 ½ Kr – så jeg mener nu, vi sætter snarere til - så flot vi lever. 
+Dette blev da for Resten et helt Brev – bare Du kan læse de Tæer.
+Hermed en venlig Hilsen o s v – til Jer alle.
+O Tak! Junge! 
+Din Dis</t>
+  </si>
+  <si>
+    <t>1901-10-14</t>
+  </si>
+  <si>
+    <t>Odense</t>
+  </si>
+  <si>
+    <t>- Allerup, lærer
+Otto Emil  Paludan
+Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>Astrid Warberg-Goldschmidt tog præliminæreksamen i Odense. Hun boede imens hos Hempel Syberg.
+Kaptajnen var lærer ved Astrids uddannelsessted. 
+Mortensen kendes ikke. Ej heller Brune/Bruno.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2716</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/bXkl</t>
+  </si>
+  <si>
+    <t>[Fortrykt på brevkortets adresseside:]
+BREV-KORT
+(Paa denne Side skrives kun Adressen.)
+Til
+[Håndskrevet på kortets adresseside:]
+[Med blyant:] 1901
+[Med blæk:]
+Fru Laura Warberg
+Erikshåb
+Højrup
+[[Håndskrevet på kortets tekstside:]
+Kære Mor! Jeg må straks meddele Dig, at Kaptainen i Går har udtalt vores allesammens Dom - Mortensen og jeg var de to eneste, som de sikkert turde indstille - én var umulig - og Resten tvivlsomme. K. holdt et lille Foredrag til hver især om deres tynde Steder; til mig sagde han, at det jo udelukkende gjaldt Mathematiken - alle de andre Fag var der ikke det mindste at sige til, og når jeg blev indstillet - trods - i Mathematik, så var det, fordi de andre Fag var så fyldige, at der kunde tages af deres Points til den ulyksalige Mathematik. Du kan tro jeg er henrykt over dette - og har fået helt nyt Mod og friske Kræfter. Har ordnet min læsestil om, så jeg nu læser til 12 om Aftenen - hvor der er Stilhed og Varme - og så sover om Morgenen til 8 - 1/2 9 - det skal nok betale sig. Lærerne er så rare - Allerup viste mig i Går hele sin nye Lejlighed oppe i Vestergade (over Elevatoren(!)) - den var overordentlig hyggelig og smuk. - Turen i Søndags gik udmærket - jeg var slet ikke (mod Sædvane) bange - og Vejret var så bedårende! Kom hertil ved 8 Tiden - alt var i god Behold - Brune forefandtes - og vi tog straks fat på Mathematiken, som jeg var ualmindelig dum til (Opgaver) og jeg vedblev dermed lige til Sengetid. Mit Vidnesbyrd, som jeg har fået er præcis som sidst - Far havde på det fornylig sat NB ved 3 Fag - og de kan sættes også her; men ved Sammenligning med Kammeraterne ser jeg, at det alligevel er udmærket. - Vil du hilse Pallam og de unge Piger! Og mange Hilsner til dig selv!
+Astrid. Tirsdag Formd. Odense.</t>
+  </si>
+  <si>
+    <t>u.å. 1901-12-12</t>
+  </si>
+  <si>
+    <t>Christian Eckardt
+Adolph Larsen
+Alhed Larsen
+Andreas Larsen
+Georg Larsen
+Jeppe Andreas Larsen
+Johan Larsen
+Johannes Larsen
+Marie Larsen
+Vilhelm Larsen
+Clara Lindberg
+Susanne Lindberg</t>
+  </si>
+  <si>
+    <t>Onkel er muligvis Christian Eckardt.
+Johannes Larsen er muligvis på Fyns Hoved for at male sammen med Fritz Syberg.</t>
+  </si>
+  <si>
+    <t>Christine Swane besøger familie og bekendte i København. Johannes Larsen er rejst. Alhed og børnene er hos Johannes Larsens forældre.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/tuYk</t>
+  </si>
+  <si>
+    <t>Kjærbyhus den 12 December.
+Kjære lille Dinemor!
+Her sender jeg Dit Tøj som ikke er saa pænt som det burde være; men jeg har ikke kunnet naa mere med stoppe Trøjerne for det har ikke været tørt før i gaar og strøget daarligt er det ogsaa men Du tager nok imod med skønsom Tanker og gjør om paa det naar Du faar lukket op; I Pakken vil Du finde lidt af hvad Du ønskede og Du maa endelig sige til kjære Barn naar Du mangler noget det er saa trangt for mig at tænke paa Du skal savne Mad og Varme Lov mig en Ting Ugle gaa ikke hen og faa Lyst til at glæde os til Julen og saa selv Lide Nød Du maa ikke Dine hører Du det er i dag Faers Fødselsdag
+Las er rejst og saa er Alhed og Børnene her og Marie skal sove derovre Agraren render med Pakken og jeg sender Dig Vilhelms Brev for at du kan læse lidt fra ham
+Nu kom her Brev fra Onkel han fortæller Du sad hos dem det glæder mig hver Gang Du er hos de gode Mennesker ogsaa at Du besøger Susanne og faar Du Tid saa besøg Fru Lindberg inden Julen hun er dog saa kjær at vi kan være glad ved hendes Venskab
+Her er Blomsten Alhed siger det er den Italienske
+Nu gaar Agraren med Pakken og Brevet
+Her er en forfærdelig Kulde; men ellers klart og højt Vejer
+Vi har faaet vores Hø ind fra Marken og det er vi glade ved at det sidder godt i Hus til han skal kjøre ud med det til Odense
+Georg og Johannes kom med hver en Flaske Vin til Faer og det drak vi sammen fremmede har her ingen været vi er allene i Aften og skal naar vi faar Kaffen iseng
+Med al den Børnesnak er her tummelumsk at jeg maa holde op og sige Farvel og Tak for Dine sidste Breve
+Hils hvem der bryder sig om en Hilsen fra os Din egen Moder der aldrig glemmer at bede for Dig</t>
+  </si>
+  <si>
+    <t>1901-12-15</t>
+  </si>
+  <si>
+    <t>Nordskov</t>
+  </si>
+  <si>
+    <t>Martofte
+Fyns Hoved
+Salby, Kerteminde</t>
   </si>
   <si>
     <t>Andreas Larsen
-- Petersen, Rylen</t>
-[...76 lines deleted...]
-    <t>29. maj. 1927</t>
+Georg Larsen
+Johan Larsen
+Marie Larsen
+Peder Nielsen
+Fritz Syberg</t>
+  </si>
+  <si>
+    <t>Turen til Fyns Hoved var, så vidt vides, Fritz Sybergs første til denne lokalitet. Syberg beskrev samme udflugt i breve til sin kone Anna. Disse findes også i databasen.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen og Fritz Syberg er blevet kørt til Martofte, hvor de har efterladt deres kufferter, hvorefter de gik til Nordskov. De bor hos Peder Nielsen og har spist godt samt gået på Fyns Hoved.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/zVbT</t>
+  </si>
+  <si>
+    <t>Nordskov Søndag 15 Dec 1901.
+Kæreste Alhed!
+Vi kom godt herud i Gaa[r efter] en lille rask Spaseretur fra Martofte, længere kunde [noget af papiret mangler] nemlig ikke køre. Han kørte saa ind hos Niels Petersen og hvor vi blev styrkede med [noget af papiret mangler] og Kager, og fik de vigtigste [noget af papiret mangler] tømt ud af Kufferten og lavet til en Randsel. Jeg fyldte i Tasken hvad der kunde være og pakkede Tæppet i Papir og Islænderen uden om og bandt det hele sammen og Baronen fik sin Bagage paa Ryggen som Tornyster. Det værste ved Turen var for mig at Sneen klampede saa voldsomt under Træskostøvlerne jeg var en Del træt af at gaa og sparke den af. Vi var [ikke] ventede her, men fik [ikke] destomindre et udmær[ket] Foder bestaaende af varm [noget af papiret mangler]ul og Faarekød og Smør[og]brød og bagefter Kaffe og [Ju]lekage. Her er 4 Smaa Piger [me]d Træsko der spiller Boldt omkring mig og gør et allerhelvedes Spektakel og skubber til Bordet hvert Øjeblik. Vi gik tidlig i Seng og stod op Kl. 7 og spiste Øllebrød og gik derefter ud til Fyens Hoved hvor vi gik omkring til Kl henad 1 i storartet Vejr og nu sidder vi her igen. Kufferten er ikke ankommen endnu men jeg giver den i et Par af Peder Nielsens Buxer. Toget sidder nok fast ved Salby det siger [de] da her, saa det er v[el] usikkert om dette na[ar] Dig i Morgen. Grossereren huskede vel at sendt Kul op til Dig. Jeg savner Jer egentlig temmelig meget og jeg vilde ønske Du kunde være med paa Turen. Vi skal se at komme lidt før ud i Morgen tidlig. Ligger Marie ovre hos Dig? Jeg faar vel et Par Ord fra Dig om hvordan det gaar. Er det Dig de havde sat Grossereren til at spørge i telefonen i Gaar om vi var [ko]mmen herud. Jeg skal [hi]lse Dig fra Baronen. [Vi]l Du hilse de andre. [M]ange kærlige Hilsner [og] Kys til Jer 3 fra
+Din
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>Peder Nielsen</t>
+  </si>
+  <si>
+    <t>Faaborg Museum, Fritz og Anna Sybergs arkiv, breve fra Fritz til Anna i tiden 27/7 1893 til 16/10 1904.</t>
+  </si>
+  <si>
+    <t>Den foregående dag ankom Fritz Syberg og Johannes Larsen til deres bestemmelsessted hos gårdmand Peter Nielsen. I dag er de gået hele Fynshoved rundt i et frygteligt vejr. Fritz synes, turen hjælper på hans nervøsitet.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/eeTc</t>
+  </si>
+  <si>
+    <t>Nordskov. 15/12 1901.
+Kære Høns! I Går kom vi i et forrygende Sne og Stormvejr til vort Bestemmelsessted. Det er hos et Par elskværdige Folk – Manden er Gårdmand – med mange Børn. I Dag har vi været hele Fynshoved rundt i et endnu værre Vejr end i Går. Jeg tror nok at Turen hjælper på mig. Det er forresten mærkelig at det, at man sætter sig på Fyns nordligste Spids, og i et forrygende Vejr af Nordøst sidder i to Timer og ser på at Edderfuglene trækker forbi, skal have en heldig Indflydelse på Ens Helbred. I hvert Fald hjælper det på min Nervøsitet.
+Har du fået Kåben? Jeg venter at høre lidt om den og om Ungerne som jeg længes efter. Jeg længes også efter at se Dig og hvad Du får lavet i Rosenborg Drivhus.
+Endnu har vi jo ikke været her sålænge men alle de Naturindtryk gør at jeg næsten synes der er gået 14 Dage siden jeg rejste. Her er forresten Togstandsning. Toget sidder fast i Sneen to Mil herfra ude på en Mark, men forhåbentlig går Fodposten så Brevene kommer frem. Mange Hilsner og Kys til Dig og Børnene. Hils Matilde. Din Fritz.</t>
   </si>
   <si>
     <t>Andreas Larsen
-Vilhelm Larsen</t>
-[...131 lines deleted...]
-Alhed Larsen
+Jeppe Andreas Larsen
+Johan Larsen
+Marie Larsen
+Vilhelmine  Larsen
+Else Marie Nielsen
+Peter Nielsen
+Fritz Syberg</t>
+  </si>
+  <si>
+    <t>Johannes Larsen og Fritz Syberg boede hos Peter Nielsen i Nordskov for at male på Fyns Hoved. Der findes i databasen breve fra begge kunstnere fra dette ophold. Det var første gang, Fritz Syberg besøgte Fyns Hoved. 
+Tjalfe var Johannes Larsens jagthund.</t>
+  </si>
+  <si>
+    <t>Alhed Larsen har fået telefonisk besked om, at Johannes Larsen er kommet godt frem i det slemme vejr. Hun har forsøgt at få Puf (Andreas) passet, mens hun gik til hønsene, men han skreg. Larsen må hilser Fritz Syberg (Kunstneren) og Peter Nielsen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ZIR8</t>
+  </si>
+  <si>
+    <t>Søndag Aften
+Kæreste Larsi!
+Jeg kan jo ikke skrive til Dig, naar der ingen Tog gaar. Det er godt med den Telefon, vi fik at vide at I var kommen godt derud og at I i Dag Kl. 9 var gaaet ud at spadsere. Det har dog været et gevaldig Vejr. – Jeg har ikke oplevet den fjerneste, bitreste Smule, siden I rejste, kan jo ikke vende mig herud af for Puf. Da jeg i Gaar løb over til Hønsene, satte jeg ham ind til Bane[ulæseligt], men han udstødte saa vilde Hyl at jeg kunde høre det derover saa jeg blev forfjamsket og ikke kunde lukke Laagen op og løb hjem med uforrettet Sag. – Jeg gjorde Lørdagsrent i begge Stuer i Gaar, Ungerne har været søde i Dag, de to gamle kom en lille Visit over til os i Eftermiddag. Tjalfe har haft fast Ophold i Lænestolen. – Jeg er meget glad over, at Vejret er stilnet af, jeg var saa urolig for Eder i Gaar, tænkte hele Tiden paa det gamle Postbud, der gik ud i Fjorden i Fjor. I maa endelig passe paa, og ikke rende ud efter Fugle eller andet. 
+Marie er kommen med Kaffe som vi skal hen at drikke og saa i Seng
+Hils Kunstneren 1000 Gange. Hav det endelig godt Din egen Alhed.
+[Indsat lodret langs papirets højre kant] Hils Peter Nielsens 
+Marie hilser
+[Fortrykt nederst på arket s. 2] Havana-Import + Tobakker + Cigarer &amp;amp; [tekst udenfor arket]
+[I logo] Julius Hertz</t>
+  </si>
+  <si>
+    <t>1901-12-16</t>
+  </si>
+  <si>
+    <t>Martofte
+Nordskov
+Mejlø, Fyns hoved</t>
+  </si>
+  <si>
+    <t>Andreas Larsen
+Johan Larsen
+Peder Nielsen
+Fritz Syberg</t>
+  </si>
+  <si>
+    <t>Fritz Syberg og Johannes Larsen boede under opholdet hos Karen Marie og Peder Nielsen på Dyrbjerggaard i Nordskov.
+Fritz Syberg beskrev samme tur til Fyns Hoved i et brev til hustruen Anna 16. december 1901.</t>
+  </si>
+  <si>
+    <t>KB</t>
+  </si>
+  <si>
+    <t>Johannes Larsen og Fritz Syberg (Baronen) er på Fyns Hoved. De tegner og ser på fugle og spiser en masse mad hos deres værter i Nordskov. Larsen forsøgte at fange en vingeskudt gås, men det lykkedes ikke. Husværten, Peder, fangede den senere. Fritz Syberg har tegnet Johannes Larsen bag en vold af tang, de byggede på Fyns Hoved/Fyns rev.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/oZ9i</t>
+  </si>
+  <si>
+    <t>[Nords]kov 16 Dec. 1901.
+Kæreste Alhed!
+Nu er vi igen færdige med vores Dagsværk. Det har været et dejligt Vejr her i dag. Vi var ude ved Revet lige ved Daggry, vi havde bygget os et Par Skanser af Tang der i Gaar og anbragt os saa der til Morgen, jeg for at se paa Fugletrækket og Baronen for at tegne [noget af papiret mangler] derefter gik vi en Tur rundt [noget af papiret mangler]rnen og saa tilbage til [noget af papiret mangler]erne igen og efter at have [noget af papiret mangler] der lidt gik vi hjem [og spiste] til Middag hvorefter [vi sejle]de over til Mejlø og gik rundt der i Eftermiddag. Baronen har lidt bedre Appetit i Dag og jeg æder som en Tærsker, en stor [noget af papiret mangler] Øllebrød Kl. 7 om Morgenen med Smørogbrød og Kaffe og Julekage ovenpaa en gevaltig Masse til Middag og da vi kom fra Øen i Eftermiddag satte jeg 4-5 Stykker Smørogbrød 3 tykke Løftepandekager derefter atter 3 Stk Mad med Rullepølse og et Stk Ostemad et Par Snapse, Øl og Kaffe m[noget af papiret mangler]kage til Livs u[den paa] mindste Maade [at føle] mig generet af d[et]. Det er nogle dejli[noget af papiret mangler] vi foretager og vi [noget af papiret mangler] en hel Del Vild[noget af papiret mangler] Raadyr, Harer, Svaner Masser af Graaænder [noget af papiret mangler] Ederfugle har vi ikke set saa mange af, ja i Gaar Formiddags trak de en Del forbi ude ved Revet, men i Dag var det temmelig sløjt derimod saa vi nogle Aalekrager, den ene temmelig nær ved. I Gaar saa vi en vingeskudt Knortegaas som jeg gjorde Forsøg paa at fange men den [noget af papiret mangler] i Vandet for mig [noget af papiret mangler]talte det til Peder [noget af papiret mangler]en da vi kom hjem, [og han g]ik saa ud efter den [og var] heldigere og kom hjem [med] den. Vi har endnu ikke faaet Kufferten fra Martofte, ligesom vi heller ingen Breve har faaet men de maa vel [komme] i Morgen. Jeg gaar og fryser i Morges savnede jeg i høj Grad min Lammeskindshue, men nu vi har faaet stille Vejr har jeg jo ingen Brug for den, det skulde da være for at lapse mig med den paa de Tegninger Baronen lave af mig. Vil Du hilse lille Puf og den lyse fra mig og kysse dem [noget af papiret mangler] hils ogsaa de andre [noget af papiret mangler] kærlige Hilsner fra 
+Din 
+Johannes Larsen</t>
+  </si>
+  <si>
+    <t>Camilla Bertram
+Johannes Larsen</t>
+  </si>
+  <si>
+    <t>Fritz har været på en dejlig tur, hvor han lavede en tegning af Johanes Larsen liggende på lur bag en tankskanse. De har været på Fyns Rev og på Mejlø. Han undrer sig over, om der er togstandsning, siden han ikke hører fra Anna.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/IHTH</t>
+  </si>
+  <si>
+    <t>Nordskov. 16/12 1901. Kære Høns!
+I Dag har vi været en dejlig Tur. Først på Edderfugletræk ude ved Fyns Rev, hvor jeg lavede en Tegning af Johannes liggende på Lur tag en Tangskanse. Hvis jeg ikke får ham malet i den eller en lignende Situation ude i den fri Natur, så tror jeg ikke jeg vil dø rolig. Det er på Fyns nordøstligste Punkt, med hele Kattegattet skyllende ind på Revet og Udsigt til Refsnæs og Samsø, så det er da i Guds frie Natur. Senere var vi en Tur ovre på Mejlø, en lang mærkelig formet Ø fuld af Torne og fuldstændig ubeboet og uopdyrket. Der var flere Øer af samme Naturbeskaffenhed og store Fladstrande imellem dem fyldt med Ænder og Måger, der var også en Flok Svaner. Er der mon Togstandsning på Sjælland? I så Fald må jeg jo have Tålmodighed, men jeg kunde ellers nok lide at få et Brev fra Jer. Vi har bestemt at tage herfra Torsdag eller Fredag. Og jeg har fastsat min Afrejse til om Lørdagen.
+Hvis I kommer ned at tage imod mig da kan jeg ikke sige Jer andet end at jeg tager fra Kjerteminde 3,20, hvornår vi så komme til København ved jeg ikke. Johannes mener at det ikke er samme Tog, som når vi tager fra Fåborg.
+Hils Alle. Kys Børnene. Hils Bertram som jeg forresten har skrevet til. Muligvis får Ingen af Jer mine Breve da der sagtens må være Togstandsning på Sjælland siden jeg intet hører fra Jer. Mange Hilsener fra Din Fritz.</t>
+  </si>
+  <si>
+    <t>Georg Larsen
+Jeppe Andreas Larsen
 Johannes Larsen
-- Skipper
-[...20 lines deleted...]
-Jeg skal hilse fra Christian Andersen ogsaa Mor.</t>
+Marie Larsen
+Vilhelm Larsen
+Sophie Meyer
+Johan  Norden
+Fritz Syberg</t>
+  </si>
+  <si>
+    <t>De gode malere er Johannes Larsen og Fritz Syberg. Christine Swane går på Fritz Sybergs Malerskole for Kvinder i København. 
+Salby, Martofte og Nordskov er byer på halvøen Hindsholm, nord for Kerteminde. Fyns Hoved er den nordligste spids af Hindsholm. 
+Erikshaab er Alhed Larsens barndomshjem ved Sallinge nord for Faaborg.</t>
+  </si>
+  <si>
+    <t>Malerne er taget til Hindsholm i voldsomt snevejr. Fritz Syberg mener, at Christine Swane er en af hans mest talentfulde elever; men hun skal tro på sig selv. Alhed og Johannes Larsen skal holde jul på Erikshaab. Fritz Syberg har foræret Marie Larsen nogle tegninger til "Historien om en moder".</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/UgIn</t>
+  </si>
+  <si>
+    <t>Kjærbyhuus Mandag
+Saa kom de gode Malere afsted i et rigtig Vintervejr det stormede og snede saa voldsomt at de kom ikke længere end til Martofte saa gik de den ½ Mil til Nordskov Fader telefonerede om Aftenen men da vidste Smeden ingen Besked men lovede at telefonere om Søndagen Faer gik saa derned igjen og da vidste han at de var kommen Lørdagaften og allerede gaaet til Fyenshoved Søndagmorgen Kl. 9 her har ikke senere været Forbindelse med Hindsholm et tog blev siddende i Salby Lørdagaften først nu kom et Locomotiv med 1 Vogn med Arbejdskraft til at rydde længere frem 
+Det er underligt at være saadan afskaaren fra Omverdenen
+Jeg skynder mig at sende denne Seddel at Du kan faa nogle Malervarer saa hurtig som muligt Tusind Tak for dine Breve som glædede mig meget, ogsaa Syberg Besøg; han havde Baronens Billeder med til Marie fik hans Billeder til en Moder og hvor hun blev glad og jeg med kan du tro
+i Samtalens Løb sagde han uopfordret jeg er glad ved Skolen Uglen er den der har mest Malertalent blot hun vil lade være at tabe Modet naar hun kjører fast, bare klemme paa igjen og det vil du jo kjære Dinemor – vi er saa mange der tro paa dig som Maler brug dog de Goder der er dig betroet, spille jo rigtignok skal du tage imod al den Hjælp du kan faa men det kan vi tale om i Julen der er ikke længe til Gud ske Lov jeg skal se Eder Alle
+de rejser først til Erikshaab lille Juleaften Saa du faar dem at se Klaks kommer om søndagen før Jul og bliver 8 Dage hjemme han sendte en Hare som blev spist Faders Fødselsdag Georgs og [ulæseligt navn] og Las’ var her Meyer og Norden om Formiddagen Vennerne om Eftermiddagen saa her var rigtig Fødselsdag
+Nu gaar Fader med Brevene til Sukkerkogeriet og saasnart Banen er ordentlig farbar skal han ud at hæve Pengene og saa kommer vi lille Ven
+Marie er i Kjøkkenet vi vadsker
+Kjærlig Hilsen
+Her er saa koldt jeg kan knap holde Ben[ulæseligt]
+Kjære Dine
+Nu kom her Brev fra Marie og Vilhelm saa du faar Underholdning Det er storartet at Marie kommer med nu
+Du maa nok saa faa til Kjøberen for Marie maa jo have en ogsaa skriv nu endelig til mig hvad vi skal ud med til Frokosten at jeg kan være forberedt
+Hils Alle i Hast
+Din glade Moder</t>
+  </si>
+  <si>
+    <t>1901-12-17</t>
+  </si>
+  <si>
+    <t>Nordskov, Kerteminde
+Fyns Hoved</t>
+  </si>
+  <si>
+    <t>Peter Hansen
+Andreas Larsen
+Johan Larsen
+Fritz Syberg</t>
+  </si>
+  <si>
+    <t>Besøget på Fyns Hoved er det første for Fritz Sybergs vedkommende. Der er bevaret et brev fra ham til Anna Syberg, hvori han fortæller begejstret om samme tur.
+Johannes Larsen og Fritz Syberg boede under Fyns Hoved-besøget hos ægteparret Peder og Else Marie Nielsen på Dyrbjerggaard i Nordskov.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen og Fritz Syberg er i Nordskov. De spiser godt hos værtsparret og er på ture og jagt på Fyns Hoved. Fritz Syberg har skrevet til Peter Hansen om den knortegås, de har skudt og spist. Værelset, som Johannes Larsen sover i, er isnende koldt.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/J5Xr</t>
+  </si>
+  <si>
+    <t>Nordskov 17 Dec 1901.
+Kæreste Alhed!
+I Dag fik vi da endelig Breve, vi mødte Landposten ridende da vi gik ud efter Middag og fik hver sit Brev, han mente at Vejen kom i Orden saa at han kunde køre herud i Morgen. Kufferten har vi stadig ikke hørt noget om. Baronen har i Dag haft Appetit til alle Maaltider og næsten slet ikke Kvalme. Vi har været et Par gode Ture i Dag ogsaa, i Morges ude paa Fyns Hoved og i Eftermiddag syd paa langs Kysten. Vi begyndte som sædvanlig med Øllebrød og Kaffe og Julekage og til Middag fortærede jeg 1 ½ Portion Sagovælling og 3 stegle Torsk med Brød og Kartofler Kaffe og Julekage og til Aften spiste vi Knortegaasen der var ganske udmærket, og bagefter Smørogbrød. Vi kommer vel saa hjem Torsdag eller Fredag, Baronen vil nok helst være her til paa Fredag, hvorimod jeg nok vilde hjem om Torsdagen, for at have fri den første Aften, paa den anden Side har vi det jo ganske godt, saa det var jo ikke saa farligt at trække det en Dag længere ud, men dette Brev bliver altsaa det sidste Du faar herfra, forhaabentlig. Baronen har skreven Jagtbrev til Peter i Aften i Anledning af den spiste Knortegaas, det var rart at faa Brev fra Dig og det glædede mig at se at Du klarer Dig saa godt, Du har vel faaet Rul. Vi gaar hver Aften i Seng Kl. 8, men det er mig alligevel for tidlig, jeg kan nemlig ikke sove hele Natten, men det er maaske ogsaa fordi jeg ikke ligger saa komfortabelt som ellers, det var godt vi fik de uldne Tæpper med, for Sengen minder nærmest om en Iskælder, naar vi kryber i den om Aftenen, jeg ligger desuden med den sorte Trøje paa og Underbukserne om Benene. Ja nu vil jeg slutte dette underholdende Brev med mange kærlige Hilsner til Jer alle 3 fra Din
+Johannes Larsen</t>
+  </si>
+  <si>
+    <t>1901-12-19</t>
+  </si>
+  <si>
+    <t>Camilla Bertram
+Franziska  Erichsen
+Christine Swane</t>
+  </si>
+  <si>
+    <t>Fritz Syberg udtrykker sin begejstring for kysten omkring Nordskov på Fynshoved, hvor han og Johannes Larsen opholder sig. Det er kedeligt, at Bertram er så ked af det.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/4uI3</t>
+  </si>
+  <si>
+    <t>Nordskov 19/12 1901
+Kære Høns!
+I Morgen rejser vi herfra. Dersom det ikke var at jeg længtes efter Dig og vore søde Unger vilde jeg være ked over at skulle væk. Jeg har aldrig nogensinde været på et fremmed Sted, hvor Landskaberne, og Naturen i det hele taget, i den Grad er gået ind i Skallen på mig øjebliklig, som her.
+Jeg havde en lille Fornemmelse af det i Sommer da jeg var med Marie og Uglen på Romsø, men dette her er noget ganske andet. Jeg forsikrer Dig at jeg disse to sidste Dage har gået rundt med en Fornemmelse, som jeg nu endelig havde fundet noget jeg hele min Levetid havde gået og ledt efter. Bakkeformationerne ligner lidt Svanningeegnen, men der er nogle store flade Strækninger bevokset med Lyng og Marehalm som slet ikke ligner Svanninge. Kysten kan somme Steder minde om Knold, men alting er meget større. Klinterne er meget højere, Linjerne i Kysten meget længere og Afstandene meget større. Vi marscherer i Timer for at komme fra Sted til Sted.
+Somme Steder er Klinterne rene Afgrunde. Her er store Fladstrande inddæmmet af Sandbarrer (fra Naturens Hånd) med en Mængde Fugle. Nu da alt er bedækket med Sne og al det lave Vand er tilfrossen ser her umådelig øde og Menneskeforladt ud. Den sidste halve Mil af Sandet, der hvor Las og jeg til daglig bevæger os er da heller ikke beboet af et eneste Menneske. Det eneste her findes som minder En om sine Medskabninger er en tom Fiskerhytte som Fiskerne fra Kjerteminde logerer i når de ikke kan komme hjem for Storm.
+Den store Kyst ud til Kattegattet er fuld af Sten. Ja her er så dejlig så det slet ikke er til at beskrive. Alle Farver er så rene og dejlige, ja det er slet ikke til at finde Ord for hvor smukt her er. Man resignerer og ræsonnerer slet ikke, som så mange andre Steder, og fortæller sig selv, at der er kønt her som alle Steder men tvertimod synes man (det gør jeg da) atnu har man endelig fundet noget der er kønnere end alt hvad man hidtil har set. Jeg har lavet en halv Snes Skitser, men det meste er noget Nonsens da jeg har givet mig for lidt Tid. Las har lavet et Par Skitser af mig stående ved Strandbredden tegnende i min Skitsebog. Han vil gærne lave et Billede deraf og da jeg også gærne vil lave et Billede af ham liggende på Lur efter Fuglene har vi aftalt en ny Tur herop længere hen på Vinteren. Jeg glæder mig meget dertil. Blot jeg bliver rask så skal Du bare se. Og det bliver jeg nok. Nu kender jeg Kuren, man skal bare byde sig selv alt mulig. Stå og gå i Kulde hele Dagen, så får man Appetit og æder og drikker til den store Medalje.
+Vi bor i et Værelse hvor Væggene gnistrer af Rimfrost og Lagenerne er så isnende kolde så jeg har en Fornemmelse af at vi pakker os ind i en Snedrive. Las siger at vi kan danne os en Forestilling om hvordan Harerne har det. Gå i Seng Kl. 8 og stå op Kl. 6½.
+Det er kedelig at Bertram er så ked af - - ja at hun ikke er så lykkelig som jeg kunde unde hende det. Hils hende mange Gange og sig jeg tænker meget på hende. Det er rart at Du kommer så meget sammen med hende, for hun har en god Indflydelse på En dermed mener jeg ikke at Du trænger særlig til at influeres i god Retning, men blot at jeg føler hun har en god Indflydelse på mig. Kys Børnene mange Gange hils Franziska og Marie og Matilde. Mange hilsener fra Din
+Fritz.
+Hilsen fra Las.</t>
+  </si>
+  <si>
+    <t>Forår 1902</t>
+  </si>
+  <si>
+    <t>Jeppe Andreas Larsen
+Jens Olsen</t>
+  </si>
+  <si>
+    <t>Johannes Larsen maler på pæretræet. Hans far har givet ham den idé, at han kan sejle med et dampskib ført af kaptajn Jens Olsen fra Kerteminde til Korshavn og videre til Odense for at se på motiver. Fra Odense vil han tage toget til Højrup og besøge Alhed.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/KxQx</t>
+  </si>
+  <si>
+    <t>Kjerteminde 28 – [noget af papiret mangler]
+Kæreste Alhed!
+Jeg lovede Dig nok et langt Brev i Aftes, men dette bliver nok ikke saa langt alligevel. Det blev ikke Solskin i Morges, det er snart længe siden det har været det om Morgenen, derimod fik jeg gjort lidt ved Pæretræ[et] det tegner snart t[il at blive] ganske godt. Men[noget af papiret mangler] og malede paa d[noget af papiret mangler] Fader og gav mig [noget af papiret mangler] Idé. Dampskibe[noget af papiret mangler] Kaptain Jens Ols[en er] her og skal i Morgen gaa om til Korshavn ved Fyns Hoved og losse noget Cement der og derfor [noget af papiret mangler]se med Resten [noget af papiret mangler]de jeg jo faa en udmærket Sørejse og se paa Motiver paa Vejen. Jeg var saa henne hos Olsen efter Middag og aftalte med ham at han skulde komme og purre mig ud Kl. 3 i Morgen tidlig og saa skal jeg drikke Kaffe henne hos ham saa behøver ingen her at [noget af papiret mangler] Fra Midskov og [noget af papiret mangler] Odense har jeg al[drig sej]let før saa jeg glæ[der mig] til den Tur og hvis [noget af papiret mangler] Vejret bliver godt [noget af papiret mangler] i Aften er det storartet. Jens Olsen mener at vi kan blive saa tidlig færdig i Korshavn at vi kan naa Odense om Eftermiddagen [noget af papiret mangler] maaske kan jeg [tage] med Eftermiddagstoget til Højrup, men hvis jeg nu kommer med sidste Tog kan jeg saa komme ind? 
+Mange kærlige Hilsner Din hengivne
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1902-07-20</t>
+  </si>
+  <si>
+    <t>Andreas Larsen
+Georg Larsen
+Johan Larsen
+Marie Larsen
+Karl Schou
+Christine Swane
+Fritz Syberg</t>
+  </si>
+  <si>
+    <t>Det er uklart, hvor Johannes Larsen og de øvrige opholder sig. Måske på Fyns Hoved.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen er sammen med Christine Larsen (Uglen) og Fritz Syberg (Baronen). Han maler bygevejr, men dueurterne, som han var begyndt på, er blæst i stykker. Man kunne ikke skaffe logi til Karl Schou.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/tBsq</t>
+  </si>
+  <si>
+    <t>Kjerteminde 20 Juli [noget af papiret mangler]
+Kæreste Alhed!
+Tak for Dine Breve. Jeg fik et i Forgaars Aftes og 2 i Gaar Middags, som du ser er jeg her Uglen og jeg gik hertil i Gaar Eftermiddags og havde tænkt at tage derud i Eftermiddag men venter nu til i Morgen Formiddag for at følges med Baronen som er kom[met] tilbage. Vi mødte n[noget af papiret mangler] Kød i Gaar Eftermid[dags] som Uglen havde [noget af papiret mangler] til Grossereren om [at sen]de derud med en Vogn og haaber at det maa holde sig til i Morgen. [Jeg ha]r gaaet og lavet nogle Aquareller i min Skitsebog af Bygevejr og Stormvejr hvad der har moret mig en hel Del, og jeg tror det er noget jeg skal til at lægge mig efter i stor Udstrækning. Mine Dueurter som jeg begyndte paa er blæst fordærvede nu saa det lader ikke til jeg skal have Held med det[Bill]ed, det er det samme [jeg] begyndte paa [noget af papiret mangler]aa. Ja nu faar [Du i]kke mere i Dag, jeg skal spise til Aften hos Baronen. Men i Morgen skal Du faa et længere Brev derude fra. Det kunde i[kke] lade sig gøre at skaffe Logi til Schous, og Baronen siger ogsaa at Marie havde helt tabt Lysten til at komme derud da hun hørte at der ingen Skov var derude. Mange kærlige Hilsner og Kys til Dig, Puf og Lysse, hils de andre Din
+Johannes L[arsen.]</t>
+  </si>
+  <si>
+    <t>1902-07-26</t>
+  </si>
+  <si>
+    <t>Fyns Hoved
+Svanninge
+Nordskov, Kerteminde</t>
+  </si>
+  <si>
+    <t>Mathilde -
+Andreas Larsen
+Johan Larsen
+Niels Post
+Christine Swane
+Anna Syberg
+Fritz Syberg</t>
+  </si>
+  <si>
+    <t>Anna og Fritz Syberg flyttede fra Svanninge til Kerteminde i juli 1902.</t>
+  </si>
+  <si>
+    <t>Christine og Johannes Larsen er i Nordskov. Christine laver mad, og Johannes Larsen skal til Fyns Hoved og male dueurter. Vejret er dårligt, og Johannes Larsen ville helst være blevet hjemme.
+Fritz og Anna Syberg (Baronen og Hønset) kommer til Kerteminde tirsdag.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/vwCS</t>
+  </si>
+  <si>
+    <t>[Nords]kov 26 Juli 1902.
+Kæreste Alhed!
+Uglen og jeg kom herud nu med Niels Post og jeg maa altsaa skrive med det samme da han jo ikke kører i Morgen det er Søndag. Vi fik en Kasse Proviant herud i Gaar med en Vogn herfra. Uglen er roet ud for at lave Middagsmad, mens jeg skri[ver] opdager at jeg har faaet [noget af papiret mangler]værten med herud, nu [faar je]g jo ikke Brev fra Dig [før] Mandag det er længe [at ve]nte. Mathilde kom med Børnene i Gaar og fortalte at Baronen og Hønset kommer til [Kerte]minde paa Tirsdag [hen]holdsvis fra Kjøbenhavn og Svanninge. Det er et kedeligt Vejr, det er hverken det ene eller det andet, nærmest Graavejr, jeg tager ud til Fyens Hoved naar vi har spist for muligvis at begynde paa Dueurterne deromme da de existerer nogenlunde endnu, til Ære for Dig gaar da det [noget af papiret mangler] svagt fra Sydost [noget af papiret mangler] havde egentlig mer[noget af papiret mangler] til at være bleven [noget af papiret mangler] i Dag og i Morgen, [da jeg] ikke har nogen Tro til at Vejret bliver blot [nog]nlunde ordentlig, men [noget af papiret mangler] vilde endelig af Sted og jeg er jo som bekendt en svag Karakter, jeg kunde ogsaa nok have lidet at være hjemme og set Agraren, men nu er jeg her og maa se at faa det mest mulige ud af det. Jeg glæder mig til Du kommer. Jeg har spredt Malurten paa Loftet. Stationsforstan[deren] krævede mig for den [noget af papiret mangler] jeg havde forbrudt [mig a]t springe af Toget, [noget af papiret mangler] betalte den. Mange [Hilsn]er til Jer tre og hils de andre
+Din
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1902-07-31</t>
+  </si>
+  <si>
+    <t>Nordskov, Kerteminde</t>
+  </si>
+  <si>
+    <t>Christine Swane
+Fritz Syberg</t>
+  </si>
+  <si>
+    <t>Johannes og Christine Larsen samt Fritz Syberg er i Nordskov/på Fyns Hoved, hvor mændene maler, og Christine laver mad til dem.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen og Christine er i Nordskov/på Fyns Hoved. Larsen har luget i haven.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/qDbh</t>
+  </si>
+  <si>
+    <t>[Nords]kov 31 Juli 1902.
+Kæreste Alhed!
+Tak for Brevet i Dag som jeg [noget af papiret mangler]te paa Vejen herud. Vi er [noget af papiret mangler] ankommen hertil [noget af papiret mangler]n ud i Baaden og [noget af papiret mangler]s Kød. Vejret er [noget af papiret mangler] Du er flink til [at skri]ve og jeg er forfærde[lig glad] ved at faa Brev [fra Dig]. Jeg lugede en [noget af papiret mangler] vores Græsplæner i [noget af papiret mangler], græsset kommer [noget af papiret mangler] tæt overalt, men der jo en Masse[noget af papiret mangler] de andre Rese[noget af papiret mangler] nu komme op ogs[aa] saa Du har maaske [sat] dem for langt ned i Jorden, ja jeg lovede Dig jo et længere Brev, men nu er Uglen og [noget af papiret mangler] færdig til at [noget af papiret mangler] og saa maa jeg [noget af papiret mangler] saa kan Du tr[noget af papiret mangler] med at der [noget af papiret mangler] fra Baronen [noget af papiret mangler] Mange Hilsner
+Din
+Johannes Larsen</t>
+  </si>
+  <si>
+    <t>1902-08-01</t>
+  </si>
+  <si>
+    <t>Andreas Larsen
+Johan Larsen
+Fritz Syberg</t>
+  </si>
+  <si>
+    <t>Johannes og Christine Larsen har de sidste dage været i Nordskov/på Fyns Hoved for at male, og nu er Fritz Syberg tilsyneladende stødt til.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen sendte kun kys til de to drenge og ikke til Alhed, for hun kan jo ikke kysse sig selv på munden.
+Larsen og Fritz Syberg (Baronen) har spist lammesteg og bouillon. Han har lavet fire-fem akvareller og skal lave flere.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/O2nh</t>
+  </si>
+  <si>
+    <t>Nordskov 1 August 1902.
+[Kære]ste Alhed!
+[For at] begynde med Slut[ningen] af Dit Brev, Tak for det, saa er det udelukkende af praktiske Grunde at jeg kun sender Kys til Puf og Lysse, Du kan jo ikke saa godt kysse Dig selv paa Munden. Det er skidt jeg faar aldrig Ro til at skrive et ordentligt Brev til Dig. [Nu] kommer jeg lige ude fra Middagen og Posten skal snart af Sted. Vi fik Lammesteg med Persille og Rødvin i Dag. Baronen opdag[ede at] Strandvandet [som Kar]toflerne var kog[te] i som den kraftige Kødsuppe og saa [noget af papiret mangler] en Bouillon med Æg først. Jeg har lavet en 4-5 smaa Aquareller siden i Gaar og der er strandet en Skonnert paa Revet i Nat. Nu skal jeg ud med Skitsebogen og se at faa lavet nogle flere. Jeg skal nu skrive hjem om at sørge for at Du kan faa sendt de 5 Kr. Jeg kan jo ikke [vide h]vornaar jeg kommer [Hjem i]gen. I Da er det [helt go]dt Vejr, i Gaar [var] det nederdrægtigt [noget af papiret mangler] det for Resten har gjort hele Ugen. Jeg barberede mig i Forgaars. Mange kærlige Hilsner og Kys til Jer alle 3
+Din
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1902-08-28</t>
+  </si>
+  <si>
+    <t>Else Marie Nielsen
+Peder Nielsen
+Christine Swane</t>
+  </si>
+  <si>
+    <t>Tornen er et område ved Fyns Hoved. Peder Nielsen og hans kone var landmænd og boede nær Fyns Hoved. 
+Johannes og Christine Larsen var på et månedlangt malerophold i Nordskov/på Fyns Hoved denne sommer.</t>
+  </si>
+  <si>
+    <t>Christine Larsen/Swane (Uglen) og Johannes Larsen er hos Peder Nielsen i Nordskov, men det er dårligt vejr, så han får ikke tegnet og malet meget. Han er skuffet over ikke at have fået brev fra Alhed. 
+Peder Nielsen har haft 21 mennesker til hjælp til høsten, og der har været høstgilde bagefter.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/e2cF</t>
+  </si>
+  <si>
+    <t>Nordskov Mandag 28/8 1902
+Kæreste Alhed!
+Det var mig en stor Skuffelse at komme i Land nu uden at faa Brev fra Dig, jeg havde saa sikkert regnet paa at senere end Mandag kunde det da ikke blive, men saa faar jeg vel 2 i Morgen for det maa vel være Smøleri af Kjerteminderne. Det har stormet fælt herude i Gaar og i Dag saa jeg har ingen Ting bestilt, i Eftermiddag vil jeg ud for at se om jeg kan tegne noget i min Skitsebog. I Lørdags Aftes var jeg ovre i en Lystkutter her laa, vi fik en Del [ulæseligt ord] med Sodavand og jeg kom først til Køjs Kl 1, og saa begyndte det at lyne og tordne og regne og blæse saa Kl. blev henad 4 inden jeg faldt i Søvn. I Gaar høstede Peder Rug paa Tornen, de havde 21 Mennesker derude og fik høstet det hele og sat sammen, her var i den Anledning Gilde i Aftes og Dans i Storstuen og Extrakt over det hele. Da det var et ækelt Vejr tilbød Sine mig Karlekammeret hvilket jeg tog imod og sov udmærket til Kl 9 i Morges. Jeg længes meget efter Dig og Børnene, kan Du ikke skrive noget om hvornaar I saa kommer, jeg er misfornøjet, nu har jeg skreven 3 Breve og endnu ikke faaet en Stavelse fra Dig. Hils dernede. Mange Hilsner til Jer selv.
+Din
+Johannes Larsen.
+Hilsen fra Uglen</t>
+  </si>
+  <si>
+    <t>1902-09-29</t>
+  </si>
+  <si>
+    <t>Næstved
+Nordskov, Kerteminde</t>
+  </si>
+  <si>
+    <t>- Hansen, Frøken 2
+Andreas Larsen
+Johan Larsen
+Marie Larsen
+Julie Mohr
+Christine Swane</t>
+  </si>
+  <si>
+    <t>Brevet er skrevet på papir med påtrykte tegninger med motiver fra Nyborg. 
+Det er uvist, hvilken auktion Johannes Larsens billeder skal sælges fra. 
+Alhed er i København, hvor hendes far har gennemgået en nyreoperation. Operationen gik galt, og Albrecht Warberg døde 30. september 1902.
+"jeg har ikke haft den siden Nordskov": Johannes og Christine Larsen var i sommeren 1902 på et længere malerophold i Nordskov nær Fyns Hoved.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen får passet børnene, så han kan arbejde en god del af dagen. Alhed skal endelig blive i København. 
+Johannes Larsen er blevet forstyrret af to unge frøkener, som kom på besøg. Han spørger, om Alhed ved, hvor hans akvarelkasse er.
+Han har fået skødet på grunden.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/3SjJ</t>
+  </si>
+  <si>
+    <t>Kjerteminde 29 Septbr 1902
+Kæreste Alhed!
+Tak for Dit Brev. Du skal ikke tænke paa at komme hjem, jeg kan mageligt klare mig nu. De sidste Dage har jeg faaet det indrettet saadan at jeg faar fri til at arbejde fra efter vi har spist naar jeg har kørt Lysse i Søvn til Kl. 5 ½ naar vi spiser til Aften og jeg har nu hele 7 Billeder i Gang og faar jeg først dem færdig har jeg jo ikke stort at bestille før efter Auktionen. Bliver Du derovre en 14 Dages Tid saa kommer jeg jo derover og vi kan saa selvfølgelig følges ad hjem. Uglen er stadig i Kjøbenhavn og Marie i Næstved, hun skulde være kommen i Dag, men telefonerede at hun først kunde komme i Morgen. Jeg havde i eftermiddag Besøg af den yngste Frk Mohr og en tilsyneladende jævnaldrende Frk Hansen som var nydelig, naturligvis forstyrrede de mig og jeg vidste ikke hvad jeg skulde gøre med de to Tøse jeg havde dem ude i Haven og gav dem Æbler og oppe og se Billeder og holdt ikke paa dem da de foreslog at gaa. Jeg skulde hilse. Dersom Du ved noget om hvor min ene Aquarelkasse, den jeg har Tuberne i vil Du saa fortælle mig det omgaaende da jeg savner den snart jeg har ikke haft den siden i Nordskov. Jeg skal nok sende Dig 100 Kr. en af Dagene. Meningen med dette er altsaa at Du bliver derovre foreløbig. Jeg kysser Børnene fra Dig hver Morgen. Jeg har ikke mere Papir saa Du maa nøjes med dette i Aften. Hils fra mig. Din 
+Johannes Larsen
+[Indsat til venstre for og over overskriften] Jeg har faaet Skødet paa Gr. I Dag.</t>
+  </si>
+  <si>
+    <t>1903-02-07</t>
+  </si>
+  <si>
+    <t>Grethe Bichel
+Thora  Branner
+Louise Brønsted
+Johanne Christine Larsen
+Johannes Larsen
+Christine  Mackie
+William Mackie
+Christian Mogensen
+Fanny Schaffalitzky de Muckadell
+Kristian Zahrtmann</t>
+  </si>
+  <si>
+    <t>Astrid Warberg boede i begyndelsen af 1903 sammen med sin søster Christine og den medicinstuderende Grethe Jørgensen ("Men Du er jo omgivet af Læger") i en lejlighed i Bülowsgade i København. Astrid holdt hus for de to andre kvinder, og hun drev desuden en art pensionatsvirksomhed, så venner og bekendte kom og spiste mod betaling (("ingen Abonnenter den Dag!"). 
+Kristian Zahrtmann fyldte 50 31. marts 1903. 
+En havelock er en kappe.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Museum, Laura Warberg til Astrid 1903-02-07, 2399</t>
+  </si>
+  <si>
+    <t>Det er slemt, at Astrid/Dis har mæslinger. Christine kan godt komme og hjælpe. Louise/Lugge må lave hønsekødssuppe til Astrid og Grethe. Laura vil sende penge til kul.
+Den følgende dag skal Laura til Odense og købe sytøj. 
+Alhed har fået stof til en kjole, som hun skal have på til Zahrtmanns fest. 
+Astrid må ikke læse. Hun skal ligge og kede sig og endelig passe på sit bryst. Laura spørger, om hun vil have sin havelock.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/hdBq</t>
+  </si>
+  <si>
+    <t>Onsdag d. 7. Februar
+Kære lille Putte! 
+Det var rigtignok en slem Efterretning, at Du ligger af Mæslinger, men hvilken Lykke, at Du havde faaet Grethe og Comtessen færdige med deres Examen! Nu er Du da gruelig forsigtig, husk at Thora fik en slem Bronchitis efter dem nede i Genf. Og Øjnene! men Du er jo saa omgivet af Læger og bliver nok passet godt paa. Ja sikkert faar hun Mæslinger ogsaa. I kan bare skrive, saa vil Christine rejse samme Dag, men i Morgen er vi i Odense og paa Søndag kan der ikke blive kørt, ja vi kunde vel faa Mogensen til det. Junge gik sporenstregs ud og bagte Sandkage til Dig og en Høne blev dødsdømt. Faa nu Lugge til at hjælpe at koge noget god Suppe til Eder og lave Boller til og Flødepeberrod men Du og Grethe skal være ene om at spise den, det maa Du love mig, ingen Abonnenter den Dag! Er hun syg den, saa giver hun nok Grethe god Besked. Jeg vil haabe at Din Morgenpigeplads nu gaaer i Vadsken; vi har heller ikke rigtig syntes om den. Det er forbandende, at I ikke vil have Penge, men vi sender nu vist alligevel til nogle Kul en af Dagene. Vil Du takke Grethe for Brevet. Jeg laa et Par Dage igen af den ækle Influensa, men nu er jeg næsten i Orden; vi kører i Morgen i Landauer til Odense at købe Sytøj, jeg har intet syet i 1½ Uge, intet bestilt. Thora er forlængst rask igen hun skal desværre blive nogle Dage i Odense, vi vil savne hende, Pigerne er saa sædsomme! Alhed har ligget nogle Dage af Forkølelse. Lausi er flink saa nu har hun det mageligt. Christine har foræret Alhed hvidt uldent Tøj med sorte Borter til Besætning til en Kjole, jeg vil hjælpe med Syløn. Hun skal til en Zarhtmanfest naar de i Marts er i København. Billy har lovet at sende Christine 25 Dollars, det er hun glad ved – jeg ogsaa!! Hun har været i Odense et Par Dage og købt sig flere pæne Ting; hun var til Koncert i Søndags derude. – Du læser vel ikke lille Putte, Du maa pænt ligge og kede Dig; pas endelig paa Brystet. Vil Du nu hilse alle Dine Sygeplejersker fra mig. I næste Uge vadsker vi, muligt jeg snart igen sender en Pakke med Strømper og den gamle Mærke Havelock af Din egen, hvis Du vil have den at gaae med om Morgenen??? Grethe skriver nok et Par Ord om hvordan det gaaer med Dig. De siger her er ingen af Dine egne Forklæder; hermed 2 af Junges. 
+Kærlig Hilsen fra Mor. 
+Paa Fredag kommer her nok Brev fra Eder! Hermed en Konvolut med Frimærke
+(Skrevet langs sidste sides højre kant:]
+Skriv altid Fyn paa Brevene, [ulæseligt] Jylland.
+[Skrevet langs første sides venstre kant:]
+Den sidste Pakke var en Kage undervejs Adressen var skreven med fremmed Haand.</t>
+  </si>
+  <si>
+    <t>1903-03-13</t>
+  </si>
+  <si>
+    <t>Susan -
+Grethe Bichel
+Christian  Brandstrup
+Thora  Branner
+Louise Brønsted
+Johanne Due Nielsen
+- Juncker
+Johanne Christine Larsen
+Johannes Larsen
+Otto Emil  Paludan
+Ellen  Sawyer
+- Schouboe
+- Skakke
+Christine Swane
+Hempel Syberg
+Nicoline  von Sperling
+Maria von Sperling. g. Balslev
+Andreas Warberg, Albrechts far</t>
+  </si>
+  <si>
+    <t>Albrecht Warberg døde i 1902. Da dette brev blev skrevet, boede Laura Warberg endnu på gården Erikshaab, som hørte under grevskabet Muckadell. Den nye godsforvalter, Skakke, var ankommet. 
+Astrid boede i begyndelsen af 1903 på Bülowsvej 38 sammen med Christine/Uglen Swane og den medicinstuderende Grethe Jørgensen. Astrid førte hus for de to andre kvinder og lavede også måltider, som venner og bekendte mod betaling kunne komme og deltage i.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, 1903-03-13, 2403</t>
+  </si>
+  <si>
+    <t>Flere siger, at når der er væggelus i en lejlighed, må man godt flytte straks. Astrid skal opsøge Onkel Christian (Brandstrup) og spørge om dette samt bede ham hjælpe med at finde ny bolig. Grethe har vel ingen andre steder at være? 
+Thora går til læge for sine hovedsmerter. Laura har været hos samme læge. 
+Hr. Skakke er flyttet ind og har fået sit indbo sendt. Han er sød og venlig, og han og Dede spiser sammen. 
+Johanne er blevet kaldt til Kerteminde, fordi Johannes Larsen ville pynte på billedet af pigerne på Klinten. Laura savner hende og føler sig ensom. 
+Laura sender noget kød og giver anvisninger på, hvordan det skal tilberedes.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/NhRs</t>
+  </si>
+  <si>
+    <t>Fredag d: 13de Marts
+Kære lille Putte!
+Nu skal Du faae et ordentligt Brev af en god Forsending. Jeg veed godt, at jeg længe har forsømt Eder med Mad. Først vil jeg igen paaminde Eder om at prøve at faae Lejlighed sagt af for i Sommer ved Hjælp af det Væggetøj. Flere har sagt og nu mener ogsaa Hr. Skakke, at man kan uden videre rejse, naar der er Væggetøj, og spørg Grethe og Muk, om det ikke er set efter at Konen havde ”renset”. Er I i Tvivl, saa tag ud til Onkel Christian, Annasvej – Charlottenlund en Aften, men meld Dig først hos ham en Formiddag paa det nye Raadhus, der har han sit Kontor – Han maa absolut vide Besked. Der skulde vist have staaet om Lejligheden ”med Pige og Pulterkammer” men hvor ærgerligt, hvis al den [ulæseligt] kunde have været sparet! Jeg har vist mere end en Gang skrevet om det Væggetøj og sagde vist til Christian om at tage sig af det. Hvis nu intet lykkes, hvordan skal vi saa med Lejligheden? Hvad vil Grethe? Hun kender vel ingen at boe sammen med der i Sommer, saa vi kunde lade Møblerne staae og Dede boe der September &amp;amp; Oktober? Det ligger mig stærkt paa Sinde. Du kunde jo blive der i Maj, Dede jo ikke mere der end her, saa sparsommelig Du er; saa er der kun en Maaned til Ferien. Men naar nu Christine kommer hjem, saa lad hende vide god Besked om det hele. Søndag Formiddag lidt tidlig er da Onkel Christian hjemme. Sig ham saa, at jeg maa vel nok gøre ham Ulejlighed sidst i April med at hjælpe med at finde en Lejlighed; han vil vist grue over det Hverv, der skal være rædselsfuldt i Kbh. Sig ham ogsaa, at Elle har haft Bud fra Susan, der nu er kommen fra Hospitalet og lød ret tilfreds. Jeg fik deres nye Adr; skal tage den med til Kbh. – Det var nu en Masse om Forretninger. Stakkels Putte med Din Rude, godt Du havde Penge. Jeg sendte mere med Henblik paa Din nye Kjole. I har jo levet ret fornøjeligt, naar undtages Din sidste Forkølelse. Men det var alligevel intet rigtig fornøjeligt Brev det sidste fra Dig; nu gaaer Du vel Spænding for ”Lig i Lasten”. Jeg glæder mig meget til at faae Dig hjem en Gang igen. Hermed en Artikel, som Du endelig maa sende mig igen i første Brev. Thora gaaer jo en Gang om Ugen til Dr. Schouboe for sine Hovedsmerter; saa sagde hun sidst til ham, at han skulde sende nogle af sine mange Patienter over til Dr. Juncker. ”Det skulde vel saa først være ”Gase[ulæseligt]klede” sagde han og loe saa polisk; ”nej det vil jeg dog sige Dem, at bliver det nogen saa bliver det paa ingen Maade hende”. – ”Naa saa bliver det maaske mig”, sagde Thora. Han ser ud til at kunne goutere en Spøg. Hendes Artikel blev sat i Avisen et Par Timer efter at hun havde indleveret den. Hun mente, at naar de ikke har sat Dine i endnu i F.T. saa kommer de nok naar de ikke har sendt tilbage. Der er saa utrolig meget andet i for Tiden og ingen ”Skønlitteratur”. Jeg blev indskrevet hos Dr. Sch. I Gaar, han var enorm venlig. Tog intet for i Gaar eller en ny Recept. Thora hjalp mig at sidde Ventetiden ca. en Time – oh; der blev talt en Del om Sygdomme. Thora var saa livlig og morsom Onkel Syberg skal snart til Kbh og med kirkeberg og flere Steder for Landbrugsministeren, Sybergs Kollega, S. [ulæseligt] paa Fyns Landbrugsminister! Gud veed, om han ikke skulde se ud til [ulæseligt], jeg husker ikke Datoen, men det er vist omkring d: 24de. Du kommer vel ikke i Paasken; mulig Du og Grethe kunde give os et Par af Helligdagene og lade Uglen alene om det derinde?? – Hr. Skakke er herlig i alle Maader undtagen Helbredet, han har det som Dede, saa jeg kan ikke lade være at tage mig moderligt af ham. Til Sommer vil vi give ham Gæstekontoret, at han ikke skal ligge nede for aabent Vindue i alle Dampene fra Aaen. Han spiser Havregrød og Kaffe [”og Kaffe” indsat over linjen] om Morgenen, faaer lidt Smørrebrød Kl. 10 ¾ spiser vældig godt til Middag altid 2 Portioner til For og Eftermad,
+faar en stor Kop Kakao i sød Mælk med Dede kl. 3 3/4, spiser udmærket til Aften og holder meget af vort Øl; faar en stor Kop sød Mælk med Dede ved Sengetid; jeg tænker nok den ”Po[ulæseligt]” i kort Tid skal faae ham flere G op i Vægt. Han er uhyre fordringsfri og behagelig tilpas livlig egentlig nærmest stille, spiller L'hombre holder af Musik har selv en Violin med; i Gaar kom hans Bagage, Kommode, Reol med Masser af Bøger i 4 Kasser, han har faaet min Chaiselongue med sig foreløbig, saa det lille gamle Sovekammer er fuldt og pænt møbleret. Paludan er meget tilfreds med ham. Vi er dog næsten altid heldige med hvem vi faaer i Huset. – I Gaar blev der telefoneret til Sybergs om Johanne vilde komme til Kjerteminde med sidste Tog, Las vilde male hende pynte lidt paa Klintebilledet, der skal paa den frie.” Jeg blev grulig ked af det, men gjorde selvfølgelig ingen Indvendinger det skulde jo være; jeg savner J. saa rædsomt og føler mig saa ene, naar hun er væk; maatte saa alene hjem i Aftes og gaae her ene til i Morgen, hun kommer med Iltoget! Apropos, Muk skrev at Chr. kommer med Iltoget paa Mandag hvis hun mener 6 Toget, saa lad dem skrive et Brevkort, vi kan have Mandag Middag i god Tid i Postkassen Søndag. Jeg synes det er mærkeligt hun vil med Morgentoget; hører vi intet, saa kommer der Vogn Kl. 1. I Morgen er det Fru og Frøken Sperlings Fødselsdag, jeg har skrevet til dem begge til Virginiavej. Hvor kedeligt at I ikke traf Luts hjemme. Jeg glemte rent at spørge Tulle om den [ulæseligt]plads, Du omtaler; men er der noget om det, saa hører Du det jo nok - - - Saa Farvel lille Putte! Endnu i Gaar var der intet [ulæseligt] fra Dig, men saa kan det lige naaes med Christine paa Mandag. – Hilsen til Eder allesammen fra Mor.
+Den Smule Kalvekød er til Karbonade; Oxekødet kan Du maaske lave Boef af eller ogsaa koge og bruge til Paalæg; det røgede Kød kan jo gemmes længe. Nu har jeg set paa Kalvekødet, det er usselt. Du maa helst koge det til Fricassé med Gulerødder, Selleri, lidt skrællede Kartofler og Karry eller Persille skolde det først i et Fad med kogende Vand, inden Du atter sætter det paa i koldt Vand og skummer godt. Naar Du skal have rent Tøj sendt skal Du faae nogle [ulæseligt] ogsaa. Vi vadsker først i Ugen Flæsket [”Flæsket” skrevet over linjen] skal skæres 
+[Skrevet i sidens højre margen:]
+ud og iblandes i Mælkevand et Par Timer inden Du steger det; udmærket!
+[Skrevet i sidens venstre margen:]
+En Luns [ulæseligt] lavet med Kød[ulæseligt] Soya og lidt [ulæseligt] er godt ogsaa; det næste Fedt hældes af først.
+[Skrevet i næstsidste sides højre margen:]
+Bøffen maa bankes vældig godt.</t>
   </si>
   <si>
     <t>1903-06-21</t>
-  </si>
-[...1 lines deleted...]
-    <t>Vilhelmine  Larsen</t>
   </si>
   <si>
     <t>Höljeryd</t>
   </si>
   <si>
     <t>Landeryd 
 Fynshovedvej 748, 5390 Martofte
 Møllebakken 14, 5300 Kerteminde</t>
   </si>
   <si>
     <t>Anna 2 -
 Niels  Dorph
 - Eckmann
 Adolph Larsen
 Alhed Larsen
 Andreas Larsen
 Georg Larsen
 Jeppe Andreas Larsen
 Johan Larsen
 Vilhelm Larsen
 Marie Lassen
 Christine Swane</t>
   </si>
   <si>
     <t>Villaen er Alhed og Johannes Larsens bolig på Møllebakken i Kerteminde. Det var et meget gæstfrit hjem. De 4 malere kan enten være på besøg eller det kan være konstellationen Alhed og Johannes Larsen overfor Anna og Fritz Syberg. Sidstnævnte flyttede året før ind på Pilegården, som lå i nærheden. Måske er der forberedelser igang til verdensudstillingen i Kerteminde, som fandt sted i september.
@@ -4534,204 +3535,410 @@
 Saagmester = formand på savværket</t>
   </si>
   <si>
     <t>Vilhelmine Larsen, Johannes Larsens mor, er på Høljeryd i Sverige. Hun savner at høre noget om, hvad Johannes og Christine maler for tiden. Der har været problemer med en tjenestepige.
 Området er utrolig smukt og hun synes, at Johannes skal male det. Hun vil tale med sin mand om, at Eckman skal have en kombineret stilling på Høljeryd som skytte, fisker og formand på savværket. Der er en epidemi af mæslinger.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/gTFF</t>
   </si>
   <si>
     <t>Høljeryd den 21/6 1903
 Kjære Johannes!
 Du ved ikke hvor glad jeg blev for dit Brev, det kom lige Dagen efter at Fader var rejst hjem, saa det kom paa en heldig Tid, godt var det du havde tegnet Haven, nu seer jeg det alt sammen saa tydelig for mig baade Børn og Gamle, det er godt at have en levende Fantasi; det har hjulpen mig over meget – du maa skrive igjen ved Lejlighed kjære Johannes og fortælle mig lidt om hvad du maler det savner jeg saameget at see Eders Arbejder, sig mig ogsaa hvad Uglen maler og hvad du synes om det, er hun nogenlunde tilfreds, du kjender min Sorg i den Henseende; men jeg har lagt Alt i den kjærligste Faders Haand og Han vil hjælpe – det troer jeg saa vist.
 Naar det er en flink Pige I har saa faar vel Alhed ogsaa Tid at male, fik hun saa nogle Elever? I maa endelig lade mig følge med derhjemme ellers bliver der en tomt Sted for mig. Faer fortalte mig lidt om Børnene; men jeg vil jo vide meget meget mere. Jeg fik Brev fra Vilhelm han skrev det var saadan søde artige Børn da han var hjemme, I maa jo have det livligt med 4 malere samlede paa saa nært Hold og musikalske Mennesker – omgaaes I Dorph? Naar skal du til Fynshoved hvad er Skyld i at Uglen ikke tog til Romsø jeg synes ikke det er hyggelig at bo ene i saadant stort Huus paa Landet, jeg venter stadig Brev fra hende nu kommer det vel, naar hun er kommen i Ro. Her er saa smukt ved Midsommer – mange Gange ønsker jeg at nogen af Eder var her for at fæstne det paa Lærredet, Du gjør dig ingen Ide om hvor det gjorde en Forskjel da Smedens Ladegaard kom i Ramme, der er en saadan Friskhed og Stemning over den [ulæseligt ord] at jeg har stor Glæde, naar jeg vender mig fra de store Figurer i [Stenhegnene?] og snavsede Farver i Skovens Træer; men Faer er jo saa glad og der er jo ogsaa meget kjønt – gamle [ulæseligt ord] staar godt i Hjørnet
 Nu er det jo bare den forgyldte Ramme der staar ham i Hovedet gav han dig Maalet da han var hjemme; maler du aldrig med Kazoin mere, det gik dog saa hurtig jeg kan se de 2 ænder saa tydelig eller Gaasen hos Georg, men bryd dig ikke om min Snak kjære Barn det kan komme ved Lejlighed – Vi har det saa godt kjære og dette at leve saameget i Fred og Ro i Naturen har lært mig saameget, i al Fald har jeg Tid at tænke, og at takke Gud Fader for Helbred og dagligt Brød saa troer jeg paa at han nok vil give den kjære gode Fader Lykke og Velsignelse til at faa ordnet herovre som han ønsker
 Efter denne gode Regn staar Korn og Græs godt, vi har jo 2 Køer og 1 Gris - 3 Høns hvoraf de 2 ligger og 1 gaar med 6 Kyllinger – den brogede skal kælve nu i denne Maaned og jeg visper Smør 2 Gange ugentlig saa jeg klarer mig undtagen naar vi skal bage.
 Jeg er glad ved at Dumpe er her, nu Pigen er syg, vi har faaet en der malker, det var en Pige der er fuld af Løgn og saa var hun luset. Jeg er saameget veltilfreds at hun ikke kommer mere 
 Jeg havde straks Mistanke og lod hende kun gaa i Haven og enkelte andre Arbejder – som jeg vidste hun kunde udrette fast Laag til Mælkespanden jeg bar det alene indtil hun var borte ellers havde Far vel jaget hende bort straks – nu gik det sin stille Gang
 Igaar blev vi bedt paa Brandaasen til Kaffe Midsommer, Datteren er hjemkommen fra Amerika og hun er fiks og seer godt ud saa Faer gaar nok med derop, her blev igaar fisket en Gjedde paa 14 [pund] i Aaen, der gaar hver Søndag nogle Stykker sammen, men de gaar saa frit de mener vel de Alle har ret naar nu Eckman kommer hjem saa siger jeg til Faer lad ham blive baade vor Fisker og vor Skytte samtidig med Saagmester
 Saa kan vi jo dele Udbyttet og saa forbyde Uvedkommende at gaa og trampe Græsset ned, Aalen kommer først i August Maaned men her er en rigdom af Skovbær saa jeg ikke har tænkt mig Halvdelen – Nu skal du vide vi ere raske her; paa Strømhult ligger de 2 ældste Børn af Mæslinger. Skolerne er lukkede saa det er en Epidemi. Saa vil jeg ønske I maa have det godt inden Døre og er glad ved du er saa nær ved, om Marie og Adolph behøver et Raad, Tak for Eders Kjærlighed imod dem 
 Kys dine smaa Drenge fra Farmor og glem ikke at fortælle jeg lever, og hvor jeg beder for Eder alle 4 om Velsignelse for Eders Hjem, det ved du nok kjære kjære Johannes – jeg omfatter Eders Børn med Kjærlighed i fuldt Maal, der bliver nok en Tid jeg kan vise Eder det i Virkeligheden
 Faer er Ladegaarden; men sender sin bedste Hilsen til Villaen – 
 Eders trofaste Moder.</t>
   </si>
   <si>
-    <t>1890-02-02</t>
-[...70 lines deleted...]
-Hjalmar Kleis
+    <t>1903-12-25</t>
+  </si>
+  <si>
+    <t>- Eckmann
 Adolph Larsen
 Alhed Larsen
+Andreas Larsen
 Jeppe Andreas Larsen
-Sophus  Meyer
-[...38 lines deleted...]
-Ludvig Brandstrup, billedhugger
+Johan Larsen
+Marie Larsen
+Vilhelm Larsen
+Axel Muus
+Karl Schou
+Marie Schou
+Christine Swane</t>
+  </si>
+  <si>
+    <t>Gamle Kirsten bor på Brandåsen i nærheden af Høljeryd. Muligvis også gamle Johanne.</t>
+  </si>
+  <si>
+    <t>Fødselsdagshilsen til Johannes Larsen. Tak for julegaverne. Beretning om julen på Høljeryd. Johannes Larsen kan forvente besøg af Muus, som vil have ham med på jagt.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/HLAx</t>
+  </si>
+  <si>
+    <t>Høljeryd Juledag [1903-12-25]
+Kjæreste Johannes – Tillykke paa Fødselsdagen og alt godt vil vi ønske dig i det kommende Aar; du naar ikke at faa Brevet om Søndagen for det maa komme med Kirkefolk imorgen og først afsted fra Landeryd med Aftentoget, men det bliver velkomment alligevel.
+Saamange Tak for Julegaverne som rigtig skal smage os i disse Helligdage, fortæl dog dine søde smaa Drenge at Figen og Dadlerne rigtig glædede mig men jeg vilde helst have smagt de Pebernødder lille Puf sad og trillede og skar
+Jeg saa det alt sammen saa tydeligt, ja kunde I dog ikke mærke jeg var omkring Eder, Tak kjære Las og B at I havde de 3 andre Børn ovre hos Eder Juleaften, det var godt Vilhelm kom hjem. Hils ham og de andre mange Gange de skal faa Brev til Nytaar fortæl Alhed, at jeg har pyntet mig med det nye smukke Forklæde. Nu skal du høre lidt om vores Juleaften Uglen og Faer drog ud for at lede efter en Julegran endelig mødte de en paa Brandaasen som faldt i hendes Smag. Igaar Formiddags gik hun med Eckmann op, imedens han fældede Træet gik hun til gamle Kirsten med Julegave. Hvedemel Kaffe og Sukker gamle Johanne fik ligedan, saa herhjem at sætte den i Foden imedens jeg lavede Maden pyntede hun Træet, det blev meget smukt Æbler Glimmer og Næt og Hjærter kun i to Farver gult og hvidt Kreppapir med Lys seer det saa japansk ud; Ja I har Ret det er godt at Uglen er her ellers troer jeg det havde bleven meget svært for mig nu gik det, vi fik Haresteg og Grød, og vi levnede saameget at vi spiste i dag til Middag og [Knasengrød] det var saa dejlig nemt
+Det var da morsomt for Eder at Skous kom de var saa glade i Fjor – hils dem fra mig. Her sidder Fader med en Bog og Uglen med en Bog, saa er her saa god Lejlighed til at lade Pennen fare afsted her er bleven forandret noget i Kontoret hvor vi holder mest af at sidde; de 2 halve [runde] Borde der stod i Gangen har hun sat ind foran Sofaen til Spisebord og Spillebordet staar under Vinduet med alle mine Blomster, Juletræet staar for Enden af Skriverbordet, nyt Tapet kommer her paa Væggene; det glæder jeg mig til, for dette er forfærdeligt grimt, det bliver nu efter Jul, I skal nok faa en Prøve sendt over, naar der bliver en Stump.
+Vejret her er tykt, men ikke megen Frost. Akslen til Saven er kommen til Landeryd, saa bliver det ikke mere Vinter end det er nu kan der vel begyndes efter Nytaar, at der kan blive rent i Dammen
+I kan vente Muus op hos Eder naar han kommer ned til Byen, 3 Juledag skulde han til Østergaard paa Rævejagt, han vil vist ud til Fynshoved paa Strandjagt, der vilde han vist have dig med; han var glad ved at rejse hjem; men jeg er ogsaa glad ved at komme igjen Fru Larsen, han trives godt i Smaaland.
+Hils nu alle de andre fra os jeg levnede denne lille Plads til Faer, men han saarer mig nu, hils ham og ønsk ham tillykke fra mig, han veed jo at jeg sender ham alt Godt hils og [kys] dine Kjære fra gamle Farmor som er ligesaa meget hjemme som her.
+Sig til Vilhelm at hans Brev kom Juleaften saa vi havde Jer allesammen. Hils tilligemed Adolphs og Maries og Eders</t>
+  </si>
+  <si>
+    <t>1904-10-04</t>
+  </si>
+  <si>
+    <t>Viborg</t>
+  </si>
+  <si>
+    <t>Steen Steensen Blicher
+Franziska  Erichsen
+Joakim  Skovgaard</t>
+  </si>
+  <si>
+    <t>Fritz Syberg skriver til Anna om sin tur over Fyn og til Jylland.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/xsak</t>
+  </si>
+  <si>
+    <t>Viborg Kære Høns! I har det vel godt. Hvis Du vil sende mig et Par Ord så send det P.R. Ringkøbing. Fra Skalbjerg til Bred, er Fyn dejlig. Turen over Lillebælt var pragtfuld i det smukke Vejr. Jylland så jeg ikke noget til før jeg kom til Århus hvor jeg fik et billig Logis i Hotel – Danmark – tror jeg. Hvad der iøvrigt forbavsede mig mest i Århus var mit eget Ansigt som jeg så i en Barbers Spejl. Jeg tænkte hveranden Gang på Franziska og hver anden Gang på en bar Mås. Turen til Viborg var langsom, men Landet er jo dejlig. Det ligner sine Steder nøjagtig Svanninge Banker. Viborg Dom. har jeg set både ud- og indvendig + særlig Krypten var - - jeg tænkte hele Tiden på Blicher. Men jeg tror også at Skovgårds Billeder er gode. Kys Ungerne Din Fritz</t>
+  </si>
+  <si>
+    <t>Sensommer 1905</t>
+  </si>
+  <si>
+    <t>Fyns Hoved
+Klintevej 213, 5300 Kerteminde, Danmark
+Broløkke, Kerteminde
+Rynkeby, Kerteminde
+Sct. Laurentius kirke, Kerteminde</t>
+  </si>
+  <si>
+    <t>Johannes Nicolaus Brønsted
 Louise Brønsted
-Katrine -, Erikshaab
+Søren J
+Andreas Larsen
+Johan Larsen
+Karl Schou
+Marie Schou
+Fritz Syberg</t>
+  </si>
+  <si>
+    <t>Truntehuset er et hus på Klintevej syd for Kerteminde. Det tilhører herregården Lundsgård. Engang var der salg af kaffe og the m.v. i bygningen.
+Det er uvist, hvilket barn på 8 pund, der er blevet født.
+"Hovedet" er den yderste spids af Fyns Hoved. 
+Selskabet har drukket kaffe "oppe i Skoven": Der var servering både i Skovpavillonen og i Louisenlund i Lundsgårdskoven på den tid. 
+Broløkke er en herregård, der ligger lidt nord for Kerteminde.</t>
+  </si>
+  <si>
+    <t>Alheds søster, Louise er på besøg med sin mand, Brønsted (Magisteren), og de tager på udflugter, får kaffe, cykler tur, spiser på hotellet og synger tostemmigt på Torvet. Alhed Larsen og gæsterne har også været i hestevogn til Fyns Hoved. De brød ind i Sybergs hus for at komme i tørvejr. 
+Alhed Larsen og drengene har fået en ugle fra Broløkke. Den får lunge at spise.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/M0Oc</t>
+  </si>
+  <si>
+    <t>Kæreste Lavsi!
+Jeg kigger hver Dag om der ikke skulde være et Par Ord fra Dig. Vi har det alle godt, Magisterens kom Dagen efter, I var rejst, vi more dem paa alle mulige Maader. Første Dag tog vi dem til Truntehuset at drikke Kaffe, yndigt Vejr. Dagen efter cyclede Mag. og jeg til Rynkeby, de andre tog med Toget, der er kommen en dreng paa 8 Pund, alt staar godt til. I Gaar tog vi til F [ordene overstreget fra ”I”] Lørdag Aften gik vi paa Hotellet og spiste til Aften og drak Likører til Kl. 12, da vi gik derfra, stillede vi os op paa Torvet i Kirkedørsnichen og sang 2 stemmige Sange og samlede Opløb af alt hvad der endnu var paa Gaden, hvilket ikke var saa meget. I Gaar tog vi til Fyns Hoved, kørte Kl. 10 med Søren J’s Char à banc spiste i Kunstnerens Hus, mens Regnen strømmede ned, vi brød derind ved at tage Maven ud, senere klarede det af og vi gik en lang Tur ud paa Hovedet, hvor der var pragtfuldt, vi plukkede Evighedsblomster til en ny Guirlande. – I Dag har vi været oppe i Skoven at drikke Kaffe og fotografere Bordene! Værten var beæret.
+Nu gaar vi ud paa Hotellet og drikker en Thepunschssjus, saa Du ser, vi more dem det vi kan, Magisteren rejser i Morgen, Lugge bliver endnu et Par Dage. Jeg haaber I har det storartet deroppe, jeg glæder mig meget til at høre noget deroppe fra. Hils Lud mange Gange. Skriv nu et Par Ord. Du maa ikke sige til Skovs at vi har taget Bordene, de skal have [resten af teksten er skrevet ind på tværs over ”Kæreste Lavsi!”] et Kort med dem paa. Vi har faaet Uglen fra Brolykke, Drengene gik op og hentede den, den faar Lunge. 1000 Hilsner fra Din A.
+Mandag Aften</t>
+  </si>
+  <si>
+    <t>1905-01-22</t>
+  </si>
+  <si>
+    <t>Nørhaa</t>
+  </si>
+  <si>
+    <t>Eva Balslev
+Lars Christian Balslev
+Laura Balslev
+Rasmus Balslev
+Vibeke Balslev
+Louise Brønsted
+Otto Emil  Paludan
+Kamma Rahbek
+Erik Schaffalitzky de Muckadell
+Albrecht  Warberg
+Andreas Warberg</t>
+  </si>
+  <si>
+    <t>F.C. Sibbern: Efterladte Breve af Gabrielis (1826) er en af de tidligste danske romaner i den genre, der senere blev kendt som "kærlighedsromanen" eller "brevsromanen".
+Et hoc meminisse iuvabit er et citat fra Vergils Æneiden, og det betyder: "Måske vil det en dag være en glæde at huske disse ting" eller "Måske vil det behage at huske disse ting engang".
+Atlanterhavet: Laura Warberg var i USA for at besøge sine to døtre, som var gift og bosidddende der.
+Eva Balslevs forældre og søstre kendes ikke.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3848</t>
+  </si>
+  <si>
+    <t>Det var godt, at Laura Warberg slap levende over Atlanterhavet.
+Andreas Warberg er blevet en stor voksen mand. Thorvald Balslev husker ham som barn.
+Den gamle greve er død. Alting forandrer sig. Thorvald Balslev savner sin far - især nu hvoir han ligesom faderen er blevet præst.
+Evas mor er død, og det er et stort tab.
+Vibeke er fire år. Hun er tynd og har problemer med maven. Eva og Vibeke er på besøg hos Evas far i Roskilde, og Thorvald skal mødes med dem hos Lars Christian/Laders Balslev.
+Eva er lidt ensom i Vestjylland. Det er i øvrigt koldt og blæsende.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/FYTo</t>
+  </si>
+  <si>
+    <t>Nørhaa 22-1-05.
+Kære Tante Laura! Hvis vi levede i salig Gabrielis' og Kamma Rahbeks Dage, saa vilde jeg som Overskrift i Stedet for den nuværende, som jo ingen Verdens Ting betyder og altid virker saa underlig fremmed paa mig, formodentlig have skrevet saadant noget som: Kære moderlige Veninde! for det vilde i Virkeligheden langt bedre udtrykke de Følelser, hvormed jeg læser dine Breve og svarer igen. Men naar jeg nu skriver det vedtagne - for Himlen bevare os da fra at være sentimentale - saa kan du jo underforstaa det, jeg mener og selv underforstaar. Hvis du da vil.
+Ja saa mange Tak for dit lange Brev med god Besked om næsten alt, dog ikke synderligt om dig selv, andet end at det giver Indtryk af, at du har haft det og har det fremdeles godt; og jeg haaber, det Indtryk maa være rigtigt - naturligvis regner jeg ikke med Atlanterhavet, men forresten er du vel saa sjæleglad over at være sluppen over det baade frem og tilbage, at det efterhaanden bliver til et helt lyst Minde. Et hoc meminisse iuvabit, siger Latinerne, og hvis Lugge, om Forladelse: Fru Brønsted, ikke har glemt al sin Latin, saa kan hun jo oversætte det. Det har glædet mig saadan at høre, at I har det godt allesammen, ikke mindst at høre ["at høre" indsat over linjen] om din Søn med de 160 Pund; han maa være bleven en ordentlig Prygl, det er pudsigt at tænke paa, hvad for en bitte Knægt han var, da jeg saa ham første Gang, for 12 Aar siden. Det glæder mig fremdeles at høre om Paludan, som tidt har været i mine Tanker, baade for hans egen og for jeres Skyld. Nu er den gamle Greve jo død - ja du man behøver ikke at blive ret gammel for at se store og mærkelige Forandringer i sin egen og sine Venners Tilværelse. Og underligt nok, men saadan er det da for mig, Savnet bliver ikke mindre med Aarene, meget snarere dybere; saadan fEks. ang. Tarup og navnlig Far. Nu er det 8 Aar, siden han døde, og det er ganske sikkert, at jeg nu savner ham mere og føler Tabet mere end i Begyndelsen. Noget skyldes det naturligvis det, at jeg er bleven Præst og baade selv gærne vilde tale med ham om mange Ting og vèd, at det vilde have været ham en stor Glæde at tale med mig og tage Del i mine Oplevelser. Det vil formodentlig gaa Andreas lige saadan overfor hans Far; der var jo over begge de to Mænd en saa ualmindelig Sjælekraft, som gør det saa levende for èn, hvordan de vilde tage Del i vores Tænken og Handlen. Men vi maa jo være taknemmelige for, hvad vi har haft og endnu har.
+Det Tab, vi led ifjor og lider under endnu og som bliver svært at forvinde, det at Evas Mor døde, det har igrunden ogsaa, tror jeg, bidraget til at understrege Tabet af Far endnu mer for mig. Hun var et ganske ualmindeligt Menneske, et af dem, man ikke let glemmer, selv efter løse Bekendtskab, og jeg lærte hende jo ret nøje at kende. Hun var et Adelsmenneske i bedste Forstand. Det var ogsaa et stort Tab for vores lille Pige, som jo var Mormors Øjesten, men hun føler det jo ikke saadan. 
+Vi har ellers i det hele taget haft det saa nogenlunde, lidt er der jo gærne i Vejen med den ene eller den anden af os, men det har da ikke været noget større. Vibeke er nu 4 Aar gammel og ikke saa lille endda, bare saa tynd, saa tynd, men hendes Forældre er da heller ikke saa synderlig tykke. Naar hun bare er rask, men hun har noget Tarmkatarrh, som det er svært at komme af med. Hun er en sød og god lille en og et gevaldigt Livstykke; forkælet bliver hun naturligvis, navnlig af sine mange Mostre, saa jeg maa jo desværre undertiden optræde som den strænge Fader, slet ikke nogen særlig taknemmelig Rolle. For Tiden er hun unddraget min pædagogiske Indflydelse, idet jeg nu i snart to Uger har været ganske ene. Eva og Vibeke har været og er endnu i Roskilde, hvortil Hjemmet jo er flyttet, som du maaske vèd, efter at Evas Far er bleven Herredsfoged i Lejre Herred. Det har været en ret drøj Tid, denne Ensomhedsperiode, men heldigvis har jeg haft Arbejde til op over begge Øren, og endnu mere heldigvis er den nu forhaabentlig snart forbi; paa Onsdag agter jeg mig til [ulæseligt ord] at se til Laders, som jeg ikke har set i snart 2 Aar, og dèr skal saa Eva og Vibeke støde til mig. Paa Lørdag rejser vi saa hjem, og saa glæder jeg mig i Haabet om en længere rolig Periode. Nu har vi ikke været alene, saa at sige da, siden Juni Maaned ifjor. Vort ellers rolige Levned forstyrres forresten en Del af mig selv, idet jeg er noget "udsvævende", som de siger paa Fyn og forresten ogsaa her i Vestjylland, altsaa jeg er temmelig meget paa Farten til Foredrag og sligt, det er jo ikke saa synderlig morsomt, navnlig ikke for dem, der skal sidde hjemme og kukkelure imens. Ellers er det saamænd Synd at sige, at vi lever selskabeligt, vi omgaas saa at sige ingen, og det er jo mere Synd for Eva end for mig, der jo har mit Arbejde, som jeg kan gøre saa meget ud af, som jeg vil, og egentlig aldrig kan gøre nok. Det kan blive lidt ensomt for Eva, og jeg kunde nok unde hende at være paa en Egn, hvor der var lidt flere, vi kunde dele Interesser med, og navnlig nogen lidt nærmere. Men det er jo nu engang her, vi har vort Arbejde, og saa har vi jo da vort Hjem. Saadan en lille sjov Præstegaard har du saamænd aldrig set, den er ikke anlagt for store Selskaber, men til daglig er den meget hyggelig. Nogen Mennesker kan vi da ogsaa have: forleden havde vi 34 Piger paa engang i to Stuer, det var da meget hæderligt, men de maatte da ogsaa drikke Kaffe i 3 Hold, hvilket nu ikke blot var Pladsens, men ogsaa Koppernes Skyld. 
+Vi har en haard Kulde heroppe i denne Tid, men i de sidste Dage har det da ikke blæst synderlig. Du kan ellers tro, det kan vifte godt heroppe, naar Vestenvinden rigtig tager fat. For en 14 Dages Tid siden havde den pisket Havet helt op over den brede Forstrand og højt op paa Klitterne, saa de var bleven revne helt i Stykker; det skal der ellers noget til! Men efter saadan en Tur, naar det er bleven nogenlunde stille, saa kan jeg ogsaa sidde inde i Stuen og høre Havet brøle i en lille Mils Afstand med lige saa stærk en Lyd, som naar der kører en Vogn forbi ude paa Landevejen. Omtrent da, byder min Sandhedskærlighed mig at tilføje. 
+Nu maa du hilse alle, som bryder sig om en Hilsen fra mig, saavel paa denne som paa hin Side det fæle Atlanterhav, som jeg formodentlig aldrig kommer til at gøre personligt Bekendtskab med. Og saa en kærlig Hilsen til dig selv og Tak, fordi du bliver ved at tænke paa mig og skrive til mig. Hils ogsaa Mor og dem derude, hvis du faar dem at se i en nogenlunde nær Fremtid. Og glædeligt Nytaar til jer alle.
+Din hengivne
+Thorvald Balslev.</t>
+  </si>
+  <si>
+    <t>1906-10-20</t>
+  </si>
+  <si>
+    <t>Vissenbjerg
+Ejby, Fyn</t>
+  </si>
+  <si>
+    <t>Laurentius Allerup
+Amanda Heinesen
+Andreas Larsen
+Johan Larsen
+Marie Larsen
+Vilhelm Larsen
+Christine Swane</t>
+  </si>
+  <si>
+    <t>Alhed Larsen er i Malmø hos søsteren Astrid Ingeborg (Dis), som venter sit barn nummer to og stadig ikke har født. Det trækker ud, og derfor skuffer den "nye Unge" Johannes Larsen. 
+Christine Swane (f. Larsen, Johannes Larsens søster) førte 1906-1907 hus for broderen Vilhelm, som var skovrider under godset Wedellsborg. 
+Larsen-familien kendte både en Allerup, som var gartner og en, som var støberiejer. Det er formodentlig gartneren, som har skrevet til Larsen, for med brevet fulgte en melon.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har med hunden Pax været en tur hos Vilhelm (Klaks). Han cyklede, og det var en hård tur ad dårlige veje. Næste dag stod de tidligt op, badede og plukkede champignons. Søsteren Marie passede børn, mens Larsen var væk.
+Amanda (tjenestepigen) knokler for at nå alt muligt, inden hun skal rejse.
+Godt, at Ina Margrethe (Sjums) har det bedre, men det lille nye barn skuffer Johannes Larsen.
+Glarmesteren har været hos Larsen med de sidste billeder.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/6lDB</t>
+  </si>
+  <si>
+    <t>Kjerteminde Lørdag 20 Octbr 1906.
+Kæreste Alhed!
+Naar jeg ikke skrev i Gaar Aftes, kommer det af, at jeg fristet af det gode Vejr, den gode Vind og Pax’ tiltagende Utaalmodighed over aldrig at komme paa Jagt, stak ned til Klaks paa Cykle. Det var nu alligevel en anstrængende Tur. Jeg startede herfra Kl. 12 ½ og kom først der ned ca 6 ½. Til Odense gik det strygende, derfra til Vissenbjerg mindre strygende d.v.s. da jeg naaede Kroen i V. var jeg mildest talt knocked out, men blev styrket ved Kaffe og Wienerbrød og efter at have raadført mig med Kortet og Kromanden, besluttede jeg mig til at forlade Landevejen og skyde Genvej. Derved kom jeg ad aldeles henrivende men mildest talt paa enkelte Steder aldeles umulig Vej, som Klaks grinede af, men efter at have set mit Kort hvor den for Resten heller ikke stod, maatte han indrømme at den var meget godt regnet ud. Klaks og jeg stod op Kl. 6 og gik i Vandet fra Havnen, saa drak vi Kaffe og gik saa Tur med Hundene efter Frokost var Uglen med en Tur hvor vi saa en Masse Harer og fandt en Eng hvor der var saa mange Champignon at jeg aldrig har set dem staa saa tykt vi plukkede vist 7-8 Pund uaabnede paa et Øjeblik der var i hvert Fald godt 4 Pund smaa til Syltning. Uglen og Klaks fulgte mig op gennem Granskoven. Saa fik jeg en Byge saa jeg naaede at blive gennemblødt inden Ejby. Marie laa hos Børnene sidste Nat. Der var Brev fra Dig og et fra Allerup med en Melon her er det. Amanda blev noget rystet over Meddelelsen om at skulde af Sted paa Onsdag. Hun mener ikke hun kan naa at faa alting gjort men beder mig sige at hun har gjort rent ovenpaa, i Trappestuen og Spisekammeret og Sovekammeret. Hun skal have noget Tøj vasket inden hun kan tage af Sted. Det er rart at lille Sjums er bedre det glæder mig men den nye Unge skuffer mig. Jeg fik et Rodskud af den gule Rose med hjem. Jeg skal hilse fra Børnene, de har været flinke mens jeg har været væk. Glarmesteren har været med de sidste Billeder de ser ogsaa godt ud i hvert Fald ved Lys. Nu mange Kys og Hilsner. Mon Du faar dette Brev i Morgen, det er jo Søndag. Tænk nu har Du været væk over en Uge. Din
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>Ernst Goldschmidt</t>
+  </si>
+  <si>
+    <t>Hjalmar Brantings Plads 3, 2100 København Ø</t>
+  </si>
+  <si>
+    <t>Karl Nordström</t>
+  </si>
+  <si>
+    <t>Transskriberet efter maskinskrevet tekst. Det er uvist, hvem der har skrevet dette. Ligeledes er det uvist, hvor originalbrevet befinder sig. 
+Sammenklumpede Bondemalere: I 1907 startede den såkaldte Bondemalerstrid. Der var tale om en avisfejde, der kort handlede om Fynboernes jordnære værker, der ikke faldt i en gruppe symbolistiske maleres smag. I en af artiklerne blev Fynboerne netop kaldt Sammenklumpede Bondemalere. 
+Moderbillederne: Fritz Syberg malede flere gange sin hustru, Anna, som moder. Det vides ikke, hvilke billeder der refereres til. 
+Stockholms Plads ændrede i 1925 navn til Hjalmar Brantings Plads. 
+Ultramarin er en blå farvetone, der forekommer naturligt i halvædelstenen lapis lazuli, der ved knusning og malning ("fint hakket") blandes med bindemiddel, f.eks. arabisk gummi, så den kan fæstnes til underlaget. I 1822 lykkedes det at fremstille farven kemisk, hvorved den blev væsentligt billigere. På Faaborg Museum er ultramarin anvendt på væggene i den sal, hvor Kay Nielsens statue af Mads Rasmussen står. 
+Kilde: Truelsen, Susanne T.: Fynboerne. Kunstnerkolonien 1885-1920. Gyldendal, 2015.
+Den store danske encyklopædi.
+Weilbach: Dansk kunstnerleksikon, bd. 8. Munksgaard, 1998.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv.</t>
+  </si>
+  <si>
+    <t>Fritz Syberg takker for kronikken. "Bondemalerne" er ikke sammenklumpede, for de ses næsten aldrig. Syberg vil gerne diskutere spørgsmålet om brugen af ultramarin som oliefarve. Han undskylder de mange fejl, som skyldes uro omkring ham.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/2Y7f</t>
+  </si>
+  <si>
+    <t>Kære Hr. Goldschmidt
+Først vil jeg bede Dem om ikke at opfatte mig som påtrængende. Jeg har søgt Dem på Politikens Redaktionskontor og i Deres Bopæl (Stockholmsplads 3) uden at træffe Dem. Dernæst vilde jeg meget gerne sige Dem tak for Deres smukke Kronik der har glædet mig af Grunde som jeg bedre kan tale end skrive om. Blot saa meget: De kender den Fornemmelse at man ofte først opdager sin Træthed i det Øjeblik man efter meget og travlt Arbejde kaster sig ned i en Stol for at hvile. Et lignende Fænomen er hændt mig ved at læse Deres Kronik, jeg opdagede at jeg nu i en lang lang Tid har levet meget "för mig sjelf" (Det er måske galt, det skal være svensk og er et Citat af den svenske Maler Karl Nordström).
+Historien om de "sammenklumpede Bondemalere" har ikke mere på sig end at vi (Bondemalerne) i de sidste År næsten aldrig ser hverandre og fuldstændig har ophørt at påvirke hverandre. En Ting som gør mig urolig er nogle Ord sagt af Dem til min Kone, og Ordene er disse: "Bruger Syberg ikke Ultramarin" vilde De være så elskværdig at sige mig et Par Ord til om dette Emne. Jeg kunde have Lyst til, og, som jeg håber Gavn af at få nogle Udtalelser om dette specielle Emne: Behandlingen af Oliefarven. Særlig vilde jeg gerne vide lidt tom "Moderbillederne", - Oliefarven volder mig nemlig ikke så få Kvaler, og at få en Malers Mening der har set meget på Billeder og er af en yngre generation end en selv er vist det eneste rigtige. Det er måske at lægge for meget Beslag på Deres Tid at bede Dem om dette maaske har De heller ikke set så meget netop på de to Billeder som jeg har nævnt, men selv om det aldrig er så lidt De har bidt Mærke i kunde det dog være af stor Nytte for mig. Endnu en Gang tak for Deres smukke Kronik og Deres Arbejde med at se mine Ting igennem. 
+Venlig hilsen fra Deres hengivne Fritz Syberg
+Undskyld alle Rettelserne o.s.v. her tales og snadres saa jeg ikke kan samle Tankerne F.S.
+De må endelig blive ved at skrive i Politiken. Går De fra er der jo ikke en eneste her i Landet der gider lægge sig i Selen for at forstaa en "stakkels" Maler.</t>
+  </si>
+  <si>
+    <t>1907-05-02</t>
+  </si>
+  <si>
+    <t>Been -
+Birthe -
+Martin Arnbak
+Camilla Bertram
+Jacob Frederik Brandt
+Julie Brandt
+Viggo Brandt
+Martin Grosell
+Emil Hannover
+Peter Hansen
+Gudmund Hentze
+Carl Holsøe
+Niels Holsøe
+Christian Kampmann
+Johanne Kampmann
+Eiler Lehn Schiøler
+Ellen Dorothea Lehn Schiøler
+Peter Lundsgaard
+Karl Madsen
+Karen Meisner-Jensen
+Sophus Michaëlis
+Marie Oppermann
+Theodor Oppermann
+Johannes Rump
+Karl Schou
+Marie Schou
+Agnes Slott-Møller
+Harald Slott-Møller
+Christine Swane
+Andreas Warberg</t>
+  </si>
+  <si>
+    <t>Kunstforeningen: Kunstforeningen på Gammel strand, København.
+Galleriet: Statens Museum for Kunst.
+"jeg gik strax i Morges ud til Brandt": Der er flere mulige Brandt'er. Alle er indsat som omtalte personer.
+"Slott M har skreven": Der er tale om indledningen på den såkaldte Bondemalerstrid. Dette var en avisfejde, som begyndte, da Gerda Wegener fik afvist et kvindeportræt på både Den frie Udstilling og Charlottenborg. Ægteparret Slott-Møller samt Gudmund Hentze skrev i Politiken om sagen, og de havde den opfattelse, at Fynbomalerne dominerede og stjal opmærksomheden fra symbolisterne. Peter Hansen gik, på fynbomalernes side, ind i debatten, som varede frem til juli 1907. 
+Det har ikke været muligt at afgøre, hvem den omtalte Schrøder er.</t>
+  </si>
+  <si>
+    <t>Kedeligt, hvis det går i vasken med Kampmanns. Kunstforeningen har købt billede(r).
+(Karl) Madsen har vist interesse for at købe billedet Aprilaften til Statens Museum for Kunst (Galleriet), og Alhed må straks sende billedet, men hun må ikke fortælle nogen om det eventuelle salg.
+Slott-Møller har skrevet i Tilskueren om udstillingen og Madsen og Hannover i Politiken. Peter (Hansen) er meget optaget af det.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/MBvO</t>
+  </si>
+  <si>
+    <t>Kjøbenhavn 2 Maj 1907.
+Jeg var ogsaa hos Arnbak i Gaar og paa Charlottenborg
+Kæreste Alhed!
+Tak for dit Brev. Det var jo kedeligt hvis det gaar i Vasken med Kampmanns. Det menes ellers herovre at 400 Kr er for lidt (Karen Broe Oppermann, Nielsen &amp;amp; Marie 5-600) men kan vi faa 400 af Kampmanns synes jeg det er godt. Kunstforeningen købte i Gaar men kunde ikke blive enige om Ænderne. Jeg var til Middag hos Oppermanns i Gaar, sammen med Benn. Da jeg kom hjem laa der Brev fra Schous at Madsen havde sagt at jeg skulde sende ”April aften” ind til Galleriet og tilbyde dem det men hurtigst muligt da de skal have Møde en af Dagene. Jeg gik strax i morges ud til Brandt og fik sendt en Kasse som Ilgods, som Du maa faa fat i saasnart Du har faaet dette og omgaaende sende Billedet til Kunstmuseet (den kgl. Malerisamling) saa skriver jeg til dem i Mrg. Kl. 8 tog jeg saa til Lyngby og snakkede med Schous og Madsens som bor i Holsøes Hus. Hilsen fra Bertrams og Schous. Den første Dag var jeg hos Broes saa paa den frie med Karen og traf Uglen, derefter hos Eckhardts saa paa Peters Udstilling derefter Oppermanns og Bister. Saa hos Dede, han var ikke hjemme, til Middag og i Theatret med Broes. Birthe kan ikke besøge os før til Efteraaret. I Dag skal jeg til Middag hos Peters, i Morgen hos Birthe sammen med Schous og paa Lørdag hos Schiølers. I Morgen skal jeg til Fernis Rump og Grossel hvis Portrættet er kommen. Du forstaar at der ikke maa tales om det Madsen har noget med Tilbudet af Billedet at gøre. Slott M har skreven Tilskueren fuld om Udstillingen, Madsen og Hannover skriver i Politiken, Michaelis i Kjøbenhavn og Gudmund Hintze kommer igen en af Dagene at de gider. Peter meget optaget af det. Jeg blev glad ved at skrev Du savner mig lidt, jeg har følt mig saa ensom i lang Tid. Jeg kan ikke sende Gr. Penge, kan ingen faa fra Akademiet endnu, saa maaske i Mrg hos Permin eller Rump. Brandt har solgt en Aquarel til 50kr. , Din JL</t>
+  </si>
+  <si>
+    <t>1907-08-11</t>
+  </si>
+  <si>
+    <t>Rørdam</t>
+  </si>
+  <si>
+    <t>Fynshovedvej 696, 5390 Martofte, Danmark</t>
+  </si>
+  <si>
+    <t>Johanne Giersing
+Vilhelm Larsen
+Peter Magnussen
+Karen Meisner-Jensen
+Olga Meisner-Jensen
+Laurits Ring
+Clara Syberg
+Ernst Syberg
+Franz Syberg
+Hans  Syberg
+Lars Syberg
+Viggo Winkel</t>
+  </si>
+  <si>
+    <t>Christine Swane er husbestyrerinde for sin bror på gården Rørdam på Vestfyn.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Museum</t>
+  </si>
+  <si>
+    <t>Fritz Syberg mener godt, at Christine Swane og Karen Broe kan lave en udstilling alene. Det er ærgerligt, at de ikke kan få Jensen med. Ring har talt pænt om det store portrætbillede.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/BglZ</t>
+  </si>
+  <si>
+    <t>Nordskov 11 August 1907
+Kære Ugle
+Tak for Fødselsdagshilsenen og undskyld at jeg så sent svarer på Dit Brev; det kommer hovedsalig af at Børnene er herude i Ferien og mange Børn og mange Billeder optager min Tid. Det er jo kedeligt at I ikke kan få Jensen med til Jeres Udstilling. Det er i det hele kedelig at hun slet kommer frem for Offentligheden hun er så tiltalende som Maler, men jeg kan godt forstå at hun ikke vil udstille, dersom det ikke var for at sælge noget, skulde heller ingen få mig til at udstille en eneste Lap. Selvfølgelig kan Du og Bro lave Udstilling alene; men når Du spørger derom så mener Du måske om jeg tror Winkel vil tage en Udstilling af Jer. Jeg kan ikke sige andet dertil end at jeg tror De måske nok vil sige ja og Amen til det, men dersom der er noget bedre i Sigte kan det godt være de giv Jer en Sludder for en Sladder. Jeg besøgte Ring i Sommer. Han er jo i Censurkomiteen ved Charlottenborg han talte en Del om Dit store Portrætbillede som han syntes godt om og havde stemt på til Optagelse.
+Hils Klaks og mal med Lyst, så Du kan få en god Udstilling til Efteråret.
+Din hengivne Baron</t>
+  </si>
+  <si>
+    <t>1907-09-21</t>
+  </si>
+  <si>
+    <t>Sagasvej 10</t>
+  </si>
+  <si>
+    <t>Helvius Abel
+Ellen Brønsted
+Louise Brønsted
+Johanne Caspersen
+Adolph Larsen
 Alhed Larsen
-Augusta Mogensen
-[...34 lines deleted...]
-Mor.</t>
+Johannes Larsen
+Vilhelmine  Larsen
+- Stockmar
+Alma -, Stuepige
+Andreas Warberg
+Conrad Warberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Laura Warberg flyttede efter mandens død til København. Hun forærede i årene derefter meget husgeråd, linned mv. til sine børn. Laura flyttede fra en stor husstand med mange børn, tjenestefolk osv. til en lejlighed. 
+En Alma var i huset hos Alhed og Johannes Larsen 1906-1907. Det kan være den samme Alma, som fortsatte i huset hos Alheds søster, Louise Brønsted, da Alhed og Johannes Larsen rejste flere måneder til USA i 1907. 
+Det er vanskeligt ar vide, hvem "Tanterne og Onklerne" var. Muligvis Tante Mis/Wilhelmine Berg, Ludvig og Emil Brandstrup m.fl. 
+Albrecht Warberg døde 30. september 1902, og han blev begravet på Hillerslev kirkegård på Fyn. Kransen må være til hans grav.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2272</t>
+  </si>
+  <si>
+    <t>Laura Warberg skal have familiemedlemmer til en stor middag. 
+Hun glæder sig til at begynde at komme i Læseforeningen.
+Laura W skriver en del om lagner, sokker, duge mv. Hun ved ikke længere, hvor mange lagner hun har. 
+Laura W skal bestille krans til kirkegården.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/wftc</t>
+  </si>
+  <si>
+    <t>Sagasvej 10 2 d. 21/9 – 07
+Kære Johanne!
+Til Lykke med Fødselsdagen som jeg vil haabe maa blive ligesaa vellykket som Agrarens. Det var morsomt at høre om den; Pakken kom for lidt siden, mens jeg sad og skrev til Astrid, saa nu faar hun Dit Brev sendt, saa bliver hun glad. Jeg skal nok købe Garn, saa kan Sokkerne blive Fødselsdagsgave til Agraren! naar de en Gang ka [flere ord ulæselige] har Karen travlt med Læsning. De følgende 5 Dage faar vi desuden grulig ja rædselsfuldt travlt med Rengøring Afsending af Dedes Bøger og Møbler; Tæppet paa o s v. og saa paa Torsdag en efter vore Forhold større Middag; Tanterne og Onklerne in Plena; Tante Hanne rejser hjem i Morgen 8 Dage efter en vellykket Tid og Tur herind. I Onsdags var hun og jeg i Birkerød og nede i Haven, som Tante var meget imponeret af. Vi tager lille Bes herind fra i Morgen tidlig til paa Mandag Form; det kan ikke træffe uheldigere for os, men Muk skal af med Alma paa Søndag, den nye kommer Tirsdag eftm vil have Gulvene ferniseret. [Ulæseligt ord] skal til Kaffe imens. Du maa endelig ikke skrive hertil om at det ikke passer os med Bes, det var Synd, Muk læser jo alle Breve her. Dede kommer i Morgen Aften, rejser vel igen Søndag Aften. Han var pa Glorup i Søndags og med Conne hos Abels om Aftenen. – Jeg glæder mig meget til at faa min egen Stue og Møbler. Nu skal jeg rigtig til at nyde Livet, meget i Læseforeningen, der ligger nu alle de nyeste Bøger; og jeg skal have Kort til flere Slags Foredrag, først om ”Jordens Udviklingshistorie”. – Frøken Bol[ulæseligt]g har skrevet hjem at Las &amp;amp; Be bliver derovre foreløbig ind i Vinteren; mon det er rigtigt? Jeg havde haabet at høre meget herom af Dig, naar Pakken kom. Det ene Par Lagner uden Navn med en smal Søm er ganske vist dem jeg laa i i Kærbyhus, altsaa Fru Larsens, jeg skal sende dem sammen med Sokkerne og Dine sorte Strømper, som jeg har i Gang. De to Duge er Alheds, det er min vældig store lange gamle Dug, som jeg klippede igennem og gav hende for et Par Aar siden. Jeg synes der skal være en stribet Dug ret lang, men det haster ikke. Jeg husker slet ikke hvor mange Par Lagner Du fik, men er der flere ser Du det jo efterhaanden. Jeg veed med Skam at melde ikke mere hvor mange Par jeg har da jeg jo efterhaanden har skilt mig ved en Del. Alheds Duge kan ligge her til videre. – Nu skal jeg ud at bestille en Krands og faae sendt af til Graven inden d: 30te. Jeg tør intet extra have til i Morgen, tænk hver en Bog skal i Hænderne! I Aften skal jeg ind i Pensionatet og spille en Whist med Fru Stockmarr og Søstrene. Jeg har haft et langt Brev fra Christine, jeg sender det til Astrid. Putte fik en Masse Gaver til sin Fødselsdag, en Kanariefugl 
+[Resten af brevet mangler]</t>
   </si>
   <si>
     <t>1908-07-23</t>
   </si>
   <si>
     <t>Brookline</t>
   </si>
   <si>
     <t>Kerteminde
 Møllebakken</t>
   </si>
   <si>
     <t>Berta Brandstrup
 Christian  Brandstrup
 Mogens Brandstrup
 Grethe Jungstedt
 Charlotte Knipschildt
 Elisabeth Mackie
 William Mackie
 Marie -, pige i huset hos Christine Mackie USA
 Ellen  Sawyer
 - Sawyer, Harris' far
 - Schwensen
 - Ward</t>
   </si>
@@ -4746,1061 +3953,1256 @@
   <si>
     <t>William/Billy er meget vægelsindet. Han vil gerne gøre alt godt for at undgå skilsmisse. 
 Laura spørger sin bror, Christian, om hun skal købe en ville til Christine m.fl. Hun, Laura, tager Christines sølvtøj med hjem. Mrs. Ward er ked af, at Christine forlader USA. Der er flyttet rundt på alt i Christine og Billys hus. 
 Laura er sløv af varmen.
 Andreas/Dede har sendt Laura regnskab. Han vil handle hendes obligationer.
 Flyttemanden er betalt, men man fik ingen kvittering.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/v71G</t>
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:]
 Fru Christine Mackie
 Villa Be
 Kerteminde Fyn
 Danmark
 [Håndskrevet i brevet:]
 Brookline d: 23/7 – 08 
 Kære Christine!
 Jeg har aldrig kendt et saa vægelsindet Mandfolk som Billy! Da han [ulæseligt ord] til East A. i Lørdags, talte Elle meget med ham, han fortalte at han havde skrevet og bedt Dig komme tilbage, at han troede Du vilde komme, at hans sidste Ord til Dig var at komme saa snart Du kunde. Elle fik udmærket Indtryk af, at han var ked af det men alligevel blev Skilsmisse! her senere var han igen i et andet Sind, og [ulæselige ord] han her og han sagde det samme til mig saa har han alligevel talt helt roligt om Skilsmissen, beder saa meget om han maa have Tid til at betænke sig, han vil gøre alt saa godt som han kan, men veed endnu ikke hvordan. Jeg tænker han vil afvente gl. Elisabeths Ankomst og see om hun giver ham Penge. Jeg skal tale med Onkel Christian om det kunde betale sig at købe en Villa til Eder saa vilde han sende nogle Penge og laane Resten i en Bank hjemme; vil gærne selv i Forbindelse med en Bank. Han har kun 6,500 Dollars tilbage af de 10000 sagde han. Resten er brugt. Hvis han kan beholde Villaen her, vil han helst. Der er tale om, at jeg skal have Dit Sølvtøj med hjem. Jeg raadede ham at lade Dig faa en Del Kakler sendt herfra, da Fragten er saa ringe, men han lader til at være bange de skal lide for meget. Som sagt, han er meget vægelsindet. I Morgen kommer vist Elle, det kan være hun kan faae lidt mere bestemt Besked hos ham. Han er rigtig opmærksom og rar mod mig og det er ret behageligt at ligge paa den lade Side en lille Tid. Jeg var i Gaar en lang Visit hos Mrs. Ward, hun blev meget bedrøvet over at Du ikke kommer mere; havde netop talt med Mrs. Folsan om at de skulde have Dig til at accompagnere til Vinter Hun vilde skrive til Dig. I Aften skal jeg hos gl. Sawyers, i Morgen til [ulæseligt ord] Kl. 1 til [ulæseligt ord], paa Lørdag Aften til Lawrenses, der boer Frøken Faukner! Hendes bedste Patient er nylig død og nu kan hun ikke leve her mere vil enten hjem eller til en Tante i Kalifornien. – Paa Mandag tænker jeg vi skal til [ulæseligt ord] i Wintrop har de gl. Marked, Elle skal med. Billy er endelig gaaet med paa at lade mig komme der. Jeg har bedt ham spørge dem om de vil have noget med hjem til Putte. Jeg haaber at kunne have hendes Dukkeseng. Billy vil ogsaa sende noget. Her er helt flyttet om. Marie har faaet de hvide Møbler og den ene Seng. B har den anden i det lille Værelse; der er et nyt Skab med Skuffer til Fugle og et andet mindre til de udstoppede. Der sover jeg nu og han faar Chaiselongen, jeg har tilbudt at sove der, men det vil han ikke have; Eastman er i Sovekamret, der staaer den lille Seng som nu skal slaaes ud til Elle og saa Grete i Puttes. – Jeg længes efter Rejsedagen skal afsted Tirsdag Morgen Kl. 7 herfra. Marie har været med mig i Byen i [ulæseligt]anavest, jeg vilde have mig en [ulæseligt ord] til at bruge paa Skibet. Sidder her i Biblioteket iført den; det er en meget varm Dag; 88⁰. Den er sort med lilla Blomster, kostede 1, 75; tyndt Stof. Marie købte nogle Ting til Søstrene hjemme; det var svært for mig at gaae alle de mange Ting forbi uden at kunne tage noget med hjem, men det vilde jo være urimelig at begynde paa, naar jeg veed jeg er saa fattig. Jeg faaer nok ca. 10 Dollars ialt af Billy, naar Du saa faaer dem af mig saa siger han Du skal ikke have Penge før til Oktober. – I Dag fik jeg et langt Brev fra Berta, meget indholdsrigt; ogsaa fra Mogens. Jeg vil have Brev afsted i Dag ogsaa til Charlotte Kn. og min Kusine [ulæseligt]yrna, har slet ikke skreven til dem her; de skal dog vide at jeg er ved at rejse hjem og hvorfor. Men dem ser jeg jo ikke for det første. – Dette er et meget kedeligt Brev; som ikke indeholder ret meget, men jeg er noget sløv af Turen i den grulige Varme; de Butiker her er jo ogsaa rædselsfulde, lumre. I skal faae Brev fra [ulæseligt ord]; haaber jo sikkert at kunne være lidt hos Dede.
 Kærlige Hilsener til Eder allesammen fra Mor.
 _Fredag Morgen_
 I Gaar fik jeg det ventede Brev fra Dede, et meget langt og interessant om alle hans Affærer. Han er meget tilfreds med det hele. Af hans Regnskab for mine Penge ser jeg at naar Laanesedlen er betalt, har jeg ca. 300 Kr, men Frøken Schwensen har jo intet faaet; vel? Hun har naturligvis som sædvanlig ingen Regning sendt. Jeg troer jeg vil sende hende f. Ex. 125 Kr. pr Post, saa faaer jeg Kvittering, men vær dog saa sød at skrive 2 Ord paa et Brevkort til hende [”til hende” indsat over linjen] og faae at vide om hun er der og sig hende at Dede vil sende Pengene. Du behøver jo ikke at fortælle jeg kommer hjem. Dede skriver at Flyttemanden ikke er betalt, men det vil jeg nu lade ham vide at han er, jeg skriver et Par Ord paa et Kort og takker ham for Brevet. Jeg husker Du skrev, Du betalte Flyttemanden men fik ikke Kvittering fordi Du ikke saae ham mere. Han skal ikke have Penge igen før alt er paa Plads igen til Foraaret. – Dede skriver, at der er vunden 80 Kr. paa en af mine Obligationer, for nylig [”for nylig” indsat over linjen] samt at han vil sælge dem alle og faae andre, derved vil mine [”mine” overstreget] jeg vinde en hel Del. Altsaa behøver jeg ikke at see altfor sort paa Pengesagerne. – Jeg er [ulæseligt ord] Fr. Schwensen frygter for en større Regning af Elles Sager, derfor vil jeg komme hende i Forkøbet og sende hvad jeg kan tænke mig jeg saa skylder hende.</t>
   </si>
   <si>
-    <t>1914-09-05</t>
-[...86 lines deleted...]
-Eders hengivne
+    <t>1909-05-07</t>
+  </si>
+  <si>
+    <t>Aarhus
+Fynshoved, Martofte</t>
+  </si>
+  <si>
+    <t>Renskrevet på skrivemaskine af ukendt person. Det vides ikke, hvor originalbrevet befinder sig. Der er transskriberet efter kopien. 
+I følge Weilbachs Kunstnerleksikon bliver Ernst Goldschmidt først gift i 1910.</t>
+  </si>
+  <si>
+    <t>Fritz Syberg er efter hjemkomst fra Fynshoved allerede dagen efter rejst videre til Aarhus. En indbydelse fra Goldschmidt når desværre først frem dagen før, men Syberg ville ikke have kunnet acceptere denne, da han har en aftale i Aarhus. Anna Syberg skriver et undskyldende brev på Fritz Sybergs vegne.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/kYWG</t>
+  </si>
+  <si>
+    <t>Torsdag
+Kære Goldschmidt
+Syberg er lige stukken af til Aarhus, kom i Aftes hjem fra Fynshoved. Han har haft saa travlt til Morgen med Indpakning saa han ikke naaede at skrive Dem til, men maatte overlade det til mig. Jeg skulde takke Dem meget for Indbydelsen som ad mange Omveje først naaede hertil i Onsdags, han har altsaa umuligt kunnet svare Dem endsige være hos Dem i Torsdags. Det er kedeligt hvis De har ventet ham. Hvornaar ser vi igen Deres elskværdige Person, og Deres Hustru. Deres Billeder har glædet mig. 
+Mange hilsener Deres Anna Syberg</t>
+  </si>
+  <si>
+    <t> 2. jul. 1909</t>
+  </si>
+  <si>
+    <t>Notater om fugle og vejrlig</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/kvp82PWC</t>
+  </si>
+  <si>
+    <t>1909-07-20</t>
+  </si>
+  <si>
+    <t>Valdal</t>
+  </si>
+  <si>
+    <t>Svendborg</t>
+  </si>
+  <si>
+    <t>Mogens Frijs
+Erik Henrichsen
+Anker Kyster
+Andreas Larsen
+Johan Larsen
+Nicolaus Lützhøft
+- Møldrup
+Theodor Oppermann
+Christine Swane
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Valdal var et nedlagt gartneri i Valby, hvor adskillige af Fynboerne i årenes løb boede til leje. 
+Det er uvist, både hvad det er "National" har skrevet og hvilke papirer, Johannes Larsen har bedt Erik Henrichsen om at rekvirere.
+"Greven": Grev Mogens Frijs har hyret Johannes Larsen til at lave illustrationer til en jagtdagbog, og Anker Kyster skal stå for indbindingen. Sagen er også omtalt i tidligere breve fra Johannes Larsen til Alhed.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har bedt Erik Henrichsen rekvirere papirer fra Svendborg.
+Larsen får lektioner i boksning og gymnastik. 
+Han skal til grev Frijs og Anker Kyster og snakke om grevens bog.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/lcOb</t>
+  </si>
+  <si>
+    <t>Valdal 20 Juli 1909.
+Kæreste Alhed!
+I Gaar var jeg hos Din Moder, hun fortalte mig at ”National” var gaaet til Meningen overfor Christine. Jeg skal spise Frokost hos Din Moder i Dag og følge med ud til C. Jeg var hos Møldrup i Gaar men han var ikke hjemme for Tiden, gik saa til Erik Henrichsen og fik ham til at rekvirere Papirerne fra Svendborg saa de kan være her naar Møldrup kommer tilbage. Jeg faar nu daglig 2 Lektioner i Boxning og Hjemmegymnastik, saa jeg kan lære Drengene det naar jeg kommer hjem, jeg har faaet en Gymnastikbog som er meget tydelig og faar Øvelserne gennemgaaet af Læreren. I Aftes var jeg til Middag hos Oppermann sammen med Lysse. Nu skal jeg til greven og Anker K. og snakke om Bind, jeg traf ikke førstnævnte i Gaar da han var ude med Franskmanden. Mange kærlige Hilsner til Jer alle
+Din
+Johannes Larsen
+Tak for Brevet!</t>
+  </si>
+  <si>
+    <t>Louise Hillers
+Sigurd  Swane
+Fritz Syberg
+Kristian Zahrtmann</t>
+  </si>
+  <si>
+    <t>Renskrevet på skrivemaskine af ukendt person. Det er uvist, hvor originalbrevet befinder sig. Der er transskriberet efter kopien.</t>
+  </si>
+  <si>
+    <t>Anna Syberg skriver, at Fritz Syberg ikke på nuværende har kræfter og tid til at gennemarbejde en omtalt artikel på ny, så Goldschmidt må vente et godt stykke tid endnu. 
+Der er flere med på Fynshoved denne sommer, heriblandt Sigurd Swane.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/sJan</t>
+  </si>
+  <si>
+    <t>(1910)
+Kære Goldschmidt
+Jeg sender Dem hermed Manuskriptet, som jeg er bange for vil skuffe Dem. Syberg er ikke til at formaa til overhovedet at læse det igennem langt mindre gennemarbejde det paany, ikke fordi han tror, det er udmærket, som det er men han kan ikke for Tiden. Hverken han eller jeg synes det skal offentliggøres i dets nuværende Skikkelse. Jeg har læst det igennem paany og synes, at Skildringen af Zartmann er morsom, men Begyndelsen er tung og klodset og jeg tror ikke man naar de gode Punkter, men opgiver Læsningen forinden paa Grund af Kedsomhed. 
+Der er ogsaa en Historie i Slutningen, som jeg ikke kan hitte ud af, den med Farmaceuten - jeg forstaar, at den skulde vise Zartmanns Evne til at beskæmme - men det glemmer Syberg i den lange Historie, og vi, faar ikke Enden med: Beskæmmelsen. Det kan jeg nu slet ikke faa ham forklaret og han vil altsaa ikke se paa det. Men vil De nu ikke se paa det, jeg tror, vi bliver enige om, at det skal ligge og "trække" lidt endnu. Kan De gøre noget ved det??? De kan jo sagtens rette paa Sprogets Kluntethed, men jeg synes nu, at det hele skal arbejdes om for at blive godt. Syberg har bedt mig skrive, han maler Aquareller fra Morgen til Aften. De venligste Hilsener fra
+Deres Anna Syberg.
+Vi glæder os til at se Dem her. 
+Jeg skal hilse fra Frk. HIllers, hun er en bedaarende Skabning, passer saa storartet til os. Jeg skal ogsaa hilse fra Fritz, Swane og det øvrige Selskab.</t>
+  </si>
+  <si>
+    <t>Ca 1910-1920</t>
+  </si>
+  <si>
+    <t>Agnes -</t>
+  </si>
+  <si>
+    <t>Alf Andersen
+- Christensen, Aalborg
+Johannes Larsen</t>
+  </si>
+  <si>
+    <t>Kunsthandler Alf Andersen fra Aalborg kommer til Kerteminde med nogle malerier.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/bAMD</t>
+  </si>
+  <si>
+    <t>Ærede Hr. J. Larsen.
+Dette for at meddele Dem Frk. Christensen fik Deres Billede med Ænder de to andre Billeder tager jeg med til Fyn saa De har dem i Løbet af 3 a 4 Dage.
+Ærbødigst Alf Andersen, Kunsthandler.</t>
+  </si>
+  <si>
+    <t>1910-02-16</t>
+  </si>
+  <si>
+    <t>Johannes V. Jensen</t>
+  </si>
+  <si>
+    <t>Falkonér Allé 73 B</t>
+  </si>
+  <si>
+    <t>Else Jensen</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvem Fritz Syberg opholdt sig hos på Falkonér Allé 73 B.
+Johannes V. Jensen og Fritz Syberg lærte hinanden at kende under den såkaldte Bondemalerstrid, hvor en gruppe symbolistiske malere angreb Fynbomalerne verbalt i Politiken.</t>
+  </si>
+  <si>
+    <t>Det Kongelige Bibliotek, Johannes V. Jensens Arkiv</t>
+  </si>
+  <si>
+    <t>Fritz Syberg takker for, at Johannes V. Jensen har sendt ham sine samlede værker. Dog mangler der to bøger. Syberg husker især en passage fra bogen Bræen. Og han har lært sig selv bedre at kende ved at læse Jensens bøger - ikke ubetinget behageligt. Jensen har ønsket at købe et billede på Sybergs udstilling, og Syberg beder ham tage imod det uden betaling. 
+Syberg bliver i København 14 dage endnu og håber, at han kan komme på besøg hos Johannes V og Else Jensen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/jgLf</t>
+  </si>
+  <si>
+    <t>Falkoneralleen 73 B
+16-2-10
+Kære Joh. V. Jensen.
+De har beredt mig en stor Glæde ved at sende mig Deres samlede Værker. (Jeg savner for Resten ”Ejnar Elkjær” og ”Danskere”) Alle [[ordet ”Alle” overstreget] Deres Bøger vil – alle – gøre Danmark levende for mig. Tilgiv at jeg siger det, men det forekommer mig at jeg ved at læse Dem, (og for Resten også ved at være sammen med både Dem og deres Kone) er stødt på nogle af den dansk Races ypperligste Egenskaber. Det er dog rigtig når De blandt Deres Arbejder anbefaler mig Bræen Der findes et lille Afsnit i den, der hedder Lærken. Jeg erindrer noget om ”Byger der kommer og går” og om en lille Pige der rækker en lille Finger ud mod Enebærbusken og mærker den stikker… men jeg vil ikke begynde at drage Erindringer frem om alle de lykkelige Øjeblikke jeg har havt ved at læse Dem, men hellere sige Tak for dem alle.
+For [ordet ”For” overstreget] De kunde gøre mig en stor glæde ved at modtage den Lap De har valgt på min Udstilling som en Erindring om En der alligevel står i stor Gæld til Dem. Det er nemlig ikke ubetinget Fornøjelse jeg har havt af at læse Deres Bøger. De har skaffet mig en Del Arbejde med at forstå – ikke Dem – men mig selv, befrugtet mig og den Slags Selvfornyelser foregår nu en Gang uden visse Anstrengelser der ikke er umiddelbart behagelige. Idet jeg altså går ud fra at De ikke viser mig den Tort at sige Nej til et oprigtigt ment Tilbud betragter jeg denne Sag som ordnet.
+Jeg bliver her i Byen endnu i 14 Dage og vilde gærne have Lov at komme op og hilse på Dem og deres Frue inden jeg rejser. Dersom De rejser herfra inden [ordet ”inden” overstreget] Byen i dette Tidsrum beder jeg herved Dem eller Deres Frue være så elskværdige at med [ordet ”med” overstreget] sende mig et Ord derom da det vilde gøre mig ondt at skilles fra København uden at få sagt Dem begge farvel. 
+Med de bedste Hilsener er jeg Deres begges hengivne
 Fritz Syberg.</t>
+  </si>
+  <si>
+    <t>1910-02-17</t>
+  </si>
+  <si>
+    <t>Faaborg Museum, Fritz og Anna Sybergs arkiv, breve fra Else og Johannes V. Jensen til Anna og Fritz Syberg i tiden 6/2 1910 til 9/10 1914</t>
+  </si>
+  <si>
+    <t>Johannes V. Jensen skriver til Fritz Syberg, at han gerne modtager billedet som gave, det før de ham endnu mere værd. Der vil nok være lejlighed til at ses inden Fritz Syberg rejser videre. Det var ærgerligt, at Fyns Rev kom i privat eje, så man ikke kan gå hen og se det.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ahXc</t>
+  </si>
+  <si>
+    <t>17 Febr. 1910
+Kære Fritz Syberg
+Jeg modtager gærne Billedet som Gave af Dem, saa er det mig endnu mere værd, skønt ikke fortjent. Det skal glæde mig og min Kone, som har dyrebare Minder sammen om saadan et Maageforaar og ikke ved nogen anden der kunde male det end Dem, og det skal ikke komme ud af min Slægt, saalænge den bliver ved at være dansk.
+De to Bøger der mangler har jeg kasseret som altfor smittede af en af mig nu ulidelig Aandsretning, de eksisterer ikke mere.
+Vi rejser slet ingen Steder hen, saa vi faar nok Lejlighed til at ses inden De forlader Skuepladsen for Deres Sejre. Jeg var ked af at Fyens Rev ikke kom til Galleriet men i Privateje for nu kan man jo ikke gaa hen og se det; men det var jo klar t at det maatte blive solgt. Min Kone er ude med Børnene mens jeg faar Deres Brev og besvarer det, jeg hilser fra hende. Og paa Gensyn!
+Deres hengivne 
+Johannes V. Jensen</t>
+  </si>
+  <si>
+    <t>1910-02-25</t>
+  </si>
+  <si>
+    <t>Peter Hansen
+Johan Larsen
+Georg Neukirch</t>
+  </si>
+  <si>
+    <t>Johannes Larsens bror, Vilhelm Larsen, var skovrider under Wedellsborg og boede på gården Rørdam ved Husby på Fyn. 
+Brevet er afskrevet efter en fotokopi, som Østfyns Museer har fået fra Det Kongelige Bibliotek mange år før, at arbejdet med databasen gik i gang. Skanninger af brevet fra Det Kongelige Bibliotek er ikke fundet.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har bedt glarmesteren have geden færdig til Lysses fødselsdag.
+Han savner sine træskostøvler, sender en mus til Peter (Hansen) og maler på en marine.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/xJQS</t>
+  </si>
+  <si>
+    <t>Rørdam 25 Febr. 1910
+Kæreste Alhed!
+Jeg sagde til Glarmesteren at han skulde have den Ged færdig til Lysses Fødselsdag, men Du maa maaske holde ham til Ilden. Jeg savner meget mine Træskostøvler, her er meget vaadt og Støvlerne utætte. Hermed en Mus til Peter. Du har vel faaet Lærred jeg fik mit i Gaar. Vi er bedt til Neubirchs paa Søndag. Nu skal jeg ned at male Marine. Mange kærlige Hilsner. Hvordan har I det? Husk Paafuglen og Gravgaasen
+Din
+Johannes Larsen</t>
+  </si>
+  <si>
+    <t>1910-06-09</t>
+  </si>
+  <si>
+    <t>Mads Rasmussen</t>
+  </si>
+  <si>
+    <t>Franziska  Erichsen</t>
+  </si>
+  <si>
+    <t>Faaborg Byhistoriske Arkiv, Mads Rasmussens Familiearkiv, Mappe 27</t>
+  </si>
+  <si>
+    <t>Anna Syberg skriver til Mads Rasmussen om økonomisk hjælp til et familiemedlem, Fru Erichsen (som er Fritz Sybergs lillesøster, Franzisca Syberg, g. Erichsen).</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/7Ztd</t>
+  </si>
+  <si>
+    <t>Fynshoved 9/6-1910
+Kære Hr Fabrikant Rasmussen
+Jeg henvender mig til Dem i det Haab, at De udstrækker Deres Velvilje mod Fynboerne ogsaa udenfor deres specielle Malerbegavelse. Min Mand har en Søster, hvis Datter var gift med en Direktør for et Reklamebureau, han tog Livet af sig ved Juletid og paa Grund af falske Veksler, og de har siden ikke haft en noget at leve af.
+De bor sammen, Datteren, der har en lille Dræng, giver Undervisning i Sang, hun skal være meget dygtig, har faaet Undervisning i 7-8 Aar hos Københavns dygtigste Lærerinde, men foreløbig har hun kun et Par Elever, og det kan de jo ikke leve af.
+Min Mands Søster havde faaet Løfte paa en Plads ved Telefonen, hun ventede paa den i 3 Maaneder, men fik den ikke. Nu véd hun ikke hvad hun skal tage fat paa, tænker paa noget Bespisningsvæsen, som jeg frygter for der er for store Udgifter forbundne med. Jeg fik da den Tanke at henvende mig til Dem, maaske kunde De finde noget, der kunde passe for hende, enten i Deres egen Forretning eller andet Steds. Hvis De vilde gøre noget for hende, var det vel bedst, De saa hende for at kunne bedømme, hvad der bidst vilde passe for hende.
+Jeg har skrevet til hende, at jeg vilde henv forsøge at henvende mig til Dem, hvad hun var meget glad ved, saa hvis De sender hende et Brevkort om
+Fru Erichsen, Falkonér Allé
+73 B 4 sal
+vil hun komme ud til Dem. Da jeg har bedt hende ventemed dette Bespisningsvæsen (hun stod i Begreb med at leje Lejlighed), til hun hører nærmere, vil jeg bede Dem skrive enten til hende eller mig, saa hurtig de kan faa Tid. - Jeg glæder mig meget til at komme ned og aabne Faaborg Falleriet. Hilsen fra Syberg. De bedes hilse deres Hustru og takke for den muntre Frokost i Foraaret.
+De venligste Hilsener
+deres 
+Anna Syberg</t>
   </si>
   <si>
     <t>1910-06-13</t>
   </si>
   <si>
     <t>Mads Rasmussen skriver til Anna Syberg og beklager ikke at kunne skaffe stilling til fru Erichsen</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/TnuR</t>
   </si>
   <si>
     <t>13. Juni 1910
 Fru Anna Syberg
 Fynshoved, Kjerteminde
 Begge deres venlige Breve har jeg modtaget. Jeg beklager imidlertid ikke for tiden at kunne tjene Dem med at skaffe omskrevne Dame Beskæftigelse . For øjeblikket er nemlig alle Pladser i min Virksomhed, som der kunne være tale om, besatte. Men jeg skal selvfølgelig gerne have Sagen i Erindring ,og bliver der paa en eller anden Maade noget, skal jeg henvende mig til Vedkommende.
 Med venlig hilsen til Deres Mand forbliver jeg
 Deres forbundne
 M. Rasmussen</t>
   </si>
   <si>
-    <t>1924-07-09</t>
-[...816 lines deleted...]
-Tusind Hilsner søde Dis fra alle her til Jer alle Din Junge.</t>
+    <t>1910-07-20</t>
+  </si>
+  <si>
+    <t>Hans P. Lunde</t>
+  </si>
+  <si>
+    <t>Høng pr. Middelfart</t>
+  </si>
+  <si>
+    <t>Mads Rasmussen skriver til Hans P. Lunde og takker for artikler i Middelfart Venstreblad og Fyns Venstreblad om museet som har glædet kunstnerne og Mads Rasmussen selv.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/heY8</t>
+  </si>
+  <si>
+    <t>20 Juli 1910.
+Herr
+Forfatter Hans P Lunde,
+Høng pr Middelfart.
+Jeg takker Dem for Deres Artikler i Middelfart Venstreblad og Fyns Venstreblad om Museet og for Modtagelsen af førstnævnte Blad med Artiklerne,som har glædet Kunstnerne og interesseret mig meget at læse.
+Ærbødigst
+M Rasmussen</t>
   </si>
   <si>
     <t>1910-08-03</t>
+  </si>
+  <si>
+    <t>Nicolaus Lützhøft</t>
   </si>
   <si>
     <t>Mads Rasmussen skriver til Nicolaus Lützhøft, indkalder til komitémøde og beder ham skaffe biografier af Poul S. Christiansen, Kai Nielsen og Harald Holm.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/GO3q</t>
   </si>
   <si>
     <t>3 August 10.
 Herr.A. Lützhøft
 Storegade 25.
 H E R S T E D S.
 Stadfæstende behgl. Samtale af i Dag meddeles Dem herved, at jeg har tilskrevet de fynske Kunstnere om at sende mig deres Biografier omgaaende og samtidig meddelt dem, at Mødet finder Sted paa Museet Lørdag den 13 ds Kl. 2½.
 D'Herrer. Poul Christiansens, Kaj Nielsens og Harald Holms Biografier sørger De saa for.
 Med Hilsen er jeg Deres.</t>
+  </si>
+  <si>
+    <t>1910-08-21</t>
+  </si>
+  <si>
+    <t>Forfatteren Hans P. Lunde anmoder om et lån på kr. 500,-</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Gw2o</t>
+  </si>
+  <si>
+    <t>Høng, Middelfart, d 21. August 1910
+Kære Hr. Direktør M. Rasmussen!
+Tillad mig at bede Dem være saa elskværdig at gøre mig en Tjeneste.
+Jeg staar nemlig over for en pinlig Pengevanskelighed, hvorfor jeg vilde være Dem meget taknemmelig, om jeg maatte modtage et Laan af Dem paa Fem Hundrede Kroner. Laanet skal blive indfriet, saa snart det er mig muligt. 
+Jeg har en lille ejendom her, som jeg desværre kommer til at lade mine Kreditorer tage, hvis jeg ikke mod Forventning er saa heldig at faa den solgt i en nær Fremtid, mine Kontanter og min Kredit er sluppen op, og jeg kan ikke, saalænge jeg har denne Ejendom, tjene noget videre som Skribent - ej heller faa Lejlighed til at ordne nogle literære Arbejder (en fynske Bonderoman, en do. Novellesamling og en Række Digte) til Udgivelse.
+Maaske De af foranstaaende vil kunne se, hvor vanskelige mine Forhold er og deri finde en Undskyldning for denne sørgelige Henvendelse.
+Højagtelsesfuldt
+Deres
+Hans P. Lunde.</t>
+  </si>
+  <si>
+    <t>1910-08-31</t>
+  </si>
+  <si>
+    <t>H.P. Hanssen</t>
+  </si>
+  <si>
+    <t>Jens Birkholm</t>
+  </si>
+  <si>
+    <t>Mads Rasmussen skriver til rigsdagsmand H.P. Hanssen-(Nørremølle). Mads Rasmussen har bemærket at Hanssen-Nørremølle kommer til Ollerup for at holde foredrag. Da det er usikkert om han selv er i Faaborg til den tid, så han beder Hanssen-Nørremølle om at henvende sig til Jens Birkholm, som kan vise ham museet.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/lp1s</t>
+  </si>
+  <si>
+    <t>31 August 1910
+Her. 
+Rigsdagsmand H P Hansen - Nørremølle,
+Villa Højtoft.
+Aabenraa
+Af Bladene ser jeg, at De vil komme til Ollerup til Efteraarsmødet der i September.Jeg bor kun om sommeren i Faaborg og er flyttet derfra for i Aar,og endskjønt jeg af og til rejser derover,vil det jo være tilfældigt, om jeg netop skulde være der til den Tid De kommer til Fyn. Skulde De imidlertid have Lyst til at bese Musæet, hvortil Du skal være særdeles velkommen, bedes De venligst lade Kunstmaler Birkholm i Faaborg det vide, til hvem jeg i Dag har skrevet derom og bedt ham vise Dem Museæet, hvis De faar Tid og Lyst til at se det. 
+Jeg forbliver med venlig Hilsen</t>
+  </si>
+  <si>
+    <t>1910-09-02</t>
+  </si>
+  <si>
+    <t>Mads Rasmussen sender N. Lützhøft "Søndagsbladet" med en artikel om "det fynske Hus". Har forskellige overvejelser om det katalog, Lützhøft arbejder på til Faaborg Museum.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/fDVG</t>
+  </si>
+  <si>
+    <t>2 September 10.
+Herr
+Nic Lützhøft.
+Stormgade 25.
+Efter Aftale sender jeg Dem hermed "Søndagsbladet" med Artiklen af Nordahl-Petersen om det fynske Hus.
+Jeg finder, at det vilde ikke være rigtigt at tage [det] Billede med i Katalogen, men jeg faar den Tanke, m det ikke vilde være smukt at have Tom Petersens Tegning af "det fynske Hus" enten paa Titelbladet eller det næste Blad. Det er jo en overordentlig smuk Tegning og den maa vi benytte. Det er kun en Tanke jeg faar i Øjeblikket, saa De bedes tænke derover. De har jo denne Tegning oven over Tegningen af Klokketaarnet.
+Vær saa venlig at ringe mig op i Telefonen
+Med venlig Hilsen</t>
+  </si>
+  <si>
+    <t>Anders Nordahl Petersen</t>
+  </si>
+  <si>
+    <t>Mads Rasmussen skriver til forfatteren Nordahl-Petersen, der har foreslået en fynsk "bogstue" og et legat for fysnek forfattere. M.R. ser sig ikke i stand til at finansere dette, da museet har taget helt andre dimensioner end oprindelige tænkt, men finder ideen tiltalende.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Rpa0</t>
+  </si>
+  <si>
+    <t>3' September 1910.
+Herr
+Forfatter Nordahl-Petersen,
+Odense.
+Deres venlige Brev af 1'ds har jeg modtaget tillige med det sendte Eksemplar af "Søndagsbladet" med Artiklen om Faaborg Musæet. for hvilket jeg bringer dem min forbindligste Tak. 
+Jdeen, De fremsætter om en fynske "Bogstue" med Legat for fynske Forfattere finder jeg i og for sig ganske fortrinlig . Musæet har imidlertid antaget ganske anderledes Dimensioner, end jeg oprindelig tænkte mig, og jeg ser mig derfor desværre ikke i Stand til at tage andet op for Tiden. Derfor maa jeg give Afkald paa et for de af Dem udkastede Jdeer ,som jeg som sagt foriøvrigt finder meget tiltalende , ud i Livet ,men der skal jo ogsaa være noget som andre kan tage fat paa.
+Tak for Meddelelsen om, at Anton Andersen i Havrehed fejrer sit Jubilæum den 17' September. Jeg glæder mig over at faa Lejlighed til at sende ham sin Lykønsking.
+Jeg forbliver med venlig Hilsen</t>
+  </si>
+  <si>
+    <t>1910-09-23</t>
+  </si>
+  <si>
+    <t>Else Jensen
+Johannes V. Jensen</t>
+  </si>
+  <si>
+    <t>- Fenger
+Anna Syberg
+Clara Syberg
+Lars Syberg</t>
+  </si>
+  <si>
+    <t>En væsentlig grund til at Johannes V. Jensen fik Nobelprisen i litteratur i 1944, var Himmerlandshistorier. I 1898 udsendte Johannes V. Jensen Himmerlandsfolk, det første af tre bind, der senere blev samlet under titlen Himmerlandshistorier. De to følgende bind kom i 1904 og 1910. (Det Danske Sprog- og Litteraturselskabs hjemmeside marts 2019)
+Syberg-familien tilbragte tre somre på det i øvrigt ubeboede Fyns Hoved. De boede i et par små træskure uden indlagt vand eller elektricitet. Med sig havde de dog en tjenestepige, Frk. Fenger
+Fritz Syberg staver forkert til apparition (fremtræden, indtryk, udseende).</t>
+  </si>
+  <si>
+    <t>Fritz Syberg takker for Himmerlandshistorier. Anna Syberg er taget til Kerteminde, fordi hun længtes efter kultur.
+Frk. Fenger burde også få lidt kultur. Hun er meget urenlig.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Uv8k</t>
+  </si>
+  <si>
+    <t>[Der er tegnet en firkant langs papirets kant og i venstre side ses en blomst, formodentlig merian (origanum vulgare), tegnet med akvarel og rørpen)
+23 Stb. 1910
+Fynshoved
+Kære Johannes V og Else!
+Tak for Himmerlandshistorierne. Jeg har læst Beskrivelsen af Himmerland som den der fristede mig mest.
+Nu sidder jeg alene herude. Anna længtes efter Kulturen – Kulturcentret Kjerteminde – Det vil sige Nolle og Sakker valgte at blive hos mig da Rejsen skulde gå for sig.
+Frk Fenger kunde nok trænge til lidt ”Kultur” igen hendes Aparition var blevet noget eskimoisk. Der er en vis Art Renlighed – Skipperrenlighed vil jeg kalde den – som jeg sætter Pris på når jeg bor i Naturens Skød. 
+Nok om det. Tak for Bogen og Tak fordi I mindes
+Eders hengivne Fritz Syberg.</t>
   </si>
   <si>
     <t>1910-10-03</t>
   </si>
   <si>
     <t>Mads Rasmussen sender Ernst Goldschmidt en række artikler.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/pFm3</t>
   </si>
   <si>
     <t>3' Oktober 10
 Herr
 Redaktør Goldschmidt,
 Her.
 Hermed følger:
 Korrektur af Musæets Katalog
 1' Artikel i Politikken
 2' Artikel i Politiken med mit Portræt
 Jndvielsesfesten i Faaborg
 Udklip af Skive Folkeblad ang "Fynbotypen"
 "Lidt om Forargelse" af Aakjær
 Middelfart Avis: 4 Artikler af H.P. Lunde
 Politiken: Museet for fynske Malerkunst
 Der Welt Spiegel Die [xxxxx]
 Søndagbladet Det fynske Hus i Faaborg
 Hjemmet: Det fynske Hus i Faaborg
 Verdensspejlet: Den fynske Skole
 Politiken: Musæet i Faabog,", Kronik af Karl Madsen
 Illustreret Tidende: Faaborg Museum
 Deres forbundne</t>
   </si>
   <si>
+    <t>P.M. Larsen</t>
+  </si>
+  <si>
+    <t>Da Mads Rasmussen i 1906 blev leder af konservesfabrikken Beauvais i København, blev hans egen konservesfabrik i Faaborg nedlagt, og produktionen blev overført til København. Industribygningerne i Faaborg stod tomme i nogle år, men i 1909, året før indvielsen af Mads Rasmussens første udstilling med Fynboernes kunst i lejligheden i Konservesgården, blev bygningerne renoveret og anlægget bygget om med henblik på at indrette en margarinefabrik. Aktieselskabet Faaborg Vegetabilske Margarinefabrik blev oprettet og have Mads Rasmussen som hovedaktionær. De følgende år ser man ofte, at ledelsen af Margarinefabrikken påtager sig forskellige opgaver i forbindelse med etableringen af Faaborg Museum for Fynsk Malerkunst, som jo lå lige ved siden af. I dette brev er den daværende leder, P.M. Larsen, optaget af diverse forhold omkring salg af postkort fra museet.</t>
+  </si>
+  <si>
+    <t>Faaborg Byhistoriske Arkiv, Mads Rasmussens Familiearkiv, Mappe 129</t>
+  </si>
+  <si>
+    <t>Vegetabilfabrikkens direktør Larsen skriver til Mads Rasmussen angående museets postkort.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/NjiB</t>
+  </si>
+  <si>
+    <t>Faaborg,den 3 Oktober 1910.
+Hr. Konservesfabrikant M. Rasmussen
+København
+Faaborg Museum
+Efter Aftale med Hr. Birkholm har jeg i Dag talt med Boghandlerne angaaende Køb af Postkortene, men kunde jeg mærke paa disse, at de begge fortrød den i sin Tid trufne Aftale om at tage Halvdelen af Partiet mod at overtage Salget paa Musæet.
+Hr. Birkholm proponerede derfor at vi skulde se at faa dem til at tage 500 Stk. hver og saa selv forsøge at afsætte Resten,dels paa Musæet og dels til Boghandlere i andre fynske Byer.
+Hr. Alstrøm har for et Øjeblik siden bestilt 500 Stk. og skal jeg i Morgen forsøge at faa Hr. Bager ril at tage et lignende Parti.
+Da vi har 30 Dages Kredit på Fakturabeløbet fra Berlin haaber jeg at det lykkes os,inden vi skal remittere, at faa solgt en Del Kort- og skal det knibe har vi jo ca. 80 Kroner i Banken.
+Hr. Birkholm mente det var bedst at sende Dem 25 Stk. af hver af de 5 forskellige Kort,hvilket er sket med Aftentoget.
+Til de stedlige Blade samt til Kunstnerne har Hr. Birkholm lovet at sende Prøver.
+Med Højagtelse
+P.M. Larsen</t>
+  </si>
+  <si>
+    <t>1910-11-04</t>
+  </si>
+  <si>
+    <t>Kristian Zahrtmann</t>
+  </si>
+  <si>
+    <t>Skriften i dette maskinskrevne brev er næsten forsvundet fuldstændigt. Nogen, formentlig nogen med tilknytning til Faaborg Byhistoriske Arkiv, har overskrevet den oprindelige tekst med håndskrift, formentlig inden skriften forsvandt helt.</t>
+  </si>
+  <si>
+    <t>Mads Rasmusen inviterer Kristian Zahrtman til middag sammen med de fynske malere inden Sybergs rejse til Italien.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/UdiA</t>
+  </si>
+  <si>
+    <t>4-11-1910
+Herr Kunstmaler Zahrtmann
+Da vi har tænkt os at samle en Del af de fynske Malere hos os til en lille Middag før Sybergs Afrejse til Italien, vil det være mig kært om De vil gøre os den Fornøjelse at deltage i nævnte Middag d 17 ds Kl 6.
+Venlig Hilsen
+fra min Hustru og 
+Deres ærr,
+M Rasmussen</t>
+  </si>
+  <si>
+    <t>1910-12-06</t>
+  </si>
+  <si>
+    <t>Johanne Giersing
+Anna Syberg
+Clara Syberg
+Ernst Syberg
+Franz Syberg
+Fritz Syberg
+Hans  Syberg
+Lars Syberg</t>
+  </si>
+  <si>
+    <t>Else Jensen
+Jens Jensen
+Villum Jensen
+Johannes Larsen
+Carl V Petersen</t>
+  </si>
+  <si>
+    <t>Johannes V. Jensen sammenligner Syberg-familien med musefamilien i Rynkeby Præstegaard. Fra det hjemlige liv er der ikke så meget at berette, mørke dage og hele familien har haft influenza.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/dGAN</t>
+  </si>
+  <si>
+    <t>6 Dec 10
+Kære Syberg, Anna, Hans, Nolle, 
+Besse, Sakker, Trylle, Rille - I minder mig allesammen om Musefamiljen i Rynkeby Præstegaard, og nu er I kommen paa en slem Rejse, og Nips er dumdristig men Naps klog, Pylle og Polle kønne og artige, Pipi fræk og Dikke kælen, det passer paa hele Familjen i Pisa. Vi blev meget glade for Brevet, som jeg saa smaat begyndte at vente paa, og alt staar jo vel til. Her ligesaa, jeg har haft forfærdelig travlt med den Artikel om Las, men nu er den virkelig ogsaa bleven god, som du skal faa at se. Vi har været ret syge, først Forsørgeren, saa Jens, saa Villum og nu endelig Else, det er Influenza og kun en Overgang men meget ubehagelig. Mørke Dage, Sol maaske et Glimt hver 14de Dag, og ny bræger Alverden allerede utaaleligt om Jul. Med "Riget" gaar det saa som saa; hvis ikke en vis Sultekur lykkes, gaar det hele i Brokkassen. Foreløbig lader vi Fv.J. regere med det og sørger ikke for noget fra vor Side, lad ham saa køre i Grøften saadan at man kan se det er ham der har Fejlen. Carl V. P. gik i Gaar, det var vi ikke rigtig glade for, det var ikke Meningen, men vi kunde heller ikke have en flæbende Matros paa Skuden i skidt Vejr. Else og jeg skal i dag paa Udstilling og se paa Fynboer, ellers har vi kun smaa Glæder. Sludder, naar jeg nu ser ud over Parken i det skumle Vejr ser det dejligt ud. og en Ølvogn kører forbi, det spinder saa fint i min Kakkelovn, her er godt. Mange Hilsener! Fra Else, fra Børnene
+Jeres hengivne Johannes V.</t>
+  </si>
+  <si>
+    <t>1910-12-09</t>
+  </si>
+  <si>
+    <t>Pisa
+Via St. Lucia 3</t>
+  </si>
+  <si>
+    <t>- Battoni
+Lorenzo Battoni 
+Johanne Giersing
+Emmerik Jensen
+Jens Jensen
+Villum Jensen
+Anna Syberg
+Clara Syberg
+Ernst Syberg
+Lars Syberg</t>
+  </si>
+  <si>
+    <t>Johannes V. Jensen forlod i efteråret 1910 sin stilling ved Politiken og var til slutningen af januar 1911 medarbejder ved dagbladet Riget.
+Slaget ved Solferino fandt sted den 24. juni 1859 og førte til sejr for de allierede franske hære under Napoleon 3. af Frankrig og Kongeriget Sardiniens hær under Victor Emanuel 2. af Italien (også kaldet den fransk-sardiske alliance) mod den østrigske hær under kejser Franz Joseph I.
+Non capisco (italiensk): Jeg forstår ikke</t>
+  </si>
+  <si>
+    <t>Fritz Syberg er glad for, at han alligevel ikke skal levere en tekst til tidsskriftet Riget.
+Værtinden har fortalt, at kvinder af 1. klasse bærer hat i Pisa, så Besse (Johanne) har fundet sin frem igen. Sakker (Lars) er blevet beundret af tre unge kvinder, mens han tegnede Det Skæve Tårn. 
+Værtinden prøver at få Rille (Ernst) til at kysse sig, men han gør modstand. Værtindens mand har været gift to gange før, har ca. 18 børn og var med i slaget ved Solferino.
+Sybergfamilien vil blive i Pisa længe. Norditalierne bygger så smukt, og farverne er skønne. Syberg savner dog de danske fjorde lidt. Regnvejr ser helt anderledes ud i Italien end i Danmark.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/MSU6</t>
+  </si>
+  <si>
+    <t>Pisa 9-12-10
+Sig. Lorentzo Batoni
+Via St. Lucia 3
+Kære Joh. V og Else!
+I Dag øsregner det. Tak for Dit Brev med Fotografierne Anna i Sengen er god. Nå ”Riget” går ikke. Det letter mig lidt. Jeg har jo lovet at sende Jer noget om Sverigsturen. Hvad jeg har skrevet derom ligger i min Kuffert et eller andet Sted i Tyskland på Vej herned. Men nu kan jeg altså lade være med at tænke på den Ting foreløbig. Tak for ”Musefamilien” Den er meget underholdende at gætte sig frem i. Jeg havde ellers bestemt at lave en lille Skizze – jeg laver en hver Dag – men som sagt det øsregner, og så fristede det mig at sende Jer et Par Ord. Hvor skal jeg begynde. Ja Besse har taget til Hatten igen. Vor Værtinde oplyste os om, at der hersker en meget streng Adskillelse mellem Damer af 1ste Kl., og do [”do” indsat over linjen] af ”Folket” her i Pisa, og Kendetegnet er at alle Damer gå med Hat mens en Kvinde af Folket går barhovedet. Derimod har hun (Besse) [”(Besse)” indsat over linjen] fået anbragt et Par store højrøde Sløjfer i Håret ved Ørerne, hvilket så vidt jeg kan skønne er fuldstændig ”comme il faut” her på Pladsen. Nolle lever i sin egen Verden og følger alligevel på en eller anden ubegribelig Måde med i den Verden som omgiver hende. Sakker er [et par bogstaver overstreget] mild. Han begynder at forstå Iteliensk. Forleden var han med ude at tegne. Jeg sad på Pladsen ved Domkirken og tegnede et Stykke af den tykke Bymur Sakker havde stillet sig op ved Domen og tegnede det skæve Tårn. Jeg fandt ham omringet af tre smukke italienske Ungmøer der pludrede op til ham mens Sakker halvt flov over Situationen passede sit Arbejde. De unge Piger var meget henrykte over ham. Jeg spurgte ham om hvad de havde sagt til ham. ”Ja jeg forstod ikke hvad Pigerne sagde til mig og så [ordet ”så” indsat over linjen] sagde jeg ”non capisco” men der ha [”ha” overstreget] var to Soldater som havde set på mig og spurgt om jeg var Italiener”. Det er vor Værtindes opgave (bl.a.) at få Rille til at give sig et Kys. Hun udtrykker det således: ”geb’ mich ein Küs – ” når Rille så spræller, fortsætter hun ”non non non, nicht mit Gewalt, par d’amour”. Det er ellers nogle tiltalende Værtsfolk vi har. Manden er en ægte Italiener og Kraft-Karl. Har været gift to Gange forud og har havt sådan noget som 18 Børn. Han har været Soldat, været med i flere Bataljer bl.a. Slaget ved Solferino og har tre Tapperhedsmedaljer. Vi har tænkt os at blive i Pisa i længere Tid. v [bogstavet overstreget] Klimaet er dejligt og Byen ganske dejlig. Det kan ikke skjules at det er med en ubehagelig Gysen man tænker på Arkitekturen norden for Alperne. Jeg ved ikke hvad der er mest ubegribelig enten at Italierne har så let ved at bygge smukt eller at Nordeuropæerne har så svært ved det. Det simpleste Hus her er fornemt. Og Murene og Broerne om og over Arnoen, uden at være særlig store i Volumen er de majestætisk skønne. I Farve er nu den okkergule lerede Arno og al det lysegule og lyserøde Murværk og Marmor helt ovenud.
+Men der er jo dette med Fynshoved og de danske Fjorde. Nå Fanden i Vold med alle Grublerier, lad os nyde Livet og håbe på at det bliver langt.
+Det regner stadig. Det er mærkelig så ensartet skyet Luft former sig her i Italien De fantastiske og truende Fænomener man er vant til at se i Luften hjemme findes ikke her. Her findes kun en Slags jævnt graat i graat Skyer. Hilsen til Jer alle 4 fra os alle her.
+Eders hengivne Fritz Syberg.</t>
+  </si>
+  <si>
+    <t>1911-02-22</t>
+  </si>
+  <si>
+    <t>Pisa
+Via San Lorenzo 31</t>
+  </si>
+  <si>
+    <t>Otto Balle
+Carl Bloch
+Paul Cézanne
+Henrik Gamst Jespersen
+Johanne Giersing
+Charles Henrichsen
+Johannes Larsen
+Anna Syberg
+Clara Syberg
+Ernst Syberg
+Franz Syberg
+Hans  Syberg
+Lars Syberg
+Bertel Thorvaldsen
+Vincent van Gogh
+Kristian Zahrtmann</t>
+  </si>
+  <si>
+    <t>Anna og Fritz Syberg og deres seks børn boede i Pisa fra efteråret 1910 og små tre år frem. 
+Johannes V. Jensen fik nytårsdag 1911 artiklen Fétischisme i Kunsten trykt i Riget. Heri forsvarede han van Gogh og Cézanne. Litt.: Per Dahl og Aage Jørgensen: Johannes V. Jensen og fynbomalerne. I: Du danske Sommer. Fynbomalerne og de jyske forfattere i samklang. Malene Linell Ipsen (red.) Johannes Larsen Museet 2007, s. 56. Grete Zahle: Dagens Lys. Rhodos s. 26 og 116.</t>
+  </si>
+  <si>
+    <t>Fritz Syberg takker for breve og artikler. Johannes V. Jensens artikler om fetich og om Johannes Larsen var gode. Syberg kan ikke lide Carl Blochs billede, og han bryder sig ikke om Henrik Jespersen.
+Familien er ved at flytte til en syvværelses lejlighed, og Anna er på auktion for at købe senge.
+Hans er i marmorhuggerlære, Clara, Lars og Franz går i kommuneskole. Johanne og Ernst blev smidt ud af en katolsk skole, da de ikke kunne slå korsets tegn på den rette måde, men nu er de kommet i en nonneskole, som gerne ville tage protestanter.
+Syberg har fundet et område nord for bymuren, hvor han vil male. Ingen andre har malet disse motiver, og det bliver ikke genremalerier.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/iGwx</t>
+  </si>
+  <si>
+    <t>Pisa 22 Fbr. 1911
+efter den 15 Marts
+Via S. Lorenzo 31
+p.p. 
+Kære Johannes V. og Else!
+Tak for den indholdsrige Brevpakke vi sidst fik fra Jer. Jeg siger nu som før, Din Artikel om Fetischdyrkelsen var ug. At Du tager fejl af Cesanne og van Gogh ved jeg godt, men det kommer ikke det Smør ved. Din Arikel om Las holder jeg måske dog mere af, eller rettere sagt, jeg holder mere af den. Som et Kuriosum kan jeg meddele, at det Billede af Carl Bloch [et bogstav overstreget] Las anbefaler Dig til Nedslagtning, har Zahrtmann i en [”en” indsat over linjen] større Forsamling af Danmarks Malere hævdet, var, - sammen med Thorvaldsen – det højeste, dansk Kunst var nået til. Som sædvanlig er de Lærde uenige: C. B.s Billede kan jeg egentlig heller ikke lide.
+Det er i det hele taget ikke et Arbejde, som er en ordentlig Pen værd, at beskæftige sig med hvad der trænger til at slås ned, synes jeg. Hvor skal man begynde. Vil man give Ris skal det dog helst være den rigtige Ende som får dem. Henrik Jespersen er en Maler hvis Billeder har den Virkning på mig, at jeg kunde tænke mig Malernes Helvede behængt med dem, men der findes i Danmark 100 Malere af H Jespersens Art og de 99 er meget værre end han. Men at skrive Kroniker om Otto P. Balle og Charles Henrichsen of. kan jeg ikke tænke mig nogen gider. Som sagt Din Artikel var god og gid Du vilde skrive nogle flere.
+Vi er ved at flytte – det vil sige vi skal flytte den 15 i næste Måned. Anna er på Auktion i et gammelt ”palazzo” på Lunig’Arno for at købe os nogle Senge og et Bord. Vi får en 7 Værelses Lejlighed, med en dejlig Udsigt over mod Pisa [”mod Pisa” overstreget] nogle gamle Haver, Pisas Bymur og Bjærgene. Dersom Else tænker på at komme herned får vi god Plads, især Plads – da jeg garanterer for at Møblementet ikke skal komme til at fylde meget i Lejligheden.
+Vi har – tror jeg – bidt os fast her på Pladsen. Hans er i Marmorhuggerlære, Sakker Trylle og Nolle går i Kommuneskole, Besse og Negeren har vi lidt vanskelig ved at få anbragt da Besse er for gammel til at de vil tage hende i Kommuneskolen og Negeren for ung. Vi fik dem i en katolsk italiensk Skole, men der gik de kun en Dag, så blev de hældt ud fordi de ikke kunde slå Kors for sig på den rette Måde, og altså måtte være Kættere. Nu har vi fundet en fransk-italiensk Skole, drevet af Nonner der er klædt omtrent således [tegning] – de er tillige glatragede på hele Hovedet. [Overstregning] De vil [overstregning] nok tage imod Protestanter. Jeg er selv meget optaget uden at jeg dog faar lavet så overvældende meget. Men jeg er ved at komme i Gang. 
+Jeg har fundet et Terræn ude norden for Bymuren over mod Bjærgene, hvor jeg nok tror jeg kan lave 100 Aquareller. Vinmarker Hvede og Artichoker i lange Bede er det væsentlige. Bønderne er Småbesiddere og overordentlig sympatetiske at have med at gøre. Jeg er sikker på to Ting: for det første, at det jeg er i Gang med at male nu, ikke er rørt af nogen anden Maler, det er noget de alle er gået forbi, for det andet, at alt hvad der hedder ”Genrebilleder” skal det jeg laver bliver kemisk rent for, jeg håber at komme hjem med mindst 200 Billeder hvorimellem der ikke findes et eneste italiensk Genrebillede. Næste Gang jeg skriver skal jeg sende Las’s Brev Det ligger i god Behold i en Skuffe sammen med nogle Breve jeg har fået fra Zahrtmann, men Anna havde Nøglen til Skuffen på sig og hun er som sagt på Auktion. De bedste Hilsener fra os alle til Jer alle. Eders hengivne Fritz Syberg.</t>
+  </si>
+  <si>
+    <t>1911-03-28</t>
+  </si>
+  <si>
+    <t>Anna Syberg
+Fritz Syberg</t>
+  </si>
+  <si>
+    <t>Johannes V. Jensen fortæller, at han og Else skal på en rundrejse i England, Frankrig, Nederlandene m.m., men de kommer ikke til Italien i denne omgang. Johanne v. Jensen skal skrive for Politiken undervejs. De har været til fernisering, men savnede Fynboerne at gå på café med bagefter.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/TZ4h</t>
+  </si>
+  <si>
+    <t>28/3 11
+Kære Venner!
+Mange tak for Kortene, de kom os og flere til gode. Det var en smuk udstilling og fint Ferniseringsvej, men vi savnede nu alligevel Fynboene og gaa paa Kafé med bagefter. Vi har haft Frost og bidende Luft, men i dag er det vaadt og lunt, skyet og med Fuglesang, forelsket Vejr. I morgen rejser Else og jeg, i gaar bragte Else børnene til Refsnæs, det sønderrev mig at blive af med dem, men allerede i dag har jeg det bedre, de to smaa Mohikanere har jo skreget mig fordærvet Vinteren igennem. Ja, man skal rykkes op en Gang imellem. Til Italien kommer vi denne Gang ikke, men det kan godt blive til noget siden. Vi har taget Rundrejsebillet Berlin, Paris, Rouen, Dieppe, Hastings, London, Haag, Rotterdam, Hamborg...??....?? Naturligvis skal jeg skrive undervejs, mit gamle syndikat, Politiken, Verdens Gang og Dagens Nyheder, hvis I holder Politiken kan I altsaa se min Færd. Else beder hilse mange Gange, hun gaar barnløs rundt og pakker. Det var venligt af Jer at sende Kortene. Jeg er bange I bliver helt andre Mennesker inden vi ses igen. Lev vel alle og en Gang paa Gensyn. J.V.J.</t>
+  </si>
+  <si>
+    <t>28. apr. 1911</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/ErEQwYPh</t>
+  </si>
+  <si>
+    <t>1911-05-14</t>
+  </si>
+  <si>
+    <t>Pisa</t>
+  </si>
+  <si>
+    <t>Henrik Cavling
+Franz Syberg
+Kristian Zahrtmann</t>
+  </si>
+  <si>
+    <t>Anna og Fritz Syberg og deres seks børn boede i Italien fra efteråret 1910 og et par år frem.
+Området nær Fyns Hoved, som Fritz Syberg kalder "Øvet", må være højdedraget Jøvet.
+"8 År til England": Fritz Syberg delte en tid - i hvert fald i tankerne - sit liv op i otteårs perioder. Så vidt vides kom Syberg og Jensen ikke afsted på en tur til Den Engelske Kanal sammen.
+Franz Syberg (Trylle) led livet igennem alvorligt af astma og bronkitis. 
+Det vides ikke, hvad Lammefælledsjovere præcist er. Lammefælleden kaldtes tidligere den del af Nørrefælled i København, som begrænses af Nørre Allé, Tagensvej og Jagtvej (kbhbilleder.dk/kbh-museum lokaliseret juni 2019), så der er formodentlig tale om proletardrenge.</t>
+  </si>
+  <si>
+    <t>Fritz Syberg forstår efter at have læst Johannes V Jensens artikler bedre, hvad han er inde på. Han vil gerne med til Den Engelske Kanal.
+Trylle (Franz) er syg af bronchitis. Fritz Syberg maler på fire store akvareller fra Arnoen. Om formiddagen er der kun fiskere og børn ved floden, men om eftermiddagen kommer der nogle irriterende latinskoleelever og lømler. Da Syberg hverken taler fransk eller italiensk, troede de, at han var døv.
+Den italienske arkitektur er smuk, men i øvrigt har italienerne en billig smag. Zahrtmann er vist uenig i dette.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/doA7</t>
+  </si>
+  <si>
+    <t>Pisa 14 Maj 1911
+Via San Lorenzo 16
+Kære Johannes V. og Else.
+I Dag snyder jeg Publikum og giver ingen Forestilling nede ved Arnoen, men vil i Stedet for skrive til Jer. Tak for Brevet og Bogen. Det muntrer op at høre Dit Kampsignal lyde. Der er gået en Prås op for mig ved på ny at læse Dine Artikler, jeg synes jeg bedre forstår hvor Du vil hen. Egentlig er jeg her inde på et Emne hvor jeg har en Del på Hjærte som jeg vilde føle et vist Behag ved at komme frem med men jeg anser det for sundere at lade Tiden tale. (Selvbeherskelse er en af de Dyder jeg desværre ellers ikke tør prale med.). Det er smukt hvad Du skriver om Cavling jeg kom ved at læse det til at tænke på en Dag i Sommer ude på Fynshoved da vi alle fire gik hen langs ”Øvet” og så ud over det modne Korn ud mod Kattegat. Da omtalte Du netop Cavling. 
+Selvom jeg ikke har 8 År til England (jeg er 48) så vil jeg gærne en Tur med til Kanalens Kyster. Det vilde være Sjov at opholde sig der nogle Måneder og ”dybbe” ) [Nederst på arket er tilføjet: ( hedder det at ”dyppe”?] Aquarelpenslerne i Kanalens Vand. Gud ved om det forresten ikke er for saltholdigt til at male Aquarel i, Østersøens går det helt godt med, det har jeg brugt meget af.
+Jeg sidder ved Trylles Sygeseng. Hans Bronchitis, som han var sluppet så let fra i denne Vinter hernede har [nogle bogstaver overstreget] nu lagt ham på Sygelejet. Det er et meget hårdt Anfald denne Gang lige så slemt som noget han har havt hjemme i Danmark. Jeg skylder den begyndende Varme for det. Den er ikke helt pålidelig men kan pludselig afløses af en Times Blæst og Kulde, hvor Støvet flyver i store Skyer gennem Pisas Gader, hvorpå det bliver stille og varmt igen.
+Selv er jeg nogenlunde i Kondition og flittig. Jeg maler på 4 store Aquareller nede fra Arno, og skøndt det er noget af en Tortur at arbejde der, vil jeg dog vedblive dermed foreløbig. Formiddagene er ganske hyggelige, da består mit Publikum af Fiskere og Proletarbørn, som er meget beskedne i deres Livsyttringer men om [ordet ”om” er tilføjet over linjen] Eftermiddagene er jeg, uden at jeg kan begribe Årsagen til denne Forskel, belemret med en [ordet ”en” tilføjet over linjen] Skare af 12-16 Års Lømler, mest Latinskoleelever og desuden nogle Eksistenser der kan svare vore egne Lammefælledsjovere. De sidste er de grinagtigste. De pretenderer at kunne tale Fransk. I øvrigt er jeg jo godt beskyttet mod nærgående Bemærkninger på Grund af min mangelfulde Kundskab i italiensk.
+Helt undgå Anfægtelser kan jeg ikke. I en Diskurs om hvorvidt jeg [ordet ”jeg” indsat over linjen] var Spagniolo eller Francese var der en der, da de ingen Svar fik hos mig, fremkom med den Formodning at jeg simpelthen var – døv - - Skøndt de som I vil kunne forstå generer mig en Del i mit Arbejde kan jeg alligevel ikke lade være at blive rørt over så mange elskværdige Sider hos dem. Denne Elskværdighed er imidlertid så barnagtig og svarer så lidt som mulig til hvad man Forhånd skulde tænke sig om Romernes Efterkommere at man meget snarere tror sig hensat i en Eskimolejr Forfald og Barberi har mange Berøringspunkter. Imidlertid sikken Arkitektur her er. Og den præger lige [ordet ”lige” overstreget] alt lige fra selve det skæve Tårn til Indretningen af en Kloak eller Rendesten. Jeg håber det vil være en god Dressur at tegne en hel Del af dette.
+Det forbavsende er at i disse Italienere hvis Smag er i den Grad vanartet så de ikke interesserer sig for anden Kunst end Glansbilleder og Glasdiamanter, sidder endnu så megen god Tradition fra forrige Tider i Blodet og så megen Dressur i Hånden så det er dem lige så svært at bygge grimt som det er os nord for Alperne kun umulig at bygge kønt. Selv Malerne, de simple Bygningssmørere, har ikke endnu lært at dekorere Huse [ordet ”Huse” overstreget] og male Stuerne grimme. Og der vil vist gå Menneskealdre endnu inden Forfaldet får undergravet det [ordet ”det” overstreget] de sidste Rester af en så solid kunstnerisk Dannelse. Ja jeg ser det nu på den Måde – jeg tænker på Zahrtmann, som er meget uenig med mig, eller vilde være – for jeg taler jo ikke ud til ham derom, - det vilde gøre ham så ondt – også for mig [det følgende skrevet op langs arkets højre side] at jeg kunde være sådan på ”Vildspor. 
+[Det følgende skrevet øverst på ark nr. 3 og på hovedet]: Lev vel og på Gensyn. To År går glemt os? Eders hengivne Ven [Det følgende skrevet på ark nr. 2 og på hovedet]: Fritz Syberg</t>
+  </si>
+  <si>
+    <t>1911-05-16</t>
+  </si>
+  <si>
+    <t>Peter Hansen</t>
+  </si>
+  <si>
+    <t>Poul S. Christiansen
+Niels Larsen Stevns</t>
+  </si>
+  <si>
+    <t>Faaborg Byhistoriske Arkiv, Mads Rasmussens familiearkiv, Mappe 28</t>
+  </si>
+  <si>
+    <t>Mads Rasmussen skriver til PH, at han har set på billedet og gerne vil tale med PH. Han synes bedre om "Rhodes fynske Skole" end om Poul Christiansens portræt af Larsen-Stevns.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/u46g</t>
+  </si>
+  <si>
+    <t>16'Maj 1911.
+Kære Peter Hansen :
+Jeg har set paa Billedet og vil gærne tale mundtlig med Dem og Sagen.Jeg maa tilstaa, at jeg synes bedre om Rhodes fynske Skole end om Christiansens Portræt af Larsen-Stevns . J Aften er vi hjemme og ligeledes paa Torsdag Aften og saa fremdeles , men der imod ikke iMorgen Aften.
+Med venlig hilsen forbliver jeg 
+Deres hengivne</t>
+  </si>
+  <si>
+    <t>1911-05-18</t>
+  </si>
+  <si>
+    <t>Carl Balsgaard
+-  Bramsen
+Poul S. Christiansen
+Vilhelm  Hammershøi
+Peter Hansen
+Carl  Hartmann
+Johannes Larsen
+Karl Madsen
+Kristian Møhl
+Laurits Ring
+Peter Rostrup Bøyesen
+Karl Schou
+Henrik Schouboe
+Harald Slott-Møller
+Franz Syberg
+Kristian Zahrtmann</t>
+  </si>
+  <si>
+    <t>Den vedlagte artikel var trykt med illustrationer i Gads Danske Magasin 1910-1911 s. 489-502. Det vides ikke, om Fritz Sybergs artikel blev optaget i Politiken. 
+Franz Syberg (Trylle) led livet igennem af astma og bronkitis. 
+Maleren Kristian Zahrtmann boede halvdelen af året i Civita d'Antino, Italien.
+Maleren Carl Vilhelm Balsgaard (1812-1893) søgte et professorat på Kunstakademiet og en inspektørstilling ved Galleriet (nu Statens Museum for Kunst), og da han fik afslag på begge, offentliggjorde han i 1873 kampskriftet "Om vore Kunstforhold". Han regnedes i samtiden for polemisk, og det er formodentlig derfor, Fritz Syberg bringer ham på banen i forbindelse med Harald Slott-Møllers udfald mod Fynbomalerne.</t>
+  </si>
+  <si>
+    <t>1. I brevet fortæller Fritz Syberg om en artikel, hvori Harald Slott-Møller sviner Fynbomalerne m.fl. til. Syberg skriver også, at Trylle (Franz) er syg af bronkitis, at familien skal med Zahrtmann til Lucca, og at han maler på syv akvareller. 
+Anden del af brevet er et udkast til en artikel til Politiken. Der er tale om et svar til Slott-Møller, og Syberg ønsker, at Johannes og Else Jensen skal læse teksten og vurdere, om den skal gives videre til avisen.
+2. Harald Slott-Møllers artikel Sandheden Hele Sandheden og intet andet end Sandheden</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Ygb2</t>
+  </si>
+  <si>
+    <t>Pisa 18 Maj 1911
+Via San Lorenzo 16.
+Kære Joh. V. og Else.
+Det er måske Synd at sende Dig indlagte, som jeg har nedskrevet i Huj og Hast. Jeg har fået tilsendt indlagte ”Sandhed” af Slott-Møller. Jeg har nu i fem År håbet på at han [ordet ”han” indsat over linjen] skulde blive træt af at forfølge os når vi tav fuldstændig, men det lader til at han er utrættelig. Så synes jeg at man er nød til at lade høre fra sig. Jeg sender ”Sandheden” med jer at [ordet ”at” overstreget, over linjen er indsat ordet ”om”] Du muligt [ordet ”muligt” indsat over linjen] kan se hvad det er for et Organ den er optrykt i. Dette er vist kun et Korrekturaftryk. Jeg har fået Hovedpine af at skrive
+Al det forbandede Sludder så det bliver et kedeligt Brev I får denne Gang. Min Mening er om I vil læse det igennem og dersom I mener det er Umagen værd sende det ind til Politiken. Synes I enten at Sdl. ikke er Ulejligheden værd eller at det jeg har skrevet ikke duer så skal I intet foretage Jer med mit Produkt. De bedste Hilsener fra os alle her. 
+Trylle er ikke rigtig rask hans Bronchitis plager ham. Vi andre har det godt. På Søndag skal vi en Tur til Lucca med Zahrtmann. Jeg har 7 store Aquareller i Gang hvoriblandt tre med Sa [bogstaverne overstreget] Sandgraverfartøjer på Arnoen. 
+Tusind Hilsener Eders 
+[Følgende skrevet på bagsiden af arket; lodret:] Jeg kan ikke finde på en Titel til min Artikel
+[Slut]
+[Næste ark]
+I Bladartiklen, som fingerer at være Kunstkritik, har M [”M” overstreget] Slott-Møller gentagne Gange overfaldet undertegnede og andre Malere af den såkaldte ”fynske Skole”. Jeg ønsker ikke at indlede en Diskution, men vil blot bede om Lov til, som et Slags Selvforsvar, at udtale min Mening om de Malere, S.M. har angrebet og 
+2
+om denne Herre selv.
+Johannes Larsen, som S.M. stiller sig betinget nådig imod en [ordet ”en” overstreget] er den nulevende [ordet ”nulevende” indsat over linjen] danske Maler, der står mit Hjærte nærmest, hans Kunst den jeg bedst forstår. Jeg holder ikke af Rangforordning i Kunsten. Al god Kunst er berettiget. En for ivrig Spekuleren over, hvilken g [”g” overstreget] Kunstner man rettest tør kalde den første er snarere et Tegn på Goldhed end på 
+3
+Kunstglæde. Tvunget af Omstændighederne, skal jeg dog undtagelsesvis ikke vægre mig ved at udtale, at den danske Maler jeg giver Førsteprisen i den Generation, hvortil jeg selv hører, er Paul Christiansen. Jeg anser hans Arbejder for det værdifuldeste, der er fremkommet i dansk kunst siden Hammershøj og Ring. Er [ordet ”Er” overstreget] Er det tydeligt?
+4
+Når Talen er om Peter Hansen og Karl Schou, vil jeg gribe Lejligheden til at beklage, at ikke en Rigmand eller entreprenant Kunsthandler i Tide har grebet Lejligheden til for en billig Penge at lave en instruktiv og værdifuld Kunstsamling. Foruden de allerede nævnte Malere findes der andre f. Ex. Hartmann og Schouboe. 
+5
+Dr. Bramsen har vist sin Samtid en Velgerning ved at holde Hammershøjs Kunst samlet. En anden Mæcen har lavet en udmærket (ordet ”udmærket” indsat over linjen] Samling ved Tid efter anden at købe, mest Skizzer og Småbilleder, en Samling der går i den af mig antydede Retning., og flere andre [”og flere andre” overstreget] Men Størsteparten af disse Maleres Arbejder er for længe siden spredte. Vore offentlige Samlingers Hoveddyd, at købe 
+6
+bagud, vil med Tiden kunne finde Anvendelse her.
+Lad mig dernæst feje for min egen Dør. Kunsten har for mig været et Pengespørgsmål, om end i negativ Forstand. Det lyder ikke godt, det er uideelt og passende for en ”Bondemaler”: Først fem År i Malerlære uden Løn og et Hjems Støtte. Dernæst 10 År Elev af tekniske Skole i Kbhvn. Akademiet og Zahrtmann.
+7
+I de 10 År levede jeg af ingenting. Derf [”Derf” overstreget] Derefter kommer 16 År, hvor mine Arbejder bragte mig i Kunstvenners Gunst, så jeg ved stor Økonomi og altid i Gæld kunde leve på Landet. I Februar 1910 lavede jeg en Udstilling af Størsteparten af mine Arbejder. Den gjorde en uanet Lykke og indbragte si [”si” overstreget] sin Ophavsmand 15000 Kr. netto. Siden da 
+8
+har jeg været på den grønne Gren. Mine personlige Fornemmelser over for mit Arbejde er af den Art, at jeg vilde have holdt ud og arbejdet videre, selv om mine Vilkår havde været værre. Jeg har i mit Arbejde fundet Afløb for at de to stærkeste Drifter i mig, min Frihedstrang og min Arbejdstrang, og end ikke Hr. Slott-Møller vil kunne lægge mig nogen Hindring i Vejen. 
+9
+Om man vil unde mig Kunstner navn er en sag der vedkommer andre og ikke mig. Basta!
+Jeg kommer nu til S.M. selv. Hans Kunst har jeg ikke mange Ord at spilde på. Hans Arbejder fra de sidste 14-15 År har på en uhyggelig Måde blottet Skavankerne ved hans Begynderarder (som der knyttedes Håb til). Den Udstilling, han afholdt for nogle År 
+10
+siden, var en Udlevering. Den viste hans Lærreders gabende tomhed. At en Mand går tilgrun [”tilgrun” overstreget] tilgrunde som kunstner er imidlertid ingen Grund til at tage hårdt på ham, tvertimod det vilde være både rimeligt og behageligst for En selv at l [”l” overstreget] anvende Medlidenhed over for ham og ”hænge ham i Stilhed”. Men ved sin Virksomhed som Skribent og Æreskrænker, hvortil man ikke kan tie i al Evighed, 
+11
+nedkalder han selv Ulykkerne over sit Hoved. Man indleder ikke regelret Kamp med en Giftsnog, men bruger de Midler man har for Hånden for at uskadeliggøre den. Hans Edderspændthed er mig ligegyldig. Værre er det at han i sine ”Kritiker” er perfid. Her er et Par Eksempler. I en Anmeldelse af ”den Fri” (Året 1907) hvis Hovedafsnit var et Overfald på 
+12
+mig protesterer S.M. mod den Anmasselse, at ”den fynske Skole” tilegner sig Maleren Møhl. Det gjaldt den Gang om at kunne [ordet ”kunne” overstreget] få Begrebet ”den fynske Skole” [ordet ”Skole” indsat over linjen] sprængt. Derfor var det god Politik at beskærme Møhl, som ingen andre end S.M.s løgnagtige Pen havde indrulleret blandt Fynboerne. Et godtroende Publikum lader sig let binde den Slags Historier på Ærmet, ukendt 
+13
+som de er med de faktiske Forhold. Der er i disse Dage [”i disse Dage” indsat over linjen] blevet sendt mig [”mig” indsat over linjen] S.Ms. sidste Arbejde som Skribent. Det hedder betegnende nok ”Sandhed.” Han lader her [”her” indsat over linjen] Rostrup Boyesen selv udtale, at han er Fynbo. Hvad er Meningen? Har Boyesen betroet Hr. S.M., at han ønsker at klistre sig på os! eller er det Meningen at insinuere, at Fynboerne praler med at have optaget Boyesen 
+14
+i deres Klike? Jeg overlader til Læserne at finde ud af det. Der blev for År tilbage startet flere ”Bevægelser” i dansk Kunst, hvis fornemste Egenskaber var at finde Navn importeret fra Udlandet. Der blev stablet et ”Taarn” op til Ære for Bevægelsen, Folk blev holdt a jour med den i Bladene: ”Maleren N.N. blev i går Symbolist” ……. I Løbet af et Par Måneder var [”var” overstreget] 
+15
+var den død og ikke en Gang Navnet vækker Erindringer. 
+Fynboerne, som intet andet har ønsket end at arbejde i Fred, har man slængt Øgenavnene Bondemalere og den fynske Skole efter. Det var Dragesæd.
+Vi havde Munterhed nok til at gribe Navnene i Flugten og gøre dem til Fanemærke.
+Er det det som driller?
+Den Egenskab hos Slott-Møller, hvor [”hvor” overstreget] som er Grund [”Grund” overstreget og ”Skyld indsat over linjen] Skyld i, at jeg anser en 
+16
+Diskution med ham for ugørlig, vil være klart for Enhver, der erindrer hans Bladkampe med Karl Madsen i Året 1907. Den utrolige Anmasselse, hvormed han behandler enhver Modstander en canaille, betager i hvert Fald mig Appetitten. Han er [”er” overstreget og over linjen erstattet med ”hører”] hører ligesom afdøde Balsgård til en Art Fænomener i dansk Kunsthistorie, som der synes at at være en [”at være en” indsat over linjen] Lov for Gentagelsen af. Lad ham stå som den han er, et Eksempel der kan tjene andre til Skræk og Advarsel. Fritz Syberg. Pisa 19 Maj 1911</t>
+  </si>
+  <si>
+    <t>1911-05-26</t>
+  </si>
+  <si>
+    <t>Henrik Cavling
+Julius Exner
+Else Jensen
+Jens Jensen
+Villum Jensen
+Harald Slott-Møller</t>
+  </si>
+  <si>
+    <t>Johannes V. Jensen takker for brev fra Fritz Syberg med en artikel, som han dog fraråder ham at få trykt. JVJ skriver fra færgen Cimbria på vej fra Jylland, hvor han med familien har besøgt sine forældre, til København.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/FaH9</t>
+  </si>
+  <si>
+    <t>Kære Ven!
+Tak for Brevet og Artiklen, som det har rørt mig meget at læse. Jeg vil imidlertid fraraade dig at trykke den, da Slott Møllers misundelige Hulken ikke er bleven taget alvorlig af nogen og allerede glemt. Jeg lader den ligge til jeg omgaaende hører fra dig igen, for hvis du vil have den frem, tager Cavling den selvfølgelig hellere end gærne i Kroniken. Men som sagt du skulle ikke gøre det. Fynboerne har og har altid svoret paa den Slags Ting ved deres Kunst og ved deres Held, og du skulde virkelig ikke give sultne Slott Møller glæden af at tro sig hørt.
+Dette skrives ombord paa Cimbria ugudeligt tidligt om Morgenen ud for Villakysten, hvor man ligefrem kan se paa de hvide Mure, hvor de snuer derinde. Nede i Kahytten snuer Else og Drengene. Vi har været i Jylland og besøge mine Forældre. Det er en ganske dejlig Tid, med Sol og Frodighed. Snart er vi i København, hvor der kun venter os nye Triumftog. Zool. Have, Flyvepladsen etc. Faderen staar tidligt op bare for at sukke lidt ved Tanken om en Gang ogsaa at bestille en lille Smule. Nu skal jeg for Resten ned og vække de tre, der ligger hvide og røde og helt opsvulmede af Søvn og Kælenskab. Du ser denne Rysten i min Skrift er Cimbrias Hjærte, saadan bæver det danske Skib. Dannebrog staar skraat tilvejrs i purpurstrimer agter, Himmel og Hav er i et Blaat. En snusket Maler lister op fra Dæksplads med sine Grejer og ind paa 1ste Kahytplads, hvor han ter sig som Hjemme. Det er en Aalborgpensel, jeg hører ham hyle til en Grosserer om Exners, "pragtfulde Farver". Lort paa Morgenstunden! Nu toner København frem i Violet. - -
+Hjemme igen. Men her er baade Mæsliger og Difteritis i Kvarteret, saa vi gaar igen paa Vandring imorgen til Kalundborg.
+Else skulde have skrevet lidt ogsaa men staar paa Hovedet i sit Hus den ene Dag hun er Hjemme, jeg skal hilse mange Gange fra hende. Nu venter jeg altsaa endnu en Besked fra dig om du vil have Artiklen frem. Hils Anna og alle de andre!
+Din hengivne
+Johannes V. Jensen.</t>
+  </si>
+  <si>
+    <t>1911-05-29</t>
+  </si>
+  <si>
+    <t>Joachim Andersen
+Poul S. Christiansen
+Holger Drachmann
+Guiseppe Garibaldi
+Bernt Grønvold</t>
+  </si>
+  <si>
+    <t>Anna og Fritz Syberg og deres seks børn boede i Italien fra efteråret 1910 og små tre år frem. 
+Fritz Syberg refererer i brevet til et artikeludkast, som han 18. maj 1911 sendte Johs. V. Jensen (kan ses i databasen). 
+"Den store Sommer" var Fritz Sybergs betegnelse for sommeren 1910, hvor Faaborg Museum for Fynsk Malerkunst blev indviet, Fritz Syberg selv solgte virkelig godt på en anden udstilling, han og Anna med børn boede i et par hytter på Fyns Hoved og modtog mange gæster m.v. Johannes V. Jensen havde nogle år i forvejen brugt begrebet "Den store Sommer" i romanen Kongens Fald. Litt: Erland Porsmose: Den store Sommer. Et kunstnermiljø i Kerteminde 1901-1927. Lamberths Forlag og Johannes Larsen Museet 1996.</t>
+  </si>
+  <si>
+    <t>Det er ikke vigtigt for Fritz Syberg, at hans tekst bliver trykt. Han ville blot gerne høre Johs. V. Jensens mening. Han maler akvareller af fiskerne ved Arno. Norske Bernt Grønvold har været på besøg og købt for 900 kr. akvareller. Da han var rejst, forhøjede Grønvold købesummen, da han syntes, Sybergs priser var for lave. Grønvold citerede Drachmann for at have rost Johs. V. Jensens sprog og nævnte, at han selv ville i gang med at læse Jensen. 
+Sybergs hjemlængsel er mildnet. Han glædes ved erindringen om "Den store Sommer".</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/WmBB</t>
+  </si>
+  <si>
+    <t>Pisa 29 Maj 1911
+Via San Lorenzo 16
+Kære Johannes V. og Else!
+Hermed Tak for Dit Brev og Dit Venneråd. Det er mig slet ikke om at gøre at det jeg har skrevet bliver trykt. Det er derimod en stor Glæde Du har gjort mig ved at tage Standpunkt til det. Dit Brev traf mig i Færd med at indøve et Par af Joachim Andersens ”kleine Caprise für die Flöte”. Det er nemlig Regnvejr. Jeg var en Tur nede Arnoen hvor jeg laver nogle Aquareller af Fiskerne, eller rettere Sandgravere og D [bogstavet overstreget] deres Fartøjer. Men der var mennesketomt i Dag. Ikke på Grund af Vejret men fordi det er Garibaldifest, og hele Pisas Arbejderbefolkning fester. Kirkens Helligdage arbejdes der altid i. 
+Vi har det rart. Min Længsel (eller hvad jeg skal kalde det) efter Danmark har sat sig. Jeg er optaget af Arbejde og tror Efterhånden på at jeg kan få noget ud af Egnen. Derimod er jeg begyndt at glæde mig til en Gang at hilse på Jer igen – altså alligevel Danmark. Det er Dig der skal gøre Danmark beboeligt, så man ikke nødvendigvis må søge helt ud i Periferien på de ubeboede Overdrev.
+Jeg kan ikke klage over A [bogstavet overstreget] ”Heldet”.
+En Nordmand Bernt Grønvold har været her og opsøgte os. Han købte for 900 Kr Aquarel. Og i et Brev jeg lige har modtaget fra ham er han så gentil at forhøje Summen til 1200 fordi han syntes mine Priser var for små! Han bor i Tyrol. Hans Hjem har været en Slags Rejsestation for 70’rnes Kunstnere. Han talte om Dig og citerede nogle Ord afdøde Drachmann en Gang havde sagt, da Talen var om Dig: ”Sådan Dansk som Johs. V. Jensen skriver er der jo ingen af os andre der kan skrive.” B.S. spurgte mig tilråds om hvad han skulde begynde med at læse af Dig, han kendte nemlig så godt som intet af Dig. Jeg anbefaler altid den Vej jeg selv er kommet: Dine Digte, Jagter og Myter, og derefter hele Resten.
+Italien er grøn som en Køkkenhave for Tiden. Jeg tør slet ikke tænke på Fynshoved – på anden Måde end at jeg glæder mig ved Erindringen om ”den store Sommer” ifjor. Den kommer ikke igen – Gud ske Lov – men måske en anden stor Sommer eller rig Høst – ”Skønhed er jo så mangfoldig” som Paul Christiansen siger når han docerer sin Visdom for os.
+Mange Hilsener fra os alle her til Jer alle Først og sidst fra Eders hengivne Ven
+Fritz Syberg.</t>
+  </si>
+  <si>
+    <t>1911-06-24</t>
+  </si>
+  <si>
+    <t>Det billede, som Mads Rasmussen vil lade afhente hos Zahrtmann, er Zahrtmanns maleri af Adam og Eva i Paradis. De to portrætter, der nævnes, blev senere givet til Faaborg Museum som testamentarisk gave fra kunstneren efter dennes død i 1917.</t>
+  </si>
+  <si>
+    <t>Faaborg Byhistoriske Arkiv, Mads Rasmussen familiearkiv, Mappe 28</t>
+  </si>
+  <si>
+    <t>Mads Rasmussen skriver til Kristian Zahrtmann om nogle værker af Zahrtmann, som han gerne vil erhverve til museet. Han nævner Zahrtmanns store betydning for fynboernes kunst og glæder sig over, at Zahrtmann bliver repræsenteret på det maleri Peter Hansen maler på af indvielsen af Faaborg Museum.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/dwWA</t>
+  </si>
+  <si>
+    <t>24'Juni 1911
+Herr
+Kunstmaler Kristian Zahrtmann,
+Civita d'Antino
+Prov. de Aqvila.
+Det har glædet mig meget at modtage Deres venlige brev af 20'de, og jeg bringer Dem min Tak derfor. Det kom mærkeligt nok paa Aarsdagen for Faaborg Museums Aabning, hvilken Dag jo i sig selv er en Glædesdag.
+Da der kommer en Del Gæster til Museet i Sommerferien, vil jeg meget gærne have Billedet dertil i den Tid,og jeg lader det derfor efter Deres Tilbud afhente ned det samme.
+Vær saa venlig at meddele mig, om De ønsker Beløbet , 3500 Kroner, sendt til ovenstaaende Adresse, eller De mulig hellere vil vente dermed til Deres Hjemkomst.
+Det glæder mig meget at høre, at der foruden Billedet af Deres Moder ogsaa findes et af Deres Fader, og at dette om muligt skal være bedre ,end førstnævnte. det vilde jo have den aller største Betydning,om disse Billeder ogsaa kunde erhverves for Museet. Sagen er nemlig den,at De saa at sige er Fader til den Kunst,Museet representerer ved Deres Gerning som Lærer for de Malere, der har baaret den Kunst frem, og ved den ganske uberegnelige Betydning,De har haft paa disse Malere og deres Kunst , kan Deres Betydning for Faaborg Museum og den Jdee,der ligger til Grund for dets Oprettelse,jo heller ikke skattes for højt. Det har derfor været mig en stor Glæde, at vi fik Dem med paa det store Billede, som forøvrigt gaar godt fremad, og som Peter Hansen skal til Faaborg at arbejde paa i Sommer,saa at det forhaabentlig bliver færdig til næste Udstilling,og det vilde ikke alene glæde mig,men ogsaa Kunstnerne, om det skulde lykkes og ogsaa at erhverve Deres Fader og Moder for Museet, dette vil jo derved vinde baade i kunstnerisk og repræsentativ Henseende, og det er baade Kunstnerne og mit store og faderlige Ønske, at Museet kommer til at staa højt i begge Henseender ned gennem Tiderne til sene Slægters Bedømmelse.
+Min Hustru takker for Deres venlige Hilsen, som hun beder mig gengælde. Modtag ligeledes fra mig en venlig Hilsen.
+Deres hengivne</t>
+  </si>
+  <si>
+    <t> 1. jul. 1911</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/F7OHQu0I</t>
+  </si>
+  <si>
+    <t>1911-07-07</t>
+  </si>
+  <si>
+    <t>Niels Hansen
+Kristian Zahrtmann</t>
+  </si>
+  <si>
+    <t>Mads Rasmussen virker i dette brev tydeligt provokeret over, at Fritz Syberg har kritiseret hans beslutning om ikke at købe et billede af Niels Hansen, nemlig hans portræt af Lorry Feilberg. MR nævner bl.a., at han ikke synes om at have Lorry Feilberg hængende på Faaborg Museum. Lorry Feilberg var bl.a. restauratør og kabaret-ejer; i 1896 overtog han Cafe Chantant i Allégade. Stedet fik navnet Operetten og siden kom Landsbyen til. Han købte i 1909 og 1913 nabohusene og indrettede Drachmannskroen. Hele komplekset blev kaldt Lorry. Han var kendt som en farverig person, som MR åbenbart mente, ikke hørte til på Faaborg Museum. Men portrættet blev nu alligevel erhvervet til museet nogle år senere, i 1913. 
+Der findes et brev fra den 14 juli 1911, som tydeligvis er en revideret version af dette brev. MR forklarer sig mere grundigt og afdæmpet og anlægger en mere forsonende tone.</t>
+  </si>
+  <si>
+    <t>Mads Rasmussen skriver til Fritz Syberg om erhvervelsen af Kr. Zahrtmanns maleri, "Adam og Eva", og forsvarer sin beslutning om ikke at købe et maleri af Niels Hansen, men skriver dog, at han er åben over for evt. senere at købe et værk af Niels Hansen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/mX5l</t>
+  </si>
+  <si>
+    <t>[tilføjet med blæk]: 7 Juli 1911
+Kære Herr Fritz Syberg :
+Deres venlige Brev f 28' Juni har jeg modtaget og det har glædet mig meget at se, at De er glad ved, at vi har erhvervet Zahrtmanns Billede . Da kommiteen var samlet for at se paa det , hang det uheldigt og mørkt og det var da umuligt at faa det rette Skøn derover,men nu det er taget ned i Dagslyset er Peter Hansen og jeg enige om , at det tager sig aldeles storartet smukt ud .
+Jeg er aldeles overbevist om, at det vil være særdeles smukt paa Museet, hvortil jeg rejser i Morgen. Det har hele Tiden været et varmt Ønske hos mig og jeg har ogsaa udtalt det, at erhverve et godt Billede af Zahrtmann som den fynske Skoles Mester.Jeg synes, at naar vi ærer ham ,ærer vi os alle ,og jeg vil inderlig haabe, at det maa lykkes ogsaa at erhverve Billederne af hans Fader og Moder til Museet,hvorom jeg har tilskrevet ham.At jeg sætter en ganske overordentlig Pris paa at faa Zahrtmann har jeg aldrig lagt Skjul paa, og jeg har jo ogsaa efter konference med Kommiteen budt 4500 Kr for hans Jtalienderinde med det lile Barn. Jeg kan derfor ikke sige andet, end at jeg staar ganske uforstaaende over for Deres Udtalelse om, at De ikke synes, at vi kan sætte Violbuketten i Knaphullet,fordi vi ikke købte Billedet af Niels Hansen og at vi gjorde det paa Grund af Pengemangel. Lützshøft foreslog mig sidste Efteraar at købe et Billede af Niels Hansen, et Portræt af Lory Fejlberg,som vidst nok ikke kostede 500 Kr som De skriver,men 1000 Kroner ,paa en lidt som det forekom mig paagaaende Maade,som ikke tiltalte mig. Rent bortset fra Billedets kunstneriske Værdi,som jeg slet ikke udtaler mig om, vil jeg sige, at jeg synes ikke om at have Lory Fejlberg hængende i Faaborg Museum .Maaske dette kan sige at være en noget overdreven Pietetsfølelse ,men et af Kommitemedlemmerne delte da i hvert Fald Mening med mig. Som Grund til mit Afslag angav jeg ikke Pengemangel, men at vi for Tiden havde købt saa rigeligt, at vi langt havde overskredet den fastsatte Sum . Dertil kom, at Forslaget om at købe Billedet fremkom som en Slags Velgørenhed ,der skule udvises mod Maleren ,og det er jo dog ikke dette ,men Begejstring for den Kunst Museet representerer der ligger til Grund for Faaborg Museum .Niels Hansen er jo imidlertid en ung Maler,og som jeg ogsaa udtalte ,har jeg intet som helst imod at faa ham representeret paa Museet som den unge fynske Maler, og jeg er villig til en anden Gang at tage dette Spørgsmaal op,men jeg mener rigtignok, at naar det drejer sig om, at erhverve et godt Billede af Zahrtmann , naar et saadant kan faaes, eller et Billede af Niels Hansen, saa mener jeg, at vi med god Samvittighed kan bære en Violbuket i Knaphullet for Zahrtmann uden at skulde have en Brændenælde ved Siden af. 
+Jeg glæder mig meget til at tilbringe en Tid i Faaborg hvor Peter Hansen er,og til at se Dem og Deres Billeder fra Jtalien, som sikkert vil bringe Dem mange Violbuket.
+Med venlig Hilsen til Dem og Deres Frue forbliver jeg
+Deres hengivne
+Mads Rasmussen</t>
+  </si>
+  <si>
+    <t>1911-07-10</t>
+  </si>
+  <si>
+    <t>Italien
+Ferrovia</t>
+  </si>
+  <si>
+    <t>Jacobys Allé 2 København</t>
+  </si>
+  <si>
+    <t>Wilhelm Dinesen
+Anna Syberg
+René Vidart
+Kristian Zahrtmann</t>
+  </si>
+  <si>
+    <t>Anna og Fritz Syberg og deres seks børn boede i Italien fra efteråret 1910 og små tre år frem. 
+Kristian Zahrtmann havde et hus i bjergbyen Civita d'Antino, Italien, og han opholdt sig der i vinterhalvåret.</t>
+  </si>
+  <si>
+    <t>Det Kongelige Bibliotek. Johannes V. Jensens Arkiv</t>
+  </si>
+  <si>
+    <t>Cikaderne larmer dag og nat. 
+Anna og Fritz Syberg har set René Vidart lette i sin lille flyvemaskine med kurs mod Rom. Han forsvandt som et stjerneskud hen over pinjeskoven. 
+Zahrtmann m.fl. er rejst. Fritz Syberg vil skildre Pisa grundigt, men han længes efter Fyn.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/VMMP</t>
+  </si>
+  <si>
+    <t>[Fortrykt på postkortet]:
+CARTOLINA POSTALE ITALIANA
+(Carte POSTALE D’ITALIE)
+Hr. Johannes V. Jensen og Frue.
+Jacobys Allé 2.
+Kjøbenhavn
+Danimarca.
+[Håndskrevet på den tomme side af kortet]:
+Kære Joh. V. og Else! Vi længes efter at høre lidt fra Jer. I den sidste Måned har vi havt det med Varme Cicaderne, - som sammen med Flagermus, Ildfluer og Firben repræsenterer Fugleverdenen i Italien – holder en ren Helvedes Konsert. Anna protesterer mod at jeg regner Firben med til Fugle, jeg synes ikke den ene har noget at lade den anden høre. Der kunde måske siges noget ligeså smukt om Cicaderne og Solskinnet som om Svalerne og bølgende Rug når den rette Mand var her – det jeg mest føler ved Cicadesangen er at den borer sig ind i Øregangene og sætter sig fast et Sted i Baghovedet og der hører jeg den, ikke [et overstreget ord] alene om Dagen men om Aftenen og Natten med. For Resten er her for at være retfærdig – virkelige Fugle nemlig Mursvaler. ”Boganis” har beskrevet dem storartet i et af sine Jagtbreve men jeg synes alligevel ikke Emnet er udtømt. For at blive ved Flyverne – Anna fik sin Drøm opfyldt at se et Aeroplan. Under den store Rundflyvning var vi ude i San Rocco og så Vidart starte på sin Videreflyvning til Rom. Hans Maskine – i Hvepsefacon – var meget lille – han selv var meget ung og smuk. Anna var rørt til Tårer da han som et Stjerneskud forsvandt hen over Pinjeskoven.
+[(Håndskrevet i tekstfeltet ved siden af adressefeltet]:
+Zahrtmann og de andre danske Malere er rejst her fra Egnen, så nu er vi ene Herrer på Pladsen. Jeg har en Masse Arbejde at skal have gjort og glæder mig så til at komme herfra. Pisa skal gøres grundig, den øvrige Del vil vi køre lettere hen over.
+Zahrtmann og Italia – hm. det er et rigt Emne, men egner sig bedst til mundtlig Passiar. Jeg længes efter Fyn (undertiden rent bansat – unter uns gesagt) og vi har det ug. Eders hengivne Anna og Fritz Syberg.</t>
+  </si>
+  <si>
+    <t>1911-07-14</t>
+  </si>
+  <si>
+    <t>Jens Birkholm
+Lorry Feilberg
+Niels Hansen
+Peter Hansen
+Johannes Larsen
+Peter Tom-Petersen
+Kristian Zahrtmann</t>
+  </si>
+  <si>
+    <t>Dette er en revideret version af et tidligere brev, som formentlig ikke blev sendt. I denne version anlægger MR en mere forsonende og forklarende tone i redegørelsen for sin beslutning om ikke at købe Niels Hansens portræt af Lorry Feilberg.</t>
+  </si>
+  <si>
+    <t>Mads Rasmussen skriver til Fritz Syberg om erhvervelsen af Kr. Zahrtmanns maleri, "Adam og Eva", og forsvarer sin beslutning om ikke at købe et maleri af Niels Hansen, men skriver dog, at han er åben over for evt. senere at købe et værk af Niels Hansen. Se også brev fra MR til FS af den 7. juli 1911.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ShWQ</t>
+  </si>
+  <si>
+    <t>14 Juli 1911.
+Kære Herre Fritz Syberg :
+Deres venlige Brev af 28 f M har jeg modtaget og det har glædet mig meget at se,at De er glad ved,at vi har erhvervet Zahrtmanns Billede.Da Kommiteen var samlet ,for at se paa det,hang det uheldigt og mørkt,og det var da umuligt at faa det rette Skøn derover,men efter at det var taget ud i Dagslyset,var Peter Hansen og jeg enige om, at det tager sig udmærket ud. Det har jo hele Tiden været et varmt Ønske hos mig,hvilket jeg ogsaa har udtalt,at erhverve et Billede af Zahrtmann som den fynske Skoles Mester .Jeg synes at naar vi ærer ham, ærer vi os alle,og jeg vil inderlig haabe,at de vil lykkes ogsaa at erhverve Billederne af hans Fader og Moder til Museet hvorom jeg har tilskrevet ham. Jeg har aldrig lagt skjul paa, at jeg sætter en ganske overordentlig Pris paa at faa Zahrtmann,og jeg har jo ogsaa efter Konference med Kommiteen budt Kroner for Jtalienerinden med det lille Barn.Jeg kan derfor ikke sige andet, end at jeg er ganske uforstaaende over for Deres Udtalelse om, at De ikke synes, at vi kan sætte Violbuketten i Knaphullet,fordi vi ikke købte Billedet af Niels Hansen,og at vi ikke gjorde det te paa Grund af Pengemangel.Jeg paaskønner naturligvis den Alvor og Jver,hvormed De tager Dem af Niels Hansen,og jeg betragter det som et Tegn paa . at De anser ham for at have megen Talent.Men De maa ogsaa kunne forstaa ,at jeg i Vinter satte mig imod at købe et Billede af ham,Motiveringen var ikke, at der ikke var Penge nok dertil,men jeg tror nok at turde sige , at det hele var lidt forceret,Kommiteen var end ikke enig om,hvilket Billede af ham det skulde være ,Peter Hansen og Birkholm var i Faaborg,Johs Larsen i Kerteminde og Tom Petersen var i Byen, var imod helt at købe af ham og jeg maa sige, at det Billede af Lory Fejlberg, som der bl.a. var Tale om vilde jeg nødig se paa Museet. Men det er en Sag for sig.Dertil kom som Niels Hansen selv udtrykte det over for mig, at han stod og skulde bruge Pengene. Det var det som var afgørende for mig til ikke at købe af ham paa det Tidspunkt. Jeg vil ikke, at det paa nogen Maade skal kunne siges, at Museets Billeder er anskaffede for at støtte vedkommende Kunstnere. Naar han som De siger har Talent og De holder saa stærkt paa ham,vil vi ogsaa nok faa ham representeret paa Museet,men det skal være ved en Lejlighed,hvor ikke et sadant [ulæseligt]hensyn gør sig gældende.Jeg synes ikke, at det er klogt af Dem at sætte Zahrtmann ind i denne Sag.Zahrtmann har glædet sig meget over, at Adam og Eva er kommen til Faaborg og for ham der er saa ømfindtlig over for de Unge vil det maaske være et større Skaar i Glæden end Sagen er værdt.Det hele er dog et Anliggende, som kun vedkommer Kommiteen indbyrdes. Jeg har som sagt ikke det mindste imod ved Lejlighed at faa Niels Hansen repræsenteret paa Museet, men jeg mener rigtignok, at naar det drejer sig om at erhverve et godt Billede af Zahrtmann,naar et sadant kan faaes,kan vi med god Samvittighed bære Violbuketten i Knaphullet for Zahrtmann.Dertil kommer, at det bliver mere og mere klart for mig, at det er aldeles nødvendigt,at vi erhverver Deres "Dødsfaldet" til Museet, og jeg har en Mand ude efter det,og det skal jeg jo have Pengene til,naar det kan faaes.
+Zahrtmanns Billede hænger jo nu hernede paa Museet og tager sig udmærket smukt ud. Peter Hansen maler jo hver Dag paa det store Billede og vi staar Model. Det bliver jo ogsaa smukt. 
+Jeg glæder mig meget til at se Deres Billeder fra Jtalien,som sikkert vil bringe Dem mangen Violbuket.
+Med venlig Hilsen til Dem og Deres Frue fra min Hustru og jeg forbliver jeg
+Deres hengivne M Rasmussen</t>
+  </si>
+  <si>
+    <t>1911-08-03</t>
+  </si>
+  <si>
+    <t>Der er lige så varmt i Danmark som i Italien. Johannes V. Jensen har i år set sig grundigt om på Sjælland, som han synes, er en dejlig ø.
+Brevet fortsættes nogle dage senere, hvor JVJ skriver, at der stadig er meget varmt, han har de seneste fire uger gået i sit tropesæt. Han savner Sybergs og bemærker, at venskaber er sjældne.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/EHTL</t>
+  </si>
+  <si>
+    <t>3 Aug 11
+Kære Venner
+Vi har her, som I maaske har læst, en ganske italiensk Varme, en Skæbne der knytter os til Familjen i Pisa. Ellers har vi Ingenting. Vejret er bleven for gammelt og vi vilde have godt af en lille Rejse. Jeg har i Aar set mig grundigt om paa Sjælland, det er dog en dejlig Ø, men jeg er vist dødelig nok endnu til at maatte bort fra den for at beskrive den rigtigt. Paa Fyn har jeg ikke været.-
+8 Aug
+Der har været nogle Dage hvor man gik og hang i Tordenluft og Tørke, uden at det blev til Regn alligevel. Det er en Skam ingenting at foretage sig, men jeg klager ikke utaknemligt over Varmen. I fire Uger har jeg gaaet i mine gamle Tropesæt. Hvordan har I dog klaret Jer dernede? Else og jeg vover os i dag en Tur paa Landet ud for at se Høsten. Børnene har det godt. Vi lever i en Idyl og Idyller giver ikke Stof til Nyt. Jeg sukker efter Jer sommetider, Venskaber er sjældne. Else beder hilse mange Gange.
+Eders hengivne Johannes V.</t>
+  </si>
+  <si>
+    <t>1911-09-01</t>
+  </si>
+  <si>
+    <t>Olaf Bull
+Jens Jensen
+Johannes V. Jensen
+Villum Jensen
+Clara Syberg</t>
+  </si>
+  <si>
+    <t>Else Jensen skriver om stort og småt fra dagliglivet. Johannes V. skriver på en bog, der hedder "Skibet", og det er ved at være efterår. Hun udtrykker flere gange, at hun håber, Fritz og Anna snart er færdige med at være i Italien og klar til at komme tilbage til Danmark.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/VzpU</t>
+  </si>
+  <si>
+    <t>d. 1-9-11
+Kære Anna og Syberg. Det er snart meget længe siden, jeg har skrevet til jer og dog tænker jeg saa tit paa jer, men jeg er saa daarlig til at skrive Breve, at jeg skammer mig over at sende mine Kradserier af Sted, men nu synes jeg ikke, jeg kan vente længere med at skrive til jer, at nu maa I da komme hjem. I kan da ikke trodse baade Krig og Kolera. I har vel ogsaa faaet ud af Italien, hvad der er at få ud deraf og et helt Aars Solskin maa da have hjulpet Trylle. Det kunne være saa morsomt om I boede her i København i vinter med hele Flokken saa kunde I jo tage til Fyns Hoved til Sommer. Længes I ikke ogsaa lidt efter at komme sammen med alle os Københavnere igen? Nu har vi faaet Efteraar der er faldet en hel Del Blade af Træerne, og det er koldt. I Dag har det øset ned fra Morgenstunden, men vi har alligevel gaaet os en dejlig Tur i Dyrehaven og spist Frokost paa Eremitagen, Agerhøns og Omelet, vi var helt gennemblødte da vi kom hjem men Luften var saa dejlig og vi holdt os varme ved at gaa, saa fyrede vi for første Gang og nu er her lunt og hyggeligt og lugter lidt af Kakkelovn og Hovedrengøring, som vi lige er færdige med. J.V. har travlt for Tiden, han skriver paa en Bog som skal hedde Skibet, den skulde egentlig være færdig til Jul, men det lykkes vist ikke, og det gør jo heller ikke noget, saa kommer den engang efter Nytaar. Vi har levet meget stille paa Grund af Travlheden, dog har vi haft en Del Fornøjelse af Olaf Bull og hans Kone, som har boet i Valby i Sommer. I ved vel, at han er blevet gift med en lille nydelig norsk Dame, som ligner et gammelt Billede, og de har en lille Pige, som ligner sin Fader og er forøvrigt mægtig glade og fornøjede. Jeg gaar ud fra, at I holder Politiken saa det er ganske overflødigt at fortælle, hvad der ellers sker herhjemme det er jo forøvrigt heller ikke meget eller vigtigt. Vi har faaet en lille Skildpadde, som Jens elsker over alt i Verden, han falder i Søvn hver Aften med den i sine Hænder og ligger nede og triller rundt paa den hele Natten, den har den slemme Vane at kravle inde under et eller andet Møbel og ligge bumstille der og saa staar hele Huset paa den anden Ende for at finde den. I Aften var den umulig at finde, da han skulde i Seng, og han søgte med Taarer i Øjnene at trøste sig ved at bagtale den, nu er den kommet igen. Han bliver lykkelig, naar han vaagner i Morgen, han er saa sød og hæderlig og Villum køn og uartig. Jens skrev her nogen Tid siden et Brev til Nolle, det kam vist aldrig af Sted.
+Tænk nu over det og bliv ikke hængende i Italien, fordi I har bestemt det. Bare I var her. Hils alle Børnene
+Jeres hengivne
+Else</t>
+  </si>
+  <si>
+    <t>1911-12-06</t>
+  </si>
+  <si>
+    <t>Snave</t>
+  </si>
+  <si>
+    <t>Snave, Kerteminde
+Dalby, Kerteminde
+Fyns Hoved
+Bøgebjerg, Kerteminde</t>
+  </si>
+  <si>
+    <t>Anders, havemand -
+Peter Fahrenholtz
+- Holm
+Sofus Klat
+Andreas Larsen
+Karl Schou</t>
+  </si>
+  <si>
+    <t>Holm eller "gammel Mand" var en bekendt af Larsen-familien, og han boede i Snave nord for kerteminde. 
+"Udsigten fra Højen": I Snave, hvor Larsen opholdt sig, findes to jættestuer. Fra især den ene, Mårhøj, er der udsigt til alle sider og et flot kik mod Fyns Hoved.
+Bøgebjerg er en herregård på halvøen Hindsholm nord for Kerteminde.</t>
+  </si>
+  <si>
+    <t>Brev 1: Johannes Larsen har gang i otte billeder i Snave; bl.a. et med udsigten fra højen mod Fyns Hoved. Han håber på bedre vejr. Han har været til afskedsgilde på Bøgebjerg, hvor sønnen skal rejse til Argentina. Larsen bor hos "gammel Mand". Han beder Alhed se, hvornår der er generalforsamling i Den Frie. 
+Brev 2: Et af Larsens børn skriver, at ænderne og musene har det godt, og at han har fået en skovmus.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/0Tk3</t>
+  </si>
+  <si>
+    <t>Snave 6 Dec. 1911.
+Kæreste Alhed!
+Tusind Tak for Brevet, Du kan tro jeg blev glad ved det, jeg blev saa ked af at der ikke var et Ord med den Pakke. Det var et dejligt Brev, sikke meget Du har faaet lavet med Hønsene og Bryggeriet. Det er jo et kedeligt Vejr, men jeg har dog hidtil gennemført at male baade For- og Eftermiddag jeg har 8 Billeder i Gang, d.v.s. de 4-5 er vist færdige. Jeg har lagt et stort an, 1 ½ x 2 Al. med Udsigten fra Højen mod Fyns Hoved, som jeg glæder mig til at male, men det har ikke lignet noget i det Vejr, siden den Dag jeg begyndte paa det. Nu er Barometret dog begyndt at stige lidt, saa jeg haaber paa bedre Vejr. I Søndags var jeg med gl. Mand i Kirke i Dalby og om Aftnen paa Bøgebjerg, inviteret til Afskedsgilde for den yngste Søn der skal til Argentina. I Gaar var gl. M. hos Nissen og i Dag skal han nok til Bøgebjerg igen ogsaa Afskedsgilde, men denne Gang skal jeg ikke med. Jeg har det udmærket, bare Vejret vilde forbedre sig. Jeg længes efter Jer. Hils Puf og Lysse, og mange Hilsner til Dig selv.
+Din
+Johannes Larsen
+Nu er gl. M. stukken af (det er 4de Gang i denne Uge han er ude om Natten Mandag var han paa Højskolen). Jeg har spist og læst Dit Brev igjen, Du kan tro jeg er glad ved det. Har Schou ikke svaret? Jeg bad ham om det da jeg skrev Dagen før jeg rejste herud. Kan Du se efter hvad Dag den frie har Generalforsamling og lade mig det vide, Brevet maa ligge foran i min Bordskuffe. Har Sofus og Anders begyndt? Jeg fik meget rigtigt Farver fra Fahrenholtz, men der var ingen Spartler med. Jeg længes meget efter Jer og glæder mig til at komme hjem, men jeg maa jo have lavet noget først.
+Din JL.</t>
+  </si>
+  <si>
+    <t>1911-12-13</t>
+  </si>
+  <si>
+    <t>Pisa
+Via San Lucia 3</t>
+  </si>
+  <si>
+    <t>- Battoni
+Richard Bergh
+Frederik Grundtvig
+Johannes Larsen
+Kristian Zahrtmann</t>
+  </si>
+  <si>
+    <t>Anna og Fritz Syberg og deres seks børn boede i Italien fra efteråret 1910 og små tre år frem. 
+I Rigets Julehæfte 1911 blev der aftrykt en del af Johannes Larsens billeder med tilhørende tekster af Johannes V. Jensen. 
+Johannes V. Jensen fik nytårsdag 1911 en artikel om fetichisme trykt i et tidsskrift. Heri forsvarede han van Gogh og Cézanne. Litt.: Per Dahl og Aage Jørgensen: Johannes V. Jensen og fynbomalerne. I: Du danske Sommer. Fynbomalerne og de jyske forfattere i samklang. Malene Linell Ipsen (red.) Johannes Larsen Museet 2007, s. 56</t>
+  </si>
+  <si>
+    <t>Fritz Syberg har modtaget Rigets Julehæfte. Det er nemmere for forfattere end malere at få deres værker udbredt, idet tekster kan trykkes. Syberg tænker på dansk vinter og på et af Grundtvigs vers, når han læser Johs. V. Jensens ord. 
+Familien trives i Pisa. Syberg tegner og maler på sin lille altan. Han er dybt imponeret over, hvad italienerne har skabt af sten og marmor, men det og landbrugsarbejdet slider også indbyggerne op. 
+Familien har været på tur til San Gingliano, hvor der var vinstokke og oliventræer på terrasser.
+Italienerne mishandler dyr. Kvinderne er smukke, men de lugter af hvidløg, kaffe og moskusparfume.
+Syberg har hyret en italiensklærer. Familiens værtinde deltager i undervisningen. 
+Zahrtmann er glad for Johs. V. Jensens artikel om fetich.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ytyR</t>
+  </si>
+  <si>
+    <t>Pisa 13 Decbr. 1911
+casa Batoni S. Lucia 3
+Kære Joh. V. og Else.
+Det er undertiden lettere at tale i et Brev end med Munden, og da jeg, som I forstår trænger til at bruge Kæften lidt får I et Brev. Vi har fået tilsendt Rigets Julehæfte. Det var både [””var både” overstreget] er [”er” indsat over linjen] kønt (og det må være morsomt for Las), men jeg kunde alligevel ikke lade være med at overveje hvor I som bruger Pennen dog har et [”et” overstreget] en stor [et t i slutningen af ordet overstreget] Fortrin [”trin” overstreget] del for os stakkels Malere når det gælder om at lade sig mangfoldiggøre i en [”en” overstreget] Viktoriapresse. Dit Bidrag er jo skønt som kun Danmark kan være det. Det er dog både ondt og godt at få en sådan Hilsen fra Danmark, blot den lille Versstrofe, Du ender med, er jo nok til at gøre En forrykt Også de mørke Decemberdage Du indleder Artiklen med har jeg måttet tæmke på. Hvor sådan en sneløs mørk Vinterdag ind under Jul kan være vidunderlig tyst. Jeg må altid tænke på et [”et” overstreget] en Strofe af Grundtvig – en af disse Vidunderlige, han har lavet så mange af – Du kender den naturligvis, men for en Sikkerheds Skyld anfører jeg den: ”Hørt har jeg en lille Fugl – syngende på Kviste – Solen vendte sig [”sig” indsat over linjen] ved Jul – før det Kragen vidste – nu med Glans til Glæde stor – op og ned den går i Nord – som en Helt lyshåret – hele Gyldenåret.” Forresten er jeg vist ene her på Pladsen med den Slags Fornemmelser. Såvidt jeg har kunnet observere trives min Familie her som Fisken i Vandet. Det eneste i Danmark, de skulde længes efter at gense, skulde da være Østergade og Amagertorv i København. Italien er og bliver for mig et Arbejde, så skal jeg villig indrømme, at det er et Arbejde som foreløbig interesserer mig meget. Jeg har taget Stade på en lille [”lille" overstreget] lille Altan ud mod Arnoen, hvor jeg har tilbragt en Måned med at fæstne mit første Indtryk af Pisa på Papiret. Det er Arnoen med sit Murværk og sine Broer, Byens Profil op mod Bjærgene. Det er vidunderlig helstøbt og harmonisk. Hvad der først slår mig ved Italien er det kolosale Arbejde, alt sammen udført af Menneskehænder, som ligger bag ved alt. Vi var forleden et [”et” overstreget] en Tur ud til San Gingliano Ad Veje, V [”V” overstreget] makademiserede med [”med” overstreget] ved Århundreders Kørsel på Marmorskærver, så de var lige så glatte som Asfalt, beplantet med ældgamle dejlige Plataner, kom vi ud over en gl [”gl” overstreget] ganske flad Slette, gennemkrysset af et helt Kanalsystem næsten som i Holland. En Times Vej fra Pisa nåede vi San. G. der ligger ved Foden af Bjærgene. De er ikke særlig høje men hæver sig ganske brat som store Marmorblokke der stikker op gennem Jordsmonnet. De er overalt beplantet med Olivenskove. Og [”Og” overstreget] i hver en Revne i Stenen er der plantet en Vinstok. Bjærgskråningerne er beplantet med en Slags Stenhylder, et Slags Blomstertrappe hvor Urtepotterne ere af Klippesten og Planterne Oliventræer. (Tegning i venstre side af arket] Efter som Årene går dækkes mere og mere af af dette menneskeslid af [”af dette Menneskeslid af” indsat over linjen] Planternes Formuldning, så der til sidst kun findes en almindelig Bjærgskov med en ujævn og knudret Bund. Fra disse Bjærge at se ud over Sletten hvor Pisa ligger, er at se ud over en Have hvor hver Håndsbred Jord er behandlet med Hånden. Men hvor er Italienerne dog hærgede af [”af” overstreget] af al dette evige Slid. De er kun [”De er kun” overstreget] Det vil sige den arbejdende Klasse. De er kun unge, til de [”til de” overstreget] Mændene til de har været Soldater og Kvinderne til de har fået det første Barn. Så sætter ”Istiden” ind over dem trods det de lever i et Solland. De ligner forresten deres egne Dyr, som de mishandler så det ikke er til at tænke på.
+Går man på Pisas Gader og over de smukke Broer, på [”på” overstreget] belagt med Stenfliser af forskællig Størrelse [overstregede, ulæselige ord] men omhyggelig passet sammen af flinke Italienernæver, er det det samme der slår En, al det Arbejde de Mennesker dog har måttet udføre. I Nordeuropa er det al Tid Maskindriften og Fabriksdrift [”og Fabriksdrift” indsat over linjen] som sætter sit Præg på Byerne. Fra [”Fra” overstreget] Fra min Altan (hvor jeg forresten føler mig som [”som” indsat over linjen] i min Båd) har jeg også kigget lidt på Italienerinderne, ”löierlige Djur” som Richard Bergh sagde om nogle spanske Kvindemusikere i Stockholm. En masse kan de se dejlige ud, med deres sorte Hår og i deres brogede Klude. Håndbevægelser, Gang, Holdning Fodskifte, kunde nok gøre En – i det mindste en anden En – kulret. Men når man går på Strøget + piazza Garibaldi, ponte di mezzo og så Vittorio Emanuele – og får alt dette vidunderlige tæt ind på Livet, må jeg tidt tænke på det sted [i] Kiplings Eventyr hvor Hvalfisken spørger den lille [”lille” overstreget] Fisk om hvordan Mennesker smager og får det Svar ”dejligt men skarpt”. Stanken af Hvidløg, Muskusparfume, café nero og Pis, kan nok tage Vejret fra En. Vi har taget os en Lærer i italiensk. Det er morsomt. Han taler dejlig klart og jeg håber der skal hænge noget ved. Vor franske Madam, som taler italiensk – ganske vist så rædselsfuldt så det kun kan sammenlignes med hendes tysk: ”daits” kalder hun det – gjorde os Selskab i vores Sprogtimer for at lære at læse italiensk men har opgivet det igen. Hun har været gift med en Italiener og bosat i Pisa i 10 År uden at kunne læse et Ord, det er smukt klaret.
+Aften samme Dag.
+Jeg har lige fået Brev fra Zahrtmann. Han er meget glad ved Din Artikel om Fetisch og i det hele ved Din Virksomhed, det glæder mig fordi jeg selv også er glad ved det samme. Her er i Grunden meget mere at skrive om men mere en anden Gang. Hilsen til Jer begge. Du er askeblond. Else er blond som en Hvedemark – jeg kan lige høre det lille Knæk i hendes Stemme når hun taler i Telefonen, Skade at der ingen Forbindelse er hertil – ingen af Jer lugter af Hvidløg – men I får mig til at mindes Skovduft Hindbærduft og lyse Nætter. Eders heng. Fritz Syberg.</t>
+  </si>
+  <si>
+    <t>1911-12-17</t>
+  </si>
+  <si>
+    <t>Pisa
+Via San Lorenzo 44</t>
+  </si>
+  <si>
+    <t>Johanne Giersing
+Emmerik Jensen
+Jens Jensen
+Villum Jensen
+John Martin</t>
+  </si>
+  <si>
+    <t>Anna og Fritz Syberg og deres seks børn boede i Italien fra efteråret 1910 og små tre år frem.
+De omtalte fotografier ligger ikke sammen med brevet på Det Kongelige Bibliotek.
+Julehæftet er omtalt i tidligere breve fra Fritz Syberg til Johs. V. Jensen. Det vides ikke, om planen om dette blev realiseret. 
+Fynshovedturen: Else og Johannes V. Jensen besøgte i sommeren 1910 Syberg-familien, mens sidstnævnte boede i et par træskure på Fynshoved.</t>
+  </si>
+  <si>
+    <t>Fritz Syberg sender fotografier. Han spørger, om billederne til julehæftet skal vise hans livsværk eller et tema som fx Fynshoved - en kombination kan også være en mulighed. Syberg har akvareller, som aldrig har været vist. Hans honorar vil være 150 kr. for livsværksudgaven og 300 for temaprojektet. Illustrationerne må underordnes Jensens tekst, mener Syberg.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/LgMg</t>
+  </si>
+  <si>
+    <t>Pisa 17 Debr. 1911
+Via San. Lorenzo 44
+Kære Venner!
+Glædelig Jul. Jeg sender her et Par Aftryk af Besses Fotograferen. Jeg synes de er bedre end de første jeg sendte. Har I modtaget dem? Jeg har fået et Julehefte fra Hr. Martin, men endnu intet Brev. Inden jeg når så vidt at jeg skal træde i Forhandling med ham vil jeg gærne bede Dig være mig behjælpelig med Besvarelsen at et Par Spørgsmål: Skal Billederne til Juleheftet være et Resumé af min Malervirksomhed (ligesom Joh. L.s) eller hvor [”eller hvor” overstreget] og skal det Du skriver slutte sig dertil – eller har Du i Sinde at benytte Din Fynshovedtur som Stof til en ”Myte”? – i sidste Tilfælde vilde jeg nemlig foretrække at holde mig til Fynshovedbilleder: Landskaber, Mariner, badende Børn o.s.v. Jeg finder det klædeligst om Billedstoffet underordner sig Teksten – derfor kan det godt være rigt - . Desuden er jeg i så fald i det heldige Tilfælde at eje en Samling Aquareller som ikke har været fremme for Offentligheden, - Du har jo set dem. En Sammensmeltning af begge Former kan jeg også godt tænke mig, blot jeg ved det. Men jeg vil m. H. til Honorar stille mig noget forskællig i de givne Tilfælde I første Tilfælde er Prisen jo sat (150 Kr) i sidste vil jeg forlange 300 Kr. Mit Bidrag vil nemlig da komme ind under Synspunktet Illustration at det allerede er lavet er jo kun et heldigt Tilfælde. Det vil desuden have den Behagelighed at Spørgsmålet Reklame bortfalder. Du er den eneste der kan svare herpå, da det hele afhænger af hvordan Du har tænkt Dig Din Tekst. Selv er jeg tilbøjelig til at tro at om Du skrev en ”Myte” som jeg illustrerede med Fynshovedbilleder vilde det give den morsomste Bog. Men lad mig høre hvad Du mener. Mange Hilsener fra os alle til Else og Børnene, og Tak for den Oprigtighed hvormed Du lægger Kortene på Bordet
+Din hengivne Ven
+Fritz Syberg</t>
+  </si>
+  <si>
     <t>1912-01-14</t>
   </si>
   <si>
     <t>Anna og Fritz Syberg og deres seks børn boede i Italien fra efteråret 1910 og små tre år frem.
 Acqua purgativa betyder rensende vand.
 "Skibet" er en del af Johannes V. Jensens romanrække "Den Lange Rejse". "Skibet" udkom i 1912.
 Fynshoved-myten: Johannes V. Jensen besøgte i sommeren 1910 Syberg-familien, mens de opholdt sig på Fyns Hoved, hvor de boede primitivt i et par træhytter. Syberg og Johannes V. Jensen har i tidligere breve diskuteret, om det er fortællingen om denne tur, som Johannes V. skal bruge til et julehæfte med Sybergs illustrationer. 
 Bionda: Blonde. Grassa: Fedtet. 
 Det er uklart, hvad Fritz Syberg mener med "secca". Mager er på italiensk magro. 
 Nera: Sort.
 Brutta: Dårlig (ikke grim, som Syberg oversætter det til).</t>
   </si>
   <si>
     <t>Fritz Sybergs fordøjelse har det godt takket være Acqua purgativa.
 Familien har besøg af en del skandinaviske malere.
 Det er ved at blive forår i Pisa. 
 Syberg vil gerne være med til at vælge billeder (til et hæfte med tekst af Johannes V. Jensen).
 Italienerne kan lide at betragte sig selv som blonde og finder dette smukt, men der er meget negerblod i deres race.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/x9Mp</t>
   </si>
   <si>
     <t>Pisa 14-1-12
 Via san lorenzo 44.
 Kære Venner!
 Jeg har længe tiltænkt Jer et Brev med Nytårshilsen. Glædeligt Nytår! I Dag er Humøret ug. uden særlige Grunde men, hvad der er bedre, af den reelle Grund at Arbejdet går godt, - Fordøjelsen og Stolegangen er mønsterværdig, den sidste takket være ”aqua purgativa”. Hvis det kan fås i Danmark vil jeg anbefale Dig det, jeg har en Erindring om at Du, ligesom jeg selv, har en noget for stærk Mave. Det er et østrigsk Fabrikat det hedder Saxlehner Bitterquelle. Vi har turet Jul efter dansk Skik og havt det dejlig. Her har været Besøg af en Del norske og svenske Malere, som vi havde til Aften Goldschmidt bor i vort Nabolag. Jeg kan godt lide ham, han er en reel Fyr trods sit springende Væsen.
 16-1-12
 Vi savner Jer. I Dag regner det. Hvor vilde en Whist eller Bridge sammen med Jer gøre godt. Ude bag Pisas Mure er det Forår når Solen skinner. Det er helt hjemlig at færdes mellem Bønderne. De trækker Roer op og beskærer deres Vin og har det fredeligt og godt. Undertiden forbavser det mig at de ikke taler fynsk.
 [Tegning i venstre side af papiret]
 Det vi nu venter på og imødeser med Længsel er Din nye Bog ”Skibet”. Det er rart at Din Fynshoved myte ikke skal ud over Hals og Hoved. Jeg vilde gærne være hjemme når der skal vælges Billeder til den bl.a. for at lave et Par direkte dertil. Send os et Fotografi af Jer alle sammen. Du har jo Apparat.
 Apropos Bønderne og Befolkningen hernede, dersom Du var her tror jeg Du skrev en Bog om Longobarderne. Italienerne har altid opfattet sig selv som en blond Race: De gør det i den Grad i deres Billeder så de gør sig endnu lysere end Germanerne. På de gamle Fresker er Kvinderne så gyldenblonde som norske Jenter. At kalde en Italiener sort – nero – er et Skældsord. En Kvinde [”En Kvinde” overstreget] Alle Italienerinder drømmer om at se ud som Else. Else er ”bionda” og ”grassa” hvad der er ensbetydende med ”bella” og ”bellissima”. Mager og sort (”secca” og ”nera”) er ”brutta” (grimt). Imidlertid er der så meget Negerblod i Racen hernede så helt gl [”gl” overstreget] guldlokkede er de nu ikke. Vi længes, som sagt, efter Jer, men vi længes ikke hjem. Goldschmidt bringer lidt af den hjemlige Duft med som altid hænger ved en Kollega og den gø [”gø” overstreget] virker således på mig så jeg siger: Hvor det er rart at være borte! Stik i et Svip herned!! Eders hengivne Ven
 Fritz Syberg</t>
+  </si>
+  <si>
+    <t>1912-01-20</t>
+  </si>
+  <si>
+    <t>Furesø, 3500 Værløse, Danmark</t>
+  </si>
+  <si>
+    <t>Peter Hansen
+Else Jensen
+Grete Levy
+Pierre-Auguste Renoir</t>
+  </si>
+  <si>
+    <t>Johannes V. Jensen omtaler sin 39 års fødselsdag og skriver, at familien står på skøjter og at isen er særdeles god. Han fortæller lidt om nogle rejseplaner og afviser, at de kommer til Italien igen. Else er ved at blive malet af både Peter Hansen og fru Grete Levy.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/PIMJ</t>
+  </si>
+  <si>
+    <t>20 jan 12
+Kære Venner
+Det er min Fødselsdag i dag, jeg bliver igen et Aar yngre, er nu 39, og paa denne Glædesdag skal jeg skrive til gode Venner. Ja ja, jo haabløst ældre man bliver jo mere lærer man at skønne paa det skønne Liv. Her gaar Tiden godt, vi har den bedste Is paa Furesø der nogensinde har været, forleden var jeg derude med Sejl, herligt. Blæsevejr, Sol og nytændte Farver i Landskabet, blaa Vaager, syngende dejligt! Vore to Myrer løber allerede flinkt paa Skøjter i Frederiksberg Have. Til næste Aar skal de med paa Søerne. Program: Februar Berlin, naar min Bog, som jeg ikke gider se efter to Korrekturer er kommen; hele Sommeren Tisvilde, næste Aar Rusland og Kina. Til Italien kommer vi mere ikke, men jeg er glad over at vide en god Forpost stillet der. Kom lidt hjem i Sommer! Herregud den Sommer paa Fyn er jo snart bar Løgn. Else der mere og mere ligner en Renoir bliver malet for Tiden paa en Gang af Peter Hansen og en Fru Grete Levy (Eriksen) men jeg er paa det rene med at Ingen kan male inden uden FS. Saasnart det bliver noget lysere i Vejret skal jeg tage et Par Plader af os og sende ned. Imorgen Søndag, stort Skøjtestævne paa Furesø! Saa, nu begynder Klaveret ovenpaa, jeg skriver galt og faar Hadet op i Halsen. Lev nu vel allesammen og paa Gensyn! J.V.</t>
   </si>
   <si>
     <t>1912-02-04</t>
   </si>
   <si>
     <t>St. Pauli Kyrkogatan No 19 4.
 Malmø</t>
   </si>
   <si>
     <t>Lise Abrahams
 Berta Brandstrup
 Ludvig Brandstrup, billedhugger
 Ellen Brønsted
 Louise Brønsted
 Peter Oluf Brønsted
 Christian Eckardt
 - Johansen
 Grethe Jungstedt
 Alhed Larsen
 Elena Larsen
 - Lunn
 Frederik Lützhøft
 Hedevig Lützhøft
 Elisabeth Mackie
 Fritz Magnussen
@@ -5819,2386 +5221,184 @@
   <si>
     <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2077</t>
   </si>
   <si>
     <t>Alhed Larsens udstilling er blevet godt anmeldt i Riget og også i Politiken. Laura Warberg har besøgt udstillingen, hvor hun mødte mange bekendte. Alheds billeder er fine, og hun solgte to, men der er dårlige billeder af et par af de andre udstillere. Alhed sad i flere timer og spiste frokost på Paraplyen, mens der var gæster på Den Frie, og det syntes Laura Warberg var en dårlig idé. 
 Laura Warberg har været til et foredrag, og hun læser i Læseforeningen. 
 Det er en god idé, at Astrid vil lære bogbinding.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/OT2N</t>
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:]
 Fru Astrid Goldschmidt
 St. Pauli Kyrkostræde 19
 Malmø
 Skåne
 [I brevet:]
 Nørrevoldgade 29⁴
 Søndag d : 4-2–12 
 Kære Astrid! 
 Der venter Dig vist denne Gang et interessant Brev om Udstillingen, der jo ser meget lovende ud. ”Riget” har i Dag en Anmeldelse af Frits Magnussen, hvori Alhed er mere anerkendende omtalt end i Politiken, der dog ogsaa nok kunde gaa an. A. er i Dag i Birkerød, hun har sikkert købt Blade paa Banegaarden; jeg ringede derind og da vidste de nok derom; der er andre fremmede ogsaa, men det var mig ikke muligt at forstaa [paa] Lugge, hvem det var. Den Dag Du var rejst, kom Elle herop og vi hjalpes ad med at skrive de mange Kort; vi sad og hørte Musiker[ulæseligt] nede fra Fr. Johansens Hjørnestue, var siden nede hos Tomas at drikke The. I Gaar kom Elle ved 11 Tiden, spiste sin medbragte Frokost og fik Solbærrom og The her, mens jeg var nede at spise. Det har hun jo gjort 2 Gange og Lugge en Gang og det var en dessin for Dig ogsaa næste Gang Du skal herover. Ved 1 Tiden gik vi ad de smaa obscure Gade[r] til Østergade, købte en M[ulæseligt] til Hr. Peter det havde han ønsket sig til Flaget, Elle gav ham. Vi gik hele Strøget ned, købte Konfekt og en lille Genstand til Grethe, derfra til Udstillingen, hvor Elle strax traf Fru Asta, meget glædeligt Gensyn. De gik sammen hele Tiden, det er vist hende, der købte ”Petunia”, Berta det lille Landskab fra Fyns Hoved. Det er en smuk Samling Billeder, men dog en Del Jux iblandt; Fr. Svendsens især, men efter min Mening ogsaa Olga Jensens. I Alheds er der intet rent ud disharmonisk; de hænger ogsaa yndigt kønt i den inderste Sal, 2 Vægge fulde. Der var ikke saa faa Mennesker, Lützhöft var der meget tidligt. Abraham og Fru Ingeborg var der, jeg talte med dem. Bimse og Ch. E. og cand. Lunn havde været der. Lud og Berta ogsaa; Madsens kom da jeg gik hen til Paraplyen, hvor Alhed havde siddet et Par Timer med nogle Venner og spist Frokost, vist ikke helt diplomatisk af hende at være borte paa den bedste Tid. I Gaar og i Dag er lille Hr. Peter bedre: Bes var ikke i Skole i Gaar p.Gr.af Kulden der jo ogsaa er ganske overvældende, i Dag kan jeg knap faa varmt her; var alligevel ude en lille Tur i Formiddags uden at fryse synderligt. Elle rejser vist hjem i Morgen og kommer her med sin Kuffert, saa tager jeg en Bil til Banegaarden. Jeg har giver hende 10 Kr, fik endelig i Gaar de Penge fra Madsen jeg kunde betale jovist! – I Torsdags Aftes var jeg min første rigtige Udflugt, henne i et Lokale paa Raadhuspladsen og høre det første af en Række Foredrag af Dr. Munck om Tydskland. Men saa lille en Sal og saa faa Tilhørere! jeg var meget forbavset, og et højst tarveligt Publikum at see til. Det er dog mærkeligt, at der ikke er større Interesse for den Slags her i den store By, hvor Folk har Raad til al mulig Luksus og Fornøjelser. Nu gaaer jeg i Læsef. hver Aften, har læst en dejlig Bog af Johan Maier ”Liv” og en mindre god. – Ina – af J. Th. Lick; overspændt Vrøvl Det glædede mig meget at høre Elle animerer Dig til at lære Bogbinderi, det gør jeg ogsaa i høj Grad især hvis det kan blive inden alle og enhver driver det. Jeg har læst, at det private Bogbinderi er ved at blive en farlig Konkurrent til Fagmændene; ser i Dag i Politiken en Dame, der averterer. – Bare nu Dine Unger kan undgaa Forkølelse i dette Vejr! – Nu er der vist ikke mere at skrive om lille Putte. Jeg skal lidt ned til gl. Fru Stockmar inden Middag. – Kærlige Hilsener til Dig og Børnene fra Bedstemor.
 Udklip af Riget i Gaar; muligt jeg kan faa det fra i Dag senere.</t>
   </si>
   <si>
-    <t>1912-7</t>
-[...1723 lines deleted...]
-  <si>
     <t>1912-02-28</t>
   </si>
   <si>
     <t>Johanne Giersing
 Villum Jensen
 Peter Paul Rubens
 Clara Syberg
 Ernst Syberg
 Franz Syberg
 Hans  Syberg
 Lars Syberg</t>
   </si>
   <si>
     <t>Anna og Fritz Syberg og deres seks børn boede i Italien fra efteråret 1910 og små tre år frem.
 Det vides ikke, hvad Botfelder betyder.
 Fritz Syberg har ikke tidligere skrevet til Johannes V. Jensen om pensionæren, og det vides ikke, hvem hun var.
 Else og Johannes V. Jensen kom ikke til Italien for at besøge Anna og Fritz Syberg.</t>
   </si>
   <si>
     <t>Det er forår efter en mild vinter.
 Syberg-familiens pensionær rejser. Hun skal giftes og har bildt manden ind, at hun er 32, skønt hun er 45 år. Fritz Syberg har diskuteret kvindeidealer med pensionæren, og Anna afbrød og sagde, at Else Jensen var Sybergs idealkvinde. Nu har Fritz Syberg tænkt på, at han gerne vil male et portræt af Else og også af Johannes V. Jensen. Johannes er en mørk albino. Else ligner en germaner eller Rubens' kone. Else og Johannes V. burde komme og være sammen med Syberg-familien en måned eller to i Marina di Pisa, så Fritz kan male dem. Anna tilføjer, at de har lejet en lejlighed i Marina di Pisa, og at der er et værelse til Else og Johannes V. Jensen.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/R6Vg</t>
   </si>
   <si>
     <t>Pisa 28 Fbr. 1912
 Via San Lorenzo 44
 Kære Venner, Joh. V. og Else!
 Tak for Fødselsdagsbrevet, som jeg længe har ønsket at besvare, men jeg har intet havt at skrive om før nu. – Vore Breve har vist krysset hinanden – Vi har havt Forår i 1 ½ Måned efter en kort, mild Vinter. Bøndernes Roemarker (Botfelder[)] står i et Blomsterhav, søgt af Millioner Bier, i går så vi det første Kirsebærtræ i Blomst, og Hveden er ikke langt fra at skyde i Vip. Vi skal nu til at omgås lutter Italienere igen, for vor danske Pensionær (Dame) rejser. Jeg er ikke ked derover, hvordan hun vil klare den bliver hendes Sag. Hun skal giftes, hvis det kan gå i Orden. Hun er 45 År, men har bildt Verden og den lykkelige Ægtemand ind at hun er 32. Han er 29. Lykkefølelsen giver sig forskællige Udslag hos Hende. Forleden talte hun om Kvinder. Der burde ingen Forskæl være mellem Mand og Kvinde, de vare sideordnede. Jeg fandt der var en lille Forskæl, Kvinderne kunde bringe Børn til Verden. Så kovendte hun. Kvindernes Opgave, sagde hun, var den, at være en Solstråle. Hun er selv så tynd som – en Solstråle, rigtig hvad Italienerne kalder ”secca”. Det endte med at jeg, på Opfordring, beskrev mit ”Kvindeideal” som hun kaldte det. Jeg gjorde det demonstrativt noget mere omfangsrigt end en Solstråle, men det går som Fynboerne siger, der er intet man så let forsnakker sig med som med Munden. Da jeg var kommen til et vist Punkt i Beskrivelsen afbryder min Kone mig: ”og så skal hun være fyldig, blegrød, [kommaet overstreget] med en stor Krone af lyseblondt Hår og hedde Else Joh. V. Jensen” Jeg havde ikke skænket Else en Tanke – det indrømmer jeg – men jeg kunde ingen Indvendinger gøre – for det passede. Jeg hævnede mig så på anden Måde. Dette er Indledningen til noget Du skrev i Dit Brev, som kastede en Brand i min Sjæl, som man siger. Nemlig at male Else. Jeg forestillede mig – for Maleren i mig er grådig – at tilbringe – Gud ved hvor lang Tid – Sommerstid – med at lave 10-20 Aquarelstudier af Dig og Else og så ende med et stort Billede, Friluft – Sol mange lyse Farver. Hvor jeg gærne vilde knække Halsen på en sådan Opgave Betænkeligheder har jeg havt af forskællig Art. Den værste er ikke den at jeg så må forlade Arbejdet her i Pisa, men det er den, at det vilde være Synd at plage Jer, selv om I skulde være skikkelige nok til at indlade [jer] herpå…..
 Der er noget i Arten af Jeres [”Arten af Jeres” overstreget] den forskællige Art af Jeres Blondhed der har beskæftiget mig lige siden jeg aflagde mit første Besøg hos Jer. Der er noget ved Joh. V. som om Naturen på et eller andet tidlig Tidspunkt af hans Liv, måske i Morders Liv, har [”har” overstreget] en kort Tid har havt lumske Planer med at gøre ham til Albino, sådan en snefarvet Islænder med Hår som bleget Hør og skinnende hvide Øjenvipper, men så har betænkt sig, og for at skjule det, har gjort Dig så mørk som det er mulig at gøre en Albino under nordiske Breddegrader. Hos Else derimod er Blondheden drevet ud i det lyseste. Jeg har set flere såkald[t]e guldhårede der gjorde et langt mørkere Indtryk. Omtrent på samme Måde som jeg hørte en Sanger sige at han havde den lyseste Baryton i Verden, han kendte mange Tenorer hvis Stemmer var meget mørkere end hans. Else ligner ikke de blonde svenske ”flickor”, Men [”men” indsat over linjen] meget mere Germanerne – måske Hollænderinderne F.eks. Rubens Kone, men hun adskiller sig fra de sidste i Øjnenes Udtryk. Hils Jeres Børn Vores Børn har skrevet en Mængde Breve i den sidste Tid hvoriblandt flere med Adr. U Willum Jensen osv. Men de kommer vist aldrig afsted.
 Jeres hengivne
 Fritz Syberg
 Morgenen efter.
 Hvorfor kan I dog ikke komme til Italien og bo hos os en Måned eller to i Marina di Pisa. Så kunde jeg få både i Pose og Sæk både male et Billede af Jer og fortsætte mine Italiensbilleder. 
 Kære Joh V’s Ja hvorfor Fanden kan I ikke komme herned, vi kunde faa det saa storartet i Marinen, der er næsten lige saa smukt som i Tisvilde, vi kunde gøre nogle Smaarejser til Luni og Lucca og se de Porte Danskerne stormede, det er vist de samme Porte der sidder endnu. Jeg vilde [det følgende skrevet lodret langs arkets venstre side] ogsaa gerne se Fritz’es Aquareller af mit Kvindeideal (Else er nemlig ogsaa mit Kvindeideal blive til[)] Vi har allerede lejet en Lejlighed med et Værelse til Jer ogsaa. Elektrisk Lys ogsaa udenfor Døren (i Haven) Tusind Hilsener Anna</t>
+  </si>
+  <si>
+    <t>1912-03-05</t>
+  </si>
+  <si>
+    <t>Husby, Fyn</t>
+  </si>
+  <si>
+    <t>Theodor Delcomyn
+Andreas Larsen
+Johan Larsen
+Ellen  Sawyer
+- Schnakenburg</t>
+  </si>
+  <si>
+    <t>Johannes Larsens bror, Vilhelm, boede fra 1906 på gården Rørdam i Husby på Fyn. Deraf formodentlig "den Husby Telefon".</t>
+  </si>
+  <si>
+    <t>Alhed Larsen venter ved telefonen på besked om, hvorvidt hun skal svare Schnakenburg. Hun har fået prøver på stof til en ny kjole og spørger Johannes Larsen, om han kan lide farven.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/IJTc</t>
+  </si>
+  <si>
+    <t>Kæreste Lausi
+Hermed en Del Brevskaber, men nu sidder jeg her og venter paa Telefonen for at høre om jeg mulig skal svare paa Schnakenburg. Og saa er jeg kommen i Tanker om at jeg maatte have en Kjole, inden vi skal til Kjbn. Var hos Delcomyn i Gaar og bad dem skrive efter Prøver, jeg havde nærmest tænkt Fjøjl som Lysses Dragt, det ser pynteligt ud og er meget stærkt. Men saa viste de mig et Stk. de havde liggende som medf. Prøve. Jeg kan at det faa en Kjole med Syløn og det hele for 32 Kr, det er jo ko_lossalt billigt._ Men kan Du lide Farven? Se godt paa den og lad mig vide Din Mening. – Vi har det alle godt. Det er Elles Fødselsdag i Morgen. Det er dog en rædsom Tid, men maa vente paa den Husby Telefon. Skriv nu lidt 1000 Hilsner Din A.</t>
+  </si>
+  <si>
+    <t>1912-03-30</t>
+  </si>
+  <si>
+    <t>Johannes V. Jensen
+Christen Købke
+Johannes Larsen
+Kristian Møhl
+Laurits Ring
+Harald Slott-Møller
+Jens Ferdinand Willumsen</t>
+  </si>
+  <si>
+    <t>På grund af pengemangel har Else og Johannes V. Jensen opgivet deres rejseplaner og vil i stedet tage til Tisvilde til sommeren. Else håber, at Anna og Fritz Syberg vil lægge vejen forbi til sommer. Ellers beretter hun om forskellige udstillinger.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/C1Ej</t>
+  </si>
+  <si>
+    <t>Jacobys Alle 2 - d: 30-3-12.
+Kære Anna og Syberg
+Vor smukke Plan om en kombineret Rejse til Rusland og Italien er røget i Lyset. (vi kan ingen Penge faa, saa vi har helt opgivet at rejse i Aar og tager op til Tisvilde en af Dagene og leger os et Hus til at være i til Sommer. Saa vil vi se at faa et Par sma Jolændere, som vi jo saa kan sælge igen til Efteraaret, og saa skal vi i tre Maaneder ikke bestille andet end at gaa i Vandet, ride, køre og sidde Model for jer, naar I kommer herop. hvis I er saa søde at komme, og det gør I jo nok. Der er saa dejligt ved Tisvilde, fordi der er den store Statsskov som forhindrer Folk i at bygge paa en hel Mil af Kysten, saa man er lige saa ugeneret som paa Fynshoved, jeg foregøgler mig noget om at bade til hest, men det lader sig maaske ikke gøre. Vi er ellers for Tiden optaget af Udstillinger. Johannes Larsen er storartet. Peter har jo ikke andet end Faaborgbilledet, saa er der et gevaldigt Svindelbillede af Villumsen et Par kønnere end sædvanligt af Møhl og ellers en Masse man ikke husker paa den frie. Paa Charlottenborg er der er Par fuldkommen skøre af Slott-Møller jeg er sikker paa, at der ikke kan sige et godt Ord om dem, ingen kan tage ham alvorligt mere. for Resten tror jeg, at jeg der syntes bedst om L.A. Ring. 
+Kunstforeningen har en smuk Udstilling af Købke han var da en forfærdelig sød Maler. Det er vist frækt af mig at udtale mig om Kunst, men I kan have godt af at høre en Røst fra Folket. For Resten fører vi et sandt Driverliv. J.V. har ikke orket at tage fat paa noget siden den sidste Bog, og saa har vi taget os for at more os i Stedet. vi har selv haft Bal, og vi har været til den frie Udstillings Fest og vi har været til Sammenskudsbal, kort sagt vi lader som om vi var unge Mennesker. Kom nu op og del vor Idyl saa tager vi til næste Efteraar til Pisa. Hils alle Børnene.
+Jeres Else J.V.</t>
   </si>
   <si>
     <t>1912-04-24</t>
   </si>
   <si>
     <t>Rembrandt
 Pieter Breugel
 Edgar de Gas
 Jean Gauguin
 Else Jensen
 Jens Jensen
 Villum Jensen
 Édouard Manet
 Claude  Monet
 Camille Pissarro
 Pierre-Auguste Renoir
 Peter Paul Rubens
 Alfred Sisley
 Anna Syberg
 Vincent van Gogh</t>
   </si>
   <si>
     <t>Anna og Fritz Syberg og deres seks børn boede fra Efteråret 1910 og små tre år frem i Italien. 
 Det fremgår ikke, om den omtalte Breughel er den yngre eller den ældre. Maleriet Hjemturen fra Kermessen er malet af Breughel den Yngre i 1620erne.
 K.H. Withs bog Musefamilien bliver ofte kaldt Musene i Rynkeby Præstegård. Fritz Syberg refererer muligvis til denne, fordi han og Anna havde mange børn. 
 Campo Santo er begravelseskapellet ved Det Skæve Tårn i Pisa. Det indeholder en mængde freskoer og sarkofager.</t>
   </si>
   <si>
     <t>Fritz Syberg har nydt at læse Johannes V. Jensens artikel og synes, han er god til at skrive om kunst. Dog er han uenig i, at impressionismen er en skole. Han ser de impressionistiske billeder som værker af enkeltpersoner som Renoir, Degas osv. Syberg og Jensen burde i fællesskab lave et kunstblad, med de har jo ikke tid.
 Fritz Syberg tror, at Jensen vil kunne lide Rembrandts Nattevagt, Breughels Kermesse og Rubens' billeder. Helt suveræne er dog de nu ukendte malere, som har lavet freskoerne i Campo Santo.
 Familien vil ikke hjem, og Fritz Syberg har også meget endnu at male i Pisa.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/zpYD</t>
   </si>
   <si>
     <t>Pisa 24-4-12
 Via San Lorenzo 44
 Kære Ven!
 Jeg har havt megen Fornøjelse af at læse Din Artikel. Jeg har altid holdt på at Du skulde skrive om Kunst. Emnet interesserer Dig og skrive kan Du jo. Det er de to væsentligste Betingelser og i Grunden de eneste som berettiger. En til at give sig af dermed. [”En til at give sig af dermed” overstreget] Vore professionelle Anmeldere mangler begge Dele – i hvert Fald de fleste af dem. Du er bedst hvor Du skriver om de enkelte Malere. Hvad Du siger om dem er glimrende sagt fordi det får hver Maler til at vise sig som en ny Figur på Scenen. Og det er Sandheden Du siger om dem i samme Forstand som når Du taler om dansk Natur i en af Dine Myter. Det er vist rigtig nok tror jeg ikke jeg kender og jeg beundrer dem egentlig alle så jeg næsten ikke ved hvem jeg sætter højest – Gauguin er måske den hvad en eller anden Tysker har sagt, at man forstår sig kun på det man overvurderer. Der hvor Du filosoferer føler jeg mig lidt mere på gyngende Grund. Jeg er enig med Dig i noget uenig i andet eller rettere det er mig umulig at se (f.Ex) Impressionismen som en Skole. Den opløser sig for mig i Navne: Renoir, Monet, Degas, Sisley, Pissaro, Manet, Gauguin og van Gogh…. flere tror jeg ikke jeg kender og jeg beundrer dem egentlig alle så jeg næsten ikke ved hvem jeg sætter højest – Gauguin er måske den jeg bryder mig mindst om – men jeg er usikker. Jeg spår Dig at hvis Du vedblivende interesserer Dig for Kunst vil Du også havne der at Du til syvende og sidst kun interesserer Dig for Billederne, hvad ”Skolen” angår da er de Malere der lader sig spolere af den i Reglen deres Skæbne værd. Jeg har undertiden talt med Anna om at det kunde være Sjov om Du og jeg i Forening startede et nyt Kunstblad, som bl.a. skulde have det Fortrin frem for de afgåede, at det var populært og kunde betale sig. Men jeg ved rigtignok ikke hvordan nogen af os skulde få Tid til det. Apropos: det festlige [en overstregning] i Kunsten – det findes nu i hollandsk Kunst også, hvad er så festligt som Rembrandts Nattevagt Gud ved om Du ikke vilde finde en Art Farvefest i Bruighels Billeder. Den Samling han har i Wien – ”Kermessen” – den drømmer man om – det er en Heksefest; eller Rubens ”Barnemord i Betlehem” (i München) – men det var nu ikke det – det var Italienerne jeg vilde n [”n” overstreget] tale om: Venetianerne (i Venedig) og de gamle Frescomalere som Ingen mere er sikker på Navnene af [”af” overstreget] på – ja det er håbløst at vilde nævne det – der er for meget – men ønsker Du Fest så kan Du ta Gift på at de forbandede Italienere har kunnet lave den. Det svimler ligefrem for En, for det er som der slet ikke havde eksisteret Vanskeligheder for dem. Det De kan [”Det De kan” overstreget] De har kunnet alting, kunnet det til enhver Tid på Døgnet og altid gjort det straks. Det var egentlig noget helt andet jeg vilde have skrevet da jeg begyndte, men måske jeg har fået sagt noget af det alligevel. Musefamilien fra Rynkeby Præstegård lader sig desværre ikke flytte. Alene tør jeg ikke komme hjem. Jeg har så meget Arbejde for, men [”men” overstreget] og rejser jeg fra det er jeg bange for at det går i Vasken, jeg rejser ikke herned igen. Det er en god Tid jeg lever her, hvor Fyns Land og blæsende Fjorde skal smage ovenpå. Jeg har i de sidste 3 Måneder [”i de sidste 3 Måneder” indsat over linjen] gjort ca 30 Forårsaquareller med ”små” Motiver, (italiensk Bondeland). For Tiden kopierer jeg en freske i ”campo santo” med Adam og Eva, så skøn så skøn og den kendes kun af Vorherre og mig, Hver [”Hver” overstreget] hver Dag vrimler Amerikanere, Tyskere, Englændere ud og ind, men man opdager ikke den Slags Ting uden man bor årevis på Stedet. Mange Hilsener til Dig Else og Børnene fra os Alle her. Din hengivne Fritz Syberg. 
 [Skrevet på 1. side, på hovedet ved Fritz Sybergs datering:] Kære Else Tak for Brevet. Jeg skriver senere. Mange Hilsener til Jer begge Anna</t>
   </si>
   <si>
-    <t>1912-06-04</t>
-[...68 lines deleted...]
-Dahlerup 100
---------
-893 Kr.
-[...458 lines deleted...]
-  <si>
     <t>1912-05-10</t>
+  </si>
+  <si>
+    <t>Sigurd  Swane</t>
   </si>
   <si>
     <t>Falkoner Alle 5, København</t>
   </si>
   <si>
     <t>Poul S. Christiansen
 Leonardo da Vinci 
 Eugene Delacroix
 Ernst Goldschmidt
 Emil Hannover
 Niels Hansen
 Johannes V. Jensen
 Ernst Josephson
 Hjalmar Kleis
 Adolph Larsen
 Erik Larsen
 Johannes Larsen
 Marie Larsen
 Peter Magnussen
 A C Mohr
 Kai Nielsen
 Laurits Ring
 Peter Rostrup Bøyesen
 Michelangelo Simoni
 Joakim  Skovgaard
@@ -8233,2727 +5433,1400 @@
 Din Sigurd
 Kladde:
 Den udmærkede Forfatter Johannes V. Jensen,[overstreget ” hvis sidste Bog jeg med megen Glæde har læst for ikke mange Dage siden”] har i de sidste År udvidet sin Virksomhed med Arbejde indenfor Kunstlitteraturen
 Den positive Side af denne Virksomhed, hans begejstrede Hymner til de fynske Malere eller Lovord over en Ring er der kun Grund til at glædes ved, de bidrager vel deres til at få det langsomt bevægelige Publikum til – ikke mindst i egen Interesse – endelig engang at få Øjnene helt op for den Rigdom disse Malere har tilført vor Kunst og vort Liv. Dog havde det været heldigt om Virksomheden ikke [ulæselig overstregning] havde taget sådanne Former at den måtte [overstreget ”fremkalde”] vække og har [overstreget ”fremkaldt”] vakt Protest fra Kresen af disse Malere selv.
 Men det kunde måske ikke undgås, Forfatteren erklærer jo selv (til Oplysning for dem der ikke kan se) ikke at sidde inde med de tilstrækkelige Kvalifikationer – hvor hans intuitive Medfølen og personlige Forståelse glipper, tror han at Sivet hører op. Nå selv J.V.J. må jo have sin Begrænsning. Dette er ikke det egentlig sørgelige, men pinligt er det at se en Forfatter af hans Rang bruge Midler der ikke er ham værdige og få stort Tilløb på dem og hans gentagne Skyller af Ukvemsord synes det at blive nødvendigt at besvare med Ord.
 Et Par særlig ondartede Artikler i Fjor – Forfjor blev næsten ikke offentlig imødegåede, skønt meget kunde have fristet dertil, man mente måske dengang at det var en Explosion der havde ramt Forfatteren selv hårdest, så at han herefter vilde holde sig fra de Sager.
 Nu viser det sig [overstreget ”i hvert Fald”] at [overstreget ”det ikke kan tages således”] således har han ikke forstået det. Atter i År er han ude, denne Gang i ”Gads danske Magasin” med en Anmeldelse af Forårsudstillingerne. Når J.V.J. skriver [overstreget ” har man jo altid”] er der vel altid noget at glæde sig over, men det er [overstreget ”vel”] dog [ overstreget ” vel ikke ” ”næppe” ] ikke ret tænkeligt at han i Længden kan undgå at møde den Indsigelse som hans Mangel på Indsigt kræver. Men ganske uafhængigt [ overstreget ”af det”] heraf bør hans Valg af Midler påtales. 
 Som et ikke fint Kampmiddel ( og Gud ved hvorfor han egentlig slås) regner jeg det, at han der kender lidet til fransk Kunst og forstår endnu mindre end han kender, Gang på Gang angriber Malere med at de er Efterlignere og Eftersnakkere efter franske Kunstnere.
 En sådan Påstand ud i Luften vinder let Bifald men er ikke nok.
 Siden han har gjort den Iagttagelse må vi så ikke bede [ overstreget ” Forfatteren”] ham i stedet for at skyde i Flæng, ved Navn at nævne de danske Malere hans Angreb gælder og for hvert af dem ikke blot den eller de [overstreget ”franske”] Malere han skal snylte på men også hvad han efteraber, stjæler eller har læst hos sine Forbilleder, ti da først kan man begynde at tænke på at afgøre om Tilknytningen er at rose eller at dadle. Kan han ikke beskæmme dem på den Måde, da er han ikke den Mand der har Ret til at sige at de ikke har lært Selvstændighed eller at deres Kunst er Tilsnigelse. Dette som en udtrykkelig Opfordring til Hr. Johannes V. Jensen. [overstreget ”Jeg husker at jeg for et Par År siden”]
 Og mens jeg er ved at skrive kunde jeg have Lyst til at gøre et Par Indvendinger mod hans Kampmetode [ulæselig overstregning] , der er for uvederhæftig til at [overstregning ”den”] han har Lov [overstregning ”til”] at [overstregning ”rejse”] købe sig en Opinion på den
 At benytte van Gogh således mod de unge Malere. Dog van Gogh var en Maler, der blev gal, ikke omvendt, et Plus som ikke må berøves ham og så et andet Sted hvor det passer ham at notere bemeldte unge Maleres Forstand er der intet i Vejen med, det for den samme er en Attest for meget, [overstregning ”fra den samme Mand”]
 Han bebrejder dem dernæst vidt og bredt at de fremkommer i Flok, hvad der duer opstår enkeltvis – men ( i Skibet ) siger han selv mere, at Ungdommen, den det gærer og lever i altid kommer i Flok – [overstregning ”men”] for øvrigt ligger der for de flestes Vedkommende netop en lang og rolig Arbejdstid bag ved flere Års Kassation ved Charlottenborg og for nogles Vedkommende herefter indtil 6 og måske flere Års Udstilling sammesteds. Det havde slet ikke været under hans Værdighed at bemærke dem før, Mænd som f.Ex. Emil Hannover og Jens Thiis har dog ikke holdt sig for gode dertil, men han ser dem først, når de slutter sig sammen, måske et Bevis for det Berettigede heri snarere end det modsatte.
 Og hvad hans Hovedangreb gjaldt at Retningen levede højt på Reklame da kan måske anføres 2 Ting, at få Udstillinger herhjemme er blevet åbnede [ulæseligt ord] mindre Reklame end den der var den Udstilling direkte Anledning til de nævnte Artikler, det skulde være Undertegnede hos Winkel og Magnussen i1908, der var absolut før den Tid at lægge mærke til flere af dem. Lige så uberettiget var hans Beskyldning for at denne Malerekres den daværende ”ung dansk Kunst” slog sig op ved Reklame, få Udstillinger herhjemme har været åbnet med så lidt Reklame, det skulde være undertegnedes hos Winkel og Magnussen i 1908 som var absolut uden nogen som helst, eller i Fjor de fra de 13 udskilte fra Kleis.
 Én iblandt dem [overstreget ”havde”] har benyttet Reklame i større Stil Billedhuggeren Kai Nielsen men ham gjaldt Stikkene ikke ham basuner J.V.J.[ulæselig overstregning] selv for.
 [ulæseligt ord] Reklame eller de fra ”de 13” udskiltes hos Kleis – og dernæst vil det være let på Udstillingerne at overbevise sig om at de der lever højt sandelig ikke er ”de opreklamerede” unge x)
 At Hr J.V.J. betragter det som en yderligere Anke mod en ung Kunstner at han vover at skrive ved jeg vel, Betegnelsen Literater, Kunsthistorikere har han søgt at påhæfte [overstreget ”på dem”] som et Smædenavn, jeg ved dog at den Sag i sig selv ikke er så farlig som han vil gøre dem til, både Syberg, Jo.Sk,[overstreget ”Poul Christensen Joachim Skovgaard”] [ulæseligt ord], Ernst Josephson og til Delacroix, Michelangelo og Leonardo for at nævne enkelte har brugt
 Pennen er ikke blot til at tegne [overstreget ”med”] men også til at skrive med.
 [overstreget ”Sigurd Swa”]
 d. 10-5-1912
 Sigurd Swane
 x) En af de omtalte unge har benyttet Reklamen i større Stil, Kai Nielsen, men ham gjaldt Stikkene ikke, J.V.J. har jo selv basunet for ham. Når Hr. J.V. næste Gang taler med ham vil han måske endda komme til at se venligere på Reklamen vi andre burde måske [ulæselig overstregning] også lære af ham.
 [[overkrydset ” Men disse løsrevne Påstande om Efterligning af fransk Kunst er ikke den eneste Utilbørlighed i hans Kunstanmeldervirksomhed, jeg [overstreget ”erindrer”] har noteret mig et [overstreget ”Par Ting fra i Fjor som jeg synes det er rigtigt at påtale ved samme Lejlighed”] Par af de Midler han [overstreget ”brugte for at i Fjor Efterår”] i Vintersæsonen 1910-11 [overstreget ”for”] brugte for at komme en Kres af unge Kunstnere tillivs”]]</t>
   </si>
   <si>
-    <t>1937-01-25</t>
-[...97 lines deleted...]
-    <t>1935-06-20</t>
+    <t>1912-05-14</t>
   </si>
   <si>
     <t>Johanne Giersing
-Elin Jensen
-Else Jensen
+Jens Jensen
 Johannes V. Jensen
-Henning Larsen
-[...386 lines deleted...]
-    <t>Fynshovedvej 696, 5390 Martofte, Danmark</t>
+Villum Jensen
+Hans Smidth
+Hans  Syberg</t>
+  </si>
+  <si>
+    <t>Else Jensen skriver til Anna og Fritz Syberg og forsøger ihærdigt at lokke dem til at komme til Danmark til sommer, helst på besøg hos Johannes V. og hende selv i Tisvilde, hvor de skal leje et hus. Johannes V. har fået et par små billeder af Hans Smidth, som han er meget glad for.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/dP2V</t>
+  </si>
+  <si>
+    <t>14/5-12
+Kære Anna og Syberg.
+Betænk jer nu en Gang til inden I tager nogen absolut Bestemmelse med Hensyn til Sommerrejse. Jeg synes I skulde komme . I maa nu til at nyde jeres anden Ungdom, som kommer naar ens Børn er saa store at de kan undvære en. Hans og Besse er jo nu voksne og maa sagtens kunne tage sig af de smaa desuden kender I jo nu sikkert paalidelige Folk i Italien som ogsaa kan se lidt efter dem. Og hvorfor skulde I dog ikke komme til Italien igen fordi I kom lidt hjem, er det saa skæbnesvangert at gøre en Ferie her. Vi skulde ikke sige noget til et Menneske før I var her og saa tager vi til Tilsvildeleje med det samme og gaar i Vandet og spiser Hummer, som fanges der en masse og spiller Violin og Fløjte og Kort og snakker om det nye Kunstblad som en Gang skal komme I skal ogsaa faa Lov at gøre en Afstikker til Fyns Hoved og saa rejser I tilbage til Italien naar den værste Varme der, er overstaaet og imidlertid har Børnene faaet Lejlighed til at mærke hvor daarligt de kan undvære deres Forældre, hvad Børn jo ellers ikke aner, saa er I nok saa søde at lade mig vide, naar I kommer for at jeg kan faa en Jernseng til dirigeret derud.
+Det kan jo heller ikke nytte mere, at jeg skriver og fortæller jer om de smaa Ting der nu og da hænder os det kan jo slet ikke interessere jer mere og store Begivenheder hænder jo aldrig. Altsaa I maa komme. Vi har ogsaa en Masse Ting at vise jer. J.V. har faaet et Par smaa Billeder af Hans Smidt som han er lykkelige over og flytter hver Dag og tror bestandig, at nu har han endelige fundet den absolut eneste Plads, hvor der kan være Tale om at anbringe dem. 
+Børnene har det godt og vil bygge et Skib til Sommer, Jens medbringer den theoretiske Viden, han er tandløs og sidder altid med Næsen i en bog. Villum bliver kønnere og kønnere. Skildpadden skal vi have i et Tøjr paa Marken, vi maa løbe an paa, at den nok skal kunne taale at undvære den Vælling, den ellers plejer at faa om Morgenen, og som vi ikke kan skaffe den der.
+I kunde da ogsaa egentlig sagtens tage Børnene med og saa blive her hele Somren. 
+Jeres Else..</t>
+  </si>
+  <si>
+    <t>1912-06-04</t>
+  </si>
+  <si>
+    <t>Via San Lorenzo 44 Pisa</t>
   </si>
   <si>
     <t>Johanne Giersing
-Vilhelm Larsen
-[...301 lines deleted...]
-Christian Seydewitz
+Giovanni Pisano
 Anna Syberg
-Fritz Syberg</t>
-[...1732 lines deleted...]
-Fritz Syberg.</t>
+Hans  Syberg</t>
+  </si>
+  <si>
+    <t>Anna og Fritz Syberg og deres seks børn boede i Italien fra efteråret 1910 og små tre år frem.
+Fritz Syberg har i tidligere breve til Johannes V. Jensen givet udtryk for, at han vil male et portræt af Jensen-parret.
+Campo Santo er begravelseskapellet ved Det Skæve Tårn i Pisa. Det indeholder en mængde freskoer, sarkofager og skulpturer.
+Syberg-familien tilbragte sommeren 1912 i Marina di Pisa. Fritz Syberg har i tidligere breve forsøgt at få Jensen-ægteparret og deres børn til at komme dertil, men det lykkedes ikke.
+Scultori= billedhuggere. Hans Syberg var i Billedhugger-/stenhuggerlære i Pisa. 
+Grassa= tyk. 
+Cinematografo= biograf.</t>
+  </si>
+  <si>
+    <t>Johannes V. Jensen er den eneste, der kan blive det faste punkt i Danmark, mener Fritz Syberg. Syberg takker for fotografierne. Det ærgrer ham, at han ikke er kommet i gang med portrættet af Else og Johs. V. Jensen. Han er lige blevet færdig med en kopi fra Campo Santo, og nu maler han en marmorskulptur samt Anna og Besse (Johanne) foran et græsk relief. Om en måned skal familien til Marina di Pisa og på et senere tidspunkt til Rom. Hans skal på tur til Firenze. Besse er blevet smuk og efterstræbt.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/1NKz</t>
+  </si>
+  <si>
+    <t>Pisa 4 Juni 1912
+Via San Lorenzo 44
+Kære Johannes V. og Else!
+Det var en Glæde at modtage Jeres Fotografier. I er Gudskelov Jer selv lig – naturligvis – men det gør dog godt at se det bekræftet af Jer alle, (måske Jens bør have Præmien for at have understreget sig selv eftertrykkeligst.) Tak for Dit Brev. Familien undtaget, er Du det eneste Menneske jeg taler med. Det kunde lade på Dig som Du er ved at gennemleve en Tid hvor Din Bølge samler Tilløb til sin næste Stigning. Det, at gå imod Strømmen, har også sine Glæder, det var vist Uglespil der altid sang når han gik [et overstreget, ulæseligt ord] opad Bakke fordi han glædede sig ved Tanken om at skulle gå nedad når han nåede Toppen. Min Tro om Dig er den, at Du er den eneste der ejer Betingelser for at kunne blive det faste Punkt i Danmark. – (Det har jeg vist forresten sagt Dig før) – Skulde den Tid komme da Else blev anerkendt Dronning i Danmark, så ved jeg En at [”at” overstreget] af hendes eget Køn der allerede har anerkendt hende, nemlig Anna. Forresten føler jeg lidt Uro når jeg ser på Dig og Else på Fotografierne. Det er det Billede jeg skulde gøre, og som foreløbig ikke bliver gjort. Nå Jeres Ungdom holder jo, og jeg må håbe på at min egen kan vare en Tid endnu. Vi har havt det koldt her også [”også” overstreget] i Maj. I Dag har vi havt den første Sommerdag. Derimod var Febr. Marts og April varme. Hveden har store Kærner og skal nu kun modnes. Jeg har lige sluttet en stor Kopi fra camp santo med Adam og Eva (i mange Situationer) For Tiden maler jeg Anna, Besse, en Buket Blomster og et gammelt græsk Relief, der [et par overstregede bogstaver] tilsammen skulde blive et Billede. Desuden maler jeg en Madonna med Barnet, hugget i Marmor af Giovanni Pisano, altsammen i campo santo. Om en Måned drager vi til Marinaen Jeg glæder mig til Enebærtræerne, de vilde Evighedsblomster (de samme som på Fynshoved, men noget mere langstilkede) og Havet. Skade at I ikke kommer også. Landsmænd lader I til at kunne undvære en Månedstid uden større Savn. Italienerne er efterhånden blevet mig fuldstændig ligegyldige, hvad jeg finder ganske behageligt. To-tre vi kender nærmere er rare tiltalende Mennesker. Vi har i Sinde at gøre en Romerrejse en Gang i Sommer. Hans cykler om nogle Dage til Florens sammen med en Del Kolleger – scultori -. Han trives udmærket. Arbejdet går godt (han tjener 15 Lire om Ugen) begynder at føle sig stående på egne Ben, har tilegnet sig Byen og den nærmeste Omegn. Besse er vokset sin Mor over Hovedet og blevet både ”bella” og ”grassa”. Der er en ung Student som forfølger hende på Gaden [det følgende skrevet lodret op langs papirets højre kant] og i ”Cinematografo”, men hun tror ikke vi ved det, hun vil for Tiden være ”A[ulæseligt]”. Det følgende skrevet øverst på arket og på hovedet i forhold til resten af teksten:] Mange Hilsener fra os alle. Eders hengivne Fritz Syberg.</t>
   </si>
   <si>
     <t>1912-06-19</t>
   </si>
   <si>
     <t>Pierre-Auguste Renoir
 Anna Syberg
 Frederik Vermehren</t>
   </si>
   <si>
     <t>Anna og Fritz Syberg samt deres seks børn boede i Italien fra efteråret 1910 og små tre år frem.
 Fiaschi= kolber.
 Campo Santo er begravelseskapellet ved det Skæve Tårn i Pisa. Fritz Syberg malede flere akvareller i form af kopier af freskoer og relieffer på dette sted. 
 Nordskovvej findes nær Fyns Hoved på Nordøstfyn. Syberg-familien opholdt sig flere år i træk somrene over på Fyns Hoved, inden de tog til Italien.</t>
   </si>
   <si>
     <t>Anna har haft et maveonde. En skypumpe har taget øverste etage af et hus, men der har ikke været oversvømmelse.
 Fritz Syberg fandt endelig forleden løsningen på et billede, som han havde arbejdet på i 14 dage. Al kunst er noget humbug. Naturen overgår langt kunsten. Men man maler for sin egen fornøjelses skyld.
 Anna og Fritz Syberg har tømt hvad der svarer til 1800 flasker landvin i den tid, de har været i Italien. 
 Lyset over domkirken, tårnet og landskabet har været fantastisk. Et lyn slog forleden ned i lynaflederne i byen, og det gav nogle kæmpe brag. Syberg kom til at tænke på en skypumpe, som han så ved Nordskov i 1907.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/M371</t>
   </si>
   <si>
     <t>Pisa Via San Lorenzo 44
 19-Juni 1912
 Kære Joh. V. og Else.
 Vi har det ug. Anna er Rekonvalesent efter en Mavehistorie hvor hun har måttet holde Sengen og holdt Diæt. I Dag har hun kunnet spise Jordbær, så alt er vel. Skypumpen skal ganske rigtig have været her og taget øverste Etage af et Hus med sig, men Oversvømmelse har her intet været af, tvertimod har Arnoen været ualmindelig vandfattig i denne Vinter. Tak for Eders Brev som jeg vilde have besvaret igår straks jeg modtog det, men jeg følte mig som en ussel Synder fordi et Billede jeg havde arbejdet på en 14 Dages Tid pludselig klikkede for mig Efter at jeg havde tilbragt en temmelig søvnløs Nat og øvet mig i den Kunst der skal være den sværeste af alle, ”at herske over sig selv” tog jeg fat i Dag igen, og jeg tror Vorherre har taget mig under Armen igen, - Vorherre eller Jomfru Maria.
 At begynde som Vermehren og ende som Renoir er en meget naturlig Udvikling for en Maler fra disse Årtier (det omvendte vilde være mindre tiltalende) Forresten er al Kunst jo noget forbandet Humbug. Vermehren er jo en Zinke mod de gamle Flamlændere og hvad er de igen mod Naturen selv. Jeg har et eller andet Sted set hvordan en fintsleben Manchester Synål tager sig ud ved Siden af en Hvepsetråd begge [”begge” indsat over linjen] under Forstørrelsesglas. Dersom det ikke var for sin egen Fornøjelse man malede, så måtte det dog være en forbandet Tilværelse at være Maler.
 Tak for ”Skålen”. Vi skal nok gøre Gengæld Vi vil drikke Eders Skål i almindelig Italiensk Landvin, for det er og bliver den bedste af al Vin her på Pladsen. Hvor uundværlig den er os kan I vide når jeg fortæller Jer at vi til Dato har tømt noget over 600 Fiaschi – en Fiasco indeholder ca 2 ¼ Liter – med et rundt Tal 1800 Flasker, siden vi kom herned. 
 Vi har ikke meget at prale af her hvad ”Sommer” angår. I Dag mærker jeg første Gang iår Varmen som italiensk. Det skæve Tårn og Domen lyser og tindrer så man kniber sine Øjenlåg sammen fuldstændig blændet af Lyset, og skønt Luften er et Lyshav er Landskabet dog endnu mere lysende, men det er ikke mere end to Dage siden at [”at” overstreget] vi havde Storm og Torden, en øredøvende Kanonade Det slog vist ned i alle Lynafledere i Pisa. Jeg stod i campo santo, det var som mine Trommehinder skulde sprænges. Jeg mindedes den regnfulde Sommer hjemme 1907, da så vi en Skypumpe tage en halv Herregårdsmark, let Jord førte den ud og bedækkede Nordsskovvejen på flere hundrede Alens Længde, så Bønderne måtte ud at øse – ikke Sne – men Sand. De hjerteligste Hilsener fra os Alle – Vi tænker lidt på Jer vi gør det vist hver Dag. Eders hengivne Fritz Syberg</t>
+  </si>
+  <si>
+    <t>1912-06-27</t>
+  </si>
+  <si>
+    <t>Det Kongelige Bibliotek
+Kerteminde Egns- og Byhistoriske Arkiv</t>
+  </si>
+  <si>
+    <t>Johannes V. Jensen beskriver familiens sommerliv i Tisvilde og beskriver sine egne forsøg på at male lidt.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/aOrw</t>
+  </si>
+  <si>
+    <t>27 Juni 12
+Kære Ven
+Tak for den lille morsomme historie, som jeg indlemmer i min Samling af psykozoologiske Mærkværdigheder (under Rubrikken "missing link").
+Her er ikke noget nyt, uden at vi omsider har faaet bedre Vejr, nogle henrivende Dage, der har mindet mig om Fyns Hoved, Oksetunge og Slangehoved staar i fuldeste Blomstring, Marehalmen hænger med Støvknapper, Skabiose er kommen, Rugen staar med Klinte og er ved at blive lys, det er Højsommerdage, tiltagende Maane, og Hylden blomstrer. Dejligt! Vi gaar i Vandet og Børnene stanges med Bølgerne, Else gaar som en Lystaage i Solskinnet. Jeg har i Dag paa en laant Hest haft en ganske dejlig Ridetur gennem Skoven. Hvad kan man ønske mere? Ellers gaar jeg kun og tænker paa min store Rejse til Sibirien og bestiller ingenting. Jeg har malet en nature morte med en Skildpadde, en Legetøjshest, en Blaamusling samt en Tændstikæske, Børneværk, men nu har jeg sat et stort Lærred op med en Whiskyflaske, en Sodavand, Glas, Cigarkasse, det er mere voksent. for Resten tror jeg nok jeg en af Dagene tager ind til Byen og lægger en Bog paa Stablen, for dette bliver næsten for paradisisk. - Jeg har skænket mig et Glas af min sidste nature morte og drikker din Skaal, dette skrives ved Skæret af den lyse Nat, Naturen er ikke død! Mit næste billede skal forestille en Cykle, Selandia, badende Pensionatsdamer, Høstakke i Tordenvejr og en Portion Jordbær, altsaa et ganske futuristisk Billede. Svagt Vid! Hav mig undskyldt, jeg er falden fra Pennen. Sandheden er at vi har det bedre end det kan males eller skrives. Whiskyen smager godt. Cigaren smager, Børnene er i seng, og deres Tumult stilner af. Klokken dikker, Else skriver under meget Hovedbrud til sin Moder og ude er der Dis som spaar Varme ogsaa i Morgen. En anden Gang et samlet Brev
+Hilsen til alle! Vi bryder ogsaa op en gang; J.V.J.</t>
+  </si>
+  <si>
+    <t>1912-7</t>
+  </si>
+  <si>
+    <t>Paris, Frankrig.
+Marin di Pisa, Pisa, Italien. 
+Fynshoved, Martofte</t>
+  </si>
+  <si>
+    <t>Johanne Giersing
+Ernst Syberg
+Fritz Syberg
+Hans  Syberg</t>
+  </si>
+  <si>
+    <t>Renskrevet på skrivemaskine af ukendt person. Det er uvist, hvor originalbrevet befinder sig, Der er transskriberet efter kopien. 
+Rille: Ernst Syberg (se denne)
+Besse: Johanne Giersing (se denne)</t>
+  </si>
+  <si>
+    <t>Anna Syberg skriver klagende om sommervarmen, som udmatter hende meget. Men hun glæder sig over, at børnene boltrer sig i vandet. Hun ser meget frem til Goldschmidts besøg hos dem og udbeder sig nærmere oplysninger om ankomsttidspunkt mm. fra Paris, hvor Goldschmidt har opholdt sig. 
+Frits Syberg maler som en engel, skriver hun.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/RJDN</t>
+  </si>
+  <si>
+    <t>Kære Ernesto
+Det er virkelig rystende at faa Brev fra Dig fra Paris efter at have ventet en hel Maaned at faa et Livstegn fra København med Adresse o.s.v. - det var rystende som sagt, egentlig behagelig rystende, for i denne Varme har jeg ikke tænkt mig at noget mellem Himmel og Jord skulde kunne fremkalde Spor af Fornemmelser i mig endsige faa mig til at sætte en Pen paa Papiret. Det er altsaa Dig, jeg blev virkelig rørt over at Du har lagt Mærke til at jeg har indstillet min Brevskrivning. Hvis Du nu ikke havde været saa fiks i din Maade at skrive Brev paa, men i Stedet for en Mængde Brevkort uden "Ende" havde sendt os ordentlig afsluttede "Mange Hilsener, Din hengivne o.s.v." eller i italiensk Aand "tusind Omfavnelser og Kys din o.s.v." Dokumenter som det sig hør og bør mellem ordentlige Mennesker, saa havde vi ikke gaaet der og ventet paa "Enden" i 14 Dage men straks svaret Dig. Det ryster mig at det lader til at Du _dog_saa smaat havde tænkt paa at komme her til. Men kan Du da ikke komme endnu, jeg bliver jo kun bedre for hver Dag der gaar. Kan Du sove paa en Sofa? Hans tager Ferie i August og er her altsaa ogsaa. Men hvis Du kommer, saa vær sød og skriv omgaaende, for vi skal paa Lørdag have en Del Habengut herud og kunde da faa en Seng sendt med. Selvfølgelig skulde Du være her som Gæst, Din Idiot. Nu er Varmen lidt i aftagende og saa er her rart. Børnene er kostelige i Vandet og svømmer alle glimrende, selv Rille. Besse bliver mere og mere bella og har en Del Tilbedere. En ung Officersspire er allerede falden paa Valpladsen, i disse Dage er det en ung dejlig marinio der falder i hendes Smag. Kvindfolk er noget Rak, Fritz er en Engel og maler som en saadan. Selv bestiller jeg intet i denne Varme. Kan man andet i Paris end gispe efter Luft. Hvor et frisk Fynshovedpust staar for os som noget vidunderligt. 
+Mange Hilsener Din hengivne Anna.</t>
+  </si>
+  <si>
+    <t>1912-07-24</t>
+  </si>
+  <si>
+    <t>Gilleleje
+Glorup</t>
+  </si>
+  <si>
+    <t>Jens Theodor Berg
+Wilhelmine Berg
+Frederik Hallin
+Kristian Kongstad
+Andreas Larsen
+Johan Larsen
+Eiler Lehn Schiøler
+Peter Magnussen
+Johannes Rump
+Frk Skov
+Laura Warberg
+Johannes Werner
+Viggo Winkel</t>
+  </si>
+  <si>
+    <t>Træsnittene og penge i kassen: Johannes Larsen arbejdede på træsnitsillustrationer til St. St. Blichers Trækfuglene, som Dansk Radeerforening skulle udgive.
+Hallin og stel: Hallin var ansat ved Bing &amp;amp; Grøndahl. Der er muligvis tale om det stel, som Johannes Larsen dekorerede til Fyns Forsamlingshus.
+"Et stort Værk om Ænder": Eiler Lehn-Schiøler planlagde et 10binds bogværk om Danmarks og Grønlands fugle. Se Lehn-Schiølers biografi i databasen.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen er hos Winkel &amp;amp; Magnussen, men cheferne er der ikke, så Larsen tager til Winkel i Gilleleje. 
+Larsen kan få penge for træsnittene, så han knokler løs. Han har set på stel (hos Bing &amp;amp; Grøndahl) og får farver derfra. Lehn-Schiøler har bedt Larsen lave "noget til et stort Værk om Ænder".</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/WL46</t>
+  </si>
+  <si>
+    <t>[Fortrykt øverst på papiret:]
+KUNSTHANDEL
+V. WINKEL &amp;amp; MAGNUSSEN
+HØIBROPLADS 7 2. SAL TELEFON 5162 KØBENHAVN K
+[Håndskrevet:]
+24 Juli 1912
+Kæreste Alhed. Jeg sidder her og skriver. Jeg har for øvrigt siddet her hver Dag og ventet paa W eller M. uden at faa dem at se. Frk. Skov har været meget hemmelighedsfuld nærmest blød paa Hjernen, har haardnakket vægret sig ved at telefonere til Gilleleje fordi hun viste at begge Chefer var ude paa en Forretningsrejse og vilde komme her først. I Mandags skulde de komme mellem 10 og 11 i Gaar og i Dag ligeledes. Hvor de var henne maatte hun ikke sige. Nu opklares det endelig at W. har siddet i Gilleleje siden i Mandags. Jeg tager derud i Aften Kl. 6 kommer til W. henad 9, overnatter i en Fiskerhytte, det har Badehotellet lovet mig og skal af Sted en 7 i Mrg. tidlig for at naa Fynstoget 12.30 Fanden til Forbindelse. I Gaar tog jeg i min Kedsomhed ud til Kongstad skønt han ikke kunde ringes op. Huset var lukket af. Ingen igen. Zuluens og Arkitektens var til Middag hos Din Moder i Aftes. Din Moder tager til Glorup i Mrg eller Fredag. Werner sagde at de havde Pengene i Kasser og jeg kunde faa dem saa snart jeg var færdig, hvad jeg foretrækker. Det er en god Grund til at lægge alt andet til Side og klemme paa med Træsnittene jeg haaber paa at kunde gøre det paa 5-6 Uger højst. Har talt med Hallin og set paa Stel i Gageret. og Overglasurmaling paa Fabr. det ser meget nemt ud. Hallin vil foreskrive Farver til mig. Rumps i Norge. Hos Lehn-Schiølers Mandag Aften han vil gerne have mig til at lave noget til et stort Værk om Ænder. Nu maa jeg jo se hvad jeg kan faa ud af W, M havde været bedre i dette Tilfælde. Har ellers ingen mødt.
+Mange kærlige Hilsner til Jer alle tre Din Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1912-08-03</t>
+  </si>
+  <si>
+    <t>Familien længes nu efter at komme hjem til Danmark. De små drenge savner Fynshoved. Hjemkomsten er fastsat til 1. juni 1914. Næste sommer rejser familien til Paris og bliver der et år.
+Hans har vist en vis antipati mod italienerne. Syberg-familien har lært et dejligt italiensk par med seks sønner at kende. Den ene søn er voldsomt forelsket i Johanne/Besse, men hun vil ikke have ham, og nu er han så hårdt ramt, så han taber sig og ikke kan sove. Vægttabet er et problem, da han skal holde en vis vægt for at komme ind på officersskolen. Hans tager sig lidt af den unge mand.
+Syberg maler børnene. Han kan ikke forstå malere, der rejser fra egn til egn og leder efter motiver.
+Det er godt, at Johannes V. Jensen formodentlig er hjemme sommeren 1914. Else og han kan komme til Paris i 1913 og besøge Syberg-familien.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/aQkg</t>
+  </si>
+  <si>
+    <t>Marina di Pisa
+Hotel Balestri
+3 Augst 1912
+Kære Venner!
+Hjærtelig Tak for Fødselsdagsbrevet og for Eders venlige Tanker og Ønsker. Om jeg er gammel ved jeg intet om, men et ved jeg at Jorden; vor gamle Klode, holder sig godt. Vi bor her på et af det [t i slutningen af ”det” overstreget] mest kultiverede Stykker af dens Overflade, men trods det, forbavses jeg dog daglig over hvor uopdaget og ung Jorden er. Imidlertid begynder vi dog så småt at blive Italiensmætte. Med ”vi” mener jeg nærmest Familien, og med Familien mener jeg Anna og Pigebørnene. De tre små Drenge længes tidt efter Fynshoved Trylle sparer trofast sammen til sin ”Beltbåd”. Vor endelige Hjemkomst er nu fastsat. 1ste Juni 1914 rejser vi til Fynshoved (Næste Sommer drager vi til Paris og bliver der 1 År.) Hvad mig selv angår da er hele denne vor [”hele” og ”vor” indsat over linjen og ”denne” overstreget] Rejse nærmest at betragte som en Opgave der stilledes mig udefra. Man ved jo intet om Italien andet end noget højtravende Sludder og får heller intet at vide om dette Land uden ved at se det selv. Hans bliver ikke ”Italiener”. På enkelte Undtagelser nær tror jeg nok han nærmest har nogen Antipati mod Italienerne. Han kommer meget godt ud af det med dem, morer sig over dem men foragter dem nok lidt, tror jeg. Kiplings Skildring af Bandasfolket rinder også mig i hu hernede af og til. En Familie er vi dog kommet på nærmere Hold hernede. En Officersfamilie med 6 Sønner. Desværre er vi kommet for Skade at tilføje dem et Hjertesår. Deres tredieældste Søn har forelsket sig i Besse og i nogle Måneder kuret til hende, men netop i disse Dage er det kommet til en Slags Forklaring. Besse vil ikke vide af ham, som andet eller mere end opvartende Kavaler. Hun er 16 han 17. Jeg vil håbe han overlever det skønt han har taget sig det meget nær det Skind. Han søger Trøst hos Hans som tager sig af ham, boxer med ham, lærer ham at ro. (Han kan nemlig ikke sove mer) [) overstreget] og må derfor se at trætte sig). Af andre Genvordigheder han har at spekulere over er denne [”denne” overstreget] den følgende den værste: Efter at han nu lige har taget sin Eksamen og skal ind på Officersskolen (han skal ind i Luftflåden) skal han endnu bestå to Prøver den ene er, han skal have en vis Vægt – mindst 50 Kilo, han vejer 51 men magres jo af under disse [”disse” overstreget] denne Modgang, desuden skal han holde et vist givet Brystmål, men saa [”saa” overstreget] nu tørrer han vel ind. Helt glad er jeg nu ikke, mest fordi det er en, sjælden sympatetisk Familie Jeg mindes ikke jeg nogensinde har set et så smukt Forhold mellem Fol [”Fol” overstreget] Forældre og Børn som der. Des [”Des” overstreget] Al Familien er kemisk fri for den almindelige italienske Dovenskab som hersker i Signoreklassen, er [”er” overstreget] er ikke det mindst tiltalende ved den. 
+Jeg maler Børnene og sylter mig i det hele taget ind i sådan en Masse Arbejde så jeg imødeser den Dag da jeg tager en rask Beslutning pakker hele Gøjemøjet sammen [og] stikker af. Blive her hele sit Liv kan man jo dog ikke. Jeg har aldrig forstået hvad det er for en Drift der driver Malere fra den ene Egn til den anden for at finde noget at male. Mig er det altid gået omvendt, har jeg først fået fat et Sted kommer jeg egentlig aldrig mere fra det. Til Gengæld synes jeg Emnerne er hvor man selv er.
+Det er rart Du er på Rejse næste Sommer Så er Du formodentlig hjemme Sommeren 1914 så vi kan mødes. Send Else en Ferietur til os i Paris September 1913 og [overstregede bogstaver] kom selv og hent hende der, når Du vender hjem fra Sibirien. Var det ikke en Ide?
+Vi har Varmen – jeg har været utilpas (Influenza) en 14 Dages Tid. I Dag er jeg rask igen.
+Vore hjærteligste Hilsener til Dig, Else og Børnene
+Din hengivne
+Fritz Syberg</t>
+  </si>
+  <si>
+    <t>1912-08-12</t>
+  </si>
+  <si>
+    <t>Poul S. Christiansen
+Peter Hansen
+Christine Rasmussen</t>
+  </si>
+  <si>
+    <t>Faaborg Byhistoriske Arkiv, Mads Rasmussens familiearkiv, Mappe 29</t>
+  </si>
+  <si>
+    <t>Fritz og Anna Syberg ønsker Mads Rasmussen tillykke med etatsrådtitlen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/4qn3</t>
+  </si>
+  <si>
+    <t>Marina di Pisa
+Hotel Balestri
+12-8-12
+Kære Hr. Etatsraad!
+Til Lykke! Vi så det i Dag i Politikens Ugeblad "for Danske i Udlandet" som vi holder [hul i papiret] at kunne være a jour med de vigtigste Begivenheder hjemme. 
+Hjærtelig til Lykke til Dem og Deres Frue.
+Hvor længe mon der skal gå inden Peter Hansen bliver Etatsråd, en af de fynske Malere må virkelig gøre sig fortjent til Tittelen for Fåborg Musæets Skyld. Peter Hansen må gøres til Etatsråd med Tiden. Poul Christiansen har kunde måske bære Tittelen ligeså godt men han når nep[pe, står der formentlig,men der er hul i papiret] mere end blive Ridder af Dannebrog. Hvad mig selv angår, da vil jeg søge at være tilfreds med den Tittel jeg allerede har opnået - endnu mens jeg boede i Svanninge :-"Løgtefører" No1 ved Svanninge faste Brandmandskab"
+Vi har det alle udmærket, trods Storm og Bølger. Vi har havt et lignende Vejr her i den sidste halve Måned som i den store Regn[som]mer 1907 i Danmark. 
+[de] kraftigste Hilsener fra os alle til Dem, Frue og børn
+Deres hengivnge
+Fritz Syberg
+Kære Hr Etatsraad
+og Fru Etatsraadinde!
+Jeg glæder mig til at se Dem i Deres nye Værdigheder, naar vi om 2 Aar igen vender hjem. Jeg er vis paa, at Titlen [klæder] Dem, og De klæder Titlen.
+De varmeste Hilsener
+Deres hengivende 
+Anna Syberg</t>
+  </si>
+  <si>
+    <t>1912-10-11</t>
+  </si>
+  <si>
+    <t>Aage Møller</t>
+  </si>
+  <si>
+    <t>Faaborg</t>
+  </si>
+  <si>
+    <t>Kontorchef Aage Møller skriver på Mads Rasmussens vegne til Jens Birkholm og beder ham komme til et møde mandag eftermiddag i Mads Rasmussens københavnske bolig i Skjoldsgade. Det er på høje tid, at der bliver truffet bestemmelse om opførelsen af bygningen til Faaborg Museum, hvis byggeriet skal påbegyndes i efteråret.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/t9sQ</t>
+  </si>
+  <si>
+    <t>11'Oktober 1912.
+Herr Kunstmaler Birkholm,
+Faaborg.
+Etatsraad Rasmussen har bedt mig meddele Dem følgende. Af Bladene fremgaar, at der kommer en Del fynske Malere til Byen paa Lørdag i Anledning af Festen for Etatsraaden,som dog ikke ved hvem,men Johs Larsen vides dog at være kommen. Da Tegningerne til Museet nu er komne og i disse Dage har cirkuleret om mellem Bestyrelsesmedlemmerne her i Byen, vil Etatsraaden meget gerne benytte Lejligheden til at faa et Møde af samtlige Bestyrelsesmedlemmer paa Mandag Eftermiddag Kl. 3 i Skjoldsgade Nr 10, da det jo er paa høje Tid at faa taget en Bestemmelse, naar Opførelsen af Bygningen skal paabegyndes i dette Efteraar. Etatsraaden beder Dem derfor komme til dette Møde. 
+Ærbødigst
+Aage Møller</t>
+  </si>
+  <si>
+    <t>Aage Møller
+Mads Rasmussen</t>
+  </si>
+  <si>
+    <t>Peter Tom-Petersen</t>
+  </si>
+  <si>
+    <t>Frederiksberg</t>
+  </si>
+  <si>
+    <t>Kontorchef Aage Møller beder på Mads Rasmussens vegne indtrængende om, at Tom-Petersen alligevel forsøger at komme til det indkaldte møde, som han ellers har meldt afbud til. Det er vigtigt, at bestyrelsen samles og får truffet nogle beslutninger, hvis byggeriet skal begynde til efteråret.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/gfWU</t>
+  </si>
+  <si>
+    <t>11' Oktober 1912.
+Herr Kunstmaler Tom Petersen,
+Mathildevej 2.
+Etatsraad Rasmussen har bedt mig meddele Dem, at han har modtaget Deres Brev, hvori De meddeler, at De ikke kan komme til Møde paa Mandag.Af en Notits i "Riget" angaaende Festen paa Lørdag fremgaar det,at der er en Del fynske Malere her i Byen i den Anledning,Johs Larsen er kommen,og Etatsraaden beder mig skrive til Dem, at han meget gærne vil have Bestyrelsen samlet nu pa Mandag ,da det er paa høje Tid at faa taget Bestemmelse, naar Byggeriet skal begynde i Efteraaret,og at han indtrængende beder Dem gøre Udvej for at kunne komme. Som opgivet i Cirkulæreskrivelsener Mødet fastsat til Kl 3 Mandag Eftermiddag i Skjoldsgade 10. 
+Ærbødigst
+Aage Møller</t>
+  </si>
+  <si>
+    <t>1912-11-04</t>
+  </si>
+  <si>
+    <t>Johannes V. Jensen nævner "Lunde", som øjensynligt er forfatter. Det drejer sig muligvis om forfatteren Hans P. Lunde (1859-1948).</t>
+  </si>
+  <si>
+    <t>Johannes v. Jensen beklager, at han har haft Lundes brev liggende i en bunke og mener ikke, han kan gøre noget for ham. Det er så småt ved at blive vinter, og han og Else går til koncerter for at more sig. Han regner med at tage af sted på sin rejse til januar.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/BMiP</t>
+  </si>
+  <si>
+    <t>4 Nov 12
+Kære Ven
+Til min Forfærdelse finder jeg Lundes Brev som jeg har haft liggende i en Bunke Breve mens jeg havde travlt. Du maa meget have mig undskyldt. Jeg lagde det hen uden Haab om at kunne gøre noget for ham iøvrigt., da jeg nemlig ikke har læst en eneste Linje af ham; jeg er heller ikke sikker paa en Anbefaling fra mig vilde have den tilsigtede Virkning.
+Her sker ingenting, det bliver saa smaat Vinter med Sne paa Tagene om Morgenen. Af Fynboer ser jeg faa. Else og jeg maa gaa til Koncerter for at more os, alle Mennesker har nok i deres egne Næringssorger. De dobbelte Vinduer er sat op, en Kulvogn ruller paa Gaden. Rom? Jeg rejser tænker jeg i Januar. Else og Børnene har det godt, jeg skal hilse fra dem.
+Din hengivne
+Johannes V.</t>
+  </si>
+  <si>
+    <t>1912-11-30</t>
+  </si>
+  <si>
+    <t>Carl  Knippel
+Johannes Larsen
+Johan Christian Petersen
+Anna Syberg</t>
+  </si>
+  <si>
+    <t>Mads Rasmussen har været på Fyn, hvor han bl.a. besøgte Johannes Larsen og købte et par billeder af ham til sin samling. MR har yttret ønske om, at et stort billede af Anna Syberg erhverves til Faaborg Museum og begrunder dette. JL har anbefalet, at MR straks skriver til Fritz Syberg herom, da det er sendt til udstilling i New York. Carl Petersen fik opgaven med at tegne det nye Faaborg Museum og er ved at udarbejde detailtegninger.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/5iDX</t>
+  </si>
+  <si>
+    <t>30'November 12.
+Kære Herre Fritz Syberg :
+Tak for Deres venlige Brevkort. J Mandags var min Hustru og jeg paa Fyn i Anledning af min ældste Broders Sølvbrylluo , og med det samme vi var derovre tog vi saa tillige med min Broder i Odense ned til Joh. Larsens i Kjerteminde. Jeg købre et Par dejlige Billeder af han til min private Samling.Jeg yttrede Ønsket om,at det store Billede af Deres Hustru og Søn -Moder og Barn" hedder det vist - erhverves til Faaborg Museum, da "Dødsfaldet" eventuelt ikke kan faaes, i hvilket Tilfælde det vilde være rart at have det andet og skulde Dødsfaldet saa senere kunne faaes, kan vi maaske saa ogsaa købe det. Johs. Larsen sagde saa, at det er sendt til Udstillingen i New York ,og at det vilde være bedste, om jeg strax skrev til Dem ,for at De eventuelt kunde afværge et Salg .Hvad skal Faaborg Museum give for det? Skov har laant et af Faaborg Museum og sendt derover, som jo heller ikke kan sælges.
+Carl Petersen fik saa Arbejdet paa det nye Museum og er i Færd med at Udarbejde Detailtegningerne,som vi var ude at se i Aftes,og efter hvad jeg kan se bliver det et dejligt Museum. Det bliver udbudt til 1' Januar. Vi glæder os meget til at se Deres Billeder, naar De kommer hjem, og vi kan saa eventuelt [overstreget] faa til en Stue. Jeg sender et Udklip af Faaborg Avis med en Artikel om Museet. 
+Med venlig Hilsen til Dem og Deres Frue fra min Hustru og mig forblive jeg
+Deres hengivne
+M Rasmussen
+P S : Jeg ser at jeg har ikke et af de paagældende Exemplarer af Faaborg Avis, og har derfor skrevet til Carl Knippel ,som har foranlediget den indrykket, om at sende Dem et Udklip direkte. Carl Petersens Mening er, at det vil blive det smukkeste Museum i Landet efter Thorvaldsens. D.S.</t>
+  </si>
+  <si>
+    <t> 6. dec. 1912</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/0BetQdRq</t>
+  </si>
+  <si>
+    <t>1913-01-23</t>
+  </si>
+  <si>
+    <t>Sprogø</t>
+  </si>
+  <si>
+    <t>Andreas Larsen
+Georg Larsen
+Johan Larsen
+Christian Rasmussen
+Ellen  Sawyer
+Karl Schou
+Marie Schou</t>
+  </si>
+  <si>
+    <t>Johannes Larsen er på Sprogø for at male. 
+"Ring til Gross. og lad ham hente indlagte": Der er ikke indlagt noget i brevet på Det Kongelige Bibliotek.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen kan ikke gøre for, at hans telefonstemme ikke er vellydende.
+Han har lagt tre store billeder an - det ene med havlitter og ænder.
+Alhed må sende brevpapir og kuverter. Johannes Larsen vil ringe til hende.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ZRh3</t>
+  </si>
+  <si>
+    <t>Sprogø 23 Jan. 1913.
+Kæreste Alhed!
+Tak for Brev og Aviser. Kassen og Træskoene kom ogsaa. Jeg telefonerede i Gaar men Du var jo i Byen. Jeg kan ikke gøre ved at min Stemme ikke er vellydende i Telefonen. Da jeg var hos Klaks bebrejdede Du mig det samme, men det er da ikke noget at give 45 Øre for at faa at vide, desuden kan jeg ikke sidde mellem Fyrmesteren og hans Kone og Søster og forsøge at lægge mere Inderlighed i min Røst end jeg af Naturen er udrustet med. Jeg vil til at male nogle større Billeder nu. Jeg lagde i Gaar 3 an af samme Størrelse som Edderfuglene. Det sidste malede jeg igennem ude i Forgaars og tror nok det har vundet betydeligt. Det ene af de ny skal være med 3 Havlitter, en And og 2 Andrikker som har ligget her nedenfor de sidste 3 Dage, saa nær at det kan blive 3 Portræter. Hvad de 2 andre skal forestille ved jeg ikke endnu men det ordner sig nok. 
+Det har snet meget i Gaar baade paa Sjælland og Fyn men ikke her.
+Jeg fik et Par Ord fra Marie Schou med Schous Adr. hun har Ischias. Kan Du næste Gang sende mig lidt mere Brevpapir, men Du kommer til at ofre nogle Konvolutter af samme Slags som denne, den og en til har holdt sig udmærket mens alle mine andre er klistrede uhjælpelig sammen. Hvad fejler Elle? Nu prøver jeg at ringe op i Morgen Aften saa antager jeg at Du har faaet dette Brev og holder Dig hjemme ved 5 ½ Tiden, til andre Tider kan jeg ikke uden at kolidere med Arbejde eller Spisetider. Det er da glædeligt at det gaar fremad med lille Lysse, sig ham saa mange Tak for hans Brev det glædede mig meget. Hils ham og lille Puf og mange kærlige Hilsner til Dig selv fra Din
+Johannes Larsen.
+P.S.
+Ring til Gross. og lad ham hente indlagte
+JL.</t>
+  </si>
+  <si>
+    <t>22. feb. 1913</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/jX4esYqy</t>
+  </si>
+  <si>
+    <t>1913-04-26</t>
+  </si>
+  <si>
+    <t>Stormgade</t>
+  </si>
+  <si>
+    <t>-  Bramsen
+Niels Hansen
+Peter Hansen
+Fritz Syberg</t>
+  </si>
+  <si>
+    <t>Faaborg Byhistoriske Arkiv, Mads Rasmussens familiearkiv, Mappe 30</t>
+  </si>
+  <si>
+    <t>Nicolaus Lützhøft foreslår flere værker, som han synes, bør erhverves til Faaborg Museum.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/nJMG</t>
+  </si>
+  <si>
+    <t>Stormgade 23 II 26/4 13
+Kære Herr Etatsraad!
+Ja nu plager jeg Dem atter, men det kan ikke undgaas. Jeg synes, det er forkert af Museet ikke at være parat, naar der tilbyder sig Lejlighed til Erhværvelse af ældre Arbejder af de gode Fynboer.
+Den Tegning af Syberg, som jeg nævnte for Dem, og som var gengivet i Ill. Tidendes Zahrtmann Nummer, kunde vi vistnok endnu faa. Den er saa udmærket saa karakteristisk for Syberg, at jeg mener, vi burde have den. Museet ejer ingen saa god eller betydelig Tegning af ham. Den kan vistnok faaes for 300 Kr. Den tilhører Tandlæge Bramsen, det er ogsaa et godt Skudsmaal for den, Herr B. har nu altid haft en fin Næse for Kunst.
+Et andet Arbejde, som vi kunde og burde høre er et Maleri af en nøgen ung Mand i et Landskab af Peter Hansen. Det er saa smukt, sommerligt friskt, og kraftigt malt, at man vanskeligt kan tænke sig bedre Repræsentant fra den særlige Side af Peters Kunst det viser.
+Ejermanden vil nok sælge det og vil sikkert ikke være urimelig med Prisen - jeg antager, de kan faas for c 400 Kr. men har ikke spurgt ham direkte.
+Ogsaa det Billede vilde det interessere mig meget, om vi fik.
+Jeg forstaar nok, er det maaske er en større Fornøjelse og Tilfredsstillelse for dem at købe direkte af Kunstnere, men for Museets Anseelse og Betydning som fuldgyldigt Samling, for Fynboernes Kunst, er saadanne Arbejder nødvendige, og jeg kunde maaaske gøre mig en Smule fortjent af Museet ved at henlede Opmærksomheden paa, naar der er Lejlighed til at erhværve Saadanne [overstreget - Arbejder] ældre Ting. Jeg anbefaler Dem indtrængende disse to og er med venlig Hilsen Deres 
+ærb. hengivne
+Nicolaus Lützhøft
+P.S. 
+Hvis der skal købes et eller to Billeder af Niels Hansen, har han flere kønne Ting til rimelige Priser paa sin Udstilling nu hos Winkel &amp;amp; Magnussen.</t>
+  </si>
+  <si>
+    <t>1913-07-17</t>
+  </si>
+  <si>
+    <t>Johannes V. Jensen beskriver højsommerdagene i Tibirke med familien.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ByKH</t>
+  </si>
+  <si>
+    <t>17 Juli 13
+Kære Venner
+Tak for Brevet og Tak for sidst! Nu forestiller vi os Jer altsaa i Edens Have paa Fyn, hvor Arbejde og Salighed gaar Haand i Haand. Her skulde det helst være ligesaa, dog vil det ikke rigtig gaa med mine Ting, Saligheden derimod er der ikke noget i Vejen med. Vi har Højsommer nu med Høstakke i Engen, stille Stuer hvor Fluerne summer hidsigt i Vinduerne og Vinden gaar med Solskin udenfor. Vi kører i Vandet med hver en Unge stablet op paa Cyklen, jeg har faaet et Kongelys plantet udenfor Huset, og ellers ved jeg ikke andet end at Tiden gaar. Her tales episk og dramatisk om en Mand som blev bidt af en Hugorm forleden, og ellers Verdenshistorien - jo bestaar den til syvende og sidst i andet end at man læser sin Avis og ser hvordan det skaber sig? Men en Dag skal man jo ud i det alligevel. Foran mig ligger en stor stor Pakke Papir som skal beskrives først. Anna sender jeg min højeste Orden, pour bonté et la mérite, jeg opdagede sidst at du har de mest mageløse Hænder og du skriver med bibelsk Kraft Breve, men saadan noget maa man ikke sige. Farvel og paa Gensyn
+J.V.</t>
+  </si>
+  <si>
+    <t>1913-08-21</t>
+  </si>
+  <si>
+    <t>Saltholm</t>
+  </si>
+  <si>
+    <t>Andreas Larsen
+Johan Larsen
+Theodor Philipsen</t>
+  </si>
+  <si>
+    <t>Litteratur:
+Philipsen og Fynboerne. Randers Kunstmuseum og Johannes Larsen Museet 2001</t>
+  </si>
+  <si>
+    <t>Johannes Larsen plukker champignoner på Saltholm og tegner Th. Philipsen. En flok halvfulde propfabrikanter har været på besøg og opført sig irriterende. 
+Philipsen har foræret Larsen to oliebilleder.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/9IuL</t>
+  </si>
+  <si>
+    <t>Saltholm 21 Aug 1913.
+Kæreste Alhed!
+Nu begynder Champignonerne rigtig at komme i Dag til Mrg fandt jeg omtrent et Par Pund paa Vejen herned. I Gaar Eftermiddags lavede jeg en Del Pennetegninger efter Ph. Mens han malede. Der kom en Flok halvfulde Propfabrikanter, en af dem kom hen og vilde have Ph med ind og faa en Genstand, hvad han jo ikke saa gerne vilde, hvortil den anden svarede at han led af Højhedsvanvid og naturligvis vilde være Proffessor (det ene f overstreget) men saavidt han gøre noget til det skulde han sGu aldrig blive det. Hvad er Deres æred Navn? Philipsen saa er de af Jøderacen jeg er sGu selv født Salomonsen. Ja jeg har staaet paa Hjørnet af Læderstræde og Amagertorv og solgt gamle Klæder sagde Ph. Er De - ? begyndte Jøden. De mener om jeg er omskaaren, det er jeg ikke endnu, men jeg kan maaske blive det sagde Ph, saa stak han af. Ph. forærede mig 2 Oljebilleder i Gaar saa hvis det bliver ved paa den Maade kan jeg jo faa en pæn Samling med hjem. Kan Du gemme Extrabladene til mig, altsaa fra Mandag excl.
+Ja nu skal vi ud at bestille noget igen.
+Mange Hilsner til Jer alle 3 Din
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1913-08-25</t>
+  </si>
+  <si>
+    <t>Andreas Larsen
+Johan Larsen
+Harald Meyer
+Theodor Philipsen</t>
+  </si>
+  <si>
+    <t>De omtalte veksler og afbetalinger hænger formodentlig sammen med Larsen-familiens byggerier i 1913. De fik opført nyt hus til møllerfamilien ved Svanemøllen, som Larsen ejede, og som var genbo til Larsens villa på Møllebakken i Kerteminde. Samme år byggede Larsen et hus til Alheds mor på Strandvejen i Kerteminde. Huset var tegnet af Carl Petersen.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har fået en veksel fra Bøttern. Han laver ikke flere veksler, før de 11.000 kr. er afbetalt.
+Larsen har malet to akvareller af Philipsen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/QaMo</t>
+  </si>
+  <si>
+    <t>Saltholm 25 Aug 1913.
+Kæreste Alhed!
+Tak for Dit Brev som jeg fik i Dag. Jeg kunde ikke naa at faa Svar med Posten da jeg ikke var hjemme da han var her, men nu skal der Folk over i Mrg tidlig som tager dette med. Samtidig med Dit Brev fik jeg vedlagte fra Bøttern med Vexlen. Jeg har underskrevet den men han maa spørge H. Meier først om det kan lade sig gøre, det kan det vel ikke, og i saa Fald maa han kassere den og smide en ny til Underskrift med det gamle Paalydende. Jeg har jo gaaet ind paa ikke at lave flere flere Vexler før de 11000 er afbetalt. Det har været dejligt Vejr i Dag og jeg har faaet 2 Aquareller med Ph. omtrent færdige og en paabegyndt som jeg med Held kan faa færdig i Mrg hvis det bliver Solskin. Jeg har det godt her er dejligt at være, men jeg længes alligevel snart efter Jer. Jeg skal hilse mange Gange fra Philipsen. Jeg traf Magnussen paa Gaden i Gaar og bad ham sende de 120 Kr til Ordrup &amp;amp; Charlottenlund Bank, hvilket han lovede at gøre. Ja nu maa jeg holde op da det er ved at blive mørkt og jeg skal hjem i Seng. God Nat
+Tusind Hilsner og Kys til Dig og Børnene
+Din
+Johannes Larsen.</t>
   </si>
   <si>
     <t>1913-10-14</t>
   </si>
   <si>
     <t>Pilegården</t>
   </si>
   <si>
     <t>Alhed Larsen
 Carl V Petersen
 Jens Rasmussen
 Mads Rasmussen
 Leo Swane
 Sigurd  Swane
 Anna Louise Syberg</t>
   </si>
   <si>
     <t>Det omtalte kunstblad, Kunst og Litteratur, Rejser og Haandgerning for Skandinavien, blev ikke realiseret (Erland Porsmose: Danmarks stemme i: Du Danske Sommer, Fynbomalerne og de jyske forfattere i samklang, Johannes Larsen Museet 2007 s. 24).
 "Ungen" er Anna og Fritz Sybergs barn nr. syv, Anna Louise, som blev født 6. oktober 1913.</t>
   </si>
   <si>
     <t>Alhed Larsen har været på besøg og fortalt, at man i København drøfter oprettelsen af et nyt kunstblad med Carl V. Petersen som redaktør. Fritz Syberg synes ikke, at Petersen er den rette, så han spørger Johannes V. Jensen, om han vil påtage sig jobbet. Jensen må svare meget hurtigt og evt. pr. telegram. Syberg skal desuden skaffe garanter, og han vil selv give en mindre sum, men kun spørge Mads Rasmussen om at donere noget, hvis Jensen vil være redaktør.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/yuBU</t>
   </si>
   <si>
     <t>Pilegården 14-10-13
 Kære Joh. V.
 Må jeg forklare Dig en Sag og derefter gøre Dig et Spørgsmål. Der er Tale om et nyt Kunstblad. Carl V. Petersen skulde være Redaktør hvem der skal være Medarbejdere ved jeg ikke, måske Carl V.P. er ligeså uvidende. Jeg har en Formodning om at Leo Swane og nogle andre af samme Surdejg skal vrøvle senilt om Cezanne.
 Som Du forstår, der ligger et Kunstblad i Luften. I Mangel af en bedre er C.V. P den bedste, han har redelige Hensigter men er desværre meget begrænset i sine Interesser og uden Initiativ. Dersom Petersen ikke laver det er det vist ikke utænkelig at en anden – jeg nævner ingen bestemt for jeg ved ingen – kunde finde på at starte Bladet hvorved det f Eks. kom i Hænderne på Foreningen for dansk Kunst eller hvad den nu hedder, omtrent det værste som kunde ske. Der er imidlertid en hel anden Udvej, at Du blev Redaktør af Bladet.
 Sagen forholder sig således. Alhed (det er jo altid Kvinder der står bag) kom i går fra København og meddelte mig hvad der var i gære og havde i Kommission at spørge mig om jeg dels vilde støtte Bladet ved at skrive i det dels ved at lægge mig i Selen for at skaffe en Garant. Denne sidste skulde selvfølgelig være Etatsråden M.R. Bladet skulde udkomme hos Gyldendal. Hvad der har givet Stødet til at det fremkommer netop nu formoder jeg er at ”ung” dansk Kunst som for Øjeblikket har en Udst. i Kunstforeningen ikke er blevet rost nok i de danske Aviser. Svogeren Swane – denne Gang er det Maleren – har vel på sin blide indtrængende Måde været enig med Alhed i at den Måde dansk Kunst varetages på var uforsvarlig. For mig må de lave såmange Kunstblade de vil, men [”men” og et bogstav mere overstreget] jeg har ikke noget imod Petersen heller ikke mod Goldschmidt (som vist ikke er [”er” indsat over linjen] rigtig velset i denne Kreds) men skal jeg bruges til at hverve Etatsråden, så indlader jeg mig kun derpå dersom jeg har Fidus til at Foretagendet bliver sådan at man kan være det bekendt. Den eneste jeg tror på kan redde det er Dig, enten det nu bliver som Redaktør eller fast og stadig Medarbejder. At Du omformer Kunstbladet til et helt nyt Bladforetagende ganske som Du selv vil har kun mit Bifald, blot det det overflødiggør et Kunstblad. Svar mig nu omgående om Du kan tænke Dig Muligheden af at gå med på dette. Send blot et foreløbig Svar der går ud på om Du overhovedet vil med i dette Foretagende. Vi skal nemlig til Middag hos Etatsrådens Broder i Odense (der eventuelt skal være en af Garanterne) og da skal der tales om Sagen. Jeg glæder mig til at lave en artig Opstandelse ved af [”af” overstreget] at foreslå at lægge Sagen i Dine Hænder. En Stemme er jeg sikker på nemlig Etatsrådens.
 Du har mit Brev i Morgen Kl. 9. F.. Send så Dit Svar så betids så det kommer afsted senest med halvfem-Toget (tror jeg) så har jeg Dit Svar Torsdag Morgen. (Det er nemlig Torsdag vi skal til Middag hos Overretten og drøfte Sagen.) Skulde det ikke kunde nå sig at svare skriftlig så send et Telegram med [”med” overstreget] med et ja _eller _nej, så jeg ved om vi kan regne med Dig eller ikke Dersom Du nemlig absolut [”absolut” indsat over linjen] ikke vil med vil jeg ikke have noget med Sagen at gøre. Lad dem så [”så” indsat over linjen] i Guds Navn lave Kunstblad såmeget de vil. Jeg vil da stille mig således at jeg vil tilbyde at garantere en mindre Sum selv men tale med M.R. vil jeg ikke da jeg anser Foretagendet for dødfødt
 Send os et Par Ord når I kommer! Alt vel her på Pladsen. Vi har søgt at fotografere Ungen, men jeg tror ikke Pladerne er lykkedes. Undskyld dette forstyrrede Brev.
 Eders hengivne
 Fritz Syberg</t>
   </si>
   <si>
+    <t>1913-12-22</t>
+  </si>
+  <si>
+    <t>St. Pauli Kyrkogatan 19 Malmø</t>
+  </si>
+  <si>
+    <t>Adam Goldschmidt
+Ina  Goldschmidt
+Christine  Mackie
+Else Warberg
+Karen Warberg
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Alhed og Johannes Larsen lod et hus opføre til Laura Warberg på Strandvejen/i Strandgade i Kerteminde. Hun flyttede ind i 1914, men i 1913 opholdt hun sig også i Kerteminde.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2612</t>
+  </si>
+  <si>
+    <t>Astrid må føle sig mere isoleret, efter at Laura Warberg er flyttet fra København til Fyn. Mon Astrid snart kommer på besøg? 
+Johanne/Junge ville ønske, at Astrid havde været med i Norge.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Qnm1</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Astrid Goldschmidt
+19 Sct Pauli Kyrkogatan
+Malmø.
+[Håndskrevet på kuvertens bagside:]
+Jeg har sendt dig en Bog.
+[Julemærke 1913. Poststempel]
+[I brevet:]
+Kære søde Dis!
+Jeg er begyndt at længes saa meget efter dig og synes det er saadan en evig Tid siden vi sidst saas – ja altsaa ogsaa snart et Aar! Du er rigtignok meget isoleret derovre nu, navnlig efter at du ikke mere har Mor i Kjøbenhavn; du trængte til [”til” overstreget] mere til hende end alle vi 4 tilsammen, men det var jo heller ikke for vores Skyld, hun kom herover; men nu kan da blive holdt àjour med alt her ovre fra, det er [”er” overstreget] har ogsaa sin Charme. – Kan der snart blive Udvej for et lille Vip herover? Eller først til Sommer maaske. 
+Bare jeg i Julen vilde tage mig sammen til at skrive dig et ordentligt Brev og fortælle om alt muligt; men det vil jeg vel ikke! Jeg har mere end ondt ved at skrive Breve mere. Gid du havde været med i Norge, det var noget af det mest bedaarende jeg har oplevet; jeg savnede jævnaldrende en lille Smule: Mor Tante Else og Nina er jo lidt ældre alle tre! 
+Hvis du skriver til mig i Julen saa vær lidt udførlig om Børnene de søde kære Unger. Ja Klokken er halv 12; jeg har været paa Landet og skrevet en Mængde Kort! Skal bage i Morgen. Vi glæder os meget til Julen. Gid Helbredet var lidt bedre; der er Tvivl om Christine maa komme om Juleaften. Det afhænger af Feberen. hun har jo Influenza. 
+Tusind Hilsner lille søde Dis! Gid I maa faa en god Jul – lad os høre derom undskyld disse Fedtpletter.
+Din Junge.
+22 – 12 – 13.</t>
+  </si>
+  <si>
     <t>1914-01-04</t>
   </si>
   <si>
     <t>Johan Larsen
 Johannes Larsen</t>
   </si>
   <si>
     <t>Bangkok
 Hindsholm</t>
   </si>
   <si>
     <t>Grethe Bichel
 Grethe Jungstedt
 Adolph Larsen
 Andreas Larsen
 Johanne Christine Larsen</t>
   </si>
   <si>
     <t>Det vides ikke, hvem "Th." er.
 Grethe kan være flere forskellige.
 "Holmen" er en betegnelse for Hindsholm, som er halvøen nord for Kerteminde mod Fyns Hoved.</t>
   </si>
   <si>
     <t>Brev 1: Johannes Larsen har fået kort fra Th. fra Bangkok med besked om, at der er kønnere på Holmen.
 Brev 2: Puf er stået tidligt op og har fanget fire silkehaler.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/O1XH</t>
   </si>
   <si>
     <t>Kæreste Alhed!
 Dette her er vel det sidste Du faar inden I rejser hjem. Vi glæder os meget til at se Jer. Jeg skal over til Agrarens og spise sammen med Bichels i Aften. Her var Kort fra Th. med et Billede fra Bangkok. ”Det er pænt, hvad? det er ingen Malerløgn, men ellers kan jeg betro Dig at der er kønnere paa Holmen, er Du køn endnu og Alhed,” Underskriften ulæselig formodentlig malayisk. Det var da godt jeg fik skreven til ham forleden. Mange kærlige Hilsner vi glæder os til at se Jer paa Mandag.
 Din
 JL.
 Kjerteminde den 4/1 1914
 Kære Mor!
 Jeg har holdt Ord jeg stod tidlig op i Morges og i løbet af Dagen har jeg fanget de 4 Sidste Silkehaler, men der er kommet en til den staar jeg op og fanger i Morgen der er 2 meget fine i mellem en Han og en Hun med rødt i Halen de er meget fine det gaar godt. Mange 1000 Hilsner fra Lysse jeg skal hilse [skrevet op langs papirets venstre kant) fra Grethe vil du hilse Puf. [Skrevet under brevet] vend</t>
+  </si>
+  <si>
+    <t>17. jan. 1914</t>
+  </si>
+  <si>
+    <t>Hans Andersen
+Axel Muus</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/PNHCqKEo</t>
+  </si>
+  <si>
+    <t>1914-03-08</t>
+  </si>
+  <si>
+    <t>Henne Kirkeby</t>
+  </si>
+  <si>
+    <t>Adolph Larsen
+Eiler Lehn Schiøler
+Christine  Mackie
+Harald Meyer
+Jens Rasmussen</t>
+  </si>
+  <si>
+    <t>Johannes Larsen var ved Filsø for at male i 75 dage i foråret 1914. 
+Auktionen blev holdt over nogle af Kertemindes borgmesters ejendele.</t>
+  </si>
+  <si>
+    <t>Alhed sender brune (farver?). Hun vedlægger regnskab og spørger Johannes Larsen, om han kan undvære penge, for hun har næsten ikke flere.
+Alhed Larsen har set på auktionssagerne - bl.a. to L.A. Ring-billeder.
+Påfuglen er blevet fanget og sendt. Alhed og Christine Mackie er begyndt at gå til fransk.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/4PIk</t>
+  </si>
+  <si>
+    <t>Kæreste Larsi!
+Tak for Dit [et ord overstreget og det næste indsat over linjen] lange Brev til Morgen, det er morsomt at høre fra Dig og dejligt at Du har det saa godt, Du faar nok noget godt ud af det derovre. Hermed en ny Forsending Brune, hvor er det morsomt, de Træsnit gør saadan Lykke. – Som Du ser af vedlagte Regnskab har jeg kun 100 Kr tilbage af de 1000, Agraren vilde meget gærne have nogle (vi skylder dem) jeg har lovet ham 40 i Morgen men tør jo ikke helt blotte mig. – Du har vel ikke nogen at undvære, jeg burde jo ogsaa gærne betale lidt Smaaregninger, men Du kan vel ikke have faaet store Sager af Overretten? Lehn Schiølers Akvarel? – Jeg har i Dag været nede med H. Mejer at se paa Auktionssagerne. Der er jo to Ring Billeder, men det er vel det grønne med Bakkerne? der gaar en Mand i Mellemgrunden. Det andet er med en Kirke. Jeg har faaet en Del i Kommission af H. Mejer. – Har Du [et par bogstaver overstreget] faaet de to Skjorter? Der laa kun det ene af de to Kataloger paa Dit Bord, jeg saa ogsaa i det grønne Skab. Jeg skal nok besørge det Du skriver om i Morgen. Paafuglen er fanget og bliver sendt i Morgen. Hvilket bedaarende Vejr vi har haft i Dag, det har Du forhaabentlig ogsaa. Christine og jeg er begyndt at læse fransk hos Fru Svendsen. – Vi har det godt alle og jeg sender 1000 Hilsner
+Din A.
+Fyns Creditforening 480 Kr
+Calle 210 –
+Anden 18 –
+Løn Piger 28 –
+Skat 28 – 43 –
+Statstelefon 5 – 20 –
+Dragt 20
+Gas 4 – 50
+Dahlerup 100
+--------
+893 Kr.
+og en halv Snes Kr til diverse i Husholdningen</t>
+  </si>
+  <si>
+    <t>1914-03-22</t>
+  </si>
+  <si>
+    <t>St. Pauli Kyrkogatan 19 Malmø Skåne</t>
+  </si>
+  <si>
+    <t>Louise Brønsted
+Adam Goldschmidt
+Alfred Goldschmidt
+Henriette Goldschmidt
+Ina  Goldschmidt
+Julius Hviid
+Grethe Jungstedt
+Adolph Larsen
+Alhed Larsen
+Andreas Larsen
+Johanne Christine Larsen
+Johannes Larsen
+Christine  Mackie
+Åge Meyer Benedictsen 
+Ellen  Sawyer
+Erik Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Astrid Warberg-Goldschmidt skulle deltage i en gymnastikopvisning 1914.
+Det vides ikke, hvad Laura Warbergs unge pige i huset hed. 
+Alhed og Johannes Larsen fik i 1913-1914 opført et hus til Laura Warberg, datteren Ellen og barnebarnet Grethe på Strandvejen/i Strandgade, Kerteminde. Familien kom kun til at bo der få år. 
+Forte: Musikudtryk for stærkt eller kraftigt.
+Mono: Musikudtryk enkel. 
+"Quo Vadis?" er en italiensk stumfilm fra 1913 af Enrico Guazzoni.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2621</t>
+  </si>
+  <si>
+    <t>Det er spændende med Astrids gymnastik. 
+Der er nu installeret kakkelovn i huset; maleren og elektrikeren arbejder, og der bliver sat døre i. Haven må ikke blive jævnet, før Johannes Larsen/Las kommer hjem til påske. Laura er ikke tilfreds med vinduerne og med lemmen i gulvet i anretterværelset. 
+Laura Warberg har fået Dr. Hviid som huslæge. Hun har vrøvl med både benene og øjnene, og hun vil foreslå lægen at hvile øjnene med solbriller i 14 dage. 
+Johanne og Andreas/Puf Larsen har været til et foredrag i Mesinge, og de måtte gå hjem. 
+Ellen/Elle Sawyer giver klaverakkompagnement til (stum)film i biografen. Hun er også hyret som tolk for en afrikansk godsejer, der vil købe kvæg på Fyn. 
+Johannes Larsens billeder kommer ikke med på Den Frie. 
+Laura læser med både Grethe og Erik, og Christine og Alhed går til fransk.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/kFZB</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Astrid Goldschmidt
+St. Pauli Kyrkogatan 19
+Malmø
+Skåne
+[På kuvertens bagside: Poststempel]
+[I brevet:]
+Formiddag
+Søndag d. 22de.
+Kære Astrid!
+Det var et vældig interessant Brev fra Dig, det er saa rart at høre, Du en Gang imellem har en Fornøjelse. Hvilken yndig Kjole det maa være! Det er altsaa den, Din Svigermor gav Dig. Kunde A. lide den gule Dragt fra Kbh?? Hvor morsomt at høre om de smaas Musik. Hvilken Glæde for Dig og A. det kan blive. Kunde Du ikke have sagt til Lugge om at bede A. med? Han var vel nok gaaet tidlig hjem. Og nu nærmer Afgørelsen med Gymnastikken sig! Det bliver knusende spændende! I fire smaa maa da komme med skulde man tro! Men vær nu forsigtig lille Putte! Sæt ikke Liv og Lemmer paa Spil for Sportens Skyld – Jeg har lige nu været med Pigen ovre at gøre Ild i Spisestuen i vort Hus, der kom en nydelig Kakkelovn i Gaar, de andre i Morgen, der skal fyres nogle Dage for at Vægge og Loft kan tørre hurtigt. Maleren gaaer og maler Træværket hver Dag; i Morgen kommer de sidste Døre i, de har smølet længe, men nu gaaer det igen. Elektrikeren er der i disse Dage. Men min Sorg er Haven, der ikke maa blive jævnet eller rørt, inden Las til Paaske!!! kommer hjem. Men skriv ikke hertil om det, Alhed er øm paa det Punkt. Naa megen Glæde kan vi jo nok faae af Haven alligevel. – I Gaar var jeg en lang Tid hos Dr. Hviid, tog ham til Huslæge – 30 Kr – og satte ham ind i hele Sygdommens Forløb. Det har nemlig længe været skidt med Øjnene, værre og værre. Han mener absolut, det er Nervesvækkelse, er der Forkalkning, siger han, er det meget lidt. Nu har jeg faaet saa godt Haab igen, for jeg har tidt været ret langt nede. I Morgen inden jeg staaer op, vilde han komme og høre paa Hjertet og see paa Aarerne paa Benene. Børnene er saa lettede og glade over det. Nu vil jeg foreslaae ham, eller rettere spørge – jeg tænkte ikke paa det i Gaar, - om jeg ikke en 14 Dage skal helt lade være at bruge Øjnene. d.v.s. med Briller, og saa gaae med de farvede Briller [”Briller” indsat over linjen], jeg har paa mine lange Spadsereture og naar jeg strikker; tænk jeg kunde ikke en Gang strikke paa et gråt Badehaandklæde, som jeg ikke behøver at see paa, uden mine Øjne sved og gjorde ondt; alene Skæret af den bitte Lampe – Petroleums med Skærm over, jeg har, kunde jeg ikke taale. Det vil jo blive svære 14 dage, især kedeligt at jeg ikke kan læse med Erik, som nu skulde begynde paa Historie og Geografi foruden det andet. Og Gretes Fransk 2 Gange om Ugen! Men jeg tror, det vil være rigtigt! Jeg har hørt om en Dame med akkurart lignende Svækkelse i Synsnerverne hun kom sig tildels. – Naar bare vi var saa vidt, at vi kunde gaae hver Dag saa smaat at flytte ind, men før efter Paaske bliver det slet ikke – Der bliver ellers ganske dejligt allevegne paa nogle smaa Ubehageligheder nær. Tænk der er ingen ”øverste Vinduer”, det hele lukker op!! Og der er Lem til Kælderen i Anretterværelset, det er jo farligt: og Trappen til Loftet maa hejses ned og op. – I Forgaars tog Johanne og Puf nok saa glade med Toget 6.20 til Mesinge at høre Aage Meier Benediktsen holde Foredrag om Rusland. Tænk saa kunde de ikke naae Toget hjem det blev øsende Regn, som de gik i 5 Kvarter – 1 Mil. J. var ulykkelig over sit gode Tøj, Puf meget medtaget, en grufuld Tur! Vi var saa kede over dem. Nu efter Middag skal jeg op til dem, først hos Elle og saa til Kaffe hos Agrarens. – Elle er saa optaget i disse Dage, hun spiller 2 Timer hver Aften i Biografen, det er ”quo vadis” og hun har gjort sig megen Umage med Musiken, spiller Dejlig er Jorden, først forte og senere mono, som det lød langt borte; en ”Del af Messias” og lignende alvorlig Musik. Chr og A. var der til Premièren, propfuldt, de sagde, at Elle spillede udmærket; hun hører tidt Anerkendelse af sin Musik, meget bedre end Junges. I Dag spiller hun 6 Timer til 10½, skal med første Tog i Morgen til Odense og Kl.11 i Bil Fyn rundt med den afrikanske Godsejer, som skal købe Kvæg her, og hvor Elle er Tolk, mulig i to Dage; det bliver jo en god Skilling men hun er benovet. To Assistenter er med. Hun faaer syet sin mørkeblaa Nederdel hos en Skrædder; og den nye Fløjlsbluse hos hendes Syerske i Revninge, der var hun i Gaar at prøve, havde flere Timer her forinden, og 4 i Biografen. Ja hvor hun og Johanne er spændt for! – Las faaer desværre ingen af de nye Billeder fra Fiil Sø pa den Frie, nemlig til 2_den_ skal komme [”komme” overstreget] faae Gris i næste Maaned, 300 Kr!! men betales til September og kan give en vældig Indtægt med Held! ”Grisene er bedre Betalere end Køerne”!! siger de lærde Landmænd. Bare Du kan læse dette, værre Kragetæer end nogensinde! Nu skal Du maaske nøjes med Brevkort en Tid. alt anstrenger jo mine Øjne. Har jeg fortalt, at Chr. og Alhed lærer Fransk 2 Gg. om Ugen hos Fru Svendsen, det morer dem meget. Nu vil A. til at male igen hun har jo 2 Piger og intet selv at gøre i Huset. Saa Farvel lille Putte! Kærlige Hilsener til Dig og de smaa!
+Mor.</t>
+  </si>
+  <si>
+    <t>1914-04-18</t>
+  </si>
+  <si>
+    <t>Glorup</t>
+  </si>
+  <si>
+    <t>Malmø
+St. Pauli Kyrkogatan 19</t>
+  </si>
+  <si>
+    <t>Thora  Branner
+Adolph Larsen
+Johanne Christine Larsen
+Ellen  Sawyer
+Andreas Warberg
+Conrad Warberg
+Else Warberg
+Minna Warberg
+Erik Warberg Larsen
+Martin Warberg Larsen</t>
+  </si>
+  <si>
+    <t>Laura Warbergs svoger, Conrad Warberg, var godsforvalter på Glorup nær Nyborg.
+Alhed og Johannes Larsen fik bygget et hus til Laura Warberg i Strandgade/på Strandvejen i Kerteminde. Hun flyttede ind sammen med datteren Ellen og Ellens datter i foråret 1914.
+Frederik Andreas/Dede og Minna Warberg ventede deres første barn i 1914. De blev boende i Brædstrup.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2613</t>
+  </si>
+  <si>
+    <t>Laura Warberg er på besøg på Glorup. Hun går ture i det gode vejr. 
+Frederik Andreas/Dede og Minna er begejstrede for det nye hus, og Ellen/Elle flytter ind nu. Alt er ikke færdigt, men haven bliver ordnet. 
+Minna hader at bo i Jylland, og derfor forsøgte Frederik Andreas at få job som godsforvalter på Fyn. En person uden uddannelse fik stillingen. Conrad/Conne Warberg, som snart går på pension, fraråder Dede at skifte stilling.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/maOI</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Astrid Goldschmidt
+St. Pauli Kyrkogatan 19
+Malmø
+Skåne
+[På kuvertens bagside: Poststempel]
+[I brevet:]
+Glorup d: 18de
+Kære Astrid!
+Jeg havde saa uhyre meget at gøre i Tirsdags, Snedkeren kom efter en Del gamle Møbler til Reparation og m.a., saa jeg ikke kunde naae at sende Broderiet; Dagen efter rejste jeg herned, hvor jeg er til vist paa Fredag; altsaa Din Fødselsdag! Tænk jeg kan aldrig huske om det er d: 26_de_! men nu faar Du Brev paa Fredag! Det var vist lige den samme Historie i Fjor? Thoras d: 26de Sptbr – det er jeg vis paa! er Du samme Tal? Jeg er saa henrykt ved det gode Vejr, gaaer hver Dag ca. 3 ½ Time, men sidder en Del deraf i Skoven, det er Sommer der! De respekterer min Lyst til at gaae alene begge Ture, saa jeg er i Grunden meget lidt sammen med dem; lidt i Ny og Næ og saa om Aftenen. Paa Mandag skal Elle flytte ind; hendes 3 Stuer er færdige, men vist ikke ret meget af [”af” indsat over linjen] Køkkenmøbler. Tørt er der, frisk og god Luft. Dede og Minna var meget begejstrede for Huset. Nu bliver Stengærdet sat og Haven jævnet og lagt om, mens jeg er her, forhaabentlig! Johanne skal ringe mig op i Aften og fortælle mig, om der er lidt Slag i Frikadellerne. – Det var kedeligt for Dig med den Forkølelse i Paasken, især at Du ikke kom til Vanløse. Hvor det morer mig at høre om Børnenes Musik. Jeg praler med dem her og hvor jeg kan. De og Din Gymnastik er da Dine Lyspunkter i Livet, men det er da heller ikke lidt! – Minna er saa rask legemlig, men vist tung i Sindet, næsten værre! Hun har funden paa, at hun hader Jylland, Dede lider vist en Del derunder. Tænk han for en Tid siden skrev til Conne om han kunde blive Godsforvalter paa Broholm her i Nærheden, et lille Gods, Connes Fuldmægtig, som ikke har en eneste Examen, fik det!!! Og kan han bare blive 10 Aar i Brædstrup, siger han selv det vil være en glimrende Forretning! Endog Glorup, som han - Dede – ogsaa tænker paa, naar Conne om et Par Aar tager sin Afsked, en [ulæseligt ord] paa 6000, hvad Dede vist ca har allerede og her er store Udgifter til Fuldmægtig, Kudsk, Heste m.m. Jeg tager mig det lidt nær, men haaber det er hendes Tilstand, der gør det og at Dede da ikke føjer hende i at flytte derfra. Han var ikke glad eller i godt Humør den kære Dreng! Nu skal jeg skrive til dem, at Conne synes det er Vanvid at flytte. Vi havde en rar Aften paa Risinge til Middag allesammen: Paaskedags Aften hos Agrarens og senere var de til en smuk Koncert i Kirken og bagefter paa Hotellet. De rejste 2den Paaskedag. Jeg har det rigtig godt, men læse i en Bog en 1 ½ Time er dog endnu mere end jeg taaler. Nu Farvel lille Putte! Jeg haaber Du faaer dette i Morgen tidlig. Kærlige Hilsener fra Bedstemor.</t>
+  </si>
+  <si>
+    <t>1914-05-11</t>
+  </si>
+  <si>
+    <t>Holger Jensen
+Johannes Larsen</t>
+  </si>
+  <si>
+    <t>Alhed Larsen
+Johannes Larsen</t>
+  </si>
+  <si>
+    <t>Henne Kirkeby Kro</t>
+  </si>
+  <si>
+    <t>Sprogø
+Henne Kirkeby</t>
+  </si>
+  <si>
+    <t>Andreas Larsen
+Johan Larsen</t>
+  </si>
+  <si>
+    <t>Brev 1: Johannes Larsen skal skynde sig til stationen for at få billederne med toget. 
+Kort, 2: Der er for tiden ingen pram, men Holger Jensen kan skaffe en. Hilsner fra Sprogø.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Kz8F</t>
+  </si>
+  <si>
+    <t>Kirkeby 11/5 1914.
+Kæreste Alhed!
+Det bliver kun et Par Ord da jeg maa skynde ned til Stationen for at faa Billederne med Toget. Endelig i Dag kom vedlagte Kort. Til Lykke med Puf. Mange kærlige Hilsner til Jer alle 3
+Din
+Johannes Larsen.
+[Påtrykt kortet:] BREVKORT
+Til
+Poststemplet 3.5.14
+[Håndskrevet på kortet:]
+Herr Johannes Larsen
+p. T. Kirkeby pr Henne
+Fyn
+Herr Larsen
+Der er ingen Pram at faa for Tiden men skulde det være at der blev en ved Lejlighed vil de saa have en kan Hrr jo sende Bud til mig. skal hilse fra Dem paa Sprogø
+Venlig Hilsen
+Holger Jensen</t>
+  </si>
+  <si>
+    <t>1914-05-22</t>
+  </si>
+  <si>
+    <t>Carl Petersen, arkitekt</t>
+  </si>
+  <si>
+    <t>Faaborg Byhistoriske Arkiv, Mads Rasmussens familiearkiv, Mappe 31</t>
+  </si>
+  <si>
+    <t>Brevet er en afskrift af en brev fra Fritz Syberg til Carl Petersen. Det er Carl Petersen, der har lavet afskriften, formentlig for at sende den til Mads Rasmussen, da den befinder sig blandt andre breve til Mads Rasmussen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/k4EY</t>
+  </si>
+  <si>
+    <t>Kopi
+P.t. Svanninge pr. Millinge St. 22 Maj 1914
+Kære Carl Petersen
+Tak for det tilsendte. Jeg har været ude at se Museet, som jeg synes bliver smukt, simpelt, stort og skønt. For at denne Simpelhed kan bibeholdes i hele Anordningen og Opstillingen vil jeg herved føre Dem følgende Forsalg, at de tre første Rum: Vestibulen, den mindre Ovenlysal og Kuppelsalen anvendes udelukkende til Skupltur og at den mindre Ovenlyssal eventuelt udsmykkes med Fresker (ligesom Kuppelsalen) Vi opnaar derved at faa Skulptur og Staffelimaleri i to store Afdelinger hver for sig.
+Et andet Forslag jeg er noget ængstelig ved at fremkomme med, men dog ikke vil holde tilbage er at i alle de Sale som er forbeholdt Malerierne, lægges ikke brogede Murstensgulve, men ensfarvede røde Murstensgulve, en sort Sokkel og hvide Vægge og Loft uden Spor af Dekorationer er hvad jeg forestiller mig som ideelle Omgivelser for Faaborg Musæets Billeder, (den fynske Kunst) nu er det sagt. 
+M.H. til Forslag No. 1. kunde da den ny Sidesal som bygges til Kais Skulpturer eventuelt bruges til Malerisal? kunde f.Ex. det store Museumsbillede faa Plads der?
+Med venlig Hilsen det Dem og Frue er jeg Deres hengivne
+Fritz Syberg.</t>
+  </si>
+  <si>
+    <t>1914-05-26</t>
+  </si>
+  <si>
+    <t>Peter Hansen
+Kai Nielsen
+Mads Rasmussen</t>
+  </si>
+  <si>
+    <t>Brevet er en afskrift. Da brevet ligger blandt Mads Rasmussen breve, kan man antage, at Carl Petersen har sendt en kopi af sit brev til Fritz Syberg til Mads Rasmussen til orientering.</t>
+  </si>
+  <si>
+    <t>Brevet er en kopi/afskrift 
+Carl Petersen skriver et langt brev til Fritz Syberg. Brevet indeholder en masse betragtninger og overvejelser om udformningen og indretningen af Faaborg Museum.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/vmMk</t>
+  </si>
+  <si>
+    <t>CARL PETERSEN Aaboulevard 5
+ARKITEKT København
+Telefon: Nora 1305 x d. 26 Maj 1914
+Kopi
+Kære Fritz Syberg!
+Tak for Deres Brev og Deres anerkendende Udtalelser om Museumstegningen. Jeg deler Deres Opfattelse, at det vilde være smukt, om Billedhuggerarbejderne og Malerierne kunde holdes adskilte i to Hovedafdelinger. Jeg synes ogsaa om Deres gode Ide med at samle Skulpturerne i de første Rum, hvis den kunde have været lagt til Grund for Bygningens Plan. Men den Gang var der foruden Statuen kun et Par store og en Snes mindre Skulpturarbejder, hvilket langt fra var nok til at indrette en Sal til. Heller ikke en samlet Opstilling af Billedhuggerarbejderne i Kuppelsalen vilde være tiltalende. Fresker og sleben Sten staar ikke godt til Gips. Jeg var ogsaa i meget stærkt Tvivl om, hvorledes Kais Arbejder skulde anbringes. Heldigvis forandredes Situationen, da Kai forærede Museet sine 18 store Figurgrupper fra Blaagaards Plads, og Etatsraaden bestemte sig ril at bygge en særlig Skulptursal. Det blev da muligt for mig helt at gennemføre det, der var mit Maal, ogsaa med Gulvmønstrene, at forme Musæet som en Række Modsætninger. Det var en stor Fordel, at Kuppelsalen med Statuen blev noget helt for sig, og at baad den og Malerisalen blev befriet for de øvrige Skulpturer. 
+Kuppelsalens Beliggenhed er jo, som De ved, bestemt af, at det blev forlangt, at Statuen skulde ses allerede i ca 15 Alens Afstand. Den ny Sal kan kun lægges ved Siden af Arkivet, og de nederste Køjer. Den bliver ca 24 Alen lang og 8 Alen bred. Det volder store Anstrengelser at faa den mere end 5 Alen Høj, Malersalene er henholdsvis 6 Alen 18" og 7 Alen høje. Og Belysningen kan kun skaffes ved et Vindu i Endevæggen, hvilket vil give stærkt Strejflys paa Salens Langside og meget morsomt Lys i Bagenden, eller ved højt Sidelys fra Lyskasser langs Salens ene Langside, hvorved denne Side faar skarpt Strejflys og den modsatte Længdevæg sparsomt Lys. Det er nogenlunde det sletteste Lokale, jeg kan tænke mig at hænge Malerier op i.
+Paa den anden Side vil det vise sig umuligt at faa de 18 store Figurgrupper opstillede i den lille Malerisal. Den er for lille, og ikke egnet til Anbringelsen af Skulpturerne. Men i det Hele synes jeg, at noget af den smukke Virkning mistes, om Figurgrupperne anbringes i den lille Sal, saa de kommer til at konkurre med Statuen. Den skulde jo gerne staa der, ikke som et enkelt Skulpturarbejde blandt mange andre af samme Kunstner, men som det Portræt, Fynbokunstnerne har ønsket, at en deres egne skulde udføre af den Mand, der har samlet deres Arbejder. Det er netop smukt, at Portrættet er en Statue omgivet af de gode Malerier og ikke af Skulptur. Det vilde være langt mindre værdifuldt, om det var et malet Portræt blandt Malerierne.
+Men jeg forstaar i de Hele ikke rigtig Deres Bekymring for, at Malerierne ikke skal tage sig ud i Museet. Jeg synes, at der i vor Tid i Danmark ikke findes noget andet Kald af Malere, der hver for sig er saa gode, og samtidig hører saa afgjort sammen, som Fynboerne. Da jeg havade det Held at faa dette Arbejde, synes jeg, at det var den dejligste Opgave, jeg kunde tænke mig, at bygge et Hus, der blev en værdig Ramme om denne Kunst. Jeg kan da heller ikke se, at der er Grund til at være bange for, at de jævne Bygningsformer, jeg har tilstræbt, og de anvendte prunkløse Materialer skal skade Billederne.
+Med Hensyn til det andet Spørgsmaal, De skriver om - Gulvene, da kunde jeg maaske i og for sig nok for at imødekomme Deres Ønsker se bort fra det for mig personlige Moment, at jeg har lagt et meget omfattende Arbejde i disse Gulve og anvendt maaske Halvdelen af den Tid, Tegnearbejdet paa Museet har kostet mig, til Gulvmønstrene. Og det er særligt Gulvene i Køjerne og den store Malerisal, der har kostet saa meget Bryderi, altsaa netop dem, De ønsker erstattet med røde Murstensgulve.
+Men jeg tror, at selv om jeg viste denne store Resignation, vilde det ikke lykkes mig at faa Etatsraaeden til at opgive de planlagte Mønstre. Det var Etatsraaden selv, der paa et Møde med Peter Hansen fik den Ide, at vie kunde udføre Gulvene af saadanne Tærninger, der skulde fremstilles paa hans eget Teglværk, hvilket har vist sig at være langt dyrere end beregnet. De er udførte nu, og der er saaledes bundet en ikke ringe Kapital i dem. Jeg tror som sagt ikke, at Etatsraaden ej vil undvære at se Resultatet af de store Ofre, som der her er gjort, og som blandt andet skulde vise, hvad man formaar at præstere med Produkter fra et almindeligt dansk Teglværk. 
+Men jeg skal bede Etatsraaden om at udtale sig derom. Jeg var nylig i Faaborg sammen med Kai Nielsen og hørte, at De opholdt Dem i Svanninge, Vi vilde have været ude at hilse paa Dem, men vort Ophold i Faaborg blev af forskellige Grunde kun ganske kort, meget kortere end paatænkt. 
+en venlig Hilsen fra min Kone og Deres hengivne
+Carl Petersen</t>
+  </si>
+  <si>
+    <t>1914-06-21</t>
+  </si>
+  <si>
+    <t>V. Bloch-Jørgensen
+Kai Nielsen
+Julius Paulsen</t>
+  </si>
+  <si>
+    <t>Carl Petersen tilbagesender snedkermester Bloch-Jørgensens skrivelse og regning med forslag til et svar. Næste dag skal CP til middag med Kai Nielsen hos professor Julius Paulsen. Han skriver desuden om sit arbejde med billedhuggersalen på Faaborg Museum.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Ge5f</t>
+  </si>
+  <si>
+    <t>Københavns Ladegaard d 21 Juni 1914
+Kære Hr. Etatsraad!
+Vedlagt tilbagesender jeg Snedkermester Bloch-Jørgensens Skrivelse og Regning med Forslag til et Svar. Jeg beder om at Skrivelsen, Regningen og Svaret, saaledes som de endelig formes maa blive opbevaret til eventuelt senere Brug for mig.
+I Morgen skal jeg til Middag sammen med Kai Nielsen hos Professor Julius Paulsen. Jeg skal da bede ham aftale med Dem hvilken Aften vi skal mødes hos ham.
+Jeg tror at jeg kan faa et storartet Rum ud af Billedhuggersalen, med en lille dyb Indgang, og et straalende stort Vindu i Endevæggen ud mod Haven, og med en meget smuk Udsigt over denne. Lyset i Salen vil efter mit Forslag blive meget samlet. Jeg tager Tegningerne med ud hos Kai, hvor de saa kan drøftes af de tre interesserede Parter: Bygherren, Billedhuggeren og Arkitekten.
+Det er mærkværdigt med den Byggegrund, som oprindelig saa saa urimelig ud til et Museum, det føjer sig altsammen saa naturligt og ligetil paa den, som om den var bestemt til fra første Færd at Fynboernes Museum skulde bygges paa den. 
+En venlig Hilsen til Etatsraaden fra Deres hengivne
+Carl Petersen.</t>
+  </si>
+  <si>
+    <t>1914-07-24</t>
+  </si>
+  <si>
+    <t>Johannes V. Jensen skriver, at så snart de kan, kommer han og Else og besøger Fritz, men det bliver ikke før efter sommerferien. Han har tænkt på at skrive til Fritz om deres plan om at udgive noget sammen - han kunne tænke sig, at de begyndte med at skrive noget, der samlede sig om Anna.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/n2q6</t>
+  </si>
+  <si>
+    <t>24 Juli 1914
+Kære Ven
+Saasnart Else og jeg kan, kommer vi over paa Fyn og besøger dig. Jeg er bange for det ikke bliver før efter Ferien, vi kan ingen faa til at være hos Børnene herude og tør ikke rejse fra dem med Pigen alene til at se efter dem. Men vi tager jo ind den 20de og kan bedre rejse fra dem naar de er i Kbhvn.
+Jeg har tænkt paa at ville skrive til dig om den Plan vi havde om at udgive noget sammen og vilde foreslaa dig at vi lader det første vi udsender samle sig, Billeder og Tekst, om Anna. Du har jo Stof nok hvad Billeder angaar, baade af Anna og dig selv, og jeg tænker at skrive noget ud fra den Sommer vi var sammen oppe i Nordskov. Men vi drøfter det bedre naar vi ses.
+Her har vi nu endelig faaet Regn og kølighed, man bliver Nordbo igen, det vil sige længes efter at frembringe noget, rejse, sejle, det er Augustluften, "Jagten" der gaar ind. Saa et det det gælder om at holde sig fast for at Uroen kan blive til Arbejde, Fanden havde det. Skyer igen! Det er efter dem vor Hjerne er gjort.
+Jeg skal hilse dig mange Gange fra Else. Vi talte om at spørge dig, om du ikke vilde sende nogle af Børnene herover med blev enige om, at I nok helst vilde blive i Flok foreløbig.
+Din hengivne
+Johannes V. Jensen</t>
+  </si>
+  <si>
+    <t>1914-08-19</t>
+  </si>
+  <si>
+    <t>Overkjærby</t>
+  </si>
+  <si>
+    <t>Leon  Ehlers
+Peter Hansen
+Fridolin Johansen
+Johannes Larsen
+Sigurd  Swane
+Anna Syberg
+Hans  Syberg
+Peter Tom-Petersen
+Kristian Zahrtmann</t>
+  </si>
+  <si>
+    <t>Brevet er skrevet omkring en måned efter Anna Sybergs død.</t>
+  </si>
+  <si>
+    <t>Fritz Syberg nåede ikke at se ud til Mads Rasmussen inden han rejste fra Faaborg. Han ville have tale med dem om, hvornår indkøbskomiteen skule mødes for at se på Johannes Larsens og Peter Hansens billeder. Han undskylder sig blandt andet med at han ikke har kunnet tænke på andet end den forandring, der er indtruffet i familiens liv. Så nævner han forskellige andre billeder, som han mener kunne overvejes til museet.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/5uMX</t>
+  </si>
+  <si>
+    <t>Overkjærby 19 August
+Kære Hr. Etatsraad!
+Desværre naaede jeg ikke at komme ud til Dem i Faaborg inden De rejste. Jeg vilde gjærne have talt med Dem om hvornaar Komiteen skal samles for at se paa Joh. Larsens og Peter Hansens Billeder. Det var vel næsten bedst at blive samlet om Joh. Larsens inden Tom Petersen og Peter Hansen rejser fra Fyn. Måske jeg burde have været lidt hurtigere i Vendingen, men jeg håber De undskylder at jeg hidtil ikke har kunnet tænke på andet end den Forandring der er overgaaer mig selv og mine Børn. Med det samme vi samles om Johs Larsens Billeder ønskede jeg gærne at Komiteen så på nogle Billeder som jeg gære vilde have Lov til at forære Musæet. Jeg har to billeder - et Landskab og et Portræt af en Maler - Fridolin Johansen - en af Zahrtmanns Elever som begyndte overordentlig lovende men endte meget sørgeligt. Hans første Billeder var allesammen udmærkede, senere blev hans Arbejder daarlige. Jeg ejer som sagt de to fra hans tidligste Tid og jeg vilde synes det var smukt om han blev repræsenteret på Faaborg Musæet. Desuden har jeg to Aquareller af den afdøde Leon Ehlers og et Selvportræt af Sigurd Swane som jeg synes hører hjemme på Musæet. Endelig har jeg en Gang mens jeg var forlovet lavet en Buste af min Kone - daværende Kæreste - som Hans har hugget i Marmor jeg vil give Komiteen Valget mellem Marmorbusten og den originale Gibsbuste, forudsat den ønsker at eje nogen af dem.
+Med de hjerteligste Hilsener til Dem og Etatsraadinden er jeg Deres hengivne
+Fritz Syberg.</t>
+  </si>
+  <si>
+    <t>1914-9</t>
+  </si>
+  <si>
+    <t>Kai Nielsen</t>
+  </si>
+  <si>
+    <t>Johannes Larsen
+Janna  Nielsen
+Carl Petersen, arkitekt
+Johannes Rump</t>
+  </si>
+  <si>
+    <t>Kai Nielsen redegør for Carl Petersen vanskelige økonomiske forhold. Han takker Mads Rasmussen for hans hjælp, men beder samtidig om yderligere hjælp både til Carl Petersen og til sig selv.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/IEsw</t>
+  </si>
+  <si>
+    <t>tilføjet med kuglepen: 1914
+Kjøbenhavn B., d. Fredag
+Kære Hr. Rasmussen
+Jeg hører at Arkitekt Karl Petersen i Morgen skal ud og tale med Dem i al Almindelighed og jeg beder Dem om Lov til at komme med for om muligt at bidrage mit til at fremme den Sag Johannes Larsen paabegyndte i Faaborg.
+Nu synes jeg paa Forhaand der er noget urimeligt i at vi "Fynboer" ligesom en Flok Unger hver Gang "vi" skal gøre en god Gerning drejer Hovederne til Dem og straks møder op for at hente Deres Bistand og det sker ligesaa fjolletillidsfuldt fra et stort Mandfolk som Johannes Larsen som af undertegnede "Undermaaler..."
+Nu skrev Johannes Larsen at De gerne vilde være med til en Hædersgave til Calle, men endda med det Tillæg at naar der skulde hjælpes skulde det ikke gøres sentimentalt med en "Undselse" der blot lidt senere sendte ham ud af sin Menage men saadan at han virkelig blev hjulpet. Saadan er der jo bestandig : Vi faar ikke alene et Faaborg Musæum og derved Husly for vel den bedste Retning i dansk Kunst der har været, men bag efter faar vi et Højsæde, saa monumentalt at det kan staa Maal med det allerbedste i moderne Bygningsliv, at sætte os til rette paa. 
+Vi er ogsaa taknemmelige. Allesammen og meget mere end vi kan sige, men nu den arme Arkitekt, han lukker sig jo som en Musling om sin "Perle" angaaende sine pekuniære Forhold og vil meget nødig gaa ved hvorledes han sidder i det. Naar han til Trods for virkelig - maa jeg sige Fattigdom -har gennemført et detaillemæssigt 3 Gange saa stort og omhyggeligt Arkitektarbejde som nogen anden vilde have gjort og næsten i hver lille Del har præsteret noget nyt og brilliant, saa synes jeg alligevel det er Synd at den eneste Frugt han høstede af saa gennemført Gerning skulde blive at han blev sat paa Gaden til Begyndelse forfra. 
+Naar disse fjollede Krigstider er overstaaede saa vil han jo være Førstemand til alt virkelig fiint Byggeri der skal gøres. 
+Saa syntes jeg at han skulde have den Chanse at blive siddende den Ventetid ud der kommer til næste Arbejdsopgave der bydes ham og da jeg talte med Johannes Larsen om det saa sad den store 3 Alens Mand med Taarer i Øjnene og var straks med som Deltager i den Hædersgave vi Kunstnere godt kan staa os ved at give den Mand der med saa meget Arbejde har bidraget sit til at gøre Deres Ramme om vore Arbejder saa pragtfuld som den er blevet.
+Johannes Larsen kom saa til Dem og saa vilde De ogsaa være med oven i Købet langt op over vores Ydeevne. 
+Med det er rigtig at vores "Hædren" alene ikke klarer Kalle fri for Fald, der maa lidt mere til og det er derom jeg gerne vilde tale med Dem. Karl Petersen er jo saa ulykkelig det Skind fordi han skal komme i et saadant Forhold, som det nuværende, til sin Bygherre der har sat ham i Stand til at udføre et saa kostbart og smukt Arbejde, Hvis jeg derfor maa have Lov til at være aggressiv saa skulde der vist rejses ham foruden hans Gave et Tusind Kroners Laan som han forrentes men først afbetaler fra om 2 Aar f. Ekspl. Til den Tid har hans Gerning nu trukket de Følger af nye Opgaver som maa komme.
+Naar De faar trukket ud af Karl Petersen hvad han staar i vil sikkert De som har meget bedre Forstand paa saadanne Forhold end jeg give mig Ret i at mindre ikke kan hjælpe ham. Jeg vilde foreslaa en Underforsikring af de 1000 Kr for Ekspl af Arbejder for os "Fynboer" til Musæet for at vi ogsaa kunde være med i denne sidste gode Gerning. 
+Mere end de 100 Kr kan jeg f. Ekspl ikke være med til i disse latterlige Tider og jeg kommer da ogsaa til Dem med en Bøn for mit eget Vedkommende . Den er nu ikke større end om jeg maa have Lov til at flytte Transporten paa de 500 Kr jeg skylder Dem fra Bing og Grøndals over paa Smaastatuetterne til Rump han har nemlig bedt om Lov til at vente med at modtage Statuetterne til den værste Storm er drevet over og desværre har jeg jo regnet med disse ellers saa sikre Penge. Det varer jo lidt længere men Pengene er jo sikre nok. 
+Men dette kan jeg jo saa ogsaa dele med Dem om naar jeg i Morgen kommer derud, om jeg faar Lov til det.
+Min Adresse er Thannings Pensioner Raadhusplads 2 4. og Telefon 8704. Jeg skal hilse fra Fru Kielland Holm. Hun er nu her igen og vi skal søge efter Atelier at vi kan komme til at bo ordentlig. 
+Deres hengivne
+Kai Nielsen</t>
+  </si>
+  <si>
+    <t>1914-09-05</t>
+  </si>
+  <si>
+    <t>Hans  Syberg</t>
+  </si>
+  <si>
+    <t>Johannes V. Jensen har tidligere foreslået, at Hans Syberg tog arbejde på en terracottafabrik i Amerika. Den omtalte Eskesen havde tilsyneladende med denne virksomhed at gøre.
+Det vides ikke, hvem Ferdinandsen var, men han forhandlede muligvis kunst af forskellig art.</t>
+  </si>
+  <si>
+    <t>Johannes V. Jensen har talt om at besøge Fritz Syberg, men udsigterne er ikke gode. De mangler penge og desuden har Johannes V. kastet sig ind i journalistisk arbejde. Han har set Hans Syberg et par gange.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ioQE</t>
+  </si>
+  <si>
+    <t>5 Sept 14
+Kære Ven
+Hvordan staar det til paa Fyn? Else og jeg har talt om vores Løfte at komme og besøge dig, men Udsigterne er smaa. For det første har vi rent ud sagt ikke Raad til det, for det andet har jeg i Øjeblikket kastet mig ind i Journalistik, som jeg ikke ved hvor fører mig hen. Jeg saa et Glimt af Hans paa Gaden for et Par Uger siden og saa et andet Glimt af et godt Rensdyr af ham ud hos Ferdinandsen - Eskesen fra Amerika har jeg truffet: Fabriken ligger stille, som alt allevegne i denne Tid, saa der er ingen Brug for Hans i Amerika nu; men det kan jo senere komme. Vi lever i en haard Verden. Lad mig høre et Ord fra dig om hvordan du har det. Else beder mig hilse.
+Din hengivne
+Johannes V.J.</t>
+  </si>
+  <si>
+    <t>1914-09-21</t>
+  </si>
+  <si>
+    <t>Peter Hansen
+Johannes Larsen
+Nicolaus Lützhøft
+Peter Tom-Petersen</t>
+  </si>
+  <si>
+    <t>Fritz Syberg mener, at tiden må være kommet til udvælgelse af billeder af Johannes Larsen til museet. Han beder Mads Rasmussen deltage om muligt, og foreslår også Nicolaus Lützhøft og Tom-Petersens tilstedeværelse. Han foreslår en række billeder til erhvervelse, som han mener er væsentlige.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/qpd7</t>
+  </si>
+  <si>
+    <t>Pilegaarden Kjerteminde
+21 Stbr 1914
+Kære Hr. Etatsraad!
+Tidspunktet da der må tages Bestemmelse m. H. til Joh. Larsens Billeder er vist kommet. Joh. L. aabner en Udstilling af sine nyeste Arbejder hos Winkel &amp;amp; Magnussen 1ste Otbr. At vente med et eventuelt Indkøb til selve Udstillingen vil ikke være klogt, af den Grund af W.M. skal have 20 p. C. af Salgssummen. Jeg vil derfor spørge Etatstraaden om Peter Hansen, som er her paa Fyn endnu, og jeg må udtage nogle Billeder en af de første Dage til Musæet. Endnu bedre vilde det jo være om Etatsraaden kunde faa Lyst til at komme herover for at derigere Pengespørgsmålet som vi jo står noget vaklende overfor. Hvis Lützhøft og Tom Petersen kom med var det jo heller ingen Skade til, men kan al dette ikke lade sig ordne kunde så P.H. og jeg ikke på Lov til at tage nogle Billeder ud som den øvrige Komité så må se paa bagefter.
+Jeg vil med det samme gribe Lejligheden til at foreslaa at følgende af Joh. Larsens ældre Billeder erhverves af Faaborg Musæet:
+1 Et Portræt af J.L.s Søster
+2 Hans Faders Kontor i Solskin
+3 En Kostald med en Malkepige
+4 Nattergal
+5 Portræt af J.L.s Farmoder (en gammel Dame med en hvid Kappe med lille Kappebånd)
+6 og 7 To Billeder med lyserøde Aakander i en Dam
+Hvilke Billeder jeg allesammen synes hører til Joh. Larsen allerbedste Ting. Jeg har lige havt en Telefonsamtale med P.H. han kan komme til Kjerteminde hvilken Dag det passer Etatsraaden. billederne skal senest sendes afsted Lørdag Aften. Jeg venter altså at høre et Par Ord fra Etatsråden før jeg taler nærmere med P. Hansen. Med mange hjertelige Hilsener til Dem og Etatsraadinden er jeg
+Deres hengivne
+Fritz Syberg.</t>
+  </si>
+  <si>
+    <t>1914-10</t>
+  </si>
+  <si>
+    <t>Peter Hansen
+Carl Petersen, arkitekt
+Karl Schou
+Fritz Syberg</t>
+  </si>
+  <si>
+    <t>Brevet er et udkast til brev af 20. oktober 1914.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen mener, det er vigtigt at forbedre Karl Schous repræsentation på museet. Desuden skriver han om sin bekymring for, at Carl Petersen medvirker til ophængning af billeder på Faaborg Museum.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/3nFl</t>
+  </si>
+  <si>
+    <t>Kære Hr Etatsraad
+Da jeg var i København hørte jeg at Karl Schou skulde have Udstilling, og talte med Lützhøft om Muligheden af at faa hans Samling i Faaborg Museum completteret med nogle af hans nyere Billeder ved den Lejlighed. Medens Syberg, Peter og jeg - samt til Dels Poul Christiansen er saa righoldigt repræsenterede i Musæet, at der, selv om der ikke skulde komme flere Billeder af os, ikke kan gaaes uden om det af nogen der ønsker at lære vore Arbejder at kende er dee jo langt fra Tilfældet for Schous Vedkommende. Schou der jo altid samme med vi fire ovennævnte har hørt til den snævrere Kres, der er bleven kendt under Navnet Fynboerne, er en saa betydelig Kunstner, at han fortjener en langt større Plads der, end der er ham tildelt og da han har malet mange smukke Billeder i de sidste 3-4 Aar, baade herhjemme og fra Frankrig, var der maaske Anledening til at sikre sig nogle af de bedste nu, bl.A. et Interieur med Portrætter af hans Forældre som jeg saa i Sommer. Jeg ved ikke om Peter endnu er her paa Fyn, men jeg er parat til at komme derover og skal tale med Syberg pm det.
+Saa er der en Ting til, jeg gerne vil pille ved, mens jeg er i Gang med at skrive. Det er ophængningen af Billederne i Museet. Calle vil jo gerne prøve og det farlige deri var ikke rigtigt gaaet op for mig, i det jeg gik ud fra, som en Selvfølge at vi kunde hænge om efter ham, hvilket jeg aldrig har tvivlet om vilde blive nødvendigt. Nu var Syberg her forleden og gjorde mig bange, han gik nemlig ud fra, at naar først Billederne var hængt op, blev Musæet aabnet, og saa var det forbi. Han vilde heller ikke være med til at pille Billederne ned, naar de først var hængt op. Jeg har lige siden Museet blev planlagt, glædet mig til at hænge de Billeder op sammen med Peter Hansen og Syberg. Vi kan forliges om det, og selvfølgelig, da vi kender hvert enkelt Billede ud og ind, gøre det langt bedre end Calle, der er en udmærket Arkitekt, som har lavet et meget smukt Museum og som rimeligvis ogsaa vil kunne tapetsere Væggene pænt, med de for Haanden værende Billeder, men det er jo ikke helt det, det kommer an paa. Han har faaet Lov at raade for Bygningen lige til Farverne paa Væggene, men naar de er smurt paa, skal han være færdig og vi skal til. Vil han ikke give sig paa det Punkt, vil jeg foreslaa at Bestyrelsen bliver kaldt sammen for at tage Bestemmelse om Ophængningen.</t>
+  </si>
+  <si>
+    <t>1914-10-13</t>
+  </si>
+  <si>
+    <t>Johannes Larsen beder Mads Rasmussen om at sende de resterende 4000 Kr til Kerteminde.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/m17x</t>
+  </si>
+  <si>
+    <t>Kjerteminde 13/10 1914.
+Kære Hr. Etatsraad!
+Da De var rejst til Fyn den Dag jeg rejste hjem, tillader jeg mig at bede Dem sende mig de resterende 4000 Kr. herover. Venlig Hilsen og mange Tak for sidst til Etatsraadinden og Dem selv.
+Deres hengivne 
+Johannes Larsen</t>
+  </si>
+  <si>
+    <t>1914-10-20</t>
+  </si>
+  <si>
+    <t>Poul S. Christiansen
+Peter Hansen
+Nicolaus Lützhøft
+Kai Nielsen
+Carl Petersen, arkitekt
+Christine Rasmussen
+Karl Schou
+Fritz Syberg</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har talt med Nicolaus Lützhøft om, at museet i Faaborg bør have nogle nyere billeder af Karl Schou. Desuden er han også bekymret over, at Carl Petersen tilsyneladende ønsker at stå for ophængning af billederne på museet, og argumenterer for, at det bør være kunstnerne, der forestår dette arbejde.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/pEjq</t>
+  </si>
+  <si>
+    <t>Kjerteminde d. 20 Octbr 1914.
+Kære Hr. Etatsraad!
+Da jeg forleden var i Kjøbenhavn, kørte jeg at Karl Schou skulde have Udstilling og talte med Lützhøft om Muligheden af at faa hans Samling i Faaborg Museum completteret med nogle af hans nyere Billeder ved den Lejlighed. Medens Syberg, Peter og jeg - samt til Dels Poul Christiansen er saa righoldigt repræsenterede i Musæet, at der, selv om der ikke skulde komme flere Billeder af os, ikke kan gaaes uden om det af nogen der ønsker at lære vore Arbejder at kende er dette jo langt fra Tilfældet for Schous Vedkommende. Schou der jo altid samme med vi fire ovennævnte har hørt til den snævrere Kres, der er blevet kendt under Fællesnavnet Fynboerne, er en saa betydelig Kunstner, at han fortjener en langt større Plads der, end den der er ham tildelt og da han har malet mange smukke Billeder i de senere Aar baade herhjemme og fra Frankrig var der maaske Anledning til at sikre sig nogle af de bedste nu, bl.A. et Interieur med hans Forældre som vist var udstillet i Foraaret. Jeg ved ikke om Peter er her paa Fyn endnu, men jeg skal tale med Syberg, og jeg er parat til at komme derover. 
+Saa er der en Ting til, jeg gerne vil pille ved, mens jeg er i Gang med at skrive. Det er Ophængningen af Billederne i Musæet. Calle vil jo gerne prøve og det farlige deri var ikke rigtigt gaaet op for mig, i det jeg gik ud fra, som en Selvfølge, at vi kunde hænge om efter ham, hvilket jeg aldrig har tvivlet paa vilde blive nødvendigt. Nu var Syberg her forleden og gjorde mig bange. Han gik nemlig ud fra, at naar først Billederne var hængt op, blev Musæet aabnet, og saa var det forbi. Han vilde heller ikke være med til at pille Billederne ned, naar de først var hængt op. Jeg har lige siden Musæet blev planlagt, glædet mig til at hænge de Billeder op sammen med Syberg og Peter. Vi kan forliges om det, og selvfølgelig, da vi kender hvert enkelt Billede ud og ind, gøre det langt bedre end Calle.
+Calle er en udmærket Arkitekt, der har bygget et meget smukt Musæum og som rimeligvis ogsaa vil kunne tapetsere Væggene pænt, med de for Haanden værende Billeder, men det er jo ikke helt det, det kommer an paa. han har faaet Lov at raade for Bygningen lige til Farverne paa Væggene, men naar de er smurt paa, skal han være færdig og vi skal til. Vil han ikke give sig paa det Punkt, vil jeg foreslaa at Bestyrelsen sammenkaldes for at tage Bestemmelse om Ophængningen.
+venlig Hilsen til Etatsraadinden og Dem selv. Deres hengivne
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1914-11-17</t>
+  </si>
+  <si>
+    <t>Frederik Hallin
+Martin Haahr
+Elias Muus
+Kristian Olsen</t>
+  </si>
+  <si>
+    <t>Tallerkener kan være til stellet, som Johannes Larsen malede til Fyns Forsamlingshus</t>
+  </si>
+  <si>
+    <t>Johannes Larsen opgiver at tage på jagt ved Fiilsø pga is på søen.
+Han har malet et par tallerkener, som indleveres til brænding hos Hallin.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/bCsj</t>
+  </si>
+  <si>
+    <t>Kjerteminde 17 Nov. 1914.
+Kæreste Alhed!
+Tak for Brevet. Det kunde jo være meget fristende at købe det Billede, men jeg maa vel hellere se det først. Jeg var lige ved at rejse med Muus over at skyde Gæs ved Fiilsø i Formiddags, Kufferten var pakket, men saa kom der Telefonmeddelelse fra Martin Haahr at Søen var tilfrossen og der var ingen Ting at gøre og saa gik det ind. Her har du nogle Skriverier i Avisen og Svar fra Tømmermester Olsen som er Formand for Forlystelsesudvalget i Haandværkerforeningen. Det gaar ellers godt. Jeg skal hilse. Jeg har i Dag malet Prøver paa et af Tallerkenerne og vil male paa et til i Morgen og tager dem ind og faa dem brændt hos Hallin.
+Mange Hilsner Din Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1914-11-29</t>
+  </si>
+  <si>
+    <t>Olaf Rude</t>
+  </si>
+  <si>
+    <t>Alhed Larsen
+Marie Schou</t>
+  </si>
+  <si>
+    <t>Johannes Larsen skrev også en anbefaling til Olaf Rude 29. nov. 1912 (findes i KTDK). 
+Olaf Rude bad i 1914 Kristian Zahrtmann om en anbefaling, men da denne afslog, skrev Johannes Larsen i stedet en sådan (Malene Linell Ipsen: Olaf Rude - Fynboerne og Kerteminde. Johannes Larsen Museet s. 7) 
+Larsen-familiens køb af billedet er også omtalt i Johannes Larsen til Olaf Rude 1914-12-04.
+Motivet er fra gartneriet Valdal i Valby, hvor flere af Fynbomalerne gennem årene boede til leje.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, Johannes Larsen-samlingen, kasse 5, 35-2</t>
+  </si>
+  <si>
+    <t>Johannes Larsen undskylder, at brevet kommer så sent. Han håber, at anbefalingen kan bidrage til, at Rude får legatet.
+Alhed og Johannes Larsen vil gerne købe Rudes "Gartnerbillede" på afbetaling. De kan sende 100 kr i første omgang og aftale nærmere om resten.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/7u1p</t>
+  </si>
+  <si>
+    <t>PT. Kjøbenhavn 29 Nov. 1914.
+Kære Rude!
+Undskyld at dette kommer saa sent. Deres Brev var bleven sendt fra Kjerteminde og derfra til Marie Schou og i Gaar blev jeg forhindret i at skrive lige som jeg havde faaet begyndt. Hermed en Anbefaling, det skal glæde mig hvis den kan bidrage til at De faar Legatet. Vi vilde for Resten have skrevet til dem alligevel. Vi vilde gerne købe den Gartnerhave, men da vi ikke har Raad til at betale det paa en Gang, vilde vi spørge om det ikke kunde lade sig gøre at vi fik det paa Afbetaling, dersom det ikke bliver solgt paa Udstillingen. Vi kunde f. Ex betale 100 Kr. strax og saa aftale nærmere om Resten. Mange Hilsner fra os begge. Vi rejser hjem Tirsdag.
+Deres hengivne
+Johannes Larsen</t>
   </si>
   <si>
     <t>1915-02-04</t>
   </si>
   <si>
     <t>Jørgen Schou</t>
   </si>
   <si>
     <t>Valby
 Valdal</t>
   </si>
   <si>
     <t>Valdal, Valby Langgade 30, var et nedlagt gartneri i Valby, hvor adskillige af Fynboerne i årenes løb boede til leje. Marie Schou og sønnen Jørgen/Buf boede der efter Maries skilsmisse. Bygningen blev nedrevet i 1930.
 Astrid Goldschmidt og Jørgen Schou indledte et forhold, mens hun stadig var gift med Alfred Goldschmidt. Astrid og Jørgen var siden gift en kort periode.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, Astrid W-G til Jørgen Schou, 1905-02-04, 2413</t>
   </si>
   <si>
     <t>Astrid vil komme med Østbanen kl. 4 og blive hentet af Jørgen. Hun glæder sig helt vildt til at gense sin elskede.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/rv9O</t>
   </si>
   <si>
     <t>[Håndskreven på kuvertens forside:]
 Hr. stud polyt Jørgen Schou 
 Valdal
 Valby
 Danmark.
 [På kuvertens bagside:]
 Håndstempel og segl
 [I brevet:]
 Torsdag Eftmd 4/2-15
 Min egen elskede og allerbedste lille søde dejlige Buf! Da jeg lige nu - Kl 3 – kom hjem fra Byen, lå Dit søde Brev her - - Tusind Tak! Jeg kommer altså til Østbanen Kl c 4 præcis (herfra normalt 1⁴⁰, normalt dér 3⁴⁰ - men med ev. Forsinkelser er det jo bedst at sige Kl 4 – og så kan Du være der – ikke sandt? Det er allerbedst at komme på den Tid af Dagen – og så Du er der – åh, hvor jeg glæder mig – vildt – vanvittig – jeg spekulerer ikke på nogen Verdens Ting mere – lille søde kæreste Buf – min egen Buf! – Jeg går ned til Båden med dette. Tusind Millioner Kys og glade Hilsner og på Gensyner fra Din
 Dis</t>
+  </si>
+  <si>
+    <t>1915-02-05</t>
+  </si>
+  <si>
+    <t>Sybergs Have, Kerteminde
+Den Frie, København
+Grønningen, København</t>
+  </si>
+  <si>
+    <t>Olga Meisner-Jensen
+Albert Naur
+Olaf Rude
+Anna Syberg
+Juliette Willumsen</t>
+  </si>
+  <si>
+    <t>Skrevet på skrivemaskine af ukendt person. Det vides ikke, hvor originalbrevet befinder sig. Der er transskriberet efter kopien. 
+Pilegården (nu Sybergs Have, Kerteminde) stateligt hjem i gåafstand fra Johannes Larsens bolig på Møllebakken erhvervedes i 1902 af Anna og Fritz Syberg. Efter Fritz Sybergs død i 1939 overtoges stedet af sønnen Franz Syberg og dennes familie. I 1955 nedbrændte huset ved en ildebrand, der kostede Franz Syberg livet. 
+Den Frie er en kunstnersammenslutning, der blev stiftet i 1891 af danske billedkunstnere i protest mod adgangskravene til det etablerede Charlottenborg. Det gør sammenslutningen til Danmarks ældste kunstnersammenslutning.
+I 1915 opstod et generationsproblem på den Frie. En gruppe yngre kunstnere, heriblandt Albert Naur, Rude og Ernst Goldschmidt blev nægtet optagelse på udstillingen. Etablerede fynbomalere herunder Fritz Syberg og Johannes Larsen stillede sig solidariske og sammen dannede yngre og ældre malere udstillingsbygningen Grønningen. Her var Larsen og Syberg medlemmer frem til 1925.
+Kilde: 
+Porsmose, E.: Fritz Syberg, kunsten, naturen, kærligheden. Gyldendal, 1925.
+Scavenius, Bente: Den frie Udstilling i 100 år. Borgen, 1991.</t>
+  </si>
+  <si>
+    <t>Frits Syberg beder Ernst Goldschmidt, om de kan mødes i København i forbindelse med forberedelserne til Anna Sybergs mindeudstilling i februar 1915. Ved den nyligt afsluttede afstemning i den Frie kom fru Willumsen ind, men ikke Naur og Rude.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/4dgJ</t>
+  </si>
+  <si>
+    <t>Pilegården Kjerteminde
+5-2-15
+Kære Goldschmidt.
+Idag har jeg modtaget Kataloget over Annas Udstilling, og sender Dig straks min Tak for Din Ulejlighed med denne. Jeg kommer over en Dag og ser på den mens Olga Jensen er her, jeg tør ikke forlade Huset ellers. Det bliver under alle Omstændigheder et meget kort Besøg og jeg vilde gerne aftale med Dig om vi ikke kunde træffes den Aften jeg kommer over, og tilbringer Aftenen sammen ?? Send mig et Kort om hvornår, og om det i det hele taget kan lade sig realisere. Kan Du have en Aften tilovers f.Eks. sidst i den kommende Uge eller først i den næste?
+Mange Hilsner din hengivne Fritz Syberg.
+Det var jo et nydeligt Resultat af Afstemningen i den Frie.
+Fru W. (Willumsen) kom ind Rude og Naur ikke.</t>
+  </si>
+  <si>
+    <t>1915-04-23</t>
+  </si>
+  <si>
+    <t>Erich Knippel</t>
+  </si>
+  <si>
+    <t>Ivar Bentsen</t>
+  </si>
+  <si>
+    <t>Faaborg Byhistoriske Arkiv, Mads Rasmussens familiearkiv, Mappe 32</t>
+  </si>
+  <si>
+    <t>E.N. Knippel takker på vegne af lærere og forstandere ved de tekniske skoler i Fyns Stift for at de havde fået lov at benytte museets store sal til foredrag af arkitekt Bendtsen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/KlBh</t>
+  </si>
+  <si>
+    <t>Faaborg tekniske Skole Den 23 April 1915
+Hr. Etatsraad M. Rasmussen R af D. 
+Det blev mig overdraget af den Forsamling af Lærere og Forstandere ved tekniske Skoler i Fyens Stift, som afholdt Møde her i Faaborg Søndagen d. 18de, at bringe Dem en hjærtelig Tak, fordi De saa velvilligt overlod os Museets store Sal til Arkitekt Bentsens Foredrag.
+Mødets Deltagere besaa med stor Interesse de prægtige Rum, hvis gode Arkitektur blev indgaaende belyst gjennem Foredraget. 
+Paa min Hustrus og egne Vegne bringer jeg Dem og Deres Familie vor Hilsener, og ønsker Dem af Hjertet en fortsat god Bedring.
+Deres ærbødige
+E.N. Knippel</t>
+  </si>
+  <si>
+    <t>1915-05-13</t>
+  </si>
+  <si>
+    <t>Kværndrup
+Krarup, Fyn
+Faaborg</t>
+  </si>
+  <si>
+    <t>Peter Hansen
+Andreas Larsen
+Johan Larsen
+Johan Christian Petersen</t>
+  </si>
+  <si>
+    <t>Johannes Larsen cyklede til Faaborg for at deltage i maleren Jens Birkholms begravelse.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har haft en drøj cykeltur i kulde og mørke. Luften gik ud af fordækket. så han måtte trække de sidste mil og kom i seng kl. halv tre.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/BHw5</t>
+  </si>
+  <si>
+    <t>Faaborg 13 Maj. 1915.
+Kæreste Alhed!
+Hermed Chequen. Det var for resten lidt af en drøj Tur i Nat. Vejene var vaade og da det blev mørkt og jeg blev søvnig, svære at se, saa jeg begyndte for første Gang at kunne forstaa Dine Fornemmelser ved at køre i Mørke, men vi naaede da Kværndrup ligesom de sluttede ved 11 Tiden og fik dem banket op og fik en Sodavand og Kalorie derfra var det koldt og jeg frøs væmmelig paa Fingrene til Luften forlod min Forring i Krarup. Vi maatte saa trække de sidste Mil og kom først hertil og i Seng ved 2 ½. Lysse og Peter er kommen jeg skal hilse Dig og drengene. Mange Hilsner fra mig selv. Calle sover.
+Din
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1915-05-15</t>
+  </si>
+  <si>
+    <t>Else Jensen
+Jens Jensen</t>
+  </si>
+  <si>
+    <t>Faaborg Museum</t>
+  </si>
+  <si>
+    <t>Johanne Giersing
+Jørgen Schou
+Marie Schou
+Anna Louise Syberg
+Ernst Syberg
+Franz Syberg
+Hans  Syberg
+Johanne Syberg
+Lars Syberg</t>
+  </si>
+  <si>
+    <t>Faaborg Museum blev grundlagt 1910. I perioden 1910-1915 blev der indkøbt kunst og bygget. Kunstnerne stod selv for ophængningen i 1915, hvor museet åbnede. 
+Af det forrige brev fra Fritz Syberg til Johannes V. Jensen fremgik det, at parret skulle vies i Svanninge.</t>
+  </si>
+  <si>
+    <t>Fritz Syberg og de andre fynske malere hænger udstilling op på Faaborg Museum. 
+Marie og Fritz Syberg er blevet gift 12. maj og bor i deres hus i Svanninge. De har det godt med deres tilsammen otte børn. Marie hilser.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/wW8M</t>
+  </si>
+  <si>
+    <t>Faaborg Musæum
+17-5-15
+Kære Joh. V. og Else!
+Vi gaar her, alle de fynske Malere, og virker med Ophængningen af Musæet, som jeg tror vi faar Glæde af. Dette Brev er ellers for at meddele Jer at Marie og jeg viedes den 12 – 5 – i Kjerteminde og bor ”för tilfället” i vor Ejendom i Svanninge ”Fivelinhuset” kaldet. Vi har det ug. Der venter os ikke saa lidt i Fremtiden – ganske vist – _8 _Børn e.c.t e.c.t. – men igaar, i forgaars havde vi det godt, og i Dag har vi det fremdeles godt og haaber at have det godt i Morgen og den næste Dag og i øvrigt ved jeg intet mere.
+Eders altid hengivne
+Ven Fritz Syberg.
+Jeg venter hvert Øjeblik Marie som vist gærne vil have en Hilsen med til Jer.
+Nu kom Marie - - 
+Mange Hilsener fra os begge Marie og Fritz Syberg</t>
   </si>
   <si>
     <t>1916-02-15</t>
   </si>
   <si>
     <t>4.
 Rolfsvej 17</t>
   </si>
   <si>
     <t>Lise Abrahams
 Thora  Branner
 Wilhelm Branner
 Louise Brønsted
 Adam Goldschmidt
 Ina  Goldschmidt
 Adolph Larsen
 Jørgen Schou
 Laura Warberg</t>
   </si>
   <si>
     <t>Silkerester fra fabrikken: Astrid var nogle år gift med Alfred Goldschmidt, som var direktør for en pelsfabrik i Malmø.
 Valdal, Valby Langgade 30, var et nedlagt gartneri i Valby i København, hvor adskillige af Fynboerne i årenes løb boede til leje. Bygningen blev nedrevet i 1930.</t>
   </si>
   <si>
     <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 0998</t>
@@ -10966,50 +6839,73 @@
 Astrid er lykkelig med Jørgen/Buf efter de 11 skrækkelige år i Malmø.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/TyIQ</t>
   </si>
   <si>
     <t>[Skrevet af ukendt person:]
 ”Agraren”, Junges mand.
 Kvartalsdranker.
 Rolfsvej 17⁴ d 15/2 –16.
 Kære lille søde Junge!
 Tusind Tak for Brevet! åh, Junge det var akurat som i gamle Dage, da vi skrev lange Breve til hinanden – da hele Verden altid stod i Flammer – og det, der flammede, var vore egne elskovsfyldte Hjerter - 
 Og Dit Brev nu – ja, Indholdet skifter med Alderen i os – naturligvis - men det var nærmere dét: at få et 8 sides Jungebrev, der betog mig. I alle de sidste år har jeg kun fået Breve på 1-1½ Side fra Dig – altid havde Du Tusinde Ting om Ørene og påstod, at Du helt havde glemt at skrive Breve; jeg nyder at tænke på, at Du nu endelig har Masser af Tid for Dig – og endelig engang kan få hvilet ud. Jeg vilde så gerne kunne opmuntre Dig lidt i Din Bekymring; jeg tænker på Dine egne Ord, at han vist aldrig har vidst rigtig hvor meget der stod på Spil for Jer alle, hvis han ikke tog sig sammen; men alt dette sidste må dog ganske sikkert kunne lære ham det – jeg synes ikke, Du behøver at se så håbløst på det. Tænk blot, hvor mange der helbredes helt – hvorfor så ikke han! Der er jo dog en god Grund i ham og megen Karakter, selv om den har svigtet hidtil på dette ene Punkt. Ja, jeg er jo en uforbederlig Sangviniker og kan ikke se anderledes på det. – Nej, Junge, jeg havde nu ikke ”skruet Livslysten lidt op” til Ære for Dig i mit forrige Brev – men jeg er altid skruptosset og ellevild af Glæde, når Sjums og Adam besøger mig. Det er altid så lykkelige Dage, de længes efter mig og Henrykkelsen er gensidig. De er rørende taknemmelige for alt, hvad jeg gør for dem og for hele min Menage. Vi var om Søndagen i etnografisk Musæum sammen med Mogens og Lise Abrahams: Mogens kunde det hele udenad og var en glimrende Vejviser. Det var en stor Fornøjelse for alle Parter. - .
 Skrev jeg, at jeg nu lærer Stenografi? i det Haab at kunne få en Kontorplads engang, jeg kan ikke rigtig finde mig i bestandig at tage imod alle de Penge fra Alfred – 100 om Måneden – og som Forholdene nu engang er for mig. Jeg er rasende sparsommelig – bruger c 75 om Måneden til alt (Husleje – Vand – Gas – Lys – Brændsel – etc) 25 Kr sættes af til Extraudgifter, jeg mangler jo endnu flere Ting, købte desuden en dejlig Ulster – 50 Kr! så flot en Kåbe har jeg aldrig ejet i mine Velmagtsdage som rigtig gift. Men altså – jeg sparer også gevaldig. For lidt siden solgte jeg alle Vinflaskerne fra Mors Sygdom for 35 Øre – det er til Parken i Dag. Og nu skal Du høre en kostelig Historie. Vilhelm havde allerede i Efteråret bestilt en Del Slips af mig; det første syede jeg med det samme – og forærede ham – derved var det, han bestilte flere. Jeg har nemlig fra Malmø liggende en Del Silkerester, som jeg fik på Fabriken. Nå, nu i denne yderst fattige Februar Måned, hvor man endnu halter efter Julen, Horsensrejsen o s v – så tog jeg mig altså sammen og syde 3 flotte Slips, som jeg drog ud med i Søndags til Vanløse. ”Men Gud Tutte – så mange Blomster?” 
 "Ja, Dis – ved Du ikke, det var Vilhelms Fødselsdag i Fredags?” 
 II/ Jeg himler op – beklager – undskylder og overfaldes af bange Anelser. Noget efter kommer Vilhelm. Tutte siger:” her skal Du se tre fine Slips, Dis forærer Dig!” 
 Jeg smilte tvungent – fandt Spillet og yderst slet – der havde jeg gået og regnet og regnet og spurgt alle, der kom til mig, hvad jeg kunde være bekendt at tage for dem – man mente, 5 Kr for alle tre var uhyre billig, jeg svimlede blot ved Tanken om 4 Kr – nok til at leve af en hel Uge. Og dér lå alle glade Forhåbninger! men det var nu alligevel ganske grinagtig! Jeg må i denne Forbindelse fortælle Dig endnu en Historie. Tutte var til Indvielse af en ny Villa hos en Familie derude. Gæsterne førtes ud i Gården for at høre et ganske enestående Ekko – 5-6 Gange gentages Ordet med fuldkommen Tydelighed. Blandt Gæsterne var en meget gammel og meget fin Herre – Geheimekonferens eller sådan noget – han beder om Tilladelse til at forsøge – alle tier ærbødig – den gamle Herre råber: Sludder - - 
 Men ak, Ekkoet tog sig ikke af det store Es – hvorimod Resten klang 5-6 Gange – højt og tydeligt. Ingen havde Konduite til at afbryde Virkningen var uforglemmelig!
 Nå, nu skal jeg hen og slide i det igen – jeg stenograferer og skriver på Maskine – om lidt skal jeg ud og lave Middagsmad: en Grisetå med Kartoffelsalat til og eventuelt Byggrød, hvis Ånden kommer over mig, men det er Lapseri at nyde to Retter Mad. I Morgen er jeg bedt til Middag hos Ellen Branner – vi to alene – det bliver nok hyggeligt, hun bor henrivende, en Ungkarlekvinde som jeg, men mere forfinet – hun har sin Mors gamle fine Møbler, Klaver etc. (Jeg sukker efter Klaver) Torsdag og Fredag i Valdal – ligeledes Søndag – dette forklarer jo, at man kan leve af 4 Kr. om Ugen! I Aften skal Buf og jeg t ["t" overstreget] i Dagmartheatret – Lukke sender mig Billetter. 
 Jeg skriver ikke noget om Buf – for så bliver det alt sammen om Buf – som for mig er – det Hele! 
 Åh, Junge – de 11 skrækkelige År i Malmø – hvad gør det alt sammen når man senere skal opleve alt dette! 
 Man bør nyde Lykken, mens den er der – for vi véd jo, at den er væk med det samme og altid betales i dyre Domme. 
 Gid Du kunde se min Kvist – her er guddommeligt Junge, og har aldrig før vidst, hvor dejligt det var at have et Hjem. Jeg nyder Dagenes Ensomhed – om Aftenen er jeg aldrig alene. 
 Ja, nu Farvel lille søde Junge, skriv igen, han læser endnu ikke Dine Breve. Din altid
 Dis</t>
+  </si>
+  <si>
+    <t>1916-04-14</t>
+  </si>
+  <si>
+    <t>Grønningen</t>
+  </si>
+  <si>
+    <t>Grønningen var i 1916 en ganske ny kunstnersammenslutning, der var blevet stiftet året forinden.</t>
+  </si>
+  <si>
+    <t>Faaborg Museum, Peter Hansens arkiv</t>
+  </si>
+  <si>
+    <t>Kortet fra "Grønningen" opfordrer til, at kunstnerne deltager så fyldigt som muligt i anden ophængning.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/xBuM</t>
+  </si>
+  <si>
+    <t>"Grønningen" 14-4-16
+Kunstnerne opfordres indtrængende til saa fyldigt som muligt af deltage i anden Ophængning.
+Bestyrelsen</t>
   </si>
   <si>
     <t>1916-07-03</t>
   </si>
   <si>
     <t>Kvittering</t>
   </si>
   <si>
     <t>Marie Schou
 Hans  Syberg</t>
   </si>
   <si>
     <t>Det fremgår af materialet om Fritz Syberg, at han især i de unge år fiskede for at supplere indtægterne fra sine malerier. Da Syberg-familien tilbragte somrene på Fyns Hoved nord for Kerteminde, sejlede de også derud medbringende husgeråd mm. Hvorfor Fritz Syberg solgte båden til Marie og Hans vides ikke. Se foto af Fritz Syberg på båd (muligvis Skjold) i Erland Porsmose: Fritz Syberg. Kunsten, naturen, kærligheden. Gyldendal 2012 s. 166.</t>
   </si>
   <si>
     <t>Fritz Syberg sælger sin båd, Skjold, til Marie og Hans Syberg</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/HWoO</t>
   </si>
   <si>
     <t>[Påtrykt øverst på arket]:
 Formular B.
 Skibsskøde.
 (Lov om danske Skibes Registrering m.m. af 1. April 1892, § 14, III.)
@@ -11051,50 +6947,275 @@
 ved kontant Betaling
 [Påtrykt og håndskrevet]:
 6) jeg eller vi saa skøder og overdrager 6) jeg herved til bemeldte Marie Syberg og Hans Peter Syberg
 7) dette eller disse Andele. 100/100 Andele i det ovennævnte Skib, saaledes at 7) dette herefter skal være
 8) hans, deres eller lign. 8) deres lovlige Ejendom.
 [Påtrykt]:
 Til Bekræftelse heraf er dette Skøde udstedt og underskrevet i tvende Vitterlighedsvidners Overværelse.
 [Håndskrevet]:
 Kerteminde den 9 Aug. 1916.
 Fritz Syberg.
 [Påtrykt]:
 Til Vitterlighed:
 9) Vidnernes fulde Navn, Livsstilling og Hjemsted 9)
 [Håndskrevet]:
 Sehested[ulæseligt]
 Toldassistent
 Kerteminde.
 [Påtrykt]:
 Anm. I. I Tilfælde af, at der forud for det endelige Salg har været udsendt Købekontrakt, tilføjes under 4), efter at Køberens Navn er anført:
 ”overensstemmende med vedhæftede (eller vedlagte) Købekontrakt, dateret …
 - II. Skibsskøder stemples til den 2den Klasses Takst, medmindre der forud har været oprettet behørig stemplet Købekontrakt.
 [Påtrykt på skødets bagside, nederst]:
 KBH. BIANCO LUNO</t>
   </si>
   <si>
+    <t>1916-07-12</t>
+  </si>
+  <si>
+    <t>Edvard Brandes
+Georg Brandes
+Marie Schou</t>
+  </si>
+  <si>
+    <t>Fritz Syberg ejede udover Pilegården nær Kerteminde et hus i Svanninge. Senere fik datteren Johanne/Besse og svigersønnen Harald Giersing huset i bryllupsgave. 
+Det er ikke muligt at afgøre, om den omtalte artikel var skrevet af Georg eller Edvard Brandes.</t>
+  </si>
+  <si>
+    <t>Syberg-familien er på Fyn og indleder en rundrejse. Fritz Syberg er træt og søvnløs.
+Brandes' artikel tiltaler Syberg.
+Fritz Syberg beundrer tyskerne og er træt af sine landsmænd.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/QjNS</t>
+  </si>
+  <si>
+    <t>Svanninge 12-7-16
+Kære Joh. V. og Else!
+Vi er paa Fyn og begynder i Morgen vor Rundrejse. Vejret er daarligt men vi faar det ikke [”ikke” overstreget] vel ikke bedre. Jeg er træt og søvnløs og vilde ønske jeg kunde lægge mig i Dvale en Maaned. Brandes’ Artikler har tiltalt mig. Det er jo en Mærkværdighed at træffe menneskelig Fornuft i denne Galeanstalt af en Verden.
+Hvad siger I om Deutschlands Ankomst til Amerika? Jeg beundrer Tyskerne Men mine Landsmænd keder mig. Hvor jeg synes de fortjener at slaas flade.
+Ha’ det godt, mange Hilsener fra Marie og fra Eders hengivne Fritz Syberg.</t>
+  </si>
+  <si>
+    <t>Vinter 1917</t>
+  </si>
+  <si>
+    <t>Thora  Branner
+Alhed Larsen
+Christine  Mackie
+Ellen  Sawyer
+Janna Schou
+Jørgen Schou
+Laura Warberg
+Martin Warberg Larsen</t>
+  </si>
+  <si>
+    <t>Astrid/Dis Warberg-Goldschmidt ventede barn med 19årige Jørgen/Buf Schou. Astrid havde to børn, Ina og Adam, med Alfred Goldschmidt, som hun ikke var skilt fra, da Jørgen og hun indledte et forhold. Deres fælles barn, Janna, blev født 3. juli 1917. Astrid flyttede til København, og Ina og Adam blev hos deres far i Malmø. 
+"Tante" kan være flere forskellige personer. 
+Lille Mand er mulivis Johanne/Junge C. Larsens yngste søn, Martin/Manse Warberg Larsen, som blev født 25. marts 1915. 
+Stramonium: Pigæble er en lægeplante. Bestøves af natsværmere. 1,2 meter høj. 1-årig. Selvsår. Pigæble er meget giftig, er dødelig i større doser, og virker i mindre doser bedøvende og lindrende. Denne lægeplante anvendes muligvis stadig som middel mod astma, idet røgen fra de tørrede blade lindrer astmaanfald ved sin bedøvende virkning.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0604</t>
+  </si>
+  <si>
+    <t>Johanne/Junge har en del spædbørnsudstyr, som Astrid/Dis kan få. 
+Laura Warberg vidste godt, at Astrid ventede barn. Hun er vred, men da hun hørte, at Astrid havde det dårligt, talte hun om at få Astrid til Fyn og hjælpe hende. Både Alhed og Ellen har talt Astrids sag.
+Johanne har altid beundret Astrids overbærenhed og forståelse for andre mennesker. Astrid må nu bære over med dem, der fordømmer hende. 
+Det er godt, at Jørgen/Buf Schou viser sig Astrids tillid værdig. 
+Vinteren er modbydelig.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/mSyN</t>
+  </si>
+  <si>
+    <t>Kære lille Dis!
+I Dag havde jeg netop samlet mig sammen til at faa det Bælte ledt frem eller rettere de to, for jeg havde et til liggende som jeg en Gang har faaet af Christine Maaske du paa et senere Stadium kan bruge det. De laa begge mellem Børnetøjet, nok saa ordentligt, det havde jeg ikke været sikker paa. Derved saa jeg med det samme, at her er evig nok af Lister og Navlebind, Trøjer og Skjorter samt alt til Vugge henhørende, men saa mangler du altsaa Bleer og Svøb og Underlag. – 
+Ja jeg vidste egentlig godt, at Mor vidste det, da jeg sidst skrev, men jeg fik saa brat sat Punktum paa, at jeg ikke naaede at omtale det og brød mig heller ikke særlig om det, du var jo à jour gennem Tante. Ja Dis, Mor har jo paa saa mange Omraader kun et Barns elementære Udvikling, det er jo Mangel paa Udvikling, naar hun tager det som hun gør, men tænk hvor Mor er kunstig til at svinge; da jeg i Formiddags i Telefonen fortalte hende, at du var saa daarlig, begyndte Mor virkelig at tale om at faa dig herover for at passe dig -hvilket jeg jo øjeblikkelig stemplede som umuligt og lidt bittert betegnede som alt for stort et Offer af Mor. Men tænk alligevel! Selv om det kun var en Flyveidé! Se, da løb Mors gode Hjærte af med hende og tror du ikke snarere at Vreden er et Udslag af, at saadan maa det nu en Gang være – der er sket en Forbrydelse og den maa straffes. Aa, saa elementært, men ikke i og for sig ondt eller haardhjærtet. Og Elle, ja jeg har da egentlig ikke hørt hende tale andet end godt om dig, men hun kan jo nok sommetider være lidt for unødig diplomatisk overfor Mor; saa du kan tro, det har kun været lidt misforstaaet Iver. I det hele taget har baade Alhed og Elle over for Mor kun gaaet ud paa at bidrage til at Mor kom saa let over det som muligt og det kan vel undskylde hvis der har været lidt Usikkerhed over deres Udtalelser. Alhed har vist sig helt igennem forstaaende og god og jeg tror absolut ikke at den Udtalele kan passe at jeg skulde være den eneste som tager flinkt paa det – jeg som dog har talt mere og [”og” overstreget] med Alhed og Elle og faaet mere deres egentlige Mening at vist har ikke den Opfattelse som Mor, saa du kan tro det har mest været for retfærdiggøre sin Iver ved Hjælp af Meningsfæller. Men for øvrigt lille Dis, der er ikke ret mange Mennesker saa forstaaende og overbærende med Menneskenes forskellige Foreteelser som du er; det er en Egenskab jeg altid har prist dig for, men der er nu ikke ret mange som har den; men nu maa du se at udstrække din Forstaaelse ogsaa til det, der nu møder dig og være overbærende mod dem, der er dydig (eller udydig) forargede. Vilde dog for Ex Mor være det Menneske som hun er, hvis hun ikke i første Omgang følte Vrede og kun Vrede, men du ved jo, at det gaar over igen og affødes saa af Mors sædvanlige Godhed og Hjælpsomhed. Mærkeligere er det at Tutte ikke ser til dig, det maa jeg sige forbavsede ogsaa mig meget, for Tutte er da ellers saa god, men saa megen ”hæderlig” Omgang gør vel ogsaa, at man tilsidst kommer til at se lidt generende hæderlig paa Tilværelsen. 
+Naa, at alt det bider, kan jeg jo alligevel saa uhyre godt forstaa, jeg vil bare saa nødig have at du skal se det værre, end det i Virkeligheden er; at Buf i alt dette viser sig din Tillid fuldt ud værdig – ja maaske større og bedre end du havde tænkt dig, maa jo dog alligevel saa langt opveje alt det andet; havde det glippet, lille Dis, saa havde der først for Alvor været Nød paa Færde for dig. 
+Næste Dag Jeg har nu læst igennem, hvad jeg skrev i Gaar og ser at jeg ikke tilstrækkelig nok har dementeret Mors udtalelser om ”at jeg skulde være den eneste” o.s.v. Mor har f. Ex selv fortalt mig at Alhed overfor Mor selv havde udtalt, at hun var kommen til at holde mere af dig, siden dette, fordi hun syntes, du tog det saa godt – ikke letsindigt – og at hun
+[Formodentlig mangler her dele af brevet, idet det synes at være uafsluttet].
+[Skrevet på tværs øverst s1:]
+Ja sikken modbydelig Vinter! Lille Mand kan ikke komme ud og er bleg og sløj. Og Ildebrændsel! Du godeste Gud 100 Kr om Md. har vi brugt. 
+Naa nu ikke mere. Skriv nu snart igen, jeg længes meget efter at høre hvordan det gaar og det gør Mor selvfølgelig ogsaa, selv om hun ikke vil være ved det. 
+Altsaa vi ["vi" overstreget] Stramonium
+Tusind Hilsner din Junge
+Også til Buf!! (1917)</t>
+  </si>
+  <si>
+    <t>1917-03-14</t>
+  </si>
+  <si>
+    <t>Elise Hansen</t>
+  </si>
+  <si>
+    <t>Sine Hansen
+Elena Larsen
+Marie Neckelmann
+Marie Schou
+Fritz Syberg</t>
+  </si>
+  <si>
+    <t>Familien glæder sig til at se Peter Hansen i København og Elise håber, at han vil blive lidt længere, end han plejer. Hun nævner, at Fritz Syberg nok ikke vil udstille i Grønningen og funderer over, at fynboerne står i et mærkeligt forhold til den institution. Beretter en del andre ting om familiens aktiviteter.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/uzkL</t>
+  </si>
+  <si>
+    <t>Kære Per!
+Vi glæder os alle sammen til atter at se dig paa en af dine Lyntournéer her i København, og dersom du lod falde Ro paa dig lidt længere end sædvanligt, var det jo endnu bedre. Du skulde indrette dig saaledes, at du blev her til Tante Sines Fødselsdag d 22de; og paa Mandag skal vi til Toms; Tante Mis er ogsaa bøden, saa du faar nok flere af dine Bekendtere at se, og kan have det meget rart. Det var da ogsaa et udsøgt kedeligt Selskab, du havde samlet i dit Atelier; her har vi dog lidt større Udvalg-Gudskelov! Jeg tror ikke, Baronen vil udstille i Grønningen, og jeg ringede til Marie for at spørge hende, og hun troede det heller ikke. 
+I staar i et gaadefuldt Forhold til den Institution, thi I er ikke medlemmer - faar ikke adgang til Generalf. o.s.v. er heller ikke Gæster, da I kun faar tilsendt en alm. Anmeldelsesblanket, faar lov til at bidrage og jeres Billeder tager sig ikke godt ud derude, det er jo det værste. Dersom Marie hører fra Baronen, at han vil udstille, skal jeg straks skrive til dig. I Aftes spillede Bimse og jeg Bridge hos Tanterne, og de var meget livlige, Tante Mine er svært med paa den - hun siger bare "Pip" nar hun vil melde "Pique", men hva' bryder vi os om det. Tante Sine vil gærne spise til Middag paa Skydebanen paa sin Fødselsdag saa det maa vi jo se at faa arrangeret. 
+I Morgen har vi jo Fødselsdag, og det er svært at lave noget med den Gas, og nu kan vi hverken faa Tørv el. Kul. saa Komfuret er vi færdig med at benytte.
+Her sender jeg dig "Krak" vil du tilføje noget, eller sende ham det tilbage, som det er? Tænk dig, at nu ligge Skadhauge igen på Diakonissestiftelsen. Dagen efter at han var kommen til Espergærde, fik han Lungebetændelse, og maatte i Bil tilbage her til, det er saamænd drøjt baade for ham selv og Konen. Han ligger paa Børneafdelingen, der var ikke Plads andre Steder. Her ligger en hel Del Papirer fra Mutual Life, som vi maa studere naar du kommer, Tiden for Forsikringen er vist udløben, men hvad de saa vil have os til, kan jeg ikke finde ud af.
+Det var godt at du fik Marmeladen uden Glasskaar.
+Nu har jeg ikke tid til mere Sludder. Mange kærlige Hilsner
+Din
+Elisa
+Kbh d 14/3 17.
+To gæve Stemmeretskvinder Kylle og jeg vandrede i Gaar afsted for at gøre vor Borgerpligt, men ingen af os var paa Listen - Kylle havde betalt sin Skat 2 Timer for sent , og vi boede for 2 Aar siden i Holte, og findes maaske paa Søllerøds Liste - der mistede de Radikale 2 fortræffelige Stemmer.</t>
+  </si>
+  <si>
+    <t>1917-07-12</t>
+  </si>
+  <si>
+    <t>Pilegården Kerteminde</t>
+  </si>
+  <si>
+    <t>Else Jensen
+Jens Jensen
+Villum Jensen
+Anna Syberg</t>
+  </si>
+  <si>
+    <t>Den omtalte kronik er "De danske øer. Fyn og Fynboerne". Den blev trykt i Politiken 8. juli 1917 og senere optrykt i Johannes V. Jensen: Aarbog 1917. 
+Fritz Syberg var flere gange inde på, at han inddelte sit liv i otteårs perioder. De sidste otte år havde han således kun malet akvareller, og nu skiftede han til oliefarver. Rådet fra Johannes V. Jensen kommer formodentlig i forlængelse af, at Fritz Syberg 1. maj 1917 og flere andre gange i breve til Jensen har givet udtryk for, at han var gået i stå med at male. 12. maj 1917 skrev Syberg da også til Johs. v. Jensen: "Dit Raad er godt og jeg vil følge det."</t>
+  </si>
+  <si>
+    <t>Fritz Syberg takker for kronikkerne. Han er glad for det, som Johs. V. Jensen har skrevet om Anna. Både Else og Johannes V. forstod Anna. Både Anna og Else turde/tør se til bunds i den menneskelige sjæl.
+Syberg har fulgt Johs. V. Jensens råd og er gået over til oliefarver, og han maler nu på 6-7 større billeder. Han håber, at der er tale om en ny periode i "8-års-rotationen". Og han håber også snart at kunne male et portræt af Johs. V. og Else.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/BNLq</t>
+  </si>
+  <si>
+    <t>Pilegaarden 12-7-17
+Kære Ven!
+Tak for Dine Kroniker. Desværre har jeg ikke faaet den ene af dem, men jeg faar nok fat paa den senere. Hvad Du skriver om Anna gaar mig meget nær til Hjerte. Jeg har en Følelse af at Du er den eneste jeg har kendt der forstaar at vurdere hende. Her vil jeg dog indskyde at jeg af og til har havt den samme Følelse over for Else og paa et [”et” indsat over linjen] endnu tidligere Tidspunkt. Men Else er tavs, især faar man jo ikke Sort paa Hvidt for hvad hun mener, men jeg har altsaa gættet og følt saaledes. Jeg anser Else for meget klog. Hun har ligesom Anna havde, det sjældne Mod, at turde se tilbunds i den Afgrund det menneskelige Hjærte er, og hun er, ligesom Anna var, saa menneskelig sund at hun ingen Skade tager af hvad hun ser, men tvertimod selv forhøjes i Værd.
+Her er jeg inde paa Emner der kunde være meget at sige om, men som jeg dog vil lukke af for.
+Jeg kan betro Dig at jeg har fulgt Dit Raad at ”skifte Materiale”, dog efter først at have modificeret det saa det passer til mig [”g” overstreget og erstattet af ”t”] [mi]t Behov, jeg har taget fat paa Oliefarven igen og er i Gang med 6-7 større Oliebilleder. Som det lader til har det en god Indflydelse paa mit personlige Velvære. Tiden for en ny ”8-Aars-Rotation” indtræder nu til Efteraaret og jeg haaber det er den der er i Gang. Men da jeg arbejder paa langt Sigt (1917-1925) vil jeg ikke foregribe Begivenhedernes Gang. Jeg haaber vi skal mødes tidt og ofte at det længe planlagte Billede af Dig og Else skal blive til, at vi skal opleve meget og presse den gamle Citron, Jorden, for dens sidste kostelige Draaber af Liv, Skønhed og alt hvad godt er.
+Mange Hilsener til Jer beggeto og til Børnene fra Eders begges hengivne
+Fritz Syberg.</t>
+  </si>
+  <si>
+    <t>1917-08-07</t>
+  </si>
+  <si>
+    <t>Christoforu -
+Else Jensen
+Jens Jensen
+Villum Jensen
+Marie Schou
+Anna Syberg
+Hans  Syberg</t>
+  </si>
+  <si>
+    <t>Fritz Syberg og Johannes V. Jensen har i flere breve omtalt tekst og tegninger af sagnfiguren Christoforu/Kristoffer. Hans Syberg stod model til denne figur for sin far. 
+Marie Schou/Syberg boede i København de første år efter, at hun og Fritz Syberg var blevet gift. Hun flyttede til Kerteminde, da hun var blevet pensioneret.
+Johs. V. Jensens nekrolog over Anna Syberg er trykt i forfatterens Aarbog 1917, Gyldendalske Boghandel 1917, s. 168-173. Den er også aftrykt i Du danske Sommer. Fynbomalerne og de jyske forfattere i samklang. Johannes Larsen Museet 2007, s. 171.</t>
+  </si>
+  <si>
+    <t>Fritz Syberg må udsætte at lave flere Christoforu-tegninger, da Hans har arbejde at gøre i Faaborg. 
+Krigen gør alle gamle, men Syberg tror, at det vil ende med sejr til tyskerne.
+På Pilegården sylter de bær, laver grøntsagssuppe og rødgrød. Høsten er i gang. Marie og Fritz Syberg bader hver dag.
+Johs. V. Jensen må skrive, hvad han vil, om Anna.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/uibV</t>
+  </si>
+  <si>
+    <t>Pilegaarden 7-8-17
+Kære Ven!
+Hermed Christoforus! Jeg havde forestillet mig at jeg skulde lave Tegninger nu i Ferien, men maa opsætte det da Hans ikke kan være her før længere hen paa Aaret, han er optaget af en Bestilling i Faaborg. Iøvrigt synes jeg stadig at det gaar fremad med mig jeg naar nok en Arbejdsperiode endnu en Gang i en ikke for fjern Fremtid. Naa saa du mener vi faar Freden 1919 – Enten det bliver nu eller senere saa er det for sent. Vi [”Vi” overstreget] Denne Krig vil i en vis Henseende gøre os allesammen gamle. Men jeg tror paa at det [”det” overstreget; ”den” indsat over linjen] den vil blive en relativ Sejr for Tyskerne forsaavidt som alle Fastlandets Magter vil ende med at [”ende med at” indsat over linjen] blive slaaet ud. Hvordan det endelige Opgør mellem Angelsakserne og Germanerne vil forme sig kan jeg endnu ikke forestille mig. Krig er en Sygdom. Vi har det godt her paa Pilegaarden. Vi sylter Solbær, Ribs og Kirsebær i store Masser, vi har allerede syltet 130 Pund Bær. Løg, Selleri Agurker og Kartofler gror, den staar paa Grøntsuppe Frikasé og Rødgrød. Marie er her vi bader hver Dag fra Pram i Fjorden. Vejret er vidunderligt. Høstarbejdet er i fuld Gang, her dufter af modent Korn, dersom den Krig ikke var vilde man tro sig i Paradis.
+Du maa skrive om Anna hvad Du føler Trang til. Du er den eneste hvis Dom over Anna jeg vil anerkende.
+Hils Else og Børnene. Hilsen fra Marie og fra Din hengivne
+Fritz Syberg</t>
+  </si>
+  <si>
+    <t>1917-09-22</t>
+  </si>
+  <si>
+    <t>Fyns Hoved
+Nyborg
+Fanø, 6720 Fanø, Danmark</t>
+  </si>
+  <si>
+    <t>Eiler Lehn Schiøler
+Ellen Dorothea Lehn Schiøler
+Christine  Mackie</t>
+  </si>
+  <si>
+    <t>Eiler Lehn Schiøler bestilte Johannes Larsen til at illustrere et bogværk om Danmarks fugle.
+Johannes Larsen fik tilsendt levende ænder fra fuglekøjerne (en art fælder) på Fanø.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen skal med Lehn Schiøler og hans kone til Fyns Hoved. De har fået en kasse ænder fra Fanø. Lehn Schiøler har købt en akvarel af Larsen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/oWmH</t>
+  </si>
+  <si>
+    <t>Kjerteminde 22 Septbr 1917.
+Kæreste Alhed!
+Hermed nogle Fuilletoner. I Dag er det helt rart Vejr og jeg har bestilt en Vogn til at køre os til Fyns Hoved. Lehn-Schiøler havde Mavepine i Gaar saa han maate se paa vi andre spiste men i Dag har han det helt godt. Vi kører Kl. 11 1/2 efter at have spist lidt og beregner at være hjemme Kl. 7. Vi fik en Kasse fra Fanø i Gaar med 3 Pibeænder 3 Spidsænder og 4 Krikænder som Le-Sch. har købt til mig. Han købte den gl. Aquarel med Tyren i Stalden for 400 Kr. og hans Kone vil vist ogsaa have et Billede. De kører til Nyborg i Mrg til 1.15 Færgen. Det gaar godt alt sammen nu maa jeg holde op og gaa hjem og faa et Stk. Mad. God Bedring med Christine.
+Din JL.</t>
+  </si>
+  <si>
+    <t>1917-10-29</t>
+  </si>
+  <si>
+    <t>Johanne Giersing
+Else Jensen</t>
+  </si>
+  <si>
+    <t>Fritz Syberg har læst Johs. V. Jensens kronik. Vores kulturs udvikling fra oldtiden til "Indianerstandpunktet" var fin, og derefter er alt forfald. Selv holder Syberg af det primitive liv. Den tyske samfundsorden indeholder idealisme, men den vil nok også blive ramt af forfald.
+Syberg har for første gang solgt billeder fra hjemmet, og familien er nu sikret økonomisk nogle år. Naturen og vejrliget er dejligt på Fyn.
+Besse/Johanne er blevet gift.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/CWCf</t>
+  </si>
+  <si>
+    <t>Pilegaarden 29-10-17
+Kære Ven!
+Din Kronik igaar læste jeg baade med Glæde og Bedrøvelse. Forstaar hvor Du vil hen, men hvem i denne onde Verden elsker Sandheden. Maaske der en Gang i Stenalderen har eksisteret et Samfund paa disse Breddegrader med et vist relativt Højdepunkt af demokratisk Samfundsfrihed. Men jeg er kommen paa det rene med at paa den Maade set er vor højtpriste Kulturudvikling kun Forfald. Fra Menneskene gik rundt som Flokke af Arter til de Tusinder af Aar fremefter naaede til Indianerstandpunktet, se det er Fremgang (Udvikling) Fra Indianerstandpunktet og fremefter er Forfald; Ødelæggelse af Evner Instinkter Smag o.s.v. 
+Jeg har før troet (i enkelte Øjeblikke) at min egen Smag for Simpelhed og primitivt Liv var [et overstreget, ulæseligt ord] et Udslag af Atavisme, Mangel paa Kraft til at svinge mig op til en ”højere Smag” men jeg kan ikke mere give mine Medmennesker den cadeau. Det er simpelthen mine Instinkters relative Sundhed der gør sig gældende, naar jeg reagerer mod alt det som bærer Forfaldet i sig. 
+Selvfølgelig har Du Ret. Tyskernes Samfundsorden er den eneste hvori der er et Moment af Idealisme og Sandhed. Og det kommer særlig frem nu de maa kæmpe for den – (for hvem der kan se) men Forfaldet venter vel nok paa dem ogsaa, selv om de er kraftige og sunde nok til at modstaa Englænder- og Amerikanersmitten en Tid. Verdens og Menneskenes Endemaal er selvsagt Undergang og vi er langt paa den anden Side Kulminationspunktet, (selv om Nedgange naturnødvendigt ikke gaar i en lige Linie men bestaar af relative Op- _og Nedgange) _
+I øvrigt gaar alt vel. Jeg balanserer den af med Søvn og Sundhed til Nødtørft. Har for første Gang mærket hvad det vil sige at sælge Billeder ud af Døren i større Masse, saa jeg kan se Fremtiden i Møde for flere Aar uden Spekulation paa Familiens Klæder Sko og Føde. Her er vidunderligt. Bygerne trækker og Skyerne trækker, Morgen, Middag, Aften og Aarstid laver Sceneforandringer i det uendelige kort sagt Vi [”Vi” overstreget] jeg sidder stille paa Toppen af de fynske Bakker og Verden kommer til mig. – Besse er blevet gift.
+Mange Hilsener fra Din hengivne Fritz Syberg
+[Det følgende skrevet lodret op langs papirets højre side] Hils Else mange Gange</t>
+  </si>
+  <si>
     <t>1917-11-14</t>
   </si>
   <si>
     <t>Wilhelmine Berg
 Thora  Branner
 Harald Giersing
 Johanne Giersing
 Ida Kattrup
 Alhed Larsen
 Janna Schou
 Jørgen Schou
 Marie Schou
 Laura Warberg</t>
   </si>
   <si>
     <t>Gartnerens syge søn: Der er formodentlig tale om den gartner, som ejede det det nedlagte gartneri Valdal, Valby Langgade 30, hvor adskillige af Fynbomalerne gennem årene boede til leje. Marie og Jørgen/Buf Schou boede på dette sted, efter at Marie Schou/Syberg var blevet skilt fra Karl Schou. 
 Astrid W-G blev gravid med Jørgen/Buf Schou, mens hun stadig var gift med Alfred Goldschmidt. Det er formodentlig derfor, Laura Warberg er "misfornøjet" med hende.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0457</t>
   </si>
   <si>
     <t>Astrid takker for sendingen med madvarer og tøj. Hun inviterede straks Marie og Jørgen/Buf Schou på middag. Marie er nu glad for lille Janna. Astrid tager vuggen ind i stuen henunder aften hver dag. 
 Jørgen/Buf sover på Valdal, fordi gartnerens søn truer med at slå sin far ihjel, så Jørgen må være på vagt.
 Johanne/Besse Syberg og Harald Giersing skal giftes, og Marie har købt bryllupsgave. Jørgen/Buf må ikke gifte sig. 
@@ -11107,506 +7228,4590 @@
     <t>Kæreste lille Junge!
 Tusind Tak for den storartede Sending! hvor har jeg svælget og haft det godt hele Ugen! med reel og flot Mad hverevige Dag – i Dag nød jeg den sidste Suppe – som [ulæseligt]. Ævlerne er jeg også henrykt over – og Tøjet til Janna. Kassen kom i Mandags Morges – jeg ringede straks til Valdal og inviterede Fru Syberg og Buf til Middag. Buf gav Smør, Ost og Kix, så fik de altså den herlige Frikassé - lavet efter Din Anvisning – og Frugt til Dessert. Fru S. i glimrende Humør og øjensynlig glad ved Indbydelsen – morsomt, ikke sandt? Hun er jo nu overlykkelig ved Ungen, som efter Bordet blev badet og var yndig. Ja, Junge, hun er nu yndig! Nu er hun begyndt at ”være oppe” lidt – d v s. henunder Aften triller jeg Vuggen ind i Stuen – hænger lidt op i Stangen – og så ligger hun og pludrer begejstret og ler i ét væk – hun er forfærdelig sød og jeg elsker hende. Buf sover hjemme hele denne Uge, fordi Gartnerens syge Søn forleden lavede en rystende Ballade deroppe, de frygter, han skal slå den Gamle i hjel under et Anfald. Da Fru S. så i denne Tid er vældig ophængt i Rigsdagen til sene Aftenmøder har hun udbedt sig Buf som Mandfolk til Beskyttelse. Men jeg har jo mit lille Nus og er ikke mere bange for at være her alene. Du har vel set at Besse og Giersing skal giftes en af Dagene? Fru S. havde den Aften lige købt Brudegave, som hun viste os - for 100 Kr dejligt gammelt Sølvtøj, (en Ske fra 1747 og 6 store Gafler – mrk. K, hvilket antyder at det er jødiske Gafler: til Kød!) da hun viste os Gaven, må hun vist være kommen til at tænke på noget – for hun sagde pludselig til Nusset – som hun havde på Armen – ”ja, Du skal rigtignok også få en fin Brudegave af mig!” og det er da også Synd at Buf skal snydes for ["for" overstreget] Brudegave bare fordi han ikke må gifte sig! – Tutte hører og ser jeg intet til – hun bebudede jo sin Ankomst Dagen efter d 26’, men derved er det bleven. Og hvad er det med Mor? Jeg telefonerede lige med Tante, som antydede at der var noget – men hun kom senere op og talte om det, jeg beklagede nemlig, at jeg aldrig mere hørte fra Mor. Kan Du ikke få ordnet lidt Forsoning? det er dog så meningsløst, synes jeg, at gå og være misfornøjet med mig, når jeg går og er så rasende glad og lykkelig. Brænd dette Brev straks – og fortæl så Mor, at Ida Kattrup blev viet igår til en Assistent i Banken - jeg fik lige Kort derom nu, de var begge heroppe for c 3 Uger sidem, da stod den på, at han ikke vilde gifte sig – Ida havde fået ½ Års Permission fra Banken og vilde rejse til Jylland – Barnet ventes i Februar -: altså kan denslags også hænde i andre bedre Familier! – Jeg skal hen at skrive en Lykønskning til hende – hun var så fortvivlet sidst heroppe. 
 Ja, så Tusind Tak lille søde Junge, og mange Hilsner fra Din Dis.
 Ps: Når Du ser Be, så røm Dig for hende – fra mig! så ved hun nok!</t>
   </si>
   <si>
     <t>1917-12-10</t>
   </si>
   <si>
     <t>Den omtalte bog er formodentlig Johannes V. Jensen: Aarbog 1917. Heri er aftrykt forfatterens nekrolog over Anna Syberg. Denne er også trykt i Du danske Sommer. Fynbomalerne og de jyske forfattere i samklang. Johannes Larsen Museet 2007, s. 171.</t>
   </si>
   <si>
     <t>Fritz Syberg takker for bogen og ordene om Anna. Det er godt, at livet slutter med døden. Noget af det sidste, som Anna sagde, var, at det var godt, at Fritz kunne være både mor og far, hvis hun døde.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/imFp</t>
   </si>
   <si>
     <t>Pilegaarden 10-12-17
 Kære Ven!
 Tak for Din smukke Bog og Tak for Dine smukke Ord om Anna. Du er den eneste der har kunnet sige de rette Ord om Anna, og Du har sagt dem. I øvrigt er det godt at Livet slutter af med Døden. Den er hvad Fyraften er for Arbejderen. Hvor skulde man kunde holde ud i en Uendelighed at gøre Erfaringer uden at sprænges. Er der Mening i Livet maa der ogsaa være det i Døden som er alt Livs uadskillelige Følgesvend. Noget af det sidste Anna sagde var: ”Hvis jeg nu dør, saa er det godt for mig at jeg ved at Du (jeg) kan være baade Fader og Moder for Børnene”. Det er mig ikke klart hvad jeg følte ved de Ord som jeg slet ikke kunde svare paa. Jeg blev slaaet af den Alvor, Sorgløshed og Selvundervurdering der kom frem deri. Men hvordan Livet end arter sig, et er sikkert, maaske det eneste sikre, Døden løber man ikke fra, og det er godt, noget er sikkert i denne Omskiftelsernes Verden, det er godt, der er noget, overfor hvilket selv det kraftigste Initiativ er magtesløst.
 Mange Hilsener til Dig og Else og Børnene
 fra din hengivne Fritz Syberg.</t>
   </si>
   <si>
+    <t>1918-03-09</t>
+  </si>
+  <si>
+    <t>HC  Andersen
+Otto Gelsted
+Peter Hansen
+Else Jensen
+Jens Jensen
+Villum Jensen
+Johannes Larsen
+Ernest Poole
+- Würtz</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvem kommunelærer Larsen var.</t>
+  </si>
+  <si>
+    <t>Fritz Syberg har besøgt Peter Hansen i Faaborg. Hansen har 40 skovarbejdere til at stå model til sit billede. 
+Johannes Larsen er rejst til Fiilsø med 30 meter lærred.
+Fritz Syberg har solgt billeder for 30.000 kr. siden nytår. 
+Peter Hansen og Fritz Syberg har spist på hotellet, og tilstede var også tre mænd, som var irriterende at høre på.
+Syberg har læst Ernest Pooles Havnen og er begejstret for den. Gelsted vil anmelde bogen. 
+Syberg tænker på at male et billede med et H.C. Andersen-motiv, men han synes ikke selv, at han maler så godt som i ungdommen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Cinc</t>
+  </si>
+  <si>
+    <t>Pilegaarden 9-3-18
+Kære Ven!
+Jeg har lige været en Tur i Faaborg og hilst paa Peter. Han maler paa sin Bondekrig – der jo i Øjeblikket er aktuel – (Peter kalder sig selv for Bolchevik) Han har 40 Skovarbejdere til sin Disposition som Modeller, er iøvrigt rask spiser drikker og ryger og sælger Billeder saa det gaar glimrende. Selve hans Billeder er efter min Mening og unter uns gesagt ”hæderligt Gammelmands”arbejde. Las er rejst til Fiilsø med 30 Meter Lærred han skal have lavet til Malerier selv laver jeg nogle Studier til et stort Billede det bliver ikke til saa meget da jeg stadig lider af Søvnløshed, men jeg har siden Nytaar solgt for over 30,000 Kr. Billeder saa ”Forretningen” gaar upaaklageligt. ”Summa sumarum” Fynboerne er ved at blive gamle. Peter og jeg havde en meget hyggelig Aften sammen paa Hotellet, men jeg maa behandle ham baade som et Barn, der ”der” overstreget og som en gammel Mand, snakke ham efter Munden. Jeg hældte Spiritus paa ham, Snaps Porter tre Toddyer og Masser af Cigarer saa det gik storartet. Kan Du taale at drikke spurgte jeg ham: ”Jeg” ! ”ja jeg var nylig til en Middag med tre Flasker Vin pr. Kuvert og jeg tømte dem alle” – kan Du taale at ryge? – ”ligesaameget det skal være - - Der var paa Hotellet et Trekløver en Bankdirektør en Overretssagfører en Grosserer Würtz (Badensen) som jeg blev præsenteret for. Overretssagføreren havde hele Aftenen iriteret mig med sin Tale eller rettere sin Stemmeklang der mindede mig om en Mand jeg kender, en Kommunelærer Vilh Larsen han talte med en højrøstet selvbehagelig belærende Stemme. Da jo jeg blev præsenteret for ham (det var Bankdirektøren der besørgede det) fortalte Overretssagføreren mig at han jo godt kendte mig – ogsaa af personlig Omtale fra sin Ven – Kommunelærer Larsen - ! derfra Stemmeklangen. Det var iøvrigt underholdende at høre de to danske Herrer udber[”udber” overstreget] udbrede sig i al deres Visdom om Franskmænd, Englændere Amerikanere, Japanere, Russere og de forskællige Afstamninger inden for [”inden for” overstreget] af Tyskere indenfor Kejserriget, komme med ”morsomme” Hentydninger til Tysklands Udsultning ved hvert Øjeblik at foreholde Tyskeren hans ”Graadighed”. Han lo talte afdæmpet upaaklageligt Dansk og til de to Herrers Visdom kom Gang paa Gang dette ”meget rigtig” som vi kender fra de tyske Rigsdagsreferater. Hans Sortie var ægte tysk han kaldte alle Tjenerne (1_ste_, 2den og Piccoloen) frem og gav dem Drikkepenge hver især. Selv lod jeg mig belære at en Tysker kan optræde med fuldendt Verdensmandsmæssig Dannelse, selv om det er en Grosserer hvis Veje har ført ham til et lille dansk Provinshotel i Pærekøbing.
+Jeg har nylig læst en Bog af en Amerikaner der hedder Ernest Poole (Havnen) som efter min Mening er den bedste moderne Roman jeg har læst Det er virkelig en Standardbog over vor Klodes Kultur i det sidste Aarti før Krigen. Jeg gjorde Gælsted opmærksom paa den, han læser den, og vil skrive en Anmeldelse af den i Fyns Venstreblad. Du sagde en Gang da vi talte om Malerkunst at Du kunde duellere for den, jeg kan sige det samme om det skrevne Ords Kunst. Gudskelov jeg ikke er Skribent, men ”Publikummer” Glæden ved at læse vil kunne følge mig til min Død. – Ja selvfølgelig maler jeg og det er mig ligesaa umulig at lade være, som det er for Jagthunden at undlade at ”tage Fært” (Jeg vilde gærne lave et stort monumentalt Billede af [”af” overstreget] Landskab med Figurer, bygget over Emnet: ”Skyd frem Skovmærke frisk og prud, hæng Pil din uldne Vante ud [”] osv. (H.C.A. Snemanden)) men spurte op paa Højde med mig selv i Dødsbilledet f. Eks. det naar jeg ikke mere Men berører jeg det Emne til Las saa smiler han grumt [”grumt” indsat over linjen] som – ja som en Angelsakser, Peter bliver iøvrig hidsig uforstaaelig fornærmet som – ja som en Dansker. Jeg kender faa Danskere som tør se Sandheden i Øjnene, - ja Sandheden er saa meget sagt – saa lad mig sige den eventuelle Sandhed – Else tør – hun tør tie stille og lytte – Anna turde, hun havde den guddommelige Frækhed til altid at turde bekende Kulør – Du, kære Ven, har det saaledes at Du har det moralske Mod til Gang paa Gang at turde revidere Dig selv, om jeg saa maa sige (jeg bilder mig ind selv at turde det samme) men det er vist ellers en germansk Egenskab og ikke en dansk.
+Mange Hilsener til Dig og Else og Børnene
+fra Din hengivne Fritz Syberg.</t>
+  </si>
+  <si>
+    <t>1918-04-22</t>
+  </si>
+  <si>
+    <t>Henne Kirkeby
+Sandholt, Fyn</t>
+  </si>
+  <si>
+    <t>Martin Kold
+Eiler Lehn Schiøler
+Christine  Mackie
+Rasmus Svop</t>
+  </si>
+  <si>
+    <t>Johannes Larsen er ved Filsø for at male. 
+Du nåede vel ikke hjem til Stemning? Her menes afstemning.
+Kerteminde Dampsavværk var i 1918 ejet af Martin Kold og R. Svop. SIdstnævnte udtrådte på et tidspunkt i 1918.</t>
+  </si>
+  <si>
+    <t>Det har været regnvejr, så Larsen har ikke kunnet male, men har sovet i stedet
+Lehn Schiøler skriver, at han beholder to af Johannes Larsens billeder og kan måske sælge et tredje. 
+Der er kommet et gældsbevis fra Birkerød Bank. 
+Gartneren må så græsplænen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/1ASN</t>
+  </si>
+  <si>
+    <t>Kirkeby Kro 22-4-1918.
+Kæreste Alhed!
+Ja Du naaede vel heller ikke hjem til Stemning? Jeg fik i Dag en kraftig Opfordring fra Kold &amp;amp; Svop om at Møde da det kneb men da Valget jo foregaar i Dag var det altsaa forsent. Forresten kunde jeg ikke have sat større til ved det, i Gaar regnede det hele Dagen som jeg saa benyttede til at hvile mig i, jeg gik i Seng da jeg havde spist til Middag og sov til Aftensmad Tid og gik saa i Seng igen. Jeg faar da sovet heroppe fra 8-7 hver Dag. De to skidt Billeder jeg har malet i Dag kunde jeg vist ogsaa godt have undværet, det har været et kedeligt Vejr med Blæst og delvis Støvregn, men det mildeste det har været endnu. Jeg sender et Brev jeg fik i Dag fra Lehn-Schiøler det kan maaske more Dig at læse det, han har beholdt de 2 Billeder og kan maaske sælge det Tredie. Her er ogsaa et Brev fra en Dame i Odense og Kvitteringen fra [ulæseligt] Sandholdt. Her kom ogsaa et Gældsbevis fra Christine som jeg nu returnerer til Birkerød Bank. Kan Du holde Gartneren til med Græsplænen saa den kan være saaede til jeg kommer hjem. Jeg synes der var noget mere men kan ikke komme i Tanker om det, men Du ringer vel op i Morgen Aften naar Du har faaet dette. 
+Mange Hilsner Din JL.</t>
+  </si>
+  <si>
+    <t>1918-09-25</t>
+  </si>
+  <si>
+    <t>Otto Gelsted
+Harald Giersing
+Johanne Giersing
+Jens Jensen
+Villum Jensen
+Marie Schou
+Anna Louise Syberg
+Clara Syberg
+Ernst Syberg
+Franz Syberg
+Hans  Syberg
+Lars Syberg</t>
+  </si>
+  <si>
+    <t>Else og Johannes V. Jensen byggede et hus i Tibirke. 
+Det er uklart, hvad ordene om at Trylle/Franz er "i Klokken" betyder.
+Marie Schou/Syberg boede bortsat i København og arbejdede som stenograf i Rigsdagen, efter at hun og Fritz Syberg var blevet gift. Hun flyttede til Pilegården, da hun blev pensioneret.</t>
+  </si>
+  <si>
+    <t>Fritz Syberg har hørt, at Jensen-familien bygger i Tibirke. Han selv føler sig ensom og halvgammel. Syberg maler nogle oliebilleder af fynske landskaber, og han har også skrabet malingen af en del. Han er husmor for otte personer dagligt, og da det er svært at skaffe madvarer, har han købt to smågrise. Hans har også oprettet et kaninstutteri, men en del af ungerne er gået til. Familien lever af sild, byggrød og kartofler, og Syberg får mundvand ved tanken om flæsk, ligesom han fantaserer om vildsvin.
+Børnene har det godt. Besse/Johanne og hendes mand har lige været på besøg, og Nolle/Clara også - hun virker beroligende på Syberg. Marie er på arbejde i Rigsdagen, og Syberg har ikke lyst til at tage til København. September er trist, og der er lang tid til sommer.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/37qg</t>
+  </si>
+  <si>
+    <t>Pilegaarden 25-9-18
+Kære Venner!
+Hvordan har I det? Jeg talte i Gaar med Gjeldsted, han fortalte at I byggede endnu og opholdt Jer i Tibirke og jeg forstaar deraf at Din Sygdom har været langvarig. Blot Du maa blive rask og ingen Mén faar af det, saa er Tidspunktet Du har valgt at ligge syg i omtrent det fornuftigste Du kunde vælge. Verden er saa modbydelig som aldrig før. Jeg tænker tidt paa Jer og ønsker at I var saa nær saa jeg kunde komme hen og aflægge Jer et Besøg, men I er ogsaa de eneste Mennesker jeg længes efter. Det er ikke fordi jeg finder det videre rart med min Ensomhed herovre, men ”Mennesker” kan jeg ikke sige jeg føler Længsel efter. Det er vel nok det [”det” overstreget] et af de kritiske Øjeblikke i Livet naar man pludse [”pludse” overstreget] ser at man befinder sig i Opløbet. Du har en Række Aar for Dig inden Du naar til det Punkt, Du baade bliver rask og faar vel denne uendelige Krig lagt bag Dig inden Du ser Dig stillet foran den sidste Spurt. Men naar man nærmer sig de 60 saa stærkt, som jeg gør, saa er det den korte og sværeste Ende der er tilbage. Jeg har taget fat paa Oliefarven igen og maler Landskaber med alle de Hestekræfter jeg kan opdrive. Dels for at faa lavet nogle fynske Landskaber, dels for – og ikke mindst – for ikke at gaa til. Jeg vilde gærne holde ud til Enden. Foreløbig har jeg gjort 15-16 Billeder, Kornbilleder med modent Korn i Traver og Landskaber med Popler og skrabet omtrent det dobbelte Antal ud Iøvrigt har jeg nok til at holde mig vaagen. Naar man er 8 eller [”8 eller” overstreget] 8 Mennesker hver Dag at være Husmoder for – og det maa jeg – saa er der lagt Beslag paa En. Min Husbestyrerinde har sagt Pas m. H. til Fremskaffelsen af Fødemidler Men det morer mig forresten at overvinde Vanskelighederne [de afsluttende bogstaver ”ne” overstreget] af den Art. Jeg har købt to Grise som jeg feder op dels med Frugt fra Haven, dels med hamstret Korn og Kartofler. De æder med en Energi som ligefrem kan begejstre En. Hans har indrettet et Kaninstutteri. Foreløbig har Katten ædt tre af Ungerne, men de yngler jo saa man ligefrem stejler ved [at] være Vidne dertil. En fik Unger to Gange i Løbet af en Maaned men det sidste Kuld var desværre frosset ihjel om Natten, vi havde ikke ventet det før 14 Dage senere. Og i øvrigt koger rister steger og salter vi Sild. Kød og Flæsk findes ikke paa Kjertemindeegnen, vi har ikke set Oksekød i et halvt Aar og Flæsk ikke siden Jul, men vi befinder os udmærket med Sild og Byggrynsgrød som Hovednæringsmiddel – ja og Kartofler. Jeg tænker tit paa Menuen i Din Bog ”Skibet” Sild, Sild, opblødt Grut og Børsteflæsk og igen Sild. ”Børsteflæsket” faar forresten mine Tænder til at løbe i Vand, Gud ved hvordan et stegt Vildsvinehoved vilde smage – Drengene har det godt, Trylle er i ”Klokken”, de andre to gaar til Dans to Gange om Ugen. Rabbe vokser men er spinkel. Hans driver den af og er vist lidt paa Kant med sig selv. Besse havde jeg fornylig Besøg af sammen med Manden. Hun er bleg og Københavnsk, men i straalende Humør og det var de forresten beggeto. Nolle var her i Ferien hun er sød at have i Huset, hun virker saa behagelig og beroligende paa mig. Marie er i Arbejde i Rigsdagen igen, og til København kommer jeg ikke for det første, det er da min Bestemmelse, som jeg forresten ikke føler mig forpligtet til ikke at bryde. Kjertemindeegnen er monoton for Tiden aldrig har jeg oplevet en mere traurig September – hvor er Juli dog en dejlig Maaned – eller rettere 20 Juli – 20 August – Efteraaret virker nedtrykkende paa mig i Aar, det er første Gang jeg har konstateret det. Der er langt til Sommer igen og saa er den kun som et Aandedrag Der er noget lumpent i at man ikke kan fiksere den naar man staar midt i den holde paa den en 14 Dages Tid. Men den gode Tid er kun kort og de gode Mennesker dør tidlig, - de dør i Skyttegrave, - Mod og Sagtmodighed, Munterhed og Visdom ryddes ud og tilbage bliver Fordringsfuldhed og Forbenethed ja det er ”en lille skidt Planet” vi lever paa. 
+Ha’et nu saa godt som mulig bliv snart rask.
+Mange Hilsener til Jer begge og til Børnene
+Eders hengivne
+Fritz Syberg.</t>
+  </si>
+  <si>
+    <t>1918-12-04</t>
+  </si>
+  <si>
+    <t>Rørdam, Ejby, Fyn</t>
+  </si>
+  <si>
+    <t>Laurentius Allerup
+Otto Gelsted
+Ellen Johansen
+Andreas Larsen
+Georg Larsen
+Johan Larsen
+Vilhelm Larsen
+Frida Madsen</t>
+  </si>
+  <si>
+    <t>Johannes Larsens bror, Vilhelm (Klaks) var skovridder og boede på gården Rørdam. 
+Det fremgår af andre breve, at Frida var indlagt med Den Spanske Syge. Johannes Larsen har været bekymret for, om kanariefuglen var død, da Frida blev indlagt.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har sagt til sin bror, at han var bange for, at kanariefuglen var død, men Gelsted passer den. 
+Johannes Larsen maler et stort fasanbillede.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/qml5</t>
+  </si>
+  <si>
+    <t>Rørdam Onsdag 4. Dec. 1918.
+Kæreste Alhed!
+Jeg talte i Gaar med Gross i Telefonen, han fortalte at Frida allerede i Fredags var kommen paa Sygehuset. Ellen vidste han ikke noget om. Da jeg sagde at jeg var bange for Kanariefuglen var død, sagde han at han troede Gelsted passede den og at han boede deroppe, han mente han havde boet der siden Ellen blev syg, da Frida var bange for at være alene i Huset. Han havde paa Foranledning af Gross været nede med nogle Kaffemærker. Lad mig høre hvordan Du og Drengene har det. Nu faar Du dette sammen med Laurentius Brev som jeg lagde i en Konvolut i Gaar, da Klaks skulde op paa Gaarden, men det kom for sent til at komme med Posten. Jeg malede i Gaar paa et stort Billede med Fasaner som jeg haaber at faa færdigt i Dag men der er vist ingen Ting ved det.
+Mange Hilsner Din Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1919-03-28</t>
+  </si>
+  <si>
+    <t>Peter Hansen
+Else Jensen
+Rudyard Kipling
+Johannes Larsen
+Émile Zola</t>
+  </si>
+  <si>
+    <t>Fritz Syberg skrev nogle erindringsskitser, som han på et senere tidspunkt brændte. Om kunstnerens opvækst se blandt andet Erland Porsmose: Fritz Syberg, kunsten, naturen, kærligheden. Gyldendal 2012</t>
+  </si>
+  <si>
+    <t>Det er morsomt, at Johannes V. Jensen skal skrive en bog om Fynboerne. Johs. Larsen og Peter Hansen har en uproblematisk historie, men Fritz Sybergs egen er smertefuld. Syberg vil gøre alvor af en gammel plan og skrive en biografi om sig selv frem til det 20. år. Der er formodentlig hændelser, som han ikke magter at skrive om. Zola og Gorkis historier blegner i deres gru mod Sybergs egen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/1tt6</t>
+  </si>
+  <si>
+    <t>Pilegaarden 28-3-19
+Kære Ven.
+Det er morsomt at det bliver Dig der kommer til at skrive Bogen om Fynboerne. Du mener at det bliver en temmelig betydelig Tekstmængde og Du taler endvidere om at Du glæder Dig til at feriere i Fynboernes Verden. Ja kære Ven for Las’ og Peters Vedkommende [”Vedkommende” indsat over linjen] ligger Vejen Dig [”Dig” indsat over linjen] aaben, deres Levnedsløb er saa klart som en solbeskinnet Vej, selv om der er enkelte Skygger. Hvad mig angaar stiller Sagen sig derimod helt anderledes. Jeg kunde have Lyst til at Du fik Nøglen til en Del i mit Arbejde (f. Ek Dødsbilledet Historien om en Moder o a), og forresten til hele min Produktion. Skal der skrives om den saa vil det være bedst at Stoffet bliver gjort saa tilgængelig som mulig. Jeg vil derfor foreslaa Dig at jeg gør Alvor af en Plan som jeg i mange Aar har omgaaedes med og gjort Tilløb til flere Gange, nemlig skrive en kortfattet Biografi over mig selv fra jeg v [”fra jeg v” overstreget]. Naar jeg skal gøre det til dette Brug faar jeg det gjort. Hvor meget jeg evner at drage frem i Dagens Lys af mit Liv fra jeg blev født til jeg blev 20 Aar ved jeg ikke, men det er særlig den Tid som ligger mig paa Sinde. Der er Oplevelser jeg maaske slet ikke, naar det kommer til Stykket kan formaa mig til at sætte paa Papiret i al deres Grelhed, jeg er hverken Gorki eller Zola, men jeg synes at hvad jeg har læst af de to, bliver blegt ved Siden af mine egne Oplevelser. Virkeligheden overgaar al Kunst. Husker Du et Sted i Kiplings Junglebog hvor Pythonslangen Kaa en Forsaarsnat siger til Movgli i et tungt Øjeblik ”ja, det svært at skifte Ham”.
+Hele Livet har egentlig været for mig en eneste saadan Hamskiftning, men først mine Børn er det lykkedes at kaste den helt. Mange Hilsener til Dig og Else fra Din hengivne Fritz Syberg.</t>
+  </si>
+  <si>
     <t>1919-03-29</t>
   </si>
   <si>
     <t>Af brevet 28. marts 1919 fra Fritz Syberg til Johannes V. Jensen fremgår det, at Jensen skal skrive en bog om Fynbomalerne.</t>
   </si>
   <si>
     <t>Fritz Syberg skal nok lave en liste over billeder, men han vil ikke skrive noget til bogen. Han er begyndt at nedskrive barndomserindringer og vil bede Johannes V. Jensen læse dem igennem. Livet som kunstner vil Syberg ikke skrive om nu.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/jwls</t>
   </si>
   <si>
     <t>Pilegaarden 29-3-19
 Kære Ven!
 Tak for Dit lange Brev. Jeg skal nok faa lavet en Liste over Billeder. Derimod kan jeg ikke tænke mig at skrive noget af Teksten til den Bog. Jeg har allerede [”allerede” overstreget] begyndt paa Arbejdet med at nedskrive Erindringer fra min Barndom og en Ting har jeg allerede erfaret, det vil ikke lykkes mig at fatte mig i Korthed. Jeg skriver heller ikke med Offentliggørelse for Øje, derimod vilde jeg gærne have at Du skulde læse det naar jeg en Gang bliver færdig.
 Kunstnerbesværligheder kommer jeg næppe ind paa, de har for mig været den muntre Side af Livet og rører jeg ved den Del af mit Liv saa bliver det først en anden Gang. Jeg vil begynde med Begyndelsen og saa faar vi se hvad det bliver til.
 Tak for Dine opmuntrende Ord
 Hils Else. Din hengive Ven Fritz Syberg</t>
   </si>
   <si>
     <t>1919-04-17</t>
   </si>
   <si>
     <t>Peter Hansen
 Else Jensen
 Johannes Larsen
 Johanne Syberg</t>
   </si>
   <si>
     <t>Den omtalte bog er også nævnt i de to foregående breve fra Fritz Syberg til Johannes V. Jensen. Der er tale om en bog om Fynbomalerne. Fritz Syberg skriver erindringer ned til Johannes V. Jensen til brug for bogen. Også dette har Syberg været inde på i tidligere breve til Johs. V. Jensen.</t>
   </si>
   <si>
     <t>Fritz Syberg hører, at Jensen finder uoverensstemmelser de to sidste breve imellem og vil derfor præcisere, at Johs. V. Jensen må benytte alt, hvad han ønsker, fra breve m.v. til bogen. Blot ønsker Syberg ikke selv at skrive direkte til bogen. Syberg laver notater om sin opvækst til dette formål. Han ved endnu ikke, hvad han kan holde ud at skrive om. Hans mor var det menneske, som stod ham nærmest af alle, og hendes liv endte på alle måder i elendighed. Syberg har ikke lyst til at skrive til en række nysgerrige. Han skriver erindringerne til sine nærmeste samt Johannes V. og Else Jensen. Det er mærkeligt at opdage, hvad der ligger gemt i ens erindring.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/0u8f</t>
   </si>
   <si>
     <t>Pilegaarden 17-4-19
 Kære Ven!
 Da jeg hører at Du finder en Uoverensstemmelse i mine to sidste Breve til Dig angaaende det Forslag jeg gjorde Dig om at skrive og sende Dig nogle Optegnelser om mig selv, vil jeg gærne give Dig et Resume af hvad jeg mente. Du maa for min Skyld kære Ven benytte baade mine Breve og hvad jeg i øvrigt ellers faar skrevet, til den Bog Du skal lave, Du maa enten det [”det” overstreget] deraf benytte det som Du vil, jeg har den mest af [”af” overstreget] absolutte Tillid til Din Taktfølelse, som jeg altid har beundret Dig for og jeg er paa forhaand vis paa, at hvad Brug Du end gør af mine Breve ect. saa vil jeg kunne godkende det og godkender det paa Forhaand. [et komma overstreget og begyndelsesbogstavet i næste ord rettet til stort bogstav] Hvad jeg mente var dette, at [”dette” indsat over linjen; ”at” overstreget]: skrive noget med det Formaal at det skal indsættes i Bogen [”Bogen” overstreget] den Bog Du skal lave kan jeg ikke tænke mig, og fremgaar dette af mit Brev j.m. kan dette forstaas af mit Brev, da er det Klodsethed fra min Side, for det har aldrig været i mine Tanker. Men altsaa, vil Du benytte noget enten af Breve eller det jeg er i Gang med at skrive, da, som sagt, staar det Dig frit for, for jeg ved at naar Du vælger ud og tager Ansvaret paa Dig saa vil jeg i et og alt kunne godkende det. Det jeg skriver bliver ikke gjort med Offentliggørelse for Øje, men kun fordi det har staaet for mig i mange Aar som noget der skulde gøres. Naar jeg ønsker at netop Du skulde se det, saa er det fordi jeg gærne ønskede at indvi Dig i et Millieu som mit, der er saa ganske anderledes end Dit vist er og saa ganske anderledes end Las’ og Peters. Hvor meget jeg udleverer af mit Liv, ved jeg endnu ikke, jeg kommer nemlig til at tale ikke alene om mig selv, men om det Menneske der har staaet mig nærmest af alle, nemlig min Moder, og hendes Liv har væ [”har væ” overstreget] endte i den Grad elendigt og ulykkeligt, saa jeg, som jeg skrev til Dig, intet ved der er endt saa sørgeligt og for overhovedet at kunne skrive det [”det” overstreget; ”derom” indsat over linjen] maa jeg sikkre mig selv, sikkre mig over for mig selv, at jeg ikke skriver det ned for at indvi en nysgærrig Læseverden deri. Men jeg vil paa den anden Side heller ikke kunde skrive, dersom jeg ikke over for mig selv har frie Hænder til at skrive løs om alt, og det faar jeg kun ved paa Forhaand at gaa ud fra at det jeg skriver kun er for mine egne Nærmeste, Kone, Børn og saa Du og Else. Jeg har havt travlt med mine Billeder men har dog faaet skrevet saadan noget som 24 Ark, men jeg er ikke kommet ret langt. Det er et Gravearbejde, men i Grunden former det hele sig af sig selv. Om nogen Tid kommer jeg [til] Kbhvn og indstiller Maleriet i nogen Tid og jeg bilder mig ind at jeg i den Tid skal kunne faa lavet en Del. Det er helt mærkelig at opdage hvad der ligger nedfældet i Ens Erindringsevne, og naar man [”og naar man” overstreget] som kommer frem for Dagens Lys ganske langsomt Scene efter Scene naar man har brug derfor.
 Mange Hilsener til Dig og Else
 fra Din hengivne Ven Fritz Syberg.</t>
   </si>
   <si>
-    <t>1922-03-21</t>
-[...6 lines deleted...]
-    <t>Andreas Larsen
+    <t>1919-10-06</t>
+  </si>
+  <si>
+    <t>Odense
+Fyns Hoved</t>
+  </si>
+  <si>
+    <t>Harald Balslev
+Victor Bøttern
+Elise Hansen
+Peter Hansen
+- Hoffmeyer
+Andreas Larsen
 Johan Larsen
-Elisabeth Mackie
-[...123 lines deleted...]
-Mange Tusind kærlige Hilsener, min egen, egen Dis fra 
+Frida Madsen
+Johannes Madsen
+- Mex
+Christian Møller, maler
+Kristian Olsen
+Viggo Petersen
+- Petersen Gelskov
+Leo Swane
+Kristian Taaning
+- Vangberg</t>
+  </si>
+  <si>
+    <t>Mens huset på Møllebakken blev bygget om, opholdt Alhed Larsen sig hos familie i Birkerød. Dels ville hun gerne være tæt på sine børn, der var på kostskole der, dels var hun syg med bl.a. en byld i halsen. 
+Det er uvist, om den omtalte Leo er Leo Swane.</t>
+  </si>
+  <si>
+    <t>Kakkelovnen bliver nu sat op i havestuen, og vinduerne til vaskehuset er færdige. Der er lagt gulv i badeværelset og det gamle køkken.
+Johannes Larsen er blevet færdig med to grågåsetavler.
+Fru Hoffmeyer har nedlagt sin kunsthandel og giftet sig i Herning. Hun har sat Larsens billeder af hos Peter Hansen. 
+Man plukker frugt og svampe. Leo har brækket kravebenet.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/leYK</t>
+  </si>
+  <si>
+    <t>Kjerteminde 6-10-1919.
+Kæreste Alhed!
+Tak for Brevet i Dag, tænk at Du allerede har været oppe, bare det nu ikke er for tidligt vær endelig forsigtig. Jeg skal tale med Taaning i Mrg om det med at stille Kakkelovnen op i Havestuen, jeg ved ikke om det er praktisk naar Gulvet skal lægges om, men vi kan vel tage det Gulv til sidst. Jeg var ude hos Olsen i Mrg. for at se til Døren og Vinduerne til Vaskehuset, de var færdige og han havde bedt Bøttern om at hente dem i Lørdags, da kunde de ikke men de har lovet mig at komme med dem i Eftermiddag. Jeg skal nu ud til Mex og Glarmester Madsen for at faa dem sat i Gang saa det kan være helt færdigt og malet til Du kommer hjem. Jeg var saa med Harald Balslev paa Fyens Hoved i Gaar Eftermdgs, det var yndigt Vejr men lidt taaget. Vi blev godt trætte og sultne til Aftensmaden. Han cyklede i Formdgs. til Odense, jeg skal hilse. Jeg blev færdig med de 2 Graagaasetavler i Fredags, men siden har jeg jo haft Gæster og Haandværkere at passe saa jeg er først nu ved at faa dem sendt af Sted. Frida har stegt en Oxefilet som bliver sendt i Dag. Jeg har faaet 680 Kr. og et Brev fra fra Fru Hofmeyer de 2 andre Billeder har hun sat ud hos Fru Peter Hansen. Hun har ophævet sin Kunsthandel, giftet sig med en Læge i Herning og hedder fru Hansen. Murerne lægger Gulv i Badeværelset. Tømreren har lagt Gulv i det gl. Køkken og sætter nu Døre i oven paa, Vangberg lægger Bro ved Vaskehuset og Petersen plukker Kox Pomona. Jeg skal tale med Sadelmageren om det Du skriver om. Jeg har købt Kryddersild af Viggo P og bestilt Spegesild hos Fru Hansen. vi har faaet en hel Del Champignoner af Møller. Leo brækkede forleden Kravebenet ved en Fodboldkamp i Odense saa han kan ikke bestille andet end plukke Svampe. Mange kærlige Hilsner til Jer allesammen fra Din 
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1920-05-07</t>
+  </si>
+  <si>
+    <t>Birkerød St.
+Kajerødvej</t>
+  </si>
+  <si>
+    <t>Elisabeth Mackie
+Hempel Syberg
+Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>De to nabokoner kendes ikke.
+Christine var Warberg-parrets første barn. Hun blev født på gården Ensomhed i Heden på Fyn.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3837</t>
+  </si>
+  <si>
+    <t>Laura Warberg vil tænke 50 år tilbage på den søndag, hvor hun fødte Christine. Lauras to nabokoner græd. Hempel Syberg holdt Albrecht Warberg med selskab i haven. Omsider kom en stor, velskabt pige til verden.
+Laura troede op til sit bryllup, at Albrecht ikke brød sig om børn, så det var en dejlig overraskelse, at han var så glad for dem. Laura og han fik en hel flok, og nu er de ved at blive gamle.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/D76Z</t>
+  </si>
+  <si>
+    <t>[Med blæk på kuvertens forside]
+Fru Mackie
+Kajerødvej
+Birkerød St
+[Med kuglepen på kuvertens bagside:]
+8. Maj
+1930
+[Med blæk i brevet:]
+Kerteminde d. 7_de_ Maj 1920
+Kære Christine!
+Jeg er vis paa, at mine Tanker Dagen lang i Morgen vil gaae de 50 Aar tilbage i Tiden, til den lange ret svære Søndag, hvor de to gode Nabokoner græd over mig, mens Onkel Syberg holdt Far med Selskab nede i Haven til ved 6 Tiden, da en stor velnæret Pige paa 9 Pund endelig lod sig see!
+Det staaer saa tydeligt for mig altsammen, ogsaa Fars og min Glæde først over at vente Dig og saa at have Dig. Jeg kan ogsaa huske, at jeg mente ikke Far holdt af Børn og blev derfor glad overrasket, da han paa vor Bryllupsaften sagde, at det vilde være dejligt, om vi kunde faae Børn! Og dem fik vi altsaa en Flok af og nu begynder de at "blive gamle" - om jeg tør sige det slemme Ord! Naa Du behøver nu ikke bekymre Dig for Dine 50 Aar, for ingen vilde gætte paa det Tal! Til Lykke, lille kære "gamle" Basse! Gid foreløbig de følgende 10 Aar maa blive gode og sorgfri; naar Du saa bliver de 60, kan der altid ønskes igen! Og gid Du maa faae en rigtig rar Fødselsdag! Jeg vil længes efter at høre, hvordan Du har tilbragt den. Jeg haaber det gl. Porcelæn kommer helt til Dig og at Du vil blive glad ved det. De andre Ting kan Du faae ved Lejlighed. Hvor den søde Putte vist er ivrig paa Færde Dagen igennem! Kærlige Hilsener til Eder begge fra
+Mor</t>
+  </si>
+  <si>
+    <t>1920-10-05</t>
+  </si>
+  <si>
+    <t>Ullerslev
+Odense
+Svanninge Bakker</t>
+  </si>
+  <si>
+    <t>Margrethe Bentzen
+Drude Jørgensen
+Jeppe Andreas Larsen
+Vilhelm Larsen
+Eiler Lehn Schiøler
+Johannes Madsen
+Karl Madsen
+Aage Marcus
+Marie Oppermann
+Theodor Oppermann
+Jens Rasmussen</t>
+  </si>
+  <si>
+    <t>Peter var Johannes Larsens jagthund. 
+Kunsthistorikeren Aage Marcus foranstaltede, at der blev lavet et antal mapper med træsnit og litografier af Johannes Larsen til salg.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har været på jagt i dårligt vejr og med ringe udbytte. Hjemrejsen tog lang tid. 
+Han har spist frokost i Odense med Lehn Schiøler og mødt hr. og fru Oppermann. 
+På Møllebakken er reparation af panelet i spisestuen i gang.
+Træsnit med stærene er bestilt af museumsdirektør Karl Madsen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/rOiP</t>
+  </si>
+  <si>
+    <t>Kjerteminde 5 Octbr 1920.
+Kæreste Alhed!
+Jeg kom saa hjem i Aftes efter at have tilbragt nogle Timer i Odense hos Drude. VI kom dertil Kl. 2 og spiste paa Grand (nu skal jeg se at finde en anden Pen) - det var saa min Mening at jeg vilde have fortsat med Schiøler til Ullerslev og faaet Bentzen til at hente mig der, men det lykkedes ikke at faa fat i ham i Telefonen, saa lod jeg dem rejse og opdagede at Toget nu gaar derfra Kl. 6.35 i Stedet for Kl. 5. Vi havde en dejlig Tur men et forbandet Jagtvejr. Øsregn den første Dag og Brandstorm begge Dage, saa Udbyttet blev yderst magert en Fasan til mig og en Hare og en Skovdue til Schiøler. Jeg er meget mør og træt endnu i Dag vi var ude fra Mrg til Aften begge Dage i et Terræn der meget minder om Svanninge Banker. Peter nød Tilværelsen og var rigtig flink og opførte sig upaaklageligt baade ude og inde og blev stærkt feteret og fyldt med Chokolader. Om Dagen laa han paa et Tigerskind foran Kakkelovnen og om Natten paa et Faareskind ved min Seng. Alt stod vel til her. I Dag er Gulvet brækket op i Spisestuen, det saa farligt ud, og i Hjørnet mod Spisekammeret var det nederste af Panelet der danner Bagklædning i Skabet stærkt angrebet og maa skæres bort, men heldigvis ser det ikke ud til at der andre Steder er noget i Vejen med Panelet. Madsen gaar nu og pakker Lærreder ind og jeg tager om nogle Dage ned til Klaks. Den Dag jeg rejste spiste jeg Frokost med Schiølers paa Grand og traf der Hr og Fru Oppermann, de havde været nogen Tid paa Fyn og vilde have været ned til os. Det var jo kedeligt nok men der var jo ikke noget at gøre ved det. Jeg skal hilse fra dem og fra Schiølers og fra Drude og Overretten som jeg talte med i Telefonen i Dg. Madsen vilde meget gerne have et eller flere Træsnit af det med Stærene. Kan du fortælle hvor de mange Tryk er. Hverken Puf eller jeg kan finde dem. Marcus skrev i Gaar at de 12 af de 15 fine Mapper allerede var bestilt og at han ventede at de 3 resterende vilde blive rekvirerede inden de udkommer i Morgen. Mange kærlige Hilsner ogsaa fra Puf.
 Din 
-Buf.</t>
-[...29 lines deleted...]
-Albrecht  Warberg
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1920-11-04</t>
+  </si>
+  <si>
+    <t>Hempel Syberg</t>
+  </si>
+  <si>
+    <t>Bodild Branner
+Hans Christian Caspersen
+Bodild Holstein
+Johanne Christine Larsen
+Kirstine -, pige i huset hos Hempel Syberg
 Conrad Warberg
-Else Warberg
-[...75 lines deleted...]
-Men de erklærer selv at det er et ”nydeligt Mennesk” saa vi kalder ham aldrig andet end ”det nydelige (el yndige [”y” overstreget, og ”ø” indsat over bogstavet] Menneske”; Jeg glæder mig uhyre til at se ham.
-----------------
-Hvorledes har alle min gode Venner i Melfar det, Rehberg min elskede R. jeg har stadig han[s] Lok i min Medalion ved Urkæden; det irriterer mig forresten gruelig, at alle som lægger Mærke til den vil have lukket op og vil have at vide hvis Lokker (din er der nemlig ogsaa) der er, og al Tid svarer jeg lakonisk: ”Veninders!”
-[...8 lines deleted...]
-Jeg husker ikke om jeg har gjort Undskyldning fordi jeg ikke vidste den var af Ada R. Naturligvis skulde kun Begyndelsen gaa i Opfyldelse men nej Brandt; jeg bliver mit Forsæt tro at blive Læge og altsaa ikke gifte mig, og naar jeg kommer til Kbn. for at studere eller er bleven Læge, saa er han en gammel Mand, som faderlig vil tage sig af min Fremtid.
---------------
-Læs nu mit Brev omhyggelig og svar paa hvad jeg har spurgt om, og skriv saa snart kære B. Jeg er naturligvis spændt paa hvad det bliver til med Dig. Lev nu vel! Din Ven
-[...61 lines deleted...]
-Nu skifter jeg for Marie vil skrive med Hils Alle du hilses saa kjærligt fra din Moder – 
+Else Warberg</t>
+  </si>
+  <si>
+    <t>Fyns Patriotiske Selskab, som Hempel Syberg havde arbejdet for siden 1867, tildelte ham i 1920 en æresbolig i Odense (Dansk Biografisk Leksikon). 
+Conrad/Konne Warberg var i mange år godsforvalter ved Glorup syd for Nyborg. Han lod sig pensionere ca. 1916. Ved et ejerskifte skete der en masse, som Conrad Warberg fandt uhensigtsmæssigt. 
+Det kan umiddelbart ikke afgøres, om det var Bodild Branner eller Bodil Holstein, som Hempel syberg havde haft på besøg.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3844</t>
+  </si>
+  <si>
+    <t>Hempel Syberg takker for lykønskningen i forbindelse med, at han er blevet tildelt en æresbolig. Han er glad for at have fået et hjem for livet. 
+Conrad/Konne Warberg og hustruen er derimod blevet behandlet helt uforskammet af de adelige, som han arbejdede for i 40 år. De har fået en gammel skovridergård, som ligger er dårligt sted og har mangler.
+Hempel Syberg har været glad for diverse besøg. Han kan dårligt gå ud, da han fryser og ikke kan hamle op med blæsten.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/DqvF</t>
+  </si>
+  <si>
+    <t>Odense d. 4/11 20.
+Kære Es!
+Det var venligt af Dig at skrive til mig under Dit Besøg hos Konnes; samtidig har jeg faaet Indtryk af, hvorledes de kære Venner er til Sinds i den gl Skovriderbolig. Tak skal Du have! Det glæder mig at Du nu snart befinder Dig lige saa vel, som før Du blev [ulæseligt ord] og tænker paa at rejse til Kbhvn, hvor jeg ønsker Dig fortsat godt Rekreationsophold hos Caspersens. Og dernæst takker jeg Dig for Lykønskningen til Æresboligen; jeg er taknemmelig for den Foranstaltning, der giver mig Indtryk af, at jeg nu har et Hjem for Livstid. Gid at Konnes var ligesaa glade ved deres anviste Hjem; men det kan de jo desværre ikke være. Konne har jo kun været uforskammet behandlet af de adelige Personer han har slidt for i 40 Aar; men vi maa ikke glemme at erindre, at han har oppebaaret Pengeløn for sin Virksomhed, medens den Kreds jeg har arbejdet for har faaet al Bistand gratis, hvad der i Sammenligning maa tages i Betragtning, uden at jeg dog heri vil forsvare de adeliges Fremgangsmaade. 
+Det er en uheldig Bolig, der er dem anvist, og trods den billige Husleje bliver det ligefuldt en dyr Bolig paa Grund af den upraktiske Biliggenhed og forsk. andre Mangler. Hils de kære Venner hjertelig; det er opmuntrende for dem, at Du besøger dem. 
+Jeg var glad for Besøget hos Dig og Junge; derigennem har jeg Indtryk af Din Færden til daglig, og det er rart for mig, at Indtrykket virker til den heldige Retning. Jeg har svært ved at færdes ude i den stærke Blæst; jeg kan ikke holde Varmen ved den March jeg stiller op; derfor gaar jeg kun ud 1 Gang daglig og midt paa Dagen. Det var fornøjeligt for os at have Bodild i Besøg en halv Snes Dage; syg kom hun hertil; men jeg skal svare for, at hun kom til sig før hun rejste hjem.
+Mere end dette er her ikke Ro til i Dag.
+Kærlig Hilsen - ogsaa fra Kirstine -
+Din gl. hengivne
+F. HempelSyberg</t>
+  </si>
+  <si>
+    <t>1920-12-12</t>
+  </si>
+  <si>
+    <t>Odense 
+Holte Sjælland</t>
+  </si>
+  <si>
+    <t>Drude Jørgensen
+Peter Magnussen
+A Munch-Petersen
+Carl V Petersen
+Jens Rasmussen
+Leo Swane
+Viggo Winkel</t>
+  </si>
+  <si>
+    <t>Christine Swane og Sigurd Swane holder i december 1920 en fælles maleriauktion i Den Fries kunstbygning. Deres ægteskab var blevet opløst tidligere på året.
+I 1920 havde en faglært arbejder en gennemsnitsløn på 223 øre i timen. (Poul Thestrup:" Mark og skilling, kroner og øre", Arkivernes Informationsserie, Rigsarkivet 1991)</t>
+  </si>
+  <si>
+    <t>Johannes Larsen udstiller i Fyns Forsamlingshus i Odense. Han har solgt for 11000 kroner. Christine Swane og Sigurd Swane har billeder på auktion. Jens Rasmussen og Alhed Larsen vil gerne købe nogle små billeder til ca. 300 kr.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/D6fe</t>
+  </si>
+  <si>
+    <t>12-12-20
 Kære lille Ugle!
-Nu vil jeg med det samme skrive et Par Ord. Vi sidder jo endnu her paa Soveværelset, med det gaar da godt fremad med Byggeriet, jeg var deroppe med Faer og Moer i Gaar, 2 Værelser er nu fuldstændig færdige med Undtagelse af at lægge Gulv,og det kan jo gøres i en Fart, vi har 3 Tømrere, de 2 andre Værelser bliver færdige paa Tirsdag, de 2 Gavlværelser er ogsaa omtrent færdige, der bliver en storartet Udsigt især paa det ene, man ser baade Vandet, Klinten og Verringelandet, hvor det bliver yndigt at komme derop og hvor jeg glæder mig til at faa Dig hjem, det har været saadan en lang trist Vinter, saa jeg haaber at vi nu skal faa det lidt fornøjeligt naar Du kommer, men Du kommer til at finde Dig i at gaa smaat, naar jeg skal med ud at spasere , jeg kan ikke faa Benene med, det har været dårligt en Tid igen, men i Gaar og i Dag synes jeg dog det er det bedste det har været, saa jeg maa ikke klage; i Dag er det 3 Maaneder siden jeg havde Docktor første Gang, sommetider bliver jeg saa angst for at jeg aldrig kommer mig rigtigt, men saa ler de andre af mig og siger at det er noget dumt Snak. Bare dog Operationen maa gaa godt for Marie, det er saa ængsteligt at tænke paa, men nu om Tide kan Lægerne jo gøre det utroligste med Hensyn til Operationer, saa maa vi haabe paa det bedste. Er Ingeborg saa kommen? Hils dem alle fra mig, der glædede os saameget at Onkel igen har solgt et Billede. Sig mig har du hørt eller set noget til Lindbergs i den sidste Tid, jeg talte i Gaar med Amalie Lindberg og hun fortalte mig at Susse havde faaet en Søn allerede i Marts Maaned, jeg blev meget forbavset da jeg ikke troede at det var saa snart det skulde ske og det undrer mig ogsaa at Susse ikke med et Ord har ladet mig det vide, hils fra mig naar Du siger Farvel derude. Johannes tager til Faaborg i Morgen med den Akvarel som Lars Larsen har købt, han kommer tilbage igen i Morgenaften for han har saa travlt med sine Billeder til Jagtudstillingen. Gaien er bleven en Del tykkere nede paa Haabet, han er rigtig sød. Nu maa Du endelig skrive op alt hvad Du giver ud i disse 14 Dage og lad os i god Tid vide hvor mange Penge Du skal have inden Du rejser fra Byen, Du er nok sød og sparer saa meget som muligt, der gaar en frygtelig Masse Penge til nu vi har Haandværksfolk hver Dag, Jeg glæder mig til Brevet i Morgen. De kærligste Hilsener fra Din hengivne Søster Marie.</t>
-[...12 lines deleted...]
-Adolph Larsen
+Vi er i Odense og traf for lidt siden Munch Petersen, der sagde I skulde have Auktion Tirsdag. Overretten(Jens Rasmussen) bad os bede Carl V. Petersen købe sig et lille Billede af Swane, ikke over 300, og vi vilde gærne have for et lignende Beløb af Dig. Men nu er jeg bange at et Brev [overstreget:I] ikke naar i rette Tid til Holte og saa var der jo ogsaa den Mulighed at Bister ikke var paa Auktionen, derfor vil jeg hellere sende Brevet til Dig, for skulde saa Bister ikke være der, maa Du jo lægge det i Haanden paa en anden f.Eks. Leo, men ham er vi ogsaa bange for ikke at naa med et Brev, da Museet jo har lukket Mandag. Men som sagt, vi lægger det i Dine Hænder, Du læser medfølgende Brev og giver det enten til Bister eller til Leo nej, jeg skriver til dem begge, det ser bedre ud maaske at 2 byder, men hvis der kun er en af dem, giver Du ham begge Breve. Det er skreven i Hast, men Du forstaar det nok. Vi har en Udstilling her i Odense. Drude gaar og tvinger Folk til at købe og det ser virkelig ud som der er Penge i Odense, vi har solgt for 11000, hvad jeg synes er aldeles fantastisk, men maaske Tiderne ikke er saa tossede, som man har tænkt sig. Gud give til Vorherre at Auktionen maa [indsat: gaa] godt, I har da vel sat Minimumspriser, at I ikke skal forære nogle af jeres dejlige Billeder bort. – Send os et Par Ord, hvordan det er gaaet.
+Masser af Hilsner Eders Be.
+Søndag
+[Skrevet på tværs på forsiden: Du skal ikke snakke om det med de 11000, det skal nødig komme til W &amp;amp; Magnussen saa tror de, vi sælger alle de bedste Billeder herovre. Hvis hverken Bister eller Leo er der, maa Du sætte en anden til det.]</t>
+  </si>
+  <si>
+    <t>Christian Andersen
+Achton Friis
+Andreas Larsen</t>
+  </si>
+  <si>
+    <t>Dagbogen er en natur og fugle beskrivelse af rejsen med sejlskibet "Rylen" til de fynske øer.
+Rejsens formål er indsamling af materiale til Achton Friis, "De Danskes Øer", der på 1.200 sider i 3 bind beskriver livet, naturen, historien og kulturen på de danske øer i 1920'erne</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/zjaUyzQG</t>
+  </si>
+  <si>
+    <t>Maj 1921</t>
+  </si>
+  <si>
+    <t>Andreas Larsen</t>
+  </si>
+  <si>
+    <t>Johan Larsen</t>
+  </si>
+  <si>
+    <t>Rudkøbing</t>
+  </si>
+  <si>
+    <t>Rudkøbing
+Fyn</t>
+  </si>
+  <si>
+    <t>Christian Andersen
+Achton Friis
 Alhed Larsen
 Johannes Larsen
-Vilhelmine  Larsen
-[...28 lines deleted...]
-[Resten af brevet mangler]</t>
+- Skipper
+Leon Zerlang</t>
+  </si>
+  <si>
+    <t>Den gamle er skipper Christian Andersen.
+Rylen er en ombygget bæltbåd fra Kerteminde, der i årene 1921-25 fungerer som ekspeditionsskib for Johannes Larsen og Achton Friis under udarbejdelsen af bogværket De Danskes Øer.
+Hansen og Folmer er muligvis fælles bekendte i København.</t>
+  </si>
+  <si>
+    <t>Andreas Larsen og skipper Chr. Andersen er ombord på Rylen i Rudkøbing Havn, mens Johannes Larsen og Achton Friis er på cykeltur. Andreas fortæller om sin nye jolle og beklager sig over de sparsomme breve fra broderen, der læser til eksamen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Jhun</t>
+  </si>
+  <si>
+    <t>Kære Lysse.
+I anledning af at det er Regnvejr og fordi det er saa længe siden jeg har skrevet til dig, skal du faa et Par Ord. Far og Friis er taget paa Cykeltur sydpaa og kommer ikke igen før om et Par Dage, saa den Gamle og jeg er alene ombord. Vi sidder begge og skriver efter at have spist en bedre Middag bestaaende af Gullasch, Byggrød, Øl og Kaffe. Vi ligger i Rudkjøbing Havn. Det vilde lige være noget for dig, at være Kok her ombord. De gaar med Skraaspyt og almindelige Harkere overalt, saavel i Køkken som paa Dækket. Herligt, hvad? Genever mind, det bliver nu morsomt naar du har endt den skidt Eksamen og kommer til Fyn, saa kan du komme og besøge os. Du glæder dig vel ogsaa til at se min Jolle i Vandet og prøve den. Den er fænomenal i mange Henseender: udmærket som Slæbejolle, sejler glimrende, klarer sig godt i Sø, er letroende og vender paa en Tallerken og flyder ind paa lavt Vand, selv med 4 i o.s.v. - Paa Onsdag når Far og Friis kommer tilbage skal vi i Biografen og se Rundt Kap Horn; bare den saa er god.
+Venlig hilsen 
+Puf.
+Vil [du] hilse Skipper og Zerlang og Hansen og Folmer, og hvem du ellers føler Trang til. 
+Jeg syntes det er meget sparsomme Meddelelser vi faar om din Eksamen, kan I ikke stramme Jer an til at skrive lidt oftere. 
+Jeg skal hilse fra Christian Andersen ogsaa Mor.</t>
+  </si>
+  <si>
+    <t>1921-01-19</t>
+  </si>
+  <si>
+    <t>Peter Hansen
+Else Jensen
+Johannes Larsen
+Vilhelm Lundstrøm
+Axel Salto
+Valdemar Vedel</t>
+  </si>
+  <si>
+    <t>Johannes V. Jensen og litteraturkritikeren Valdemar Vedel kom i 1906-1907 i konflikt med hinanden. Under overskriften "Samfundet og Sædelighedsforbryderen" skrev Johannes V. Jensen 30. november 1906 i en kronik i Politiken om Herman Bang, at han var "en meget kendt Forfatter, der i øvrigt foruden at være abnorm ogsaa har et vist Talent", og han hævdede, at Bang led af "platonisk Kærlighed til en Løjtnant". VV svarede 4. januar 1907 i Tilskueren, at Johannes V. Jensen var pervers. - Johannes V. Jensen lærte Johannes Larsen og Peter Hansen at kende i forbindelse med Bondemalerfejden i foråret 1907 ("til Du Foraaret efter blev bekendt med Las og P.") Når Syberg skriver, at Jensen i den fynske Kreds var et "Modsigelsens Tegn" refererer han formodentlig til striden mellem Vedel og Jensen i de trykte medier. 
+https://books.google.dk/books?id=QWo67Xh2ZxgC&amp;amp;pg=PA12&amp;amp;lpg=PA12&amp;amp;dq=Valdemar+Vedel+anmeldelse+Johannes+V+Jensen (Lokaliseret oktober 2019). 
+Fritz Syberg skriver: "V. Vedels perfide Anmeldelse af Din Bog". Der kan være tale om Johannes V. Jensens Digte 1906. Dette set i relation til ordene om, at Jensen et halvt år efter lærte Johannes Larsen og Peter Hansen at kende. 
+I begyndelsen af 1920erne kom Johannes V. Jensen med diverse udfald mod den moderne kunst. Således i tidsskriftet Forum 1922-1923 under overskriften "Evolution og Moral. Udviklingen i Kunsten", hvor han gik ind i den såkaldte Dysmorfismedebat. Se fx Du Danske Sommer. Fynbomalerne og de jyske forfattere i samklang. Johannes Larsen Museet 2007 s. 105 f.</t>
+  </si>
+  <si>
+    <t>Johs. V. Jensen har spurgt Syberg, om han er bange for den unge slægt. Syberg vil række hånden ud mod de to malere, ligesom da han i sin tid skrev til Jensen, efter at denne var blevet perfidt anmeldt af Valdemar Vedel. Dengang stod Jensen i "Modsigelsernes Tegn" blandt Fynboerne, og Syberg gjorde et pionerarbejde for at rette op på dette. Salto og Lundstrøms kunst er natur ligesom følelser og fornemmelser.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/HRAM</t>
+  </si>
+  <si>
+    <t>P.t. Faaborg 19-1-21
+Kære Ven!
+Dit Brev berører et frugtbart Emne, jeg vilde gærne svare paa det, men maa nøjes med at give Svar paa et ganske bestemt Spørgsmaal. Du har rettet: ”Er Du bange for den unge Slægt”. – At jeg har rakt Salto og Lundstrøm Haanden er en Handling som er dikteret akkurat af samme Følelse som fik mig til i sin Tid at [”i sin Tid at” indsat over linjen] skrive et Brev til Dig samme Dag jeg læste Dit Svar paa V. Vedels perfide Anmeldelse af Din Bog. Desværre spillede Skæbnen mig det Puds at dette Brev aldrig kom Dig i Hænde. (Jeg har spurgt Dig derom). Dog tror jeg at min Stilling til Dig som Fænomen betød en Del i det halve Aar som gik til Du Foraaret efter blev bekendt med Las og P. 
+Jeg gjorde et Slags Pionerarbejde i den fynske Kreds, hvor Du den Gang var et ”Modsigelsens Tegn”. Hvis Du vil spørge f. Eks. Las ud om dette vil han formodentlig have glemt det hele. Det betyder jo ogsaa saa lidt hvad den Ek [”Ek” overstreget] har været –
+Denne Gang har jeg tilfældigvis ikke skrevet privat men gjort det offentlig i et Blad Skulde det ske som jeg venter mig saa har jeg jo paa en Maade skaffet mig et Albi [”Albi” overstreget] Alibi. Jeg er nemlig ganske overbevist om at de to Malere Lundstrøm og Salto fo [”fo” overstreget] faar en Del at gøre med Fynboerne. Deres Kunst har intet at gøre med Re[ulæseligt]ladelis og Udregning, den er Natur forsaavidt som ”den er Natur forsaavidt som” overstreget den er Natur i den Forstand som Fornemmelse, Følelse er det. –
+Resten maa vi [”vi” indsat over linjen] hellere Tid efter anden Tale om.
+Endnu et – at Du, kære Ven, skulde holde op med at skrive om Kunst vægrer jeg mig ved at tro. Læs Din egen Bog om Las – ja dersom Du føler Dig færdig (paa samme Maade som Du f. Eks er færdig med at skrive Himmerlandshistorier det er en anden Sag[)].
+Mange Hilsner til Dig og Else.
+Din hengivne
+Fritz Syberg.</t>
+  </si>
+  <si>
+    <t>1921-01-20</t>
+  </si>
+  <si>
+    <t>Pieter Breugel
+Frederik Gad Clement
+Ludvig Find
+Peter Hansen
+I P Jacobsen
+Svend Johansen
+Aksel Jørgensen
+Johannes Larsen
+Karl Larsen
+Vilhelm Lundstrøm
+Kristian Møhl
+Axel Salto
+Oscar Wandel
+Gustav Wied</t>
+  </si>
+  <si>
+    <t>Kunstnersammenslutningen "De fire" blev stiftet 1920. Den bestod af Vilhelm Lundstrøm, Karl Larsen, Svend Johansen og Axel Salto. "De fire" nåede at afholde syv udstillinger sammen frem til 1929.
+"Kunstforeningen af 18. November" blev grundlagt 18. nov. 1842 i København af ca. 20 yngre malere, billedhuggere, grafikere, arkitekter, musikere mm.
+Den omtalte tekst af Syberg i Politiken er ikke fundet.
+Det vides ikke, hvem "FM" er. "Galleriet" er Statens Museum for Kunst.
+Sybergs brev er skrevet i forlængelse af den såkaldte Dysmorfismedebat. Professor C. J. Salomonsen hævdede fra januar 1919 i foredrag og et avisindlæg, at yngre kunstnere led af en smitsom sindslidelse, dysmorfisme. Bla. Lundstrøm blev af Salomonsen beskyldt for dette. Johannes V. Jensen støttede Salomonsens synspunkt og trykte i 1922-1923 en artikel om dette i sit tidsskrift, Forum. Tilsyneladende har han luftet tanker i denne retning inden den tid i et brev til Fritz Syberg.</t>
+  </si>
+  <si>
+    <t>Syberg vil besvare Johs. V. Jensens brev: Af "De fire" interesserer kun Lundstrøm og Salto ham. Aksel Jørgensen er slet ikke på deres niveau. Der er et slægtskab mellem Salto, Lundstrøm og Fynboerne. En friskhed i farven især i Fynboernes ungdomsværker såsom Larsens Evighedsblomster, Peter Hansens billeder fra ballet eller Sybergs egne Aften og Erotik, Skakspillerne og Dødsfaldet. 
+Syberg forstår godt, hvad Jensen mener med, at nogle malere som Lundstrøm "skænder Menneskebilledet". Men en af verdens største malere, Breugel, skildrede også mennesker som pukkelryggede og barnemordere. Syberg kan bedre tilslutte sig synspunktet, hvis man taler litteratur. Fx er Gustav Wieds personer som regel åndeligt og legemligt defekte, og dog har Johs. V. Jensen skrevet positivt om Wied.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/C3Rp</t>
+  </si>
+  <si>
+    <t>Pilegaarden 20-1-21 I
+Kære Ven!
+Jeg vil alligevel forsøge med det samme at besvare noget af det Du berører i Dit Brev. Altsaa: af ”de fire” er det kun Lundstrøm og Salto der interesserer mig. K. Larsen staar jeg kølig over for og i S. Johansen ser jeg foreløbig kun en Dillettant. Salto har jeg havt Øje for længe. Han er den ældste af de 4 og har hidtil [”hidtil” indsat over linjen] kun været overset hidtil. [”hidtil” overstreget] Om hans Arbejde kan jeg kun gentage hvad jeg skrev i Politiken. Personlig kender jeg ham ikke, har aldrig set ham. Derimod har jeg set en Del af hans Arbejder, særlig hans Tegninger, Raderinger og Træsnit, ligeledes hans dekorative Udkast (læg Mærke til dem. [et komma overstreget og et lille ”d” i det efterfølgende ”De” ændret til stort ”D”] De findes delvis i Fotografi) Han er som jeg skrev helt igennem dansk og helt igennem et Mandfolk. Desuden en Kunstner der hverken giver eller forlanger Pardon. Jeg vil indskyde her: de [”de” overstreget] Du nævner Axel Jørgensen og hans Elever!! Ja kære Ven, det er omtrent det værste Du kunde nævne. A.J. er ikke uden en vis Habilitet og som Personlighed vist et rart og skikkeligt Menneske. Han er ogsaa dansk, han repræsenterer et vist dansk Niveau saaledes som man træffer det i ”18 Nvbr.” Iøvrigt vil jeg ikke sige noget Ondt om ham, han har mange Aandsfæler: Møhl, Find, Clement, for blot at nævne nogen. De er alle sammen velmenende, men paa deres Kunst passer det I.P. Jacobsenske Udtryk at ”den gaar paa fire”. – Som sagt jeg vil ikke sige noget ondt om dem uden dette at deres Arbejde ikke kan nævnes i samme Aandedræt som Saltos.
+Med Lundstrøm er det vanskeligere. Han er ung og der findes [”og der findes” overstreget] og bør have Tid til at modne. Om han er en af dem der raadner før de bliver modne maa Tiden vise. At forklare Dig det beslægtede mellem Fynboernes og Saltos Kunst vil jeg ikke alene anse for overkommeligt men overflødigt, Du vil uden at [”at” overstreget] alt for stor Anstrengelse kunde finde Slægtskabet selv. Men der findes et Aandsslægtskab mellem Lundstrøms og Fynboernes Kunst ogsaa. En vis Djævelskab i Farven, som (desværre) kun findes i vore Billeder fra vor ”Sturm und Drang-”Tid. Lad mig nævne nogle. Peters Balbillede som gik til Sverige og en Skizze dertil som hænger i Faaborg Musæet. Las’ Evighedsblomster (mærkelig nok) en Del andre Blomsterstudier. Af mig selv synes jeg at Aften og Erotik, Dødsbilledet og Skakspillerne (Gros. Wandel ejer det ene, Galleriet det andet og FM. det tredje) hører herhen. Nu er det ikke saadan at forstaa at jeg ikke forstaar Dig naar Du f. Eks. nævner saadanne [”nævner saadanne” overstreget] kommer med saadanne Udtalelser som at ”skænde Menneskebilledet”. Paa en vil [”vil” overstreget] vis Maade har Du Ret, men det fører rigtignok til at man maa fælde Staven over Kunstnere som f. Eks. Breughel (Bonde-Breughel), og han er dog synes jeg en af Verdens største og genialeste Kunstnere. Men hans Syn paa Mennesker, som de Drankere, Fraadsere, Barnemodere og vanskabte pukkelryggede Uslinge de er vil alligevel afgørende stille ham, - dersom man deler Kunstens Udøvere i Faar og Bukke, - paa Bukkenes Side. Jeg gentager at jeg alligevel saa udmærket godt forstaar Dig og kunde under visse Betingelser gøre mig skyldig i en Dom af samme Art som Din. Jeg behøver blot i Stedet for Maleri at give mig til at behandle Literaturen En Forfatter (f. Eks.) som Gustav Wied, synes jeg Din Udtalelse om Lundstrøm passer fuldstændig paa Det Galleri af Menneskevæsner som findes i hans Bøger, hvad er det andet end en Samling aandelig og legemlig defekte. Og dog har Du en Gang rakt Gustav Wied Haanden i en Kronik i Politiken. X) –
+Mere en anden Gang, 
+mange Hilsner til Dig og Else
+fra Din hengivne
+Fritz Syberg.
+x) Og [”Og” overstreget] jeg tilføjer at jeg kan ikke læse ham</t>
+  </si>
+  <si>
+    <t>1921-01-21</t>
+  </si>
+  <si>
+    <t>Else Jensen
+Oluf Thomsen</t>
+  </si>
+  <si>
+    <t>Kunstnersammenslutningen "De fire" blev stiftet 1920. Den bestod af Vilhelm Lundstrøm, Karl Larsen, Svend Johansen og Axel Salto. "De fire" nåede at afholde syv udstillinger sammen frem til 1929.
+Den omtalte tekst af Syberg i Politiken er ikke fundet.
+Sybergs brev er skrevet i forlængelse af den såkaldte Dysmorfismedebat. Professor C. J. Salomonsen hævdede fra januar 1919 i foredrag og et avisindlæg, at yngre kunstnere led af en smitsom sindslidelse, dysmorfisme. Bla. Lundstrøm blev af Salomonsen beskyldt for dette. Johannes V. Jensen støttede Salomonsens synspunkt og trykte i 1922-1923 en artikel om dette i sit tidsskrift, Forum. Tilsyneladende har Jensen inden den tid luftet tanker i denne retning i et brev til Fritz Syberg. Oluf Thomsen tog de unge kunstneres parti i debatten.</t>
+  </si>
+  <si>
+    <t>Fritz Syberg har ingen fidus til kritikere, for de er snyltere, og de overgår i antal kunstnerne. Oluf Thomsen beundrer "De Fire", ligesom Johannes V. Jensen gør det med Fynboerne. Det er i disse krigsår fint nok, at folk følger deres sympatier i stedet for deres antipatier.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/OuTh</t>
+  </si>
+  <si>
+    <t>Pilegaarden 21-1-21
+Kære Ven!
+Der er endnu et Punkt jeg kunde ønske at klare min Stilling til nemlig hvorledes jeg staar over for Oluf Thomsen. Sandt at sige har jeg ikke megen Fidus [til] Kritik overhovedet. Kritikere er for mig næsten udelukkende en Hob Snyltere. De kunde undværes allesammen. Her i Danmark er der paa Grund [af] Avisernes Mængde et saadant Utal af dem (og leve skal de jo alle) saa de indtager omtrent samme Stade i Samfundet, som Klædelusen i Udviklingslæren. Jeg vil haabe for O. Th. at han lader Kritiken ligge. Foreløbig fremtræder han som Ven og [”og” overstreget] og Beundrer af de Fire og deres Kunst et ikke alene tilladeligt, men aldeles uangribeligt Standpunkt. Omtrent det samme Du indtager over for Fynboerne.
+Naar jeg i min lille Opsats i Politiken skrev at ”det er sjældent at møde Kritik der ganske simpelt ser sin Opgave i at slaa Bro mellem Publikum og den gode Kunst” saa ved jeg at der findes ikke én Kritiker herhjemme som ser en Opgave i det X), men i noget ganske andet nemlig, det at anvise Kunstneres Maal og Midler, eller som En der var tilstrækkelig naiv udtrykte det, ”Kunstnerne er Soldater Kritikeren er Feltherren”, der
+x) selv om han paastaar det.
+er blot det kedelige ”aber” derved at ”Feltherrernes” Antal snart [”snart” overstreget] overgaar Soldaternes. –
+Men Du forstaar heraf, at jeg foreløbig [”foreløbig” indsat over linjen] ikke betragter Fænomenet O.Th. som andet end en Privatmand der paa et givet Tidspunkt af sit Liv har ønsket at slaa et Slag for noget i Kunsten og nogle faa Kunstnere han havde Sympathi for. Jeg kan godt lide at [”at” indsat over linjen] Folk der [”der” overstreget] handler ud fra deres Sympatier. Vi har i disse Krigsaar set et saadant Utal [”Utal” overstreget] Utal af den anden Slags, de der sætter sig i Bevægelse ud fra de hellige Antipatier saa jeg har faaet nok for Resten af mit Liv. Hilsen til Dig og Else fra Din hengivne Fritz Syberg.</t>
+  </si>
+  <si>
+    <t>24. maj. 1921</t>
+  </si>
+  <si>
+    <t>Alhed Larsen
+Harald Leth</t>
+  </si>
+  <si>
+    <t>Dagbogen er en natur og fugle beskrivelse af rejsen med sejlskibet "Rylen" til de fynske øer.
+Rejsens formål er indsamling af materiale til Acton Friis, "De Danskes Øer", der på 1.200 sider i 3 bind beskriver livet, naturen, historien og kulturen på de danske øer i 1920'erne</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/j6fUTxlZ</t>
+  </si>
+  <si>
+    <t>25. maj. 1921</t>
+  </si>
+  <si>
+    <t>Christian Andersen</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/GM8FzURB</t>
+  </si>
+  <si>
+    <t>26. maj. 1921</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/uV4xMZ1D</t>
+  </si>
+  <si>
+    <t>27. maj. 1921</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/6cVnZS6j</t>
+  </si>
+  <si>
+    <t>28. maj. 1921</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/yle0CtTL</t>
+  </si>
+  <si>
+    <t>29. maj. 1921</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/KECah2XD</t>
+  </si>
+  <si>
+    <t>30. maj. 1921</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/ElHTnCNC</t>
+  </si>
+  <si>
+    <t>31. maj. 1921</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/PIjU3jVN</t>
+  </si>
+  <si>
+    <t> 1. jun. 1921</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/CObRjaTw</t>
+  </si>
+  <si>
+    <t> 2. jun. 1921</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/DMr2WPrd</t>
+  </si>
+  <si>
+    <t> 3. jun. 1921</t>
+  </si>
+  <si>
+    <t>Achton Friis</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/AOsMo2Nd</t>
+  </si>
+  <si>
+    <t> 4. jun. 1921</t>
+  </si>
+  <si>
+    <t>Achton Friis
+Andreas Larsen</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/XZwQ3HoB</t>
+  </si>
+  <si>
+    <t> 5. jun. 1921</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/ZgLvdN5a</t>
+  </si>
+  <si>
+    <t> 6. jun. 1921</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/ZUJDzbQo</t>
+  </si>
+  <si>
+    <t> 8. jun. 1921</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/1itiWL5I</t>
+  </si>
+  <si>
+    <t> 9. jun. 1921</t>
+  </si>
+  <si>
+    <t>Achton Friis
+Martha Friis
+Andreas Larsen
+Alfred Nielsen</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/4zMTy9JF</t>
+  </si>
+  <si>
+    <t>10. jun. 1921</t>
+  </si>
+  <si>
+    <t>Alfred Nielsen</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/Iqaz4rvn</t>
+  </si>
+  <si>
+    <t>11. jun. 1921</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/jYsAKhJs</t>
+  </si>
+  <si>
+    <t>12. jun. 1921</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/Xrv8yA47</t>
+  </si>
+  <si>
+    <t>13. jun. 1921</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/7akvRFjJ</t>
+  </si>
+  <si>
+    <t>14. jun. 1921</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/scWH782Y</t>
+  </si>
+  <si>
+    <t>15. jun. 1921</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/bLBj0Lph</t>
+  </si>
+  <si>
+    <t>16. jun. 1921</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/KtVnEfBf</t>
+  </si>
+  <si>
+    <t>17. jun. 1921</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/PLJi7Kb5</t>
+  </si>
+  <si>
+    <t>18. jun. 1921</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/vEpAcheS</t>
+  </si>
+  <si>
+    <t>19. jun. 1921</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/DINuSg1W</t>
+  </si>
+  <si>
+    <t>20. jun. 1921</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/XD49Q5aV</t>
+  </si>
+  <si>
+    <t>21. jun. 1921</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/KxMqShS7</t>
+  </si>
+  <si>
+    <t>1921-06-21</t>
+  </si>
+  <si>
+    <t>Siø</t>
+  </si>
+  <si>
+    <t>Lindelse Nor, 5900 Rudkøbing
+Siø, Rudkøbing
+Sorø Akademi</t>
+  </si>
+  <si>
+    <t>Jeppe Andreas Larsen
+Johan Larsen
+Alfred Nielsen</t>
+  </si>
+  <si>
+    <t>Johannes Larsen mener som fynbo nok, at der burde være et stumt d i Siø. Han og Achton Friis besøgte øen med skibet Rylen, idet de lavede forberedelser til bogværket De Danskes Øer. Siø er beskrevet i denne bog bind 1, s. 72 - 75 med to fugletegninger af Johannes Larsen. 
+Alhed Larsen er netop kommet hjem fra Birkerød, hvor Andreas Larsen (Lysse) går til eksamen på Birkerød Kost- og Realskole. 
+Brevet synes uafsluttet. Der mangler noget af det.</t>
+  </si>
+  <si>
+    <t>I dag er det 23 år siden, Johannes Larsen første gang besøgte Alhed Larsen i Svanninge.
+Rylen er igen tilbage i Rudkøbing.
+Johannes Larsen kalder postvæsenet en uudgrundelig institution og er vred over deres håndtering af poste restante breve.
+Han spørger, hvornår Lysse er færdig med eksamen, da datoen måske er blevet ændret.
+Johannes Larsen har nu lavet 70 tegninger og 6 akvareller på turen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/oHIz</t>
+  </si>
+  <si>
+    <t>Sidø 21 Juni 1921
+Kæreste Alhed!
+I Dag er det nok 23 Aar siden jeg kom ned til Svanninge til Dig. Der var en dejlig Tid. Vi har ligget indeblæst 2-3 Dage nede i Lindelse Nor og spist vort Brød op og brugt Vandet men i Gaar Eftermiddags kom vi til Rudkjøbing igen. Tak for Brevet. Det kostede 20 Øre til trods for at der var for 40 Øre for mange Frimærker paa eller maaske rettere derfor. Postvæsenet er en uudgrundelig Institution. De forklarede Puf at et poste restante Brev ikke kunde være express, da expressen først begynder ved Udbæringen, Togene Gaar nemlig lige hurtigt, men alligevel kostede det 20 Øre fordi det var utilstrækkeligt frankeret. 
+Jeg har nu lavet ca 70 Tegninger og 6 Aquareller. 
+Vi har det udmærket og lever godt, men det er jo et kedeligt Blæsevejr i den sidste Tid og i Dag kommer der af og til Byger med Regn og Hagl. Hvornaar bliver Lysse færdig. Alfred Nielsen fortalte Puf at de ventede deres yngste Dreng hjem fra Sorø en af Dagene, det var nok forandret noget med Sommerferien og Examen sluttede tidligere og han mente det var ens for alle Skoler. Jeg skal hilse fra Alfred Nielsens. Vi sejlede i Morges</t>
+  </si>
+  <si>
+    <t>22. jun. 1921</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/cOfRv9x0</t>
+  </si>
+  <si>
+    <t>23. jun. 1921</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/njG9WyQo</t>
+  </si>
+  <si>
+    <t>24. jun. 1921</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/0S0FH99C</t>
+  </si>
+  <si>
+    <t>25. jun. 1921</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/DQtRfGF4</t>
+  </si>
+  <si>
+    <t>26. jun. 1921</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/nCJ0nTMe</t>
+  </si>
+  <si>
+    <t>27. jun. 1921</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/2nt4REfj</t>
+  </si>
+  <si>
+    <t>28. jun. 1921</t>
+  </si>
+  <si>
+    <t>Chr. Kryger</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/Zje1ukKS</t>
+  </si>
+  <si>
+    <t>29. jun. 1921</t>
+  </si>
+  <si>
+    <t>Achton Friis
+Gustav Kiær
+Chr. Kryger</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/m2JfPnGD</t>
+  </si>
+  <si>
+    <t>30. jun. 1921</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/44Rr071i</t>
+  </si>
+  <si>
+    <t> 1. jul. 1921</t>
+  </si>
+  <si>
+    <t>Achton Friis
+Gustav Kiær
+Andreas Larsen</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/cYgH1hkn</t>
+  </si>
+  <si>
+    <t> 2. jul. 1921</t>
+  </si>
+  <si>
+    <t>Gustav Kiær
+Andreas Larsen</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/WdZ6k4F0</t>
+  </si>
+  <si>
+    <t> 3. jul. 1921</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/aFrALJpT</t>
+  </si>
+  <si>
+    <t> 4. jul. 1921</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/w6FFrcLi</t>
+  </si>
+  <si>
+    <t> 5. jul. 1921</t>
+  </si>
+  <si>
+    <t>Achton Friis
+Gustav Kiær
+Alhed Larsen
+Andreas Larsen
+Johan Larsen</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/GdhoMkTf</t>
+  </si>
+  <si>
+    <t> 6. jul. 1921</t>
+  </si>
+  <si>
+    <t>Alhed Larsen
+Andreas Larsen
+Johan Larsen</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/jepUnZbd</t>
+  </si>
+  <si>
+    <t> 7. jul. 1921</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/LZISnUZL</t>
+  </si>
+  <si>
+    <t>Achton Friis
+Alhed Larsen
+Johan Larsen</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/DHZbUg0G</t>
+  </si>
+  <si>
+    <t> 8. jul. 1921</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/mkxMz5lN</t>
+  </si>
+  <si>
+    <t> 9. jul. 1921</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/cEWFUJvd</t>
+  </si>
+  <si>
+    <t>10. jul. 1921</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/lQ0cDrye</t>
+  </si>
+  <si>
+    <t>11. jul. 1921</t>
+  </si>
+  <si>
+    <t>Christian Andersen
+Andreas Larsen</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/5TBpJa8X</t>
+  </si>
+  <si>
+    <t>12. jul. 1921</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/p6mquhRL</t>
+  </si>
+  <si>
+    <t>13. jul. 1921</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/ntgE41ev</t>
+  </si>
+  <si>
+    <t>14. jul. 1921</t>
+  </si>
+  <si>
+    <t>- Due-Petersen</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/gr4dQ2mb</t>
+  </si>
+  <si>
+    <t>15. jul. 1921</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/hjju64Qb</t>
+  </si>
+  <si>
+    <t>16. jul. 1921</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/j2hUVkDF</t>
+  </si>
+  <si>
+    <t>17. jul. 1921</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/CcimuYHG</t>
+  </si>
+  <si>
+    <t>18. jul. 1921</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/nN4PAKUX</t>
+  </si>
+  <si>
+    <t>19. jul. 1921</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/sNWbpXhd</t>
+  </si>
+  <si>
+    <t>20. jul. 1921</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/rvxBHXzf</t>
+  </si>
+  <si>
+    <t>21. jul. 1921</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/6ZAPyB7A</t>
+  </si>
+  <si>
+    <t>22. jul. 1921</t>
+  </si>
+  <si>
+    <t>Peter, Vorherre -
+Achton Friis
+Martha Friis
+Alhed Larsen
+Andreas Larsen
+Johan Larsen
+Leo Swane</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/ypSdLDCw</t>
+  </si>
+  <si>
+    <t>23. jul. 1921</t>
+  </si>
+  <si>
+    <t>Christian Andersen
+Achton Friis
+Andreas Larsen
+Christine Rasmussen</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/nxxqv9bt</t>
+  </si>
+  <si>
+    <t>24. jul. 1921</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/QnBrW1DK</t>
+  </si>
+  <si>
+    <t>25. jul. 1921</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/JqxhhCZI</t>
+  </si>
+  <si>
+    <t>26. jul. 1921</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/vYqpD6Vn</t>
+  </si>
+  <si>
+    <t>27. jul. 1921</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/DFfJEtvD</t>
+  </si>
+  <si>
+    <t>28. jul. 1921</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/VjIJGfS4</t>
+  </si>
+  <si>
+    <t>29. jul. 1921</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/Vtw1Vx4G</t>
+  </si>
+  <si>
+    <t>30. jul. 1921</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/JZO9tphY</t>
+  </si>
+  <si>
+    <t>31. jul. 1921</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/ps863ipV</t>
+  </si>
+  <si>
+    <t> 1. aug. 1921</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/B2WDSV0j</t>
+  </si>
+  <si>
+    <t> 2. aug. 1921</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/ASOFrmNj</t>
+  </si>
+  <si>
+    <t> 3. aug. 1921</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/1fN63CIC</t>
+  </si>
+  <si>
+    <t> 4. aug. 1921</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/5TL6vqHy</t>
+  </si>
+  <si>
+    <t> 5. aug. 1921</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/XgZp2wAn</t>
+  </si>
+  <si>
+    <t> 6. aug. 1921</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/9HFw5Sle</t>
+  </si>
+  <si>
+    <t> 7. aug. 1921</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/b4InSLMZ</t>
+  </si>
+  <si>
+    <t> 8. aug. 1921</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/DupnmXWl</t>
+  </si>
+  <si>
+    <t> 9. aug. 1921</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/CW5tALIU</t>
+  </si>
+  <si>
+    <t>10. aug. 1921</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/MvOPnW0Z</t>
+  </si>
+  <si>
+    <t>11. aug. 1921</t>
+  </si>
+  <si>
+    <t>Laurentius Allerup
+Alhed Larsen
+Andreas Larsen
+Johan Larsen</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/CyOTRJj8</t>
+  </si>
+  <si>
+    <t>Dagbogen er en natur og fugle beskrivelse af rejsen med sejlskibet "Rylen" til de Sydfynske øer.
+Rejsens formål er indsamling af materiale til Acton Friis, "De Danskes Øer", der på 1.200 sider i 3 bind beskriver livet, naturen, historien og kulturen på de danske øer i 1920'erne</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/LTBlIrPh</t>
+  </si>
+  <si>
+    <t>12. aug. 1921</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/BZGKV8QE</t>
+  </si>
+  <si>
+    <t>17. aug. 1921</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/mlVKfENB</t>
+  </si>
+  <si>
+    <t>22. aug. 1921</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/sacWzjWR</t>
+  </si>
+  <si>
+    <t> 1. sep. 1921</t>
+  </si>
+  <si>
+    <t>Alexis Prior</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/2e3r5tyj</t>
   </si>
   <si>
     <t>1922-03-07</t>
   </si>
   <si>
     <t>Filsø
 Nyborg</t>
   </si>
   <si>
     <t>Ruth -
 Fru Forell
 Georg Jacobsen
 M Knipschildt
 Andreas Larsen
 Johan Larsen
 Marie Larsen
 Johannes Madsen
 Harald Meyer
 Albert Naur
 Olaf Rude
 Ellen  Sawyer
 Christine Swane
 Hempel Syberg
 Laura Warberg</t>
   </si>
   <si>
     <t>Alhed Larsen og muligvis også hendes mor rekreerer sig hos Christine Mackie i Birkerød, efter at have haft Den Spanske Syge. Maleren Albert Naur boede hos Alhed og Johannes Larsen nogle måneder fra slutningen af 1921 til engang hen i 1922. Hans kone var død, og han var i Kerteminde for at sunde sig. 
 I Johannes Larsens omgangskreds findes flere med navnet Harald. Det er uvist, hvilken Harald Johannes Larsen omtaler i dette brev. Muligvis Harald Meyer.
 På Faaborgegnen lavede man en frugtvin af bla. hyldebær - det formodes at være en såkaldt Faaborg Tokayer. På Fyn blændede man også mjød, når denne blev lagret i mange år, kunne den smage som Tokayer.</t>
   </si>
   <si>
     <t>Johannes Larsen møder forpagter Knipschildt i toget mod Nyborg. Værkstedet er blevet kalket. Johannes Larsen har malet en frk. Ruth.
 Johannes Larsen forhandler med Jacobsen om at få nedslag i gæld på 10.000 kr.
 Glarmester Madsen kommer med et billede af Olaf Rude til Johannes Larsen.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/WkFR</t>
   </si>
   <si>
     <t>Kjerteminde 7. Marts 1922.
 Kæreste Alhed!
 Jeg kom godt hjem i Forgaars Aften. Jeg skal hilse Dig fra Forpagter Knipschildt som jeg rejste sammen med til Nyborg, han var paa vej til at besøge Onkel Syberg. Her staar alt godt til. Der er mægtigt fint i Værkstedet efter det er kalket, og Naur har malet Radiatorerne hvide. Dog er der frosset nogle Blomster ihjel i Dagligstuen bla den Du fik af Fru Forell, men der gror jo et Par Aflæggere. Vi fejrede Elle med en Bourgogne og Faaborg Tokayer der var ikke andre Vinsorter i Kælderen. 
 Jeg har malet og tegnet Frk. Ruth i Gaar og i Dag. I Gaar ringede jeg til Jacobsen han var ikke videre tilbøjelig til at slaa af paa de 10000 men det var meget utydeligt i Telefonen, jeg kunde kun høre det halve af hvad han sagde og han klagede over jeg [ordet overstreget] han ikke kunde høre mig. Jeg anbefalede ham at drøfte Situationen med Harald, hvad han saa gør. Jeg var hos Harald i Gaar og satte ham ind i Situationen. Vi aftalte at komme sammen i Aften og snakke om Sagerne. Jeg skal ind og ringe til han for at høre om vi skal træffes her eller hos ham. Glarmester Madsen var jeg hos i Gaar, men Huset var lukket, i Dag har jeg faaet ham fat i Telefonen, han har været borte i nogle Dage i Anledning af hans Moders Begravelse. Han kommer i Aften og tager Maal af Blendrammer og har samtidig Rudes Billede med, som er paa Banegaarden. Hønsene lægger et halvt Hundrede Æg om Dagen og Gæssene har lagt 6. Der er fuldt af Gækker og Erantis i Haven og Græsset er grønt. I Værkstedet synger Kanariefuglen og alle Stillitserne og Solsorten fløjter i Fuglestuen. 
 Nu kom Marie med et Brev fra Dig, der var 51 Æg i Dag. Det er dejligt at Du har det saa godt, bare nu din Moder maa komme sig. Jeg skulde helst af Sted Søndag hvis jeg skal til Fiilsø og det vilde jo være rart at se Dig her hjemme først. Mange kærlige Hilsner. Hils Christine og Drengene naar Du ser dem.
 Din Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1922-03-08</t>
+  </si>
+  <si>
+    <t>Bodild Branner
+Theodor Christoffer Delcomyn
+Thorvald Erichsen
+Georg Jacobsen
+Drude Jørgensen
+Andreas Larsen
+Johan Larsen
+Christine  Mackie
+Elisabeth Mackie
+Harald Meyer
+A Munch-Petersen
+Albert Naur
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Alhed Larsen rekreerer sig hos sin søster i Birkerød.
+Det fremgår af brev fra Johannes Larsen til Alhed 8. marts 1922, at der foregår forhandlinger mellem Harald og Jacobsen i Kerteminde Bank om at banken nøjes med 5000 kr. Johannes Larsen beder i samme brev Alhed Larsen om få nogle penge hos Munch Petersen - formodentlig penge Munch Pedersen skylder Johannes Larsen. Det er vanskeligt at afgøre, hvem Harald er, da familien Larsen kendte flere med det navn.
+Af Johannes Larsens næste brev til Alhed fremgår det, at Drude Jørgensen gerne vil udstille Alheds pasteller (i Fyns Forsamlingshus).</t>
+  </si>
+  <si>
+    <t>Alhed Larsen laver næsten ingenting, for det er svært at komme sig over Den Spanske Syge, og hun har lidt feber. Hun må holde sig i ro, og Bodild siger, at man nemt kan få lungebetændelse efter sygdommen. Alhed skal mødes med Munch-Petersen m.fl., og hun beder Johannes Larsen spørge Drude, om hun vil have hendes pasteller.
+Putte (Elisabeth Mackie) skal have bal.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/1o5R</t>
+  </si>
+  <si>
+    <t>Kæreste Lavsi
+Dette er det 3die Brev, og jeg har endnu ikke hørt fra Dig, men maaske det kommer med Eftermiddagsposten. Det er jo ellers ikke meget jeg har at skrive om, jeg oplever jo ingenting, bestiller ikke andet end at læse, drive ligge paa Divanen og spadsere lidt, det er urtroligt saa lang Tid det tager at komme over saadan en Smule spansk Syge. Min lille Tur til Byen i Gaar bekom mig desværre ikke saa godt, jeg mærkede nok at jeg ikke havde det videre godt i Aftes og da jeg gradede mig, havde jeg 37 ½, som Feber betragtet er det ikk [ordet overstreget] jo ikke meget, men dog mere end jeg en eneste Gang havde det paa Klinikken. Nu har jeg forholdt mig helt i Ro i Dag og har tænkt at gøre det et Par Dage, jeg maa jo se at komme helt i Orden inden Rejsen. Naur kom op hos Drengene i Gaar, hans Udstilling er opsat nogle Dage, saa han er heller ikke rejseklar. Christine og jeg var henne paa Kroen at spise en Bøf, det er det eneste jeg har været ude i Dag, men det har ogsaa øset ned hele Eftermiddagen fra Kl. 1.
+Senere. Endelig kom Dit Brev vi faar først Eftermiddagsposten kl 5 ½. Tænk at Du allerede rejser Lørdag [ordet overstreget] Søndag, hvis jeg ikke havde faaet det lille Tilbagefald havde jeg tænkt at rejse Søndag, men nu gaar det ikke. Da jeg havde faaet Dit Brev spurgte jeg til Bodild for at høre hvad hun mente, men hun sagde, at den Temperatur i Aftes var jo ikke saa lidt mere end jeg maatte have saa det vilde være galt ikke at være meget forsigtig, det var med Uforsigtighed efter spansk Syge, at man let hentede sig en Lungebetændelse. Jeg har nu ikke været uforsigtig, kun den lille Rejse ind til Mor i Gaar og i Dag har jeg det bedre igen – ingen Feber – saa jeg kan ikke tro andet end at jeg kan blive i Orden til at rejse Tirsdag eller Onsdag. – Jeg maa ud paa den fri at ordne med Erichsen, ligesaa hos Munch-Petersen, samt ordne med Billedernes Hjemsendelse. Kan Du ikke ringe til [resten af teksten skrevet på side 1 på modsatte led i forhold til resten af brevet] Drude og spørge om hun vil have mine Pasteller derud?? og saa lade mig det vide. Tag og gør det. – Senere end Onsdag kan jeg heller ikke rejse hjem, naar den søde Putte skal have sit Bal om Lørdagen, saa maa hun rejse om Fredagen. – Sikke noget med den Jacobsen, bare nu Harald faar ham ordnet. Og Delcomyn? – Chr. hilser, hun sidder og spiller, gaar til Postkassen med dette for mig. – 
+1000 Hilsner
+fra Din A.
+8de Marts</t>
+  </si>
+  <si>
+    <t>1922-03-21</t>
+  </si>
+  <si>
+    <t>Botanisk Have, København
+Den Hirschsprungske Samling, København</t>
+  </si>
+  <si>
+    <t>Andreas Larsen
+Johan Larsen
+Elisabeth Mackie
+Marie Schou</t>
+  </si>
+  <si>
+    <t>Alhed Larsen rekreerer sig i Birkerød hos sin søster Christine. 
+Alhed har netop haft en udstilling på Den Frie sammen med Christine Swane og Asta Krohn. Nogle af billederne derfra er sendt til Fyns Forsamlingshus. Sønnen Andreas (Puf) er studerende i København. 
+A Porta er en restaurant i København.</t>
+  </si>
+  <si>
+    <t>Alhed Larsen er ked af det ovenpå sin udstilling og tror ikke, at hun kommer til at male igen, men måske er hun bare deprimeret efter sin sygdomsperiode. Marie Schou og Alhed har spist frokost sammen og været i Den Hirschsprungske samt i Botanisk Have. Om lidt skal hun med toget.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/sxQh</t>
+  </si>
+  <si>
+    <t>Kæreste Larsi!
+Tak for Dine Breve! Det er dejligt, Du er kommen godt i Gang med at male, det bliver spændende at se, hvad Du faar ud af det, det er jo længe siden Du har malet en ”Omgang” Billeder. Jeg selv gaar og er noget utrøstelig efter Udstillingen, har en væmmelig Fornemmelse af at jeg aldrig kommer til at male mere. Men forhaabentlig er det noget Depression efter den spanske, jeg maa til at have fat paa Olje, naar jeg kommer hjem. Begyndelsen af dette er skreven oppe i Rigsdagen. Marie havde inviteret mig til Frokost men glemt det og kom meget angergiven da jeg havde ventet over en Time. Puf kom og hentede mig og vi gik i Hirschsprungs Musæum, derfra i botanisk Have at se paa Orchideer – pragtfulde – derfra [”fra” overstreget] var i det hele taget dejligt skønt koldt, vi sad paa en Bænk i Solen og røg en Cigaret. Nu sidder vi hos à Porte, hvorfra han om lidt følger mig til Toget. Putte er desværre forkølet, hun laa i Gaar men er oppe igen i Dag. – Puf hilser mange Gange Lysse Din A.
+Fryser Du ikke rædsomt?
+Tirsdag</t>
+  </si>
+  <si>
+    <t>1922-04-17</t>
+  </si>
+  <si>
+    <t>Vagn Jacobsen
+Rasmus Kattrup
+Anders Nordahl Petersen
+Jens Rasmussen</t>
+  </si>
+  <si>
+    <t>Det formodes, at brevet fra Kattrup er fra Rasmus Kattrup, bosiddende på Risinge Gods ved Kerteminde.
+Larsen opfordres af højskolemanden og forfatteren Nordahl Petersen til at indtræde i en komité, der vil rejse en mindesten over Jens Rasmussen, som var bror til Mads Rasmussen og medlem af Fyns Kunstmuseum bestyrelse.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen er fortsat utilfreds med de dårlige vejrforhold. 
+Bryggeren sender nok penge, når han får billederne. 
+Nordahl Petersen opfordrer Larsen til at gå ind i en komité, der arbejder på at rejse en mindesten over Jens Rasmussen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/h5A3</t>
+  </si>
+  <si>
+    <t>Kirkeby 2. Paaskedag 1922.
+Kæreste Alhed.
+Tak for Brevet. Jeg er ved at blive ked af det Vejr. Jeg faar ikke nok bestilt og synes ikke heller jeg kan opgive det før jeg faar de store Billeder malet. Jeg har lavet et Par Aquareller og er Par Smaabilleder. Her er et Brev fra Kattrup, der er desværre ikke Plads, men mon Du ikke skulde snakke med ham om et andet Sted. Bryggerens Penge kommer antagelig naar han faa Billederne. Jeg tager dem med hjem og sender dem derfra. Hvordan gaar det med Din Udstilling i Odense. Her var Opfordring fra Nordahl Petersen om, at være med i en Komité som vil rejse en Mindesten over Jens Rasmussen. Mange Hilsner. Bare jeg snart var hjemme. Hils de andre.
+Din 
+JL.</t>
+  </si>
+  <si>
+    <t>21. maj. 1922</t>
+  </si>
+  <si>
+    <t>Dagbogen er en natur og fugle beskrivelse af rejsen med sejlskibet "Rylen".
+Rejsens formål er indsamling af materiale til Achton Friis, "De Danskes Øer", der på 1.200 sider i 3 bind beskriver livet, naturen, historien og kulturen på de danske øer i 1920'erne</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/ft5uWdAb</t>
+  </si>
+  <si>
+    <t>21. jun. 1922</t>
+  </si>
+  <si>
+    <t>- Petersen, Rylen</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/J1y1k0Eb</t>
+  </si>
+  <si>
+    <t>23. jun. 1922</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/qVHjSM8t</t>
+  </si>
+  <si>
+    <t>29. jun. 1922</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/chdZZ3rp</t>
+  </si>
+  <si>
+    <t>30. jun. 1922</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/wyASnUBS</t>
+  </si>
+  <si>
+    <t>1922-09-09</t>
+  </si>
+  <si>
+    <t>Fejø</t>
+  </si>
+  <si>
+    <t>Fejø
+Femø
+Slotø, Nakskov
+Vejlø, Nakskov
+Enehøje, Nakskov
+Vejrø, Nakskov
+Rågø
+Skalø</t>
+  </si>
+  <si>
+    <t>Frederik Hendriksen
+Georg Jacobsen
+-  Koch
+Adolph Larsen
+Andreas Larsen
+Johan Larsen
+- Larsen, kunsthandler
+- Petersen, Rylen</t>
+  </si>
+  <si>
+    <t>Johannes Larsen er afsted sammen med Achton Friis og Skipper Petersen. De skal lave forarbejdet til bogværket De Danskes Øer.
+Rylen - en ombygget fiskerbåd - var ekspeditionsskib for Johannes Larsen og Achton Friis i årene 1921-24. I dag ejes Rylen af Østfyns Museer.
+Fejø er omtalt i Achton Friis: De Danskes Øer bd. 2 s. 311. Gyldendal, 1927. Det samme gælder de fleste af de øvrige øer. 
+Adr er en forkortelse for adressere.
+Faaborg M er Faaborg Museum.</t>
+  </si>
+  <si>
+    <t>Rylen er på Fejø, Slotø, Vejlø og en del andre øer. Johannes Larsen synes især Femø minder om det fynske landskab. Han beder Puf gå i gang med at rense klodser og forberede selve trykningen (af træsnit), da der er flere store bestillinger, der skal sendes af sted foruden andre opgaver i forhold til udstilling mm., der skal ordnes. 
+Ænderne skal lukkes inde, da mange af dem kan flyve nu.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/lqb5</t>
+  </si>
+  <si>
+    <t>P.T. Fæjø 9. Septbr 1922
+Kæreste Alhed!
+Vi kom her i Aftes og fik Pakken og dit Brev. Jeg skriver nu samtidig til Lysse, det kan kun være den grønbrogede Tudse, som han jo formoder. Rylen har aldrig saa længe vi har haft den været saa tæt, som den er nu siden Petersen stoppede den Læk. Vi har nu været paa 7 Øer, 3 i Nakskov Fjord, Slotø med en Ruin af en Befæstning fra Kong Hans Tid, Vejlø og Enehøje og senere paa Vejrø, Raagø, Fejø og i Dag har vi været cyklende ud paa Skalø der med en Dæmning er forbundet med Fejø. Vi spiste Frokost i en Kro og jeg saa der i Avisen at Koch er død, det er sørgeligt. Jeg fik mit Tøj renset forleden saa jeg mangler ikke noget. Du maa endelig skrive mig om hvad det bliver til med Jacobsen. Det er noget kedeligt noget med Agraren. Desværre er der jo nu en Søndag imellem saa jeg kan ikke høre fra Dig før Mandag hvis Du ikke har skreven før dette kommer. Du maa saa hellere adr. det til Fænø poste restante. Dette er en køn Ø, d.v.s. den er ikke videre spændende, den ligner meget de frugtbare Dele af Fyen, fede Marker og Frugthaver og Tjørnehække og Poppelhegn af Resten har heller ingen af de andre naar undtages Vejrø været videre underholdende. Har Puf klippet Hækken om Gravene. Jeg er kommen til at tænke paa at det vilde være mig en stor Hjælp og tidsbesparelse hvis Puf vilde rense Klodserne og lave an til Trykning og trykke saa meget han kan overkomme inden han rejser til Kjøbenhavn. Vi skal jo levere en hel Serie til Faaborg M en hel til Kunsthandler Larsen og omtr. en hel til Xylografen og et Par Hjortetryk til os selv. Saa dersom jeg skal faa malet noget til min Udstilling maa vi have det til Side først, naar det endda bare kunde være i Gang til jeg kommer er jeg ikke ked af at tage fat paa at trykke. Vi skal ikke sejle længere end til senest den 10 October. Mange kærlige Hilsner! skriv endelig om alt muligt. Jeg kom i Tanker om at jeg glemte at sige til Puf om at lukke alle Ænderne ind, nogle af Krikænderne, Pibeænderne og Gravgæssene maa kunde flyve nu, hils ham mange Gange fra mig.
+Din
+JL</t>
+  </si>
+  <si>
+    <t>1923-1</t>
+  </si>
+  <si>
+    <t>Det citerede digt er skrevet af Wilhelm Müller (1794-1827). Schubert har benyttet digtet i forbindelse med musikstykket Winterreise.
+Johannes V. Jensen udgav tidsskriftet Forum 1922-1923. Under overskriften "Evolution og Moral. Udviklingen i Kunsten" kom han heri med et angreb på de nye tendenser i malerkunsten, og han støttede overlæge Hjalmar Helweg Salomonsens forestilling om, at unge kunstnere led af en smitsom sygdom, dysmorfisme. Striden kaldes Dysmorfisme-debatten. Johannes Larsen skrev 24. januar 1923 et sjældent skarpt brev til Johannes V. Jensen, hvori han bla. kaldte Salomonsen et "senilt Sludrechatol". Johannes Larsens brev findes i databasen. 
+Litt. Du Danske Sommer, Fynbomalderne og de jyske forfattere i samklang. Johannes Larsen Museet 2007. Heri: Malene Linell Ipsen: Dysmorfisme-debatten s. 105-107</t>
+  </si>
+  <si>
+    <t>Det Kongelige Bibliotek, Johannes V. Jensens arkiv</t>
+  </si>
+  <si>
+    <t>Fritz Syberg citerer et tysk digt: "Nun merch ich erst wie müd' ich bin". Det er fint, at Johannes V. Jensen sætter ungdommen på plads i bladet Forum. Tidligere havde man respekt for de ældre, men nu regerer ungdommen.
+Syberg slås med hoste og gigt. Han arbejder på en udstilling i Odense.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/zZ7N</t>
+  </si>
+  <si>
+    <t>Pilegaarden.
+Kære Ven.
+Tak for Dit Brev. Det er godt at modtage en Vinterhilsen, hvor godt, ved man undertiden først i det Øjeblik den er der. Kender Du et lille tysk Vers der begynder saaledes: ”Nun merch ich erst wie müd’ ich bin, nun ich zur Ruh mich lege” –
+Tak ligeledes for Forum. Det er forfriskende af Dig at sætte ”Ungdommen” paa Plads. Ganske vist føler jeg mig en Smule udenfor Spørgsmaalet. Jeg har nemlig al Tid ved Ordet Ungdom havt andre Forestillinger end den Horde anmassende Lømler Du tager under Behandlig. Mens jeg var ung af Aar var det Alderdommen der regerede, nu jeg er naaet forbi de unge Aar er det Ungdommen der har taget Magten, men jeg misunder dem ikke. Modgang eller rettere Modstand er ingen daarlig Udviklingsfaktor den holder en ung – jeg sagde ung. - - 
+For Øjeblikket slaas jeg forresten med Gigt Hoste og Gebrækkelighed. Jeg er ved at lave en Udstilling i Odense, naar den er aabnet tager jeg en Tur til København, antagelig først i Ugen. Mange Hilsner til Else dig selv og Børn.
+Din hengivne Fritz Syberg</t>
+  </si>
+  <si>
+    <t>1923-01-24</t>
+  </si>
+  <si>
+    <t>London
+Paris</t>
+  </si>
+  <si>
+    <t>George Bryan "Beau" Brummell
+Else Jensen
+Emmerik Jensen
+Jens Jensen
+Villum Jensen
+Carl Salomonsen</t>
+  </si>
+  <si>
+    <t>Professoren er bakteriologen Carl Julius Salomonsen, som i 1919 holdt et foredrag om "dysmorfismen", et delvist hjemmelavet ord, der dækkede en smitsom sindslidelse blandt kunstnere. Denne fik dem til at dyrke det hæslige og vanskabte i stedet for skønheden. Johs. V. Jensen tilsluttede sig Salomonsens ord og kaldte ham i tidsskriftet Forum "en udmærket Mand". Den debat, der opstod efter Salomonsens foredrag og skriverier, kaldes Dysmorfisme-debatten. Johannes Larsens brev til Johannes V. Jensen indeholdt også en tegning af Jensen, som bliver trukket rundt i manegen af et dyr. Denne tegning var ikke med i de scanninger, som Johannes Larsen Museet modtog fra Det kongelige Bibliotek til databaseprojektet. Museet havde i forvejen et scan, som er indsat. 
+"Sønner af de Slagne" osv. er citat fra et af Johannes V Jensens digte. 
+Tøjjon er synonym for en laps.
+Litteratur om dysmorfismen findes bl.a.i "Du Danske sommer - Fynbomalerne og de jyske forfattere i samklang." Heri: Malene Linell Ipsen: Dysmorfisme-debatten s. 105-107. Johannes Larsen Museet 2007</t>
+  </si>
+  <si>
+    <t>Johannes Larsen er meget begejstret for Johannes V. Jensens digte Gærdesmutten og Lærken.
+Johannes og Alhed Larsen har moret sig vældigt til en fest hos Johs. V. Jensen og frue.
+Johannes Larsen mener, at Salomonsen er et vrøvlehoved. Han formaner Johs.V. Jensen om, at være sin status som berømt digter bevidst og tænke på sin autoritet i kunstens verden. Han har stor betydning for kommende kunstnere.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/zuAU</t>
+  </si>
+  <si>
+    <t>Kjerteminde 24 Jan 1923.
+Kære Johannes V !
+Tak for Brevet og for Mindebladet og Februardigtet. Det er meget smukt, og dog naar jeg læser Gærdesmutten igen synes jeg næsten det er endnu smukkere, og alligevel ved jeg ikke rigtigt hvilket jeg holder mest af, mon ikke det er Hemmeligheden ved Kritik at det er saa pokkers svært at udtrykke sin Beundring for det sublime og meget lettere at rakke ned, men det kommer senere. Jeg glæder mig til Lærken. Tak for Festen vi morede os storartet og er glade for vi kom med. Hvor saa Jeres Drenge og de smaa Piger henrivende søde ud, som de i dybeste Alvor Kind mod Kind skred rundt i Salen. Det glemmer jeg aldrig. For Resten er jeg bleven saa væmmelig litterær. Først skrev Holstein og bad om et Bidrag til Bogen, det parerede jeg med et Citat. Saa telegraferede Berlingeren efter en Udtalelse, det undlod jeg at svare paa, men saa læste jeg Forum og nu kan jeg ikke længere holde min Sti ren. Normalt er mit Hovede indrettet som Kalejdoskop og jeg har til daglig nogenlunde Magt over Billederne og kan ryste dem frem, jeg skal bruge, undertiden kommer der af sig selv nye og saa er det godt, men somme Tider Gud ske Lov der kan gaa Aar imellem at det sker, kommer der Ord og saa bliver jeg bange. Til Tider lykkes det mig at jage dem ud, men det kan ske at de maa skovles op og ordnes og saa er den gal. Heldigvis er Du Digter, saa jeg kan nøjes med at skovle dem i en Spand og gi Dig en Spandfuld i Hovedet ad Gangen. Du kan selv ordne dem. Jeg vaagnede i Morges og saa paa Uret. Klokken var 4 1/2. Udenfor suste Vestenvinden i Træerne og gennem Altandøren saa jeg Ankerlanternen af en Sejler, der var gaaet ind paa Bugten i Læ. Det var altsammen som det skulde være og jeg vendte mig om for at sove videre, men saa begyndte det at dryppe med Ord. 
+"En udmærket Mand" og saa kom der pludselig et Billede: Johannes V der troner frem. Med et ganske lille Smil? Nej jeg kan ikke en Gang faa Øje paa en Antydning, men med Professoren i Haanden og præsenterer: "En udmærket Mand."
+En gammel Vrøvlebøtte er det, et sandt Sludrechatol, der har skreven en Bog om Malerkunst, som dokumenterer at han ikke begriber et Suk at det han skriver om, men som hos Læserne efterlader en sikkert rigtig Mistanke om at det vist heller ikke er videre bevendt med hans Fagkundskab.
+Jeg er Maler og kender meget lidt til Bakterier, muligvis lige|saa|lidt som Professoren kender til Kunst. Alligevel hvis jeg begik en Afhandling af lignende Omfang om Bakteriologi vilde det forbavse mig om jeg blev taget alvorligt af den udmærkede Mands Kolleger.
+N.L. Det var første Spandfuld, nu kommer den næste
+Sønner af de Slagne
+Se I staar paa Muld!
+Vi vil jo allesammen gerne have Lov til at gaa paa Jorden, ogsaa unge Malere. Jeg kan ikke rigtigt se hvem Du vil ramme, Adr. er utydelig. Dog kan jeg se at Du vil bleve taget til Indtægt af Skidtet og med din Autoritet som Nordens største Skrivende kan Du gøre Fortræd for dem der burde hjælpes. Hvad er Moder? Enten det gælder Kunst eller Klæde. Dersom jeg var Velhaver med temmelig ubegrænsede Pengemidler, vilde jeg være Modelaps, Tøjjon, beherske Skræderne i London og Paris, en moderne Brummel. Maaske i manges Øjne en latterlig Person, i mine egne ikke mere end jeg er, jeg vilde jo ikke blive anderledes, fordi jeg havde Raad til at følge mine Lyster. Moder i Kunst hvad er det andet. Det er godt de er der. De kan være et Springbrædt for dem der skal begynde, de slipper for at blive hængende i de gamle Former og dem der duer skal, nok slippe igennem og ødelægger de dem der ingen Ting er til, hvad saa, gør det noget? Det samme gælder vel for Digtere, se "Æstetik og Udvikling" 
+Side 35:
+"Baade hvad Stof og Tilskyndelse o.s.v. 
+og
+Side 38:
+"Det gjaldt om en Forargelse o.s.v.
+Kære Johannes V.
+Her sidder jeg og skriver, og det er din Skyld og alligevel kan jeg ikke blive gal paa Dig. Jeg maa jo holde forfærdelig meget af Dig. Mange venlige Hilsner
+Din
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t> 1. maj. 1923</t>
+  </si>
+  <si>
+    <t>Achton Friis og Johannes Larsen sejler med skibet Rylen til de danske øer. Dagbogen handler mest om naturiagttagelser, og i overvejende grad om fugle og planter på øerne.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/Qt3Wchow</t>
+  </si>
+  <si>
+    <t> 9. maj. 1923</t>
+  </si>
+  <si>
+    <t>Knud Kyhn</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/FiIZIxLY</t>
+  </si>
+  <si>
+    <t>20. maj. 1923</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/aBsVe7OZ</t>
+  </si>
+  <si>
+    <t>1923-10-08</t>
+  </si>
+  <si>
+    <t>Thurø
+Ærø
+Nyborg
+Tommerup
+Fredericia
+Odense Domkirke</t>
+  </si>
+  <si>
+    <t>Erik -
+Palle -
+Harald Balslev
+Christian Bonnesen
+- Egede
+Laurids Finnich
+Frederik Hendriksen
+Drude Jørgensen
+Adolph Larsen
+Johan Larsen
+- Randil
+Christine Rasmussen
+Ingeborg Rasmussen
+- Sildor
+Minna Warberg</t>
+  </si>
+  <si>
+    <t>Der optræder en række ukendte personer i brevet: Palle, Sildorf, Egede, Randil, Ingeborg, Minna, Erik og Finich. Det har ikke været muligt at identificere disse nærmere. 
+Chacon [Aqurum] menes at være en slags rom.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen rejser til Odense til stor middag, hvor en del af hans bekendte er blandt de deltagende gæster.
+Han skal på jagt et par dage og skal senere til middag hos restauratør Drude Jørgensen i Odense.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/wRRh</t>
+  </si>
+  <si>
+    <t>Kjerteminde 8 Octbr 1923.
+Kæreste Alhed!
+Jeg drog saa til Odense i Gaar Eftrmdgs, kørte i Kupé sammen med Dommerens "Naar jeg rejser med min Kone kører jeg paa III Kl." , og i Anledning af at Bilerne har forhøjet Taxten med 1 Kr. det bleven nogle Øre billigere at rejse om ad Odense, har ellers altid taget med Bilen til Nyborg. Der var taget paa Forsamlingshuset 2 store Middage havde lagt Beslag paa alle Rum til Omklædning, men Palle var hjemme paa Rekreation blev holdt ud og jeg fik hans Værelse og en Gadedørsnøgle. Chr. Bonnesen og jeg var hos Drude, han skal have en Udstilling der. Til Middagen var Sildorfs og Egedes, jeg havde Fru Sildorf til Bords og Christine, det er Niels Rasmussens Kone ved den anden Side, Resten var Direktøren fra Tommerup med Frue, Etatsraadsinden, som jeg talte noget med fru Rondit og Ingeborgs Familie, desuden en Toldforvalter fra Fredericia, forhenværende og Finichs Forgænger, der var gift med en Moster til Ingeborg, en sjov Kone, de var Venner af [ulæselig]ede og Minna, havde kendt Minna fra hun var en lille Pige. Vi fik en hel Masse god Mad, men allerede anden Ret tog Pippet fra mig, Torsk med Mayonaise og Hummer og dertil Chacon [Aqurum], begge Dele noget af det værste jeg kan faa! men jeg aad af det for jeg var meget sulten, havde saa Kvalme Resten af Aftenen, holdt til Klokken 1. Sov til 6 1/2 og tog hjem med Morgen[toget]. Jeg lovede Erik et Træsnit. Drude inviterede os til en fynsk Aften i næste Uge tror Anledning af at Harald Balslev kommer, han har ikke været der. Det er den 17 og 18 jeg skal paa Jagt. Her er et Brev fra Xylografen, som Du vel saa gaar op og hilser paa. I Stedet for [ulæseligt] kom der et Brev, karakteristisk nok ufrankeret saa det kostede 40 Øre. Hun skriver at hun desværre ikke kan staa Model i denne Uge og at hun ikke kan begribe hvorfor hun er bleven daarlig 14 Dage for tidlig, men at hun kommer næste Mandag. Gamle siger han ikke skal til Thurø og heller ikke til Ærø. Mange kærlige
+Hilsner fra
+Din JL.</t>
+  </si>
+  <si>
+    <t>1923-10-09</t>
+  </si>
+  <si>
+    <t>Alhed Marie Brønsted</t>
+  </si>
+  <si>
+    <t>Møllebakken, 5300 Kerteminde, Danmark</t>
+  </si>
+  <si>
+    <t>Ellen Brønsted
+Peter Oluf Brønsted
+Guy  de Maupassant
+Charles Dickens
+Laura Warberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Valdal, Valby Langgade 30, var et nedlagt gartneri i Valby i København, hvor adskillige af Fynboerne i årenes løb boede til leje. Bygningen blev nedrevet i 1930.</t>
+  </si>
+  <si>
+    <t>Kopier findes på Johannes Larsen Museet.</t>
+  </si>
+  <si>
+    <t>Alhed Marie Brønsted er meget optaget af indretningen af forældrenes nye bolig. 
+Hun beretter om biograftur, om læsning af bog og om et franskkursus.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/wMIk</t>
+  </si>
+  <si>
+    <t>9-10-23.
+Kære Muk!
+Tak for Brevet i Gaar. Jeg blev meget glad for det, især da jeg havde regnet ud at jeg umuligt kunde faa før Tirsdag Eftermiddag. Jeg løb strax over og viste Bedstemoder det. Hun tænker jo paa at forære jer en Sofa (du maa ikke fortælle hende, jeg har sagt det) riktig pæn, med rødt Betræk. Men da hun ikke rigtig ved om hun har foræret Dis den, skal hun høre fra hende inden hun fortæller jer det. 
+Lejligheden ser jo yndig ud. Skal vi ikke have en Masse Stikkontakter at vi bliver fri for alle de ækle Lamper i Loftet. Jeg er glad ved at du vender Sofabetrækket. Det har altid været pænere paa den anden Side; men det vil vist ikke blive helt let at faa det til at ”staa” til Væggen. Mon jeg ikke kan faa et af de tre smaa Værelser??
+I Dag har vi haft en stor Kampagne med at ordne Syltetøjskabet. Bedstemoder har været herovre og hjælpe (Det er naturligvis hende der har iscenesat det.
+I Gaar strøg vi hele Dagen. 
+Bedstemoder og jeg er begyndt at læse Fransk. Vi læser ”Le Mariage de Chiffon”. Forleden inviterede Bedstemoder mig i Biografen. Vi saa ”Store Forventninger” af Dickens. Den jeg saa blev indspillet paa Valdal – Lørdag Aften satte jeg mit Uhr til at vække Kl. 6; men det vækkede af en el. anden ubegribelig Grund Kl. 12½ Nat; maaske det var for at minde mig om at Fødselsdagen var begyndt og at jeg skulde være andagtsfuld. – Jeg syntes jeg havde saa meget at fortælle , men nu har jeg glemt det. Her er 4 Spørgsmaal: Hvad Sal? Er der Centralvarme? Vender Dagligstuevinduerne mod Nord (nordvest) el Syd (sydøst)? Hvad Gadenummer? 
+Det regner i Dag og jeg har det hyggeligt paa mit Værelse med Ild i Kakkelovnen, røde Roser paa Bordet og nogle smaa meget lette Cigaretter. Jeg læser Maupassants Fortællinger.
+Tak Bes for hendes Brev og foresten Peder for at købe sig selv et Kort. Jeg vil gerne beholde mit.
+Hilsen til jer alle fra Lomme.</t>
+  </si>
+  <si>
+    <t>1923-11-26</t>
+  </si>
+  <si>
+    <t>Møllebakken 14, 5300 Kerteminde, Danmark
+Fynshovedvej, 5370 Mesinge, Danmark</t>
+  </si>
+  <si>
+    <t>Alhed Larsen
+Andreas Larsen
+Johan Larsen
+Ellen  Sawyer
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Taarbystranden kaldes i dag Taarup Strand.</t>
+  </si>
+  <si>
+    <t>Alhed Marie Brønsted takker for gaven fra moderen. Der syes forskelligt linned og servietter af især Laura Warberg og Alhed Larsen. AMB er ikke hurtig nok til dette. 
+Hun glæder sig meget til at skulle løbe på skøjter med Andreas og Johan Larsen ved Taarbystranden.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/oSjM</t>
+  </si>
+  <si>
+    <t>Lørdag
+Kære Muk.
+Sikke noget mægtig fint Chokolade. og saadan en yndig Æske det ligger i.
+Er dette ikke ogsaa en god Tæppe. Jeg er saa lykkelig over den. 
+Det begyndte med Tante Be skulde have sig syet 12 Viskestykker og saa lod hun ogsaa 12 sy til dig. Derpaa fandt hun Servietterne frem og jeg syede den ene; men Bedstemoder syntes det gik for langsomt og saa syede hun Resten. Alt dette inspirerede Tante Elle til Lagnerne og Bedstemoder til Dugen og Servietterne. 
+I Morgen skal jeg paa Skøjter ved Taarbystranden. I skal ikke være bange; Puf og Lysse gaar med. Jeg glæder mig som en Gal.
+100 Hilsner (midt i Lørdagsrengøringen) fra jeres Lomme.</t>
+  </si>
+  <si>
+    <t> 6. dec. 1923</t>
+  </si>
+  <si>
+    <t>Dagbogen "Korshavn" beskriver hovedsagelig iagttagelser af natur og fugle, fra turen med Rylen til Korshavn ved Fyns Hoved, fra 6. december til 15. december 1923.
+Dagbogen indeholder desuden optegnelser fra 22. december 1923 til 3. februar 1924.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/97IRXewR</t>
+  </si>
+  <si>
+    <t>1923-12-07</t>
+  </si>
+  <si>
+    <t>Møllebakken 14, 5300 Kerteminde, Danmark</t>
+  </si>
+  <si>
+    <t>- Afzelius
+Johannes Nicolaus Brønsted
+- Johnsen
+Alhed Larsen
+Johan Larsen
+Johannes Larsen
+Marie Larsen
+Ellen  Sawyer
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Johannes Larsen er sejlet mod Fynshoved med Rylen for at male. Alhed Larsen er på besøg i København. 
+Alhed Marie Brønsted er vred over, at hendes pelskrave ikke er kommet. Hendes briller er også gået i stykker. Hun øver sig i at synge Mozart sange.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/PHGp</t>
+  </si>
+  <si>
+    <t>[Indsat tegning] 
+[7-12-23]
+Putte hjælper Puf med at køre mig for at blive tynd.
+Kære Muk!
+Tak for dit Brev! I Aftes var Lysse og Johnsen her og Mareje og jeg spillede Bridge med dem. Bagefter drak vi Kaffe og snakkede gammelt Birkerødskolevrøvl.
+I Dag er Onkel Las startet til Fyns Hoved i ”Rylen med et stort Forraad af Levnedsmidler og andet. Han skal bo derude i længere Tid og male. Tante Be er i København og har nok besøgt jer i Dag. I Dag har I vel ogsaa faaet Billederne. Jeg haaber I naar at faa dem op inden Far rejser. Jeg skulde bede jer fra Bedstemoder om at sende den Kasse med som Spejlet var i naar I sender de andre Kasser. 
+Jeg er temmelig fortvivlet over min Pelskrave; den kom ikke. (Det maa du endelig ikke fortælle Fru Afzelius). Nu kan jeg enten lade den ligge hen, eller hvis den passer til hendes Kaabe ?? kunde hun faa den til Jul. Da jeg gik til Byen var jeg saa gnaven at jeg greb mig i at raabe ”hold Kæft” til nogle Ænder [overstreget] Gæs; der gav sig til at skræppe op. Det er ogsaa er [overstreget] nogle dumme Gæs der er i Kerteminde. I Byen købte jeg to smaa Potteplanter, som jeg forærede Bedstemoder i Julegave. Hun skal have dem saa tidlig for at hun kan naa at ”glæde sig over dem” inden hun rejser, lige efter Jul.
+Mine Briller knækkede forleden (de er jo ogsaa mange Aar gamle nu) og nu vil jeg prøve om jeg kan klare mig uden. 
+Tante Elle kom i Gaar og forærede mig 2 af sine aflagte Hatte. Jeg ved ikke riktig om jeg kan faa noget ud af dem. 
+Nu skal jeg til at øve mig paa en Sang af Mozart. 
+Hilsen fra Lomme.
+[Indsat tegning]</t>
+  </si>
+  <si>
+    <t> 7. dec. 1923</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/JBNjUYWx</t>
+  </si>
+  <si>
+    <t> 8. dec. 1923</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/wxBDuDfw</t>
+  </si>
+  <si>
+    <t> 9. dec. 1923</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/EocUxpyS</t>
+  </si>
+  <si>
+    <t>10. dec. 1923</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/XNfpetUe</t>
+  </si>
+  <si>
+    <t>11. dec. 1923</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/kHDZc8FE</t>
+  </si>
+  <si>
+    <t>1923-12-11</t>
+  </si>
+  <si>
+    <t>Korshavn</t>
+  </si>
+  <si>
+    <t>Korshavn, Hindsholm
+Martofte, Dalby</t>
+  </si>
+  <si>
+    <t>Fru Boysen
+- Frandsen
+Andreas Larsen
+Johan Larsen</t>
+  </si>
+  <si>
+    <t>Johannes Larsen er ombord på skibet Rylen i Korshavn på Hindsholm nord for Kerteminde. Han er ikke helt tilfreds med de billeder, han får malet. Begge sønner har været på besøg de seneste dage.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/JowR</t>
+  </si>
+  <si>
+    <t>Korshavn 11 Dec. 1923
+Ombord "Rylen"
+Kæreste Alhed!
+Tak for Brevet. Ja saa er du vel nu i Kjerteminde igen. Formodentlig faar Du dette i Mrg, da Frandsen skal til Martofte efter en Pakke, som der i Dag er kommen Anmeldelse paa. Det er trist med Dine Øjne. Her gaar det saa som saa, jeg har ganske vist malet 2 Billeder om Dagen undtagen i Søndags, men det er vist desværre noget Lort. Nu faar vi se hvordan Resten, altsaa 11, bliver, dersom jeg gider saa længe. Jeg talte med Fru Bojsen i Gaar, og foreslog hende at køre om ad Kjerteminde en Dag, og tage Dig med, og noget Wienerbrød saa dernede I spise Frokost med Kl. 12. De plejer at spise ved den Tid naar de er her, og det gør jeg ogsaa. Hun ringer altsaa til Dig om det. Det var morsomt at se Puf og Lysse herude. Mange Hilsner
+Din
+JL.</t>
+  </si>
+  <si>
+    <t>13. dec. 1923</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/NqhlDolD</t>
+  </si>
+  <si>
+    <t>14. dec. 1923</t>
+  </si>
+  <si>
+    <t>Andreas Larsen
+- Petersen, Rylen</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/OBtRL6fr</t>
+  </si>
+  <si>
+    <t>15. dec. 1923</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/n1NlqIpG</t>
+  </si>
+  <si>
+    <t>1923-12-21</t>
+  </si>
+  <si>
+    <t>Snave, Mesinge
+Fyns Hoved
+Korshavn, Fyns Hoved
+Nordskov</t>
+  </si>
+  <si>
+    <t>- Frandsen
+Achton Friis
+Claus Friis
+Martha Friis
+Alhed Larsen
+- Petersen, Rylen</t>
+  </si>
+  <si>
+    <t>Rylen er en gammel Kertemindebåd, der i årene 1921-25 fungerede som ekspeditionsskib for Johannes Larsen og Achton Friis under forarbejdet til bogværket De Danskes Øer. I dag er båden museumsskib for Østfyns Museer.
+"Aarstiderne" med tekst af Johs. V. Jensen og akvareller af Johannes Larsen udkom første gang i 1923.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har været en tur omkring Fyns Hoved og malet om bord på Rylen. På hjemturen rev jollen sig løs, men de fandt den i måneskinnet. 
+Petersen og hans søn har været vidner til en stor gårdbrand i Nordskov.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/UDnm</t>
+  </si>
+  <si>
+    <t>Kjerteminde 21 Dec. 1923.
+Kære Achton Friis!
+Først Tak for Lån af "Rylen." Jeg var derude i 10 Dage og fik en Del bestilt. I Lørdags bestemte jeg mig til at sejle hjem, da jeg havde en Fornemmelse af at Vejret var i Færd med at forværre sig, og Kl. hen ad 4 var vi klar til at starte. Jeg havde en lille Sensation paa Hjemvejen. Da vi passerede Snave ved 5 Tiden sendte jeg Frandsen ned at lave Kaffe mens jeg tog Roret. En Tid efter kom jeg til at se mig tilbage og opdagede til min Forfærdelse, at Jollen havde gjort sig usynlig, min første Tanke gik ud paa at den maaske var rendt fuld af Vand og sunket, men ved at hale i Slæberen overbeviste jeg mig om at den havde skåret den over, formodentlig i den høje Sø ved Fyns Hoved stik NV. Jeg lagde Roret om og prajede Frandsen som rendte hen for at gaa til Vejrs paa Udkig, men inden han kom op fik han Øje paa den, det var blankt Maaneskin, saa den maa jo være kommen løs umiddelbart før jeg savnede den, jeg tror ikke det Hele sinkede os 5 m. Kl. 1/2 7 var vi vel hjemme. Rylen er nu paa Land og Frandsen og Petersen har været heroppe med Sejlene. Apropos Petersen saa kom han og Sønnen ind i Korshavn med Baaden sidste Dag jeg var der og laa paa Siden af os til om Mrg. De var ovre i "Rylen" og spiste til Aften, mens der inde i Nordskov brændte en Gaard og et Hus, det saa pragtfuldt ud og var meget spændende, da der var Fare for mindst 2 Gaarde til, men heldigvis var Vinden saadan at de klarede den ved Hjælp af Falk og ved at sidde paa Rygningen og hælde Vand paa. Jeg sender hermed "Aarstiderne", naturligvis er der en Del Fejl, men de vilde kun tilstaa mig en Korrektur og lovede at rette sig efter alt hvad jeg havde at bemærke. Resultatet viste ikke mindre end 7 Fejl. Min Kone og jeg ønsker Dem Deres Kone og Klaus en glædelig Jul og et rigtigt godt Nytaar.
+Deres hengivne
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1924-1927 o. Sct. Hans</t>
+  </si>
+  <si>
+    <t>Birkevej 28, Vester Hæsinge, 5672 Broby</t>
+  </si>
+  <si>
+    <t>Ellen  Sawyer
+Leo Swane
+Sigurd  Swane</t>
+  </si>
+  <si>
+    <t>Det kan ikke afgøres, om den omtalte Swane er Leo eller broderen Sigurd. 
+Vester Hæsinge Kro blev revet ned i 2010.</t>
+  </si>
+  <si>
+    <t>Alhed Larsen skal mødes med Swane på Vester Hæsinge Kro tirsdag og spørger Andreas Larsen, om han støder til dem. Det er skidt, at Alhed glemte brevene.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/c18V</t>
+  </si>
+  <si>
+    <t>Kære lille Gamle!
+Det var en dejlig Dag i Gaar. Disse Par Ord for at sige Dig, at Swane kom i Tanker om at han maatte have de 100 Kr. Tirsdag. Vi bestemte saa at mødes i Vesterhæsinge Kro Kl. 6 og spise sammen [det følgende ord indsat over linjen] Tirsdag, det var sjov om Du kom ogsaa, vi gaar ikke fra Kroen før tidligst 8 og saa kunde vi gaa op paa nogle Bakker og se paa Blus. Det var skidt jeg glemte de Breve Du fik. Der var et til Tante Elle, kunde Du ikke sende hende det (indlagt et Frim.) og saa tage de andre med til mig i Morgen eller Torsdag. (Aftalen ved Torsdag staar under alle Omstændigheder ved Magt.) 1000 Hilsner Mor
+Mandag Form.</t>
+  </si>
+  <si>
+    <t>1924-02-29</t>
+  </si>
+  <si>
+    <t>Østerbrogade 2, st., København
+Statens Museum for Kunst, København
+Kongens Have, København
+Den Frie Udstillingsbygning, København
+Paris, Frankrig
+Gammel Strand, København</t>
+  </si>
+  <si>
+    <t>- Bredlund
+Frederik Hendriksen
+Carl Jensen
+Johannes V. Jensen
+Anker Kyster
+Andreas Larsen
+Fru Larsen
+Eiler Lehn Schiøler
+Harald Leth
+Peter Magnussen
+Albert Naur
+Christine Swane
+Lars Swane
+Leo Swane</t>
+  </si>
+  <si>
+    <t>Glacis Kafeen lå på Østerbrogade 2, st. i København.
+Kunstmuseet hedder i dag Statens Museum for Kunst. Kunstforeningen er KFen på Gammel strand. 
+Johannes V. Jensen skrev et digt, Skabningens Tinde, til Johannes Larsens maleri Åen. Digtet kan læses i uddrag i Du Danske Sommer, Fynbomalerne og de jyske forfattere i samklang. Malene Linell Ipsen (red.). Johannes Larsen Museet 2007 s. 125f</t>
+  </si>
+  <si>
+    <t>Johannes Larsen er i København og har travlt med møder med gallerier om udstillinger. Han er til middage hos forskellige venner og besøger også søsteren Christine Swane. Larsen har fået Johannes V. Jensens digt til maleriet Åen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/8YNM</t>
+  </si>
+  <si>
+    <t>[Fortrykt:]
+DEN FRIE UDSTILLING
+Kjøbenhavn, den .......................... 192
+[Tilføjet med håndskrift:]
+29 Febr. 4
+Kæreste Alhed!
+Jeg har nu været ude og gjort Regnskab med Bredlund. Jeg havde ham med ovre i Glacis Kafeen og spise Sild og drikke Kaffe. Jeg synes det er rørende billigt at Fru Larsen kun skal have 60 Kr. og Bredlund 220. Jeg rundede hendes af til 100 og gav ham 100 extra. Hvad han lod til at være meget tilfreds med. Ved at stikke en Banemand 5 Kr. fik han Vognlejen nedsat fra 120 Kr. til 63 Kr. Jeg haaber Billederne er kommen vel hjem. Jeg har været oppe hos Hendriksen i Formdg og begyndte at snitte. Lærredet er paa Vej fra Paris, jeg faar det i fuld Bredde. Jeg sender AB Regnskabet og en Check paa det hidtil til Bredlund indbetaler. I Aften skal jeg til Carl Jensen og i Mrg til Middag hos Magnussen. Jeg sidder her hos Uglen hvor jeg traf Leth. Kl. 5 skal jeg med Eiler hen hos hans Skræder. Kunstforeningen har købt et Billede paa Naurs Udstilling: "Lyng og Bregner" det henne ved Vinduet ellers er der kun solgt et Par Aquareller. Jeg har faaet Johannes V. Digte til Aaen i en ny udvidet Skikkelse med Anmodning om at tilintetgøre det forrige. I Gaar var jeg ude hos Anker Kyster og snakke om Bøgerne og gik derfra ud til Kunstmuseet gennem Kongens Have der var fuldt af Sidensvanser, pudsigt havde Kyster lige udtrykt sin Forundring over at der ikke var nogle i denne strenge Vinter. Jeg spiste Frokost med Skriveswane i Glacis Kafeen og betalte ham de 70 Kr. Saa er der vist ikke mere at bemærke denne Gang. Lad mig nu høre lidt om hvordan det gaar Dig. 
+Er det i Mrg at Puf skal rejse? Jeg skal hilse fra Uglen og Lasse. 
+Mange kærlige Hilsener fra Din
+JL.</t>
+  </si>
+  <si>
+    <t>1924-03-08</t>
+  </si>
+  <si>
+    <t>Fiilsø
+Odense, Fyn
+Sejerø
+Helsingør
+2500 Valby</t>
+  </si>
+  <si>
+    <t>Harald Bing
+- Bredlund
+Esther Dahlerup
+Alfred Eckardt
+Fru Engell
+Achton Friis
+Marie Henriques
+H. C. Holm
+Helge Jacobsen
+Johannes V. Jensen
+Frithiof Kemp
+Eiler Lehn Schiøler
+Ellen Dorothea Lehn Schiøler
+Christine  Mackie
+Johannes Madsen
+A Munch-Petersen
+- Pechardt
+Johan Christian Petersen
+Hans Poulsen
+Marie Schou
+Fritz Syberg
+Andreas Peter Weis</t>
+  </si>
+  <si>
+    <t>I 1917 bad vekselerer og millionæren Eiler Lehn Schiøler, hvis store interesse er fugle, Johannes Larsen om at lave en række illustrationer til et stort bogværk i 8 bind om Danmarks og Grønlands fugle. Han ville selv finansiere projektet - et sandt livsværk, men Landmandsbankens krak i 1922 kom i vejen og betød personlig ruin for Lehn-Schiøler. Støttet af fondsmidler lykkedes det dog at fortsætte værket, om end det forblev en torso med kun 3 af 8 planlagte bind fuldførte.
+Det er uklart, hvem Ellen er. 
+Vedr. loftet: Johannes Larsen malede det store loftsbillede med storkemotiv i Kongens Håndbibliotek på det nye Christiansborg.
+I slutningen af brevet skriver JL "gik op til Chr." Der er tale om Christine Mackie, Alhed Larsens søster.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har travlt i hovedstaden med arbejdet med illustrationerne til bogværket Danmarks Fugle, hvis udgiver er vekselerer og ornitolog Lehn-Schiøler.
+Han tegnede også en del skitser i Zoologisk Have og sås i selskabeligt lag med Johs. V. Jensen, Sybergs og en del andre. Alhed Larsen får en udførlig udredning vedrørende diverse regninger.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/7pRJ</t>
+  </si>
+  <si>
+    <t>Kjøbenhavn 8 Marts 1924.
+Kæreste Alhed!
+Tak for Brevet i Gaar. Som Du kan se af Telegrammet som jeg sender naar jeg gaar hen med dette har jeg taget Dit Raad til Indtægt. I Morges kom Johs V. og hentede mig i zoologisk Have hvor jeg tegnede Skitser til Taffelænderne som jeg nu skal til at lave Tavler af. Jeg spiste Frokost hos Johs. V. og gik derfra ind til Papirpetersen og forsynede mig med Papir og en ny Aquarelkasse, og har nu siddet og lavet Udkast til den første Tavle. Det var forøvrigt ikke min Mening at blive hjemme mere end et Par Dage mens jeg fik lavet mig et Par nye Træskostøvler, saa vilde jeg have rejst over til Fiilsø for at male Billeder til Udstillingen i Odense og saa bagefter taget herover og male Loftet. Men maaske er det fornuftigere at vente til Vejret bliver mildere og der kommer flere Fugle derovre, i hvert Fald bliver det jo behageligere og jeg kan jo saa ogsaa faa lavet flere Billeder i kortere Tid. Men der havde maaske været en Chance for at male Ænder og Svaner i Vaager, hvis der altsaa er nogle. Men nu gaar jeg altsaa i Gang med Dykænderne. I Forgaars Aftes var jeg til Johs. V.s Foredrag i Glyptotheket og havde Uglen med. Bag efter var vi inviteret til Smørebrød Øl Kransekage og Vin nede i Kælderen, sammen med Johs. V.s Marie Henriques Baronen Marie Weis's Fr[ulæseligt] Poulsens ORS Mikkelsen og nogle unge Mennesker, samt en lille glatraget affabel Herre som gik rundt og præsenterede sig, men jeg kunde ikke høre hvad han kaldte sig og fik først bag efter at vide at det var Helge Jacobsen. Jeg kom til at sidde sammen med Fru Weis og Fru Poulsen og havde Frk Henriques ved min anden Side og Weis lige overfor, han var meget livlig. Baronen og Marie fulgtes vi med hjemad. Baronen var i Færd med at faa Influenza og Marie skældte mig ud fordi jeg ikke boede i Valby. Jeg gik derud i Gaar men traf ingen hjemme. Jeg sendte en Buket Nelliker ud til Krematoriet. Fru Dahlerup havde frabedt sig Kranse. Jeg var ude hos Achton Friis i Gaar Frmdg. Han mente det var bedst han følte sig for hos Bing med Hensyn til det han talte om. (Dyrene). Da jeg fortalte ham at jeg rejste hjem bad han mig om at sende ham Tegningerne fra sidste Tur, hvilket jeg lovede, men nu maa bede dig om. Du maa saa lade Madsen pille Sejerø Tegningerne ud af Rammerne. Desuden kommer jeg nu i Tanker om at jeg glemte at tage de 4 originale Tavler ud, men de kan godt blive derovre til videre, for de staar vel godt tørt. Jeg har hævet de 800 Kr. Kunstforeningen og har dem. Af Chequen fra H.C. Holm for Kortene har jeg betalt Munch Petersen for Leje og Avertering og sender Resten paa Cheque samt Kvitteringen. Alfred Eckardt har jeg betalt foruden de 200 Kr. - 664 Kr. 99 Øre - Resten af hvad han havde lagt ud og vedlægger foreløbig Kvittering. Dem betalte jeg med en Cheque fra Fru Engell (700). Bredlund har 50 Kr. fra Fuldmægtig Pechardt, ham med Afbetalingen. Ellers tror jeg ikke der er kommen mere ind. Skræderen fra Helsingør var her i Gaar og prøvede de 2 Jakker og Vinterfrakken færdig. I Aftes var jeg med Schiøler henne hos Ellen. Schiøler er i svært godt Humør for Tiden det gaar godt med Forretningen og der er Udsigt til at han med det allerførste kan blive helt færdig med Landmandsbanken. Det lyder forbavsende men Kemp fortalte mig noget lignende forleden. Naar jeg nu skal blive her maa jeg vel sende noget Snavsetøj hjem. Jeg skal undersøge det paa Mandag. Mange kærlige
+Hilsner
+Din
+JL
+Jeg gik op til Chr. før da jeg kom fra Byen for at kunne fortælle Dig hvordan hun havde men traf hende ikke hjemme.
+JL</t>
+  </si>
+  <si>
+    <t>1924-03-18</t>
+  </si>
+  <si>
+    <t>Eiler Lehn Schiøler
+Johannes Madsen
+Hans Christian Tvedskov
+Jens Weimann</t>
+  </si>
+  <si>
+    <t>JL beder Alhed Larsen sende 4 malerier fra Fynshovedturen til København, da han muligvis har en køber til et af disse.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/aSPY</t>
+  </si>
+  <si>
+    <t>Tirsdag 18/3-24
+Kæreste Alhed!
+Et Par Ord i Hast. Tak for Bøgerne de kom i Eftermdg. Hermed 1 [ulæselig] som jeg fandt i Gaar. Kan Du ikke faa Madsen til at sende Ejlers Billede og samtidig de 4 der blev til overs fra Fynshovedturen, altsaa
+Havlitter
+Graagæs der letter
+Jagende Musvaage og 
+Det med Stenene,
+maaske kan jeg sælge et af dem. 
+Kan Du ikke lade Tvedskov besørge min Skindvest til Reparation, jeg tror det er Weimanns Odense der har lavet den og sidst gjort den i Stand. Mange kærlige Hilsner 
+Din
+JL</t>
+  </si>
+  <si>
+    <t>1924-03-28</t>
+  </si>
+  <si>
+    <t>Adolph Larsen
+Eiler Lehn Schiøler
+Viggo Stockfleth</t>
+  </si>
+  <si>
+    <t>Johannes Larsen er på tur med Lehn Shiøler. Det er uvist hvilken Jacobsen, der er tale om.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen er syg og ligger i sengen. Schiøler er feberfri i dag. Eventuelt kan vi sælge stokken til Radeerforeningen for 2000 kroner.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/tbam</t>
+  </si>
+  <si>
+    <t>28 Marts 1924
+Kæreste Alhed!
+Tak for Brevet i Dag. Her i med Hønsemandens Brev. Kan du ikke for en Ordens Skyld meddele ham at Du har sendt mig Brevet og at jeg ligger og skal komme hid til ham naar jeg kommer op. Jeg havde endnu i Morges 38° og en væmmelig Hovedpine. Dr. Stockfleth undersøgte mig igen i Dag meget nøje og sagde at der var ingen Ting i Vejen med Lungerne. Schiøler er feberfri i Dag. Jeg har lige spist Chamignon Ommelet og Leverposteimad med en Pilsner til, jeg sendte Rhinskvinen væk. Kan Agraren ikke smide den sorte Andrik og hans And op til Gæssene eller Hønsene? Jeg kan ikke tage Stilling til Jacobsens Gilde saa længe jeg ligger her. Dr. St. har sagt jeg skal være feberfri i 2 Dage før jeg maa komme op. Men hvis Du synes det og jeg er rask til den Tid kan jeg jo tage derover skønt der jo spildes Tid nok foruden i dette Foraar. Jo [ulæseligt ord eller navn] er villig til selv at sørge for Trykning, saa hvis det gaar i Orden med Radeerforeningen kan vi jo sælge dem Stokken for 2000 Kr og lade dem selv om Resten.
+Jeg vilde forfærdelig gerne se alt det rindende Vand i Aaerne baade i Fyn og Jylland og saa ligger jeg her. Nu kan Du altsaa ikke høre fra mig før Mandag da det jo er Søndag i Morgen.
+Mange kærlige Hilsner 
+Din JL</t>
+  </si>
+  <si>
+    <t>1924-05-26</t>
+  </si>
+  <si>
+    <t>Henrik Gether
+Esben Hansen
+Johan Larsen
+Møller, Henne Kirkeby</t>
+  </si>
+  <si>
+    <t>Henrik Gethers omfattende samling af billeder af især Fynbomalerne blev solgt på auktion efter hans død.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen holder søndagfri. Han har bedt Esben Hansen sende penge og håber i øvrigt på godt vejr, så han kan male Gethers Storkebillede og de to store billeder fra Filsø. Han har travlt nu, da han snart skal have en udstilling i Odense klar.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/9sG9</t>
+  </si>
+  <si>
+    <t>Kirkeby 26 Maj 1924.
+Kæreste Alhed!
+Det har været et forbandet Vejr de 3 sidste Dage og jeg har siddet inde og lavet Aquarel, d.v.s. i Lørdags og i Dag bestilte jeg ingen Ting, jeg har lagt mig efter at holde Søndag. Jeg har lige nu skrevet til Esben Hansen og bedt ham sende Penge. Jeg kan jo ikke trække Opholdet her ud længere end til Lørdag for Odense Udstillingens Skyld. Det begynder at blive spændende om jeg faar Vejr til de 2 store Billeder jeg har lagt an, ligesaa til Gethers Storkebillede. Jeg haaber jeg faar Brev fra Dig i Morgen. Her er kommen en ny Pensionær en ældre tyk Frk. Møller fra Kjøbenhavn. Ellers er her ikke noget nyt. Hvordan gaar det med Lysses Ben?
+Mange kærlige Hilsner
+DIn
+JL</t>
+  </si>
+  <si>
+    <t>1924-06-01</t>
+  </si>
+  <si>
+    <t>Brockdorff Alle 40, 5390 Martofte, Danmark
+Møllebakken 14, 5300 Kerteminde, Danmark</t>
+  </si>
+  <si>
+    <t>Ellen Brønsted
+Peter Oluf Brønsted
+Astrid Bøttern
+Ellen Bøttern
+Theodor Christoffer Delcomyn
+Alhed Larsen
+Johan Larsen
+Johannes Larsen
+Marie Larsen
+Laura Warberg
+Grete Warberg Larsen</t>
+  </si>
+  <si>
+    <t>Brockdorff er et gods på Hindsholm.</t>
+  </si>
+  <si>
+    <t>Alhed Marie Brønsted skal tidligt op næste dag - Alhed skal drikke morgenkaffe kl. 5 - inden den store hovedrengring går i gang. AMB har været på køretur igen med Andreas larsen, der nu har erhvervet sig kørekort til motorcyklen. Familien har spist brasen til frokost - fisk med mange ben i. Johan Larsen har arbejdet hårdt i haven til Alhed Marie Brønsteds store glæde. Han plejer også en syg edderfugl. Der spilles ivrigt bridge om aftenen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/2jf5</t>
+  </si>
+  <si>
+    <t>1 Juni 1924. Aften.
+Kære Muk! Du kan tro jeg er glad for Kjolen. Jeg har lagt den lidt op, da den var for lang:
+Dette bliver ikke noget langt Brev, da jeg skal skynde mig i Seng. Mit Ur vækker nemlig Kl. 4, og det er ikke for tidligt, naar jeg skal have Bad, og Tante Be skal have Kaffe Kl. 5.
+Du kan tro, det gaar løs med Hovedrengøring. I næste Uge faar jeg slet ikke Tid til at skrive.
+[ulæseligt] den Eftermiddag kom Puf hjem paa Motorcyklen. Han havde endelig faaet sit Kørekort. Om Aftenen var jeg en Tur med ham til Mesinge og til Odense-fjorden – dertil hvor vi plejede at løbe paa Skøjter. Der var tørt, nu.
+Jeg har været i Vandet. Det var ikke koldt.
+Vi har Besøg af Steen fa (Pufs og min Malerkammerat) Onkel Las havde ham med fra Jylland jeg har desværre ikke meget Tid til at snakke med ham. I Dag har jeg ikke bestilt andet end at lave Mad og vadske op. Vi har faaet en saadan en Menu [ulæseligt] Mad bl.a. ”Brasen” til Frokost. Det er 
+nogle ondskabsfulde Ben, den Fisk har – med Modhager paa, og saa er de saa hårde som Søm. Lysse hamrede en af dem igennem Dugen og ned i Bordet. Lysse tager til Brockdorff i Morgen. Han har ordentlig hjulpet til i Haven. Det er morsomt ogsaa at se ham fra ”Arbejdssiden”Jeg har moret mig med at se paa ham fra Køkkenvinduet, naar han springer omkring i Skjorteærmer og bare Tæer og slaar Græs (jeg har ogsaa prøvet at slaa med Le) fælder Sica træer og rydder Ukrudt. Han faar mange mere Spydigheder gennem Køkkenvinduet. – alle sammen i retning af at han, hvis det var hans Have, vilde rydde det hele og lave Mark ud af det. Men dog kom han stolt og fortalte om et ”Opvisningsarbejde”, han havde lavet – nemlig en [Pulet?] helt [ulæseligt] han havde hamret i til en Slyngplante. 
+Nu kommer der noget til Peder, nemlig at vi fik en Edderfugl forærende. Den var halvdød af Sult. Lysse lavede ”Kraftfoder” til den: en Blanding af Klid Havregrød, Kartofler og Wisky. Maden blev pumpet i den ved Hjælp af en Cykelpumpe, som blev stukket helt ned i Halsen paa den.
+Jeg saa en af Karas Hvalpe i Gaar. Den havde samme Tegning som Gnomen, men var omtrent helt hvid paa den ene Side. Den var brun og af et nærmest melankolsk Temperament. 
+En Aften havde vi to Bridgepartnere. Det ene bestaaende af Fru og Frk. Bøttern (de fortalte bla, at Delkomin har faaet en Stilling) Bedstemoder og Tante Be. Det andet af Grethe, Mareje, Lysse og jeg. 
+Her er mere til Peder. Sidste Søndag Bedstemoder var hjemme, fandt følgende Ordskifte Sted mellem Lysse og Bedstemoder:
+L: Vi skal have ”unge Gimpen” til Middag.
+B: hvem er det?
+L: Han er cand theol.
+Bes har lavet at mig noget Papir Mon hun ikke vil sende 3-4 Ark. Jeg har været ude og al tegne Pastel i Haven og ved Strandbredden. 
+Dette gik i en Fart. Jeg haaber du undskylder daarlig Streg, Stavefejl, utydelig Skrift og hvad der ellers kan være at bemærke.
+Jeg skal lige have mig et varmt Bad i en Fart inden jeg gaar i Seng. Nu blæser (”Plove-Hans” (udtales paa Fynsk) Kl. 10.
+Hilsen fra Lomme</t>
+  </si>
+  <si>
+    <t>1924-07-09</t>
+  </si>
+  <si>
+    <t>Nykøbing Mors</t>
+  </si>
+  <si>
+    <t>Ellen Agnete Amstrup
+Alhed Marie Brønsted
+Ellen Brønsted
+Louise Brønsted
+Achton Friis
+Esben Hansen
+- Herting
+Andreas Larsen
+Johan Larsen
+Harald Meyer
+- Mogensen
+Ellen  Sawyer
+Eiler Schiøler
+Niels Svendsel
+- Ørnberg
+Marthe Østergaard</t>
+  </si>
+  <si>
+    <t>Achton Friis og Johannes Larsen er på sejlads med skibet Rylen for at lave forarbejde til bogværket De Danskes Øer. Niels Svendsel er bådfører på turen.</t>
+  </si>
+  <si>
+    <t>Alhed Larsen kan ikke forstå, at Johannes Larsen ikke har fået breve fra hende, men de må ligge i Nykøbing (poste restante).
+Vejret er dårligt. Alhed Larsen trykker (træsnit), men hun bliver forstyrret af mange gæster.
+Eiler Schiøler har 14 dages ferie og kommer til Kerteminde med en af sine søstre. Det kniber med pladsen, for de er 11 mennesker i huset. Heldigvis hjælper både Louise (Lugge) og hendes døtre.
+Alhed Larsen har solgt et af Larsens billeder og byttet et andet. Blomsterne står flot.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/FvLG</t>
+  </si>
+  <si>
+    <t>Kæreste Lavsi!
+Tak for Brevet i dag. Jeg kan ikke forstaa, Du har ventet paa Breve, jeg har bestandig skreven den samme Dag, jeg har faaet Brev undtagen nu sidst, der skrev jeg først Dagen efter men det maa jo ligge i Nykøbing og vente paa Dig. Nu sender jeg ogsaa dette til Nykøbing og saa faar jeg vel en ny Adr. Ja, det er dog Satans med det Vejr, her har vi ogsaa bestandig en rædsom Blæst, men af Regn har vi kun faaet nogle Tordenbyger. – Med Trykkene gaar det jævnt frem, men jeg har kun en lille Smule over Halvdelen. Det kniber jo med Roen til det, i Forgaars Form. kom Marthe Østergaard og tog et Par Timer, i Gaar Konsulenten, i Dag Harald M. der i øvrigt bliver til Aften, men jeg har da trykt 12 i Dag. I Gaar Aftes kom Nete og den Mogensen, der har lært Landvæsen dernede de var her til Aften. Ejler og et af Pigebørnene kommer paa Lørdag, jeg havde Brev fra ham i Gaar at han havde 14 Dages Sommerferie om han maatte komme med en af Søstrene, selvfølgelig svarer jeg ja, jeg havde netop tænkt at skrive til ham, men jeg nægter ikke at det kniber svært med Plads, nu maa jeg tage Gamles Værelse i Brug og saa Elles, hun er borte i 14 Dage. Men det er jo en rædsom Folkemængde, vi bliver 11 hver Dag, heldigvis er Lugge saa flink til at støtte med Husværnet og Bes og Mudi hjælper ogsaa, saa det gaar saamænd helt godt. – Esben-Hansen ringede i Gaar fra Jacobsen om en Ørnberg (Thriege) maatte tage de opflyvende Ænder for 1200 det var jo 20 saa jeg slog til. Herting ringede og bad om han maatte bytte de to smaa Billeder for det med Gæssene ude fra Fyns Hoved, det havde jeg budt ham her for samme Pris 800, det fik han saa. Riddersporene er stærkt i Udspring nu, de bliver pragtfulde, godt at alt var bleven bunden op, inden den stærke Blæst. Nattens Dronning viste sig at have en stor Knop oppe under Bourgainvillien. – Naa, nu faar Du ikke mere, skriv snart, jeg havde ventet paa Brev, fik i Dag Onsdag, men ellers ikke siden Fredag.
+1000 Hilsner!
+Hils Friis og Svendsel
+Gamle kommer i Morgen Aften og henter Persille
+Onsdag</t>
+  </si>
+  <si>
+    <t>19. jul. 1924</t>
+  </si>
+  <si>
+    <t>Dagbogen er en natur og fugle beskrivelse af rejsen med sejlskibet "Rylen" til Limfjorden.
+Rejsens formål er indsamling af materiale til Acton Friis, "De Danskes Øer", der på 1.200 sider i 3 bind beskriver livet, naturen, historien og kulturen på de danske øer i 1920'erne</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/cYLt9V6n</t>
+  </si>
+  <si>
+    <t>1924-08-24</t>
+  </si>
+  <si>
+    <t>Møllebakken 14, 5300 Kerteminde, Danmark
+Stavrevej 241, 5300 Kerteminde, Danmark
+Fynshovedvej, 5390 Martofte, Danmark</t>
+  </si>
+  <si>
+    <t>Ellen Brønsted
+Peter Oluf Brønsted
+Johan Due Nielsen
+Adam Goldschmidt
+Ina  Goldschmidt
+Andreas Larsen
+Johanne Christine Larsen
+Ellen  Sawyer
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Resturant Pax lå på Sydstranden i Kerteminde og var ejet af Nan og Tulle (se i personregister Johan Nielsen).
+Adam og Oluf formodes at være Adam Goldschmidt og Peter Oluf Brønsted.</t>
+  </si>
+  <si>
+    <t>Der er en del sommergæster på Møllebakken i disse dage. Dagene er gået med bla. vandretur i skoven efterfulgt af kaffe på restaurant Pax. Der har også været sejltur til Stavre. I morgen er der arrangeret tur til Fynshoved.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/1ip9</t>
+  </si>
+  <si>
+    <t>Mand Aug 24 
+Kære Muk!
+Dette skriver jeg liggende i min Seng i en sen Nattetime – derfor den frygtelige Skrift, som du forhaabentlig kan læse.
+Adam og Sjums er her ovre. De er forfærdelig søde. Puf har Ferie i 5 Dage og er her med Oluf. 
+Forleden var vi alle (Tante Elle ogsaa - med en Veninde, en ung jysk Pige, som var sød) en Tur med Tante Junge, Bibbe og [ulæseligt] igennem Skoven til ”Jomfruhøjen” og endte med at drikke Kaffe i Pax .
+I Dag har vi været Sejl Ro og Cykeltur til Stavre. Vi lavede Kaffe derude og gik i Vandet. Det var helt stille Vejr, men en venlig Motorbaad tog Jollen på Slæb. I Morgen er der planlagt en Heldagstur til Fynshoved. 
+Jeg vilde saa gerne have sendt jer et riktig langt Brev, men nu kan jeg ikke holde Øjnene aabne længere. 
+Send mig Nøglen til den lille og den store Kuffert hvis I har dem. Og Andre dem rejs til mig.
+Kys fra Lomme.
+Hvis I ikke har Nøglerne, vil i saa ikke skrive til Bes, hvor de er, at hun kan sende dem strax.
+L.</t>
+  </si>
+  <si>
+    <t>September 1924</t>
+  </si>
+  <si>
+    <t>Thorvaldsensvej</t>
+  </si>
+  <si>
+    <t>Thorvaldsensvej
+Landeryd, Sverige
+Paris, Frankrig</t>
+  </si>
+  <si>
+    <t>Bodild Branner
+Johannes Nicolaus Brønsted
+Louise Brønsted
+Julius Hviid
+Else Jensen
+Johannes V. Jensen
+Kurt Jungstedt
+Johan Larsen
+Johannes Larsen
+Christine  Mackie
+Ellen  Sawyer
+Marie Schou
+Fritz Syberg</t>
+  </si>
+  <si>
+    <t>Johan (Lysse) Larsen var studerende ved Landbohøjskolen. Hans bror, Andreas (Gamle) var gartnerlærling i Stige på Fyn. 
+Båxhult er familien Larsens skovgård i Småland, Sverige.</t>
+  </si>
+  <si>
+    <t>Alhed Larsen har problemer med hjertet, og lægen, Julius Hviid (Julibus), har bedt hende gå til en specialist. Hun henter Johan (Lysse) fra skolen hver dag, og de går tur. Alhed har også besøgt andre og skal til bal hos Marie Syberg (tidligere Schou). Søsteren Ellen har skrevet fra Paris.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/rMRi</t>
+  </si>
+  <si>
+    <t>Thorvaldsensvej 15 III
+V.
+Onsdag Aften.
+Kære, søde Gamle!
+Det er ikke saadan at faa skreven Breve, naar man er herinde. Jeg fortalte Dig vist hjemme, at jeg en Tid ikke havde haft det saa godt med Hjærtet. Julibus mente, jeg skulde gaa op til Specialisten naar jeg kom herind og det var jeg i Gaar. Det er bleven noget daarligere + [tilføjelse skrevet lodret i margen:] + mest svækket [tilføjelse slut] end det var for 1 Aar siden, men der er ikke noget farligt, kun skal jeg passe paa med Anstrengelser, maa ikke fryse og skal holde lidt Diæt, men det kan man jo ogsaa nok. – Naa ellers gaar det godt, Din Far kom hjem fra Jagten i Dag, har moret sig ug. Lysse henter jeg hver dag ved Skolen og vi gaar lidt sammen og drikker The et Sted. 2 Gange har jeg været inde hos Magisterens at spise til Middag, en Dag hos Bodild og en Dag hos Marie Syberg, der var her hos Meme og mig at drikke The i Aftes. Paa Lørdag skal vi til Bal hos Marie Syberg, en Masse unge og Johs V’s, Baronen og vi. Båxhult ved vi intet om endnu, men det bliver jo i alt Fald ikke før næste Uge. – Jeg har haft Brev fra Elle fra Paris, jeg kunde regne ud at Kurt var hjemme, da Dit Brev kom, det er spændende at høre hvordan det gik, Elle nævner intet af Interesse, Lille kommer med hjem, Tirsdag med Skibet, saa de kommer vel hjem i Morgen Aften.
+Skriver Du ikke lidt til mig min egen Dreng? Jeg skal nok skrive snart igen.
+1000 Hilsner Mor.</t>
+  </si>
+  <si>
+    <t>1925-08-09</t>
+  </si>
+  <si>
+    <t>Julianehåb</t>
+  </si>
+  <si>
+    <t>Kertinge Nor
+Snave, Kerteminde
+Fyns Hoved
+Julianehåb
+Risinge Gods</t>
+  </si>
+  <si>
+    <t>Inger -
+Peter Oluf Brønsted
+Carl Adolph Feilberg
+Andreas Larsen
+Cathrine Larsen
+Erik Larsen
+Johan Larsen
+Eiler Lehn Schiøler
+Hubert Paulsen
+Andreas Warberg
+Laura Warberg
+Minna Warberg</t>
+  </si>
+  <si>
+    <t>Johannes Larsen er på Grønland med Eiler Lehn Schiøler for at arbejde på bogen Danmarks Fugle. Schiølers fire døtre blev tilsyneladende passet i Kerteminde imens.
+Det vides ikke, hvem Andersen og Nielsen er - Larsen-familien kendte en del med dette efternavn. 
+Snavehøjen er en jættestue beliggende lidt syd for Fyns Hoved. 
+Andreas Warbergs kone, Minna, havde en slægtning, der ejede herregården Risinge mellem Nyborg og Kerteminde.</t>
+  </si>
+  <si>
+    <t>Hubert Paulsen, Inger, Johan og Alhed Larsen har været på motorcykeltur fjorden rundt. Alheds mor vil spørge, om hun kan få en tur bag på Hubert motorcykel.
+De unge har også været på motorcykel til Fyns Hoved og Snavehøjen.
+Alhed Larsen har spist middag med Prof. Feilberg på hotellet.
+Larsen må hilse Lehn schiøler og sige, at de fire piger er søde.
+Faster Thrine er meget syg.
+Larsen må passe på og ikke gå på dækket i stormvejr. Han må heller ikke tabe sine dagbøger.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Z8zF</t>
+  </si>
+  <si>
+    <t>Kæreste Lavsi!
+Jeg skrev til Dig i Forgaars og har nu pludselig faaet at vide, at eneste Skib gaar den 11te i Stedet for d. 14de saa dette maa af Sted endnu i Dag, det er Søndag, men Gamle kører til Odense med det i Aften, saa er det i København i Morgen. Vi har det alle fortrinligt, jeg tror de morer sig ug alle sammen, alle Schiølerne ligger ude paa Plænen og skriver til deres Far. I Aftes var Hubert, Inger, Lysse og jeg en dejlig Motortur Fjorden rundt, vi gik op paa Munkebo Kirkegaard, hvor jeg aldrig har været, hvor er der dog smukt med de store Træer, vi laa en halv Times Tid, spiste Chokolade og røg Cigaretter. Til Morgen sagde Mor, at hun gik og lurede paa, om Hubert ikke skulle tilbyde hende en Tur, - ”men hvis han ikke gør det, siger jeg det selv”! Det skal foregaa i Morgen, vi skal have Kaffe med, Mor er meget optaget af det, jeg skal bagpaa og saa to paa Andersen. Gamle kom hjem fra Jylland i Aftes, havde været omad at tage Tinge med hjem. Jeg var ved at gaa i Seng, men de gik saa ned i Køkkenet og spiste og bagefter spillede Puf, Lysse, Hubert og Inger L’Hombre og Kl. 3 kørte de 4 samt Peter Brønsted paa de 2 Motorcykler til Fyns Hoved og Snavehøjen, de har altsaa slet ikke været i Seng i Nat! Dede har været her i Formiddag og inviteret Mor og mig til Risinge til Middag. I Morgen kommer Dede og Minna her til Aften. Det var meget morsomt nede paa Hotellet i Forgaars, kun Nielsens gl. Prof. Fejlberg og mig, fin lille Middag med 4 Retter (unge Ænder!) og dejlig Rødvin, Champagne, Madeira og jeg skulde hilse voldsomt fra dem alle 3, Din Skaal blev naturligvis drukken! I Gaar Efterm. havde jeg gl. Prof. heroppe til Kaffe, bagefter sad vi paa Tribunen og saa paa Tenniskamp. Sig til Schiøler, at Pigebørnene er voldsom søde, jeg er saa glad over at vi fik dem alle 4 herover. - - Gamle Faster er meget sløj, hun har haft Bronchitis og kan ikke rigtig komme til Kræfter bagefter. Gud ved om hun lever til Du kommer hjem.
+Nu sender jeg 2 Ord ogsaa til Julianehaab, de siger, I anløber det paa Tilbagevejen. 1000 Hilsner! Din Alhed.
+9 – 8 – 25
+8nde Brev
+Husk at tage Kamikker og Perlekraver med til mig
+2. 
+Rejse hjem vær nu ikke forvoven med at være paa Dækket i Storm, jeg synes Rælingen var saa lav. Jeg glæder mig vældig til at se, hvad Du har lavet, her var mange yndige Smaategninger i Dagbogen – tab nu ingen af Dagbøgerne! Vi har kun haft Brev fra Dig den ene Gang, men forhaabentlig kommer der en Gang til! Velkommen hjem, hvor bliver det storartet at se Dig igen. De kærligste Hilsner fra Drengene og Din
+Alhed.
+9 – 8 – 25 
+Kuvertens forside:
+Poststemplet:
+ODENSE 9 8 25.9.03
+Håndskrevet:
+Maleren Johannes Larsen
+Schiøler Expeditionen
+Julianehaab
+Grønland
+c/o Styrelsen for Kolonien i Grønland
+Knippelsbrogade 3
+København
+C.
+Kuvertens bagside:
+Har først i sidste Øjeblik faaet Besked om Skibet d. 11te. Dette Brev bedes endelig medbragt.
+Alhed Larsen
+Kerteminde
+Danmark
+Hilsen fra P. Hund og Putte.</t>
+  </si>
+  <si>
+    <t>27. aug. 1925</t>
+  </si>
+  <si>
+    <t>Niuvertoq -
+Aage Bretting
+Chr Christiansen
+Julius Galster
+Eiler Lehn Schiøler
+John Møller
+Peder Petersen
+Morten Porsild
+Finn Salomonsen
+Henning Scheel</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/m5TYm6rS</t>
+  </si>
+  <si>
+    <t>15. sep. 1925</t>
+  </si>
+  <si>
+    <t>- Corp
+Jens Daugaard-Jensen
+Christen Hauge
+- Knudsen Grønland
+Dan la Cour
+Eiler Lehn Schiøler
+John Møller
+Finn Salomonsen
+Henning Scheel</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/CwVWjWuI</t>
+  </si>
+  <si>
+    <t>1926-05-26</t>
+  </si>
+  <si>
+    <t>Frederiksberg
+Rolfsvej 17</t>
+  </si>
+  <si>
+    <t>Kerteminde
+Kærbyhus</t>
+  </si>
+  <si>
+    <t>Hareskoven</t>
+  </si>
+  <si>
+    <t>Fru Balslev
+Rigmor Balslev
+Julie Brandt
+Bodild Branner
+- Glarup
+Karen Goldschmidt
+Adolph Larsen
+Alhed Larsen
+Johannes Larsen
+Lotte Lehnert
+Christine  Mackie
+Elisabeth Mackie
+- Olsen, København
+- Petersen, Hareskov
+Ellen  Sawyer
+Janna Schou
+Sophie Walleen
+Andreas Warberg
+Laura Warberg
+Erik Warberg Larsen
+Martin Warberg Larsen
+Laura Warberg Petersen
+- Weirsøe</t>
+  </si>
+  <si>
+    <t>Thopedeaborg var navnet på det legehus, som Warberg-børnene havde i haven ved barndomshjemmet Erikshaab på Fyn. 
+Fru Goldschmidt kan være brevskriverens tidligere svigermor eller evt. Karen Goldschmidt. Det vides ikke, hvem "den lille Goldschmidtpige" er. 
+Det vides heller ikke, hvem Frk. Koch er.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB0992</t>
+  </si>
+  <si>
+    <t>Ingeborg Astrid forsøger i brevet at overtale sin søster, Johanne, til at forlade sin alkoholiserede mand. Hun må leje lejligheden ud og med sønnen flytte hjem til Ingeborg. Johanne kan få klaverelever. Datteren kan måske få en plads som sygeplejerske. Adolph, Johannes mand, må få et arbejde i landbruget, og Johanne kan vende tilbage til ham, når han er holdt op med at drikke. 
+Ingeborg savner sin mor. 
+For 20 kr. har Ingeborg fået bygget et træhus i en have ved Hareskoven. Det skal males rødt som i Sverige. Fru Weirsøe har givet Ingeborg lov til at dyrke jorden.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/5iq4</t>
+  </si>
+  <si>
+    <t>[Kuvertens forside er stemplet 1926-05-27 i København og adresseret til (skrevet i hånd, af Ingeborg Astrid):] 
+Fru Johanne Warberg Larsen
+Kærbyhus
+Kerteminde 
+[Med blyant skrevet i hånd:]
+læst 1964, 1925 26 maj. 
+Om: 1) Plan for Junge
+2) ,,Thopedeaborg” i Hareskov
+[Med kuglepen er skrevet:] 2004
+[Kuvertens bagside er stemplet 1926-05-27 i Kjerteminde og med afsenders (Dis- Ingeborg Astrid) håndskrift er skrevet:] 
+Jeg tænker på Jer d.28ende – så går I sikkert derud om Aftenen – så er jeg med – tænk på det – jeg følges med dig og er med i det alt sammen. Det er en mærkelig 28’ Maj i År – ikke?
+[med anden håndskrift står:]
+densely
+regardless = uden hensyn til
+Tribal = Stamme.
+Onsdag Aften 
+Rolfsvej 17, 4 d. 26 Maj 1925. 
+Kæreste lille Junge! 
+Dette bliver et meget betydningsfuldt og tillige et meget hemmeligt Brev – men jeg er hverken bleven gift eller har vunden i Lotteriet – hvori jeg ikke spiller – det angår idet hele taget mindre mig end dig, det jeg vil skrive om – det angår os begge – men mest dig og lille Manse. Er du nu godt spændt? 
+Tusind Tak for Brevet – som lå her, da jeg kom hjem fra Kontoret i Dag, Onsdag. Det rørte mig dybt – dels at du skrev sådan et langt Brev – og dels alt det, du skrev. Så var det jeg fik følgende Idé, som du må tænke godt over – ja, Junge, jeg kan næsten ikke udholde, at du går der og har det værre og værre – mens jeg går her og har det bedre og bedre – bryd nu du [ulæseligt ord] og følg mit Råd! Når Agraren stadig ikke kan blive bedre, så sig til ham, at ganske vist vil du ikke pure svigte ham og søge Skilsmisse – som jo mangen anden havde gjort forlængst; men på den anden Side kan du ikke længere forsvare hverken overfor Børnene eller overfor dig selv at have Tingene gående på denne Måde, der fører til det rene ingenting – bestandig ned ad Bakke trods alt det Slid og Slæb. Forsøg at få hele Lejligheden lejet ud til Oktober Flyttedag – møbleret som den er – og så kan du og Manse rejse herind til mig – I kan godt være her begge to. Så lægger vi Børnene i Sovekamret – og vi to kan ligge i Sofaen. Jeg kan jo – som hidtil – nok udrede 60 Kroner om Måneden til Husbestyrerinde; af disse Penge kan du få nogen – og derfor holde Hus for os – resten kan være for Manses Ophold. Vi kan fordele det, som du selv synes – du forstår nok dette – ikke? Manse som Nr. 4 i Familien kan jo ikke koste meget til Maden – så har du Resten til Jer selv. Så mener jeg, du kan få dit Klaver herind – og så prøver vi så småt med 1 à 2 Elever – du lirker en lille Praksis af efterhånden, mens du fører Hus for os – Nus som første Elev, jeg har dog tænkt på at koste lidt musik på hende – vi sætter Reklame op nede hos Jakobsen i Kælderen osv – osv. Til Agraren siger du, at ad Åre – når han er helt i Orden – sætter I atter Bo sammen. Dine Billeder og dit Sølvtøj deponerer du henholdsvis i Banken (Sølvtøjet / og hos Lases eller Elle – en Del kan du tage med herind. Ja – er det i Grunden ikke oplagt – er der noget at betænke sig på, kæreste lille Junge -! Du kan ikke blive ved på den måde. Manse kan jo gå i gratis Skole her – måske kunde vi få ham i den berømte Skole på LaCourvejen – det er en Kommuneskole, men en Mønsterskole med glimrende Lærere. For Bibbe finder vi nok Råd; foreløbig kan hun sikkert klare sig et Par År til hun får Alderen til et eller andet – måske en god Frøkenpigeplads herovre et Sted – måske hos Rimse eller hos Jean Balslev? Har hun ikke Lyst til Sygepleje? Putte er så henrykt For sin Virksomhed på Børnehospitalet – hvor hun jo foreløbig har fri Station og Klæder (til dels) - og om 3 Måneder får hun desuden 25 Kr pr Måned! Jeg ved dette, da jeg i går gik lige fra Kontoret og til Mornine med en hel Del Grene og Blomster, som jeg om Morgenen havde med fra Hareskoven (jeg har hver Mandag nogle med til en eller anden) – desuden købte jeg noget Chokolade til hende; hun lå i Sengen af Bronchitis og var meget sløj; jeg tror hun blev glad ved min lille Visit, eller i alt Fald ved det, jeg bragte hende; Putte kom, mens jeg var der; derved fik jeg alt det at vide – Putte var strålende glad ved sin Virksomhed og fandt det slet ikke svært. - . Og Tinge klarer jo sig selv; når jeg nu igen kommer i med Fru Goldschmidt, kunde vi måske dér få noget Tøj af og til som kunde hjælpe på Stillingen for Tinge – på den Måde kunde du også være noget for ham herinde fra. Noget må der gøres, Junge, det kan ikke blive ved at gå på den måde – som ikke fører til det mindste. Du sidder jo der og øser Vand med en Si År ud og År ind, kæreste lille Junge – og hvis det gavnede Agraren, men jeg kan ikke rigtig indse det. Tværtimod kunde jeg tænke mig, nu dette Foretagende kunde få ham til at vågne. Vi måtte jo stadig være goe ved ham – absolut ikke foretage dette Skridt i Vrede – kun med klogt Overlæg og med Hensyntagen til alle Jer andre. Jeg tænker mig, at han så kunde rejse et helt andet Sted hen og tage Plads ved Landbruget – sig selv kan han da altid underholde derved og mere vil vi jo ikke forlange af ham. Jeg vil ikke Agraren til Livs med dette Forslag, men er han ikke selv tjent bedre med, at han ikke fuldstændig tager Livet af dig og ruinerer Jeres Tilværelse? Nu må du ikke sige, at det ikke lader sig gøre – for det kan lade sig gøre, og vi må handle inden det bliver for sent. På den anden Måde har du nu forsøgt længe nok – og når vi har set, at det ikke fører til noget, så må vi ændre Kursen og forsøge noget andet – jeg tror lille søde Junge, at det er på høje Tid! 
+Jeg tror fuldt og fast, at Agraren endnu kan reddes til et Menneskeværdigt Liv, men kun ved en Naturkatastrofe – og den er givet i den Plan, jeg foreslår dig. Åh, lille Junge, om jeg kunde opnå at se dit lille trætte, bekymrede Ansigt blive forvandlet til et glad og lykkeligt! Jeg skulde nok sørge for, at du ikke blev forslidt herinde; og så har vi vort lille Fristed i Hareskoven at ty til, når Byen volder os Ubehag – min egen bedste Ven, jeg vilde gøre alt, for at du skulde komme til at befinde dig vel – ja, det tænker du jo nu slet ikke på, men for lille Manse skulde vi også nok gøre det godt og interessant – han og Nus skulde snart blive fine Venner. Du ved, hvordan mit Standpunkt er overfor Agraren – Jeg er absolut uden Vrede – kun opfyldt af Medfølelse; dét, at han ikke mere er sød imod dig – og det er han ikke! – det har forandret meget i hele Situationen; så længe han virkelig elskede dig overalt på Jorden – elskede dig i al sin Skrøbelighed, ja, så længe kunde du ikke rejse fra ham – for så havde han endnu en Mulighed for gennem sin Kærlighed til dig at kunne rette sig. Som det nu er, kan du ikke længere bevirke dette for ham – i hvert Fald ikke når I går sammen, måske snarere derigennem, at du rejser bort for en Tid, så han derved kommer til at føle, hvor meget du er og har været for ham; måske – Junge – kunde en lang Adskillelse fra dig bevirke, at han kom til at se alt – også alt dét, som han har bragt i Uorden for sig selv og Jer alle. 
+Først når man virkelig erkender sig selv – kan man blive et andet Menneske. Hvis han bliver ved med at leve i de samme Omgivelser, de samme Forhold – med de samme evige Nederlag – ja, så må han sløves og miste Evnen til sand Selverkendelse. Jeg tror – nej, jeg véd, at alt dette er rigtigt; så du ser, at min Plan går ikke alene ud på at redde dig – for i så Fald fandt den ikke din Tilslutning – jeg tilsigter at redde hele Situationen – at redde Tilværelsen for Jer alle – Agraren i beregnet – med den Ordning, jeg her har foreslået dig; men husk på – en Forestilling vil intet hjælpe, det kan ikke nytte Spor at sige til Agraren: ,,hvis du ikke retter dig osv – så rejser jeg.” Det er selve denne gennemgribende Forandring, som skal redde ham. 
+Frk Koch vil jo rejse til Efteråret – vist allerede til Oktober, så det skulde jo være til Oktober; men jeg synes nu, du skulde bryde overtværs nu – leje Lejligheden møbleret nu til Ferien – for de Penge kunde du og Manse så bo et eller andet Sted – det ordnede sig nok – måske Manse i Pension hos Tandlægens – og du på Gæsteri til dine Venner – Glarups en Tid, Dede en Tid – her en Tid! Åh, Junge – gør det – betænk dig ikke – læg din Tilværelse om, inden I alle er kuldsejlet. Tag ned til Tante Else nu med det samme og tal med hende om det! Gør det!!! Jeg tvivler ikke om, at Dede – Be – Elle – vilde råde dig til – men jeg forstår jo godt, at de ikke for dig er ,,uvildige” Rådgivere. Men Glarups vil være det! 
+Nå – ja, nu nytter det vel ikke at skrive mere om det dennegang; tænk over det – og gå til Værket!
+Lige ni ringede den lille Frk Otto-Olsen; en lang Snak – hun vilde nærmest have at vide, hvad der dog hav [”hav” overstreget] var hændt mig, for hun havde næsten ikke kunnet kende mig i Onsdags Aftes, da hun traf mig ved Walleens Foredrag – hun påstod, at jeg mindst så ud til at være nyforlovet – så strålende! 
+Det er Huset, Junge! Du kan ikke tænke dig, hvor det Hus med et Slag har forandret hele min Tilværelse; Pinsedag derinde havde jeg havde jeg besøg af en lille sød tysk Veninde – Lotte Lehnert – c. på min Alder – Kontordame, det er hende, om hvem jeg vist har fortalt dig, at hun bor den gamle dejlige Kvistlejlighed i Amaliegade vis-à-vis den gamle Fødselsstiftelse. Jeg har lært hende at kende i antroposofisk Selskab. Vi gik en lang Tur i Skovene – der var aldeles henrivende, frisk og duftende af Regn, Grøde i Luften – Tåge ud over Engene; jeg sagde til hende, at jeg savnede så meget at kunne fortælle Mor om alt dette – at det vilde have været en sådan Lykke at vise Mor det alt sammen; og vi var begge af den sikre Tro, at Mor i Virkeligheden er med i alt, som glæder os; en af Aftenerne derinde har jeg haft en virkelig ,,oversanselig” Oplevelse – jeg følte så tydelig, at Mor sagde: ,,men Astrid, du véd jo, at jeg holder så meget af dig.” Du kan ikke tænke dig, hvor det føltes mærkeligt og gribende – jeg fik Tårer i Øjnene af Bevægelse og sagde som så ofte før til mig selv: de, der elsker hinanden, kan ikke skilles. – 
+Og sandt er det, at jeg ofte derude lever intensivt sammen med Mor og føler hver Gang en underlig Glæde derved. – 
+Den søde lille Lotte var ,,entzückt” over alting derude – og forærede mig i sin Begejstring 2 Stole og en Måtte til Huset i Haven! Og hun medbragte ½ Pund fin Kaffe og en Pose The! med mange Undskyldninger! Hun kom til Kaffe og blev til Aften; da vi sad ved Aftensmaden, kom Pan og Helga – de havde selv Mad med – samt Madeira på en Sodavandsflaske; vi drak så The, - Pan sagde, at mit Digt til Bodilds Fødselsdag var bleven læst op ved Bordet og havde gjort stor Lykke – det første Vers lød sådan
+Ingen Læge er som du 
+når vort Legem går i tu
+eller Sjælen bløder - 
+Lige vel var Legemspragt
+som vor sarte Sjæledragt
+du med Omhu bøder -!
+osv. 
+Nå – Gæsterne gled ved 8 Taget. Så havde jeg Fru Weirsøe og hendes Søn m Kone inviteret op til ,,Igang” på Huset – en Flaske Portvin og herlig Is fra den lille Konditor, som åbnede en Iskagebod 1ste Pinsedag i den nederste Ende af Fru Weirsøes Have – Isen var lavet af Piskefløde. – mange Æg – herover hjemmelavet Jordbærsaft! Jeg så selv om Formiddagen det altsammen dernede. 
+Og – vores Hus er altså rejst! Det stod der, da jeg om Tirsdagen kom derud – og det er bedårende! Ligger omtrent midt i Haven – omgivet af blomstrende Æbletræer! Ryggen af det vender ind mod Stenhegnet til Hareskoven! ( [”(” overstreget] Manden rejste det for 20 Kroner! Fru Weirsoe havde bedt om Lejen for 10 Måneder forud, da hun var i stor Nød – så skrev jeg til Be og bad om 100 Kr – og Be sendte mig 130! de 30 skrev hun var Rentepenge for Juni Termin! Jeg skrev omgående og takkede – hvor var jeg dog rørt! Hun skrev endda så sødt, at jeg skulde skrive, når jeg var i Nød! Du kan tro, jeg var glad og lettet! Nu får vi betalt vore Gas + Lysregninger, så mangler kun Telefonen (41.00 Kr!) det er jo en vanskelig Sommer at klare med alle de Rejser og de to Huslejer, men så hjælper det jo svært til næste År, når vi kun har en extra Husleje på 5 Kr. mdl. for Grunden derude; og jeg håber jo også på hel Friplads til Nus. Telefonen må jeg jo bevare, især hvis du nu kommer – til Elever osv. (måske kan du få den lille Goldschmidtpige! på Nussets Alder – de kan da betale!) 
+(Her ringede jeg til Fru Goldschmidt, med hvem jeg nu har hafte [e i ”hafte” overstreget] en lang Sludder, hun bad mig derhen til Fredag Aften – vi kan så storartet sammen, så det glæder jeg mig til.) 
+Men nu slap jeg vist Tråden – du gider vel snart heller ikke læse mere – sikken et Brev, så langt! 
+Jo, det var Huset. Det er rejst. I Sommer vil jeg selv tjære det udvendig med rød Tjære (som de svenske Huse, du ved) af Fru Petersens Mand her i Huset – får jeg Opskrift på alt desangående, han er Maler; i Ferien maler jeg det indvendig. Og tænk dig – Fru Weirsøe har givet mig Lov til at lægge ligeså mange Havesager jeg vil i Jorden – hun er for gammel til at rode med alt det og har kun Frugttræerne – men der er Masser af ubenyttet Jord; jeg gravede og lugede et stort Stykke i Pinsen, der skal jeg nu lægge Ærter på Lørdag samt så Karse, Radiser, Gulerødder osv. Rabarber vil jeg også etablere – Pladsen er ubegrænset og Jorden extra fed og god – hvad synes du dog! Redskaber har Fru Weirsøe – og hun er bare glad over at få Jorden dyrket. Vi har allerede i Pinsen lavet et lille rundt Bed foran Huset og sået Sommerblomster deri; et andet Bed har jeg beplantet med Sager, som jeg har gravet op i Skoven: en blå Anemone, Kodriver og Liljekonvaller – af de sidste vrimler det overalt i Skoven. Nus har bestemt, at Huset skal hedde ,,Thopedeaborg”! Nus er som jeg – lyksalig over alting derude. Ja, Junge – sikken vi kan få det! Vi må bygge en Stue til til Huset, som kan være din og Manses – så skal vi alle arbejde i Haven og så kan vi leve af den! 
+Træ og Bærfrugt sælger Fru Weirsøe os billigt – der er Masser! og herlige Sorter. Det er – Paradis! 
+Sig til Elle, at jeg fatter ikke, hvorfor hun ikke har sendt mig Garnet til Kaffedugen. – På Kontoret skal det nok gå, det kniber jo lidt at holde til 8 Timers Regning hver Dag, men det lysner dog lidt nu med at begribe det og min lille Kollega er henrivende sød! Så det går nok – Forholdene er behagelige – Arbejdet ganske selvstændigt. Det morer men trætter mig – nej omvendt – trætter men morer mig. Alt går, når Grunden i ens Tilværelse er god – og – Huset! 
+Kom så! Tusinde Hilsner fra din Dis.
+Ark 5, s.1. Venstre margin lodret. 
+Nu skal jeg læse dit Brev for 3die Gang – og så ned i Kassen med dette – og så i Seng! Hils Be og Elle og alle dine!</t>
+  </si>
+  <si>
+    <t>1926-07-21</t>
+  </si>
+  <si>
+    <t>Anna Louise Syberg
+Ernst Syberg
+Poul Uttenreitter</t>
+  </si>
+  <si>
+    <t>Det vil være dejligt, hvis Jensen-familien og Fritz Syberg kan ses enten i Tibirke eller Kerteminde.
+Syberg maler på et billede af Adam og Eva. Ernst (Rille) og Anna Louise (Rabbe) står model. 
+Det er godt, at Jensen kan lide Sybergs mariner. Uttenreitter er også glad for dem.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Co4V</t>
+  </si>
+  <si>
+    <t>Pilegaarden 21-7-26
+Kære Joh. V. og Else.
+Tak for Eders udmærkede Brev. Ja jeg saa gærne at vi kunde opleve en Tid sammen, eller i hinandens umiddelbare Nærhed, hvor vi faldt til Ro i hinandens Selskab, og det maatte ogsaa gærne være i Tibirke Bakker. Det vilde være festligt at male en Sommerferie væk der. Hvem ved, maaske Skæbnen, der har saa mange Overraskelser gemt, ogsaa gemmer en til os.
+Forresten er jeg allerede i Selen igen herovre, maler et stort Billede med Adam og Eva. Rille er Adam, Rabbe er jo noget ung til Eva, men hun bliver jo ældre fra Dag til Dag. Det glæder mig at I er glade ved mine Mariner, Uttenreitter var nylig paa Faaborg Musæet og fandt ogsaa en Marine der der interesserede ham. Men mest af alt er jeg glad ved Jert usvækkede Venskab, og kommer I til Fyn saa se om I kan afse en Dag til Pilegaarden. Eders hengivne
+Mange Hilsener fra Marie Fritz Syberg.</t>
+  </si>
+  <si>
+    <t>1926-11-01</t>
+  </si>
+  <si>
+    <t>Thurø
+Korshavn, Fyns Hoved
+Drejø</t>
+  </si>
+  <si>
+    <t>Achton Friis
+Alhed Larsen
+Andreas Larsen</t>
+  </si>
+  <si>
+    <t>Efter Achton Friis' idé sejlede han og Johannes Larsen rundt til de mindre, danske øer og lavede notater, tegnede og fotograferede til et bogværk. Dette udkom 1926-1928 i tre bind på Gyldendal med titlen Den Danskes Øer. 
+Alrum maculatum er plettet ingefær. Planten gror (2018) i Johannes Larsen Museets have under morbærtræet.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen skriver om vignetterne og deres placering, titleblad mm. De to kan måske diskutere sagen, når Larsen kommer til København.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Zi4S</t>
+  </si>
+  <si>
+    <t>Kjerteminde 1 Nov. 1926.
+Kære Achton Friis.
+Hermed Korrekturen. Jeg er bange for jeg har haft den for længe. Undskyld! Jeg synes gennemgående, at det ser udmærket ud, navnlig for de store Tegningers Vedkommende. Med Hensyn til Vignetterne har jeg et og andet at indvende. En Del af dem synes jeg virker altfor store, særlig grelt Ex Isfuglen der flyver op med Fisken i Munden. Med Hensyn til at anbringe dem paa andre Steder end hvor de egentlig hører hjemme saa synes jeg ikke det gør noget i Almindelighed. Men f. Ex. Kan jeg ikke begribe hvorfor De har anbragt den blomstrende Arum maculatum fra Thurø, var det ikke mere rimeligt at flytte den til Korshavn eller Drejø? Eller en af de andre Øer hvor De i Texten omtaler dem? Naa men jeg glæder mig til første Hæfte. For jeg faar vel nogle Friexemplarer fra Forlaget. Jeg ved ikke om det har været paa Tale men det plejer jeg, og synes det er rimeligt. Jeg skal hilse fra min Kone og Puf. Der er for Resten en Ting til som jeg har tænkt paa at gøre Vrøvl over, skønt jeg er ked af besvære Dem. De kan jo have nok at gøre. Det er Titelbladet. Jeg ved ikke om jeg har Ret i at det ser helt anderledes ud end jeg kender det. Det forekommer mig at det jeg tegnede Vignetten til havde denne af samme Bredde som Teksten og at det virkede bedre og mere samlet. Maaske vi kan snakke om det naar jeg kommer til Kjøbenhavn. Det endelige Titelblad behøver vel ikke at foreligge før Værket nærmer sig sin Afslutning. Mange Hilsner
+Deres hengivne
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>29. maj. 1927</t>
+  </si>
+  <si>
+    <t>Andreas Larsen
+Vilhelm Larsen</t>
+  </si>
+  <si>
+    <t>Beskrivelse af en dags tur til Bågø i Lillebælt. Med observationsfortegnelse.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/11FIskzM</t>
+  </si>
+  <si>
+    <t> 5. aug. 1927</t>
+  </si>
+  <si>
+    <t>Ólafur Tubals</t>
+  </si>
+  <si>
+    <t>I anledning af 1.000 året for Altingets oprettelse tog forfatterne Gunnar Gunnarsson og Johannes V. Jensen initiativ til en nyoversættelse af De islandske Sagaer.
+Dagbøgerne i 1927 er beskrivelser af natur, fugle og rejsen i Island fra 8 juni til 5.september 1927.
+Rejsens formål er indsamling af materiale til illustrationer af de sagasteder og landskaber, hvor sagaernes handlinger udspillede sig.
+Omkring 300 penne og tusch illustrationer blev resultatet af de to rejser i 1927 og 1930.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/lO1UI3kR</t>
+  </si>
+  <si>
+    <t> 6. aug. 1927</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/pJqTLgG1</t>
+  </si>
+  <si>
+    <t>22. aug. 1927</t>
+  </si>
+  <si>
+    <t>Ludvig Emil Kaaber
+Ólafur Tubals</t>
+  </si>
+  <si>
+    <t>Ólafur Tubals dagbog fra 11. til 30. august 1927.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/Wwr4HCxJ</t>
+  </si>
+  <si>
+    <t>1927-08-23</t>
+  </si>
+  <si>
+    <t>Island
+Stykkisholm</t>
+  </si>
+  <si>
+    <t>Stykkisholm
+Reykjavik</t>
+  </si>
+  <si>
+    <t>Erik den Røde -
+Ragnar Ásgeirsson
+Andreas Larsen
+Johan Larsen</t>
+  </si>
+  <si>
+    <t>Johannes Larsen skrev dette sidste brev til Alhed Larsen fra Island, hvor han var i færd med at lave illustrationer til bogværket med de islandske sagaer. Alhed Larsen døde 31.8.1927, og Johannes Larsen nåede ikke at komme hjem, inden det skete.
+Bogudgaven af De Islandske Sagaer med Johannes Larsens illustrationer udkom 1930-1932.
+Laxaadalen, Oxney og Alflafjord er lokaliteter på Island, som JL omtaler i dette brev.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen sender en dagbog hjem til Alhed. Han skal med båd til Laxaadalen og Oxney. Johannes Larsen savner Alhed.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/9Ou4</t>
+  </si>
+  <si>
+    <t>Stykkisholm 23 August 1927.
+Kæreste Alhed!
+Skønt Bogen No 4 ikke er skreven fuld sender jeg nu da der gaar Post til Reykjavik. Saa kommer det med den første Damper der tager Danmarkskort, med, men hvilken det er kan jeg ikke se i min Liste, jeg haaber det kan naa "Lejru" til Norge 25, ellers kommer det ikke af Sted før med Alexandrine 31. Men jeg ved heller ikke om der er lejlighed til Forbindelse med den fra nu af og til den 31. Som Du ser af Bogen har jeg haft godt Vejr stadig væk, men de lange besværlige Ture giver jo ikke meget i Rygsækken. Naar vi nu er færdige her om et Par Dage, hvis Vejret tillader det skal vi til Laxaadalen, vi tager Baad herfra ind i Fjorden, saa kan vi med det samme besøge Oxney med Erik d. Rødes Boplads og vi sparer Halvdelen af de Penge det vilde koste at ride rundt om Alflafjord. Jeg længes efter Dig og hvert Øjeblik naar jeg sidder ude og tegner sidder jeg ved siden af Dig i Fordvognen og kører paa fynske Landeveje eller i Smaaland, det hjælper. F. ringede om Breve til Ragnar Asgeirson, der ligger 2 hos Ministeren, men han var bange for at han ikke kunde naa at faa dem med Baaden. Det er spændende og kommer vist i Dag. Jeg tør ikke vente med at sende, jeg mener bringe dette paa Posthuset. Da jeg ikke ved, om det kan naar, hvis Vejret forbedrer sig saa jeg kan komme paa Arbejde. Men jeg har bestemt mig til at telegrafere "Svar betalt" enten jeg faar Breve eller ej. Hils dem allesammen, særlig Puf og Lysse. Tusinde Kys og Hilsner
+Din
+JL.</t>
+  </si>
+  <si>
+    <t>30. aug. 1927</t>
+  </si>
+  <si>
+    <t>Ludvig Emil Kaaber
+Frank  le Sage de Fontenay
+Valtýr Stefánsson
+Ólafur Tubals</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/nu45h3lj</t>
+  </si>
+  <si>
+    <t>1927-12-22</t>
+  </si>
+  <si>
+    <t>Marie Schou
+Fritz Syberg</t>
+  </si>
+  <si>
+    <t>Christoffer Columbus
+Emmerik Jensen
+Jens Jensen
+Villum Jensen</t>
+  </si>
+  <si>
+    <t>Ordene om at tiden sætter sine spor for siden at udslette dem refererer muligvis til, at Fritz Syberg mistede sin datter, Clara/Nolle, i oktober 1927. Samme år døde Johannes Larsens kone, Alhed, og fynbomaleren Peter Hansen. 
+Johannes V. Jensens "Bræen" er en del af romanserien "Den Lange Rejse", og den udkom 1908. "Norne-Gæst" fra samme serie kom 1919, og "Christofer Columbus" fra serien 1921. 
+Gæst er i romanserien søn af en stenalderstammes kvindelige overhoved, Gro. Han stikker sammen med vennen, Pil, af fra stammen.
+Nornegæst optræder oprindeligt i det islandske håndskrift Olav Tryggvasons Saga fra slutningen af 1300tallet. Ved fødslen spår tre norner ham til at få et lykkeligt liv, men en af dem siger, at han vil dø, når det lys, der er tændt ved hans vugge, brænder ned.</t>
+  </si>
+  <si>
+    <t>Syberg ønsker god jul. Tiden sætter sine spor for derefter at udslette dem.
+På Pilegården har man i efteråret læst Den Lange rejse. Hidtil har Syberg været mest glad for Bræen, men nu tager Norne-Gæst nok dens plads.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/4WOO</t>
+  </si>
+  <si>
+    <t>Pilegaarden 22-12-27
+Kære Joh. V. og Else.
+Hermed de bedste Ønsker for det nye Aar. Alt gaar her ved det gamle, Tiden sætter sine Spor, for bag efter at udslette dem, - saadan kan det undertiden synes.
+Vi har i dette Efteraar læst Din ”Den lange Rejse” og er naaet til ”Christoffer Columbus” som maa vente til efter Jul. Jeg havde hidtil troet at ”Bræen” var den af [”af” overstreget] jeg holdt mest af især for det lille Slutningskapitel der hedder Lærken, men nu ved jeg ikke om Norne Gæst ikke er ved at tage dens Plads, Gæst og Pil i Skoven, Gæst og Skur, Gæst paa Middelhavsøerne Gæsts Slutningskvad, hvor er det dog et smukt Digterværk
+Ja kære Venner, saa Glædelig Jul til Jer og hele Familien fra
+Eders hengivne
+Marie og Fritz Syberg.</t>
+  </si>
+  <si>
+    <t>Fakse
+Hestehavegaard</t>
+  </si>
+  <si>
+    <t>Lille -
+Ludvig Brandstrup, visedigter
+Grethe Jungstedt
+Elena Larsen
+Johanne Christine Larsen
+Johannes Larsen
+Ann-Sofi Norin
+Jørgen Schou
+Marie Schou
+Nalle Schou
+- Skovgaard
+Martin Warberg Larsen</t>
+  </si>
+  <si>
+    <t>Ludvig Brandstrup satte gang i de såkaldte Co-Optimistrevyer i 1925. Ann-Sofi Norin var en del af den ni personer store trup, og han og hun blev gift (Kvinfo: Ann-Sofi Norin, lokaliseret jan. 2022). 
+Fra 1905 og en del år frem boede Elena/Bimse Italia Larsen, f. Hansens forældre fynbomaleren Peter Hansen og hans kone på Enghavevej 40 i København.
+Fønix Teater: På Frederiksberg Allé lå et gammelt traktør- og forlystelsessted, som siden 1784 gik under navnet Ratzenborg. Fra 1847 blev det kaldt Sommerlyst, indtil det i 1918 blev indrettet til teater under navnet Fønix Teatret, hvor der blev spillet revyer, komedier, farcer og operetter. Her var LB direktør i flere år i trediverne. 1938 ændredes navnet til Frederiksberg Teater, som var i brug, til det 1957 fik navnet Aveny Teatret. (Kilde: Lex.dk.) 
+Romsø er en 1 km² stor ø i Storebælt ca. 10 km nordøst for Kerteminde. Den 109 hektar store ø har siden 1604 hørt under Hverringe Gods, ejet af familien Iuel. (Kilde: Wikipedia jan. 2022.)</t>
+  </si>
+  <si>
+    <t>Brev i privateje</t>
+  </si>
+  <si>
+    <t>Ludvig Brandstrup skal til Båxhult med sin kone/kæreste og skal bruge nøglerne.
+Andreas Larsen har sammen med en flok mennesker været på Romsø. De havde meget mad og drikke med og har spist rester. Johannes Larsen havde det godt. Andreas spørger, om han må komme på besøg hos Johan.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/NkIu</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Hr Johan Larsen
+c/o Proprietær Skovgaard
+Hestehavegaard
+pr Faxe
+[I brevet:]
+Kære Lysse!
+Co-optimist direktør Ludvig Brandstrup har faaet Lov til at tage til Båxhult med Ann Sofi Norin fra førstkommende Lørdag indtil ca 11. Juli. Hvis du har Nøglerne kan du saa ikke sende dem til ham omgaaende Adr: Fønixteatret København F. 
+Hvis Bimse har dem og endnu er paa Enghavevej, skaffer han dem selv. 
+Vi var paa Romsø i Mandags. Luftfartsreklamechef Direktør Rom med Kone, Buf, Nalle og Marie Syberg, Grete, Lille og jeg. Vi kørte til Stengaards Stænge, og blev hentet af en Romsø-Baad. Far havde det godt, han havde 13 Billeder paa Rad! Vi havde 20 Bajere, Brændevin og saa meget Mad med, at Tante Junge, Manse, Lille, Grete og jeg [overstreget bogstav] holdt Andendagsskovtur paa de halve Rester iaftes, vi ringede uden Held til Pilegaarden, saa maaske de ogsaa var ude for at gøre Kaal paa deres Rester. Tak for dit Brev forleden, desværre har jeg ikke Tid at svare med ["med" indsat over linjen] mere [overstreget bogstav] end dette nu.
+Hvordan kan det passe dig at have os den 29, [overstreget bogstav] er det ikke en Lørdag, altsaa den 30. skulde det være! hvordan passer det den 30. ds? Ikke fordi jeg har talt med Far om det, men jeg kunde tænke mig den Dato. 
+Mange Hilsner fra Puf.
+Hils Hr og fru Skovgaard</t>
+  </si>
+  <si>
+    <t>1928-09-27</t>
+  </si>
+  <si>
+    <t>Ellen  Sawyer</t>
+  </si>
+  <si>
+    <t>Louise Amstrup
+Grethe Bichel
+Peter Bichel
+Matilda Jungstedt
+Adolph Larsen
+Andreas Larsen
+Henning Larsen
+Johanne Christine Larsen
+Johannes Larsen
+Axel  Müller
+Fru Nielsen
+Otto Emil  Paludan
+Edith -, pige i huset på Møllebakken
+Else Warberg
+Laura Warberg
+Marie Warberg
+Torkild Warberg
+Astrid Warberg-Goldschmidt
+Erik Warberg Larsen
+Martin Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Brobyværk ligger på Fyn nær ved grevskabet, ved hvilket Warberg-børnenes far arbejdede som godsforvalter, og nær ved deres barndomshjem, Erikshaab.
+Gamle kendes ikke. Det vides ikke, hvem Mäniskorna var.
+Det er også ukendt, hvilken perle der er tale om.
+På skovridergården Rørdam boede Johannes Larsens bror, Vilhelm Larsen og hans hustru, Gudrun. De var forældre til Henning Larsen.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3812</t>
+  </si>
+  <si>
+    <t>Ellen takker for strømper og kort.
+Astrid/Dis og Axel Müller skal giftes i Brobyværk, og Ellen skriver sange. Efter vielsen og frokost kører man til Kerteminde til flere dages middage. Ellen håber ikke, at Astrid vil til Erikshaab, for ideen tiltalte ikke Paludan/Pallam.
+Henning Larsen vil leje bil og køre Ellen, Johanne og Adolph Larsen/Agrarens og deres børn til Rørdam.
+Johannes Larsen arbejder flittigt. Han gad ikke komme til Adolph Larsens 50-årsdag, hvilket Ellen synes var synd.
+"Mäniskorna" er helt vilde med Matilda/Lille Jungstedt.
+Ellen vil give Astrid et af deres mors fine lommetørklæder.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/5oe6</t>
+  </si>
+  <si>
+    <t>Et rigtig Gallopbrev! 24/9 - 28
+Kæreste Lugge!
+1000 Tak for dit Brev og for Pakken, som Gamle nok saa prompte kom ned med den næste Dag. Det er jo herlige Strømper, - komplet hulfri, - dem kan jeg hænge paa til Cyclestrømper hele Vinteren. Jeg har jo Gamasker, saa de maa være Brandgule, om saa skal være. Og Tak for alle Kortene. Det er glimrende. Jeg deler med Junge, - og saa kan jeg gemme Mors gamle Kort. Jeg lægger forresten ikke Kabale mere, - jeg har altid saa meget for, - - jeg ved Pokker ikke hvad det er. Nu er vi jo saa optagne af Brudefærden i Brobyværk. Vi har lavet en Del Deviser, men de skal være til Junges Selskab Selskab om Søndagen. Det er ikke nemt at lave Deviser i Tante Elses og Tante Visses Ånd. "Dis staar Brud - i Gud" - det skulde da være det eneste, men èn er jo ikke nok. Jo, Junge lavede èn til Titte, - men den kan ikke læses - den kan knap skrives, saa indiskret er den! "Titte ta'r Provsten uden at knurre;
+han er for gammel at gi' en Kure"
+Men det er jo frygtelig at sige saadan noget. Du maa ikke aande det til nogen Junge er saa oplivet over alt dette. Hun har lavet 2 nydelige Sange, - èn alvorlig og en sjov. De Parret ["Parret" indsat over linjen] kommer jo i Morgen Aften og skal logere her. Det lille Gæstekams staar og skinner af Renlighed. Saa kører vi Lørdag Morgen derned. Vielsen er Klk 11, saa Frokosten. Saa skal vi jo hjem igen. Jeg er bange at Dis vil til Erikshaab. Du hørte, hvad Pallam sagde, - jeg er sikker paa, at han ikke ["ikke" indsat over linjen] bliver begejstret. Men det maa gaa som det kan. - Saa kommer vi jo hjem og er sultne, - saa giver Junge Aftensmad Om Søndagen har vi Agrarens og Brudeparret til Frokost. Vi skal have kold Skinke. (Jeg har købt en halv Rulleskinke, som den du gav mig i Sommer). samt Purrer, Bønner, Blomkaal o.s.v. Saa koldt Bord og Kaffe med Bagværk. Bajere. Junges Middag af er Klk 1/2 6 Blomkaalssuppe. Kyllingesteg, Is m. Jordbærmarmelade. Konfekt. Jeg har givet hende i Fødselsdagsgave 1 Fl. Madeira og fin Chokolade til Konfekt. Jeg har ogsaa givet hende* "Edith 2 Timer" i Morgen til Rengøring. Det er jo ikke nemt for os at faa noget lavet med Elever og "saa ved det" at det er Søndag. Hvor er der meget i denne Tid - Konfirmationen - Husk Thorkild med et Telegram d. 30_te_ Jeg har tre Elevkonfirmationer at "huske" Hvor er det dyrt! Og saa alle de Fødselsdage. I Morgen Fru Nielsen. Lige nu kom Henning, - han skal læse. Jeg sendte ham ud at lave The og riste Brød, saa har jeg Fred saa længe. Han er forresten saa sød. - Næste Søndag vil han leje en Bil og køre os hjem til Rørdam, - Agrarens og mig. - Det er da sødt. - Las har jeg ikke set, - men Puf var her en lang Visit igaar, - han siger at Las arbejder flittigt. I Aftes saa jeg ham igen ovre hos Agrarens, - det var nemlig hans 50-aars Fødselsdag. Las gad ikke gaa derover. Det var nu næsten Synd. Jeg gav som min Opmærksomhed en Lt. Annanasis og Isvafler. Henning var der ogsaa og Stemningen var helt fornøjelig. - Vil du høre hvad jeg giver Junge til hendes Fødselsdag: En Flaske Madeira (til Selskabet) 1 Pund Chokolade (dito) og - men Gud, det har jeg jo skrevet, - [overstregning fra "jeg giver" til og med "1 Pund"] du skal da ikke høre 2 Gg. om mine Velgærninger. Men det er ogsaa nærmest for at du kan være saa meget mindre ked af det for stakkels Junges Pengepung. -
+Dit Brillefuteral er her, det maa have ligget i en af Sengene i Gæstekammeret Skal jeg sende det, - el. kan det vente til Jul? Jeg har i Sinde at skrive til Mornine, men nu skal vi have alt dette overstaaet først. -
+Lille Mis er saa slem til at løbe bort. Den kan ikke lide at være her, naar jeg er borte. Men jeg finder den altid nede hos "Mäniskorna". De er gode mod den fordi den er lille Matildas Kat. Konen taler med religieus Klang i Stemmen om Lille - og bedyrer mig, at der er ikke mange Børn som hende! Vi er så enige og fører mange Samtaler om Lille. - Peter Bichel bliver gal, naar Gr. vil paastå, at Lille holder ligesaa meget el. mere af jeres Peter end af ham. Han siger, at han vèd at Lille holder mest af ham.
+Jeg har slået Plænen og ordnet alle Staudebedene. Der er saa yndigt i den lille Have, og saa rørende med Løvet som falder. Jeg plukkede en hel Skaal Hindbær igår. Vejret har ellers været yndigt i al den sidste Tid. Vi synes at Dis skal have et af Mors pæne Lommetørklæder, - vi [teksten fortsætter i venstre margen s. 4; lodret:] bestemte jo at de skulde være til Brudelommetørklæder, efterhaanden, som nogen blev gift. Jeg haaber du har det godt lille Lugge. 
+[Indsat øverst s. 4; på hovedet:] Tillykke med "Perlen". Gid det maa vare rigtig længe. 1000 Hilsner til jer alle jeres Elle
+[Indsat s. 2 i venstre margen; lodret:] * det kan man kalde Naturalier</t>
+  </si>
+  <si>
+    <t>1928-10-14</t>
+  </si>
+  <si>
+    <t>Albert Gottschalk
+Peter Hansen
+Marie Schou
+Vincent van Gogh
+Kristian Zahrtmann</t>
+  </si>
+  <si>
+    <t>Peter Hansen blev udnævnt til æresborger i Faaborg 25. juni 1928.
+Johannes V. Jensens nekrolog over Peter Hansen blev trykt i Politiken 11. oktober 1928. Den blev siden optrykt i Johs. V. Jensen: Form og Sjæl. Portrætter og Personligheder. Gyldendalske Boghandel 1931, s. 33-39.</t>
+  </si>
+  <si>
+    <t>Peter Hansen, som ifølge Syberg var Fynboernes festlige element og den bedst begavede af dem, er død. Balsalen tømmes. Det er sandt, som Jensen skrev i nekrologen, at Hansen mindede om Gottschalk. 
+Syberg undskylder, at Johs. V. Jensen ikke har fået afskrift af talen. Syberg var begyndt at afskrive, men så blev talen væk, og den dukkede først op igen nu, hvor Fritz Syberg ledte efter brevpapir. 
+Syberg skal udstille i København, og han ville ønske, at han kunne slippe.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/eae3</t>
+  </si>
+  <si>
+    <t>Pilegaarden 14-10-28
+Kære Johannes V. og Else.
+Ja saa er Peter da gaaet sin Vej, dermed er det festlige Element hos ”Fynboerne” forsvundet – og mere end det. Balsalen begynder at tømmes. Jeg fornemmer det stærkt som i gamle Dage paa Nytaarsballerne i Faaborg, naar hen ad Slutningen de smukkeste Par lidt efter lidt var forsvundet og kun de blev tilbage som var fast besluttet paa at holde ud til Musikken spillede af med ”Forgangen Nat vor sultne Kat” Han var den rigest begavede af alle Zahrtmanns 200 Elever og hans Kunst vil efter hans Død leve kraftigst. Det er rigtigt som Du skriver i Din Kronik at han havde Lighed med Gottschalck. Det gælder for deres efterladte Produktion at den ikke vil trænge til nogen Udrensning, men mens det for G.s Vedkommende er fordi han paa næsten monoman Maade var behersket af sit Kunstnersind (van Gogh) stammer det for Peters Vedkommende fra hans Karakters Renhed. Tak for Din Kronik om ham, ingen kan sige Tingene som Du.
+Med det samme jeg skriver vil jeg gærne klare mit Mellemværende med Jer m. H. til den Tale jeg [”jeg” overstreget] ved Peters Æresborgerfest som jeg lovede Jer en Afskrift af. Jeg er nemlig ikke saa skyldig som det tager sig ud. Jeg paabegyndte Renskrivningen straks jeg kom hjem, men da jeg havde ekstemporeret noget mens jeg holdt den – mest af Nervøsitet – vilde jeg gærne i Afskriften holde mig til det jeg havde sagt ved Lejligheden og det besværliggjorde Renskrivningen saa det tog nogen Tid. Jeg maatte lægge den til Side nogle Dage for mine Billeders Skyld og da jeg skulde tage fat paa den igen var den paa en mystisk Maade forsvundet fra Chartollet. Marie beroligede mig med at jeg nok havde gemt den et ”sikkert” Sted som jeg ikke nu kunde huske. I Fredags rejste Marie til Kbhvn og jeg bad hende før hun tog afsted endnu en Gang hjælpe mig at søge den op, og gennemsøgte alle vore Gemmer for den Slags Sager men uden Resultat. Det var mig meget ubehageligt at skulle staa som en Snyder for Jer men jeg valgte det alligevel i Haab om at Manuskriptet en Dag skulde komme tilveje. (Har jeg ikke snydt ved denne Lejlighed, [et overstreget bogstav] har jeg maaske gjort det ved andre - ) Men nu kommer det mystiske. I Dag fik jeg i Sinde at skrive et Brev til Jer, jeg savnede Papir og ledte hist og her til jeg fandt en gammel Protokol hvoraf jeg rev disse Blade ud, og ved den Lejlighed fik jeg fat i en Bunke Papirer som viste sig at være det forsvundne Manuskript. Jeg meddeler Jer det herved. 
+Jeg staar lige foran min Udstilling i Færd med at afslutte nogle Billeder, i Gang med at nedskrive Titler paa Billeder, Maal, Ejere og deres Adresser o.s.v. og da jeg i min Arbejdsmaade er lige saa planløs og fuld af Indskydelser, som Peter var i sin Filosofi saa har jeg det ikke helt let i disse Dage, men vil opsætte Afskriften af den lovede Tale til senere. Fra i Dag bliver jeg nødt til at lade Jer kalde mig en Snyder, forud var jeg det ikke. 
+Mandag [”Mandag” overstreget] Tirsdag den 23 kommer jeg til Kbhvn og der forestaar mig saa et kedsommeligt Arbejde til vi aabner Udstillingen den 10 Nov. Det er andre der har taget Initiativ til denne Udstilling, Marie glæder sig til den, selv vilde jeg inderlig gærne slippe fri, men det lader sig ikke gøre. 
+Jeg glæder mig til at hilse paa Jer.
+Eders hengivne Fritz Syberg.</t>
+  </si>
+  <si>
+    <t>1928-11-12</t>
+  </si>
+  <si>
+    <t>- Berner
+Julius Hviid
+Grethe Jungstedt
+Kurt Jungstedt
+Matilda Jungstedt
+Otto Knipschildt
+Adolph Larsen
+Andreas Larsen
+Johanne Christine Larsen
+Christine  Mackie
+Elisabeth Mackie
+Axel  Müller
+Fru Nielsen
+Otto Emil  Paludan
+Edith -, pige i huset på Møllebakken
+Johanne Stockmarr
+Albrecht  Warberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Efter Albrecht Warbergs død i 1902 overtog Otto Emil Paludan/Pallam Warbergs stilling som godsforvalter, og han boede på gården Erikshaab, hvor Warberg-børnene var vokset op. 
+Det vides ikke, hvem præsten, Dr., Frk. Horneman, Meisner, Hestrup, Chorowitz og Esbensen var.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3831</t>
+  </si>
+  <si>
+    <t>Ellen Sawyer har gjort huset rent. Hun, Johanne/Junge, Adolf/Agraren og Andreas/Puf Larsen har været til Mortensaften på Erikshaab. Paludan/Pallam var en god vært. Han har ikke haft flere anfald.
+Ellen skal bruge en skulderblomst, da hun skal til Hviids 60-års fødselsdag.
+Fru Berner har haft arrangeret en koncert. Ellen var meget begejstret for både sangeren og akkompagnatøren. Fru Nielsen og en anmelder fra Fyns Stiftstidende syntes ikke om koncerten. 
+Matilda/Lille Jungstedt sender dikterede breve til sin mormor.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/D266</t>
+  </si>
+  <si>
+    <t>Mandag 12/11 - 28
+Kære søde Lugge!
+Jeg vilde have sendt Brev med Puf igaar men her var saa koldt om Form. at jeg ikke kunde sidde og skrive, - men nu ser jeg, at der er en Times Tid til jeg skal ud, - den skal du ha! Tak for dit Brev! Hvor dejligt, at du har det helt godt for det meste. Gid Juvelen maa blive ved at være ligesaa strålende! Gid - for det betyder jo meget. Jeg har det saa lutret idag, for jeg har trakteret mig selv med Edikke 3 Timer og vi har i Fællesskab "møvet hele Huset. Her var blevet saadan lidt bundbeskidt - jeg gider ikke rigtig gøre rent om Vinteren og skønt Skidtet ikke saadan ses med det blotte Øje, saa fornemmer man det alligevel, - og det er lifligt at faa det væk. - Puf har vel fortalt at vi var paa Erikshaab Mortensaften. Det var saadan en yndig Aften. Den elskede Pallam var saa sød og saa glad ved os og Vært hver Tomme, - han gik ligefrem og arbejdede med det, - nussede om med Cigarer og Likører og lægge i Kakkelovnen, - saa han var helt anstrængt af det. Men han sagde for Resten, at han havde det godt og ikke havde haft Anfald siden det, Dagen efter at vi havde været der. Men det ved du maaske ikke. Han fortalte os det, da vi var der med Dis og Axel. - Der var noget vist gammeldags over den Tur:, - køre 1 1/2 Time paa aaben Vogn, komme til Gaaren og køre igen i ordentlig Tid. Det kunde svare til en Tur til Søbysøgaard i gl. Dage. ["i gl. Dage" indsat over linjen] Men hvor er der stille paa Erikshaab. Man kan sidde og lytte og ligefrem fornemme Eko'et af de Lattersalver, Herrerne slog op i gl. Dage, - Far og Otto Kn. og Dr. Dis og Præsten og dem allesammen. Nu sidder vi og passer vor Mad og snakker jævnt og stille og forhører om Egnens Folks Sygdomme. - 
+Men det var en dejlig Aften alligevel. Og Junge var saa glad ved at være med og have "lille Agrar" med. - 
+Her foregaar ellers jævnt noget hele Tiden. Den 20. Nov. er det Dr. Hviids 60års Fødselsdag - stort Selskab paa Tornøe. Sig det til Mornine, - hvis jeg ikke naar at faa skrevet til hende. Puf skulde købe mig en smuk Skulderblomst, til min sorte Kniplingskjole. Giv ham en Smule Raad med det. Den skal være lysende og pragtfuld. Men [ulæseligt ord]?? Jeg er bedt meget ud og det kniber sommetider med at naa det, - og det er jo heller ikke lige sjov altid, - m e e n. - Sidste Uge var jeg meget optaget af Fru Berners Koncert her - du ved min Syngelærerinde. Fru Nielsen havde sagt, det kunde ikke nytte hun lavede Koncert uden Bal, for der kom ingen det blev et mægtigt Underskud. Det gjorde hun nu alligevel, - og der var smadderfuldt. Hun sang henrivende og Folk var henryktre. Til at acompagnere havde hun en Fru Meisner fra København, en Elev af Frk Stockmar. og (Søster til Fru Horneman) Hun er ikke nogen Distanceblænder og i det hele taget ikke meget "for et Syns Skyld", - men mægtig sød og meget beskeden. Hun acompagnerede nydeligt og spillede et Par Afdelinger. Folk bar meget begejstrede for hende, - undt. Kantor Hestrup som var sendt ned fra Fyens Stiftstidende for at anmelde - han kasserede det pure - samt Fru Nielsen, - hun sagde det var "rædselsfuldt." - Fru N. har ondt ved at anerkende andet end Fru Chorowitz og hendes Elever, - naa hun om det, - men det som irriterede Junge og mig var den hoverende, triumferende Maade hun kasserede det paa. Fru Nielsen med alle sine gode Egenskaber - er ikke det pure Guld altid. Jeg har senere hørt at Fru Chorowitz blev stærkt kritiseret i Kbh. da hun spillede til Esbensens Koncert, - maaske dette var en Slags Hævn. Du kender vel ikke noget til Fru Meisner? Jeg tror nu at Hestrups og Fru N. Kritik var forkert. Hendes Spil gjorde Indtryk, - det er sikkert - det er længe siden jeg har hørt noget som har bevæget mig saadan, - men derfor kan der jo godt være noget at indvende paa Teknik'en. Spørg Mornine om hun kender hende. - Lugge, jeg har ikke købt Cigarer endnu und. en Gang til Fremmede. Det er drøjt - men min Hoste er kureret og min Stemme er meget bedre. Jeg synger hos Fru Berner i denne Tid og øver mig meget. Det er saa morsomt.
+Gulle og Kurt skal en lille rask Tur til U.S. fra d. 24/11 til 17/12 med Kungsholmen. Der skal en Veninde af dem i Huset og være hos Lille og Hannah saa længe. Jeg faar tidt Breve fra Lille - dikteret af hende, - de er saa sjove. Det sidste begynder saadan: "Kära lilla Bessa! Och jag tycker jag har ondt i en Tand. Det är min höger tand" 
+[Indsat s. 1 i venstre margen; lodret:] Sig til Mudi at jeg savnede hende, da hun var rejst, - det søde Liv. hils dem alle fra Elle
+[Indsat s. 4 i venstre margen; lodret:] Junge har faaet mange nye Elever og tager nu lidt Hjælp af Edith Jeg har ogsaa faaet nye og er besat for Vinteren. - 
+[Indsat s. 4 øverst; på hovedet:] Naa, nu skal jeg ind og nettes og afsted. Jeg venter saa et lille Brev med Puf - Hils Puf!</t>
+  </si>
+  <si>
+    <t>1929-02-27</t>
+  </si>
+  <si>
+    <t>Bodild Branner
+Thora  Branner
+Wilhelm Branner
+Alhed Marie Brønsted
+Ellen Brønsted
+Else Birgitte Brønsted
+Johannes Nicolaus Brønsted
+Peter Oluf Brønsted
+Esben Hansen
+Harald Høffding
+Matilda Jungstedt
+Drude Jørgensen
+- Krarup, læge
+Adolph Larsen
+Alhed Larsen
+Andreas Larsen
+Elena Larsen
+Johan Larsen
+Johanne Christine Larsen
+Johannes Larsen
+Thøger  Larsen
+Christine  Mackie
+Elisabeth Mackie
+Maurice Maeterlinck
+Arnold Olsen
+Hans Olsen
+Otto Emil  Paludan
+Kirstine -, pige i huset hos Hempel Syberg
+Hempel Syberg
+- Vester
+- Vesterdal
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Mag. er Magisteren, Johannes Nicolaus Brønsted. 
+"Det lille nye Hjem i Vanløse": Det er sandsynligvis et af Louise Brønsteds børn, som har bosat sig i Vanløse. 
+Bessa er formodentlig Bedstemor; altså Ellen Sawyer. Lille er Matilda Jungstedt, Ellen Sawyers barnebarn, som boede i Stockholm.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3777</t>
+  </si>
+  <si>
+    <t>Kulden og sneen gør alt besværligt. Ellen Sawyers klaverelever er nu samlet i ét hjem i hver region. 
+Det er et år siden, at Louise Brønsted blev syg.
+Man forvinder ikke lige tabet af kære mennesker som Paludan/Pallam, Laura Warberg og Alhed Larsen. Det var godt, at Paludan bevarede Warberg-familiens hjem.
+Christine og Elisabeth/Putte Mackie har det vist ikke nemt sammen. Dejligt, at både Louise og Ellen har et nært forhold til børnene. Ellen bliver glad, når hun tænker på Lille/Matilda Jungstedt.
+Johan/Lysse Larsen er blevet gift. Er det mon godt?
+Johannes Larsen har haft et godt salg, og det er fint, hvis han så kommer på fode igen.
+Det var godt, at Hempel Syberg døde, for han havde ikke længere noget ud af livet. Kirstine var helt knust. Thora Branner kom med besvær (vejret) til Fyn, og hun og Ellen tog til begravelse i Odense samt derfra til Heden, hvor jordfæstelsen fandt sted. Efter denne var der middag i forsamlingshuset. 
+Thora og Ellen har også været til middag hos Drude Vesterdal. Professor Vesterdal havde skrevet et digt til Hempel Syberg.
+Ellen har købt et vægur. Der er dejligt lunt i stuen, hvor hun og katten opholder sig. Ellen er glad for at læse Termitternes Liv og hun genlæser andre gode bøger.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/tlfS</t>
+  </si>
+  <si>
+    <t>27/2-29
+Kæreste Lugge!
+Hvor er det dog længe siden, jeg har skrevet til dig! Det har været saadan en oprevet Tid, - og denne infame Kulde gør, at man føler hele Tilværelsen som en slags Krigstilstand, hvor man lever saa at sige fra Haanden og i Munden. Jeg mener, alting er saa besværligt, at man ikke kan overkomme andet end lige holde det gaaende. Du aner ikke hvad det er for et Mas at passe Eleverne. Cycling er udelukket, - Vejene er enten fulde af Sne el. glatte som et Spejl Jeg maa til dem pr. Rutebil, Tog og til Fods, - men mange Dage har de jo heller ikke kunnet gaa saa det har været en meget mager Tid Nu har jeg faaet en Del af det organiseret saadan, at Eleverne samles fra et Distrikt og spiller alle paa ["paa" overstreget] i et Hjem, - saa nu gaar det nogenlunde. Sikken en Vinter, - den er sandelig "gammeldags". Folk har i mange Aar klaget over Mangel paa gammeldags Vinter. Jeg holder nu alligevel paa de moderne. Jeg hader Sneen. Det er slet ikke kønt i mine Øjne, som desuden ikke kan taale det. Men vi er da raske her. Nu har vi alle haft en Omgang, - først jeg, - saa Junge og Agraren. - Gud ved hvordan I har det? Jeg længes meget efter at høre fra dig. Har I haft mere Influenza end Puf? Det er jo et vidunder hvis I ikke blev smittede. Du selv, lille gode Lugge?? Nu er det lige et Aar siden, du blev syg. Det var paa Mag. Fødselsdag. Og Februar er saadan en styg Maaned. Saa du kan forstaa, jeg længes efter Brev fra dig.
+Hvor er der sket meget. Vores kære Pallam! Det hører til det som ikke forvindes. Ligesom da vi mistede Mor, Alhed og Thøger. Tilværelsen har faaet en Skygge, som ikke svinder bort igen Og Erikshaab tog han med sig, kan man sige. Nu maa vi kun være taknemmelige mod ham, at han bevarede det som Hjem for os de mange, mange Aar. - Det er forbi. Men Lugge, - Aaen og Engene har vi endnu og alt det dernede er mere levende for os ["for os" indsat over linjen] end noget andet Sted paa Jorden, og "hjem" vil det nok altid blive ved med at være for os, selv om det nu er kun ["kun" indsat over linjen] befolket af Minder. Men lad os ikke sige "kun", - for tænk, om vi ikke havde dem. 
+Mornine har jo nok fortalt dig alt, om de Dage. Hvordan gaar det stakkels Mornine Hvor var hun langt nede. Hun har det nu ogsaa fattigt paa mere end en Maade. Gid hun dog kunde faa nogen rigtig Glæde af
+2)
+Putte. Jeg synes ikke de havde det særlig godt sammen. Mornine var irriteret af hende, synes jeg. Det er godt at Morninge hygger sig i sin lille Stue. Har man bare et Sted, hvor man kan hygge sig, saa har man dog noget. Men Lugge, - vi som altid kan skaffe os en Glæde ved at tænke paa vore Børn, hvor har vi dog meget dèr! Jeg tænker mig, at du har megen glæde af det lille nye Hjem i Vanløse. Og om der kunde blive Udvej til et lille Barnebarn - saa er det nu noget af det dejligste. - Jeg maa mindes Lille, som i Julen sagde: när jeg tittar på Bessa, så blir jag så glad". Jeg "tittar" paa Lille, selv om jeg ikke ser hende. 
+Og Lysse, som er gift! Junge fik det at vide gennem Esben Hansen! Mon vi skal lykønske, el. hvordan? Og hvorhen? Noget glimrende "Parti" er det jo ikke for Bimse, men hun er maaske Mand for at klare det for to. Esben sagde ogsaa til Junge (i Telefonen) at Las's Udstilling var gaaet udmærket og at de syntes at øjne Vej ud af Uføret for Las. Det er da dejligt. Det havde vi egentlig slet ikke Indtryk af fra Aviserne - vi har set meget lidt om Salg, - men hans Berømmelse er da mere fastslaaet end nogensinde før.
+Og gamle Onkel Syberg. Her kan man virkelig for en Gangs Skyld at "det var godt," - for han var færdig med at leve og pintes bare af det. Men hvor var det rørende at se Kirstines Sorg. Hun var helt knust. Han laa jo hjemme lige til Aftenen før Begravelsen, - og Kirstine var ved ham hele Tiden. Den sidste Søndag satte hun sig ind og læste Prædikenen over ham "saadan som vi nu altid har gjort i de sidste Aar" sagde hun. Synes du ikke der er noget uendelig rørende ved det? Der var nu meget oprigtig Sorg over ham mellem dem, som han arbejdede med. Arbejdet var jo hans Liv og de, han arbejdede sammen med fik det bedste i ham. Tutte er her jo endnu, - det bliver vel ikke saa nemt for hende at komme hjem. Der er jo ogsaa meget at ordne. Hun kom herned den Søndag da Kirstine læste Prædikenen. Det var en forrygende Snestorm og jeg havde helt opgivet hende og mente ikke, der gik Tog. Men sandelig ved 1 Tiden kom der èt og Tutte med det. Hun maatte skovles herind. Der laa en Drive foran Døren lige op til Taget. - Vi 
+3) havde en yndig Dag med Tutte. Jeg havde varmt og yndigt i min Stue og Boeuf og Kræmmerhuse med Flødeskum og en Flaske Rødvin i Kakkelovnskrogen. Junge kom over til Kaffe og vi røg og snakkede F. et Øre af. Der gik ikke flere Tog, saa Tutte maatte blive om Natten. Mit lille Gæstekammer er just ikke lunt, men vi slæbte alle Sengeklæderne ned til Kakkelovnen et Par Timer og m. Varmedunk til Hjælp tror jeg ikke hun frøs ret meget. Om Mandagen var der saa tilsat med Sne, at jeg ikke kunde tage ud, saa vi havde en yndig Formiddag og da Toget endelig gik Kl 4 1/2 tog jeg med Tutte ud til Odense, saa hun kunde have èn af sine egne. (Wilhelm og Bodiuld var rejst til Korsør, men maatte vende om). Vi kom saa ud tidsnok til at være med til den lille Højtidelighed nede i Forhalden inden han blev ført hen i Kirken, og jeg var sammen med Tutte og Kirstine om Aftenen og laa hos Drude. Saa var det ogsaa rart at jeg kunde være der den Form. Trods Vejret var Kirken alligevel fuld og en 7-8 Biler kørte med til Heden. Lugge, det var da vi kørte ind i de hjemlige Egne, at det trods alt er "hjemme" endnu og altid vil være det Men hvor var det koldt. Og hvor det gjorde godt med Middagen paa Forsamlingshuset bagefter. Onkel Syberg havde selv bestemt, at alle dem som var med i Heden skulde med til Middagen. Det var hyggeligt og harmonisk, - mange kønne Mindetaler og Tutte takkede pænt tilsidst for al Deltagelsen. 
+I Søndags var Junge og jeg bedt ud til Drude. Det var Professoren (Dr. Vesterdal) som vilde feste for os. Tutte og gl. Vesters var Gæsterne Det var en yndig og festlig Aften, - Junge var saadan oppe, - det var dejligt at se. -
+Lugge, - vi er jo saadan en lille Smule spændte paa om vi saa skal arve noget efter O.S. I Aarene har vi saadan regnet lidt med de Penge. - Tutte har ikke mælet et Ord om det, - og man kan da ikke spørge. Junge og jeg tror, det er ligesaa stille gaaet ind - ellers havde hun da sagt det. - Naa, vi klarer det jo nok alligevel. Takket være vores gode Pallam har vi jo nu lidt i Reserve. Du kan nok bruge dine, naar I skal til at udstyre Instituttet. 
+Lugge, jeg har begaaet en Flothed, som jeg nyder: Du ved, at jeg aldrig vidste, hvad
+4) Klokken var, da mine Lommeure aldrig gaar bestemt. Saa kom det pludselig over mig at jeg vilde have et Ur, som gik rigtigt, jeg gik ud og købte et, som Køkkenuret paa Gelskov. (Hvem trak for Resten det op?) Nu har Urmager Olsen været oppe og hænge det op, - over Døren ind til Dagligstuen. Det skal kun trækkes op en Gang om Ugen. Hvor jeg nyder det. Det er saa levende i Stuen og jeg synes det ser saa pænt ud. Jeg gav ham Kaffe af bare Glæde, - som han belønnede med at sidde og snakke en hel Time!!! Selv om det er koldt ude - 17⁰ i Nat - saa er der varmt herinde - jeg synes min Stue er saa lun i Vinter. Jeg har for det meste lukket ind til Dagligstuen og lille Mis og jeg hygger os her. Desværre er de Herre Katte i Omegnen begyndt at interessere sig for den. I Eft. har der i Timevis siddet en stor Slambert af en Kat oppe i mit Kirsebærtræ og stirret herind. Lille Mis er fuld af Dyd. Bare det maa vare rigtig længe!
+Lugge, - jeg har saadan nydt at læse "Termitternes Liv", som du gav Junge til Jul. Jeg synes den er endnu bedre end "Biernes Liv" som jeg selv har paa Engelsk. Det er navnlig hans Filosofi, - hans Livssyn, som jeg synes er saa gribende, - saa storslaaet. Den er saa kosmisk, - ligesom Thøgers Digtning og Tankegang. Men dog meget forskellig, - Thøger fornam i høj Grad Tilværelsen og Nuet, - tog imod det med Tak og med Tro og Tillid. Men Maeterlinck river og slider med Tænder og Negle i Livets Gaader. Men ["Men" overstreget] Aldrig har jeg - synes jeg - set Gaaderne opstillet mere klart og direkte og gaadefulde, end han gør det. Jeg er blevet saa oprusket af at læse den Bog, at jeg læser alle mine fornuftige Bøger om igen, - Høffding især. - Det er dejligt at sidde og læse om Aftenen, bare man ikke saa let blev søvnig i Øjnene. Jeg sender dig et lille Digt, som Professoren skrev i Anl. af Onkel Sybergs Død. Han var hans Læge tilsidst, da gl. Dr. Krarup jo døde. Jeg synes det er saa smukt. Vil du ikke sende mig det igen.
+Naa, nu nok for denne Gang. Hils dem nu allesammen og skriv snart til din Elle
+Om Kulden vil jeg endnu kun bemærke, at naar jeg staar i Køkkenet og vadsker op saa fryser Vidskestykket stivt midt i Processen!
+Du maa godt lade være med at sende Digtet, jeg har skrevet det af.</t>
+  </si>
+  <si>
+    <t>1929-03-18</t>
+  </si>
+  <si>
+    <t>Wilhelmine Berg
+- Berner
+Julie Brandt
+Thora  Branner
+Alhed Marie Brønsted
+Ellen Brønsted
+Else Birgitte Brønsted
+Johannes Nicolaus Brønsted
+Adolph Larsen
+Andreas Larsen
+Johanne Christine Larsen
+Johannes Larsen
+Marie Larsen
+Christine  Mackie
+Elisabeth Mackie
+Otto Emil  Paludan
+Hempel Syberg
+Andreas Warberg
+Laura Warberg
+Torkild Warberg
+Martin Warberg Larsen
+Laura Warberg Petersen
+Eskil Ørsted Hansen</t>
+  </si>
+  <si>
+    <t>Otto Emil Paludan blev som fuldmægtig boende på gården Erikshaab efter Albrecht Warbergs død og resten af familiens fraflytning. Paludan/Pallam døde i 1929. Han var barnløs og ugift. Både han og Hempel Syberg testamenterede Warberg-børnene en sum penge. 
+Tornøes Hotel ligger i Kerteminde.
+Christian Erbennen, Fru Chenowitz og Dr. Torborg kendes ikke.
+Det er uklart, hvad der menes med, at Putte/Elisabeth Mackie er godt anbragt. 
+Instituttet er Det Fysisk-Kemiske Institut på Blegdamsvej i København. Johannes Nicolaus Brønsted var professor ved dette sted, som også blev familiens bolig fra 1930.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3779</t>
+  </si>
+  <si>
+    <t>Ellen takker for dugen. Hun havde en god fødselsdag. Nu ar hun været hos sine elever igen med rutebil og også til kortaften. Ellen har mistet indtægt pga. sygdom og vintervejr, men arven fra Paludan/Pallam og Onkel Syberg hjælper. Det er dejligt, at Christine/Mornine takket være samme arv kommer af med sin gæld. 
+Adolf/Agraren Larsen er på druktur. Johanne/Junge kan betale hans gæld med de arvede penge.
+Martin/Manse Warberg Larsen skal konfirmeres og har været til overhøring i kirken. Ellen giver ham et fotografiapparat.
+Ellen vil invitere Johanne/Junge Larsen på en udlandsrejse på et tidspunkt, hvor Laura/Bibe W. Petersen kan styre Adolf.
+Der skal afholdes auktion på Erikshaab, og Ellen, Johanne og Andreas/Dede Warberg tager derned.
+Mon Louise Brønsted kommer til Fyn i påsken?
+Ellen har været til koncert.
+Det er spændende med byggeriet af Instituttet.
+Ellen er sparsommelig med mad. Hendes kat har fået en kæreste.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/7j5m</t>
+  </si>
+  <si>
+    <t>[Øverst s. 1 skrevet med blyant:]
+Tante Elle
+[Skrevet med blæk; Ellen Sawyers skrift:]
+d. 14de og 18de Marts - 1929
+Kæreste Lugge!
+Tak for dine tre (3) Breve, - alle lige velkomne. Og Tak for den dejlige Dug, du sendte mig til min Fødselsdag. Den passer udmærket til mit "Spisebord" og jeg er meget glad ved den. Da jeg havde faaet den, opdagede jeg, at jeg jo egentlig trængte meget til den, da jeg kun har nogle smaa gamle Laser, - til smaa Selskaber, for jeg har rigeligt med store Duge. - Ja, det blev jo en ret stille Fødselsdag, da alle Gæsterne blev anmodet om at blive borte, - me-e-en! Jeg fik jo mange Opmærksomheder af Blomster og Breve og lille Junge kom om Aftenen og nød et Glas Vin og en Cigar. Hun er jo rask igen. Jeg var oppe det halve af Lørdag, - hele Søndag og ude hos Eleverne Mandag, men kun pr Rutebil. Nu cycler jeg igen. Vejene er fine og Vejret dejligt. Jeg har slet ingen Efterveer med Træthed og Sløjhed, - havde 7 Elever den første Mandag og var til Selskab om Aftenen og spillede L'hombre til 12 uden at mærke noget. I maa nu sige, hvad I vil, men de tykke har nu alligevel et Reservefond af Kræfter, som de tynde maatte ønske sig. Det har været en mager Vinter, hvad Indkomster angaar, - 3 Uger syg og en Del Forsømmels paa Gr. af Vejret. Heldigvis faldt en Del af Vejret og Sygdommen sammen - (nu vrimler Gækker og Krokus op i Haven, - skønt der endnu ligger en Meters Sne i Ribsbuskene). Naa men det gør jo heller ikke noget med det Pengetab nu, da vi jo vælter i Penge, - takket være vores kære Pallam og gode gamle Onkel Syberg. Ja, Lugge, det er ogsaa rart at vi kan tænke, at han holdt sit Løfte til Mor, og at du vandt Chokoladen. Ja, hvor man under Mornine en lille glansfuld Periode. Den bliver vel ikke lang, - kender man hende ret. Men tænk, at komme ud af sin Gæld, - det maa da være herligt. Nej, Lugge, jeg vil ikke købe Livrente, ikke foreløbig da. Jeg vil eje 10,000 først. Dem skal jeg nok faa, naar jeg bare maa beholde Helsen en halv Snes Aar. Jeg har 6000 nu. De giver mig 270 om Aaret. 154 har jeg i Legater, det er 424. For dem kan jeg købe 500 Kr. Obligationer omAaret. Saa kan du selv regne ud. - Man kan aldrig vide, hvordan det kan gaa. Jeg kunde jo faa Lyst til at købe mig en Forretning af en Slags, - det er i al Fald mere morsomt at have Pengene at manøvrere med, end at 
+2)
+købe Livrente. - Foreløbig har vi jo ingen faaet endnu, men Dede skriver, at til 1ste April, omtrent, sender han os Pallams. Onkel Sybergs trækker vist længere ud. Stakkels Tutte maa jo ud med en vældig Arveafgift, - men det skrev jeg vist til Mornine. - - - - Naa, saa vidt kom jeg igaar. Saa gik jeg over til Junge og spiste til Aften med Junge og Marie. Agraren var ude paa Togt. Han har sviret energisk nu, - jeg ved ikke hvor længe, - holdt op et Par Dage og har nu taget fat igen. At han dog ikke kan naa at drikke sig ihjel! Jeg tror al de Sprit virker preserverende. Junge er alligevel helt godt til Pas. De Penge har jo virket vældig stimulerende. Hun kommer ud af hans gamle Gæld, som altid har pint hende og kan ogsaa "røre sig lidt". Fattigdom er nu nedbrydende. Nu har hun ogsaa lige tjent 100 Kr. paa et Klaver, saa hun har købt Konfirmationsudstyr til Manse, - nyt Tøj og en Kasket og en Regnfrakke, - Sokker o.s.v. Det er jo paa Søndag. Palmesøndag. Der skal ikke være Spor af Festlighed, - kun mig og Is til Desert. Jeg giver ham et Fotografiapparat. Tutte har sendt 10 Kr, som jeg skal købe for. Jeg tænker jeg køber en Tegnebog (til Penge) for dem. De vil jo gærne have nogle af de traditionelle Gaver at vise frem Hvis I vil have Idèer, saa kunde jeg tænke mig en Æske Jetons, - han elsker jo at spille L'hombre, - el. Bøger om Fugle. el. Lommetørklæder. Sig til Mornine at hun ikke skal holde det hemmeligt for Ta Mis Pan ["Pan" indsat over linjen] Hun kan saamænd godt sende ham lidt. Vi har været saa beskedne med Konfirmationer i hele vores Børneflok, saa det kan de gærne paaskønne paa Manse. Iggar Eft. var han til "Overhøring" i Kirken. Jeg kom der over mens de klædte sig paa til at gaa derned. Det viste sig at Manse ikke kunde Trosartiklerne. Dem fik vi ham saa lært. Og han kunde ikke huske, hvad Salmer de skulde kunne. Heldigvis kom han da ikke op. De saa saa rørende ud, da de vandrede afsted derned. - Lugge, jeg har faaet saadan en god Idé. Jeg vil ogsaa flotte mig lidt med mine Rigdomme. Jeg vil invitere Junge til en lille Udenlandsrejse i Sommer! Rhin-rejsen, Køln og Holland. Vi snakker meget om det og Junge glæder sig saadan. - Det er saa sundt for hende ["for hende" indsat over linjen] at føle, at der ogsaa er lidt Fornøjelse i Verden for hende, - det er hun sandelig ikke forvænt med. - Vi vil køre i Rutebiler og se paa Landskaber og male og se paa Kunst naturligvis. det skal 
+3)
+nok blive morsomt. Hvis I vèd noget om Holland, - saa lad os det vide. - Saa jeg sparer af alle Livsens Kræfter * Jeg tænker vi kan gøre det for 600 Kr. Det skal være, naar Bibbe er hjemme og kan bremse Kalorius - ellers er det jo en fast Regel, at hans "Sygdom" indløber, saa saare Junge vender Ryggen til. Paa Mandag skal der være Auktion paa Erikshaab. Junge og jeg vil derned. Det kunde være, der var et og andet, vi vilde købe og desuden kan der tænkes at være noget endnu fra vores Tid, - bl.a. de gamle Bøger paa det store Værelse. Vi biler derned. Dede kommer. Det bliver jo vemodigt - men jeg synes, vi skal være der. Dede har taget Silhouetterne fra Spisestuen og hængt dem op i sin Stue. Det er rart synes jeg, - saa er de i Hus.
+Kommer I ikke herover i Paasken??? Jeg skal ganske vist ud om Lørdagen, men det gør jo ingenting. Saa kunde I jo komme Palmesøndag, - være med til Manse og være med paa Erikshaab. - Eller er det for svært, lille Lugge? - Det vilde være yndigt om I kom en lille Foraarstur. Svar snarest. Jeg er spændt paa Las og Puf saa kom i Aftes. Jeg holder Øje med Huset, men [et ulæseligt ord indsat over linjen] har ikke set nogen spanke om dér endnu. Jeg maa op og se efter inden jeg cycler ud. - Jeg glæder mig til de er hjemme igen. Det er saa tomt naar de er væk. - I Aftes var jeg til Koncert paa Thornøe. Den var god. Fru Berner sang herligt og Chr. Erbennen spillede guddommeligt. Hvor han dog spiller vidunderligt. Fru Chenowitz akkompagnerede. Hun er lidt massiv og enevældig. - 
+Hvor er det morsomt at de er begyndt at grave paa Instituttet. Nu kan I rigtig holde Øje med det. Bare det nu ikke maa vare rigtig længe. - Og hvor dejligt, at du nu har Penge at planlægge med. Ellers havde der været en "aber" ved at flytte ind i et større Hjem. Det kostede mig adskillige Hundrede at flytte ind her, og det er da i det Smaa. - Maaske der paa Erikshaab kunde findes et og andet, I kunde faa billigt. - Tænk over det!!!!
+Jeg havde saadan et rart Brev fra Tutte i Dag. Det var saa morsomt at se lidt til hende i den Tid hun var i Odense. Hun er nu herligt, ["t" sidst i ordet overstreget] - det er Tutte. - Hvor er det dejligt at Putte er anbragt. Vi var sammen med Dr. Torborg til Thorkilds Daab og syntes saa godt om ham. -
+[Indsat s. 3 i venstre margen; lodret:]
+Ikke desto mindre flottede jeg mig i Lørdags med at købe en Kalveskank til 30 Øre. Det er anden Gang siden Jul at jeg har købt ind til Middag. Ellers lever jeg af [teksten fortsætter øverst s. 3; på hovedet] salte Sild og Hyldebærsuppe og Gaver. - Jeg faar Suppe til to Middage og Hachis til èn. - Naa, nu vèd jeg vist ikke mere denne Gang. 1000 Hilsner til jer alle, - ogsaa Lommes. Din Elle
+[Indsat i venstre margen, s. 4; lodret:] Lille Mis har indgaaet Kammeratægteskab med en stor Slambert af en graa, vulgær Hankat med gule Øjne. Jeg fatter ikke lille Mis - den fine pæne Mis fra et godt Hjem! - Jeg driver ham væk 20 G. om Dagen.</t>
+  </si>
+  <si>
+    <t>1929-05-13</t>
+  </si>
+  <si>
+    <t>Marie Schou</t>
+  </si>
+  <si>
+    <t>"Moderens Sang" blev første gang trykt i Johs. V. Jensen: "Madame D'Ora", 1904, uden titel. Det blev siden gengivet i "Juleroser 1926" med illustration af Fritz Syberg og melodi af Frithiof Brandt. Tekst og illustration kan også ses i Johannes V. Jensen: Samlede Digte, bind 1, Anders Thyrring Andersen m.fl. (red.), Gyldendal 2006, s. 26-27 og i "Du danske sommer. Fynbomalerne og de jyske digtere i samklang", Johannes Larsen Museet 2007, s. 115. 
+Johannes V. Jensen blev udnævnt til æresdoktor ved universitetet i Lund i 1929.</t>
+  </si>
+  <si>
+    <t>Fritz Syberg har ligget søvnløs og gentaget et par linjer fra Jensens digt Moderens Sang. Om orgenen så han i avisen, at Johs. V. Jensen er blevet udnævnt til æresdoktor i Lund, og han lykønsker.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/rxyo</t>
+  </si>
+  <si>
+    <t>Pilegaarden 13-5-29
+Kære Ven.
+I Nat da jeg ikke kunde sove laa jeg hele Tiden og gentog et Par Linier af et [”et” overstreget] Dit Digt ”Moderens Sang”:
+”de unge Stjerners undseelige Lys og Maanens alvise Gry,” og nu til Morgen ser jeg i Politiken at man har gjort Dig til Æresdoktor i Lund. Man har dog sine Glæder baade Dag og Nat trods Gigt og Søvnløshed.
+Hils Else mange Gange og til Lykke beggeto.
+Eders hengivne
+Fritz Syberg
+Til Lykke fra Marie.</t>
+  </si>
+  <si>
+    <t>1929-06-11</t>
+  </si>
+  <si>
+    <t>Janna Schou
+Marie Schou</t>
+  </si>
+  <si>
+    <t>Jensen-familien havde en feriebolig i Tibirke.
+Af Fritz Sybergs brev til Johannes V. Jensen 20. marts 1929 fremgår det, at forfatteren var blevet opereret på Rigshospitalet. Det vides ikke, hvad han fejlede. 
+Marie Schou/Syberg havde kun et barn, sønnen Jørgen Schou. De omtalte børn må være børnebørn. Jørgen Schou fik i sit første ægteskab med Ingeborg Astrid, f. Warberg, en datter, Janna Birgitte Warberg Schou, f. 1917. Han blev gift tre gange mere, men det vides ikke, om disse ægteskaber resulterede i børn.</t>
+  </si>
+  <si>
+    <t>Fritz Syberg spørger, om Johs. V. Jensen er rask nok til at tage til Tibirke. Han vil gerne komme på besøg hos dem. Marie skal have børn hjem på ferie, så hun kommer ikke med. Syberg har to lærreder, som han tænker at bruge til malerier af Jensen-familien.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/QQEa</t>
+  </si>
+  <si>
+    <t>Pilegaarden Kjerteminde
+11-6-29
+Kære Venner.
+Hvordan staar det til med Jer? Tager I saa til Tibirke i denne Maaned eller bliver det senere? Med andre Ord er Joh. V. rask nok til at I tør tage paa Landet eller har I andre Planer. I al Fald kan jeg komme og plage Jer fra den 15 i denne Maaned til Feriens Begyndelse i Juli. Hvis dette ikke passer Jer, saa kan jeg atter tage fri fra Arbejdet her omkring den 15 August – indtil lidt ind i September. Marie kan ikke komme med da hendes Børn har Ferie i denne Maaned og vi venter dem her i Morgen. Jeg har to Lærreder som har ligget præpareret i et Par Aar, de skal anvendes til Jer, muligvis bliver det til to Billeder. Jeg glæder mig til at hilse paa Jeg [”Jeg” overstreget] Jer og være lidt sammen med Jer.
+Mange Hilsener fra os begge.
+Eders hengivne
+Fritz Syberg.</t>
+  </si>
+  <si>
+    <t>1929-07-04</t>
+  </si>
+  <si>
+    <t>Elin Jensen
+Villum Jensen
+Marie Schou
+Anna Louise Syberg
+Ernst Syberg</t>
+  </si>
+  <si>
+    <t>Fritz og Anna Louise/Rabbe har været på cykeltur og bla. besøgt Møens Klint og Falster, hvor de købte kærnemælk på et mejeri. Sælgeren lignede i fremtoning og påklædning en bygmark. På Taasinge var Rabbe betaget af udsigten. Hun og Fritz tog toget fra Svendborg til Nyborg og cyklede derfra til Kerteminde. Syberg håber, at Villum og Elin vil komme på besøg.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ixgp</t>
+  </si>
+  <si>
+    <t>Pilegaarden 4-7-29
+Kære Johannes V. og Else.
+I Dag har Rabbe og jeg afsluttet vor Rundrejse. Vi cyklede fra Næstved over Vordingborg til Stege, opholdt os en Dag ude ved Klinten. Rabbe fotograferede hele Møens Klint: Dronningestolen, Taleren Sommerspiret osv. selv var jeg noget mør af at cykle 60 Kilometer paa en Dag, saa jeg laa mest og dovnede i Solskinnet Møen er som Du siger en dejlig Ø, men jeg var endnu mere indtaget i Falster. Sikke Hvede og Bygmarker, det var selve det Lur-mærkede Danmark. Det mest generende ved at cykle der, var at der ingen Bakker er, man havde aldrig den lettende Fornemmelse det er at tage Frihjul og blev saa øm i Franskbrødene af den vedblivende Trampen. Hvert Øjeblik naar jeg saa ud over Landskabet fik jeg Lyst til at staa af og male nogen af alle disse glidende og bølgende Glanslys i Stedet for at sidde og banke Enden til Bøf. Vi traf en herlig Mand der stod foran et af de mange store Andelsmejerier vi kørte forbi. Jeg fik den Indskydelse at standse og gik hen til ham og sagde, er det ikke mulig at man kunde købe en Liter Kærnemælk hos Dem? ”jow, de er nok maawle” sagde han gaa De bare ind og saa kom vi ind i en Hal hvor to hvidklædte Mejerister spulede et Gulv der var saa rent og lysegult som Smør og fik en Kande iskold Kærnemælk der smagte som Fløde men som vi maatte drikke i ganske smaa Mundfulde. Manden selv havde en Ansigtskulør som en moden Kamille, tyndt Hørtjavset Haar og Overskæg, han var iført et Sæt drapfarvet lyst Tøj med et Aprikos eller Ferskenfarvet Skær. Først syntes jeg at den Farvesammenstilling saa ud som en Vittighed, men senere gik det op for mig at han lignede jo sine Bygmarker. Vi kom videre ad Lolland Langeland, Taasinge til Svendborg. Herfra tog vi Banen til Nyborg og cyklede derfra til Kjerteminde. Rabbe tror jeg næsten var mest af [”af” overstreget] imponeret af Synet fra [”Synet fra” overstreget] Udsigten fra Taasinges højeste Punkt. Vi saa Fyns mørke Bjergland stige op uden at kunde se det smalle Sund som laa dybt nede. Hils Alle og mind Villum og Elin om at nu er Tiden da de maa tænke paa at besøge os Rille er her og glæder sig meget til et Besøg af dem. Marie er i Kbhvn og kommer her i Morgen
+Paa Gensyn til August Eders hengivne Fritz Syberg</t>
+  </si>
+  <si>
+    <t>1930-01-28</t>
+  </si>
+  <si>
+    <t>Vilhelm Bissen
+Else Jensen
+Marie Schou</t>
+  </si>
+  <si>
+    <t>Johannes V. Jensen: "Herman Bissens Portræt-Buster. I", Dagens Nyheder Nationaltidende 26.1.1930 og "Herman Bissens Portrætbuster. II", smst. 9.3.1930.</t>
+  </si>
+  <si>
+    <t>Syberg takker for kronikken.
+Ny Carlsbergfondet har bevilget penge til Sybergs andel af "Odense-projektet". Han regner med at tage udgangspunkt i nogle skitser til Den Grimme Ælling. Han kommer til København lørdag.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Uk7x</t>
+  </si>
+  <si>
+    <t>Pilegaarden 28-1-30
+Kære Ven
+Tak for Din udmærkede Kronik om Bissen og hans Buster.
+Hvor er det velgørende at mærke at Du stadig er der hvor man sidst slap Dig af Syne, at det er det udmærkede der har Syren for sig i det lange Løb, selv i Nedgangstider.
+At jeg har faaet en Part af Odensearbejdet skyldes Ny Carlsbergfondet som skænkede de Penge jeg skal tjene.
+Jeg har liggende ca 100 Udkast til ”den grimme Ælling” og vil benytte dette Emne, men er endnu ikke helt klar over hvilke. Jeg vakler imellem en Inddeling paa 10 og en paa 24 Billeder. Paa Lørdag kommer jeg til Kbhvn og bliver til Mandag Morgen maaske kan jeg komme til at hilse paa Jer, jeg ringer – det er mørkt og jeg glemmer vist nu og da et et Ord.
+Mange Hilsener fra Marie og Din hengivne Fritz Syberg
+Mange Hilsener til Else fra os begge.</t>
+  </si>
+  <si>
+    <t>1930-02-09</t>
+  </si>
+  <si>
+    <t>Peter Hansen
+Else Jensen</t>
+  </si>
+  <si>
+    <t>Johannes V. Jensens digt til Peter Hansen blev trykt i kataloget til mindeudstillingen over kunstneren samt i Politiken på åbningsdagen 8. februar 1930. Udstillingen blev afholdt i Den Frie Udstillingsbygning 8. - 23. februar 1930. Digtet kan også læses i "Du Danske Sommer. Fynbomalerne og de jyske forfattere i samklang", Johannes Larsen Museet 2007, s. 183.
+Da H.C. Andersens Hus i Odense blev udvidet i 1930, skænkede Ny Carlsbergfondet museet et par malerier af Fritz Syberg. Han tænkte i første omgang at lave motiver fra Den Grimme Ælling, men det endte med scener fra Historien om en Moder. Sybergs studier til Den Grimme Ælling kendes ikke/er ikke fundet.</t>
+  </si>
+  <si>
+    <t>Syberg synes, at Johs. V. Jensens digt til Peter Hansen er smukt.
+Sybergs gigt plager ham. Han står ude og maler hver dag, og han laver studier over Den grimme Ælling.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/jD3L</t>
+  </si>
+  <si>
+    <t>Pilegaarden 9-2-30
+Kære Ven, hvor er Dine Vers om Peter smukke, hvor er Sandheden skøn og Skønheden sand naar Du fremstiller den. Vor gamle Klode, der er sagt saa meget ondt om, maa der være meget godt ved naar saadant kan opstaa. Lad saa kun Knokkelmanden være der naar hans Tid er inde. 
+Hans ”visse Bud”, Gigten, melder sig selv i disse dejlige Dage her paa det fuldstændig snefrie Fyn. Jeg staar ude og maler hver Dag. Solen skinner i Rør og Siv, Pilebuskenes Knopper blinker og man kunde tro det var Foraar dersom Vandene ikke var belagt med spejlblank Is.
+Jeg kommer over og ser Peters Mindeudstilling en Dag hen mod dens Slutning, for Øjeblikket laver jeg Studier i Oliefarve til ”den grimme Ælling”. Hilsen til Else og Dig fra
+Din hengivne
+Fritz Syberg.</t>
+  </si>
+  <si>
+    <t>1930-06-04</t>
+  </si>
+  <si>
+    <t>Vilhelm Larsen</t>
+  </si>
+  <si>
+    <t>Karl Brandt
+Elise Hansen
+Vagn Jacobsen
+Johannes V. Jensen
+Aron Bernhard Kjellmann
+Elena Larsen
+Peter Andreas Larsen
+- Nilsson</t>
+  </si>
+  <si>
+    <t>Brevet 1930-06-23 fra Vilhelm Larsen til Johan Larsen omhandler den samme sag som dette. Brandt og Jacobsen skal vurdere Johan/Lysse Larsens økonomiske beregninger hvad angår gårdens drift., og Vilhelm/Klaks Larsen skal se på skoven omkring Båxhult. Else Hansen; Johan Larsens svigermor, er indblandet i noget af økonomisk art.</t>
+  </si>
+  <si>
+    <t>Brevet er i privateje</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har bedt Vilhelm/Klaks Larsen tage med Karl Brandt til Båxhult, men de to sidstnævnte har travlt. Vilhelm/Klaks har forstået, at han og Brandt skal vurdere Johan/Lysse Larsens økonomiske beregninger - dette også for Elise Hansens skyld. 
+Vilhelm Larsen anbefaler Johan/Lysse at opsøge Aron Kjellmann og få gode råd om landbrug og skovdrift. Visse af Johans beregninger er for optimistiske. I øvrigt vil Vilhelm Larsen gerne have noget mere at vide om skovdriften ved Båxhult.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/lE3T</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Hr. Johan Larsen 
+Boxhult
+pr. Landeryd
+Sverrig.
+[Fortrykt på kuvertens bagside:]
+WEDELLSBORG SKOVBRUG
+PR. EJBY
+[Håndskrevet i brevet:]
+Rørdam d. 4'-6'-30.
+Kære Lysse!
+Som Du jo nok ved ringede Din Far mig op i Søndags for at anmode mig om at tage med Godsejer Brandt Lehnskov til Boxhult. Skønt jeg indtil Midten af Maaneden er meget stærkt optaget lovede jeg Las, for saa vidt det passede Brandt, at tage af Sted i denne Uge; i Mandags var jeg med Foreningen "de fynske Smaaskove" for hvilken jeg er Formand paa Udflugt til Taasinge og paa Lørdag skal jeg være hjemme til Generalforsamling i Elektricitetsværket.
+Paa Vej til Taasinge Søndag Eftermiddag gjorde jeg saa en Afstikker til Brandt paa Lehnskov for at drøfte Sagen, men da han skulde lede en Generalforsamling i "Brandts Klædefabrik" i Odense paa Torsdag, var det udelukket at vi kunde komme af Sted i denne Uge. I Pintsen var Brandt naturligvis ikke tilbøjelig til at rejse hjemme fra og da jeg paa Lørdag skal have Besøg af Dansk Skovforening her paa Wedellsborg og om Fredagen skal holde Foredrag ved Foreningens Generalforsamling i Odense, forstaar Du jo nok, at jeg Dagen forud faar travlt med Forberedelserne.
+Jeg er imidlertid ikke rigtig klar over Formaalet med vor Rejse til Boxhult kun for saa vidt, at vi skal dømme over Berretigelsen af Dine Beregninger. - saa vidt jeg har forstaaet, vilde Brandt tage med for at gøre Direktør Jacobsen en personlig Tjeneste og ikke som Tillidsmand for Banken. Hvis det imidlertid for Din Svigermoders Skyld gælder om at faa en sagkyndig Godkendelse af Dine Planers økonomiske Berettigelse, da ser jeg ikke rettere, end at det er at gaa over Aaen efter Vand, naar en dansk Landmand skal dømme om Forholdene i Småland, medens Du ved at raadføre Dig med Aron Kjellmann kan faa en stedlig, dygtig og intelligent, gammel Jordbrugers paalidelige Skøn om Sagen. Hvis Du ikke allerede har været der, saa følg mit Raad og gak omgaaende til Aron og bliv vis. Hvis gamle Aron godkender Planerne, saa lad ham gøre en Udtalelse derom og jeg skal saa forklare Direktør Jacobsen, hvad og hvem han er. Hvorefter hverken Brandt eller jeg behøver at ulejlige os til Boxhult. - Brandt nævnte for mig, at Du i Dit Overslag regnede med en Kobesætning med en gennemsnitlig aarlig Ydelse paa 3500 kg Mælk og en Fedtprocent af 3,75, hvad han mente var meget optimistisk, navnlig da Du var gaaet ud fra, at der ingen Oliekager anvendtes. I alle Fald er der jo ikke regnet med indtræffende Uheld. - Brandt nævnede ogsaa, at Du paa et vist Tidspunkt regnede med en aarlig Indtægt af Skoven paa 3.500 Kr. Her er jeg dog ikke vis paa, at jeg har forstaaet ham rigtigt. - I alle Tilfælde tør jeg da sige, at med de nuværende Bevoksningsforhold vil Du ikke opleve det i de første 25 Aar, navnlig ikke hvis Du fortsætter med en saadan Hugst, som der har været ført det sidste Par Aar. Sidste Sommer havde jeg Lejlighed til at skønne over Hugsten i Skovfyrrene omkring Målaren Nielsons Torp. Navnlig i et Par Tilfælde, hvor Træerne vel var mærkede til Hugst, men denne ikke var udført, var det hensigtsløse i Hugsten iøjenfaldende ud fra andre Synspunkter end det, at faa Penge i Kassen. Derimod saa jeg med stor Sympati paa Hugsten, der var ført i det smukke Skovstykke til venstre for Vejen til Ekhuldt, men da jeg fortalte dette for Las bemærkede han, at det var ham selv der havde vist ud. Det ser saaledes ud til som om det for Skovens skyld vilde være i høj Grad ønskeligt om Las selv i saa vid Udstrækning som muligt ogsaa vilde overtage Hugsten ["Hugsten" overstreget] Udvisningen i den øvrige Skov. Da jeg, vistnok i 1925, var paa Boxhult med Las og Johs. V. gik vi hele Skoven nøje igennem og af Bevoksningen der trængte til Hugst, og som kunde give noget Udbytte ved denne, var der efter mit Skøn kun Partier omkring Trollesjøen, der vist ogsaa Aaret efter blev udhugget og ved en fornuftig Hugst, bør kunne udhugges hvert 4-5 Aar. - Har Du noget sikkert Begreb om Bevoksningsforholdene paa Boxhult, saa lad mig det. Hvor meget er der t.E. af reel Fyrreskov el. Blanding af Gran og Fyr, hvor meget af Løvtræskov, der vel desværre ikke kan beregnes at give noget Udbytte ud over Brændsel til Gaarden. Jeg vilde løst skønne at hele Skovarealet var ca 100 ha og heraf 1/3 reel Naaletræskov, 1/3 Løvtræskov og 1/3 svagt bevokset, til Dels moseagtigt Areal. - Lad mig nu høre fra Dig inden saa længe. De venligste Hilsener til Dig selv, Bimse og lille Peter fra din hengivne Onkel Klaks.</t>
+  </si>
+  <si>
+    <t>1930-07-06</t>
+  </si>
+  <si>
+    <t>Elena Larsen
+Johan Larsen</t>
+  </si>
+  <si>
+    <t>Tornevangsvej Birkerød</t>
+  </si>
+  <si>
+    <t>Hatla Helweg-Larsen
+Andreas Larsen
+Johannes Larsen
+Marie Larsen
+Martin Larsen
+Peter Andreas Larsen
+Lars Swane
+Sigurd  Swane
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Brevet er i privateje, A</t>
+  </si>
+  <si>
+    <t>Lasse er færdig med eksamen, og Christine Swane har fået et stipendium, så hun spørger, om de må komme på besøg et par dage. 
+Johannes Larsen maler portræt af Fru Helweg-Larsen. 
+Christine Swane lejer sin lejlighed ud sommeren over. Hun håber at kunne sælge et par billeder.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/mCg3</t>
+  </si>
+  <si>
+    <t>Tornevangsvej Birkerød 6-7-1930.
+Kære Bimse og Lysse.
+Kunde det tænkes at Lasse og undertegnede måtte hjemsøge Jer et Par Dage først i August. Jeg får til den Tid et Stipendie, og da Lasse ikke mener at jeg kan cycle der op, (ikke efter hans Begreber hurtig nok,) vil jeg spandere en lille Rejse på os. Lasse som har sin Mellemskole Ekxamen vel og godt overstået, har desuden fået lidt Penge af sin Far til Ferien, for Tiden er han og Manse på Cycletur Fyn rundt. - Vi havde forleden et lille Besøg af din Far Lysse, han maler Fru Helveg Larsen som bor her i Nærheden, han var rigtig vel ved Humør og så rask ud. Puf og Bibbe var her også, da Puf kørte din Far her over, jeg var desværre ikke hjemme den Dag. Jeg var inde i Falkoneralle for at overlevere min Lejlighed, som jeg har fået lejet ud, så har jeg 100 Kr. af den i Sommermånederne til Oktober, hvad jeg er meget glad ved. Atelieret beholder jeg selv så at jeg kan male der på nogle store Billeder, hvoraf jeg muligvis kan sælge det ene eller måske to noget mindre, som jeg vil male her ude og som vedkommende skal se på når de er færdige, det er ikke aldeles sikkert at De vil have det, men der er dog altid et Håb. Jeg håber I alle har det godt, Las viste os et Billede af Peter Bamse, det er en dejlig Dreng sagde Las, hvad vi da også kunde se af Billedet. Vil i være søde at sende mig to Ord om vi må komme, og endelig sige som det er hvis det ikke passer Jer. Fra Rie skal jeg hilse meget. Mange, mange Hilsner til Jer alle tre fra Jeres hengivne Ugle. 
+[Skrevet øverst s. 1, på hovedet:]
+Vi skal nok selv sørge for Befordring fra Landeryd.</t>
+  </si>
+  <si>
+    <t>1931-03-28</t>
+  </si>
+  <si>
+    <t>Jacob Henrichsen
+Lars Jacobsen
+Else Jensen
+Heinrich Syberg
+Johanne Syberg
+Kristian Zahrtmann</t>
+  </si>
+  <si>
+    <t>Johannes V. Jensens bog Form og Sjæl, Portræter og Personligheder udkom marts 1931. Alle artikler i den var forud trykt andre steder, så derfor kendte Fritz Syberg dem allerede.</t>
+  </si>
+  <si>
+    <t>Fritz og Marie Syberg har med glæde set bogen igennem. Busten af Syberg vidner om Jensens talent som billedhugger. Syberg kan genkende både sin mor og sin farfar i den. Som barn lignede Syberg sin bedstefar.
+Fritz Syberg kommer til København, når Zahrtmanns udstilling skal hænges op.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/coz5</t>
+  </si>
+  <si>
+    <t>Pilegaarden 28-3-31
+Kære Ven.
+Vi har lige faaet Din Bog ind ad Døren og Marie og jeg har kigget den igennem. Det meste kender vi jo, og alligevel – eller netop derfor – overrasker den ved sin straalende Rigdom. Hvor jeg beundrer Din Styrke og hvor Du Gang paa Gang overbeviser mig om at der er Mening i Livet. Du har før talt om min ”Filosofi” og har maaske mindre tænkt paa, at den er et Værn jeg stiller op for min egen Svaghed, et Værn Du slet ikke har Brug for. Din Indstilling over for Kunst i omfattende Forstand er af den Art er af den Art [”er af den Art” overstreget] saa jeg begriber ikke at vor[e] Kunstkritikere vedblivende kan holde sig selv ud som de selvglade Væsner de er. Din Buste af mig ser godt ud i Bogen og bestyrker den Mening jeg hele Tiden har havt om den, at Du har sprængt Rammen for den Begrænsning Du en Gang stillede Dig selv som Billedhugger. Det er ikke en Amatør der har lavet den Dit Talent som Billedhugger særlig Portrætkunstner er for stort.
+Jeg genkender min egen Slægt i den særlig min Farfar, men ogsaa noget fra min Moders Side, Panden eller rettere Issen og Haarets Fald minder mig om min Morbroder. Det mærkelige er at jeg som Dreng, ogsaa paa Pand [”Pand” overstreget] Issen og Haaret lignede min Bedstefar, han havde et (graat) tæt Børstehaar, men det har jeg med Aarene afskaffet til Fordel for Onkel Lars’ tynde Haar med blødt Fald og høje Krige. 
+Det er temmelig afgjort at jeg kommer en Tur til Kbhvn. sidst i Maj naar Zahrtmanns Udstilling skal hænges op, saa haaber jeg vi ses. Hilsen til Dig og Else 
+fra Marie og Fritz Syberg.</t>
+  </si>
+  <si>
+    <t>1931-11-22</t>
+  </si>
+  <si>
+    <t>Odense, 5000 Odense, Danmark
+Svanninge, 5600 Faaborg, Danmark
+Venedig, Italien</t>
+  </si>
+  <si>
+    <t>Grete Jensen, f. Hansen
+Marie Schou</t>
+  </si>
+  <si>
+    <t>Eftersom Fritz Syberg skriver, at han er i Svanninge, er Stedsbetegnelsen Pilegaarden nok en fejlskrivning. Fritz Syberg ejede et af de huse, som han og Anna i deres ungdom beboede i Svanninge. Deres datter, Johanne/Nolle, og hendes mand, Harald Giersing, fik det i bryllupsgave, men flyttede efter få år derfra.</t>
+  </si>
+  <si>
+    <t>Det er godt, at Grete er rask igen efter den livstruende sygdom.
+Komiteen for Biennalen i Venedig ønsker at udstille Else og Johs. V. Jensens Syberg-billede. Fritz Syberg tilbyder, at parret imens kan låne et andet landskabsmaleri. 
+Marie og Fritz Syberg er i Svanninge, og Fritz arbejder på billeder til H.C. Andersens Hus. Efteråret er meget smukt med mange grønne nuancer i naturen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/83pC</t>
+  </si>
+  <si>
+    <t>Pilegaarden 22-11-31
+Kære Venner.
+Tak for Brevet. Ja Tiden løber, men det betyder for mit og vores alles Vedkommende her, at alt er vel. Det er rigtignok en stor Glæde at Grete er frisk igen, næsten den største Glæde de to unge Mennesker kunde opleve, først at trues paa Livet, og saa vinde det igen.
+Komiteen for Biennalen i Venedig har uden at forhøre sig hos mig, udbedt sig Jeres Billede, jeg forstod at de havde faaet Jeres Indvilligelse, saa min Tilladelse kun var en Formsag. Havde jeg selv skullet bestemme Valg af Billeder havde jeg skaanet Jer, da jeg synes I maa være trætte af al Tid at have Jeres Billede paa Rejse.
+For min Skyld kan I godt sige Nej til Udlaan, men hvis I bestemmer Jer til at svare imødekommende, saa har jeg et større Lager af store Landskaber som jeg stiller til Eders Raadighed, hvoraf I kan udvælge en midlertidig Stedfortræder. I Øjeblikket er vi i Svanninge hvor jeg laver Studier til de store Billeder til Mindehallen i Odense. Arbejdet gaar bra fra Haanden, jeg har snart smurt en hel Dynge Lærreder over. Vi har været her baade i Oktober og November indtil nu. Oktober var straalende, men November er endnu smukkere. Landskaberne er mørke, og de afbladede Skove har givet Plads for en Skala af grønne Farver man ellers ikke ser: Epheu, Bregner baade rigtige Bregner og de smaa Gærdebregner som gror langs Stenhegnene milevis og saa er der jo Granerne og Mosset. Kort sagt vi har det udmærket, trods Lumbago og Halskatarh. Marie har i Sinde at gøre en Rejse til Kbhvn., jeg ved ikke om jeg tager med, jeg har ikke rigtig Lyst til at rejse herfra, her er saa smukt og Livet er saa kort. Mange Hilsener Eders hengivne Fritz Syberg.</t>
+  </si>
+  <si>
+    <t>1932-01-23</t>
+  </si>
+  <si>
+    <t>Viggo Jacobsen
+Else Jensen
+Emmerik Jensen
+Jens Jensen
+Villum Jensen
+Jens Stolt
+Lars Syberg
+Odette Syberg</t>
+  </si>
+  <si>
+    <t>Jens Stolt, som formodentlig var en af de to malere, der opsøgte Fritz Syberg, var medstifter af kunstnersammenslutningen Den Fynske Forårsudstilling.</t>
+  </si>
+  <si>
+    <t>Syberg sender et avisudklip. Han kender intet til sagen og finder de to herrer påtrængende.
+To malere fra Odense har bedt om at måtte udstille nogle af Sybergs billeder på Forårsudstillingen. Syberg havde ikke mistanke om noget luskeri.
+Lars/Sakker er blevet gift med en fransk-amerikansk kvinde. Syberg kan ikke tale med hende, så de smiler bare til hinanden.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Uf4J</t>
+  </si>
+  <si>
+    <t>Pilegaarden 23-1-32
+Kære Ven.
+Dette Udklip fik jeg i Dag. Jeg kender hverken ”Argus” eller Dagens Nyheder”, ligesom jeg ogsaa maa fralægge mig enhver Art af Viden om den Paatrængenhed, som de to Herrer, der nævnes, synes at have udvist mod Dig. Jeg vil haabe at det hele er en Avisoverdrivelse.
+Der kom for nogle Dage siden en ung Odensemaler og anmodede mig om nogle Billeder til en Foraarsudstilling i Marts, og da nogle af ”den Fries” Malere og nogle af ”Grønningens” ogsaa skulde indbydes, var jeg skiklig nok til at indvillige. Jeg anede intet Lumskeri. 
+Alt er ved det gamle. Et nyt Moment er Sakker med sin fransk-amerikanske Kone. Hun er flink. Vi maa nøjes med at smile til hinanden, da mine franske Brokker ikke rækker ret vidt og engelsk kan jeg slet ikke.
+Mange Hilsener til Dig og Else og Jer alle sammen. Eders hengivne Fritz Syberg.</t>
+  </si>
+  <si>
+    <t>1932-02-01</t>
+  </si>
+  <si>
+    <t>Venedig, 30173 Venezia VE, Italien</t>
+  </si>
+  <si>
+    <t>Else og Johannes V. Jensen er blevet bedt om at udlåne et landskabsbillede af Syberg til Venedig. Johs. V. Jensen og Fritz Syberg har berørt dette emne i tidligere breve.</t>
+  </si>
+  <si>
+    <t>Friyz Syberg skal have sendt billeder til København, og han kan sende et med til Jensen-familien som erstatning for det, som de skal udlåne til Venedig.
+Syberg spørger, om en ny verdenskrig er på vej. Han synes, at kineserne og japanerne skulle jage de hvide ud af Asien.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/KlXY</t>
+  </si>
+  <si>
+    <t>Pilegaarden 1-2-32
+Kære Venner.
+I disse Dage skal jeg have afsendt nogle Billeder til Kjøbenhavn og dersom I ønsker at faa et af mine Plastre paa Væggen i Stedet for det som I maa afstaa til Udstillingen i Venedig kan jeg nemt sende et med i Pakkassen til Jer. F.Eks. et af de Landskaber der var paa ”den Frie” i Foraaret 31? –
+Mon vi nu skal have Verdenskrig igen? saa gid den maa blive udkæmpet i Asien. Jeg kan forresten ikke begribe, at Kineserne, naar de nu endelig vil have Krig, ikke slutter Alliance med Japanerne og de derefter i Forening driver de Hvide ud af Asien. Saadan vilde jeg bære mig ad hvis jeg var Kineser. Det bliver spændende at se om den angelsaksiske Politik, at sætte Splid mellem Svinene og bagefter tage Profitten hjem, skal lykkes i denne Omgang.
+Alt vel. Mange Hilsener fra
+Eders hengivne
+Fritz Syberg.</t>
+  </si>
+  <si>
+    <t>1932-02-15</t>
+  </si>
+  <si>
+    <t>Venedig, 30172 Venezia VE, Italien</t>
+  </si>
+  <si>
+    <t>Villum Jensen
+Ernst Syberg</t>
+  </si>
+  <si>
+    <t>Fritz Syberg sender det billede til København, som Jensen-familien skal låne i stedet for billedet, der bliver udstillet i Venedig.
+Syberg ønsker Villum til lykke med hans eksamen. Selv slider han i det.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/hcGD</t>
+  </si>
+  <si>
+    <t>Pilegaarden Kjerteminde
+15 – 2 – 32
+Kære Johannes V. og Else.
+I Dag sender jeg det Billede til Kjøbenhavn som jeg har tiltænkt Jer, mens Eders Ejendom er i Venedig Det er vist en Smule større end Eders, jeg vil haabe at det ikke er mere end Pladsen tillader. Om I bryder Jer om det kan jeg jo ikke helt [”helt” overstreget] afgøre, men jeg vil haabe at det ikke er saa længe I maa undvære det andet.
+Alt vel her. Til Lykke med Villums fine Eksamen, Rille havde fortalt mig om den.
+Jeg slider i det og er i god Kondition, d.v.s. med Mindelser af og til om Hjærteforkalkning, Nyresten og Gigt.
+Mange Hilsener til Jer beggeto.
+Eders hengivne Fritz Syberg.</t>
+  </si>
+  <si>
+    <t>1932-08-02</t>
+  </si>
+  <si>
+    <t>Elin Jensen
+Else Jensen
+Emmerik Jensen
+Villum Jensen
+Grete Jensen, f. Hansen
+Marie Schou</t>
+  </si>
+  <si>
+    <t>De skønne vers må være Johannes V. Jensens "Fritz Syberg LXX" trykt i Politiken 29. juli 1932, dagen efter Fritz Syberg 70års dag. Digtet var ledsaget af et foto af Johannes V. Jensens buste af Fritz Syberg. Digt og buste er siden gengivet i bogen "Du danske Sommer. Fynbomalerne og de jyske forfattere i samklang", Johannes Larsen Museet 2007, s. 156-157.
+På brevets bagside er der skrevet nogle udregninger</t>
+  </si>
+  <si>
+    <t>Fritz Syberg takker for versene i Politiken og for venskab gennem mange år. Trods tab ønsker Syberg intet ugjort, og han har haft et rigt liv.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/e3GM</t>
+  </si>
+  <si>
+    <t>Pilegaarden Kjerteminde
+2 – 8 – 32
+Kære Ven
+Tak for Dine skønne Vers i Politiken og hjertelig Tak til Dig og Else for Jert Venskab gennem mange Aar. At jeg har oplevet det er en af de Ting der har gjort Livet rigt, for, trods alle Tab har Livet formet sig rigt for mig og jeg ønsker intet usket eller anderledes.
+Hils Elin Grete Villum og Em. og tak dem fra mig og fra Marie
+Eders hengivne
+Fritz Syberg.</t>
+  </si>
+  <si>
+    <t>1932-10-16</t>
+  </si>
+  <si>
+    <t>Mejlø, 5390 Martofte, Danmark
+Fynshovedvej, 5390 Martofte, Danmark</t>
+  </si>
+  <si>
+    <t>HC  Andersen
+Jens Jensen
+Johannes Jørgensen
+Helge Rode
+Marie Schou
+Lars Syberg</t>
+  </si>
+  <si>
+    <t>Den omtalte bog er formodentlig Johannes V. Jensen: "Kornmarken. Myter, sjette Samling". Den udkom oktober 1932 som året anden mytesamling. 
+Mejlø er en ubeboet ø nær Fyns Hoved.</t>
+  </si>
+  <si>
+    <t>Fritz Syberg takker for bogen. Johs. V. Jensen og H.C. Andersen har en vitalitet tilfælles. Syberg håber, at Jensen snart får Nobelprisen og ikke skal dele den med Helge Rode eller Johannes Jørgensen. Syberg læser Jensens myter igen. 
+Jens og Lars/Sakker er kommet gående fra Faaborg. Der er 12 på besøg, og de skal på tur til Fyns Hoved.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/vS4Z</t>
+  </si>
+  <si>
+    <t>Pilegaarden 16 – 10 – 32
+Kære Johannes V. og Else.
+Tak for Din Bog som har frydet mig. Din Visdom vækker Minder om en anden stor Digter, H. C. Andersen især om hans sidste ”Historier” – Snemanden – Hvor forskellige I end er, er der dog en Ting [”en Ting” overstreget] et hvori jeg næsten ikke kan skille Jer, - er det en vis Art af Vitalitet? Der er Drikke som dovner af at staa, det gør vist de fleste, men hvis der findes nogle som beholder deres Fyrighed stedse saa er det den Du udskænker i Dine Myter. Gud ved hvornaar de Molboer som sidder i Spidsen for Nobelprisen – ja undskyld, det var ikke min Mening at fornærme Molboerne – giver Dig Nobelprisen. Alligevel kan jeg bedre forsone mig med dem, end med den Kritiker der foreslog at Du skulde dele den med fordægtige Størrelser som Helge Rode og Johannes Jørgensen. Jeg er ved paany at læse alle Dine Myter, jeg vil dog ikke paa ”mit Yderste” ærgre mig over at jeg har forsømt det mens Tid var. Nu kommer Mørketiden, og jeg vil hver Aften glæde mig til det Øjeblik da jeg længe [”længe” overstreget] lægger mig i Sengen tænder Lampen og læser en af Dine Myter. Iøvrigt er jeg overhængt med Arbejde Dagen igennem og har det ug. I Øjeblikket har vi Besøg af hele Jert Afkom. Sakker og Jens kom i Aftes ved Aftensmadtid slemt medtaget af at have marscheret fra Faaborg til Kjerteminde. Nye Støvler, Vabler og Huller paa Fødderne. Em og en Kamerat sidder og drikker Kaffe og Em opfører sig som han var vor Søn. Hele Klyngen ialt 12 Mand er ved at starte for en Tur til Fynshoved og Mejlø. Ha’et godt beggeto. Hilsen fra Marie.
+Eders hengivne
+Fritz Syberg.</t>
+  </si>
+  <si>
+    <t>1932-12</t>
+  </si>
+  <si>
+    <t>Johannes Nicolaus Brønsted
+Elin Jensen
+Jens Jensen
+Villum Jensen
+Grete Jensen, f. Hansen
+Peter Klokker
+Elena Larsen
+Johannes Larsen
+Marie Larsen
+Peter Larsen
+Jørgen Schou
+Christine Swane
+Lars Swane
+Leo Swane</t>
+  </si>
+  <si>
+    <t>At tænke sig er (2025) og var en satirisk spalte bragt hver dag på dagbladet Politikens bagside. 
+På Pilegården boede Syberg-familien.</t>
+  </si>
+  <si>
+    <t>Andreas/Puf Larsen sender Johan/Lysse Larsen et grimt, strikket slips i julegave. 
+En mand på Fyn har taget patent på en opfindelse, som Andreas Larsen havde lavet. 
+Marie/Ia Larsen, Christine/Ugle Swane, Lasse/Lars Swane og Leo Swane/Skriveswane kommer til Kerteminde og fejrer jul. Villum og Elin Jensen skal være på Pilegården. 
+Jørgen/Buf Scou har sendt Andreas Larsen en elektrisk grammofon, og Andreas har selv købt diverse løsdele til den. 
+Andreas Larsens hjemmebryggede øl bliver for tiden ikke godt.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/yVhA</t>
+  </si>
+  <si>
+    <t>Kære Lysse og Bimse.
+Nu havde jeg lige besluttet at begynde lidt nede paa Papiret og at skrive pænt og læseligt, og saa fik jeg ikke Bimse sat paa den rette Plads, som tilkommer hende, undskyld. Saa kan jeg vist gaa over til at ønske glædelig Jul til Jer alle deroppe. Indlagte Slips er, naar det bæres af Lysse, en Gave til Jer begge. Jeg læste forleden i min Avis (At tænke sig) under Rubriken "Den kommende Mode" omtrent følgende: Den altbeherskende Mode for Øjeblikket er de skrækkelige strikkede Slips, der er saa forfærdelige, at man i flere Stormagasiner gratis udleverer 
+II.
+et falsk Skæg med hvert Slips. Jeg afslog imidlertid det mig tilbudte Skæg, idet jeg regnede med at du kære Broder ingenlunde mangler naturligt Dække for et saa kort Slips. Gaven til dig Bimse bestaar altsaa i at du som altid kan glæde dig, enten over at du ikke kan se Slipset, eller (og ["og" indsat over linjen] maaske vil dette blive netop en sjælden Nydelse) at din Mand er (vel)barberet. - Jeg er forresten ellers ikke i særligt fredeligt Julehumør for Tiden ["Tiden" overstreget] Øjeblikket, Peter Klokker ringede til Middag at en Mand nede i Fyn havde taget Patent paa min Opfindelse (du ved den med Jealousiet for de blændende Billygter! Jeg har netop i Efteraaret lavet flere nye
+III.
+Eksemplarer af det, som blev bedre og bedre; det sidste nye er kun tegnet, ikke lavet endnu. At Manden bor paa Fyn, tyder paa at han har hugget Idéen fra mig, jeg har det meste af Efteraaret kørt med et eller andet af Apparaterne paa Forden. Jeg maa nu se at faa Sagen undersøgt, om der er noget at gøre. - Om vores Jul her, kan jeg meddele, at Ia, Ugle og Lasse kommer, samt Skriveswane. Villum og Elin kommer vistnok til Pilegaarden i Julen, saa dem ser vi jo ogsaa nok, kan I sige Jens og Grethe. Jeg har idag faaet et elektrisk Grammofonværk, som Buf 
+IV
+har købt til mig. Jeg har selv købt Tonearm, Pladetallerken Krydsfiner og Pap til Tragt, Hængsler, Skruer m.m. Det er Meningen at bruge Julen til at bygge den i. Endvidere arbejder jeg med en mere effektiv Skibsskrue, men den skal jeg nok holde lidt mere hemmelig. - Vi havde har ["har" indsat over linjen] en Tønde Øl, som vi skulde drikke nu, men jeg har tabt Kviksølv ned i den og raadspurgte i den Anledning Magisteren, som svarede med en beroligende Bulletin. I øvrigt gaar det ad Pommern til (i Anledning af Højtiden kun derhen) med mit Bryggeri. Øllet bliver dovent og ilde smagende, men det maa vel kunne læres at brygge, 
+V
+saa jeg har god Taalmodighed og har desuden købt et Par engelske Bryggebøger, det er jo Englænderne jeg helst vil lære af. - Jeg sender dette sammen med Brugsanvisningen til Grammofonen, (som I vel har læst grundigt) forat være sikker paa at det skal naa Jer til Jul. Far skriver nok senere. Endnu engang god Jul til Jer alle fra
+Puf.</t>
+  </si>
+  <si>
+    <t>1933-01-19</t>
+  </si>
+  <si>
+    <t>Poul Henningsen
+Elin Jensen
+Else Jensen
+Villum Jensen
+Marie Schou</t>
+  </si>
+  <si>
+    <t>Fritz Syberg ønsker Johs. V. Jensen tillykke med de 60 år og sender en 30 år gammel tegning. Syberg er trist over, hvor meget egnen har ændret sig på de 30 år. De stynede popler og fårene er væk. Han undgår selv telefonpæle og pigtrådshegn på sine billeder. Dog har Syberg og Jensen kendt hinanden også dengang, hvor Jorden var paradisisk. 
+Dagens Nyheder har bedt Syberg om at skrive om Jensen og Fynboerne. Han har skrevet to tekster og kasseret dem.
+Villum og Elin har været på besøg.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/KvGo</t>
+  </si>
+  <si>
+    <t>Pilegaarden
+Kære Johannes V.
+Hjertelig til Lykke paa 60-Aarsdagen, og modtag her en Tegning der mere egner sig til at tage i Haanden end at hænge paa Væggen. Jeg ser paa Signaturen at den er lavet for 30 Aar siden og kan ikke lade være med, paa trods af Poul Henningsen, at blive ilde berørt af hvor Landskabet her i Egnen er forringet. Alle Poplerne er hugget. Faareflokken – der kun er antydet – er ogsaa et Falsum nutildags. De sidste Faar her paa Egnen blev udryddet i dette Efteraar. Naar jeg tænker paa hvor smukt der var i Svanninge Banker med Lyngen og en ensom Faareflok for en Menneskealder siden da priser jeg mig lykkelig at jeg har levet i den Tid. Jeg maa bekende at jeg undgaar saavidt mulig Telefonstænger og Pigtraadshegn i mine Billeder. Men al dette handler kun om mig selv, og en Tid hvor jeg endnu ikke kendte Dig og Else. Vi har dog kendt hinanden paa en Tid da Jorden endnu var paradisisk Jeg tænke paa Fynshoveddagene, og alle de Aar der siden fulgte har Dit og Elses Venskab betydet saa langt mere end jeg kan udtrykke. Har det forresten ikke ringet for Jeres Øren i disse Dage.
+Man har fra ”Dagens Nyheder” anmodet mig om en Kronik om Dig og Fynboerne. Jeg har skrevet to, men har besluttet ikke at offentligøre nogen af dem. Den ene blev for intim, den anden, som en Slags Hævn, for polemisk. Jeg vil gærne skrive noget om Emnet, men maa have et halvt Aar dertil. Villum og Elin var her for nogle Dage siden. Jeg forstod på Villum at Du var [”var” overstreget] nu var vel igen, og ønsker Dig til Lykke dermed. Paa Gensyn Fredag Aften
+Mange hjertelige Hilsener fra Marie
+Eders hengivne Ven
+Fritz Syberg.</t>
+  </si>
+  <si>
+    <t>1933-06-30</t>
+  </si>
+  <si>
+    <t>Franz Syberg
+Gudrun Syberg
+Lars Syberg</t>
+  </si>
+  <si>
+    <t>Kronikken er Johannes V. Jensen: "Fynsrejsen". Den blev trykt i Politiken 30. juni 1933. . 
+Den omtalte kvinde hed Gudrun Rasmussen. Efter at have arbejdet som model, chauffør og husassistent hos Fritz Syberg, blev hun gift med sønnen, Franz. 
+Jensen-familien havde et fritidshus i Tibirke.</t>
+  </si>
+  <si>
+    <t>Fritz Syberg takker for kronikken. Han vil snart komme på besøg. 
+Odensebillederne har voldt problemer, da Syberg har manglet en model til moderen. Nu har han hyret en af Franz/Trylles skolekammerater, som uden at være direkte smuk har det rigtige udseende. Den unge kvinde kan stå model frem til sensommeren, hvor hun skal til Rom for at arbejde. Syberg kan først komme til at arbejde på Tibirke-billederne om et år.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/7VPw</t>
+  </si>
+  <si>
+    <t>Pilegaarden Kjerteminde
+30 – 6 – 33
+Kære Johannes V. og Else.
+Tak for Kroniken om Fyn, den faar Hjertet til at hoppe i Livet paa En. Ganske vist tør jeg ikke helt kalde mig Fynbo, men jeg føler intet Savn derved, jeg elsker Fyn og attraar intet der ud over. Jeg kommer en eller anden Dag og besøger Jer, faar Rille til at køre mig i Bilen en Sjællandstur. Desværre maa jeg betro Jer følgende: Odensebillederne tynger en Del paa mig, jeg har ikke kunnet føre dem igennem fordi jeg har manglet en Model til Moderskikkelsen. I Fjor søgte jeg at forsere [forcere] dem frem uden Model, men det førte kun til at [jeg] sled i dem i ca 9 Maaneder i Træk uden at faa noget ud af det udover maaske det rent landskabelige. Nu er der hændt mig dette at jeg for ca 14 Dage siden traf sammen med en ung (eller yngre) Dame en Skolekammerat af Trylle altsaa ca 29 Aar, som har næsten alle Betingelser for Moderskikkelsen. Bl.a. det at hun har langt (mørkebrunt) Haar. Endvidere er hun uden at være hvad man kalder smuk i Besiddelse af saa mange Skønhedstræk der taaler en indgaaende Undersøgelse saa jeg er blevet mere og mere glad ved at male efter hende. Smukke graa Øjne i stort formede Øjenhuler og [et overstreget tegn] sjælden smukt formede Læber. Hun er noget alvorlig, beskeden og uberørt ha [”ha” overstreget] hvad alt sammen er i Favør af mit Arbejde Jeg kan faa hende som Model fr [”fr” overstreget] indtil Slutningen af August da hun skal overtage en Plads (Husassistent) hos en dansk Familie der er bosat i Rom. Hun vil gærne nogle Dage en Tur til Sønderjylland og besøge noget Familie og i den Tid vil jeg foretage min Sjællandstur. Det trækker altsaa højst sandsynlig ud et Aar endnu inden jeg kan tage mine Tibirkebilleder op igen. Jeg haaber I har det godt.
+Eders hengivne
+Fritz Syberg.</t>
+  </si>
+  <si>
+    <t>1933-11-30</t>
+  </si>
+  <si>
+    <t>Ragnhild -
+- Bendtsen
+Harald Bing
+Johannes Nicolaus Brønsted
+Achton Friis
+Georg Jacobsen
+Frithiof Kemp
+Anker Kyster
+Adolph Larsen
+Andreas Larsen
+Musse Larsen
+Vilhelm Larsen
+Else Larsen, Else, Andreas Larsens kone
+Karl Madsen
+Harald Nyborg
+Hubert Paulsen
+Valdemar Rørdam
+Karl Schou
+Sigurd  Swane
+Peter Tutein</t>
+  </si>
+  <si>
+    <t>Fehr blev i 1926 grundlagt som forhandler af Ford biler med afdelinger i flere fynske byer. I 2003 ophørte firmaet. (Internet-søgning jan. 2022).
+Det vides ikke, hvem Ragnhild var. 
+Foch var Johannes Larsens hund. Den døde i aug. 1933.
+Hovrättsråd: Dommer ved appeldomstolen, som er den næstøverste domstol i Sverige. (Wikipedia jan. 2022).</t>
+  </si>
+  <si>
+    <t>Leo Swane og bankdirektør Jacobsen har fået Ny Carlsbergfondet og Odense Kommune med på, at Johannes Larsen skal dekorere festsalen på Odense Rådhus. Han har flere bestillinger på billeder og betaler et afdrag på bilen med malerier. 
+Larsen har med søn og svigerdatter været på udstilling og tur til Sjælland. Han har også været på klapjagt. 
+Larsen har købt en hundehvalp. 
+Johan/Lysse må kontakte hovrettsråden. 
+Achton Friis har været på 14 dages ophold på Møllebakken. 
+En mår har taget et par af Larsens høns.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/kR28</t>
+  </si>
+  <si>
+    <t>Kjerteminde 30 Nov. 1933.
+Kære Lysse og Bimse!
+Tak for sidst! Vi blev en Uges Tid eller mer i Kjøbenhavn inden vi kom derfra og har for Resten ført en temmelig urolig Tilvær [resten af linjen mangler] siden. Mens jeg var derinde fik jeg at vide [resten af linjen mangler] Skriveswane og Bankdirektør Jacobsen [resten af linjen mangler] faaet Odense Kommune og Ny Carl[resten af linjen mangler] til at bevilge henholdsvis 10000 og [resten af linjen mangler] i alt 30.000 Kr til at lade mig deko [resten af linjen mangler] Festsalen i Odense Raadhus for, [resten af linjen mangler] solgte jeg et Billede til 2000 Kr til [resten af linjen mangler] for ”Schou” og et til 800 og fik 300, [resten af linjen mangler] Sandfarvetegning til Juleroser og [resten af linjen mangler] fra Berlingeren fordi de havde [resten af linjen mangler] Billede paa Galeriet til en [resten af linjen mangler] Saa har jeg faaet 1500 Kr for n [resten af linjen mangler] til en lille Bog af Rørdam/ han [resten af linjen mangler] at vi skulde dele Byttet og ment[resten af linjen mangler] vi kunde gøre Regning paa hver [resten af linjen mangler] men jeg fik dem altsaa til at give [resten af linjen mangler] hver 1500. Jeg skal lave et Billede til 1500 til Jacob Petersen og har 2 mindre Bestillinger til 500 Stk. saa der er da lidt Bevægelse i det for Tiden jeg kan vist ogsaa sælge for 500 Kr Tegninger til Karl Madsen til Randers Museum og Fehr fra Nyborg var her i Gaar og fik Billeder for Bilen for 650 Kr. i Stedet for de aftalte 500 k. Puf og Else og jeg var ovre at se Bingudstillingen i Mandags, d.v.s. vi kørte med Bendtsen til Nyborg og tog over med Færgen, hvor Musse Larsen, [begyndelsen af linjen mangler] Madsens Værtinde) holdt med sin Bil [begyndelsen af linjen mangler] at hente os, hun fik Bil i Foraaret [begyndelsen af linjen mangler] at hente og bringe os naar [begyndelsen af linjen mangler] til Kjøbenhavn. Vi spiste Fro [begyndelsen af linjen mangler] Postgaarden i Ringsted og [begyndelsen af linjen mangler] ind til Selskabstunder [begyndelsen af linjen mangler] i Industribygningen og derfra og satte M.L. af og kørte [begyndelsen af linjen mangler] til Magisteren hvor vi satte [begyndelsen af linjen mangler] i Tirsdags kørte til Lyngby [begyndelsen af linjen mangler] Frokost sammen med [begyndelsen af linjen mangler] Ragnhild, hvorefter M.L. og [begyndelsen af linjen mangler] os til Korsør, hvor vi spiste [begyndelsen af linjen mangler] Jeg var som Kemps Stedfor [begyndelsen af linjen mangler] til en Klapjagt paa Tybrind [begyndelsen af linjen mangler] Sabsvedel fortalte mig at han havde 6 Hvalpe af fin Afstamning hvor af den ene var Fochs ”utrykte Bilde”. Da vi nogle Dage senere var paa Jagt hos Klaks, sammen med Agraren (Puf havde været med mig ude hos Harald Nyborg Dagen før og faaet en Bøsse og Bøssekuffert) tog vi efter Jagten hen paa Fønsskov og saa paa Hvalpene, og nogle Dage senere kørte Puf og jeg ned og købte, den omtalte Hvalp der bar Navnet ”Hittks”, men blev døbt om til ”Scott”. Det er for Resten en rigtig sød Hund, men ikke nogen Skønhed, bl.a har han noget meget ra[ulæseligt]tiske Forben i Smag med gamle Tæver men maaske kan det rette sig [resten af linjen mangler] har en pæn Krop og en vældig [resten af linjen mangler] Paa Jagten hos Klaks skød vi [resten af linjen mangler] Vildt, 8 Harer 15 Fasanhaner og [resten af linjen mangler] som Puf nedlaa. Jeg var i [resten af linjen mangler] oppe hos Kemp. Jeg har ladet [resten af linjen mangler] Kyster gøre det gamle Kort [resten af linjen mangler] og klæbe om, hvorefter Kemp [resten af linjen mangler] tager nogle fotografiske Kopier [resten af linjen mangler] Originalen og Handlingerne [resten af linjen mangler] nu sendt, han skrev et Brev [resten af linjen mangler] jeg var der til Hovrettsråden Pa [resten af linjen mangler] gren og vedlagte Dokumenterne [resten af linjen mangler] Undtagelse af Svenssons Papir som vedlægges dette. Det har nemlig ikke trods alle Anstrengelser været mig muligt at finde Dine Forklaringer. Saa nu maa Du efter Modtagelsen af dette sætte Dig i skriftlig eller telefonisk Forbindelse med Hovrättsråden og forhøre ham om naar det kan passe ham, at Du stiller og mundtlig sætter ham ind i Sagerne. Vi har haft Achton Friis i en 14 Dags Tid på Rekreation oven paa Arbejdet med ”de Jyders Land” og i Eftermiddags rejste han. Det har været et hyggeligt Besøg. Vi havde en Høne der kom i Som [begyndelsen af linjen mangler] med 10 Kyllinger der udviklede sig [begyndelsen af linjen mangler] aner og 3 Høner som hidtil har siddet [begyndelsen af linjen mangler] Granerne om Natten og jeg har gaaet [begyndelsen af linjen mangler] leret paa hvordan jeg skulde faa [begyndelsen af linjen mangler] [ulæseligt] men for at Par Dage siden [begyndelsen af linjen mangler] se eller rettere Scott en begravet i [begyndelsen af linjen mangler] iddegangen og Dagen efter var der en [begyndelsen af linjen mangler] større Gravhøj der kun indeholdt [begyndelsen af linjen mangler] iger, og under Træet laa der 3 Haner [begyndelsen af linjen mangler] nede ved Plankeværket, det viste [begyndelsen af linjen mangler] være den lille Maar der kunde [begyndelsen af linjen mangler] om Natten gennem det øverste [begyndelsen af linjen mangler] ørne af Døren. Den er nu forsynet [begyndelsen af linjen mangler]dden Vrider og vi fik Hanesteg i Gaar. Vi hørte af Hubert at han og Peter Tutein har været deroppe og at I har det godt. Mange Hilsner ogsaa fra Puf og Else.
+Jeres JL.</t>
+  </si>
+  <si>
+    <t>1935-5</t>
+  </si>
+  <si>
+    <t>Andreas Larsen
+Else Larsen, Else, Andreas Larsens kone</t>
+  </si>
+  <si>
+    <t>Knud
+Elise Hansen
+Gudrun Larsen
+Johannes Larsen
+Peter Andreas Larsen
+Ane Talbot</t>
+  </si>
+  <si>
+    <t>Else Larsen har stilet brevet til "Allesammen". Af Andreas/Puf Larsens del af brevet fremgår det, at der er tale om et brev til broderen, Johan Larsen. Dennes svært læselige håndskrift omtales, ligesom hans søn, Peter, er på banen. 
+Vikingeskibsgraven i Ladby ved Kerteminde blev fundet i 1935.
+Det vides ikke, hvem Trauer var.
+Knud den Helliges sten står på Assenbølle Mark nord for den gamle hovedvej mellem Odense og Middelfart. Ifølge sagnet hvilede Knud, som var konge 1080-1086, sig på stenen, hvorved den blev formet som et sæde (Fynshistorie.dk). 
+Rørdam var den skovfogedgård, hvor Johannes Larsens bror, Vilhelm Larsen og hans kone, Gudrun Larsen, boede.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen tegner ved Ladbyskibsudgravningen. Else Larsen synes bare, at det er et hul i jorden. 
+Andreas/Puf Larsen fortæller, at Johannes Larsen har tegnet Knud den Helliges Sten, en tegning ved Hindsgavl og en ved Rørdam. Andreas sender fotos af datteren. 
+Johannes Larsen kan ikke afbryde sit arbejde lige nu.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/CKbE</t>
+  </si>
+  <si>
+    <t>Kære Allesammen!
+Las vilde have skrevet et Par Ord, men naaede det ikke til Morgen, han er taget hen for at tegne Vikingeskibet ved Ladby; hvad han vil tegne, ved jeg ikke, for der er ikke andet end et Hul i Jorden, hvor 3 lærde Mænd ligger og graver med en Murske. Det var kedeligt, I ikke fik det lille Besøg af Las og Puf, jeg tror, Puf havde glædet sig til det, men Las er meget optaget af Tegningerne.
+Tusind Hilsner til alle fra Lillepigen og Else
+[Side 2 mangler]
+[Johan/Puf Larsens skrift:]
+3/.
+sagt noget om, at han jo alligevel skulde til Stockholm og kunde jo saa se Frauer der. Gudrun fortalte at han havde tegnet Knud den Helliges Sten X ved Vissenbjerg, en Tegning ved Hindsgavl, en paa Svinø og en paa Rørdam, det er en flot Præstation paa en Dag, saa det er jo ikke saa sært han var baade sulten og træt. - Tak for dit udmærkede Fødselsdagsbrev og en særlig Tak fordi det var læseligt. Jeg sender her nogle Billeder af vor Datter, nu haaber jeg I kan se hun ser ligesaagodt ud, som jeg syntes Peter saa ud dengang. 
+[Indsat nederst på arket:]
+X En Sten vest for Vissenbjerg, paa hvilken Kn. d. H. hvilede sig, da han var paa Vej til Odense, hvor han blev dræbt.
+[Indsat øverst s. 1:]
+Nu kom Far saa slutter jeg
+Mange Hilsner til Jer alle 3 og Fru P, hvis hun er der, fra Else og Puf.
+[Indsat øverst s. 1; på hovedet; Johannes Larsens skrift:]
+Kære Lysse. Det er meget fristende men det er mig umuligt at afbryde mit Arbejde nu. Din JL.</t>
+  </si>
+  <si>
+    <t>1935-05-15</t>
+  </si>
+  <si>
+    <t>Hubert -
+Achton Friis
+Andreas Larsen
+Else Larsen, Else, Andreas Larsens kone
+Ane Talbot
+Martin Warberg Larsen</t>
+  </si>
+  <si>
+    <t>Betrækket er formodentlig til en åben bil.
+Freskerne malede Johannes Larsen i Odense Rådhus' festsal.</t>
+  </si>
+  <si>
+    <t>Betrækket er kommet, men man måtte slå låget op, da det blev møgvejr.
+Johannes Larsen m.fl. har været i Kolding og se museet. Han skal lave 40 tegninger til Achton Friis' Fyns-bog og også male på freskerne i Odense.
+Larsen har i et par år haft en knortegås og nu også tre unge gæs, som er blevet tamme.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/YtVa</t>
+  </si>
+  <si>
+    <t>Kjerteminde 15 Maj 1935.
+Kære Lysse!
+Tak for Brevet! Vi har nu faaet Betrækket fra Hubert. Men naturligvis blev det et forbandet Vejr med Blæst og Byger paa Pufs Fødselsdag saa vi maatte pille det af igen og slaa Laaget op. Vi var en Tur i Kolding og saa Museet der efter at have spist fransk Bøf i Snoghøj Færgegaard. Desværre er det mig umuligt at komme til Jer i Foraaret. Da jeg har sluttet Kontrakt med Gyldendal om at lave 40 Tegninger til Fyen, til Resten af Danmark som Achton Friis nu har startet, og da de skal være færdig inden September og jeg d. 15 i næste Maaned skal begynde paa Frescerne i Odense maa jeg jo se om jeg kan faa lavet dem først. Men til Hønsejagten kommer jeg. Vi har i et Par Aar eller 3 haft en enlig Knortegaas gaaende og jeg havde bedt Manse skaffe mig en snigskudt i Fjor hvad der ikke lykkedes, men forleden kom han med 3 fine unge Gæs, saavidt jeg kan se 2 Gaser og en Gaas (den gl. er en Gaas.) hvoraf de 2 ingen Ting fejlede og den tredje hang lidt med den ene Vinge paa Gr. af et Kødsaar i Overarmen Paa Lørdag har vi haft dem i 3 Uger og paa Søndag skal de lukkes ud. De er allerede tammere en den gamle, og kommer og hvæser ad mig naar jeg fodrer. Den lille Pige bliver sødere og sødere. Mange Hilsner ogsaa fra Puf og Else til Jer alle 3.
+Din 
+Far.</t>
+  </si>
+  <si>
+    <t>1935-06-05</t>
+  </si>
+  <si>
+    <t>Achton Friis
+Andreas Larsen
+Else Larsen, Else, Andreas Larsens kone
+Gerda Rasmussen
+Holger Rasmussen
+Ane Talbot</t>
+  </si>
+  <si>
+    <t>I 1935 udgravede man en skibsbegravelse fra vikingetiden i Ladby nær Kerteminde.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen kører rundt på Fyn og tegner til Achton Friis. Han og sønnen Andreas/Puf Larsen besøger også udgravningen i Ladby. Stævnene og rælingen er fremme, og der er jernspiraler på forstavnen. Et anker er også at se og desuden en del ituslået "ragelse".</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/wvfN</t>
+  </si>
+  <si>
+    <t>Kjerteminde 5 Juni 1935
+Kære Lysse
+Hermed Kontoaktiv. Naar den ikke er kommet før, er det fordi Puf og jeg hver Dag kører Fyen rundt og tegner til Achton Friis. D.v.s. vi begynder med om Morgenen at tage hen til Ladby og se hvordan det gaar med Udgravningen af Skibet. Stævnene og Rælingen har længe været fremme, det er noget længere men ikke saa bredt som Gokstadskibet og Forstavnen har en Manke af Jernspiraler saadan: [tegning] 12-13 Stykker og lige indenfor ligger et stort Anker med Kæde. Ellers er de nu ved at finde [tegning] en Del desværre ituslaaet Ragelse i Agterskibet, Del af Jern og Træ og Læder og vævet eller flettet Guldtraad og lidt Sølv. I Dag har det regnet godt, men desværre kort Tid i Formdg. Else og den lille er i Odense og Puf og jeg holder Grundlovsdag. D.v.s. jeg skriver Breve og om lidt kører vi hen til Skibet, da Holger og Gerda lige har [resten af brevet mangler]</t>
+  </si>
+  <si>
+    <t>1935-06-20</t>
+  </si>
+  <si>
+    <t>Johanne Giersing
+Elin Jensen
+Else Jensen
+Johannes V. Jensen
+Henning Larsen
+Kisse Larsen
+Vilhelm Larsen
+Franz Syberg
+Fritz Syberg
+Ane Talbot</t>
+  </si>
+  <si>
+    <t>Johannes Larsen laver tegninger til Achton Friis' Fyns-bog.
+Salen i Odense: Johannes Larsen dekorerede festsalen på Odense Rådhus med frescomalerier.</t>
+  </si>
+  <si>
+    <t>Det er ærgerligt, at sprængningerne skræmmer tranerne.
+Larsen sender 100 kr.
+Det går kun langsomt fremad med tegningerne til Achton Friis' bog, fordi det regner. Salen i Odense er klar.
+Johannes V. Jensen med familie har været på besøg.
+Den lille pige kan rejse sig, men ikke kravle eller gå.
+Larsen skal have Bror boende i hytten ved tennisbanen en tid, og hytten skal derfor ordnes.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/xKVA</t>
+  </si>
+  <si>
+    <t>Kjerteminde 20 Juni 1935.
+Kære Lysse!
+Tak for Brevet. Det er kedeligt at I kyser de Traner med Sprængningerne, men maaske de kan vænne sig til Spektaklet. Jeg havde ventet en Notits om at Du havde lavet Hullerne i Andekasserne større. Jeg sender hermed 100 Kr. Her gaar det godt, d.v.s. det gaar forbandet smaat med Tegningerne til Achton Friis paa Grund af Regn. Da jeg begyndte gjorde jeg Regning paa at være færdig omkring Midten af denne Maaned og nu har vi d. 20 og jeg staar og mangler 17 Tegninger og Salen i Odense er klar til at jeg kunde begynde. Det er morsomt med Fiskene og Krebsene, derimod er jeg ikke saa begejstret for den uvorne Hingst der skal gaa i Spand med Thora, vær nu forsigtig. Johs V og Else og Elin og Kisse Larsen har været her, de var hos Sybergs om Natten og vi var der nede og havde dem og Baronen og Trylle og Besse til Frokost her i Gaar, Rødspætter og Ny Kartofler og Smør og ny Persille og Ærter. Den lille Pige er nu saa stor at hun kan gaa paa Hovedet ud af Barnevognen og Legestolen, hun kan rejse sig op og staa i Kravleburet, men ikke kravle eller paa anden Maade flytte sig naar hun ligger eller sidder. Vi skal have Dyrekølle til Middag. Fra Klaks i Anledning af at vi skal have Bror paa Kost og Logi i nogen Tid. Han tænker sig at bo i Hytten ved Tennisbanen, og skal til at muge deroppe efter Maaren der har brugt den som Lokum hele Vinteren, og saa skal han have slaaet Brædder under Tagskægget og Hønsetraad for Vinduet saa den ikke kan komme ind til ham. Mange Hilsner til Jer alle 3. Jeg sender hermed 100 danske Kr.
+Mange Hilsner fra os alle
+Din Far.
+P.S. 
+Paa Posthuset fik jeg at vide, at der nu ikke maa sendes danske Penge ud af Landet, saa jeg maatte brække Brevet og i Banken for at købe svenske. Dem kunde jeg først faa i Morgen, saa nu gaar der en halv Dags Tid igen med at faa dem af Sted.</t>
+  </si>
+  <si>
+    <t>1935-10-26</t>
+  </si>
+  <si>
+    <t>Achton Friis
+Adolph Larsen
+Andreas Larsen
+Elena Larsen
+Urban Larsen
+Else Larsen, Else, Andreas Larsens kone
+- Rud
+Lars Swane</t>
+  </si>
+  <si>
+    <t>Tegninger til Fyn: Achton Friis var i gang med at udgive en bog om Fyn med illustrationer af Johannes Larsen. 
+Joen Vedel beskrev på hjemmesiden https://kunsten.nu/artguide/calendar/kunst-for-varer-og-joen-vedel/ Kunst for Varer således: “Det var nu afdøde kunstmaler Gordon Fazakerley, der først beskrev Kunst for Varer for mig. Han fortalte hvordan han havde erhvervet sig en fornem barnevogn til sit første barn i begyndelsen af 1960erne. Betalingen var et maleri. Jeg havde aldrig før hørt om foreningen, som drev sit eget galleri først i Stormgade, siden i Bredgade i København. Den blev stiftet i 1924 af maleren Aage Berthelsen for at ‘hjælpe Kammeraterne og skaffe dem og os selv Varer til at opholde Livet med, og til Tider et eller andet, vi ellers aldrig havde Raad til at købe.’ For et par år siden fandt jeg et hæfte fra Kunst fra Varer i rodekasserne, som i en periode stod i kælderen i den Frie Udstillingsbygning – og det er det hæfte vi viser frem de næste måneder.” 
+Glorup er en herregård i Svindinge Sogn på Sydøstfyn. (Kilde: Wikipedia febr. 2022). 
+Ørbæklunde er grundlagt ca. år 1500 af Poul Laxmand under navnet Lundsgaard. Det var derefter en befæstet borg, betegnet Ørbæklundsgaard fra 1502 og kendt under sit nuværende navn Ørbæklunde fra omkring 1528. Gården ligger i Ørbæk Sogn, Nyborg Kommune. (Kilde: Wikipedia febr. 2022).
+Lykkesholm er en gammel hovedgård, som nævnes første gang i 1329 og kaldt Magelund, men benævnt Lykkesholm fra 1380. Gården ligger cirka 3 km sydvest for den fynske by Ørbæk og ca. 21 km sydøst for Odense. (Kilde: Wikipedia febr. 2022).
+Ørsbjerg er en lille landsby i Assens kommune.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen og hans søn har kørt rundt på Fyn og lavet tegninger til Achton Friis' bog. De besøgte Lars Swane i Svendborg. 
+Lørdag var Larsen på jagt med tandlæge Rud. Derefrer malede han på elsdyrbilledet (på Rådhuset) i Odense.
+Onsdag skal Larsen til klapjagt med Vilhelm/Klaks. 
+Larsen sælger et billede gennem Kunst for Varer, så Else og Elena/Bimse hver kan få et beløb til tøj.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/iQEv</t>
+  </si>
+  <si>
+    <t>Kjerteminde Lørdag 26/10. 35.
+Kære Lysse!
+Tak for sidst! Naar Du først nu hører fra mig, kommer det af, at, her laa et Brev fra Achton Friis, da jeg kom hjem med Anmodning o ["o" overstreget] om Vignetter og resterende Tegninger til Fyn. Jeg gik i Gang med dem med det samme og Puf og jeg kørte omkring og tegnede, bl.a. var vi 2 Gange paa Horne Land. Paa den ene Tur besøgte vi Lasse Swane der boede paa Wandals Hotel i Svendborg mens han var oppe til Eksamen som han bestod nogle Dage senere. Anden Gang besøgte vi Farbror Urban paa Hjemvejen. Jeg tog mig fri en Lørdag hvor jeg var inviteret paa Jagt med Tandlæge Rud. Han har lejet Jagten paa 2 Gaarde hver 100 Td.L. der ligger umiddelbart ved Vejen naar vi kommer over for Svinget S for Ørbæklunde, i Hjørnet mellem Glorup, Ørbæklunde og Lykkesholm. Det regnede hele Formiddagen og Hundene var mere til Skade end Nytte og vi fik kun hver en Hare før Frokost, men om Eft. var det Tørvejr og jeg skød 4 Harer og 2 Fasaner og Tandlægen 2 Harer og 3 Fasaner. I det hele saa vi nogle og 20 Harer, der var ogsaa nogle 3-4 Flokke Høns men de lettede hver Gang uden for Skudhold. Saa snart jeg havde faaet Tegningerne ekspederet. Begyndte jeg i Odense og er nu godt i Gang med det store Elsdyrbillede. I Dag tog vi hjem til Middag da det vil passe mig bedre at begynde Mandag Mrg paa det næste Stykke, som jeg gerne vil have en hel Dag til. Puf og Else er taget til Lindøgaard, for at aftale med Agraren, om at være parat Onsdag Mrg da vi skal derom ad for at [plet på papiret] ham med til Klapjagt hos Klaks i Ørsbjerg. Jeg fik i Dag Brev fra Kunst for Varer om jeg vil sælge et Billede til en Grosserer for Damekollektion (800 Kr.). og Puf og jeg blev enige om at sige ja og dele det saaledes at Bimse faar for 500 Kr. og Else for 300, da sidstnævnte formodes at være bedre forsynet for Tiden. Kan Du ikke sende mig Bimses Adr, saa jeg kan meddele hende Resultatet hvis Handelen gaar i Orden. Ellers staar al Ting godt til her og jeg haaber at det samme er Tilfældet paa Båxhult Mange Hilsner fra os alle 3.
+Din Far.</t>
+  </si>
+  <si>
+    <t>1935-11-23</t>
+  </si>
+  <si>
+    <t>Fritz Syberg har afslået en anmodning om udlån af Jensen-familiens februarbillede. 
+Folkeforbundet er en beskidt affære, som kan komme til at koste kvinder og børn livet. Som under 1. verdenskrig.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/CZLJ</t>
+  </si>
+  <si>
+    <t>Pilegaarden Kjerteminde
+23-11-35
+Kære Johannes V. og Else.
+Der er kommet Anmodning om at laane Dit Februarbillede til en Udstilling i Udlandet, men jeg har, da Tiden lader til at være knap, afslaaet det. Det har Du og Else vel intet imod.
+Alt ved det gamle. Udenrigspolitiken interesserer og ærgrer mig.
+Sikken et Folkeforbund! ”Sanktioner” kalder de det. En fejg, beskidt Affære er det. For skinhellige og hykleriske til at slaas med 10 Millioner Soldater foretrækker de at udhungre 30 Millioner Kvinder og Børn. Jeg kan levende forestille mig hvordan et anstændigt Menneske maatte føle sig tilmode den Gang under Verdenskrigen da Tyskerne drev U.Baadskrig hvor 100 pro cent af Soldaterne blev paa Valpladsen og Englænderne gennemførte Hungerblokaden. Men nok om det. Jeg haaber at Du og Else er raske og at I alle har det godt.
+Eders hengivne Fritz Syberg</t>
+  </si>
+  <si>
+    <t>Niels Hansen
+Jens Larsen
+Jeppe Larsen
+Marie Larsen
+Peter Andreas Larsen
+Else Larsen, Else, Andreas Larsens kone
+- Overgaard
+Didrik Overgaard Nielsen
+Emma Overgaard Nielsen
+Christine Swane
+Lars Swane
+Ane Talbot</t>
+  </si>
+  <si>
+    <t>Niels Hansen deltog i en gruppeudstilling i Fyns Forum (Weilbachs Kunstnerleksikon). Det er formodentlig denne udstilling, der omtales i brevet. 
+Det kan ikke afgøres, hvem Jens og Hanne var. Familien kendte flere, der hed sådan. 
+Euphorbia cyperissias: Vortemælk.</t>
+  </si>
+  <si>
+    <t>Andreas/Puf Larsen vil gerne have besked om, hvilke billeder Johannes Larsen vil have med på udstillingen i Fyns Forum. Niels Hansen deltager, hvis Johannes Larsen gør.
+Lars og Christine/Uglen Swane samt Marie Larsen er på besøg.
+Andreas Larsen og Hanne samler planter til Hannes herbarium.
+En af knortegæssene er stukket af.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/9CCz</t>
+  </si>
+  <si>
+    <t>Kære Far.
+Kan du ikke skrive hjem hvilke Billeder du vil have med til den Udstilling i Fyns Forum. Den skal vist aabnes den 26 ds. saa der er jo ingen Tid at give [et overstreget ord] hen af. Niels Hansen ringede forleden og spurgte om du vilde udstille, for det vilde han gøre sin Deltagelse afhængig af. Else sagde at det vilde du, men hverken hun eller jeg vidste hvadfor Billeder du har tænkt dig. - Jeg hører Peter er begyndt at gaa i Skole, saa maa han vel snart kunne skrive en Beretning om det med egen Haand. Det glæder vi os til at faa. - 
+2./
+Lasse kom idag, Søndag, han havde faaet Lov til at køre med Skovrideren, som skulde til Kerteminde i Bil fra Søndag til Onsdag. Ia og Ugle bliver saa de Dage med. Idag har vi Besøg af Elses Forældre og Kæreste, jeg skal over og lave en frisk Tusindgylden til dem af den Høst Jens og jeg havde med fra vores Vejletur. Hanne rejste i Formiddags, hun har samlet ca 50 Planter til sit Herbarium herovre. Forleden fandt vi en Cypreseuphorbia [bogstaver i slutningen af ordet overstreget] paa Gærdet ved Salbyvejen. Maaske er det dog en E. esula (Lancetbl. Vortemælk). Vi har hver Aften siddet med vore forskellige Floraer og slaaet ["slaaet" overstreget] 
+3./
+bestemt Planter, en hyggelig Beskæftigelse. Vi har luget Stenbro samt skuffet og revet de nærmeste Gange Fredag, Lørdag og til Formiddag. Baade Else, Ia og Ugle har hjulpet, saa nu er her meget fint. Desværre er en af de raske Knortegæs forsvundet; den blev væk en Dag, jeg var i Odense, saa jeg saa det først da jeg fodrede næste Morgen. Ingen har set hvordan det er gaaet til selvom vi straks gik ned til Stranden med Kikkert, har vi ikke set noget til den siden. - Vi har det godt allesammen, mange Hilsner 
+til Jer alle fra
+Else og Puf</t>
+  </si>
+  <si>
+    <t>Endnu et brev fra Andreas/Puf Larsen til Johannes Larsen 1936 omhandler anmeldelsesblanket til en udstilling i Odense (Fyns Forum), som er ankommet til hjemmet i Kerteminde, mens Johannes Larsen opholder sig i Sverige.</t>
+  </si>
+  <si>
+    <t>Andreas/Puf Larsen sender Johannes Larsen anmeldelsesblanket til udstillingen i Odense. Andreas beder om titler på værkerne, og han vil skrive mål på blanketten samt sætte nummersedler på billederne.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ZNEv</t>
+  </si>
+  <si>
+    <t>Kære Far.
+Vedlagte Kort kom igaar og Brevet, som jeg tilfældig fandt idag, maa være kommet lige efter du er rejst herfra. Hvis det er dig om at gøre at faa noget med, kan det vel nok naa sig. Navnlig med Jeres nye forbedrede Postgang; dit sidste Brev dateret og poststemplet i Sverige den 3. havde vi her den 4de om Morgenen. Enten du vil have noget paa Udstillingen eller ej, vil du saa ikke nok svare med det samme, saa jeg kan lade dem vide i Odense hvad de har at rette sig efter. Numrene til Paaklæbning har jeg beholdt her og den eventuelt udfyldte Anmeldelsesblanket maa du jo hellere sende til mig kun med Titlerne, saa skal jeg maale Billederne. Alt vel.
+Hilsen fra Else og Puf.</t>
+  </si>
+  <si>
+    <t>1936-02-27</t>
+  </si>
+  <si>
+    <t>Marie Larsen</t>
+  </si>
+  <si>
+    <t>Birkerød</t>
+  </si>
+  <si>
+    <t>Elise Hansen
+Adolph Larsen
+Andreas Larsen
+Elena Larsen
+Else Larsen
+Jens Larsen
+Jeppe Larsen
+Johannes Larsen
+Peter Andreas Larsen
+Thomas Madsen-Mygdal
+Marie Meyer
+Sophus  Meyer
+Anna Meyer 
+Christine Swane
+Lars Swane</t>
+  </si>
+  <si>
+    <t>Brevet er privateje.</t>
+  </si>
+  <si>
+    <t>Fødselsdagshilsen til Johan Larsen(Lysse) fra hans faster Marie Larsen (Ia). Julen blev holdt hos familierne i Kerteminde og på Lindøgård. Der var voldsomt snevejr flere steder i Danmark. Sophus Meier (IA Larsens svoger) døde knap 96 år gammel.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/4gyc</t>
+  </si>
+  <si>
+    <t>Birkerød d.27-2-36
+Kære Lysse! Til Lykke med Fødselsdagen, et rigtig godt Aar ønsker jeg Dig i alle Henseender; nu kommer dette Brev alligevel forsent, skønt jeg havde foresat mig at få det af Sted i god Tid! Hvordan mon I dog har det deroppe i denne skrækkelige Vinter? Herhjemme har vi da ikke haft så meget Sne i mange Aar, selv om Kulden ikke har været saa haard; lige her omkring Birkerød har det ikke været værst, men rundt omkring i Landet har der været Togstandsninger; i Nærheden af Roskilde hvor Lasse er havde de ikke fået Post [indsat over linjen:”Post”] omtrent en hel Uge og på Fyen og i Jylland har det jo også været rent galt; men nu er det vist i Orden de aller fleste Steder. – Forhaabentlig har Drengene det godt, den Lille vokser vel normalt og opfører sig pænt; jeg havde Brev fra Else forleden Dag, lille I.A. havde det godt; hvor er det kedeligt at man så sjældent kan få dem at se, det vilde være vældig morsomt at se de 2 små Fyre sammen, jeg håber at det sker en Gang ad Aare.
+Vi var på Fyn Alle 3 i Julen, vi rejste derover d. 22ende, jeg var i Kerteminde til Juleaftensdag, så kørte Puf mig til Lindøgaard, jeg er jo altid hos Agraren Juleaften; Las’s Fødselsdag var jeg derude og så var jeg der 3-4 Dage inden jeg rejste her tilbage. – Vi har hængt et Stykke Flæsk ud i et Træ og har megen Glæde af at se på Smaafuglene og Solsorterne som kommer og hakker i det. – Jeg havde Brev fra Marie Meyer i Dag, hendes Far er jo død, næsten 96 Aar gammel; hun tænker på at flytte fra Feden og få en mindre Lejlighed nu hun er alene, - Mix og Myg havde nær ikke kommet over til Begravelsen på Grund af Togstandsninger. – Hils lille Peter mange Gange, måske kan han more sig lidt med disse Billeder; det var kedeligt at jeg ikke fik skreven til Jer til Jul, jeg vilde have sendt et pund The over til Jer, men Din Svigermor sagde at hun havde et pund som hun tog med; så kan I få et af mig [fortsættes øverst på side 1] en anden Gang. Jeg håber vi en Gang får Lov til at have Peter her et Par Dage når han kommer til Danmark den søde Unge jeg længes tit efter ham; Hav det nu godt Alle 4, mange kærlige Hilsner til Bimse, Peter, den Lille og Dig selv kære Lysse, fra Ia -</t>
+  </si>
+  <si>
+    <t>1936-06-29</t>
+  </si>
+  <si>
+    <t>Christian  Ernlund
+Carl Kyed
+Jens Larsen
+Johannes Larsen
+Peter Andreas Larsen
+Hempel Syberg
+Ane Talbot</t>
+  </si>
+  <si>
+    <t>Larsen-familien havde egen strand ganske nær ved deres villa på Møllebakken i Kerteminde. 
+Johannes Larsen dekorerede 1934-1936 festsalen på Odense Rådhus med freskomalerier. Murermester Ernlund pudsede væggene op, så Larsen kunne arbejde i vådt puds. Kartoner er skitser i fuldformat. Andreas Larsen fungerede tit som chauffør for sin far.</t>
+  </si>
+  <si>
+    <t>Andreas/Puf Larsen lader sin lille datter, Ane, bade i Dalbybugten. Ved familiens egen strand er der for mange glasskår, rustne cykler mm. 
+Johannes Larsen vil den følgende dag blive færdig med sit sidste billede på rådhuset (i Odense). Derefter skal han og Andreas Larsen have hver en liter øl.
+Carl Kyed har købt et portræt, som Larsen i 1917 malede af Hempel Syberg. Kyed vil forære Dalum Landbrugsskole portrættet.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/gnyZ</t>
+  </si>
+  <si>
+    <t>Mandag 29/6 - 36
+Kære Bimse og Lysse.
+Her har I et Par Billeder vi tog forleden ved Dalby-bugten, hvor vi bader med Pigen, fordi der dér er lavt nok til hende; nede ved vores egen Strand er der saa mange Glasskaar og rustne Kasseroller og Cyklestel m.m. saa vi ikke vil lade hende løbe med bare Ben dernede. Nu maa jeg fortsætte med Blyant, der er ikke mere i Pennen. Imorgen bliver Far vist færdig med det sidste Billede her i Raadhuset. Tirsdag Morgen ["Tirsdag Morgen" indsat over linjen] Naa saa naaede jeg ikke længere igaar, det blev Øltid. Naar vi er færdige i Eftermiddag skal vi hen paa Vinstuen og have hver en Liter Øl, det er det største Kvantum man kan faa her i Byen, noget lille efter Stockholmske Forhold, men ganske virkningsfuldt paa en fynsk Tørst. - Der var en Folketingsmand Kyed i Lørdags for at købe det andet af de to Portrætter Far malede af Onkel Syberg i 1917; han vilde forære det til Dalum Landbrugsskole, som har et Jubilæum inden længe. Da han var alene om Gaven kunde han ikke betale nogen stor Pris, saa han fik det for 500 Kr. Nu er Ernlund færdig med at pudse, saa skal jeg hjælpe med at sætte Kartonen [det følgende indsat øverst s. 2; på hovedet:] paa og saa kører jeg hjem og henter Far i Eftermiddag, til Øltid! Mange Hilsner til Jer alle fra Puf.
+[Det følgende indsat øverst s. 1; på tværd:]
+Vi er meget glade ved "Båxhult Nyheter" desværre viser det sig jo, at vi ikke er saa flinke til at gøre Gengæld.</t>
+  </si>
+  <si>
+    <t>1936-10-24</t>
+  </si>
+  <si>
+    <t>Elena Larsen</t>
+  </si>
+  <si>
+    <t>Sven Clausen
+Elise Hansen
+Andreas Larsen
+Jens Larsen
+Johannes Larsen
+Peter Andreas Larsen
+Else Larsen, Else, Andreas Larsens kone</t>
+  </si>
+  <si>
+    <t>Peter og Elisa Hansen ejede et hus i Faaborg, og Elisa beholdt det efter mandens død.
+Trolleborgskovene er formodentlig skovene omkring Brahetrolleborg ved Faaborg. 
+Det vides ikke, hvem den omtalte Zahle var.</t>
+  </si>
+  <si>
+    <t>Elena Larsen vil besøge familien i Kerteminde, men de tager ikke telefonen. 
+Mange folk fra Faaborg kommer på besøg for at træffe Elisa Hansen, og der går tid med det. Hun, Elena Larsen og Jens kører dog også ture. 
+Elena spørger, om Peter Larsen er blevet bortvist fra skolen pga. uanstændig påklædning.
+Elena glemte at få marmeladen med til Danmark. 
+Fyn er et dejligt, lille land.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/bNxL</t>
+  </si>
+  <si>
+    <t>Faaborg d. 24-10-36
+Min Kære Hjimlinger!
+Her sidder Jensen &amp;amp; jeg stadig paa vores Haler i Faaborg og har forgæves forsøgt at faa dem i Tale i Kjerteminde. Først ringede jeg i Morges uden at nogen svarede, saa ringede jeg igen Kl 1/2 1 fordi jeg mente jeg var sikker paa at træffe nogen i Middagstiden, men det var alligevel en Busser. Nu forsøger jeg igen i Aften for jeg vilde nødig gl ["gl" overstreget] gaa glip af et lille Kjertemindebesøg. - Her iler Tiden med ingenting. Jævnt hen hele Dagen stikker en eller anden Faaborgenser Hovedet ind ad Døren og skal snakke 2 Ord med Mor og de er allesammen en utrolig Tid om at gøre sig færdige. Det bliver hver Dag halvmørkt inden vi kan smutte af Sted paa en lille Køretur men i Gaar var vi en dejlig Tur i Holstenhus og Trolleborgskovene. Paa en Eng fandt vi en Masse Champignoner som vi stegte til Aftensmad. Jeg længes snart meget efter at høre hvordan I gaar og har det og haaber paa at der ligger en lille Beretning til mig i Kerteminde. Jeg gad nok vist om Petermanden endnu gaar i Kungsvecka Akole eller om han er blevet vist ud paa Grund af uanstændig Paaklædning. Jeg kan ihvertfald ikke tænke mig at der er mange Trævler tilbage af de Bukser jeg forlod ham i (Hvis I nu var ligesaa kloge som Sven Clausen, kunde I vist let misforstaa mig). Men Krokshultskræderen har maaske bygget ham et Par nye? Har I spist al Marmeladen og Saltemaden? Jeg glemte jo de 2 Krukker Marmelade jeg skulde have haft med til København og Kjerteminde, skønt jeg havde en god Plads i Kufferten.
+Nu er vi paa Vej ud ad Assensvejen, ja Fyn er et dejligt lille Land, men det er et Slierland som Zahle i Skovkrogen udtrykte sig naar han laa og læste Biblen paa Chaiselonen, mens hans Kone passede Bedriften.
+Mange, mange Hilsner til den Petermand, den Fyr og den Fasermand fra
+Mossermand</t>
+  </si>
+  <si>
+    <t>1936-10-26</t>
+  </si>
+  <si>
+    <t>Else Jensen
+Emmerik Jensen
+Jens Jensen
+Johannes V. Jensen
+Andreas Larsen
+Jens Larsen
+Johannes Larsen
+Else Larsen, Else, Andreas Larsens kone
+Elisabeth Neckelmann</t>
+  </si>
+  <si>
+    <t>Elena Larsen og sønnen Jens var med Elenas mor, Elisa Hansen, i Faaborg i efteråret 1936. De boede i Elisa Hansens hus. Johan og Peter Larsen var imens hjemme på Båxhult i Småland. 
+Harry var formodentlig en person, som hjalp Johan Larsen på gården. 
+Sybarit: Overdreven livsnyder. (Gr. sybarites efter den oldgræske by Sybaris i Syditalien (ødelagt 510 f.Kr.)) (Søgning på internettet).</t>
+  </si>
+  <si>
+    <t>Elena Larsen traf ikke Kerteminderne, da hun var på Fyn. De tog ikke telefonen. Hun rejste så med sin mor tilbage til København. På færgen mødte de Johannes V. Jensen, der spiste leverpostejsmad, mens hans kone og sønnen, Emmerik/Em, var søsyge. 
+Elena og hendes mor punkterede på hjemturen og fik hjælp af et par bønder. 
+Jens Larsen undersøger alt i lejligheden og har smadret et par askebægre.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/RJJn</t>
+  </si>
+  <si>
+    <t>Mandag d 26-10-36
+Kære Fasseren!
+Jeg blev rigtignok glad for jeres Breve som kom nu til Morgen, jeg var saa smaat begyndt at ængste mig; men jeg kan jo nok forstaa at jeg ikke er saa nem at faa Ram paa. - Desværre gik it Kertemindebesøg i Vadsken for Guderne maa vide hvor de føjter om. Jeg ringede 4 Gange til dem i Lørdags og een Gang Søndag Morgen med samme negative Resultat: ingen der svarede. Saa kunde det ikke nytte at tage derop, for de maa jo aabenbart være paa længere Expedition, ["," overstreget] siden ogsaa Pigerne er permitterede. Saa tog jeg med tilbage til København i et herligt men stormende Vejr. Paa Færgen traf Vi Johs. V. og Else og Em der havde været nede og besøge Jens. Jeg skal hilse saa mange Gange. Else var ikke rigtig glad ved Søen, hun sad musebomstille i et Hjørne for at beholde det hele indenbords. Ogsaa Em var grøn. Men Jensen spiste Leverpostejmader med Appetit. - Paa Køgevejen punkterede vi med et Brag og maatte afmontere al vores Bagage der var sat fast bagpaa med flere km. Tøjsnor. Selvfølgelig kunde vi ikke finde ud af til hvilken Side vi skulle dreje Skruerne og det saa sort ud for os, indtil der kom et Par Bønderkarle forbi, som foretog sig det fornødne. saa kunde vi rulle videre ad den nye Køgestrandvej og arriverede hertil ["hertil" overstreget] uden videre Uheld hertil, hvor vi blev modtaget af Lis med Bøffer med Løg. - I Dag er Vennejensen ved at tage Lejligheden i Besiddelse, foreløbig er der røget et Par Askebægre, men han gaar ogsaa grundigt til Værks, systematisk og fra en Ende af. Det nytter ikke at man fjerner ham fra det Møbel han er i Gang med at undersøge; selv om man sætter ham i den modsatte Ende af Lejligheden stiler han direkte tilbage til det han var ved. Nu er han heldigvis færdig med Kakkelovne og Boghylder. I Eftermiddag skal jeg have ham anbragt hos Sisse mens jeg gaar i Biografen.
+Jeg er glad ved at du har faaet Harry igen. Det var en ordentlig Omgang Unger den Kanin fik. Mon ikke den anden Hun skal en lille Forlystelsestur ind til Hannen, men det har du selvfølgelig forlystet dig selv med for længe siden din gamle Sybarit. - Ja saa var der ikke andet og mere. Bare en hel Masse Hilsner.
+FRA MOSSEREN.</t>
+  </si>
+  <si>
+    <t>1936-11-16</t>
+  </si>
+  <si>
+    <t>Frederik Ahlefeldt-Laurvig
+Johannes V. Jensen
+Peder Kruuse
+Andreas Larsen
+Elena Larsen
+Jens Larsen
+Jeppe Larsen
+Vilhelm Larsen
+Else Larsen, Else, Andreas Larsens kone
+- Lykke</t>
+  </si>
+  <si>
+    <t>Fjellebro: hovedgård og gods 6 km syd for Ringe på Fyn. Hovedbygningen er opført i 1622 og ombygget i 1726-1772-1885. Fjællebro Gods er på 177 hektar. Ejer 1927-1943 var Frederik Preben greve Ahlefeldt-Laurvig-Bille. (Wikipedia febr. 2022).
+Sandholt er en gammel hovedgård, som ligger i Sandholt Lyndelse Sogn, nu Faaborg-Midtfyn Kommune. Hovedbygningen er opført i 1516 og ombygget flere gange. Godset er på 441 hektar. (Wikipedia febr. 2022).</t>
+  </si>
+  <si>
+    <t>Larsen ønsker til lykke med Jens' fødselsdag. Jeppe kan nu gå, når man holder ham i hænderne.
+Johannes Larsen har været på jagt hos Vilhelm/Klaks. Johannes V. Jensen var med.
+Murerne arbejder på bryggeriet.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/vPi9</t>
+  </si>
+  <si>
+    <t>Kjerteminde 16 Nov. 1936.
+Kære Lysse!
+Tak for Brevet. Det er en Skandale at vi glemte Jens’s Fødselsdag. Til Lykke med ham og alle hans Tænder og Færdigheder. I.A. Larsen er jo noget længere tilbage, han er vel nærmest paa samme Standpunkt som Jens var, da jeg rejste fra Båxhult, dog er han nærmere ved at kunde gaa, han gaar helt godt naar vi holder ham i Hænderne og forleden rejste han sig op uden at støtte sig til noget. Jeg har ligget nogle Dage af Forkølelse efter den Jagt hos Klaks forleden. Johs. V. var med, han havde været et Par Dage hos Grev Ahlefeldt paa Fjellebro for at se paa Bueskydning. Det regnede det meste af Dagen og der kom ikke megen Vildt for. der blev skudt 8 Harer og en Sneppe og 4 Fasaner hvoraf jeg skød de 3. Johannes V. kørte med os hjem om Aftnen men rejste allerede næste Middag til Kjøbenhavn. Jens og Lykke var her om Søndagen. Puf laa i Gaar af Forkølelse men er staaet op i Dag til Middag i Anledning af at Murerne er begyndt at mure hans Bryggeri og skal sætte Vinduer i i Eftermiddag. Else er i Byen, Nu kan jeg ikke hitte paa mere denne Gang. Det var Fandens at vi blev snydt for Bimse og Jens. Mange Hilsner til Jer alle sammen fra 
+Din Far. 
+P.S.
+Jeg skal til Klapjagt hos P. A. Kruuse paa Sandholt paa Onsdag.
+JL.</t>
+  </si>
+  <si>
+    <t>1937-01-25</t>
+  </si>
+  <si>
+    <t>Axel  Müller</t>
+  </si>
+  <si>
+    <t>Sallinge Kro
+Højrup</t>
+  </si>
+  <si>
+    <t>Bakkevej 8 Hareskov St.</t>
+  </si>
+  <si>
+    <t>Mine -
+Lars Christian Balslev
+Maria Balslev
+- Bender, g. Petersen
+Hans Lorentzen
+Karen Lorentzen
+- Nortoft
+Marie Paludan
+Otto Emil  Paludan
+Karen Pilegaard
+Carl Schaffalitzky de Muckadell
+Erik Schaffalitzky de Muckadell
+Janna Schou</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvem gamle Christensens, den unge krokone, fru Olsen og sognefogedens var. 
+Baronen kan være både Carl og Erik Schaffalitzky de Muckadell.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0924a</t>
+  </si>
+  <si>
+    <t>Astrid Warberg-Goldschmidt håber, at man respekterer hendes valg af farver til køkkenet.
+Hun læser ikke som planlagt, men oplever sin gamle hjemegn på ny. Har været i Hillerslev kirke. Paludan/Pallam og hans søsters grav er herskabelig. Han var så beskeden. Albrecht Warbergs grav er groet til, men der står en bænk fra Erikshåb på den. Kirken lignede sig selv, men der er nu installeret audioanlæg. Astrid tænkte på sin konfirmation. Præsten var kedelig. Baronen tilbød kørelejlighed, men Astrid ville hellere gå. Efter kirken var hun hos Balslevs på Erikshåb. Om aftenen kom Hans/Loria og Karen Lorentzen. Astrid gik hjem til kroen i måneskin. Hun skal besøge gården Ensomhed.
+Astrid beder Axel Müller sende nogle eksemplarer af hendes bog.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Ibx1</t>
+  </si>
+  <si>
+    <t>[Skrevet med sort kuglepen på kuvertens forside:]
+5’ Brev
+26’ Jan. 1937.
+[Skrevet med blæk:]
+Hr
+Sognefoged Axel Müller
+Bakkevej 8 
+Hareskov
+[Skrevet på kuvertens bagside:]
+Afs.
+A Warberg Müller
+Sallinge Kro
+Højrup
+[I brevet:]
+Sal[lin]ge Krou, Mandag 25 Jan. 37.
+Min egen Ven! Hvor er I dog søde til at skrive til mig – Tak for Brev - og Cigarer – og vil du også takke Skatteren for hendes søde oplysende Brev, og Nortoft for hans indlagte. Jeg glæder mig over, at sidstnævnte går i Gang med Køkkenet – men er lidt urolig for at du snakker ham fra altfor meget af det, vi aftalte en Del Farver, du véd, Farverne betyder så meget for Nervesystemet – de grå var efterhånden bleven mig en Pestilens. Mon Fru Olsen ordner Gulvet? Jeg er meget spændt på dine Foretagender – det vil betyde en uhyre Lettelse at få dem til Side. Hvordan går det med Grundsalget? Behøver jeg at bekymre mig for Pengene? eller at have Samvittighedsnag fordi vi ofrer så meget på mit Ophold her?
+Alt herovre er jo falden ud på en hel anden Måde end jeg havde tænkt mig, men på en bedre, tror jeg nok. Den dybe Ensomhed – de stille Timer på Værelset med Studium af lærde Værker – blev der intet af; men nu forstår jeg også, at det havde jeg slet ikke Kræfter til og det havde vist slet ikke været den rette Medicin. Det, som sker er langt bedre. Der vendes op og ned på alting; man sættes 50 År tilbage i Tiden – når man går ad de kendte Veje, hvor uhyre meget er ganske uforandret som dengang; og taler man med de gamle Folk, så fornemmer man også et levende Pust fra dengang; men ellers er Aanden i alting bleven helt anderledes – i den møder man den nye Tid – så vidt forskellig fra den gamle. Det har været meget overvældende for mig altsammen, men i Dag – den ottende Dag – føler jeg ikke mere så stærkt den rædsomme Susen i Hovedet, og jeg har sovet dejligt i Nat – for første Gang en god og rolig Nat. – I Går – Søndag – gik jeg sammen med den unge Krokone i Kirke i Hillerslev til Gudstjenesten Klokken 2. Det var bidende koldt – Frostklart, men Solskin. Vejene meget glatte. Jeg vadede gennem små Driver på Kirkegården for at se til Gravene. Pallams Gravsted er herskabeligt; dog er Marmorpladen med hans Navne etc - naturligvis sat ind i Stengærdet – som på Fars Grav! men Gravstedet er indrammet af et flot Smedejernsgitter – der er fine Plantninger o s v; hans Søster døde først, så Pallam har vel selv ordnet Gravstedet. På Marmorpladen står – med sorte Bogstaver som på Fars – altså ikke de sædvanlige forgyldte – hans Navn og – Godsforvalter på Erikshåb. Mens jeg stod og betragtede alt dette, kom jeg til at tænke på, hvor beskeden hele Pallams Stilling var i de 25 Aar, han var Fuldmægtig hos Far – hvis Ekko han var i et og alt. Han var jo en Asket – vilde ikke have Kakkelovn på sit Værelse og hvor var der uhyggeligt i Pallams Værelse! Så blev han Godsforvalter i de næste 25 År – måske 30 - og nu er hans Gravsted et af de fineste på hele Kirkegården. Hvor jeg under ham det! den goe, trofaste, beskedne Pallam! Så gik jeg over til Fars Gravsted i det modsatte Hjørne af Kirkegården; den er næsten helt groet til med Efeu; der står endnu en af de gamle, hvidmalede Havebænke fra Erikshåb – ældgammel nu og skrøbelig – jeg sad et Øjeblik og drømte om gamle Dages Glans og Storhed – sic trancit gloria mundi – Gravstedet er alt andet end prangende, men Fars Navn nævnes endnu med Ærefrygt af alle herovre på Egnen. – 
+Kirken var den samme – og dog anderledes; i hvert Fald hvad det indre angår; der var kommen 
+II
+Centralvarme – elektrisk Lys – og ditto Høreapparater – i en Del af Stolene – til gamle og døve – en Slags Højtaleranlæg til Prædikestolen. Enkelte gamle Kalkmalerier var afdækket i de smukke Hvælvinger – Kirken var bleven så hyggelig – vi kom i god Tid; Solen skinnede ind ad de store Vinduer – jeg genoplevede intensivt alle de store Begivenheder fra dengang for længe siden. Jeg så endnu Konfirmationsdagen for 40 Aar siden – jeg var – som Godsforvalterens Datter – den eneste hvidklædte – og stod øverst på Kirkegulvet – nederst stod Karen Pilegård – fordi hun var Friskolebarn!
+Nu er de ydre Kår byttet betydelig om – hun er nærmest Herregårdsfrue - - men så er jeg gift med Verdens dejligste Sognefoged !!!
+Prædikanten var en lille kedsommelig ung udflydende Fyr – som vævede en hel Time – lutter intetsigende Ord. Laders sad lige foran os. Der skulle ofres, og han havde glemt sine Penge – så jeg lånte ham en Tokrone. Vi hilste på Baronens, som tilbød os Plads i deres Vogn, men jeg foretrak at gå, og så vilde Laders følges med mig. For første Gang så jeg – og betrådte – den nye, flotte Landevej, som er ført over Aaen ned forbi Brinken til Odensebanken. Marie kom ud i Gangdøren og modtog os – hun er overvældende sød og hjertelig; så det varmer én lige ind til Hjerterødderne. Varme, hyggelige Stuer – Kaffe – Cigar. Vi snakker glimrende sammen. Til Aften kom Loria m. Kone (født Windfelt Hansen) – han hedder Pastor Lorentzen, Bror til den Vilhelm Lorentzen, som fylder 60 en af Dagene – Kunsthistoriker eller lign. De er fra Nr. Lyndelse Præstegård; nu er Loria Frimenighedspræst i Sønder Næraa. Et dejligt Aftensmåltid – i vores gode gamle Spisestue. Jeg genkendte rørt den gamle Kakkelovn fra vores Tid!
+Siden havde vi en dejlig Aften; det morede mig at høre på al deres muntre Præstesnak – begge Præster har meget Lune, det vrimlede med Vitser og morsomme Oplevelser. Marie kan ogsaa en Masse goe Historier – Dialekten kan vi alle. Så fik vi Dessert og Vin – og ved 10½ Tiden brød man op; Fru Loria kørte Bilen – de tog mig med til Korsvejen. 
+En fantastik Spadseretur! Det er vel et lille halvt Aarhundrede siden, jeg har gået alene en Aften på en øde fynsk Landevej. Måneskin – stjerneklart; langs Vejen på begge Sider høje Stenmure – de er bleven helt sorte nu og fortonede sig som mærkelige Granitmure – det var som at gå gennem et øde Månelandskab - - hvor Murene holdt op og Vejen blev åben, blæste det så voldsomt, at jeg kun med yderste Nød undgik at blive væltet! Men så kom jeg i Læ af de store Bakker – og nåede glad Kroen ved 11 Tiden. De sad oppe i ”Privaten” og vilde høre nyt ”fra den store Verden”; jeg gav dem et Passende Uddrag. 
+I Dag skal jeg til Mine i Lindemandshuset – vi er lige gamle og har leget sammen. I Morgen er vi bedt til Sognefogdens. En Dag vil jeg til Ensomhed – den gamle Frk. Petersen lever endnu – hun var Husjomfru på Gjelskov i 90erne og hed Jomfru Bender. Jeg har meget at gøre og Tiden flyver. Søndag tager jeg til Hesselager - man kan afbryde Rejsen en Dag. De er så interesseret i min Bog; vil du ikke ringe til Boghandler Oelenschläger - i Gyldenløvesgade (ved Søerne) – han havde et Restoplag – og få fat i en 4-5 Stk, jeg gav 50 Øre pr Stk sidst – som Forfatterinden – og sende mig dem til Gaver. 
+Kærlige Hilsner til Nusset og dig! Din egen Dis
+[Skrevet på langs på sidste sides venstre kant:]
+Frimærkerne er på retur!</t>
+  </si>
+  <si>
+    <t>1937-02-26</t>
+  </si>
+  <si>
+    <t>Kerteminde
+Pilegaarden</t>
+  </si>
+  <si>
+    <t>Emil Brückner
+Lars Bækhøj
+Johannes V. Jensen
+Johannes Madsen
+Anna Syberg
+Anna Louise Syberg
+Franz Syberg
+Lars Syberg
+Marie Syberg
+Odette Syberg</t>
+  </si>
+  <si>
+    <t>Fritz Syberg udstillede på Den Frie 14.-28. februar 1937 sammen med blandt andre Jens Sørensen, Olga Wagner, Henrik Starcke og Robert Storm-Petersen. Fritz Syberg havde følgende billeder med på udstillingen:
+Høstaften, 1938, 56x73 cm
+Smeltende sne, 1939, 67x96 cm
+Kornlandskab, 1938, 67x90 cm
+Bondegaard-Aften, 1937, 67x96 cm
+Mørke Foraarsdage, 1937, 187x287 cm
+Havremark, 1938, 68x78 cm
+Snefog, 1938, 67x96 cm
+Landskab sidst i September, 1938, 67x99 cm
+Bondegaard. december, 1938, 67x96 cm
+(Oplysninger fra udstillingskataloget på Den Frie)</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, 2010/57</t>
+  </si>
+  <si>
+    <t>Billederne fra udstillingen bliver sendt med tog til Odense. Fritz Syberg vil bede Hans om at opbevare nogle værker. Lars/Sakker og Odette skal have nogle billeder og Franz/Trylle også. Andre billeder skal til Fyns Forsamlingshus, glarmester Madsen, Lars Bækhøj og Johannes V. Jensen. Hans må tale med kunsthandlerne om kobilleder til deres udstilling. De øvrige oliebilleder tager Fritz Syberg selv med hjem. Hans kan få portrætter af Tante Marie, hvis han vil have dem. Anna Louise/Rabbe får også billeder.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Q5V8</t>
+  </si>
+  <si>
+    <t>Pilegaarden Kjerteminde
+26-2-37
+Kære Hans.
+Naar Udstillingen slutter Søndag Aften, bliver jo Samlingen sendt af Sted i en eller to Banevogne til Odense hvad Kunsthandlerne tager sig af. Men en Del Billeder bliver tilbage. For det første dem Du har havt paa Dine Vægge i "Kjærby Bakke", Søndermarken Madonnaen foruden Din Sarkofag og Figurerne i Campo santo. Maaske en Del mindre Billeder som jeg saa vil bede Dig huse.
+Sakker har jeg tænkt skal have sit Portræt og tillige et stort Billede, enten det som Brückner har havt eller ogsaa det som staar i Dit Værksted og er hjemsendt fra Australien, hvilket han nu helst vil have eller rettere sagt hvilket Odette helst vil have. Trylles Billeder er det af Jeres Mor (Aquarel) som hænger paa samme Væg som Madonna i øverste Række til venstre, naar man vender Ansigtet mod Væggen det gaar med den øvrige Samling til Odense Han har tillige et til en større Aquarel med det skæve Taarn, der staar i Kælderen og er ikke hængt op og gaar ligeledes med Banevogn til Odense. det gør ogsaa alle de Billeder jeg har laant: Kornbilledet til Fyns Forsamlingshus (No 89) et Kobillede tilhørende Glarmester Madsen No 91 Svanninge Kirkegaard lille. Helleskov N 92 Kobillede til Højskoleforst. L. Bækhøj Ollerup N 102 De to smaa ["smaa" indsat over linjen] Billeder af [et overstreget tegn] Johannes V Jensens fra Tibirke No 77 og 78 kunde Du maaske tage Dig af, bringe ham, de kan nemt være i Din Bil, enten det, eller Du kan lade den Vognmand som kører alle de andre ud til Dig besørge dem til Joh. V. ["Joh. V." indsat over linjen] ogsaa. Kan Du saa ikke iøvrigt forhandle med Kunsthandlerne om hvormange af Kotegningerne de vil have med paa deres Udstillinger. Skyder de en Del ud hvad jeg gærne ser kan Du (og Sakker) maaske overtage dem. Alle mine store Oliebilleder i øvrigt tager jeg selv hjem, saa de gaar med til Odense. Skulde Du ønske et af Tante Mariebillederne til at hænge i Din Gang, bryder Kunsthandlerne sig næppe om at have det med. Rabbe har jeg sørget for, hun faar en af Dagene sendt et større og et mindre Oliebillede til at hænge paa sin Væg. Nu bedes Du undskylde at jeg uden videre disponerer over Dig, men jeg haaber det kan gøres med at Du er paa den Frie Søndagaften. Skulde der være noget jeg har glemt beder jeg Dig handle efter Konduite. 
+[indsat lodret i venstre side på ark nr. 2 med pil ind i teksten til ordene "paa sin Væg":]
+Tillige er det hendes Aquarel af Jeres Mor den hænger i modsat Ende af det, som Trylle ejer, altsaa paa Madonnavæggen
+[Indsat på hovedet øverst på side 1:]
+Hvordan Kunsthandlerne og jeg ordner os skal nærmere bestemmes paa Sagfører Spies' Kontor naar Billederne kommer til Odense. Ha'et nu godt hils Ulla og Børn og mange Hilsener fra Far.</t>
+  </si>
+  <si>
+    <t>1937-04-18</t>
+  </si>
+  <si>
+    <t>Johannes Madsen
+Gustav Petersen
+Ole Poulsen
+Franz Syberg
+Kirsten Syberg
+Peter von Syberg
+Ulla Syberg</t>
+  </si>
+  <si>
+    <t>Det er ikke klart, om Hans Syberg udvidede huset på Azaleavej, Frederiksberg, eller om han var i gang med at bygge hus på Hammeren i Hornsherred, hvor han havde en frugtplantage. Et egentligt hus på Hammeren byggede Hans og datteren Kirsten først sammen i 1966 (Birgit Bjerre: Hans Syberg, Johannes Larsen Museet, u.å. s. 25).</t>
+  </si>
+  <si>
+    <t>Fritz Syberg foreslår, at Hans Syberg sælger et eller flere billeder for at finansiere sit husbyggeri. Hvis Fritz Syberg selv sælger for at sende Hans penge, skal han betale skat af salget. Billederne kan være Pigen, der plukker violer, landskaber fra Oles Mark/Plantagen, Børnene ved stranden eller Søndermarken. Hans skal benytte kunsthandler Gustav Petersen. Syberg optegner salgspriserne. Han vil selv i 1938-1939 få en årsindtægt på 50.000, og han kommer til at betale meget i skat.
+Fritz Syberg vil snart komme til København for at reparere et maleri samt blive undersøgt hos en hudlæge.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/s0LM</t>
+  </si>
+  <si>
+    <t>Pilegaarden Kjerteminde
+18-4-37
+Kære Hans.
+Trylle talte i Gaar da han kom hjem noget om Dit Husbyggeri. Jeg har i den Anledning tænkt paa at kan Du sælge et af de Billeder der hænger ovre hos Dig saa gør det. Jeg kunde i Øjeblikket sagtens give Jer et Par Tusind Kr. til Hjælp men kan Du skaffe dem (eller helst en Del flere) ved at sælge et af Billederne saa maa Du helst det, for naar Salget skal gaa gennem mig vil det bare sige at jeg skal smide Pengene i Skattevæsenet. Jeg lader mig ikke forbyde at forære mine Børn nogle Billeder, og endnu har Du ingen solgt paa egen Haand saa gør det nu hvis Du kan. Det kan være at et af dem jeg har herovre er lettere at komme af med, f. Eks. det med Pigen der plukker Violer langs Hækken, det kunde jeg i saa Fald godt sende Dig. Jeg har ogsaa et Par Landskaber fra Oles Mark (Plantagen - (uden Trylle)). Men der hæfter en Klausul paa Salget: Sælger Du [et overstreget, ulæseligt ord] til en Kunsthandler maa det ikke være andre end Gustav Petersen. (Han har givet mig 4000 Kr. for de sidste pr. Stk. og det faar jeg ingen andre til at betale. Og de er betalt)
+Men kan Du selv finde en Køber der vil give mere saa er det jo saameget bedre. Det mest sælgelige foruden de to jeg eventuelt kan sende Dig bliver vel:
+Søndermarken 8000 Kr. (4500)
+Børnene ved Stranden 12.000 - (6.000)
+desuden Violer bag Hækken 8000 - (4.500)
+Plantagen 8000 x) - (4.500)
+[Til venstre for priserne er lodret skrevet:] Minimum
+[Til højre for priserne er lodret skrevet:]
+eventuelle Salgspr. Det siger sig selv at hvis G.Per køber maa Prisen ["Prisen" indsat over linjen] en Del lavere]
+[nederst på arket er skrevet:] x) Nævnte Priser er Minimumspriser, hvilket vil sige, at det er den laveste Pris de maa udbydes til. [Indsættelser slut]
+Det er deres "Katalogpriser". Kommer der en virkelig køber og byder 4,500 eller 6,000 og vil staa ved det Bud saa er der et Forhandlingsgrundlag saa er der et Forhandlingsgrundlag ["saa er der et Forhandlingsgrundlag" overstreget], men den officielle Pris er stadig den førstnævnte og Du slaar ikke selv den Pris ned. Men vil Køberen byde en Underpris og staa ved den, at det ikke er en Stikkerpris ["at det ikke er en Stikkerpris" indsat over linjen] saa er det en anden Sag. 
+Jeg har løselig gaaet min Indtægt og Udgiftskonto igennem for næste Skatteaar (1938-39) og den stiller sig saaledes at jeg af mine Indtægter i Aar maa sætte ca. 16 à 20,000 Kr hen til Skattevæsenet naar alle Skatter i Kommune- Stats- Ekstra- og Merskat skal udredes. 
+Jeg kan næppe faa min Indtægt sat lavere end til 50,000 Kr. naar alle Udgifter er draget fra. Udgifter til Udstillingerne er ogsaa en artig Post, heldigvis har jeg alle Regninger og Bilag. Alene Transport- og Udstillings_forsikring_ udgør ca 1500 Kr. (Det er meget dyrt at faa forsikret naar det gælder Biltransport)
+Sen ["Sen" overstreget] Se nu om I kan faa noget ud af det, det gælder jo ikke Livet om I skal faa lidt mindre ind ved et Salg end I gærne vilde have, naar I har Brug for Pengene i Øjeblikket, og saa den officielle Prisstandard bliver opretholdt tilsyneladende. Send et Par Ord om jeg skal sende de to nævnte Billeder over. Det er muligt jeg kommer en lille Tur til Kjøbenhavn. Dels er der et Billede jeg skal se paa, det slaar Folder. Det er nok den gamle Historie at Madsen snyder for at sætte ordentlige Søm i. Dels vil jeg tale med en Specialist i Hudsygdomme. Jeg har nu i 4 Aar gaaet med Eksem paa Hænderne. Kan I skaffe mig Adressen paa en saadan, den bedste uanset Prisen.
+Men først maa jeg være rask, jeg har i den sidste Maaned været temmelig skidt af Influensa eller Roskildesygen eller den Weilske Syge eller noget andet. Altsaa paa Sengen.
+Mange Hilsener til Jer alle fra
+Far.
+Skulde Du være saa heldig at kunne vælge to Billeder af de fire ["af de fire" indsat over linjen] skal Du ikke vige tilbage derfor. Det ene kan i saa Fald være Trylles, til Hjælp til hans nye Orgel.</t>
+  </si>
+  <si>
+    <t>1938-02-13</t>
+  </si>
+  <si>
+    <t>Sallinge Kro</t>
+  </si>
+  <si>
+    <t>Lindøgaard pr. Dræby St.</t>
+  </si>
+  <si>
+    <t>Thora Cohn
+Drude Jørgensen
+Alhed Larsen
+Johannes Larsen
+Marie Larsen
+Else Larsen, Else, Andreas Larsens kone
+Axel  Müller
+Karen Pilegaard
+Lars Pilegaard
+Valdemar Rørdam
+Jørgen Schou
+Karl Schou
+Marie Schou
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvem baronessen og professoren var. Gudrun på Sallinge Kro kendes heller ikke. 
+Drude Jørgensen købte en samling af Johannes Larsens oliemalerier med motiv fra H.C. Andersens Den grimme Ælling til ophængning på Fyns Forsamlingshus.
+Else og Andreas Larsen fik i 1938 datteren Thora.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0771</t>
+  </si>
+  <si>
+    <t>Astrid/Dis Warberg-Goldschmidt har det dejligt på Sallinge Kro. Hun nyder at høre fynsk tale igen og at møde søde mennesker. Måske skal hun en tur til Munkebo Kro og vil i så fald besøge Johanne/Junge Larsen.
+Astrid har besøgt Fyns Forsamlingshus og set Johannes Larsens billeder. Hun har også set Alhed Larsens stokroser og Karl Schous interiør med mor og barn på Stiftsmuseet. 
+På Ølstedgaard besøgte Astrid professoren, som læste højt af sine digte. Hun har været i Ryslinge og høre Rørdam samt på besøg på Erikshaab.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/wsmJ</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside med kuglepen:]
+1938
+13’ febr. Sallinge
+[Håndskrevet på kuvert forside:]
+Fru Johanne Warberg Larsen
+Lindøgaard
+pr. Dræby
+[Skrevet på kuvertens forside med kuglepen:]
+20-5-03
+[På kuvertens bagside:]
+A Warberg
+Sallinge Kro
+[I brevet:]
+Sallinge Kro, Søndag d 13’ Februar 1938
+Kæreste søde Junge!
+Tusind Tak for dit lange goe Brev, der helt igennem var så veltilfreds i Tonen hvor er det dejligt at mærke, Junge. Også Tak for Femmeren, som jeg var dybt rørt over. – ja, den kan netop forlænge dette herlige Ophold med en Dag – ja, næsten to! Jeg bliver for hver Gang mere glad ved at være her – falder mere og mere til alle Steder og befinder mig usigelig vel – bedres Dag for Dag i Hode Nerver - Mave – alting. Jeg Dåre, der til at begynde med – ifjor – havde tænkt mig en absolut ensom Tid, tilbragt på Værelset med fromme Studier – jo, Godmorgen. Det faldt ganske anderledes ud. Og nu bagefter ved jeg dog så godt, at hvor jeg end har været i Verden, hvor meget kønt jeg end har set af Lande – Natur – Landskaber - - så var det dog altid Mennesker, der gav Indhold og Dybde til det altsammen. Det fornyende og forfriskende herovre er: de nye Mennesker, det nye Milieu, det nye Sprog – nyt og dog gammelt – anderledes, helt helt anderledes end det tilvante – deri består den store rekreation for mig. Jeg bliver ikke træt af at lytte til det elskelige fyenske Bondemål, de pudsige Vendinger, de overraskende Udtryk, der i Klang og betoning er så malende; og så er det jo også bedårende overalt at blive mødt med åbne Arme – alle er så søde imod mig, så jeg synes, jeg danser på Roser. Hver ny Dag er fuld af nye små Oplevelser, hver Dag fortæller noget nyt. – 
+De snakker forresten om hernede på Kroen, at de længe har planlagt en Biltur til Munkebo Kro - ! så du skal ikke blive alt for forbavset, hvis vi en Dag ruller ind på Gårdspladsen hos Jer! For hvis Planen realiseres, mens jeg er her, så tænker jeg jo nok, at de springer Kroen over - - vilde du blive forfærdet? Nå, nu får vi se, hvad det bliver til.
+Unge Krokone – Gudrun, er ved at få nye Tænder, jeg tog en Dag med ind til Odense, gik op på Forsamlingshuset og bad en Pige vise mig Selskabslokalerne, da det var lidt tidligt på Formd. vilde jeg ikke spørge Drude – men pludselig stod hun ved Siden af mig! opfordrede mig indtrængende til at besøge Professoren, sagde at hun snart kom til Ølstedgård og vilde så ringe til mig; så gik hun igen, skulde hvile sig efter et Nattebal. Jeg henfaldt i Henrykkelse over Lases underdejlige Værker - var fuldkommen betaget og havde den Lykke at være muttersalene hele Tiden – næsten en Time gik og sad jeg og indsugede de skønne Billeder. Så gik jeg over på Stiftsmusæet, så de gamle oldsager fra Espe og Nybølle o.m.m. Landede i Malerisamlingen og stod pludselig overfor et henrivende Billede af Be – røde Stokroser i Haven, det var overvældende. Der var også et af Karl Schou – Interieur med Mor og Barn – Buf som spæd! En interessant Tur i det hele taget. Om Aftenen Kl ½ 8 ringede Professoren til Kroen, om han 
+2)
+måtte sende en Bil over efter mig, Drude havde ringet til ham, at jeg var der. Det lod jeg mig jo ikke sige to Gange, det passede mig ovenud godt efter den stærkt intellektuelle Dag med Billedkunsten og en Henrykkelse, der ikke rigtig lod sig afsætte i Kroen. 
+Og så oplevede jeg derovre på det gamle Ølstedgård noget – ja, noget af det mærkeligste, jeg endnu har været ude for. 
+Ja, du véd det vel, men jeg vidste det ikke – at Professoren er fuldkommen helbredet – han sagde selv, det er intet mindre end et Mirakel. Et forvandlet Menneske, en Rénaissance; en Mand, fyldt med Spiritualitet og sprudlende Livslyst, lykkelig – strålende, åh, Junge, noget så vidunderligt at opleve. Er noget så dejligt som at møde et lykkeligt Menneske, en helt afklaret Aand, der stråler et Lys ud fra et sådant Menneske, som det er en stor Lyksalighed at opleve.
+Og ved du, hvad hele Aftenen gik med? Han læste sine Digte for mig! Junge, han bliver berømt! De var pragtfulde – og han læste dem pragtfuldt – selv lykkelig over at have skabt dem; det var Vers i alle Tonearter, dybsindige, vise, dystre, dødsens - - om Døden – om Alderdommen – om Tungsindet – og om Livsglæde – Ungdom – Elskov – ”Synd”, Dyd – og så var der et ganske henrivende om den gamle Hankat, Rasmus, ja, du kan ikke tænke dig, hvor det alt sammen var sublimt – jeg var i den syvende Himmel. Naturligvis frydede det mig også, at jeg var den første, han læste dem for; og naturligvis frydede det ham at have så god en Tilhører!
+Ja, du kan tro, at det var en Aften. 
+Da Pigen skulde køre mig hjem (Regnvejr) – måtte vi jo bryde op i menneskelig Tid, han fulgte med i Bilen til Kroen. 
+I Aften er der Karneval på Kroen; jeg har hos Pilegårds lånt en pragtfuld, kongeblå Vadmelskjole fra forrige Aarhundrede, og et strålende Hovedklæde af tyk, rød, blomstret Silke. På Søndag skal jeg med dem i Ryslinge Kirke at høre Rørdam. I Søndags var jeg til Middag på Erikshåb, vi havde en yndig Dag – Vejret mild Solskin, Haven myldrede med Eranthis og Gækkeliljer. Tak for lovede Løg! husk dem endelig. I Fredags var jeg hos Baronessen til megen Filosofi – vi to alene, hun er nu sød. I Morgen er jeg bedt til at overvære Pølsestopning hos Fru Pilegård – senere til stort Pølsegilde. Ja, der er hver Dag noget, og jeg nyder det altsammen. Bliver så længe jeg kan – måske til 1’ Marts Axel synes så afgjort, jeg skal. 
+Hvor er det trist med Marejes Sygdom, det er da ikke noget alvorligt? hun ser ikke robust ud. Dejligt med Elses lille nye. Hils nu alle mange Gange – hvor herligt for dig at have den elskelige Bibbe! hils hende specielt. 
+Og at Vejen bliver lavet – og Lånet trækker op – 
+Tusinde Hilsner fra din Dis</t>
+  </si>
+  <si>
+    <t>1938-04-25</t>
+  </si>
+  <si>
+    <t>Lindøgaard</t>
+  </si>
+  <si>
+    <t>Franziska  Erichsen
+Kirsten Hjorth
+Niels  Junker
+Drude Jørgensen
+Adolph Larsen
+Andreas Larsen
+Henning Larsen
+Martin Larsen
+Vilhelm Larsen
+Kirsten Larsen, Elena Larsens veninde
+Else Larsen, Else, Andreas Larsens kone
+Axel  Müller
+Fritz Syberg
+- Vesterdal
+Thora Vesterdal
+Mary Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvem Bents bedstemor og professoren var. 
+Udstillingsbygningen ved Odense Å hedder Filosoffen.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0418</t>
+  </si>
+  <si>
+    <t>Johanne Larsen ønsker tillykke med fødselsdagen. 
+Det er koldt og tørt, så Johanne er bekymret for høsten. 
+Kirsten/Pelle Hjorth er begyndt at komme på besøg, og det er hyggeligt. Pelle synes, at der er meget "vrøvl" hjemme hos hende selv. 
+Johanne og Adolph har fået lam og kalve. Drengene fisker, og de kan af og til sælge af fangsten. 
+Johanne m.fl. har været i Odense for at se Forårsudstillingen. De mødte et katolsk konfirmationsoptog. Johannes Larsens billeder var dejlige, men Johanne brød sig ikke om de fleste af Sybergs. Efter udstillingen besøgte hun Henning/Bror og Kirsten, og til sidst spiste de i Fyns Forsamlingshus. Her mødte de Professoren, som opførte sig mærkeligt og var sørgeligt forandret.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/vy50</t>
+  </si>
+  <si>
+    <t>Lindøgård d. 25-4-1938
+Kæreste lille Dis!
+Nu er Piben tændt, en lille Kaffetaar ved Siden og nu skulde det saa gærne gaa løs med Fødselsdagsbrev til dig. Solen straaler skønt og lover fint Vejr til i Morgen. Allerførst skal jeg da have nedskrevet alle mine gode og varme Ønsker for Dig – eller i hvert Fald en Brøkdel, dem alle kan Papiret umulig rumme!! Naa, lad mig nu ikke blive for gevaltig, men i al Jævnhed ønske dig en god Dag og et godt Aar! Intet Ønske kan vel være mere paa sin Plads end det, at Du maa have din kære Axel frisk og stærk. – Jeg tænker mig at Du har lavet og laver noget Festlighed for Dagen, som Du jo altid forstaar at lave noget Festlighed i dit lille smukke Hjem. Du kan tro, jeg glæder mig til ved at tænke paa, hvor yndigt vi havde det – Skæbnen er os dog ret god ved at lade os ses af og til, Tiden er heller ikke mere til at forsømme sligt, vi har ikke mere de Oceaner af Tid foran os som tidligere, da Tiden laa lang og forjættende for os. Nu begynder vi - jeg ihvert Fald – at tælle de fremtidige Aar paa Fingrene. Og selvom Aarene blev mange, var det jo næppe muligt at Hjernen vilde holde, saa man kunde have Glæde af Samvær. Bents Bedstemor, som kun er sidst i 70erne, kan ikke en Gang kende sine nærmeste. Her staar alt vel til – naar undtages at der hviler et lille permanent Tryk paa os alle over Tørken og Kulden. Forleden var der tyk Is paa Bassinet i Haven c. ⅓ Tomme! Vi har heldigvis ikke saaet vore Roer saa tidligt at de var kommen op, hvor det var sket, er de svedet bort. Mon I har faaet? Ja, netop hos Jer er der jo ret fugtigt, saa I trænger maaske ikke saa haardt som vi her paa de lette Jorde. Manse og jeg kørte i Gaar til Odense (derom senere) og det saa mange Steder ynkeligt ud, ogsaa Kornet. Et Sted saa vi en lille Mauk Mark ["Mark" indsat over linjen] plantet til med Kaal – det var altsammen visnet. 
+Netes Datter, Pelle – hendes rigtige Navn er Kirsten, det er næsten Synd, at hun ikke kaldes ved det smukke Navn – har er ["er" indsat over linjen] begyndt at dyrke os; hun var her næsten hele Paasken og nyder det; hun lærer Tandteknik i Odense og slider ret haardt i det, og naar hun skal holde Ferie hjemme, kan hun ikke faa Fred for sin Far, som altid høvler om hende at hun skal bestille noget; hun kom med en Saddel, som hun havde laant for Paasken og ½ Fl. Akvavit, som satte Kulør paa 2 af vore Paaske.Aftensmader. Hun er en umaa
+2
+delig sød Pige; jeg ved ikke et Menneske som til den Grad falder sammen med Husets Psyke som hun; hun minder saa meget om os Søstre som unge; og saa ligner hun Bibbe saa mærkværdigt. Første Gang hun var her kom hun ind samtidig med Else (Puf) og de stod ved Siden af hinanden i Døren; da jeg havde hilst af med Else, sagde jeg til Pelle: men Gud, søde Bibbe, hvad staar du dog der for i Overtøj! Jeg maa jo ikke have set rigtig paa hende, og det var Aften med tændt Lys, men først da jeg vendte mig, kom hun efter mig og sagde ”men det er jo mig, Tante Junge. Var det dog ikke besynderligt? Naa, men det som jeg kom fra og som jeg vilde have fortalt om Pelle var, at hun havde sagt til Mary, ”Hvor I dog har det dejligt her, altid saa fredeligt og harmonisk”, og det var altsaa for at belyse, at ”alt staar vel til her”. Vi nyder hende meget, og det er saa morsomt at have en af sin egen Slags. Stakkels Pelle føjede til, da hun sagde det til Mary: hjemme er der altid saa meget Vrøvl. - - Vi har faaet 6 smaa Lam i Aar, det ene af Faarene fik 2 dødfødte, et fik 2, hvoraf det ene døde – lidt skal man jo altid have Uheld med, men 6 har vi da altsaa af 4 Faar og saa maa vi vel ikke klage – selv om det ene maa dækkes op af Bibbe, som for Resten har megen Glæde af sin Virksomhed med det. Vore Køer har kælvet godt og normalt og de tre var da Kviekalve; den ene af Tyrekalvene gav vi Mælk en 14 Dages Tid og den afgav dejligt Kød for hele Paasken – og endnu! Saa sparer vi at købe. Og de gode Drenge virker med deres Fiskeri i deres Fritid; de har købt Ruser og fanger mere end vi kan spise – forledes havde de 41 Torsk men undertiden kun en eller to. Saa vi svælger i Fisk, men nu har det ["t" i slutningen af ordet overstreget] et helt Hyttefad fuldt og skal have dem solgt. Vi kan saa sandelig ikke klage over vore 4 Børn, for de hænger i og gaar op i Arbejdet med Liv og Sjæl og er altid saa søde. Selv Tinge er bleven meget mere glad og jeg spørger mig selv med en stille ængstelig Hvisken, om der mulig skulde oprinde bedre Tider for ham. Han og Manse er nu saa gode Kammerater; det er rigtignok noget andet end før M. rejste til England. 
+Saa var der vores Odensetur i Gaar, den 
+3
+må Du høre lidt om. Vi skulde se Foraarsudstillingen derude i deres smukke lille Udstill.Bygning nede ved Aaen, omtrent ved det Sted, hvor ”Heden” (som de Barbarer nu har omdøbt til Sdr. Boulevard) begynder. Vi tog Morgen Rutebilen og det var straalende Solskin, men koldt jo. Vi spaserede fra Bilen ned over Albanitorv, hvor de mægtige Klokker i den katolske Kirke lige begyndte at runge; og saa tonede et Optog med katolske Konfirmander frem fra en Sidegade, forrest 4 udklædte Messedrenge med et el. andet i Hænderne (jeg husker ikke hvad) saa en gammel tyk Pater og efter ham en Skare Drenge i stiveste Konfirmandspuds, saa en tyk Nonne og efter hende en Skare hvidtklædte unge Piger i helt enkle hvide Kjoler, hvide Strømper og sorte Sko og med Slør – også hvide – som dækkede deres Overkrop; det var nydeligt og festligt. - - Efter en Omgang i den skønne Klosterhave langs med Aaen, hvor der stod et sort Svanepar med Unger, gik vi i Munkemose, hvor talrige Ænder Svaner og Gæs skulde beses og saa var det Tiden, hvor de lukkede op paa Udstillingen; vi havde i en Bagerbutik forsynet os med Smaakager og en Plade Succes, som vi nød i Munkemose, saa vi kunde være styrket til at bese Kunsten! Udst. var bedre end da vi var der for to Aar siden og der var smukke Billeder. Jeg glædede mig meget over 6 dejlige Billeder af Las, et fra den store Stue – Salen – paa Båxhult, de andre var Kjerteminde, Huset og Haven; å hvor jeg syntes de var bedaarende. Men saa var det til Gengæld smerteligt at se Sybergs Billeder; han maler helt anderledes nu, synes jeg. For to Aar siden var jeg betaget over at se to dejlige Landskaber men nu! Naar jeg undtager Tante Franziskas pragtfulde Skikkelse i en Liggestol var det hele saa underligt middelmaadigt, uldent og for mig at se uskønt, men de kan vel heller ikke blive ved! Jeg har ellers altid været en stor Beundrer af Sybergs Kunst. 
+Efter 1½ Times Betragtning af de 3 smaa Sales Indhold vandrer vi hen til Bror Klakses yngste ["Klakses yngste" indsat over linjen] og Kirsten. De bor i en lille henrivende 2 Værelses Kvistlejlighed i en [et bogstav overstreget] moderne Bygning i en lille Gade, Falen – tænk at et saa sjovt gammelt Navn har faaet Lov til at bibeholdes – der er Altan, hvor deres 
+4.
+lille Unge kan staa og sove; det var et yndigt lille Besøg; jeg synes altid det er saa morsomt at besøge smaa ny-startede Hjem; og det blev i Sandhed udbytterigt – for os! Vi drog af med et Sær blaat Chiviotstøj, et Par tykke graa Flonelsbenklæder og en Regnfrakke! Og saa til Fyens Forsamlingshus, hvor vi har tænkt os Muligheden af Drudes Nærværelse, men blev, som vi jo saa ofte bliver her i Livet, skuffede. Da Agraren havde givet helt godt med af Penge og jeg havde en Fem’er liggende fra min Rejse, bestilte vi flot Dineren: Suppe, Drudes berømte Suppe, Kyllingesteg med nye Kartofler og Agurkesalat samt Karamelbudding. Dertil 2 Paaskebryg! - - Jeg havde truffet Fru Junker – Dr. J.s Kone – paa Udst. og spurgte til Prof. Hun sagde, det blev værre og værre; han gaar og synger hele Dagen, saa han er permanent hæs, og Drude kan næsten ikke holde ham ud. Saa spurgte jeg Opvartersken paa F. For. , som jeg jo kender godt, og hun svarede næsten ligesaadan; han er, kunde jeg forstaa, en frygtelig Plage for Personalet derude, naar han kommer – og det gør han tit. Saa traf det sig, at han netop kom og efter at vi nogen Tid havde hørt ham larme inde i Buffetten, gik jeg derhen og spurgte, om han ikke kom og sludrede lidt med os. Han blev helt bevæget ved at se mig og dvælede meget ved at jeg ikke havde skrevet til ham; saa fik vi forøvrigt en rigtig dejlig Passiar, næsten paa en Time; han priste dig i høje Toner og sagde, at han havde fundet dig meget mere lødig end han havde tænkt sig efter at have læst ”Den synske”. Saa snakkede vi om mange andre Ting og Manse var meget imponeret over hans Klogskab og Intelligens; han blev bag efter ved med at komme tilbage til, hvor han dog var klog og blændende. Manse saa han jo for første Gang – nej anden maaske – saa han kan jo ikke dømme, men jeg, som har kendt ham saa godt og elsket ham saa højt jeg sørger jo over den uhyggelige Væsensforandring, der er sket med ham, saa smertelig forandret nej forgrovet, mener jeg; og saa denne trættende Hang til at fortælle Anekdoter, som han aldrig før har haft men som Drude har i saa høj Grad [”men som Drude har i saa høj Grad” indsat over linjen]. Men du og nu Manse har alligevel kendt ham for lidt til at se Forandringen. Gid han endda maatte blive ved status quo! Han skulde til Fødselsdag ude hos Thora Vesterdal, men tog en Vogn for at sidde hos os saa meget længere. Å Posten! Allerede! Ja saadan gaar det altid – at han er for tidlig paa den naar det kniber
+[Skrevet langs sidste sides venstre kant:]
+Tusinde Hilsner fra os alle til Jer alle. Tusind Lykønskn. Din Junge.</t>
+  </si>
+  <si>
+    <t>1938-5</t>
+  </si>
+  <si>
+    <t>Eric Bøttern
+Jørgen Bøttern
+Margaretha Bøttern
+Thora Cohn
+Adolph Larsen
+Jens Larsen
+Jeppe Larsen
+Johanne Christine Larsen
+Peter Larsen
+Else Larsen, Else, Andreas Larsens kone
+Franz Syberg
+Gudrun Syberg
+Ane Talbot</t>
+  </si>
+  <si>
+    <t>Det har længe været tørke, men denne dag regner det. 
+Johannes Larsen er ved Fiilsø, hvor han maler akvareller. Han bliver der maj måned ud.
+En livligere brevveksling er en god idé.
+Eric og Margrethe/Gretel Bøttern har fået en søn.
+Franz/Trylle Syberg og Gudrun er blevet gift. 
+Else og Andreas/Puf Larsen vil fejre regnvejret med en malurtbitter.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/x2mV</t>
+  </si>
+  <si>
+    <t>[Fortrykt øverst på hvert ark:]
+ANDREAS LARSEN
+KJERTEMINDE
+[Håndskrevet i brevet:]
+Kære Lysse.
+Tak for det udmærkede Brev forleden. Det er rart at se, at I ikke har tabt Humøret i Tørken; men den er maaske ikke saa ødelæggende hos Jer som her. Agrarens var her iaftes, de skulde til at have Køerne paa Stald nu, og det er ikke mærkeligt, for der har bogstaveligt ikke været Græs iaar. De Ture jeg har kørt til Fiilsø har vist mig ["mig" indsat over linjen] at det stod lige skidt til paa Fyn og i Jylland. Men nu regner det. Imorges var der kommet 2 mm og op paa Formiddagen fortsatte det, saa der til Middag var kommet næsten 3. Kl 1/2 5 gik jeg ind fordi jeg var gennemblødt og siden har det
+2.)
+regnet jævnt godt; nu skal jeg gaa ud og se efter. Nu var der 10 mm, og det ser ud som der gerne vil komme 10 til, saa vil det da være en Begyndelse. Vi haaber det regner ligesaagodt hos Jer. - Far er ved Fiilsø, han var hjemme 3 Dage omkring 1 Maj men ellers har han været der siden ca 1 April. Han maler næsten udelukkende Aquarel og han regner med at være der ovre Maj Maaned ud. Jeg synes Dit Forslag om en livligere Brevvexling er rimeligt, men da Dit velskrevne af 13/5 var det første efter længere Tids Smalhals, saa videresendte jeg det straks til Far og Du maa derfor have mig undskyldt, hvis jeg ikke besvarer alle Dine Spørgsmaal. Om Øllet
+3./
+kan meldes at det for Tiden gaar som det skal. Har vi forresten ladet Jer vide at Eric og Gretel har faaet en Søn? Han blev født først i December og er saaledes lidt ældre end vor yngste Datter. Trylle er blevet gift med Gudrun og de er kommet hjem fra en Bryllupsrejse til Tyskland i Bil. Iøvrigt staar Byen paa sin [overstregede tegn] rigtige Ende. Nu skal jeg op efter Øl til Ungerne, som er ved at blive fodret. - Jeg saa paa Regmaaleren, den viste nu 12 1/2 mm., det er en pæn Fart; men saa kom jeg til at se paa Kloakken [det redje "k" i ordet overstreget] i Gaarden, der løber en Del i den; ja man kan dog altid finde noget at ærgre sig over! Og tænk saa paa alt det der falder i Stranden, det
+4.
+er jo næsten til at græde over. Else er nu ["nu" indsat over linjen] oppe med Børnene, naar hun kommer ned skal vi have vores Mad, som staar her og venter, og vi skal have en Malurt til i Anledning af Regnen. Nu kommer Else med Snapsen, saa jeg maa vist slutte.
+Mange Hilsner til Bimse, Peter, Peter, Jens og Digselv fra
+Else og Puf
+Vend!
+Jeg har engang slumpet til at skrive til Bimses Fødselsdag uden at vide det, kunde Du lade mig vide Datoen?
+Kl 21: 16 mm.
+regner stadig.</t>
+  </si>
+  <si>
+    <t>1938-08-02</t>
+  </si>
+  <si>
+    <t>Axel  Müller
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Hareskov</t>
+  </si>
+  <si>
+    <t>Fyn
+Dræby</t>
+  </si>
+  <si>
+    <t>Margrethe Benzon
+Alfred Goldschmidt
+Viktor Jensen
+Johanne Christine Larsen
+Janna Schou
+Jørgen Schou
+Marie Schou
+Erik Warberg Larsen
+Mary Warberg Larsen
+Per Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvem krokonen var.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0777</t>
+  </si>
+  <si>
+    <t>Mary bør overlade barnet til Erik/Tinge W. Larsen, eftersom hun ikke ønsker det. Johanne C. Larsen og Laura/Bibbe Warberg kan opdrage det. Erik bør få forældremyndigheden. Lige nu er Mary i krise, men hun burde have tænkt sig om noget før. Astrid Warberg kender selv til at gifte sig på trods og også til at være urimelig overfor en svigermor.
+Astrid har det bedre nu. Kun har hun lidt bronchitis og astma.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/IPPC</t>
+  </si>
+  <si>
+    <t>[Skrevet med blyant på kuvertens forside:]
+1938
+2/8 
+[Med sort blæk:]
+Fru
+Johanne Warberg Larsen
+Lindøgaard
+Dræby
+Fyen
+[Skrevet med kuglepen:]
+27-5-03.
+[Med blyant:]
+Margrethe Benzon. Død
+[Håndskrevet på kuvertens bagside:]
+Warberg Larsen 
+Hareskov
+[I brevet:]
+Hareskov, Tirsdag Morgen 2/8 – 38
+Kæreste søde Junge! Ja, jeg må skrive igen til dig – Tak for dit lange udførlige Brev med alle Bilagene – som følger vedlagt tilbage. Det er en forfærdelig Historie, Junge, ja, en Tragedie, synes jeg, med så djævelsk raffinerede Komplikationer, at man næsten ikke véd, hvordan det kan gribes an. Men én Ting slog mig voldsomt ved Gennemlæsningen af Dokumenterne – Marys bestemte Udtalelse om, at hun ikke vilde lade Barnet vokse op på Lindøgaard og 2) at hun ikke havde ønsket et Barn. 
+Når Mary løber fra det hele, har hun virkelig ingensomhelst Ret over Barnet, som dog også er Tinges. Principielt synes jeg ganske vist, at Barnet skal være hos Moderen, men hvis hun vil være Sygeplejerske – så kan jeg ikke indse, hvorfor Barnet skal vokse op hos Mælkehandleren i Kerteminde - så er dets naturlige Opvoksested så sandelig hos Faren og den anden Bedstemor – dig! Særlig hvis Bibbe bliver hjemme, er det dog rimeligt, om du og Bibbe i Forening opdrager barnet, og man har dog vel Lov til at mene, at den Ordning også for den lille vil være den bedste! Det er den rent menneskelige Side af Sagen. Og juridisk er det dog klart, at Tinge skal have Retten, når Mary forlader ham. For alt i Verden må I da ikke gøre noget overilet med, at Tinge afgiver ”Forældremyndigheden” eller i det hele giver Afkald på sit Barn; det er de nu engang to om, og det kan Mary ikke uden videre bestemme over som hun selv synes; den største Part af Tragedien er hendes, men som du selv siger, så vidste hun på Forhånd, hvad hun gik ind til og hun må tage Konsekvenserne. Jeg forstår godt, I har Medlidenhed med hende, hendes Stilling er skrækkelig, det frygteligste af alt er ulykkelig Kærlighed, der er blot den lille Mildning ved det, at det som Regel går over! Men det kan ikke – nej aldrig – overses, mens det står på. Hvor er det godt, at både du og Bibbe er besindige Naturer (jeg regner ikke med Mandfolkene, dette er et udtalt Kvindeanliggende); I må da endelig sætte alt ind på; at der ikke foretages uoprettelige Ting – Skilsmisse etc – før Barnet er kommen til Verden; husk på, hvor det ofte kan forandre alting. Mary er sikkert utilregnelig nu, hvad hun jo også selv antyder; tro mig, hun vil engang fortryde det Brev til dig, også hun må lære at se Forholdet fra den anden Parts
+2)
+Synspunkt; det er hende, der må forsøge at finde sig tilrette med, at hun som en fremmed er kommen ind i Jeres sluttede Kreds – eller rettere, det burde hun have forstået, mens Tid er, nu synes det altså at være for sent, når Tinge kun er glad over at være bleven fri; der har vi så igen Kernen i det hele – den manglende Kærlighed. Jeg tror nu, Junge, at jeg har specielle Forudsætninger for at kunne sætte mig ind i Marys Følelser og hele Tankegang – gennem mit Ægteskab med Buf og Forholdet til hans Mor; helt sammenlignes kan det ikke, men alligevel er der sådanne Berøringspunkter, at jeg udmærket forstår hendes Adfærd; også jeg var dengang bundløs uretfærdig mod Bufs Mor, som jeg alligevel inderst inde altid beundrede og holdt af. 
+Og alt det med Selvstændigheden, ja, det kan enhver forstå; men der kommer det jo igen, at Mary vidste, hvad hun gik ind til. Jeg synes, at det arme Menneske er i et forfærdeligt Dilemma! og at hun er gået ind til en yderst kvalfuld og tung Skæbne, da hun begik det Fejlgreb på Trods af alt at gifte sig med Tinge – dér ligger den store og skæbnesvangre Fejl, og den er dog egentlig både forståelig og tilgivelig. Også dér har jeg personlige og bitre Erfaringer – også jeg giftede mig i sin Tid på Trods af alt med Alfred G.! 
+Gennem Lidelser og Erfaringer lærer man at føle dybt med de andre – selv om de laver tossede Ting, som nu Mary har.
+Og med dig, søde Junge! det er sindsoprivende Ting, du skal igennem med alt dette: Men du véd jo dog med dig selv, at Marys Beskyldninger og Insinuationer er uretfærdige og hovedsagelig dikteret af hendes øjeblikkelige Tilstand – hvad hun også selv antyder, så prøv på ikke at lade det nage dig for meget, for det er næsten ikke til at holde ud. Dette Brev skulle først og fremmest gøre opmærksom på, at det eventuelle lille Barnebarn ikke brutalt må fraskrives Jer ved ubetænksomme Underskrifter eller lignende. Ja, det vilde være godt Junge, hvis vi kunde trylle os til et hinanden et Par Timers Tid, for der var meget at tale om. 
+Tingene her ser ud til at ville glide harmonisk i Lave, og jeg har det meget bedre, selv om jeg stadig har lidt Bronchitis med deraf følgende Astma om Natten. I går havde jeg hele Eftermd. Besøg af den gl. Krokone – Middag i haven Kl 6 – hun var vældig sød, og hun købte for 16 Kr. hos Nus, (2 blå Glaskrukker med forgyldte Låg - ) til Gaver! 
+Tusinde Hilsner – vær ved godt Mod, søde Junge! Din altid Dis.
+[Indsat i venstre margen på sidste side:]
+Kære Junge! Sent iaftes fik vi pr. Telefon Meddelelse om, at Margrete Benson er død, efter at har været syg i 1 ½ Aar. Venlig Hilsen Axel.</t>
+  </si>
+  <si>
+    <t>1939-12-23</t>
+  </si>
+  <si>
+    <t>Johanne Giersing
+Anna Syberg
+Ernst Syberg
+Franz Syberg
+Hans  Syberg
+Lars Syberg</t>
+  </si>
+  <si>
+    <t>Plejerup
+Malergården</t>
+  </si>
+  <si>
+    <t>Martin Arnbak
+Poul S. Christiansen
+Harald Giersing
+Elise Hansen
+Peter Hansen
+Karl Isakson
+Knud Kyhn
+Alhed Larsen
+Johannes Larsen
+Siegfred Neuhaus
+Theodor Philipsen
+Karl Schou
+Agnete Swane
+Henrik Swane
+Lars Swane
+Aase Swane
+Ernst Syberg
+Marie Syberg
+Kristian Zahrtmann</t>
+  </si>
+  <si>
+    <t>Fritz Syberg døde 20. december 1939</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, 2010/57, A 120, Lb. 2, 1258</t>
+  </si>
+  <si>
+    <t>Sigurd Swane har kendt alle Sybergs børn længe. Swane husker, da Fritz Syberg slog igennem på Den Frie. Fritz og Anna var glade, men uimponerede over de fester, der derefter blev holdt. Swane lærte en masse kunstnere at kende dengang. 
+I 1909 inviterede Anna og Fritz Syberg Swane til at komme til Fyns Hoved. Fritz Syberg sad i komiteen på Århusudstillingen og lod Swane få billeder med både dér og på Den Frie. 
+Swane var ked af at høre, at Syberg havde det så dårligt. For nyligt stod han og beundrede tre Syberg-malerier i Arnbaks Kunsthandel. 
+Swane ville gerne være kommet til begravelsen, men han må holde jul med sine børn.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/SejG</t>
+  </si>
+  <si>
+    <t>Malergården. Plejerup pr. Grevinge. 23-12-39.
+Kære store Søskendeflok, som jeg kender mere eller mindre og som jeg, med Undtagelse af den yngste lille (som jo ikke er lille mere) engang kendte så godt, at jeg ved , at dem jeg har set noget til gennem Årene, kender jeg bestandig som gamle Venner og at jeg føler sådan også for de andre (den lille yngste iberegnet) - kære allesammen som nu er samlede på Pilegården, i Tankerne er også jeg tilstede dér - for at takke og sige Farvel til jeres Fader med det stærke, varme levende Sind.
+Da I var Børn oplevede jeg som ung i nærmeste Samvær med ham og jeres hjertevarme Moder hans store Udstilling i den Frie Udstillings Bygning, der blev hans Livs strålende Gennembrud. Jeg husker ham, overrasket, stemt til Fest og Glæde, urokket i sin Jævnhed, stærk sund og frodig. De fine Fester han og jeres Moder blev bedt til (ved en af dem havde de spist på Guldtallerkner - jeg tror de største af jer endnu kan tænke jer jeres Moder fortælle derom, muntert og ganske uimponeret, sådan som jeg endnu kan høre hendes Stemme) var jeg ikke med til, men fra Dag til Dag satte de mig Stævne på Udstillingen eller hvor de mødtes med deres Malervenner, som jeg alle lærte at kende i de Dage, gamle Theodor Philipsen, Las og Be, Peter Hansen og hans Kone, Karl Schou og jeres "Tante Marie" og måske flere - ja Karl Isaksson, som jeg kendte i forvejen - - var der flere - der var mange andre Mennesker - Zahrtmann tror jeg også jeg atter strejfede i de Dage - - Det var før Krigen, hvad der end kunde tynge Mennesker, var der endnu en Lethed, en Optimisme i Sindet, som måske kun var delvist berettiget, men dog var så indtagende og uskyldig, så fri som den ikke siden har kunnet trives i vore Himmelstrøg. 
+Og inden disse to søde overraskende Mennesker, som havde opsøgt mig ukendte unge Mand, fordi de havde glædet sig over mine Billeder på Århusudstillingen i 1909 (antagne fordi jeres Fader havde siddet i Komiteen og holdt på dem) inden de var rejst havde de indbudt mig til til Maj at komme til dem i Kerteminde og derfra tage med op til det fjerne næsten ubetrådte Fynshoved.
+Til da havde jeg levet meget isoleret, fra Akademiet i Venskab, i nært Venskab med Harald Giersing og Neuhaus x) - havde naturligvis truffet andre jævnaldrende, havde gået hos Zahrtmann og dér også lært Poul Christiansen at kende, men mest levede jeg ene med mit Arbejde - og nu var på een Gang disse Mennesker kommet til mig. Der kom År, hvor jeg oplevede mangt og i en Årrække var mit Liv i nær Kontakt med de Mennesker. 
+I forstår vist, at jeg aldrig har glemt jeres Fader og hans første Indgreb i mit Liv, da han fik mine Billeder på Århusudstillingen og selv, sammen med Anna, en Dag bankede på min Dør på et stille Kvistatelier i Pileallé - siden foreslog jeres Fader mig til "den Frie Udstilling" - og i Årenes Løb har jeg fået et Brev nu og da, som har forlænget Linjerne.
+Det gjorde et stærkt Indtryk på mig, da Ernst nu på min Udstilling fortalte om hvor dårlig jeres Fader var. Men at Afslutningen var så nær, havde jeg ikke tænkt mig. Jeg håber, den ikke har været altfor svær. -
+Lige inden jeg rejste fra København stod jeg hos Arnbak og beundrede en Væg som udfyldte af 3 Billeder af jeres Fader, et større Snebillede fra Pilegårdens Omegn i Midten, simpelt og storladent, Landet i Hvile under Vintervejr og Kulde men med Hegn og Ris og Træer krydsende det hele, forvarende Livet til næste Sommer. Det var meget smukt, det var vist så sent som fra 1927. Et andet fra samme År og et vist fra 26 - to stille Landskaber - det en en Vej ud mod Aftenhimlen har jeg set engang før - det andet en Gråvejrsdag ved en stille Kyst, ikke megen Farve i noget af dem, men ["men" overstreget] næsten uanselige i Virkningen, men fulde af Liv og Følelse for Motivernes Spændevne. 
+Jeg gik gerne, når I fører jeres Faders Legeme til det sidste Hvilested et Sted bag i Rækkerne, men jeg må nøjes med at være der i Tankerne, mine Børns Jul holder mig fast her. 
+Men tag alle en hjertelig Hilsen fra mig, hver især.
+jeres hengivne
+Sigurd Swane.
+[Nederst s. 3 er indsat:] x) fra min Skoletid Ven med Knud Kyhn - 
+[Bagpå side 4, nederst, er skrevet med blyant:] Hermed et Brev
+som vi beder dig sende videre til de andre</t>
+  </si>
+  <si>
+    <t>Gudrun Larsen
+Johannes Larsen
+Vilhelm Larsen</t>
+  </si>
+  <si>
+    <t>Den eller de sidste sider af brevet mangler. Man kan af håndskriften se, at Andreas Larsen er brevskriveren.
+Rørdam var Vilhelm Larsen/Klaks' tjenestebolig.</t>
+  </si>
+  <si>
+    <t>Andreas/Puf har været klar til at køre Johannes Larsen til Sverige for at se på traner. De to talte i telefon, mens Larsen var hos sin bror, men Larsen var træt og sulten og derfor umulig at få et svar fra. Senere fortalte Gudrun, at Larsen havde sagt, at han skulle arbejde på sine Fynstegninger.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/yT3u</t>
+  </si>
+  <si>
+    <t>Kære Lysse. 
+Det var morsomt at høre Din Stemme i Formiddags og spændende med de Traner. Jeg har hele Dagen været spændt paa hvad det kunde udvikle sig til og da jeg havde fundet Vognens Passérseddel frem begyndte jeg at vente paa Fars Hjemkomst forat høre, hvordan han stillede sig for at tage Chancen til Tranerne ved et lille Sverigesbesøg. Men han kom slet ikke, først Kl ½ 7 ringede han, at han spiste hos Klakses. Jeg ringede straks derned i Fare for at forstyrre ham i Aftensmaden, men uheldigvis fik jeg ham førend de gik til Bords. Du ved hvordan han er naar han er træt og sulten: Det var umuligt at faa nogen Besked af ham, hvorfor jeg lod ham spise og ringede saa igen Kl. ½ 8, men fik først Forbindelsen Kl 8 og talte med Gudrun, som sagde at han lige var kørt. Jeg spurgte om han havde udtalt sig om Sverigesturen og hun fortalte at han havde sagt: ”nu var han kommet i gang med at tegne Fynstegningerne og man skal jo ogsaa en Gang imellem bestille noget.” Derfor ringer jeg ikke iaften til Höljeryd for jeg betragter det som afgjort, at han ikke vil afbryde sit Arbejde her. Han havde ogsaa paa Rørdam
+[Resten af brevet mangler]</t>
+  </si>
+  <si>
+    <t>1940-10-03</t>
+  </si>
+  <si>
+    <t>Lauritz  Brandstrup
+Marius Christiansen
+- Gosch
+Elise Hansen
+Else Jensen
+Jens Jensen
+Johannes V. Jensen
+- Kabell
+Jens Larsen
+Jonas Larsen
+Peter Andreas Larsen
+Else Larsen, Else, Andreas Larsens kone
+Alhed  Møhl, Lysses datter
+Ejvind Møller</t>
+  </si>
+  <si>
+    <t>Elena og Johan Larsens nye søn var Johannes/Jonas Larsen. 
+En tegning af et vikingeskib optrådte på etiketten til en af de øl, som Andreas/Puf Larsen bryggede. Den omtalte sag må have handlet om hans ret til at bruge dette motiv. 
+Swinhoesfasan er en hønsefugl, der lever i blandt andet Taiwan (Wikipedia marts 2022).
+Det vides ikke hvad "den Clement" er.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen skriver tillykke med den nye søn.
+Jens Jensen er blevet kredslæge.
+Andreas/Puf har vundet varemærkesagen, men har fået en sror advokatregning.
+Johannes Larsen har fasankyllinger, en agerhøne, dværghøns mm. En ræv tog en edderfugl, hvorefter Andreas/Puf skød den. 
+Larsen har været på Langeland for at se på skarvkolonier. En skovrider gav ham en tobaksdåse, som har tilhørt Lauritz Brandstrup, og Andreas/Puf har fået den. 
+Familien har fået både ansjoser og sild, og de spiser også af de fisk, som Christiansen kommer med til odderne. 
+Johannes Larsen er blevet æresmedlem af Jagtselskabet Fiilsø.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/azsA</t>
+  </si>
+  <si>
+    <t>Kjerteminde 3 Octbr 1940.
+Kære Lysse og Bimse!
+Til Lykke med den nye Søn! Jeg har været en Uges Tid i Kjøbenhavn for at faa gjort noget ved mine Tænder og var et Par Gange hos Elise. Jeg var ogsaa hos Johannes V’s der var glade ved at Jens var bleven Kreslæge i Kallundborg incl. Samsø; nu kan han jo nemt sejle til Kjerteminde. Jeg traf ogsaa Dede hos Magisterens. Puf vandt den Varemærkesag ved Sø og Handelsretten og Gosch blev dømt til at betale Sagsomkostningerne med 150 Kr. hvad der jo er som en Skræder i Helvede da Sagførerne skal have 800 K. deraf 400 til Ejvind Møller, som jeg traf hos Johs V. og fik til at tage Kunst for Beløbet. Naar Du ikke har set min Skrift siden Februar er det ikke min Skyld. Jeg har bl.a. skreven 2 Breve til Dig i Septbr, det ene d. 25/ [”25/” overstreget] 4/9. Lad mig vide om Du faar dette? det er jo ærgerligt at betale den dyre Porto naar Brevene ikke bliver besørgede. Vi har faaet et nyt, graat Gulvtæppe i Dagligstuen og lagt Resterne af det gamle i Trappestuen. Vi havde en Dværghøne der gik i Haven med 2 Svinhoefasankyllinger og en Agerhønekylling, den sidste en Hane der er saa tam at den kommer naar jeg kalder og spiser af Haanden, den er nu voksen og næsten helt i Voksendragt, men jeg lukkede dem ind i Volieren da jeg rejste til Kjøbenhavn. For ca 14 Dage siden tog en Ræv en Ederfuglehun her i Haven og vi satte en Saks hvor den havde slæbt den gennem Hegnet, der sad et dødt Pindsvin i den om Morgnen. Om Aftnen satte vi Saksen igen efter at have lukket Gæs og Ænder ind ved Bassinet og uden at jeg vidste om det satte Puf sig op i Lysthuset med Bøssen og skød Ræven paa Gangen ud for Bassinet, Skindet er nu i Odense hos en Bundtmager. Til Lykke Bimse med Staalvasken og den fynske Pige ja og Vej og Baad og Aal og Gedder. Lad mig bare faa den Clement herover. Jeg var en Gang i Sommer paa Langeland for at se en Aalekragekoloni ved Tranekær Slotssø, der har været der de 3 sidste Aar, der var et Par og Tyve Reder i Elletrær ved Søen, men der skal have været omtrent dobbelt saa mange i Fjor, en Del af Redetræerne var fældet
+2.
+i Vinter. Skovrideren der bor ved Siden af den gl. Skole kom jeg til at snakke med om gamle Brandstrup, og da han hørte jeg havde Sønner der røg, gik han ind og hentede en nydelig Mahogni Tobaksdaase som havde været Br.s og som han sagde havde staaet hos ham i mange Aar og ventet paa en Efterkommer af gl. Br.. Puf blev meget glad ved den. alt dette har jeg vist skreven om før. Ogsaa at jeg fik en Hilsen fra Jer gennem Kabell, der ringede op da han kom hjem. Samme Mand rejste jeg sammen med hjem fra Kjøbenhavn og fik en Del mere at vide deroppe fra bl.a. at der ingen Fugle var i Aar. I Forgaars var jeg med Christiansen ude paa Jagt ved Lille Viby vi saa 3 Harer og fik de 2 og han forærede mig den ene. En Gang i Sommer fik vi en hel Del ægte Ansjoser, vi lagde en Krukke fuld ned i spansk Salt og ligger den nu i Olje og de smager som italienske Sardeller. Vi har ogsaa faaet lagt nogle fortrinlige Sild med baade Krydder og Spegesild. Vi har ogsaa spist en Del af de ægte Ansjoser stegt og kogt og de var gode paa begge Maader. [Tegning] det er en fin Fisk med store Øjne og spids Næse med Overbid og næsten cirkelrund i Gennemsnit. Vi har i det hele Taget spist en hel Del af det Christiansen kommer med til 0dderne, især smaa Makreller og Brislinger og Hornfisk. Jeg har vist ogsaa fortalt Jer at jeg er bleven Æresmedlem af ”Jagtselskabet Fiilsø.” Men jeg har ikke været derovre siden. Nu kan jeg ikke hitte paa mere i Øjeblikket, men hvis I faar dette og jeg faar Svar skal I faa Brev igen. Mange Hilsner fra Puf og Else som jeg ogsaa skal ønske Jer til Lykke fra i Anledning af den nye Dreng; og mange Hilsner til Jer allesammen fra 
+Jeres JL.
+Afs: Johannes Larsen
+Kjerteminde
+Danmark</t>
+  </si>
+  <si>
+    <t>1941-11-03</t>
+  </si>
+  <si>
+    <t>Palle -
+Esben Hansen
+Drude Jørgensen
+Peder Kruuse
+Johannes Larsen
+Else Larsen, Else, Andreas Larsens kone
+- Salle
+Eric Struckmann</t>
+  </si>
+  <si>
+    <t>Drude Jørgensen havde Larsens billedserie, "Den grimme Ælling", hængende i Fyns Forsamlingshus, som hun bestyrede.
+Johannes Larsens bror, Vilhelm, boede på gården Rørdam. 
+Afslutningen på brevet mangler.</t>
+  </si>
+  <si>
+    <t>Før Ingeborg Nielsen Vesterdal, g. Jørgensen (Drude) døde, havde hun besluttet, at det beløb, som salget af Johannes Larsens billedserie, "Den grimme Ælling" indbragte, udover hvad hun selv havde givet, skulle deles mellem Larsens sønner og to andre. Andreas (Puf) har fået sine 3000 kr. Esben Hansen undersøger, hvordan Johan (Lysse) kan få sine penge tilsendt.
+Struckmann har været på besøg, og han var underholdende.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/K0nP</t>
+  </si>
+  <si>
+    <t>Mandag 3 Nov 1941.
+Kære Lysse.
+Vi to har faaet 3.000 Kr hver. Som Du vel ved fra Fars Breve er Drude død nu sidst paa Sommeren. Hun havde bestemt, at det som Billedserien "Den grimme Ælling" indbragte mere end hun havde givet for den, skulde deles i lige Dele mellem Palle, Salle, Dig og mig. Det blev altsaa 3.000 til hver. Dine er sat ned i Kerteminde Sparekasse indtil vi hører nærmere fra Dig. Vi var alle 3 til Frokost hos Palle og Else i Lørdags hvor vi fik overrakt de 12 Plovmænd. Far skulde videre til Rørdam paa Jagt, Else og jeg tog hjem om Aftenen. Det var en grundig Frokost med 5 Slags Snaps foruden Bitter; der var kun Salle og hans Kone og Fru P.A. Kruuse foruden os. - Det er vist vanskeligt at sende Penge over til Jer nu, Esben vilde undersøge Mulighederne herfor. - Ja nu er Tiden gaaet saa jeg maa fortsætte med en ny Dato: 19/11.
+Vi har haft Besøg af Struckmann. Han var herlig. "Kære Hr Johannes Larsen, det er med ubehersket Glæde at jeg siger ja til en Snaps". Og lidt senere ved [et overstreget ord] en Lysholmer: "Ja, med ubehersket Glæde og foldede Hænder sætter jeg denne herlige Drik tillivs". Og saadan gik det i det uendelige. Da han vilde byde mig en Cigaret (vi sad straks overfor hinanden) rejste han sig og gik [resten af brevet mangler]</t>
   </si>
   <si>
     <t>1943-10-21</t>
   </si>
   <si>
     <t>Birgit Brandstrup
 Ebbe Brandstrup
 Ellen Brønsted
 Thora Cohn
 Andreas Larsen
 Elena Larsen
 Jens Larsen
 Jeppe Larsen
 Johanne Christine Larsen
 Johannes Larsen
 Jonas Larsen
 Peter Andreas Larsen
 Else Larsen, Else, Andreas Larsens kone
 Elisabeth Mackie
 Alhed  Møhl, Lysses datter
 Holger  Møller Hjorth
 Ellen  Sawyer
 Arne Schwark
 William Schwark
 Elly Svarrer
@@ -11619,1068 +11824,863 @@
 Det vides ikke, hvad Elly Svarrers mand hed. 
 På Faldengård nær Otterup på Fyn boede Christine Mackies datter Agnete/Nete med sin mand, Holger. Agnete blev bortadopteret efter fødslen, men hun og den biologiske familie bevarede kontakten.</t>
   </si>
   <si>
     <t>Christine Mackie undskylder, at hun ikke forlængst har skrevet tak for afskriftet af Elisabeth/Putte Mackies brev. Det var sødt af Johan/Lysse Larsen at sende Elisabeth et telegram. Christine havde ikke hørt fra datteren i otte måneder, men hun fik nu med næsten et års forsinkelse to breve fra USA, og alt er vel. 
 Andreas/Dede Warberg fyldte 60 i juli, og Christine havde ikke råd til at komme til ham og deltage i festen. Andreas sendte så 40 kr., og Christine lånte 60, og hun havde nogle dejlige dage i Jylland. Derefter tog hun til Kerteminde. Johanne var meget syg og lå stort set bevidstløs hen, men pludselig kom hun sig og sad i sengen og røg en cigar. Efter Kerteminde-turen besøgte Christine en veninde i Odense, og til sidst tog hun til Agnete og Holger på Faldengård. Holer var lige så utålelig som altid. 
 Andreas/Puf Larsen har haft sine børn med på en heldags sejltur, som var stor succes. Derefter roede Jeppe Larsen Christine en tur.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/PCEm</t>
   </si>
   <si>
     <t>21/10 - 43.
 Kære lille Lysse!
 Det er skammeligt af mig, at jeg ikke allerede i Sommer takkede dig for det, så umådelig værdifulde Brev, jeg fik mens jeg var i Kjerteminde, med Afskrift af Puttes! Jeg rejste dog ud på min Sommerferie med den bestemte Hensigt at jeg netop fra Kjertem. vilde skrive dig et langt Sommerferiebrev, men som det altid går mig - når jeg ikke har Antydning af noget at arbejde med (som jeg skal, altså) så falder der over mig en altomfattende og uovervindelig Dovenskab! Så det blev jo ikke til noget, trods det Incitament, som dit Brev dog var! Så kom jeg hjem fra Sommerferien og kom ind på Hovedet i Lotteritravlheden, efter hvilken jeg gav mig til at summe mig - desværre lidt for længe, for da jeg endelig var parat til at skrive, så var der af højere Magter sat en Stopper for det - og sådan er det så gået. Jeg har forstået, at det var din Idé med Telegrammet til Putte - det var forfærdelig sødt af dig at tænke på det, Lysse! og det førte jo med sig, at min lange Trængselstid fik Ende; det var en drøj Omgang, de ca. 8 Måneder da jeg gik og ingenting vidste. Jeg har nu igen i September hørt fra Grethe, at alt er vel derovre. Forleden - 15/10 - fik jeg såmæn to Røde Kors Breve fra Amerika, et fra E. og et fra en ung Frue af hendes og mine Venner dér; det ene var skrevet sendt ["sendt" indsat over linjen] d 8/10 - 42 det andet 19/10 - 42 - hun ønsker mig glædelig (forrige) Jul! Det er jo ikke meget værdifuldt som Korrespondance betragtet!
 Jeg havde ikke troet, at jeg kunde komme ud i denne Sommerferie, da jeg ikke havde nogen Penge; det var Dedes 60 Års Fødselsdag i Juli, og vi var jo bedt til Fest, så det var kedeligt nok, men skulde jeg rejse, måtte jeg desuden have Vikar for ca. 50 Kr. så det var udelukket. Så sendte Dede mig 40 Kr. til Rejsepenge - og skønt det jo hverken var helt eller halvt nok, så syntes jeg dog, at jeg måtte gøre en Udvej, når han så gærne vilde have mig med og var så generous, og så lånte jeg 60 Kr. på lang Afbetaling og drog afsted i underskønt Sommerferievejr. Vi havde nogle dejlige og hyggelige Dage hos Dede, - Lugge, Elle og jeg - og gjorde nogle Ture med Toget ud i de dejlige Egne. Så tog jeg til Kjerteminde, hvor jeg var i 14 Dage. Der var jo en Skygge over det, med Johannes Sygdom, men hun var endnu, mens jeg var der, skønt lidende og svag ikke egentlig ængstelig syg, det blev hun først senere, og der var jo en lang Tid, hvor vi helt havde opgivet nogensinde mere at se hende - I har vel hørt om det fra Kjerteminde? hvordan hun lå i dyb Søvn eller Bevidstløshed i Uger - og så den 29. Sept. den Dag, da hun fyldte 70, vågnede op til Livet igen. Elle havde ikke tænkt at tage derud den Dag, men Bibbe ringede at Johanne havde spurgt efter hende - og da hun kom derud, lå Johanne og røg en Cigar!! Den første Tid var hun meget uklar, men det klarer mere og mere, og det ser nu ud, som om hun kan blive sig selv igen. - De sidste 5 Dage jeg var der, var så skønne, at det var meget svært at rive sig løs - stille Sommervarme over alt det modne og frodige, der er nu ingen Stedet, hvor man kan sådan blive fyldt med Sommersalighed som dér - ikke mig, da! 
 Så var jeg et Par Dage hos min Ungdomsveninde i Odense, Elly Svarrer f. Eilskov. Hun er selv nøgtern og meget afholdende og nøjsom men hun ved, at jeg er Epikuræer og retter sig derefter! Ægte Kaffe på Sengen og efter Middag, ægte The, Rødvin til Middag, store Cigarer og - Calorie om Aftenen på Bænken ude i Haven, hvor vi sad til Kl. 11 hver Aften og sludrede om vores fælles Ungdom. Hendes rare Mand lå på Sygehuset for noget ikke så slemt, så vi var alene sammen. De er rige og har et yderst komfortabelt Hus. Ferien sluttede jeg på Faldengård, hvor den rare Holger var omtrent ligeså skrubbet og utålelig som altid - man kunde tæske ham men har en Del tilovers for ham alligevel.
 Bes og Arne har købt et lille Hus i Virum og skal flytte derud 1 Nov. jeg tror det er meget formålstjenligt at Be kommer fra Lugge og prøver at stå på sine egne Ben og selv tage Ansvar for Barnet, som er i Trivsel og flink og rolig. -
 Puf var en hel Dag ["hel" indsat over linjen] - da Las, Else og jeg var i Odense - på Tur med alle tre Børn i Båden på Fjorden; de havde Telt med og alle mulige Grejer til at lave Mad, og det var en meget stor Dag for dem alle fire; de kom hjem Kl 10 om Aftenen, aldeles matte og søvnige men yderst tilfredse. Jeppe havde lært at ro Båden så pænt, og næste Tir. - min sidste - udbad han sig at ro mig en Tur, det blev Lavvande, så Båden ikke kunde komme ind, men vi løste Spørgsmålet ved at jeg vadede et Par Mil ud i Bugten og besteg Båden dér. Jeppe var stolt; han er en fortryllende lille Dreng, - den af de tre, som står mit Hjærte nærmest.
 Bimse har forhåbentlig engang - for længe siden - fået et Brev fra mig, efter at hun havde sendt mig de søde Billeder af Børnene, som jeg lige har siddet og set på - men jeg mangler jo Peter! 
 Så må I have det godt! Mange kærlige Hilsener til jer alle fra
 Meme.
 Birgit og Ebbe er i Sverige for Tiden - men det ved I vel.</t>
   </si>
   <si>
-    <t>1889-03-01</t>
-[...728 lines deleted...]
-  <si>
     <t>1944-05-03</t>
+  </si>
+  <si>
+    <t>Christa Knuth</t>
+  </si>
+  <si>
+    <t>Knuthenborg pr. Bandholm</t>
   </si>
   <si>
     <t>Lea Gottschalk
 Hans Hvass
 Karl Isakson
 Johannes V. Jensen
 Niels Kjærbølling
 Eiler Lehn Schiøler
 Theodor Philipsen
 Eric Struckmann
 Leo Swane
 William Yarrell</t>
   </si>
   <si>
     <t>Sagen om Discontokassens opbevaring af billeder og Johannes Larsens gæld til samme discontokasse er uklar. 
 Johannes Larsens artikel til tidsskriftet Danmark kendes umiddelbart ikke. 
 Fyens Disconto Kasse, oprettet 1846 i Odense som Danmarks første private forretningsbank, efter at byen, som dengang var provinsens største, havde fået afslag på at få en nationalbankfilial på linje med Aarhus og Flensborg. Discontokassen skulle diskontere de veksler, som fynboerne var trætte af at sende til Hamburg og København, men den udvidede snart sit forretningsområde (Lex.dk).</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/hAY5</t>
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:]
 Fru Lensgrevinde
 Knuth
 Knuthenborg
 Bandholm.
 [I brevet:]
 Kjerteminde 3 Maj 1944.
 Kære Grevinde
 Tak for Dit Brev. Jeg har selv ingen Erfaring i Svaners Rugetid, men jeg har set efter i Literaturen og her er nogle Tal. Kærbølling 5-6 Uger. Yarrell. 6 Uger Schiøler 34-36 Dage Manniche 6 Uger. De lærde er altsaa ikke helt enige. Min Gaas ruger paa 6 Æg og den ene Graaand paa 13, den anden har jeg ikke funden endnu. I Gaar blev jeg endelig færdig med Hans Hvass og i Dag har jeg faaet den sidste Bestilling fra Haanden, saa nu kan jeg da endelig komme i Gang med Træsnittet igen. Jeg blev for lidt siden ringet op af Leo Swane der fortalte mig at Ny Carlsbergfonden vilde købe de Billeder vi havde sendt ud til Discontokassen til Opbevaring for 80.000 Kr. Det drejer sig om 5 Billeder af Isakson, 2 af Philipsen og et af Gotschalk. Det er jeg meget glad over, Isakson Billederne kommer paa Statens Museum og de andre paa Glyptotheket, saa er det jo ikke saa strængt at komme af med dem, man kan se dem naar man vil og er jo paa en Maade selv Medejer. Og saa gør den rare Sum jo et godt Indhug i min Gæld til Discontokassen. Struckmann og Johannes V. Jensen har sat mig til at skrive om Kjerteminde i 14 Dagsskriftet ”Danmark” Det er jeg ikke saa stolt af, ogsaa fordi jeg har nok at gøre foruden, men de paastaar at der er ingen der er nærmere til det [”det” indsat over linjen]. Jeg har tænkt mig at jeg naar jeg er færdig med Træsnittene, det bliver vist først efter Pintse, kunde trænge til en lille Ferie, og at jeg dersom Du til den Tid vil have mig derover, kunde skrive det paa Knuthenborg. Her staar ellers alting godt til, men altsaa med Travlhed. 
 Mange Hilsner
 Din hengivne
 Johannes Larsen.</t>
   </si>
   <si>
-    <t>1895-11-18</t>
-[...8 lines deleted...]
-Trine Johans
+    <t>1944-05-27</t>
+  </si>
+  <si>
+    <t>Thora Cohn
+Gonny Egeberg Jørgensen
+Else Larsen
+Jeppe Larsen
+Ane Talbot</t>
+  </si>
+  <si>
+    <t>Under 2. verdenskrig måtte de rejsende over Storebælt underkaste sig en udstrakt kontrol. Tilstrømningen blev reguleret ved udstedelse af særlige ’adgangstegn’, der skulle bæres synligt, og inden man gik ombord, blev man visiteret af politiet (Danmarks Jernbanemuseum https://www.google.com/search sca_esv=df9114d5be7f4ca8&amp;amp;sca_upv=1&amp;amp;rlz=1C1GCEB_enDK974DK974&amp;amp;sxsrf=ACQVn0986YKBr0RghJP_hMkV86mTMjBMvw:1713168089553&amp;amp;q=%22adgangstegn%22+storeb%C3%A6ltsf%C3%A6rgen&amp;amp;sa=X&amp;amp;ved=2ahUKEwiN-Ku74MOFAxVjQvEDHZH-BtgQ5t4CegQIIxAB&amp;amp;biw=1536&amp;amp;bih=703&amp;amp;dpr=1.25). 
+Det vides ikke, hvem frk. Kjær var. 
+Som hævn for likvideringen af stikkeren Harald Emil Sørensen blev bankdirektør Henning Hoffmann 26. maj 1944 forsøgt myrdet, da han var på vej ind på domhuset i Odense, men han overleverdeattentatet. En time senere blev trælasthandler N.H. Hein myrdet, mens han opholdt sig på sit kontor i Østergade. Drabet blev begået af Walther Gläsner og Fritz Himmel samtidig med at begravelsen af Harald Emil Sørensen fandt sted.(https://www.lexabc.dk/87/clearingmord). 
+I maj 1944 blev Fyens Stiftidendes bygning på Graabrødre Plads bombsprængt. Det tyske terrorkorps, Petergruppen, stod bag. Episoden er nævnt i andre breve - blandt andet et skrevet af Else Larsen, hvis forældres lejlighed blev ramt. 
+Schalburgkorpset, opkaldt efter Christian Frederik von Schalburg, leder af Frikorps Danmark, var et korps af danskere i tysk militærtjeneste under besættelsen (Wikipedia april 2024).</t>
+  </si>
+  <si>
+    <t>Johannes Larsen kom godt hjem, men han havde glemt, at man skulle have adgangskort til Storebæltsfærgen. Han slap dog med skrækken.
+Larsen har gæslinger og ællinger.
+Frk. Kjær havde ikke råd til at give 300 kr. for akvarellen, og hun fik den for 150.
+Larsen returnerer (rationerings)mærker.
+Ruderne i Elses forældres lejlighed er smadret, da Fyns Stiftstidende blev bombet. En bankdirektør og en trælasthandler er blevet skudt som hævn for likvideringen af en stikker.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/YyR5</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Lensgrevinde
+Chr. Knuth
+Knuthenborg
+Bandholm. 
+[I brevet:]
+Kjerteminde 27 Maj 1944.
+Kære Grevinde! Glædelig Pintse!
+Jeg kom godt hjem i Gaar, men der var Held i det, jeg havde nemlig glemt at der var noget der hedder Adgangskort til Færgen og blev stoppet da jeg skulde ind og visiteres. Har De Færgebillet? blev jeg spurgt og da jeg lukkede min Pung op, blev der straks sagt Værsgo! Mens jeg sad og spiste den medbragte Madpakke i Rygesalonen lagde jeg Mærke til at alle Passagerer gik omkring med et grønt Mørke og spurgte min Sidemand, hvad det betød, det var Adgangstegnet, og da jeg bemærkede at saadan et havde jeg ikke, svarede Vedkommende at saa havde jeg været usædvanlig heldig. Der gik nu et Lys op for mig. Da jeg lukkede min Pung op havde Kontrolløren straks faaet Øje paa min Garantiseddel der tilfældigvis havde nøjagtig samme grønne Farve som Adgangstegnet. Hvis jeg var bleven stoppet skulde jeg have gaaet i Korsør til om Aftnen. Alt staar godt til her. Der er 3 raske Gæslinger, der kun har den Fejl at de føler sig mere knyttet til Mennesker end Gæs, hvis Aarsag Forældrene særlig Moderen efter Haanden har mistet Interessen for dem. I Gaar kom den anden Graaand med 8 raske Ællinger mærkelig nok er de 2 helt gule og bliver altsaa hvide, det rigtige Vejr til dem i Dag 23º og sløret Solskin og stille. Frk Kjær ringede i Morges og meldte at hun havde faaet Akvarellen, men at Du havde glemt at sige hende Prisen, hun lød temmelig rystet da jeg sagde 300, mere end 150 havde hun ikke Raad til og Piben havde der været budt hende 1000 Kr for. Det endte med at jeg lod hende faa den for 150 under Løfte af ikke at sige det til nogen. Jeg vedlægger nogle Mærker der i Dag er kommen tilbage fra Knuthenborg + de Byttemærker Frk. Egeberg forsynede mig med og som jeg ikke fik Brug for paa Grund af Smørrebrødspakken. Tak for Laan! Da jeg kom hjem i Gaar var Else i Odense i Anledning af at alle Ruderne i hendes Forældres Lejlighed var røget paa Grund af Schalburgfolkene havde bombet Fyens Stifttidendes Ejendom skraas overfor. De havde desuden sprængt 3 Forretninger i Kongensgade og skudt en Bankdirektør og en Trælasthandler, altsammen fordi der Dagen før var aflivet en Stikker, den Portner vi læste om i Toget. Mange Hilsner og Tak for sidst. Jeg skal ogsaa hilse fra Else, Puf og Børnene Din hengivne JL.</t>
+  </si>
+  <si>
+    <t>1944-07-04</t>
+  </si>
+  <si>
+    <t>Else Larsen, Else, Andreas Larsens kone</t>
+  </si>
+  <si>
+    <t>Marius Christiansen
+R.A. Christophersen
+Thora Cohn
+Johanne Giersing
+I.G. Jacobsen
+Andreas Larsen
+Jeppe Larsen
 Johanne Christine Larsen
-Karl Madsen
-[...74 lines deleted...]
-Johannes Larsen.</t>
+Johannes Larsen
+Vilhelm Larsen
+Christine  Mackie
+Dagmar Madsen
+Didrik Overgaard Nielsen
+Emma Overgaard Nielsen
+Ester -, pige i huset hos Johannes Larsen
+Anna Louise Syberg
+Ernst Syberg
+Franz Syberg
+Gudrun Syberg
+Hans  Syberg
+Lars Syberg
+Ane Talbot</t>
+  </si>
+  <si>
+    <t>26. maj 1944 sprængtes en Schalburgtage-bombe i Odense centrum. Den omtalte Passage gik fra Vestergade til Pogestræde. Den blev etableret i 1926. (Johnny Wøllekær og Jørgen Thomsen: Det blev Strøgpassagen og ikke Strømpeskaftet. Artikel fundet på nettet juli 2023).
+Kæreste var Else Overgaards moster.
+Det vides ikke, hvem Else Larsens kusine var.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, 2002/61, A8, lb 11, kasse 1, kuvert 2.</t>
+  </si>
+  <si>
+    <t>Else Larsen takker for de flotte gaver. Ane fik rulleskøjterne, og Jeppe arvede de gamle. Ane går til svømning. Thora og Jeppe bader fra badehuset.
+Puf og en gartner har ordnet haven meget fint. 
+Det er lykkedes Else at hyre en pige, Ester.
+En Schalburgtage-bombe, som var rettet mod Fyns Stiftstidende, har beskadiget Elses forældres kontor og lejlighed samt omliggende ejendomme. Elses mor er meget ude af fatning. Hun og manden ventede i fem dage på nye vinduer, men en ny sprængladning smadrede dem. Elses forældre kom til Kerteminde, men tog hurtigt tilbage til Odense. Elses mor blev derefter syg med høj feber, men heldigvis kom Ester og kunne hjælpe med diverse. 
+Else har sammen med hele Syberg-familien deltaget i Johanne/Besse Giersings begravelse på Drigstrup Kirkegård, og det var meget trist. Franz/Trylle Sybergs 40års fødselsdagsfest blev aflyst. 
+Else har været på besøg hos Johanne/Junge Larsen, og hun havde det overraskende godt.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/3dkp</t>
+  </si>
+  <si>
+    <t>1) Kerteminde d. 4/7 1944
+Kære Ugle og Rie!
+Mange Tak for jeres Breve og jeres mange Forsendelser, jeg er meget glad for Tallerkenerne og Fadet, vi trængte saadan til begge Dele og Las er glad for Glassene, han skriver nok selv; og sikken en Flothed med Rulleskøjter, Ane havde faaet et Par, men hun fik de ny og Jeppe de gamle og begge var meget glade, han er allerede den dygtigste, Ane er ikke saa ihærdig til at lære, naar hun ikke kan straks, taber hun Modet. Heldigvis er hun vedholdende med Svømningen, hun faar Undervisning i Aar igen og bliver meget rost af Lærerinden, hun opholder sig næsten hele Dagen ude paa Badeanstalten, der er heldigvis meget lavere i Aar, hun kan næsten bunde ved Broen. Jeppe og Thora opholder sig ved Badehuset hele Dagen, vi har faaet lavet en Bro, som Jollen ligger ved. I Haven foregaar en Masse, vi har haft en Gartner gaaende nu i 2 Maaneder foruden at Puf har været der hele Tiden og der er ryddet vældig op alle Vegne, fældet udgaaede Træer og Hylde og Elme, som stod allevegne, Køkkenhaven i fin Stand og alle Plænerne klippet med Maskine, bare det giver Arbejde til en Mand den meste Tid. Men jeg glemmer det vigtigste, jeg har faaet en Pige i sidste Øjeblik efter at jeg havde opgivet fuldstændig og indrettet mig paa at være alene med Grete til lidt Hjælp, denne er fra Aarhus og Veninde med Christiansens Pige og er gennem hende bleven anbefalet Pladsen, hun har ikke været i Huset i et Aar, men lader til at være helt flink og omgængelig og ihvertfald en stor Hjælp. Her var en kort forinden, som jeg havde telefoneret til efter en Annonce, hun havde Masser af Tilbud og forlangte 175 Kr, var 20 Aar og kunde daglig, men vilde gerne lære finere Madlavning, jeg gik ind paa alt, men hun ringede næste Dag, at hun havde taget en anden Plads, det er et formeligt Kapløb, naar der er en eller anden Form for Hushjælp i Udsigt. Iøvrigt har vi haft en temmelig bevæget Tid, Far, Mor og Kæreste skulde jo komme til Pinse, men 
+2) umiddelbart forinden blev Fyns Stiftstidende bombet, hvorved en Mur væltede ind i Fars Kontor og i Lejligheden blev naturligvis alle Ruder knust og Glasskaarene fløj rundt og ødelagde forskelligt, alt i Vinduerne røg ned paa Gaden og ikke mindst, de fik alle 3 saadan et Chok, som Mor ihvertfald ikke har forvunden endnu, jeg var der Dagen efter. Bulteriet var ubeskriveligt, der havde ligget en Bombe i Passagen og den havde raseret samtlige Ejendomme i den Grad, at alle Døre og Vinduer var slaaet til Pindebrænde, Butikkerne var fuldstændig raseret, Varerne laa og flød paa Gaden som iøvrig var dækket af et tykt Lag af Glasskaar og Murbrokker, hvorimellem Folk gik og ledte efter deres Ejendele, fra Etagerne øste de ustandselig Spandevis af Skaar og Ragelse ud af Vinduerne ned paa Gaden, de bliver ikke beboelige i flere Maaneder. Mor, som jo var sluppet meget naadigt gik og græd og jamrede og kunde slet ikke faa fat paa noget, Far og Kæreste var graa i Ansigterne af Træthed, de havde ryddet op fra Kl 2 om Natten og gik i susende Gennemtræk fra alle de aabne Dør og Vinduesaabninger. Imidlertid fik de da slaaet Pap og Brædder for og kom ned Pinsedag, men rejste allesammen næste Dag for at komme hjem og faa Ruder i, det maatte Mor saa vente paa i 5 dage og de andre opgav definitivt enhver Tanke om Ferie, nu skulde alt takseres og interimistisk ordnes og Kæreste kom langt bagud med Kontorarbejdet, der var jo ikke Ro eller Fred til nogetsomhelst. Deres Telefon var den eneste som duede, saa den brugte alle og Cigardamen, som havde Fars tidligere Butik maatte installeres hos dem og er der da endnu og dele sin Smule Tobak ud, det giver jo en masse Uro. Saa kom Mor da endelig herned, men gik Glip af nogle dejlige Dage og et Par Dage efter kom den næste Bombning, som ikke gjorde saa megen Ravage hos os, men var til Gengæld mere sindsoprivende, Mor var jo heldigvis her, hun klappede helt sammen da jeg kom ned og fortalte det og vilde trods kraftige Protester derind. Der var ikke sket noget videre, for de havde været 
+3) saa forsynlige at sætte Vinduerne paa Klem, saa de fløj op i Stedet for at sprænges, men en stor Ejendom paa Hjørnet af Vestergade og Klaregade var brændt og J.G. Jakobsens Bagside og Guldsmed Christophersens Baghus var ødelagt, saa det var jo paa nærmeste Hold, Kæreste troede, hendes Trommehinder var sprængt, hun kunde ikke høre længe efter, Kontorruderne, som de omsider havde faaet i efter at have gaaet i Mørke i 8 Dage med det dejligste Solskin udenfor, var naturligvis røget igen; Mor blev saa inde om Natten og da bombede Danskerne et Par Fabrikker i Byens Udkant og saa kunde de ikke afvente Schalburgernes næste Modsvar, alle flygtede fra Byens Midte, Far og Mor fik i Huj og Hast et Klædeskab med Tøj, en Kuffert med Sølvtøj o.lign. anbragt ude omkring og tog herned om Aftenen, og siden har Mor saa boet i Sommerlejligheden og Far og Kæreste er rejst frem og tilbage Morgen og Aften, der var ikke eet Menneske i deres eller de tilstødende Ejendomme i den Tid, men der er ikke sket noget og nu er Folk begyndt at flytte ind igen og de var besluttet paa at rejse hjem til 1 Juli skønt vi godt kunde huse dem med 2 ledige Pigeværelser, men saa i Tirsdags blev Mor syg med Hoved og Halspine og Onsdag laa hun med 40,1 og var meget daarlig med en rygende Angina, Torsdag var hun ved Hjælp af Piller lidt bedre og Fredag flyttede vi hende i Ambulance herop, de skulde jo ud af Lejligheden til Lørdag, hun vilde absolut hjem, men det var jo den rene Elendighed at faa hende derud og ligge, Kæreste blev hernede for at passe hende og heldigvis dukkede saa Ester (Pigen) op Torsdag og gik i Arbejde Fredag, det lysnede svært paa det hele. Lørdag kom saa Far om Eftermiddagen og en Kusine til mig, hvis Forældre var taget til København, hun skulde være taget om til dem Lørdag, men kunde altsaa ikke komme afsted og var muttersalene og vi havde saa en helt rar Søndag, Mor var meget bedre og lidt oppe og Vejret var ogsaa
+4) dejligt, ganske vist var vi til Besses Begravelse paa Drigstrup Kirkegaard om Eftermiddagen, det var meget sørgeligt, hun havde lige været paa Pilegaarden, heldigvis naaede alle hendes Søskende hertil til Begravelsen trods en Masse Genvordigheder, Trylle og Gudrun vidste ikke engang om Meddelelsen om Tid og Sted for Begravelsen var naaet frem til dem. Trylles 40Aars Fødselsdag skulde have været fejret i Morgen med hele Familien og os, det bliver der ikke noget af nu, de fleste er rejst ved første Lejlighed hjem til deres Familie, sikke ogsaa Tilstande, Gudskelov de ikke bor i København. 
+I Dag er Mor rejst, og nu haaber jeg de faar nogenlunde Ro, hun kan ikke tage meget mere, men hun var utaalmodig efter at komme hjem og hygge lidt om dem, der ser jo ud af [ulæseligt ord] efter Rystelserne. Her er fredeligt, men vi følger spændt Begivenhedernes Udvikling, kun Las tager til Klax Fødselsdag Puf vil nødig tage herfra og desuden havde vi paa det Tidspunkt, da vi sagde nej, ingen Pige. Vi var paa Lindøgaard forleden, Tante Junge havde det forbausende godt, men ingen derfra tager til Rørdam, mon du faar Held til at komme over, vi skulde have Mornine i denne Maaned, men nu ved vi jo ikke hvordan alting gaar. 
+Nu tror jeg ikke, der er mere at berette, jeg er ogsaa bange for, det snart er ulæseligt, saa jeg vil slutte med Tusind Hilsner til jer begge fra
+alle her og jeres Else</t>
+  </si>
+  <si>
+    <t>1944-09-09</t>
+  </si>
+  <si>
+    <t>HC  Andersen
+Preben Frank
+Peter Hansen
+Adam Knuth
+Elisabeth Knuth
+Andreas Larsen
+Else Larsen, Else, Andreas Larsens kone
+Mogens Lorentzen
+Carl Nielsen
+Kai Nielsen
+Fritz Syberg</t>
+  </si>
+  <si>
+    <t>Filmen, som Johannes Larsen medvirkede i, kendes ikke. 
+Det vides ikke, hvilket hæfte Johannes Larsen sendte, men muligvis er der tale om et eksemplar af tidsskriftet Danmark, som Johannes V. Jensen havde bedt Johannes Larsen skrive en artikel om Kerteminde til.
+Christa Knuth sendte ved en tidligere lejlighed en sikahjort, som Larsen-familien spiste. Skindet må nu være blevet garvet. 
+Johannes Larsen kendte flere ved navn Niels Hansen.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har medvirket til en film baseret på "Hvad fatter gør", og han fandt projektet temmelig håbløst. Han er glad for sin nye hund. 
+Larsen sender en kvittering og et hæfte.
+Skindet af sikahjorten er blevet ordnet.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/h6rr</t>
+  </si>
+  <si>
+    <t>Kjerteminde 9 Septbr 1944.
+Kære Grevinde!
+Endelig faar jeg et ledigt Øjeblik. De to sidste Dage har jeg været i Store Viby for at blive filmet af en Mand der hedder Preben Frank og som laver en Film sammen med Mogens Lorentzen. Den er bygget over H C Andersens Eventyr ”Hvad Fatter gør er altid det rigtige” og saa er der indlagt en Del fynske Berømtheder H C Andersen, Carl Nielsen, Kai Nielsen, Syberg Peter Hansen o fl. og hvor jeg altsaa optræder som den eneste nulevende, staaende og malende ved et Gadekær foran en Mølle, der gaar rundt og spiller en Rolle ved Fordelingen af Kunstværkerne, og hvis Du kan begribe noget af det er Du klogere end jeg er. En lille Pige kommer løbende med en Gaas og ser paa at jeg maler, det er den Gaas der skal byttes med en Høne. I Gaar var det saa mørkt at han maatte kassere hele Optagelsen og saa maatte jeg jo der ud i Dag igen. Jeg er vældig glad ved den lille nye Hund; det er en køn lille Hund, meget livlig og med smukke Bevægelser. Hermed en Kvittering som Du kan give Din Godsforvalter. Pengene fik jeg Dagen efter at vi havde talt i Telefonen, Postbudet havde været med dem, men var gaaet igen da der ingen var hjemme, Dagen før altsaa. Det er en sløj Boghandler Du har, naar han ikke en Gang gider skrive til Forlaget efter et Hefte, men her er altsaa et. 
+Vi har lige nu faaet Skindet af Sikadyret fra Nyborg formedelst 10,75 Kr. Jeg skal hilse fra Else og Puf, og saa maa Du hilse dem alle sammen derovre mange Gange, og mange flere til Dig selv fra
+Din hengivne
+Johannes Larsen.
+P.S.
+Vil Du ogsaa hilse Niels Hansens naar de kommer
+JL.</t>
   </si>
   <si>
     <t>1944-11-13</t>
   </si>
   <si>
     <t>Marius Christiansen
 Ulrik Dircks
 Johannes Øhlenschlæger Johansen
 Elisabeth Knuth
 Adolph Larsen
 Holger Lund, Christa Knuths bror</t>
   </si>
   <si>
     <t>Da krigen spidsede til i august 1943, og modstandsbevægelsen blev stærkere, iværksatte den tyske besættelsesmagten den såkaldte ”modterror” kaldet schalburtage, opkaldt efter Christian Frederik von Schalburg, der havde været leder af Frikorps. Modstandsbevægelsens sabotager og likvideringer blev nu besvaret med bombesprængninger og drab (Wikipedia april 2024). 
 Ulrik Dircks var cand. pharm. og ansat ved Svaneapoteket i Odense. Han blev 9. nov. 1944 skudt og dræbt ved sit hjem i Odensebydelen Fruens Bøge. Gerningsmændene kom fra Peter-gruppen, og drabet var gengældelse for sabotage og likvideringer. Det viste sig efterfølgende, at Peter-gruppens medlemmer havde taget fejl af UD og en anden ansat fra Svaneapoteket. (besættelsestidensofre.dk). 
 Hjørneejendommen Sct. Knud, Mageløs-Vestergade, med bl.a. Fyns Venstreblads redaktion på 1.sal, konditori "Sct. Knud" og Sct. Knuds koloniallager blev ødelagt af bomber i november 1944. (arkiv.dk).</t>
   </si>
   <si>
     <t>Johannes Larsen har været til klapjagt hos Adolph Larsen. Han arbejder på 13 oliebilleder og et bomærke til en sparekasse. Om formiddagen maler han, og om eftermiddagen går han tur med hunden og skriver breve. 
 Det er dejligt, at Christa og hendes bror kan lide svaneakvarellen. Og godt, at Elisabeth er glad for dværghønsene.
 Seks forretninger i Odense er blevet bombet, og Ulrik Dircks er blevet skudt.
 Øhlenschlæger Johansen har været på besøg for at lave film om Larsen.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/bFM2</t>
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:]
 Fru Lensgrevinde
 Chr. Knuth
 Knuthenborg
 Bandholm
 [I brevet:]
 Kjerteminde 13 Novbr. 1944.
 Kære Grevinde
 Tak for Dit lange Brev. Jeg haaber at Du nu er sluppen over Forkølelsen Her har vi det godt. Forrige Søndag var jeg til en lille Klapjagt hos min Broder Skovrideren og blev der et Par Dage saa jeg kom hjem i Onsdags. Jeg har en Masse Bestillinger i Gang, 13 Oliebilleder og et farvelagt Bomærke til en Sparekasse i Nr Aaby, som jeg i Forvejen har lavet et do i sort og hvidt. Jeg maler hver Formiddag og om Eftermiddagen gaar jeg en Tur med min nye Hund og sætter mig saa til at skrive Breve naar jeg kommer hjem, Folk skriver og spørger om de mærkeligste Ting, Dette her var planlagt til i Lørdags men det naaede jeg altsaa ikke. Jeg bliver mere og mere glad ved Hunden, den udvikler sig godt i alle Retninger og tegner til at blive en Skønhedsaabenbaring. Det glæder mig at Du og Din Broder synes saa godt om den Svaneakvarel, det er jo altid spændende med en Bestilling, hvordan Modtagerne stiller sig til Resultatet. Det er ogsaa morsomt, at Elisabeth er saa glad ved Dværghønsene, det har jeg meddelt Christiansen. Der er jo ellers vældig gang i Schalburgtagen for Tiden i Torsdag bombede 6 større Forretninger i Odense deriblandt Svaneapoteket og skød cand farm Dirks, saadan en pæn og tiltalende Mand. Det gaar jo ogsaa stærk i Aalborg, Odens og Svendborg. Her var en Mand forleden og filmede mig. Det er en Øhlenschlæger Johansen i Store Hedinge ham med Finsen Filmen, der har fundet paa at filme en Del Malere og Forfattere til Opbevaring for Eftertiden
 Mange Hilsner
 Din hengivne
 Johannes Larsen.</t>
   </si>
   <si>
-    <t>1924-1927 o. Sct. Hans</t>
-[...61 lines deleted...]
-Alhed Larsen
+    <t>1944-12-22</t>
+  </si>
+  <si>
+    <t>Bakkevej 12 Hareskov St.</t>
+  </si>
+  <si>
+    <t>Lars Christian Balslev
+Anne Marie -, i huset på Lindøgaard
+Niels Iuel
+Adolph Larsen
+Andreas Larsen
+Johannes Larsen
+Marie Larsen
+Axel  Müller
+Ellen  Sawyer
+Janna Schou
+Franz Syberg
+Agnes Taaning
+Grete Warberg Larsen
+Martin Warberg Larsen
+Per Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvem Jensen og Kaj var.
+Tornøes Hotel ligger og lå i Kerteminde. 
+Malerens er Johannes Larsen, hans søn, svigerdatter og børnebørn. De boede sammen på Møllebakken i Kerteminde. 
+Ladersen var Lars Christian Balslevs kælenavn. De af hans voksne børn var interneret i Frøslev-lejren p.gr.a. deltagelse i modstandskampen. Han tilsyneladende også.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2448</t>
+  </si>
+  <si>
+    <t>Johanne/Junge takker for pakken fra Astrid/Dis. Hun har købt en frakke til Per og et træsnit til Laura/Bibbe og har derfor kun råd til små gaver. Hun har nået meget af juleforberedelserne, og Anne Marie, Bibbe og Martin/Manse har hjulpet godt. Bibbe og Johanne har været på en dejlig tur til Kerteminde, hvor de har besøgt Ellen, Johannes Larsen, Fru Taaning m.fl. De hørte Franz/Trylle Syberg spille julekoncert i kirken og var på Tornøes Hotel. Da Johanne kom hjem, fik hun at vide, at tyskere med 25 heste skulle indkvarteres hos dem, men det blev heldigvis aflyst.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/AkuE</t>
+  </si>
+  <si>
+    <t>[På kuvertens forside:]
+modt. Juledag 1944.
+Fru A. Warberg Müller
+Bakkevej 12
+Hareskov St.
+[På kuvertens bagside:]
+Lindøgaard Dræby St Fyn
+[Skrevet nederst på kuvertens bagside og på hovedet:]
+Tusind Tak for de nydelige Kort, glemte Maries Brev; intet særligt ud over hvad jeg skrev.
+[I brevet:]
+Lindøgaard Fredag 22-12-1944.
+Har ikke Tid at læse igennem. 
+Kære lille Dis!
+Det er (for mig) en tidlig Morgenstund, jeg fik Kaffe paa Sengen Kl 8 og det er for mig tidligt. Inden jeg nu skal i Gang med det blø’e Brø’ hvilket vil sige Julekage Honningkage Lagkage og den du sendte mig Opskrift paa, som vi har prøvet og finder glimrende – altsaa inden jeg gaar i Gang med det, skal du have et lille Julebrev. Der er kommen en Pakke fra dig, en stor en, men jeg er streng med ikke at [ulæseligt ord] Vrøvl – ikke at pakke Pakken op før Juleaften, saa dette kun en foreløbig ”Kvittering” og Tak! Fik du en lille tarvelig Julegave fra mig? Jeg har maattet fare med Lempe, da jeg har givet Per en Overfrakke til 45 Kr. og Bibbe et Træsnit af Las – Gejerfuglene – som jeg endnu ikke ved, hvad koster, da jeg har bestilt det hos Puf, der ogsaa har besørget Indramning. Vi er helt godt med hvad Arbejde angaar, men jeg kan jo sagtens, naar jeg har den glimrende Hjælp i den dygtige Pige. Hvordan mon du klarer dig, lille Dis med dine stakkels faa Kræfter? Bibbe har det nogenlunde men heller ikke mere; hun tog dog en Slagtedag for mig, hun og Grethe lavede Rullepølser, Spegepølser og kogte en Del hen, Resten havde Anne Marie og jeg lavet Dagen før. Jeg har konstateret – egentlig til min Overraskelse – at min Hjerne fungerer lige saa godt som tidligere nu ved disse Juleforberedelser, hvor saa meget skal huskes og ordnes. Det er flere Aar siden, jeg selv kunde staa for Slagtningen; man skal holde Hjernen klar, naar en 400 Punds Gris skal ordnes – hvad der skal saltes, holdes fersk, hvad til Spegepølser, til Medister og hvad koges hen. Manse, som er meget interesseret og har en Mening selv om de Dele, hjalp mig. Vi kom for sent paa det med at bestille Slagter – skønt jeg stadig mindede Manse, saa Enden paa det blev, at vi skulde slagte i Tirsdags Kl 5 om Morgenen; der skulde saa gøres Ild under Kedelen Kl 3 ½ og da jeg ikke turde stole paa de unge, holdt jeg mig vaagen, de to sidste Timer sad jeg op i Sengen; da jeg Kl 3 ½ kom op i Havestuen (hvor Manse sover nu) havde baade han og Bibbe Lys, saa jeg kunde have sparet mig! Jeg sov saa nogle Timer og arbejdede med Slagtningen det meste af Dagen – er jeg saa ikke ved at udvikle mig til Kæmpe?
+Bibbes og min Tur til Kjerteminde forløb glimrende; vi havde Bil baade ud og hjem; var derude Kl. 12, gik derinde og havde egentlig saa godt Held med os. Vi havde spist Middag her hjemme først, drak Efterm.kaffe hos Jensen og gik saa op til Elle, som havde ventet os til Middag. Vi var bedt til Malerens til Aftensmad, det var saa fornøjeligt og Gudskelov i al Tarvelighed, hvad jeg havde udbedt mig; de har faaet Centralvarmeapparatet flyttet fra Værkstedet ind i Boligen og laa i et hyggeligt Rod. – Jeg nød 3 Snapse! Saa kneb det med at gaa ned til Hotellet, Bibbe havde nær aldrig faaet mig slæbt derned; da jeg skulde op ad Trappen stod der en Flok, som skulde ind og jeg siger saa til en lang Kleppert som stod der – ”aa tag ve’ mig” og en meget kultiveret Stemme svared ja, det skal jeg rigtignok”. Det var, sagde Bibbe mig senere en af Juel-Sønnerne fra Hverringe; da vi gik hen gennem Gangen slyngede jeg et henkastet ”Tak til ham, der hjalp mig” ud over Skulderen. - - Saa en lille Passiar ind hos Kaj, det var underligt at sidde i den dejlige hyggelige Stue en Gang igen. Næste Form. til en festlig The hos Fru Taaning (bedt) saa juleagtigt og pænt rigtig The og en dejlig Cigar, saa Middag hos Elle med Vin, derefter ned til Kirkekoncert; Trylle spillede herligt og et lille udsøgt Kor sang meget smukt; vi drak Kaffe med dem alle paa Tornøe og hilste paa saa mange gamle Kendinge. Hjem ved 6 Tiden til Agr. og Manse, alt var gaaet godt her hjemme. Elle skal være hos Malerens Juleaften, kommer her til Nytaar, vi flytter en Seng ind til Bibbe.
+Det er næsten ikke til at holde ud at tænke paa Ladersen med 2 Børn i Frøslev jeg sender dig Maries Brev, det er lettere end at fortælle om det. Jeg er dybt bedrøvet.
+Nu vinker det blø’e Brø’, jeg må afsted og ønsker til Slut jer alle 4 en rigtig god og glædelig Jul og – Dis – et godt Nytaar ikke alene for Jer men for den hele Menneskeslægt - - lad mig lige fortælle at Manse kom i Forgaars Aftes med den Besked at vi fik 25 Tyskere og en Del Heste til Indkvartering og at de kom i Nat!! Al vor Juleglæde svandt, men allerede i Gaar fik vi at vide at den bedske Drik udsættes til efter Jul. Vi maa tage Anne Marie op til Bibe, tør ikke lade hende sove derude i sit Værelse. Mulig det helt skydes over. Hvor de dog gaar frem nu igen!
+Tusind Hilsner søde Dis fra alle her til Jer alle Din Junge.</t>
+  </si>
+  <si>
+    <t>1945-08-12</t>
+  </si>
+  <si>
+    <t>Eric Bøttern
+Victor Bøttern
+Aksel Dydensborg
+Jens Hostrup-Schultz
+Elena Larsen
+Jens Larsen
+Jonas Larsen
+Peter Andreas Larsen
 Christine  Mackie
-- Paulsen
-[...57 lines deleted...]
-Bestyrelsen</t>
+Alhed  Møhl, Lysses datter</t>
+  </si>
+  <si>
+    <t>Christines datter, Agnete/Nete, boede med sin familie på Faldengaard, som ligger nær godset Krengerup ved Søllested på Fyn.</t>
+  </si>
+  <si>
+    <t>Larsen glædede sig over at høre om dammen.
+Han skal besøge Hostrup-Schulz i Kongsø samt videre til Kaas Hovedgaard. 
+Johannes Larsen har haft hold i ryggen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Yoph</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Hr. Johan Larsen
+Båxhult
+Långaryd
+Sverige.
+[Håndskrevet på kuvertens bagside:]
+Johannes Larsen
+Kjerteminde
+Danmark.
+[I brevet:]
+Kjerteminde 12 Aug 1945.
+Kære Lysse!
+Tak for Brevet, det morede eller rettere glædede mig at høre om Dammen o.s.v. Og jeg glæder mig til en Gang at komme op og se det Hele, naar det nu bliver overkommeligt at rejse igen. I Morgen kører jeg med Dydensborg op til Hostrup-Schultz i Kongsø og bliver der en Uges Tid og saa er jeg bedt op til Kaas Hovedgaard, paa ubegrænset Tid men det bliver nu ikke mere end til en Uges Tid. Jeg har ligget i godt 3 Uger af et væmmeligt Hold i Ryggen d.v.s. jeg har afbrudt Sengelejet et Par Gange, men maatte i Seng igen. Ellers har vi det godt alle sammen, for Tiden er Mornine her men rejser i Morgen til Faldengaard. Mange Hilsner til Jer allesammen ogsaa fra Mornine der sidder her. 
+Onkel Victor døde et Aar før Eric.
+Din Far.</t>
+  </si>
+  <si>
+    <t>1947-06-07</t>
+  </si>
+  <si>
+    <t>Christa Knuth
+Søren Krage
+Adolph Larsen
+Andreas Larsen
+Jeppe Larsen
+Johanne Christine Larsen
+Marie Larsen
+Else Larsen, Else, Andreas Larsens kone
+Axel  Müller
+Ellen  Sawyer
+Christine Swane
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Johannes Larsen takker for sidst. Christa Knuth og han fandt ikke Søren Krage, men tog så til Marie og Christine samt på kro. Larsen overnattede på Knuthenborg og tog derefter hjem. 
+Der er kommet en del fugleunger i volièren. 
+Larsen har haft stor familiemiddag.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/VdrO</t>
+  </si>
+  <si>
+    <t>Kjerteminde 7 Juni 1947.
+Kære Lysse og Bimse.
+Tusind Tak for den dejlige Tid paa Båxhult. Grevinden og jeg forsøgte at finde Søren Krages i Lillerød, det lykkedes os at finde deres Hus, men tomt, vi fik oplyst hos Naboen at de var rejst til Kjøbenhavn. Saa kørte vi til Birkerød og bestilte Kaffe hos Uglen og Marie og kørte saa hen til Kroen og spiste Aal i Karry og derfra hen til Uglen og Marie igen. Vi drak Sodavand ved Storstrømsbroen og kom til Knuthenborg Kl. 7,15. Jeg blev der næste Dag over og rejste saa hjem Torsdag hvor Puf og Else hentede mig i Svendborg. Det regnede godt den Dag, Torsdag altsaa, d.v.s. paa Lolland, paa Fyn var der kun kommen et Par mindre Tordenbyger. Her staar alt godt til. I Volieren var den ny Sidensvans helt kommen sig. Kanariefuglen havde 3 halvstore Unger og Dværgvagtlerne fik udligget i Gaar, men kun 3 Unger, 2 Æg var ubefrugtede og i det ene en død Unge. Dompapperme bygger, og Anden kom i Gaar med 2 Ællinger. Jeg ser det ser ud som 20 men Nullet hører til det ovenover befindtlige og altsaa 2 Ællinger. I Aftes havde vi Elle, Junge og Dis med Mænd til Middag. Første Klasses kogte Rødspætter, Tarteletter med Kød og Champignons og Islagkage. Jeppe ligger i Sengen med Feber, men i Dag har han det helt godt. Jeg skal hilse fra Puf og Else og Børnene. Endnu en Gang Tak for sidst
+Jeres JL.</t>
+  </si>
+  <si>
+    <t>Andreas Larsen
+Jeppe Larsen
+Johanne Christine Larsen
+Else Larsen, Else, Andreas Larsens kone
+Axel  Müller
+Ellen  Sawyer
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Johannes Larsen skrev 7. juni 1947 (samme dag) også til sønnen Johan/Lysse Larsen og dennes kone. Af dette brev fremgår det, at de tre svigerinder, der var på besøg, var Johanne Larsen, Ellen Sawyer og Astrid Warberg Müller. Den ene mand, der var tilstede, må have været Axel Müller, gift med Astrid. Ellen Sawyer havde ingen mand, og Johanne Larsens mand var Johannes Larsens bror, Adolph Larsen, så Larsen ville nok have præsenteret ham sådan og ikke som "den ene med Mand".</t>
+  </si>
+  <si>
+    <t>Johannes Larsen takker for en god tur. Hjemrejsen gik godt. 
+Fuglene har det fint, og flere af dem har fået unger. 
+Tre af Larsens svigerinder har været på besøg til en god middag. 
+Larsen glemte at give Christa Knuth smørrationeringsmærker.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/gUgO</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Lensgrevinde
+Chr. Knuth 
+Knuthenborg
+Bandholm. 
+[På kuvertens bagside:]
+Johannes Larsen
+Kjerteminde
+[I brevet:]
+Kjerteminde 7 Juni 1947.
+Kære Grevinde.
+Tusind Tak for Kørsel og Gæstfrihed! Det var en dejlig Tur. Jeg havde en behagelig Hjemrejse. Færgen laa i Rudkjøbing saa jeg kunde gaa ombord med det samme og sætte mig til at læse i den medbragte Bog. Puf og Else var i Svendborg og vi kørte med det samme, det havde ikke regnet noget videre paa Fyn, men vi kørte hjem langs med en Tordenbyge som vi ikke fik noget af. Her stod alt vel til med Undtagelse af at Jeppe stadig ligger, men i Dag har han det helt godt. Alle Fuglene i Volieren har det godt. Kanariefuglene har 3 halvvoksne Unger. Dværgvagtlerne fik 3 Kyllinger i Gaar og Dompapperne bygger. Graaanden kom i Gaar med 2 Ællinger. I Gaar bestilte jeg ingen Ting og i Dag skriver jeg Breve, der laa jo en Del Korrespondanse, da jeg kom hjem. Vi havde 3 af mine Svigerinder den ene med Mand til Middag i Aftes og fik bl.a. nogle pragtfulde kogte Rødspætter med Smør og Persille, a propos Smør, saa glemte jeg nok at aflevere Mærker paa Knuthenborg, men jeg skal snakke med Else om hvor mange jeg skal sende Dig. Mange Hilsner og endnu en Gang Tak fra
+Din hengivne
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1947-07-12</t>
+  </si>
+  <si>
+    <t>Laszlo -
+Grethe Jungstedt
+Adolph Larsen
+Andreas Larsen
+Johannes Larsen
+Peter Andreas Larsen
+Else Larsen, Else, Andreas Larsens kone
+Astrid Møller
+Emma Overgaard Nielsen
+- Petersen, dyrlægefrue
+- Petersen, sygehuset
+Ellen  Sawyer
+Martin Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Det er svært at læse, om den engelske pige var 14 eller 19 år. I 1947 var der ca. 500 ungarske børn på ferieophold på Fyn (Arkiv.dk, juli 2023). 
+Det vides ikke, hvem Jørgen og Dorthe var. 
+Martin/Manses angst for, at Adolph/Agraren skulle "gaa". Adolph Larsen var kvartalsdranker, og ind imellem fik han et "anfald" og forsvandt i dagevis. 
+Mette, Eivind og Asger: Se Astrid Møller.
+Else og Andreas/Puf Larsen var i England og Skotland, hvor Andreas Larsen skulle lære noget om ølbrygning.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2464</t>
+  </si>
+  <si>
+    <t>En engelsk pige har boet hos Johanne og Adolph Larsen nogle dage.
+Johanne Larsen har været nogle dage hos Ellen i Kerteminde. De havde gæster til kaffe flere gange. Det var dejligt at gense Astrid/Trisse Møller.
+Else og Andreas/Puf Larsen bliver meget forsinkede på deres hjemtur fra England og Skotland.
+Det er svært at tage stilling til Slesvigsspørgsmålet.
+Johanne skriver betragtninger om stormagter som fx Tyskland.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/S9Qh</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+18 Juli 1947
+besv. 22-7-47
+Fru A. Warberg Müller
+Bakkevej 12
+Hareskov St.
+[På kuvertens bagside:]
+Lindøgaard Dræby St. Fyen
+[I brevet:]
+Lindøgaard 12te Juli 1947
+Kære lille Dis!
+Tak for dit Brev! hvor du dog altid oplever meget, men jeg har saamænd ogsaa oplevet en Del i den senere Tid. Hvor er det dog mærkeligt, at saa at sige altid naar jeg skal have Brev af Sted til dig, kommer Posten en Timestid før han plejer; i mit sidste Brev naaede jeg ikke at faa alt fortalt. Den engelske Pige: en Dag da jeg kom op i Stuen sad Bibbe og telefonerede og Manse stod afventende ved Siden af. Jeg kunde ikke begribe, hvad det drejede sig om. Saa var det, at de lige havde læst i Avisen om at en Skare unge engelske Piger kom hertil, og man havde endnu ikke faaet Værtsfolk nok til Dem. Manse og Bibbe var straks med paa den. Jeg gruede, for hvor skulde vi lægge hende. Saa traadte vor Pige Edel (som er en Perle – Guld værd alt, hvad du vil) til og tilbød at vi maatte faa hendes lille Datters Seng over til den ungarske Dreng, saa kunde Pigen ligge paa Sofaen derovre. Saa blev den flyttet ned til Peter, hvor Laszlo saa har sovet og Manses Seng flyttet ind i Badeværelset – stillet paa Højkant om Dagen, redt hver Aften. Hun er en ganske sød lille Pige paa 14 Aar, som vi virkelig har Glæde af. Navnlig har Manse og hun det rart sammen. Hun skal rejse paa Mandag, saa er den Ferie forbi.
+Forleden en Gang ringede Jørgen fra Kjerteminde; han og Dorthe kom om Aftenen, og vi havde det hyggeligt. De skulde saa komme igen i Søndags; midt paa Form. ankom en Bil med ikke alene Jørgen og Dorthe, men ogsaa Elle! Jeg havde ikke set hende siden vi var derude sammen. Jeg blev forfærdelig glad. Vi havde slagtet 6 Kyllinger 
+2 saa vi havde Mad baade til Middag og Aften. De havde bestilt en Bil, som skulde køre Jørg. og Dorthe til Rutebilen i Munkebo – de skulde rejse til Jylland efter Overnattelse i Odense – og derefter skulde Bilen køre Elle til Kjerteminde. Jeg sagde straks, hvor kunde jeg have Lyst til at tage med dig og være et Par Dage. Hvor er det skønt at se Elles Glæde over saadant. Manse blev ked af det, fordi han troede Agr. vilde ”gaa”, men jeg kender ham jo og mente ikke der var Fare, da han slet ikke havde ”passet til” at gaa, hvilket han heller ikke gjorde. Jeg var saa hos Elle fra Søndag Aften til Torsdag Middag og havde det henrivende. Torsdag Aften skulde Grete komme fra Stokholm, hvad Elle jo glædede sig meget over. Desværre var det [”det” indsat over linjen] jo en modbydelig Kulde, og Kulde bider altid mere, naar man er ude end naar man gaar hjemme. Elle bød Kaffefremmede en Dag Frk. Petersen fra Sygehuset, Fru Dyrlæge Petersen og Fru Overgaard, Elses Mor; det var saa rart og muntert. Elle er jo en pragtfuld Værtinde, det er saamænd ikke saa sært, at hun har saa mange Venner, og trofast er hun jo, saa hun beholder dem. Jeg beundrer ogsaa hendes Evne til at lade Smaating være Smaating, det misunder jeg hende, jeg er tilbøjelig til at tage mig Smaatingene for nær. Men naar du priser hendes kolossale Orden, kan jeg ikke rigtig følge dig, for Renligheden hører da ogsaa til Ordenen, og jeg kunde nu ikke have mit Hus saa lidt rent uden at generes af det. Hvor er hun pudsig; hun skulde have en Kone den Dag, jeg rejste, og i den Anled. sagde hun: det eneste, der er rigtig møgbeskidt, er nu Sovekamret! Naa, saa var der jo den Morgen, da Elle raabte op til mig, at der 
+3 havde været Telefonbesked, at X [indsat øverst på side 3:] x de var ankommen til Lindøgaard Kl halv 9, havde snakket med og hilst paa dem her og havde set Huset, saa ved Trisse, hvordan vi bor. De ringede saa til Malerens, der sendte Besked til os. [indsættelse slut] Trisse med to Børn ankom om en Time, og at de vilde bringe Brø’ til Kaffen. De var et Par Timer, Elle dækkede Bord i Stuen, og de var godt lige til Franskbr., Keks, Ost og Marmelade foruden deres medbragte Bagværk – hvad der jo ikke er stort ved i vore Dage. Det var saa henrivende at mødes med Astrid og hendes to Børn, Mette og Eivind, de var meget tiltalende begge to. Da Astrid og jeg var et Øjeblik alene, fortalte hun mig, at en af hendes Sønner, Asger (mon det staves saadan) havde taget Livet af sig i April. Hans Kone vilde gaa fra ham, tungsindig var han, og han syntes ikke, han kunde udholde at leve længere. Naturligvis var det en forfærdelig Sorg for Astrid, men hun har jo en forunderlig Evne til at tage, hvad Livet byder, og hun var egentlig straalende; det var dejligt at se hende, og Elle var ogsaa saa fornøjet over Besøget. 
+Elle havde Brev fra Else; de var i Skotland, skulde være kommen hjem d. 28/6 tror jeg, men mente at de [”de” indsat over linjen] vilde blive et Par Dage eller lidt mere endnu og fik deres Returbilletter refunderet; jeg tror, de vilde flyve hjem; men kan du tænke dig, nu viser det sig, at de ikke kan komme hjem, hverken pr. Luft eller Vand; Else længes meget efter at komme hjem, og de prøver af al Magt; d. 29_nde_ August (!) kan de komme! Det er noget nær en Katastrofe, og man maa dog haabe, at det vil lykkes for dem at finde en Udvej. - - Ja, det var dog en pudsig Lighed fra det Derbyløb, det var jo som det kunde have været mig. 
+Hvad Sydslesvig angaar, saa er du saamænd ikke den eneste, som ikke formaar at tage en fast Stilling til det, for hvor er det dog et vanskeligt Spørgsmaal at bedømme. Jeg kunde fristes til at sige, at begge Parter har Ret i, 
+4 hvad de siger, for jeg hører ikke til dem, der vil underkende de Argumenter, man kommer med, naar man taler imod at faa Sydslesvig hjem igen, alle de forbandede Flygtninge dernede har jo forværret Sagen for os i høj Grad, og dette med de mange Tyskere, vi faar ind i Landet, er ingen Spøg. Derimod synes jeg ikke det Argument betyder saa meget, at Tyskland saa vil tage baade Syd og Nordslesvig, naar de bliver stærkere. For det første synes jeg, den Mand har Ret, som i et af de Blade, du sidst sendte, skriver at ”skal vor Fremtid afhænge af Tysklands Naade, da har vi ingen Fremtid” Men til enhver Tid vil der jo være andre Stormagter, som næppe vil tillade Tyskl. at blive større end det er, og disse to Krige, maa dog have belært disse Stormagter om, at de maa holde Øje med Tysklands Expantionstrang og -lyst. Politik! Ja, Politik er jo i sig selv ikke noget forkert eller noget man kan væmmes ved, men du mener vel, at den Måde hvorpaa Politik drives er dig imod. Det forekommer mig egentlig næsten som en Kamp mellem gode og onde Magter, og hvor er den Kamp dog spændende! Det er et Spørgsmaal om Verdenskulturen – i sidste Instans. For hvis det saakaldte totalitære Synspunkt tilsidst sejrer, saa er vel vor Kultur – især hvis man derved forstaar aandelige Værdier – tabt. Vor egen indre Politik interesserer mig nu ikke meget, skønt jeg tit ærgrer mig over mangt og meget der. De fast utrolige Dumheder, de gør sig skyldige i paa de Omraader, som jeg efter fattig Evne kan bedømme og deres – Avisernes – Sprog, naar de polemiserer o.s.v. Men det er Verdenspolitiken, der har 
+5 min meste Interesse: eventuelle Krige, Behandling af alle farvede Folkeslag, Regeringsformer, Behandling af alle de evropæiske Landes Underklasser og meget meget mere. Hvis man ikke skulde interessere sig for og følge med i det, hvad Pokker skulde man saa interessere sig for. Jo, naturligvis Kunst Literatur og saa videre, men alt det vil jo ogsaa gaa til Grunde, hvis Verden ender med at blive fuldstændig misregeret. 
+Igen Posten 
+Hilsen Junge</t>
+  </si>
+  <si>
+    <t>1948-01-21</t>
+  </si>
+  <si>
+    <t>Johannes V. Jensen
+Andreas Larsen
+Else Larsen, Else, Andreas Larsens kone
+Didrik Overgaard Nielsen
+Emma Overgaard Nielsen
+Eric Struckmann
+Leo Swane</t>
+  </si>
+  <si>
+    <t>Torbenfeldt var i 1948 ejet af Christian Frederik Treschow (se denne i personregisteret). Han og Ellen, f. Lehn Schiøler blev gift i 1923. Hun var datter af Ejler Lehn Schiøler, som arrangerede fugleekspeditionen til Grønland 1925, hvor Larsen deltog. Frederik Treschows far, Christian Rosenkilde Treschow, ejede Orelund. 
+Udover en hyldestudstilling i Odense i forbindelse med Larsens 80årsdagblev der i 1948 afholdt endnu en i København. Eftersom Johannes Larsen holdt møde med Leo Swane og Eric Struckmann på Kunstmuseet (Statens Museum for Kunst), må man antage, at udstillingen fandt sted dér.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen og hans søn har væretr rundt og hente billeder til udstillingen i København. Larsen har også været til sølvbryllup på Torbenfeldt og til frokost på Orelund samt til møde på Kunstmuseet. Udstillingen kommer til at omfatte billeder fra både Fyn og Jylland. Larsen vil tage til København og se den.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/edjy</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Lensgrevinde
+Chr. Knuth 
+Knuthenborg 
+Bandholm 
+[På kuvertens bagside:]
+Johannes Larsen
+Kjerteminde
+[I brevet:]
+Kjerteminde 21 Jan. 1948.
+Kære Grevinde.
+Jeg lovede vist at skrive i Gaar, men efter at have baaren ud og pakket Billeder der her og tre andre Steder i Byen maatte jeg køre med Flyttemanden til Rynkeby og derfra til Odense hvor vi skulde have Billeder fra Museet og 7 andre Steder. Ved Museet traf jeg Puf og Else der havde hentet Billeder i Assens og Faaborg og da jeg havde været med et Par Steder til overlod jeg Resten til Puf og Flyttemanden og gik hen til Elses Forældre. Vi kom først hjem ved 11 Tiden. Alle Vegne hvor vi kom fik den Besked at de havde Brev fra Struckmann at Billederne vilde blive hentede Onsdag, saa det var et Svineheld at vi fik dem alle. Og saa maatte jeg oven i Købet ringe rundt for at faa oplyst hvem der ejede 2 af de Billeder vi skulde have fat i. Det lykkedes og vi fik ogsaa Lov at laane dem. Det var et forfærdeligt Slæb og jeg var lige kommen hjem Mandag Aften efter at have været til Sølvbryllup paa Torbenfeldt til Kl. 2½ Mandag Morgen og til Frokost paa Orelund Mandag Middag. Dette Brev begynder altsaa bag fra. Jeg kom til Kjøbenhavn Torsdag Aften. Var til Møde i Kunstmuseet Fredag Morgen med Swane og Struckmann angaaende Udstillingen og de Billeder der skulde samles, det varede til 12½ saa spiste vi Frokost i Glaciecafeen og saa tilbage igen til Museet. Lørdag var jeg til Frokost hos Johannes V. og Søndag rejste jeg altsaa til Torbenfeldt o.s.v. Nu sidder jeg her og skriver mens Puf og Else er i Biografen. Jeg havde ellers tænkt at den Udstilling skulde have bestaaet af Billeder fra Sjælland, men blev nedstemt, der kommer baade fra Fyn og Jylland. Den aabner den 31 ds. og var til 23 Februar og jeg tænker at jeg rejser over og ser den en Uges Tid hen i Februar. Jeg skulde have malet et Par Billeder jeg fik Bestilling paa i Jylland det ene til en Fødselsdag 24/1, men det naar jeg altsaa ikke. Mange Hilsner 
+Din hengivne
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1949-05-28</t>
+  </si>
+  <si>
+    <t>Refshalevej 16 Maribo</t>
+  </si>
+  <si>
+    <t>Aage Blomberg
+Thora Cohn
+Adam Knuth
+Elisabeth Knuth
+Andreas Larsen
+Jeppe Larsen
+Else Larsen, Else, Andreas Larsens kone
+Ove Holger Christian Vind</t>
+  </si>
+  <si>
+    <t>Sanderumgård er en gammel hovedgård, som ligger i Davinde Sogn, Odense Kommune. Ejer 1913-1950: Ove Holger Christian Vind (Wikipedia juni 2024). 
+Rønningesøgaard, også stavet Rønninge Søgård, er et tidligere krongods, beliggende i Rønninge Sogn i Kerteminde Kommune (Wikipedia juni 2024). 
+Christianslund Badehotel lå i Nyborg – lukkede i 1965 (Arkiv.dk). 
+Juelsberg Gods ligger ved Nyborg.
+H. C. Andersen: Den grimme ælling med illustrationer af Johannes Larsen udkom i 1955 på Gyldendal.</t>
+  </si>
+  <si>
+    <t>Johannes Larsens familie har været på en udflugt til tre fynske herregårde. Alle steder blev der holdt foredrag. Ca. 400 gæster deltog.
+Larsen har nu lavet 18 akvareller til Den Grimme Ælling.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/MJeE</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+[X over hele forsiden].
+Søndagsbrev.
+Fru Lensgrevinde
+Chr. Knuth
+Refshalevej
+Maribo. 
+[På kuvertens bagside:]
+Johannes Larsen
+Kjerteminde
+[I brevet:]
+Kjerteminde 28 Maj 1949.
+Kære Grevinde!
+Siden Din Opringning har jeg hver Dag planlagt at sende Ex libris Tegningen, men enten har det været efter Posthusets Lukketid, naar jeg holdt op med mit Arbejde eller ogsaa har det været saa sent at jeg ikke kunde naa det. Du skal derfor have et Søndagsbrev med Meddelelse om at den kommer inden længe. Christi Himmelfartfartsdag kørte Else Puf Jeppe og Thora paa Udflugt med Historisk Samfund for Fyen til Sanderumgaard Rønningesøgaard – Frokost i Christianslund og derfra til Juelsberg og hjem. Paa alle 3 Gaarde blev der holdt Foredrag om deres Historie, paa den første af Ejeren, paa de 2 andre af Adjunkt Blomberg, der er Selskabets Sekretær. Det var et ordentlig Rykind, der var ca 400 Mennesker, de fleste i private Vogne men ogsaa Turistbiler fra Odense og Faaborg. Jeg er nu naaet til at faa lavet 18 Akvareller til den grimme Ælling, men saa er der jo 16 igen saa det varer jo noget inden den bliver færdig. Jeg har hidtil i det højeste kun kunnet præstere at lave en om Dagen. Forøvrigt har vi det godt og jeg skal hilse fra Else og Puf. Mange Hilsener ogsaa til Elisabeth og Adam
+Din hengivne
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1949-08-05</t>
+  </si>
+  <si>
+    <t>Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Birkerød
+Skovgårdsvej 5</t>
+  </si>
+  <si>
+    <t>Bovense pr. Ullerslev
+Andekærgaard</t>
+  </si>
+  <si>
+    <t>Roger -
+Elena Larsen
+Johanne Christine Larsen
+Johannes Larsen
+Christine  Mackie
+Christine Swane
+Lars Swane
+Ursula Uttenreitter</t>
+  </si>
+  <si>
+    <t>Elena/Bimse Larsen boede med sin familie i Småland, Sverige. 
+Det vides ikke, hvem Frøkenen og Ruth og Per var.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1329</t>
+  </si>
+  <si>
+    <t>Marie Larsen ønsker tillykke. Vejret har været dårligt, så hun har ikke kunnet komme til byen efter en gave.
+Marie og Christine/Uglen Swanes Sverigestur er blevet aflyst. De har spurgt, om de i stedet kan komme til september, men nej, for da skal Christine/Mornine Mackie derop. 
+Lars/Lasse og Ursula er i Danmark igen. De kører omkring Kerteminde og Lindøgaard på vej hjem. 
+Det er trist med Johanne C. Larsens ben og med den unge pige, der holdt ferie meget ofte.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ZKsR</t>
+  </si>
+  <si>
+    <t>[Skrevet på kuvertens forside:]
+Fru Bibbe Warberg Petersen.
+Andkærgaard.
+Bovense 
+pr. Ullerslev.
+Fyn.
+[På kuvertens bagside:]
+Afs. M. Larsen Skovgårdsvej 5. Birkerød 
+[I brevet:]
+Birkerød d. 5 – 8 – 49. – 
+Kære lille Bibbe!
+Tusinde Gange til Lykke! Hvor jeg ønsker for Dig at du maa faa et godt Aar, fuldt af mange Goder! Det er dog et skrækkeligt Vejr, vi har haft, slemt for Høsten, dog haaber jeg at I ikke har haft saa meget Regn som vi har haft her, der kan jo være Tilfælde hvor det er rart at bo i en regnfattig Egn. –
+Paa Grund af Vejret har vi ikke kunnet komme ind til Byen, jeg vilde gerne have fundet noget rigtig pænt til Dig, nu maa Du nøjes med en Æske Confect, saa tager jeg noget med til Dig naar jeg forhaabentlig inden saa længe kommer til Fyn. – 
+Vi er igen bleven skuffet, med Hensyn til Sverrigsturen, vi var inviteret derover til d. 1ste, men da Lasse og Ursula ikke er kommet hjem, maatte vi igen sige Nej; Las er der for Tiden og jeg havde glædet mig saa meget til at være sammen med ham deroppe, det havde været ligesom i gamle Dage, men det slog altsaa Fejl; Uglen taler med Bimse i Telefonen, hun skal til Anholt inden saalænge; Uglen spurgte saa om vi ikke kunne komme lidt derop i September, men det kunde vi ikke for da skulde Mornine derop; jeg bliver snart bitter over at det aldrig kan lykkes mig, bortset fra Las hvor jeg nok jeg er den der holder mest af alt deroppe. – 
+Nu er Lasse og Ursula her i Landet igen, Lasse ringede fra Christiansfelt i Aftes, i Morgen tager de derfra og vilde saa kikke ind paa Lindøgaard og i Kerteminde paa Vejen hjem, mon de ikke skulde se ind til Jer ogsaa de kører da lige forbi Jeres Dør; vi venter dem Søndag eller Mandag, saa har de ogsaa været borte i 10 Uger, det er en lang Tid; det bliver morsomt at høre om alt hvad de har oplevet paa Turen og vi haaber at det har hjulpen godt på Ursulas Helbred; de har Roger med Hjem. – 
+Det er kedeligt at det ikke hjælper paa Din Mors Ben, mon dog ikke al den Sol vi har haft har gjort godt paa Benet; det har været en streng Uge mens Frøkenen (jeg kan ikke huske hvad hun hedder) havde Ferie, jeg føler med Din Mor, det maa være meget slemt ikke at kunne foretage sig noget, naar man ved der er saa meget der skulle gøres; hvordan mon de egentlig er tilfredse med hende? Det meste jeg har hørt om hende er at hun skulde have Ferie. – Vi havde jo et morsomt lille Besøg af Ruth og Per, det var i det gode Vejr, vi sad nede i Haven og drak Te og sludrede; Per sagde at Du havde flere Drenge i Ferien, saa havde Du nok haft travlt lille Bi. – Jaa saa Farvel og hav det godt til vi ses, jeg tænker 
+[Skrevet langs venstre kant s4:]
+jeg rejser, naar Lasse og Ursula har været hjemme en 
+[Skrevet på tværs øverst s1:]
+lille Tid, jeg ved endnu ikke om jeg kommer først til Kerteminde eller Lindøgaard.
+Hils Bedste og Lauritz; Masser af Hilsner og Kys til Dig søde Bibbe fra Rie. –</t>
+  </si>
+  <si>
+    <t>1950-04-26</t>
+  </si>
+  <si>
+    <t>Adam Knuth
+Elena Larsen
+Johan Larsen
+Jonas Larsen
+Marie Larsen
+Alhed  Møhl, Lysses datter</t>
+  </si>
+  <si>
+    <t>Tjur er en fugl i gruppen af skovhøns. Den findes ikke længere i Danmark, men yngler i Skandinavien fra Skåne og nordpå – og videre mod øst gennem Finland og Rusland til området ved Lena-floden. Arten findes desuden i Skotland, Polen og Hviderusland (Wikipedia juli 2024). 
+Visingsø: En ø i søen Vättern. 
+Taberg: Et bjerg af jernmalm ca. 13 km. syd for Jönköping. 
+Husquarna staves i dag Huskvarna.
+Pax var en strandpavillon på Sydstranden i Kerteminde og ejet af Johannes Larsens venner Johanne og Johan Due Nielsen. Se deres biografier.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen er kommet hjem fra Båxhult, hvor han har været med sin søster, Marie. Han fik ingen tjur trods flere jagtture. Marie ville gerne se Taberg, og Elena/Bimse Larsen samt børnene kørte Johannes og Marie dertil. De spiste frokost og så på blå anemoner, og de gravede nogle op. Dagen efter kørte de til Birkerød, og Johannes Larsen tog hjem til Fyn.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/6Eao</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Lensgrevinde
+Chr. Knuth
+Refshalevej.
+Maribo.
+[På kuvertens bagside:]
+Johannes Larsen
+Kjerteminde
+[I brevet:]
+Kjerteminde 26 April 1950.
+Kære Grevinde.
+Som Du ser er jeg nu hjemme igen. Jeg havde det som altid dejligt paa Båxhult, men det jeg var kommen derop for faldt ikke saa heldigt ud. Til Trods for at jeg var med Lysse ude ved 4 Tiden 6-7 Gange og selv en Morgen stod op Kl. 2 ¾ og sad paa et Sted i Skoven fra Kl. 3-4 og et andet Sted en halv Time kom jeg ikke Tjurene, nærmere end til et Par Gange at høre nogle fjerne Lyde. For øvrigt regnede det med Undtagelse af et Par Dage hele Tiden og frøs hver Nat. Den Aften vi havde bestemt til at tage hjem næste Dag, sagde min Søster at næste Gang hun kom derop vilde hun gerne til Smålands Taberg, hvorpaa Lysse sagde at det kunde hun komme i Morgen. Næste Dag var det straalende Solskin og næsten Stille. Bimse ringede til Skolen og bad Søster og Jonas fri og saa kørte hun og Marie og Børnene og jeg ad Nissastigen til Jönköping, hvor vi spiste Frokost i Alphyddan, en højt over Byen beliggende Beværtning med Udsigt over Byen og Vättern og Visingsø og Husquarna. Derefter kørte vi op paa Taberg, hvor der var masser af blaa Anemoner, som vi gravede nogle Stykker op af, deriblandt en smuk rød som Søster fandt. saa kørte vi ad Sagastigen hjem og var hjemme til Aftensmad. Dagen efter kørte Bimse mig os ["mig" overstreget; ”os” indsat over linien] til Birkerød hvor jeg overnattede og næste Dag kørte hun mig til Korsør og Puf hentede mig i Nyborg. Nu har jeg i et Par Dage ordnet den Post her laa og besvaret det nødtørftige og saa skulde jeg i Morgen se at faa begyndt at bestille noget. Paa Fredag Kl. 12 skal jeg til Indvielsen af det nybyggede Pax. Mange Hilsener ogsaa til Adam.
+Din hengivne
+Johannes Larsen</t>
+  </si>
+  <si>
+    <t>1950-06-09</t>
+  </si>
+  <si>
+    <t>Johan Due Nielsen
+Johanne Due Nielsen
+Andreas Larsen
+Else Larsen, Else, Andreas Larsens kone</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har været på tur til Galgebakken nær Ringe. Turen blev afkortet på grund af torden.
+Due Nielsen har købt "Landevejefter regn" for 1700 kr. Larsen synes, at det er sjovt, at billedet kom til Kerteminde igen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/eDky</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Lensgrevinde
+Chr. Knuth
+Refshalevej 
+Maribo
+[På kuvertens bagside:]
+Johannes Larsen
+Kjerteminde
+[I brevet:]
+Kjerteminde 9 Juni 1950.
+Kære Grevinde!
+Tusind Tak. Jeg kom godt hjem og har haft nogle dejlige Dage og været i Vandet et Par Gange. I Gaar Eftermiddags kørte vi en Tur ned gennem Fyn til et Sted jeg gerne vilde se igen, det hedder Galgebakken og ligger mellem Ringe og Hillerslev og hvorfra der er en storslaaet Udsigt ned over det sydlige Fyn. Derfra kørte vi til Brobyværk og spiste til Aften i Kroen. Vi vilde have været længere, men da det begyndte at stænke og saa ud til Torden kørte vi hjem og slap for at blive vaade. ”Landevejen efter Regn” købtes af Due Nielsen for 1700 Kr. Det er morsomt at det kom til Kjerteminde igen. Hermed nogle Mærker som Else havde givet mig med og som jeg glemte at aflevere. Dine Bøger sender jeg en af Dagene Mange Hilsener fra 
+Din hengivne
+JL.</t>
+  </si>
+  <si>
+    <t>1950-09-12</t>
+  </si>
+  <si>
+    <t>Joy Deason
+Jesper Hansen
+Grethe Jungstedt
+Adolph Larsen
+Andreas Larsen
+Peter Andreas Larsen
+Else Larsen, Else, Andreas Larsens kone
+Pernille Marryat
+Ib Marryat Johansen
+Ruth -, pige i huset hos Johanne Larsen
+Ellen  Sawyer
+Janna Schou
+Fritz Warberg
+Karen Warberg
+Marie Warberg
+Grete Warberg Larsen
+Lise Warberg Larsen
+Martin Warberg Larsen
+Per Warberg Larsen
+Erik Warberg Larsen, søn af Erik og Grethe
+Laura Warberg Petersen
+Troels Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvem H &amp;amp; S var.
+"Englænderne" var Joy Deason og hendes ven, Peter. Martin/Manse Warberg Larsen lærte dem at kende, da han opholdt sig i England for at lære om landbrugsvæsen. 
+Fjællebro er en gammel hovedgård, der ligger i Herringe Sogn, Ringe Kommune. Fjællebro Gods ejes siden 2016 af Fjellebro Gods A/S (Wikipedia jan. 2024).
+Ørbæklunde er grundlagt ca. år 1500 under navnet Lundsgaard. Det var derefter en befæstet borg, betegnet Ørbæklundsgaard fra 1502 og kendt under sit nuværende navn Ørbæklunde fra omkring 1528. Gården ligger i Ørbæk Sogn, Nyborg Kommune. (Wikipedia jan. 2024). 
+Lykkesholm er en gammel hovedgård, som nævnes første gang i 1329 og kaldt Magelund, men benævnt Lykkesholm fra 1380. Gården ligger cirka 3 km sydvest for den fynske by Ørbæk og ca. 21 km sydøst for Odense. (Wikipedia jan. 2024).
+Glorup er en herregård i Svindinge Sogn på Sydøstfyn. (Wikipedia jan. 2024)
+Rygård er en herregård i Langå Sogn på Sydøstfyn. Den er i sameje med Glorup (Wikipedia jan. 2024). 
+Det vides ikke, hvad Fritz Warbergs svigermor hed. Ruths søster kendes heller ikke. 
+"Øjeblikket" var formodentlig et tidsskrift.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0581</t>
+  </si>
+  <si>
+    <t>Det er slemt med børnelammelsen.
+Frygteligt, at Andreas/Puf og Else Larsen mistede deres nyfødte. Else sagde, at det var godt, at det ikke var Laura/Bibbe Warberg Petersens dreng, der døde.
+Andreas/Puf har kørt tur med de englændere, der er på besøg på Lindøgaard. De to er uinteresserede i det meste, og Joy er desuden uopdragen.
+Laura/Bibbe har også kørt tur med en flok.
+Peter Larsen og Jesper Hansen har været på besøg og kørt ture med folk. Peter kørte Joy og Peter på banegården, og det var rart at slippe af med dem.
+Regnen ødelægger høsten.
+Fritz Warberg har været på Fyn. Han fik besked om ikke at opholde sig for længe hos Elle(n) Sawyer.
+Johanne/Junge syr servietter og bordløbere.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/iY0z</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+modt. 22 Sept 1950
+besv. 28’ Sept.
+(Junge 77 d. 29’ Sept.!)
+Fru A. Warberg Müller
+Bakkevej 12
+Hareskov.
+Tors. 26-9-02
+Søn. 19/3-2000 
+Bibbe – Kerteminde
+[Håndskrevet på kuvertens bagside:]
+Lindøgaard Dræby St. Fyen.
+Jeg har glemt H.s og S.s Efternavn, kan ikke sende S. før du fortæller mig det.
+læst 7-5-02
+[I brevet:]
+Lindøgaard 12-9-1950
+Kære lille Dis!
+Tak for dit lange og som sædvanlig meget interessante Brev! Hvor maa det have været rædselsfuldt for Jer det med Børnelammelsen. Gud ske Lov, det fik en – for Nille – lykkelig Ende. Mon den anden lille klarer sin Mininggitis? 
+Ja, det var en stor Sorg for Else og Puf, men Elles Lille som var deroppe, da de fik Lov til at komme, mente da, at Else var nogenlunde. Jeg havde et lille Kort fra hende med Tak for Blomster og Breve, og ved du, hvad hun bl.a. skrev: Jeg har mange Gange i disse Dage glædet mig over, at det ikke var Bibbes Dreng, der døde! Var det ikke smukt? Rent objektivt har hun jo Ret, for jeg ved da ikke, hvad der var bleven af Bibbe, hvis hun skulde have mistet sin dejlige Dreng. Nu er han snart 4 Mdr. og allerede en lille Personlighed, saa self. meget værre, end naar de kun er 2 Dage gl. men alligevel var det stort af Else at føle og sige, som hun gjorde. Puf glædede os saa meget ved en Dag at ringe, at han vilde køre en Tur for Englænderne – hvis Manse vilde tage med. Da vi havde haft Regn, var det ikke slemt for ham at tage fri, for de kunde intet lave alligevel – ikke noget preserende. Han kørte dem saa til Egeskov, det dejlige Slot, som de besaa grundigt, ogsaa til Fjællebro og et Par Kirker. De havde Madpakker med, Puf Øl til hele Selskabet, og det havde været en skøn Tur. Manse paastod altid, at hvad man end viste dem, havde de ingen Interesse i det. De var et Par primitive unge Mennesker, ja paa Barnestadiet med kun Interesse for Butikker Kafeer og deslige. Jeg blev tit saa lynende gal paa dem, navnlig hende, naar hun bare skubbede Maden fra sig uden en Gang at ville smage paa den. Ruth hadede dem af et godt Hjærte. Men de tog den sidste Eft. til Kjerteminde og købte en ganske dejlig Pibe til mig og Cigarer – fede – til Agraren. - - Bibbe kom en Eft. (med Brø’ til Kaffen) og kørte os en dejlig Tur, Hindsholm, Maale Bakke, Hverringe St. Viby Mesinge Bregnør. Solen skinnede hele Tiden, og du kan tro, jeg nød det. Jeg sad foran hos Bibbe, og bag i de to Eng., Grete, Lise og Erik (Lillebror) Det var en skøn Oplevelse. Lille Troels laa i sin Kasse – paa Kisten i Gangen under Ruths Opsigt, men det var en utaalmodig lille Fyr, da vi kom hjem, vaad og sulten. Vi havde kørte Grete og Ungerne hjem, saa jeg 
+II
+fik deres Have at se efter 2 Aars Forløb; hvad de havde af Blomster, Grete er jo Blomster-Menneske, det var dejligt at se, og Tinge stod der med et stort Smil, da vi kom. Lille Tinge føler sig af og til sat i Baggrunden, han siger, at ingen bryder sig om at komme til dem, det er altid Manse og Lindøgaard. Aa, hvor jeg ligesom genoplever vore unge Dage i Kjerteminde, hvor vi var de smaa, og hvor jeg maatte kæmpe med mig selv for ikke at blive for bitter. Men Tinge fik da en herlig Tur i Lørdags. Fredag Aften ved 9-10 Tiden kom en Bil - - hvem Søren kunde det være. To Herrer, sagde Englænderne, der spejdede, og ind kom Peter fra Båxhult og Lommes Jesper. De var paa Biltur i Peters egen Bil, for Jesper havde aldrig været paa Fyen og skulde nu se det Land. Det var vældig Sjov! De havde Soveposer og ik [”ik” overstreget] fik saa overladt en Smule Sengklæder og laa paa Gulvet i Dagligstuen – lidt haardt indrømmede de, da vi ingen Madras havde. Ruth foreslog selv, da Engl. kom, at hun kunde sove hos sin Søster, som bor i Strandgyden, Manse laa saa ovre i hendes Værelse, og de to i Havestuen og Gæstekamret. Næste Morgen kørte Peter dem (Engl. og Manse) til Fyens Hoved, hvor der ingen Tyre var, saa de kunde gaa helt ud paa det yderste af Hovedet, saa fik Jesper det set ogsaa, og om Eft. kørte den gode Peter dem til Odense, hvor de blev sat i deres Tog og blev vinket Farvel til – et for Manses Vedkommende meget lettet Farvel! Han kunde ikke lide Joy, hvorimod hendes friend: Peter var helt tiltalende. 
+Saa om Søndagen skulde de paa stor Tur, og jeg tillod mig om Aftenen at sige, om de ikke skulde have Tinge med. Jo, naturligvis! Per kom ogsaa med [”Per kom ogsaa med” indsat over linjen] Jeg sendte en Tier med Manse næste Morgen med til Tinge, saa han ikke skulde have Udgifter af Turen. De saa Ørbæklunde, var inde hos Titterne paa Glorup, som gav dem Kaffe og for Resten havde været saa glad ved Besøget, sagde Nina i Telefonen. Paa Rygaard var de, saa den store Riddersal og de dejlige Kældere, derfra til Svendborg og Turø (el. hedder det Thurø?) hvor de nød en god Kotelet. Saa havde de [”de” indsat over linjen] været ved Lykkesholm, hvor de saa en mægtig Havremark (de mente 50 Tdr. L.) med Korn sat i Traver, fuldstændig grøn i Toppen, altsaa spiret! Hvilket forfærdelig Tab for dem, der driver Gaarden, hvem de saa er. Ja, hvad den Regn ødelægger i dette Aar
+3.
+For os og Tinge ser det ikke godt ud, vi har baade Ærter, Lupiner og Sennep ude, en hel Del af Ærterne har vi dog faaet tærsket, intet af Tinges, som er mere sene med at tørre. Faar vi ikke lidt godt Vejr nu, kan det gerne blive til Katastrofe.
+Frits kom her forleden en Gang [”forleden en Gang” indsat over linjen], men vi kunde ikke have ham, og han gik saa paa Lindø, hvor de egentlig var glade ved ham, og hvor han var i halvanden Uge, tror jeg. De ejede ikke Penge at købe Mad for, og jeg financierede saa Foretagendet og gav Grete 25 Kr. til det. Saa gik det jo. Han sad her flere Eftermiddage og snakkede med mig, det var helt morsomt. Saa drog han til Elle, men vi havde gjort ham det klart, at der maatte han ikke slaa sig ned; mon du ved, at Elle har faaet et daarligt Knæ, en Slags Slid-Gigt vist, fik Røntgenbehandlinger i Odense, og det havde da hjulpet udmærket, men Elle blev i Fjor mæt af Fritz, da han var der i 2 1/4 Maaned. Han var der da kun èn Nat og tog saa til Bibbe, hvor han antagelig er endnu. - Her er saa Servietterne, jeg vilde sætte Pris paa, om jeg kunde faa dem lidt snart igen, jeg har Bestilling paa 12 til Fritz Warbergs Svigermor, er ved at sy en Lysedug til en af vore Naboer: 16 Kroner og skal 
+[Skrevet på hovedet øverst siden mærket ”3”:]
+ogsaa sy en Slags Bordløber til Fritz W. saa du ser, der er Gang i Forretningen, jeg er ogsaa meget flittig med det. Du kan nok markere, hvilke 6, han vil have, f. Eks. ved at ri en Traad
+[Skrevet langs venstre margen på siden mærket ”3”:]
+igennem de 6. Forøvrigt staar alt vel til her – hvis bare vi ikke havde de Sorger med Avlen. Servietter koster kun 2 Kr.
+[Skrevet på hovedet øverst s. 4:]
+Hvor er det dog kedeligt for dig med al den Astma og dine manglende Kræfter, og du har dog saa god Brug for dine. Det har ogsaa været en skidt Sommer, saa Sol-løs, og den Sol skulde vi jo have at tære paa hele Vinteren. Tak for Øjeblikket! Jeg synes ikke, 
+[Skrevet langs venstre kant s4:]
+de skulde haane den Mand, der vil have bedre Boliger paa Vesterbro det er en ligesaa vigtig ”Front” mod Kommunismen som Militæret
+[Skrevet på hovedet øverst s. 2:]
+Hvad siger dog Ib og Janna til de 47,000 Meningsfæller, der har sagt fra? Folk begynder at forstaa, hvad Kom. egentlig er. – Det er pudsigt, at du som altid har hadet Politik nu skriver, - Politik, for hvad er dine Pipifaks andet? Har du tænkt paa det? 
+[Skrevet langs venstre kant s. 2:]
+Saa kun til Slut de kærligste Hilsner til Jer begge fra din Junge
+[Skrevet på hovedet øverst s. 1:]
+Hvis han vælger Kransen med Navnetrækket hvad Bogstaver skal der saa staa?
+N.B. Su. u.
+[Skrevet på tværs s. 6:]
+modt. 15’ Sept. 1950 
+Besvaret 16’ Sept.
+Skrevet til J.C. Pedersen, Aarhus
+19’ Sept. 1950</t>
+  </si>
+  <si>
+    <t>1914-9-31</t>
+  </si>
+  <si>
+    <t>Bertram -
+Esther Dahlerup
+Marie Schou</t>
+  </si>
+  <si>
+    <t>Valdal, Valby Langgade 30, var et nedlagt gartneri i Valby i København, hvor adskillige af Fynboerne i årenes løb boede til leje. Bygningen blev nedrevet i 1930. Efter sin skilsmisse fra maleren Karl Schou i juli 1913 flyttede Marie Schou og sønnen Jørgen ind på Valdal. 
+Jørgen Schou og Astrid blev et par formodentlig allerede inden, at Astrid var skilt fra Alfred Goldschmidt. 
+Det er uklart, om den omtalte Bertram er den person, som er biograferet i databasen eller en anden af dette navn. 
+1 dansk mil er 7.532,48 meter.
+Verte: Vend (bladet).</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, Jørgen Schou til Astrid Warberg, 1914-09-31, 2411</t>
+  </si>
+  <si>
+    <t>Jørgen ville ønske, at han skrev lige så godt som Astrid. 
+De 14 dage med Astrid i Kerteminde var de lykkeligste i Jørgens liv. Han skal dagen efter begynde på kontoret og har allerede skrevet på en ansøgning.
+Jørgen og hans mor har været på en cykeltur.
+Familiens stuepige kunne se på Jørgens læber, at han havde kysset Fru Dallerup. Jørgen er meget bange for, at hans mor skal opdage hans og Astrids forhold, og han gemmer brevet i skuffen ved den mindste lyd.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/V5HU</t>
+  </si>
+  <si>
+    <t>Valdal. 31 – 9 – 14.
+Min egen, kære, lille, Dis.
+Jeg griber Lejligheden nu Mor er i Byen til igen at skrive til Dig. Mit sidste brev var vist ogsaa ualmindelig kedsommeligt, men det skulde ogsaa besørges paa ½ Time og saa kan det nu ikke blive bedre. Hvor vilde jeg dog gerne kunde skrive saadan som Du saa mine Breve kunne være Dig til lige saa stor Glæde naar Du er trist og ensom, som Dine Breve Dine gode, søde, rare Breve er for mig. – Men selv om Du er i daarligt Humør saa har Du ikke Lov til at skrive saadan noget som at Du ” er duvæ et uværdigt Menneske” i Sammenligning med Mor, Bertram og de andre. Et Menneske der holder af et andet, og jeg tror Du holder meget af mig, og giver dette andet Menneske saa meget som Du har givet mig, kan ikke, hvad saa end alle andre siger, være et uværdigt Menneske. –
+Jeg har lige siden jeg kom hjem ikke tænkt paa andre og andet end vores 14 Dage i Kerteminde, de lykkeligste 14 Dage jeg nogensinde har oplevet. Jeg er sikker paa at de vil hjælpe mig i mit Arbejde og sætte mig igang igen hvis jeg er ved at gaa i staa. I Morgen skal jeg begynde. Jeg var ude paa Kontoret i Gaar for at orddne det ene "d" i ordet overstreget, og over ordet er skrevet ”uha”! noget Vrøvl med Orlogsværftet og blev uden Varsel sat til at skrive en Ansøgning – saadan en med ”Undertegnede ansøger hermed .. o.s.v.” – jeg var en Besvimelse nær af Skræk og Rædsel da jeg fik udleveret et mægtigt Ark Papir og en Pen og blev stillet op ved en Skrivepult midt i dette ærefrygtindgydende Kontor. Men tænk saa, det gik. Det er det første Resultat af Din gode Indflydelse paa mig og det imponerede mig selv umaadelig.
+Jeg har været en Cycletur paa c. 4 Mil med Mor som Bagsædepassager. Hun var begejstret og syntes det var den ideelle Cycle, uden Vanskeligheder med Modvind og Bakker. Jeg tror hun let vil blive forfalden til at cycle paa den Maade og jeg er glad for det for jeg tror hun har saa godt af det.
+I Dag kom vores Pige med en uforsigtig Bemærkning om mine Læber der gav Anledning til at Mor fik at vide at jeg havde kysset Fru Dallerup. Gud ved, om der skulde komme yderligere Spørgsmaal. Hvis vi 2 bliver opdaget stoler jeg paa Dine Breve. De maa kunne gøre Underværker og overbevise selv den mest forudindtagne om at Du kun har gjort mig godt.
+Kære, kære Dis faar jeg Dig dog ikke snart at se. Jeg længes umaadelig efter Dig og saa har jeg ikke en Gang et Fotografi af Dig, det kunde Du gerne sende naar Du igen en Gang skriver. 
+Nu vil jeg slutte Brevet Mor er nemlig kommet hjem og saa snart jeg hører den mindste Lyd i Stuen ved Siden af farer Brevet ned i min Skuffe mens jeg sidder og ser uskyldig ud. Det er meget pinligt og tager på Nerverne. 
+Mange Tusind kærlige Hilsener, min egen, egen Dis fra 
+Din 
+Buf.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="100" formatCode="yyyy/mm/dd"/>
     <numFmt numFmtId="101" formatCode="yyyy/mm/dd hh:mm:ss"/>
     <numFmt numFmtId="102" formatCode="yyyy-mm-dd"/>
   </numFmts>
   <fonts count="7">
     <font>
       <name val="Arial"/>
       <sz val="11"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
@@ -12757,51 +12757,51 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/8OV5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Uv8k" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gKby" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bXkl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IPPC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BIam" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vwCS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/M0Oc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oWmH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zVbT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kYWG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QjNS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iQEv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J5Xr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/D6fe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yT3u" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5iDX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wvfN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Na5y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wW8M" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PHGp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UDnm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YtVa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9CCz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xsak" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/AOsMo2Nd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YMmj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oZ9i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4uI3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qDbh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UdiA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aSPY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Z8zF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MJeE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/vYqpD6Vn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/B2WDSV0j" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/97IRXewR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/zjaUyzQG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/j6fUTxlZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/GM8FzURB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/uV4xMZ1D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/6cVnZS6j" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/yle0CtTL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/KECah2XD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ElHTnCNC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/PIjU3jVN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CObRjaTw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/DMr2WPrd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/XZwQ3HoB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ZgLvdN5a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ZUJDzbQo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/1itiWL5I" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/4zMTy9JF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Iqaz4rvn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/jYsAKhJs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Xrv8yA47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/7akvRFjJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/scWH782Y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/bLBj0Lph" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/KtVnEfBf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/PLJi7Kb5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/vEpAcheS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/DINuSg1W" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/XD49Q5aV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/KxMqShS7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/cOfRv9x0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/njG9WyQo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/0S0FH99C" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/DQtRfGF4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/nCJ0nTMe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/2nt4REfj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Zje1ukKS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/m2JfPnGD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/44Rr071i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/cYgH1hkn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/WdZ6k4F0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/aFrALJpT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/w6FFrcLi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/GdhoMkTf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/jepUnZbd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/LZISnUZL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/DHZbUg0G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/mkxMz5lN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/cEWFUJvd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/lQ0cDrye" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5TBpJa8X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/p6mquhRL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ntgE41ev" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/gr4dQ2mb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/hjju64Qb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/j2hUVkDF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CcimuYHG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/nN4PAKUX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/sNWbpXhd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/rvxBHXzf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/6ZAPyB7A" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ypSdLDCw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/nxxqv9bt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/QnBrW1DK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/JqxhhCZI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/DFfJEtvD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/VjIJGfS4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Vtw1Vx4G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/JZO9tphY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ps863ipV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId111" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ASOFrmNj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId112" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/1fN63CIC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId113" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5TL6vqHy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId114" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/XgZp2wAn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId115" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/9HFw5Sle" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId116" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/b4InSLMZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId117" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/DupnmXWl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId118" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CW5tALIU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId119" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/MvOPnW0Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId120" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CyOTRJj8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId121" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eae3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId122" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Qnm1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId123" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RJJn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId124" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/heY8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId125" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fDVG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId126" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Rpa0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId127" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0Tk3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId128" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aQkg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId129" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KlBh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId130" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1tt6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId131" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vS4Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId132" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wsmJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId133" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yVhA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId134" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/edjy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId135" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/x5Hv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId136" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eeTc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId137" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IHTH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId138" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sJan" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId139" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ahXc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId140" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TZ4h" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId141" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/u46g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId142" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ygb2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId143" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dwWA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId144" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LgMg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId145" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/37qg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId146" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OuTh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId147" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lqb5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId148" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1ip9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId149" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Q5V8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId150" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Pr2M" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId151" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yxxC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId152" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VMMP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId153" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kFZB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId154" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/maOI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId155" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mSyN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId156" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CWCf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId157" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7j5m" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId158" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bNxL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId159" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6Eao" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId160" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iY0z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId161" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6QAu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId162" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Sov4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId163" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uzkL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId164" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HRAM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId165" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/C3Rp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId166" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/D266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId167" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KvGo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId168" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vy50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId169" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SejG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId170" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YyR5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId171" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3dkp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId172" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tlfS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId173" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/n1NlqIpG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId174" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/nu45h3lj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId175" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/LTBlIrPh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId176" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/PNHCqKEo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId177" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/JBNjUYWx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId178" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/EocUxpyS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId179" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/XNfpetUe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId180" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Wwr4HCxJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId181" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/0BetQdRq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId182" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/jX4esYqy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId183" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/J1y1k0Eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId184" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/wyASnUBS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId185" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId186" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/kvp82PWC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId187" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/kHDZc8FE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId188" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/OBtRL6fr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId189" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/lO1UI3kR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId190" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/BZGKV8QE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId191" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Qt3Wchow" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId192" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/FiIZIxLY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId193" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/m5TYm6rS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId194" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CwVWjWuI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId195" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/11FIskzM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId196" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/pJqTLgG1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId197" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/F7OHQu0I" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId198" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/NqhlDolD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId199" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ErEQwYPh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId200" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/wxBDuDfw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId201" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/mlVKfENB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId202" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/chdZZ3rp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId203" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/cYLt9V6n" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId204" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/sacWzjWR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId205" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/2e3r5tyj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId206" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ft5uWdAb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId207" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/qVHjSM8t" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId208" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/aBsVe7OZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId209" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7Ztd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId210" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Jhun" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId211" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gTFF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId212" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dLuM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId213" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZmYj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId214" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NBP7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId215" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v71G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId216" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ioQE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId217" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XJJe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId218" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7VPw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId219" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TnuR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId220" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FvLG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId221" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wqxx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId222" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qCha" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId223" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eXMn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId224" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lpjo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId225" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P2tE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId226" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yzCx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId227" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/n2q6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId228" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZKsR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId229" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/doA7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId230" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Krfi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId231" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/G76D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId232" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Iq10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId233" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mI0O" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId234" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/apFw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId235" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RMwG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId236" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pHgU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId237" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bAMD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId238" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ByKH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId239" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/m17x" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId240" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AkuE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId241" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GO3q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId242" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pFm3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId243" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/x9Mp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId244" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OT2N" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId245" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RJDN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId246" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t9sQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId247" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mZpT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId248" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d8X9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId249" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jv4O" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId250" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lp1s" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId251" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EHTL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId252" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Kz8F" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId253" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5uMX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId254" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qpd7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId255" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3nFl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId256" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pEjq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId257" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jD3L" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId258" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mCg3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId259" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/x2mV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId260" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VdrO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId261" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gUgO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId262" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eDky" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId263" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JuzW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId264" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KxQx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId265" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Gw2o" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId266" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NjiB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId267" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FaH9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId268" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WmBB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId269" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mX5l" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId270" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ShWQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId271" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VzpU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId272" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/C1Ej" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId273" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dP2V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId274" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aOrw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId275" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WL46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId276" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4qn3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId277" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gfWU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId278" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BMiP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId279" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nJMG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId280" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IEsw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId281" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Cinc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId282" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lE3T" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId283" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gnyZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId284" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/h6rr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId285" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sRSA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId286" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/U3l9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId287" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hdBq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId288" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PIMJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId289" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZRh3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId290" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rOiP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId291" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tbam" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId292" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Co4V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId293" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4gyc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId294" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/y1Lg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId295" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kvAt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId296" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3hHU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId297" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HLAx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId298" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dGAN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId299" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MSU6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId300" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/R6Vg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId301" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zpYD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId302" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1NKz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId303" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4PIk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId304" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/k4EY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId305" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vmMk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId306" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ge5f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId307" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wRRh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId308" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2jf5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId309" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9Ou4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId310" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ixgp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId311" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/azsA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId312" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eYoh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId313" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FYTo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId314" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aYO2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId315" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NhRs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId316" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pf8i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId317" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ibx1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId318" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bCsj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId319" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xKVA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId320" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JowR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId321" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AMtx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId322" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QaMo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId323" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/s0LM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId324" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/K0nP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId325" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QQEa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId326" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Uk7x" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId327" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/coz5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId328" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/83pC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId329" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KlXY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId330" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hcGD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId331" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CZLJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId332" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BglZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId333" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bPxG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId334" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AqEQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId335" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/leYK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId336" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Fx7B" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId337" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/r2ez" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId338" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pzPj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId339" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5Wrr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId340" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jJaI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId341" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bggI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId342" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xGTl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId343" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pUYH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId344" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rCzk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId345" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Zmwg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId346" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Uhpd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId347" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6lDB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId348" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IJTc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId349" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BHw5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId350" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1ASN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId351" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7pRJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId352" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Zi4S" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId353" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BB70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId354" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qml5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId355" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oSjM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId356" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DqvF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId357" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5oe6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId358" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9GXw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId359" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9IuL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId360" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oHIz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId361" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/e2cF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId362" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vPi9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId363" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tuYk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId364" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9sG9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId365" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BNLq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId366" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qTtv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId367" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZIR8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId368" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O2nh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId369" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kR28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId370" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/g8vq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId371" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5iq4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId372" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lcOb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId373" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZNEv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId374" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hYZJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId375" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GuXa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId376" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RA4R" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId377" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xJQS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId378" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/D76Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId379" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rMRi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId380" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Yoph" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId381" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/S9Qh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId382" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gHF9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId383" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tBsq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId384" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jgLf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId385" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/M371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId386" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yuBU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId387" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O1XH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId388" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rv9O" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId389" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TyIQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId390" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HWoO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId391" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RYZw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId392" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/imFp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId393" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jwls" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId394" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0u8f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId395" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sxQh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId396" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wMIk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId397" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Uf4J" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId398" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V5HU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId399" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZWve" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId400" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oaIp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId401" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wftc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId402" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WkFR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId403" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PCEm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId404" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ty3V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId405" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UgIn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId406" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3SjJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId407" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2Y7f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId408" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MBvO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId409" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iGwx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId410" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ytyR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId411" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7u1p" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId412" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4dgJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId413" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uibV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId414" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1o5R" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId415" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/h5A3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId416" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zZ7N" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId417" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8YNM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId418" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4WOO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId419" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NkIu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId420" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rxyo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId421" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/e3GM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId422" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CKbE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId423" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hAY5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId424" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P7PO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId425" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zuAU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId426" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bFM2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId427" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/c18V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId428" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IKO1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId429" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lWPN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId430" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xBuM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId431" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/qTtv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Fx7B" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gHF9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sRSA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AqEQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9GXw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/r2ez" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/y1Lg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZWve" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ty3V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dLuM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IKO1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hYZJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Krfi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/U3l9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/G76D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mZpT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bPxG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wqxx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Pr2M" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lWPN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qCha" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Iq10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mI0O" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8OV5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eYoh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aYO2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pzPj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5Wrr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P7PO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GuXa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/g8vq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/x5Hv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eXMn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YMmj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Na5y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AMtx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jJaI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/apFw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bggI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XJJe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kvAt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d8X9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lpjo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P2tE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yxxC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xGTl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gKby" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pUYH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rCzk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jv4O" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Zmwg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Uhpd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BB70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RMwG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BIam" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6QAu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3hHU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZmYj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JuzW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RA4R" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NBP7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yzCx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pHgU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oaIp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Sov4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bXkl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tuYk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zVbT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eeTc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZIR8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oZ9i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IHTH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UgIn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J5Xr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4uI3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KxQx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tBsq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vwCS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qDbh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O2nh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/e2cF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3SjJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hdBq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NhRs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gTFF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HLAx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xsak" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/M0Oc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FYTo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6lDB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2Y7f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MBvO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BglZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wftc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v71G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kYWG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/kvp82PWC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lcOb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sJan" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bAMD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jgLf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ahXc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xJQS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId111" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7Ztd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId112" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TnuR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId113" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/heY8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId114" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GO3q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId115" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Gw2o" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId116" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lp1s" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId117" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fDVG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId118" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Rpa0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId119" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Uv8k" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId120" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pFm3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId121" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NjiB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId122" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UdiA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId123" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dGAN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId124" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MSU6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId125" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iGwx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId126" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TZ4h" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId127" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ErEQwYPh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId128" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/doA7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId129" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/u46g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId130" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ygb2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId131" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FaH9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId132" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WmBB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId133" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dwWA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId134" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/F7OHQu0I" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId135" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mX5l" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId136" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VMMP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId137" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ShWQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId138" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EHTL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId139" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VzpU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId140" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0Tk3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId141" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ytyR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId142" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LgMg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId143" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/x9Mp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId144" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PIMJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId145" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OT2N" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId146" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/R6Vg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId147" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IJTc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId148" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/C1Ej" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId149" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zpYD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId150" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pf8i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId151" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dP2V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId152" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1NKz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId153" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/M371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId154" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aOrw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId155" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RJDN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId156" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WL46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId157" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aQkg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId158" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4qn3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId159" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t9sQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId160" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gfWU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId161" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BMiP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId162" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5iDX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId163" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/0BetQdRq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId164" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZRh3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId165" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/jX4esYqy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId166" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nJMG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId167" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ByKH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId168" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9IuL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId169" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QaMo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId170" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yuBU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId171" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Qnm1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId172" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O1XH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId173" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/PNHCqKEo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId174" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4PIk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId175" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kFZB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId176" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/maOI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId177" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Kz8F" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId178" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/k4EY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId179" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vmMk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId180" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ge5f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId181" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/n2q6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId182" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5uMX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId183" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IEsw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId184" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ioQE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId185" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qpd7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId186" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3nFl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId187" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/m17x" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId188" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pEjq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId189" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bCsj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId190" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7u1p" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId191" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rv9O" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId192" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4dgJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId193" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KlBh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId194" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BHw5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId195" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wW8M" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId196" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TyIQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId197" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xBuM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId198" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HWoO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId199" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QjNS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId200" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mSyN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId201" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uzkL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId202" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BNLq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId203" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uibV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId204" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oWmH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId205" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CWCf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId206" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RYZw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId207" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/imFp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId208" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Cinc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId209" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1ASN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId210" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/37qg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId211" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qml5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId212" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1tt6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId213" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jwls" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId214" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0u8f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId215" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/leYK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId216" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/D76Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId217" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rOiP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId218" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DqvF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId219" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/D6fe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId220" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/zjaUyzQG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId221" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Jhun" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId222" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HRAM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId223" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/C3Rp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId224" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OuTh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId225" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/j6fUTxlZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId226" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/GM8FzURB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId227" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/uV4xMZ1D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId228" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/6cVnZS6j" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId229" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/yle0CtTL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId230" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/KECah2XD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId231" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ElHTnCNC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId232" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/PIjU3jVN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId233" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CObRjaTw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId234" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/DMr2WPrd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId235" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/AOsMo2Nd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId236" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/XZwQ3HoB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId237" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ZgLvdN5a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId238" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ZUJDzbQo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId239" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/1itiWL5I" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId240" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/4zMTy9JF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId241" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Iqaz4rvn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId242" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/jYsAKhJs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId243" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Xrv8yA47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId244" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/7akvRFjJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId245" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/scWH782Y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId246" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/bLBj0Lph" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId247" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/KtVnEfBf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId248" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/PLJi7Kb5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId249" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/vEpAcheS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId250" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/DINuSg1W" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId251" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/XD49Q5aV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId252" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/KxMqShS7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId253" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oHIz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId254" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/cOfRv9x0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId255" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/njG9WyQo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId256" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/0S0FH99C" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId257" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/DQtRfGF4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId258" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/nCJ0nTMe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId259" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/2nt4REfj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId260" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Zje1ukKS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId261" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/m2JfPnGD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId262" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/44Rr071i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId263" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/cYgH1hkn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId264" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/WdZ6k4F0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId265" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/aFrALJpT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId266" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/w6FFrcLi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId267" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/GdhoMkTf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId268" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/jepUnZbd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId269" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/LZISnUZL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId270" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/DHZbUg0G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId271" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/mkxMz5lN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId272" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/cEWFUJvd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId273" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/lQ0cDrye" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId274" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5TBpJa8X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId275" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/p6mquhRL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId276" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ntgE41ev" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId277" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/gr4dQ2mb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId278" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/hjju64Qb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId279" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/j2hUVkDF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId280" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CcimuYHG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId281" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/nN4PAKUX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId282" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/sNWbpXhd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId283" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/rvxBHXzf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId284" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/6ZAPyB7A" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId285" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ypSdLDCw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId286" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/nxxqv9bt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId287" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/QnBrW1DK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId288" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/JqxhhCZI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId289" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/vYqpD6Vn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId290" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/DFfJEtvD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId291" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/VjIJGfS4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId292" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Vtw1Vx4G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId293" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/JZO9tphY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId294" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ps863ipV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId295" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/B2WDSV0j" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId296" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ASOFrmNj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId297" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/1fN63CIC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId298" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5TL6vqHy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId299" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/XgZp2wAn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId300" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/9HFw5Sle" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId301" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/b4InSLMZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId302" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/DupnmXWl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId303" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CW5tALIU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId304" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/MvOPnW0Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId305" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CyOTRJj8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId306" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/LTBlIrPh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId307" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/BZGKV8QE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId308" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/mlVKfENB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId309" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/sacWzjWR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId310" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/2e3r5tyj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId311" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WkFR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId312" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1o5R" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId313" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sxQh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId314" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/h5A3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId315" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ft5uWdAb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId316" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/J1y1k0Eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId317" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/qVHjSM8t" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId318" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/chdZZ3rp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId319" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/wyASnUBS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId320" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lqb5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId321" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zZ7N" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId322" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zuAU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId323" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Qt3Wchow" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId324" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/FiIZIxLY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId325" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/aBsVe7OZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId326" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wRRh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId327" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wMIk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId328" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oSjM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId329" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/97IRXewR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId330" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PHGp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId331" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/JBNjUYWx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId332" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/wxBDuDfw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId333" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/EocUxpyS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId334" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/XNfpetUe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId335" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/kHDZc8FE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId336" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JowR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId337" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/NqhlDolD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId338" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/OBtRL6fr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId339" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/n1NlqIpG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId340" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UDnm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId341" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/c18V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId342" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8YNM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId343" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7pRJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId344" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aSPY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId345" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tbam" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId346" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9sG9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId347" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2jf5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId348" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FvLG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId349" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/cYLt9V6n" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId350" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1ip9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId351" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rMRi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId352" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Z8zF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId353" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/m5TYm6rS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId354" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CwVWjWuI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId355" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5iq4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId356" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Co4V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId357" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Zi4S" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId358" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/11FIskzM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId359" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/lO1UI3kR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId360" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/pJqTLgG1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId361" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Wwr4HCxJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId362" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9Ou4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId363" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/nu45h3lj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId364" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4WOO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId365" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NkIu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId366" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5oe6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId367" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eae3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId368" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/D266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId369" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tlfS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId370" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7j5m" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId371" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rxyo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId372" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QQEa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId373" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ixgp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId374" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Uk7x" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId375" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jD3L" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId376" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lE3T" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId377" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mCg3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId378" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/coz5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId379" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/83pC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId380" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Uf4J" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId381" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KlXY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId382" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hcGD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId383" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/e3GM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId384" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vS4Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId385" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yVhA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId386" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KvGo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId387" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7VPw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId388" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kR28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId389" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CKbE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId390" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YtVa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId391" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wvfN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId392" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xKVA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId393" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iQEv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId394" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CZLJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId395" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9CCz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId396" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZNEv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId397" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4gyc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId398" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gnyZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId399" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bNxL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId400" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RJJn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId401" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vPi9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId402" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ibx1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId403" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Q5V8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId404" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/s0LM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId405" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wsmJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId406" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vy50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId407" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/x2mV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId408" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IPPC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId409" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SejG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId410" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yT3u" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId411" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/azsA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId412" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/K0nP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId413" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PCEm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId414" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hAY5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId415" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YyR5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId416" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3dkp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId417" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/h6rr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId418" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bFM2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId419" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AkuE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId420" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Yoph" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId421" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VdrO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId422" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gUgO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId423" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/S9Qh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId424" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/edjy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId425" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MJeE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId426" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZKsR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId427" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6Eao" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId428" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eDky" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId429" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iY0z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId430" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V5HU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId431" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
   <dimension ref="A1:M426"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
@@ -12844,19250 +12844,19250 @@
         <v>10</v>
       </c>
       <c r="L1" s="3" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="3" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="5" t="s">
         <v>13</v>
       </c>
       <c r="B2" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D2" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E2" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F2" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="F2" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G2" s="5" t="s">
+        <v>19</v>
       </c>
       <c r="H2" s="5" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="I2" s="5" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="J2" s="5" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="K2" s="5" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="L2" s="6" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="M2" s="5" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="5" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="B3" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C3" s="5" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="D3" s="5" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="E3" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F3" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G3" s="5" t="s">
         <v>27</v>
-      </c>
-[...8 lines deleted...]
-        </is>
       </c>
       <c r="H3" s="5" t="s">
         <v>28</v>
       </c>
       <c r="I3" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J3" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="K3" s="5" t="s">
         <v>30</v>
       </c>
-      <c r="K3" s="5" t="s">
+      <c r="L3" s="6" t="s">
         <v>31</v>
       </c>
-      <c r="L3" s="6" t="s">
+      <c r="M3" s="5" t="s">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>33</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="B4" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C4" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D4" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E4" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F4" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G4" s="5" t="s">
         <v>34</v>
       </c>
-      <c r="B4" s="5" t="s">
+      <c r="H4" s="5" t="s">
         <v>35</v>
       </c>
-      <c r="C4" s="5" t="s">
+      <c r="I4" s="5" t="s">
         <v>36</v>
       </c>
-      <c r="D4" s="5" t="s">
+      <c r="J4" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="K4" s="5" t="s">
         <v>37</v>
       </c>
-      <c r="E4" s="5" t="s">
+      <c r="L4" s="6" t="s">
         <v>38</v>
       </c>
-      <c r="F4" s="5" t="s">
+      <c r="M4" s="5" t="s">
         <v>39</v>
-      </c>
-[...21 lines deleted...]
-        <v>45</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="5" t="s">
-        <v>46</v>
+        <v>40</v>
       </c>
       <c r="B5" s="5" t="s">
-        <v>35</v>
+        <v>14</v>
       </c>
       <c r="C5" s="5" t="s">
-        <v>47</v>
+        <v>15</v>
       </c>
       <c r="D5" s="5" t="s">
-        <v>37</v>
+        <v>16</v>
       </c>
       <c r="E5" s="5" t="s">
-        <v>48</v>
+        <v>17</v>
       </c>
       <c r="F5" s="5" t="s">
-        <v>39</v>
+        <v>18</v>
       </c>
       <c r="G5" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H5" s="5" t="s">
-        <v>49</v>
-[...3 lines deleted...]
-      </c>
+        <v>41</v>
+      </c>
+      <c r="I5" s="5"/>
       <c r="J5" s="5" t="s">
-        <v>51</v>
-[...4 lines deleted...]
-        </is>
+        <v>22</v>
+      </c>
+      <c r="K5" s="5" t="s">
+        <v>42</v>
       </c>
       <c r="L5" s="6" t="s">
-        <v>52</v>
+        <v>43</v>
       </c>
       <c r="M5" s="5" t="s">
-        <v>53</v>
+        <v>44</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="5" t="s">
-        <v>54</v>
+        <v>45</v>
       </c>
       <c r="B6" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C6" s="5" t="s">
-        <v>55</v>
+        <v>15</v>
       </c>
       <c r="D6" s="5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="E6" s="5" t="s">
-        <v>56</v>
+        <v>17</v>
       </c>
       <c r="F6" s="5" t="s">
-        <v>57</v>
-[...4 lines deleted...]
-        </is>
+        <v>18</v>
+      </c>
+      <c r="G6" s="5" t="s">
+        <v>46</v>
       </c>
       <c r="H6" s="5" t="s">
-        <v>58</v>
+        <v>47</v>
       </c>
       <c r="I6" s="5" t="s">
-        <v>59</v>
+        <v>48</v>
       </c>
       <c r="J6" s="5" t="s">
-        <v>60</v>
+        <v>22</v>
       </c>
       <c r="K6" s="5" t="s">
-        <v>61</v>
+        <v>49</v>
       </c>
       <c r="L6" s="6" t="s">
-        <v>62</v>
+        <v>50</v>
       </c>
       <c r="M6" s="5" t="s">
-        <v>63</v>
+        <v>51</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="5" t="s">
-        <v>64</v>
+        <v>52</v>
       </c>
       <c r="B7" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C7" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D7" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D7" s="5" t="s">
-[...13 lines deleted...]
-        <v>27</v>
+      <c r="E7" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F7" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G7" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H7" s="5" t="s">
-        <v>66</v>
+        <v>53</v>
       </c>
       <c r="I7" s="5" t="s">
-        <v>67</v>
+        <v>54</v>
       </c>
       <c r="J7" s="5" t="s">
-        <v>68</v>
+        <v>22</v>
       </c>
       <c r="K7" s="5" t="s">
-        <v>69</v>
+        <v>55</v>
       </c>
       <c r="L7" s="6" t="s">
-        <v>70</v>
+        <v>56</v>
       </c>
       <c r="M7" s="5" t="s">
-        <v>71</v>
+        <v>57</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="5" t="s">
-        <v>72</v>
+        <v>58</v>
       </c>
       <c r="B8" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C8" s="5" t="s">
-        <v>65</v>
+        <v>15</v>
       </c>
       <c r="D8" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E8" s="5" t="s">
-        <v>73</v>
-[...4 lines deleted...]
-        </is>
+        <v>17</v>
+      </c>
+      <c r="F8" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="G8" s="5" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="H8" s="5" t="s">
-        <v>75</v>
+        <v>60</v>
       </c>
       <c r="I8" s="5" t="s">
-        <v>76</v>
+        <v>61</v>
       </c>
       <c r="J8" s="5" t="s">
-        <v>68</v>
+        <v>22</v>
       </c>
       <c r="K8" s="5" t="s">
-        <v>77</v>
+        <v>62</v>
       </c>
       <c r="L8" s="6" t="s">
-        <v>78</v>
+        <v>63</v>
       </c>
       <c r="M8" s="5" t="s">
-        <v>79</v>
+        <v>64</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="5" t="s">
-        <v>80</v>
+        <v>65</v>
       </c>
       <c r="B9" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C9" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D9" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D9" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E9" s="5" t="s">
-        <v>81</v>
-[...7 lines deleted...]
-        <v>82</v>
+        <v>17</v>
+      </c>
+      <c r="F9" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G9" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H9" s="5" t="s">
-        <v>83</v>
+        <v>66</v>
       </c>
       <c r="I9" s="5" t="s">
-        <v>84</v>
+        <v>67</v>
       </c>
       <c r="J9" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="K9" s="5" t="s">
         <v>68</v>
       </c>
-      <c r="K9" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="L9" s="6" t="s">
-        <v>86</v>
+        <v>69</v>
       </c>
       <c r="M9" s="5" t="s">
-        <v>87</v>
+        <v>70</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="5" t="s">
-        <v>88</v>
+        <v>71</v>
       </c>
       <c r="B10" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C10" s="5" t="s">
-        <v>65</v>
+        <v>72</v>
       </c>
       <c r="D10" s="5" t="s">
-        <v>16</v>
+        <v>73</v>
       </c>
       <c r="E10" s="5" t="s">
+        <v>74</v>
+      </c>
+      <c r="F10" s="5" t="s">
+        <v>75</v>
+      </c>
+      <c r="G10" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H10" s="5" t="s">
+        <v>76</v>
+      </c>
+      <c r="I10" s="5" t="s">
+        <v>77</v>
+      </c>
+      <c r="J10" s="5" t="s">
+        <v>78</v>
+      </c>
+      <c r="K10" s="5" t="s">
+        <v>79</v>
+      </c>
+      <c r="L10" s="6" t="s">
+        <v>80</v>
+      </c>
+      <c r="M10" s="5" t="s">
         <v>81</v>
-      </c>
-[...24 lines deleted...]
-        <v>94</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="5" t="s">
-        <v>95</v>
+        <v>82</v>
       </c>
       <c r="B11" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C11" s="5" t="s">
-        <v>65</v>
+        <v>15</v>
       </c>
       <c r="D11" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E11" s="5" t="s">
-        <v>73</v>
-[...4 lines deleted...]
-        </is>
+        <v>17</v>
+      </c>
+      <c r="F11" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="G11" s="5" t="s">
-        <v>96</v>
+        <v>83</v>
       </c>
       <c r="H11" s="5" t="s">
-        <v>97</v>
+        <v>84</v>
       </c>
       <c r="I11" s="5" t="s">
-        <v>98</v>
+        <v>85</v>
       </c>
       <c r="J11" s="5" t="s">
-        <v>68</v>
+        <v>22</v>
       </c>
       <c r="K11" s="5" t="s">
-        <v>99</v>
+        <v>86</v>
       </c>
       <c r="L11" s="6" t="s">
-        <v>100</v>
+        <v>87</v>
       </c>
       <c r="M11" s="5" t="s">
-        <v>101</v>
+        <v>88</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="5" t="s">
-        <v>102</v>
+        <v>89</v>
       </c>
       <c r="B12" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C12" s="5" t="s">
-        <v>103</v>
+        <v>90</v>
       </c>
       <c r="D12" s="5" t="s">
-        <v>104</v>
-[...12 lines deleted...]
-        <v>105</v>
+        <v>91</v>
+      </c>
+      <c r="E12" s="5" t="s">
+        <v>92</v>
+      </c>
+      <c r="F12" s="5" t="s">
+        <v>93</v>
+      </c>
+      <c r="G12" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H12" s="5" t="s">
-        <v>25</v>
+        <v>94</v>
       </c>
       <c r="I12" s="5" t="s">
-        <v>106</v>
+        <v>95</v>
       </c>
       <c r="J12" s="5" t="s">
-        <v>107</v>
+        <v>96</v>
       </c>
       <c r="K12" s="5" t="s">
-        <v>108</v>
+        <v>97</v>
       </c>
       <c r="L12" s="6" t="s">
-        <v>109</v>
+        <v>98</v>
       </c>
       <c r="M12" s="5" t="s">
-        <v>110</v>
+        <v>99</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="5" t="s">
-        <v>111</v>
+        <v>100</v>
       </c>
       <c r="B13" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C13" s="5" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="D13" s="5" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="E13" s="5" t="s">
-        <v>112</v>
+        <v>17</v>
       </c>
       <c r="F13" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G13" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H13" s="5" t="s">
-        <v>113</v>
+        <v>101</v>
       </c>
       <c r="I13" s="5" t="s">
-        <v>114</v>
+        <v>102</v>
       </c>
       <c r="J13" s="5" t="s">
-        <v>30</v>
+        <v>22</v>
       </c>
       <c r="K13" s="5" t="s">
-        <v>115</v>
+        <v>103</v>
       </c>
       <c r="L13" s="6" t="s">
-        <v>116</v>
+        <v>104</v>
       </c>
       <c r="M13" s="5" t="s">
-        <v>117</v>
+        <v>105</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="5" t="s">
-        <v>118</v>
+        <v>106</v>
       </c>
       <c r="B14" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C14" s="5" t="s">
-        <v>65</v>
+        <v>90</v>
       </c>
       <c r="D14" s="5" t="s">
-        <v>119</v>
+        <v>91</v>
       </c>
       <c r="E14" s="5" t="s">
-        <v>81</v>
+        <v>107</v>
       </c>
       <c r="F14" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G14" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H14" s="5" t="s">
-        <v>120</v>
+        <v>108</v>
       </c>
       <c r="I14" s="5" t="s">
-        <v>121</v>
+        <v>109</v>
       </c>
       <c r="J14" s="5" t="s">
-        <v>122</v>
+        <v>110</v>
       </c>
       <c r="K14" s="5" t="s">
-        <v>123</v>
+        <v>111</v>
       </c>
       <c r="L14" s="6" t="s">
-        <v>124</v>
+        <v>112</v>
       </c>
       <c r="M14" s="5" t="s">
-        <v>125</v>
+        <v>113</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="5" t="s">
-        <v>126</v>
+        <v>114</v>
       </c>
       <c r="B15" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C15" s="5" t="s">
-        <v>65</v>
+        <v>91</v>
       </c>
       <c r="D15" s="5" t="s">
-        <v>16</v>
+        <v>115</v>
       </c>
       <c r="E15" s="5" t="s">
-        <v>73</v>
-[...7 lines deleted...]
-        <v>127</v>
+        <v>18</v>
+      </c>
+      <c r="F15" s="5" t="s">
+        <v>93</v>
+      </c>
+      <c r="G15" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H15" s="5" t="s">
-        <v>128</v>
+        <v>116</v>
       </c>
       <c r="I15" s="5" t="s">
-        <v>129</v>
+        <v>117</v>
       </c>
       <c r="J15" s="5" t="s">
-        <v>68</v>
+        <v>118</v>
       </c>
       <c r="K15" s="5" t="s">
-        <v>130</v>
+        <v>119</v>
       </c>
       <c r="L15" s="6" t="s">
-        <v>131</v>
+        <v>120</v>
       </c>
       <c r="M15" s="5" t="s">
-        <v>132</v>
+        <v>121</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="5" t="s">
-        <v>133</v>
+        <v>122</v>
       </c>
       <c r="B16" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C16" s="5" t="s">
-        <v>16</v>
+        <v>90</v>
       </c>
       <c r="D16" s="5" t="s">
+        <v>91</v>
+      </c>
+      <c r="E16" s="5" t="s">
+        <v>123</v>
+      </c>
+      <c r="F16" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G16" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H16" s="5" t="s">
+        <v>124</v>
+      </c>
+      <c r="I16" s="5"/>
+      <c r="J16" s="5" t="s">
+        <v>125</v>
+      </c>
+      <c r="K16" s="5" t="s">
+        <v>126</v>
+      </c>
+      <c r="L16" s="6" t="s">
+        <v>127</v>
+      </c>
+      <c r="M16" s="5" t="s">
+        <v>128</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="B17" s="5" t="s">
+        <v>130</v>
+      </c>
+      <c r="C17" s="5" t="s">
+        <v>90</v>
+      </c>
+      <c r="D17" s="5" t="s">
+        <v>91</v>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F17" s="5" t="s">
+        <v>93</v>
+      </c>
+      <c r="G17" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H17" s="5" t="s">
+        <v>131</v>
+      </c>
+      <c r="I17" s="5" t="s">
+        <v>132</v>
+      </c>
+      <c r="J17" s="5" t="s">
+        <v>133</v>
+      </c>
+      <c r="K17" s="5" t="s">
         <v>134</v>
       </c>
-      <c r="E16" s="5" t="s">
-[...2 lines deleted...]
-      <c r="F16" s="5" t="s">
+      <c r="L17" s="6" t="s">
         <v>135</v>
       </c>
-      <c r="G16" s="5" t="s">
+      <c r="M17" s="5" t="s">
         <v>136</v>
       </c>
-      <c r="H16" s="5" t="s">
-[...63 lines deleted...]
-      </c>
     </row>
     <row r="18">
-      <c r="A18" s="5" t="s">
-        <v>148</v>
+      <c r="A18" s="5" t="n">
+        <v>1892</v>
       </c>
       <c r="B18" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C18" s="5" t="s">
-        <v>149</v>
+        <v>137</v>
       </c>
       <c r="D18" s="5" t="s">
-        <v>25</v>
+        <v>138</v>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F18" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G18" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H18" s="5" t="s">
-        <v>150</v>
+        <v>139</v>
       </c>
       <c r="I18" s="5"/>
       <c r="J18" s="5" t="s">
-        <v>151</v>
+        <v>140</v>
       </c>
       <c r="K18" s="5" t="s">
-        <v>152</v>
+        <v>141</v>
       </c>
       <c r="L18" s="6" t="s">
-        <v>153</v>
+        <v>142</v>
       </c>
       <c r="M18" s="5" t="s">
-        <v>154</v>
+        <v>143</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="5" t="s">
-        <v>155</v>
+        <v>144</v>
       </c>
       <c r="B19" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C19" s="5" t="s">
-        <v>65</v>
+        <v>15</v>
       </c>
       <c r="D19" s="5" t="s">
-        <v>119</v>
+        <v>16</v>
       </c>
       <c r="E19" s="5" t="s">
-        <v>81</v>
-[...9 lines deleted...]
-        </is>
+        <v>17</v>
+      </c>
+      <c r="F19" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G19" s="5" t="s">
+        <v>145</v>
       </c>
       <c r="H19" s="5" t="s">
-        <v>156</v>
-[...3 lines deleted...]
-      </c>
+        <v>146</v>
+      </c>
+      <c r="I19" s="5"/>
       <c r="J19" s="5" t="s">
-        <v>158</v>
+        <v>22</v>
       </c>
       <c r="K19" s="5" t="s">
-        <v>159</v>
+        <v>147</v>
       </c>
       <c r="L19" s="6" t="s">
-        <v>160</v>
+        <v>148</v>
       </c>
       <c r="M19" s="5" t="s">
-        <v>161</v>
+        <v>149</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="5" t="s">
-        <v>162</v>
+        <v>150</v>
       </c>
       <c r="B20" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C20" s="5" t="s">
-        <v>65</v>
+        <v>151</v>
       </c>
       <c r="D20" s="5" t="s">
-        <v>16</v>
+        <v>152</v>
       </c>
       <c r="E20" s="5" t="s">
-        <v>81</v>
-[...4 lines deleted...]
-        </is>
+        <v>153</v>
+      </c>
+      <c r="F20" s="5" t="s">
+        <v>154</v>
       </c>
       <c r="G20" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H20" s="5" t="s">
-        <v>163</v>
-[...1 lines deleted...]
-      <c r="I20" s="5"/>
+        <v>155</v>
+      </c>
+      <c r="I20" s="5" t="s">
+        <v>156</v>
+      </c>
       <c r="J20" s="5" t="s">
-        <v>68</v>
+        <v>157</v>
       </c>
       <c r="K20" s="5" t="s">
-        <v>164</v>
+        <v>158</v>
       </c>
       <c r="L20" s="6" t="s">
-        <v>165</v>
+        <v>159</v>
       </c>
       <c r="M20" s="5" t="s">
-        <v>166</v>
+        <v>160</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="5" t="s">
-        <v>167</v>
+        <v>161</v>
       </c>
       <c r="B21" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C21" s="5" t="s">
-        <v>25</v>
+        <v>90</v>
       </c>
       <c r="D21" s="5" t="s">
-        <v>168</v>
-[...2 lines deleted...]
-        <v>169</v>
+        <v>91</v>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F21" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G21" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H21" s="5" t="s">
-        <v>170</v>
+        <v>162</v>
       </c>
       <c r="I21" s="5" t="s">
-        <v>171</v>
+        <v>163</v>
       </c>
       <c r="J21" s="5" t="s">
-        <v>30</v>
+        <v>164</v>
       </c>
       <c r="K21" s="5" t="s">
-        <v>172</v>
+        <v>165</v>
       </c>
       <c r="L21" s="6" t="s">
-        <v>173</v>
+        <v>166</v>
       </c>
       <c r="M21" s="5" t="s">
-        <v>174</v>
+        <v>167</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="5" t="s">
-        <v>175</v>
+        <v>168</v>
       </c>
       <c r="B22" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C22" s="5" t="s">
-        <v>176</v>
+        <v>169</v>
       </c>
       <c r="D22" s="5" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-        <v>81</v>
+        <v>91</v>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F22" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G22" s="5" t="s">
-        <v>177</v>
+      <c r="G22" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H22" s="5" t="s">
-        <v>178</v>
-[...1 lines deleted...]
-      <c r="I22" s="5"/>
+        <v>170</v>
+      </c>
+      <c r="I22" s="5" t="s">
+        <v>171</v>
+      </c>
       <c r="J22" s="5" t="s">
-        <v>179</v>
+        <v>172</v>
       </c>
       <c r="K22" s="5" t="s">
-        <v>180</v>
+        <v>173</v>
       </c>
       <c r="L22" s="6" t="s">
-        <v>181</v>
+        <v>174</v>
       </c>
       <c r="M22" s="5" t="s">
-        <v>182</v>
+        <v>175</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="5" t="s">
+        <v>176</v>
+      </c>
+      <c r="B23" s="5" t="s">
+        <v>177</v>
+      </c>
+      <c r="C23" s="5" t="s">
+        <v>90</v>
+      </c>
+      <c r="D23" s="5" t="s">
+        <v>91</v>
+      </c>
+      <c r="E23" s="5" t="s">
+        <v>178</v>
+      </c>
+      <c r="F23" s="5" t="s">
+        <v>179</v>
+      </c>
+      <c r="G23" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H23" s="5" t="s">
+        <v>180</v>
+      </c>
+      <c r="I23" s="5" t="s">
+        <v>181</v>
+      </c>
+      <c r="J23" s="5" t="s">
+        <v>182</v>
+      </c>
+      <c r="K23" s="5" t="s">
         <v>183</v>
       </c>
-      <c r="B23" s="5" t="s">
-[...5 lines deleted...]
-      <c r="D23" s="5" t="s">
+      <c r="L23" s="6" t="s">
         <v>184</v>
       </c>
-      <c r="E23" s="5" t="s">
-[...7 lines deleted...]
-      <c r="G23" s="5" t="s">
+      <c r="M23" s="5" t="s">
         <v>185</v>
-      </c>
-[...16 lines deleted...]
-        <v>190</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="5" t="s">
+        <v>186</v>
+      </c>
+      <c r="B24" s="5" t="s">
+        <v>177</v>
+      </c>
+      <c r="C24" s="5" t="s">
+        <v>90</v>
+      </c>
+      <c r="D24" s="5" t="s">
+        <v>91</v>
+      </c>
+      <c r="E24" s="5" t="s">
+        <v>187</v>
+      </c>
+      <c r="F24" s="5" t="s">
+        <v>74</v>
+      </c>
+      <c r="G24" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H24" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I24" s="5" t="s">
+        <v>188</v>
+      </c>
+      <c r="J24" s="5" t="s">
+        <v>189</v>
+      </c>
+      <c r="K24" s="5" t="s">
+        <v>190</v>
+      </c>
+      <c r="L24" s="6" t="s">
         <v>191</v>
       </c>
-      <c r="B24" s="5" t="s">
-[...21 lines deleted...]
-      <c r="H24" s="5" t="s">
+      <c r="M24" s="5" t="s">
         <v>192</v>
       </c>
-      <c r="I24" s="5" t="s">
+    </row>
+    <row r="25">
+      <c r="A25" s="5" t="s">
         <v>193</v>
       </c>
-      <c r="J24" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K24" s="5" t="s">
+      <c r="B25" s="5" t="s">
+        <v>130</v>
+      </c>
+      <c r="C25" s="5" t="s">
+        <v>90</v>
+      </c>
+      <c r="D25" s="5" t="s">
+        <v>91</v>
+      </c>
+      <c r="E25" s="5" t="s">
         <v>194</v>
       </c>
-      <c r="L24" s="6" t="s">
+      <c r="F25" s="5" t="s">
+        <v>74</v>
+      </c>
+      <c r="G25" s="5" t="s">
         <v>195</v>
       </c>
-      <c r="M24" s="5" t="s">
+      <c r="H25" s="5" t="s">
         <v>196</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="C25" s="5" t="s">
+      <c r="I25" s="5" t="s">
         <v>197</v>
       </c>
-      <c r="D25" s="5" t="s">
-[...17 lines deleted...]
-      <c r="H25" s="5" t="s">
+      <c r="J25" s="5" t="s">
         <v>198</v>
       </c>
-      <c r="I25" s="5" t="s">
+      <c r="K25" s="5" t="s">
         <v>199</v>
       </c>
-      <c r="J25" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K25" s="5" t="s">
+      <c r="L25" s="6" t="s">
         <v>200</v>
       </c>
-      <c r="L25" s="6" t="s">
+      <c r="M25" s="5" t="s">
         <v>201</v>
-      </c>
-[...1 lines deleted...]
-        <v>202</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="5" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="B26" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C26" s="5" t="s">
-        <v>25</v>
+        <v>72</v>
       </c>
       <c r="D26" s="5" t="s">
-        <v>103</v>
+        <v>90</v>
       </c>
       <c r="E26" s="5" t="s">
+        <v>203</v>
+      </c>
+      <c r="F26" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G26" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H26" s="5" t="s">
         <v>204</v>
       </c>
-      <c r="F26" s="5" t="s">
-[...7 lines deleted...]
-      <c r="H26" s="5" t="s">
+      <c r="I26" s="5" t="s">
         <v>205</v>
       </c>
-      <c r="I26" s="5"/>
       <c r="J26" s="5" t="s">
         <v>206</v>
       </c>
       <c r="K26" s="5" t="s">
         <v>207</v>
       </c>
       <c r="L26" s="6" t="s">
         <v>208</v>
       </c>
       <c r="M26" s="5" t="s">
         <v>209</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="5" t="s">
         <v>210</v>
       </c>
       <c r="B27" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C27" s="5" t="s">
+        <v>90</v>
+      </c>
+      <c r="D27" s="5" t="s">
         <v>211</v>
       </c>
-      <c r="C27" s="5" t="s">
-[...10 lines deleted...]
-        </is>
+      <c r="E27" s="5" t="s">
+        <v>194</v>
       </c>
       <c r="F27" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G27" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H27" s="5" t="s">
-[...6 lines deleted...]
-        </is>
+      <c r="H27" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I27" s="5" t="s">
+        <v>212</v>
+      </c>
+      <c r="J27" s="5" t="s">
+        <v>213</v>
       </c>
       <c r="K27" s="5" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="L27" s="6" t="s">
-        <v>213</v>
-[...1 lines deleted...]
-      <c r="M27" s="5"/>
+        <v>215</v>
+      </c>
+      <c r="M27" s="5" t="s">
+        <v>216</v>
+      </c>
     </row>
     <row r="28">
       <c r="A28" s="5" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="B28" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C28" s="5" t="s">
-        <v>65</v>
+        <v>90</v>
       </c>
       <c r="D28" s="5" t="s">
-        <v>16</v>
+        <v>91</v>
       </c>
       <c r="E28" s="5" t="s">
-        <v>81</v>
-[...4 lines deleted...]
-        </is>
+        <v>194</v>
+      </c>
+      <c r="F28" s="5" t="s">
+        <v>74</v>
       </c>
       <c r="G28" s="5" t="s">
-        <v>215</v>
+        <v>218</v>
       </c>
       <c r="H28" s="5" t="s">
-        <v>216</v>
+        <v>219</v>
       </c>
       <c r="I28" s="5" t="s">
-        <v>217</v>
+        <v>220</v>
       </c>
       <c r="J28" s="5" t="s">
-        <v>68</v>
+        <v>221</v>
       </c>
       <c r="K28" s="5" t="s">
-        <v>218</v>
+        <v>222</v>
       </c>
       <c r="L28" s="6" t="s">
-        <v>219</v>
+        <v>223</v>
       </c>
       <c r="M28" s="5" t="s">
-        <v>220</v>
+        <v>224</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="5" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
       <c r="B29" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C29" s="5" t="s">
-        <v>65</v>
+        <v>15</v>
       </c>
       <c r="D29" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E29" s="5" t="s">
-        <v>73</v>
-[...4 lines deleted...]
-        </is>
+        <v>17</v>
+      </c>
+      <c r="F29" s="5" t="s">
+        <v>226</v>
       </c>
       <c r="G29" s="5" t="s">
-        <v>222</v>
+        <v>227</v>
       </c>
       <c r="H29" s="5" t="s">
-        <v>223</v>
+        <v>228</v>
       </c>
       <c r="I29" s="5" t="s">
-        <v>224</v>
+        <v>229</v>
       </c>
       <c r="J29" s="5" t="s">
-        <v>225</v>
+        <v>22</v>
       </c>
       <c r="K29" s="5" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="L29" s="6" t="s">
-        <v>227</v>
+        <v>231</v>
       </c>
       <c r="M29" s="5" t="s">
-        <v>228</v>
+        <v>232</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="5" t="s">
-        <v>229</v>
+        <v>233</v>
       </c>
       <c r="B30" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C30" s="5" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="D30" s="5" t="s">
-        <v>103</v>
+        <v>16</v>
       </c>
       <c r="E30" s="5" t="s">
-        <v>73</v>
-[...9 lines deleted...]
-        </is>
+        <v>17</v>
+      </c>
+      <c r="F30" s="5" t="s">
+        <v>226</v>
+      </c>
+      <c r="G30" s="5" t="s">
+        <v>234</v>
       </c>
       <c r="H30" s="5" t="s">
-        <v>230</v>
-[...1 lines deleted...]
-      <c r="I30" s="5"/>
+        <v>235</v>
+      </c>
+      <c r="I30" s="5" t="s">
+        <v>236</v>
+      </c>
       <c r="J30" s="5" t="s">
-        <v>206</v>
+        <v>22</v>
       </c>
       <c r="K30" s="5" t="s">
-        <v>231</v>
+        <v>237</v>
       </c>
       <c r="L30" s="6" t="s">
-        <v>232</v>
+        <v>238</v>
       </c>
       <c r="M30" s="5" t="s">
-        <v>233</v>
+        <v>239</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="5" t="s">
-        <v>234</v>
+        <v>240</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C31" s="5" t="s">
-        <v>65</v>
+        <v>90</v>
       </c>
       <c r="D31" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E31" s="5" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="F31" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G31" s="5" t="s">
-        <v>235</v>
+        <v>241</v>
       </c>
       <c r="H31" s="5" t="s">
-        <v>236</v>
+        <v>242</v>
       </c>
       <c r="I31" s="5" t="s">
-        <v>237</v>
+        <v>243</v>
       </c>
       <c r="J31" s="5" t="s">
-        <v>68</v>
+        <v>22</v>
       </c>
       <c r="K31" s="5" t="s">
-        <v>238</v>
+        <v>244</v>
       </c>
       <c r="L31" s="6" t="s">
-        <v>239</v>
+        <v>245</v>
       </c>
       <c r="M31" s="5" t="s">
-        <v>240</v>
+        <v>246</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="5" t="s">
-        <v>241</v>
+        <v>247</v>
       </c>
       <c r="B32" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C32" s="5" t="s">
-        <v>149</v>
+        <v>90</v>
       </c>
       <c r="D32" s="5" t="s">
-        <v>242</v>
-[...4 lines deleted...]
-        </is>
+        <v>16</v>
+      </c>
+      <c r="E32" s="5" t="s">
+        <v>74</v>
       </c>
       <c r="F32" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G32" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H32" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H32" s="5" t="s">
+        <v>248</v>
       </c>
       <c r="I32" s="5" t="s">
-        <v>243</v>
+        <v>249</v>
       </c>
       <c r="J32" s="5" t="s">
-        <v>244</v>
+        <v>22</v>
       </c>
       <c r="K32" s="5" t="s">
-        <v>245</v>
+        <v>250</v>
       </c>
       <c r="L32" s="6" t="s">
-        <v>246</v>
+        <v>251</v>
       </c>
       <c r="M32" s="5" t="s">
-        <v>247</v>
+        <v>252</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="5" t="s">
-        <v>248</v>
+        <v>253</v>
       </c>
       <c r="B33" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C33" s="5" t="s">
-        <v>65</v>
+        <v>254</v>
       </c>
       <c r="D33" s="5" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>135</v>
+        <v>91</v>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F33" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G33" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H33" s="5" t="s">
-        <v>249</v>
-[...1 lines deleted...]
-      <c r="I33" s="5"/>
+        <v>255</v>
+      </c>
+      <c r="I33" s="5" t="s">
+        <v>256</v>
+      </c>
       <c r="J33" s="5" t="s">
-        <v>68</v>
+        <v>257</v>
       </c>
       <c r="K33" s="5" t="s">
-        <v>250</v>
+        <v>258</v>
       </c>
       <c r="L33" s="6" t="s">
-        <v>251</v>
+        <v>259</v>
       </c>
       <c r="M33" s="5" t="s">
-        <v>252</v>
+        <v>260</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="5" t="s">
-        <v>253</v>
+        <v>261</v>
       </c>
       <c r="B34" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C34" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D34" s="5" t="s">
-        <v>65</v>
-[...10 lines deleted...]
-        <v>255</v>
+        <v>90</v>
+      </c>
+      <c r="E34" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F34" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G34" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H34" s="5" t="s">
-        <v>256</v>
-[...3 lines deleted...]
-      </c>
+        <v>262</v>
+      </c>
+      <c r="I34" s="5"/>
       <c r="J34" s="5" t="s">
-        <v>68</v>
+        <v>22</v>
       </c>
       <c r="K34" s="5" t="s">
-        <v>258</v>
+        <v>263</v>
       </c>
       <c r="L34" s="6" t="s">
-        <v>259</v>
+        <v>264</v>
       </c>
       <c r="M34" s="5" t="s">
-        <v>260</v>
+        <v>265</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="5" t="s">
-        <v>261</v>
+        <v>266</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C35" s="5" t="s">
-        <v>65</v>
+        <v>91</v>
       </c>
       <c r="D35" s="5" t="s">
-        <v>262</v>
-[...2 lines deleted...]
-        <v>81</v>
+        <v>115</v>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F35" s="5" t="s">
-        <v>263</v>
+        <v>267</v>
       </c>
       <c r="G35" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H35" s="5" t="s">
-        <v>264</v>
+        <v>268</v>
       </c>
       <c r="I35" s="5" t="s">
-        <v>265</v>
+        <v>269</v>
       </c>
       <c r="J35" s="5" t="s">
-        <v>158</v>
+        <v>270</v>
       </c>
       <c r="K35" s="5" t="s">
-        <v>266</v>
+        <v>271</v>
       </c>
       <c r="L35" s="6" t="s">
-        <v>267</v>
+        <v>272</v>
       </c>
       <c r="M35" s="5" t="s">
-        <v>268</v>
+        <v>273</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="5" t="s">
-        <v>269</v>
+        <v>274</v>
       </c>
       <c r="B36" s="5" t="s">
-        <v>211</v>
+        <v>14</v>
       </c>
       <c r="C36" s="5" t="s">
-        <v>65</v>
-[...9 lines deleted...]
-        </is>
+        <v>16</v>
+      </c>
+      <c r="D36" s="5" t="s">
+        <v>90</v>
+      </c>
+      <c r="E36" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F36" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G36" s="5" t="inlineStr">
-[...13 lines deleted...]
-        </is>
+      <c r="G36" s="5" t="s">
+        <v>275</v>
+      </c>
+      <c r="H36" s="5" t="s">
+        <v>276</v>
+      </c>
+      <c r="I36" s="5" t="s">
+        <v>277</v>
+      </c>
+      <c r="J36" s="5" t="s">
+        <v>22</v>
       </c>
       <c r="K36" s="5" t="s">
-        <v>270</v>
+        <v>278</v>
       </c>
       <c r="L36" s="6" t="s">
-        <v>271</v>
-[...1 lines deleted...]
-      <c r="M36" s="5"/>
+        <v>279</v>
+      </c>
+      <c r="M36" s="5" t="s">
+        <v>280</v>
+      </c>
     </row>
     <row r="37">
       <c r="A37" s="5" t="s">
-        <v>272</v>
+        <v>281</v>
       </c>
       <c r="B37" s="5" t="s">
-        <v>211</v>
+        <v>14</v>
       </c>
       <c r="C37" s="5" t="s">
-        <v>65</v>
-[...9 lines deleted...]
-        </is>
+        <v>16</v>
+      </c>
+      <c r="D37" s="5" t="s">
+        <v>90</v>
+      </c>
+      <c r="E37" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F37" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G37" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H37" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H37" s="5" t="s">
+        <v>282</v>
       </c>
       <c r="I37" s="5"/>
-      <c r="J37" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="J37" s="5" t="s">
+        <v>22</v>
       </c>
       <c r="K37" s="5" t="s">
-        <v>270</v>
+        <v>283</v>
       </c>
       <c r="L37" s="6" t="s">
-        <v>273</v>
-[...1 lines deleted...]
-      <c r="M37" s="5"/>
+        <v>284</v>
+      </c>
+      <c r="M37" s="5" t="s">
+        <v>285</v>
+      </c>
     </row>
     <row r="38">
       <c r="A38" s="5" t="s">
-        <v>274</v>
+        <v>286</v>
       </c>
       <c r="B38" s="5" t="s">
-        <v>211</v>
+        <v>14</v>
       </c>
       <c r="C38" s="5" t="s">
-        <v>65</v>
-[...9 lines deleted...]
-        </is>
+        <v>16</v>
+      </c>
+      <c r="D38" s="5" t="s">
+        <v>90</v>
+      </c>
+      <c r="E38" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F38" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G38" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H38" s="5" t="inlineStr">
-[...8 lines deleted...]
-        </is>
+      <c r="H38" s="5" t="s">
+        <v>287</v>
+      </c>
+      <c r="I38" s="5" t="s">
+        <v>288</v>
+      </c>
+      <c r="J38" s="5" t="s">
+        <v>22</v>
       </c>
       <c r="K38" s="5" t="s">
-        <v>275</v>
+        <v>289</v>
       </c>
       <c r="L38" s="6" t="s">
-        <v>276</v>
-[...1 lines deleted...]
-      <c r="M38" s="5"/>
+        <v>290</v>
+      </c>
+      <c r="M38" s="5" t="s">
+        <v>291</v>
+      </c>
     </row>
     <row r="39">
-      <c r="A39" s="5" t="n">
-        <v>1921</v>
+      <c r="A39" s="5" t="s">
+        <v>292</v>
       </c>
       <c r="B39" s="5" t="s">
-        <v>211</v>
+        <v>14</v>
       </c>
       <c r="C39" s="5" t="s">
-        <v>65</v>
-[...9 lines deleted...]
-        </is>
+        <v>90</v>
+      </c>
+      <c r="D39" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E39" s="5" t="s">
+        <v>74</v>
       </c>
       <c r="F39" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G39" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G39" s="5" t="s">
+        <v>293</v>
       </c>
       <c r="H39" s="5" t="s">
-        <v>277</v>
+        <v>294</v>
       </c>
       <c r="I39" s="5"/>
-      <c r="J39" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="J39" s="5" t="s">
+        <v>22</v>
       </c>
       <c r="K39" s="5" t="s">
-        <v>270</v>
+        <v>295</v>
       </c>
       <c r="L39" s="6" t="s">
-        <v>278</v>
-[...1 lines deleted...]
-      <c r="M39" s="5"/>
+        <v>296</v>
+      </c>
+      <c r="M39" s="5" t="s">
+        <v>297</v>
+      </c>
     </row>
     <row r="40">
       <c r="A40" s="5" t="s">
-        <v>279</v>
+        <v>298</v>
       </c>
       <c r="B40" s="5" t="s">
-        <v>211</v>
+        <v>14</v>
       </c>
       <c r="C40" s="5" t="s">
-        <v>65</v>
-[...9 lines deleted...]
-        </is>
+        <v>16</v>
+      </c>
+      <c r="D40" s="5" t="s">
+        <v>90</v>
+      </c>
+      <c r="E40" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F40" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G40" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H40" s="5" t="s">
-        <v>280</v>
-[...5 lines deleted...]
-        </is>
+        <v>299</v>
+      </c>
+      <c r="I40" s="5" t="s">
+        <v>300</v>
+      </c>
+      <c r="J40" s="5" t="s">
+        <v>22</v>
       </c>
       <c r="K40" s="5" t="s">
-        <v>212</v>
+        <v>301</v>
       </c>
       <c r="L40" s="6" t="s">
-        <v>281</v>
-[...1 lines deleted...]
-      <c r="M40" s="5"/>
+        <v>302</v>
+      </c>
+      <c r="M40" s="5" t="s">
+        <v>303</v>
+      </c>
     </row>
     <row r="41">
       <c r="A41" s="5" t="s">
-        <v>282</v>
+        <v>304</v>
       </c>
       <c r="B41" s="5" t="s">
-        <v>211</v>
+        <v>14</v>
       </c>
       <c r="C41" s="5" t="s">
-        <v>65</v>
-[...19 lines deleted...]
-        </is>
+        <v>15</v>
+      </c>
+      <c r="D41" s="5" t="s">
+        <v>305</v>
+      </c>
+      <c r="E41" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F41" s="5" t="s">
+        <v>226</v>
+      </c>
+      <c r="G41" s="5" t="s">
+        <v>306</v>
       </c>
       <c r="H41" s="5" t="s">
-        <v>283</v>
-[...5 lines deleted...]
-        </is>
+        <v>307</v>
+      </c>
+      <c r="I41" s="5" t="s">
+        <v>308</v>
+      </c>
+      <c r="J41" s="5" t="s">
+        <v>309</v>
       </c>
       <c r="K41" s="5" t="s">
-        <v>212</v>
+        <v>310</v>
       </c>
       <c r="L41" s="6" t="s">
-        <v>284</v>
-[...1 lines deleted...]
-      <c r="M41" s="5"/>
+        <v>311</v>
+      </c>
+      <c r="M41" s="5" t="s">
+        <v>312</v>
+      </c>
     </row>
     <row r="42">
-      <c r="A42" s="5" t="s">
-        <v>285</v>
+      <c r="A42" s="5" t="n">
+        <v>1898</v>
       </c>
       <c r="B42" s="5" t="s">
-        <v>211</v>
+        <v>14</v>
       </c>
       <c r="C42" s="5" t="s">
-        <v>65</v>
-[...14 lines deleted...]
-        </is>
+        <v>91</v>
+      </c>
+      <c r="D42" s="5" t="s">
+        <v>115</v>
+      </c>
+      <c r="E42" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="F42" s="5" t="s">
+        <v>313</v>
       </c>
       <c r="G42" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H42" s="5" t="inlineStr">
-[...8 lines deleted...]
-        </is>
+      <c r="H42" s="5" t="s">
+        <v>314</v>
+      </c>
+      <c r="I42" s="5" t="s">
+        <v>315</v>
+      </c>
+      <c r="J42" s="5" t="s">
+        <v>316</v>
       </c>
       <c r="K42" s="5" t="s">
-        <v>212</v>
+        <v>317</v>
       </c>
       <c r="L42" s="6" t="s">
-        <v>286</v>
-[...1 lines deleted...]
-      <c r="M42" s="5"/>
+        <v>318</v>
+      </c>
+      <c r="M42" s="5" t="s">
+        <v>319</v>
+      </c>
     </row>
     <row r="43">
       <c r="A43" s="5" t="s">
-        <v>287</v>
+        <v>320</v>
       </c>
       <c r="B43" s="5" t="s">
-        <v>211</v>
+        <v>14</v>
       </c>
       <c r="C43" s="5" t="s">
-        <v>65</v>
-[...14 lines deleted...]
-        </is>
+        <v>90</v>
+      </c>
+      <c r="D43" s="5" t="s">
+        <v>91</v>
+      </c>
+      <c r="E43" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="F43" s="5" t="s">
+        <v>74</v>
       </c>
       <c r="G43" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H43" s="5" t="inlineStr">
-[...8 lines deleted...]
-        </is>
+      <c r="H43" s="5" t="s">
+        <v>321</v>
+      </c>
+      <c r="I43" s="5" t="s">
+        <v>322</v>
+      </c>
+      <c r="J43" s="5" t="s">
+        <v>323</v>
       </c>
       <c r="K43" s="5" t="s">
-        <v>212</v>
+        <v>324</v>
       </c>
       <c r="L43" s="6" t="s">
-        <v>288</v>
-[...1 lines deleted...]
-      <c r="M43" s="5"/>
+        <v>325</v>
+      </c>
+      <c r="M43" s="5" t="s">
+        <v>326</v>
+      </c>
     </row>
     <row r="44">
       <c r="A44" s="5" t="s">
-        <v>289</v>
+        <v>327</v>
       </c>
       <c r="B44" s="5" t="s">
-        <v>211</v>
+        <v>14</v>
       </c>
       <c r="C44" s="5" t="s">
-        <v>65</v>
-[...9 lines deleted...]
-        </is>
+        <v>16</v>
+      </c>
+      <c r="D44" s="5" t="s">
+        <v>90</v>
+      </c>
+      <c r="E44" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F44" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G44" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G44" s="5" t="s">
+        <v>34</v>
       </c>
       <c r="H44" s="5" t="s">
-        <v>277</v>
-[...5 lines deleted...]
-        </is>
+        <v>328</v>
+      </c>
+      <c r="I44" s="5" t="s">
+        <v>329</v>
+      </c>
+      <c r="J44" s="5" t="s">
+        <v>22</v>
       </c>
       <c r="K44" s="5" t="s">
-        <v>212</v>
+        <v>330</v>
       </c>
       <c r="L44" s="6" t="s">
-        <v>290</v>
-[...1 lines deleted...]
-      <c r="M44" s="5"/>
+        <v>331</v>
+      </c>
+      <c r="M44" s="5" t="s">
+        <v>332</v>
+      </c>
     </row>
     <row r="45">
       <c r="A45" s="5" t="s">
-        <v>291</v>
+        <v>333</v>
       </c>
       <c r="B45" s="5" t="s">
-        <v>211</v>
+        <v>177</v>
       </c>
       <c r="C45" s="5" t="s">
-        <v>65</v>
-[...14 lines deleted...]
-        </is>
+        <v>91</v>
+      </c>
+      <c r="D45" s="5" t="s">
+        <v>115</v>
+      </c>
+      <c r="E45" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="F45" s="5" t="s">
+        <v>74</v>
       </c>
       <c r="G45" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H45" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H45" s="5" t="s">
+        <v>334</v>
       </c>
       <c r="I45" s="5"/>
-      <c r="J45" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="J45" s="5" t="s">
+        <v>335</v>
       </c>
       <c r="K45" s="5" t="s">
-        <v>212</v>
+        <v>336</v>
       </c>
       <c r="L45" s="6" t="s">
-        <v>292</v>
-[...1 lines deleted...]
-      <c r="M45" s="5"/>
+        <v>337</v>
+      </c>
+      <c r="M45" s="5" t="s">
+        <v>338</v>
+      </c>
     </row>
     <row r="46">
       <c r="A46" s="5" t="s">
-        <v>293</v>
+        <v>333</v>
       </c>
       <c r="B46" s="5" t="s">
-        <v>211</v>
+        <v>177</v>
       </c>
       <c r="C46" s="5" t="s">
-        <v>65</v>
-[...14 lines deleted...]
-        </is>
+        <v>91</v>
+      </c>
+      <c r="D46" s="5" t="s">
+        <v>115</v>
+      </c>
+      <c r="E46" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="F46" s="5" t="s">
+        <v>339</v>
       </c>
       <c r="G46" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H46" s="5" t="s">
-        <v>277</v>
-[...5 lines deleted...]
-        </is>
+        <v>340</v>
+      </c>
+      <c r="I46" s="5" t="s">
+        <v>341</v>
+      </c>
+      <c r="J46" s="5" t="s">
+        <v>342</v>
       </c>
       <c r="K46" s="5" t="s">
-        <v>212</v>
+        <v>343</v>
       </c>
       <c r="L46" s="6" t="s">
-        <v>294</v>
-[...1 lines deleted...]
-      <c r="M46" s="5"/>
+        <v>344</v>
+      </c>
+      <c r="M46" s="5" t="s">
+        <v>345</v>
+      </c>
     </row>
     <row r="47">
       <c r="A47" s="5" t="s">
-        <v>295</v>
+        <v>346</v>
       </c>
       <c r="B47" s="5" t="s">
-        <v>211</v>
+        <v>14</v>
       </c>
       <c r="C47" s="5" t="s">
-        <v>65</v>
-[...9 lines deleted...]
-        </is>
+        <v>90</v>
+      </c>
+      <c r="D47" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E47" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="F47" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G47" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G47" s="5" t="s">
+        <v>347</v>
       </c>
       <c r="H47" s="5" t="s">
-        <v>142</v>
-[...5 lines deleted...]
-        </is>
+        <v>348</v>
+      </c>
+      <c r="I47" s="5" t="s">
+        <v>349</v>
+      </c>
+      <c r="J47" s="5" t="s">
+        <v>22</v>
       </c>
       <c r="K47" s="5" t="s">
-        <v>212</v>
+        <v>350</v>
       </c>
       <c r="L47" s="6" t="s">
-        <v>296</v>
-[...1 lines deleted...]
-      <c r="M47" s="5"/>
+        <v>351</v>
+      </c>
+      <c r="M47" s="5" t="s">
+        <v>352</v>
+      </c>
     </row>
     <row r="48">
       <c r="A48" s="5" t="s">
-        <v>297</v>
+        <v>353</v>
       </c>
       <c r="B48" s="5" t="s">
-        <v>211</v>
+        <v>14</v>
       </c>
       <c r="C48" s="5" t="s">
-        <v>65</v>
-[...4 lines deleted...]
-        </is>
+        <v>90</v>
+      </c>
+      <c r="D48" s="5" t="s">
+        <v>16</v>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F48" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G48" s="5" t="inlineStr">
-[...13 lines deleted...]
-        </is>
+      <c r="G48" s="5" t="s">
+        <v>354</v>
+      </c>
+      <c r="H48" s="5" t="s">
+        <v>355</v>
+      </c>
+      <c r="I48" s="5" t="s">
+        <v>356</v>
+      </c>
+      <c r="J48" s="5" t="s">
+        <v>22</v>
       </c>
       <c r="K48" s="5" t="s">
-        <v>212</v>
+        <v>357</v>
       </c>
       <c r="L48" s="6" t="s">
-        <v>298</v>
-[...1 lines deleted...]
-      <c r="M48" s="5"/>
+        <v>358</v>
+      </c>
+      <c r="M48" s="5" t="s">
+        <v>359</v>
+      </c>
     </row>
     <row r="49">
       <c r="A49" s="5" t="s">
-        <v>299</v>
+        <v>360</v>
       </c>
       <c r="B49" s="5" t="s">
-        <v>211</v>
+        <v>177</v>
       </c>
       <c r="C49" s="5" t="s">
-        <v>65</v>
-[...14 lines deleted...]
-        </is>
+        <v>361</v>
+      </c>
+      <c r="D49" s="5" t="s">
+        <v>91</v>
+      </c>
+      <c r="E49" s="5" t="s">
+        <v>362</v>
+      </c>
+      <c r="F49" s="5" t="s">
+        <v>363</v>
       </c>
       <c r="G49" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H49" s="5" t="inlineStr">
-[...8 lines deleted...]
-        </is>
+      <c r="H49" s="5" t="s">
+        <v>364</v>
+      </c>
+      <c r="I49" s="5" t="s">
+        <v>365</v>
+      </c>
+      <c r="J49" s="5" t="s">
+        <v>366</v>
       </c>
       <c r="K49" s="5" t="s">
-        <v>212</v>
+        <v>367</v>
       </c>
       <c r="L49" s="6" t="s">
-        <v>300</v>
-[...1 lines deleted...]
-      <c r="M49" s="5"/>
+        <v>368</v>
+      </c>
+      <c r="M49" s="5" t="s">
+        <v>369</v>
+      </c>
     </row>
     <row r="50">
       <c r="A50" s="5" t="s">
-        <v>301</v>
+        <v>370</v>
       </c>
       <c r="B50" s="5" t="s">
-        <v>211</v>
+        <v>14</v>
       </c>
       <c r="C50" s="5" t="s">
-        <v>65</v>
-[...9 lines deleted...]
-        </is>
+        <v>16</v>
+      </c>
+      <c r="D50" s="5" t="s">
+        <v>90</v>
+      </c>
+      <c r="E50" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F50" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G50" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G50" s="5" t="s">
+        <v>371</v>
       </c>
       <c r="H50" s="5" t="s">
-        <v>302</v>
+        <v>372</v>
       </c>
       <c r="I50" s="5"/>
-      <c r="J50" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="J50" s="5" t="s">
+        <v>22</v>
       </c>
       <c r="K50" s="5" t="s">
-        <v>212</v>
+        <v>373</v>
       </c>
       <c r="L50" s="6" t="s">
-        <v>303</v>
-[...1 lines deleted...]
-      <c r="M50" s="5"/>
+        <v>374</v>
+      </c>
+      <c r="M50" s="5" t="s">
+        <v>375</v>
+      </c>
     </row>
     <row r="51">
       <c r="A51" s="5" t="s">
-        <v>304</v>
+        <v>376</v>
       </c>
       <c r="B51" s="5" t="s">
-        <v>211</v>
+        <v>14</v>
       </c>
       <c r="C51" s="5" t="s">
-        <v>65</v>
-[...9 lines deleted...]
-        </is>
+        <v>16</v>
+      </c>
+      <c r="D51" s="5" t="s">
+        <v>90</v>
+      </c>
+      <c r="E51" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F51" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G51" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="G51" s="5" t="s">
+        <v>371</v>
+      </c>
+      <c r="H51" s="5" t="s">
+        <v>377</v>
       </c>
       <c r="I51" s="5"/>
-      <c r="J51" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="J51" s="5" t="s">
+        <v>22</v>
       </c>
       <c r="K51" s="5" t="s">
-        <v>212</v>
+        <v>378</v>
       </c>
       <c r="L51" s="6" t="s">
-        <v>305</v>
-[...1 lines deleted...]
-      <c r="M51" s="5"/>
+        <v>379</v>
+      </c>
+      <c r="M51" s="5" t="s">
+        <v>380</v>
+      </c>
     </row>
     <row r="52">
       <c r="A52" s="5" t="s">
-        <v>306</v>
+        <v>381</v>
       </c>
       <c r="B52" s="5" t="s">
-        <v>211</v>
+        <v>14</v>
       </c>
       <c r="C52" s="5" t="s">
-        <v>65</v>
-[...9 lines deleted...]
-        </is>
+        <v>16</v>
+      </c>
+      <c r="D52" s="5" t="s">
+        <v>90</v>
+      </c>
+      <c r="E52" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="F52" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G52" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H52" s="5" t="s">
-        <v>302</v>
-[...5 lines deleted...]
-        </is>
+        <v>382</v>
+      </c>
+      <c r="I52" s="5" t="s">
+        <v>383</v>
+      </c>
+      <c r="J52" s="5" t="s">
+        <v>22</v>
       </c>
       <c r="K52" s="5" t="s">
-        <v>212</v>
+        <v>384</v>
       </c>
       <c r="L52" s="6" t="s">
-        <v>307</v>
-[...1 lines deleted...]
-      <c r="M52" s="5"/>
+        <v>385</v>
+      </c>
+      <c r="M52" s="5" t="s">
+        <v>386</v>
+      </c>
     </row>
     <row r="53">
       <c r="A53" s="5" t="s">
-        <v>308</v>
+        <v>387</v>
       </c>
       <c r="B53" s="5" t="s">
-        <v>211</v>
+        <v>14</v>
       </c>
       <c r="C53" s="5" t="s">
-        <v>65</v>
-[...9 lines deleted...]
-        </is>
+        <v>90</v>
+      </c>
+      <c r="D53" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E53" s="5" t="s">
+        <v>74</v>
       </c>
       <c r="F53" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G53" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G53" s="5" t="s">
+        <v>388</v>
       </c>
       <c r="H53" s="5" t="s">
-        <v>142</v>
+        <v>389</v>
       </c>
       <c r="I53" s="5"/>
-      <c r="J53" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="J53" s="5" t="s">
+        <v>22</v>
       </c>
       <c r="K53" s="5" t="s">
-        <v>212</v>
+        <v>390</v>
       </c>
       <c r="L53" s="6" t="s">
-        <v>309</v>
-[...1 lines deleted...]
-      <c r="M53" s="5"/>
+        <v>391</v>
+      </c>
+      <c r="M53" s="5" t="s">
+        <v>392</v>
+      </c>
     </row>
     <row r="54">
       <c r="A54" s="5" t="s">
-        <v>310</v>
+        <v>393</v>
       </c>
       <c r="B54" s="5" t="s">
-        <v>211</v>
+        <v>14</v>
       </c>
       <c r="C54" s="5" t="s">
-        <v>65</v>
-[...9 lines deleted...]
-        </is>
+        <v>90</v>
+      </c>
+      <c r="D54" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E54" s="5" t="s">
+        <v>74</v>
       </c>
       <c r="F54" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G54" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G54" s="5" t="s">
+        <v>394</v>
       </c>
       <c r="H54" s="5" t="s">
-        <v>311</v>
-[...5 lines deleted...]
-        </is>
+        <v>395</v>
+      </c>
+      <c r="I54" s="5" t="s">
+        <v>396</v>
+      </c>
+      <c r="J54" s="5" t="s">
+        <v>22</v>
       </c>
       <c r="K54" s="5" t="s">
-        <v>212</v>
+        <v>397</v>
       </c>
       <c r="L54" s="6" t="s">
-        <v>312</v>
-[...1 lines deleted...]
-      <c r="M54" s="5"/>
+        <v>398</v>
+      </c>
+      <c r="M54" s="5" t="s">
+        <v>399</v>
+      </c>
     </row>
     <row r="55">
       <c r="A55" s="5" t="s">
-        <v>313</v>
+        <v>400</v>
       </c>
       <c r="B55" s="5" t="s">
-        <v>211</v>
+        <v>14</v>
       </c>
       <c r="C55" s="5" t="s">
-        <v>65</v>
-[...4 lines deleted...]
-        </is>
+        <v>90</v>
+      </c>
+      <c r="D55" s="5" t="s">
+        <v>16</v>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F55" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G55" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G55" s="5" t="s">
+        <v>401</v>
       </c>
       <c r="H55" s="5" t="s">
-        <v>314</v>
+        <v>402</v>
       </c>
       <c r="I55" s="5"/>
-      <c r="J55" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="J55" s="5" t="s">
+        <v>22</v>
       </c>
       <c r="K55" s="5" t="s">
-        <v>212</v>
+        <v>403</v>
       </c>
       <c r="L55" s="6" t="s">
-        <v>315</v>
-[...1 lines deleted...]
-      <c r="M55" s="5"/>
+        <v>404</v>
+      </c>
+      <c r="M55" s="5" t="s">
+        <v>405</v>
+      </c>
     </row>
     <row r="56">
       <c r="A56" s="5" t="s">
-        <v>316</v>
+        <v>406</v>
       </c>
       <c r="B56" s="5" t="s">
-        <v>211</v>
+        <v>14</v>
       </c>
       <c r="C56" s="5" t="s">
-        <v>65</v>
-[...14 lines deleted...]
-        </is>
+        <v>91</v>
+      </c>
+      <c r="D56" s="5" t="s">
+        <v>115</v>
+      </c>
+      <c r="E56" s="5" t="s">
+        <v>267</v>
+      </c>
+      <c r="F56" s="5" t="s">
+        <v>407</v>
       </c>
       <c r="G56" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H56" s="5" t="inlineStr">
-[...8 lines deleted...]
-        </is>
+      <c r="H56" s="5" t="s">
+        <v>408</v>
+      </c>
+      <c r="I56" s="5" t="s">
+        <v>409</v>
+      </c>
+      <c r="J56" s="5" t="s">
+        <v>410</v>
       </c>
       <c r="K56" s="5" t="s">
-        <v>212</v>
+        <v>411</v>
       </c>
       <c r="L56" s="6" t="s">
-        <v>317</v>
-[...1 lines deleted...]
-      <c r="M56" s="5"/>
+        <v>412</v>
+      </c>
+      <c r="M56" s="5" t="s">
+        <v>413</v>
+      </c>
     </row>
     <row r="57">
       <c r="A57" s="5" t="s">
-        <v>318</v>
+        <v>414</v>
       </c>
       <c r="B57" s="5" t="s">
-        <v>211</v>
+        <v>14</v>
       </c>
       <c r="C57" s="5" t="s">
-        <v>65</v>
-[...4 lines deleted...]
-        </is>
+        <v>90</v>
+      </c>
+      <c r="D57" s="5" t="s">
+        <v>16</v>
       </c>
       <c r="E57" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F57" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G57" s="5" t="inlineStr">
-[...13 lines deleted...]
-        </is>
+      <c r="G57" s="5" t="s">
+        <v>415</v>
+      </c>
+      <c r="H57" s="5" t="s">
+        <v>416</v>
+      </c>
+      <c r="I57" s="5" t="s">
+        <v>417</v>
+      </c>
+      <c r="J57" s="5" t="s">
+        <v>22</v>
       </c>
       <c r="K57" s="5" t="s">
-        <v>212</v>
+        <v>418</v>
       </c>
       <c r="L57" s="6" t="s">
-        <v>319</v>
-[...1 lines deleted...]
-      <c r="M57" s="5"/>
+        <v>419</v>
+      </c>
+      <c r="M57" s="5" t="s">
+        <v>420</v>
+      </c>
     </row>
     <row r="58">
       <c r="A58" s="5" t="s">
-        <v>320</v>
+        <v>421</v>
       </c>
       <c r="B58" s="5" t="s">
-        <v>211</v>
+        <v>14</v>
       </c>
       <c r="C58" s="5" t="s">
-        <v>65</v>
-[...4 lines deleted...]
-        </is>
+        <v>90</v>
+      </c>
+      <c r="D58" s="5" t="s">
+        <v>16</v>
       </c>
       <c r="E58" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F58" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G58" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H58" s="5" t="inlineStr">
-[...8 lines deleted...]
-        </is>
+      <c r="H58" s="5" t="s">
+        <v>422</v>
+      </c>
+      <c r="I58" s="5" t="s">
+        <v>423</v>
+      </c>
+      <c r="J58" s="5" t="s">
+        <v>22</v>
       </c>
       <c r="K58" s="5" t="s">
-        <v>212</v>
+        <v>424</v>
       </c>
       <c r="L58" s="6" t="s">
-        <v>321</v>
-[...1 lines deleted...]
-      <c r="M58" s="5"/>
+        <v>425</v>
+      </c>
+      <c r="M58" s="5" t="s">
+        <v>426</v>
+      </c>
     </row>
     <row r="59">
       <c r="A59" s="5" t="s">
-        <v>322</v>
+        <v>427</v>
       </c>
       <c r="B59" s="5" t="s">
-        <v>211</v>
+        <v>14</v>
       </c>
       <c r="C59" s="5" t="s">
-        <v>65</v>
-[...9 lines deleted...]
-        </is>
+        <v>16</v>
+      </c>
+      <c r="D59" s="5" t="s">
+        <v>90</v>
+      </c>
+      <c r="E59" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="F59" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G59" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H59" s="5" t="inlineStr">
-[...8 lines deleted...]
-        </is>
+      <c r="H59" s="5" t="s">
+        <v>428</v>
+      </c>
+      <c r="I59" s="5" t="s">
+        <v>429</v>
+      </c>
+      <c r="J59" s="5" t="s">
+        <v>22</v>
       </c>
       <c r="K59" s="5" t="s">
-        <v>212</v>
+        <v>430</v>
       </c>
       <c r="L59" s="6" t="s">
-        <v>323</v>
-[...1 lines deleted...]
-      <c r="M59" s="5"/>
+        <v>431</v>
+      </c>
+      <c r="M59" s="5" t="s">
+        <v>432</v>
+      </c>
     </row>
     <row r="60">
       <c r="A60" s="5" t="s">
-        <v>324</v>
+        <v>433</v>
       </c>
       <c r="B60" s="5" t="s">
-        <v>211</v>
+        <v>14</v>
       </c>
       <c r="C60" s="5" t="s">
-        <v>65</v>
-[...30 lines deleted...]
-        </is>
+        <v>15</v>
+      </c>
+      <c r="D60" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E60" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F60" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G60" s="5" t="s">
+        <v>434</v>
+      </c>
+      <c r="H60" s="5" t="s">
+        <v>435</v>
+      </c>
+      <c r="I60" s="5" t="s">
+        <v>436</v>
+      </c>
+      <c r="J60" s="5" t="s">
+        <v>22</v>
       </c>
       <c r="K60" s="5" t="s">
-        <v>212</v>
+        <v>437</v>
       </c>
       <c r="L60" s="6" t="s">
-        <v>325</v>
-[...1 lines deleted...]
-      <c r="M60" s="5"/>
+        <v>438</v>
+      </c>
+      <c r="M60" s="5" t="s">
+        <v>439</v>
+      </c>
     </row>
     <row r="61">
       <c r="A61" s="5" t="s">
-        <v>326</v>
+        <v>440</v>
       </c>
       <c r="B61" s="5" t="s">
-        <v>211</v>
+        <v>14</v>
       </c>
       <c r="C61" s="5" t="s">
-        <v>65</v>
-[...9 lines deleted...]
-        </is>
+        <v>15</v>
+      </c>
+      <c r="D61" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E61" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F61" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G61" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H61" s="5" t="s">
-        <v>142</v>
-[...5 lines deleted...]
-        </is>
+        <v>441</v>
+      </c>
+      <c r="I61" s="5" t="s">
+        <v>442</v>
+      </c>
+      <c r="J61" s="5" t="s">
+        <v>22</v>
       </c>
       <c r="K61" s="5" t="s">
-        <v>212</v>
+        <v>443</v>
       </c>
       <c r="L61" s="6" t="s">
-        <v>327</v>
-[...1 lines deleted...]
-      <c r="M61" s="5"/>
+        <v>444</v>
+      </c>
+      <c r="M61" s="5" t="s">
+        <v>445</v>
+      </c>
     </row>
     <row r="62">
       <c r="A62" s="5" t="s">
-        <v>328</v>
+        <v>440</v>
       </c>
       <c r="B62" s="5" t="s">
-        <v>211</v>
+        <v>14</v>
       </c>
       <c r="C62" s="5" t="s">
-        <v>65</v>
-[...19 lines deleted...]
-        </is>
+        <v>15</v>
+      </c>
+      <c r="D62" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E62" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F62" s="5" t="s">
+        <v>226</v>
+      </c>
+      <c r="G62" s="5" t="s">
+        <v>446</v>
       </c>
       <c r="H62" s="5" t="s">
-        <v>302</v>
-[...5 lines deleted...]
-        </is>
+        <v>447</v>
+      </c>
+      <c r="I62" s="5" t="s">
+        <v>448</v>
+      </c>
+      <c r="J62" s="5" t="s">
+        <v>22</v>
       </c>
       <c r="K62" s="5" t="s">
-        <v>212</v>
+        <v>449</v>
       </c>
       <c r="L62" s="6" t="s">
-        <v>329</v>
-[...1 lines deleted...]
-      <c r="M62" s="5"/>
+        <v>450</v>
+      </c>
+      <c r="M62" s="5" t="s">
+        <v>451</v>
+      </c>
     </row>
     <row r="63">
       <c r="A63" s="5" t="s">
-        <v>330</v>
+        <v>452</v>
       </c>
       <c r="B63" s="5" t="s">
-        <v>211</v>
+        <v>14</v>
       </c>
       <c r="C63" s="5" t="s">
-        <v>65</v>
-[...14 lines deleted...]
-        </is>
+        <v>91</v>
+      </c>
+      <c r="D63" s="5" t="s">
+        <v>453</v>
+      </c>
+      <c r="E63" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="F63" s="5" t="s">
+        <v>93</v>
       </c>
       <c r="G63" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H63" s="5" t="inlineStr">
-[...8 lines deleted...]
-        </is>
+      <c r="H63" s="5" t="s">
+        <v>454</v>
+      </c>
+      <c r="I63" s="5" t="s">
+        <v>455</v>
+      </c>
+      <c r="J63" s="5" t="s">
+        <v>456</v>
       </c>
       <c r="K63" s="5" t="s">
-        <v>212</v>
+        <v>457</v>
       </c>
       <c r="L63" s="6" t="s">
-        <v>331</v>
-[...1 lines deleted...]
-      <c r="M63" s="5"/>
+        <v>458</v>
+      </c>
+      <c r="M63" s="5" t="s">
+        <v>459</v>
+      </c>
     </row>
     <row r="64">
       <c r="A64" s="5" t="s">
-        <v>332</v>
+        <v>460</v>
       </c>
       <c r="B64" s="5" t="s">
-        <v>211</v>
+        <v>14</v>
       </c>
       <c r="C64" s="5" t="s">
-        <v>65</v>
-[...14 lines deleted...]
-        </is>
+        <v>91</v>
+      </c>
+      <c r="D64" s="5" t="s">
+        <v>461</v>
+      </c>
+      <c r="E64" s="5" t="s">
+        <v>462</v>
+      </c>
+      <c r="F64" s="5" t="s">
+        <v>313</v>
       </c>
       <c r="G64" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H64" s="5" t="inlineStr">
-[...8 lines deleted...]
-        </is>
+      <c r="H64" s="5" t="s">
+        <v>463</v>
+      </c>
+      <c r="I64" s="5" t="s">
+        <v>464</v>
+      </c>
+      <c r="J64" s="5" t="s">
+        <v>465</v>
       </c>
       <c r="K64" s="5" t="s">
-        <v>212</v>
+        <v>466</v>
       </c>
       <c r="L64" s="6" t="s">
-        <v>333</v>
-[...1 lines deleted...]
-      <c r="M64" s="5"/>
+        <v>467</v>
+      </c>
+      <c r="M64" s="5" t="s">
+        <v>468</v>
+      </c>
     </row>
     <row r="65">
       <c r="A65" s="5" t="s">
-        <v>334</v>
+        <v>469</v>
       </c>
       <c r="B65" s="5" t="s">
-        <v>211</v>
+        <v>177</v>
       </c>
       <c r="C65" s="5" t="s">
-        <v>65</v>
-[...14 lines deleted...]
-        </is>
+        <v>91</v>
+      </c>
+      <c r="D65" s="5" t="s">
+        <v>461</v>
+      </c>
+      <c r="E65" s="5" t="s">
+        <v>462</v>
+      </c>
+      <c r="F65" s="5" t="s">
+        <v>93</v>
       </c>
       <c r="G65" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H65" s="5" t="s">
-        <v>302</v>
-[...5 lines deleted...]
-        </is>
+        <v>470</v>
+      </c>
+      <c r="I65" s="5" t="s">
+        <v>471</v>
+      </c>
+      <c r="J65" s="5" t="s">
+        <v>472</v>
       </c>
       <c r="K65" s="5" t="s">
-        <v>212</v>
+        <v>473</v>
       </c>
       <c r="L65" s="6" t="s">
-        <v>335</v>
-[...1 lines deleted...]
-      <c r="M65" s="5"/>
+        <v>474</v>
+      </c>
+      <c r="M65" s="5" t="s">
+        <v>475</v>
+      </c>
     </row>
     <row r="66">
       <c r="A66" s="5" t="s">
-        <v>336</v>
+        <v>476</v>
       </c>
       <c r="B66" s="5" t="s">
-        <v>211</v>
+        <v>14</v>
       </c>
       <c r="C66" s="5" t="s">
-        <v>65</v>
-[...19 lines deleted...]
-        </is>
+        <v>477</v>
+      </c>
+      <c r="D66" s="5" t="s">
+        <v>305</v>
+      </c>
+      <c r="E66" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F66" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G66" s="5" t="s">
+        <v>478</v>
       </c>
       <c r="H66" s="5" t="s">
-        <v>184</v>
-[...5 lines deleted...]
-        </is>
+        <v>479</v>
+      </c>
+      <c r="I66" s="5" t="s">
+        <v>480</v>
+      </c>
+      <c r="J66" s="5" t="s">
+        <v>309</v>
       </c>
       <c r="K66" s="5" t="s">
-        <v>212</v>
+        <v>481</v>
       </c>
       <c r="L66" s="6" t="s">
-        <v>337</v>
-[...1 lines deleted...]
-      <c r="M66" s="5"/>
+        <v>482</v>
+      </c>
+      <c r="M66" s="5" t="s">
+        <v>483</v>
+      </c>
     </row>
     <row r="67">
       <c r="A67" s="5" t="s">
-        <v>338</v>
+        <v>484</v>
       </c>
       <c r="B67" s="5" t="s">
-        <v>211</v>
+        <v>485</v>
       </c>
       <c r="C67" s="5" t="s">
-        <v>65</v>
+        <v>461</v>
       </c>
       <c r="D67" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E67" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F67" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G67" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H67" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H67" s="5" t="s">
+        <v>486</v>
       </c>
       <c r="I67" s="5"/>
       <c r="J67" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K67" s="5" t="s">
-        <v>212</v>
+      <c r="K67" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L67" s="6" t="s">
-        <v>339</v>
+        <v>487</v>
       </c>
       <c r="M67" s="5"/>
     </row>
     <row r="68">
       <c r="A68" s="5" t="s">
-        <v>340</v>
+        <v>488</v>
       </c>
       <c r="B68" s="5" t="s">
-        <v>211</v>
+        <v>14</v>
       </c>
       <c r="C68" s="5" t="s">
-        <v>65</v>
-[...14 lines deleted...]
-        </is>
+        <v>461</v>
+      </c>
+      <c r="D68" s="5" t="s">
+        <v>72</v>
+      </c>
+      <c r="E68" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F68" s="5" t="s">
+        <v>339</v>
       </c>
       <c r="G68" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H68" s="5" t="s">
-        <v>184</v>
-[...5 lines deleted...]
-        </is>
+        <v>489</v>
+      </c>
+      <c r="I68" s="5" t="s">
+        <v>490</v>
+      </c>
+      <c r="J68" s="5" t="s">
+        <v>491</v>
       </c>
       <c r="K68" s="5" t="s">
-        <v>212</v>
+        <v>492</v>
       </c>
       <c r="L68" s="6" t="s">
-        <v>341</v>
-[...1 lines deleted...]
-      <c r="M68" s="5"/>
+        <v>493</v>
+      </c>
+      <c r="M68" s="5" t="s">
+        <v>494</v>
+      </c>
     </row>
     <row r="69">
       <c r="A69" s="5" t="s">
-        <v>342</v>
+        <v>495</v>
       </c>
       <c r="B69" s="5" t="s">
-        <v>211</v>
+        <v>177</v>
       </c>
       <c r="C69" s="5" t="s">
-        <v>65</v>
-[...14 lines deleted...]
-        </is>
+        <v>461</v>
+      </c>
+      <c r="D69" s="5" t="s">
+        <v>91</v>
+      </c>
+      <c r="E69" s="5" t="s">
+        <v>496</v>
+      </c>
+      <c r="F69" s="5" t="s">
+        <v>363</v>
       </c>
       <c r="G69" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H69" s="5" t="inlineStr">
-[...11 lines deleted...]
-        <v>212</v>
+      <c r="H69" s="5" t="s">
+        <v>497</v>
+      </c>
+      <c r="I69" s="5" t="s">
+        <v>498</v>
+      </c>
+      <c r="J69" s="5" t="s">
+        <v>499</v>
+      </c>
+      <c r="K69" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L69" s="6" t="s">
-        <v>343</v>
-[...1 lines deleted...]
-      <c r="M69" s="5"/>
+        <v>500</v>
+      </c>
+      <c r="M69" s="5" t="s">
+        <v>501</v>
+      </c>
     </row>
     <row r="70">
       <c r="A70" s="5" t="s">
-        <v>344</v>
+        <v>502</v>
       </c>
       <c r="B70" s="5" t="s">
-        <v>211</v>
+        <v>14</v>
       </c>
       <c r="C70" s="5" t="s">
-        <v>65</v>
-[...14 lines deleted...]
-        </is>
+        <v>15</v>
+      </c>
+      <c r="D70" s="5" t="s">
+        <v>305</v>
+      </c>
+      <c r="E70" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F70" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="G70" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H70" s="5" t="inlineStr">
-[...8 lines deleted...]
-        </is>
+      <c r="H70" s="5" t="s">
+        <v>503</v>
+      </c>
+      <c r="I70" s="5" t="s">
+        <v>504</v>
+      </c>
+      <c r="J70" s="5" t="s">
+        <v>309</v>
       </c>
       <c r="K70" s="5" t="s">
-        <v>212</v>
+        <v>505</v>
       </c>
       <c r="L70" s="6" t="s">
-        <v>345</v>
-[...1 lines deleted...]
-      <c r="M70" s="5"/>
+        <v>506</v>
+      </c>
+      <c r="M70" s="5" t="s">
+        <v>507</v>
+      </c>
     </row>
     <row r="71">
       <c r="A71" s="5" t="s">
-        <v>346</v>
+        <v>508</v>
       </c>
       <c r="B71" s="5" t="s">
-        <v>211</v>
+        <v>14</v>
       </c>
       <c r="C71" s="5" t="s">
-        <v>65</v>
-[...9 lines deleted...]
-        </is>
+        <v>16</v>
+      </c>
+      <c r="D71" s="5" t="s">
+        <v>90</v>
+      </c>
+      <c r="E71" s="5" t="s">
+        <v>509</v>
       </c>
       <c r="F71" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G71" s="5" t="inlineStr">
-[...13 lines deleted...]
-        </is>
+      <c r="G71" s="5" t="s">
+        <v>510</v>
+      </c>
+      <c r="H71" s="5" t="s">
+        <v>511</v>
+      </c>
+      <c r="I71" s="5" t="s">
+        <v>512</v>
+      </c>
+      <c r="J71" s="5" t="s">
+        <v>22</v>
       </c>
       <c r="K71" s="5" t="s">
-        <v>212</v>
+        <v>513</v>
       </c>
       <c r="L71" s="6" t="s">
-        <v>347</v>
-[...1 lines deleted...]
-      <c r="M71" s="5"/>
+        <v>514</v>
+      </c>
+      <c r="M71" s="5" t="s">
+        <v>515</v>
+      </c>
     </row>
     <row r="72">
       <c r="A72" s="5" t="s">
-        <v>348</v>
+        <v>508</v>
       </c>
       <c r="B72" s="5" t="s">
-        <v>211</v>
+        <v>14</v>
       </c>
       <c r="C72" s="5" t="s">
-        <v>65</v>
-[...14 lines deleted...]
-        </is>
+        <v>138</v>
+      </c>
+      <c r="D72" s="5" t="s">
+        <v>137</v>
+      </c>
+      <c r="E72" s="5" t="s">
+        <v>509</v>
+      </c>
+      <c r="F72" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="G72" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H72" s="5" t="s">
-        <v>142</v>
+        <v>516</v>
       </c>
       <c r="I72" s="5"/>
-      <c r="J72" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="J72" s="5" t="s">
+        <v>517</v>
       </c>
       <c r="K72" s="5" t="s">
-        <v>212</v>
+        <v>518</v>
       </c>
       <c r="L72" s="6" t="s">
-        <v>349</v>
-[...1 lines deleted...]
-      <c r="M72" s="5"/>
+        <v>519</v>
+      </c>
+      <c r="M72" s="5" t="s">
+        <v>520</v>
+      </c>
     </row>
     <row r="73">
       <c r="A73" s="5" t="s">
-        <v>350</v>
+        <v>508</v>
       </c>
       <c r="B73" s="5" t="s">
-        <v>211</v>
+        <v>14</v>
       </c>
       <c r="C73" s="5" t="s">
-        <v>65</v>
-[...4 lines deleted...]
-        </is>
+        <v>90</v>
+      </c>
+      <c r="D73" s="5" t="s">
+        <v>16</v>
       </c>
       <c r="E73" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F73" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G73" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H73" s="5" t="s">
-        <v>351</v>
-[...5 lines deleted...]
-        </is>
+        <v>521</v>
+      </c>
+      <c r="I73" s="5" t="s">
+        <v>522</v>
+      </c>
+      <c r="J73" s="5" t="s">
+        <v>22</v>
       </c>
       <c r="K73" s="5" t="s">
-        <v>212</v>
+        <v>523</v>
       </c>
       <c r="L73" s="6" t="s">
-        <v>352</v>
-[...1 lines deleted...]
-      <c r="M73" s="5"/>
+        <v>524</v>
+      </c>
+      <c r="M73" s="5" t="s">
+        <v>525</v>
+      </c>
     </row>
     <row r="74">
       <c r="A74" s="5" t="s">
-        <v>353</v>
+        <v>526</v>
       </c>
       <c r="B74" s="5" t="s">
-        <v>211</v>
+        <v>14</v>
       </c>
       <c r="C74" s="5" t="s">
-        <v>65</v>
-[...9 lines deleted...]
-        </is>
+        <v>16</v>
+      </c>
+      <c r="D74" s="5" t="s">
+        <v>90</v>
+      </c>
+      <c r="E74" s="5" t="s">
+        <v>509</v>
       </c>
       <c r="F74" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G74" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G74" s="5" t="s">
+        <v>527</v>
       </c>
       <c r="H74" s="5" t="s">
-        <v>354</v>
-[...5 lines deleted...]
-        </is>
+        <v>528</v>
+      </c>
+      <c r="I74" s="5" t="s">
+        <v>529</v>
+      </c>
+      <c r="J74" s="5" t="s">
+        <v>530</v>
       </c>
       <c r="K74" s="5" t="s">
-        <v>212</v>
+        <v>531</v>
       </c>
       <c r="L74" s="6" t="s">
-        <v>355</v>
-[...1 lines deleted...]
-      <c r="M74" s="5"/>
+        <v>532</v>
+      </c>
+      <c r="M74" s="5" t="s">
+        <v>533</v>
+      </c>
     </row>
     <row r="75">
       <c r="A75" s="5" t="s">
-        <v>356</v>
+        <v>526</v>
       </c>
       <c r="B75" s="5" t="s">
-        <v>211</v>
+        <v>14</v>
       </c>
       <c r="C75" s="5" t="s">
-        <v>65</v>
-[...14 lines deleted...]
-        </is>
+        <v>138</v>
+      </c>
+      <c r="D75" s="5" t="s">
+        <v>137</v>
+      </c>
+      <c r="E75" s="5" t="s">
+        <v>509</v>
+      </c>
+      <c r="F75" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="G75" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H75" s="5" t="s">
-        <v>302</v>
+        <v>534</v>
       </c>
       <c r="I75" s="5"/>
-      <c r="J75" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="J75" s="5" t="s">
+        <v>517</v>
       </c>
       <c r="K75" s="5" t="s">
-        <v>212</v>
+        <v>535</v>
       </c>
       <c r="L75" s="6" t="s">
-        <v>357</v>
-[...1 lines deleted...]
-      <c r="M75" s="5"/>
+        <v>536</v>
+      </c>
+      <c r="M75" s="5" t="s">
+        <v>537</v>
+      </c>
     </row>
     <row r="76">
       <c r="A76" s="5" t="s">
-        <v>358</v>
+        <v>526</v>
       </c>
       <c r="B76" s="5" t="s">
-        <v>211</v>
+        <v>14</v>
       </c>
       <c r="C76" s="5" t="s">
-        <v>65</v>
-[...14 lines deleted...]
-        </is>
+        <v>15</v>
+      </c>
+      <c r="D76" s="5" t="s">
+        <v>305</v>
+      </c>
+      <c r="E76" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F76" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="G76" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H76" s="5" t="s">
-        <v>359</v>
-[...5 lines deleted...]
-        </is>
+        <v>538</v>
+      </c>
+      <c r="I76" s="5" t="s">
+        <v>539</v>
+      </c>
+      <c r="J76" s="5" t="s">
+        <v>309</v>
       </c>
       <c r="K76" s="5" t="s">
-        <v>212</v>
+        <v>540</v>
       </c>
       <c r="L76" s="6" t="s">
-        <v>360</v>
-[...1 lines deleted...]
-      <c r="M76" s="5"/>
+        <v>541</v>
+      </c>
+      <c r="M76" s="5" t="s">
+        <v>542</v>
+      </c>
     </row>
     <row r="77">
       <c r="A77" s="5" t="s">
-        <v>361</v>
+        <v>543</v>
       </c>
       <c r="B77" s="5" t="s">
-        <v>211</v>
+        <v>14</v>
       </c>
       <c r="C77" s="5" t="s">
-        <v>65</v>
-[...9 lines deleted...]
-        </is>
+        <v>16</v>
+      </c>
+      <c r="D77" s="5" t="s">
+        <v>90</v>
+      </c>
+      <c r="E77" s="5" t="s">
+        <v>509</v>
       </c>
       <c r="F77" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G77" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G77" s="5" t="s">
+        <v>544</v>
       </c>
       <c r="H77" s="5" t="s">
-        <v>362</v>
-[...5 lines deleted...]
-        </is>
+        <v>545</v>
+      </c>
+      <c r="I77" s="5" t="s">
+        <v>546</v>
+      </c>
+      <c r="J77" s="5" t="s">
+        <v>22</v>
       </c>
       <c r="K77" s="5" t="s">
-        <v>212</v>
+        <v>547</v>
       </c>
       <c r="L77" s="6" t="s">
-        <v>363</v>
-[...1 lines deleted...]
-      <c r="M77" s="5"/>
+        <v>548</v>
+      </c>
+      <c r="M77" s="5" t="s">
+        <v>549</v>
+      </c>
     </row>
     <row r="78">
       <c r="A78" s="5" t="s">
-        <v>364</v>
+        <v>550</v>
       </c>
       <c r="B78" s="5" t="s">
-        <v>211</v>
+        <v>14</v>
       </c>
       <c r="C78" s="5" t="s">
-        <v>65</v>
-[...9 lines deleted...]
-        </is>
+        <v>138</v>
+      </c>
+      <c r="D78" s="5" t="s">
+        <v>137</v>
+      </c>
+      <c r="E78" s="5" t="s">
+        <v>509</v>
       </c>
       <c r="F78" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G78" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H78" s="5" t="s">
-        <v>184</v>
+        <v>551</v>
       </c>
       <c r="I78" s="5"/>
-      <c r="J78" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="J78" s="5" t="s">
+        <v>517</v>
       </c>
       <c r="K78" s="5" t="s">
-        <v>212</v>
+        <v>552</v>
       </c>
       <c r="L78" s="6" t="s">
-        <v>365</v>
-[...1 lines deleted...]
-      <c r="M78" s="5"/>
+        <v>553</v>
+      </c>
+      <c r="M78" s="5" t="s">
+        <v>554</v>
+      </c>
     </row>
     <row r="79">
       <c r="A79" s="5" t="s">
-        <v>366</v>
+        <v>555</v>
       </c>
       <c r="B79" s="5" t="s">
-        <v>211</v>
+        <v>14</v>
       </c>
       <c r="C79" s="5" t="s">
-        <v>65</v>
-[...4 lines deleted...]
-        </is>
+        <v>16</v>
+      </c>
+      <c r="D79" s="5" t="s">
+        <v>90</v>
       </c>
       <c r="E79" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F79" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G79" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H79" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H79" s="5" t="s">
+        <v>556</v>
       </c>
       <c r="I79" s="5"/>
-      <c r="J79" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="J79" s="5" t="s">
+        <v>22</v>
       </c>
       <c r="K79" s="5" t="s">
-        <v>212</v>
+        <v>557</v>
       </c>
       <c r="L79" s="6" t="s">
-        <v>367</v>
-[...1 lines deleted...]
-      <c r="M79" s="5"/>
+        <v>558</v>
+      </c>
+      <c r="M79" s="5" t="s">
+        <v>559</v>
+      </c>
     </row>
     <row r="80">
       <c r="A80" s="5" t="s">
-        <v>368</v>
+        <v>560</v>
       </c>
       <c r="B80" s="5" t="s">
-        <v>211</v>
+        <v>14</v>
       </c>
       <c r="C80" s="5" t="s">
-        <v>65</v>
-[...9 lines deleted...]
-        </is>
+        <v>16</v>
+      </c>
+      <c r="D80" s="5" t="s">
+        <v>90</v>
+      </c>
+      <c r="E80" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F80" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G80" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H80" s="5" t="s">
-        <v>369</v>
-[...5 lines deleted...]
-        </is>
+        <v>561</v>
+      </c>
+      <c r="I80" s="5" t="s">
+        <v>562</v>
+      </c>
+      <c r="J80" s="5" t="s">
+        <v>22</v>
       </c>
       <c r="K80" s="5" t="s">
-        <v>212</v>
+        <v>563</v>
       </c>
       <c r="L80" s="6" t="s">
-        <v>370</v>
-[...1 lines deleted...]
-      <c r="M80" s="5"/>
+        <v>564</v>
+      </c>
+      <c r="M80" s="5" t="s">
+        <v>565</v>
+      </c>
     </row>
     <row r="81">
       <c r="A81" s="5" t="s">
-        <v>371</v>
+        <v>566</v>
       </c>
       <c r="B81" s="5" t="s">
-        <v>211</v>
+        <v>14</v>
       </c>
       <c r="C81" s="5" t="s">
-        <v>65</v>
-[...9 lines deleted...]
-        </is>
+        <v>16</v>
+      </c>
+      <c r="D81" s="5" t="s">
+        <v>90</v>
+      </c>
+      <c r="E81" s="5" t="s">
+        <v>509</v>
       </c>
       <c r="F81" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G81" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G81" s="5" t="s">
+        <v>567</v>
       </c>
       <c r="H81" s="5" t="s">
-        <v>372</v>
-[...5 lines deleted...]
-        </is>
+        <v>568</v>
+      </c>
+      <c r="I81" s="5" t="s">
+        <v>569</v>
+      </c>
+      <c r="J81" s="5" t="s">
+        <v>22</v>
       </c>
       <c r="K81" s="5" t="s">
-        <v>212</v>
+        <v>570</v>
       </c>
       <c r="L81" s="6" t="s">
-        <v>373</v>
-[...1 lines deleted...]
-      <c r="M81" s="5"/>
+        <v>571</v>
+      </c>
+      <c r="M81" s="5" t="s">
+        <v>572</v>
+      </c>
     </row>
     <row r="82">
       <c r="A82" s="5" t="s">
-        <v>374</v>
+        <v>573</v>
       </c>
       <c r="B82" s="5" t="s">
-        <v>211</v>
+        <v>14</v>
       </c>
       <c r="C82" s="5" t="s">
-        <v>65</v>
-[...9 lines deleted...]
-        </is>
+        <v>16</v>
+      </c>
+      <c r="D82" s="5" t="s">
+        <v>90</v>
+      </c>
+      <c r="E82" s="5" t="s">
+        <v>509</v>
       </c>
       <c r="F82" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G82" s="5" t="inlineStr">
-[...13 lines deleted...]
-        </is>
+      <c r="G82" s="5" t="s">
+        <v>574</v>
+      </c>
+      <c r="H82" s="5" t="s">
+        <v>575</v>
+      </c>
+      <c r="I82" s="5" t="s">
+        <v>576</v>
+      </c>
+      <c r="J82" s="5" t="s">
+        <v>22</v>
       </c>
       <c r="K82" s="5" t="s">
-        <v>212</v>
+        <v>577</v>
       </c>
       <c r="L82" s="6" t="s">
-        <v>375</v>
-[...1 lines deleted...]
-      <c r="M82" s="5"/>
+        <v>578</v>
+      </c>
+      <c r="M82" s="5" t="s">
+        <v>579</v>
+      </c>
     </row>
     <row r="83">
       <c r="A83" s="5" t="s">
-        <v>374</v>
+        <v>580</v>
       </c>
       <c r="B83" s="5" t="s">
-        <v>211</v>
+        <v>14</v>
       </c>
       <c r="C83" s="5" t="s">
-        <v>65</v>
-[...9 lines deleted...]
-        </is>
+        <v>16</v>
+      </c>
+      <c r="D83" s="5" t="s">
+        <v>90</v>
+      </c>
+      <c r="E83" s="5" t="s">
+        <v>509</v>
       </c>
       <c r="F83" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G83" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G83" s="5" t="s">
+        <v>574</v>
       </c>
       <c r="H83" s="5" t="s">
-        <v>376</v>
-[...5 lines deleted...]
-        </is>
+        <v>581</v>
+      </c>
+      <c r="I83" s="5" t="s">
+        <v>582</v>
+      </c>
+      <c r="J83" s="5" t="s">
+        <v>22</v>
       </c>
       <c r="K83" s="5" t="s">
-        <v>212</v>
+        <v>583</v>
       </c>
       <c r="L83" s="6" t="s">
-        <v>377</v>
-[...1 lines deleted...]
-      <c r="M83" s="5"/>
+        <v>584</v>
+      </c>
+      <c r="M83" s="5" t="s">
+        <v>585</v>
+      </c>
     </row>
     <row r="84">
       <c r="A84" s="5" t="s">
-        <v>378</v>
+        <v>586</v>
       </c>
       <c r="B84" s="5" t="s">
-        <v>211</v>
+        <v>14</v>
       </c>
       <c r="C84" s="5" t="s">
-        <v>65</v>
-[...9 lines deleted...]
-        </is>
+        <v>16</v>
+      </c>
+      <c r="D84" s="5" t="s">
+        <v>90</v>
+      </c>
+      <c r="E84" s="5" t="s">
+        <v>509</v>
       </c>
       <c r="F84" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G84" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G84" s="5" t="s">
+        <v>509</v>
       </c>
       <c r="H84" s="5" t="s">
-        <v>142</v>
-[...5 lines deleted...]
-        </is>
+        <v>587</v>
+      </c>
+      <c r="I84" s="5" t="s">
+        <v>588</v>
+      </c>
+      <c r="J84" s="5" t="s">
+        <v>22</v>
       </c>
       <c r="K84" s="5" t="s">
-        <v>212</v>
+        <v>589</v>
       </c>
       <c r="L84" s="6" t="s">
-        <v>379</v>
-[...1 lines deleted...]
-      <c r="M84" s="5"/>
+        <v>590</v>
+      </c>
+      <c r="M84" s="5" t="s">
+        <v>591</v>
+      </c>
     </row>
     <row r="85">
       <c r="A85" s="5" t="s">
-        <v>380</v>
+        <v>592</v>
       </c>
       <c r="B85" s="5" t="s">
-        <v>211</v>
+        <v>14</v>
       </c>
       <c r="C85" s="5" t="s">
-        <v>65</v>
-[...9 lines deleted...]
-        </is>
+        <v>16</v>
+      </c>
+      <c r="D85" s="5" t="s">
+        <v>90</v>
+      </c>
+      <c r="E85" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F85" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G85" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G85" s="5" t="s">
+        <v>593</v>
       </c>
       <c r="H85" s="5" t="s">
-        <v>142</v>
-[...5 lines deleted...]
-        </is>
+        <v>594</v>
+      </c>
+      <c r="I85" s="5" t="s">
+        <v>595</v>
+      </c>
+      <c r="J85" s="5" t="s">
+        <v>22</v>
       </c>
       <c r="K85" s="5" t="s">
-        <v>212</v>
+        <v>596</v>
       </c>
       <c r="L85" s="6" t="s">
-        <v>381</v>
-[...1 lines deleted...]
-      <c r="M85" s="5"/>
+        <v>597</v>
+      </c>
+      <c r="M85" s="5" t="s">
+        <v>598</v>
+      </c>
     </row>
     <row r="86">
       <c r="A86" s="5" t="s">
-        <v>382</v>
+        <v>599</v>
       </c>
       <c r="B86" s="5" t="s">
-        <v>211</v>
+        <v>14</v>
       </c>
       <c r="C86" s="5" t="s">
-        <v>65</v>
-[...4 lines deleted...]
-        </is>
+        <v>91</v>
+      </c>
+      <c r="D86" s="5" t="s">
+        <v>461</v>
       </c>
       <c r="E86" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F86" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G86" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H86" s="5" t="s">
-        <v>184</v>
-[...5 lines deleted...]
-        </is>
+        <v>600</v>
+      </c>
+      <c r="I86" s="5" t="s">
+        <v>601</v>
+      </c>
+      <c r="J86" s="5" t="s">
+        <v>602</v>
       </c>
       <c r="K86" s="5" t="s">
-        <v>212</v>
+        <v>603</v>
       </c>
       <c r="L86" s="6" t="s">
-        <v>383</v>
-[...1 lines deleted...]
-      <c r="M86" s="5"/>
+        <v>604</v>
+      </c>
+      <c r="M86" s="5" t="s">
+        <v>605</v>
+      </c>
     </row>
     <row r="87">
       <c r="A87" s="5" t="s">
-        <v>384</v>
+        <v>606</v>
       </c>
       <c r="B87" s="5" t="s">
-        <v>211</v>
+        <v>14</v>
       </c>
       <c r="C87" s="5" t="s">
-        <v>65</v>
-[...4 lines deleted...]
-        </is>
+        <v>91</v>
+      </c>
+      <c r="D87" s="5" t="s">
+        <v>461</v>
       </c>
       <c r="E87" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F87" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G87" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H87" s="5" t="s">
-        <v>385</v>
-[...5 lines deleted...]
-        </is>
+        <v>607</v>
+      </c>
+      <c r="I87" s="5" t="s">
+        <v>608</v>
+      </c>
+      <c r="J87" s="5" t="s">
+        <v>609</v>
       </c>
       <c r="K87" s="5" t="s">
-        <v>212</v>
+        <v>610</v>
       </c>
       <c r="L87" s="6" t="s">
-        <v>386</v>
-[...1 lines deleted...]
-      <c r="M87" s="5"/>
+        <v>611</v>
+      </c>
+      <c r="M87" s="5" t="s">
+        <v>612</v>
+      </c>
     </row>
     <row r="88">
       <c r="A88" s="5" t="s">
-        <v>387</v>
+        <v>613</v>
       </c>
       <c r="B88" s="5" t="s">
-        <v>211</v>
+        <v>14</v>
       </c>
       <c r="C88" s="5" t="s">
-        <v>65</v>
-[...19 lines deleted...]
-        </is>
+        <v>15</v>
+      </c>
+      <c r="D88" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E88" s="5" t="s">
+        <v>614</v>
+      </c>
+      <c r="F88" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="G88" s="5" t="s">
+        <v>615</v>
       </c>
       <c r="H88" s="5" t="s">
-        <v>351</v>
-[...5 lines deleted...]
-        </is>
+        <v>616</v>
+      </c>
+      <c r="I88" s="5" t="s">
+        <v>617</v>
+      </c>
+      <c r="J88" s="5" t="s">
+        <v>22</v>
       </c>
       <c r="K88" s="5" t="s">
-        <v>212</v>
+        <v>618</v>
       </c>
       <c r="L88" s="6" t="s">
-        <v>388</v>
-[...1 lines deleted...]
-      <c r="M88" s="5"/>
+        <v>619</v>
+      </c>
+      <c r="M88" s="5" t="s">
+        <v>620</v>
+      </c>
     </row>
     <row r="89">
       <c r="A89" s="5" t="s">
-        <v>389</v>
+        <v>621</v>
       </c>
       <c r="B89" s="5" t="s">
-        <v>211</v>
+        <v>14</v>
       </c>
       <c r="C89" s="5" t="s">
-        <v>65</v>
-[...14 lines deleted...]
-        </is>
+        <v>15</v>
+      </c>
+      <c r="D89" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E89" s="5" t="s">
+        <v>614</v>
+      </c>
+      <c r="F89" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="G89" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H89" s="5" t="inlineStr">
-[...8 lines deleted...]
-        </is>
+      <c r="H89" s="5" t="s">
+        <v>622</v>
+      </c>
+      <c r="I89" s="5" t="s">
+        <v>623</v>
+      </c>
+      <c r="J89" s="5" t="s">
+        <v>22</v>
       </c>
       <c r="K89" s="5" t="s">
-        <v>212</v>
+        <v>624</v>
       </c>
       <c r="L89" s="6" t="s">
-        <v>390</v>
-[...1 lines deleted...]
-      <c r="M89" s="5"/>
+        <v>625</v>
+      </c>
+      <c r="M89" s="5" t="s">
+        <v>626</v>
+      </c>
     </row>
     <row r="90">
       <c r="A90" s="5" t="s">
-        <v>391</v>
+        <v>627</v>
       </c>
       <c r="B90" s="5" t="s">
-        <v>211</v>
+        <v>14</v>
       </c>
       <c r="C90" s="5" t="s">
-        <v>65</v>
-[...14 lines deleted...]
-        </is>
+        <v>138</v>
+      </c>
+      <c r="D90" s="5" t="s">
+        <v>137</v>
+      </c>
+      <c r="E90" s="5" t="s">
+        <v>628</v>
+      </c>
+      <c r="F90" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="G90" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H90" s="5" t="s">
-        <v>392</v>
+        <v>629</v>
       </c>
       <c r="I90" s="5"/>
-      <c r="J90" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="J90" s="5" t="s">
+        <v>517</v>
       </c>
       <c r="K90" s="5" t="s">
-        <v>212</v>
+        <v>630</v>
       </c>
       <c r="L90" s="6" t="s">
-        <v>393</v>
-[...1 lines deleted...]
-      <c r="M90" s="5"/>
+        <v>631</v>
+      </c>
+      <c r="M90" s="5" t="s">
+        <v>632</v>
+      </c>
     </row>
     <row r="91">
       <c r="A91" s="5" t="s">
-        <v>394</v>
+        <v>633</v>
       </c>
       <c r="B91" s="5" t="s">
-        <v>211</v>
+        <v>14</v>
       </c>
       <c r="C91" s="5" t="s">
-        <v>65</v>
-[...9 lines deleted...]
-        </is>
+        <v>90</v>
+      </c>
+      <c r="D91" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E91" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F91" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G91" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G91" s="5" t="s">
+        <v>634</v>
       </c>
       <c r="H91" s="5" t="s">
-        <v>302</v>
-[...5 lines deleted...]
-        </is>
+        <v>635</v>
+      </c>
+      <c r="I91" s="5" t="s">
+        <v>636</v>
+      </c>
+      <c r="J91" s="5" t="s">
+        <v>22</v>
       </c>
       <c r="K91" s="5" t="s">
-        <v>212</v>
+        <v>637</v>
       </c>
       <c r="L91" s="6" t="s">
-        <v>395</v>
-[...1 lines deleted...]
-      <c r="M91" s="5"/>
+        <v>638</v>
+      </c>
+      <c r="M91" s="5" t="s">
+        <v>639</v>
+      </c>
     </row>
     <row r="92">
       <c r="A92" s="5" t="s">
-        <v>396</v>
+        <v>640</v>
       </c>
       <c r="B92" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C92" s="5" t="s">
         <v>211</v>
       </c>
-      <c r="C92" s="5" t="s">
-[...10 lines deleted...]
-        </is>
+      <c r="D92" s="5" t="s">
+        <v>91</v>
+      </c>
+      <c r="E92" s="5" t="s">
+        <v>641</v>
       </c>
       <c r="F92" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G92" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H92" s="5" t="s">
-        <v>302</v>
-[...5 lines deleted...]
-        </is>
+        <v>642</v>
+      </c>
+      <c r="I92" s="5" t="s">
+        <v>643</v>
+      </c>
+      <c r="J92" s="5" t="s">
+        <v>644</v>
       </c>
       <c r="K92" s="5" t="s">
-        <v>212</v>
+        <v>645</v>
       </c>
       <c r="L92" s="6" t="s">
-        <v>397</v>
-[...1 lines deleted...]
-      <c r="M92" s="5"/>
+        <v>646</v>
+      </c>
+      <c r="M92" s="5" t="s">
+        <v>647</v>
+      </c>
     </row>
     <row r="93">
       <c r="A93" s="5" t="s">
-        <v>398</v>
+        <v>648</v>
       </c>
       <c r="B93" s="5" t="s">
-        <v>211</v>
+        <v>14</v>
       </c>
       <c r="C93" s="5" t="s">
-        <v>65</v>
-[...9 lines deleted...]
-        </is>
+        <v>16</v>
+      </c>
+      <c r="D93" s="5" t="s">
+        <v>90</v>
+      </c>
+      <c r="E93" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F93" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G93" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G93" s="5" t="s">
+        <v>649</v>
       </c>
       <c r="H93" s="5" t="s">
-        <v>302</v>
-[...5 lines deleted...]
-        </is>
+        <v>650</v>
+      </c>
+      <c r="I93" s="5" t="s">
+        <v>651</v>
+      </c>
+      <c r="J93" s="5" t="s">
+        <v>22</v>
       </c>
       <c r="K93" s="5" t="s">
-        <v>212</v>
+        <v>652</v>
       </c>
       <c r="L93" s="6" t="s">
-        <v>399</v>
-[...1 lines deleted...]
-      <c r="M93" s="5"/>
+        <v>653</v>
+      </c>
+      <c r="M93" s="5" t="s">
+        <v>654</v>
+      </c>
     </row>
     <row r="94">
-      <c r="A94" s="5" t="s">
-        <v>400</v>
+      <c r="A94" s="5" t="n">
+        <v>1907</v>
       </c>
       <c r="B94" s="5" t="s">
-        <v>211</v>
+        <v>14</v>
       </c>
       <c r="C94" s="5" t="s">
-        <v>65</v>
-[...4 lines deleted...]
-        </is>
+        <v>138</v>
+      </c>
+      <c r="D94" s="5" t="s">
+        <v>655</v>
       </c>
       <c r="E94" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F94" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G94" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G94" s="5" t="s">
+        <v>656</v>
       </c>
       <c r="H94" s="5" t="s">
-        <v>302</v>
-[...5 lines deleted...]
-        </is>
+        <v>657</v>
+      </c>
+      <c r="I94" s="5" t="s">
+        <v>658</v>
+      </c>
+      <c r="J94" s="5" t="s">
+        <v>659</v>
       </c>
       <c r="K94" s="5" t="s">
-        <v>212</v>
+        <v>660</v>
       </c>
       <c r="L94" s="6" t="s">
-        <v>401</v>
-[...1 lines deleted...]
-      <c r="M94" s="5"/>
+        <v>661</v>
+      </c>
+      <c r="M94" s="5" t="s">
+        <v>662</v>
+      </c>
     </row>
     <row r="95">
       <c r="A95" s="5" t="s">
-        <v>402</v>
+        <v>663</v>
       </c>
       <c r="B95" s="5" t="s">
-        <v>211</v>
+        <v>14</v>
       </c>
       <c r="C95" s="5" t="s">
-        <v>65</v>
-[...9 lines deleted...]
-        </is>
+        <v>16</v>
+      </c>
+      <c r="D95" s="5" t="s">
+        <v>90</v>
+      </c>
+      <c r="E95" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="F95" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G95" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H95" s="5" t="s">
-        <v>142</v>
-[...5 lines deleted...]
-        </is>
+        <v>664</v>
+      </c>
+      <c r="I95" s="5" t="s">
+        <v>665</v>
+      </c>
+      <c r="J95" s="5" t="s">
+        <v>22</v>
       </c>
       <c r="K95" s="5" t="s">
-        <v>212</v>
+        <v>666</v>
       </c>
       <c r="L95" s="6" t="s">
-        <v>403</v>
-[...1 lines deleted...]
-      <c r="M95" s="5"/>
+        <v>667</v>
+      </c>
+      <c r="M95" s="5" t="s">
+        <v>668</v>
+      </c>
     </row>
     <row r="96">
       <c r="A96" s="5" t="s">
-        <v>404</v>
+        <v>669</v>
       </c>
       <c r="B96" s="5" t="s">
-        <v>211</v>
+        <v>14</v>
       </c>
       <c r="C96" s="5" t="s">
-        <v>65</v>
-[...30 lines deleted...]
-        </is>
+        <v>138</v>
+      </c>
+      <c r="D96" s="5" t="s">
+        <v>305</v>
+      </c>
+      <c r="E96" s="5" t="s">
+        <v>509</v>
+      </c>
+      <c r="F96" s="5" t="s">
+        <v>670</v>
+      </c>
+      <c r="G96" s="5" t="s">
+        <v>671</v>
+      </c>
+      <c r="H96" s="5" t="s">
+        <v>672</v>
+      </c>
+      <c r="I96" s="5" t="s">
+        <v>673</v>
+      </c>
+      <c r="J96" s="5" t="s">
+        <v>674</v>
       </c>
       <c r="K96" s="5" t="s">
-        <v>212</v>
+        <v>675</v>
       </c>
       <c r="L96" s="6" t="s">
-        <v>405</v>
-[...1 lines deleted...]
-      <c r="M96" s="5"/>
+        <v>676</v>
+      </c>
+      <c r="M96" s="5" t="s">
+        <v>677</v>
+      </c>
     </row>
     <row r="97">
       <c r="A97" s="5" t="s">
-        <v>406</v>
+        <v>678</v>
       </c>
       <c r="B97" s="5" t="s">
-        <v>211</v>
+        <v>14</v>
       </c>
       <c r="C97" s="5" t="s">
-        <v>65</v>
-[...9 lines deleted...]
-        </is>
+        <v>91</v>
+      </c>
+      <c r="D97" s="5" t="s">
+        <v>169</v>
+      </c>
+      <c r="E97" s="5" t="s">
+        <v>679</v>
       </c>
       <c r="F97" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G97" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H97" s="5" t="inlineStr">
-[...8 lines deleted...]
-        </is>
+      <c r="H97" s="5" t="s">
+        <v>680</v>
+      </c>
+      <c r="I97" s="5" t="s">
+        <v>681</v>
+      </c>
+      <c r="J97" s="5" t="s">
+        <v>682</v>
       </c>
       <c r="K97" s="5" t="s">
-        <v>212</v>
+        <v>683</v>
       </c>
       <c r="L97" s="6" t="s">
-        <v>407</v>
-[...1 lines deleted...]
-      <c r="M97" s="5"/>
+        <v>684</v>
+      </c>
+      <c r="M97" s="5" t="s">
+        <v>685</v>
+      </c>
     </row>
     <row r="98">
       <c r="A98" s="5" t="s">
-        <v>408</v>
+        <v>686</v>
       </c>
       <c r="B98" s="5" t="s">
-        <v>211</v>
+        <v>14</v>
       </c>
       <c r="C98" s="5" t="s">
-        <v>65</v>
-[...14 lines deleted...]
-        </is>
+        <v>91</v>
+      </c>
+      <c r="D98" s="5" t="s">
+        <v>453</v>
+      </c>
+      <c r="E98" s="5" t="s">
+        <v>687</v>
+      </c>
+      <c r="F98" s="5" t="s">
+        <v>688</v>
       </c>
       <c r="G98" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H98" s="5" t="s">
-        <v>409</v>
-[...5 lines deleted...]
-        </is>
+        <v>689</v>
+      </c>
+      <c r="I98" s="5" t="s">
+        <v>690</v>
+      </c>
+      <c r="J98" s="5" t="s">
+        <v>691</v>
       </c>
       <c r="K98" s="5" t="s">
-        <v>212</v>
+        <v>692</v>
       </c>
       <c r="L98" s="6" t="s">
-        <v>410</v>
-[...1 lines deleted...]
-      <c r="M98" s="5"/>
+        <v>693</v>
+      </c>
+      <c r="M98" s="5" t="s">
+        <v>694</v>
+      </c>
     </row>
     <row r="99">
       <c r="A99" s="5" t="s">
-        <v>411</v>
+        <v>695</v>
       </c>
       <c r="B99" s="5" t="s">
-        <v>211</v>
+        <v>14</v>
       </c>
       <c r="C99" s="5" t="s">
-        <v>65</v>
-[...4 lines deleted...]
-        </is>
+        <v>137</v>
+      </c>
+      <c r="D99" s="5" t="s">
+        <v>655</v>
       </c>
       <c r="E99" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F99" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G99" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G99" s="5" t="s">
+        <v>696</v>
       </c>
       <c r="H99" s="5" t="s">
-        <v>412</v>
-[...5 lines deleted...]
-        </is>
+        <v>138</v>
+      </c>
+      <c r="I99" s="5" t="s">
+        <v>697</v>
+      </c>
+      <c r="J99" s="5" t="s">
+        <v>309</v>
       </c>
       <c r="K99" s="5" t="s">
-        <v>212</v>
+        <v>698</v>
       </c>
       <c r="L99" s="6" t="s">
-        <v>413</v>
-[...1 lines deleted...]
-      <c r="M99" s="5"/>
+        <v>699</v>
+      </c>
+      <c r="M99" s="5" t="s">
+        <v>700</v>
+      </c>
     </row>
     <row r="100">
       <c r="A100" s="5" t="s">
-        <v>414</v>
+        <v>701</v>
       </c>
       <c r="B100" s="5" t="s">
-        <v>211</v>
+        <v>485</v>
       </c>
       <c r="C100" s="5" t="s">
-        <v>65</v>
+        <v>16</v>
       </c>
       <c r="D100" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E100" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F100" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G100" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H100" s="5" t="s">
-        <v>302</v>
+      <c r="H100" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I100" s="5"/>
       <c r="J100" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K100" s="5" t="s">
-        <v>212</v>
+        <v>702</v>
       </c>
       <c r="L100" s="6" t="s">
-        <v>415</v>
+        <v>703</v>
       </c>
       <c r="M100" s="5"/>
     </row>
     <row r="101">
       <c r="A101" s="5" t="s">
-        <v>416</v>
+        <v>704</v>
       </c>
       <c r="B101" s="5" t="s">
-        <v>211</v>
+        <v>14</v>
       </c>
       <c r="C101" s="5" t="s">
-        <v>65</v>
-[...9 lines deleted...]
-        </is>
+        <v>16</v>
+      </c>
+      <c r="D101" s="5" t="s">
+        <v>90</v>
+      </c>
+      <c r="E101" s="5" t="s">
+        <v>705</v>
       </c>
       <c r="F101" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G101" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G101" s="5" t="s">
+        <v>706</v>
       </c>
       <c r="H101" s="5" t="s">
-        <v>142</v>
-[...5 lines deleted...]
-        </is>
+        <v>707</v>
+      </c>
+      <c r="I101" s="5" t="s">
+        <v>708</v>
+      </c>
+      <c r="J101" s="5" t="s">
+        <v>22</v>
       </c>
       <c r="K101" s="5" t="s">
-        <v>212</v>
+        <v>709</v>
       </c>
       <c r="L101" s="6" t="s">
-        <v>417</v>
-[...1 lines deleted...]
-      <c r="M101" s="5"/>
+        <v>710</v>
+      </c>
+      <c r="M101" s="5" t="s">
+        <v>711</v>
+      </c>
     </row>
     <row r="102">
-      <c r="A102" s="5" t="s">
-        <v>418</v>
+      <c r="A102" s="5" t="n">
+        <v>1910</v>
       </c>
       <c r="B102" s="5" t="s">
-        <v>211</v>
+        <v>14</v>
       </c>
       <c r="C102" s="5" t="s">
-        <v>119</v>
-[...4 lines deleted...]
-        </is>
+        <v>137</v>
+      </c>
+      <c r="D102" s="5" t="s">
+        <v>655</v>
       </c>
       <c r="E102" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F102" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G102" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H102" s="5" t="inlineStr">
-[...8 lines deleted...]
-        </is>
+      <c r="H102" s="5" t="s">
+        <v>712</v>
+      </c>
+      <c r="I102" s="5" t="s">
+        <v>713</v>
+      </c>
+      <c r="J102" s="5" t="s">
+        <v>309</v>
       </c>
       <c r="K102" s="5" t="s">
-        <v>212</v>
+        <v>714</v>
       </c>
       <c r="L102" s="6" t="s">
-        <v>419</v>
-[...1 lines deleted...]
-      <c r="M102" s="5"/>
+        <v>715</v>
+      </c>
+      <c r="M102" s="5" t="s">
+        <v>716</v>
+      </c>
     </row>
     <row r="103">
       <c r="A103" s="5" t="s">
-        <v>420</v>
+        <v>717</v>
       </c>
       <c r="B103" s="5" t="s">
-        <v>211</v>
+        <v>130</v>
       </c>
       <c r="C103" s="5" t="s">
-        <v>65</v>
-[...4 lines deleted...]
-        </is>
+        <v>718</v>
+      </c>
+      <c r="D103" s="5" t="s">
+        <v>16</v>
       </c>
       <c r="E103" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F103" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F103" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="G103" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H103" s="5" t="s">
-        <v>142</v>
+        <v>719</v>
       </c>
       <c r="I103" s="5"/>
-      <c r="J103" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="J103" s="5" t="s">
+        <v>309</v>
       </c>
       <c r="K103" s="5" t="s">
-        <v>212</v>
+        <v>720</v>
       </c>
       <c r="L103" s="6" t="s">
-        <v>421</v>
-[...1 lines deleted...]
-      <c r="M103" s="5"/>
+        <v>721</v>
+      </c>
+      <c r="M103" s="5" t="s">
+        <v>722</v>
+      </c>
     </row>
     <row r="104">
       <c r="A104" s="5" t="s">
-        <v>422</v>
+        <v>723</v>
       </c>
       <c r="B104" s="5" t="s">
-        <v>211</v>
+        <v>14</v>
       </c>
       <c r="C104" s="5" t="s">
-        <v>65</v>
-[...9 lines deleted...]
-        </is>
+        <v>138</v>
+      </c>
+      <c r="D104" s="5" t="s">
+        <v>724</v>
+      </c>
+      <c r="E104" s="5" t="s">
+        <v>725</v>
       </c>
       <c r="F104" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G104" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H104" s="5" t="s">
-        <v>142</v>
-[...5 lines deleted...]
-        </is>
+        <v>726</v>
+      </c>
+      <c r="I104" s="5" t="s">
+        <v>727</v>
+      </c>
+      <c r="J104" s="5" t="s">
+        <v>728</v>
       </c>
       <c r="K104" s="5" t="s">
-        <v>212</v>
+        <v>729</v>
       </c>
       <c r="L104" s="6" t="s">
-        <v>423</v>
-[...1 lines deleted...]
-      <c r="M104" s="5"/>
+        <v>730</v>
+      </c>
+      <c r="M104" s="5" t="s">
+        <v>731</v>
+      </c>
     </row>
     <row r="105">
       <c r="A105" s="5" t="s">
-        <v>424</v>
+        <v>732</v>
       </c>
       <c r="B105" s="5" t="s">
-        <v>211</v>
+        <v>14</v>
       </c>
       <c r="C105" s="5" t="s">
-        <v>65</v>
-[...4 lines deleted...]
-        </is>
+        <v>724</v>
+      </c>
+      <c r="D105" s="5" t="s">
+        <v>138</v>
       </c>
       <c r="E105" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F105" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G105" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H105" s="5" t="s">
-        <v>184</v>
+      <c r="H105" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I105" s="5"/>
-      <c r="J105" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="J105" s="5" t="s">
+        <v>733</v>
       </c>
       <c r="K105" s="5" t="s">
-        <v>212</v>
+        <v>734</v>
       </c>
       <c r="L105" s="6" t="s">
-        <v>425</v>
-[...1 lines deleted...]
-      <c r="M105" s="5"/>
+        <v>735</v>
+      </c>
+      <c r="M105" s="5" t="s">
+        <v>736</v>
+      </c>
     </row>
     <row r="106">
       <c r="A106" s="5" t="s">
-        <v>426</v>
+        <v>737</v>
       </c>
       <c r="B106" s="5" t="s">
-        <v>211</v>
+        <v>14</v>
       </c>
       <c r="C106" s="5" t="s">
-        <v>65</v>
-[...9 lines deleted...]
-        </is>
+        <v>16</v>
+      </c>
+      <c r="D106" s="5" t="s">
+        <v>90</v>
+      </c>
+      <c r="E106" s="5" t="s">
+        <v>670</v>
       </c>
       <c r="F106" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G106" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H106" s="5" t="s">
-        <v>184</v>
-[...5 lines deleted...]
-        </is>
+        <v>738</v>
+      </c>
+      <c r="I106" s="5" t="s">
+        <v>739</v>
+      </c>
+      <c r="J106" s="5" t="s">
+        <v>22</v>
       </c>
       <c r="K106" s="5" t="s">
-        <v>212</v>
+        <v>740</v>
       </c>
       <c r="L106" s="6" t="s">
-        <v>427</v>
-[...1 lines deleted...]
-      <c r="M106" s="5"/>
+        <v>741</v>
+      </c>
+      <c r="M106" s="5" t="s">
+        <v>742</v>
+      </c>
     </row>
     <row r="107">
       <c r="A107" s="5" t="s">
-        <v>428</v>
+        <v>743</v>
       </c>
       <c r="B107" s="5" t="s">
-        <v>211</v>
+        <v>14</v>
       </c>
       <c r="C107" s="5" t="s">
-        <v>65</v>
-[...4 lines deleted...]
-        </is>
+        <v>137</v>
+      </c>
+      <c r="D107" s="5" t="s">
+        <v>744</v>
       </c>
       <c r="E107" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F107" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G107" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H107" s="5" t="s">
-        <v>302</v>
+        <v>745</v>
       </c>
       <c r="I107" s="5"/>
-      <c r="J107" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="J107" s="5" t="s">
+        <v>746</v>
       </c>
       <c r="K107" s="5" t="s">
-        <v>212</v>
+        <v>747</v>
       </c>
       <c r="L107" s="6" t="s">
-        <v>429</v>
-[...1 lines deleted...]
-      <c r="M107" s="5"/>
+        <v>748</v>
+      </c>
+      <c r="M107" s="5" t="s">
+        <v>749</v>
+      </c>
     </row>
     <row r="108">
       <c r="A108" s="5" t="s">
-        <v>430</v>
+        <v>750</v>
       </c>
       <c r="B108" s="5" t="s">
-        <v>211</v>
+        <v>14</v>
       </c>
       <c r="C108" s="5" t="s">
-        <v>65</v>
-[...4 lines deleted...]
-        </is>
+        <v>744</v>
+      </c>
+      <c r="D108" s="5" t="s">
+        <v>137</v>
       </c>
       <c r="E108" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F108" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G108" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H108" s="5" t="s">
-        <v>385</v>
+        <v>745</v>
       </c>
       <c r="I108" s="5"/>
-      <c r="J108" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="J108" s="5" t="s">
+        <v>746</v>
       </c>
       <c r="K108" s="5" t="s">
-        <v>212</v>
+        <v>751</v>
       </c>
       <c r="L108" s="6" t="s">
-        <v>431</v>
-[...1 lines deleted...]
-      <c r="M108" s="5"/>
+        <v>752</v>
+      </c>
+      <c r="M108" s="5" t="s">
+        <v>753</v>
+      </c>
     </row>
     <row r="109">
       <c r="A109" s="5" t="s">
-        <v>432</v>
+        <v>754</v>
       </c>
       <c r="B109" s="5" t="s">
-        <v>211</v>
+        <v>14</v>
       </c>
       <c r="C109" s="5" t="s">
-        <v>65</v>
-[...4 lines deleted...]
-        </is>
+        <v>744</v>
+      </c>
+      <c r="D109" s="5" t="s">
+        <v>755</v>
       </c>
       <c r="E109" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F109" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F109" s="5" t="s">
+        <v>756</v>
       </c>
       <c r="G109" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H109" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I109" s="5"/>
-      <c r="J109" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="J109" s="5" t="s">
+        <v>746</v>
       </c>
       <c r="K109" s="5" t="s">
-        <v>212</v>
+        <v>757</v>
       </c>
       <c r="L109" s="6" t="s">
-        <v>433</v>
-[...1 lines deleted...]
-      <c r="M109" s="5"/>
+        <v>758</v>
+      </c>
+      <c r="M109" s="5" t="s">
+        <v>759</v>
+      </c>
     </row>
     <row r="110">
       <c r="A110" s="5" t="s">
-        <v>434</v>
+        <v>760</v>
       </c>
       <c r="B110" s="5" t="s">
-        <v>211</v>
+        <v>14</v>
       </c>
       <c r="C110" s="5" t="s">
-        <v>65</v>
-[...4 lines deleted...]
-        </is>
+        <v>744</v>
+      </c>
+      <c r="D110" s="5" t="s">
+        <v>761</v>
       </c>
       <c r="E110" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F110" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G110" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H110" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I110" s="5"/>
-      <c r="J110" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="J110" s="5" t="s">
+        <v>746</v>
       </c>
       <c r="K110" s="5" t="s">
-        <v>212</v>
+        <v>762</v>
       </c>
       <c r="L110" s="6" t="s">
-        <v>435</v>
-[...1 lines deleted...]
-      <c r="M110" s="5"/>
+        <v>763</v>
+      </c>
+      <c r="M110" s="5" t="s">
+        <v>764</v>
+      </c>
     </row>
     <row r="111">
       <c r="A111" s="5" t="s">
-        <v>436</v>
+        <v>765</v>
       </c>
       <c r="B111" s="5" t="s">
-        <v>211</v>
-[...7 lines deleted...]
-        </is>
+        <v>14</v>
+      </c>
+      <c r="C111" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D111" s="5" t="s">
+        <v>744</v>
       </c>
       <c r="E111" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F111" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G111" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H111" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I111" s="5"/>
-      <c r="J111" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="J111" s="5" t="s">
+        <v>746</v>
       </c>
       <c r="K111" s="5" t="s">
-        <v>212</v>
+        <v>766</v>
       </c>
       <c r="L111" s="6" t="s">
-        <v>437</v>
-[...1 lines deleted...]
-      <c r="M111" s="5"/>
+        <v>767</v>
+      </c>
+      <c r="M111" s="5" t="s">
+        <v>768</v>
+      </c>
     </row>
     <row r="112">
       <c r="A112" s="5" t="s">
-        <v>438</v>
+        <v>769</v>
       </c>
       <c r="B112" s="5" t="s">
-        <v>211</v>
+        <v>14</v>
       </c>
       <c r="C112" s="5" t="s">
-        <v>65</v>
-[...4 lines deleted...]
-        </is>
+        <v>744</v>
+      </c>
+      <c r="D112" s="5" t="s">
+        <v>770</v>
       </c>
       <c r="E112" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F112" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G112" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H112" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H112" s="5" t="s">
+        <v>771</v>
       </c>
       <c r="I112" s="5"/>
-      <c r="J112" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="J112" s="5" t="s">
+        <v>746</v>
       </c>
       <c r="K112" s="5" t="s">
-        <v>212</v>
+        <v>772</v>
       </c>
       <c r="L112" s="6" t="s">
-        <v>439</v>
-[...1 lines deleted...]
-      <c r="M112" s="5"/>
+        <v>773</v>
+      </c>
+      <c r="M112" s="5" t="s">
+        <v>774</v>
+      </c>
     </row>
     <row r="113">
       <c r="A113" s="5" t="s">
-        <v>440</v>
+        <v>775</v>
       </c>
       <c r="B113" s="5" t="s">
-        <v>211</v>
+        <v>14</v>
       </c>
       <c r="C113" s="5" t="s">
-        <v>65</v>
-[...4 lines deleted...]
-        </is>
+        <v>744</v>
+      </c>
+      <c r="D113" s="5" t="s">
+        <v>761</v>
       </c>
       <c r="E113" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F113" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G113" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H113" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I113" s="5"/>
-      <c r="J113" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="J113" s="5" t="s">
+        <v>746</v>
       </c>
       <c r="K113" s="5" t="s">
-        <v>270</v>
+        <v>776</v>
       </c>
       <c r="L113" s="6" t="s">
-        <v>441</v>
-[...1 lines deleted...]
-      <c r="M113" s="5"/>
+        <v>777</v>
+      </c>
+      <c r="M113" s="5" t="s">
+        <v>778</v>
+      </c>
     </row>
     <row r="114">
       <c r="A114" s="5" t="s">
-        <v>442</v>
+        <v>775</v>
       </c>
       <c r="B114" s="5" t="s">
-        <v>211</v>
+        <v>14</v>
       </c>
       <c r="C114" s="5" t="s">
-        <v>65</v>
-[...4 lines deleted...]
-        </is>
+        <v>744</v>
+      </c>
+      <c r="D114" s="5" t="s">
+        <v>779</v>
       </c>
       <c r="E114" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F114" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G114" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H114" s="5" t="s">
-        <v>119</v>
+      <c r="H114" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I114" s="5"/>
-      <c r="J114" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="J114" s="5" t="s">
+        <v>746</v>
       </c>
       <c r="K114" s="5" t="s">
-        <v>270</v>
+        <v>780</v>
       </c>
       <c r="L114" s="6" t="s">
-        <v>443</v>
-[...1 lines deleted...]
-      <c r="M114" s="5"/>
+        <v>781</v>
+      </c>
+      <c r="M114" s="5" t="s">
+        <v>782</v>
+      </c>
     </row>
     <row r="115">
       <c r="A115" s="5" t="s">
-        <v>444</v>
+        <v>783</v>
       </c>
       <c r="B115" s="5" t="s">
-        <v>211</v>
+        <v>14</v>
       </c>
       <c r="C115" s="5" t="s">
-        <v>65</v>
-[...9 lines deleted...]
-        </is>
+        <v>138</v>
+      </c>
+      <c r="D115" s="5" t="s">
+        <v>784</v>
+      </c>
+      <c r="E115" s="5" t="s">
+        <v>415</v>
       </c>
       <c r="F115" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G115" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H115" s="5" t="inlineStr">
-[...8 lines deleted...]
-        </is>
+      <c r="H115" s="5" t="s">
+        <v>785</v>
+      </c>
+      <c r="I115" s="5" t="s">
+        <v>786</v>
+      </c>
+      <c r="J115" s="5" t="s">
+        <v>728</v>
       </c>
       <c r="K115" s="5" t="s">
-        <v>270</v>
+        <v>787</v>
       </c>
       <c r="L115" s="6" t="s">
-        <v>445</v>
-[...1 lines deleted...]
-      <c r="M115" s="5"/>
+        <v>788</v>
+      </c>
+      <c r="M115" s="5" t="s">
+        <v>789</v>
+      </c>
     </row>
     <row r="116">
       <c r="A116" s="5" t="s">
-        <v>446</v>
+        <v>790</v>
       </c>
       <c r="B116" s="5" t="s">
-        <v>211</v>
+        <v>14</v>
       </c>
       <c r="C116" s="5" t="s">
-        <v>65</v>
-[...4 lines deleted...]
-        </is>
+        <v>744</v>
+      </c>
+      <c r="D116" s="5" t="s">
+        <v>655</v>
       </c>
       <c r="E116" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F116" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G116" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H116" s="5" t="s">
-        <v>447</v>
+      <c r="H116" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I116" s="5"/>
-      <c r="J116" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="J116" s="5" t="s">
+        <v>746</v>
       </c>
       <c r="K116" s="5" t="s">
-        <v>270</v>
+        <v>791</v>
       </c>
       <c r="L116" s="6" t="s">
-        <v>448</v>
-[...1 lines deleted...]
-      <c r="M116" s="5"/>
+        <v>792</v>
+      </c>
+      <c r="M116" s="5" t="s">
+        <v>793</v>
+      </c>
     </row>
     <row r="117">
       <c r="A117" s="5" t="s">
-        <v>449</v>
+        <v>790</v>
       </c>
       <c r="B117" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C117" s="5" t="s">
-        <v>25</v>
+        <v>794</v>
       </c>
       <c r="D117" s="5" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>450</v>
+        <v>744</v>
+      </c>
+      <c r="E117" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F117" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G117" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H117" s="5" t="s">
-        <v>451</v>
+        <v>771</v>
       </c>
       <c r="I117" s="5" t="s">
-        <v>452</v>
+        <v>795</v>
       </c>
       <c r="J117" s="5" t="s">
-        <v>68</v>
+        <v>796</v>
       </c>
       <c r="K117" s="5" t="s">
-        <v>453</v>
+        <v>797</v>
       </c>
       <c r="L117" s="6" t="s">
-        <v>454</v>
+        <v>798</v>
       </c>
       <c r="M117" s="5" t="s">
-        <v>455</v>
+        <v>799</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="5" t="s">
-        <v>456</v>
+        <v>800</v>
       </c>
       <c r="B118" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C118" s="5" t="s">
-        <v>15</v>
+        <v>744</v>
       </c>
       <c r="D118" s="5" t="s">
-        <v>47</v>
+        <v>801</v>
       </c>
       <c r="E118" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F118" s="5" t="s">
-        <v>457</v>
+      <c r="F118" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G118" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H118" s="5" t="s">
-        <v>458</v>
+      <c r="H118" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I118" s="5" t="s">
-        <v>459</v>
+        <v>802</v>
       </c>
       <c r="J118" s="5" t="s">
-        <v>460</v>
+        <v>746</v>
       </c>
       <c r="K118" s="5" t="s">
-        <v>461</v>
+        <v>803</v>
       </c>
       <c r="L118" s="6" t="s">
-        <v>462</v>
+        <v>804</v>
       </c>
       <c r="M118" s="5" t="s">
-        <v>463</v>
+        <v>805</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" s="5" t="s">
-        <v>464</v>
+        <v>806</v>
       </c>
       <c r="B119" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C119" s="5" t="s">
-        <v>465</v>
+        <v>724</v>
       </c>
       <c r="D119" s="5" t="s">
-        <v>119</v>
+        <v>807</v>
       </c>
       <c r="E119" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F119" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G119" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H119" s="5" t="s">
-        <v>466</v>
-[...3 lines deleted...]
-      </c>
+        <v>808</v>
+      </c>
+      <c r="I119" s="5"/>
       <c r="J119" s="5" t="s">
-        <v>158</v>
+        <v>733</v>
       </c>
       <c r="K119" s="5" t="s">
-        <v>468</v>
+        <v>809</v>
       </c>
       <c r="L119" s="6" t="s">
-        <v>469</v>
+        <v>810</v>
       </c>
       <c r="M119" s="5" t="s">
-        <v>470</v>
+        <v>811</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" s="5" t="s">
-        <v>471</v>
+        <v>812</v>
       </c>
       <c r="B120" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C120" s="5" t="s">
-        <v>149</v>
+        <v>138</v>
       </c>
       <c r="D120" s="5" t="s">
-        <v>472</v>
-[...7 lines deleted...]
-        <v>473</v>
+        <v>784</v>
+      </c>
+      <c r="E120" s="5" t="s">
+        <v>813</v>
+      </c>
+      <c r="F120" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G120" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H120" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I120" s="5"/>
+      <c r="H120" s="5" t="s">
+        <v>814</v>
+      </c>
+      <c r="I120" s="5" t="s">
+        <v>815</v>
+      </c>
       <c r="J120" s="5" t="s">
-        <v>244</v>
+        <v>728</v>
       </c>
       <c r="K120" s="5" t="s">
-        <v>474</v>
+        <v>816</v>
       </c>
       <c r="L120" s="6" t="s">
-        <v>475</v>
+        <v>817</v>
       </c>
       <c r="M120" s="5" t="s">
-        <v>476</v>
+        <v>818</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" s="5" t="s">
-        <v>477</v>
+        <v>819</v>
       </c>
       <c r="B121" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C121" s="5" t="s">
-        <v>149</v>
+        <v>138</v>
       </c>
       <c r="D121" s="5" t="s">
-        <v>478</v>
-[...4 lines deleted...]
-        </is>
+        <v>784</v>
+      </c>
+      <c r="E121" s="5" t="s">
+        <v>820</v>
       </c>
       <c r="F121" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G121" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H121" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I121" s="5"/>
+      <c r="H121" s="5" t="s">
+        <v>821</v>
+      </c>
+      <c r="I121" s="5" t="s">
+        <v>822</v>
+      </c>
       <c r="J121" s="5" t="s">
-        <v>244</v>
+        <v>728</v>
       </c>
       <c r="K121" s="5" t="s">
-        <v>479</v>
+        <v>823</v>
       </c>
       <c r="L121" s="6" t="s">
-        <v>480</v>
+        <v>824</v>
       </c>
       <c r="M121" s="5" t="s">
-        <v>481</v>
+        <v>825</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" s="5" t="s">
-        <v>477</v>
+        <v>826</v>
       </c>
       <c r="B122" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C122" s="5" t="s">
-        <v>149</v>
+        <v>724</v>
       </c>
       <c r="D122" s="5" t="s">
-        <v>482</v>
+        <v>827</v>
       </c>
       <c r="E122" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F122" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G122" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H122" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H122" s="5" t="s">
+        <v>726</v>
       </c>
       <c r="I122" s="5"/>
       <c r="J122" s="5" t="s">
-        <v>244</v>
+        <v>733</v>
       </c>
       <c r="K122" s="5" t="s">
-        <v>483</v>
+        <v>828</v>
       </c>
       <c r="L122" s="6" t="s">
-        <v>484</v>
+        <v>829</v>
       </c>
       <c r="M122" s="5" t="s">
-        <v>485</v>
+        <v>830</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" s="5" t="s">
-        <v>486</v>
+        <v>831</v>
       </c>
       <c r="B123" s="5" t="s">
-        <v>14</v>
+        <v>485</v>
       </c>
       <c r="C123" s="5" t="s">
-        <v>65</v>
-[...1 lines deleted...]
-      <c r="D123" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="E123" s="5" t="s">
-        <v>487</v>
+      <c r="D123" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E123" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F123" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G123" s="5" t="s">
-[...9 lines deleted...]
-        <v>68</v>
+      <c r="G123" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H123" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I123" s="5"/>
+      <c r="J123" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K123" s="5" t="s">
-        <v>491</v>
+        <v>702</v>
       </c>
       <c r="L123" s="6" t="s">
-        <v>492</v>
-[...3 lines deleted...]
-      </c>
+        <v>832</v>
+      </c>
+      <c r="M123" s="5"/>
     </row>
     <row r="124">
       <c r="A124" s="5" t="s">
-        <v>494</v>
+        <v>833</v>
       </c>
       <c r="B124" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C124" s="5" t="s">
-        <v>25</v>
+        <v>138</v>
       </c>
       <c r="D124" s="5" t="s">
-        <v>26</v>
-[...4 lines deleted...]
-        </is>
+        <v>784</v>
+      </c>
+      <c r="E124" s="5" t="s">
+        <v>834</v>
       </c>
       <c r="F124" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G124" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H124" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I124" s="5"/>
+      <c r="H124" s="5" t="s">
+        <v>835</v>
+      </c>
+      <c r="I124" s="5" t="s">
+        <v>836</v>
+      </c>
       <c r="J124" s="5" t="s">
-        <v>30</v>
+        <v>728</v>
       </c>
       <c r="K124" s="5" t="s">
-        <v>495</v>
+        <v>837</v>
       </c>
       <c r="L124" s="6" t="s">
-        <v>496</v>
+        <v>838</v>
       </c>
       <c r="M124" s="5" t="s">
-        <v>497</v>
+        <v>839</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" s="5" t="s">
-        <v>498</v>
+        <v>840</v>
       </c>
       <c r="B125" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C125" s="5" t="s">
-        <v>499</v>
+        <v>744</v>
       </c>
       <c r="D125" s="5" t="s">
-        <v>149</v>
-[...2 lines deleted...]
-        <v>500</v>
+        <v>841</v>
+      </c>
+      <c r="E125" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F125" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G125" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H125" s="5" t="s">
-        <v>501</v>
+        <v>842</v>
       </c>
       <c r="I125" s="5"/>
       <c r="J125" s="5" t="s">
-        <v>502</v>
+        <v>843</v>
       </c>
       <c r="K125" s="5" t="s">
-        <v>503</v>
+        <v>844</v>
       </c>
       <c r="L125" s="6" t="s">
-        <v>504</v>
+        <v>845</v>
       </c>
       <c r="M125" s="5" t="s">
-        <v>505</v>
+        <v>846</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" s="5" t="s">
-        <v>506</v>
+        <v>847</v>
       </c>
       <c r="B126" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C126" s="5" t="s">
-        <v>25</v>
+        <v>138</v>
       </c>
       <c r="D126" s="5" t="s">
-        <v>507</v>
+        <v>784</v>
       </c>
       <c r="E126" s="5" t="s">
-        <v>450</v>
+        <v>834</v>
       </c>
       <c r="F126" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G126" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H126" s="5" t="s">
-        <v>508</v>
+        <v>848</v>
       </c>
       <c r="I126" s="5" t="s">
-        <v>509</v>
+        <v>849</v>
       </c>
       <c r="J126" s="5" t="s">
-        <v>30</v>
+        <v>22</v>
       </c>
       <c r="K126" s="5" t="s">
-        <v>510</v>
+        <v>850</v>
       </c>
       <c r="L126" s="6" t="s">
-        <v>511</v>
+        <v>851</v>
       </c>
       <c r="M126" s="5" t="s">
-        <v>512</v>
+        <v>852</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" s="5" t="s">
-        <v>513</v>
+        <v>853</v>
       </c>
       <c r="B127" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C127" s="5" t="s">
-        <v>25</v>
+        <v>724</v>
       </c>
       <c r="D127" s="5" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>450</v>
+        <v>138</v>
+      </c>
+      <c r="E127" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F127" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G127" s="5" t="s">
-        <v>514</v>
+      <c r="G127" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H127" s="5" t="s">
-        <v>515</v>
-[...3 lines deleted...]
-      </c>
+        <v>854</v>
+      </c>
+      <c r="I127" s="5"/>
       <c r="J127" s="5" t="s">
-        <v>30</v>
+        <v>733</v>
       </c>
       <c r="K127" s="5" t="s">
-        <v>517</v>
+        <v>855</v>
       </c>
       <c r="L127" s="6" t="s">
-        <v>518</v>
+        <v>856</v>
       </c>
       <c r="M127" s="5" t="s">
-        <v>519</v>
+        <v>857</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" s="5" t="s">
-        <v>520</v>
+        <v>858</v>
       </c>
       <c r="B128" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C128" s="5" t="s">
-        <v>47</v>
+        <v>138</v>
       </c>
       <c r="D128" s="5" t="s">
-        <v>15</v>
+        <v>784</v>
       </c>
       <c r="E128" s="5" t="s">
-        <v>521</v>
-[...2 lines deleted...]
-        <v>522</v>
+        <v>834</v>
+      </c>
+      <c r="F128" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G128" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H128" s="5" t="s">
-        <v>523</v>
+        <v>859</v>
       </c>
       <c r="I128" s="5" t="s">
-        <v>524</v>
+        <v>860</v>
       </c>
       <c r="J128" s="5" t="s">
-        <v>525</v>
+        <v>22</v>
       </c>
       <c r="K128" s="5" t="s">
-        <v>526</v>
+        <v>861</v>
       </c>
       <c r="L128" s="6" t="s">
-        <v>527</v>
+        <v>862</v>
       </c>
       <c r="M128" s="5" t="s">
-        <v>528</v>
+        <v>863</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" s="5" t="s">
-        <v>529</v>
+        <v>864</v>
       </c>
       <c r="B129" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C129" s="5" t="s">
-        <v>142</v>
+        <v>744</v>
       </c>
       <c r="D129" s="5" t="s">
-        <v>530</v>
+        <v>801</v>
       </c>
       <c r="E129" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F129" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G129" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H129" s="5" t="s">
-        <v>531</v>
+        <v>841</v>
       </c>
       <c r="I129" s="5" t="s">
-        <v>532</v>
+        <v>865</v>
       </c>
       <c r="J129" s="5" t="s">
-        <v>158</v>
+        <v>866</v>
       </c>
       <c r="K129" s="5" t="s">
-        <v>533</v>
+        <v>867</v>
       </c>
       <c r="L129" s="6" t="s">
-        <v>534</v>
+        <v>868</v>
       </c>
       <c r="M129" s="5" t="s">
-        <v>535</v>
+        <v>869</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" s="5" t="s">
-        <v>536</v>
+        <v>870</v>
       </c>
       <c r="B130" s="5" t="s">
-        <v>14</v>
+        <v>485</v>
       </c>
       <c r="C130" s="5" t="s">
-        <v>65</v>
-[...8 lines deleted...]
-        <v>537</v>
+        <v>16</v>
+      </c>
+      <c r="D130" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E130" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F130" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G130" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H130" s="5" t="s">
-[...6 lines deleted...]
-        <v>158</v>
+      <c r="H130" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I130" s="5"/>
+      <c r="J130" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K130" s="5" t="s">
-        <v>540</v>
+        <v>702</v>
       </c>
       <c r="L130" s="6" t="s">
-        <v>541</v>
-[...3 lines deleted...]
-      </c>
+        <v>871</v>
+      </c>
+      <c r="M130" s="5"/>
     </row>
     <row r="131">
       <c r="A131" s="5" t="s">
-        <v>543</v>
+        <v>872</v>
       </c>
       <c r="B131" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C131" s="5" t="s">
-        <v>65</v>
+        <v>744</v>
       </c>
       <c r="D131" s="5" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>81</v>
+        <v>138</v>
+      </c>
+      <c r="E131" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F131" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G131" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H131" s="5" t="s">
-        <v>544</v>
-[...1 lines deleted...]
-      <c r="I131" s="5"/>
+        <v>873</v>
+      </c>
+      <c r="I131" s="5" t="s">
+        <v>874</v>
+      </c>
       <c r="J131" s="5" t="s">
-        <v>68</v>
+        <v>843</v>
       </c>
       <c r="K131" s="5" t="s">
-        <v>545</v>
+        <v>875</v>
       </c>
       <c r="L131" s="6" t="s">
-        <v>546</v>
+        <v>876</v>
       </c>
       <c r="M131" s="5" t="s">
-        <v>547</v>
+        <v>877</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" s="5" t="s">
-        <v>95</v>
+        <v>878</v>
       </c>
       <c r="B132" s="5" t="s">
-        <v>14</v>
+        <v>130</v>
       </c>
       <c r="C132" s="5" t="s">
-        <v>25</v>
+        <v>827</v>
       </c>
       <c r="D132" s="5" t="s">
-        <v>103</v>
+        <v>784</v>
       </c>
       <c r="E132" s="5" t="s">
-        <v>73</v>
+        <v>879</v>
       </c>
       <c r="F132" s="5" t="s">
-        <v>135</v>
+        <v>880</v>
       </c>
       <c r="G132" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H132" s="5" t="s">
-        <v>548</v>
-[...1 lines deleted...]
-      <c r="I132" s="5"/>
+        <v>881</v>
+      </c>
+      <c r="I132" s="5" t="s">
+        <v>882</v>
+      </c>
       <c r="J132" s="5" t="s">
-        <v>206</v>
+        <v>883</v>
       </c>
       <c r="K132" s="5" t="s">
-        <v>549</v>
+        <v>884</v>
       </c>
       <c r="L132" s="6" t="s">
-        <v>550</v>
+        <v>885</v>
       </c>
       <c r="M132" s="5" t="s">
-        <v>551</v>
+        <v>886</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" s="5" t="s">
-        <v>221</v>
+        <v>887</v>
       </c>
       <c r="B133" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C133" s="5" t="s">
-        <v>25</v>
+        <v>744</v>
       </c>
       <c r="D133" s="5" t="s">
-        <v>103</v>
-[...5 lines deleted...]
-        <v>135</v>
+        <v>138</v>
+      </c>
+      <c r="E133" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F133" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G133" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H133" s="5" t="s">
-        <v>552</v>
-[...1 lines deleted...]
-      <c r="I133" s="5"/>
+        <v>888</v>
+      </c>
+      <c r="I133" s="5" t="s">
+        <v>889</v>
+      </c>
       <c r="J133" s="5" t="s">
-        <v>206</v>
+        <v>843</v>
       </c>
       <c r="K133" s="5" t="s">
-        <v>553</v>
+        <v>890</v>
       </c>
       <c r="L133" s="6" t="s">
-        <v>554</v>
+        <v>891</v>
       </c>
       <c r="M133" s="5" t="s">
-        <v>555</v>
+        <v>892</v>
       </c>
     </row>
     <row r="134">
-      <c r="A134" s="5" t="n">
-        <v>1910</v>
+      <c r="A134" s="5" t="s">
+        <v>893</v>
       </c>
       <c r="B134" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C134" s="5" t="s">
-        <v>103</v>
+        <v>724</v>
       </c>
       <c r="D134" s="5" t="s">
-        <v>104</v>
+        <v>138</v>
       </c>
       <c r="E134" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F134" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G134" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H134" s="5" t="s">
-        <v>556</v>
-[...3 lines deleted...]
-      </c>
+        <v>726</v>
+      </c>
+      <c r="I134" s="5"/>
       <c r="J134" s="5" t="s">
-        <v>107</v>
+        <v>733</v>
       </c>
       <c r="K134" s="5" t="s">
-        <v>558</v>
+        <v>894</v>
       </c>
       <c r="L134" s="6" t="s">
-        <v>559</v>
+        <v>895</v>
       </c>
       <c r="M134" s="5" t="s">
-        <v>560</v>
+        <v>896</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" s="5" t="s">
-        <v>561</v>
+        <v>897</v>
       </c>
       <c r="B135" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C135" s="5" t="s">
-        <v>507</v>
+        <v>726</v>
       </c>
       <c r="D135" s="5" t="s">
-        <v>25</v>
+        <v>827</v>
       </c>
       <c r="E135" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F135" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G135" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H135" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H135" s="5" t="s">
+        <v>898</v>
       </c>
       <c r="I135" s="5"/>
       <c r="J135" s="5" t="s">
-        <v>562</v>
+        <v>733</v>
       </c>
       <c r="K135" s="5" t="s">
-        <v>563</v>
+        <v>899</v>
       </c>
       <c r="L135" s="6" t="s">
-        <v>564</v>
+        <v>900</v>
       </c>
       <c r="M135" s="5" t="s">
-        <v>565</v>
+        <v>901</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" s="5" t="s">
-        <v>566</v>
+        <v>902</v>
       </c>
       <c r="B136" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C136" s="5" t="s">
-        <v>507</v>
+        <v>16</v>
       </c>
       <c r="D136" s="5" t="s">
-        <v>567</v>
-[...4 lines deleted...]
-        </is>
+        <v>90</v>
+      </c>
+      <c r="E136" s="5" t="s">
+        <v>903</v>
       </c>
       <c r="F136" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G136" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G136" s="5" t="s">
+        <v>904</v>
       </c>
       <c r="H136" s="5" t="s">
-        <v>568</v>
-[...1 lines deleted...]
-      <c r="I136" s="5"/>
+        <v>905</v>
+      </c>
+      <c r="I136" s="5" t="s">
+        <v>906</v>
+      </c>
       <c r="J136" s="5" t="s">
-        <v>562</v>
+        <v>22</v>
       </c>
       <c r="K136" s="5" t="s">
-        <v>569</v>
+        <v>907</v>
       </c>
       <c r="L136" s="6" t="s">
-        <v>570</v>
+        <v>908</v>
       </c>
       <c r="M136" s="5" t="s">
-        <v>571</v>
+        <v>909</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" s="5" t="s">
-        <v>572</v>
+        <v>910</v>
       </c>
       <c r="B137" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C137" s="5" t="s">
-        <v>149</v>
+        <v>138</v>
       </c>
       <c r="D137" s="5" t="s">
-        <v>573</v>
-[...4 lines deleted...]
-        </is>
+        <v>784</v>
+      </c>
+      <c r="E137" s="5" t="s">
+        <v>911</v>
       </c>
       <c r="F137" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G137" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H137" s="5" t="s">
-        <v>574</v>
-[...1 lines deleted...]
-      <c r="I137" s="5"/>
+        <v>912</v>
+      </c>
+      <c r="I137" s="5" t="s">
+        <v>913</v>
+      </c>
       <c r="J137" s="5" t="s">
-        <v>575</v>
+        <v>728</v>
       </c>
       <c r="K137" s="5" t="s">
-        <v>576</v>
+        <v>914</v>
       </c>
       <c r="L137" s="6" t="s">
-        <v>577</v>
+        <v>915</v>
       </c>
       <c r="M137" s="5" t="s">
-        <v>578</v>
+        <v>916</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" s="5" t="s">
-        <v>579</v>
+        <v>917</v>
       </c>
       <c r="B138" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C138" s="5" t="s">
-        <v>25</v>
+        <v>138</v>
       </c>
       <c r="D138" s="5" t="s">
-        <v>26</v>
+        <v>784</v>
       </c>
       <c r="E138" s="5" t="s">
-        <v>580</v>
+        <v>918</v>
       </c>
       <c r="F138" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G138" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H138" s="5" t="s">
-        <v>581</v>
+        <v>919</v>
       </c>
       <c r="I138" s="5" t="s">
-        <v>582</v>
+        <v>920</v>
       </c>
       <c r="J138" s="5" t="s">
-        <v>68</v>
+        <v>22</v>
       </c>
       <c r="K138" s="5" t="s">
-        <v>583</v>
+        <v>921</v>
       </c>
       <c r="L138" s="6" t="s">
-        <v>584</v>
+        <v>922</v>
       </c>
       <c r="M138" s="5" t="s">
-        <v>585</v>
+        <v>923</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" s="5" t="s">
-        <v>586</v>
+        <v>924</v>
       </c>
       <c r="B139" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C139" s="5" t="s">
-        <v>149</v>
+        <v>138</v>
       </c>
       <c r="D139" s="5" t="s">
-        <v>242</v>
-[...4 lines deleted...]
-        </is>
+        <v>784</v>
+      </c>
+      <c r="E139" s="5" t="s">
+        <v>918</v>
       </c>
       <c r="F139" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G139" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H139" s="5" t="s">
-        <v>573</v>
+        <v>655</v>
       </c>
       <c r="I139" s="5" t="s">
-        <v>587</v>
+        <v>925</v>
       </c>
       <c r="J139" s="5" t="s">
-        <v>588</v>
+        <v>728</v>
       </c>
       <c r="K139" s="5" t="s">
-        <v>589</v>
+        <v>926</v>
       </c>
       <c r="L139" s="6" t="s">
-        <v>590</v>
+        <v>927</v>
       </c>
       <c r="M139" s="5" t="s">
-        <v>591</v>
+        <v>928</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" s="5" t="s">
-        <v>592</v>
+        <v>929</v>
       </c>
       <c r="B140" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C140" s="5" t="s">
-        <v>25</v>
+        <v>724</v>
       </c>
       <c r="D140" s="5" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>593</v>
+        <v>138</v>
+      </c>
+      <c r="E140" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F140" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G140" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G140" s="5" t="s">
+        <v>930</v>
       </c>
       <c r="H140" s="5" t="s">
-        <v>594</v>
-[...3 lines deleted...]
-      </c>
+        <v>931</v>
+      </c>
+      <c r="I140" s="5"/>
       <c r="J140" s="5" t="s">
-        <v>68</v>
+        <v>733</v>
       </c>
       <c r="K140" s="5" t="s">
-        <v>596</v>
+        <v>932</v>
       </c>
       <c r="L140" s="6" t="s">
-        <v>597</v>
+        <v>933</v>
       </c>
       <c r="M140" s="5" t="s">
-        <v>598</v>
+        <v>934</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" s="5" t="s">
-        <v>599</v>
+        <v>935</v>
       </c>
       <c r="B141" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C141" s="5" t="s">
-        <v>25</v>
+        <v>91</v>
       </c>
       <c r="D141" s="5" t="s">
-        <v>26</v>
-[...7 lines deleted...]
-        </is>
+        <v>461</v>
+      </c>
+      <c r="E141" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F141" s="5" t="s">
+        <v>936</v>
       </c>
       <c r="G141" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H141" s="5" t="s">
-        <v>600</v>
+        <v>937</v>
       </c>
       <c r="I141" s="5" t="s">
-        <v>601</v>
+        <v>938</v>
       </c>
       <c r="J141" s="5" t="s">
-        <v>30</v>
+        <v>939</v>
       </c>
       <c r="K141" s="5" t="s">
-        <v>602</v>
+        <v>940</v>
       </c>
       <c r="L141" s="6" t="s">
-        <v>603</v>
+        <v>941</v>
       </c>
       <c r="M141" s="5" t="s">
-        <v>604</v>
+        <v>942</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" s="5" t="s">
-        <v>605</v>
+        <v>943</v>
       </c>
       <c r="B142" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C142" s="5" t="s">
-        <v>25</v>
+        <v>827</v>
       </c>
       <c r="D142" s="5" t="s">
-        <v>507</v>
+        <v>784</v>
       </c>
       <c r="E142" s="5" t="s">
-        <v>450</v>
+        <v>918</v>
       </c>
       <c r="F142" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G142" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H142" s="5" t="s">
-        <v>606</v>
+        <v>944</v>
       </c>
       <c r="I142" s="5" t="s">
-        <v>607</v>
+        <v>945</v>
       </c>
       <c r="J142" s="5" t="s">
-        <v>30</v>
+        <v>728</v>
       </c>
       <c r="K142" s="5" t="s">
-        <v>608</v>
+        <v>946</v>
       </c>
       <c r="L142" s="6" t="s">
-        <v>609</v>
+        <v>947</v>
       </c>
       <c r="M142" s="5" t="s">
-        <v>610</v>
+        <v>948</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" s="5" t="s">
-        <v>611</v>
+        <v>949</v>
       </c>
       <c r="B143" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C143" s="5" t="s">
-        <v>65</v>
+        <v>90</v>
       </c>
       <c r="D143" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="E143" s="5" t="s">
-        <v>612</v>
+      <c r="E143" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F143" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G143" s="5" t="s">
-        <v>613</v>
+        <v>950</v>
       </c>
       <c r="H143" s="5" t="s">
-        <v>614</v>
+        <v>951</v>
       </c>
       <c r="I143" s="5" t="s">
-        <v>615</v>
+        <v>952</v>
       </c>
       <c r="J143" s="5" t="s">
-        <v>68</v>
+        <v>22</v>
       </c>
       <c r="K143" s="5" t="s">
-        <v>616</v>
+        <v>953</v>
       </c>
       <c r="L143" s="6" t="s">
-        <v>617</v>
+        <v>954</v>
       </c>
       <c r="M143" s="5" t="s">
-        <v>618</v>
+        <v>955</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" s="5" t="s">
-        <v>619</v>
+        <v>956</v>
       </c>
       <c r="B144" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C144" s="5" t="s">
-        <v>176</v>
+        <v>726</v>
       </c>
       <c r="D144" s="5" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-        <v>81</v>
+        <v>827</v>
+      </c>
+      <c r="E144" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F144" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G144" s="5" t="s">
-        <v>620</v>
+      <c r="G144" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H144" s="5" t="s">
-        <v>621</v>
-[...3 lines deleted...]
-      </c>
+        <v>957</v>
+      </c>
+      <c r="I144" s="5"/>
       <c r="J144" s="5" t="s">
-        <v>179</v>
+        <v>733</v>
       </c>
       <c r="K144" s="5" t="s">
-        <v>623</v>
+        <v>958</v>
       </c>
       <c r="L144" s="6" t="s">
-        <v>624</v>
+        <v>959</v>
       </c>
       <c r="M144" s="5" t="s">
-        <v>625</v>
+        <v>960</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" s="5" t="s">
-        <v>626</v>
+        <v>961</v>
       </c>
       <c r="B145" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C145" s="5" t="s">
-        <v>25</v>
+        <v>827</v>
       </c>
       <c r="D145" s="5" t="s">
-        <v>627</v>
+        <v>784</v>
       </c>
       <c r="E145" s="5" t="s">
-        <v>628</v>
+        <v>918</v>
       </c>
       <c r="F145" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G145" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H145" s="5" t="s">
-        <v>629</v>
+        <v>962</v>
       </c>
       <c r="I145" s="5" t="s">
-        <v>630</v>
+        <v>963</v>
       </c>
       <c r="J145" s="5" t="s">
-        <v>631</v>
+        <v>728</v>
       </c>
       <c r="K145" s="5" t="s">
-        <v>632</v>
+        <v>964</v>
       </c>
       <c r="L145" s="6" t="s">
-        <v>633</v>
+        <v>965</v>
       </c>
       <c r="M145" s="5" t="s">
-        <v>634</v>
+        <v>966</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" s="5" t="s">
-        <v>635</v>
+        <v>967</v>
       </c>
       <c r="B146" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C146" s="5" t="s">
-        <v>16</v>
+        <v>968</v>
       </c>
       <c r="D146" s="5" t="s">
-        <v>37</v>
-[...14 lines deleted...]
-        </is>
+        <v>305</v>
+      </c>
+      <c r="E146" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="F146" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="G146" s="5" t="s">
+        <v>969</v>
       </c>
       <c r="H146" s="5" t="s">
-        <v>636</v>
+        <v>970</v>
       </c>
       <c r="I146" s="5" t="s">
-        <v>637</v>
+        <v>971</v>
       </c>
       <c r="J146" s="5" t="s">
-        <v>638</v>
+        <v>309</v>
       </c>
       <c r="K146" s="5" t="s">
-        <v>639</v>
+        <v>972</v>
       </c>
       <c r="L146" s="6" t="s">
-        <v>640</v>
+        <v>973</v>
       </c>
       <c r="M146" s="5" t="s">
-        <v>641</v>
+        <v>974</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" s="5" t="s">
-        <v>642</v>
+        <v>975</v>
       </c>
       <c r="B147" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C147" s="5" t="s">
-        <v>16</v>
+        <v>726</v>
       </c>
       <c r="D147" s="5" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-        <v>135</v>
+        <v>827</v>
+      </c>
+      <c r="E147" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F147" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G147" s="5" t="s">
-        <v>643</v>
+      <c r="G147" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H147" s="5" t="s">
-        <v>644</v>
-[...3 lines deleted...]
-      </c>
+        <v>976</v>
+      </c>
+      <c r="I147" s="5"/>
       <c r="J147" s="5" t="s">
-        <v>68</v>
+        <v>733</v>
       </c>
       <c r="K147" s="5" t="s">
-        <v>646</v>
+        <v>977</v>
       </c>
       <c r="L147" s="6" t="s">
-        <v>647</v>
+        <v>978</v>
       </c>
       <c r="M147" s="5" t="s">
-        <v>648</v>
+        <v>979</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" s="5" t="s">
-        <v>649</v>
+        <v>980</v>
       </c>
       <c r="B148" s="5" t="s">
-        <v>650</v>
+        <v>14</v>
       </c>
       <c r="C148" s="5" t="s">
-        <v>567</v>
+        <v>138</v>
       </c>
       <c r="D148" s="5" t="s">
-        <v>26</v>
+        <v>784</v>
       </c>
       <c r="E148" s="5" t="s">
-        <v>651</v>
-[...2 lines deleted...]
-        <v>652</v>
+        <v>981</v>
+      </c>
+      <c r="F148" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G148" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H148" s="5" t="s">
-        <v>653</v>
+        <v>982</v>
       </c>
       <c r="I148" s="5" t="s">
-        <v>654</v>
+        <v>983</v>
       </c>
       <c r="J148" s="5" t="s">
-        <v>655</v>
+        <v>728</v>
       </c>
       <c r="K148" s="5" t="s">
-        <v>656</v>
+        <v>984</v>
       </c>
       <c r="L148" s="6" t="s">
-        <v>657</v>
+        <v>985</v>
       </c>
       <c r="M148" s="5" t="s">
-        <v>658</v>
+        <v>986</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" s="5" t="s">
-        <v>659</v>
+        <v>987</v>
       </c>
       <c r="B149" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C149" s="5" t="s">
-        <v>37</v>
+        <v>138</v>
       </c>
       <c r="D149" s="5" t="s">
-        <v>47</v>
-[...7 lines deleted...]
-        <v>660</v>
+        <v>784</v>
+      </c>
+      <c r="E149" s="5" t="s">
+        <v>981</v>
+      </c>
+      <c r="F149" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G149" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H149" s="5" t="s">
-        <v>661</v>
+        <v>988</v>
       </c>
       <c r="I149" s="5" t="s">
-        <v>662</v>
+        <v>989</v>
       </c>
       <c r="J149" s="5" t="s">
-        <v>663</v>
+        <v>728</v>
       </c>
       <c r="K149" s="5" t="s">
-        <v>664</v>
+        <v>990</v>
       </c>
       <c r="L149" s="6" t="s">
-        <v>665</v>
+        <v>991</v>
       </c>
       <c r="M149" s="5" t="s">
-        <v>666</v>
+        <v>992</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" s="5" t="s">
-        <v>667</v>
+        <v>993</v>
       </c>
       <c r="B150" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C150" s="5" t="s">
-        <v>37</v>
+        <v>724</v>
       </c>
       <c r="D150" s="5" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-        <v>668</v>
+        <v>138</v>
+      </c>
+      <c r="E150" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F150" s="5" t="s">
-        <v>669</v>
+        <v>834</v>
       </c>
       <c r="G150" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H150" s="5" t="s">
-        <v>670</v>
-[...3 lines deleted...]
-      </c>
+        <v>726</v>
+      </c>
+      <c r="I150" s="5"/>
       <c r="J150" s="5" t="s">
-        <v>672</v>
+        <v>994</v>
       </c>
       <c r="K150" s="5" t="s">
-        <v>673</v>
+        <v>995</v>
       </c>
       <c r="L150" s="6" t="s">
-        <v>674</v>
+        <v>996</v>
       </c>
       <c r="M150" s="5" t="s">
-        <v>675</v>
+        <v>997</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" s="5" t="s">
-        <v>676</v>
+        <v>998</v>
       </c>
       <c r="B151" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C151" s="5" t="s">
-        <v>15</v>
+        <v>137</v>
       </c>
       <c r="D151" s="5" t="s">
-        <v>47</v>
-[...4 lines deleted...]
-        </is>
+        <v>655</v>
+      </c>
+      <c r="E151" s="5" t="s">
+        <v>834</v>
       </c>
       <c r="F151" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G151" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G151" s="5" t="s">
+        <v>999</v>
       </c>
       <c r="H151" s="5" t="s">
-        <v>677</v>
+        <v>1000</v>
       </c>
       <c r="I151" s="5" t="s">
-        <v>678</v>
+        <v>1001</v>
       </c>
       <c r="J151" s="5" t="s">
-        <v>679</v>
+        <v>309</v>
       </c>
       <c r="K151" s="5" t="s">
-        <v>680</v>
+        <v>1002</v>
       </c>
       <c r="L151" s="6" t="s">
-        <v>681</v>
+        <v>1003</v>
       </c>
       <c r="M151" s="5" t="s">
-        <v>682</v>
+        <v>1004</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" s="5" t="s">
-        <v>683</v>
+        <v>1005</v>
       </c>
       <c r="B152" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C152" s="5" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="D152" s="5" t="s">
-        <v>507</v>
+        <v>90</v>
       </c>
       <c r="E152" s="5" t="s">
-        <v>450</v>
+        <v>18</v>
       </c>
       <c r="F152" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G152" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G152" s="5" t="s">
+        <v>1006</v>
       </c>
       <c r="H152" s="5" t="s">
-        <v>684</v>
-[...1 lines deleted...]
-      <c r="I152" s="5"/>
+        <v>1007</v>
+      </c>
+      <c r="I152" s="5" t="s">
+        <v>1008</v>
+      </c>
       <c r="J152" s="5" t="s">
-        <v>30</v>
+        <v>22</v>
       </c>
       <c r="K152" s="5" t="s">
-        <v>685</v>
+        <v>1009</v>
       </c>
       <c r="L152" s="6" t="s">
-        <v>686</v>
+        <v>1010</v>
       </c>
       <c r="M152" s="5" t="s">
-        <v>687</v>
+        <v>1011</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" s="5" t="s">
-        <v>688</v>
+        <v>1012</v>
       </c>
       <c r="B153" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C153" s="5" t="s">
-        <v>689</v>
+        <v>138</v>
       </c>
       <c r="D153" s="5" t="s">
-        <v>36</v>
+        <v>784</v>
       </c>
       <c r="E153" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F153" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G153" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H153" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="H153" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I153" s="5"/>
       <c r="J153" s="5" t="s">
-        <v>692</v>
+        <v>728</v>
       </c>
       <c r="K153" s="5" t="s">
-        <v>693</v>
+        <v>1013</v>
       </c>
       <c r="L153" s="6" t="s">
-        <v>694</v>
+        <v>1014</v>
       </c>
       <c r="M153" s="5" t="s">
-        <v>695</v>
+        <v>1015</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" s="5" t="s">
-        <v>696</v>
+        <v>1016</v>
       </c>
       <c r="B154" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C154" s="5" t="s">
-        <v>465</v>
+        <v>827</v>
       </c>
       <c r="D154" s="5" t="s">
-        <v>119</v>
+        <v>744</v>
       </c>
       <c r="E154" s="5" t="s">
-        <v>500</v>
+        <v>834</v>
       </c>
       <c r="F154" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G154" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H154" s="5" t="s">
-        <v>697</v>
-[...3 lines deleted...]
-      </c>
+        <v>1017</v>
+      </c>
+      <c r="I154" s="5"/>
       <c r="J154" s="5" t="s">
-        <v>158</v>
+        <v>1018</v>
       </c>
       <c r="K154" s="5" t="s">
-        <v>699</v>
+        <v>1019</v>
       </c>
       <c r="L154" s="6" t="s">
-        <v>700</v>
+        <v>1020</v>
       </c>
       <c r="M154" s="5" t="s">
-        <v>701</v>
+        <v>1021</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" s="5" t="s">
-        <v>702</v>
+        <v>1022</v>
       </c>
       <c r="B155" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C155" s="5" t="s">
-        <v>65</v>
+        <v>1023</v>
       </c>
       <c r="D155" s="5" t="s">
-        <v>262</v>
-[...2 lines deleted...]
-        <v>81</v>
+        <v>771</v>
+      </c>
+      <c r="E155" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F155" s="5" t="s">
-        <v>263</v>
+        <v>1024</v>
       </c>
       <c r="G155" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H155" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="H155" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I155" s="5"/>
       <c r="J155" s="5" t="s">
-        <v>158</v>
+        <v>1018</v>
       </c>
       <c r="K155" s="5" t="s">
-        <v>705</v>
+        <v>1025</v>
       </c>
       <c r="L155" s="6" t="s">
-        <v>706</v>
+        <v>1026</v>
       </c>
       <c r="M155" s="5" t="s">
-        <v>707</v>
+        <v>1027</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" s="5" t="s">
-        <v>708</v>
+        <v>1022</v>
       </c>
       <c r="B156" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C156" s="5" t="s">
-        <v>15</v>
+        <v>1028</v>
       </c>
       <c r="D156" s="5" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-        <v>522</v>
+        <v>1029</v>
+      </c>
+      <c r="E156" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F156" s="5" t="s">
-        <v>709</v>
+        <v>1030</v>
       </c>
       <c r="G156" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H156" s="5" t="s">
-        <v>710</v>
-[...3 lines deleted...]
-      </c>
+        <v>16</v>
+      </c>
+      <c r="I156" s="5"/>
       <c r="J156" s="5" t="s">
-        <v>712</v>
+        <v>1018</v>
       </c>
       <c r="K156" s="5" t="s">
-        <v>713</v>
+        <v>1031</v>
       </c>
       <c r="L156" s="6" t="s">
-        <v>714</v>
+        <v>1032</v>
       </c>
       <c r="M156" s="5" t="s">
-        <v>715</v>
+        <v>1033</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" s="5" t="s">
-        <v>716</v>
+        <v>1034</v>
       </c>
       <c r="B157" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C157" s="5" t="s">
-        <v>16</v>
+        <v>724</v>
       </c>
       <c r="D157" s="5" t="s">
-        <v>65</v>
+        <v>138</v>
       </c>
       <c r="E157" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F157" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G157" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H157" s="5" t="s">
-        <v>717</v>
+      <c r="H157" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I157" s="5" t="s">
-        <v>718</v>
+        <v>1035</v>
       </c>
       <c r="J157" s="5" t="s">
-        <v>68</v>
+        <v>733</v>
       </c>
       <c r="K157" s="5" t="s">
-        <v>719</v>
+        <v>1036</v>
       </c>
       <c r="L157" s="6" t="s">
-        <v>720</v>
+        <v>1037</v>
       </c>
       <c r="M157" s="5" t="s">
-        <v>721</v>
+        <v>1038</v>
       </c>
     </row>
     <row r="158">
       <c r="A158" s="5" t="s">
-        <v>722</v>
+        <v>1039</v>
       </c>
       <c r="B158" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C158" s="5" t="s">
-        <v>47</v>
+        <v>744</v>
       </c>
       <c r="D158" s="5" t="s">
-        <v>15</v>
-[...5 lines deleted...]
-        <v>723</v>
+        <v>138</v>
+      </c>
+      <c r="E158" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F158" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G158" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H158" s="5" t="s">
-        <v>724</v>
-[...3 lines deleted...]
-      </c>
+        <v>1040</v>
+      </c>
+      <c r="I158" s="5"/>
       <c r="J158" s="5" t="s">
-        <v>726</v>
+        <v>1018</v>
       </c>
       <c r="K158" s="5" t="s">
-        <v>727</v>
+        <v>1041</v>
       </c>
       <c r="L158" s="6" t="s">
-        <v>728</v>
+        <v>1042</v>
       </c>
       <c r="M158" s="5" t="s">
-        <v>729</v>
+        <v>1043</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" s="5" t="s">
-        <v>730</v>
+        <v>1044</v>
       </c>
       <c r="B159" s="5" t="s">
-        <v>14</v>
+        <v>485</v>
       </c>
       <c r="C159" s="5" t="s">
-        <v>731</v>
-[...2 lines deleted...]
-        <v>573</v>
+        <v>16</v>
+      </c>
+      <c r="D159" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E159" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F159" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G159" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H159" s="5" t="s">
-        <v>732</v>
+      <c r="H159" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I159" s="5"/>
-      <c r="J159" s="5" t="s">
-        <v>733</v>
+      <c r="J159" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K159" s="5" t="s">
-        <v>734</v>
+        <v>702</v>
       </c>
       <c r="L159" s="6" t="s">
-        <v>735</v>
-[...3 lines deleted...]
-      </c>
+        <v>1045</v>
+      </c>
+      <c r="M159" s="5"/>
     </row>
     <row r="160">
       <c r="A160" s="5" t="s">
-        <v>737</v>
+        <v>1046</v>
       </c>
       <c r="B160" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C160" s="5" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="D160" s="5" t="s">
-        <v>507</v>
+        <v>90</v>
       </c>
       <c r="E160" s="5" t="s">
-        <v>500</v>
+        <v>1047</v>
       </c>
       <c r="F160" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G160" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H160" s="5" t="s">
-        <v>738</v>
+        <v>1048</v>
       </c>
       <c r="I160" s="5" t="s">
-        <v>739</v>
+        <v>1049</v>
       </c>
       <c r="J160" s="5" t="s">
-        <v>30</v>
+        <v>22</v>
       </c>
       <c r="K160" s="5" t="s">
-        <v>740</v>
+        <v>1050</v>
       </c>
       <c r="L160" s="6" t="s">
-        <v>741</v>
+        <v>1051</v>
       </c>
       <c r="M160" s="5" t="s">
-        <v>742</v>
+        <v>1052</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" s="5" t="s">
-        <v>743</v>
+        <v>1053</v>
       </c>
       <c r="B161" s="5" t="s">
-        <v>14</v>
+        <v>485</v>
       </c>
       <c r="C161" s="5" t="s">
-        <v>25</v>
-[...5 lines deleted...]
-        <v>450</v>
+        <v>16</v>
+      </c>
+      <c r="D161" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E161" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F161" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G161" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H161" s="5" t="s">
-[...6 lines deleted...]
-        <v>30</v>
+      <c r="H161" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I161" s="5"/>
+      <c r="J161" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K161" s="5" t="s">
-        <v>746</v>
+        <v>702</v>
       </c>
       <c r="L161" s="6" t="s">
-        <v>747</v>
-[...3 lines deleted...]
-      </c>
+        <v>1054</v>
+      </c>
+      <c r="M161" s="5"/>
     </row>
     <row r="162">
       <c r="A162" s="5" t="s">
-        <v>749</v>
+        <v>1055</v>
       </c>
       <c r="B162" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C162" s="5" t="s">
-        <v>689</v>
+        <v>761</v>
       </c>
       <c r="D162" s="5" t="s">
-        <v>36</v>
-[...4 lines deleted...]
-        </is>
+        <v>744</v>
+      </c>
+      <c r="E162" s="5" t="s">
+        <v>1056</v>
       </c>
       <c r="F162" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G162" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H162" s="5" t="s">
-        <v>750</v>
-[...3 lines deleted...]
-      </c>
+        <v>1057</v>
+      </c>
+      <c r="I162" s="5"/>
       <c r="J162" s="5" t="s">
-        <v>752</v>
+        <v>1058</v>
       </c>
       <c r="K162" s="5" t="s">
-        <v>753</v>
+        <v>1059</v>
       </c>
       <c r="L162" s="6" t="s">
-        <v>754</v>
+        <v>1060</v>
       </c>
       <c r="M162" s="5" t="s">
-        <v>755</v>
+        <v>1061</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" s="5" t="s">
-        <v>756</v>
+        <v>1062</v>
       </c>
       <c r="B163" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C163" s="5" t="s">
-        <v>25</v>
+        <v>724</v>
       </c>
       <c r="D163" s="5" t="s">
-        <v>507</v>
-[...2 lines deleted...]
-        <v>450</v>
+        <v>827</v>
+      </c>
+      <c r="E163" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F163" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G163" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H163" s="5" t="s">
-        <v>757</v>
+      <c r="H163" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I163" s="5"/>
       <c r="J163" s="5" t="s">
-        <v>30</v>
+        <v>733</v>
       </c>
       <c r="K163" s="5" t="s">
-        <v>758</v>
+        <v>1063</v>
       </c>
       <c r="L163" s="6" t="s">
-        <v>759</v>
+        <v>1064</v>
       </c>
       <c r="M163" s="5" t="s">
-        <v>760</v>
+        <v>1065</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" s="5" t="s">
-        <v>761</v>
+        <v>1066</v>
       </c>
       <c r="B164" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C164" s="5" t="s">
-        <v>762</v>
+        <v>16</v>
       </c>
       <c r="D164" s="5" t="s">
-        <v>47</v>
+        <v>90</v>
       </c>
       <c r="E164" s="5" t="s">
-        <v>763</v>
+        <v>1067</v>
       </c>
       <c r="F164" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G164" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G164" s="5" t="s">
+        <v>1067</v>
       </c>
       <c r="H164" s="5" t="s">
-        <v>764</v>
+        <v>1068</v>
       </c>
       <c r="I164" s="5" t="s">
-        <v>765</v>
+        <v>1069</v>
       </c>
       <c r="J164" s="5" t="s">
-        <v>766</v>
+        <v>22</v>
       </c>
       <c r="K164" s="5" t="s">
-        <v>767</v>
+        <v>1070</v>
       </c>
       <c r="L164" s="6" t="s">
-        <v>768</v>
+        <v>1071</v>
       </c>
       <c r="M164" s="5" t="s">
-        <v>769</v>
+        <v>1072</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" s="5" t="s">
-        <v>770</v>
+        <v>1073</v>
       </c>
       <c r="B165" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C165" s="5" t="s">
-        <v>771</v>
+        <v>16</v>
       </c>
       <c r="D165" s="5" t="s">
-        <v>772</v>
+        <v>90</v>
       </c>
       <c r="E165" s="5" t="s">
-        <v>773</v>
+        <v>1067</v>
       </c>
       <c r="F165" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G165" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G165" s="5" t="s">
+        <v>1067</v>
       </c>
       <c r="H165" s="5" t="s">
-        <v>774</v>
+        <v>1074</v>
       </c>
       <c r="I165" s="5" t="s">
-        <v>775</v>
+        <v>1075</v>
       </c>
       <c r="J165" s="5" t="s">
-        <v>776</v>
+        <v>22</v>
       </c>
       <c r="K165" s="5" t="s">
-        <v>777</v>
+        <v>1076</v>
       </c>
       <c r="L165" s="6" t="s">
-        <v>778</v>
+        <v>1077</v>
       </c>
       <c r="M165" s="5" t="s">
-        <v>779</v>
+        <v>1078</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" s="5" t="s">
-        <v>780</v>
+        <v>1079</v>
       </c>
       <c r="B166" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C166" s="5" t="s">
-        <v>65</v>
+        <v>138</v>
       </c>
       <c r="D166" s="5" t="s">
-        <v>262</v>
+        <v>724</v>
       </c>
       <c r="E166" s="5" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-        <v>537</v>
+        <v>1080</v>
+      </c>
+      <c r="F166" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G166" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H166" s="5" t="s">
-        <v>781</v>
+        <v>1081</v>
       </c>
       <c r="I166" s="5" t="s">
-        <v>782</v>
+        <v>1082</v>
       </c>
       <c r="J166" s="5" t="s">
-        <v>158</v>
+        <v>728</v>
       </c>
       <c r="K166" s="5" t="s">
-        <v>783</v>
+        <v>1083</v>
       </c>
       <c r="L166" s="6" t="s">
-        <v>784</v>
+        <v>1084</v>
       </c>
       <c r="M166" s="5" t="s">
-        <v>785</v>
+        <v>1085</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" s="5" t="s">
-        <v>786</v>
+        <v>1086</v>
       </c>
       <c r="B167" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C167" s="5" t="s">
-        <v>787</v>
+        <v>72</v>
       </c>
       <c r="D167" s="5" t="s">
-        <v>163</v>
-[...7 lines deleted...]
-        </is>
+        <v>461</v>
+      </c>
+      <c r="E167" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F167" s="5" t="s">
+        <v>1087</v>
       </c>
       <c r="G167" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H167" s="5" t="s">
-        <v>788</v>
+        <v>1088</v>
       </c>
       <c r="I167" s="5" t="s">
-        <v>789</v>
+        <v>1089</v>
       </c>
       <c r="J167" s="5" t="s">
-        <v>790</v>
+        <v>1090</v>
       </c>
       <c r="K167" s="5" t="s">
-        <v>791</v>
+        <v>1091</v>
       </c>
       <c r="L167" s="6" t="s">
-        <v>792</v>
+        <v>1092</v>
       </c>
       <c r="M167" s="5" t="s">
-        <v>793</v>
+        <v>1093</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" s="5" t="s">
-        <v>794</v>
+        <v>1094</v>
       </c>
       <c r="B168" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C168" s="5" t="s">
-        <v>689</v>
+        <v>1095</v>
       </c>
       <c r="D168" s="5" t="s">
-        <v>36</v>
-[...4 lines deleted...]
-        </is>
+        <v>90</v>
+      </c>
+      <c r="E168" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F168" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G168" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G168" s="5" t="s">
+        <v>1096</v>
       </c>
       <c r="H168" s="5" t="s">
-        <v>795</v>
+        <v>1097</v>
       </c>
       <c r="I168" s="5" t="s">
-        <v>796</v>
+        <v>1098</v>
       </c>
       <c r="J168" s="5" t="s">
-        <v>797</v>
+        <v>22</v>
       </c>
       <c r="K168" s="5" t="s">
-        <v>798</v>
+        <v>1099</v>
       </c>
       <c r="L168" s="6" t="s">
-        <v>799</v>
+        <v>1100</v>
       </c>
       <c r="M168" s="5" t="s">
-        <v>800</v>
+        <v>1101</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" s="5" t="s">
-        <v>801</v>
+        <v>1102</v>
       </c>
       <c r="B169" s="5" t="s">
-        <v>211</v>
+        <v>485</v>
       </c>
       <c r="C169" s="5" t="s">
-        <v>65</v>
+        <v>16</v>
       </c>
       <c r="D169" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E169" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F169" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G169" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H169" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H169" s="5" t="s">
+        <v>1103</v>
       </c>
       <c r="I169" s="5"/>
       <c r="J169" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K169" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L169" s="6" t="s">
-        <v>802</v>
+        <v>1104</v>
       </c>
       <c r="M169" s="5"/>
     </row>
     <row r="170">
       <c r="A170" s="5" t="s">
-        <v>803</v>
+        <v>1105</v>
       </c>
       <c r="B170" s="5" t="s">
-        <v>211</v>
+        <v>14</v>
       </c>
       <c r="C170" s="5" t="s">
-        <v>804</v>
-[...4 lines deleted...]
-        </is>
+        <v>90</v>
+      </c>
+      <c r="D170" s="5" t="s">
+        <v>16</v>
       </c>
       <c r="E170" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F170" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F170" s="5" t="s">
+        <v>1106</v>
       </c>
       <c r="G170" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H170" s="5" t="s">
-        <v>805</v>
-[...5 lines deleted...]
-        </is>
+        <v>1107</v>
+      </c>
+      <c r="I170" s="5" t="s">
+        <v>1108</v>
+      </c>
+      <c r="J170" s="5" t="s">
+        <v>22</v>
       </c>
       <c r="K170" s="5" t="s">
-        <v>806</v>
+        <v>1109</v>
       </c>
       <c r="L170" s="6" t="s">
-        <v>807</v>
-[...1 lines deleted...]
-      <c r="M170" s="5"/>
+        <v>1110</v>
+      </c>
+      <c r="M170" s="5" t="s">
+        <v>1111</v>
+      </c>
     </row>
     <row r="171">
       <c r="A171" s="5" t="s">
-        <v>446</v>
+        <v>1112</v>
       </c>
       <c r="B171" s="5" t="s">
-        <v>211</v>
+        <v>14</v>
       </c>
       <c r="C171" s="5" t="s">
-        <v>65</v>
-[...4 lines deleted...]
-        </is>
+        <v>91</v>
+      </c>
+      <c r="D171" s="5" t="s">
+        <v>461</v>
       </c>
       <c r="E171" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F171" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F171" s="5" t="s">
+        <v>1113</v>
       </c>
       <c r="G171" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H171" s="5" t="inlineStr">
-[...8 lines deleted...]
-        </is>
+      <c r="H171" s="5" t="s">
+        <v>1114</v>
+      </c>
+      <c r="I171" s="5" t="s">
+        <v>1115</v>
+      </c>
+      <c r="J171" s="5" t="s">
+        <v>1116</v>
       </c>
       <c r="K171" s="5" t="s">
-        <v>808</v>
+        <v>1117</v>
       </c>
       <c r="L171" s="6" t="s">
-        <v>809</v>
-[...1 lines deleted...]
-      <c r="M171" s="5"/>
+        <v>1118</v>
+      </c>
+      <c r="M171" s="5" t="s">
+        <v>1119</v>
+      </c>
     </row>
     <row r="172">
       <c r="A172" s="5" t="s">
-        <v>810</v>
+        <v>1120</v>
       </c>
       <c r="B172" s="5" t="s">
-        <v>211</v>
+        <v>14</v>
       </c>
       <c r="C172" s="5" t="s">
-        <v>65</v>
-[...14 lines deleted...]
-        </is>
+        <v>91</v>
+      </c>
+      <c r="D172" s="5" t="s">
+        <v>461</v>
+      </c>
+      <c r="E172" s="5" t="s">
+        <v>1121</v>
+      </c>
+      <c r="F172" s="5" t="s">
+        <v>1122</v>
       </c>
       <c r="G172" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H172" s="5" t="s">
-        <v>811</v>
-[...10 lines deleted...]
-        </is>
+        <v>1123</v>
+      </c>
+      <c r="I172" s="5" t="s">
+        <v>1124</v>
+      </c>
+      <c r="J172" s="5" t="s">
+        <v>1125</v>
+      </c>
+      <c r="K172" s="5" t="s">
+        <v>1126</v>
       </c>
       <c r="L172" s="6" t="s">
-        <v>812</v>
-[...1 lines deleted...]
-      <c r="M172" s="5"/>
+        <v>1127</v>
+      </c>
+      <c r="M172" s="5" t="s">
+        <v>1128</v>
+      </c>
     </row>
     <row r="173">
       <c r="A173" s="5" t="s">
-        <v>813</v>
+        <v>1129</v>
       </c>
       <c r="B173" s="5" t="s">
-        <v>211</v>
+        <v>14</v>
       </c>
       <c r="C173" s="5" t="s">
-        <v>65</v>
-[...9 lines deleted...]
-        </is>
+        <v>1130</v>
+      </c>
+      <c r="D173" s="5" t="s">
+        <v>1131</v>
+      </c>
+      <c r="E173" s="5" t="s">
+        <v>1132</v>
       </c>
       <c r="F173" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G173" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="G173" s="5" t="s">
+        <v>1133</v>
+      </c>
+      <c r="H173" s="5" t="s">
+        <v>1134</v>
       </c>
       <c r="I173" s="5"/>
-      <c r="J173" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="J173" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="K173" s="5" t="s">
+        <v>1135</v>
       </c>
       <c r="L173" s="6" t="s">
-        <v>814</v>
-[...1 lines deleted...]
-      <c r="M173" s="5"/>
+        <v>1136</v>
+      </c>
+      <c r="M173" s="5" t="s">
+        <v>1137</v>
+      </c>
     </row>
     <row r="174">
       <c r="A174" s="5" t="s">
-        <v>815</v>
+        <v>1138</v>
       </c>
       <c r="B174" s="5" t="s">
-        <v>211</v>
+        <v>14</v>
       </c>
       <c r="C174" s="5" t="s">
-        <v>65</v>
-[...9 lines deleted...]
-        </is>
+        <v>138</v>
+      </c>
+      <c r="D174" s="5" t="s">
+        <v>1139</v>
+      </c>
+      <c r="E174" s="5" t="s">
+        <v>226</v>
       </c>
       <c r="F174" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G174" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H174" s="5" t="s">
-        <v>816</v>
+      <c r="H174" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I174" s="5"/>
-      <c r="J174" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="J174" s="5" t="s">
+        <v>1140</v>
+      </c>
+      <c r="K174" s="5" t="s">
+        <v>1141</v>
       </c>
       <c r="L174" s="6" t="s">
-        <v>817</v>
-[...1 lines deleted...]
-      <c r="M174" s="5"/>
+        <v>1142</v>
+      </c>
+      <c r="M174" s="5" t="s">
+        <v>1143</v>
+      </c>
     </row>
     <row r="175">
       <c r="A175" s="5" t="s">
-        <v>818</v>
+        <v>1144</v>
       </c>
       <c r="B175" s="5" t="s">
-        <v>211</v>
+        <v>14</v>
       </c>
       <c r="C175" s="5" t="s">
-        <v>65</v>
-[...4 lines deleted...]
-        </is>
+        <v>1139</v>
+      </c>
+      <c r="D175" s="5" t="s">
+        <v>138</v>
       </c>
       <c r="E175" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F175" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G175" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H175" s="5" t="inlineStr">
-[...13 lines deleted...]
-        </is>
+      <c r="H175" s="5" t="s">
+        <v>1145</v>
+      </c>
+      <c r="I175" s="5" t="s">
+        <v>1146</v>
+      </c>
+      <c r="J175" s="5" t="s">
+        <v>1140</v>
+      </c>
+      <c r="K175" s="5" t="s">
+        <v>1147</v>
       </c>
       <c r="L175" s="6" t="s">
-        <v>819</v>
-[...1 lines deleted...]
-      <c r="M175" s="5"/>
+        <v>1148</v>
+      </c>
+      <c r="M175" s="5" t="s">
+        <v>1149</v>
+      </c>
     </row>
     <row r="176">
       <c r="A176" s="5" t="s">
-        <v>820</v>
+        <v>1150</v>
       </c>
       <c r="B176" s="5" t="s">
-        <v>211</v>
+        <v>14</v>
       </c>
       <c r="C176" s="5" t="s">
-        <v>804</v>
-[...9 lines deleted...]
-        </is>
+        <v>1139</v>
+      </c>
+      <c r="D176" s="5" t="s">
+        <v>744</v>
+      </c>
+      <c r="E176" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="F176" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G176" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H176" s="5" t="s">
-        <v>821</v>
+        <v>1151</v>
       </c>
       <c r="I176" s="5"/>
-      <c r="J176" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="J176" s="5" t="s">
+        <v>1140</v>
       </c>
       <c r="K176" s="5" t="s">
-        <v>806</v>
+        <v>1152</v>
       </c>
       <c r="L176" s="6" t="s">
-        <v>822</v>
-[...1 lines deleted...]
-      <c r="M176" s="5"/>
+        <v>1153</v>
+      </c>
+      <c r="M176" s="5" t="s">
+        <v>1154</v>
+      </c>
     </row>
     <row r="177">
       <c r="A177" s="5" t="s">
-        <v>823</v>
+        <v>1155</v>
       </c>
       <c r="B177" s="5" t="s">
-        <v>211</v>
+        <v>14</v>
       </c>
       <c r="C177" s="5" t="s">
-        <v>65</v>
-[...4 lines deleted...]
-        </is>
+        <v>724</v>
+      </c>
+      <c r="D177" s="5" t="s">
+        <v>138</v>
       </c>
       <c r="E177" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F177" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G177" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H177" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H177" s="5" t="s">
+        <v>726</v>
       </c>
       <c r="I177" s="5"/>
-      <c r="J177" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="J177" s="5" t="s">
+        <v>733</v>
       </c>
       <c r="K177" s="5" t="s">
-        <v>824</v>
+        <v>1156</v>
       </c>
       <c r="L177" s="6" t="s">
-        <v>825</v>
-[...1 lines deleted...]
-      <c r="M177" s="5"/>
+        <v>1157</v>
+      </c>
+      <c r="M177" s="5" t="s">
+        <v>1158</v>
+      </c>
     </row>
     <row r="178">
       <c r="A178" s="5" t="s">
-        <v>826</v>
+        <v>1159</v>
       </c>
       <c r="B178" s="5" t="s">
-        <v>211</v>
+        <v>14</v>
       </c>
       <c r="C178" s="5" t="s">
-        <v>65</v>
-[...9 lines deleted...]
-        </is>
+        <v>138</v>
+      </c>
+      <c r="D178" s="5" t="s">
+        <v>744</v>
+      </c>
+      <c r="E178" s="5" t="s">
+        <v>1160</v>
       </c>
       <c r="F178" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G178" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H178" s="5" t="inlineStr">
-[...8 lines deleted...]
-        </is>
+      <c r="H178" s="5" t="s">
+        <v>1161</v>
+      </c>
+      <c r="I178" s="5" t="s">
+        <v>1162</v>
+      </c>
+      <c r="J178" s="5" t="s">
+        <v>1140</v>
       </c>
       <c r="K178" s="5" t="s">
-        <v>824</v>
+        <v>1163</v>
       </c>
       <c r="L178" s="6" t="s">
-        <v>827</v>
-[...1 lines deleted...]
-      <c r="M178" s="5"/>
+        <v>1164</v>
+      </c>
+      <c r="M178" s="5" t="s">
+        <v>1165</v>
+      </c>
     </row>
     <row r="179">
       <c r="A179" s="5" t="s">
-        <v>828</v>
+        <v>1166</v>
       </c>
       <c r="B179" s="5" t="s">
-        <v>211</v>
+        <v>14</v>
       </c>
       <c r="C179" s="5" t="s">
-        <v>65</v>
-[...9 lines deleted...]
-        </is>
+        <v>1167</v>
+      </c>
+      <c r="D179" s="5" t="s">
+        <v>744</v>
+      </c>
+      <c r="E179" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="F179" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G179" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H179" s="5" t="s">
-        <v>829</v>
+        <v>1168</v>
       </c>
       <c r="I179" s="5"/>
-      <c r="J179" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="J179" s="5" t="s">
+        <v>1140</v>
       </c>
       <c r="K179" s="5" t="s">
-        <v>830</v>
+        <v>1169</v>
       </c>
       <c r="L179" s="6" t="s">
-        <v>831</v>
-[...1 lines deleted...]
-      <c r="M179" s="5"/>
+        <v>1170</v>
+      </c>
+      <c r="M179" s="5" t="s">
+        <v>1171</v>
+      </c>
     </row>
     <row r="180">
       <c r="A180" s="5" t="s">
-        <v>832</v>
+        <v>1172</v>
       </c>
       <c r="B180" s="5" t="s">
-        <v>211</v>
+        <v>14</v>
       </c>
       <c r="C180" s="5" t="s">
-        <v>65</v>
-[...4 lines deleted...]
-        </is>
+        <v>724</v>
+      </c>
+      <c r="D180" s="5" t="s">
+        <v>138</v>
       </c>
       <c r="E180" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F180" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G180" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H180" s="5" t="inlineStr">
-[...8 lines deleted...]
-        </is>
+      <c r="H180" s="5" t="s">
+        <v>1173</v>
+      </c>
+      <c r="I180" s="5" t="s">
+        <v>1174</v>
+      </c>
+      <c r="J180" s="5" t="s">
+        <v>733</v>
       </c>
       <c r="K180" s="5" t="s">
-        <v>830</v>
+        <v>1175</v>
       </c>
       <c r="L180" s="6" t="s">
-        <v>833</v>
-[...1 lines deleted...]
-      <c r="M180" s="5"/>
+        <v>1176</v>
+      </c>
+      <c r="M180" s="5" t="s">
+        <v>1177</v>
+      </c>
     </row>
     <row r="181">
       <c r="A181" s="5" t="s">
-        <v>834</v>
+        <v>1178</v>
       </c>
       <c r="B181" s="5" t="s">
-        <v>211</v>
+        <v>14</v>
       </c>
       <c r="C181" s="5" t="s">
-        <v>47</v>
-[...9 lines deleted...]
-        </is>
+        <v>138</v>
+      </c>
+      <c r="D181" s="5" t="s">
+        <v>744</v>
+      </c>
+      <c r="E181" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F181" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G181" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H181" s="5" t="s">
-        <v>835</v>
+        <v>1179</v>
       </c>
       <c r="I181" s="5"/>
-      <c r="J181" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="J181" s="5" t="s">
+        <v>1140</v>
+      </c>
+      <c r="K181" s="5" t="s">
+        <v>1180</v>
       </c>
       <c r="L181" s="6" t="s">
-        <v>836</v>
-[...1 lines deleted...]
-      <c r="M181" s="5"/>
+        <v>1181</v>
+      </c>
+      <c r="M181" s="5" t="s">
+        <v>1182</v>
+      </c>
     </row>
     <row r="182">
       <c r="A182" s="5" t="s">
-        <v>837</v>
+        <v>1183</v>
       </c>
       <c r="B182" s="5" t="s">
-        <v>211</v>
+        <v>14</v>
       </c>
       <c r="C182" s="5" t="s">
-        <v>65</v>
-[...4 lines deleted...]
-        </is>
+        <v>16</v>
+      </c>
+      <c r="D182" s="5" t="s">
+        <v>744</v>
       </c>
       <c r="E182" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F182" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G182" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H182" s="5" t="inlineStr">
-[...8 lines deleted...]
-        </is>
+      <c r="H182" s="5" t="s">
+        <v>1184</v>
+      </c>
+      <c r="I182" s="5" t="s">
+        <v>1185</v>
+      </c>
+      <c r="J182" s="5" t="s">
+        <v>1140</v>
       </c>
       <c r="K182" s="5" t="s">
-        <v>824</v>
+        <v>1186</v>
       </c>
       <c r="L182" s="6" t="s">
-        <v>838</v>
-[...1 lines deleted...]
-      <c r="M182" s="5"/>
+        <v>1187</v>
+      </c>
+      <c r="M182" s="5" t="s">
+        <v>1188</v>
+      </c>
     </row>
     <row r="183">
       <c r="A183" s="5" t="s">
-        <v>839</v>
+        <v>1189</v>
       </c>
       <c r="B183" s="5" t="s">
-        <v>211</v>
+        <v>14</v>
       </c>
       <c r="C183" s="5" t="s">
-        <v>65</v>
-[...9 lines deleted...]
-        </is>
+        <v>16</v>
+      </c>
+      <c r="D183" s="5" t="s">
+        <v>744</v>
+      </c>
+      <c r="E183" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F183" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G183" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H183" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I183" s="5"/>
-      <c r="J183" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="J183" s="5" t="s">
+        <v>1140</v>
+      </c>
+      <c r="K183" s="5" t="s">
+        <v>1190</v>
       </c>
       <c r="L183" s="6" t="s">
-        <v>840</v>
-[...1 lines deleted...]
-      <c r="M183" s="5"/>
+        <v>1191</v>
+      </c>
+      <c r="M183" s="5" t="s">
+        <v>1192</v>
+      </c>
     </row>
     <row r="184">
       <c r="A184" s="5" t="s">
-        <v>841</v>
+        <v>1193</v>
       </c>
       <c r="B184" s="5" t="s">
-        <v>211</v>
+        <v>14</v>
       </c>
       <c r="C184" s="5" t="s">
-        <v>65</v>
-[...9 lines deleted...]
-        </is>
+        <v>16</v>
+      </c>
+      <c r="D184" s="5" t="s">
+        <v>744</v>
+      </c>
+      <c r="E184" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F184" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G184" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H184" s="5" t="s">
-        <v>842</v>
+        <v>1194</v>
       </c>
       <c r="I184" s="5"/>
-      <c r="J184" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="J184" s="5" t="s">
+        <v>1140</v>
+      </c>
+      <c r="K184" s="5" t="s">
+        <v>1195</v>
       </c>
       <c r="L184" s="6" t="s">
-        <v>843</v>
-[...1 lines deleted...]
-      <c r="M184" s="5"/>
+        <v>1196</v>
+      </c>
+      <c r="M184" s="5" t="s">
+        <v>1197</v>
+      </c>
     </row>
     <row r="185">
       <c r="A185" s="5" t="s">
-        <v>844</v>
+        <v>1198</v>
       </c>
       <c r="B185" s="5" t="s">
-        <v>211</v>
+        <v>14</v>
       </c>
       <c r="C185" s="5" t="s">
-        <v>65</v>
-[...9 lines deleted...]
-        </is>
+        <v>16</v>
+      </c>
+      <c r="D185" s="5" t="s">
+        <v>90</v>
+      </c>
+      <c r="E185" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F185" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G185" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H185" s="5" t="s">
-        <v>804</v>
-[...5 lines deleted...]
-        </is>
+        <v>1199</v>
+      </c>
+      <c r="I185" s="5" t="s">
+        <v>1200</v>
+      </c>
+      <c r="J185" s="5" t="s">
+        <v>22</v>
       </c>
       <c r="K185" s="5" t="s">
-        <v>845</v>
+        <v>1201</v>
       </c>
       <c r="L185" s="6" t="s">
-        <v>846</v>
-[...1 lines deleted...]
-      <c r="M185" s="5"/>
+        <v>1202</v>
+      </c>
+      <c r="M185" s="5" t="s">
+        <v>1203</v>
+      </c>
     </row>
     <row r="186">
       <c r="A186" s="5" t="s">
-        <v>847</v>
+        <v>1204</v>
       </c>
       <c r="B186" s="5" t="s">
-        <v>211</v>
+        <v>14</v>
       </c>
       <c r="C186" s="5" t="s">
-        <v>65</v>
-[...9 lines deleted...]
-        </is>
+        <v>16</v>
+      </c>
+      <c r="D186" s="5" t="s">
+        <v>1205</v>
+      </c>
+      <c r="E186" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="F186" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G186" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H186" s="5" t="inlineStr">
-[...8 lines deleted...]
-        </is>
+      <c r="H186" s="5" t="s">
+        <v>1206</v>
+      </c>
+      <c r="I186" s="5" t="s">
+        <v>1207</v>
+      </c>
+      <c r="J186" s="5" t="s">
+        <v>1208</v>
       </c>
       <c r="K186" s="5" t="s">
-        <v>808</v>
+        <v>1209</v>
       </c>
       <c r="L186" s="6" t="s">
-        <v>848</v>
-[...1 lines deleted...]
-      <c r="M186" s="5"/>
+        <v>1210</v>
+      </c>
+      <c r="M186" s="5" t="s">
+        <v>1211</v>
+      </c>
     </row>
     <row r="187">
       <c r="A187" s="5" t="s">
-        <v>849</v>
+        <v>1212</v>
       </c>
       <c r="B187" s="5" t="s">
-        <v>211</v>
+        <v>14</v>
       </c>
       <c r="C187" s="5" t="s">
-        <v>65</v>
-[...4 lines deleted...]
-        </is>
+        <v>461</v>
+      </c>
+      <c r="D187" s="5" t="s">
+        <v>1213</v>
       </c>
       <c r="E187" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F187" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F187" s="5" t="s">
+        <v>1214</v>
       </c>
       <c r="G187" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H187" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="I187" s="5"/>
-[...3 lines deleted...]
-        </is>
+      <c r="I187" s="5" t="s">
+        <v>1215</v>
+      </c>
+      <c r="J187" s="5" t="s">
+        <v>1216</v>
       </c>
       <c r="K187" s="5" t="s">
-        <v>850</v>
+        <v>1217</v>
       </c>
       <c r="L187" s="6" t="s">
-        <v>851</v>
-[...1 lines deleted...]
-      <c r="M187" s="5"/>
+        <v>1218</v>
+      </c>
+      <c r="M187" s="5" t="s">
+        <v>1219</v>
+      </c>
     </row>
     <row r="188">
       <c r="A188" s="5" t="s">
-        <v>852</v>
+        <v>1220</v>
       </c>
       <c r="B188" s="5" t="s">
-        <v>211</v>
+        <v>14</v>
       </c>
       <c r="C188" s="5" t="s">
-        <v>65</v>
-[...9 lines deleted...]
-        </is>
+        <v>138</v>
+      </c>
+      <c r="D188" s="5" t="s">
+        <v>655</v>
+      </c>
+      <c r="E188" s="5" t="s">
+        <v>1080</v>
       </c>
       <c r="F188" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G188" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G188" s="5" t="s">
+        <v>1221</v>
       </c>
       <c r="H188" s="5" t="s">
-        <v>853</v>
-[...10 lines deleted...]
-        </is>
+        <v>1222</v>
+      </c>
+      <c r="I188" s="5" t="s">
+        <v>1223</v>
+      </c>
+      <c r="J188" s="5" t="s">
+        <v>309</v>
+      </c>
+      <c r="K188" s="5" t="s">
+        <v>1224</v>
       </c>
       <c r="L188" s="6" t="s">
-        <v>854</v>
-[...1 lines deleted...]
-      <c r="M188" s="5"/>
+        <v>1225</v>
+      </c>
+      <c r="M188" s="5" t="s">
+        <v>1226</v>
+      </c>
     </row>
     <row r="189">
       <c r="A189" s="5" t="s">
-        <v>855</v>
+        <v>1227</v>
       </c>
       <c r="B189" s="5" t="s">
-        <v>211</v>
+        <v>14</v>
       </c>
       <c r="C189" s="5" t="s">
-        <v>65</v>
-[...9 lines deleted...]
-        </is>
+        <v>1228</v>
+      </c>
+      <c r="D189" s="5" t="s">
+        <v>744</v>
+      </c>
+      <c r="E189" s="5" t="s">
+        <v>1024</v>
       </c>
       <c r="F189" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G189" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H189" s="5" t="s">
-        <v>856</v>
+        <v>1229</v>
       </c>
       <c r="I189" s="5"/>
-      <c r="J189" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="J189" s="5" t="s">
+        <v>1230</v>
+      </c>
+      <c r="K189" s="5" t="s">
+        <v>1231</v>
       </c>
       <c r="L189" s="6" t="s">
-        <v>857</v>
-[...1 lines deleted...]
-      <c r="M189" s="5"/>
+        <v>1232</v>
+      </c>
+      <c r="M189" s="5" t="s">
+        <v>1233</v>
+      </c>
     </row>
     <row r="190">
       <c r="A190" s="5" t="s">
-        <v>858</v>
+        <v>1234</v>
       </c>
       <c r="B190" s="5" t="s">
-        <v>211</v>
+        <v>14</v>
       </c>
       <c r="C190" s="5" t="s">
-        <v>65</v>
-[...9 lines deleted...]
-        </is>
+        <v>16</v>
+      </c>
+      <c r="D190" s="5" t="s">
+        <v>90</v>
+      </c>
+      <c r="E190" s="5" t="s">
+        <v>1024</v>
       </c>
       <c r="F190" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G190" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G190" s="5" t="s">
+        <v>1235</v>
       </c>
       <c r="H190" s="5" t="s">
-        <v>859</v>
-[...10 lines deleted...]
-        </is>
+        <v>1236</v>
+      </c>
+      <c r="I190" s="5" t="s">
+        <v>1237</v>
+      </c>
+      <c r="J190" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="K190" s="5" t="s">
+        <v>1238</v>
       </c>
       <c r="L190" s="6" t="s">
-        <v>860</v>
-[...1 lines deleted...]
-      <c r="M190" s="5"/>
+        <v>1239</v>
+      </c>
+      <c r="M190" s="5" t="s">
+        <v>1240</v>
+      </c>
     </row>
     <row r="191">
       <c r="A191" s="5" t="s">
-        <v>861</v>
+        <v>1241</v>
       </c>
       <c r="B191" s="5" t="s">
-        <v>211</v>
+        <v>14</v>
       </c>
       <c r="C191" s="5" t="s">
-        <v>65</v>
-[...9 lines deleted...]
-        </is>
+        <v>138</v>
+      </c>
+      <c r="D191" s="5" t="s">
+        <v>1242</v>
+      </c>
+      <c r="E191" s="5" t="s">
+        <v>1243</v>
       </c>
       <c r="F191" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G191" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H191" s="5" t="s">
-        <v>862</v>
-[...5 lines deleted...]
-        </is>
+        <v>1244</v>
+      </c>
+      <c r="I191" s="5" t="s">
+        <v>1245</v>
+      </c>
+      <c r="J191" s="5" t="s">
+        <v>728</v>
       </c>
       <c r="K191" s="5" t="s">
-        <v>863</v>
+        <v>1246</v>
       </c>
       <c r="L191" s="6" t="s">
-        <v>864</v>
-[...1 lines deleted...]
-      <c r="M191" s="5"/>
+        <v>1247</v>
+      </c>
+      <c r="M191" s="5" t="s">
+        <v>1248</v>
+      </c>
     </row>
     <row r="192">
       <c r="A192" s="5" t="s">
-        <v>865</v>
+        <v>1249</v>
       </c>
       <c r="B192" s="5" t="s">
-        <v>211</v>
-[...14 lines deleted...]
-        </is>
+        <v>14</v>
+      </c>
+      <c r="C192" s="5" t="s">
+        <v>461</v>
+      </c>
+      <c r="D192" s="5" t="s">
+        <v>72</v>
+      </c>
+      <c r="E192" s="5" t="s">
+        <v>1250</v>
       </c>
       <c r="F192" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G192" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H192" s="5" t="s">
-        <v>804</v>
-[...5 lines deleted...]
-        </is>
+        <v>1251</v>
+      </c>
+      <c r="I192" s="5" t="s">
+        <v>1252</v>
+      </c>
+      <c r="J192" s="5" t="s">
+        <v>1253</v>
       </c>
       <c r="K192" s="5" t="s">
-        <v>845</v>
+        <v>1254</v>
       </c>
       <c r="L192" s="6" t="s">
-        <v>866</v>
-[...1 lines deleted...]
-      <c r="M192" s="5"/>
+        <v>1255</v>
+      </c>
+      <c r="M192" s="5" t="s">
+        <v>1256</v>
+      </c>
     </row>
     <row r="193">
       <c r="A193" s="5" t="s">
-        <v>867</v>
+        <v>1257</v>
       </c>
       <c r="B193" s="5" t="s">
-        <v>211</v>
+        <v>130</v>
       </c>
       <c r="C193" s="5" t="s">
-        <v>65</v>
-[...4 lines deleted...]
-        </is>
+        <v>1258</v>
+      </c>
+      <c r="D193" s="5" t="s">
+        <v>841</v>
       </c>
       <c r="E193" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F193" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G193" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H193" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="I193" s="5"/>
-[...3 lines deleted...]
-        </is>
+      <c r="I193" s="5" t="s">
+        <v>1259</v>
+      </c>
+      <c r="J193" s="5" t="s">
+        <v>1260</v>
       </c>
       <c r="K193" s="5" t="s">
-        <v>824</v>
+        <v>1261</v>
       </c>
       <c r="L193" s="6" t="s">
-        <v>868</v>
-[...1 lines deleted...]
-      <c r="M193" s="5"/>
+        <v>1262</v>
+      </c>
+      <c r="M193" s="5" t="s">
+        <v>1263</v>
+      </c>
     </row>
     <row r="194">
       <c r="A194" s="5" t="s">
-        <v>869</v>
+        <v>1264</v>
       </c>
       <c r="B194" s="5" t="s">
-        <v>211</v>
+        <v>1265</v>
       </c>
       <c r="C194" s="5" t="s">
-        <v>65</v>
+        <v>138</v>
       </c>
       <c r="D194" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="E194" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="E194" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F194" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G194" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H194" s="5" t="inlineStr">
-[...13 lines deleted...]
-        </is>
+      <c r="H194" s="5" t="s">
+        <v>1266</v>
+      </c>
+      <c r="I194" s="5" t="s">
+        <v>1267</v>
+      </c>
+      <c r="J194" s="5" t="s">
+        <v>309</v>
+      </c>
+      <c r="K194" s="5" t="s">
+        <v>1268</v>
       </c>
       <c r="L194" s="6" t="s">
-        <v>870</v>
-[...1 lines deleted...]
-      <c r="M194" s="5"/>
+        <v>1269</v>
+      </c>
+      <c r="M194" s="5" t="s">
+        <v>1270</v>
+      </c>
     </row>
     <row r="195">
       <c r="A195" s="5" t="s">
-        <v>871</v>
+        <v>1271</v>
       </c>
       <c r="B195" s="5" t="s">
-        <v>211</v>
+        <v>14</v>
       </c>
       <c r="C195" s="5" t="s">
-        <v>65</v>
-[...9 lines deleted...]
-        </is>
+        <v>138</v>
+      </c>
+      <c r="D195" s="5" t="s">
+        <v>784</v>
+      </c>
+      <c r="E195" s="5" t="s">
+        <v>226</v>
       </c>
       <c r="F195" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G195" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H195" s="5" t="inlineStr">
-[...8 lines deleted...]
-        </is>
+      <c r="H195" s="5" t="s">
+        <v>1272</v>
+      </c>
+      <c r="I195" s="5" t="s">
+        <v>1273</v>
+      </c>
+      <c r="J195" s="5" t="s">
+        <v>728</v>
       </c>
       <c r="K195" s="5" t="s">
-        <v>824</v>
+        <v>1274</v>
       </c>
       <c r="L195" s="6" t="s">
-        <v>872</v>
-[...1 lines deleted...]
-      <c r="M195" s="5"/>
+        <v>1275</v>
+      </c>
+      <c r="M195" s="5" t="s">
+        <v>1276</v>
+      </c>
     </row>
     <row r="196">
       <c r="A196" s="5" t="s">
-        <v>873</v>
+        <v>1277</v>
       </c>
       <c r="B196" s="5" t="s">
-        <v>211</v>
+        <v>14</v>
       </c>
       <c r="C196" s="5" t="s">
-        <v>65</v>
-[...4 lines deleted...]
-        </is>
+        <v>72</v>
+      </c>
+      <c r="D196" s="5" t="s">
+        <v>461</v>
       </c>
       <c r="E196" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F196" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G196" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H196" s="5" t="inlineStr">
-[...13 lines deleted...]
-        </is>
+      <c r="H196" s="5" t="s">
+        <v>1278</v>
+      </c>
+      <c r="I196" s="5" t="s">
+        <v>1279</v>
+      </c>
+      <c r="J196" s="5" t="s">
+        <v>1280</v>
+      </c>
+      <c r="K196" s="5" t="s">
+        <v>1281</v>
       </c>
       <c r="L196" s="6" t="s">
-        <v>874</v>
-[...1 lines deleted...]
-      <c r="M196" s="5"/>
+        <v>1282</v>
+      </c>
+      <c r="M196" s="5" t="s">
+        <v>1283</v>
+      </c>
     </row>
     <row r="197">
       <c r="A197" s="5" t="s">
-        <v>875</v>
+        <v>1284</v>
       </c>
       <c r="B197" s="5" t="s">
-        <v>211</v>
+        <v>14</v>
       </c>
       <c r="C197" s="5" t="s">
-        <v>65</v>
-[...4 lines deleted...]
-        </is>
+        <v>1285</v>
+      </c>
+      <c r="D197" s="5" t="s">
+        <v>841</v>
       </c>
       <c r="E197" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F197" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G197" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H197" s="5" t="s">
-        <v>119</v>
+        <v>1286</v>
       </c>
       <c r="I197" s="5"/>
-      <c r="J197" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="J197" s="5" t="s">
+        <v>1260</v>
       </c>
       <c r="K197" s="5" t="s">
-        <v>808</v>
+        <v>1287</v>
       </c>
       <c r="L197" s="6" t="s">
-        <v>876</v>
-[...1 lines deleted...]
-      <c r="M197" s="5"/>
+        <v>1288</v>
+      </c>
+      <c r="M197" s="5" t="s">
+        <v>1289</v>
+      </c>
     </row>
     <row r="198">
       <c r="A198" s="5" t="s">
-        <v>877</v>
+        <v>1290</v>
       </c>
       <c r="B198" s="5" t="s">
-        <v>211</v>
+        <v>14</v>
       </c>
       <c r="C198" s="5" t="s">
-        <v>65</v>
-[...9 lines deleted...]
-        </is>
+        <v>138</v>
+      </c>
+      <c r="D198" s="5" t="s">
+        <v>724</v>
+      </c>
+      <c r="E198" s="5" t="s">
+        <v>1291</v>
       </c>
       <c r="F198" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G198" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H198" s="5" t="inlineStr">
-[...8 lines deleted...]
-        </is>
+      <c r="H198" s="5" t="s">
+        <v>1292</v>
+      </c>
+      <c r="I198" s="5" t="s">
+        <v>1293</v>
+      </c>
+      <c r="J198" s="5" t="s">
+        <v>728</v>
       </c>
       <c r="K198" s="5" t="s">
-        <v>830</v>
+        <v>1294</v>
       </c>
       <c r="L198" s="6" t="s">
-        <v>878</v>
-[...1 lines deleted...]
-      <c r="M198" s="5"/>
+        <v>1295</v>
+      </c>
+      <c r="M198" s="5" t="s">
+        <v>1296</v>
+      </c>
     </row>
     <row r="199">
       <c r="A199" s="5" t="s">
-        <v>879</v>
+        <v>1297</v>
       </c>
       <c r="B199" s="5" t="s">
-        <v>211</v>
+        <v>14</v>
       </c>
       <c r="C199" s="5" t="s">
-        <v>65</v>
-[...9 lines deleted...]
-        </is>
+        <v>138</v>
+      </c>
+      <c r="D199" s="5" t="s">
+        <v>724</v>
+      </c>
+      <c r="E199" s="5" t="s">
+        <v>1291</v>
       </c>
       <c r="F199" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G199" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H199" s="5" t="inlineStr">
-[...8 lines deleted...]
-        </is>
+      <c r="H199" s="5" t="s">
+        <v>1298</v>
+      </c>
+      <c r="I199" s="5" t="s">
+        <v>1299</v>
+      </c>
+      <c r="J199" s="5" t="s">
+        <v>728</v>
       </c>
       <c r="K199" s="5" t="s">
-        <v>880</v>
+        <v>1300</v>
       </c>
       <c r="L199" s="6" t="s">
-        <v>881</v>
-[...1 lines deleted...]
-      <c r="M199" s="5"/>
+        <v>1301</v>
+      </c>
+      <c r="M199" s="5" t="s">
+        <v>1302</v>
+      </c>
     </row>
     <row r="200">
       <c r="A200" s="5" t="s">
-        <v>882</v>
+        <v>1303</v>
       </c>
       <c r="B200" s="5" t="s">
-        <v>211</v>
+        <v>14</v>
       </c>
       <c r="C200" s="5" t="s">
-        <v>65</v>
-[...9 lines deleted...]
-        </is>
+        <v>16</v>
+      </c>
+      <c r="D200" s="5" t="s">
+        <v>90</v>
+      </c>
+      <c r="E200" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F200" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G200" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G200" s="5" t="s">
+        <v>1304</v>
       </c>
       <c r="H200" s="5" t="s">
-        <v>184</v>
-[...5 lines deleted...]
-        </is>
+        <v>1305</v>
+      </c>
+      <c r="I200" s="5" t="s">
+        <v>1306</v>
+      </c>
+      <c r="J200" s="5" t="s">
+        <v>22</v>
       </c>
       <c r="K200" s="5" t="s">
-        <v>808</v>
+        <v>1307</v>
       </c>
       <c r="L200" s="6" t="s">
-        <v>883</v>
-[...1 lines deleted...]
-      <c r="M200" s="5"/>
+        <v>1308</v>
+      </c>
+      <c r="M200" s="5" t="s">
+        <v>1309</v>
+      </c>
     </row>
     <row r="201">
       <c r="A201" s="5" t="s">
-        <v>884</v>
+        <v>1310</v>
       </c>
       <c r="B201" s="5" t="s">
-        <v>211</v>
+        <v>14</v>
       </c>
       <c r="C201" s="5" t="s">
-        <v>65</v>
-[...9 lines deleted...]
-        </is>
+        <v>138</v>
+      </c>
+      <c r="D201" s="5" t="s">
+        <v>724</v>
+      </c>
+      <c r="E201" s="5" t="s">
+        <v>1291</v>
       </c>
       <c r="F201" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G201" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H201" s="5" t="s">
-        <v>885</v>
+        <v>1311</v>
       </c>
       <c r="I201" s="5"/>
-      <c r="J201" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="J201" s="5" t="s">
+        <v>728</v>
       </c>
       <c r="K201" s="5" t="s">
-        <v>808</v>
+        <v>1312</v>
       </c>
       <c r="L201" s="6" t="s">
-        <v>886</v>
-[...1 lines deleted...]
-      <c r="M201" s="5"/>
+        <v>1313</v>
+      </c>
+      <c r="M201" s="5" t="s">
+        <v>1314</v>
+      </c>
     </row>
     <row r="202">
       <c r="A202" s="5" t="s">
-        <v>887</v>
+        <v>1315</v>
       </c>
       <c r="B202" s="5" t="s">
-        <v>211</v>
+        <v>14</v>
       </c>
       <c r="C202" s="5" t="s">
-        <v>65</v>
-[...4 lines deleted...]
-        </is>
+        <v>461</v>
+      </c>
+      <c r="D202" s="5" t="s">
+        <v>72</v>
       </c>
       <c r="E202" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F202" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G202" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H202" s="5" t="inlineStr">
-[...8 lines deleted...]
-        </is>
+      <c r="H202" s="5" t="s">
+        <v>1316</v>
+      </c>
+      <c r="I202" s="5" t="s">
+        <v>1317</v>
+      </c>
+      <c r="J202" s="5" t="s">
+        <v>1318</v>
       </c>
       <c r="K202" s="5" t="s">
-        <v>830</v>
+        <v>1319</v>
       </c>
       <c r="L202" s="6" t="s">
-        <v>888</v>
-[...1 lines deleted...]
-      <c r="M202" s="5"/>
+        <v>1320</v>
+      </c>
+      <c r="M202" s="5" t="s">
+        <v>1321</v>
+      </c>
     </row>
     <row r="203">
       <c r="A203" s="5" t="s">
-        <v>889</v>
+        <v>1322</v>
       </c>
       <c r="B203" s="5" t="s">
-        <v>211</v>
+        <v>14</v>
       </c>
       <c r="C203" s="5" t="s">
-        <v>65</v>
-[...9 lines deleted...]
-        </is>
+        <v>138</v>
+      </c>
+      <c r="D203" s="5" t="s">
+        <v>724</v>
+      </c>
+      <c r="E203" s="5" t="s">
+        <v>1291</v>
       </c>
       <c r="F203" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G203" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H203" s="5" t="s">
-        <v>829</v>
-[...5 lines deleted...]
-        </is>
+        <v>1292</v>
+      </c>
+      <c r="I203" s="5" t="s">
+        <v>1323</v>
+      </c>
+      <c r="J203" s="5" t="s">
+        <v>728</v>
       </c>
       <c r="K203" s="5" t="s">
-        <v>830</v>
+        <v>1324</v>
       </c>
       <c r="L203" s="6" t="s">
-        <v>890</v>
-[...1 lines deleted...]
-      <c r="M203" s="5"/>
+        <v>1325</v>
+      </c>
+      <c r="M203" s="5" t="s">
+        <v>1326</v>
+      </c>
     </row>
     <row r="204">
       <c r="A204" s="5" t="s">
-        <v>891</v>
+        <v>1327</v>
       </c>
       <c r="B204" s="5" t="s">
-        <v>211</v>
+        <v>14</v>
       </c>
       <c r="C204" s="5" t="s">
-        <v>65</v>
-[...9 lines deleted...]
-        </is>
+        <v>138</v>
+      </c>
+      <c r="D204" s="5" t="s">
+        <v>724</v>
+      </c>
+      <c r="E204" s="5" t="s">
+        <v>1291</v>
       </c>
       <c r="F204" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G204" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H204" s="5" t="inlineStr">
-[...13 lines deleted...]
-        </is>
+      <c r="H204" s="5" t="s">
+        <v>1328</v>
+      </c>
+      <c r="I204" s="5" t="s">
+        <v>1329</v>
+      </c>
+      <c r="J204" s="5" t="s">
+        <v>728</v>
+      </c>
+      <c r="K204" s="5" t="s">
+        <v>1330</v>
       </c>
       <c r="L204" s="6" t="s">
-        <v>892</v>
-[...1 lines deleted...]
-      <c r="M204" s="5"/>
+        <v>1331</v>
+      </c>
+      <c r="M204" s="5" t="s">
+        <v>1332</v>
+      </c>
     </row>
     <row r="205">
       <c r="A205" s="5" t="s">
-        <v>893</v>
+        <v>1333</v>
       </c>
       <c r="B205" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C205" s="5" t="s">
-        <v>103</v>
+        <v>16</v>
       </c>
       <c r="D205" s="5" t="s">
-        <v>149</v>
-[...4 lines deleted...]
-        </is>
+        <v>90</v>
+      </c>
+      <c r="E205" s="5" t="s">
+        <v>1132</v>
       </c>
       <c r="F205" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G205" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G205" s="5" t="s">
+        <v>1334</v>
       </c>
       <c r="H205" s="5" t="s">
-        <v>894</v>
-[...1 lines deleted...]
-      <c r="I205" s="5"/>
+        <v>1335</v>
+      </c>
+      <c r="I205" s="5" t="s">
+        <v>1336</v>
+      </c>
       <c r="J205" s="5" t="s">
-        <v>244</v>
+        <v>22</v>
       </c>
       <c r="K205" s="5" t="s">
-        <v>895</v>
+        <v>1337</v>
       </c>
       <c r="L205" s="6" t="s">
-        <v>896</v>
+        <v>1338</v>
       </c>
       <c r="M205" s="5" t="s">
-        <v>897</v>
+        <v>1339</v>
       </c>
     </row>
     <row r="206">
       <c r="A206" s="5" t="s">
-        <v>898</v>
+        <v>1340</v>
       </c>
       <c r="B206" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C206" s="5" t="s">
-        <v>142</v>
+        <v>138</v>
       </c>
       <c r="D206" s="5" t="s">
-        <v>119</v>
+        <v>784</v>
       </c>
       <c r="E206" s="5" t="s">
-        <v>899</v>
-[...5 lines deleted...]
-        <v>900</v>
+        <v>1291</v>
+      </c>
+      <c r="F206" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G206" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H206" s="5" t="s">
-        <v>901</v>
+        <v>1341</v>
       </c>
       <c r="I206" s="5" t="s">
-        <v>902</v>
+        <v>1342</v>
       </c>
       <c r="J206" s="5" t="s">
-        <v>107</v>
+        <v>728</v>
       </c>
       <c r="K206" s="5" t="s">
-        <v>903</v>
+        <v>1343</v>
       </c>
       <c r="L206" s="6" t="s">
-        <v>904</v>
+        <v>1344</v>
       </c>
       <c r="M206" s="5" t="s">
-        <v>905</v>
+        <v>1345</v>
       </c>
     </row>
     <row r="207">
       <c r="A207" s="5" t="s">
-        <v>906</v>
+        <v>1346</v>
       </c>
       <c r="B207" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C207" s="5" t="s">
-        <v>907</v>
+        <v>16</v>
       </c>
       <c r="D207" s="5" t="s">
-        <v>65</v>
+        <v>90</v>
       </c>
       <c r="E207" s="5" t="s">
-        <v>908</v>
-[...2 lines deleted...]
-        <v>81</v>
+        <v>670</v>
+      </c>
+      <c r="F207" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G207" s="5" t="s">
-        <v>909</v>
+        <v>1347</v>
       </c>
       <c r="H207" s="5" t="s">
-        <v>910</v>
+        <v>1348</v>
       </c>
       <c r="I207" s="5" t="s">
-        <v>911</v>
+        <v>1349</v>
       </c>
       <c r="J207" s="5" t="s">
-        <v>68</v>
+        <v>22</v>
       </c>
       <c r="K207" s="5" t="s">
-        <v>912</v>
+        <v>1350</v>
       </c>
       <c r="L207" s="6" t="s">
-        <v>913</v>
+        <v>1351</v>
       </c>
       <c r="M207" s="5" t="s">
-        <v>914</v>
+        <v>1352</v>
       </c>
     </row>
     <row r="208">
       <c r="A208" s="5" t="s">
-        <v>915</v>
+        <v>1353</v>
       </c>
       <c r="B208" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C208" s="5" t="s">
-        <v>16</v>
+        <v>138</v>
       </c>
       <c r="D208" s="5" t="s">
-        <v>37</v>
+        <v>724</v>
       </c>
       <c r="E208" s="5" t="s">
-        <v>916</v>
-[...2 lines deleted...]
-        <v>917</v>
+        <v>1291</v>
+      </c>
+      <c r="F208" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G208" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H208" s="5" t="s">
-        <v>918</v>
+        <v>1354</v>
       </c>
       <c r="I208" s="5" t="s">
-        <v>919</v>
+        <v>1355</v>
       </c>
       <c r="J208" s="5" t="s">
-        <v>920</v>
+        <v>728</v>
       </c>
       <c r="K208" s="5" t="s">
-        <v>921</v>
+        <v>1356</v>
       </c>
       <c r="L208" s="6" t="s">
-        <v>922</v>
+        <v>1357</v>
       </c>
       <c r="M208" s="5" t="s">
-        <v>923</v>
+        <v>1358</v>
       </c>
     </row>
     <row r="209">
       <c r="A209" s="5" t="s">
-        <v>924</v>
+        <v>1359</v>
       </c>
       <c r="B209" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C209" s="5" t="s">
-        <v>907</v>
+        <v>138</v>
       </c>
       <c r="D209" s="5" t="s">
-        <v>65</v>
+        <v>724</v>
       </c>
       <c r="E209" s="5" t="s">
-        <v>81</v>
-[...5 lines deleted...]
-        <v>925</v>
+        <v>1291</v>
+      </c>
+      <c r="F209" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G209" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H209" s="5" t="s">
-        <v>926</v>
+        <v>726</v>
       </c>
       <c r="I209" s="5" t="s">
-        <v>927</v>
+        <v>1360</v>
       </c>
       <c r="J209" s="5" t="s">
-        <v>68</v>
+        <v>728</v>
       </c>
       <c r="K209" s="5" t="s">
-        <v>928</v>
+        <v>1361</v>
       </c>
       <c r="L209" s="6" t="s">
-        <v>929</v>
+        <v>1362</v>
       </c>
       <c r="M209" s="5" t="s">
-        <v>930</v>
+        <v>1363</v>
       </c>
     </row>
     <row r="210">
       <c r="A210" s="5" t="s">
-        <v>931</v>
+        <v>1364</v>
       </c>
       <c r="B210" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C210" s="5" t="s">
-        <v>37</v>
+        <v>138</v>
       </c>
       <c r="D210" s="5" t="s">
-        <v>932</v>
+        <v>724</v>
       </c>
       <c r="E210" s="5" t="s">
-        <v>135</v>
-[...2 lines deleted...]
-        <v>917</v>
+        <v>1291</v>
+      </c>
+      <c r="F210" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G210" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H210" s="5" t="s">
-        <v>933</v>
+        <v>1365</v>
       </c>
       <c r="I210" s="5" t="s">
-        <v>934</v>
+        <v>1366</v>
       </c>
       <c r="J210" s="5" t="s">
-        <v>935</v>
+        <v>728</v>
       </c>
       <c r="K210" s="5" t="s">
-        <v>936</v>
+        <v>1367</v>
       </c>
       <c r="L210" s="6" t="s">
-        <v>937</v>
+        <v>1368</v>
       </c>
       <c r="M210" s="5" t="s">
-        <v>938</v>
+        <v>1369</v>
       </c>
     </row>
     <row r="211">
       <c r="A211" s="5" t="s">
-        <v>939</v>
+        <v>1370</v>
       </c>
       <c r="B211" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C211" s="5" t="s">
-        <v>37</v>
+        <v>16</v>
       </c>
       <c r="D211" s="5" t="s">
-        <v>932</v>
+        <v>90</v>
       </c>
       <c r="E211" s="5" t="s">
-        <v>940</v>
-[...7 lines deleted...]
-        </is>
+        <v>17</v>
+      </c>
+      <c r="F211" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G211" s="5" t="s">
+        <v>1371</v>
       </c>
       <c r="H211" s="5" t="s">
-        <v>942</v>
+        <v>1372</v>
       </c>
       <c r="I211" s="5" t="s">
-        <v>943</v>
+        <v>1373</v>
       </c>
       <c r="J211" s="5" t="s">
-        <v>944</v>
+        <v>22</v>
       </c>
       <c r="K211" s="5" t="s">
-        <v>945</v>
+        <v>1374</v>
       </c>
       <c r="L211" s="6" t="s">
-        <v>946</v>
+        <v>1375</v>
       </c>
       <c r="M211" s="5" t="s">
-        <v>947</v>
+        <v>1376</v>
       </c>
     </row>
     <row r="212">
       <c r="A212" s="5" t="s">
-        <v>948</v>
+        <v>1377</v>
       </c>
       <c r="B212" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C212" s="5" t="s">
-        <v>507</v>
+        <v>91</v>
       </c>
       <c r="D212" s="5" t="s">
-        <v>25</v>
-[...9 lines deleted...]
-        </is>
+        <v>453</v>
+      </c>
+      <c r="E212" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F212" s="5" t="s">
+        <v>1378</v>
       </c>
       <c r="G212" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H212" s="5" t="s">
-        <v>627</v>
+        <v>1379</v>
       </c>
       <c r="I212" s="5" t="s">
-        <v>949</v>
+        <v>1380</v>
       </c>
       <c r="J212" s="5" t="s">
-        <v>562</v>
+        <v>1381</v>
       </c>
       <c r="K212" s="5" t="s">
-        <v>950</v>
+        <v>1382</v>
       </c>
       <c r="L212" s="6" t="s">
-        <v>951</v>
+        <v>1383</v>
       </c>
       <c r="M212" s="5" t="s">
-        <v>952</v>
+        <v>1384</v>
       </c>
     </row>
     <row r="213">
-      <c r="A213" s="5" t="n">
-        <v>1898</v>
+      <c r="A213" s="5" t="s">
+        <v>1385</v>
       </c>
       <c r="B213" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C213" s="5" t="s">
-        <v>37</v>
+        <v>16</v>
       </c>
       <c r="D213" s="5" t="s">
-        <v>953</v>
+        <v>90</v>
       </c>
       <c r="E213" s="5" t="s">
-        <v>135</v>
-[...7 lines deleted...]
-        </is>
+        <v>17</v>
+      </c>
+      <c r="F213" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G213" s="5" t="s">
+        <v>1386</v>
       </c>
       <c r="H213" s="5" t="s">
-        <v>955</v>
+        <v>1387</v>
       </c>
       <c r="I213" s="5" t="s">
-        <v>956</v>
+        <v>1388</v>
       </c>
       <c r="J213" s="5" t="s">
-        <v>957</v>
+        <v>22</v>
       </c>
       <c r="K213" s="5" t="s">
-        <v>958</v>
+        <v>1389</v>
       </c>
       <c r="L213" s="6" t="s">
-        <v>959</v>
+        <v>1390</v>
       </c>
       <c r="M213" s="5" t="s">
-        <v>960</v>
+        <v>1391</v>
       </c>
     </row>
     <row r="214">
       <c r="A214" s="5" t="s">
-        <v>961</v>
+        <v>1392</v>
       </c>
       <c r="B214" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C214" s="5" t="s">
-        <v>25</v>
+        <v>1393</v>
       </c>
       <c r="D214" s="5" t="s">
-        <v>26</v>
+        <v>91</v>
       </c>
       <c r="E214" s="5" t="s">
-        <v>450</v>
+        <v>496</v>
       </c>
       <c r="F214" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G214" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H214" s="5" t="s">
-        <v>962</v>
+        <v>1394</v>
       </c>
       <c r="I214" s="5" t="s">
-        <v>963</v>
+        <v>1395</v>
       </c>
       <c r="J214" s="5" t="s">
-        <v>30</v>
+        <v>1396</v>
       </c>
       <c r="K214" s="5" t="s">
-        <v>964</v>
+        <v>1397</v>
       </c>
       <c r="L214" s="6" t="s">
-        <v>965</v>
+        <v>1398</v>
       </c>
       <c r="M214" s="5" t="s">
-        <v>966</v>
+        <v>1399</v>
       </c>
     </row>
     <row r="215">
       <c r="A215" s="5" t="s">
-        <v>967</v>
+        <v>1400</v>
       </c>
       <c r="B215" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C215" s="5" t="s">
-        <v>149</v>
+        <v>90</v>
       </c>
       <c r="D215" s="5" t="s">
-        <v>103</v>
-[...14 lines deleted...]
-        </is>
+        <v>305</v>
+      </c>
+      <c r="E215" s="5" t="s">
+        <v>496</v>
+      </c>
+      <c r="F215" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G215" s="5" t="s">
+        <v>1401</v>
       </c>
       <c r="H215" s="5" t="s">
-        <v>894</v>
-[...1 lines deleted...]
-      <c r="I215" s="5"/>
+        <v>1402</v>
+      </c>
+      <c r="I215" s="5" t="s">
+        <v>1403</v>
+      </c>
       <c r="J215" s="5" t="s">
-        <v>244</v>
+        <v>309</v>
       </c>
       <c r="K215" s="5" t="s">
-        <v>968</v>
+        <v>1404</v>
       </c>
       <c r="L215" s="6" t="s">
-        <v>969</v>
+        <v>1405</v>
       </c>
       <c r="M215" s="5" t="s">
-        <v>970</v>
+        <v>1406</v>
       </c>
     </row>
     <row r="216">
-      <c r="A216" s="5" t="s">
-        <v>971</v>
+      <c r="A216" s="5" t="n">
+        <v>1921</v>
       </c>
       <c r="B216" s="5" t="s">
-        <v>14</v>
+        <v>485</v>
       </c>
       <c r="C216" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D216" s="5" t="s">
-        <v>65</v>
+      <c r="D216" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E216" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F216" s="5" t="s">
-[...3 lines deleted...]
-        <v>972</v>
+      <c r="F216" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G216" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H216" s="5" t="s">
-        <v>973</v>
-[...5 lines deleted...]
-        <v>68</v>
+        <v>1407</v>
+      </c>
+      <c r="I216" s="5"/>
+      <c r="J216" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K216" s="5" t="s">
-        <v>975</v>
+        <v>1408</v>
       </c>
       <c r="L216" s="6" t="s">
-        <v>976</v>
-[...3 lines deleted...]
-      </c>
+        <v>1409</v>
+      </c>
+      <c r="M216" s="5"/>
     </row>
     <row r="217">
       <c r="A217" s="5" t="s">
-        <v>978</v>
+        <v>1410</v>
       </c>
       <c r="B217" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C217" s="5" t="s">
-        <v>979</v>
+        <v>1411</v>
       </c>
       <c r="D217" s="5" t="s">
-        <v>980</v>
+        <v>1412</v>
       </c>
       <c r="E217" s="5" t="s">
-        <v>981</v>
+        <v>1413</v>
       </c>
       <c r="F217" s="5" t="s">
-        <v>982</v>
-[...4 lines deleted...]
-        </is>
+        <v>18</v>
+      </c>
+      <c r="G217" s="5" t="s">
+        <v>1414</v>
       </c>
       <c r="H217" s="5" t="s">
-        <v>983</v>
+        <v>1415</v>
       </c>
       <c r="I217" s="5" t="s">
-        <v>984</v>
+        <v>1416</v>
       </c>
       <c r="J217" s="5" t="s">
-        <v>985</v>
+        <v>309</v>
       </c>
       <c r="K217" s="5" t="s">
-        <v>986</v>
+        <v>1417</v>
       </c>
       <c r="L217" s="6" t="s">
-        <v>987</v>
+        <v>1418</v>
       </c>
       <c r="M217" s="5" t="s">
-        <v>988</v>
+        <v>1419</v>
       </c>
     </row>
     <row r="218">
       <c r="A218" s="5" t="s">
-        <v>989</v>
+        <v>1420</v>
       </c>
       <c r="B218" s="5" t="s">
-        <v>35</v>
+        <v>14</v>
       </c>
       <c r="C218" s="5" t="s">
-        <v>16</v>
+        <v>138</v>
       </c>
       <c r="D218" s="5" t="s">
-        <v>37</v>
+        <v>724</v>
       </c>
       <c r="E218" s="5" t="s">
-        <v>990</v>
-[...2 lines deleted...]
-        <v>991</v>
+        <v>1024</v>
+      </c>
+      <c r="F218" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G218" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H218" s="5" t="s">
-        <v>992</v>
+        <v>1421</v>
       </c>
       <c r="I218" s="5" t="s">
-        <v>993</v>
+        <v>1422</v>
       </c>
       <c r="J218" s="5" t="s">
-        <v>994</v>
+        <v>728</v>
       </c>
       <c r="K218" s="5" t="s">
-        <v>995</v>
+        <v>1423</v>
       </c>
       <c r="L218" s="6" t="s">
-        <v>996</v>
+        <v>1424</v>
       </c>
       <c r="M218" s="5" t="s">
-        <v>997</v>
+        <v>1425</v>
       </c>
     </row>
     <row r="219">
       <c r="A219" s="5" t="s">
-        <v>998</v>
+        <v>1426</v>
       </c>
       <c r="B219" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C219" s="5" t="s">
-        <v>37</v>
+        <v>138</v>
       </c>
       <c r="D219" s="5" t="s">
-        <v>953</v>
-[...7 lines deleted...]
-        <v>999</v>
+        <v>724</v>
+      </c>
+      <c r="E219" s="5" t="s">
+        <v>1291</v>
+      </c>
+      <c r="F219" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G219" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H219" s="5" t="s">
-        <v>1000</v>
+        <v>1427</v>
       </c>
       <c r="I219" s="5" t="s">
-        <v>1001</v>
+        <v>1428</v>
       </c>
       <c r="J219" s="5" t="s">
-        <v>1002</v>
+        <v>728</v>
       </c>
       <c r="K219" s="5" t="s">
-        <v>1003</v>
+        <v>1429</v>
       </c>
       <c r="L219" s="6" t="s">
-        <v>1004</v>
+        <v>1430</v>
       </c>
       <c r="M219" s="5" t="s">
-        <v>1005</v>
+        <v>1431</v>
       </c>
     </row>
     <row r="220">
       <c r="A220" s="5" t="s">
-        <v>1006</v>
+        <v>1432</v>
       </c>
       <c r="B220" s="5" t="s">
-        <v>35</v>
+        <v>14</v>
       </c>
       <c r="C220" s="5" t="s">
-        <v>37</v>
+        <v>138</v>
       </c>
       <c r="D220" s="5" t="s">
-        <v>953</v>
+        <v>724</v>
       </c>
       <c r="E220" s="5" t="s">
-        <v>135</v>
-[...2 lines deleted...]
-        <v>1007</v>
+        <v>1291</v>
+      </c>
+      <c r="F220" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G220" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H220" s="5" t="s">
-        <v>1008</v>
-[...1 lines deleted...]
-      <c r="I220" s="5"/>
+        <v>1433</v>
+      </c>
+      <c r="I220" s="5" t="s">
+        <v>1434</v>
+      </c>
       <c r="J220" s="5" t="s">
-        <v>1009</v>
+        <v>728</v>
       </c>
       <c r="K220" s="5" t="s">
-        <v>1010</v>
+        <v>1435</v>
       </c>
       <c r="L220" s="6" t="s">
-        <v>1011</v>
+        <v>1436</v>
       </c>
       <c r="M220" s="5" t="s">
-        <v>1012</v>
+        <v>1437</v>
       </c>
     </row>
     <row r="221">
       <c r="A221" s="5" t="s">
-        <v>1006</v>
+        <v>1438</v>
       </c>
       <c r="B221" s="5" t="s">
-        <v>35</v>
+        <v>485</v>
       </c>
       <c r="C221" s="5" t="s">
-        <v>37</v>
-[...8 lines deleted...]
-        <v>723</v>
+        <v>16</v>
+      </c>
+      <c r="D221" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E221" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F221" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G221" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H221" s="5" t="s">
-        <v>1013</v>
-[...5 lines deleted...]
-        <v>1015</v>
+        <v>1439</v>
+      </c>
+      <c r="I221" s="5"/>
+      <c r="J221" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K221" s="5" t="s">
-        <v>1016</v>
+        <v>1440</v>
       </c>
       <c r="L221" s="6" t="s">
-        <v>1017</v>
-[...3 lines deleted...]
-      </c>
+        <v>1441</v>
+      </c>
+      <c r="M221" s="5"/>
     </row>
     <row r="222">
       <c r="A222" s="5" t="s">
-        <v>1019</v>
+        <v>1442</v>
       </c>
       <c r="B222" s="5" t="s">
-        <v>14</v>
+        <v>485</v>
       </c>
       <c r="C222" s="5" t="s">
-        <v>37</v>
-[...8 lines deleted...]
-        <v>954</v>
+        <v>16</v>
+      </c>
+      <c r="D222" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E222" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F222" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G222" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H222" s="5" t="s">
-        <v>1021</v>
-[...5 lines deleted...]
-        <v>1023</v>
+        <v>1443</v>
+      </c>
+      <c r="I222" s="5"/>
+      <c r="J222" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K222" s="5" t="s">
-        <v>1024</v>
+        <v>1440</v>
       </c>
       <c r="L222" s="6" t="s">
-        <v>1025</v>
-[...3 lines deleted...]
-      </c>
+        <v>1444</v>
+      </c>
+      <c r="M222" s="5"/>
     </row>
     <row r="223">
       <c r="A223" s="5" t="s">
-        <v>1027</v>
+        <v>1445</v>
       </c>
       <c r="B223" s="5" t="s">
-        <v>14</v>
+        <v>485</v>
       </c>
       <c r="C223" s="5" t="s">
-        <v>507</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>16</v>
+      </c>
+      <c r="D223" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E223" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F223" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G223" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H223" s="5" t="s">
-        <v>568</v>
+      <c r="H223" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I223" s="5"/>
-      <c r="J223" s="5" t="s">
-        <v>562</v>
+      <c r="J223" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K223" s="5" t="s">
-        <v>1028</v>
+        <v>1440</v>
       </c>
       <c r="L223" s="6" t="s">
-        <v>1029</v>
-[...3 lines deleted...]
-      </c>
+        <v>1446</v>
+      </c>
+      <c r="M223" s="5"/>
     </row>
     <row r="224">
       <c r="A224" s="5" t="s">
-        <v>1031</v>
+        <v>1447</v>
       </c>
       <c r="B224" s="5" t="s">
-        <v>14</v>
+        <v>485</v>
       </c>
       <c r="C224" s="5" t="s">
-        <v>1032</v>
-[...8 lines deleted...]
-        <v>1035</v>
+        <v>16</v>
+      </c>
+      <c r="D224" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E224" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F224" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G224" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H224" s="5" t="s">
-[...6 lines deleted...]
-        <v>1038</v>
+      <c r="H224" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I224" s="5"/>
+      <c r="J224" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K224" s="5" t="s">
-        <v>1039</v>
+        <v>1440</v>
       </c>
       <c r="L224" s="6" t="s">
-        <v>1040</v>
-[...3 lines deleted...]
-      </c>
+        <v>1448</v>
+      </c>
+      <c r="M224" s="5"/>
     </row>
     <row r="225">
       <c r="A225" s="5" t="s">
-        <v>1042</v>
+        <v>1449</v>
       </c>
       <c r="B225" s="5" t="s">
-        <v>14</v>
+        <v>485</v>
       </c>
       <c r="C225" s="5" t="s">
-        <v>25</v>
-[...5 lines deleted...]
-        <v>580</v>
+        <v>16</v>
+      </c>
+      <c r="D225" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E225" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F225" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G225" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H225" s="5" t="s">
-        <v>1043</v>
-[...5 lines deleted...]
-        <v>30</v>
+        <v>1407</v>
+      </c>
+      <c r="I225" s="5"/>
+      <c r="J225" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K225" s="5" t="s">
-        <v>1045</v>
+        <v>1440</v>
       </c>
       <c r="L225" s="6" t="s">
-        <v>1046</v>
-[...3 lines deleted...]
-      </c>
+        <v>1450</v>
+      </c>
+      <c r="M225" s="5"/>
     </row>
     <row r="226">
       <c r="A226" s="5" t="s">
-        <v>1048</v>
+        <v>1451</v>
       </c>
       <c r="B226" s="5" t="s">
-        <v>14</v>
+        <v>485</v>
       </c>
       <c r="C226" s="5" t="s">
-        <v>37</v>
-[...8 lines deleted...]
-        <v>917</v>
+        <v>16</v>
+      </c>
+      <c r="D226" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E226" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F226" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G226" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H226" s="5" t="s">
-[...6 lines deleted...]
-        <v>1051</v>
+      <c r="H226" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I226" s="5"/>
+      <c r="J226" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K226" s="5" t="s">
-        <v>1052</v>
+        <v>1440</v>
       </c>
       <c r="L226" s="6" t="s">
-        <v>1053</v>
-[...3 lines deleted...]
-      </c>
+        <v>1452</v>
+      </c>
+      <c r="M226" s="5"/>
     </row>
     <row r="227">
       <c r="A227" s="5" t="s">
-        <v>1055</v>
+        <v>1453</v>
       </c>
       <c r="B227" s="5" t="s">
-        <v>650</v>
+        <v>485</v>
       </c>
       <c r="C227" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D227" s="5" t="s">
-        <v>37</v>
+      <c r="D227" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E227" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F227" s="5" t="s">
-        <v>917</v>
+      <c r="F227" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G227" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H227" s="5" t="s">
-        <v>1056</v>
-[...5 lines deleted...]
-        <v>1058</v>
+        <v>1407</v>
+      </c>
+      <c r="I227" s="5"/>
+      <c r="J227" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K227" s="5" t="s">
-        <v>1059</v>
+        <v>1440</v>
       </c>
       <c r="L227" s="6" t="s">
-        <v>1060</v>
-[...3 lines deleted...]
-      </c>
+        <v>1454</v>
+      </c>
+      <c r="M227" s="5"/>
     </row>
     <row r="228">
       <c r="A228" s="5" t="s">
-        <v>1062</v>
+        <v>1455</v>
       </c>
       <c r="B228" s="5" t="s">
-        <v>35</v>
+        <v>485</v>
       </c>
       <c r="C228" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D228" s="5" t="s">
-[...6 lines deleted...]
-        <v>1007</v>
+      <c r="D228" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E228" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F228" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G228" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H228" s="5" t="inlineStr">
-[...8 lines deleted...]
-        <v>1065</v>
+      <c r="H228" s="5" t="s">
+        <v>1411</v>
+      </c>
+      <c r="I228" s="5"/>
+      <c r="J228" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K228" s="5" t="s">
-        <v>1066</v>
+        <v>1440</v>
       </c>
       <c r="L228" s="6" t="s">
-        <v>1067</v>
-[...3 lines deleted...]
-      </c>
+        <v>1456</v>
+      </c>
+      <c r="M228" s="5"/>
     </row>
     <row r="229">
       <c r="A229" s="5" t="s">
-        <v>1069</v>
+        <v>1457</v>
       </c>
       <c r="B229" s="5" t="s">
-        <v>650</v>
+        <v>485</v>
       </c>
       <c r="C229" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D229" s="5" t="s">
-[...18 lines deleted...]
-        <v>1074</v>
+      <c r="D229" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E229" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F229" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G229" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H229" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I229" s="5"/>
+      <c r="J229" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K229" s="5" t="s">
-        <v>1075</v>
+        <v>1440</v>
       </c>
       <c r="L229" s="6" t="s">
-        <v>1076</v>
-[...3 lines deleted...]
-      </c>
+        <v>1458</v>
+      </c>
+      <c r="M229" s="5"/>
     </row>
     <row r="230">
       <c r="A230" s="5" t="s">
-        <v>1078</v>
+        <v>1459</v>
       </c>
       <c r="B230" s="5" t="s">
-        <v>14</v>
+        <v>485</v>
       </c>
       <c r="C230" s="5" t="s">
-        <v>65</v>
-[...1 lines deleted...]
-      <c r="D230" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="E230" s="5" t="s">
-        <v>81</v>
+      <c r="D230" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E230" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F230" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G230" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H230" s="5" t="s">
-[...6 lines deleted...]
-        <v>68</v>
+      <c r="H230" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I230" s="5"/>
+      <c r="J230" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K230" s="5" t="s">
-        <v>1081</v>
+        <v>1440</v>
       </c>
       <c r="L230" s="6" t="s">
-        <v>1082</v>
-[...3 lines deleted...]
-      </c>
+        <v>1460</v>
+      </c>
+      <c r="M230" s="5"/>
     </row>
     <row r="231">
       <c r="A231" s="5" t="s">
-        <v>1084</v>
+        <v>1461</v>
       </c>
       <c r="B231" s="5" t="s">
-        <v>14</v>
+        <v>485</v>
       </c>
       <c r="C231" s="5" t="s">
-        <v>37</v>
-[...8 lines deleted...]
-        <v>1085</v>
+        <v>16</v>
+      </c>
+      <c r="D231" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E231" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F231" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G231" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H231" s="5" t="s">
-        <v>1086</v>
-[...5 lines deleted...]
-        <v>1088</v>
+        <v>1462</v>
+      </c>
+      <c r="I231" s="5"/>
+      <c r="J231" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K231" s="5" t="s">
-        <v>1089</v>
+        <v>1440</v>
       </c>
       <c r="L231" s="6" t="s">
-        <v>1090</v>
-[...3 lines deleted...]
-      </c>
+        <v>1463</v>
+      </c>
+      <c r="M231" s="5"/>
     </row>
     <row r="232">
       <c r="A232" s="5" t="s">
-        <v>1092</v>
+        <v>1464</v>
       </c>
       <c r="B232" s="5" t="s">
-        <v>35</v>
+        <v>485</v>
       </c>
       <c r="C232" s="5" t="s">
-        <v>37</v>
-[...8 lines deleted...]
-        <v>917</v>
+        <v>16</v>
+      </c>
+      <c r="D232" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E232" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F232" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G232" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H232" s="5" t="s">
-        <v>1093</v>
-[...5 lines deleted...]
-        <v>1095</v>
+        <v>1465</v>
+      </c>
+      <c r="I232" s="5"/>
+      <c r="J232" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K232" s="5" t="s">
-        <v>1096</v>
+        <v>1440</v>
       </c>
       <c r="L232" s="6" t="s">
-        <v>1097</v>
-[...3 lines deleted...]
-      </c>
+        <v>1466</v>
+      </c>
+      <c r="M232" s="5"/>
     </row>
     <row r="233">
       <c r="A233" s="5" t="s">
-        <v>1099</v>
+        <v>1467</v>
       </c>
       <c r="B233" s="5" t="s">
-        <v>650</v>
+        <v>485</v>
       </c>
       <c r="C233" s="5" t="s">
-        <v>1100</v>
-[...2 lines deleted...]
-        <v>65</v>
+        <v>16</v>
+      </c>
+      <c r="D233" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E233" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F233" s="5" t="s">
-        <v>81</v>
+      <c r="F233" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G233" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H233" s="5" t="s">
-        <v>1101</v>
+      <c r="H233" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I233" s="5"/>
-      <c r="J233" s="5" t="s">
-        <v>107</v>
+      <c r="J233" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K233" s="5" t="s">
-        <v>1102</v>
+        <v>1440</v>
       </c>
       <c r="L233" s="6" t="s">
-        <v>1103</v>
-[...3 lines deleted...]
-      </c>
+        <v>1468</v>
+      </c>
+      <c r="M233" s="5"/>
     </row>
     <row r="234">
       <c r="A234" s="5" t="s">
-        <v>1105</v>
+        <v>1469</v>
       </c>
       <c r="B234" s="5" t="s">
-        <v>14</v>
+        <v>485</v>
       </c>
       <c r="C234" s="5" t="s">
-        <v>507</v>
-[...2 lines deleted...]
-        <v>567</v>
+        <v>16</v>
+      </c>
+      <c r="D234" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E234" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F234" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G234" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H234" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H234" s="5" t="s">
+        <v>1465</v>
       </c>
       <c r="I234" s="5"/>
-      <c r="J234" s="5" t="s">
-        <v>562</v>
+      <c r="J234" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K234" s="5" t="s">
-        <v>1106</v>
+        <v>1440</v>
       </c>
       <c r="L234" s="6" t="s">
-        <v>1107</v>
-[...3 lines deleted...]
-      </c>
+        <v>1470</v>
+      </c>
+      <c r="M234" s="5"/>
     </row>
     <row r="235">
       <c r="A235" s="5" t="s">
-        <v>1109</v>
+        <v>1471</v>
       </c>
       <c r="B235" s="5" t="s">
-        <v>14</v>
+        <v>485</v>
       </c>
       <c r="C235" s="5" t="s">
-        <v>65</v>
-[...5 lines deleted...]
-        <v>81</v>
+        <v>16</v>
+      </c>
+      <c r="D235" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E235" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F235" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G235" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H235" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H235" s="5" t="s">
+        <v>1411</v>
       </c>
       <c r="I235" s="5"/>
-      <c r="J235" s="5" t="s">
-        <v>1110</v>
+      <c r="J235" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K235" s="5" t="s">
-        <v>1111</v>
+        <v>1440</v>
       </c>
       <c r="L235" s="6" t="s">
-        <v>1112</v>
-[...3 lines deleted...]
-      </c>
+        <v>1472</v>
+      </c>
+      <c r="M235" s="5"/>
     </row>
     <row r="236">
       <c r="A236" s="5" t="s">
-        <v>1114</v>
+        <v>1473</v>
       </c>
       <c r="B236" s="5" t="s">
-        <v>14</v>
+        <v>485</v>
       </c>
       <c r="C236" s="5" t="s">
-        <v>15</v>
-[...8 lines deleted...]
-        <v>709</v>
+        <v>16</v>
+      </c>
+      <c r="D236" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E236" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F236" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G236" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H236" s="5" t="s">
-        <v>1115</v>
-[...5 lines deleted...]
-        <v>1117</v>
+        <v>1474</v>
+      </c>
+      <c r="I236" s="5"/>
+      <c r="J236" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K236" s="5" t="s">
-        <v>1118</v>
+        <v>1440</v>
       </c>
       <c r="L236" s="6" t="s">
-        <v>1119</v>
-[...3 lines deleted...]
-      </c>
+        <v>1475</v>
+      </c>
+      <c r="M236" s="5"/>
     </row>
     <row r="237">
       <c r="A237" s="5" t="s">
-        <v>1121</v>
+        <v>1476</v>
       </c>
       <c r="B237" s="5" t="s">
-        <v>14</v>
+        <v>485</v>
       </c>
       <c r="C237" s="5" t="s">
-        <v>149</v>
-[...2 lines deleted...]
-        <v>478</v>
+        <v>16</v>
+      </c>
+      <c r="D237" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E237" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F237" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G237" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H237" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H237" s="5" t="s">
+        <v>1477</v>
       </c>
       <c r="I237" s="5"/>
-      <c r="J237" s="5" t="s">
-        <v>244</v>
+      <c r="J237" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K237" s="5" t="s">
-        <v>1122</v>
+        <v>1440</v>
       </c>
       <c r="L237" s="6" t="s">
-        <v>1123</v>
-[...3 lines deleted...]
-      </c>
+        <v>1478</v>
+      </c>
+      <c r="M237" s="5"/>
     </row>
     <row r="238">
       <c r="A238" s="5" t="s">
-        <v>1125</v>
+        <v>1479</v>
       </c>
       <c r="B238" s="5" t="s">
-        <v>14</v>
+        <v>485</v>
       </c>
       <c r="C238" s="5" t="s">
-        <v>149</v>
-[...2 lines deleted...]
-        <v>104</v>
+        <v>16</v>
+      </c>
+      <c r="D238" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E238" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F238" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G238" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H238" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I238" s="5"/>
-      <c r="J238" s="5" t="s">
-        <v>244</v>
+      <c r="J238" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K238" s="5" t="s">
-        <v>1126</v>
+        <v>1440</v>
       </c>
       <c r="L238" s="6" t="s">
-        <v>1127</v>
-[...3 lines deleted...]
-      </c>
+        <v>1480</v>
+      </c>
+      <c r="M238" s="5"/>
     </row>
     <row r="239">
       <c r="A239" s="5" t="s">
-        <v>1129</v>
+        <v>1481</v>
       </c>
       <c r="B239" s="5" t="s">
-        <v>14</v>
+        <v>485</v>
       </c>
       <c r="C239" s="5" t="s">
-        <v>25</v>
-[...5 lines deleted...]
-        <v>593</v>
+        <v>16</v>
+      </c>
+      <c r="D239" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E239" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F239" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G239" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H239" s="5" t="s">
-[...6 lines deleted...]
-        <v>30</v>
+      <c r="H239" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I239" s="5"/>
+      <c r="J239" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K239" s="5" t="s">
-        <v>1131</v>
+        <v>1440</v>
       </c>
       <c r="L239" s="6" t="s">
-        <v>1132</v>
-[...3 lines deleted...]
-      </c>
+        <v>1482</v>
+      </c>
+      <c r="M239" s="5"/>
     </row>
     <row r="240">
       <c r="A240" s="5" t="s">
-        <v>1134</v>
+        <v>1483</v>
       </c>
       <c r="B240" s="5" t="s">
-        <v>14</v>
+        <v>485</v>
       </c>
       <c r="C240" s="5" t="s">
-        <v>37</v>
-[...2 lines deleted...]
-        <v>47</v>
+        <v>16</v>
+      </c>
+      <c r="D240" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E240" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F240" s="5" t="s">
-        <v>1135</v>
+      <c r="F240" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G240" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H240" s="5" t="s">
-[...6 lines deleted...]
-        <v>1138</v>
+      <c r="H240" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I240" s="5"/>
+      <c r="J240" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K240" s="5" t="s">
-        <v>1139</v>
+        <v>1440</v>
       </c>
       <c r="L240" s="6" t="s">
-        <v>1140</v>
-[...3 lines deleted...]
-      </c>
+        <v>1484</v>
+      </c>
+      <c r="M240" s="5"/>
     </row>
     <row r="241">
       <c r="A241" s="5" t="s">
-        <v>1142</v>
+        <v>1485</v>
       </c>
       <c r="B241" s="5" t="s">
-        <v>14</v>
+        <v>485</v>
       </c>
       <c r="C241" s="5" t="s">
-        <v>103</v>
-[...5 lines deleted...]
-        <v>580</v>
+        <v>16</v>
+      </c>
+      <c r="D241" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E241" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F241" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G241" s="5" t="s">
-[...9 lines deleted...]
-        <v>107</v>
+      <c r="G241" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H241" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I241" s="5"/>
+      <c r="J241" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K241" s="5" t="s">
-        <v>1146</v>
+        <v>1440</v>
       </c>
       <c r="L241" s="6" t="s">
-        <v>1147</v>
-[...3 lines deleted...]
-      </c>
+        <v>1486</v>
+      </c>
+      <c r="M241" s="5"/>
     </row>
     <row r="242">
       <c r="A242" s="5" t="s">
-        <v>1149</v>
+        <v>1487</v>
       </c>
       <c r="B242" s="5" t="s">
-        <v>14</v>
+        <v>485</v>
       </c>
       <c r="C242" s="5" t="s">
-        <v>1150</v>
-[...2 lines deleted...]
-        <v>1151</v>
+        <v>16</v>
+      </c>
+      <c r="D242" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E242" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F242" s="5" t="s">
-        <v>500</v>
+      <c r="F242" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G242" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H242" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I242" s="5"/>
-      <c r="J242" s="5" t="s">
-        <v>151</v>
+      <c r="J242" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K242" s="5" t="s">
-        <v>1152</v>
+        <v>1440</v>
       </c>
       <c r="L242" s="6" t="s">
-        <v>1153</v>
-[...3 lines deleted...]
-      </c>
+        <v>1488</v>
+      </c>
+      <c r="M242" s="5"/>
     </row>
     <row r="243">
-      <c r="A243" s="5" t="n">
-        <v>1892</v>
+      <c r="A243" s="5" t="s">
+        <v>1489</v>
       </c>
       <c r="B243" s="5" t="s">
-        <v>14</v>
+        <v>485</v>
       </c>
       <c r="C243" s="5" t="s">
-        <v>103</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>16</v>
+      </c>
+      <c r="D243" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E243" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F243" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G243" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H243" s="5" t="s">
-        <v>1155</v>
+        <v>1411</v>
       </c>
       <c r="I243" s="5"/>
-      <c r="J243" s="5" t="s">
-        <v>1156</v>
+      <c r="J243" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K243" s="5" t="s">
-        <v>1157</v>
+        <v>1440</v>
       </c>
       <c r="L243" s="6" t="s">
-        <v>1158</v>
-[...3 lines deleted...]
-      </c>
+        <v>1490</v>
+      </c>
+      <c r="M243" s="5"/>
     </row>
     <row r="244">
       <c r="A244" s="5" t="s">
-        <v>1160</v>
+        <v>1491</v>
       </c>
       <c r="B244" s="5" t="s">
-        <v>14</v>
+        <v>485</v>
       </c>
       <c r="C244" s="5" t="s">
-        <v>65</v>
-[...1 lines deleted...]
-      <c r="D244" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="E244" s="5" t="s">
-        <v>81</v>
+      <c r="D244" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E244" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F244" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G244" s="5" t="s">
-        <v>1161</v>
+      <c r="G244" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H244" s="5" t="s">
-        <v>1162</v>
-[...5 lines deleted...]
-        <v>68</v>
+        <v>1465</v>
+      </c>
+      <c r="I244" s="5"/>
+      <c r="J244" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K244" s="5" t="s">
-        <v>1164</v>
+        <v>1440</v>
       </c>
       <c r="L244" s="6" t="s">
-        <v>1165</v>
-[...3 lines deleted...]
-      </c>
+        <v>1492</v>
+      </c>
+      <c r="M244" s="5"/>
     </row>
     <row r="245">
       <c r="A245" s="5" t="s">
-        <v>1167</v>
+        <v>1493</v>
       </c>
       <c r="B245" s="5" t="s">
-        <v>14</v>
+        <v>485</v>
       </c>
       <c r="C245" s="5" t="s">
-        <v>65</v>
-[...1 lines deleted...]
-      <c r="D245" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="E245" s="5" t="s">
-        <v>135</v>
+      <c r="D245" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E245" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F245" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G245" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H245" s="5" t="s">
-[...6 lines deleted...]
-        <v>68</v>
+      <c r="H245" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I245" s="5"/>
+      <c r="J245" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K245" s="5" t="s">
-        <v>1170</v>
+        <v>1440</v>
       </c>
       <c r="L245" s="6" t="s">
-        <v>1171</v>
-[...3 lines deleted...]
-      </c>
+        <v>1494</v>
+      </c>
+      <c r="M245" s="5"/>
     </row>
     <row r="246">
       <c r="A246" s="5" t="s">
-        <v>1173</v>
+        <v>1495</v>
       </c>
       <c r="B246" s="5" t="s">
-        <v>14</v>
+        <v>485</v>
       </c>
       <c r="C246" s="5" t="s">
-        <v>149</v>
-[...2 lines deleted...]
-        <v>1174</v>
+        <v>16</v>
+      </c>
+      <c r="D246" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E246" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F246" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G246" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H246" s="5" t="s">
-        <v>1151</v>
+      <c r="H246" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I246" s="5"/>
-      <c r="J246" s="5" t="s">
-        <v>244</v>
+      <c r="J246" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K246" s="5" t="s">
-        <v>1175</v>
+        <v>1440</v>
       </c>
       <c r="L246" s="6" t="s">
-        <v>1176</v>
-[...3 lines deleted...]
-      </c>
+        <v>1496</v>
+      </c>
+      <c r="M246" s="5"/>
     </row>
     <row r="247">
       <c r="A247" s="5" t="s">
-        <v>1178</v>
+        <v>1497</v>
       </c>
       <c r="B247" s="5" t="s">
-        <v>14</v>
+        <v>485</v>
       </c>
       <c r="C247" s="5" t="s">
-        <v>507</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>16</v>
+      </c>
+      <c r="D247" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E247" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F247" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G247" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H247" s="5" t="s">
-        <v>568</v>
+        <v>1465</v>
       </c>
       <c r="I247" s="5"/>
-      <c r="J247" s="5" t="s">
-        <v>562</v>
+      <c r="J247" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K247" s="5" t="s">
-        <v>1179</v>
+        <v>1440</v>
       </c>
       <c r="L247" s="6" t="s">
-        <v>1180</v>
-[...3 lines deleted...]
-      </c>
+        <v>1498</v>
+      </c>
+      <c r="M247" s="5"/>
     </row>
     <row r="248">
       <c r="A248" s="5" t="s">
-        <v>1182</v>
+        <v>1499</v>
       </c>
       <c r="B248" s="5" t="s">
-        <v>14</v>
+        <v>485</v>
       </c>
       <c r="C248" s="5" t="s">
-        <v>1183</v>
-[...5 lines deleted...]
-        <v>1185</v>
+        <v>16</v>
+      </c>
+      <c r="D248" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E248" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F248" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G248" s="5" t="s">
-        <v>1186</v>
+      <c r="G248" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H248" s="5" t="s">
-        <v>816</v>
+        <v>1462</v>
       </c>
       <c r="I248" s="5"/>
-      <c r="J248" s="5" t="s">
-        <v>68</v>
+      <c r="J248" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K248" s="5" t="s">
-        <v>1187</v>
+        <v>1440</v>
       </c>
       <c r="L248" s="6" t="s">
-        <v>1188</v>
-[...3 lines deleted...]
-      </c>
+        <v>1500</v>
+      </c>
+      <c r="M248" s="5"/>
     </row>
     <row r="249">
       <c r="A249" s="5" t="s">
-        <v>1190</v>
+        <v>1501</v>
       </c>
       <c r="B249" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C249" s="5" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="D249" s="5" t="s">
-        <v>149</v>
+        <v>90</v>
       </c>
       <c r="E249" s="5" t="s">
-        <v>1191</v>
+        <v>1502</v>
       </c>
       <c r="F249" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G249" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G249" s="5" t="s">
+        <v>1503</v>
       </c>
       <c r="H249" s="5" t="s">
-        <v>1192</v>
+        <v>1504</v>
       </c>
       <c r="I249" s="5" t="s">
-        <v>1193</v>
+        <v>1505</v>
       </c>
       <c r="J249" s="5" t="s">
-        <v>1110</v>
+        <v>22</v>
       </c>
       <c r="K249" s="5" t="s">
-        <v>1194</v>
+        <v>1506</v>
       </c>
       <c r="L249" s="6" t="s">
-        <v>1195</v>
+        <v>1507</v>
       </c>
       <c r="M249" s="5" t="s">
-        <v>1196</v>
+        <v>1508</v>
       </c>
     </row>
     <row r="250">
       <c r="A250" s="5" t="s">
-        <v>1197</v>
+        <v>1509</v>
       </c>
       <c r="B250" s="5" t="s">
-        <v>14</v>
+        <v>485</v>
       </c>
       <c r="C250" s="5" t="s">
-        <v>25</v>
-[...5 lines deleted...]
-        <v>81</v>
+        <v>16</v>
+      </c>
+      <c r="D250" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E250" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F250" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G250" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H250" s="5" t="s">
-        <v>1198</v>
+      <c r="H250" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I250" s="5"/>
-      <c r="J250" s="5" t="s">
-        <v>1110</v>
+      <c r="J250" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K250" s="5" t="s">
-        <v>1199</v>
+        <v>1440</v>
       </c>
       <c r="L250" s="6" t="s">
-        <v>1200</v>
-[...3 lines deleted...]
-      </c>
+        <v>1510</v>
+      </c>
+      <c r="M250" s="5"/>
     </row>
     <row r="251">
       <c r="A251" s="5" t="s">
-        <v>1202</v>
+        <v>1511</v>
       </c>
       <c r="B251" s="5" t="s">
-        <v>14</v>
+        <v>485</v>
       </c>
       <c r="C251" s="5" t="s">
-        <v>65</v>
-[...2 lines deleted...]
-        <v>149</v>
+        <v>16</v>
+      </c>
+      <c r="D251" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E251" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F251" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G251" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H251" s="5" t="s">
-        <v>1203</v>
-[...5 lines deleted...]
-        <v>1110</v>
+        <v>1462</v>
+      </c>
+      <c r="I251" s="5"/>
+      <c r="J251" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K251" s="5" t="s">
-        <v>1205</v>
+        <v>1440</v>
       </c>
       <c r="L251" s="6" t="s">
-        <v>1206</v>
-[...3 lines deleted...]
-      </c>
+        <v>1512</v>
+      </c>
+      <c r="M251" s="5"/>
     </row>
     <row r="252">
       <c r="A252" s="5" t="s">
-        <v>1208</v>
+        <v>1513</v>
       </c>
       <c r="B252" s="5" t="s">
-        <v>14</v>
+        <v>485</v>
       </c>
       <c r="C252" s="5" t="s">
-        <v>65</v>
-[...5 lines deleted...]
-        <v>81</v>
+        <v>16</v>
+      </c>
+      <c r="D252" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E252" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F252" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G252" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H252" s="5" t="s">
-        <v>1209</v>
+      <c r="H252" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I252" s="5"/>
-      <c r="J252" s="5" t="s">
-        <v>1110</v>
+      <c r="J252" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K252" s="5" t="s">
-        <v>1210</v>
+        <v>1440</v>
       </c>
       <c r="L252" s="6" t="s">
-        <v>1211</v>
-[...3 lines deleted...]
-      </c>
+        <v>1514</v>
+      </c>
+      <c r="M252" s="5"/>
     </row>
     <row r="253">
       <c r="A253" s="5" t="s">
-        <v>1213</v>
+        <v>1515</v>
       </c>
       <c r="B253" s="5" t="s">
-        <v>14</v>
+        <v>485</v>
       </c>
       <c r="C253" s="5" t="s">
-        <v>25</v>
-[...5 lines deleted...]
-        <v>450</v>
+        <v>16</v>
+      </c>
+      <c r="D253" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E253" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F253" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G253" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H253" s="5" t="s">
-[...6 lines deleted...]
-        <v>30</v>
+      <c r="H253" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I253" s="5"/>
+      <c r="J253" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K253" s="5" t="s">
-        <v>1216</v>
+        <v>1440</v>
       </c>
       <c r="L253" s="6" t="s">
-        <v>1217</v>
-[...3 lines deleted...]
-      </c>
+        <v>1516</v>
+      </c>
+      <c r="M253" s="5"/>
     </row>
     <row r="254">
       <c r="A254" s="5" t="s">
-        <v>1219</v>
+        <v>1517</v>
       </c>
       <c r="B254" s="5" t="s">
-        <v>14</v>
+        <v>485</v>
       </c>
       <c r="C254" s="5" t="s">
-        <v>134</v>
-[...5 lines deleted...]
-        <v>1220</v>
+        <v>16</v>
+      </c>
+      <c r="D254" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E254" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F254" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G254" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H254" s="5" t="s">
-        <v>1221</v>
+      <c r="H254" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I254" s="5"/>
-      <c r="J254" s="5" t="s">
-        <v>122</v>
+      <c r="J254" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K254" s="5" t="s">
-        <v>1222</v>
+        <v>1440</v>
       </c>
       <c r="L254" s="6" t="s">
-        <v>1223</v>
-[...3 lines deleted...]
-      </c>
+        <v>1518</v>
+      </c>
+      <c r="M254" s="5"/>
     </row>
     <row r="255">
       <c r="A255" s="5" t="s">
-        <v>1225</v>
+        <v>1519</v>
       </c>
       <c r="B255" s="5" t="s">
-        <v>14</v>
+        <v>485</v>
       </c>
       <c r="C255" s="5" t="s">
-        <v>142</v>
-[...2 lines deleted...]
-        <v>119</v>
+        <v>16</v>
+      </c>
+      <c r="D255" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E255" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F255" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G255" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H255" s="5" t="s">
-        <v>1226</v>
+        <v>1411</v>
       </c>
       <c r="I255" s="5"/>
-      <c r="J255" s="5" t="s">
-        <v>158</v>
+      <c r="J255" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K255" s="5" t="s">
-        <v>1227</v>
+        <v>1440</v>
       </c>
       <c r="L255" s="6" t="s">
-        <v>1228</v>
-[...3 lines deleted...]
-      </c>
+        <v>1520</v>
+      </c>
+      <c r="M255" s="5"/>
     </row>
     <row r="256">
       <c r="A256" s="5" t="s">
-        <v>1230</v>
+        <v>1521</v>
       </c>
       <c r="B256" s="5" t="s">
-        <v>14</v>
+        <v>485</v>
       </c>
       <c r="C256" s="5" t="s">
-        <v>65</v>
-[...5 lines deleted...]
-        <v>81</v>
+        <v>16</v>
+      </c>
+      <c r="D256" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E256" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F256" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G256" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H256" s="5" t="s">
-        <v>1231</v>
+        <v>1522</v>
       </c>
       <c r="I256" s="5"/>
-      <c r="J256" s="5" t="s">
-        <v>122</v>
+      <c r="J256" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K256" s="5" t="s">
-        <v>1232</v>
+        <v>1440</v>
       </c>
       <c r="L256" s="6" t="s">
-        <v>1233</v>
-[...3 lines deleted...]
-      </c>
+        <v>1523</v>
+      </c>
+      <c r="M256" s="5"/>
     </row>
     <row r="257">
       <c r="A257" s="5" t="s">
-        <v>1230</v>
+        <v>1524</v>
       </c>
       <c r="B257" s="5" t="s">
-        <v>14</v>
+        <v>485</v>
       </c>
       <c r="C257" s="5" t="s">
-        <v>65</v>
-[...8 lines deleted...]
-        <v>537</v>
+        <v>16</v>
+      </c>
+      <c r="D257" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E257" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F257" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G257" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H257" s="5" t="s">
-        <v>1235</v>
-[...5 lines deleted...]
-        <v>158</v>
+        <v>1525</v>
+      </c>
+      <c r="I257" s="5"/>
+      <c r="J257" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K257" s="5" t="s">
-        <v>1237</v>
+        <v>1440</v>
       </c>
       <c r="L257" s="6" t="s">
-        <v>1238</v>
-[...3 lines deleted...]
-      </c>
+        <v>1526</v>
+      </c>
+      <c r="M257" s="5"/>
     </row>
     <row r="258">
       <c r="A258" s="5" t="s">
-        <v>1240</v>
+        <v>1527</v>
       </c>
       <c r="B258" s="5" t="s">
-        <v>14</v>
+        <v>485</v>
       </c>
       <c r="C258" s="5" t="s">
-        <v>65</v>
-[...8 lines deleted...]
-        <v>263</v>
+        <v>16</v>
+      </c>
+      <c r="D258" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E258" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F258" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G258" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H258" s="5" t="s">
-        <v>1241</v>
+        <v>1465</v>
       </c>
       <c r="I258" s="5"/>
-      <c r="J258" s="5" t="s">
-        <v>158</v>
+      <c r="J258" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K258" s="5" t="s">
-        <v>1242</v>
+        <v>1440</v>
       </c>
       <c r="L258" s="6" t="s">
-        <v>1243</v>
-[...3 lines deleted...]
-      </c>
+        <v>1528</v>
+      </c>
+      <c r="M258" s="5"/>
     </row>
     <row r="259">
       <c r="A259" s="5" t="s">
-        <v>1245</v>
+        <v>1529</v>
       </c>
       <c r="B259" s="5" t="s">
-        <v>14</v>
+        <v>485</v>
       </c>
       <c r="C259" s="5" t="s">
-        <v>907</v>
-[...5 lines deleted...]
-        <v>81</v>
+        <v>16</v>
+      </c>
+      <c r="D259" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E259" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F259" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G259" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H259" s="5" t="s">
-        <v>1246</v>
-[...5 lines deleted...]
-        <v>68</v>
+        <v>1530</v>
+      </c>
+      <c r="I259" s="5"/>
+      <c r="J259" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K259" s="5" t="s">
-        <v>1248</v>
+        <v>1440</v>
       </c>
       <c r="L259" s="6" t="s">
-        <v>1249</v>
-[...3 lines deleted...]
-      </c>
+        <v>1531</v>
+      </c>
+      <c r="M259" s="5"/>
     </row>
     <row r="260">
       <c r="A260" s="5" t="s">
-        <v>1251</v>
+        <v>1532</v>
       </c>
       <c r="B260" s="5" t="s">
-        <v>14</v>
+        <v>485</v>
       </c>
       <c r="C260" s="5" t="s">
-        <v>65</v>
-[...1 lines deleted...]
-      <c r="D260" s="5" t="s">
         <v>16</v>
       </c>
+      <c r="D260" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
       <c r="E260" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F260" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G260" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H260" s="5" t="s">
-        <v>1252</v>
+        <v>1533</v>
       </c>
       <c r="I260" s="5"/>
-      <c r="J260" s="5" t="s">
-        <v>68</v>
+      <c r="J260" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K260" s="5" t="s">
-        <v>1253</v>
+        <v>1440</v>
       </c>
       <c r="L260" s="6" t="s">
-        <v>1254</v>
-[...3 lines deleted...]
-      </c>
+        <v>1534</v>
+      </c>
+      <c r="M260" s="5"/>
     </row>
     <row r="261">
       <c r="A261" s="5" t="s">
-        <v>1256</v>
+        <v>1535</v>
       </c>
       <c r="B261" s="5" t="s">
-        <v>14</v>
-[...7 lines deleted...]
-        <v>149</v>
+        <v>485</v>
+      </c>
+      <c r="C261" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D261" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E261" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F261" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G261" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H261" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H261" s="5" t="s">
+        <v>1462</v>
       </c>
       <c r="I261" s="5"/>
-      <c r="J261" s="5" t="s">
-        <v>244</v>
+      <c r="J261" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K261" s="5" t="s">
-        <v>1257</v>
+        <v>1440</v>
       </c>
       <c r="L261" s="6" t="s">
-        <v>1258</v>
-[...3 lines deleted...]
-      </c>
+        <v>1536</v>
+      </c>
+      <c r="M261" s="5"/>
     </row>
     <row r="262">
       <c r="A262" s="5" t="s">
-        <v>1125</v>
+        <v>1537</v>
       </c>
       <c r="B262" s="5" t="s">
-        <v>14</v>
+        <v>485</v>
       </c>
       <c r="C262" s="5" t="s">
-        <v>1260</v>
-[...2 lines deleted...]
-        <v>149</v>
+        <v>16</v>
+      </c>
+      <c r="D262" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E262" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F262" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G262" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H262" s="5" t="s">
-[...6 lines deleted...]
-        <v>1262</v>
+      <c r="H262" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I262" s="5"/>
+      <c r="J262" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K262" s="5" t="s">
-        <v>1263</v>
+        <v>1440</v>
       </c>
       <c r="L262" s="6" t="s">
-        <v>1264</v>
-[...3 lines deleted...]
-      </c>
+        <v>1538</v>
+      </c>
+      <c r="M262" s="5"/>
     </row>
     <row r="263">
       <c r="A263" s="5" t="s">
-        <v>1266</v>
+        <v>1539</v>
       </c>
       <c r="B263" s="5" t="s">
-        <v>14</v>
+        <v>485</v>
       </c>
       <c r="C263" s="5" t="s">
-        <v>507</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>16</v>
+      </c>
+      <c r="D263" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E263" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F263" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G263" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H263" s="5" t="s">
-        <v>1267</v>
+        <v>1540</v>
       </c>
       <c r="I263" s="5"/>
-      <c r="J263" s="5" t="s">
-        <v>562</v>
+      <c r="J263" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K263" s="5" t="s">
-        <v>1268</v>
+        <v>1440</v>
       </c>
       <c r="L263" s="6" t="s">
-        <v>1269</v>
-[...3 lines deleted...]
-      </c>
+        <v>1541</v>
+      </c>
+      <c r="M263" s="5"/>
     </row>
     <row r="264">
       <c r="A264" s="5" t="s">
-        <v>1271</v>
+        <v>1542</v>
       </c>
       <c r="B264" s="5" t="s">
-        <v>14</v>
+        <v>485</v>
       </c>
       <c r="C264" s="5" t="s">
-        <v>25</v>
-[...5 lines deleted...]
-        <v>580</v>
+        <v>16</v>
+      </c>
+      <c r="D264" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E264" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F264" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G264" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H264" s="5" t="s">
-        <v>1272</v>
-[...5 lines deleted...]
-        <v>68</v>
+        <v>1543</v>
+      </c>
+      <c r="I264" s="5"/>
+      <c r="J264" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K264" s="5" t="s">
-        <v>1274</v>
+        <v>1440</v>
       </c>
       <c r="L264" s="6" t="s">
-        <v>1275</v>
-[...3 lines deleted...]
-      </c>
+        <v>1544</v>
+      </c>
+      <c r="M264" s="5"/>
     </row>
     <row r="265">
       <c r="A265" s="5" t="s">
-        <v>1277</v>
+        <v>1545</v>
       </c>
       <c r="B265" s="5" t="s">
-        <v>14</v>
+        <v>485</v>
       </c>
       <c r="C265" s="5" t="s">
-        <v>149</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>16</v>
+      </c>
+      <c r="D265" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E265" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F265" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G265" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H265" s="5" t="s">
-[...6 lines deleted...]
-        <v>575</v>
+      <c r="H265" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I265" s="5"/>
+      <c r="J265" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K265" s="5" t="s">
-        <v>1280</v>
+        <v>1440</v>
       </c>
       <c r="L265" s="6" t="s">
-        <v>1281</v>
-[...3 lines deleted...]
-      </c>
+        <v>1546</v>
+      </c>
+      <c r="M265" s="5"/>
     </row>
     <row r="266">
       <c r="A266" s="5" t="s">
-        <v>1283</v>
+        <v>1545</v>
       </c>
       <c r="B266" s="5" t="s">
-        <v>14</v>
+        <v>485</v>
       </c>
       <c r="C266" s="5" t="s">
-        <v>149</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>16</v>
+      </c>
+      <c r="D266" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E266" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F266" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G266" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H266" s="5" t="s">
-        <v>1284</v>
-[...5 lines deleted...]
-        <v>575</v>
+        <v>1547</v>
+      </c>
+      <c r="I266" s="5"/>
+      <c r="J266" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K266" s="5" t="s">
-        <v>1286</v>
+        <v>1440</v>
       </c>
       <c r="L266" s="6" t="s">
-        <v>1287</v>
-[...3 lines deleted...]
-      </c>
+        <v>1548</v>
+      </c>
+      <c r="M266" s="5"/>
     </row>
     <row r="267">
       <c r="A267" s="5" t="s">
-        <v>1289</v>
+        <v>1549</v>
       </c>
       <c r="B267" s="5" t="s">
-        <v>14</v>
+        <v>485</v>
       </c>
       <c r="C267" s="5" t="s">
-        <v>568</v>
-[...2 lines deleted...]
-        <v>567</v>
+        <v>16</v>
+      </c>
+      <c r="D267" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E267" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F267" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G267" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H267" s="5" t="s">
-        <v>1290</v>
+        <v>1411</v>
       </c>
       <c r="I267" s="5"/>
-      <c r="J267" s="5" t="s">
-        <v>562</v>
+      <c r="J267" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K267" s="5" t="s">
-        <v>1291</v>
+        <v>1440</v>
       </c>
       <c r="L267" s="6" t="s">
-        <v>1292</v>
-[...3 lines deleted...]
-      </c>
+        <v>1550</v>
+      </c>
+      <c r="M267" s="5"/>
     </row>
     <row r="268">
       <c r="A268" s="5" t="s">
-        <v>1294</v>
+        <v>1551</v>
       </c>
       <c r="B268" s="5" t="s">
-        <v>14</v>
+        <v>485</v>
       </c>
       <c r="C268" s="5" t="s">
-        <v>568</v>
-[...2 lines deleted...]
-        <v>567</v>
+        <v>16</v>
+      </c>
+      <c r="D268" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E268" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F268" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G268" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H268" s="5" t="s">
-        <v>1295</v>
+        <v>1411</v>
       </c>
       <c r="I268" s="5"/>
-      <c r="J268" s="5" t="s">
-        <v>562</v>
+      <c r="J268" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K268" s="5" t="s">
-        <v>1296</v>
+        <v>1440</v>
       </c>
       <c r="L268" s="6" t="s">
-        <v>1297</v>
-[...3 lines deleted...]
-      </c>
+        <v>1552</v>
+      </c>
+      <c r="M268" s="5"/>
     </row>
     <row r="269">
       <c r="A269" s="5" t="s">
-        <v>1299</v>
+        <v>1553</v>
       </c>
       <c r="B269" s="5" t="s">
-        <v>14</v>
+        <v>485</v>
       </c>
       <c r="C269" s="5" t="s">
-        <v>568</v>
-[...2 lines deleted...]
-        <v>567</v>
+        <v>16</v>
+      </c>
+      <c r="D269" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E269" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F269" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G269" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H269" s="5" t="s">
-        <v>1300</v>
+        <v>1462</v>
       </c>
       <c r="I269" s="5"/>
-      <c r="J269" s="5" t="s">
-        <v>562</v>
+      <c r="J269" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K269" s="5" t="s">
-        <v>1301</v>
+        <v>1440</v>
       </c>
       <c r="L269" s="6" t="s">
-        <v>1302</v>
-[...3 lines deleted...]
-      </c>
+        <v>1554</v>
+      </c>
+      <c r="M269" s="5"/>
     </row>
     <row r="270">
       <c r="A270" s="5" t="s">
-        <v>1304</v>
+        <v>1555</v>
       </c>
       <c r="B270" s="5" t="s">
-        <v>14</v>
+        <v>485</v>
       </c>
       <c r="C270" s="5" t="s">
-        <v>507</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>16</v>
+      </c>
+      <c r="D270" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E270" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F270" s="5" t="s">
-        <v>580</v>
+      <c r="F270" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G270" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H270" s="5" t="s">
-        <v>568</v>
+        <v>1556</v>
       </c>
       <c r="I270" s="5"/>
-      <c r="J270" s="5" t="s">
-        <v>1305</v>
+      <c r="J270" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K270" s="5" t="s">
-        <v>1306</v>
+        <v>1440</v>
       </c>
       <c r="L270" s="6" t="s">
-        <v>1307</v>
-[...3 lines deleted...]
-      </c>
+        <v>1557</v>
+      </c>
+      <c r="M270" s="5"/>
     </row>
     <row r="271">
       <c r="A271" s="5" t="s">
-        <v>1309</v>
+        <v>1558</v>
       </c>
       <c r="B271" s="5" t="s">
-        <v>14</v>
+        <v>485</v>
       </c>
       <c r="C271" s="5" t="s">
-        <v>65</v>
-[...1 lines deleted...]
-      <c r="D271" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="E271" s="5" t="s">
-        <v>135</v>
+      <c r="D271" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E271" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F271" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G271" s="5" t="s">
-        <v>1310</v>
+      <c r="G271" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H271" s="5" t="s">
-        <v>1311</v>
-[...5 lines deleted...]
-        <v>68</v>
+        <v>1522</v>
+      </c>
+      <c r="I271" s="5"/>
+      <c r="J271" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K271" s="5" t="s">
-        <v>1313</v>
+        <v>1440</v>
       </c>
       <c r="L271" s="6" t="s">
-        <v>1314</v>
-[...3 lines deleted...]
-      </c>
+        <v>1559</v>
+      </c>
+      <c r="M271" s="5"/>
     </row>
     <row r="272">
       <c r="A272" s="5" t="s">
-        <v>1316</v>
+        <v>1560</v>
       </c>
       <c r="B272" s="5" t="s">
-        <v>14</v>
+        <v>485</v>
       </c>
       <c r="C272" s="5" t="s">
-        <v>567</v>
-[...5 lines deleted...]
-        <v>580</v>
+        <v>16</v>
+      </c>
+      <c r="D272" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E272" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F272" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G272" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H272" s="5" t="s">
-        <v>1317</v>
+      <c r="H272" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I272" s="5"/>
-      <c r="J272" s="5" t="s">
-        <v>151</v>
+      <c r="J272" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K272" s="5" t="s">
-        <v>1318</v>
+        <v>1440</v>
       </c>
       <c r="L272" s="6" t="s">
-        <v>1319</v>
-[...3 lines deleted...]
-      </c>
+        <v>1561</v>
+      </c>
+      <c r="M272" s="5"/>
     </row>
     <row r="273">
       <c r="A273" s="5" t="s">
-        <v>1149</v>
+        <v>1562</v>
       </c>
       <c r="B273" s="5" t="s">
-        <v>14</v>
+        <v>485</v>
       </c>
       <c r="C273" s="5" t="s">
-        <v>1321</v>
-[...2 lines deleted...]
-        <v>1322</v>
+        <v>16</v>
+      </c>
+      <c r="D273" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E273" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F273" s="5" t="s">
-        <v>1323</v>
+      <c r="F273" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G273" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H273" s="5" t="s">
-        <v>65</v>
+        <v>1563</v>
       </c>
       <c r="I273" s="5"/>
-      <c r="J273" s="5" t="s">
-        <v>151</v>
+      <c r="J273" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K273" s="5" t="s">
-        <v>1324</v>
+        <v>1440</v>
       </c>
       <c r="L273" s="6" t="s">
-        <v>1325</v>
-[...3 lines deleted...]
-      </c>
+        <v>1564</v>
+      </c>
+      <c r="M273" s="5"/>
     </row>
     <row r="274">
       <c r="A274" s="5" t="s">
-        <v>1327</v>
+        <v>1565</v>
       </c>
       <c r="B274" s="5" t="s">
-        <v>14</v>
+        <v>485</v>
       </c>
       <c r="C274" s="5" t="s">
-        <v>507</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>16</v>
+      </c>
+      <c r="D274" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E274" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F274" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G274" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H274" s="5" t="inlineStr">
-[...8 lines deleted...]
-        <v>562</v>
+      <c r="H274" s="5" t="s">
+        <v>1465</v>
+      </c>
+      <c r="I274" s="5"/>
+      <c r="J274" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K274" s="5" t="s">
-        <v>1329</v>
+        <v>1440</v>
       </c>
       <c r="L274" s="6" t="s">
-        <v>1330</v>
-[...3 lines deleted...]
-      </c>
+        <v>1566</v>
+      </c>
+      <c r="M274" s="5"/>
     </row>
     <row r="275">
       <c r="A275" s="5" t="s">
-        <v>1332</v>
+        <v>1567</v>
       </c>
       <c r="B275" s="5" t="s">
-        <v>14</v>
+        <v>485</v>
       </c>
       <c r="C275" s="5" t="s">
-        <v>478</v>
-[...5 lines deleted...]
-        <v>1333</v>
+        <v>16</v>
+      </c>
+      <c r="D275" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E275" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F275" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G275" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H275" s="5" t="s">
-        <v>1334</v>
+        <v>1465</v>
       </c>
       <c r="I275" s="5"/>
-      <c r="J275" s="5" t="s">
-        <v>1335</v>
+      <c r="J275" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K275" s="5" t="s">
-        <v>1336</v>
+        <v>1440</v>
       </c>
       <c r="L275" s="6" t="s">
-        <v>1337</v>
-[...3 lines deleted...]
-      </c>
+        <v>1568</v>
+      </c>
+      <c r="M275" s="5"/>
     </row>
     <row r="276">
       <c r="A276" s="5" t="s">
-        <v>1339</v>
+        <v>1569</v>
       </c>
       <c r="B276" s="5" t="s">
-        <v>14</v>
+        <v>485</v>
       </c>
       <c r="C276" s="5" t="s">
-        <v>1340</v>
-[...5 lines deleted...]
-        <v>135</v>
+        <v>16</v>
+      </c>
+      <c r="D276" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E276" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F276" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G276" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H276" s="5" t="s">
-        <v>1341</v>
+        <v>1465</v>
       </c>
       <c r="I276" s="5"/>
-      <c r="J276" s="5" t="s">
-        <v>1110</v>
+      <c r="J276" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K276" s="5" t="s">
-        <v>1342</v>
+        <v>1440</v>
       </c>
       <c r="L276" s="6" t="s">
-        <v>1343</v>
-[...3 lines deleted...]
-      </c>
+        <v>1570</v>
+      </c>
+      <c r="M276" s="5"/>
     </row>
     <row r="277">
       <c r="A277" s="5" t="s">
-        <v>1345</v>
+        <v>1571</v>
       </c>
       <c r="B277" s="5" t="s">
-        <v>14</v>
+        <v>485</v>
       </c>
       <c r="C277" s="5" t="s">
-        <v>25</v>
-[...5 lines deleted...]
-        <v>450</v>
+        <v>16</v>
+      </c>
+      <c r="D277" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E277" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F277" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G277" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H277" s="5" t="s">
-        <v>1346</v>
-[...5 lines deleted...]
-        <v>30</v>
+        <v>1465</v>
+      </c>
+      <c r="I277" s="5"/>
+      <c r="J277" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K277" s="5" t="s">
-        <v>1348</v>
+        <v>1440</v>
       </c>
       <c r="L277" s="6" t="s">
-        <v>1349</v>
-[...3 lines deleted...]
-      </c>
+        <v>1572</v>
+      </c>
+      <c r="M277" s="5"/>
     </row>
     <row r="278">
       <c r="A278" s="5" t="s">
-        <v>1351</v>
+        <v>1573</v>
       </c>
       <c r="B278" s="5" t="s">
-        <v>14</v>
+        <v>485</v>
       </c>
       <c r="C278" s="5" t="s">
-        <v>1352</v>
-[...5 lines deleted...]
-        <v>1353</v>
+        <v>16</v>
+      </c>
+      <c r="D278" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E278" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F278" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G278" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H278" s="5" t="s">
-        <v>1354</v>
-[...5 lines deleted...]
-        <v>158</v>
+        <v>1411</v>
+      </c>
+      <c r="I278" s="5"/>
+      <c r="J278" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K278" s="5" t="s">
-        <v>1356</v>
+        <v>1440</v>
       </c>
       <c r="L278" s="6" t="s">
-        <v>1357</v>
-[...3 lines deleted...]
-      </c>
+        <v>1574</v>
+      </c>
+      <c r="M278" s="5"/>
     </row>
     <row r="279">
       <c r="A279" s="5" t="s">
-        <v>1359</v>
+        <v>1575</v>
       </c>
       <c r="B279" s="5" t="s">
-        <v>14</v>
+        <v>485</v>
       </c>
       <c r="C279" s="5" t="s">
-        <v>142</v>
-[...2 lines deleted...]
-        <v>530</v>
+        <v>16</v>
+      </c>
+      <c r="D279" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E279" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F279" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G279" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H279" s="5" t="s">
-[...6 lines deleted...]
-        <v>158</v>
+      <c r="H279" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I279" s="5"/>
+      <c r="J279" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K279" s="5" t="s">
-        <v>1362</v>
+        <v>1440</v>
       </c>
       <c r="L279" s="6" t="s">
-        <v>1363</v>
-[...3 lines deleted...]
-      </c>
+        <v>1576</v>
+      </c>
+      <c r="M279" s="5"/>
     </row>
     <row r="280">
       <c r="A280" s="5" t="s">
-        <v>1365</v>
+        <v>1577</v>
       </c>
       <c r="B280" s="5" t="s">
-        <v>14</v>
+        <v>485</v>
       </c>
       <c r="C280" s="5" t="s">
-        <v>65</v>
-[...8 lines deleted...]
-        <v>537</v>
+        <v>16</v>
+      </c>
+      <c r="D280" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E280" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F280" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G280" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H280" s="5" t="s">
-[...6 lines deleted...]
-        <v>158</v>
+      <c r="H280" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I280" s="5"/>
+      <c r="J280" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K280" s="5" t="s">
-        <v>1368</v>
+        <v>1440</v>
       </c>
       <c r="L280" s="6" t="s">
-        <v>1369</v>
-[...3 lines deleted...]
-      </c>
+        <v>1578</v>
+      </c>
+      <c r="M280" s="5"/>
     </row>
     <row r="281">
       <c r="A281" s="5" t="s">
-        <v>1371</v>
+        <v>1579</v>
       </c>
       <c r="B281" s="5" t="s">
-        <v>14</v>
+        <v>485</v>
       </c>
       <c r="C281" s="5" t="s">
-        <v>907</v>
-[...8 lines deleted...]
-        <v>135</v>
+        <v>16</v>
+      </c>
+      <c r="D281" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E281" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F281" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G281" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H281" s="5" t="s">
-        <v>1372</v>
+        <v>1580</v>
       </c>
       <c r="I281" s="5"/>
-      <c r="J281" s="5" t="s">
-        <v>68</v>
+      <c r="J281" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K281" s="5" t="s">
-        <v>1373</v>
+        <v>1440</v>
       </c>
       <c r="L281" s="6" t="s">
-        <v>1374</v>
-[...3 lines deleted...]
-      </c>
+        <v>1581</v>
+      </c>
+      <c r="M281" s="5"/>
     </row>
     <row r="282">
       <c r="A282" s="5" t="s">
-        <v>1376</v>
+        <v>1582</v>
       </c>
       <c r="B282" s="5" t="s">
-        <v>14</v>
+        <v>485</v>
       </c>
       <c r="C282" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D282" s="5" t="s">
-[...3 lines deleted...]
-        <v>1377</v>
+      <c r="D282" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E282" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F282" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G282" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H282" s="5" t="s">
-        <v>1378</v>
+        <v>1583</v>
       </c>
       <c r="I282" s="5"/>
-      <c r="J282" s="5" t="s">
-        <v>1379</v>
+      <c r="J282" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K282" s="5" t="s">
-        <v>1380</v>
+        <v>1440</v>
       </c>
       <c r="L282" s="6" t="s">
-        <v>1381</v>
-[...3 lines deleted...]
-      </c>
+        <v>1584</v>
+      </c>
+      <c r="M282" s="5"/>
     </row>
     <row r="283">
       <c r="A283" s="5" t="s">
-        <v>1383</v>
+        <v>1585</v>
       </c>
       <c r="B283" s="5" t="s">
-        <v>14</v>
+        <v>485</v>
       </c>
       <c r="C283" s="5" t="s">
-        <v>37</v>
-[...2 lines deleted...]
-        <v>47</v>
+        <v>16</v>
+      </c>
+      <c r="D283" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E283" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F283" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G283" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H283" s="5" t="s">
-        <v>1384</v>
-[...5 lines deleted...]
-        <v>1386</v>
+        <v>1465</v>
+      </c>
+      <c r="I283" s="5"/>
+      <c r="J283" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K283" s="5" t="s">
-        <v>1387</v>
+        <v>1440</v>
       </c>
       <c r="L283" s="6" t="s">
-        <v>1388</v>
-[...3 lines deleted...]
-      </c>
+        <v>1586</v>
+      </c>
+      <c r="M283" s="5"/>
     </row>
     <row r="284">
       <c r="A284" s="5" t="s">
-        <v>1390</v>
+        <v>1587</v>
       </c>
       <c r="B284" s="5" t="s">
-        <v>14</v>
+        <v>485</v>
       </c>
       <c r="C284" s="5" t="s">
-        <v>507</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>16</v>
+      </c>
+      <c r="D284" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E284" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F284" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G284" s="5" t="s">
-        <v>1391</v>
+      <c r="G284" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H284" s="5" t="s">
-        <v>1392</v>
+        <v>1411</v>
       </c>
       <c r="I284" s="5"/>
-      <c r="J284" s="5" t="s">
-        <v>562</v>
+      <c r="J284" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K284" s="5" t="s">
-        <v>1393</v>
+        <v>1440</v>
       </c>
       <c r="L284" s="6" t="s">
-        <v>1394</v>
-[...3 lines deleted...]
-      </c>
+        <v>1588</v>
+      </c>
+      <c r="M284" s="5"/>
     </row>
     <row r="285">
       <c r="A285" s="5" t="s">
-        <v>1396</v>
+        <v>1589</v>
       </c>
       <c r="B285" s="5" t="s">
-        <v>14</v>
+        <v>485</v>
       </c>
       <c r="C285" s="5" t="s">
-        <v>65</v>
-[...1 lines deleted...]
-      <c r="D285" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="E285" s="5" t="s">
-        <v>1397</v>
+      <c r="D285" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E285" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F285" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G285" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H285" s="5" t="s">
-[...6 lines deleted...]
-        <v>68</v>
+      <c r="H285" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I285" s="5"/>
+      <c r="J285" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K285" s="5" t="s">
-        <v>1400</v>
+        <v>1408</v>
       </c>
       <c r="L285" s="6" t="s">
-        <v>1401</v>
-[...3 lines deleted...]
-      </c>
+        <v>1590</v>
+      </c>
+      <c r="M285" s="5"/>
     </row>
     <row r="286">
       <c r="A286" s="5" t="s">
-        <v>1403</v>
+        <v>1591</v>
       </c>
       <c r="B286" s="5" t="s">
-        <v>14</v>
+        <v>485</v>
       </c>
       <c r="C286" s="5" t="s">
-        <v>65</v>
-[...5 lines deleted...]
-        <v>81</v>
+        <v>1412</v>
+      </c>
+      <c r="D286" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E286" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F286" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G286" s="5" t="s">
-[...9 lines deleted...]
-        <v>68</v>
+      <c r="G286" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H286" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I286" s="5"/>
+      <c r="J286" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K286" s="5" t="s">
-        <v>1407</v>
+        <v>1440</v>
       </c>
       <c r="L286" s="6" t="s">
-        <v>1408</v>
-[...3 lines deleted...]
-      </c>
+        <v>1592</v>
+      </c>
+      <c r="M286" s="5"/>
     </row>
     <row r="287">
       <c r="A287" s="5" t="s">
-        <v>1410</v>
+        <v>1593</v>
       </c>
       <c r="B287" s="5" t="s">
-        <v>14</v>
+        <v>485</v>
       </c>
       <c r="C287" s="5" t="s">
-        <v>65</v>
-[...1 lines deleted...]
-      <c r="D287" s="5" t="s">
         <v>16</v>
       </c>
+      <c r="D287" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
       <c r="E287" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F287" s="5" t="s">
-        <v>81</v>
+      <c r="F287" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G287" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H287" s="5" t="s">
         <v>1411</v>
       </c>
-      <c r="I287" s="5" t="s">
-[...3 lines deleted...]
-        <v>107</v>
+      <c r="I287" s="5"/>
+      <c r="J287" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K287" s="5" t="s">
-        <v>1413</v>
+        <v>1440</v>
       </c>
       <c r="L287" s="6" t="s">
-        <v>1414</v>
-[...3 lines deleted...]
-      </c>
+        <v>1594</v>
+      </c>
+      <c r="M287" s="5"/>
     </row>
     <row r="288">
       <c r="A288" s="5" t="s">
-        <v>1416</v>
+        <v>1595</v>
       </c>
       <c r="B288" s="5" t="s">
-        <v>14</v>
+        <v>485</v>
       </c>
       <c r="C288" s="5" t="s">
-        <v>25</v>
-[...5 lines deleted...]
-        <v>450</v>
+        <v>16</v>
+      </c>
+      <c r="D288" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E288" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F288" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G288" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H288" s="5" t="s">
-        <v>1417</v>
+        <v>1411</v>
       </c>
       <c r="I288" s="5"/>
-      <c r="J288" s="5" t="s">
-        <v>30</v>
+      <c r="J288" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K288" s="5" t="s">
-        <v>1418</v>
+        <v>1440</v>
       </c>
       <c r="L288" s="6" t="s">
-        <v>1419</v>
-[...3 lines deleted...]
-      </c>
+        <v>1596</v>
+      </c>
+      <c r="M288" s="5"/>
     </row>
     <row r="289">
       <c r="A289" s="5" t="s">
-        <v>1421</v>
+        <v>1597</v>
       </c>
       <c r="B289" s="5" t="s">
-        <v>14</v>
+        <v>485</v>
       </c>
       <c r="C289" s="5" t="s">
-        <v>1032</v>
-[...5 lines deleted...]
-        <v>1422</v>
+        <v>16</v>
+      </c>
+      <c r="D289" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E289" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F289" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G289" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H289" s="5" t="s">
-        <v>1423</v>
+        <v>1462</v>
       </c>
       <c r="I289" s="5"/>
-      <c r="J289" s="5" t="s">
-        <v>1424</v>
+      <c r="J289" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K289" s="5" t="s">
-        <v>1425</v>
+        <v>1440</v>
       </c>
       <c r="L289" s="6" t="s">
-        <v>1426</v>
-[...3 lines deleted...]
-      </c>
+        <v>1598</v>
+      </c>
+      <c r="M289" s="5"/>
     </row>
     <row r="290">
       <c r="A290" s="5" t="s">
-        <v>1428</v>
+        <v>1599</v>
       </c>
       <c r="B290" s="5" t="s">
-        <v>14</v>
+        <v>485</v>
       </c>
       <c r="C290" s="5" t="s">
-        <v>907</v>
-[...8 lines deleted...]
-        <v>135</v>
+        <v>16</v>
+      </c>
+      <c r="D290" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E290" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F290" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G290" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H290" s="5" t="s">
-        <v>1429</v>
-[...5 lines deleted...]
-        <v>68</v>
+        <v>1462</v>
+      </c>
+      <c r="I290" s="5"/>
+      <c r="J290" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K290" s="5" t="s">
-        <v>1431</v>
+        <v>1440</v>
       </c>
       <c r="L290" s="6" t="s">
-        <v>1432</v>
-[...3 lines deleted...]
-      </c>
+        <v>1600</v>
+      </c>
+      <c r="M290" s="5"/>
     </row>
     <row r="291">
       <c r="A291" s="5" t="s">
-        <v>1434</v>
+        <v>1601</v>
       </c>
       <c r="B291" s="5" t="s">
-        <v>14</v>
+        <v>485</v>
       </c>
       <c r="C291" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D291" s="5" t="s">
-[...6 lines deleted...]
-        <v>1007</v>
+      <c r="D291" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E291" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F291" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G291" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H291" s="5" t="s">
-[...6 lines deleted...]
-        <v>1437</v>
+      <c r="H291" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I291" s="5"/>
+      <c r="J291" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K291" s="5" t="s">
-        <v>1438</v>
+        <v>1408</v>
       </c>
       <c r="L291" s="6" t="s">
-        <v>1439</v>
-[...3 lines deleted...]
-      </c>
+        <v>1602</v>
+      </c>
+      <c r="M291" s="5"/>
     </row>
     <row r="292">
       <c r="A292" s="5" t="s">
-        <v>1441</v>
+        <v>1603</v>
       </c>
       <c r="B292" s="5" t="s">
-        <v>14</v>
+        <v>485</v>
       </c>
       <c r="C292" s="5" t="s">
-        <v>65</v>
-[...1 lines deleted...]
-      <c r="D292" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="E292" s="5" t="s">
-        <v>135</v>
+      <c r="D292" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E292" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F292" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G292" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H292" s="5" t="s">
-        <v>1442</v>
-[...5 lines deleted...]
-        <v>68</v>
+        <v>1465</v>
+      </c>
+      <c r="I292" s="5"/>
+      <c r="J292" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K292" s="5" t="s">
-        <v>1444</v>
+        <v>1440</v>
       </c>
       <c r="L292" s="6" t="s">
-        <v>1445</v>
-[...3 lines deleted...]
-      </c>
+        <v>1604</v>
+      </c>
+      <c r="M292" s="5"/>
     </row>
     <row r="293">
       <c r="A293" s="5" t="s">
-        <v>1447</v>
+        <v>1605</v>
       </c>
       <c r="B293" s="5" t="s">
-        <v>14</v>
+        <v>485</v>
       </c>
       <c r="C293" s="5" t="s">
-        <v>907</v>
-[...8 lines deleted...]
-        <v>81</v>
+        <v>16</v>
+      </c>
+      <c r="D293" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E293" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F293" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G293" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H293" s="5" t="s">
-        <v>1448</v>
-[...5 lines deleted...]
-        <v>68</v>
+        <v>1556</v>
+      </c>
+      <c r="I293" s="5"/>
+      <c r="J293" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K293" s="5" t="s">
-        <v>1450</v>
+        <v>1440</v>
       </c>
       <c r="L293" s="6" t="s">
-        <v>1451</v>
-[...3 lines deleted...]
-      </c>
+        <v>1606</v>
+      </c>
+      <c r="M293" s="5"/>
     </row>
     <row r="294">
       <c r="A294" s="5" t="s">
-        <v>1453</v>
+        <v>1607</v>
       </c>
       <c r="B294" s="5" t="s">
-        <v>14</v>
+        <v>485</v>
       </c>
       <c r="C294" s="5" t="s">
-        <v>507</v>
-[...2 lines deleted...]
-        <v>1454</v>
+        <v>16</v>
+      </c>
+      <c r="D294" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E294" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F294" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G294" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H294" s="5" t="s">
-        <v>1455</v>
+      <c r="H294" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I294" s="5"/>
-      <c r="J294" s="5" t="s">
-        <v>562</v>
+      <c r="J294" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K294" s="5" t="s">
-        <v>1456</v>
+        <v>1440</v>
       </c>
       <c r="L294" s="6" t="s">
-        <v>1457</v>
-[...3 lines deleted...]
-      </c>
+        <v>1608</v>
+      </c>
+      <c r="M294" s="5"/>
     </row>
     <row r="295">
       <c r="A295" s="5" t="s">
-        <v>1459</v>
+        <v>1609</v>
       </c>
       <c r="B295" s="5" t="s">
-        <v>14</v>
+        <v>485</v>
       </c>
       <c r="C295" s="5" t="s">
-        <v>25</v>
-[...5 lines deleted...]
-        <v>1460</v>
+        <v>16</v>
+      </c>
+      <c r="D295" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E295" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F295" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G295" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H295" s="5" t="s">
-[...6 lines deleted...]
-        <v>30</v>
+      <c r="H295" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I295" s="5"/>
+      <c r="J295" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K295" s="5" t="s">
-        <v>1463</v>
+        <v>1440</v>
       </c>
       <c r="L295" s="6" t="s">
-        <v>1464</v>
-[...3 lines deleted...]
-      </c>
+        <v>1610</v>
+      </c>
+      <c r="M295" s="5"/>
     </row>
     <row r="296">
       <c r="A296" s="5" t="s">
-        <v>1466</v>
+        <v>1611</v>
       </c>
       <c r="B296" s="5" t="s">
-        <v>14</v>
+        <v>485</v>
       </c>
       <c r="C296" s="5" t="s">
-        <v>567</v>
-[...5 lines deleted...]
-        <v>593</v>
+        <v>16</v>
+      </c>
+      <c r="D296" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E296" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F296" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G296" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H296" s="5" t="s">
-[...6 lines deleted...]
-        <v>30</v>
+      <c r="H296" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I296" s="5"/>
+      <c r="J296" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K296" s="5" t="s">
-        <v>1469</v>
+        <v>1440</v>
       </c>
       <c r="L296" s="6" t="s">
-        <v>1470</v>
-[...3 lines deleted...]
-      </c>
+        <v>1612</v>
+      </c>
+      <c r="M296" s="5"/>
     </row>
     <row r="297">
       <c r="A297" s="5" t="s">
-        <v>1472</v>
+        <v>1613</v>
       </c>
       <c r="B297" s="5" t="s">
-        <v>14</v>
+        <v>485</v>
       </c>
       <c r="C297" s="5" t="s">
-        <v>567</v>
-[...5 lines deleted...]
-        <v>593</v>
+        <v>16</v>
+      </c>
+      <c r="D297" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E297" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F297" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G297" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H297" s="5" t="s">
-[...6 lines deleted...]
-        <v>30</v>
+      <c r="H297" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I297" s="5"/>
+      <c r="J297" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K297" s="5" t="s">
-        <v>1475</v>
+        <v>1440</v>
       </c>
       <c r="L297" s="6" t="s">
-        <v>1476</v>
-[...3 lines deleted...]
-      </c>
+        <v>1614</v>
+      </c>
+      <c r="M297" s="5"/>
     </row>
     <row r="298">
       <c r="A298" s="5" t="s">
-        <v>1478</v>
+        <v>1615</v>
       </c>
       <c r="B298" s="5" t="s">
-        <v>14</v>
+        <v>485</v>
       </c>
       <c r="C298" s="5" t="s">
-        <v>25</v>
-[...5 lines deleted...]
-        <v>1479</v>
+        <v>16</v>
+      </c>
+      <c r="D298" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E298" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F298" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G298" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H298" s="5" t="s">
-[...6 lines deleted...]
-        <v>30</v>
+      <c r="H298" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I298" s="5"/>
+      <c r="J298" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K298" s="5" t="s">
-        <v>1482</v>
+        <v>1408</v>
       </c>
       <c r="L298" s="6" t="s">
-        <v>1483</v>
-[...3 lines deleted...]
-      </c>
+        <v>1616</v>
+      </c>
+      <c r="M298" s="5"/>
     </row>
     <row r="299">
       <c r="A299" s="5" t="s">
-        <v>1485</v>
+        <v>1617</v>
       </c>
       <c r="B299" s="5" t="s">
-        <v>14</v>
+        <v>485</v>
       </c>
       <c r="C299" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D299" s="5" t="s">
-        <v>65</v>
+      <c r="D299" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E299" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F299" s="5" t="s">
-        <v>1486</v>
+      <c r="F299" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G299" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H299" s="5" t="s">
-        <v>1487</v>
-[...5 lines deleted...]
-        <v>68</v>
+        <v>1412</v>
+      </c>
+      <c r="I299" s="5"/>
+      <c r="J299" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K299" s="5" t="s">
-        <v>1489</v>
+        <v>1408</v>
       </c>
       <c r="L299" s="6" t="s">
-        <v>1490</v>
-[...3 lines deleted...]
-      </c>
+        <v>1618</v>
+      </c>
+      <c r="M299" s="5"/>
     </row>
     <row r="300">
       <c r="A300" s="5" t="s">
-        <v>1492</v>
+        <v>1619</v>
       </c>
       <c r="B300" s="5" t="s">
-        <v>14</v>
+        <v>485</v>
       </c>
       <c r="C300" s="5" t="s">
-        <v>25</v>
-[...5 lines deleted...]
-        <v>112</v>
+        <v>16</v>
+      </c>
+      <c r="D300" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E300" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F300" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G300" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H300" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I300" s="5"/>
-      <c r="J300" s="5" t="s">
-        <v>1110</v>
+      <c r="J300" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K300" s="5" t="s">
-        <v>1494</v>
+        <v>1408</v>
       </c>
       <c r="L300" s="6" t="s">
-        <v>1495</v>
-[...3 lines deleted...]
-      </c>
+        <v>1620</v>
+      </c>
+      <c r="M300" s="5"/>
     </row>
     <row r="301">
       <c r="A301" s="5" t="s">
-        <v>1497</v>
+        <v>1621</v>
       </c>
       <c r="B301" s="5" t="s">
-        <v>14</v>
+        <v>485</v>
       </c>
       <c r="C301" s="5" t="s">
-        <v>1493</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>16</v>
+      </c>
+      <c r="D301" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E301" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F301" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G301" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H301" s="5" t="s">
-        <v>1498</v>
-[...5 lines deleted...]
-        <v>1110</v>
+        <v>1622</v>
+      </c>
+      <c r="I301" s="5"/>
+      <c r="J301" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K301" s="5" t="s">
-        <v>1500</v>
+        <v>1408</v>
       </c>
       <c r="L301" s="6" t="s">
-        <v>1501</v>
-[...3 lines deleted...]
-      </c>
+        <v>1623</v>
+      </c>
+      <c r="M301" s="5"/>
     </row>
     <row r="302">
       <c r="A302" s="5" t="s">
-        <v>1503</v>
+        <v>1621</v>
       </c>
       <c r="B302" s="5" t="s">
-        <v>14</v>
+        <v>485</v>
       </c>
       <c r="C302" s="5" t="s">
-        <v>1493</v>
-[...5 lines deleted...]
-        <v>135</v>
+        <v>16</v>
+      </c>
+      <c r="D302" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E302" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F302" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G302" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H302" s="5" t="s">
-        <v>1504</v>
+      <c r="H302" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I302" s="5"/>
-      <c r="J302" s="5" t="s">
-        <v>1110</v>
+      <c r="J302" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K302" s="5" t="s">
-        <v>1505</v>
+        <v>1624</v>
       </c>
       <c r="L302" s="6" t="s">
-        <v>1506</v>
-[...3 lines deleted...]
-      </c>
+        <v>1625</v>
+      </c>
+      <c r="M302" s="5"/>
     </row>
     <row r="303">
       <c r="A303" s="5" t="s">
-        <v>1508</v>
+        <v>1626</v>
       </c>
       <c r="B303" s="5" t="s">
-        <v>14</v>
+        <v>485</v>
       </c>
       <c r="C303" s="5" t="s">
-        <v>65</v>
-[...1 lines deleted...]
-      <c r="D303" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="E303" s="5" t="s">
-        <v>81</v>
+      <c r="D303" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E303" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F303" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G303" s="5" t="s">
-[...9 lines deleted...]
-        <v>68</v>
+      <c r="G303" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H303" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I303" s="5"/>
+      <c r="J303" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K303" s="5" t="s">
-        <v>1512</v>
+        <v>1624</v>
       </c>
       <c r="L303" s="6" t="s">
-        <v>1513</v>
-[...3 lines deleted...]
-      </c>
+        <v>1627</v>
+      </c>
+      <c r="M303" s="5"/>
     </row>
     <row r="304">
       <c r="A304" s="5" t="s">
-        <v>1515</v>
+        <v>1628</v>
       </c>
       <c r="B304" s="5" t="s">
-        <v>14</v>
+        <v>485</v>
       </c>
       <c r="C304" s="5" t="s">
-        <v>176</v>
-[...5 lines deleted...]
-        <v>81</v>
+        <v>16</v>
+      </c>
+      <c r="D304" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E304" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F304" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G304" s="5" t="s">
-        <v>1516</v>
+      <c r="G304" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H304" s="5" t="s">
-        <v>1517</v>
-[...5 lines deleted...]
-        <v>179</v>
+        <v>1412</v>
+      </c>
+      <c r="I304" s="5"/>
+      <c r="J304" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K304" s="5" t="s">
-        <v>1519</v>
+        <v>1624</v>
       </c>
       <c r="L304" s="6" t="s">
-        <v>1520</v>
-[...3 lines deleted...]
-      </c>
+        <v>1629</v>
+      </c>
+      <c r="M304" s="5"/>
     </row>
     <row r="305">
       <c r="A305" s="5" t="s">
-        <v>1522</v>
+        <v>1630</v>
       </c>
       <c r="B305" s="5" t="s">
-        <v>14</v>
+        <v>485</v>
       </c>
       <c r="C305" s="5" t="s">
-        <v>65</v>
-[...1 lines deleted...]
-      <c r="D305" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="E305" s="5" t="s">
-        <v>1523</v>
+      <c r="D305" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E305" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F305" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G305" s="5" t="s">
-        <v>1524</v>
+      <c r="G305" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H305" s="5" t="s">
-        <v>1525</v>
-[...5 lines deleted...]
-        <v>68</v>
+        <v>1462</v>
+      </c>
+      <c r="I305" s="5"/>
+      <c r="J305" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K305" s="5" t="s">
-        <v>1527</v>
+        <v>1624</v>
       </c>
       <c r="L305" s="6" t="s">
-        <v>1528</v>
-[...3 lines deleted...]
-      </c>
+        <v>1631</v>
+      </c>
+      <c r="M305" s="5"/>
     </row>
     <row r="306">
       <c r="A306" s="5" t="s">
-        <v>1530</v>
+        <v>1632</v>
       </c>
       <c r="B306" s="5" t="s">
-        <v>14</v>
+        <v>485</v>
       </c>
       <c r="C306" s="5" t="s">
-        <v>25</v>
-[...5 lines deleted...]
-        <v>450</v>
+        <v>16</v>
+      </c>
+      <c r="D306" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E306" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F306" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G306" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H306" s="5" t="s">
-        <v>1531</v>
+        <v>1633</v>
       </c>
       <c r="I306" s="5"/>
-      <c r="J306" s="5" t="s">
-        <v>30</v>
+      <c r="J306" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K306" s="5" t="s">
-        <v>1532</v>
+        <v>1624</v>
       </c>
       <c r="L306" s="6" t="s">
-        <v>1533</v>
-[...3 lines deleted...]
-      </c>
+        <v>1634</v>
+      </c>
+      <c r="M306" s="5"/>
     </row>
     <row r="307">
       <c r="A307" s="5" t="s">
-        <v>1535</v>
+        <v>1635</v>
       </c>
       <c r="B307" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C307" s="5" t="s">
-        <v>65</v>
+        <v>16</v>
       </c>
       <c r="D307" s="5" t="s">
-        <v>530</v>
+        <v>90</v>
       </c>
       <c r="E307" s="5" t="s">
-        <v>81</v>
+        <v>17</v>
       </c>
       <c r="F307" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G307" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G307" s="5" t="s">
+        <v>1636</v>
       </c>
       <c r="H307" s="5" t="s">
-        <v>1536</v>
+        <v>1637</v>
       </c>
       <c r="I307" s="5" t="s">
-        <v>1537</v>
+        <v>1638</v>
       </c>
       <c r="J307" s="5" t="s">
-        <v>122</v>
+        <v>22</v>
       </c>
       <c r="K307" s="5" t="s">
-        <v>1538</v>
+        <v>1639</v>
       </c>
       <c r="L307" s="6" t="s">
-        <v>1539</v>
+        <v>1640</v>
       </c>
       <c r="M307" s="5" t="s">
-        <v>1540</v>
+        <v>1641</v>
       </c>
     </row>
     <row r="308">
       <c r="A308" s="5" t="s">
-        <v>1541</v>
+        <v>1642</v>
       </c>
       <c r="B308" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C308" s="5" t="s">
+        <v>90</v>
+      </c>
+      <c r="D308" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D308" s="5" t="s">
-[...3 lines deleted...]
-        <v>1070</v>
+      <c r="E308" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F308" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G308" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H308" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H308" s="5" t="s">
+        <v>1643</v>
       </c>
       <c r="I308" s="5" t="s">
-        <v>1543</v>
+        <v>1644</v>
       </c>
       <c r="J308" s="5" t="s">
-        <v>1544</v>
+        <v>22</v>
       </c>
       <c r="K308" s="5" t="s">
-        <v>1545</v>
+        <v>1645</v>
       </c>
       <c r="L308" s="6" t="s">
-        <v>1546</v>
+        <v>1646</v>
       </c>
       <c r="M308" s="5" t="s">
-        <v>1547</v>
+        <v>1647</v>
       </c>
     </row>
     <row r="309">
       <c r="A309" s="5" t="s">
-        <v>1548</v>
+        <v>1648</v>
       </c>
       <c r="B309" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C309" s="5" t="s">
-        <v>1542</v>
+        <v>90</v>
       </c>
       <c r="D309" s="5" t="s">
-        <v>37</v>
+        <v>16</v>
       </c>
       <c r="E309" s="5" t="s">
-        <v>1549</v>
+        <v>18</v>
       </c>
       <c r="F309" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G309" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G309" s="5" t="s">
+        <v>1649</v>
       </c>
       <c r="H309" s="5" t="s">
-        <v>1550</v>
+        <v>1650</v>
       </c>
       <c r="I309" s="5" t="s">
-        <v>1551</v>
+        <v>1651</v>
       </c>
       <c r="J309" s="5" t="s">
-        <v>1552</v>
+        <v>22</v>
       </c>
       <c r="K309" s="5" t="s">
-        <v>1553</v>
+        <v>1652</v>
       </c>
       <c r="L309" s="6" t="s">
-        <v>1554</v>
+        <v>1653</v>
       </c>
       <c r="M309" s="5" t="s">
-        <v>1555</v>
+        <v>1654</v>
       </c>
     </row>
     <row r="310">
       <c r="A310" s="5" t="s">
-        <v>1556</v>
+        <v>1655</v>
       </c>
       <c r="B310" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C310" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D310" s="5" t="s">
-        <v>37</v>
+        <v>90</v>
       </c>
       <c r="E310" s="5" t="s">
-        <v>1070</v>
-[...5 lines deleted...]
-        <v>1557</v>
+        <v>1132</v>
+      </c>
+      <c r="F310" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G310" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H310" s="5" t="s">
-        <v>1558</v>
+        <v>1656</v>
       </c>
       <c r="I310" s="5" t="s">
-        <v>1559</v>
+        <v>1657</v>
       </c>
       <c r="J310" s="5" t="s">
-        <v>1560</v>
+        <v>22</v>
       </c>
       <c r="K310" s="5" t="s">
-        <v>1561</v>
+        <v>1658</v>
       </c>
       <c r="L310" s="6" t="s">
-        <v>1562</v>
+        <v>1659</v>
       </c>
       <c r="M310" s="5" t="s">
-        <v>1563</v>
+        <v>1660</v>
       </c>
     </row>
     <row r="311">
       <c r="A311" s="5" t="s">
-        <v>1564</v>
+        <v>1661</v>
       </c>
       <c r="B311" s="5" t="s">
-        <v>14</v>
+        <v>485</v>
       </c>
       <c r="C311" s="5" t="s">
-        <v>37</v>
-[...2 lines deleted...]
-        <v>47</v>
+        <v>16</v>
+      </c>
+      <c r="D311" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E311" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F311" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G311" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H311" s="5" t="s">
-[...6 lines deleted...]
-        <v>1567</v>
+      <c r="H311" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I311" s="5"/>
+      <c r="J311" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K311" s="5" t="s">
-        <v>1568</v>
+        <v>1662</v>
       </c>
       <c r="L311" s="6" t="s">
-        <v>1569</v>
-[...3 lines deleted...]
-      </c>
+        <v>1663</v>
+      </c>
+      <c r="M311" s="5"/>
     </row>
     <row r="312">
       <c r="A312" s="5" t="s">
-        <v>1571</v>
+        <v>1664</v>
       </c>
       <c r="B312" s="5" t="s">
-        <v>14</v>
+        <v>485</v>
       </c>
       <c r="C312" s="5" t="s">
-        <v>771</v>
-[...11 lines deleted...]
-        <v>1572</v>
+        <v>16</v>
+      </c>
+      <c r="D312" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E312" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F312" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G312" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H312" s="5" t="s">
-        <v>1573</v>
-[...5 lines deleted...]
-        <v>107</v>
+        <v>1665</v>
+      </c>
+      <c r="I312" s="5"/>
+      <c r="J312" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K312" s="5" t="s">
-        <v>1575</v>
+        <v>1662</v>
       </c>
       <c r="L312" s="6" t="s">
-        <v>1576</v>
-[...3 lines deleted...]
-      </c>
+        <v>1666</v>
+      </c>
+      <c r="M312" s="5"/>
     </row>
     <row r="313">
       <c r="A313" s="5" t="s">
-        <v>1578</v>
+        <v>1667</v>
       </c>
       <c r="B313" s="5" t="s">
-        <v>14</v>
+        <v>485</v>
       </c>
       <c r="C313" s="5" t="s">
-        <v>47</v>
-[...8 lines deleted...]
-        <v>1581</v>
+        <v>16</v>
+      </c>
+      <c r="D313" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E313" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F313" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G313" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H313" s="5" t="s">
-        <v>1582</v>
-[...5 lines deleted...]
-        <v>1584</v>
+        <v>1665</v>
+      </c>
+      <c r="I313" s="5"/>
+      <c r="J313" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K313" s="5" t="s">
-        <v>1585</v>
+        <v>1662</v>
       </c>
       <c r="L313" s="6" t="s">
-        <v>1586</v>
-[...3 lines deleted...]
-      </c>
+        <v>1668</v>
+      </c>
+      <c r="M313" s="5"/>
     </row>
     <row r="314">
       <c r="A314" s="5" t="s">
-        <v>1588</v>
+        <v>1669</v>
       </c>
       <c r="B314" s="5" t="s">
-        <v>14</v>
+        <v>485</v>
       </c>
       <c r="C314" s="5" t="s">
-        <v>65</v>
-[...1 lines deleted...]
-      <c r="D314" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="E314" s="5" t="s">
-        <v>81</v>
+      <c r="D314" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E314" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F314" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G314" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H314" s="5" t="s">
-[...6 lines deleted...]
-        <v>68</v>
+      <c r="H314" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I314" s="5"/>
+      <c r="J314" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K314" s="5" t="s">
-        <v>1591</v>
+        <v>1662</v>
       </c>
       <c r="L314" s="6" t="s">
-        <v>1592</v>
-[...3 lines deleted...]
-      </c>
+        <v>1670</v>
+      </c>
+      <c r="M314" s="5"/>
     </row>
     <row r="315">
       <c r="A315" s="5" t="s">
-        <v>1594</v>
+        <v>1671</v>
       </c>
       <c r="B315" s="5" t="s">
-        <v>14</v>
+        <v>485</v>
       </c>
       <c r="C315" s="5" t="s">
-        <v>65</v>
-[...5 lines deleted...]
-        <v>81</v>
+        <v>16</v>
+      </c>
+      <c r="D315" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E315" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F315" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G315" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H315" s="5" t="s">
-[...6 lines deleted...]
-        <v>122</v>
+      <c r="H315" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I315" s="5"/>
+      <c r="J315" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K315" s="5" t="s">
-        <v>1597</v>
+        <v>1662</v>
       </c>
       <c r="L315" s="6" t="s">
-        <v>1598</v>
-[...3 lines deleted...]
-      </c>
+        <v>1672</v>
+      </c>
+      <c r="M315" s="5"/>
     </row>
     <row r="316">
       <c r="A316" s="5" t="s">
-        <v>1600</v>
+        <v>1673</v>
       </c>
       <c r="B316" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C316" s="5" t="s">
-        <v>65</v>
+        <v>16</v>
       </c>
       <c r="D316" s="5" t="s">
-        <v>16</v>
+        <v>90</v>
       </c>
       <c r="E316" s="5" t="s">
-        <v>1601</v>
+        <v>1674</v>
       </c>
       <c r="F316" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G316" s="5" t="s">
-        <v>1602</v>
+        <v>1675</v>
       </c>
       <c r="H316" s="5" t="s">
-        <v>1603</v>
-[...1 lines deleted...]
-      <c r="I316" s="5"/>
+        <v>1676</v>
+      </c>
+      <c r="I316" s="5" t="s">
+        <v>1677</v>
+      </c>
       <c r="J316" s="5" t="s">
-        <v>68</v>
+        <v>22</v>
       </c>
       <c r="K316" s="5" t="s">
-        <v>1604</v>
+        <v>1678</v>
       </c>
       <c r="L316" s="6" t="s">
-        <v>1605</v>
+        <v>1679</v>
       </c>
       <c r="M316" s="5" t="s">
-        <v>1606</v>
+        <v>1680</v>
       </c>
     </row>
     <row r="317">
       <c r="A317" s="5" t="s">
-        <v>1607</v>
+        <v>1681</v>
       </c>
       <c r="B317" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C317" s="5" t="s">
-        <v>65</v>
+        <v>138</v>
       </c>
       <c r="D317" s="5" t="s">
-        <v>16</v>
+        <v>724</v>
       </c>
       <c r="E317" s="5" t="s">
-        <v>81</v>
+        <v>17</v>
       </c>
       <c r="F317" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G317" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H317" s="5" t="s">
-        <v>1608</v>
+        <v>726</v>
       </c>
       <c r="I317" s="5" t="s">
-        <v>1609</v>
+        <v>1682</v>
       </c>
       <c r="J317" s="5" t="s">
-        <v>68</v>
+        <v>1683</v>
       </c>
       <c r="K317" s="5" t="s">
-        <v>1610</v>
+        <v>1684</v>
       </c>
       <c r="L317" s="6" t="s">
-        <v>1611</v>
+        <v>1685</v>
       </c>
       <c r="M317" s="5" t="s">
-        <v>1612</v>
+        <v>1686</v>
       </c>
     </row>
     <row r="318">
       <c r="A318" s="5" t="s">
-        <v>1613</v>
+        <v>1687</v>
       </c>
       <c r="B318" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C318" s="5" t="s">
-        <v>65</v>
+        <v>16</v>
       </c>
       <c r="D318" s="5" t="s">
-        <v>16</v>
+        <v>724</v>
       </c>
       <c r="E318" s="5" t="s">
-        <v>1614</v>
+        <v>17</v>
       </c>
       <c r="F318" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G318" s="5" t="s">
-        <v>1614</v>
+        <v>1688</v>
       </c>
       <c r="H318" s="5" t="s">
-        <v>1615</v>
+        <v>1689</v>
       </c>
       <c r="I318" s="5" t="s">
-        <v>1616</v>
+        <v>1690</v>
       </c>
       <c r="J318" s="5" t="s">
-        <v>68</v>
+        <v>22</v>
       </c>
       <c r="K318" s="5" t="s">
-        <v>1617</v>
+        <v>1691</v>
       </c>
       <c r="L318" s="6" t="s">
-        <v>1618</v>
+        <v>1692</v>
       </c>
       <c r="M318" s="5" t="s">
-        <v>1619</v>
+        <v>1693</v>
       </c>
     </row>
     <row r="319">
       <c r="A319" s="5" t="s">
-        <v>1620</v>
+        <v>1694</v>
       </c>
       <c r="B319" s="5" t="s">
-        <v>14</v>
+        <v>485</v>
       </c>
       <c r="C319" s="5" t="s">
-        <v>25</v>
-[...5 lines deleted...]
-        <v>628</v>
+        <v>16</v>
+      </c>
+      <c r="D319" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E319" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F319" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G319" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H319" s="5" t="s">
-[...6 lines deleted...]
-        <v>631</v>
+      <c r="H319" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I319" s="5"/>
+      <c r="J319" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K319" s="5" t="s">
-        <v>1623</v>
+        <v>1695</v>
       </c>
       <c r="L319" s="6" t="s">
-        <v>1624</v>
-[...3 lines deleted...]
-      </c>
+        <v>1696</v>
+      </c>
+      <c r="M319" s="5"/>
     </row>
     <row r="320">
       <c r="A320" s="5" t="s">
-        <v>1626</v>
+        <v>1697</v>
       </c>
       <c r="B320" s="5" t="s">
-        <v>14</v>
+        <v>485</v>
       </c>
       <c r="C320" s="5" t="s">
-        <v>142</v>
-[...2 lines deleted...]
-        <v>119</v>
+        <v>16</v>
+      </c>
+      <c r="D320" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E320" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F320" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G320" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H320" s="5" t="s">
-        <v>1627</v>
-[...8 lines deleted...]
-        <v>1629</v>
+        <v>1698</v>
+      </c>
+      <c r="I320" s="5"/>
+      <c r="J320" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K320" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L320" s="6" t="s">
-        <v>1630</v>
-[...3 lines deleted...]
-      </c>
+        <v>1699</v>
+      </c>
+      <c r="M320" s="5"/>
     </row>
     <row r="321">
       <c r="A321" s="5" t="s">
-        <v>1632</v>
+        <v>1700</v>
       </c>
       <c r="B321" s="5" t="s">
-        <v>14</v>
+        <v>485</v>
       </c>
       <c r="C321" s="5" t="s">
-        <v>25</v>
-[...5 lines deleted...]
-        <v>450</v>
+        <v>16</v>
+      </c>
+      <c r="D321" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E321" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F321" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G321" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H321" s="5" t="s">
-[...9 lines deleted...]
-        <v>1635</v>
+      <c r="H321" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I321" s="5"/>
+      <c r="J321" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K321" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L321" s="6" t="s">
-        <v>1636</v>
-[...3 lines deleted...]
-      </c>
+        <v>1701</v>
+      </c>
+      <c r="M321" s="5"/>
     </row>
     <row r="322">
       <c r="A322" s="5" t="s">
-        <v>1638</v>
+        <v>1702</v>
       </c>
       <c r="B322" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C322" s="5" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="D322" s="5" t="s">
-        <v>507</v>
+        <v>90</v>
       </c>
       <c r="E322" s="5" t="s">
-        <v>450</v>
+        <v>17</v>
       </c>
       <c r="F322" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G322" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G322" s="5" t="s">
+        <v>1703</v>
       </c>
       <c r="H322" s="5" t="s">
-        <v>1639</v>
+        <v>1704</v>
       </c>
       <c r="I322" s="5" t="s">
-        <v>1640</v>
+        <v>1705</v>
       </c>
       <c r="J322" s="5" t="s">
-        <v>30</v>
+        <v>22</v>
       </c>
       <c r="K322" s="5" t="s">
-        <v>1641</v>
+        <v>1706</v>
       </c>
       <c r="L322" s="6" t="s">
-        <v>1642</v>
+        <v>1707</v>
       </c>
       <c r="M322" s="5" t="s">
-        <v>1643</v>
+        <v>1708</v>
       </c>
     </row>
     <row r="323">
       <c r="A323" s="5" t="s">
-        <v>1644</v>
+        <v>1709</v>
       </c>
       <c r="B323" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C323" s="5" t="s">
-        <v>1645</v>
+        <v>1710</v>
       </c>
       <c r="D323" s="5" t="s">
-        <v>507</v>
+        <v>361</v>
       </c>
       <c r="E323" s="5" t="s">
-        <v>450</v>
+        <v>17</v>
       </c>
       <c r="F323" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G323" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G323" s="5" t="s">
+        <v>1711</v>
       </c>
       <c r="H323" s="5" t="s">
-        <v>1646</v>
+        <v>1712</v>
       </c>
       <c r="I323" s="5" t="s">
-        <v>1647</v>
+        <v>1713</v>
       </c>
       <c r="J323" s="5" t="s">
-        <v>30</v>
+        <v>1714</v>
       </c>
       <c r="K323" s="5" t="s">
-        <v>1648</v>
+        <v>1715</v>
       </c>
       <c r="L323" s="6" t="s">
-        <v>1649</v>
+        <v>1716</v>
       </c>
       <c r="M323" s="5" t="s">
-        <v>1650</v>
+        <v>1717</v>
       </c>
     </row>
     <row r="324">
       <c r="A324" s="5" t="s">
-        <v>1651</v>
+        <v>1718</v>
       </c>
       <c r="B324" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C324" s="5" t="s">
-        <v>25</v>
+        <v>1710</v>
       </c>
       <c r="D324" s="5" t="s">
-        <v>168</v>
+        <v>361</v>
       </c>
       <c r="E324" s="5" t="s">
-        <v>450</v>
+        <v>17</v>
       </c>
       <c r="F324" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G324" s="5" t="s">
-        <v>1652</v>
+        <v>1719</v>
       </c>
       <c r="H324" s="5" t="s">
-        <v>1653</v>
+        <v>1720</v>
       </c>
       <c r="I324" s="5" t="s">
-        <v>1654</v>
+        <v>1721</v>
       </c>
       <c r="J324" s="5" t="s">
-        <v>30</v>
+        <v>1714</v>
       </c>
       <c r="K324" s="5" t="s">
-        <v>1655</v>
+        <v>1722</v>
       </c>
       <c r="L324" s="6" t="s">
-        <v>1656</v>
+        <v>1723</v>
       </c>
       <c r="M324" s="5" t="s">
-        <v>1657</v>
+        <v>1724</v>
       </c>
     </row>
     <row r="325">
       <c r="A325" s="5" t="s">
-        <v>1658</v>
+        <v>1725</v>
       </c>
       <c r="B325" s="5" t="s">
-        <v>14</v>
+        <v>485</v>
       </c>
       <c r="C325" s="5" t="s">
-        <v>25</v>
-[...5 lines deleted...]
-        <v>450</v>
+        <v>16</v>
+      </c>
+      <c r="D325" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E325" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F325" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G325" s="5" t="s">
-        <v>1659</v>
+      <c r="G325" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H325" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="I325" s="5" t="s">
-[...3 lines deleted...]
-        <v>30</v>
+      <c r="I325" s="5"/>
+      <c r="J325" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K325" s="5" t="s">
-        <v>1661</v>
+        <v>1726</v>
       </c>
       <c r="L325" s="6" t="s">
-        <v>1662</v>
-[...3 lines deleted...]
-      </c>
+        <v>1727</v>
+      </c>
+      <c r="M325" s="5"/>
     </row>
     <row r="326">
       <c r="A326" s="5" t="s">
-        <v>1664</v>
+        <v>1728</v>
       </c>
       <c r="B326" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C326" s="5" t="s">
-        <v>25</v>
+        <v>1710</v>
       </c>
       <c r="D326" s="5" t="s">
-        <v>26</v>
+        <v>361</v>
       </c>
       <c r="E326" s="5" t="s">
-        <v>450</v>
+        <v>17</v>
       </c>
       <c r="F326" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G326" s="5" t="s">
-        <v>1665</v>
+        <v>1729</v>
       </c>
       <c r="H326" s="5" t="s">
-        <v>1666</v>
+        <v>1730</v>
       </c>
       <c r="I326" s="5"/>
       <c r="J326" s="5" t="s">
-        <v>30</v>
+        <v>1714</v>
       </c>
       <c r="K326" s="5" t="s">
-        <v>1667</v>
+        <v>1731</v>
       </c>
       <c r="L326" s="6" t="s">
-        <v>1668</v>
+        <v>1732</v>
       </c>
       <c r="M326" s="5" t="s">
-        <v>1669</v>
+        <v>1733</v>
       </c>
     </row>
     <row r="327">
       <c r="A327" s="5" t="s">
-        <v>1670</v>
+        <v>1734</v>
       </c>
       <c r="B327" s="5" t="s">
-        <v>14</v>
+        <v>485</v>
       </c>
       <c r="C327" s="5" t="s">
-        <v>25</v>
-[...5 lines deleted...]
-        <v>450</v>
+        <v>16</v>
+      </c>
+      <c r="D327" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E327" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F327" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G327" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H327" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I327" s="5"/>
-      <c r="J327" s="5" t="s">
-[...3 lines deleted...]
-        <v>1671</v>
+      <c r="J327" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K327" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L327" s="6" t="s">
-        <v>1672</v>
-[...3 lines deleted...]
-      </c>
+        <v>1735</v>
+      </c>
+      <c r="M327" s="5"/>
     </row>
     <row r="328">
       <c r="A328" s="5" t="s">
-        <v>1674</v>
+        <v>1736</v>
       </c>
       <c r="B328" s="5" t="s">
-        <v>14</v>
+        <v>485</v>
       </c>
       <c r="C328" s="5" t="s">
-        <v>25</v>
-[...23 lines deleted...]
-        <v>1679</v>
+        <v>16</v>
+      </c>
+      <c r="D328" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E328" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F328" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G328" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H328" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I328" s="5"/>
+      <c r="J328" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K328" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L328" s="6" t="s">
-        <v>1680</v>
-[...3 lines deleted...]
-      </c>
+        <v>1737</v>
+      </c>
+      <c r="M328" s="5"/>
     </row>
     <row r="329">
       <c r="A329" s="5" t="s">
-        <v>1682</v>
+        <v>1738</v>
       </c>
       <c r="B329" s="5" t="s">
-        <v>14</v>
+        <v>485</v>
       </c>
       <c r="C329" s="5" t="s">
-        <v>907</v>
-[...11 lines deleted...]
-        <v>1683</v>
+        <v>16</v>
+      </c>
+      <c r="D329" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E329" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F329" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G329" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H329" s="5" t="s">
-        <v>1684</v>
+        <v>1134</v>
       </c>
       <c r="I329" s="5"/>
-      <c r="J329" s="5" t="s">
-[...3 lines deleted...]
-        <v>1685</v>
+      <c r="J329" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K329" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L329" s="6" t="s">
-        <v>1686</v>
-[...3 lines deleted...]
-      </c>
+        <v>1739</v>
+      </c>
+      <c r="M329" s="5"/>
     </row>
     <row r="330">
       <c r="A330" s="5" t="s">
-        <v>1688</v>
+        <v>1740</v>
       </c>
       <c r="B330" s="5" t="s">
-        <v>14</v>
+        <v>485</v>
       </c>
       <c r="C330" s="5" t="s">
-        <v>907</v>
-[...23 lines deleted...]
-        <v>1692</v>
+        <v>16</v>
+      </c>
+      <c r="D330" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E330" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F330" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G330" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H330" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I330" s="5"/>
+      <c r="J330" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K330" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L330" s="6" t="s">
-        <v>1693</v>
-[...3 lines deleted...]
-      </c>
+        <v>1741</v>
+      </c>
+      <c r="M330" s="5"/>
     </row>
     <row r="331">
       <c r="A331" s="5" t="s">
-        <v>1695</v>
+        <v>1742</v>
       </c>
       <c r="B331" s="5" t="s">
-        <v>14</v>
+        <v>485</v>
       </c>
       <c r="C331" s="5" t="s">
-        <v>65</v>
-[...1 lines deleted...]
-      <c r="D331" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="E331" s="5" t="s">
-        <v>81</v>
+      <c r="D331" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E331" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F331" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G331" s="5" t="s">
-[...12 lines deleted...]
-        <v>1699</v>
+      <c r="G331" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H331" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I331" s="5"/>
+      <c r="J331" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K331" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L331" s="6" t="s">
-        <v>1700</v>
-[...3 lines deleted...]
-      </c>
+        <v>1743</v>
+      </c>
+      <c r="M331" s="5"/>
     </row>
     <row r="332">
       <c r="A332" s="5" t="s">
-        <v>1702</v>
+        <v>1744</v>
       </c>
       <c r="B332" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C332" s="5" t="s">
-        <v>907</v>
+        <v>16</v>
       </c>
       <c r="D332" s="5" t="s">
-        <v>65</v>
+        <v>90</v>
       </c>
       <c r="E332" s="5" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-        <v>135</v>
+        <v>1745</v>
+      </c>
+      <c r="F332" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G332" s="5" t="s">
-        <v>1703</v>
+        <v>1746</v>
       </c>
       <c r="H332" s="5" t="s">
-        <v>1704</v>
-[...3 lines deleted...]
-      </c>
+        <v>1747</v>
+      </c>
+      <c r="I332" s="5"/>
       <c r="J332" s="5" t="s">
-        <v>68</v>
+        <v>22</v>
       </c>
       <c r="K332" s="5" t="s">
-        <v>1706</v>
+        <v>1748</v>
       </c>
       <c r="L332" s="6" t="s">
-        <v>1707</v>
+        <v>1749</v>
       </c>
       <c r="M332" s="5" t="s">
-        <v>1708</v>
+        <v>1750</v>
       </c>
     </row>
     <row r="333">
       <c r="A333" s="5" t="s">
-        <v>1709</v>
+        <v>1751</v>
       </c>
       <c r="B333" s="5" t="s">
-        <v>14</v>
+        <v>485</v>
       </c>
       <c r="C333" s="5" t="s">
-        <v>907</v>
-[...23 lines deleted...]
-        <v>1713</v>
+        <v>16</v>
+      </c>
+      <c r="D333" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E333" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F333" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G333" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H333" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I333" s="5"/>
+      <c r="J333" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K333" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L333" s="6" t="s">
-        <v>1714</v>
-[...3 lines deleted...]
-      </c>
+        <v>1752</v>
+      </c>
+      <c r="M333" s="5"/>
     </row>
     <row r="334">
       <c r="A334" s="5" t="s">
-        <v>1716</v>
+        <v>1753</v>
       </c>
       <c r="B334" s="5" t="s">
-        <v>14</v>
+        <v>485</v>
       </c>
       <c r="C334" s="5" t="s">
-        <v>907</v>
-[...11 lines deleted...]
-        <v>1717</v>
+        <v>16</v>
+      </c>
+      <c r="D334" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E334" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F334" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G334" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H334" s="5" t="s">
-        <v>1718</v>
-[...8 lines deleted...]
-        <v>1720</v>
+        <v>1754</v>
+      </c>
+      <c r="I334" s="5"/>
+      <c r="J334" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K334" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L334" s="6" t="s">
-        <v>1721</v>
-[...3 lines deleted...]
-      </c>
+        <v>1755</v>
+      </c>
+      <c r="M334" s="5"/>
     </row>
     <row r="335">
       <c r="A335" s="5" t="s">
-        <v>1723</v>
+        <v>1756</v>
       </c>
       <c r="B335" s="5" t="s">
-        <v>14</v>
+        <v>485</v>
       </c>
       <c r="C335" s="5" t="s">
-        <v>907</v>
-[...23 lines deleted...]
-        <v>1727</v>
+        <v>16</v>
+      </c>
+      <c r="D335" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E335" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F335" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G335" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H335" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I335" s="5"/>
+      <c r="J335" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K335" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L335" s="6" t="s">
-        <v>1728</v>
-[...3 lines deleted...]
-      </c>
+        <v>1757</v>
+      </c>
+      <c r="M335" s="5"/>
     </row>
     <row r="336">
       <c r="A336" s="5" t="s">
-        <v>1730</v>
+        <v>1758</v>
       </c>
       <c r="B336" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C336" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D336" s="5" t="s">
-        <v>65</v>
+        <v>1462</v>
       </c>
       <c r="E336" s="5" t="s">
-        <v>1007</v>
+        <v>17</v>
       </c>
       <c r="F336" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G336" s="5" t="s">
-        <v>1731</v>
+        <v>1759</v>
       </c>
       <c r="H336" s="5" t="s">
-        <v>1732</v>
-[...1 lines deleted...]
-      <c r="I336" s="5"/>
+        <v>1760</v>
+      </c>
+      <c r="I336" s="5" t="s">
+        <v>1761</v>
+      </c>
       <c r="J336" s="5" t="s">
-        <v>68</v>
+        <v>309</v>
       </c>
       <c r="K336" s="5" t="s">
-        <v>1733</v>
+        <v>1762</v>
       </c>
       <c r="L336" s="6" t="s">
-        <v>1734</v>
+        <v>1763</v>
       </c>
       <c r="M336" s="5" t="s">
-        <v>1735</v>
+        <v>1764</v>
       </c>
     </row>
     <row r="337">
       <c r="A337" s="5" t="s">
-        <v>1736</v>
+        <v>1765</v>
       </c>
       <c r="B337" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C337" s="5" t="s">
-        <v>907</v>
+        <v>90</v>
       </c>
       <c r="D337" s="5" t="s">
-        <v>134</v>
-[...5 lines deleted...]
-        <v>112</v>
+        <v>1411</v>
+      </c>
+      <c r="E337" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F337" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G337" s="5" t="s">
-        <v>1737</v>
+        <v>1766</v>
       </c>
       <c r="H337" s="5" t="s">
-        <v>1738</v>
+        <v>1767</v>
       </c>
       <c r="I337" s="5" t="s">
-        <v>1739</v>
+        <v>1768</v>
       </c>
       <c r="J337" s="5" t="s">
-        <v>107</v>
+        <v>309</v>
       </c>
       <c r="K337" s="5" t="s">
-        <v>1740</v>
+        <v>1769</v>
       </c>
       <c r="L337" s="6" t="s">
-        <v>1741</v>
+        <v>1770</v>
       </c>
       <c r="M337" s="5" t="s">
-        <v>1742</v>
+        <v>1771</v>
       </c>
     </row>
     <row r="338">
       <c r="A338" s="5" t="s">
-        <v>1743</v>
+        <v>1772</v>
       </c>
       <c r="B338" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C338" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D338" s="5" t="s">
-        <v>65</v>
-[...4 lines deleted...]
-        </is>
+        <v>90</v>
+      </c>
+      <c r="E338" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="F338" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G338" s="5" t="s">
-        <v>1744</v>
+        <v>1773</v>
       </c>
       <c r="H338" s="5" t="s">
-        <v>1745</v>
+        <v>1774</v>
       </c>
       <c r="I338" s="5" t="s">
-        <v>1746</v>
+        <v>1775</v>
       </c>
       <c r="J338" s="5" t="s">
-        <v>68</v>
+        <v>22</v>
       </c>
       <c r="K338" s="5" t="s">
-        <v>1747</v>
+        <v>1776</v>
       </c>
       <c r="L338" s="6" t="s">
-        <v>1748</v>
+        <v>1777</v>
       </c>
       <c r="M338" s="5" t="s">
-        <v>1749</v>
+        <v>1778</v>
       </c>
     </row>
     <row r="339">
       <c r="A339" s="5" t="s">
-        <v>1750</v>
+        <v>1779</v>
       </c>
       <c r="B339" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C339" s="5" t="s">
-        <v>65</v>
+        <v>16</v>
       </c>
       <c r="D339" s="5" t="s">
-        <v>16</v>
+        <v>90</v>
       </c>
       <c r="E339" s="5" t="s">
-        <v>81</v>
+        <v>18</v>
       </c>
       <c r="F339" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G339" s="5" t="s">
-        <v>1751</v>
+        <v>1780</v>
       </c>
       <c r="H339" s="5" t="s">
-        <v>1752</v>
-[...1 lines deleted...]
-      <c r="I339" s="5"/>
+        <v>1781</v>
+      </c>
+      <c r="I339" s="5" t="s">
+        <v>1782</v>
+      </c>
       <c r="J339" s="5" t="s">
-        <v>68</v>
+        <v>22</v>
       </c>
       <c r="K339" s="5" t="s">
-        <v>1753</v>
+        <v>1783</v>
       </c>
       <c r="L339" s="6" t="s">
-        <v>1754</v>
+        <v>1784</v>
       </c>
       <c r="M339" s="5" t="s">
-        <v>1755</v>
+        <v>1785</v>
       </c>
     </row>
     <row r="340">
       <c r="A340" s="5" t="s">
-        <v>1756</v>
+        <v>1786</v>
       </c>
       <c r="B340" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C340" s="5" t="s">
-        <v>65</v>
+        <v>16</v>
       </c>
       <c r="D340" s="5" t="s">
-        <v>16</v>
+        <v>90</v>
       </c>
       <c r="E340" s="5" t="s">
-        <v>81</v>
+        <v>18</v>
       </c>
       <c r="F340" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G340" s="5" t="s">
-        <v>1751</v>
+      <c r="G340" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H340" s="5" t="s">
-        <v>1757</v>
+        <v>1787</v>
       </c>
       <c r="I340" s="5"/>
       <c r="J340" s="5" t="s">
-        <v>68</v>
+        <v>22</v>
       </c>
       <c r="K340" s="5" t="s">
-        <v>1758</v>
+        <v>1788</v>
       </c>
       <c r="L340" s="6" t="s">
-        <v>1759</v>
+        <v>1789</v>
       </c>
       <c r="M340" s="5" t="s">
-        <v>1760</v>
+        <v>1790</v>
       </c>
     </row>
     <row r="341">
       <c r="A341" s="5" t="s">
-        <v>1761</v>
+        <v>1791</v>
       </c>
       <c r="B341" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C341" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D341" s="5" t="s">
-        <v>65</v>
-[...10 lines deleted...]
-        <v>1762</v>
+        <v>90</v>
+      </c>
+      <c r="E341" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F341" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="G341" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H341" s="5" t="s">
-        <v>1763</v>
-[...1 lines deleted...]
-      <c r="I341" s="5"/>
+        <v>1792</v>
+      </c>
+      <c r="I341" s="5" t="s">
+        <v>1793</v>
+      </c>
       <c r="J341" s="5" t="s">
-        <v>68</v>
+        <v>309</v>
       </c>
       <c r="K341" s="5" t="s">
-        <v>1764</v>
+        <v>1794</v>
       </c>
       <c r="L341" s="6" t="s">
-        <v>1765</v>
+        <v>1795</v>
       </c>
       <c r="M341" s="5" t="s">
-        <v>1766</v>
+        <v>1796</v>
       </c>
     </row>
     <row r="342">
       <c r="A342" s="5" t="s">
-        <v>1767</v>
+        <v>1797</v>
       </c>
       <c r="B342" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C342" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D342" s="5" t="s">
-        <v>65</v>
+        <v>90</v>
       </c>
       <c r="E342" s="5" t="s">
-        <v>1007</v>
+        <v>1106</v>
       </c>
       <c r="F342" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G342" s="5" t="s">
-        <v>1768</v>
+        <v>1106</v>
       </c>
       <c r="H342" s="5" t="s">
-        <v>1769</v>
+        <v>1798</v>
       </c>
       <c r="I342" s="5" t="s">
-        <v>1770</v>
+        <v>1799</v>
       </c>
       <c r="J342" s="5" t="s">
-        <v>68</v>
+        <v>22</v>
       </c>
       <c r="K342" s="5" t="s">
-        <v>1771</v>
+        <v>1800</v>
       </c>
       <c r="L342" s="6" t="s">
-        <v>1772</v>
+        <v>1801</v>
       </c>
       <c r="M342" s="5" t="s">
-        <v>1773</v>
+        <v>1802</v>
       </c>
     </row>
     <row r="343">
       <c r="A343" s="5" t="s">
-        <v>1774</v>
+        <v>1803</v>
       </c>
       <c r="B343" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C343" s="5" t="s">
-        <v>65</v>
+        <v>1710</v>
       </c>
       <c r="D343" s="5" t="s">
-        <v>16</v>
+        <v>361</v>
       </c>
       <c r="E343" s="5" t="s">
-        <v>81</v>
+        <v>17</v>
       </c>
       <c r="F343" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G343" s="5" t="s">
-        <v>1775</v>
+        <v>1804</v>
       </c>
       <c r="H343" s="5" t="s">
-        <v>1776</v>
+        <v>1805</v>
       </c>
       <c r="I343" s="5" t="s">
-        <v>1777</v>
+        <v>1806</v>
       </c>
       <c r="J343" s="5" t="s">
-        <v>68</v>
+        <v>1714</v>
       </c>
       <c r="K343" s="5" t="s">
-        <v>1778</v>
+        <v>1807</v>
       </c>
       <c r="L343" s="6" t="s">
-        <v>1779</v>
+        <v>1808</v>
       </c>
       <c r="M343" s="5" t="s">
-        <v>1780</v>
+        <v>1809</v>
       </c>
     </row>
     <row r="344">
       <c r="A344" s="5" t="s">
-        <v>1781</v>
+        <v>1810</v>
       </c>
       <c r="B344" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C344" s="5" t="s">
+        <v>90</v>
+      </c>
+      <c r="D344" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D344" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E344" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F344" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F344" s="5" t="s">
+        <v>1811</v>
       </c>
       <c r="G344" s="5" t="s">
-        <v>1782</v>
+        <v>1811</v>
       </c>
       <c r="H344" s="5" t="s">
-        <v>1783</v>
+        <v>1812</v>
       </c>
       <c r="I344" s="5" t="s">
-        <v>1784</v>
+        <v>1813</v>
       </c>
       <c r="J344" s="5" t="s">
-        <v>68</v>
+        <v>22</v>
       </c>
       <c r="K344" s="5" t="s">
-        <v>1785</v>
+        <v>1814</v>
       </c>
       <c r="L344" s="6" t="s">
-        <v>1786</v>
+        <v>1815</v>
       </c>
       <c r="M344" s="5" t="s">
-        <v>1787</v>
+        <v>1816</v>
       </c>
     </row>
     <row r="345">
       <c r="A345" s="5" t="s">
-        <v>1788</v>
+        <v>1817</v>
       </c>
       <c r="B345" s="5" t="s">
-        <v>14</v>
+        <v>485</v>
       </c>
       <c r="C345" s="5" t="s">
-        <v>65</v>
-[...1 lines deleted...]
-      <c r="D345" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="E345" s="5" t="s">
-        <v>500</v>
+      <c r="D345" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E345" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F345" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G345" s="5" t="s">
-[...9 lines deleted...]
-        <v>68</v>
+      <c r="G345" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H345" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I345" s="5"/>
+      <c r="J345" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K345" s="5" t="s">
-        <v>1792</v>
+        <v>1818</v>
       </c>
       <c r="L345" s="6" t="s">
-        <v>1793</v>
-[...3 lines deleted...]
-      </c>
+        <v>1819</v>
+      </c>
+      <c r="M345" s="5"/>
     </row>
     <row r="346">
       <c r="A346" s="5" t="s">
-        <v>1795</v>
+        <v>1820</v>
       </c>
       <c r="B346" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C346" s="5" t="s">
-        <v>65</v>
+        <v>1710</v>
       </c>
       <c r="D346" s="5" t="s">
-        <v>16</v>
+        <v>361</v>
       </c>
       <c r="E346" s="5" t="s">
-        <v>1185</v>
+        <v>17</v>
       </c>
       <c r="F346" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G346" s="5" t="s">
-        <v>1796</v>
+        <v>1821</v>
       </c>
       <c r="H346" s="5" t="s">
-        <v>1797</v>
+        <v>1822</v>
       </c>
       <c r="I346" s="5" t="s">
-        <v>1798</v>
+        <v>1823</v>
       </c>
       <c r="J346" s="5" t="s">
-        <v>68</v>
+        <v>1714</v>
       </c>
       <c r="K346" s="5" t="s">
-        <v>1799</v>
+        <v>1824</v>
       </c>
       <c r="L346" s="6" t="s">
-        <v>1800</v>
+        <v>1825</v>
       </c>
       <c r="M346" s="5" t="s">
-        <v>1801</v>
+        <v>1826</v>
       </c>
     </row>
     <row r="347">
       <c r="A347" s="5" t="s">
-        <v>1802</v>
+        <v>1827</v>
       </c>
       <c r="B347" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C347" s="5" t="s">
-        <v>65</v>
+        <v>90</v>
       </c>
       <c r="D347" s="5" t="s">
-        <v>16</v>
+        <v>1411</v>
       </c>
       <c r="E347" s="5" t="s">
-        <v>135</v>
+        <v>1828</v>
       </c>
       <c r="F347" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G347" s="5" t="s">
-        <v>1803</v>
+        <v>1829</v>
       </c>
       <c r="H347" s="5" t="s">
-        <v>1804</v>
+        <v>1830</v>
       </c>
       <c r="I347" s="5" t="s">
-        <v>1805</v>
+        <v>1831</v>
       </c>
       <c r="J347" s="5" t="s">
-        <v>68</v>
+        <v>309</v>
       </c>
       <c r="K347" s="5" t="s">
-        <v>1806</v>
+        <v>1832</v>
       </c>
       <c r="L347" s="6" t="s">
-        <v>1807</v>
+        <v>1833</v>
       </c>
       <c r="M347" s="5" t="s">
-        <v>1808</v>
+        <v>1834</v>
       </c>
     </row>
     <row r="348">
       <c r="A348" s="5" t="s">
-        <v>1809</v>
+        <v>1835</v>
       </c>
       <c r="B348" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C348" s="5" t="s">
-        <v>65</v>
+        <v>90</v>
       </c>
       <c r="D348" s="5" t="s">
-        <v>184</v>
-[...7 lines deleted...]
-        </is>
+        <v>16</v>
+      </c>
+      <c r="E348" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F348" s="5" t="s">
+        <v>1836</v>
       </c>
       <c r="G348" s="5" t="s">
-        <v>1810</v>
+        <v>1837</v>
       </c>
       <c r="H348" s="5" t="s">
-        <v>1811</v>
+        <v>1838</v>
       </c>
       <c r="I348" s="5" t="s">
-        <v>1812</v>
+        <v>1839</v>
       </c>
       <c r="J348" s="5" t="s">
-        <v>107</v>
+        <v>22</v>
       </c>
       <c r="K348" s="5" t="s">
-        <v>1813</v>
+        <v>1840</v>
       </c>
       <c r="L348" s="6" t="s">
-        <v>1814</v>
+        <v>1841</v>
       </c>
       <c r="M348" s="5" t="s">
-        <v>1815</v>
+        <v>1842</v>
       </c>
     </row>
     <row r="349">
       <c r="A349" s="5" t="s">
-        <v>1816</v>
+        <v>1843</v>
       </c>
       <c r="B349" s="5" t="s">
-        <v>14</v>
+        <v>485</v>
       </c>
       <c r="C349" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D349" s="5" t="s">
-        <v>65</v>
+      <c r="D349" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E349" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F349" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G349" s="5" t="s">
-        <v>1817</v>
+      <c r="G349" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H349" s="5" t="s">
-        <v>1818</v>
+        <v>1844</v>
       </c>
       <c r="I349" s="5"/>
-      <c r="J349" s="5" t="s">
-[...3 lines deleted...]
-        <v>1819</v>
+      <c r="J349" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K349" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L349" s="6" t="s">
-        <v>1820</v>
-[...3 lines deleted...]
-      </c>
+        <v>1845</v>
+      </c>
+      <c r="M349" s="5"/>
     </row>
     <row r="350">
       <c r="A350" s="5" t="s">
-        <v>1822</v>
+        <v>1846</v>
       </c>
       <c r="B350" s="5" t="s">
-        <v>14</v>
+        <v>485</v>
       </c>
       <c r="C350" s="5" t="s">
-        <v>65</v>
-[...1 lines deleted...]
-      <c r="D350" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="E350" s="5" t="s">
-        <v>1353</v>
+      <c r="D350" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E350" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F350" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G350" s="5" t="s">
-        <v>1823</v>
+      <c r="G350" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H350" s="5" t="s">
-        <v>1824</v>
-[...8 lines deleted...]
-        <v>1826</v>
+        <v>1847</v>
+      </c>
+      <c r="I350" s="5"/>
+      <c r="J350" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K350" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L350" s="6" t="s">
-        <v>1827</v>
-[...3 lines deleted...]
-      </c>
+        <v>1848</v>
+      </c>
+      <c r="M350" s="5"/>
     </row>
     <row r="351">
       <c r="A351" s="5" t="s">
-        <v>1829</v>
+        <v>1849</v>
       </c>
       <c r="B351" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C351" s="5" t="s">
-        <v>176</v>
+        <v>461</v>
       </c>
       <c r="D351" s="5" t="s">
-        <v>36</v>
+        <v>72</v>
       </c>
       <c r="E351" s="5" t="s">
-        <v>81</v>
-[...4 lines deleted...]
-        </is>
+        <v>1850</v>
+      </c>
+      <c r="F351" s="5" t="s">
+        <v>1851</v>
       </c>
       <c r="G351" s="5" t="s">
-        <v>1830</v>
+        <v>1852</v>
       </c>
       <c r="H351" s="5" t="s">
-        <v>1831</v>
+        <v>1853</v>
       </c>
       <c r="I351" s="5" t="s">
-        <v>1832</v>
+        <v>1854</v>
       </c>
       <c r="J351" s="5" t="s">
-        <v>179</v>
+        <v>1855</v>
       </c>
       <c r="K351" s="5" t="s">
-        <v>1833</v>
+        <v>1856</v>
       </c>
       <c r="L351" s="6" t="s">
-        <v>1834</v>
+        <v>1857</v>
       </c>
       <c r="M351" s="5" t="s">
-        <v>1835</v>
+        <v>1858</v>
       </c>
     </row>
     <row r="352">
       <c r="A352" s="5" t="s">
-        <v>1836</v>
+        <v>1859</v>
       </c>
       <c r="B352" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C352" s="5" t="s">
-        <v>1837</v>
+        <v>138</v>
       </c>
       <c r="D352" s="5" t="s">
-        <v>37</v>
+        <v>784</v>
       </c>
       <c r="E352" s="5" t="s">
-        <v>48</v>
+        <v>1291</v>
       </c>
       <c r="F352" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G352" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H352" s="5" t="s">
-        <v>1838</v>
-[...3 lines deleted...]
-      </c>
+        <v>1860</v>
+      </c>
+      <c r="I352" s="5"/>
       <c r="J352" s="5" t="s">
-        <v>1840</v>
+        <v>728</v>
       </c>
       <c r="K352" s="5" t="s">
-        <v>1841</v>
+        <v>1861</v>
       </c>
       <c r="L352" s="6" t="s">
-        <v>1842</v>
+        <v>1862</v>
       </c>
       <c r="M352" s="5" t="s">
-        <v>1843</v>
+        <v>1863</v>
       </c>
     </row>
     <row r="353">
       <c r="A353" s="5" t="s">
-        <v>1844</v>
+        <v>1864</v>
       </c>
       <c r="B353" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C353" s="5" t="s">
-        <v>689</v>
+        <v>16</v>
       </c>
       <c r="D353" s="5" t="s">
-        <v>36</v>
-[...4 lines deleted...]
-        </is>
+        <v>1462</v>
+      </c>
+      <c r="E353" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F353" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G353" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G353" s="5" t="s">
+        <v>1865</v>
       </c>
       <c r="H353" s="5" t="s">
-        <v>1845</v>
+        <v>1866</v>
       </c>
       <c r="I353" s="5" t="s">
-        <v>1846</v>
+        <v>1867</v>
       </c>
       <c r="J353" s="5" t="s">
-        <v>1847</v>
+        <v>309</v>
       </c>
       <c r="K353" s="5" t="s">
-        <v>1848</v>
+        <v>1868</v>
       </c>
       <c r="L353" s="6" t="s">
-        <v>1849</v>
+        <v>1869</v>
       </c>
       <c r="M353" s="5" t="s">
-        <v>1850</v>
+        <v>1870</v>
       </c>
     </row>
     <row r="354">
       <c r="A354" s="5" t="s">
-        <v>1851</v>
+        <v>1871</v>
       </c>
       <c r="B354" s="5" t="s">
-        <v>14</v>
+        <v>485</v>
       </c>
       <c r="C354" s="5" t="s">
-        <v>907</v>
-[...8 lines deleted...]
-        <v>135</v>
+        <v>16</v>
+      </c>
+      <c r="D354" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E354" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F354" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G354" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H354" s="5" t="s">
-        <v>1852</v>
-[...5 lines deleted...]
-        <v>68</v>
+        <v>1872</v>
+      </c>
+      <c r="I354" s="5"/>
+      <c r="J354" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K354" s="5" t="s">
-        <v>1854</v>
+        <v>1873</v>
       </c>
       <c r="L354" s="6" t="s">
-        <v>1855</v>
-[...3 lines deleted...]
-      </c>
+        <v>1874</v>
+      </c>
+      <c r="M354" s="5"/>
     </row>
     <row r="355">
       <c r="A355" s="5" t="s">
-        <v>1857</v>
+        <v>1875</v>
       </c>
       <c r="B355" s="5" t="s">
-        <v>14</v>
+        <v>485</v>
       </c>
       <c r="C355" s="5" t="s">
-        <v>65</v>
-[...1 lines deleted...]
-      <c r="D355" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="E355" s="5" t="s">
-        <v>1614</v>
+      <c r="D355" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E355" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F355" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G355" s="5" t="s">
-        <v>1614</v>
+      <c r="G355" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H355" s="5" t="s">
-        <v>1858</v>
-[...5 lines deleted...]
-        <v>68</v>
+        <v>1876</v>
+      </c>
+      <c r="I355" s="5"/>
+      <c r="J355" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K355" s="5" t="s">
-        <v>1860</v>
+        <v>1877</v>
       </c>
       <c r="L355" s="6" t="s">
-        <v>1861</v>
-[...3 lines deleted...]
-      </c>
+        <v>1878</v>
+      </c>
+      <c r="M355" s="5"/>
     </row>
     <row r="356">
       <c r="A356" s="5" t="s">
-        <v>1863</v>
+        <v>1879</v>
       </c>
       <c r="B356" s="5" t="s">
-        <v>14</v>
-[...8 lines deleted...]
-        <v>1864</v>
+        <v>485</v>
+      </c>
+      <c r="C356" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D356" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E356" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F356" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G356" s="5" t="s">
-        <v>1865</v>
+      <c r="G356" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H356" s="5" t="s">
-        <v>1866</v>
-[...5 lines deleted...]
-        <v>68</v>
+        <v>1876</v>
+      </c>
+      <c r="I356" s="5"/>
+      <c r="J356" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K356" s="5" t="s">
-        <v>1868</v>
+        <v>1877</v>
       </c>
       <c r="L356" s="6" t="s">
-        <v>1869</v>
-[...3 lines deleted...]
-      </c>
+        <v>1880</v>
+      </c>
+      <c r="M356" s="5"/>
     </row>
     <row r="357">
       <c r="A357" s="5" t="s">
-        <v>1871</v>
+        <v>1881</v>
       </c>
       <c r="B357" s="5" t="s">
-        <v>14</v>
+        <v>485</v>
       </c>
       <c r="C357" s="5" t="s">
-        <v>65</v>
-[...5 lines deleted...]
-        <v>73</v>
+        <v>1876</v>
+      </c>
+      <c r="D357" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E357" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F357" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G357" s="5" t="s">
-        <v>73</v>
+      <c r="G357" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H357" s="5" t="s">
-        <v>1872</v>
-[...5 lines deleted...]
-        <v>68</v>
+        <v>1882</v>
+      </c>
+      <c r="I357" s="5"/>
+      <c r="J357" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K357" s="5" t="s">
-        <v>1874</v>
+        <v>1883</v>
       </c>
       <c r="L357" s="6" t="s">
-        <v>1875</v>
-[...3 lines deleted...]
-      </c>
+        <v>1884</v>
+      </c>
+      <c r="M357" s="5"/>
     </row>
     <row r="358">
       <c r="A358" s="5" t="s">
-        <v>1877</v>
+        <v>1885</v>
       </c>
       <c r="B358" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C358" s="5" t="s">
-        <v>65</v>
+        <v>16</v>
       </c>
       <c r="D358" s="5" t="s">
-        <v>119</v>
+        <v>90</v>
       </c>
       <c r="E358" s="5" t="s">
-        <v>81</v>
+        <v>1886</v>
       </c>
       <c r="F358" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G358" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G358" s="5" t="s">
+        <v>1887</v>
       </c>
       <c r="H358" s="5" t="s">
-        <v>1878</v>
+        <v>1888</v>
       </c>
       <c r="I358" s="5" t="s">
-        <v>1879</v>
+        <v>1889</v>
       </c>
       <c r="J358" s="5" t="s">
-        <v>122</v>
+        <v>22</v>
       </c>
       <c r="K358" s="5" t="s">
-        <v>1880</v>
+        <v>1890</v>
       </c>
       <c r="L358" s="6" t="s">
-        <v>1881</v>
+        <v>1891</v>
       </c>
       <c r="M358" s="5" t="s">
-        <v>1882</v>
+        <v>1892</v>
       </c>
     </row>
     <row r="359">
       <c r="A359" s="5" t="s">
+        <v>1893</v>
+      </c>
+      <c r="B359" s="5" t="s">
+        <v>485</v>
+      </c>
+      <c r="C359" s="5" t="s">
+        <v>1876</v>
+      </c>
+      <c r="D359" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E359" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F359" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G359" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H359" s="5" t="s">
+        <v>1894</v>
+      </c>
+      <c r="I359" s="5"/>
+      <c r="J359" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K359" s="5" t="s">
         <v>1883</v>
       </c>
-      <c r="B359" s="5" t="s">
-[...30 lines deleted...]
-      </c>
       <c r="L359" s="6" t="s">
-        <v>1887</v>
-[...3 lines deleted...]
-      </c>
+        <v>1895</v>
+      </c>
+      <c r="M359" s="5"/>
     </row>
     <row r="360">
       <c r="A360" s="5" t="s">
-        <v>1889</v>
+        <v>1896</v>
       </c>
       <c r="B360" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C360" s="5" t="s">
-        <v>65</v>
+        <v>1897</v>
       </c>
       <c r="D360" s="5" t="s">
-        <v>16</v>
+        <v>784</v>
       </c>
       <c r="E360" s="5" t="s">
-        <v>1486</v>
+        <v>1291</v>
       </c>
       <c r="F360" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G360" s="5" t="s">
-        <v>1486</v>
+      <c r="G360" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H360" s="5" t="s">
-        <v>1890</v>
+        <v>1898</v>
       </c>
       <c r="I360" s="5" t="s">
-        <v>1891</v>
+        <v>1899</v>
       </c>
       <c r="J360" s="5" t="s">
-        <v>68</v>
+        <v>728</v>
       </c>
       <c r="K360" s="5" t="s">
-        <v>1892</v>
+        <v>1900</v>
       </c>
       <c r="L360" s="6" t="s">
-        <v>1893</v>
+        <v>1901</v>
       </c>
       <c r="M360" s="5" t="s">
-        <v>1894</v>
+        <v>1902</v>
       </c>
     </row>
     <row r="361">
-      <c r="A361" s="5" t="s">
-        <v>1895</v>
+      <c r="A361" s="5" t="n">
+        <v>1928</v>
       </c>
       <c r="B361" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C361" s="5" t="s">
-        <v>25</v>
+        <v>1411</v>
       </c>
       <c r="D361" s="5" t="s">
-        <v>507</v>
-[...7 lines deleted...]
-        </is>
+        <v>1412</v>
+      </c>
+      <c r="E361" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F361" s="5" t="s">
+        <v>1903</v>
       </c>
       <c r="G361" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H361" s="5" t="s">
-        <v>1896</v>
+        <v>1904</v>
       </c>
       <c r="I361" s="5" t="s">
-        <v>1897</v>
+        <v>1905</v>
       </c>
       <c r="J361" s="5" t="s">
-        <v>30</v>
+        <v>1906</v>
       </c>
       <c r="K361" s="5" t="s">
-        <v>1898</v>
+        <v>1907</v>
       </c>
       <c r="L361" s="6" t="s">
-        <v>1899</v>
+        <v>1908</v>
       </c>
       <c r="M361" s="5" t="s">
-        <v>1900</v>
+        <v>1909</v>
       </c>
     </row>
     <row r="362">
       <c r="A362" s="5" t="s">
-        <v>1901</v>
+        <v>1910</v>
       </c>
       <c r="B362" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C362" s="5" t="s">
-        <v>907</v>
+        <v>1911</v>
       </c>
       <c r="D362" s="5" t="s">
-        <v>65</v>
-[...8 lines deleted...]
-        <v>1902</v>
+        <v>361</v>
+      </c>
+      <c r="E362" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F362" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G362" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H362" s="5" t="s">
-        <v>1903</v>
+        <v>1912</v>
       </c>
       <c r="I362" s="5" t="s">
-        <v>1904</v>
+        <v>1913</v>
       </c>
       <c r="J362" s="5" t="s">
-        <v>68</v>
+        <v>1914</v>
       </c>
       <c r="K362" s="5" t="s">
-        <v>1905</v>
+        <v>1915</v>
       </c>
       <c r="L362" s="6" t="s">
-        <v>1906</v>
+        <v>1916</v>
       </c>
       <c r="M362" s="5" t="s">
-        <v>1907</v>
+        <v>1917</v>
       </c>
     </row>
     <row r="363">
       <c r="A363" s="5" t="s">
-        <v>95</v>
+        <v>1918</v>
       </c>
       <c r="B363" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C363" s="5" t="s">
-        <v>16</v>
+        <v>138</v>
       </c>
       <c r="D363" s="5" t="s">
-        <v>65</v>
-[...4 lines deleted...]
-        </is>
+        <v>784</v>
+      </c>
+      <c r="E363" s="5" t="s">
+        <v>1291</v>
       </c>
       <c r="F363" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G363" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H363" s="5" t="s">
-        <v>1908</v>
+        <v>1919</v>
       </c>
       <c r="I363" s="5" t="s">
-        <v>1909</v>
+        <v>1920</v>
       </c>
       <c r="J363" s="5" t="s">
-        <v>68</v>
+        <v>22</v>
       </c>
       <c r="K363" s="5" t="s">
-        <v>1910</v>
+        <v>1921</v>
       </c>
       <c r="L363" s="6" t="s">
-        <v>1911</v>
+        <v>1922</v>
       </c>
       <c r="M363" s="5" t="s">
-        <v>1912</v>
+        <v>1923</v>
       </c>
     </row>
     <row r="364">
       <c r="A364" s="5" t="s">
-        <v>1913</v>
+        <v>1924</v>
       </c>
       <c r="B364" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C364" s="5" t="s">
-        <v>65</v>
+        <v>1911</v>
       </c>
       <c r="D364" s="5" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>73</v>
+        <v>361</v>
+      </c>
+      <c r="E364" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F364" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G364" s="5" t="s">
-        <v>235</v>
+      <c r="G364" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H364" s="5" t="s">
-        <v>1914</v>
+        <v>1925</v>
       </c>
       <c r="I364" s="5" t="s">
-        <v>1915</v>
+        <v>1926</v>
       </c>
       <c r="J364" s="5" t="s">
-        <v>68</v>
+        <v>1927</v>
       </c>
       <c r="K364" s="5" t="s">
-        <v>1916</v>
+        <v>1928</v>
       </c>
       <c r="L364" s="6" t="s">
-        <v>1917</v>
+        <v>1929</v>
       </c>
       <c r="M364" s="5" t="s">
-        <v>1918</v>
+        <v>1930</v>
       </c>
     </row>
     <row r="365">
       <c r="A365" s="5" t="s">
-        <v>1919</v>
+        <v>1931</v>
       </c>
       <c r="B365" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C365" s="5" t="s">
-        <v>65</v>
+        <v>1911</v>
       </c>
       <c r="D365" s="5" t="s">
-        <v>530</v>
-[...2 lines deleted...]
-        <v>81</v>
+        <v>361</v>
+      </c>
+      <c r="E365" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F365" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G365" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H365" s="5" t="s">
-        <v>1920</v>
+        <v>1932</v>
       </c>
       <c r="I365" s="5" t="s">
-        <v>1921</v>
+        <v>1933</v>
       </c>
       <c r="J365" s="5" t="s">
-        <v>122</v>
+        <v>1934</v>
       </c>
       <c r="K365" s="5" t="s">
-        <v>1922</v>
+        <v>1935</v>
       </c>
       <c r="L365" s="6" t="s">
-        <v>1923</v>
+        <v>1936</v>
       </c>
       <c r="M365" s="5" t="s">
-        <v>1924</v>
+        <v>1937</v>
       </c>
     </row>
     <row r="366">
       <c r="A366" s="5" t="s">
-        <v>1925</v>
+        <v>1938</v>
       </c>
       <c r="B366" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C366" s="5" t="s">
-        <v>1926</v>
+        <v>1911</v>
       </c>
       <c r="D366" s="5" t="s">
-        <v>37</v>
+        <v>361</v>
       </c>
       <c r="E366" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F366" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G366" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H366" s="5" t="s">
-        <v>1927</v>
+        <v>1939</v>
       </c>
       <c r="I366" s="5" t="s">
-        <v>1928</v>
+        <v>1940</v>
       </c>
       <c r="J366" s="5" t="s">
-        <v>1929</v>
+        <v>1941</v>
       </c>
       <c r="K366" s="5" t="s">
-        <v>1930</v>
+        <v>1942</v>
       </c>
       <c r="L366" s="6" t="s">
-        <v>1931</v>
+        <v>1943</v>
       </c>
       <c r="M366" s="5" t="s">
-        <v>1932</v>
+        <v>1944</v>
       </c>
     </row>
     <row r="367">
       <c r="A367" s="5" t="s">
-        <v>1933</v>
+        <v>1945</v>
       </c>
       <c r="B367" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C367" s="5" t="s">
-        <v>47</v>
+        <v>138</v>
       </c>
       <c r="D367" s="5" t="s">
-        <v>15</v>
+        <v>724</v>
       </c>
       <c r="E367" s="5" t="s">
-        <v>1934</v>
-[...5 lines deleted...]
-        <v>1936</v>
+        <v>1291</v>
+      </c>
+      <c r="F367" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G367" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H367" s="5" t="s">
-        <v>1937</v>
+        <v>1946</v>
       </c>
       <c r="I367" s="5" t="s">
-        <v>1938</v>
+        <v>1947</v>
       </c>
       <c r="J367" s="5" t="s">
-        <v>1939</v>
+        <v>22</v>
       </c>
       <c r="K367" s="5" t="s">
-        <v>1940</v>
+        <v>1948</v>
       </c>
       <c r="L367" s="6" t="s">
-        <v>1941</v>
+        <v>1949</v>
       </c>
       <c r="M367" s="5" t="s">
-        <v>1942</v>
+        <v>1950</v>
       </c>
     </row>
     <row r="368">
       <c r="A368" s="5" t="s">
-        <v>1943</v>
+        <v>1951</v>
       </c>
       <c r="B368" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C368" s="5" t="s">
-        <v>65</v>
+        <v>138</v>
       </c>
       <c r="D368" s="5" t="s">
-        <v>16</v>
+        <v>784</v>
       </c>
       <c r="E368" s="5" t="s">
-        <v>1944</v>
+        <v>1291</v>
       </c>
       <c r="F368" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G368" s="5" t="s">
-        <v>1945</v>
+      <c r="G368" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H368" s="5" t="s">
-        <v>1946</v>
+        <v>1952</v>
       </c>
       <c r="I368" s="5" t="s">
-        <v>1947</v>
+        <v>1953</v>
       </c>
       <c r="J368" s="5" t="s">
-        <v>68</v>
+        <v>728</v>
       </c>
       <c r="K368" s="5" t="s">
-        <v>1948</v>
+        <v>1954</v>
       </c>
       <c r="L368" s="6" t="s">
-        <v>1949</v>
+        <v>1955</v>
       </c>
       <c r="M368" s="5" t="s">
-        <v>1950</v>
+        <v>1956</v>
       </c>
     </row>
     <row r="369">
-      <c r="A369" s="5" t="n">
-        <v>1936</v>
+      <c r="A369" s="5" t="s">
+        <v>1957</v>
       </c>
       <c r="B369" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C369" s="5" t="s">
-        <v>197</v>
+        <v>138</v>
       </c>
       <c r="D369" s="5" t="s">
-        <v>65</v>
-[...4 lines deleted...]
-        </is>
+        <v>784</v>
+      </c>
+      <c r="E369" s="5" t="s">
+        <v>1291</v>
       </c>
       <c r="F369" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G369" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H369" s="5" t="inlineStr">
-[...6 lines deleted...]
-      </c>
+      <c r="H369" s="5" t="s">
+        <v>1958</v>
+      </c>
+      <c r="I369" s="5"/>
       <c r="J369" s="5" t="s">
-        <v>158</v>
+        <v>728</v>
       </c>
       <c r="K369" s="5" t="s">
-        <v>1952</v>
+        <v>1959</v>
       </c>
       <c r="L369" s="6" t="s">
-        <v>1953</v>
+        <v>1960</v>
       </c>
       <c r="M369" s="5" t="s">
-        <v>1954</v>
+        <v>1961</v>
       </c>
     </row>
     <row r="370">
       <c r="A370" s="5" t="s">
-        <v>1955</v>
+        <v>1962</v>
       </c>
       <c r="B370" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C370" s="5" t="s">
-        <v>16</v>
+        <v>138</v>
       </c>
       <c r="D370" s="5" t="s">
-        <v>37</v>
+        <v>724</v>
       </c>
       <c r="E370" s="5" t="s">
-        <v>1956</v>
+        <v>1291</v>
       </c>
       <c r="F370" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G370" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H370" s="5" t="s">
-        <v>1957</v>
+        <v>1963</v>
       </c>
       <c r="I370" s="5" t="s">
-        <v>1958</v>
+        <v>1964</v>
       </c>
       <c r="J370" s="5" t="s">
-        <v>1959</v>
+        <v>728</v>
       </c>
       <c r="K370" s="5" t="s">
-        <v>1960</v>
+        <v>1965</v>
       </c>
       <c r="L370" s="6" t="s">
-        <v>1961</v>
+        <v>1966</v>
       </c>
       <c r="M370" s="5" t="s">
-        <v>1962</v>
+        <v>1967</v>
       </c>
     </row>
     <row r="371">
       <c r="A371" s="5" t="s">
-        <v>1963</v>
+        <v>1968</v>
       </c>
       <c r="B371" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C371" s="5" t="s">
-        <v>16</v>
+        <v>138</v>
       </c>
       <c r="D371" s="5" t="s">
-        <v>65</v>
+        <v>724</v>
       </c>
       <c r="E371" s="5" t="s">
-        <v>1007</v>
+        <v>1291</v>
       </c>
       <c r="F371" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G371" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H371" s="5" t="s">
-        <v>1964</v>
+        <v>1969</v>
       </c>
       <c r="I371" s="5" t="s">
-        <v>1965</v>
+        <v>1970</v>
       </c>
       <c r="J371" s="5" t="s">
-        <v>68</v>
+        <v>728</v>
       </c>
       <c r="K371" s="5" t="s">
-        <v>1966</v>
+        <v>1971</v>
       </c>
       <c r="L371" s="6" t="s">
-        <v>1967</v>
+        <v>1972</v>
       </c>
       <c r="M371" s="5" t="s">
-        <v>1968</v>
+        <v>1973</v>
       </c>
     </row>
     <row r="372">
       <c r="A372" s="5" t="s">
-        <v>1245</v>
+        <v>1974</v>
       </c>
       <c r="B372" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C372" s="5" t="s">
-        <v>907</v>
+        <v>1975</v>
       </c>
       <c r="D372" s="5" t="s">
-        <v>65</v>
+        <v>1412</v>
       </c>
       <c r="E372" s="5" t="s">
-        <v>81</v>
-[...5 lines deleted...]
-        <v>1969</v>
+        <v>670</v>
+      </c>
+      <c r="F372" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G372" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H372" s="5" t="s">
-        <v>1970</v>
+        <v>1976</v>
       </c>
       <c r="I372" s="5" t="s">
-        <v>1971</v>
+        <v>1977</v>
       </c>
       <c r="J372" s="5" t="s">
-        <v>68</v>
+        <v>1978</v>
       </c>
       <c r="K372" s="5" t="s">
-        <v>1972</v>
+        <v>1979</v>
       </c>
       <c r="L372" s="6" t="s">
-        <v>1973</v>
+        <v>1980</v>
       </c>
       <c r="M372" s="5" t="s">
-        <v>1974</v>
+        <v>1981</v>
       </c>
     </row>
     <row r="373">
       <c r="A373" s="5" t="s">
-        <v>1975</v>
+        <v>1982</v>
       </c>
       <c r="B373" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C373" s="5" t="s">
-        <v>65</v>
+        <v>305</v>
       </c>
       <c r="D373" s="5" t="s">
-        <v>16</v>
+        <v>1983</v>
       </c>
       <c r="E373" s="5" t="s">
-        <v>1353</v>
+        <v>1984</v>
       </c>
       <c r="F373" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G373" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H373" s="5" t="s">
-        <v>1976</v>
-[...3 lines deleted...]
-      </c>
+        <v>1985</v>
+      </c>
+      <c r="I373" s="5"/>
       <c r="J373" s="5" t="s">
-        <v>68</v>
+        <v>1986</v>
       </c>
       <c r="K373" s="5" t="s">
-        <v>1978</v>
+        <v>1987</v>
       </c>
       <c r="L373" s="6" t="s">
-        <v>1979</v>
+        <v>1988</v>
       </c>
       <c r="M373" s="5" t="s">
-        <v>1980</v>
+        <v>1989</v>
       </c>
     </row>
     <row r="374">
       <c r="A374" s="5" t="s">
-        <v>1981</v>
+        <v>1990</v>
       </c>
       <c r="B374" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C374" s="5" t="s">
-        <v>37</v>
+        <v>1897</v>
       </c>
       <c r="D374" s="5" t="s">
-        <v>932</v>
+        <v>724</v>
       </c>
       <c r="E374" s="5" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-        <v>1982</v>
+        <v>1291</v>
+      </c>
+      <c r="F374" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G374" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H374" s="5" t="s">
-        <v>1983</v>
+        <v>1991</v>
       </c>
       <c r="I374" s="5" t="s">
-        <v>1984</v>
+        <v>1992</v>
       </c>
       <c r="J374" s="5" t="s">
-        <v>1985</v>
+        <v>728</v>
       </c>
       <c r="K374" s="5" t="s">
-        <v>1986</v>
+        <v>1993</v>
       </c>
       <c r="L374" s="6" t="s">
-        <v>1987</v>
+        <v>1994</v>
       </c>
       <c r="M374" s="5" t="s">
-        <v>1988</v>
+        <v>1995</v>
       </c>
     </row>
     <row r="375">
       <c r="A375" s="5" t="s">
-        <v>1989</v>
+        <v>1996</v>
       </c>
       <c r="B375" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C375" s="5" t="s">
-        <v>16</v>
+        <v>138</v>
       </c>
       <c r="D375" s="5" t="s">
-        <v>142</v>
+        <v>1242</v>
       </c>
       <c r="E375" s="5" t="s">
-        <v>1990</v>
+        <v>1291</v>
       </c>
       <c r="F375" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G375" s="5" t="s">
-        <v>1991</v>
+        <v>1997</v>
       </c>
       <c r="H375" s="5" t="s">
-        <v>1992</v>
+        <v>1998</v>
       </c>
       <c r="I375" s="5" t="s">
-        <v>1993</v>
+        <v>1999</v>
       </c>
       <c r="J375" s="5" t="s">
-        <v>107</v>
+        <v>728</v>
       </c>
       <c r="K375" s="5" t="s">
-        <v>1994</v>
+        <v>2000</v>
       </c>
       <c r="L375" s="6" t="s">
-        <v>1995</v>
+        <v>2001</v>
       </c>
       <c r="M375" s="5" t="s">
-        <v>1996</v>
+        <v>2002</v>
       </c>
     </row>
     <row r="376">
       <c r="A376" s="5" t="s">
-        <v>1997</v>
+        <v>2003</v>
       </c>
       <c r="B376" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C376" s="5" t="s">
-        <v>65</v>
+        <v>138</v>
       </c>
       <c r="D376" s="5" t="s">
-        <v>119</v>
+        <v>724</v>
       </c>
       <c r="E376" s="5" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-        <v>1020</v>
+        <v>1291</v>
+      </c>
+      <c r="F376" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G376" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H376" s="5" t="s">
-        <v>1998</v>
+        <v>2004</v>
       </c>
       <c r="I376" s="5" t="s">
-        <v>1999</v>
+        <v>2005</v>
       </c>
       <c r="J376" s="5" t="s">
-        <v>122</v>
+        <v>728</v>
       </c>
       <c r="K376" s="5" t="s">
-        <v>2000</v>
+        <v>2006</v>
       </c>
       <c r="L376" s="6" t="s">
-        <v>2001</v>
+        <v>2007</v>
       </c>
       <c r="M376" s="5" t="s">
-        <v>2002</v>
+        <v>2008</v>
       </c>
     </row>
     <row r="377">
       <c r="A377" s="5" t="s">
-        <v>2003</v>
+        <v>2009</v>
       </c>
       <c r="B377" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C377" s="5" t="s">
-        <v>15</v>
+        <v>138</v>
       </c>
       <c r="D377" s="5" t="s">
-        <v>47</v>
+        <v>784</v>
       </c>
       <c r="E377" s="5" t="s">
-        <v>522</v>
-[...10 lines deleted...]
-        <v>2004</v>
+        <v>1291</v>
+      </c>
+      <c r="F377" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G377" s="5" t="s">
+        <v>2010</v>
+      </c>
+      <c r="H377" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I377" s="5" t="s">
-        <v>2005</v>
+        <v>2011</v>
       </c>
       <c r="J377" s="5" t="s">
-        <v>2006</v>
+        <v>728</v>
       </c>
       <c r="K377" s="5" t="s">
-        <v>2007</v>
+        <v>2012</v>
       </c>
       <c r="L377" s="6" t="s">
-        <v>2008</v>
+        <v>2013</v>
       </c>
       <c r="M377" s="5" t="s">
-        <v>2009</v>
+        <v>2014</v>
       </c>
     </row>
     <row r="378">
       <c r="A378" s="5" t="s">
-        <v>2010</v>
+        <v>2015</v>
       </c>
       <c r="B378" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C378" s="5" t="s">
-        <v>907</v>
+        <v>138</v>
       </c>
       <c r="D378" s="5" t="s">
-        <v>65</v>
+        <v>784</v>
       </c>
       <c r="E378" s="5" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-        <v>135</v>
+        <v>1291</v>
+      </c>
+      <c r="F378" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G378" s="5" t="s">
-        <v>1161</v>
+        <v>2016</v>
       </c>
       <c r="H378" s="5" t="s">
-        <v>2011</v>
-[...3 lines deleted...]
-      </c>
+        <v>2017</v>
+      </c>
+      <c r="I378" s="5"/>
       <c r="J378" s="5" t="s">
-        <v>68</v>
+        <v>728</v>
       </c>
       <c r="K378" s="5" t="s">
-        <v>2013</v>
+        <v>2018</v>
       </c>
       <c r="L378" s="6" t="s">
-        <v>2014</v>
+        <v>2019</v>
       </c>
       <c r="M378" s="5" t="s">
-        <v>2015</v>
+        <v>2020</v>
       </c>
     </row>
     <row r="379">
       <c r="A379" s="5" t="s">
-        <v>2016</v>
+        <v>2021</v>
       </c>
       <c r="B379" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C379" s="5" t="s">
-        <v>65</v>
+        <v>138</v>
       </c>
       <c r="D379" s="5" t="s">
-        <v>16</v>
+        <v>724</v>
       </c>
       <c r="E379" s="5" t="s">
-        <v>81</v>
+        <v>1291</v>
       </c>
       <c r="F379" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G379" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H379" s="5" t="s">
-        <v>2017</v>
+        <v>2022</v>
       </c>
       <c r="I379" s="5" t="s">
-        <v>2018</v>
+        <v>2023</v>
       </c>
       <c r="J379" s="5" t="s">
-        <v>68</v>
+        <v>728</v>
       </c>
       <c r="K379" s="5" t="s">
-        <v>2019</v>
+        <v>2024</v>
       </c>
       <c r="L379" s="6" t="s">
-        <v>2020</v>
+        <v>2025</v>
       </c>
       <c r="M379" s="5" t="s">
-        <v>2021</v>
+        <v>2026</v>
       </c>
     </row>
     <row r="380">
       <c r="A380" s="5" t="s">
-        <v>2022</v>
+        <v>2027</v>
       </c>
       <c r="B380" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C380" s="5" t="s">
-        <v>25</v>
+        <v>138</v>
       </c>
       <c r="D380" s="5" t="s">
-        <v>507</v>
+        <v>784</v>
       </c>
       <c r="E380" s="5" t="s">
-        <v>2023</v>
+        <v>1291</v>
       </c>
       <c r="F380" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G380" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G380" s="5" t="s">
+        <v>2028</v>
       </c>
       <c r="H380" s="5" t="s">
-        <v>568</v>
+        <v>2029</v>
       </c>
       <c r="I380" s="5" t="s">
-        <v>2024</v>
+        <v>2030</v>
       </c>
       <c r="J380" s="5" t="s">
-        <v>30</v>
+        <v>728</v>
       </c>
       <c r="K380" s="5" t="s">
-        <v>2025</v>
+        <v>2031</v>
       </c>
       <c r="L380" s="6" t="s">
-        <v>2026</v>
+        <v>2032</v>
       </c>
       <c r="M380" s="5" t="s">
-        <v>2027</v>
+        <v>2033</v>
       </c>
     </row>
     <row r="381">
       <c r="A381" s="5" t="s">
-        <v>2028</v>
+        <v>2034</v>
       </c>
       <c r="B381" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C381" s="5" t="s">
-        <v>25</v>
+        <v>1411</v>
       </c>
       <c r="D381" s="5" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>1479</v>
+        <v>1983</v>
+      </c>
+      <c r="E381" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F381" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G381" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H381" s="5" t="s">
-        <v>2029</v>
+        <v>2035</v>
       </c>
       <c r="I381" s="5" t="s">
-        <v>2030</v>
+        <v>2036</v>
       </c>
       <c r="J381" s="5" t="s">
-        <v>30</v>
+        <v>1978</v>
       </c>
       <c r="K381" s="5" t="s">
-        <v>2031</v>
+        <v>2037</v>
       </c>
       <c r="L381" s="6" t="s">
-        <v>2032</v>
+        <v>2038</v>
       </c>
       <c r="M381" s="5" t="s">
-        <v>2033</v>
+        <v>2039</v>
       </c>
     </row>
     <row r="382">
       <c r="A382" s="5" t="s">
-        <v>2034</v>
+        <v>2040</v>
       </c>
       <c r="B382" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C382" s="5" t="s">
-        <v>25</v>
+        <v>138</v>
       </c>
       <c r="D382" s="5" t="s">
-        <v>507</v>
+        <v>724</v>
       </c>
       <c r="E382" s="5" t="s">
-        <v>2035</v>
+        <v>1291</v>
       </c>
       <c r="F382" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G382" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H382" s="5" t="s">
-        <v>2036</v>
-[...3 lines deleted...]
-      </c>
+        <v>2041</v>
+      </c>
+      <c r="I382" s="5"/>
       <c r="J382" s="5" t="s">
-        <v>30</v>
+        <v>728</v>
       </c>
       <c r="K382" s="5" t="s">
-        <v>2038</v>
+        <v>2042</v>
       </c>
       <c r="L382" s="6" t="s">
-        <v>2039</v>
+        <v>2043</v>
       </c>
       <c r="M382" s="5" t="s">
-        <v>2040</v>
+        <v>2044</v>
       </c>
     </row>
     <row r="383">
       <c r="A383" s="5" t="s">
-        <v>2041</v>
+        <v>2045</v>
       </c>
       <c r="B383" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C383" s="5" t="s">
-        <v>2042</v>
+        <v>138</v>
       </c>
       <c r="D383" s="5" t="s">
-        <v>16</v>
+        <v>784</v>
       </c>
       <c r="E383" s="5" t="s">
-        <v>81</v>
+        <v>1291</v>
       </c>
       <c r="F383" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G383" s="5" t="s">
-        <v>2043</v>
+      <c r="G383" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H383" s="5" t="s">
-        <v>2044</v>
+        <v>2046</v>
       </c>
       <c r="I383" s="5" t="s">
-        <v>2045</v>
+        <v>2047</v>
       </c>
       <c r="J383" s="5" t="s">
-        <v>68</v>
+        <v>728</v>
       </c>
       <c r="K383" s="5" t="s">
-        <v>2046</v>
+        <v>2048</v>
       </c>
       <c r="L383" s="6" t="s">
-        <v>2047</v>
+        <v>2049</v>
       </c>
       <c r="M383" s="5" t="s">
-        <v>2048</v>
+        <v>2050</v>
       </c>
     </row>
     <row r="384">
       <c r="A384" s="5" t="s">
-        <v>2049</v>
+        <v>2051</v>
       </c>
       <c r="B384" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C384" s="5" t="s">
-        <v>47</v>
+        <v>16</v>
       </c>
       <c r="D384" s="5" t="s">
-        <v>2050</v>
-[...7 lines deleted...]
-        <v>2051</v>
+        <v>1983</v>
+      </c>
+      <c r="E384" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F384" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G384" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H384" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H384" s="5" t="s">
+        <v>2052</v>
       </c>
       <c r="I384" s="5" t="s">
-        <v>2052</v>
+        <v>2053</v>
       </c>
       <c r="J384" s="5" t="s">
-        <v>2053</v>
+        <v>1986</v>
       </c>
       <c r="K384" s="5" t="s">
         <v>2054</v>
       </c>
       <c r="L384" s="6" t="s">
         <v>2055</v>
       </c>
       <c r="M384" s="5" t="s">
         <v>2056</v>
       </c>
     </row>
     <row r="385">
       <c r="A385" s="5" t="s">
         <v>2057</v>
       </c>
       <c r="B385" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C385" s="5" t="s">
-        <v>47</v>
+        <v>2058</v>
       </c>
       <c r="D385" s="5" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>2058</v>
+        <v>1412</v>
+      </c>
+      <c r="E385" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F385" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G385" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H385" s="5" t="s">
         <v>2059</v>
       </c>
       <c r="I385" s="5" t="s">
         <v>2060</v>
       </c>
       <c r="J385" s="5" t="s">
+        <v>1978</v>
+      </c>
+      <c r="K385" s="5" t="s">
         <v>2061</v>
       </c>
-      <c r="K385" s="5" t="s">
+      <c r="L385" s="6" t="s">
         <v>2062</v>
       </c>
-      <c r="L385" s="6" t="s">
+      <c r="M385" s="5" t="s">
         <v>2063</v>
-      </c>
-[...1 lines deleted...]
-        <v>2064</v>
       </c>
     </row>
     <row r="386">
       <c r="A386" s="5" t="s">
+        <v>2064</v>
+      </c>
+      <c r="B386" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C386" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D386" s="5" t="s">
+        <v>1412</v>
+      </c>
+      <c r="E386" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F386" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G386" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H386" s="5" t="s">
         <v>2065</v>
       </c>
-      <c r="B386" s="5" t="s">
+      <c r="I386" s="5" t="s">
         <v>2066</v>
       </c>
-      <c r="C386" s="5" t="s">
-[...20 lines deleted...]
-      <c r="H386" s="5" t="s">
+      <c r="J386" s="5" t="s">
+        <v>1986</v>
+      </c>
+      <c r="K386" s="5" t="s">
         <v>2067</v>
       </c>
-      <c r="I386" s="5" t="s">
+      <c r="L386" s="6" t="s">
         <v>2068</v>
       </c>
-      <c r="J386" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K386" s="5" t="s">
+      <c r="M386" s="5" t="s">
         <v>2069</v>
-      </c>
-[...4 lines deleted...]
-        <v>2071</v>
       </c>
     </row>
     <row r="387">
       <c r="A387" s="5" t="s">
-        <v>2072</v>
+        <v>2070</v>
       </c>
       <c r="B387" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C387" s="5" t="s">
-        <v>47</v>
+        <v>16</v>
       </c>
       <c r="D387" s="5" t="s">
-        <v>15</v>
-[...4 lines deleted...]
-        </is>
+        <v>1412</v>
+      </c>
+      <c r="E387" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F387" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G387" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H387" s="5" t="s">
+        <v>2071</v>
+      </c>
+      <c r="I387" s="5" t="s">
+        <v>2072</v>
+      </c>
+      <c r="J387" s="5" t="s">
+        <v>1978</v>
+      </c>
+      <c r="K387" s="5" t="s">
         <v>2073</v>
       </c>
-      <c r="I387" s="5" t="s">
+      <c r="L387" s="6" t="s">
         <v>2074</v>
       </c>
-      <c r="J387" s="5" t="s">
+      <c r="M387" s="5" t="s">
         <v>2075</v>
-      </c>
-[...7 lines deleted...]
-        <v>2078</v>
       </c>
     </row>
     <row r="388">
       <c r="A388" s="5" t="s">
-        <v>2079</v>
+        <v>2076</v>
       </c>
       <c r="B388" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C388" s="5" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="D388" s="5" t="s">
-        <v>507</v>
+        <v>1412</v>
       </c>
       <c r="E388" s="5" t="s">
-        <v>450</v>
+        <v>17</v>
       </c>
       <c r="F388" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G388" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H388" s="5" t="s">
-        <v>1896</v>
+        <v>2077</v>
       </c>
       <c r="I388" s="5" t="s">
+        <v>2078</v>
+      </c>
+      <c r="J388" s="5" t="s">
+        <v>1986</v>
+      </c>
+      <c r="K388" s="5" t="s">
+        <v>2079</v>
+      </c>
+      <c r="L388" s="6" t="s">
         <v>2080</v>
       </c>
-      <c r="J388" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K388" s="5" t="s">
+      <c r="M388" s="5" t="s">
         <v>2081</v>
-      </c>
-[...4 lines deleted...]
-        <v>2083</v>
       </c>
     </row>
     <row r="389">
       <c r="A389" s="5" t="s">
-        <v>2084</v>
+        <v>2082</v>
       </c>
       <c r="B389" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C389" s="5" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="D389" s="5" t="s">
-        <v>507</v>
+        <v>1412</v>
       </c>
       <c r="E389" s="5" t="s">
-        <v>450</v>
+        <v>17</v>
       </c>
       <c r="F389" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G389" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H389" s="5" t="s">
-        <v>568</v>
+        <v>2083</v>
       </c>
       <c r="I389" s="5" t="s">
+        <v>2084</v>
+      </c>
+      <c r="J389" s="5" t="s">
+        <v>1986</v>
+      </c>
+      <c r="K389" s="5" t="s">
         <v>2085</v>
       </c>
-      <c r="J389" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K389" s="5" t="s">
+      <c r="L389" s="6" t="s">
         <v>2086</v>
       </c>
-      <c r="L389" s="6" t="s">
+      <c r="M389" s="5" t="s">
         <v>2087</v>
-      </c>
-[...1 lines deleted...]
-        <v>2088</v>
       </c>
     </row>
     <row r="390">
       <c r="A390" s="5" t="s">
-        <v>2089</v>
+        <v>2088</v>
       </c>
       <c r="B390" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C390" s="5" t="s">
-        <v>25</v>
+        <v>138</v>
       </c>
       <c r="D390" s="5" t="s">
-        <v>507</v>
+        <v>784</v>
       </c>
       <c r="E390" s="5" t="s">
-        <v>450</v>
+        <v>1291</v>
       </c>
       <c r="F390" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G390" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H390" s="5" t="s">
+      <c r="H390" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I390" s="5"/>
+      <c r="J390" s="5" t="s">
+        <v>728</v>
+      </c>
+      <c r="K390" s="5" t="s">
+        <v>2089</v>
+      </c>
+      <c r="L390" s="6" t="s">
         <v>2090</v>
       </c>
-      <c r="I390" s="5" t="s">
+      <c r="M390" s="5" t="s">
         <v>2091</v>
       </c>
-      <c r="J390" s="5" t="s">
-[...10 lines deleted...]
-      </c>
     </row>
     <row r="391">
-      <c r="A391" s="5" t="s">
-        <v>2095</v>
+      <c r="A391" s="5" t="n">
+        <v>1936</v>
       </c>
       <c r="B391" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C391" s="5" t="s">
+        <v>2058</v>
+      </c>
+      <c r="D391" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D391" s="5" t="s">
-[...3 lines deleted...]
-        <v>135</v>
+      <c r="E391" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F391" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G391" s="5" t="s">
+      <c r="G391" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H391" s="5" t="s">
+        <v>2092</v>
+      </c>
+      <c r="I391" s="5" t="s">
+        <v>2093</v>
+      </c>
+      <c r="J391" s="5" t="s">
+        <v>1978</v>
+      </c>
+      <c r="K391" s="5" t="s">
+        <v>2094</v>
+      </c>
+      <c r="L391" s="6" t="s">
+        <v>2095</v>
+      </c>
+      <c r="M391" s="5" t="s">
         <v>2096</v>
       </c>
-      <c r="H391" s="5" t="s">
-[...16 lines deleted...]
-      </c>
     </row>
     <row r="392">
-      <c r="A392" s="5" t="s">
-        <v>2102</v>
+      <c r="A392" s="5" t="n">
+        <v>1936</v>
       </c>
       <c r="B392" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C392" s="5" t="s">
-        <v>176</v>
+        <v>2058</v>
       </c>
       <c r="D392" s="5" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-        <v>81</v>
+        <v>16</v>
+      </c>
+      <c r="E392" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F392" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G392" s="5" t="s">
-[...3 lines deleted...]
-        <v>2104</v>
+      <c r="G392" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H392" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I392" s="5" t="s">
-        <v>2105</v>
+        <v>2097</v>
       </c>
       <c r="J392" s="5" t="s">
-        <v>179</v>
+        <v>1978</v>
       </c>
       <c r="K392" s="5" t="s">
-        <v>2106</v>
+        <v>2098</v>
       </c>
       <c r="L392" s="6" t="s">
-        <v>2107</v>
+        <v>2099</v>
       </c>
       <c r="M392" s="5" t="s">
-        <v>2108</v>
+        <v>2100</v>
       </c>
     </row>
     <row r="393">
       <c r="A393" s="5" t="s">
-        <v>2109</v>
+        <v>2101</v>
       </c>
       <c r="B393" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C393" s="5" t="s">
-        <v>25</v>
+        <v>2102</v>
       </c>
       <c r="D393" s="5" t="s">
-        <v>507</v>
+        <v>1412</v>
       </c>
       <c r="E393" s="5" t="s">
-        <v>450</v>
+        <v>2103</v>
       </c>
       <c r="F393" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G393" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H393" s="5" t="s">
-        <v>2110</v>
-[...3 lines deleted...]
-      </c>
+        <v>2104</v>
+      </c>
+      <c r="I393" s="5"/>
       <c r="J393" s="5" t="s">
-        <v>30</v>
+        <v>2105</v>
       </c>
       <c r="K393" s="5" t="s">
-        <v>2112</v>
+        <v>2106</v>
       </c>
       <c r="L393" s="6" t="s">
-        <v>2113</v>
+        <v>2107</v>
       </c>
       <c r="M393" s="5" t="s">
-        <v>2114</v>
+        <v>2108</v>
       </c>
     </row>
     <row r="394">
       <c r="A394" s="5" t="s">
-        <v>2115</v>
+        <v>2109</v>
       </c>
       <c r="B394" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C394" s="5" t="s">
-        <v>2050</v>
+        <v>1411</v>
       </c>
       <c r="D394" s="5" t="s">
-        <v>47</v>
-[...2 lines deleted...]
-        <v>1944</v>
+        <v>1983</v>
+      </c>
+      <c r="E394" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F394" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G394" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H394" s="5" t="s">
-        <v>2116</v>
+        <v>2110</v>
       </c>
       <c r="I394" s="5" t="s">
-        <v>2117</v>
+        <v>2111</v>
       </c>
       <c r="J394" s="5" t="s">
-        <v>2118</v>
+        <v>1978</v>
       </c>
       <c r="K394" s="5" t="s">
-        <v>2119</v>
+        <v>2112</v>
       </c>
       <c r="L394" s="6" t="s">
-        <v>2120</v>
+        <v>2113</v>
       </c>
       <c r="M394" s="5" t="s">
-        <v>2121</v>
+        <v>2114</v>
       </c>
     </row>
     <row r="395">
       <c r="A395" s="5" t="s">
-        <v>2122</v>
+        <v>2115</v>
       </c>
       <c r="B395" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C395" s="5" t="s">
-        <v>15</v>
+        <v>2116</v>
       </c>
       <c r="D395" s="5" t="s">
-        <v>2123</v>
+        <v>1412</v>
       </c>
       <c r="E395" s="5" t="s">
-        <v>1007</v>
-[...2 lines deleted...]
-        <v>2124</v>
+        <v>1024</v>
+      </c>
+      <c r="F395" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G395" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H395" s="5" t="s">
-        <v>2125</v>
+        <v>2117</v>
       </c>
       <c r="I395" s="5" t="s">
-        <v>2126</v>
+        <v>2118</v>
       </c>
       <c r="J395" s="5" t="s">
-        <v>2127</v>
+        <v>1978</v>
       </c>
       <c r="K395" s="5" t="s">
-        <v>2128</v>
+        <v>2119</v>
       </c>
       <c r="L395" s="6" t="s">
-        <v>2129</v>
+        <v>2120</v>
       </c>
       <c r="M395" s="5" t="s">
-        <v>2130</v>
+        <v>2121</v>
       </c>
     </row>
     <row r="396">
       <c r="A396" s="5" t="s">
-        <v>2131</v>
+        <v>2122</v>
       </c>
       <c r="B396" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C396" s="5" t="s">
-        <v>2132</v>
+        <v>2116</v>
       </c>
       <c r="D396" s="5" t="s">
-        <v>134</v>
-[...8 lines deleted...]
-        <v>2133</v>
+        <v>1412</v>
+      </c>
+      <c r="E396" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F396" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G396" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H396" s="5" t="s">
-        <v>2134</v>
+        <v>2123</v>
       </c>
       <c r="I396" s="5" t="s">
-        <v>2135</v>
+        <v>2124</v>
       </c>
       <c r="J396" s="5" t="s">
-        <v>107</v>
+        <v>1978</v>
       </c>
       <c r="K396" s="5" t="s">
-        <v>2136</v>
+        <v>2125</v>
       </c>
       <c r="L396" s="6" t="s">
-        <v>2137</v>
+        <v>2126</v>
       </c>
       <c r="M396" s="5" t="s">
-        <v>2138</v>
+        <v>2127</v>
       </c>
     </row>
     <row r="397">
       <c r="A397" s="5" t="s">
-        <v>2139</v>
+        <v>2128</v>
       </c>
       <c r="B397" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C397" s="5" t="s">
-        <v>37</v>
+        <v>16</v>
       </c>
       <c r="D397" s="5" t="s">
-        <v>762</v>
+        <v>1412</v>
       </c>
       <c r="E397" s="5" t="s">
-        <v>2140</v>
+        <v>17</v>
       </c>
       <c r="F397" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G397" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H397" s="5" t="s">
-        <v>2141</v>
+        <v>2129</v>
       </c>
       <c r="I397" s="5" t="s">
-        <v>2142</v>
+        <v>2130</v>
       </c>
       <c r="J397" s="5" t="s">
-        <v>2143</v>
+        <v>1986</v>
       </c>
       <c r="K397" s="5" t="s">
-        <v>2144</v>
+        <v>2131</v>
       </c>
       <c r="L397" s="6" t="s">
-        <v>2145</v>
+        <v>2132</v>
       </c>
       <c r="M397" s="5" t="s">
-        <v>2146</v>
+        <v>2133</v>
       </c>
     </row>
     <row r="398">
       <c r="A398" s="5" t="s">
-        <v>2147</v>
+        <v>2134</v>
       </c>
       <c r="B398" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C398" s="5" t="s">
-        <v>65</v>
+        <v>461</v>
       </c>
       <c r="D398" s="5" t="s">
-        <v>16</v>
+        <v>2135</v>
       </c>
       <c r="E398" s="5" t="s">
-        <v>81</v>
-[...7 lines deleted...]
-        <v>2148</v>
+        <v>2136</v>
+      </c>
+      <c r="F398" s="5" t="s">
+        <v>2137</v>
+      </c>
+      <c r="G398" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H398" s="5" t="s">
-        <v>2149</v>
+        <v>2138</v>
       </c>
       <c r="I398" s="5" t="s">
-        <v>2150</v>
+        <v>2139</v>
       </c>
       <c r="J398" s="5" t="s">
-        <v>68</v>
+        <v>2140</v>
       </c>
       <c r="K398" s="5" t="s">
-        <v>2151</v>
+        <v>2141</v>
       </c>
       <c r="L398" s="6" t="s">
-        <v>2152</v>
+        <v>2142</v>
       </c>
       <c r="M398" s="5" t="s">
-        <v>2153</v>
+        <v>2143</v>
       </c>
     </row>
     <row r="399">
       <c r="A399" s="5" t="s">
-        <v>2154</v>
+        <v>2144</v>
       </c>
       <c r="B399" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C399" s="5" t="s">
-        <v>932</v>
+        <v>138</v>
       </c>
       <c r="D399" s="5" t="s">
-        <v>119</v>
-[...4 lines deleted...]
-        </is>
+        <v>1173</v>
+      </c>
+      <c r="E399" s="5" t="s">
+        <v>2145</v>
       </c>
       <c r="F399" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G399" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H399" s="5" t="s">
-        <v>2155</v>
+        <v>2146</v>
       </c>
       <c r="I399" s="5" t="s">
-        <v>2156</v>
+        <v>2147</v>
       </c>
       <c r="J399" s="5" t="s">
-        <v>158</v>
+        <v>2148</v>
       </c>
       <c r="K399" s="5" t="s">
-        <v>2157</v>
+        <v>2149</v>
       </c>
       <c r="L399" s="6" t="s">
-        <v>2158</v>
+        <v>2150</v>
       </c>
       <c r="M399" s="5" t="s">
-        <v>2159</v>
+        <v>2151</v>
       </c>
     </row>
     <row r="400">
       <c r="A400" s="5" t="s">
-        <v>2160</v>
+        <v>2152</v>
       </c>
       <c r="B400" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C400" s="5" t="s">
-        <v>907</v>
+        <v>138</v>
       </c>
       <c r="D400" s="5" t="s">
-        <v>65</v>
+        <v>1173</v>
       </c>
       <c r="E400" s="5" t="s">
-        <v>81</v>
-[...5 lines deleted...]
-        <v>2161</v>
+        <v>2145</v>
+      </c>
+      <c r="F400" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G400" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H400" s="5" t="s">
-        <v>2162</v>
+        <v>2153</v>
       </c>
       <c r="I400" s="5" t="s">
-        <v>2163</v>
+        <v>2154</v>
       </c>
       <c r="J400" s="5" t="s">
-        <v>68</v>
+        <v>2148</v>
       </c>
       <c r="K400" s="5" t="s">
-        <v>2164</v>
+        <v>2155</v>
       </c>
       <c r="L400" s="6" t="s">
-        <v>2165</v>
+        <v>2156</v>
       </c>
       <c r="M400" s="5" t="s">
-        <v>2166</v>
+        <v>2157</v>
       </c>
     </row>
     <row r="401">
       <c r="A401" s="5" t="s">
-        <v>221</v>
+        <v>2158</v>
       </c>
       <c r="B401" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C401" s="5" t="s">
-        <v>907</v>
+        <v>461</v>
       </c>
       <c r="D401" s="5" t="s">
-        <v>134</v>
+        <v>72</v>
       </c>
       <c r="E401" s="5" t="s">
-        <v>81</v>
+        <v>2159</v>
       </c>
       <c r="F401" s="5" t="s">
-        <v>135</v>
+        <v>2160</v>
       </c>
       <c r="G401" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H401" s="5" t="s">
-        <v>2167</v>
+        <v>2161</v>
       </c>
       <c r="I401" s="5" t="s">
-        <v>2168</v>
+        <v>2162</v>
       </c>
       <c r="J401" s="5" t="s">
-        <v>107</v>
+        <v>2163</v>
       </c>
       <c r="K401" s="5" t="s">
-        <v>2169</v>
+        <v>2164</v>
       </c>
       <c r="L401" s="6" t="s">
-        <v>2170</v>
+        <v>2165</v>
       </c>
       <c r="M401" s="5" t="s">
-        <v>2171</v>
+        <v>2166</v>
       </c>
     </row>
     <row r="402">
       <c r="A402" s="5" t="s">
-        <v>2172</v>
+        <v>2167</v>
       </c>
       <c r="B402" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C402" s="5" t="s">
-        <v>65</v>
+        <v>169</v>
       </c>
       <c r="D402" s="5" t="s">
-        <v>16</v>
+        <v>461</v>
       </c>
       <c r="E402" s="5" t="s">
-        <v>81</v>
+        <v>2168</v>
       </c>
       <c r="F402" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G402" s="5" t="s">
+      <c r="G402" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H402" s="5" t="s">
+        <v>2169</v>
+      </c>
+      <c r="I402" s="5" t="s">
+        <v>2170</v>
+      </c>
+      <c r="J402" s="5" t="s">
+        <v>2171</v>
+      </c>
+      <c r="K402" s="5" t="s">
+        <v>2172</v>
+      </c>
+      <c r="L402" s="6" t="s">
         <v>2173</v>
       </c>
-      <c r="H402" s="5" t="s">
+      <c r="M402" s="5" t="s">
         <v>2174</v>
       </c>
-      <c r="I402" s="5" t="s">
+    </row>
+    <row r="403">
+      <c r="A403" s="5" t="s">
         <v>2175</v>
-      </c>
-[...15 lines deleted...]
-        <v>1907</v>
       </c>
       <c r="B403" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C403" s="5" t="s">
-        <v>25</v>
+        <v>1411</v>
       </c>
       <c r="D403" s="5" t="s">
-        <v>104</v>
+        <v>1412</v>
       </c>
       <c r="E403" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F403" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G403" s="5" t="s">
+      <c r="G403" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H403" s="5" t="s">
+        <v>2176</v>
+      </c>
+      <c r="I403" s="5"/>
+      <c r="J403" s="5" t="s">
+        <v>1978</v>
+      </c>
+      <c r="K403" s="5" t="s">
+        <v>2177</v>
+      </c>
+      <c r="L403" s="6" t="s">
+        <v>2178</v>
+      </c>
+      <c r="M403" s="5" t="s">
         <v>2179</v>
-      </c>
-[...16 lines deleted...]
-        <v>2185</v>
       </c>
     </row>
     <row r="404">
       <c r="A404" s="5" t="s">
-        <v>2186</v>
+        <v>2180</v>
       </c>
       <c r="B404" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C404" s="5" t="s">
-        <v>65</v>
+        <v>2181</v>
       </c>
       <c r="D404" s="5" t="s">
-        <v>16</v>
+        <v>72</v>
       </c>
       <c r="E404" s="5" t="s">
-        <v>135</v>
-[...4 lines deleted...]
-        </is>
+        <v>2182</v>
+      </c>
+      <c r="F404" s="5" t="s">
+        <v>2183</v>
       </c>
       <c r="G404" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H404" s="5" t="s">
+        <v>2184</v>
+      </c>
+      <c r="I404" s="5" t="s">
+        <v>2185</v>
+      </c>
+      <c r="J404" s="5" t="s">
+        <v>2186</v>
+      </c>
+      <c r="K404" s="5" t="s">
         <v>2187</v>
       </c>
-      <c r="I404" s="5" t="s">
+      <c r="L404" s="6" t="s">
         <v>2188</v>
       </c>
-      <c r="J404" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K404" s="5" t="s">
+      <c r="M404" s="5" t="s">
         <v>2189</v>
-      </c>
-[...4 lines deleted...]
-        <v>2191</v>
       </c>
     </row>
     <row r="405">
       <c r="A405" s="5" t="s">
-        <v>2192</v>
+        <v>2190</v>
       </c>
       <c r="B405" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C405" s="5" t="s">
-        <v>25</v>
+        <v>968</v>
       </c>
       <c r="D405" s="5" t="s">
-        <v>26</v>
+        <v>2191</v>
       </c>
       <c r="E405" s="5" t="s">
+        <v>2192</v>
+      </c>
+      <c r="F405" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G405" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H405" s="5" t="s">
         <v>2193</v>
       </c>
-      <c r="F405" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H405" s="5" t="s">
+      <c r="I405" s="5" t="s">
         <v>2194</v>
       </c>
-      <c r="I405" s="5" t="s">
+      <c r="J405" s="5" t="s">
         <v>2195</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="K405" s="5" t="s">
         <v>2196</v>
       </c>
       <c r="L405" s="6" t="s">
         <v>2197</v>
       </c>
       <c r="M405" s="5" t="s">
         <v>2198</v>
       </c>
     </row>
     <row r="406">
-      <c r="A406" s="5" t="s">
-        <v>2199</v>
+      <c r="A406" s="5" t="n">
+        <v>1940</v>
       </c>
       <c r="B406" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C406" s="5" t="s">
-        <v>25</v>
+        <v>1411</v>
       </c>
       <c r="D406" s="5" t="s">
-        <v>26</v>
-[...1 lines deleted...]
-      <c r="E406" s="5" t="s">
+        <v>1412</v>
+      </c>
+      <c r="E406" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F406" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G406" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H406" s="5" t="s">
+        <v>2199</v>
+      </c>
+      <c r="I406" s="5" t="s">
         <v>2200</v>
       </c>
-      <c r="F406" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H406" s="5" t="s">
+      <c r="J406" s="5" t="s">
+        <v>1986</v>
+      </c>
+      <c r="K406" s="5" t="s">
         <v>2201</v>
       </c>
-      <c r="I406" s="5" t="s">
+      <c r="L406" s="6" t="s">
         <v>2202</v>
       </c>
-      <c r="J406" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K406" s="5" t="s">
+      <c r="M406" s="5" t="s">
         <v>2203</v>
-      </c>
-[...4 lines deleted...]
-        <v>2205</v>
       </c>
     </row>
     <row r="407">
       <c r="A407" s="5" t="s">
-        <v>2206</v>
+        <v>2204</v>
       </c>
       <c r="B407" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C407" s="5" t="s">
-        <v>65</v>
+        <v>16</v>
       </c>
       <c r="D407" s="5" t="s">
+        <v>1983</v>
+      </c>
+      <c r="E407" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F407" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G407" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H407" s="5" t="s">
+        <v>2205</v>
+      </c>
+      <c r="I407" s="5" t="s">
+        <v>2206</v>
+      </c>
+      <c r="J407" s="5" t="s">
+        <v>1986</v>
+      </c>
+      <c r="K407" s="5" t="s">
         <v>2207</v>
       </c>
-      <c r="E407" s="5" t="s">
-[...12 lines deleted...]
-      <c r="H407" s="5" t="s">
+      <c r="L407" s="6" t="s">
         <v>2208</v>
       </c>
-      <c r="I407" s="5" t="s">
+      <c r="M407" s="5" t="s">
         <v>2209</v>
-      </c>
-[...10 lines deleted...]
-        <v>2213</v>
       </c>
     </row>
     <row r="408">
       <c r="A408" s="5" t="s">
-        <v>2214</v>
+        <v>2210</v>
       </c>
       <c r="B408" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C408" s="5" t="s">
-        <v>25</v>
+        <v>1411</v>
       </c>
       <c r="D408" s="5" t="s">
-        <v>104</v>
-[...2 lines deleted...]
-        <v>2035</v>
+        <v>1412</v>
+      </c>
+      <c r="E408" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F408" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G408" s="5" t="s">
+      <c r="G408" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H408" s="5" t="s">
+        <v>2211</v>
+      </c>
+      <c r="I408" s="5" t="s">
+        <v>2212</v>
+      </c>
+      <c r="J408" s="5" t="s">
+        <v>1986</v>
+      </c>
+      <c r="K408" s="5" t="s">
+        <v>2213</v>
+      </c>
+      <c r="L408" s="6" t="s">
+        <v>2214</v>
+      </c>
+      <c r="M408" s="5" t="s">
         <v>2215</v>
-      </c>
-[...16 lines deleted...]
-        <v>2220</v>
       </c>
     </row>
     <row r="409">
       <c r="A409" s="5" t="s">
-        <v>2221</v>
+        <v>2216</v>
       </c>
       <c r="B409" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C409" s="5" t="s">
-        <v>25</v>
+        <v>453</v>
       </c>
       <c r="D409" s="5" t="s">
-        <v>507</v>
-[...2 lines deleted...]
-        <v>450</v>
+        <v>1412</v>
+      </c>
+      <c r="E409" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F409" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G409" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H409" s="5" t="s">
-        <v>2222</v>
+        <v>2217</v>
       </c>
       <c r="I409" s="5" t="s">
-        <v>2223</v>
+        <v>2218</v>
       </c>
       <c r="J409" s="5" t="s">
-        <v>30</v>
+        <v>1978</v>
       </c>
       <c r="K409" s="5" t="s">
-        <v>2224</v>
+        <v>2219</v>
       </c>
       <c r="L409" s="6" t="s">
-        <v>2225</v>
+        <v>2220</v>
       </c>
       <c r="M409" s="5" t="s">
-        <v>2226</v>
+        <v>2221</v>
       </c>
     </row>
     <row r="410">
       <c r="A410" s="5" t="s">
-        <v>2227</v>
+        <v>2222</v>
       </c>
       <c r="B410" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C410" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D410" s="5" t="s">
-        <v>65</v>
-[...9 lines deleted...]
-        </is>
+        <v>2223</v>
+      </c>
+      <c r="E410" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F410" s="5" t="s">
+        <v>2224</v>
       </c>
       <c r="G410" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H410" s="5" t="s">
+        <v>2225</v>
+      </c>
+      <c r="I410" s="5" t="s">
+        <v>2226</v>
+      </c>
+      <c r="J410" s="5" t="s">
+        <v>1978</v>
+      </c>
+      <c r="K410" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L410" s="6" t="s">
+        <v>2227</v>
+      </c>
+      <c r="M410" s="5" t="s">
         <v>2228</v>
-      </c>
-[...13 lines deleted...]
-        <v>2232</v>
       </c>
     </row>
     <row r="411">
       <c r="A411" s="5" t="s">
-        <v>2233</v>
+        <v>2229</v>
       </c>
       <c r="B411" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C411" s="5" t="s">
-        <v>65</v>
+        <v>16</v>
       </c>
       <c r="D411" s="5" t="s">
-        <v>16</v>
+        <v>2223</v>
       </c>
       <c r="E411" s="5" t="s">
-        <v>1185</v>
-[...4 lines deleted...]
-        </is>
+        <v>17</v>
+      </c>
+      <c r="F411" s="5" t="s">
+        <v>2224</v>
       </c>
       <c r="G411" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H411" s="5" t="s">
+        <v>2230</v>
+      </c>
+      <c r="I411" s="5" t="s">
+        <v>2231</v>
+      </c>
+      <c r="J411" s="5" t="s">
+        <v>1978</v>
+      </c>
+      <c r="K411" s="5" t="s">
+        <v>2232</v>
+      </c>
+      <c r="L411" s="6" t="s">
+        <v>2233</v>
+      </c>
+      <c r="M411" s="5" t="s">
         <v>2234</v>
-      </c>
-[...13 lines deleted...]
-        <v>2238</v>
       </c>
     </row>
     <row r="412">
       <c r="A412" s="5" t="s">
-        <v>2239</v>
+        <v>2235</v>
       </c>
       <c r="B412" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C412" s="5" t="s">
-        <v>25</v>
+        <v>2236</v>
       </c>
       <c r="D412" s="5" t="s">
-        <v>507</v>
+        <v>282</v>
       </c>
       <c r="E412" s="5" t="s">
-        <v>81</v>
+        <v>17</v>
       </c>
       <c r="F412" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G412" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H412" s="5" t="s">
-        <v>568</v>
+        <v>2237</v>
       </c>
       <c r="I412" s="5" t="s">
+        <v>2238</v>
+      </c>
+      <c r="J412" s="5" t="s">
+        <v>2239</v>
+      </c>
+      <c r="K412" s="5" t="s">
         <v>2240</v>
       </c>
-      <c r="J412" s="5" t="s">
+      <c r="L412" s="6" t="s">
         <v>2241</v>
       </c>
-      <c r="K412" s="5" t="s">
+      <c r="M412" s="5" t="s">
         <v>2242</v>
-      </c>
-[...4 lines deleted...]
-        <v>2244</v>
       </c>
     </row>
     <row r="413">
       <c r="A413" s="5" t="s">
-        <v>2245</v>
+        <v>2243</v>
       </c>
       <c r="B413" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C413" s="5" t="s">
-        <v>65</v>
+        <v>16</v>
       </c>
       <c r="D413" s="5" t="s">
-        <v>16</v>
+        <v>2223</v>
       </c>
       <c r="E413" s="5" t="s">
-        <v>135</v>
-[...6 lines deleted...]
-      <c r="G413" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F413" s="5" t="s">
+        <v>2224</v>
+      </c>
+      <c r="G413" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H413" s="5" t="s">
+        <v>2244</v>
+      </c>
+      <c r="I413" s="5" t="s">
+        <v>2245</v>
+      </c>
+      <c r="J413" s="5" t="s">
+        <v>1978</v>
+      </c>
+      <c r="K413" s="5" t="s">
         <v>2246</v>
       </c>
-      <c r="H413" s="5" t="s">
+      <c r="L413" s="6" t="s">
         <v>2247</v>
       </c>
-      <c r="I413" s="5" t="s">
+      <c r="M413" s="5" t="s">
         <v>2248</v>
-      </c>
-[...10 lines deleted...]
-        <v>2251</v>
       </c>
     </row>
     <row r="414">
       <c r="A414" s="5" t="s">
-        <v>2252</v>
+        <v>2249</v>
       </c>
       <c r="B414" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C414" s="5" t="s">
-        <v>1645</v>
+        <v>16</v>
       </c>
       <c r="D414" s="5" t="s">
-        <v>26</v>
+        <v>2223</v>
       </c>
       <c r="E414" s="5" t="s">
-        <v>450</v>
-[...4 lines deleted...]
-        </is>
+        <v>17</v>
+      </c>
+      <c r="F414" s="5" t="s">
+        <v>2224</v>
       </c>
       <c r="G414" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H414" s="5" t="s">
+        <v>2250</v>
+      </c>
+      <c r="I414" s="5" t="s">
+        <v>2251</v>
+      </c>
+      <c r="J414" s="5" t="s">
+        <v>1978</v>
+      </c>
+      <c r="K414" s="5" t="s">
+        <v>2252</v>
+      </c>
+      <c r="L414" s="6" t="s">
         <v>2253</v>
       </c>
-      <c r="I414" s="5" t="s">
+      <c r="M414" s="5" t="s">
         <v>2254</v>
       </c>
-      <c r="J414" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K414" s="5" t="s">
+    </row>
+    <row r="415">
+      <c r="A415" s="5" t="s">
         <v>2255</v>
-      </c>
-[...9 lines deleted...]
-        <v>1928</v>
       </c>
       <c r="B415" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C415" s="5" t="s">
-        <v>142</v>
+        <v>72</v>
       </c>
       <c r="D415" s="5" t="s">
-        <v>119</v>
-[...4 lines deleted...]
-        </is>
+        <v>461</v>
+      </c>
+      <c r="E415" s="5" t="s">
+        <v>2160</v>
       </c>
       <c r="F415" s="5" t="s">
+        <v>2256</v>
+      </c>
+      <c r="G415" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H415" s="5" t="s">
+        <v>2257</v>
+      </c>
+      <c r="I415" s="5" t="s">
         <v>2258</v>
       </c>
-      <c r="G415" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H415" s="5" t="s">
+      <c r="J415" s="5" t="s">
         <v>2259</v>
       </c>
-      <c r="I415" s="5" t="s">
+      <c r="K415" s="5" t="s">
         <v>2260</v>
       </c>
-      <c r="J415" s="5" t="s">
+      <c r="L415" s="6" t="s">
         <v>2261</v>
       </c>
-      <c r="K415" s="5" t="s">
+      <c r="M415" s="5" t="s">
         <v>2262</v>
-      </c>
-[...4 lines deleted...]
-        <v>2264</v>
       </c>
     </row>
     <row r="416">
       <c r="A416" s="5" t="s">
-        <v>2265</v>
+        <v>2263</v>
       </c>
       <c r="B416" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C416" s="5" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="D416" s="5" t="s">
-        <v>507</v>
+        <v>1412</v>
       </c>
       <c r="E416" s="5" t="s">
-        <v>450</v>
-[...4 lines deleted...]
-        </is>
+        <v>17</v>
+      </c>
+      <c r="F416" s="5" t="s">
+        <v>462</v>
       </c>
       <c r="G416" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H416" s="5" t="s">
+        <v>2264</v>
+      </c>
+      <c r="I416" s="5" t="s">
+        <v>2265</v>
+      </c>
+      <c r="J416" s="5" t="s">
+        <v>1986</v>
+      </c>
+      <c r="K416" s="5" t="s">
         <v>2266</v>
       </c>
-      <c r="I416" s="5" t="s">
+      <c r="L416" s="6" t="s">
         <v>2267</v>
       </c>
-      <c r="J416" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K416" s="5" t="s">
+      <c r="M416" s="5" t="s">
         <v>2268</v>
-      </c>
-[...4 lines deleted...]
-        <v>2270</v>
       </c>
     </row>
     <row r="417">
       <c r="A417" s="5" t="s">
-        <v>2271</v>
+        <v>2269</v>
       </c>
       <c r="B417" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C417" s="5" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="D417" s="5" t="s">
-        <v>507</v>
+        <v>1983</v>
       </c>
       <c r="E417" s="5" t="s">
-        <v>450</v>
+        <v>17</v>
       </c>
       <c r="F417" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G417" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H417" s="5" t="s">
+        <v>2270</v>
+      </c>
+      <c r="I417" s="5"/>
+      <c r="J417" s="5" t="s">
+        <v>1986</v>
+      </c>
+      <c r="K417" s="5" t="s">
+        <v>2271</v>
+      </c>
+      <c r="L417" s="6" t="s">
         <v>2272</v>
       </c>
-      <c r="I417" s="5" t="s">
+      <c r="M417" s="5" t="s">
         <v>2273</v>
-      </c>
-[...10 lines deleted...]
-        <v>2276</v>
       </c>
     </row>
     <row r="418">
       <c r="A418" s="5" t="s">
-        <v>2277</v>
+        <v>2269</v>
       </c>
       <c r="B418" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C418" s="5" t="s">
-        <v>197</v>
+        <v>16</v>
       </c>
       <c r="D418" s="5" t="s">
-        <v>119</v>
-[...9 lines deleted...]
-        </is>
+        <v>2223</v>
+      </c>
+      <c r="E418" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F418" s="5" t="s">
+        <v>2224</v>
       </c>
       <c r="G418" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H418" s="5" t="s">
+        <v>2274</v>
+      </c>
+      <c r="I418" s="5" t="s">
+        <v>2275</v>
+      </c>
+      <c r="J418" s="5" t="s">
+        <v>1978</v>
+      </c>
+      <c r="K418" s="5" t="s">
+        <v>2276</v>
+      </c>
+      <c r="L418" s="6" t="s">
+        <v>2277</v>
+      </c>
+      <c r="M418" s="5" t="s">
         <v>2278</v>
-      </c>
-[...13 lines deleted...]
-        <v>2282</v>
       </c>
     </row>
     <row r="419">
       <c r="A419" s="5" t="s">
-        <v>2283</v>
+        <v>2279</v>
       </c>
       <c r="B419" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C419" s="5" t="s">
-        <v>65</v>
+        <v>72</v>
       </c>
       <c r="D419" s="5" t="s">
-        <v>262</v>
+        <v>461</v>
       </c>
       <c r="E419" s="5" t="s">
-        <v>81</v>
+        <v>2160</v>
       </c>
       <c r="F419" s="5" t="s">
-        <v>537</v>
+        <v>2256</v>
       </c>
       <c r="G419" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H419" s="5" t="s">
+        <v>2280</v>
+      </c>
+      <c r="I419" s="5" t="s">
+        <v>2281</v>
+      </c>
+      <c r="J419" s="5" t="s">
+        <v>2282</v>
+      </c>
+      <c r="K419" s="5" t="s">
+        <v>2283</v>
+      </c>
+      <c r="L419" s="6" t="s">
         <v>2284</v>
       </c>
-      <c r="I419" s="5" t="s">
+      <c r="M419" s="5" t="s">
         <v>2285</v>
-      </c>
-[...12 lines deleted...]
-        <v>2287</v>
       </c>
     </row>
     <row r="420">
       <c r="A420" s="5" t="s">
-        <v>2288</v>
+        <v>2286</v>
       </c>
       <c r="B420" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C420" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D420" s="5" t="s">
-        <v>65</v>
+        <v>2223</v>
       </c>
       <c r="E420" s="5" t="s">
-        <v>1007</v>
-[...6 lines deleted...]
-      <c r="G420" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F420" s="5" t="s">
+        <v>2224</v>
+      </c>
+      <c r="G420" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H420" s="5" t="s">
+        <v>2287</v>
+      </c>
+      <c r="I420" s="5" t="s">
+        <v>2288</v>
+      </c>
+      <c r="J420" s="5" t="s">
+        <v>1978</v>
+      </c>
+      <c r="K420" s="5" t="s">
         <v>2289</v>
       </c>
-      <c r="H420" s="5" t="s">
+      <c r="L420" s="6" t="s">
         <v>2290</v>
       </c>
-      <c r="I420" s="5" t="s">
+      <c r="M420" s="5" t="s">
         <v>2291</v>
-      </c>
-[...10 lines deleted...]
-        <v>2294</v>
       </c>
     </row>
     <row r="421">
       <c r="A421" s="5" t="s">
-        <v>2295</v>
+        <v>2292</v>
       </c>
       <c r="B421" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C421" s="5" t="s">
-        <v>65</v>
+        <v>16</v>
       </c>
       <c r="D421" s="5" t="s">
-        <v>507</v>
+        <v>2223</v>
       </c>
       <c r="E421" s="5" t="s">
-        <v>81</v>
-[...6 lines deleted...]
-      <c r="G421" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F421" s="5" t="s">
+        <v>2293</v>
+      </c>
+      <c r="G421" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H421" s="5" t="s">
+        <v>2294</v>
+      </c>
+      <c r="I421" s="5" t="s">
+        <v>2295</v>
+      </c>
+      <c r="J421" s="5" t="s">
+        <v>1978</v>
+      </c>
+      <c r="K421" s="5" t="s">
         <v>2296</v>
       </c>
-      <c r="H421" s="5" t="s">
+      <c r="L421" s="6" t="s">
         <v>2297</v>
       </c>
-      <c r="I421" s="5" t="s">
+      <c r="M421" s="5" t="s">
         <v>2298</v>
-      </c>
-[...10 lines deleted...]
-        <v>2301</v>
       </c>
     </row>
     <row r="422">
       <c r="A422" s="5" t="s">
-        <v>2302</v>
+        <v>2299</v>
       </c>
       <c r="B422" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C422" s="5" t="s">
-        <v>65</v>
+        <v>2102</v>
       </c>
       <c r="D422" s="5" t="s">
-        <v>262</v>
+        <v>2300</v>
       </c>
       <c r="E422" s="5" t="s">
-        <v>81</v>
+        <v>2301</v>
       </c>
       <c r="F422" s="5" t="s">
-        <v>537</v>
+        <v>2302</v>
       </c>
       <c r="G422" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H422" s="5" t="s">
         <v>2303</v>
       </c>
       <c r="I422" s="5" t="s">
         <v>2304</v>
       </c>
       <c r="J422" s="5" t="s">
-        <v>158</v>
+        <v>2305</v>
       </c>
       <c r="K422" s="5" t="s">
-        <v>2305</v>
+        <v>2306</v>
       </c>
       <c r="L422" s="6" t="s">
-        <v>2306</v>
+        <v>2307</v>
       </c>
       <c r="M422" s="5" t="s">
-        <v>2307</v>
+        <v>2308</v>
       </c>
     </row>
     <row r="423">
       <c r="A423" s="5" t="s">
-        <v>2308</v>
+        <v>2309</v>
       </c>
       <c r="B423" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C423" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D423" s="5" t="s">
-        <v>142</v>
-[...12 lines deleted...]
-        <v>2309</v>
+        <v>2223</v>
+      </c>
+      <c r="E423" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F423" s="5" t="s">
+        <v>2293</v>
+      </c>
+      <c r="G423" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H423" s="5" t="s">
         <v>2310</v>
       </c>
       <c r="I423" s="5" t="s">
         <v>2311</v>
       </c>
       <c r="J423" s="5" t="s">
-        <v>107</v>
+        <v>1978</v>
       </c>
       <c r="K423" s="5" t="s">
         <v>2312</v>
       </c>
       <c r="L423" s="6" t="s">
         <v>2313</v>
       </c>
       <c r="M423" s="5" t="s">
         <v>2314</v>
       </c>
     </row>
     <row r="424">
       <c r="A424" s="5" t="s">
         <v>2315</v>
       </c>
       <c r="B424" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C424" s="5" t="s">
-        <v>907</v>
+        <v>16</v>
       </c>
       <c r="D424" s="5" t="s">
-        <v>65</v>
+        <v>2223</v>
       </c>
       <c r="E424" s="5" t="s">
-        <v>81</v>
-[...4 lines deleted...]
-        </is>
+        <v>17</v>
+      </c>
+      <c r="F424" s="5" t="s">
+        <v>2293</v>
       </c>
       <c r="G424" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H424" s="5" t="s">
         <v>2316</v>
       </c>
-      <c r="I424" s="5" t="s">
+      <c r="I424" s="5"/>
+      <c r="J424" s="5" t="s">
+        <v>1978</v>
+      </c>
+      <c r="K424" s="5" t="s">
         <v>2317</v>
       </c>
-      <c r="J424" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K424" s="5" t="s">
+      <c r="L424" s="6" t="s">
         <v>2318</v>
       </c>
-      <c r="L424" s="6" t="s">
+      <c r="M424" s="5" t="s">
         <v>2319</v>
-      </c>
-[...1 lines deleted...]
-        <v>2320</v>
       </c>
     </row>
     <row r="425">
       <c r="A425" s="5" t="s">
-        <v>2321</v>
+        <v>2320</v>
       </c>
       <c r="B425" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C425" s="5" t="s">
-        <v>762</v>
+        <v>72</v>
       </c>
       <c r="D425" s="5" t="s">
-        <v>37</v>
-[...9 lines deleted...]
-        </is>
+        <v>461</v>
+      </c>
+      <c r="E425" s="5" t="s">
+        <v>2160</v>
+      </c>
+      <c r="F425" s="5" t="s">
+        <v>2256</v>
       </c>
       <c r="G425" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H425" s="5" t="s">
+        <v>2321</v>
+      </c>
+      <c r="I425" s="5" t="s">
         <v>2322</v>
       </c>
-      <c r="I425" s="5" t="s">
+      <c r="J425" s="5" t="s">
         <v>2323</v>
       </c>
-      <c r="J425" s="5" t="s">
+      <c r="K425" s="5" t="s">
         <v>2324</v>
       </c>
-      <c r="K425" s="5" t="s">
+      <c r="L425" s="6" t="s">
         <v>2325</v>
       </c>
-      <c r="L425" s="6" t="s">
+      <c r="M425" s="5" t="s">
         <v>2326</v>
-      </c>
-[...1 lines deleted...]
-        <v>2327</v>
       </c>
     </row>
     <row r="426">
       <c r="A426" s="5" t="s">
+        <v>2327</v>
+      </c>
+      <c r="B426" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C426" s="5" t="s">
+        <v>1213</v>
+      </c>
+      <c r="D426" s="5" t="s">
+        <v>461</v>
+      </c>
+      <c r="E426" s="5" t="s">
+        <v>705</v>
+      </c>
+      <c r="F426" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G426" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H426" s="5" t="s">
         <v>2328</v>
       </c>
-      <c r="B426" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C426" s="5" t="s">
+      <c r="I426" s="5" t="s">
         <v>2329</v>
       </c>
-      <c r="D426" s="5" t="s">
-[...22 lines deleted...]
-      <c r="I426" s="5" t="s">
+      <c r="J426" s="5" t="s">
         <v>2330</v>
-      </c>
-[...1 lines deleted...]
-        <v>733</v>
       </c>
       <c r="K426" s="5" t="s">
         <v>2331</v>
       </c>
       <c r="L426" s="6" t="s">
         <v>2332</v>
       </c>
       <c r="M426" s="5" t="s">
         <v>2333</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>