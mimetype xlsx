--- v0 (2025-11-15)
+++ v1 (2026-01-19)
@@ -3,51 +3,51 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="269" uniqueCount="194" xml:space="preserve">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="280" uniqueCount="202" xml:space="preserve">
   <si>
     <t>Datering</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
@@ -1080,50 +1080,90 @@
 Andreas Larsen
 Elena Larsen
 Jens Larsen
 Jeppe Larsen
 Jonas Larsen
 Peter Andreas Larsen
 Vilhelm Larsen
 Alhed  Møhl, Lysses datter</t>
   </si>
   <si>
     <t>Det vides ikke, hvem Treppia/Trebbia er</t>
   </si>
   <si>
     <t>Johannes Larsen skal til Vilhelm/Klaks 75års fødselsdag, så Johan/Lysse kan komme dagen efter. 
 Larsen har mange fugle, og Jeppes skadeunge kan nu flyve og spise selv. Larsen skal besøge en mand, der leverer fugle til hans volière.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/KmZg</t>
   </si>
   <si>
     <t>Kjerteminde 8 Juli 1949.
 Kære Lysse.
 Tak for Brevet. Der er nu sket det, at vi har lovet at komme til Klaks 75 Aars Fødselsdag d. 14 Juli, saa Du behøver altsaa ikke at komme før efter den 15 ds. Men paa den anden Side vil jeg gerne af Sted saa snart som muligt. Jeg synes godt, Du kan tage Treppia, eller staves det med bb? med. Det vil jo sikkert more ham at se saa meget af Danmark. Vi har ogsaa graa Fluesnapper i Haven og vi har haft et Kuld Sumpmejser og Puf har set et Kuld Rødstjerter. Jeppe har en Skadeunge, som nu kan flyve og spise selv, vi har vist haft den i 5 Uger nu. Jeg glæder mig meget til Turen over Göteborg. Og vi skal besøge en Mand i Voersaa der leverer Fugle til min Voliere I Morgen tager jeg en Tur til Odense for at se at faa fat i nogle svenske Penge. 
 Mange Hilsner til Jer alle
 fra Din Far.</t>
+  </si>
+  <si>
+    <t>1951-10-23</t>
+  </si>
+  <si>
+    <t>Christa Knuth</t>
+  </si>
+  <si>
+    <t>København
+Kastelsvej 23</t>
+  </si>
+  <si>
+    <t>Refshalevej 16 Maribo</t>
+  </si>
+  <si>
+    <t>Johannes Larsen havde opholdt sig en lille måned hos sin søn og svigerdatter i Småland.
+Else Jensen, som var enke efter Johannes V. Jensen, boede på Kastelsvej i København.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen havde en dejlig tur til Sverige og Norge og hjem over Frederikshavn. Han er nu i København.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/sZxx</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Lensgrevinde
+Chr. Knuth
+Refshalevej 
+Maribo
+[På kuvertens bagside:]
+Johannes Larsen
+p.T. Kastelsvej 23
+Ø.
+[I brevet:]
+Kjøbenhavn Tirsdag 23 Octr 1951.
+Kære Grevinde. 
+Som Du ser er jeg nu i Kjøbenhavn, Vi havde en pragtfuld Tur i Sverige og en lille Svip ind i Norge og over Göteborg – Frederikshavn til Kjerteminde og videre hertil. Jeg tænker paa at rejse herfra Fredag eller Lørdag, hvordan passer det Dig. Øbro 23 – 93. Jeg er her i Huset hver Dag inden Kl. 9 om Morgenen Jeg glæder mig til at se Dig – Mange Hilsener fra
+Din hengivne 
+Johannes Larsen.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="100" formatCode="yyyy/mm/dd"/>
     <numFmt numFmtId="101" formatCode="yyyy/mm/dd hh:mm:ss"/>
     <numFmt numFmtId="102" formatCode="yyyy-mm-dd"/>
   </numFmts>
   <fonts count="7">
     <font>
       <name val="Arial"/>
       <sz val="11"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
@@ -1200,59 +1240,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/bACW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eXMn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YXQL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XDEQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dPGj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cIzN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ND7j" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pLmS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/C3Rp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Suoj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fevi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UyhD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pbpu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Swza" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/e8wn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6MlX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SVtG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VJ39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BOKX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9eus" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TrRn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BZ1Q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KmZg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/bACW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eXMn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YXQL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XDEQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dPGj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cIzN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ND7j" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pLmS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/C3Rp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Suoj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fevi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UyhD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pbpu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Swza" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/e8wn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6MlX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SVtG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VJ39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BOKX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9eus" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TrRn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BZ1Q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KmZg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sZxx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M25"/>
+  <dimension ref="A1:M26"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -2333,73 +2373,119 @@
           <t/>
         </is>
       </c>
       <c r="G25" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H25" s="5" t="s">
         <v>189</v>
       </c>
       <c r="I25" s="5" t="s">
         <v>190</v>
       </c>
       <c r="J25" s="5" t="s">
         <v>148</v>
       </c>
       <c r="K25" s="5" t="s">
         <v>191</v>
       </c>
       <c r="L25" s="6" t="s">
         <v>192</v>
       </c>
       <c r="M25" s="5" t="s">
         <v>193</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" s="5" t="s">
+        <v>194</v>
+      </c>
+      <c r="B26" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C26" s="5" t="s">
+        <v>68</v>
+      </c>
+      <c r="D26" s="5" t="s">
+        <v>195</v>
+      </c>
+      <c r="E26" s="5" t="s">
+        <v>196</v>
+      </c>
+      <c r="F26" s="5" t="s">
+        <v>197</v>
+      </c>
+      <c r="G26" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H26" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I26" s="5" t="s">
+        <v>198</v>
+      </c>
+      <c r="J26" s="5" t="s">
+        <v>157</v>
+      </c>
+      <c r="K26" s="5" t="s">
+        <v>199</v>
+      </c>
+      <c r="L26" s="6" t="s">
+        <v>200</v>
+      </c>
+      <c r="M26" s="5" t="s">
+        <v>201</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>
     <hyperlink ref="M13" r:id="rId18"/>
     <hyperlink ref="M14" r:id="rId19"/>
     <hyperlink ref="M15" r:id="rId20"/>
     <hyperlink ref="M16" r:id="rId21"/>
     <hyperlink ref="M17" r:id="rId22"/>
     <hyperlink ref="M18" r:id="rId23"/>
     <hyperlink ref="M19" r:id="rId24"/>
     <hyperlink ref="M20" r:id="rId25"/>
     <hyperlink ref="M21" r:id="rId26"/>
     <hyperlink ref="M22" r:id="rId27"/>
     <hyperlink ref="M23" r:id="rId28"/>
     <hyperlink ref="M24" r:id="rId29"/>
     <hyperlink ref="M25" r:id="rId30"/>
+    <hyperlink ref="M26" r:id="rId31"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>