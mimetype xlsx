--- v1 (2026-01-19)
+++ v2 (2026-03-06)
@@ -5,51 +5,51 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="280" uniqueCount="202" xml:space="preserve">
   <si>
-    <t>Datering</t>
+    <t>Datering/Værktitel</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
@@ -223,51 +223,51 @@
 Rasmus Kattrup
 Charlotte Knipschildt
 Ernst  Knipschildt
 Gustav Knipschildt
 M Knipschildt
 Otto Knipschildt
 - Krarup, læge
 Hans Jørgen -, Kusk ved grevskabet Muckadell
 Selma Lagerlöf
 Peter Erasmus Lange-Müller
 Adolph Larsen
 Alhed Larsen
 Andreas Larsen
 Johan Larsen
 Johanne Christine Larsen
 Johannes Larsen
 Christine  Mackie
 Augusta Mogensen
 Christian Mogensen
 Alfred Nielsen
 Otto Emil  Paludan
 Frederik Paludan-Müller
 Kirstine -, pige i huset hos Hempel Syberg
 - Poulsen, løjtnant
 Ellen  Sawyer
-Eleonora Scheel
+Lili Scheel
 Karl Schou
 Marie Schou
 Robert Schumann
 - Stürup
 Elly Svarrer
 Christine Swane
 Adelheyde Syberg
 Hempel Syberg
 Sigurd Thomsen
 Vagn Thomsen
 - Vesterdal
 Johannes Vesterdal
 Albrecht  Warberg
 Frederik Warberg
 Laura Warberg
 Else Wienberg</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/n/5K5zZYof</t>
   </si>
   <si>
     <t>Februar 1905</t>
   </si>
   <si>
     <t>Vilhelmine  Larsen</t>