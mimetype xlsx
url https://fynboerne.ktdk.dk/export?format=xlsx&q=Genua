--- v0 (2025-10-04)
+++ v1 (2026-01-09)
@@ -3,51 +3,51 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="677" uniqueCount="461" xml:space="preserve">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="688" uniqueCount="469" xml:space="preserve">
   <si>
     <t>Datering</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
@@ -2075,50 +2075,106 @@
     <t>Dagbogen er en natur og fugle beskrivelse af rejsen med sejlskibet "Rylen" til de fynske øer.
 Rejsens formål er indsamling af materiale til Acton Friis, "De Danskes Øer", der på 1.200 sider i 3 bind beskriver livet, naturen, historien og kulturen på de danske øer i 1920'erne</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/n/QnBrW1DK</t>
   </si>
   <si>
     <t> 1. aug. 1921</t>
   </si>
   <si>
     <t>Dagbogen er en natur og fugle beskrivelse af rejsen med sejlskibet "Rylen" til de fynske øer.
 Rejsens formål er indsamling af materiale til Achton Friis, "De Danskes Øer", der på 1.200 sider i 3 bind beskriver livet, naturen, historien og kulturen på de danske øer i 1920'erne</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/n/B2WDSV0j</t>
   </si>
   <si>
     <t> 3. aug. 1921</t>
   </si>
   <si>
     <t>Christian Andersen
 Andreas Larsen</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/n/1fN63CIC</t>
+  </si>
+  <si>
+    <t>1922-04-10</t>
+  </si>
+  <si>
+    <t>Rossia</t>
+  </si>
+  <si>
+    <t>Siri Andersson
+- - Hesselager
+Janna Schou
+Jørgen Schou
+Marie Schou
+Christine Swane
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Rossia var navnet på det forsikringsselskab, som Astrid Warberg-Goldschmidt arbejdede for.
+Astrid W-G og Jørgen/Buf Schou havde et kærlighedsforhold og fik sammen datteren Janna/Nusset Schou sammen. Jørgen Schous mor, Marie Syberg/Schou, kunne fra begyndelsen ikke lide Astrid Warberg-Goldschmidt. 
+Christine Swane blev kaldt Uglen.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv. BB0990</t>
+  </si>
+  <si>
+    <t>Astrid Warberg-Goldschmidt føler med Johanne C. Larsen, som går så meget igennem. Astrid ville ønske, at de to søstre kunne flytte sammen. Noget sådan talte de også om, da de for 20 år siden havde vrøvl med kæresterne. 
+Jørgen/Buf Schou vil give Astrids gamle cykel en hovedreparation. 
+Jørgen er i et forholkd til Frk. Hesselager, som vi gøre ham til kunstner. 
+Astrid får et påskegratiale på 200 kr. Jørgen og hans mor må ikke vide det, for de trækker i børnebidraget, hvis de hører, at Astrid har lidt penge. Marie Syberg, Jørgens mor, er modbydelig og en led satan. 
+Siri Andersson fra Malmø har været på besøg.
+Astrid har lavet et katalog for Christine Swane/Uglen, og denne gav hende som tak et maleri med motiv af et vindue med hvide gardiner, genstande på et bord og et rødt lommetørklæde.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/UXzT</t>
+  </si>
+  <si>
+    <t>p.t. ”Rossia”. 10. April 1922.
+………………………………..
+Kæreste lille Junge!
+Ja, nu maa du undskylde Maskinen – men uden den kan jeg ikke faa skreven til dig, og jeg vilde saa gerne skrive et lille Paaskebrev i Anledning af alt det meget sørgelige, som Mor skrev om. Jeg føler mig ganske brødebetynget, fordi jeg sendte dig den Hilsen, at ”jeg trængte saa meget til et Par Ord for dig”, for nu synes jeg, det er da meget mere dig, der trænger til at faa et lille Livstegn fra en anden Kant. For alt mit – ja, det tænker vi ikke paa nu. Alting gaar jo over engang ogsaa dét, der gør mest ondt. 
+Men dit, Junge, hvad skal man dog stille op. Var du dog blot ude af det – for det maa jeg sige ud af min egen tunge Erfaring: der er jo noget uhyre fredfuldt ved at være sluppen ud af sit Helvede, og man ved jo, at engang faar man sig selv bygget op igen. 
+Jeg har hørt, at du giver dig aktivt af med Politik, har Glæde af det, at du endog faar Tid til Basar for de russiske Børn. Det er jo saadan noget, der faar En til at bære alt det andet. Aa, Junge, om det hele stillede sig saadan, ar du og jeg kunde slaa os sammen herinde og lave et eller andet – i hvert Fald et Hjem sammen, vi skulde nok klare den, du med Elever, jeg med Kontorplads og saa en dygtig Pige til alt Skruppet, aa, Junge, vi vilde leve op igen og roligt kunde se imod Fremtiden – der er noget bedaarende i selve det: at kunde klare sig sjæleligt, socialt, økonomisk o.s.v. I Øjeblikket vil du maaske ryste paa Hovedet og forkaste det som umuligt, men hvem ved, hvad Tingene efterhaanden kan udvikle sig til - kan du huske, at vi engang for mange Aar siden – for ca. 20 Aar siden – da det ogsaa stod kludret til med vore Mandfolk, saa snakkede vi om saadan noget. Dengang blev det ikke til noget, men vi er jo kommen igennem den Del siden da. Og jeg synes nu, at København er en go By, der giver En mange Chancer ogsaa naar det gælder om ”at bygge sig selv op igen”, at ”begynde forfra” o.s.v. 
+Naa, maaske hører det stadig Fremtiden til, men maaske har vi ogsaa Fremtiden for os …….
+Heroppe paa Kontoret glæder vi os til Paaskeferien – jeg har ingen Planer – men vil dog se at komme saa meget ud i Luften som muligt med mit lille Nus. 
+Buf har lovet at give min Cycle en Hovedreparation i Ferien, jeg koster en 30 Kr. paa den, saa bliver den saa god som ny – den er saa frygtelig tilrakket – jeg købte den i Kerteminde dengang til Familiestevnet vistnok i 1912? og paa sit 10ende Aar har den jo taget sin værste Tørn, idet jeg har cyclet paa den hver eneste Dag hele Aaret igennem ogsaa i Vinter, har overhovedet ikke taget hensyn til Vejret (en meget sund Foranstaltning) men det misklæder efterhaanden Cyklen. Nu skal den altsaa fornyes, saa bliver der arrangeret et lille Sæde bagpaa med smaa Fodhvilere, saa jeg kan tage Nusset med ud om Søndagen, det venter jeg mig meget af. 
+Buf har jo faaet Frøken Hesselager ved Politiken og hun har sat ham til at blive Kunstner, han har til Gengæld sat hende til at købe sig Motorcycle, saa de kan køre sammen – i det ydre ser alt saaledes nydeligt ud – og Fru Syberg har jo vunden en fin Sejr og endelig faaet ham hjem til sig selv igen. Men ellers’ -, nej, Junge, jeg tror ikke ellers, det er saa godt for Buf. Han ser trykket og ulykkelig ud. Han bliver aldrig til noget og han har betroet mig, at han synes det er frygteligt kun at se Nusset som Gæst. Jeg synes, det er godt, han vil være Kunstner, maaske han kan blive Tegner ved et Blad, hvis han overhovedet egner sig til noget i denne Verden, saa er det sikkert noget i den Retning. Og maaske kan han gøre et rigt Parti engang, saa kan han [”han” indsat over linien] ikke faa det bedre.
+Naa, her er en frygtelig Uro paa Kontoret, saa Brevet kan ikke blive længere, vil du takke Mor meget for Brevet, hun skriver saa lidt om Helbredet???
+Der ymtes noget om, at vi fra 1ste Maj skal lukke Kl. 4 paa Kontoret - i saa Fald er vi ovenud glade, den Time betyder knusende meget. Og saa vil jeg betro dig og Mor som noget meget hemmeligt, at vi faar Paaskegratiale ogsaa i Aar (200 Kr. til mig) men det maa være saa hemmeligt, for Familien Syberg er ikke utilbøjelig til at ville trække fra i Nusserbidraget, hvis de hører det.)
+2).
+Det lyder som en infam Beskyldning, men i hvert Fald fik jeg jo i sin Tid ikke en rød Øre, da man en Sommer mente, at jeg tjente tilstrækkeligt paa Statsbanerne. Først langt hen i Eftersommeren maatte jeg have lidt Hjælp til Indkøb af Brændsel, men for denne Hjælp mente man sig berettiget til at forarge sig over, at jeg tillod mig at flyve for 50 Kr. Dette er, synes jeg, højst uværdigt for en Person, som jeg havde tænkt bedre om, men jeg indretter mig derefter, forstaar du nok, jeg er stolt over, at jeg trods min relative Fattigdom dog engang imellem kan have Lyst til en Extravagance og af den Grund vil jeg ikke rives i Næsen at jeg modtager et sandelig ikke altfor overdaadigt Bidrag til et Barn, som jeg dog ikke har været alene om at sætte i Verden. Nej, Junge, m.H.t. hende har jeg lang Vej igen, inden jeg lærer at se andet i hende end en nederdrægtig raa og modbydelig Madam, der uden Samvittighed tilføjer andre de samme Smerter, som hun selv har lidt i flere Aaar og derfor burde kende. Hun er en led Satan. 
+Men dette passer egentlig daarligt i et Paaskebrev. Jeg har jo ogsaa faaet Fred for hende, forhaabentlig behøver jeg aldrig mere at have med hende at skaffe. Jeg skal faa en Sagfører til at ordne alt fornødent med Bidraget til Nuseren og saa Punktum med hende. 
+Jeg har haft et dejligt Besøg af Siri i Malmø, hun kom Lørdag Aften ved 7 Tiden og var forfærdelig sød, hun havde en Masse Blomster med, italienske Anemoner, og Tulipaner, desuden – o altfor store Flothed – en henrivende lille Sølvbarneske til Nusseren, som straks udbrød: saa har jeg tre! Jeg havde jo haabet, det ikke skulde blive berørt, at hun var saa velforsynet i Forvejen, er der noget, vi er rige paa i mit Hus, saa er det jo Sølvtøj. Naa, og vi havde en herlig Aften, snakkede til langt ud paa Natten og laa længe næste Morgen. Marie fungerede godt, der var saa fint og rent alle Vegne og vi fik en en god Middag, mør Bøf (Hestebøf, som Buf havde foræret mig Dagen før). altsaa om Søndagen. Siri tog først afsted Kl. 6, vi var ganske hæse af at snakke.
+Ja, nu maa du undskylde, hvis dette Brev er lidt usammenhængende, jeg har maattet tage det ud af Maskinen gentagne Gange, naar en Fjende nærmede sig – aa, jeg maa lige endnu fortælle dig en stor Glæde, jeg har haft. Uglen havde bedt mig om heroppe at lave et Katalog til hende (hun skal udstille noget i Kunstboden i Hyskenstræde) og tænk dig, derfor forærde hun mig – trods ihærdige Pligtprotester fra mig – et vældig stort aldeles dejligt Maleri, Motiv: et Vindue med hvide Gardiner, et Bord med Sager paa, bl.a. et ildrødt Lommetørklæde, hvis du saa kender det, det er en halv Snes Aar gammelt, det hænger nu paa min Væg og jeg fryder mig inderligt over det – min Stue er i det hele taget efterhaanden et Unikum af Skønhed, Hvidhed, Renhed Fred, Hygge og Harmoni, gid jeg kunde sætte dig ind i den i hele Paasken …… 
+[Skrevet i hånden:]
+Og dermed mange Tusinder goe Hilsner fra din altid
+Dis</t>
   </si>
   <si>
     <t>1922-09-07</t>
   </si>
   <si>
     <t>Svebølle</t>
   </si>
   <si>
     <t>N Rh Blegvad
 Carl  Ottosen
 Agnete Swane
 Lars Swane</t>
   </si>
   <si>
     <t>Lasse fik fjernet mandler hos Blegvad i 1921</t>
   </si>
   <si>
     <t>Lasse har skrantet og er blevet undersøgt af en læge i København. Han har blegsot og skal igennem en kur. Agnete er ligeledes syg.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/c3ZE</t>
   </si>
   <si>
     <t>7-9-22.
 Kære Ugle. 
@@ -2811,59 +2867,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/uYyC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/a4vyLlWx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/j8a2KPF3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dLuM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/swVt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hHAk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oRsw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zHtY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sMFS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EUrJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/y0d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pmpj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EnWD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/R6oZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ym43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IrsN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rPn5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7auh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/59xR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jpxJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jb4D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HBXL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3OjO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jBMz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ygb2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Q4C5h7Kk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pf8i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lYRN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/10ov" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4h0e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0Eou" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NTgt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XXxd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/m4b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vpAg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FUCz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RB3d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mXtF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QJmd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QZX4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TyIQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/09sh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6cVQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/C3Rp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/QnBrW1DK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/B2WDSV0j" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/1fN63CIC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/c3ZE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/GkvvruYW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tMC7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/tmpkPwtQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/dkj1WJML" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/YW4sQ9Sx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/GjmjBRL3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/HHkr8KtH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/0RM2QcsZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/H6SerXb3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/UdaM3mlf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/jIOtZjfa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/B0CjgTjw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/GCAZZgQj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ym4L" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rxyo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1pus" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zXFR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wctH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9zHx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aqpt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QZ8G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yVHo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/uYyC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/a4vyLlWx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/j8a2KPF3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dLuM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/swVt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hHAk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oRsw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zHtY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sMFS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EUrJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/y0d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pmpj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EnWD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/R6oZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ym43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IrsN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rPn5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7auh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/59xR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jpxJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jb4D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HBXL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3OjO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jBMz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ygb2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Q4C5h7Kk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pf8i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lYRN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/10ov" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4h0e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0Eou" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NTgt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XXxd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/m4b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vpAg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FUCz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RB3d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mXtF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QJmd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QZX4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TyIQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/09sh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6cVQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/C3Rp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/QnBrW1DK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/B2WDSV0j" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/1fN63CIC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UXzT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/c3ZE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/GkvvruYW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tMC7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/tmpkPwtQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/dkj1WJML" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/YW4sQ9Sx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/GjmjBRL3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/HHkr8KtH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/0RM2QcsZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/H6SerXb3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/UdaM3mlf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/jIOtZjfa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/B0CjgTjw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/GCAZZgQj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ym4L" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rxyo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1pus" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zXFR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wctH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9zHx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aqpt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QZ8G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yVHo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M72"/>
+  <dimension ref="A1:M73"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -5048,1107 +5104,1152 @@
       <c r="H49" s="5" t="s">
         <v>346</v>
       </c>
       <c r="I49" s="5"/>
       <c r="J49" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K49" s="5" t="s">
         <v>340</v>
       </c>
       <c r="L49" s="6" t="s">
         <v>347</v>
       </c>
       <c r="M49" s="5"/>
     </row>
     <row r="50">
       <c r="A50" s="5" t="s">
         <v>348</v>
       </c>
       <c r="B50" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C50" s="5" t="s">
-        <v>217</v>
+        <v>116</v>
       </c>
       <c r="D50" s="5" t="s">
-        <v>120</v>
+        <v>158</v>
       </c>
       <c r="E50" s="5" t="s">
         <v>349</v>
       </c>
-      <c r="F50" s="5" t="s">
-        <v>18</v>
+      <c r="F50" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G50" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H50" s="5" t="s">
         <v>350</v>
       </c>
       <c r="I50" s="5" t="s">
         <v>351</v>
       </c>
       <c r="J50" s="5" t="s">
-        <v>221</v>
+        <v>352</v>
       </c>
       <c r="K50" s="5" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="L50" s="6" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="M50" s="5" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="5" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="B51" s="5" t="s">
-        <v>115</v>
+        <v>14</v>
       </c>
       <c r="C51" s="5" t="s">
-        <v>16</v>
-[...14 lines deleted...]
-        </is>
+        <v>217</v>
+      </c>
+      <c r="D51" s="5" t="s">
+        <v>120</v>
+      </c>
+      <c r="E51" s="5" t="s">
+        <v>357</v>
+      </c>
+      <c r="F51" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="G51" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H51" s="5" t="inlineStr">
-[...13 lines deleted...]
-        </is>
+      <c r="H51" s="5" t="s">
+        <v>358</v>
+      </c>
+      <c r="I51" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="J51" s="5" t="s">
+        <v>221</v>
+      </c>
+      <c r="K51" s="5" t="s">
+        <v>360</v>
       </c>
       <c r="L51" s="6" t="s">
-        <v>356</v>
-[...1 lines deleted...]
-      <c r="M51" s="5"/>
+        <v>361</v>
+      </c>
+      <c r="M51" s="5" t="s">
+        <v>362</v>
+      </c>
     </row>
     <row r="52">
       <c r="A52" s="5" t="s">
-        <v>357</v>
+        <v>363</v>
       </c>
       <c r="B52" s="5" t="s">
-        <v>14</v>
+        <v>115</v>
       </c>
       <c r="C52" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D52" s="5" t="s">
-[...3 lines deleted...]
-        <v>17</v>
+      <c r="D52" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F52" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G52" s="5" t="s">
-[...12 lines deleted...]
-        <v>361</v>
+      <c r="G52" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H52" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I52" s="5"/>
+      <c r="J52" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K52" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L52" s="6" t="s">
-        <v>362</v>
-[...3 lines deleted...]
-      </c>
+        <v>364</v>
+      </c>
+      <c r="M52" s="5"/>
     </row>
     <row r="53">
       <c r="A53" s="5" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="B53" s="5" t="s">
-        <v>115</v>
+        <v>14</v>
       </c>
       <c r="C53" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D53" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="D53" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="E53" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F53" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G53" s="5" t="inlineStr">
-[...13 lines deleted...]
-        </is>
+      <c r="G53" s="5" t="s">
+        <v>366</v>
+      </c>
+      <c r="H53" s="5" t="s">
+        <v>367</v>
+      </c>
+      <c r="I53" s="5" t="s">
+        <v>368</v>
+      </c>
+      <c r="J53" s="5" t="s">
+        <v>22</v>
       </c>
       <c r="K53" s="5" t="s">
-        <v>365</v>
+        <v>369</v>
       </c>
       <c r="L53" s="6" t="s">
-        <v>366</v>
-[...1 lines deleted...]
-      <c r="M53" s="5"/>
+        <v>370</v>
+      </c>
+      <c r="M53" s="5" t="s">
+        <v>371</v>
+      </c>
     </row>
     <row r="54">
       <c r="A54" s="5" t="s">
-        <v>367</v>
+        <v>372</v>
       </c>
       <c r="B54" s="5" t="s">
         <v>115</v>
       </c>
       <c r="C54" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D54" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F54" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G54" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H54" s="5" t="s">
-        <v>368</v>
+      <c r="H54" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I54" s="5"/>
       <c r="J54" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K54" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K54" s="5" t="s">
+        <v>373</v>
       </c>
       <c r="L54" s="6" t="s">
-        <v>369</v>
+        <v>374</v>
       </c>
       <c r="M54" s="5"/>
     </row>
     <row r="55">
       <c r="A55" s="5" t="s">
-        <v>370</v>
+        <v>375</v>
       </c>
       <c r="B55" s="5" t="s">
         <v>115</v>
       </c>
       <c r="C55" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D55" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F55" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G55" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H55" s="5" t="s">
-        <v>371</v>
+        <v>376</v>
       </c>
       <c r="I55" s="5"/>
       <c r="J55" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K55" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L55" s="6" t="s">
-        <v>372</v>
+        <v>377</v>
       </c>
       <c r="M55" s="5"/>
     </row>
     <row r="56">
       <c r="A56" s="5" t="s">
-        <v>373</v>
+        <v>378</v>
       </c>
       <c r="B56" s="5" t="s">
         <v>115</v>
       </c>
       <c r="C56" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D56" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E56" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F56" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G56" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H56" s="5" t="s">
-        <v>374</v>
+        <v>379</v>
       </c>
       <c r="I56" s="5"/>
       <c r="J56" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K56" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L56" s="6" t="s">
-        <v>375</v>
+        <v>380</v>
       </c>
       <c r="M56" s="5"/>
     </row>
     <row r="57">
       <c r="A57" s="5" t="s">
-        <v>376</v>
+        <v>381</v>
       </c>
       <c r="B57" s="5" t="s">
         <v>115</v>
       </c>
       <c r="C57" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D57" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E57" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F57" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G57" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H57" s="5" t="s">
-        <v>377</v>
+        <v>382</v>
       </c>
       <c r="I57" s="5"/>
       <c r="J57" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K57" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L57" s="6" t="s">
-        <v>378</v>
+        <v>383</v>
       </c>
       <c r="M57" s="5"/>
     </row>
     <row r="58">
       <c r="A58" s="5" t="s">
-        <v>379</v>
+        <v>384</v>
       </c>
       <c r="B58" s="5" t="s">
         <v>115</v>
       </c>
       <c r="C58" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D58" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E58" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F58" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G58" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H58" s="5" t="s">
-        <v>380</v>
+        <v>385</v>
       </c>
       <c r="I58" s="5"/>
       <c r="J58" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K58" s="5" t="s">
-        <v>381</v>
+      <c r="K58" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L58" s="6" t="s">
-        <v>382</v>
+        <v>386</v>
       </c>
       <c r="M58" s="5"/>
     </row>
     <row r="59">
       <c r="A59" s="5" t="s">
-        <v>383</v>
+        <v>387</v>
       </c>
       <c r="B59" s="5" t="s">
         <v>115</v>
       </c>
       <c r="C59" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D59" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E59" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F59" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G59" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H59" s="5" t="s">
-        <v>384</v>
+        <v>388</v>
       </c>
       <c r="I59" s="5"/>
       <c r="J59" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K59" s="5" t="s">
-        <v>381</v>
+        <v>389</v>
       </c>
       <c r="L59" s="6" t="s">
-        <v>385</v>
+        <v>390</v>
       </c>
       <c r="M59" s="5"/>
     </row>
     <row r="60">
       <c r="A60" s="5" t="s">
-        <v>386</v>
+        <v>391</v>
       </c>
       <c r="B60" s="5" t="s">
         <v>115</v>
       </c>
-      <c r="C60" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="C60" s="5" t="s">
+        <v>16</v>
       </c>
       <c r="D60" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E60" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F60" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G60" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H60" s="5" t="s">
-        <v>241</v>
+        <v>392</v>
       </c>
       <c r="I60" s="5"/>
       <c r="J60" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K60" s="5" t="s">
-        <v>387</v>
+        <v>389</v>
       </c>
       <c r="L60" s="6" t="s">
-        <v>388</v>
+        <v>393</v>
       </c>
       <c r="M60" s="5"/>
     </row>
     <row r="61">
       <c r="A61" s="5" t="s">
-        <v>389</v>
+        <v>394</v>
       </c>
       <c r="B61" s="5" t="s">
         <v>115</v>
       </c>
-      <c r="C61" s="5" t="s">
-        <v>16</v>
+      <c r="C61" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="D61" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E61" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F61" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G61" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H61" s="5" t="s">
-        <v>390</v>
+        <v>241</v>
       </c>
       <c r="I61" s="5"/>
       <c r="J61" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K61" s="5" t="s">
-        <v>387</v>
+        <v>395</v>
       </c>
       <c r="L61" s="6" t="s">
-        <v>391</v>
+        <v>396</v>
       </c>
       <c r="M61" s="5"/>
     </row>
     <row r="62">
       <c r="A62" s="5" t="s">
-        <v>392</v>
+        <v>397</v>
       </c>
       <c r="B62" s="5" t="s">
         <v>115</v>
       </c>
       <c r="C62" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D62" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E62" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F62" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G62" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H62" s="5" t="s">
-        <v>393</v>
+        <v>398</v>
       </c>
       <c r="I62" s="5"/>
       <c r="J62" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K62" s="5" t="s">
-        <v>387</v>
+        <v>395</v>
       </c>
       <c r="L62" s="6" t="s">
-        <v>394</v>
+        <v>399</v>
       </c>
       <c r="M62" s="5"/>
     </row>
     <row r="63">
       <c r="A63" s="5" t="s">
-        <v>395</v>
+        <v>400</v>
       </c>
       <c r="B63" s="5" t="s">
         <v>115</v>
       </c>
       <c r="C63" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D63" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E63" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F63" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G63" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H63" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H63" s="5" t="s">
+        <v>401</v>
       </c>
       <c r="I63" s="5"/>
       <c r="J63" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K63" s="5" t="s">
-        <v>387</v>
+        <v>395</v>
       </c>
       <c r="L63" s="6" t="s">
-        <v>396</v>
+        <v>402</v>
       </c>
       <c r="M63" s="5"/>
     </row>
     <row r="64">
       <c r="A64" s="5" t="s">
-        <v>397</v>
+        <v>403</v>
       </c>
       <c r="B64" s="5" t="s">
-        <v>14</v>
+        <v>115</v>
       </c>
       <c r="C64" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D64" s="5" t="s">
-[...3 lines deleted...]
-        <v>17</v>
+      <c r="D64" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F64" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G64" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H64" s="5" t="s">
-[...6 lines deleted...]
-        <v>400</v>
+      <c r="H64" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I64" s="5"/>
+      <c r="J64" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K64" s="5" t="s">
-        <v>401</v>
+        <v>395</v>
       </c>
       <c r="L64" s="6" t="s">
-        <v>402</v>
-[...3 lines deleted...]
-      </c>
+        <v>404</v>
+      </c>
+      <c r="M64" s="5"/>
     </row>
     <row r="65">
       <c r="A65" s="5" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="B65" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C65" s="5" t="s">
-        <v>146</v>
+        <v>16</v>
       </c>
       <c r="D65" s="5" t="s">
-        <v>241</v>
+        <v>392</v>
       </c>
       <c r="E65" s="5" t="s">
-        <v>320</v>
+        <v>17</v>
       </c>
       <c r="F65" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G65" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H65" s="5" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="I65" s="5" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="J65" s="5" t="s">
-        <v>22</v>
+        <v>408</v>
       </c>
       <c r="K65" s="5" t="s">
-        <v>407</v>
+        <v>409</v>
       </c>
       <c r="L65" s="6" t="s">
-        <v>408</v>
+        <v>410</v>
       </c>
       <c r="M65" s="5" t="s">
-        <v>409</v>
+        <v>411</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="5" t="s">
-        <v>410</v>
+        <v>412</v>
       </c>
       <c r="B66" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C66" s="5" t="s">
         <v>146</v>
       </c>
       <c r="D66" s="5" t="s">
         <v>241</v>
       </c>
       <c r="E66" s="5" t="s">
         <v>320</v>
       </c>
       <c r="F66" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G66" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H66" s="5" t="s">
-        <v>411</v>
+        <v>413</v>
       </c>
       <c r="I66" s="5" t="s">
-        <v>412</v>
+        <v>414</v>
       </c>
       <c r="J66" s="5" t="s">
-        <v>245</v>
+        <v>22</v>
       </c>
       <c r="K66" s="5" t="s">
-        <v>413</v>
+        <v>415</v>
       </c>
       <c r="L66" s="6" t="s">
-        <v>414</v>
+        <v>416</v>
       </c>
       <c r="M66" s="5" t="s">
-        <v>415</v>
+        <v>417</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="5" t="s">
-        <v>416</v>
+        <v>418</v>
       </c>
       <c r="B67" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C67" s="5" t="s">
-        <v>417</v>
+        <v>146</v>
       </c>
       <c r="D67" s="5" t="s">
-        <v>418</v>
+        <v>241</v>
       </c>
       <c r="E67" s="5" t="s">
-        <v>17</v>
+        <v>320</v>
       </c>
       <c r="F67" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G67" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H67" s="5" t="s">
         <v>419</v>
       </c>
-      <c r="I67" s="5"/>
+      <c r="I67" s="5" t="s">
+        <v>420</v>
+      </c>
       <c r="J67" s="5" t="s">
-        <v>400</v>
+        <v>245</v>
       </c>
       <c r="K67" s="5" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="L67" s="6" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="M67" s="5" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="5" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="B68" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C68" s="5" t="s">
-        <v>16</v>
+        <v>425</v>
       </c>
       <c r="D68" s="5" t="s">
-        <v>424</v>
+        <v>426</v>
       </c>
       <c r="E68" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F68" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G68" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H68" s="5" t="s">
-        <v>425</v>
-[...3 lines deleted...]
-      </c>
+        <v>427</v>
+      </c>
+      <c r="I68" s="5"/>
       <c r="J68" s="5" t="s">
-        <v>400</v>
+        <v>408</v>
       </c>
       <c r="K68" s="5" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="L68" s="6" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="M68" s="5" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="5" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="B69" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C69" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D69" s="5" t="s">
-        <v>424</v>
+        <v>432</v>
       </c>
       <c r="E69" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F69" s="5" t="s">
-        <v>431</v>
+      <c r="F69" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G69" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H69" s="5" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="I69" s="5" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="J69" s="5" t="s">
-        <v>400</v>
+        <v>408</v>
       </c>
       <c r="K69" s="5" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="L69" s="6" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="M69" s="5" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="5" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="B70" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C70" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D70" s="5" t="s">
-        <v>418</v>
+        <v>432</v>
       </c>
       <c r="E70" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F70" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F70" s="5" t="s">
+        <v>439</v>
       </c>
       <c r="G70" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H70" s="5" t="s">
-        <v>438</v>
+        <v>440</v>
       </c>
       <c r="I70" s="5" t="s">
-        <v>439</v>
+        <v>441</v>
       </c>
       <c r="J70" s="5" t="s">
-        <v>440</v>
+        <v>408</v>
       </c>
       <c r="K70" s="5" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="L70" s="6" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="M70" s="5" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="5" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="B71" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C71" s="5" t="s">
-        <v>158</v>
+        <v>16</v>
       </c>
       <c r="D71" s="5" t="s">
-        <v>116</v>
+        <v>426</v>
       </c>
       <c r="E71" s="5" t="s">
-        <v>445</v>
-[...1 lines deleted...]
-      <c r="F71" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F71" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G71" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H71" s="5" t="s">
         <v>446</v>
       </c>
-      <c r="G71" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H71" s="5" t="s">
+      <c r="I71" s="5" t="s">
         <v>447</v>
       </c>
-      <c r="I71" s="5" t="s">
+      <c r="J71" s="5" t="s">
         <v>448</v>
       </c>
-      <c r="J71" s="5" t="s">
+      <c r="K71" s="5" t="s">
         <v>449</v>
       </c>
-      <c r="K71" s="5" t="s">
+      <c r="L71" s="6" t="s">
         <v>450</v>
       </c>
-      <c r="L71" s="6" t="s">
+      <c r="M71" s="5" t="s">
         <v>451</v>
-      </c>
-[...1 lines deleted...]
-        <v>452</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="5" t="s">
-        <v>453</v>
+        <v>452</v>
       </c>
       <c r="B72" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C72" s="5" t="s">
+        <v>158</v>
+      </c>
+      <c r="D72" s="5" t="s">
+        <v>116</v>
+      </c>
+      <c r="E72" s="5" t="s">
+        <v>453</v>
+      </c>
+      <c r="F72" s="5" t="s">
         <v>454</v>
       </c>
-      <c r="D72" s="5" t="s">
+      <c r="G72" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H72" s="5" t="s">
         <v>455</v>
       </c>
-      <c r="E72" s="5" t="inlineStr">
-[...14 lines deleted...]
-      <c r="H72" s="5" t="s">
+      <c r="I72" s="5" t="s">
         <v>456</v>
       </c>
-      <c r="I72" s="5"/>
       <c r="J72" s="5" t="s">
         <v>457</v>
       </c>
       <c r="K72" s="5" t="s">
         <v>458</v>
       </c>
       <c r="L72" s="6" t="s">
         <v>459</v>
       </c>
       <c r="M72" s="5" t="s">
         <v>460</v>
+      </c>
+    </row>
+    <row r="73">
+      <c r="A73" s="5" t="s">
+        <v>461</v>
+      </c>
+      <c r="B73" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C73" s="5" t="s">
+        <v>462</v>
+      </c>
+      <c r="D73" s="5" t="s">
+        <v>463</v>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F73" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G73" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H73" s="5" t="s">
+        <v>464</v>
+      </c>
+      <c r="I73" s="5"/>
+      <c r="J73" s="5" t="s">
+        <v>465</v>
+      </c>
+      <c r="K73" s="5" t="s">
+        <v>466</v>
+      </c>
+      <c r="L73" s="6" t="s">
+        <v>467</v>
+      </c>
+      <c r="M73" s="5" t="s">
+        <v>468</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>
     <hyperlink ref="M13" r:id="rId18"/>
     <hyperlink ref="M14" r:id="rId19"/>
     <hyperlink ref="M15" r:id="rId20"/>
     <hyperlink ref="M16" r:id="rId21"/>
     <hyperlink ref="M17" r:id="rId22"/>
     <hyperlink ref="M18" r:id="rId23"/>
     <hyperlink ref="M19" r:id="rId24"/>
     <hyperlink ref="M20" r:id="rId25"/>
     <hyperlink ref="M21" r:id="rId26"/>
@@ -6181,44 +6282,45 @@
     <hyperlink ref="M48" r:id="rId53"/>
     <hyperlink ref="M49" r:id="rId54"/>
     <hyperlink ref="M50" r:id="rId55"/>
     <hyperlink ref="M51" r:id="rId56"/>
     <hyperlink ref="M52" r:id="rId57"/>
     <hyperlink ref="M53" r:id="rId58"/>
     <hyperlink ref="M54" r:id="rId59"/>
     <hyperlink ref="M55" r:id="rId60"/>
     <hyperlink ref="M56" r:id="rId61"/>
     <hyperlink ref="M57" r:id="rId62"/>
     <hyperlink ref="M58" r:id="rId63"/>
     <hyperlink ref="M59" r:id="rId64"/>
     <hyperlink ref="M60" r:id="rId65"/>
     <hyperlink ref="M61" r:id="rId66"/>
     <hyperlink ref="M62" r:id="rId67"/>
     <hyperlink ref="M63" r:id="rId68"/>
     <hyperlink ref="M64" r:id="rId69"/>
     <hyperlink ref="M65" r:id="rId70"/>
     <hyperlink ref="M66" r:id="rId71"/>
     <hyperlink ref="M67" r:id="rId72"/>
     <hyperlink ref="M68" r:id="rId73"/>
     <hyperlink ref="M69" r:id="rId74"/>
     <hyperlink ref="M70" r:id="rId75"/>
     <hyperlink ref="M71" r:id="rId76"/>
     <hyperlink ref="M72" r:id="rId77"/>
+    <hyperlink ref="M73" r:id="rId78"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>