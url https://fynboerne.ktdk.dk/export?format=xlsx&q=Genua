--- v1 (2026-01-09)
+++ v2 (2026-02-24)
@@ -3,53 +3,53 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="688" uniqueCount="469" xml:space="preserve">
-[...1 lines deleted...]
-    <t>Datering</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="699" uniqueCount="478" xml:space="preserve">
+  <si>
+    <t>Datering/Værktitel</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
@@ -2513,50 +2513,111 @@
 Erik Warberg Larsen</t>
   </si>
   <si>
     <t>Andreas/Puf Larsen gentager indholdet fra sidste brev, som muligvis er gået tabt. Penge kan ifølge Nationalbanken kun overføres til Sverige, hvis modtageren virkelig trænger til dem og beløbet må max. være på 200-300 kr. månedligt. Johan/Lysse og Elena/Bimse Larsen må skrive et klagebrev, som Andreas kan sende til Nationalbanken. Andreas vil bede om, at Johan indleder sine breve med at anføre, hvilket brev det er, han besvarer.
 Andreas Larsen og børnene løber på ski.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/zXFR</t>
   </si>
   <si>
     <t>[Fortrykt på arkene:]
 Kerteminde, ...... 194
 [Håndskrevet i brevet:]
 Svar på Brev af 28/1 - 42.
 [Efter det fortrykte "194":] 2.
 Kære Lysse
 Tak for Dit Brev, som Du nok har skrevet før Du har modtaget mit sidste. Jeg gentager her det væsentlige af Indholdet, for hvis det skulde være gaaet tabt. Da jeg skrev sidst havde Diskontokassen netop erfaret fra Nationelbanken, at Penge for Tiden kun kan overføres til Sverige, hvis Modtageren derovre trænger til Pengene, og kun med 200-300 Kr om Maaneden. Diskontokassen mente, at en Klageskrivelse fra Dig, som kunde videresendes til Nationalbanken, vilde udvirke en Tilladelse. - Jeg haaber at omtalte Klageskrivelse er paa Vej herned, naar Du læser dette. Da Nationalbanken var ca 1 Maaned om at svare sidst, vil der maaske nok gaa en Rum Tid før Du kan faa Pengene. Jeg anbefalede i sidste Brev at Bimse skulde skrive Brevet som skal sendes til Nationalbanken
 2)
 for Læselighedens Skyld. Angaaende eventuelt tabte Breve, saa har jeg svaret paa det Spørgsmaal en Gang og bedt Dig gentage det om de 200 Kr til Tinge lidt mere udførligt. - For at bøde lidt paa Uordnen i Korrespondancen maa jeg saa ikke foreslaa, at Du 1) læser mit sidste Brev mens Du sætter Dig tilrette forat besvare det og 2) begynder Dit Brev med: I besvarelse af Dit Brev af den og den Dato ........
 Vi dyrker Skisporten saa smaat iaar. Vi har her et stykke presset Kork, hvor paa Vokset først gnides, derefter gnides Skien med Korket. Det er en udmærket Maade at valle (?) paa, synes vi; det er hurtigt og nemt og tager ikke Huden af Hænderne.
 Vi har det ellers alle godt og haaber at I ogsaa har det godt.
 Mange Hilsner til Jer alle fra os alle her
 Puf.
 [Indsat på sidste side; i venstre margen; på højkant:]
 Den Madsen-Mygdal Bog behøver Du ikke at nævne oftere, jeg har ikke i Sinde at købe den.</t>
+  </si>
+  <si>
+    <t>1942-05-14</t>
+  </si>
+  <si>
+    <t>Louise Brønsted</t>
+  </si>
+  <si>
+    <t>Dræby St.
+Lindøgaard</t>
+  </si>
+  <si>
+    <t>Else Birgitte Brønsted
+Johannes Nicolaus Brønsted
+Vilhelm Buhl
+Gertrud Christmas Møller
+John  Christmas Møller
+Jesper Hansen
+Ellen  Sawyer
+Erik Scavenius
+Thorvald Stauning
+Semjon Timosjenko
+Mikael Venge
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Kristian kan muligvis være kong Christian 10. 
+Samarbejdspolitikken fortsatte efter krav fra den tyske besættelsesmagt med Scavenius som statsminister. Han erstattede som statsminister Buhl og holdt sin tiltrædelsestale som statsminister i Folketinget 11. november 1942.
+Tim var et af Louise Brønsteds børnebørn.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0963</t>
+  </si>
+  <si>
+    <t>Stauning er død. Regeringserklæringen var slem, men Scavenius trumfede den igennem trods protester. 
+Louise Brønsted kan nok først komme til Kerteminde i juni. Hun ønsker tillykke med Laura /Bibbe Warberg Petersens eksamen. 
+Louise har haft besøg af to børnebørn.
+Det er dejligt, at Erik/Tinge Warberg Larsen har købt en gård tæt ved forældrenes. Tænk, at rugen er frosset.
+Christmas Møller og hans familie er kommet til London. 
+Godt, at Johanne/Junge Larsen nu kan gå små ture.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/2MFx</t>
+  </si>
+  <si>
+    <t>[Skrevet på kuvertens forside:]
+Fru Johanne Warberg Larsen
+Lindøgaard
+pr. Dræby St.
+Fyen.
+[I brevet:]
+14. Maj 42
+Kæreste Junge! Endelig kommer jeg da med mange Taksigelser for dine Breve, specielt det sidste til d. 12te med et godt Ønske, ja jeg synes som Du, at vi skal ønske, ar Kristian maa leve en rum Tid endnu, for den Sags Skyld, at vi allesammen maa leve, saa vi kan faa Enden af Krigen med, og faa en Forestilling om, hvorhen det bærer, efter den, for man synes jeg, at der maa og skal komme en ny og bedre Tid, og at der ogsaa skulde være Forudsætninger for det med det Fællesskab, der dog er skabt mellem alle os anti-Nazier. Ja, Stauning maatte jo af Sted ”de største Ege, som staar i Landet, staa ej til evige Tider”, han var en Eg, men sled sikkert altfor stærkt paa sig selv baade paa godt og ondt. Forresten synes jeg, Buhl har et udmærket Ansigt, men den Regeringserklæring var vel nok storslem; Magisteren hørte fra velunderrettet Side, at de fleste af Ministrene kæmpede imod med Hænder og Fødder, men Scavenius trumfede den igennem med Trusel om at gaa; man kan i og for sig godt forstaa, at saadan en Haandfuld Mænd ikke tør tage Ansvaret for, hvad der vil ske, hvis Tyskerne mister deres Tillidsmand i Regeringen, en anden Ting er, at mange af os menige er led og ked af den evindelige Eftergivenhed og gerne vil tage Følgerne af den modsatte Politik. 
+Jeg har lige siddet og skrevet til Elle om, hvorfor jeg ikke har kunnet og heller ikke kan komme til Kerteminde i Maj, saa jeg vil ikke gentage Lektien, men jeg haaber paa Juni, skønt jeg sandsynligvis igen til den Tid er pigeløs, Mag. er villig til at gøre Ofre, for at jeg kan komme af Sted, og Du kan tro, jeg glæder mig til mit Besøg paa Lindøgaard, jeg har tit taget Tanken frem i Vinter og glædet mig. Vi skal rigtignok have mangen god Snak, baade konkret og abstrakt. Jeg tænker mig Du har Bibbe nu og nyder hende; tillykke med hendes fine Eksamen, hvor er det morsomt, det gaar hende saa godt, det er saa dejligt med Børnene, naar de kommer paa deres rigtige Hylder. Jeg nød ogsaa at være omgivet af alle mine d. 12te, af Børnebørn var der dog kun Tim og Jesper; de har det alle godt undtagen lille Mikael, Mudis mindste; det trak svært op til Skarlagensfeber, men heldigvis blev den i sidste Øjeblik konverteret til røde Hunde, en uhyre Lettelse; Skarlagensfeber er jo mildest talt upraktisk med den langvarige Isolation. 
+Sikken Begivenhed med Tinges Gaard, hils ham dog saa meget og ønsk til Lykke, hvor jeg ogsaa glæder mig til at se den; og hvor dejligt og praktisk, at den ligger lige ved, ja, sikken Tilværelse at gaa og arbejde med sin egen Jord for Alvor, ikke bare for Leg som i en Have. Naturligvis er der jo alle Bekymringerne og Skuffelserne, men de hører jo med til Livets Gang. Jeg synes, det er storartet, at ikke mere er ødelagt for Jer, men tænk, at ogsaa Rugen er frosset, det er da enestaaende, det var sandelig ogsaa en enestaaende Vinter, men naar Elle skriver, at Skoven ikke [”ikke” indsat over linien] i Mands Minde ikke har været grøn d. 12te, saa kan det nu ikke, - - men alting er jo alligevel meget sent paa det.
+Det trækker op til en spændende Tid nu; det er svært, saa den tyske Tone er stemt ned, saa ynkelige de gestalter sig, - hvis det da ikke er Krokodilletaarer, de græder. Vi har lige hørt i Radioen, at Christmas Møller er sluppet til England med Kone og Børn, han er skam en lille Knag, og kan sikkert gøre god Gavn derovre. Tillige har vi hørt om Timosjenkos Offensiv som Modvægt mod Kertsek-angrebet, der nok ikke er saa formidabelt, som de vil gøre det til, Mag. er meget oplivet over begge Dele. 
+Mon det nu ikke skulde begynde at gaa op ad Bakke med Dig, lille Junge; Du sagde – eller skrev – engang, at det var Dit højeste Ønske igen at kunne gaa en Tur, nu gaar Du altsaa smaa Ture, selv om de – endnu – er smertefulde, 
+Og nu kun 1000 Hilsner til Jer alle, paa snarligt Gensyn.
+Din Lugge. 
+[Skrevet langs venstre margen s. 4:]
+Hvor kedeligt, at lille [ulæseligt] er saa syg.</t>
   </si>
   <si>
     <t>1943-09-02</t>
   </si>
   <si>
     <t>Christa Knuth</t>
   </si>
   <si>
     <t>Gorm -
 Otto Andresen
 Rasmus Kaas Petersen
 Andreas Larsen</t>
   </si>
   <si>
     <t>Feldwebel: første underofficer i et tysk kompagni (omtrent = sergent) (Lex.dk). 
 På tysk ”erlegen” betyder ”at skyde”.</t>
   </si>
   <si>
     <t>Johannes Larsen sender et billede af en blishøne i Henne Å.
 Der er blevet givet ordre om, at alle skulle aflevere våben. Andreas/Puf undersøgte sagen, og det drejede sig kun om våben, som byens garnison havde uddelt for at undgå, at tyskerne fik dem. Borgmesteren og Politimesteren blev arresteret og taget som gidsler.
 Larsen spørger Christa Knuth, hvad hun mener om, at Prins Gorm skal have dræbt flere tyske soldater.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/wctH</t>
   </si>
@@ -2867,59 +2928,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/uYyC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/a4vyLlWx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/j8a2KPF3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dLuM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/swVt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hHAk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oRsw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zHtY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sMFS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EUrJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/y0d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pmpj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EnWD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/R6oZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ym43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IrsN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rPn5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7auh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/59xR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jpxJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jb4D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HBXL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3OjO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jBMz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ygb2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Q4C5h7Kk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pf8i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lYRN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/10ov" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4h0e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0Eou" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NTgt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XXxd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/m4b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vpAg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FUCz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RB3d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mXtF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QJmd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QZX4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TyIQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/09sh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6cVQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/C3Rp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/QnBrW1DK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/B2WDSV0j" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/1fN63CIC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UXzT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/c3ZE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/GkvvruYW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tMC7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/tmpkPwtQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/dkj1WJML" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/YW4sQ9Sx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/GjmjBRL3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/HHkr8KtH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/0RM2QcsZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/H6SerXb3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/UdaM3mlf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/jIOtZjfa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/B0CjgTjw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/GCAZZgQj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ym4L" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rxyo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1pus" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zXFR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wctH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9zHx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aqpt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QZ8G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yVHo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/uYyC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/a4vyLlWx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/j8a2KPF3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dLuM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/swVt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hHAk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oRsw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zHtY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sMFS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EUrJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/y0d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pmpj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EnWD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/R6oZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ym43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IrsN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rPn5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7auh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/59xR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jpxJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jb4D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HBXL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3OjO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jBMz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ygb2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Q4C5h7Kk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pf8i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lYRN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/10ov" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4h0e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0Eou" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NTgt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XXxd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/m4b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vpAg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FUCz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RB3d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mXtF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QJmd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QZX4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TyIQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/09sh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6cVQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/C3Rp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/QnBrW1DK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/B2WDSV0j" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/1fN63CIC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UXzT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/c3ZE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/GkvvruYW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tMC7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/tmpkPwtQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/dkj1WJML" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/YW4sQ9Sx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/GjmjBRL3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/HHkr8KtH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/0RM2QcsZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/H6SerXb3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/UdaM3mlf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/jIOtZjfa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/B0CjgTjw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/GCAZZgQj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ym4L" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rxyo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1pus" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zXFR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2MFx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wctH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9zHx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aqpt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QZ8G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yVHo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M73"/>
+  <dimension ref="A1:M74"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -5995,261 +6056,306 @@
       <c r="H68" s="5" t="s">
         <v>427</v>
       </c>
       <c r="I68" s="5"/>
       <c r="J68" s="5" t="s">
         <v>408</v>
       </c>
       <c r="K68" s="5" t="s">
         <v>428</v>
       </c>
       <c r="L68" s="6" t="s">
         <v>429</v>
       </c>
       <c r="M68" s="5" t="s">
         <v>430</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="5" t="s">
         <v>431</v>
       </c>
       <c r="B69" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C69" s="5" t="s">
-        <v>16</v>
+        <v>432</v>
       </c>
       <c r="D69" s="5" t="s">
-        <v>432</v>
-[...7 lines deleted...]
-        </is>
+        <v>158</v>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F69" s="5" t="s">
+        <v>433</v>
       </c>
       <c r="G69" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H69" s="5" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="I69" s="5" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="J69" s="5" t="s">
-        <v>408</v>
+        <v>436</v>
       </c>
       <c r="K69" s="5" t="s">
-        <v>435</v>
+        <v>437</v>
       </c>
       <c r="L69" s="6" t="s">
-        <v>436</v>
+        <v>438</v>
       </c>
       <c r="M69" s="5" t="s">
-        <v>437</v>
+        <v>439</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="5" t="s">
-        <v>438</v>
+        <v>440</v>
       </c>
       <c r="B70" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C70" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D70" s="5" t="s">
-        <v>432</v>
+        <v>441</v>
       </c>
       <c r="E70" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F70" s="5" t="s">
-        <v>439</v>
+      <c r="F70" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G70" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H70" s="5" t="s">
-        <v>440</v>
+        <v>442</v>
       </c>
       <c r="I70" s="5" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
       <c r="J70" s="5" t="s">
         <v>408</v>
       </c>
       <c r="K70" s="5" t="s">
-        <v>442</v>
+        <v>444</v>
       </c>
       <c r="L70" s="6" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="M70" s="5" t="s">
-        <v>444</v>
+        <v>446</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="5" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="B71" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C71" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D71" s="5" t="s">
-        <v>426</v>
+        <v>441</v>
       </c>
       <c r="E71" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F71" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F71" s="5" t="s">
+        <v>448</v>
       </c>
       <c r="G71" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H71" s="5" t="s">
-        <v>446</v>
+        <v>449</v>
       </c>
       <c r="I71" s="5" t="s">
-        <v>447</v>
+        <v>450</v>
       </c>
       <c r="J71" s="5" t="s">
-        <v>448</v>
+        <v>408</v>
       </c>
       <c r="K71" s="5" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="L71" s="6" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="M71" s="5" t="s">
-        <v>451</v>
+        <v>453</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="5" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
       <c r="B72" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C72" s="5" t="s">
-        <v>158</v>
+        <v>16</v>
       </c>
       <c r="D72" s="5" t="s">
-        <v>116</v>
+        <v>426</v>
       </c>
       <c r="E72" s="5" t="s">
-        <v>453</v>
-[...2 lines deleted...]
-        <v>454</v>
+        <v>17</v>
+      </c>
+      <c r="F72" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G72" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H72" s="5" t="s">
         <v>455</v>
       </c>
       <c r="I72" s="5" t="s">
         <v>456</v>
       </c>
       <c r="J72" s="5" t="s">
         <v>457</v>
       </c>
       <c r="K72" s="5" t="s">
         <v>458</v>
       </c>
       <c r="L72" s="6" t="s">
         <v>459</v>
       </c>
       <c r="M72" s="5" t="s">
         <v>460</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="5" t="s">
         <v>461</v>
       </c>
       <c r="B73" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C73" s="5" t="s">
+        <v>158</v>
+      </c>
+      <c r="D73" s="5" t="s">
+        <v>116</v>
+      </c>
+      <c r="E73" s="5" t="s">
         <v>462</v>
       </c>
-      <c r="D73" s="5" t="s">
+      <c r="F73" s="5" t="s">
         <v>463</v>
-      </c>
-[...8 lines deleted...]
-        </is>
       </c>
       <c r="G73" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H73" s="5" t="s">
         <v>464</v>
       </c>
-      <c r="I73" s="5"/>
+      <c r="I73" s="5" t="s">
+        <v>465</v>
+      </c>
       <c r="J73" s="5" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="K73" s="5" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="L73" s="6" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="M73" s="5" t="s">
-        <v>468</v>
+        <v>469</v>
+      </c>
+    </row>
+    <row r="74">
+      <c r="A74" s="5" t="s">
+        <v>470</v>
+      </c>
+      <c r="B74" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C74" s="5" t="s">
+        <v>471</v>
+      </c>
+      <c r="D74" s="5" t="s">
+        <v>472</v>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F74" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G74" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H74" s="5" t="s">
+        <v>473</v>
+      </c>
+      <c r="I74" s="5"/>
+      <c r="J74" s="5" t="s">
+        <v>474</v>
+      </c>
+      <c r="K74" s="5" t="s">
+        <v>475</v>
+      </c>
+      <c r="L74" s="6" t="s">
+        <v>476</v>
+      </c>
+      <c r="M74" s="5" t="s">
+        <v>477</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>
     <hyperlink ref="M13" r:id="rId18"/>
     <hyperlink ref="M14" r:id="rId19"/>
     <hyperlink ref="M15" r:id="rId20"/>
     <hyperlink ref="M16" r:id="rId21"/>
     <hyperlink ref="M17" r:id="rId22"/>
     <hyperlink ref="M18" r:id="rId23"/>
     <hyperlink ref="M19" r:id="rId24"/>
     <hyperlink ref="M20" r:id="rId25"/>
     <hyperlink ref="M21" r:id="rId26"/>
@@ -6283,44 +6389,45 @@
     <hyperlink ref="M49" r:id="rId54"/>
     <hyperlink ref="M50" r:id="rId55"/>
     <hyperlink ref="M51" r:id="rId56"/>
     <hyperlink ref="M52" r:id="rId57"/>
     <hyperlink ref="M53" r:id="rId58"/>
     <hyperlink ref="M54" r:id="rId59"/>
     <hyperlink ref="M55" r:id="rId60"/>
     <hyperlink ref="M56" r:id="rId61"/>
     <hyperlink ref="M57" r:id="rId62"/>
     <hyperlink ref="M58" r:id="rId63"/>
     <hyperlink ref="M59" r:id="rId64"/>
     <hyperlink ref="M60" r:id="rId65"/>
     <hyperlink ref="M61" r:id="rId66"/>
     <hyperlink ref="M62" r:id="rId67"/>
     <hyperlink ref="M63" r:id="rId68"/>
     <hyperlink ref="M64" r:id="rId69"/>
     <hyperlink ref="M65" r:id="rId70"/>
     <hyperlink ref="M66" r:id="rId71"/>
     <hyperlink ref="M67" r:id="rId72"/>
     <hyperlink ref="M68" r:id="rId73"/>
     <hyperlink ref="M69" r:id="rId74"/>
     <hyperlink ref="M70" r:id="rId75"/>
     <hyperlink ref="M71" r:id="rId76"/>
     <hyperlink ref="M72" r:id="rId77"/>
     <hyperlink ref="M73" r:id="rId78"/>
+    <hyperlink ref="M74" r:id="rId79"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>