--- v1 (2026-02-01)
+++ v2 (2026-03-19)
@@ -120,51 +120,51 @@
 Rasmus Kattrup
 Charlotte Knipschildt
 Ernst  Knipschildt
 Gustav Knipschildt
 M Knipschildt
 Otto Knipschildt
 - Krarup, læge
 Hans Jørgen -, Kusk ved grevskabet Muckadell
 Selma Lagerlöf
 Peter Erasmus Lange-Müller
 Adolph Larsen
 Alhed Larsen
 Andreas Larsen
 Johan Larsen
 Johanne Christine Larsen
 Johannes Larsen
 Christine  Mackie
 Augusta Mogensen
 Christian Mogensen
 Alfred Nielsen
 Otto Emil  Paludan
 Frederik Paludan-Müller
 Kirstine -, pige i huset hos Hempel Syberg
 - Poulsen, løjtnant
 Ellen  Sawyer
-Eleonora Scheel
+Lili Scheel
 Karl Schou
 Marie Schou
 Robert Schumann
 - Stürup
 Elly Svarrer
 Christine Swane
 Adelheyde Syberg
 Hempel Syberg
 Sigurd Thomsen
 Vagn Thomsen
 - Vesterdal
 Johannes Vesterdal
 Albrecht  Warberg
 Frederik Warberg
 Laura Warberg
 Else Wienberg</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/n/5K5zZYof</t>
   </si>
   <si>
     <t>1928-04-16</t>
   </si>
   <si>
     <t>Brev</t>