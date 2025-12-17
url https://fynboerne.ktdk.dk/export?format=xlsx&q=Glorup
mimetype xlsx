--- v0 (2025-10-22)
+++ v1 (2025-12-17)
@@ -3,51 +3,51 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="806" uniqueCount="562" xml:space="preserve">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="838" uniqueCount="583" xml:space="preserve">
   <si>
     <t>Datering</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
@@ -3112,50 +3112,164 @@
 Frk Koch vil jo rejse til Efteråret – vist allerede til Oktober, så det skulde jo være til Oktober; men jeg synes nu, du skulde bryde overtværs nu – leje Lejligheden møbleret nu til Ferien – for de Penge kunde du og Manse så bo et eller andet Sted – det ordnede sig nok – måske Manse i Pension hos Tandlægens – og du på Gæsteri til dine Venner – Glarups en Tid, Dede en Tid – her en Tid! Åh, Junge – gør det – betænk dig ikke – læg din Tilværelse om, inden I alle er kuldsejlet. Tag ned til Tante Else nu med det samme og tal med hende om det! Gør det!!! Jeg tvivler ikke om, at Dede – Be – Elle – vilde råde dig til – men jeg forstår jo godt, at de ikke for dig er ,,uvildige” Rådgivere. Men Glarups vil være det! 
 Nå – ja, nu nytter det vel ikke at skrive mere om det dennegang; tænk over det – og gå til Værket!
 Lige ni ringede den lille Frk Otto-Olsen; en lang Snak – hun vilde nærmest have at vide, hvad der dog hav [”hav” overstreget] var hændt mig, for hun havde næsten ikke kunnet kende mig i Onsdags Aftes, da hun traf mig ved Walleens Foredrag – hun påstod, at jeg mindst så ud til at være nyforlovet – så strålende! 
 Det er Huset, Junge! Du kan ikke tænke dig, hvor det Hus med et Slag har forandret hele min Tilværelse; Pinsedag derinde havde jeg havde jeg besøg af en lille sød tysk Veninde – Lotte Lehnert – c. på min Alder – Kontordame, det er hende, om hvem jeg vist har fortalt dig, at hun bor den gamle dejlige Kvistlejlighed i Amaliegade vis-à-vis den gamle Fødselsstiftelse. Jeg har lært hende at kende i antroposofisk Selskab. Vi gik en lang Tur i Skovene – der var aldeles henrivende, frisk og duftende af Regn, Grøde i Luften – Tåge ud over Engene; jeg sagde til hende, at jeg savnede så meget at kunne fortælle Mor om alt dette – at det vilde have været en sådan Lykke at vise Mor det alt sammen; og vi var begge af den sikre Tro, at Mor i Virkeligheden er med i alt, som glæder os; en af Aftenerne derinde har jeg haft en virkelig ,,oversanselig” Oplevelse – jeg følte så tydelig, at Mor sagde: ,,men Astrid, du véd jo, at jeg holder så meget af dig.” Du kan ikke tænke dig, hvor det føltes mærkeligt og gribende – jeg fik Tårer i Øjnene af Bevægelse og sagde som så ofte før til mig selv: de, der elsker hinanden, kan ikke skilles. – 
 Og sandt er det, at jeg ofte derude lever intensivt sammen med Mor og føler hver Gang en underlig Glæde derved. – 
 Den søde lille Lotte var ,,entzückt” over alting derude – og forærede mig i sin Begejstring 2 Stole og en Måtte til Huset i Haven! Og hun medbragte ½ Pund fin Kaffe og en Pose The! med mange Undskyldninger! Hun kom til Kaffe og blev til Aften; da vi sad ved Aftensmaden, kom Pan og Helga – de havde selv Mad med – samt Madeira på en Sodavandsflaske; vi drak så The, - Pan sagde, at mit Digt til Bodilds Fødselsdag var bleven læst op ved Bordet og havde gjort stor Lykke – det første Vers lød sådan
 Ingen Læge er som du 
 når vort Legem går i tu
 eller Sjælen bløder - 
 Lige vel var Legemspragt
 som vor sarte Sjæledragt
 du med Omhu bøder -!
 osv. 
 Nå – Gæsterne gled ved 8 Taget. Så havde jeg Fru Weirsøe og hendes Søn m Kone inviteret op til ,,Igang” på Huset – en Flaske Portvin og herlig Is fra den lille Konditor, som åbnede en Iskagebod 1ste Pinsedag i den nederste Ende af Fru Weirsøes Have – Isen var lavet af Piskefløde. – mange Æg – herover hjemmelavet Jordbærsaft! Jeg så selv om Formiddagen det altsammen dernede. 
 Og – vores Hus er altså rejst! Det stod der, da jeg om Tirsdagen kom derud – og det er bedårende! Ligger omtrent midt i Haven – omgivet af blomstrende Æbletræer! Ryggen af det vender ind mod Stenhegnet til Hareskoven! ( [”(” overstreget] Manden rejste det for 20 Kroner! Fru Weirsoe havde bedt om Lejen for 10 Måneder forud, da hun var i stor Nød – så skrev jeg til Be og bad om 100 Kr – og Be sendte mig 130! de 30 skrev hun var Rentepenge for Juni Termin! Jeg skrev omgående og takkede – hvor var jeg dog rørt! Hun skrev endda så sødt, at jeg skulde skrive, når jeg var i Nød! Du kan tro, jeg var glad og lettet! Nu får vi betalt vore Gas + Lysregninger, så mangler kun Telefonen (41.00 Kr!) det er jo en vanskelig Sommer at klare med alle de Rejser og de to Huslejer, men så hjælper det jo svært til næste År, når vi kun har en extra Husleje på 5 Kr. mdl. for Grunden derude; og jeg håber jo også på hel Friplads til Nus. Telefonen må jeg jo bevare, især hvis du nu kommer – til Elever osv. (måske kan du få den lille Goldschmidtpige! på Nussets Alder – de kan da betale!) 
 (Her ringede jeg til Fru Goldschmidt, med hvem jeg nu har hafte [e i ”hafte” overstreget] en lang Sludder, hun bad mig derhen til Fredag Aften – vi kan så storartet sammen, så det glæder jeg mig til.) 
 Men nu slap jeg vist Tråden – du gider vel snart heller ikke læse mere – sikken et Brev, så langt! 
 Jo, det var Huset. Det er rejst. I Sommer vil jeg selv tjære det udvendig med rød Tjære (som de svenske Huse, du ved) af Fru Petersens Mand her i Huset – får jeg Opskrift på alt desangående, han er Maler; i Ferien maler jeg det indvendig. Og tænk dig – Fru Weirsøe har givet mig Lov til at lægge ligeså mange Havesager jeg vil i Jorden – hun er for gammel til at rode med alt det og har kun Frugttræerne – men der er Masser af ubenyttet Jord; jeg gravede og lugede et stort Stykke i Pinsen, der skal jeg nu lægge Ærter på Lørdag samt så Karse, Radiser, Gulerødder osv. Rabarber vil jeg også etablere – Pladsen er ubegrænset og Jorden extra fed og god – hvad synes du dog! Redskaber har Fru Weirsøe – og hun er bare glad over at få Jorden dyrket. Vi har allerede i Pinsen lavet et lille rundt Bed foran Huset og sået Sommerblomster deri; et andet Bed har jeg beplantet med Sager, som jeg har gravet op i Skoven: en blå Anemone, Kodriver og Liljekonvaller – af de sidste vrimler det overalt i Skoven. Nus har bestemt, at Huset skal hedde ,,Thopedeaborg”! Nus er som jeg – lyksalig over alting derude. Ja, Junge – sikken vi kan få det! Vi må bygge en Stue til til Huset, som kan være din og Manses – så skal vi alle arbejde i Haven og så kan vi leve af den! 
 Træ og Bærfrugt sælger Fru Weirsøe os billigt – der er Masser! og herlige Sorter. Det er – Paradis! 
 Sig til Elle, at jeg fatter ikke, hvorfor hun ikke har sendt mig Garnet til Kaffedugen. – På Kontoret skal det nok gå, det kniber jo lidt at holde til 8 Timers Regning hver Dag, men det lysner dog lidt nu med at begribe det og min lille Kollega er henrivende sød! Så det går nok – Forholdene er behagelige – Arbejdet ganske selvstændigt. Det morer men trætter mig – nej omvendt – trætter men morer mig. Alt går, når Grunden i ens Tilværelse er god – og – Huset! 
 Kom så! Tusinde Hilsner fra din Dis.
 Ark 5, s.1. Venstre margin lodret. 
 Nu skal jeg læse dit Brev for 3die Gang – og så ned i Kassen med dette – og så i Seng! Hils Be og Elle og alle dine!</t>
   </si>
   <si>
+    <t>1928-09-27</t>
+  </si>
+  <si>
+    <t>Louise Amstrup
+Grethe Bichel
+Peter Bichel
+Matilda Jungstedt
+Adolph Larsen
+Andreas Larsen
+Henning Larsen
+Johanne Christine Larsen
+Johannes Larsen
+Axel  Müller
+Fru Nielsen
+Otto Emil  Paludan
+Edith -, pige i huset på Møllebakken
+Else Warberg
+Laura Warberg
+Marie Warberg
+Torkild Warberg
+Astrid Warberg-Goldschmidt
+Erik Warberg Larsen
+Martin Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Brobyværk ligger på Fyn nær ved grevskabet, ved hvilket Warberg-børnenes far arbejdede som godsforvalter, og nær ved deres barndomshjem, Erikshaab.
+Gamle kendes ikke. Det vides ikke, hvem Mäniskorna var.
+Det er også ukendt, hvilken perle der er tale om.
+På skovridergården Rørdam boede Johannes Larsens bror, Vilhelm Larsen og hans hustru, Gudrun. De var forældre til Henning Larsen.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3812</t>
+  </si>
+  <si>
+    <t>Ellen takker for strømper og kort.
+Astrid/Dis og Axel Müller skal giftes i Brobyværk, og Ellen skriver sange. Efter vielsen og frokost kører man til Kerteminde til flere dages middage. Ellen håber ikke, at Astrid vil til Erikshaab, for ideen tiltalte ikke Paludan/Pallam.
+Henning Larsen vil leje bil og køre Ellen, Johanne og Adolph Larsen/Agrarens og deres børn til Rørdam.
+Johannes Larsen arbejder flittigt. Han gad ikke komme til Adolph Larsens 50-årsdag, hvilket Ellen synes var synd.
+"Mäniskorna" er helt vilde med Matilda/Lille Jungstedt.
+Ellen vil give Astrid et af deres mors fine lommetørklæder.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/5oe6</t>
+  </si>
+  <si>
+    <t>Et rigtig Gallopbrev! 24/9 - 28
+Kæreste Lugge!
+1000 Tak for dit Brev og for Pakken, som Gamle nok saa prompte kom ned med den næste Dag. Det er jo herlige Strømper, - komplet hulfri, - dem kan jeg hænge paa til Cyclestrømper hele Vinteren. Jeg har jo Gamasker, saa de maa være Brandgule, om saa skal være. Og Tak for alle Kortene. Det er glimrende. Jeg deler med Junge, - og saa kan jeg gemme Mors gamle Kort. Jeg lægger forresten ikke Kabale mere, - jeg har altid saa meget for, - - jeg ved Pokker ikke hvad det er. Nu er vi jo saa optagne af Brudefærden i Brobyværk. Vi har lavet en Del Deviser, men de skal være til Junges Selskab Selskab om Søndagen. Det er ikke nemt at lave Deviser i Tante Elses og Tante Visses Ånd. "Dis staar Brud - i Gud" - det skulde da være det eneste, men èn er jo ikke nok. Jo, Junge lavede èn til Titte, - men den kan ikke læses - den kan knap skrives, saa indiskret er den! "Titte ta'r Provsten uden at knurre;
+han er for gammel at gi' en Kure"
+Men det er jo frygtelig at sige saadan noget. Du maa ikke aande det til nogen Junge er saa oplivet over alt dette. Hun har lavet 2 nydelige Sange, - èn alvorlig og en sjov. De Parret ["Parret" indsat over linjen] kommer jo i Morgen Aften og skal logere her. Det lille Gæstekams staar og skinner af Renlighed. Saa kører vi Lørdag Morgen derned. Vielsen er Klk 11, saa Frokosten. Saa skal vi jo hjem igen. Jeg er bange at Dis vil til Erikshaab. Du hørte, hvad Pallam sagde, - jeg er sikker paa, at han ikke ["ikke" indsat over linjen] bliver begejstret. Men det maa gaa som det kan. - Saa kommer vi jo hjem og er sultne, - saa giver Junge Aftensmad Om Søndagen har vi Agrarens og Brudeparret til Frokost. Vi skal have kold Skinke. (Jeg har købt en halv Rulleskinke, som den du gav mig i Sommer). samt Purrer, Bønner, Blomkaal o.s.v. Saa koldt Bord og Kaffe med Bagværk. Bajere. Junges Middag af er Klk 1/2 6 Blomkaalssuppe. Kyllingesteg, Is m. Jordbærmarmelade. Konfekt. Jeg har givet hende i Fødselsdagsgave 1 Fl. Madeira og fin Chokolade til Konfekt. Jeg har ogsaa givet hende* "Edith 2 Timer" i Morgen til Rengøring. Det er jo ikke nemt for os at faa noget lavet med Elever og "saa ved det" at det er Søndag. Hvor er der meget i denne Tid - Konfirmationen - Husk Thorkild med et Telegram d. 30_te_ Jeg har tre Elevkonfirmationer at "huske" Hvor er det dyrt! Og saa alle de Fødselsdage. I Morgen Fru Nielsen. Lige nu kom Henning, - han skal læse. Jeg sendte ham ud at lave The og riste Brød, saa har jeg Fred saa længe. Han er forresten saa sød. - Næste Søndag vil han leje en Bil og køre os hjem til Rørdam, - Agrarens og mig. - Det er da sødt. - Las har jeg ikke set, - men Puf var her en lang Visit igaar, - han siger at Las arbejder flittigt. I Aftes saa jeg ham igen ovre hos Agrarens, - det var nemlig hans 50-aars Fødselsdag. Las gad ikke gaa derover. Det var nu næsten Synd. Jeg gav som min Opmærksomhed en Lt. Annanasis og Isvafler. Henning var der ogsaa og Stemningen var helt fornøjelig. - Vil du høre hvad jeg giver Junge til hendes Fødselsdag: En Flaske Madeira (til Selskabet) 1 Pund Chokolade (dito) og - men Gud, det har jeg jo skrevet, - [overstregning fra "jeg giver" til og med "1 Pund"] du skal da ikke høre 2 Gg. om mine Velgærninger. Men det er ogsaa nærmest for at du kan være saa meget mindre ked af det for stakkels Junges Pengepung. -
+Dit Brillefuteral er her, det maa have ligget i en af Sengene i Gæstekammeret Skal jeg sende det, - el. kan det vente til Jul? Jeg har i Sinde at skrive til Mornine, men nu skal vi have alt dette overstaaet først. -
+Lille Mis er saa slem til at løbe bort. Den kan ikke lide at være her, naar jeg er borte. Men jeg finder den altid nede hos "Mäniskorna". De er gode mod den fordi den er lille Matildas Kat. Konen taler med religieus Klang i Stemmen om Lille - og bedyrer mig, at der er ikke mange Børn som hende! Vi er så enige og fører mange Samtaler om Lille. - Peter Bichel bliver gal, naar Gr. vil paastå, at Lille holder ligesaa meget el. mere af jeres Peter end af ham. Han siger, at han vèd at Lille holder mest af ham.
+Jeg har slået Plænen og ordnet alle Staudebedene. Der er saa yndigt i den lille Have, og saa rørende med Løvet som falder. Jeg plukkede en hel Skaal Hindbær igår. Vejret har ellers været yndigt i al den sidste Tid. Vi synes at Dis skal have et af Mors pæne Lommetørklæder, - vi [teksten fortsætter i venstre margen s. 4; lodret:] bestemte jo at de skulde være til Brudelommetørklæder, efterhaanden, som nogen blev gift. Jeg haaber du har det godt lille Lugge. 
+[Indsat øverst s. 4; på hovedet:] Tillykke med "Perlen". Gid det maa vare rigtig længe. 1000 Hilsner til jer alle jeres Elle
+[Indsat s. 2 i venstre margen; lodret:] * det kan man kalde Naturalier</t>
+  </si>
+  <si>
+    <t>1930-03-11</t>
+  </si>
+  <si>
+    <t>Grethe Bichel
+Peter Bichel
+Knud Brandt
+Alhed Marie Brønsted
+Jesper Hansen
+Grethe Jungstedt
+Kurt Jungstedt
+Adolph Larsen
+Andreas Larsen
+Johanne Christine Larsen
+Johannes Larsen
+Christine  Mackie
+Elisabeth Mackie
+Else Warberg
+Laura Warberg
+Minna Warberg
+Erik Warberg Larsen
+Martin Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvad skolebestyreren hed, og Hundslev-Skovgårdene kendes ikke. 
+Inst./Instituttet: Johannes Brønsted arbejdede længe på at få etableret Det kemisk-fysiske Institut på Blegdamsvej i København. Det åbnede i 1930 med tilhørende bolig til Brønsted-familien.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3825</t>
+  </si>
+  <si>
+    <t>Ellen Sawyer takker for gaven. Hun havde en god fødselsdag med mange gæster, blomster og andre gaver.
+Fremover vil Ellen invitere Adolf/Agraren og Johanne/Junge Larsen på middag hveranden søndag, så Johanne kan blive aflastet. Det er godt, at Christine/Mornine Mackie er faldet til ro, men noget skidt at Elisabeth/Putte Mackie arbejder på et hotel med et tvivlsomt rygte.
+Ellen kommer og hjælper med indvielsen af Instituttet.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/w3Pi</t>
+  </si>
+  <si>
+    <t>11/3 - 30
+Kæreste Lugge!
+Tusende Tak for den meget betimelige Gave. Jeg har allerede arbejdet med den og synes allerede at jeg blivet smukkere af det, - saa hvad kan det ikke blive til!! Man kommer ogsaa til at føle sig saa veltilpas efter saadan en Behandling. Jeg damper først Ansigtet godt med varmt Vand.
+Og Tak for dit Brev og for Forsendelsen af de glemte Sager. Jeg havde nu købt mig en ny Fyldepen, men nu har Junge faaet den gamle som jo har været Mors. Jeg havde en rar Fødselsdag, skønt jeg havde mine Elever - dog kun Hjemmeelever og 2 i Byen. Hele Form. gik med Visiter og Eleverne fra 12 - 6, og Huset skulde jo da gøres ved og Dessert lagt til om Aftenen, saa der var Gang i det! Jeg havde kun Skolebst. til L'hombre om Aftenen. Kaffe og Triffly (hvor er det en snild Dessert) og Vin senere. Fredag og Lørdag er jeg jo væk. Om Søndagen havde jeg Agrarens her til Middag Klk 12. Flæskesteg grønne Ærter, - Triffly. Jeg nyder, at Junge faar en Friformiddag og hun nyder det ogsaa. Jeg vil gøre det til Regel, at de kommer hveranden Søndag. - Klk 3 kom Hundslev-Skovgaardene, - mine mangeårige Venner - til Kaffe. De havde en stor Kurv Æbler med - dejligt. Junge blev til Kaffe. - De blev til Klk 5 1/2, saa vadskede jeg den store Opvadskning og gik saa til Agrarens. Bridge til Klk 12. Saa du ser jeg har været meget optaget. Igaar Morges benyttede jeg min Fritid til at skrive til Tante Else som har mistet sin eneste Broder, Knud Brandt og til lille Mine. 
+Jeg fik mange Gaver - Haandarbejder fra Gr. - 2 Spil Kort fra Junge Bøger fra Mornine og Kurt, 100 Cigarer fra Peter, 2 Lagkager, - mange Blomster - en stor Kala fra Puf. - 
+Jeg var saa glad ved dit Brev, - at Mornine er faldet til Ro, og det du skrev om Junge, - jeg lod hende læse dit Brev - hvad jeg ellers ikke gør, men hun blev saa rørt over det, du skrev, om at du næsten havde glædet dig mest til hende. - 
+Las er nu meget betaget over at Putte er paa et Hotel med et meget tvivlsomt Rygte. Det er nu heller ikke morsomt, - der maa da være andre Hoteller. Det er vel ikke saadan lidt som Hævn el. paa Trods? Jeg synes det er en modbydelig Tanke - at Putte gaar i de Omgivelser og min Sandten, om jeg gjorde tillod ["gjorde" overstreget; "tillod" indsat over linjen] det i Mornines Sted. Hvor er det en trist Redelighed helt igennem.
+Nej, til Paaske kan jeg jo ikke komme, men saa tager jeg kun Paaskeferie i selve Helligdagene og saa tager jeg en lille Uge i Maj og bliver din Fødselsdag med. Det kan maaske blive det lille paatænkte Turistbesøg. Jeg vil komme saa jeg er der hele Dagen før d. 8de til Hjælp. - Din Indvielsesgave til Inst. er 18 Desserttallerkner, som jeg har købt paa en Auktion. - De er rigtig pæne, uden at være antike just. Dem kan du nok faa Brug for. Jeg skal ogsaa tage med Syltetøj hvad du helst vil have - det kan vi altid aftale.
+Baade Peter og Grethe var her d. 6te i hver sin Bil, - jeg var desværre nok i Byen til Timerne, men de ved hvor Nøglen er, saa de laasede sig selv ind. 
+Her var varmt over det hele og saa yndigt med alle de mange Blomster. Grethe sagde, at hun gik rundt og kunde ikke komme sig over saa yndigt her var. Her er ogsaa yndigt Gid du kunde komme et lille Foraarsbesøg inden Kampagnen begynder - men - jeg ved jo nok det er aldeles umuligt. 
+Lugge - det er næsten ufatteligt, at det er saa nær med Inst. Hvor jeg glæder mig til det. Dejligt hvis I kunde flytte før Paaske, saa alle kunde have fri i Paasken til at ordne hver sine Sager og Værker. Det vilde nu betyde meget. I det daglige har ingen af dem jo ret meget Tid til overs.
+I Morgen maa jeg skrive til Mornine og Minna, som sendte mig en mægtig Sirupskage. Nu maa jeg ud til Eleverne. I Aften skal jeg over og repetere Engelsk med Manse, som er oppe til 2den Mellem. Desværre har han jo været luddoven.
+1000 Hilsner til jer alle Elle
+Hils ogsaa Lomme og kys lille Jesper paa hans smaa Poter.
+Undskyld dette forjagede Brev.</t>
+  </si>
+  <si>
     <t>1935-10-26</t>
   </si>
   <si>
     <t>Achton Friis
 Adolph Larsen
 Andreas Larsen
 Elena Larsen
 Urban Larsen
 Else Larsen, Else, Andreas Larsens kone
 - Rud
 Lars Swane</t>
   </si>
   <si>
     <t>Tegninger til Fyn: Achton Friis var i gang med at udgive en bog om Fyn med illustrationer af Johannes Larsen. 
 Joen Vedel beskrev på hjemmesiden https://kunsten.nu/artguide/calendar/kunst-for-varer-og-joen-vedel/ Kunst for Varer således: “Det var nu afdøde kunstmaler Gordon Fazakerley, der først beskrev Kunst for Varer for mig. Han fortalte hvordan han havde erhvervet sig en fornem barnevogn til sit første barn i begyndelsen af 1960erne. Betalingen var et maleri. Jeg havde aldrig før hørt om foreningen, som drev sit eget galleri først i Stormgade, siden i Bredgade i København. Den blev stiftet i 1924 af maleren Aage Berthelsen for at ‘hjælpe Kammeraterne og skaffe dem og os selv Varer til at opholde Livet med, og til Tider et eller andet, vi ellers aldrig havde Raad til at købe.’ For et par år siden fandt jeg et hæfte fra Kunst fra Varer i rodekasserne, som i en periode stod i kælderen i den Frie Udstillingsbygning – og det er det hæfte vi viser frem de næste måneder.” 
 Glorup er en herregård i Svindinge Sogn på Sydøstfyn. (Kilde: Wikipedia febr. 2022). 
 Ørbæklunde er grundlagt ca. år 1500 af Poul Laxmand under navnet Lundsgaard. Det var derefter en befæstet borg, betegnet Ørbæklundsgaard fra 1502 og kendt under sit nuværende navn Ørbæklunde fra omkring 1528. Gården ligger i Ørbæk Sogn, Nyborg Kommune. (Kilde: Wikipedia febr. 2022).
 Lykkesholm er en gammel hovedgård, som nævnes første gang i 1329 og kaldt Magelund, men benævnt Lykkesholm fra 1380. Gården ligger cirka 3 km sydvest for den fynske by Ørbæk og ca. 21 km sydøst for Odense. (Kilde: Wikipedia febr. 2022).
 Ørsbjerg er en lille landsby i Assens kommune.</t>
   </si>
   <si>
     <t>Brevet er i privateje, A</t>
   </si>
   <si>
     <t>Johannes Larsen og hans søn har kørt rundt på Fyn og lavet tegninger til Achton Friis' bog. De besøgte Lars Swane i Svendborg. 
@@ -3318,54 +3432,122 @@
 Fyen
 [Håndskrevet på kuvertens bagside:]
 A Warberg Müller
 Hareskov
 [I brevet:]
 Hareskov, 20’ Nov. 1941. 
 Kæreste Junge! Det er for galt, at jeg først nu får skreven til dig, skønt den sidste Kasse Frugt, Æblerne, kom i Lørdags, 8 Dage efter Kvæderne, vi er overvældede, Tak til Jer alle sammen det var en Kæmpegave! Kvæder står i så høj Pris i Aar, at jeg ganske havde opgivet dem; og da vi ikke har Spiseæbler, er sådanne også yderst velkomne, Axel tager hver Dag et med på Kontoret, det har han så godt af og er så glad ved; hvad hedder de store, skøre, smukke, gul og røde? De er himmelske Tak og atter Tak! Grunden til Brevets Forsinkelse er simpelthen en Række af så krævende Arbejdsdage, at jeg ikke har overkommet mere – der er meget at lave nu for kommet mere – der er meget mer at lave nu for en Husmor, men så er det godt, at man kan, jeg er sommetider helt stolt af mig selv, fordi jeg har fået mig lært så meget, som før syntes mig uoverkommeligt – og at det morer mig, men det tar også på Kræfterne. Skrev jeg om Mette Schous Besøg i forrige Uge? Hun kom cyklende til Frokost den ene Dag med lille Marianne på Styret – de var nede hos Nus og rejste næste Morgen; den lille var over alle Grænser bedårende, hun fylder 3 Aar til Marts – ligner Buf meget, hun har hans dejlige Øjne og store sorte Øjenvipper – og den mest poliske lille Mund – det lyser ud af hende, at hun også har hans strålende Sans for Humor, jeg var forfærdelig glad ved hende, det er sjældent at se så pragtfuld en Unge. Mette er også meget sød, vi var alle så glade ved Besøget, også Axel; og hvor er hun tapper og dygtig; hun beholder Huset ved Fjorden, en Malerveninde bor hos hende 
 de passer i Fællesskab Jorden, har avlet og solgt 60 Tdr. Kartofler, som de selv har taget opsorteret etc. Desuden har hun mange andre Grønsager. Om Vinteren tager hun op til Faren, som har en Gård i Himmerland, Moren er nylig død (for et Par Aar siden), han har lejet en Væv til hende, der væver hun så om Vinteren og maler, hun er meget talentfuld; du ved hun er Søster til Carl Nielsen, ham med Samtalerne med Tyskeren; hun havde lige besøgt ham; han er frygtelig opreven over de Samtaler; ved den sidste var Tyskeren lige kommen fra et Besøg på ”Fædrelandets” Redaktion, hvor de havde skældt voldsomt ud over Carl Nielsen, som havde angrebet Bladet, og det kneb meget at få ”Samtalen” lavet; hvert Ord må jo afvejes til alle Sider, men skal alligevel helst udtrykke det, han har på Hjerte. 
 Det var så heldigt at vi lige havde fået en Kanin, da Mette kom – da jeg skulde stege den – jeg skar den ud, dyppede i Mel, stegte i Gryde med Tomatpuré – så jeg, at der var en Masse Fedt omkring Nyrerne, det tog jeg fra og lavede af det, samt Hjerte, Lever og Nyrer, den lækreste Leverposteg – uden Mel men med 1 [pund symbol] Kartofler, alt maskinelt. Vi har en fordelagtig Transalation med Hansens, der hvor Sus bor; Axel skaffer dem ”Opfejning” d v s Korn som spildes fra Sækkene i Frihavnen, det kan han købe billigt, det får så Hansens til deres Dyr, Høns etc – de kan jo næsten intet få at købe og kun til Kæmpepriser; vi Axel [”Axel” indsat over linien] har leveret to Gange og derfor får vi . 3 Kaniner – 1 Hane og en Gås, sidste til Jul, Hanen til Nytår, de to Kaniner har vi fået, det har de selv tilbudt, - de får Korn og vi får billigt Kød. Vi kan ikke få ”Opfejningen” ubegrænset, der er mange om det, men vi er godt tilfreds. 
 2) En anden Dag fik jeg Axel til at købe et Kvieslag, det kostede til min Skræk 4,50, men jeg fik heraf 1 pund afsmeltet Klaret og to store Rullepølser, så det blev dog lukreativt. I Forgårs kom Nus hjem fra en Bytur og havde i Istedgade købt en Nyre for 40 Øre – den blev til en herlig Ragout igår, jeg skar den i små Stykker, som meledes og stegtes med Tomat – tilsidst blandedes små bitte kogte Kartofler i, som jeg havde pillet fra de store – de var som Nødder men lækre trods sene. Af Nyrens Fedt blev der lidt Klaret – vi kan næsten ikke få Fedt mere og Smørmærkerne er kun lige til. Nu har Nus og jeg bestemt at vi fra nu af og til Jul kun vil spise Marmelade på Knækbrødet om Morgenen for at spare Smør til lidt Julebagning; jeg bager nu 2 Gange om Ugen 2 Franskbrød og en Gang ugentlig en stor Bradepande Honningkage, jeg har en billig Opskrift, kun 85 Gram Klaret – c 2 pund Sigte/og Hvedemel ½ af hver og 1/2 l Kernemælk, div. Erstat. Krydderier, den sparer også på Smørret; til Søndag bager jeg Småkager, som jeg delvis har opfundet: 1 Æg – liså meget brunt Sukker, liså meget Mel, lidt Natron og div. mørke Krydderier – der bliver c 50, sat på med Teske, i går fandt jeg på at lægge en lille Klat fast Marmelade på hver Kage – men den Opfindelse skal nu gemmes til Jul, den var dubra. Bliv ikke forarget over at Kvæderne gik næsten til Lyst! i Aar kan man jo ikke lave Konfekt, som Axel elsker, så lavede jeg Knækbrød, d v s 2 pund syltede jeg først som hele; så kogte jeg alle Skræller og Kernehuse af, mosede gennem Dørslag, der blev 3 pund Marmelade; Resten gik gennem Maskinen, der blev 5 pund Frugtmasse, kogt en 5 pund Sukker; en Del farvede jeg rødt, en Del grønt, den største Part ufarvet; det ligger nu spredt ud på den store Egetræsbakke og et stort Fad, dækket med Papir, og tørrer oppe på Køkkenskabet – altså lige under Loftet, så skal det senere skæres ud og vendes i groft Sukker - Julekonfekten er sikret. Til Variation har jeg meget stærke Ingefær-Græskar, som også skal vendes i groft Sukker. Nå – du ser, jeg er meget hus-optaget.
 I Tirsdags var Axel til sin 2den Bachkoncert , og Lugge husede ham igen - den Dag lavede jeg de tre Kvædesyltninger, det tog hele Dagen, Nus var i København – med Nyheder – så jeg var almasensalene, derfor nåede jeg så meget, var først lige færdig og havde Middagen parat, da Nus kom Kl ½ 7; en strålende glad Skatter, skønt hun havde travet hele Dagen med sin tunge Kuffert og i Snuskregn: men så havde hun også flottet sig, spist Frokost i Brasilko, en fin Hummer – Reje – Svamperet til 2,85 – uhørt for den sparsommelige Nus – deroppe havde hun siddet og talt alle sine Ordrer sammen - og købte siden en lille Æske fineste Konfekt (8 Kr Pund!) der var for 3,85, som hun havde med hjem til vores ensomme Aften; og da vi havde spist Middagen, pakkede hun Kufferten ud og viste mig alle de dejlige Ting og fortalte mig om hvert enkelt Sted, hun havde været, og hvad de havde sagt og hvad de havde købt - - de er helt vilde efter hendes Ting nu - og netop nu er det så svært at skaffe Materialer --- ialt havde hun solgt for 1.294 – Kr.!! – så nu får de rasende travlt, jeg begriber ikke, at de kan nå det; men Sus havde netop om Formd. opdaget, at Fru Hansen, som var ovre at vaske en Kasse Glas for dem – at hun kan dubbe – (altså sætte Farverne på de ensfarvede Ting, det er meget svært) – hun vilde så gerne prøve, og det viste sig, at hun havde Håndelaget, de blev strax fejlfri, og de havde jo ikke Råd 
 3) til at ødsle Farver nu på Oplæring. Dupningen keder dem skrækkeligt – de vil hellere lære nye Motiver, og alene Budtz Müller i Bredgade havde bestilt 200 grøn-duppede Glas á 1,65 [”á 1,65!” indsat over linjen], så der er noget for Fru Hansen, de mener det kan betale sig at tage Hjælp, så de kan hellige sig de større Opgaver; de har også engageret Nortoft til Pakningen, som tager lang Tid. (Gid jeg var 10 Aar yngre – men jeg har nok heroppe at lave og for få Kræfter til mere.) – 
 Nus havde på sin Tur også været på Vestre Kirkegård – det var Bufs Fødselsdag Dagen efter – havde Blomster med derind; for dine Penge havde hun i fjor købt og plantet en hvid Krysantemum, den stod så smukt og havde mange Knopper. 
 Og i går fik hun fra Kunstmusæet de Billeder, hun har arvet efter Buf; et meget stort Maleri af Baronen forestillende Fru Syberg, der sidder sammen med Trylle og ser i en Bog, et dejligt Billede. Og en smuk Skitse af Peter Hansen, en pløjende Mand, samt flere Fugletegninger af Las. Jeg har lovet hende at hjælpe med Ophængningen, hvor vil de smykke hendes Hus dernede, det er virkelig et henrivende lille Hjem, hun har der; hun skulde have hende en Mand deri. -
 Ja og så kom Axel hjem i Aftes og var i strålende Humør efter sin Koncert, og det var dejligt at have han hjemme igen; men hvor har han dog godt af de små Udflugter! 
 Han havde også Læseforeningsbøger med til os, vi læser Thomas Olesen Løkken på Kraft for at være udrustet til hans Besøg, som nu snart må kunne ventes.
 Jeg fik et sødt Brev fra Tutte i går; hun kommer dog ikke herned, men vil gerne have mig derop i næste Uge; det må jeg gøre, skønt jeg er i en kedelig Astmaperiode, må brænde Pulver hver Nat for at kunne sove. Men jeg rejser nu derop alligevel. 
 Nu er det Frokost, lille Junge, så jeg må slutte for denne Gang.
 Husk at skrive om Bibbe, og hils hende meget, når du skriver. Hvordan har du det med Tobak? Axel kan vist godt skaffe dig noget, hvis du ikke kan få det. 
 Tænk dig, jeg fik et langt Brev fra Tante Else, så nu skal jeg skrive igen. 
 Tusind Hilsner og endnu en varm Tak for Frugten!
 Din Dis.
 Kære Junge! Jeg ved ikke om Dis har skrevet noget om Tobak! Hermed en lille Pakke Cigaretter, som jeg haaber, at du kan bruge. Mange Hilsner fra din heng. Axel.</t>
   </si>
   <si>
+    <t>1942-11-26</t>
+  </si>
+  <si>
+    <t>Bakkevej 12 Hareskov St.</t>
+  </si>
+  <si>
+    <t>Thora  Branner
+Louise Brønsted
+Christine  Mackie
+Axel  Müller
+Ellen  Sawyer
+Janna Schou
+Andreas Warberg
+Else Warberg
+Karen Warberg
+Laura Warberg
+Marie Warberg
+Martin Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Else Warberg og hendes døtre boede på Glorup, hvor deres mand og far havde fungeret som godsforvalter.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0953</t>
+  </si>
+  <si>
+    <t>Else Warberg er død. Hun blev 83 år og var klar i hovedet, men legemet var svagt. Hun var et godt menneske. Begravelsen bliver i stilhed. Det var godt, at Johanne C. Larsen besøgte Else om sommeren. 
+Laura/Bibbe Warberg P. er indlagt med gulsot. Hun får mange besøg og læser meget.
+Det er trist, at Astrid/Dis Warberg-G. er syg. 
+Hohanne og Adolf Larsen har ikke haft vinduerne tilstrækkeligt dækket, og de får måske en bøde, men nu har de købt mørklægningsgardiner.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ROqW</t>
+  </si>
+  <si>
+    <t>[Skrevet med blyant på kuvertens forside:]
+modt 27’ Nov. 1942.
+Tante Else død 25’ Nov
+[Skrevet med blæk på kuvertens forside:]
+Fru A. Warberg Müller
+Bakkevej No 12.
+Hareskov St.
+[Skrevet med blå kuglepen på kuvertens forside:]
+4-2-08.
+11-2-07.
+3-1-03.
+3-1-02. [Linjen overstreget]
+18-4-2001.
+18-6-2000
+BWP. 
+[Skrevet på kuvertens bagside:]
+Lindøgaard, Dræby St. Fyen.
+[I brevet:]
+Lindøgaard Torsdag d. 26_nde_ Nov. 1942.
+Kæreste Dis!
+Nu er vor lille søde Tante Else død. Nina ringede til mig i Aftes og var jo forfærdelig bedrøvet. Tante Else var bleven syg i Søndags Aftes og havde Opkastninger; hvordan Mandag og Tirsdag var gaaet, kunde jeg ikke faa fat paa, men saa vidt jeg forstod, var hun sovet stille hen i Gaar Eftm (Onsdag) Kl 4 1/2 [”Kl 4 1/2” indsat over linien] De havde siddet hos hende i et Par Timer, fordi de ikke kunde forstaa, at hun var død. Jeg spurgte, om de var helt alene - ja, det var de. Sygeplejersken havde været der og hjulpet dem, men var nu gaaet. Hvor har det været svært for dem at være der helt alene i det store mørke Hus med deres store Sorg. Hvor alting bliver anderledes for dem nu, da deres Mor er borte – Centrum i deres Tilværelse. Men for Tante Else selv er det jo kun lykkeligt; hun led saa meget og havde kun Smerte og Ubehag ud af Livet, som det efterhaanden var blevet. 
+Hvor forunderligt – naar man tænker paa hendes høje Alder- 83½ Aar – og paa det svage Legeme, der ikke havde været i Orden i de sidste 13-14 Aar, at hendes Aand var lige saa klar som altid og at hendes Forstand ikke var svækket det allermindste. Der var ikke noget med ” ja, jeg husker ikke [”ikke” indsat over linien] saa godt mere” el. den Slags, som jeg da kender saa godt, skønt jeg ikke er fyldt 70 endnu Hun havde Rede paa alt, huskede alt og fulgte med i alt, fuldstændig ungt og levende. Tante Else var efter min Mening et helt Unikum paa det aandelige Omraade. - Det er for mig en god Tanke, at hun har faaet Fred. Gud være lovet, at jeg ikke tror, hun nu skal bryde videre med Vandringen og ændre Tilværelsen, hvor maa det være rædselsfuldt at tro det. Men paa en Maade lever hun jo videre - i vores Erindring, som holdt af hende og i det lysende Forbillede, hun har skabt for os, Godhed dør jo ikke saadan ud, Paavirkningen har været der, stærkest hos de to. Tante Else har altid staaet for mig som Idealet af Godhed og Renhed. Jeg husker, at jeg en Gang, da vi var ganske unge, sagde det til Elle og Elle svarede: nej, Mor! – Og hendes Godhed føltes i vide Kredse, jeg har en Gang i en Rutebil ml. Kjerteminde og Odense hørt to sidde og tale om hendes Godhed og Hjælpsomhed.
+Jeg har lige ringet til Titte, hun var ganske rolig. Paa min Forespørgsel sagde hun, at de havde næsten ikke sovet i Nat, Nina vist slet ikke. De averterer ikke før efter Begravelsen, der bliver i meget stor Stilhed; som Nina sagde i Aftes, det er altfor besværligt for Folk at komme og for dem en Umulighed at have stor Spisning; de har næsten ingen Petroleum; Titte mente, at Begr. blev Mandag, men de havde endnu ikke talt med Præsten om det. – Jeg har skrevet til Dedde og til Christine, som jeg bad om at ringe til Lugge og bede hende ringe til Tutte. 
+Hvor er jeg lykkelig over at vi overvandt alle Hindringer i Sommer og tog derned, jeg kunde forstaa at hun havde været saa glad ved det. Og godt, at vi har passet hende med Breve: vi nyder dem, sagde lille Tante Else i Sommer; nu da jeg ser i min Fortegnelse over mine afsendte Breve, ser jeg, at jeg ikke har skrevet siden d. 29 Oktober og jeg var paa Springet til at skrive igen, å hvor trist at jeg ikke fik det gjort. Men samme Dag som jeg sidst 
+2
+sendte Brev til dig, fik jeg Brev fra Bibbe, at hun laa syg, og jeg har saa skrevet næsten hver Dag til hende og ret lange Breve, saa blev det til Tante Else opsat. Hvor det dog tit gaar sådan. Bibbe havde gaaet i en Uge og stridt med Feber, arbejdet som sædvanlig og ikke sagt til. Først da hun havde 39.6 kom hun i Seng, blev nogle Dage efter rigtig indlagt paa Sygehuset med Gulsot. Hun bliver mere og mere gul; hendes Plasma-Farve er 26 og det normale er 7-8. saa der venter hende nok et langt Sengeleje, hvad hun paastaar, hun er glad over; hun befinder sig vel nu, faar en Masse Blomster (Bibbe er jo afholdt, hvor hun kommer) læser en Masse gode Bøger, hun kan faa hvad hun vil; der er en udmærket Bibliotekar, som hun forleden havde en meget langt litterær Samtale med. Hun har f. Tiden 5-6 Bøger om Rusland. 
+Det er rigtignok kedeligt, lille Dis, at du er syg, men godt for den gode Hjælp, saa kan du da ligge med roligere Samvittighed, hvilket jo betyder uendeligt, naar man skal ligge syg; jeg havde netop tænkt paa, at I havde nu alle været raske i lang Tid; men det var da ikke saa sært, du blev syg, naar du skulde høre Radiomusik en hel Aften – Gud Fader bevares, jeg faar Koldsved bare ved Tanken – oven i Købet uden rigtig Varme og saa i saadan en moderne Stue, som altid virker saa kold; det er ikke grimt, men virker saa fattigt, nøgternt og – køligt.
+Jeg har nok slet ikke faaet dig sagt Tak, for dit lange Brev; du skrev ikke, om du var kommen af med Feberen – forhaab. er du det nu. - - Vi har forsøgt en Gang med Sække for Vinduerne, men Blæsten ville ikke tillade det, de klaprede altid. Vi ved endnu ikke, om vi faar Bøde. ”De” havde staaet en Tid og kigget gen. en Revne i Porten og set Lyset. Saa det var for sent at Manse slukkede, da han hørte Porten; nu har vi faaet rigtige ”Træk og Slip” Gardiner af mørkegrønt Papir. 
+Til Lykke med Gaasen; 20 Kr. er fantastisk billigt. 30 Kr. regner vi for Prisen. Og vi maa jo huske paa det eventuelle Fedt, som sparer det dyre Smør.
+Jeg kan ikke mere, desuden snart Posttid, jeg har skrevet saa meget i Formiddag og er for øvrigt saa oprevet af at tænke paa Glorup. Tilgiv. Du har da faaet Æblerne? Nej, nu faar jeg da ikke dårligt Knæ jeg har jo Pigehjælp nu og behøver ikke at løfte paa Kasser eller bære – blot lægge dem ned. 
+Tusinde Hilsner – ogsaa til Nus og Axel
+fra din Junge
+God Bedring, lille Dis.</t>
+  </si>
+  <si>
     <t>1944-01-25</t>
-  </si>
-[...1 lines deleted...]
-    <t>Bakkevej 12 Hareskov St.</t>
   </si>
   <si>
     <t>Maria Balslev
 Alfred Fly
 Axel  Müller
 Ellen  Sawyer
 Janna Schou
 Christine Swane
 Lars Swane
 Karen Warberg
 Erik Warberg Larsen
 Grete Warberg Larsen
 Martin Warberg Larsen
 Per Warberg Larsen
 Laura Warberg Petersen</t>
   </si>
   <si>
     <t>Erik/Tinge Warberg Larsen havde en søn, Per, fra første ægteskab. Det vides ikke, om Grethe også havde en søn (jvnf. "Drengene"), eller om Erik havde endnu et barn. 
 Det vides ikke, hvem Stisen var.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2449</t>
   </si>
   <si>
     <t>Grethes mand vil omsider skilles, så hun og Erik/Tinge kan blive gift. De er flyttet sammen. Ellen Sawyer er forarget. Grethe og Eriks hjem er pænt.
@@ -4054,59 +4236,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/dPFb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fUVm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZhDQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZOdu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VGSK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZWve" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QzNa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/An00" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oyxZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/M4rR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qup8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nEHp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JfGS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mUfe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9qBK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jKvs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TRQu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gZPT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZBB3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/y0d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6NfH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/g8vq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/I7sJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hblc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TyBn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ui56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xKVH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iZ1n" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uhvb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dqaY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WaQ1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wftc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gbwj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Ukwruu9g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0u8z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fBxg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QkiQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/evO2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/x9o1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6exN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8odw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jmQ4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OHEL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WL46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Qnm1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4TTW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/maOI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eMZY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bUa7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3Y49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Coa8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wKQ5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QJao" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7IvF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vTbG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/mRGYJww6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MyNL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wj5I" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GKus" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5iq4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iQEv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P1L8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hVic" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JdVO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fo20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JNI0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hx17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QZ8G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JQ1X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iY0z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LjZA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/dPFb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fUVm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZhDQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZOdu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VGSK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZWve" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QzNa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/An00" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oyxZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/M4rR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qup8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nEHp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JfGS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mUfe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9qBK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jKvs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TRQu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gZPT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZBB3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/y0d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6NfH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/g8vq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/I7sJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hblc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TyBn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ui56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xKVH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iZ1n" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uhvb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dqaY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WaQ1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wftc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gbwj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Ukwruu9g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0u8z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fBxg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QkiQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/evO2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/x9o1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6exN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8odw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jmQ4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OHEL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WL46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Qnm1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4TTW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/maOI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eMZY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bUa7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3Y49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Coa8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wKQ5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QJao" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7IvF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vTbG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/mRGYJww6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MyNL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wj5I" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GKus" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5iq4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5oe6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/w3Pi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iQEv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P1L8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hVic" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ROqW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JdVO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fo20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JNI0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hx17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QZ8G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JQ1X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iY0z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LjZA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M73"/>
+  <dimension ref="A1:M76"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -6846,517 +7028,654 @@
       </c>
       <c r="I62" s="5" t="s">
         <v>470</v>
       </c>
       <c r="J62" s="5" t="s">
         <v>471</v>
       </c>
       <c r="K62" s="5" t="s">
         <v>472</v>
       </c>
       <c r="L62" s="6" t="s">
         <v>473</v>
       </c>
       <c r="M62" s="5" t="s">
         <v>474</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="5" t="s">
         <v>475</v>
       </c>
       <c r="B63" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C63" s="5" t="s">
-        <v>43</v>
+        <v>133</v>
       </c>
       <c r="D63" s="5" t="s">
-        <v>435</v>
-[...2 lines deleted...]
-        <v>44</v>
+        <v>390</v>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F63" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G63" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H63" s="5" t="s">
         <v>476</v>
       </c>
       <c r="I63" s="5" t="s">
         <v>477</v>
       </c>
       <c r="J63" s="5" t="s">
         <v>478</v>
       </c>
       <c r="K63" s="5" t="s">
         <v>479</v>
       </c>
       <c r="L63" s="6" t="s">
         <v>480</v>
       </c>
       <c r="M63" s="5" t="s">
         <v>481</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="5" t="s">
         <v>482</v>
       </c>
       <c r="B64" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C64" s="5" t="s">
-        <v>62</v>
+        <v>133</v>
       </c>
       <c r="D64" s="5" t="s">
-        <v>254</v>
-[...1 lines deleted...]
-      <c r="E64" s="5" t="s">
+        <v>446</v>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F64" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G64" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H64" s="5" t="s">
         <v>483</v>
       </c>
-      <c r="F64" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H64" s="5" t="s">
+      <c r="I64" s="5" t="s">
         <v>484</v>
       </c>
-      <c r="I64" s="5" t="s">
+      <c r="J64" s="5" t="s">
         <v>485</v>
       </c>
-      <c r="J64" s="5" t="s">
+      <c r="K64" s="5" t="s">
         <v>486</v>
       </c>
-      <c r="K64" s="5" t="s">
+      <c r="L64" s="6" t="s">
         <v>487</v>
       </c>
-      <c r="L64" s="6" t="s">
+      <c r="M64" s="5" t="s">
         <v>488</v>
-      </c>
-[...1 lines deleted...]
-        <v>489</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="5" t="s">
-        <v>490</v>
+        <v>489</v>
       </c>
       <c r="B65" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C65" s="5" t="s">
-        <v>254</v>
+        <v>43</v>
       </c>
       <c r="D65" s="5" t="s">
-        <v>62</v>
+        <v>435</v>
       </c>
       <c r="E65" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="F65" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G65" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H65" s="5" t="s">
+        <v>490</v>
+      </c>
+      <c r="I65" s="5" t="s">
         <v>491</v>
       </c>
-      <c r="F65" s="5" t="s">
-[...7 lines deleted...]
-      <c r="H65" s="5" t="s">
+      <c r="J65" s="5" t="s">
         <v>492</v>
       </c>
-      <c r="I65" s="5" t="s">
+      <c r="K65" s="5" t="s">
         <v>493</v>
       </c>
-      <c r="J65" s="5" t="s">
+      <c r="L65" s="6" t="s">
         <v>494</v>
       </c>
-      <c r="K65" s="5" t="s">
+      <c r="M65" s="5" t="s">
         <v>495</v>
-      </c>
-[...4 lines deleted...]
-        <v>497</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="5" t="s">
-        <v>498</v>
+        <v>496</v>
       </c>
       <c r="B66" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C66" s="5" t="s">
         <v>62</v>
       </c>
       <c r="D66" s="5" t="s">
         <v>254</v>
       </c>
       <c r="E66" s="5" t="s">
-        <v>483</v>
-[...1 lines deleted...]
-      <c r="F66" s="5" t="s">
+        <v>497</v>
+      </c>
+      <c r="F66" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G66" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H66" s="5" t="s">
+        <v>498</v>
+      </c>
+      <c r="I66" s="5" t="s">
         <v>499</v>
       </c>
-      <c r="G66" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H66" s="5" t="s">
+      <c r="J66" s="5" t="s">
         <v>500</v>
       </c>
-      <c r="I66" s="5" t="s">
+      <c r="K66" s="5" t="s">
         <v>501</v>
       </c>
-      <c r="J66" s="5" t="s">
+      <c r="L66" s="6" t="s">
         <v>502</v>
       </c>
-      <c r="K66" s="5" t="s">
+      <c r="M66" s="5" t="s">
         <v>503</v>
-      </c>
-[...4 lines deleted...]
-        <v>505</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="5" t="s">
-        <v>506</v>
+        <v>504</v>
       </c>
       <c r="B67" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C67" s="5" t="s">
-        <v>507</v>
+        <v>254</v>
       </c>
       <c r="D67" s="5" t="s">
         <v>62</v>
       </c>
       <c r="E67" s="5" t="s">
+        <v>505</v>
+      </c>
+      <c r="F67" s="5" t="s">
+        <v>497</v>
+      </c>
+      <c r="G67" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H67" s="5" t="s">
+        <v>506</v>
+      </c>
+      <c r="I67" s="5" t="s">
+        <v>507</v>
+      </c>
+      <c r="J67" s="5" t="s">
         <v>508</v>
       </c>
-      <c r="F67" s="5" t="s">
+      <c r="K67" s="5" t="s">
         <v>509</v>
       </c>
-      <c r="G67" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H67" s="5" t="s">
+      <c r="L67" s="6" t="s">
         <v>510</v>
       </c>
-      <c r="I67" s="5" t="s">
+      <c r="M67" s="5" t="s">
         <v>511</v>
-      </c>
-[...10 lines deleted...]
-        <v>515</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="5" t="s">
-        <v>516</v>
+        <v>512</v>
       </c>
       <c r="B68" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C68" s="5" t="s">
         <v>62</v>
       </c>
       <c r="D68" s="5" t="s">
         <v>254</v>
       </c>
       <c r="E68" s="5" t="s">
-        <v>483</v>
+        <v>497</v>
       </c>
       <c r="F68" s="5" t="s">
-        <v>499</v>
+        <v>513</v>
       </c>
       <c r="G68" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H68" s="5" t="s">
+        <v>514</v>
+      </c>
+      <c r="I68" s="5" t="s">
+        <v>515</v>
+      </c>
+      <c r="J68" s="5" t="s">
+        <v>516</v>
+      </c>
+      <c r="K68" s="5" t="s">
         <v>517</v>
       </c>
-      <c r="I68" s="5" t="s">
+      <c r="L68" s="6" t="s">
         <v>518</v>
       </c>
-      <c r="J68" s="5" t="s">
+      <c r="M68" s="5" t="s">
         <v>519</v>
-      </c>
-[...7 lines deleted...]
-        <v>522</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="5" t="s">
-        <v>523</v>
+        <v>520</v>
       </c>
       <c r="B69" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C69" s="5" t="s">
         <v>62</v>
       </c>
       <c r="D69" s="5" t="s">
         <v>254</v>
       </c>
       <c r="E69" s="5" t="s">
-        <v>483</v>
+        <v>497</v>
       </c>
       <c r="F69" s="5" t="s">
+        <v>513</v>
+      </c>
+      <c r="G69" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H69" s="5" t="s">
+        <v>521</v>
+      </c>
+      <c r="I69" s="5" t="s">
+        <v>522</v>
+      </c>
+      <c r="J69" s="5" t="s">
+        <v>523</v>
+      </c>
+      <c r="K69" s="5" t="s">
         <v>524</v>
       </c>
-      <c r="G69" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H69" s="5" t="s">
+      <c r="L69" s="6" t="s">
         <v>525</v>
       </c>
-      <c r="I69" s="5"/>
-      <c r="J69" s="5" t="s">
+      <c r="M69" s="5" t="s">
         <v>526</v>
-      </c>
-[...7 lines deleted...]
-        <v>529</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="5" t="s">
-        <v>530</v>
+        <v>527</v>
       </c>
       <c r="B70" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C70" s="5" t="s">
+        <v>528</v>
+      </c>
+      <c r="D70" s="5" t="s">
         <v>62</v>
       </c>
-      <c r="D70" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E70" s="5" t="s">
-        <v>483</v>
+        <v>529</v>
       </c>
       <c r="F70" s="5" t="s">
+        <v>530</v>
+      </c>
+      <c r="G70" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H70" s="5" t="s">
         <v>531</v>
       </c>
-      <c r="G70" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H70" s="5" t="s">
+      <c r="I70" s="5" t="s">
         <v>532</v>
       </c>
-      <c r="I70" s="5" t="s">
+      <c r="J70" s="5" t="s">
         <v>533</v>
       </c>
-      <c r="J70" s="5" t="s">
+      <c r="K70" s="5" t="s">
         <v>534</v>
       </c>
-      <c r="K70" s="5" t="s">
+      <c r="L70" s="6" t="s">
         <v>535</v>
       </c>
-      <c r="L70" s="6" t="s">
+      <c r="M70" s="5" t="s">
         <v>536</v>
-      </c>
-[...1 lines deleted...]
-        <v>537</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="5" t="s">
-        <v>538</v>
+        <v>537</v>
       </c>
       <c r="B71" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C71" s="5" t="s">
         <v>62</v>
       </c>
       <c r="D71" s="5" t="s">
         <v>254</v>
       </c>
       <c r="E71" s="5" t="s">
-        <v>483</v>
+        <v>497</v>
       </c>
       <c r="F71" s="5" t="s">
+        <v>513</v>
+      </c>
+      <c r="G71" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H71" s="5" t="s">
+        <v>538</v>
+      </c>
+      <c r="I71" s="5" t="s">
         <v>539</v>
       </c>
-      <c r="G71" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H71" s="5" t="s">
+      <c r="J71" s="5" t="s">
         <v>540</v>
       </c>
-      <c r="I71" s="5" t="s">
+      <c r="K71" s="5" t="s">
         <v>541</v>
       </c>
-      <c r="J71" s="5" t="s">
+      <c r="L71" s="6" t="s">
         <v>542</v>
       </c>
-      <c r="K71" s="5" t="s">
+      <c r="M71" s="5" t="s">
         <v>543</v>
-      </c>
-[...4 lines deleted...]
-        <v>545</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="5" t="s">
-        <v>546</v>
+        <v>544</v>
       </c>
       <c r="B72" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C72" s="5" t="s">
         <v>62</v>
       </c>
       <c r="D72" s="5" t="s">
         <v>254</v>
       </c>
       <c r="E72" s="5" t="s">
-        <v>483</v>
+        <v>497</v>
       </c>
       <c r="F72" s="5" t="s">
-        <v>499</v>
+        <v>545</v>
       </c>
       <c r="G72" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H72" s="5" t="s">
+        <v>546</v>
+      </c>
+      <c r="I72" s="5"/>
+      <c r="J72" s="5" t="s">
         <v>547</v>
       </c>
-      <c r="I72" s="5" t="s">
+      <c r="K72" s="5" t="s">
         <v>548</v>
       </c>
-      <c r="J72" s="5" t="s">
+      <c r="L72" s="6" t="s">
         <v>549</v>
       </c>
-      <c r="K72" s="5" t="s">
+      <c r="M72" s="5" t="s">
         <v>550</v>
-      </c>
-[...4 lines deleted...]
-        <v>552</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="5" t="s">
-        <v>553</v>
+        <v>551</v>
       </c>
       <c r="B73" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C73" s="5" t="s">
+        <v>62</v>
+      </c>
+      <c r="D73" s="5" t="s">
+        <v>254</v>
+      </c>
+      <c r="E73" s="5" t="s">
+        <v>497</v>
+      </c>
+      <c r="F73" s="5" t="s">
+        <v>552</v>
+      </c>
+      <c r="G73" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H73" s="5" t="s">
+        <v>553</v>
+      </c>
+      <c r="I73" s="5" t="s">
         <v>554</v>
       </c>
-      <c r="D73" s="5" t="s">
+      <c r="J73" s="5" t="s">
+        <v>555</v>
+      </c>
+      <c r="K73" s="5" t="s">
+        <v>556</v>
+      </c>
+      <c r="L73" s="6" t="s">
+        <v>557</v>
+      </c>
+      <c r="M73" s="5" t="s">
+        <v>558</v>
+      </c>
+    </row>
+    <row r="74">
+      <c r="A74" s="5" t="s">
+        <v>559</v>
+      </c>
+      <c r="B74" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C74" s="5" t="s">
+        <v>62</v>
+      </c>
+      <c r="D74" s="5" t="s">
+        <v>254</v>
+      </c>
+      <c r="E74" s="5" t="s">
+        <v>497</v>
+      </c>
+      <c r="F74" s="5" t="s">
+        <v>560</v>
+      </c>
+      <c r="G74" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H74" s="5" t="s">
+        <v>561</v>
+      </c>
+      <c r="I74" s="5" t="s">
+        <v>562</v>
+      </c>
+      <c r="J74" s="5" t="s">
+        <v>563</v>
+      </c>
+      <c r="K74" s="5" t="s">
+        <v>564</v>
+      </c>
+      <c r="L74" s="6" t="s">
+        <v>565</v>
+      </c>
+      <c r="M74" s="5" t="s">
+        <v>566</v>
+      </c>
+    </row>
+    <row r="75">
+      <c r="A75" s="5" t="s">
+        <v>567</v>
+      </c>
+      <c r="B75" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C75" s="5" t="s">
+        <v>62</v>
+      </c>
+      <c r="D75" s="5" t="s">
+        <v>254</v>
+      </c>
+      <c r="E75" s="5" t="s">
+        <v>497</v>
+      </c>
+      <c r="F75" s="5" t="s">
+        <v>513</v>
+      </c>
+      <c r="G75" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H75" s="5" t="s">
+        <v>568</v>
+      </c>
+      <c r="I75" s="5" t="s">
+        <v>569</v>
+      </c>
+      <c r="J75" s="5" t="s">
+        <v>570</v>
+      </c>
+      <c r="K75" s="5" t="s">
+        <v>571</v>
+      </c>
+      <c r="L75" s="6" t="s">
+        <v>572</v>
+      </c>
+      <c r="M75" s="5" t="s">
+        <v>573</v>
+      </c>
+    </row>
+    <row r="76">
+      <c r="A76" s="5" t="s">
+        <v>574</v>
+      </c>
+      <c r="B76" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C76" s="5" t="s">
+        <v>575</v>
+      </c>
+      <c r="D76" s="5" t="s">
         <v>390</v>
       </c>
-      <c r="E73" s="5" t="s">
-[...28 lines deleted...]
-        <v>561</v>
+      <c r="E76" s="5" t="s">
+        <v>576</v>
+      </c>
+      <c r="F76" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G76" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H76" s="5" t="s">
+        <v>577</v>
+      </c>
+      <c r="I76" s="5" t="s">
+        <v>578</v>
+      </c>
+      <c r="J76" s="5" t="s">
+        <v>579</v>
+      </c>
+      <c r="K76" s="5" t="s">
+        <v>580</v>
+      </c>
+      <c r="L76" s="6" t="s">
+        <v>581</v>
+      </c>
+      <c r="M76" s="5" t="s">
+        <v>582</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>
     <hyperlink ref="M13" r:id="rId18"/>
     <hyperlink ref="M14" r:id="rId19"/>
     <hyperlink ref="M15" r:id="rId20"/>
     <hyperlink ref="M16" r:id="rId21"/>
     <hyperlink ref="M17" r:id="rId22"/>
     <hyperlink ref="M18" r:id="rId23"/>
     <hyperlink ref="M19" r:id="rId24"/>
     <hyperlink ref="M20" r:id="rId25"/>
     <hyperlink ref="M21" r:id="rId26"/>
@@ -7390,44 +7709,47 @@
     <hyperlink ref="M49" r:id="rId54"/>
     <hyperlink ref="M50" r:id="rId55"/>
     <hyperlink ref="M51" r:id="rId56"/>
     <hyperlink ref="M52" r:id="rId57"/>
     <hyperlink ref="M53" r:id="rId58"/>
     <hyperlink ref="M54" r:id="rId59"/>
     <hyperlink ref="M55" r:id="rId60"/>
     <hyperlink ref="M56" r:id="rId61"/>
     <hyperlink ref="M57" r:id="rId62"/>
     <hyperlink ref="M58" r:id="rId63"/>
     <hyperlink ref="M59" r:id="rId64"/>
     <hyperlink ref="M60" r:id="rId65"/>
     <hyperlink ref="M61" r:id="rId66"/>
     <hyperlink ref="M62" r:id="rId67"/>
     <hyperlink ref="M63" r:id="rId68"/>
     <hyperlink ref="M64" r:id="rId69"/>
     <hyperlink ref="M65" r:id="rId70"/>
     <hyperlink ref="M66" r:id="rId71"/>
     <hyperlink ref="M67" r:id="rId72"/>
     <hyperlink ref="M68" r:id="rId73"/>
     <hyperlink ref="M69" r:id="rId74"/>
     <hyperlink ref="M70" r:id="rId75"/>
     <hyperlink ref="M71" r:id="rId76"/>
     <hyperlink ref="M72" r:id="rId77"/>
     <hyperlink ref="M73" r:id="rId78"/>
+    <hyperlink ref="M74" r:id="rId79"/>
+    <hyperlink ref="M75" r:id="rId80"/>
+    <hyperlink ref="M76" r:id="rId81"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>