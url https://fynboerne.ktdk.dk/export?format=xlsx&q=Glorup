--- v1 (2025-12-17)
+++ v2 (2026-03-11)
@@ -3,53 +3,53 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="838" uniqueCount="583" xml:space="preserve">
-[...1 lines deleted...]
-    <t>Datering</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="860" uniqueCount="598" xml:space="preserve">
+  <si>
+    <t>Datering/Værktitel</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
@@ -1225,68 +1225,69 @@
   </si>
   <si>
     <t>Alhed Larsen og hendes far har været i Heden og få en liste over, hvad de skulle købe til nogle mennesker der. Derefter besøgte de Drude Vesterdal Jørgensen i Odense og var på pensionatet hos Louise (Lugge) og Andreas (Dede). De havde fået mange blomster i forbindelse med Louises fødselsdag. Dagen efter tog Alhed til Heden med varerne.
 Christine og løjtnant Lassen meldte pludselig deres ankomst den følgende dag, og Alhed fik travlt med at lave mad. Samme dag skulle hun til kaffe hos Amstrups, og Tante Visse (Fru Amstrup) var overraskende venlig. 
 Alhed glemte at få Louises vasketøj med fra Odense, så vasken er ikke så stor.
 Frk. Petersen skal holde ferie på Erikshåb en måned mod en betaling på 50 kr. 
 Astrid skriver, at hendes mor hellere må komme til Branners den 21. end den 20.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/g8vq</t>
   </si>
   <si>
     <t>Kære Mor!
 Du venter vel snart med Længsel efter et ordentligt Brev herfra, men her er saa meget hver Dag, at det næsten er svært at fsaa Tid og i Gaar var her ingen post. Joh. skrev nok, at Far inviterede mig med til Odense, men saa kom vi i Tanker om, at vi hellere maatte køre til Heden og faa at vide, hvad de manglede i Gaarden og saa faa det købt med det samme. Dis, Joh. og jeg kørte D ["D" overstreget] derover og fik en Liste paa det altsammen. Vi rejste til Odense med 1/2 11 Toget og overraskede Lugge, der ikke kunde forstaa, at hun ikke havde faaet Brev hjemme fra. Kl 12 1/2 gav Far Chokolade i Elevatoren, derefter gik han til Stiftsprovstens, jeg Ærinder og Kl. 3 mødtes vi til Middag i Pensionatet, hvorfra vi telefonerede til Tante Else. - Da vi kom ind var Dede kommen. Lugge skulde i Skole og Chr. have Timer, saa gik Far, Dede og jeg ud til Vesterdal, hvor vi blev til Aften. Da vi kom tilbage til Pensionatet var der kommen nogle Stykker for at fejre Lugge, Tante Dry, Leutnant Lassen, Ernst Brandt og en Hr [ulæseligt]; deres Stue var propfuld af Blomster fra de to Fødselsdage, 3 Potteplanter, hvoraf de to pragtfulde gule Roser og c. en halv Snes Buketter. - Der blev drukken et Glas Portvin til Lugges Hæder. - Næste Dag kørte jeg over til Heden med Varerne, Dede var med, han kom med Iltoget! De var henrykte over at faa noget ind i Huset, saa de nu baade kan lave Mad og gøre rent. De gav os Kaffe med Kager. Om Aftenen var vi til Gymnastik. I Gaar vilde vi sove længe, men Kl. 9 kom der Ilbud om, at Christine og Leutnant Lassen ["Lassen" indsat over linjen] var kommen cyclende, saa Du kan stole paa at vi kom op i en Fart og fik lavet Kaffebord til dem og Huset gjort i Stand. Joh. passede Gæsterne, mens jeg lavede Maden. De fik klar Suppe med Melboller samt godt Pevrodskød med Røræg og Asparges og paa de smaa røde Tallerkener Rhabarbercompot med Svedsker uden om. Tante mener maaske, at det var "ro'rig" Mad, men den gled udmærket i dem, Far gav et Glas Rødvin. Kl. 3 1/2 cyclede de igen, Chr. skulde regisstrere [det andet "s" i ordet overstreget] til en Kirkekoncert Kl 6. Den Leutnant er rigtig flink, beskeden og nydelig af Væsen, men ustyrlig grim Vi andre skulde desværre til Ølstedgaard til Kaffe Kl. 4, jeg var for Resten hellere bleven hjemme for at puste lidt, vi have ["have" indsat over linjen] haft 4 Haandværkere og en Sadelmager i denne Uge, i Dag er der 3 Haandværkere, en Sadelmager og Erhart, der skal sy for Joh, der ["der" overstreget] som skal til Odense at spille i Eftermiddag, og Anne og jeg vadsker jo, saa jeg har egentlig ikke Tid at sidde her og skrive. - Vi havde det for Resten rigtig rart i Gaar derovre, Tante Visse var Elskværdigheden selv mod mig, hun havde "glædet sig saadan til at se mig"! (Joh. blev hjemme.) Nu glæder jeg mig selvfølgelig ogsaa til at se hende i Morgen! Far bad dem. - - Jeg ser først nu i Dis' Skrivelse, det om Taasinge, hun har ikke talt om det, Du kommer der vel slet ikke nu? men følges med Tante og Max til Korsør. - Vi har heldigvis glemt at faa Snavsetøj fra Odense; saa det bliver en dejlig lille Vadsk, saa kan de lade vadske derude for en Gang og vi kan betale Lugges af Husholdningskassen. Dede havde sit med; han gaar og morer sig storartet han og Carl har noget Sejlads for nede ved ["ved" overstreget] i den lille Aa. - Hvis jeg ikke faar den kemiske Opskrift nu med Posten, [ulæseligt ord] vi alt og vadsker det paa gammeldags Maner. - I Juni Maaned faa vi Pans og Dis' Veninde Frk. Petersen for 50 Kr., hun skrev og spurgte om vi vilde have hende en Maaned for 60 men Far vilde kun have 50 da hun var saa flink mod Dis. - Dette er skreven i lynende Fart. 1000 Hilsner til Tante, Max og Dig selv fra Alhed. 
 [Skrevet øverst på side 1, på hovedet i frhold til resten af brevet:]
 Kære Mor! Forleden fik jeg Brev fra Tutte, at Du maatte helst ikke komme d 20de, da de den Dag havde stort gudeligt Møde, men d 21de var Du velkommen, og Du må endelig ikke gøre Besøget for kort. Sidst havde de ingen andre Anstalter gjort end at rengøre Værelse til Dig, og det skulde det vel ["vel" overstreget] alligevel. Jeg kan vel nok på egen Hånd lade Povlsen sy den lyseblå Kjole til Præstekjole? Tøjet må vel være i en Kiste el lign? - Jeg er rengørende [teksten fortsætter øverst side 4, på hovedet:] og må derfor slutte med mange Hilsner til Dig - Tante og Max! Dis</t>
   </si>
   <si>
     <t>1896-08-28</t>
   </si>
   <si>
     <t>København
 Sverige</t>
   </si>
   <si>
-    <t>Adis -
-Johanne Christine Brandstrup
+    <t>Johanne Christine Brandstrup
 Johanne Christine Larsen
 Marie Larsen
 Albrecht  Warberg
 Andreas Warberg
 Conrad Warberg
 Else Warberg
-Laura Warberg</t>
+Laura Warberg
+Astrid Warberg-Goldschmidt</t>
   </si>
   <si>
     <t>"Bedstemor" må være Laura Warbergs stedmor, Johanne Christine Brandstrup (1820-1898), f. Fenger, altså Alheds (sted)mormor. Albrecht Warbergs mor var født i 1801, så det er næppe hende, der er på køretur i 1896.
 "Onkel og Tante", som omtales kan være Conrad Warberg og Tante Else - Conrad var Albrecht Warbergs bror. Dette par boede dog ret langt fra Erikshaab, syd for Nyborg. Der var næppe tale om Adelheyde og Hempel Syberg - Mimmi var Albrecht Warbergs søster. Disse plejede at blive kaldt Onkel Hempel og Tante Mimmi. Desuden døde Adelheyde i 1896 af en svulst i hjernen.
-Louise Amstrup (f. Warberg) og Niels Elgaard Andersen - Louise søster til Albrecht.</t>
+Louise Amstrup (f. Warberg) og Niels Elgaard Andersen - Louise søster til Albrecht. 
+Adis var et af Astrid Warberg-Goldschmidts mange kælenavne.</t>
   </si>
   <si>
     <t>Alhed, hendes bedstemor m.fl. har været på besøg hos Onkel og Tante (se kommentarfeltet).
-Hun skal for første gang nogensinde ikke med til høstgilde på Gelskov. Kun broderen Dede deltager. Årsager er uklar.</t>
+Hun skal for første gang nogensinde ikke med til høstgilde på Gelskov. Kun broderen Andreas/Dede deltager. Årsagen er uklar.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/I7sJ</t>
   </si>
   <si>
     <t>Kære Las!
 Jeg opdager til min store Forbavselse, at det er meget over 8 Dage, siden jeg sidst skrev til Dem. Derfor sætter jeg mig til at skrive i dag, skønt det er den ”store Vaskedag”. Kl. er over 6 og jeg er lige bleven færdig i Køkkenet, hvor jeg har virket i over 12 Timer og saa er jeg endda ikke bleven træt. (Godt gjort! ikke?) Det er sandt, jeg vil for Resten ikke mere prale for Dem, selv om jeg har aldrig saa god Grund til det for jeg kunde tydelig se at De havde siddet og grinet, da De i deres forrige Brev spurgte om jeg nu kunde svømme 100 Tag. Maa jeg spørge, om De virkelig ikke synes, at det var en hurtig Fremgang paa godt 8 Dage, naar jeg i Begyndelsen kun nkunde nogle faa Tag? – For de siger da vel ikke ligesom min Onkel derovre, at naar man først kan svømme, saa kan man ligesaa længe det skal være! Hvor kan dog nogen Mennesker sige saadan noget Snak, i saa Tilfælde vilde jo aldrig nogen Mennesker drukne! Den Dag, jeg havde haft de 47 Tag, det var kun én Dag, var det med Opbebydelsen af alle mine Kræfter, og da jeg var færdig, sank jeg sjakmat ned paa Bunden. Maa jeg spørge, om jeg kunde have svømmet længere? Og jeg kan dog svømme, 47 Tag er da et temmelig langt Stykke. - - - Tak for Resten for Deres lange Brev, jeg fik det, da jeg var nede paa Stationen og sad et Kvarter paa Vognen og ventede paa Mor, der skulde komme med Toget. Jeg kører Dara i denne Tid (Far er i København) og det er frygtelig sjov. Den gaar meget sikrere paa sine Ben i Aar end i Fjor. Den bliver rørt ikke saa lidt i alt Fald i Forhold til hvad den plejer at blive. Vi har endogsaa dristet os til at køre ud med den i Regnvejr (Apropos om Forsigtighed: Ved de at vores Flag kun maa komme op i blikstille og Solskin!) Forleden, da Mor ikke var hjemme, besluttede Johanne, Adis og jeg at køre ud paa en Lystetur over til en Onkel og Tante hvor Haven er god for Øjeblikket. Vi inviterede min Bedstemor med, og hun var meget rørt over sine elskværdige Børnebørn; men ved De, hvorfor vi gjorde det? For det første for at faa Kaffebordet lidt bedre (min Tante er nemlig noget nærig og regner ikke os for noget) og for det andet for at have en til at beskæftige min Tante, mens vi andre afsøgte Haven. Begge Dele lykkedes fortrinligt; vi opnaaede Chokolade og havde udmærket Fred i de gule Blommer, mens min stakkels gamle Bedstemor blev travet rundt i Haven til hun var ganske træt. - - Det er et øsende regnvejr i disse dage, jeg gad vide om De ogsaa i Sverige har ”regnfulde Augustdage”. Hvor længe bliver De der endnu? men De maa da endelig ikke tage derfra uden i stille og godt Vejr, hvis De skal sejle hjem, saa maa De da hellere blive der lidt længere ikke sandt? – Bare vi kunde faa en køn September, og i det hele taget et kønt Efteraar, det kan være en dejlig Tid, hvis Vejret er sikkeligt. – Jeg har for Resten ikke oplevet noget videre siden jeg sidst skrev; jo i Gaar overværede jeg Vaskekonernes Mellemmad, og Samtalen drejede sig hele Tiden om buldne Fingre. De havde oplevet utrolige Ting paa det Omraade, en havde i Anledning af en saadan Finger siddet i 14 Døgn paa en Stol ved en Kakkelovn uden at være af Klæ’erne. ”Men den sidste Dag ku jeg heller ikke sidde længere, saa maatte jeg rokke hen i Seng”. Kan de forstaa hvorfor hun ikke havde gjort det noget før? – Og alt det, der dog kan flyde ud af saadan en Finger! det er forfærdelig at høre om. - - - Nu er det et Par Dage, siden jeg begyndte paa dette Brev, men paa Grund af Travlhed har det ikke lykkedes mig at faa det sluttet af og af Sted endnu. Marie vilde jeg ogsaa have skreven til denne Gang, men det naar jeg vist ikke. – I Morgen er der Høstgilde paa Gelskov, og vi skal for første Gang i vores Liv ikke med. Det er helt underlig; der har vi ellers moret os mangen en Gang. Det har været en stor Festdag for os lige fra vi var smaa og der er en egen Stemning, der hedder Høst[ordet udenfor fotokopi]stemning, som altid fulgte med den Dag; lige fra om Morgenen, naar vi gik over Markerne over for at hjælpe at smøre Mad. Og det var altid klart Septembervejr med Solskin og let Taage og meget dug og Spindelvæv i Græsset. – Men [udenfor kopi] om Aftenen var naturligvis det morsomste. Nu er det hele jo anderledes deromme, men det bliver underligt ikke at være med i Morgen. Kun Dede agter at gaa med, han vil dog nok om at smage paa Punschen. - - -
 Nu maa jeg slutte. Jeg længes ellers snart grundig efter Dem, lille Las. Men jeg maa nøjes med at sende Dem 1000 Hilsner fra Deres A.
 Erikshaab 28/8 – 96 – Fredag.</t>
   </si>
   <si>
     <t>1897-03-08</t>
   </si>
   <si>
     <t>Peter Hansen
 Marie Larsen
 Vilhelm Larsen
 Albrecht  Warberg
 Laura Warberg</t>
   </si>
   <si>
     <t>Johs. Larsen takker for Alheds besøg. 
 Peter Hansen har skrevet om sine billeder til udstillingen i Stockholm.</t>
   </si>
   <si>
@@ -1499,85 +1500,125 @@
 Otto Emil  Paludan
 Alfred Rottbøll
 Hempel Syberg
 Albrecht  Warberg</t>
   </si>
   <si>
     <t>Albrecht Warbergs bror, Conrad Warberg, var godsforvalter på Glorup.
 Odenseanerne er muligvis Hempel Syberg og hans datter Thora, som flyttede til Odense i marts 1898.</t>
   </si>
   <si>
     <t>Alhed og Johannes Larsen bor på et lille værelse i Firenze. De går på museer og besøger kirker. De spiser godt på restaurant og har kørt med elektrisk sporvogn. Det forsvundne brev er fundet på posthuset.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/uhvb</t>
   </si>
   <si>
     <t>Kæreste Mor!
 1000 Tak for Dit Brev som jeg fik i Dag til Morgen; jeg ventede med Længsel Postens Ankomst, da jeg havde regnet ud, at jeg nok kunde have Brev i Dag, hvis det blev sendt til Højrup! – Det var dejligt at høre, at I alle have det godt, jeg fik ganske vist det andet, Dagen efter at jeg havde skreven, men det jo allerede 14 Dage gammelt; Konsulen og Kn. Larsen havde været paa Posthuset sammen og derfra til Direktøren for at klage, og tilsidst kom Brevet – atter til Kn. Larsen, som heldigvis ikke gav det tilbage til Posthuset, men opsøgte os og fandt os paa et Museum – Konvolutten er aldeles overmalet med Adresser og Overstregninger. – Vi har det ogsaa udmærket og ere glade ved vort Værelse, om Dagen ere vi der jo ikke meget, men om Natten er der saa dejlig stille; de to første Nætter, da vi boede paa Hotel herinde i Byen, kunde vi ikke sove for Støj. – Desværre er Vejret i Gaar og i Dag mindre godt, klart Solskin ganske vist, men en væmmelig Blæst, som hvirvler Støv og Skidt op i Ansigterne paa os. – Vi spise i ”Napoleone” en morsom Beværtning, hvor der altid er en Masse Mennesker, og derfor udmærket god Mad, og meget billig. I Dag er det Fastedag, hvorfor der exeleres i Fisk, vi spiste til Frokost: kogt [tilføjet: kogt] Haj med Citron 
 [skrevet ned langs margen:] Meddel os, hvis der sker noget i Dreyfussagen [tilføjelse slut]
 og Olje, - derefter Blæksprutter med Spinat men tilsidst mente vi dog, at lidt Kød kunde gøre godt, hvorfor vi nød os en Portion Lammesteg med Kartofler og ovenpaa Ost. Du kan se, vi nægter os ikke noget, naar vi spise 4 Retter til Frokost, den bebo [udstreget: bebo] beløb sig kun til 1 Lire 90 C. for os begge tilsammen, altsaa ikke en Gang 1,50 Øre, er det ikke kolossalt billig. Men det er foruden Vin, Vi køber nemlig en Flaske ad Gangen, paa den Maade kan vi drikke ligesaa meget vi vil for o. 35 C. pr Maaltid. – Forleden sad der en gammel Fyr og spiste ved samme Bord som vi. Han saa temmelig fattig og lurvet ud og vi antage ham for en lille Haandværksmester. Til vores store Frobavselse tiltalte han os paa godt Engelsk, og da han mærkede det ikke var vores Sprog – paa tysk. Jeg fik mig imidlertid en italiensk Passiar med ham og vor Forbavselse steg, kan I tro, da det viste sig , at han havde været Professor i italiensk ved Universitetet i London i nogle og tyve Aar: og Tyskland har han gennemrejst for sin Fornøjelse. – Vi gaar paa Museer hver Dag og gærne ogsaa i en Kirke, samt en Tur omkring i Byen. Forleden var vi en dejlig Tur i Fiesole, op med elextrisk Sporv. men ned flottede vi os med en Droske. Vi spiste til Aften – altsaa Middag – deroppe. – Du maa endelig skrive [overstreget: skrive] snart igen, jeg var saa glad ved dit Brev. Nu er Las færdig med at skrive hjem og vi skulle han at spise. – Jeg taaler Maden udmærket, er glad ved Tante Mis’ Middel, som jeg anvender
 [skrevet ned langs siden:] Vi glemte at fejre Mortensaften, ellers ”fejre” vi alt muligt hvilket bestaar i at spise fint hos ”Melili” (gl. Bernhards Restaurant) [Tilføjelse slut]
 [skrevet paa tværs på side 1:] hver Dag. – Nu Farvel! – Rottbølls er her ikke, men de komme muligvis med det første, sagde Konsulen. – Hils alle, vi morede os over Fars og Palams Kastanjeplantager, og i det hele taget over alt, hvad du fortæller. – I komme vel fra Glorup Mandag saa kan dette ligge til I komme hjem. - 1000 Hilsner til alle, ogsaa Odensianerne og Lugge, naar Du skriver, ogsaa Palam fra Las og Eders A
 Fredag – 18</t>
   </si>
   <si>
+    <t>1900-03-01</t>
+  </si>
+  <si>
+    <t>Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Kirstine -, pige i huset hos Hempel Syberg
+Ellen  Sawyer
+Albrecht  Warberg
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Astrid Warbergs farbror, Conrad Warberg, var godsforvalter på Glorup syd for Nyborg. Det vides ikke, hvad sagen om "Glorups Piger" går ud på.
+Warberg-familien kendte flere medlemmer af Schroll-familien. Det er uklart, hvem Kaptain Schroll var. 
+Frk. Ben(t)sen, Marie og Grete kendes ikke. 
+Stampe imod Brodden: Kæmpe mod noget uafvendeligt. 
+Combinations: Beklædningsgenstand som er en kombination af en trøje/chemise og underbukser.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1005</t>
+  </si>
+  <si>
+    <t>Astrid Warberg finder livet på Erikshaab kedeligt. Hun syr hulsøm, vasker osv. Hendes mors hovede er hjemsøgt af Glorups piger. 
+Frk. Bentsen er rejst til Faaborg, og hun er ikke kommet hjem som aftalt. 
+Astrid er meget optaget af ideen om en vagabondtur, og hun forsøger at spare sammen til den. Hun lister op, hvilke beklædningsgenstande de skal medbringe, og hvad de skal spise. Astrid foreslår, at de tager til Holland. Hun vil komme hjem til Johanne/Junge Larsen og drøfte planerne nøjere.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/hXEn</t>
+  </si>
+  <si>
+    <t>Erikshaab (Februar) 1900
+1ste Marts
+Kæreste lille Junge! Du må undskylde mit sidste dårlige Brev, der var skrevet af flere Gange, dennegang også skidt – hvad F.n skrive nu herfra, hvor alt er så dvaskt og dødt som i en skimlet Kælder; det sidste vil jeg for Resten ta i mig igen, for bare dèt - at man hver Dag traver ud i Odensebakkerne o a Steder, det skulde kunne fremkalde en Følelse af Salighed hverken død eller dvask. Men du forstår alligevel nok Meningen - : Selskaber – Vadsk – Uorden – Grete – Marie o s v – Glorups Piger har atter begyndt at hjemsøge Mors Hoved, nu vi nærmer os Mindedagen d 7de Marts. Jeg er dog – når jeg selv skal sige det – flink. Simulerer godt Humeur og Interesse for alt Uvæsenet, virker så småt om Formd. og Syer Hulsøm på Lagener om Eftermd., bliver sømmelig og afdanket. – Men Mors Hovede er da nogenlunde, jeg sætter også en Del ind på at have Mor hver Dag, men det er rigtignok hårdt at stampe mod Brodden i det Stykke. – 
+Vi skal have Spilleklub i Aften; Kaptain Schrolls og Degnens; desværre med Ungdom. Kirstine er bleven syg, så de skal ikke til Odense til Fars Fødselsdag. På Glorup er de også lidt syge, så vi må holde os i Skindet i År herhjemme. 
+Frk. Bensen afrejste i Søndags til Fåborg for at fejre Fastelavn, og skønt Mor havde bedt hende ikke at komme senere end Tirsdag, så har vi i Dag – Torsdag – endnu intet hørt eller set til Damen. Skønt Peter er god nok til Tider – og altid imod mig -, så ærgrer denne Hensynsløshed også mig en Del. Mor meget. 
+Dette er i Korthed de indtrufne Begivenheder, ved hvilke jeg ikke vil dvæle længere (at vi har Sne og Kulde har I vel også (Sludder)!) Nå, det var nemlig Turen – Vagabondturen; som jeg er bange for, at Du tror, at jeg ikke er begejstret nok for. Men det er jeg – aldeles knusende kolosalt. Jeg puger Penge sammen, hvor jeg får Øje på dem på Tæpper og Stræder i Kasser og Æsker og Lommer, ja har omgåedes den Plan at grave ude i Råmosen, hvor jeg altid har tænkt mig lå Skatte af uvurderlig Værd. Og 1 Krone tjenes hver 14de Dag ved ikke at ryge Tobak (jeg har fra Nytår kun ladet mig forære)
+Og jeg skal til at undgå Væddemål o.a. Og hver Morgen, når jeg spadserer, spekulerer jeg på nye Indtægtskilder – dog Pengene gror skam ikke på Træerne Junge, med al min Stræben har jeg endnu intet positivt Udbytte haft. - . Jeg har tænkt over vores Garderobe; var det ikke hensigtsmæssigt kun at have på: et Par tynde uldne Combinations. 1 Livstykke, 1 Par Cyclebuxer – Kjolen Strømper og Støvler. Med: 1 ulden Combinations, 1 Par Sko (?) Toiletsager (efter Behag) En Voksdugscape var vist nødvendig, men kan jo hjemmelaves. C’est tout bagage! - . Føden må vi jo have; jeg har tænkt mig, at følgende var bedst og billigst!: 1) Morgenkaffe 2) Middagsmad. Og ikke mere Mad. Jeg forsikrer Dig, at det er en Vane med den Æden også om Aftenen. – Jeg drømmer nu om - Holland. Tænk lidt i Ro over Sagen Junge! Holland som vi dog så ofte har tænkt på, og når vi nu var ved det! Vi kunde ikke søge et el. a. Legat? For trængende ensomme Piér? Det forekommer mig, at et sådant gives. - . Jeg kommer ved Lejlighed et lille Svip ind at snakke ordentlig med Dig om det. Min gamle italienske Sølvklokke vil jeg sælge – en Rejse er dog at foretrække.
+Tusinde Hilsner til Dig! Bare jeg hørte lige et lille Par Ord, jeg tænker en Del på Dig og Din Affaire
+Disser Bein
+[Skrevet på hovedet øverst s1:]
+For I véd jo, at Elle selv har skreven de sidste to Breve, der begge vare fortræffelige i sanitær Henseende</t>
+  </si>
+  <si>
     <t>1900-06-29</t>
   </si>
   <si>
     <t>Svendborg</t>
   </si>
   <si>
     <t>Christian Caspersen
 Niels Elgaard Amstrup
 Andreas Larsen
 Albrecht  Warberg
 Conrad Warberg</t>
   </si>
   <si>
     <t>Det fremgår af det følgende brev fra Alhed til Johannes Larsen, at hun er på besøg på Langeland.</t>
   </si>
   <si>
     <t>Alhed er med Ba (Andreas) på rejse. De sejler fra Svendborg og mødes med Max (dyrlæge Caspersen).</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/dqaY</t>
   </si>
   <si>
     <t>Kære lille Larsi!
 Rejsen gik udmærket for os Ba er jo en storartet Unge at rejse med. I Svendborg traf vi Far, Onkel Conne og Amst paa Banegaarden, de fulgte os til Skibet. Vi kom hertil ved 5 Tiden og spiste til Middag stegt Makrel (fersk) og Jordbær – ligesaa mange vi kunde æde. Jeg vidste ikke, der var Jordbær her, der er Masser langs Hegnene, det ser dejligt ud vi sov til Kl. 9 ½ i Morges og nu sidder jeg udenfor Verandaen og skriver til Dig. Baba sidder i sin Vogn ved Siden af. Her er henrivende ovre bare Du var her ogsaa lille Larsi, jeg kan ikke vide, hvordan Du har det, men nu faar jeg forhaabentlig Brev fra Dig i Morgen, og bare der saa stod, at Du kom. – Vi skal vist ud at cycle i Eftermiddag, det bliver yndigt. Da vi kørte fra Stranden og herop traf vi Max udenfor en Bondegaard, og han rekvirerede gl. Øl ud til os det smagte storartet. – Det er yndigt at hvile, det siger Du vel ogsaa? Jeg gad vide, hvor beskidt der er, eller om Du har gjort lidt i Orden! - - 
 Posten 1000 Millioner 
 Hilsner Din A</t>
   </si>
   <si>
     <t>1901-10-17 - 1902-11</t>
   </si>
   <si>
     <t>Dagbog</t>
-  </si>
-[...1 lines deleted...]
-    <t>Astrid Warberg-Goldschmidt</t>
   </si>
   <si>
     <t>Brune -
 Fritz -
 Ellen Agnete Amstrup
 Louise Amstrup
 - Auge
 Laurits Nicolai Balslev
 Wilhelmine Berg
 Tycho Brahe
 Harriet Brahm
 Peter Georg Emil Brahm
 Johannes Brahms
 Carl Brandstrup
 Emil Brandstrup
 Julie Brandt
 Thora  Branner
 Thomas Bredsdorff
 Frederik Briand de Crèvecoeur
 Johannes Nicolaus Brønsted
 Christian Caspersen
 Johanne Caspersen
 Poul Caspersen
 Holger Drachmann
 Betty  Ejlskov
@@ -1603,51 +1644,51 @@
 Rasmus Kattrup
 Charlotte Knipschildt
 Ernst  Knipschildt
 Gustav Knipschildt
 M Knipschildt
 Otto Knipschildt
 - Krarup, læge
 Hans Jørgen -, Kusk ved grevskabet Muckadell
 Selma Lagerlöf
 Peter Erasmus Lange-Müller
 Adolph Larsen
 Alhed Larsen
 Andreas Larsen
 Johan Larsen
 Johanne Christine Larsen
 Johannes Larsen
 Christine  Mackie
 Augusta Mogensen
 Christian Mogensen
 Alfred Nielsen
 Otto Emil  Paludan
 Frederik Paludan-Müller
 Kirstine -, pige i huset hos Hempel Syberg
 - Poulsen, løjtnant
 Ellen  Sawyer
-Eleonora Scheel
+Lili Scheel
 Karl Schou
 Marie Schou
 Robert Schumann
 - Stürup
 Elly Svarrer
 Christine Swane
 Adelheyde Syberg
 Hempel Syberg
 Sigurd Thomsen
 Vagn Thomsen
 - Vesterdal
 Johannes Vesterdal
 Albrecht  Warberg
 Frederik Warberg
 Laura Warberg
 Else Wienberg</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/n/5K5zZYof</t>
   </si>
   <si>
     <t>1903-02-11</t>
   </si>
   <si>
     <t>København V
@@ -2879,50 +2920,92 @@
 Else Warberg</t>
   </si>
   <si>
     <t>Privateje</t>
   </si>
   <si>
     <t>Det er svært at få tid til at skrive breve. Tante Visse er på besøg og snakker meget. Onkel Amst samt Nete og hendes mand er kommet cyklende. Alhed m.fl. har haft Tante Visse med på en biltur.
 Puf er færdig med sin båd.
 Svanebassinet er kommet pænt i stand, og den lille hund har det bedre.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/vTbG</t>
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:]
 Hr. Johan Larsen
 Kostskolen
 Birkerød
 [Kuvertens bagside:]
 Poststempel.
 [I brevet:]
 Søndg Form. 5te Sept.
 Min egen, lille Ly!
 Jeg forsømmer Dig med Breve og det er en stor Skam. Men Du kan tro, det er ikke nemt at faa Ro. Tante Visse har lagt Beslag paa mig hvert eneste Minut i hele denne Uge; hun er sød og rar og morsom at snakke med, men jeg er alligevel ligeved at blive ør af al den Snak, jeg er bleven saa nervøs, at det gaar i høj Grad udover Di ["Di" overstreget] min Nattesøvn. I Gaar Formiddags kom Onkel Amst og om Eftermiddagen Nete og hendes Mand cyklende. Vi skal spise Frokost ovre hos Agrarens allesammen Kl. 12 og vi skal saa have pæn Middag her for dem alle Kl. 6½. I Morgen Form. rejser de. Vi har moret Tante Visse paa bedste Maade, i Forgaars da Vejret var saa yndigt, kørte vi hende en Biltur omad Revninge og Rørbæk til Riisinge, hvor vi spis ["spis" overstreget] drak Eftermiddagskaffe og var et Par Timer, Tante Visse var begejstret for Turen som for alt de ["de" overstreget] andet. – Det gaar fint med hans ["hans" overstreget] den Gamles Baad, han havde et Slags Rejsegilde paa den forleden Aften idet han var færdig med alle Bordene, han sagde det ved Aftensbordet og vi drak en Snaps paa det. Nu har han sovset den ind i Petroleum. Onkel Amst, der har sejlet i sine unge Dage og er sagkyndig, er fuld af Beundring. Thollstrup er her i Dag, de var nok paa Jagt i Morges men fik ikke noget. Svanebassinet er vi ved at faa i en nydelig Stand, Staaltraaden er flyttet langt ind og der skal saas Plæne ind til der er lagt en Del store Sten ind ved Bassinet og alt Skrupperiet er ryddet, det ser saa probert og pænt ud. – Den lille Hund er meget bedre jeg tror, den kan se helt godt nu den har været en Del i Stuerne de sidste Dage, tak Peter og Kjeld mange Gange for Deres Breve. Din Cykle har Du forhaabentlig forlængst faaet og nu kommer Vadsketøjet en af de første Dage samt de Ting Du har skreven om, Vækkeuret har jeg bedt Brormand om, han kom vist med det i Aftes. Tak for Dine to Breve min egen Dreng, nu skal jeg nok blive flinkere til at skrive. Hvordan gaar det med Arbejdet? – Hav det rigtig godt, jeg skal nok sende Dig lidt Æbler. Farvel lille Ly. 1000 Hilsner fra Din Mor.
 Jeg er stukken op paa Pufs Værelse for at skrive dette</t>
+  </si>
+  <si>
+    <t>1920-11-04</t>
+  </si>
+  <si>
+    <t>Hempel Syberg</t>
+  </si>
+  <si>
+    <t>Bodild Branner
+Hans Christian Caspersen
+Bodild Holstein
+Johanne Christine Larsen
+Kirstine -, pige i huset hos Hempel Syberg
+Conrad Warberg
+Else Warberg</t>
+  </si>
+  <si>
+    <t>Fyns Patriotiske Selskab, som Hempel Syberg havde arbejdet for siden 1867, tildelte ham i 1920 en æresbolig i Odense (Dansk Biografisk Leksikon). 
+Conrad/Konne Warberg var i mange år godsforvalter ved Glorup syd for Nyborg. Han lod sig pensionere ca. 1916. Ved et ejerskifte skete der en masse, som Conrad Warberg fandt uhensigtsmæssigt. 
+Det kan umiddelbart ikke afgøres, om det var Bodild Branner eller Bodil Holstein, som Hempel syberg havde haft på besøg.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3844</t>
+  </si>
+  <si>
+    <t>Hempel Syberg takker for lykønskningen i forbindelse med, at han er blevet tildelt en æresbolig. Han er glad for at have fået et hjem for livet. 
+Conrad/Konne Warberg og hustruen er derimod blevet behandlet helt uforskammet af de adelige, som han arbejdede for i 40 år. De har fået en gammel skovridergård, som ligger er dårligt sted og har mangler.
+Hempel Syberg har været glad for diverse besøg. Han kan dårligt gå ud, da han fryser og ikke kan hamle op med blæsten.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/DqvF</t>
+  </si>
+  <si>
+    <t>Odense d. 4/11 20.
+Kære Es!
+Det var venligt af Dig at skrive til mig under Dit Besøg hos Konnes; samtidig har jeg faaet Indtryk af, hvorledes de kære Venner er til Sinds i den gl Skovriderbolig. Tak skal Du have! Det glæder mig at Du nu snart befinder Dig lige saa vel, som før Du blev [ulæseligt ord] og tænker paa at rejse til Kbhvn, hvor jeg ønsker Dig fortsat godt Rekreationsophold hos Caspersens. Og dernæst takker jeg Dig for Lykønskningen til Æresboligen; jeg er taknemmelig for den Foranstaltning, der giver mig Indtryk af, at jeg nu har et Hjem for Livstid. Gid at Konnes var ligesaa glade ved deres anviste Hjem; men det kan de jo desværre ikke være. Konne har jo kun været uforskammet behandlet af de adelige Personer han har slidt for i 40 Aar; men vi maa ikke glemme at erindre, at han har oppebaaret Pengeløn for sin Virksomhed, medens den Kreds jeg har arbejdet for har faaet al Bistand gratis, hvad der i Sammenligning maa tages i Betragtning, uden at jeg dog heri vil forsvare de adeliges Fremgangsmaade. 
+Det er en uheldig Bolig, der er dem anvist, og trods den billige Husleje bliver det ligefuldt en dyr Bolig paa Grund af den upraktiske Biliggenhed og forsk. andre Mangler. Hils de kære Venner hjertelig; det er opmuntrende for dem, at Du besøger dem. 
+Jeg var glad for Besøget hos Dig og Junge; derigennem har jeg Indtryk af Din Færden til daglig, og det er rart for mig, at Indtrykket virker til den heldige Retning. Jeg har svært ved at færdes ude i den stærke Blæst; jeg kan ikke holde Varmen ved den March jeg stiller op; derfor gaar jeg kun ud 1 Gang daglig og midt paa Dagen. Det var fornøjeligt for os at have Bodild i Besøg en halv Snes Dage; syg kom hun hertil; men jeg skal svare for, at hun kom til sig før hun rejste hjem.
+Mere end dette er her ikke Ro til i Dag.
+Kærlig Hilsen - ogsaa fra Kirstine -
+Din gl. hengivne
+F. HempelSyberg</t>
   </si>
   <si>
     <t>19. aug. 1921</t>
   </si>
   <si>
     <t>Dagbogen er en natur og fugle beskrivelse af rejsen med sejlskibet "Rylen" til de Sydfynske øer.
 Rejsens formål er indsamling af materiale til Acton Friis, "De Danskes Øer", der på 1.200 sider i 3 bind beskriver livet, naturen, historien og kulturen på de danske øer i 1920'erne</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/n/mRGYJww6</t>
   </si>
   <si>
     <t>1922-07-13</t>
   </si>
   <si>
     <t>Ellen Brønsted</t>
   </si>
   <si>
     <t>Brædstrup</t>
   </si>
   <si>
     <t>June -
 Ebbe Brandstrup
 Frits Branner
 Thora  Branner
@@ -4236,59 +4319,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/dPFb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fUVm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZhDQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZOdu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VGSK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZWve" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QzNa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/An00" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oyxZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/M4rR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qup8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nEHp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JfGS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mUfe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9qBK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jKvs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TRQu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gZPT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZBB3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/y0d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6NfH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/g8vq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/I7sJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hblc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TyBn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ui56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xKVH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iZ1n" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uhvb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dqaY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WaQ1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wftc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gbwj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Ukwruu9g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0u8z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fBxg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QkiQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/evO2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/x9o1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6exN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8odw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jmQ4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OHEL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WL46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Qnm1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4TTW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/maOI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eMZY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bUa7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3Y49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Coa8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wKQ5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QJao" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7IvF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vTbG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/mRGYJww6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MyNL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wj5I" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GKus" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5iq4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5oe6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/w3Pi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iQEv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P1L8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hVic" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ROqW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JdVO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fo20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JNI0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hx17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QZ8G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JQ1X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iY0z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LjZA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/dPFb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fUVm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZhDQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZOdu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VGSK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZWve" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QzNa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/An00" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oyxZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/M4rR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qup8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nEHp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JfGS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mUfe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9qBK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jKvs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TRQu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gZPT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZBB3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/y0d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6NfH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/g8vq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/I7sJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hblc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TyBn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ui56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xKVH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iZ1n" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uhvb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hXEn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dqaY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WaQ1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wftc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gbwj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Ukwruu9g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0u8z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fBxg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QkiQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/evO2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/x9o1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6exN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8odw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jmQ4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OHEL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WL46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Qnm1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4TTW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/maOI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eMZY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bUa7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3Y49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Coa8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wKQ5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QJao" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7IvF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vTbG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DqvF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/mRGYJww6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MyNL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wj5I" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GKus" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5iq4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5oe6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/w3Pi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iQEv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P1L8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hVic" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ROqW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JdVO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fo20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JNI0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hx17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QZ8G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JQ1X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iY0z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LjZA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M76"/>
+  <dimension ref="A1:M78"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -5596,2086 +5679,2176 @@
       </c>
       <c r="I30" s="5" t="s">
         <v>241</v>
       </c>
       <c r="J30" s="5" t="s">
         <v>168</v>
       </c>
       <c r="K30" s="5" t="s">
         <v>242</v>
       </c>
       <c r="L30" s="6" t="s">
         <v>243</v>
       </c>
       <c r="M30" s="5" t="s">
         <v>244</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="5" t="s">
         <v>245</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C31" s="5" t="s">
-        <v>72</v>
+        <v>246</v>
       </c>
       <c r="D31" s="5" t="s">
-        <v>43</v>
-[...4 lines deleted...]
-        </is>
+        <v>62</v>
+      </c>
+      <c r="E31" s="5" t="s">
+        <v>25</v>
       </c>
       <c r="F31" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G31" s="5" t="s">
-        <v>246</v>
+      <c r="G31" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H31" s="5" t="s">
         <v>247</v>
       </c>
       <c r="I31" s="5" t="s">
         <v>248</v>
       </c>
       <c r="J31" s="5" t="s">
-        <v>49</v>
+        <v>249</v>
       </c>
       <c r="K31" s="5" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="L31" s="6" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="M31" s="5" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="5" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="B32" s="5" t="s">
-        <v>253</v>
+        <v>14</v>
       </c>
       <c r="C32" s="5" t="s">
+        <v>72</v>
+      </c>
+      <c r="D32" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F32" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G32" s="5" t="s">
         <v>254</v>
-      </c>
-[...18 lines deleted...]
-        </is>
       </c>
       <c r="H32" s="5" t="s">
         <v>255</v>
       </c>
-      <c r="I32" s="5"/>
-[...8 lines deleted...]
-        </is>
+      <c r="I32" s="5" t="s">
+        <v>256</v>
+      </c>
+      <c r="J32" s="5" t="s">
+        <v>49</v>
+      </c>
+      <c r="K32" s="5" t="s">
+        <v>257</v>
       </c>
       <c r="L32" s="6" t="s">
-        <v>256</v>
-[...1 lines deleted...]
-      <c r="M32" s="5"/>
+        <v>258</v>
+      </c>
+      <c r="M32" s="5" t="s">
+        <v>259</v>
+      </c>
     </row>
     <row r="33">
       <c r="A33" s="5" t="s">
-        <v>257</v>
+        <v>260</v>
       </c>
       <c r="B33" s="5" t="s">
-        <v>14</v>
+        <v>261</v>
       </c>
       <c r="C33" s="5" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>254</v>
+        <v>246</v>
+      </c>
+      <c r="D33" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F33" s="5" t="s">
-        <v>258</v>
+      <c r="F33" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G33" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H33" s="5" t="s">
-        <v>259</v>
-[...7 lines deleted...]
-      <c r="K33" s="5" t="s">
         <v>262</v>
+      </c>
+      <c r="I33" s="5"/>
+      <c r="J33" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K33" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L33" s="6" t="s">
         <v>263</v>
       </c>
-      <c r="M33" s="5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M33" s="5"/>
     </row>
     <row r="34">
       <c r="A34" s="5" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="B34" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C34" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D34" s="5" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="E34" s="5" t="s">
+        <v>246</v>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F34" s="5" t="s">
+        <v>265</v>
+      </c>
+      <c r="G34" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H34" s="5" t="s">
         <v>266</v>
       </c>
-      <c r="F34" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H34" s="5" t="s">
+      <c r="I34" s="5" t="s">
         <v>267</v>
       </c>
-      <c r="I34" s="5" t="s">
+      <c r="J34" s="5" t="s">
         <v>268</v>
       </c>
-      <c r="J34" s="5" t="s">
+      <c r="K34" s="5" t="s">
         <v>269</v>
       </c>
-      <c r="K34" s="5" t="s">
+      <c r="L34" s="6" t="s">
         <v>270</v>
       </c>
-      <c r="L34" s="6" t="s">
+      <c r="M34" s="5" t="s">
         <v>271</v>
-      </c>
-[...1 lines deleted...]
-        <v>272</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="5" t="s">
-        <v>273</v>
+        <v>272</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C35" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D35" s="5" t="s">
         <v>34</v>
       </c>
-      <c r="E35" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="E35" s="5" t="s">
+        <v>273</v>
       </c>
       <c r="F35" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G35" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H35" s="5" t="s">
         <v>274</v>
       </c>
       <c r="I35" s="5" t="s">
         <v>275</v>
       </c>
       <c r="J35" s="5" t="s">
         <v>276</v>
       </c>
-      <c r="K35" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K35" s="5" t="s">
+        <v>277</v>
       </c>
       <c r="L35" s="6" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="M35" s="5" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="5" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="B36" s="5" t="s">
-        <v>253</v>
+        <v>14</v>
       </c>
       <c r="C36" s="5" t="s">
-        <v>43</v>
-[...4 lines deleted...]
-        </is>
+        <v>15</v>
+      </c>
+      <c r="D36" s="5" t="s">
+        <v>34</v>
       </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F36" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G36" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H36" s="5" t="inlineStr">
-[...11 lines deleted...]
-        <v>280</v>
+      <c r="H36" s="5" t="s">
+        <v>281</v>
+      </c>
+      <c r="I36" s="5" t="s">
+        <v>282</v>
+      </c>
+      <c r="J36" s="5" t="s">
+        <v>283</v>
+      </c>
+      <c r="K36" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L36" s="6" t="s">
-        <v>281</v>
-[...1 lines deleted...]
-      <c r="M36" s="5"/>
+        <v>284</v>
+      </c>
+      <c r="M36" s="5" t="s">
+        <v>285</v>
+      </c>
     </row>
     <row r="37">
       <c r="A37" s="5" t="s">
-        <v>282</v>
+        <v>286</v>
       </c>
       <c r="B37" s="5" t="s">
-        <v>14</v>
+        <v>261</v>
       </c>
       <c r="C37" s="5" t="s">
-        <v>15</v>
-[...8 lines deleted...]
-        <v>283</v>
+        <v>43</v>
+      </c>
+      <c r="D37" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F37" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G37" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H37" s="5" t="s">
-[...6 lines deleted...]
-        <v>286</v>
+      <c r="H37" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I37" s="5"/>
+      <c r="J37" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K37" s="5" t="s">
         <v>287</v>
       </c>
       <c r="L37" s="6" t="s">
         <v>288</v>
       </c>
-      <c r="M37" s="5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M37" s="5"/>
     </row>
     <row r="38">
       <c r="A38" s="5" t="s">
-        <v>290</v>
+        <v>289</v>
       </c>
       <c r="B38" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C38" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D38" s="5" t="s">
-        <v>254</v>
+        <v>246</v>
       </c>
       <c r="E38" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="F38" s="5" t="s">
+        <v>290</v>
+      </c>
+      <c r="G38" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H38" s="5" t="s">
         <v>291</v>
       </c>
-      <c r="F38" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H38" s="5" t="s">
+      <c r="I38" s="5" t="s">
         <v>292</v>
       </c>
-      <c r="I38" s="5" t="s">
+      <c r="J38" s="5" t="s">
         <v>293</v>
       </c>
-      <c r="J38" s="5" t="s">
+      <c r="K38" s="5" t="s">
         <v>294</v>
       </c>
-      <c r="K38" s="5" t="s">
+      <c r="L38" s="6" t="s">
         <v>295</v>
       </c>
-      <c r="L38" s="6" t="s">
+      <c r="M38" s="5" t="s">
         <v>296</v>
-      </c>
-[...1 lines deleted...]
-        <v>297</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="5" t="s">
-        <v>298</v>
+        <v>297</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C39" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D39" s="5" t="s">
-        <v>254</v>
+        <v>246</v>
       </c>
       <c r="E39" s="5" t="s">
+        <v>298</v>
+      </c>
+      <c r="F39" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G39" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H39" s="5" t="s">
         <v>299</v>
       </c>
-      <c r="F39" s="5" t="s">
+      <c r="I39" s="5" t="s">
         <v>300</v>
       </c>
-      <c r="G39" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H39" s="5" t="s">
+      <c r="J39" s="5" t="s">
         <v>301</v>
       </c>
-      <c r="I39" s="5" t="s">
+      <c r="K39" s="5" t="s">
         <v>302</v>
       </c>
-      <c r="J39" s="5" t="s">
+      <c r="L39" s="6" t="s">
         <v>303</v>
       </c>
-      <c r="K39" s="5" t="s">
+      <c r="M39" s="5" t="s">
         <v>304</v>
-      </c>
-[...4 lines deleted...]
-        <v>306</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="5" t="s">
-        <v>307</v>
+        <v>305</v>
       </c>
       <c r="B40" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C40" s="5" t="s">
-        <v>254</v>
+        <v>15</v>
       </c>
       <c r="D40" s="5" t="s">
-        <v>15</v>
+        <v>246</v>
       </c>
       <c r="E40" s="5" t="s">
+        <v>306</v>
+      </c>
+      <c r="F40" s="5" t="s">
+        <v>307</v>
+      </c>
+      <c r="G40" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H40" s="5" t="s">
         <v>308</v>
       </c>
-      <c r="F40" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H40" s="5" t="s">
+      <c r="I40" s="5" t="s">
         <v>309</v>
       </c>
-      <c r="I40" s="5" t="s">
+      <c r="J40" s="5" t="s">
         <v>310</v>
       </c>
-      <c r="J40" s="5" t="s">
+      <c r="K40" s="5" t="s">
         <v>311</v>
       </c>
-      <c r="K40" s="5" t="s">
+      <c r="L40" s="6" t="s">
         <v>312</v>
       </c>
-      <c r="L40" s="6" t="s">
+      <c r="M40" s="5" t="s">
         <v>313</v>
-      </c>
-[...1 lines deleted...]
-        <v>314</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="5" t="s">
-        <v>315</v>
+        <v>314</v>
       </c>
       <c r="B41" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C41" s="5" t="s">
+        <v>246</v>
+      </c>
+      <c r="D41" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="D41" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E41" s="5" t="s">
+        <v>315</v>
+      </c>
+      <c r="F41" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G41" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H41" s="5" t="s">
         <v>316</v>
       </c>
-      <c r="F41" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H41" s="5" t="s">
+      <c r="I41" s="5" t="s">
         <v>317</v>
       </c>
-      <c r="I41" s="5" t="s">
+      <c r="J41" s="5" t="s">
         <v>318</v>
       </c>
-      <c r="J41" s="5" t="s">
+      <c r="K41" s="5" t="s">
         <v>319</v>
       </c>
-      <c r="K41" s="5" t="s">
+      <c r="L41" s="6" t="s">
         <v>320</v>
       </c>
-      <c r="L41" s="6" t="s">
+      <c r="M41" s="5" t="s">
         <v>321</v>
-      </c>
-[...1 lines deleted...]
-        <v>322</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="5" t="s">
-        <v>323</v>
+        <v>322</v>
       </c>
       <c r="B42" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C42" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D42" s="5" t="s">
-        <v>254</v>
+        <v>246</v>
       </c>
       <c r="E42" s="5" t="s">
+        <v>323</v>
+      </c>
+      <c r="F42" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G42" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H42" s="5" t="s">
         <v>324</v>
       </c>
-      <c r="F42" s="5" t="s">
+      <c r="I42" s="5" t="s">
         <v>325</v>
       </c>
-      <c r="G42" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H42" s="5" t="s">
+      <c r="J42" s="5" t="s">
         <v>326</v>
       </c>
-      <c r="I42" s="5" t="s">
+      <c r="K42" s="5" t="s">
         <v>327</v>
       </c>
-      <c r="J42" s="5" t="s">
+      <c r="L42" s="6" t="s">
         <v>328</v>
       </c>
-      <c r="K42" s="5" t="s">
+      <c r="M42" s="5" t="s">
         <v>329</v>
-      </c>
-[...4 lines deleted...]
-        <v>331</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="5" t="s">
-        <v>332</v>
+        <v>330</v>
       </c>
       <c r="B43" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C43" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D43" s="5" t="s">
-        <v>254</v>
+        <v>246</v>
       </c>
       <c r="E43" s="5" t="s">
-        <v>324</v>
+        <v>331</v>
       </c>
       <c r="F43" s="5" t="s">
-        <v>283</v>
+        <v>332</v>
       </c>
       <c r="G43" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H43" s="5" t="s">
         <v>333</v>
       </c>
       <c r="I43" s="5" t="s">
         <v>334</v>
       </c>
       <c r="J43" s="5" t="s">
         <v>335</v>
       </c>
       <c r="K43" s="5" t="s">
         <v>336</v>
       </c>
       <c r="L43" s="6" t="s">
         <v>337</v>
       </c>
       <c r="M43" s="5" t="s">
         <v>338</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="5" t="s">
         <v>339</v>
       </c>
       <c r="B44" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C44" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D44" s="5" t="s">
-        <v>254</v>
+        <v>246</v>
       </c>
       <c r="E44" s="5" t="s">
-        <v>324</v>
+        <v>331</v>
       </c>
       <c r="F44" s="5" t="s">
-        <v>325</v>
+        <v>290</v>
       </c>
       <c r="G44" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H44" s="5" t="s">
         <v>340</v>
       </c>
       <c r="I44" s="5" t="s">
         <v>341</v>
       </c>
       <c r="J44" s="5" t="s">
         <v>342</v>
       </c>
       <c r="K44" s="5" t="s">
         <v>343</v>
       </c>
       <c r="L44" s="6" t="s">
         <v>344</v>
       </c>
       <c r="M44" s="5" t="s">
         <v>345</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="5" t="s">
         <v>346</v>
       </c>
       <c r="B45" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C45" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D45" s="5" t="s">
-        <v>254</v>
+        <v>246</v>
       </c>
       <c r="E45" s="5" t="s">
+        <v>331</v>
+      </c>
+      <c r="F45" s="5" t="s">
+        <v>332</v>
+      </c>
+      <c r="G45" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H45" s="5" t="s">
         <v>347</v>
       </c>
-      <c r="F45" s="5" t="s">
-[...7 lines deleted...]
-      <c r="H45" s="5" t="s">
+      <c r="I45" s="5" t="s">
         <v>348</v>
       </c>
-      <c r="I45" s="5" t="s">
+      <c r="J45" s="5" t="s">
         <v>349</v>
       </c>
-      <c r="J45" s="5" t="s">
+      <c r="K45" s="5" t="s">
         <v>350</v>
       </c>
-      <c r="K45" s="5" t="s">
+      <c r="L45" s="6" t="s">
         <v>351</v>
       </c>
-      <c r="L45" s="6" t="s">
+      <c r="M45" s="5" t="s">
         <v>352</v>
-      </c>
-[...1 lines deleted...]
-        <v>353</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="5" t="s">
-        <v>354</v>
+        <v>353</v>
       </c>
       <c r="B46" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C46" s="5" t="s">
-        <v>43</v>
+        <v>15</v>
       </c>
       <c r="D46" s="5" t="s">
-        <v>72</v>
+        <v>246</v>
       </c>
       <c r="E46" s="5" t="s">
-        <v>45</v>
-[...6 lines deleted...]
-      <c r="G46" s="5" t="s">
+        <v>354</v>
+      </c>
+      <c r="F46" s="5" t="s">
+        <v>332</v>
+      </c>
+      <c r="G46" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H46" s="5" t="s">
         <v>355</v>
       </c>
-      <c r="H46" s="5" t="s">
+      <c r="I46" s="5" t="s">
         <v>356</v>
       </c>
-      <c r="I46" s="5" t="s">
+      <c r="J46" s="5" t="s">
         <v>357</v>
-      </c>
-[...1 lines deleted...]
-        <v>49</v>
       </c>
       <c r="K46" s="5" t="s">
         <v>358</v>
       </c>
       <c r="L46" s="6" t="s">
         <v>359</v>
       </c>
       <c r="M46" s="5" t="s">
         <v>360</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="5" t="s">
         <v>361</v>
       </c>
       <c r="B47" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C47" s="5" t="s">
-        <v>62</v>
+        <v>43</v>
       </c>
       <c r="D47" s="5" t="s">
-        <v>254</v>
-[...6 lines deleted...]
-      <c r="F47" s="5" t="s">
+        <v>72</v>
+      </c>
+      <c r="E47" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="F47" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G47" s="5" t="s">
         <v>362</v>
-      </c>
-[...3 lines deleted...]
-        </is>
       </c>
       <c r="H47" s="5" t="s">
         <v>363</v>
       </c>
       <c r="I47" s="5" t="s">
         <v>364</v>
       </c>
       <c r="J47" s="5" t="s">
+        <v>49</v>
+      </c>
+      <c r="K47" s="5" t="s">
         <v>365</v>
       </c>
-      <c r="K47" s="5" t="s">
+      <c r="L47" s="6" t="s">
         <v>366</v>
       </c>
-      <c r="L47" s="6" t="s">
+      <c r="M47" s="5" t="s">
         <v>367</v>
-      </c>
-[...1 lines deleted...]
-        <v>368</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="5" t="s">
-        <v>369</v>
+        <v>368</v>
       </c>
       <c r="B48" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C48" s="5" t="s">
-        <v>72</v>
+        <v>62</v>
       </c>
       <c r="D48" s="5" t="s">
-        <v>43</v>
+        <v>246</v>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F48" s="5" t="inlineStr">
-[...5 lines deleted...]
-        <v>324</v>
+      <c r="F48" s="5" t="s">
+        <v>369</v>
+      </c>
+      <c r="G48" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H48" s="5" t="s">
         <v>370</v>
       </c>
       <c r="I48" s="5" t="s">
         <v>371</v>
       </c>
       <c r="J48" s="5" t="s">
-        <v>49</v>
+        <v>372</v>
       </c>
       <c r="K48" s="5" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
       <c r="L48" s="6" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="M48" s="5" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="5" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="B49" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C49" s="5" t="s">
-        <v>15</v>
+        <v>72</v>
       </c>
       <c r="D49" s="5" t="s">
-        <v>254</v>
-[...10 lines deleted...]
-        </is>
+        <v>43</v>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F49" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G49" s="5" t="s">
+        <v>331</v>
       </c>
       <c r="H49" s="5" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="I49" s="5" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="J49" s="5" t="s">
-        <v>378</v>
+        <v>49</v>
       </c>
       <c r="K49" s="5" t="s">
         <v>379</v>
       </c>
       <c r="L49" s="6" t="s">
         <v>380</v>
       </c>
       <c r="M49" s="5" t="s">
         <v>381</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="5" t="s">
         <v>382</v>
       </c>
       <c r="B50" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C50" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D50" s="5" t="s">
-        <v>254</v>
-[...4 lines deleted...]
-        </is>
+        <v>246</v>
+      </c>
+      <c r="E50" s="5" t="s">
+        <v>331</v>
       </c>
       <c r="F50" s="5" t="s">
-        <v>283</v>
+        <v>307</v>
       </c>
       <c r="G50" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H50" s="5" t="s">
         <v>383</v>
       </c>
       <c r="I50" s="5" t="s">
         <v>384</v>
       </c>
       <c r="J50" s="5" t="s">
         <v>385</v>
       </c>
       <c r="K50" s="5" t="s">
         <v>386</v>
       </c>
       <c r="L50" s="6" t="s">
         <v>387</v>
       </c>
       <c r="M50" s="5" t="s">
         <v>388</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="5" t="s">
         <v>389</v>
       </c>
       <c r="B51" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C51" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D51" s="5" t="s">
+        <v>246</v>
+      </c>
+      <c r="E51" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F51" s="5" t="s">
+        <v>290</v>
+      </c>
+      <c r="G51" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H51" s="5" t="s">
         <v>390</v>
       </c>
-      <c r="E51" s="5" t="inlineStr">
-[...14 lines deleted...]
-      <c r="H51" s="5" t="s">
+      <c r="I51" s="5" t="s">
         <v>391</v>
       </c>
-      <c r="I51" s="5" t="s">
+      <c r="J51" s="5" t="s">
         <v>392</v>
       </c>
-      <c r="J51" s="5" t="s">
+      <c r="K51" s="5" t="s">
         <v>393</v>
       </c>
-      <c r="K51" s="5" t="s">
+      <c r="L51" s="6" t="s">
         <v>394</v>
       </c>
-      <c r="L51" s="6" t="s">
+      <c r="M51" s="5" t="s">
         <v>395</v>
-      </c>
-[...1 lines deleted...]
-        <v>396</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="5" t="s">
-        <v>397</v>
+        <v>396</v>
       </c>
       <c r="B52" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C52" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D52" s="5" t="s">
-        <v>390</v>
+        <v>397</v>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F52" s="5" t="s">
+      <c r="F52" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G52" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H52" s="5" t="s">
         <v>398</v>
       </c>
-      <c r="G52" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H52" s="5" t="s">
+      <c r="I52" s="5" t="s">
         <v>399</v>
       </c>
-      <c r="I52" s="5" t="s">
+      <c r="J52" s="5" t="s">
         <v>400</v>
       </c>
-      <c r="J52" s="5" t="s">
+      <c r="K52" s="5" t="s">
         <v>401</v>
       </c>
-      <c r="K52" s="5" t="s">
+      <c r="L52" s="6" t="s">
         <v>402</v>
       </c>
-      <c r="L52" s="6" t="s">
+      <c r="M52" s="5" t="s">
         <v>403</v>
-      </c>
-[...1 lines deleted...]
-        <v>404</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="5" t="s">
-        <v>405</v>
+        <v>404</v>
       </c>
       <c r="B53" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C53" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D53" s="5" t="s">
-        <v>390</v>
-[...2 lines deleted...]
-        <v>324</v>
+        <v>397</v>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F53" s="5" t="s">
-        <v>398</v>
+        <v>405</v>
       </c>
       <c r="G53" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H53" s="5" t="s">
         <v>406</v>
       </c>
       <c r="I53" s="5" t="s">
         <v>407</v>
       </c>
       <c r="J53" s="5" t="s">
         <v>408</v>
       </c>
       <c r="K53" s="5" t="s">
         <v>409</v>
       </c>
       <c r="L53" s="6" t="s">
         <v>410</v>
       </c>
       <c r="M53" s="5" t="s">
         <v>411</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="5" t="s">
         <v>412</v>
       </c>
       <c r="B54" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C54" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D54" s="5" t="s">
-        <v>390</v>
+        <v>397</v>
       </c>
       <c r="E54" s="5" t="s">
-        <v>44</v>
-[...4 lines deleted...]
-        </is>
+        <v>331</v>
+      </c>
+      <c r="F54" s="5" t="s">
+        <v>405</v>
       </c>
       <c r="G54" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H54" s="5" t="s">
         <v>413</v>
       </c>
       <c r="I54" s="5" t="s">
         <v>414</v>
       </c>
       <c r="J54" s="5" t="s">
         <v>415</v>
       </c>
       <c r="K54" s="5" t="s">
         <v>416</v>
       </c>
       <c r="L54" s="6" t="s">
         <v>417</v>
       </c>
       <c r="M54" s="5" t="s">
         <v>418</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="5" t="s">
         <v>419</v>
       </c>
       <c r="B55" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C55" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D55" s="5" t="s">
+        <v>397</v>
+      </c>
+      <c r="E55" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="F55" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G55" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H55" s="5" t="s">
         <v>420</v>
       </c>
-      <c r="D55" s="5" t="s">
-[...15 lines deleted...]
-      <c r="H55" s="5" t="s">
+      <c r="I55" s="5" t="s">
         <v>421</v>
       </c>
-      <c r="I55" s="5" t="s">
+      <c r="J55" s="5" t="s">
         <v>422</v>
       </c>
-      <c r="J55" s="5" t="s">
+      <c r="K55" s="5" t="s">
         <v>423</v>
       </c>
-      <c r="K55" s="5" t="s">
+      <c r="L55" s="6" t="s">
         <v>424</v>
       </c>
-      <c r="L55" s="6" t="s">
+      <c r="M55" s="5" t="s">
         <v>425</v>
-      </c>
-[...1 lines deleted...]
-        <v>426</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="5" t="s">
-        <v>427</v>
+        <v>426</v>
       </c>
       <c r="B56" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C56" s="5" t="s">
+        <v>427</v>
+      </c>
+      <c r="D56" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="D56" s="5" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="E56" s="5" t="s">
+        <v>331</v>
       </c>
       <c r="F56" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G56" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H56" s="5" t="s">
         <v>428</v>
       </c>
       <c r="I56" s="5" t="s">
         <v>429</v>
       </c>
       <c r="J56" s="5" t="s">
         <v>430</v>
       </c>
       <c r="K56" s="5" t="s">
         <v>431</v>
       </c>
       <c r="L56" s="6" t="s">
         <v>432</v>
       </c>
       <c r="M56" s="5" t="s">
         <v>433</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="5" t="s">
         <v>434</v>
       </c>
       <c r="B57" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C57" s="5" t="s">
-        <v>72</v>
+        <v>15</v>
       </c>
       <c r="D57" s="5" t="s">
+        <v>62</v>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F57" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G57" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H57" s="5" t="s">
         <v>435</v>
       </c>
-      <c r="E57" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F57" s="5" t="s">
+      <c r="I57" s="5" t="s">
         <v>436</v>
       </c>
-      <c r="G57" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H57" s="5" t="s">
+      <c r="J57" s="5" t="s">
         <v>437</v>
       </c>
-      <c r="I57" s="5"/>
-      <c r="J57" s="5" t="s">
+      <c r="K57" s="5" t="s">
         <v>438</v>
       </c>
-      <c r="K57" s="5" t="s">
+      <c r="L57" s="6" t="s">
         <v>439</v>
       </c>
-      <c r="L57" s="6" t="s">
+      <c r="M57" s="5" t="s">
         <v>440</v>
-      </c>
-[...1 lines deleted...]
-        <v>441</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="5" t="s">
+        <v>441</v>
+      </c>
+      <c r="B58" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C58" s="5" t="s">
+        <v>72</v>
+      </c>
+      <c r="D58" s="5" t="s">
         <v>442</v>
       </c>
-      <c r="B58" s="5" t="s">
-[...9 lines deleted...]
-      </c>
       <c r="E58" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F58" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F58" s="5" t="s">
+        <v>443</v>
       </c>
       <c r="G58" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H58" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H58" s="5" t="s">
+        <v>444</v>
       </c>
       <c r="I58" s="5"/>
-      <c r="J58" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="J58" s="5" t="s">
+        <v>445</v>
       </c>
       <c r="K58" s="5" t="s">
-        <v>443</v>
+        <v>446</v>
       </c>
       <c r="L58" s="6" t="s">
-        <v>444</v>
-[...1 lines deleted...]
-      <c r="M58" s="5"/>
+        <v>447</v>
+      </c>
+      <c r="M58" s="5" t="s">
+        <v>448</v>
+      </c>
     </row>
     <row r="59">
       <c r="A59" s="5" t="s">
-        <v>445</v>
+        <v>449</v>
       </c>
       <c r="B59" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C59" s="5" t="s">
+        <v>450</v>
+      </c>
+      <c r="D59" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="D59" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E59" s="5" t="s">
-        <v>447</v>
+        <v>323</v>
       </c>
       <c r="F59" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G59" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H59" s="5" t="s">
-        <v>448</v>
+        <v>451</v>
       </c>
       <c r="I59" s="5" t="s">
-        <v>449</v>
+        <v>452</v>
       </c>
       <c r="J59" s="5" t="s">
-        <v>450</v>
+        <v>453</v>
       </c>
       <c r="K59" s="5" t="s">
-        <v>451</v>
+        <v>454</v>
       </c>
       <c r="L59" s="6" t="s">
-        <v>452</v>
+        <v>455</v>
       </c>
       <c r="M59" s="5" t="s">
-        <v>453</v>
+        <v>456</v>
       </c>
     </row>
     <row r="60">
-      <c r="A60" s="5" t="n">
-        <v>1923</v>
+      <c r="A60" s="5" t="s">
+        <v>457</v>
       </c>
       <c r="B60" s="5" t="s">
-        <v>14</v>
+        <v>261</v>
       </c>
       <c r="C60" s="5" t="s">
-        <v>454</v>
-[...5 lines deleted...]
-        <v>44</v>
+        <v>43</v>
+      </c>
+      <c r="D60" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F60" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G60" s="5" t="s">
-[...3 lines deleted...]
-        <v>456</v>
+      <c r="G60" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H60" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I60" s="5"/>
-      <c r="J60" s="5" t="s">
-        <v>457</v>
+      <c r="J60" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K60" s="5" t="s">
         <v>458</v>
       </c>
       <c r="L60" s="6" t="s">
         <v>459</v>
       </c>
-      <c r="M60" s="5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M60" s="5"/>
     </row>
     <row r="61">
-      <c r="A61" s="5" t="n">
-        <v>1924</v>
+      <c r="A61" s="5" t="s">
+        <v>460</v>
       </c>
       <c r="B61" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C61" s="5" t="s">
-        <v>454</v>
+        <v>15</v>
       </c>
       <c r="D61" s="5" t="s">
-        <v>446</v>
+        <v>461</v>
       </c>
       <c r="E61" s="5" t="s">
-        <v>44</v>
+        <v>462</v>
       </c>
       <c r="F61" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G61" s="5" t="s">
-[...7 lines deleted...]
-      <c r="I61" s="5"/>
+      <c r="G61" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H61" s="5" t="s">
+        <v>463</v>
+      </c>
+      <c r="I61" s="5" t="s">
+        <v>464</v>
+      </c>
       <c r="J61" s="5" t="s">
-        <v>462</v>
-[...4 lines deleted...]
-        </is>
+        <v>465</v>
+      </c>
+      <c r="K61" s="5" t="s">
+        <v>466</v>
       </c>
       <c r="L61" s="6" t="s">
-        <v>463</v>
+        <v>467</v>
       </c>
       <c r="M61" s="5" t="s">
-        <v>464</v>
+        <v>468</v>
       </c>
     </row>
     <row r="62">
-      <c r="A62" s="5" t="s">
-        <v>465</v>
+      <c r="A62" s="5" t="n">
+        <v>1923</v>
       </c>
       <c r="B62" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C62" s="5" t="s">
-        <v>254</v>
+        <v>469</v>
       </c>
       <c r="D62" s="5" t="s">
-        <v>62</v>
+        <v>397</v>
       </c>
       <c r="E62" s="5" t="s">
-        <v>466</v>
-[...2 lines deleted...]
-        <v>467</v>
+        <v>44</v>
+      </c>
+      <c r="F62" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G62" s="5" t="s">
-        <v>468</v>
+        <v>470</v>
       </c>
       <c r="H62" s="5" t="s">
-        <v>469</v>
-[...3 lines deleted...]
-      </c>
+        <v>471</v>
+      </c>
+      <c r="I62" s="5"/>
       <c r="J62" s="5" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="K62" s="5" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="L62" s="6" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="M62" s="5" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
     </row>
     <row r="63">
-      <c r="A63" s="5" t="s">
-        <v>475</v>
+      <c r="A63" s="5" t="n">
+        <v>1924</v>
       </c>
       <c r="B63" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C63" s="5" t="s">
-        <v>133</v>
+        <v>469</v>
       </c>
       <c r="D63" s="5" t="s">
-        <v>390</v>
-[...4 lines deleted...]
-        </is>
+        <v>461</v>
+      </c>
+      <c r="E63" s="5" t="s">
+        <v>44</v>
       </c>
       <c r="F63" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G63" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H63" s="5" t="s">
+      <c r="G63" s="5" t="s">
         <v>476</v>
       </c>
-      <c r="I63" s="5" t="s">
+      <c r="H63" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I63" s="5"/>
+      <c r="J63" s="5" t="s">
         <v>477</v>
       </c>
-      <c r="J63" s="5" t="s">
+      <c r="K63" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L63" s="6" t="s">
         <v>478</v>
       </c>
-      <c r="K63" s="5" t="s">
+      <c r="M63" s="5" t="s">
         <v>479</v>
-      </c>
-[...4 lines deleted...]
-        <v>481</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="5" t="s">
-        <v>482</v>
+        <v>480</v>
       </c>
       <c r="B64" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C64" s="5" t="s">
-        <v>133</v>
+        <v>246</v>
       </c>
       <c r="D64" s="5" t="s">
-        <v>446</v>
-[...14 lines deleted...]
-        </is>
+        <v>62</v>
+      </c>
+      <c r="E64" s="5" t="s">
+        <v>481</v>
+      </c>
+      <c r="F64" s="5" t="s">
+        <v>482</v>
+      </c>
+      <c r="G64" s="5" t="s">
+        <v>483</v>
       </c>
       <c r="H64" s="5" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
       <c r="I64" s="5" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
       <c r="J64" s="5" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
       <c r="K64" s="5" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
       <c r="L64" s="6" t="s">
-        <v>487</v>
+        <v>488</v>
       </c>
       <c r="M64" s="5" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="5" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
       <c r="B65" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C65" s="5" t="s">
-        <v>43</v>
+        <v>133</v>
       </c>
       <c r="D65" s="5" t="s">
-        <v>435</v>
-[...2 lines deleted...]
-        <v>44</v>
+        <v>397</v>
+      </c>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F65" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G65" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H65" s="5" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
       <c r="I65" s="5" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="J65" s="5" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="K65" s="5" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
       <c r="L65" s="6" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
       <c r="M65" s="5" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="5" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
       <c r="B66" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C66" s="5" t="s">
-        <v>62</v>
+        <v>133</v>
       </c>
       <c r="D66" s="5" t="s">
-        <v>254</v>
-[...2 lines deleted...]
-        <v>497</v>
+        <v>461</v>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F66" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G66" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H66" s="5" t="s">
         <v>498</v>
       </c>
       <c r="I66" s="5" t="s">
         <v>499</v>
       </c>
       <c r="J66" s="5" t="s">
         <v>500</v>
       </c>
       <c r="K66" s="5" t="s">
         <v>501</v>
       </c>
       <c r="L66" s="6" t="s">
         <v>502</v>
       </c>
       <c r="M66" s="5" t="s">
         <v>503</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="5" t="s">
         <v>504</v>
       </c>
       <c r="B67" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C67" s="5" t="s">
-        <v>254</v>
+        <v>43</v>
       </c>
       <c r="D67" s="5" t="s">
-        <v>62</v>
+        <v>442</v>
       </c>
       <c r="E67" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="F67" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G67" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H67" s="5" t="s">
         <v>505</v>
       </c>
-      <c r="F67" s="5" t="s">
-[...7 lines deleted...]
-      <c r="H67" s="5" t="s">
+      <c r="I67" s="5" t="s">
         <v>506</v>
       </c>
-      <c r="I67" s="5" t="s">
+      <c r="J67" s="5" t="s">
         <v>507</v>
       </c>
-      <c r="J67" s="5" t="s">
+      <c r="K67" s="5" t="s">
         <v>508</v>
       </c>
-      <c r="K67" s="5" t="s">
+      <c r="L67" s="6" t="s">
         <v>509</v>
       </c>
-      <c r="L67" s="6" t="s">
+      <c r="M67" s="5" t="s">
         <v>510</v>
-      </c>
-[...1 lines deleted...]
-        <v>511</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="5" t="s">
-        <v>512</v>
+        <v>511</v>
       </c>
       <c r="B68" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C68" s="5" t="s">
         <v>62</v>
       </c>
       <c r="D68" s="5" t="s">
-        <v>254</v>
+        <v>246</v>
       </c>
       <c r="E68" s="5" t="s">
-        <v>497</v>
-[...1 lines deleted...]
-      <c r="F68" s="5" t="s">
+        <v>512</v>
+      </c>
+      <c r="F68" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G68" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H68" s="5" t="s">
         <v>513</v>
       </c>
-      <c r="G68" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H68" s="5" t="s">
+      <c r="I68" s="5" t="s">
         <v>514</v>
       </c>
-      <c r="I68" s="5" t="s">
+      <c r="J68" s="5" t="s">
         <v>515</v>
       </c>
-      <c r="J68" s="5" t="s">
+      <c r="K68" s="5" t="s">
         <v>516</v>
       </c>
-      <c r="K68" s="5" t="s">
+      <c r="L68" s="6" t="s">
         <v>517</v>
       </c>
-      <c r="L68" s="6" t="s">
+      <c r="M68" s="5" t="s">
         <v>518</v>
-      </c>
-[...1 lines deleted...]
-        <v>519</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="5" t="s">
-        <v>520</v>
+        <v>519</v>
       </c>
       <c r="B69" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C69" s="5" t="s">
+        <v>246</v>
+      </c>
+      <c r="D69" s="5" t="s">
         <v>62</v>
       </c>
-      <c r="D69" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E69" s="5" t="s">
-        <v>497</v>
+        <v>520</v>
       </c>
       <c r="F69" s="5" t="s">
-        <v>513</v>
+        <v>512</v>
       </c>
       <c r="G69" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H69" s="5" t="s">
         <v>521</v>
       </c>
       <c r="I69" s="5" t="s">
         <v>522</v>
       </c>
       <c r="J69" s="5" t="s">
         <v>523</v>
       </c>
       <c r="K69" s="5" t="s">
         <v>524</v>
       </c>
       <c r="L69" s="6" t="s">
         <v>525</v>
       </c>
       <c r="M69" s="5" t="s">
         <v>526</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="5" t="s">
         <v>527</v>
       </c>
       <c r="B70" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C70" s="5" t="s">
+        <v>62</v>
+      </c>
+      <c r="D70" s="5" t="s">
+        <v>246</v>
+      </c>
+      <c r="E70" s="5" t="s">
+        <v>512</v>
+      </c>
+      <c r="F70" s="5" t="s">
         <v>528</v>
       </c>
-      <c r="D70" s="5" t="s">
-[...2 lines deleted...]
-      <c r="E70" s="5" t="s">
+      <c r="G70" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H70" s="5" t="s">
         <v>529</v>
       </c>
-      <c r="F70" s="5" t="s">
+      <c r="I70" s="5" t="s">
         <v>530</v>
       </c>
-      <c r="G70" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H70" s="5" t="s">
+      <c r="J70" s="5" t="s">
         <v>531</v>
       </c>
-      <c r="I70" s="5" t="s">
+      <c r="K70" s="5" t="s">
         <v>532</v>
       </c>
-      <c r="J70" s="5" t="s">
+      <c r="L70" s="6" t="s">
         <v>533</v>
       </c>
-      <c r="K70" s="5" t="s">
+      <c r="M70" s="5" t="s">
         <v>534</v>
-      </c>
-[...4 lines deleted...]
-        <v>536</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="5" t="s">
-        <v>537</v>
+        <v>535</v>
       </c>
       <c r="B71" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C71" s="5" t="s">
         <v>62</v>
       </c>
       <c r="D71" s="5" t="s">
-        <v>254</v>
+        <v>246</v>
       </c>
       <c r="E71" s="5" t="s">
-        <v>497</v>
+        <v>512</v>
       </c>
       <c r="F71" s="5" t="s">
-        <v>513</v>
+        <v>528</v>
       </c>
       <c r="G71" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H71" s="5" t="s">
+        <v>536</v>
+      </c>
+      <c r="I71" s="5" t="s">
+        <v>537</v>
+      </c>
+      <c r="J71" s="5" t="s">
         <v>538</v>
       </c>
-      <c r="I71" s="5" t="s">
+      <c r="K71" s="5" t="s">
         <v>539</v>
       </c>
-      <c r="J71" s="5" t="s">
+      <c r="L71" s="6" t="s">
         <v>540</v>
       </c>
-      <c r="K71" s="5" t="s">
+      <c r="M71" s="5" t="s">
         <v>541</v>
-      </c>
-[...4 lines deleted...]
-        <v>543</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="5" t="s">
-        <v>544</v>
+        <v>542</v>
       </c>
       <c r="B72" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C72" s="5" t="s">
+        <v>543</v>
+      </c>
+      <c r="D72" s="5" t="s">
         <v>62</v>
       </c>
-      <c r="D72" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E72" s="5" t="s">
-        <v>497</v>
+        <v>544</v>
       </c>
       <c r="F72" s="5" t="s">
         <v>545</v>
       </c>
       <c r="G72" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H72" s="5" t="s">
         <v>546</v>
       </c>
-      <c r="I72" s="5"/>
+      <c r="I72" s="5" t="s">
+        <v>547</v>
+      </c>
       <c r="J72" s="5" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="K72" s="5" t="s">
-        <v>548</v>
+        <v>549</v>
       </c>
       <c r="L72" s="6" t="s">
-        <v>549</v>
+        <v>550</v>
       </c>
       <c r="M72" s="5" t="s">
-        <v>550</v>
+        <v>551</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="5" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
       <c r="B73" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C73" s="5" t="s">
         <v>62</v>
       </c>
       <c r="D73" s="5" t="s">
-        <v>254</v>
+        <v>246</v>
       </c>
       <c r="E73" s="5" t="s">
-        <v>497</v>
+        <v>512</v>
       </c>
       <c r="F73" s="5" t="s">
-        <v>552</v>
+        <v>528</v>
       </c>
       <c r="G73" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H73" s="5" t="s">
         <v>553</v>
       </c>
       <c r="I73" s="5" t="s">
         <v>554</v>
       </c>
       <c r="J73" s="5" t="s">
         <v>555</v>
       </c>
       <c r="K73" s="5" t="s">
         <v>556</v>
       </c>
       <c r="L73" s="6" t="s">
         <v>557</v>
       </c>
       <c r="M73" s="5" t="s">
         <v>558</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="5" t="s">
         <v>559</v>
       </c>
       <c r="B74" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C74" s="5" t="s">
         <v>62</v>
       </c>
       <c r="D74" s="5" t="s">
-        <v>254</v>
+        <v>246</v>
       </c>
       <c r="E74" s="5" t="s">
-        <v>497</v>
+        <v>512</v>
       </c>
       <c r="F74" s="5" t="s">
         <v>560</v>
       </c>
       <c r="G74" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H74" s="5" t="s">
         <v>561</v>
       </c>
-      <c r="I74" s="5" t="s">
+      <c r="I74" s="5"/>
+      <c r="J74" s="5" t="s">
         <v>562</v>
       </c>
-      <c r="J74" s="5" t="s">
+      <c r="K74" s="5" t="s">
         <v>563</v>
       </c>
-      <c r="K74" s="5" t="s">
+      <c r="L74" s="6" t="s">
         <v>564</v>
       </c>
-      <c r="L74" s="6" t="s">
+      <c r="M74" s="5" t="s">
         <v>565</v>
-      </c>
-[...1 lines deleted...]
-        <v>566</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="5" t="s">
-        <v>567</v>
+        <v>566</v>
       </c>
       <c r="B75" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C75" s="5" t="s">
         <v>62</v>
       </c>
       <c r="D75" s="5" t="s">
-        <v>254</v>
+        <v>246</v>
       </c>
       <c r="E75" s="5" t="s">
-        <v>497</v>
+        <v>512</v>
       </c>
       <c r="F75" s="5" t="s">
-        <v>513</v>
+        <v>567</v>
       </c>
       <c r="G75" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H75" s="5" t="s">
         <v>568</v>
       </c>
       <c r="I75" s="5" t="s">
         <v>569</v>
       </c>
       <c r="J75" s="5" t="s">
         <v>570</v>
       </c>
       <c r="K75" s="5" t="s">
         <v>571</v>
       </c>
       <c r="L75" s="6" t="s">
         <v>572</v>
       </c>
       <c r="M75" s="5" t="s">
         <v>573</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="5" t="s">
         <v>574</v>
       </c>
       <c r="B76" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C76" s="5" t="s">
+        <v>62</v>
+      </c>
+      <c r="D76" s="5" t="s">
+        <v>246</v>
+      </c>
+      <c r="E76" s="5" t="s">
+        <v>512</v>
+      </c>
+      <c r="F76" s="5" t="s">
         <v>575</v>
       </c>
-      <c r="D76" s="5" t="s">
-[...2 lines deleted...]
-      <c r="E76" s="5" t="s">
+      <c r="G76" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H76" s="5" t="s">
         <v>576</v>
       </c>
-      <c r="F76" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H76" s="5" t="s">
+      <c r="I76" s="5" t="s">
         <v>577</v>
       </c>
-      <c r="I76" s="5" t="s">
+      <c r="J76" s="5" t="s">
         <v>578</v>
       </c>
-      <c r="J76" s="5" t="s">
+      <c r="K76" s="5" t="s">
         <v>579</v>
       </c>
-      <c r="K76" s="5" t="s">
+      <c r="L76" s="6" t="s">
         <v>580</v>
       </c>
-      <c r="L76" s="6" t="s">
+      <c r="M76" s="5" t="s">
         <v>581</v>
       </c>
-      <c r="M76" s="5" t="s">
+    </row>
+    <row r="77">
+      <c r="A77" s="5" t="s">
         <v>582</v>
+      </c>
+      <c r="B77" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C77" s="5" t="s">
+        <v>62</v>
+      </c>
+      <c r="D77" s="5" t="s">
+        <v>246</v>
+      </c>
+      <c r="E77" s="5" t="s">
+        <v>512</v>
+      </c>
+      <c r="F77" s="5" t="s">
+        <v>528</v>
+      </c>
+      <c r="G77" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H77" s="5" t="s">
+        <v>583</v>
+      </c>
+      <c r="I77" s="5" t="s">
+        <v>584</v>
+      </c>
+      <c r="J77" s="5" t="s">
+        <v>585</v>
+      </c>
+      <c r="K77" s="5" t="s">
+        <v>586</v>
+      </c>
+      <c r="L77" s="6" t="s">
+        <v>587</v>
+      </c>
+      <c r="M77" s="5" t="s">
+        <v>588</v>
+      </c>
+    </row>
+    <row r="78">
+      <c r="A78" s="5" t="s">
+        <v>589</v>
+      </c>
+      <c r="B78" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C78" s="5" t="s">
+        <v>590</v>
+      </c>
+      <c r="D78" s="5" t="s">
+        <v>397</v>
+      </c>
+      <c r="E78" s="5" t="s">
+        <v>591</v>
+      </c>
+      <c r="F78" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G78" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H78" s="5" t="s">
+        <v>592</v>
+      </c>
+      <c r="I78" s="5" t="s">
+        <v>593</v>
+      </c>
+      <c r="J78" s="5" t="s">
+        <v>594</v>
+      </c>
+      <c r="K78" s="5" t="s">
+        <v>595</v>
+      </c>
+      <c r="L78" s="6" t="s">
+        <v>596</v>
+      </c>
+      <c r="M78" s="5" t="s">
+        <v>597</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>
     <hyperlink ref="M13" r:id="rId18"/>
     <hyperlink ref="M14" r:id="rId19"/>
     <hyperlink ref="M15" r:id="rId20"/>
     <hyperlink ref="M16" r:id="rId21"/>
     <hyperlink ref="M17" r:id="rId22"/>
     <hyperlink ref="M18" r:id="rId23"/>
     <hyperlink ref="M19" r:id="rId24"/>
     <hyperlink ref="M20" r:id="rId25"/>
     <hyperlink ref="M21" r:id="rId26"/>
@@ -7712,44 +7885,46 @@
     <hyperlink ref="M52" r:id="rId57"/>
     <hyperlink ref="M53" r:id="rId58"/>
     <hyperlink ref="M54" r:id="rId59"/>
     <hyperlink ref="M55" r:id="rId60"/>
     <hyperlink ref="M56" r:id="rId61"/>
     <hyperlink ref="M57" r:id="rId62"/>
     <hyperlink ref="M58" r:id="rId63"/>
     <hyperlink ref="M59" r:id="rId64"/>
     <hyperlink ref="M60" r:id="rId65"/>
     <hyperlink ref="M61" r:id="rId66"/>
     <hyperlink ref="M62" r:id="rId67"/>
     <hyperlink ref="M63" r:id="rId68"/>
     <hyperlink ref="M64" r:id="rId69"/>
     <hyperlink ref="M65" r:id="rId70"/>
     <hyperlink ref="M66" r:id="rId71"/>
     <hyperlink ref="M67" r:id="rId72"/>
     <hyperlink ref="M68" r:id="rId73"/>
     <hyperlink ref="M69" r:id="rId74"/>
     <hyperlink ref="M70" r:id="rId75"/>
     <hyperlink ref="M71" r:id="rId76"/>
     <hyperlink ref="M72" r:id="rId77"/>
     <hyperlink ref="M73" r:id="rId78"/>
     <hyperlink ref="M74" r:id="rId79"/>
     <hyperlink ref="M75" r:id="rId80"/>
     <hyperlink ref="M76" r:id="rId81"/>
+    <hyperlink ref="M77" r:id="rId82"/>
+    <hyperlink ref="M78" r:id="rId83"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>