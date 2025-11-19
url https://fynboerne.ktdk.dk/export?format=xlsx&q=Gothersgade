--- v0 (2025-10-04)
+++ v1 (2025-11-19)
@@ -526,68 +526,68 @@
     <t>"der er kommen en lille Pige ude i Pensionatet": Wilhelmine Berg ejede et pensionat i Gothersgade, København, og hun var Alhed Larsens tante.</t>
   </si>
   <si>
     <t>Alhed Larsen er begyndt at rulle cigaretter.
 Tanten Wilhelmine Berg har fået en datter. 
 Det er trist, at Johannes Larsen er forkølet. Bare han alligevel kan male. Han må ikke hente Alhed i Ullerslev lørdag. Hun vil tage dagvognen.
 Christine Warberg vil fotografere stuerne på Gelskov, inden familien flytter derfra.
 Hempel Syberg vil holde Alheds lillebror Frederiks (Dedes) konfirmation i Odense.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/tm3D</t>
   </si>
   <si>
     <t>Kære Las!
 Jeg er egentlig kommen op for at gaa i seng, Kl. er lige ved 11, men her er saa varmt og rart, at jeg synes, det er Synd ikke at benytte det saa nu har jeg tændt mig en Cigaret, og saa skal det som sædvanlig gaa lidt ud over Dig. – Jeg har i Dag rullet mig en hel Del Cigaretter, jeg bad vores Pige, som rejste til Odense i Lørdags om at købe mig noget Tobak, og hun har købt noget rigtig godt, som hedder ”Golden Cupid”, jeg er bleven saa forfalden til at ryge i den senere Tid, og i Dag har jeg opdaget, at jeg egentlig har et stort Talent til at rulle selv. – Jeg er kommen i Tanker om, at det jo er Tjalfes Fødselsdag i Dag, maa jeg gratulere, skønt det jo kommer noget sent. – Jeg glæder mig meget til de Artikler, jeg kunde ikke tro, det var Redningshistorien, de sloges om, da jeg ikke kunde tænke mig, hvordan de havde faaet begyndt, men der har jo altsaa en Tredjemand givet Anledning til det. – Jeg glemte vist at fortælle Dig, at der er kommen en lille Pige ude i Pensionatet i Fredags, og baade hun og min Tante har det godt. Muk skrev det i Gaar, hun skrev at den var hel og velskabt – saa hun maa vel have tænkt sig den i Stumper og Stykker. – Jeg har egentlig ikke noget videre at fortælle Dig, jeg skrev jo til Dig i Eftermiddag, men jeg syntes alligevel, jeg havde Lyst i alt Fald at begynde paa et Brev. – Det er sandt, jeg maa jo rose Dig for Din udmærkede Sildesalat, for jeg tvivler nemlig ikke paa, at den var fortrinlig og langt bedre end Klaxes (det kan Du nok godt lide, jeg skriver!) – Du laver sikkert noget bedre Mad end han, for Du er en langt større Gourman! – (Er Du glad ved den Kompliment?) Du er nu madkær x)! – Nu vil jeg for Resten ikke skrive mere i Aften, men gaa i Seng, bare jeg nu kunde være heldig til at drømme i Nat igen, og bare Du saa kunde se ligesaa smuk ud som sidste Nat. - - Næste Dag. (Jeg drømte ikke om Dig i Nat) Tak for Dit Brev i Dag, hvor det er kedeligt, at Du er bleven forkølet, bare det maa gaa rigtig hurtigt over igen, det var vel denne pludselige Vinter, der gjorde det. – I Morgen haaber, jeg faar Brev om at det er bedre. Det er ogsaa kedeligt for Dit Billedes Skyld, hvis Du gaar og bliver for sløj til at male. Du maa paa ingen mulig Maade hente mig i Ullerslev paa Lørdag, det er dog en lang og kold Aftentur, og Dagvognen er jo et udmærket Befordringsmiddel, og jeg kommer jo omtrent paa samme Tid. – Dette Brev skal med Jørgen til Højrup, han skal ned til 5 Toget efter Christine. Hun kommer fra Sollerup og vil i Morgen tidlig prøve at fotografere et Par af Stuerne omme paa Gelskov. – Jeg skal hen at skrive til Frk. Sperlings Fødselsdag, nu kommer hun snart hjem fra Italien hun skal med til Dedes Konfirmation. Onkel Syberg har skreven derned og inviteret hende. Jeg har vist fortalt Dig, at Onkel Syberg vil gøre Dedes Konfirmation ude i Odense. – Jeg har ikke Tid at skrive mere, og i Morgen er det et stort Spørgsmaal om jeg faar Tid, - nej, det faar jeg sikkert ikke vi skal stryge hele dagen. Jeg var begyndt at blive bange for, at jeg ikke kunde komme paa Lørdag alligevel, Onkel Syberg forærede os nemlig en Gris i Gaar, og den maatte jeg jo hjælpe at slagte, men det bliver heldigvis paa Torsdag; jeg skal ogsaa tappe Ribsvin en af Dagene, saa jeg har meget travlt, kan Du nok tænke! Palam har jeg inviteret til det, men det bliver jo ikke saa festligt som i Fjor. Jørgen egner sig ikke saa godt som Hans Peter til den Slags. – Nu Farvel! og jeg tænker meget paa, hvordan Du har det, der er saa meget Influeza og Bronchitis for Tiden, men Du vil jo nok være færdig, ikke sandt? saa jeg kan træffe Dig frisk og rask paa Lørdag! 1000 kærlige Hilsner til min allerbedste Ven fra Din egen Alhed.
 Erikshaab – 8nde Marts 1898 - 
 x) Om Forladelse</t>
   </si>
   <si>
     <t>1898-03-15</t>
   </si>
   <si>
     <t>Erikshaab pr. Højrup St.</t>
   </si>
   <si>
-    <t>Pouline -
-Tanus -
+    <t>Tanus -
 Louise Brønsted
+Pauline Hirschsprung
 Alhed Larsen
 Harris Sawyer
 Albrecht  Warberg
 Andreas Warberg</t>
   </si>
   <si>
     <t>Ellen var fjerde datter i rækken af Albrecht og Laura Warbergs børn. De tre ældre havde på hver sin vis uddannet sig diverse steder.
 Lillebroderen Frederik Andreas/Dede blev konfirmeret 3. april 1898. Festen blev holdt hos Onkel Syberg - formodentlig fordi Albrecht Warberg var syg. 
 Johanne overtog tilsyneladende søsteren Ellens arbejde ved Wilhelmine Bergs pensionat i Gothersgade, København. En femte søster, Louise/Lugge, boede muligvis på pensionatet, mens hun var studerende.</t>
   </si>
   <si>
     <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2034</t>
   </si>
   <si>
-    <t>Ellen har talt med Tante Pouline om at rejse hjem for at hjælpe moderen nu, hvor faderen er syg. Hun vil være ked af at afbryde undervisningen i fransk og musik, for hidtil har hun ikke - som de ældre søstre - uddannet sig, men hun vil ikke have, at moderen bliver overanstrengt. 
+    <t>Ellen har talt med Tante Pouline/Pauline Hirschsprung om at rejse hjem for at hjælpe moderen nu, hvor faderen er syg. Hun vil være ked af at afbryde undervisningen i fransk og musik, for hidtil har hun ikke - som de ældre søstre - uddannet sig, men hun vil ikke have, at moderen bliver overanstrengt. 
 Ellen tilbyder at afløse Johanne på pensionatet, for Johanne ser træt ud og trænger til en lang påskeferie. 
 Ellen håber, at hun kan komme videre med musikken; blandt andet fordi Eastman holder så meget af musik.
 Hun beder om rapport om faderens sygdom.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/eArm</t>
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:]
 Fru Laura Warberg.
 Erikshaab
 pr. Højrup St.
 [Håndskrevet i brevet:]
 Tirsdag 15/3 98
 Privat
 [Skrevet på tværs under datoen:]
 Hilsen til Frk. J.
 Kære Mor!
 Jeg har siddet og talt med Tante Pouline nu efter Frokost om forskelligt og bl.a. fortalt, at jeg nu må rejse hjem på Tirsdag, da du ikke godt kan være alene mens Far er syg, nu mens Alhed er rejst til Kjerteminde og du tilmed er bleven noget nervøs af den anstrængende Tid. Det blev Tante Pouline meget forskrækket over, for hun havde tænkt sig, at jeg blev, til de rejser på Landet midt i Maj, så der kunde blive virkelige Fremskridt i Musiken og i Fransk, hun har fra først af tænkt, at dette Ophold skulde være mere for at lære end for Fornøjelse, for ["for" overstreget] da det ikke er godt at vide, hvornår der igen bliver Lejlighed til at lære noget, og det er kedeligt at gå rundt med ubenyttede Evner.
 Nu er jeg derover bleven helt i Vildrede: På den ene Side skal jeg naturligvis være hjemme, når der er Brug for mig og det vigtigste er jo, at du ikke går og bliver overanstrængt - men på ["på" indsat over linjen] den anden Side er det jo kedeligt, kan du nok forstå, at afbryde Undervisningen. Jeg har jo altid haft ligeså megen Lyst til at lære noget som alle de andre, men det er ikke falden i min Lod før nu.
 Du skulde vel ikke kunde finde på èn el. anden Udvej,
 Kan det ikke ordnes sådan som Tante P. foreslog, at jeg tog hjem i den Tid du dårligst kan undvære mig og ["og" overstreget] blev Dedes Konfirmation over hjemme og så tog herind igen?
 Så er der èn Ting til, jeg har tænkt på: Johanne trænger snart i høj Grad til en Ferie. Var der ikke nogen Rimelighed [i] at hun fik en lang Påskeferie og jeg i den Tid var i hendes Sted i Pensionatet. Ta'nus er vel ikke til den Tid så stærk, så ["så" overstreget; "at" indsat derover] at hun kan så meget men når jeg kunde træde til, kunde Junge måske dog få en god Hvil, og jeg kunde øve mig alligevel. Junge har set ussel ud de sidste Dage. -
 Bare du kunde finde på et Arrangement til alles Fordel, - det er jo din Force at arrangere. -
 Jeg vil ikke tage det fornærmeligt op, hvis jeg ikke kan komme herind igen! - men én af Grundene til at jeg gærne vil, er den, at Eastman sætter Musiken så højt, så jeg også for hans Skyld må se at komme lidt videre. -