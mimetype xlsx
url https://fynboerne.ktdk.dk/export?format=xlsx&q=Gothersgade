--- v1 (2025-11-19)
+++ v2 (2026-02-25)
@@ -5,51 +5,51 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="308" uniqueCount="215" xml:space="preserve">
   <si>
-    <t>Datering</t>
+    <t>Datering/Værktitel</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>