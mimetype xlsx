--- v0 (2025-10-08)
+++ v1 (2025-11-23)
@@ -44,139 +44,139 @@
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
   <si>
     <t>Arkivplacering</t>
   </si>
   <si>
     <t>Dokumentindhold</t>
   </si>
   <si>
     <t>URL</t>
   </si>
   <si>
     <t>Transskription</t>
   </si>
   <si>
+    <t>Forår 1890</t>
+  </si>
+  <si>
+    <t>Brev</t>
+  </si>
+  <si>
+    <t>Christine  Mackie</t>
+  </si>
+  <si>
+    <t>Laura Warberg</t>
+  </si>
+  <si>
+    <t>Wilhelmine Berg
+Johanne Christine Brandstrup
+Alhed Larsen
+Emilie Zeuthen
+Ernst Zeuthen
+Laura Zeuthen
+Otto Zinck</t>
+  </si>
+  <si>
+    <t>Christine Mackie, f. Warberg, fungerede som huslærer og pige i huset hos familien Zeuthen i Höör i Sverige i 1890. Hun må efter eksamen være taget til København.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 1948</t>
+  </si>
+  <si>
+    <t>Børnenes eksamen gik dårligt, og Christine var helt udmattet bagefter. Hun ved ikke, om hun nu bliver afskediget fra pladsen hos Zeuthen. Selv vil hun ikke sige op. Det var dumt af Tante Mis at presse sådan på for, at Christine skulle være huslærer og pige i huset hos Zeuthen.
+De næste dage skal Christine i teatret.
+Alhed Larsen, f. Mackie, er i Jylland. Forældrene har ikke mange hjemme i påsken. Bedstemor har ondt i ryggen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/K9dz</t>
+  </si>
+  <si>
+    <t>Kæreste Mor!
+Bare et Par Ord i en Fart for at sige, at Examen gik daarligt, d.v.s. Laura og Ernst var flinke men Johanne kom daarlig fra det, de var ikke tilfredse, men talte ikke noget om at gøre Forandring; de mener vist som jo ogsaa er rigtigt, at det bliver mere tilfredsstillende med den ny Ordning, men jeg faar Brev fra Fru Z en af Dagene om nogle Ærender, Gud ved om saa ikke [de] siger mig op, ellers kunde hun jo have sagt det i Forvejen, hvad jeg skal besørge, bare jeg gætter rigtig; men selv vil jeg nødig sige op, da de jo gærne vil beholde en Lærerinde til Pigebørnenes Konfirmation og de sagde det da de tog mig. Hr Z sagde: "De har ikke rigtig vidst, hvad her var at gøre, da de tog Pladsen, - nej det var for hastigt den Gang!" Jeg tror, de er lidt ærgerlige over at tante Mis pinte saadan paa den Gang, og det var jo heller ikke helt rigtig af hende; men hvad enten jeg nu bliver eller ikke, saa faar jeg nok et godt Resultat ud af det næste Halvaar. Det var en rædsom Pine, den Examen, den var i 5 Afdelinger, fordi Hr Z ikke kunde sidde længe af Gangen; den sidste Afdeling var fra 9-10 Aften om Onsdagen. Jeg var aldeles udmattet, da det var forbi, af Anstrængelse og Spænding.
+Jeg siger paa ingen mulig Maade til Fru Zeuthen om at blive fri for Haandarbejde for hende, jeg vilde faa det at høre ved enhver Lejlighed, og det vilde blive rædsom ubehageligt. Imorgen skal vi vist i Folketeatret se "Abekatten" og "de røde Dominoer", jeg glæder mig meget til at se Zink; paa Mandag "Konge for en Dag" og Tirsdag "Jakob v. Thyboe" og "Soldaterløjer", de to sidste vilde jeg rasende gærne se. 
+I har rigtignok ikke mange af os hjemme i Paasken, nu Alhed er i Jylland! Bedstemor er ikke rask, hun har haft saa ondt i Ryggen siden i Aftes og ikke sovet i Nat, idag er det bedre.
+Mange Hilsner til jer alle
+fra din
+Basse.</t>
+  </si>
+  <si>
     <t>1889-1890</t>
-  </si>
-[...4 lines deleted...]
-    <t>Christine  Mackie</t>
   </si>
   <si>
     <t>Sverige
 Höör</t>
   </si>
   <si>
     <t>- Gren
 Johanne  Larsen
 Ellen  Sawyer
 - Ström
 Vilhelmine von Sperling
 Emilie Zeuthen
 Ernst Zeuthen
 Laura Zeuthen
 Magda Zeuthen
 Otto Zeuthen</t>
   </si>
   <si>
     <t>Den eller de første sider af brevet mangler. Da der heller ikke er bevaret en kuvert, vides det ikke, hvem brevet er stilet til, men det er formodentlig til Christines mor, Laura Warberg. En del andre nære familiemedlemmer nævnes i brevet.
 Christine Warberg, g. Mackie, var 1889-1890 i huset hos familien Zeuthen på gården Fögdaröd i Höör i Sverige.</t>
   </si>
   <si>
     <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB1865</t>
   </si>
   <si>
     <t>Otto har mæslinger og er meget besværlig. Laura er også begyndt at blive syg. Christine spiller og læser med børnene hver dag.
 Hr. Zeuthen har haft Ernst med til en læge, som forsøgte at kurere Ernsts nattevæderi med hypnose. Ernst snød og lod som om, han var hypnotiseret.
 Christine har syet navnetræk på Fru Zeuthens 34 viskestykker. Hendes reformdragt bliver færdig nu. Syarbejdet var meget billigt.
 Christine glæder sig til at mødes med Ellen i København. 
 Zeuthens røgterfamilie er angrebet af skab. Der er et frygteligt svineri i deres hjem, hvor hønsene lægger æg i sengene mm.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/kSBD</t>
   </si>
   <si>
     <t>[Første del af brevet mangler]
 ved at give mig Ubehageligheder, jeg var næsten grædefærdig, og det var dog ikke en Begivenhed at ofre saa meget, til sidst sagde Hr Zeuthen: "da lad nu være at tale mere om det". Nu i disse Dage er hun rigtig rar. Otto har Mæslinger, har nu ligget i 12 Dage og maa ikke komme op endnu. I Dag har Laura Hovedpine, hun begynder naturligvis ogsaa nu, underlig nok er ingen af de tre smaa bleven daarlige, men Magda har rigtignok Hovedpine idag. Dr. Gren mener, de store har haft Mæslinger uden at de ere slaaet ud. Otto er forfærdelig vanskelig og utaalmodig, han kalder paa Fru Z hundrede Gange om Dagen, og for det meste vil han intet, hvis en anden kommer i Stedet, putter han sig bare ned under Tæppet.
 Igaar var Dr Zeuthen i Eslöf med Ernst hos en Dr Ström, han, Ernst skulde hypnotiseres, fordi han gør sig vaad om Natten; Doktoren saa ogsaa paa ham og fik ham til at sove og under Søvnen gøre forskellige Ting, f Ex række Armene ud og drikke Vand o.s.v. Men da de kom hjem fortalte Ernst, at han aldeles ikke havde sovet, han havde bare gjort som Doktoren sagde! Nu skal de snart derned igen, for det gør naturligvis ingen Virkning. 
 Jeg er nylig bleven færdig med et stort Arbejde, at sy Navn paa 34 Viskestykker for Fru Z. saadant et Navn men større [tegning. I tegningen er skrevet: Fladsyning Hexesting]; nu har jeg skrevet om en Dukke til Lund, idag venter jeg nogle at vælge imellem, jeg glæder mig til at sy den. Min Reformdragt bliver færdig idag, den bliver nydelig. Inderdel med Ærmer af det stribede og Overdragt af det ensfarvede med Lidsebroderi paa Linning, Bælte og Bord udenom. Tænk, Sylønnen er kun 2,50, er det ikke utrolig billigt, og hun er meget dygtig, til min sorte Kjole blev der Blondestof baade til Nederdel og Liv samt til en løs rynket Vest. Forleden fik jeg et langt Brev fra Tante Mimi, vil du takke hende mange Gange for det. Vil du ogsaa takke Johanne for hendes lille Skrivelse.
 Sig til Elle, at det kan blive ordentlig sjov at være sammen i København, jeg synes, det maa være saa frygtelig morsomt at vise en den, som aldrig har været der. 
 Hele vor Røgterfamilie har Skab men det er saamæn intet Under, at de blive skabede, for saadant et Svineri har jeg ikke set Mage til, jeg tror ikke, det existerer i Danmark; deres Høns gaar inde i Stuen og lægger Æg i Sengen, der desuden benyttes som Varmer af Pandekager o.s.v. At Zeuthens tillader saadant et Svineri, begriber jeg ikke.
 Nu skal jeg spille med Johanne, saa Farvel, hils alle kærligt fra din
 Basse.
 Jeg er nu begyndt at spille med Ernst 1/2 Time og Magda 1/4 om Dagen og Magda er begyndt at læse, det gaar forfærdelig nemt for hende, hun har kun læst i 14 Dage og kan allerede stave med tre Bogstaver.</t>
-  </si>
-[...36 lines deleted...]
-Basse.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="100" formatCode="yyyy/mm/dd"/>
     <numFmt numFmtId="101" formatCode="yyyy/mm/dd hh:mm:ss"/>
     <numFmt numFmtId="102" formatCode="yyyy-mm-dd"/>
   </numFmts>
   <fonts count="7">
     <font>
       <name val="Arial"/>
       <sz val="11"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
@@ -253,51 +253,51 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/kSBD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/K9dz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/K9dz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kSBD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
   <dimension ref="A1:M3"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
@@ -334,104 +334,104 @@
         <v>8</v>
       </c>
       <c r="J1" s="3" t="s">
         <v>9</v>
       </c>
       <c r="K1" s="3" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="3" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="3" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="5" t="s">
         <v>13</v>
       </c>
       <c r="B2" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="D2" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="E2" s="5" t="s">
+      <c r="D2" s="5" t="s">
         <v>16</v>
+      </c>
+      <c r="E2" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F2" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G2" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H2" s="5" t="s">
         <v>17</v>
       </c>
       <c r="I2" s="5" t="s">
         <v>18</v>
       </c>
       <c r="J2" s="5" t="s">
         <v>19</v>
       </c>
       <c r="K2" s="5" t="s">
         <v>20</v>
       </c>
       <c r="L2" s="6" t="s">
         <v>21</v>
       </c>
       <c r="M2" s="5" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="5" t="s">
         <v>23</v>
       </c>
       <c r="B3" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C3" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="D3" s="5" t="s">
+      <c r="D3" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E3" s="5" t="s">
         <v>24</v>
-      </c>
-[...3 lines deleted...]
-        </is>
       </c>
       <c r="F3" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G3" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H3" s="5" t="s">
         <v>25</v>
       </c>
       <c r="I3" s="5" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="5" t="s">
         <v>27</v>
       </c>
       <c r="K3" s="5" t="s">
         <v>28</v>
       </c>
       <c r="L3" s="6" t="s">
         <v>29</v>