--- v1 (2025-11-23)
+++ v2 (2026-03-02)
@@ -5,51 +5,51 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="33" uniqueCount="31" xml:space="preserve">
   <si>
-    <t>Datering</t>
+    <t>Datering/Værktitel</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>