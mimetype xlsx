--- v0 (2025-10-03)
+++ v1 (2025-11-18)
@@ -44,3918 +44,418 @@
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
   <si>
     <t>Arkivplacering</t>
   </si>
   <si>
     <t>Dokumentindhold</t>
   </si>
   <si>
     <t>URL</t>
   </si>
   <si>
     <t>Transskription</t>
   </si>
   <si>
-    <t>Den grønne Pære</t>
-[...120 lines deleted...]
-    <t>https://fynboerne.ktdk.dk/n/uSu8k6u2</t>
+    <t>1901-09-19</t>
+  </si>
+  <si>
+    <t>Brev</t>
   </si>
   <si>
     <t>Alhed Larsen</t>
   </si>
   <si>
-    <t>Johannes Jørgensen
-[...44 lines deleted...]
-    <t>Brev</t>
+    <t>Johannes Larsen</t>
+  </si>
+  <si>
+    <t>Højrup</t>
+  </si>
+  <si>
+    <t>Kerteminde</t>
+  </si>
+  <si>
+    <t>Andreas Larsen</t>
+  </si>
+  <si>
+    <t>KB</t>
+  </si>
+  <si>
+    <t>Puf (Andreas) har det lidt bedre, har vist ikke feber, men er urolig om natten.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/RNOS</t>
+  </si>
+  <si>
+    <t>Da Du ikke er kommen, vil jeg sende Dig to Ord om Puf! – Det er en lille Smule bedre, jeg tror ikke, han har Feber mere, men der er meget Slim endnu, og han er noget urolig om Natten. Han ligger endnu og taler slet ikke om at ville op. – Jeg skriver paa aabent Kort for at de andre kan læse det, hvis Du skulde være rejst. Mange Hilsner! Torsdag Eft. Din A.
+[På kortets anden side, fortrykt]:
+BREV-KORT
+(Paa denne Side skrives kun Adressen)
+[Håndskrevet]:
+Maleren Hr. Johannes Larsen
+Kærbyhus 
+Kerteminde</t>
+  </si>
+  <si>
+    <t>1898-09-19</t>
   </si>
   <si>
     <t>Laura Warberg</t>
   </si>
   <si>
-    <t>København V</t>
-[...58 lines deleted...]
-  <si>
     <t>Albrecht  Warberg</t>
   </si>
   <si>
-    <t>København</t>
-[...146 lines deleted...]
-Mogens Lindhardt
+    <t>Højrup
+Erikshaab</t>
+  </si>
+  <si>
+    <t>Gothersgade 129 København K</t>
+  </si>
+  <si>
+    <t>Louise Amstrup
+Asta Blom
+Louise Brønsted
+Niels Elgaard Amstrup
+Jørgen -, Erikshaab
+Kirsten -, jordemoder
+Augusta Mogensen
+Christian Mogensen
 Otto Emil  Paludan
-Emilie -, pige i huset på Erikshaab
-[...200 lines deleted...]
-- Paulsen
 Ellen  Sawyer
 Anna Schaffalitzky de Muckadell
 Erik Schaffalitzky de Muckadell
-Henry Smith, nær Erikshaab
-[...21 lines deleted...]
-    <t>https://fynboerne.ktdk.dk/d/JfGS</t>
+Andreas Warberg, Albrechts far</t>
+  </si>
+  <si>
+    <t>Laura Warbergs søster havde et pensionat på Gothersgade 129, København. 
+Augusta og Christian Mogensen kom til Gelskov som forpagterpar i 1898, efter at Hempel Syberg havde forladt sin stilling ved gården. 
+Tante Visse/Louise Amstrup boede med sin mand på Ølstedgård. Hun havde i mange år alvorlige psykiske problemer.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB 0361</t>
+  </si>
+  <si>
+    <t>Ellens udstyr er kommet.
+Et par piger samt Mogensens har været på besøg. Asta kørte Fru Mogensen til Højrup.
+Laura og sønnen Andreas/Dede har fanget krebs og spist dem. 
+Lægen tilråder, at Tante Visse/Louise Amstrup bliver indlagt på sindssygehospital. 
+Kirsten Jordemoder er død.
+Paludan har mødt greven, som undrede sig over ikke at have hørt fra Albrecht Warberg i fem uger. Albrecht bør skrive til ham.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/RMwG</t>
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:]
 Hr. Godsforvalter Warberg
-Hotel ”Tre Hjorte”
-[...5 lines deleted...]
-[På kuvertens bagside: Poststempel]
+cand. jur.
+Gothersgade 129 – 4 Sal
+København K.
+[Håndskrevet på kuvertens bagside:]
+Afs: Warberg – Erikshaab – Højrup – Fyn
+Poststempel
 [I brevet:]
-Onsdag d: 26_de_ 
-[...16 lines deleted...]
-Louise Amstrup
+Mandag d: 19de
+Kære Abba! 
+Det er bedst, Du faaer et Extrabrev i Dag, vi antager nemlig at Du snart maa være i Færd med at rejse hjem I Fredags kom Elles Udstyr og vi havde om Eftermiddagen Fredag ["Fredag" indsat over linien] 3 [ulæseligt ord] og 3 unge Piger til at see det; de var meget begejstrede over det Hele. Vi havde en fin Mellemmad til dem og Chocolade, Kaffe og Bagværk. de havde meddelt, at de ikke kunde blive til The, men da de skulde afsted og jeg bad dem blive, kunde de rigtig godt. Vi havde altsaa kun en meget tarvelig, uforberedt Aftensmad til dem. Bagefter fik vi lidt Musik og Kl. 8 ½ kørte Jørgen dem hjem, jeg var med. Mogensen var ogsaa med til Mellemmaden; han var bedt til Kl. 4, men han kom først, da vi andre næsten var færdig, han nød med god Appetit en vældig Mellemmad, Elle kommanderede ham til at spise op og det gjorde han til vor usigelige Forbauselse. De bad om at laane Dora til at hente en ung Dame ved Stationen, men saa fandt Mogensen og Paludan paa at gaae til Ølstedgaard og saa maatte Asta køre for Fru Mogensen til Højrup (Asta er en god Kusk) Dede kom med dem i Vogn. Lørdag Eftermiddag var jeg et Par Timer med Dede ude at krebse i Mergelgraven vi fik 39 Krebs ["Krebs" indsat over linjen] som vi nød til Aften. Søndag var jeg i Kirke; [ulæseligt ord] fortalte mig da, at nu havde Doktoren bedt hende tage snarest mulig til Ølstedgaard og bearbejde Visse til at komme paa Sindssygeanstalt, for det var rent galt derovre, og nu havde Visse selv i et Brev til Doktoren udtalt, at nu maatte hun hjemmefra, for Amstrup var saadan og saadan. I Morgen skal komme derover. I Dag Kl. 12 kører Elle og jeg til Østerhæsinge at anmelde Kirsten Jordemoders Begravelse. Paludan er paa Arreskov. Han var paa Vejen dertil i Lørdags, men mødte Grevens og vendte om, kørte med dem til Leddet. Greven undrede sig over, at han ikke havde hørt et Ord fra Dig i de 5 Uger, mon Du ikke skulde skrive til ham og melde Dagen, Du kommer hjem? Pal. og jeg mener, dette skulde skrives til Dig. Sidste Nat havde vi en lille Torden med megen Regn; der var en stor Ildebrand Nord paa. Vi venter hver Dag Brev fra Muk. Nu Farvel! Mange Hilsener fra os alle! Dette i al Hast, jeg er staaet saa sent op i Dag og har derfor en Del travlt. 
+Din Smaa.
+[Skrevet langs venstre kant på side 1:] 
+I Gaar kørte Dede os til Odensebakken, vi havde Mellemmad med og tilbragte 4 uhyre behagelige Timer, der var henrivende. Asta cyclede og Pal. gik. Astrid var i Odense Kl. 8 i Aftes kom Mogensens helt herned.</t>
+  </si>
+  <si>
+    <t>1896-12-04</t>
+  </si>
+  <si>
+    <t>Johanne Christine Larsen</t>
+  </si>
+  <si>
+    <t>Ellen  Sawyer</t>
+  </si>
+  <si>
+    <t>Erikshaab Højrup Station</t>
+  </si>
+  <si>
+    <t>Rasmus Balslev
 Thorvald Balslev
-Hans Christian Caspersen
-[...4 lines deleted...]
-Johanne Christine Larsen
+Harald Elmquist
+Mogens Mogensen
+Christian Nissen
+Vilhelmine von Sperling</t>
+  </si>
+  <si>
+    <t>Johanne Larsen var forlovet med Thorvald Balslev. Det er hans far, Rasmus Lauritz Balslev, som er død.
+Ellen arbejdede for sin moster, Vilhelmine Berg, på dennes pensionat i København. 
+Det vides ikke, hvem Johanne, der var hjemme på præstegården, var.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 0035</t>
+  </si>
+  <si>
+    <t>Det er forfærdeligt, at svigerfar (Rasmus Lauritz Balslev) er død, og at familien så skal flytte fra præstegården. Julen bliver trist for dem. Johanne vil holde jul sammen med dem, hvis Thorvald ønsker det, men hun vil hellere være på Erikshaab. Hun rejser til Tarup dagen efter, og mandag er der begravelse. Hele familien var hjemme for otte dage siden. 
+Ellen skal have 14 dages ferie som alle andre. Hvis ikke deres mor vil give Tante Mis/Vilhelmine Berg besked om dette, vil Johanne skrive til hende.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/jpGT</t>
+  </si>
+  <si>
+    <t>Kære lille Elle!
+Endelig hørte jeg da en Gang fra dig, du maa nok vide dog, at jeg var lige ved at blive fornærmet paa dig. Men nu faar du alligevel saa mange 1000 Tak for dit lange interessante Brev! 
+Ja, er det dog ikke forfærdelig sørgeligt med den rare gamle Svigerfar, at han skulde bort fra dem alle sammen derhenne i Tarup og saa at de tilmed skal bort fra deres elskede Tarup, det maa rigtig nok være ganske forfærdelig trist for dem, alle de Stakler. Og sådan en Jul det bliver saa trist for dem, ja og for mig med, jeg glæder mig heller ikke spor til den, kan du nok forstaa, ved slet ikke endnu hvordan det bliver med at være her, hvis Thorvald beder mig om at være derhenne Juleaften, vil jeg selvfølgelig ikke sige nej, men det vilde jo være – ikke saa morsomt. Hvis han derimod ikke siger noget om det, mon jeg saa dog ikke kan være her? Nå, jeg vil naturligvis gøre det bedste jeg kan for dem frem for alt. - - I Morgen med Eftermiddagstoget, rejser jeg derud og på Mandag rejser ["rejser" overstreget] skal han begraves; jeg har næsten mest ondt af det for Thorvald, som gaar derovre alene uden at have en eneste af sine egne at tale med om det; han var hjemme i Søndags for 8 Dage siden ligesom alle de andre, Johanne, Mogensen, Chr. E. Chr. Elm. – kort sagt alle Børnene med Kærester, og da synes jeg det maa have været saa forfærdeligt for Thorvald at sige Farvel til sin Far og vide at næste Gang han kom igen var det til hans Begravelse. 
+Nu vil jeg sige dig en Ting, lille Elle, og det er, at der aldeles ikke kan være Tale om en Returbillet hjem i Julen – aldeles ikke Spørgsmaal om andet end at du faar dig en Bill ["Bill" overstreget] Ferie paa 14 Dage som alle andre. Er du maaske en Tjenestepige - ? Eller faar du måske saa stor en Gage, at du skal være bunden til Stedet i 8 Mdr. og saa nøjes med en ferie paa 4 Dage; det er Fanden gale mig det stiveste jeg endnu har hørt; jeg bliver saa oprørt lige ind i min Sjæls inderste hver Gang jeg tænker paa det. Søvren banke i det om du ikke skal faa dine 14 Dages Ferie d ["d" overstreget] jeg skal vise dig du skal faa det, vil du ikke sige: ”Sku’ Fanden” til Ta Mis, saa skal Mor og vil hun ikke saa skal jeg skrive et Donnerbrev til hende, det må du stole saa trygt, så trygt paa. – Jeg har ikke Tid til mere, har travlt med at få min sorte Kjole i Orden, d.v.s. piske til Odense ["Odense" overstreget] Højrup og aftale, prøve o.s.v.
+Endnu en Gang Tusind Tak for dit Brev.
+Et Kys fra Din Junge
+[På hovedet øverst på første side er skrevet:]
+Du skal maaske nok faa et rigtigt Brev inden Jul dette er kun fordi Alhed skriver – 
+Erikshåb 4de Dec. 96.
+[Rundt i kanten på side 2 og side 3 er skrevet:] Hør, det er sandt, dit lille Fæ! Når du rejser om Natten taber du jo Tid i Stedet for at vinde, en Returbillet gælder jo fra det Døgn, hvori den er taget, altså enten du tager – f.Ex – Mandag Morgen Kl 9 eller Mandag Aften Kl. 8, så gælder den lige længe, du maa da i alle Tilfælde forhøre først, om jeg skulde tage Fejl og om den mulig skulde gælde fra Klokkeslæt til Klokkeslæt, men jeg tror det ikke. 
+[Tværs over side 4 er skrevet:]
+Vil du sende dette til Anne så er Du sød, det er en Opskrift på Marcipan</t>
+  </si>
+  <si>
+    <t>1937-01-22</t>
+  </si>
+  <si>
+    <t>Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Axel  Müller</t>
+  </si>
+  <si>
+    <t>Sallinge Kro Højrup</t>
+  </si>
+  <si>
+    <t>Frihavnens Hovedkontor København</t>
+  </si>
+  <si>
+    <t>Otto Emil  Paludan
+Karen Pilegaard
+Bendt Schaffalitzky de Muckadell
+Janna Schou
+Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvem ingeniør Fleuron og sognefogeden var. 
+Herregården Gelskov brændte før 1917, og en ny hovedbygning blev opført (Wikipedia august 2025). 
+Oxfordbevægelsen var en kristen vækkelsesbevægelse, der opstod i 1920'erne, primært kendt for sin betoning af personlig omvendelse og fornyelse gennem fire moralske principper: Ærlighed, renhed, uselviskhed og kærlighed. Bevægelsen lagde vægt på, at enkeltpersoner skulle lade sig vejlede af Gud i deres daglige liv og søge aktivt medlemskab inden for de eksisterende kirker. Senere, i 1938, ændrede bevægelsen navn til Moralsk Oprustning og fokuserede på at bekæmpe truslen fra kommunismen gennem moralsk fornyelse (Internettet aug. 2025). 
+En alen er 627,708 mm = 62,7708 cm.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0923</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/0Vty</t>
+  </si>
+  <si>
+    <t>[Håndskrevet med blæk på kuvertens forside:]
+4’ Brev
+modt. 23’ Jan 1937.
+Hr. Sognefoged Axel Müller
+Frihavnens Hovedkontor
+Kjøbenhavn
+Ø.
+[Med blå kuglepen:]
+14-2-03.
+[Håndskrevet på kuvertens bagside:]
+A Warberg Müller
+Sallinge Kro
+Højrup.
+[i brevet:]
+Sallinge Kro, Fredag Fm. 22 Jan 1937.
+Min egen Ven!
+Tak for Opringningen i Aftes – det var vældigt rart at høre Jeres Stemmer – og at alt stod vel til. Jeg hungrer nu meget efter Breve, jeg længes efter Jer begge to.
+I Dag skinner Solen – her er usigelig dejligt hvor end Øjet ser. Der begynder at falde Ro over Gemytterne efter de store Trafiksensationer; i går drog de tre Odensianere afsted til Odense – d v s de to unge Mennesker måtte lade Lastbilen stå Falck kunde ikke få den manøvreret med. Ingeniør Fleuron trillede derimod glad afsted i sin lille fine ultramoderne Vogn; han og jeg var om Formiddagen til Frokost hos Baron Bent Schaffalitzky, som havde telefoneret efter os. Da vi var nået lidt udenfor Sallinge mødte vi Sognefogden – han vendte strax Kanen – stoppede mig ind i en herlig Kørepels – Hr Fleuron ved Siden af – selv stod han bagpå, og så susede vi afsted – over Markerne op til Korsvejen – så var der fin Vej lige til Gjelskov; der er bygget en ganske dejlig Herregård – store dejlige og hyggelige Rum med en god Brændekakkelovn i hver Stue – åbne Døre – en suite – og smilende søde Mennesker. Baronen hentede en støvet Perikumsnaps – brygget af Pallam i 1894 – den smagte! De mente, at når en Warberg var gæst, så måtte Tidspunktet være inde til den Snaps! Og så vankede der en god Cigar - . Baronessen og jeg fandt straks sammen i en lang privat filosofisk Snak i en Sofa. Hun er Oxford, siger Gud ustandselig, som var det en Person hun var dus med. Men det lykkedes alligevel at finde en hel Del Ting, vi kunde være enige om, og hun bad mig endelig komme igen. Hun skulde til Højrup i sin Bil, vi kørte med hende op til Korsvejen; Snekasterne var bleven færdig med Vejen, så vi gik det sidste Stykke til Kroen gennem 4-5 Alen høje Snemure. 
+For lidt siden kom Sognefogden, og vi aftalte at køre ned til Karen (Pilegaard) Frandsen i Højrup ved 1Tiden – så vil han hente mig igen i Aften; vi fik os en hyggelig Passiar om gamle Dage og alle Mennesker fra den Tid. Overalt og fra alle møder man en Bølge af Sympathi så snart det spørges, at man er en Warberg. Far må have været en højt elsket Mand, når denne Følelse kan leve gennem Generationer.
+Jeg er simpelthen lykkelig over at være her. 
+I Dag kan jeg altså ikke vente Brev - men mon der dog ikke kommer et lille et fra jer begge to i Morgen, Lørdag? Søndag skal jeg til Erikshåb. Nu skal jeg ud at se en Flyver starte. Hans Maskine har ligget her fra i går.
+Tusinde kærlige Hilsner til Jer begge!
+Din egen Dis.</t>
+  </si>
+  <si>
+    <t>1937-01-25</t>
+  </si>
+  <si>
+    <t>Sallinge Kro
+Højrup</t>
+  </si>
+  <si>
+    <t>Bakkevej 8 Hareskov St.</t>
+  </si>
+  <si>
+    <t>Mine -
+Lars Christian Balslev
+Maria Balslev
+- Bender, g. Petersen
 Hans Lorentzen
 Karen Lorentzen
+- Nortoft
+Marie Paludan
 Otto Emil  Paludan
-Ellen  Sawyer
-[...28 lines deleted...]
-København V.
+Karen Pilegaard
+Carl Schaffalitzky de Muckadell
+Erik Schaffalitzky de Muckadell
+Janna Schou</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvem gamle Christensens, den unge krokone, fru Olsen og sognefogedens var. 
+Baronen kan være både Carl og Erik Schaffalitzky de Muckadell.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0924a</t>
+  </si>
+  <si>
+    <t>Astrid Warberg-Goldschmidt håber, at man respekterer hendes valg af farver til køkkenet.
+Hun læser ikke som planlagt, men oplever sin gamle hjemegn på ny. Har været i Hillerslev kirke. Paludan/Pallam og hans søsters grav er herskabelig. Han var så beskeden. Albrecht Warbergs grav er groet til, men der står en bænk fra Erikshåb på den. Kirken lignede sig selv, men der er nu installeret audioanlæg. Astrid tænkte på sin konfirmation. Præsten var kedelig. Baronen tilbød kørelejlighed, men Astrid ville hellere gå. Efter kirken var hun hos Balslevs på Erikshåb. Om aftenen kom Hans/Loria og Karen Lorentzen. Astrid gik hjem til kroen i måneskin. Hun skal besøge gården Ensomhed.
+Astrid beder Axel Müller sende nogle eksemplarer af hendes bog.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Ibx1</t>
+  </si>
+  <si>
+    <t>[Skrevet med sort kuglepen på kuvertens forside:]
+5’ Brev
+26’ Jan. 1937.
+[Skrevet med blæk:]
+Hr
+Sognefoged Axel Müller
+Bakkevej 8 
+Hareskov
+[Skrevet på kuvertens bagside:]
+Afs.
+A Warberg Müller
+Sallinge Kro
+Højrup
 [I brevet:]
-Kjæreste Basse!
-[...48 lines deleted...]
-pr. Højrup Station.
+Sal[lin]ge Krou, Mandag 25 Jan. 37.
+Min egen Ven! Hvor er I dog søde til at skrive til mig – Tak for Brev - og Cigarer – og vil du også takke Skatteren for hendes søde oplysende Brev, og Nortoft for hans indlagte. Jeg glæder mig over, at sidstnævnte går i Gang med Køkkenet – men er lidt urolig for at du snakker ham fra altfor meget af det, vi aftalte en Del Farver, du véd, Farverne betyder så meget for Nervesystemet – de grå var efterhånden bleven mig en Pestilens. Mon Fru Olsen ordner Gulvet? Jeg er meget spændt på dine Foretagender – det vil betyde en uhyre Lettelse at få dem til Side. Hvordan går det med Grundsalget? Behøver jeg at bekymre mig for Pengene? eller at have Samvittighedsnag fordi vi ofrer så meget på mit Ophold her?
+Alt herovre er jo falden ud på en hel anden Måde end jeg havde tænkt mig, men på en bedre, tror jeg nok. Den dybe Ensomhed – de stille Timer på Værelset med Studium af lærde Værker – blev der intet af; men nu forstår jeg også, at det havde jeg slet ikke Kræfter til og det havde vist slet ikke været den rette Medicin. Det, som sker er langt bedre. Der vendes op og ned på alting; man sættes 50 År tilbage i Tiden – når man går ad de kendte Veje, hvor uhyre meget er ganske uforandret som dengang; og taler man med de gamle Folk, så fornemmer man også et levende Pust fra dengang; men ellers er Aanden i alting bleven helt anderledes – i den møder man den nye Tid – så vidt forskellig fra den gamle. Det har været meget overvældende for mig altsammen, men i Dag – den ottende Dag – føler jeg ikke mere så stærkt den rædsomme Susen i Hovedet, og jeg har sovet dejligt i Nat – for første Gang en god og rolig Nat. – I Går – Søndag – gik jeg sammen med den unge Krokone i Kirke i Hillerslev til Gudstjenesten Klokken 2. Det var bidende koldt – Frostklart, men Solskin. Vejene meget glatte. Jeg vadede gennem små Driver på Kirkegården for at se til Gravene. Pallams Gravsted er herskabeligt; dog er Marmorpladen med hans Navne etc - naturligvis sat ind i Stengærdet – som på Fars Grav! men Gravstedet er indrammet af et flot Smedejernsgitter – der er fine Plantninger o s v; hans Søster døde først, så Pallam har vel selv ordnet Gravstedet. På Marmorpladen står – med sorte Bogstaver som på Fars – altså ikke de sædvanlige forgyldte – hans Navn og – Godsforvalter på Erikshåb. Mens jeg stod og betragtede alt dette, kom jeg til at tænke på, hvor beskeden hele Pallams Stilling var i de 25 Aar, han var Fuldmægtig hos Far – hvis Ekko han var i et og alt. Han var jo en Asket – vilde ikke have Kakkelovn på sit Værelse og hvor var der uhyggeligt i Pallams Værelse! Så blev han Godsforvalter i de næste 25 År – måske 30 - og nu er hans Gravsted et af de fineste på hele Kirkegården. Hvor jeg under ham det! den goe, trofaste, beskedne Pallam! Så gik jeg over til Fars Gravsted i det modsatte Hjørne af Kirkegården; den er næsten helt groet til med Efeu; der står endnu en af de gamle, hvidmalede Havebænke fra Erikshåb – ældgammel nu og skrøbelig – jeg sad et Øjeblik og drømte om gamle Dages Glans og Storhed – sic trancit gloria mundi – Gravstedet er alt andet end prangende, men Fars Navn nævnes endnu med Ærefrygt af alle herovre på Egnen. – 
+Kirken var den samme – og dog anderledes; i hvert Fald hvad det indre angår; der var kommen 
+II
+Centralvarme – elektrisk Lys – og ditto Høreapparater – i en Del af Stolene – til gamle og døve – en Slags Højtaleranlæg til Prædikestolen. Enkelte gamle Kalkmalerier var afdækket i de smukke Hvælvinger – Kirken var bleven så hyggelig – vi kom i god Tid; Solen skinnede ind ad de store Vinduer – jeg genoplevede intensivt alle de store Begivenheder fra dengang for længe siden. Jeg så endnu Konfirmationsdagen for 40 Aar siden – jeg var – som Godsforvalterens Datter – den eneste hvidklædte – og stod øverst på Kirkegulvet – nederst stod Karen Pilegård – fordi hun var Friskolebarn!
+Nu er de ydre Kår byttet betydelig om – hun er nærmest Herregårdsfrue - - men så er jeg gift med Verdens dejligste Sognefoged !!!
+Prædikanten var en lille kedsommelig ung udflydende Fyr – som vævede en hel Time – lutter intetsigende Ord. Laders sad lige foran os. Der skulle ofres, og han havde glemt sine Penge – så jeg lånte ham en Tokrone. Vi hilste på Baronens, som tilbød os Plads i deres Vogn, men jeg foretrak at gå, og så vilde Laders følges med mig. For første Gang så jeg – og betrådte – den nye, flotte Landevej, som er ført over Aaen ned forbi Brinken til Odensebanken. Marie kom ud i Gangdøren og modtog os – hun er overvældende sød og hjertelig; så det varmer én lige ind til Hjerterødderne. Varme, hyggelige Stuer – Kaffe – Cigar. Vi snakker glimrende sammen. Til Aften kom Loria m. Kone (født Windfelt Hansen) – han hedder Pastor Lorentzen, Bror til den Vilhelm Lorentzen, som fylder 60 en af Dagene – Kunsthistoriker eller lign. De er fra Nr. Lyndelse Præstegård; nu er Loria Frimenighedspræst i Sønder Næraa. Et dejligt Aftensmåltid – i vores gode gamle Spisestue. Jeg genkendte rørt den gamle Kakkelovn fra vores Tid!
+Siden havde vi en dejlig Aften; det morede mig at høre på al deres muntre Præstesnak – begge Præster har meget Lune, det vrimlede med Vitser og morsomme Oplevelser. Marie kan ogsaa en Masse goe Historier – Dialekten kan vi alle. Så fik vi Dessert og Vin – og ved 10½ Tiden brød man op; Fru Loria kørte Bilen – de tog mig med til Korsvejen. 
+En fantastik Spadseretur! Det er vel et lille halvt Aarhundrede siden, jeg har gået alene en Aften på en øde fynsk Landevej. Måneskin – stjerneklart; langs Vejen på begge Sider høje Stenmure – de er bleven helt sorte nu og fortonede sig som mærkelige Granitmure – det var som at gå gennem et øde Månelandskab - - hvor Murene holdt op og Vejen blev åben, blæste det så voldsomt, at jeg kun med yderste Nød undgik at blive væltet! Men så kom jeg i Læ af de store Bakker – og nåede glad Kroen ved 11 Tiden. De sad oppe i ”Privaten” og vilde høre nyt ”fra den store Verden”; jeg gav dem et Passende Uddrag. 
+I Dag skal jeg til Mine i Lindemandshuset – vi er lige gamle og har leget sammen. I Morgen er vi bedt til Sognefogdens. En Dag vil jeg til Ensomhed – den gamle Frk. Petersen lever endnu – hun var Husjomfru på Gjelskov i 90erne og hed Jomfru Bender. Jeg har meget at gøre og Tiden flyver. Søndag tager jeg til Hesselager - man kan afbryde Rejsen en Dag. De er så interesseret i min Bog; vil du ikke ringe til Boghandler Oelenschläger - i Gyldenløvesgade (ved Søerne) – han havde et Restoplag – og få fat i en 4-5 Stk, jeg gav 50 Øre pr Stk sidst – som Forfatterinden – og sende mig dem til Gaver. 
+Kærlige Hilsner til Nusset og dig! Din egen Dis
+[Skrevet på langs på sidste sides venstre kant:]
+Frimærkerne er på retur!</t>
+  </si>
+  <si>
+    <t>1937-01-26</t>
+  </si>
+  <si>
+    <t>Mine -
+Janna Schou</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvem sognefogedens og kroejeren var.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0924B</t>
+  </si>
+  <si>
+    <t>Astrid W-G har en maveomgang. Hun rejser derfor hjem søndag og beder om togtider. Hun har besøgt Mine.
+Det er rædselsfuldt koldt både ude og inde. 
+Astrid spørger, hvordan det går med køkkenet og gulvet.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/5SX5</t>
+  </si>
+  <si>
+    <t>[Skrevet med sort kuglepen på kuvertens forside:]
+6’ Brev
+modt 27 Jan 1937
+[Skrevet med blæk:]
+Hr
+Sognefoged Axel Muller
+Bakkevej 8
+Hareskov
+Sjælland
+[Skrevet på kuvertens bagside:]
+A Warberg Müller
+Sallinge Kro
+Højrup
 [I brevet:]
-Søndag Formiddag 
-[...812 lines deleted...]
-Kjærlig Hilsen fra Din Smaa.</t>
+Sallinge Kro, Tirsdag den vistnok 26/1 – 37
+Min egen Ven! Jeg har haft en kedelig Nat med en Mavehistorie – sandsynligvis af Kulden. I Dag drikker jeg kogt Vand med Franskbrød til, fryser og er sløj; derfor har jeg bestemt mig til at rejse direkte hjem på Søndag – helst Formd., så jeg er hjemme ved Dagens Lys, men vil du ikke nok regne mig Togtiderne ud? Jeg tør ikke i denne infernalske Kulde risikere at komme i et koldt Gæsteværelse hos de gamle Christensens, og heldigvis har jeg ikke nået at få skrevet til dem. – I Går Eftmd. var jeg hos Mine – som endnu bor i det dejlige, gamle Hus under Ore Banker; jeg fik Kaffe, så alle de gamle Billeder og havde et Par ganske henrivende Timer; man fortæller, at hendes Hane er en Seværdighed på Egnen – det så det også ud til efter Billederne. Da jeg kom hjem, frøs jeg sådan, at de inviterede mig ind i Privaten – og der blev jeg endelig varm – men i Dag er her altså også meget koldt den forrygende Blæst går lige igennem de tynde Mure og jeg tør ikke gå ud med den usikre Mave. efter Middag skal vi til Sognefogden – jeg må se at få sovet lidt forinden. Jeg er spændt på, om der er Brev i Dag – hvordan mon det går med Køkken og Dagligstuegulv??? 
+Hvor var det dumt, jeg ikke tog Gummidunken med, men nu er det forsent for de Par Dage.
+Ja, dette Brev er kedelig, men det stammer fra Maven. Jeg begynder at glæde mig lidt til at komme hjem – sikke jeg skal fyre! ah!!
+Bare lillle Nus ikke fryser i sit Værksted – godt de fik Gederne! Tusinde Hilsner jer begge!
+Din egen Dis</t>
   </si>
   <si>
     <t>1896-07-21</t>
-  </si>
-[...2 lines deleted...]
-Erikshaab</t>
   </si>
   <si>
     <t>Hedda -
 - Berg, Frøken
 Christine  Mackie
 Ellen  Sawyer</t>
   </si>
   <si>
     <t>Det vides ikke, hvem R. Mortensen var.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0368</t>
   </si>
   <si>
     <t>Laura Warberg har været på rotur uden om klipper og grotter. Hun og Christine har også været i Djurperdal, hvor Chriustine klatrede som en ged. Lauras sko måtte bagflikkes. Værelset er meget lille, og ingen sæder er polstrede. Selskabet skal til Höganäs.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/eXMn</t>
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:]
 Hr Godsforvalter Warberg
 Erikshaab
 pr. Højrup
 Fyn.
 Danmark
 [Skrevet af ukendt:]
 9-6-03.
 30-1-2002. 
 [På kuvertens bagside:]
 Poststempler
 [I brevet:]
 Tirsdag - 
 Kæreste Abba!
 Dette bliver det sidste Brev fra Kullen, nu drager vi snart afsted, vi veed knap endnu hvorhen. Jeg har ikke faaet Brev fra R. Mortensen med Underretning om Turen til Trollhättan over Göteborg. I Aftes var vi en Rotur uden om Klipperne og Grotterne paa den ene Side (mod Sverig), det var efter et Par Dages Blæst bleven blikstille og dejligt; det var imponerende at see fra Dybet op ad de dejlige og mærkelige Stenkolosser. Om Eftermiddagen var vi i Djurperdal, men den var saa stejl, at jeg ikke vovede mig helt ned, Christine derimod klatrer som en Ged, det ser morsomt ud. Hun tænker paa i Dag at gaae til høje Kullen, jeg tør heller ikke tage den, men naar hun gaaer til Vejrs saa sidder jeg imens nedenfor, smukt er her allevegne. Men jeg er jo med de fleste Steder naturligvis, vi bestiller ikke andet spadsere, spise, hvile vi lidt og saa atter ud at trave, mine nye Sko maatte jeg i Gaar til Mølle med og faa dem bagflikket, endda jeg gaaer med de tykke Støvler om Formiddagen. Vi slaaer ikke Slag med de andre ret tidt, holder mest af at gaae alene. Det er et mageløst Vejr stadig væk! I Regn maae her ikke være godt, for vi har jo da bestandig ingen Steder at være. Paa Gaarden er kun Spisestuen med Borde og Stole og 2 Sofaer, og vort Værelse her er meget lille. Vi bliver ordentlig hærdede med haarde Sæder allevegne - - Stole – Bænke – Senge – og ude Stene, som vi jo meget ofte sidder paa, eller lige ned paa Jorden. I Gaar var vi i Mølle og inde i et Konditori at spise en Kage – der var polstrede Stole, et rent Velvære! og en Avis var der! ogsaa en Sjældenhed. Jeg sidder paa vor Bænk udenfor vor eget Logis, der er ikke tale om at skrive et Brev ved vort lille overfyldte Bord. Jeg har 6 Klipper for Øje her! Der staar en let Taage over dem til Morgen, Kl. er henad 8, Kl. 9 gaaer Brevene af og om Aftenen Kl. 8 kommer Posten. Christine glæder sig meget til at see Gruberne i Höganäss, jeg har nok, jeg vil nøjes med at høre om det. – Ja nu bliver dette Brev ikke længere, jeg skal ogsaa skrive til Tante Hedda. Det er vist rent galt, at jeg endnu ikke har gjort det, mente Elle. Det er jo glædeligt, at Frøken Berg skal have sin rare Enkemand. Nu kun de kærligste Hilsener til Eder allesammen fra Mor.
 [Skrevet langs venstre kant på sidste side:]
 Hils paa Gjelskov. Bare jeg dog kommer noget sammen med Ki[ulæseligt], mens de er der.</t>
   </si>
   <si>
-    <t>1896-8</t>
-[...2266 lines deleted...]
-  <si>
     <t>1900-01-08</t>
   </si>
   <si>
     <t>Hotel Phønix</t>
   </si>
   <si>
     <t>Højrup St. Fyen
 Erikshaab</t>
   </si>
   <si>
     <t>Julie Brandt
 Louise Brønsted
 Fru Emma Hirschsprung
 Ida -, klaverlærer
 Grethe -, København
 Christine  Mackie
 - Rosendal
 Cornelius Steffensen
 Andreas Warberg
 Laura Warberg</t>
   </si>
   <si>
     <t>Frk B må have været logerende hos Johanne. Det vides ikke, hvem hun var. 
 Johanne forventer, at hendes mindre søskende Frederik Andreas/Dede og Louise/Lugge skal bo i København fra den følgende sommer for at tage uddannelse. 
 Haabet = Erikshaab; Warberg-børnenes barndomshjem.</t>
@@ -3966,230 +466,50 @@
   <si>
     <t>Johanne håber ikke, at forældrene vil være kede af, at hun forlader sin stilling på Hotel Phønix. Hun kan ikke holde ud at være der og regner i øvrigt med at kunne leve af at undervise i klaverspil, nu hvor hendes teknik er blevet forbedret. Når lillebroderen og lillesøsteren m.fl. til næste sommer skal bo i København, vil hun desuden lave "et lille Hjem" til dem.
 Johannes cykel eksploderede for nogen tid siden. Cykelhandler Steffensen har opstillet regnskaber for reparation, indkøb af ny cykel og byttehandel hvad angår den gamle cykel, og Johanne beder om et godt råd.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/D63t</t>
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:]
 Hr. Godsforvalter Warberg
 Erikshaab
 Højrup St.
 Fyen
 [Håndskrevet i brevet:]
 Hotel Phønix
 Mandag 8-1-1900.
 Kære Far!
 Nu gaar det ellers kvikt med Brevskaben hjem til, men det er i alle Maader en bevæget Tid, vi lever i, saa der er stadig noget at skrive om. - Bare nu du og Mor ikke er kede af, at jeg har taget den Bestemmelse at rejse herfra; det maa I endelig ikke være, for det er saa sikkert og vist, at det er det fornuftigste, man maa dog ikke med koldt Blod spolere sig selv. - Det hele ser ogsaa helt tiltalende ud, synes jeg; dersom vi kunde være saa heldige at faa en betalende ung Pige, en der kunde give 50 Kr. om Mdn. ligesom Frk B. - deraf kunde jeg saa lønnes - - jeg forlanger ikke meget, bare saa rigeligt, at jeg hveranden Uge kan tage en Time hos Fru Rosendal, hvilket nu, da jeg har faaet en saa grundig solid Undervisning hos Ida vil være mig til stor Nytte; hun har jo nemlig den Force at bringe sine Elever til Vejrs i en farlig Fart, og det vil jeg godt kunne taale nu, da min Teknik er bleven saa grundmuret, at den ligefrem vækker Christines Beundring. Naar saa Dedde til September om et Aar skal bo i København, saa danner jeg "et lille Hjem" for ham og dem, der til den Tid kan være - Pan, Lugge, Grethe - - vi finder nok nogen. Saa meget maa jeg vel turde vente at faa ud af det i Fortjeneste, at jeg kan bo og spise gratis, og med det som Baggrund begynder jeg saa saa faa mig Musikelever - - Du siger maaske "Konen med Æggene", men oprigtig talt synes jeg ikke det lyder saa vildt.
 Saa maa jeg gaa over til den egentlig Grund, f ["f"overstreget] hvorfor jeg denne Gang adresserer Brevet til dig i Stedet for til Mor - hvilket jo i Virkeligheden er aldeles ligegyldigt, Brevene er jo altid til Jer begge to. - Som du vist kan huske, var jeg før Jul ude paa en Cycletur, da min Cycle eksploderede; jeg sendte den til en Cycklehandler Cornelius Steffensen, der er bekendt for en ualmindelig solid og retskaffen Person. Jeg var hos ham straks efter, men da var Cyclen endnu ikke kommen og saa har jeg Smølehoved først i Dag været der igen. Jeg talte med Manden selv, der var svært tiltalende, men hvad han sagde var ikke videre rart. Han viste mig - hvad jeg før havde lukket mine Øjne i for, at begge Dækslerne var saadan - ubrugelige, at Ventilerne var ude af Stand til at holde paa Luften og at jeg næppe kan bruge den herinde uden ny Fornikling; det vil altsammen - lavt regnet - blive en 50 Kr, kender jeg de Reparationer ret, bliver det en god Del mere. Det er knusende ærgerlig at ofre saa meget paa en gammel Cycle; hvor meget han vilde give mig for den som den stod der? - 20 Kr! Men hvis jeg købte en ny hos ham, hvad saa vilde [han] give for den? Saa vilde han beregne den til 50! - - Han viste mig saa en ny Cycle til 240 af udmærket Konstruktion; paa Grund af den døde Vintertil giver han Procenter, [komma overstreget] og vælger den for 200; saa var det 50 for min gamle Cycle - altsaa 2 ["2" overstreget] 150, vilde den komme mig paa. - Jeg har nu talt med Louis og Edmond Frederiksen; de kender begge den Forretning, roser den meget, siger at det lyder til at være et godt Bud, og de har lovet mig at hjælpe mig at se paa den saa jeg ikke skal gøre noget ufornuftigt.
 Saaledes staar Sagerne! Hvad skal jeg gøre? 1) Helt opgive min Cyclesport, hvilket jeg især nødig vil, naar jeg kommer hjem, 2) betaler ["r" i slutningen af ordet overstreget] mindst 50 Kr for at faa den nogenlunde repareret eller 3) give 150 Kr og faa en ny Cycle. - Det andet Punkt vil være dumt, er jeg bange for, det første fornuftigt men meget kedeligt, det 3die - - -?
 Du holder jo ikke af, at vi angriber Sparekassebogen, men mere end 40 Kr kan jeg ikke vente at spare op fra nu af og til Maj og saa er der jo 110 igen. - 
 Ja, hvad mener du nu? Hvis du ikke har noget imod det, vil jeg helst tage den nye, men jeg regner ikke [med], at jeg har Ret til at disponere over Pengene uden at faa dit Samtykke. Hvis du har Tid, vilde jeg svært gærne have Svar snarest, for han var ikke glad ved at have den til ["til" overstreget] Cycle staaende.
 Jeg har meldt mig ind til Fru Hirschsprung; jeg mødte hende paa Gaden i Dag og spurgte om de var hjemme i Aften. - Tiden er rendt fra mig, derfor er jeg nødt til at slutte kort af.
 Hilsen til hele Haabet
 fra Junge</t>
-  </si>
-[...115 lines deleted...]
-Paludan 2000
------------
-95,50
-[...60 lines deleted...]
-Johannes Larsen.</t>
   </si>
   <si>
     <t>1900-11-16</t>
   </si>
   <si>
     <t>Højrup
 Erikshåb</t>
   </si>
   <si>
     <t>Grethe Jungstedt
 Alhed Larsen
 Christine  Mackie
 Harris Sawyer
 - Sawyer, Harris' far
 Astrid Warberg-Goldschmidt</t>
   </si>
   <si>
     <t>Ellen Sawyer og hendes familie boede i Boston. De drev et kemisk laboratorium.
 Alhed Larsen havde smerter i forbindelse med sin anden graviditet, og lillesøsteren, Astrid/Disser, var pige i huset hos hende.
 Lille Lise er formodentlig en dukke.
 Det vides ikke, hvad Harris' bedstemor hed.</t>
   </si>
   <si>
     <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 1750</t>
   </si>
@@ -4203,166 +523,1450 @@
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:]
 Fru Laura Warberg
 Erikshaab
 Højrup
 Fyen
 Danmark
 [I brevet:]
 Kære Mor.
 Jeg er ked af at jeg må nøjes med Brevkortbrev idag, jeg havde i Sinde at skrive et godt langt Brev, men Dagen er løbet fra mig og det er næsten på Tide at få det i Postkassen. 
 Harry rejste pludselig i Aftes til Washington. Principalen telegraferede om han vilde komme ned og holde Foredrag ved et stort Agricultur-Møde! Han bliver borte i en Uge. Han var egentlig ganske fornøjet over Turen, - rejse gør ham altid godt. Jeg har allerede idag haft både Brev (skrevet i Toget) og Telegram med hans Adresse.
 Han har det så godt i denne Tid, Maven er i udmærket Kondition, vist på Grund af at han drikker så meget Mineralvand, - Vichy og Rissingen. – Han har en glimrende Appetit. – Han har haft rasende travlt ligesiden han begyndte at gå til Lab. En Del privat Arbejde er kommet ind, for han har lånt en Del Penge til Apperater, som er nødvendige for Arbejdet som kommer ind. Jeg vil fortælle mere om disse, når jeg har bedre Tid. – 
 Jeg passer mine Smørsyrer, - de holder sig c. ved det samme nu, - 35-37 Dol. om Ugen! – Det tager 2 Dage at preparere dem, men Harry har brugt mig så meget til sit Arbejde at jeg kun var hjemme én Dag sidste Uge og idag Fredag er min første Dag hjemme i denne Uge. Det er jo et anstrængende Liv, men når jeg kun ved at det hjælper Harry - og skal hjælpe os til at komme hjem til Sommer, er det kun som Løjer. 
 Tak for dit lange Brev og var Bogen fra dig?? Tusende Tak, - jeg tog den for en bedre Julepresent. Lille Grethe ser daglig i den og jeg tror hun forstår at det er Billeder, hun sidder ganske stille og pirrer lidt ved Billederne med sin Pegefinger. 
 Jeg er så ængstelig over Be! Bare det dog ikke er noget slemt. Det er rigtignok trist for for hende og det er skam også trist for lille Disser. Hun kommer nok til at hænge svært i, og Disser holder jo mere af ”literære Sysler”. Hvor er det dog forbistret at være så langt borte, - jeg er jo i Besiddelse af en Masse Smågoder som sådan én som Disser vilde goutere, - såsom Chokolade, Kager o.s.v. Cigaretter o. desl. 
 Fik ligenu Mornines Brev, - jeg vil nu selv skrive og fortælle hende hvor glad Grethe og jeg er ved lille Lise. – 
 Det var det jeg vilde sige: da jeg fortalte Harry at B. ikke var rask sagde han at jeg skulde bede dig sende mig Telegram hvis der er tale om Fare, hvad vi da ikke håber men det er jo ligeså godt at forudsætte det værste. Et Telegram med hans Adr. er nok og jeg kan være der i Løbet af 8-10 Dage. -
 Grethe strutter af Sundhed og er ubeskrivelig sød. Hun rejser sig op ved alle Stolene og begynder at gå ved at skuppe dem foran sig. Hun prøver øjensynlig på at tale og jeg tror at ”va – va” er ”Far” Hun har nu 7 Tænder. Hun er aldeles tosset efter Harry og mig, men bange for Fremmede. Svigerfars gl. Moder er død og de skal til Begravelse i Maine i Morgen
 [Skrevet lodret langs venstre margen på s. 6:]
 Skriv snart igen. Elle
 [Skrevet på hovedet øverst og ned langs venstre margen s. 1:]
 Ingen må sætte sig hen og sy Julegaver til mig iår, alle har Hænderne mere end [”mere end” indsat over linjen] fulde og jeg fik sådanne Bunker i fjor. Jeg vil intet have iår. -</t>
   </si>
   <si>
-    <t>1900-11-28</t>
-[...14 lines deleted...]
-Adolph Larsen
+    <t>1901-01-09</t>
+  </si>
+  <si>
+    <t>Johanne  Larsen</t>
+  </si>
+  <si>
+    <t>Alhed Larsen
+Johannes Larsen
+Hedevig Lützhøft
+Nicolaus Lützhøft
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Astrid var i huset hos Alhed og Johannes Larsen i Kerteminde. Alhed Larsen var bange for at være alene om natten - derfor skulle Astrid sove hos hende.
+Alhed Larsen var højgravid med barn nr. to, Johan/Lysse, da Astrid Warberg var i huset hos hende og manden. 
+Lundsgård er en herregård syd for Kerteminde. 
+Det vides ikke, hvad eller hvem Laf er.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 0399</t>
+  </si>
+  <si>
+    <t>Astrid synes at livet som pige i huset hos Alhed og Johannes Larsen er forfærdeligt. Hun tigger Johanne om at komme på besøg. Astrid ville gøre Alhed en tjeneste ved at hjælpe, men det virker ikke, som om Alhed og Johannes Larsen er glade for hende.
+Alhed er heldigvis lidt raskere, men hun har smerter i hoften, og hun har vejrtrækningsbesvær om natten.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/BYMC</t>
+  </si>
+  <si>
+    <t>[På kuvertens forside:]
+Frk
+Johanne Warberg
+Erikshåb
+Højrup.
+[I brevet:]
+Kerteminde Tirsdag
+Ak min kæreste Junge!
+Hvorfor skal Livet dog være så tomt og trist og uudholdeligt til Tider – mens til Tider der kan være Livsglæde i Overflod. Ak Junge – Junge – det er en Plage for hvert Åndedrag man er til – nu – her - ! Jeg savner Jer så rent meningsløst og kan slet ikke komme i Gang med trælsomme Skrubbeliv – og ej det alene, men også de frie Stunder er uudholdelige. Junge – hjælp mig! kommer dog ingen herned? At Mors Ophold her de Par Dage i det nye År er gået i Lyset, det er en hård Skuffelse. Jeg havde glædet mig så meget dertil. Men Junge - kan det dog ikke tænkes, at Du i Morgen, når Du modtager dette Brev – rejser herned med Iletoget – Du er så her Kl 6 ½. Las rejser i Morgen til Kjøbenhavn, jeg skal da ligge nede hos Be og Du kunde få mit Værelse – Ild skulde Du få både Morgen og Aften og Kaffe på Sengen og vi kunde spadsere ud i det smukke Land og gå op på Lundsgaard, hvor der skal være så smukt og så morsomt!
+Å Junge kom – kom! Du redder Din Søsters Liv derved!
+Beskrive kan jeg ikke, hvor rædselsfuldt alting forekommer mig at være – hvorfor skal man gå og slide sine bedste År op i åndløst og ufrugtbart Arbejde – Min Trøst før var den, at jeg gjorde Be en Tjeneste, da hun ingen Hjælp kunde få, men jeg tror slet ikke, de er videre glade ved mig, skønt jeg naturligvis gør mig megen Umage med Arbejdet – hvorfor skulde jeg jappe det af mig, der er jo ingenting som Hakken og Kalden.
+Heldigvis er det da en Del bedre med Be, hun har været oppe i Går og i Dag og Forkølelsen er stærkt på Retur, mens derimod Hoften er temmelig slem, og hun klager meget over ikke at kunne få Luft om Natten; men nu er Hovedgærdet bleven højere, og det har hjulpen godt, så Natten har været rigtig god. 
+- Lytzhøfts Brev var om noget Lotteriseddel til Fordel for dem – så vidt jeg forstod. 
+Tak endelig Mor så meget for Brevet! det var – kan Du tænke – uhyre velkomment. Der var for Resten glemt at lægge det omtalte Frimærke i – det er en Artikel, jeg meget gerne ser vedlagt i fra Frimærkernes Oplag.
+Mon Du kan læse disse melankolske Tæer? Indlagte Kort fra Laf har vi også ved en Fejltagelse fået med. Å, gid Du kom, Junge! jeg er nu atter rask og rørig – tilbragte en Nat i slem Hoste – intet kan jo holde Vindene ude – men gik tidlig i Seng i Aftes og er rask. Junge – Junge – Junge når kommer den lyse Sommer?
+Dis</t>
+  </si>
+  <si>
+    <t>1890-02-02</t>
+  </si>
+  <si>
+    <t>København V</t>
+  </si>
+  <si>
+    <t>Dora -
+Ludvig Brandstrup, billedhugger
+Andrea Brandt
+Julie Brandt
+Thomas Bredsdorff
+Ove Christensen
+Peter Hansen
+Anton Lorenzen
+Christine  Mackie
+Johannes Rump
+Fanny Schaffalitzky de Muckadell
+- Siesby
+Anna Syberg</t>
+  </si>
+  <si>
+    <t>En del af brevet er skrevet med en anden håndskrift end Alhed Larsens. Det er muligvis Johanne Larsen, Alheds søster, der har skrevet. 
+Der er usikkerhed om, hvem Dora er.
+Det vides ikke, hvilket kursus en af brevskriverne (muligvis Johanne Larsen) følger i København. 
+Hvem Jødinden er vides heller ikke. 
+Hvad eller hvem Tralleværket er er uvist.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB2091</t>
+  </si>
+  <si>
+    <t>Bredsdorff har været på besøg og har snakket, så Alhed ikke nåede at få brevet sendt i tide.
+Man opgav at gå over isen til Sverige. Dora og hendes bror har været på besøg. Det samme har Rump og Lorenzen. De to købte ind til toddy, og alle havde en god aften.
+Johanne Larsen (? - underskrift mangler) har fået ros af sine lærere. Hun går en masse til tandlæge. Lorenzen har inviteret hende på konditori. 
+Komtessen har været på besøg. Alhed går ikke til sang for tiden, men hun er nok nødt til at begynde igen. 
+Peter Hansen har inviteret damerne i Dagmarteatret.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/dLuM</t>
+  </si>
+  <si>
+    <t>[På kuvertens forside:]
+Fru Laura Warberg
+Erikshaab
+Fyn Højrup Station
+[På kuvertens bagside:]
+Elle! Elle! Min Kam! Naar faar jeg den???
+[I brevet:]
+Kære Moder!
+Da jeg kom fra Fabriken i Dag, sagde de andre, at vi skulde have et Brev afsendt i Dag, og at jeg skulde være Mester for det. – Men jeg havde ikke faaet begyndt endnu, da det ringede og Student Bredsdorff kom – (vi havde endnu ikke faaet gjort Alvor at det Du foreslog nemlig ikke at lukke op naar det ringer). – Br. var kommen hjem fra Falster i Gaar, han saa saa rask ud, og var saa fornøjet, ja ligefrem rasende grinagtig, saa vi maatte le af ham hvert Øjeblik, skønt det var dybsindige Emner, vi afhandlede, saasom Indremission, hans Indfald og hans Maade at udtrykke dem paa ere [det sidste e overstreget] saa grinagtig. Han sad og ”schlurede” et Par Timers Tid til Kl. 7 ½; saa opdagede vi, at det var bleven for sent til at faa Brevet af Sted i Aften; det er jo slemt, men Postgangen er jo uregelmæssig i denne Tid hele Landet over, saa er det vel ogsaa tilgiveligt, om den bliver det fra dette Sted. – Al Ting gaar sin rolige Gang her i Kafé ny Waldemar; her er ikke forefalden nogle større Begivenheder i den senere Tid. – Der var jo paatænkt en Sverigestur over Isen sidste Søndag, men den blev opgivet paa Gr. af Isens Uholdbarhed. Nu er det nok i det hele taget forbi med den Sport for i Aar. – Søndag Aften havde vi Dora og hendes Broder her; Dora kom om Formiddagen en Visit ogs [s overstreget] saa bad vi dem. De have længe hvilet tungt paa vor Samvittighed. Broderen er rigtig flink, minder lidt om Bru[ulæseligt] - -
+Om Lørdagen havde vi ogsaa Fremmede; om Form. kom Cand. Rump og Stud Lorenzen og spurgte, om de maatte komme om Aftenen og tage Rumps Kusine med, Johannes Kursuskammerat, og Christines Efterfølger paa Fogdaröd. – De kom jo saa men uden Kusine, - hun var bedt ud et andet Sted. Da vi havde drukken The (skaaren Smørrebrød – vi gør aldrig Extraanstalter, naar her kommer nogen. Saaledes blev Lut en Aften trakteret med Smør, Brød og en gammel, tør Osteskorpe der blev delt i 4 lige store Dele.) Altsaa, fo [”fo” overstreget] efter The forsvandt de to Gæster, de vilde ned at købe Cigaretter, sagde de. Men tænk, saa kom de op ikke alene med Cigaretter men med ¼ P Chokolade, Appelsiner og Cognac til Toddy. – Vi havde saa en umaadelig hyggelig Aften
+[Det følgende er skrevet med en anden skrift. Formodentlig af Johanne Larsen f. Warberg]
+Her maa jeg indlægge en kort Bemærkning. Først Tak for det brillante 20 Siders og for det mindre nu bag efter! Jeg har været hos Ove Christensen, siden vi sidst skrev, han var særdeles godt tilfreds med mine Fremskridt, han sagde gentagne Gange, at kunde jeg blive sådan ved, så kunde vi nok få noget ud af det. I Tirsdags havde vi første Gang Time med Hr. Siesby, han er en meget flink og behagelig Lærer. Jeg går til Tandlæge Secher i denne Tid, det er mindre morsomt og tager jo en del Tid, men jeg turde ikke vente længere, mine Tænder er så frygtelig ormstukne og hullede, også Fortænderne. På Vejen dertil i Dag indhentede Lorenzen mig, og vi fulgtes ad ind til Byen, hvor han var så galant at invitere på en Napoleonskage, og da jeg havde god Tid, vandrede vi så til Konditor. Det var slemt hos Tandlægen i Dag, på Tirsdag skal jeg der 1 ½ Time, men det bliver vist ikke så galt. [Herefter igen Alhed Larsens skrift] - - - Tænk, Komtessen har været heroppe en Visit, var det ikke forfærdelig pænt af hende! nu skal vi derned en af de første Dage. – Du spurgte forleden, om jeg sang. Nej, siden vi kom herind efter Jul, har jeg ikke sungen en Tone. Men jeg bliver nok nødt til at tage fat hos Jødinden igen. Jeg havde jo tænkt at trække mig ud af det paa Gr. af pekuniære Omstændigheder, men det lader sig nok ikke godt gøre; Fruen har nemlig hele Tiden, siden jeg blev syg sungen [et overstreget bogstav] med Anna for samme Pris, som hvis vi begge sang; hun spørger stadig om jeg snart kommer – Jeg har været paa Visit hos Benzens, de var meget elskværdige, vilde snart have fat i mig igen sagde de. – Nu kom P. Hansen (reverenter talt), tænk han vil invitere os og Brandt med i Dagmartheatret til ”tre for en”, han har lige faaet sine Penge i Rigsdagen i Dag. - - Det bliver morsomt! – Men nu er det jo saa, at jeg ikke godt kan skrive mere, hvis vi skulle naa det i rette Tid. – Men det er da ogsaa bleven et ganske ordenlig Brev ikke sandt - ? – Endnu kan jeg dog fortælle, at Brandt, hendes Søster Andrea og vi var ude hos ”Tralleværket” forleden Aften, vi blev voldsom trakterede og havde det morsomt i det hele taget. 1000 Hilsner fra os alle. Brandt, med og Per [”og Per” overstreget] P Hansen!
+Din Alhed
+Har Du ikke faaet Din lille Lampe endnu?</t>
+  </si>
+  <si>
+    <t>1891-19</t>
+  </si>
+  <si>
+    <t>København</t>
+  </si>
+  <si>
+    <t>- Boysen, København
+Johanne Christine Brandstrup
+Lauritz  Brandstrup
+Carl  Herold
+M Knipschildt
+Arnold Emil Krog
+Christine  Mackie
+- Paulsen
+- Stenberg
+- von Willich</t>
+  </si>
+  <si>
+    <t>Alhed Larsen boede foråret 1891 til foråret 1892 på Værnehjemmet i København og var i lære på Den Kongelige Porcelainsfabrik (=Fabriken).
+Laura Warbergs forældre ("De Gamle") flyttede i 1886 fra Langeland til København.
+Det er uklart, om Knipschildt er den person, hvis biografi der linkes til.
+Nicoline con Sperling forblev ugift, og Maria von Sperling giftede sig først i 1897, så den omtalte Fru Sperling er muligvis en helt tredje.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 0341</t>
+  </si>
+  <si>
+    <t>Laura Warberg har hørt, at hendes mands problemer kan skyldes polypper og synes, han skal få det undersøgt. 
+Hun har været på Den Kongelige Porcelainsfabrik hos datteren, og hun spiser frokost med sine gamle forældre hver dag. Alhed, bedstemor Hanne og Laura har købt tøj mm til Alhed.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Krfi</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Hr. Godsforvalter Warberg.
+Erikshaab
+pr. Højrup St.
+Fyn.
+[I brevet:]
+Torsdag d. 19de.
+Kjæreste Abba
+Fader har kjøbt mig nogle Chininpiller og naar jeg tager 3 eller 5 af dem, saa hjælper det paa Hovedet, igaar var det slemt om Formiddagen, men gik dog an til Middagen hos Fru Paulsen. Nu skal Du høre, hvad Boysen sagde, da han havde spurgt til Dit Helbred: om Du aldrig havde ladet din Næse undersøge, for dersom der er Polypper, saa kan de trykke paa Hjernen, saadan har von Willich havt det og han er nu bleven bedre ved Behandling af Si[ulæseligt]; de kan tillige give Asthma. Den Sag skal vi da drøfte med Din, hvem veed, om ikke Din Hoved Svaghed skriver sig fra noget lign. Men derom nærmere, naar jeg kommer hjem, jeg skriver det, fordi det optager mig saameget. Iaften skal vi maaske se Valkyrien, det bliver første Gang, jeg er i Teatret, spise til Middag hos [to ulæselige ord] først. Igaar var vi paa Fabrikken, meget interessant, men Krogh var der ikke, derfor saa vi kun lidt deraf. Fader har det nogenlunde i disse Dage og Nætter, jeg er der næsten hver Dag fra 10 ½ til 1, spiser Frokost der hver Dag. Vi har været paa Regensen en lille Visit hos begge vore unge Venner, Hanne Alhed og jeg, ligeledes i Landstinget. – Idag tænker jeg Kortene bliver sendt, sig til Christine, at hun strax sender til [to ulæselige ord], og hvem hun skal sende til herinde; Fru Sperling og Steenberg, Paulsen, Sc[ulæseligt] og Knipschildt beholder vi til, og til Herolds. Hun kan jo i det hele godt sende dem alle ud, undtagen til Egnen hjemme først paa Mandag. Jeg har travlt med at komme afsted til de Gamle. Imorgen tænker jeg vi gaar til Herolds og saa hæver Alhed forhaabentlig de sidste Penge, vi har kjøbt til hende Kjole [ulæseligt ord] og flere Smaating, vist for c. 75 Kr. Hanne hjalp os, vi var først paa Værnehjemmet og undersøgte grundigt hendes Garderobe.
+Jeg kommer paa Mandag med Iltoget, glæder mig til at komme hjem i Ro, dette Liv herinde er trættende.
+Mange kjærlige Hilsener til Alle fra Dit Es.
+Undskyld H[ulæseligt] Skriften.</t>
+  </si>
+  <si>
+    <t>1891-11-02</t>
+  </si>
+  <si>
+    <t>Postkort</t>
+  </si>
+  <si>
+    <t>Eline  Brandstrup
+Christian Caspersen
+Christine  Mackie</t>
+  </si>
+  <si>
+    <t>Alhed Larsen boede i København og arbejdede på Den Kongelige Porcelainsfabrik.
+"Ungen" var formodentlig Jørgen Brandstrup, Eline og Christian Brandstrups ældste barn, født 1890. 
+Det vides ikke, hvem L var.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 1201</t>
+  </si>
+  <si>
+    <t>Alhed Larsen beder moderen om at sende guldbronze og oliefarver. 
+Hun har mødtes med Eline Brandstrup.
+Alhed Larsens nye værelse er lidt tomt. Den store vase blev ikke helt vellykket.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/G76D</t>
+  </si>
+  <si>
+    <t>[På kortets forside er trykt:]
+BREV-KORT.
+(Paa denne Side skrives kun Adressen.)
+Til….
+[På kortets forside er håndskrevet:]
+Fru Laura Warberg
+Erikshaab
+Højrup Station
+Fyn
+[På kortets bagside er håndskrevet:]
+Hvis Chr. har en lille Flaske Guldbronce, vilde jeg gærne have den sendt sammen med det andet. Ligeledes mine Oljefarver, der ligger i Bordskuffen paa det graa Kammer. – Jeg tog mod Tante Eline i Aftes; Ungen var dejlig. – Traf Caspersen og var meget glad ved at høre noget direkte hjemme fra; jeg fulgte Eder i Tankerne i Gaar. I Dag har der vel været Sorg over L.s Afrejse. – Max var ogsaa med Toget. – Foreløbig befinder jeg mig udmærket i mit nye Logi, mit Værelse er endnu lidt tomt, men med Tiden bliver det vist nydeligt. - - Min store Vase var ikke saa god som den kunde være, men kunde dog nok gaa an [skrevet øverst på kortet og på hovedet:] Nu venter jeg snart paa Brev! Mange Hilsner Alhed.
+2den Nov. – 91</t>
+  </si>
+  <si>
+    <t>1894-02-11</t>
+  </si>
+  <si>
+    <t>Brevkort</t>
+  </si>
+  <si>
+    <t>Fluelen</t>
+  </si>
+  <si>
+    <t>Erikshaab Højrup Station Fyen</t>
+  </si>
+  <si>
+    <t>Alhed Larsen rejste med sine to morbrødre til Italien februar 1894. Hun blev i Italien i et år.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2215</t>
+  </si>
+  <si>
+    <t>Alhed Larsen rejser ned gennem Europa og oplever skøn natur, ser Alperne mv. Alt sammen er herligt.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/pD6O</t>
+  </si>
+  <si>
+    <t>[Fortrykt på postkortets forside:]
+Postkarte.
+Carte postale. – Cartolina postale.
+[Håndskreven på postkortets forside:]
+Fru Laura Warberg
+Erikshaab Højrup St
+Fyen
+Dänemark
+[Fortrykt på postkortet:]
+Souvenir [Håndskrevet over fotografierne:] 
+gem endelig dette for Billedernes Skyld.
+[Fortrykt under og over fotografierne:]
+LUZERN DER RIGI BRUNNEN TELLSKAPELLE AXENSTRASSE
+[På kortet:]
+Lørdag Aften. Turen fra Frankfurt am Main var dejlig – gennem Rhindale med grønne Sletter fulde af Frugttrær, smaa Vandløb o.sv. paa begge Sider Schwarzwald. Naade Luzern i Aftes ta ind paa et henrivende lille Schweizerhotel. Det var imponerende i Morges at se Alperne paa den anden Side af Vierwaldstättersøen. Denne har vi sejlet op af i Dag, stod af i Brunnen [to krydser indsat over ordet, og lignende to krydser indsat under fotografiet fra Brunnen øverst på kortet], spadserede 1 3/4 Mil, vældige Bjærge paa den ene Side, paa den anden Side den dejlige Sø. Medf. Billeder give et svagt Begreb om alt det herlige, jeg har set i Dag. I Morgen tidlig over St. Gotthard
+[Skrevet lodret i højre margen:]
+1000 Hilsner
+[Skrevet lodret i venstre margen:] x herligt! [et X indsat på fotografiet fra Axenstrasse]</t>
+  </si>
+  <si>
+    <t>1894-08-24</t>
+  </si>
+  <si>
+    <t>Italien
+Rufina</t>
+  </si>
+  <si>
+    <t>Vittoria Bacci</t>
+  </si>
+  <si>
+    <t>Alhed Larsen er med familien Bacci på deres landsted i Rufina nær Firenze.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2141</t>
+  </si>
+  <si>
+    <t>Alhed synes, det er sjovt slet ikke at tale dansk. Hun er blevet meget solbrændt i Rufina. Alhed har været på en lang tur i bjergene. De bader i en bæk og spiser og drikker godt.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/vlso</t>
+  </si>
+  <si>
+    <t>[Fortrykt på kortets forside:]
+CARTOLINA POSTALE ITALIANA
+(CARTE POSTALE D'ITALIE).
+NB. Sul lato anteriore della presente si scrivo soltanto l'indirizzo.
+93
+A
+[Håndskrevet på kortets forside:]
+Signorina Johanne Warberg
+Erikshaab Højrup
+Fyen
+Danimarca
+[Håndskrevet på kortets bagside:]
+Kære Johanne. Havde Du ikke glemt at lægge noget af Brevet i Konvoluten? Der var kun et Ark fra Dig, ingen Slutning og afbrudt lige midt i noget. Jeg tænker mig at det er Roen Elle, der har lagt det i Konvolut. - Ellers var jeg vældig glad ved det, det laa til mig svært tilpas, da jeg kom hjem fra Firenze efter at have afleveret Lud. Det er højst grinagtig ikke at tale et Muk dansk, kun sagde jeg i Morges til Fru B. idet jeg vågnede op: hvad er Klokken? Her er dejligt. Jeg er bleven mere brun i disse Dage end i hele den øvrige Sommer, fordi Luften er saa god. I Gaar var jeg alene en meget lang Tur oppe paa Bjærget og fandt yndige nye Veje. - Vi bader i en lille Bæk. Vi spiser vældig og drikker som Svampe. - Skriv snart igen. 1000 Hilsner. Tak for Brevet Alhed. 
+[Skrevet lodret langs kortets venstre margen:]
+Fredag</t>
+  </si>
+  <si>
+    <t>1894-09-26</t>
+  </si>
+  <si>
+    <t>Firenze</t>
+  </si>
+  <si>
+    <t>Adolfo Bacci
+Teresina Bacci
+Vittoria Bacci
+- Maltesen</t>
+  </si>
+  <si>
+    <t>Alhed Larsen var under sit ophold i Firenze i begyndelse af 1890erne meget knyttet til famailien Bacci. 
+Det vides ikke, hvem Pip var.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2178</t>
+  </si>
+  <si>
+    <t>Alhed savner at få brev fra sin mor. 
+Fru Bacci kommer hjem i dag. Hr. Bacci og søsteren har været glade for Alheds husførelse.
+Moltesen har inviteret Alhed med til Fiesole. Hun kan næsten ikke huske at tale dansk.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/PSJg</t>
+  </si>
+  <si>
+    <t>[Fortrykt på kortets forside:]
+CARTOLINA POSTALE ITALIANA
+(CARTE POSTALE D'ITALIE).
+NB. Sul lato anteriore della presente si scrive soltanto l'indirizzo.
+93
+A
+[Håndskrevet på kortets forside:]
+lla egregia Signore
+Signora Laura Warberg - Erikshaab
+Højrup St
+Fyen
+Danimarca
+[Håndskrevet på kortets bagside:]
+26 - Sept 1894
+Kæreste Mor!
+Jeg har ikke Tid at skrive i disse Dage til Eder, det vrimler med Fødselsdage, og at jeg har meget travlt vil Du kune forstaa af mit Kort til Pip. - Men jeg har i adskillige Dage ventet fra Dig; Du lovede at skrive saa snart Du kom hjem og ikke en Gang i Søndags fik jeg Brev; jeg længes meget efter Brev, navnlig da Du skrev at det var daarligt med Dit Ben. Skulde et Brev være gaaet tabt? - - I Dag kommer Fru B. hjem, jeg har i Dag faaet Brev fra hende, hvoraf jeg kan forstaa, at Manden og Søsteren har skreven meget anerkendende om min Husbestyrelse; det er jo rart, hvis jeg har kunnet hjælpe lidt, da de ere saa mageløse mod mig. - Den Moltesen kom kom forleden Form. er her for nogle Dage, inviterede mig paa en Tur til Fiesole i Morgen, højst grinagtig at tale dansk, kludrede ligefrem lidt i det strax og begyndte at tale italiensk. Pakker meget velkommen, mine Strømper vare paa Gravens Rand. - Mange kærlige Hilsner Din Alhed. Vældigt Tordenknald i dette Øjeblik</t>
+  </si>
+  <si>
+    <t>1894-10-09</t>
+  </si>
+  <si>
+    <t>Adolfo Bacci
+Vittoria Bacci
+Berta Brandstrup
+Ludvig Brandstrup, billedhugger
+Christine  Mackie
+Anna Magdahl Nielsen
+Johannes Magdahl Nielsen
+- Maltesen
+Alfred Rottbøll
+- Rottbøll, Fru
+Nicoline  von Sperling
+Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>Alhed Larsen opholdt sig et år i Italien fra februar 1894 til foråret 1895.
+Ludvig Brandstrup var i sensommeren 1894 i Danmark for at blive gift med Berta, og de kom begge derefter til Firenze.
+Viale-billedet var et maleri med motiv fra en snoet sti med rosenbede omkring.
+Akone fik bugt med det: Mens Alhed var syg, boede hun hos familien Bacci på deres landsted i Acone.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2154</t>
+  </si>
+  <si>
+    <t>Alhed Larsen maler nu på et nyt motiv fra Viale dei Colli - et springvand. Og hun maler et portræt af Berta Brandstrup. Ludvig Brandstrup roser hendes store billede fra Viale, og det er opmuntrende. Alhed har opdaget, at det er gavnligt at arbejde længe på et billede. Tidligere troede hun, at noget sådant ville ødelægge billedet. Alhed kunne ikke arbejde, da hun var syg. Maltesen blev ligefrem indlagt, og det var dyrt for ham.
+Alhed er glad for at bo hos Baccis. En ung pige fra Danmark skal bo hos Rottbølls. 
+En familie fra udlandet skrev om at blive indlogeret hos Baccis, og Fru Bacci måtte købe nye senge og gardiner. Familien meldte afbud, og dette betyder, at Alhed alligevel ikke kan bo gratis hos dem en tid - de mangler penge. Alhed er ulykkelig over at skrive, at hun ikke har råd til rejsen til Rom, hvis hun ikke får sendt midler. Alfonso Baccis bror har tilbudt hende et gratis værelse i Rom, men Alhed kan ikke være i byen alene. Hun har klaret sig for Frk. Sperlings pengegave længe, og Alheds far har sparet ved ikke at have hende hjemme. Man bliver sensibel i varmen, så hvis man skal undgå, at Alhed også kommer på hospitalet, må forældrene straks svare på, om de kan sende hende penge. 
+Den unge mand rejser med sit regiment nu, så Alhed ser ham nok aldrig igen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/1tGg</t>
+  </si>
+  <si>
+    <t>[På kuvertens forside:]
+Alla stimma
+Signora Laura Warberg
+Erikshaab Højrup St
+Fyen
+Danimarca
+[I brevet:]
+Torsdag d. 9ende
+Kæreste Mor! -
+Endelig er jeg kommen godt i Ro efter al den Rejsen, Syen, Laven i Stand, tagen imod Folk o.sv. og ikke alene kommen i Ro men ogsaa kommen i Gang med mit Arbejde, det er netop de sidste Dage falden i med et straalende Efteraarsvejr, og jeg har sat to temmelig store Billeder i gang, et nyt paa "Viale de Collie", Morgensol paa et Springvand og nogle Popler, samt et Portræt af Berta i hendes lille Værelse. Et ganske dejligt Motiv, navnlig hvad Farver angaar, hun har sit gule Brudeliv paa og til Baggrund et vissengrønt Silkestof, der sidder paa Muren. Hendes Hoved med Krøllerne og de friske røde Kinder er ligefrem smukt i de Omgivelser. Det er dejligt rigtig at komme i Gang med Malingen igen, jeg føler mig rasende oplagt. Jeg er ogsaa bleven meget opmuntret ved, at Lud syntes saa godt om mit store Viale Billede, jeg har malet en Del paa det, siden han saa det sidst. Berta, han og jeg var derude at se det sammen i Gaar Morges. Han roste det meget og var navnlig glad ved, at jeg rigtig har arbejdet med det og at det under dette Arbejde stadig er bleven bedre; dette er jeg ogsaa selv glad ved, da jeg jo før har troet at jeg ødelagde mine Billeder ved at arbejde paa dem. Ogsaa Berta syntes det var et smukt Billede. Det er mit Hovedværk hernedefra, hvis ikke Portrætet her bliver det. Jeg har arbejdet paa det i over tre Maaneder stadig med Lyst, lige indtil jeg blev daarlig. Dette at jeg blev daarlig sinkede mig jo vældig jeg kunde ikke arbejde mere i den Varme, jeg er saamænd endda sluppen naadig; Maltesen maatte paa Hospitalet en Maaned, - 20 Lire om Dagen og derefter til Tirol, har brugt en Masse Penge og er endda ikke rask endnu, det var Mavekatarrh, mit rimeligvis ogsaa, men Akone fik Bugt med det. Efter den lille Rejse føler jeg mig stadig som et nyt Menneske, saa forfærdelig frisk og kraftig og veltilpas. Baccis ere ogsaa mageløse at være sammen med, de ere saa forfærdelig gode ved mig, jeg kommer til at holde mere og mere af dem og de ogsaa af mig; og saa ere de tillige livlige, dygtige og energiske, altid i Virksomhed, aldrig trætte. - Konsulens er kommen hjem nu, men vi have faaet det ordnet saadan, at jeg bliver her den Tid jeg har tilbage; Det er efter alle Parters Ønske, Konsulens havde netop faaet Brev fra en Familie i Danmark, om de ikke havde Plads til deres Datter, der saa gærne vilde herned en Tur! Baccis vilde saa gærne beholde mig og jeg heller end gærne blive, og saa blev det saadan. - - Tilmed bor jeg jo her 75 Cent. billigere om Dagen, og det er jo, - - - ja nu nærmer jeg mig et skrækkeligt Punkt, som jeg er nødt til at skrive om, men som jeg er rasende ulykkelig over. - Det trykker mig meget i disse Dage. Jeg har haft en slem Skuffelse; Fru Bacci fik for nogen Tid siden Brev fra nogle Udlændinge med Forespørgsel om de kunde komme i Pension hos hende i Vinter, hun blev forfærdelig glad over det, da de har svært ved at komme ud af det, naar de ikke har andre Ma ["Ma" overstreget] Indtægter end Mandens Maling. Hun sagde at hvis de kom, vilde hun invitere mig til at være hos dem en Maaned; der blev skreven frem og tilbage om det, og tilsidst blev det fuldstændig bestemt, saa Fru B. købte to nye Senge, Gardiner o.sv. - Samme Dag som de ventedes hertil, kom der imidlertid Brev, at de ikke kom alligevel. Forfærdelig uforskammet imod Baccis, der ogsaa var meget ulykkelige, da de havde gjort de store Indkøb. Og min Maaned røg i Lyset, det var et haardt Slag for mig, jeg havde glædet mig meget til at skrive det hjem. Nu er det mig umuligt at holde ud til Magdahls komme midt i Nov. altsaa en Maaned endnu. Jeg har sparet saa meget, som det paa nogen Maade var mig mig ["mig" overstreget] muligt. - Jeg havde jo tænkt, at jeg kunde spare vældigt i de to Maaneder jeg var alene, ved min Kost, men da [jeg] blev daarlig var det jo umuligt. - - - Uh ha, hvis I vidste, hvor jeg er ulykkelig, over at skulde skrive dette, de forbistrede Penge. Jeg ser tydelig Far ryste paa Hovedet og sige, "ja jeg tænkte det nok, de lod mig ikke slippe med det". Men én Ting, Far, maa Du nu ogsaa tænke paa, at I ["I" overstreget] i de fire Maaneder, jeg har været her for Frk. Sperlings Penge der kun var lige til Opholdet, har Du helt været fri for ["for" indsat over linjen] mig, jeg har udelukkende holdt mig oppe med de Penge, der var d ["d" overstreget] tilovers fra Dine Maaneder. Var jeg kommen hjem, var der dog altid gaaet baade til Klædedragt og Malerværk. - Men jeg har sandelig sparet hele Tiden alt det jeg kunde, og jeg synes da i Grunden ogsaa at jeg har holdt længe ud med de Penge. - - Det, det kniber med er Romerrejsen, hvis jeg ikke skulde til Rom, kunde jeg blot blive her lidt længere og saa rejse hjem. Men jeg maa jo til Rom ?? - Og der viser sig stadig ikke nogen anden Udvej end Magdahls. Alle sige, at jeg kan ikke rejse alene til den store By ganske ukendt; man kan knap gaa alene paa Gaden; Maltesen fortalte om en ung norsk Dame, der blev ilde omtalt dernede, fordi hun altid gik alene. - - - Bacci har en Bror og Svigerinde dernede og de har tilbudt mig et lille Værelse ganske gratis, det er jo et storartet Tilbud, næsten altfor galt, da jeg aldrig har set dem; og alt er meget dyrt dernede, jeg vilde ikke kunde faa et Værelse under 2-3 Lire om Dagen alene for et Værelse med en opredt Seng! - Men dette kan jeg ikke benytte uden Magdahls, der kan følge mig til Døren om Aftenen. Broderen og hans Kone ere nemlig borte hele Dagen fra 7 Morgen til 11-12-1 om Aftenen. De have en stor Pelsforretning og arbejde kun 3-4 Maaneder om Vinteren, i den Tid tjene de til hele Aaret. - Men det er jo storartet, at de ville give mig Værelset, jeg kan ogsaa lave mig min Morgenmad i deres Køkken. - - - - Nu ved jeg ikke mere at skrive om dette sørgelige Emne, men I maa endelig svare strax paa dette og lade mig vide rigtig, hvad Indtryk dette Brev har gjort, navnlig paa Far; det er mig en Gru at tænke paa at jeg skal gøre volde ["gøre" overstreget; "volde" indsat over linjen] ham den Tort, jeg var dog saa forfærdelig rørt over, at han i det hele taget lod mig rejse. - Men jeg tror, at jeg ["jeg" overstreget] naar jeg kommer hjem, vil I ikke fortryde paa det, Rejsens Virkninger har overtruffen i alt Fald mine dristigste Forventninger, navnlig ved det at jeg er bleven saa længe borte tror jeg, at den har gjort godt. De første Maaneder vare jo temmelig triste. Og at jeg er gaaet meget frem i Malervæsen er der ingen Tvivl om. - Jeg har malet alt i alt 13 Billeder tillige med det, jeg sendte hjem, altsaa 15 med dem, jeg har begyndt paa; Tallet er jo ikke svimlende, men det ene er stort og har kostet mig meget Arbejde. - Desuden har jeg gaaet meget paa Museer, og den Tid har ikke været spildt. - Dette Brev handler nok udelukkende om mig selv; Hovedmeningen er jo, at jeg i Grunden har det storartet men at der er dette sorte Punkt. Indtil jeg faar Svar, vil jeg gaa med Feber og Mavepine, - skriv derfor strax og helst beroligende, man er meget sensibel i dette Klima, og tænkt ["t" i slutningen af ordet overstreget] hvad det vilde koste om jeg maatte paa Hospitalet for 20 Lire om Dagen!!! - 
+Apropos, det er jo storartet, at Christine er kommen saa godt i gang i Odense! - - 
+Naar jeg har hørt fra Eder skriver jeg strax igen og skal saa skrive om alt f Ex Lud og Berta, der er storartet. de har Værelse her hos B's. - - Jeg haaber Dit Ben er helt kommen sig nu. - Nu skal jeg ned at male paa Berta. - - 1000 Hilsner fra Eders - trods alt - trofast hengivne datter Alhed.
+Jeg kommer pludselig i Tanker om, Du, Mor, har da ikke endnu Betænkeligheder med den unge Mand, navnlig fordi jeg nu stadig bor her. - - Vær ikke bange, han rejser en af dagene herfra til sit Regiment i Turin, og jeg ser ham rimeligvis aldrig mere, - men er meget fattet alligevel. -</t>
+  </si>
+  <si>
+    <t>1894-11-28</t>
+  </si>
+  <si>
+    <t>Berta Brandstrup
+Ludvig Brandstrup, billedhugger</t>
+  </si>
+  <si>
+    <t>Alhed Larsen var i Italien fra foråret 1894 til foråret 1895.
+Alheds søster, Johanne, var i huset på Nislevgaard ved Otterup.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2156</t>
+  </si>
+  <si>
+    <t>Alhed blev glad for moderens brev. Hun kan ikke nå at skrive et brev, så derfor dette kort, inden moderen rejser til Nislevgaard.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/uqv3</t>
+  </si>
+  <si>
+    <t>[Fortrykt på kortets forside:]
+CARTOLINA POSTALE ITALIANA
+(CARTE POSTALE D'ITALIE).
+NB. Sul lato anteriore della presente si scrive soltanto l'indirizzo.
+93
+A
+[Håndskrevet på kortets forside:]
+A Signora L. Warberg 
+Erikshaab – Højrup 
+Danimarca Fyen
+(Håndskrevet på postkortets bagside:]
+Kæreste Mor! Jeg vil strax sende Dig to Ord for sige Dig, hvor henrykt jeg blev over dit Brev i Gaar; det laa til mig, da jeg kom hjem i Aftes, fulgt af Lud og B, der ogsaa blev ["blev" indsat over linjen] vældig glade. – Jeg havde begyndt paa et Brev, men paa Gr: af ”indtrufne Omstændigheder” kan jeg ikke faa det færdigt; Saa sender jeg det, saa I har det det Mandag; Dette vilde jeg have, Du skulde have inden Du tog til Nislevgaard. - - Hvor morsomt, at det er B’s Kusine! – Alt vel uden Tandpine 1000 Hilsner til alle - Alhed</t>
+  </si>
+  <si>
+    <t>1895-02-01</t>
+  </si>
+  <si>
+    <t>Rom</t>
+  </si>
+  <si>
+    <t>Berta Brandstrup
+Johannes Magdahl Nielsen</t>
+  </si>
+  <si>
+    <t>Alhed Larsen opholdt sig i Italien fra februar 1894 til april 1895.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2140</t>
+  </si>
+  <si>
+    <t>Alhed Larsen er i Rom med Magdahls. De farer rundt for at se mest muligt. Nu skal de til Forum Romanum. De bor tæt på Piazza del Popolo og Den Spanske Trappe, hvor der er italienskklædte modeller.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/knH1</t>
+  </si>
+  <si>
+    <t>[Fortrykt på kortets forside:]
+CARTOLINA POSTALE ITALIANA
+(CARTE POSTALE D'ITALIE).
+NB. Sul lato anteriore della presente si scrivo soltanto l'indirizzo.
+94
+A
+[Håndskrevet på kortets forside:]
+lla Signorina Elle Warberg
+Erikshaab - Højstrup St.
+Fühnen
+Danimarca Fyen
+[Håndskrevet på kortets bagside:]
+Rom d. 1ste. Vi have det storartet i Rom, fare rundt for at faa alt at se, hvilket forresten vilde være umuligt, selv om vi blev her et Par Maaneder hvilket vi ikke gøre, da her desværre er meget dyrt. Men vi more os glimrende og nyde al den dejlige Kunst. - Magdahls ere meget elskværdige. Det er dejligt Solskin udenfor, og nu skulle vi ned paa Forum Romanum, disse imponerende gamle Ruiner af Triumfbuer og Kajserborge. Vi bo lige ved Siden af "Piazza del Popolo" og den "spanske Trappe" hvor der er mange smukke og italienskklædte Modeller. Mange Tak for Elles Brev modtaget i Dag. Hvornaar vente I mig hjem? Det bliver storartet først at faa Foraaret her og saa hjemme. 1000 Hilsner [skrevet øverst på kortet og ned langs højre margen:] Hilsen fra Berta til Elle og min egen Elletrunte.</t>
+  </si>
+  <si>
+    <t>1897-8</t>
+  </si>
+  <si>
+    <t>Sverige</t>
+  </si>
+  <si>
+    <t>Marie Schou
+Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>Alhed Larsen var i september 1897 på et månedlangt ophold på Larsen-familiens skovgård, Höljeryd, i Småland sammen med Johannes Larsen, Karl og Marie Schou, Sybergs m.fl.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2124</t>
+  </si>
+  <si>
+    <t>Rejsen gik godt, men Marie var søsyg hele tiden. Nu går de rundt i Halmstad, og i aften tager de til Höljeryd. Alheds ansigt der ligeså brunt som hendes fars hals. Det er dejligt at have ferie.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Ay6b</t>
+  </si>
+  <si>
+    <t>[Fortrykt på kortets adresseside:]
+BREFKORT.
+(DENNA SIDA ANVÄNDES ENDAST FÖR ADRESSERINGEN.)
+Till
+(Bostad,)
+om den kan uppgifvas:
+(Adressort:)
+[Håndskrevet på kortets adresseside:]
+Fru Laura Warberg
+Erikshaab - Højrup
+Danmark Fyen
+[Håndskrevet på kortets bagside:]
+Lørdag Form.
+Vi ankom godt hertil i Aftes, for sent til at skrive. Rejsen var god men sen, da Vinden mest var imod. Marie var søsyg hele Tiden, jeg slet ikke. - Nu gaa vi rundt og movere os lidt i Halmstad, der er en nydelig By, i Aften tage vi til Höljeryd. - Vi saa Lerchenborg Skove og kom ganske nær Kullen, saa Höganäs og Mølle. - Mit Ansigt er bleven ligesaa brunt som Adis' Hals. - - Det er storartet at have Ferie og at være i den friske Luft hele Dagen. - 1000 Hilsner! Eders A -</t>
+  </si>
+  <si>
+    <t>1898-06-27</t>
+  </si>
+  <si>
+    <t>Erikshaab Højrup Fyen</t>
+  </si>
+  <si>
+    <t>Wilhelmine Berg
+Louise Brønsted
 Alhed Larsen
-Johanne Christine Larsen
-[...1 lines deleted...]
-Felix Mendelssohn
+- Svendsen, frøken</t>
+  </si>
+  <si>
+    <t>Alhed Larsen skulle på bryllupsrejse.
+Munter var Warberg-familiens hund</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 1734</t>
+  </si>
+  <si>
+    <t>Det er godt for Alheds helbred, at hun skal rejse.
+Tante Mis er syg, og lægen tror, at det er en byld, der kræver operation.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/0vEv</t>
+  </si>
+  <si>
+    <t>d. 24/6 98
+Kære Moder!
+Tak for Brevet med de glædelige Nyheder ang. B. Det er jo svært morsomt med den Rejse for dem. Det er glimrende for B’s Helbred. 
+Det vil [”vil” overstreget; ”er” indsat over ordet] er såmænd Grund nok med Mis’ Sygdom at opgive Selskabet. Der er ganske vist ingen øjeblikkelig Fare, men det kan der jo hurtigt komme. Dr. er temmelig betænkelig tror jeg. Han mener Byld og måske Operation. Hun ligger mat hen med en Del Smerter, nyder kun Vin, Sodavand og Mælk. – Det bliver rimeligvis langvarigt, og i så Fald må de jo have Sygeplejeske. – 
+Jeg kan nok gå herfra en hel Del, - der er i Grunden ikke megen Pasning, - så nu går jeg til Frk. Svendsen og klemmer hende. 
+Man hører megen Ros over Lugge?. – Skriv snart igen. Hlsen til alle også Munter -</t>
+  </si>
+  <si>
+    <t>1899-09-03</t>
+  </si>
+  <si>
+    <t>Christine  Mackie</t>
+  </si>
+  <si>
+    <t>- Bendtsen, Frøken
+Berta Brandstrup
+Lauritz  Brandstrup
+Ludvig Brandstrup, billedhugger
+Louise Brønsted
+Katrine -, Erikshaab
+Alhed Larsen
 Augusta Mogensen
-Christian Mogensen
-[...29 lines deleted...]
-    <t>https://fynboerne.ktdk.dk/d/V6OL</t>
+Jupiter Mogensen
+Henning Schroll
+Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>Selvom brevet er skrevet på brevpapir fra Erikshaab på Fyn, må det reelt være skrevet i København, hvorfra det også er afsendt. Laura Warberg var på vej til Småland, hvor datteren Alhed, hendes mand Johannes Larsen, parrets søn og adskillige flere opholdt sig.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB0031</t>
+  </si>
+  <si>
+    <t>Det er godt, at Christine venter et år med at tage til Askov.
+Laura beder datteren plukke en buket siv ind og at fjerne det stikkende gulvtæppe. 
+Laura har haft en god rejse og tager den følgende dag videre til Sverige.
+Det går den forkerte vej med Bedstefar. Laura spørger til Frk. Bendtsen, som er syg.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/NBP7</t>
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:]
 Frøken Astrid Warberg
-Kærbyhus
-[...2 lines deleted...]
-Poststempel
+Erikshaab
+pr. Højrup St.
+Fyn
+[Fortrykt på brevpapiret:]
+A.C. Warberg,
+Godsforvalter,
+Erikshaab pr. Højrup St.
+[Håndskrevet i brevet:]
+Søndag Formiddag paa Fars Værelse
+Kære lille Putte!
+Nu skal Du strax faae en lille Beretning om min Rejse, men først Hilsen fra Far, at han af Hensyn til Dit Helbred naturligvis ogsaa af Penge-Hensyn synes godt om Du venter et Aarstid med Askov, desuden er vi begge glade ved at Du maa have vor Putte hjemme i Vinter. Mens jeg husker det – jeg glemte en Daase Kakao til Alhed, men nyd Du en af dem hver Dag, naar de andre drikker The. Vil Du endelig huske at tage en stor Buket Siv ind snarest; sæt den i en Krukke med Vand paa et af Værelserne, Vandet skal ikke skiftes eller fornyes, det skal bare dunste bort. Og vil Du saa ogsaa endelig strax faa taget det strikkede Gulvtæppe bort fra Dit Værelse og lade det rigtige kommer paa igen. Vil Du ikke ogsaa have Tæppe paa i det store? Nu maa Du ikke opsætte disse Ting lille Putte. – Vi kom godt ind med lille Jupiter, han var rigtig skikkelig næsten hele Vejen, græd egentlig kun lidt, mens vi stod i en gyselig Trængsel paa Skibet og ventede på at komme i Land. Jeg var paa Dækket hele Tiden, det var yndigt Vejr og næsten stille. Langt om længe fandt vi paa Banegaarden. Far og Fru M’s Familie. I Morgen rejser jeg til Sverig, her laa Brev til mig. Lugge bliver deroppe til paa Onsdag, Lud er der endnu og Muk gaar paa Jagt med ham. Det var herligt, at lille Muk fik den Tur. Hun er saa huslig og flink, siger Berta, og der er saa yndigt og komfortabelt oppe og de har rigeligt med Mad i Aar. – Nu skal Far og jeg ud at see til Bedstefar, de siger han gaaer stærkt ned ad Bakke. Daisy kunde kende mig, hun sagde strax ”Aua” Lad mig nu snarest muligt høre fra Dig lille Putte! navnlig om, hvordan Frøken Bendtsen har det; jeg er bleven ængstelig, mens jeg er borte, for at hun skulde blive mere syg. Men i saa Fald henter I da Schroll! 
+Jeg bor i et stort Værelse paa 3de Sal. Mange Hilsener til Eder alle sammen! Lad nu Jørgen køre med Iltoget, om det kører fra Faaborg Alhed er kommen, saa Katrine slipper at gaae derned.
+Mor.</t>
+  </si>
+  <si>
+    <t>1899-09-18</t>
+  </si>
+  <si>
+    <t>Båxhult pr. Landeryd</t>
+  </si>
+  <si>
+    <t>Christine  Mackie
+Ellen  Sawyer</t>
+  </si>
+  <si>
+    <t>Laura Warberg var i september 1899 med Alhed og Johannes Larsen og deres lille søn på Larsen-familiens gård, Båxhult i Småland.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 0027</t>
+  </si>
+  <si>
+    <t>Pakken er kommet, men uden brev. Laura Warberg synes, at Astrid skriver for sjældent. Laura vil rejse hjem otte dage efter, at kortet er sendt.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/pHgU</t>
+  </si>
+  <si>
+    <t>[Fortrykt på brevkortets forside:]
+BREFKORT.
+(DENNA SIDA ANVÄNDAS ENDAST FÔR ADRESSERINGEN) 
+Till
+Bostad: 
+(om den kan uppgifvas.)
+Adressort:
+[Med håndskrift på kortets forside:]
+Danmark.
+Frøken Astrid Warberg
+Erikshaab
+Højrup Fyn
+[Håndskrevet på kortets anden side:]
+Båxhult d: 18de.
+I Aften kom Pakken, og vi var meget glade ved at see den i Havn, men nok lidt skuffede over ikke at finde Breve deri. Du forsømmer os rigtignok lidt svært lille Putte, jeg har kun faaet et eneste Brev paa de 2½ Uge, jeg har været borte. Ikke et Ord om Elles Brev, hvilket dog vist er kommen til Chr. Nu tænker jeg stærkt paa at rejse herfra i Morgen 8 Dage vist nok. Hilsener til Eder alle! Dette bliver sikkert mit sidste Brev herfra</t>
+  </si>
+  <si>
+    <t>Erikshaab pr. Højrup</t>
+  </si>
+  <si>
+    <t>Louise Brønsted
+Christian Eckardt
+Kristina Eckardt
+Alhed Larsen
+Johanne  Larsen</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvilken kopi det er, som Alhed Larsen har solgt.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB0342</t>
+  </si>
+  <si>
+    <t>Louise har bestået kemieksamen med glans. Mange andre klarede det ikke. 
+Alhed har solgt sin kopi for 70 kr.
+Laura, Alhed og en til har været til frokost i Tordenskjoldsgade.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/XJJe</t>
+  </si>
+  <si>
+    <t>Her Godsforvalter Warberg
+Erikshaab
+pr. Höjrup
+Fyn.
+[Kuvert bagside:]
+Hilsen til alle paa Haabet fra Familien Zulu. 
 [I brevet:]
-Onsdag Aften d:28de
-[...9 lines deleted...]
-    <t>Louise Brønsted
+Fredag KL. 4½.
+Kære Abba !
+Muk bestaaet med Glands i Kemi; var oppe i Kulstof og sagde ingen Fejl. Flere andre af dem der bestod, klarede sig ikke nær saa godt. Jeg kom i Formiddags og tog næsten Alhed paa Sengen. Hun har solgt sin Kopi og faaet 70 Kr. for den. Jeg gik uden Indbydelse med hende og Mo[ulæseligt] til Frokost i Tordenskjoldsgade, blev vældig pænt og venligt modtaget var der 2 Timer. Har nu været paa en lang Visit i Læssøegade, skal til Christian og Stine i Morgen til The med Junge, jeg naaer alt udmærket!.
+Det er Middag nu!
+Muk er straalende, hun havde været meget ængstelig.
+Mange Hilsener.
+Din Smaa.</t>
+  </si>
+  <si>
+    <t>1898-02-03</t>
+  </si>
+  <si>
+    <t>Erikshaab pr. Højrup St.</t>
+  </si>
+  <si>
+    <t>Jens Theodor Berg
+Wilhelmine Berg
+Johanne  Brandstrup
+Louise Brønsted</t>
+  </si>
+  <si>
+    <t>Laura Warberg overnatter på sin søster (Mis) og svogers (Zuluen) pensionat.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, uden registreringsnummer ("Bibbe-brev"?)</t>
+  </si>
+  <si>
+    <t>Laura Warberg kom frem uden søsyge. 
+Louise skal til eksamen i kemi.
+Der er fuldt hus, så Laura skal sove i Jens*/Zuluens værelse.
+Albrecht må ikke tage de øverste manchetskjorter på til Arreskov.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/P2tE</t>
+  </si>
+  <si>
+    <t>[Fortrykt: Postvæsenets logo] 
+KORRESPONDANCE-KORT.
+Til 
+[Håndskrevet:]
+Hr Godsforvalter Warberg
+Erikshaab
+pr. Højrup
+Fyn.
+[s1:]
+Torsdag d: 3de
+Kære Abba! Jeg slap over Bæltet uden Søsyge kom først i Kahytten og fik den bedste Plads, hvor jeg laa uden at røre mig. Sov udmærket i Missionen og kom her Kl. 10 til stor Glæde og Overraskelse for dem her. Jeg mødte Muk paa Trappen; hun skal op i Kemi i Morgen, er rask og ser godt ud. Her er fuldt Hus, saa jeg skal ligge paa Sofa i Zulus Stue, men det er jo rigtig godt; Mis siger at jeg kan være ganske ugenert her. I Aften gaaer jeg til Mor; de siger hun er ikke rask. Tag ikke de øverste Manchetskjorter til Arreskov, de er gule. Mange Hilsener! Jeg kommer altsaa Mandag. 
+Din Smaa.</t>
+  </si>
+  <si>
+    <t>1898-03-15</t>
+  </si>
+  <si>
+    <t>Tanus -
+Louise Brønsted
+Pauline Hirschsprung
+Alhed Larsen
+Harris Sawyer
+Albrecht  Warberg
+Andreas Warberg</t>
+  </si>
+  <si>
+    <t>Ellen var fjerde datter i rækken af Albrecht og Laura Warbergs børn. De tre ældre havde på hver sin vis uddannet sig diverse steder.
+Lillebroderen Frederik Andreas/Dede blev konfirmeret 3. april 1898. Festen blev holdt hos Onkel Syberg - formodentlig fordi Albrecht Warberg var syg. 
+Johanne overtog tilsyneladende søsteren Ellens arbejde ved Wilhelmine Bergs pensionat i Gothersgade, København. En femte søster, Louise/Lugge, boede muligvis på pensionatet, mens hun var studerende.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2034</t>
+  </si>
+  <si>
+    <t>Ellen har talt med Tante Pouline/Pauline Hirschsprung om at rejse hjem for at hjælpe moderen nu, hvor faderen er syg. Hun vil være ked af at afbryde undervisningen i fransk og musik, for hidtil har hun ikke - som de ældre søstre - uddannet sig, men hun vil ikke have, at moderen bliver overanstrengt. 
+Ellen tilbyder at afløse Johanne på pensionatet, for Johanne ser træt ud og trænger til en lang påskeferie. 
+Ellen håber, at hun kan komme videre med musikken; blandt andet fordi Eastman holder så meget af musik.
+Hun beder om rapport om faderens sygdom.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/eArm</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Laura Warberg.
+Erikshaab
+pr. Højrup St.
+[Håndskrevet i brevet:]
+Tirsdag 15/3 98
+Privat
+[Skrevet på tværs under datoen:]
+Hilsen til Frk. J.
+Kære Mor!
+Jeg har siddet og talt med Tante Pouline nu efter Frokost om forskelligt og bl.a. fortalt, at jeg nu må rejse hjem på Tirsdag, da du ikke godt kan være alene mens Far er syg, nu mens Alhed er rejst til Kjerteminde og du tilmed er bleven noget nervøs af den anstrængende Tid. Det blev Tante Pouline meget forskrækket over, for hun havde tænkt sig, at jeg blev, til de rejser på Landet midt i Maj, så der kunde blive virkelige Fremskridt i Musiken og i Fransk, hun har fra først af tænkt, at dette Ophold skulde være mere for at lære end for Fornøjelse, for ["for" overstreget] da det ikke er godt at vide, hvornår der igen bliver Lejlighed til at lære noget, og det er kedeligt at gå rundt med ubenyttede Evner.
+Nu er jeg derover bleven helt i Vildrede: På den ene Side skal jeg naturligvis være hjemme, når der er Brug for mig og det vigtigste er jo, at du ikke går og bliver overanstrængt - men på ["på" indsat over linjen] den anden Side er det jo kedeligt, kan du nok forstå, at afbryde Undervisningen. Jeg har jo altid haft ligeså megen Lyst til at lære noget som alle de andre, men det er ikke falden i min Lod før nu.
+Du skulde vel ikke kunde finde på èn el. anden Udvej,
+Kan det ikke ordnes sådan som Tante P. foreslog, at jeg tog hjem i den Tid du dårligst kan undvære mig og ["og" overstreget] blev Dedes Konfirmation over hjemme og så tog herind igen?
+Så er der èn Ting til, jeg har tænkt på: Johanne trænger snart i høj Grad til en Ferie. Var der ikke nogen Rimelighed [i] at hun fik en lang Påskeferie og jeg i den Tid var i hendes Sted i Pensionatet. Ta'nus er vel ikke til den Tid så stærk, så ["så" overstreget; "at" indsat derover] at hun kan så meget men når jeg kunde træde til, kunde Junge måske dog få en god Hvil, og jeg kunde øve mig alligevel. Junge har set ussel ud de sidste Dage. -
+Bare du kunde finde på et Arrangement til alles Fordel, - det er jo din Force at arrangere. -
+Jeg vil ikke tage det fornærmeligt op, hvis jeg ikke kan komme herind igen! - men én af Grundene til at jeg gærne vil, er den, at Eastman sætter Musiken så højt, så jeg også for hans Skyld må se at komme lidt videre. -
+Vi længes så meget efter at høre om Far. Det foruroliger os så meget, at Dr. ikke mener han bliver rask til d. 3dje. Er det ikke Bronchitis? Vil du ikke nok skrive lidt udførligt om det! Jeg gik i Aftes ned i Pensionatet og tilbragte Aftenen meget hyggeligt med Junge og Lugge. Ta'nus har det udmærket.
+Så hører jeg din Mening snarest. Hilsen, særlig til Far - Pelle</t>
+  </si>
+  <si>
+    <t>1899-09-08</t>
+  </si>
+  <si>
+    <t>Båxhult</t>
+  </si>
+  <si>
+    <t>Berta Brandstrup
+Ludvig Brandstrup, billedhugger
+Louise Brønsted
+- Jensen, Erikshaab
 Alhed Larsen
 Andreas Larsen
 Johannes Larsen
-Jupiter Mogensen
+Ellen  Sawyer</t>
+  </si>
+  <si>
+    <t>Både Astrid Warberg og søsteren Christine blev kaldt Putte. Det er dog mest sandsynligt, at det var Astrid, der opholdt sig på Erikshaab i september 1899. 
+Båxhult er en skovgård i Småland, Sverige. Larsen-familien ejede den og tog på ferier, male- og jagtture til stedet.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB0930</t>
+  </si>
+  <si>
+    <t>Der er stor længsel efter aviser på Båxhult. Man ser ikke mange mennesker, men man går mange ture. Alhed Larsen laver al maden, og den lille er sød. 
+Hvis der er mange ribs på Erikshaab, kan man lave grød. 
+Hunden Tjalfe sover i Laura Warbergs værelse. 
+Laura W beskriver gården. Der er en kæmpe ovn i køkkenet.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/6mrV</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Frøken Astrid Warberg
+Erikshaab
+pr. Højrup
+Fyen
+Danmark
+[Håndskrevet med anden skrift på kuvertens forside:]
+Bedste (Laura) pt Båxhult.
+13-3-03
+[Håndskrevet i brevet:]
+Båxhult d. 8de. Aften
+Kære lille Putte!
+Du bliver vel forbavset over at faae Brev igen, men det er vor Længsel efter Aviser, der faar mig til at spendere et Frimærke saa hurtigt efter mit første Brev. Jeg var i Dag oppe paa Höljeryd at høre efter Post og vi var ganske sikre paa at faae ”Politiken”. I kan ikke tænke Eder den Fryd, her var over dem, jeg havde med! De havde ikke set uden en!! som Lud og Berta havde med. Nu maa I da endelig sende 4 ad Gangen. Pakken glæder vi os også kolossalt til. Her er jo kun ringe Afvexling Mennesker ser man ikke mange af og taler med endnu færre. Men dejligt er her! Vi gaar gode Ture og jeg arbejder en Del i Huset hvilket jeg befinder mig saa udmærket ved. Vi lever brillant, Alhed laver selv al maden. Gajen er yndig og ret skikkelig, vi kører med ham hver dag, men om Formiddagen sover han i sin Vogn ude i Gaarden 3-4 Timer – Tak for Brevet lille Putte Smeden havde det med i Gaar fra Landeryd, hvorfra de havde Hilsen med fra Muk til os. Vær endelig forsigtige med Baaden. Hvis I har flere Ribs, saa skulde I prøve at lave Grød af dem, som vi her laver den af Tyttebær, koge dem hele lidt med Sukker og Vand og saa Jævning paa, men skylles maa de. Kan Du tænke Dig, at Tjalfe ligger i mine Stuer om Natten! Her er temmelig langt tra Sovekammeret og uden Tjalfe vilde jeg ikke være dristig. Men han er saa stille og artig. Her er en stor Forstue med Trappe op til Loftet, hvor en gammel halvblind Kone har et Værelse. Ved Siden af mit Værelse er et lille Kontor, hvortil Døren staar aaben. I Dag har jeg kørt Drengen alene en Tur op i Skoven, men Vejene er slemme og man bliver hurtigt træt af at trække Vognen. Du kan tro, det er morsomt med den store Ild i Køkkenet! Det morer mig at gøre Ild og manøvrere med det hele. I Morges lavede jeg selv alting til, kogte Havregrød, Kaffe og Mælk og havde det hele færdigt, til Alhed var klædt paa. Las gjorde Ild og satte Vand paa. I Aften var der et saadant Baal, at der var lyst i Køkkenet som af mange Lamper. Nu er Kl. 10½ og de andre er for længst i Seng. Om jeg nu kunde faae Held til at faae dette Brev med en Vogn i Morgen tidlig! Saa faar du intet for den første! I huskede da at skrive til Elle i Onsdags? Hils nu hver især fra mig. Du er da skikkelig mod Fr. Jensen, dril hende ikke med Hundemad eller noget som helst.
+[Skrevet lodret i kanten på brevets sidste side:]
+Mange Hilsener fra Alhed, Las og Mor 
+[Skrevet lodret langs kanten på brevets første side:] + mens de har været her.</t>
+  </si>
+  <si>
+    <t>1899-09-15</t>
+  </si>
+  <si>
+    <t>Lina -
+Thora  Branner
+Louise Brønsted
+Alfred Dreyfuss
+Katrine -, Erikshaab
+- Garell
+Alhed Larsen
+Andreas Larsen
+Johannes Larsen
+Christine  Mackie
 Ellen  Sawyer
+Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>Alhed og Johannes Larsen, deres søn og Laura Warberg opholder sig på Larsen-familiens ejendom, Båxhult, i Småland.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB0028</t>
+  </si>
+  <si>
+    <t>Alhed og Johannes Larsen samt Laura Warberg har læst aviser omkring ét stearinlys. De kan ikke skaffe petroleum. De er optaget af Dreyfuss-affæren. 
+Laura W gør rent og laver god mad. Johannes Larsen har bla. skudt skovduer. 
+Andreas/Gaien og Alhed optræder som modeller på Johannes Larsens maleri. Den lille ligger/står på alle fire. 
+Laura W beder Astrid sende diverse og Katrine om at vaske tøj.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/yzCx</t>
+  </si>
+  <si>
+    <t>[På kuvertens forside:]
+Frøken Astrid Warberg
+Erikshaab
+pr. Højrup 
+Fyn.
+Danmark.
+[I brevet:]
+Fredag d: 15de
+Kære lille Putte !
+Du var vel noget skuffet over det usle Brevkort sidst, men jeg bruger saa grulig mange af de dyre Frimærker. I Aftes blev vi glade overraskede ved at faa Aviser igen, det var hurtigt denne Gang. Vi slugte dem strax efter The; Alle tre sad vi ved det store Bord i Spisestuen med hver sin og ved et Lys! De har nemlig i Butikken ikke Petroleum en hel Uge! Vi har kørt 2 Gange efter det, men nu om lidt skal vi en lang Expedition til Harre, der skal være en Købmand, som menes at have. Paa Hjemvejen gaar jeg saa om ad Höljeryd med dette Brev og kører efter Post. Vi er meget optagne af Dreyfus; det er dog hele Verden endog saadan en Afkrog som her; den unge Garell fortalte mig om Dommen og Lina har laant os Telegrammet, som de har faaet, om det vigtigste. Jeg har meget travlt hver Formiddag og er glad ved at have gaaende Arbejde. I Gaar og i Dag har jeg ryddet op i Skuret Hylder og Skabe i Køkkenet, fejet og alt baade Skuffer og Køkken; jeg sagde til Alhed at vi maa skaffe os lidt extra [ulæseligt] en Gang imellem og det er det virkelig for mig at gaa og skruppe og gøre det pænt. Alhed skønner meget paa det. Vi har bagt Pandekager i hver sin Pande i en lille paa Primus jeg i en vældig stor paa Spisen; det gaaer brillant. Saa fik vi Æblekompot til og dejligt Øllebrød med tykt Fløde i ovenpaa. Hver Eftermiddag faaer vi en Kop Kakao. I Gaar skød Las 3 Skovduer paa en Gang med 2 Skud. det er en udmærket Steg; han har skudt en som vi har nydt for nogle Dage siden; han anskød en til men den var ikke til at finde. Gaien ”staaer” for sin Far, mens han Gaien [”Gaien” indsat over linjen] bliver klædt paa Alhed har sin blegrøde Morgenkjole, det bliver et stort og vist morsomt og udmærket Billede; Bord, Pude, Vindue med stribet Rullegardin o s v. Han har funden paa at rejse sig op paa Armene og Knæene, mens han bliver vasket og det er i den Stilling, Las tager ham altsaa nøgen paa alle 4 og seende op mod Lyset. Han er dejlig. Hør lille Putte, vil Du ikke sende en Pakke afsted til mig med Lugges Adresse; jeg maa jo snart tænke paa at rejse til København d.v.s. naar jeg faar at vide, naar Far rejser derfra; jeg vil gærne være der et Par Dage og saa følges med ham hjem. Det skulle være mine smaa Fjederstøvler i Servanten; bed Christine om at faa Thora til at undersøge, om jeg ikke har glemt det lange hvide broderede Silketørklæde, som Th. nok veed en Gang har ligget længe hos hende; jeg tror det er der igen. Dernæst det sorte Kjoletøj og do Underkjole i en Kiste, som Du nok veed jeg har talt om skulde være en Kjole til Muk, det har været Elles og der er et Stykke nyt Tøj med. Mon det ikke nok kan være i Kbh. ca. d. 25de Sig til Katrine, at jeg haaber, hun har en Vask færdig, til vi kommer hjem; jeg kan lade en Smule af mit Tøj straks vaske i Kbh. og Far kommer altid med alt sit sent
+[Skrevet lodret s. 1 på højre side af papiret:]
+Mange Hilsener til hver især fra Las, Alhed og Mor.
+[Skrevet lodret s. 2 og 3:]
+Nu Farvel lille Putte? Vi glæder os fremdeles til Pakken, maa vist snart høre om den. Denne Pakke Aviser var nok frankeret. 
+[Skrevet lodret langs højre kant på side 3] 
+først, naar jeg kommer hjem, saa skal jeg nemlig have meget syet og hæklet og strikket
+[Skrevet lodret på s. 4:]
+Jeg vilde nødig have meget med i en Vadsæk</t>
+  </si>
+  <si>
+    <t>1901-06-27</t>
+  </si>
+  <si>
+    <t>Alhed Larsen
+Andreas Larsen
+Johan Larsen
+Albert Carl Emil Mohr
+Christine Swane
+Peter Tom-Petersen</t>
+  </si>
+  <si>
+    <t>Kerteminde Opland: Lille Kærbyhus, som Alhed og Johannes Larsen boede i 1901, lå dengang udenfor byen. Astrid Warberg var pige i huset hos dem frem til 1. oktober 1901, hvor hun begyndte at tage prælimenæreksamen i Odense.
+Det vides ikke, hvem den mand, som Johanne C. Larsen tilsyneladende havde et forhold til, var.
+Sangvinsk temperament (af sanguis, blod) har den, som ser den lyse side ved alting, og som altid håber paa det heldigste udfald – er optimistisk. 
+Splide: Spalte, kløve, sønderrive (ordnet.dk). 
+Småkræ: Andreas/Puf Larsen (født maj 1899) og broderen Johan/Lysse/Feddesen/Feddelsen Larsen (født februar 1901) er sønner af Johannes/Las og Alhed/Be Larsen. 
+Uglen: Christine Swane. 
+Anna og Fritz Syberg boede i 1901 i Svanninge. I 1902 flyttede de til Kerteminde.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0398</t>
+  </si>
+  <si>
+    <t>Johanne/Junge må tænke på, at hendes ven er meget ung og bære over med ham. Astrid ønsker hende tillykke med forholdet. 
+Astrid og Alhed Larsen står meget tidligt op hver dag og går i vandet. Astrid hjælper med børnene og er træt og har tandpine. 
+Christine/Uglen Swane og Astrid har været på en tur til Fyns Hoved, hvor de sov under en lånt kappe, badede nøgne og gik tur. Folk de mødte på hjemvejen var forargede og rystede.
+Tom-Petersen bor hos Alhed og Johannes Larsen og betaler 1,5 kr. i døgnet.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Sov4</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Her
+Frk Johanne Warberg
+Erikshåb 
+Højrup St
+[Håndskrevet i brevet:]
+Kerteminde Opland 27-6-01
+Kæreste lille Junge!
+Du skal øjeblikkelig have Svar – så glad jeg dog blev ved dit gode Brev, som du havde skreven til mig! 
+Og tro mig nu – jeg blev bare glad ved Brevet; det triste, som Du ser, kan jeg slet ikke indse. 
+Nej, Jer to er jeg sikker på – stoler så heltud på; I har skam Jeres Pas i Orden. Junge! jeg kan blive helt glad, når jeg tænker på Jer. 
+For alt det tristeste her i Verden er jo mest de uharmoniske Forhold Mennesker imellem. Men her kan ingen Disharmonier blive, for I er jo som skabt til at supplere hinanden. Hvad bryder Du dig om hans Ubestandighed, når Du éngang har set, at dét Menneske holder af Dig – ja ikke kan undvære Dig. Betænk dog, hvor han er ung – endnu langt yngre end sine År – endogså. Og måske Du er den første, han holder rigtig af – så lad ham dog få Tid at gennemleve af de mange Facer, som sidst Du skulde vise Dig fremmed for – Du er sluttet hos ham – derfor vil han også vende tilbage til Dig – altid.
+Du spurgte om min Mening ang. det etiske og Dig: 
+Men lille Junge! Du kender jo mig og Etik – Afstand! Jeg siger som Du – man skal bruge de stakkels få Våben man kan gi Etiken Pokker ivold. - Nu tror Du vel slet ikke – eller reflekterer ikke på mine Satser, fordi de er lutter Sangvinskheder, men jeg tror nu bestemt, at jeg mener rigtigt. Og jeg ønsker Dig af hele Min Sjæl til Lykke med Dig selv og ham. For Du ved vel, det er en mægtig Himmelens Gave at kunde holde af et Menneske, som Du si’er, at Du kan det. O, det er disse Dine Ord, der bestandig kan gøre mig så glad – og så at Du har truffen ham, der måske er den Eneste under Solen, der kan gøre Dig lykkelig. Men det ene er nok en Følge af det andet. Nu han – afbrudt ved at de kom hjem fra Strandhotel – [ulæseligt], jeg passede Småkræ.
+Næste Dag. Jeg må Fanden splide mig have dette Brev ordnet endnu i Aften. – møg træt som jeg skønt er – Tandpine hver Fornat – op 5 ½ hver Dag – i Vandet med Be fra ½ 7- 7 (vi har taget Kort.) og så Rub lige til Sengetid – vi har jo Middag 5 ½ - føj. Men jeg får da 5 Kr extra fra ham for denne Måned. – eller 14 Dage er det da. 
+Be var i Odense i Dag fra 11 til 2 Toget. Feddeslen sov hele Tiden. Af Seværdigheder har Uglen og jeg været på Fyenshoved! Toget til Dalby til Dans Lørdag Aften. Gik derfra til Nordskov, hvor en Herre (Embedsmand) antastede os og spurgte nu vi ikke gik Fejl – der var ingen Logi ude, og det var jo sen Aften. Vi sagde, at vi vilde bo i en Høstak – men da ikke engang en sådan fandtes, tog vi imod hans elskværdige Tilbud at låne en stor Kappe – så drog vi af – lå på Tang med Kappen over os og vågnede Kl. ½ 3 op med et Sæt – den gav Resonans i en Cyklist der rullede forbi og velsagtens havde grundet over den mørke Klat – han blev meget betuttet – gled videre og sagde sluttel. Gomåren! Langt væk stod han så af og gloede. Dagen blev herlig i det smukke Vejr – vi gik nøgne om på Hovedet + badede når det blev for hedt – talte – sov – spiste – stegtes – badede og nu fortæredes af Tørst og skyndte os hjem – med ½ 10 Tog til Kerteminde – de udstødte vilde Hyl, da de så vore skamferede Ansigter – kobberrøde og lasede. I Dalby vakte vi stormende Opsigt – som overalt hvor vi passerede Embedsmanden havde telefoneret vor dristige ”Færden vidt om på Hindsholm”, sagde Mohrs)!!! 
+Om denne Tur der i alle Måder var vellykket skal Du høre personlig. 
+Nu er jeg for træt Kunstn. savner meget. Og i Dag gled Uglen til Svanninge – hun var nu brillant i sine gode Stunder! Og vi blev så glade ved Mors Jabrev i Dag – det skal nok blive en sjov Halløj – Be har så været nede at løse Sognebånd. Tom P. er så morsom og hyggelig at have og Be nyder al den Mad, vi hver Dag får, han gir 1 ½ Kr – så jeg mener nu, vi sætter snarere til - så flot vi lever. 
+Dette blev da for Resten et helt Brev – bare Du kan læse de Tæer.
+Hermed en venlig Hilsen o s v – til Jer alle.
+O Tak! Junge! 
+Din Dis</t>
+  </si>
+  <si>
+    <t>1901-10-14</t>
+  </si>
+  <si>
+    <t>Odense</t>
+  </si>
+  <si>
+    <t>Fyn
+Højrup</t>
+  </si>
+  <si>
+    <t>- Allerup, lærer
+Otto Emil  Paludan
+Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>Astrid Warberg-Goldschmidt tog præliminæreksamen i Odense. Hun boede imens hos Hempel Syberg.
+Kaptajnen var lærer ved Astrids uddannelsessted. 
+Mortensen kendes ikke. Ej heller Brune/Bruno.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2716</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/bXkl</t>
+  </si>
+  <si>
+    <t>[Fortrykt på brevkortets adresseside:]
+BREV-KORT
+(Paa denne Side skrives kun Adressen.)
+Til
+[Håndskrevet på kortets adresseside:]
+[Med blyant:] 1901
+[Med blæk:]
+Fru Laura Warberg
+Erikshåb
+Højrup
+[[Håndskrevet på kortets tekstside:]
+Kære Mor! Jeg må straks meddele Dig, at Kaptainen i Går har udtalt vores allesammens Dom - Mortensen og jeg var de to eneste, som de sikkert turde indstille - én var umulig - og Resten tvivlsomme. K. holdt et lille Foredrag til hver især om deres tynde Steder; til mig sagde han, at det jo udelukkende gjaldt Mathematiken - alle de andre Fag var der ikke det mindste at sige til, og når jeg blev indstillet - trods - i Mathematik, så var det, fordi de andre Fag var så fyldige, at der kunde tages af deres Points til den ulyksalige Mathematik. Du kan tro jeg er henrykt over dette - og har fået helt nyt Mod og friske Kræfter. Har ordnet min læsestil om, så jeg nu læser til 12 om Aftenen - hvor der er Stilhed og Varme - og så sover om Morgenen til 8 - 1/2 9 - det skal nok betale sig. Lærerne er så rare - Allerup viste mig i Går hele sin nye Lejlighed oppe i Vestergade (over Elevatoren(!)) - den var overordentlig hyggelig og smuk. - Turen i Søndags gik udmærket - jeg var slet ikke (mod Sædvane) bange - og Vejret var så bedårende! Kom hertil ved 8 Tiden - alt var i god Behold - Brune forefandtes - og vi tog straks fat på Mathematiken, som jeg var ualmindelig dum til (Opgaver) og jeg vedblev dermed lige til Sengetid. Mit Vidnesbyrd, som jeg har fået er præcis som sidst - Far havde på det fornylig sat NB ved 3 Fag - og de kan sættes også her; men ved Sammenligning med Kammeraterne ser jeg, at det alligevel er udmærket. - Vil du hilse Pallam og de unge Piger! Og mange Hilsner til dig selv!
+Astrid. Tirsdag Formd. Odense.</t>
+  </si>
+  <si>
+    <t>1902-03-06</t>
+  </si>
+  <si>
+    <t>Nicoline  von Sperling</t>
+  </si>
+  <si>
+    <t>Sandholt Gods</t>
+  </si>
+  <si>
+    <t>Anne Marie Brodersen</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvem Niels var, eller hvad "sagen", som omfattede ham, gik ud på.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 0239</t>
+  </si>
+  <si>
+    <t>Nicoline von Sperling ønsker Albrecht Warberg alt godt. Det var hyggeligt, at hans kone forleden var med på besøg. 
+Om tirsdagen vil Frk. Sperling få fat på Niels. Albrecht Warberg må lade hende vide, om han selv kan deltage.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/PlGA</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Hr. Godsforvalter Warberg
+Erikshaab.
+Højrup. 
+[Håndskrevet på kuvertens bagside:]
+Sandholt. Vester–Hæsinge. 
+[I brevet:]
+Kære Godsforvalter Warberg! 
+Frk. Bondesen og jeg vil gerne sende Dem vores bedste Ønsker, og de gaar ud paa, at baade nye og gamle Skavanker maa være saa lidt generende, som mulig og maa tage af, saa at alt er bedre om et Aar. Og endvidere ønsker vi Dem megen af den Fornøjelighed, som kommer, naar det gaar os og dem, vi holder af, godt. Det var saa hyggeligt, at Deres Kone var med i Tirsdags, det skulde hun gøre oftere, og med mange Hilsener til hende og alle er jeg Deres heng: Line Sperling.
+Sandholt 6/3. 1902
+Tirsdag d: 18de ser jeg at faa fat paa Niels, saa hvis De er hindret i selv at komme, vil De maaske nok lade mig det vide Dagen før, for uden Dem kan jeg ikke stille noget op.</t>
+  </si>
+  <si>
+    <t>1938-02-09</t>
+  </si>
+  <si>
+    <t>Lindøgaard pr. Dræby St.</t>
+  </si>
+  <si>
+    <t>Sallinge Kro pr. Højrup St.</t>
+  </si>
+  <si>
+    <t>Lars Christian Balslev
+Maria Balslev
+Thora Cohn
+Alfred Fly
+Andreas Larsen
+Jens Larsen
+Johannes Larsen
+Else Larsen, Else, Andreas Larsens kone
+Peter Magnussen
+Axel  Müller
+Ellen  Sawyer
+Ane Talbot
+Andreas Warberg
+Minna Warberg
+Mary Warberg Larsen
+Laura Warberg Petersen
+Viggo Winkel</t>
+  </si>
+  <si>
+    <t>Lars Christian/Laders Balslev boede efter sin pensionering på gården Erikshaab nær Sallinge. Gården var tidligere beboet af warberg-familien. 
+Minna og Andreas/Dedde Warberg holdt sølvbryllup 1913.
+Else og Andreas/Puf Larsens datter, Thora, g. Cohn, blev født i huset på Møllebakken i Kerteminde 19. jan. 1938. 
+Herman Upmann var en tysk bankmand, hvis kærlighed til Habanos førte til, at han slog sig ned i Havana i 1844 og fandt en bank og en Habanos-fabrik i denne by. Med tiden lukkede banken, men hans mærke af cigarer fortsætter i dag som et eksempel på den mest raffinerede Habanos middelstyrke smag Habanos (søgning på internettet jan. 2024).
+Det vides ikke, hvad Marys forældre hed og den gamle krokone i Sallinge kendes heller ikke.,</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0597</t>
+  </si>
+  <si>
+    <t>Johanne/Junge Larsen forstår godt, at Astrid/Dis bor på kro i stedet for privat. Johanne kommer ikke til Erikshaab, for hun skal til København i længere tid i marts.
+Saneringslånet er nu sikret, så Johanne vil betale, hvad hun skylder Astrid.
+Mary ligger syg hos sine forældre i Kerteminde. Johanne har besøgt hende samt Ellen Sawyer og Else og Andreas/Puf Larsen, som netop havde fået datteren Thora. Hun blev født samme dag, som Andreas/Dedde og Minna havde sølvbryllup. Johanne hyggede sig hos Johannes Larsen, og det har hun ikke altid gjort. Han har i øvrigt solgt billeder for 10.000 kr. hos Winkel og Magnussen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/QBkJ</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Febr. 1938
+Fru A. Warberg Müller
+p.t. Sallinge Kro
+pr. Højrup St
+læst ons. 14-9-2005.
+[Skrevet på kuvertens bagside:]
+Lindøgaard pr. Dræby St.
+[I brevet:] 
+Lindøgaard
+9 - 2 – 1938
+Kære lille Dis!
+Tak for dit lange Brev, jeg blev glad, da jeg saa, at du vilde tage til Sallinge, gid du nu maa faa rigtig godt af dit Ophold der, jeg forstaar godt, at du har bedre af ikke at bo i et privat Hjem - Fornemmelsen er helt anderledes man er paa mange Maader saa ansvarsløs, naar man bor paa Kro el. et andet lgn. Sted. Min første Indskydelse var at skrive straks, men da jeg skulde til Kjertem. i Gaar – paa Barselsvisit hos Else og Puf mente jeg, du skulde høre lidt om den Tur med. Maries - den gode – skrev om jeg ikke kom derned, mens du var i Sallinge; husk nu at aflevere denne Besked: hils hende saa mange Gange, tak hende for hendes Brev og for Indbydelsen; det er fristende, men jeg synes ikke, jeg vil spænde Buen for højt; nu skal jeg jo til Kbhvn. i Marts og vil gærne være borte en ret anselig Tid – mindst 14 Dage; måske ser jeg Marie og Laders der, de skal jo derind i Marts. Jeg har altid saa mange Breve at skrive; det gaar nok med din mundtlige Hilsen til Marie. Du skrev ikke hvor længe du bliver der. – En lille Forretningssag vil jeg nævne med et samme: nej, du kan tro nej, søde Dis, jeg vil ikke beholde Marcipan-Pengene; jeg har let ved nu at skaffe alt til Rejsen henhørende – nu regner vi jo sikkert med Saneringslaanet – Tiderne bedres og vor Bedrift her bedres, saa jeg vil betale, hvad jeg skylder Jer og runder af lidt op ad, fordi det er nemt at sende en X Fem’er i et Brev. Tak for dit tilsendte Brev fra Minna, hvor har hun dog været glad ved den Fest. Jeg har ikke set nogen af Sangene, håber [”håber” overstreget] dine kan jeg jo da faa at se, naar jeg kommer derind. Jeg skal tage nogle Vintergæk-Løg med til dig. 
+Jeg havde dobbelt Ærinde til Kj. i Gaar, idet Mary ligger syg inde hos hendes sine? [”sine?” indsat over linjen] Forældre. Det er en ordentlig Omgang Tarmhistorie, hun har raget sig til; hun vilde absolut selv tage ind til Kjert. for at gaa til Læge i Stedet for at faa hend [”hend” overstreget]ham herud; hun var temmelig elendig, da hun kom derind og hendes Mor puttede hende straks i Seng – i Faderens, saa sover han ovenpaa i Gæstekammer. Dr. Fly har tilset hende tre Gange, nu er hun begyndt at komme lidt op og det mentes, at der ikke vil gaa saa lang Tid inden vi ser hende igen. Hendes Mor gav mig en liflig Kop Kaffe, det kvæger altid, naar man har rejst. Saa drog jeg op til Elle, som ikke vidste, at jeg kom og blev lykkelig, især da jeg lovede at komme til hende ved 2 Tiden og drikke Kaffe hos hende. 
+Else ventede mig til Middag og jeg fik saa Ungerne at se inden de tørnede ind til deres Middagssøvn; de er saa glade ved os, naar vi kommer, og det skønt vi aldrig har Slikkeri med til dem; det ses nødig, hvilket er vældig fornuftigt. Jeg synes de to kære Unger er saa tynde og splejsede og lidt blege, men der bliver gjort, hvad der kan gøres, og de er meget ude, siger Else. Den sidste lille ny blev født paa Maries Fødselsdag d. 19de kort efter Midnat, saa den egentlige Fødselshurlumhej var jo den 18 – Sølvbryllupsdagen hvorfor de ikke fik telegraferet, hvilket jo havde vakt lidt Eftertanke hos dem deroppe; Christine ringede fra Kbhvn. da hun kom hjem for at høre Grunden. De havde fin Middag til mig Bøf m. Løg og Figengrød med Flødeskum, god Kaffe og en Upman ovenpaa. Jeg hygger mig efterhaanden saa godt derovre – du ved det har aldrig været min stærke Side at hygge mig hos Lases – men det gør jeg altsaa nu, ogsaa naar Las er der; han er i Kbhvn. for Tiden (Udstilling hos Winkel &amp;amp; Magnussen, solgt for 10,000 Kr) men da jeg var derinde at købe Sølvbryllupsgave, var han der og var saa sød og hyggelig og snaksom. Den lille nye var en vidunderlig dejlig lille Pige, mægtig mørkebrun Haar, smukke blaa Øjne og ret stor hun vejer allerede 7 Pund [tegn for pund] – 7 staar der – Else ser derimod sløj ud bleg og hærget; det er jo maaske ogsaa lidt vel rask, de to smaa Unger er kommen; Ane fyldte først 3 Aar 1st Okt. 
+Dette er skrevet lidt i Jag, jeg venter Posten og desuden venter Ægmaskinen paa mig, naar Mary ikke er her, hjælper jeg jo Skipper. Her er intet nyt, alt er vel; Drengene laver sam. med Naboerne Vejforbedring herfra og op til Hjørnet. 
+Hils Laders og Marie og d. gl. Krokone fra mig.
+Tusinde Hilsner! Din Junge.
+[Skrevet langs venstre kant s2:]
+X kan ikke Fem’eren forlænge dit Ophold med 1 Dag?</t>
+  </si>
+  <si>
+    <t>1920-03-24</t>
+  </si>
+  <si>
+    <t>Hegge -
+Emil Andresen
+Johannes Nicolaus Brønsted
+Christian  Ernlund
+Carl Høyrup
+Ernst Jæger
+Andreas Larsen
+Johan Larsen
+Fritz Syberg
+- Trautner</t>
+  </si>
+  <si>
+    <t>Johannes Larsen er i Henne Kirkeby for at male</t>
+  </si>
+  <si>
+    <t>Det Kongelige Bibliotek</t>
+  </si>
+  <si>
+    <t>Alhed ordner pelargonier. Forpagter Højrup har været på afskedsvisit.
+Der er blevet sat ståltråd om bassinet. 
+Fritz Syberg (Baronen) har været på besøg for at høre, om Larsen ville give noget til roklubben.
+Der er kommet brev fra drengene.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/2Iuu</t>
+  </si>
+  <si>
+    <t>Kæreste Larsi!
+Tak for Gaasen, den er kommen i udmærket Behold, Mudi og jeg hentede den paa Banegaarden. Hele Dagen i Gaar tilbragte jeg med at plante engelske Pelargonier. Men tænk, den Idiot til Ernst Jæger havde sendt dem til Faaborg, Ernlund havde faaet dem i Lørdags og ringede det til mig. Det forsinkede dem jo to Dage, men heldigvis saa de da rigtig godt ud. Jeg sled i Vaskehuset og Lomme hjalp mig med at rense Potter o.s.v. Forp. Højrups var her paa Afskedsvisit, nej det sagde jeg vist i Telefonen. Det er en nu sat Staaltraad om Bassinet, - Graaænderne gaar rundt om det og ser skuffede ud. Jeg tror Anden er ved at lave til Rede, den er borte længe ad Gangen. Jeg har haft en lang Visit paa 2 Timer af Baronen i Dag, han var saa sød. Han vilde høre hvad Vi vilde give til den Roklup, Otto A. havde sagt, at Du havde lovet at give et Maleri! – Jeg sagde, at Du havde grinet, da du saa det i Avisen, og at det faldt Dig ikke ind, Du vilde give en Bagatel. Endelig i Gaar kom der 4 Breve fra Magisteren, det ene havde været akkurat 8 Dage undervejs. Jeg havde egentlig ventet Brev fra Dig i Dag, men maaske Du venter fra mig. – Alt staar godt til. Jeg bestiller ikke andet end at vande sprøjte og plante om, det er dog et himmelsk Vejr i disse Dage.
+Brev fra Drengene i Gaar, de har det godt. – Hegge var her til Aften i Søndags, havde meldt sig, han var rigtig [ulæseligt ord] og gik tidlig. Trautner skriver i Dag at der har været Sygdom bl. Folkene, men nu kommer de, og hvornaar han faar sit Fuglebur. Mange Hilsner og skriv snart hvordan det gaar Dig. Din Alhed
+Hils dem alle sammen
+Tirsdag</t>
+  </si>
+  <si>
+    <t>1903-07-27</t>
+  </si>
+  <si>
+    <t>Erikshaab</t>
+  </si>
+  <si>
+    <t>Boston</t>
+  </si>
+  <si>
+    <t>Thora  Branner
+- Flagstad
+Adolph Larsen
+Christine  Mackie
+William Mackie
+- Skakke
+Vagn Thomsen
+Peter Tom-Petersen
 Laura Warberg</t>
   </si>
   <si>
-    <t>Beatricen var en varmeovn, som Warberg-søstrene havde på deres værelse.</t>
-[...34 lines deleted...]
-Disser Bein.</t>
+    <t>Johanne Larsen var i Boston hos sine og Astrids to søstre, Christine og Ellen, som begge var gift med amerikanere. Begges ægteskaber knagede.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 0446</t>
+  </si>
+  <si>
+    <t>Det må være svært for Johanne at opholde sig hos søstrene i Boston, og det er godt, at hun snart kommer hjem. Astrid vil hente hende på stationen i Højrup og tænker, at Junge må have det som den høne, Astrid engang kom til at holde indespærret i fem dage. 
+Astrid har haft besøg af Hr. Skakke, Flagstad, som ikke måtte synge pga. helbredet, Vagn Thomsen m.fl.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/RBsG</t>
+  </si>
+  <si>
+    <t>Erikshåb 27 Juli 1903.
+Kære lille Junge! Tak for Dit lange Brev i Dag – uha! hvor I dog har det skrækkeligt! Der har vi rigtignok fået Dig sendt på Rekreation; det er da godt, Du kommer – herhjemme må da være Tusinde Gange sundere – hvordan Fanden her så end er.
+Hvad M &amp;amp; Billy angår, så er det jo sådan, at alene Tanken om dem er nærved at gøre os tossede herovre – så jeg kan da forstå, hvad det må være for Jer, der er lige midt i det.
+Du kan tænke Dig min Rædsel: Mor vilde partout læse Dit Brev i Dag – og det kunde jeg selvfølgelig på ingen Måde have – og allermest fordi Du omtalte den lille Episode med ”Lystigheden” – vi må jo for enhver Pris ikke puste til Mor.
+Så sagde jeg – at Du skrev om Dine private Affairer – og så var der ingenting i Vejen – men Mor opgav det strax.
+Du får blot et lille Livstegn – inden Du nu – om heldigvis kun få Dage – vender her tilbage. 
+Jeg er i Dag hjemkommen fra Odense, hvortil jeg rejste i Lørdags sammen med Tutte. Det var for Resten så velgørende at komme i helt fremmede Omgivelser – hvor ingen gik og ”vidade” så meget.
+Hr Skakke kom ganske uventet til Syne i Haven, da Tutte og jeg Søndag Morgen nød Kaffen derude – i dybeste Negligé; han var nok ude at se efter Sømand-Broderen som ventes til Havnen; traf ham ikke – og forblev så på Haugstedgård hele Dagen; Vagn Thomsen kom ligeledes om Form – og da Vejret var bedårende, så tilbragte vi 4 en rigtig hyggelig og god Dag. 
+Jeg glemte rent at tilføje på Pengebrevet, at Flagstad var her! han kom Lørdag [”Lørdag” overstreget og ”Fredag” indsat over linjen] Fredag Eftmd – og gled Lørdag Formd. sammen med Tutte og mig. Desværre måtte han slet ikke synge – p Gr a. Helbredet – men han er jo i sig selv et ganske herligt Menneske; han havde glædet sig til at hilse på Dig og Mornine – men vi andre gjorde alt hvad vi kunde for at gøre Fyldest. 
+Og i Dag har Tom Petersen været her – han er så rasende rar og hyggelig; de er lige marcheret af med ham til sidste Tog. 
+Nå, lille Junge – så tar jeg mod Dig Torsdag Aften med 6 Toget (vi kører Tørv, så der bliver vist ingen Vogn af!)
+Jeg føler noget lignende som engang, jeg skulde lukke op for en Høne, som jeg havde glemt i 5 Dage på en lukket Hønsebænksrede – jeg kan uske, at jeg væbnede mig med et Kosteskaft, da jeg skulde konfronteres med det afpillede Væsen.
+Jeg tror, at jeg tager Skakke med til Højrup, at han kan lukke op for Dig.
+Dette er Galgenhumor lille Junge – jeg er alt andet end i mindste Måde lystig ved Tanken om alle Jer deroppe. Er Billy der – så giv ham min varmereste Hilsen. Den store goe Billy!
+Også til Mornine – og Dig selv – mange – mange gode Hilsner!
+Din Dis
+p.s. Agraren kommer ikke.</t>
+  </si>
+  <si>
+    <t>1898-02-17</t>
+  </si>
+  <si>
+    <t>Christian Andersen
+Peter Hansen
+Carl Høyrup
+R J Steen</t>
+  </si>
+  <si>
+    <t>Det er længe siden, at Johannes Larsen har været så glad for at male på et billede (hvilket billede, der er tale om, fremgår ikke).
+Peter Hansen har været med på Teknisk Skole. Eleverne stak af, da de fik melding om, at der var ild i Højrups hus. Branden var slukket, da brandfolkene kom.
+En søn til skipperen, der har købt skibet Azela, er på besøg.
+Johannes Larsen har bestilt ramme til Chr. Andersen lader patroner.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/9Xzb</t>
+  </si>
+  <si>
+    <t>Kjerteminde 17 Feb. 1898.
+Min egen Kæreste!
+I Gaar var det ogsaa kun et lille Brev Du fik fra mig, men jeg haaber at Du har det ligesom jeg at Du hellere vil havet et lille end slet ingen, og Du kan jo nok forstaa at jeg ikke har haft saa let ved at komme til at skrive i al den Forstyrrelse her har været i disse Dage. Jeg er begyndt at vaagne lidt tidligere om Morgenen i denne Tid, d.v.s. jeg kommer ned Kl. 8 saa jeg kan naa at faa Appetit til Frokosten og komme ned at male lidt før Kl. 10, ja i Gaar var jeg dernede 9 ½ men det viste sig at være for tidlig. Det er længe siden jeg har malet noget jeg har været saa glad for at arbejde paa, naar jeg er færdig om Aftenen glæder jeg mig til at det skal blive Morgen saa jeg kan faa begyndt igen bare det nu maa vare saa længe at jeg kan faa noget godt ud af det. Kl. er nu kun godt 9 saa jeg har ikke været dernede endnu, jeg vil ikke slutte Brevet nu men se om, jeg ikke kan faa skrevet lidt mere, naar jeg kommer hjem til Middag. I Aftes var Peter med nede paa teknisk Skole fra den begyndte og til Kl. 8. Da Kl. var 20 M. over 9 kom der en og meldte at der var Ildebrand oppe hos Højrups og i et Øjeblik var Lokalet tomt, jeg lod dem naturligvis stikke af og gik hen og saa ud af Vinduet, og da jeg ingen Ting kunde se gik jeg hen og skrev i Protokollen og Vejassistenten og jeg gik saa op paa Loftet for at se om vi kunde opdage noget, men der var heller ingen Ting at se. Paa Vejen hjem mødte vi hele Brandmandskabet, og fik saa at vide at der havde været Ild i en Kakelovnskærne deroppe, men det var bleven slukket inden de naaede derop med Sprøjten. Da jeg kom hjem var Skipperens Søn kommen, ham der skal have ”Azela” han har ligget oppe hos sin Fader i Nat. Jeg kan for Resten godt lide den gamle, han bliver mere og mere tiltalende, nu snakker han heller ikke saa ustanselig som den første Dag. Hver Gang jeg skriver et Brev til Dig, glæder det mig, at der nu er en Dag mindre til Du kommer, ja jeg glæder mig ganske umaadelig til at faa Dig at se og kysse Dig min egen søde Kæreste. Nu vil jeg holde op med at skrive og gaa ud for at spise Frokost, saa skal jeg se om jeg kan faa skrevet noget mer naar jeg kommer hjem til Middag.
+Nu har jeg spist til Middag og kan altsaa skrive lidt igen. Jeg fik ikke malet ret meget i Formiddag for Solen skinnede lige ned i Øjnene paa mig næsten hele Tiden saa jeg ikke kunde se noget, men i Eftermiddag tænker jeg at jeg faar gjort en hel Del. Jeg har været ovre hos Sten lige før Middag og bestille Rammen til det Billede med Chr. A. Det blæser meget stærkt i dag. Jeg ser det er ikke ret meget jeg har skrevet nu, men Du faar nok ikke mere denne Gang. Mange allerkærligste Hilsner fra Din hengivne
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1898-02-20</t>
+  </si>
+  <si>
+    <t>Vilhelmine  Larsen</t>
+  </si>
+  <si>
+    <t>Christine Swane</t>
+  </si>
+  <si>
+    <t>Carl Becher 
+Poul Boisen
+- Friis, Skibsmægler
+- Hvilsom
+Carl Høyrup
+- Jørgensen, Kaptajn
+Adolph Larsen
+Georg Larsen
+Jacob Larsen
+Jeppe Andreas Larsen
+Johannes Larsen
+Marie Larsen
+Martin Larsen
+Vilhelm Larsen, Georgs søn
+Clara Lindberg
+Peter Olsen
+Rigmor Sorterup</t>
+  </si>
+  <si>
+    <t>Christine Larsen/Swane boede hos Anna og Fritz Syberg; fulgte Fritz' undervisning på Teknisk Skole og hjalp til i huset. 
+I.A. og Vilhelmine Larsen var godt igang med at gå konkurs med deres virksomheder. 
+Det vides ikke, hvem Jens, Erik, Kurér Petersen, Christine og Margrethe var. 
+Hyrdehuset ligger og lå ved Nordstranden i Kerteminde; for foden af Hyrdevej. 
+"Banen": Jernbanelinjen, som blev bygget netop 1898-1900. 
+"Møllen": Svanemøllen ejet af V. og I.A. Larsen og siden af Alhed og Johannes Larsen. 
+Johannes Larsen underviste på Teknisk Skole ("Tekniske").
+Broløkke: En lille herregård nær Kerteminde.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv</t>
+  </si>
+  <si>
+    <t>Vilhelmine og I.A. Larsen har solgt skibene Azela og Addy og også et par stykker jord. Olsen skal fremover sejle Fanny. Asylet er også solgt, og salgssummen går til afbetaling af gæld. 
+Jernbanen kommer til at gå ved Svanemøllen, så i den forbindelse får Larsen-familien også nogle penge.
+Der har været brand hos Højrup, men den blev nemt slukket. Johannes Larsens elever stak af for at se branden.
+Christine skal ikke bekymre sig for sin mor. En dame kommer hver lørdag og hjælper med vasken. 
+Vilhelmine og I.A. Larsen rejser til Sverige for at mødes med en mand, der skal bo i et af deres huse. 
+Johannes giver Christine lov til at arbejde med tusch. 
+Vilhelmine glæder sig til at se sine børn i påsken.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/plqW</t>
+  </si>
+  <si>
+    <t>Kjerteminde den 20. Februar 1898
+Kjære lille Dinemor.
+Her fandt Fader en lille fin Pen som jeg skal skrive med og naar jeg nu ogsaa skriver fint og tæt saa kan Du faa en hel Del at vide – forudsat her bliver Ro til 4Tiden Hvor skal jeg dog nu begynde for at faa en Orden i Sagerne – forrige Søndag skrev jeg jo til Dig; Mandag Eftermiddag kom Bager Becker med en jydsk Skipper der vilde se paa et Skib; det var en gammel Mand paa Alder med Fader men livlig og meget talende forresten et rigtig Naturmenneske, - han blev her om Natten og næste Formiddag gik [ulæseligt] med ombord for at tale med om Sagerne – han valgte ”Azela” men der var ikke Enighed om Priserne, der blev der ikke [ulæseligt ord] og vi spiste saa Middag i mellemtiden var Georg rendt ned til Banen Captainen ham er der anderledes Liv i Men han gjorde sig til Ærinde at kjøbe en Byggegrund af Haven oppe ved Laden saa hørte han jo om den anden Have der og ved Kaffen kom Handelen i Orden de 500 der var dem imellem blev bekræftet men saa Kjøbssummen er 4000,[overstregede tal]250 [tallet indsat mellem to linjer] Kr betalt ved Afsejlingen herfra inden Maj. – der blev saa telegraferet efter hans og Jens’ Arbejdstøj, han kom næste Aften og de laa paa Faders Værelse. Midt i al den Handel kom Farbroder Jacob men han laa hos Martins og blev kun 2 Dage – samme Dag som han kom ogsaa Hrr. Huilsom fra Kjøbenhavn med en svensk Skipper, som vilde købe ”Addy” paa 3 Timer blev den Handel afsluttet og Kjøbesummen er 5000 Kr, - var det ikke godt lille Ugle, og han mente naar Rigmor blev gjort sejlfærdig saa skulde han skaffe os en Kjøber til den med 7000, hvad siger Du ved den Historie det begynder at lyse op i Mørket. Nu tænker Du vist Olsen er kjed af det; men her er noget andet i gjære Fris vil sælge sin Mæglerforretning til Captajn Jørgensen – der fører ”Fanny” og saa skal Olsen have den at sejle med, saa bliver alle Parter hjulpen om det en Kæp. Du kan vel se Din Fader – lille Dine tale og fare omkring imellem alle disse Mennesker. Idag kom de to Mænd som har kjøbt Asylet og betalte 2.000 Kr, - vi faar rigtignok ikke en Øre det gaar til Afbetaling paa Gjæld, men det er herligt jeg er saa glad
+Saa er her igjen tale om at Banen skal gaa op ved Møllen, det er inde ved Ministeriet, jeg troer nok de fleste Penge er tilstede og Folk er bleven meget ængstelige for Hestene ere alle sky for Tipvognene der er lagt ud ved Hyrdehuset, det kan ikke vare længe inden det maa komme tilbage for der er allerede begyndt ved Revninge med Gravningen, bliver det til Alvor lille Dine saa faar vi Penge Penge naada dada min lille Ven hav blot Taalmodighed saa skal du bare se, medens vi er oppe i det Nabolag saa fik saa fik vi en Forskrækkelse forleden Aften Georg kom meget hurtig det brænder hos Højrup Erik er rendt efter Sprøjten. Fader og Vilhelm kom snart i Tøjet men da de kom derop havde Hinke slukket Ilden og Vilhelm styrtede saa ned at stoppe Brandfolkene. Johannes kom grinende hjem, der var kommen Bud ned efter Kurer Petersen der var paa Tekniske da Drengene hørte Brand var Skolen (!) ryddet lige straks Fader var deroppe næste Dag Ilden var fra en Kakkelovn der brændte et Skjærmbrædt af ved at hælde Vand paa var Loftet i Salen spoleret det kan vel regnes for 50 Kr men Højrup havde meldt det til Assurandørerne for naar man assurerer skal man ikke give de Penge ud og saa selv betale Skaden det kan jo være rigtig nok. 
+Du maa ikke ængste Dig for mig lille Dine jeg gjør ikke mere end jeg kan magte, og den Kone der vasker hun er at faa til enhver Tid saa har jeg bedt hende engang for alle at komme ned Lørdag spise med os og saa hjælpe Maren, saa gaar det nok altsammen. Nu skal vi snart slagte lille Dine saa vil I vel nok have Pølse igjen. Vi har lige brygget og nu vasker vi i Ugen og saa slagter vi; for sidst i denne Maaned eller først i den næste maa vi afsted til Sverrig. Manden der skal bo kommer nogle Dage før den 14 Marts og vi maa jo være der før ham
+Her var ingen Brev fra Marie idag, men saa kommer det nok imorgen saa venter jeg med at skrive til hende imorgen derfor faar du saameget. Adolph er hjemme og er glad han har Mandag med, Du kan ogsaa tro jeg længes efter Dig. Ja i Paasken der maa vi rigtignok sees søde Ven, pas paa Du ikke slider formeget. Johannes mener godt ”Du” kan tage dig den Fornøjelse at male lidt Tus gaar du saa meget lettere til Tegningerne oven paa den Glæde; men det maa Du nu selv lille Ven som Du vil. Christine kunde du ikke engang have Lyst at male et Par Blomster til Boisen han var dog saa glad da han saa dit Havehuset og jeg vil saa gjerne glæde ham vi har dog saa meget Udbytte af ham Det var Rigmor Sorterups Fødselsdag den 10 Februar og Fru Lindberg hende har jeg ogsaa havt Brev fra det sender jeg Marie saa kun du faa Margrethes er det ikke et glædeligt Brev. Christine vilde have været herud i Dag men saa telefonerede hun i Aftes, og er vist glad hun ikke kom ud i det Vejr det sneer forfærdeligt. Johannes er gaaet til Brolykke han skulde op at se paa nogle Udstillingsbilleder som vel skal over og kaseres.
+Nu sødeste kjære Dine Farvel og glædelig Fastelavn hils alle fra din trofaste Moder som altid beder for sine Børn Gud velsigne Eder og gjøre Eder glade ak ja lille Dine det ligger mig saa meget paa Hjærte at faa dig glad, lille Ville er sød og trives godt kan du tro Din Moder</t>
+  </si>
+  <si>
+    <t>Forår 1902</t>
+  </si>
+  <si>
+    <t>Jeppe Andreas Larsen
+Jens Olsen</t>
+  </si>
+  <si>
+    <t>Johannes Larsen maler på pæretræet. Hans far har givet ham den idé, at han kan sejle med et dampskib ført af kaptajn Jens Olsen fra Kerteminde til Korshavn og videre til Odense for at se på motiver. Fra Odense vil han tage toget til Højrup og besøge Alhed.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/KxQx</t>
+  </si>
+  <si>
+    <t>Kjerteminde 28 – [noget af papiret mangler]
+Kæreste Alhed!
+Jeg lovede Dig nok et langt Brev i Aftes, men dette bliver nok ikke saa langt alligevel. Det blev ikke Solskin i Morges, det er snart længe siden det har været det om Morgenen, derimod fik jeg gjort lidt ved Pæretræ[et] det tegner snart t[il at blive] ganske godt. Men[noget af papiret mangler] og malede paa d[noget af papiret mangler] Fader og gav mig [noget af papiret mangler] Idé. Dampskibe[noget af papiret mangler] Kaptain Jens Ols[en er] her og skal i Morgen gaa om til Korshavn ved Fyns Hoved og losse noget Cement der og derfor [noget af papiret mangler]se med Resten [noget af papiret mangler]de jeg jo faa en udmærket Sørejse og se paa Motiver paa Vejen. Jeg var saa henne hos Olsen efter Middag og aftalte med ham at han skulde komme og purre mig ud Kl. 3 i Morgen tidlig og saa skal jeg drikke Kaffe henne hos ham saa behøver ingen her at [noget af papiret mangler] Fra Midskov og [noget af papiret mangler] Odense har jeg al[drig sej]let før saa jeg glæ[der mig] til den Tur og hvis [noget af papiret mangler] Vejret bliver godt [noget af papiret mangler] i Aften er det storartet. Jens Olsen mener at vi kan blive saa tidlig færdig i Korshavn at vi kan naa Odense om Eftermiddagen [noget af papiret mangler] maaske kan jeg [tage] med Eftermiddagstoget til Højrup, men hvis jeg nu kommer med sidste Tog kan jeg saa komme ind? 
+Mange kærlige Hilsner Din hengivne
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>Den grønne Pære</t>
+  </si>
+  <si>
+    <t>Tidsskrift</t>
+  </si>
+  <si>
+    <t>Alhed Larsen
+Christine  Mackie
+Ellen  Sawyer</t>
+  </si>
+  <si>
+    <t>Johannes Jørgensen
+Alhed Larsen</t>
+  </si>
+  <si>
+    <t>Omslag
+S. 2 blank
+S. 3-4: Kære Læser. Skribent: Genius
+S. 5-7: Til den danske Kvinde! Skribent: H. og I. 
+S. 8-16: Pas på Børnene! Skribent: C. Binnerup
+S. 17: Storkens Hjemkomst. Skribent: Ellen Warberg. Tegning: Alhed Warberg
+S. 18-20: Literatur. P. Konvel: "En modig Handling". Skribent: D.B.
+S. 21: To Digte oversatte fra tysk af C. Binnerup
+S. 22: Vittighed. Tegning af Ellen Warberg</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/m5DIwCRs</t>
+  </si>
+  <si>
+    <t>Alhed Larsen
+Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>Niels Pedersen Mols
+Carl Thomsen</t>
+  </si>
+  <si>
+    <t>Omslag
+S. 2 blank
+S. 3- 7: Lidt om Udstillingen ved Charlottenborg. Skribent: V.
+S. 7-9: Kritik over "En modig Handling". Skribent: I Hoppe
+S. 9-10: Vi takker den ærede Indsender. Skribent: Red.
+S. 11-14: Landbotidende (fortsættes). Skribent ukendt</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/QxjQASwg</t>
+  </si>
+  <si>
+    <t>Alhed Larsen
+Ellen  Sawyer
+Fritz Syberg
+Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>Herman Ewald
+Bernhard Ingemann
+Martin Kok
+Carl Plough</t>
+  </si>
+  <si>
+    <t>S. 1: Omslag 
+S. 3-5: Højstærede "No. 11." Skribent: I. Hoppe
+S. 6-7: Skovsøen. Skribent: En vingeløs Flue
+S. 7-10: Brev fra Færøerne. Del 1. Ingen skribent anført
+S. 10-11: Morgen. Skribent: O. 
+S. 12-15: Landbotidende (Sluttet). Ingen skribent anført
+S. 15-17: Jomfru Mettes Karbunkel (Novelle i H.F. Ewalds Stil). Del 1. Ingen skribent anført
+S. 18: Lekture i de forskellige Aldre. Tegner og skribent: Ellen Warberg</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/uSu8k6u2</t>
+  </si>
+  <si>
+    <t>Johannes Jørgensen
+Sidse Kristensen</t>
+  </si>
+  <si>
+    <t>Omslag
+S. 2 blank 
+S. 3-6: Lidt fra Norge. Til Sæters. Skribent: -X
+S. 6-8: Brev fra Færøerne (Fortsættelse). Skribent: FS.
+S. 8-9: Ærede I. Hoppe! Skribent: No 11
+S. 10-17: Literatur. "Minder og digte" af Sidse Kristensen. Skribent ukendt
+S. 17-18: Jomfru Mettes Karbunkel (Fortsat). Skribent ukendt</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/a4vyLlWx</t>
+  </si>
+  <si>
+    <t>Alhed Larsen
+Ellen  Sawyer
+Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>Nicolai Balle
+Sidse Kristensen</t>
+  </si>
+  <si>
+    <t>Omslag
+S. 2 blank
+S. 3-7: Literatur. "Minder og Digte" af Sidse Kristensen. Skribent: Per Fredie
+S. 8-11: Kære grønne Pære! Skribent: Begrædelse
+S. 12: Prolog. Skribent ukendt
+S. 13 blank
+S. 14-18: Prolog. Skribent ukendt
+S. 19: Efteraarsstemning. Skribent: Ellen Warberg. Illustration: Alhed Warberg
+S. 20-25: Landbotidende. Skribent: Ukendt (Albrecht Warberg)
+S. 25-27: Lidt fra Norge. Fortsat. Skribent: Ukendt
+S. 28 blank
+S. 29: Undskyldning fra redaktionen</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/j8a2KPF3</t>
+  </si>
+  <si>
+    <t>Alhed Larsen
+Johanne Christine Larsen
+Christine  Mackie
+Ellen  Sawyer</t>
+  </si>
+  <si>
+    <t>Sigrid Storråde
+Olav Tryggvason</t>
+  </si>
+  <si>
+    <t>Omslag
+S. 2 blank
+S. 3-5: Rimbrev til "den grønne Pære". Skribenter: Peer og Poul
+S. 6: Sommernatten. Skribent: Ellen Warberg
+S. 7-9: Fra Borgmesterens Dagbog. Skribent: Ellen Warberg
+S. 10-11: Ulykkestilfælde (Tre Digte). Skribent: "En fjortenaarig"
+S. 12-13: P. Konvel: "En modig Handling". Skribent ukendt
+S. 13-14: Literatur. "Olav Trygvesøn". Skribent: En Abonnent
+S. 14: Til Abonnenterne. Skribent: Dehla Vendt</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/f6OnKrlW</t>
+  </si>
+  <si>
+    <t>Alhed Larsen
+Christine  Mackie
+Fritz Syberg
+Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>Herman Bang
+Henning Matzen
+Carl Thomsen</t>
+  </si>
+  <si>
+    <t>Omslag
+S. 2 blank
+S. 3-7: Lidt om Udstillingen ved Charlottenborg. (Sluttet). Skribent ukendt
+S. 7-8: Stambogsvers. Skribent M.J.B.
+S. 8-11: Et Indlæg. Skribent: Nr. 11
+S. 11-13: Det er forfærdeligt! Skribent: Stuk
+S. 13: Et Digt. Skribent: E-g
+S. 14-17: Landbotidende. Fortsættelse. Skribent: Albrecht Warberg
+S. 17: Avertissement. Skribent ukendt
+S. 18: Lidt Pærevrøvl. Skribent ukendt
+s. 18: fra Cirkus. Skribent ukendt</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/lUmkJx6X</t>
   </si>
   <si>
     <t>1900-09-01 - 1901-04-24</t>
   </si>
   <si>
     <t>Dagbog</t>
   </si>
   <si>
     <t>Elna -
 Laurentius Allerup
 Ellen Agnete Amstrup
 Louise Amstrup
 Harald Balslev
 Lars Christian Balslev
 Thorvald Balslev
 Laura Balslev, f. Leth
 Herman Bang
 Alice Bondesen
 Emil Brandstrup
 Thora  Branner
 - Fibiger, Frøken
 Marie Juul
 Otto Lagoni
 Peter Erasmus Lange-Müller
 Alhed Larsen
@@ -4467,414 +2071,1005 @@
 Kirstine -, pige i huset hos Hempel Syberg
 - Poulsen, løjtnant
 Ellen  Sawyer
 Eleonora Scheel
 Karl Schou
 Marie Schou
 Robert Schumann
 - Stürup
 Elly Svarrer
 Christine Swane
 Adelheyde Syberg
 Hempel Syberg
 Sigurd Thomsen
 Vagn Thomsen
 - Vesterdal
 Johannes Vesterdal
 Albrecht  Warberg
 Frederik Warberg
 Laura Warberg
 Else Wienberg</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/n/5K5zZYof</t>
   </si>
   <si>
-    <t>1901-01-09</t>
-[...5 lines deleted...]
-Nicolaus Lützhøft
+    <t>1896-12-07</t>
+  </si>
+  <si>
+    <t>Johanne Christine Larsen
+Otto Emil  Paludan
+Albrecht  Warberg
 Laura Warberg</t>
   </si>
   <si>
-    <t>Astrid var i huset hos Alhed og Johannes Larsen i Kerteminde. Alhed Larsen var bange for at være alene om natten - derfor skulle Astrid sove hos hende.
-[...37 lines deleted...]
-Carl -
+    <t>"Johannes Svigerfar nu er død": Der er to muligheder: Enten var Alhed Larsens søster, Johanne (Junge) forlovet med en anden, inden hun giftede sig med Johannes Larsens bror, Adolph (Agraren), eller også er den omtalte Johanne end Alheds søster.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen er forkølet og har derfor ikke kunnet komme på besøg hos Alhed. Hun er alene hjemme med Paludan ("Palam").
+Johannes svigerfar er død.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/aYW2</t>
+  </si>
+  <si>
+    <t>Erikshaab 7ende Dcbr. 1896
+Kære Las!
+Tak for Deres Brev, som jeg fik i Aftes, da vi havde Bud i Højrup til det sidste Tog; jeg var umaadelig glad ved det, da jeg næsten var lidt bange for, at De paa Vejen her til skulde have brækket et Ben paa Gr. af det glatte Føre og derfor ikke var kommen helt herned. Saa det var mig en stor Lettelse at faa Deres Brev. Og saa var det jo tillige et Slags Surrogat for Demselv. – Det er for Resten rigtig styg af Dem at gaa og blive forkølet, er de Andetræk dog ikke snart forbi? For det er naturligvis derved, De faar det; naar De nu sidder i 20 Graders Varme inde i Stuen, og saa pludselig gaar ud og staar eller sidder stille. ”Men hør nu blot, hvordan det gik, den samme, slemme Frederik”. Jeg er mutters alene hjemme i Dag og har ikke det mindste at bestille!! Tænk, hvor vi kunde have haft det udmærket, og Vejret er rigtig godt; stille, mildt Graavejr, stærkt hen imod ”Elles eget Vejr”. Tænk, hvor vi kunde have spadseret og moret os hele Dagen! Men nu – 
+”Den Doktor kom og skrev Latin og gav ham bitter Medicin”. Det er maaske ondskabsfuldt af mig at skrive dette, men forstaar de, det er kun Forkølelsen, jeg er vred paa, jeg synes at det var udmærket, at De blev hjemme, det var ogsaa koldt og ækelt Vejr i Gaar. - - Det er sandt, Palam er da ogsaa hjemme; men jeg ser ikke stort til ham, han sidder nede paa Kontoret, og jeg oppe paa mit Værelse. Jeg truede ham med før, at jeg vilde sidde ned hos ham med mit Hækletøj, men det frabad han sig paa det bestemteste. Han mener vist, at et Hækletøj forringer Kontorets Værdighed. Naar vi vil skrive og læse, - værsgo’ og ryge – Gubevares; - men hækle – aldrig i Evighed, men jeg gør det naturligvis alligevel. – Jeg opofrede mig og spiste Flæsk til Middag (Palams Livret) men tænk dem, saa spurgte han hvorfor det ikke var Æbleflæsk! Hvor Verden er utaknemmelig! Men jeg lader Naade gaa for Ret og giver Mellemmad og frisklavet Kaffe kl. 3. (Dette dog ogsaa af egoistiske Hensyn.) 
+Er det ikke noget fint Brevpapir? det er noget, jeg har hugget fra Christine. Saa dette Brev bliver nok ogsaa nydeligt. Da De skrev, at mit forrige Brev var nydeligt, troede jeg strax, at det var Indholdet og begyndte at spekulere paa, hvad jeg havde skreven. Men saa kom jeg pludselig i Tanker om, at det naturligvis var Udseendet, det var den dag, jeg havde faaet det pæne Papir af Palam og jeg tror ogsaa, at man uvilkaarligt gør sig Umage med Skriften, naar Papiret er pænt. – Lige nu læste jeg Deres Brev fra i Aftes igennem; De skriver, at de har ond Samvittighed fordi De ikke er taget herned. Og nu er jeg bleven bange for, at dette Brev ikke vil berolige Dem. Men naar de tænker Dem rigtig om, saa vil De da alligevel hellere have, at jeg skal gaa og savne Dem og ønske, at De var her, end at jeg skulde være aldeles ligeglad; ikke sandt? – Det slog mig pludselig i Gaar Eftermiddags, midt i al min Kvide og Skuffelse, hvor dejligt det dog var at holde saa meget af et Menneske, at man kunde blive saa grulig ulykkelig over en saa ringe Ting. For det er dog en ringe Ting, om vi ses 8 Dage før eller senere.
+Men i Morgen Eftermiddag vil jeg ligefrem glæde mig over at De ikke kom, for saa vilde det jo have været forbi, nu har jeg det jo at glæde mig til. – 
+De har maaske set i Avisen, at Johannes Svigerfader nu er død. Johanne er derude i disse dage, og Fader og Moder ere til Begravelse i Dag. Adis er hos Tandlæge. - - Da Kl. nærmer sig tre og da jeg næsten har skreven 8 Sider, vil jeg slutte, skønt jeg ikke synes, jeg har fortalt Dem det mindste. Nu vil jeg haabe, at De bliver glad ved mit Brev, og ikke synes at jeg er "vred" fordi De ikke kom. Men De maa ikke forlange noget saa urimeligt af mig, som at jeg skulde være ligeglad. Dersom jeg var det, vilde De jo ikke være min allerkæreste Las. De allerkærligste Hilsner fra deres Alhed</t>
+  </si>
+  <si>
+    <t>Oktober 1896</t>
+  </si>
+  <si>
+    <t>Højrup, Faaborg
+Amager</t>
+  </si>
+  <si>
+    <t>Ludvig Brandstrup, billedhugger
 Thora  Branner
-Grethe Jungstedt
-[...2 lines deleted...]
-Johanne  Larsen
+Otto Emil  Paludan
+Karl Schou
+Marie Schou</t>
+  </si>
+  <si>
+    <t>Alheds søster Thora blev som 11årig adopteret af sin onkel og tante Hempel og Mimmi Syberg. De boede på gården Gelskov.</t>
+  </si>
+  <si>
+    <t>Alhed er vred over, at det er længe siden, hun har fået brev fra Johannes Larsen.
+Hun har været på cykel til Langeland - sidste cykeltur i år pga. vejret.
+Thora er syg.
+Alhed skal til barnedåb hos Ludvig (Lud) og Bertha Brandstrup.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/xOwe</t>
+  </si>
+  <si>
+    <t>Kære Las!
+Maa jeg spørge, hvad der gaar af Dem! Nu har jeg ikke faaet Brev fra Dem i over en Uge, De har da ikke glemt min Adresse Erikshaab pr. Højrup? Jeg har aldrig hørt om en Kærreste, der ikke lod høre fra sig i over en Uge. Hver Formiddag, naar Pallam kommer i Køkkenet med Breve til de andre, har jeg været lige ved at falde om i Gryderne af Forbavselse over, at der ikke var noget til mig. Og hvis der ikke kommer ét en af de allerførste dage, saa gaar jeg i den allersorteste Gryde! Nu ved De det. 
+Jeg har læst i Avisen om den Mand, der blev skudt paa Amager, hvad kan det nytte, at én er forsigtig, naar saa en anden skyder ham. Men jeg haaber, De maler flittig paa deres Billede i Stedet for at gaa paa Jagt. – Det har for Resten været et henrivende Vejr i de sidste Dage (i Dag er det jo forbi igen) men jeg har desværre haft saa lidt Tid til at nyde det. Vi slagtede i Torsdags 3 Beder hvilket medfører en Del Ulejlighed. Men nu er det meste af dem puttet i en Saltballe (ogsaa Køllerne!). I Onsdags kom jeg hjem, det var vist min sidste større Cycletur for i Aar, desværre. Men Cyclerne lide saa meget i daarligt Føre, at det er Synd andet end at sætte dem i Vinterstald. –
+For lidt siden fik vi Fremmede. Det var Doktorens, saa jeg kan nok ikke sidde her og skrive ret længe men maa ned og lave Brombærgrød og anden Mad. – Jeg kommer i tanker om, at mine Breve vist handler altfor meget om Mad, men De har vel opdaget, at jeg er en meget prosaisk Natur. - - Min Søster Thora omme paa Gelskov ligger og er daarlig, vi have været lidt ængstelige for hende, da Doktoren sagde der var noget i Vejen med den ene Lunge. Hun er en lille Smule bedre, men maa være meget forsigtig.
+Søndag Aften: Endelig. Christine kom i Aften og havde Brev med fra Dem. Saa var der altsaa ikke noget særligt i Vejen, men jeg fatter for Resten ikke, at De med Deres Forstand ikke kunde finde paa at sende Brevet til Erikshaab i Stedet for til Langeland den Tirsdag, De vilde skrive. Jeg fik ogsaa Brev fra Lud i Aften, det er lige oppe over med den Barnedaab, jeg skal rejse enten Lørdag eller Søndag, men jeg ved ikke rigtig, om jeg vil skrive, hvilken af Dagene det bliver, skønt for Resten, det kunde jo være knusende kjært at se et lille Glimt af Dem! Gider de virkelig gaa den lange Vej? – Jeg glæder mig meget til rejsen, naar nu Skovs kunde have ruppet sig lidt, saa De kunde være kommen ud at døbe den med det samme. Men det kan jo ikke naa lige nu. - -
+Mon vi virkelig skulde ses et lille Svip paa Lørdag eller Søndag? Men det er vel kun nogle faa Minutter. – Men alligevel. Det er sent og her begynder at blive koldt, saa jeg maa slutte. Godnat og 1000 Hilsner fra Deres Alhed.
+Jeg kommer i Tanker om er det ikke midt i Deres tekniske Skoletid? Det er vist c. 5 ½. Vilde det passe Dem bedst Søndag?
+Farvel.</t>
+  </si>
+  <si>
+    <t>1898-03-03</t>
+  </si>
+  <si>
+    <t>Højrup, Faaborg</t>
+  </si>
+  <si>
+    <t>Louise Amstrup
+Niels Elgaard Amstrup
+Jørgen -, Erikshaab
+Peter Hansen
+Jean Jensen
+- Jørgensen, arkitekt
+Christian Kampmann
+Johanne Kampmann
+Anna Schaffalitzky de Muckadell
+Erik Schaffalitzky de Muckadell
+- Vesterdal
+Albrecht  Warberg
+Laura Warberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>"Grevens" er ægteparret Schaffalitzky de Muckadell, som var Albrecht Warbergs arbejdsgivere.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har sendt Alheds galoscher, som hun glemte i Kerteminde.
+Jørgen (ansat ved Erikshaab) er kørt efter lægen til Albrecht Warberg, som stadig er syg.
+Warberg-familien har haft mange gæster, som vel skulle se til den syge.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Bw6C</t>
+  </si>
+  <si>
+    <t>Kære Las!
+Tak for Dit Brev og Galoscherne! Du havde slet ikke behøvet at sende dem, jeg kunde jo have faaet dem, naar jeg kommer ned til Dig. For der er vist ikke andet at gøre, end at jeg kommer om ad Kerteminde igen. Men stort mere end en Dags Tid bliver det nu ikke, jeg vil blive hos Mor saa længe som muligt, og Kampmanns gaar det jo heller ikke at snyde altfor galt. Men det er sandt, saa er det jo, jeg forstyrrer Dig, naar jeg kun er der én Dag. Hvad skal vi gøre ved det? – Det er kedeligt, P. er rejst fra Dig, jeg synes, det maatte være saa morsomt for Dig at have ham. Tænk, nu kørte Jørgen, som skulde have haft dette Brev med til Højrup, han skal ned efter Doktoren, men jeg troede først, han kørte om en Timestid. Saa er jeg bange, Du ikke faar dette Brev i Morgen. Jeg er da ellers ligesaa flink til at skrive til Dig, som jeg var i København? Kan Du nu ogsaa være rigtig sød til at skrive til mig! Jeg er ikke fri for at føle mig lidt ensom, det er saa løjerligt at gaa og være eneste Barn; i København tænker jeg ikke paa at savne de andre, men herhjemme hvor de høre til, synes jeg hele Tiden, der mangler noget. Det er jo ogsaa lidt trist at Far ligger, men han har det da gennemgaaende bedre. Nu skal vi høre, hvad Doktoren siger i dag, om han snart maa komme op. Han er ellers Taalmodigheden selv og ligger og siger Vittigheder og er altid parat til en Snak. Hans Ven Vesterdal var herude et Par Timer forleden efter Middag for at se til ham. – Det er desværre bleven Regnvejr, jeg vilde ellers have været ud en lang Tur med Gamle, det var saa nydelig Vejr i Formiddags.
+Næste Dag. Videre naaede jeg ikke, vi fik Visitter hele Eftermiddagen, foruden Doktoren kom Jørgensens, Grevens og Amstrup med Dis, som det var morsomt at faa en Passiar med. Vi var et lille Slag nede i Haven, der er gule Krokus. Det var en henrivende Luft, da Regnen var hørt op. I Dag er det gamle Jeans Fødselsdag. Hun vidste ikke, at vi huskede den, saa hun o.s.v. Posten kommer! 1000 Hilsner fra din egen Alhed
+3die Marts – 98.</t>
+  </si>
+  <si>
+    <t>1898-03-08</t>
+  </si>
+  <si>
+    <t>Højrup
+Sollerup
+Odense
+Gelskov</t>
+  </si>
+  <si>
+    <t>Hans Peter -
+Wilhelmine Berg
+Louise Brønsted
+Jørgen -, Erikshaab
+Vilhelm Larsen
+Christine  Mackie
+Otto Emil  Paludan
+Hempel Syberg
+Maria von Sperling. g. Balslev
+Andreas Warberg</t>
+  </si>
+  <si>
+    <t>"der er kommen en lille Pige ude i Pensionatet": Wilhelmine Berg ejede et pensionat i Gothersgade, København, og hun var Alhed Larsens tante.</t>
+  </si>
+  <si>
+    <t>Alhed Larsen er begyndt at rulle cigaretter.
+Tanten Wilhelmine Berg har fået en datter. 
+Det er trist, at Johannes Larsen er forkølet. Bare han alligevel kan male. Han må ikke hente Alhed i Ullerslev lørdag. Hun vil tage dagvognen.
+Christine Warberg vil fotografere stuerne på Gelskov, inden familien flytter derfra.
+Hempel Syberg vil holde Alheds lillebror Frederiks (Dedes) konfirmation i Odense.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/tm3D</t>
+  </si>
+  <si>
+    <t>Kære Las!
+Jeg er egentlig kommen op for at gaa i seng, Kl. er lige ved 11, men her er saa varmt og rart, at jeg synes, det er Synd ikke at benytte det saa nu har jeg tændt mig en Cigaret, og saa skal det som sædvanlig gaa lidt ud over Dig. – Jeg har i Dag rullet mig en hel Del Cigaretter, jeg bad vores Pige, som rejste til Odense i Lørdags om at købe mig noget Tobak, og hun har købt noget rigtig godt, som hedder ”Golden Cupid”, jeg er bleven saa forfalden til at ryge i den senere Tid, og i Dag har jeg opdaget, at jeg egentlig har et stort Talent til at rulle selv. – Jeg er kommen i Tanker om, at det jo er Tjalfes Fødselsdag i Dag, maa jeg gratulere, skønt det jo kommer noget sent. – Jeg glæder mig meget til de Artikler, jeg kunde ikke tro, det var Redningshistorien, de sloges om, da jeg ikke kunde tænke mig, hvordan de havde faaet begyndt, men der har jo altsaa en Tredjemand givet Anledning til det. – Jeg glemte vist at fortælle Dig, at der er kommen en lille Pige ude i Pensionatet i Fredags, og baade hun og min Tante har det godt. Muk skrev det i Gaar, hun skrev at den var hel og velskabt – saa hun maa vel have tænkt sig den i Stumper og Stykker. – Jeg har egentlig ikke noget videre at fortælle Dig, jeg skrev jo til Dig i Eftermiddag, men jeg syntes alligevel, jeg havde Lyst i alt Fald at begynde paa et Brev. – Det er sandt, jeg maa jo rose Dig for Din udmærkede Sildesalat, for jeg tvivler nemlig ikke paa, at den var fortrinlig og langt bedre end Klaxes (det kan Du nok godt lide, jeg skriver!) – Du laver sikkert noget bedre Mad end han, for Du er en langt større Gourman! – (Er Du glad ved den Kompliment?) Du er nu madkær x)! – Nu vil jeg for Resten ikke skrive mere i Aften, men gaa i Seng, bare jeg nu kunde være heldig til at drømme i Nat igen, og bare Du saa kunde se ligesaa smuk ud som sidste Nat. - - Næste Dag. (Jeg drømte ikke om Dig i Nat) Tak for Dit Brev i Dag, hvor det er kedeligt, at Du er bleven forkølet, bare det maa gaa rigtig hurtigt over igen, det var vel denne pludselige Vinter, der gjorde det. – I Morgen haaber, jeg faar Brev om at det er bedre. Det er ogsaa kedeligt for Dit Billedes Skyld, hvis Du gaar og bliver for sløj til at male. Du maa paa ingen mulig Maade hente mig i Ullerslev paa Lørdag, det er dog en lang og kold Aftentur, og Dagvognen er jo et udmærket Befordringsmiddel, og jeg kommer jo omtrent paa samme Tid. – Dette Brev skal med Jørgen til Højrup, han skal ned til 5 Toget efter Christine. Hun kommer fra Sollerup og vil i Morgen tidlig prøve at fotografere et Par af Stuerne omme paa Gelskov. – Jeg skal hen at skrive til Frk. Sperlings Fødselsdag, nu kommer hun snart hjem fra Italien hun skal med til Dedes Konfirmation. Onkel Syberg har skreven derned og inviteret hende. Jeg har vist fortalt Dig, at Onkel Syberg vil gøre Dedes Konfirmation ude i Odense. – Jeg har ikke Tid at skrive mere, og i Morgen er det et stort Spørgsmaal om jeg faar Tid, - nej, det faar jeg sikkert ikke vi skal stryge hele dagen. Jeg var begyndt at blive bange for, at jeg ikke kunde komme paa Lørdag alligevel, Onkel Syberg forærede os nemlig en Gris i Gaar, og den maatte jeg jo hjælpe at slagte, men det bliver heldigvis paa Torsdag; jeg skal ogsaa tappe Ribsvin en af Dagene, saa jeg har meget travlt, kan Du nok tænke! Palam har jeg inviteret til det, men det bliver jo ikke saa festligt som i Fjor. Jørgen egner sig ikke saa godt som Hans Peter til den Slags. – Nu Farvel! og jeg tænker meget paa, hvordan Du har det, der er saa meget Influeza og Bronchitis for Tiden, men Du vil jo nok være færdig, ikke sandt? saa jeg kan træffe Dig frisk og rask paa Lørdag! 1000 kærlige Hilsner til min allerbedste Ven fra Din egen Alhed.
+Erikshaab – 8nde Marts 1898 - 
+x) Om Forladelse</t>
+  </si>
+  <si>
+    <t>1898-03-17</t>
+  </si>
+  <si>
+    <t>Højrup, Faaborg
+Gelskov</t>
+  </si>
+  <si>
+    <t>Hempel Syberg</t>
+  </si>
+  <si>
+    <t>Alhed har været ude at gå tur og set på fugle, men hun savnede Johannes Larsen. Hun glæder sig til at se ham og vise ham sin nye sofa samt synge for ham. 
+Familien har været på Gelskov, og der var lidt uhyggeligt, nu hvor Syberg er flyttet. Hempel Syberg har nu også foræret Alhed en seng fuld af sengetøj.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/caMd</t>
+  </si>
+  <si>
+    <t>Kære Las!
+Jeg kan lige naa at skrive et lille Brev, som kan komme med til Højrup, naar de fremmede rejser om lidt. – Det er et trist Regnvejr i Dag, men der er alligevel noget dejlig foraarsagtig i Luften. I Gaar Eftermiddags var det et henrivende Vejr. Jeg var en aldeles storartet Tur med Gamle ud over Brinken til Odensebakken. Jeg var oppe i Granskoven og ogsaa rundt i Bøgeskoven, Du kan ikke tænke Dig, hvor der var dejligt. Der var et vældigt Mudder af Fugle, mest Stære, og Viberne kunde jeg høre ude fra Engene. Der manglede kun ét, og det var Dig, men i mine Tanker var du jo med hele Tiden. Jeg er forfærdelig spændt paa om Du kommer paa Søndag, jeg blev rasende glad, hvis Du kom. Og hvis Du kan, kommer Du nok. – Tak for Dit Brev i Dag. Jeg kunde ikke skrive til Dig i Mandags, der gik ingen Bud til Højrup, og saa er det jo umuligt. – Jeg sov slet ikke i Dagvognen, lidt søvnig var jeg maaske nok, men jeg sad vist ellers og smaatænkte paa Dig hele Tiden, og var derfor ikke oplagt til at snakke. Sikke seig Du er bleven, - at Du skulde kunne taale mer end jeg!! – Jeg har faaet det saa pænt heroppe paa mit Værelse med den lille Sofa, den er for Resten ikke saa lille, det glæder jeg mig til at vise Dig. Vores Klaver er bleven stemt, saa jeg skal synge for Dig og i det taget være saa god ved Dig. – Jeg maa strax slutte da vi skal spise til Middag. Vi skal have Vin og jeg skal nok drikke Din Skaal (Kan Du mærke, jeg sledsker for Dig, for at faa Dig herhen paa Søndag? men jeg mener det nu virkelig sagt oprigtig, jeg kan gærne sige Dig, at jeg elsker Dig.) I Forening har vi været ude paa Gelskov, der er vist efter Omstændighederne rigtig pænt, noget uhyggeligt synes jeg. Nu har Onkel Syberg ogsaa foræret mig en Seng fuld af [det resterende skrevet på side 1, øverst og på tværs] Sengklæder. Det øser ned. Jeg saa i Gaar 6 Dyr, nogle Agerhøns og en Masse Vildænder. Farvel for denne Gang. 1000 Millioner Hilsner fra Din Alhed. 
+17/3 – 98 – 
+Dette er nok ogsaa et lille Brev, men for Resten staar der vist alligevel mere end paa 4 af Dine Sider.</t>
+  </si>
+  <si>
+    <t>1898-03-19</t>
+  </si>
+  <si>
+    <t>Højrup, Faaborg
+Odense
+Gelskov</t>
+  </si>
+  <si>
+    <t>Jeppe Andreas Larsen
+Vilhelmine  Larsen
+Laura Warberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>På Ølstedgaard boede Louise og Niels Elgaard Amstrup sammen med deres adoptivdatter, Ellen Agnete (Nete), hvis biologiske mor var Alhed Larsens søster, Christine Marie warberg. Barnet var født udenfor ægteskabet og blev bortadopteret.</t>
+  </si>
+  <si>
+    <t>Det må være svært for Johannes Larsen at være i tvivl om, hvorvidt maleriet (Christian Andersen lader patroner) er færdigt.
+Alhed rejser til København onsdag (skal bo hos Kampmanns).
+De nye forpagtere til Gelskov kommer i dag.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/s7UY</t>
+  </si>
+  <si>
+    <t>Kære Las!
+Du kan tro, mit Værelse er bleven pænt nu, jeg har faaet den lille Sofa herop; skønt den er meget gammel og forfalden, gør den alligevel Værelset meget hyggeligere, end det var i forvejen. Jeg glæder mig meget til at vise Dig det. Jeg gad vide om det bliver paa Søndag eller først til April. – Tak for Dit Brev i Dag, ja det maa være fælt at gaa og være i Tvivl om, hvad Du helst skal gøre. Jeg synes nu, Billedet er smukt som det er, men det maa være en kedelig Fornemmelse for Dig selv, hvis du mener at du kunde have gjort det bedre. – Jeg sidder i min Sofa og ryger mig en Cigaret og skriver til Dig. I Gaar ordnede jeg alle Dine Breve og gennemlæste en Del af dem fra No 35-95! Jeg var ligeved at blive blød til sidst, men jeg kunde alligevel ikke holde op. Jeg opdagede, at jeg mangler ét fra en af de første Dage i November, jeg forstaar ikke, hvor det kan være bleven af. – Aften Kl. 11 ½. Her blev jeg afbrudt ved at jeg skulde køre til Ølstedgaard. Jeg havde bedt, om jeg maatte køre over og besøge Dis. – Nu er jeg kommen hjem, men jeg opdagede for Resten, at jeg er alt for søvnig til at kunne skrive, jeg vil derfor sige Godnat til Dig, min egen, kære Las, hvor jeg holder meget af Dig! – Næste Dag. Det er det modbydeligste Regnvejr i Dag, det er fælt for Mor, som skal til Odense. – Jeg rejser til København paa Onsdag, saa hvis Du kommer kunne vi følges ad i alt fald til Odense. Men jeg vil for resten ikke hænge mere i med Dig om at komme. Jeg ved nok, at Du kommer, hvis Du kan, og at Du omtrent ligesaa gærne vil se mig som jeg Dig! Saa jeg bliver slet ikke vred paa Dig, hvis Du ikke kommer, men vældig glad hvis Du kommer. – I Dag kommer de ny Forpagterfolk til Gelskov, der er bygget 2 Æresporte, men Vejret er jo ikke festligt. – Hvis Dine Forældre ere kommen fra Sverige, maa Du hilse dem mange Gange, jeg glæder mig til at høre noget deroppe fra. –
+Nu har jeg ikke Tid til mere, dette skal med Mor til Højrup, saa faar Du det i Eftermiddag. - - 1000 Hilsner fra Din Alhed</t>
+  </si>
+  <si>
+    <t>1898-05-04</t>
+  </si>
+  <si>
+    <t>Berta Brandstrup
+Ludvig Brandstrup, billedhugger
+Otto Emil  Paludan
 Ellen  Sawyer
 Harris Sawyer
-Hempel Syberg
 Albrecht  Warberg
-Andreas Warberg</t>
-[...38 lines deleted...]
-    <t>Alhed Larsen
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Harris Eastman Sawyer og Ellen Warberg blev gift i USA sommeren 1898.</t>
+  </si>
+  <si>
+    <t>Alhed har besøg af Bertha Brandstrup.
+Ellen Warberg (Alheds søster) har fået brev fra Harris Eastman, som vil komme og hente hende i juli. 
+Alhed har spillet l'hombre med Bertha, sin far og Paludan (Palam).</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/tOrM</t>
+  </si>
+  <si>
+    <t>Kære Las!
+Det var et frygtelig Jaskebrev, Du fik i Dag. Jeg skrev det paa et Øjeblik. – Da jeg var færdig med det gik jeg ned og afleverede det til Posten og fik i Stedet for et fra Dig, der var meget bedre. Det er ellers en vældig hurtig Postgang, at jeg i Dag kan have Svar paa ét jeg afsendte i Gaar Eftermiddags. – Det var vist ikke Vejr til at male i for Dig i Morges, jeg var ganske vist ikke oppe Kl. 5, men Kl. 6 ½ var det da Graavejr her. – I Formiddags var Berta og jeg ude en dejlig Tur, d.v.s. vi gik og drev om oppe i Skoven, der var saa henrivende, den er begyndt at springe ud. I Eftermiddag har vi ogsaa været ude. Det blev Regnvejr, men Luften var saa dejlig. Det er en storaret Aarstid. Sikken en Masse Billeder, Du har i Gang for Øjeblikket, naar nu bare Vejret vil være skikkeligt. – Næste Dag. – Jeg skrev ikke mit Brev færdig i Formiddags, da jeg vilde have det til Højrup med den Vogn der skulde hente Mor og Elle. Men saa kom der Brev med posten, at de først kommer i Morgen. Tænk Elle har haft Brev fra lille Eastman, om hun vil holde sig færdig til sidst i Juli, saa kommer han efter hende. Er det ikke rædselsfuldt, at vi saa snart skulde af med Elle, jeg kan næsten ikke taale at tænke paa det – tænk, nu har jeg siddet og sludret med Berta i 1 ½ Time i Stedet for at skrive, og hun har gjort det samme i Stedet for at skrive til Lud. Du fik x [indsat i margen] Du skrev jo nemlig i Dag, at Du havde været ovre at høre efter Brev, men der var ingen, ”og saa faar jeg vel heller ingen i Morgen” føjede Du til [indsættelse slut] jo Brev til Morgen, dit lille Vrøvl, det er jo naar jeg sender Brev af Sted med Iltoget, at Du faar det om Aftenen, ellers faar Du det først om Morgenen! I Aftes spillede Far, Palam, Berta og jeg en udmærket L’Hombre, nu taler vi om en Palaneser med 4 blanke Konger! – Jeg begik i Aftes, efter Fader sigende, den største Skændighed, der har været begaaet i dette Aarhundrede, idet jeg spillede Nolo og fik en Bet paa Solo corilac Kort. (Muligvis er Bedt galt stavet, men Du kan saamænd heller ikke stave det rigtig. Jeg elsker dig alligevel og glæder mig ruskende til paa Lørdag. Naar Du faar dette er der kun en Dag til. –
+1000 Hilsner fra Din Alhed.
+4de Maj – 98.</t>
+  </si>
+  <si>
+    <t>1900-10</t>
+  </si>
+  <si>
+    <t>Højrup
+Langeland
+Dosseringen, Kerteminde</t>
+  </si>
+  <si>
+    <t>Dora -
 Andreas Larsen
-Johan Larsen
-[...56 lines deleted...]
-    <t>Christian Eckardt
+Johanne Christine Larsen
+Christine  Mackie
+Christian Mogensen
+Otto Emil  Paludan
+Sigurd  Swane
+Albrecht  Warberg
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Alhed Larsen er hos sine forældre med sønnen Puf. I Kerteminde er Johannes Larsen i gang med flytning fra Feden til Lille Kærbyhus. De skiftede adresse hertil 18. oktober 1900.
+Laura og Christine Warberg skal til Sandholt: Her boede deres bekendt Nicoline Nobel von Sperling.</t>
+  </si>
+  <si>
+    <t>Alhed er hjemme hos forældrene med sønnen Puf. Han skal på køretur med sin bedstemor. 
+Alhed spørger, hvornår flytningen er overstået. Hun beder Johannes Larsen måle deres gulvtæppe. 
+Mogensens har fået en lille pige, og Alhed ønsker, at hendes ufødte barn også er en pige.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/FVb7</t>
+  </si>
+  <si>
+    <t>Min egen kære Larsi!
+Jeg kom ikke op i Gaar [a]lligevel, da Hosten var [tem]melig slem. I Nat har [jeg] ogsaa hostet en Del, men [nu] staar jeg alligevel op [noget af papiret mangler]den, det kan ikke [n]ytte noget at blive ved at ligge og vente paa det skal gaa over, jeg har saa sent ved at slippe Hoste, naar først jeg har faaet det. Ellers har vi det godt, lille Puf er sød og god, han ligger og roder om her paa Gulvet, mens jeg skriver. Han skal med sin Bedstemor en Køretur med Dora ned til Højrup at hente Tante Mornine der kommer fra Langeland med 11 ½ Toget. Fader, Moder og Christine skul[de] til Sandholt til Mi[noget af papiret mangler] vi andre vente halv[noget af papiret mangler] Klaxen. Tak for [Dit] Brev i Gaar, det glæ[der] mig, at Du gaar paa Jagt, saa kommer Du forhaabentlig til at se lidt bedre ud, end Du [gj]orde. Hvornaar antager Du, at Flytteriet er overstaaet, saa vi kunne komme ned til Dig? Kan Du ikke maale vores grønstribede Gulvtæppe ude paa Feden nøjagtig, jeg skal jo have lidt mere Tøj. Jeg misunder Mogensen forfærdelig deres lille Pige, jeg bliver mere og mere spændt paa [a]t vi skulle have [en l]ille Pige denne Gang, det var forfær[del]ig sødt ikke sandt? Fru M. har det saa udmærket. Mogensen havde ”spurgt” forleden at Fader og Moder var i Odense, hvorfor ha[noget af papiret mangler]mørke hernede sad og drak Toddy til Kl. 11 ½ med Palam og Johanne. Han passede lige at være herude af til de kom fra Stationen. Han er en sjov Kamerat.
+Saa nu skal de køre! 1000 kærlige Hilsner Kys fra [noget af papiret mangler] og Din egen Al[hed]
+Søndag</t>
+  </si>
+  <si>
+    <t>1900-10-25</t>
+  </si>
+  <si>
+    <t>Maren -
 Carl Høyrup
-Georg Larsen
+Andreas Larsen
 Jeppe Andreas Larsen
 Marie Larsen
-Marie   Larsen, Georg Larsens datter
-[...25 lines deleted...]
-Din Moder</t>
+Vilhelm Larsen
+Theodor Oppermann
+Christine Swane</t>
+  </si>
+  <si>
+    <t>Højrup flyttede tilsyneladende fra Store Kærbyhus, som I.A. og Vilhelmine Larsen ejede, hvorefter Johannes Larsens forældre selv kunne flytte ind i ejendommen. Johannes Larsen er i gang med at flytte sine og Alheds ejendele fra deres lejlighed på Feden til Lille Kærbyhus, og han har målt gulvtæppe osv. Lille Kærbyhus var en istandsat staldbygning, der hørte under ejendommen Store Kærbyhus. Bygningerne ligger tæt på I.A. Larsens Svanemøllen mm, og nu er de beliggende i Kerteminde by. 
+Larsen underviser på Teknisk Skole, men kommer til Alhed og den lille førstkommende søndag.</t>
+  </si>
+  <si>
+    <t>Høyrup har i forbindelse med flytningen været og sige farvel. Han fik afslag på noget af huslejen.
+Johannes Larsen vil sende Alhed nogle vindruer.
+Han og familien spiser stadig af fåret - en dejlig kølle.
+Larsen render frem og tilbage mellem lejligheden på Feden og sit atelier. Han har målt gulvtæppet.
+Larsen kommer til Alhed og den lille førstkommende søndag.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/EIR8</t>
+  </si>
+  <si>
+    <t>Kjerteminde 25/10 1900
+Kæreste Alhed!
+Du fik nok ikke Brev fra mig i Gaar, men saa fik Du vel Bekka[sinerne]. Blommerne kom i [noget af papiret mangler] og nu gaar jeg ned [noget af papiret mangler]er til dem der er et stort Fad fuldt til 20 Øre. Højrups var ovre at sige Farvel og rejste i Aftes saa snart Pigen har gjort rent derovre kan de begynde at flytte ind, der Allerups har sat en Mand til at gøre Haven i Orden. Højrup bad om at faa 100 Kroners Afslag paa for Lejen for i Vinter, hvad Fader strax gik ind paa men det var jo meget dejligt alt sammen, der er en Mængde Vindruer derovre, Moder [gav mig] den Idé at sende nogle ned til Dig, jeg vil saa pakke en lille Kasse og sende i Morgen. Gud ved hvor Oppermann bliver af, her hænger den Hare og venter paa ham, vi lev[er ellers] højt paa et gam[melt] Faar i denne Tid, [noget af papiret mangler] fik vi stegt Kølle det er meget bedre end Lammekød og næsten bedre end godt Oxekød. I Dag har her været en Gaardmandsdatter fra Pejrup, som er bleven fæstet for i Vinter. Marie og Uglen var nede for at besøge Maren i Gaar, men kom ikke til at tale med hende da, Madammen var der, og hun havde lige faaet en lille Pige. Jeg er forfærdelig forkølet i Dag og render frem og tilbage mellem Feden og mit Atelier og herop op og glemmer hvergang hvad jeg er gaaet efter saa jeg faar jo [ikke besti]lt videre meget. [noget af papiret mangler] fik jeg 2 ny Elever [paa tekn]isk Skole, saa nu har jeg 6 naar der møder fuldtalligt hvad de gjorde i Aftes. Jeg maalte Gulvtæppet derude i Dag der er 3 ½ Al langt, d.v.s. det er 4-4 T kortere paa Gr. Af Sømmen og noget mindre end 3 Al bredt. Jeg glæder mig forfærdeligt meget til at se Jer nu er der jo kun et Par Dage til bare det kunde blive saa godt Vejr at I kunde 
+[komme] og møde mig ved Leddet, jeg savner Dig og Puf, jeg kommer med Middagstoget paa Søndag (herfra Kl. 11.) Jeg skal hilse fra Moder og de andre. Mange kærlige [Hilsner] til Dig og den [lille søde] fra Din
+Johannes Larsen.</t>
   </si>
   <si>
     <t>1901-08-26</t>
   </si>
   <si>
     <t>Højrup
 Boston
 Odense</t>
   </si>
   <si>
     <t>Ellen Agnete Amstrup
 Louise Amstrup
 Vittoria Bacci
 Louise Brønsted
 Niels Elgaard Amstrup
 Jens Hammer
 Grethe Jungstedt
 Andreas Larsen
 Johan Larsen
 Christine  Mackie
 Augusta Mogensen
 Christian Mogensen
 Johanne Nielsen
 Ellen  Sawyer
 Harris Sawyer
 Karen Sørensen
 Albrecht  Warberg
 Andreas Warberg
 Laura Warberg</t>
   </si>
   <si>
     <t>Harry Eastman Sawyer har skrevet, at han, Ellen og deres datter kommer til Danmark den følgende dag fra USA. Der har været mange gæster på Erikshåb, og man pynter op, hejser flag osv for at fejre, at Ellen og familien kommer. 
 Efter at de er kommet, skriver Alhed, at Ellens barn skal i kirke om søndagen (formodentlig døbes), så Johannes Larsen må komme.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/hQsY</t>
   </si>
   <si>
     <t>Kæreste lille Lavsi!
 Nu vil jeg begynde paa et Brev til Dig, skønt jeg ikke har faaet Din adresse endnu. Tak for Dine to breve, jeg synes det ser ud, som Rejsen er begyndt godt for Dig. Det var udmærket, Du kom til Kerteminde og fik sat lidt Gang i det derude, sikken en Masse, Du fik udrettet paa de Par Timer. – Her er stor Sensation. I Gaar g [bogstavet overstreget] fik vi 2 Linjer fra Eastman om at han og Elle den 14de var sejlet fra Boston og at de ventede at naa Odense d. 26nde, altsaa i Morgen. Og skønt vi jo hver Dag have ventet den Meddelelse, blev vi dog ligesom vi var tossede alle sammen, det er en aldeles vidunderlig Fornemmelse, igen at skulde se Elle. Blot hun nu ikke har lidt altfor meget af Angst og Uro for Far. Dejligt at Eastman tog med. Han nævner ikke Grethe, saa vi gaar i Skræk for, at de skulle have lavt [ordet overstreget] ladet hende blive hjemme, men vi kan næsten ikke tænke os det. – Det er en voldsom Spænding at gaa i, da vi jo ikke aner med hvilket Tog eller fra hvilken Side de komme, vi have ventet dem i Dag, de maa jo have haft en god Rejse, saa vidt vi kunne skønne efter Vejret. – Vi har det udmærket, Puf og Fedtelsen er voldsom søde, de ligge og sove nu, Kl. er over 11, og alle er i Seng, men jeg vilde skrive lidt i Aften, da man jo ikke ved, hvad Fred og Ro, der bliver i Aften [ordet overstreget] Morgen. I Dag har her været et voldsomt Rykind, Amstrups, Johanne Nielsen fra Odense (Dedes Værtindes Datter) Karen Sørensen, Mogensens, Pastor Hammers og endelig Degnen nu sent i Aften. Vi fik saa meget dejlig Sang i Eftermiddag af Johanne N. og Christine, jeg sad og tænkte paa Dig mens de sang, jeg savner Dig meget og længes meget efter Dig. Puf snakker meget om Lavsor. Nu er jeg bleven træt og søvnig, Godnat min egen Dreng. 
 Næste Dag.
 Elskede Lavsi!
 Stor og gribende Sensation! Telegram Kl. 12, at de kommer med Iltoget Kl. 1. Landaueren af Sted med Mor, Puf og Christine, Razzia i alle Stuerne for at faa fint og festligt, Flaget hejst, Vin op fra Kælderen, Hundene pyntede med henholdsvis røde og blaa Baand i Haler og Øren, alle vi andre i Festskrud – og nu vente vi dem hvert Minut. Det er næsten ikke til at holde ud at vi nu skal se Elle igen, det er til at tude sig ihjel over. Hvor sørgeligt at Du ikke er her, ingen Glæde er dog helt fuldkommen her i Verden.
 Senere.
 Nu er de kommen! Lille Grethe med! hun er bedaarende. Herligt at se Elle. Hun er fuldstændig sig selv. Kun er hun bleven noget federe. Paa Søndag skal lille Grethe i Kirke og Du maa være her, inden den Tid, allerede om Mandagen rejser Far og Dede til København, Lugge kommer hjem den Dag, Du maa være her saa vi i alt Fald én Dag alle kunne være samlede. – Jeg savner Dig meget kæreste Lavsi, desværre ingen Brev i Dag, saa jeg ved ikke Din Adresse. – Nu sender jeg dette med Junge til Højrup, saa mulig der er Brev fra Dig, saa hun kan føje Adressen til. Send mig omgaaende Vittorias Adresse, Du fik hendes Brev med, men skriv Adressen af, saa I ogsaa kunne sende hende en Hilsen, det skal afsendes_ Fredag_ til Italien. –
 Nu Farvel kæreste Las! Jeg haaber Du har det rigtig godt og bliver lidt federe.
 Din egen Alhed
 Mandag</t>
   </si>
   <si>
+    <t>1898-06-11</t>
+  </si>
+  <si>
+    <t>Odense
+Højrup
+Svanninge
+Gelskov</t>
+  </si>
+  <si>
+    <t>Asta Blom
+Thora  Branner
+Adolph Larsen
+Jeppe Andreas Larsen
+Vilhelmine  Larsen
+Peter Larsen, Svanninge
+Christine  Mackie
+Christian Mogensen
+Ellen  Sawyer
+Christine Swane
+Andreas Warberg
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Alhed har været i Odense og ordne ærinder. Senere vil hun til Svanninge og tale med Peter Larsens enke.
+Alheds mor synes ikke, at Johannes Larsen skal have sort tøj på til brylluppet, så de stemmer for det blå, men han bør måske bestille et sort sæt til senere brug.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/5cFa</t>
+  </si>
+  <si>
+    <t>Min egen, kære Ladersen!
+1000 Tak for Dit Brev, som jeg blev forfærdelig glad ved. Du er altsaa den allerbedste og sødeste og godeste Dreng, det er Du rigtignok ogsaa, Du kan stole paa jeg glæder mig til paa Mandag. Bare nu dette smukke Vejr maa holde sig. – I Gaar var Asta og jeg i Odense, Du kan tro, det var hedt at gaa og besørge Ærinder derude. – Om Aftenen var vi i Læreforeningens Have at drikke The, Christine, Tutte og Dede var der ogsaa, bagefter drak vi Rhinskvin og morede os udmærket. – Vi tog hjem med det sidste Tog og cyclede fra Højrup i et henrivende Vejr. – I Eftermiddag har jeg tænkt at cycle til Svanninge for at se om Peter Larsens Enke er bleven lidt mere velvillig stemt overfor os. Hvis ikke maa jeg se at finde et andet Sted. I Aften skal vi om til Gelskov til Mogensens Fødselsdag. – Jeg skal nok skrive til Dig ogsaa i Morgen, men kan Du naa at faa det, inden Du skal rejse? Saa cycler jeg derud med det i Morgen og glæder mig meget til at der skal lige et fra Dig! – Hvad det sorte Tøj angaar, saa har jeg raadført mig med Mor derovre; vi kan ikke tænke os, at Du skulde have sort paa, da jeg jo heller ikke møder i Foddragt, men derimod absolut det blaa i Stedet for det graa. Mor siger, at det gør ikke noget, fordi det ikke er saa pænt, Præsten kan ikke se det og ellers er der jo kun os selv. Men Du skulde alligevel lade tage Maal af noget sort nu med det samme, Du kan vist ikke undvære det i Længden, og saa har Du det i Orden til Elles Bryllup. Jeg tror – nu kan jeg ikke huske, hvad det er, jeg tror, jeg har nemlig været inde at spise til Middag i Mellemtiden, - Slikasparges, Duesteg med Fars i og Brødkage, fin lille Middag i Anledning af, at vi Damer ere alene hjemme. – Jeg skal nok komme ned at hente Dig ved Stationen paa Mandag. Jeg glæder mig som sagt meget til Du kommer. Jeg elsker Dig virkelig forfærdelig højt, selv om Du ikke altid kan mærke det. – Kan Du hilse Dine forældre og Uglen og Agraren forfærdelig mange Gange fra mig 1.000 Hilsner af de allerkærligste fra din egen søde Kæreste
+Alhed
+11te Juni - 1898 – 
+[Skrevet ved datoen, men på tværs]: Tak for sidst til Jer allesammen Elle
+Elle sad nede i Haven og syde i Formiddags, saa blev hun saa sulten, at hendes Mave rumlede saa højt, at begge Hundene kom gøende derhen og trode, det var en Vogn.
+Jeg skal hilse fra Elle og spørge, om hun saa ikke ogsaa var sulten
+[Skrevet på side 1, øverst, på tværs]: Efterskrift: Det er ligesom, der trækker lidt Skyer op for Solen nu. Jeg vogter spændt paa Vejret hver Dag for Din Guldregns Skyld. Ja bare det dog maa blive et smukt Billede, men det gør det nok. Det var et sødt Brev jeg fik fra Dig i Dag.</t>
+  </si>
+  <si>
+    <t>1902-07-27</t>
+  </si>
+  <si>
+    <t>Nordskov
+Højrup, Faaborg</t>
+  </si>
+  <si>
+    <t>- Bendix
+Andreas Larsen
+Jeppe Andreas Larsen
+Johan Larsen
+Vilhelmine  Larsen
+Marie   Larsen, Georg Larsens datter
+Christine Swane
+Fritz Syberg
+Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>Alhed og Johannes Larsens to drenge blev i juli 1902 passet hos Alheds familie på gården erikshaab, fordi Møllerens børn i Kerteminde havde skarlagensfeber. 
+Johannes Larsen og hans søster Christine var i samme måde i Nordskov for at male.</t>
+  </si>
+  <si>
+    <t>Alhed ved ikke, om Johannes Larsen er i Nordskov eller Kerteminde. Hun håber ikke, at han er ude i stormvejret.
+Godt, at lille Anna kom sig hurtigt.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/H5K8</t>
+  </si>
+  <si>
+    <t>Kæreste lille Lavsi!
+[Nu v]ed jeg jo ikke, hvor jeg skal [send]e hen, til Nordskov eller [K]erteminde, jeg vælger det sidste [da] Vejret jo har været noget ustadig. (Fader sidder og siger ”værsgo Ladersen” og beder mig hilse) jeg vil da heller ikke haabe, Du er derude i denne Storm, jeg kan ikke taale at tænke paa, Du sejler i Pram i dette Vejr. – Vi har det udmærket, Ungerne er søde og raske. – Vi har besøg af Frk. Bendix Kæreste, Madvig [? svært læseligt navn], i disse Dage, han er meget sød og tiltalende, ligner Napoleon en hel del, og er for Resten ogsaa Franskmand, han har kun været 1 Aar i Danmark men taler fuldstændig rent [og] uden Accent, det er godt [noget af papiret mangler]. Jeg skal skrive til Kunst[nerens] Fødselsdag, - mens Du [noget af papiret mangler] det? – derfor faar [Du] kun et Par Ord. – Hils [de] gamle og Uglen, hvis Du er der endnu. Hvor det var godt, at lille Anna kom saa hurtig over det. Tak for Dit Brev! jeg haaber, jeg faar et igen nu om lidt, naar Vognen kommer fra Højrup, det glæder jeg mig til. 1000 Hilsner fra Din egen Alhed
+Det er nok en Ugestid endnu, at vi ikke skal ses, med mindre, Du kommer herned!!
+27 – Søndag – Erikshaab.</t>
+  </si>
+  <si>
+    <t>1898-06-09</t>
+  </si>
+  <si>
+    <t>Arreskov
+Odense
+Højrup, Faaborg
+Lykkenssæde
+Tørringe, Fyn</t>
+  </si>
+  <si>
+    <t>Dora -
+Asta Blom
+Ellen  Sawyer
+- Schierbeck
+Johanne Schroll
+Peter Tom-Petersen
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Alhed Larsen har med sin søster Elle(n) været i Odense. Der er håndværkere i huset. 
+Alhed og Asta har været på cykeltur for at se syrener. Forleden drømte Alhed om den guldregn, som Johannes Larsen er ved at male.
+Alhed har besøgt maleren Tom-Petersen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/BB70</t>
+  </si>
+  <si>
+    <t>Kære lille Las!
+Du kan da vist ikke forstaa, hvorfor jeg aldeles ikke lader høre fra mig i disse Dage! Jeg ved heller ikke, hvordan det kan være, i Forgaars lod jeg det glide over og i Gaar løb Tiden fra mig. Men nu skal jeg nok blive flink, jeg er saa ked af, at jeg snart ikke skal skrive til Dig mere, eller læse Dine kære Breve mere. – Jeg skrev altsaa sidst ude i Odense, Elle og jeg tog hjem med det sidste Tog. Jeg fik min Cycle med og cyclede hjem fra Højrup. Vi fandt Huset i en sørgelig Forfatning, 1 Murer, en Snedker 2 Sadelmagre og 3 Malere havde husseret her hele Dagen og ere her endnu undtagen Mureren. – Næste Eftermiddag var vi med Dora ovre i Tørringe, Mor var med, ude for første Gang i flere Uger, saa Du kan tro hun nød Turen. Om Aftenen var Asta og jeg en dejlig Cycletur ud ad Svanninge Landevejen for at se til Syrenhegnene. De ere knap endnu udsprugne, men om kort Tid bliver de henrivende. Vejret er jo dejligt i disse Dage, jeg tænker meget paa Dit Guldregnstræ, forleden Nat drømte jeg om det og saa det lyslevende for mig, det var saa smukt. I Gaar skulde jeg møde nede ved Højrup St. Kl. 1 for at følges med Fru Schroll fra Lykkenssæde ned til Tom Petersens. De har det rigtignok nydeligt, men til Oktober rejse de derfra. Jeg skulde hilse ”min Kærreste” fra dem. Kommer Du ikke snart? Folk begynder at blive saa utrolig næsvise imod mig. Du har det egentlig meget bedre. – Om Aftenen var vi paa Lykkenssæde. Elle kom der til Thé. – I Dag skal vi til Præstens sammen med Provst Schierbæk og Elle og jeg skulle til Arreskov paa Visit først, jeg skal hen at klæde mig om nu! – 
+Vi skal køre i Hast – 
+9nde 1000 Hilsner og Tak for Dine Breve Din A.</t>
+  </si>
+  <si>
+    <t>1898-11-18</t>
+  </si>
+  <si>
+    <t>Glorup
+Erikshaab</t>
+  </si>
+  <si>
+    <t>Viale Pr. Margherita 44 Firenze
+Fiesole, Italy
+Glorup, Nyborg</t>
+  </si>
+  <si>
+    <t>Konsulen -
+Wilhelmine Berg
+Thora  Branner
+Louise Brønsted
+Johannes Larsen
+Knud Larsen
+Otto Emil  Paludan
+Alfred Rottbøll
+Hempel Syberg
+Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>Albrecht Warbergs bror, Conrad Warberg, var godsforvalter på Glorup.
+Odenseanerne er muligvis Hempel Syberg og hans datter Thora, som flyttede til Odense i marts 1898.</t>
+  </si>
+  <si>
+    <t>Alhed og Johannes Larsen bor på et lille værelse i Firenze. De går på museer og besøger kirker. De spiser godt på restaurant og har kørt med elektrisk sporvogn. Det forsvundne brev er fundet på posthuset.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/uhvb</t>
+  </si>
+  <si>
+    <t>Kæreste Mor!
+1000 Tak for Dit Brev som jeg fik i Dag til Morgen; jeg ventede med Længsel Postens Ankomst, da jeg havde regnet ud, at jeg nok kunde have Brev i Dag, hvis det blev sendt til Højrup! – Det var dejligt at høre, at I alle have det godt, jeg fik ganske vist det andet, Dagen efter at jeg havde skreven, men det jo allerede 14 Dage gammelt; Konsulen og Kn. Larsen havde været paa Posthuset sammen og derfra til Direktøren for at klage, og tilsidst kom Brevet – atter til Kn. Larsen, som heldigvis ikke gav det tilbage til Posthuset, men opsøgte os og fandt os paa et Museum – Konvolutten er aldeles overmalet med Adresser og Overstregninger. – Vi har det ogsaa udmærket og ere glade ved vort Værelse, om Dagen ere vi der jo ikke meget, men om Natten er der saa dejlig stille; de to første Nætter, da vi boede paa Hotel herinde i Byen, kunde vi ikke sove for Støj. – Desværre er Vejret i Gaar og i Dag mindre godt, klart Solskin ganske vist, men en væmmelig Blæst, som hvirvler Støv og Skidt op i Ansigterne paa os. – Vi spise i ”Napoleone” en morsom Beværtning, hvor der altid er en Masse Mennesker, og derfor udmærket god Mad, og meget billig. I Dag er det Fastedag, hvorfor der exeleres i Fisk, vi spiste til Frokost: kogt [tilføjet: kogt] Haj med Citron 
+[skrevet ned langs margen:] Meddel os, hvis der sker noget i Dreyfussagen [tilføjelse slut]
+og Olje, - derefter Blæksprutter med Spinat men tilsidst mente vi dog, at lidt Kød kunde gøre godt, hvorfor vi nød os en Portion Lammesteg med Kartofler og ovenpaa Ost. Du kan se, vi nægter os ikke noget, naar vi spise 4 Retter til Frokost, den bebo [udstreget: bebo] beløb sig kun til 1 Lire 90 C. for os begge tilsammen, altsaa ikke en Gang 1,50 Øre, er det ikke kolossalt billig. Men det er foruden Vin, Vi køber nemlig en Flaske ad Gangen, paa den Maade kan vi drikke ligesaa meget vi vil for o. 35 C. pr Maaltid. – Forleden sad der en gammel Fyr og spiste ved samme Bord som vi. Han saa temmelig fattig og lurvet ud og vi antage ham for en lille Haandværksmester. Til vores store Frobavselse tiltalte han os paa godt Engelsk, og da han mærkede det ikke var vores Sprog – paa tysk. Jeg fik mig imidlertid en italiensk Passiar med ham og vor Forbavselse steg, kan I tro, da det viste sig , at han havde været Professor i italiensk ved Universitetet i London i nogle og tyve Aar: og Tyskland har han gennemrejst for sin Fornøjelse. – Vi gaar paa Museer hver Dag og gærne ogsaa i en Kirke, samt en Tur omkring i Byen. Forleden var vi en dejlig Tur i Fiesole, op med elextrisk Sporv. men ned flottede vi os med en Droske. Vi spiste til Aften – altsaa Middag – deroppe. – Du maa endelig skrive [overstreget: skrive] snart igen, jeg var saa glad ved dit Brev. Nu er Las færdig med at skrive hjem og vi skulle han at spise. – Jeg taaler Maden udmærket, er glad ved Tante Mis’ Middel, som jeg anvender
+[skrevet ned langs siden:] Vi glemte at fejre Mortensaften, ellers ”fejre” vi alt muligt hvilket bestaar i at spise fint hos ”Melili” (gl. Bernhards Restaurant) [Tilføjelse slut]
+[skrevet paa tværs på side 1:] hver Dag. – Nu Farvel! – Rottbølls er her ikke, men de komme muligvis med det første, sagde Konsulen. – Hils alle, vi morede os over Fars og Palams Kastanjeplantager, og i det hele taget over alt, hvad du fortæller. – I komme vel fra Glorup Mandag saa kan dette ligge til I komme hjem. - 1000 Hilsner til alle, ogsaa Odensianerne og Lugge, naar Du skriver, ogsaa Palam fra Las og Eders A
+Fredag – 18</t>
+  </si>
+  <si>
+    <t>1899-10-22</t>
+  </si>
+  <si>
+    <t>Erikshåb Højstrup St</t>
+  </si>
+  <si>
+    <t>Louise Amstrup
+Julie Brandt
+Viggo Bredsdorff
+Louise Brønsted
+Carl Neiiendam
+Gandenz Neiiendam
+Ellen  Sawyer
+Johan Wessel</t>
+  </si>
+  <si>
+    <t>Ellen/Elle, Johannes søster, var flyttet til USA, og derfor skulle hendes julegave være nem at sende. 
+Vor Herre er formodentlig Johanne Larsens øgenavn til Carl Neiiendam, som behandlede hende ublidt og nedladende. Familiehuset må være Neiiendams lejlighed på Hotel Phoenix. 
+Det vides ikke, hvem Frk. Julie var. Julie Brandt kaldte Johanne altid Pan. 
+Elna må have været pige i huset hos Neiiendam eller ansat på Hotel Phoenix.
+Viggo var muligvis Viggo Bredsdorff, men kan også have været en anden.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0427</t>
+  </si>
+  <si>
+    <t>Johanne/Junge håber, at moderen har fået gardinprøverne. Hun har forslag til julegaver til Ellen/Elle.
+Louise har været syg.
+Johanne har fået lov til at øve (på klaver) i selskabslokalerne. Hun har været på landet med børnene om sommeren, og nu er de umulige i de to små stuer i byen. Kun om aftenen, når børnene sover, kan Johanne hygge sig lidt. 
+Carl Neiiendam behandler Johanne nedladende og uhøfligt.
+Johanne har været på en lang cykeltur og kom lidt for sent hjem til middagen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/V9wD</t>
+  </si>
+  <si>
+    <t>Fru Laura Warberg
+Erikshaab
+Højrup St.
+Fyen
+[I brevet:]
+Søndag
+Kære Mor!
+Tak for Dit Brev, det var morsomt at høre hjemme fra en Gang, nu maa jeg ogsaa se at skrive lidt til Jer en Gang imellem, det er en sær Skik jeg der har fået indført aldrig at lade høre fra mig, jeg maa se at forbedre mig. Jeg haaber, at du har faaet Prøverne fra Magasin du Nord han lovede at sende dem i Gaar, men det maa jo være en Fejltagelse med de 33 Øre Al. for Gardinsirts, det billigste de har er til 38 og 42, men kan du saa ikke nøjes uden Undergardiner Mon det har været fra Wessel dem tante Visse fik, han deroppe paastod nej. --------
+Saa var det Julegaver til Elle; ja, jeg ved virkelig ikke; nu har hun jo en pæn Forsyning til Kaffebord og naar hun ["naar hun" overstreget] men men har hun Lyseduge? Jeg vilde foreslaa at en gav hende en smuk Lysedug og saa de andre 3 en Toiletpude rigtig smuk og to Pyntehaandklæder, det var da ikke saa svært at sende; det er mit Forslag, nu kan du jo skrive, hvad du mener om det og saa hvor meget saa nogenlunde, at I vil koste paa det, saa skal jeg nok besørge det. -
+Lugge er vist temmelig rask nu igen; jeg var sammen med hende forleden Aften ude hos Pan, men det var ellers Synd at sige, at vi dyrker hinanden for meget; jeg var bleven bitter, fordi det altid er mig der skal komme til hende og hun aldrig kan se op til mig; men jeg blev lidt flov, da jeg hørte, at hun havde været syg. Hendes Kaabe kan absolut ikke farves, siger hun; hvad saa? Skal jeg gaa med hende ud at købe en Kaabe; synes du en billig eller en solid, fleraarig? ---------------------------------------------------------
+Her har vi det med Sygdom Frk Julie har ligget i snart 8 Dage af Gigt baade i Hoved og Ben; alt det, hun da maa døje med den infame Gigt, det er dog en trist Sygdom. Desværre har jeg måttet indstille min Øvning; jeg var ved at fortvivle, men nu har jeg faaet det indrettet saadan, at jeg øver mig nede i Selskabslokalerne om Formiddagen, saa nu er mit Humør steget igen. – Du kan tro, jeg alligevel savner den gode Luft ude paa Landet, herinde er frygteligt nu inden man vænner sig lidt til det; og saa er Børnene da helt som tossede til at lave Ufred her, eller maaske mærker jeg det mere herinde, hvor de kun har disse to Stuer til at regere i. Jeg er af og til ved at blive smaatosset over dem, og saa har Landopholdet gjort dem saa uartige, at jeg næsten ikke kan tumle dem; jeg er tit helt modløs over det og tænker ikke med Glæde paa Vinteren; især gør Gandenz mig mange Knuder, han gør Vrøvl til alt hvad jeg siger til ham - - - uh ha! Men hvad skal man sige, jeg er naturligvis alt for god ved dem, saa til syvende og sidst bliver det vel min egen Skyld, jeg maa til at tage mere energisk fat paa dem. Elna er min Trøst, maar Børnene er i Seng om Aftnerne, saa lever vi igen og nyder Livet med Kaffe og Kager og af og til en stille Cigaret. – 
+Og saa maa jeg til at gaa lidt mere ud, jeg har været saa meget hjemme siden vi kom fra Landet. – Men vil du fortælle Far, at Vor Herre lige knap er mig saa meget imod, som han har været, jeg opdager dog Tid efter anden Ting, der kan tyde paa gode Tider hos Manden. ----------
+Jeg har Gudskelov kun en eneste Gang været nede i Familielivet siden vi den 4de Okt. flyttede ind til Byen, men det var ogsaa en fæl Gang; der kom en Herre ind mens jeg var der og Neiiend præsenterede ham for nogle af de andre, men ikke for mig – ja, han er en sød Sjæl Og saa de fine og smagfulde Spøgefuldheder, han kan tillade sig; f.Ex. da jeg den Aften havde min grønne Kjole Empirekjolen paa og skulde gøre mig tynd for at komme forbi Fru Neiiend, sagde han ”Det er ellers ikke den Slags Kjoler man tager paa, naar man bliver tyndere!” Du forstår vel nok? Ok! Men det regner vi for fin Udtryk. -----------
+Jeg har for Resten benyttet mine lange Formiddage og Frk. Julies Sygdom til at tage nogle ordentlige Cycleture mest i Retning af Lyngby, helt ud til Søllerød; de Skove deromkring er saa aldeles vidunderlige. I Gaar var Pan, Viggo og jeg i Elmelundskov i Nærheden af Gentofte; som Vejret ogsaa er i al denne Tid, I nyder det da rigtig hjemme. Paa den Tur drev vi for længe ud i Skoven og da vi havde forskellige smaa Forhindringer løb Tiden fra os, saa det saa galt ud med at naa hjem til Middag 2 ½; da jeg særlig i denne Tid herser svært med Børnene og Elna for at faa dem til at være præcise med den Middag, kan du nok tænke, at jeg svært nødig vilde komme for sent; jeg sagde Farvel til de andre og satte i vild Spurt ad Staden til; jeg tror aldrig i mit Liv jeg har kørt saa vildt, men jeg naaede da at køre herind ad Porten 8 Min over halv ildende gloende rød i Hovedet Skønt Vor Herre ellers næsten aldrig opholder sig nede i den lille Baggaard som jeg maa passere med Cyclen, skulde han naturligvis netop staa der; han lo lidt ad min Rødmossethed, men sagde for Resten ingen Ting; det var Synd at sige, at han blander sig for meget i Lejlighedens Anliggender. ----------------------------
+I Dag, da jeg spillede nede i Selskabslokalerne, kom en af Tjenerne og sagde, at en Herre ønskede at tale med mig ind tren lille [ulæseligt] og vilde have mig med paa en Cycletur, hvad jeg imidlertid ikke kunde; men vi sad dernede og snakkede i en Times Tid; vores Herskab var taget paa Landet, saa der var Fred
+Farvel
+Nu skal Brevet af Sted
+Hilsen Junge</t>
+  </si>
+  <si>
+    <t>1911-07-11</t>
+  </si>
+  <si>
+    <t>Jens Lund, forstander</t>
+  </si>
+  <si>
+    <t>Thora  Branner</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2262</t>
+  </si>
+  <si>
+    <t>Jens Lund beder Astrid Warberg om at komme og holde foredrag om reformdragten på Vejstrup Højskole. Hun kan overnatte på skolen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/du8Z</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Astrid Warberg
+Erikshåb
+Højrup st.
+[Håndskrevet på kuvertens bagside af Astrid Warberg-Goldschmidt:]
+Da jeg i juli 1900 (18 år) holdt foredrag på Vejstrup højskole, udsendt af Dragtreformforeningen, som Tutte og jeg startede i 1899 (?)
+[I brevet:]
+Vejstrup Højskole d. 11 Juli 1900.
+Vejstrup st.
+I henhold til brev fra Thora Syberg Odense beder jeg Dem holde foredrag for vore kvindelige elever om kvindernes dragt Onsdagen d. 18de Juli.
+De kan komme med toget til Vejstrup st kl. 3,52 efmdg. og dersom De skal rejse samme dag, går der tog fra Vejstrup st. til Svendborg kl. 7,33 aften.
+Dersom De derimod kan overnatte her, kunde jeg ønske, at De holdt Deres foredrag fra kl. 7-8 aften. Den Tid vilde passe os bedst.
+Må jeg snart se et par linjer til svar.
+Med megen agtelse
+ærb.
+Jens Lund.</t>
+  </si>
+  <si>
+    <t>marts eller april 1898</t>
+  </si>
+  <si>
+    <t>Berta Brandstrup
+Johanne Christine Brandstrup
+Ludvig Brandstrup, billedhugger
+Christian Kampmann
+Johanne Kampmann
+Ellen  Sawyer
+- Winther, Fru</t>
+  </si>
+  <si>
+    <t>Alhed Larsens bedstemor, Johanne Brandstrup, døde 5. april 1898. Alheds lillebror, Frederik Andreas Warberg, blev konfirmeret 3. april 1898. 
+Johannes Larsen udstillede på Den Frie 1898.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2216</t>
+  </si>
+  <si>
+    <t>Alhed Larsens bedstemor er meget dårlig med opkastninger og besvimelse. Der er hyret en vågekone. Man kan ikke sige, hvor længe endnu bedstemoderen vil leve. 
+Alhed beder moderen om at udsætte vasken, til hun og hendes søskende er hjemme. Moderen må ikke anstrenge sig så meget lige før konfirmationen. Hun håber, at faderen passer på sig selv i det væmmelige vejr.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/CdkH</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Laura Warberg
+Erikshaab.
+Fyen Højrup Station
+Kære Mor!
+I Gaar var jeg ude hos Bedstemor og kom ind hos hende. Hun er temmelig forandret, synes jeg; ser saa mat og daarlig ud, men i Gaar Formiddags X [tilføjet nederst på side 1:] x da jeg var der [tilføjelse slut] havde hun det vist eller ganske godt -, hun er fuldstændig aandelig rarsk [”r” midt i ordet overstreget] og spurgte til Eder allesammen. 
+I Dag var jeg nede hos Berta og Lud for at spørge til hende; i Gaar Eftermiddags havde det været meget daarlig med Opkastninger og Besvimelse, men i Dag var det igen bedre. – Jeg kommer ikke til at vaage derude alligevel, da de have faaet en Kone, Fru Winther havde anbefalet. – Du tænker naturligvis paa Konfirmationen, men der er vist ingen Mennesker, der kan have nogen bestemt Mening om hvorlænge det kan trække ud, Tale om Helbredelse er der vist absolut ikke. Jeg længes meget efter at høre et Par Ord fra Dig, ogsaa om, hvad Du mener om Elles Udeblivelse. Kan Du ikke helt udsætte den Vask til efter Paaske, saa ere vi jo begge hjemme; Du maa da endelig ikke gaa og overanstrænge dig til Konfirmationen og Paasken, naar vi alle ere hjemme. – Las kommer i Morgen, hans Billeder hænger så kønt paa Udstillingen – Jeg haaber, Far passer paa i dette kolde ækle Væjr [”Væjr” overstreget] Vejr, at han ikke faar Tilbagefald.
+1000 Hilsener til Alle.
+[Skrevet på tværs øverst på s1:] Kampmanns er saa voldsom søde imod mig. I Aftes skulde vi have en lille 3 Mands L’Hombre. De ere jo noget misfornøjede med, at jeg bliver saa kort.
+Din A.</t>
+  </si>
+  <si>
+    <t>1898-02-25</t>
+  </si>
+  <si>
+    <t>København
+Bredgade 43</t>
+  </si>
+  <si>
+    <t>August Bagge, Bogtrykker
+August Bagge, Bogtrykkerens bror
+Wilhelmine Berg
+Margrethe Boye
+Hedvig Hamilton
+Agnes Hirschsprung
+Bernhard Hirschsprung
+Fru Emma Hirschsprung
+Heinrich Hirschsprung
+- Jensen, Frøken, Erikshaab
+Marie Krøyer
+Peder Severin Krøyer
+Alhed Larsen
+Johanne Christine Larsen
+Christine  Mackie
+Franz Schubert
+- Voss
+Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>Pauline og Heinrich Hirschsprung boede i Bredgade, København. 
+Onkel Hendrik er formodentlig Heinrich Hirschsprung. 
+Glorups: Albrecht Warbergs bror, Christoffer, var godsforvalter ved herregården Glorup syd for Nyborg. 
+Det vides ikke, hvem Madame var. Onkel Harald er også ukendt. 
+Det kan ikke entydigt afgøres, hvem af de to Bagge-brødre der er tale om.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 1732</t>
+  </si>
+  <si>
+    <t>Det var godt, at Ellens far blev tilset af en læge. Alhed er rejst til Kerteminde.
+Ellen har det dejligt. Hun har set Krøyers nye hus, som har en portal med gamle søjler og indeholder mange mærkelige ting. Der er åbne kaminer, fajancefliser mm. 
+Der har været gæster - bl.a. en sangerinde.
+Pouline har tilbudt Ellen at deltage i franskundervisning, men det vil kræve, at hun bliver en tid i København. Madame ser Ellen ikke meget til, men Johanne/Junge har været på besøg. 
+Ellen har besøgt Agnes Hirschsprung.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/TyBn</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Laura Warberg
+Erikshåb
+Højrup St.
+Fyen
+[I brevet:]
+Bredgade 43
+25/2 -98
+Kære Mor!
+Da jeg traf Alhed igår, fortalte hun mig at hun var bleven hjemkaldt til på Søndag og at Far skal ligge 14 Dage. Det er dog skrækkelig kedeligt, men det var da et stort Held at vi fik Dr. hentet, ellers havde Far vel stået op om et Par Dage.
+Alhed rejste nu til Kærteminde i Dag og bliver der til Søndag. - Mon Far nu bliver så rask, så Glorups kan komme d. 6te - 7ende? Du fik vel ikke noget til min Næse?
+Jeg har det som Blommen i et Æg og morer mig udmærket. Onkel Hendriks er jo det absolut rareste man kan tænke sig. Tante P. er temmelig rask, hun går sin Morgentur hver Dag, - de taler slet ikke om at rejse. Den første Dag gik jeg Morgentur med og var et Øjeblik med dem inde hos Maleren Krøjers, der har bygget sig et Hus, som bliver enestående originalt og morsomt. Udvendig er det hvidt med grønne Vinduer, der sidder hist og her, som det kan træffe, store og små mellem hinanden. Foran Døren er der en Portal af to gamle Søjler, som de har bragt med et el. andet Sted fra. - Inden i Huset er der en Mangfoldighed af de mærkeligste Indretninger og Ting, - hentede rundt omkring fra, - dejlige, gamle Møbler, åbne Kaminer, o.s.v. I Spisestuen var Gulvet af grønne Fajansefliser og Farverne var henrivende overalt. - Det var meget morsomt. - Jeg har været hos Tante Mis hver Dag, og skal der også i Dag, - hun er i meget godt Humør, men Junge får jeg vist ikke meget at se af, hun har meget travlt. - Iaftes var her fremmede bl.a. Sangerinden Margrethe Broye, som sang en hel Del, bl.a. hele det første Parti af Orfeus og en Del Schubert. Bagges var her også og en Del andre flinke Mennesker. Men det er dog utroligt, hvor de siger meget Vås i et sådant Selskab! Nu skal jeg hen og gøre Goddagvisit hos "Onkel Haralds" og "Onkel Bernhardts". Tante Pouline læser fransk hos en fransk Dame - Konversation og jeg hører på det. Tante P. spurgte i Dag, om jeg ikke havde Lyst til at få nogle Timer hos hende, d. franske ["d. franske" indsat over linjen] mens jeg er her, og jeg kunde ikke sige nej, for jeg interesserer mig jo så brændende for fransk. Men Tante P. sagde, at det kunde ikke være mindre end 14 Dage. 
+Nu kommer så det slemme - om jeg ikke kan gå let hen over Fødselsdagene - Far er det sikkert lige meget, - og jeg for mit Vedkommende er ikke mere rørt over d. 6te og 7nd Marts, end over alle de andre Dage i Aaret. Madame siger at det var slet ikke Meningen, at det skulde være et sådant lille Besøg, og de skal nok helde mig ud, når de skal rejse. 
+Jeg vilde så rasende gærne have de Timer, - og så er her jo et guddommeligt Flygel og en Masse Bøger at læse i og en stor Flok gode Venner at besøge.
+Bare du nu ikke synes, det Forslag er altfor kedeligt. -
+Lørdag:
+Nu længes jeg snart efter at høre fra første Hånd hvordan Far har det, - men du har vel travlt med din Virksomhed som Fuldmægtig, så du ikke har videre god Tid til Skriverier. - 
+Madame har tilbudt sig som vikarierende Protokolfører mod fri Kost og Logi. Jeg ser ikke stort til Madame, hun har jo så travlt med sin Skole. Iaftes var Junge her og fik sig en lille L'hombre med Tante P, og ["og" overstreget] Onkel H og mig. Hun var temlig forvirret efter Læssøegade-Karnevalet, som havde varet til 3 1/2. De havde moret sig glimrende. 
+Ta' Mis har haft det dårligt i den senere Tid, men er dog nu en Smule bedre. - 
+Mon det ikke er bedst, du snarest lægger Tøjet på Bleg!
+Jeg var hos Tante Emma igår og kom lige til et lille udsøgt Dameselskab hos Agnes på hendes Værelse - med The russe og fine Kager, samt et Par Damer, som snakkede, så det næsten blev sort for Øjnene af èn. 
+Jeg havde i Dag Brev fra Hedvig Hamilton, - hun og Frk. Voss bor sammen og jeg skal hen og besøge dem i Morgen, Søndag. - 
+Vil du ikke give Christine dette Brev at læse, hvis hun er der, og sige til hende, at jeg skriver til hende snart.
+Nu tror jeg ikke, jeg véd mere denne Gang, men der bliver nok snart noget mere. -
+Vil du fortælle Frk. Jensen, at jeg har købt en ny, grå Filt-Indfatning til 3 Kr. de fandt det nødvendigt. - Og vil du så hilse Far, Frk. Jensen og de andre fra 
+din Pelle.
+(En elendig Pen, som næsten ikke kan drives frem)</t>
+  </si>
+  <si>
+    <t>1893-10-29</t>
+  </si>
+  <si>
+    <t>Rigmor Balslev
+Thorvald Balslev
+Carl Berthelsen
+Ove Berthelsen
+Agnes Berthelsen, Nislevgaard
+Leonard Holst
+- Jensen, Frøken, Erikshaab
+- Kiær, Klintebjerg
+Alhed Larsen
+Christine  Mackie
+- Poulsen, Frøken
+Ellen  Sawyer
+Hempel Syberg
+Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2016</t>
+  </si>
+  <si>
+    <t>Johanne takker for, at hendes mor har sendt hatten. Det er sjovt at høre om moderens planer for sølvbrylluppet.
+Johanne har selv tænkt over, at Thorvald og hun har forskellig holdning til religion - som moderen er inde på. Men har Johannes forældre ikke også det, uden at det har skadet deres samliv? Ja, Thorvald skal være præst, men i den nye generation er kvinden ligestillet med manden. Et par på egnen måtte bryde forlovelsen, fordi den ene var grundtvigianer og den andre indremissionsk, og det var Johanne vred over. Hvorfor er moderen dog bange for, at Johanne ikke vil være trofast? Fritænkning fører ikke til "vederstyggeligheder". Hvis Thorvald og hun ikke længere holder af hinanden, hæver de forlovelsen. Johanne hader i øvrigt mennesker, som bliver "for forlovede". Thorvald har sendt et godt brev, hvori han kommenterer spørgsmålet om forskellig opfattelse af religion. 
+Der skulle have været gæster - Kiær og en engelsktalende pige, som Johanne skulle samtale med, men de meldte afbud. 
+Ove har svært ved at lære at læse og skrive, men han er hurtig til det praktiske. 
+Carl Berthelsen taler om at invitere Albrecht på besøg og om at besøge Gelskov for at se på tyre, men han får det ikke gjort. 
+Det bliver sjovt at få Ellen på besøg. 
+Alhed har forsøgt at snyde med en togbillet. 
+Johanne spiller revyviser for Carl Berthelsen, og de minder hende om tiden i København.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/rx6H</t>
+  </si>
+  <si>
+    <t>[På kuvertens forside:]
+Fru Laura Warberg
+Erikshaab.
+pr. Højrup Station.
+[I brevet:]
+Søndag Formiddag 
+29-10-93.
+Kære Mor!
+Tusend Tak for Hatten, som jeg fik i Dag, men jeg er jo alligevel saa angerfuld over, at du skulde knurre for dens Skyld, men det var vel ikke saa ondartet et Knur; jeg skal sige dig, at Fru B. havde allerede den Gang talt om at invitere Elle til om 14 Dage og ["og" overstreget] men ikke da bestemt at jeg kunde skrive noget om det, og saa længe kunde jeg ikke vente; min Hue har jeg, men de vilde have grint af mig, hvis jeg havde gaaet med den på denne Årstid; de er temmelig comme il faut i deres Klædedragt her. Da du var i Kbhvn. vidste jeg ikke at jeg havde glemt den derinde, det var først nu da jeg rejste, at jeg opdagede det. Nu håber jeg, du har tilgivet mig og ikke knurrer mere! - 
+Du kan tro, jeg var glad ved dit lange Brev; det var saa morsomt at høre om dine Planer for Sølvbrylluppet; ja, det skal nok blive en storartet Dag, jeg glæder mig allerede til det. Nej, du kan tro, Thorvald svigter ikke paa den Dag. Det var for Resten ganske mærkeligt, at hvad du skrev om Thorvald og mig gik jeg netop og tænkte saa meget paa i de Dage, da jeg fik dit Brev. - Det er sandt nok, at vi er forskellige i vores religiøse Anskuelse, men i alle andre stemmer vi godt overens, og saa meget er sikkert, at det vilde være Tegn paa - ja, hvad skal jeg sige - Indvikling hos os, om det skulde have skadelig Indflydelse paa vort Ægteskab. Jeg vil spørge dig om én Ting: stemmer du og Far da helt overens i religiøse Sager? det gør I dog vist ikke og har det haft skadelige Følger for jeres Samliv? Det mener jeg dog ikke. Sandt nok at det vil træde skarpere frem, eftersom Thorvald bliver Præst; men saa til Gengæld tror jeg - ja det er vi for Resten enige om, jeg kan huske vi har talt om det - at den kommende Generation, vores Generation faar bedre Forstand paa at føre et lykkeligt Ægteskab end den nuværende og det tror jeg igen kommer af, at Kvinden føler sig og gør Fordring paa at være ligestillet med Manden i aandelig Udvikling eller rettere stræber efter det ["eller rettere stræber efter det" indsat over linjen] - Ja, det vilde absolut være en Fejl om to Mennesker, der virkelig holder af hinanden ikke skulde kunde blive lykkelige med hinanden, selv om de har en ["en" indsat over linjen] lidt forskellig Opfattelse af Religionen. - Den Dag, der var "[ulæseligt ord] Indremissionærer i Tarup, sad de og talte om, at en Forlovelse var hævet fordi den unge Pige var Grundtvigianer og han indremissionsk; jeg syntes, og sagde også, at det var da aldeles forfærdeligt men de fandt det ganske i sin Orden; det er dog min Sandten for galt, synes jeg og Tegn paa en utrolig Fanatisme - og Intolerance med - Du skriver, at kan jeg dog blive trofast mod Thorvald; hvorfor tror du dog ikke det? Giver jeg nogen Anledning dertil? Jeg kan slet ikke forstaa, hvor du kan komme paa de Tanker. Ved du hvad, jeg kunde næsten ikke lade være med at le, da du mente, at Fritænkeri ofte følges med at hylde den fri Kærlighed "og andre Vederstyggeligheder" - hvad mener du med de and. Veders? Ja, for såvidt hylder jeg den frie Kærl. (jeg aner for Resten ikke, hvad man mener med det!) At i det Øjeblik jeg ikke mere holdt [et par bogstaver i ordet overstreget, og "o" indsat over det] af Thorvald, hævede jeg straks Forlovelsen, men det kan du være sikker paa han ogsaa gjorde, hvis han kom i den Situation det vil jeg da haabe. Men du kan virkelig være ganske rolig i den Henseende, det skulde gaa mærkelig til, om vi skulde skilles. Og jeg forstaar egentlig slet ikke den Angst for min Trofasthed; det kan maaske komme af, at jeg bestræber mig saa meget for ikke at bliver ["r" i slutningen af ordet overstreget] et Forlovelsens ["Forlovelsens" indsat over linjen] Hængehoved, for at man ikke med Rette skal sige: ["]nu er hun bleven forlovet og derved tabt for denne Verden": det kan du maaske ikke forstaa, men jeg hader, naar Folk gaar saa fuldstændig op i deres Forlovelse, at de kun har Tanke for sig selv og Genstanden. (Jvfr. Christine og Leonard) og det maa da ogsaa være det behageligste for andre, at man ikke sådan går og bliver for forlovet. - - Alt dette er kun skrevet til dig; jeg haaber ikke at du viser Brevet til nogen andre. - 
+Søndag Aften. Vi skulde have haft fremmede i Aften; Kiærs fra Klintebjærg; der skulde have været en ung Dame med, der kun kunde tale engelsk og Fru B. havde sagt, at jeg maatte paatage mig at snakke med hende; hvilket jeg jo havde gruet for, men saa fik de selv fremmede og sendte Afbud, så vi maatte spise al den gode Mad alene - Vingelé Crême o.s.v. -
+- Du spørger om Oves Fremskrift ja, egentlig er han ikke saa lærenem, som jeg troede i Begyndelsen han er alt for praktisk til at sidde og makse med de Bogstaver, men det er storartet som han forstaar sig paa alt det ude omkring - lige til han snakker med, naar hans Far og Forvalteren drøfter et eller andet. Saadan noget som Geografi er han flink til og hans Bogstaver er pænt skreven, men læse og stave det er han sen til. Fru B. er af og til inde at høre paa; det er jeg glad ved, saa kan hun da se, at det er fordi han har ondt ved det og ikke fordi jeg sløser med det. - Carl snakker af og til om at telefonere efter Far; da her var Pølsegilde snakkede han et Par Dage før om at skrive efter ham og jeg tror bare det var fordi han ikke kunde faa sig til at skrive Brevet, at det ikke blev til noget; saa et Par Dage efter vilde han til Erikshaab og Gjelskov (vist noget om nogle Tyre, han vilde se paa) men det kunde han heller ikke faa sig bestemt til; nu i Morges spurgte han mig om jeg vilde med til Stationen og telefonere efter Far; han skulde have et 3Mands l'hombreparti i Aften og vilde saa have haft Far til 4de Mand; men det var da godt, det ikke blev, for Partiet væltede jo, da Kiær ikke kom - ja Far var naturligvis ikke kommen alligevel - - . Nu til November faar vi et ordentligt Rod; hele Besætningen skal skifte, undt. Forvalter, Mejerske, Kusk og 2 Barnepiger. 
+- Hvor det er sjov med Elle, der skal herned; det rene Tøj kan jo godt vente til den Tid; skriv om din Mening om Tarupturen - ja den skal naturligvis vente til en Gang efter Jul, men Elle kan jo tage et lille Svip derud nu med det samme. Mon Elle ikke kunde aftale med Frk Poulsen med det samme; hvis hun nu ikke kan spille med mig faar jeg jo en forgæves Tur derud og det er jo da en Krones Penge - ja, der ved jeg nu ikke, hvad du mener; jeg er altid saa upraktisk til at indrette sådan noget. - Mandag. Videre kom jeg ikke i Aftes; jeg gik i Seng og laa og læste i Nøddebos ["s" i slutningen af ordet overstreget] Præstegaard og grinede saa jeg blev bange for jeg havde vækket den slumrende Greve. - Jeg har lige nu faaet et langt Brev fra Thorvald, der har sat mig i glimrende Humør. Som jeg vist skrev til dig havde jeg selv spekuleret lidt over de Dele, før du skrev om det og jeg havde ["havde" overstreget; over ordet er skrevet "var"] var selvfølgelig gaaet til Thorvald med det, men han slaar alle mine Betænkeligheder til Jorden, saa de falder som Dug for Solen - hvis det ikke regnedes for saa upassende at lade andre læse sine Kærestebreve kunde jeg have Lyst til at sende dig lidt af dem - - Han fortæller en kostelig Historie derinde fra: da de skulde følge Rimse paa Banegården vilde Be gærne spare sine 15 Ør. i Personbillet og siger derfor kækt med høj Stemme ude i Forhallen: ["]Aa skit - vi snyder" og gaar derpaa mod de tvende [[ulæseligt ord] i fuld Fart; men den ene af dem maa have hørt hendes forvorpne Udtalelser, for han greb hende i Armen og drejede hende med et vældigt Tag om igen. Aa hvor jeg gærne vilde have overværet denne Scene? - -
+- - Fru Berthelsen sagde forleden, om jeg vilde hilse, naar jeg skrev hjem og Carl sagde i Formiddags om jeg vilde bede jer om at sige til Onkel Syberg at han snart kom ned og saa paa hans Tyre. (Jeg er nu ligesaa vis paa som noget, at det ikke bliver af alligevel) Carl har købt nogle Revueviser, som jeg spiller for ham og vi er lige henrykte over dem begge to; de minder mig om Kbhvn. jeg hørte dem hele Vinteren igennem. Saa, nu vil jeg ikke mere. Vil du ikke nok sørge for, at Elle skriver til Fru B, hvis du mener det. Vil du hilse alle. Det er dog godt med Frk Jensen der begynder lidt at komme til Hægterne igen. - Husk saa ikke at vise Brevet til nogen. Tusende Hilsner til dig selv fra Junge.</t>
+  </si>
+  <si>
+    <t>Maj 1898</t>
+  </si>
+  <si>
+    <t>Carl Becher 
+Jørgen -, Erikshaab
+Otto Emil  Paludan
+Albrecht  Warberg
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Alhed bor endnu på gården Erikshaab med sine forældre.</t>
+  </si>
+  <si>
+    <t>Alhed håber, at Johannes Larsen kom godt hjem og fik kørelejlighed, så han er frisk til at male. Selv maler hun på et billede med små, hvide blomster.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/93Ao</t>
+  </si>
+  <si>
+    <t>Min egen kære Frajser!
+Jørgen kører til Højrup, saa Du faar vist denne lille Skrivelse allerede i Aften, hvis Du [ordet overstreget] I sender Bud efter Post! – Jeg haaber, Du kom godt hjem i Aftes, og at Du kom kørende med Becher, saa Du ikke har været saa træt i Dag, men har kunnet male paa Dit Morgenbillede i det dejlige Solskinsvejr. Jeg vaagen ganske tidlig i Morges og glædede mig over det. Far var meget skuffet over, at Du var rejst og fortrød, at han ikke havde faaet Dit Tøj op i Palams Skab. – Jeg malede flittig hele Eftermiddagen men fik kun malet de to hvide Blomster, nu skal jeg ud at hænge i igen. Det morer mig dobbelt, nu Du har set det og anerkendt det en lille Smule. – Mor ligger af Hold i Skulderen.
+Han kører Din
+A</t>
+  </si>
+  <si>
+    <t>1899-07-17</t>
+  </si>
+  <si>
+    <t>Thora  Branner
+Louise Brønsted</t>
+  </si>
+  <si>
+    <t>Laura Warberg til Astrid Warberg, 1899-07-17, 2438</t>
+  </si>
+  <si>
+    <t>Laura Warberg vil gerne hentes ved toget tirsdag. Thora og Louise kommer torsdag.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/sFGy</t>
+  </si>
+  <si>
+    <t>[Kuvert forside:]
+Frøken Astrid Warberg
+Erikshaab
+pr. Højrup.
+[I brevet:]
+Mandag
+Kære Putte!
+Du kan troe, jeg blev glad for Dit gode Brev! Jeg vil gerne hentes ved Iltoget i Morgen (Tirsdag) men Thora og Muk kommer ikke før Torsdag, da Thora skal prøve Kjole Onsdag Aften. 
+Dejligt at se Thorvald! I skal ikke vente med at spise efter mig, hvis f. Ex. Pigerne skal sætte Tøj i Blød.
+Kærlig Hilsen Mor.</t>
+  </si>
+  <si>
+    <t>1894-02-08</t>
+  </si>
+  <si>
+    <t>Frankfurt am Main</t>
+  </si>
+  <si>
+    <t>Emil Brandstrup
+Ludvig Brandstrup, billedhugger</t>
+  </si>
+  <si>
+    <t>Alhed Larsen rejste med sine morbrødre Emil og Ludvig Brandstrup til Italien i februar 1894. Alhed kom hjem foråret 1895.
+Emil Brandstrup led af tuberkulose og måtte derfor ofte gå tidligt i seng og i det hele taget hvile meget.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2153</t>
+  </si>
+  <si>
+    <t>Emil og Ludvig Brandstrup samt Alhed er nået til Frankfurt am Main. Der var søgang på turen fra Korsør til Kiel. I Kassel har de spist middag. 
+Emil er gået tidligt i seng, og Ludvig og Alhed har været en tur i byen. Næste dag skal de gennem Schwarzwald og overnatte i Luzern. Derefter St. Gotthardt.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/qCha</t>
+  </si>
+  <si>
+    <t>[Fortrykt på kortets forside:]
+Deutsche Reichspost
+An
+in
+Wohnung
+(Strasse und Hausnummer)
+1193a
+[Håndskrevet på kortets forside:]
+Fru Laura Warberg
+Erikshaab - Højrup St Fyn
+Dänemark
+[Håndskrevet på kortets bagside:]
+Vi ere naat til Frankfurt am Main for et Øjeblik siden, det er Torsdag Aften Kl 9. - Rejsen er hidtil gaaet brillant, der var stærk Søgang i Nat fra Korsør til Kiel, men igen af os var søsyge. Vi har kørt uafbrudt fra 6 1/2 i Morges, passeret Hamburg, Hannover m.m. Længst Ophold har der været i Kassel (20 Min), der spiste vi en god Middag med Rhinskvin, det styrkede svært. - (Et Par Timer senere) - Vi bestemte os til at blive her i Nat, er taget ind paa et Hotêl [ulæseligt ord] den pragtfulde Bahnhof. - Emil gik tidlig i Seng, Lud og jeg har været en Tur ude i Byen, bl.a. ude i en Rathauskeller at drikke Mumme. I Morgen køre vi gennem Schwarzwald og Rhinegnene, overnatte i Luzern, og næste Dag rimeligvis over St. Gotthardt. - Vejret har været dejligt i Dag, straalende Solskin. Alt er nyt og interessant, vi kørte i Eftermiddag forbi en dejlig gammel Borgruin paa Toppen af et Bjærg, Lud og Emil hilser. 1000 Hilsner fra Alhed</t>
+  </si>
+  <si>
+    <t>Jens Theodor Berg
+Wilhelmine Berg
+Johanne Christine Brandstrup
+Louise Brønsted</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0367</t>
+  </si>
+  <si>
+    <t>Laura Warberg blev ikke søsyg på turen. Louise skal til eksamen i kemi.
+Det er fuldt hus, så Laura ligger på sofaen. Lauras mor er ikke rask.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/lpjo</t>
+  </si>
+  <si>
+    <t>[Fortrykt:]
+Postvæsenets logo 
+KORRESPONDANCE-KORT.
+Til 
+[Håndskrift:]
+Hr Godsforvalter Warberg
+Erikshaab
+pr. Højrup
+Fyn.
+[s1:]
+Torsdag d: 3de
+Kære Abba! Jeg slap over Bæltet uden Søsyge kom først i Kahytten og fik den bedste Plads, hvor jeg laa uden at røre mig. Sov udmærket i Missionen og kom her til Kl. 10 til stor Glæde og Overraskelse for dem her. Jeg mødte Muk paa Trappen; hun skal op i Kemi i Morgen, er rask og ser godt ud. Her er fuldt Hus, saa jeg skal ligge paa Sofa i Zulus Stue, men det er jo rigtig godt; Mis siger at jeg kan være ganske ugenert her. I Aften gaaer jeg til Mor; de siger hun er ikke rask. Tag ikke de øverste Manchetskjorter til Arreskov, de er gule. Mange Hilsener! Jeg kommer altsaa Mandag. 
+Din Smaa.</t>
+  </si>
+  <si>
+    <t>1900-06-18</t>
+  </si>
+  <si>
+    <t>Nanna Kristensen-Randers</t>
+  </si>
+  <si>
+    <t>Ollerup Højskole</t>
+  </si>
+  <si>
+    <t>Astrid Goldschmidt-Warberg var som ganske ung medstifter af en forening for reformdragtens fremme.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2260</t>
+  </si>
+  <si>
+    <t>Brevskriveren har ofte talt imod korsetter, og nu vil hun gerne have Astrid til at komme og tale om sagen. Astrid må dog ikke vente at få medlemmer. Efter Nanna K-Rs foredrag om legemslære vil eleverne være klar til et foredrag, så hun foreslår engang efter 11. juli.
+Nanna K-R beder Astrid hilse faderen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ST2V</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Frk. Astrid Warberg
+Erikshaab
+pr.
+Højrup.
+[I brevet:]
+Ollerup Højskole 
+18/6 1900
+Frk. Astrid Warberg!
+Nu har jeg saa ofte talt mod Korsetter er, saa jeg vil gerne have en Afløser for en Gangs Skyld. Men De maa ikke vente Medlemmer til Deres Forening, saadant er vore Bønderpiger sene til, men De maa være tilfreds med at omvende nogen af dem. – Af flere Grunde kan jeg først i næste Uge blive færdig med mine Foredrag i Legemslære – og dem maa de helst faa først – for bedre at følge med – der efter kommer Landmandsforsamlingen og lige fra den 29de til Mandag den 9de Juli har vi i den Anledning Uro af forskellig Slags: Husmands- og Gaardmands Middage – Besøg af gl. Elever o.s.v o.s v. – ja ogsaa Onsdag d. 11 Juli er optaget ser jeg nu i min Almanak – men i Tiden lige derefter haaber jeg saa der er en Dag, der passer Dem.
+Vil De hilse Deres Fader meget fra mig. Jeg haaber, han har det godt. Selv har jeg haft det ret godt nogle Aar - men sidste Vinter havde jeg Influenza Gang paa Gang, og har nu svært ved at komme til Kræfter. 
+Med venlig Hilsen
+Nanna K.-Randers
+Ollerup Højskole pr. Svendborg.</t>
+  </si>
+  <si>
     <t>1901-08-30</t>
+  </si>
+  <si>
+    <t>Vilhelm Larsen</t>
   </si>
   <si>
     <t>Ellen Agnete Amstrup
 Louise Amstrup
 Berta Brandstrup
 Ebbe Brandstrup
 Mogens Brandstrup
 Ludvig Brandstrup, billedhugger
 Thora  Branner
 Niels Elgaard Amstrup
 Grethe Jungstedt
 Alhed Larsen
 Johannes Larsen
 Ellen  Sawyer
 Harris Sawyer
 Hempel Syberg</t>
   </si>
   <si>
     <t>Det vides ikke, hvem degnens og præstens var. 
 I følge kirkebogen for Hillerslev Kirke 1901 blev Grethe Jungstedt, født Sawyer døbt 1/9 1901. I notefeltet er skrevet: ”Døbt under Forældrenes Ophold paa Erikshaab”. Blandt fadderne var Johannes Larsen.</t>
   </si>
   <si>
     <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 0026</t>
   </si>
   <si>
     <t>Laura Warberg takker for fuglene. Ellen og Harris Eastman Sawyers datter skal døbes om søndagen, og Laura indbyder Vilhelm Larsen til at deltage i festlighederne. Hun fortæller, hvem der kommer.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/ZT24</t>
   </si>
   <si>
     <t>Erikshaab d:30te
 Kære Klaks!
 Saa heldige vi dog var netop at faae Vogn til Højrup i Eftermiddag saa Deres herlige Hane kom med hjem! tusind Tak for Fuglene der skal smages af paa Søndag til Frokost. Vi har Fest den Dag! Familien Eastman ankom i Mandags og nu skal vi have Barnedaab for deres dejlige lille Pige! Mon De ikke vilde glæde os med et Besøg paa Sørdag og tage Del i Festligheden? Her er Frokost 11½, Gudstjeneste 2 og Middag Kl. 5; af Gæster Fam. Præstens, Degnens, Amstrups og Sybergs. Las har været i Nymindegab siden i Fredags med min Broder Lud med Damer; han skal hentes nu Alhed kører ned med [”med” overstreget] efter ham og jeg sender Deres Hane strax. 
 Med venligst Hilsen og endnu en Gang Tak! 
 Deres hengivne L. Warberg.
 [Under det egentlige brev er med blyant og anden skrift skrevet]:
 Fra Mor. 1901</t>
-  </si>
-[...85 lines deleted...]
-27 – 9 1901</t>
   </si>
   <si>
     <t>1901-09-28</t>
   </si>
   <si>
     <t>Elna -
 Elna Borch
 Berta Brandstrup
 Ludvig Brandstrup, billedhugger
 Julie Brandt
 Louise Brønsted
 Adolph Larsen
 Vilhelmine von Sperling
 Laura Warberg</t>
   </si>
   <si>
     <t>Laura Warbergs søster, Vilhelmine Berg, havde et pensionat beliggende Gothersgade 129, København.</t>
   </si>
   <si>
     <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 0447</t>
   </si>
   <si>
     <t>Astrid ønsker, at Johanne må tro mere på sig selv og sine forhold, og at hun må blive tyk og glad. Astrid var bekymret for søsteren, da hun sidst så hende.
 Vejret er skønt, og Astrid har været på Rosenborg. Dagen efter skal hun m.fl. til Charlottenlund.</t>
   </si>
@@ -4882,485 +3077,2009 @@
     <t>https://fynboerne.ktdk.dk/d/swxm</t>
   </si>
   <si>
     <t>[Fortrykt:]
 A.C. Warberg,
 Godsforvalter,
 Erikshaab pr. Højrup St.
 [Alt andet end det første "A." er overstreget]
 ---------------------
 [Håndskrevet i brevet:]
 Gothersgade 129,1 
 28 Sept 1901
 Kæreste lille gode Junge!
 Mine allerbedste og mest indholdsrige Ønsker for Dig i alle Måder! 
 Jeg vil sige til Dig, det samme Du sagde til min sidste Fødselsdag: Gid der må komme noget ud af! noget godt, Junge! noget helt extra godt, som Du fortjener det. Fremfor alt ønsker jeg Dig en fastere – stærkere – mere glad Tro på Dig selv og Dine Forhold. 
 Uden Tro når man intet – og mener dermed: Tro på det, man gerne vil. – Efter dette åndige vil jeg gå over til at piske Dig. Sundhed og Helse – at Du må blive tyk og fed – god og glad. 
 Hvordan mon Du dog har det? Jeg var helt bekymret over Dit Udseende, da jeg rejste! 
 – Men Junge – sikket Vejr! Det er da ikke set i Mands Minde – siger de Gamle – at sligt har varet fra en hel Sommer til så sent.
 Det er næsten Synd at være i Kjbh. i – men fra dette No er der jo rigtignok vidunderl. smukt. Jeg var oppe at svælge på Rosenborg i Går – gik til jeg ikke kunde mere – der er besynderligt – med al det, der virkel. har stået så længe. 
 Vi skal til Charlottenlund i Morgen – Mor – Mis – Lugge jeg. Jeg skal ud til Bertas nu – træffe [ulæseligt] – den herlige – altid uforlignelige. Det er dejligt at være her – og ej ueffent at tage den så særdeles med Ro.
 Vil I ikke sende Mor nogle Visitkort fra hendes Havestueskrivebordsskuffe samt et Parti Frimærker. Elna tør jeg ikke gå til, da Pan har sat mig op på, at jeg da også må gå til de [ulæseligt] og det ved jeg ikke, om Du ønsker?
 Hermed alle Hilsner til Dig og Agraren (som muligvis forefindes!) 
 fra Dis</t>
   </si>
   <si>
-    <t>1901-10-14</t>
-[...9 lines deleted...]
-    <t>- Allerup, lærer
+    <t>1892-09-17</t>
+  </si>
+  <si>
+    <t>Ellen Agnete Amstrup
+Louise Amstrup
+Thorvald Balslev
+Clement Caspersen
+Johanne Caspersen
+Olga Caspersen
+Niels Elgaard Amstrup
+- Jensen, Frøken, Erikshaab
+Rasmus Knudsen
+Alhed Larsen
+Johanne Christine Larsen
 Otto Emil  Paludan
+Ellen  Sawyer
+Hans Smidth
+Hempel Syberg
+Andreas Warberg
+Conrad Warberg
+Else Warberg
+Anders -, Ølstedgaard</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvem Frk. E og Signe var. 
+Dora var en hest på Erikshaab.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0366</t>
+  </si>
+  <si>
+    <t>Amstrups, som var indbudt, kom ikke, og det var en skuffelse. 
+Paludan siger, at Albrecht Warberg kommer hjem omkring den 1. Det ærgrer Laura og Ellen, at Albrecht kun holder et enkelt selskab, når de har sendt så meget bagværk.
+Thorvald Balslev har været på besøg.
+Når lille Agnete er i køkkenet, henter Gamle Anders hende, og han og Rasmus Knudsen leger med hende i folkestuen.
+Laura Warberg har fået nogle numre af Nordstjernen. Hun beder Albrecht tage en mappe med til hende fra København. 
+Frederik vil meget gerne ride på Dora.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/nEHp</t>
+  </si>
+  <si>
+    <t>Kjæreste Ven!
+Vi var rigtig nok glade ved Brevene fra Dig og Junge igaar. Elle gik fra Kirken lidt tidligere end jeg og til Højrup efter dem. Jeg fik ogsaa fra Tante Hanne og Elle fra Signe. Det kunde nok behøves for os med en extra Opmuntring, da vi blev skuffede ved at Amstrups ikke kom; jeg havde bedt dem til at spise til Middag her saa de skulde have Barnet og Frk. E. med og rejse tidligt hjem Sybergs kom et lille Svip om Eftermiddagen De venter jo Conne og Else ned d: 4-5 Nobr, men jeg har sagt, at det er tvivlsomt, om Du er hjemme til den Tid, jeg har forstaaet, at Du blev 4 Uger og ikke iaar vilde tage 2 Luftklokke Bade paa en Dag. Lige nu siger imidlertid Paludan, at Du kommer ved d: 1ste, og han maa vel vide det, og jeg skal saa sørge for, at Gloruperne faar det at vide. – Det var jo rart, Du fik Vognen byttet, naar Du ikke var rigtig tilfreds med den første. Du kan ellers troe, at Elle og jeg havde en General Ærgrelse igaar, da vi hørte, at I kun faaer et Selskab til al den masse Masse Bagværk, vi har sendt, og stegt og bagt om igjen, at I kunde have noget frisk til det sidste Selskab. Den Lagkage og Krandsekagen var det fineste, vi kunde finde paa at bage og der var nok til det største Selskab her hjemme. Jeg kan slet ikke regne ud, hvorfor I har opgiver de andre, om I maaske mener der er temmelig lidt Plads til det (dette er Paludans Gisning). – I Lørdags ved 5 Tiden kom Studenten pludselig dumpende pr. Cycle; han var et Par Timer paa Gelskov paa Rejsen til Odense fra Faaborg og Vesterhæsinge. Han sad her en Timestid, fortalte bl.a., at han denne Uge rejser til Kbh. og vil besøge baade Dig og Børnene. Han var endnu forkjølet fra Høstgildet. – I Fredags Aftes var Fr. Jensen, Pal. og jeg til Aften paa Gjelskov i Anledning af Amstrups. Smidt kom af sig selv. Visse fortalte, at naar lille Agnete sidder i sin Kasse hos dem i Køkkenet, saa kommer gl. Anders ind ved Middag og siger ”Nu skal hun derud,” og saa tager han hende med i Folkestuen, hvor han og Rasmus Knudsen leger med hende, saa den lille ler og pludrer løs! Anders synes, det er synd, hun sidder i Kassen, hvad hun for resten er gruelig glad ved og sidder og sparker og leger. I vor Kurv vælter hun. Igaar havde vi en hel Bunke Nordstjerner at more os med; jeg fik derved min Lyst fornyet til en Mappe med Overlag (1 Kr. 50 Øre) om Du kunde tage en saadan med hjem til mig, vilde jeg være meget glad. Alhed har saa tit lovet mig det. Mon den ikke faaes i Nordstjernens Expedition i [overstreget ord] Industribygningen? det har jeg faaet ud af Bagsiden paa Bladet. Igaar Aftes begyndte Regnen igjen, Gaarden er blank af Vand og det regner idag. I har vel ligedan Vejr hos Eder. Det er da rart, Du har faaet et andet og bedre Værelse. Dengse vilde partout have Ærinde at ride igaar ”Dora" skal røres hver Dag siger han. Syberg bad ham da ride ud igjennem Odensebakken og see om der var begyndt at pløjes. Det var deslige ved Gjærdet. Clemserne kom iaftes (blev bedt) og vi gjættede Gaader af Nordstjernen. Nu Farvel søde Ven! Mange Hilsener fra Din Smaa. 
+Husk Børnene paa Fr. Jensens Regning.
+Paludan siger, der er intet paa Kontoret, der venter Dig hjem til d: 1_ste_, han mener som jeg – forhast Dig ikke, men tag Kuren fuldt ud:</t>
+  </si>
+  <si>
+    <t>1894-02-12</t>
+  </si>
+  <si>
+    <t>Milano</t>
+  </si>
+  <si>
+    <t>Alhed Larsen var i 1893-1894 i Italien med sine to morbrødre</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2109</t>
+  </si>
+  <si>
+    <t>Alhed Larsen er i Milano. Hun har sovet på et grisset herberg. Domkirken er pragtfuld, og der er liv og flotte dragter og smukke ansigter på gaden. De har kørt gennem en tunnel. Solen varmer dejligt i dagtimerne.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Iq10</t>
+  </si>
+  <si>
+    <t>[Fortrykt på kortets forside:]
+CARTOLINA POSTALE
+(CENT. 10.)
+NB. Sul lato anteriore si scrive soltanto l'indirizzo. 
+92
+(Provinicia di-----)
+A
+[Håndskrevet på kortets forside:]
+Madame Laura Warberg
+Erikshaab - Højrup S. - Fyn
+Danimarca
+[Håndskrevet på kortets bagside:]
+12 Februar. Kære I der hjemme! Vi ere i det vidunderlige Milano. Har ligget i et dejlig grisset lille [et par overstregede bogstaver] "Albergo" i Nat med et rigtig italiensk Osteri i Stuen. Domkirken er glimrende; noget tilsvarende i Pragt &amp;amp; har jeg aldrig set! Der er flere tusende Billedstatuer udenpaa den, alle Kunstværker. Her er vældig Liv og Halløj paa Gaden, man ser pragtfuldt farvede Dragter og smukke Ansigter overalt. - I Gaar kørte vi gennem den store St. G. Tunnel (1 Mil), da vi kom ud derfra, mærkede vi italiens Sol, den varmer her som hos os i Maj. Men Aftnerne er kolde endnu. Nu skal vi hen at se Kirken indeni. Vi skriver paa Posthuset. 1000 Hilsner til Eder alle fra Alhed. I faar da [det følgende skrevet lodret langs venstre margen:] mine Kort, dette er det 3die</t>
+  </si>
+  <si>
+    <t>1894-02-18</t>
+  </si>
+  <si>
+    <t>Emil Brandstrup
+Ludvig Brandstrup, billedhugger
+Alhed Larsen</t>
+  </si>
+  <si>
+    <t>Emil Brandstrup
+Alhed Larsen</t>
+  </si>
+  <si>
+    <t>Alhed Larsen var med sine onkler, Ludvig og Emil Brandstrup, i Italien 1893-1894. Af andre breve fremgår det, at Ludvig Brandstrup pjattede med at kalde sig Petersen, Jensen og lignende.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2110</t>
+  </si>
+  <si>
+    <t>Ludvig Brandstrup skriver, at Alhed Larsen er blevet fuld efter en spadseretur i bjergene og en god middag, og at hun trænger til formaninger hjemmefra. Alhed Larsen fortsætter med at fortælle, at onklerne bilder hende alt muligt ind, såsom at man laver møbler af pebernøddetræ. Emil Brandstrup skriver, at Alhed har fået vin i benene.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/L6Sx</t>
+  </si>
+  <si>
+    <t>[Fortrykt på kortets forside:]
+CARTOLINA POSTALE
+(CENT. 10.)
+NB. Sul lato anteriore si scrive soltanto l'indirizzo. 
+93
+(Provinicia di-----)
+A
+[Håndskrevet på kortets forside:]
+Illustrissimo &amp;amp; Pregiatissimo Signore
+Signore Alberto Cristoforo Warberg
+Erikshaab pr Højrup Station
+Danimarca Fyen
+[Håndskrevet på kortets bagside:]
+17/2 Alberg degliamici. Rapallo. Riva Lidevante. Italia 
+Kjære Berg! Desværre maa jeg klage paa dit Barn som er fuldt; det ler saa det er lige ved at kvæles af Balles Vittigheder nu da vi sidde her efter en daglang Spadseretour over nogle af Italiens skjønneste Bjærge og efter en Middag med Suppe, Kalvesteg Frugt og Vin. Du maa snart sende os et Brev. Imorgen rejse hun, dit vanslægtede Barn som trænger til Formaninger fra Hjemmet og jeg til Florens efterladende Balle i Nervi, et herligt Badested syd for Genova 3 Timers Vej herfra. din Ludvig Petersen. [Det følgende med Alhed Larsens skrift:] Kære Berg! De Onkler er ligeved at ødelægge mig, de søger at gøre mig fuldstændig fjollet ved at bilde mig de frygteligste Ting ind, f. Ex, at de i de fattigste Egne kun har Raad til at hænge en Bommesiklokke, stivet af med Tøndebaand, op i Kirketaarnene, samt at Møblerne af og til er lavet af Pebernøddetræ o.s.v. - - Langt Brev følger. [Det følgende skrevet med en anden skrift:] Kjære Justitsraad! Det er en Sorg for mig at meddele Dig at Din Datter har faaet Vin i Benene [Skrevet på tværs oveni det allerede skrevne:] Hvis Aarsag en Recept udbedes Min Hilsen sender Din E.B.</t>
+  </si>
+  <si>
+    <t>1894-04-19</t>
+  </si>
+  <si>
+    <t> Via dei Calzaiuoli, 50122 Firenze FI, Italien</t>
+  </si>
+  <si>
+    <t>Ludvig Brandstrup, billedhugger
+Laurits Ring</t>
+  </si>
+  <si>
+    <t>Bommesi: Kraftigt stof af bomuld, opkradset på den ene side, der tidligere blev brugt til børne- og kvindeundertøj</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB2115</t>
+  </si>
+  <si>
+    <t>For tiden svirer Alhed og venner sammen med L.A. Ring. Alhed skal begynde at male en lille pige.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/mI0O</t>
+  </si>
+  <si>
+    <t>Fortrykt på kortets forside:
+CARTOLINA POSTALE ITALIANA
+(CARTE POSTALE D'ITALIE).
+NB. Sul lato anteriore della presente si scrive soltanto l'indirizzo.
+93
+A
+Håndskrevet på kortets forside:
+Signora Laura Warberg
+Erikshaab - Højrup Station
+Danimarca Fyn
+Håndskrevet på kortets bagside:
+Hvis I ikke har sendt Pakken endnu vil jeg bede om at faa sendt et Par Bommesiskørter samt hvis der er det, et hvidt Skørt endnu. – Vi har Regn og Torden i disse Dage, hvilket kommer mig ubelejligt for mine Motivers Skyld, - men for Resten trængte alt svært til en Forfriskelse. – Vi svire sammen med Maleren L.A. Ring i disse Dage; han er et prægtigt Menneske. Forleden gik han Lud og vi sammen hele Dagen i Firenze i øsende Regnvejr og morede os brillant. I Aften har han bedt os alle til Aftensmad nede i Byen. I Dag har jeg begyndt paa et Portræt af en lille nydelig Pige, Aunitta. – Roserne staa i fuldt Flor allerede. Jeg har aldrig set saadanne myldrende Masser. Her staar ingenting paa disse forbistrede Brevkort. 1000 Hilsener fra Alhed.</t>
+  </si>
+  <si>
+    <t>1894-08-08</t>
+  </si>
+  <si>
+    <t>Adolfo Bacci
+Vittoria Bacci
+Carl Brandstrup
+Ludvig Brandstrup, billedhugger
+Christian Sylow</t>
+  </si>
+  <si>
+    <t>Alhed Larsen var i Italien fra februar 1893 til april 1894.
+Det kan ikke afgøres, om Onkel C er Carl eller Christian Brandstrup.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB2151</t>
+  </si>
+  <si>
+    <t>Alhed Larsen er rask nu, men hun tager det med ro, så længe det er så varmt.
+Hun og Ludvig Brandstrup har et par gange spist sammen med arkitekt Sylow, som Ludvig har gået i skole med.
+Det er makaroniens dag, og man pynter butikkerne med makaroni i alle former.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/z2Jn</t>
+  </si>
+  <si>
+    <t>[Fortrykt på kortets forside:]
+CARTOLINA POSTALE ITALIANA
+(CARTE POSTALE D'ITALIE)
+NB. Sul lato anteriore della presente si scrive soltanto l'indirizzo.
+93
+A
+[Håndskrevet på kortets forside:]
+lla Signora Laura Warberg
+Erikshaab - Højrup St.
+Fyen
+Danimarca
+[Håndskrevet på kortets bagside:]
+Jeg vil dog skrive et Brevkort i Dag, da mit sidste Brev ikke var videre opbyggeligt. Jeg er helt rask nu pg tager det helt med Ro, saalænge den skrækkelige Varme varer, for ikke at blive daarlig igen. Dog har jeg været nede i Byen nogle Gange om Eftermiddagen (sidder for Øjeblikket paa Posthuset, hvilket vil sige et stort gammelt Palads). Vi har spist nogle Gange hernede i de sidste dage sammen med en lille dansk Arkitekt ved Navn Sülow, som Lud har gaaet i Skole sammen med. Vi opdagede ham en Aften ved et Nabobord til det, vi sad ved. Det er nok den eneste danske, der er her for Tiden. - Jeg blev vældig glad ved Extrabrevet i Søndags. - Fredag Aften ere vi bedte ind til Baccis at spise Macaroni. Det er Makaroniernes Festdag, Butikkerne bliver pyntede med M. i alle Former. Mange Hilsner fra Eders helt raske Al
+[Skrevet lodret i venstre margen:]
+Onsdag d' 8nde August (Onkel C's Fødselsd.?)</t>
+  </si>
+  <si>
+    <t>1894-12</t>
+  </si>
+  <si>
+    <t>Berta Brandstrup
+Emil Brandstrup
+Ludvig Brandstrup, billedhugger
+Ellen  Sawyer
 Albrecht  Warberg</t>
   </si>
   <si>
-    <t>Astrid Warberg-Goldschmidt tog præliminæreksamen i Odense. Hun boede imens hos Hempel Syberg.
-[...13 lines deleted...]
-Til
+    <t>Alhed Larsen var i Firenze i december 1894. 1893-1894 var hun på rejse i Italien med sine to morbrødre.
+Nogen har klippet frimærket og dermed noget af brevkortet af.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2112</t>
+  </si>
+  <si>
+    <t>Emil Brandstrup kommer til Firenze på vej til Sicilien. Alhed Larsen har sendt moderen noget i en pakke. Det skal lægges på julebordet sammen med Bertas æske til Albrecht Warberg.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/sl5d</t>
+  </si>
+  <si>
+    <t>[Fortrykt på kortets forside:]
+CARTOLINA POSTALE ITALIANA
+(CARTE POSTALE D'ITALIE)
+NB. Sul lato anteriore della presente si scrive soltanto l'indirizzo.
+94
+A
+[Håndskrevet på kortets forside:]
+Signora Laura Varberg
+Erikshaab
+pr Højrup St.
+Fyen.
+Danimarca
+[Håndskrevet på kortets bagside:]
+[noget af papiret mangler] Mor! Jeg skriver ingen rigtig Brev for [noget af papiret mangler] det er jo ikke saa længe siden jeg [noget af papiret mangler] Vi har heldigvis lidt Juletravlt [noget af papiret mangler] det vist sig hyggeligt Balle kommer [noget af papiret mangler] paa Vejen til Sicilien. - Jeg haaber Osten kommer i god Tid. Jeg har lagt en Æske med noget i til Dig i Pakken, Du maa endelig blive glad ved det, det har ikke kostet ret meget, men lad mig vide om Æsken var fuld eller om Postvæsnet har ædt af det. Bed Elle lægge den paa Dit Julebord samt den lille Æske til Far fra Berta. - Jeg har begyndt paa Skole, men herom samt om alt det andet nærmere Torsdag. Tak for Dit sidste Brev. - Vi har det storartet. - Mange Hilsner - Alhed 
+Hilsen fra Ludvig og B.</t>
+  </si>
+  <si>
+    <t>1894-12-12</t>
+  </si>
+  <si>
+    <t>Alhed Larsen var i Italien fra februar 1894 til april 1895</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2144</t>
+  </si>
+  <si>
+    <t>Alhed Larsen sender sin nye adresse.
+Hun håber, at forældrene har modtaget malerierne. Hun vil helst vente med at forære billederne væk, til hun kommer hjem, og kun til sine allernærmeste. Alhed ser på malerierne på en anden måde, end forældrene gør. 
+Sender moderen mon lidt brune kager og pebernødder til jul?</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/zcSP</t>
+  </si>
+  <si>
+    <t>[Fortrykt på kortets forside:]
+CARTOLINA POSTALE ITALIANA
+(CARTE POSTALE D'ITALIE).
+NB. Sul lato anteriore della presente si scrive soltanto l'indirizzo.
+93
+A
+[Håndskrevet på kortets forside:]
+lla Signora Laura Warberg
+Erikshaab - Højrup St
+Fyen
+Danimarca
+[Håndskrevet på kortets bagside:]
+Kæreste Mor! - Jeg vil hermed meddele, at min Adresse for Fremtiden vil være: Piazza Donatello 10 Tereno Firenze. - Jeg flyttede herned i Forgaars og befinder mig forfærdelig godt ved det, jeg faar det vist storartet sammen med dem og haaber ikke at skulle ligge dem til Besvær. - - Jeg haaber I have modtaget Malerierne, for Resten vilde jeg nu helst vente med at give et, til jeg kommer hjem; jeg maler maaske en Kopi af et eller andet godt gammelt Billede paa Gallerierne som det vilde være være ["være" overstreget] morsommere at give. At forære sine egne Billeder bort undt. til sine allernærmeste, - naa ja, jeg vil nødig sige imod det naar I synes det, men jeg er ikke rigtig stemt for det; er maaske lidt sær paa det Omraade, men tænk paa, det er mine Ting saa jeg kan ikke se paa dem paa den samme Maade som I andre. - Tak for Pakken udmærket, men Skoene snød Du mig nok for. - Tror Du, Du sender mig lidt til Jul som jeg skrev om?? Brune Kager &amp;amp; Pebernødder kunne vist holde sig brillant. - Bare vi var vel over den Jul. - 1000 Hilsner - A.
+[Skrevet lodret i venstre margen:] 12te December - Onsdag</t>
+  </si>
+  <si>
+    <t>1895-02-03</t>
+  </si>
+  <si>
+    <t>Italien
+Rom</t>
+  </si>
+  <si>
+    <t>Ponte Milvio, 00196 Roma RM, Italien
+Viale dell'Obelisco, 00187 Roma RM, Italien</t>
+  </si>
+  <si>
+    <t>Berta Brandstrup
+Bertel Thorvaldsen</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2120</t>
+  </si>
+  <si>
+    <t>Alhed har ikke set sin familie i et år. Hun og Berta har været ved Ponte Molle og på Monte Pincio.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/49Ze</t>
+  </si>
+  <si>
+    <t>[Fortrykt på postkortets adresseside:]
+CARTOLINA POSTALE ITALIANA
+(CARTE POSTALE D'ITALIE).
+NB. Sul lato anteriore della presente si scrive soltanto l'indirizzo.
+94
+A
 [Håndskrevet på kortets adresseside:]
-[Med blyant:] 1901
-[Med blæk:]
+lla Signora Laura Warberg
+Erikshaab Højrup St
+Fyen
+Danimarca
+[Håndskrevet på kortets bagside:]
+Kun to Ord for at minde Eder om, at den Dag I faa dette Kort, Onsdag d. 6te, er det et Aar siden, jeg rejste hjemmefra! Det er næsten et stift Stykke, at jeg saa i et Aar ikke har set nogen af Eder! – Her er desværre Regn og kedeligt Vejr men vi have det brillant alligevel. Berta og jeg spise i en nydelig lille engelsk Restauration, alt rent, Blomster, lyst Træ, kort sagt nydeligt og Maden udmærket. – I Gaar Eftermiddags en Tur udenfor Ponte [udstreget:Ponte] Byen ved ”Ponte Molle”, hvor salig Thorvaldsen tit tog ud at spise Frokost. Nu skulle vi op paa Monte Pincio i en lille Kirke at høre Nonnerne synge ”Ave Maria” smukt hører det for 3die Gang. Mange Hilsner ogsaa fra Berta.
+Søndag Eftermiddag</t>
+  </si>
+  <si>
+    <t>1896-09-16</t>
+  </si>
+  <si>
+    <t>Ellen Agnete Amstrup
+Louise Amstrup
+Wilhelmine Berg
+Johanne Christine Brandstrup
+Julie Brandt
+Thora  Branner
+Louise Brønsted
+Johanne Caspersen
+Niels Elgaard Amstrup
+Hanne Langkilde
+Alhed Larsen
+Christine  Mackie
+Otto Emil  Paludan
+- Rottbøll, Fru
+Ellen  Sawyer
+Erik Schaffalitzky de Muckadell
+Fanny Schaffalitzky de Muckadell
+Adelheyde Syberg
+Hempel Syberg
+Nicoline  von Sperling
+Andreas Warberg</t>
+  </si>
+  <si>
+    <t>Laura Warbergs søster, Wilhelmine Berg/Tante Mis, drev et pensionat i Gothersgade 129, København. 
+"Klokken tager paa at hjælpe": Albrecht Warberg var jævnligt i behandling for sin astma i en såkaldt luftklokke på en klinik i København. 
+Søholm ved Glamsbjerg har siden slutningen af 1700-tallet tilhørt slægten Rantzau. Kilde: Lex.dk.
+Fru Brand(t) var formodentlig gift med præsten Martin Brandt.
+Det vides ikke, hvem Heinrich og Anna var. Warberg-familien kendte flere, der hed sådan. 
+Familien kendte også mange, der hed Caspersen, og det er uklart hvem af dem, der skulle tilbydes Wilhelmine Berg/Tante Mis' pensionat. 
+Hvem, der er blevet forlovet, kan ikke afgøres. 
+Det er vanskeligt at læse navnet på den person, som Albrecht Warberg skal hilse.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB0223</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/7ySA</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Hr. 
+Godsforvalter cand jur. Warberg
+Gothersgade 129-4.
+København K.
+[Kuvertens bagside:]
+Poststempel
+[I brevet:]
+Onsdag d:16de
+Kæreste Abba!
+Jeg har været gaaende med Alhed i Højrup og nu har jeg kun 3 Kuverter at skrive i; Elle havde jeg tiltænkt Brev ogsaa, men hun maa saa vente til Alhed kommer paa Fredag Aften Kl. 8. Som den Unge glæder sig! Jeg misunder Eder den Fornøjelse det vil blive at vise hende København første Gang. Brandt skrev i Gaar, at hun glæder sig til at have hende, hun faar saa lidt Proviant og Lagner med derind. I Aftes havde vi Gjelskovs til The vi fik dejlige Rødspætter fra Faaborg og da en Kylling med daarligt Ben havde maattet lade Livet, havde vi Mad, som Syberg maatte spise. Paa 2½ Time fik Alhed alt lavet og stegt og saa kom Doktoren, som vilde besøge Syberg, herned ogsaa. De var i meget godt Humør alle sammen, gl. ”Der” rejser paa Fredag til Søholm. I Dag er Syberg og Thora kørt lige til Faaborg med Vogn alene to, han skulde i Retten om den Lærling. Nu har Syberg det meget bedre og ser ogsaa raskere ud, end de første Dage, siger ogsaa selv, at han befinder sig bedre her, spiser og sover bedre end i Karlsbad. Han lader høre fra sig, naar han har faaet Hestene. Frøken Sperling kom hjem i Mandags for at lægge sig til Sengs for en Forkølelse, men vil rejse igen paa Lørdag om mulig. Paludan var der i Gaar. Skovhegnet har han endnu ikke hørt om, mener det bliver først sidst i Maaneden. Gid du kunde blive lidt længere dernede nu da Klokken rigtig tager paa at hjælpe. Greven er i Dag rejst til Holsten at begrave en Broder til Grevinden, der er død uden nogen Sygdom, at de vidste noget om ial Fald. I Lørdags blev Fru Brand begravet i Søby. Bedstemor og jeg kørte derover i Landaueren, der var meget faa Mennesker, Fru Langkilde Oluffa Brandt fra Odense og nogle Niecer af gamle Præst samt et ungt Par, der fulgte med Heinrich og Anna og en ung Kone, en halv Snes Gaardmænd med Koner, - det var alt, jo Amstrups naturligvis. Marie havde Krands og jeg Blomster med til Mimmis Grav paa Tilbagevejen. Pastor Wittrup holdt en lille men ganske net Tale, hans Kone og Datter var der ogsaa. Jeg havde faaet Brev fra Anna om Dødsfaldet, hun var meget bedrøvet. Fru B. var kun syg 2 Dage af Lungebetændelse, gamle Præst kan ikke rigtig fatte, at hun er borte. – Det er dog rigtig elendigt med den Forlovelse derinde hos Eder! Jeg vil da haabe, at Mis først tilbyder Caspersen Pensionatet, hvis hun vil afhænde det. C. havde jo sagt til Hanne da Mis fik det at det kunde de have brugt. Du skal ellers se, at Forlovelsen gaar overstyr igen. – I Søndags var vi alle paa Gjelskov til Chokolade Kl. 3 og til Aften. Vi manglede kun lille Pelle i de 8, der sad sammen ved Bordet. Syberg var uhyre snaksom, fortalte en Del om sin Rejse. Vi har alle faaet Brocher, Elle skal ogsaa have en sendt, han var saa glad ved hendes Brev og Portræt; Dede skal have en Naal. Christine var saa rask denne Gang Muk og Dede blev af Syberg kørt til Højrup Kl. 9, de skulde have gaaet ellers; Chr. cyklede næste Morgen til Sollerup og Alhed fulgte hende for med det samme at høre hos Skovfogeden, om vi maa plukke Brombær. Jeg haaber snart at høre fra Moder, hun var noget ængstelig tilmode over den Forlovelse, bliver vel heller ikke glad ved at faa den paa nært Hold. Du er vel fornøjet med mine Breve. Du forbauser mig ved at skrive ”pluselig” – og ”Brennenelle” – er det maaske moderne Skrivemaade? Vil Du hilse gamle Soldris, det er da morsomt, at Du er gode Venner med Pensionær. Ja, men Farvel søde Ven! Hils min Pelle og ellers hvem Du vil.
+Kærlig Hilsen fra Din 
+Smaa.</t>
+  </si>
+  <si>
+    <t>1898-05-05</t>
+  </si>
+  <si>
+    <t>Berta Brandstrup
+Johanne  Larsen
+Ellen  Sawyer
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Alhed Warberg/Larsen har opgivet at male hyacinterne, og hun vil male primula i stedet. Hun spørger, hvilket tog Larsen kommer med. Hun glæder sig til at se ham og at vise ham kodriver og sit værelse.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ZZAE</t>
+  </si>
+  <si>
+    <t>5te Maj.
+Kære lille Las!
+Du faar kun et lille bitte Par Ord, da Johanne skal til Højrup, og da jeg skal hen at male. Hyacintherne opgav jeg, da jeg malede den røde saa daarlig, at jeg blev ked af det. Nu vil jeg prøve at male af de smaa lilla Primula. Du maa endelig skrive, hvad Tog, Du kommer med , at jeg maaske kan hente Dig. Hvis Du tager med Dagvognen, er Du her med 1 Toget (fra Odense 12.10, hvis der ikke er Togforandring [ordene overstreget fra ”hvis”], det er der ikke.) det var udmærket, hvis Du kom med det Tog. – Nu ere Mor og Elle komne. – Nu skriver jeg altsaa ikke mere til Dig, men Du skriver endnu en Gang til mig. Solen skinner nok saa dejlig i Dag saa Du kan vist rigtig male paa Dine Kejserkroner. – Jeg glæder mig usigelig til at se Dig. Jeg har saa meget kønt at vise Dig d.v.s. det er vist egentlig kun mine Vægge og saa dine Kodriver. 1000 Millioner Hilsner fra Din
+Alhed.
+Berta sidder her ved Siden af og beder mig hilse Dig mange Gange.</t>
+  </si>
+  <si>
+    <t>1898-08-22</t>
+  </si>
+  <si>
+    <t>Wilhelmine Berg
+Julie Brandt
+Jørgen -, Erikshaab
+Jean Jensen
+Johanne Christine Larsen
+Ellen  Sawyer
+Harris Sawyer
+Ditlev Schroll
+Hempel Syberg
+Nicoline  von Sperling
+Andreas Warberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Nicoline von Sperling bestilte Johannes Larsen til at male et eller flere billeder til Ellen Warberg. Der var tale om en bryllupsgave, som hun kunne tage med sig til Boston, hvor hun og manden, Harris Eastman Sawyer, skulle bo. 
+Frøken Jean Jensen fungerede længe som huslærerinde for Warberg-familiens børn. Da hun blev ældre og hørehæmmet, søgte Laura Warberg at få en plads til hende på Christiansdal Kloster. Det lykkedes kort tid efter, at dette brev blev skrevet. 
+Det vides ikke, hvem Møller var. Warberg-familien kendte mange med dette navn.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB0348</t>
+  </si>
+  <si>
+    <t>Malerierne er gode - især det af Havestuen. 
+Laura Warberg har spurgt til en plads (i Christiansdal Kloster) for Jean Jensen, men der er ingen. 
+Hempel Syberg er syg med smerter.
+Johannes og Julie/Pans tur gik godt.
+Harris Eastman har stadig ikke meddelt, hvornår han kommer.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/1O9Z</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Hr. Godsforvalter Warberg
+Gothersgade 129 – 4.
+København 
+K.
+[På kuvertens bagside:]
+Poststempel
+[I brevet:]
+Erikshaab d: 22/8-98
+Kære Abba!
+Tak for Brevet! Elle var i Højrup i Aftes og kom med flere Breve foruden det, bl.a. fra Frøken Sperling, at de fem, der er tilbage nu paa Sandholt, vilde komme her til Aften i Morgen. Astrid og Pan er nu vandret der over for at bede dem spise til Middag her 4½, saa kan de see Malerierne i god Belysning. De ser saa udmærket ud i Opstilling alle 6 ude i Gangen, især er Havestuen henrivende. I Morges maatte jeg med første Tog til Odense for at tale med Engelstoft om en Plads i Klostret for Frøken Jensen, men der er intet Haab for hende. Syberg laa i Sengen i disse Dage af de sædvanlige Smerter. Schroll var der i Gaar og talte saa med Dr. Krarup om at see til Syberg, til Møller kommer hjem. I Dag var han bedre og kunde have Tanke for at få købt en Gave til [ulæseligt ord]. Jeg kom hjem med 1Toget og kørte med Jørgen hjem paa et Læs Mais; der var Besked om at hente 6000 Pund i Dag – Jeg var ved Skolen at hilse paa Dengse, som lod meget tilfreds; indlagte Brev kom i Dag, Du kan gemme det til mig. Junge og Pan ankom i Nat Kl. 2, men jeg har endnu intet hørt om deres Tur; kun at den var storartet. Elle fik endelig i Fredags Brev fra Eastman, og i Dag igen, men intet endnu om, naar han kommer. Nu kører Jørgen igen efter Mais og dette skal med ham. Vi har intet oplevet uden at vi har købt en lille sød Rottehund (Hvalp). Nu Farvel! Tak Mis for hendes Brev! 
+Mange Hilsner 
+Din Smaa.
+Vi kommer paa Fredag. Kl. 9; venter paa Færgen.</t>
+  </si>
+  <si>
+    <t>1898-11-03</t>
+  </si>
+  <si>
+    <t>Cassel</t>
+  </si>
+  <si>
+    <t>Johanne  Larsen
+Johannes Larsen
+- Lassen, Fru
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Alhed og Johannes Larsen er på bryllupsrejse. 
+Nogen - formodentlig Laura Warberg Petersen - har skrevet årstallet 1899 på kuverten, men året må være 1898.
+Der findes ikke noget indlagt i brevet.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2136</t>
+  </si>
+  <si>
+    <t>Efter 10 timer i tog er Alhed og Johannes Larsen nu i Cassel, hvor de har set kongeslottet Wilhelmshöhe og været på museum. Derfra rejser de til Frankfurt am Main og Basel, og onsdag vil de være i Pisa.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Xh1l</t>
+  </si>
+  <si>
+    <t>[Fortrykt på kuvertens forside:]
+Hôtel Lämmerhirt "Zum Mohren", Cassel
+[Håndskrevet på kuvertens forside:]
 Fru Laura Warberg
-Erikshåb
-[...9 lines deleted...]
-    <t>Jeppe Andreas Larsen
+Erikshaab
+Højrup St.
+Dänemark Fühnen
+[Håndskrevet i brevet:]
+Kære Moder!
+Vi ankom i Gaar Eft. Kl. 4 1/2 her til Cassel, efter 10 Timers Jærnbanekørsel fra Kiel. Vi var ikke videre trætte og efter at have spist til Middag, tog vi med Dampsporvogn til Wilhelmshöhe, et berømt og meget imponerende kngl. Slot, der ligger i en udmærket smuk Park. - Vi gik i Seng Kl. 8 1/2, da vi ikke havde faaet meget Søvn paa Skibet fra Korsør-Kiel. - I Dag have vi været paa Museet, der er udmærket. Om en halv Time glide vi til Frankfurt a. M., hvor vi overnatte, i Morgen Aften naa vi Basel, hvor vi skulle se Museet. - 
+Jeg skriver Brev, da jeg har en Komission til Johanne, hun er vel i Kjbn, men vil Du ikke give hende indlagte, naar hun kommer hjem. Vi ere i Pisa Onsdag og Torsdag, I maa endelig pr. poste restante Skrive et Par Ord til os og lade os vide, hvordan Dis og I alle have det! - Vi have det udmærket! 1000 Hilsner til Eder alle fra Las og Eders
+Alhed
+Torsdag.
+Tak for Strømperne, jeg sendte ikke Garn, da Fru Lassen vilde forfødde 4 Par! -</t>
+  </si>
+  <si>
+    <t>1899-04-23</t>
+  </si>
+  <si>
+    <t>Andreas Larsen
+Christine  Mackie
+Peter Magnussen
+Astrid Warberg-Goldschmidt
+Viggo Winkel</t>
+  </si>
+  <si>
+    <t>Alhed Larsen er på Erikshaab hos forældrene, og hun venter på at skulle føde sit første barn, Andreas.
+Johannes Larsen fortalte i brevet til Alhed 22. april 1899, at de ikke skal holde auktion, for de skal nok få råd til at bygge alligevel, og han vil formodentlig sælge en del hos Winkel &amp;amp; Magnussen.</t>
+  </si>
+  <si>
+    <t>Det er godt, at Larsen spiser godt og rører sig, så han kommer i form. Også godt. dét Larsen skriver om auktionen.
+Alhed Larsen er gået i stå med sit billede, men hun er glad for, at Larsen har godt vejr til sit Morgenbillede. 
+Dis (Ingeborg Astrid Warberg) skal forloves onsdag.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/t3GG</t>
+  </si>
+  <si>
+    <t>Min kære Frajser!
+Du skulde egentlig ikke have haft Brev i Dag, men da jeg nu hører, at der skal Bud til Højrup, og da jeg tillige ser, at Du fik Dit Søndagsbrev allerede i Aftes, skal Du alligevel have et Par Ord. 1000 Tak for Dit Brev, som Christine kom med for lidt siden, jeg blev saa glad ved det. Udmærket, at Du spiser nogle Æg og rører Dig i frisk Luft, saa kommer Du ogsaa nok i god Kondition og maler nogle smukke Billeder. – Jeg er ogsaa saa glad ved det, Du skriver om Auktionen, jeg har set surt til den hele Tiden og synes meget bedre om Udstilling hos W. &amp;amp; M. Men jeg synes, det er en skidt Tid nu; og vilde være meget bedre til Efteraaret. – Det gaar saa daarlig med mit Maleri, jeg slider som et Asen, men kører alligevel fast. Jeg kan ikke faa den Farve. Jeg trode, det skulde blive et kønt Billede, men det bliver i St. for helt umuligt. – Sikken et dejligt Vejr til Dit Morgenbillede. 
+Nu Farvel, min egen Ven, mine Breve er nok meget smaa, men jeg har jo saa skrækkelig travlt hver Gang, jeg skriver, fordi der netop lige skal Bud til Højrup. Det er Dis’ Forlovelsesdag paa Onsdag, hun vilde vist blive henrykt ved et Par Ord fra Dig (Dronningensgade1)
+1000 kærlige Hilsner fra Din Alhed.
+Den lille har det udmærket. – 23 - April</t>
+  </si>
+  <si>
+    <t>1899-07-14</t>
+  </si>
+  <si>
+    <t>Wilhelmine Berg
+Andreas Larsen
+Peter Larsen, Svanninge
+Albrecht  Warberg
+Andreas Warberg
+Laura Warberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Alhed Larsen og hendes nyfødte søn, Andreas, er hos hendes familie på Erikshaab, mens Johannes Larsen bor på et lejet værelse i Svanninge og maler sammen med sine venner. 
+"Gratis Amen" og degnen: Der er muligvis tale om en betaling til degnen i forbindelse med Alhed og Johannes Larsens barns dåb.</t>
+  </si>
+  <si>
+    <t>Det er lummervarmt, og den lille (Andreas/Puf) bliver plaget af fluer, der sætter sig på hans kinder.
+Degnen er blevet flink igen. Alhed spekulerer på, om han har været sur, fordi han troede, de ville have "gratis Amen". Degnen danser ikke, for han vil ikke vække forargelse.
+Andreas (Dede) har fået ferie efter en fin eksamen, og han har bygget badeanstalt.
+Johannes Larsen må love at være forsigtig, hvis han bader eller sejler.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/1bHJ</t>
+  </si>
+  <si>
+    <t>Min kæreste Ven!
+Jeg fik ingen Brev fra Dig i Dag, men antager, at det er Postgangens Skyld, og at jeg muligvis faar, naar Dis i Aften er i Højrup. – Det er igen i Dag en lumrende Varme, men der er desværre Skyer oppe, saa jeg er bange, jeg ikke ikke faar klart Solskin til mit Billede i Eftermiddag. Jeg fik malet en hel Del i Gaar og fik meget Lyst til Billedet, hvad jeg egentlig ikke har haft før. Bare nu Solen og den lille vil være skikkelige, saa jeg kan faa bestilt noget i Eftermiddag. Han lider af Varme, det lille Skind, og der er nogle smaa vevre Fluer der plager ham meget ved at rende rundt paa hans Kinder, men nu har jeg bunden noget klart Tøj for ham, og det lader til, at det hjælper. – Præsten (Kapellanen) og Degnen var dernede (d’et overstreget og erstattet med et h) i aftes; nu er det gaaet over med Degnen. Han skulde da vel ikke have tænkt sig, at vi vilde have gratis Amen af ham og derfor paa Forhaand været gal paa os? – Tænk Dig Kapellanen danser ikke, fordi der muligvis kunde være nogle i hans Menighed, der vilde forarge sig, ”og man skal ikke vække Forar-re-gelse”! Men saa imødekommer han begge Partier ved at gaa over [de næste to ord indsat over linjen] i Forsamlingshuset og se paa, at de danser! - - 
+Fader og Moder ere i Odense i Dag til T [bogstavet overstreget] Translocation (galt stavet). Dede blev da flyttet op i 5te Klasse og tog en rigtig nydelig Examen. Han kom hjem i Forgaars og er kisteglad over at have faaet Ferie og over for bestandig at have sluppen den fæle Mathematik. Han har lavet en Badeanstalt igen paa samme Sted som i Fjor; men den skal være meget bedre bl.a. med Styrteapparat. Dis og Tante Mis have været i i Dag. Nu tror jeg den lille begynder at vaagne, han staar her i sin Vogn. Saa skal jeg ind og forpleje ham, inden jeg skal ud at male. – Jeg længes meget efter at høre, hvordan Du har det dernede i Svanninge min Dreng. Gid dog Vejret vil holde sig til Dit Billede. Du vil da nok være forsigtig med Vandet, hvis I gaar ud at sejle, ikke sandt? – og ogsaa med Badning og i det hele taget! – Hils dem alle fra mig men Dig selv allermest. Hav det godt min egen lille Ven. Din Alhed
+d. 14de Juli – altsaa vores Bryllupsdag.
+Ser Du noget til Peter Larsens, naar Du gaar gennem deres Marker? Hils dem.</t>
+  </si>
+  <si>
+    <t>1892-03-03</t>
+  </si>
+  <si>
+    <t>Alfred Eckardt
+Carl Høyrup
+Rasmus Klokker
+Jeppe Andreas Larsen
+Vilhelm Larsen
+Hans  Slengerik
+Christine Swane</t>
+  </si>
+  <si>
+    <t>Det er muligvis to forskellige breve, der er sat sammen.</t>
+  </si>
+  <si>
+    <t>Vilhelmine Larsen spørger Johannes, om han skal til at male i Zoologisk Have igen, og om han skal udstille på "Den Frie". I Kerteminde er der en lille nabostrid.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Kd7s</t>
+  </si>
+  <si>
+    <t>Kjerteminde den 3 Marts 92.
+Min kjære Johannes
+Idag afsendte vi saa dit Tøj og sender dig heri 10 Kroner som skal blive efterfulgt af flere inden retlænge, hvordan var det at du ikke sendte nogle Mansjetter med der var ogsaa lidt med Skjorter, men har du mere saa skal vi vaske nu i den kommende Uge og saa beder jeg dig sende hvad du har snavset. Iaftes naaede jeg ikke at hale Penge; men haaber det idag, forlidtsiden pakkede jeg Smør og da der i Kassen stoppede jeg den til med et Stykke Skinke Skeerne lidt The og le ikke af Sukkeret for der var ikke Plads til mere gid du maa være rask og det maa smage dig – 
+Nu er det Tøvejr saa skal du vel igjen til at male i zoologisk Have du lovede at fortælle mig om hvad du malede; men du glemmer rent at svare mig paa alt det du blev spurgt om i sidste Brev, Faer vilde gjerne høre hvad du mener om vi saa skal sende Vilhelm til Skolen i April, Alfred har lovet at læse fransk med ham 
+Vilhelm bliver ved at mene at de Penge ere spildte at gaa paa Skolen uden at møde med fransk han troer han skal gaa der 1½ Aar efter Prøve i fransk inden han kan tage den første Eksamen det mener Faer ikke og jeg vilde ønske han kunde komme afsted det var bedst for ham at han dog kan faa noget at bestille
+Margrethe fortalte igaar at hun rendte paa dig og Du saa saa fornøjet ud hun er da saa heldig at have faaet sig et Laan saa kan hun da arbejde med Fred en Tid igjen.
+Vi ere raske her der skal være Fastelavnsgilde paa Skolen Christine har travlt med at gjøre Adolph til en lille Bager de 12 smaa Grise ere raske og trives godt det er et nydeligt Syn naar de ligger hos Moderen
+Gamle Slængerik har hugget en Deel af vores store Nødde[ulæseligt] – 2 Alen ind i vores Hegn
+Højrups Have har han ogsaa kappet al Skygge af Højrup gik til Borgmesteren og Bolitibetjent Klokker var idag at se derpaa. Slængerik – 
+Vær nu god imod mig og skriv et ordentligt Brev om dit Arbejde og alt muligt det er vist en mærkelig Menage I har med den tørre Kost
+Bare vi dog kan komme afsted saa jeg kan see dig og din Færd – fortæl mig dog noget om Malerierne skal I saa udstille paa den frie Udstilling
+Lev nu vel til vi sees Hilsen fra os Allesammen
+Din trofaste Moder
+Den Gjæld jeg har til dig skal nok [møde?] det kan du tro, men skriv ikke om den oftere.</t>
+  </si>
+  <si>
+    <t>1892-03-27</t>
+  </si>
+  <si>
+    <t>Carl Høyrup
+Adolph Larsen
+Georg Larsen
+Jeppe Andreas Larsen
+Marie Larsen
+Vilhelm Larsen
 Jens Olsen</t>
   </si>
   <si>
-    <t>Johannes Larsen maler på pæretræet. Hans far har givet ham den idé, at han kan sejle med et dampskib ført af kaptajn Jens Olsen fra Kerteminde til Korshavn og videre til Odense for at se på motiver. Fra Odense vil han tage toget til Højrup og besøge Alhed.</t>
-[...5 lines deleted...]
-    <t>Kjerteminde 28 – [noget af papiret mangler]
+    <t>Samson er et skib, som tilhører købmand Jeppe Andreas Larsen, som er far til Johannes Larsen.
+Det er uvist om de to nævnte godsforvaltere, er den samme person.</t>
+  </si>
+  <si>
+    <t>Brevet indeholder 30 kroner til Johannes Larsen. Familien har lånt 5000 kroner og betaler nu så meget som muligt, af deres gæld. Vilhelmine Larsen venter stadig på, at høre om billederne til udstillingen. 
+Skibet Samson har været grundstødt.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/eKfU</t>
+  </si>
+  <si>
+    <t>Kjerteminde den 27/3 92
+Kjære Johannes!
+Indlagte 30 Kr har jeg først faaet i dette Øjeblik og har altsaa ikke kunnet sende dem før gid du maa faa Lykke til at de kan naa godt langt
+Saa kan du tro jeg skal virke for at du først i Maaneden faar igjen; da skal vi jo have Penge af Godsforvalteren, det gjør mig meget ondt naar der kommer et Brev med 16 Øre hvor har jeg længtes efter et par Ord om de saa tog dit ene Billede du lovede der skulde komme Brev Dagen efter men der kom ingen Marie skrev saa for mig med Pølserne; men heller ikke; nu haaber jeg da sikkert Tirsdag at faa ordentlig Besked denne Uvished er ikke god for mig – 
+Igaar var her Marked og mange Mennesker, - saa Faer havde rigtignok travlt blot han maa Kræfter til alt det skriftlige Arbejde foruden sin anden Virksomhed - Drengene ere flinke og vi andre hjælper det vi kan – du har vel af Georg hørt at vi fik 5,000 at laane hos Godsforvalter Højrup og derfor gaar det i dag med Afsendelsen af Penge til alle Sider de forslaar ikke men saa bliver der vel bedre Tider – 
+Vi fik ellers – iaftes igjen en Forskrækkelse med Telegram fra ”Samson”, grundstødt, atter flot – Jens Olsen var her nu men mente at det ikke havde noget videre at sige forstod ikke at han telegraferede og satte Folk i Ængstelse naar det kunde undgaas blot sende Brev var jo nok
+Lev vel fortæl os lidt om Udstillingen naar du har set den jeg har jo nok Politiken men jeg kan maaske komme selv at se hvem veed hvordan Tiden kan blive
+Kjærlig Hilsen din Moder</t>
+  </si>
+  <si>
+    <t>1896-8</t>
+  </si>
+  <si>
+    <t>Sophy -
+Sprut -
+Ellen Agnete Amstrup
+Louise Amstrup
+Thorvald Balslev
+Martin Brandt
+Christian Caspersen
+Johanne Caspersen
+Poul Caspersen
+Niels Elgaard Amstrup
+- Kløvborg
+M Knipschildt
+Jørgen Hermann Kruuse
+Johanne  Larsen
+Christine  Mackie
+Astrid Møller
+Edvard Nielsen
+- Vett
+Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvor Laura Warberg var rejst hen. 
+Det kan ikke afgøres, hvem Marie var. Warberg-familien kendte mange med dette navn. Hvem Fru Kl. var vides heller ikke.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2123</t>
+  </si>
+  <si>
+    <t>Thorvald Balslev, Johanne og Alhed har været på en cykeltur til Kerteminde. De gik tur ved Klinten og i skoven og blev der et par dage. Hjemme igen måtte Alhed skynde sig at skifte til sin råsilkekjole og til middag på Gelskov. Hun har også besøgt Sophy, som er helt rask efter to sommerophold på Silkeborg Bad. 
+Laura Warberg må endelig nyde sin ferie og blive længe væk. Hun kan sikkert godt få flere penge til det.
+Alhed venter gæster på Erikshåb og vil derfor slagte kyllinger. De vasker og sylter og har travlt.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/6XoJ</t>
+  </si>
+  <si>
+    <t>Fredag
+Kære Mor!
+Det har i flere Dage været mit Forsæt at skrive til Dig; men først i Dag bliver det til Alvor. - Her har været saa meget hver Dag, at det har været vanskeligt at faa Tid at sætte sig hen og skrive et ordentligt Brev. - Jeg skrev nok sidst i Fredags. - Lørdag cyclede Thorvald og Joh, og Søndag Form fulgte jeg efter til Odense, spiste til Middag hos Sprut, (- det er sandt, her kan Christine supplere og meddele om Johannes Cycle x ["X" indsat over linjen], der fremdeles gør Knuder, det bliver nok en større Reparation, hun var i Gaar i Højrup at tale i Telefon med Edv. Nielsen.) - Vi havde det yndigt i Kerteminde var den ene Aften en henrivende smuk Tur paa Klinten; paa Hjemvejen gik vi om ad Kruses (ind gennem Skovene), vi stod lidt stille og saa paa Huset, der ligger meget hyggeligt i den Kastanieallé. - Elllers forslog vi Tiden med at bade, spise Stikkelsbær og drive om. Tirsdag Middag cyclede vi derfra, Joh. blev i Odense og jeg kom herhjem 1 Kvarter i 4, styrtede i min Raasilke og om til Gelskov til Middag. Der var Pastor Brandts fra Taulov og Kløvborgs med nogle gamle Thomsens gl. Fru Kl. og en ung Pige, samt Amstrups med lille Nete og gl. Knipschildts. - - Dagen efter var jeg inviteret om at underholde Tante Sophy, men Marie skulde til Høet, saa det blev først om Eftermiddagen. Fader blev hentet derom, Grosserer Vett (Freir) var der, en sær lille Spleis. Tante Sophy og jeg var en tur i Skoven, hun var saa sød at tale med. Hun er bleven helt rask nu, to Sommerophold paa Silkeborg har kureret hende; hun sagde, at det havde jo kostet mange Penge, men at hun mente, det ["t" i slutningen af ordet overstreget] var godt givet ud og at ["at" indsat over linjen] det var den bedste Kur for nervøse Mennesker at rive sig ud af de daglige Folder og rejse bort en Tid. - Du kan tro, vi glæde os ved Tanken om, at Du gaar og driver deroppe, gid Du nu vil blive der rigtig længe, jeg er sikker paa, Du kan godt faa nogle flere Penge, vi har jo ikke hørt ét Ord om Penge i denne Termin, det er ganske enestaaende. Johanne og jeg har ogsaa talt om at sende Dig de 20 Kr. vi har liggende i Æggepenge. Jeg synes, det er saa umaa[de]lig vigtig at Du bliver længe borte, naar Du nu endelig en Gang er kommen ud at rejse. - Thorvald og Johanne ere her i disse Dage; de maa desværre opgive deres Hamborgrejse, da Familien skriver, at der ingen er hjemme. Meget kedeligt. - I Dag Forlovelseskort fra Trisse med en Leutnant Møller. Samt Brevkort fra Tante, at Max Poul og en Kammerat ville besøge os fra Mandag Aften til Onsdag Morgen, saa tage vi de 4 store Kyllinger paa Tirsdag med Ærtesuppe foran. - Vi skulle brygge Mandag og vads ["og vads" overstreget] begynde at vadske Tirsdag, Høsten begynder allerede sidst i Ugen, saa jeg mente, det var bedst at vadske mens vi kunne faa Koner, vi mangle ogsaa Fintøj, saa kunne vi jo altid senere tage en Klatvask med Resten alene til Dit og C's. Tøj. Jeg haaber dette er rigtigt. -
+Alt gaar rigtig godt. Jeg skal nok passe Syltningen, men det er knap modent endnu. 
+[Resten af brevet mangler]</t>
+  </si>
+  <si>
+    <t>1897-07-26</t>
+  </si>
+  <si>
+    <t>Peter Hansen
+Carl Høyrup
+Adolph Larsen
+Marie Larsen
+Rasmus Petersen, Gartner
+Christine Swane
+Anna Syberg
+Fritz Syberg</t>
+  </si>
+  <si>
+    <t>Larsen fik malet "en Del paa Marie og Uglen og en del paa Træerne": De to søstre, Marie og Christine (Uglen) optræder begge på billedet Fire Piger på Lundsgårds Klint/Sommerdag på brinken.
+Jansen var Johannes Larsens jagthund.</t>
+  </si>
+  <si>
+    <t>I.A. Larsen har af skipperen fået at vide, at de først kan sejle sidst på ugen. 
+Johannes Larsen har malet på Marie og Christine (Uglen) på Klintebilledet. Der går en dejlig hættemågeunge under sofaen, og Larsen fodrer den med regnorme.
+Larsen har skudt en stor kat hos Rasmus Pedersen. Den tog kyllingerne.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/DuLn</t>
+  </si>
+  <si>
+    <t>Kjerteminde 26 Juli 1897.
+Min egen Kæreste!
+Tusind Tak for Dit Brev som jeg fik i Gaar. Jeg tror ikke at vi kommer af Sted før sidst i Ugen, jeg hørte før at Fader spurgte Skipperen om hvornaar han troede at han kunde blive sejlklar og han svarede at der vilde altid gaa et Par Dage endnu, Resultatet er altsaa at de ved det ikke. Du skal nok faa Brev saa snart der foreligger noget bestemt derom. Fredag og Lørdag havde jeg rimeligt godt Vejr til mit Billede og den første Aften fik jeg malet en Del paa Marie og Uglen og den anden paa Træerne og Kragekloen. Her gaar saadan en dejlig Hættemaageunge inde under Sofaen. Agraren kom med den i Formiddags. Den fejler lidt i den ene Vinge, men den kan nok komme sig, den har lige spist et Par Regnorme som jeg satte ind til den. I Gaar Eftermiddags var vi paa Besøg paa Scheelenborg, og spiste en Masse Stikkelsbær i Haven før vi skulde ind at spise til Aften saa det gik jo lidt ud over Appetitten. I Aften tænker jeg at det bliver Vejr til at komme i Klinten. I Middags skød jeg en stor graa Kat oppe hos Rasmus Petersen. Da vi kom og skulde i Vandet fortalte Konen at der lige havde været en Kat og haft fat i en af Kyllingerne og at den sad oppe ved Hegnet ind til Højrups Have. Rasmus rendte saa ind efter Bøsse og Patroner og jeg listede mig saa derop efter men Katten forsvandt ind bag Hegnet, heldigvis havde jeg ”Jansen” med og sendte hende ind efter den og et Øjeblik efter kom Fyren ganske rigtigt og blev skudt og begravet med det samme af Rasmus som havde en Spade ved Haanden, og var synlig oplivet over at den ikke skulde spise Kyllinger mere. Jeg har lige skrevet til Baronen og Peter og Marie har skrevet til Baronen og Hønset. Mange kærlige Hilsner fra Din hengivne
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>Andreas Warberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvem "Ledle" eller "Lotte" (svært læseligt) er.</t>
+  </si>
+  <si>
+    <t>Det har været et dejligt vejr, og Alhed har solet sig på brinken med sin søster. Vejret må have været godt til Johannes Larsens billeder. Alhed har ikke fået malet noget videre.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/89HM</t>
+  </si>
+  <si>
+    <t>Min egen, kære Dreng!
+Du faar kun en ganske lille Hilsen fra mig i Aften, jeg synes, Du skal høre lidt fra mig hver Dag, selv om det ogsaa kun bliver nogle faa Ord. – Ledle og Dede have været her i Dag, de skulle have det med til Højrup om lidt. – Sikken et henrivende Vejr vi have haft i Dag, det har jo været brillant for Dine Billeder. Jeg har dovnet, kun pillet en lille Smule ved mit. I Formiddags var Dis og jeg ude paa Brinken, hvor vi laa og solede os c. en Timestid, det har jo været aldeles sommervarmt. – Min egen Frajser, Du faar ikke mere, vær ikke vred!
+1000 kærlige Hilsner til min egen Ven fra Din
+Alhed.</t>
+  </si>
+  <si>
+    <t>1898-02-16</t>
+  </si>
+  <si>
+    <t>Christian Andersen
+Ludvig Brandstrup, billedhugger
+Peter Hansen
+Carl Høyrup
+Vilhelm Larsen
+Hedevig Lützhøft</t>
+  </si>
+  <si>
+    <t>"Lus" kan være billedhuggeren Ludvig Brandstrup.</t>
+  </si>
+  <si>
+    <t>En skipper har købt Larsen-familiens skib Azela og en anden har købt skibet Addy. 
+Jernbanen er ved at blive bygget, og den kommer nok til at gå igennem familiens marker.
+Alhed kommer snart hjem fra Københavnsopholdet.
+"Lus" (Ludvig Brandstrup) har sendt en regning.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/FwGG</t>
+  </si>
+  <si>
+    <t>Kjerteminde 16 Februar 1898.
+Min egen Kæreste!
+Tak for Dit lille Brev, som jeg lige har læst, nu jeg kom hjem fra at male. Du kan da nok begribe at jeg hellere vil have et lille Brev, end jeg vil undvære det. Jeg bliver ligefrem [noget af papiret mangler] det naar der ingen [noget af papiret mangler] Nu er her da lidt [noget af papiret mangler] der ikke været her [noget af papiret mangler] det er også der- [noget af papiret mangler] først faar dette [noget af papiret mangler]. Skipperen fra Nibe købte saa Briggen ”Azela” i Gaar for 4200 Kr. og ikke saasnart var den solgt før vi fik Telegram fra en [noget af papiret mangler]ler i Kjøbenhavn at [noget af papiret mangler] en Køber til en af de andre. I Morgen kom han saa med en Svensker og han købte saa ”Addy” for 4950 Kr. saa nu har vi kun ”Rigmor” og ”Vilhelm” og ”Rhea” tilbage. Der er nu Vrøvl med Banelinien igen og der er Sandsynlighed for at den alligevel kommer til at gaa op mellem og Højrups og ud gennem vore Marker. Min [Farbror] oppe fra Vendsyssel [kom i] Gaar og rejste i [Dag med] Posten, saa det var [noget af papiret mangler] kort Visit. Den g[noget af papiret mangler] per er her endnu, men [noget af papiret mangler] rejser i Morgen. Da jeg gik hjem fra Chr. Andersen gik jeg og glædede mig over at der nu kun var [noget af papiret mangler] til Du kom, for Du kommer vel i Løbet af en 8 Dages Tid, og da jeg saa læser Dit Brev ser jeg at Du ogsaa har tænkt paa at der ikke er længe til. Du kan tro jeg glæder mig og Du kan tro jeg skal kysse Dig naar Du kommer. Det er nu saa mørkt at jeg næsten ikke kan se at skrive. Peter og Klaks [noget af papiret mangler] læser Politiken [noget af papiret mangler] jeg faa dem til [noget af papiret mangler] skrive i Mutters [noget af papiret mangler] sig til i Morgen [noget af papiret mangler] eller i Morgen Middag og faar vel allerede Brevene, nu har Klaks tændt Lys henne ved det andet Bord, s[noget af papiret mangler] jeg flyttet. Jeg fik B[noget af papiret mangler] Regning fra Lus i Dag [noget af papiret mangler] har skrevet mig 50 Kr af paa den, i Stedet for 25 Kr jeg har betalt jeg skal dog op at spørge hvordan det hænger sammen naar jeg kommer derover. Nu har jeg ikke mere at fortælle Dig denne Gang; ikke andet end at jeg elsker Dig og glæder mig [noget af papiret mangler] til at se Dig og længes forfærdelig efter Dig [noget af papiret mangler] nu ikke forsent til [noget af papiret mangler] fra Din hengivne
+Johannes Larsen</t>
+  </si>
+  <si>
+    <t>Peter Hansen
+Adolph Larsen
+Jeppe Andreas Larsen
+Peter Magnussen
+Sigbjørn Obstfelder
+Viggo Winkel</t>
+  </si>
+  <si>
+    <t>Peter Hansen er stadig på besøg. Johannes Larsen glæder sig til, at Alhed snart kommer fra København. Han skriver, at de snart må gifte sig, for folk snakker.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/pghm</t>
+  </si>
+  <si>
+    <t>Kjerteminde 20 Februar 1898
+Jeg skal hilse Dig fra Peter.
+Min egen Kæreste!
+Gud ved hvornaar jeg egentlig faar Lejlighed til at skrive et ordentlig Brev til Dig. For Øjeblikket sidder jeg her paa mit Værelse og skriver paa et Stykke Papir jeg har faaet af Peter, som er ved at sende et Par Bøger væk, den ene er en af Obstfelder, som hedder Korset den har jeg læst og synes det er en køn Bog, har Du læst den? Jeg er ellers kommen her op for at klæde mig om jeg har lovet Højrup at komme op til ham i Dag, det er et ækelt Vejr sydlig Blæst og Snevejr. Jeg har ikke malet i Dag, Peter, Agraren og jeg var en Tur ude i Marken før Middag. Før var vi ovre for at blive vejede jeg vejer nu kun 155 Pund og har altsaa taget 1 Pund af igen. Det er jo kun et lille Brev, men Du vil jo hellere have det end slet ingen ikke sandt. Tak for Dit Brev i Morges, jeg synes jeg bliver gladere og gladere for Dine Breve hver Gang jeg faar et nyt. Hvis Du nu kommer paa Lørdag, er der kun Mandag Tirsdag Onsdag Torsdag og Fredag altsaa kun 5 Dage til Du er her og i Morgen er der kun 4 Dage til. Du kan være vis paa at jeg glæder mig til at komme hen og hente Dig. Har Du set Winkel og Magnussens Fotografiudstilling paa Charlottenborg? I Gaar havde Borgmesteren sagt til Fader, at jeg var nok bleven forlovet, han havde set Frk Warberg i Kjøbenhavn, det var en nydelig Pige, - det er den Søn der altid ser saa skævt til mig. Du ser altsaa at Situationen er ikke holdbar i Længden, eller rettere sagt ikke længere, saa vi bliver nødt til at gifte os snart. Jeg glæder mig til at komme ned og male i Morgen, men allermest til at jeg snart skal se Dig og kysse Dig min egen Kæreste. Mange Hilsner fra Din hengivne Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1898-02-21</t>
+  </si>
+  <si>
+    <t>Christian Andersen
+Carl Høyrup</t>
+  </si>
+  <si>
+    <t>Om hvornår Alhed kommer til Kerteminde.
+Johannes Larsen har tegnet ornamenter på rammen til billedet Chr. Andersen lader patroner, og om aftenen skal han begynde at skære dem ud.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/aTo4</t>
+  </si>
+  <si>
+    <t>Kjerteminde 21 Februar 1898
+Kæreste Alhed
+Tak for Brevet som jeg lige har faaet, i Dag er jeg komme[noget af papiret mangler] ordentlig Tid, nemlig [noget af papiret mangler] jeg vil nu skrive et Par [noget af papiret mangler]den Frokost, saa kan jeg [noget af papiret mangler] naar jeg kommer hjem [noget af papiret mangler] Andersen. I Aftes var jeg [noget af papiret mangler] Højrups det var et væmmeligt Vejt baade da jeg gik derop og da jeg gik hjem. Jeg sidder og ser paa Almanakken og jeg opdager at der paa Lørdag kun er 2 Dage tilbage af denne Maaned, saa naar vi eller i hvert Fald Du skal være paa Erikshaab den 6 Marts k[noget af papiret mangler] altsaa kun være her en [noget af papiret mangler] Derved kommer jeg til det Resultat at hvis det ikke er [noget af papiret mangler] Mening at komme paa [noget af papiret mangler], saa maa Du komme [noget af papiret mangler] Lørdag, nemlig Torsdag [noget af papiret mangler] Fredag, og saa kan Du [noget af papiret mangler] lade mig vide naar jeg [noget af papiret mangler] hente Dig. Du maa ende[noget af papiret mangler] vente længere længere [noget af papiret mangler]nges forfærdelig meget efter Dig, hører Du, Du maa komme senest Lørdag, Du har jo ingen Ting at vente efter, og Du har jo hele Tiden lovet at du vilde komme sidst i Maaneden og naar der kun er 2 Dage tilbage [noget af papiret mangler]da det da ikke være [noget af papiret mangler] senere. Jeg blev saa [noget af papiret mangler] af det da jeg læste i Dit Brev før at Du ikke er vis paa at Du kommer Lørdag, jeg længes forfærdelig meget efter dig og jeg elsker Dig. Kommer Du saa ikke paa Torsdag. Nu maa jeg ind og have lidt Frokost og saa n[noget af papiret mangler] Chr. Andersen, saa kan jeg fortsætte naar jeg kommer [noget af papiret mangler] Nu har jeg spist til M[noget af papiret mangler] og derefter siddet og tegnet Ornamenterne paa Rammen til Chr. Andersen saa jeg kan begynde at skære dem ud i Aften. Kl. er imidlertid bleven 2 og jeg har bestilt Chr. A. til den Tid jeg skal male paa Ho[noget af papiret mangler] i Eftermiddag saa jeg maa slutte nu. Kan Du være sød og komme snart min egen Kæreste. Mange kærlige Hilsner fra Din hengivne
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>Christian Andersen
+Adolph Larsen</t>
+  </si>
+  <si>
+    <t>Johannes Larsen er meget i tvivl om, hvorvidt han skal sende billedet Christian Andersen lader patroner til den Frie Udstilling eller ej, for han synes, det kan blive bedre.
+Larsen har selv to sofaer, så med Alheds nye har de tre til deres fælles hjem.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Dqbi</t>
+  </si>
+  <si>
+    <t>Kjerteminde 17 Marts 1898.
+Min egen Kæreste!
+Tak for Dit Brev i Dag. Jeg kunde naturligvis nok have Lyst til at komme n[noget af papiret mangler] Dig paa Søndag, men j[noget af papiret mangler] næsten ikke at jeg kommer. Jeg er ikke helt sikker paa at jeg sender Chr. Andersens Billede af Sted, og selv om jeg sender det bliver det først paa Søndag, men i det Tilfælde kunde jeg jo lade Agraren køre mig til Ullerslev, sende Kassen derfra og saa tage med Toget til Højrup. Det er vist egentlig g[noget af papiret mangler] at jeg holder op med Billedet nu, for det kunde vist blive bedre, men paa den anden Side er jeg nu bleven [noget af papiret mangler] grundigt forstyrret [noget af papiret mangler] Udstillingsvrøvl at det ikke er godt at vide hvornaar jeg vilde faa tilstrækkelig Ro paa mig til at tage ordentlig fat igen, nu har jeg jo malet de sidste otte Dage paa det i den Hensigt at faa det færdigt saa jeg skulde jo begynde omtrent forfra og male det helt om før jeg kunde faa Gang paa det igen og saa er det jo ikke udelukket at jeg vilde blive ked af det, det er væmmeligt, naar man saadan kommer i Tvivl om hvad man skal. I Dag har jeg siddet og fedtet paa Tapetet og i Morgen skal altsaa være sidste Gang for at det kan blive [noget af papiret mangler] nok til at sende Søndag, hvis – men jeg tror nu alligevel jeg lar det rejse og ryge, for at se at faa fat paa noget andet. Vi har endnu ikke hørt noget om naar de kommer fra Sverige, men jeg tænker at de kommer i Morgen Nat eller Natten mellem Lørdag og Søndag. Vi er nok snart godt udstyret med Sofaer, jeg har ogsaa 2, men [noget af papiret mangler]ne har Du vist aldrig [noget af papiret mangler] skønt jeg flere Gange har tænkt at vise Dig den [noget af papiret mangler] Du er her jo heller aldrig saa længe at Du kan faa Tid til at se noget. Nu vil jeg slutte med mange allerkærligste Hilsner fra Din hengivne
+Johannes Larsen</t>
+  </si>
+  <si>
+    <t>1898-04-22</t>
+  </si>
+  <si>
+    <t>Søren Andersen
+Anders Andersen, vejmand
+Carl Høyrup
+Alhed Larsen
+Jeppe Andreas Larsen
+Vilhelm Larsen
+Theodor Philipsen
+Christine Swane
+Fritz Syberg</t>
+  </si>
+  <si>
+    <t>Friheden ligger uden for bygrænsen til Kerteminde. Hjelmen er en slags staklade på godset Bøgebjerg, som ligger nord for Kerteminde.
+Zylaa er muligvis Emile Zola. Retssagen imod ham blev meget omtalt i Kjerteminde Avis.</t>
+  </si>
+  <si>
+    <t>Der er kommet penge fra Theodor Phillipsen. Han har også solgt et stort billede. Der har været møde vedr. jernbanen. Der har været brand på gården Bøgebjerg.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/E5Ic</t>
+  </si>
+  <si>
+    <t>Fredag
+Kjære Johannes
+Du undrer dig vel meget at vi ikke har skreven og meddelt dig at Pengene er kommen fra Hr Phillipsen at vi kunde takke for dem; men jeg har været syg kjære Johannes og ligget i Sengen i 4 Dage, Gud ske Tak nu sidder jeg oppe igjen og kan dog lidt – det var godt Christine var hjemme utaalmodig har hun været fordi hverken du eller Baronen skrev om det kunde an at hun blev hjemme saalænge 
+Nu kom Vilhelm fra Kjøbenhavn og fortalte at Hr Phillipsen har solgt det andet store Billede til Ribe, kommer du ikke nogle Dage endnu saa skriv dog til ham baade med Tak og Lykønskning.
+Fader er heller ikke saa rask for det var en forfærdelig Storm de Dage han gik med Jernbaneherrene og holdt ud til 12 den ene Nat. der var jo mange Mennesker der skulde kaldes ind, der blev kun faa der kom tilrette med dem. Husene i Friheden er 2 allerede brudt ned. Lodsen maa bo til October, de gav ham 5,000. Vejmand 1600, [Fragde] 3500, [Jo ] 2000. Vi fik 100 Kr for at flytte Halmkassen
+Bøgebjerg er brændt i Nat kun Hovedbygningen staar, alle Højrups Køer der var der brændte – ja det er uhyggeligt en Malkekone saa en Mandsperson liste fra Hjelmen og noget efter brændte det nu mangler vi en Zylaa - Hils din Hjærtenskjær mange mange Gange som du hilses fra din trofaste Moder
+[skrevet paa langs] Jeg antager at vi kjører for Christine og Klaks til Odense paa Søndagmorgen</t>
+  </si>
+  <si>
+    <t>1898-04-26</t>
+  </si>
+  <si>
+    <t>Adolph Larsen
+Jeppe Andreas Larsen
+Vilhelm Larsen
+Vilhelmine  Larsen
+Emil Opffer
+Christine Swane
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>"Agraren er kommen hjem da Skolen er forbi": Han har været på landbrugsskole med kostafdeling.
+Uglen er rejst til Svanninge: Anna og Fritz Syberg boede i Svanninge.
+Redaktør Opffer var i gang med en jordomrejse.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen er gået hjem efter et besøg hos Alhed, og det gav vabler under fødderne.
+Redaktør Opffer har skrevet fra Elba og bedt om tegning eller fotografi af skiven (til fugleskydning), som Johannes Larsen har malet til ham.
+Johannes Larsen er begyndt på maleriet med udsigten fra vinduet igen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/xzmS</t>
+  </si>
+  <si>
+    <t>Kjerteminde 26 April 1898.
+Min egen Kæreste!
+Tusind tak for den Tid jeg var hos Dig. Jeg havde det rigtignok godt, og jeg glæder mig allerede til at komme ned til Dig igen paa Søndag om 8 dage. Jeg skrev til Dis i Aftes, men jeg er bange for at jeg har forkludret Adressen [saa] hun ikke faar det i rette [Tid] jeg skrev nemlig først [noget af papiret mangler]byværk, men saa kom [jeg] i Tanker om at det jo ikke er en Station, og saa skrev jeg Højrup neden under, og det ved jeg ikke rigtigt om det passer. Det var et dejligt Vejr at gaa hjem i, i Aftes, men var[mt] og saa fik jeg et Par Vabler under hver Fod, saa jeg var glad ved at jeg ikke var taget over Nyborg for hvis jeg skulde have gaaet længere vilde der været gaaet Hul og det var jo ikke saa behageligt. Fader og Moder er raske nu og Agraren er kommen hjem da Skolen er forbi, og han gaar nu og saar. Uglen og Klaks er rejst henhol[dsvis] til Svanninge og Di[noget af papiret mangler]lyst. Mine Sko og Stø[vler] er kommen fra Kjø[ben]havn, Du kan tro de er fine. Jeg har faaet et Brevkort fra Opffer paa Elba med en imponerende Adr. Her skal Du se: [noget af papiret mangler]illustrissimo Signore Signor Pittore Johannes L o.s.v. Han bor nu paa Elba og vil gerne have sendt en Tegning eller et Fotografi af ”Skiven” for at han kan se hvor smukt jeg har løst Opgaven. Plænerne i Haven er nu saaede og jeg skal til at have det øvrige i Orden i det dejlige Vejr, bare det maa holde [ved]. Billedet fra mit [Vin]due kan jeg begynde [paa] nu jeg har haft det [fre]mme i Dag og jeg maa saa op Kl. 5 hver Morgen. Mange kærlige Hilsner fra Din Kæreste som elsker Dig.
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1898-04-27</t>
+  </si>
+  <si>
+    <t>Carl Høyrup
+Niels Chr.  Jantzen
+Marie Larsen
+Vilhelm Larsen
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Plaster på en byld: Johannes Larsen fik vabler af at gå hjem fra besøg hos Alhed for nyligt.
+Skiven med kronprinsen: En bestilling fra Fugleskydningsselskabet. Man skød ikke efter disse skiver, men hængte dem op.
+"Skilt fra den ved Banen": Den nyanlagte jernbane kommer til at gå igennem Høyrups have, som lå nær Svanemøllen ejet af I.A. Larsen, Johannes Larsens far.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har fået lavet en skive til at male kronprinsen på (en bestilling fra Fugleskydningsselskabet). Han er nødt til at finde en officer med hovedbeklædning, for kronprinsen kan ikke optræde barhovedet på billedet i fri luft.
+Der er udsigt til, at Larsen-familien kan få noget af Carl Høyrups have, da denne (nær Svanemøllen) bliver delt i to af den nyanlagte jernbane.
+Larsen har fundet en tegning af hunden Tjalfe, og den skal danne udgangspunkt for et maleri.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/16LJ</t>
+  </si>
+  <si>
+    <t>Kjerteminde 27 April 189[noget af papiret mangler]
+Min egen Kæreste!
+Tusind Tak for Dit Brev i Dag. Nu skal jeg fortælle Dig hvad jeg har taget mig for siden jeg i Gaar skrev til Dig. Først gik jeg ud paa Taarbystranden en ordentlig Tur og fandt mig et Vibeæg og da jeg kom hjem gik jeg hen med Brevet og paa Tilbagevejen g[ik] jeg ind paa Apotheket og kø[bte] mig et Plaster til min Byl[d og] noget Benzin til at vaske [mine] Billeder i før jeg maler paa dem. Imidlertid var jeg bl[even] saa træt at jeg sov over mig i Morges og kom først op Kl. 8, saa jeg fik ikke malet paa det i Dag. Der var Brev fra Marie i Morges hun beklagede sig over [at] Du ikke havde svaret paa hendes Forespørgsel om Dis’es Adr. saa hun var forhindret i at skrive til hendes Fødselsdag. Skiven jeg skal male Kronprinsen paa var jeg nede hos Maler Jantsen med i Gaar for at faa den spartlet og jeg faar den i Morgen, men der er det forfærdelige ved det at jeg nu har opdaget at jeg jo ikke [kan] male ham i fri Luft [noget af papiret mangler] uden noget paa Hovedet [noget af papiret mangler] jeg ved ikke rigtigt hvor[dan] jeg skal bære mig ad, [jeg] maa vist se at faa fat [paa e]n Officer havde jeg bare aldrig modtaget den Bestilling. I Eftermiddag var jeg og Klaks oppe at maale begge Haverne op, det er nemlig muligt at vi kan faa Højrups allerede i Aar, da [han] jo nu bliver skilt fra den ved Banen, han kan jo saa faa et Stykke til Køkkenurter paa den anden Side Banen Klaks skal nu tegne et Kort over dem i Morgen. Da vi var færdige gik vi ud paa Feden og gik i Vandet, det var delikat. Efter at have spist til Aften var vi oppe at flytte et af de 10 Æble[træer] som Jernbanen tager, [noget af papiret mangler] gik vi hjem og fik en T[noget af papiret mangler] og nu sidder jeg her og s[kri]ver. Da jeg i Formiddag le[dte] min Mappe igennem fandt jeg en lille Tegning af Tjalfe og det gik saa pludselig op for mig at saadan skulde jeg have ham paa det store Billede [n]u skal jeg snart til at tage fat paa det, jeg tror i det hele taget at jeg sidder inde med en hel Del Arbejdskraft for Tiden kunde jeg nu bare faa ordentlig begyndt og saa ikke have alt for meget Afbræk af det Skidt Kronprinsebillede. Du kan tro jeg glæder mig til at komme ned til Dig igen, nu er [der j]o snart kun 8 Dage til [og] til den Tid tænker jeg, at [jeg] er kommen godt i gang [me]d mit Arbejde, naar nu [noget af papiret mangler]et bare vil holde sig [noget af papiret mangler], og saa er jeg vist ogsaa bleven meget raskere naar jeg nu kommer tidlig op hver Dag og kommer meget i Luften. Faar jeg Brev fra min Kæreste i Morgen? Tusind Hilsner fra Din hengivne Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1898-04-28</t>
+  </si>
+  <si>
+    <t>Johannes Larsen malede foråret 1897 på guldregnebilledet, men måtte stille det væk, da træet tabte blomsterne.
+"Skiven med Kronprinsen" er bestilt af en fugleskydningsmand.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen håber at komme til at male på billedet af guldregnen. Han vil gerne have Christine til at fotografere enten hunden eller et billede af hunden.
+Larsen er usikker på, hvordan han skal male skiven med kronprinsen (til Fugleskydningsmanden).</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/MYqq</t>
+  </si>
+  <si>
+    <t>Kjerteminde 28 April [noget af papiret mangler]
+Min egen Kæreste!
+Jeg har egentlig ikke ret meget at fortælle Dig i Dag, men Du skal alligevel have et lille Brev i Dag skønt jeg ingen fik i Morges. Jeg har nu faaet Guldregntræet sat paa Blendramme og skal saa til at male paa det, m[en det] er Graavejr, efter den [noget af papiret mangler]set jeg har af det, pa[a en] Maade tænker jeg at [noget af papiret mangler] kan komme saa vidt med det at jeg kan naa at faa det malet færdigt naar det er sprunget ud, jeg har ogsaa set paa Hunden i Dag og tegnet en lille i en noget [ande]n Stilling en den jeg fandt i Gaar, og saa er jeg kommen i Tanker om at det maaske ikke var saa galt at faa den fotograferet, saa hvis Du vilde være saa sød at skrive saasnart Du har faaet dette, og sende Brevet til Højrup med det samme, vil jeg (det skal indeholde Christines Adr. i Odense) skrive til hende om det ikke var muligt at hun kunde komme her paa Lørdag Aften eller Søndag Morgen med sine Apparater, eller det var maaske endnu mere durkdrevent om Du skrev til hende og bad hende skrive til mig om hun kan komme og ved hvilken Tid hun vil hentes i Ullerslev, kan Du det? for hvis Du først skal skrive til mig og jeg til hende kan hun vel ikke naa at svare mig. Skiven til Kronprinsen har jeg faaet og begyndte at tegne ham op med Kul, men jeg er for Øjeblikket helt i Vildrede med hvordan det skal være. I Eftermiddag har Klaks og jeg arbejdet i Haven og været i [noget af papiret mangler] men nu rejser jo Kla[ks i] Morgen saa naar jeg [er] alene gider jeg vel ikke hver Dag. For Øjeblikket sidder Klaks og tegner Kortet over Haverne. Kan Du nu være sød og skrive snart. Jeg elsker Dig. Din hengivne
+Johannes Larsen</t>
+  </si>
+  <si>
+    <t>1899-08-24</t>
+  </si>
+  <si>
+    <t>Louise Amstrup
+Thorvald Balslev
+Wilhelmine Berg
+Julie Brandt
+Thora  Branner
+Niels Elgaard Amstrup
+Jørgen -, Erikshaab
+Olaf Jensen
+Alhed Larsen
+Christine  Mackie
+Otto Emil  Paludan
+- Rosendal
+Ellen  Sawyer
+Hempel Syberg</t>
+  </si>
+  <si>
+    <t>Laura Warbergs søster havde et pensionat på Gothersgade 129, og Albrecht Warberg boede tit der, når han var til behandling for sin astma i København. 
+Lille Olaf er muligvis Julie/Pan Brandts søn. Thorvald er muligvis Thorvald Balslev. 
+Det vides ikke, hvem Amanda var. Christiane og Thomas, som skulle giftes på Sandholt, var muligvis ansat ved denne herregård. 
+"Amstrup sagde til mig, at det havde været rent galt, siden vi saaes": Louise Amstrup på Ølstedgaard var psykisk syg; formodentlig bipolar.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0335</t>
+  </si>
+  <si>
+    <t>Julie/Pan Brandt og lille Olaf har været på besøg. Pan væltede et blækhus ud over gulv- og bordtæppet i Astrids værelse, og det var Laura ærgerlig over.
+Hempel Syberg er syg. Laura rejser til København for at se til sin far og derefter til Alhed Larsen. 
+Laura har fået brev fra Rosendal. 
+Christiane og Thomas skal giftes på Sandholt, og Christine har købt syltetøjsskeer som gave.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Ewpx</t>
+  </si>
+  <si>
+    <t>[Skrevet på kuverts forside:]
+Hr. Godsforvalter Warberg
+Gothersgade 129 ⁴
+København K. 
+[På kuverts bagside:]
+Poststempel.
+[I brevet:]
+Torsdag d: 24de August. 
+Kære Abba!
+Tak for Brevet! Det kom ikke med Posten i Tirsdags, men Jørgen fik det om Eftermiddagen, da han kørte til Højrup med Christine, der skulde ud at begynde sine Timer; med Pan og med lille Olaf, der kom Dagen før, var rigtig livlig og rar, han var rigtig glad ved at besøge os igen det var tydeligt, og vi var ogsaa rigtig glade ved at see ham. Hun skulde denne Gang kun være et Par Dage København for at leje Værelser til ham og lille Jensen men til 1ste September skulde han ind og tage fat igen paa Skolen, saa vilde han besøge Dig. Han og Pan fulgtes ad fra Højrup til Kbh; men alt det ved Du maaske fra samme Pan, der afsluttede sit Besøg her med den Udaad at vælte et Blækhus paa Gulv- og Bordtæppe i Astrids Værelse, det Pjattehoved hun er, jeg var rigtig ærgerlig over det. Jeg har faaet Brev fra Thora og et lille et indeni fra Syberg. Han er bedre men har været temmelig syg, dog heldigvis kun et kortvarigt Anfald. Jeg rejser saa ud at tage med dem, men vil hjem samme Aften med Astrid, da vi skal vadske og jeg gærne vilde være færdig med det, saa jeg kan rejse til København d: 1_ste_ eller 2_den_[”eller 2den” indsat over linjen] og derfra Mandag op til Alhed. Jeg vil være i Kbh. en eller 2 Dage for at besøge Far, ingen veed, hvor længe vi har ham. Jeg beundrer alt det, Du kunde naae paa de første 4 Dage derinde. Hils Thorvald! Mon han er der, hvis jeg kommer den 1_ste_? Mis maa gærne læse Elles Brev, der var slet intet hemmeligt. Du sender mig det vel nok, saa jeg har det senest Tirsdag at tage med ud til Syberg; det skal ogsaa med til Sverig. – Jeg har skrevet til og faaet Brev fra Rosendal; der er Intet ved Amanda! Ikke en Billet mere fra Tidenden! Nu maa jeg nok have det i Ugens Nyheder. – I Dag skal Christine og jeg spise til Middag paa Sandholt. Pan meldte os derovre i Dag eller i Morgen, saa bad de os. – I Morgen gøre de Bryllup for Christiane og Thomas, og vi var enige om her, at Du vist vilde have vi skulde give dem en lille Brudegave og saa købte Chr. for 7 Kr. 2 Syltetøjsskeer i et Etui. Pal. siger, at han kan komme til Dine Visitkort; vi tager saa Gaven med i Dag. Ellers intet nyt under Solen herfra! Jeg skrev Breve i Gaar i 3 Timer, men jeg naaede ikke til Dig og nu har jeg ingen at ”sende til Højrup”. Chr. kom i Aftes med sidste Tog; Pal var omtrent helt nede efter hende. Det har nu i 3 Morgener set meget ud efter Regn, i Dag endelig smasket lidt, men op
+[Skrevet langs kanten på side 4:]
+Dagen klarer det op igen. Da Jørgen kom 
+[Skrevet langs højre kant på side 3:]
+fra Højrup i Tirsdags og han og Hesten havde faaet Mellem[ulæseligt] 
+[Skrevet langs venstre kant på side 3:]
+kørte jeg til Ølstedgaard. De var glade ved
+[Skrevet langs højre kant på side 2:]
+mit Besøg og ved at jeg bad dem hertil
+[Skrevet langs venstre kant på side 2:]
+på Søndag. Amstrup sagde mig, at det havde 
+[Skrevet langs højre kant på side 1:]
+været rent galt, siden vi saaes. 
+[Skrevet langs venstre kant på side 1:]
+Nu kun mange Hilsener til alle Bekendte, Du træffer paa og Dig selv fra Din Smaa.</t>
+  </si>
+  <si>
+    <t>1899-10-27</t>
+  </si>
+  <si>
+    <t>Dorthe -
+Kirsten -
+Morten -
+Benedict Boisen
+Marie  Clausen
+Margrethe  Eckardt
+Carl Høyrup
+Adolph Larsen
+Augusta  Larsen
+Cathrine Larsen
+Urban Larsen
+Marie   Larsen, Georg Larsens datter
+Vilhelm Larsen, Georgs søn
+Olga Lau
+Marie Meyer
+Elisabeth Storm
+- Winther</t>
+  </si>
+  <si>
+    <t>Christine Swanes forældre skal muligvis snart til Sverige. Marie S eller C er muligvis Marie Clausen.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Museum</t>
+  </si>
+  <si>
+    <t>Det er uvist hvornår forældrene vil besøge Christine. Farbror Urban vil sende den grønne lysestage til hende. Der er tyfus i Kerteminde.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/qVm1</t>
+  </si>
+  <si>
+    <t>Kjære lille Christine!
+Jeg har ikke skreven før for vi troede saavist at vi skulde rejse over til Dig som i Aften og saa videre Søndagformiddag; men nu igaar kom der en Mand med en Slæde i Vejen og vi kommer vist ikke afsted før hen i Ugen, dette Brev kom [i] Aftes saa skal Du have det først; Adolph sendte jeg et Par Sko Strømper og 2 Kr – han vil gjerne til Erikshaab i Morgen saa kan Du tænke paa ham der – Farbroder Urban har været her for et Par Dage siden han skal nok sende Dig den grønne Lysestage han skrev Din Adrs op i sin Lommebog – han lo saa hjærtelig over at det skulde være kjønt med en saadan Stage. Faster Augusta er meget svag i sine Been de er saa ømme at hun knap kan gaa eller staa paa dem han derimod er saa tyk og bred og munter der gik jo en Flaske Portvin – Morten og Thrine var her saa den gik jo med Liv den Timestid vi var sammen Nu kom Marie Mejer med Fasters Nattøj som hun jo saa tog med sig igjen
+Hilsen fra hende med Tak for sidst – Du spørger om naar vi skal vaske – send du kun Dit Tøj for om der bliver Dag saa gaar Madam Winther herhen og vasker selv om jeg ikke er hjemme
+Støvlerne er kommen i Aftes jeg troede jo vi skulde rejse men nu lader jeg dem staa til en Dag vi faar [ - hed] for vor Afrejse ellers sender [ jeg ] dem tillige med The og Sukker – Urtepotten staar færdig til Afvaskning Fru Storm har med stor Omhyggelighed faaet Blomsten over i en anden Urtepotte Du og Olga kan vente Brev fra hende snart
+Sig til Margrethe at jeg skriver ikke for jeg haaber hun møder naar vi kommer
+Vi har fæstet 2 Karle og faaer en svensk Pige til November Søster til Kirsten her gik i Høstens Tid jeg er glad kan Du tro for Dorthe er mig mer og mer umulig men nu er den Taalmodighed-Tid Gud ske Tak snart forbi
+Det er Stumper af Papir jeg finder men de ere vel lige kjærkommen lille Ven nu faar jeg vel ingen Søndagsbrev i morgen fordi mit først kommer Lørdag men saa faar jeg Mandag
+Vi har længe gaaet og ventet paa disse svenske for Du kjender jo nok Fader han undrer sig altid naar der ingen Ting er fra Eder og selv skriver han aldrig uden Adresse – den er han villig til kan du tro Husmanden her er han er saa storartet flink til Alting har saadan Lyst til at faa Alting til at gaa flittig tidlig oppe – og møder præcis til Kaffe Du kan rigtignok lille Ugle at jeg rejser mig fra mit Leje med stor tak til Gud for det gode Helbred han giver baade Faer og Moer og naar jeg saa faar Breve fra Børnene og hører I har godt saa er jeg saa glad saa glad 
+Det er bedre med Træskomandkonen det samme med Marie[s eller c] og Benne Boisen ligger af Tyfus paa Epidemihuset saa nu har de 2 børn derude
+Jeg har faaet Gulvene ferniseret i Stue og Kjøkken de blaa Vintergardiner op her og skal have et op til i Stuen det luner [ulæseligt] Ild i Ovnen Her er intet Nyt jo gamle Højrup er død og skal begraves paa Tirsdag; Børnene hos Georgs ere raske og Ville siger Dae og tager Huen af naar han kommer ind i Stuen
+Hils nu Alle dem der bryder sig om en Hilsen fra din gamle Moer
+Gud fader velsigne og bevare Dig mit kjære Barn fra alt Ondt</t>
+  </si>
+  <si>
+    <t>1900-11-28</t>
+  </si>
+  <si>
+    <t>Kerteminde
+Kærbyhus</t>
+  </si>
+  <si>
+    <t>Karen på Erikshaab -
+Minnie -
+Ludwig Beethoven
+Margrethe Bentzen
+Thora  Branner
+Edvard Clemmensson
+Jens Hammer
+Grethe Jungstedt
+Adolph Larsen
+Alhed Larsen
+Johanne Christine Larsen
+Niels Lindberg
+Felix Mendelssohn
+Augusta Mogensen
+Christian Mogensen
+Kirstine -, pige i huset hos Hempel Syberg
+- Rosendal
+Ellen  Sawyer
+Harris Sawyer
+Henry Smith, nær Erikshaab
+- Sonne
+Hempel Syberg
+Andreas Warberg, Albrechts far
+- Ward
+- Wilstrup</t>
+  </si>
+  <si>
+    <t>Chemilette: Beklædningsstykke til kvinder. Chemisette: Hæklet eller broderet bærestykke til en chemise. 
+Astrid var i huset hos Alhed og Johannes Larsen, mens de ventede deres barn nummer to. Alhed havde smerter i hoften under graviditeten. 
+Det vides ikke, hvem Doktorens, Thora R og Degnens var. 
+Barnet, der skulle døbes, var formodentlig Augusta og Christian Mogensens søn, Jupiter.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, Laura Warberg til Astrid, 1900-11-28, 2401</t>
+  </si>
+  <si>
+    <t>Laura Warberg vil sørge for, at Astrid får sendt sin kuffert med forklæder, handsker mv. 
+Alhed Larsen har nok fået det skidt, fordi de er flyttet. Harris Eastman har sagt til Ellen, at hvis Alhed får det værre, må Ellen rejse hjem til hende. Ellen arbejder meget i laboratoriet for tiden. Chefen er ved at gå fallit. 
+Lille Grethe går, idet hun skubber møblerne foran sig. Hun prøver at tale, og hun jubler, når forældrene kommer hjem. Minnie er en fantastisk pige i huset. 
+Laura har afholdt stor middag. Johanne og Christine spillede firehændigt. Laura har truet Karen med at skrive til hendes mor og sige, at de ikke kan bruge hende i huset. Derefter blev Kirstine mere omhyggelig. 
+Johanne og Christine når ikke at sy gaven til Ellen færdig før jul, så det er godt, at Alhed og Laura har noget til hende. 
+Der er ikke plads til pedalen i kassen, men måske kan Christine og Andreas/Dede tage den med.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/V6OL</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Frøken Astrid Warberg
+Kærbyhus
+Kjerteminde
+[På kuvertens bagside:]
+Poststempel
+[I brevet:]
+Onsdag Aften d:28de
+Kære lille Putte!
+Hvor jeg dog blev ked af at høre, at Du ikke har faaet Trøjen tillige ["tillige" indsat over linjen] med Galochen, Junge havde glemt den, som var det vigtigste. Skrupforklædet kan vi ikke finde men siden skal jeg sye Dig et nyt og saa skal Din lille Kuffert blive sendt Dig paa Fredag Formiddag, naar Christine bliver kørt til Højrup og deri Trøje, Forklæde, Chemiletterne, de er desværre ikke kommen med i Vadsken, fordi jeg ikke var hjemme, samt Handsker og om vi ellers finder noget af Eders. Jeg haaber den kan gaae med Banemærke, saa er den der vel om Aftenen og koster Dig ikke noget. Det er trist, at Alhed igen har det mindre godt, men det er vel fordi hun har gaaet for meget, mens I flyttede. Jeg glæder mig til at høre fra Eder, naar I er rigtig godt i Gang hos Eder selv. Pas endelig paa Trappen naar Du gaaer med Kul. Paa Afstand er man mere ængstelig for den Slags. Saadan skriver Elle i Dag, at Harry sagde til hende, da de hørte om Be's Sygdom og (hun) Elle ["Elle" indsat over linjen] var ængstelig for den, hun skulde skrive til mig, at jeg skulde telegrafere, hvis der var Fare for Be, saa kunde E. være her paa en 8-10 Dage! Det var kønt tænkt af Eastman! Og saa har jeg dog ikke i mindste Maade antydet, at der var nogen Fare, men som sagt – det er paa Afstand. East. var lige rejst for ca. en Uge til Washington telegraferet efter ham til at holde et Foredrag. Elle har været saa ulige meget i Laboratoriet, paa en Dag nær hele Ugen i den sidste Tid, foruden sine egne Forretninger har hun maattet hjælpe Harry til han fik rigtig Kræfter og der var saa meget Arbejde til ham. Chefen Thifany er ved at gaae fallit og saa skal H. have sit eget Lab. og altsaa herefter hvis Hun fandt Arbejde men de mener nok det gaaer. Elle skriver, det er et strengt Liv for hende i denne Tid, men naar hun kan hjælpe Harry og ved Hjælp af Arbejdet see hen til at komme hjem til Sommer, saa gaar det som Løjer for hende. Lille Grethe rejser sig op ved alle Stolene og begynder at gaae ved at skubbe dem foran sig. Hun begynder at ville snakke. Va-va mener de skal være Far. Hun savner dem eller rettere hun giver et Glædeshyl, naar de kommer hjem om Aftenen og klapper i sine smaa Hænder. Naar Elle ikke strax tager hende, græder hun saa ynkeligt. Elle har haft hende med en hel Dag hos Fru Sonne, Fru Ward var der ogsaa. Grethe var sød og artig, sad hos Elle eller krøb om paa Gulvet. Pigen Minnie er mageløs, de har saa mange sene Middage saa hun ender næsten ene. E. hjælper en Smule, naar hun kommer hjem. Og saa er hun en dannet Pige, kan alt paa egen Haand og er god mod Grethe. Hun er en Juvel, siger E. – I Søndags havde vi vor Klub til Gaase og Andesteg, Koldt Bord, Øl Kaffe til sidst. I Gaar havde vi en finere Historie. Doktorens, Smidts, Mogensens og Hammers, af unge Agraren, [ulæseligt] Lindberg, Thora [ulæseligt] og Edward samt min Kusines Datter Margrethe Bentzen, en nydelig sød Pige paa 24 Aar; Chr. og Junge lider hende godt og bad hende besøge os en Lørdag og Søndag. Vi fik megen køn Musik. J. og Chr. spillede en 4 hændig Symfoni af Beethoven samt første Del af den dejlige Koncert af Mendelsohn, som de skal spille i Faaborg. Fru Wilstrup var her i Søndags og fik stemt Klavererne sammen rigtig godt. De har meget travlt med den især J., hun vil sige de har to Timer inden Jul af hos Fru Rosendal og saa har jeg lovet at overtage det huslige fra nu til Nytaar ogsaa for at hendes Fingre kan blive lidt smidige. Hun skal kun have den halve Timestid om Aftenen med at hjælpe den lille ny ved Bordet. Alt gik saa flot i Gaar. Vi fik 2 Gæs og 2 Ænder stegt, Æble og Svedske Kompot m.m. Rødvin, Koldt Bord men kun Sildesalat salt Kød og Ost, Kiks og Tvebakker og The. Kl. 10 Kaffe med en [ulæseligt] Bakkelse, som J. havde lavet og smaat Bagværk, som jeg havde med fra Odense. Vi havde alle vore fineste Ting fremme og et nydeligt Bord. Christine laa af Hovedpine lige til Kl. 5, saa jeg var paa Færde hele Dagen gjorde rent, satte Blomster eller rettere Grene og Bær omkring i Stuerne og til Bordet Kort. Det jeg dækkede mestens færdigt. Mit Ben er med Gummistrømpen næsten helt godt nu. I Gaar Morges truede jeg Karen med at skrive til hendes Mor, at vi kan intet have hende, naar hun har en saadan Uyst til alt og mener, at hun er saa overlæsset, arbejder som Pige, hun vil absolut ikke, snakker om det til dem alle. Hun var ikke ved Vadsken uden at skylle og vride, men det var alligevel altfor meget, og hun gik uden videre ind! Men min sandten, den Trusel at skrive hjem den har frugtet, hun har øjensynligt gjort sig umage i Gaar og i Dag. Nu vil jeg selv gøre en Del Strygearbejde og saa faa hende i Køkkenet Kl. 11 eller saa. Jeg vil være saa omhyggelig som jeg kan, for at hun ikke skal skuffe for meget. Nu faaer vi see, om jeg bedre kan tumle hende end J. har kunnet. – Kirstine er rigtig flink. – Paa Søndag skal vi til Barnedaab paa Gjelskov; alle Familierne skal med; Degnens var bedt med andet Sted. Ch. og J. skal med. De faar slet ikke syet den Present til Elle før efter Jul; det er rigtignok godt, at Alhed, Du og jeg har noget til hende. Om en Uge sender jeg mit; jeg mangler kun Garn, har først i Dag syet siden jeg kom hjem. Det kan jo sendes, veed I nok, i en stor Konvolut med Sejlgarn om og 10 Øre paa. Jeg har sendt min Lysedug i Fjor og 4 Gange et Pudevaar paa den Maade, alt er kommen hende i Hænde. Eastman er saa rask nu var glad ved den lille Rejse. Hun fik Dagen efter + ["+" er indsat over linjen] baade Brev, skrevet i Toget og Telegram med hans Adr:!! Ja nu veed jeg snart ikke mere lille Putte! Nu skal jeg ogsaa skrive til Syberg. Thora har faaet to Visdomstænder ud, de sad saa fast, men nu har hun da Ro. Husk Alhed paa, at vi endelig maa have de Sutsko. Den Pedal bliver det vanskeligt at faae med. J. skrev at der var ikke Plads til den i Kassen. Vi skal tænke over det. Gud veed, om ikke Christine kunde tage den med til Odense og saa Dede rejse ned til Eder med den paa Søndag. Jeg skal forsøge men kan jo intet love. Nu Farvel lille kære Putte. Kærlige Hilsener til Eder alle fra Mor. 
+[Skrevet langs sidens venstre kant:]
++ hans Afrejse</t>
+  </si>
+  <si>
+    <t>1900 eller 1901, december</t>
+  </si>
+  <si>
+    <t>Louise Brønsted
+Alhed Larsen
+Andreas Larsen
+Johannes Larsen
+Jupiter Mogensen
+Ellen  Sawyer
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Beatricen var en varmeovn, som Warberg-søstrene havde på deres værelse.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 0448</t>
+  </si>
+  <si>
+    <t>Astrid har været med på en kane. Den følgende dag begynder julebagningen. Værelserne er parat til gæster. Man ved endnu ikke, om Alhed og Johannes Larsen og lille Jeppe kommer.
+Lille Mogensen har haft mæslinger. 
+Astrid skriver om, hvad den ene og den anden skal have i julegave.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/QZzt</t>
+  </si>
+  <si>
+    <t>Mandag henimod Jul.
+Kæreste Junge! Hvor det dog bliver knusende kolosalt sjov at få Jer Hjem til lidt Jul! Jeg glæder mig ganske specielt til Dig – havde netop siddet og udmalet mig Dig i alle Dine Enkeltheder – nu i Eftermd. da jeg kørte med Vognen ned til Højrup [”til Højrup” indsat over linjen] efter lille Bensen. Og så var der [”der” indsat over linjen] lige Brev. Vi har slet intet haft at gøre med hin gode Invitation; Mor kom ganske umotiveret en Dag og sagde, at jeg måtte skrive det; og der havde aldeles ikke forud været Tale om den Ting.
+Herligt med Sneen! Vi skal vist i Kane i Morgen!
+Da jeg spadserede i Eftermd. blev jeg indhentet af én, stod da på Kanetræer et langt Stykke – og Du kan tro, det var festligt. 
+Og en vældig glimrende Jul skal vi få! Der er jo ingen usikre Punkter i År på nogen Steder. 
+Terminen har rigtignok holdt sit forbandede Indtog i Dag med Fs Regninger, men de Sager er vi jo da træneret i fra forrige Åringer. 
+Og i Morgen begynder Julebagningen! Skønt det er en meget ufordøjelig og usund Tid (vi skal have Marcipan!) kan man dog ikke lade være at glæde sig.
+Og Værelserne stå circa parate med hvide Omhæng og Pakker oa.
+Selv Beatricen skal smykkes. Vi vil vist i År kunde modtage et ubegrænset Antal.
+Men om Familien Jeppes Ankomst forlyder til vor Skræk stadig intet. Og tænk hvilken Rædsel! Mæslinger har grasseret på lille Chr. Mogensen. 
+Dog håber jeg – hvis Ingen andre får dem, at al Smittefare er forbi til Julen. Vi har drukken Dus med Frk. Hennings, der er flink. Af to unge Mennesker deromme er en Svensker fortræffelig; dog er vi langtfra skudte. 
+Dans improviserer vi. 
+Det må man jo. Jeg skal for Resten til Nytårsbal i Fåborg!
+- Kan Du tænke Dig! jeg syer en Buffetdug til Mor! den er et ret kæmpemæssigt Arbejde, som afholder mig fra alt andet, når undtages en stor Hedeboanretterhistorie til Elle. 
+Lugge vil jeg give nogle kemiske Stene fra Erzgebirges højeste Punkt, samt et af mig nylig taget Portræt, der i det mindste ligner. Tror Du, hun vil bryde sig om de kemiske?
+Og Dig har jeg længe ikke kunnet regne ud; men hvis jeg bare vidste, om Du fører Dagbog endnu, så vilde jeg give Dig en sådan med ét af mig komponeret Bind samt mit Portræt. Du behøver nu ikke at skrive, hvis Du ikke vil have det, for Bogen kan jo endelig anvendes til andet. 
+Pan skal have en meget original Brødbakkeserviet, men foreløbig tegner den til at blive vidunderl. lidt køn. 
+(Elle)
+Bare Du har sendt Dug og Brev Søndag, ellers får hun det først Juledag eller måske endnu senere. Jeg skriver Onsdag først; så har hun det Juledag
+Mange Kære Hilsner! 
+fra 
+Disser Bein.</t>
+  </si>
+  <si>
+    <t>Nymindegab</t>
+  </si>
+  <si>
+    <t>Laurentius Allerup
+Carl Høyrup
+Adolph Larsen
+Andreas Larsen
+Jeppe Andreas Larsen
+Johan Larsen
+Sophus  Meyer
+Suzette Skovgaard Holten
+Peter Sus
+Cathrine Svendsen
+Christine Swane
+Anna Syberg
+Fritz Syberg
+Skjold Tang
+Peter Thomsen, tømrermester</t>
+  </si>
+  <si>
+    <t>Alhed og Johannes Larsens villa på Møllebakken i Kerteminde er under opførelse, og det er svært at få håndværkerne til at møde op.
+"Holtens Penge var kommen i Lørdags": Der er formodentlig tale om betaling for et maleri. Johannes Larsen lånte sin far, som på dette tidspunkt var i gang med en langvarig konkurs, pengene. 
+Den fede er Alhed og Johannes Larsens søn, Lysse.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har haft besvær med at få Thomsen (tømrermester) til at komme og arbejde. Han har fået penge fra Holten og givet dem til sin far, men får dem igen. 
+Larsen har malet på en gravandefamilie, nogle lappedykkere og en måge. Høyrup har været på besøg og se på akvareller.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/LetV</t>
+  </si>
+  <si>
+    <t>Kjerteminde Fredag 19 Septbr 1901
 Kæreste Alhed!
-Jeg lovede Dig nok et langt Brev i Aftes, men dette bliver nok ikke saa langt alligevel. Det blev ikke Solskin i Morges, det er snart længe siden det har været det om Morgenen, derimod fik jeg gjort lidt ved Pæretræ[et] det tegner snart t[il at blive] ganske godt. Men[noget af papiret mangler] og malede paa d[noget af papiret mangler] Fader og gav mig [noget af papiret mangler] Idé. Dampskibe[noget af papiret mangler] Kaptain Jens Ols[en er] her og skal i Morgen gaa om til Korshavn ved Fyns Hoved og losse noget Cement der og derfor [noget af papiret mangler]se med Resten [noget af papiret mangler]de jeg jo faa en udmærket Sørejse og se paa Motiver paa Vejen. Jeg var saa henne hos Olsen efter Middag og aftalte med ham at han skulde komme og purre mig ud Kl. 3 i Morgen tidlig og saa skal jeg drikke Kaffe henne hos ham saa behøver ingen her at [noget af papiret mangler] Fra Midskov og [noget af papiret mangler] Odense har jeg al[drig sej]let før saa jeg glæ[der mig] til den Tur og hvis [noget af papiret mangler] Vejret bliver godt [noget af papiret mangler] i Aften er det storartet. Jens Olsen mener at vi kan blive saa tidlig færdig i Korshavn at vi kan naa Odense om Eftermiddagen [noget af papiret mangler] maaske kan jeg [tage] med Eftermiddagstoget til Højrup, men hvis jeg nu kommer med sidste Tog kan jeg saa komme ind? 
-[...1 lines deleted...]
-Johannes Larsen.</t>
+Tak for Dit Brevkort, det glæder mig at det er lidt bedre med Puf, men det er dog kedeligt saa længe det trækker ud inden han kommer sig. Naar jeg ikke har skrevet før er det fordi jeg ikke kunde faa Øje paa nogle Lyspunkter, hvor meget jeg end arbejdede efter dem og det er først i Dag det er lykkedes mig at se lidt lysere paa Tingene. Jeg rejste jo ikke videre opløftet dernede fra, meget lidt opløftet og da jeg kom her blev det ikke bedre, Thomsen havde endnu ikke begyndt trods flere Bud herfra og jeg gik saa ud paa Feden, først til Meyer, han laa og var endnu daarligere end da jeg var her sidst, jeg antager han har Lungebetændelse saa var jeg hos Thomsen, han havde haft og havde meget travlt men nu skulde han sende 2 Mand og saa skulde det snart blive rejst, der kom imidlertid ingen saa har jeg været hos ham 2 Gange siden og han har lovet lige godt hver Gang men der er bare ikke kommen nogle Folk, saa gik Fader ud til ham i Morges og saa mødte der 2 Mand til Frokost som har hængt i hele Dagen og som skal blive ved. Jeg var hos Præsten og betalte, han bad mig hilse Dig, jeg var med Fader hos Skjold [ulæseligt ord] som lovede at ordne Sagen, da han fik Lov at skrive Skødet. Holtens Penge var kommen i Lørdags efter at have været i Nymindegab, Fader har faaet dem, men vi faar dem igen. Hønsene kom med Tak for Tilbudet men de havde ikke Brug for dem foreløbig. Der indløb i Forgaars et mærkeligt Brev fra Agraren, der var nemlig ingen Stavefejl i. Jeg kommer ikke før Du skriver at jeg kan hente Jer, da jeg ikke er for at forlade Thomsen, desuden har jeg forregnet mig med mine Billeder der kan ikke blive saa mange som jeg mente og de store Aquareller passer ikke i de store Rammer saa jeg maa bestille Rammer til dem, har nu begyndt at male nogle der passer til de store, jeg har kopieret Gravandefamilien, paa Aquarellærredet jeg fik hos Sus, der er et Stykke til af samme Størrelse som jeg maler et Par Lappedykkere paa de ere omtrent færdige og saa har jeg malet en stor Maage paa Papir, de ser ganske godt ud, navnlig Gravænderne ere bedre end Oljebilledet; jeg venter at faa lavet 2-3 til i Morgen. Her er mange modne Vindruer og en Del Ferskner men jeg gider ikke rigtig spise Frugt for Tiden, Uglen fik en ualmindelig Pragtfuld Buket Georginer fra Allerup i Aftes. Baronen har skrevet at han kommer paa Søndag. Der kommer en Frøken Svendsen i Morgen, hende fra Middelfart. Højrup var her i Eftermiddag og saa Aqaurellerne [indsat over linjen: jeg skal hilse fra ham], han var meget begejstret for Hønsegaarden. Slyngpelargonien ser noget medtaget ud, Du kan nok huske at jeg fortalte Dig at groede en Kløver i Urtepotten som saa nydelig ud, den har naturligvis taget Kraften fra den, saa jeg bliver vel nødt til at rive den op skønt det gør mig ondt. Nu er det saa mørkt at jeg ikke kan se mere saa jeg vil slutte og gaa ned med Brevet. Jeg skal nu nok skrive hver Dag indtil jeg kommer, men Du maa ogsaa skrive lidt, jeg tænker saa meget paa og holder sa forfærdelig meget af Jer. Mange Tusind Hilsner og Kys fra Din
+Johannes Larsen
+Kys ogsaa Puf og den fede fra mig.</t>
+  </si>
+  <si>
+    <t>1920-09-15</t>
+  </si>
+  <si>
+    <t>Johan Larsen</t>
+  </si>
+  <si>
+    <t>Birkerød Kostskole</t>
+  </si>
+  <si>
+    <t>Harald Giersing
+Johanne Giersing
+Andreas Larsen
+Johannes Larsen
+Christine  Mackie
+Fritz Magnussen
+Peter Magnussen
+Per Nielsen
+Fritz Syberg</t>
+  </si>
+  <si>
+    <t>Erikshaab var Alhed Larsens barndomshjem. I 1920 boede Otto Emil Paludan, som overtog godsforvalterstillingen efter Alheds far, på gården med sin søster. 
+Louise og Niels Elgaard Amstrup boede på Ølstedgaard. Louise var en søster til Albrecht Warberg, som var Alheds far. 
+Johan Larsen byggede i sommeren 1920 en båd.</t>
+  </si>
+  <si>
+    <t>Privateje</t>
+  </si>
+  <si>
+    <t>Alhed, Johannes Larsen og sønnen er cyklet til Erikshaab. De mødtes med Giersing-parret i Sallinge Kro. 
+Johannes Larsen maler. Alhed og Puf har været på Ølstedgaard. Desværre har man inviteret en præst og hans søster til underholdning, og de ser kedelige ud, men det er dejligt at se de gamle steder igen. 
+Andreas/Puf vil ud at sejle i sin båd. Han har lavet en masse æblemost.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/8Wu4</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Hr. Johan Larsen
+Kostskolen
+Birkerød
+[På kuvertens bagside:]
+Poststempel
+[I brevet:]
+Kære søde Ly!
+Tak for Dit lange Brev, som jeg fik i Dag her nede paa Erikshaab. Din Far, Puf og jeg cyklede i Forgaars, Mandg herned. Vi havde et henrivende Vejr men en lille Smule Modvind, saa det var lidt strængt, men ellers en dejlig Tur. Aftenen før havde Besse og Giersing og Onkel Baron været hos os til Aften sammen med Magnussens. Giersings skulde Dagen efter cykle til Svanninge over Odense og vi bestemte saa at mødes i Sallinge Kro. Da vi kom, sad de der og vi sludrede saa en Timestid. Desværre kunde de ikke huse os i Kroen saa vi maatte cykle videre til Højrup. Vi kom der Kl. 7½ og Du kan tro, en fransk Bøf smagte vidunderligt. Vi tog en Genever med Angostura til. Næste Dag tog vi herud, Din Far gik i Gang med at male. Om Eftermiddagen cyklede Puf og jeg til Ølstedgaard og Din Far kom efter, da han havde malet. Vi fik kaffe, Vin og Kage og jeg tog saa her tilbage til Middag Kl. 7. Jeg blev her i Nat, de andre cyklede til Højrup. – I Dag har vi haft yndigt Vejr ogsaa, Gamle og jeg cyklede til Sallinge og tegnede Per Nielsens Hus, der er en lille arkitektonisk Perle. Senere gik vi om paa Brinken hvor Din Far malede. Han har nu malet 5 smaa Billeder og udrettet hvad han vilde og i Morgen cykler vi hjem igen omad Ølstedgaard, hvor vi skal spise til Middag Kl. 1. Det har været en dejlig Tur, her er saa henrivende smukt alle vegne, og jeg nyder at se de gamle, kære Steder. Desværre har de bedt en Præst og hans Søster for at more os til at spise til Middag, vi skal have fin Middag med Vin, de er kommen og sidder nede i Stuen, det morer os ikke, Din Far har været nede at se paa dem, han synes, at navnlig Søsteren ser rædsom kedelig ud. – Det var et dejlig langt Brev lille Ly, men jeg har det ikke her og er ikke for at gaa ned igennem Præstens, saa jeg husker ikke om der er noget at svare paa. Den Gamle kan ikke løsrive sig fra Baaden til Køgetur, jeg har ellers opfordret ham kraftigt – men han siger, han kan ikke holde ud ikke snart at faa den fra Haanden. Han og Basse lavede 14 Potter Æblemost i Søndags af sin Zinkballefuld og en lille Kasse Æbler. – 
+Nu faar Du ikke mere min Skat, jeg maa ned til Præstens; og vi skal strax spise. 1000 Hilsner min egen Dax, bare vi havde haft Dig med paa denne Tur. Din Mor.
+Onsdg 15de Sept - 20</t>
+  </si>
+  <si>
+    <t>1891-10</t>
+  </si>
+  <si>
+    <t>Johanne Christine Brandstrup
+Lauritz  Brandstrup
+Julie Brandt
+- Feilberg
+Marianne Høst
+- Kallesen
+Johanne Christine Larsen
+- Laudrup
+Christine  Mackie
+Johanne Oppermann
+- Schmiegelow
+Ditlev Schroll
+Albrecht  Warberg
+Johannes Wilhjelm</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2183</t>
+  </si>
+  <si>
+    <t>Alhed Larsen skal brændes i næsen for anden gang. Første gang var hun nervøs, men det var ikke slemt.
+Hun har fået besked om to værelser, hun kan leje, og vælger nok det sydvendte. Fru Laudrup vil prøve at finde flere møbler, men Alhed vil gerne have sin kommode tilsendt. 
+Alhed og hendes far mødes hos bedsteforældrene, og de to går også i teatret og ud at spise sammen. 
+Alhed har talt med Frk. Oppermann om farver. 
+Christine har opgivet kontorvejen, men det er også vigtigt, at hun bliver rask. Hun kan evt. prøve med ridning og fodbade.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/aqXo</t>
+  </si>
+  <si>
+    <t>Torsdag Morgen.
+Kæreste Moder! 
+Tak for Dine Breve! det sidste fik jeg i dette Øjeblik, netop som jeg vilde hen at begynde paa et Brev til Dig; jeg har et Kvarters Tid til overs inden jeg skal hen til Fader for at følges med ham til Schmieglow for(?) anden Gang at blive brændt i Næsen. Derom har vel Fader skreven; Jeg var lidt ængstelig, inden jeg prøvede det første Gang; i Dag gaar jeg til det med stor Anstand; det gør næsten ikke ondt, det meste man mærker til det er en meget sveden Lugt og en hvislende Lyd som naar naar spytter paa et varmt Strygejærn – Jeg har ikke skreven før, da Jeg først i Mandags Aftes fik Besked om Værelset; det bliver et dejligt stort Værelse til Solsiden, d.v.s jeg har Valget mellem det og et mod Nord, der er lidt større; men jeg gør vist bedst i at vælge det mod Syd? – Af Møbler faar jeg foreløbig kun en Chaiselong, Stole ["Stole" indsat over linjen] et temmelig stort Bord og et Stativ med Vandtøj; men det kan jo ogsaa nok gaa an, da jeg saa ["saa" udstreget] jo selv har en Del. Fru. L. vil saa bag ["bag" udstreget] efter Haanden ["Haanden" indsat over linjen] se at faa lidt skrabet sammen til mig. – Hun vilde gærne have at jeg skulde holde mig selv med Lagner, Haandklæder og Sengklæder; af dette sidste beholder jeg kun en Hovedpude, Tæppe har jeg jo herinde; – Du maa endelig faa min lille Kommode med til Højrup ved første givne Lejlighed, at der kan komme nye Lister, ej ["ej" udstreget] saa jeg kan faa den herind tillige med Sengtøjet; - jeg vil bruge den til Kamme Tøj og sligt, da jeg ikke faar nogen ordenlig Servante. - - 
+Fredag. Videre kom jeg ikke, den sang. – Hvormeget jeg end skynder mig, løber Tiden dog bestandig fra mig; særlig de Dage jeg er hos Schmieglow løber d ["løber d" udstreget] kniber det; saa kommer jeg først hjem fra Fabrikken cirka 6 1/4. I Gaar Aftes skulde jeg mødes med Fader hos de Gamle – kunde ikke slutte Brevet først, da jeg ikke havde faaet ordenlig Besked om Lampen om Morgenen. – Fader mener ikke, den skal sendes her til Byen, jeg har snakket for ham derom, men han finder det urimeligt. Hansen og Kallesen ere kun Købmænd siger han. – Bedstefader er saa rask, at han vist vil blive henrykt ved Kassens Ankomst; Fader gaar jævnlig et Svip derned og snakker med dem. – Han og jeg er for Resten meget sammen. 2 Gange har vi været i Dagmath. (den ene Gang med Brandt) en Gang i Falkoth; og en Gang i Cirkus Varieté. Bagefter gaar vi saa gærne ind i Paraplyen og spiser til Aften; I Søndagst spiste jeg til Middag hos ham paa Hotellet. Forleden Aften var jeg med ham paa Visitter hos Kapt. Fejlbergs og Willhjelms; disse sidste inviterede os til Middag paa Lørdag – og bagefter i Falketheatret til ”den skønne Helene”, som vi for Resten har set, men de har Fribilletter den Aften. – Saa kommer vi ikke til den ["n" udstreget] Gamle og spiser af Kassen, men dette er forhaabenlig ikke for sent Søndag el. Mandag. – Farverne har jeg talt med Frk. Oppermann om, Frk. Høsts havde kostet 7 fr. men dem kan man ikke faa her; hun mener, at til 6-7 Kr. kan man faa en god Æske Farver, hun har lovet at hjælpe mig at se paa dem! – 
+Naa Christine har saa opgivet Kontorvejen; ja, det fornuftigste er naturligvis, at hun foreløbig sætter alt ind paa at blive rask, saa kommer alt det andet nok af sig selv; Bedstemoder er stadig meget optaget deraf; hun mener absolut at Chr. skulde prøve nogle naturlige Raad f. Ex stærke og varme Fodbade med Salt og Bøgeaske i 2-3 Aftner i Træk, særlig naar Chr. af og til mærker Ømhed i Brystet og S ["S" udstreget] slige Symptomer. Endvidere Ridning; Doktorerne her inde anvender det ligefrem som et Middel mod Blegsot. Jeg tror, Du skulde gøre som Bedstemoder siger, hun taler med stor Kendskab til de Dele, og hun har sikkert mere Erfaring end Dr. Schroll. - - 
+Nu maa jeg slutte, Brevet skal hen. Hils Joh og sig hende Tak for Brevet, hun skal snart høre fra mig. – Du afsender vel ikke de Dele de første Dage, andet end jeg kan naa at skrive, hvis jeg kommer i Tanker om mere. Sæbe vilde jeg gærne have sendt, samt en Dug til Fabr. – En Stump Tæppe f. Ex. Klude, kunde jeg vel ikke faa sendt til mit Vindusfordybning?? – 1000 Hilsner til Eder Alle 
+Din Alhed</t>
+  </si>
+  <si>
+    <t>1892-01-22</t>
+  </si>
+  <si>
+    <t>Vestergade 58 Aarhus</t>
+  </si>
+  <si>
+    <t>Carl Brandstrup
+Lauritz  Brandstrup
+Johanne Caspersen
+Poul Caspersen
+Henrik Havemann
+- Jensen, Frøken, Erikshaab
+Alhed Larsen
+Johanne Christine Larsen
+Mogens Lindhardt
+Otto Emil  Paludan
+Emilie -, pige i huset på Erikshaab
+Jenny Rasmussen, Aarhus
+Ellen  Sawyer
+Petrea Schmidt, g. Brandstrup
+Adelheyde Syberg
+Hempel Syberg</t>
+  </si>
+  <si>
+    <t>Pojke var svenske Leonard Holst, som Christine Mackie en tid var forlovet med. Han var far til det barn, som hun ventede, og som var årsagen til, at Christine fra januar 1892 opholdt sig hos familien Rasmussen i Århus i skjul. Laura Warberg vidste endnu ikke, da un skrev dette brev, at datteren var gravid. Christine havde bildt sine forældre ind, at hun blot var i huset hos Rasmussen-familien, som i virkeligheden tog betaling for hendes ophold. Barnet blev født 22. marts 1892. 
+Studenten var Harald Balslev, som Christines søster, Alhed Warberg, g. Larsen, var forlovet med. Han fik laudabilis = højeste karakter ved eksamen på universitetet. Hverken Christine eller Alhed blev gift med de her nævnte mænd.
+Christines brev til præsten: Under opholdet i Århus gik Christine meget i kirke, og hun blev betaget af præsten Mogens Lindhardt. En af hans prædikener var hun mindre tilfreds med. Hun skrev om den i sin dagbog og sendte dagbogsbladene til præsten. 
+Petrea Brandstrup havde brystkræft. Hun var gift med Laura Warbergs bror, Carl. 
+Ellen Sawyer, f. Warberg, var i huset hos Havemann i Hamburg januar til maj 1892.
+Følgende omtalte personer kendes ikke: Breinhed/Bremberg (svært læseligt navn), Preisler, Schmidt, Lollesgaard, Nerulla og Henningsen.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2730</t>
+  </si>
+  <si>
+    <t>Laura Warberg havde en dejlig føfdselsdag og takker for gaverne. Det var en glæde, at Leonard/Pojke kom, men han så dårlig ud.
+Flot, at Balslev/Studenten fik topkarakter. Han er dygtig. Forholdet til Alhed er dog nok slut, og "Folk" snakker. Laura Warberg har aldrig ønsket, at Alhed skulle blive gift med en præst.
+Christines anonyme brev til præsten var en sjov idé.
+Man vasker på Erikshaab. Emilie er dygtig og huslig. Der har været travlt, fordi Ellen skulle rejse.
+Lauras ben er dårligt. 
+Johanne/Junge har været syg og hjemme fra Sollerup.
+En kvinde ønsker en klaverspillende pige som hushjælp. Er det noget for Christine?
+Petrea har fået fjernet et bryst og lider.
+Laura Warberg når kun at skrive hver 14. dag.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/VVAE</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Frøken Christine Warberg
+Vestergade 58
+Aarhus.
+[Håndskrevet i brevet:]
+Erikshaab d. 22-1-92.
+Kjæreste Basse!
+Stadig fornøjede Breve fra Dig Gudskelov!. Jeg glæder mig til dem hver Gang. Tak for Din Del i de dejlige velkomne Kopper. De er med forgyldt Rand, Underkoppen takket i Kanten; jeg havde en yndig Fødselsdag, størst Glæde dog ved min kjære Pojkes uventede Besøg. Jeg fik dem afsted i Kane efter ham og havde saa den Glæde at gjøre dem den Fornøjelse. Han var fornøjet og glad men sér egentlig daarlig ud; han hænger vist meget i og de lever jo slapt. Han har ikke været i Odense siden I rejste. Vi var Alle grulig glade ved ham. Far ikke mindst, der strax vilde have ham med ud en Tur. - Det var dejligt at Studenten fik Laud. Veed Du hvad, vi gik - Far og jeg - [ulæseligt ord] saa smaat og ventede paa Forlovelsen nu efter endt Examen; Far siger, at han er begavet og dygtig og nok har en Fremtid for sig. Nu har jeg ogsaa faaet Besked for ham. Alhed har dog vist egentlig holdt af ham, men det er vel desværre forbi. - Hvor grinagtigt med Dit anonyme Brev til Eders Præst! jeg gad sét Kladen dertil. Pojke kom jo uforvarende ned med det, men der var jo intet i det? Hvad bestiller I om Aftenen? Er der godt Klaver? Kan Du snakke med dem? Hvordan er Eders Stuer? Paa Mandag tænker jeg vi sender Eders Tøj. Vi har vasket o.s.v. i 14 Dage uafbrudt. Idag syer Emilie første Gang, de andre ruller. Imorgen skal jeg et Par Timer i Kareten til Geelskov, Fr Breinhed er der i disse Dage. Jeg glæder mig dertil. Hver en lille Afvexling er dejlig paa en saadan Tid. Nu er Benet igjen bedre og jeg begynder at gaae lidt om i Stuerne, men sidder dog mest paa Sygeskamlen med Benene. Carl har det helt godt. Jeg fik 9 Breve og Kort i Onsdags. Det er sandt, Tak for Lysdugen, ja rigtignok har jeg brug for den snart. Bedstefar er begyndt at komme op.
+Lad mig snarest vide, om og hvad I kjøbte noget hos Henningsen, samt hvormeget Du og [ulæseligt ord] kjøbte for der, vi har intet faaet derfra, og det skal paatales. - Nu er vist Posten her strax.
+Mange Hilsener Mor.
+Lørdag Middag!
+Min søde Basse!
+Det er ganske rigtig al Travlheden med Elle, der har ladet det skyde over sig denne Uge med Brev til Dig, og saa vilde jeg vente, til det idag var kommen, om vi saa tillige havde hørt fra Elle. Hun lovede saa sikkert, at skrive et Kort Dagen efter sin Ankomst og jeg havde lagt Mærke til, at vi fik Brevene Dagen efter 2 1/2 til Højrup, sendte imidlertid forgjæves Bud derned igaar sender nu Emilie idag med Brev til Elle om hun mulig har glemt at sætte Danmark_paa Brevet. Havemann _vilde dog vist have skreven strax, dersom hun ikke var kommen Onsdag. Torsdag kom her et fornøjet Kort fra Frederits, hun havde Syd Toget paa [ulæseligt ord], var meget vigtig o.s.v. Paludan fulgte hende til Odense, Sybergs var der ogsaa, Mimi, Paludan og Preisler var paa Banegaarden, da hun smilende og frejdig drog af, med Godter fra Mimi og en dejlig Buket fra Pr. Pojke havde hun vist narret, han var ikke ved Stationen, hun har vist ikke skreven til ham hvad Tog.
+- Det glæder mig meget, at Du har haft den Glæde at have hørt Nerulla og [ulæseligt]. Nej hvem skulde have ventet det i Aarhus. Jeg er glad ved at gaae lidt i Huset, gjør ikke mere, end hvad Benene kan taale, det er ikke meget endnu. Emilie er huslig, har gjort Stuerne rene idag helt alene, er færdig med Lamper, Gang, Barne og Sovekammer og gaaer nu om lidt ned til 2 1/2 Toget; saa har Du vel dette Brev Søndag?? [Det sidste "?" overstreget] Fr. Jensen Junge og jeg var igaar paa Gjelskov til Kaffe og Aften med Schmidts og Preislers, kjørte derom og hjem. Junge har været hjemme denne Uge, var syg i Søndags og Mandag Morgen, hos Doktoren Onsdag, der ordinerede Mælkekur et Par Dage her og siden paa Sollerup lidt Diæt samt Piller og Pulver. Jeg er af hvis det er langvarig Blegsot. Alt gik saa godt for hende. Imorgen - Søndag Formiddag rejser hun derover, men hun er træt og har Trykken og ingen Appetit. - Tante Mimi traf forleden paa en gammel Ven Lollesgaard paa Langeskov (ved [ulæseligt],) hun spurgte om her ikke var en ung Pige for hende til Maj; hun holder Pige derinden, er ene, vil have en der kan spille; Mimi talte om Dig, hvis Du mulig vilde have den Plads i Sommer. Nu har jeg ikke Tid til mere! Hvad for "Folk" kan dog have blandet sig i Sagen med A. og St.? Det maa have været nærgaaende, naar det havde kyst ham. 
+Jeg ønsker forresten ikke Alhed gift med en Præst, faae smaa Kaar og mange Børn som Balslevs - uha! I veed nok jeg har aldrig sværmet for Studenten; haaber A. skulde gjøre et anderledes Parti, hvis hun skal giftes; men den Tid den Sorg, hun er jo tilfreds med Tilværelsen og er kun 20 År. Petrea er opereret igjen i Aalborg, hele Brystet bort, lider meget, men det er godt overstaaet denne Gang. Paa Torsdag rejser Tante og Poul til Kjb. - Bedstefar er temmelig rask igjen. - Lev vel. Kjærlig Hilsen Mor.
+I F ["F" overstreget] faaer vist kun Brev hver 14 Dag jeg kan næsten ikke overkomme den tiere Korrespondance, har vist skreven 30 Breve siden jeg blev rask; nu faaer vi see. Ængstes altsaa ikke, hvis der gaaer en Uge over.</t>
+  </si>
+  <si>
+    <t>1892-10-26</t>
+  </si>
+  <si>
+    <t>København
+Vestergade</t>
+  </si>
+  <si>
+    <t>Ellen Agnete Amstrup
+Louise Amstrup
+- Andersen, Sandbygaard
+Alice Bondesen
+Carl Brandstrup
+Clement Caspersen
+- Egholm
+Niels Elgaard Amstrup
+- Jensen, Frøken, Erikshaab
+Trine Johans
+- Juul, præst
+Hans Jørgen -, Kusk ved grevskabet Muckadell
+Marie Paludan
+- Paulsen
+Ellen  Sawyer
+Anna Schaffalitzky de Muckadell
+Erik Schaffalitzky de Muckadell
+Henry Smith, nær Erikshaab
+Adelheyde Syberg
+Hempel Syberg
+Else Warberg
+Andreas Warberg, Albrechts far
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Sandholterne var beboerne på godset Sandholt: Nicoline von Sperling og Alice Bondesen. 
+Hvem de gamle fruer i Bækkelund og Brandt Sanderum samt Mâ var vides heller ikke. 
+Det vides ikke, hvem Peter, der havde fået ansættelse som fodermester, var, og der er usikkerhed omkring baronessens identitet.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0363</t>
+  </si>
+  <si>
+    <t>Laura Warberg har været på visitter, og hun skal til et større træf på Gelskov. Hun har kørt i den nye vogn, og det ene hjul ville ikke dreje. Hans Jørgen og Paulsen har arbejdet med vognen i flere timer. Albrecht må kontakte producenten.
+Vejret er dejligt. Laura har mærkeligt nok ikke haft gæster.
+Albrecht må købe en flakon med hjem, for Ellen skal bruge en sådan, når hun fikserer kultegninger. 
+Fremover vil Laura gå lange ture af hensyn til sin figur.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/JfGS</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Hr. Godsforvalter Warberg
+Hotel ”Tre Hjorte”
+Vestergade
+Kjøbenhavn K
+[Skrevet med anden skrift:]
+Kjbhvn 1892
+Kerteminde 2001.
+[På kuvertens bagside: Poststempel]
+[I brevet:]
+Onsdag d: 26_de_ 
+Kjæreste Abba
+Nu er Du vel tilbage fra Sverig igjen og jeg venter ganske sikkert Brev imorgen, vi havde ventet fra Børnene i dag. I Mandags var jeg vi ["Jeg" overstreget. "Vi" indsat over linjen] kjørende med Sybergs hos Pastor Juuls, vi var bedt, Fr. Jensen ogsaa, Sandholterne var der og vi havde det rigtig muntert og rart. Alle 3 Par blev bedt til Sandholt d: 2 Nobr, de spurgte, om Du saa var hjemme, jeg var flov over, at Frøken Bondesen sagde, Du havde omtalt, at Du vist var hjemme til d: 1ste, men jeg kunde intet bestemt sige derom. Samtidig inviterede Mimi Sandh. til Middag Lørdag d: 5_te_ i Anledning af Glorups, det skal ogsaa Doktorens og jeg troer Smiths. Jeg forlader mig saa paa at faae Familien til Middag om Søndagen, har i Sinde at lægge Bederyggene i Blød til det. Brandt Sanderum og Mâ kommer ogsaa til Gjelskov, det bliver en større Fest. I Gaar vilde jeg tage den første Tur med den nye Vogn, Pauelsen havde Tøj med og glædede sig vist lige saa meget som Astrid og jeg til en Visit paa Arreskov og derfra til Doktoren, han skulde see paa Astrids Skulder, der har været daarlig en 14 Dage af at Nora slog hende af en Dag da hun var kommen op [”op” indsat over linjen] at ride fra Ledet og hjem. Armen fejler imidlertid intet Dis saae den igaar paa Sandholt, hvor vi spadserede til Clements, da vi ingen Kjøretur kunde faae af den Grund, at det ene Hjul ikke kan gaae rundt og ikke rokker af Stedet. H.J. og Pauelsen vilde eftersee den med Smørelse, da Syberg havde advaret os; de stod over 3 Timer og tumlede dermed, fik med megen Besvær de 3 Hjul løse men det fjerde kan ikke. Vi sendte Bud til Syberg om det, han kom herned og sagde, at jeg skulde absolut skrive det til Dig, at Du kunde lade Fabrikanten det vide, og saa snarest skrive om, hvad der skal gøres. Da H.J. kørte fra Stationen kunde det ene Hjul ikke gaae rundt, men ved at tage lidt i det, gik det saa han kom hjem, saa blev Vognen ikke rørt før igaar. Desuden skulde jeg sige, at det ene Stansejærn var løst og en Skrue af og Presenningen var ikke over Vognen, saa denne [”ne” i ordet indsat over linjen] var helt vaad. Syberg havde netop Dagen før sagt til mig at vi skulde tage lidt Olie med da det ofte hænder, at en ny Vogn kjører fast, og bliver den saa ikke strax smurt, saa brænder det sammen. Vi var jo endda glade at vi ikke var naaet at komme ud med den. Nu venter vi hurtig Svar, at den da kan være i Stand, til Du kommer hjem; den er forresten nydelig. De mener, at den har ikke været ordentlig smurt ved Afsendelsen. Jeg syntes Du skulde have været fri for alt dette, men Syberg maa jo forstaae det bedre. H.J. vilde havt Bud til Højrup Smed eller ogsaa have Ølsted Vognmand til at gjøre den i Stand. Nu nok om denne kjedelige Sag. Vi har det dejligste klare Vejr i disse Dage, det var en yndig Tur igaar saa jeg har faaet Lyst til igjen idag at spadsere ud ned til Bækkelund at see til de gamle Fruer; jeg tager saa dette brev med Elle og Mor gaaer med til den Hillerslev Sypige med Tøjet til Carls Skjorter. Jeg har skreven til Baronessen [ulæseligt ord], at jeg ikke kommer derhen, før Du er hjemme, jeg vil ikke tage H.J. fra Pløjningen. I Lørdags var jeg saa i Odense men havde ikke Tid at besøge nogen og saae ingen Bekjendte uden Marie Paludan paa Banegaarden. Vi har ventet Amstrups en Eftermiddag, mens vi er ene, men de maa vel synes det er for koldt for den lille Pige at komme ud. Her har mærkelig nok ikke været et eneste fremmed Menneske siden Du rejste – jo Ke[ulæseligt] en Visit paa et Kvarter, en Dag hun var hos Johan. I Nat har det frosset 3 Grader, Georginerne er bleven sorte. - - Hvis Du ikke bliver kjed af at faae K[ulæseligt], saa var det dejligt, om Du tog en lille Flacon med en Sprøjte; Du ved med en rund Gummiballon at trykke paa og helst med lidt godt lugtende i. Min lille Flaske er næsten tom, og Elle vilde saa forfærdelig gjærne have en Sprøjte til at fixere Kultegninger med. Vi faaer saadan usle Natlys nu baade i Faaborg og Odense, men Du gider vel ikke høre hos Egholm eller lign. Sted om nogle bedre. Der er næsten ikke Vox paa disse har jeg opdaget, brænder derfor kun et Par Timer. Elle fik i Dag Brev fra Peter, han kommer et Par Dage til Gelskov, inden han d: 1ste tiltræder sin nye Plads som Fodermester hos Godsejer Andersen Sandbygaard pr. Ringsted, Syberg har skaffet ham dertil. Elle sendte i Mandags 9 blanke Visitkort op til ham, som Straf, fordi han saa længe ikke har skrevet til nogen.
+Hvor vi glæder os til at høre om Eders Sverigstur. Nu maa jeg ned at klæde om til Middag og til min Udflugt. Jeg maa til at trave nogle lange Ture, da jeg bliver saa gruelig svær, kan knap passe mit Tøj. Frøken Bondesen mønstrede min Figur i Mandags og sagde deltagende ”trænger De ikke til en Skammel”!!! Meningen var tydelig! Nu maa jeg se at vise mig lidt mere smækker til hendes Fødselsdag. Jeg kjøbte i Odense noget graa Besætning istedetfor de sorte Blonder paa min graa Silkekjole; disse vilde B[ulæseligt] lave et Overstykke af til Sommer. Det bliver sagtens et fint Selskab d: 2den saa jeg kan iføre mig den graa. Nu kun mange kjærlige Hilsener til Dig søde Ven! og til Børnene! haaber Du tilbringer denne Aften paa ”Hotel H[ulæseligt]” og skriver til mig, det er næsten en Uge siden jeg hørte fra Dig.
+Din Smaa. 
+[Skrevet på hovedet øverst s1:]
+Hilsen fra Elle. 
+Husk endelig Leret til de grove Hænder</t>
+  </si>
+  <si>
+    <t>1893-08-17</t>
+  </si>
+  <si>
+    <t>Valdemarsgade 30 København</t>
+  </si>
+  <si>
+    <t>Ellen Agnete Amstrup
+Louise Amstrup
+Thorvald Balslev
+Hans Christian Caspersen
+Johanne Caspersen
+Niels Elgaard Amstrup
+Malin   Holmström-Ingers
+Karen Jørgensen
+Johanne Christine Larsen
+Hans Lorentzen
+Karen Lorentzen
+Otto Emil  Paludan
+Ellen  Sawyer
+Adelheyde Syberg
+Hempel Syberg
+- Vesterdal
+Albrecht  Warberg
+Andreas Warberg</t>
+  </si>
+  <si>
+    <t>Lassen ejede ikke Dallund Slot ved Søndersø i 1893. Han var muligvis ansat på gården.
+Tarupgård ligger nær Odense. 
+Fr. Lensgreve: Warberg-familien kendte flere, der bar denne titel.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2735</t>
+  </si>
+  <si>
+    <t>Der er mange gæster på Erikshaab: Paludan, Vesterdal, Amstrup med lille Agnete og Syberg-familien. Alhed har leget med Agnete en time på græsset.
+Karen Jørgensen og Thorvald Balslev har også været på besøg, og Caspersen kom cyklende.
+Warberg-pigerne er inviteret til Tarup, og de har derfor haft travlt med at ordne deres kjoler. 
+Man har lavet ribssaft og syltet stikkelsbær.
+Laura Warberg vil sende Christine lidt penge, så hun kan invitere sin far på the i København. Hun vil også selv komme på besøg og medbringe madvarer. Der er lavvande i pengekassen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/O65z</t>
+  </si>
+  <si>
+    <t>[På kuvertens forside:]
+Frøken Chr. Warberg
+Valdemarsgade N_o_ 30 -
+København V.
+[I brevet:]
+Kjæreste Basse!
+Du længes vel meget efter et Brev herfra, men vi har ikke havt Tid at skrive. Det er mageløst i denne Sommer, som det gaaer i en Kjøre med Selskabelighed. I Mandags kom Paludan med første Tog, havde Brev med til Junge, at han vidste ikke rigtig, om han kom den Dag eller ej, hun havde været med Far hos Lassens paa Dallund og var kommen hjem med sidste Tog, alle fra Tarup havde været med nede at hilse paa dem - altsaa Junge var ikke oppe før 9, sad og læste Brevet, da hun hører ham selv tale i Gaarden, han var cyclet hjemmefra 7 og var her 9. Her blev jo Glæde allevegne. En Time senere [ulæseligt ord] Westerdal, var kommen med samme Tog som Pal, men gik feil et Par Gange. Han var her hele Dagen, var meget livlig og vi synes udmærket om ham. Han takkede saa forfærdelig meget og jeg troer han befandt sig rigtig vel. Far bad ham komme igjen. Samme Dag var jo Wisse med lille Agnete og Minis. Vi var alle til Middag paa Gjelskov om Søndagen og derfra en lille Tur paa Ølstedg. for at bede W. endelig tage Nete med, vi lovede, ikke at tumle saa meget med hende. Hun var henrivende gik rundt og passede sig selv, laa en hel Time paa Græsplænen og tumlede med Alhed. Amstrup kom efter dem. Karen Jørgensen til The; de fulgte westerdal paa Vej og Karen førte Konversationen og fortalte dem en rædsom Masse Vrøvl, saa Alhed og Junge paa en Gang brast i Latter. Næste Dag fik de saa uhyrlig travlt med at vaske og sye paa alt deres Tøj, vi opdagede at de ingen Kjoler havde i Orden til at tage til Tarup med hvorhen de blev bedt alle sidst i denne Uge saaledes Junge og Elle idag, Alhed ..., Molle og [ulæseligt ord] paa Lørdag, hvorfor saa spredt veed vi ikke. De skal have en Skovtur til Langesø paa Fredag, [ulæseligt ord] skal med. Igaar Middags kom den anden Sypige og nu syer de begge paa Kraft, Junges lyse spættede fik vi halet frem, sprættet op vasket strøget igaar med alt det andet, nu kjøber hun blaat Tøj idag og saa bliver den rigtiggod. Jeg kan ikke hjælpe da jeg maa strikke paa Fars Sokker, han rejser paa Søndag. Tirsdag kom saa Fr. Lensgreves, vi var saa trætte at vi grinede ved at tænke paa, vi skulde til at snakke med en ny. Saa kom Far fra Odense med Brev fra Thorvald, som var cyclet herfra om Morgenen Kl. 7. Der skulde gjøres om paa Rejsen dertil, Dede var Kl. 7 i Højrup med Brev og Kl. 8 1/2 maatte Junge og Be styrte ned med et til grulig meget Vrøvl, saa vi var næsten tossede deraf. Paa Mandag skal de alle til Lassens. Igaar vi saa paa Elle undt. som er træt og ikke rigtig rask, paa Søbygd. der var slet ingen unge inde, L[ulæseligt ord] var gaaet sin Vej!! Da vi sad ude paa Bænken kommer der en cyclende - Caspersen! han havde været her, blev derovre om Natten, og vilde afsted idag med første Tog. Løjerlig Snegl med sine Besøg! Saa ser vi Johanne gaaende hernede fra Skoven, Loria og hans Brev! der blev stor Glæde paa begge Sider, men vilde ikke lade sig overtale til at blive, de fulgte ham lidt. Vi har ikke før igaar kunnet faa Tid at sylte Ribssaft, der var tilsidst næsten ingen. Igaar fik vi ogsaa de næsten overmodne Stikkelsbær plukket. Men nu kommer der en rolig Tid, naar Far rejser. Elle vilde fotografere flittig igaar, ... bliver god, lille Nete ogsaa, men intet er helt færdigt. Vi har desværre slet intet at sende Dig, men paa Søndag skal jeg sende en Pakke i Fars Kuffert, som Du kan tage ud om Aftenen, Du følger ham vel til Hotellet?
+Saa skal jeg ned med hvert Brev en Gang om Ugen sende lidt, saa Du kan have Far til The naar han vil. -
+Jeg veed endnu ikke, om jeg kommer derind senere, men jeg tror nok, jeg faaer Lyst til at være hos Dig en halv Snes Dage og selv tage Fedevarer med, saa det kun koster Fornøjelse og Middag. Jeg kan jo altid skrive til Far derom, jeg troer nok det kniber med Penge for ham, saa jeg vil ikke tale om noget nu inden han rejser.
+Kjærlig Hilsen fra Mor -
+Nu kom Johanne og bliver til imorgen tidlig.</t>
+  </si>
+  <si>
+    <t>1894-08-30</t>
+  </si>
+  <si>
+    <t>Ellen Agnete Amstrup
+Louise Amstrup
+Berta Brandstrup
+Emil Brandstrup
+Ludvig Brandstrup, billedhugger
+Niels Elgaard Amstrup
+Malin   Holmström-Ingers
+Johanne Christine Larsen
+Christine  Mackie
+Adelheyde Syberg
+Hempel Syberg
+Andreas Warberg
+Conrad Warberg
+Else Warberg</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvem Thorvald var. Warberg-familien kendte flere, der hed sådan.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0362</t>
+  </si>
+  <si>
+    <t>Det var trist, at Albrecht var syg på turen til Gurre.
+Albrecht skal se at få vasket manchettøj. 
+Christine har fået mere at bestille, og Emil føler sig rask.
+Malin/Molle Ingers vil komme på besøg. Der bliver opført en ny bygning på Hvilan.
+Hempel Syberg får opium for sin søvnløshed, men det virker ikke.
+Laura træner sit ben ved at gå ture, og hun har plukket perikon.
+Amstrup-familien skal på besøg hos Else og Conrad Warberg.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/gZPT</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Hr. Godsforvalter Warberg
+Hotel Tre Hjorte
+Vestergade 
+Kjøbenhavn
+[Håndskrevet på kuvertens bagside:]
+Hilsen Skruppehænderne
+[Poststempel]
+[I brevet:]
+Erikshaab – Torsdag – 
+Kjæreste Abba!
+Tak for Brevet! Det var jo kjedeligt, at Du ikke fik ret Glæde af Gurreturen for al den Asthma, det var ogsaa altfor tidligt at tegne Dig paa den, naar Du har været der i Klokken [”i Klokken” indsat over linjen] en Tid bliver Du dog gerne bedre og gaaende. Du maa helst give et Par Sæt Manchettøj i Vask derovre strax, paa Grund af Smaaregn og Graavejr her kan jeg ikke faae sendt Tøj til Dig før tidligst Tirsdag; vi vaskede igaar. Christine var her til Morgen, hun cyclede 7½ i Tirsdags, har helt fri om Onsdagen. Hun er meget tilfreds med nu at have noget mere at Bestille. Dede kjørte for hende Junge og mig en lille Visit paa Ølstedgaard igaar Eftermiddags, han kjører meget forsigtigt og passer nøje paa at undgaa ”hvad Far ikke vilde synes om ”. - Igaar fik jeg Brev fra Emil; han er saa rask nu, ingen kan see at han er syg, skriver han, men Du hører jo nu mere direkte om ham, d: 1_ste_ kommer Lud til Byen, bliver hentet i Roskilde af Berta, Lud var et Par Dage hos Emil, skrev med ham, men bare en Hilsen ”hans sidste Ungkarle-Hilsen til vort rare Hjem, hvor han har tilbragt nogle af sine behageligste Timer i hans Ungdom”. Fra Molle fik jeg et langt Brev fra igaar, hun melder sig herover, hvis hun kan paa sin Rundrejse=Billet til Askov Møde i næste Uge. Det var et langt rart Brev, og vi glæder os til at se hende. De bygger i Sommer paa den store nye Bygning til Skolen. Hilde paa Dalen har været syg og sengeliggende i 3 Maaneder af Nervøsitet. – 
+Syberg kan stadig ikke sove, har saa igaar faaet Opiumspulver, men alligevel ikke sovet i Nat. Mimi ligger nu igjen i Gjæstekamret. Vi er jævnlig deromme. Imorgen skal vi saa af med vor Junge, det bliver trist. Igaar var hun saa rask igjen, iaftes var vi alle i saa godt Humør, lille M[ulæseligt] var her til Ære for Junge og Christine. Jeg var forleden Aften ”Omgangen rundt” og plukkede en stor Haandfuld Perikum. Amstrups rejser til Glorup paa Lørdag med Nete, Pige og Kusk. Else havde skrevet, at de skulde være de Søndag over, saa vilde hun invitere fremmede paa dem. Wisse havde nemlig skrevet derned, at dersom de (Else og Conne) var bedt ud nogen Steder, saa maatte de endelig ikke sige Nej, hvis de (Amstrups) kunde komme med, da det vilde more hende meget at see Egnens Folk. Meget snildt af Visse, som jo undertiden kjeder sig lidt dernede. – Nu gaaer jeg selv til Højrup med en Del Breve, jeg øver mig i lange Ture nu, trænerer mig til de 4 Dage i Kjøbenhavn. Børnene og Dit Es hilser.
+[Skrevet langs sidste sides højre kant:]
+Han har ogsaa vældig godt af at friskes op om Aftenen
+[Skrevet langs første sides venstre kant:]
+Mange Hilsener til Thorvald det er herligt Du har ham</t>
+  </si>
+  <si>
+    <t>1895-08-27</t>
+  </si>
+  <si>
+    <t>Thorvald Balslev
+- Basse
+- Berg, Frøken
+Emil Brandstrup
+Johanne Caspersen
+- Feilberg
+Hanne -  -, kokkepige Erikshaab
+Hans Jørgen -, Kusk ved grevskabet Muckadell
+Alhed Larsen
+Johanne Christine Larsen
+Christine  Mackie
+Astrid Møller
+Otto Reedtz-Thott
+Hempel Syberg
+Jenny -, udlejer
+Andreas Warberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Det brev, som Laura Warberg omtaler, findes i Kerteminde Egns- og Lokalhistoriske Arkiv: Johanne Caspersen til Laura Warberg, BB0333. Det ligger ikke i KTDK. 
+Warberg-familien kendte flere, der hed Gustav og flere med efternavnet Feilberg, så det kan ikke afgøres med sikkerhed, hvem af disse der omtales i brevet. Hvem fru Nielsen er vides heller ikke.
+I årene efter Treårskrigen og krigen i 1864 blev der afholdt Veteran- og Invalidefester i København, Odense og Århus. Således også i 1895. Grænseforeningens hjemmeside (lokaliseret maj 2022).
+Dora var en hest.
+Det vides ikke, hvilken skole Alhed gik i.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB0347</t>
+  </si>
+  <si>
+    <t>Laura Warberg vil tage til sin søster (Jo)hanne i Snøde. Sønnen Dede får gode karakterer og meget ros i skolen.
+Mens Laura læste i en god bog, blev hun afbrudt af Frøken Jensen.
+Fr. Berg og Laura har været i kirke, og den nye præst var god. 
+Christine vil flytte.
+Gamle Breinholt har holdt stor fest. 
+Frederik/Dede har været spændt på invalidefesten med fyrværkeri. 
+Laura beder Albrecht hente nogle forføddede strømper.
+Alhed kommer samme aften. Hun er begyndt at male. Et billede af havre har Johanne/Junge købt. Laura og Thorvald Balslev har begge bestilt malerier.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/SqKV</t>
+  </si>
+  <si>
+    <t>Erikshaab - Tirsdag d: 27de.
+Kjæreste Abba!
+Tak for Brevet; nu vil jeg gjøre det til en Regel at skrive Dagen efter hvert Brev, jeg faar fra Dig det næste maa Du vist adressere til Snøde pr Lohals jeg tager nemlig imod Hannes Indbydelse i indlagte Brev og rejser derned paa 8 Dage paa Lørdag. Synes Du ikke det er kiederligt, at jeg altsaa rejser fra Dedes Besøg næste Lørdag og Søndag; ja mulig at han bliver dernede, naar han hører, at jeg er borte. Alhed rejste i Lørdags til Tarup og vilde strax fra Banegaarden gaae ud og sige til Dede, at han kunde godt blive i Odense og gaae i Fruens Bøge til Invalidefest, men hun kom for sent, saa han var allerede væk. Jeg ventede ham altsaa ikke, blev derfor højlig glad, da han glad og livlig indfandt sig. Han var saa overvældet snaksom, fortalte om alt dernede han forstaar saae godt Matematik, Latin er heller ikke saa svært, Læreren havde rost ham for Skrivning, han var den eneste i Klassen, der vidste rede paa kunde og kunne skulde og skulle, han var hørt i Fransk hos L[ulæseligt] og ”(havde) sagde ikke en Fejl”,["sagde" indsat over linjen] og saadan gik det i en Uendelighed. Nogle Drenge havde sagt til ham ”ja Du kommer nok oven for den og den og den. Der er mange grulig daarlige Drenge siger han. Han fortalte Dig vel, at Rektor kom ind i B og sagde ”Hvor er Warberg?” Dede med snøvlende Rektorstemme! Saa blev han nederst i A, saa der er nogen at rykke op over, de er 23. Fru Nielsen er glad ved ham og han ved hende og Johanne. I Søndags Efterm var Frøken Berg Astrid og Dede oppe hos Hanne og Hans Jørgen, fik Blomster med hjem og Dede sagde, at Fru Nielsen skulde have nogle af dem. Paa Turen til Sallinge gik han ogsaa og fortalte hele Tiden, saa Fr. Berg var helt forbavset over ham. De gik over Mosen dertil, Fr. B. sank dybt i, stod næsten i samme Situation, som Trisse ved sin Cycle i Snøde; saa Dede i en Fart vendte Ryggen til, hun mente at kunne træde de samme Steder, som de smaa. Mens de var der, sad jeg og læste i en meget spændende tysk bog blev til min Sorg afbrudt af Frøken Jensen, der kom spadserende uventet. Da saa hendes Tøj skulde hentes i Højrup, kjørte vi alle med ned til Toget og fik Dengse afsted med det samme. Om Formiddagen var Fr. Berg og jeg i Lyndelse Kirke, det er vist en god Taler den unge Præst og han ser godt ud. I Lørdags fik vi indhøstet. Dora ved jeg intet om, den staaer paa Græs i Engen og bliver ikke brugt. I Fredags kom Thorvald og Junge cyclende fra Faaborg, havde ikke været andre Steder, blev her til Lørdag, da kom Christine cyclende helt uventet for at fortælle, at hun havde sagt til Jenny hun vilde flytte, dersom Leutenant Basse vilde have hendes Værelser, (hvilket jeg endnu intet har hørt om), men hun troede det. Fru L. var bleven kjed af det, men kunde nok forstaae, at hun vilde boe billigere. Hun havde ingen nye Elever faaet. De cyclede saa alle tre sammen hjem [oven over linien er skrevet: ”henad”] Kl. 3, paa samme Tid som Alhed gik til Højrup. Syberg kom hjem Lørdag Aften, de andre Søndag. Der havde været 3 Dage Gilde i Esbjerg voldsom flot allsammen: gl. Breinholt holdt 70 aarig Fødselsdag med stort Knald. Igaar skulde Dengse til Invalidefest; bare der er bleven noget af, da Vejret var saa slemt, han var meget optaget af at skulle see Fyrværkeri. Gustav er han vred paa, han slaaer og driller ham og er saa uartig, siger Dede og saa kræsen og saa muggen mod Fru Nielsen. Iaften kommer Alhed, Pigerne gaar ned efter hende til sidste Tog. Naar Du en Gang kommer i Nærheden af Nørrefarimagsgade, vil Du saa ikke i Trikotagefabriken ”Norden” hente et Par forføddede sorte Strømper, som Muk leverede ind og som de skulde have sendt. Den er et Par Huse ind i Gaden fra den (Side) [oven over linien er skrevet: ”Ende”], der vender til Banegaardene. Et Par nye af samme Slags vilde være velkomne, det er saadan et godt Strømpested. } De forføddede er til ca. 85 Øre, nye til 1½ Kr. Baron Otto – Ny Adelgade No 5 – 2 Sal. Den stakkels Feilberg. Vil Du hilse Emil og hvem Du ellers ser af bekjendte. Tænk Alhed har begyndt at male! Har lavet et pænt Stykke med Havre, som Junge og Thorvald var meget begejstrede for, Junge kjøbte det. Jeg har bestilt et hos hende, nu maa hun opmuntres! Thorvald har ogsaa bestilt et ved Tarup. Her er saa koldt og uhyggeligt, regner hver Dag.
+Alhed gaaer nu i Skole.
+Kjærlig Hilsen fra Din Smaa.</t>
+  </si>
+  <si>
+    <t>1897-12-19</t>
+  </si>
+  <si>
+    <t>Marie Larsen</t>
+  </si>
+  <si>
+    <t>Agnes -
+Maren -
+Laurentius Allerup
+- Birck
+Frants Birck
+Esther Boisen
+Kristina Eckardt
+Margrethe  Eckardt
+- Fibiger, Frøken
+- Fram Frøken
+Peter Hansen
+Syrak Hansen
+Adolph Larsen
+Alhed Larsen
+Georg Larsen
+Jeppe Andreas Larsen
+Johannes Larsen
+Marie Larsen
+Vilhelm Larsen
+- Lorentzen, Fru
+Christine Swane
+Carl Christian  Swendsen</t>
+  </si>
+  <si>
+    <t>Mesterhuset i Faaborg er Peter Hansens barndomshjem. De omtalte portrætter er muligvis fotografier.
+Canseliet er godsforvalteren på Hverringe Gods.
+Det er uvist hvilken lensgreve, der omtales.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv. Breve Christine Swane, kasse 1, kuvert 1, 2002/61, A8, Lb 11</t>
+  </si>
+  <si>
+    <t>Familien Larsen skulle samles i Kerteminde i julen. Johannes Larsen skulle til Sybergs i Svanninge med en hundehvalp. Peter Hansen sendte brev og portrætter. Han bad Johannes Larsen om at besøge ham i Faaborg.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/DIJT</t>
+  </si>
+  <si>
+    <t>Kjerteminde den 19/12 97
+[Indsat side 1 på hovedet] Jo du skal ogsaa have brev Juleaften
+Kjære lille Marie
+Vilhelm hentede Post i aften for vi troede nok der var Brev ganske rigtig men Grosseren vilde ikke lukke op før i dag tilmorgen
+Jeg sad og lappede en Skjorte til Johannes saa jeg maatte haabe paa andre Tanker og ganske kort efter kom Fader med Brevet, det var til ham sagde han men jeg vidste bedre det var bare for at tilkjæmpe sig Retten til at læse først 
+Jeg blev ved at spørge kommer hun vent nu bare jeg er jo ikke færdig endnu med Brevet saa kom Rosinen i Pølseenden jeg kommer Juledag
+Gud ske Lov det havde rigtignok været et forfærdeligt Skaar i Juleglæden om vi ikke havde faaet dig hjem som du skriver hvad gjør det naar du tog Juleaften med i Morgen er jeg paa Hjemvejen; hvor længe vi maa beholde dig det meldte du intet om men det vil vi ikke tænke paa ved Modtagelsen
+Sig dog til Fru Lorentzen hvor glad jeg blev og alle de andre Agrarens stadige Spørgsmaal kommer Marie til Julen
+Imorges med Dagvognen rejste Johannes til Svanninge med den lille Hvalp der i Anledning af Rejsen blev sæbevasket i aftes og sov oppe hos Maren i Nat hun strøg i Aftes og saa tørredes den i Kjøkkenet det blev sent og saa tog Maren den med i Seng for at den ikke skulde hyle den var rigtig nok bleven smuk og skal have Navnet Don, ved Højrup Station vilde Alhed støde til og tage med til Svanninge derfra tager de tilbage til Erikshaab og paa Onsdag rejser Johannes hjem og Uglen gaar ind i Faaborg hvor de mødes med Fader i Odense og Agraren har faaet Bud om at møde samtidig saa begynder vi at samles, Christine faar saa hjælpe mig lidt med et Par Kager for det har jeg ikke Mod paa, og saa kommer du Juledag saa er vi der Alle igjen
+Christine Eckardt maa ogsaa nøjes med at rejse Julemorgen Jeg tænker saa at de følger hende
+herover, det skrev Margrethe noget om
+Vilhelm er ude at gaa en god lang Tour i det mageløse Julevejr jeg kom nu ind fra Haven med 4 Rosenknopper som skulde springe ud til Juleaften om de vil, Juleroserne er i store Knopper, der bliver samlet en Gave til Fru Bojsen i Aar, og saa har jeg tænkt at lægge alle Pengene i en Kurv og Juleroser ovenpaa; Fru Fram er saa venlig at gaa alle Steder her i Byen hun mente naar I ikke er hjemme saa skulde jeg spares for den Gang
+Grøden tager jeg til Asylet som jeg plejer, det er paa Torsdag ja nu er der jo ikke mange Dage igjen
+Her var Brev og Portrætter fra P Hansen i forgaars han bad Johannes besøge dem i Mesterhuset hvorhen de rejste i Julen og holdt Hus der med Agnes som Pige maaske Mester rejser til Esbjerg
+Tro mig Dine bliver glad i dag og Børnene ved den lille Hund forrige Brev skrev Christine at hun vilde gaa til Horne i dag og besøge Marens forældre saa faar hun en frisk Hilsen med hjem til Julen hun er saa ikke hjemme naar Johannes kommer; men jeg fik det saa sent at vide at jeg ikke kunde forandre noget, hun gaar vel heller ikke saa sent derfra for hun tør jo ikke gaa i Mørke. Her er slet ikke noget Nyt at fortælle Laurentius var her forleden Aften han spurgte ogsaa kommer Marie hjem, vi ved det ikke. Jeg skriver til min Søster skal dog ikke Marie Larsen hjem i Julen han skal spille med i en lille Komedie heroppe hos Canseliet imellem Jul og Nytaar og han er saa ærgerlig over at være gaaet med til det Pjank – men nu er det jo gjort Frøken Fibiger har været i Kjøbenhavn en Maanedstid for at holde Huus for Lenhnsgrevens
+Marie kan du huske Birck havde en Bror der hed Frants; han var Mejerist; men opholdt sig hos Birck for at uddanne sig som Handelsmand han led meget af Søvnløshed og havde flere Gange taget Opium for [”for” overstreget] Tandraaber og det havde aldrig gjort ham noget denne sidste Gang var han sovet ind – det er en stor Sorg han var saa god og elskværdig oh hvor det maa være forfærdelig komme
+[indsat side 4 i margin] og see dem saadan, der blev gjort alt muligt med Udpombning
+[indsat side 3 i margin] men forbi var Livet Fader gik en Tour jeg skulde
+[Indsat side 2 i margin] med, men mine Støvler er hos Skomageren; det gode var ved
+[Indsat i margin side 1] Historien at dit Brev blev færdigt nu lille Mis skal jeg skrive mere før jeg ser dig men vi faar Brev Juleaften</t>
+  </si>
+  <si>
+    <t>1898-02-28</t>
+  </si>
+  <si>
+    <t>Dora -
+Christian Andersen
+Thora  Branner
+Wilhelm Branner
+Christine  Mackie
+Fritz Syberg
+Albrecht  Warberg
+Andreas Warberg
+Laura Warberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>"Tand" og "Tænder" var i 1898 muligvis slangudtryk for unge mennesker. 
+"Sidste gang i de hjemlige omgivelser": Hempel Syberg (Onkel Syberg) stoppede som forpagter af Gelskov i 1898 for at koncentrere sig om arbejdet med at organisere mejerierne i Danmark.</t>
+  </si>
+  <si>
+    <t>Alhed er kommet hjem efter turen til Kerteminde og før da København. Hun har fulgtes med en masse andre unge.
+Hendes far ser dårlig ud, og Johannes Larsen virkede også sløj.
+Alhed har været til fest med dans (uklart hos hvem, men det er sidste gang i de "hjemlige Omgivelser"). Trist, at Larsen ikke var med, så de kunne "melancholisere" lidt. - Tutte behandler ikke sin kæreste (?) godt, hvilket går Alhed på.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/QphR</t>
+  </si>
+  <si>
+    <t>Kære Las!
+Nu er Kl. 6, saa det er snart mange Timer, siden jeg rejste fra Dig, det forekommer mig som det er meget længe siden. Det var frygtelig kedeligt, at jeg skulde rejse saa snart, jeg havde glædet mig saa forfærdelig til 8 rolige Dage med Dig! – Det var for resten rigtig hyggeligt at komme hjem, men det er bedst, jeg begynder hvor vi slap. – Jeg kørte altsaa i tre Timer med Dagvognen, vi naade at blive 8 inde i Vognen, saa vi blev noget klemte, men det varmede rart, jeg var umaadelig glad ved Tæppet, ellers havde jeg vist frossen. – I Odense gik jeg op til Christine, der var rejst hjem. Paa Banegaarden traf jeg Dis, Tutte og en rasende Masse unge ”Tænder”! Vi kunde ikke være i én Kupé, i Højrup var der 5 Vogne efter os, inclusive Dede og Dora efter mig. – Jeg kørte herhjem, Mor vilde nok derom til Middag, naar jeg var hos Far. Jeg spiste saa alene til Middag, (fik et Glas Rødvin til,) og derefter gik jeg ind til Far, som jeg har siddet og snakket med hele Eftermiddagen. Han har det noget bedre men ser daarlig ud. For lidt siden kom Mor hjem, og nu er jeg gaaet op for at klæde mig om, men først maatte jeg jo skrive et Par Ord til Dig og sige Dig Tak for sidst; Du er en god Dreng, men jeg ved ikke, om jeg alligevel vil komme og besøge Dig igen. Jeg forstyrrede Dig dog alligevel! sikke søvnig og sjøj, Du var i Gaar. Du saa for Resten i det hele taget daarlig ud, ogsaa den første Dag, det er kedeligt, at det tager saa meget paa Dig at arbejde; mon ikke Du skulde gaa nogle lange Ture og maaske gøre noget Gymnastik med dine Haandvægte. – I April Maaned skal vi ordentlig muntre Dig, ikke sandt? Det er saadan en dejlig Maaned at gaa ude i. – Du kan ellers tro, jeg var glad ved at se Dit Chr. A. Billede. Jeg tror, det bliver et meget smukt Billede. – Jeg sidder oppe paa mit Værelse og skriver, Mor havde lavet det saa nydeligt i Stand med nye Betræk paa Servanterne, et andet Bordtæppe o.s.v. og her var saa varmt og yndigt. 
+Næste Dag: Her maatte jeg bryde af i Aftes, Mor kom og snakkede med mig, mens jeg klædte mig paa og vi snakkede saa længe, at jeg først kom derom Kl. 8 ½. Brannerne er nogle forfærdelige nogle til at gøre Spektakle, de raaber og skriger i Munden paa hinanden, saa man er lige ved at blive døv. Tuttes Tand synes jeg bedst om, han ser saa inderlig god ud. Der var Dans nede i Karleloen, hvor vi dansede til Høstgildet. Det var i Grunden forfærdelig morsomt, men det var saa underligt at tænke paa, at det var sidste Gang, vi gik der i de hjemlige Omgivelser; der var nu ikke meget Ro til at tænke, vi dansede hele Tiden, men jeg tænkte flere Gange paa, at bare Du havde været der, saa vi kunde have gaaet en Tur, jeg var saa oplagt til at melancholisere lidt. Jeg var saa ked af at se paa Tanden og Tutte, hun er allerede ked af ham og han saa saa bedrøvet ud og gik med Taarer i Øjnene mange Gange. Det staar mere og mere klart for mig, at Tutte har baaret sig rasende hensynsløst ad imod ham. Er det ikke trist? Du skulde bare have set den lille Tand saa ked af det han var, Tutte kunde trænge til en forfærdelig Lussing af en [det følgende skrevet på side 1, på tværs, over den øvrige tekst] eller anden Slags, men jeg gad vide hvad i Verden, der kunde bringe hende ud af sin sløve og apatiske Ligevægt. - - Synes Du ikke alligevel at jeg skulde komme om ad Kerteminde, bare én Dag; jeg synes, jeg længes saa meget efter Dig. Naar der er noget, der ligger mig paa Sinde, er det altid kun Dig, jeg faar Lyst til at tale med. – Nu maa jeg slutte. Skriv snart til mig! – Hils dem alle sammen saa mange Gange og sig Tak for sidst! Jeg er spændt paa at høre, hvad Kunstneren skrev! – 1000 kærlige Hilsner fra Din Alhed.
+Erikshaab – 28/2 – 98.
+Jeg glemte mine Galoscher jeg haaber ikke Hundene æder dem.</t>
+  </si>
+  <si>
+    <t>1898-03-05</t>
+  </si>
+  <si>
+    <t>Anna tjenestepige Erikshaab -
+Christian Andersen
+Berta Brandstrup
+Adolph Larsen
+Vilhelm Larsen
+Ellen  Sawyer
+- von Rosen
+Albrecht  Warberg
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Alhed bor endnu hjemme hos forældrene på gården Erikshaab.
+Chr. A(ndersen) og von Rosen: Johannes Larsen har i et tidligere brev skrevet om, at de to har en avispolemik om en redningsaktion.</t>
+  </si>
+  <si>
+    <t>Alhed har været på brinken med de to hunde og sidder nu på sit værelse og ryger.
+Der kommer mange gæster, så Alhed er i køkkenet og får ikke tid til at skrive brev.
+Alheds far er syg, og han kommanderer med lægen. 
+Alhed spørger til, hvilket stolebetræk, der er kønnest.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ui56</t>
+  </si>
+  <si>
+    <t>Kære Las!
+Jeg er lige kommen hjem fra den dejligste Spadseretur, sikken et henrivende Vejr, det dog er. Du kan ikke tænke Dig, hvor der var smukt omme paa Brinken. Jeg havde begge Hundene med og vi morede os lige udmærket alle tre, Gamle og jeg nød det stille, mens Mestermand fløj omkring som en besat. Han jagede to Agerhøns op. – Jeg blev egentlig meget længere ude, end jeg havde tænkt mig, saa nu bliver Du snydt da jeg nu ikke har saa lang Tid at skrive i. Eller det er vist snarere Berta der bliver snydt, da hun nu slet intet Brev faar. Jeg havde lagt i Kakkelovnen heroppe paa mit Kammer, inden jeg gik ud, saa her er varmt og rart og jeg sidder og ryger mig en Cigaret. Jeg har desværre kun to tilbage og jeg har ingen rigtig Tro til den Højrup Cigarettobak man faar saadan en Masse for 10 Øre. – Tak for Dit Brev i Dag; nej, Du fik nok ingen Brev i Gaar men Grunden kender Du jo nu, men i Dag har Du faaet og i Morgen faar Du og i Overmorgen faar Du dette, jeg her skriver paa. – Hvad strides Chr. A. og Hr. v. Rosen om? dog vel ikke den Redningshistorie? Jeg skal hilse Dig fra Far, paa Mandag er det hans Fødselsdag, han vilde vist sætte meget Pris paa om du sendte ham en lille Lykønskning, men hvis Du synes det er et besværligt Stykke arbejde, skal Du ikke. – Næste Dag. – Det er gaaet med Travlhed hele Dagen, saa jeg har slet ikke haft Tid at skrive, jeg kom først fra Køkkenet Kl. 4, her kommer saa mange Visitter. – Om lidt gaar jeg til Højrup nogle Ærinder, det er et henrivende Vejr, og jeg glæder mig til Turen, naar jeg bare ikke var saa træt, jeg er bleven saa uvant med at gaa i Køkkenet. – I Dag for et Aar siden var jeg nede at besøge Dig, kan Du huske, vi sad oppe paa Dit Værelse og skrev til Elle, hvis Fødseldag det er i Morgen, og i Morgen for et Aar siden kørte I mig til Glorup. – Doktoren har været her i Dag. Far har tvungen ham til at lade sig komme op i Morgen skønt Dr. siger, det er for tidligt. Far kommanderer i det hele taget Dr. fuldstændig. Mor siger det lyder saa grinagtig, naar de forhandler om, hvad Slags Medicin han skal have. – Naar han nu bare vil være forsigtig, at han ikke faar Tilbagefald. - - I Morgen er det Søndag, da kan jeg ikke skrive til Dig, og hvad værre er, jeg faar heller ingen Brev, - jo sandelig det er sandt, Anna (vores Pige) kommer hjem fra 5 Toget, saa har hun vist et med til mig. Det er storartet, saa har jeg det at glæde mig til hele Dagen i Morgen. Nu maa jeg slutte da jeg skal gaa. ”Glædelig Søndag”. Agraren er vist hjemme hils ham og Dine Forældre og Klax. Men allermest Dig selv fra Din Kæreste, som længes efter Dig! Din
+Alhed.
+5te Marts - 98
+[Skrevet lodret på papiret] Hvilket er det kønneste af disse to Dele til Betræk her i Dagligstuen, jeg skal bestemme det. S.u.</t>
+  </si>
+  <si>
+    <t>1898-04-12</t>
+  </si>
+  <si>
+    <t>- Marker
+Ellen  Sawyer
+Harris Sawyer
+Karl Schou
+Joakim  Skovgaard
+Anna Syberg
+Fritz Syberg
+Albrecht  Warberg
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Alhed Larsen er hos forældrene på Erikshaab og er højgravid med sit første barn. 
+Hvad siger Ladersen? Sætningen bliver ofte brugt i brevene fra perioden, og det er ikke klart, hvad vittigheden går ud på - formodentlig er der tale om et citat fra en eller anden, der har troet, at Johannes Larsen hed Ladersen.</t>
+  </si>
+  <si>
+    <t>Alhed Larsens far beder hende hilse og spørge: "Hvad siger Ladersen?" 
+Johannes Larsen skal spørge en skyttefamilie, om hun og han kan bo hos dem en måned denne sommer, for Kunstneren (Fritz Syberg) orker næppe at have dem boende efter "en sommer med Schou". 
+Alhed har svært ved at overtale sig selv til at gå tur. Hun og familien spiller kort hver aften. Alhed beder Johannes Larsen huske sine ærinder.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/bDoX</t>
+  </si>
+  <si>
+    <t>Kære lille Frajser.
+Far sidder her og spørger, hvem jeg skal skrive til, og da jeg meddeler ham det, siger han at jeg da endelig ikke maa forsømme at spørge: hvad siger Ladersen? samt at jeg skal spørge Dig, om Du jævnlig faar et lille Dampbad derinde. 1000 Tak for Dine Breve! Du er rigtignok flink til at skrive til mig! Det morer Dig vist rigtig godt, det var morsomt, at Du kom der sammen med Kunstnerens; hils dem mange Gange fra mig, ligeledes alle de andre derinde. Det er morsomt med den Akvarel, det ser jo næsten ud, som vi skulde faa lidt at leve for i Sommer. Husk nu endelig at bede K. forhøre den Skyttefamilie, om de ville have os en Maanedstid i Sommer. Der er vel ikke tale om, at Kunstnerens selv vilde have os paa samme Maade som de havde Skovs i Fjor, jeg antager nemlig, at Baronen ikke indlader sig paa endnu en Sommer med Schou. – Du er vel ellers snart ved at rejse hjem igen. Jeg er ikke ret flink til at spadsere siden Du rejste, der skal jo lidt Overvindelse til for mig for Øjeblikket, saa naar Vejret ikke er særlig indbydende er jeg slem til at blive inde. I Forgaars var jeg op igennem Skoven og omme at plukke Violer, i Gaar kun i Haven, der var nemlig saa oversvømmet om ad Brinken til, hvor jeg ellers vilde have været. I Gaar havde jeg et langt Brev fra Elle og et lille dansk fra Eastmann mange Hilsner til Dig fra dem begge. – Vi spille l’Hombre hver Aften, i Aftes tabte Far hele Tiden, men det er morsommere, naar vi andre tabe, Far er saa barnagtig, at han sidder og bliver gnaven, naar han sætter Bêter. – Nu faar Du ikke mere, mine [e’et overstreget] Dreng, dette skal med til Højrup om lidt Far og Mor skal til Odense. – Du glemmer vel ikke Dine Ærinder? [Tekst indsat over ”Kære lille Frajser” på side 1, lodret] Assuransen. Marker (bede ham hurtigst muligt sende Mors Sko) og saa hvis Du skulde se en rigtig køn lille Vogn. Skovgaard behøver jeg vist ikke at huske Dig paa. Hav det godt jeg holder uendelig meget af Dig og længes efter Dig, min egen Ven! 1000 Millioner Hilsner fra Din A.
+12te April –</t>
+  </si>
+  <si>
+    <t>1898-05-01</t>
+  </si>
+  <si>
+    <t>Anna tjenestepige Erikshaab -
+Dora -
+Berta Brandstrup
+Johanne Christine Larsen
+Otto Emil  Paludan
+Ellen  Sawyer
+Fritz Syberg
+Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>1. maj og 1. november var skiftedag, hvor bl.a. tjenestefolk skiftede til nye pladser.
+Johanne Warbergs forlovelse med Thorvald Balslev var blevet brudt tidligere på året, hvilket slog hende ud. At hun nu er glad, handler muligvis om, at hun har indledt et forhold til Johannes Larsens bror, Adolph (Agraren), som hun senere blev gift med.
+Tjalfe var Johannes Larsens jagthund.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen må se at komme af med sin byld.
+Anna er rejst med gråd, og de to nye piger er kommet. Alhed skal hjælpe pigerne i gang.
+Alheds far, Paludan og søster Johanne har gjort nar af Alhed p.gr.a. breve fra Johannes Larsen. Johanne er i ualmindeligt godt humør efter i lang tid at have været trist. Det glæder Alhed, men hun får ikke at vide, hvad grunden er. 
+Johannes Larsen kan godt tage Tjalfe med, når han kommer om lørdagen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/y7KJ</t>
+  </si>
+  <si>
+    <t>Kære lille Las!
+Jeg er nok kommen galt efter det med mine Breve og jeg ser ikke hvordan jeg skal gøre det godt igen. Jeg kan nok afsende dette med Ilpost i Morgen, men jeg antager ikke, Du faar det i Morgen Aften alligevel, det maa vist have været ved et rent Tilfælde, at Du fik det i Aftes, f Ex. ved at I have haft Bud paa Posthuset. 1000 Tak for Dit Brev i Dag, det glæder mig, at Du har det godt, kan Du nu blive ved med det og saa ogsaa se at faa Din Byld til at gaa over, at Du kan se rigtig smuk ud paa Lørdag – men selv om Du har den endnu, er Du jo alligevel det smukkeste, jeg ved. – I Dag er det Søndag d. 1ste Maj. Det har været et yndigt mildt Foraarsvejr i Dag, men ikke rigtig Malervejr desværre og Jeg er bange, jeg ikke faar det Billede malet. D. 1ste Maj og dito i November plejer at være fæle Dage, men det har for Resten været en rigtig rar Dag i Dag Anna drog af under nogen Graad og fæle Taarer, saa hun var endnu mere ophovnet end sædvanlig. Men vi andre tog det jo med Sindsro. De to nye Piger er kommen og ser rigtig skikkelige ud. – Faderen har været i udmærket Humør hele Dagen trods alle sine Udbetalinger, saa hans Status maa vist staa nogenlunde for Øjeblikket. Baade Johanne og jeg tilbød at nøjes med mindre end vi plejer at faa, da vi syntes vi sad ganske godt i det for Øjeblikket, men han gav os det hele, samt en rigelig Sum til Elle, som hun vist bliver glædelig overrasket ved, naar hun kommer hjem fra Kjbh. i forandret Tilstand. – Over Middag gik Johanne til Højrup, men hun bestemte det saa pludselig, at jeg ikke kunde naa at skrive til Dig. Da hun kom hjem sad jeg ude ved Hyacintherne, men da jeg hørte et skingert ”hvad siger Ladersen”? henne fra Kontorgavlen, anede jeg Uraad og gik derhen, og der stod saa Far, Palam og Johanne og overrakte mig grinende Dit Brev. – Johanne maa vist selv have faaet et Brev dernede, som hun er bleven glad ved; hun har været i saadan et udmærket Humør lige siden hun kom hjem. Jeg hørte hende gaa og synge oppe paa sit Værelse, hvad der ellers har været uhørt i al denne Tid. Og hun kom herind i Eftermiddag for at spørge, om vi ikke skulde have en lille hyggelig Cigaret. Jeg trode strax, det var for at fortælle mig noget om det, men hun sagde ingenting, men passiarede for Resten rigtig fornøjet. I Aften bad hun mig om at synge, hvad jeg ogsaa gjorde og senere spillede vi L’hombre med Far og Palam. Det var tydelig, at det morede hende og at hun befandt sig vel. Du kan tro, det er dejligt at se hende lidt glad igen, hvad der saa end er Grunden til det. – Nu sidder jeg oppe paa mit Værelse og skriver til Dig, og her er varmt og rart. Jeg er saa glad ved den lyserøde Farve og ved hele mit Værelse, jeg glæder mig meget til at vise Dig det. Men allermest glæder jeg mig til at se Dig selv, men nu mærker jeg, at jeg er bleven søvnig, saa jeg vil slutte og gaa i Seng, jeg skal tidlig op og dressere Piger. 1000 Gange Godnat og Farvel fra Din Alhed.
+- Næste Dag: nydeligt Vejr. – Jeg har kun Tid at skrive et Par Ord, jeg maa gaa over de Piger hele Tiden og nu skal jeg ned at hente Dora og Berta. – Dine Kodrivere blive vist pragtfulde til paa Søndag, Du kan glæde Dig til at se dem. – Du kan godt tage Tjalfe med paa Søndag siger Far, eller rettere paa Lørdag, Faderen glæder sig allerede til L’Hombren [spørgsmålstegn indsat over ordet]. Lørdag Aften. – Vi glemte helt at skrive den Ansøgning, som Kunstneren talte om, nu er det vel for sent. –
+1000 Hilsner Din A
+i Hast</t>
+  </si>
+  <si>
+    <t>1898-05-03</t>
+  </si>
+  <si>
+    <t>Asta Blom
+Berta Brandstrup
+Jørgen -, Erikshaab
+Ludvig Find
+Peter Hansen</t>
+  </si>
+  <si>
+    <t>Alhed Warberg (senere Larsen) bor stadig hos forældrene på gården Erikshaab. 
+Det er uklart, hvem "Chr. D" er og hvilken udstilling, Alhed skriver om.</t>
+  </si>
+  <si>
+    <t>Alhed Warberg (senere Larsen) har forkludret sit maleri med hyacinten. 
+En rotte har bidt hul i en af Alheds sko på loftet.
+P (Peter Hansen?) har en yndig akvarel med på en udstilling, som Johannes Larsen også deltager i.
+Berta og Asta er på besøg.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Nilx</t>
+  </si>
+  <si>
+    <t>Kære lille Las!
+Jeg har kun Tid at skrive et Par Ord, Posten er ligeved at komme! – Jeg maatte bryde saa brat af i Gaar, da Jørgen pludselig holdt for Døren! – Nydeligt Vejr i Dag, jeg malede i Gaar Eftermiddag, men daarligt, jeg har helt forkludret den røde Hyacinth, den er bleven kridtet i Lyset og for tungt [t’et overstreget] i Skyggen. Saa jeg opgiver vist Billedet, da der ikke Tid at begynde paa en frisk. – Berta og Asta kom i Gaar, det er morsomt at have dem. Asta er vist en sød Pige. – Vi var ude en henrivende Tur i Gaar, Vejret var dog aldeles henrivende. – Tænk i Aftes tog Rotterne en af mine Sko. Jeg hørte en vældig Spektakel ved Forhæng ude paa Loftet, saa jeg tændte Lys og stod op og gik derud for at se efter. Saa manglede en af mine Sko og jeg ledte efter den en halv Times Tid uden Resultat. Til Morgen fandt jeg den oppe under det store skab med et stort Hul i. – Nu skal vi ud en Tur, vist op paa Ørene. – Jeg glæder mig til at komme ned og faa et Brev fra Dig, jeg fik nok ingen i Gaar for min egen Dumheds Skyld, fordi jeg havde skreven, at vi ikke fik Brev til Højrup. Du kan tro, jeg ærkede mig. P. skal have en yndig Akvarel paa Udst. fra Rosenborg Have, bare han vilde bestille noget mere det Bæst. Dine Billeder hænge nu, hvor Finds hænger altsaa ved Siden af. Chr. D. skal hænge saa godt; bedre end før. – Det er væmmeligt at jage saadan med et Brev, men Du maa tage til takke og ikke være vred over det. Paa Lørdag kommer Du, nu er der kun 3 Dage til. Hvor jeg glæder mig. 
+1000 Millioner Hilsner fra Din egen Alhed. Nu har jeg slukket, saa kan jeg skrive lidt mere, da Posten ikke er der endnu. Bare det vilde blive godt Vejr paa Lørdag, men det støder saa underligt, saa jeg er bange, det forandrer sig. – Nu Farvel!
+Din A.
+Berta beder mig hilse mange Gange
+3die Maj</t>
+  </si>
+  <si>
+    <t>1899-08-21</t>
+  </si>
+  <si>
+    <t>Carlsbad
+Globus</t>
+  </si>
+  <si>
+    <t>- Bendtsen, Frøken
+Wilhelmine Berg
+Berta Brandstrup
+Ludvig Brandstrup, billedhugger
+Julie Brandt
+Thora  Branner
+Louise Brønsted
+Jørgen -, Erikshaab
+Katrine -, Erikshaab
+- Jensen, Frøken, Erikshaab
+Marie Juul
+Hanne -  -, kokkepige Erikshaab
+- Kolding
+Hans Jørgen -, Kusk ved grevskabet Muckadell
+Andreas Larsen
+Johanne Christine Larsen
+Johannes Larsen
+Marie Larsen
+- Leth
+Christine  Mackie
+Christian Mogensen
+Otto Emil  Paludan
+Ellen  Sawyer
+Harris Sawyer
+Hempel Syberg
+Albrecht  Warberg
+Andreas Warberg, Albrechts far
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Astrid var sammen med sin søster, Thora, og Hempel Syberg på kurophold i Carlsbad. Globus var navnet på det hotel, som de boede på. 
+"Husene" var landarbejderboligerne, der lå nær gården Erikshaab.
+Nybøllegård er en lille gård i Hillerslev Sogn, Ringe Kommune.
+Alhed, Andreas/Jeppe og Johannes Larsen samt Berta og Ludvig Brandstrup rejste sensommeren 1899 til en af Larsen-familiens skovgårde i Småland. Laura Warberg stødte til dem kort efter.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, LW til Astrid 1899-08-21, 2398</t>
+  </si>
+  <si>
+    <t>Det er tørke.
+Kyllingerne er blevet store, og der er også mange æg. Hønsene har frygtelig mange lopper, som man nu prøver at bekæmpe. 
+Christine vil gerne have en killing.
+Andreas/Dede er rejst nu. Han har haft meget glæde af sin båd.
+Alhed og Johannes Larsen er rejst. Den lille græd meget på rejsen i Danmark, men i Sverige var han rolig. Johannes Larsen havde en hund med, og Alhed kørte det sidste stykke med barnevognen.
+Laura Warberg glæder sig til at komme til Sverige. 
+Ellen og Harris Eastman er lykkelige og på rejse.
+Christine lider meget af hovedpine. 
+Laura og en gæst har haft en dejlig aften i måneskin. 
+Der er inviteret til høstfest på Gelskov. 
+Albrecht er rask og glad.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/P8q0</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Frøken Astrid Warberg
+Adr: Hempel Syberg
+Globus
+Carlsbad.
+[Kuvertens bagside:]
+Poststempel
+[I brevet:]
+Mandag d: 21de
+Kære lille Putte!
+I Dag skal Du have en Beretning om mangt og meget af Smaating her hjemme fra, som ikke kan interessere Onkel Syberg. Jeg har gaaet en Times Tid i Haven, vandet de stakkels fortørrede Blomster og Frø af noget meget stor Salat, som jeg vilde have til Hønsene hen i Efteraaret, men som ikke vil komme op p.G.a. den rædsomme Tørke. Jeg har ogsaa plukket en stor Portion Kaal og Ukrudt til Høns og Kyllinger Vi giver dem hver Dag grønt. Du kan tro, ”de 21” er bleven store og sunde og ”de 21 mindste” voxer ogsaa godt. Vi faaer nu ca. 14 Æg om Dagen og bruger rask af dem. I Lørdags var Dede og jeg hos Hanne og H. Jørgen og vi havde den ene store hvide Hanekylling med til Hanne, som holder Diæt endnu. Ikke den fra Husene naturligvis. Hønsene er saa befængt med Lopper, saa nu har jeg med Magt og efter en lille Kamp med Jørgen sat igennem at der kommer Aske i den forreste Hønsegaard. Desuden skal Katrine i Morgen skolde alle Rederne og lægge Bregner i Bunden; det siges at skulle hjælpe. Katrine sagde strax, Du var rejst, at hun kunde ikke see sin Kjole eller andet Tøj for Lopper. Det undrede mig at Du aldrig talte om det. – Den ene lille Mis var Christine for nogen Tid siden paa Nybøllegaard med. Marie Juul havde fortalt os, at Chr. maaske vilde have en med til Kbh!! Den brogede Mis har faaet 2 Killinger, men de er ombragte. Vi har jo nu slet ingen Rotter mere. I Gaar fulgte jeg Dede til Højrup han var meget alvorsfuld ved Afrejsen den kære Dreng! Han havde Besøg af sin Ven Kolding fra Onsdag til Lørdag; de fik en L’hombre og en Toddy om Aftenen med Christine og Pal Dede har haft megen Fornøjelse af sin Baad, sejlet med Sejl i den store Aa! – I Lørdags fik jeg Brev fra Tante Mis. Alhed og de andre var komne meget forsinkede til Kbh. og Drengen havde brølet slemt. Lud, Berta og Johanne modtog dem hos Mis. De fik Aftensmad ned i Pans Værelse alle sammen, Mis tog sig af Jeppe, som derefter kom op og fik Bad og var sød igen og sov til Kl. 6! Kl. 10 drog de afsted til Sverig over Land; allerede Søndag fik jeg et Par Ord fra Las skrevet paa Landeryd St.; Drengen havde da været skikkelig hele Vejen og Alhed og han kørte i Forvejen med Barnevognen. Det havde været umuligt for Alhed at undvære en med, da Las havde Hunden at sørge for ved alle Skiftesteder. Jeg savner Drengen meget og længes allerede efter ham, begynder at glæde mig til Rejsen. Det vil jo ogsaa blive en stor Behagelighed ved mit Ophold deroppe at Marie Larsen er der, eller rettere kommer senere. – I Gaar kom der et overvægtigt Brev fra Elle. Hun og East. er nu paa deres 3 Ugers Rejse i ”White mountains” og Du kan troe, at Brevet strømmer over af Begejstring og Lykke! De er som 2 Børn der finder ”Tilværelsen næsten fuldkommen”. Men jeg skal tage det med ud til Eder, naar jeg kommer. Nu skal det først til Far. Tænk at jeg for Tiden har 5 Døtre, 2 Svigersønner og et Barnebarn i forskellige Udlande! Ja og saa desuden ”en elsket Svoger”! Jeg skal rigtignok sende mine Tanker vidt omkring i Verden i denne Tid! Nu er vi kun faa her tilbage: Pal Christine og Pan, denne rejser i Morgen og samtidig begynder Chr. med Ture til Odense. Stakkel! Hun har ikke haft ret megen Glæde af Ferien! Næsten altid Hovedpine, saa hun sjælden kunde være med til noget. I Gaar kom Leth iglende, han var livlig og rar. Vi sad alle sammen i Fars Stue [”allesammen i Fars Stue” indsat over linjen] til Kl. 9 og det morede ham at høre mig fortælle om Elle og jeg læste Rejsebrevet for ham. Nej Mørkning var det egentlig ikke, for vi havde et pragtfuldt Maaneskin, der gjorde f.Ex. Dagligstuen helt feagtig, ligesaa Haven. Dertil stille og stjerneklart. Jeg elsker Maaneskin i August og September; det er aldrig saa dejligt som i de to Maaneder! Mogensen var nede om Efterm. for at invitere dem + til Indhøstningsgilde. der blev kørt ind hele Søndag, da det havde set lidt truende ud Lørdag og Søndag Morgen! Men desværre! endnu ingen Regn og ikke mere Udsigt dertil end i lang, lang Tid. Vi saa i Lørdags flere Gadekær i Allested og der omkring helt udtørrede. Men saa har Folk jo da faaet indhøstet næsten allevegne allerede. – Frøken Jensen har igen udsat sin Ankomst til Begyndelsen af September. Fr. Bendtsen fik jeg Brev fra i Gaar hun kommer Tirsdag 8 Dage. Hun var glad ved et Brevkort fra Dig. – Far har det brillant og er saa fornøjet, skrev Mis. Nu faar Du ikke mere lille Putte! Kun de kærligste Hilsener til Eder alle tre fra Mor.
+Du kan troe, vi er glade ved Dine Breve og ved alt det, Du fortæller om. Jeg længes meget efter næste Brev fra Eder, ja at høre om Syberg er rask. Nu har vi køligere 
+[Skrevet langs sidens venstre kant:]
+Vejr her. I vel ogsaa.
+[Skrevet langs venstre kant på brevets side 1:]
++ vi spiste de store Kyllinger Onsdag da Pan rejste men de var mange. 
+[Skrevet langs højre kant på brevets side 1:]
+Hvordan gaar det med Thoras Hals??</t>
+  </si>
+  <si>
+    <t>1901-04-25</t>
+  </si>
+  <si>
+    <t>Andreis -
+Carl -
+Thora  Branner
+Grethe Jungstedt
+Adolph Larsen
+Alhed Larsen
+Johanne  Larsen
+Ellen  Sawyer
+Harris Sawyer
+Hempel Syberg
+Albrecht  Warberg
+Andreas Warberg</t>
+  </si>
+  <si>
+    <t>Alhed og Johannes Larsen boede i Kærbyhus i Kerteminde, mens deres villa blev bygget ("om de murer rask på huset"). Astrid var ung pige i huset hos dem.
+Det er uklart, hvem Gamle Carl er, men eftersom hans afskedigelse indvirkede på Harrys økonomi, kan han måske være Harry Eastman Sawyers far. Ellen og Harry Eastman Sawyer boede sammen med hans forældre den første tid, hvor de unge var gift.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 0032</t>
+  </si>
+  <si>
+    <t>Laura Warberg ønsker datteren tillykke med fødselsdagen. Det bliver dejligt at få Ellen, Grethe og Alhed hjem i sommeren.
+Laura W har besøgt Hempel Syberg og Thora i deres nye lejlighed. 
+Hun har gjort hovedrent, og Andreis har arbejdet med blandt andet dueslaget. 
+Laura glæder sig over solen på Alheds maleri. Johanne beder om en opskrift, som Alhed har, og Laura vil gerne vide, hvordan Alhed behandler hestekødet.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/mHn3</t>
+  </si>
+  <si>
+    <t>[På kuvertens forside:]
+Frøken Astrid Warberg
+Kærbyhus
+Kjerteminde
+[På kuvertens bagside:]
+Poststempel
+[I brevet]
+Erikshaab d:25de April 
+Kæreste lille Putte!
+Nu skulde det altsaa være det lange Brev, som jeg skylder Dig, hvis jeg nu bare har Stof nok til et saadant, naar vi lige nylig har talt sammen. Og en saadan Skrivemaskine, som Du er lille Putte, det er jeg langt fra. Først maa jeg da sige ”Til Lykke”! jeg vil haabe, Du bliver hædret paa alle Maader dernede og især at Du faar mange Breve. Nu maa det jo være lidt flovt at have faaet alle sine Gaver, men Du har maaske faaet den blaa Kjole syet og indvier den paa Fødselsdagen? Jeg tror nok, at det skal blive en rar Sommer for Dig og os alle naar bare nu Elle og lille Grethe vil komme sidst i Juni. Det er udmærket med den Plan, at I kan faa Penge for Eders Lejlighed og saa er I her hele Juli og Halvdelen af August saadan var det vist; det kan blive forfærdelig morsomt at have Alhed og Elle med deres Børn uden Gemaler en god, lang Tid. Jeg har skrevet det samme til Elle. Naar vi har flinke Piger, saa kan det jo blive en god, nem Tid for Dig ogsaa og der er kun 2 Maaneder til. – Elles sidste Brev var der intet ved; de havde haft Regnvejr en Uge og lille Grethe havde sørget meget, fordi hun ikke kunne faa ”Nat – ont -”. Gamle Carl har mistet sit Arbejde i Havnen hvor en Mængde havde faaet Afsked og dette gaar ud over Harrys Pung. Men de haabede han snart fik det igen. Resten skrev hun intet om. Jeg tilbragte en morsom Aften hos Syberg og Thora, de var saa livlige begge to og det var saa voldsom interessant at see deres nye Lejlighed; den er storartet i alle Maader! Besøget dernede er opsat foreløbig til d: 16de. Dede var ikke paa Banegaarden hvoraf jeg sluttede, at Agraren havde gjort dem opmærksom paa Togene. Jeg var derfor ogsaa bange at de ikke skulde sende Vogn til Højrup blev derfor højlig overrasket ved at see Far selv med Kareten! De tre næste Dage sled vi til gavns i det med Rengøring i Spise og Havestue, Sove- og Børnekammer og Gangen. Det er nogle brillante Piger til at gøre rent og enes om det; vi har faaet alt udmærket godt gjort i Aar. Jeg var selv med til hen paa Eftermiddagen og Junge passede Køkkenet. I Dag virker Andreis med Søn alle vegne ude og inde; begyndte med Junges Dueslag ovre ved Das ”et pænt Sted til Duerne” mente Andreis! I Gaar arbejdede jeg hele Dagen i Haven med at plante Blomster om og skal ud i Dag igen lidt. Mod Sædvane ”drak” jeg i Aftes og gik i Seng Kl. 9 efter at vi alle havde nydt Æggesnaps. Agraren var her. Jeg har glædet mig over Solen til Alheds Maleri: Har dog Puf faaet sin lille Stok? Den maa endelig opbevares lille Putte jeg var meget ked af at have skilt ham af med den men stoler sikkert paa, at Du har faaet eller faar den tilbage. Hvor det var slemt, at jeg glemte mit sorte Tørklæde, men [”men” overstreget] min Kniv paa Dit Værelse glemte jeg ogsaa. Hermed et Adressebrev om Du ikke nok strax vil sende mig begge Dele lille Putte, skriv saa bare to Ord med Blyant, hvordan Fødselsdagen er gaaet, saa har jeg det paa Søndag, hvis Du sender det Lørdag. – Og tænk hvor rædsomt at de to Par Lagner gik jo tilbage i Vadsækken igen! Ja saadan gaar det, naar man har Hastværk. Jeg trøster mig med, at I nu har vadsket og kan undvære dem, til vi forhaabentlig allesammen gæster Eder en Eftermiddag, naar vi skal ud til Sybergs.
+Jeg faar nok Elles Breve ogsaa. Junge beder om Opskriften paa en Slags Øllebrød i Alheds Kagebog (Øl og Mælk kogt sammen og reven Rugbrød bagt af ..) - Sig til Alhed, at det er rigtignok kun lidt Kød I bruger f. Ex. i Forhold til os. Bed hende skrive ogsaa, hvordan hun gør med det dejlige Hestekød. Ja lille Putte, jeg vil ikke sige, at dette er underholdende som Fødselsdagshilsen, men det er alligevel svært at finde paa ”Fyld” til et langt Brev saa Du maa undskylde dette. Jeg glæder mig nu meget til paa Søndag at høre om Du har haft nogen gode Overraskelser og Breve. Du kan tro jeg er glad over, at Junge ikke skal rejse til København nu i denne travle Tid. 
+Nu Farvel lille søde Putte! Kærlige Hilsener fra Mor.
+Hils saa mange Gange og sig Tak for sidst!
+Lad mig vide, 1/ hvordan det er gaaet frem med Alheds Maleri i disse Dage; 2/ om den lille har været rolig siden; 3/ om I har faaet Vadsken tilside uden at Du er bleven altfor træt af det; 4/ om I har faaet Stokken igen. 5/ om de murer rask paa Huset.
+Det bliver nok mere end ”to Ord med Blyant” men saa faar Du jo et Brev gratis hertil.</t>
   </si>
   <si>
     <t>Vinter 1902</t>
   </si>
   <si>
     <t>Akkerupvej 3, 5620 Glamsbjerg, Danmark</t>
   </si>
   <si>
     <t>Louise Brønsted
 Andreas Larsen
 Georg Larsen
 Johan Larsen
 Christine Swane</t>
   </si>
   <si>
     <t>Alhed Larsen er i forældrenes hjem på Erikshaab med sine drenge. Hendes far, Albrecht Warberg, døde i oktober 1902, og det er formodentlig efter den tid. Søsteren, Louise (Lugge), bor endnu hjemme. Hun blev gift i 1903.</t>
   </si>
   <si>
     <t>Alhed beder Johannes Larsen finde rester af noget kjolestof og enten sende eller medbringe det. Han må også skynde på skrædderen. Alhed regner med, at Johannes Larsen raderer.
 Ungerne er søde, men Lugge (søsteren Louise) har fået et tilbagefald.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/ikq3</t>
   </si>
   <si>
     <t>Lille go’e Lavsi!
 Kunde Du ikke være saa sød at gaa op paa Loftet i den store, grønne Kiste og finde nogle Klude som min skotsktærnede Kjole, de ligge rullede sammen (vistnok paa Bunden til højre) og sende mig dem strax til Reparation af min Kjole. Hvis Du kommer stra [ordet overstreget] Fredag, kan Du tage dem med, kommer Du først Lørdag, maa Du sende dem. Vil Du vedlægge to gamle Opslag som det rødtærnede Liv, jeg har faaet af Christine, det ene har Puf vist anbragt i Madskabet, det andet er i F [bogstavet overstreget] den firkantede Fløjlsæske paa Skabet ved Din Seng. Mens jeg er ved Tøjspørgsmaalet, saa pas endelig Skræderen, at han faar det hele færdig til Dig, jeg glæder mig meget til at faa Dig saa fin og køn. – Jeg er meget spændt paa, om der er Brev nu med Posten, jeg længes meget efter at høre, hvordan Du lever, længes i det hele forfærdelig efter Dig. Du raderer vel? Tænk, i Morgen er det 8 Dage, siden jeg hørte eller saa noget til Dig. – Vil Du ikke gaa til Grossereren med Kontrabogen og den lille gule Seddel, men Kludene paa [ordet overstreget] maa ikke komme sammen med det, da det kan forsinke dem, det er ikke sagt, det andet kan blive hentet strax i Højrup. – Doktoren var her i Gaar, Lugge fik lov at staa op i Dag, men hun fik desværre Tilbagefald i Nat. – Ungerne er søde og flinke, men kedelig med den Vinter, jeg havde glædet mig til at køre ud med dem
 1000 Mill. Hilsner
 Posten Din egen Alhed
 jeg elsker Dig knusende</t>
-  </si>
-[...344 lines deleted...]
-Dis.</t>
   </si>
   <si>
     <t>1910-05-22</t>
   </si>
   <si>
     <t>St. Pauli Kyrkogatan 19 Malmø Skåne</t>
   </si>
   <si>
     <t>Hans Jørgen -
 Line Træskomands -
 Hans Christian Caspersen
 Johanne Caspersen
 Rasmus Dalberg
 Adam Goldschmidt
 Ina  Goldschmidt
 Hanne -  -, kokkepige Erikshaab
 Ellen  Sawyer
 Anna Schaffalitzky de Muckadell
 Johanne Schroll
 Henry Smith, nær Erikshaab
 Hempel Syberg
 - Thagensen</t>
   </si>
   <si>
     <t>På Glorup boede Albrecht Warbergs bror med familie.
@@ -5372,473 +5091,50 @@
     <t>Kerteminde Egns- og Byhistoriske Arkiv, Laura Warberg til Astrid, 1910-05-22, 2420</t>
   </si>
   <si>
     <t>Valget var en skuffelse.
 Der er dejligt på Erikshaab i forårsvejr.
 Laura Warberg har besøgt en masse mennesker, og hun tager nu videre til Glorup. 
 Hunden Munter er blevet gammel. 
 Der er kommet en dygtig afløser for Thagensen på Gelskov.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/0u8z</t>
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:]
 Fru Astrid Goldschmidt
 St Pauli Kyrkogatan 19.3
 Malmø
 Skåne
 [Diverse tegninger og kradserier]
 [På kuvertens bagside:]
 Poststempel
 [I brevet:]
 Erikshaab d: 22de Maj – 
 Kære Astrid!
 Skjøndt jeg endnu ikke har hørt fra Dig – men venter i Dag – skal Du dog nu i Morgen ikke kigge forgæves efter Dit Mandagsbrev! Jeg er her og i Odense og vil blive det paa Glorup helt omgiven af Højrefolk, en ren Hvepserede her [”her” indsat over linjen] som Syberg siger; han er selv en Hveps! Det er grulig svært ikke at have nogen at udtale sin Sorg for efter den Skuffelse med Valget. Ja det vil sige, jeg var forberedt, da jeg saae hvor megen Stemning der var mod Radikalerne allevegne! Jeg beklager Caspersens, Tante havde sat sit Haab til et Landstings Mandat under Munks Regimente. Hun er sikkert grulig sart! Fraset alt det er her ganske dejligt baade ude og inde! Jeg stod længe i tavs Beundring af Stuerne til Morgen, fuld Sol ind i Dagligstuen, Havestuedøren aaben, vi har et vidunderligt Vejr og alt er jo saa bedaarende lysegrønt ude; Kastanierne ved at springe ud, Sirenerne ved Vejene ogsaa, Træerne i fuldt hvidt Flor. Jeg spadserede til Højrup i Fredags, var hos Jørgensen og Peja, der nu gaaer lidt ud og har det meget ordentligt. Hun var rørende glad ved at see mig. I Gaar var jeg hos gl. Naade; der var saa mageløs venlig og rar, vilde ikke af med mig igen, jeg var der 5 Kvarter. Hun er meget døv, men har et Hørerør. I Dag er bedt Kaptainens og Jørgensens, der bliver hentet sammen i lukket Vogn herfra, Doktorens og Smidt. Fru S. tager ikke ud. I Morgen er vi bedt til Sandholt og paa Vejen dertil haaber jeg vi kan gøre en Visit paa Brobygaard. En Dag skal jeg til Højrup igen og med Toget til Doktoren! Jeg rejser vist ikke herfra til Glorup før paa Fredag, spekulerer paa at tage over Brobyværk og besøge Hanne og Jørgen mellem 2 Tog og saa over Nyborg. Munter er meget aflagt, men kunde dog kende mig og var ungdommelig ellevild. – Jeg befinder mig saa vel her gør som jeg vil, spadserer, læser og syer. Marie er uhyre flink og rar, hvilket ordentligt og nydeligt Hus hun har; hun er knusende dygtig. Jeg har besøgt Trine Hans Peters, der gaaer meget her, malker deres Ko, hjælper inde, passer deres Kyllinger; og Line Træskomand og Dalbergs. Nu er der en dygtig Mand paa Gelskov, en ligesom Syberg siger de gamle Folk. Som de dog alle som en fortæller om Thagensens Uduelighed! Det er grufuldt som han har forsømt alt. Gud veed hvad der skal blive af de Stakler! Jeg har hørt fra Elle, hun er lykkelig over Tilværelsen, maa knibe sig i Armen for at vide det ikke er en Drøm altsammen. Nu skal jeg en Tur paa Kirkegaarden og [ulæseligt] tager dette med til Højrup. Kys de søde Unger! Kærlig Hilsen fra Mor.</t>
-  </si>
-[...421 lines deleted...]
-X kan ikke Fem’eren forlænge dit Ophold med 1 Dag?</t>
   </si>
   <si>
     <t>1941-04-08</t>
   </si>
   <si>
     <t>Bakkevej 12 Hareskov St.</t>
   </si>
   <si>
     <t>- Andreasen
 Valborg Andresen
 Maria Balslev
 Vilhelm Balslev
 Alfred Fly
 Heinrich Hopp
 Lars Lankjær Mikkelsen
 Adolph Larsen
 Marie Madsen-Mygdal
 Thomas Madsen-Mygdal
 Cathrine Meyer
 Marie Meyer
 Otto  Meyer
 Axel  Müller
 Ellen  Sawyer
 Fanny Schaffalitzky de Muckadell
 Janna Schou
@@ -5890,96 +5186,800 @@
 Kæreste lille Dis.
 Hvor der dog er bleven lang Tavshed imellem os, igen har nok vore Breve krydsedes! Tak for dit sidste. Jeg ser baade af det og af dit sidste lange Fødselsdagsbrev til Elle (hun var her nogle Timer i Søndags, cyclede igen Kl 3, men var da kommen før Middag, det er anden Gang siden Jul, hun var her; hun skulde ud til Middag, hun fører et udsvævende Liv, som de sagde om Comtesse Fanny, da hun blev gift) at du har været flere Gange i Kbhv. og haft det festligt og dejligt. Hvor det dog glædede mig at høre, søde Dis, baade fordi det viser, at du er rask og fordi du har tjænt til det efter den lange Vinter, efter saadan en stille Tid, hvor man kun ser de samme Mennesker – selv om det er de bedste – trænger man til at se andre, og ogsaa til at befinde sig andre Steder. Jeg læste din Basken med Vingerne med stor Glæde og Interesse. Tænk, at du laver alt uden ringeste Hjælp, kan du dog overkomme det, ja, det er jo meget mindre enkelt end det var før, at føre Hus; meget er blevet anderledes, vi har i Dag kogt blød Sæbe af Sæbespaaner, Soda, Borax og Vand; dog, det er jo kun en Smaating. - - Mon vor store epokegørende Nyhed her er rygtedes til dig? At Bibbe til 1_ste_ Maj skal til Odder Sygehus som Elev! Næsten siden Jul har hun virket med det og skrevet utallige Ansøgninger, faaet Afslag paa Afslag, næsten alle med den Motivering, at de kun tog Elever under 30 Aar. Saa endelig fik vi Svar fra Overs.pl. paa Odder Sygehus, bl.a. skrev hun [”hun” indsat over linjen] ”ingen Regel uden Undtagelse og De synes jo at være Undtagelsen”. Bibbe blev ovenud lykkelig og gik straks i Gang med sin Udstyrelse: 4 Kjoler 8 store Forklæder o.s.v., hun faar 25 kr. om Mdn. Det var jo i høj Grad paa Tide, at Bibbe fik sig et Livserhverv og jeg har baade tænkt paa og talt om, at Sygepleje maatte ligge for hende, men først hendes Røde Kors Tjeneste i Vinter, hvor hun har arbejdet en Del paa Sygehuset – ogsaa en Nattevagt - har givet hende Blod paa Tanden, ja glødende Lyst til det. Nu staar Himmel og Jord i et for at faa alt færdigt til Bibbe og Frk. Andresen skal rejse 1_st_ Maj; i Dag ordnes Spisekammer 
 2 Køkken, Kælder og Vaskehus; vi havde været i med Peter Træskomand om at kalke, men han henviste til sin Kone, du ved vor Ungdoms Jomfru Dovsen [”Dovsen” overstreget] Dovlsen i Højrup. Hun er et Jærn til alt Arbejde; desuden har vi en unge Kone (som har tjænt her en Gang) til Rengøringen, vor egen Frøken Andreassen er jo ikke videre gæv til nogen Verdens Ting og Bibbe er i Kjerteminde i Dag til Begravelse; kan du huske, vi havde nogle gode Venner i Kj.: Skolebestyrer Christensens; han døde for adskillige Aar siden, og hun kom aldrig over sin Sorg; den knuste hende, hendes Hjerne tog Skade, og nu er hun død, hvilket kun er godt. Det var et Par herlige Mennesker; hvor har Elle og jeg tilbragt mange hyggelige Timer i deres Hjem, saa gæstfrit og harmonisk som det var; de vidste aldrig hvor godt, de vilde gøre det for deres Gæster. 
 Du kan forstaa, at det med Bibbe er helt revolutionært for os. Agraren og jeg vil savne hende ubeskriveligt, for mig gaar Solen ned, naar hun rejser, men Tanken om, hvor godt det er for hende selv maa jo bære over det; Dr. Lankjær mener at det vil tage det sidste af hendes Nervesygdom, og han gav hende uden at blinke Attest for at hun var rask – fordi han var saa sikker paa, at anden Luft, andet Arbejde og nye Mennesker vilde kurere hende. Hvad der skulde til af Attester og Anbefalinger, kan du ikke tænke dig. Det hele skulde ordnes og sendes saa ekspres, at det ikke kunde naa sig at faa en Anbef. fra dig, men hvad hun fik samlet viste sig altså at være nok; der var to at vælge imellem – der i Odder – og det blev altsaa Bibbe.
 Sikken en dejlig Ro, der er falden over Huset nu; vi har haft Kvas-Hugger i Dag lige fra i Morges til nu ved 4 Tiden, det er en meget larmende Maskine, som fordrer en Del Mandskab; vi var 12 til Middag, Mandfolkene og jeg spiste herinde, de 4 kvindelige i Køkkenet Friggedeller og Sø’suppe. ------
 Onsdag. Det er jo i Dag d. 9_nde_ April, og jeg synes, det er saadan en Sorgens Dag, ikke just fordi det er vor Aarsdag, hvad betyder en Dato, men fordi Efterretningerne fra Balkan er saa nedslaaende. Belgrad har de jo næsten ødelagt og saa vidt man kan faa ud af den engelske Presse, ser det sort ud paa Balkan, for Jugoslavien og Grækenland, de ulykkelige Lande, hvor er de dog tapre og modige, men 
 3 hvem ved, Dis, hvis de to Lande bliver sablet ned, vil det maaske blive Draaben, som får Amerikas Bæger til at flyde over, saa de gaar med; vi, jeg mener Verden, maa jo have de Sataner kæmpet ned, de maa da een Gang lære at forstaa, at Verden ikke vil regeres af dem. Bedst var det jo om den tyske Mentalitet kunde forandres, saa de mistede deres ulyksalige Hang tik at vilde [”vilde” overstreget] ville underlægge sig hele Verden, men kan man tænke sig, at nogle Slægtled kunde forandre paa deres Storhedsvanvid. Maaske! For er det ikke netop det, de er: sindssyge paa det Omraade. Og hvordan faar vi dem helbredte? Jeg tvivler ikke et Øjeblik paa, at de til sidst vil tabe, simpelt hen fordi hverken Staterne eller Sydamerika vil tillade dem at vinde, men hvad saa? Staar vi saa ikke paa samme Trin som da Verdenskrigen sluttede? Hvor de Mennesker dog gør sig forhadte rundt omkring i hele Verden; jeg ved da med mig selv, at jeg hader dem af hele min Sjæl, Sind og Tanke, men de er meget for lidt intelligente til at forstaa det; Fru Andresens Svigersøn (Otto A.s Kone) sagde til hende for nogle Aar siden ”hvor kan det dog være, at Danskerne slet ikke kan lide os.” Hun henviste til 1864. Ja, hvad var det: det vidste han da ikke en Smule om, nej de er et Løgnens Folk, der skriver deres Verdenshistorie som det passer dem. Bibbe var sammen med Marie og Katrine Meyer forleden (Mix’es Søster) Kath. havde været sammen med Madsen Mygdals hos Mix’es og det viste sig at baade M.M. og Kone var Nazister! Katrine som er glødende Anti-Tysk har frabedt sig at blive bedt sammen med dem mere. Men mon det alligevel ikke er ret faa, der har det Sindelag, at de hælder til Forbryder-Metoderne. Vi træffer da aldrig nogen. - - Agraren er i Kjertem. til Behandling paa Sygehuset, nu er Ansigtet snart i Orden. Med mig gaar det nogenlunde som sædvanlig, jeg haaber paa den kommende Sol. 
 Vi er i Færd med at faa en Husbestyrerinde til Maj, en Jyllandspige fra Aalestrup, som jeg ikke ved, hvor ligger; vi korresponderer om det og det synes at gaa i Orden. 60 Kr (!) Jeg kan jo ikke lave noget uden at det straks bliver daarligere med Knæet. Jeg spurgte forleden Doktoren, om han troede, jeg kom til at gaa om et Aar; han sagde ja, men jeg synes, at han havde det Ansigt
 4
 paa, som de har, naar de narrer Patienterne. Jeg synes, at [”at” overstreget] jeg begynder at mærke, at jeg har Nerver; det maa ellers siges at have været upaaklagelige i min snart 3årige Sygetid. Jeg skal give dig et lille Eksembel paa min Ikke-Nervøsitet. Da Doktoren var her for noget siden, havde jeg bedt ham om at tage en Tang med til at hale en Rod ud, som sad efterladt og som af og til blev betændt; da vi snakkede om Knæ kom jeg i Tanker om Roden og spurgte, om han havde husket Tangen – Jo! Han halede den op af Tasken, jeg gabede, han tog ved, og ud fløj Roden. Jeg sagde Tak! Satte Tænderne i igen og vi snakkede videre om Knæet uden at berøre ”Operationen” med et Ord, og uden at jeg i mindste Maade følte Sindsbevægelse ved det. Nervøse Folk reagerer lidt anderledes. Men Bibbes Afrejse er værre end en Tandrod og det reagerer jeg overfor. 
 Hvis jeg nu skal snakke lidt Økonomi, vil jeg først spørge dig, hvordan du klarer dig og om du nåede til Vejs Ende med den resterende Skat og saa fortælle dig lidt om os – jeg ved det vil glæde dig – Vi havde 4 Heste og mente, vi kunde klare os med 3, solgte saa den ene og fik 1800 Krus !!! for den. Samtidig solgte vi 2 [”2” indsat over linjen] Køer, som skulde kælve men var lidt bedagede, saa Handleren maatte op med 2750 Kr. Saa drog Manse hen til Sognefogeden i Dræby, som har en Prioritet i Gaarden her paa 9500 Kr (det var oprindelig 10.000 men vi har betalt de 500 af) og spurgte ham, om han vilde have noget imod at modtage 2000 som Afdrag. Nej, det havde han ikke, skønt Manse syntes han saa lidt alvorlig ud; de, der har Penge er jo ikke bedst stillede for Tiden. Han sagde: Ja, saa fornuftige skulde alle være! Jeg synes, det er helt flink af den unge Dreng til Manse – som da for Resten efterhaanden er bleven 26 Aar – at han hører til de fornuftige, og lader alt gaa her paa den gamle spartanske Maade i Stedet for at faa Højheds-Vanvid. Var det ikke en helt sjov lille Historie? Men saa har jeg for Resten heller ikke stort mere at berette – jo Marie Balslev har jeg [”jeg” overstreget] lige ringet [”n” i ordet indsat over linjen]; Vilhelm har faaet Lov til at komme hjem og ligge et halvt Aar! De er lykkelige, for saa kan han da snakke med sin Forkarl og være hos Kone og Barn. De har ikke sets i 9 Maaneder.
 Jeg længes meget efter at høre fra dig du hører jo igen fra mig d. 26_nde_.
 Tusinde Hilsner søde Dis til dig og dine fra din Junge 
 [Skrevet langs venstre margen s. 6:]
 Gudruns Broder Kaj er i Tyskland, ingen ved hans Adresse og de kan ikke komme i Forbindelse med ham. Bibbe tager sig dette meget nær, ja ogsaa vi her 
 [Skrevet langs venstre margen s. 5:]
 Stakkels lille Gudrun Nielsen, Tornøes Hotel ligger vist paa sit sidste; hun fik Lungebetændelse brat og voldsomt. Maaske hun x
 [Skrevet på hovedet øverst s. 5:]
 x er død i Nat, i Aftes sagde Sørensen (Overtjeneren og Gudruns Ven og Støtte) til Bibbe i Telefonen at hun ikke levede Natten over, han var dybt fortvivlet.
 [Skrevet langs venstre margen s. 4:]
 haft en Del med hende at gøre i de senere Aar, Bibbe meget.
 [Skrevet på hovedet øverst s. 1:]
 Torsdag. Vi fik i Aftes et dejligt lille Hoppeføl; det er vores gamle Røde, som nu for 4_de_ Gang kommer med i Fol til os, altid normalt og godt. For Tiden er det jo ogsaa en stor økonomisk Gevinst. - - Det er dejligt at tænke paa, at Axel nu har 4 Helligdage. Gid Solskinnet vil vedvare til ham. Hav det godt i Paasken alle tre!</t>
   </si>
   <si>
+    <t>1898-04-02</t>
+  </si>
+  <si>
+    <t>Jeppe Andreas Larsen
+Vilhelm Larsen
+Theodor Philipsen
+Christine Swane
+Fritz Syberg</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ZStl</t>
+  </si>
+  <si>
+    <t>1894-07-21</t>
+  </si>
+  <si>
+    <t>Thorvald Balslev</t>
+  </si>
+  <si>
+    <t>Bello skvaderup var Alhed Larsens øgenavn for Bello sguardo i Firenze eller måske rettere for huset på Bello sguardo.
+Haabet er Erikshaab, Warberg-familiens hjem.
+Alhed Larsens forældre fejrede sølvbryllup 28. maj 1894.
+Det vides ikke, hvem Alhed Larsen kalder Pinden.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2150 og BB 2160</t>
+  </si>
+  <si>
+    <t>Alhed ønsker tillykke med fødselsdagen. Hun sender tre fotografier. Et er taget, mens Alfred Rottbøll holdt sølvbryllupstale "for" Alheds forældre, og det er til Alheds mor. Desuden et foto til Thorvald og et til hans søster. Rottbølls og Emil Brandstrup er rejst dagen i forvejen. Rottbølls var nogle smølehoveder og slet ikke klar, da vognren kom. Alhed Larsen har nu lejligheden for sig selv. Hun og Ludvig Brandstrup spiser sammen. 
+Rottbøll har udnævnt Alhed Larsen til vice-vice-konsul i hans fravær, og Alhed vedlægger afskrift af et brev, der omhandler udnævnelsen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/eYoh</t>
+  </si>
+  <si>
+    <t>21nde Juli 1894
+Kære lille Skvade!
+Herfra Sydens varme Bello skvaderup sender jeg Dig min bedste Lykønskning til Din Fødselsdag. Jeg ved egentlig ikke noget bestemt at ønske Dig for det kommende Aar, der er jo ganske vist dette med Examen, men den gaar nu nok godt og jeg vil derfor kun i al Almindelighed ønske Dig, at Aaret maa blive godt - saa godt, som en lille "Skvade" fortjener det! - Jeg har herved den Ære at sende 3 Fotografier, men rigtignok kun det ene har jeg tænkt at begave Dig med. Bordbilledet har jeg tiltænkt Mor eller "Haabet", jeg haaber I alle finder det smukt. Det er taget paa Sølvbryllupsdagen i det Øjeblik Hr Rottbøll, henvendt til mig holder Festtalen. Kagen, som Mor sendte, staar i Forgrunden, endvidere ses Jordbær, Salat en Smørkande, Sodavandsbeholder og vores elskede "Fiasko" i Stativ. - Af de andre to Billeder kan Du saa vælge, hvilket Du vil have, og det andet vil jeg bede Dig om at give Rimse fra mig og sig til hende, at hun er en god Pige, og hun maa ikke være være ["være" overstreget] vred, fordi jeg aldrig har skreven til hende. - Maa jeg sige Dig mange Tak, fordi Du ogsaa var med til at sende mig "Rejsen", som jeg blev forfærdelig glad ved og maa jeg ogsaa sige Dig mange Tak ["Tak" indsat over linjen] for Dit Brev til min Fødselsdag; vil Du skælde Din "felovede" ud fra mig, fordi hun ikke har svaret paa mit sidste Brev, - naa, det var nok et lille Apropos. - Nu er Skvaderup øde og tomt, i Gaar rejste Konsulens med Balle og overlod mig til mig selv. Jeg blev ved denne Lejlighed udnævnt til Sekretær for Vice Vice Konsulen (Lud), og for at Du ikke skal tro, at dette ikke er ramme Alvor, sender jeg Dig Afskriften af en Skrivelse, som i Gaar udgik i 4 Exemplarer, til Præfekten, Kvæsturen, Borgmesteren og én til, som jeg ikke husker. Det er frygtelig Sjov, synes jeg. Den Værdighed sætter mig op i en høj Rangklasse, 3die eller 4de over Professorerne, og den giver mig Lov til at udstede "Permesser" = Frikort ["= Frikort" indsat over linjen] til Museer og lign. Jeg vil ["Jeg vil" overstreget] Endvidere bliver jeg af Præfekten indskreven i en stor Bog over udenlandske Diplomater!!!! - Du maa endelig gemme Papiret, jeg har kun den ene Afskrift. - Endvidere raader jeg i deres Fraværelse over en 7-8 Værelses Lejlighed, som indeholder meget jordisk Gods. Min Morgen og Middagsmad vil jeg selv lave, i Dag har den staaet paa Bøf med et Spejlæg over, Brød Smør og Ost, Salat og Vin, i Morgen staar den paa Æggekage og det samme undt. Bøf; i Overmorgen Macaroni og Skinke, og maaske et Æg. Jeg haaber dette interesserer Dig lille Skvade? Om Aftenen spiser jeg sammen med Lud nede i Byen; i Aften skal jeg mødes med ham Kl. 7 1/2 nede i en stor Have, et udmærket Sted, vi har funden. - - De andre rejste i Aftes Kl. 9, de vilde rejse om Natten, da det er mindre hedt. - Du kan tro, det var et Slid at faa dem af Sted, vi stod alle paa Hovedet fra den tidlige Morgen. De er nogle kolossale Smølehoveder, meget værre end jeg. Her i Huset anses jeg for at være expedit, præcis og altid ventende paa de andre. Du kan tænke Dig, Drosken var bestilt til Kl 6 1/2 og da den kom, var de ikke færdige med at ind, havde ikke begyndt at klæde sig om, skulde tage Bad begge to og manglede endnu at gøre to Visiter, som de havde lovet her i Huset!! - Efter mange overstandne Lidelser kom vi da endelig ned i Byen og her gav Lud en lille festlig Frokost ["Frokost" overstreget] Aften til Afslutning. -
+Jeg er sikker paa, at jeg ved dette Brev, hverken har anstrængt Din eller min Hjærne ved at bevæge mig i de højere Regioner. Men det er Aarstiden nu heller ikke til; dog vil jeg til Slutning kortelig berøre den moderne Malerkunst, idet jeg ikke vil undlade at meddele Dig, som Mæçen, at jeg sælger ud, naar jeg kommer hjem. Mine Priser kender Du, "Billige men bestemte"! - Nu kan Du ikke faa mere, men Du begærer vist heller ikke mere. - Mor skriver, at Din Familie staar Dig bi paa Din Hædersdag, Du maa endelig hilse dem alle vældigt fra mig, sig til Pinden, at nu holder jeg snart 1/3 Aars Fødselsdag. - - 
+Mange kærlige Hilsener til Dig selv, lille Skvade fra Din heng. Svigerinde
+Alhed.
+BB 2160
+Con cio ho l'onore di amanriaro, che il Signor Ludvig Brandstrup, di ["di" overstreget] scultore di Copenhahen [det første "h" i ordet overstreget] è costiluito Vice-Console di Danimarca durante l'assenza del sattoserillo. - L'assistente plenipateuziario [det første a i ordet overstreget; over dette indsat et "o"] del Signor B. sarà Frk Alhed Warberg di Højrup in Fionia.
+Con distuda C ["C" overstreget] considerazione
+Alf. Rottbøll
+Vice Console di Danimarca
+Jeg har herved den Ære at meddele, at AW o.s.v. - - er const. Vice-Console ["ole" overstreget; over dette indsat "ul"] af D. under Undertegnedes Fraværelse - Hr. B.s befuldmægtigede Assistent vil være Frk AW. fra Højrup i Fyn.
+Med udmærket Højagtelse</t>
+  </si>
+  <si>
+    <t>1894-09-02</t>
+  </si>
+  <si>
+    <t>København K
+Vestergade</t>
+  </si>
+  <si>
+    <t>Agnes Berthelsen, Nislevgaard
+- Blom
+Berta Brandstrup
+Eline  Brandstrup
+Johanne Christine Brandstrup
+Lauritz  Brandstrup
+Ludvig Brandstrup, billedhugger
+Julie Brandt
+Louise Brønsted
+- Gundestrup
+Marie Juul
+- Juul, fru
+Drude Jørgensen
+Johanne Christine Larsen
+Christine  Mackie
+Otto Emil  Paludan
+Ellen  Sawyer
+Hempel Syberg
+Andreas Warberg</t>
+  </si>
+  <si>
+    <t>Warberg-familien kendte flere med navnet P. Nielsen.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB0329</t>
+  </si>
+  <si>
+    <t>Christine har fået flere klaverelever. Julie Brandt har meget tegnearbejde.
+Skal Laura bo hos Albrecht eller på et andet hotel i København? 
+Laura og Albrecht skal give Ludvig og Berta en bryllupsgave. 
+Laura m.fl. har været på besøg på Gelskov. 
+Christine har bedt Drude Jørgensen skaffe flere klaverelever.
+Gundestrup har tilbudt at have Frederik det følgende år, men det vil Laura ikke have.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/OTcJ</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Hr Godsforvalter Warberg
+Tre Hjorte
+Vestergade
+Kjøbenhavn K.
+[På kuvertens bagside:]
+Poststempel
+[I brevet:]
+Erikshaab d: 2den
+Kjæreste Abba!
+I Gaar var Elle og jeg paa Vej til Fru Blom og til P. Nielsens Kone, da vi lige ved Skoven blev overraskede ved at se Christine komme cyklende. Hun var meget glad over at kunde melde, at hun i Torsdags fik 3 Elever, en ung Pige og begge Gundestrups Drenge, hvoraf især den ældste skal være flink og musikalsk, deres Mor har spillet med dem, men er meget glad ved nu at blive fri. Chr. sagde strax, at nu kunde jeg da nok blive noget længere i Kjøbenhavn, det har trykket hende, at jeg skulde ofre den Fornøjelse. Hun har nu 48 Kr. om Maaneden og 12 tilgode hos nogle af Eleverne, som nu har bedt hende sende Regning. Hun er ved rigtig godt Mod og mener nok, hun faar flere nu. Hun fortalte ogsaa, at Brandt har faaet saa meget Tegnearbejde, at hun tjener 62 Kr. om Maaneden. Jeg har nu tænkt at rejse paa Lørdag, da jeg jo gerne vil være et Par Søndage derinde, naar Du er [”er” indsat over linjen] fri. Gid Du nu en af dem havde en kjøn Tur for et eller andet Sted hen. Men naar jeg saa kun bliver en lille Tid, og altsaa rejser hjem før Dig, saa veed jeg ikke, om det er værd Du flytter ud af Dit Værelse, Du kan sige mig hvilken af følgende Ting jeg skal vælge, enten boe paa Missionshotel eller faae et lille Værelse paa Tre Hjorte; jeg har tænkt mig, at naar Lud er rejst igjen, saa kunde jeg være 3-4 Dage hos de gamle og saa i dem helt ofre mig for dem. Jeg morer mig bedst, naar det ikke koster for meget at være derinde. Har Du et stort Værelse, kunde der maaske ogsaa sættes en Seng ind, de Dage jeg er der. Men som sagt, lad mig nu vide, hvad du raader mig til, jeg skriver saa reppetere, men kommer paa Lørdag d. 8de, haabende at finde Dig vel tilpas uden Asthma. Eline fik jeg Brev fra nylig, det lader som hun mener vi nok kan give Brudegave til Lud og Berta nu, de giver Fotografi og de gamle har en Gave. Alt staaer godt til her hjemme. I Fredags var Fru Juul og Marie her en Visit, jeg tog med dem til Gjelskov, hvor Præsten var, vi havde en rar Aften. Hempel kom og tog bagefter herned, vi drak Kaffe og sludrede til Kl. 11½. I Dag er vi bedt til Gjelskov til Kaffe og Aften. Junge drog saa lidt melankolsk afsted i Fredags. Hr. J. kjørte hende ned og Astrid og jeg fulgte hende. Christine mødte Fru Berthelsen igaar i Odense, men hun gaaer altid rask forbi hilser kun. Hvor hun dog er kold. – Idag er Paludan i Odense. Christine har været hos Fr. Jørgensen, som var meget venlig og lovede at gjøre, hvad hun kunde, for at skaffe hende Elever, Hun spurgte, om nogen af Søstrene skulde til Sollerup iaar!! Tro mig, det vilde hjælpe paa hendes Evne til at skaffe Chr. Elever om vi havde en at sende til hendes Skole. Det er uheldigt, at vi ikke netop i Aar skulde have Muk ud at lære noget, saa billigt vi kunde have hende sammen med Christine. Gundesttrups har sagt, at de kunde godt have Dede til næste Aar; men det vilde ingen godt Sted være for ham de Drenge ser dog ud til allehaande. 
+Ja nu er det Middag og derefter skal jeg see at faae Bud til Højrup efter Breve og med dette, jeg længes snart efter et fra Dig. Christine og Elle hilser. Mange Hilsner fra Din Smaa.</t>
+  </si>
+  <si>
+    <t>1896-08-26</t>
+  </si>
+  <si>
+    <t>Dora -
+Ellen Agnete Amstrup
+Louise Amstrup
+Harald Balslev
+Thorvald Balslev
+Laura Balslev, f. Leth
+Alfred Benzon
+Ch. Berleûne
+Johanne Christine Brandstrup
+Louise Brønsted
+- Gredsted
+Bernhard Hirschsprung
+Ernst  Knipschildt
+Gustav Knipschildt
+Alhed Larsen
+Christine  Mackie
+Otto Emil  Paludan
+Ellen  Sawyer
+Erik Schaffalitzky de Muckadell
+Erik Schaffalitzky de Muckadell, unge greve
+Viktor Schroll
+Hans Smidth
+Hempel Syberg
+Vilhelmine von Sperling
+Andreas Warberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Laura Warbergs søster havde et pensionat på Gothersgade 129, København.
+Det vides ikke hvem Frøken Berg, Fru Larsen, Monica, Kirsten, Johan og HP var. Heller ikke hvem stiftprovsten og Bitten var. 
+Frederik Andreas Warberg og søsteren Louise, g. Brønsted, var i 1896 elever ved Odense Katedralskole. 
+Thorvald Balslev blev færdig som cand. theol. i 1896.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 0339</t>
+  </si>
+  <si>
+    <t>Laura Warberg har sin mor på besøg. De går lange ture. Knipschildt deltager.
+Laura har været i Odense at besøge børnene og en mængde andre mennesker. På børnenes skole er der rod i mange ting, og bl.a. får eleverne ikke et skema.
+Om natten er Laura ikke bange, for hun har hundene hos sig. Den ene, Munter, var på en gåtur fræk, så Laura knækkede ris af, og da den så det, løb den hjem. Hunden fik kun et par dask. 
+Hempel Syberg er dårlig.
+Thorvald Balslev er taget til Masnedsund.
+Den unge greve har givet Laura en stor melon. 
+Albrecht må købe konfirmationsgaver til tre store børn samt svamp og tandpulver i København.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/fdLV</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på brevets forside:]
+Hr. Godsforvalter Warberg
+cand.jur.
+Gothersgade 129 - ⁴
+København K.
++ Poststempel
+[På kuvertens bagside;]
+Poststempel
+[I brevet:]
+Erikshaab – Onsdag d:26de.
+Kæreste Abba!
+Det er dog dejligt at Du synes at have godt af Klokken allerede; at Du kan taale at færdes og more dig lidt derinde. Bernhardt maa aabenbart være glad ved Dit Selskab og ved Din L’hombre, at han inviterer Dig 2 Søndage i Træk. Naar Du paa Søndag kommer til de andre på Sku[ulæseligt], vil Du saa hilse dem mange Gange fra mig. Her staaer alt vel til. Moder er rask, synes jeg og befinder sig vel, vi var i Søndags fra Ølstedg. en lang Tur – ¾ Mil mente de – i en smuk uciviliseret Skov ved Allested, Moder var nok lidt træt, men tog den dog med Anstand. Vi havde Mad og Kaffe med og godt Humør over hele Linien. Gl. Knipschildt bidrog jo sit hertil. Visse turde ikke bede ham med, da hun mente, han skulde passe Gaarden, men lidt før vi skulde køre, kom han vandrende og vilde med, han havde af Astrid hørt, at vi skulde dertil. Han var bedt herned i Aftes og vi havde rigtig god Aftensmad til ham; derefter tog han – Pal. og jeg 3 [ulæseligt ord] med en Toddy til (af Husholdn Cognac!) – Han morede sig brillant og lader sig vist ikke min Indbydelse at gøre det om, sige 2 Gange. I forrige Uge var han meget daarlig i Maven da dristede jeg mig ikke til at bede ham. Hans Kone ankommer paa Fredag. I Aften har Amstrup og Paludan meldt sig til ham til The, saa nu begynder det at se lidt mindre trist ud for ham. I forrige Uge var jeg ude hos Børnene fra Onsdag med Iltoget og til Fredag med 6 Toget. Jeg gjorde flere Visiter, bl.a. hos Stiftsprovstens til Chokolade, det var Bittens 5 Aars Fødselsdag. De var meget rare og livlige, han fortalte en Del om sin Rejse, han havde kørt med Tog op ad ”Pilatus”. Jeg var ogsaa til Frokost hos Ch. Berleûne og vi var derefter hos Saddelmageren, der lovede at gøre sit bedste med Smidts Stol, naar han fik den ud. Hos Fru Nielsen var jeg den første Aften til The, Dede mødte forresten straks hos Christine, da jeg kom der først og drak Kaffe. Dede er bleven No 8 i Klassen, der er en Oversidder. Han havde faaet alle Bøgerne, et brugt latinsk Leksikon til 6 Kr. Muk sagde, at Du vilde ikke af med Dit og det var desuden en gammel Udgave. Knægten var helt vel tilpas derinde. Han kan godt faae Værelset nede til Vinter, dersom vi vil have det; - Jeg var ogsaa hos Frøken Berg – Fru Larsen – hun er meget glad og lykkelig har et aldeles nydeligt og flot Hjem og 2 søde Børn, der er saa glade ved hende og straks kaldte hende Moder. Hendes gl. Moder boer hos dem, hun bad mig med til Vin og Kage, hun vilde absolut takke mig ”fordi jeg havde været saa god mod Monica.” – Hos Kirsten var jeg en Visit, hun er meget bedrøvet og nervøs over Johan, det trækker saa længe ud, inden Saaret vil læges. – Muks var meget vred over al den Uorden, der fandtes paa Skolen, de kunde intet Skema faae og maatte rende hver Dag for at faae Timerne at vide havde dem paa forskellige Tider af Dagen. Det er nok tvivlsomt, om de faaer Gredsted i Dansk, endnu er da intet bestemt derom. – Jeg er slet ikke bange om Natten, fordi jeg har Hunde i Gangen og i Køkkenet; ellers plejer jeg jo at være saa angst og vilde da have været det særlig i Aar ved Tanken om de mange Mord. Vi har af og til Munter med en Tur, Moder og jeg gaaer gærne om Aftenen. En Dag jeg var ude ved Skovfogedens alene, havde Munter nær ødelagt en Stenmand han maatte rejse sig og slaae til ham, forstaaer sig, det var bare Venlighed. Jeg kaldte, men den kom ikke, saa gik jeg ned i Grøften og tog et Ris, men da den saae det langtfra, saa tog Pokker Hunden hjem efter, og der laa den og fik saa nogle Rap af Riset, da jeg kom, men jeg kunde da ikke slaae, saa Asenet kunde mærke det, den holdt det aabenbart for en Leg. Moder er meget gode Venner med den. – H.P. har i mange Dage kørt Jord fra Engen over paa Marken, saa har Alhed med en eller anden taget Smaaturene med Dora, bl.a. i Gaar i Højrup at hente Fisk og flere Ting; vi saae Poulsen trække af med Stationsforvalteren, formodentlig skulde de ned at have Toddyer Kl. 11 om Formiddagen. – Degnen var her i Formiddags for at spørge til Dig og Syberg; denne havde jeg Brev fra forleden, det staaer (efter det) meget trist til med ham. Lægen følger med megen Interesse hans Befindende han drikker af en kold Brønd, 38⁰ sover daarligt om Natten gaaer stadig med Hovedpine og Smerter i Underlivet. Humøret er snert og Kræfterne kan ikke strække til en L’hombre om Aftenen, hvad gl. Breinholt faaer med to Familier. Men han ser jo altid meget sort paa det og Bedringen kunde da ikke mærkes saa hurtig. – Thorvald er nu indstalleret i Masnedsund foreløbig i Muncks Lejlighed til Oktober Flyttedag. Han var nogle Dage med sin Moder paa Rødkilde (Møen) hvor Harald endnu er ved noget Gymnastik. – Ja nu troer jeg ikke der findes mere Stof, og det, der ["der" indsat over linjen] var, vil Du maaske synes er noget ubetydeligt at spilde Tid paa at skrive og læse. Ja det er sandt, Gjelskov fik indavlet i Fredags, altsaa næsten uden Regn. Vil Du ikke fortælle den vigtige Stilling, at man kan køre Rug ind omtrent straks, naar den er høstet. – Unge Greve har været her med en stor aldeles dejlig Melon, Visse og Nete var her i Lørdags til Middag, og da havde vi den. De kom for at bede os til Søndag. 
+Vil Du nu hilse Mis og især min Pelle saa meget. 
+Kærlig Hilsen fra Din Smaa.
+Moder og Børnene sender Hilsener. Plager Greven Dig med Forretninger? 
+[Indlagt seddel:]
+Vil Du i næste Brev sige mig, om Du vil faae Mis eller Elle til at købe og sende derfra – eller om Du selv tage med, - Konfirmationsgaver til Gustav og Ernst Knipschildt. Jeg synes det skulde være Guldknopper. Til Viktor Schroll maa jeg vel helst faae et Rejsetæppe eller en Haandkuffert i Odense? Jeg vilde meget gerne have Dig til at føre en god – ikke for stor Svamp med hjem til mig, samt 2 Æsker Tandpulver, - Bational hos Benzon, Østergade. Elle kan jo besørge det.</t>
+  </si>
+  <si>
+    <t>1903-5</t>
+  </si>
+  <si>
+    <t>USA
+Mass.
+Dorchester</t>
+  </si>
+  <si>
+    <t>Ingeborg Abrahams
+Ellen Agnete Amstrup
+Louise Amstrup
+Thora  Branner
+Wilhelm Branner
+Johannes Nicolaus Brønsted
+Louise Brønsted
+Niels Elgaard Amstrup
+Alfred Goldschmidt
+- Grønlund
+Jens Hammer
+Grethe Jungstedt
+Alhed Larsen
+Johannes Larsen
+Christine  Mackie
+William Mackie
+Mogens Mogensen
+- Mogensen, Fru
+Otto Emil  Paludan
+Ditlev Schroll
+Hempel Syberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Laura Warberg var på besøg hos sine to døtre i Boston fra ca. marts til juni 1903. 
+Hellig Olav var et af Skandinavien-Amerika Linjens (DFDS) tre søsterskibe. De andre var United States og Oscar II. Frederik VIII kom til i 1913. Hellig Olav blev søsat 1902 fra Glasgow værftet Alex Stephen &amp;amp; Sons, målte 158,5 x 17,8 meter og var indrettet til transport af 1170 passagerer, 130 på 1., 140 på 2. og 900 på 3. klasse. Hellig Olav kom til København i 1903 og blev sat ind på sin rute fra København til New York. (http://www.liners.dk/ship-dk/Hellig_Olav/Hellig-Olav-dk.html)
+Det vides ikke, hvad der menes med, at Peter fik land, eller hvem han var. 
+Alfred Goldschmidt og Astrid blev gift i 1904 og skilt i 1914.
+Det vides ikke, hvem "Hollufgaardene" er, men Hollufgaard er en herregård, der ligger nær Odense. 
+I Danmark blev pund (svarende til 500 gram) anvendt frem til metersystemets indførelse i 1907.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 0007</t>
+  </si>
+  <si>
+    <t>Johanne håber, at rejsen er gået godt, og at Christine og Billy ikke fortryder tilbuddet om, at hun selv må komme til Boston. Hun har købt billet. Moderen må skrive og fortælle om drikkepenge, bagage, banegårde mv. 
+Peter fik land.
+Astrid/Dis er glad for Alfred og for sit bryllup. Johanne har besøgt Alfreds familie og været i Astrids lejlighed. Hun har også besøgt Thora/Tutte og Branner samt Hempel Syberg, og Thora og Branner har været med i Hillerslev. Der har været fødselsdagsmiddag på Gelskov.
+Johanne har været på kirkegården og plante blomster.
+En masse medlemmer af familien har lejet sig ind på Erikshaab om sommeren.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/3BSF</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Laura Warberg
+c/o H.E. Sawyer
+244 Columbia Road
+Dorchester
+Boston
+Mass.
+U.S.A.
+[I brevet:]
+Kæreste Mor! Jeg har ment, at jeg gærne vilde have haft Brev fra Amerika før jeg skrev igen, men jeg maa vist hellere faa sendt et Par Ord over til dig nu, ellers faar du vist for længe at vente – det er jo en Mulighed (jeg haaber dog, det er en _U_mulighed) at ingen af de andre skulde have skrevet til dig endnu. Nu maa du da være derovre; i Dag er det jo akkurat 14 Dage, siden du gled af Sted; jeg har intet kunnet se om den hellige Olaf, men paa Stationen plejer de at vide Besked – jeg haaber, den har været en heldig Olaf, her va ["va" overstreget] har Vejret været et non plus ultra af Dejlighed, saa jeg kan ikke tænke mig andet end at Rejse har været udmærket for dig. Jeg glæder mig til min – er stadig glad ved den tagne Bestemmelse, men er frygtelig spændt paa at høre hvad Christines Mening om det er, bare hun nu ikke fortryder sit Tilbud! Og bare Billy dog nu ikke er ked af at faa mig derover, men nu er det gjort – Billetten er taget – den billigste 1ste Klasse 220 Kr, de 20 Kr. vilde jeg nok give for at have Adgang til Promenadedækket. Vil du ikke nok skrive lidt udførlig til mig om der er noget særlig at iagttage; f. Ex. hvor mange Drikkepenge, man skal give og til hvem. Stuepige? Kellner?? o.s.v? samt hvordan jeg skal forholde mig i New York, mest med min Baggage, Haandkuffert og saa det indskrevne, hvad Banegaard jeg skal til, Fortaering o.s.v. Du giver mig nok lidt god Besked, nu du selv har prøvet det. – Mon du ved, at Peter fik Land, eller mon jeg skal være den første, der fortæller dig det, der var for Resten vist ikke stort tilovers; de andre Stakler er jo midt i det, jeg ved ikke noget om hvordan det gaar. - - Lille Dis faar jeg forfærdelig fornøjelige Breve fra med Strømme af Lovtaler om lille Alfred Hendes Bryllup var saa nydeligt og jeg syntes rigtig godt om [skrevet over linjen: ”om”] de gamle og Svogre og Svigerinder. Dagen efter var jeg ude i Charlottenlund hos Ingeborg Abrahams spiste Frokost hos hende og vi [skrevet over linjen: ”vi”] gik saa begge hen til Disens Lejlighed , hvor vi hang Gardiner op og ordnede lidt den var ganske henrivende i al sin Tarvelighed, det var saa sjovt at se de gamle Erikshaabs Møbler derude. Jeg boede hos Lugges, og blev helt indtaget i Magisteren, saa sødt han dog gaar og hjælper hende, jeg var forfærdelig glad ved at besøge dem. Jeg blev til Søndag, da jeg skulde ledsage Lugge + Skrierbarn, saa fik Lugge mere Tid til at ordne sine Sager. - - I Torsdags var jeg for første Gang paa Cycle i Odense, og da jeg ved 10 Tiden kom til Hunderup fandtes Branner og Tutte; Fruen endnu i Sengen med Kaffe, Cigaret og - - Konfekt; jeg nød saa Frokost derude og en Cigar sammen med dem ude i Haven og tog saa til Byen til mine Time, senere en herlig Middag og – med O. Syberg i godt Humør. Om Lørdagen vilde de besøge os (11te Juni, Termin, du kan tro jeg var ængstelig ved at overbringe [papir mangler] den Besked, men han blev da glad [papir mangler] Tutte og Branner kom spaserende fra Hillerslev hvor Onkel Syberg havde sat dem af, han skulde have Møde i Højrup de fik en lille let Frokost med Chokolade, saa naaede vi en lille Tur ud paa Brinken hvor Branner til min Glæde var Begejstringen selv over Skønheden, og kom saa hjem til Middag Kl. 4, til hvilken Tid Onkel Syberg indtraf. Supper m. Kødboller og nye Gulerødder, en dejlig Aspargesbudding, Fedekalvesteg m. Compot og vellykkede Vandbakkelser fyldt med Crȇme; O. Syberg nød 3-4 af dem (uden Crȇme) og spiste i det hele tappert af alle Retterne. Middagen var jo ogsaa basseret paa ham. De tog af Sted Kl godt halv 7 og Kl 7 skulde vi være være ["være" overstreget; "vi" indsat over ordet] være paa Gjelskov til Fødselsdagsaftensmad sammen med Hollufgaardene og Amstrups. Min Appetit var upaaklagelig – naar man er Værtinde faar man ikke saa meget godt af Maaltiderne, de andre var jo derimod lidt tilsatte. I Gaar var det Fru Mogensens Fødselsdag og jeg alene var inviteret med sammen med Doktorens og Hammers; jeg var frygtelig fin i min nye Molls, den du var med at købe og Vejret var straalende og varmt, men Selskabet - - ja Maden og Anretningen var extra fin, men ellers – naa, jeg vil ikke skose. 
+Jeg var forleden Dag nede i Højrup og købte hos Gartneren nogle Sommerplanter som jeg tog med til Kirkegaarden [utydelig skrift] arbejdede jeg saa i flere Timer med at luge, plante og vande og der blev saa pænt, syntes jeg; der er smukke Tulipaner endnu og Stauderne og Roserne staar godt, men den Rose, som vi plantede i Foraaret, tror jeg ikke der er Haab om. – Ellers er der intet nyt under Solen – jeg glæder mig til at Lugge, Mag, Be, Las, Dis og Goldschmidt skal komme først i Juli; jeg har faaet Lov til af Pallam, at de maa leje sig ind; tænk hvor dejligt, om vi kunde faa lidt gammel Sommerferiestemning. Paa Søndag kommer Fru Grønlund fra Odense og bliver en Uge; det glæder jeg mig skutte til. Hils dem alle tusind Gange, jeg er saa spændt paa at høre hvordan du har det derovre, om du befinder
+[skrevet på tværs øverst på s1:]
+dig vel og hvordan du synes de har det derovre, begge Sættene, skriv endelig lidt udførlig om det. ----- Hermed et Brev fra Molle som jeg aabnede og besvarede, fik straks Brev igen, hendes Tvillinger vejede hver 6 danske Pund, da de blev født, det maa rigtignok have været en drøj Omgang for den lille bitte Molle. Hun var imponeret over din Amerikarejse. – Paa Arreskov er der ingen videre Forandring maaske lidt daarligere. Pallam har terminstravlt men i helt godt Humør. Tilsidst tusinde Hilsener fra din Junge. Kys lille Grethe fra mig.</t>
+  </si>
+  <si>
+    <t>1904-12-06</t>
+  </si>
+  <si>
+    <t>København Ø
+Rosenvej 2</t>
+  </si>
+  <si>
+    <t>Mass.
+Brookline</t>
+  </si>
+  <si>
+    <t>Ellen Beck
+Jørgen -, Erikshaab
+Alfred Goldschmidt
+Ernst Goldschmidt
+Henriette Goldschmidt
+Johanne Goldschmidt
+Johannes V. Jensen
+Adolph Larsen
+Alhed Larsen
+Andreas Larsen
+Jeppe Andreas Larsen
+Johan Larsen
+Johannes Larsen
+Marie Larsen
+Vilhelmine  Larsen
+Christine  Mackie
+William Mackie
+Christian Mogensen
+Otto Emil  Paludan
+- Petersen Bøgebjerg
+Ellen  Sawyer
+Anna Syberg
+Fritz Syberg
+Hempel Syberg
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Astrid Warberg tog i 1878 i Odense præliminæreksamen, og læreren eller lederen på dette sted var kaptajn. Det må være ham, hun nu opsøgte igen. 
+Det vides ikke, hvem personen som Astrid og Johanne drak Madeira med på Erikshåb var.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0285</t>
+  </si>
+  <si>
+    <t>Astrid Warberg-Goldschmidt og Johanne Goldschmidt har været på rejse. Først tog de til Kerteminde, hvor Alhed bød på dejlig mad i det yndige hus. Adolph Larsen deltog, og Johanne sang om aftenen. Der var besøg af Dr. Petersen med frue, og de tog kvinder besøgte både Johanne Larsens forældre og Syberg-familien. De var også på tur til Lundsgårdsklinten og Hverringeskoven.
+Den følgende dag skulle Christine/Uglen afsted til sanatoriet, og hun var trist. 
+Astrid besøgte i Odense Hempel Syberg og sin "kursuskaptajn", som pralede af hende. Hun fik taget fotos af sig selv og sender dem. 
+Turen gik videre til Erikshåb, hvor Paludan havde frisket sin stue meget op, og hvor de to følte sig velkomne. Forpagter Mogensen kom på besøg. Astrid og Johanne drak Madeira den halve nat. 
+På hjemturen var de til koncert i Odense og i København til en vild "Jødesammenkomst" i anledning af Ernst Goldschmidts fødselsdag. Astrid og Alfred var til koncert med Leopold Rosenfeldt, som de også skulle holde jul hos. 
+Det er trist og ensomt for Astrid, når Alfred rejser hver mandag morgen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/xLht</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Frøken Johanne Warberg
+[Doktor WC. Mackie]
+54 Coolidge Str.
+Brookline
+Mass.
+U.S.A.
+[På kuvertens bagside:] 
+A Goldschmidt
+Rosenvej 2 III
+Kjøbenhavn Ø.
+Denmark
+[Poststempel]
+[I brevet:]
+Rosenvej 2, 3 Kbh Ø.
+Tirsdag Aften 6te Dec 1904. 
+Kære lille Junge! Du skriver i Dag, at hvis mine Breve nu udeblev, så vilde Du savne dem meget – og nu har jeg snydt Dig 2 Gange – forrige Mandag sendte jeg kun et lille lumpent Kort – jeg havde Hastværk til Rejsen – og sidste Mandag var jeg på Erikshåb. Derovre fik jeg et langt godt Brev – og i Dag til Morgen fik jeg ogsaa ét – og for dem begge takker jeg meget. – Du kan ellers tro, at Fyensturen var brilliant – skønt den egentlig blev meget kortere, end jeg oprindelig havde tænkt mig. Sagen var nemlig, at jeg tog Johanne Goldschmidt med – jeg havde saadan Lyst til, at hun skulde se Stederne derovre – og hun var da også vildt begejstret på hele Turen. Hør så: Det var en Torsdag, at vi omsider blev udrustede – og mødtes Kl ½ 1 på Hovedbanen – og Vejret var så venligt at være strålende dejligt – rigtig Solskinsvejr, hvilket er sjældent nok nu om Dage. Et såre yndigt Syn mødte mig strax på Banegården – Johanne – høj og frisk og smilende ud af et overstadig godt Humør – og på hver Side af hende – begge ["begge" overstreget] vore respektive Mødre – den ene givende Formaninger – den anden ventende på også at give Formaninger – jeg siger Dig, at de så uhyre søde ud alle tre – så kom vi da af Sted – og for Resten gav ikke den ene den anden noget efter i Retning af godt Humør – og skønt det anstrengte vore Stemmer meget – så snakkede vi dog hele Vejen – lige til Odense. Da vi så kom over i det lille Kertemindetog, faldt vi mærkelig sammen og hvilte trætte lige til Kerteminde. Dèr modtog Las os og vi drog op - og ind i lyse, dejlige Stuer, hvor Be – gæstemild og glad - modtog os; også Ungerne udviste Begejstring, der steg uhyre, da vi kom frem med mange herlige Sager, der lå gemt i vore Kufferter.
+Så kom vi ind og blev bænket ved et af B’s bekendte bugnende Måltider: Der var varmt Revelsben – der var Sylte og Rødbeder – stribet Flæsk og Gåsefedt – og Æblesmør – og så mange dejlige Ting – og naturligvis små røde Snapse. Til disse sidste indfandt sig Agraren, der strax vandt Johannes Hjerte – ligesom han i Fjor (til min Glæde) vandt Alfreds. 
+Ud på Aftenen spillede jeg mit lille udvidede Repertoire for dem, og fik Ros af Be. Og til sidst sang Johanne – og det gør hun dejligt. Om Fredagen var Dr Petersens dèr i Besøg, han er en kunstig lille Fyr – og Konen var ganske anderledes end i Sommer; jeg mener, at dengang kom der ikke mange Pip fra hende, men nu skal jeg love for, at hun pippede – (og mere var det da heller ikke.) Tillige så vi den Dag Marie og Uglen. Du ved vel at Uglens Lunger er angrebne, hun skal på Haslev Sanatorium. 
+Lørdag Aften var vi bedt med ned til Kunstnerens til Aften; forinden var vi en lille Mørkningsvisit ovre i Kærbyhus – Johanne og jeg – vi traf gamle Larsen, Fru L. Marie og Uglen; de var rasende søde – og der var lunt og hyggeligt. 
+Så gled vi hjem igen – pyntede os en Smule – og fulgtes så med Las og Be – i det ubeskriveligste Uføre – ganske bundløst – over Markerne ned til Gården. I Guder! hvilken Skønhed i deres Stuer! det var jo sådan, at man blev helt stille derved. 
+Næste Dag var det Søndag; vi var om Formd. en herlig Tur i Klinten sammen med Agraren. Det var blidt og stille Gråvejr – Vand og Himmel gik i èt – og vi måtte stå meget længe oppe på den høje Klint og se ud over det altsammen. – Da vi kom hjem, havde Be Festmiddag til os - Kyllingesteg og fin Dessert. I Mørkningen kom Marie og Uglen og Agraren efter os alle til Tur – vi gik da allesammen – også de yndige Unger – omtrent helt op til Hverringe Skov. Solen var gået ned – men havde efterladt den mest storslåede røde Purpurhimmel – så vi måtte blive ved at vende os om – og Vandet farvedes med det fineste Rødt – pragtfuldt var det! oppe ved Hverringeskoven stod vi stille allesammen i Tusmørket og så ned over den lille By, der lå nok så fredeligt med det røde Skær fra Himlen henover sig – og Ungerne løb legende ind på Grønmarken – men der var så sært stille – og det var bleven temmelig mørkt; så kom de tilbage og stod ganske stille hos de voksne. Og så gik vi hjem. 
+Næste Formiddag rejste jeg med 11 Toget til Odense – Johanne blev til 3 Toget – jeg fulgtes derud med Uglen, denne fulgtes af Marie, Uglen skulde nemlig til Sanatoriet. Jeg var meget glad over, at det traf sig sådan med min samtidige Rejse, for jeg opmuntrede Uglen en hel Del – hun var naturligvis noget nedstemt. Vi gik på Konditori sammen og havde det rart og hyggeligt. – Så gik jeg et Par Besøg - til Onkel Syberg på Kontoret, og til min Kursuskaptain – Konen tog imod mig og sendte mig lige ind i Skolestuen, der var myldrende fuld af Lømler og Lømmelinder, der alle – med megen Larm – rejste sig, da jeg kom ind. Kaptajnen blev synlig glad – sagde strax – med en bred Håndbevægelse – halvt præsenterende – det er Mesteren for alle de danske Stile, vi læser op! Og de gjorde jo store Øjne, og jeg lo naturligvis. Så tog Kaptajnen fra Bordet en lille Klatpapirsvugge [tegning], Du kender dem nok, og viste mig den – i Låget fandt jeg da – under slebet Glas - mit eget Grinebillede! Det var jo en stor Ære! uha – År ud År ind skal man sidde der og grine til Alverdens Lømler. – Så gik jeg op at blive fotograferet – og sender hermed 3 Billeder. Du skal have det ene og så vil jeg bede Dig give Ella og Mornine hver sit også. Det er jo en lille tarvelig Julegave, men i År kan det ikke blive til mere – vi er jo i en fornem Gæld, vèd Du. (Fl[ulæseligt])
+Nå, ved 5 Tiden mødte jeg med Johanne på Banegården og vi gled til Højrup, hvor Jørgen holdt efter os. Og vi kørte i buldrende Mørke – lidt Snuskregn --- og vild Jubel – til Erikshåb, hvor alle tre Indvånere modtog os – og velkommede os på det kraftigste – i godt Humør allesammen.
+2)
+Der var lyst og varmt og hyggeligt alle Vegne. Men helt imponeret blev jeg i Pallams Stue – der er kommen meget unikke Tapeter, der navnlig fremhæver de smukke Møbler på en ganske ejendommelig Måde – især det store Chatol tog sig ganske pragtfuld ud på den lyse Baggrund; og saa var det poleret op, så alle de små dejlige Indlægninger kom ordentlig til deres Ret – jeg forsikrer Dig det var en Nydelse af Rang at se på det gamle ærværdige Stykke. Vindues- og Dørkarme var malet hvide – også det så udmærket smukt ud. – Vi mærkede tydeligt – også dèr – at vi kom umådelig tilpas og var meget velkomne, og det gir sådan hyggelig Fornemmelse. De første Dage fulgte stille og roligt, man befandt sig i et stadigt Velvære – om Aftenerne spillede og sang vi henholdsvis den ene og den anden. Og om Dagene gik vi herlige Ture – én Formiddag på Orene, fulgt af Forp Mogensen, der tilfældig stødte til på Vejen, han var gudskelov i helt fornuftig Lune – jeg lider ikke, når han er altfor vittig. – Den sidste Aften (Onsdag) var det så kedeligt, at da J. skulde med 6 Toget til Spilletime i Fåborg; og netop da de havde bedt Mogensen til fin Aften på os ForpM. havde Guitaren med og sang alle sine Viser, jeg måtte sidde og puffe til Johanne hele Tiden for at få hende til at le – af Viserne gjorde hun det ikke. Senere sang Johanne. Kl 11 gik de – netop som da J. ankom. Han indbød os til at se sin Stue – vi sagde da Godnat nede og drog – feststemte (effera "effera" overstreget op i d[ulæseligt] J’s Stue. En go Flaske dry Madeira samt 3 små blanke Glas (jeg forklarede Joh. at de blev vadsket henne i Vandfadet mellem hvert Sold) og så dryssedes et Væld af Cigaretter ud over Bordet – og så soldede vi og sludrede og røg til Klokken blev umådelig mange – over 2. Def. fulgte os ned - og i Sovekammeret fortsatte Sludderen endnu længe – så hvis det havde været Sommer, havde det været højlys Dag for længe siden. En uhyre vellykket Aften. 
+Vi måtte (desværre) op 7 næste Morgen. Tog nemlig af Sted med ½ 11 Toget. Jeg mindedes vor Rejse for 6 År siden – vi skulde høre Leonard Bonvick. Denne Gang bumlede vi for at høre Ellen-Beckaften. Vi var noget triste ved Afrejsen begge to – og slet ikke glade over igen at skulde stampe i den beskidte og usunde By. - Begge Mødre modtog på Banegården – og vi traskede hurtigt af Sted med hver sin. Mor sagde Farvel strax – jeg måtte klæde om i susende Galop og så påen igen. Ellen Beck var dejlig at høre selv om man også var nogen forsviret. 
+Næste Dag gik jeg til Frokost hos Mor og berettede om min Rejse. Og næste Dag igen var nu i Lørdags. 
+Lørdagen er en hel lille Fest for os – så kommer nemlig Alfred hjem. 
+Denne Gang havde vi desværre det Uheld, at vi skulde til Johannes Fødselsdag – der var stort Selskab. Uha, jeg var så ked af det – og kunde dårligt nyde alle de brave Mennesker – mest Ernsts Kunstnervenner – alle meget søde og flinke. Vi var 22; og til sidst nåede Stemningen det Punkt, der er karakteristisk for alle Jødesammenkomster – de hylede sang – slog på Tromme – hvinede – hoppede – sprang – dansede – klappede - - - - - frembragte en ulidelig Støj. Vi var først hjemme Kl 3. Og så kan Du tænke Dig – Alfred var tilsagt at møde i Forretningen Kl 9 næste Morgen!! Vi skrev da naturligvis, at han først kom Kl 10 – men det var da lumpent alligevel - er jo Søndag – og den eneste Dag vi har sammen. Sovet ud fik han jo ikke engang. Han kom først hjem Kl ½ 12 – og Kl 12 ½ gik vi til Middag hos Mor – sammen med de to andre Sæt. Der var dejlig hyggeligt – og vi var der nogle gode Timer. Saa gik vi til Palækoncert, hvor (jeg for 2den Gang) vi hørte Leop. Rosenfeldts nyeste: ”Henrik &amp;amp; Else” for Solo – Kor og Orkester. Det er meget smukt – Onkel Leopold måtte – skønt nødig – frem fra sin Pille og bukke, sådan klappede de. Så gik vi hjem og meget tidlig i Seng; Mandag sov vi (trætte som vi var) over os, nåede ikke at drikke Kaffe – og jeg nåede ikke at følge Alfr. til Skibet, som jeg altid plejer, og det var meget trist – ja, Du aner ikke, hvor disse Mandag Morgener er melankolske – enten det nu er når jeg har fulgt Alfred – og kommer hjem til et halmørkt – iskoldt Hus – og så uendelig tomt – eller som denne Mandagmorgen, når Alfr. løber fra det hele – ud i de mørke, våde Gader med alle de søvnige Lygter, mens jeg bliver ene tilbage – frysende og ensom uha ha! En grulig Måde at være gift på – jeg glæder mig snart ligefrem til at komme til Malmø! Og hver Gang varer det flere Dage, inden jeg kommer til Hægterne. Sørgmodighed var da alene Grunden til, at jeg ikke skrev til Dig i Går – og nu må jeg hellere vente til i Morgen – så får Du det vist lige til Jul; men ved Du hvad – jeg kan skam ikke ønske glædelig Jul allerede nu – så sender jeg hellere et lille extra Kort på Søndag – det når Jer nok. Vi er bedt til Leop. Rosenfeldt Juleaften – det er nok en Ære for os; vi går dog først til Mor, sammen med de andre. Det er nemlig kl 5 ½ det andet først c 9 ½. Det kan nu blive ganske morsomt – de siger, det er uhyrefestligt – en Masse Musik. De er der altid Juleaften (Goldschmidterne). Pallam har bedt mig besørge en Bog til Dig – nu håber jeg Du bliver glad for Dronning Gåsefod – jeg besørger den sendt i Morgen – hvis den ikke findes så tager jeg Joh. V Jensen: Nye Himmerlandshist. At Du ved, det er fra Pallam.
+Tusind kærlige Hilsner til Eder begge to - og allesammen
+Dis.</t>
+  </si>
+  <si>
+    <t>1896-10-24</t>
+  </si>
+  <si>
+    <t>Ludvig Brandstrup, billedhugger
+Carl Høyrup
+Jeppe Andreas Larsen
+Vilhelmine  Larsen</t>
+  </si>
+  <si>
+    <t>Johs. Larsen har kørt Ellen til Nyborg og kom for sent til Teknisk Skole.
+Alhed skal til København og til Brandstrups barns dåb.
+Johs. Larsen går på jagt.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/QHCG</t>
+  </si>
+  <si>
+    <t>Kjerteminde 24 Octbr. 1896.
+Kæreste Alhed!
+Tak for Brevet. Jeg fik det i Tirsdags og var lige ved at sætte mig til at skrive til Langeland strax men kom saa i Tanker om at det var om Morgen tidlig at De skulde rejse, og sa kunde det jo ikke naa sig. Jeg har ikke været i Odense endnu og da jeg har faaet Lærred, og bliver det vist ikke for det første jeg kommer derud. Jeg var oppe hos Hørups i Forgaars, og han havde netop et Stykke Lærred liggende af den Størrelse og den Slags jeg skulde bruge og det laante jeg saa af ham. 
+I Gaar var Christine og jeg ude i Nyborg med Ellen og fik hende sendt med Færgen. Det var jo Meningen at hun skulde have fulgt med Fader og Moder naar de rejser til Sverige, men nu trak det jo saa længe ud med Tærskningen og i det [de] sidste Dage har Fader ikke været rigtig rask saa Rejsen er foreløbig udsat. Det var et dejligt Vejr at køre i men noget koldt paa Hjemvejen. Jeg skulde have været ned paa den tekniske Kl. 7 ½ men da jeg kunde regne ud at jeg vilde komme en Time for sent havde jeg sendt Bud til den anden Lærer om at se efter min Klasse den første Time, han var imidlertid ogsaa forhindret og da jeg kom derned var han endnu ikke kommen og kom først ½ Time efter. Ham der blev hældt ud gik det meget godt med. Borgmesteren havde været nede hos Forældrene og sige det saa han kom ikke mere.
+Jeg sidder og lægger mit Billede an i Dag, det [er] for Resten lumpent at sidde inde i saa smukt Vejr. Det er sandt. De har vel ikke hørt noget endeligt om hvornaar De skal til Kjøbenhavn og døbe det Brandstrupske Barn, for saa kunde De lade mig det vide saa jeg kunde gaa ud til Nyborg og faa Dem at se i Forbifarten. Jeg har været en Del paa Jagt i denne Uge men ingen Ting faaet naar jeg undtager en Hare i Mandags, det er kedeligt for Tjalfes Skyld at jeg ikke kan skyde nogle Høns for ham, men dels er de temmelig vilde og flyver for tidligt op og dels begynder jeg at faa den Overbevisning at jeg ikke mere kan ramme en Agerhøne og det gør mig nervøs og naar vi saa endelig finder Høns skyder jeg forbi. Mange kærlige Hilsner fra deres hengivne
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1897-05-28</t>
+  </si>
+  <si>
+    <t>Carl Høyrup
+Vilhelm Larsen
+Christian Møller, maler
+Theodor Oppermann
+Christine Swane</t>
+  </si>
+  <si>
+    <t>Kertemindebanen (jernbane) er ved at blive anlagt. Den gik på strækningen Odense-Kerteminde-Dalby og blev senere udvidet fra Dalby til Martofte på Hindsholm nord for Kerteminde.
+Banen blev indviet i april 1900. I Kerteminde var banegraven lige bag Svanemøllen, som I.A. Larsen ejede. Johannes og Alhed Larsen byggede i 1901-2 deres villa ganske tæt på Svanemøllen.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen maler på dekorationer til dørene på herregården Ulriksholm.
+Pæretræet er afblomstret, så han kan kun male på omgivelserne på billedet af det.
+Billedet af guldregnen bliver heller ikke færdigt i år, da træet kun har få blomster tilbage.
+Der arbejdes på nyanlæg af jernbane i Kerteminde.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/zfJQ</t>
+  </si>
+  <si>
+    <t>Kjerteminde 28 Maj 1897.
+Min egen Kæreste!
+Som du meget rigtigt bemærker, var jeg lige ved at blive overrasket ved at faa Brev fra Dig i Gaar, men jeg havde dog lige i Forvejen tænkt paa at det vilde være rart om der kom et. [I Dag] har det regnet hele [Dagen] saa jeg far ikke [noget af papiret mangler] male paa mine [Bille]der, jeg har derimod [noget af papiret mangler] et af de Billeder til Dørene paa Ulriksholm med Pariserblaat paa et Stykke hvidmalet Pap for at øve mig. I Eftermiddag har jeg ikke bestilt stort andet en[d] at skrive Breve, nemlig til Christine, Oppermann, Peter og min Kæreste. Pæretræet er nu afblomstret, men jeg er egentlig naaet videre med det end jeg havde ventet og jeg kan ogsaa nok naa lidt paa Omgivel[serne] endnu, jeg skal [noget af papiret mangler] at have begyndt [noget af papiret mangler] Guldregnen, men [den] bliver jeg heller ikke færdig med i Aar, da der kun [noget af papiret mangler] faa Blomster paa den. Jeg tænker at jeg kan komme ned til Dig først i Ugen efter Pintse. Klax var her Brev fra i Gaar han fik ogsaa 1ste Karakter til denne Examen men stadig ikke mere end nødvendigt. Han har jo nu kun et Fag, Landmaaling tilbage og deri skal han have mg. for at blive [Kan]didat med 1ste Karakter. [noget af papiret mangler] ulde have set en [noget af papiret mangler] lig Ugleunge, som [noget af papiret mangler] lille Fætter A[ulæseligt] var inde og vise os i Aftes da vi sad og spiste, den [saa] ualmindelig værelig [og] fornuftig ud. Maler [Møller?] skød forleden en Raabuk og i Forgaars Aftes var jeg deroppe og fik Dyresteg og Annanasfromage. Her arbejdes voldsomt med at stikke Banelinjer af for Tiden der er allerede lavet en Mængde, en af dem gaar op i mellem Møllen og Høirups Hus og skærer [noget af papiret mangler] og 3 af vore Marker [noget af papiret mangler] Nu Farvel for den[ne Gang] og mange kærlige [Hils]ner fra din hengivne 
+Johannes Larsen.
+Det er ellers nogle smukke Breve Du sender
+[Tegning]
+Det er sandt jeg lovede Dig [noget af papiret mangler] idst at sende en Teg[ning] af en af dem jeg skul[de la]ve paa Dørene her [noget af papiret mangler] er den, er det ikke [noget af papiret mangler]?</t>
+  </si>
+  <si>
+    <t>1900-10-16</t>
+  </si>
+  <si>
+    <t>Niels Bom
+Lars Bom 
+Harald Hansen
+Carl Høyrup
+Adolph Larsen
+Andreas Larsen
+Vilhelm Larsen
+Vilhelmine  Larsen
+Anna Madsen
+Otto Emil  Paludan
+Karl Petersen
+- Sørensen
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Alhed Larsen er formodentlig hos sine forældre på Erikshaab, mens Johannes Larsen indretter parrets nye bolig i Kærbyhus, Kerteminde. De meldte adresseændring 18. oktober 1900.</t>
+  </si>
+  <si>
+    <t>Johannes Larsens undervisning ved Teknisk Skole begyndte 1. oktober. Hans klasse skal tegne klodser og gips. 
+Høyrups flytter.
+Larsen sender 80 kr. og har opstillet et regnskab over sine udgifter.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/pZOj</t>
+  </si>
+  <si>
+    <t>Kjerteminde 16 Octbr 1900
+Min egen kæreste Alhed!
+Bare Du har det noget bedre nu, jeg længes meget efter at høre fra Dig og er saa bange for at den slemme Forkølelse skal blive ved i længere Tid. Teknisk Skole begyndte første Octbr, og Pladsen har staaet og ventet paa mig, jeg skal have en Klasse for mig selv oven paa og kun have Elever der tegner Klodser og Gips i Fjor var der kun 9 i den Klasse jeg tænker ikke det bliver saa slemt. Jeg begynder i Morgen Aften og faar 2 Timer Onsdag, Fredag og Lørdag, altsaa 6 Timer ugentlig, det tiltaler mig at der altsaa bliver nogle Fridage først i Ugen. Agraren kom i Gaar. Moder har nok skreven om at Høyrups flytter, de ere ved at pakke inde. Dis vil de nok have, men de vare bange for at der skulle blive for meget at bestille for hende i det store Hus og for hvad hun kan ud i Retning af Mad. De fæstede en rigtig pæn Karl i Gaar som var med samme Tog som jeg. Jeg sender her 80 Kr. de andre har jeg anvendt paa nedenstaaende Maade.
+Karl Petersen 125
+Snedker Bom 1800
+Skomager Bom 18,25
+Sørensen 900
+Steen 2000
+Harald Hansen 300
+Anna 600
+Paludan 2000
+-----------
+95,50
+Der var Brev fra Klaks i Dag med Fotografier i Uniform. Agraren og jeg ligger paa Atelieret. Mange kærlige Hilsner til Dig og den lille søde Puf. Hils ogsaa de andre, jeg kom jo saa trekantet af Sted fordi jeg ikke kunde finde min Hue.
+Din
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1900-10-23</t>
+  </si>
+  <si>
+    <t>Carl Høyrup
+Adolph Larsen
+Marie Larsen
+Christine Swane</t>
+  </si>
+  <si>
+    <t>Larsen skrev i sidste brev til Alhed, at han gerne ville have ram på en bekkasin for at male den. Og han har sendt hende bekkasiner, som hun kan spise.
+Det er usikkert hvem Frederikke er.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen vil gerne have skudt en bekkasin, men han har ingen fået. Han håber, at de bekkasiner, som han har sendt til Alhed, smagte hende.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/3EQQ</t>
+  </si>
+  <si>
+    <t>[Kertemi]ne d 23/10 1900.
+Min egen kæreste Alhed!
+Jeg har ikke noget videre at berette i Dag. I Formiddags var jeg oppe hos Allerup, som havde Blommer med og lovede at sende 5-6 Pund i Dag. Marie, Uglen og Agraren skulde til Frederikkes Fødselsdag i Gaar og i Haab om at faa fat [noget af papiret mangler] Bekkasin tog jeg [noget af papiret mangler] men fik ingen, [men der]imod god Mad [noget af papiret mangler] Toddy og en udmærket Melon. Jeg haaber at Bekkasinerne maa smage Dig. Høyrups flytter alt hvad de kan. Mange kærlige Hilsner fra Din Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1901-07-02</t>
+  </si>
+  <si>
+    <t>Svanninge</t>
+  </si>
+  <si>
+    <t>Christian Eckardt
+Carl Høyrup
+Georg Larsen
+Jeppe Andreas Larsen
+Marie Larsen
+Marie   Larsen, Georg Larsens datter
+Anna Marie  Larsen, Georg Larsens hustru 
+Vilhelm Larsen, Georgs søn
+- Madsen
+Hanne - -, malkepige hos Larsen i Kerteminde
+Anna Syberg
+Fritz Syberg
+- Thygesen
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Christine Swane er på sommerophold hos familien Syberg i Svanninge. Dis, er i huset som tjenestepige hos familien Larsen.
+Onkel er muligvis Christian Eckardt.</t>
+  </si>
+  <si>
+    <t>Vilhelmine Larsen har fået ny tjenestepige. "Hils nu Sybergs".</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/PG0R</t>
+  </si>
+  <si>
+    <t>Mandag
+Kjære Dinemor!
+Trods der ingen Brev var fra Dig skal Du have et Par ord. Dine Sko kom igaar; men Dis siger Spænderne er vendt forkert og han maa gjøre det om, men hvis han nu gjør Vrøvl saa sender vi dem som de er i Morgen; den anden gode Nyhed er den, at vi har faaet en Pige men kun en meget lille en, det er Skorstensfejerens den lille brunøjede som gik med Radiser; hun er jo dog konfirmeret. Faer har jo rigtignok gjort en Deel Nar ad mig fordi jeg tilstod dem 10 Kr om Maaneden for saadan en Bitte, men den af Thygesens var lovet bort til Odense til Schalkenborg til August og saa viste de mig ind til Madsens de sad just og skrev til Odense om at hun kunde komme derud, men var straks villig til at tage op til mig. Faderen blev ved at holde paa de 10 Kr – og jeg sagde ja, det skulde jeg vel ikke have gjort, vi troede hun havde kommen i Morges; men først nu for et Øjeblik siden arriverde hun, der blev saa pænt oppe paa Hannes Kammer da vi fik ordnet Sengen og Eders Vadskebord fik vi sat derind.
+Det er ellers godt som vi har faaet det fra Haanden i disse Dage – det hjælper meget naar vi er saa faa. Gud give os Helbred og saa at den lille maa være flink.
+Marie er med Fader i Marken vi slaar med Maskine idag – her er godt Vejr og vi skal vel slaa mere i morgen. Georg og Marie var oppe at se Føl i Aftes og Børnene var med i hvide Dragter med fine Fletter og V. stribet. De fik Kaffe og Boller. Hils nu Sybergs og vær glad og fornøjet – Kjærlig Hilsen fra Din Moder – jeg er begyndt at skrive alle Convolutterne ligge kun paa Rad Onkels og Dit kommer afsted iaften
+Din Moder</t>
+  </si>
+  <si>
+    <t>1901-09-27</t>
+  </si>
+  <si>
+    <t>Andreas Larsen
+Thorkild Rovsing
+Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>Alhed Larsens far er blevet opereret uden bedøvelse af Dr. Rovsing. 
+Lille Puf er nogenlunde rask, men noget bleg</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ukhH</t>
+  </si>
+  <si>
+    <t>Kære lille Larsi!
+Nu er jeg igen bleven narret med et Brev til Højru[p jeg] fik i Gaar Brev at Far [er bleven] undersøgt af Rovsing. D[et er] en Svulst og han raadede [til] Operation, men han ku[nne ikke] bedøve ham for Hjærtet. Den[noget af papiret mangler] være i Gaar og Du kan t[noget af papiret mangler] var beklemt hele Dagen [noget af papiret mangler] til Morgen fik vi Brev, at det var gaaet godt og det havde ikke [været] saa slemt, sagde Far selv. [Det v]arede kun ½ Time. Det er [dejl]igt, at det er overstaaet, men der kan nok være Grund til nogen Ængstelse endnu, hvordan Forløbet bliver. Han (Rovsing) havde sagt, at naar der ikke var Bedøvelse, var der ingen Fare ved selve Operationen. Far er ved godt Mod og i godt Humør. – Lille Puf var [noget af papiret mangler] ude i Gaar, og var hen[rykt] over det, men i Dag [er] det desværre Taage. Han [ser] saa bleg og ussel ud endnu [noget af papiret mangler], men Forkølelsen er [noget af papiret mangler] og i Nat har han for [første] Gang sovet ordentlig. – Nu maa Du jo komme med en Masse Penge. – Jeg skal sende Akvareller, na[ar der] kommer Bud til Højr[up].
+Der er Posten
+1000 Hilsner
+Din Alhed
+27 – 9 1901</t>
+  </si>
+  <si>
+    <t>19. feb. 1928</t>
+  </si>
+  <si>
+    <t>Ellen Hørup</t>
+  </si>
+  <si>
+    <t>Denne dag i Johannes Larsens dagbog indeholder en beskrivelse fra rejsen til Portugal, Madeira, De Kanariske Øer, Afrika, Italien og Frankrig.
+Dagbogen har notater fra afgangen i København den 14. januar 1928, til afrejsen fra Paris den 28, februar 1928.
+Blandt deltagerne i rejsen var Johannes V. Jensen, Brygger Jacobsen og sønnen Puf.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/ZzXmhCIy</t>
+  </si>
+  <si>
     <t>1948-07-23</t>
   </si>
   <si>
     <t>Christa Knuth</t>
   </si>
   <si>
     <t>Knuthenborg pr. Bandholm</t>
   </si>
   <si>
     <t>Birgitte Bøttern
 Kay Høyrup
 Adam Knuth
 Elisabeth Knuth
 Jeppe Larsen
 Christine  Mackie
 - Schaldemose</t>
   </si>
   <si>
     <t>Cadeau var Christa Knuths franske bulldog.
 Det vides ikke, hvem familien fra Faaborg og Jens var.</t>
   </si>
   <si>
     <t>Brevet er i privateje</t>
   </si>
   <si>
     <t>Det var trist med Cadeau. Johannes Larsen er ikke kommet igang med at male. Han har haft en masse gæster. 
 Det går fint med Jeppes allike.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/RJWX</t>
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:]
 Fru Lensgrevinde
 Chr. Knuth
 Knuthenborg
 Bandholm.
 [På kuvertens bagside:]
 Johannes Larsen
 Kjerteminde
 [I brevet:]
 Kjerteminde 23 Juli 1948.
 Kære Grevinde!
 Tak for Brevet. Det var jo trist med Cadeau, men han er jo saa bleven sparet for en besværlig Oldingetilværelse. Jeg haaber at I maa faa Glæde af hans Efterfølger. Jeg er endnu ikke kommen længere end til at skrive et Brev af og til, men jeg forbereder mig til at begynde at male inden ret længe. Vi havde i Forgaars Familien fra Faaborg + Fru Schaldemose med Søn og Datter til Frokost og ovennævnte + Kay og Søs til Middag, saa jeg var lidt træt i Gaar. Ellers gaar det som sædvanligt. Vi har et Par Gæster, min Svigerinde Fru Mackie og Fru Bøtterns lille Pige. Jeppes Allike trives godt den kommer stadig ind og sover hos os om Natten og bliver smidt ud om Morgenen ved 6 – 6½ Tiden. Mange Hilsner ogsaa til Børnene og Jens fra
 Din hengivne
 Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1924-03-12</t>
+  </si>
+  <si>
+    <t>Herr købmand  Christensen
+Esben Hansen
+Carl Frederik Høyrup
+Vagn Jacobsen
+Andreas Larsen</t>
+  </si>
+  <si>
+    <t>Bryggeren er brygger Vagn Jacobsen, Carlsberg.</t>
+  </si>
+  <si>
+    <t>JL arbejder hårdt på at nå at lave mange tavler med ænder som motiv.
+Han sender Alhed Larsen flere anvisninger vedrørende regninger.
+JL vil forsøge sig med at tegne en høg næste dag.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/qMNT</t>
+  </si>
+  <si>
+    <t>Kjøbenhavn 12 Marts 1924
+Kæreste Alhed
+Tak for Brevet. Et Par Ord i Hast. Jeg sidder og slider i det med Tavler til Dykænderne. Foreløbig Gaffelænder. Jeg har i [ulæselig] Dag lavet en Tavle omtrent færdig og gør mig Haab om at kunne træne mig op til at lave 2-3 om Ugen. Hermed et Kort fra Maleren Høyrup. Jeg har naturligvis ikke lovet Købmand Christensen et Træsnit, giv dem et Træsnit. Det er dejligt at Puf er glad ved at være derude og ved Arbejdet. Hermed 600 Kr. og Skræderregningen. Jeg fik Tøjet i Lørdags og det passer fortræffeligt. Sig til Esben Hansen at jeg skal lade dem sende de 400[ulæselig] for Loftet, naar jeg har malet det. Bryggeren har jo heller ikke betalt endnu saa det er jo du holdt Penge tilbage. Nu maa jeg skynde mig hen med Brevet inden vi skal spise, mere i Morgen. Jeg skal prøve paa at lave en Høg. Mange kærlige Hilsner
+Din
+JL</t>
+  </si>
+  <si>
+    <t>17. feb. 1928</t>
+  </si>
+  <si>
+    <t>Anders Botved
+Hartvig Frisch
+Ellen Hørup</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/B0CjgTjw</t>
+  </si>
+  <si>
+    <t>18. feb. 1928</t>
+  </si>
+  <si>
+    <t>Elise Hansen
+Peter Hansen
+Ellen Hørup
+Else Jensen
+Johannes V. Jensen
+Andreas Larsen</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/hTjU0m9t</t>
+  </si>
+  <si>
+    <t>1894-12-22</t>
+  </si>
+  <si>
+    <t>Gudrun Andersen</t>
+  </si>
+  <si>
+    <t>Torkildstrup</t>
+  </si>
+  <si>
+    <t>Marie Bredsdorff
+Thomas Bredsdorff</t>
+  </si>
+  <si>
+    <t>Christine Mackie var i 1894-1895 forlovet med Thomas Bredsdorff. De to blev ikke gift.
+Det vides ikke, hvad Thomas Bredsdorffs afdøde søster hed.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2653</t>
+  </si>
+  <si>
+    <t>Kort 1: Afsenderen glæder sig til, at Christine kommer til Torkildstrup 1. juledag.
+Kort 2: Gudrun ser frem til at vise Christine julestuen. Gudruns mor har det godt.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/eTQ9</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuverten:]
+Frøken Christine Warberg
+Erikshaab
+Højerup St
+Fyen
+[Håndskrevet på kort 1:]
+Torkildstruphjemmet 22/12 1894.
+Lille kjære Christine!
+Til Juleaften ville vi da ogsaa være med omkring Juletræet paa Erikshaab at ønske Dig en rigtig glædelig Julefest, med Din Tomas ved Siden dennegang Nu glæder vi os til at see Dig 1_ste_ Juledag, eller rettere, Aften, og have nogle gode Dage sammen under Juletræets Skygge. Tak, fordi ogsaa Du var med at smykke min dyrebare Søster Louise med Blomster Krandsen - ja her er det et stort Savn at Louise er gaaet bort fra sine søde Smaapiger [indsat i venstre margen; på højkant:] og os Sødskende hun var saameget for. Hils Alle Dine Kjære Kjærligt
+[Kort nr. 2:]
+Torkildstrup Julen 1894.
+Kære lille Christine!
+Nu har vi snart den dejlige Juletid, til den vil jeg sende Dig de kærligste Hilsener og ønsket om en lys og glædelig Julefest for Dig og Din Thomas; det bliver den nu sikkert ogsaa! Jeg glæder mig til at Du skal se vor Julestue, den er hyggelig, maa Du tro! I denne Tid har Mor det rigtig godt, saa vi faar nok en glædelig Jul. Lev vel til vi ses, kære lille Christine. Din egen lille Svigerinde Gudrun</t>
+  </si>
+  <si>
+    <t>1904-09-25</t>
+  </si>
+  <si>
+    <t>Charlottenlund
+Kastanievej 13</t>
+  </si>
+  <si>
+    <t>54 Coolidge Str. Brookline Mass. USA</t>
+  </si>
+  <si>
+    <t>Thora  Branner
+Holger Drachmann
+Alfred Goldschmidt
+Jean Jensen
+Christine  Mackie
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Johanne C. Larsen besøgte sin søster og dennes familie i Boston. 
+Den helligste højtid i jødedommen er yom kippur. Højtiden fejres hvert efterår og kaldes også forsoningsdagen, for det er forsoning, bøn og bod, der er helt centralt denne dag (Kilde: Internettet sept. 2023). 
+Apoteker Johannes Rink (1848-1925) overtog i 1902 Svane Apotek i Helsingør - Apoteket blev nu kaldt "Det gamle Apotek”. Det blev i Johannes Rinks tid et helt særligt sted, en slags kulturcenter i byen. Han var noget af en personlighed og afholdt talrige fester og sammenkomster, hvor adskillige kendte mennesker samledes. Nævnes kan eksempelvis kulturpersonligheder som Viggo Hørup og Edvard Brandes. Holger Drachmann var forfatter og kunstmaler (især motiver med havet) og nok den kendteste og mest populære i kredsen. Som en god ven af huset kom han ofte og overnattede ind imellem. Apoteket blev overtaget af sønnen Gustav efter faderens død i 1925 (Kilde: Helsingorleksikon.dk, sept. 2023).</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0413</t>
+  </si>
+  <si>
+    <t>Astrid vil forsøge at skrive til Johanne en gang ugentligt. 
+Alfred og Astrid Goldschmidt har været på udflugt. De tog til Snekkersten for at besøge Gamle Jean (Signe Jensen) på klosteret/damehjemmet, men hun var død to måneder tidligere. De øvrige beboere forstod ikke, at der blev ved med at komme breve, når de havde annonceret dødsfaldet. Astrid fandt det meget trist, at man kan dø så ensom. 
+Efter klostret gik Alfred og Astrid til Helsingør, hvor man holdt børnehjælpsdag. De tog til Kronborg og Helsingborg og tilbage for at spise i Espergærde.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/yitM</t>
+  </si>
+  <si>
+    <t>[Skrevet på kuvertens forside]
+1904. [pil mod poststemplet]
+søn: 13-2-2000. Langegade 81, Kerteminde. Bibbe
+21-8-2005. ” ” ”
+Frøken Johanne Warberg
+54 Coolidge Str.
+Brookline (Boston)
+Mass.
+U.S.A.
+[Skrevet på kuvertens bagside:]
+A Goldschmidt
+Kastanievej 13
+Charlottenlund
+Dette brev er altså 101 år glt.
+[I brevet:]
+Kastanievej 13
+25 Sept Søndag 1904
+Kæreste Junge! Herren give mig Kraft og Styrke til i al Evighed (så længe Du er i Amerika) at skrive til Dig hver Uge – samt at indse Fornuften og det menneskekærlige samt tillige det behagelige i at gøre det. Amen. For Junge – ikke sandt – selv om det ikke altid er epokegørende Ting, Du får at vide – så er et lille Brev dog altid en Art Forbindelse – en Vedligeholdelse af noget, som bør holdes vedlige. – Jeg sendte Dig i Mandags et Kort fra Helsingborg, men der stod jo ingenting om vores gode Tur, hvor vi oplevede både godt og sørgeligt. Godt derved, at Vejret var bedårende – varmt og klart – rigtig Høstvejr – Nøddeturvejr – ahe – og derved at vi var i ligeså strålende Humør, som Solen, der skinnede hele Dagen over vore Hoveder; det var jo også extra Fridag – Jomkipursdag – Jødernes store Forsoningsdag – og vi nød ordentlig at være ude på en Dagligdag - / så går man dog anderledes i Fred allevegne – i Fred med sin egen Fest uforstyrret i Hjertet. Vi tog jo først (om Morgenen) op til Snedkersten for efter Bestemmelsen at besøge gl. Jean – vi fandt også Vejen gennem den lille By – ud til Damehjemmet – jeg var meget opstemt ved Tanken om, hvor glad gl. Jean vilde blive – og jeg gik på Vejen derned og fortalte Alfred om hende – og om Bobby – sagde også – det var lige som, da vi stod ved Havelågen – at han skulde råbe dygtig højt. – Det var et stort smukt bygget Hus - ”i Stil ” – med en nydelig Have omkring – og det hele lå højt og lige ud til Øresund. Vi gik op ad en lille Stentrappe med Jerngelænder - og kom ind i en sirlig og ren lille Entre. På Dørene sad små hvide Visitkort med gamle Pigenavne på – en Dør blev åbnet på Klem og to gamle Frøkner kiggede ud; jeg gik derhen – hilste og sagde – ”Her bor vist en Frøken Jensen - med en lille Hund, der hedder Bobby”, - ”Jae -” hun trak sådan på det, at jeg strax udbrød – skuffet – ked af det – ”hun er måske ikke hjemme?” ”Joe – men – hun er død.” - Vi kom ind i hendes lille Stue, og hun fortalte os om det hele; Gl Jean blev dårlig en Mandag - førtes på Hospitalet om Torsdagen og døde Fredag Eftmd. den 22de Juli – for 2 Måneder siden! Led ikke – døde stille og var selv vel tilfreds med at dø; hun have bedt om, at Hunden måtte blive skudt, når hun var borte.
+Den gamle Dame fortalte om det alt sammen – ”og det er så underligt”, sagde hun, ”der bliver ved med at komme Breve – og vi har dog averteret det så tydeligt både i (og hun nævnte to små ubekendte Blade) vi skrev netop – ”forhenværende Lærerinde” – og rigtig kom der en Pakke fra denne Fru Warberg, som De måske kender?” 
+Ja, det var da min Mor.
+”Ahe – så er De måske den yngste dernedefra? Dem har hun talt om så ofte”. - . 
+Pakken var nok Strømperne fra Mornine.
+Vi gik; men jeg var så underlig tilmode længe efter – tænk, at der lever så ensomme Mennesker! at deres Død først spørges flere Måneder efter – og vi har boet èn Times Vej fra hende hele Sommeren.
+Og det er trist at komme for sent, når det er så uigenkaldelig for sent, som her. Men hvem har Lov at sørge over dette – at et Menneske dør, som aldrig har levet? -
+Vi spadserede ad Strandvejen til Helsingør – en brillant Tur – Vejen løber jo lige ved Vandet hele Tiden. I Byen var der stor Fest – Børnehjælpsdag – alle Huse ikke blot flagsmykte, men helt bekranset af dejlige Blomsterguirlander. Vi gik længe rundt i de små sære Gader med de mange gamle Huse – var også inde på Apoteket – det berømte, (hvor så mange store Bøger er skrevet – af Drachmann – af ”Waldemar” (Ad[ulæselig]en og Hexeproces) o s v. Der var så meget gammelt derinde – og meget morsomt. 
+Til Kronborg gik vi da også – i Kasematterne – . Fandt så pludselig på at ville til Helsingborg – og tog med Færgen derover – det var også meget festligt. Atter til Danmark – med Toget til Snedkersten – hvorfra vi gik gennem Skove over Marker – plukkende Nødder med Lidenskab, skønt der kun var få tilbage efter Drengenes store Plyndringstog. 
+I Espergærde spiste vi en forsvarlig Bøf i det store Hotel – sad på en stor Veranda lige ud til Sundet - dejligt. Hjemme Kl 10 – trætte.
+Nu får Du ikke mèr i Aften – jeg skal ind og gratulere Tutte i Byen i Morgen. og se deres Lejlighed. På Mandag skal jeg nok skrive igen (om 8 Dage). Men hvis Du besvarer dette Brev (og det gør Du!) bliver det til Rosenvej 4 el. 2 – 9 – jeg kan skam ikke huske Nummeret. Vi flytter ind i første Uge af Oktober. Hils Mornine! Din Dis.
+[Skrevet på hovedet øverst på side 1:]
+Mange gode Hilsener fra Alfred.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="100" formatCode="yyyy/mm/dd"/>
     <numFmt numFmtId="101" formatCode="yyyy/mm/dd hh:mm:ss"/>
     <numFmt numFmtId="102" formatCode="yyyy-mm-dd"/>
   </numFmts>
   <fonts count="7">
     <font>
       <name val="Arial"/>
       <sz val="11"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
@@ -6056,51 +6056,51 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/n/m5DIwCRs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/f6OnKrlW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/QxjQASwg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/lUmkJx6X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/uSu8k6u2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/a4vyLlWx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/j8a2KPF3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dLuM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Krfi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aqXo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/G76D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VVAE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Kd7s" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eKfU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nEHp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JfGS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O65z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rx6H" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qCha" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pD6O" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Iq10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/L6Sx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mI0O" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eYoh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/z2Jn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vlso" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gZPT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OTcJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PSJg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1tGg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uqv3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sl5d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zcSP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eTQ9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/knH1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/49Ze" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SqKV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eXMn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6XoJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fdLV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7ySA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xOwe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QHCG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jpGT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aYW2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zfJQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DuLn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ay6b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DIJT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XJJe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CdkH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/89HM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P2tE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lpjo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FwGG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9Xzb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/plqW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pghm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aTo4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TyBn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QphR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Bw6C" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ui56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tm3D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eArm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/caMd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Dqbi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/s7UY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZStl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bDoX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/E5Ic" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xzmS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/16LJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MYqq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/93Ao" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/y7KJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Nilx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tOrM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZZAE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BB70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5cFa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0vEv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1O9Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RMwG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xh1l" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uhvb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t3GG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1bHJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sFGy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P8q0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ewpx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NBP7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6mrV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yzCx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pHgU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V9wD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qVm1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/D63t" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ST2V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FVb7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pZOj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3EQQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EIR8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V9FF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V6OL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId111" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QZzt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId112" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/WsHnFLg1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId113" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId114" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BYMC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId115" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mHn3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId116" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Sov4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId117" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PG0R" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId118" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hQsY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId119" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZT24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId120" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RNOS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId121" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LetV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId122" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ukhH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId123" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/swxm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId124" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bXkl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId125" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KxQx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId126" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ikq3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId127" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PlGA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId128" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/H5K8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId129" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3BSF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId130" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RBsG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId131" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yitM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId132" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xLht" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId133" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0u8z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId134" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/du8Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId135" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2Iuu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId136" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8Wu4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId137" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qMNT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId138" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/B0CjgTjw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId139" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/hTjU0m9t" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId140" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ZzXmhCIy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId141" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0Vty" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId142" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ibx1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId143" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5SX5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId144" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QBkJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId145" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VfiW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId146" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RJWX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId147" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/RNOS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RMwG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jpGT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0Vty" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ibx1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5SX5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eXMn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/D63t" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V9FF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BYMC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dLuM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Krfi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/G76D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pD6O" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vlso" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PSJg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1tGg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uqv3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/knH1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ay6b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0vEv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NBP7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pHgU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XJJe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P2tE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eArm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6mrV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yzCx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Sov4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bXkl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PlGA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QBkJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2Iuu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RBsG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9Xzb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/plqW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KxQx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/m5DIwCRs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/QxjQASwg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/uSu8k6u2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/a4vyLlWx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/j8a2KPF3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/f6OnKrlW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/lUmkJx6X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/WsHnFLg1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aYW2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xOwe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Bw6C" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tm3D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/caMd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/s7UY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tOrM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FVb7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EIR8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hQsY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5cFa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/H5K8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BB70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uhvb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V9wD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/du8Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CdkH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TyBn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rx6H" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/93Ao" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sFGy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qCha" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lpjo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ST2V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZT24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/swxm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nEHp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Iq10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/L6Sx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mI0O" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/z2Jn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sl5d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zcSP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/49Ze" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7ySA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZZAE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1O9Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xh1l" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t3GG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1bHJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Kd7s" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eKfU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6XoJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DuLn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/89HM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FwGG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pghm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aTo4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Dqbi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/E5Ic" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xzmS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/16LJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MYqq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ewpx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qVm1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V6OL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QZzt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LetV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8Wu4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId111" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aqXo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId112" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VVAE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId113" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JfGS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId114" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O65z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId115" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gZPT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId116" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SqKV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId117" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DIJT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId118" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QphR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId119" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ui56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId120" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bDoX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId121" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/y7KJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId122" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Nilx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId123" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P8q0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId124" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mHn3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId125" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ikq3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId126" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0u8z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId127" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VfiW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId128" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZStl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId129" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eYoh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId130" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OTcJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId131" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fdLV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId132" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3BSF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId133" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xLht" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId134" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QHCG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId135" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zfJQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId136" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pZOj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId137" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3EQQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId138" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PG0R" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId139" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ukhH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId140" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ZzXmhCIy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId141" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RJWX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId142" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qMNT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId143" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/B0CjgTjw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId144" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/hTjU0m9t" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId145" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eTQ9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId146" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yitM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId147" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
   <dimension ref="A1:M142"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
@@ -6137,6247 +6137,6247 @@
         <v>8</v>
       </c>
       <c r="J1" s="3" t="s">
         <v>9</v>
       </c>
       <c r="K1" s="3" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="3" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="3" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="5" t="s">
         <v>13</v>
       </c>
       <c r="B2" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="D2" s="5" t="inlineStr">
-[...12 lines deleted...]
-        </is>
+      <c r="D2" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E2" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F2" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="G2" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H2" s="5" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="I2" s="5"/>
-      <c r="J2" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="J2" s="5" t="s">
+        <v>20</v>
       </c>
       <c r="K2" s="5" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="L2" s="6" t="s">
-        <v>18</v>
-[...1 lines deleted...]
-      <c r="M2" s="5"/>
+        <v>22</v>
+      </c>
+      <c r="M2" s="5" t="s">
+        <v>23</v>
+      </c>
     </row>
     <row r="3">
       <c r="A3" s="5" t="s">
-        <v>13</v>
+        <v>24</v>
       </c>
       <c r="B3" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C3" s="5" t="s">
-        <v>19</v>
-[...14 lines deleted...]
-        </is>
+        <v>25</v>
+      </c>
+      <c r="D3" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="E3" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="F3" s="5" t="s">
+        <v>28</v>
       </c>
       <c r="G3" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H3" s="5" t="s">
-        <v>20</v>
-[...5 lines deleted...]
-        </is>
+        <v>29</v>
+      </c>
+      <c r="I3" s="5" t="s">
+        <v>30</v>
+      </c>
+      <c r="J3" s="5" t="s">
+        <v>31</v>
       </c>
       <c r="K3" s="5" t="s">
-        <v>21</v>
+        <v>32</v>
       </c>
       <c r="L3" s="6" t="s">
-        <v>22</v>
-[...1 lines deleted...]
-      <c r="M3" s="5"/>
+        <v>33</v>
+      </c>
+      <c r="M3" s="5" t="s">
+        <v>34</v>
+      </c>
     </row>
     <row r="4">
       <c r="A4" s="5" t="s">
-        <v>13</v>
+        <v>35</v>
       </c>
       <c r="B4" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C4" s="5" t="s">
-        <v>23</v>
-[...9 lines deleted...]
-        </is>
+        <v>36</v>
+      </c>
+      <c r="D4" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="E4" s="5" t="s">
+        <v>38</v>
       </c>
       <c r="F4" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G4" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H4" s="5" t="s">
-        <v>24</v>
-[...5 lines deleted...]
-        </is>
+        <v>39</v>
+      </c>
+      <c r="I4" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="J4" s="5" t="s">
+        <v>41</v>
       </c>
       <c r="K4" s="5" t="s">
-        <v>25</v>
+        <v>42</v>
       </c>
       <c r="L4" s="6" t="s">
-        <v>26</v>
-[...1 lines deleted...]
-      <c r="M4" s="5"/>
+        <v>43</v>
+      </c>
+      <c r="M4" s="5" t="s">
+        <v>44</v>
+      </c>
     </row>
     <row r="5">
       <c r="A5" s="5" t="s">
-        <v>13</v>
+        <v>45</v>
       </c>
       <c r="B5" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C5" s="5" t="s">
-        <v>27</v>
-[...14 lines deleted...]
-        </is>
+        <v>46</v>
+      </c>
+      <c r="D5" s="5" t="s">
+        <v>47</v>
+      </c>
+      <c r="E5" s="5" t="s">
+        <v>48</v>
+      </c>
+      <c r="F5" s="5" t="s">
+        <v>49</v>
       </c>
       <c r="G5" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H5" s="5" t="s">
-        <v>28</v>
-[...8 lines deleted...]
-        <v>29</v>
+        <v>50</v>
+      </c>
+      <c r="I5" s="5" t="s">
+        <v>51</v>
+      </c>
+      <c r="J5" s="5" t="s">
+        <v>52</v>
+      </c>
+      <c r="K5" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L5" s="6" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="M5" s="5"/>
+        <v>53</v>
+      </c>
+      <c r="M5" s="5" t="s">
+        <v>54</v>
+      </c>
     </row>
     <row r="6">
       <c r="A6" s="5" t="s">
-        <v>13</v>
+        <v>55</v>
       </c>
       <c r="B6" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C6" s="5" t="s">
-        <v>31</v>
-[...14 lines deleted...]
-        </is>
+        <v>46</v>
+      </c>
+      <c r="D6" s="5" t="s">
+        <v>47</v>
+      </c>
+      <c r="E6" s="5" t="s">
+        <v>56</v>
+      </c>
+      <c r="F6" s="5" t="s">
+        <v>57</v>
       </c>
       <c r="G6" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H6" s="5" t="s">
-        <v>32</v>
-[...5 lines deleted...]
-        </is>
+        <v>58</v>
+      </c>
+      <c r="I6" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="J6" s="5" t="s">
+        <v>60</v>
       </c>
       <c r="K6" s="5" t="s">
-        <v>33</v>
+        <v>61</v>
       </c>
       <c r="L6" s="6" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="M6" s="5"/>
+        <v>62</v>
+      </c>
+      <c r="M6" s="5" t="s">
+        <v>63</v>
+      </c>
     </row>
     <row r="7">
       <c r="A7" s="5" t="s">
-        <v>13</v>
+        <v>64</v>
       </c>
       <c r="B7" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C7" s="5" t="s">
-        <v>35</v>
-[...14 lines deleted...]
-        </is>
+        <v>46</v>
+      </c>
+      <c r="D7" s="5" t="s">
+        <v>47</v>
+      </c>
+      <c r="E7" s="5" t="s">
+        <v>56</v>
+      </c>
+      <c r="F7" s="5" t="s">
+        <v>57</v>
       </c>
       <c r="G7" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H7" s="5" t="s">
-        <v>36</v>
-[...5 lines deleted...]
-        </is>
+        <v>65</v>
+      </c>
+      <c r="I7" s="5" t="s">
+        <v>66</v>
+      </c>
+      <c r="J7" s="5" t="s">
+        <v>67</v>
       </c>
       <c r="K7" s="5" t="s">
-        <v>37</v>
+        <v>68</v>
       </c>
       <c r="L7" s="6" t="s">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="M7" s="5"/>
+        <v>69</v>
+      </c>
+      <c r="M7" s="5" t="s">
+        <v>70</v>
+      </c>
     </row>
     <row r="8">
       <c r="A8" s="5" t="s">
-        <v>13</v>
+        <v>71</v>
       </c>
       <c r="B8" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C8" s="5" t="s">
-        <v>39</v>
-[...4 lines deleted...]
-        </is>
+        <v>25</v>
+      </c>
+      <c r="D8" s="5" t="s">
+        <v>26</v>
       </c>
       <c r="E8" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F8" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F8" s="5" t="s">
+        <v>27</v>
       </c>
       <c r="G8" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H8" s="5" t="s">
-        <v>40</v>
-[...5 lines deleted...]
-        </is>
+        <v>72</v>
+      </c>
+      <c r="I8" s="5" t="s">
+        <v>73</v>
+      </c>
+      <c r="J8" s="5" t="s">
+        <v>74</v>
       </c>
       <c r="K8" s="5" t="s">
-        <v>41</v>
+        <v>75</v>
       </c>
       <c r="L8" s="6" t="s">
-        <v>42</v>
-[...1 lines deleted...]
-      <c r="M8" s="5"/>
+        <v>76</v>
+      </c>
+      <c r="M8" s="5" t="s">
+        <v>77</v>
+      </c>
     </row>
     <row r="9">
       <c r="A9" s="5" t="s">
-        <v>43</v>
+        <v>78</v>
       </c>
       <c r="B9" s="5" t="s">
-        <v>44</v>
+        <v>14</v>
       </c>
       <c r="C9" s="5" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="D9" s="5" t="s">
-        <v>45</v>
+        <v>26</v>
       </c>
       <c r="E9" s="5" t="s">
-        <v>46</v>
+        <v>79</v>
       </c>
       <c r="F9" s="5" t="s">
-        <v>47</v>
+        <v>80</v>
       </c>
       <c r="G9" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H9" s="5" t="s">
-        <v>48</v>
+        <v>81</v>
       </c>
       <c r="I9" s="5" t="s">
-        <v>49</v>
+        <v>82</v>
       </c>
       <c r="J9" s="5" t="s">
-        <v>50</v>
+        <v>83</v>
       </c>
       <c r="K9" s="5" t="s">
-        <v>51</v>
+        <v>84</v>
       </c>
       <c r="L9" s="6" t="s">
-        <v>52</v>
+        <v>85</v>
       </c>
       <c r="M9" s="5" t="s">
-        <v>53</v>
+        <v>86</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="5" t="s">
-        <v>54</v>
+        <v>87</v>
       </c>
       <c r="B10" s="5" t="s">
-        <v>44</v>
+        <v>14</v>
       </c>
       <c r="C10" s="5" t="s">
-        <v>45</v>
+        <v>37</v>
       </c>
       <c r="D10" s="5" t="s">
-        <v>55</v>
-[...2 lines deleted...]
-        <v>56</v>
+        <v>25</v>
+      </c>
+      <c r="E10" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F10" s="5" t="s">
-        <v>47</v>
+        <v>88</v>
       </c>
       <c r="G10" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H10" s="5" t="s">
-        <v>57</v>
+        <v>89</v>
       </c>
       <c r="I10" s="5" t="s">
-        <v>58</v>
+        <v>90</v>
       </c>
       <c r="J10" s="5" t="s">
-        <v>59</v>
+        <v>91</v>
       </c>
       <c r="K10" s="5" t="s">
-        <v>60</v>
+        <v>92</v>
       </c>
       <c r="L10" s="6" t="s">
-        <v>61</v>
+        <v>93</v>
       </c>
       <c r="M10" s="5" t="s">
-        <v>62</v>
+        <v>94</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="5" t="s">
-        <v>63</v>
+        <v>95</v>
       </c>
       <c r="B11" s="5" t="s">
-        <v>44</v>
+        <v>14</v>
       </c>
       <c r="C11" s="5" t="s">
-        <v>35</v>
+        <v>46</v>
       </c>
       <c r="D11" s="5" t="s">
-        <v>45</v>
-[...9 lines deleted...]
-        </is>
+        <v>96</v>
+      </c>
+      <c r="E11" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="F11" s="5" t="s">
+        <v>88</v>
       </c>
       <c r="G11" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H11" s="5" t="s">
-        <v>64</v>
-[...1 lines deleted...]
-      <c r="I11" s="5"/>
+        <v>97</v>
+      </c>
+      <c r="I11" s="5" t="s">
+        <v>98</v>
+      </c>
       <c r="J11" s="5" t="s">
-        <v>65</v>
+        <v>99</v>
       </c>
       <c r="K11" s="5" t="s">
-        <v>66</v>
+        <v>100</v>
       </c>
       <c r="L11" s="6" t="s">
-        <v>67</v>
+        <v>101</v>
       </c>
       <c r="M11" s="5" t="s">
-        <v>68</v>
+        <v>102</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="5" t="s">
-        <v>69</v>
+        <v>103</v>
       </c>
       <c r="B12" s="5" t="s">
-        <v>70</v>
+        <v>14</v>
       </c>
       <c r="C12" s="5" t="s">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="D12" s="5" t="s">
-        <v>45</v>
-[...4 lines deleted...]
-        </is>
+        <v>25</v>
+      </c>
+      <c r="E12" s="5" t="s">
+        <v>104</v>
       </c>
       <c r="F12" s="5" t="s">
-        <v>47</v>
+        <v>38</v>
       </c>
       <c r="G12" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H12" s="5" t="s">
-        <v>71</v>
+        <v>105</v>
       </c>
       <c r="I12" s="5" t="s">
-        <v>72</v>
+        <v>106</v>
       </c>
       <c r="J12" s="5" t="s">
-        <v>73</v>
+        <v>107</v>
       </c>
       <c r="K12" s="5" t="s">
-        <v>74</v>
+        <v>108</v>
       </c>
       <c r="L12" s="6" t="s">
-        <v>75</v>
+        <v>109</v>
       </c>
       <c r="M12" s="5" t="s">
-        <v>76</v>
+        <v>110</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="5" t="s">
-        <v>77</v>
+        <v>111</v>
       </c>
       <c r="B13" s="5" t="s">
-        <v>44</v>
+        <v>14</v>
       </c>
       <c r="C13" s="5" t="s">
-        <v>45</v>
+        <v>25</v>
       </c>
       <c r="D13" s="5" t="s">
-        <v>78</v>
+        <v>26</v>
       </c>
       <c r="E13" s="5" t="s">
-        <v>79</v>
+        <v>112</v>
       </c>
       <c r="F13" s="5" t="s">
-        <v>80</v>
+        <v>38</v>
       </c>
       <c r="G13" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H13" s="5" t="s">
-        <v>81</v>
+        <v>113</v>
       </c>
       <c r="I13" s="5" t="s">
-        <v>82</v>
+        <v>114</v>
       </c>
       <c r="J13" s="5" t="s">
-        <v>83</v>
+        <v>115</v>
       </c>
       <c r="K13" s="5" t="s">
-        <v>84</v>
+        <v>116</v>
       </c>
       <c r="L13" s="6" t="s">
-        <v>85</v>
+        <v>117</v>
       </c>
       <c r="M13" s="5" t="s">
-        <v>86</v>
+        <v>118</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="5" t="s">
-        <v>87</v>
+        <v>119</v>
       </c>
       <c r="B14" s="5" t="s">
-        <v>44</v>
+        <v>120</v>
       </c>
       <c r="C14" s="5" t="s">
-        <v>88</v>
+        <v>15</v>
       </c>
       <c r="D14" s="5" t="s">
-        <v>89</v>
-[...2 lines deleted...]
-        <v>90</v>
+        <v>25</v>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F14" s="5" t="s">
-        <v>56</v>
+        <v>38</v>
       </c>
       <c r="G14" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H14" s="5" t="s">
-        <v>91</v>
+        <v>121</v>
       </c>
       <c r="I14" s="5" t="s">
-        <v>92</v>
+        <v>122</v>
       </c>
       <c r="J14" s="5" t="s">
-        <v>93</v>
+        <v>123</v>
       </c>
       <c r="K14" s="5" t="s">
-        <v>94</v>
+        <v>124</v>
       </c>
       <c r="L14" s="6" t="s">
-        <v>95</v>
+        <v>125</v>
       </c>
       <c r="M14" s="5" t="s">
-        <v>96</v>
+        <v>126</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="5" t="s">
-        <v>97</v>
+        <v>127</v>
       </c>
       <c r="B15" s="5" t="s">
-        <v>44</v>
+        <v>128</v>
       </c>
       <c r="C15" s="5" t="s">
-        <v>88</v>
+        <v>15</v>
       </c>
       <c r="D15" s="5" t="s">
-        <v>89</v>
+        <v>25</v>
       </c>
       <c r="E15" s="5" t="s">
-        <v>90</v>
+        <v>129</v>
       </c>
       <c r="F15" s="5" t="s">
-        <v>56</v>
+        <v>130</v>
       </c>
       <c r="G15" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H15" s="5" t="s">
-        <v>98</v>
+      <c r="H15" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I15" s="5" t="s">
-        <v>99</v>
+        <v>131</v>
       </c>
       <c r="J15" s="5" t="s">
-        <v>93</v>
+        <v>132</v>
       </c>
       <c r="K15" s="5" t="s">
-        <v>100</v>
+        <v>133</v>
       </c>
       <c r="L15" s="6" t="s">
-        <v>101</v>
+        <v>134</v>
       </c>
       <c r="M15" s="5" t="s">
-        <v>102</v>
+        <v>135</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="5" t="s">
-        <v>103</v>
+        <v>136</v>
       </c>
       <c r="B16" s="5" t="s">
-        <v>44</v>
+        <v>128</v>
       </c>
       <c r="C16" s="5" t="s">
-        <v>45</v>
+        <v>15</v>
       </c>
       <c r="D16" s="5" t="s">
-        <v>55</v>
-[...9 lines deleted...]
-        </is>
+        <v>96</v>
+      </c>
+      <c r="E16" s="5" t="s">
+        <v>137</v>
+      </c>
+      <c r="F16" s="5" t="s">
+        <v>38</v>
       </c>
       <c r="G16" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H16" s="5" t="s">
-        <v>104</v>
+        <v>138</v>
       </c>
       <c r="I16" s="5" t="s">
-        <v>105</v>
+        <v>139</v>
       </c>
       <c r="J16" s="5" t="s">
-        <v>106</v>
+        <v>140</v>
       </c>
       <c r="K16" s="5" t="s">
-        <v>107</v>
+        <v>141</v>
       </c>
       <c r="L16" s="6" t="s">
-        <v>108</v>
+        <v>142</v>
       </c>
       <c r="M16" s="5" t="s">
-        <v>109</v>
+        <v>143</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="5" t="s">
-        <v>110</v>
+        <v>144</v>
       </c>
       <c r="B17" s="5" t="s">
-        <v>44</v>
+        <v>128</v>
       </c>
       <c r="C17" s="5" t="s">
-        <v>45</v>
+        <v>15</v>
       </c>
       <c r="D17" s="5" t="s">
-        <v>55</v>
-[...4 lines deleted...]
-        </is>
+        <v>25</v>
+      </c>
+      <c r="E17" s="5" t="s">
+        <v>145</v>
       </c>
       <c r="F17" s="5" t="s">
-        <v>111</v>
+        <v>130</v>
       </c>
       <c r="G17" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H17" s="5" t="s">
-        <v>112</v>
+        <v>146</v>
       </c>
       <c r="I17" s="5" t="s">
-        <v>113</v>
+        <v>147</v>
       </c>
       <c r="J17" s="5" t="s">
-        <v>114</v>
+        <v>148</v>
       </c>
       <c r="K17" s="5" t="s">
-        <v>115</v>
+        <v>149</v>
       </c>
       <c r="L17" s="6" t="s">
-        <v>116</v>
+        <v>150</v>
       </c>
       <c r="M17" s="5" t="s">
-        <v>117</v>
+        <v>151</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="5" t="s">
-        <v>118</v>
+        <v>152</v>
       </c>
       <c r="B18" s="5" t="s">
-        <v>44</v>
+        <v>14</v>
       </c>
       <c r="C18" s="5" t="s">
-        <v>45</v>
+        <v>15</v>
       </c>
       <c r="D18" s="5" t="s">
-        <v>78</v>
-[...4 lines deleted...]
-        </is>
+        <v>25</v>
+      </c>
+      <c r="E18" s="5" t="s">
+        <v>145</v>
       </c>
       <c r="F18" s="5" t="s">
-        <v>119</v>
+        <v>38</v>
       </c>
       <c r="G18" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H18" s="5" t="s">
-        <v>120</v>
+        <v>153</v>
       </c>
       <c r="I18" s="5" t="s">
-        <v>121</v>
+        <v>154</v>
       </c>
       <c r="J18" s="5" t="s">
-        <v>122</v>
+        <v>155</v>
       </c>
       <c r="K18" s="5" t="s">
-        <v>123</v>
+        <v>156</v>
       </c>
       <c r="L18" s="6" t="s">
-        <v>124</v>
+        <v>157</v>
       </c>
       <c r="M18" s="5" t="s">
-        <v>125</v>
+        <v>158</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="5" t="s">
-        <v>126</v>
+        <v>159</v>
       </c>
       <c r="B19" s="5" t="s">
-        <v>44</v>
+        <v>128</v>
       </c>
       <c r="C19" s="5" t="s">
-        <v>127</v>
+        <v>15</v>
       </c>
       <c r="D19" s="5" t="s">
-        <v>45</v>
-[...9 lines deleted...]
-        </is>
+        <v>25</v>
+      </c>
+      <c r="E19" s="5" t="s">
+        <v>145</v>
+      </c>
+      <c r="F19" s="5" t="s">
+        <v>130</v>
       </c>
       <c r="G19" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H19" s="5" t="s">
-        <v>128</v>
-[...1 lines deleted...]
-      <c r="I19" s="5"/>
+        <v>160</v>
+      </c>
+      <c r="I19" s="5" t="s">
+        <v>161</v>
+      </c>
       <c r="J19" s="5" t="s">
-        <v>129</v>
+        <v>162</v>
       </c>
       <c r="K19" s="5" t="s">
-        <v>130</v>
+        <v>163</v>
       </c>
       <c r="L19" s="6" t="s">
-        <v>131</v>
+        <v>164</v>
       </c>
       <c r="M19" s="5" t="s">
-        <v>132</v>
+        <v>165</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="5" t="s">
-        <v>133</v>
+        <v>166</v>
       </c>
       <c r="B20" s="5" t="s">
-        <v>134</v>
+        <v>128</v>
       </c>
       <c r="C20" s="5" t="s">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="D20" s="5" t="s">
-        <v>45</v>
+        <v>37</v>
       </c>
       <c r="E20" s="5" t="s">
-        <v>135</v>
+        <v>167</v>
       </c>
       <c r="F20" s="5" t="s">
-        <v>136</v>
+        <v>130</v>
       </c>
       <c r="G20" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H20" s="5" t="s">
-        <v>137</v>
+        <v>168</v>
       </c>
       <c r="I20" s="5" t="s">
-        <v>138</v>
+        <v>169</v>
       </c>
       <c r="J20" s="5" t="s">
-        <v>139</v>
+        <v>170</v>
       </c>
       <c r="K20" s="5" t="s">
-        <v>140</v>
+        <v>171</v>
       </c>
       <c r="L20" s="6" t="s">
-        <v>141</v>
+        <v>172</v>
       </c>
       <c r="M20" s="5" t="s">
-        <v>142</v>
+        <v>173</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="5" t="s">
-        <v>143</v>
+        <v>174</v>
       </c>
       <c r="B21" s="5" t="s">
-        <v>134</v>
+        <v>128</v>
       </c>
       <c r="C21" s="5" t="s">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="D21" s="5" t="s">
-        <v>45</v>
+        <v>25</v>
       </c>
       <c r="E21" s="5" t="s">
-        <v>144</v>
+        <v>175</v>
       </c>
       <c r="F21" s="5" t="s">
-        <v>145</v>
+        <v>130</v>
       </c>
       <c r="G21" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H21" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H21" s="5" t="s">
+        <v>176</v>
       </c>
       <c r="I21" s="5" t="s">
-        <v>146</v>
+        <v>177</v>
       </c>
       <c r="J21" s="5" t="s">
-        <v>147</v>
+        <v>178</v>
       </c>
       <c r="K21" s="5" t="s">
-        <v>148</v>
+        <v>179</v>
       </c>
       <c r="L21" s="6" t="s">
-        <v>149</v>
+        <v>180</v>
       </c>
       <c r="M21" s="5" t="s">
-        <v>150</v>
+        <v>181</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="5" t="s">
-        <v>151</v>
+        <v>182</v>
       </c>
       <c r="B22" s="5" t="s">
-        <v>134</v>
+        <v>14</v>
       </c>
       <c r="C22" s="5" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="D22" s="5" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-        <v>152</v>
+        <v>25</v>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F22" s="5" t="s">
-        <v>79</v>
+        <v>183</v>
       </c>
       <c r="G22" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H22" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H22" s="5" t="s">
+        <v>184</v>
       </c>
       <c r="I22" s="5" t="s">
-        <v>153</v>
+        <v>185</v>
       </c>
       <c r="J22" s="5" t="s">
-        <v>154</v>
+        <v>186</v>
       </c>
       <c r="K22" s="5" t="s">
-        <v>155</v>
+        <v>187</v>
       </c>
       <c r="L22" s="6" t="s">
-        <v>156</v>
+        <v>188</v>
       </c>
       <c r="M22" s="5" t="s">
-        <v>157</v>
+        <v>189</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="5" t="s">
-        <v>158</v>
+        <v>190</v>
       </c>
       <c r="B23" s="5" t="s">
-        <v>134</v>
+        <v>14</v>
       </c>
       <c r="C23" s="5" t="s">
-        <v>159</v>
+        <v>25</v>
       </c>
       <c r="D23" s="5" t="s">
-        <v>55</v>
-[...4 lines deleted...]
-        </is>
+        <v>191</v>
+      </c>
+      <c r="E23" s="5" t="s">
+        <v>112</v>
       </c>
       <c r="F23" s="5" t="s">
-        <v>79</v>
+        <v>38</v>
       </c>
       <c r="G23" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H23" s="5" t="s">
-        <v>160</v>
+        <v>192</v>
       </c>
       <c r="I23" s="5" t="s">
-        <v>161</v>
+        <v>193</v>
       </c>
       <c r="J23" s="5" t="s">
-        <v>162</v>
+        <v>194</v>
       </c>
       <c r="K23" s="5" t="s">
-        <v>163</v>
+        <v>195</v>
       </c>
       <c r="L23" s="6" t="s">
-        <v>164</v>
+        <v>196</v>
       </c>
       <c r="M23" s="5" t="s">
-        <v>165</v>
+        <v>197</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="5" t="s">
-        <v>166</v>
+        <v>198</v>
       </c>
       <c r="B24" s="5" t="s">
-        <v>70</v>
+        <v>128</v>
       </c>
       <c r="C24" s="5" t="s">
-        <v>35</v>
+        <v>25</v>
       </c>
       <c r="D24" s="5" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="E24" s="5" t="s">
-        <v>167</v>
+        <v>199</v>
       </c>
       <c r="F24" s="5" t="s">
-        <v>79</v>
-[...2 lines deleted...]
-        <v>168</v>
+        <v>38</v>
+      </c>
+      <c r="G24" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H24" s="5" t="s">
-        <v>169</v>
+        <v>200</v>
       </c>
       <c r="I24" s="5" t="s">
-        <v>170</v>
+        <v>201</v>
       </c>
       <c r="J24" s="5" t="s">
-        <v>171</v>
+        <v>202</v>
       </c>
       <c r="K24" s="5" t="s">
-        <v>172</v>
+        <v>203</v>
       </c>
       <c r="L24" s="6" t="s">
-        <v>173</v>
+        <v>204</v>
       </c>
       <c r="M24" s="5" t="s">
-        <v>174</v>
+        <v>205</v>
       </c>
     </row>
     <row r="25">
-      <c r="A25" s="5" t="s">
-        <v>175</v>
+      <c r="A25" s="5" t="n">
+        <v>1898</v>
       </c>
       <c r="B25" s="5" t="s">
-        <v>44</v>
+        <v>14</v>
       </c>
       <c r="C25" s="5" t="s">
-        <v>35</v>
+        <v>25</v>
       </c>
       <c r="D25" s="5" t="s">
-        <v>176</v>
+        <v>26</v>
       </c>
       <c r="E25" s="5" t="s">
-        <v>167</v>
-[...4 lines deleted...]
-        </is>
+        <v>112</v>
+      </c>
+      <c r="F25" s="5" t="s">
+        <v>206</v>
       </c>
       <c r="G25" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H25" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H25" s="5" t="s">
+        <v>207</v>
       </c>
       <c r="I25" s="5" t="s">
-        <v>177</v>
+        <v>208</v>
       </c>
       <c r="J25" s="5" t="s">
-        <v>178</v>
+        <v>209</v>
       </c>
       <c r="K25" s="5" t="s">
-        <v>179</v>
+        <v>210</v>
       </c>
       <c r="L25" s="6" t="s">
-        <v>180</v>
+        <v>211</v>
       </c>
       <c r="M25" s="5" t="s">
-        <v>181</v>
+        <v>212</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="5" t="s">
-        <v>182</v>
+        <v>213</v>
       </c>
       <c r="B26" s="5" t="s">
-        <v>134</v>
+        <v>128</v>
       </c>
       <c r="C26" s="5" t="s">
-        <v>35</v>
+        <v>25</v>
       </c>
       <c r="D26" s="5" t="s">
-        <v>45</v>
+        <v>26</v>
       </c>
       <c r="E26" s="5" t="s">
-        <v>167</v>
+        <v>112</v>
       </c>
       <c r="F26" s="5" t="s">
-        <v>136</v>
+        <v>214</v>
       </c>
       <c r="G26" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H26" s="5" t="s">
-        <v>183</v>
+        <v>215</v>
       </c>
       <c r="I26" s="5" t="s">
-        <v>184</v>
+        <v>216</v>
       </c>
       <c r="J26" s="5" t="s">
-        <v>185</v>
+        <v>217</v>
       </c>
       <c r="K26" s="5" t="s">
-        <v>186</v>
+        <v>218</v>
       </c>
       <c r="L26" s="6" t="s">
-        <v>187</v>
+        <v>219</v>
       </c>
       <c r="M26" s="5" t="s">
-        <v>188</v>
+        <v>220</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="5" t="s">
-        <v>189</v>
+        <v>221</v>
       </c>
       <c r="B27" s="5" t="s">
-        <v>134</v>
+        <v>14</v>
       </c>
       <c r="C27" s="5" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="D27" s="5" t="s">
-        <v>127</v>
-[...2 lines deleted...]
-        <v>190</v>
+        <v>25</v>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F27" s="5" t="s">
-        <v>47</v>
+        <v>214</v>
       </c>
       <c r="G27" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H27" s="5" t="s">
-        <v>191</v>
+        <v>222</v>
       </c>
       <c r="I27" s="5" t="s">
-        <v>192</v>
+        <v>223</v>
       </c>
       <c r="J27" s="5" t="s">
-        <v>193</v>
+        <v>224</v>
       </c>
       <c r="K27" s="5" t="s">
-        <v>194</v>
+        <v>225</v>
       </c>
       <c r="L27" s="6" t="s">
-        <v>195</v>
+        <v>226</v>
       </c>
       <c r="M27" s="5" t="s">
-        <v>196</v>
+        <v>227</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="5" t="s">
-        <v>197</v>
+        <v>228</v>
       </c>
       <c r="B28" s="5" t="s">
-        <v>44</v>
+        <v>14</v>
       </c>
       <c r="C28" s="5" t="s">
-        <v>45</v>
+        <v>25</v>
       </c>
       <c r="D28" s="5" t="s">
-        <v>55</v>
+        <v>46</v>
       </c>
       <c r="E28" s="5" t="s">
-        <v>79</v>
+        <v>229</v>
       </c>
       <c r="F28" s="5" t="s">
-        <v>111</v>
+        <v>206</v>
       </c>
       <c r="G28" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H28" s="5" t="s">
-        <v>198</v>
+        <v>230</v>
       </c>
       <c r="I28" s="5" t="s">
-        <v>199</v>
+        <v>231</v>
       </c>
       <c r="J28" s="5" t="s">
-        <v>200</v>
+        <v>232</v>
       </c>
       <c r="K28" s="5" t="s">
-        <v>201</v>
+        <v>233</v>
       </c>
       <c r="L28" s="6" t="s">
-        <v>202</v>
+        <v>234</v>
       </c>
       <c r="M28" s="5" t="s">
-        <v>203</v>
+        <v>235</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="5" t="s">
-        <v>204</v>
+        <v>236</v>
       </c>
       <c r="B29" s="5" t="s">
-        <v>44</v>
+        <v>14</v>
       </c>
       <c r="C29" s="5" t="s">
-        <v>45</v>
+        <v>25</v>
       </c>
       <c r="D29" s="5" t="s">
-        <v>55</v>
+        <v>46</v>
       </c>
       <c r="E29" s="5" t="s">
-        <v>79</v>
+        <v>199</v>
       </c>
       <c r="F29" s="5" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="G29" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H29" s="5" t="s">
-        <v>206</v>
+        <v>237</v>
       </c>
       <c r="I29" s="5" t="s">
-        <v>207</v>
+        <v>238</v>
       </c>
       <c r="J29" s="5" t="s">
-        <v>208</v>
+        <v>239</v>
       </c>
       <c r="K29" s="5" t="s">
-        <v>209</v>
+        <v>240</v>
       </c>
       <c r="L29" s="6" t="s">
-        <v>210</v>
+        <v>241</v>
       </c>
       <c r="M29" s="5" t="s">
-        <v>211</v>
+        <v>242</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="5" t="s">
-        <v>212</v>
+        <v>243</v>
       </c>
       <c r="B30" s="5" t="s">
-        <v>134</v>
+        <v>14</v>
       </c>
       <c r="C30" s="5" t="s">
-        <v>35</v>
+        <v>46</v>
       </c>
       <c r="D30" s="5" t="s">
-        <v>45</v>
+        <v>36</v>
       </c>
       <c r="E30" s="5" t="s">
-        <v>167</v>
+        <v>18</v>
       </c>
       <c r="F30" s="5" t="s">
-        <v>145</v>
+        <v>214</v>
       </c>
       <c r="G30" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H30" s="5" t="s">
-        <v>213</v>
+        <v>244</v>
       </c>
       <c r="I30" s="5" t="s">
-        <v>214</v>
+        <v>245</v>
       </c>
       <c r="J30" s="5" t="s">
-        <v>215</v>
+        <v>246</v>
       </c>
       <c r="K30" s="5" t="s">
-        <v>216</v>
+        <v>247</v>
       </c>
       <c r="L30" s="6" t="s">
-        <v>217</v>
+        <v>248</v>
       </c>
       <c r="M30" s="5" t="s">
-        <v>218</v>
+        <v>249</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="5" t="s">
-        <v>219</v>
+        <v>250</v>
       </c>
       <c r="B31" s="5" t="s">
-        <v>44</v>
+        <v>128</v>
       </c>
       <c r="C31" s="5" t="s">
-        <v>35</v>
+        <v>46</v>
       </c>
       <c r="D31" s="5" t="s">
-        <v>45</v>
+        <v>25</v>
       </c>
       <c r="E31" s="5" t="s">
-        <v>167</v>
+        <v>251</v>
       </c>
       <c r="F31" s="5" t="s">
-        <v>47</v>
+        <v>252</v>
       </c>
       <c r="G31" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H31" s="5" t="s">
-        <v>220</v>
+        <v>253</v>
       </c>
       <c r="I31" s="5" t="s">
-        <v>221</v>
+        <v>254</v>
       </c>
       <c r="J31" s="5" t="s">
-        <v>222</v>
-[...2 lines deleted...]
-        <v>223</v>
+        <v>255</v>
+      </c>
+      <c r="K31" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L31" s="6" t="s">
-        <v>224</v>
+        <v>256</v>
       </c>
       <c r="M31" s="5" t="s">
-        <v>225</v>
+        <v>257</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="5" t="s">
-        <v>226</v>
+        <v>258</v>
       </c>
       <c r="B32" s="5" t="s">
-        <v>134</v>
+        <v>14</v>
       </c>
       <c r="C32" s="5" t="s">
-        <v>35</v>
+        <v>259</v>
       </c>
       <c r="D32" s="5" t="s">
-        <v>45</v>
+        <v>26</v>
       </c>
       <c r="E32" s="5" t="s">
-        <v>167</v>
+        <v>260</v>
       </c>
       <c r="F32" s="5" t="s">
-        <v>145</v>
+        <v>206</v>
       </c>
       <c r="G32" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H32" s="5" t="s">
-        <v>227</v>
+        <v>261</v>
       </c>
       <c r="I32" s="5" t="s">
-        <v>228</v>
+        <v>262</v>
       </c>
       <c r="J32" s="5" t="s">
-        <v>229</v>
+        <v>263</v>
       </c>
       <c r="K32" s="5" t="s">
-        <v>230</v>
+        <v>264</v>
       </c>
       <c r="L32" s="6" t="s">
-        <v>231</v>
+        <v>265</v>
       </c>
       <c r="M32" s="5" t="s">
-        <v>232</v>
+        <v>266</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="5" t="s">
-        <v>233</v>
+        <v>267</v>
       </c>
       <c r="B33" s="5" t="s">
-        <v>134</v>
+        <v>14</v>
       </c>
       <c r="C33" s="5" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="D33" s="5" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="E33" s="5" t="s">
-        <v>167</v>
+        <v>268</v>
       </c>
       <c r="F33" s="5" t="s">
-        <v>79</v>
+        <v>269</v>
       </c>
       <c r="G33" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H33" s="5" t="s">
-        <v>234</v>
+        <v>270</v>
       </c>
       <c r="I33" s="5" t="s">
-        <v>235</v>
+        <v>271</v>
       </c>
       <c r="J33" s="5" t="s">
-        <v>236</v>
+        <v>272</v>
       </c>
       <c r="K33" s="5" t="s">
-        <v>237</v>
+        <v>273</v>
       </c>
       <c r="L33" s="6" t="s">
-        <v>238</v>
+        <v>274</v>
       </c>
       <c r="M33" s="5" t="s">
-        <v>239</v>
+        <v>275</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="5" t="s">
-        <v>240</v>
+        <v>276</v>
       </c>
       <c r="B34" s="5" t="s">
-        <v>134</v>
+        <v>14</v>
       </c>
       <c r="C34" s="5" t="s">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="D34" s="5" t="s">
-        <v>45</v>
-[...5 lines deleted...]
-        <v>79</v>
+        <v>16</v>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F34" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G34" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H34" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H34" s="5" t="s">
+        <v>277</v>
       </c>
       <c r="I34" s="5" t="s">
-        <v>241</v>
+        <v>278</v>
       </c>
       <c r="J34" s="5" t="s">
-        <v>242</v>
+        <v>279</v>
       </c>
       <c r="K34" s="5" t="s">
-        <v>243</v>
+        <v>280</v>
       </c>
       <c r="L34" s="6" t="s">
-        <v>244</v>
+        <v>281</v>
       </c>
       <c r="M34" s="5" t="s">
-        <v>245</v>
+        <v>282</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="5" t="s">
-        <v>246</v>
+        <v>283</v>
       </c>
       <c r="B35" s="5" t="s">
-        <v>44</v>
+        <v>14</v>
       </c>
       <c r="C35" s="5" t="s">
-        <v>247</v>
+        <v>46</v>
       </c>
       <c r="D35" s="5" t="s">
-        <v>78</v>
+        <v>96</v>
       </c>
       <c r="E35" s="5" t="s">
-        <v>248</v>
+        <v>284</v>
       </c>
       <c r="F35" s="5" t="s">
-        <v>136</v>
+        <v>285</v>
       </c>
       <c r="G35" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H35" s="5" t="s">
-        <v>249</v>
+        <v>286</v>
       </c>
       <c r="I35" s="5" t="s">
-        <v>250</v>
+        <v>287</v>
       </c>
       <c r="J35" s="5" t="s">
-        <v>251</v>
+        <v>288</v>
       </c>
       <c r="K35" s="5" t="s">
-        <v>252</v>
+        <v>289</v>
       </c>
       <c r="L35" s="6" t="s">
-        <v>253</v>
+        <v>290</v>
       </c>
       <c r="M35" s="5" t="s">
-        <v>254</v>
+        <v>291</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="5" t="s">
-        <v>255</v>
+        <v>292</v>
       </c>
       <c r="B36" s="5" t="s">
-        <v>134</v>
+        <v>14</v>
       </c>
       <c r="C36" s="5" t="s">
-        <v>35</v>
+        <v>16</v>
       </c>
       <c r="D36" s="5" t="s">
-        <v>256</v>
+        <v>15</v>
       </c>
       <c r="E36" s="5" t="s">
-        <v>257</v>
+        <v>18</v>
       </c>
       <c r="F36" s="5" t="s">
-        <v>145</v>
+        <v>112</v>
       </c>
       <c r="G36" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H36" s="5" t="s">
-        <v>258</v>
-[...3 lines deleted...]
-      </c>
+        <v>293</v>
+      </c>
+      <c r="I36" s="5"/>
       <c r="J36" s="5" t="s">
-        <v>260</v>
+        <v>279</v>
       </c>
       <c r="K36" s="5" t="s">
-        <v>261</v>
+        <v>294</v>
       </c>
       <c r="L36" s="6" t="s">
-        <v>262</v>
+        <v>295</v>
       </c>
       <c r="M36" s="5" t="s">
-        <v>263</v>
+        <v>296</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="5" t="s">
-        <v>264</v>
+        <v>297</v>
       </c>
       <c r="B37" s="5" t="s">
-        <v>70</v>
+        <v>14</v>
       </c>
       <c r="C37" s="5" t="s">
-        <v>35</v>
+        <v>298</v>
       </c>
       <c r="D37" s="5" t="s">
-        <v>45</v>
+        <v>299</v>
       </c>
       <c r="E37" s="5" t="s">
-        <v>265</v>
-[...5 lines deleted...]
-        <v>266</v>
+        <v>18</v>
+      </c>
+      <c r="F37" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G37" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H37" s="5" t="s">
-        <v>267</v>
-[...1 lines deleted...]
-      <c r="I37" s="5"/>
+        <v>300</v>
+      </c>
+      <c r="I37" s="5" t="s">
+        <v>301</v>
+      </c>
       <c r="J37" s="5" t="s">
-        <v>268</v>
+        <v>302</v>
       </c>
       <c r="K37" s="5" t="s">
-        <v>269</v>
+        <v>303</v>
       </c>
       <c r="L37" s="6" t="s">
-        <v>270</v>
+        <v>304</v>
       </c>
       <c r="M37" s="5" t="s">
-        <v>271</v>
+        <v>305</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="5" t="s">
-        <v>272</v>
+        <v>306</v>
       </c>
       <c r="B38" s="5" t="s">
-        <v>44</v>
+        <v>14</v>
       </c>
       <c r="C38" s="5" t="s">
-        <v>45</v>
+        <v>16</v>
       </c>
       <c r="D38" s="5" t="s">
-        <v>55</v>
+        <v>15</v>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F38" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G38" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H38" s="5" t="s">
-        <v>273</v>
-[...3 lines deleted...]
-      </c>
+        <v>307</v>
+      </c>
+      <c r="I38" s="5"/>
       <c r="J38" s="5" t="s">
-        <v>275</v>
+        <v>279</v>
       </c>
       <c r="K38" s="5" t="s">
-        <v>276</v>
+        <v>308</v>
       </c>
       <c r="L38" s="6" t="s">
-        <v>277</v>
+        <v>309</v>
       </c>
       <c r="M38" s="5" t="s">
-        <v>278</v>
+        <v>310</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="5" t="s">
-        <v>279</v>
+        <v>311</v>
       </c>
       <c r="B39" s="5" t="s">
-        <v>44</v>
+        <v>312</v>
       </c>
       <c r="C39" s="5" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-        <v>55</v>
+        <v>313</v>
+      </c>
+      <c r="D39" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F39" s="5" t="s">
-        <v>280</v>
+      <c r="F39" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G39" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H39" s="5" t="s">
-        <v>281</v>
-[...5 lines deleted...]
-        <v>283</v>
+        <v>314</v>
+      </c>
+      <c r="I39" s="5"/>
+      <c r="J39" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K39" s="5" t="s">
-        <v>284</v>
+        <v>315</v>
       </c>
       <c r="L39" s="6" t="s">
-        <v>285</v>
-[...3 lines deleted...]
-      </c>
+        <v>316</v>
+      </c>
+      <c r="M39" s="5"/>
     </row>
     <row r="40">
       <c r="A40" s="5" t="s">
-        <v>287</v>
+        <v>311</v>
       </c>
       <c r="B40" s="5" t="s">
-        <v>44</v>
+        <v>312</v>
       </c>
       <c r="C40" s="5" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>45</v>
+        <v>317</v>
+      </c>
+      <c r="D40" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F40" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G40" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H40" s="5" t="s">
-        <v>288</v>
-[...5 lines deleted...]
-        <v>290</v>
+        <v>318</v>
+      </c>
+      <c r="I40" s="5"/>
+      <c r="J40" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K40" s="5" t="s">
-        <v>291</v>
+        <v>319</v>
       </c>
       <c r="L40" s="6" t="s">
-        <v>292</v>
-[...3 lines deleted...]
-      </c>
+        <v>320</v>
+      </c>
+      <c r="M40" s="5"/>
     </row>
     <row r="41">
       <c r="A41" s="5" t="s">
-        <v>294</v>
+        <v>311</v>
       </c>
       <c r="B41" s="5" t="s">
-        <v>44</v>
+        <v>312</v>
       </c>
       <c r="C41" s="5" t="s">
-        <v>45</v>
-[...8 lines deleted...]
-        <v>295</v>
+        <v>321</v>
+      </c>
+      <c r="D41" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E41" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F41" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G41" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H41" s="5" t="s">
-        <v>296</v>
-[...5 lines deleted...]
-        <v>298</v>
+        <v>322</v>
+      </c>
+      <c r="I41" s="5"/>
+      <c r="J41" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K41" s="5" t="s">
-        <v>299</v>
+        <v>323</v>
       </c>
       <c r="L41" s="6" t="s">
-        <v>300</v>
-[...3 lines deleted...]
-      </c>
+        <v>324</v>
+      </c>
+      <c r="M41" s="5"/>
     </row>
     <row r="42">
       <c r="A42" s="5" t="s">
-        <v>302</v>
+        <v>311</v>
       </c>
       <c r="B42" s="5" t="s">
-        <v>44</v>
+        <v>312</v>
       </c>
       <c r="C42" s="5" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-        <v>55</v>
+        <v>15</v>
+      </c>
+      <c r="D42" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F42" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G42" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H42" s="5" t="s">
-        <v>303</v>
-[...10 lines deleted...]
-        </is>
+        <v>325</v>
+      </c>
+      <c r="I42" s="5"/>
+      <c r="J42" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K42" s="5" t="s">
+        <v>326</v>
       </c>
       <c r="L42" s="6" t="s">
-        <v>306</v>
-[...3 lines deleted...]
-      </c>
+        <v>327</v>
+      </c>
+      <c r="M42" s="5"/>
     </row>
     <row r="43">
       <c r="A43" s="5" t="s">
-        <v>308</v>
+        <v>311</v>
       </c>
       <c r="B43" s="5" t="s">
-        <v>44</v>
+        <v>312</v>
       </c>
       <c r="C43" s="5" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>89</v>
+        <v>328</v>
+      </c>
+      <c r="D43" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F43" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G43" s="5" t="s">
-        <v>309</v>
+      <c r="G43" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H43" s="5" t="s">
-        <v>310</v>
-[...5 lines deleted...]
-        <v>93</v>
+        <v>329</v>
+      </c>
+      <c r="I43" s="5"/>
+      <c r="J43" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K43" s="5" t="s">
-        <v>312</v>
+        <v>330</v>
       </c>
       <c r="L43" s="6" t="s">
-        <v>313</v>
-[...3 lines deleted...]
-      </c>
+        <v>331</v>
+      </c>
+      <c r="M43" s="5"/>
     </row>
     <row r="44">
       <c r="A44" s="5" t="s">
-        <v>315</v>
+        <v>311</v>
       </c>
       <c r="B44" s="5" t="s">
-        <v>44</v>
+        <v>312</v>
       </c>
       <c r="C44" s="5" t="s">
-        <v>89</v>
-[...5 lines deleted...]
-        <v>90</v>
+        <v>332</v>
+      </c>
+      <c r="D44" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F44" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G44" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H44" s="5" t="s">
-        <v>316</v>
+        <v>333</v>
       </c>
       <c r="I44" s="5"/>
-      <c r="J44" s="5" t="s">
-        <v>93</v>
+      <c r="J44" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K44" s="5" t="s">
-        <v>317</v>
+        <v>334</v>
       </c>
       <c r="L44" s="6" t="s">
-        <v>318</v>
-[...3 lines deleted...]
-      </c>
+        <v>335</v>
+      </c>
+      <c r="M44" s="5"/>
     </row>
     <row r="45">
       <c r="A45" s="5" t="s">
-        <v>320</v>
+        <v>311</v>
       </c>
       <c r="B45" s="5" t="s">
-        <v>44</v>
+        <v>312</v>
       </c>
       <c r="C45" s="5" t="s">
-        <v>321</v>
-[...5 lines deleted...]
-        <v>47</v>
+        <v>336</v>
+      </c>
+      <c r="D45" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E45" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F45" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G45" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H45" s="5" t="s">
-        <v>322</v>
-[...5 lines deleted...]
-        <v>324</v>
+        <v>337</v>
+      </c>
+      <c r="I45" s="5"/>
+      <c r="J45" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K45" s="5" t="s">
-        <v>325</v>
+        <v>338</v>
       </c>
       <c r="L45" s="6" t="s">
-        <v>326</v>
-[...3 lines deleted...]
-      </c>
+        <v>339</v>
+      </c>
+      <c r="M45" s="5"/>
     </row>
     <row r="46">
       <c r="A46" s="5" t="s">
-        <v>328</v>
+        <v>340</v>
       </c>
       <c r="B46" s="5" t="s">
-        <v>44</v>
+        <v>341</v>
       </c>
       <c r="C46" s="5" t="s">
-        <v>35</v>
-[...5 lines deleted...]
-        <v>79</v>
+        <v>46</v>
+      </c>
+      <c r="D46" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E46" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F46" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G46" s="5" t="s">
-        <v>329</v>
+      <c r="G46" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H46" s="5" t="s">
-        <v>330</v>
-[...5 lines deleted...]
-        <v>93</v>
+        <v>342</v>
+      </c>
+      <c r="I46" s="5"/>
+      <c r="J46" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K46" s="5" t="s">
-        <v>332</v>
+        <v>343</v>
       </c>
       <c r="L46" s="6" t="s">
-        <v>333</v>
-[...3 lines deleted...]
-      </c>
+        <v>344</v>
+      </c>
+      <c r="M46" s="5"/>
     </row>
     <row r="47">
       <c r="A47" s="5" t="s">
-        <v>335</v>
+        <v>345</v>
       </c>
       <c r="B47" s="5" t="s">
-        <v>44</v>
+        <v>341</v>
       </c>
       <c r="C47" s="5" t="s">
-        <v>89</v>
-[...5 lines deleted...]
-        <v>90</v>
+        <v>46</v>
+      </c>
+      <c r="D47" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F47" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G47" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H47" s="5" t="s">
-        <v>336</v>
-[...8 lines deleted...]
-        <v>338</v>
+        <v>346</v>
+      </c>
+      <c r="I47" s="5"/>
+      <c r="J47" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K47" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L47" s="6" t="s">
-        <v>339</v>
-[...3 lines deleted...]
-      </c>
+        <v>347</v>
+      </c>
+      <c r="M47" s="5"/>
     </row>
     <row r="48">
       <c r="A48" s="5" t="s">
-        <v>341</v>
+        <v>348</v>
       </c>
       <c r="B48" s="5" t="s">
-        <v>44</v>
+        <v>14</v>
       </c>
       <c r="C48" s="5" t="s">
-        <v>89</v>
+        <v>15</v>
       </c>
       <c r="D48" s="5" t="s">
-        <v>35</v>
+        <v>16</v>
       </c>
       <c r="E48" s="5" t="s">
-        <v>90</v>
+        <v>284</v>
       </c>
       <c r="F48" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G48" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G48" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="H48" s="5" t="s">
-        <v>342</v>
+        <v>349</v>
       </c>
       <c r="I48" s="5" t="s">
-        <v>343</v>
+        <v>350</v>
       </c>
       <c r="J48" s="5" t="s">
-        <v>93</v>
+        <v>279</v>
       </c>
       <c r="K48" s="5" t="s">
-        <v>344</v>
+        <v>351</v>
       </c>
       <c r="L48" s="6" t="s">
-        <v>345</v>
+        <v>352</v>
       </c>
       <c r="M48" s="5" t="s">
-        <v>346</v>
+        <v>353</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="5" t="s">
-        <v>347</v>
+        <v>354</v>
       </c>
       <c r="B49" s="5" t="s">
-        <v>134</v>
+        <v>14</v>
       </c>
       <c r="C49" s="5" t="s">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="D49" s="5" t="s">
-        <v>45</v>
-[...10 lines deleted...]
-        </is>
+        <v>16</v>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F49" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G49" s="5" t="s">
+        <v>355</v>
       </c>
       <c r="H49" s="5" t="s">
-        <v>349</v>
+        <v>356</v>
       </c>
       <c r="I49" s="5" t="s">
-        <v>350</v>
+        <v>357</v>
       </c>
       <c r="J49" s="5" t="s">
-        <v>351</v>
+        <v>279</v>
       </c>
       <c r="K49" s="5" t="s">
-        <v>352</v>
+        <v>358</v>
       </c>
       <c r="L49" s="6" t="s">
-        <v>353</v>
+        <v>359</v>
       </c>
       <c r="M49" s="5" t="s">
-        <v>354</v>
+        <v>360</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="5" t="s">
-        <v>355</v>
+        <v>361</v>
       </c>
       <c r="B50" s="5" t="s">
-        <v>44</v>
+        <v>14</v>
       </c>
       <c r="C50" s="5" t="s">
-        <v>88</v>
+        <v>15</v>
       </c>
       <c r="D50" s="5" t="s">
-        <v>356</v>
-[...2 lines deleted...]
-        <v>90</v>
+        <v>16</v>
+      </c>
+      <c r="E50" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F50" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G50" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G50" s="5" t="s">
+        <v>362</v>
       </c>
       <c r="H50" s="5" t="s">
-        <v>357</v>
+        <v>363</v>
       </c>
       <c r="I50" s="5" t="s">
-        <v>358</v>
+        <v>364</v>
       </c>
       <c r="J50" s="5" t="s">
-        <v>359</v>
+        <v>279</v>
       </c>
       <c r="K50" s="5" t="s">
-        <v>360</v>
+        <v>365</v>
       </c>
       <c r="L50" s="6" t="s">
-        <v>361</v>
+        <v>366</v>
       </c>
       <c r="M50" s="5" t="s">
-        <v>362</v>
+        <v>367</v>
       </c>
     </row>
     <row r="51">
-      <c r="A51" s="5" t="n">
-        <v>1898</v>
+      <c r="A51" s="5" t="s">
+        <v>368</v>
       </c>
       <c r="B51" s="5" t="s">
-        <v>44</v>
+        <v>14</v>
       </c>
       <c r="C51" s="5" t="s">
-        <v>45</v>
+        <v>15</v>
       </c>
       <c r="D51" s="5" t="s">
-        <v>55</v>
+        <v>16</v>
       </c>
       <c r="E51" s="5" t="s">
-        <v>56</v>
-[...7 lines deleted...]
-        </is>
+        <v>284</v>
+      </c>
+      <c r="F51" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G51" s="5" t="s">
+        <v>369</v>
       </c>
       <c r="H51" s="5" t="s">
-        <v>364</v>
+        <v>370</v>
       </c>
       <c r="I51" s="5" t="s">
-        <v>365</v>
+        <v>371</v>
       </c>
       <c r="J51" s="5" t="s">
-        <v>366</v>
+        <v>279</v>
       </c>
       <c r="K51" s="5" t="s">
-        <v>367</v>
+        <v>372</v>
       </c>
       <c r="L51" s="6" t="s">
-        <v>368</v>
+        <v>373</v>
       </c>
       <c r="M51" s="5" t="s">
-        <v>369</v>
+        <v>374</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="5" t="s">
-        <v>370</v>
+        <v>375</v>
       </c>
       <c r="B52" s="5" t="s">
-        <v>44</v>
+        <v>14</v>
       </c>
       <c r="C52" s="5" t="s">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="D52" s="5" t="s">
-        <v>45</v>
+        <v>16</v>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F52" s="5" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="F52" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G52" s="5" t="s">
+        <v>376</v>
       </c>
       <c r="H52" s="5" t="s">
-        <v>371</v>
-[...3 lines deleted...]
-      </c>
+        <v>377</v>
+      </c>
+      <c r="I52" s="5"/>
       <c r="J52" s="5" t="s">
-        <v>373</v>
+        <v>279</v>
       </c>
       <c r="K52" s="5" t="s">
-        <v>374</v>
+        <v>378</v>
       </c>
       <c r="L52" s="6" t="s">
-        <v>375</v>
+        <v>379</v>
       </c>
       <c r="M52" s="5" t="s">
-        <v>376</v>
+        <v>380</v>
       </c>
     </row>
     <row r="53">
-      <c r="A53" s="5" t="n">
-        <v>1898</v>
+      <c r="A53" s="5" t="s">
+        <v>381</v>
       </c>
       <c r="B53" s="5" t="s">
-        <v>44</v>
+        <v>14</v>
       </c>
       <c r="C53" s="5" t="s">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="D53" s="5" t="s">
-        <v>89</v>
-[...2 lines deleted...]
-        <v>79</v>
+        <v>16</v>
+      </c>
+      <c r="E53" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F53" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G53" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G53" s="5" t="s">
+        <v>382</v>
       </c>
       <c r="H53" s="5" t="s">
-        <v>377</v>
+        <v>383</v>
       </c>
       <c r="I53" s="5" t="s">
-        <v>378</v>
+        <v>384</v>
       </c>
       <c r="J53" s="5" t="s">
-        <v>93</v>
+        <v>279</v>
       </c>
       <c r="K53" s="5" t="s">
-        <v>379</v>
+        <v>385</v>
       </c>
       <c r="L53" s="6" t="s">
-        <v>380</v>
+        <v>386</v>
       </c>
       <c r="M53" s="5" t="s">
-        <v>381</v>
+        <v>387</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="5" t="s">
-        <v>382</v>
+        <v>388</v>
       </c>
       <c r="B54" s="5" t="s">
-        <v>134</v>
+        <v>14</v>
       </c>
       <c r="C54" s="5" t="s">
-        <v>45</v>
+        <v>15</v>
       </c>
       <c r="D54" s="5" t="s">
-        <v>55</v>
-[...10 lines deleted...]
-        </is>
+        <v>16</v>
+      </c>
+      <c r="E54" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F54" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G54" s="5" t="s">
+        <v>362</v>
       </c>
       <c r="H54" s="5" t="s">
-        <v>384</v>
+        <v>389</v>
       </c>
       <c r="I54" s="5" t="s">
-        <v>385</v>
+        <v>390</v>
       </c>
       <c r="J54" s="5" t="s">
-        <v>386</v>
+        <v>279</v>
       </c>
       <c r="K54" s="5" t="s">
-        <v>387</v>
+        <v>391</v>
       </c>
       <c r="L54" s="6" t="s">
-        <v>388</v>
+        <v>392</v>
       </c>
       <c r="M54" s="5" t="s">
-        <v>389</v>
+        <v>393</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="5" t="s">
-        <v>382</v>
+        <v>394</v>
       </c>
       <c r="B55" s="5" t="s">
-        <v>134</v>
+        <v>14</v>
       </c>
       <c r="C55" s="5" t="s">
-        <v>45</v>
+        <v>15</v>
       </c>
       <c r="D55" s="5" t="s">
-        <v>55</v>
-[...10 lines deleted...]
-        </is>
+        <v>16</v>
+      </c>
+      <c r="E55" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F55" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G55" s="5" t="s">
+        <v>395</v>
       </c>
       <c r="H55" s="5" t="s">
-        <v>390</v>
-[...1 lines deleted...]
-      <c r="I55" s="5"/>
+        <v>396</v>
+      </c>
+      <c r="I55" s="5" t="s">
+        <v>397</v>
+      </c>
       <c r="J55" s="5" t="s">
-        <v>391</v>
+        <v>279</v>
       </c>
       <c r="K55" s="5" t="s">
-        <v>392</v>
+        <v>398</v>
       </c>
       <c r="L55" s="6" t="s">
-        <v>393</v>
+        <v>399</v>
       </c>
       <c r="M55" s="5" t="s">
-        <v>394</v>
+        <v>400</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="5" t="s">
-        <v>395</v>
+        <v>401</v>
       </c>
       <c r="B56" s="5" t="s">
-        <v>44</v>
+        <v>14</v>
       </c>
       <c r="C56" s="5" t="s">
-        <v>89</v>
+        <v>16</v>
       </c>
       <c r="D56" s="5" t="s">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="E56" s="5" t="s">
-        <v>90</v>
-[...2 lines deleted...]
-        <v>56</v>
+        <v>18</v>
+      </c>
+      <c r="F56" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G56" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H56" s="5" t="s">
-        <v>396</v>
+        <v>402</v>
       </c>
       <c r="I56" s="5" t="s">
-        <v>397</v>
+        <v>403</v>
       </c>
       <c r="J56" s="5" t="s">
-        <v>93</v>
+        <v>279</v>
       </c>
       <c r="K56" s="5" t="s">
-        <v>398</v>
+        <v>404</v>
       </c>
       <c r="L56" s="6" t="s">
-        <v>399</v>
+        <v>405</v>
       </c>
       <c r="M56" s="5" t="s">
-        <v>400</v>
+        <v>406</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="5" t="s">
-        <v>401</v>
+        <v>407</v>
       </c>
       <c r="B57" s="5" t="s">
-        <v>44</v>
+        <v>14</v>
       </c>
       <c r="C57" s="5" t="s">
-        <v>89</v>
+        <v>15</v>
       </c>
       <c r="D57" s="5" t="s">
-        <v>35</v>
+        <v>16</v>
       </c>
       <c r="E57" s="5" t="s">
-        <v>90</v>
-[...7 lines deleted...]
-        </is>
+        <v>284</v>
+      </c>
+      <c r="F57" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G57" s="5" t="s">
+        <v>408</v>
       </c>
       <c r="H57" s="5" t="s">
-        <v>402</v>
+        <v>409</v>
       </c>
       <c r="I57" s="5"/>
       <c r="J57" s="5" t="s">
-        <v>93</v>
+        <v>279</v>
       </c>
       <c r="K57" s="5" t="s">
-        <v>403</v>
+        <v>410</v>
       </c>
       <c r="L57" s="6" t="s">
-        <v>404</v>
+        <v>411</v>
       </c>
       <c r="M57" s="5" t="s">
-        <v>405</v>
+        <v>412</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="5" t="s">
-        <v>406</v>
+        <v>413</v>
       </c>
       <c r="B58" s="5" t="s">
-        <v>44</v>
+        <v>14</v>
       </c>
       <c r="C58" s="5" t="s">
-        <v>88</v>
+        <v>15</v>
       </c>
       <c r="D58" s="5" t="s">
-        <v>407</v>
-[...2 lines deleted...]
-        <v>90</v>
+        <v>16</v>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F58" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G58" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G58" s="5" t="s">
+        <v>414</v>
       </c>
       <c r="H58" s="5" t="s">
-        <v>408</v>
-[...3 lines deleted...]
-      </c>
+        <v>415</v>
+      </c>
+      <c r="I58" s="5"/>
       <c r="J58" s="5" t="s">
-        <v>410</v>
+        <v>279</v>
       </c>
       <c r="K58" s="5" t="s">
-        <v>411</v>
+        <v>416</v>
       </c>
       <c r="L58" s="6" t="s">
-        <v>412</v>
+        <v>417</v>
       </c>
       <c r="M58" s="5" t="s">
-        <v>413</v>
+        <v>418</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="5" t="s">
-        <v>406</v>
+        <v>419</v>
       </c>
       <c r="B59" s="5" t="s">
-        <v>44</v>
+        <v>14</v>
       </c>
       <c r="C59" s="5" t="s">
-        <v>89</v>
+        <v>15</v>
       </c>
       <c r="D59" s="5" t="s">
-        <v>35</v>
+        <v>16</v>
       </c>
       <c r="E59" s="5" t="s">
-        <v>90</v>
-[...7 lines deleted...]
-        </is>
+        <v>284</v>
+      </c>
+      <c r="F59" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G59" s="5" t="s">
+        <v>420</v>
       </c>
       <c r="H59" s="5" t="s">
-        <v>414</v>
-[...1 lines deleted...]
-      <c r="I59" s="5"/>
+        <v>421</v>
+      </c>
+      <c r="I59" s="5" t="s">
+        <v>422</v>
+      </c>
       <c r="J59" s="5" t="s">
-        <v>93</v>
+        <v>279</v>
       </c>
       <c r="K59" s="5" t="s">
-        <v>415</v>
+        <v>423</v>
       </c>
       <c r="L59" s="6" t="s">
-        <v>416</v>
+        <v>424</v>
       </c>
       <c r="M59" s="5" t="s">
-        <v>417</v>
+        <v>425</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="5" t="s">
-        <v>418</v>
+        <v>426</v>
       </c>
       <c r="B60" s="5" t="s">
-        <v>44</v>
+        <v>14</v>
       </c>
       <c r="C60" s="5" t="s">
-        <v>89</v>
+        <v>15</v>
       </c>
       <c r="D60" s="5" t="s">
-        <v>35</v>
-[...10 lines deleted...]
-        </is>
+        <v>16</v>
+      </c>
+      <c r="E60" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F60" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G60" s="5" t="s">
+        <v>427</v>
       </c>
       <c r="H60" s="5" t="s">
-        <v>419</v>
+        <v>428</v>
       </c>
       <c r="I60" s="5"/>
       <c r="J60" s="5" t="s">
-        <v>93</v>
+        <v>279</v>
       </c>
       <c r="K60" s="5" t="s">
-        <v>420</v>
+        <v>429</v>
       </c>
       <c r="L60" s="6" t="s">
-        <v>421</v>
+        <v>430</v>
       </c>
       <c r="M60" s="5" t="s">
-        <v>422</v>
+        <v>431</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="5" t="s">
-        <v>423</v>
+        <v>432</v>
       </c>
       <c r="B61" s="5" t="s">
-        <v>44</v>
+        <v>14</v>
       </c>
       <c r="C61" s="5" t="s">
-        <v>256</v>
+        <v>15</v>
       </c>
       <c r="D61" s="5" t="s">
-        <v>45</v>
+        <v>25</v>
       </c>
       <c r="E61" s="5" t="s">
-        <v>424</v>
+        <v>145</v>
       </c>
       <c r="F61" s="5" t="s">
-        <v>136</v>
-[...4 lines deleted...]
-        </is>
+        <v>433</v>
+      </c>
+      <c r="G61" s="5" t="s">
+        <v>434</v>
       </c>
       <c r="H61" s="5" t="s">
-        <v>425</v>
+        <v>435</v>
       </c>
       <c r="I61" s="5" t="s">
-        <v>426</v>
+        <v>436</v>
       </c>
       <c r="J61" s="5" t="s">
-        <v>427</v>
+        <v>302</v>
       </c>
       <c r="K61" s="5" t="s">
-        <v>428</v>
+        <v>437</v>
       </c>
       <c r="L61" s="6" t="s">
-        <v>429</v>
+        <v>438</v>
       </c>
       <c r="M61" s="5" t="s">
-        <v>430</v>
+        <v>439</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="5" t="s">
-        <v>431</v>
+        <v>440</v>
       </c>
       <c r="B62" s="5" t="s">
-        <v>44</v>
+        <v>14</v>
       </c>
       <c r="C62" s="5" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="D62" s="5" t="s">
-        <v>89</v>
-[...7 lines deleted...]
-        </is>
+        <v>25</v>
+      </c>
+      <c r="E62" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F62" s="5" t="s">
+        <v>441</v>
       </c>
       <c r="G62" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H62" s="5" t="s">
-        <v>432</v>
+        <v>442</v>
       </c>
       <c r="I62" s="5" t="s">
-        <v>433</v>
+        <v>443</v>
       </c>
       <c r="J62" s="5" t="s">
-        <v>93</v>
+        <v>444</v>
       </c>
       <c r="K62" s="5" t="s">
-        <v>434</v>
+        <v>445</v>
       </c>
       <c r="L62" s="6" t="s">
-        <v>435</v>
+        <v>446</v>
       </c>
       <c r="M62" s="5" t="s">
-        <v>436</v>
+        <v>447</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="5" t="s">
-        <v>437</v>
+        <v>448</v>
       </c>
       <c r="B63" s="5" t="s">
-        <v>44</v>
+        <v>14</v>
       </c>
       <c r="C63" s="5" t="s">
-        <v>35</v>
+        <v>449</v>
       </c>
       <c r="D63" s="5" t="s">
-        <v>89</v>
+        <v>46</v>
       </c>
       <c r="E63" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F63" s="5" t="inlineStr">
-[...5 lines deleted...]
-        <v>438</v>
+      <c r="F63" s="5" t="s">
+        <v>441</v>
+      </c>
+      <c r="G63" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H63" s="5" t="s">
-        <v>439</v>
-[...3 lines deleted...]
-      </c>
+        <v>450</v>
+      </c>
+      <c r="I63" s="5"/>
       <c r="J63" s="5" t="s">
-        <v>93</v>
+        <v>451</v>
       </c>
       <c r="K63" s="5" t="s">
-        <v>441</v>
+        <v>452</v>
       </c>
       <c r="L63" s="6" t="s">
-        <v>442</v>
+        <v>453</v>
       </c>
       <c r="M63" s="5" t="s">
-        <v>443</v>
+        <v>454</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="5" t="s">
-        <v>444</v>
+        <v>455</v>
       </c>
       <c r="B64" s="5" t="s">
-        <v>44</v>
+        <v>14</v>
       </c>
       <c r="C64" s="5" t="s">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="D64" s="5" t="s">
-        <v>89</v>
-[...7 lines deleted...]
-        </is>
+        <v>25</v>
+      </c>
+      <c r="E64" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F64" s="5" t="s">
+        <v>284</v>
       </c>
       <c r="G64" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H64" s="5" t="s">
-        <v>445</v>
+        <v>456</v>
       </c>
       <c r="I64" s="5" t="s">
-        <v>446</v>
+        <v>457</v>
       </c>
       <c r="J64" s="5" t="s">
-        <v>93</v>
+        <v>458</v>
       </c>
       <c r="K64" s="5" t="s">
-        <v>447</v>
+        <v>459</v>
       </c>
       <c r="L64" s="6" t="s">
-        <v>448</v>
+        <v>460</v>
       </c>
       <c r="M64" s="5" t="s">
-        <v>449</v>
+        <v>461</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="5" t="s">
-        <v>450</v>
+        <v>462</v>
       </c>
       <c r="B65" s="5" t="s">
-        <v>44</v>
+        <v>14</v>
       </c>
       <c r="C65" s="5" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="D65" s="5" t="s">
-        <v>89</v>
+        <v>25</v>
       </c>
       <c r="E65" s="5" t="s">
-        <v>79</v>
-[...7 lines deleted...]
-        <v>451</v>
+        <v>463</v>
+      </c>
+      <c r="F65" s="5" t="s">
+        <v>441</v>
+      </c>
+      <c r="G65" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H65" s="5" t="s">
-        <v>452</v>
+        <v>464</v>
       </c>
       <c r="I65" s="5" t="s">
-        <v>453</v>
+        <v>465</v>
       </c>
       <c r="J65" s="5" t="s">
-        <v>93</v>
+        <v>466</v>
       </c>
       <c r="K65" s="5" t="s">
-        <v>454</v>
+        <v>467</v>
       </c>
       <c r="L65" s="6" t="s">
-        <v>455</v>
+        <v>468</v>
       </c>
       <c r="M65" s="5" t="s">
-        <v>456</v>
+        <v>469</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="5" t="s">
-        <v>457</v>
+        <v>470</v>
       </c>
       <c r="B66" s="5" t="s">
-        <v>44</v>
+        <v>14</v>
       </c>
       <c r="C66" s="5" t="s">
-        <v>256</v>
+        <v>96</v>
       </c>
       <c r="D66" s="5" t="s">
-        <v>45</v>
+        <v>25</v>
       </c>
       <c r="E66" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F66" s="5" t="s">
-        <v>383</v>
+      <c r="F66" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G66" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H66" s="5" t="s">
-        <v>458</v>
-[...3 lines deleted...]
-      </c>
+        <v>471</v>
+      </c>
+      <c r="I66" s="5"/>
       <c r="J66" s="5" t="s">
-        <v>460</v>
+        <v>472</v>
       </c>
       <c r="K66" s="5" t="s">
-        <v>461</v>
+        <v>473</v>
       </c>
       <c r="L66" s="6" t="s">
-        <v>462</v>
+        <v>474</v>
       </c>
       <c r="M66" s="5" t="s">
-        <v>463</v>
+        <v>475</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="5" t="s">
-        <v>464</v>
+        <v>476</v>
       </c>
       <c r="B67" s="5" t="s">
-        <v>44</v>
+        <v>14</v>
       </c>
       <c r="C67" s="5" t="s">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="D67" s="5" t="s">
-        <v>89</v>
-[...4 lines deleted...]
-        </is>
+        <v>16</v>
+      </c>
+      <c r="E67" s="5" t="s">
+        <v>284</v>
       </c>
       <c r="F67" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G67" s="5" t="s">
-        <v>465</v>
+      <c r="G67" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H67" s="5" t="s">
-        <v>466</v>
-[...1 lines deleted...]
-      <c r="I67" s="5"/>
+        <v>477</v>
+      </c>
+      <c r="I67" s="5" t="s">
+        <v>478</v>
+      </c>
       <c r="J67" s="5" t="s">
-        <v>93</v>
+        <v>279</v>
       </c>
       <c r="K67" s="5" t="s">
-        <v>467</v>
+        <v>479</v>
       </c>
       <c r="L67" s="6" t="s">
-        <v>468</v>
+        <v>480</v>
       </c>
       <c r="M67" s="5" t="s">
-        <v>469</v>
+        <v>481</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="5" t="s">
-        <v>464</v>
+        <v>482</v>
       </c>
       <c r="B68" s="5" t="s">
-        <v>44</v>
+        <v>14</v>
       </c>
       <c r="C68" s="5" t="s">
-        <v>89</v>
+        <v>25</v>
       </c>
       <c r="D68" s="5" t="s">
-        <v>35</v>
-[...7 lines deleted...]
-        </is>
+        <v>46</v>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F68" s="5" t="s">
+        <v>441</v>
       </c>
       <c r="G68" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H68" s="5" t="s">
-        <v>470</v>
+        <v>483</v>
       </c>
       <c r="I68" s="5"/>
       <c r="J68" s="5" t="s">
-        <v>93</v>
+        <v>484</v>
       </c>
       <c r="K68" s="5" t="s">
-        <v>471</v>
+        <v>485</v>
       </c>
       <c r="L68" s="6" t="s">
-        <v>472</v>
+        <v>486</v>
       </c>
       <c r="M68" s="5" t="s">
-        <v>473</v>
+        <v>487</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="5" t="s">
-        <v>474</v>
+        <v>488</v>
       </c>
       <c r="B69" s="5" t="s">
-        <v>44</v>
+        <v>128</v>
       </c>
       <c r="C69" s="5" t="s">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="D69" s="5" t="s">
-        <v>89</v>
-[...12 lines deleted...]
-        <v>475</v>
+        <v>25</v>
+      </c>
+      <c r="E69" s="5" t="s">
+        <v>489</v>
+      </c>
+      <c r="F69" s="5" t="s">
+        <v>441</v>
+      </c>
+      <c r="G69" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H69" s="5" t="s">
-        <v>476</v>
+        <v>490</v>
       </c>
       <c r="I69" s="5" t="s">
-        <v>477</v>
+        <v>491</v>
       </c>
       <c r="J69" s="5" t="s">
-        <v>93</v>
+        <v>492</v>
       </c>
       <c r="K69" s="5" t="s">
-        <v>478</v>
+        <v>493</v>
       </c>
       <c r="L69" s="6" t="s">
-        <v>479</v>
+        <v>494</v>
       </c>
       <c r="M69" s="5" t="s">
-        <v>480</v>
+        <v>495</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="5" t="s">
-        <v>481</v>
+        <v>213</v>
       </c>
       <c r="B70" s="5" t="s">
-        <v>44</v>
+        <v>128</v>
       </c>
       <c r="C70" s="5" t="s">
-        <v>88</v>
+        <v>25</v>
       </c>
       <c r="D70" s="5" t="s">
-        <v>89</v>
+        <v>26</v>
       </c>
       <c r="E70" s="5" t="s">
-        <v>90</v>
+        <v>112</v>
       </c>
       <c r="F70" s="5" t="s">
-        <v>56</v>
+        <v>284</v>
       </c>
       <c r="G70" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H70" s="5" t="s">
-        <v>482</v>
+        <v>496</v>
       </c>
       <c r="I70" s="5"/>
       <c r="J70" s="5" t="s">
-        <v>93</v>
-[...4 lines deleted...]
-        </is>
+        <v>497</v>
+      </c>
+      <c r="K70" s="5" t="s">
+        <v>498</v>
       </c>
       <c r="L70" s="6" t="s">
-        <v>483</v>
+        <v>499</v>
       </c>
       <c r="M70" s="5" t="s">
-        <v>484</v>
+        <v>500</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="5" t="s">
-        <v>485</v>
+        <v>501</v>
       </c>
       <c r="B71" s="5" t="s">
-        <v>44</v>
+        <v>14</v>
       </c>
       <c r="C71" s="5" t="s">
-        <v>35</v>
+        <v>502</v>
       </c>
       <c r="D71" s="5" t="s">
-        <v>89</v>
-[...9 lines deleted...]
-        </is>
+        <v>46</v>
+      </c>
+      <c r="E71" s="5" t="s">
+        <v>503</v>
+      </c>
+      <c r="F71" s="5" t="s">
+        <v>284</v>
       </c>
       <c r="G71" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H71" s="5" t="s">
-        <v>486</v>
+        <v>26</v>
       </c>
       <c r="I71" s="5" t="s">
-        <v>487</v>
+        <v>504</v>
       </c>
       <c r="J71" s="5" t="s">
-        <v>93</v>
+        <v>505</v>
       </c>
       <c r="K71" s="5" t="s">
-        <v>488</v>
+        <v>506</v>
       </c>
       <c r="L71" s="6" t="s">
-        <v>489</v>
+        <v>507</v>
       </c>
       <c r="M71" s="5" t="s">
-        <v>490</v>
+        <v>508</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="5" t="s">
-        <v>491</v>
+        <v>509</v>
       </c>
       <c r="B72" s="5" t="s">
-        <v>44</v>
+        <v>14</v>
       </c>
       <c r="C72" s="5" t="s">
-        <v>88</v>
+        <v>25</v>
       </c>
       <c r="D72" s="5" t="s">
-        <v>89</v>
+        <v>510</v>
       </c>
       <c r="E72" s="5" t="s">
-        <v>90</v>
+        <v>284</v>
       </c>
       <c r="F72" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G72" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H72" s="5" t="s">
-        <v>492</v>
+        <v>511</v>
       </c>
       <c r="I72" s="5" t="s">
-        <v>493</v>
+        <v>512</v>
       </c>
       <c r="J72" s="5" t="s">
-        <v>93</v>
+        <v>513</v>
       </c>
       <c r="K72" s="5" t="s">
-        <v>494</v>
+        <v>514</v>
       </c>
       <c r="L72" s="6" t="s">
-        <v>495</v>
+        <v>515</v>
       </c>
       <c r="M72" s="5" t="s">
-        <v>484</v>
+        <v>516</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="5" t="s">
-        <v>496</v>
+        <v>517</v>
       </c>
       <c r="B73" s="5" t="s">
-        <v>44</v>
+        <v>14</v>
       </c>
       <c r="C73" s="5" t="s">
-        <v>89</v>
+        <v>46</v>
       </c>
       <c r="D73" s="5" t="s">
-        <v>35</v>
-[...4 lines deleted...]
-        </is>
+        <v>36</v>
+      </c>
+      <c r="E73" s="5" t="s">
+        <v>28</v>
       </c>
       <c r="F73" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G73" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H73" s="5" t="s">
-        <v>497</v>
+        <v>518</v>
       </c>
       <c r="I73" s="5" t="s">
-        <v>498</v>
+        <v>519</v>
       </c>
       <c r="J73" s="5" t="s">
-        <v>93</v>
+        <v>520</v>
       </c>
       <c r="K73" s="5" t="s">
-        <v>499</v>
+        <v>521</v>
       </c>
       <c r="L73" s="6" t="s">
-        <v>500</v>
+        <v>522</v>
       </c>
       <c r="M73" s="5" t="s">
-        <v>501</v>
+        <v>523</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="5" t="s">
-        <v>502</v>
+        <v>524</v>
       </c>
       <c r="B74" s="5" t="s">
-        <v>44</v>
+        <v>14</v>
       </c>
       <c r="C74" s="5" t="s">
-        <v>89</v>
+        <v>25</v>
       </c>
       <c r="D74" s="5" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>90</v>
+        <v>26</v>
+      </c>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F74" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G74" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H74" s="5" t="s">
-        <v>503</v>
+        <v>525</v>
       </c>
       <c r="I74" s="5" t="s">
-        <v>504</v>
+        <v>526</v>
       </c>
       <c r="J74" s="5" t="s">
-        <v>93</v>
+        <v>527</v>
       </c>
       <c r="K74" s="5" t="s">
-        <v>505</v>
+        <v>528</v>
       </c>
       <c r="L74" s="6" t="s">
-        <v>506</v>
+        <v>529</v>
       </c>
       <c r="M74" s="5" t="s">
-        <v>507</v>
+        <v>530</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="5" t="s">
-        <v>508</v>
+        <v>531</v>
       </c>
       <c r="B75" s="5" t="s">
-        <v>44</v>
+        <v>128</v>
       </c>
       <c r="C75" s="5" t="s">
-        <v>89</v>
+        <v>15</v>
       </c>
       <c r="D75" s="5" t="s">
-        <v>35</v>
+        <v>25</v>
       </c>
       <c r="E75" s="5" t="s">
-        <v>90</v>
-[...4 lines deleted...]
-        </is>
+        <v>532</v>
+      </c>
+      <c r="F75" s="5" t="s">
+        <v>284</v>
       </c>
       <c r="G75" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H75" s="5" t="s">
-        <v>509</v>
+      <c r="H75" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I75" s="5" t="s">
-        <v>510</v>
+        <v>533</v>
       </c>
       <c r="J75" s="5" t="s">
-        <v>93</v>
+        <v>534</v>
       </c>
       <c r="K75" s="5" t="s">
-        <v>511</v>
+        <v>535</v>
       </c>
       <c r="L75" s="6" t="s">
-        <v>512</v>
+        <v>536</v>
       </c>
       <c r="M75" s="5" t="s">
-        <v>513</v>
+        <v>537</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="5" t="s">
-        <v>514</v>
+        <v>538</v>
       </c>
       <c r="B76" s="5" t="s">
-        <v>44</v>
+        <v>128</v>
       </c>
       <c r="C76" s="5" t="s">
-        <v>35</v>
+        <v>539</v>
       </c>
       <c r="D76" s="5" t="s">
-        <v>89</v>
-[...7 lines deleted...]
-        </is>
+        <v>26</v>
+      </c>
+      <c r="E76" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F76" s="5" t="s">
+        <v>284</v>
       </c>
       <c r="G76" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H76" s="5" t="s">
-        <v>515</v>
+        <v>540</v>
       </c>
       <c r="I76" s="5" t="s">
-        <v>516</v>
+        <v>541</v>
       </c>
       <c r="J76" s="5" t="s">
-        <v>93</v>
+        <v>542</v>
       </c>
       <c r="K76" s="5" t="s">
-        <v>517</v>
+        <v>543</v>
       </c>
       <c r="L76" s="6" t="s">
-        <v>518</v>
+        <v>544</v>
       </c>
       <c r="M76" s="5" t="s">
-        <v>519</v>
+        <v>545</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="5" t="s">
-        <v>520</v>
+        <v>546</v>
       </c>
       <c r="B77" s="5" t="s">
-        <v>44</v>
+        <v>120</v>
       </c>
       <c r="C77" s="5" t="s">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="D77" s="5" t="s">
-        <v>89</v>
+        <v>25</v>
       </c>
       <c r="E77" s="5" t="s">
-        <v>79</v>
-[...9 lines deleted...]
-        </is>
+        <v>145</v>
+      </c>
+      <c r="F77" s="5" t="s">
+        <v>284</v>
+      </c>
+      <c r="G77" s="5" t="s">
+        <v>547</v>
       </c>
       <c r="H77" s="5" t="s">
-        <v>521</v>
+        <v>548</v>
       </c>
       <c r="I77" s="5" t="s">
-        <v>522</v>
+        <v>549</v>
       </c>
       <c r="J77" s="5" t="s">
-        <v>93</v>
+        <v>550</v>
       </c>
       <c r="K77" s="5" t="s">
-        <v>523</v>
+        <v>551</v>
       </c>
       <c r="L77" s="6" t="s">
-        <v>524</v>
+        <v>552</v>
       </c>
       <c r="M77" s="5" t="s">
-        <v>525</v>
+        <v>553</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="5" t="s">
-        <v>526</v>
+        <v>554</v>
       </c>
       <c r="B78" s="5" t="s">
-        <v>44</v>
+        <v>128</v>
       </c>
       <c r="C78" s="5" t="s">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="D78" s="5" t="s">
-        <v>89</v>
-[...9 lines deleted...]
-        </is>
+        <v>25</v>
+      </c>
+      <c r="E78" s="5" t="s">
+        <v>145</v>
+      </c>
+      <c r="F78" s="5" t="s">
+        <v>441</v>
       </c>
       <c r="G78" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H78" s="5" t="s">
-        <v>527</v>
+        <v>555</v>
       </c>
       <c r="I78" s="5" t="s">
-        <v>528</v>
+        <v>556</v>
       </c>
       <c r="J78" s="5" t="s">
-        <v>93</v>
+        <v>557</v>
       </c>
       <c r="K78" s="5" t="s">
-        <v>529</v>
+        <v>558</v>
       </c>
       <c r="L78" s="6" t="s">
-        <v>530</v>
+        <v>559</v>
       </c>
       <c r="M78" s="5" t="s">
-        <v>531</v>
+        <v>560</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="5" t="s">
-        <v>532</v>
+        <v>561</v>
       </c>
       <c r="B79" s="5" t="s">
-        <v>44</v>
+        <v>128</v>
       </c>
       <c r="C79" s="5" t="s">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="D79" s="5" t="s">
-        <v>89</v>
-[...12 lines deleted...]
-        <v>438</v>
+        <v>25</v>
+      </c>
+      <c r="E79" s="5" t="s">
+        <v>145</v>
+      </c>
+      <c r="F79" s="5" t="s">
+        <v>284</v>
+      </c>
+      <c r="G79" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H79" s="5" t="s">
-        <v>533</v>
+        <v>562</v>
       </c>
       <c r="I79" s="5" t="s">
-        <v>534</v>
+        <v>563</v>
       </c>
       <c r="J79" s="5" t="s">
-        <v>93</v>
+        <v>564</v>
       </c>
       <c r="K79" s="5" t="s">
-        <v>535</v>
+        <v>565</v>
       </c>
       <c r="L79" s="6" t="s">
-        <v>536</v>
+        <v>566</v>
       </c>
       <c r="M79" s="5" t="s">
-        <v>537</v>
+        <v>567</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="5" t="s">
-        <v>538</v>
+        <v>568</v>
       </c>
       <c r="B80" s="5" t="s">
-        <v>44</v>
+        <v>128</v>
       </c>
       <c r="C80" s="5" t="s">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="D80" s="5" t="s">
-        <v>89</v>
+        <v>25</v>
       </c>
       <c r="E80" s="5" t="s">
-        <v>79</v>
-[...4 lines deleted...]
-        </is>
+        <v>145</v>
+      </c>
+      <c r="F80" s="5" t="s">
+        <v>284</v>
       </c>
       <c r="G80" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H80" s="5" t="s">
-[...2 lines deleted...]
-      <c r="I80" s="5"/>
+      <c r="H80" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I80" s="5" t="s">
+        <v>569</v>
+      </c>
       <c r="J80" s="5" t="s">
-        <v>93</v>
+        <v>570</v>
       </c>
       <c r="K80" s="5" t="s">
-        <v>540</v>
+        <v>571</v>
       </c>
       <c r="L80" s="6" t="s">
-        <v>541</v>
+        <v>572</v>
       </c>
       <c r="M80" s="5" t="s">
-        <v>542</v>
+        <v>573</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="5" t="s">
-        <v>543</v>
+        <v>574</v>
       </c>
       <c r="B81" s="5" t="s">
-        <v>44</v>
+        <v>120</v>
       </c>
       <c r="C81" s="5" t="s">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="D81" s="5" t="s">
-        <v>89</v>
-[...9 lines deleted...]
-        </is>
+        <v>25</v>
+      </c>
+      <c r="E81" s="5" t="s">
+        <v>575</v>
+      </c>
+      <c r="F81" s="5" t="s">
+        <v>284</v>
       </c>
       <c r="G81" s="5" t="s">
-        <v>544</v>
+        <v>576</v>
       </c>
       <c r="H81" s="5" t="s">
-        <v>545</v>
+        <v>577</v>
       </c>
       <c r="I81" s="5"/>
       <c r="J81" s="5" t="s">
-        <v>93</v>
+        <v>578</v>
       </c>
       <c r="K81" s="5" t="s">
-        <v>546</v>
+        <v>579</v>
       </c>
       <c r="L81" s="6" t="s">
-        <v>547</v>
+        <v>580</v>
       </c>
       <c r="M81" s="5" t="s">
-        <v>548</v>
+        <v>581</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="5" t="s">
-        <v>549</v>
+        <v>582</v>
       </c>
       <c r="B82" s="5" t="s">
-        <v>44</v>
+        <v>14</v>
       </c>
       <c r="C82" s="5" t="s">
-        <v>35</v>
+        <v>25</v>
       </c>
       <c r="D82" s="5" t="s">
-        <v>89</v>
+        <v>26</v>
       </c>
       <c r="E82" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F82" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G82" s="5" t="s">
-        <v>550</v>
+      <c r="G82" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H82" s="5" t="s">
-        <v>551</v>
-[...1 lines deleted...]
-      <c r="I82" s="5"/>
+        <v>583</v>
+      </c>
+      <c r="I82" s="5" t="s">
+        <v>584</v>
+      </c>
       <c r="J82" s="5" t="s">
-        <v>93</v>
-[...2 lines deleted...]
-        <v>552</v>
+        <v>585</v>
+      </c>
+      <c r="K82" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L82" s="6" t="s">
-        <v>553</v>
+        <v>586</v>
       </c>
       <c r="M82" s="5" t="s">
-        <v>554</v>
+        <v>587</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="5" t="s">
-        <v>555</v>
+        <v>588</v>
       </c>
       <c r="B83" s="5" t="s">
-        <v>44</v>
+        <v>14</v>
       </c>
       <c r="C83" s="5" t="s">
-        <v>256</v>
+        <v>15</v>
       </c>
       <c r="D83" s="5" t="s">
-        <v>45</v>
-[...7 lines deleted...]
-        <v>556</v>
+        <v>16</v>
+      </c>
+      <c r="E83" s="5" t="s">
+        <v>284</v>
+      </c>
+      <c r="F83" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G83" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H83" s="5" t="s">
-        <v>557</v>
-[...3 lines deleted...]
-      </c>
+        <v>589</v>
+      </c>
+      <c r="I83" s="5"/>
       <c r="J83" s="5" t="s">
-        <v>559</v>
+        <v>279</v>
       </c>
       <c r="K83" s="5" t="s">
-        <v>560</v>
+        <v>590</v>
       </c>
       <c r="L83" s="6" t="s">
-        <v>561</v>
+        <v>591</v>
       </c>
       <c r="M83" s="5" t="s">
-        <v>562</v>
+        <v>592</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="5" t="s">
-        <v>563</v>
+        <v>593</v>
       </c>
       <c r="B84" s="5" t="s">
-        <v>44</v>
+        <v>14</v>
       </c>
       <c r="C84" s="5" t="s">
-        <v>45</v>
+        <v>25</v>
       </c>
       <c r="D84" s="5" t="s">
-        <v>55</v>
+        <v>26</v>
       </c>
       <c r="E84" s="5" t="s">
-        <v>79</v>
+        <v>284</v>
       </c>
       <c r="F84" s="5" t="s">
-        <v>295</v>
+        <v>28</v>
       </c>
       <c r="G84" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H84" s="5" t="s">
-        <v>564</v>
+        <v>594</v>
       </c>
       <c r="I84" s="5" t="s">
-        <v>565</v>
+        <v>595</v>
       </c>
       <c r="J84" s="5" t="s">
-        <v>566</v>
+        <v>596</v>
       </c>
       <c r="K84" s="5" t="s">
-        <v>567</v>
+        <v>597</v>
       </c>
       <c r="L84" s="6" t="s">
-        <v>568</v>
+        <v>598</v>
       </c>
       <c r="M84" s="5" t="s">
-        <v>569</v>
+        <v>599</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="5" t="s">
-        <v>570</v>
+        <v>600</v>
       </c>
       <c r="B85" s="5" t="s">
-        <v>44</v>
+        <v>14</v>
       </c>
       <c r="C85" s="5" t="s">
-        <v>45</v>
+        <v>15</v>
       </c>
       <c r="D85" s="5" t="s">
-        <v>55</v>
+        <v>25</v>
       </c>
       <c r="E85" s="5" t="s">
-        <v>280</v>
+        <v>601</v>
       </c>
       <c r="F85" s="5" t="s">
-        <v>295</v>
+        <v>284</v>
       </c>
       <c r="G85" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H85" s="5" t="s">
-        <v>571</v>
+        <v>602</v>
       </c>
       <c r="I85" s="5" t="s">
-        <v>572</v>
+        <v>603</v>
       </c>
       <c r="J85" s="5" t="s">
-        <v>573</v>
+        <v>604</v>
       </c>
       <c r="K85" s="5" t="s">
-        <v>574</v>
+        <v>605</v>
       </c>
       <c r="L85" s="6" t="s">
-        <v>575</v>
+        <v>606</v>
       </c>
       <c r="M85" s="5" t="s">
-        <v>576</v>
+        <v>607</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="5" t="s">
-        <v>577</v>
+        <v>608</v>
       </c>
       <c r="B86" s="5" t="s">
-        <v>44</v>
+        <v>14</v>
       </c>
       <c r="C86" s="5" t="s">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="D86" s="5" t="s">
-        <v>45</v>
+        <v>16</v>
       </c>
       <c r="E86" s="5" t="s">
-        <v>578</v>
-[...2 lines deleted...]
-        <v>79</v>
+        <v>284</v>
+      </c>
+      <c r="F86" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G86" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H86" s="5" t="s">
-        <v>579</v>
+        <v>609</v>
       </c>
       <c r="I86" s="5" t="s">
-        <v>580</v>
+        <v>610</v>
       </c>
       <c r="J86" s="5" t="s">
-        <v>581</v>
+        <v>279</v>
       </c>
       <c r="K86" s="5" t="s">
-        <v>582</v>
+        <v>611</v>
       </c>
       <c r="L86" s="6" t="s">
-        <v>583</v>
+        <v>612</v>
       </c>
       <c r="M86" s="5" t="s">
-        <v>584</v>
+        <v>613</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="5" t="s">
-        <v>585</v>
+        <v>614</v>
       </c>
       <c r="B87" s="5" t="s">
-        <v>44</v>
+        <v>14</v>
       </c>
       <c r="C87" s="5" t="s">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="D87" s="5" t="s">
-        <v>45</v>
-[...8 lines deleted...]
-        <v>587</v>
+        <v>16</v>
+      </c>
+      <c r="E87" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F87" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G87" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H87" s="5" t="s">
-        <v>588</v>
+        <v>615</v>
       </c>
       <c r="I87" s="5" t="s">
-        <v>589</v>
+        <v>616</v>
       </c>
       <c r="J87" s="5" t="s">
-        <v>410</v>
+        <v>279</v>
       </c>
       <c r="K87" s="5" t="s">
-        <v>590</v>
+        <v>617</v>
       </c>
       <c r="L87" s="6" t="s">
-        <v>591</v>
+        <v>618</v>
       </c>
       <c r="M87" s="5" t="s">
-        <v>592</v>
+        <v>619</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="5" t="s">
-        <v>593</v>
+        <v>620</v>
       </c>
       <c r="B88" s="5" t="s">
-        <v>44</v>
+        <v>14</v>
       </c>
       <c r="C88" s="5" t="s">
-        <v>35</v>
+        <v>298</v>
       </c>
       <c r="D88" s="5" t="s">
-        <v>89</v>
+        <v>16</v>
       </c>
       <c r="E88" s="5" t="s">
-        <v>79</v>
-[...4 lines deleted...]
-        </is>
+        <v>18</v>
+      </c>
+      <c r="F88" s="5" t="s">
+        <v>112</v>
       </c>
       <c r="G88" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H88" s="5" t="s">
-        <v>594</v>
+        <v>621</v>
       </c>
       <c r="I88" s="5" t="s">
-        <v>595</v>
+        <v>622</v>
       </c>
       <c r="J88" s="5" t="s">
-        <v>93</v>
+        <v>279</v>
       </c>
       <c r="K88" s="5" t="s">
-        <v>596</v>
+        <v>623</v>
       </c>
       <c r="L88" s="6" t="s">
-        <v>597</v>
+        <v>624</v>
       </c>
       <c r="M88" s="5" t="s">
-        <v>598</v>
+        <v>625</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="5" t="s">
-        <v>599</v>
+        <v>626</v>
       </c>
       <c r="B89" s="5" t="s">
-        <v>44</v>
+        <v>14</v>
       </c>
       <c r="C89" s="5" t="s">
-        <v>35</v>
+        <v>298</v>
       </c>
       <c r="D89" s="5" t="s">
-        <v>89</v>
-[...9 lines deleted...]
-        </is>
+        <v>16</v>
+      </c>
+      <c r="E89" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="F89" s="5" t="s">
+        <v>112</v>
       </c>
       <c r="G89" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H89" s="5" t="s">
-        <v>600</v>
+        <v>627</v>
       </c>
       <c r="I89" s="5" t="s">
-        <v>601</v>
+        <v>628</v>
       </c>
       <c r="J89" s="5" t="s">
-        <v>93</v>
+        <v>279</v>
       </c>
       <c r="K89" s="5" t="s">
-        <v>602</v>
+        <v>629</v>
       </c>
       <c r="L89" s="6" t="s">
-        <v>603</v>
+        <v>630</v>
       </c>
       <c r="M89" s="5" t="s">
-        <v>604</v>
+        <v>631</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="5" t="s">
-        <v>605</v>
+        <v>632</v>
       </c>
       <c r="B90" s="5" t="s">
-        <v>44</v>
+        <v>14</v>
       </c>
       <c r="C90" s="5" t="s">
-        <v>45</v>
+        <v>15</v>
       </c>
       <c r="D90" s="5" t="s">
-        <v>606</v>
+        <v>25</v>
       </c>
       <c r="E90" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F90" s="5" t="s">
-        <v>136</v>
+      <c r="F90" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G90" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H90" s="5" t="s">
-        <v>607</v>
-[...1 lines deleted...]
-      <c r="I90" s="5"/>
+        <v>633</v>
+      </c>
+      <c r="I90" s="5" t="s">
+        <v>634</v>
+      </c>
       <c r="J90" s="5" t="s">
-        <v>608</v>
+        <v>635</v>
       </c>
       <c r="K90" s="5" t="s">
-        <v>609</v>
+        <v>636</v>
       </c>
       <c r="L90" s="6" t="s">
-        <v>610</v>
+        <v>637</v>
       </c>
       <c r="M90" s="5" t="s">
-        <v>611</v>
+        <v>638</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="5" t="s">
-        <v>612</v>
+        <v>639</v>
       </c>
       <c r="B91" s="5" t="s">
-        <v>44</v>
+        <v>14</v>
       </c>
       <c r="C91" s="5" t="s">
-        <v>45</v>
+        <v>16</v>
       </c>
       <c r="D91" s="5" t="s">
-        <v>606</v>
-[...7 lines deleted...]
-        <v>613</v>
+        <v>15</v>
+      </c>
+      <c r="E91" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="F91" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G91" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H91" s="5" t="s">
-        <v>614</v>
+        <v>640</v>
       </c>
       <c r="I91" s="5" t="s">
-        <v>615</v>
+        <v>641</v>
       </c>
       <c r="J91" s="5" t="s">
-        <v>616</v>
+        <v>279</v>
       </c>
       <c r="K91" s="5" t="s">
-        <v>617</v>
+        <v>642</v>
       </c>
       <c r="L91" s="6" t="s">
-        <v>618</v>
+        <v>643</v>
       </c>
       <c r="M91" s="5" t="s">
-        <v>619</v>
+        <v>644</v>
       </c>
     </row>
     <row r="92">
-      <c r="A92" s="5" t="s">
-        <v>620</v>
+      <c r="A92" s="5" t="n">
+        <v>1898</v>
       </c>
       <c r="B92" s="5" t="s">
-        <v>44</v>
+        <v>14</v>
       </c>
       <c r="C92" s="5" t="s">
-        <v>45</v>
+        <v>15</v>
       </c>
       <c r="D92" s="5" t="s">
-        <v>55</v>
-[...7 lines deleted...]
-        <v>295</v>
+        <v>16</v>
+      </c>
+      <c r="E92" s="5" t="s">
+        <v>284</v>
+      </c>
+      <c r="F92" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G92" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H92" s="5" t="s">
-        <v>621</v>
+        <v>645</v>
       </c>
       <c r="I92" s="5" t="s">
-        <v>622</v>
+        <v>646</v>
       </c>
       <c r="J92" s="5" t="s">
-        <v>623</v>
+        <v>279</v>
       </c>
       <c r="K92" s="5" t="s">
-        <v>624</v>
+        <v>647</v>
       </c>
       <c r="L92" s="6" t="s">
-        <v>625</v>
+        <v>648</v>
       </c>
       <c r="M92" s="5" t="s">
-        <v>626</v>
+        <v>649</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="5" t="s">
-        <v>627</v>
+        <v>650</v>
       </c>
       <c r="B93" s="5" t="s">
-        <v>44</v>
+        <v>14</v>
       </c>
       <c r="C93" s="5" t="s">
-        <v>45</v>
+        <v>16</v>
       </c>
       <c r="D93" s="5" t="s">
-        <v>78</v>
+        <v>15</v>
       </c>
       <c r="E93" s="5" t="s">
-        <v>56</v>
+        <v>18</v>
       </c>
       <c r="F93" s="5" t="s">
-        <v>47</v>
+        <v>112</v>
       </c>
       <c r="G93" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H93" s="5" t="s">
-        <v>628</v>
+        <v>651</v>
       </c>
       <c r="I93" s="5" t="s">
-        <v>629</v>
+        <v>652</v>
       </c>
       <c r="J93" s="5" t="s">
-        <v>630</v>
+        <v>279</v>
       </c>
       <c r="K93" s="5" t="s">
-        <v>631</v>
+        <v>653</v>
       </c>
       <c r="L93" s="6" t="s">
-        <v>632</v>
+        <v>654</v>
       </c>
       <c r="M93" s="5" t="s">
-        <v>633</v>
+        <v>655</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="5" t="s">
-        <v>634</v>
+        <v>297</v>
       </c>
       <c r="B94" s="5" t="s">
-        <v>44</v>
+        <v>14</v>
       </c>
       <c r="C94" s="5" t="s">
-        <v>45</v>
+        <v>16</v>
       </c>
       <c r="D94" s="5" t="s">
-        <v>606</v>
+        <v>15</v>
       </c>
       <c r="E94" s="5" t="s">
-        <v>635</v>
+        <v>18</v>
       </c>
       <c r="F94" s="5" t="s">
-        <v>363</v>
+        <v>112</v>
       </c>
       <c r="G94" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H94" s="5" t="s">
-        <v>636</v>
-[...3 lines deleted...]
-      </c>
+        <v>656</v>
+      </c>
+      <c r="I94" s="5"/>
       <c r="J94" s="5" t="s">
-        <v>638</v>
+        <v>279</v>
       </c>
       <c r="K94" s="5" t="s">
-        <v>639</v>
+        <v>657</v>
       </c>
       <c r="L94" s="6" t="s">
-        <v>640</v>
+        <v>658</v>
       </c>
       <c r="M94" s="5" t="s">
-        <v>641</v>
+        <v>659</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="5" t="s">
-        <v>642</v>
+        <v>660</v>
       </c>
       <c r="B95" s="5" t="s">
-        <v>44</v>
+        <v>14</v>
       </c>
       <c r="C95" s="5" t="s">
-        <v>45</v>
+        <v>16</v>
       </c>
       <c r="D95" s="5" t="s">
-        <v>606</v>
+        <v>15</v>
       </c>
       <c r="E95" s="5" t="s">
-        <v>643</v>
+        <v>18</v>
       </c>
       <c r="F95" s="5" t="s">
-        <v>363</v>
+        <v>112</v>
       </c>
       <c r="G95" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H95" s="5" t="s">
-        <v>644</v>
-[...3 lines deleted...]
-      </c>
+        <v>661</v>
+      </c>
+      <c r="I95" s="5"/>
       <c r="J95" s="5" t="s">
-        <v>646</v>
+        <v>279</v>
       </c>
       <c r="K95" s="5" t="s">
-        <v>647</v>
+        <v>662</v>
       </c>
       <c r="L95" s="6" t="s">
-        <v>648</v>
+        <v>663</v>
       </c>
       <c r="M95" s="5" t="s">
-        <v>649</v>
+        <v>664</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="5" t="s">
-        <v>650</v>
+        <v>375</v>
       </c>
       <c r="B96" s="5" t="s">
-        <v>134</v>
+        <v>14</v>
       </c>
       <c r="C96" s="5" t="s">
-        <v>45</v>
+        <v>16</v>
       </c>
       <c r="D96" s="5" t="s">
-        <v>606</v>
+        <v>15</v>
       </c>
       <c r="E96" s="5" t="s">
-        <v>643</v>
-[...2 lines deleted...]
-        <v>47</v>
+        <v>18</v>
+      </c>
+      <c r="F96" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G96" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H96" s="5" t="s">
-        <v>651</v>
-[...3 lines deleted...]
-      </c>
+        <v>665</v>
+      </c>
+      <c r="I96" s="5"/>
       <c r="J96" s="5" t="s">
-        <v>653</v>
+        <v>279</v>
       </c>
       <c r="K96" s="5" t="s">
-        <v>654</v>
+        <v>666</v>
       </c>
       <c r="L96" s="6" t="s">
-        <v>655</v>
+        <v>667</v>
       </c>
       <c r="M96" s="5" t="s">
-        <v>656</v>
+        <v>668</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="5" t="s">
-        <v>657</v>
+        <v>669</v>
       </c>
       <c r="B97" s="5" t="s">
-        <v>44</v>
+        <v>14</v>
       </c>
       <c r="C97" s="5" t="s">
-        <v>321</v>
+        <v>298</v>
       </c>
       <c r="D97" s="5" t="s">
-        <v>45</v>
-[...7 lines deleted...]
-        <v>136</v>
+        <v>16</v>
+      </c>
+      <c r="E97" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="F97" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G97" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H97" s="5" t="s">
-        <v>658</v>
+        <v>670</v>
       </c>
       <c r="I97" s="5" t="s">
-        <v>659</v>
+        <v>671</v>
       </c>
       <c r="J97" s="5" t="s">
-        <v>660</v>
+        <v>279</v>
       </c>
       <c r="K97" s="5" t="s">
-        <v>661</v>
+        <v>672</v>
       </c>
       <c r="L97" s="6" t="s">
-        <v>662</v>
+        <v>673</v>
       </c>
       <c r="M97" s="5" t="s">
-        <v>663</v>
+        <v>674</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="5" t="s">
-        <v>664</v>
+        <v>675</v>
       </c>
       <c r="B98" s="5" t="s">
-        <v>44</v>
+        <v>14</v>
       </c>
       <c r="C98" s="5" t="s">
-        <v>88</v>
+        <v>16</v>
       </c>
       <c r="D98" s="5" t="s">
-        <v>407</v>
-[...5 lines deleted...]
-        <v>56</v>
+        <v>15</v>
+      </c>
+      <c r="E98" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F98" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G98" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H98" s="5" t="s">
-        <v>665</v>
+        <v>676</v>
       </c>
       <c r="I98" s="5" t="s">
-        <v>666</v>
+        <v>677</v>
       </c>
       <c r="J98" s="5" t="s">
-        <v>667</v>
+        <v>279</v>
       </c>
       <c r="K98" s="5" t="s">
-        <v>668</v>
+        <v>678</v>
       </c>
       <c r="L98" s="6" t="s">
-        <v>669</v>
+        <v>679</v>
       </c>
       <c r="M98" s="5" t="s">
-        <v>670</v>
+        <v>680</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="5" t="s">
-        <v>671</v>
+        <v>681</v>
       </c>
       <c r="B99" s="5" t="s">
-        <v>44</v>
+        <v>14</v>
       </c>
       <c r="C99" s="5" t="s">
-        <v>321</v>
+        <v>16</v>
       </c>
       <c r="D99" s="5" t="s">
-        <v>55</v>
+        <v>15</v>
       </c>
       <c r="E99" s="5" t="s">
-        <v>672</v>
-[...2 lines deleted...]
-        <v>673</v>
+        <v>18</v>
+      </c>
+      <c r="F99" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G99" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H99" s="5" t="s">
-        <v>674</v>
+        <v>682</v>
       </c>
       <c r="I99" s="5" t="s">
-        <v>675</v>
+        <v>683</v>
       </c>
       <c r="J99" s="5" t="s">
-        <v>676</v>
+        <v>279</v>
       </c>
       <c r="K99" s="5" t="s">
-        <v>677</v>
+        <v>684</v>
       </c>
       <c r="L99" s="6" t="s">
-        <v>678</v>
+        <v>685</v>
       </c>
       <c r="M99" s="5" t="s">
-        <v>679</v>
+        <v>686</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="5" t="s">
-        <v>680</v>
+        <v>687</v>
       </c>
       <c r="B100" s="5" t="s">
-        <v>44</v>
+        <v>14</v>
       </c>
       <c r="C100" s="5" t="s">
-        <v>681</v>
+        <v>16</v>
       </c>
       <c r="D100" s="5" t="s">
-        <v>606</v>
+        <v>15</v>
       </c>
       <c r="E100" s="5" t="s">
-        <v>682</v>
-[...2 lines deleted...]
-        <v>79</v>
+        <v>18</v>
+      </c>
+      <c r="F100" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G100" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H100" s="5" t="s">
-        <v>55</v>
+        <v>510</v>
       </c>
       <c r="I100" s="5" t="s">
-        <v>683</v>
+        <v>688</v>
       </c>
       <c r="J100" s="5" t="s">
-        <v>684</v>
+        <v>279</v>
       </c>
       <c r="K100" s="5" t="s">
-        <v>685</v>
+        <v>689</v>
       </c>
       <c r="L100" s="6" t="s">
-        <v>686</v>
+        <v>690</v>
       </c>
       <c r="M100" s="5" t="s">
-        <v>687</v>
+        <v>691</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="5" t="s">
-        <v>688</v>
+        <v>692</v>
       </c>
       <c r="B101" s="5" t="s">
-        <v>44</v>
+        <v>14</v>
       </c>
       <c r="C101" s="5" t="s">
-        <v>35</v>
+        <v>25</v>
       </c>
       <c r="D101" s="5" t="s">
-        <v>89</v>
+        <v>26</v>
       </c>
       <c r="E101" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F101" s="5" t="inlineStr">
-[...5 lines deleted...]
-        <v>689</v>
+      <c r="F101" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="G101" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H101" s="5" t="s">
-        <v>690</v>
+        <v>693</v>
       </c>
       <c r="I101" s="5" t="s">
-        <v>691</v>
+        <v>694</v>
       </c>
       <c r="J101" s="5" t="s">
-        <v>93</v>
+        <v>695</v>
       </c>
       <c r="K101" s="5" t="s">
-        <v>692</v>
+        <v>696</v>
       </c>
       <c r="L101" s="6" t="s">
-        <v>693</v>
+        <v>697</v>
       </c>
       <c r="M101" s="5" t="s">
-        <v>694</v>
+        <v>698</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="5" t="s">
-        <v>695</v>
+        <v>699</v>
       </c>
       <c r="B102" s="5" t="s">
-        <v>44</v>
+        <v>14</v>
       </c>
       <c r="C102" s="5" t="s">
-        <v>89</v>
+        <v>298</v>
       </c>
       <c r="D102" s="5" t="s">
-        <v>35</v>
+        <v>299</v>
       </c>
       <c r="E102" s="5" t="s">
-        <v>90</v>
-[...4 lines deleted...]
-        </is>
+        <v>18</v>
+      </c>
+      <c r="F102" s="5" t="s">
+        <v>112</v>
       </c>
       <c r="G102" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H102" s="5" t="s">
-        <v>696</v>
+        <v>700</v>
       </c>
       <c r="I102" s="5" t="s">
-        <v>697</v>
+        <v>701</v>
       </c>
       <c r="J102" s="5" t="s">
-        <v>93</v>
+        <v>702</v>
       </c>
       <c r="K102" s="5" t="s">
-        <v>698</v>
+        <v>703</v>
       </c>
       <c r="L102" s="6" t="s">
-        <v>699</v>
+        <v>704</v>
       </c>
       <c r="M102" s="5" t="s">
-        <v>700</v>
+        <v>705</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="5" t="s">
-        <v>701</v>
+        <v>706</v>
       </c>
       <c r="B103" s="5" t="s">
-        <v>44</v>
+        <v>14</v>
       </c>
       <c r="C103" s="5" t="s">
-        <v>89</v>
+        <v>25</v>
       </c>
       <c r="D103" s="5" t="s">
-        <v>35</v>
-[...7 lines deleted...]
-        </is>
+        <v>46</v>
+      </c>
+      <c r="E103" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F103" s="5" t="s">
+        <v>707</v>
       </c>
       <c r="G103" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H103" s="5" t="s">
-        <v>702</v>
+        <v>708</v>
       </c>
       <c r="I103" s="5" t="s">
-        <v>703</v>
+        <v>709</v>
       </c>
       <c r="J103" s="5" t="s">
-        <v>93</v>
+        <v>710</v>
       </c>
       <c r="K103" s="5" t="s">
-        <v>704</v>
+        <v>711</v>
       </c>
       <c r="L103" s="6" t="s">
-        <v>705</v>
+        <v>712</v>
       </c>
       <c r="M103" s="5" t="s">
-        <v>706</v>
+        <v>713</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="5" t="s">
-        <v>707</v>
+        <v>714</v>
       </c>
       <c r="B104" s="5" t="s">
-        <v>44</v>
+        <v>14</v>
       </c>
       <c r="C104" s="5" t="s">
-        <v>89</v>
+        <v>46</v>
       </c>
       <c r="D104" s="5" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>90</v>
+        <v>36</v>
+      </c>
+      <c r="E104" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F104" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G104" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H104" s="5" t="s">
-        <v>708</v>
+        <v>715</v>
       </c>
       <c r="I104" s="5" t="s">
-        <v>709</v>
+        <v>716</v>
       </c>
       <c r="J104" s="5" t="s">
-        <v>93</v>
+        <v>717</v>
       </c>
       <c r="K104" s="5" t="s">
-        <v>710</v>
+        <v>718</v>
       </c>
       <c r="L104" s="6" t="s">
-        <v>711</v>
+        <v>719</v>
       </c>
       <c r="M104" s="5" t="s">
-        <v>712</v>
+        <v>720</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="5" t="s">
-        <v>713</v>
+        <v>13</v>
       </c>
       <c r="B105" s="5" t="s">
-        <v>44</v>
+        <v>14</v>
       </c>
       <c r="C105" s="5" t="s">
-        <v>256</v>
+        <v>16</v>
       </c>
       <c r="D105" s="5" t="s">
-        <v>45</v>
-[...12 lines deleted...]
-        </is>
+        <v>15</v>
+      </c>
+      <c r="E105" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="F105" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G105" s="5" t="s">
+        <v>721</v>
       </c>
       <c r="H105" s="5" t="s">
-        <v>715</v>
+        <v>722</v>
       </c>
       <c r="I105" s="5" t="s">
-        <v>716</v>
+        <v>723</v>
       </c>
       <c r="J105" s="5" t="s">
-        <v>717</v>
+        <v>279</v>
       </c>
       <c r="K105" s="5" t="s">
-        <v>718</v>
+        <v>724</v>
       </c>
       <c r="L105" s="6" t="s">
-        <v>719</v>
+        <v>725</v>
       </c>
       <c r="M105" s="5" t="s">
-        <v>720</v>
+        <v>726</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="5" t="s">
-        <v>721</v>
+        <v>727</v>
       </c>
       <c r="B106" s="5" t="s">
-        <v>44</v>
+        <v>14</v>
       </c>
       <c r="C106" s="5" t="s">
-        <v>45</v>
+        <v>15</v>
       </c>
       <c r="D106" s="5" t="s">
-        <v>606</v>
-[...4 lines deleted...]
-        </is>
+        <v>728</v>
+      </c>
+      <c r="E106" s="5" t="s">
+        <v>284</v>
       </c>
       <c r="F106" s="5" t="s">
-        <v>722</v>
+        <v>729</v>
       </c>
       <c r="G106" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H106" s="5" t="s">
-        <v>723</v>
+        <v>730</v>
       </c>
       <c r="I106" s="5" t="s">
-        <v>724</v>
+        <v>731</v>
       </c>
       <c r="J106" s="5" t="s">
-        <v>725</v>
+        <v>732</v>
       </c>
       <c r="K106" s="5" t="s">
-        <v>726</v>
+        <v>733</v>
       </c>
       <c r="L106" s="6" t="s">
-        <v>727</v>
+        <v>734</v>
       </c>
       <c r="M106" s="5" t="s">
-        <v>728</v>
+        <v>735</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="5" t="s">
-        <v>729</v>
+        <v>736</v>
       </c>
       <c r="B107" s="5" t="s">
-        <v>44</v>
+        <v>14</v>
       </c>
       <c r="C107" s="5" t="s">
-        <v>606</v>
+        <v>15</v>
       </c>
       <c r="D107" s="5" t="s">
-        <v>321</v>
+        <v>25</v>
       </c>
       <c r="E107" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F107" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G107" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H107" s="5" t="s">
-        <v>730</v>
-[...3 lines deleted...]
-      </c>
+        <v>737</v>
+      </c>
+      <c r="I107" s="5"/>
       <c r="J107" s="5" t="s">
-        <v>732</v>
+        <v>738</v>
       </c>
       <c r="K107" s="5" t="s">
-        <v>733</v>
+        <v>739</v>
       </c>
       <c r="L107" s="6" t="s">
-        <v>734</v>
+        <v>740</v>
       </c>
       <c r="M107" s="5" t="s">
-        <v>735</v>
+        <v>741</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="5" t="s">
-        <v>736</v>
+        <v>742</v>
       </c>
       <c r="B108" s="5" t="s">
-        <v>737</v>
+        <v>14</v>
       </c>
       <c r="C108" s="5" t="s">
-        <v>606</v>
-[...14 lines deleted...]
-        </is>
+        <v>25</v>
+      </c>
+      <c r="D108" s="5" t="s">
+        <v>191</v>
+      </c>
+      <c r="E108" s="5" t="s">
+        <v>284</v>
+      </c>
+      <c r="F108" s="5" t="s">
+        <v>743</v>
       </c>
       <c r="G108" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H108" s="5" t="s">
-        <v>738</v>
-[...5 lines deleted...]
-        </is>
+        <v>744</v>
+      </c>
+      <c r="I108" s="5" t="s">
+        <v>745</v>
+      </c>
+      <c r="J108" s="5" t="s">
+        <v>746</v>
       </c>
       <c r="K108" s="5" t="s">
-        <v>739</v>
+        <v>747</v>
       </c>
       <c r="L108" s="6" t="s">
-        <v>740</v>
-[...1 lines deleted...]
-      <c r="M108" s="5"/>
+        <v>748</v>
+      </c>
+      <c r="M108" s="5" t="s">
+        <v>749</v>
+      </c>
     </row>
     <row r="109">
       <c r="A109" s="5" t="s">
-        <v>741</v>
+        <v>750</v>
       </c>
       <c r="B109" s="5" t="s">
-        <v>737</v>
+        <v>14</v>
       </c>
       <c r="C109" s="5" t="s">
-        <v>606</v>
-[...4 lines deleted...]
-        </is>
+        <v>25</v>
+      </c>
+      <c r="D109" s="5" t="s">
+        <v>26</v>
       </c>
       <c r="E109" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F109" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F109" s="5" t="s">
+        <v>751</v>
       </c>
       <c r="G109" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H109" s="5" t="s">
-        <v>742</v>
-[...10 lines deleted...]
-        </is>
+        <v>752</v>
+      </c>
+      <c r="I109" s="5" t="s">
+        <v>753</v>
+      </c>
+      <c r="J109" s="5" t="s">
+        <v>754</v>
+      </c>
+      <c r="K109" s="5" t="s">
+        <v>755</v>
       </c>
       <c r="L109" s="6" t="s">
-        <v>743</v>
-[...1 lines deleted...]
-      <c r="M109" s="5"/>
+        <v>756</v>
+      </c>
+      <c r="M109" s="5" t="s">
+        <v>757</v>
+      </c>
     </row>
     <row r="110">
       <c r="A110" s="5" t="s">
-        <v>744</v>
+        <v>758</v>
       </c>
       <c r="B110" s="5" t="s">
-        <v>44</v>
+        <v>14</v>
       </c>
       <c r="C110" s="5" t="s">
-        <v>606</v>
+        <v>25</v>
       </c>
       <c r="D110" s="5" t="s">
-        <v>127</v>
-[...2 lines deleted...]
-        <v>90</v>
+        <v>191</v>
+      </c>
+      <c r="E110" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F110" s="5" t="s">
-        <v>714</v>
+        <v>759</v>
       </c>
       <c r="G110" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H110" s="5" t="s">
-        <v>745</v>
+        <v>760</v>
       </c>
       <c r="I110" s="5" t="s">
-        <v>746</v>
+        <v>761</v>
       </c>
       <c r="J110" s="5" t="s">
-        <v>747</v>
+        <v>762</v>
       </c>
       <c r="K110" s="5" t="s">
-        <v>748</v>
+        <v>763</v>
       </c>
       <c r="L110" s="6" t="s">
-        <v>749</v>
+        <v>764</v>
       </c>
       <c r="M110" s="5" t="s">
-        <v>750</v>
+        <v>765</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="5" t="s">
+        <v>766</v>
+      </c>
+      <c r="B111" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C111" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="D111" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="E111" s="5" t="s">
+        <v>284</v>
+      </c>
+      <c r="F111" s="5" t="s">
         <v>751</v>
       </c>
-      <c r="B111" s="5" t="s">
-[...15 lines deleted...]
-      </c>
       <c r="G111" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H111" s="5" t="s">
-        <v>752</v>
+        <v>767</v>
       </c>
       <c r="I111" s="5" t="s">
-        <v>753</v>
+        <v>768</v>
       </c>
       <c r="J111" s="5" t="s">
-        <v>754</v>
+        <v>769</v>
       </c>
       <c r="K111" s="5" t="s">
-        <v>755</v>
+        <v>770</v>
       </c>
       <c r="L111" s="6" t="s">
-        <v>756</v>
+        <v>771</v>
       </c>
       <c r="M111" s="5" t="s">
-        <v>757</v>
+        <v>772</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="5" t="s">
-        <v>758</v>
+        <v>773</v>
       </c>
       <c r="B112" s="5" t="s">
-        <v>44</v>
+        <v>14</v>
       </c>
       <c r="C112" s="5" t="s">
-        <v>606</v>
+        <v>25</v>
       </c>
       <c r="D112" s="5" t="s">
-        <v>321</v>
-[...5 lines deleted...]
-        <v>383</v>
+        <v>26</v>
+      </c>
+      <c r="E112" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F112" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G112" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H112" s="5" t="s">
-        <v>759</v>
+        <v>774</v>
       </c>
       <c r="I112" s="5" t="s">
-        <v>760</v>
+        <v>775</v>
       </c>
       <c r="J112" s="5" t="s">
-        <v>761</v>
+        <v>776</v>
       </c>
       <c r="K112" s="5" t="s">
-        <v>762</v>
+        <v>777</v>
       </c>
       <c r="L112" s="6" t="s">
-        <v>763</v>
+        <v>778</v>
       </c>
       <c r="M112" s="5" t="s">
-        <v>764</v>
+        <v>779</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="5" t="s">
-        <v>765</v>
+        <v>780</v>
       </c>
       <c r="B113" s="5" t="s">
-        <v>44</v>
+        <v>14</v>
       </c>
       <c r="C113" s="5" t="s">
-        <v>88</v>
+        <v>298</v>
       </c>
       <c r="D113" s="5" t="s">
-        <v>407</v>
+        <v>781</v>
       </c>
       <c r="E113" s="5" t="s">
-        <v>90</v>
-[...2 lines deleted...]
-        <v>766</v>
+        <v>18</v>
+      </c>
+      <c r="F113" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G113" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H113" s="5" t="s">
-        <v>767</v>
+        <v>782</v>
       </c>
       <c r="I113" s="5" t="s">
-        <v>768</v>
+        <v>783</v>
       </c>
       <c r="J113" s="5" t="s">
-        <v>410</v>
+        <v>784</v>
       </c>
       <c r="K113" s="5" t="s">
-        <v>769</v>
+        <v>785</v>
       </c>
       <c r="L113" s="6" t="s">
-        <v>770</v>
+        <v>786</v>
       </c>
       <c r="M113" s="5" t="s">
-        <v>771</v>
+        <v>787</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="5" t="s">
-        <v>772</v>
+        <v>788</v>
       </c>
       <c r="B114" s="5" t="s">
-        <v>44</v>
+        <v>14</v>
       </c>
       <c r="C114" s="5" t="s">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="D114" s="5" t="s">
-        <v>89</v>
+        <v>16</v>
       </c>
       <c r="E114" s="5" t="s">
-        <v>79</v>
+        <v>284</v>
       </c>
       <c r="F114" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G114" s="5" t="s">
-        <v>773</v>
+      <c r="G114" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H114" s="5" t="s">
-        <v>774</v>
-[...1 lines deleted...]
-      <c r="I114" s="5"/>
+        <v>789</v>
+      </c>
+      <c r="I114" s="5" t="s">
+        <v>790</v>
+      </c>
       <c r="J114" s="5" t="s">
-        <v>93</v>
+        <v>279</v>
       </c>
       <c r="K114" s="5" t="s">
-        <v>775</v>
+        <v>791</v>
       </c>
       <c r="L114" s="6" t="s">
-        <v>776</v>
+        <v>792</v>
       </c>
       <c r="M114" s="5" t="s">
-        <v>777</v>
+        <v>793</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="5" t="s">
-        <v>778</v>
+        <v>794</v>
       </c>
       <c r="B115" s="5" t="s">
-        <v>44</v>
+        <v>14</v>
       </c>
       <c r="C115" s="5" t="s">
-        <v>45</v>
+        <v>15</v>
       </c>
       <c r="D115" s="5" t="s">
-        <v>509</v>
+        <v>16</v>
       </c>
       <c r="E115" s="5" t="s">
-        <v>79</v>
+        <v>284</v>
       </c>
       <c r="F115" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G115" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H115" s="5" t="s">
-        <v>779</v>
+        <v>795</v>
       </c>
       <c r="I115" s="5" t="s">
-        <v>780</v>
+        <v>796</v>
       </c>
       <c r="J115" s="5" t="s">
-        <v>781</v>
+        <v>279</v>
       </c>
       <c r="K115" s="5" t="s">
-        <v>782</v>
+        <v>797</v>
       </c>
       <c r="L115" s="6" t="s">
-        <v>783</v>
+        <v>798</v>
       </c>
       <c r="M115" s="5" t="s">
-        <v>784</v>
+        <v>799</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="5" t="s">
-        <v>785</v>
+        <v>800</v>
       </c>
       <c r="B116" s="5" t="s">
-        <v>44</v>
+        <v>14</v>
       </c>
       <c r="C116" s="5" t="s">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="D116" s="5" t="s">
-        <v>89</v>
-[...5 lines deleted...]
-        <v>90</v>
+        <v>16</v>
+      </c>
+      <c r="E116" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F116" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G116" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H116" s="5" t="s">
-        <v>786</v>
-[...1 lines deleted...]
-      <c r="I116" s="5"/>
+        <v>801</v>
+      </c>
+      <c r="I116" s="5" t="s">
+        <v>802</v>
+      </c>
       <c r="J116" s="5" t="s">
-        <v>787</v>
+        <v>279</v>
       </c>
       <c r="K116" s="5" t="s">
-        <v>788</v>
+        <v>803</v>
       </c>
       <c r="L116" s="6" t="s">
-        <v>789</v>
+        <v>804</v>
       </c>
       <c r="M116" s="5" t="s">
-        <v>790</v>
+        <v>805</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="5" t="s">
-        <v>785</v>
+        <v>806</v>
       </c>
       <c r="B117" s="5" t="s">
-        <v>44</v>
+        <v>14</v>
       </c>
       <c r="C117" s="5" t="s">
-        <v>89</v>
+        <v>15</v>
       </c>
       <c r="D117" s="5" t="s">
-        <v>35</v>
+        <v>16</v>
       </c>
       <c r="E117" s="5" t="s">
-        <v>90</v>
+        <v>284</v>
       </c>
       <c r="F117" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G117" s="5" t="s">
-        <v>791</v>
+      <c r="G117" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H117" s="5" t="s">
-        <v>792</v>
+        <v>807</v>
       </c>
       <c r="I117" s="5" t="s">
-        <v>793</v>
+        <v>808</v>
       </c>
       <c r="J117" s="5" t="s">
-        <v>93</v>
+        <v>279</v>
       </c>
       <c r="K117" s="5" t="s">
-        <v>794</v>
+        <v>809</v>
       </c>
       <c r="L117" s="6" t="s">
-        <v>795</v>
+        <v>810</v>
       </c>
       <c r="M117" s="5" t="s">
-        <v>796</v>
+        <v>811</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="5" t="s">
-        <v>797</v>
+        <v>812</v>
       </c>
       <c r="B118" s="5" t="s">
-        <v>44</v>
+        <v>14</v>
       </c>
       <c r="C118" s="5" t="s">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="D118" s="5" t="s">
-        <v>89</v>
+        <v>16</v>
       </c>
       <c r="E118" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F118" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G118" s="5" t="s">
-        <v>329</v>
+      <c r="G118" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H118" s="5" t="s">
-        <v>798</v>
-[...1 lines deleted...]
-      <c r="I118" s="5"/>
+        <v>813</v>
+      </c>
+      <c r="I118" s="5" t="s">
+        <v>814</v>
+      </c>
       <c r="J118" s="5" t="s">
-        <v>787</v>
+        <v>279</v>
       </c>
       <c r="K118" s="5" t="s">
-        <v>799</v>
+        <v>815</v>
       </c>
       <c r="L118" s="6" t="s">
-        <v>800</v>
+        <v>816</v>
       </c>
       <c r="M118" s="5" t="s">
-        <v>801</v>
+        <v>817</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" s="5" t="s">
-        <v>802</v>
+        <v>818</v>
       </c>
       <c r="B119" s="5" t="s">
-        <v>44</v>
+        <v>14</v>
       </c>
       <c r="C119" s="5" t="s">
-        <v>606</v>
+        <v>25</v>
       </c>
       <c r="D119" s="5" t="s">
-        <v>321</v>
-[...7 lines deleted...]
-        </is>
+        <v>46</v>
+      </c>
+      <c r="E119" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F119" s="5" t="s">
+        <v>819</v>
       </c>
       <c r="G119" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H119" s="5" t="s">
-        <v>803</v>
+        <v>820</v>
       </c>
       <c r="I119" s="5" t="s">
-        <v>804</v>
+        <v>821</v>
       </c>
       <c r="J119" s="5" t="s">
-        <v>805</v>
+        <v>822</v>
       </c>
       <c r="K119" s="5" t="s">
-        <v>806</v>
+        <v>823</v>
       </c>
       <c r="L119" s="6" t="s">
-        <v>807</v>
+        <v>824</v>
       </c>
       <c r="M119" s="5" t="s">
-        <v>808</v>
+        <v>825</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" s="5" t="s">
-        <v>809</v>
+        <v>826</v>
       </c>
       <c r="B120" s="5" t="s">
-        <v>134</v>
+        <v>14</v>
       </c>
       <c r="C120" s="5" t="s">
-        <v>606</v>
+        <v>25</v>
       </c>
       <c r="D120" s="5" t="s">
-        <v>45</v>
-[...2 lines deleted...]
-        <v>810</v>
+        <v>46</v>
+      </c>
+      <c r="E120" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F120" s="5" t="s">
-        <v>811</v>
+        <v>707</v>
       </c>
       <c r="G120" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H120" s="5" t="s">
-        <v>812</v>
+        <v>827</v>
       </c>
       <c r="I120" s="5" t="s">
-        <v>813</v>
+        <v>828</v>
       </c>
       <c r="J120" s="5" t="s">
-        <v>814</v>
-[...4 lines deleted...]
-        </is>
+        <v>829</v>
+      </c>
+      <c r="K120" s="5" t="s">
+        <v>830</v>
       </c>
       <c r="L120" s="6" t="s">
-        <v>815</v>
+        <v>831</v>
       </c>
       <c r="M120" s="5" t="s">
-        <v>816</v>
+        <v>832</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" s="5" t="s">
-        <v>817</v>
+        <v>833</v>
       </c>
       <c r="B121" s="5" t="s">
-        <v>44</v>
+        <v>14</v>
       </c>
       <c r="C121" s="5" t="s">
-        <v>89</v>
+        <v>15</v>
       </c>
       <c r="D121" s="5" t="s">
-        <v>35</v>
-[...4 lines deleted...]
-        </is>
+        <v>16</v>
+      </c>
+      <c r="E121" s="5" t="s">
+        <v>284</v>
       </c>
       <c r="F121" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G121" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G121" s="5" t="s">
+        <v>834</v>
       </c>
       <c r="H121" s="5" t="s">
-        <v>818</v>
-[...1 lines deleted...]
-      <c r="I121" s="5"/>
+        <v>835</v>
+      </c>
+      <c r="I121" s="5" t="s">
+        <v>836</v>
+      </c>
       <c r="J121" s="5" t="s">
-        <v>93</v>
+        <v>279</v>
       </c>
       <c r="K121" s="5" t="s">
-        <v>819</v>
+        <v>837</v>
       </c>
       <c r="L121" s="6" t="s">
-        <v>820</v>
+        <v>838</v>
       </c>
       <c r="M121" s="5" t="s">
-        <v>821</v>
+        <v>839</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" s="5" t="s">
-        <v>822</v>
+        <v>840</v>
       </c>
       <c r="B122" s="5" t="s">
-        <v>44</v>
+        <v>14</v>
       </c>
       <c r="C122" s="5" t="s">
-        <v>35</v>
+        <v>25</v>
       </c>
       <c r="D122" s="5" t="s">
-        <v>89</v>
+        <v>46</v>
       </c>
       <c r="E122" s="5" t="s">
-        <v>79</v>
-[...7 lines deleted...]
-        <v>823</v>
+        <v>284</v>
+      </c>
+      <c r="F122" s="5" t="s">
+        <v>841</v>
+      </c>
+      <c r="G122" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H122" s="5" t="s">
-        <v>824</v>
+        <v>842</v>
       </c>
       <c r="I122" s="5" t="s">
-        <v>825</v>
+        <v>843</v>
       </c>
       <c r="J122" s="5" t="s">
-        <v>93</v>
+        <v>844</v>
       </c>
       <c r="K122" s="5" t="s">
-        <v>826</v>
+        <v>845</v>
       </c>
       <c r="L122" s="6" t="s">
-        <v>827</v>
+        <v>846</v>
       </c>
       <c r="M122" s="5" t="s">
-        <v>828</v>
+        <v>847</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" s="5" t="s">
-        <v>829</v>
+        <v>848</v>
       </c>
       <c r="B123" s="5" t="s">
-        <v>44</v>
+        <v>14</v>
       </c>
       <c r="C123" s="5" t="s">
-        <v>830</v>
+        <v>36</v>
       </c>
       <c r="D123" s="5" t="s">
-        <v>55</v>
+        <v>46</v>
       </c>
       <c r="E123" s="5" t="s">
-        <v>831</v>
+        <v>268</v>
       </c>
       <c r="F123" s="5" t="s">
-        <v>363</v>
+        <v>849</v>
       </c>
       <c r="G123" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H123" s="5" t="s">
-        <v>832</v>
+        <v>850</v>
       </c>
       <c r="I123" s="5" t="s">
-        <v>833</v>
+        <v>851</v>
       </c>
       <c r="J123" s="5" t="s">
-        <v>834</v>
+        <v>852</v>
       </c>
       <c r="K123" s="5" t="s">
-        <v>835</v>
+        <v>853</v>
       </c>
       <c r="L123" s="6" t="s">
-        <v>836</v>
+        <v>854</v>
       </c>
       <c r="M123" s="5" t="s">
-        <v>837</v>
+        <v>855</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" s="5" t="s">
-        <v>838</v>
+        <v>856</v>
       </c>
       <c r="B124" s="5" t="s">
-        <v>44</v>
+        <v>14</v>
       </c>
       <c r="C124" s="5" t="s">
-        <v>35</v>
+        <v>298</v>
       </c>
       <c r="D124" s="5" t="s">
-        <v>89</v>
+        <v>16</v>
       </c>
       <c r="E124" s="5" t="s">
-        <v>79</v>
-[...7 lines deleted...]
-        <v>839</v>
+        <v>18</v>
+      </c>
+      <c r="F124" s="5" t="s">
+        <v>112</v>
+      </c>
+      <c r="G124" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H124" s="5" t="s">
-        <v>840</v>
-[...3 lines deleted...]
-      </c>
+        <v>857</v>
+      </c>
+      <c r="I124" s="5"/>
       <c r="J124" s="5" t="s">
-        <v>93</v>
-[...2 lines deleted...]
-        <v>842</v>
+        <v>279</v>
+      </c>
+      <c r="K124" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L124" s="6" t="s">
-        <v>843</v>
+        <v>858</v>
       </c>
       <c r="M124" s="5" t="s">
-        <v>844</v>
+        <v>674</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" s="5" t="s">
-        <v>845</v>
+        <v>859</v>
       </c>
       <c r="B125" s="5" t="s">
-        <v>44</v>
+        <v>14</v>
       </c>
       <c r="C125" s="5" t="s">
-        <v>321</v>
+        <v>15</v>
       </c>
       <c r="D125" s="5" t="s">
-        <v>45</v>
-[...7 lines deleted...]
-        <v>846</v>
+        <v>860</v>
+      </c>
+      <c r="E125" s="5" t="s">
+        <v>145</v>
+      </c>
+      <c r="F125" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G125" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H125" s="5" t="s">
-        <v>847</v>
+      <c r="H125" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I125" s="5" t="s">
-        <v>848</v>
+        <v>861</v>
       </c>
       <c r="J125" s="5" t="s">
-        <v>849</v>
+        <v>862</v>
       </c>
       <c r="K125" s="5" t="s">
-        <v>850</v>
+        <v>863</v>
       </c>
       <c r="L125" s="6" t="s">
-        <v>851</v>
+        <v>864</v>
       </c>
       <c r="M125" s="5" t="s">
-        <v>852</v>
+        <v>865</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" s="5" t="s">
-        <v>853</v>
+        <v>866</v>
       </c>
       <c r="B126" s="5" t="s">
-        <v>44</v>
+        <v>14</v>
       </c>
       <c r="C126" s="5" t="s">
-        <v>606</v>
+        <v>25</v>
       </c>
       <c r="D126" s="5" t="s">
-        <v>127</v>
+        <v>26</v>
       </c>
       <c r="E126" s="5" t="s">
-        <v>79</v>
+        <v>284</v>
       </c>
       <c r="F126" s="5" t="s">
-        <v>854</v>
+        <v>867</v>
       </c>
       <c r="G126" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H126" s="5" t="s">
-        <v>855</v>
+        <v>868</v>
       </c>
       <c r="I126" s="5" t="s">
-        <v>856</v>
+        <v>869</v>
       </c>
       <c r="J126" s="5" t="s">
-        <v>857</v>
+        <v>870</v>
       </c>
       <c r="K126" s="5" t="s">
-        <v>858</v>
+        <v>871</v>
       </c>
       <c r="L126" s="6" t="s">
-        <v>859</v>
+        <v>872</v>
       </c>
       <c r="M126" s="5" t="s">
-        <v>860</v>
+        <v>873</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" s="5" t="s">
-        <v>861</v>
+        <v>874</v>
       </c>
       <c r="B127" s="5" t="s">
-        <v>44</v>
+        <v>14</v>
       </c>
       <c r="C127" s="5" t="s">
-        <v>606</v>
+        <v>25</v>
       </c>
       <c r="D127" s="5" t="s">
-        <v>321</v>
+        <v>26</v>
       </c>
       <c r="E127" s="5" t="s">
-        <v>862</v>
+        <v>284</v>
       </c>
       <c r="F127" s="5" t="s">
-        <v>863</v>
+        <v>28</v>
       </c>
       <c r="G127" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H127" s="5" t="s">
-        <v>864</v>
+        <v>875</v>
       </c>
       <c r="I127" s="5" t="s">
-        <v>865</v>
+        <v>876</v>
       </c>
       <c r="J127" s="5" t="s">
-        <v>866</v>
+        <v>877</v>
       </c>
       <c r="K127" s="5" t="s">
-        <v>867</v>
+        <v>878</v>
       </c>
       <c r="L127" s="6" t="s">
-        <v>868</v>
+        <v>879</v>
       </c>
       <c r="M127" s="5" t="s">
-        <v>869</v>
+        <v>880</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" s="5" t="s">
-        <v>870</v>
+        <v>881</v>
       </c>
       <c r="B128" s="5" t="s">
-        <v>44</v>
+        <v>14</v>
       </c>
       <c r="C128" s="5" t="s">
-        <v>606</v>
+        <v>36</v>
       </c>
       <c r="D128" s="5" t="s">
-        <v>321</v>
-[...2 lines deleted...]
-        <v>871</v>
+        <v>25</v>
+      </c>
+      <c r="E128" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F128" s="5" t="s">
-        <v>872</v>
+        <v>882</v>
       </c>
       <c r="G128" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H128" s="5" t="s">
-        <v>873</v>
+        <v>883</v>
       </c>
       <c r="I128" s="5" t="s">
-        <v>874</v>
+        <v>884</v>
       </c>
       <c r="J128" s="5" t="s">
-        <v>875</v>
+        <v>885</v>
       </c>
       <c r="K128" s="5" t="s">
-        <v>876</v>
+        <v>886</v>
       </c>
       <c r="L128" s="6" t="s">
-        <v>877</v>
+        <v>887</v>
       </c>
       <c r="M128" s="5" t="s">
-        <v>878</v>
+        <v>888</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" s="5" t="s">
-        <v>879</v>
+        <v>889</v>
       </c>
       <c r="B129" s="5" t="s">
-        <v>44</v>
+        <v>14</v>
       </c>
       <c r="C129" s="5" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="D129" s="5" t="s">
-        <v>606</v>
+        <v>36</v>
       </c>
       <c r="E129" s="5" t="s">
-        <v>79</v>
+        <v>890</v>
       </c>
       <c r="F129" s="5" t="s">
-        <v>880</v>
+        <v>891</v>
       </c>
       <c r="G129" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H129" s="5" t="s">
-        <v>881</v>
+        <v>892</v>
       </c>
       <c r="I129" s="5" t="s">
-        <v>882</v>
+        <v>893</v>
       </c>
       <c r="J129" s="5" t="s">
-        <v>883</v>
+        <v>894</v>
       </c>
       <c r="K129" s="5" t="s">
-        <v>884</v>
+        <v>895</v>
       </c>
       <c r="L129" s="6" t="s">
-        <v>885</v>
+        <v>896</v>
       </c>
       <c r="M129" s="5" t="s">
-        <v>886</v>
+        <v>897</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" s="5" t="s">
-        <v>887</v>
+        <v>898</v>
       </c>
       <c r="B130" s="5" t="s">
-        <v>44</v>
+        <v>14</v>
       </c>
       <c r="C130" s="5" t="s">
-        <v>888</v>
+        <v>16</v>
       </c>
       <c r="D130" s="5" t="s">
-        <v>606</v>
-[...7 lines deleted...]
-        <v>136</v>
+        <v>15</v>
+      </c>
+      <c r="E130" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="F130" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G130" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H130" s="5" t="s">
-        <v>889</v>
+        <v>899</v>
       </c>
       <c r="I130" s="5"/>
       <c r="J130" s="5" t="s">
-        <v>890</v>
+        <v>279</v>
       </c>
       <c r="K130" s="5" t="s">
-        <v>891</v>
+        <v>900</v>
       </c>
       <c r="L130" s="6" t="s">
-        <v>892</v>
+        <v>901</v>
       </c>
       <c r="M130" s="5" t="s">
-        <v>893</v>
+        <v>902</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" s="5" t="s">
-        <v>894</v>
+        <v>903</v>
       </c>
       <c r="B131" s="5" t="s">
-        <v>44</v>
+        <v>14</v>
       </c>
       <c r="C131" s="5" t="s">
-        <v>35</v>
+        <v>16</v>
       </c>
       <c r="D131" s="5" t="s">
-        <v>89</v>
-[...4 lines deleted...]
-        </is>
+        <v>15</v>
+      </c>
+      <c r="E131" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="F131" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G131" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H131" s="5" t="s">
-        <v>895</v>
+        <v>904</v>
       </c>
       <c r="I131" s="5" t="s">
-        <v>896</v>
+        <v>905</v>
       </c>
       <c r="J131" s="5" t="s">
-        <v>93</v>
+        <v>279</v>
       </c>
       <c r="K131" s="5" t="s">
-        <v>897</v>
+        <v>906</v>
       </c>
       <c r="L131" s="6" t="s">
-        <v>898</v>
+        <v>907</v>
       </c>
       <c r="M131" s="5" t="s">
-        <v>899</v>
+        <v>908</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" s="5" t="s">
-        <v>900</v>
+        <v>909</v>
       </c>
       <c r="B132" s="5" t="s">
-        <v>44</v>
+        <v>14</v>
       </c>
       <c r="C132" s="5" t="s">
-        <v>35</v>
+        <v>16</v>
       </c>
       <c r="D132" s="5" t="s">
-        <v>901</v>
+        <v>15</v>
       </c>
       <c r="E132" s="5" t="s">
-        <v>79</v>
-[...2 lines deleted...]
-        <v>902</v>
+        <v>18</v>
+      </c>
+      <c r="F132" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G132" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H132" s="5" t="s">
-        <v>903</v>
+        <v>910</v>
       </c>
       <c r="I132" s="5" t="s">
-        <v>904</v>
+        <v>911</v>
       </c>
       <c r="J132" s="5" t="s">
-        <v>905</v>
+        <v>279</v>
       </c>
       <c r="K132" s="5" t="s">
-        <v>906</v>
+        <v>912</v>
       </c>
       <c r="L132" s="6" t="s">
-        <v>907</v>
+        <v>913</v>
       </c>
       <c r="M132" s="5" t="s">
-        <v>908</v>
+        <v>914</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" s="5" t="s">
-        <v>909</v>
+        <v>915</v>
       </c>
       <c r="B133" s="5" t="s">
-        <v>44</v>
+        <v>14</v>
       </c>
       <c r="C133" s="5" t="s">
-        <v>89</v>
+        <v>16</v>
       </c>
       <c r="D133" s="5" t="s">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="E133" s="5" t="s">
-        <v>56</v>
+        <v>18</v>
       </c>
       <c r="F133" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G133" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H133" s="5" t="s">
-        <v>910</v>
+        <v>916</v>
       </c>
       <c r="I133" s="5" t="s">
-        <v>911</v>
+        <v>917</v>
       </c>
       <c r="J133" s="5" t="s">
-        <v>93</v>
+        <v>279</v>
       </c>
       <c r="K133" s="5" t="s">
-        <v>912</v>
+        <v>918</v>
       </c>
       <c r="L133" s="6" t="s">
-        <v>913</v>
+        <v>919</v>
       </c>
       <c r="M133" s="5" t="s">
-        <v>914</v>
+        <v>920</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" s="5" t="s">
-        <v>915</v>
+        <v>921</v>
       </c>
       <c r="B134" s="5" t="s">
-        <v>737</v>
+        <v>14</v>
       </c>
       <c r="C134" s="5" t="s">
-        <v>89</v>
-[...14 lines deleted...]
-        </is>
+        <v>298</v>
+      </c>
+      <c r="D134" s="5" t="s">
+        <v>299</v>
+      </c>
+      <c r="E134" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="F134" s="5" t="s">
+        <v>922</v>
       </c>
       <c r="G134" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H134" s="5" t="s">
-        <v>916</v>
-[...5 lines deleted...]
-        </is>
+        <v>923</v>
+      </c>
+      <c r="I134" s="5" t="s">
+        <v>924</v>
+      </c>
+      <c r="J134" s="5" t="s">
+        <v>302</v>
       </c>
       <c r="K134" s="5" t="s">
-        <v>917</v>
+        <v>925</v>
       </c>
       <c r="L134" s="6" t="s">
-        <v>918</v>
-[...1 lines deleted...]
-      <c r="M134" s="5"/>
+        <v>926</v>
+      </c>
+      <c r="M134" s="5" t="s">
+        <v>927</v>
+      </c>
     </row>
     <row r="135">
       <c r="A135" s="5" t="s">
-        <v>919</v>
+        <v>928</v>
       </c>
       <c r="B135" s="5" t="s">
-        <v>737</v>
+        <v>14</v>
       </c>
       <c r="C135" s="5" t="s">
-        <v>89</v>
-[...4 lines deleted...]
-        </is>
+        <v>15</v>
+      </c>
+      <c r="D135" s="5" t="s">
+        <v>16</v>
       </c>
       <c r="E135" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F135" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G135" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G135" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="H135" s="5" t="s">
-        <v>920</v>
+        <v>929</v>
       </c>
       <c r="I135" s="5"/>
-      <c r="J135" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="J135" s="5" t="s">
+        <v>20</v>
       </c>
       <c r="K135" s="5" t="s">
-        <v>917</v>
+        <v>930</v>
       </c>
       <c r="L135" s="6" t="s">
-        <v>921</v>
-[...1 lines deleted...]
-      <c r="M135" s="5"/>
+        <v>931</v>
+      </c>
+      <c r="M135" s="5" t="s">
+        <v>932</v>
+      </c>
     </row>
     <row r="136">
       <c r="A136" s="5" t="s">
-        <v>922</v>
+        <v>933</v>
       </c>
       <c r="B136" s="5" t="s">
-        <v>737</v>
+        <v>341</v>
       </c>
       <c r="C136" s="5" t="s">
-        <v>89</v>
+        <v>16</v>
       </c>
       <c r="D136" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E136" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F136" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G136" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H136" s="5" t="s">
-        <v>923</v>
+        <v>934</v>
       </c>
       <c r="I136" s="5"/>
       <c r="J136" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K136" s="5" t="s">
-        <v>917</v>
+        <v>935</v>
       </c>
       <c r="L136" s="6" t="s">
-        <v>924</v>
+        <v>936</v>
       </c>
       <c r="M136" s="5"/>
     </row>
     <row r="137">
       <c r="A137" s="5" t="s">
-        <v>925</v>
+        <v>937</v>
       </c>
       <c r="B137" s="5" t="s">
-        <v>44</v>
+        <v>14</v>
       </c>
       <c r="C137" s="5" t="s">
-        <v>606</v>
+        <v>16</v>
       </c>
       <c r="D137" s="5" t="s">
-        <v>926</v>
+        <v>938</v>
       </c>
       <c r="E137" s="5" t="s">
-        <v>927</v>
+        <v>18</v>
       </c>
       <c r="F137" s="5" t="s">
-        <v>928</v>
+        <v>939</v>
       </c>
       <c r="G137" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H137" s="5" t="s">
-        <v>929</v>
+        <v>940</v>
       </c>
       <c r="I137" s="5" t="s">
-        <v>930</v>
+        <v>941</v>
       </c>
       <c r="J137" s="5" t="s">
-        <v>931</v>
-[...4 lines deleted...]
-        </is>
+        <v>942</v>
+      </c>
+      <c r="K137" s="5" t="s">
+        <v>943</v>
       </c>
       <c r="L137" s="6" t="s">
-        <v>932</v>
+        <v>944</v>
       </c>
       <c r="M137" s="5" t="s">
-        <v>933</v>
+        <v>945</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" s="5" t="s">
-        <v>934</v>
+        <v>946</v>
       </c>
       <c r="B138" s="5" t="s">
-        <v>44</v>
+        <v>14</v>
       </c>
       <c r="C138" s="5" t="s">
-        <v>606</v>
+        <v>16</v>
       </c>
       <c r="D138" s="5" t="s">
-        <v>926</v>
+        <v>15</v>
       </c>
       <c r="E138" s="5" t="s">
-        <v>935</v>
-[...2 lines deleted...]
-        <v>936</v>
+        <v>112</v>
+      </c>
+      <c r="F138" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G138" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H138" s="5" t="s">
-        <v>937</v>
+        <v>947</v>
       </c>
       <c r="I138" s="5" t="s">
-        <v>938</v>
+        <v>948</v>
       </c>
       <c r="J138" s="5" t="s">
-        <v>939</v>
+        <v>279</v>
       </c>
       <c r="K138" s="5" t="s">
-        <v>940</v>
+        <v>949</v>
       </c>
       <c r="L138" s="6" t="s">
-        <v>941</v>
+        <v>950</v>
       </c>
       <c r="M138" s="5" t="s">
-        <v>942</v>
+        <v>951</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" s="5" t="s">
-        <v>943</v>
+        <v>952</v>
       </c>
       <c r="B139" s="5" t="s">
-        <v>44</v>
+        <v>341</v>
       </c>
       <c r="C139" s="5" t="s">
-        <v>606</v>
-[...4 lines deleted...]
-      <c r="E139" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D139" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E139" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F139" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G139" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H139" s="5" t="s">
+        <v>953</v>
+      </c>
+      <c r="I139" s="5"/>
+      <c r="J139" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K139" s="5" t="s">
         <v>935</v>
       </c>
-      <c r="F139" s="5" t="s">
-[...18 lines deleted...]
-      </c>
       <c r="L139" s="6" t="s">
-        <v>948</v>
-[...3 lines deleted...]
-      </c>
+        <v>954</v>
+      </c>
+      <c r="M139" s="5"/>
     </row>
     <row r="140">
       <c r="A140" s="5" t="s">
-        <v>950</v>
+        <v>955</v>
       </c>
       <c r="B140" s="5" t="s">
-        <v>44</v>
+        <v>341</v>
       </c>
       <c r="C140" s="5" t="s">
-        <v>321</v>
-[...8 lines deleted...]
-        <v>952</v>
+        <v>16</v>
+      </c>
+      <c r="D140" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E140" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F140" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G140" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H140" s="5" t="s">
-        <v>953</v>
-[...5 lines deleted...]
-        <v>955</v>
+        <v>956</v>
+      </c>
+      <c r="I140" s="5"/>
+      <c r="J140" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K140" s="5" t="s">
-        <v>956</v>
+        <v>935</v>
       </c>
       <c r="L140" s="6" t="s">
         <v>957</v>
       </c>
-      <c r="M140" s="5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M140" s="5"/>
     </row>
     <row r="141">
       <c r="A141" s="5" t="s">
+        <v>958</v>
+      </c>
+      <c r="B141" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C141" s="5" t="s">
         <v>959</v>
       </c>
-      <c r="B141" s="5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D141" s="5" t="s">
-        <v>606</v>
+        <v>191</v>
       </c>
       <c r="E141" s="5" t="s">
-        <v>951</v>
+        <v>960</v>
       </c>
       <c r="F141" s="5" t="s">
-        <v>960</v>
+        <v>441</v>
       </c>
       <c r="G141" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H141" s="5" t="s">
         <v>961</v>
       </c>
       <c r="I141" s="5" t="s">
         <v>962</v>
       </c>
       <c r="J141" s="5" t="s">
         <v>963</v>
       </c>
       <c r="K141" s="5" t="s">
         <v>964</v>
       </c>
       <c r="L141" s="6" t="s">
         <v>965</v>
       </c>
       <c r="M141" s="5" t="s">
         <v>966</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" s="5" t="s">
         <v>967</v>
       </c>
       <c r="B142" s="5" t="s">
-        <v>44</v>
+        <v>14</v>
       </c>
       <c r="C142" s="5" t="s">
-        <v>89</v>
+        <v>46</v>
       </c>
       <c r="D142" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="E142" s="5" t="s">
         <v>968</v>
-      </c>
-[...1 lines deleted...]
-        <v>90</v>
       </c>
       <c r="F142" s="5" t="s">
         <v>969</v>
       </c>
       <c r="G142" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H142" s="5" t="s">
         <v>970</v>
       </c>
       <c r="I142" s="5" t="s">
         <v>971</v>
       </c>
       <c r="J142" s="5" t="s">
         <v>972</v>
       </c>
       <c r="K142" s="5" t="s">
         <v>973</v>
       </c>
       <c r="L142" s="6" t="s">
         <v>974</v>
       </c>
       <c r="M142" s="5" t="s">