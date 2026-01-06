--- v1 (2025-11-18)
+++ v2 (2026-01-06)
@@ -44,418 +44,3918 @@
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
   <si>
     <t>Arkivplacering</t>
   </si>
   <si>
     <t>Dokumentindhold</t>
   </si>
   <si>
     <t>URL</t>
   </si>
   <si>
     <t>Transskription</t>
   </si>
   <si>
-    <t>1901-09-19</t>
+    <t>Den grønne Pære</t>
+  </si>
+  <si>
+    <t>Tidsskrift</t>
+  </si>
+  <si>
+    <t>Alhed Larsen
+Christine  Mackie
+Ellen  Sawyer</t>
+  </si>
+  <si>
+    <t>Johannes Jørgensen
+Alhed Larsen</t>
+  </si>
+  <si>
+    <t>Omslag
+S. 2 blank
+S. 3-4: Kære Læser. Skribent: Genius
+S. 5-7: Til den danske Kvinde! Skribent: H. og I. 
+S. 8-16: Pas på Børnene! Skribent: C. Binnerup
+S. 17: Storkens Hjemkomst. Skribent: Ellen Warberg. Tegning: Alhed Warberg
+S. 18-20: Literatur. P. Konvel: "En modig Handling". Skribent: D.B.
+S. 21: To Digte oversatte fra tysk af C. Binnerup
+S. 22: Vittighed. Tegning af Ellen Warberg</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/m5DIwCRs</t>
+  </si>
+  <si>
+    <t>Alhed Larsen
+Johanne Christine Larsen
+Christine  Mackie
+Ellen  Sawyer</t>
+  </si>
+  <si>
+    <t>Sigrid Storråde
+Olav Tryggvason</t>
+  </si>
+  <si>
+    <t>Omslag
+S. 2 blank
+S. 3-5: Rimbrev til "den grønne Pære". Skribenter: Peer og Poul
+S. 6: Sommernatten. Skribent: Ellen Warberg
+S. 7-9: Fra Borgmesterens Dagbog. Skribent: Ellen Warberg
+S. 10-11: Ulykkestilfælde (Tre Digte). Skribent: "En fjortenaarig"
+S. 12-13: P. Konvel: "En modig Handling". Skribent ukendt
+S. 13-14: Literatur. "Olav Trygvesøn". Skribent: En Abonnent
+S. 14: Til Abonnenterne. Skribent: Dehla Vendt</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/f6OnKrlW</t>
+  </si>
+  <si>
+    <t>Alhed Larsen
+Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>Niels Pedersen Mols
+Carl Thomsen</t>
+  </si>
+  <si>
+    <t>Omslag
+S. 2 blank
+S. 3- 7: Lidt om Udstillingen ved Charlottenborg. Skribent: V.
+S. 7-9: Kritik over "En modig Handling". Skribent: I Hoppe
+S. 9-10: Vi takker den ærede Indsender. Skribent: Red.
+S. 11-14: Landbotidende (fortsættes). Skribent ukendt</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/QxjQASwg</t>
+  </si>
+  <si>
+    <t>Alhed Larsen
+Christine  Mackie
+Fritz Syberg
+Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>Herman Bang
+Henning Matzen
+Carl Thomsen</t>
+  </si>
+  <si>
+    <t>Omslag
+S. 2 blank
+S. 3-7: Lidt om Udstillingen ved Charlottenborg. (Sluttet). Skribent ukendt
+S. 7-8: Stambogsvers. Skribent M.J.B.
+S. 8-11: Et Indlæg. Skribent: Nr. 11
+S. 11-13: Det er forfærdeligt! Skribent: Stuk
+S. 13: Et Digt. Skribent: E-g
+S. 14-17: Landbotidende. Fortsættelse. Skribent: Albrecht Warberg
+S. 17: Avertissement. Skribent ukendt
+S. 18: Lidt Pærevrøvl. Skribent ukendt
+s. 18: fra Cirkus. Skribent ukendt</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/lUmkJx6X</t>
+  </si>
+  <si>
+    <t>Alhed Larsen
+Ellen  Sawyer
+Fritz Syberg
+Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>Herman Ewald
+Bernhard Ingemann
+Martin Kok
+Carl Plough</t>
+  </si>
+  <si>
+    <t>S. 1: Omslag 
+S. 3-5: Højstærede "No. 11." Skribent: I. Hoppe
+S. 6-7: Skovsøen. Skribent: En vingeløs Flue
+S. 7-10: Brev fra Færøerne. Del 1. Ingen skribent anført
+S. 10-11: Morgen. Skribent: O. 
+S. 12-15: Landbotidende (Sluttet). Ingen skribent anført
+S. 15-17: Jomfru Mettes Karbunkel (Novelle i H.F. Ewalds Stil). Del 1. Ingen skribent anført
+S. 18: Lekture i de forskellige Aldre. Tegner og skribent: Ellen Warberg</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/uSu8k6u2</t>
+  </si>
+  <si>
+    <t>Alhed Larsen</t>
+  </si>
+  <si>
+    <t>Johannes Jørgensen
+Sidse Kristensen</t>
+  </si>
+  <si>
+    <t>Omslag
+S. 2 blank 
+S. 3-6: Lidt fra Norge. Til Sæters. Skribent: -X
+S. 6-8: Brev fra Færøerne (Fortsættelse). Skribent: FS.
+S. 8-9: Ærede I. Hoppe! Skribent: No 11
+S. 10-17: Literatur. "Minder og digte" af Sidse Kristensen. Skribent ukendt
+S. 17-18: Jomfru Mettes Karbunkel (Fortsat). Skribent ukendt</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/a4vyLlWx</t>
+  </si>
+  <si>
+    <t>Alhed Larsen
+Ellen  Sawyer
+Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>Nicolai Balle
+Sidse Kristensen</t>
+  </si>
+  <si>
+    <t>Omslag
+S. 2 blank
+S. 3-7: Literatur. "Minder og Digte" af Sidse Kristensen. Skribent: Per Fredie
+S. 8-11: Kære grønne Pære! Skribent: Begrædelse
+S. 12: Prolog. Skribent ukendt
+S. 13 blank
+S. 14-18: Prolog. Skribent ukendt
+S. 19: Efteraarsstemning. Skribent: Ellen Warberg. Illustration: Alhed Warberg
+S. 20-25: Landbotidende. Skribent: Ukendt (Albrecht Warberg)
+S. 25-27: Lidt fra Norge. Fortsat. Skribent: Ukendt
+S. 28 blank
+S. 29: Undskyldning fra redaktionen</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/j8a2KPF3</t>
+  </si>
+  <si>
+    <t>1890-02-02</t>
   </si>
   <si>
     <t>Brev</t>
   </si>
   <si>
-    <t>Alhed Larsen</t>
+    <t>Laura Warberg</t>
+  </si>
+  <si>
+    <t>København V</t>
+  </si>
+  <si>
+    <t>Erikshaab Højrup Station</t>
+  </si>
+  <si>
+    <t>Dora -
+Ludvig Brandstrup, billedhugger
+Andrea Brandt
+Julie Brandt
+Thomas Bredsdorff
+Ove Christensen
+Peter Hansen
+Anton Lorenzen
+Christine  Mackie
+Johannes Rump
+Fanny Schaffalitzky de Muckadell
+- Siesby
+Anna Syberg</t>
+  </si>
+  <si>
+    <t>En del af brevet er skrevet med en anden håndskrift end Alhed Larsens. Det er muligvis Johanne Larsen, Alheds søster, der har skrevet. 
+Der er usikkerhed om, hvem Dora er.
+Det vides ikke, hvilket kursus en af brevskriverne (muligvis Johanne Larsen) følger i København. 
+Hvem Jødinden er vides heller ikke. 
+Hvad eller hvem Tralleværket er er uvist.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB2091</t>
+  </si>
+  <si>
+    <t>Bredsdorff har været på besøg og har snakket, så Alhed ikke nåede at få brevet sendt i tide.
+Man opgav at gå over isen til Sverige. Dora og hendes bror har været på besøg. Det samme har Rump og Lorenzen. De to købte ind til toddy, og alle havde en god aften.
+Johanne Larsen (? - underskrift mangler) har fået ros af sine lærere. Hun går en masse til tandlæge. Lorenzen har inviteret hende på konditori. 
+Komtessen har været på besøg. Alhed går ikke til sang for tiden, men hun er nok nødt til at begynde igen. 
+Peter Hansen har inviteret damerne i Dagmarteatret.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/dLuM</t>
+  </si>
+  <si>
+    <t>[På kuvertens forside:]
+Fru Laura Warberg
+Erikshaab
+Fyn Højrup Station
+[På kuvertens bagside:]
+Elle! Elle! Min Kam! Naar faar jeg den???
+[I brevet:]
+Kære Moder!
+Da jeg kom fra Fabriken i Dag, sagde de andre, at vi skulde have et Brev afsendt i Dag, og at jeg skulde være Mester for det. – Men jeg havde ikke faaet begyndt endnu, da det ringede og Student Bredsdorff kom – (vi havde endnu ikke faaet gjort Alvor at det Du foreslog nemlig ikke at lukke op naar det ringer). – Br. var kommen hjem fra Falster i Gaar, han saa saa rask ud, og var saa fornøjet, ja ligefrem rasende grinagtig, saa vi maatte le af ham hvert Øjeblik, skønt det var dybsindige Emner, vi afhandlede, saasom Indremission, hans Indfald og hans Maade at udtrykke dem paa ere [det sidste e overstreget] saa grinagtig. Han sad og ”schlurede” et Par Timers Tid til Kl. 7 ½; saa opdagede vi, at det var bleven for sent til at faa Brevet af Sted i Aften; det er jo slemt, men Postgangen er jo uregelmæssig i denne Tid hele Landet over, saa er det vel ogsaa tilgiveligt, om den bliver det fra dette Sted. – Al Ting gaar sin rolige Gang her i Kafé ny Waldemar; her er ikke forefalden nogle større Begivenheder i den senere Tid. – Der var jo paatænkt en Sverigestur over Isen sidste Søndag, men den blev opgivet paa Gr. af Isens Uholdbarhed. Nu er det nok i det hele taget forbi med den Sport for i Aar. – Søndag Aften havde vi Dora og hendes Broder her; Dora kom om Formiddagen en Visit ogs [s overstreget] saa bad vi dem. De have længe hvilet tungt paa vor Samvittighed. Broderen er rigtig flink, minder lidt om Bru[ulæseligt] - -
+Om Lørdagen havde vi ogsaa Fremmede; om Form. kom Cand. Rump og Stud Lorenzen og spurgte, om de maatte komme om Aftenen og tage Rumps Kusine med, Johannes Kursuskammerat, og Christines Efterfølger paa Fogdaröd. – De kom jo saa men uden Kusine, - hun var bedt ud et andet Sted. Da vi havde drukken The (skaaren Smørrebrød – vi gør aldrig Extraanstalter, naar her kommer nogen. Saaledes blev Lut en Aften trakteret med Smør, Brød og en gammel, tør Osteskorpe der blev delt i 4 lige store Dele.) Altsaa, fo [”fo” overstreget] efter The forsvandt de to Gæster, de vilde ned at købe Cigaretter, sagde de. Men tænk, saa kom de op ikke alene med Cigaretter men med ¼ P Chokolade, Appelsiner og Cognac til Toddy. – Vi havde saa en umaadelig hyggelig Aften
+[Det følgende er skrevet med en anden skrift. Formodentlig af Johanne Larsen f. Warberg]
+Her maa jeg indlægge en kort Bemærkning. Først Tak for det brillante 20 Siders og for det mindre nu bag efter! Jeg har været hos Ove Christensen, siden vi sidst skrev, han var særdeles godt tilfreds med mine Fremskridt, han sagde gentagne Gange, at kunde jeg blive sådan ved, så kunde vi nok få noget ud af det. I Tirsdags havde vi første Gang Time med Hr. Siesby, han er en meget flink og behagelig Lærer. Jeg går til Tandlæge Secher i denne Tid, det er mindre morsomt og tager jo en del Tid, men jeg turde ikke vente længere, mine Tænder er så frygtelig ormstukne og hullede, også Fortænderne. På Vejen dertil i Dag indhentede Lorenzen mig, og vi fulgtes ad ind til Byen, hvor han var så galant at invitere på en Napoleonskage, og da jeg havde god Tid, vandrede vi så til Konditor. Det var slemt hos Tandlægen i Dag, på Tirsdag skal jeg der 1 ½ Time, men det bliver vist ikke så galt. [Herefter igen Alhed Larsens skrift] - - - Tænk, Komtessen har været heroppe en Visit, var det ikke forfærdelig pænt af hende! nu skal vi derned en af de første Dage. – Du spurgte forleden, om jeg sang. Nej, siden vi kom herind efter Jul, har jeg ikke sungen en Tone. Men jeg bliver nok nødt til at tage fat hos Jødinden igen. Jeg havde jo tænkt at trække mig ud af det paa Gr. af pekuniære Omstændigheder, men det lader sig nok ikke godt gøre; Fruen har nemlig hele Tiden, siden jeg blev syg sungen [et overstreget bogstav] med Anna for samme Pris, som hvis vi begge sang; hun spørger stadig om jeg snart kommer – Jeg har været paa Visit hos Benzens, de var meget elskværdige, vilde snart have fat i mig igen sagde de. – Nu kom P. Hansen (reverenter talt), tænk han vil invitere os og Brandt med i Dagmartheatret til ”tre for en”, han har lige faaet sine Penge i Rigsdagen i Dag. - - Det bliver morsomt! – Men nu er det jo saa, at jeg ikke godt kan skrive mere, hvis vi skulle naa det i rette Tid. – Men det er da ogsaa bleven et ganske ordenlig Brev ikke sandt - ? – Endnu kan jeg dog fortælle, at Brandt, hendes Søster Andrea og vi var ude hos ”Tralleværket” forleden Aften, vi blev voldsom trakterede og havde det morsomt i det hele taget. 1000 Hilsner fra os alle. Brandt, med og Per [”og Per” overstreget] P Hansen!
+Din Alhed
+Har Du ikke faaet Din lille Lampe endnu?</t>
+  </si>
+  <si>
+    <t>1891-19</t>
+  </si>
+  <si>
+    <t>Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>København</t>
+  </si>
+  <si>
+    <t>- Boysen, København
+Johanne Christine Brandstrup
+Lauritz  Brandstrup
+Carl  Herold
+M Knipschildt
+Arnold Emil Krog
+Christine  Mackie
+- Paulsen
+- Stenberg
+- von Willich</t>
+  </si>
+  <si>
+    <t>Alhed Larsen boede foråret 1891 til foråret 1892 på Værnehjemmet i København og var i lære på Den Kongelige Porcelainsfabrik (=Fabriken).
+Laura Warbergs forældre ("De Gamle") flyttede i 1886 fra Langeland til København.
+Det er uklart, om Knipschildt er den person, hvis biografi der linkes til.
+Nicoline con Sperling forblev ugift, og Maria von Sperling giftede sig først i 1897, så den omtalte Fru Sperling er muligvis en helt tredje.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 0341</t>
+  </si>
+  <si>
+    <t>Laura Warberg har hørt, at hendes mands problemer kan skyldes polypper og synes, han skal få det undersøgt. 
+Hun har været på Den Kongelige Porcelainsfabrik hos datteren, og hun spiser frokost med sine gamle forældre hver dag. Alhed, bedstemor Hanne og Laura har købt tøj mm til Alhed.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Krfi</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Hr. Godsforvalter Warberg.
+Erikshaab
+pr. Højrup St.
+Fyn.
+[I brevet:]
+Torsdag d. 19de.
+Kjæreste Abba
+Fader har kjøbt mig nogle Chininpiller og naar jeg tager 3 eller 5 af dem, saa hjælper det paa Hovedet, igaar var det slemt om Formiddagen, men gik dog an til Middagen hos Fru Paulsen. Nu skal Du høre, hvad Boysen sagde, da han havde spurgt til Dit Helbred: om Du aldrig havde ladet din Næse undersøge, for dersom der er Polypper, saa kan de trykke paa Hjernen, saadan har von Willich havt det og han er nu bleven bedre ved Behandling af Si[ulæseligt]; de kan tillige give Asthma. Den Sag skal vi da drøfte med Din, hvem veed, om ikke Din Hoved Svaghed skriver sig fra noget lign. Men derom nærmere, naar jeg kommer hjem, jeg skriver det, fordi det optager mig saameget. Iaften skal vi maaske se Valkyrien, det bliver første Gang, jeg er i Teatret, spise til Middag hos [to ulæselige ord] først. Igaar var vi paa Fabrikken, meget interessant, men Krogh var der ikke, derfor saa vi kun lidt deraf. Fader har det nogenlunde i disse Dage og Nætter, jeg er der næsten hver Dag fra 10 ½ til 1, spiser Frokost der hver Dag. Vi har været paa Regensen en lille Visit hos begge vore unge Venner, Hanne Alhed og jeg, ligeledes i Landstinget. – Idag tænker jeg Kortene bliver sendt, sig til Christine, at hun strax sender til [to ulæselige ord], og hvem hun skal sende til herinde; Fru Sperling og Steenberg, Paulsen, Sc[ulæseligt] og Knipschildt beholder vi til, og til Herolds. Hun kan jo i det hele godt sende dem alle ud, undtagen til Egnen hjemme først paa Mandag. Jeg har travlt med at komme afsted til de Gamle. Imorgen tænker jeg vi gaar til Herolds og saa hæver Alhed forhaabentlig de sidste Penge, vi har kjøbt til hende Kjole [ulæseligt ord] og flere Smaating, vist for c. 75 Kr. Hanne hjalp os, vi var først paa Værnehjemmet og undersøgte grundigt hendes Garderobe.
+Jeg kommer paa Mandag med Iltoget, glæder mig til at komme hjem i Ro, dette Liv herinde er trættende.
+Mange kjærlige Hilsener til Alle fra Dit Es.
+Undskyld H[ulæseligt] Skriften.</t>
+  </si>
+  <si>
+    <t>1891-10</t>
+  </si>
+  <si>
+    <t>Johanne Christine Brandstrup
+Lauritz  Brandstrup
+Julie Brandt
+- Feilberg
+Marianne Høst
+- Kallesen
+Johanne Christine Larsen
+- Laudrup
+Christine  Mackie
+Johanne Oppermann
+- Schmiegelow
+Ditlev Schroll
+Albrecht  Warberg
+Johannes Wilhjelm</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2183</t>
+  </si>
+  <si>
+    <t>Alhed Larsen skal brændes i næsen for anden gang. Første gang var hun nervøs, men det var ikke slemt.
+Hun har fået besked om to værelser, hun kan leje, og vælger nok det sydvendte. Fru Laudrup vil prøve at finde flere møbler, men Alhed vil gerne have sin kommode tilsendt. 
+Alhed og hendes far mødes hos bedsteforældrene, og de to går også i teatret og ud at spise sammen. 
+Alhed har talt med Frk. Oppermann om farver. 
+Christine har opgivet kontorvejen, men det er også vigtigt, at hun bliver rask. Hun kan evt. prøve med ridning og fodbade.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/aqXo</t>
+  </si>
+  <si>
+    <t>Torsdag Morgen.
+Kæreste Moder! 
+Tak for Dine Breve! det sidste fik jeg i dette Øjeblik, netop som jeg vilde hen at begynde paa et Brev til Dig; jeg har et Kvarters Tid til overs inden jeg skal hen til Fader for at følges med ham til Schmieglow for(?) anden Gang at blive brændt i Næsen. Derom har vel Fader skreven; Jeg var lidt ængstelig, inden jeg prøvede det første Gang; i Dag gaar jeg til det med stor Anstand; det gør næsten ikke ondt, det meste man mærker til det er en meget sveden Lugt og en hvislende Lyd som naar naar spytter paa et varmt Strygejærn – Jeg har ikke skreven før, da Jeg først i Mandags Aftes fik Besked om Værelset; det bliver et dejligt stort Værelse til Solsiden, d.v.s jeg har Valget mellem det og et mod Nord, der er lidt større; men jeg gør vist bedst i at vælge det mod Syd? – Af Møbler faar jeg foreløbig kun en Chaiselong, Stole ["Stole" indsat over linjen] et temmelig stort Bord og et Stativ med Vandtøj; men det kan jo ogsaa nok gaa an, da jeg saa ["saa" udstreget] jo selv har en Del. Fru. L. vil saa bag ["bag" udstreget] efter Haanden ["Haanden" indsat over linjen] se at faa lidt skrabet sammen til mig. – Hun vilde gærne have at jeg skulde holde mig selv med Lagner, Haandklæder og Sengklæder; af dette sidste beholder jeg kun en Hovedpude, Tæppe har jeg jo herinde; – Du maa endelig faa min lille Kommode med til Højrup ved første givne Lejlighed, at der kan komme nye Lister, ej ["ej" udstreget] saa jeg kan faa den herind tillige med Sengtøjet; - jeg vil bruge den til Kamme Tøj og sligt, da jeg ikke faar nogen ordenlig Servante. - - 
+Fredag. Videre kom jeg ikke, den sang. – Hvormeget jeg end skynder mig, løber Tiden dog bestandig fra mig; særlig de Dage jeg er hos Schmieglow løber d ["løber d" udstreget] kniber det; saa kommer jeg først hjem fra Fabrikken cirka 6 1/4. I Gaar Aftes skulde jeg mødes med Fader hos de Gamle – kunde ikke slutte Brevet først, da jeg ikke havde faaet ordenlig Besked om Lampen om Morgenen. – Fader mener ikke, den skal sendes her til Byen, jeg har snakket for ham derom, men han finder det urimeligt. Hansen og Kallesen ere kun Købmænd siger han. – Bedstefader er saa rask, at han vist vil blive henrykt ved Kassens Ankomst; Fader gaar jævnlig et Svip derned og snakker med dem. – Han og jeg er for Resten meget sammen. 2 Gange har vi været i Dagmath. (den ene Gang med Brandt) en Gang i Falkoth; og en Gang i Cirkus Varieté. Bagefter gaar vi saa gærne ind i Paraplyen og spiser til Aften; I Søndagst spiste jeg til Middag hos ham paa Hotellet. Forleden Aften var jeg med ham paa Visitter hos Kapt. Fejlbergs og Willhjelms; disse sidste inviterede os til Middag paa Lørdag – og bagefter i Falketheatret til ”den skønne Helene”, som vi for Resten har set, men de har Fribilletter den Aften. – Saa kommer vi ikke til den ["n" udstreget] Gamle og spiser af Kassen, men dette er forhaabenlig ikke for sent Søndag el. Mandag. – Farverne har jeg talt med Frk. Oppermann om, Frk. Høsts havde kostet 7 fr. men dem kan man ikke faa her; hun mener, at til 6-7 Kr. kan man faa en god Æske Farver, hun har lovet at hjælpe mig at se paa dem! – 
+Naa Christine har saa opgivet Kontorvejen; ja, det fornuftigste er naturligvis, at hun foreløbig sætter alt ind paa at blive rask, saa kommer alt det andet nok af sig selv; Bedstemoder er stadig meget optaget deraf; hun mener absolut at Chr. skulde prøve nogle naturlige Raad f. Ex stærke og varme Fodbade med Salt og Bøgeaske i 2-3 Aftner i Træk, særlig naar Chr. af og til mærker Ømhed i Brystet og S ["S" udstreget] slige Symptomer. Endvidere Ridning; Doktorerne her inde anvender det ligefrem som et Middel mod Blegsot. Jeg tror, Du skulde gøre som Bedstemoder siger, hun taler med stor Kendskab til de Dele, og hun har sikkert mere Erfaring end Dr. Schroll. - - 
+Nu maa jeg slutte, Brevet skal hen. Hils Joh og sig hende Tak for Brevet, hun skal snart høre fra mig. – Du afsender vel ikke de Dele de første Dage, andet end jeg kan naa at skrive, hvis jeg kommer i Tanker om mere. Sæbe vilde jeg gærne have sendt, samt en Dug til Fabr. – En Stump Tæppe f. Ex. Klude, kunde jeg vel ikke faa sendt til mit Vindusfordybning?? – 1000 Hilsner til Eder Alle 
+Din Alhed</t>
+  </si>
+  <si>
+    <t>1891-11-02</t>
+  </si>
+  <si>
+    <t>Postkort</t>
+  </si>
+  <si>
+    <t>Eline  Brandstrup
+Christian Caspersen
+Christine  Mackie</t>
+  </si>
+  <si>
+    <t>Alhed Larsen boede i København og arbejdede på Den Kongelige Porcelainsfabrik.
+"Ungen" var formodentlig Jørgen Brandstrup, Eline og Christian Brandstrups ældste barn, født 1890. 
+Det vides ikke, hvem L var.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 1201</t>
+  </si>
+  <si>
+    <t>Alhed Larsen beder moderen om at sende guldbronze og oliefarver. 
+Hun har mødtes med Eline Brandstrup.
+Alhed Larsens nye værelse er lidt tomt. Den store vase blev ikke helt vellykket.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/G76D</t>
+  </si>
+  <si>
+    <t>[På kortets forside er trykt:]
+BREV-KORT.
+(Paa denne Side skrives kun Adressen.)
+Til….
+[På kortets forside er håndskrevet:]
+Fru Laura Warberg
+Erikshaab
+Højrup Station
+Fyn
+[På kortets bagside er håndskrevet:]
+Hvis Chr. har en lille Flaske Guldbronce, vilde jeg gærne have den sendt sammen med det andet. Ligeledes mine Oljefarver, der ligger i Bordskuffen paa det graa Kammer. – Jeg tog mod Tante Eline i Aftes; Ungen var dejlig. – Traf Caspersen og var meget glad ved at høre noget direkte hjemme fra; jeg fulgte Eder i Tankerne i Gaar. I Dag har der vel været Sorg over L.s Afrejse. – Max var ogsaa med Toget. – Foreløbig befinder jeg mig udmærket i mit nye Logi, mit Værelse er endnu lidt tomt, men med Tiden bliver det vist nydeligt. - - Min store Vase var ikke saa god som den kunde være, men kunde dog nok gaa an [skrevet øverst på kortet og på hovedet:] Nu venter jeg snart paa Brev! Mange Hilsner Alhed.
+2den Nov. – 91</t>
+  </si>
+  <si>
+    <t>1892-01-22</t>
+  </si>
+  <si>
+    <t>Christine  Mackie</t>
+  </si>
+  <si>
+    <t>Erikshaab</t>
+  </si>
+  <si>
+    <t>Vestergade 58 Aarhus</t>
+  </si>
+  <si>
+    <t>Carl Brandstrup
+Lauritz  Brandstrup
+Johanne Caspersen
+Poul Caspersen
+Henrik Havemann
+- Jensen, Frøken, Erikshaab
+Alhed Larsen
+Johanne Christine Larsen
+Mogens Lindhardt
+Otto Emil  Paludan
+Emilie -, pige i huset på Erikshaab
+Jenny Rasmussen, Aarhus
+Ellen  Sawyer
+Petrea Schmidt, g. Brandstrup
+Adelheyde Syberg
+Hempel Syberg</t>
+  </si>
+  <si>
+    <t>Pojke var svenske Leonard Holst, som Christine Mackie en tid var forlovet med. Han var far til det barn, som hun ventede, og som var årsagen til, at Christine fra januar 1892 opholdt sig hos familien Rasmussen i Århus i skjul. Laura Warberg vidste endnu ikke, da un skrev dette brev, at datteren var gravid. Christine havde bildt sine forældre ind, at hun blot var i huset hos Rasmussen-familien, som i virkeligheden tog betaling for hendes ophold. Barnet blev født 22. marts 1892. 
+Studenten var Harald Balslev, som Christines søster, Alhed Warberg, g. Larsen, var forlovet med. Han fik laudabilis = højeste karakter ved eksamen på universitetet. Hverken Christine eller Alhed blev gift med de her nævnte mænd.
+Christines brev til præsten: Under opholdet i Århus gik Christine meget i kirke, og hun blev betaget af præsten Mogens Lindhardt. En af hans prædikener var hun mindre tilfreds med. Hun skrev om den i sin dagbog og sendte dagbogsbladene til præsten. 
+Petrea Brandstrup havde brystkræft. Hun var gift med Laura Warbergs bror, Carl. 
+Ellen Sawyer, f. Warberg, var i huset hos Havemann i Hamburg januar til maj 1892.
+Følgende omtalte personer kendes ikke: Breinhed/Bremberg (svært læseligt navn), Preisler, Schmidt, Lollesgaard, Nerulla og Henningsen.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2730</t>
+  </si>
+  <si>
+    <t>Laura Warberg havde en dejlig føfdselsdag og takker for gaverne. Det var en glæde, at Leonard/Pojke kom, men han så dårlig ud.
+Flot, at Balslev/Studenten fik topkarakter. Han er dygtig. Forholdet til Alhed er dog nok slut, og "Folk" snakker. Laura Warberg har aldrig ønsket, at Alhed skulle blive gift med en præst.
+Christines anonyme brev til præsten var en sjov idé.
+Man vasker på Erikshaab. Emilie er dygtig og huslig. Der har været travlt, fordi Ellen skulle rejse.
+Lauras ben er dårligt. 
+Johanne/Junge har været syg og hjemme fra Sollerup.
+En kvinde ønsker en klaverspillende pige som hushjælp. Er det noget for Christine?
+Petrea har fået fjernet et bryst og lider.
+Laura Warberg når kun at skrive hver 14. dag.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/VVAE</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Frøken Christine Warberg
+Vestergade 58
+Aarhus.
+[Håndskrevet i brevet:]
+Erikshaab d. 22-1-92.
+Kjæreste Basse!
+Stadig fornøjede Breve fra Dig Gudskelov!. Jeg glæder mig til dem hver Gang. Tak for Din Del i de dejlige velkomne Kopper. De er med forgyldt Rand, Underkoppen takket i Kanten; jeg havde en yndig Fødselsdag, størst Glæde dog ved min kjære Pojkes uventede Besøg. Jeg fik dem afsted i Kane efter ham og havde saa den Glæde at gjøre dem den Fornøjelse. Han var fornøjet og glad men sér egentlig daarlig ud; han hænger vist meget i og de lever jo slapt. Han har ikke været i Odense siden I rejste. Vi var Alle grulig glade ved ham. Far ikke mindst, der strax vilde have ham med ud en Tur. - Det var dejligt at Studenten fik Laud. Veed Du hvad, vi gik - Far og jeg - [ulæseligt ord] saa smaat og ventede paa Forlovelsen nu efter endt Examen; Far siger, at han er begavet og dygtig og nok har en Fremtid for sig. Nu har jeg ogsaa faaet Besked for ham. Alhed har dog vist egentlig holdt af ham, men det er vel desværre forbi. - Hvor grinagtigt med Dit anonyme Brev til Eders Præst! jeg gad sét Kladen dertil. Pojke kom jo uforvarende ned med det, men der var jo intet i det? Hvad bestiller I om Aftenen? Er der godt Klaver? Kan Du snakke med dem? Hvordan er Eders Stuer? Paa Mandag tænker jeg vi sender Eders Tøj. Vi har vasket o.s.v. i 14 Dage uafbrudt. Idag syer Emilie første Gang, de andre ruller. Imorgen skal jeg et Par Timer i Kareten til Geelskov, Fr Breinhed er der i disse Dage. Jeg glæder mig dertil. Hver en lille Afvexling er dejlig paa en saadan Tid. Nu er Benet igjen bedre og jeg begynder at gaae lidt om i Stuerne, men sidder dog mest paa Sygeskamlen med Benene. Carl har det helt godt. Jeg fik 9 Breve og Kort i Onsdags. Det er sandt, Tak for Lysdugen, ja rigtignok har jeg brug for den snart. Bedstefar er begyndt at komme op.
+Lad mig snarest vide, om og hvad I kjøbte noget hos Henningsen, samt hvormeget Du og [ulæseligt ord] kjøbte for der, vi har intet faaet derfra, og det skal paatales. - Nu er vist Posten her strax.
+Mange Hilsener Mor.
+Lørdag Middag!
+Min søde Basse!
+Det er ganske rigtig al Travlheden med Elle, der har ladet det skyde over sig denne Uge med Brev til Dig, og saa vilde jeg vente, til det idag var kommen, om vi saa tillige havde hørt fra Elle. Hun lovede saa sikkert, at skrive et Kort Dagen efter sin Ankomst og jeg havde lagt Mærke til, at vi fik Brevene Dagen efter 2 1/2 til Højrup, sendte imidlertid forgjæves Bud derned igaar sender nu Emilie idag med Brev til Elle om hun mulig har glemt at sætte Danmark_paa Brevet. Havemann _vilde dog vist have skreven strax, dersom hun ikke var kommen Onsdag. Torsdag kom her et fornøjet Kort fra Frederits, hun havde Syd Toget paa [ulæseligt ord], var meget vigtig o.s.v. Paludan fulgte hende til Odense, Sybergs var der ogsaa, Mimi, Paludan og Preisler var paa Banegaarden, da hun smilende og frejdig drog af, med Godter fra Mimi og en dejlig Buket fra Pr. Pojke havde hun vist narret, han var ikke ved Stationen, hun har vist ikke skreven til ham hvad Tog.
+- Det glæder mig meget, at Du har haft den Glæde at have hørt Nerulla og [ulæseligt]. Nej hvem skulde have ventet det i Aarhus. Jeg er glad ved at gaae lidt i Huset, gjør ikke mere, end hvad Benene kan taale, det er ikke meget endnu. Emilie er huslig, har gjort Stuerne rene idag helt alene, er færdig med Lamper, Gang, Barne og Sovekammer og gaaer nu om lidt ned til 2 1/2 Toget; saa har Du vel dette Brev Søndag?? [Det sidste "?" overstreget] Fr. Jensen Junge og jeg var igaar paa Gjelskov til Kaffe og Aften med Schmidts og Preislers, kjørte derom og hjem. Junge har været hjemme denne Uge, var syg i Søndags og Mandag Morgen, hos Doktoren Onsdag, der ordinerede Mælkekur et Par Dage her og siden paa Sollerup lidt Diæt samt Piller og Pulver. Jeg er af hvis det er langvarig Blegsot. Alt gik saa godt for hende. Imorgen - Søndag Formiddag rejser hun derover, men hun er træt og har Trykken og ingen Appetit. - Tante Mimi traf forleden paa en gammel Ven Lollesgaard paa Langeskov (ved [ulæseligt],) hun spurgte om her ikke var en ung Pige for hende til Maj; hun holder Pige derinden, er ene, vil have en der kan spille; Mimi talte om Dig, hvis Du mulig vilde have den Plads i Sommer. Nu har jeg ikke Tid til mere! Hvad for "Folk" kan dog have blandet sig i Sagen med A. og St.? Det maa have været nærgaaende, naar det havde kyst ham. 
+Jeg ønsker forresten ikke Alhed gift med en Præst, faae smaa Kaar og mange Børn som Balslevs - uha! I veed nok jeg har aldrig sværmet for Studenten; haaber A. skulde gjøre et anderledes Parti, hvis hun skal giftes; men den Tid den Sorg, hun er jo tilfreds med Tilværelsen og er kun 20 År. Petrea er opereret igjen i Aalborg, hele Brystet bort, lider meget, men det er godt overstaaet denne Gang. Paa Torsdag rejser Tante og Poul til Kjb. - Bedstefar er temmelig rask igjen. - Lev vel. Kjærlig Hilsen Mor.
+I F ["F" overstreget] faaer vist kun Brev hver 14 Dag jeg kan næsten ikke overkomme den tiere Korrespondance, har vist skreven 30 Breve siden jeg blev rask; nu faaer vi see. Ængstes altsaa ikke, hvis der gaaer en Uge over.</t>
+  </si>
+  <si>
+    <t>1892-03-03</t>
+  </si>
+  <si>
+    <t>Vilhelmine  Larsen</t>
   </si>
   <si>
     <t>Johannes Larsen</t>
   </si>
   <si>
-    <t>Højrup</t>
-[...1 lines deleted...]
-  <si>
     <t>Kerteminde</t>
   </si>
   <si>
-    <t>Andreas Larsen</t>
-[...39 lines deleted...]
-Louise Brønsted
+    <t>Alfred Eckardt
+Carl Høyrup
+Rasmus Klokker
+Jeppe Andreas Larsen
+Vilhelm Larsen
+Hans  Slengerik
+Christine Swane</t>
+  </si>
+  <si>
+    <t>Det er muligvis to forskellige breve, der er sat sammen.</t>
+  </si>
+  <si>
+    <t>Det Kongelige Bibliotek</t>
+  </si>
+  <si>
+    <t>Vilhelmine Larsen spørger Johannes, om han skal til at male i Zoologisk Have igen, og om han skal udstille på "Den Frie". I Kerteminde er der en lille nabostrid.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Kd7s</t>
+  </si>
+  <si>
+    <t>Kjerteminde den 3 Marts 92.
+Min kjære Johannes
+Idag afsendte vi saa dit Tøj og sender dig heri 10 Kroner som skal blive efterfulgt af flere inden retlænge, hvordan var det at du ikke sendte nogle Mansjetter med der var ogsaa lidt med Skjorter, men har du mere saa skal vi vaske nu i den kommende Uge og saa beder jeg dig sende hvad du har snavset. Iaftes naaede jeg ikke at hale Penge; men haaber det idag, forlidtsiden pakkede jeg Smør og da der i Kassen stoppede jeg den til med et Stykke Skinke Skeerne lidt The og le ikke af Sukkeret for der var ikke Plads til mere gid du maa være rask og det maa smage dig – 
+Nu er det Tøvejr saa skal du vel igjen til at male i zoologisk Have du lovede at fortælle mig om hvad du malede; men du glemmer rent at svare mig paa alt det du blev spurgt om i sidste Brev, Faer vilde gjerne høre hvad du mener om vi saa skal sende Vilhelm til Skolen i April, Alfred har lovet at læse fransk med ham 
+Vilhelm bliver ved at mene at de Penge ere spildte at gaa paa Skolen uden at møde med fransk han troer han skal gaa der 1½ Aar efter Prøve i fransk inden han kan tage den første Eksamen det mener Faer ikke og jeg vilde ønske han kunde komme afsted det var bedst for ham at han dog kan faa noget at bestille
+Margrethe fortalte igaar at hun rendte paa dig og Du saa saa fornøjet ud hun er da saa heldig at have faaet sig et Laan saa kan hun da arbejde med Fred en Tid igjen.
+Vi ere raske her der skal være Fastelavnsgilde paa Skolen Christine har travlt med at gjøre Adolph til en lille Bager de 12 smaa Grise ere raske og trives godt det er et nydeligt Syn naar de ligger hos Moderen
+Gamle Slængerik har hugget en Deel af vores store Nødde[ulæseligt] – 2 Alen ind i vores Hegn
+Højrups Have har han ogsaa kappet al Skygge af Højrup gik til Borgmesteren og Bolitibetjent Klokker var idag at se derpaa. Slængerik – 
+Vær nu god imod mig og skriv et ordentligt Brev om dit Arbejde og alt muligt det er vist en mærkelig Menage I har med den tørre Kost
+Bare vi dog kan komme afsted saa jeg kan see dig og din Færd – fortæl mig dog noget om Malerierne skal I saa udstille paa den frie Udstilling
+Lev nu vel til vi sees Hilsen fra os Allesammen
+Din trofaste Moder
+Den Gjæld jeg har til dig skal nok [møde?] det kan du tro, men skriv ikke om den oftere.</t>
+  </si>
+  <si>
+    <t>1892-03-27</t>
+  </si>
+  <si>
+    <t>Carl Høyrup
+Adolph Larsen
+Georg Larsen
+Jeppe Andreas Larsen
+Marie Larsen
+Vilhelm Larsen
+Jens Olsen</t>
+  </si>
+  <si>
+    <t>Samson er et skib, som tilhører købmand Jeppe Andreas Larsen, som er far til Johannes Larsen.
+Det er uvist om de to nævnte godsforvaltere, er den samme person.</t>
+  </si>
+  <si>
+    <t>Brevet indeholder 30 kroner til Johannes Larsen. Familien har lånt 5000 kroner og betaler nu så meget som muligt, af deres gæld. Vilhelmine Larsen venter stadig på, at høre om billederne til udstillingen. 
+Skibet Samson har været grundstødt.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/eKfU</t>
+  </si>
+  <si>
+    <t>Kjerteminde den 27/3 92
+Kjære Johannes!
+Indlagte 30 Kr har jeg først faaet i dette Øjeblik og har altsaa ikke kunnet sende dem før gid du maa faa Lykke til at de kan naa godt langt
+Saa kan du tro jeg skal virke for at du først i Maaneden faar igjen; da skal vi jo have Penge af Godsforvalteren, det gjør mig meget ondt naar der kommer et Brev med 16 Øre hvor har jeg længtes efter et par Ord om de saa tog dit ene Billede du lovede der skulde komme Brev Dagen efter men der kom ingen Marie skrev saa for mig med Pølserne; men heller ikke; nu haaber jeg da sikkert Tirsdag at faa ordentlig Besked denne Uvished er ikke god for mig – 
+Igaar var her Marked og mange Mennesker, - saa Faer havde rigtignok travlt blot han maa Kræfter til alt det skriftlige Arbejde foruden sin anden Virksomhed - Drengene ere flinke og vi andre hjælper det vi kan – du har vel af Georg hørt at vi fik 5,000 at laane hos Godsforvalter Højrup og derfor gaar det i dag med Afsendelsen af Penge til alle Sider de forslaar ikke men saa bliver der vel bedre Tider – 
+Vi fik ellers – iaftes igjen en Forskrækkelse med Telegram fra ”Samson”, grundstødt, atter flot – Jens Olsen var her nu men mente at det ikke havde noget videre at sige forstod ikke at han telegraferede og satte Folk i Ængstelse naar det kunde undgaas blot sende Brev var jo nok
+Lev vel fortæl os lidt om Udstillingen naar du har set den jeg har jo nok Politiken men jeg kan maaske komme selv at se hvem veed hvordan Tiden kan blive
+Kjærlig Hilsen din Moder</t>
+  </si>
+  <si>
+    <t>1892-09-17</t>
+  </si>
+  <si>
+    <t>Ellen Agnete Amstrup
+Louise Amstrup
+Thorvald Balslev
+Clement Caspersen
+Johanne Caspersen
+Olga Caspersen
 Niels Elgaard Amstrup
-Jørgen -, Erikshaab
-[...2 lines deleted...]
-Christian Mogensen
+- Jensen, Frøken, Erikshaab
+Rasmus Knudsen
+Alhed Larsen
+Johanne Christine Larsen
 Otto Emil  Paludan
+Ellen  Sawyer
+Hans Smidth
+Hempel Syberg
+Andreas Warberg
+Conrad Warberg
+Else Warberg
+Anders -, Ølstedgaard</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvem Frk. E og Signe var. 
+Dora var en hest på Erikshaab.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0366</t>
+  </si>
+  <si>
+    <t>Amstrups, som var indbudt, kom ikke, og det var en skuffelse. 
+Paludan siger, at Albrecht Warberg kommer hjem omkring den 1. Det ærgrer Laura og Ellen, at Albrecht kun holder et enkelt selskab, når de har sendt så meget bagværk.
+Thorvald Balslev har været på besøg.
+Når lille Agnete er i køkkenet, henter Gamle Anders hende, og han og Rasmus Knudsen leger med hende i folkestuen.
+Laura Warberg har fået nogle numre af Nordstjernen. Hun beder Albrecht tage en mappe med til hende fra København. 
+Frederik vil meget gerne ride på Dora.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/nEHp</t>
+  </si>
+  <si>
+    <t>Kjæreste Ven!
+Vi var rigtig nok glade ved Brevene fra Dig og Junge igaar. Elle gik fra Kirken lidt tidligere end jeg og til Højrup efter dem. Jeg fik ogsaa fra Tante Hanne og Elle fra Signe. Det kunde nok behøves for os med en extra Opmuntring, da vi blev skuffede ved at Amstrups ikke kom; jeg havde bedt dem til at spise til Middag her saa de skulde have Barnet og Frk. E. med og rejse tidligt hjem Sybergs kom et lille Svip om Eftermiddagen De venter jo Conne og Else ned d: 4-5 Nobr, men jeg har sagt, at det er tvivlsomt, om Du er hjemme til den Tid, jeg har forstaaet, at Du blev 4 Uger og ikke iaar vilde tage 2 Luftklokke Bade paa en Dag. Lige nu siger imidlertid Paludan, at Du kommer ved d: 1ste, og han maa vel vide det, og jeg skal saa sørge for, at Gloruperne faar det at vide. – Det var jo rart, Du fik Vognen byttet, naar Du ikke var rigtig tilfreds med den første. Du kan ellers troe, at Elle og jeg havde en General Ærgrelse igaar, da vi hørte, at I kun faaer et Selskab til al den masse Masse Bagværk, vi har sendt, og stegt og bagt om igjen, at I kunde have noget frisk til det sidste Selskab. Den Lagkage og Krandsekagen var det fineste, vi kunde finde paa at bage og der var nok til det største Selskab her hjemme. Jeg kan slet ikke regne ud, hvorfor I har opgiver de andre, om I maaske mener der er temmelig lidt Plads til det (dette er Paludans Gisning). – I Lørdags ved 5 Tiden kom Studenten pludselig dumpende pr. Cycle; han var et Par Timer paa Gelskov paa Rejsen til Odense fra Faaborg og Vesterhæsinge. Han sad her en Timestid, fortalte bl.a., at han denne Uge rejser til Kbh. og vil besøge baade Dig og Børnene. Han var endnu forkjølet fra Høstgildet. – I Fredags Aftes var Fr. Jensen, Pal. og jeg til Aften paa Gjelskov i Anledning af Amstrups. Smidt kom af sig selv. Visse fortalte, at naar lille Agnete sidder i sin Kasse hos dem i Køkkenet, saa kommer gl. Anders ind ved Middag og siger ”Nu skal hun derud,” og saa tager han hende med i Folkestuen, hvor han og Rasmus Knudsen leger med hende, saa den lille ler og pludrer løs! Anders synes, det er synd, hun sidder i Kassen, hvad hun for resten er gruelig glad ved og sidder og sparker og leger. I vor Kurv vælter hun. Igaar havde vi en hel Bunke Nordstjerner at more os med; jeg fik derved min Lyst fornyet til en Mappe med Overlag (1 Kr. 50 Øre) om Du kunde tage en saadan med hjem til mig, vilde jeg være meget glad. Alhed har saa tit lovet mig det. Mon den ikke faaes i Nordstjernens Expedition i [overstreget ord] Industribygningen? det har jeg faaet ud af Bagsiden paa Bladet. Igaar Aftes begyndte Regnen igjen, Gaarden er blank af Vand og det regner idag. I har vel ligedan Vejr hos Eder. Det er da rart, Du har faaet et andet og bedre Værelse. Dengse vilde partout have Ærinde at ride igaar ”Dora" skal røres hver Dag siger han. Syberg bad ham da ride ud igjennem Odensebakken og see om der var begyndt at pløjes. Det var deslige ved Gjærdet. Clemserne kom iaftes (blev bedt) og vi gjættede Gaader af Nordstjernen. Nu Farvel søde Ven! Mange Hilsener fra Din Smaa. 
+Husk Børnene paa Fr. Jensens Regning.
+Paludan siger, der er intet paa Kontoret, der venter Dig hjem til d: 1_ste_, han mener som jeg – forhast Dig ikke, men tag Kuren fuldt ud:</t>
+  </si>
+  <si>
+    <t>1892-10-26</t>
+  </si>
+  <si>
+    <t>København
+Vestergade</t>
+  </si>
+  <si>
+    <t>Ellen Agnete Amstrup
+Louise Amstrup
+- Andersen, Sandbygaard
+Alice Bondesen
+Carl Brandstrup
+Clement Caspersen
+- Egholm
+Niels Elgaard Amstrup
+- Jensen, Frøken, Erikshaab
+Trine Johans
+- Juul, præst
+Hans Jørgen -, Kusk ved grevskabet Muckadell
+Marie Paludan
+- Paulsen
 Ellen  Sawyer
 Anna Schaffalitzky de Muckadell
 Erik Schaffalitzky de Muckadell
-Andreas Warberg, Albrechts far</t>
-[...18 lines deleted...]
-    <t>https://fynboerne.ktdk.dk/d/RMwG</t>
+Henry Smith, nær Erikshaab
+Adelheyde Syberg
+Hempel Syberg
+Else Warberg
+Andreas Warberg, Albrechts far
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Sandholterne var beboerne på godset Sandholt: Nicoline von Sperling og Alice Bondesen. 
+Hvem de gamle fruer i Bækkelund og Brandt Sanderum samt Mâ var vides heller ikke. 
+Det vides ikke, hvem Peter, der havde fået ansættelse som fodermester, var, og der er usikkerhed omkring baronessens identitet.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0363</t>
+  </si>
+  <si>
+    <t>Laura Warberg har været på visitter, og hun skal til et større træf på Gelskov. Hun har kørt i den nye vogn, og det ene hjul ville ikke dreje. Hans Jørgen og Paulsen har arbejdet med vognen i flere timer. Albrecht må kontakte producenten.
+Vejret er dejligt. Laura har mærkeligt nok ikke haft gæster.
+Albrecht må købe en flakon med hjem, for Ellen skal bruge en sådan, når hun fikserer kultegninger. 
+Fremover vil Laura gå lange ture af hensyn til sin figur.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/JfGS</t>
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:]
 Hr. Godsforvalter Warberg
-cand. jur.
-[...1 lines deleted...]
-København K.
+Hotel ”Tre Hjorte”
+Vestergade
+Kjøbenhavn K
+[Skrevet med anden skrift:]
+Kjbhvn 1892
+Kerteminde 2001.
+[På kuvertens bagside: Poststempel]
+[I brevet:]
+Onsdag d: 26_de_ 
+Kjæreste Abba
+Nu er Du vel tilbage fra Sverig igjen og jeg venter ganske sikkert Brev imorgen, vi havde ventet fra Børnene i dag. I Mandags var jeg vi ["Jeg" overstreget. "Vi" indsat over linjen] kjørende med Sybergs hos Pastor Juuls, vi var bedt, Fr. Jensen ogsaa, Sandholterne var der og vi havde det rigtig muntert og rart. Alle 3 Par blev bedt til Sandholt d: 2 Nobr, de spurgte, om Du saa var hjemme, jeg var flov over, at Frøken Bondesen sagde, Du havde omtalt, at Du vist var hjemme til d: 1ste, men jeg kunde intet bestemt sige derom. Samtidig inviterede Mimi Sandh. til Middag Lørdag d: 5_te_ i Anledning af Glorups, det skal ogsaa Doktorens og jeg troer Smiths. Jeg forlader mig saa paa at faae Familien til Middag om Søndagen, har i Sinde at lægge Bederyggene i Blød til det. Brandt Sanderum og Mâ kommer ogsaa til Gjelskov, det bliver en større Fest. I Gaar vilde jeg tage den første Tur med den nye Vogn, Pauelsen havde Tøj med og glædede sig vist lige saa meget som Astrid og jeg til en Visit paa Arreskov og derfra til Doktoren, han skulde see paa Astrids Skulder, der har været daarlig en 14 Dage af at Nora slog hende af en Dag da hun var kommen op [”op” indsat over linjen] at ride fra Ledet og hjem. Armen fejler imidlertid intet Dis saae den igaar paa Sandholt, hvor vi spadserede til Clements, da vi ingen Kjøretur kunde faae af den Grund, at det ene Hjul ikke kan gaae rundt og ikke rokker af Stedet. H.J. og Pauelsen vilde eftersee den med Smørelse, da Syberg havde advaret os; de stod over 3 Timer og tumlede dermed, fik med megen Besvær de 3 Hjul løse men det fjerde kan ikke. Vi sendte Bud til Syberg om det, han kom herned og sagde, at jeg skulde absolut skrive det til Dig, at Du kunde lade Fabrikanten det vide, og saa snarest skrive om, hvad der skal gøres. Da H.J. kørte fra Stationen kunde det ene Hjul ikke gaae rundt, men ved at tage lidt i det, gik det saa han kom hjem, saa blev Vognen ikke rørt før igaar. Desuden skulde jeg sige, at det ene Stansejærn var løst og en Skrue af og Presenningen var ikke over Vognen, saa denne [”ne” i ordet indsat over linjen] var helt vaad. Syberg havde netop Dagen før sagt til mig at vi skulde tage lidt Olie med da det ofte hænder, at en ny Vogn kjører fast, og bliver den saa ikke strax smurt, saa brænder det sammen. Vi var jo endda glade at vi ikke var naaet at komme ud med den. Nu venter vi hurtig Svar, at den da kan være i Stand, til Du kommer hjem; den er forresten nydelig. De mener, at den har ikke været ordentlig smurt ved Afsendelsen. Jeg syntes Du skulde have været fri for alt dette, men Syberg maa jo forstaae det bedre. H.J. vilde havt Bud til Højrup Smed eller ogsaa have Ølsted Vognmand til at gjøre den i Stand. Nu nok om denne kjedelige Sag. Vi har det dejligste klare Vejr i disse Dage, det var en yndig Tur igaar saa jeg har faaet Lyst til igjen idag at spadsere ud ned til Bækkelund at see til de gamle Fruer; jeg tager saa dette brev med Elle og Mor gaaer med til den Hillerslev Sypige med Tøjet til Carls Skjorter. Jeg har skreven til Baronessen [ulæseligt ord], at jeg ikke kommer derhen, før Du er hjemme, jeg vil ikke tage H.J. fra Pløjningen. I Lørdags var jeg saa i Odense men havde ikke Tid at besøge nogen og saae ingen Bekjendte uden Marie Paludan paa Banegaarden. Vi har ventet Amstrups en Eftermiddag, mens vi er ene, men de maa vel synes det er for koldt for den lille Pige at komme ud. Her har mærkelig nok ikke været et eneste fremmed Menneske siden Du rejste – jo Ke[ulæseligt] en Visit paa et Kvarter, en Dag hun var hos Johan. I Nat har det frosset 3 Grader, Georginerne er bleven sorte. - - Hvis Du ikke bliver kjed af at faae K[ulæseligt], saa var det dejligt, om Du tog en lille Flacon med en Sprøjte; Du ved med en rund Gummiballon at trykke paa og helst med lidt godt lugtende i. Min lille Flaske er næsten tom, og Elle vilde saa forfærdelig gjærne have en Sprøjte til at fixere Kultegninger med. Vi faaer saadan usle Natlys nu baade i Faaborg og Odense, men Du gider vel ikke høre hos Egholm eller lign. Sted om nogle bedre. Der er næsten ikke Vox paa disse har jeg opdaget, brænder derfor kun et Par Timer. Elle fik i Dag Brev fra Peter, han kommer et Par Dage til Gelskov, inden han d: 1ste tiltræder sin nye Plads som Fodermester hos Godsejer Andersen Sandbygaard pr. Ringsted, Syberg har skaffet ham dertil. Elle sendte i Mandags 9 blanke Visitkort op til ham, som Straf, fordi han saa længe ikke har skrevet til nogen.
+Hvor vi glæder os til at høre om Eders Sverigstur. Nu maa jeg ned at klæde om til Middag og til min Udflugt. Jeg maa til at trave nogle lange Ture, da jeg bliver saa gruelig svær, kan knap passe mit Tøj. Frøken Bondesen mønstrede min Figur i Mandags og sagde deltagende ”trænger De ikke til en Skammel”!!! Meningen var tydelig! Nu maa jeg se at vise mig lidt mere smækker til hendes Fødselsdag. Jeg kjøbte i Odense noget graa Besætning istedetfor de sorte Blonder paa min graa Silkekjole; disse vilde B[ulæseligt] lave et Overstykke af til Sommer. Det bliver sagtens et fint Selskab d: 2den saa jeg kan iføre mig den graa. Nu kun mange kjærlige Hilsener til Dig søde Ven! og til Børnene! haaber Du tilbringer denne Aften paa ”Hotel H[ulæseligt]” og skriver til mig, det er næsten en Uge siden jeg hørte fra Dig.
+Din Smaa. 
+[Skrevet på hovedet øverst s1:]
+Hilsen fra Elle. 
+Husk endelig Leret til de grove Hænder</t>
+  </si>
+  <si>
+    <t>1893-08-17</t>
+  </si>
+  <si>
+    <t>Valdemarsgade 30 København</t>
+  </si>
+  <si>
+    <t>Ellen Agnete Amstrup
+Louise Amstrup
+Thorvald Balslev
+Hans Christian Caspersen
+Johanne Caspersen
+Niels Elgaard Amstrup
+Malin   Holmström-Ingers
+Karen Jørgensen
+Johanne Christine Larsen
+Hans Lorentzen
+Karen Lorentzen
+Otto Emil  Paludan
+Ellen  Sawyer
+Adelheyde Syberg
+Hempel Syberg
+- Vesterdal
+Albrecht  Warberg
+Andreas Warberg</t>
+  </si>
+  <si>
+    <t>Lassen ejede ikke Dallund Slot ved Søndersø i 1893. Han var muligvis ansat på gården.
+Tarupgård ligger nær Odense. 
+Fr. Lensgreve: Warberg-familien kendte flere, der bar denne titel.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2735</t>
+  </si>
+  <si>
+    <t>Der er mange gæster på Erikshaab: Paludan, Vesterdal, Amstrup med lille Agnete og Syberg-familien. Alhed har leget med Agnete en time på græsset.
+Karen Jørgensen og Thorvald Balslev har også været på besøg, og Caspersen kom cyklende.
+Warberg-pigerne er inviteret til Tarup, og de har derfor haft travlt med at ordne deres kjoler. 
+Man har lavet ribssaft og syltet stikkelsbær.
+Laura Warberg vil sende Christine lidt penge, så hun kan invitere sin far på the i København. Hun vil også selv komme på besøg og medbringe madvarer. Der er lavvande i pengekassen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/O65z</t>
+  </si>
+  <si>
+    <t>[På kuvertens forside:]
+Frøken Chr. Warberg
+Valdemarsgade N_o_ 30 -
+København V.
+[I brevet:]
+Kjæreste Basse!
+Du længes vel meget efter et Brev herfra, men vi har ikke havt Tid at skrive. Det er mageløst i denne Sommer, som det gaaer i en Kjøre med Selskabelighed. I Mandags kom Paludan med første Tog, havde Brev med til Junge, at han vidste ikke rigtig, om han kom den Dag eller ej, hun havde været med Far hos Lassens paa Dallund og var kommen hjem med sidste Tog, alle fra Tarup havde været med nede at hilse paa dem - altsaa Junge var ikke oppe før 9, sad og læste Brevet, da hun hører ham selv tale i Gaarden, han var cyclet hjemmefra 7 og var her 9. Her blev jo Glæde allevegne. En Time senere [ulæseligt ord] Westerdal, var kommen med samme Tog som Pal, men gik feil et Par Gange. Han var her hele Dagen, var meget livlig og vi synes udmærket om ham. Han takkede saa forfærdelig meget og jeg troer han befandt sig rigtig vel. Far bad ham komme igjen. Samme Dag var jo Wisse med lille Agnete og Minis. Vi var alle til Middag paa Gjelskov om Søndagen og derfra en lille Tur paa Ølstedg. for at bede W. endelig tage Nete med, vi lovede, ikke at tumle saa meget med hende. Hun var henrivende gik rundt og passede sig selv, laa en hel Time paa Græsplænen og tumlede med Alhed. Amstrup kom efter dem. Karen Jørgensen til The; de fulgte westerdal paa Vej og Karen førte Konversationen og fortalte dem en rædsom Masse Vrøvl, saa Alhed og Junge paa en Gang brast i Latter. Næste Dag fik de saa uhyrlig travlt med at vaske og sye paa alt deres Tøj, vi opdagede at de ingen Kjoler havde i Orden til at tage til Tarup med hvorhen de blev bedt alle sidst i denne Uge saaledes Junge og Elle idag, Alhed ..., Molle og [ulæseligt ord] paa Lørdag, hvorfor saa spredt veed vi ikke. De skal have en Skovtur til Langesø paa Fredag, [ulæseligt ord] skal med. Igaar Middags kom den anden Sypige og nu syer de begge paa Kraft, Junges lyse spættede fik vi halet frem, sprættet op vasket strøget igaar med alt det andet, nu kjøber hun blaat Tøj idag og saa bliver den rigtiggod. Jeg kan ikke hjælpe da jeg maa strikke paa Fars Sokker, han rejser paa Søndag. Tirsdag kom saa Fr. Lensgreves, vi var saa trætte at vi grinede ved at tænke paa, vi skulde til at snakke med en ny. Saa kom Far fra Odense med Brev fra Thorvald, som var cyclet herfra om Morgenen Kl. 7. Der skulde gjøres om paa Rejsen dertil, Dede var Kl. 7 i Højrup med Brev og Kl. 8 1/2 maatte Junge og Be styrte ned med et til grulig meget Vrøvl, saa vi var næsten tossede deraf. Paa Mandag skal de alle til Lassens. Igaar vi saa paa Elle undt. som er træt og ikke rigtig rask, paa Søbygd. der var slet ingen unge inde, L[ulæseligt ord] var gaaet sin Vej!! Da vi sad ude paa Bænken kommer der en cyclende - Caspersen! han havde været her, blev derovre om Natten, og vilde afsted idag med første Tog. Løjerlig Snegl med sine Besøg! Saa ser vi Johanne gaaende hernede fra Skoven, Loria og hans Brev! der blev stor Glæde paa begge Sider, men vilde ikke lade sig overtale til at blive, de fulgte ham lidt. Vi har ikke før igaar kunnet faa Tid at sylte Ribssaft, der var tilsidst næsten ingen. Igaar fik vi ogsaa de næsten overmodne Stikkelsbær plukket. Men nu kommer der en rolig Tid, naar Far rejser. Elle vilde fotografere flittig igaar, ... bliver god, lille Nete ogsaa, men intet er helt færdigt. Vi har desværre slet intet at sende Dig, men paa Søndag skal jeg sende en Pakke i Fars Kuffert, som Du kan tage ud om Aftenen, Du følger ham vel til Hotellet?
+Saa skal jeg ned med hvert Brev en Gang om Ugen sende lidt, saa Du kan have Far til The naar han vil. -
+Jeg veed endnu ikke, om jeg kommer derind senere, men jeg tror nok, jeg faaer Lyst til at være hos Dig en halv Snes Dage og selv tage Fedevarer med, saa det kun koster Fornøjelse og Middag. Jeg kan jo altid skrive til Far derom, jeg troer nok det kniber med Penge for ham, saa jeg vil ikke tale om noget nu inden han rejser.
+Kjærlig Hilsen fra Mor -
+Nu kom Johanne og bliver til imorgen tidlig.</t>
+  </si>
+  <si>
+    <t>1893-10-29</t>
+  </si>
+  <si>
+    <t>Johanne  Larsen</t>
+  </si>
+  <si>
+    <t>Rigmor Balslev
+Thorvald Balslev
+Carl Berthelsen
+Ove Berthelsen
+Agnes Berthelsen, Nislevgaard
+Leonard Holst
+- Jensen, Frøken, Erikshaab
+- Kiær, Klintebjerg
+Alhed Larsen
+Christine  Mackie
+- Poulsen, Frøken
+Ellen  Sawyer
+Hempel Syberg
+Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2016</t>
+  </si>
+  <si>
+    <t>Johanne takker for, at hendes mor har sendt hatten. Det er sjovt at høre om moderens planer for sølvbrylluppet.
+Johanne har selv tænkt over, at Thorvald og hun har forskellig holdning til religion - som moderen er inde på. Men har Johannes forældre ikke også det, uden at det har skadet deres samliv? Ja, Thorvald skal være præst, men i den nye generation er kvinden ligestillet med manden. Et par på egnen måtte bryde forlovelsen, fordi den ene var grundtvigianer og den andre indremissionsk, og det var Johanne vred over. Hvorfor er moderen dog bange for, at Johanne ikke vil være trofast? Fritænkning fører ikke til "vederstyggeligheder". Hvis Thorvald og hun ikke længere holder af hinanden, hæver de forlovelsen. Johanne hader i øvrigt mennesker, som bliver "for forlovede". Thorvald har sendt et godt brev, hvori han kommenterer spørgsmålet om forskellig opfattelse af religion. 
+Der skulle have været gæster - Kiær og en engelsktalende pige, som Johanne skulle samtale med, men de meldte afbud. 
+Ove har svært ved at lære at læse og skrive, men han er hurtig til det praktiske. 
+Carl Berthelsen taler om at invitere Albrecht på besøg og om at besøge Gelskov for at se på tyre, men han får det ikke gjort. 
+Det bliver sjovt at få Ellen på besøg. 
+Alhed har forsøgt at snyde med en togbillet. 
+Johanne spiller revyviser for Carl Berthelsen, og de minder hende om tiden i København.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/rx6H</t>
+  </si>
+  <si>
+    <t>[På kuvertens forside:]
+Fru Laura Warberg
+Erikshaab.
+pr. Højrup Station.
+[I brevet:]
+Søndag Formiddag 
+29-10-93.
+Kære Mor!
+Tusend Tak for Hatten, som jeg fik i Dag, men jeg er jo alligevel saa angerfuld over, at du skulde knurre for dens Skyld, men det var vel ikke saa ondartet et Knur; jeg skal sige dig, at Fru B. havde allerede den Gang talt om at invitere Elle til om 14 Dage og ["og" overstreget] men ikke da bestemt at jeg kunde skrive noget om det, og saa længe kunde jeg ikke vente; min Hue har jeg, men de vilde have grint af mig, hvis jeg havde gaaet med den på denne Årstid; de er temmelig comme il faut i deres Klædedragt her. Da du var i Kbhvn. vidste jeg ikke at jeg havde glemt den derinde, det var først nu da jeg rejste, at jeg opdagede det. Nu håber jeg, du har tilgivet mig og ikke knurrer mere! - 
+Du kan tro, jeg var glad ved dit lange Brev; det var saa morsomt at høre om dine Planer for Sølvbrylluppet; ja, det skal nok blive en storartet Dag, jeg glæder mig allerede til det. Nej, du kan tro, Thorvald svigter ikke paa den Dag. Det var for Resten ganske mærkeligt, at hvad du skrev om Thorvald og mig gik jeg netop og tænkte saa meget paa i de Dage, da jeg fik dit Brev. - Det er sandt nok, at vi er forskellige i vores religiøse Anskuelse, men i alle andre stemmer vi godt overens, og saa meget er sikkert, at det vilde være Tegn paa - ja, hvad skal jeg sige - Indvikling hos os, om det skulde have skadelig Indflydelse paa vort Ægteskab. Jeg vil spørge dig om én Ting: stemmer du og Far da helt overens i religiøse Sager? det gør I dog vist ikke og har det haft skadelige Følger for jeres Samliv? Det mener jeg dog ikke. Sandt nok at det vil træde skarpere frem, eftersom Thorvald bliver Præst; men saa til Gengæld tror jeg - ja det er vi for Resten enige om, jeg kan huske vi har talt om det - at den kommende Generation, vores Generation faar bedre Forstand paa at føre et lykkeligt Ægteskab end den nuværende og det tror jeg igen kommer af, at Kvinden føler sig og gør Fordring paa at være ligestillet med Manden i aandelig Udvikling eller rettere stræber efter det ["eller rettere stræber efter det" indsat over linjen] - Ja, det vilde absolut være en Fejl om to Mennesker, der virkelig holder af hinanden ikke skulde kunde blive lykkelige med hinanden, selv om de har en ["en" indsat over linjen] lidt forskellig Opfattelse af Religionen. - Den Dag, der var "[ulæseligt ord] Indremissionærer i Tarup, sad de og talte om, at en Forlovelse var hævet fordi den unge Pige var Grundtvigianer og han indremissionsk; jeg syntes, og sagde også, at det var da aldeles forfærdeligt men de fandt det ganske i sin Orden; det er dog min Sandten for galt, synes jeg og Tegn paa en utrolig Fanatisme - og Intolerance med - Du skriver, at kan jeg dog blive trofast mod Thorvald; hvorfor tror du dog ikke det? Giver jeg nogen Anledning dertil? Jeg kan slet ikke forstaa, hvor du kan komme paa de Tanker. Ved du hvad, jeg kunde næsten ikke lade være med at le, da du mente, at Fritænkeri ofte følges med at hylde den fri Kærlighed "og andre Vederstyggeligheder" - hvad mener du med de and. Veders? Ja, for såvidt hylder jeg den frie Kærl. (jeg aner for Resten ikke, hvad man mener med det!) At i det Øjeblik jeg ikke mere holdt [et par bogstaver i ordet overstreget, og "o" indsat over det] af Thorvald, hævede jeg straks Forlovelsen, men det kan du være sikker paa han ogsaa gjorde, hvis han kom i den Situation det vil jeg da haabe. Men du kan virkelig være ganske rolig i den Henseende, det skulde gaa mærkelig til, om vi skulde skilles. Og jeg forstaar egentlig slet ikke den Angst for min Trofasthed; det kan maaske komme af, at jeg bestræber mig saa meget for ikke at bliver ["r" i slutningen af ordet overstreget] et Forlovelsens ["Forlovelsens" indsat over linjen] Hængehoved, for at man ikke med Rette skal sige: ["]nu er hun bleven forlovet og derved tabt for denne Verden": det kan du maaske ikke forstaa, men jeg hader, naar Folk gaar saa fuldstændig op i deres Forlovelse, at de kun har Tanke for sig selv og Genstanden. (Jvfr. Christine og Leonard) og det maa da ogsaa være det behageligste for andre, at man ikke sådan går og bliver for forlovet. - - Alt dette er kun skrevet til dig; jeg haaber ikke at du viser Brevet til nogen andre. - 
+Søndag Aften. Vi skulde have haft fremmede i Aften; Kiærs fra Klintebjærg; der skulde have været en ung Dame med, der kun kunde tale engelsk og Fru B. havde sagt, at jeg maatte paatage mig at snakke med hende; hvilket jeg jo havde gruet for, men saa fik de selv fremmede og sendte Afbud, så vi maatte spise al den gode Mad alene - Vingelé Crême o.s.v. -
+- Du spørger om Oves Fremskrift ja, egentlig er han ikke saa lærenem, som jeg troede i Begyndelsen han er alt for praktisk til at sidde og makse med de Bogstaver, men det er storartet som han forstaar sig paa alt det ude omkring - lige til han snakker med, naar hans Far og Forvalteren drøfter et eller andet. Saadan noget som Geografi er han flink til og hans Bogstaver er pænt skreven, men læse og stave det er han sen til. Fru B. er af og til inde at høre paa; det er jeg glad ved, saa kan hun da se, at det er fordi han har ondt ved det og ikke fordi jeg sløser med det. - Carl snakker af og til om at telefonere efter Far; da her var Pølsegilde snakkede han et Par Dage før om at skrive efter ham og jeg tror bare det var fordi han ikke kunde faa sig til at skrive Brevet, at det ikke blev til noget; saa et Par Dage efter vilde han til Erikshaab og Gjelskov (vist noget om nogle Tyre, han vilde se paa) men det kunde han heller ikke faa sig bestemt til; nu i Morges spurgte han mig om jeg vilde med til Stationen og telefonere efter Far; han skulde have et 3Mands l'hombreparti i Aften og vilde saa have haft Far til 4de Mand; men det var da godt, det ikke blev, for Partiet væltede jo, da Kiær ikke kom - ja Far var naturligvis ikke kommen alligevel - - . Nu til November faar vi et ordentligt Rod; hele Besætningen skal skifte, undt. Forvalter, Mejerske, Kusk og 2 Barnepiger. 
+- Hvor det er sjov med Elle, der skal herned; det rene Tøj kan jo godt vente til den Tid; skriv om din Mening om Tarupturen - ja den skal naturligvis vente til en Gang efter Jul, men Elle kan jo tage et lille Svip derud nu med det samme. Mon Elle ikke kunde aftale med Frk Poulsen med det samme; hvis hun nu ikke kan spille med mig faar jeg jo en forgæves Tur derud og det er jo da en Krones Penge - ja, der ved jeg nu ikke, hvad du mener; jeg er altid saa upraktisk til at indrette sådan noget. - Mandag. Videre kom jeg ikke i Aftes; jeg gik i Seng og laa og læste i Nøddebos ["s" i slutningen af ordet overstreget] Præstegaard og grinede saa jeg blev bange for jeg havde vækket den slumrende Greve. - Jeg har lige nu faaet et langt Brev fra Thorvald, der har sat mig i glimrende Humør. Som jeg vist skrev til dig havde jeg selv spekuleret lidt over de Dele, før du skrev om det og jeg havde ["havde" overstreget; over ordet er skrevet "var"] var selvfølgelig gaaet til Thorvald med det, men han slaar alle mine Betænkeligheder til Jorden, saa de falder som Dug for Solen - hvis det ikke regnedes for saa upassende at lade andre læse sine Kærestebreve kunde jeg have Lyst til at sende dig lidt af dem - - Han fortæller en kostelig Historie derinde fra: da de skulde følge Rimse paa Banegården vilde Be gærne spare sine 15 Ør. i Personbillet og siger derfor kækt med høj Stemme ude i Forhallen: ["]Aa skit - vi snyder" og gaar derpaa mod de tvende [[ulæseligt ord] i fuld Fart; men den ene af dem maa have hørt hendes forvorpne Udtalelser, for han greb hende i Armen og drejede hende med et vældigt Tag om igen. Aa hvor jeg gærne vilde have overværet denne Scene? - -
+- - Fru Berthelsen sagde forleden, om jeg vilde hilse, naar jeg skrev hjem og Carl sagde i Formiddags om jeg vilde bede jer om at sige til Onkel Syberg at han snart kom ned og saa paa hans Tyre. (Jeg er nu ligesaa vis paa som noget, at det ikke bliver af alligevel) Carl har købt nogle Revueviser, som jeg spiller for ham og vi er lige henrykte over dem begge to; de minder mig om Kbhvn. jeg hørte dem hele Vinteren igennem. Saa, nu vil jeg ikke mere. Vil du ikke nok sørge for, at Elle skriver til Fru B, hvis du mener det. Vil du hilse alle. Det er dog godt med Frk Jensen der begynder lidt at komme til Hægterne igen. - Husk saa ikke at vise Brevet til nogen. Tusende Hilsner til dig selv fra Junge.</t>
+  </si>
+  <si>
+    <t>1894-02-08</t>
+  </si>
+  <si>
+    <t>Brevkort</t>
+  </si>
+  <si>
+    <t>Frankfurt am Main</t>
+  </si>
+  <si>
+    <t>Erikshåb Højstrup St</t>
+  </si>
+  <si>
+    <t>Emil Brandstrup
+Ludvig Brandstrup, billedhugger</t>
+  </si>
+  <si>
+    <t>Alhed Larsen rejste med sine morbrødre Emil og Ludvig Brandstrup til Italien i februar 1894. Alhed kom hjem foråret 1895.
+Emil Brandstrup led af tuberkulose og måtte derfor ofte gå tidligt i seng og i det hele taget hvile meget.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2153</t>
+  </si>
+  <si>
+    <t>Emil og Ludvig Brandstrup samt Alhed er nået til Frankfurt am Main. Der var søgang på turen fra Korsør til Kiel. I Kassel har de spist middag. 
+Emil er gået tidligt i seng, og Ludvig og Alhed har været en tur i byen. Næste dag skal de gennem Schwarzwald og overnatte i Luzern. Derefter St. Gotthardt.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/qCha</t>
+  </si>
+  <si>
+    <t>[Fortrykt på kortets forside:]
+Deutsche Reichspost
+An
+in
+Wohnung
+(Strasse und Hausnummer)
+1193a
+[Håndskrevet på kortets forside:]
+Fru Laura Warberg
+Erikshaab - Højrup St Fyn
+Dänemark
+[Håndskrevet på kortets bagside:]
+Vi ere naat til Frankfurt am Main for et Øjeblik siden, det er Torsdag Aften Kl 9. - Rejsen er hidtil gaaet brillant, der var stærk Søgang i Nat fra Korsør til Kiel, men igen af os var søsyge. Vi har kørt uafbrudt fra 6 1/2 i Morges, passeret Hamburg, Hannover m.m. Længst Ophold har der været i Kassel (20 Min), der spiste vi en god Middag med Rhinskvin, det styrkede svært. - (Et Par Timer senere) - Vi bestemte os til at blive her i Nat, er taget ind paa et Hotêl [ulæseligt ord] den pragtfulde Bahnhof. - Emil gik tidlig i Seng, Lud og jeg har været en Tur ude i Byen, bl.a. ude i en Rathauskeller at drikke Mumme. I Morgen køre vi gennem Schwarzwald og Rhinegnene, overnatte i Luzern, og næste Dag rimeligvis over St. Gotthardt. - Vejret har været dejligt i Dag, straalende Solskin. Alt er nyt og interessant, vi kørte i Eftermiddag forbi en dejlig gammel Borgruin paa Toppen af et Bjærg, Lud og Emil hilser. 1000 Hilsner fra Alhed</t>
+  </si>
+  <si>
+    <t>1894-02-11</t>
+  </si>
+  <si>
+    <t>Fluelen</t>
+  </si>
+  <si>
+    <t>Erikshaab Højrup Station Fyen</t>
+  </si>
+  <si>
+    <t>Alhed Larsen rejste med sine to morbrødre til Italien februar 1894. Hun blev i Italien i et år.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2215</t>
+  </si>
+  <si>
+    <t>Alhed Larsen rejser ned gennem Europa og oplever skøn natur, ser Alperne mv. Alt sammen er herligt.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/pD6O</t>
+  </si>
+  <si>
+    <t>[Fortrykt på postkortets forside:]
+Postkarte.
+Carte postale. – Cartolina postale.
+[Håndskreven på postkortets forside:]
+Fru Laura Warberg
+Erikshaab Højrup St
+Fyen
+Dänemark
+[Fortrykt på postkortet:]
+Souvenir [Håndskrevet over fotografierne:] 
+gem endelig dette for Billedernes Skyld.
+[Fortrykt under og over fotografierne:]
+LUZERN DER RIGI BRUNNEN TELLSKAPELLE AXENSTRASSE
+[På kortet:]
+Lørdag Aften. Turen fra Frankfurt am Main var dejlig – gennem Rhindale med grønne Sletter fulde af Frugttrær, smaa Vandløb o.sv. paa begge Sider Schwarzwald. Naade Luzern i Aftes ta ind paa et henrivende lille Schweizerhotel. Det var imponerende i Morges at se Alperne paa den anden Side af Vierwaldstättersøen. Denne har vi sejlet op af i Dag, stod af i Brunnen [to krydser indsat over ordet, og lignende to krydser indsat under fotografiet fra Brunnen øverst på kortet], spadserede 1 3/4 Mil, vældige Bjærge paa den ene Side, paa den anden Side den dejlige Sø. Medf. Billeder give et svagt Begreb om alt det herlige, jeg har set i Dag. I Morgen tidlig over St. Gotthard
+[Skrevet lodret i højre margen:]
+1000 Hilsner
+[Skrevet lodret i venstre margen:] x herligt! [et X indsat på fotografiet fra Axenstrasse]</t>
+  </si>
+  <si>
+    <t>1894-02-12</t>
+  </si>
+  <si>
+    <t>Milano</t>
+  </si>
+  <si>
+    <t>Alhed Larsen var i 1893-1894 i Italien med sine to morbrødre</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2109</t>
+  </si>
+  <si>
+    <t>Alhed Larsen er i Milano. Hun har sovet på et grisset herberg. Domkirken er pragtfuld, og der er liv og flotte dragter og smukke ansigter på gaden. De har kørt gennem en tunnel. Solen varmer dejligt i dagtimerne.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Iq10</t>
+  </si>
+  <si>
+    <t>[Fortrykt på kortets forside:]
+CARTOLINA POSTALE
+(CENT. 10.)
+NB. Sul lato anteriore si scrive soltanto l'indirizzo. 
+92
+(Provinicia di-----)
+A
+[Håndskrevet på kortets forside:]
+Madame Laura Warberg
+Erikshaab - Højrup S. - Fyn
+Danimarca
+[Håndskrevet på kortets bagside:]
+12 Februar. Kære I der hjemme! Vi ere i det vidunderlige Milano. Har ligget i et dejlig grisset lille [et par overstregede bogstaver] "Albergo" i Nat med et rigtig italiensk Osteri i Stuen. Domkirken er glimrende; noget tilsvarende i Pragt &amp;amp; har jeg aldrig set! Der er flere tusende Billedstatuer udenpaa den, alle Kunstværker. Her er vældig Liv og Halløj paa Gaden, man ser pragtfuldt farvede Dragter og smukke Ansigter overalt. - I Gaar kørte vi gennem den store St. G. Tunnel (1 Mil), da vi kom ud derfra, mærkede vi italiens Sol, den varmer her som hos os i Maj. Men Aftnerne er kolde endnu. Nu skal vi hen at se Kirken indeni. Vi skriver paa Posthuset. 1000 Hilsner til Eder alle fra Alhed. I faar da [det følgende skrevet lodret langs venstre margen:] mine Kort, dette er det 3die</t>
+  </si>
+  <si>
+    <t>1894-02-18</t>
+  </si>
+  <si>
+    <t>Emil Brandstrup
+Ludvig Brandstrup, billedhugger
+Alhed Larsen</t>
+  </si>
+  <si>
+    <t>Emil Brandstrup
+Alhed Larsen</t>
+  </si>
+  <si>
+    <t>Alhed Larsen var med sine onkler, Ludvig og Emil Brandstrup, i Italien 1893-1894. Af andre breve fremgår det, at Ludvig Brandstrup pjattede med at kalde sig Petersen, Jensen og lignende.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2110</t>
+  </si>
+  <si>
+    <t>Ludvig Brandstrup skriver, at Alhed Larsen er blevet fuld efter en spadseretur i bjergene og en god middag, og at hun trænger til formaninger hjemmefra. Alhed Larsen fortsætter med at fortælle, at onklerne bilder hende alt muligt ind, såsom at man laver møbler af pebernøddetræ. Emil Brandstrup skriver, at Alhed har fået vin i benene.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/L6Sx</t>
+  </si>
+  <si>
+    <t>[Fortrykt på kortets forside:]
+CARTOLINA POSTALE
+(CENT. 10.)
+NB. Sul lato anteriore si scrive soltanto l'indirizzo. 
+93
+(Provinicia di-----)
+A
+[Håndskrevet på kortets forside:]
+Illustrissimo &amp;amp; Pregiatissimo Signore
+Signore Alberto Cristoforo Warberg
+Erikshaab pr Højrup Station
+Danimarca Fyen
+[Håndskrevet på kortets bagside:]
+17/2 Alberg degliamici. Rapallo. Riva Lidevante. Italia 
+Kjære Berg! Desværre maa jeg klage paa dit Barn som er fuldt; det ler saa det er lige ved at kvæles af Balles Vittigheder nu da vi sidde her efter en daglang Spadseretour over nogle af Italiens skjønneste Bjærge og efter en Middag med Suppe, Kalvesteg Frugt og Vin. Du maa snart sende os et Brev. Imorgen rejse hun, dit vanslægtede Barn som trænger til Formaninger fra Hjemmet og jeg til Florens efterladende Balle i Nervi, et herligt Badested syd for Genova 3 Timers Vej herfra. din Ludvig Petersen. [Det følgende med Alhed Larsens skrift:] Kære Berg! De Onkler er ligeved at ødelægge mig, de søger at gøre mig fuldstændig fjollet ved at bilde mig de frygteligste Ting ind, f. Ex, at de i de fattigste Egne kun har Raad til at hænge en Bommesiklokke, stivet af med Tøndebaand, op i Kirketaarnene, samt at Møblerne af og til er lavet af Pebernøddetræ o.s.v. - - Langt Brev følger. [Det følgende skrevet med en anden skrift:] Kjære Justitsraad! Det er en Sorg for mig at meddele Dig at Din Datter har faaet Vin i Benene [Skrevet på tværs oveni det allerede skrevne:] Hvis Aarsag en Recept udbedes Min Hilsen sender Din E.B.</t>
+  </si>
+  <si>
+    <t>1894-04-19</t>
+  </si>
+  <si>
+    <t>Firenze</t>
+  </si>
+  <si>
+    <t> Via dei Calzaiuoli, 50122 Firenze FI, Italien</t>
+  </si>
+  <si>
+    <t>Ludvig Brandstrup, billedhugger
+Laurits Ring</t>
+  </si>
+  <si>
+    <t>Bommesi: Kraftigt stof af bomuld, opkradset på den ene side, der tidligere blev brugt til børne- og kvindeundertøj</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB2115</t>
+  </si>
+  <si>
+    <t>For tiden svirer Alhed og venner sammen med L.A. Ring. Alhed skal begynde at male en lille pige.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/mI0O</t>
+  </si>
+  <si>
+    <t>Fortrykt på kortets forside:
+CARTOLINA POSTALE ITALIANA
+(CARTE POSTALE D'ITALIE).
+NB. Sul lato anteriore della presente si scrive soltanto l'indirizzo.
+93
+A
+Håndskrevet på kortets forside:
+Signora Laura Warberg
+Erikshaab - Højrup Station
+Danimarca Fyn
+Håndskrevet på kortets bagside:
+Hvis I ikke har sendt Pakken endnu vil jeg bede om at faa sendt et Par Bommesiskørter samt hvis der er det, et hvidt Skørt endnu. – Vi har Regn og Torden i disse Dage, hvilket kommer mig ubelejligt for mine Motivers Skyld, - men for Resten trængte alt svært til en Forfriskelse. – Vi svire sammen med Maleren L.A. Ring i disse Dage; han er et prægtigt Menneske. Forleden gik han Lud og vi sammen hele Dagen i Firenze i øsende Regnvejr og morede os brillant. I Aften har han bedt os alle til Aftensmad nede i Byen. I Dag har jeg begyndt paa et Portræt af en lille nydelig Pige, Aunitta. – Roserne staa i fuldt Flor allerede. Jeg har aldrig set saadanne myldrende Masser. Her staar ingenting paa disse forbistrede Brevkort. 1000 Hilsener fra Alhed.</t>
+  </si>
+  <si>
+    <t>1894-07-21</t>
+  </si>
+  <si>
+    <t>Thorvald Balslev</t>
+  </si>
+  <si>
+    <t>Bello skvaderup var Alhed Larsens øgenavn for Bello sguardo i Firenze eller måske rettere for huset på Bello sguardo.
+Haabet er Erikshaab, Warberg-familiens hjem.
+Alhed Larsens forældre fejrede sølvbryllup 28. maj 1894.
+Det vides ikke, hvem Alhed Larsen kalder Pinden.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2150 og BB 2160</t>
+  </si>
+  <si>
+    <t>Alhed ønsker tillykke med fødselsdagen. Hun sender tre fotografier. Et er taget, mens Alfred Rottbøll holdt sølvbryllupstale "for" Alheds forældre, og det er til Alheds mor. Desuden et foto til Thorvald og et til hans søster. Rottbølls og Emil Brandstrup er rejst dagen i forvejen. Rottbølls var nogle smølehoveder og slet ikke klar, da vognren kom. Alhed Larsen har nu lejligheden for sig selv. Hun og Ludvig Brandstrup spiser sammen. 
+Rottbøll har udnævnt Alhed Larsen til vice-vice-konsul i hans fravær, og Alhed vedlægger afskrift af et brev, der omhandler udnævnelsen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/eYoh</t>
+  </si>
+  <si>
+    <t>21nde Juli 1894
+Kære lille Skvade!
+Herfra Sydens varme Bello skvaderup sender jeg Dig min bedste Lykønskning til Din Fødselsdag. Jeg ved egentlig ikke noget bestemt at ønske Dig for det kommende Aar, der er jo ganske vist dette med Examen, men den gaar nu nok godt og jeg vil derfor kun i al Almindelighed ønske Dig, at Aaret maa blive godt - saa godt, som en lille "Skvade" fortjener det! - Jeg har herved den Ære at sende 3 Fotografier, men rigtignok kun det ene har jeg tænkt at begave Dig med. Bordbilledet har jeg tiltænkt Mor eller "Haabet", jeg haaber I alle finder det smukt. Det er taget paa Sølvbryllupsdagen i det Øjeblik Hr Rottbøll, henvendt til mig holder Festtalen. Kagen, som Mor sendte, staar i Forgrunden, endvidere ses Jordbær, Salat en Smørkande, Sodavandsbeholder og vores elskede "Fiasko" i Stativ. - Af de andre to Billeder kan Du saa vælge, hvilket Du vil have, og det andet vil jeg bede Dig om at give Rimse fra mig og sig til hende, at hun er en god Pige, og hun maa ikke være være ["være" overstreget] vred, fordi jeg aldrig har skreven til hende. - Maa jeg sige Dig mange Tak, fordi Du ogsaa var med til at sende mig "Rejsen", som jeg blev forfærdelig glad ved og maa jeg ogsaa sige Dig mange Tak ["Tak" indsat over linjen] for Dit Brev til min Fødselsdag; vil Du skælde Din "felovede" ud fra mig, fordi hun ikke har svaret paa mit sidste Brev, - naa, det var nok et lille Apropos. - Nu er Skvaderup øde og tomt, i Gaar rejste Konsulens med Balle og overlod mig til mig selv. Jeg blev ved denne Lejlighed udnævnt til Sekretær for Vice Vice Konsulen (Lud), og for at Du ikke skal tro, at dette ikke er ramme Alvor, sender jeg Dig Afskriften af en Skrivelse, som i Gaar udgik i 4 Exemplarer, til Præfekten, Kvæsturen, Borgmesteren og én til, som jeg ikke husker. Det er frygtelig Sjov, synes jeg. Den Værdighed sætter mig op i en høj Rangklasse, 3die eller 4de over Professorerne, og den giver mig Lov til at udstede "Permesser" = Frikort ["= Frikort" indsat over linjen] til Museer og lign. Jeg vil ["Jeg vil" overstreget] Endvidere bliver jeg af Præfekten indskreven i en stor Bog over udenlandske Diplomater!!!! - Du maa endelig gemme Papiret, jeg har kun den ene Afskrift. - Endvidere raader jeg i deres Fraværelse over en 7-8 Værelses Lejlighed, som indeholder meget jordisk Gods. Min Morgen og Middagsmad vil jeg selv lave, i Dag har den staaet paa Bøf med et Spejlæg over, Brød Smør og Ost, Salat og Vin, i Morgen staar den paa Æggekage og det samme undt. Bøf; i Overmorgen Macaroni og Skinke, og maaske et Æg. Jeg haaber dette interesserer Dig lille Skvade? Om Aftenen spiser jeg sammen med Lud nede i Byen; i Aften skal jeg mødes med ham Kl. 7 1/2 nede i en stor Have, et udmærket Sted, vi har funden. - - De andre rejste i Aftes Kl. 9, de vilde rejse om Natten, da det er mindre hedt. - Du kan tro, det var et Slid at faa dem af Sted, vi stod alle paa Hovedet fra den tidlige Morgen. De er nogle kolossale Smølehoveder, meget værre end jeg. Her i Huset anses jeg for at være expedit, præcis og altid ventende paa de andre. Du kan tænke Dig, Drosken var bestilt til Kl 6 1/2 og da den kom, var de ikke færdige med at ind, havde ikke begyndt at klæde sig om, skulde tage Bad begge to og manglede endnu at gøre to Visiter, som de havde lovet her i Huset!! - Efter mange overstandne Lidelser kom vi da endelig ned i Byen og her gav Lud en lille festlig Frokost ["Frokost" overstreget] Aften til Afslutning. -
+Jeg er sikker paa, at jeg ved dette Brev, hverken har anstrængt Din eller min Hjærne ved at bevæge mig i de højere Regioner. Men det er Aarstiden nu heller ikke til; dog vil jeg til Slutning kortelig berøre den moderne Malerkunst, idet jeg ikke vil undlade at meddele Dig, som Mæçen, at jeg sælger ud, naar jeg kommer hjem. Mine Priser kender Du, "Billige men bestemte"! - Nu kan Du ikke faa mere, men Du begærer vist heller ikke mere. - Mor skriver, at Din Familie staar Dig bi paa Din Hædersdag, Du maa endelig hilse dem alle vældigt fra mig, sig til Pinden, at nu holder jeg snart 1/3 Aars Fødselsdag. - - 
+Mange kærlige Hilsener til Dig selv, lille Skvade fra Din heng. Svigerinde
+Alhed.
+BB 2160
+Con cio ho l'onore di amanriaro, che il Signor Ludvig Brandstrup, di ["di" overstreget] scultore di Copenhahen [det første "h" i ordet overstreget] è costiluito Vice-Console di Danimarca durante l'assenza del sattoserillo. - L'assistente plenipateuziario [det første a i ordet overstreget; over dette indsat et "o"] del Signor B. sarà Frk Alhed Warberg di Højrup in Fionia.
+Con distuda C ["C" overstreget] considerazione
+Alf. Rottbøll
+Vice Console di Danimarca
+Jeg har herved den Ære at meddele, at AW o.s.v. - - er const. Vice-Console ["ole" overstreget; over dette indsat "ul"] af D. under Undertegnedes Fraværelse - Hr. B.s befuldmægtigede Assistent vil være Frk AW. fra Højrup i Fyn.
+Med udmærket Højagtelse</t>
+  </si>
+  <si>
+    <t>1894-08-08</t>
+  </si>
+  <si>
+    <t>Adolfo Bacci
+Vittoria Bacci
+Carl Brandstrup
+Ludvig Brandstrup, billedhugger
+Christian Sylow</t>
+  </si>
+  <si>
+    <t>Alhed Larsen var i Italien fra februar 1893 til april 1894.
+Det kan ikke afgøres, om Onkel C er Carl eller Christian Brandstrup.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB2151</t>
+  </si>
+  <si>
+    <t>Alhed Larsen er rask nu, men hun tager det med ro, så længe det er så varmt.
+Hun og Ludvig Brandstrup har et par gange spist sammen med arkitekt Sylow, som Ludvig har gået i skole med.
+Det er makaroniens dag, og man pynter butikkerne med makaroni i alle former.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/z2Jn</t>
+  </si>
+  <si>
+    <t>[Fortrykt på kortets forside:]
+CARTOLINA POSTALE ITALIANA
+(CARTE POSTALE D'ITALIE)
+NB. Sul lato anteriore della presente si scrive soltanto l'indirizzo.
+93
+A
+[Håndskrevet på kortets forside:]
+lla Signora Laura Warberg
+Erikshaab - Højrup St.
+Fyen
+Danimarca
+[Håndskrevet på kortets bagside:]
+Jeg vil dog skrive et Brevkort i Dag, da mit sidste Brev ikke var videre opbyggeligt. Jeg er helt rask nu pg tager det helt med Ro, saalænge den skrækkelige Varme varer, for ikke at blive daarlig igen. Dog har jeg været nede i Byen nogle Gange om Eftermiddagen (sidder for Øjeblikket paa Posthuset, hvilket vil sige et stort gammelt Palads). Vi har spist nogle Gange hernede i de sidste dage sammen med en lille dansk Arkitekt ved Navn Sülow, som Lud har gaaet i Skole sammen med. Vi opdagede ham en Aften ved et Nabobord til det, vi sad ved. Det er nok den eneste danske, der er her for Tiden. - Jeg blev vældig glad ved Extrabrevet i Søndags. - Fredag Aften ere vi bedte ind til Baccis at spise Macaroni. Det er Makaroniernes Festdag, Butikkerne bliver pyntede med M. i alle Former. Mange Hilsner fra Eders helt raske Al
+[Skrevet lodret i venstre margen:]
+Onsdag d' 8nde August (Onkel C's Fødselsd.?)</t>
+  </si>
+  <si>
+    <t>1894-08-24</t>
+  </si>
+  <si>
+    <t>Italien
+Rufina</t>
+  </si>
+  <si>
+    <t>Vittoria Bacci</t>
+  </si>
+  <si>
+    <t>Alhed Larsen er med familien Bacci på deres landsted i Rufina nær Firenze.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2141</t>
+  </si>
+  <si>
+    <t>Alhed synes, det er sjovt slet ikke at tale dansk. Hun er blevet meget solbrændt i Rufina. Alhed har været på en lang tur i bjergene. De bader i en bæk og spiser og drikker godt.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/vlso</t>
+  </si>
+  <si>
+    <t>[Fortrykt på kortets forside:]
+CARTOLINA POSTALE ITALIANA
+(CARTE POSTALE D'ITALIE).
+NB. Sul lato anteriore della presente si scrivo soltanto l'indirizzo.
+93
+A
+[Håndskrevet på kortets forside:]
+Signorina Johanne Warberg
+Erikshaab Højrup
+Fyen
+Danimarca
+[Håndskrevet på kortets bagside:]
+Kære Johanne. Havde Du ikke glemt at lægge noget af Brevet i Konvoluten? Der var kun et Ark fra Dig, ingen Slutning og afbrudt lige midt i noget. Jeg tænker mig at det er Roen Elle, der har lagt det i Konvolut. - Ellers var jeg vældig glad ved det, det laa til mig svært tilpas, da jeg kom hjem fra Firenze efter at have afleveret Lud. Det er højst grinagtig ikke at tale et Muk dansk, kun sagde jeg i Morges til Fru B. idet jeg vågnede op: hvad er Klokken? Her er dejligt. Jeg er bleven mere brun i disse Dage end i hele den øvrige Sommer, fordi Luften er saa god. I Gaar var jeg alene en meget lang Tur oppe paa Bjærget og fandt yndige nye Veje. - Vi bader i en lille Bæk. Vi spiser vældig og drikker som Svampe. - Skriv snart igen. 1000 Hilsner. Tak for Brevet Alhed. 
+[Skrevet lodret langs kortets venstre margen:]
+Fredag</t>
+  </si>
+  <si>
+    <t>1894-08-30</t>
+  </si>
+  <si>
+    <t>Ellen Agnete Amstrup
+Louise Amstrup
+Berta Brandstrup
+Emil Brandstrup
+Ludvig Brandstrup, billedhugger
+Niels Elgaard Amstrup
+Malin   Holmström-Ingers
+Johanne Christine Larsen
+Christine  Mackie
+Adelheyde Syberg
+Hempel Syberg
+Andreas Warberg
+Conrad Warberg
+Else Warberg</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvem Thorvald var. Warberg-familien kendte flere, der hed sådan.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0362</t>
+  </si>
+  <si>
+    <t>Det var trist, at Albrecht var syg på turen til Gurre.
+Albrecht skal se at få vasket manchettøj. 
+Christine har fået mere at bestille, og Emil føler sig rask.
+Malin/Molle Ingers vil komme på besøg. Der bliver opført en ny bygning på Hvilan.
+Hempel Syberg får opium for sin søvnløshed, men det virker ikke.
+Laura træner sit ben ved at gå ture, og hun har plukket perikon.
+Amstrup-familien skal på besøg hos Else og Conrad Warberg.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/gZPT</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Hr. Godsforvalter Warberg
+Hotel Tre Hjorte
+Vestergade 
+Kjøbenhavn
 [Håndskrevet på kuvertens bagside:]
-Afs: Warberg – Erikshaab – Højrup – Fyn
+Hilsen Skruppehænderne
+[Poststempel]
+[I brevet:]
+Erikshaab – Torsdag – 
+Kjæreste Abba!
+Tak for Brevet! Det var jo kjedeligt, at Du ikke fik ret Glæde af Gurreturen for al den Asthma, det var ogsaa altfor tidligt at tegne Dig paa den, naar Du har været der i Klokken [”i Klokken” indsat over linjen] en Tid bliver Du dog gerne bedre og gaaende. Du maa helst give et Par Sæt Manchettøj i Vask derovre strax, paa Grund af Smaaregn og Graavejr her kan jeg ikke faae sendt Tøj til Dig før tidligst Tirsdag; vi vaskede igaar. Christine var her til Morgen, hun cyclede 7½ i Tirsdags, har helt fri om Onsdagen. Hun er meget tilfreds med nu at have noget mere at Bestille. Dede kjørte for hende Junge og mig en lille Visit paa Ølstedgaard igaar Eftermiddags, han kjører meget forsigtigt og passer nøje paa at undgaa ”hvad Far ikke vilde synes om ”. - Igaar fik jeg Brev fra Emil; han er saa rask nu, ingen kan see at han er syg, skriver han, men Du hører jo nu mere direkte om ham, d: 1_ste_ kommer Lud til Byen, bliver hentet i Roskilde af Berta, Lud var et Par Dage hos Emil, skrev med ham, men bare en Hilsen ”hans sidste Ungkarle-Hilsen til vort rare Hjem, hvor han har tilbragt nogle af sine behageligste Timer i hans Ungdom”. Fra Molle fik jeg et langt Brev fra igaar, hun melder sig herover, hvis hun kan paa sin Rundrejse=Billet til Askov Møde i næste Uge. Det var et langt rart Brev, og vi glæder os til at se hende. De bygger i Sommer paa den store nye Bygning til Skolen. Hilde paa Dalen har været syg og sengeliggende i 3 Maaneder af Nervøsitet. – 
+Syberg kan stadig ikke sove, har saa igaar faaet Opiumspulver, men alligevel ikke sovet i Nat. Mimi ligger nu igjen i Gjæstekamret. Vi er jævnlig deromme. Imorgen skal vi saa af med vor Junge, det bliver trist. Igaar var hun saa rask igjen, iaftes var vi alle i saa godt Humør, lille M[ulæseligt] var her til Ære for Junge og Christine. Jeg var forleden Aften ”Omgangen rundt” og plukkede en stor Haandfuld Perikum. Amstrups rejser til Glorup paa Lørdag med Nete, Pige og Kusk. Else havde skrevet, at de skulde være de Søndag over, saa vilde hun invitere fremmede paa dem. Wisse havde nemlig skrevet derned, at dersom de (Else og Conne) var bedt ud nogen Steder, saa maatte de endelig ikke sige Nej, hvis de (Amstrups) kunde komme med, da det vilde more hende meget at see Egnens Folk. Meget snildt af Visse, som jo undertiden kjeder sig lidt dernede. – Nu gaaer jeg selv til Højrup med en Del Breve, jeg øver mig i lange Ture nu, trænerer mig til de 4 Dage i Kjøbenhavn. Børnene og Dit Es hilser.
+[Skrevet langs sidste sides højre kant:]
+Han har ogsaa vældig godt af at friskes op om Aftenen
+[Skrevet langs første sides venstre kant:]
+Mange Hilsener til Thorvald det er herligt Du har ham</t>
+  </si>
+  <si>
+    <t>1894-09-02</t>
+  </si>
+  <si>
+    <t>København K
+Vestergade</t>
+  </si>
+  <si>
+    <t>Agnes Berthelsen, Nislevgaard
+- Blom
+Berta Brandstrup
+Eline  Brandstrup
+Johanne Christine Brandstrup
+Lauritz  Brandstrup
+Ludvig Brandstrup, billedhugger
+Julie Brandt
+Louise Brønsted
+- Gundestrup
+Marie Juul
+- Juul, fru
+Drude Jørgensen
+Johanne Christine Larsen
+Christine  Mackie
+Otto Emil  Paludan
+Ellen  Sawyer
+Hempel Syberg
+Andreas Warberg</t>
+  </si>
+  <si>
+    <t>Warberg-familien kendte flere med navnet P. Nielsen.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB0329</t>
+  </si>
+  <si>
+    <t>Christine har fået flere klaverelever. Julie Brandt har meget tegnearbejde.
+Skal Laura bo hos Albrecht eller på et andet hotel i København? 
+Laura og Albrecht skal give Ludvig og Berta en bryllupsgave. 
+Laura m.fl. har været på besøg på Gelskov. 
+Christine har bedt Drude Jørgensen skaffe flere klaverelever.
+Gundestrup har tilbudt at have Frederik det følgende år, men det vil Laura ikke have.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/OTcJ</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Hr Godsforvalter Warberg
+Tre Hjorte
+Vestergade
+Kjøbenhavn K.
+[På kuvertens bagside:]
 Poststempel
 [I brevet:]
-Mandag d: 19de
-[...10 lines deleted...]
-    <t>Johanne Christine Larsen</t>
+Erikshaab d: 2den
+Kjæreste Abba!
+I Gaar var Elle og jeg paa Vej til Fru Blom og til P. Nielsens Kone, da vi lige ved Skoven blev overraskede ved at se Christine komme cyklende. Hun var meget glad over at kunde melde, at hun i Torsdags fik 3 Elever, en ung Pige og begge Gundestrups Drenge, hvoraf især den ældste skal være flink og musikalsk, deres Mor har spillet med dem, men er meget glad ved nu at blive fri. Chr. sagde strax, at nu kunde jeg da nok blive noget længere i Kjøbenhavn, det har trykket hende, at jeg skulde ofre den Fornøjelse. Hun har nu 48 Kr. om Maaneden og 12 tilgode hos nogle af Eleverne, som nu har bedt hende sende Regning. Hun er ved rigtig godt Mod og mener nok, hun faar flere nu. Hun fortalte ogsaa, at Brandt har faaet saa meget Tegnearbejde, at hun tjener 62 Kr. om Maaneden. Jeg har nu tænkt at rejse paa Lørdag, da jeg jo gerne vil være et Par Søndage derinde, naar Du er [”er” indsat over linjen] fri. Gid Du nu en af dem havde en kjøn Tur for et eller andet Sted hen. Men naar jeg saa kun bliver en lille Tid, og altsaa rejser hjem før Dig, saa veed jeg ikke, om det er værd Du flytter ud af Dit Værelse, Du kan sige mig hvilken af følgende Ting jeg skal vælge, enten boe paa Missionshotel eller faae et lille Værelse paa Tre Hjorte; jeg har tænkt mig, at naar Lud er rejst igjen, saa kunde jeg være 3-4 Dage hos de gamle og saa i dem helt ofre mig for dem. Jeg morer mig bedst, naar det ikke koster for meget at være derinde. Har Du et stort Værelse, kunde der maaske ogsaa sættes en Seng ind, de Dage jeg er der. Men som sagt, lad mig nu vide, hvad du raader mig til, jeg skriver saa reppetere, men kommer paa Lørdag d. 8de, haabende at finde Dig vel tilpas uden Asthma. Eline fik jeg Brev fra nylig, det lader som hun mener vi nok kan give Brudegave til Lud og Berta nu, de giver Fotografi og de gamle har en Gave. Alt staaer godt til her hjemme. I Fredags var Fru Juul og Marie her en Visit, jeg tog med dem til Gjelskov, hvor Præsten var, vi havde en rar Aften. Hempel kom og tog bagefter herned, vi drak Kaffe og sludrede til Kl. 11½. I Dag er vi bedt til Gjelskov til Kaffe og Aften. Junge drog saa lidt melankolsk afsted i Fredags. Hr. J. kjørte hende ned og Astrid og jeg fulgte hende. Christine mødte Fru Berthelsen igaar i Odense, men hun gaaer altid rask forbi hilser kun. Hvor hun dog er kold. – Idag er Paludan i Odense. Christine har været hos Fr. Jørgensen, som var meget venlig og lovede at gjøre, hvad hun kunde, for at skaffe hende Elever, Hun spurgte, om nogen af Søstrene skulde til Sollerup iaar!! Tro mig, det vilde hjælpe paa hendes Evne til at skaffe Chr. Elever om vi havde en at sende til hendes Skole. Det er uheldigt, at vi ikke netop i Aar skulde have Muk ud at lære noget, saa billigt vi kunde have hende sammen med Christine. Gundesttrups har sagt, at de kunde godt have Dede til næste Aar; men det vilde ingen godt Sted være for ham de Drenge ser dog ud til allehaande. 
+Ja nu er det Middag og derefter skal jeg see at faae Bud til Højrup efter Breve og med dette, jeg længes snart efter et fra Dig. Christine og Elle hilser. Mange Hilsner fra Din Smaa.</t>
+  </si>
+  <si>
+    <t>1894-09-26</t>
+  </si>
+  <si>
+    <t>Adolfo Bacci
+Teresina Bacci
+Vittoria Bacci
+- Maltesen</t>
+  </si>
+  <si>
+    <t>Alhed Larsen var under sit ophold i Firenze i begyndelse af 1890erne meget knyttet til famailien Bacci. 
+Det vides ikke, hvem Pip var.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2178</t>
+  </si>
+  <si>
+    <t>Alhed savner at få brev fra sin mor. 
+Fru Bacci kommer hjem i dag. Hr. Bacci og søsteren har været glade for Alheds husførelse.
+Moltesen har inviteret Alhed med til Fiesole. Hun kan næsten ikke huske at tale dansk.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/PSJg</t>
+  </si>
+  <si>
+    <t>[Fortrykt på kortets forside:]
+CARTOLINA POSTALE ITALIANA
+(CARTE POSTALE D'ITALIE).
+NB. Sul lato anteriore della presente si scrive soltanto l'indirizzo.
+93
+A
+[Håndskrevet på kortets forside:]
+lla egregia Signore
+Signora Laura Warberg - Erikshaab
+Højrup St
+Fyen
+Danimarca
+[Håndskrevet på kortets bagside:]
+26 - Sept 1894
+Kæreste Mor!
+Jeg har ikke Tid at skrive i disse Dage til Eder, det vrimler med Fødselsdage, og at jeg har meget travlt vil Du kune forstaa af mit Kort til Pip. - Men jeg har i adskillige Dage ventet fra Dig; Du lovede at skrive saa snart Du kom hjem og ikke en Gang i Søndags fik jeg Brev; jeg længes meget efter Brev, navnlig da Du skrev at det var daarligt med Dit Ben. Skulde et Brev være gaaet tabt? - - I Dag kommer Fru B. hjem, jeg har i Dag faaet Brev fra hende, hvoraf jeg kan forstaa, at Manden og Søsteren har skreven meget anerkendende om min Husbestyrelse; det er jo rart, hvis jeg har kunnet hjælpe lidt, da de ere saa mageløse mod mig. - Den Moltesen kom kom forleden Form. er her for nogle Dage, inviterede mig paa en Tur til Fiesole i Morgen, højst grinagtig at tale dansk, kludrede ligefrem lidt i det strax og begyndte at tale italiensk. Pakker meget velkommen, mine Strømper vare paa Gravens Rand. - Mange kærlige Hilsner Din Alhed. Vældigt Tordenknald i dette Øjeblik</t>
+  </si>
+  <si>
+    <t>1894-10-09</t>
+  </si>
+  <si>
+    <t>Adolfo Bacci
+Vittoria Bacci
+Berta Brandstrup
+Ludvig Brandstrup, billedhugger
+Christine  Mackie
+Anna Magdahl Nielsen
+Johannes Magdahl Nielsen
+- Maltesen
+Alfred Rottbøll
+- Rottbøll, Fru
+Nicoline  von Sperling
+Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>Alhed Larsen opholdt sig et år i Italien fra februar 1894 til foråret 1895.
+Ludvig Brandstrup var i sensommeren 1894 i Danmark for at blive gift med Berta, og de kom begge derefter til Firenze.
+Viale-billedet var et maleri med motiv fra en snoet sti med rosenbede omkring.
+Akone fik bugt med det: Mens Alhed var syg, boede hun hos familien Bacci på deres landsted i Acone.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2154</t>
+  </si>
+  <si>
+    <t>Alhed Larsen maler nu på et nyt motiv fra Viale dei Colli - et springvand. Og hun maler et portræt af Berta Brandstrup. Ludvig Brandstrup roser hendes store billede fra Viale, og det er opmuntrende. Alhed har opdaget, at det er gavnligt at arbejde længe på et billede. Tidligere troede hun, at noget sådant ville ødelægge billedet. Alhed kunne ikke arbejde, da hun var syg. Maltesen blev ligefrem indlagt, og det var dyrt for ham.
+Alhed er glad for at bo hos Baccis. En ung pige fra Danmark skal bo hos Rottbølls. 
+En familie fra udlandet skrev om at blive indlogeret hos Baccis, og Fru Bacci måtte købe nye senge og gardiner. Familien meldte afbud, og dette betyder, at Alhed alligevel ikke kan bo gratis hos dem en tid - de mangler penge. Alhed er ulykkelig over at skrive, at hun ikke har råd til rejsen til Rom, hvis hun ikke får sendt midler. Alfonso Baccis bror har tilbudt hende et gratis værelse i Rom, men Alhed kan ikke være i byen alene. Hun har klaret sig for Frk. Sperlings pengegave længe, og Alheds far har sparet ved ikke at have hende hjemme. Man bliver sensibel i varmen, så hvis man skal undgå, at Alhed også kommer på hospitalet, må forældrene straks svare på, om de kan sende hende penge. 
+Den unge mand rejser med sit regiment nu, så Alhed ser ham nok aldrig igen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/1tGg</t>
+  </si>
+  <si>
+    <t>[På kuvertens forside:]
+Alla stimma
+Signora Laura Warberg
+Erikshaab Højrup St
+Fyen
+Danimarca
+[I brevet:]
+Torsdag d. 9ende
+Kæreste Mor! -
+Endelig er jeg kommen godt i Ro efter al den Rejsen, Syen, Laven i Stand, tagen imod Folk o.sv. og ikke alene kommen i Ro men ogsaa kommen i Gang med mit Arbejde, det er netop de sidste Dage falden i med et straalende Efteraarsvejr, og jeg har sat to temmelig store Billeder i gang, et nyt paa "Viale de Collie", Morgensol paa et Springvand og nogle Popler, samt et Portræt af Berta i hendes lille Værelse. Et ganske dejligt Motiv, navnlig hvad Farver angaar, hun har sit gule Brudeliv paa og til Baggrund et vissengrønt Silkestof, der sidder paa Muren. Hendes Hoved med Krøllerne og de friske røde Kinder er ligefrem smukt i de Omgivelser. Det er dejligt rigtig at komme i Gang med Malingen igen, jeg føler mig rasende oplagt. Jeg er ogsaa bleven meget opmuntret ved, at Lud syntes saa godt om mit store Viale Billede, jeg har malet en Del paa det, siden han saa det sidst. Berta, han og jeg var derude at se det sammen i Gaar Morges. Han roste det meget og var navnlig glad ved, at jeg rigtig har arbejdet med det og at det under dette Arbejde stadig er bleven bedre; dette er jeg ogsaa selv glad ved, da jeg jo før har troet at jeg ødelagde mine Billeder ved at arbejde paa dem. Ogsaa Berta syntes det var et smukt Billede. Det er mit Hovedværk hernedefra, hvis ikke Portrætet her bliver det. Jeg har arbejdet paa det i over tre Maaneder stadig med Lyst, lige indtil jeg blev daarlig. Dette at jeg blev daarlig sinkede mig jo vældig jeg kunde ikke arbejde mere i den Varme, jeg er saamænd endda sluppen naadig; Maltesen maatte paa Hospitalet en Maaned, - 20 Lire om Dagen og derefter til Tirol, har brugt en Masse Penge og er endda ikke rask endnu, det var Mavekatarrh, mit rimeligvis ogsaa, men Akone fik Bugt med det. Efter den lille Rejse føler jeg mig stadig som et nyt Menneske, saa forfærdelig frisk og kraftig og veltilpas. Baccis ere ogsaa mageløse at være sammen med, de ere saa forfærdelig gode ved mig, jeg kommer til at holde mere og mere af dem og de ogsaa af mig; og saa ere de tillige livlige, dygtige og energiske, altid i Virksomhed, aldrig trætte. - Konsulens er kommen hjem nu, men vi have faaet det ordnet saadan, at jeg bliver her den Tid jeg har tilbage; Det er efter alle Parters Ønske, Konsulens havde netop faaet Brev fra en Familie i Danmark, om de ikke havde Plads til deres Datter, der saa gærne vilde herned en Tur! Baccis vilde saa gærne beholde mig og jeg heller end gærne blive, og saa blev det saadan. - - Tilmed bor jeg jo her 75 Cent. billigere om Dagen, og det er jo, - - - ja nu nærmer jeg mig et skrækkeligt Punkt, som jeg er nødt til at skrive om, men som jeg er rasende ulykkelig over. - Det trykker mig meget i disse Dage. Jeg har haft en slem Skuffelse; Fru Bacci fik for nogen Tid siden Brev fra nogle Udlændinge med Forespørgsel om de kunde komme i Pension hos hende i Vinter, hun blev forfærdelig glad over det, da de har svært ved at komme ud af det, naar de ikke har andre Ma ["Ma" overstreget] Indtægter end Mandens Maling. Hun sagde at hvis de kom, vilde hun invitere mig til at være hos dem en Maaned; der blev skreven frem og tilbage om det, og tilsidst blev det fuldstændig bestemt, saa Fru B. købte to nye Senge, Gardiner o.sv. - Samme Dag som de ventedes hertil, kom der imidlertid Brev, at de ikke kom alligevel. Forfærdelig uforskammet imod Baccis, der ogsaa var meget ulykkelige, da de havde gjort de store Indkøb. Og min Maaned røg i Lyset, det var et haardt Slag for mig, jeg havde glædet mig meget til at skrive det hjem. Nu er det mig umuligt at holde ud til Magdahls komme midt i Nov. altsaa en Maaned endnu. Jeg har sparet saa meget, som det paa nogen Maade var mig mig ["mig" overstreget] muligt. - Jeg havde jo tænkt, at jeg kunde spare vældigt i de to Maaneder jeg var alene, ved min Kost, men da [jeg] blev daarlig var det jo umuligt. - - - Uh ha, hvis I vidste, hvor jeg er ulykkelig, over at skulde skrive dette, de forbistrede Penge. Jeg ser tydelig Far ryste paa Hovedet og sige, "ja jeg tænkte det nok, de lod mig ikke slippe med det". Men én Ting, Far, maa Du nu ogsaa tænke paa, at I ["I" overstreget] i de fire Maaneder, jeg har været her for Frk. Sperlings Penge der kun var lige til Opholdet, har Du helt været fri for ["for" indsat over linjen] mig, jeg har udelukkende holdt mig oppe med de Penge, der var d ["d" overstreget] tilovers fra Dine Maaneder. Var jeg kommen hjem, var der dog altid gaaet baade til Klædedragt og Malerværk. - Men jeg har sandelig sparet hele Tiden alt det jeg kunde, og jeg synes da i Grunden ogsaa at jeg har holdt længe ud med de Penge. - - Det, det kniber med er Romerrejsen, hvis jeg ikke skulde til Rom, kunde jeg blot blive her lidt længere og saa rejse hjem. Men jeg maa jo til Rom ?? - Og der viser sig stadig ikke nogen anden Udvej end Magdahls. Alle sige, at jeg kan ikke rejse alene til den store By ganske ukendt; man kan knap gaa alene paa Gaden; Maltesen fortalte om en ung norsk Dame, der blev ilde omtalt dernede, fordi hun altid gik alene. - - - Bacci har en Bror og Svigerinde dernede og de har tilbudt mig et lille Værelse ganske gratis, det er jo et storartet Tilbud, næsten altfor galt, da jeg aldrig har set dem; og alt er meget dyrt dernede, jeg vilde ikke kunde faa et Værelse under 2-3 Lire om Dagen alene for et Værelse med en opredt Seng! - Men dette kan jeg ikke benytte uden Magdahls, der kan følge mig til Døren om Aftenen. Broderen og hans Kone ere nemlig borte hele Dagen fra 7 Morgen til 11-12-1 om Aftenen. De have en stor Pelsforretning og arbejde kun 3-4 Maaneder om Vinteren, i den Tid tjene de til hele Aaret. - Men det er jo storartet, at de ville give mig Værelset, jeg kan ogsaa lave mig min Morgenmad i deres Køkken. - - - - Nu ved jeg ikke mere at skrive om dette sørgelige Emne, men I maa endelig svare strax paa dette og lade mig vide rigtig, hvad Indtryk dette Brev har gjort, navnlig paa Far; det er mig en Gru at tænke paa at jeg skal gøre volde ["gøre" overstreget; "volde" indsat over linjen] ham den Tort, jeg var dog saa forfærdelig rørt over, at han i det hele taget lod mig rejse. - Men jeg tror, at jeg ["jeg" overstreget] naar jeg kommer hjem, vil I ikke fortryde paa det, Rejsens Virkninger har overtruffen i alt Fald mine dristigste Forventninger, navnlig ved det at jeg er bleven saa længe borte tror jeg, at den har gjort godt. De første Maaneder vare jo temmelig triste. Og at jeg er gaaet meget frem i Malervæsen er der ingen Tvivl om. - Jeg har malet alt i alt 13 Billeder tillige med det, jeg sendte hjem, altsaa 15 med dem, jeg har begyndt paa; Tallet er jo ikke svimlende, men det ene er stort og har kostet mig meget Arbejde. - Desuden har jeg gaaet meget paa Museer, og den Tid har ikke været spildt. - Dette Brev handler nok udelukkende om mig selv; Hovedmeningen er jo, at jeg i Grunden har det storartet men at der er dette sorte Punkt. Indtil jeg faar Svar, vil jeg gaa med Feber og Mavepine, - skriv derfor strax og helst beroligende, man er meget sensibel i dette Klima, og tænkt ["t" i slutningen af ordet overstreget] hvad det vilde koste om jeg maatte paa Hospitalet for 20 Lire om Dagen!!! - 
+Apropos, det er jo storartet, at Christine er kommen saa godt i gang i Odense! - - 
+Naar jeg har hørt fra Eder skriver jeg strax igen og skal saa skrive om alt f Ex Lud og Berta, der er storartet. de har Værelse her hos B's. - - Jeg haaber Dit Ben er helt kommen sig nu. - Nu skal jeg ned at male paa Berta. - - 1000 Hilsner fra Eders - trods alt - trofast hengivne datter Alhed.
+Jeg kommer pludselig i Tanker om, Du, Mor, har da ikke endnu Betænkeligheder med den unge Mand, navnlig fordi jeg nu stadig bor her. - - Vær ikke bange, han rejser en af dagene herfra til sit Regiment i Turin, og jeg ser ham rimeligvis aldrig mere, - men er meget fattet alligevel. -</t>
+  </si>
+  <si>
+    <t>1894-11-28</t>
+  </si>
+  <si>
+    <t>Berta Brandstrup
+Ludvig Brandstrup, billedhugger</t>
+  </si>
+  <si>
+    <t>Alhed Larsen var i Italien fra foråret 1894 til foråret 1895.
+Alheds søster, Johanne, var i huset på Nislevgaard ved Otterup.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2156</t>
+  </si>
+  <si>
+    <t>Alhed blev glad for moderens brev. Hun kan ikke nå at skrive et brev, så derfor dette kort, inden moderen rejser til Nislevgaard.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/uqv3</t>
+  </si>
+  <si>
+    <t>[Fortrykt på kortets forside:]
+CARTOLINA POSTALE ITALIANA
+(CARTE POSTALE D'ITALIE).
+NB. Sul lato anteriore della presente si scrive soltanto l'indirizzo.
+93
+A
+[Håndskrevet på kortets forside:]
+A Signora L. Warberg 
+Erikshaab – Højrup 
+Danimarca Fyen
+(Håndskrevet på postkortets bagside:]
+Kæreste Mor! Jeg vil strax sende Dig to Ord for sige Dig, hvor henrykt jeg blev over dit Brev i Gaar; det laa til mig, da jeg kom hjem i Aftes, fulgt af Lud og B, der ogsaa blev ["blev" indsat over linjen] vældig glade. – Jeg havde begyndt paa et Brev, men paa Gr: af ”indtrufne Omstændigheder” kan jeg ikke faa det færdigt; Saa sender jeg det, saa I har det det Mandag; Dette vilde jeg have, Du skulde have inden Du tog til Nislevgaard. - - Hvor morsomt, at det er B’s Kusine! – Alt vel uden Tandpine 1000 Hilsner til alle - Alhed</t>
+  </si>
+  <si>
+    <t>1894-12</t>
+  </si>
+  <si>
+    <t>Berta Brandstrup
+Emil Brandstrup
+Ludvig Brandstrup, billedhugger
+Ellen  Sawyer
+Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>Alhed Larsen var i Firenze i december 1894. 1893-1894 var hun på rejse i Italien med sine to morbrødre.
+Nogen har klippet frimærket og dermed noget af brevkortet af.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2112</t>
+  </si>
+  <si>
+    <t>Emil Brandstrup kommer til Firenze på vej til Sicilien. Alhed Larsen har sendt moderen noget i en pakke. Det skal lægges på julebordet sammen med Bertas æske til Albrecht Warberg.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/sl5d</t>
+  </si>
+  <si>
+    <t>[Fortrykt på kortets forside:]
+CARTOLINA POSTALE ITALIANA
+(CARTE POSTALE D'ITALIE)
+NB. Sul lato anteriore della presente si scrive soltanto l'indirizzo.
+94
+A
+[Håndskrevet på kortets forside:]
+Signora Laura Varberg
+Erikshaab
+pr Højrup St.
+Fyen.
+Danimarca
+[Håndskrevet på kortets bagside:]
+[noget af papiret mangler] Mor! Jeg skriver ingen rigtig Brev for [noget af papiret mangler] det er jo ikke saa længe siden jeg [noget af papiret mangler] Vi har heldigvis lidt Juletravlt [noget af papiret mangler] det vist sig hyggeligt Balle kommer [noget af papiret mangler] paa Vejen til Sicilien. - Jeg haaber Osten kommer i god Tid. Jeg har lagt en Æske med noget i til Dig i Pakken, Du maa endelig blive glad ved det, det har ikke kostet ret meget, men lad mig vide om Æsken var fuld eller om Postvæsnet har ædt af det. Bed Elle lægge den paa Dit Julebord samt den lille Æske til Far fra Berta. - Jeg har begyndt paa Skole, men herom samt om alt det andet nærmere Torsdag. Tak for Dit sidste Brev. - Vi har det storartet. - Mange Hilsner - Alhed 
+Hilsen fra Ludvig og B.</t>
+  </si>
+  <si>
+    <t>1894-12-12</t>
+  </si>
+  <si>
+    <t>Alhed Larsen var i Italien fra februar 1894 til april 1895</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2144</t>
+  </si>
+  <si>
+    <t>Alhed Larsen sender sin nye adresse.
+Hun håber, at forældrene har modtaget malerierne. Hun vil helst vente med at forære billederne væk, til hun kommer hjem, og kun til sine allernærmeste. Alhed ser på malerierne på en anden måde, end forældrene gør. 
+Sender moderen mon lidt brune kager og pebernødder til jul?</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/zcSP</t>
+  </si>
+  <si>
+    <t>[Fortrykt på kortets forside:]
+CARTOLINA POSTALE ITALIANA
+(CARTE POSTALE D'ITALIE).
+NB. Sul lato anteriore della presente si scrive soltanto l'indirizzo.
+93
+A
+[Håndskrevet på kortets forside:]
+lla Signora Laura Warberg
+Erikshaab - Højrup St
+Fyen
+Danimarca
+[Håndskrevet på kortets bagside:]
+Kæreste Mor! - Jeg vil hermed meddele, at min Adresse for Fremtiden vil være: Piazza Donatello 10 Tereno Firenze. - Jeg flyttede herned i Forgaars og befinder mig forfærdelig godt ved det, jeg faar det vist storartet sammen med dem og haaber ikke at skulle ligge dem til Besvær. - - Jeg haaber I have modtaget Malerierne, for Resten vilde jeg nu helst vente med at give et, til jeg kommer hjem; jeg maler maaske en Kopi af et eller andet godt gammelt Billede paa Gallerierne som det vilde være være ["være" overstreget] morsommere at give. At forære sine egne Billeder bort undt. til sine allernærmeste, - naa ja, jeg vil nødig sige imod det naar I synes det, men jeg er ikke rigtig stemt for det; er maaske lidt sær paa det Omraade, men tænk paa, det er mine Ting saa jeg kan ikke se paa dem paa den samme Maade som I andre. - Tak for Pakken udmærket, men Skoene snød Du mig nok for. - Tror Du, Du sender mig lidt til Jul som jeg skrev om?? Brune Kager &amp;amp; Pebernødder kunne vist holde sig brillant. - Bare vi var vel over den Jul. - 1000 Hilsner - A.
+[Skrevet lodret i venstre margen:] 12te December - Onsdag</t>
+  </si>
+  <si>
+    <t>1894-12-22</t>
+  </si>
+  <si>
+    <t>Gudrun Andersen</t>
+  </si>
+  <si>
+    <t>Torkildstrup</t>
+  </si>
+  <si>
+    <t>Marie Bredsdorff
+Thomas Bredsdorff</t>
+  </si>
+  <si>
+    <t>Christine Mackie var i 1894-1895 forlovet med Thomas Bredsdorff. De to blev ikke gift.
+Det vides ikke, hvad Thomas Bredsdorffs afdøde søster hed.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2653</t>
+  </si>
+  <si>
+    <t>Kort 1: Afsenderen glæder sig til, at Christine kommer til Torkildstrup 1. juledag.
+Kort 2: Gudrun ser frem til at vise Christine julestuen. Gudruns mor har det godt.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/eTQ9</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuverten:]
+Frøken Christine Warberg
+Erikshaab
+Højerup St
+Fyen
+[Håndskrevet på kort 1:]
+Torkildstruphjemmet 22/12 1894.
+Lille kjære Christine!
+Til Juleaften ville vi da ogsaa være med omkring Juletræet paa Erikshaab at ønske Dig en rigtig glædelig Julefest, med Din Tomas ved Siden dennegang Nu glæder vi os til at see Dig 1_ste_ Juledag, eller rettere, Aften, og have nogle gode Dage sammen under Juletræets Skygge. Tak, fordi ogsaa Du var med at smykke min dyrebare Søster Louise med Blomster Krandsen - ja her er det et stort Savn at Louise er gaaet bort fra sine søde Smaapiger [indsat i venstre margen; på højkant:] og os Sødskende hun var saameget for. Hils Alle Dine Kjære Kjærligt
+[Kort nr. 2:]
+Torkildstrup Julen 1894.
+Kære lille Christine!
+Nu har vi snart den dejlige Juletid, til den vil jeg sende Dig de kærligste Hilsener og ønsket om en lys og glædelig Julefest for Dig og Din Thomas; det bliver den nu sikkert ogsaa! Jeg glæder mig til at Du skal se vor Julestue, den er hyggelig, maa Du tro! I denne Tid har Mor det rigtig godt, saa vi faar nok en glædelig Jul. Lev vel til vi ses, kære lille Christine. Din egen lille Svigerinde Gudrun</t>
+  </si>
+  <si>
+    <t>1895-02-01</t>
   </si>
   <si>
     <t>Ellen  Sawyer</t>
   </si>
   <si>
-    <t>Erikshaab Højrup Station</t>
-[...208 lines deleted...]
-Din egen Dis</t>
+    <t>Rom</t>
+  </si>
+  <si>
+    <t>Berta Brandstrup
+Johannes Magdahl Nielsen</t>
+  </si>
+  <si>
+    <t>Alhed Larsen opholdt sig i Italien fra februar 1894 til april 1895.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2140</t>
+  </si>
+  <si>
+    <t>Alhed Larsen er i Rom med Magdahls. De farer rundt for at se mest muligt. Nu skal de til Forum Romanum. De bor tæt på Piazza del Popolo og Den Spanske Trappe, hvor der er italienskklædte modeller.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/knH1</t>
+  </si>
+  <si>
+    <t>[Fortrykt på kortets forside:]
+CARTOLINA POSTALE ITALIANA
+(CARTE POSTALE D'ITALIE).
+NB. Sul lato anteriore della presente si scrivo soltanto l'indirizzo.
+94
+A
+[Håndskrevet på kortets forside:]
+lla Signorina Elle Warberg
+Erikshaab - Højstrup St.
+Fühnen
+Danimarca Fyen
+[Håndskrevet på kortets bagside:]
+Rom d. 1ste. Vi have det storartet i Rom, fare rundt for at faa alt at se, hvilket forresten vilde være umuligt, selv om vi blev her et Par Maaneder hvilket vi ikke gøre, da her desværre er meget dyrt. Men vi more os glimrende og nyde al den dejlige Kunst. - Magdahls ere meget elskværdige. Det er dejligt Solskin udenfor, og nu skulle vi ned paa Forum Romanum, disse imponerende gamle Ruiner af Triumfbuer og Kajserborge. Vi bo lige ved Siden af "Piazza del Popolo" og den "spanske Trappe" hvor der er mange smukke og italienskklædte Modeller. Mange Tak for Elles Brev modtaget i Dag. Hvornaar vente I mig hjem? Det bliver storartet først at faa Foraaret her og saa hjemme. 1000 Hilsner [skrevet øverst på kortet og ned langs højre margen:] Hilsen fra Berta til Elle og min egen Elletrunte.</t>
+  </si>
+  <si>
+    <t>1895-02-03</t>
+  </si>
+  <si>
+    <t>Italien
+Rom</t>
+  </si>
+  <si>
+    <t>Ponte Milvio, 00196 Roma RM, Italien
+Viale dell'Obelisco, 00187 Roma RM, Italien</t>
+  </si>
+  <si>
+    <t>Berta Brandstrup
+Bertel Thorvaldsen</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2120</t>
+  </si>
+  <si>
+    <t>Alhed har ikke set sin familie i et år. Hun og Berta har været ved Ponte Molle og på Monte Pincio.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/49Ze</t>
+  </si>
+  <si>
+    <t>[Fortrykt på postkortets adresseside:]
+CARTOLINA POSTALE ITALIANA
+(CARTE POSTALE D'ITALIE).
+NB. Sul lato anteriore della presente si scrive soltanto l'indirizzo.
+94
+A
+[Håndskrevet på kortets adresseside:]
+lla Signora Laura Warberg
+Erikshaab Højrup St
+Fyen
+Danimarca
+[Håndskrevet på kortets bagside:]
+Kun to Ord for at minde Eder om, at den Dag I faa dette Kort, Onsdag d. 6te, er det et Aar siden, jeg rejste hjemmefra! Det er næsten et stift Stykke, at jeg saa i et Aar ikke har set nogen af Eder! – Her er desværre Regn og kedeligt Vejr men vi have det brillant alligevel. Berta og jeg spise i en nydelig lille engelsk Restauration, alt rent, Blomster, lyst Træ, kort sagt nydeligt og Maden udmærket. – I Gaar Eftermiddags en Tur udenfor Ponte [udstreget:Ponte] Byen ved ”Ponte Molle”, hvor salig Thorvaldsen tit tog ud at spise Frokost. Nu skulle vi op paa Monte Pincio i en lille Kirke at høre Nonnerne synge ”Ave Maria” smukt hører det for 3die Gang. Mange Hilsner ogsaa fra Berta.
+Søndag Eftermiddag</t>
+  </si>
+  <si>
+    <t>1895-08-27</t>
+  </si>
+  <si>
+    <t>Thorvald Balslev
+- Basse
+- Berg, Frøken
+Emil Brandstrup
+Johanne Caspersen
+- Feilberg
+Hanne -  -, kokkepige Erikshaab
+Hans Jørgen -, Kusk ved grevskabet Muckadell
+Alhed Larsen
+Johanne Christine Larsen
+Christine  Mackie
+Astrid Møller
+Otto Reedtz-Thott
+Hempel Syberg
+Jenny -, udlejer
+Andreas Warberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Det brev, som Laura Warberg omtaler, findes i Kerteminde Egns- og Lokalhistoriske Arkiv: Johanne Caspersen til Laura Warberg, BB0333. Det ligger ikke i KTDK. 
+Warberg-familien kendte flere, der hed Gustav og flere med efternavnet Feilberg, så det kan ikke afgøres med sikkerhed, hvem af disse der omtales i brevet. Hvem fru Nielsen er vides heller ikke.
+I årene efter Treårskrigen og krigen i 1864 blev der afholdt Veteran- og Invalidefester i København, Odense og Århus. Således også i 1895. Grænseforeningens hjemmeside (lokaliseret maj 2022).
+Dora var en hest.
+Det vides ikke, hvilken skole Alhed gik i.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB0347</t>
+  </si>
+  <si>
+    <t>Laura Warberg vil tage til sin søster (Jo)hanne i Snøde. Sønnen Dede får gode karakterer og meget ros i skolen.
+Mens Laura læste i en god bog, blev hun afbrudt af Frøken Jensen.
+Fr. Berg og Laura har været i kirke, og den nye præst var god. 
+Christine vil flytte.
+Gamle Breinholt har holdt stor fest. 
+Frederik/Dede har været spændt på invalidefesten med fyrværkeri. 
+Laura beder Albrecht hente nogle forføddede strømper.
+Alhed kommer samme aften. Hun er begyndt at male. Et billede af havre har Johanne/Junge købt. Laura og Thorvald Balslev har begge bestilt malerier.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/SqKV</t>
+  </si>
+  <si>
+    <t>Erikshaab - Tirsdag d: 27de.
+Kjæreste Abba!
+Tak for Brevet; nu vil jeg gjøre det til en Regel at skrive Dagen efter hvert Brev, jeg faar fra Dig det næste maa Du vist adressere til Snøde pr Lohals jeg tager nemlig imod Hannes Indbydelse i indlagte Brev og rejser derned paa 8 Dage paa Lørdag. Synes Du ikke det er kiederligt, at jeg altsaa rejser fra Dedes Besøg næste Lørdag og Søndag; ja mulig at han bliver dernede, naar han hører, at jeg er borte. Alhed rejste i Lørdags til Tarup og vilde strax fra Banegaarden gaae ud og sige til Dede, at han kunde godt blive i Odense og gaae i Fruens Bøge til Invalidefest, men hun kom for sent, saa han var allerede væk. Jeg ventede ham altsaa ikke, blev derfor højlig glad, da han glad og livlig indfandt sig. Han var saa overvældet snaksom, fortalte om alt dernede han forstaar saae godt Matematik, Latin er heller ikke saa svært, Læreren havde rost ham for Skrivning, han var den eneste i Klassen, der vidste rede paa kunde og kunne skulde og skulle, han var hørt i Fransk hos L[ulæseligt] og ”(havde) sagde ikke en Fejl”,["sagde" indsat over linjen] og saadan gik det i en Uendelighed. Nogle Drenge havde sagt til ham ”ja Du kommer nok oven for den og den og den. Der er mange grulig daarlige Drenge siger han. Han fortalte Dig vel, at Rektor kom ind i B og sagde ”Hvor er Warberg?” Dede med snøvlende Rektorstemme! Saa blev han nederst i A, saa der er nogen at rykke op over, de er 23. Fru Nielsen er glad ved ham og han ved hende og Johanne. I Søndags Efterm var Frøken Berg Astrid og Dede oppe hos Hanne og Hans Jørgen, fik Blomster med hjem og Dede sagde, at Fru Nielsen skulde have nogle af dem. Paa Turen til Sallinge gik han ogsaa og fortalte hele Tiden, saa Fr. Berg var helt forbavset over ham. De gik over Mosen dertil, Fr. B. sank dybt i, stod næsten i samme Situation, som Trisse ved sin Cycle i Snøde; saa Dede i en Fart vendte Ryggen til, hun mente at kunne træde de samme Steder, som de smaa. Mens de var der, sad jeg og læste i en meget spændende tysk bog blev til min Sorg afbrudt af Frøken Jensen, der kom spadserende uventet. Da saa hendes Tøj skulde hentes i Højrup, kjørte vi alle med ned til Toget og fik Dengse afsted med det samme. Om Formiddagen var Fr. Berg og jeg i Lyndelse Kirke, det er vist en god Taler den unge Præst og han ser godt ud. I Lørdags fik vi indhøstet. Dora ved jeg intet om, den staaer paa Græs i Engen og bliver ikke brugt. I Fredags kom Thorvald og Junge cyclende fra Faaborg, havde ikke været andre Steder, blev her til Lørdag, da kom Christine cyclende helt uventet for at fortælle, at hun havde sagt til Jenny hun vilde flytte, dersom Leutenant Basse vilde have hendes Værelser, (hvilket jeg endnu intet har hørt om), men hun troede det. Fru L. var bleven kjed af det, men kunde nok forstaae, at hun vilde boe billigere. Hun havde ingen nye Elever faaet. De cyclede saa alle tre sammen hjem [oven over linien er skrevet: ”henad”] Kl. 3, paa samme Tid som Alhed gik til Højrup. Syberg kom hjem Lørdag Aften, de andre Søndag. Der havde været 3 Dage Gilde i Esbjerg voldsom flot allsammen: gl. Breinholt holdt 70 aarig Fødselsdag med stort Knald. Igaar skulde Dengse til Invalidefest; bare der er bleven noget af, da Vejret var saa slemt, han var meget optaget af at skulle see Fyrværkeri. Gustav er han vred paa, han slaaer og driller ham og er saa uartig, siger Dede og saa kræsen og saa muggen mod Fru Nielsen. Iaften kommer Alhed, Pigerne gaar ned efter hende til sidste Tog. Naar Du en Gang kommer i Nærheden af Nørrefarimagsgade, vil Du saa ikke i Trikotagefabriken ”Norden” hente et Par forføddede sorte Strømper, som Muk leverede ind og som de skulde have sendt. Den er et Par Huse ind i Gaden fra den (Side) [oven over linien er skrevet: ”Ende”], der vender til Banegaardene. Et Par nye af samme Slags vilde være velkomne, det er saadan et godt Strømpested. } De forføddede er til ca. 85 Øre, nye til 1½ Kr. Baron Otto – Ny Adelgade No 5 – 2 Sal. Den stakkels Feilberg. Vil Du hilse Emil og hvem Du ellers ser af bekjendte. Tænk Alhed har begyndt at male! Har lavet et pænt Stykke med Havre, som Junge og Thorvald var meget begejstrede for, Junge kjøbte det. Jeg har bestilt et hos hende, nu maa hun opmuntres! Thorvald har ogsaa bestilt et ved Tarup. Her er saa koldt og uhyggeligt, regner hver Dag.
+Alhed gaaer nu i Skole.
+Kjærlig Hilsen fra Din Smaa.</t>
   </si>
   <si>
     <t>1896-07-21</t>
+  </si>
+  <si>
+    <t>Højrup
+Erikshaab</t>
   </si>
   <si>
     <t>Hedda -
 - Berg, Frøken
 Christine  Mackie
 Ellen  Sawyer</t>
   </si>
   <si>
     <t>Det vides ikke, hvem R. Mortensen var.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0368</t>
   </si>
   <si>
     <t>Laura Warberg har været på rotur uden om klipper og grotter. Hun og Christine har også været i Djurperdal, hvor Chriustine klatrede som en ged. Lauras sko måtte bagflikkes. Værelset er meget lille, og ingen sæder er polstrede. Selskabet skal til Höganäs.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/eXMn</t>
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:]
 Hr Godsforvalter Warberg
 Erikshaab
 pr. Højrup
 Fyn.
 Danmark
 [Skrevet af ukendt:]
 9-6-03.
 30-1-2002. 
 [På kuvertens bagside:]
 Poststempler
 [I brevet:]
 Tirsdag - 
 Kæreste Abba!
 Dette bliver det sidste Brev fra Kullen, nu drager vi snart afsted, vi veed knap endnu hvorhen. Jeg har ikke faaet Brev fra R. Mortensen med Underretning om Turen til Trollhättan over Göteborg. I Aftes var vi en Rotur uden om Klipperne og Grotterne paa den ene Side (mod Sverig), det var efter et Par Dages Blæst bleven blikstille og dejligt; det var imponerende at see fra Dybet op ad de dejlige og mærkelige Stenkolosser. Om Eftermiddagen var vi i Djurperdal, men den var saa stejl, at jeg ikke vovede mig helt ned, Christine derimod klatrer som en Ged, det ser morsomt ud. Hun tænker paa i Dag at gaae til høje Kullen, jeg tør heller ikke tage den, men naar hun gaaer til Vejrs saa sidder jeg imens nedenfor, smukt er her allevegne. Men jeg er jo med de fleste Steder naturligvis, vi bestiller ikke andet spadsere, spise, hvile vi lidt og saa atter ud at trave, mine nye Sko maatte jeg i Gaar til Mølle med og faa dem bagflikket, endda jeg gaaer med de tykke Støvler om Formiddagen. Vi slaaer ikke Slag med de andre ret tidt, holder mest af at gaae alene. Det er et mageløst Vejr stadig væk! I Regn maae her ikke være godt, for vi har jo da bestandig ingen Steder at være. Paa Gaarden er kun Spisestuen med Borde og Stole og 2 Sofaer, og vort Værelse her er meget lille. Vi bliver ordentlig hærdede med haarde Sæder allevegne - - Stole – Bænke – Senge – og ude Stene, som vi jo meget ofte sidder paa, eller lige ned paa Jorden. I Gaar var vi i Mølle og inde i et Konditori at spise en Kage – der var polstrede Stole, et rent Velvære! og en Avis var der! ogsaa en Sjældenhed. Jeg sidder paa vor Bænk udenfor vor eget Logis, der er ikke tale om at skrive et Brev ved vort lille overfyldte Bord. Jeg har 6 Klipper for Øje her! Der staar en let Taage over dem til Morgen, Kl. er henad 8, Kl. 9 gaaer Brevene af og om Aftenen Kl. 8 kommer Posten. Christine glæder sig meget til at see Gruberne i Höganäss, jeg har nok, jeg vil nøjes med at høre om det. – Ja nu bliver dette Brev ikke længere, jeg skal ogsaa skrive til Tante Hedda. Det er vist rent galt, at jeg endnu ikke har gjort det, mente Elle. Det er jo glædeligt, at Frøken Berg skal have sin rare Enkemand. Nu kun de kærligste Hilsener til Eder allesammen fra Mor.
 [Skrevet langs venstre kant på sidste side:]
 Hils paa Gjelskov. Bare jeg dog kommer noget sammen med Ki[ulæseligt], mens de er der.</t>
   </si>
   <si>
+    <t>1896-8</t>
+  </si>
+  <si>
+    <t>Sophy -
+Sprut -
+Ellen Agnete Amstrup
+Louise Amstrup
+Thorvald Balslev
+Martin Brandt
+Christian Caspersen
+Johanne Caspersen
+Poul Caspersen
+Niels Elgaard Amstrup
+- Kløvborg
+M Knipschildt
+Jørgen Hermann Kruuse
+Johanne  Larsen
+Christine  Mackie
+Astrid Møller
+Edvard Nielsen
+- Vett
+Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvor Laura Warberg var rejst hen. 
+Det kan ikke afgøres, hvem Marie var. Warberg-familien kendte mange med dette navn. Hvem Fru Kl. var vides heller ikke.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2123</t>
+  </si>
+  <si>
+    <t>Thorvald Balslev, Johanne og Alhed har været på en cykeltur til Kerteminde. De gik tur ved Klinten og i skoven og blev der et par dage. Hjemme igen måtte Alhed skynde sig at skifte til sin råsilkekjole og til middag på Gelskov. Hun har også besøgt Sophy, som er helt rask efter to sommerophold på Silkeborg Bad. 
+Laura Warberg må endelig nyde sin ferie og blive længe væk. Hun kan sikkert godt få flere penge til det.
+Alhed venter gæster på Erikshåb og vil derfor slagte kyllinger. De vasker og sylter og har travlt.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/6XoJ</t>
+  </si>
+  <si>
+    <t>Fredag
+Kære Mor!
+Det har i flere Dage været mit Forsæt at skrive til Dig; men først i Dag bliver det til Alvor. - Her har været saa meget hver Dag, at det har været vanskeligt at faa Tid at sætte sig hen og skrive et ordentligt Brev. - Jeg skrev nok sidst i Fredags. - Lørdag cyclede Thorvald og Joh, og Søndag Form fulgte jeg efter til Odense, spiste til Middag hos Sprut, (- det er sandt, her kan Christine supplere og meddele om Johannes Cycle x ["X" indsat over linjen], der fremdeles gør Knuder, det bliver nok en større Reparation, hun var i Gaar i Højrup at tale i Telefon med Edv. Nielsen.) - Vi havde det yndigt i Kerteminde var den ene Aften en henrivende smuk Tur paa Klinten; paa Hjemvejen gik vi om ad Kruses (ind gennem Skovene), vi stod lidt stille og saa paa Huset, der ligger meget hyggeligt i den Kastanieallé. - Elllers forslog vi Tiden med at bade, spise Stikkelsbær og drive om. Tirsdag Middag cyclede vi derfra, Joh. blev i Odense og jeg kom herhjem 1 Kvarter i 4, styrtede i min Raasilke og om til Gelskov til Middag. Der var Pastor Brandts fra Taulov og Kløvborgs med nogle gamle Thomsens gl. Fru Kl. og en ung Pige, samt Amstrups med lille Nete og gl. Knipschildts. - - Dagen efter var jeg inviteret om at underholde Tante Sophy, men Marie skulde til Høet, saa det blev først om Eftermiddagen. Fader blev hentet derom, Grosserer Vett (Freir) var der, en sær lille Spleis. Tante Sophy og jeg var en tur i Skoven, hun var saa sød at tale med. Hun er bleven helt rask nu, to Sommerophold paa Silkeborg har kureret hende; hun sagde, at det havde jo kostet mange Penge, men at hun mente, det ["t" i slutningen af ordet overstreget] var godt givet ud og at ["at" indsat over linjen] det var den bedste Kur for nervøse Mennesker at rive sig ud af de daglige Folder og rejse bort en Tid. - Du kan tro, vi glæde os ved Tanken om, at Du gaar og driver deroppe, gid Du nu vil blive der rigtig længe, jeg er sikker paa, Du kan godt faa nogle flere Penge, vi har jo ikke hørt ét Ord om Penge i denne Termin, det er ganske enestaaende. Johanne og jeg har ogsaa talt om at sende Dig de 20 Kr. vi har liggende i Æggepenge. Jeg synes, det er saa umaa[de]lig vigtig at Du bliver længe borte, naar Du nu endelig en Gang er kommen ud at rejse. - Thorvald og Johanne ere her i disse Dage; de maa desværre opgive deres Hamborgrejse, da Familien skriver, at der ingen er hjemme. Meget kedeligt. - I Dag Forlovelseskort fra Trisse med en Leutnant Møller. Samt Brevkort fra Tante, at Max Poul og en Kammerat ville besøge os fra Mandag Aften til Onsdag Morgen, saa tage vi de 4 store Kyllinger paa Tirsdag med Ærtesuppe foran. - Vi skulle brygge Mandag og vads ["og vads" overstreget] begynde at vadske Tirsdag, Høsten begynder allerede sidst i Ugen, saa jeg mente, det var bedst at vadske mens vi kunne faa Koner, vi mangle ogsaa Fintøj, saa kunne vi jo altid senere tage en Klatvask med Resten alene til Dit og C's. Tøj. Jeg haaber dette er rigtigt. -
+Alt gaar rigtig godt. Jeg skal nok passe Syltningen, men det er knap modent endnu. 
+[Resten af brevet mangler]</t>
+  </si>
+  <si>
+    <t>1896-08-26</t>
+  </si>
+  <si>
+    <t>Gothersgade 129 København K</t>
+  </si>
+  <si>
+    <t>Dora -
+Ellen Agnete Amstrup
+Louise Amstrup
+Harald Balslev
+Thorvald Balslev
+Laura Balslev, f. Leth
+Alfred Benzon
+Ch. Berleûne
+Johanne Christine Brandstrup
+Louise Brønsted
+- Gredsted
+Bernhard Hirschsprung
+Ernst  Knipschildt
+Gustav Knipschildt
+Alhed Larsen
+Christine  Mackie
+Otto Emil  Paludan
+Ellen  Sawyer
+Erik Schaffalitzky de Muckadell
+Erik Schaffalitzky de Muckadell, unge greve
+Viktor Schroll
+Hans Smidth
+Hempel Syberg
+Vilhelmine von Sperling
+Andreas Warberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Laura Warbergs søster havde et pensionat på Gothersgade 129, København.
+Det vides ikke hvem Frøken Berg, Fru Larsen, Monica, Kirsten, Johan og HP var. Heller ikke hvem stiftprovsten og Bitten var. 
+Frederik Andreas Warberg og søsteren Louise, g. Brønsted, var i 1896 elever ved Odense Katedralskole. 
+Thorvald Balslev blev færdig som cand. theol. i 1896.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 0339</t>
+  </si>
+  <si>
+    <t>Laura Warberg har sin mor på besøg. De går lange ture. Knipschildt deltager.
+Laura har været i Odense at besøge børnene og en mængde andre mennesker. På børnenes skole er der rod i mange ting, og bl.a. får eleverne ikke et skema.
+Om natten er Laura ikke bange, for hun har hundene hos sig. Den ene, Munter, var på en gåtur fræk, så Laura knækkede ris af, og da den så det, løb den hjem. Hunden fik kun et par dask. 
+Hempel Syberg er dårlig.
+Thorvald Balslev er taget til Masnedsund.
+Den unge greve har givet Laura en stor melon. 
+Albrecht må købe konfirmationsgaver til tre store børn samt svamp og tandpulver i København.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/fdLV</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på brevets forside:]
+Hr. Godsforvalter Warberg
+cand.jur.
+Gothersgade 129 - ⁴
+København K.
++ Poststempel
+[På kuvertens bagside;]
+Poststempel
+[I brevet:]
+Erikshaab – Onsdag d:26de.
+Kæreste Abba!
+Det er dog dejligt at Du synes at have godt af Klokken allerede; at Du kan taale at færdes og more dig lidt derinde. Bernhardt maa aabenbart være glad ved Dit Selskab og ved Din L’hombre, at han inviterer Dig 2 Søndage i Træk. Naar Du paa Søndag kommer til de andre på Sku[ulæseligt], vil Du saa hilse dem mange Gange fra mig. Her staaer alt vel til. Moder er rask, synes jeg og befinder sig vel, vi var i Søndags fra Ølstedg. en lang Tur – ¾ Mil mente de – i en smuk uciviliseret Skov ved Allested, Moder var nok lidt træt, men tog den dog med Anstand. Vi havde Mad og Kaffe med og godt Humør over hele Linien. Gl. Knipschildt bidrog jo sit hertil. Visse turde ikke bede ham med, da hun mente, han skulde passe Gaarden, men lidt før vi skulde køre, kom han vandrende og vilde med, han havde af Astrid hørt, at vi skulde dertil. Han var bedt herned i Aftes og vi havde rigtig god Aftensmad til ham; derefter tog han – Pal. og jeg 3 [ulæseligt ord] med en Toddy til (af Husholdn Cognac!) – Han morede sig brillant og lader sig vist ikke min Indbydelse at gøre det om, sige 2 Gange. I forrige Uge var han meget daarlig i Maven da dristede jeg mig ikke til at bede ham. Hans Kone ankommer paa Fredag. I Aften har Amstrup og Paludan meldt sig til ham til The, saa nu begynder det at se lidt mindre trist ud for ham. I forrige Uge var jeg ude hos Børnene fra Onsdag med Iltoget og til Fredag med 6 Toget. Jeg gjorde flere Visiter, bl.a. hos Stiftsprovstens til Chokolade, det var Bittens 5 Aars Fødselsdag. De var meget rare og livlige, han fortalte en Del om sin Rejse, han havde kørt med Tog op ad ”Pilatus”. Jeg var ogsaa til Frokost hos Ch. Berleûne og vi var derefter hos Saddelmageren, der lovede at gøre sit bedste med Smidts Stol, naar han fik den ud. Hos Fru Nielsen var jeg den første Aften til The, Dede mødte forresten straks hos Christine, da jeg kom der først og drak Kaffe. Dede er bleven No 8 i Klassen, der er en Oversidder. Han havde faaet alle Bøgerne, et brugt latinsk Leksikon til 6 Kr. Muk sagde, at Du vilde ikke af med Dit og det var desuden en gammel Udgave. Knægten var helt vel tilpas derinde. Han kan godt faae Værelset nede til Vinter, dersom vi vil have det; - Jeg var ogsaa hos Frøken Berg – Fru Larsen – hun er meget glad og lykkelig har et aldeles nydeligt og flot Hjem og 2 søde Børn, der er saa glade ved hende og straks kaldte hende Moder. Hendes gl. Moder boer hos dem, hun bad mig med til Vin og Kage, hun vilde absolut takke mig ”fordi jeg havde været saa god mod Monica.” – Hos Kirsten var jeg en Visit, hun er meget bedrøvet og nervøs over Johan, det trækker saa længe ud, inden Saaret vil læges. – Muks var meget vred over al den Uorden, der fandtes paa Skolen, de kunde intet Skema faae og maatte rende hver Dag for at faae Timerne at vide havde dem paa forskellige Tider af Dagen. Det er nok tvivlsomt, om de faaer Gredsted i Dansk, endnu er da intet bestemt derom. – Jeg er slet ikke bange om Natten, fordi jeg har Hunde i Gangen og i Køkkenet; ellers plejer jeg jo at være saa angst og vilde da have været det særlig i Aar ved Tanken om de mange Mord. Vi har af og til Munter med en Tur, Moder og jeg gaaer gærne om Aftenen. En Dag jeg var ude ved Skovfogedens alene, havde Munter nær ødelagt en Stenmand han maatte rejse sig og slaae til ham, forstaaer sig, det var bare Venlighed. Jeg kaldte, men den kom ikke, saa gik jeg ned i Grøften og tog et Ris, men da den saae det langtfra, saa tog Pokker Hunden hjem efter, og der laa den og fik saa nogle Rap af Riset, da jeg kom, men jeg kunde da ikke slaae, saa Asenet kunde mærke det, den holdt det aabenbart for en Leg. Moder er meget gode Venner med den. – H.P. har i mange Dage kørt Jord fra Engen over paa Marken, saa har Alhed med en eller anden taget Smaaturene med Dora, bl.a. i Gaar i Højrup at hente Fisk og flere Ting; vi saae Poulsen trække af med Stationsforvalteren, formodentlig skulde de ned at have Toddyer Kl. 11 om Formiddagen. – Degnen var her i Formiddags for at spørge til Dig og Syberg; denne havde jeg Brev fra forleden, det staaer (efter det) meget trist til med ham. Lægen følger med megen Interesse hans Befindende han drikker af en kold Brønd, 38⁰ sover daarligt om Natten gaaer stadig med Hovedpine og Smerter i Underlivet. Humøret er snert og Kræfterne kan ikke strække til en L’hombre om Aftenen, hvad gl. Breinholt faaer med to Familier. Men han ser jo altid meget sort paa det og Bedringen kunde da ikke mærkes saa hurtig. – Thorvald er nu indstalleret i Masnedsund foreløbig i Muncks Lejlighed til Oktober Flyttedag. Han var nogle Dage med sin Moder paa Rødkilde (Møen) hvor Harald endnu er ved noget Gymnastik. – Ja nu troer jeg ikke der findes mere Stof, og det, der ["der" indsat over linjen] var, vil Du maaske synes er noget ubetydeligt at spilde Tid paa at skrive og læse. Ja det er sandt, Gjelskov fik indavlet i Fredags, altsaa næsten uden Regn. Vil Du ikke fortælle den vigtige Stilling, at man kan køre Rug ind omtrent straks, naar den er høstet. – Unge Greve har været her med en stor aldeles dejlig Melon, Visse og Nete var her i Lørdags til Middag, og da havde vi den. De kom for at bede os til Søndag. 
+Vil Du nu hilse Mis og især min Pelle saa meget. 
+Kærlig Hilsen fra Din Smaa.
+Moder og Børnene sender Hilsener. Plager Greven Dig med Forretninger? 
+[Indlagt seddel:]
+Vil Du i næste Brev sige mig, om Du vil faae Mis eller Elle til at købe og sende derfra – eller om Du selv tage med, - Konfirmationsgaver til Gustav og Ernst Knipschildt. Jeg synes det skulde være Guldknopper. Til Viktor Schroll maa jeg vel helst faae et Rejsetæppe eller en Haandkuffert i Odense? Jeg vilde meget gerne have Dig til at føre en god – ikke for stor Svamp med hjem til mig, samt 2 Æsker Tandpulver, - Bational hos Benzon, Østergade. Elle kan jo besørge det.</t>
+  </si>
+  <si>
+    <t>1896-09-16</t>
+  </si>
+  <si>
+    <t>Ellen Agnete Amstrup
+Louise Amstrup
+Wilhelmine Berg
+Johanne Christine Brandstrup
+Julie Brandt
+Thora  Branner
+Louise Brønsted
+Johanne Caspersen
+Niels Elgaard Amstrup
+Hanne Langkilde
+Alhed Larsen
+Christine  Mackie
+Otto Emil  Paludan
+- Rottbøll, Fru
+Ellen  Sawyer
+Erik Schaffalitzky de Muckadell
+Fanny Schaffalitzky de Muckadell
+Adelheyde Syberg
+Hempel Syberg
+Nicoline  von Sperling
+Andreas Warberg</t>
+  </si>
+  <si>
+    <t>Laura Warbergs søster, Wilhelmine Berg/Tante Mis, drev et pensionat i Gothersgade 129, København. 
+"Klokken tager paa at hjælpe": Albrecht Warberg var jævnligt i behandling for sin astma i en såkaldt luftklokke på en klinik i København. 
+Søholm ved Glamsbjerg har siden slutningen af 1700-tallet tilhørt slægten Rantzau. Kilde: Lex.dk.
+Fru Brand(t) var formodentlig gift med præsten Martin Brandt.
+Det vides ikke, hvem Heinrich og Anna var. Warberg-familien kendte flere, der hed sådan. 
+Familien kendte også mange, der hed Caspersen, og det er uklart hvem af dem, der skulle tilbydes Wilhelmine Berg/Tante Mis' pensionat. 
+Hvem, der er blevet forlovet, kan ikke afgøres. 
+Det er vanskeligt at læse navnet på den person, som Albrecht Warberg skal hilse.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB0223</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/7ySA</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Hr. 
+Godsforvalter cand jur. Warberg
+Gothersgade 129-4.
+København K.
+[Kuvertens bagside:]
+Poststempel
+[I brevet:]
+Onsdag d:16de
+Kæreste Abba!
+Jeg har været gaaende med Alhed i Højrup og nu har jeg kun 3 Kuverter at skrive i; Elle havde jeg tiltænkt Brev ogsaa, men hun maa saa vente til Alhed kommer paa Fredag Aften Kl. 8. Som den Unge glæder sig! Jeg misunder Eder den Fornøjelse det vil blive at vise hende København første Gang. Brandt skrev i Gaar, at hun glæder sig til at have hende, hun faar saa lidt Proviant og Lagner med derind. I Aftes havde vi Gjelskovs til The vi fik dejlige Rødspætter fra Faaborg og da en Kylling med daarligt Ben havde maattet lade Livet, havde vi Mad, som Syberg maatte spise. Paa 2½ Time fik Alhed alt lavet og stegt og saa kom Doktoren, som vilde besøge Syberg, herned ogsaa. De var i meget godt Humør alle sammen, gl. ”Der” rejser paa Fredag til Søholm. I Dag er Syberg og Thora kørt lige til Faaborg med Vogn alene to, han skulde i Retten om den Lærling. Nu har Syberg det meget bedre og ser ogsaa raskere ud, end de første Dage, siger ogsaa selv, at han befinder sig bedre her, spiser og sover bedre end i Karlsbad. Han lader høre fra sig, naar han har faaet Hestene. Frøken Sperling kom hjem i Mandags for at lægge sig til Sengs for en Forkølelse, men vil rejse igen paa Lørdag om mulig. Paludan var der i Gaar. Skovhegnet har han endnu ikke hørt om, mener det bliver først sidst i Maaneden. Gid du kunde blive lidt længere dernede nu da Klokken rigtig tager paa at hjælpe. Greven er i Dag rejst til Holsten at begrave en Broder til Grevinden, der er død uden nogen Sygdom, at de vidste noget om ial Fald. I Lørdags blev Fru Brand begravet i Søby. Bedstemor og jeg kørte derover i Landaueren, der var meget faa Mennesker, Fru Langkilde Oluffa Brandt fra Odense og nogle Niecer af gamle Præst samt et ungt Par, der fulgte med Heinrich og Anna og en ung Kone, en halv Snes Gaardmænd med Koner, - det var alt, jo Amstrups naturligvis. Marie havde Krands og jeg Blomster med til Mimmis Grav paa Tilbagevejen. Pastor Wittrup holdt en lille men ganske net Tale, hans Kone og Datter var der ogsaa. Jeg havde faaet Brev fra Anna om Dødsfaldet, hun var meget bedrøvet. Fru B. var kun syg 2 Dage af Lungebetændelse, gamle Præst kan ikke rigtig fatte, at hun er borte. – Det er dog rigtig elendigt med den Forlovelse derinde hos Eder! Jeg vil da haabe, at Mis først tilbyder Caspersen Pensionatet, hvis hun vil afhænde det. C. havde jo sagt til Hanne da Mis fik det at det kunde de have brugt. Du skal ellers se, at Forlovelsen gaar overstyr igen. – I Søndags var vi alle paa Gjelskov til Chokolade Kl. 3 og til Aften. Vi manglede kun lille Pelle i de 8, der sad sammen ved Bordet. Syberg var uhyre snaksom, fortalte en Del om sin Rejse. Vi har alle faaet Brocher, Elle skal ogsaa have en sendt, han var saa glad ved hendes Brev og Portræt; Dede skal have en Naal. Christine var saa rask denne Gang Muk og Dede blev af Syberg kørt til Højrup Kl. 9, de skulde have gaaet ellers; Chr. cyklede næste Morgen til Sollerup og Alhed fulgte hende for med det samme at høre hos Skovfogeden, om vi maa plukke Brombær. Jeg haaber snart at høre fra Moder, hun var noget ængstelig tilmode over den Forlovelse, bliver vel heller ikke glad ved at faa den paa nært Hold. Du er vel fornøjet med mine Breve. Du forbauser mig ved at skrive ”pluselig” – og ”Brennenelle” – er det maaske moderne Skrivemaade? Vil Du hilse gamle Soldris, det er da morsomt, at Du er gode Venner med Pensionær. Ja, men Farvel søde Ven! Hils min Pelle og ellers hvem Du vil.
+Kærlig Hilsen fra Din 
+Smaa.</t>
+  </si>
+  <si>
+    <t>Oktober 1896</t>
+  </si>
+  <si>
+    <t>Højrup, Faaborg
+Amager</t>
+  </si>
+  <si>
+    <t>Ludvig Brandstrup, billedhugger
+Thora  Branner
+Otto Emil  Paludan
+Karl Schou
+Marie Schou</t>
+  </si>
+  <si>
+    <t>Alheds søster Thora blev som 11årig adopteret af sin onkel og tante Hempel og Mimmi Syberg. De boede på gården Gelskov.</t>
+  </si>
+  <si>
+    <t>Alhed er vred over, at det er længe siden, hun har fået brev fra Johannes Larsen.
+Hun har været på cykel til Langeland - sidste cykeltur i år pga. vejret.
+Thora er syg.
+Alhed skal til barnedåb hos Ludvig (Lud) og Bertha Brandstrup.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/xOwe</t>
+  </si>
+  <si>
+    <t>Kære Las!
+Maa jeg spørge, hvad der gaar af Dem! Nu har jeg ikke faaet Brev fra Dem i over en Uge, De har da ikke glemt min Adresse Erikshaab pr. Højrup? Jeg har aldrig hørt om en Kærreste, der ikke lod høre fra sig i over en Uge. Hver Formiddag, naar Pallam kommer i Køkkenet med Breve til de andre, har jeg været lige ved at falde om i Gryderne af Forbavselse over, at der ikke var noget til mig. Og hvis der ikke kommer ét en af de allerførste dage, saa gaar jeg i den allersorteste Gryde! Nu ved De det. 
+Jeg har læst i Avisen om den Mand, der blev skudt paa Amager, hvad kan det nytte, at én er forsigtig, naar saa en anden skyder ham. Men jeg haaber, De maler flittig paa deres Billede i Stedet for at gaa paa Jagt. – Det har for Resten været et henrivende Vejr i de sidste Dage (i Dag er det jo forbi igen) men jeg har desværre haft saa lidt Tid til at nyde det. Vi slagtede i Torsdags 3 Beder hvilket medfører en Del Ulejlighed. Men nu er det meste af dem puttet i en Saltballe (ogsaa Køllerne!). I Onsdags kom jeg hjem, det var vist min sidste større Cycletur for i Aar, desværre. Men Cyclerne lide saa meget i daarligt Føre, at det er Synd andet end at sætte dem i Vinterstald. –
+For lidt siden fik vi Fremmede. Det var Doktorens, saa jeg kan nok ikke sidde her og skrive ret længe men maa ned og lave Brombærgrød og anden Mad. – Jeg kommer i tanker om, at mine Breve vist handler altfor meget om Mad, men De har vel opdaget, at jeg er en meget prosaisk Natur. - - Min Søster Thora omme paa Gelskov ligger og er daarlig, vi have været lidt ængstelige for hende, da Doktoren sagde der var noget i Vejen med den ene Lunge. Hun er en lille Smule bedre, men maa være meget forsigtig.
+Søndag Aften: Endelig. Christine kom i Aften og havde Brev med fra Dem. Saa var der altsaa ikke noget særligt i Vejen, men jeg fatter for Resten ikke, at De med Deres Forstand ikke kunde finde paa at sende Brevet til Erikshaab i Stedet for til Langeland den Tirsdag, De vilde skrive. Jeg fik ogsaa Brev fra Lud i Aften, det er lige oppe over med den Barnedaab, jeg skal rejse enten Lørdag eller Søndag, men jeg ved ikke rigtig, om jeg vil skrive, hvilken af Dagene det bliver, skønt for Resten, det kunde jo være knusende kjært at se et lille Glimt af Dem! Gider de virkelig gaa den lange Vej? – Jeg glæder mig meget til rejsen, naar nu Skovs kunde have ruppet sig lidt, saa De kunde være kommen ud at døbe den med det samme. Men det kan jo ikke naa lige nu. - -
+Mon vi virkelig skulde ses et lille Svip paa Lørdag eller Søndag? Men det er vel kun nogle faa Minutter. – Men alligevel. Det er sent og her begynder at blive koldt, saa jeg maa slutte. Godnat og 1000 Hilsner fra Deres Alhed.
+Jeg kommer i Tanker om er det ikke midt i Deres tekniske Skoletid? Det er vist c. 5 ½. Vilde det passe Dem bedst Søndag?
+Farvel.</t>
+  </si>
+  <si>
+    <t>1896-10-24</t>
+  </si>
+  <si>
+    <t>Ludvig Brandstrup, billedhugger
+Carl Høyrup
+Jeppe Andreas Larsen
+Vilhelmine  Larsen</t>
+  </si>
+  <si>
+    <t>Johs. Larsen har kørt Ellen til Nyborg og kom for sent til Teknisk Skole.
+Alhed skal til København og til Brandstrups barns dåb.
+Johs. Larsen går på jagt.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/QHCG</t>
+  </si>
+  <si>
+    <t>Kjerteminde 24 Octbr. 1896.
+Kæreste Alhed!
+Tak for Brevet. Jeg fik det i Tirsdags og var lige ved at sætte mig til at skrive til Langeland strax men kom saa i Tanker om at det var om Morgen tidlig at De skulde rejse, og sa kunde det jo ikke naa sig. Jeg har ikke været i Odense endnu og da jeg har faaet Lærred, og bliver det vist ikke for det første jeg kommer derud. Jeg var oppe hos Hørups i Forgaars, og han havde netop et Stykke Lærred liggende af den Størrelse og den Slags jeg skulde bruge og det laante jeg saa af ham. 
+I Gaar var Christine og jeg ude i Nyborg med Ellen og fik hende sendt med Færgen. Det var jo Meningen at hun skulde have fulgt med Fader og Moder naar de rejser til Sverige, men nu trak det jo saa længe ud med Tærskningen og i det [de] sidste Dage har Fader ikke været rigtig rask saa Rejsen er foreløbig udsat. Det var et dejligt Vejr at køre i men noget koldt paa Hjemvejen. Jeg skulde have været ned paa den tekniske Kl. 7 ½ men da jeg kunde regne ud at jeg vilde komme en Time for sent havde jeg sendt Bud til den anden Lærer om at se efter min Klasse den første Time, han var imidlertid ogsaa forhindret og da jeg kom derned var han endnu ikke kommen og kom først ½ Time efter. Ham der blev hældt ud gik det meget godt med. Borgmesteren havde været nede hos Forældrene og sige det saa han kom ikke mere.
+Jeg sidder og lægger mit Billede an i Dag, det [er] for Resten lumpent at sidde inde i saa smukt Vejr. Det er sandt. De har vel ikke hørt noget endeligt om hvornaar De skal til Kjøbenhavn og døbe det Brandstrupske Barn, for saa kunde De lade mig det vide saa jeg kunde gaa ud til Nyborg og faa Dem at se i Forbifarten. Jeg har været en Del paa Jagt i denne Uge men ingen Ting faaet naar jeg undtager en Hare i Mandags, det er kedeligt for Tjalfes Skyld at jeg ikke kan skyde nogle Høns for ham, men dels er de temmelig vilde og flyver for tidligt op og dels begynder jeg at faa den Overbevisning at jeg ikke mere kan ramme en Agerhøne og det gør mig nervøs og naar vi saa endelig finder Høns skyder jeg forbi. Mange kærlige Hilsner fra deres hengivne
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1896-12-04</t>
+  </si>
+  <si>
+    <t>Johanne Christine Larsen</t>
+  </si>
+  <si>
+    <t>Rasmus Balslev
+Thorvald Balslev
+Harald Elmquist
+Mogens Mogensen
+Christian Nissen
+Vilhelmine von Sperling</t>
+  </si>
+  <si>
+    <t>Johanne Larsen var forlovet med Thorvald Balslev. Det er hans far, Rasmus Lauritz Balslev, som er død.
+Ellen arbejdede for sin moster, Vilhelmine Berg, på dennes pensionat i København. 
+Det vides ikke, hvem Johanne, der var hjemme på præstegården, var.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 0035</t>
+  </si>
+  <si>
+    <t>Det er forfærdeligt, at svigerfar (Rasmus Lauritz Balslev) er død, og at familien så skal flytte fra præstegården. Julen bliver trist for dem. Johanne vil holde jul sammen med dem, hvis Thorvald ønsker det, men hun vil hellere være på Erikshaab. Hun rejser til Tarup dagen efter, og mandag er der begravelse. Hele familien var hjemme for otte dage siden. 
+Ellen skal have 14 dages ferie som alle andre. Hvis ikke deres mor vil give Tante Mis/Vilhelmine Berg besked om dette, vil Johanne skrive til hende.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/jpGT</t>
+  </si>
+  <si>
+    <t>Kære lille Elle!
+Endelig hørte jeg da en Gang fra dig, du maa nok vide dog, at jeg var lige ved at blive fornærmet paa dig. Men nu faar du alligevel saa mange 1000 Tak for dit lange interessante Brev! 
+Ja, er det dog ikke forfærdelig sørgeligt med den rare gamle Svigerfar, at han skulde bort fra dem alle sammen derhenne i Tarup og saa at de tilmed skal bort fra deres elskede Tarup, det maa rigtig nok være ganske forfærdelig trist for dem, alle de Stakler. Og sådan en Jul det bliver saa trist for dem, ja og for mig med, jeg glæder mig heller ikke spor til den, kan du nok forstaa, ved slet ikke endnu hvordan det bliver med at være her, hvis Thorvald beder mig om at være derhenne Juleaften, vil jeg selvfølgelig ikke sige nej, men det vilde jo være – ikke saa morsomt. Hvis han derimod ikke siger noget om det, mon jeg saa dog ikke kan være her? Nå, jeg vil naturligvis gøre det bedste jeg kan for dem frem for alt. - - I Morgen med Eftermiddagstoget, rejser jeg derud og på Mandag rejser ["rejser" overstreget] skal han begraves; jeg har næsten mest ondt af det for Thorvald, som gaar derovre alene uden at have en eneste af sine egne at tale med om det; han var hjemme i Søndags for 8 Dage siden ligesom alle de andre, Johanne, Mogensen, Chr. E. Chr. Elm. – kort sagt alle Børnene med Kærester, og da synes jeg det maa have været saa forfærdeligt for Thorvald at sige Farvel til sin Far og vide at næste Gang han kom igen var det til hans Begravelse. 
+Nu vil jeg sige dig en Ting, lille Elle, og det er, at der aldeles ikke kan være Tale om en Returbillet hjem i Julen – aldeles ikke Spørgsmaal om andet end at du faar dig en Bill ["Bill" overstreget] Ferie paa 14 Dage som alle andre. Er du maaske en Tjenestepige - ? Eller faar du måske saa stor en Gage, at du skal være bunden til Stedet i 8 Mdr. og saa nøjes med en ferie paa 4 Dage; det er Fanden gale mig det stiveste jeg endnu har hørt; jeg bliver saa oprørt lige ind i min Sjæls inderste hver Gang jeg tænker paa det. Søvren banke i det om du ikke skal faa dine 14 Dages Ferie d ["d" overstreget] jeg skal vise dig du skal faa det, vil du ikke sige: ”Sku’ Fanden” til Ta Mis, saa skal Mor og vil hun ikke saa skal jeg skrive et Donnerbrev til hende, det må du stole saa trygt, så trygt paa. – Jeg har ikke Tid til mere, har travlt med at få min sorte Kjole i Orden, d.v.s. piske til Odense ["Odense" overstreget] Højrup og aftale, prøve o.s.v.
+Endnu en Gang Tusind Tak for dit Brev.
+Et Kys fra Din Junge
+[På hovedet øverst på første side er skrevet:]
+Du skal maaske nok faa et rigtigt Brev inden Jul dette er kun fordi Alhed skriver – 
+Erikshåb 4de Dec. 96.
+[Rundt i kanten på side 2 og side 3 er skrevet:] Hør, det er sandt, dit lille Fæ! Når du rejser om Natten taber du jo Tid i Stedet for at vinde, en Returbillet gælder jo fra det Døgn, hvori den er taget, altså enten du tager – f.Ex – Mandag Morgen Kl 9 eller Mandag Aften Kl. 8, så gælder den lige længe, du maa da i alle Tilfælde forhøre først, om jeg skulde tage Fejl og om den mulig skulde gælde fra Klokkeslæt til Klokkeslæt, men jeg tror det ikke. 
+[Tværs over side 4 er skrevet:]
+Vil du sende dette til Anne så er Du sød, det er en Opskrift på Marcipan</t>
+  </si>
+  <si>
+    <t>1896-12-07</t>
+  </si>
+  <si>
+    <t>Højrup</t>
+  </si>
+  <si>
+    <t>Johanne Christine Larsen
+Otto Emil  Paludan
+Albrecht  Warberg
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>"Johannes Svigerfar nu er død": Der er to muligheder: Enten var Alhed Larsens søster, Johanne (Junge) forlovet med en anden, inden hun giftede sig med Johannes Larsens bror, Adolph (Agraren), eller også er den omtalte Johanne end Alheds søster.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen er forkølet og har derfor ikke kunnet komme på besøg hos Alhed. Hun er alene hjemme med Paludan ("Palam").
+Johannes svigerfar er død.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/aYW2</t>
+  </si>
+  <si>
+    <t>Erikshaab 7ende Dcbr. 1896
+Kære Las!
+Tak for Deres Brev, som jeg fik i Aftes, da vi havde Bud i Højrup til det sidste Tog; jeg var umaadelig glad ved det, da jeg næsten var lidt bange for, at De paa Vejen her til skulde have brækket et Ben paa Gr. af det glatte Føre og derfor ikke var kommen helt herned. Saa det var mig en stor Lettelse at faa Deres Brev. Og saa var det jo tillige et Slags Surrogat for Demselv. – Det er for Resten rigtig styg af Dem at gaa og blive forkølet, er de Andetræk dog ikke snart forbi? For det er naturligvis derved, De faar det; naar De nu sidder i 20 Graders Varme inde i Stuen, og saa pludselig gaar ud og staar eller sidder stille. ”Men hør nu blot, hvordan det gik, den samme, slemme Frederik”. Jeg er mutters alene hjemme i Dag og har ikke det mindste at bestille!! Tænk, hvor vi kunde have haft det udmærket, og Vejret er rigtig godt; stille, mildt Graavejr, stærkt hen imod ”Elles eget Vejr”. Tænk, hvor vi kunde have spadseret og moret os hele Dagen! Men nu – 
+”Den Doktor kom og skrev Latin og gav ham bitter Medicin”. Det er maaske ondskabsfuldt af mig at skrive dette, men forstaar de, det er kun Forkølelsen, jeg er vred paa, jeg synes at det var udmærket, at De blev hjemme, det var ogsaa koldt og ækelt Vejr i Gaar. - - Det er sandt, Palam er da ogsaa hjemme; men jeg ser ikke stort til ham, han sidder nede paa Kontoret, og jeg oppe paa mit Værelse. Jeg truede ham med før, at jeg vilde sidde ned hos ham med mit Hækletøj, men det frabad han sig paa det bestemteste. Han mener vist, at et Hækletøj forringer Kontorets Værdighed. Naar vi vil skrive og læse, - værsgo’ og ryge – Gubevares; - men hækle – aldrig i Evighed, men jeg gør det naturligvis alligevel. – Jeg opofrede mig og spiste Flæsk til Middag (Palams Livret) men tænk dem, saa spurgte han hvorfor det ikke var Æbleflæsk! Hvor Verden er utaknemmelig! Men jeg lader Naade gaa for Ret og giver Mellemmad og frisklavet Kaffe kl. 3. (Dette dog ogsaa af egoistiske Hensyn.) 
+Er det ikke noget fint Brevpapir? det er noget, jeg har hugget fra Christine. Saa dette Brev bliver nok ogsaa nydeligt. Da De skrev, at mit forrige Brev var nydeligt, troede jeg strax, at det var Indholdet og begyndte at spekulere paa, hvad jeg havde skreven. Men saa kom jeg pludselig i Tanker om, at det naturligvis var Udseendet, det var den dag, jeg havde faaet det pæne Papir af Palam og jeg tror ogsaa, at man uvilkaarligt gør sig Umage med Skriften, naar Papiret er pænt. – Lige nu læste jeg Deres Brev fra i Aftes igennem; De skriver, at de har ond Samvittighed fordi De ikke er taget herned. Og nu er jeg bleven bange for, at dette Brev ikke vil berolige Dem. Men naar de tænker Dem rigtig om, saa vil De da alligevel hellere have, at jeg skal gaa og savne Dem og ønske, at De var her, end at jeg skulde være aldeles ligeglad; ikke sandt? – Det slog mig pludselig i Gaar Eftermiddags, midt i al min Kvide og Skuffelse, hvor dejligt det dog var at holde saa meget af et Menneske, at man kunde blive saa grulig ulykkelig over en saa ringe Ting. For det er dog en ringe Ting, om vi ses 8 Dage før eller senere.
+Men i Morgen Eftermiddag vil jeg ligefrem glæde mig over at De ikke kom, for saa vilde det jo have været forbi, nu har jeg det jo at glæde mig til. – 
+De har maaske set i Avisen, at Johannes Svigerfader nu er død. Johanne er derude i disse dage, og Fader og Moder ere til Begravelse i Dag. Adis er hos Tandlæge. - - Da Kl. nærmer sig tre og da jeg næsten har skreven 8 Sider, vil jeg slutte, skønt jeg ikke synes, jeg har fortalt Dem det mindste. Nu vil jeg haabe, at De bliver glad ved mit Brev, og ikke synes at jeg er "vred" fordi De ikke kom. Men De maa ikke forlange noget saa urimeligt af mig, som at jeg skulde være ligeglad. Dersom jeg var det, vilde De jo ikke være min allerkæreste Las. De allerkærligste Hilsner fra deres Alhed</t>
+  </si>
+  <si>
+    <t>1897-05-28</t>
+  </si>
+  <si>
+    <t>Carl Høyrup
+Vilhelm Larsen
+Christian Møller, maler
+Theodor Oppermann
+Christine Swane</t>
+  </si>
+  <si>
+    <t>Kertemindebanen (jernbane) er ved at blive anlagt. Den gik på strækningen Odense-Kerteminde-Dalby og blev senere udvidet fra Dalby til Martofte på Hindsholm nord for Kerteminde.
+Banen blev indviet i april 1900. I Kerteminde var banegraven lige bag Svanemøllen, som I.A. Larsen ejede. Johannes og Alhed Larsen byggede i 1901-2 deres villa ganske tæt på Svanemøllen.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen maler på dekorationer til dørene på herregården Ulriksholm.
+Pæretræet er afblomstret, så han kan kun male på omgivelserne på billedet af det.
+Billedet af guldregnen bliver heller ikke færdigt i år, da træet kun har få blomster tilbage.
+Der arbejdes på nyanlæg af jernbane i Kerteminde.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/zfJQ</t>
+  </si>
+  <si>
+    <t>Kjerteminde 28 Maj 1897.
+Min egen Kæreste!
+Som du meget rigtigt bemærker, var jeg lige ved at blive overrasket ved at faa Brev fra Dig i Gaar, men jeg havde dog lige i Forvejen tænkt paa at det vilde være rart om der kom et. [I Dag] har det regnet hele [Dagen] saa jeg far ikke [noget af papiret mangler] male paa mine [Bille]der, jeg har derimod [noget af papiret mangler] et af de Billeder til Dørene paa Ulriksholm med Pariserblaat paa et Stykke hvidmalet Pap for at øve mig. I Eftermiddag har jeg ikke bestilt stort andet en[d] at skrive Breve, nemlig til Christine, Oppermann, Peter og min Kæreste. Pæretræet er nu afblomstret, men jeg er egentlig naaet videre med det end jeg havde ventet og jeg kan ogsaa nok naa lidt paa Omgivel[serne] endnu, jeg skal [noget af papiret mangler] at have begyndt [noget af papiret mangler] Guldregnen, men [den] bliver jeg heller ikke færdig med i Aar, da der kun [noget af papiret mangler] faa Blomster paa den. Jeg tænker at jeg kan komme ned til Dig først i Ugen efter Pintse. Klax var her Brev fra i Gaar han fik ogsaa 1ste Karakter til denne Examen men stadig ikke mere end nødvendigt. Han har jo nu kun et Fag, Landmaaling tilbage og deri skal han have mg. for at blive [Kan]didat med 1ste Karakter. [noget af papiret mangler] ulde have set en [noget af papiret mangler] lig Ugleunge, som [noget af papiret mangler] lille Fætter A[ulæseligt] var inde og vise os i Aftes da vi sad og spiste, den [saa] ualmindelig værelig [og] fornuftig ud. Maler [Møller?] skød forleden en Raabuk og i Forgaars Aftes var jeg deroppe og fik Dyresteg og Annanasfromage. Her arbejdes voldsomt med at stikke Banelinjer af for Tiden der er allerede lavet en Mængde, en af dem gaar op i mellem Møllen og Høirups Hus og skærer [noget af papiret mangler] og 3 af vore Marker [noget af papiret mangler] Nu Farvel for den[ne Gang] og mange kærlige [Hils]ner fra din hengivne 
+Johannes Larsen.
+Det er ellers nogle smukke Breve Du sender
+[Tegning]
+Det er sandt jeg lovede Dig [noget af papiret mangler] idst at sende en Teg[ning] af en af dem jeg skul[de la]ve paa Dørene her [noget af papiret mangler] er den, er det ikke [noget af papiret mangler]?</t>
+  </si>
+  <si>
+    <t>1897-07-26</t>
+  </si>
+  <si>
+    <t>Peter Hansen
+Carl Høyrup
+Adolph Larsen
+Marie Larsen
+Rasmus Petersen, Gartner
+Christine Swane
+Anna Syberg
+Fritz Syberg</t>
+  </si>
+  <si>
+    <t>Larsen fik malet "en Del paa Marie og Uglen og en del paa Træerne": De to søstre, Marie og Christine (Uglen) optræder begge på billedet Fire Piger på Lundsgårds Klint/Sommerdag på brinken.
+Jansen var Johannes Larsens jagthund.</t>
+  </si>
+  <si>
+    <t>I.A. Larsen har af skipperen fået at vide, at de først kan sejle sidst på ugen. 
+Johannes Larsen har malet på Marie og Christine (Uglen) på Klintebilledet. Der går en dejlig hættemågeunge under sofaen, og Larsen fodrer den med regnorme.
+Larsen har skudt en stor kat hos Rasmus Pedersen. Den tog kyllingerne.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/DuLn</t>
+  </si>
+  <si>
+    <t>Kjerteminde 26 Juli 1897.
+Min egen Kæreste!
+Tusind Tak for Dit Brev som jeg fik i Gaar. Jeg tror ikke at vi kommer af Sted før sidst i Ugen, jeg hørte før at Fader spurgte Skipperen om hvornaar han troede at han kunde blive sejlklar og han svarede at der vilde altid gaa et Par Dage endnu, Resultatet er altsaa at de ved det ikke. Du skal nok faa Brev saa snart der foreligger noget bestemt derom. Fredag og Lørdag havde jeg rimeligt godt Vejr til mit Billede og den første Aften fik jeg malet en Del paa Marie og Uglen og den anden paa Træerne og Kragekloen. Her gaar saadan en dejlig Hættemaageunge inde under Sofaen. Agraren kom med den i Formiddags. Den fejler lidt i den ene Vinge, men den kan nok komme sig, den har lige spist et Par Regnorme som jeg satte ind til den. I Gaar Eftermiddags var vi paa Besøg paa Scheelenborg, og spiste en Masse Stikkelsbær i Haven før vi skulde ind at spise til Aften saa det gik jo lidt ud over Appetitten. I Aften tænker jeg at det bliver Vejr til at komme i Klinten. I Middags skød jeg en stor graa Kat oppe hos Rasmus Petersen. Da vi kom og skulde i Vandet fortalte Konen at der lige havde været en Kat og haft fat i en af Kyllingerne og at den sad oppe ved Hegnet ind til Højrups Have. Rasmus rendte saa ind efter Bøsse og Patroner og jeg listede mig saa derop efter men Katten forsvandt ind bag Hegnet, heldigvis havde jeg ”Jansen” med og sendte hende ind efter den og et Øjeblik efter kom Fyren ganske rigtigt og blev skudt og begravet med det samme af Rasmus som havde en Spade ved Haanden, og var synlig oplivet over at den ikke skulde spise Kyllinger mere. Jeg har lige skrevet til Baronen og Peter og Marie har skrevet til Baronen og Hønset. Mange kærlige Hilsner fra Din hengivne
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1897-8</t>
+  </si>
+  <si>
+    <t>Sverige</t>
+  </si>
+  <si>
+    <t>Marie Schou
+Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>Alhed Larsen var i september 1897 på et månedlangt ophold på Larsen-familiens skovgård, Höljeryd, i Småland sammen med Johannes Larsen, Karl og Marie Schou, Sybergs m.fl.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2124</t>
+  </si>
+  <si>
+    <t>Rejsen gik godt, men Marie var søsyg hele tiden. Nu går de rundt i Halmstad, og i aften tager de til Höljeryd. Alheds ansigt der ligeså brunt som hendes fars hals. Det er dejligt at have ferie.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Ay6b</t>
+  </si>
+  <si>
+    <t>[Fortrykt på kortets adresseside:]
+BREFKORT.
+(DENNA SIDA ANVÄNDES ENDAST FÖR ADRESSERINGEN.)
+Till
+(Bostad,)
+om den kan uppgifvas:
+(Adressort:)
+[Håndskrevet på kortets adresseside:]
+Fru Laura Warberg
+Erikshaab - Højrup
+Danmark Fyen
+[Håndskrevet på kortets bagside:]
+Lørdag Form.
+Vi ankom godt hertil i Aftes, for sent til at skrive. Rejsen var god men sen, da Vinden mest var imod. Marie var søsyg hele Tiden, jeg slet ikke. - Nu gaa vi rundt og movere os lidt i Halmstad, der er en nydelig By, i Aften tage vi til Höljeryd. - Vi saa Lerchenborg Skove og kom ganske nær Kullen, saa Höganäs og Mølle. - Mit Ansigt er bleven ligesaa brunt som Adis' Hals. - - Det er storartet at have Ferie og at være i den friske Luft hele Dagen. - 1000 Hilsner! Eders A -</t>
+  </si>
+  <si>
+    <t>1897-12-19</t>
+  </si>
+  <si>
+    <t>Marie Larsen</t>
+  </si>
+  <si>
+    <t>Agnes -
+Maren -
+Laurentius Allerup
+- Birck
+Frants Birck
+Esther Boisen
+Kristina Eckardt
+Margrethe  Eckardt
+- Fibiger, Frøken
+- Fram Frøken
+Peter Hansen
+Syrak Hansen
+Adolph Larsen
+Alhed Larsen
+Georg Larsen
+Jeppe Andreas Larsen
+Johannes Larsen
+Marie Larsen
+Vilhelm Larsen
+- Lorentzen, Fru
+Christine Swane
+Carl Christian  Swendsen</t>
+  </si>
+  <si>
+    <t>Mesterhuset i Faaborg er Peter Hansens barndomshjem. De omtalte portrætter er muligvis fotografier.
+Canseliet er godsforvalteren på Hverringe Gods.
+Det er uvist hvilken lensgreve, der omtales.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv. Breve Christine Swane, kasse 1, kuvert 1, 2002/61, A8, Lb 11</t>
+  </si>
+  <si>
+    <t>Familien Larsen skulle samles i Kerteminde i julen. Johannes Larsen skulle til Sybergs i Svanninge med en hundehvalp. Peter Hansen sendte brev og portrætter. Han bad Johannes Larsen om at besøge ham i Faaborg.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/DIJT</t>
+  </si>
+  <si>
+    <t>Kjerteminde den 19/12 97
+[Indsat side 1 på hovedet] Jo du skal ogsaa have brev Juleaften
+Kjære lille Marie
+Vilhelm hentede Post i aften for vi troede nok der var Brev ganske rigtig men Grosseren vilde ikke lukke op før i dag tilmorgen
+Jeg sad og lappede en Skjorte til Johannes saa jeg maatte haabe paa andre Tanker og ganske kort efter kom Fader med Brevet, det var til ham sagde han men jeg vidste bedre det var bare for at tilkjæmpe sig Retten til at læse først 
+Jeg blev ved at spørge kommer hun vent nu bare jeg er jo ikke færdig endnu med Brevet saa kom Rosinen i Pølseenden jeg kommer Juledag
+Gud ske Lov det havde rigtignok været et forfærdeligt Skaar i Juleglæden om vi ikke havde faaet dig hjem som du skriver hvad gjør det naar du tog Juleaften med i Morgen er jeg paa Hjemvejen; hvor længe vi maa beholde dig det meldte du intet om men det vil vi ikke tænke paa ved Modtagelsen
+Sig dog til Fru Lorentzen hvor glad jeg blev og alle de andre Agrarens stadige Spørgsmaal kommer Marie til Julen
+Imorges med Dagvognen rejste Johannes til Svanninge med den lille Hvalp der i Anledning af Rejsen blev sæbevasket i aftes og sov oppe hos Maren i Nat hun strøg i Aftes og saa tørredes den i Kjøkkenet det blev sent og saa tog Maren den med i Seng for at den ikke skulde hyle den var rigtig nok bleven smuk og skal have Navnet Don, ved Højrup Station vilde Alhed støde til og tage med til Svanninge derfra tager de tilbage til Erikshaab og paa Onsdag rejser Johannes hjem og Uglen gaar ind i Faaborg hvor de mødes med Fader i Odense og Agraren har faaet Bud om at møde samtidig saa begynder vi at samles, Christine faar saa hjælpe mig lidt med et Par Kager for det har jeg ikke Mod paa, og saa kommer du Juledag saa er vi der Alle igjen
+Christine Eckardt maa ogsaa nøjes med at rejse Julemorgen Jeg tænker saa at de følger hende
+herover, det skrev Margrethe noget om
+Vilhelm er ude at gaa en god lang Tour i det mageløse Julevejr jeg kom nu ind fra Haven med 4 Rosenknopper som skulde springe ud til Juleaften om de vil, Juleroserne er i store Knopper, der bliver samlet en Gave til Fru Bojsen i Aar, og saa har jeg tænkt at lægge alle Pengene i en Kurv og Juleroser ovenpaa; Fru Fram er saa venlig at gaa alle Steder her i Byen hun mente naar I ikke er hjemme saa skulde jeg spares for den Gang
+Grøden tager jeg til Asylet som jeg plejer, det er paa Torsdag ja nu er der jo ikke mange Dage igjen
+Her var Brev og Portrætter fra P Hansen i forgaars han bad Johannes besøge dem i Mesterhuset hvorhen de rejste i Julen og holdt Hus der med Agnes som Pige maaske Mester rejser til Esbjerg
+Tro mig Dine bliver glad i dag og Børnene ved den lille Hund forrige Brev skrev Christine at hun vilde gaa til Horne i dag og besøge Marens forældre saa faar hun en frisk Hilsen med hjem til Julen hun er saa ikke hjemme naar Johannes kommer; men jeg fik det saa sent at vide at jeg ikke kunde forandre noget, hun gaar vel heller ikke saa sent derfra for hun tør jo ikke gaa i Mørke. Her er slet ikke noget Nyt at fortælle Laurentius var her forleden Aften han spurgte ogsaa kommer Marie hjem, vi ved det ikke. Jeg skriver til min Søster skal dog ikke Marie Larsen hjem i Julen han skal spille med i en lille Komedie heroppe hos Canseliet imellem Jul og Nytaar og han er saa ærgerlig over at være gaaet med til det Pjank – men nu er det jo gjort Frøken Fibiger har været i Kjøbenhavn en Maanedstid for at holde Huus for Lenhnsgrevens
+Marie kan du huske Birck havde en Bror der hed Frants; han var Mejerist; men opholdt sig hos Birck for at uddanne sig som Handelsmand han led meget af Søvnløshed og havde flere Gange taget Opium for [”for” overstreget] Tandraaber og det havde aldrig gjort ham noget denne sidste Gang var han sovet ind – det er en stor Sorg han var saa god og elskværdig oh hvor det maa være forfærdelig komme
+[indsat side 4 i margin] og see dem saadan, der blev gjort alt muligt med Udpombning
+[indsat side 3 i margin] men forbi var Livet Fader gik en Tour jeg skulde
+[Indsat side 2 i margin] med, men mine Støvler er hos Skomageren; det gode var ved
+[Indsat i margin side 1] Historien at dit Brev blev færdigt nu lille Mis skal jeg skrive mere før jeg ser dig men vi faar Brev Juleaften</t>
+  </si>
+  <si>
+    <t>Erikshaab pr. Højrup</t>
+  </si>
+  <si>
+    <t>Louise Brønsted
+Christian Eckardt
+Kristina Eckardt
+Alhed Larsen
+Johanne  Larsen</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvilken kopi det er, som Alhed Larsen har solgt.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB0342</t>
+  </si>
+  <si>
+    <t>Louise har bestået kemieksamen med glans. Mange andre klarede det ikke. 
+Alhed har solgt sin kopi for 70 kr.
+Laura, Alhed og en til har været til frokost i Tordenskjoldsgade.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/XJJe</t>
+  </si>
+  <si>
+    <t>Her Godsforvalter Warberg
+Erikshaab
+pr. Höjrup
+Fyn.
+[Kuvert bagside:]
+Hilsen til alle paa Haabet fra Familien Zulu. 
+[I brevet:]
+Fredag KL. 4½.
+Kære Abba !
+Muk bestaaet med Glands i Kemi; var oppe i Kulstof og sagde ingen Fejl. Flere andre af dem der bestod, klarede sig ikke nær saa godt. Jeg kom i Formiddags og tog næsten Alhed paa Sengen. Hun har solgt sin Kopi og faaet 70 Kr. for den. Jeg gik uden Indbydelse med hende og Mo[ulæseligt] til Frokost i Tordenskjoldsgade, blev vældig pænt og venligt modtaget var der 2 Timer. Har nu været paa en lang Visit i Læssøegade, skal til Christian og Stine i Morgen til The med Junge, jeg naaer alt udmærket!.
+Det er Middag nu!
+Muk er straalende, hun havde været meget ængstelig.
+Mange Hilsener.
+Din Smaa.</t>
+  </si>
+  <si>
+    <t>marts eller april 1898</t>
+  </si>
+  <si>
+    <t>Berta Brandstrup
+Johanne Christine Brandstrup
+Ludvig Brandstrup, billedhugger
+Christian Kampmann
+Johanne Kampmann
+Ellen  Sawyer
+- Winther, Fru</t>
+  </si>
+  <si>
+    <t>Alhed Larsens bedstemor, Johanne Brandstrup, døde 5. april 1898. Alheds lillebror, Frederik Andreas Warberg, blev konfirmeret 3. april 1898. 
+Johannes Larsen udstillede på Den Frie 1898.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2216</t>
+  </si>
+  <si>
+    <t>Alhed Larsens bedstemor er meget dårlig med opkastninger og besvimelse. Der er hyret en vågekone. Man kan ikke sige, hvor længe endnu bedstemoderen vil leve. 
+Alhed beder moderen om at udsætte vasken, til hun og hendes søskende er hjemme. Moderen må ikke anstrenge sig så meget lige før konfirmationen. Hun håber, at faderen passer på sig selv i det væmmelige vejr.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/CdkH</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Laura Warberg
+Erikshaab.
+Fyen Højrup Station
+Kære Mor!
+I Gaar var jeg ude hos Bedstemor og kom ind hos hende. Hun er temmelig forandret, synes jeg; ser saa mat og daarlig ud, men i Gaar Formiddags X [tilføjet nederst på side 1:] x da jeg var der [tilføjelse slut] havde hun det vist eller ganske godt -, hun er fuldstændig aandelig rarsk [”r” midt i ordet overstreget] og spurgte til Eder allesammen. 
+I Dag var jeg nede hos Berta og Lud for at spørge til hende; i Gaar Eftermiddags havde det været meget daarlig med Opkastninger og Besvimelse, men i Dag var det igen bedre. – Jeg kommer ikke til at vaage derude alligevel, da de have faaet en Kone, Fru Winther havde anbefalet. – Du tænker naturligvis paa Konfirmationen, men der er vist ingen Mennesker, der kan have nogen bestemt Mening om hvorlænge det kan trække ud, Tale om Helbredelse er der vist absolut ikke. Jeg længes meget efter at høre et Par Ord fra Dig, ogsaa om, hvad Du mener om Elles Udeblivelse. Kan Du ikke helt udsætte den Vask til efter Paaske, saa ere vi jo begge hjemme; Du maa da endelig ikke gaa og overanstrænge dig til Konfirmationen og Paasken, naar vi alle ere hjemme. – Las kommer i Morgen, hans Billeder hænger så kønt paa Udstillingen – Jeg haaber, Far passer paa i dette kolde ækle Væjr [”Væjr” overstreget] Vejr, at han ikke faar Tilbagefald.
+1000 Hilsener til Alle.
+[Skrevet på tværs øverst på s1:] Kampmanns er saa voldsom søde imod mig. I Aftes skulde vi have en lille 3 Mands L’Hombre. De ere jo noget misfornøjede med, at jeg bliver saa kort.
+Din A.</t>
+  </si>
+  <si>
+    <t>Andreas Warberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvem "Ledle" eller "Lotte" (svært læseligt) er.</t>
+  </si>
+  <si>
+    <t>Det har været et dejligt vejr, og Alhed har solet sig på brinken med sin søster. Vejret må have været godt til Johannes Larsens billeder. Alhed har ikke fået malet noget videre.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/89HM</t>
+  </si>
+  <si>
+    <t>Min egen, kære Dreng!
+Du faar kun en ganske lille Hilsen fra mig i Aften, jeg synes, Du skal høre lidt fra mig hver Dag, selv om det ogsaa kun bliver nogle faa Ord. – Ledle og Dede have været her i Dag, de skulle have det med til Højrup om lidt. – Sikken et henrivende Vejr vi have haft i Dag, det har jo været brillant for Dine Billeder. Jeg har dovnet, kun pillet en lille Smule ved mit. I Formiddags var Dis og jeg ude paa Brinken, hvor vi laa og solede os c. en Timestid, det har jo været aldeles sommervarmt. – Min egen Frajser, Du faar ikke mere, vær ikke vred!
+1000 kærlige Hilsner til min egen Ven fra Din
+Alhed.</t>
+  </si>
+  <si>
+    <t>1898-02-03</t>
+  </si>
+  <si>
+    <t>Erikshaab pr. Højrup St.</t>
+  </si>
+  <si>
+    <t>Jens Theodor Berg
+Wilhelmine Berg
+Johanne  Brandstrup
+Louise Brønsted</t>
+  </si>
+  <si>
+    <t>Laura Warberg overnatter på sin søster (Mis) og svogers (Zuluen) pensionat.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, uden registreringsnummer ("Bibbe-brev"?)</t>
+  </si>
+  <si>
+    <t>Laura Warberg kom frem uden søsyge. 
+Louise skal til eksamen i kemi.
+Der er fuldt hus, så Laura skal sove i Jens*/Zuluens værelse.
+Albrecht må ikke tage de øverste manchetskjorter på til Arreskov.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/P2tE</t>
+  </si>
+  <si>
+    <t>[Fortrykt: Postvæsenets logo] 
+KORRESPONDANCE-KORT.
+Til 
+[Håndskrevet:]
+Hr Godsforvalter Warberg
+Erikshaab
+pr. Højrup
+Fyn.
+[s1:]
+Torsdag d: 3de
+Kære Abba! Jeg slap over Bæltet uden Søsyge kom først i Kahytten og fik den bedste Plads, hvor jeg laa uden at røre mig. Sov udmærket i Missionen og kom her Kl. 10 til stor Glæde og Overraskelse for dem her. Jeg mødte Muk paa Trappen; hun skal op i Kemi i Morgen, er rask og ser godt ud. Her er fuldt Hus, saa jeg skal ligge paa Sofa i Zulus Stue, men det er jo rigtig godt; Mis siger at jeg kan være ganske ugenert her. I Aften gaaer jeg til Mor; de siger hun er ikke rask. Tag ikke de øverste Manchetskjorter til Arreskov, de er gule. Mange Hilsener! Jeg kommer altsaa Mandag. 
+Din Smaa.</t>
+  </si>
+  <si>
+    <t>Jens Theodor Berg
+Wilhelmine Berg
+Johanne Christine Brandstrup
+Louise Brønsted</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0367</t>
+  </si>
+  <si>
+    <t>Laura Warberg blev ikke søsyg på turen. Louise skal til eksamen i kemi.
+Det er fuldt hus, så Laura ligger på sofaen. Lauras mor er ikke rask.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/lpjo</t>
+  </si>
+  <si>
+    <t>[Fortrykt:]
+Postvæsenets logo 
+KORRESPONDANCE-KORT.
+Til 
+[Håndskrift:]
+Hr Godsforvalter Warberg
+Erikshaab
+pr. Højrup
+Fyn.
+[s1:]
+Torsdag d: 3de
+Kære Abba! Jeg slap over Bæltet uden Søsyge kom først i Kahytten og fik den bedste Plads, hvor jeg laa uden at røre mig. Sov udmærket i Missionen og kom her til Kl. 10 til stor Glæde og Overraskelse for dem her. Jeg mødte Muk paa Trappen; hun skal op i Kemi i Morgen, er rask og ser godt ud. Her er fuldt Hus, saa jeg skal ligge paa Sofa i Zulus Stue, men det er jo rigtig godt; Mis siger at jeg kan være ganske ugenert her. I Aften gaaer jeg til Mor; de siger hun er ikke rask. Tag ikke de øverste Manchetskjorter til Arreskov, de er gule. Mange Hilsener! Jeg kommer altsaa Mandag. 
+Din Smaa.</t>
+  </si>
+  <si>
+    <t>1898-02-16</t>
+  </si>
+  <si>
+    <t>Christian Andersen
+Ludvig Brandstrup, billedhugger
+Peter Hansen
+Carl Høyrup
+Vilhelm Larsen
+Hedevig Lützhøft</t>
+  </si>
+  <si>
+    <t>"Lus" kan være billedhuggeren Ludvig Brandstrup.</t>
+  </si>
+  <si>
+    <t>En skipper har købt Larsen-familiens skib Azela og en anden har købt skibet Addy. 
+Jernbanen er ved at blive bygget, og den kommer nok til at gå igennem familiens marker.
+Alhed kommer snart hjem fra Københavnsopholdet.
+"Lus" (Ludvig Brandstrup) har sendt en regning.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/FwGG</t>
+  </si>
+  <si>
+    <t>Kjerteminde 16 Februar 1898.
+Min egen Kæreste!
+Tak for Dit lille Brev, som jeg lige har læst, nu jeg kom hjem fra at male. Du kan da nok begribe at jeg hellere vil have et lille Brev, end jeg vil undvære det. Jeg bliver ligefrem [noget af papiret mangler] det naar der ingen [noget af papiret mangler] Nu er her da lidt [noget af papiret mangler] der ikke været her [noget af papiret mangler] det er også der- [noget af papiret mangler] først faar dette [noget af papiret mangler]. Skipperen fra Nibe købte saa Briggen ”Azela” i Gaar for 4200 Kr. og ikke saasnart var den solgt før vi fik Telegram fra en [noget af papiret mangler]ler i Kjøbenhavn at [noget af papiret mangler] en Køber til en af de andre. I Morgen kom han saa med en Svensker og han købte saa ”Addy” for 4950 Kr. saa nu har vi kun ”Rigmor” og ”Vilhelm” og ”Rhea” tilbage. Der er nu Vrøvl med Banelinien igen og der er Sandsynlighed for at den alligevel kommer til at gaa op mellem og Højrups og ud gennem vore Marker. Min [Farbror] oppe fra Vendsyssel [kom i] Gaar og rejste i [Dag med] Posten, saa det var [noget af papiret mangler] kort Visit. Den g[noget af papiret mangler] per er her endnu, men [noget af papiret mangler] rejser i Morgen. Da jeg gik hjem fra Chr. Andersen gik jeg og glædede mig over at der nu kun var [noget af papiret mangler] til Du kom, for Du kommer vel i Løbet af en 8 Dages Tid, og da jeg saa læser Dit Brev ser jeg at Du ogsaa har tænkt paa at der ikke er længe til. Du kan tro jeg glæder mig og Du kan tro jeg skal kysse Dig naar Du kommer. Det er nu saa mørkt at jeg næsten ikke kan se at skrive. Peter og Klaks [noget af papiret mangler] læser Politiken [noget af papiret mangler] jeg faa dem til [noget af papiret mangler] skrive i Mutters [noget af papiret mangler] sig til i Morgen [noget af papiret mangler] eller i Morgen Middag og faar vel allerede Brevene, nu har Klaks tændt Lys henne ved det andet Bord, s[noget af papiret mangler] jeg flyttet. Jeg fik B[noget af papiret mangler] Regning fra Lus i Dag [noget af papiret mangler] har skrevet mig 50 Kr af paa den, i Stedet for 25 Kr jeg har betalt jeg skal dog op at spørge hvordan det hænger sammen naar jeg kommer derover. Nu har jeg ikke mere at fortælle Dig denne Gang; ikke andet end at jeg elsker Dig og glæder mig [noget af papiret mangler] til at se Dig og længes forfærdelig efter Dig [noget af papiret mangler] nu ikke forsent til [noget af papiret mangler] fra Din hengivne
+Johannes Larsen</t>
+  </si>
+  <si>
+    <t>1898-02-17</t>
+  </si>
+  <si>
+    <t>Christian Andersen
+Peter Hansen
+Carl Høyrup
+R J Steen</t>
+  </si>
+  <si>
+    <t>Det er længe siden, at Johannes Larsen har været så glad for at male på et billede (hvilket billede, der er tale om, fremgår ikke).
+Peter Hansen har været med på Teknisk Skole. Eleverne stak af, da de fik melding om, at der var ild i Højrups hus. Branden var slukket, da brandfolkene kom.
+En søn til skipperen, der har købt skibet Azela, er på besøg.
+Johannes Larsen har bestilt ramme til Chr. Andersen lader patroner.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/9Xzb</t>
+  </si>
+  <si>
+    <t>Kjerteminde 17 Feb. 1898.
+Min egen Kæreste!
+I Gaar var det ogsaa kun et lille Brev Du fik fra mig, men jeg haaber at Du har det ligesom jeg at Du hellere vil havet et lille end slet ingen, og Du kan jo nok forstaa at jeg ikke har haft saa let ved at komme til at skrive i al den Forstyrrelse her har været i disse Dage. Jeg er begyndt at vaagne lidt tidligere om Morgenen i denne Tid, d.v.s. jeg kommer ned Kl. 8 saa jeg kan naa at faa Appetit til Frokosten og komme ned at male lidt før Kl. 10, ja i Gaar var jeg dernede 9 ½ men det viste sig at være for tidlig. Det er længe siden jeg har malet noget jeg har været saa glad for at arbejde paa, naar jeg er færdig om Aftenen glæder jeg mig til at det skal blive Morgen saa jeg kan faa begyndt igen bare det nu maa vare saa længe at jeg kan faa noget godt ud af det. Kl. er nu kun godt 9 saa jeg har ikke været dernede endnu, jeg vil ikke slutte Brevet nu men se om, jeg ikke kan faa skrevet lidt mere, naar jeg kommer hjem til Middag. I Aftes var Peter med nede paa teknisk Skole fra den begyndte og til Kl. 8. Da Kl. var 20 M. over 9 kom der en og meldte at der var Ildebrand oppe hos Højrups og i et Øjeblik var Lokalet tomt, jeg lod dem naturligvis stikke af og gik hen og saa ud af Vinduet, og da jeg ingen Ting kunde se gik jeg hen og skrev i Protokollen og Vejassistenten og jeg gik saa op paa Loftet for at se om vi kunde opdage noget, men der var heller ingen Ting at se. Paa Vejen hjem mødte vi hele Brandmandskabet, og fik saa at vide at der havde været Ild i en Kakelovnskærne deroppe, men det var bleven slukket inden de naaede derop med Sprøjten. Da jeg kom hjem var Skipperens Søn kommen, ham der skal have ”Azela” han har ligget oppe hos sin Fader i Nat. Jeg kan for Resten godt lide den gamle, han bliver mere og mere tiltalende, nu snakker han heller ikke saa ustanselig som den første Dag. Hver Gang jeg skriver et Brev til Dig, glæder det mig, at der nu er en Dag mindre til Du kommer, ja jeg glæder mig ganske umaadelig til at faa Dig at se og kysse Dig min egen søde Kæreste. Nu vil jeg holde op med at skrive og gaa ud for at spise Frokost, saa skal jeg se om jeg kan faa skrevet noget mer naar jeg kommer hjem til Middag.
+Nu har jeg spist til Middag og kan altsaa skrive lidt igen. Jeg fik ikke malet ret meget i Formiddag for Solen skinnede lige ned i Øjnene paa mig næsten hele Tiden saa jeg ikke kunde se noget, men i Eftermiddag tænker jeg at jeg faar gjort en hel Del. Jeg har været ovre hos Sten lige før Middag og bestille Rammen til det Billede med Chr. A. Det blæser meget stærkt i dag. Jeg ser det er ikke ret meget jeg har skrevet nu, men Du faar nok ikke mere denne Gang. Mange allerkærligste Hilsner fra Din hengivne
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1898-02-20</t>
+  </si>
+  <si>
+    <t>Christine Swane</t>
+  </si>
+  <si>
+    <t>Carl Becher 
+Poul Boisen
+- Friis, Skibsmægler
+- Hvilsom
+Carl Høyrup
+- Jørgensen, Kaptajn
+Adolph Larsen
+Georg Larsen
+Jacob Larsen
+Jeppe Andreas Larsen
+Johannes Larsen
+Marie Larsen
+Martin Larsen
+Vilhelm Larsen, Georgs søn
+Clara Lindberg
+Peter Olsen
+Rigmor Sorterup</t>
+  </si>
+  <si>
+    <t>Christine Larsen/Swane boede hos Anna og Fritz Syberg; fulgte Fritz' undervisning på Teknisk Skole og hjalp til i huset. 
+I.A. og Vilhelmine Larsen var godt igang med at gå konkurs med deres virksomheder. 
+Det vides ikke, hvem Jens, Erik, Kurér Petersen, Christine og Margrethe var. 
+Hyrdehuset ligger og lå ved Nordstranden i Kerteminde; for foden af Hyrdevej. 
+"Banen": Jernbanelinjen, som blev bygget netop 1898-1900. 
+"Møllen": Svanemøllen ejet af V. og I.A. Larsen og siden af Alhed og Johannes Larsen. 
+Johannes Larsen underviste på Teknisk Skole ("Tekniske").
+Broløkke: En lille herregård nær Kerteminde.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv</t>
+  </si>
+  <si>
+    <t>Vilhelmine og I.A. Larsen har solgt skibene Azela og Addy og også et par stykker jord. Olsen skal fremover sejle Fanny. Asylet er også solgt, og salgssummen går til afbetaling af gæld. 
+Jernbanen kommer til at gå ved Svanemøllen, så i den forbindelse får Larsen-familien også nogle penge.
+Der har været brand hos Højrup, men den blev nemt slukket. Johannes Larsens elever stak af for at se branden.
+Christine skal ikke bekymre sig for sin mor. En dame kommer hver lørdag og hjælper med vasken. 
+Vilhelmine og I.A. Larsen rejser til Sverige for at mødes med en mand, der skal bo i et af deres huse. 
+Johannes giver Christine lov til at arbejde med tusch. 
+Vilhelmine glæder sig til at se sine børn i påsken.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/plqW</t>
+  </si>
+  <si>
+    <t>Kjerteminde den 20. Februar 1898
+Kjære lille Dinemor.
+Her fandt Fader en lille fin Pen som jeg skal skrive med og naar jeg nu ogsaa skriver fint og tæt saa kan Du faa en hel Del at vide – forudsat her bliver Ro til 4Tiden Hvor skal jeg dog nu begynde for at faa en Orden i Sagerne – forrige Søndag skrev jeg jo til Dig; Mandag Eftermiddag kom Bager Becker med en jydsk Skipper der vilde se paa et Skib; det var en gammel Mand paa Alder med Fader men livlig og meget talende forresten et rigtig Naturmenneske, - han blev her om Natten og næste Formiddag gik [ulæseligt] med ombord for at tale med om Sagerne – han valgte ”Azela” men der var ikke Enighed om Priserne, der blev der ikke [ulæseligt ord] og vi spiste saa Middag i mellemtiden var Georg rendt ned til Banen Captainen ham er der anderledes Liv i Men han gjorde sig til Ærinde at kjøbe en Byggegrund af Haven oppe ved Laden saa hørte han jo om den anden Have der og ved Kaffen kom Handelen i Orden de 500 der var dem imellem blev bekræftet men saa Kjøbssummen er 4000,[overstregede tal]250 [tallet indsat mellem to linjer] Kr betalt ved Afsejlingen herfra inden Maj. – der blev saa telegraferet efter hans og Jens’ Arbejdstøj, han kom næste Aften og de laa paa Faders Værelse. Midt i al den Handel kom Farbroder Jacob men han laa hos Martins og blev kun 2 Dage – samme Dag som han kom ogsaa Hrr. Huilsom fra Kjøbenhavn med en svensk Skipper, som vilde købe ”Addy” paa 3 Timer blev den Handel afsluttet og Kjøbesummen er 5000 Kr, - var det ikke godt lille Ugle, og han mente naar Rigmor blev gjort sejlfærdig saa skulde han skaffe os en Kjøber til den med 7000, hvad siger Du ved den Historie det begynder at lyse op i Mørket. Nu tænker Du vist Olsen er kjed af det; men her er noget andet i gjære Fris vil sælge sin Mæglerforretning til Captajn Jørgensen – der fører ”Fanny” og saa skal Olsen have den at sejle med, saa bliver alle Parter hjulpen om det en Kæp. Du kan vel se Din Fader – lille Dine tale og fare omkring imellem alle disse Mennesker. Idag kom de to Mænd som har kjøbt Asylet og betalte 2.000 Kr, - vi faar rigtignok ikke en Øre det gaar til Afbetaling paa Gjæld, men det er herligt jeg er saa glad
+Saa er her igjen tale om at Banen skal gaa op ved Møllen, det er inde ved Ministeriet, jeg troer nok de fleste Penge er tilstede og Folk er bleven meget ængstelige for Hestene ere alle sky for Tipvognene der er lagt ud ved Hyrdehuset, det kan ikke vare længe inden det maa komme tilbage for der er allerede begyndt ved Revninge med Gravningen, bliver det til Alvor lille Dine saa faar vi Penge Penge naada dada min lille Ven hav blot Taalmodighed saa skal du bare se, medens vi er oppe i det Nabolag saa fik saa fik vi en Forskrækkelse forleden Aften Georg kom meget hurtig det brænder hos Højrup Erik er rendt efter Sprøjten. Fader og Vilhelm kom snart i Tøjet men da de kom derop havde Hinke slukket Ilden og Vilhelm styrtede saa ned at stoppe Brandfolkene. Johannes kom grinende hjem, der var kommen Bud ned efter Kurer Petersen der var paa Tekniske da Drengene hørte Brand var Skolen (!) ryddet lige straks Fader var deroppe næste Dag Ilden var fra en Kakkelovn der brændte et Skjærmbrædt af ved at hælde Vand paa var Loftet i Salen spoleret det kan vel regnes for 50 Kr men Højrup havde meldt det til Assurandørerne for naar man assurerer skal man ikke give de Penge ud og saa selv betale Skaden det kan jo være rigtig nok. 
+Du maa ikke ængste Dig for mig lille Dine jeg gjør ikke mere end jeg kan magte, og den Kone der vasker hun er at faa til enhver Tid saa har jeg bedt hende engang for alle at komme ned Lørdag spise med os og saa hjælpe Maren, saa gaar det nok altsammen. Nu skal vi snart slagte lille Dine saa vil I vel nok have Pølse igjen. Vi har lige brygget og nu vasker vi i Ugen og saa slagter vi; for sidst i denne Maaned eller først i den næste maa vi afsted til Sverrig. Manden der skal bo kommer nogle Dage før den 14 Marts og vi maa jo være der før ham
+Her var ingen Brev fra Marie idag, men saa kommer det nok imorgen saa venter jeg med at skrive til hende imorgen derfor faar du saameget. Adolph er hjemme og er glad han har Mandag med, Du kan ogsaa tro jeg længes efter Dig. Ja i Paasken der maa vi rigtignok sees søde Ven, pas paa Du ikke slider formeget. Johannes mener godt ”Du” kan tage dig den Fornøjelse at male lidt Tus gaar du saa meget lettere til Tegningerne oven paa den Glæde; men det maa Du nu selv lille Ven som Du vil. Christine kunde du ikke engang have Lyst at male et Par Blomster til Boisen han var dog saa glad da han saa dit Havehuset og jeg vil saa gjerne glæde ham vi har dog saa meget Udbytte af ham Det var Rigmor Sorterups Fødselsdag den 10 Februar og Fru Lindberg hende har jeg ogsaa havt Brev fra det sender jeg Marie saa kun du faa Margrethes er det ikke et glædeligt Brev. Christine vilde have været herud i Dag men saa telefonerede hun i Aftes, og er vist glad hun ikke kom ud i det Vejr det sneer forfærdeligt. Johannes er gaaet til Brolykke han skulde op at se paa nogle Udstillingsbilleder som vel skal over og kaseres.
+Nu sødeste kjære Dine Farvel og glædelig Fastelavn hils alle fra din trofaste Moder som altid beder for sine Børn Gud velsigne Eder og gjøre Eder glade ak ja lille Dine det ligger mig saa meget paa Hjærte at faa dig glad, lille Ville er sød og trives godt kan du tro Din Moder</t>
+  </si>
+  <si>
+    <t>Peter Hansen
+Adolph Larsen
+Jeppe Andreas Larsen
+Peter Magnussen
+Sigbjørn Obstfelder
+Viggo Winkel</t>
+  </si>
+  <si>
+    <t>Peter Hansen er stadig på besøg. Johannes Larsen glæder sig til, at Alhed snart kommer fra København. Han skriver, at de snart må gifte sig, for folk snakker.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/pghm</t>
+  </si>
+  <si>
+    <t>Kjerteminde 20 Februar 1898
+Jeg skal hilse Dig fra Peter.
+Min egen Kæreste!
+Gud ved hvornaar jeg egentlig faar Lejlighed til at skrive et ordentlig Brev til Dig. For Øjeblikket sidder jeg her paa mit Værelse og skriver paa et Stykke Papir jeg har faaet af Peter, som er ved at sende et Par Bøger væk, den ene er en af Obstfelder, som hedder Korset den har jeg læst og synes det er en køn Bog, har Du læst den? Jeg er ellers kommen her op for at klæde mig om jeg har lovet Højrup at komme op til ham i Dag, det er et ækelt Vejr sydlig Blæst og Snevejr. Jeg har ikke malet i Dag, Peter, Agraren og jeg var en Tur ude i Marken før Middag. Før var vi ovre for at blive vejede jeg vejer nu kun 155 Pund og har altsaa taget 1 Pund af igen. Det er jo kun et lille Brev, men Du vil jo hellere have det end slet ingen ikke sandt. Tak for Dit Brev i Morges, jeg synes jeg bliver gladere og gladere for Dine Breve hver Gang jeg faar et nyt. Hvis Du nu kommer paa Lørdag, er der kun Mandag Tirsdag Onsdag Torsdag og Fredag altsaa kun 5 Dage til Du er her og i Morgen er der kun 4 Dage til. Du kan være vis paa at jeg glæder mig til at komme hen og hente Dig. Har Du set Winkel og Magnussens Fotografiudstilling paa Charlottenborg? I Gaar havde Borgmesteren sagt til Fader, at jeg var nok bleven forlovet, han havde set Frk Warberg i Kjøbenhavn, det var en nydelig Pige, - det er den Søn der altid ser saa skævt til mig. Du ser altsaa at Situationen er ikke holdbar i Længden, eller rettere sagt ikke længere, saa vi bliver nødt til at gifte os snart. Jeg glæder mig til at komme ned og male i Morgen, men allermest til at jeg snart skal se Dig og kysse Dig min egen Kæreste. Mange Hilsner fra Din hengivne Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1898-02-21</t>
+  </si>
+  <si>
+    <t>Christian Andersen
+Carl Høyrup</t>
+  </si>
+  <si>
+    <t>Om hvornår Alhed kommer til Kerteminde.
+Johannes Larsen har tegnet ornamenter på rammen til billedet Chr. Andersen lader patroner, og om aftenen skal han begynde at skære dem ud.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/aTo4</t>
+  </si>
+  <si>
+    <t>Kjerteminde 21 Februar 1898
+Kæreste Alhed
+Tak for Brevet som jeg lige har faaet, i Dag er jeg komme[noget af papiret mangler] ordentlig Tid, nemlig [noget af papiret mangler] jeg vil nu skrive et Par [noget af papiret mangler]den Frokost, saa kan jeg [noget af papiret mangler] naar jeg kommer hjem [noget af papiret mangler] Andersen. I Aftes var jeg [noget af papiret mangler] Højrups det var et væmmeligt Vejt baade da jeg gik derop og da jeg gik hjem. Jeg sidder og ser paa Almanakken og jeg opdager at der paa Lørdag kun er 2 Dage tilbage af denne Maaned, saa naar vi eller i hvert Fald Du skal være paa Erikshaab den 6 Marts k[noget af papiret mangler] altsaa kun være her en [noget af papiret mangler] Derved kommer jeg til det Resultat at hvis det ikke er [noget af papiret mangler] Mening at komme paa [noget af papiret mangler], saa maa Du komme [noget af papiret mangler] Lørdag, nemlig Torsdag [noget af papiret mangler] Fredag, og saa kan Du [noget af papiret mangler] lade mig vide naar jeg [noget af papiret mangler] hente Dig. Du maa ende[noget af papiret mangler] vente længere længere [noget af papiret mangler]nges forfærdelig meget efter Dig, hører Du, Du maa komme senest Lørdag, Du har jo ingen Ting at vente efter, og Du har jo hele Tiden lovet at du vilde komme sidst i Maaneden og naar der kun er 2 Dage tilbage [noget af papiret mangler]da det da ikke være [noget af papiret mangler] senere. Jeg blev saa [noget af papiret mangler] af det da jeg læste i Dit Brev før at Du ikke er vis paa at Du kommer Lørdag, jeg længes forfærdelig meget efter dig og jeg elsker Dig. Kommer Du saa ikke paa Torsdag. Nu maa jeg ind og have lidt Frokost og saa n[noget af papiret mangler] Chr. Andersen, saa kan jeg fortsætte naar jeg kommer [noget af papiret mangler] Nu har jeg spist til M[noget af papiret mangler] og derefter siddet og tegnet Ornamenterne paa Rammen til Chr. Andersen saa jeg kan begynde at skære dem ud i Aften. Kl. er imidlertid bleven 2 og jeg har bestilt Chr. A. til den Tid jeg skal male paa Ho[noget af papiret mangler] i Eftermiddag saa jeg maa slutte nu. Kan Du være sød og komme snart min egen Kæreste. Mange kærlige Hilsner fra Din hengivne
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1898-02-25</t>
+  </si>
+  <si>
+    <t>København
+Bredgade 43</t>
+  </si>
+  <si>
+    <t>August Bagge, Bogtrykker
+August Bagge, Bogtrykkerens bror
+Wilhelmine Berg
+Margrethe Boye
+Hedvig Hamilton
+Agnes Hirschsprung
+Bernhard Hirschsprung
+Fru Emma Hirschsprung
+Heinrich Hirschsprung
+- Jensen, Frøken, Erikshaab
+Marie Krøyer
+Peder Severin Krøyer
+Alhed Larsen
+Johanne Christine Larsen
+Christine  Mackie
+Franz Schubert
+- Voss
+Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>Pauline og Heinrich Hirschsprung boede i Bredgade, København. 
+Onkel Hendrik er formodentlig Heinrich Hirschsprung. 
+Glorups: Albrecht Warbergs bror, Christoffer, var godsforvalter ved herregården Glorup syd for Nyborg. 
+Det vides ikke, hvem Madame var. Onkel Harald er også ukendt. 
+Det kan ikke entydigt afgøres, hvem af de to Bagge-brødre der er tale om.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 1732</t>
+  </si>
+  <si>
+    <t>Det var godt, at Ellens far blev tilset af en læge. Alhed er rejst til Kerteminde.
+Ellen har det dejligt. Hun har set Krøyers nye hus, som har en portal med gamle søjler og indeholder mange mærkelige ting. Der er åbne kaminer, fajancefliser mm. 
+Der har været gæster - bl.a. en sangerinde.
+Pouline har tilbudt Ellen at deltage i franskundervisning, men det vil kræve, at hun bliver en tid i København. Madame ser Ellen ikke meget til, men Johanne/Junge har været på besøg. 
+Ellen har besøgt Agnes Hirschsprung.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/TyBn</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Laura Warberg
+Erikshåb
+Højrup St.
+Fyen
+[I brevet:]
+Bredgade 43
+25/2 -98
+Kære Mor!
+Da jeg traf Alhed igår, fortalte hun mig at hun var bleven hjemkaldt til på Søndag og at Far skal ligge 14 Dage. Det er dog skrækkelig kedeligt, men det var da et stort Held at vi fik Dr. hentet, ellers havde Far vel stået op om et Par Dage.
+Alhed rejste nu til Kærteminde i Dag og bliver der til Søndag. - Mon Far nu bliver så rask, så Glorups kan komme d. 6te - 7ende? Du fik vel ikke noget til min Næse?
+Jeg har det som Blommen i et Æg og morer mig udmærket. Onkel Hendriks er jo det absolut rareste man kan tænke sig. Tante P. er temmelig rask, hun går sin Morgentur hver Dag, - de taler slet ikke om at rejse. Den første Dag gik jeg Morgentur med og var et Øjeblik med dem inde hos Maleren Krøjers, der har bygget sig et Hus, som bliver enestående originalt og morsomt. Udvendig er det hvidt med grønne Vinduer, der sidder hist og her, som det kan træffe, store og små mellem hinanden. Foran Døren er der en Portal af to gamle Søjler, som de har bragt med et el. andet Sted fra. - Inden i Huset er der en Mangfoldighed af de mærkeligste Indretninger og Ting, - hentede rundt omkring fra, - dejlige, gamle Møbler, åbne Kaminer, o.s.v. I Spisestuen var Gulvet af grønne Fajansefliser og Farverne var henrivende overalt. - Det var meget morsomt. - Jeg har været hos Tante Mis hver Dag, og skal der også i Dag, - hun er i meget godt Humør, men Junge får jeg vist ikke meget at se af, hun har meget travlt. - Iaftes var her fremmede bl.a. Sangerinden Margrethe Broye, som sang en hel Del, bl.a. hele det første Parti af Orfeus og en Del Schubert. Bagges var her også og en Del andre flinke Mennesker. Men det er dog utroligt, hvor de siger meget Vås i et sådant Selskab! Nu skal jeg hen og gøre Goddagvisit hos "Onkel Haralds" og "Onkel Bernhardts". Tante Pouline læser fransk hos en fransk Dame - Konversation og jeg hører på det. Tante P. spurgte i Dag, om jeg ikke havde Lyst til at få nogle Timer hos hende, d. franske ["d. franske" indsat over linjen] mens jeg er her, og jeg kunde ikke sige nej, for jeg interesserer mig jo så brændende for fransk. Men Tante P. sagde, at det kunde ikke være mindre end 14 Dage. 
+Nu kommer så det slemme - om jeg ikke kan gå let hen over Fødselsdagene - Far er det sikkert lige meget, - og jeg for mit Vedkommende er ikke mere rørt over d. 6te og 7nd Marts, end over alle de andre Dage i Aaret. Madame siger at det var slet ikke Meningen, at det skulde være et sådant lille Besøg, og de skal nok helde mig ud, når de skal rejse. 
+Jeg vilde så rasende gærne have de Timer, - og så er her jo et guddommeligt Flygel og en Masse Bøger at læse i og en stor Flok gode Venner at besøge.
+Bare du nu ikke synes, det Forslag er altfor kedeligt. -
+Lørdag:
+Nu længes jeg snart efter at høre fra første Hånd hvordan Far har det, - men du har vel travlt med din Virksomhed som Fuldmægtig, så du ikke har videre god Tid til Skriverier. - 
+Madame har tilbudt sig som vikarierende Protokolfører mod fri Kost og Logi. Jeg ser ikke stort til Madame, hun har jo så travlt med sin Skole. Iaftes var Junge her og fik sig en lille L'hombre med Tante P, og ["og" overstreget] Onkel H og mig. Hun var temlig forvirret efter Læssøegade-Karnevalet, som havde varet til 3 1/2. De havde moret sig glimrende. 
+Ta' Mis har haft det dårligt i den senere Tid, men er dog nu en Smule bedre. - 
+Mon det ikke er bedst, du snarest lægger Tøjet på Bleg!
+Jeg var hos Tante Emma igår og kom lige til et lille udsøgt Dameselskab hos Agnes på hendes Værelse - med The russe og fine Kager, samt et Par Damer, som snakkede, så det næsten blev sort for Øjnene af èn. 
+Jeg havde i Dag Brev fra Hedvig Hamilton, - hun og Frk. Voss bor sammen og jeg skal hen og besøge dem i Morgen, Søndag. - 
+Vil du ikke give Christine dette Brev at læse, hvis hun er der, og sige til hende, at jeg skriver til hende snart.
+Nu tror jeg ikke, jeg véd mere denne Gang, men der bliver nok snart noget mere. -
+Vil du fortælle Frk. Jensen, at jeg har købt en ny, grå Filt-Indfatning til 3 Kr. de fandt det nødvendigt. - Og vil du så hilse Far, Frk. Jensen og de andre fra 
+din Pelle.
+(En elendig Pen, som næsten ikke kan drives frem)</t>
+  </si>
+  <si>
+    <t>1898-02-28</t>
+  </si>
+  <si>
+    <t>Dora -
+Christian Andersen
+Thora  Branner
+Wilhelm Branner
+Christine  Mackie
+Fritz Syberg
+Albrecht  Warberg
+Andreas Warberg
+Laura Warberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>"Tand" og "Tænder" var i 1898 muligvis slangudtryk for unge mennesker. 
+"Sidste gang i de hjemlige omgivelser": Hempel Syberg (Onkel Syberg) stoppede som forpagter af Gelskov i 1898 for at koncentrere sig om arbejdet med at organisere mejerierne i Danmark.</t>
+  </si>
+  <si>
+    <t>Alhed er kommet hjem efter turen til Kerteminde og før da København. Hun har fulgtes med en masse andre unge.
+Hendes far ser dårlig ud, og Johannes Larsen virkede også sløj.
+Alhed har været til fest med dans (uklart hos hvem, men det er sidste gang i de "hjemlige Omgivelser"). Trist, at Larsen ikke var med, så de kunne "melancholisere" lidt. - Tutte behandler ikke sin kæreste (?) godt, hvilket går Alhed på.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/QphR</t>
+  </si>
+  <si>
+    <t>Kære Las!
+Nu er Kl. 6, saa det er snart mange Timer, siden jeg rejste fra Dig, det forekommer mig som det er meget længe siden. Det var frygtelig kedeligt, at jeg skulde rejse saa snart, jeg havde glædet mig saa forfærdelig til 8 rolige Dage med Dig! – Det var for resten rigtig hyggeligt at komme hjem, men det er bedst, jeg begynder hvor vi slap. – Jeg kørte altsaa i tre Timer med Dagvognen, vi naade at blive 8 inde i Vognen, saa vi blev noget klemte, men det varmede rart, jeg var umaadelig glad ved Tæppet, ellers havde jeg vist frossen. – I Odense gik jeg op til Christine, der var rejst hjem. Paa Banegaarden traf jeg Dis, Tutte og en rasende Masse unge ”Tænder”! Vi kunde ikke være i én Kupé, i Højrup var der 5 Vogne efter os, inclusive Dede og Dora efter mig. – Jeg kørte herhjem, Mor vilde nok derom til Middag, naar jeg var hos Far. Jeg spiste saa alene til Middag, (fik et Glas Rødvin til,) og derefter gik jeg ind til Far, som jeg har siddet og snakket med hele Eftermiddagen. Han har det noget bedre men ser daarlig ud. For lidt siden kom Mor hjem, og nu er jeg gaaet op for at klæde mig om, men først maatte jeg jo skrive et Par Ord til Dig og sige Dig Tak for sidst; Du er en god Dreng, men jeg ved ikke, om jeg alligevel vil komme og besøge Dig igen. Jeg forstyrrede Dig dog alligevel! sikke søvnig og sjøj, Du var i Gaar. Du saa for Resten i det hele taget daarlig ud, ogsaa den første Dag, det er kedeligt, at det tager saa meget paa Dig at arbejde; mon ikke Du skulde gaa nogle lange Ture og maaske gøre noget Gymnastik med dine Haandvægte. – I April Maaned skal vi ordentlig muntre Dig, ikke sandt? Det er saadan en dejlig Maaned at gaa ude i. – Du kan ellers tro, jeg var glad ved at se Dit Chr. A. Billede. Jeg tror, det bliver et meget smukt Billede. – Jeg sidder oppe paa mit Værelse og skriver, Mor havde lavet det saa nydeligt i Stand med nye Betræk paa Servanterne, et andet Bordtæppe o.s.v. og her var saa varmt og yndigt. 
+Næste Dag: Her maatte jeg bryde af i Aftes, Mor kom og snakkede med mig, mens jeg klædte mig paa og vi snakkede saa længe, at jeg først kom derom Kl. 8 ½. Brannerne er nogle forfærdelige nogle til at gøre Spektakle, de raaber og skriger i Munden paa hinanden, saa man er lige ved at blive døv. Tuttes Tand synes jeg bedst om, han ser saa inderlig god ud. Der var Dans nede i Karleloen, hvor vi dansede til Høstgildet. Det var i Grunden forfærdelig morsomt, men det var saa underligt at tænke paa, at det var sidste Gang, vi gik der i de hjemlige Omgivelser; der var nu ikke meget Ro til at tænke, vi dansede hele Tiden, men jeg tænkte flere Gange paa, at bare Du havde været der, saa vi kunde have gaaet en Tur, jeg var saa oplagt til at melancholisere lidt. Jeg var saa ked af at se paa Tanden og Tutte, hun er allerede ked af ham og han saa saa bedrøvet ud og gik med Taarer i Øjnene mange Gange. Det staar mere og mere klart for mig, at Tutte har baaret sig rasende hensynsløst ad imod ham. Er det ikke trist? Du skulde bare have set den lille Tand saa ked af det han var, Tutte kunde trænge til en forfærdelig Lussing af en [det følgende skrevet på side 1, på tværs, over den øvrige tekst] eller anden Slags, men jeg gad vide hvad i Verden, der kunde bringe hende ud af sin sløve og apatiske Ligevægt. - - Synes Du ikke alligevel at jeg skulde komme om ad Kerteminde, bare én Dag; jeg synes, jeg længes saa meget efter Dig. Naar der er noget, der ligger mig paa Sinde, er det altid kun Dig, jeg faar Lyst til at tale med. – Nu maa jeg slutte. Skriv snart til mig! – Hils dem alle sammen saa mange Gange og sig Tak for sidst! Jeg er spændt paa at høre, hvad Kunstneren skrev! – 1000 kærlige Hilsner fra Din Alhed.
+Erikshaab – 28/2 – 98.
+Jeg glemte mine Galoscher jeg haaber ikke Hundene æder dem.</t>
+  </si>
+  <si>
+    <t>1898-03-03</t>
+  </si>
+  <si>
+    <t>Højrup, Faaborg</t>
+  </si>
+  <si>
+    <t>Louise Amstrup
+Niels Elgaard Amstrup
+Jørgen -, Erikshaab
+Peter Hansen
+Jean Jensen
+- Jørgensen, arkitekt
+Christian Kampmann
+Johanne Kampmann
+Anna Schaffalitzky de Muckadell
+Erik Schaffalitzky de Muckadell
+- Vesterdal
+Albrecht  Warberg
+Laura Warberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>"Grevens" er ægteparret Schaffalitzky de Muckadell, som var Albrecht Warbergs arbejdsgivere.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har sendt Alheds galoscher, som hun glemte i Kerteminde.
+Jørgen (ansat ved Erikshaab) er kørt efter lægen til Albrecht Warberg, som stadig er syg.
+Warberg-familien har haft mange gæster, som vel skulle se til den syge.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Bw6C</t>
+  </si>
+  <si>
+    <t>Kære Las!
+Tak for Dit Brev og Galoscherne! Du havde slet ikke behøvet at sende dem, jeg kunde jo have faaet dem, naar jeg kommer ned til Dig. For der er vist ikke andet at gøre, end at jeg kommer om ad Kerteminde igen. Men stort mere end en Dags Tid bliver det nu ikke, jeg vil blive hos Mor saa længe som muligt, og Kampmanns gaar det jo heller ikke at snyde altfor galt. Men det er sandt, saa er det jo, jeg forstyrrer Dig, naar jeg kun er der én Dag. Hvad skal vi gøre ved det? – Det er kedeligt, P. er rejst fra Dig, jeg synes, det maatte være saa morsomt for Dig at have ham. Tænk, nu kørte Jørgen, som skulde have haft dette Brev med til Højrup, han skal ned efter Doktoren, men jeg troede først, han kørte om en Timestid. Saa er jeg bange, Du ikke faar dette Brev i Morgen. Jeg er da ellers ligesaa flink til at skrive til Dig, som jeg var i København? Kan Du nu ogsaa være rigtig sød til at skrive til mig! Jeg er ikke fri for at føle mig lidt ensom, det er saa løjerligt at gaa og være eneste Barn; i København tænker jeg ikke paa at savne de andre, men herhjemme hvor de høre til, synes jeg hele Tiden, der mangler noget. Det er jo ogsaa lidt trist at Far ligger, men han har det da gennemgaaende bedre. Nu skal vi høre, hvad Doktoren siger i dag, om han snart maa komme op. Han er ellers Taalmodigheden selv og ligger og siger Vittigheder og er altid parat til en Snak. Hans Ven Vesterdal var herude et Par Timer forleden efter Middag for at se til ham. – Det er desværre bleven Regnvejr, jeg vilde ellers have været ud en lang Tur med Gamle, det var saa nydelig Vejr i Formiddags.
+Næste Dag. Videre naaede jeg ikke, vi fik Visitter hele Eftermiddagen, foruden Doktoren kom Jørgensens, Grevens og Amstrup med Dis, som det var morsomt at faa en Passiar med. Vi var et lille Slag nede i Haven, der er gule Krokus. Det var en henrivende Luft, da Regnen var hørt op. I Dag er det gamle Jeans Fødselsdag. Hun vidste ikke, at vi huskede den, saa hun o.s.v. Posten kommer! 1000 Hilsner fra din egen Alhed
+3die Marts – 98.</t>
+  </si>
+  <si>
+    <t>1898-03-05</t>
+  </si>
+  <si>
+    <t>Anna tjenestepige Erikshaab -
+Christian Andersen
+Berta Brandstrup
+Adolph Larsen
+Vilhelm Larsen
+Ellen  Sawyer
+- von Rosen
+Albrecht  Warberg
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Alhed bor endnu hjemme hos forældrene på gården Erikshaab.
+Chr. A(ndersen) og von Rosen: Johannes Larsen har i et tidligere brev skrevet om, at de to har en avispolemik om en redningsaktion.</t>
+  </si>
+  <si>
+    <t>Alhed har været på brinken med de to hunde og sidder nu på sit værelse og ryger.
+Der kommer mange gæster, så Alhed er i køkkenet og får ikke tid til at skrive brev.
+Alheds far er syg, og han kommanderer med lægen. 
+Alhed spørger til, hvilket stolebetræk, der er kønnest.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ui56</t>
+  </si>
+  <si>
+    <t>Kære Las!
+Jeg er lige kommen hjem fra den dejligste Spadseretur, sikken et henrivende Vejr, det dog er. Du kan ikke tænke Dig, hvor der var smukt omme paa Brinken. Jeg havde begge Hundene med og vi morede os lige udmærket alle tre, Gamle og jeg nød det stille, mens Mestermand fløj omkring som en besat. Han jagede to Agerhøns op. – Jeg blev egentlig meget længere ude, end jeg havde tænkt mig, saa nu bliver Du snydt da jeg nu ikke har saa lang Tid at skrive i. Eller det er vist snarere Berta der bliver snydt, da hun nu slet intet Brev faar. Jeg havde lagt i Kakkelovnen heroppe paa mit Kammer, inden jeg gik ud, saa her er varmt og rart og jeg sidder og ryger mig en Cigaret. Jeg har desværre kun to tilbage og jeg har ingen rigtig Tro til den Højrup Cigarettobak man faar saadan en Masse for 10 Øre. – Tak for Dit Brev i Dag; nej, Du fik nok ingen Brev i Gaar men Grunden kender Du jo nu, men i Dag har Du faaet og i Morgen faar Du og i Overmorgen faar Du dette, jeg her skriver paa. – Hvad strides Chr. A. og Hr. v. Rosen om? dog vel ikke den Redningshistorie? Jeg skal hilse Dig fra Far, paa Mandag er det hans Fødselsdag, han vilde vist sætte meget Pris paa om du sendte ham en lille Lykønskning, men hvis Du synes det er et besværligt Stykke arbejde, skal Du ikke. – Næste Dag. – Det er gaaet med Travlhed hele Dagen, saa jeg har slet ikke haft Tid at skrive, jeg kom først fra Køkkenet Kl. 4, her kommer saa mange Visitter. – Om lidt gaar jeg til Højrup nogle Ærinder, det er et henrivende Vejr, og jeg glæder mig til Turen, naar jeg bare ikke var saa træt, jeg er bleven saa uvant med at gaa i Køkkenet. – I Dag for et Aar siden var jeg nede at besøge Dig, kan Du huske, vi sad oppe paa Dit Værelse og skrev til Elle, hvis Fødseldag det er i Morgen, og i Morgen for et Aar siden kørte I mig til Glorup. – Doktoren har været her i Dag. Far har tvungen ham til at lade sig komme op i Morgen skønt Dr. siger, det er for tidligt. Far kommanderer i det hele taget Dr. fuldstændig. Mor siger det lyder saa grinagtig, naar de forhandler om, hvad Slags Medicin han skal have. – Naar han nu bare vil være forsigtig, at han ikke faar Tilbagefald. - - I Morgen er det Søndag, da kan jeg ikke skrive til Dig, og hvad værre er, jeg faar heller ingen Brev, - jo sandelig det er sandt, Anna (vores Pige) kommer hjem fra 5 Toget, saa har hun vist et med til mig. Det er storartet, saa har jeg det at glæde mig til hele Dagen i Morgen. Nu maa jeg slutte da jeg skal gaa. ”Glædelig Søndag”. Agraren er vist hjemme hils ham og Dine Forældre og Klax. Men allermest Dig selv fra Din Kæreste, som længes efter Dig! Din
+Alhed.
+5te Marts - 98
+[Skrevet lodret på papiret] Hvilket er det kønneste af disse to Dele til Betræk her i Dagligstuen, jeg skal bestemme det. S.u.</t>
+  </si>
+  <si>
+    <t>1898-03-08</t>
+  </si>
+  <si>
+    <t>Højrup
+Sollerup
+Odense
+Gelskov</t>
+  </si>
+  <si>
+    <t>Hans Peter -
+Wilhelmine Berg
+Louise Brønsted
+Jørgen -, Erikshaab
+Vilhelm Larsen
+Christine  Mackie
+Otto Emil  Paludan
+Hempel Syberg
+Maria von Sperling. g. Balslev
+Andreas Warberg</t>
+  </si>
+  <si>
+    <t>"der er kommen en lille Pige ude i Pensionatet": Wilhelmine Berg ejede et pensionat i Gothersgade, København, og hun var Alhed Larsens tante.</t>
+  </si>
+  <si>
+    <t>Alhed Larsen er begyndt at rulle cigaretter.
+Tanten Wilhelmine Berg har fået en datter. 
+Det er trist, at Johannes Larsen er forkølet. Bare han alligevel kan male. Han må ikke hente Alhed i Ullerslev lørdag. Hun vil tage dagvognen.
+Christine Warberg vil fotografere stuerne på Gelskov, inden familien flytter derfra.
+Hempel Syberg vil holde Alheds lillebror Frederiks (Dedes) konfirmation i Odense.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/tm3D</t>
+  </si>
+  <si>
+    <t>Kære Las!
+Jeg er egentlig kommen op for at gaa i seng, Kl. er lige ved 11, men her er saa varmt og rart, at jeg synes, det er Synd ikke at benytte det saa nu har jeg tændt mig en Cigaret, og saa skal det som sædvanlig gaa lidt ud over Dig. – Jeg har i Dag rullet mig en hel Del Cigaretter, jeg bad vores Pige, som rejste til Odense i Lørdags om at købe mig noget Tobak, og hun har købt noget rigtig godt, som hedder ”Golden Cupid”, jeg er bleven saa forfalden til at ryge i den senere Tid, og i Dag har jeg opdaget, at jeg egentlig har et stort Talent til at rulle selv. – Jeg er kommen i Tanker om, at det jo er Tjalfes Fødselsdag i Dag, maa jeg gratulere, skønt det jo kommer noget sent. – Jeg glæder mig meget til de Artikler, jeg kunde ikke tro, det var Redningshistorien, de sloges om, da jeg ikke kunde tænke mig, hvordan de havde faaet begyndt, men der har jo altsaa en Tredjemand givet Anledning til det. – Jeg glemte vist at fortælle Dig, at der er kommen en lille Pige ude i Pensionatet i Fredags, og baade hun og min Tante har det godt. Muk skrev det i Gaar, hun skrev at den var hel og velskabt – saa hun maa vel have tænkt sig den i Stumper og Stykker. – Jeg har egentlig ikke noget videre at fortælle Dig, jeg skrev jo til Dig i Eftermiddag, men jeg syntes alligevel, jeg havde Lyst i alt Fald at begynde paa et Brev. – Det er sandt, jeg maa jo rose Dig for Din udmærkede Sildesalat, for jeg tvivler nemlig ikke paa, at den var fortrinlig og langt bedre end Klaxes (det kan Du nok godt lide, jeg skriver!) – Du laver sikkert noget bedre Mad end han, for Du er en langt større Gourman! – (Er Du glad ved den Kompliment?) Du er nu madkær x)! – Nu vil jeg for Resten ikke skrive mere i Aften, men gaa i Seng, bare jeg nu kunde være heldig til at drømme i Nat igen, og bare Du saa kunde se ligesaa smuk ud som sidste Nat. - - Næste Dag. (Jeg drømte ikke om Dig i Nat) Tak for Dit Brev i Dag, hvor det er kedeligt, at Du er bleven forkølet, bare det maa gaa rigtig hurtigt over igen, det var vel denne pludselige Vinter, der gjorde det. – I Morgen haaber, jeg faar Brev om at det er bedre. Det er ogsaa kedeligt for Dit Billedes Skyld, hvis Du gaar og bliver for sløj til at male. Du maa paa ingen mulig Maade hente mig i Ullerslev paa Lørdag, det er dog en lang og kold Aftentur, og Dagvognen er jo et udmærket Befordringsmiddel, og jeg kommer jo omtrent paa samme Tid. – Dette Brev skal med Jørgen til Højrup, han skal ned til 5 Toget efter Christine. Hun kommer fra Sollerup og vil i Morgen tidlig prøve at fotografere et Par af Stuerne omme paa Gelskov. – Jeg skal hen at skrive til Frk. Sperlings Fødselsdag, nu kommer hun snart hjem fra Italien hun skal med til Dedes Konfirmation. Onkel Syberg har skreven derned og inviteret hende. Jeg har vist fortalt Dig, at Onkel Syberg vil gøre Dedes Konfirmation ude i Odense. – Jeg har ikke Tid at skrive mere, og i Morgen er det et stort Spørgsmaal om jeg faar Tid, - nej, det faar jeg sikkert ikke vi skal stryge hele dagen. Jeg var begyndt at blive bange for, at jeg ikke kunde komme paa Lørdag alligevel, Onkel Syberg forærede os nemlig en Gris i Gaar, og den maatte jeg jo hjælpe at slagte, men det bliver heldigvis paa Torsdag; jeg skal ogsaa tappe Ribsvin en af Dagene, saa jeg har meget travlt, kan Du nok tænke! Palam har jeg inviteret til det, men det bliver jo ikke saa festligt som i Fjor. Jørgen egner sig ikke saa godt som Hans Peter til den Slags. – Nu Farvel! og jeg tænker meget paa, hvordan Du har det, der er saa meget Influeza og Bronchitis for Tiden, men Du vil jo nok være færdig, ikke sandt? saa jeg kan træffe Dig frisk og rask paa Lørdag! 1000 kærlige Hilsner til min allerbedste Ven fra Din egen Alhed.
+Erikshaab – 8nde Marts 1898 - 
+x) Om Forladelse</t>
+  </si>
+  <si>
+    <t>1898-03-15</t>
+  </si>
+  <si>
+    <t>Tanus -
+Louise Brønsted
+Pauline Hirschsprung
+Alhed Larsen
+Harris Sawyer
+Albrecht  Warberg
+Andreas Warberg</t>
+  </si>
+  <si>
+    <t>Ellen var fjerde datter i rækken af Albrecht og Laura Warbergs børn. De tre ældre havde på hver sin vis uddannet sig diverse steder.
+Lillebroderen Frederik Andreas/Dede blev konfirmeret 3. april 1898. Festen blev holdt hos Onkel Syberg - formodentlig fordi Albrecht Warberg var syg. 
+Johanne overtog tilsyneladende søsteren Ellens arbejde ved Wilhelmine Bergs pensionat i Gothersgade, København. En femte søster, Louise/Lugge, boede muligvis på pensionatet, mens hun var studerende.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2034</t>
+  </si>
+  <si>
+    <t>Ellen har talt med Tante Pouline/Pauline Hirschsprung om at rejse hjem for at hjælpe moderen nu, hvor faderen er syg. Hun vil være ked af at afbryde undervisningen i fransk og musik, for hidtil har hun ikke - som de ældre søstre - uddannet sig, men hun vil ikke have, at moderen bliver overanstrengt. 
+Ellen tilbyder at afløse Johanne på pensionatet, for Johanne ser træt ud og trænger til en lang påskeferie. 
+Ellen håber, at hun kan komme videre med musikken; blandt andet fordi Eastman holder så meget af musik.
+Hun beder om rapport om faderens sygdom.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/eArm</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Laura Warberg.
+Erikshaab
+pr. Højrup St.
+[Håndskrevet i brevet:]
+Tirsdag 15/3 98
+Privat
+[Skrevet på tværs under datoen:]
+Hilsen til Frk. J.
+Kære Mor!
+Jeg har siddet og talt med Tante Pouline nu efter Frokost om forskelligt og bl.a. fortalt, at jeg nu må rejse hjem på Tirsdag, da du ikke godt kan være alene mens Far er syg, nu mens Alhed er rejst til Kjerteminde og du tilmed er bleven noget nervøs af den anstrængende Tid. Det blev Tante Pouline meget forskrækket over, for hun havde tænkt sig, at jeg blev, til de rejser på Landet midt i Maj, så der kunde blive virkelige Fremskridt i Musiken og i Fransk, hun har fra først af tænkt, at dette Ophold skulde være mere for at lære end for Fornøjelse, for ["for" overstreget] da det ikke er godt at vide, hvornår der igen bliver Lejlighed til at lære noget, og det er kedeligt at gå rundt med ubenyttede Evner.
+Nu er jeg derover bleven helt i Vildrede: På den ene Side skal jeg naturligvis være hjemme, når der er Brug for mig og det vigtigste er jo, at du ikke går og bliver overanstrængt - men på ["på" indsat over linjen] den anden Side er det jo kedeligt, kan du nok forstå, at afbryde Undervisningen. Jeg har jo altid haft ligeså megen Lyst til at lære noget som alle de andre, men det er ikke falden i min Lod før nu.
+Du skulde vel ikke kunde finde på èn el. anden Udvej,
+Kan det ikke ordnes sådan som Tante P. foreslog, at jeg tog hjem i den Tid du dårligst kan undvære mig og ["og" overstreget] blev Dedes Konfirmation over hjemme og så tog herind igen?
+Så er der èn Ting til, jeg har tænkt på: Johanne trænger snart i høj Grad til en Ferie. Var der ikke nogen Rimelighed [i] at hun fik en lang Påskeferie og jeg i den Tid var i hendes Sted i Pensionatet. Ta'nus er vel ikke til den Tid så stærk, så ["så" overstreget; "at" indsat derover] at hun kan så meget men når jeg kunde træde til, kunde Junge måske dog få en god Hvil, og jeg kunde øve mig alligevel. Junge har set ussel ud de sidste Dage. -
+Bare du kunde finde på et Arrangement til alles Fordel, - det er jo din Force at arrangere. -
+Jeg vil ikke tage det fornærmeligt op, hvis jeg ikke kan komme herind igen! - men én af Grundene til at jeg gærne vil, er den, at Eastman sætter Musiken så højt, så jeg også for hans Skyld må se at komme lidt videre. -
+Vi længes så meget efter at høre om Far. Det foruroliger os så meget, at Dr. ikke mener han bliver rask til d. 3dje. Er det ikke Bronchitis? Vil du ikke nok skrive lidt udførligt om det! Jeg gik i Aftes ned i Pensionatet og tilbragte Aftenen meget hyggeligt med Junge og Lugge. Ta'nus har det udmærket.
+Så hører jeg din Mening snarest. Hilsen, særlig til Far - Pelle</t>
+  </si>
+  <si>
+    <t>1898-03-17</t>
+  </si>
+  <si>
+    <t>Højrup, Faaborg
+Gelskov</t>
+  </si>
+  <si>
+    <t>Hempel Syberg</t>
+  </si>
+  <si>
+    <t>Alhed har været ude at gå tur og set på fugle, men hun savnede Johannes Larsen. Hun glæder sig til at se ham og vise ham sin nye sofa samt synge for ham. 
+Familien har været på Gelskov, og der var lidt uhyggeligt, nu hvor Syberg er flyttet. Hempel Syberg har nu også foræret Alhed en seng fuld af sengetøj.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/caMd</t>
+  </si>
+  <si>
+    <t>Kære Las!
+Jeg kan lige naa at skrive et lille Brev, som kan komme med til Højrup, naar de fremmede rejser om lidt. – Det er et trist Regnvejr i Dag, men der er alligevel noget dejlig foraarsagtig i Luften. I Gaar Eftermiddags var det et henrivende Vejr. Jeg var en aldeles storartet Tur med Gamle ud over Brinken til Odensebakken. Jeg var oppe i Granskoven og ogsaa rundt i Bøgeskoven, Du kan ikke tænke Dig, hvor der var dejligt. Der var et vældigt Mudder af Fugle, mest Stære, og Viberne kunde jeg høre ude fra Engene. Der manglede kun ét, og det var Dig, men i mine Tanker var du jo med hele Tiden. Jeg er forfærdelig spændt paa om Du kommer paa Søndag, jeg blev rasende glad, hvis Du kom. Og hvis Du kan, kommer Du nok. – Tak for Dit Brev i Dag. Jeg kunde ikke skrive til Dig i Mandags, der gik ingen Bud til Højrup, og saa er det jo umuligt. – Jeg sov slet ikke i Dagvognen, lidt søvnig var jeg maaske nok, men jeg sad vist ellers og smaatænkte paa Dig hele Tiden, og var derfor ikke oplagt til at snakke. Sikke seig Du er bleven, - at Du skulde kunne taale mer end jeg!! – Jeg har faaet det saa pænt heroppe paa mit Værelse med den lille Sofa, den er for Resten ikke saa lille, det glæder jeg mig til at vise Dig. Vores Klaver er bleven stemt, saa jeg skal synge for Dig og i det taget være saa god ved Dig. – Jeg maa strax slutte da vi skal spise til Middag. Vi skal have Vin og jeg skal nok drikke Din Skaal (Kan Du mærke, jeg sledsker for Dig, for at faa Dig herhen paa Søndag? men jeg mener det nu virkelig sagt oprigtig, jeg kan gærne sige Dig, at jeg elsker Dig.) I Forening har vi været ude paa Gelskov, der er vist efter Omstændighederne rigtig pænt, noget uhyggeligt synes jeg. Nu har Onkel Syberg ogsaa foræret mig en Seng fuld af [det resterende skrevet på side 1, øverst og på tværs] Sengklæder. Det øser ned. Jeg saa i Gaar 6 Dyr, nogle Agerhøns og en Masse Vildænder. Farvel for denne Gang. 1000 Millioner Hilsner fra Din Alhed. 
+17/3 – 98 – 
+Dette er nok ogsaa et lille Brev, men for Resten staar der vist alligevel mere end paa 4 af Dine Sider.</t>
+  </si>
+  <si>
+    <t>Christian Andersen
+Adolph Larsen</t>
+  </si>
+  <si>
+    <t>Johannes Larsen er meget i tvivl om, hvorvidt han skal sende billedet Christian Andersen lader patroner til den Frie Udstilling eller ej, for han synes, det kan blive bedre.
+Larsen har selv to sofaer, så med Alheds nye har de tre til deres fælles hjem.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Dqbi</t>
+  </si>
+  <si>
+    <t>Kjerteminde 17 Marts 1898.
+Min egen Kæreste!
+Tak for Dit Brev i Dag. Jeg kunde naturligvis nok have Lyst til at komme n[noget af papiret mangler] Dig paa Søndag, men j[noget af papiret mangler] næsten ikke at jeg kommer. Jeg er ikke helt sikker paa at jeg sender Chr. Andersens Billede af Sted, og selv om jeg sender det bliver det først paa Søndag, men i det Tilfælde kunde jeg jo lade Agraren køre mig til Ullerslev, sende Kassen derfra og saa tage med Toget til Højrup. Det er vist egentlig g[noget af papiret mangler] at jeg holder op med Billedet nu, for det kunde vist blive bedre, men paa den anden Side er jeg nu bleven [noget af papiret mangler] grundigt forstyrret [noget af papiret mangler] Udstillingsvrøvl at det ikke er godt at vide hvornaar jeg vilde faa tilstrækkelig Ro paa mig til at tage ordentlig fat igen, nu har jeg jo malet de sidste otte Dage paa det i den Hensigt at faa det færdigt saa jeg skulde jo begynde omtrent forfra og male det helt om før jeg kunde faa Gang paa det igen og saa er det jo ikke udelukket at jeg vilde blive ked af det, det er væmmeligt, naar man saadan kommer i Tvivl om hvad man skal. I Dag har jeg siddet og fedtet paa Tapetet og i Morgen skal altsaa være sidste Gang for at det kan blive [noget af papiret mangler] nok til at sende Søndag, hvis – men jeg tror nu alligevel jeg lar det rejse og ryge, for at se at faa fat paa noget andet. Vi har endnu ikke hørt noget om naar de kommer fra Sverige, men jeg tænker at de kommer i Morgen Nat eller Natten mellem Lørdag og Søndag. Vi er nok snart godt udstyret med Sofaer, jeg har ogsaa 2, men [noget af papiret mangler]ne har Du vist aldrig [noget af papiret mangler] skønt jeg flere Gange har tænkt at vise Dig den [noget af papiret mangler] Du er her jo heller aldrig saa længe at Du kan faa Tid til at se noget. Nu vil jeg slutte med mange allerkærligste Hilsner fra Din hengivne
+Johannes Larsen</t>
+  </si>
+  <si>
+    <t>1898-03-19</t>
+  </si>
+  <si>
+    <t>Højrup, Faaborg
+Odense
+Gelskov</t>
+  </si>
+  <si>
+    <t>Jeppe Andreas Larsen
+Vilhelmine  Larsen
+Laura Warberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>På Ølstedgaard boede Louise og Niels Elgaard Amstrup sammen med deres adoptivdatter, Ellen Agnete (Nete), hvis biologiske mor var Alhed Larsens søster, Christine Marie warberg. Barnet var født udenfor ægteskabet og blev bortadopteret.</t>
+  </si>
+  <si>
+    <t>Det må være svært for Johannes Larsen at være i tvivl om, hvorvidt maleriet (Christian Andersen lader patroner) er færdigt.
+Alhed rejser til København onsdag (skal bo hos Kampmanns).
+De nye forpagtere til Gelskov kommer i dag.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/s7UY</t>
+  </si>
+  <si>
+    <t>Kære Las!
+Du kan tro, mit Værelse er bleven pænt nu, jeg har faaet den lille Sofa herop; skønt den er meget gammel og forfalden, gør den alligevel Værelset meget hyggeligere, end det var i forvejen. Jeg glæder mig meget til at vise Dig det. Jeg gad vide om det bliver paa Søndag eller først til April. – Tak for Dit Brev i Dag, ja det maa være fælt at gaa og være i Tvivl om, hvad Du helst skal gøre. Jeg synes nu, Billedet er smukt som det er, men det maa være en kedelig Fornemmelse for Dig selv, hvis du mener at du kunde have gjort det bedre. – Jeg sidder i min Sofa og ryger mig en Cigaret og skriver til Dig. I Gaar ordnede jeg alle Dine Breve og gennemlæste en Del af dem fra No 35-95! Jeg var ligeved at blive blød til sidst, men jeg kunde alligevel ikke holde op. Jeg opdagede, at jeg mangler ét fra en af de første Dage i November, jeg forstaar ikke, hvor det kan være bleven af. – Aften Kl. 11 ½. Her blev jeg afbrudt ved at jeg skulde køre til Ølstedgaard. Jeg havde bedt, om jeg maatte køre over og besøge Dis. – Nu er jeg kommen hjem, men jeg opdagede for Resten, at jeg er alt for søvnig til at kunne skrive, jeg vil derfor sige Godnat til Dig, min egen, kære Las, hvor jeg holder meget af Dig! – Næste Dag. Det er det modbydeligste Regnvejr i Dag, det er fælt for Mor, som skal til Odense. – Jeg rejser til København paa Onsdag, saa hvis Du kommer kunne vi følges ad i alt fald til Odense. Men jeg vil for resten ikke hænge mere i med Dig om at komme. Jeg ved nok, at Du kommer, hvis Du kan, og at Du omtrent ligesaa gærne vil se mig som jeg Dig! Saa jeg bliver slet ikke vred paa Dig, hvis Du ikke kommer, men vældig glad hvis Du kommer. – I Dag kommer de ny Forpagterfolk til Gelskov, der er bygget 2 Æresporte, men Vejret er jo ikke festligt. – Hvis Dine Forældre ere kommen fra Sverige, maa Du hilse dem mange Gange, jeg glæder mig til at høre noget deroppe fra. –
+Nu har jeg ikke Tid til mere, dette skal med Mor til Højrup, saa faar Du det i Eftermiddag. - - 1000 Hilsner fra Din Alhed</t>
+  </si>
+  <si>
+    <t>1898-04-02</t>
+  </si>
+  <si>
+    <t>Jeppe Andreas Larsen
+Vilhelm Larsen
+Theodor Philipsen
+Christine Swane
+Fritz Syberg</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ZStl</t>
+  </si>
+  <si>
+    <t>Fredag
+Kjære Johannes
+Du undrer dig vel meget at vi ikke har skreven og meddelt dig at Pengene er kommen fra Hr Phillipsen at vi kunde takke for dem; men jeg har været syg kjære Johannes og ligget i Sengen i 4 Dage, Gud ske Tak nu sidder jeg oppe igjen og kan dog lidt – det var godt Christine var hjemme utaalmodig har hun været fordi hverken du eller Baronen skrev om det kunde an at hun blev hjemme saalænge 
+Nu kom Vilhelm fra Kjøbenhavn og fortalte at Hr Phillipsen har solgt det andet store Billede til Ribe, kommer du ikke nogle Dage endnu saa skriv dog til ham baade med Tak og Lykønskning.
+Fader er heller ikke saa rask for det var en forfærdelig Storm de Dage han gik med Jernbaneherrene og holdt ud til 12 den ene Nat. der var jo mange Mennesker der skulde kaldes ind, der blev kun faa der kom tilrette med dem. Husene i Friheden er 2 allerede brudt ned. Lodsen maa bo til October, de gav ham 5,000. Vejmand 1600, [Fragde] 3500, [Jo ] 2000. Vi fik 100 Kr for at flytte Halmkassen
+Bøgebjerg er brændt i Nat kun Hovedbygningen staar, alle Højrups Køer der var der brændte – ja det er uhyggeligt en Malkekone saa en Mandsperson liste fra Hjelmen og noget efter brændte det nu mangler vi en Zylaa - Hils din Hjærtenskjær mange mange Gange som du hilses fra din trofaste Moder
+[skrevet paa langs] Jeg antager at vi kjører for Christine og Klaks til Odense paa Søndagmorgen</t>
+  </si>
+  <si>
+    <t>1898-04-12</t>
+  </si>
+  <si>
+    <t>- Marker
+Ellen  Sawyer
+Harris Sawyer
+Karl Schou
+Joakim  Skovgaard
+Anna Syberg
+Fritz Syberg
+Albrecht  Warberg
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Alhed Larsen er hos forældrene på Erikshaab og er højgravid med sit første barn. 
+Hvad siger Ladersen? Sætningen bliver ofte brugt i brevene fra perioden, og det er ikke klart, hvad vittigheden går ud på - formodentlig er der tale om et citat fra en eller anden, der har troet, at Johannes Larsen hed Ladersen.</t>
+  </si>
+  <si>
+    <t>Alhed Larsens far beder hende hilse og spørge: "Hvad siger Ladersen?" 
+Johannes Larsen skal spørge en skyttefamilie, om hun og han kan bo hos dem en måned denne sommer, for Kunstneren (Fritz Syberg) orker næppe at have dem boende efter "en sommer med Schou". 
+Alhed har svært ved at overtale sig selv til at gå tur. Hun og familien spiller kort hver aften. Alhed beder Johannes Larsen huske sine ærinder.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/bDoX</t>
+  </si>
+  <si>
+    <t>Kære lille Frajser.
+Far sidder her og spørger, hvem jeg skal skrive til, og da jeg meddeler ham det, siger han at jeg da endelig ikke maa forsømme at spørge: hvad siger Ladersen? samt at jeg skal spørge Dig, om Du jævnlig faar et lille Dampbad derinde. 1000 Tak for Dine Breve! Du er rigtignok flink til at skrive til mig! Det morer Dig vist rigtig godt, det var morsomt, at Du kom der sammen med Kunstnerens; hils dem mange Gange fra mig, ligeledes alle de andre derinde. Det er morsomt med den Akvarel, det ser jo næsten ud, som vi skulde faa lidt at leve for i Sommer. Husk nu endelig at bede K. forhøre den Skyttefamilie, om de ville have os en Maanedstid i Sommer. Der er vel ikke tale om, at Kunstnerens selv vilde have os paa samme Maade som de havde Skovs i Fjor, jeg antager nemlig, at Baronen ikke indlader sig paa endnu en Sommer med Schou. – Du er vel ellers snart ved at rejse hjem igen. Jeg er ikke ret flink til at spadsere siden Du rejste, der skal jo lidt Overvindelse til for mig for Øjeblikket, saa naar Vejret ikke er særlig indbydende er jeg slem til at blive inde. I Forgaars var jeg op igennem Skoven og omme at plukke Violer, i Gaar kun i Haven, der var nemlig saa oversvømmet om ad Brinken til, hvor jeg ellers vilde have været. I Gaar havde jeg et langt Brev fra Elle og et lille dansk fra Eastmann mange Hilsner til Dig fra dem begge. – Vi spille l’Hombre hver Aften, i Aftes tabte Far hele Tiden, men det er morsommere, naar vi andre tabe, Far er saa barnagtig, at han sidder og bliver gnaven, naar han sætter Bêter. – Nu faar Du ikke mere, mine [e’et overstreget] Dreng, dette skal med til Højrup om lidt Far og Mor skal til Odense. – Du glemmer vel ikke Dine Ærinder? [Tekst indsat over ”Kære lille Frajser” på side 1, lodret] Assuransen. Marker (bede ham hurtigst muligt sende Mors Sko) og saa hvis Du skulde se en rigtig køn lille Vogn. Skovgaard behøver jeg vist ikke at huske Dig paa. Hav det godt jeg holder uendelig meget af Dig og længes efter Dig, min egen Ven! 1000 Millioner Hilsner fra Din A.
+12te April –</t>
+  </si>
+  <si>
+    <t>1898-04-22</t>
+  </si>
+  <si>
+    <t>Søren Andersen
+Anders Andersen, vejmand
+Carl Høyrup
+Alhed Larsen
+Jeppe Andreas Larsen
+Vilhelm Larsen
+Theodor Philipsen
+Christine Swane
+Fritz Syberg</t>
+  </si>
+  <si>
+    <t>Friheden ligger uden for bygrænsen til Kerteminde. Hjelmen er en slags staklade på godset Bøgebjerg, som ligger nord for Kerteminde.
+Zylaa er muligvis Emile Zola. Retssagen imod ham blev meget omtalt i Kjerteminde Avis.</t>
+  </si>
+  <si>
+    <t>Der er kommet penge fra Theodor Phillipsen. Han har også solgt et stort billede. Der har været møde vedr. jernbanen. Der har været brand på gården Bøgebjerg.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/E5Ic</t>
+  </si>
+  <si>
+    <t>1898-04-26</t>
+  </si>
+  <si>
+    <t>Adolph Larsen
+Jeppe Andreas Larsen
+Vilhelm Larsen
+Vilhelmine  Larsen
+Emil Opffer
+Christine Swane
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>"Agraren er kommen hjem da Skolen er forbi": Han har været på landbrugsskole med kostafdeling.
+Uglen er rejst til Svanninge: Anna og Fritz Syberg boede i Svanninge.
+Redaktør Opffer var i gang med en jordomrejse.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen er gået hjem efter et besøg hos Alhed, og det gav vabler under fødderne.
+Redaktør Opffer har skrevet fra Elba og bedt om tegning eller fotografi af skiven (til fugleskydning), som Johannes Larsen har malet til ham.
+Johannes Larsen er begyndt på maleriet med udsigten fra vinduet igen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/xzmS</t>
+  </si>
+  <si>
+    <t>Kjerteminde 26 April 1898.
+Min egen Kæreste!
+Tusind tak for den Tid jeg var hos Dig. Jeg havde det rigtignok godt, og jeg glæder mig allerede til at komme ned til Dig igen paa Søndag om 8 dage. Jeg skrev til Dis i Aftes, men jeg er bange for at jeg har forkludret Adressen [saa] hun ikke faar det i rette [Tid] jeg skrev nemlig først [noget af papiret mangler]byværk, men saa kom [jeg] i Tanker om at det jo ikke er en Station, og saa skrev jeg Højrup neden under, og det ved jeg ikke rigtigt om det passer. Det var et dejligt Vejr at gaa hjem i, i Aftes, men var[mt] og saa fik jeg et Par Vabler under hver Fod, saa jeg var glad ved at jeg ikke var taget over Nyborg for hvis jeg skulde have gaaet længere vilde der været gaaet Hul og det var jo ikke saa behageligt. Fader og Moder er raske nu og Agraren er kommen hjem da Skolen er forbi, og han gaar nu og saar. Uglen og Klaks er rejst henhol[dsvis] til Svanninge og Di[noget af papiret mangler]lyst. Mine Sko og Stø[vler] er kommen fra Kjø[ben]havn, Du kan tro de er fine. Jeg har faaet et Brevkort fra Opffer paa Elba med en imponerende Adr. Her skal Du se: [noget af papiret mangler]illustrissimo Signore Signor Pittore Johannes L o.s.v. Han bor nu paa Elba og vil gerne have sendt en Tegning eller et Fotografi af ”Skiven” for at han kan se hvor smukt jeg har løst Opgaven. Plænerne i Haven er nu saaede og jeg skal til at have det øvrige i Orden i det dejlige Vejr, bare det maa holde [ved]. Billedet fra mit [Vin]due kan jeg begynde [paa] nu jeg har haft det [fre]mme i Dag og jeg maa saa op Kl. 5 hver Morgen. Mange kærlige Hilsner fra Din Kæreste som elsker Dig.
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1898-04-27</t>
+  </si>
+  <si>
+    <t>Carl Høyrup
+Niels Chr.  Jantzen
+Marie Larsen
+Vilhelm Larsen
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Plaster på en byld: Johannes Larsen fik vabler af at gå hjem fra besøg hos Alhed for nyligt.
+Skiven med kronprinsen: En bestilling fra Fugleskydningsselskabet. Man skød ikke efter disse skiver, men hængte dem op.
+"Skilt fra den ved Banen": Den nyanlagte jernbane kommer til at gå igennem Høyrups have, som lå nær Svanemøllen ejet af I.A. Larsen, Johannes Larsens far.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har fået lavet en skive til at male kronprinsen på (en bestilling fra Fugleskydningsselskabet). Han er nødt til at finde en officer med hovedbeklædning, for kronprinsen kan ikke optræde barhovedet på billedet i fri luft.
+Der er udsigt til, at Larsen-familien kan få noget af Carl Høyrups have, da denne (nær Svanemøllen) bliver delt i to af den nyanlagte jernbane.
+Larsen har fundet en tegning af hunden Tjalfe, og den skal danne udgangspunkt for et maleri.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/16LJ</t>
+  </si>
+  <si>
+    <t>Kjerteminde 27 April 189[noget af papiret mangler]
+Min egen Kæreste!
+Tusind Tak for Dit Brev i Dag. Nu skal jeg fortælle Dig hvad jeg har taget mig for siden jeg i Gaar skrev til Dig. Først gik jeg ud paa Taarbystranden en ordentlig Tur og fandt mig et Vibeæg og da jeg kom hjem gik jeg hen med Brevet og paa Tilbagevejen g[ik] jeg ind paa Apotheket og kø[bte] mig et Plaster til min Byl[d og] noget Benzin til at vaske [mine] Billeder i før jeg maler paa dem. Imidlertid var jeg bl[even] saa træt at jeg sov over mig i Morges og kom først op Kl. 8, saa jeg fik ikke malet paa det i Dag. Der var Brev fra Marie i Morges hun beklagede sig over [at] Du ikke havde svaret paa hendes Forespørgsel om Dis’es Adr. saa hun var forhindret i at skrive til hendes Fødselsdag. Skiven jeg skal male Kronprinsen paa var jeg nede hos Maler Jantsen med i Gaar for at faa den spartlet og jeg faar den i Morgen, men der er det forfærdelige ved det at jeg nu har opdaget at jeg jo ikke [kan] male ham i fri Luft [noget af papiret mangler] uden noget paa Hovedet [noget af papiret mangler] jeg ved ikke rigtigt hvor[dan] jeg skal bære mig ad, [jeg] maa vist se at faa fat [paa e]n Officer havde jeg bare aldrig modtaget den Bestilling. I Eftermiddag var jeg og Klaks oppe at maale begge Haverne op, det er nemlig muligt at vi kan faa Højrups allerede i Aar, da [han] jo nu bliver skilt fra den ved Banen, han kan jo saa faa et Stykke til Køkkenurter paa den anden Side Banen Klaks skal nu tegne et Kort over dem i Morgen. Da vi var færdige gik vi ud paa Feden og gik i Vandet, det var delikat. Efter at have spist til Aften var vi oppe at flytte et af de 10 Æble[træer] som Jernbanen tager, [noget af papiret mangler] gik vi hjem og fik en T[noget af papiret mangler] og nu sidder jeg her og s[kri]ver. Da jeg i Formiddag le[dte] min Mappe igennem fandt jeg en lille Tegning af Tjalfe og det gik saa pludselig op for mig at saadan skulde jeg have ham paa det store Billede [n]u skal jeg snart til at tage fat paa det, jeg tror i det hele taget at jeg sidder inde med en hel Del Arbejdskraft for Tiden kunde jeg nu bare faa ordentlig begyndt og saa ikke have alt for meget Afbræk af det Skidt Kronprinsebillede. Du kan tro jeg glæder mig til at komme ned til Dig igen, nu er [der j]o snart kun 8 Dage til [og] til den Tid tænker jeg, at [jeg] er kommen godt i gang [me]d mit Arbejde, naar nu [noget af papiret mangler]et bare vil holde sig [noget af papiret mangler], og saa er jeg vist ogsaa bleven meget raskere naar jeg nu kommer tidlig op hver Dag og kommer meget i Luften. Faar jeg Brev fra min Kæreste i Morgen? Tusind Hilsner fra Din hengivne Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1898-04-28</t>
+  </si>
+  <si>
+    <t>Vilhelm Larsen</t>
+  </si>
+  <si>
+    <t>Johannes Larsen malede foråret 1897 på guldregnebilledet, men måtte stille det væk, da træet tabte blomsterne.
+"Skiven med Kronprinsen" er bestilt af en fugleskydningsmand.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen håber at komme til at male på billedet af guldregnen. Han vil gerne have Christine til at fotografere enten hunden eller et billede af hunden.
+Larsen er usikker på, hvordan han skal male skiven med kronprinsen (til Fugleskydningsmanden).</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/MYqq</t>
+  </si>
+  <si>
+    <t>Kjerteminde 28 April [noget af papiret mangler]
+Min egen Kæreste!
+Jeg har egentlig ikke ret meget at fortælle Dig i Dag, men Du skal alligevel have et lille Brev i Dag skønt jeg ingen fik i Morges. Jeg har nu faaet Guldregntræet sat paa Blendramme og skal saa til at male paa det, m[en det] er Graavejr, efter den [noget af papiret mangler]set jeg har af det, pa[a en] Maade tænker jeg at [noget af papiret mangler] kan komme saa vidt med det at jeg kan naa at faa det malet færdigt naar det er sprunget ud, jeg har ogsaa set paa Hunden i Dag og tegnet en lille i en noget [ande]n Stilling en den jeg fandt i Gaar, og saa er jeg kommen i Tanker om at det maaske ikke var saa galt at faa den fotograferet, saa hvis Du vilde være saa sød at skrive saasnart Du har faaet dette, og sende Brevet til Højrup med det samme, vil jeg (det skal indeholde Christines Adr. i Odense) skrive til hende om det ikke var muligt at hun kunde komme her paa Lørdag Aften eller Søndag Morgen med sine Apparater, eller det var maaske endnu mere durkdrevent om Du skrev til hende og bad hende skrive til mig om hun kan komme og ved hvilken Tid hun vil hentes i Ullerslev, kan Du det? for hvis Du først skal skrive til mig og jeg til hende kan hun vel ikke naa at svare mig. Skiven til Kronprinsen har jeg faaet og begyndte at tegne ham op med Kul, men jeg er for Øjeblikket helt i Vildrede med hvordan det skal være. I Eftermiddag har Klaks og jeg arbejdet i Haven og været i [noget af papiret mangler] men nu rejser jo Kla[ks i] Morgen saa naar jeg [er] alene gider jeg vel ikke hver Dag. For Øjeblikket sidder Klaks og tegner Kortet over Haverne. Kan Du nu være sød og skrive snart. Jeg elsker Dig. Din hengivne
+Johannes Larsen</t>
+  </si>
+  <si>
+    <t>Maj 1898</t>
+  </si>
+  <si>
+    <t>Carl Becher 
+Jørgen -, Erikshaab
+Otto Emil  Paludan
+Albrecht  Warberg
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Alhed bor endnu på gården Erikshaab med sine forældre.</t>
+  </si>
+  <si>
+    <t>Alhed håber, at Johannes Larsen kom godt hjem og fik kørelejlighed, så han er frisk til at male. Selv maler hun på et billede med små, hvide blomster.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/93Ao</t>
+  </si>
+  <si>
+    <t>Min egen kære Frajser!
+Jørgen kører til Højrup, saa Du faar vist denne lille Skrivelse allerede i Aften, hvis Du [ordet overstreget] I sender Bud efter Post! – Jeg haaber, Du kom godt hjem i Aftes, og at Du kom kørende med Becher, saa Du ikke har været saa træt i Dag, men har kunnet male paa Dit Morgenbillede i det dejlige Solskinsvejr. Jeg vaagen ganske tidlig i Morges og glædede mig over det. Far var meget skuffet over, at Du var rejst og fortrød, at han ikke havde faaet Dit Tøj op i Palams Skab. – Jeg malede flittig hele Eftermiddagen men fik kun malet de to hvide Blomster, nu skal jeg ud at hænge i igen. Det morer mig dobbelt, nu Du har set det og anerkendt det en lille Smule. – Mor ligger af Hold i Skulderen.
+Han kører Din
+A</t>
+  </si>
+  <si>
+    <t>1898-05-01</t>
+  </si>
+  <si>
+    <t>Anna tjenestepige Erikshaab -
+Dora -
+Berta Brandstrup
+Johanne Christine Larsen
+Otto Emil  Paludan
+Ellen  Sawyer
+Fritz Syberg
+Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>1. maj og 1. november var skiftedag, hvor bl.a. tjenestefolk skiftede til nye pladser.
+Johanne Warbergs forlovelse med Thorvald Balslev var blevet brudt tidligere på året, hvilket slog hende ud. At hun nu er glad, handler muligvis om, at hun har indledt et forhold til Johannes Larsens bror, Adolph (Agraren), som hun senere blev gift med.
+Tjalfe var Johannes Larsens jagthund.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen må se at komme af med sin byld.
+Anna er rejst med gråd, og de to nye piger er kommet. Alhed skal hjælpe pigerne i gang.
+Alheds far, Paludan og søster Johanne har gjort nar af Alhed p.gr.a. breve fra Johannes Larsen. Johanne er i ualmindeligt godt humør efter i lang tid at have været trist. Det glæder Alhed, men hun får ikke at vide, hvad grunden er. 
+Johannes Larsen kan godt tage Tjalfe med, når han kommer om lørdagen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/y7KJ</t>
+  </si>
+  <si>
+    <t>Kære lille Las!
+Jeg er nok kommen galt efter det med mine Breve og jeg ser ikke hvordan jeg skal gøre det godt igen. Jeg kan nok afsende dette med Ilpost i Morgen, men jeg antager ikke, Du faar det i Morgen Aften alligevel, det maa vist have været ved et rent Tilfælde, at Du fik det i Aftes, f Ex. ved at I have haft Bud paa Posthuset. 1000 Tak for Dit Brev i Dag, det glæder mig, at Du har det godt, kan Du nu blive ved med det og saa ogsaa se at faa Din Byld til at gaa over, at Du kan se rigtig smuk ud paa Lørdag – men selv om Du har den endnu, er Du jo alligevel det smukkeste, jeg ved. – I Dag er det Søndag d. 1ste Maj. Det har været et yndigt mildt Foraarsvejr i Dag, men ikke rigtig Malervejr desværre og Jeg er bange, jeg ikke faar det Billede malet. D. 1ste Maj og dito i November plejer at være fæle Dage, men det har for Resten været en rigtig rar Dag i Dag Anna drog af under nogen Graad og fæle Taarer, saa hun var endnu mere ophovnet end sædvanlig. Men vi andre tog det jo med Sindsro. De to nye Piger er kommen og ser rigtig skikkelige ud. – Faderen har været i udmærket Humør hele Dagen trods alle sine Udbetalinger, saa hans Status maa vist staa nogenlunde for Øjeblikket. Baade Johanne og jeg tilbød at nøjes med mindre end vi plejer at faa, da vi syntes vi sad ganske godt i det for Øjeblikket, men han gav os det hele, samt en rigelig Sum til Elle, som hun vist bliver glædelig overrasket ved, naar hun kommer hjem fra Kjbh. i forandret Tilstand. – Over Middag gik Johanne til Højrup, men hun bestemte det saa pludselig, at jeg ikke kunde naa at skrive til Dig. Da hun kom hjem sad jeg ude ved Hyacintherne, men da jeg hørte et skingert ”hvad siger Ladersen”? henne fra Kontorgavlen, anede jeg Uraad og gik derhen, og der stod saa Far, Palam og Johanne og overrakte mig grinende Dit Brev. – Johanne maa vist selv have faaet et Brev dernede, som hun er bleven glad ved; hun har været i saadan et udmærket Humør lige siden hun kom hjem. Jeg hørte hende gaa og synge oppe paa sit Værelse, hvad der ellers har været uhørt i al denne Tid. Og hun kom herind i Eftermiddag for at spørge, om vi ikke skulde have en lille hyggelig Cigaret. Jeg trode strax, det var for at fortælle mig noget om det, men hun sagde ingenting, men passiarede for Resten rigtig fornøjet. I Aften bad hun mig om at synge, hvad jeg ogsaa gjorde og senere spillede vi L’hombre med Far og Palam. Det var tydelig, at det morede hende og at hun befandt sig vel. Du kan tro, det er dejligt at se hende lidt glad igen, hvad der saa end er Grunden til det. – Nu sidder jeg oppe paa mit Værelse og skriver til Dig, og her er varmt og rart. Jeg er saa glad ved den lyserøde Farve og ved hele mit Værelse, jeg glæder mig meget til at vise Dig det. Men allermest glæder jeg mig til at se Dig selv, men nu mærker jeg, at jeg er bleven søvnig, saa jeg vil slutte og gaa i Seng, jeg skal tidlig op og dressere Piger. 1000 Gange Godnat og Farvel fra Din Alhed.
+- Næste Dag: nydeligt Vejr. – Jeg har kun Tid at skrive et Par Ord, jeg maa gaa over de Piger hele Tiden og nu skal jeg ned at hente Dora og Berta. – Dine Kodrivere blive vist pragtfulde til paa Søndag, Du kan glæde Dig til at se dem. – Du kan godt tage Tjalfe med paa Søndag siger Far, eller rettere paa Lørdag, Faderen glæder sig allerede til L’Hombren [spørgsmålstegn indsat over ordet]. Lørdag Aften. – Vi glemte helt at skrive den Ansøgning, som Kunstneren talte om, nu er det vel for sent. –
+1000 Hilsner Din A
+i Hast</t>
+  </si>
+  <si>
+    <t>1898-05-03</t>
+  </si>
+  <si>
+    <t>Asta Blom
+Berta Brandstrup
+Jørgen -, Erikshaab
+Ludvig Find
+Peter Hansen</t>
+  </si>
+  <si>
+    <t>Alhed Warberg (senere Larsen) bor stadig hos forældrene på gården Erikshaab. 
+Det er uklart, hvem "Chr. D" er og hvilken udstilling, Alhed skriver om.</t>
+  </si>
+  <si>
+    <t>Alhed Warberg (senere Larsen) har forkludret sit maleri med hyacinten. 
+En rotte har bidt hul i en af Alheds sko på loftet.
+P (Peter Hansen?) har en yndig akvarel med på en udstilling, som Johannes Larsen også deltager i.
+Berta og Asta er på besøg.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Nilx</t>
+  </si>
+  <si>
+    <t>Kære lille Las!
+Jeg har kun Tid at skrive et Par Ord, Posten er ligeved at komme! – Jeg maatte bryde saa brat af i Gaar, da Jørgen pludselig holdt for Døren! – Nydeligt Vejr i Dag, jeg malede i Gaar Eftermiddag, men daarligt, jeg har helt forkludret den røde Hyacinth, den er bleven kridtet i Lyset og for tungt [t’et overstreget] i Skyggen. Saa jeg opgiver vist Billedet, da der ikke Tid at begynde paa en frisk. – Berta og Asta kom i Gaar, det er morsomt at have dem. Asta er vist en sød Pige. – Vi var ude en henrivende Tur i Gaar, Vejret var dog aldeles henrivende. – Tænk i Aftes tog Rotterne en af mine Sko. Jeg hørte en vældig Spektakel ved Forhæng ude paa Loftet, saa jeg tændte Lys og stod op og gik derud for at se efter. Saa manglede en af mine Sko og jeg ledte efter den en halv Times Tid uden Resultat. Til Morgen fandt jeg den oppe under det store skab med et stort Hul i. – Nu skal vi ud en Tur, vist op paa Ørene. – Jeg glæder mig til at komme ned og faa et Brev fra Dig, jeg fik nok ingen i Gaar for min egen Dumheds Skyld, fordi jeg havde skreven, at vi ikke fik Brev til Højrup. Du kan tro, jeg ærkede mig. P. skal have en yndig Akvarel paa Udst. fra Rosenborg Have, bare han vilde bestille noget mere det Bæst. Dine Billeder hænge nu, hvor Finds hænger altsaa ved Siden af. Chr. D. skal hænge saa godt; bedre end før. – Det er væmmeligt at jage saadan med et Brev, men Du maa tage til takke og ikke være vred over det. Paa Lørdag kommer Du, nu er der kun 3 Dage til. Hvor jeg glæder mig. 
+1000 Millioner Hilsner fra Din egen Alhed. Nu har jeg slukket, saa kan jeg skrive lidt mere, da Posten ikke er der endnu. Bare det vilde blive godt Vejr paa Lørdag, men det støder saa underligt, saa jeg er bange, det forandrer sig. – Nu Farvel!
+Din A.
+Berta beder mig hilse mange Gange
+3die Maj</t>
+  </si>
+  <si>
+    <t>1898-05-04</t>
+  </si>
+  <si>
+    <t>Berta Brandstrup
+Ludvig Brandstrup, billedhugger
+Otto Emil  Paludan
+Ellen  Sawyer
+Harris Sawyer
+Albrecht  Warberg
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Harris Eastman Sawyer og Ellen Warberg blev gift i USA sommeren 1898.</t>
+  </si>
+  <si>
+    <t>Alhed har besøg af Bertha Brandstrup.
+Ellen Warberg (Alheds søster) har fået brev fra Harris Eastman, som vil komme og hente hende i juli. 
+Alhed har spillet l'hombre med Bertha, sin far og Paludan (Palam).</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/tOrM</t>
+  </si>
+  <si>
+    <t>Kære Las!
+Det var et frygtelig Jaskebrev, Du fik i Dag. Jeg skrev det paa et Øjeblik. – Da jeg var færdig med det gik jeg ned og afleverede det til Posten og fik i Stedet for et fra Dig, der var meget bedre. Det er ellers en vældig hurtig Postgang, at jeg i Dag kan have Svar paa ét jeg afsendte i Gaar Eftermiddags. – Det var vist ikke Vejr til at male i for Dig i Morges, jeg var ganske vist ikke oppe Kl. 5, men Kl. 6 ½ var det da Graavejr her. – I Formiddags var Berta og jeg ude en dejlig Tur, d.v.s. vi gik og drev om oppe i Skoven, der var saa henrivende, den er begyndt at springe ud. I Eftermiddag har vi ogsaa været ude. Det blev Regnvejr, men Luften var saa dejlig. Det er en storaret Aarstid. Sikken en Masse Billeder, Du har i Gang for Øjeblikket, naar nu bare Vejret vil være skikkeligt. – Næste Dag. – Jeg skrev ikke mit Brev færdig i Formiddags, da jeg vilde have det til Højrup med den Vogn der skulde hente Mor og Elle. Men saa kom der Brev med posten, at de først kommer i Morgen. Tænk Elle har haft Brev fra lille Eastman, om hun vil holde sig færdig til sidst i Juli, saa kommer han efter hende. Er det ikke rædselsfuldt, at vi saa snart skulde af med Elle, jeg kan næsten ikke taale at tænke paa det – tænk, nu har jeg siddet og sludret med Berta i 1 ½ Time i Stedet for at skrive, og hun har gjort det samme i Stedet for at skrive til Lud. Du fik x [indsat i margen] Du skrev jo nemlig i Dag, at Du havde været ovre at høre efter Brev, men der var ingen, ”og saa faar jeg vel heller ingen i Morgen” føjede Du til [indsættelse slut] jo Brev til Morgen, dit lille Vrøvl, det er jo naar jeg sender Brev af Sted med Iltoget, at Du faar det om Aftenen, ellers faar Du det først om Morgenen! I Aftes spillede Far, Palam, Berta og jeg en udmærket L’Hombre, nu taler vi om en Palaneser med 4 blanke Konger! – Jeg begik i Aftes, efter Fader sigende, den største Skændighed, der har været begaaet i dette Aarhundrede, idet jeg spillede Nolo og fik en Bet paa Solo corilac Kort. (Muligvis er Bedt galt stavet, men Du kan saamænd heller ikke stave det rigtig. Jeg elsker dig alligevel og glæder mig ruskende til paa Lørdag. Naar Du faar dette er der kun en Dag til. –
+1000 Hilsner fra Din Alhed.
+4de Maj – 98.</t>
+  </si>
+  <si>
+    <t>1898-05-05</t>
+  </si>
+  <si>
+    <t>Berta Brandstrup
+Johanne  Larsen
+Ellen  Sawyer
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Alhed Warberg/Larsen har opgivet at male hyacinterne, og hun vil male primula i stedet. Hun spørger, hvilket tog Larsen kommer med. Hun glæder sig til at se ham og at vise ham kodriver og sit værelse.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ZZAE</t>
+  </si>
+  <si>
+    <t>5te Maj.
+Kære lille Las!
+Du faar kun et lille bitte Par Ord, da Johanne skal til Højrup, og da jeg skal hen at male. Hyacintherne opgav jeg, da jeg malede den røde saa daarlig, at jeg blev ked af det. Nu vil jeg prøve at male af de smaa lilla Primula. Du maa endelig skrive, hvad Tog, Du kommer med , at jeg maaske kan hente Dig. Hvis Du tager med Dagvognen, er Du her med 1 Toget (fra Odense 12.10, hvis der ikke er Togforandring [ordene overstreget fra ”hvis”], det er der ikke.) det var udmærket, hvis Du kom med det Tog. – Nu ere Mor og Elle komne. – Nu skriver jeg altsaa ikke mere til Dig, men Du skriver endnu en Gang til mig. Solen skinner nok saa dejlig i Dag saa Du kan vist rigtig male paa Dine Kejserkroner. – Jeg glæder mig usigelig til at se Dig. Jeg har saa meget kønt at vise Dig d.v.s. det er vist egentlig kun mine Vægge og saa dine Kodriver. 1000 Millioner Hilsner fra Din
+Alhed.
+Berta sidder her ved Siden af og beder mig hilse Dig mange Gange.</t>
+  </si>
+  <si>
+    <t>1898-06-09</t>
+  </si>
+  <si>
+    <t>Arreskov
+Odense
+Højrup, Faaborg
+Lykkenssæde
+Tørringe, Fyn</t>
+  </si>
+  <si>
+    <t>Dora -
+Asta Blom
+Ellen  Sawyer
+- Schierbeck
+Johanne Schroll
+Peter Tom-Petersen
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Alhed Larsen har med sin søster Elle(n) været i Odense. Der er håndværkere i huset. 
+Alhed og Asta har været på cykeltur for at se syrener. Forleden drømte Alhed om den guldregn, som Johannes Larsen er ved at male.
+Alhed har besøgt maleren Tom-Petersen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/BB70</t>
+  </si>
+  <si>
+    <t>Kære lille Las!
+Du kan da vist ikke forstaa, hvorfor jeg aldeles ikke lader høre fra mig i disse Dage! Jeg ved heller ikke, hvordan det kan være, i Forgaars lod jeg det glide over og i Gaar løb Tiden fra mig. Men nu skal jeg nok blive flink, jeg er saa ked af, at jeg snart ikke skal skrive til Dig mere, eller læse Dine kære Breve mere. – Jeg skrev altsaa sidst ude i Odense, Elle og jeg tog hjem med det sidste Tog. Jeg fik min Cycle med og cyclede hjem fra Højrup. Vi fandt Huset i en sørgelig Forfatning, 1 Murer, en Snedker 2 Sadelmagre og 3 Malere havde husseret her hele Dagen og ere her endnu undtagen Mureren. – Næste Eftermiddag var vi med Dora ovre i Tørringe, Mor var med, ude for første Gang i flere Uger, saa Du kan tro hun nød Turen. Om Aftenen var Asta og jeg en dejlig Cycletur ud ad Svanninge Landevejen for at se til Syrenhegnene. De ere knap endnu udsprugne, men om kort Tid bliver de henrivende. Vejret er jo dejligt i disse Dage, jeg tænker meget paa Dit Guldregnstræ, forleden Nat drømte jeg om det og saa det lyslevende for mig, det var saa smukt. I Gaar skulde jeg møde nede ved Højrup St. Kl. 1 for at følges med Fru Schroll fra Lykkenssæde ned til Tom Petersens. De har det rigtignok nydeligt, men til Oktober rejse de derfra. Jeg skulde hilse ”min Kærreste” fra dem. Kommer Du ikke snart? Folk begynder at blive saa utrolig næsvise imod mig. Du har det egentlig meget bedre. – Om Aftenen var vi paa Lykkenssæde. Elle kom der til Thé. – I Dag skal vi til Præstens sammen med Provst Schierbæk og Elle og jeg skulle til Arreskov paa Visit først, jeg skal hen at klæde mig om nu! – 
+Vi skal køre i Hast – 
+9nde 1000 Hilsner og Tak for Dine Breve Din A.</t>
+  </si>
+  <si>
+    <t>1898-06-11</t>
+  </si>
+  <si>
+    <t>Odense
+Højrup
+Svanninge
+Gelskov</t>
+  </si>
+  <si>
+    <t>Asta Blom
+Thora  Branner
+Adolph Larsen
+Jeppe Andreas Larsen
+Vilhelmine  Larsen
+Peter Larsen, Svanninge
+Christine  Mackie
+Christian Mogensen
+Ellen  Sawyer
+Christine Swane
+Andreas Warberg
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Alhed har været i Odense og ordne ærinder. Senere vil hun til Svanninge og tale med Peter Larsens enke.
+Alheds mor synes ikke, at Johannes Larsen skal have sort tøj på til brylluppet, så de stemmer for det blå, men han bør måske bestille et sort sæt til senere brug.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/5cFa</t>
+  </si>
+  <si>
+    <t>Min egen, kære Ladersen!
+1000 Tak for Dit Brev, som jeg blev forfærdelig glad ved. Du er altsaa den allerbedste og sødeste og godeste Dreng, det er Du rigtignok ogsaa, Du kan stole paa jeg glæder mig til paa Mandag. Bare nu dette smukke Vejr maa holde sig. – I Gaar var Asta og jeg i Odense, Du kan tro, det var hedt at gaa og besørge Ærinder derude. – Om Aftenen var vi i Læreforeningens Have at drikke The, Christine, Tutte og Dede var der ogsaa, bagefter drak vi Rhinskvin og morede os udmærket. – Vi tog hjem med det sidste Tog og cyclede fra Højrup i et henrivende Vejr. – I Eftermiddag har jeg tænkt at cycle til Svanninge for at se om Peter Larsens Enke er bleven lidt mere velvillig stemt overfor os. Hvis ikke maa jeg se at finde et andet Sted. I Aften skal vi om til Gelskov til Mogensens Fødselsdag. – Jeg skal nok skrive til Dig ogsaa i Morgen, men kan Du naa at faa det, inden Du skal rejse? Saa cycler jeg derud med det i Morgen og glæder mig meget til at der skal lige et fra Dig! – Hvad det sorte Tøj angaar, saa har jeg raadført mig med Mor derovre; vi kan ikke tænke os, at Du skulde have sort paa, da jeg jo heller ikke møder i Foddragt, men derimod absolut det blaa i Stedet for det graa. Mor siger, at det gør ikke noget, fordi det ikke er saa pænt, Præsten kan ikke se det og ellers er der jo kun os selv. Men Du skulde alligevel lade tage Maal af noget sort nu med det samme, Du kan vist ikke undvære det i Længden, og saa har Du det i Orden til Elles Bryllup. Jeg tror – nu kan jeg ikke huske, hvad det er, jeg tror, jeg har nemlig været inde at spise til Middag i Mellemtiden, - Slikasparges, Duesteg med Fars i og Brødkage, fin lille Middag i Anledning af, at vi Damer ere alene hjemme. – Jeg skal nok komme ned at hente Dig ved Stationen paa Mandag. Jeg glæder mig som sagt meget til Du kommer. Jeg elsker Dig virkelig forfærdelig højt, selv om Du ikke altid kan mærke det. – Kan Du hilse Dine forældre og Uglen og Agraren forfærdelig mange Gange fra mig 1.000 Hilsner af de allerkærligste fra din egen søde Kæreste
+Alhed
+11te Juni - 1898 – 
+[Skrevet ved datoen, men på tværs]: Tak for sidst til Jer allesammen Elle
+Elle sad nede i Haven og syde i Formiddags, saa blev hun saa sulten, at hendes Mave rumlede saa højt, at begge Hundene kom gøende derhen og trode, det var en Vogn.
+Jeg skal hilse fra Elle og spørge, om hun saa ikke ogsaa var sulten
+[Skrevet på side 1, øverst, på tværs]: Efterskrift: Det er ligesom, der trækker lidt Skyer op for Solen nu. Jeg vogter spændt paa Vejret hver Dag for Din Guldregns Skyld. Ja bare det dog maa blive et smukt Billede, men det gør det nok. Det var et sødt Brev jeg fik fra Dig i Dag.</t>
+  </si>
+  <si>
+    <t>1898-06-27</t>
+  </si>
+  <si>
+    <t>Erikshaab Højrup Fyen</t>
+  </si>
+  <si>
+    <t>Wilhelmine Berg
+Louise Brønsted
+Alhed Larsen
+- Svendsen, frøken</t>
+  </si>
+  <si>
+    <t>Alhed Larsen skulle på bryllupsrejse.
+Munter var Warberg-familiens hund</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 1734</t>
+  </si>
+  <si>
+    <t>Det er godt for Alheds helbred, at hun skal rejse.
+Tante Mis er syg, og lægen tror, at det er en byld, der kræver operation.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/0vEv</t>
+  </si>
+  <si>
+    <t>d. 24/6 98
+Kære Moder!
+Tak for Brevet med de glædelige Nyheder ang. B. Det er jo svært morsomt med den Rejse for dem. Det er glimrende for B’s Helbred. 
+Det vil [”vil” overstreget; ”er” indsat over ordet] er såmænd Grund nok med Mis’ Sygdom at opgive Selskabet. Der er ganske vist ingen øjeblikkelig Fare, men det kan der jo hurtigt komme. Dr. er temmelig betænkelig tror jeg. Han mener Byld og måske Operation. Hun ligger mat hen med en Del Smerter, nyder kun Vin, Sodavand og Mælk. – Det bliver rimeligvis langvarigt, og i så Fald må de jo have Sygeplejeske. – 
+Jeg kan nok gå herfra en hel Del, - der er i Grunden ikke megen Pasning, - så nu går jeg til Frk. Svendsen og klemmer hende. 
+Man hører megen Ros over Lugge?. – Skriv snart igen. Hlsen til alle også Munter -</t>
+  </si>
+  <si>
+    <t>1898-08-22</t>
+  </si>
+  <si>
+    <t>Wilhelmine Berg
+Julie Brandt
+Jørgen -, Erikshaab
+Jean Jensen
+Johanne Christine Larsen
+Ellen  Sawyer
+Harris Sawyer
+Ditlev Schroll
+Hempel Syberg
+Nicoline  von Sperling
+Andreas Warberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Nicoline von Sperling bestilte Johannes Larsen til at male et eller flere billeder til Ellen Warberg. Der var tale om en bryllupsgave, som hun kunne tage med sig til Boston, hvor hun og manden, Harris Eastman Sawyer, skulle bo. 
+Frøken Jean Jensen fungerede længe som huslærerinde for Warberg-familiens børn. Da hun blev ældre og hørehæmmet, søgte Laura Warberg at få en plads til hende på Christiansdal Kloster. Det lykkedes kort tid efter, at dette brev blev skrevet. 
+Det vides ikke, hvem Møller var. Warberg-familien kendte mange med dette navn.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB0348</t>
+  </si>
+  <si>
+    <t>Malerierne er gode - især det af Havestuen. 
+Laura Warberg har spurgt til en plads (i Christiansdal Kloster) for Jean Jensen, men der er ingen. 
+Hempel Syberg er syg med smerter.
+Johannes og Julie/Pans tur gik godt.
+Harris Eastman har stadig ikke meddelt, hvornår han kommer.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/1O9Z</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Hr. Godsforvalter Warberg
+Gothersgade 129 – 4.
+København 
+K.
+[På kuvertens bagside:]
+Poststempel
+[I brevet:]
+Erikshaab d: 22/8-98
+Kære Abba!
+Tak for Brevet! Elle var i Højrup i Aftes og kom med flere Breve foruden det, bl.a. fra Frøken Sperling, at de fem, der er tilbage nu paa Sandholt, vilde komme her til Aften i Morgen. Astrid og Pan er nu vandret der over for at bede dem spise til Middag her 4½, saa kan de see Malerierne i god Belysning. De ser saa udmærket ud i Opstilling alle 6 ude i Gangen, især er Havestuen henrivende. I Morges maatte jeg med første Tog til Odense for at tale med Engelstoft om en Plads i Klostret for Frøken Jensen, men der er intet Haab for hende. Syberg laa i Sengen i disse Dage af de sædvanlige Smerter. Schroll var der i Gaar og talte saa med Dr. Krarup om at see til Syberg, til Møller kommer hjem. I Dag var han bedre og kunde have Tanke for at få købt en Gave til [ulæseligt ord]. Jeg kom hjem med 1Toget og kørte med Jørgen hjem paa et Læs Mais; der var Besked om at hente 6000 Pund i Dag – Jeg var ved Skolen at hilse paa Dengse, som lod meget tilfreds; indlagte Brev kom i Dag, Du kan gemme det til mig. Junge og Pan ankom i Nat Kl. 2, men jeg har endnu intet hørt om deres Tur; kun at den var storartet. Elle fik endelig i Fredags Brev fra Eastman, og i Dag igen, men intet endnu om, naar han kommer. Nu kører Jørgen igen efter Mais og dette skal med ham. Vi har intet oplevet uden at vi har købt en lille sød Rottehund (Hvalp). Nu Farvel! Tak Mis for hendes Brev! 
+Mange Hilsner 
+Din Smaa.
+Vi kommer paa Fredag. Kl. 9; venter paa Færgen.</t>
+  </si>
+  <si>
+    <t>1898-09-19</t>
+  </si>
+  <si>
+    <t>Louise Amstrup
+Asta Blom
+Louise Brønsted
+Niels Elgaard Amstrup
+Jørgen -, Erikshaab
+Kirsten -, jordemoder
+Augusta Mogensen
+Christian Mogensen
+Otto Emil  Paludan
+Ellen  Sawyer
+Anna Schaffalitzky de Muckadell
+Erik Schaffalitzky de Muckadell
+Andreas Warberg, Albrechts far</t>
+  </si>
+  <si>
+    <t>Laura Warbergs søster havde et pensionat på Gothersgade 129, København. 
+Augusta og Christian Mogensen kom til Gelskov som forpagterpar i 1898, efter at Hempel Syberg havde forladt sin stilling ved gården. 
+Tante Visse/Louise Amstrup boede med sin mand på Ølstedgård. Hun havde i mange år alvorlige psykiske problemer.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB 0361</t>
+  </si>
+  <si>
+    <t>Ellens udstyr er kommet.
+Et par piger samt Mogensens har været på besøg. Asta kørte Fru Mogensen til Højrup.
+Laura og sønnen Andreas/Dede har fanget krebs og spist dem. 
+Lægen tilråder, at Tante Visse/Louise Amstrup bliver indlagt på sindssygehospital. 
+Kirsten Jordemoder er død.
+Paludan har mødt greven, som undrede sig over ikke at have hørt fra Albrecht Warberg i fem uger. Albrecht bør skrive til ham.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/RMwG</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Hr. Godsforvalter Warberg
+cand. jur.
+Gothersgade 129 – 4 Sal
+København K.
+[Håndskrevet på kuvertens bagside:]
+Afs: Warberg – Erikshaab – Højrup – Fyn
+Poststempel
+[I brevet:]
+Mandag d: 19de
+Kære Abba! 
+Det er bedst, Du faaer et Extrabrev i Dag, vi antager nemlig at Du snart maa være i Færd med at rejse hjem I Fredags kom Elles Udstyr og vi havde om Eftermiddagen Fredag ["Fredag" indsat over linien] 3 [ulæseligt ord] og 3 unge Piger til at see det; de var meget begejstrede over det Hele. Vi havde en fin Mellemmad til dem og Chocolade, Kaffe og Bagværk. de havde meddelt, at de ikke kunde blive til The, men da de skulde afsted og jeg bad dem blive, kunde de rigtig godt. Vi havde altsaa kun en meget tarvelig, uforberedt Aftensmad til dem. Bagefter fik vi lidt Musik og Kl. 8 ½ kørte Jørgen dem hjem, jeg var med. Mogensen var ogsaa med til Mellemmaden; han var bedt til Kl. 4, men han kom først, da vi andre næsten var færdig, han nød med god Appetit en vældig Mellemmad, Elle kommanderede ham til at spise op og det gjorde han til vor usigelige Forbauselse. De bad om at laane Dora til at hente en ung Dame ved Stationen, men saa fandt Mogensen og Paludan paa at gaae til Ølstedgaard og saa maatte Asta køre for Fru Mogensen til Højrup (Asta er en god Kusk) Dede kom med dem i Vogn. Lørdag Eftermiddag var jeg et Par Timer med Dede ude at krebse i Mergelgraven vi fik 39 Krebs ["Krebs" indsat over linjen] som vi nød til Aften. Søndag var jeg i Kirke; [ulæseligt ord] fortalte mig da, at nu havde Doktoren bedt hende tage snarest mulig til Ølstedgaard og bearbejde Visse til at komme paa Sindssygeanstalt, for det var rent galt derovre, og nu havde Visse selv i et Brev til Doktoren udtalt, at nu maatte hun hjemmefra, for Amstrup var saadan og saadan. I Morgen skal komme derover. I Dag Kl. 12 kører Elle og jeg til Østerhæsinge at anmelde Kirsten Jordemoders Begravelse. Paludan er paa Arreskov. Han var paa Vejen dertil i Lørdags, men mødte Grevens og vendte om, kørte med dem til Leddet. Greven undrede sig over, at han ikke havde hørt et Ord fra Dig i de 5 Uger, mon Du ikke skulde skrive til ham og melde Dagen, Du kommer hjem? Pal. og jeg mener, dette skulde skrives til Dig. Sidste Nat havde vi en lille Torden med megen Regn; der var en stor Ildebrand Nord paa. Vi venter hver Dag Brev fra Muk. Nu Farvel! Mange Hilsener fra os alle! Dette i al Hast, jeg er staaet saa sent op i Dag og har derfor en Del travlt. 
+Din Smaa.
+[Skrevet langs venstre kant på side 1:] 
+I Gaar kørte Dede os til Odensebakken, vi havde Mellemmad med og tilbragte 4 uhyre behagelige Timer, der var henrivende. Asta cyclede og Pal. gik. Astrid var i Odense Kl. 8 i Aftes kom Mogensens helt herned.</t>
+  </si>
+  <si>
+    <t>1898-11-03</t>
+  </si>
+  <si>
+    <t>Cassel</t>
+  </si>
+  <si>
+    <t>Johanne  Larsen
+Johannes Larsen
+- Lassen, Fru
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Alhed og Johannes Larsen er på bryllupsrejse. 
+Nogen - formodentlig Laura Warberg Petersen - har skrevet årstallet 1899 på kuverten, men året må være 1898.
+Der findes ikke noget indlagt i brevet.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2136</t>
+  </si>
+  <si>
+    <t>Efter 10 timer i tog er Alhed og Johannes Larsen nu i Cassel, hvor de har set kongeslottet Wilhelmshöhe og været på museum. Derfra rejser de til Frankfurt am Main og Basel, og onsdag vil de være i Pisa.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Xh1l</t>
+  </si>
+  <si>
+    <t>[Fortrykt på kuvertens forside:]
+Hôtel Lämmerhirt "Zum Mohren", Cassel
+[Håndskrevet på kuvertens forside:]
+Fru Laura Warberg
+Erikshaab
+Højrup St.
+Dänemark Fühnen
+[Håndskrevet i brevet:]
+Kære Moder!
+Vi ankom i Gaar Eft. Kl. 4 1/2 her til Cassel, efter 10 Timers Jærnbanekørsel fra Kiel. Vi var ikke videre trætte og efter at have spist til Middag, tog vi med Dampsporvogn til Wilhelmshöhe, et berømt og meget imponerende kngl. Slot, der ligger i en udmærket smuk Park. - Vi gik i Seng Kl. 8 1/2, da vi ikke havde faaet meget Søvn paa Skibet fra Korsør-Kiel. - I Dag have vi været paa Museet, der er udmærket. Om en halv Time glide vi til Frankfurt a. M., hvor vi overnatte, i Morgen Aften naa vi Basel, hvor vi skulle se Museet. - 
+Jeg skriver Brev, da jeg har en Komission til Johanne, hun er vel i Kjbn, men vil Du ikke give hende indlagte, naar hun kommer hjem. Vi ere i Pisa Onsdag og Torsdag, I maa endelig pr. poste restante Skrive et Par Ord til os og lade os vide, hvordan Dis og I alle have det! - Vi have det udmærket! 1000 Hilsner til Eder alle fra Las og Eders
+Alhed
+Torsdag.
+Tak for Strømperne, jeg sendte ikke Garn, da Fru Lassen vilde forfødde 4 Par! -</t>
+  </si>
+  <si>
+    <t>1898-11-18</t>
+  </si>
+  <si>
+    <t>Glorup
+Erikshaab</t>
+  </si>
+  <si>
+    <t>Viale Pr. Margherita 44 Firenze
+Fiesole, Italy
+Glorup, Nyborg</t>
+  </si>
+  <si>
+    <t>Konsulen -
+Wilhelmine Berg
+Thora  Branner
+Louise Brønsted
+Johannes Larsen
+Knud Larsen
+Otto Emil  Paludan
+Alfred Rottbøll
+Hempel Syberg
+Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>Albrecht Warbergs bror, Conrad Warberg, var godsforvalter på Glorup.
+Odenseanerne er muligvis Hempel Syberg og hans datter Thora, som flyttede til Odense i marts 1898.</t>
+  </si>
+  <si>
+    <t>Alhed og Johannes Larsen bor på et lille værelse i Firenze. De går på museer og besøger kirker. De spiser godt på restaurant og har kørt med elektrisk sporvogn. Det forsvundne brev er fundet på posthuset.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/uhvb</t>
+  </si>
+  <si>
+    <t>Kæreste Mor!
+1000 Tak for Dit Brev som jeg fik i Dag til Morgen; jeg ventede med Længsel Postens Ankomst, da jeg havde regnet ud, at jeg nok kunde have Brev i Dag, hvis det blev sendt til Højrup! – Det var dejligt at høre, at I alle have det godt, jeg fik ganske vist det andet, Dagen efter at jeg havde skreven, men det jo allerede 14 Dage gammelt; Konsulen og Kn. Larsen havde været paa Posthuset sammen og derfra til Direktøren for at klage, og tilsidst kom Brevet – atter til Kn. Larsen, som heldigvis ikke gav det tilbage til Posthuset, men opsøgte os og fandt os paa et Museum – Konvolutten er aldeles overmalet med Adresser og Overstregninger. – Vi har det ogsaa udmærket og ere glade ved vort Værelse, om Dagen ere vi der jo ikke meget, men om Natten er der saa dejlig stille; de to første Nætter, da vi boede paa Hotel herinde i Byen, kunde vi ikke sove for Støj. – Desværre er Vejret i Gaar og i Dag mindre godt, klart Solskin ganske vist, men en væmmelig Blæst, som hvirvler Støv og Skidt op i Ansigterne paa os. – Vi spise i ”Napoleone” en morsom Beværtning, hvor der altid er en Masse Mennesker, og derfor udmærket god Mad, og meget billig. I Dag er det Fastedag, hvorfor der exeleres i Fisk, vi spiste til Frokost: kogt [tilføjet: kogt] Haj med Citron 
+[skrevet ned langs margen:] Meddel os, hvis der sker noget i Dreyfussagen [tilføjelse slut]
+og Olje, - derefter Blæksprutter med Spinat men tilsidst mente vi dog, at lidt Kød kunde gøre godt, hvorfor vi nød os en Portion Lammesteg med Kartofler og ovenpaa Ost. Du kan se, vi nægter os ikke noget, naar vi spise 4 Retter til Frokost, den bebo [udstreget: bebo] beløb sig kun til 1 Lire 90 C. for os begge tilsammen, altsaa ikke en Gang 1,50 Øre, er det ikke kolossalt billig. Men det er foruden Vin, Vi køber nemlig en Flaske ad Gangen, paa den Maade kan vi drikke ligesaa meget vi vil for o. 35 C. pr Maaltid. – Forleden sad der en gammel Fyr og spiste ved samme Bord som vi. Han saa temmelig fattig og lurvet ud og vi antage ham for en lille Haandværksmester. Til vores store Frobavselse tiltalte han os paa godt Engelsk, og da han mærkede det ikke var vores Sprog – paa tysk. Jeg fik mig imidlertid en italiensk Passiar med ham og vor Forbavselse steg, kan I tro, da det viste sig , at han havde været Professor i italiensk ved Universitetet i London i nogle og tyve Aar: og Tyskland har han gennemrejst for sin Fornøjelse. – Vi gaar paa Museer hver Dag og gærne ogsaa i en Kirke, samt en Tur omkring i Byen. Forleden var vi en dejlig Tur i Fiesole, op med elextrisk Sporv. men ned flottede vi os med en Droske. Vi spiste til Aften – altsaa Middag – deroppe. – Du maa endelig skrive [overstreget: skrive] snart igen, jeg var saa glad ved dit Brev. Nu er Las færdig med at skrive hjem og vi skulle han at spise. – Jeg taaler Maden udmærket, er glad ved Tante Mis’ Middel, som jeg anvender
+[skrevet ned langs siden:] Vi glemte at fejre Mortensaften, ellers ”fejre” vi alt muligt hvilket bestaar i at spise fint hos ”Melili” (gl. Bernhards Restaurant) [Tilføjelse slut]
+[skrevet paa tværs på side 1:] hver Dag. – Nu Farvel! – Rottbølls er her ikke, men de komme muligvis med det første, sagde Konsulen. – Hils alle, vi morede os over Fars og Palams Kastanjeplantager, og i det hele taget over alt, hvad du fortæller. – I komme vel fra Glorup Mandag saa kan dette ligge til I komme hjem. - 1000 Hilsner til alle, ogsaa Odensianerne og Lugge, naar Du skriver, ogsaa Palam fra Las og Eders A
+Fredag – 18</t>
+  </si>
+  <si>
+    <t>1899-04-23</t>
+  </si>
+  <si>
+    <t>Andreas Larsen
+Christine  Mackie
+Peter Magnussen
+Astrid Warberg-Goldschmidt
+Viggo Winkel</t>
+  </si>
+  <si>
+    <t>Alhed Larsen er på Erikshaab hos forældrene, og hun venter på at skulle føde sit første barn, Andreas.
+Johannes Larsen fortalte i brevet til Alhed 22. april 1899, at de ikke skal holde auktion, for de skal nok få råd til at bygge alligevel, og han vil formodentlig sælge en del hos Winkel &amp;amp; Magnussen.</t>
+  </si>
+  <si>
+    <t>Det er godt, at Larsen spiser godt og rører sig, så han kommer i form. Også godt. dét Larsen skriver om auktionen.
+Alhed Larsen er gået i stå med sit billede, men hun er glad for, at Larsen har godt vejr til sit Morgenbillede. 
+Dis (Ingeborg Astrid Warberg) skal forloves onsdag.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/t3GG</t>
+  </si>
+  <si>
+    <t>Min kære Frajser!
+Du skulde egentlig ikke have haft Brev i Dag, men da jeg nu hører, at der skal Bud til Højrup, og da jeg tillige ser, at Du fik Dit Søndagsbrev allerede i Aftes, skal Du alligevel have et Par Ord. 1000 Tak for Dit Brev, som Christine kom med for lidt siden, jeg blev saa glad ved det. Udmærket, at Du spiser nogle Æg og rører Dig i frisk Luft, saa kommer Du ogsaa nok i god Kondition og maler nogle smukke Billeder. – Jeg er ogsaa saa glad ved det, Du skriver om Auktionen, jeg har set surt til den hele Tiden og synes meget bedre om Udstilling hos W. &amp;amp; M. Men jeg synes, det er en skidt Tid nu; og vilde være meget bedre til Efteraaret. – Det gaar saa daarlig med mit Maleri, jeg slider som et Asen, men kører alligevel fast. Jeg kan ikke faa den Farve. Jeg trode, det skulde blive et kønt Billede, men det bliver i St. for helt umuligt. – Sikken et dejligt Vejr til Dit Morgenbillede. 
+Nu Farvel, min egen Ven, mine Breve er nok meget smaa, men jeg har jo saa skrækkelig travlt hver Gang, jeg skriver, fordi der netop lige skal Bud til Højrup. Det er Dis’ Forlovelsesdag paa Onsdag, hun vilde vist blive henrykt ved et Par Ord fra Dig (Dronningensgade1)
+1000 kærlige Hilsner fra Din Alhed.
+Den lille har det udmærket. – 23 - April</t>
+  </si>
+  <si>
+    <t>1899-07-14</t>
+  </si>
+  <si>
+    <t>Wilhelmine Berg
+Andreas Larsen
+Peter Larsen, Svanninge
+Albrecht  Warberg
+Andreas Warberg
+Laura Warberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Alhed Larsen og hendes nyfødte søn, Andreas, er hos hendes familie på Erikshaab, mens Johannes Larsen bor på et lejet værelse i Svanninge og maler sammen med sine venner. 
+"Gratis Amen" og degnen: Der er muligvis tale om en betaling til degnen i forbindelse med Alhed og Johannes Larsens barns dåb.</t>
+  </si>
+  <si>
+    <t>Det er lummervarmt, og den lille (Andreas/Puf) bliver plaget af fluer, der sætter sig på hans kinder.
+Degnen er blevet flink igen. Alhed spekulerer på, om han har været sur, fordi han troede, de ville have "gratis Amen". Degnen danser ikke, for han vil ikke vække forargelse.
+Andreas (Dede) har fået ferie efter en fin eksamen, og han har bygget badeanstalt.
+Johannes Larsen må love at være forsigtig, hvis han bader eller sejler.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/1bHJ</t>
+  </si>
+  <si>
+    <t>Min kæreste Ven!
+Jeg fik ingen Brev fra Dig i Dag, men antager, at det er Postgangens Skyld, og at jeg muligvis faar, naar Dis i Aften er i Højrup. – Det er igen i Dag en lumrende Varme, men der er desværre Skyer oppe, saa jeg er bange, jeg ikke ikke faar klart Solskin til mit Billede i Eftermiddag. Jeg fik malet en hel Del i Gaar og fik meget Lyst til Billedet, hvad jeg egentlig ikke har haft før. Bare nu Solen og den lille vil være skikkelige, saa jeg kan faa bestilt noget i Eftermiddag. Han lider af Varme, det lille Skind, og der er nogle smaa vevre Fluer der plager ham meget ved at rende rundt paa hans Kinder, men nu har jeg bunden noget klart Tøj for ham, og det lader til, at det hjælper. – Præsten (Kapellanen) og Degnen var dernede (d’et overstreget og erstattet med et h) i aftes; nu er det gaaet over med Degnen. Han skulde da vel ikke have tænkt sig, at vi vilde have gratis Amen af ham og derfor paa Forhaand været gal paa os? – Tænk Dig Kapellanen danser ikke, fordi der muligvis kunde være nogle i hans Menighed, der vilde forarge sig, ”og man skal ikke vække Forar-re-gelse”! Men saa imødekommer han begge Partier ved at gaa over [de næste to ord indsat over linjen] i Forsamlingshuset og se paa, at de danser! - - 
+Fader og Moder ere i Odense i Dag til T [bogstavet overstreget] Translocation (galt stavet). Dede blev da flyttet op i 5te Klasse og tog en rigtig nydelig Examen. Han kom hjem i Forgaars og er kisteglad over at have faaet Ferie og over for bestandig at have sluppen den fæle Mathematik. Han har lavet en Badeanstalt igen paa samme Sted som i Fjor; men den skal være meget bedre bl.a. med Styrteapparat. Dis og Tante Mis have været i i Dag. Nu tror jeg den lille begynder at vaagne, han staar her i sin Vogn. Saa skal jeg ind og forpleje ham, inden jeg skal ud at male. – Jeg længes meget efter at høre, hvordan Du har det dernede i Svanninge min Dreng. Gid dog Vejret vil holde sig til Dit Billede. Du vil da nok være forsigtig med Vandet, hvis I gaar ud at sejle, ikke sandt? – og ogsaa med Badning og i det hele taget! – Hils dem alle fra mig men Dig selv allermest. Hav det godt min egen lille Ven. Din Alhed
+d. 14de Juli – altsaa vores Bryllupsdag.
+Ser Du noget til Peter Larsens, naar Du gaar gennem deres Marker? Hils dem.</t>
+  </si>
+  <si>
+    <t>1899-07-17</t>
+  </si>
+  <si>
+    <t>Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Thora  Branner
+Louise Brønsted</t>
+  </si>
+  <si>
+    <t>Laura Warberg til Astrid Warberg, 1899-07-17, 2438</t>
+  </si>
+  <si>
+    <t>Laura Warberg vil gerne hentes ved toget tirsdag. Thora og Louise kommer torsdag.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/sFGy</t>
+  </si>
+  <si>
+    <t>[Kuvert forside:]
+Frøken Astrid Warberg
+Erikshaab
+pr. Højrup.
+[I brevet:]
+Mandag
+Kære Putte!
+Du kan troe, jeg blev glad for Dit gode Brev! Jeg vil gerne hentes ved Iltoget i Morgen (Tirsdag) men Thora og Muk kommer ikke før Torsdag, da Thora skal prøve Kjole Onsdag Aften. 
+Dejligt at se Thorvald! I skal ikke vente med at spise efter mig, hvis f. Ex. Pigerne skal sætte Tøj i Blød.
+Kærlig Hilsen Mor.</t>
+  </si>
+  <si>
+    <t>1899-08-21</t>
+  </si>
+  <si>
+    <t>Carlsbad
+Globus</t>
+  </si>
+  <si>
+    <t>- Bendtsen, Frøken
+Wilhelmine Berg
+Berta Brandstrup
+Ludvig Brandstrup, billedhugger
+Julie Brandt
+Thora  Branner
+Louise Brønsted
+Jørgen -, Erikshaab
+Katrine -, Erikshaab
+- Jensen, Frøken, Erikshaab
+Marie Juul
+Hanne -  -, kokkepige Erikshaab
+- Kolding
+Hans Jørgen -, Kusk ved grevskabet Muckadell
+Andreas Larsen
+Johanne Christine Larsen
+Johannes Larsen
+Marie Larsen
+- Leth
+Christine  Mackie
+Christian Mogensen
+Otto Emil  Paludan
+Ellen  Sawyer
+Harris Sawyer
+Hempel Syberg
+Albrecht  Warberg
+Andreas Warberg, Albrechts far
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Astrid var sammen med sin søster, Thora, og Hempel Syberg på kurophold i Carlsbad. Globus var navnet på det hotel, som de boede på. 
+"Husene" var landarbejderboligerne, der lå nær gården Erikshaab.
+Nybøllegård er en lille gård i Hillerslev Sogn, Ringe Kommune.
+Alhed, Andreas/Jeppe og Johannes Larsen samt Berta og Ludvig Brandstrup rejste sensommeren 1899 til en af Larsen-familiens skovgårde i Småland. Laura Warberg stødte til dem kort efter.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, LW til Astrid 1899-08-21, 2398</t>
+  </si>
+  <si>
+    <t>Det er tørke.
+Kyllingerne er blevet store, og der er også mange æg. Hønsene har frygtelig mange lopper, som man nu prøver at bekæmpe. 
+Christine vil gerne have en killing.
+Andreas/Dede er rejst nu. Han har haft meget glæde af sin båd.
+Alhed og Johannes Larsen er rejst. Den lille græd meget på rejsen i Danmark, men i Sverige var han rolig. Johannes Larsen havde en hund med, og Alhed kørte det sidste stykke med barnevognen.
+Laura Warberg glæder sig til at komme til Sverige. 
+Ellen og Harris Eastman er lykkelige og på rejse.
+Christine lider meget af hovedpine. 
+Laura og en gæst har haft en dejlig aften i måneskin. 
+Der er inviteret til høstfest på Gelskov. 
+Albrecht er rask og glad.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/P8q0</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Frøken Astrid Warberg
+Adr: Hempel Syberg
+Globus
+Carlsbad.
+[Kuvertens bagside:]
+Poststempel
+[I brevet:]
+Mandag d: 21de
+Kære lille Putte!
+I Dag skal Du have en Beretning om mangt og meget af Smaating her hjemme fra, som ikke kan interessere Onkel Syberg. Jeg har gaaet en Times Tid i Haven, vandet de stakkels fortørrede Blomster og Frø af noget meget stor Salat, som jeg vilde have til Hønsene hen i Efteraaret, men som ikke vil komme op p.G.a. den rædsomme Tørke. Jeg har ogsaa plukket en stor Portion Kaal og Ukrudt til Høns og Kyllinger Vi giver dem hver Dag grønt. Du kan tro, ”de 21” er bleven store og sunde og ”de 21 mindste” voxer ogsaa godt. Vi faaer nu ca. 14 Æg om Dagen og bruger rask af dem. I Lørdags var Dede og jeg hos Hanne og H. Jørgen og vi havde den ene store hvide Hanekylling med til Hanne, som holder Diæt endnu. Ikke den fra Husene naturligvis. Hønsene er saa befængt med Lopper, saa nu har jeg med Magt og efter en lille Kamp med Jørgen sat igennem at der kommer Aske i den forreste Hønsegaard. Desuden skal Katrine i Morgen skolde alle Rederne og lægge Bregner i Bunden; det siges at skulle hjælpe. Katrine sagde strax, Du var rejst, at hun kunde ikke see sin Kjole eller andet Tøj for Lopper. Det undrede mig at Du aldrig talte om det. – Den ene lille Mis var Christine for nogen Tid siden paa Nybøllegaard med. Marie Juul havde fortalt os, at Chr. maaske vilde have en med til Kbh!! Den brogede Mis har faaet 2 Killinger, men de er ombragte. Vi har jo nu slet ingen Rotter mere. I Gaar fulgte jeg Dede til Højrup han var meget alvorsfuld ved Afrejsen den kære Dreng! Han havde Besøg af sin Ven Kolding fra Onsdag til Lørdag; de fik en L’hombre og en Toddy om Aftenen med Christine og Pal Dede har haft megen Fornøjelse af sin Baad, sejlet med Sejl i den store Aa! – I Lørdags fik jeg Brev fra Tante Mis. Alhed og de andre var komne meget forsinkede til Kbh. og Drengen havde brølet slemt. Lud, Berta og Johanne modtog dem hos Mis. De fik Aftensmad ned i Pans Værelse alle sammen, Mis tog sig af Jeppe, som derefter kom op og fik Bad og var sød igen og sov til Kl. 6! Kl. 10 drog de afsted til Sverig over Land; allerede Søndag fik jeg et Par Ord fra Las skrevet paa Landeryd St.; Drengen havde da været skikkelig hele Vejen og Alhed og han kørte i Forvejen med Barnevognen. Det havde været umuligt for Alhed at undvære en med, da Las havde Hunden at sørge for ved alle Skiftesteder. Jeg savner Drengen meget og længes allerede efter ham, begynder at glæde mig til Rejsen. Det vil jo ogsaa blive en stor Behagelighed ved mit Ophold deroppe at Marie Larsen er der, eller rettere kommer senere. – I Gaar kom der et overvægtigt Brev fra Elle. Hun og East. er nu paa deres 3 Ugers Rejse i ”White mountains” og Du kan troe, at Brevet strømmer over af Begejstring og Lykke! De er som 2 Børn der finder ”Tilværelsen næsten fuldkommen”. Men jeg skal tage det med ud til Eder, naar jeg kommer. Nu skal det først til Far. Tænk at jeg for Tiden har 5 Døtre, 2 Svigersønner og et Barnebarn i forskellige Udlande! Ja og saa desuden ”en elsket Svoger”! Jeg skal rigtignok sende mine Tanker vidt omkring i Verden i denne Tid! Nu er vi kun faa her tilbage: Pal Christine og Pan, denne rejser i Morgen og samtidig begynder Chr. med Ture til Odense. Stakkel! Hun har ikke haft ret megen Glæde af Ferien! Næsten altid Hovedpine, saa hun sjælden kunde være med til noget. I Gaar kom Leth iglende, han var livlig og rar. Vi sad alle sammen i Fars Stue [”allesammen i Fars Stue” indsat over linjen] til Kl. 9 og det morede ham at høre mig fortælle om Elle og jeg læste Rejsebrevet for ham. Nej Mørkning var det egentlig ikke, for vi havde et pragtfuldt Maaneskin, der gjorde f.Ex. Dagligstuen helt feagtig, ligesaa Haven. Dertil stille og stjerneklart. Jeg elsker Maaneskin i August og September; det er aldrig saa dejligt som i de to Maaneder! Mogensen var nede om Efterm. for at invitere dem + til Indhøstningsgilde. der blev kørt ind hele Søndag, da det havde set lidt truende ud Lørdag og Søndag Morgen! Men desværre! endnu ingen Regn og ikke mere Udsigt dertil end i lang, lang Tid. Vi saa i Lørdags flere Gadekær i Allested og der omkring helt udtørrede. Men saa har Folk jo da faaet indhøstet næsten allevegne allerede. – Frøken Jensen har igen udsat sin Ankomst til Begyndelsen af September. Fr. Bendtsen fik jeg Brev fra i Gaar hun kommer Tirsdag 8 Dage. Hun var glad ved et Brevkort fra Dig. – Far har det brillant og er saa fornøjet, skrev Mis. Nu faar Du ikke mere lille Putte! Kun de kærligste Hilsener til Eder alle tre fra Mor.
+Du kan troe, vi er glade ved Dine Breve og ved alt det, Du fortæller om. Jeg længes meget efter næste Brev fra Eder, ja at høre om Syberg er rask. Nu har vi køligere 
+[Skrevet langs sidens venstre kant:]
+Vejr her. I vel ogsaa.
+[Skrevet langs venstre kant på brevets side 1:]
++ vi spiste de store Kyllinger Onsdag da Pan rejste men de var mange. 
+[Skrevet langs højre kant på brevets side 1:]
+Hvordan gaar det med Thoras Hals??</t>
+  </si>
+  <si>
+    <t>1899-08-24</t>
+  </si>
+  <si>
+    <t>Louise Amstrup
+Thorvald Balslev
+Wilhelmine Berg
+Julie Brandt
+Thora  Branner
+Niels Elgaard Amstrup
+Jørgen -, Erikshaab
+Olaf Jensen
+Alhed Larsen
+Christine  Mackie
+Otto Emil  Paludan
+- Rosendal
+Ellen  Sawyer
+Hempel Syberg</t>
+  </si>
+  <si>
+    <t>Laura Warbergs søster havde et pensionat på Gothersgade 129, og Albrecht Warberg boede tit der, når han var til behandling for sin astma i København. 
+Lille Olaf er muligvis Julie/Pan Brandts søn. Thorvald er muligvis Thorvald Balslev. 
+Det vides ikke, hvem Amanda var. Christiane og Thomas, som skulle giftes på Sandholt, var muligvis ansat ved denne herregård. 
+"Amstrup sagde til mig, at det havde været rent galt, siden vi saaes": Louise Amstrup på Ølstedgaard var psykisk syg; formodentlig bipolar.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0335</t>
+  </si>
+  <si>
+    <t>Julie/Pan Brandt og lille Olaf har været på besøg. Pan væltede et blækhus ud over gulv- og bordtæppet i Astrids værelse, og det var Laura ærgerlig over.
+Hempel Syberg er syg. Laura rejser til København for at se til sin far og derefter til Alhed Larsen. 
+Laura har fået brev fra Rosendal. 
+Christiane og Thomas skal giftes på Sandholt, og Christine har købt syltetøjsskeer som gave.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Ewpx</t>
+  </si>
+  <si>
+    <t>[Skrevet på kuverts forside:]
+Hr. Godsforvalter Warberg
+Gothersgade 129 ⁴
+København K. 
+[På kuverts bagside:]
+Poststempel.
+[I brevet:]
+Torsdag d: 24de August. 
+Kære Abba!
+Tak for Brevet! Det kom ikke med Posten i Tirsdags, men Jørgen fik det om Eftermiddagen, da han kørte til Højrup med Christine, der skulde ud at begynde sine Timer; med Pan og med lille Olaf, der kom Dagen før, var rigtig livlig og rar, han var rigtig glad ved at besøge os igen det var tydeligt, og vi var ogsaa rigtig glade ved at see ham. Hun skulde denne Gang kun være et Par Dage København for at leje Værelser til ham og lille Jensen men til 1ste September skulde han ind og tage fat igen paa Skolen, saa vilde han besøge Dig. Han og Pan fulgtes ad fra Højrup til Kbh; men alt det ved Du maaske fra samme Pan, der afsluttede sit Besøg her med den Udaad at vælte et Blækhus paa Gulv- og Bordtæppe i Astrids Værelse, det Pjattehoved hun er, jeg var rigtig ærgerlig over det. Jeg har faaet Brev fra Thora og et lille et indeni fra Syberg. Han er bedre men har været temmelig syg, dog heldigvis kun et kortvarigt Anfald. Jeg rejser saa ud at tage med dem, men vil hjem samme Aften med Astrid, da vi skal vadske og jeg gærne vilde være færdig med det, saa jeg kan rejse til København d: 1_ste_ eller 2_den_[”eller 2den” indsat over linjen] og derfra Mandag op til Alhed. Jeg vil være i Kbh. en eller 2 Dage for at besøge Far, ingen veed, hvor længe vi har ham. Jeg beundrer alt det, Du kunde naae paa de første 4 Dage derinde. Hils Thorvald! Mon han er der, hvis jeg kommer den 1_ste_? Mis maa gærne læse Elles Brev, der var slet intet hemmeligt. Du sender mig det vel nok, saa jeg har det senest Tirsdag at tage med ud til Syberg; det skal ogsaa med til Sverig. – Jeg har skrevet til og faaet Brev fra Rosendal; der er Intet ved Amanda! Ikke en Billet mere fra Tidenden! Nu maa jeg nok have det i Ugens Nyheder. – I Dag skal Christine og jeg spise til Middag paa Sandholt. Pan meldte os derovre i Dag eller i Morgen, saa bad de os. – I Morgen gøre de Bryllup for Christiane og Thomas, og vi var enige om her, at Du vist vilde have vi skulde give dem en lille Brudegave og saa købte Chr. for 7 Kr. 2 Syltetøjsskeer i et Etui. Pal. siger, at han kan komme til Dine Visitkort; vi tager saa Gaven med i Dag. Ellers intet nyt under Solen herfra! Jeg skrev Breve i Gaar i 3 Timer, men jeg naaede ikke til Dig og nu har jeg ingen at ”sende til Højrup”. Chr. kom i Aftes med sidste Tog; Pal var omtrent helt nede efter hende. Det har nu i 3 Morgener set meget ud efter Regn, i Dag endelig smasket lidt, men op
+[Skrevet langs kanten på side 4:]
+Dagen klarer det op igen. Da Jørgen kom 
+[Skrevet langs højre kant på side 3:]
+fra Højrup i Tirsdags og han og Hesten havde faaet Mellem[ulæseligt] 
+[Skrevet langs venstre kant på side 3:]
+kørte jeg til Ølstedgaard. De var glade ved
+[Skrevet langs højre kant på side 2:]
+mit Besøg og ved at jeg bad dem hertil
+[Skrevet langs venstre kant på side 2:]
+på Søndag. Amstrup sagde mig, at det havde 
+[Skrevet langs højre kant på side 1:]
+været rent galt, siden vi saaes. 
+[Skrevet langs venstre kant på side 1:]
+Nu kun mange Hilsener til alle Bekendte, Du træffer paa og Dig selv fra Din Smaa.</t>
+  </si>
+  <si>
+    <t>1899-09-03</t>
+  </si>
+  <si>
+    <t>- Bendtsen, Frøken
+Berta Brandstrup
+Lauritz  Brandstrup
+Ludvig Brandstrup, billedhugger
+Louise Brønsted
+Katrine -, Erikshaab
+Alhed Larsen
+Augusta Mogensen
+Jupiter Mogensen
+Henning Schroll
+Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>Selvom brevet er skrevet på brevpapir fra Erikshaab på Fyn, må det reelt være skrevet i København, hvorfra det også er afsendt. Laura Warberg var på vej til Småland, hvor datteren Alhed, hendes mand Johannes Larsen, parrets søn og adskillige flere opholdt sig.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB0031</t>
+  </si>
+  <si>
+    <t>Det er godt, at Christine venter et år med at tage til Askov.
+Laura beder datteren plukke en buket siv ind og at fjerne det stikkende gulvtæppe. 
+Laura har haft en god rejse og tager den følgende dag videre til Sverige.
+Det går den forkerte vej med Bedstefar. Laura spørger til Frk. Bendtsen, som er syg.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/NBP7</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Frøken Astrid Warberg
+Erikshaab
+pr. Højrup St.
+Fyn
+[Fortrykt på brevpapiret:]
+A.C. Warberg,
+Godsforvalter,
+Erikshaab pr. Højrup St.
+[Håndskrevet i brevet:]
+Søndag Formiddag paa Fars Værelse
+Kære lille Putte!
+Nu skal Du strax faae en lille Beretning om min Rejse, men først Hilsen fra Far, at han af Hensyn til Dit Helbred naturligvis ogsaa af Penge-Hensyn synes godt om Du venter et Aarstid med Askov, desuden er vi begge glade ved at Du maa have vor Putte hjemme i Vinter. Mens jeg husker det – jeg glemte en Daase Kakao til Alhed, men nyd Du en af dem hver Dag, naar de andre drikker The. Vil Du endelig huske at tage en stor Buket Siv ind snarest; sæt den i en Krukke med Vand paa et af Værelserne, Vandet skal ikke skiftes eller fornyes, det skal bare dunste bort. Og vil Du saa ogsaa endelig strax faa taget det strikkede Gulvtæppe bort fra Dit Værelse og lade det rigtige kommer paa igen. Vil Du ikke ogsaa have Tæppe paa i det store? Nu maa Du ikke opsætte disse Ting lille Putte. – Vi kom godt ind med lille Jupiter, han var rigtig skikkelig næsten hele Vejen, græd egentlig kun lidt, mens vi stod i en gyselig Trængsel paa Skibet og ventede på at komme i Land. Jeg var paa Dækket hele Tiden, det var yndigt Vejr og næsten stille. Langt om længe fandt vi paa Banegaarden. Far og Fru M’s Familie. I Morgen rejser jeg til Sverig, her laa Brev til mig. Lugge bliver deroppe til paa Onsdag, Lud er der endnu og Muk gaar paa Jagt med ham. Det var herligt, at lille Muk fik den Tur. Hun er saa huslig og flink, siger Berta, og der er saa yndigt og komfortabelt oppe og de har rigeligt med Mad i Aar. – Nu skal Far og jeg ud at see til Bedstefar, de siger han gaaer stærkt ned ad Bakke. Daisy kunde kende mig, hun sagde strax ”Aua” Lad mig nu snarest muligt høre fra Dig lille Putte! navnlig om, hvordan Frøken Bendtsen har det; jeg er bleven ængstelig, mens jeg er borte, for at hun skulde blive mere syg. Men i saa Fald henter I da Schroll! 
+Jeg bor i et stort Værelse paa 3de Sal. Mange Hilsener til Eder alle sammen! Lad nu Jørgen køre med Iltoget, om det kører fra Faaborg Alhed er kommen, saa Katrine slipper at gaae derned.
+Mor.</t>
+  </si>
+  <si>
+    <t>1899-09-08</t>
+  </si>
+  <si>
+    <t>Båxhult</t>
+  </si>
+  <si>
+    <t>Berta Brandstrup
+Ludvig Brandstrup, billedhugger
+Louise Brønsted
+- Jensen, Erikshaab
+Alhed Larsen
+Andreas Larsen
+Johannes Larsen
+Ellen  Sawyer</t>
+  </si>
+  <si>
+    <t>Både Astrid Warberg og søsteren Christine blev kaldt Putte. Det er dog mest sandsynligt, at det var Astrid, der opholdt sig på Erikshaab i september 1899. 
+Båxhult er en skovgård i Småland, Sverige. Larsen-familien ejede den og tog på ferier, male- og jagtture til stedet.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB0930</t>
+  </si>
+  <si>
+    <t>Der er stor længsel efter aviser på Båxhult. Man ser ikke mange mennesker, men man går mange ture. Alhed Larsen laver al maden, og den lille er sød. 
+Hvis der er mange ribs på Erikshaab, kan man lave grød. 
+Hunden Tjalfe sover i Laura Warbergs værelse. 
+Laura W beskriver gården. Der er en kæmpe ovn i køkkenet.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/6mrV</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Frøken Astrid Warberg
+Erikshaab
+pr. Højrup
+Fyen
+Danmark
+[Håndskrevet med anden skrift på kuvertens forside:]
+Bedste (Laura) pt Båxhult.
+13-3-03
+[Håndskrevet i brevet:]
+Båxhult d. 8de. Aften
+Kære lille Putte!
+Du bliver vel forbavset over at faae Brev igen, men det er vor Længsel efter Aviser, der faar mig til at spendere et Frimærke saa hurtigt efter mit første Brev. Jeg var i Dag oppe paa Höljeryd at høre efter Post og vi var ganske sikre paa at faae ”Politiken”. I kan ikke tænke Eder den Fryd, her var over dem, jeg havde med! De havde ikke set uden en!! som Lud og Berta havde med. Nu maa I da endelig sende 4 ad Gangen. Pakken glæder vi os også kolossalt til. Her er jo kun ringe Afvexling Mennesker ser man ikke mange af og taler med endnu færre. Men dejligt er her! Vi gaar gode Ture og jeg arbejder en Del i Huset hvilket jeg befinder mig saa udmærket ved. Vi lever brillant, Alhed laver selv al maden. Gajen er yndig og ret skikkelig, vi kører med ham hver dag, men om Formiddagen sover han i sin Vogn ude i Gaarden 3-4 Timer – Tak for Brevet lille Putte Smeden havde det med i Gaar fra Landeryd, hvorfra de havde Hilsen med fra Muk til os. Vær endelig forsigtige med Baaden. Hvis I har flere Ribs, saa skulde I prøve at lave Grød af dem, som vi her laver den af Tyttebær, koge dem hele lidt med Sukker og Vand og saa Jævning paa, men skylles maa de. Kan Du tænke Dig, at Tjalfe ligger i mine Stuer om Natten! Her er temmelig langt tra Sovekammeret og uden Tjalfe vilde jeg ikke være dristig. Men han er saa stille og artig. Her er en stor Forstue med Trappe op til Loftet, hvor en gammel halvblind Kone har et Værelse. Ved Siden af mit Værelse er et lille Kontor, hvortil Døren staar aaben. I Dag har jeg kørt Drengen alene en Tur op i Skoven, men Vejene er slemme og man bliver hurtigt træt af at trække Vognen. Du kan tro, det er morsomt med den store Ild i Køkkenet! Det morer mig at gøre Ild og manøvrere med det hele. I Morges lavede jeg selv alting til, kogte Havregrød, Kaffe og Mælk og havde det hele færdigt, til Alhed var klædt paa. Las gjorde Ild og satte Vand paa. I Aften var der et saadant Baal, at der var lyst i Køkkenet som af mange Lamper. Nu er Kl. 10½ og de andre er for længst i Seng. Om jeg nu kunde faae Held til at faae dette Brev med en Vogn i Morgen tidlig! Saa faar du intet for den første! I huskede da at skrive til Elle i Onsdags? Hils nu hver især fra mig. Du er da skikkelig mod Fr. Jensen, dril hende ikke med Hundemad eller noget som helst.
+[Skrevet lodret i kanten på brevets sidste side:]
+Mange Hilsener fra Alhed, Las og Mor 
+[Skrevet lodret langs kanten på brevets første side:] + mens de har været her.</t>
+  </si>
+  <si>
+    <t>1899-09-15</t>
+  </si>
+  <si>
+    <t>Båxhult pr. Landeryd</t>
+  </si>
+  <si>
+    <t>Lina -
+Thora  Branner
+Louise Brønsted
+Alfred Dreyfuss
+Katrine -, Erikshaab
+- Garell
+Alhed Larsen
+Andreas Larsen
+Johannes Larsen
+Christine  Mackie
+Ellen  Sawyer
+Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>Alhed og Johannes Larsen, deres søn og Laura Warberg opholder sig på Larsen-familiens ejendom, Båxhult, i Småland.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB0028</t>
+  </si>
+  <si>
+    <t>Alhed og Johannes Larsen samt Laura Warberg har læst aviser omkring ét stearinlys. De kan ikke skaffe petroleum. De er optaget af Dreyfuss-affæren. 
+Laura W gør rent og laver god mad. Johannes Larsen har bla. skudt skovduer. 
+Andreas/Gaien og Alhed optræder som modeller på Johannes Larsens maleri. Den lille ligger/står på alle fire. 
+Laura W beder Astrid sende diverse og Katrine om at vaske tøj.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/yzCx</t>
+  </si>
+  <si>
+    <t>[På kuvertens forside:]
+Frøken Astrid Warberg
+Erikshaab
+pr. Højrup 
+Fyn.
+Danmark.
+[I brevet:]
+Fredag d: 15de
+Kære lille Putte !
+Du var vel noget skuffet over det usle Brevkort sidst, men jeg bruger saa grulig mange af de dyre Frimærker. I Aftes blev vi glade overraskede ved at faa Aviser igen, det var hurtigt denne Gang. Vi slugte dem strax efter The; Alle tre sad vi ved det store Bord i Spisestuen med hver sin og ved et Lys! De har nemlig i Butikken ikke Petroleum en hel Uge! Vi har kørt 2 Gange efter det, men nu om lidt skal vi en lang Expedition til Harre, der skal være en Købmand, som menes at have. Paa Hjemvejen gaar jeg saa om ad Höljeryd med dette Brev og kører efter Post. Vi er meget optagne af Dreyfus; det er dog hele Verden endog saadan en Afkrog som her; den unge Garell fortalte mig om Dommen og Lina har laant os Telegrammet, som de har faaet, om det vigtigste. Jeg har meget travlt hver Formiddag og er glad ved at have gaaende Arbejde. I Gaar og i Dag har jeg ryddet op i Skuret Hylder og Skabe i Køkkenet, fejet og alt baade Skuffer og Køkken; jeg sagde til Alhed at vi maa skaffe os lidt extra [ulæseligt] en Gang imellem og det er det virkelig for mig at gaa og skruppe og gøre det pænt. Alhed skønner meget paa det. Vi har bagt Pandekager i hver sin Pande i en lille paa Primus jeg i en vældig stor paa Spisen; det gaaer brillant. Saa fik vi Æblekompot til og dejligt Øllebrød med tykt Fløde i ovenpaa. Hver Eftermiddag faaer vi en Kop Kakao. I Gaar skød Las 3 Skovduer paa en Gang med 2 Skud. det er en udmærket Steg; han har skudt en som vi har nydt for nogle Dage siden; han anskød en til men den var ikke til at finde. Gaien ”staaer” for sin Far, mens han Gaien [”Gaien” indsat over linjen] bliver klædt paa Alhed har sin blegrøde Morgenkjole, det bliver et stort og vist morsomt og udmærket Billede; Bord, Pude, Vindue med stribet Rullegardin o s v. Han har funden paa at rejse sig op paa Armene og Knæene, mens han bliver vasket og det er i den Stilling, Las tager ham altsaa nøgen paa alle 4 og seende op mod Lyset. Han er dejlig. Hør lille Putte, vil Du ikke sende en Pakke afsted til mig med Lugges Adresse; jeg maa jo snart tænke paa at rejse til København d.v.s. naar jeg faar at vide, naar Far rejser derfra; jeg vil gærne være der et Par Dage og saa følges med ham hjem. Det skulle være mine smaa Fjederstøvler i Servanten; bed Christine om at faa Thora til at undersøge, om jeg ikke har glemt det lange hvide broderede Silketørklæde, som Th. nok veed en Gang har ligget længe hos hende; jeg tror det er der igen. Dernæst det sorte Kjoletøj og do Underkjole i en Kiste, som Du nok veed jeg har talt om skulde være en Kjole til Muk, det har været Elles og der er et Stykke nyt Tøj med. Mon det ikke nok kan være i Kbh. ca. d. 25de Sig til Katrine, at jeg haaber, hun har en Vask færdig, til vi kommer hjem; jeg kan lade en Smule af mit Tøj straks vaske i Kbh. og Far kommer altid med alt sit sent
+[Skrevet lodret s. 1 på højre side af papiret:]
+Mange Hilsener til hver især fra Las, Alhed og Mor.
+[Skrevet lodret s. 2 og 3:]
+Nu Farvel lille Putte? Vi glæder os fremdeles til Pakken, maa vist snart høre om den. Denne Pakke Aviser var nok frankeret. 
+[Skrevet lodret langs højre kant på side 3] 
+først, naar jeg kommer hjem, saa skal jeg nemlig have meget syet og hæklet og strikket
+[Skrevet lodret på s. 4:]
+Jeg vilde nødig have meget med i en Vadsæk</t>
+  </si>
+  <si>
+    <t>1899-09-18</t>
+  </si>
+  <si>
+    <t>Christine  Mackie
+Ellen  Sawyer</t>
+  </si>
+  <si>
+    <t>Laura Warberg var i september 1899 med Alhed og Johannes Larsen og deres lille søn på Larsen-familiens gård, Båxhult i Småland.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 0027</t>
+  </si>
+  <si>
+    <t>Pakken er kommet, men uden brev. Laura Warberg synes, at Astrid skriver for sjældent. Laura vil rejse hjem otte dage efter, at kortet er sendt.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/pHgU</t>
+  </si>
+  <si>
+    <t>[Fortrykt på brevkortets forside:]
+BREFKORT.
+(DENNA SIDA ANVÄNDAS ENDAST FÔR ADRESSERINGEN) 
+Till
+Bostad: 
+(om den kan uppgifvas.)
+Adressort:
+[Med håndskrift på kortets forside:]
+Danmark.
+Frøken Astrid Warberg
+Erikshaab
+Højrup Fyn
+[Håndskrevet på kortets anden side:]
+Båxhult d: 18de.
+I Aften kom Pakken, og vi var meget glade ved at see den i Havn, men nok lidt skuffede over ikke at finde Breve deri. Du forsømmer os rigtignok lidt svært lille Putte, jeg har kun faaet et eneste Brev paa de 2½ Uge, jeg har været borte. Ikke et Ord om Elles Brev, hvilket dog vist er kommen til Chr. Nu tænker jeg stærkt paa at rejse herfra i Morgen 8 Dage vist nok. Hilsener til Eder alle! Dette bliver sikkert mit sidste Brev herfra</t>
+  </si>
+  <si>
+    <t>1899-10-22</t>
+  </si>
+  <si>
+    <t>Louise Amstrup
+Julie Brandt
+Viggo Bredsdorff
+Louise Brønsted
+Carl Neiiendam
+Gandenz Neiiendam
+Ellen  Sawyer
+Johan Wessel</t>
+  </si>
+  <si>
+    <t>Ellen/Elle, Johannes søster, var flyttet til USA, og derfor skulle hendes julegave være nem at sende. 
+Vor Herre er formodentlig Johanne Larsens øgenavn til Carl Neiiendam, som behandlede hende ublidt og nedladende. Familiehuset må være Neiiendams lejlighed på Hotel Phoenix. 
+Det vides ikke, hvem Frk. Julie var. Julie Brandt kaldte Johanne altid Pan. 
+Elna må have været pige i huset hos Neiiendam eller ansat på Hotel Phoenix.
+Viggo var muligvis Viggo Bredsdorff, men kan også have været en anden.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0427</t>
+  </si>
+  <si>
+    <t>Johanne/Junge håber, at moderen har fået gardinprøverne. Hun har forslag til julegaver til Ellen/Elle.
+Louise har været syg.
+Johanne har fået lov til at øve (på klaver) i selskabslokalerne. Hun har været på landet med børnene om sommeren, og nu er de umulige i de to små stuer i byen. Kun om aftenen, når børnene sover, kan Johanne hygge sig lidt. 
+Carl Neiiendam behandler Johanne nedladende og uhøfligt.
+Johanne har været på en lang cykeltur og kom lidt for sent hjem til middagen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/V9wD</t>
+  </si>
+  <si>
+    <t>Fru Laura Warberg
+Erikshaab
+Højrup St.
+Fyen
+[I brevet:]
+Søndag
+Kære Mor!
+Tak for Dit Brev, det var morsomt at høre hjemme fra en Gang, nu maa jeg ogsaa se at skrive lidt til Jer en Gang imellem, det er en sær Skik jeg der har fået indført aldrig at lade høre fra mig, jeg maa se at forbedre mig. Jeg haaber, at du har faaet Prøverne fra Magasin du Nord han lovede at sende dem i Gaar, men det maa jo være en Fejltagelse med de 33 Øre Al. for Gardinsirts, det billigste de har er til 38 og 42, men kan du saa ikke nøjes uden Undergardiner Mon det har været fra Wessel dem tante Visse fik, han deroppe paastod nej. --------
+Saa var det Julegaver til Elle; ja, jeg ved virkelig ikke; nu har hun jo en pæn Forsyning til Kaffebord og naar hun ["naar hun" overstreget] men men har hun Lyseduge? Jeg vilde foreslaa at en gav hende en smuk Lysedug og saa de andre 3 en Toiletpude rigtig smuk og to Pyntehaandklæder, det var da ikke saa svært at sende; det er mit Forslag, nu kan du jo skrive, hvad du mener om det og saa hvor meget saa nogenlunde, at I vil koste paa det, saa skal jeg nok besørge det. -
+Lugge er vist temmelig rask nu igen; jeg var sammen med hende forleden Aften ude hos Pan, men det var ellers Synd at sige, at vi dyrker hinanden for meget; jeg var bleven bitter, fordi det altid er mig der skal komme til hende og hun aldrig kan se op til mig; men jeg blev lidt flov, da jeg hørte, at hun havde været syg. Hendes Kaabe kan absolut ikke farves, siger hun; hvad saa? Skal jeg gaa med hende ud at købe en Kaabe; synes du en billig eller en solid, fleraarig? ---------------------------------------------------------
+Her har vi det med Sygdom Frk Julie har ligget i snart 8 Dage af Gigt baade i Hoved og Ben; alt det, hun da maa døje med den infame Gigt, det er dog en trist Sygdom. Desværre har jeg måttet indstille min Øvning; jeg var ved at fortvivle, men nu har jeg faaet det indrettet saadan, at jeg øver mig nede i Selskabslokalerne om Formiddagen, saa nu er mit Humør steget igen. – Du kan tro, jeg alligevel savner den gode Luft ude paa Landet, herinde er frygteligt nu inden man vænner sig lidt til det; og saa er Børnene da helt som tossede til at lave Ufred her, eller maaske mærker jeg det mere herinde, hvor de kun har disse to Stuer til at regere i. Jeg er af og til ved at blive smaatosset over dem, og saa har Landopholdet gjort dem saa uartige, at jeg næsten ikke kan tumle dem; jeg er tit helt modløs over det og tænker ikke med Glæde paa Vinteren; især gør Gandenz mig mange Knuder, han gør Vrøvl til alt hvad jeg siger til ham - - - uh ha! Men hvad skal man sige, jeg er naturligvis alt for god ved dem, saa til syvende og sidst bliver det vel min egen Skyld, jeg maa til at tage mere energisk fat paa dem. Elna er min Trøst, maar Børnene er i Seng om Aftnerne, saa lever vi igen og nyder Livet med Kaffe og Kager og af og til en stille Cigaret. – 
+Og saa maa jeg til at gaa lidt mere ud, jeg har været saa meget hjemme siden vi kom fra Landet. – Men vil du fortælle Far, at Vor Herre lige knap er mig saa meget imod, som han har været, jeg opdager dog Tid efter anden Ting, der kan tyde paa gode Tider hos Manden. ----------
+Jeg har Gudskelov kun en eneste Gang været nede i Familielivet siden vi den 4de Okt. flyttede ind til Byen, men det var ogsaa en fæl Gang; der kom en Herre ind mens jeg var der og Neiiend præsenterede ham for nogle af de andre, men ikke for mig – ja, han er en sød Sjæl Og saa de fine og smagfulde Spøgefuldheder, han kan tillade sig; f.Ex. da jeg den Aften havde min grønne Kjole Empirekjolen paa og skulde gøre mig tynd for at komme forbi Fru Neiiend, sagde han ”Det er ellers ikke den Slags Kjoler man tager paa, naar man bliver tyndere!” Du forstår vel nok? Ok! Men det regner vi for fin Udtryk. -----------
+Jeg har for Resten benyttet mine lange Formiddage og Frk. Julies Sygdom til at tage nogle ordentlige Cycleture mest i Retning af Lyngby, helt ud til Søllerød; de Skove deromkring er saa aldeles vidunderlige. I Gaar var Pan, Viggo og jeg i Elmelundskov i Nærheden af Gentofte; som Vejret ogsaa er i al denne Tid, I nyder det da rigtig hjemme. Paa den Tur drev vi for længe ud i Skoven og da vi havde forskellige smaa Forhindringer løb Tiden fra os, saa det saa galt ud med at naa hjem til Middag 2 ½; da jeg særlig i denne Tid herser svært med Børnene og Elna for at faa dem til at være præcise med den Middag, kan du nok tænke, at jeg svært nødig vilde komme for sent; jeg sagde Farvel til de andre og satte i vild Spurt ad Staden til; jeg tror aldrig i mit Liv jeg har kørt saa vildt, men jeg naaede da at køre herind ad Porten 8 Min over halv ildende gloende rød i Hovedet Skønt Vor Herre ellers næsten aldrig opholder sig nede i den lille Baggaard som jeg maa passere med Cyclen, skulde han naturligvis netop staa der; han lo lidt ad min Rødmossethed, men sagde for Resten ingen Ting; det var Synd at sige, at han blander sig for meget i Lejlighedens Anliggender. ----------------------------
+I Dag, da jeg spillede nede i Selskabslokalerne, kom en af Tjenerne og sagde, at en Herre ønskede at tale med mig ind tren lille [ulæseligt] og vilde have mig med paa en Cycletur, hvad jeg imidlertid ikke kunde; men vi sad dernede og snakkede i en Times Tid; vores Herskab var taget paa Landet, saa der var Fred
+Farvel
+Nu skal Brevet af Sted
+Hilsen Junge</t>
+  </si>
+  <si>
+    <t>1899-10-27</t>
+  </si>
+  <si>
+    <t>Dorthe -
+Kirsten -
+Morten -
+Benedict Boisen
+Marie  Clausen
+Margrethe  Eckardt
+Carl Høyrup
+Adolph Larsen
+Augusta  Larsen
+Cathrine Larsen
+Urban Larsen
+Marie   Larsen, Georg Larsens datter
+Vilhelm Larsen, Georgs søn
+Olga Lau
+Marie Meyer
+Elisabeth Storm
+- Winther</t>
+  </si>
+  <si>
+    <t>Christine Swanes forældre skal muligvis snart til Sverige. Marie S eller C er muligvis Marie Clausen.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Museum</t>
+  </si>
+  <si>
+    <t>Det er uvist hvornår forældrene vil besøge Christine. Farbror Urban vil sende den grønne lysestage til hende. Der er tyfus i Kerteminde.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/qVm1</t>
+  </si>
+  <si>
+    <t>Kjære lille Christine!
+Jeg har ikke skreven før for vi troede saavist at vi skulde rejse over til Dig som i Aften og saa videre Søndagformiddag; men nu igaar kom der en Mand med en Slæde i Vejen og vi kommer vist ikke afsted før hen i Ugen, dette Brev kom [i] Aftes saa skal Du have det først; Adolph sendte jeg et Par Sko Strømper og 2 Kr – han vil gjerne til Erikshaab i Morgen saa kan Du tænke paa ham der – Farbroder Urban har været her for et Par Dage siden han skal nok sende Dig den grønne Lysestage han skrev Din Adrs op i sin Lommebog – han lo saa hjærtelig over at det skulde være kjønt med en saadan Stage. Faster Augusta er meget svag i sine Been de er saa ømme at hun knap kan gaa eller staa paa dem han derimod er saa tyk og bred og munter der gik jo en Flaske Portvin – Morten og Thrine var her saa den gik jo med Liv den Timestid vi var sammen Nu kom Marie Mejer med Fasters Nattøj som hun jo saa tog med sig igjen
+Hilsen fra hende med Tak for sidst – Du spørger om naar vi skal vaske – send du kun Dit Tøj for om der bliver Dag saa gaar Madam Winther herhen og vasker selv om jeg ikke er hjemme
+Støvlerne er kommen i Aftes jeg troede jo vi skulde rejse men nu lader jeg dem staa til en Dag vi faar [ - hed] for vor Afrejse ellers sender [ jeg ] dem tillige med The og Sukker – Urtepotten staar færdig til Afvaskning Fru Storm har med stor Omhyggelighed faaet Blomsten over i en anden Urtepotte Du og Olga kan vente Brev fra hende snart
+Sig til Margrethe at jeg skriver ikke for jeg haaber hun møder naar vi kommer
+Vi har fæstet 2 Karle og faaer en svensk Pige til November Søster til Kirsten her gik i Høstens Tid jeg er glad kan Du tro for Dorthe er mig mer og mer umulig men nu er den Taalmodighed-Tid Gud ske Tak snart forbi
+Det er Stumper af Papir jeg finder men de ere vel lige kjærkommen lille Ven nu faar jeg vel ingen Søndagsbrev i morgen fordi mit først kommer Lørdag men saa faar jeg Mandag
+Vi har længe gaaet og ventet paa disse svenske for Du kjender jo nok Fader han undrer sig altid naar der ingen Ting er fra Eder og selv skriver han aldrig uden Adresse – den er han villig til kan du tro Husmanden her er han er saa storartet flink til Alting har saadan Lyst til at faa Alting til at gaa flittig tidlig oppe – og møder præcis til Kaffe Du kan rigtignok lille Ugle at jeg rejser mig fra mit Leje med stor tak til Gud for det gode Helbred han giver baade Faer og Moer og naar jeg saa faar Breve fra Børnene og hører I har godt saa er jeg saa glad saa glad 
+Det er bedre med Træskomandkonen det samme med Marie[s eller c] og Benne Boisen ligger af Tyfus paa Epidemihuset saa nu har de 2 børn derude
+Jeg har faaet Gulvene ferniseret i Stue og Kjøkken de blaa Vintergardiner op her og skal have et op til i Stuen det luner [ulæseligt] Ild i Ovnen Her er intet Nyt jo gamle Højrup er død og skal begraves paa Tirsdag; Børnene hos Georgs ere raske og Ville siger Dae og tager Huen af naar han kommer ind i Stuen
+Hils nu Alle dem der bryder sig om en Hilsen fra din gamle Moer
+Gud fader velsigne og bevare Dig mit kjære Barn fra alt Ondt</t>
+  </si>
+  <si>
     <t>1900-01-08</t>
   </si>
   <si>
     <t>Hotel Phønix</t>
   </si>
   <si>
     <t>Højrup St. Fyen
 Erikshaab</t>
   </si>
   <si>
     <t>Julie Brandt
 Louise Brønsted
 Fru Emma Hirschsprung
 Ida -, klaverlærer
 Grethe -, København
 Christine  Mackie
 - Rosendal
 Cornelius Steffensen
 Andreas Warberg
 Laura Warberg</t>
   </si>
   <si>
     <t>Frk B må have været logerende hos Johanne. Det vides ikke, hvem hun var. 
 Johanne forventer, at hendes mindre søskende Frederik Andreas/Dede og Louise/Lugge skal bo i København fra den følgende sommer for at tage uddannelse. 
 Haabet = Erikshaab; Warberg-børnenes barndomshjem.</t>
@@ -466,50 +3966,230 @@
   <si>
     <t>Johanne håber ikke, at forældrene vil være kede af, at hun forlader sin stilling på Hotel Phønix. Hun kan ikke holde ud at være der og regner i øvrigt med at kunne leve af at undervise i klaverspil, nu hvor hendes teknik er blevet forbedret. Når lillebroderen og lillesøsteren m.fl. til næste sommer skal bo i København, vil hun desuden lave "et lille Hjem" til dem.
 Johannes cykel eksploderede for nogen tid siden. Cykelhandler Steffensen har opstillet regnskaber for reparation, indkøb af ny cykel og byttehandel hvad angår den gamle cykel, og Johanne beder om et godt råd.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/D63t</t>
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:]
 Hr. Godsforvalter Warberg
 Erikshaab
 Højrup St.
 Fyen
 [Håndskrevet i brevet:]
 Hotel Phønix
 Mandag 8-1-1900.
 Kære Far!
 Nu gaar det ellers kvikt med Brevskaben hjem til, men det er i alle Maader en bevæget Tid, vi lever i, saa der er stadig noget at skrive om. - Bare nu du og Mor ikke er kede af, at jeg har taget den Bestemmelse at rejse herfra; det maa I endelig ikke være, for det er saa sikkert og vist, at det er det fornuftigste, man maa dog ikke med koldt Blod spolere sig selv. - Det hele ser ogsaa helt tiltalende ud, synes jeg; dersom vi kunde være saa heldige at faa en betalende ung Pige, en der kunde give 50 Kr. om Mdn. ligesom Frk B. - deraf kunde jeg saa lønnes - - jeg forlanger ikke meget, bare saa rigeligt, at jeg hveranden Uge kan tage en Time hos Fru Rosendal, hvilket nu, da jeg har faaet en saa grundig solid Undervisning hos Ida vil være mig til stor Nytte; hun har jo nemlig den Force at bringe sine Elever til Vejrs i en farlig Fart, og det vil jeg godt kunne taale nu, da min Teknik er bleven saa grundmuret, at den ligefrem vækker Christines Beundring. Naar saa Dedde til September om et Aar skal bo i København, saa danner jeg "et lille Hjem" for ham og dem, der til den Tid kan være - Pan, Lugge, Grethe - - vi finder nok nogen. Saa meget maa jeg vel turde vente at faa ud af det i Fortjeneste, at jeg kan bo og spise gratis, og med det som Baggrund begynder jeg saa saa faa mig Musikelever - - Du siger maaske "Konen med Æggene", men oprigtig talt synes jeg ikke det lyder saa vildt.
 Saa maa jeg gaa over til den egentlig Grund, f ["f"overstreget] hvorfor jeg denne Gang adresserer Brevet til dig i Stedet for til Mor - hvilket jo i Virkeligheden er aldeles ligegyldigt, Brevene er jo altid til Jer begge to. - Som du vist kan huske, var jeg før Jul ude paa en Cycletur, da min Cycle eksploderede; jeg sendte den til en Cycklehandler Cornelius Steffensen, der er bekendt for en ualmindelig solid og retskaffen Person. Jeg var hos ham straks efter, men da var Cyclen endnu ikke kommen og saa har jeg Smølehoved først i Dag været der igen. Jeg talte med Manden selv, der var svært tiltalende, men hvad han sagde var ikke videre rart. Han viste mig - hvad jeg før havde lukket mine Øjne i for, at begge Dækslerne var saadan - ubrugelige, at Ventilerne var ude af Stand til at holde paa Luften og at jeg næppe kan bruge den herinde uden ny Fornikling; det vil altsammen - lavt regnet - blive en 50 Kr, kender jeg de Reparationer ret, bliver det en god Del mere. Det er knusende ærgerlig at ofre saa meget paa en gammel Cycle; hvor meget han vilde give mig for den som den stod der? - 20 Kr! Men hvis jeg købte en ny hos ham, hvad saa vilde [han] give for den? Saa vilde han beregne den til 50! - - Han viste mig saa en ny Cycle til 240 af udmærket Konstruktion; paa Grund af den døde Vintertil giver han Procenter, [komma overstreget] og vælger den for 200; saa var det 50 for min gamle Cycle - altsaa 2 ["2" overstreget] 150, vilde den komme mig paa. - Jeg har nu talt med Louis og Edmond Frederiksen; de kender begge den Forretning, roser den meget, siger at det lyder til at være et godt Bud, og de har lovet mig at hjælpe mig at se paa den saa jeg ikke skal gøre noget ufornuftigt.
 Saaledes staar Sagerne! Hvad skal jeg gøre? 1) Helt opgive min Cyclesport, hvilket jeg især nødig vil, naar jeg kommer hjem, 2) betaler ["r" i slutningen af ordet overstreget] mindst 50 Kr for at faa den nogenlunde repareret eller 3) give 150 Kr og faa en ny Cycle. - Det andet Punkt vil være dumt, er jeg bange for, det første fornuftigt men meget kedeligt, det 3die - - -?
 Du holder jo ikke af, at vi angriber Sparekassebogen, men mere end 40 Kr kan jeg ikke vente at spare op fra nu af og til Maj og saa er der jo 110 igen. - 
 Ja, hvad mener du nu? Hvis du ikke har noget imod det, vil jeg helst tage den nye, men jeg regner ikke [med], at jeg har Ret til at disponere over Pengene uden at faa dit Samtykke. Hvis du har Tid, vilde jeg svært gærne have Svar snarest, for han var ikke glad ved at have den til ["til" overstreget] Cycle staaende.
 Jeg har meldt mig ind til Fru Hirschsprung; jeg mødte hende paa Gaden i Dag og spurgte om de var hjemme i Aften. - Tiden er rendt fra mig, derfor er jeg nødt til at slutte kort af.
 Hilsen til hele Haabet
 fra Junge</t>
+  </si>
+  <si>
+    <t>1900-06-18</t>
+  </si>
+  <si>
+    <t>Nanna Kristensen-Randers</t>
+  </si>
+  <si>
+    <t>Ollerup Højskole</t>
+  </si>
+  <si>
+    <t>Astrid Goldschmidt-Warberg var som ganske ung medstifter af en forening for reformdragtens fremme.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2260</t>
+  </si>
+  <si>
+    <t>Brevskriveren har ofte talt imod korsetter, og nu vil hun gerne have Astrid til at komme og tale om sagen. Astrid må dog ikke vente at få medlemmer. Efter Nanna K-Rs foredrag om legemslære vil eleverne være klar til et foredrag, så hun foreslår engang efter 11. juli.
+Nanna K-R beder Astrid hilse faderen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ST2V</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Frk. Astrid Warberg
+Erikshaab
+pr.
+Højrup.
+[I brevet:]
+Ollerup Højskole 
+18/6 1900
+Frk. Astrid Warberg!
+Nu har jeg saa ofte talt mod Korsetter er, saa jeg vil gerne have en Afløser for en Gangs Skyld. Men De maa ikke vente Medlemmer til Deres Forening, saadant er vore Bønderpiger sene til, men De maa være tilfreds med at omvende nogen af dem. – Af flere Grunde kan jeg først i næste Uge blive færdig med mine Foredrag i Legemslære – og dem maa de helst faa først – for bedre at følge med – der efter kommer Landmandsforsamlingen og lige fra den 29de til Mandag den 9de Juli har vi i den Anledning Uro af forskellig Slags: Husmands- og Gaardmands Middage – Besøg af gl. Elever o.s.v o.s v. – ja ogsaa Onsdag d. 11 Juli er optaget ser jeg nu i min Almanak – men i Tiden lige derefter haaber jeg saa der er en Dag, der passer Dem.
+Vil De hilse Deres Fader meget fra mig. Jeg haaber, han har det godt. Selv har jeg haft det ret godt nogle Aar - men sidste Vinter havde jeg Influenza Gang paa Gang, og har nu svært ved at komme til Kræfter. 
+Med venlig Hilsen
+Nanna K.-Randers
+Ollerup Højskole pr. Svendborg.</t>
+  </si>
+  <si>
+    <t>1900-10</t>
+  </si>
+  <si>
+    <t>Højrup
+Langeland
+Dosseringen, Kerteminde</t>
+  </si>
+  <si>
+    <t>Dora -
+Andreas Larsen
+Johanne Christine Larsen
+Christine  Mackie
+Christian Mogensen
+Otto Emil  Paludan
+Sigurd  Swane
+Albrecht  Warberg
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Alhed Larsen er hos sine forældre med sønnen Puf. I Kerteminde er Johannes Larsen i gang med flytning fra Feden til Lille Kærbyhus. De skiftede adresse hertil 18. oktober 1900.
+Laura og Christine Warberg skal til Sandholt: Her boede deres bekendt Nicoline Nobel von Sperling.</t>
+  </si>
+  <si>
+    <t>Alhed er hjemme hos forældrene med sønnen Puf. Han skal på køretur med sin bedstemor. 
+Alhed spørger, hvornår flytningen er overstået. Hun beder Johannes Larsen måle deres gulvtæppe. 
+Mogensens har fået en lille pige, og Alhed ønsker, at hendes ufødte barn også er en pige.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/FVb7</t>
+  </si>
+  <si>
+    <t>Min egen kære Larsi!
+Jeg kom ikke op i Gaar [a]lligevel, da Hosten var [tem]melig slem. I Nat har [jeg] ogsaa hostet en Del, men [nu] staar jeg alligevel op [noget af papiret mangler]den, det kan ikke [n]ytte noget at blive ved at ligge og vente paa det skal gaa over, jeg har saa sent ved at slippe Hoste, naar først jeg har faaet det. Ellers har vi det godt, lille Puf er sød og god, han ligger og roder om her paa Gulvet, mens jeg skriver. Han skal med sin Bedstemor en Køretur med Dora ned til Højrup at hente Tante Mornine der kommer fra Langeland med 11 ½ Toget. Fader, Moder og Christine skul[de] til Sandholt til Mi[noget af papiret mangler] vi andre vente halv[noget af papiret mangler] Klaxen. Tak for [Dit] Brev i Gaar, det glæ[der] mig, at Du gaar paa Jagt, saa kommer Du forhaabentlig til at se lidt bedre ud, end Du [gj]orde. Hvornaar antager Du, at Flytteriet er overstaaet, saa vi kunne komme ned til Dig? Kan Du ikke maale vores grønstribede Gulvtæppe ude paa Feden nøjagtig, jeg skal jo have lidt mere Tøj. Jeg misunder Mogensen forfærdelig deres lille Pige, jeg bliver mere og mere spændt paa [a]t vi skulle have [en l]ille Pige denne Gang, det var forfær[del]ig sødt ikke sandt? Fru M. har det saa udmærket. Mogensen havde ”spurgt” forleden at Fader og Moder var i Odense, hvorfor ha[noget af papiret mangler]mørke hernede sad og drak Toddy til Kl. 11 ½ med Palam og Johanne. Han passede lige at være herude af til de kom fra Stationen. Han er en sjov Kamerat.
+Saa nu skal de køre! 1000 kærlige Hilsner Kys fra [noget af papiret mangler] og Din egen Al[hed]
+Søndag</t>
+  </si>
+  <si>
+    <t>1900-10-16</t>
+  </si>
+  <si>
+    <t>Niels Bom
+Lars Bom 
+Harald Hansen
+Carl Høyrup
+Adolph Larsen
+Andreas Larsen
+Vilhelm Larsen
+Vilhelmine  Larsen
+Anna Madsen
+Otto Emil  Paludan
+Karl Petersen
+- Sørensen
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Alhed Larsen er formodentlig hos sine forældre på Erikshaab, mens Johannes Larsen indretter parrets nye bolig i Kærbyhus, Kerteminde. De meldte adresseændring 18. oktober 1900.</t>
+  </si>
+  <si>
+    <t>Johannes Larsens undervisning ved Teknisk Skole begyndte 1. oktober. Hans klasse skal tegne klodser og gips. 
+Høyrups flytter.
+Larsen sender 80 kr. og har opstillet et regnskab over sine udgifter.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/pZOj</t>
+  </si>
+  <si>
+    <t>Kjerteminde 16 Octbr 1900
+Min egen kæreste Alhed!
+Bare Du har det noget bedre nu, jeg længes meget efter at høre fra Dig og er saa bange for at den slemme Forkølelse skal blive ved i længere Tid. Teknisk Skole begyndte første Octbr, og Pladsen har staaet og ventet paa mig, jeg skal have en Klasse for mig selv oven paa og kun have Elever der tegner Klodser og Gips i Fjor var der kun 9 i den Klasse jeg tænker ikke det bliver saa slemt. Jeg begynder i Morgen Aften og faar 2 Timer Onsdag, Fredag og Lørdag, altsaa 6 Timer ugentlig, det tiltaler mig at der altsaa bliver nogle Fridage først i Ugen. Agraren kom i Gaar. Moder har nok skreven om at Høyrups flytter, de ere ved at pakke inde. Dis vil de nok have, men de vare bange for at der skulle blive for meget at bestille for hende i det store Hus og for hvad hun kan ud i Retning af Mad. De fæstede en rigtig pæn Karl i Gaar som var med samme Tog som jeg. Jeg sender her 80 Kr. de andre har jeg anvendt paa nedenstaaende Maade.
+Karl Petersen 125
+Snedker Bom 1800
+Skomager Bom 18,25
+Sørensen 900
+Steen 2000
+Harald Hansen 300
+Anna 600
+Paludan 2000
+-----------
+95,50
+Der var Brev fra Klaks i Dag med Fotografier i Uniform. Agraren og jeg ligger paa Atelieret. Mange kærlige Hilsner til Dig og den lille søde Puf. Hils ogsaa de andre, jeg kom jo saa trekantet af Sted fordi jeg ikke kunde finde min Hue.
+Din
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1900-10-23</t>
+  </si>
+  <si>
+    <t>Carl Høyrup
+Adolph Larsen
+Marie Larsen
+Christine Swane</t>
+  </si>
+  <si>
+    <t>Larsen skrev i sidste brev til Alhed, at han gerne ville have ram på en bekkasin for at male den. Og han har sendt hende bekkasiner, som hun kan spise.
+Det er usikkert hvem Frederikke er.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen vil gerne have skudt en bekkasin, men han har ingen fået. Han håber, at de bekkasiner, som han har sendt til Alhed, smagte hende.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/3EQQ</t>
+  </si>
+  <si>
+    <t>[Kertemi]ne d 23/10 1900.
+Min egen kæreste Alhed!
+Jeg har ikke noget videre at berette i Dag. I Formiddags var jeg oppe hos Allerup, som havde Blommer med og lovede at sende 5-6 Pund i Dag. Marie, Uglen og Agraren skulde til Frederikkes Fødselsdag i Gaar og i Haab om at faa fat [noget af papiret mangler] Bekkasin tog jeg [noget af papiret mangler] men fik ingen, [men der]imod god Mad [noget af papiret mangler] Toddy og en udmærket Melon. Jeg haaber at Bekkasinerne maa smage Dig. Høyrups flytter alt hvad de kan. Mange kærlige Hilsner fra Din Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1900-10-25</t>
+  </si>
+  <si>
+    <t>Maren -
+Carl Høyrup
+Andreas Larsen
+Jeppe Andreas Larsen
+Marie Larsen
+Vilhelm Larsen
+Theodor Oppermann
+Christine Swane</t>
+  </si>
+  <si>
+    <t>Højrup flyttede tilsyneladende fra Store Kærbyhus, som I.A. og Vilhelmine Larsen ejede, hvorefter Johannes Larsens forældre selv kunne flytte ind i ejendommen. Johannes Larsen er i gang med at flytte sine og Alheds ejendele fra deres lejlighed på Feden til Lille Kærbyhus, og han har målt gulvtæppe osv. Lille Kærbyhus var en istandsat staldbygning, der hørte under ejendommen Store Kærbyhus. Bygningerne ligger tæt på I.A. Larsens Svanemøllen mm, og nu er de beliggende i Kerteminde by. 
+Larsen underviser på Teknisk Skole, men kommer til Alhed og den lille førstkommende søndag.</t>
+  </si>
+  <si>
+    <t>Høyrup har i forbindelse med flytningen været og sige farvel. Han fik afslag på noget af huslejen.
+Johannes Larsen vil sende Alhed nogle vindruer.
+Han og familien spiser stadig af fåret - en dejlig kølle.
+Larsen render frem og tilbage mellem lejligheden på Feden og sit atelier. Han har målt gulvtæppet.
+Larsen kommer til Alhed og den lille førstkommende søndag.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/EIR8</t>
+  </si>
+  <si>
+    <t>Kjerteminde 25/10 1900
+Kæreste Alhed!
+Du fik nok ikke Brev fra mig i Gaar, men saa fik Du vel Bekka[sinerne]. Blommerne kom i [noget af papiret mangler] og nu gaar jeg ned [noget af papiret mangler]er til dem der er et stort Fad fuldt til 20 Øre. Højrups var ovre at sige Farvel og rejste i Aftes saa snart Pigen har gjort rent derovre kan de begynde at flytte ind, der Allerups har sat en Mand til at gøre Haven i Orden. Højrup bad om at faa 100 Kroners Afslag paa for Lejen for i Vinter, hvad Fader strax gik ind paa men det var jo meget dejligt alt sammen, der er en Mængde Vindruer derovre, Moder [gav mig] den Idé at sende nogle ned til Dig, jeg vil saa pakke en lille Kasse og sende i Morgen. Gud ved hvor Oppermann bliver af, her hænger den Hare og venter paa ham, vi lev[er ellers] højt paa et gam[melt] Faar i denne Tid, [noget af papiret mangler] fik vi stegt Kølle det er meget bedre end Lammekød og næsten bedre end godt Oxekød. I Dag har her været en Gaardmandsdatter fra Pejrup, som er bleven fæstet for i Vinter. Marie og Uglen var nede for at besøge Maren i Gaar, men kom ikke til at tale med hende da, Madammen var der, og hun havde lige faaet en lille Pige. Jeg er forfærdelig forkølet i Dag og render frem og tilbage mellem Feden og mit Atelier og herop op og glemmer hvergang hvad jeg er gaaet efter saa jeg faar jo [ikke besti]lt videre meget. [noget af papiret mangler] fik jeg 2 ny Elever [paa tekn]isk Skole, saa nu har jeg 6 naar der møder fuldtalligt hvad de gjorde i Aftes. Jeg maalte Gulvtæppet derude i Dag der er 3 ½ Al langt, d.v.s. det er 4-4 T kortere paa Gr. Af Sømmen og noget mindre end 3 Al bredt. Jeg glæder mig forfærdeligt meget til at se Jer nu er der jo kun et Par Dage til bare det kunde blive saa godt Vejr at I kunde 
+[komme] og møde mig ved Leddet, jeg savner Dig og Puf, jeg kommer med Middagstoget paa Søndag (herfra Kl. 11.) Jeg skal hilse fra Moder og de andre. Mange kærlige [Hilsner] til Dig og den [lille søde] fra Din
+Johannes Larsen.</t>
   </si>
   <si>
     <t>1900-11-16</t>
   </si>
   <si>
     <t>Højrup
 Erikshåb</t>
   </si>
   <si>
     <t>Grethe Jungstedt
 Alhed Larsen
 Christine  Mackie
 Harris Sawyer
 - Sawyer, Harris' far
 Astrid Warberg-Goldschmidt</t>
   </si>
   <si>
     <t>Ellen Sawyer og hendes familie boede i Boston. De drev et kemisk laboratorium.
 Alhed Larsen havde smerter i forbindelse med sin anden graviditet, og lillesøsteren, Astrid/Disser, var pige i huset hos hende.
 Lille Lise er formodentlig en dukke.
 Det vides ikke, hvad Harris' bedstemor hed.</t>
   </si>
   <si>
     <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 1750</t>
   </si>
@@ -523,1450 +4203,166 @@
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:]
 Fru Laura Warberg
 Erikshaab
 Højrup
 Fyen
 Danmark
 [I brevet:]
 Kære Mor.
 Jeg er ked af at jeg må nøjes med Brevkortbrev idag, jeg havde i Sinde at skrive et godt langt Brev, men Dagen er løbet fra mig og det er næsten på Tide at få det i Postkassen. 
 Harry rejste pludselig i Aftes til Washington. Principalen telegraferede om han vilde komme ned og holde Foredrag ved et stort Agricultur-Møde! Han bliver borte i en Uge. Han var egentlig ganske fornøjet over Turen, - rejse gør ham altid godt. Jeg har allerede idag haft både Brev (skrevet i Toget) og Telegram med hans Adresse.
 Han har det så godt i denne Tid, Maven er i udmærket Kondition, vist på Grund af at han drikker så meget Mineralvand, - Vichy og Rissingen. – Han har en glimrende Appetit. – Han har haft rasende travlt ligesiden han begyndte at gå til Lab. En Del privat Arbejde er kommet ind, for han har lånt en Del Penge til Apperater, som er nødvendige for Arbejdet som kommer ind. Jeg vil fortælle mere om disse, når jeg har bedre Tid. – 
 Jeg passer mine Smørsyrer, - de holder sig c. ved det samme nu, - 35-37 Dol. om Ugen! – Det tager 2 Dage at preparere dem, men Harry har brugt mig så meget til sit Arbejde at jeg kun var hjemme én Dag sidste Uge og idag Fredag er min første Dag hjemme i denne Uge. Det er jo et anstrængende Liv, men når jeg kun ved at det hjælper Harry - og skal hjælpe os til at komme hjem til Sommer, er det kun som Løjer. 
 Tak for dit lange Brev og var Bogen fra dig?? Tusende Tak, - jeg tog den for en bedre Julepresent. Lille Grethe ser daglig i den og jeg tror hun forstår at det er Billeder, hun sidder ganske stille og pirrer lidt ved Billederne med sin Pegefinger. 
 Jeg er så ængstelig over Be! Bare det dog ikke er noget slemt. Det er rigtignok trist for for hende og det er skam også trist for lille Disser. Hun kommer nok til at hænge svært i, og Disser holder jo mere af ”literære Sysler”. Hvor er det dog forbistret at være så langt borte, - jeg er jo i Besiddelse af en Masse Smågoder som sådan én som Disser vilde goutere, - såsom Chokolade, Kager o.s.v. Cigaretter o. desl. 
 Fik ligenu Mornines Brev, - jeg vil nu selv skrive og fortælle hende hvor glad Grethe og jeg er ved lille Lise. – 
 Det var det jeg vilde sige: da jeg fortalte Harry at B. ikke var rask sagde han at jeg skulde bede dig sende mig Telegram hvis der er tale om Fare, hvad vi da ikke håber men det er jo ligeså godt at forudsætte det værste. Et Telegram med hans Adr. er nok og jeg kan være der i Løbet af 8-10 Dage. -
 Grethe strutter af Sundhed og er ubeskrivelig sød. Hun rejser sig op ved alle Stolene og begynder at gå ved at skuppe dem foran sig. Hun prøver øjensynlig på at tale og jeg tror at ”va – va” er ”Far” Hun har nu 7 Tænder. Hun er aldeles tosset efter Harry og mig, men bange for Fremmede. Svigerfars gl. Moder er død og de skal til Begravelse i Maine i Morgen
 [Skrevet lodret langs venstre margen på s. 6:]
 Skriv snart igen. Elle
 [Skrevet på hovedet øverst og ned langs venstre margen s. 1:]
 Ingen må sætte sig hen og sy Julegaver til mig iår, alle har Hænderne mere end [”mere end” indsat over linjen] fulde og jeg fik sådanne Bunker i fjor. Jeg vil intet have iår. -</t>
   </si>
   <si>
-    <t>1901-01-09</t>
-[...486 lines deleted...]
-Louise Brønsted
+    <t>1900-11-28</t>
+  </si>
+  <si>
+    <t>Kerteminde
+Kærbyhus</t>
+  </si>
+  <si>
+    <t>Karen på Erikshaab -
+Minnie -
+Ludwig Beethoven
+Margrethe Bentzen
+Thora  Branner
+Edvard Clemmensson
+Jens Hammer
+Grethe Jungstedt
+Adolph Larsen
 Alhed Larsen
-- Svendsen, frøken</t>
-[...36 lines deleted...]
-Alhed Larsen
+Johanne Christine Larsen
+Niels Lindberg
+Felix Mendelssohn
 Augusta Mogensen
-Jupiter Mogensen
-[...16 lines deleted...]
-    <t>https://fynboerne.ktdk.dk/d/NBP7</t>
+Christian Mogensen
+Kirstine -, pige i huset hos Hempel Syberg
+- Rosendal
+Ellen  Sawyer
+Harris Sawyer
+Henry Smith, nær Erikshaab
+- Sonne
+Hempel Syberg
+Andreas Warberg, Albrechts far
+- Ward
+- Wilstrup</t>
+  </si>
+  <si>
+    <t>Chemilette: Beklædningsstykke til kvinder. Chemisette: Hæklet eller broderet bærestykke til en chemise. 
+Astrid var i huset hos Alhed og Johannes Larsen, mens de ventede deres barn nummer to. Alhed havde smerter i hoften under graviditeten. 
+Det vides ikke, hvem Doktorens, Thora R og Degnens var. 
+Barnet, der skulle døbes, var formodentlig Augusta og Christian Mogensens søn, Jupiter.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, Laura Warberg til Astrid, 1900-11-28, 2401</t>
+  </si>
+  <si>
+    <t>Laura Warberg vil sørge for, at Astrid får sendt sin kuffert med forklæder, handsker mv. 
+Alhed Larsen har nok fået det skidt, fordi de er flyttet. Harris Eastman har sagt til Ellen, at hvis Alhed får det værre, må Ellen rejse hjem til hende. Ellen arbejder meget i laboratoriet for tiden. Chefen er ved at gå fallit. 
+Lille Grethe går, idet hun skubber møblerne foran sig. Hun prøver at tale, og hun jubler, når forældrene kommer hjem. Minnie er en fantastisk pige i huset. 
+Laura har afholdt stor middag. Johanne og Christine spillede firehændigt. Laura har truet Karen med at skrive til hendes mor og sige, at de ikke kan bruge hende i huset. Derefter blev Kirstine mere omhyggelig. 
+Johanne og Christine når ikke at sy gaven til Ellen færdig før jul, så det er godt, at Alhed og Laura har noget til hende. 
+Der er ikke plads til pedalen i kassen, men måske kan Christine og Andreas/Dede tage den med.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/V6OL</t>
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:]
 Frøken Astrid Warberg
-Erikshaab
-[...7 lines deleted...]
-Søndag Formiddag paa Fars Værelse
+Kærbyhus
+Kjerteminde
+[På kuvertens bagside:]
+Poststempel
+[I brevet:]
+Onsdag Aften d:28de
 Kære lille Putte!
-Nu skal Du strax faae en lille Beretning om min Rejse, men først Hilsen fra Far, at han af Hensyn til Dit Helbred naturligvis ogsaa af Penge-Hensyn synes godt om Du venter et Aarstid med Askov, desuden er vi begge glade ved at Du maa have vor Putte hjemme i Vinter. Mens jeg husker det – jeg glemte en Daase Kakao til Alhed, men nyd Du en af dem hver Dag, naar de andre drikker The. Vil Du endelig huske at tage en stor Buket Siv ind snarest; sæt den i en Krukke med Vand paa et af Værelserne, Vandet skal ikke skiftes eller fornyes, det skal bare dunste bort. Og vil Du saa ogsaa endelig strax faa taget det strikkede Gulvtæppe bort fra Dit Værelse og lade det rigtige kommer paa igen. Vil Du ikke ogsaa have Tæppe paa i det store? Nu maa Du ikke opsætte disse Ting lille Putte. – Vi kom godt ind med lille Jupiter, han var rigtig skikkelig næsten hele Vejen, græd egentlig kun lidt, mens vi stod i en gyselig Trængsel paa Skibet og ventede på at komme i Land. Jeg var paa Dækket hele Tiden, det var yndigt Vejr og næsten stille. Langt om længe fandt vi paa Banegaarden. Far og Fru M’s Familie. I Morgen rejser jeg til Sverig, her laa Brev til mig. Lugge bliver deroppe til paa Onsdag, Lud er der endnu og Muk gaar paa Jagt med ham. Det var herligt, at lille Muk fik den Tur. Hun er saa huslig og flink, siger Berta, og der er saa yndigt og komfortabelt oppe og de har rigeligt med Mad i Aar. – Nu skal Far og jeg ud at see til Bedstefar, de siger han gaaer stærkt ned ad Bakke. Daisy kunde kende mig, hun sagde strax ”Aua” Lad mig nu snarest muligt høre fra Dig lille Putte! navnlig om, hvordan Frøken Bendtsen har det; jeg er bleven ængstelig, mens jeg er borte, for at hun skulde blive mere syg. Men i saa Fald henter I da Schroll! 
-[...43 lines deleted...]
-    <t>Erikshaab pr. Højrup</t>
+Hvor jeg dog blev ked af at høre, at Du ikke har faaet Trøjen tillige ["tillige" indsat over linjen] med Galochen, Junge havde glemt den, som var det vigtigste. Skrupforklædet kan vi ikke finde men siden skal jeg sye Dig et nyt og saa skal Din lille Kuffert blive sendt Dig paa Fredag Formiddag, naar Christine bliver kørt til Højrup og deri Trøje, Forklæde, Chemiletterne, de er desværre ikke kommen med i Vadsken, fordi jeg ikke var hjemme, samt Handsker og om vi ellers finder noget af Eders. Jeg haaber den kan gaae med Banemærke, saa er den der vel om Aftenen og koster Dig ikke noget. Det er trist, at Alhed igen har det mindre godt, men det er vel fordi hun har gaaet for meget, mens I flyttede. Jeg glæder mig til at høre fra Eder, naar I er rigtig godt i Gang hos Eder selv. Pas endelig paa Trappen naar Du gaaer med Kul. Paa Afstand er man mere ængstelig for den Slags. Saadan skriver Elle i Dag, at Harry sagde til hende, da de hørte om Be's Sygdom og (hun) Elle ["Elle" indsat over linjen] var ængstelig for den, hun skulde skrive til mig, at jeg skulde telegrafere, hvis der var Fare for Be, saa kunde E. være her paa en 8-10 Dage! Det var kønt tænkt af Eastman! Og saa har jeg dog ikke i mindste Maade antydet, at der var nogen Fare, men som sagt – det er paa Afstand. East. var lige rejst for ca. en Uge til Washington telegraferet efter ham til at holde et Foredrag. Elle har været saa ulige meget i Laboratoriet, paa en Dag nær hele Ugen i den sidste Tid, foruden sine egne Forretninger har hun maattet hjælpe Harry til han fik rigtig Kræfter og der var saa meget Arbejde til ham. Chefen Thifany er ved at gaae fallit og saa skal H. have sit eget Lab. og altsaa herefter hvis Hun fandt Arbejde men de mener nok det gaaer. Elle skriver, det er et strengt Liv for hende i denne Tid, men naar hun kan hjælpe Harry og ved Hjælp af Arbejdet see hen til at komme hjem til Sommer, saa gaar det som Løjer for hende. Lille Grethe rejser sig op ved alle Stolene og begynder at gaae ved at skubbe dem foran sig. Hun begynder at ville snakke. Va-va mener de skal være Far. Hun savner dem eller rettere hun giver et Glædeshyl, naar de kommer hjem om Aftenen og klapper i sine smaa Hænder. Naar Elle ikke strax tager hende, græder hun saa ynkeligt. Elle har haft hende med en hel Dag hos Fru Sonne, Fru Ward var der ogsaa. Grethe var sød og artig, sad hos Elle eller krøb om paa Gulvet. Pigen Minnie er mageløs, de har saa mange sene Middage saa hun ender næsten ene. E. hjælper en Smule, naar hun kommer hjem. Og saa er hun en dannet Pige, kan alt paa egen Haand og er god mod Grethe. Hun er en Juvel, siger E. – I Søndags havde vi vor Klub til Gaase og Andesteg, Koldt Bord, Øl Kaffe til sidst. I Gaar havde vi en finere Historie. Doktorens, Smidts, Mogensens og Hammers, af unge Agraren, [ulæseligt] Lindberg, Thora [ulæseligt] og Edward samt min Kusines Datter Margrethe Bentzen, en nydelig sød Pige paa 24 Aar; Chr. og Junge lider hende godt og bad hende besøge os en Lørdag og Søndag. Vi fik megen køn Musik. J. og Chr. spillede en 4 hændig Symfoni af Beethoven samt første Del af den dejlige Koncert af Mendelsohn, som de skal spille i Faaborg. Fru Wilstrup var her i Søndags og fik stemt Klavererne sammen rigtig godt. De har meget travlt med den især J., hun vil sige de har to Timer inden Jul af hos Fru Rosendal og saa har jeg lovet at overtage det huslige fra nu til Nytaar ogsaa for at hendes Fingre kan blive lidt smidige. Hun skal kun have den halve Timestid om Aftenen med at hjælpe den lille ny ved Bordet. Alt gik saa flot i Gaar. Vi fik 2 Gæs og 2 Ænder stegt, Æble og Svedske Kompot m.m. Rødvin, Koldt Bord men kun Sildesalat salt Kød og Ost, Kiks og Tvebakker og The. Kl. 10 Kaffe med en [ulæseligt] Bakkelse, som J. havde lavet og smaat Bagværk, som jeg havde med fra Odense. Vi havde alle vore fineste Ting fremme og et nydeligt Bord. Christine laa af Hovedpine lige til Kl. 5, saa jeg var paa Færde hele Dagen gjorde rent, satte Blomster eller rettere Grene og Bær omkring i Stuerne og til Bordet Kort. Det jeg dækkede mestens færdigt. Mit Ben er med Gummistrømpen næsten helt godt nu. I Gaar Morges truede jeg Karen med at skrive til hendes Mor, at vi kan intet have hende, naar hun har en saadan Uyst til alt og mener, at hun er saa overlæsset, arbejder som Pige, hun vil absolut ikke, snakker om det til dem alle. Hun var ikke ved Vadsken uden at skylle og vride, men det var alligevel altfor meget, og hun gik uden videre ind! Men min sandten, den Trusel at skrive hjem den har frugtet, hun har øjensynligt gjort sig umage i Gaar og i Dag. Nu vil jeg selv gøre en Del Strygearbejde og saa faa hende i Køkkenet Kl. 11 eller saa. Jeg vil være saa omhyggelig som jeg kan, for at hun ikke skal skuffe for meget. Nu faaer vi see, om jeg bedre kan tumle hende end J. har kunnet. – Kirstine er rigtig flink. – Paa Søndag skal vi til Barnedaab paa Gjelskov; alle Familierne skal med; Degnens var bedt med andet Sted. Ch. og J. skal med. De faar slet ikke syet den Present til Elle før efter Jul; det er rigtignok godt, at Alhed, Du og jeg har noget til hende. Om en Uge sender jeg mit; jeg mangler kun Garn, har først i Dag syet siden jeg kom hjem. Det kan jo sendes, veed I nok, i en stor Konvolut med Sejlgarn om og 10 Øre paa. Jeg har sendt min Lysedug i Fjor og 4 Gange et Pudevaar paa den Maade, alt er kommen hende i Hænde. Eastman er saa rask nu var glad ved den lille Rejse. Hun fik Dagen efter + ["+" er indsat over linjen] baade Brev, skrevet i Toget og Telegram med hans Adr:!! Ja nu veed jeg snart ikke mere lille Putte! Nu skal jeg ogsaa skrive til Syberg. Thora har faaet to Visdomstænder ud, de sad saa fast, men nu har hun da Ro. Husk Alhed paa, at vi endelig maa have de Sutsko. Den Pedal bliver det vanskeligt at faae med. J. skrev at der var ikke Plads til den i Kassen. Vi skal tænke over det. Gud veed, om ikke Christine kunde tage den med til Odense og saa Dede rejse ned til Eder med den paa Søndag. Jeg skal forsøge men kan jo intet love. Nu Farvel lille kære Putte. Kærlige Hilsener til Eder alle fra Mor. 
+[Skrevet langs sidens venstre kant:]
++ hans Afrejse</t>
+  </si>
+  <si>
+    <t>1900 eller 1901, december</t>
   </si>
   <si>
     <t>Louise Brønsted
-Christian Eckardt
-[...135 lines deleted...]
-- Jensen, Erikshaab
 Alhed Larsen
 Andreas Larsen
 Johannes Larsen
-Ellen  Sawyer</t>
-[...48 lines deleted...]
-Christine  Mackie
+Jupiter Mogensen
 Ellen  Sawyer
-Albrecht  Warberg</t>
-[...293 lines deleted...]
-Peter Tom-Petersen
 Laura Warberg</t>
   </si>
   <si>
-    <t>Johanne Larsen var i Boston hos sine og Astrids to søstre, Christine og Ellen, som begge var gift med amerikanere. Begges ægteskaber knagede.</t>
-[...301 lines deleted...]
-    <t>https://fynboerne.ktdk.dk/n/lUmkJx6X</t>
+    <t>Beatricen var en varmeovn, som Warberg-søstrene havde på deres værelse.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 0448</t>
+  </si>
+  <si>
+    <t>Astrid har været med på en kane. Den følgende dag begynder julebagningen. Værelserne er parat til gæster. Man ved endnu ikke, om Alhed og Johannes Larsen og lille Jeppe kommer.
+Lille Mogensen har haft mæslinger. 
+Astrid skriver om, hvad den ene og den anden skal have i julegave.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/QZzt</t>
+  </si>
+  <si>
+    <t>Mandag henimod Jul.
+Kæreste Junge! Hvor det dog bliver knusende kolosalt sjov at få Jer Hjem til lidt Jul! Jeg glæder mig ganske specielt til Dig – havde netop siddet og udmalet mig Dig i alle Dine Enkeltheder – nu i Eftermd. da jeg kørte med Vognen ned til Højrup [”til Højrup” indsat over linjen] efter lille Bensen. Og så var der [”der” indsat over linjen] lige Brev. Vi har slet intet haft at gøre med hin gode Invitation; Mor kom ganske umotiveret en Dag og sagde, at jeg måtte skrive det; og der havde aldeles ikke forud været Tale om den Ting.
+Herligt med Sneen! Vi skal vist i Kane i Morgen!
+Da jeg spadserede i Eftermd. blev jeg indhentet af én, stod da på Kanetræer et langt Stykke – og Du kan tro, det var festligt. 
+Og en vældig glimrende Jul skal vi få! Der er jo ingen usikre Punkter i År på nogen Steder. 
+Terminen har rigtignok holdt sit forbandede Indtog i Dag med Fs Regninger, men de Sager er vi jo da træneret i fra forrige Åringer. 
+Og i Morgen begynder Julebagningen! Skønt det er en meget ufordøjelig og usund Tid (vi skal have Marcipan!) kan man dog ikke lade være at glæde sig.
+Og Værelserne stå circa parate med hvide Omhæng og Pakker oa.
+Selv Beatricen skal smykkes. Vi vil vist i År kunde modtage et ubegrænset Antal.
+Men om Familien Jeppes Ankomst forlyder til vor Skræk stadig intet. Og tænk hvilken Rædsel! Mæslinger har grasseret på lille Chr. Mogensen. 
+Dog håber jeg – hvis Ingen andre får dem, at al Smittefare er forbi til Julen. Vi har drukken Dus med Frk. Hennings, der er flink. Af to unge Mennesker deromme er en Svensker fortræffelig; dog er vi langtfra skudte. 
+Dans improviserer vi. 
+Det må man jo. Jeg skal for Resten til Nytårsbal i Fåborg!
+- Kan Du tænke Dig! jeg syer en Buffetdug til Mor! den er et ret kæmpemæssigt Arbejde, som afholder mig fra alt andet, når undtages en stor Hedeboanretterhistorie til Elle. 
+Lugge vil jeg give nogle kemiske Stene fra Erzgebirges højeste Punkt, samt et af mig nylig taget Portræt, der i det mindste ligner. Tror Du, hun vil bryde sig om de kemiske?
+Og Dig har jeg længe ikke kunnet regne ud; men hvis jeg bare vidste, om Du fører Dagbog endnu, så vilde jeg give Dig en sådan med ét af mig komponeret Bind samt mit Portræt. Du behøver nu ikke at skrive, hvis Du ikke vil have det, for Bogen kan jo endelig anvendes til andet. 
+Pan skal have en meget original Brødbakkeserviet, men foreløbig tegner den til at blive vidunderl. lidt køn. 
+(Elle)
+Bare Du har sendt Dug og Brev Søndag, ellers får hun det først Juledag eller måske endnu senere. Jeg skriver Onsdag først; så har hun det Juledag
+Mange Kære Hilsner! 
+fra 
+Disser Bein.</t>
   </si>
   <si>
     <t>1900-09-01 - 1901-04-24</t>
   </si>
   <si>
     <t>Dagbog</t>
   </si>
   <si>
     <t>Elna -
 Laurentius Allerup
 Ellen Agnete Amstrup
 Louise Amstrup
 Harald Balslev
 Lars Christian Balslev
 Thorvald Balslev
 Laura Balslev, f. Leth
 Herman Bang
 Alice Bondesen
 Emil Brandstrup
 Thora  Branner
 - Fibiger, Frøken
 Marie Juul
 Otto Lagoni
 Peter Erasmus Lange-Müller
 Alhed Larsen
@@ -2071,1005 +4467,414 @@
 Kirstine -, pige i huset hos Hempel Syberg
 - Poulsen, løjtnant
 Ellen  Sawyer
 Eleonora Scheel
 Karl Schou
 Marie Schou
 Robert Schumann
 - Stürup
 Elly Svarrer
 Christine Swane
 Adelheyde Syberg
 Hempel Syberg
 Sigurd Thomsen
 Vagn Thomsen
 - Vesterdal
 Johannes Vesterdal
 Albrecht  Warberg
 Frederik Warberg
 Laura Warberg
 Else Wienberg</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/n/5K5zZYof</t>
   </si>
   <si>
-    <t>1896-12-07</t>
-[...4 lines deleted...]
-Albrecht  Warberg
+    <t>1901-01-09</t>
+  </si>
+  <si>
+    <t>Alhed Larsen
+Johannes Larsen
+Hedevig Lützhøft
+Nicolaus Lützhøft
 Laura Warberg</t>
   </si>
   <si>
-    <t>"Johannes Svigerfar nu er død": Der er to muligheder: Enten var Alhed Larsens søster, Johanne (Junge) forlovet med en anden, inden hun giftede sig med Johannes Larsens bror, Adolph (Agraren), eller også er den omtalte Johanne end Alheds søster.</t>
-[...25 lines deleted...]
-    <t>Ludvig Brandstrup, billedhugger
+    <t>Astrid var i huset hos Alhed og Johannes Larsen i Kerteminde. Alhed Larsen var bange for at være alene om natten - derfor skulle Astrid sove hos hende.
+Alhed Larsen var højgravid med barn nr. to, Johan/Lysse, da Astrid Warberg var i huset hos hende og manden. 
+Lundsgård er en herregård syd for Kerteminde. 
+Det vides ikke, hvad eller hvem Laf er.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 0399</t>
+  </si>
+  <si>
+    <t>Astrid synes at livet som pige i huset hos Alhed og Johannes Larsen er forfærdeligt. Hun tigger Johanne om at komme på besøg. Astrid ville gøre Alhed en tjeneste ved at hjælpe, men det virker ikke, som om Alhed og Johannes Larsen er glade for hende.
+Alhed er heldigvis lidt raskere, men hun har smerter i hoften, og hun har vejrtrækningsbesvær om natten.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/BYMC</t>
+  </si>
+  <si>
+    <t>[På kuvertens forside:]
+Frk
+Johanne Warberg
+Erikshåb
+Højrup.
+[I brevet:]
+Kerteminde Tirsdag
+Ak min kæreste Junge!
+Hvorfor skal Livet dog være så tomt og trist og uudholdeligt til Tider – mens til Tider der kan være Livsglæde i Overflod. Ak Junge – Junge – det er en Plage for hvert Åndedrag man er til – nu – her - ! Jeg savner Jer så rent meningsløst og kan slet ikke komme i Gang med trælsomme Skrubbeliv – og ej det alene, men også de frie Stunder er uudholdelige. Junge – hjælp mig! kommer dog ingen herned? At Mors Ophold her de Par Dage i det nye År er gået i Lyset, det er en hård Skuffelse. Jeg havde glædet mig så meget dertil. Men Junge - kan det dog ikke tænkes, at Du i Morgen, når Du modtager dette Brev – rejser herned med Iletoget – Du er så her Kl 6 ½. Las rejser i Morgen til Kjøbenhavn, jeg skal da ligge nede hos Be og Du kunde få mit Værelse – Ild skulde Du få både Morgen og Aften og Kaffe på Sengen og vi kunde spadsere ud i det smukke Land og gå op på Lundsgaard, hvor der skal være så smukt og så morsomt!
+Å Junge kom – kom! Du redder Din Søsters Liv derved!
+Beskrive kan jeg ikke, hvor rædselsfuldt alting forekommer mig at være – hvorfor skal man gå og slide sine bedste År op i åndløst og ufrugtbart Arbejde – Min Trøst før var den, at jeg gjorde Be en Tjeneste, da hun ingen Hjælp kunde få, men jeg tror slet ikke, de er videre glade ved mig, skønt jeg naturligvis gør mig megen Umage med Arbejdet – hvorfor skulde jeg jappe det af mig, der er jo ingenting som Hakken og Kalden.
+Heldigvis er det da en Del bedre med Be, hun har været oppe i Går og i Dag og Forkølelsen er stærkt på Retur, mens derimod Hoften er temmelig slem, og hun klager meget over ikke at kunne få Luft om Natten; men nu er Hovedgærdet bleven højere, og det har hjulpen godt, så Natten har været rigtig god. 
+- Lytzhøfts Brev var om noget Lotteriseddel til Fordel for dem – så vidt jeg forstod. 
+Tak endelig Mor så meget for Brevet! det var – kan Du tænke – uhyre velkomment. Der var for Resten glemt at lægge det omtalte Frimærke i – det er en Artikel, jeg meget gerne ser vedlagt i fra Frimærkernes Oplag.
+Mon Du kan læse disse melankolske Tæer? Indlagte Kort fra Laf har vi også ved en Fejltagelse fået med. Å, gid Du kom, Junge! jeg er nu atter rask og rørig – tilbragte en Nat i slem Hoste – intet kan jo holde Vindene ude – men gik tidlig i Seng i Aftes og er rask. Junge – Junge – Junge når kommer den lyse Sommer?
+Dis</t>
+  </si>
+  <si>
+    <t>1901-04-25</t>
+  </si>
+  <si>
+    <t>Andreis -
+Carl -
 Thora  Branner
-Otto Emil  Paludan
-[...163 lines deleted...]
-Otto Emil  Paludan
+Grethe Jungstedt
+Adolph Larsen
+Alhed Larsen
+Johanne  Larsen
 Ellen  Sawyer
 Harris Sawyer
+Hempel Syberg
 Albrecht  Warberg
-Laura Warberg</t>
-[...27 lines deleted...]
-    <t>Dora -
+Andreas Warberg</t>
+  </si>
+  <si>
+    <t>Alhed og Johannes Larsen boede i Kærbyhus i Kerteminde, mens deres villa blev bygget ("om de murer rask på huset"). Astrid var ung pige i huset hos dem.
+Det er uklart, hvem Gamle Carl er, men eftersom hans afskedigelse indvirkede på Harrys økonomi, kan han måske være Harry Eastman Sawyers far. Ellen og Harry Eastman Sawyer boede sammen med hans forældre den første tid, hvor de unge var gift.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 0032</t>
+  </si>
+  <si>
+    <t>Laura Warberg ønsker datteren tillykke med fødselsdagen. Det bliver dejligt at få Ellen, Grethe og Alhed hjem i sommeren.
+Laura W har besøgt Hempel Syberg og Thora i deres nye lejlighed. 
+Hun har gjort hovedrent, og Andreis har arbejdet med blandt andet dueslaget. 
+Laura glæder sig over solen på Alheds maleri. Johanne beder om en opskrift, som Alhed har, og Laura vil gerne vide, hvordan Alhed behandler hestekødet.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/mHn3</t>
+  </si>
+  <si>
+    <t>[På kuvertens forside:]
+Frøken Astrid Warberg
+Kærbyhus
+Kjerteminde
+[På kuvertens bagside:]
+Poststempel
+[I brevet]
+Erikshaab d:25de April 
+Kæreste lille Putte!
+Nu skulde det altsaa være det lange Brev, som jeg skylder Dig, hvis jeg nu bare har Stof nok til et saadant, naar vi lige nylig har talt sammen. Og en saadan Skrivemaskine, som Du er lille Putte, det er jeg langt fra. Først maa jeg da sige ”Til Lykke”! jeg vil haabe, Du bliver hædret paa alle Maader dernede og især at Du faar mange Breve. Nu maa det jo være lidt flovt at have faaet alle sine Gaver, men Du har maaske faaet den blaa Kjole syet og indvier den paa Fødselsdagen? Jeg tror nok, at det skal blive en rar Sommer for Dig og os alle naar bare nu Elle og lille Grethe vil komme sidst i Juni. Det er udmærket med den Plan, at I kan faa Penge for Eders Lejlighed og saa er I her hele Juli og Halvdelen af August saadan var det vist; det kan blive forfærdelig morsomt at have Alhed og Elle med deres Børn uden Gemaler en god, lang Tid. Jeg har skrevet det samme til Elle. Naar vi har flinke Piger, saa kan det jo blive en god, nem Tid for Dig ogsaa og der er kun 2 Maaneder til. – Elles sidste Brev var der intet ved; de havde haft Regnvejr en Uge og lille Grethe havde sørget meget, fordi hun ikke kunne faa ”Nat – ont -”. Gamle Carl har mistet sit Arbejde i Havnen hvor en Mængde havde faaet Afsked og dette gaar ud over Harrys Pung. Men de haabede han snart fik det igen. Resten skrev hun intet om. Jeg tilbragte en morsom Aften hos Syberg og Thora, de var saa livlige begge to og det var saa voldsom interessant at see deres nye Lejlighed; den er storartet i alle Maader! Besøget dernede er opsat foreløbig til d: 16de. Dede var ikke paa Banegaarden hvoraf jeg sluttede, at Agraren havde gjort dem opmærksom paa Togene. Jeg var derfor ogsaa bange at de ikke skulde sende Vogn til Højrup blev derfor højlig overrasket ved at see Far selv med Kareten! De tre næste Dage sled vi til gavns i det med Rengøring i Spise og Havestue, Sove- og Børnekammer og Gangen. Det er nogle brillante Piger til at gøre rent og enes om det; vi har faaet alt udmærket godt gjort i Aar. Jeg var selv med til hen paa Eftermiddagen og Junge passede Køkkenet. I Dag virker Andreis med Søn alle vegne ude og inde; begyndte med Junges Dueslag ovre ved Das ”et pænt Sted til Duerne” mente Andreis! I Gaar arbejdede jeg hele Dagen i Haven med at plante Blomster om og skal ud i Dag igen lidt. Mod Sædvane ”drak” jeg i Aftes og gik i Seng Kl. 9 efter at vi alle havde nydt Æggesnaps. Agraren var her. Jeg har glædet mig over Solen til Alheds Maleri: Har dog Puf faaet sin lille Stok? Den maa endelig opbevares lille Putte jeg var meget ked af at have skilt ham af med den men stoler sikkert paa, at Du har faaet eller faar den tilbage. Hvor det var slemt, at jeg glemte mit sorte Tørklæde, men [”men” overstreget] min Kniv paa Dit Værelse glemte jeg ogsaa. Hermed et Adressebrev om Du ikke nok strax vil sende mig begge Dele lille Putte, skriv saa bare to Ord med Blyant, hvordan Fødselsdagen er gaaet, saa har jeg det paa Søndag, hvis Du sender det Lørdag. – Og tænk hvor rædsomt at de to Par Lagner gik jo tilbage i Vadsækken igen! Ja saadan gaar det, naar man har Hastværk. Jeg trøster mig med, at I nu har vadsket og kan undvære dem, til vi forhaabentlig allesammen gæster Eder en Eftermiddag, naar vi skal ud til Sybergs.
+Jeg faar nok Elles Breve ogsaa. Junge beder om Opskriften paa en Slags Øllebrød i Alheds Kagebog (Øl og Mælk kogt sammen og reven Rugbrød bagt af ..) - Sig til Alhed, at det er rigtignok kun lidt Kød I bruger f. Ex. i Forhold til os. Bed hende skrive ogsaa, hvordan hun gør med det dejlige Hestekød. Ja lille Putte, jeg vil ikke sige, at dette er underholdende som Fødselsdagshilsen, men det er alligevel svært at finde paa ”Fyld” til et langt Brev saa Du maa undskylde dette. Jeg glæder mig nu meget til paa Søndag at høre om Du har haft nogen gode Overraskelser og Breve. Du kan tro jeg er glad over, at Junge ikke skal rejse til København nu i denne travle Tid. 
+Nu Farvel lille søde Putte! Kærlige Hilsener fra Mor.
+Hils saa mange Gange og sig Tak for sidst!
+Lad mig vide, 1/ hvordan det er gaaet frem med Alheds Maleri i disse Dage; 2/ om den lille har været rolig siden; 3/ om I har faaet Vadsken tilside uden at Du er bleven altfor træt af det; 4/ om I har faaet Stokken igen. 5/ om de murer rask paa Huset.
+Det bliver nok mere end ”to Ord med Blyant” men saa faar Du jo et Brev gratis hertil.</t>
+  </si>
+  <si>
+    <t>1901-06-27</t>
+  </si>
+  <si>
+    <t>Alhed Larsen
 Andreas Larsen
-Johanne Christine Larsen
-[...29 lines deleted...]
-    <t>Maren -
+Johan Larsen
+Albert Carl Emil Mohr
+Christine Swane
+Peter Tom-Petersen</t>
+  </si>
+  <si>
+    <t>Kerteminde Opland: Lille Kærbyhus, som Alhed og Johannes Larsen boede i 1901, lå dengang udenfor byen. Astrid Warberg var pige i huset hos dem frem til 1. oktober 1901, hvor hun begyndte at tage prælimenæreksamen i Odense.
+Det vides ikke, hvem den mand, som Johanne C. Larsen tilsyneladende havde et forhold til, var.
+Sangvinsk temperament (af sanguis, blod) har den, som ser den lyse side ved alting, og som altid håber paa det heldigste udfald – er optimistisk. 
+Splide: Spalte, kløve, sønderrive (ordnet.dk). 
+Småkræ: Andreas/Puf Larsen (født maj 1899) og broderen Johan/Lysse/Feddesen/Feddelsen Larsen (født februar 1901) er sønner af Johannes/Las og Alhed/Be Larsen. 
+Uglen: Christine Swane. 
+Anna og Fritz Syberg boede i 1901 i Svanninge. I 1902 flyttede de til Kerteminde.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0398</t>
+  </si>
+  <si>
+    <t>Johanne/Junge må tænke på, at hendes ven er meget ung og bære over med ham. Astrid ønsker hende tillykke med forholdet. 
+Astrid og Alhed Larsen står meget tidligt op hver dag og går i vandet. Astrid hjælper med børnene og er træt og har tandpine. 
+Christine/Uglen Swane og Astrid har været på en tur til Fyns Hoved, hvor de sov under en lånt kappe, badede nøgne og gik tur. Folk de mødte på hjemvejen var forargede og rystede.
+Tom-Petersen bor hos Alhed og Johannes Larsen og betaler 1,5 kr. i døgnet.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Sov4</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Her
+Frk Johanne Warberg
+Erikshåb 
+Højrup St
+[Håndskrevet i brevet:]
+Kerteminde Opland 27-6-01
+Kæreste lille Junge!
+Du skal øjeblikkelig have Svar – så glad jeg dog blev ved dit gode Brev, som du havde skreven til mig! 
+Og tro mig nu – jeg blev bare glad ved Brevet; det triste, som Du ser, kan jeg slet ikke indse. 
+Nej, Jer to er jeg sikker på – stoler så heltud på; I har skam Jeres Pas i Orden. Junge! jeg kan blive helt glad, når jeg tænker på Jer. 
+For alt det tristeste her i Verden er jo mest de uharmoniske Forhold Mennesker imellem. Men her kan ingen Disharmonier blive, for I er jo som skabt til at supplere hinanden. Hvad bryder Du dig om hans Ubestandighed, når Du éngang har set, at dét Menneske holder af Dig – ja ikke kan undvære Dig. Betænk dog, hvor han er ung – endnu langt yngre end sine År – endogså. Og måske Du er den første, han holder rigtig af – så lad ham dog få Tid at gennemleve af de mange Facer, som sidst Du skulde vise Dig fremmed for – Du er sluttet hos ham – derfor vil han også vende tilbage til Dig – altid.
+Du spurgte om min Mening ang. det etiske og Dig: 
+Men lille Junge! Du kender jo mig og Etik – Afstand! Jeg siger som Du – man skal bruge de stakkels få Våben man kan gi Etiken Pokker ivold. - Nu tror Du vel slet ikke – eller reflekterer ikke på mine Satser, fordi de er lutter Sangvinskheder, men jeg tror nu bestemt, at jeg mener rigtigt. Og jeg ønsker Dig af hele Min Sjæl til Lykke med Dig selv og ham. For Du ved vel, det er en mægtig Himmelens Gave at kunde holde af et Menneske, som Du si’er, at Du kan det. O, det er disse Dine Ord, der bestandig kan gøre mig så glad – og så at Du har truffen ham, der måske er den Eneste under Solen, der kan gøre Dig lykkelig. Men det ene er nok en Følge af det andet. Nu han – afbrudt ved at de kom hjem fra Strandhotel – [ulæseligt], jeg passede Småkræ.
+Næste Dag. Jeg må Fanden splide mig have dette Brev ordnet endnu i Aften. – møg træt som jeg skønt er – Tandpine hver Fornat – op 5 ½ hver Dag – i Vandet med Be fra ½ 7- 7 (vi har taget Kort.) og så Rub lige til Sengetid – vi har jo Middag 5 ½ - føj. Men jeg får da 5 Kr extra fra ham for denne Måned. – eller 14 Dage er det da. 
+Be var i Odense i Dag fra 11 til 2 Toget. Feddeslen sov hele Tiden. Af Seværdigheder har Uglen og jeg været på Fyenshoved! Toget til Dalby til Dans Lørdag Aften. Gik derfra til Nordskov, hvor en Herre (Embedsmand) antastede os og spurgte nu vi ikke gik Fejl – der var ingen Logi ude, og det var jo sen Aften. Vi sagde, at vi vilde bo i en Høstak – men da ikke engang en sådan fandtes, tog vi imod hans elskværdige Tilbud at låne en stor Kappe – så drog vi af – lå på Tang med Kappen over os og vågnede Kl. ½ 3 op med et Sæt – den gav Resonans i en Cyklist der rullede forbi og velsagtens havde grundet over den mørke Klat – han blev meget betuttet – gled videre og sagde sluttel. Gomåren! Langt væk stod han så af og gloede. Dagen blev herlig i det smukke Vejr – vi gik nøgne om på Hovedet + badede når det blev for hedt – talte – sov – spiste – stegtes – badede og nu fortæredes af Tørst og skyndte os hjem – med ½ 10 Tog til Kerteminde – de udstødte vilde Hyl, da de så vore skamferede Ansigter – kobberrøde og lasede. I Dalby vakte vi stormende Opsigt – som overalt hvor vi passerede Embedsmanden havde telefoneret vor dristige ”Færden vidt om på Hindsholm”, sagde Mohrs)!!! 
+Om denne Tur der i alle Måder var vellykket skal Du høre personlig. 
+Nu er jeg for træt Kunstn. savner meget. Og i Dag gled Uglen til Svanninge – hun var nu brillant i sine gode Stunder! Og vi blev så glade ved Mors Jabrev i Dag – det skal nok blive en sjov Halløj – Be har så været nede at løse Sognebånd. Tom P. er så morsom og hyggelig at have og Be nyder al den Mad, vi hver Dag får, han gir 1 ½ Kr – så jeg mener nu, vi sætter snarere til - så flot vi lever. 
+Dette blev da for Resten et helt Brev – bare Du kan læse de Tæer.
+Hermed en venlig Hilsen o s v – til Jer alle.
+O Tak! Junge! 
+Din Dis</t>
+  </si>
+  <si>
+    <t>1901-07-02</t>
+  </si>
+  <si>
+    <t>Svanninge</t>
+  </si>
+  <si>
+    <t>Christian Eckardt
 Carl Høyrup
-Andreas Larsen
+Georg Larsen
 Jeppe Andreas Larsen
 Marie Larsen
-Vilhelm Larsen
-[...22 lines deleted...]
-Johannes Larsen.</t>
+Marie   Larsen, Georg Larsens datter
+Anna Marie  Larsen, Georg Larsens hustru 
+Vilhelm Larsen, Georgs søn
+- Madsen
+Hanne - -, malkepige hos Larsen i Kerteminde
+Anna Syberg
+Fritz Syberg
+- Thygesen
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Christine Swane er på sommerophold hos familien Syberg i Svanninge. Dis, er i huset som tjenestepige hos familien Larsen.
+Onkel er muligvis Christian Eckardt.</t>
+  </si>
+  <si>
+    <t>Vilhelmine Larsen har fået ny tjenestepige. "Hils nu Sybergs".</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/PG0R</t>
+  </si>
+  <si>
+    <t>Mandag
+Kjære Dinemor!
+Trods der ingen Brev var fra Dig skal Du have et Par ord. Dine Sko kom igaar; men Dis siger Spænderne er vendt forkert og han maa gjøre det om, men hvis han nu gjør Vrøvl saa sender vi dem som de er i Morgen; den anden gode Nyhed er den, at vi har faaet en Pige men kun en meget lille en, det er Skorstensfejerens den lille brunøjede som gik med Radiser; hun er jo dog konfirmeret. Faer har jo rigtignok gjort en Deel Nar ad mig fordi jeg tilstod dem 10 Kr om Maaneden for saadan en Bitte, men den af Thygesens var lovet bort til Odense til Schalkenborg til August og saa viste de mig ind til Madsens de sad just og skrev til Odense om at hun kunde komme derud, men var straks villig til at tage op til mig. Faderen blev ved at holde paa de 10 Kr – og jeg sagde ja, det skulde jeg vel ikke have gjort, vi troede hun havde kommen i Morges; men først nu for et Øjeblik siden arriverde hun, der blev saa pænt oppe paa Hannes Kammer da vi fik ordnet Sengen og Eders Vadskebord fik vi sat derind.
+Det er ellers godt som vi har faaet det fra Haanden i disse Dage – det hjælper meget naar vi er saa faa. Gud give os Helbred og saa at den lille maa være flink.
+Marie er med Fader i Marken vi slaar med Maskine idag – her er godt Vejr og vi skal vel slaa mere i morgen. Georg og Marie var oppe at se Føl i Aftes og Børnene var med i hvide Dragter med fine Fletter og V. stribet. De fik Kaffe og Boller. Hils nu Sybergs og vær glad og fornøjet – Kjærlig Hilsen fra Din Moder – jeg er begyndt at skrive alle Convolutterne ligge kun paa Rad Onkels og Dit kommer afsted iaften
+Din Moder</t>
   </si>
   <si>
     <t>1901-08-26</t>
   </si>
   <si>
     <t>Højrup
 Boston
 Odense</t>
   </si>
   <si>
     <t>Ellen Agnete Amstrup
 Louise Amstrup
 Vittoria Bacci
 Louise Brønsted
 Niels Elgaard Amstrup
 Jens Hammer
 Grethe Jungstedt
 Andreas Larsen
 Johan Larsen
 Christine  Mackie
 Augusta Mogensen
 Christian Mogensen
 Johanne Nielsen
 Ellen  Sawyer
 Harris Sawyer
 Karen Sørensen
 Albrecht  Warberg
 Andreas Warberg
 Laura Warberg</t>
   </si>
   <si>
     <t>Harry Eastman Sawyer har skrevet, at han, Ellen og deres datter kommer til Danmark den følgende dag fra USA. Der har været mange gæster på Erikshåb, og man pynter op, hejser flag osv for at fejre, at Ellen og familien kommer. 
 Efter at de er kommet, skriver Alhed, at Ellens barn skal i kirke om søndagen (formodentlig døbes), så Johannes Larsen må komme.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/hQsY</t>
   </si>
   <si>
     <t>Kæreste lille Lavsi!
 Nu vil jeg begynde paa et Brev til Dig, skønt jeg ikke har faaet Din adresse endnu. Tak for Dine to breve, jeg synes det ser ud, som Rejsen er begyndt godt for Dig. Det var udmærket, Du kom til Kerteminde og fik sat lidt Gang i det derude, sikken en Masse, Du fik udrettet paa de Par Timer. – Her er stor Sensation. I Gaar g [bogstavet overstreget] fik vi 2 Linjer fra Eastman om at han og Elle den 14de var sejlet fra Boston og at de ventede at naa Odense d. 26nde, altsaa i Morgen. Og skønt vi jo hver Dag have ventet den Meddelelse, blev vi dog ligesom vi var tossede alle sammen, det er en aldeles vidunderlig Fornemmelse, igen at skulde se Elle. Blot hun nu ikke har lidt altfor meget af Angst og Uro for Far. Dejligt at Eastman tog med. Han nævner ikke Grethe, saa vi gaar i Skræk for, at de skulle have lavt [ordet overstreget] ladet hende blive hjemme, men vi kan næsten ikke tænke os det. – Det er en voldsom Spænding at gaa i, da vi jo ikke aner med hvilket Tog eller fra hvilken Side de komme, vi have ventet dem i Dag, de maa jo have haft en god Rejse, saa vidt vi kunne skønne efter Vejret. – Vi har det udmærket, Puf og Fedtelsen er voldsom søde, de ligge og sove nu, Kl. er over 11, og alle er i Seng, men jeg vilde skrive lidt i Aften, da man jo ikke ved, hvad Fred og Ro, der bliver i Aften [ordet overstreget] Morgen. I Dag har her været et voldsomt Rykind, Amstrups, Johanne Nielsen fra Odense (Dedes Værtindes Datter) Karen Sørensen, Mogensens, Pastor Hammers og endelig Degnen nu sent i Aften. Vi fik saa meget dejlig Sang i Eftermiddag af Johanne N. og Christine, jeg sad og tænkte paa Dig mens de sang, jeg savner Dig meget og længes meget efter Dig. Puf snakker meget om Lavsor. Nu er jeg bleven træt og søvnig, Godnat min egen Dreng. 
 Næste Dag.
 Elskede Lavsi!
 Stor og gribende Sensation! Telegram Kl. 12, at de kommer med Iltoget Kl. 1. Landaueren af Sted med Mor, Puf og Christine, Razzia i alle Stuerne for at faa fint og festligt, Flaget hejst, Vin op fra Kælderen, Hundene pyntede med henholdsvis røde og blaa Baand i Haler og Øren, alle vi andre i Festskrud – og nu vente vi dem hvert Minut. Det er næsten ikke til at holde ud at vi nu skal se Elle igen, det er til at tude sig ihjel over. Hvor sørgeligt at Du ikke er her, ingen Glæde er dog helt fuldkommen her i Verden.
 Senere.
 Nu er de kommen! Lille Grethe med! hun er bedaarende. Herligt at se Elle. Hun er fuldstændig sig selv. Kun er hun bleven noget federe. Paa Søndag skal lille Grethe i Kirke og Du maa være her, inden den Tid, allerede om Mandagen rejser Far og Dede til København, Lugge kommer hjem den Dag, Du maa være her saa vi i alt Fald én Dag alle kunne være samlede. – Jeg savner Dig meget kæreste Lavsi, desværre ingen Brev i Dag, saa jeg ved ikke Din Adresse. – Nu sender jeg dette med Junge til Højrup, saa mulig der er Brev fra Dig, saa hun kan føje Adressen til. Send mig omgaaende Vittorias Adresse, Du fik hendes Brev med, men skriv Adressen af, saa I ogsaa kunne sende hende en Hilsen, det skal afsendes_ Fredag_ til Italien. –
 Nu Farvel kæreste Las! Jeg haaber Du har det rigtig godt og bliver lidt federe.
 Din egen Alhed
 Mandag</t>
   </si>
   <si>
-    <t>1898-06-11</t>
-[...567 lines deleted...]
-  <si>
     <t>1901-08-30</t>
-  </si>
-[...1 lines deleted...]
-    <t>Vilhelm Larsen</t>
   </si>
   <si>
     <t>Ellen Agnete Amstrup
 Louise Amstrup
 Berta Brandstrup
 Ebbe Brandstrup
 Mogens Brandstrup
 Ludvig Brandstrup, billedhugger
 Thora  Branner
 Niels Elgaard Amstrup
 Grethe Jungstedt
 Alhed Larsen
 Johannes Larsen
 Ellen  Sawyer
 Harris Sawyer
 Hempel Syberg</t>
   </si>
   <si>
     <t>Det vides ikke, hvem degnens og præstens var. 
 I følge kirkebogen for Hillerslev Kirke 1901 blev Grethe Jungstedt, født Sawyer døbt 1/9 1901. I notefeltet er skrevet: ”Døbt under Forældrenes Ophold paa Erikshaab”. Blandt fadderne var Johannes Larsen.</t>
   </si>
   <si>
     <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 0026</t>
   </si>
   <si>
     <t>Laura Warberg takker for fuglene. Ellen og Harris Eastman Sawyers datter skal døbes om søndagen, og Laura indbyder Vilhelm Larsen til at deltage i festlighederne. Hun fortæller, hvem der kommer.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/ZT24</t>
   </si>
   <si>
     <t>Erikshaab d:30te
 Kære Klaks!
 Saa heldige vi dog var netop at faae Vogn til Højrup i Eftermiddag saa Deres herlige Hane kom med hjem! tusind Tak for Fuglene der skal smages af paa Søndag til Frokost. Vi har Fest den Dag! Familien Eastman ankom i Mandags og nu skal vi have Barnedaab for deres dejlige lille Pige! Mon De ikke vilde glæde os med et Besøg paa Sørdag og tage Del i Festligheden? Her er Frokost 11½, Gudstjeneste 2 og Middag Kl. 5; af Gæster Fam. Præstens, Degnens, Amstrups og Sybergs. Las har været i Nymindegab siden i Fredags med min Broder Lud med Damer; han skal hentes nu Alhed kører ned med [”med” overstreget] efter ham og jeg sender Deres Hane strax. 
 Med venligst Hilsen og endnu en Gang Tak! 
 Deres hengivne L. Warberg.
 [Under det egentlige brev er med blyant og anden skrift skrevet]:
 Fra Mor. 1901</t>
+  </si>
+  <si>
+    <t>1901-09-19</t>
+  </si>
+  <si>
+    <t>Andreas Larsen</t>
+  </si>
+  <si>
+    <t>KB</t>
+  </si>
+  <si>
+    <t>Puf (Andreas) har det lidt bedre, har vist ikke feber, men er urolig om natten.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/RNOS</t>
+  </si>
+  <si>
+    <t>Da Du ikke er kommen, vil jeg sende Dig to Ord om Puf! – Det er en lille Smule bedre, jeg tror ikke, han har Feber mere, men der er meget Slim endnu, og han er noget urolig om Natten. Han ligger endnu og taler slet ikke om at ville op. – Jeg skriver paa aabent Kort for at de andre kan læse det, hvis Du skulde være rejst. Mange Hilsner! Torsdag Eft. Din A.
+[På kortets anden side, fortrykt]:
+BREV-KORT
+(Paa denne Side skrives kun Adressen)
+[Håndskrevet]:
+Maleren Hr. Johannes Larsen
+Kærbyhus 
+Kerteminde</t>
+  </si>
+  <si>
+    <t>Nymindegab</t>
+  </si>
+  <si>
+    <t>Laurentius Allerup
+Carl Høyrup
+Adolph Larsen
+Andreas Larsen
+Jeppe Andreas Larsen
+Johan Larsen
+Sophus  Meyer
+Suzette Skovgaard Holten
+Peter Sus
+Cathrine Svendsen
+Christine Swane
+Anna Syberg
+Fritz Syberg
+Skjold Tang
+Peter Thomsen, tømrermester</t>
+  </si>
+  <si>
+    <t>Alhed og Johannes Larsens villa på Møllebakken i Kerteminde er under opførelse, og det er svært at få håndværkerne til at møde op.
+"Holtens Penge var kommen i Lørdags": Der er formodentlig tale om betaling for et maleri. Johannes Larsen lånte sin far, som på dette tidspunkt var i gang med en langvarig konkurs, pengene. 
+Den fede er Alhed og Johannes Larsens søn, Lysse.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har haft besvær med at få Thomsen (tømrermester) til at komme og arbejde. Han har fået penge fra Holten og givet dem til sin far, men får dem igen. 
+Larsen har malet på en gravandefamilie, nogle lappedykkere og en måge. Høyrup har været på besøg og se på akvareller.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/LetV</t>
+  </si>
+  <si>
+    <t>Kjerteminde Fredag 19 Septbr 1901
+Kæreste Alhed!
+Tak for Dit Brevkort, det glæder mig at det er lidt bedre med Puf, men det er dog kedeligt saa længe det trækker ud inden han kommer sig. Naar jeg ikke har skrevet før er det fordi jeg ikke kunde faa Øje paa nogle Lyspunkter, hvor meget jeg end arbejdede efter dem og det er først i Dag det er lykkedes mig at se lidt lysere paa Tingene. Jeg rejste jo ikke videre opløftet dernede fra, meget lidt opløftet og da jeg kom her blev det ikke bedre, Thomsen havde endnu ikke begyndt trods flere Bud herfra og jeg gik saa ud paa Feden, først til Meyer, han laa og var endnu daarligere end da jeg var her sidst, jeg antager han har Lungebetændelse saa var jeg hos Thomsen, han havde haft og havde meget travlt men nu skulde han sende 2 Mand og saa skulde det snart blive rejst, der kom imidlertid ingen saa har jeg været hos ham 2 Gange siden og han har lovet lige godt hver Gang men der er bare ikke kommen nogle Folk, saa gik Fader ud til ham i Morges og saa mødte der 2 Mand til Frokost som har hængt i hele Dagen og som skal blive ved. Jeg var hos Præsten og betalte, han bad mig hilse Dig, jeg var med Fader hos Skjold [ulæseligt ord] som lovede at ordne Sagen, da han fik Lov at skrive Skødet. Holtens Penge var kommen i Lørdags efter at have været i Nymindegab, Fader har faaet dem, men vi faar dem igen. Hønsene kom med Tak for Tilbudet men de havde ikke Brug for dem foreløbig. Der indløb i Forgaars et mærkeligt Brev fra Agraren, der var nemlig ingen Stavefejl i. Jeg kommer ikke før Du skriver at jeg kan hente Jer, da jeg ikke er for at forlade Thomsen, desuden har jeg forregnet mig med mine Billeder der kan ikke blive saa mange som jeg mente og de store Aquareller passer ikke i de store Rammer saa jeg maa bestille Rammer til dem, har nu begyndt at male nogle der passer til de store, jeg har kopieret Gravandefamilien, paa Aquarellærredet jeg fik hos Sus, der er et Stykke til af samme Størrelse som jeg maler et Par Lappedykkere paa de ere omtrent færdige og saa har jeg malet en stor Maage paa Papir, de ser ganske godt ud, navnlig Gravænderne ere bedre end Oljebilledet; jeg venter at faa lavet 2-3 til i Morgen. Her er mange modne Vindruer og en Del Ferskner men jeg gider ikke rigtig spise Frugt for Tiden, Uglen fik en ualmindelig Pragtfuld Buket Georginer fra Allerup i Aftes. Baronen har skrevet at han kommer paa Søndag. Der kommer en Frøken Svendsen i Morgen, hende fra Middelfart. Højrup var her i Eftermiddag og saa Aqaurellerne [indsat over linjen: jeg skal hilse fra ham], han var meget begejstret for Hønsegaarden. Slyngpelargonien ser noget medtaget ud, Du kan nok huske at jeg fortalte Dig at groede en Kløver i Urtepotten som saa nydelig ud, den har naturligvis taget Kraften fra den, saa jeg bliver vel nødt til at rive den op skønt det gør mig ondt. Nu er det saa mørkt at jeg ikke kan se mere saa jeg vil slutte og gaa ned med Brevet. Jeg skal nu nok skrive hver Dag indtil jeg kommer, men Du maa ogsaa skrive lidt, jeg tænker saa meget paa og holder sa forfærdelig meget af Jer. Mange Tusind Hilsner og Kys fra Din
+Johannes Larsen
+Kys ogsaa Puf og den fede fra mig.</t>
+  </si>
+  <si>
+    <t>1901-09-27</t>
+  </si>
+  <si>
+    <t>Andreas Larsen
+Thorkild Rovsing
+Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>Alhed Larsens far er blevet opereret uden bedøvelse af Dr. Rovsing. 
+Lille Puf er nogenlunde rask, men noget bleg</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ukhH</t>
+  </si>
+  <si>
+    <t>Kære lille Larsi!
+Nu er jeg igen bleven narret med et Brev til Højru[p jeg] fik i Gaar Brev at Far [er bleven] undersøgt af Rovsing. D[et er] en Svulst og han raadede [til] Operation, men han ku[nne ikke] bedøve ham for Hjærtet. Den[noget af papiret mangler] være i Gaar og Du kan t[noget af papiret mangler] var beklemt hele Dagen [noget af papiret mangler] til Morgen fik vi Brev, at det var gaaet godt og det havde ikke [været] saa slemt, sagde Far selv. [Det v]arede kun ½ Time. Det er [dejl]igt, at det er overstaaet, men der kan nok være Grund til nogen Ængstelse endnu, hvordan Forløbet bliver. Han (Rovsing) havde sagt, at naar der ikke var Bedøvelse, var der ingen Fare ved selve Operationen. Far er ved godt Mod og i godt Humør. – Lille Puf var [noget af papiret mangler] ude i Gaar, og var hen[rykt] over det, men i Dag [er] det desværre Taage. Han [ser] saa bleg og ussel ud endnu [noget af papiret mangler], men Forkølelsen er [noget af papiret mangler] og i Nat har han for [første] Gang sovet ordentlig. – Nu maa Du jo komme med en Masse Penge. – Jeg skal sende Akvareller, na[ar der] kommer Bud til Højr[up].
+Der er Posten
+1000 Hilsner
+Din Alhed
+27 – 9 1901</t>
   </si>
   <si>
     <t>1901-09-28</t>
   </si>
   <si>
     <t>Elna -
 Elna Borch
 Berta Brandstrup
 Ludvig Brandstrup, billedhugger
 Julie Brandt
 Louise Brønsted
 Adolph Larsen
 Vilhelmine von Sperling
 Laura Warberg</t>
   </si>
   <si>
     <t>Laura Warbergs søster, Vilhelmine Berg, havde et pensionat beliggende Gothersgade 129, København.</t>
   </si>
   <si>
     <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 0447</t>
   </si>
   <si>
     <t>Astrid ønsker, at Johanne må tro mere på sig selv og sine forhold, og at hun må blive tyk og glad. Astrid var bekymret for søsteren, da hun sidst så hende.
 Vejret er skønt, og Astrid har været på Rosenborg. Dagen efter skal hun m.fl. til Charlottenlund.</t>
   </si>
@@ -3077,2009 +4882,485 @@
     <t>https://fynboerne.ktdk.dk/d/swxm</t>
   </si>
   <si>
     <t>[Fortrykt:]
 A.C. Warberg,
 Godsforvalter,
 Erikshaab pr. Højrup St.
 [Alt andet end det første "A." er overstreget]
 ---------------------
 [Håndskrevet i brevet:]
 Gothersgade 129,1 
 28 Sept 1901
 Kæreste lille gode Junge!
 Mine allerbedste og mest indholdsrige Ønsker for Dig i alle Måder! 
 Jeg vil sige til Dig, det samme Du sagde til min sidste Fødselsdag: Gid der må komme noget ud af! noget godt, Junge! noget helt extra godt, som Du fortjener det. Fremfor alt ønsker jeg Dig en fastere – stærkere – mere glad Tro på Dig selv og Dine Forhold. 
 Uden Tro når man intet – og mener dermed: Tro på det, man gerne vil. – Efter dette åndige vil jeg gå over til at piske Dig. Sundhed og Helse – at Du må blive tyk og fed – god og glad. 
 Hvordan mon Du dog har det? Jeg var helt bekymret over Dit Udseende, da jeg rejste! 
 – Men Junge – sikket Vejr! Det er da ikke set i Mands Minde – siger de Gamle – at sligt har varet fra en hel Sommer til så sent.
 Det er næsten Synd at være i Kjbh. i – men fra dette No er der jo rigtignok vidunderl. smukt. Jeg var oppe at svælge på Rosenborg i Går – gik til jeg ikke kunde mere – der er besynderligt – med al det, der virkel. har stået så længe. 
 Vi skal til Charlottenlund i Morgen – Mor – Mis – Lugge jeg. Jeg skal ud til Bertas nu – træffe [ulæseligt] – den herlige – altid uforlignelige. Det er dejligt at være her – og ej ueffent at tage den så særdeles med Ro.
 Vil I ikke sende Mor nogle Visitkort fra hendes Havestueskrivebordsskuffe samt et Parti Frimærker. Elna tør jeg ikke gå til, da Pan har sat mig op på, at jeg da også må gå til de [ulæseligt] og det ved jeg ikke, om Du ønsker?
 Hermed alle Hilsner til Dig og Agraren (som muligvis forefindes!) 
 fra Dis</t>
   </si>
   <si>
-    <t>1892-09-17</t>
-[...12 lines deleted...]
-Johanne Christine Larsen
+    <t>1901-10-14</t>
+  </si>
+  <si>
+    <t>Odense</t>
+  </si>
+  <si>
+    <t>Fyn
+Højrup</t>
+  </si>
+  <si>
+    <t>- Allerup, lærer
 Otto Emil  Paludan
-Ellen  Sawyer
-[...190 lines deleted...]
-Ellen  Sawyer
 Albrecht  Warberg</t>
   </si>
   <si>
-    <t>Alhed Larsen var i Firenze i december 1894. 1893-1894 var hun på rejse i Italien med sine to morbrødre.
-[...91 lines deleted...]
-A
+    <t>Astrid Warberg-Goldschmidt tog præliminæreksamen i Odense. Hun boede imens hos Hempel Syberg.
+Kaptajnen var lærer ved Astrids uddannelsessted. 
+Mortensen kendes ikke. Ej heller Brune/Bruno.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2716</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/bXkl</t>
+  </si>
+  <si>
+    <t>[Fortrykt på brevkortets adresseside:]
+BREV-KORT
+(Paa denne Side skrives kun Adressen.)
+Til
 [Håndskrevet på kortets adresseside:]
-lla Signora Laura Warberg
-[...166 lines deleted...]
-[Håndskrevet på kuvertens forside:]
+[Med blyant:] 1901
+[Med blæk:]
 Fru Laura Warberg
-Erikshaab
-[...117 lines deleted...]
-Vilhelm Larsen
+Erikshåb
+Højrup
+[[Håndskrevet på kortets tekstside:]
+Kære Mor! Jeg må straks meddele Dig, at Kaptainen i Går har udtalt vores allesammens Dom - Mortensen og jeg var de to eneste, som de sikkert turde indstille - én var umulig - og Resten tvivlsomme. K. holdt et lille Foredrag til hver især om deres tynde Steder; til mig sagde han, at det jo udelukkende gjaldt Mathematiken - alle de andre Fag var der ikke det mindste at sige til, og når jeg blev indstillet - trods - i Mathematik, så var det, fordi de andre Fag var så fyldige, at der kunde tages af deres Points til den ulyksalige Mathematik. Du kan tro jeg er henrykt over dette - og har fået helt nyt Mod og friske Kræfter. Har ordnet min læsestil om, så jeg nu læser til 12 om Aftenen - hvor der er Stilhed og Varme - og så sover om Morgenen til 8 - 1/2 9 - det skal nok betale sig. Lærerne er så rare - Allerup viste mig i Går hele sin nye Lejlighed oppe i Vestergade (over Elevatoren(!)) - den var overordentlig hyggelig og smuk. - Turen i Søndags gik udmærket - jeg var slet ikke (mod Sædvane) bange - og Vejret var så bedårende! Kom hertil ved 8 Tiden - alt var i god Behold - Brune forefandtes - og vi tog straks fat på Mathematiken, som jeg var ualmindelig dum til (Opgaver) og jeg vedblev dermed lige til Sengetid. Mit Vidnesbyrd, som jeg har fået er præcis som sidst - Far havde på det fornylig sat NB ved 3 Fag - og de kan sættes også her; men ved Sammenligning med Kammeraterne ser jeg, at det alligevel er udmærket. - Vil du hilse Pallam og de unge Piger! Og mange Hilsner til dig selv!
+Astrid. Tirsdag Formd. Odense.</t>
+  </si>
+  <si>
+    <t>Forår 1902</t>
+  </si>
+  <si>
+    <t>Jeppe Andreas Larsen
 Jens Olsen</t>
   </si>
   <si>
-    <t>Samson er et skib, som tilhører købmand Jeppe Andreas Larsen, som er far til Johannes Larsen.
-[...93 lines deleted...]
-Tusind Tak for Dit Brev som jeg fik i Gaar. Jeg tror ikke at vi kommer af Sted før sidst i Ugen, jeg hørte før at Fader spurgte Skipperen om hvornaar han troede at han kunde blive sejlklar og han svarede at der vilde altid gaa et Par Dage endnu, Resultatet er altsaa at de ved det ikke. Du skal nok faa Brev saa snart der foreligger noget bestemt derom. Fredag og Lørdag havde jeg rimeligt godt Vejr til mit Billede og den første Aften fik jeg malet en Del paa Marie og Uglen og den anden paa Træerne og Kragekloen. Her gaar saadan en dejlig Hættemaageunge inde under Sofaen. Agraren kom med den i Formiddags. Den fejler lidt i den ene Vinge, men den kan nok komme sig, den har lige spist et Par Regnorme som jeg satte ind til den. I Gaar Eftermiddags var vi paa Besøg paa Scheelenborg, og spiste en Masse Stikkelsbær i Haven før vi skulde ind at spise til Aften saa det gik jo lidt ud over Appetitten. I Aften tænker jeg at det bliver Vejr til at komme i Klinten. I Middags skød jeg en stor graa Kat oppe hos Rasmus Petersen. Da vi kom og skulde i Vandet fortalte Konen at der lige havde været en Kat og haft fat i en af Kyllingerne og at den sad oppe ved Hegnet ind til Højrups Have. Rasmus rendte saa ind efter Bøsse og Patroner og jeg listede mig saa derop efter men Katten forsvandt ind bag Hegnet, heldigvis havde jeg ”Jansen” med og sendte hende ind efter den og et Øjeblik efter kom Fyren ganske rigtigt og blev skudt og begravet med det samme af Rasmus som havde en Spade ved Haanden, og var synlig oplivet over at den ikke skulde spise Kyllinger mere. Jeg har lige skrevet til Baronen og Peter og Marie har skrevet til Baronen og Hønset. Mange kærlige Hilsner fra Din hengivne
+    <t>Johannes Larsen maler på pæretræet. Hans far har givet ham den idé, at han kan sejle med et dampskib ført af kaptajn Jens Olsen fra Kerteminde til Korshavn og videre til Odense for at se på motiver. Fra Odense vil han tage toget til Højrup og besøge Alhed.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/KxQx</t>
+  </si>
+  <si>
+    <t>Kjerteminde 28 – [noget af papiret mangler]
+Kæreste Alhed!
+Jeg lovede Dig nok et langt Brev i Aftes, men dette bliver nok ikke saa langt alligevel. Det blev ikke Solskin i Morges, det er snart længe siden det har været det om Morgenen, derimod fik jeg gjort lidt ved Pæretræ[et] det tegner snart t[il at blive] ganske godt. Men[noget af papiret mangler] og malede paa d[noget af papiret mangler] Fader og gav mig [noget af papiret mangler] Idé. Dampskibe[noget af papiret mangler] Kaptain Jens Ols[en er] her og skal i Morgen gaa om til Korshavn ved Fyns Hoved og losse noget Cement der og derfor [noget af papiret mangler]se med Resten [noget af papiret mangler]de jeg jo faa en udmærket Sørejse og se paa Motiver paa Vejen. Jeg var saa henne hos Olsen efter Middag og aftalte med ham at han skulde komme og purre mig ud Kl. 3 i Morgen tidlig og saa skal jeg drikke Kaffe henne hos ham saa behøver ingen her at [noget af papiret mangler] Fra Midskov og [noget af papiret mangler] Odense har jeg al[drig sej]let før saa jeg glæ[der mig] til den Tur og hvis [noget af papiret mangler] Vejret bliver godt [noget af papiret mangler] i Aften er det storartet. Jens Olsen mener at vi kan blive saa tidlig færdig i Korshavn at vi kan naa Odense om Eftermiddagen [noget af papiret mangler] maaske kan jeg [tage] med Eftermiddagstoget til Højrup, men hvis jeg nu kommer med sidste Tog kan jeg saa komme ind? 
+Mange kærlige Hilsner Din hengivne
 Johannes Larsen.</t>
-  </si>
-[...1236 lines deleted...]
-Det bliver nok mere end ”to Ord med Blyant” men saa faar Du jo et Brev gratis hertil.</t>
   </si>
   <si>
     <t>Vinter 1902</t>
   </si>
   <si>
     <t>Akkerupvej 3, 5620 Glamsbjerg, Danmark</t>
   </si>
   <si>
     <t>Louise Brønsted
 Andreas Larsen
 Georg Larsen
 Johan Larsen
 Christine Swane</t>
   </si>
   <si>
     <t>Alhed Larsen er i forældrenes hjem på Erikshaab med sine drenge. Hendes far, Albrecht Warberg, døde i oktober 1902, og det er formodentlig efter den tid. Søsteren, Louise (Lugge), bor endnu hjemme. Hun blev gift i 1903.</t>
   </si>
   <si>
     <t>Alhed beder Johannes Larsen finde rester af noget kjolestof og enten sende eller medbringe det. Han må også skynde på skrædderen. Alhed regner med, at Johannes Larsen raderer.
 Ungerne er søde, men Lugge (søsteren Louise) har fået et tilbagefald.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/ikq3</t>
   </si>
   <si>
     <t>Lille go’e Lavsi!
 Kunde Du ikke være saa sød at gaa op paa Loftet i den store, grønne Kiste og finde nogle Klude som min skotsktærnede Kjole, de ligge rullede sammen (vistnok paa Bunden til højre) og sende mig dem strax til Reparation af min Kjole. Hvis Du kommer stra [ordet overstreget] Fredag, kan Du tage dem med, kommer Du først Lørdag, maa Du sende dem. Vil Du vedlægge to gamle Opslag som det rødtærnede Liv, jeg har faaet af Christine, det ene har Puf vist anbragt i Madskabet, det andet er i F [bogstavet overstreget] den firkantede Fløjlsæske paa Skabet ved Din Seng. Mens jeg er ved Tøjspørgsmaalet, saa pas endelig Skræderen, at han faar det hele færdig til Dig, jeg glæder mig meget til at faa Dig saa fin og køn. – Jeg er meget spændt paa, om der er Brev nu med Posten, jeg længes meget efter at høre, hvordan Du lever, længes i det hele forfærdelig efter Dig. Du raderer vel? Tænk, i Morgen er det 8 Dage, siden jeg hørte eller saa noget til Dig. – Vil Du ikke gaa til Grossereren med Kontrabogen og den lille gule Seddel, men Kludene paa [ordet overstreget] maa ikke komme sammen med det, da det kan forsinke dem, det er ikke sagt, det andet kan blive hentet strax i Højrup. – Doktoren var her i Gaar, Lugge fik lov at staa op i Dag, men hun fik desværre Tilbagefald i Nat. – Ungerne er søde og flinke, men kedelig med den Vinter, jeg havde glædet mig til at køre ud med dem
 1000 Mill. Hilsner
 Posten Din egen Alhed
 jeg elsker Dig knusende</t>
+  </si>
+  <si>
+    <t>1902-03-06</t>
+  </si>
+  <si>
+    <t>Nicoline  von Sperling</t>
+  </si>
+  <si>
+    <t>Sandholt Gods</t>
+  </si>
+  <si>
+    <t>Anne Marie Brodersen</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvem Niels var, eller hvad "sagen", som omfattede ham, gik ud på.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 0239</t>
+  </si>
+  <si>
+    <t>Nicoline von Sperling ønsker Albrecht Warberg alt godt. Det var hyggeligt, at hans kone forleden var med på besøg. 
+Om tirsdagen vil Frk. Sperling få fat på Niels. Albrecht Warberg må lade hende vide, om han selv kan deltage.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/PlGA</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Hr. Godsforvalter Warberg
+Erikshaab.
+Højrup. 
+[Håndskrevet på kuvertens bagside:]
+Sandholt. Vester–Hæsinge. 
+[I brevet:]
+Kære Godsforvalter Warberg! 
+Frk. Bondesen og jeg vil gerne sende Dem vores bedste Ønsker, og de gaar ud paa, at baade nye og gamle Skavanker maa være saa lidt generende, som mulig og maa tage af, saa at alt er bedre om et Aar. Og endvidere ønsker vi Dem megen af den Fornøjelighed, som kommer, naar det gaar os og dem, vi holder af, godt. Det var saa hyggeligt, at Deres Kone var med i Tirsdags, det skulde hun gøre oftere, og med mange Hilsener til hende og alle er jeg Deres heng: Line Sperling.
+Sandholt 6/3. 1902
+Tirsdag d: 18de ser jeg at faa fat paa Niels, saa hvis De er hindret i selv at komme, vil De maaske nok lade mig det vide Dagen før, for uden Dem kan jeg ikke stille noget op.</t>
+  </si>
+  <si>
+    <t>1902-07-27</t>
+  </si>
+  <si>
+    <t>Nordskov
+Højrup, Faaborg</t>
+  </si>
+  <si>
+    <t>- Bendix
+Andreas Larsen
+Jeppe Andreas Larsen
+Johan Larsen
+Vilhelmine  Larsen
+Marie   Larsen, Georg Larsens datter
+Christine Swane
+Fritz Syberg
+Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>Alhed og Johannes Larsens to drenge blev i juli 1902 passet hos Alheds familie på gården erikshaab, fordi Møllerens børn i Kerteminde havde skarlagensfeber. 
+Johannes Larsen og hans søster Christine var i samme måde i Nordskov for at male.</t>
+  </si>
+  <si>
+    <t>Alhed ved ikke, om Johannes Larsen er i Nordskov eller Kerteminde. Hun håber ikke, at han er ude i stormvejret.
+Godt, at lille Anna kom sig hurtigt.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/H5K8</t>
+  </si>
+  <si>
+    <t>Kæreste lille Lavsi!
+[Nu v]ed jeg jo ikke, hvor jeg skal [send]e hen, til Nordskov eller [K]erteminde, jeg vælger det sidste [da] Vejret jo har været noget ustadig. (Fader sidder og siger ”værsgo Ladersen” og beder mig hilse) jeg vil da heller ikke haabe, Du er derude i denne Storm, jeg kan ikke taale at tænke paa, Du sejler i Pram i dette Vejr. – Vi har det udmærket, Ungerne er søde og raske. – Vi har besøg af Frk. Bendix Kæreste, Madvig [? svært læseligt navn], i disse Dage, han er meget sød og tiltalende, ligner Napoleon en hel del, og er for Resten ogsaa Franskmand, han har kun været 1 Aar i Danmark men taler fuldstændig rent [og] uden Accent, det er godt [noget af papiret mangler]. Jeg skal skrive til Kunst[nerens] Fødselsdag, - mens Du [noget af papiret mangler] det? – derfor faar [Du] kun et Par Ord. – Hils [de] gamle og Uglen, hvis Du er der endnu. Hvor det var godt, at lille Anna kom saa hurtig over det. Tak for Dit Brev! jeg haaber, jeg faar et igen nu om lidt, naar Vognen kommer fra Højrup, det glæder jeg mig til. 1000 Hilsner fra Din egen Alhed
+Det er nok en Ugestid endnu, at vi ikke skal ses, med mindre, Du kommer herned!!
+27 – Søndag – Erikshaab.</t>
+  </si>
+  <si>
+    <t>1903-5</t>
+  </si>
+  <si>
+    <t>USA
+Mass.
+Dorchester</t>
+  </si>
+  <si>
+    <t>Ingeborg Abrahams
+Ellen Agnete Amstrup
+Louise Amstrup
+Thora  Branner
+Wilhelm Branner
+Johannes Nicolaus Brønsted
+Louise Brønsted
+Niels Elgaard Amstrup
+Alfred Goldschmidt
+- Grønlund
+Jens Hammer
+Grethe Jungstedt
+Alhed Larsen
+Johannes Larsen
+Christine  Mackie
+William Mackie
+Mogens Mogensen
+- Mogensen, Fru
+Otto Emil  Paludan
+Ditlev Schroll
+Hempel Syberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Laura Warberg var på besøg hos sine to døtre i Boston fra ca. marts til juni 1903. 
+Hellig Olav var et af Skandinavien-Amerika Linjens (DFDS) tre søsterskibe. De andre var United States og Oscar II. Frederik VIII kom til i 1913. Hellig Olav blev søsat 1902 fra Glasgow værftet Alex Stephen &amp;amp; Sons, målte 158,5 x 17,8 meter og var indrettet til transport af 1170 passagerer, 130 på 1., 140 på 2. og 900 på 3. klasse. Hellig Olav kom til København i 1903 og blev sat ind på sin rute fra København til New York. (http://www.liners.dk/ship-dk/Hellig_Olav/Hellig-Olav-dk.html)
+Det vides ikke, hvad der menes med, at Peter fik land, eller hvem han var. 
+Alfred Goldschmidt og Astrid blev gift i 1904 og skilt i 1914.
+Det vides ikke, hvem "Hollufgaardene" er, men Hollufgaard er en herregård, der ligger nær Odense. 
+I Danmark blev pund (svarende til 500 gram) anvendt frem til metersystemets indførelse i 1907.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 0007</t>
+  </si>
+  <si>
+    <t>Johanne håber, at rejsen er gået godt, og at Christine og Billy ikke fortryder tilbuddet om, at hun selv må komme til Boston. Hun har købt billet. Moderen må skrive og fortælle om drikkepenge, bagage, banegårde mv. 
+Peter fik land.
+Astrid/Dis er glad for Alfred og for sit bryllup. Johanne har besøgt Alfreds familie og været i Astrids lejlighed. Hun har også besøgt Thora/Tutte og Branner samt Hempel Syberg, og Thora og Branner har været med i Hillerslev. Der har været fødselsdagsmiddag på Gelskov.
+Johanne har været på kirkegården og plante blomster.
+En masse medlemmer af familien har lejet sig ind på Erikshaab om sommeren.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/3BSF</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Laura Warberg
+c/o H.E. Sawyer
+244 Columbia Road
+Dorchester
+Boston
+Mass.
+U.S.A.
+[I brevet:]
+Kæreste Mor! Jeg har ment, at jeg gærne vilde have haft Brev fra Amerika før jeg skrev igen, men jeg maa vist hellere faa sendt et Par Ord over til dig nu, ellers faar du vist for længe at vente – det er jo en Mulighed (jeg haaber dog, det er en _U_mulighed) at ingen af de andre skulde have skrevet til dig endnu. Nu maa du da være derovre; i Dag er det jo akkurat 14 Dage, siden du gled af Sted; jeg har intet kunnet se om den hellige Olaf, men paa Stationen plejer de at vide Besked – jeg haaber, den har været en heldig Olaf, her va ["va" overstreget] har Vejret været et non plus ultra af Dejlighed, saa jeg kan ikke tænke mig andet end at Rejse har været udmærket for dig. Jeg glæder mig til min – er stadig glad ved den tagne Bestemmelse, men er frygtelig spændt paa at høre hvad Christines Mening om det er, bare hun nu ikke fortryder sit Tilbud! Og bare Billy dog nu ikke er ked af at faa mig derover, men nu er det gjort – Billetten er taget – den billigste 1ste Klasse 220 Kr, de 20 Kr. vilde jeg nok give for at have Adgang til Promenadedækket. Vil du ikke nok skrive lidt udførlig til mig om der er noget særlig at iagttage; f. Ex. hvor mange Drikkepenge, man skal give og til hvem. Stuepige? Kellner?? o.s.v? samt hvordan jeg skal forholde mig i New York, mest med min Baggage, Haandkuffert og saa det indskrevne, hvad Banegaard jeg skal til, Fortaering o.s.v. Du giver mig nok lidt god Besked, nu du selv har prøvet det. – Mon du ved, at Peter fik Land, eller mon jeg skal være den første, der fortæller dig det, der var for Resten vist ikke stort tilovers; de andre Stakler er jo midt i det, jeg ved ikke noget om hvordan det gaar. - - Lille Dis faar jeg forfærdelig fornøjelige Breve fra med Strømme af Lovtaler om lille Alfred Hendes Bryllup var saa nydeligt og jeg syntes rigtig godt om [skrevet over linjen: ”om”] de gamle og Svogre og Svigerinder. Dagen efter var jeg ude i Charlottenlund hos Ingeborg Abrahams spiste Frokost hos hende og vi [skrevet over linjen: ”vi”] gik saa begge hen til Disens Lejlighed , hvor vi hang Gardiner op og ordnede lidt den var ganske henrivende i al sin Tarvelighed, det var saa sjovt at se de gamle Erikshaabs Møbler derude. Jeg boede hos Lugges, og blev helt indtaget i Magisteren, saa sødt han dog gaar og hjælper hende, jeg var forfærdelig glad ved at besøge dem. Jeg blev til Søndag, da jeg skulde ledsage Lugge + Skrierbarn, saa fik Lugge mere Tid til at ordne sine Sager. - - I Torsdags var jeg for første Gang paa Cycle i Odense, og da jeg ved 10 Tiden kom til Hunderup fandtes Branner og Tutte; Fruen endnu i Sengen med Kaffe, Cigaret og - - Konfekt; jeg nød saa Frokost derude og en Cigar sammen med dem ude i Haven og tog saa til Byen til mine Time, senere en herlig Middag og – med O. Syberg i godt Humør. Om Lørdagen vilde de besøge os (11te Juni, Termin, du kan tro jeg var ængstelig ved at overbringe [papir mangler] den Besked, men han blev da glad [papir mangler] Tutte og Branner kom spaserende fra Hillerslev hvor Onkel Syberg havde sat dem af, han skulde have Møde i Højrup de fik en lille let Frokost med Chokolade, saa naaede vi en lille Tur ud paa Brinken hvor Branner til min Glæde var Begejstringen selv over Skønheden, og kom saa hjem til Middag Kl. 4, til hvilken Tid Onkel Syberg indtraf. Supper m. Kødboller og nye Gulerødder, en dejlig Aspargesbudding, Fedekalvesteg m. Compot og vellykkede Vandbakkelser fyldt med Crȇme; O. Syberg nød 3-4 af dem (uden Crȇme) og spiste i det hele tappert af alle Retterne. Middagen var jo ogsaa basseret paa ham. De tog af Sted Kl godt halv 7 og Kl 7 skulde vi være være ["være" overstreget; "vi" indsat over ordet] være paa Gjelskov til Fødselsdagsaftensmad sammen med Hollufgaardene og Amstrups. Min Appetit var upaaklagelig – naar man er Værtinde faar man ikke saa meget godt af Maaltiderne, de andre var jo derimod lidt tilsatte. I Gaar var det Fru Mogensens Fødselsdag og jeg alene var inviteret med sammen med Doktorens og Hammers; jeg var frygtelig fin i min nye Molls, den du var med at købe og Vejret var straalende og varmt, men Selskabet - - ja Maden og Anretningen var extra fin, men ellers – naa, jeg vil ikke skose. 
+Jeg var forleden Dag nede i Højrup og købte hos Gartneren nogle Sommerplanter som jeg tog med til Kirkegaarden [utydelig skrift] arbejdede jeg saa i flere Timer med at luge, plante og vande og der blev saa pænt, syntes jeg; der er smukke Tulipaner endnu og Stauderne og Roserne staar godt, men den Rose, som vi plantede i Foraaret, tror jeg ikke der er Haab om. – Ellers er der intet nyt under Solen – jeg glæder mig til at Lugge, Mag, Be, Las, Dis og Goldschmidt skal komme først i Juli; jeg har faaet Lov til af Pallam, at de maa leje sig ind; tænk hvor dejligt, om vi kunde faa lidt gammel Sommerferiestemning. Paa Søndag kommer Fru Grønlund fra Odense og bliver en Uge; det glæder jeg mig skutte til. Hils dem alle tusind Gange, jeg er saa spændt paa at høre hvordan du har det derovre, om du befinder
+[skrevet på tværs øverst på s1:]
+dig vel og hvordan du synes de har det derovre, begge Sættene, skriv endelig lidt udførlig om det. ----- Hermed et Brev fra Molle som jeg aabnede og besvarede, fik straks Brev igen, hendes Tvillinger vejede hver 6 danske Pund, da de blev født, det maa rigtignok have været en drøj Omgang for den lille bitte Molle. Hun var imponeret over din Amerikarejse. – Paa Arreskov er der ingen videre Forandring maaske lidt daarligere. Pallam har terminstravlt men i helt godt Humør. Tilsidst tusinde Hilsener fra din Junge. Kys lille Grethe fra mig.</t>
+  </si>
+  <si>
+    <t>1903-07-27</t>
+  </si>
+  <si>
+    <t>Boston</t>
+  </si>
+  <si>
+    <t>Thora  Branner
+- Flagstad
+Adolph Larsen
+Christine  Mackie
+William Mackie
+- Skakke
+Vagn Thomsen
+Peter Tom-Petersen
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Johanne Larsen var i Boston hos sine og Astrids to søstre, Christine og Ellen, som begge var gift med amerikanere. Begges ægteskaber knagede.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 0446</t>
+  </si>
+  <si>
+    <t>Det må være svært for Johanne at opholde sig hos søstrene i Boston, og det er godt, at hun snart kommer hjem. Astrid vil hente hende på stationen i Højrup og tænker, at Junge må have det som den høne, Astrid engang kom til at holde indespærret i fem dage. 
+Astrid har haft besøg af Hr. Skakke, Flagstad, som ikke måtte synge pga. helbredet, Vagn Thomsen m.fl.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/RBsG</t>
+  </si>
+  <si>
+    <t>Erikshåb 27 Juli 1903.
+Kære lille Junge! Tak for Dit lange Brev i Dag – uha! hvor I dog har det skrækkeligt! Der har vi rigtignok fået Dig sendt på Rekreation; det er da godt, Du kommer – herhjemme må da være Tusinde Gange sundere – hvordan Fanden her så end er.
+Hvad M &amp;amp; Billy angår, så er det jo sådan, at alene Tanken om dem er nærved at gøre os tossede herovre – så jeg kan da forstå, hvad det må være for Jer, der er lige midt i det.
+Du kan tænke Dig min Rædsel: Mor vilde partout læse Dit Brev i Dag – og det kunde jeg selvfølgelig på ingen Måde have – og allermest fordi Du omtalte den lille Episode med ”Lystigheden” – vi må jo for enhver Pris ikke puste til Mor.
+Så sagde jeg – at Du skrev om Dine private Affairer – og så var der ingenting i Vejen – men Mor opgav det strax.
+Du får blot et lille Livstegn – inden Du nu – om heldigvis kun få Dage – vender her tilbage. 
+Jeg er i Dag hjemkommen fra Odense, hvortil jeg rejste i Lørdags sammen med Tutte. Det var for Resten så velgørende at komme i helt fremmede Omgivelser – hvor ingen gik og ”vidade” så meget.
+Hr Skakke kom ganske uventet til Syne i Haven, da Tutte og jeg Søndag Morgen nød Kaffen derude – i dybeste Negligé; han var nok ude at se efter Sømand-Broderen som ventes til Havnen; traf ham ikke – og forblev så på Haugstedgård hele Dagen; Vagn Thomsen kom ligeledes om Form – og da Vejret var bedårende, så tilbragte vi 4 en rigtig hyggelig og god Dag. 
+Jeg glemte rent at tilføje på Pengebrevet, at Flagstad var her! han kom Lørdag [”Lørdag” overstreget og ”Fredag” indsat over linjen] Fredag Eftmd – og gled Lørdag Formd. sammen med Tutte og mig. Desværre måtte han slet ikke synge – p Gr a. Helbredet – men han er jo i sig selv et ganske herligt Menneske; han havde glædet sig til at hilse på Dig og Mornine – men vi andre gjorde alt hvad vi kunde for at gøre Fyldest. 
+Og i Dag har Tom Petersen været her – han er så rasende rar og hyggelig; de er lige marcheret af med ham til sidste Tog. 
+Nå, lille Junge – så tar jeg mod Dig Torsdag Aften med 6 Toget (vi kører Tørv, så der bliver vist ingen Vogn af!)
+Jeg føler noget lignende som engang, jeg skulde lukke op for en Høne, som jeg havde glemt i 5 Dage på en lukket Hønsebænksrede – jeg kan uske, at jeg væbnede mig med et Kosteskaft, da jeg skulde konfronteres med det afpillede Væsen.
+Jeg tror, at jeg tager Skakke med til Højrup, at han kan lukke op for Dig.
+Dette er Galgenhumor lille Junge – jeg er alt andet end i mindste Måde lystig ved Tanken om alle Jer deroppe. Er Billy der – så giv ham min varmereste Hilsen. Den store goe Billy!
+Også til Mornine – og Dig selv – mange – mange gode Hilsner!
+Din Dis
+p.s. Agraren kommer ikke.</t>
+  </si>
+  <si>
+    <t>1904-09-25</t>
+  </si>
+  <si>
+    <t>Charlottenlund
+Kastanievej 13</t>
+  </si>
+  <si>
+    <t>54 Coolidge Str. Brookline Mass. USA</t>
+  </si>
+  <si>
+    <t>Thora  Branner
+Holger Drachmann
+Alfred Goldschmidt
+Jean Jensen
+Christine  Mackie
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Johanne C. Larsen besøgte sin søster og dennes familie i Boston. 
+Den helligste højtid i jødedommen er yom kippur. Højtiden fejres hvert efterår og kaldes også forsoningsdagen, for det er forsoning, bøn og bod, der er helt centralt denne dag (Kilde: Internettet sept. 2023). 
+Apoteker Johannes Rink (1848-1925) overtog i 1902 Svane Apotek i Helsingør - Apoteket blev nu kaldt "Det gamle Apotek”. Det blev i Johannes Rinks tid et helt særligt sted, en slags kulturcenter i byen. Han var noget af en personlighed og afholdt talrige fester og sammenkomster, hvor adskillige kendte mennesker samledes. Nævnes kan eksempelvis kulturpersonligheder som Viggo Hørup og Edvard Brandes. Holger Drachmann var forfatter og kunstmaler (især motiver med havet) og nok den kendteste og mest populære i kredsen. Som en god ven af huset kom han ofte og overnattede ind imellem. Apoteket blev overtaget af sønnen Gustav efter faderens død i 1925 (Kilde: Helsingorleksikon.dk, sept. 2023).</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0413</t>
+  </si>
+  <si>
+    <t>Astrid vil forsøge at skrive til Johanne en gang ugentligt. 
+Alfred og Astrid Goldschmidt har været på udflugt. De tog til Snekkersten for at besøge Gamle Jean (Signe Jensen) på klosteret/damehjemmet, men hun var død to måneder tidligere. De øvrige beboere forstod ikke, at der blev ved med at komme breve, når de havde annonceret dødsfaldet. Astrid fandt det meget trist, at man kan dø så ensom. 
+Efter klostret gik Alfred og Astrid til Helsingør, hvor man holdt børnehjælpsdag. De tog til Kronborg og Helsingborg og tilbage for at spise i Espergærde.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/yitM</t>
+  </si>
+  <si>
+    <t>[Skrevet på kuvertens forside]
+1904. [pil mod poststemplet]
+søn: 13-2-2000. Langegade 81, Kerteminde. Bibbe
+21-8-2005. ” ” ”
+Frøken Johanne Warberg
+54 Coolidge Str.
+Brookline (Boston)
+Mass.
+U.S.A.
+[Skrevet på kuvertens bagside:]
+A Goldschmidt
+Kastanievej 13
+Charlottenlund
+Dette brev er altså 101 år glt.
+[I brevet:]
+Kastanievej 13
+25 Sept Søndag 1904
+Kæreste Junge! Herren give mig Kraft og Styrke til i al Evighed (så længe Du er i Amerika) at skrive til Dig hver Uge – samt at indse Fornuften og det menneskekærlige samt tillige det behagelige i at gøre det. Amen. For Junge – ikke sandt – selv om det ikke altid er epokegørende Ting, Du får at vide – så er et lille Brev dog altid en Art Forbindelse – en Vedligeholdelse af noget, som bør holdes vedlige. – Jeg sendte Dig i Mandags et Kort fra Helsingborg, men der stod jo ingenting om vores gode Tur, hvor vi oplevede både godt og sørgeligt. Godt derved, at Vejret var bedårende – varmt og klart – rigtig Høstvejr – Nøddeturvejr – ahe – og derved at vi var i ligeså strålende Humør, som Solen, der skinnede hele Dagen over vore Hoveder; det var jo også extra Fridag – Jomkipursdag – Jødernes store Forsoningsdag – og vi nød ordentlig at være ude på en Dagligdag - / så går man dog anderledes i Fred allevegne – i Fred med sin egen Fest uforstyrret i Hjertet. Vi tog jo først (om Morgenen) op til Snedkersten for efter Bestemmelsen at besøge gl. Jean – vi fandt også Vejen gennem den lille By – ud til Damehjemmet – jeg var meget opstemt ved Tanken om, hvor glad gl. Jean vilde blive – og jeg gik på Vejen derned og fortalte Alfred om hende – og om Bobby – sagde også – det var lige som, da vi stod ved Havelågen – at han skulde råbe dygtig højt. – Det var et stort smukt bygget Hus - ”i Stil ” – med en nydelig Have omkring – og det hele lå højt og lige ud til Øresund. Vi gik op ad en lille Stentrappe med Jerngelænder - og kom ind i en sirlig og ren lille Entre. På Dørene sad små hvide Visitkort med gamle Pigenavne på – en Dør blev åbnet på Klem og to gamle Frøkner kiggede ud; jeg gik derhen – hilste og sagde – ”Her bor vist en Frøken Jensen - med en lille Hund, der hedder Bobby”, - ”Jae -” hun trak sådan på det, at jeg strax udbrød – skuffet – ked af det – ”hun er måske ikke hjemme?” ”Joe – men – hun er død.” - Vi kom ind i hendes lille Stue, og hun fortalte os om det hele; Gl Jean blev dårlig en Mandag - førtes på Hospitalet om Torsdagen og døde Fredag Eftmd. den 22de Juli – for 2 Måneder siden! Led ikke – døde stille og var selv vel tilfreds med at dø; hun have bedt om, at Hunden måtte blive skudt, når hun var borte.
+Den gamle Dame fortalte om det alt sammen – ”og det er så underligt”, sagde hun, ”der bliver ved med at komme Breve – og vi har dog averteret det så tydeligt både i (og hun nævnte to små ubekendte Blade) vi skrev netop – ”forhenværende Lærerinde” – og rigtig kom der en Pakke fra denne Fru Warberg, som De måske kender?” 
+Ja, det var da min Mor.
+”Ahe – så er De måske den yngste dernedefra? Dem har hun talt om så ofte”. - . 
+Pakken var nok Strømperne fra Mornine.
+Vi gik; men jeg var så underlig tilmode længe efter – tænk, at der lever så ensomme Mennesker! at deres Død først spørges flere Måneder efter – og vi har boet èn Times Vej fra hende hele Sommeren.
+Og det er trist at komme for sent, når det er så uigenkaldelig for sent, som her. Men hvem har Lov at sørge over dette – at et Menneske dør, som aldrig har levet? -
+Vi spadserede ad Strandvejen til Helsingør – en brillant Tur – Vejen løber jo lige ved Vandet hele Tiden. I Byen var der stor Fest – Børnehjælpsdag – alle Huse ikke blot flagsmykte, men helt bekranset af dejlige Blomsterguirlander. Vi gik længe rundt i de små sære Gader med de mange gamle Huse – var også inde på Apoteket – det berømte, (hvor så mange store Bøger er skrevet – af Drachmann – af ”Waldemar” (Ad[ulæselig]en og Hexeproces) o s v. Der var så meget gammelt derinde – og meget morsomt. 
+Til Kronborg gik vi da også – i Kasematterne – . Fandt så pludselig på at ville til Helsingborg – og tog med Færgen derover – det var også meget festligt. Atter til Danmark – med Toget til Snedkersten – hvorfra vi gik gennem Skove over Marker – plukkende Nødder med Lidenskab, skønt der kun var få tilbage efter Drengenes store Plyndringstog. 
+I Espergærde spiste vi en forsvarlig Bøf i det store Hotel – sad på en stor Veranda lige ud til Sundet - dejligt. Hjemme Kl 10 – trætte.
+Nu får Du ikke mèr i Aften – jeg skal ind og gratulere Tutte i Byen i Morgen. og se deres Lejlighed. På Mandag skal jeg nok skrive igen (om 8 Dage). Men hvis Du besvarer dette Brev (og det gør Du!) bliver det til Rosenvej 4 el. 2 – 9 – jeg kan skam ikke huske Nummeret. Vi flytter ind i første Uge af Oktober. Hils Mornine! Din Dis.
+[Skrevet på hovedet øverst på side 1:]
+Mange gode Hilsener fra Alfred.</t>
+  </si>
+  <si>
+    <t>1904-12-06</t>
+  </si>
+  <si>
+    <t>København Ø
+Rosenvej 2</t>
+  </si>
+  <si>
+    <t>Mass.
+Brookline</t>
+  </si>
+  <si>
+    <t>Ellen Beck
+Jørgen -, Erikshaab
+Alfred Goldschmidt
+Ernst Goldschmidt
+Henriette Goldschmidt
+Johanne Goldschmidt
+Johannes V. Jensen
+Adolph Larsen
+Alhed Larsen
+Andreas Larsen
+Jeppe Andreas Larsen
+Johan Larsen
+Johannes Larsen
+Marie Larsen
+Vilhelmine  Larsen
+Christine  Mackie
+William Mackie
+Christian Mogensen
+Otto Emil  Paludan
+- Petersen Bøgebjerg
+Ellen  Sawyer
+Anna Syberg
+Fritz Syberg
+Hempel Syberg
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Astrid Warberg tog i 1878 i Odense præliminæreksamen, og læreren eller lederen på dette sted var kaptajn. Det må være ham, hun nu opsøgte igen. 
+Det vides ikke, hvem personen som Astrid og Johanne drak Madeira med på Erikshåb var.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0285</t>
+  </si>
+  <si>
+    <t>Astrid Warberg-Goldschmidt og Johanne Goldschmidt har været på rejse. Først tog de til Kerteminde, hvor Alhed bød på dejlig mad i det yndige hus. Adolph Larsen deltog, og Johanne sang om aftenen. Der var besøg af Dr. Petersen med frue, og de tog kvinder besøgte både Johanne Larsens forældre og Syberg-familien. De var også på tur til Lundsgårdsklinten og Hverringeskoven.
+Den følgende dag skulle Christine/Uglen afsted til sanatoriet, og hun var trist. 
+Astrid besøgte i Odense Hempel Syberg og sin "kursuskaptajn", som pralede af hende. Hun fik taget fotos af sig selv og sender dem. 
+Turen gik videre til Erikshåb, hvor Paludan havde frisket sin stue meget op, og hvor de to følte sig velkomne. Forpagter Mogensen kom på besøg. Astrid og Johanne drak Madeira den halve nat. 
+På hjemturen var de til koncert i Odense og i København til en vild "Jødesammenkomst" i anledning af Ernst Goldschmidts fødselsdag. Astrid og Alfred var til koncert med Leopold Rosenfeldt, som de også skulle holde jul hos. 
+Det er trist og ensomt for Astrid, når Alfred rejser hver mandag morgen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/xLht</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Frøken Johanne Warberg
+[Doktor WC. Mackie]
+54 Coolidge Str.
+Brookline
+Mass.
+U.S.A.
+[På kuvertens bagside:] 
+A Goldschmidt
+Rosenvej 2 III
+Kjøbenhavn Ø.
+Denmark
+[Poststempel]
+[I brevet:]
+Rosenvej 2, 3 Kbh Ø.
+Tirsdag Aften 6te Dec 1904. 
+Kære lille Junge! Du skriver i Dag, at hvis mine Breve nu udeblev, så vilde Du savne dem meget – og nu har jeg snydt Dig 2 Gange – forrige Mandag sendte jeg kun et lille lumpent Kort – jeg havde Hastværk til Rejsen – og sidste Mandag var jeg på Erikshåb. Derovre fik jeg et langt godt Brev – og i Dag til Morgen fik jeg ogsaa ét – og for dem begge takker jeg meget. – Du kan ellers tro, at Fyensturen var brilliant – skønt den egentlig blev meget kortere, end jeg oprindelig havde tænkt mig. Sagen var nemlig, at jeg tog Johanne Goldschmidt med – jeg havde saadan Lyst til, at hun skulde se Stederne derovre – og hun var da også vildt begejstret på hele Turen. Hør så: Det var en Torsdag, at vi omsider blev udrustede – og mødtes Kl ½ 1 på Hovedbanen – og Vejret var så venligt at være strålende dejligt – rigtig Solskinsvejr, hvilket er sjældent nok nu om Dage. Et såre yndigt Syn mødte mig strax på Banegården – Johanne – høj og frisk og smilende ud af et overstadig godt Humør – og på hver Side af hende – begge ["begge" overstreget] vore respektive Mødre – den ene givende Formaninger – den anden ventende på også at give Formaninger – jeg siger Dig, at de så uhyre søde ud alle tre – så kom vi da af Sted – og for Resten gav ikke den ene den anden noget efter i Retning af godt Humør – og skønt det anstrengte vore Stemmer meget – så snakkede vi dog hele Vejen – lige til Odense. Da vi så kom over i det lille Kertemindetog, faldt vi mærkelig sammen og hvilte trætte lige til Kerteminde. Dèr modtog Las os og vi drog op - og ind i lyse, dejlige Stuer, hvor Be – gæstemild og glad - modtog os; også Ungerne udviste Begejstring, der steg uhyre, da vi kom frem med mange herlige Sager, der lå gemt i vore Kufferter.
+Så kom vi ind og blev bænket ved et af B’s bekendte bugnende Måltider: Der var varmt Revelsben – der var Sylte og Rødbeder – stribet Flæsk og Gåsefedt – og Æblesmør – og så mange dejlige Ting – og naturligvis små røde Snapse. Til disse sidste indfandt sig Agraren, der strax vandt Johannes Hjerte – ligesom han i Fjor (til min Glæde) vandt Alfreds. 
+Ud på Aftenen spillede jeg mit lille udvidede Repertoire for dem, og fik Ros af Be. Og til sidst sang Johanne – og det gør hun dejligt. Om Fredagen var Dr Petersens dèr i Besøg, han er en kunstig lille Fyr – og Konen var ganske anderledes end i Sommer; jeg mener, at dengang kom der ikke mange Pip fra hende, men nu skal jeg love for, at hun pippede – (og mere var det da heller ikke.) Tillige så vi den Dag Marie og Uglen. Du ved vel at Uglens Lunger er angrebne, hun skal på Haslev Sanatorium. 
+Lørdag Aften var vi bedt med ned til Kunstnerens til Aften; forinden var vi en lille Mørkningsvisit ovre i Kærbyhus – Johanne og jeg – vi traf gamle Larsen, Fru L. Marie og Uglen; de var rasende søde – og der var lunt og hyggeligt. 
+Så gled vi hjem igen – pyntede os en Smule – og fulgtes så med Las og Be – i det ubeskriveligste Uføre – ganske bundløst – over Markerne ned til Gården. I Guder! hvilken Skønhed i deres Stuer! det var jo sådan, at man blev helt stille derved. 
+Næste Dag var det Søndag; vi var om Formd. en herlig Tur i Klinten sammen med Agraren. Det var blidt og stille Gråvejr – Vand og Himmel gik i èt – og vi måtte stå meget længe oppe på den høje Klint og se ud over det altsammen. – Da vi kom hjem, havde Be Festmiddag til os - Kyllingesteg og fin Dessert. I Mørkningen kom Marie og Uglen og Agraren efter os alle til Tur – vi gik da allesammen – også de yndige Unger – omtrent helt op til Hverringe Skov. Solen var gået ned – men havde efterladt den mest storslåede røde Purpurhimmel – så vi måtte blive ved at vende os om – og Vandet farvedes med det fineste Rødt – pragtfuldt var det! oppe ved Hverringeskoven stod vi stille allesammen i Tusmørket og så ned over den lille By, der lå nok så fredeligt med det røde Skær fra Himlen henover sig – og Ungerne løb legende ind på Grønmarken – men der var så sært stille – og det var bleven temmelig mørkt; så kom de tilbage og stod ganske stille hos de voksne. Og så gik vi hjem. 
+Næste Formiddag rejste jeg med 11 Toget til Odense – Johanne blev til 3 Toget – jeg fulgtes derud med Uglen, denne fulgtes af Marie, Uglen skulde nemlig til Sanatoriet. Jeg var meget glad over, at det traf sig sådan med min samtidige Rejse, for jeg opmuntrede Uglen en hel Del – hun var naturligvis noget nedstemt. Vi gik på Konditori sammen og havde det rart og hyggeligt. – Så gik jeg et Par Besøg - til Onkel Syberg på Kontoret, og til min Kursuskaptain – Konen tog imod mig og sendte mig lige ind i Skolestuen, der var myldrende fuld af Lømler og Lømmelinder, der alle – med megen Larm – rejste sig, da jeg kom ind. Kaptajnen blev synlig glad – sagde strax – med en bred Håndbevægelse – halvt præsenterende – det er Mesteren for alle de danske Stile, vi læser op! Og de gjorde jo store Øjne, og jeg lo naturligvis. Så tog Kaptajnen fra Bordet en lille Klatpapirsvugge [tegning], Du kender dem nok, og viste mig den – i Låget fandt jeg da – under slebet Glas - mit eget Grinebillede! Det var jo en stor Ære! uha – År ud År ind skal man sidde der og grine til Alverdens Lømler. – Så gik jeg op at blive fotograferet – og sender hermed 3 Billeder. Du skal have det ene og så vil jeg bede Dig give Ella og Mornine hver sit også. Det er jo en lille tarvelig Julegave, men i År kan det ikke blive til mere – vi er jo i en fornem Gæld, vèd Du. (Fl[ulæseligt])
+Nå, ved 5 Tiden mødte jeg med Johanne på Banegården og vi gled til Højrup, hvor Jørgen holdt efter os. Og vi kørte i buldrende Mørke – lidt Snuskregn --- og vild Jubel – til Erikshåb, hvor alle tre Indvånere modtog os – og velkommede os på det kraftigste – i godt Humør allesammen.
+2)
+Der var lyst og varmt og hyggeligt alle Vegne. Men helt imponeret blev jeg i Pallams Stue – der er kommen meget unikke Tapeter, der navnlig fremhæver de smukke Møbler på en ganske ejendommelig Måde – især det store Chatol tog sig ganske pragtfuld ud på den lyse Baggrund; og saa var det poleret op, så alle de små dejlige Indlægninger kom ordentlig til deres Ret – jeg forsikrer Dig det var en Nydelse af Rang at se på det gamle ærværdige Stykke. Vindues- og Dørkarme var malet hvide – også det så udmærket smukt ud. – Vi mærkede tydeligt – også dèr – at vi kom umådelig tilpas og var meget velkomne, og det gir sådan hyggelig Fornemmelse. De første Dage fulgte stille og roligt, man befandt sig i et stadigt Velvære – om Aftenerne spillede og sang vi henholdsvis den ene og den anden. Og om Dagene gik vi herlige Ture – én Formiddag på Orene, fulgt af Forp Mogensen, der tilfældig stødte til på Vejen, han var gudskelov i helt fornuftig Lune – jeg lider ikke, når han er altfor vittig. – Den sidste Aften (Onsdag) var det så kedeligt, at da J. skulde med 6 Toget til Spilletime i Fåborg; og netop da de havde bedt Mogensen til fin Aften på os ForpM. havde Guitaren med og sang alle sine Viser, jeg måtte sidde og puffe til Johanne hele Tiden for at få hende til at le – af Viserne gjorde hun det ikke. Senere sang Johanne. Kl 11 gik de – netop som da J. ankom. Han indbød os til at se sin Stue – vi sagde da Godnat nede og drog – feststemte (effera "effera" overstreget op i d[ulæseligt] J’s Stue. En go Flaske dry Madeira samt 3 små blanke Glas (jeg forklarede Joh. at de blev vadsket henne i Vandfadet mellem hvert Sold) og så dryssedes et Væld af Cigaretter ud over Bordet – og så soldede vi og sludrede og røg til Klokken blev umådelig mange – over 2. Def. fulgte os ned - og i Sovekammeret fortsatte Sludderen endnu længe – så hvis det havde været Sommer, havde det været højlys Dag for længe siden. En uhyre vellykket Aften. 
+Vi måtte (desværre) op 7 næste Morgen. Tog nemlig af Sted med ½ 11 Toget. Jeg mindedes vor Rejse for 6 År siden – vi skulde høre Leonard Bonvick. Denne Gang bumlede vi for at høre Ellen-Beckaften. Vi var noget triste ved Afrejsen begge to – og slet ikke glade over igen at skulde stampe i den beskidte og usunde By. - Begge Mødre modtog på Banegården – og vi traskede hurtigt af Sted med hver sin. Mor sagde Farvel strax – jeg måtte klæde om i susende Galop og så påen igen. Ellen Beck var dejlig at høre selv om man også var nogen forsviret. 
+Næste Dag gik jeg til Frokost hos Mor og berettede om min Rejse. Og næste Dag igen var nu i Lørdags. 
+Lørdagen er en hel lille Fest for os – så kommer nemlig Alfred hjem. 
+Denne Gang havde vi desværre det Uheld, at vi skulde til Johannes Fødselsdag – der var stort Selskab. Uha, jeg var så ked af det – og kunde dårligt nyde alle de brave Mennesker – mest Ernsts Kunstnervenner – alle meget søde og flinke. Vi var 22; og til sidst nåede Stemningen det Punkt, der er karakteristisk for alle Jødesammenkomster – de hylede sang – slog på Tromme – hvinede – hoppede – sprang – dansede – klappede - - - - - frembragte en ulidelig Støj. Vi var først hjemme Kl 3. Og så kan Du tænke Dig – Alfred var tilsagt at møde i Forretningen Kl 9 næste Morgen!! Vi skrev da naturligvis, at han først kom Kl 10 – men det var da lumpent alligevel - er jo Søndag – og den eneste Dag vi har sammen. Sovet ud fik han jo ikke engang. Han kom først hjem Kl ½ 12 – og Kl 12 ½ gik vi til Middag hos Mor – sammen med de to andre Sæt. Der var dejlig hyggeligt – og vi var der nogle gode Timer. Saa gik vi til Palækoncert, hvor (jeg for 2den Gang) vi hørte Leop. Rosenfeldts nyeste: ”Henrik &amp;amp; Else” for Solo – Kor og Orkester. Det er meget smukt – Onkel Leopold måtte – skønt nødig – frem fra sin Pille og bukke, sådan klappede de. Så gik vi hjem og meget tidlig i Seng; Mandag sov vi (trætte som vi var) over os, nåede ikke at drikke Kaffe – og jeg nåede ikke at følge Alfr. til Skibet, som jeg altid plejer, og det var meget trist – ja, Du aner ikke, hvor disse Mandag Morgener er melankolske – enten det nu er når jeg har fulgt Alfred – og kommer hjem til et halmørkt – iskoldt Hus – og så uendelig tomt – eller som denne Mandagmorgen, når Alfr. løber fra det hele – ud i de mørke, våde Gader med alle de søvnige Lygter, mens jeg bliver ene tilbage – frysende og ensom uha ha! En grulig Måde at være gift på – jeg glæder mig snart ligefrem til at komme til Malmø! Og hver Gang varer det flere Dage, inden jeg kommer til Hægterne. Sørgmodighed var da alene Grunden til, at jeg ikke skrev til Dig i Går – og nu må jeg hellere vente til i Morgen – så får Du det vist lige til Jul; men ved Du hvad – jeg kan skam ikke ønske glædelig Jul allerede nu – så sender jeg hellere et lille extra Kort på Søndag – det når Jer nok. Vi er bedt til Leop. Rosenfeldt Juleaften – det er nok en Ære for os; vi går dog først til Mor, sammen med de andre. Det er nemlig kl 5 ½ det andet først c 9 ½. Det kan nu blive ganske morsomt – de siger, det er uhyrefestligt – en Masse Musik. De er der altid Juleaften (Goldschmidterne). Pallam har bedt mig besørge en Bog til Dig – nu håber jeg Du bliver glad for Dronning Gåsefod – jeg besørger den sendt i Morgen – hvis den ikke findes så tager jeg Joh. V Jensen: Nye Himmerlandshist. At Du ved, det er fra Pallam.
+Tusind kærlige Hilsner til Eder begge to - og allesammen
+Dis.</t>
   </si>
   <si>
     <t>1910-05-22</t>
   </si>
   <si>
     <t>St. Pauli Kyrkogatan 19 Malmø Skåne</t>
   </si>
   <si>
     <t>Hans Jørgen -
 Line Træskomands -
 Hans Christian Caspersen
 Johanne Caspersen
 Rasmus Dalberg
 Adam Goldschmidt
 Ina  Goldschmidt
 Hanne -  -, kokkepige Erikshaab
 Ellen  Sawyer
 Anna Schaffalitzky de Muckadell
 Johanne Schroll
 Henry Smith, nær Erikshaab
 Hempel Syberg
 - Thagensen</t>
   </si>
   <si>
     <t>På Glorup boede Albrecht Warbergs bror med familie.
@@ -5091,50 +5372,473 @@
     <t>Kerteminde Egns- og Byhistoriske Arkiv, Laura Warberg til Astrid, 1910-05-22, 2420</t>
   </si>
   <si>
     <t>Valget var en skuffelse.
 Der er dejligt på Erikshaab i forårsvejr.
 Laura Warberg har besøgt en masse mennesker, og hun tager nu videre til Glorup. 
 Hunden Munter er blevet gammel. 
 Der er kommet en dygtig afløser for Thagensen på Gelskov.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/0u8z</t>
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:]
 Fru Astrid Goldschmidt
 St Pauli Kyrkogatan 19.3
 Malmø
 Skåne
 [Diverse tegninger og kradserier]
 [På kuvertens bagside:]
 Poststempel
 [I brevet:]
 Erikshaab d: 22de Maj – 
 Kære Astrid!
 Skjøndt jeg endnu ikke har hørt fra Dig – men venter i Dag – skal Du dog nu i Morgen ikke kigge forgæves efter Dit Mandagsbrev! Jeg er her og i Odense og vil blive det paa Glorup helt omgiven af Højrefolk, en ren Hvepserede her [”her” indsat over linjen] som Syberg siger; han er selv en Hveps! Det er grulig svært ikke at have nogen at udtale sin Sorg for efter den Skuffelse med Valget. Ja det vil sige, jeg var forberedt, da jeg saae hvor megen Stemning der var mod Radikalerne allevegne! Jeg beklager Caspersens, Tante havde sat sit Haab til et Landstings Mandat under Munks Regimente. Hun er sikkert grulig sart! Fraset alt det er her ganske dejligt baade ude og inde! Jeg stod længe i tavs Beundring af Stuerne til Morgen, fuld Sol ind i Dagligstuen, Havestuedøren aaben, vi har et vidunderligt Vejr og alt er jo saa bedaarende lysegrønt ude; Kastanierne ved at springe ud, Sirenerne ved Vejene ogsaa, Træerne i fuldt hvidt Flor. Jeg spadserede til Højrup i Fredags, var hos Jørgensen og Peja, der nu gaaer lidt ud og har det meget ordentligt. Hun var rørende glad ved at see mig. I Gaar var jeg hos gl. Naade; der var saa mageløs venlig og rar, vilde ikke af med mig igen, jeg var der 5 Kvarter. Hun er meget døv, men har et Hørerør. I Dag er bedt Kaptainens og Jørgensens, der bliver hentet sammen i lukket Vogn herfra, Doktorens og Smidt. Fru S. tager ikke ud. I Morgen er vi bedt til Sandholt og paa Vejen dertil haaber jeg vi kan gøre en Visit paa Brobygaard. En Dag skal jeg til Højrup igen og med Toget til Doktoren! Jeg rejser vist ikke herfra til Glorup før paa Fredag, spekulerer paa at tage over Brobyværk og besøge Hanne og Jørgen mellem 2 Tog og saa over Nyborg. Munter er meget aflagt, men kunde dog kende mig og var ungdommelig ellevild. – Jeg befinder mig saa vel her gør som jeg vil, spadserer, læser og syer. Marie er uhyre flink og rar, hvilket ordentligt og nydeligt Hus hun har; hun er knusende dygtig. Jeg har besøgt Trine Hans Peters, der gaaer meget her, malker deres Ko, hjælper inde, passer deres Kyllinger; og Line Træskomand og Dalbergs. Nu er der en dygtig Mand paa Gelskov, en ligesom Syberg siger de gamle Folk. Som de dog alle som en fortæller om Thagensens Uduelighed! Det er grufuldt som han har forsømt alt. Gud veed hvad der skal blive af de Stakler! Jeg har hørt fra Elle, hun er lykkelig over Tilværelsen, maa knibe sig i Armen for at vide det ikke er en Drøm altsammen. Nu skal jeg en Tur paa Kirkegaarden og [ulæseligt] tager dette med til Højrup. Kys de søde Unger! Kærlig Hilsen fra Mor.</t>
+  </si>
+  <si>
+    <t>1911-07-11</t>
+  </si>
+  <si>
+    <t>Jens Lund, forstander</t>
+  </si>
+  <si>
+    <t>Thora  Branner</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2262</t>
+  </si>
+  <si>
+    <t>Jens Lund beder Astrid Warberg om at komme og holde foredrag om reformdragten på Vejstrup Højskole. Hun kan overnatte på skolen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/du8Z</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Astrid Warberg
+Erikshåb
+Højrup st.
+[Håndskrevet på kuvertens bagside af Astrid Warberg-Goldschmidt:]
+Da jeg i juli 1900 (18 år) holdt foredrag på Vejstrup højskole, udsendt af Dragtreformforeningen, som Tutte og jeg startede i 1899 (?)
+[I brevet:]
+Vejstrup Højskole d. 11 Juli 1900.
+Vejstrup st.
+I henhold til brev fra Thora Syberg Odense beder jeg Dem holde foredrag for vore kvindelige elever om kvindernes dragt Onsdagen d. 18de Juli.
+De kan komme med toget til Vejstrup st kl. 3,52 efmdg. og dersom De skal rejse samme dag, går der tog fra Vejstrup st. til Svendborg kl. 7,33 aften.
+Dersom De derimod kan overnatte her, kunde jeg ønske, at De holdt Deres foredrag fra kl. 7-8 aften. Den Tid vilde passe os bedst.
+Må jeg snart se et par linjer til svar.
+Med megen agtelse
+ærb.
+Jens Lund.</t>
+  </si>
+  <si>
+    <t>1920-03-24</t>
+  </si>
+  <si>
+    <t>Hegge -
+Emil Andresen
+Johannes Nicolaus Brønsted
+Christian  Ernlund
+Carl Høyrup
+Ernst Jæger
+Andreas Larsen
+Johan Larsen
+Fritz Syberg
+- Trautner</t>
+  </si>
+  <si>
+    <t>Johannes Larsen er i Henne Kirkeby for at male</t>
+  </si>
+  <si>
+    <t>Alhed ordner pelargonier. Forpagter Højrup har været på afskedsvisit.
+Der er blevet sat ståltråd om bassinet. 
+Fritz Syberg (Baronen) har været på besøg for at høre, om Larsen ville give noget til roklubben.
+Der er kommet brev fra drengene.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/2Iuu</t>
+  </si>
+  <si>
+    <t>Kæreste Larsi!
+Tak for Gaasen, den er kommen i udmærket Behold, Mudi og jeg hentede den paa Banegaarden. Hele Dagen i Gaar tilbragte jeg med at plante engelske Pelargonier. Men tænk, den Idiot til Ernst Jæger havde sendt dem til Faaborg, Ernlund havde faaet dem i Lørdags og ringede det til mig. Det forsinkede dem jo to Dage, men heldigvis saa de da rigtig godt ud. Jeg sled i Vaskehuset og Lomme hjalp mig med at rense Potter o.s.v. Forp. Højrups var her paa Afskedsvisit, nej det sagde jeg vist i Telefonen. Det er en nu sat Staaltraad om Bassinet, - Graaænderne gaar rundt om det og ser skuffede ud. Jeg tror Anden er ved at lave til Rede, den er borte længe ad Gangen. Jeg har haft en lang Visit paa 2 Timer af Baronen i Dag, han var saa sød. Han vilde høre hvad Vi vilde give til den Roklup, Otto A. havde sagt, at Du havde lovet at give et Maleri! – Jeg sagde, at Du havde grinet, da du saa det i Avisen, og at det faldt Dig ikke ind, Du vilde give en Bagatel. Endelig i Gaar kom der 4 Breve fra Magisteren, det ene havde været akkurat 8 Dage undervejs. Jeg havde egentlig ventet Brev fra Dig i Dag, men maaske Du venter fra mig. – Alt staar godt til. Jeg bestiller ikke andet end at vande sprøjte og plante om, det er dog et himmelsk Vejr i disse Dage.
+Brev fra Drengene i Gaar, de har det godt. – Hegge var her til Aften i Søndags, havde meldt sig, han var rigtig [ulæseligt ord] og gik tidlig. Trautner skriver i Dag at der har været Sygdom bl. Folkene, men nu kommer de, og hvornaar han faar sit Fuglebur. Mange Hilsner og skriv snart hvordan det gaar Dig. Din Alhed
+Hils dem alle sammen
+Tirsdag</t>
+  </si>
+  <si>
+    <t>1920-09-15</t>
+  </si>
+  <si>
+    <t>Johan Larsen</t>
+  </si>
+  <si>
+    <t>Birkerød Kostskole</t>
+  </si>
+  <si>
+    <t>Harald Giersing
+Johanne Giersing
+Andreas Larsen
+Johannes Larsen
+Christine  Mackie
+Fritz Magnussen
+Peter Magnussen
+Per Nielsen
+Fritz Syberg</t>
+  </si>
+  <si>
+    <t>Erikshaab var Alhed Larsens barndomshjem. I 1920 boede Otto Emil Paludan, som overtog godsforvalterstillingen efter Alheds far, på gården med sin søster. 
+Louise og Niels Elgaard Amstrup boede på Ølstedgaard. Louise var en søster til Albrecht Warberg, som var Alheds far. 
+Johan Larsen byggede i sommeren 1920 en båd.</t>
+  </si>
+  <si>
+    <t>Privateje</t>
+  </si>
+  <si>
+    <t>Alhed, Johannes Larsen og sønnen er cyklet til Erikshaab. De mødtes med Giersing-parret i Sallinge Kro. 
+Johannes Larsen maler. Alhed og Puf har været på Ølstedgaard. Desværre har man inviteret en præst og hans søster til underholdning, og de ser kedelige ud, men det er dejligt at se de gamle steder igen. 
+Andreas/Puf vil ud at sejle i sin båd. Han har lavet en masse æblemost.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/8Wu4</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Hr. Johan Larsen
+Kostskolen
+Birkerød
+[På kuvertens bagside:]
+Poststempel
+[I brevet:]
+Kære søde Ly!
+Tak for Dit lange Brev, som jeg fik i Dag her nede paa Erikshaab. Din Far, Puf og jeg cyklede i Forgaars, Mandg herned. Vi havde et henrivende Vejr men en lille Smule Modvind, saa det var lidt strængt, men ellers en dejlig Tur. Aftenen før havde Besse og Giersing og Onkel Baron været hos os til Aften sammen med Magnussens. Giersings skulde Dagen efter cykle til Svanninge over Odense og vi bestemte saa at mødes i Sallinge Kro. Da vi kom, sad de der og vi sludrede saa en Timestid. Desværre kunde de ikke huse os i Kroen saa vi maatte cykle videre til Højrup. Vi kom der Kl. 7½ og Du kan tro, en fransk Bøf smagte vidunderligt. Vi tog en Genever med Angostura til. Næste Dag tog vi herud, Din Far gik i Gang med at male. Om Eftermiddagen cyklede Puf og jeg til Ølstedgaard og Din Far kom efter, da han havde malet. Vi fik kaffe, Vin og Kage og jeg tog saa her tilbage til Middag Kl. 7. Jeg blev her i Nat, de andre cyklede til Højrup. – I Dag har vi haft yndigt Vejr ogsaa, Gamle og jeg cyklede til Sallinge og tegnede Per Nielsens Hus, der er en lille arkitektonisk Perle. Senere gik vi om paa Brinken hvor Din Far malede. Han har nu malet 5 smaa Billeder og udrettet hvad han vilde og i Morgen cykler vi hjem igen omad Ølstedgaard, hvor vi skal spise til Middag Kl. 1. Det har været en dejlig Tur, her er saa henrivende smukt alle vegne, og jeg nyder at se de gamle, kære Steder. Desværre har de bedt en Præst og hans Søster for at more os til at spise til Middag, vi skal have fin Middag med Vin, de er kommen og sidder nede i Stuen, det morer os ikke, Din Far har været nede at se paa dem, han synes, at navnlig Søsteren ser rædsom kedelig ud. – Det var et dejlig langt Brev lille Ly, men jeg har det ikke her og er ikke for at gaa ned igennem Præstens, saa jeg husker ikke om der er noget at svare paa. Den Gamle kan ikke løsrive sig fra Baaden til Køgetur, jeg har ellers opfordret ham kraftigt – men han siger, han kan ikke holde ud ikke snart at faa den fra Haanden. Han og Basse lavede 14 Potter Æblemost i Søndags af sin Zinkballefuld og en lille Kasse Æbler. – 
+Nu faar Du ikke mere min Skat, jeg maa ned til Præstens; og vi skal strax spise. 1000 Hilsner min egen Dax, bare vi havde haft Dig med paa denne Tur. Din Mor.
+Onsdg 15de Sept - 20</t>
+  </si>
+  <si>
+    <t>1924-03-12</t>
+  </si>
+  <si>
+    <t>Herr købmand  Christensen
+Esben Hansen
+Carl Frederik Høyrup
+Vagn Jacobsen
+Andreas Larsen</t>
+  </si>
+  <si>
+    <t>Bryggeren er brygger Vagn Jacobsen, Carlsberg.</t>
+  </si>
+  <si>
+    <t>JL arbejder hårdt på at nå at lave mange tavler med ænder som motiv.
+Han sender Alhed Larsen flere anvisninger vedrørende regninger.
+JL vil forsøge sig med at tegne en høg næste dag.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/qMNT</t>
+  </si>
+  <si>
+    <t>Kjøbenhavn 12 Marts 1924
+Kæreste Alhed
+Tak for Brevet. Et Par Ord i Hast. Jeg sidder og slider i det med Tavler til Dykænderne. Foreløbig Gaffelænder. Jeg har i [ulæselig] Dag lavet en Tavle omtrent færdig og gør mig Haab om at kunne træne mig op til at lave 2-3 om Ugen. Hermed et Kort fra Maleren Høyrup. Jeg har naturligvis ikke lovet Købmand Christensen et Træsnit, giv dem et Træsnit. Det er dejligt at Puf er glad ved at være derude og ved Arbejdet. Hermed 600 Kr. og Skræderregningen. Jeg fik Tøjet i Lørdags og det passer fortræffeligt. Sig til Esben Hansen at jeg skal lade dem sende de 400[ulæselig] for Loftet, naar jeg har malet det. Bryggeren har jo heller ikke betalt endnu saa det er jo du holdt Penge tilbage. Nu maa jeg skynde mig hen med Brevet inden vi skal spise, mere i Morgen. Jeg skal prøve paa at lave en Høg. Mange kærlige Hilsner
+Din
+JL</t>
+  </si>
+  <si>
+    <t>17. feb. 1928</t>
+  </si>
+  <si>
+    <t>Anders Botved
+Hartvig Frisch
+Ellen Hørup</t>
+  </si>
+  <si>
+    <t>Denne dag i Johannes Larsens dagbog indeholder en beskrivelse fra rejsen til Portugal, Madeira, De Kanariske Øer, Afrika, Italien og Frankrig.
+Dagbogen har notater fra afgangen i København den 14. januar 1928, til afrejsen fra Paris den 28, februar 1928.
+Blandt deltagerne i rejsen var Johannes V. Jensen, Brygger Jacobsen og sønnen Puf.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/B0CjgTjw</t>
+  </si>
+  <si>
+    <t>18. feb. 1928</t>
+  </si>
+  <si>
+    <t>Elise Hansen
+Peter Hansen
+Ellen Hørup
+Else Jensen
+Johannes V. Jensen
+Andreas Larsen</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/hTjU0m9t</t>
+  </si>
+  <si>
+    <t>19. feb. 1928</t>
+  </si>
+  <si>
+    <t>Ellen Hørup</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/ZzXmhCIy</t>
+  </si>
+  <si>
+    <t>1937-01-22</t>
+  </si>
+  <si>
+    <t>Axel  Müller</t>
+  </si>
+  <si>
+    <t>Sallinge Kro Højrup</t>
+  </si>
+  <si>
+    <t>Frihavnens Hovedkontor København</t>
+  </si>
+  <si>
+    <t>Otto Emil  Paludan
+Karen Pilegaard
+Bendt Schaffalitzky de Muckadell
+Janna Schou
+Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvem ingeniør Fleuron og sognefogeden var. 
+Herregården Gelskov brændte før 1917, og en ny hovedbygning blev opført (Wikipedia august 2025). 
+Oxfordbevægelsen var en kristen vækkelsesbevægelse, der opstod i 1920'erne, primært kendt for sin betoning af personlig omvendelse og fornyelse gennem fire moralske principper: Ærlighed, renhed, uselviskhed og kærlighed. Bevægelsen lagde vægt på, at enkeltpersoner skulle lade sig vejlede af Gud i deres daglige liv og søge aktivt medlemskab inden for de eksisterende kirker. Senere, i 1938, ændrede bevægelsen navn til Moralsk Oprustning og fokuserede på at bekæmpe truslen fra kommunismen gennem moralsk fornyelse (Internettet aug. 2025). 
+En alen er 627,708 mm = 62,7708 cm.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0923</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/0Vty</t>
+  </si>
+  <si>
+    <t>[Håndskrevet med blæk på kuvertens forside:]
+4’ Brev
+modt. 23’ Jan 1937.
+Hr. Sognefoged Axel Müller
+Frihavnens Hovedkontor
+Kjøbenhavn
+Ø.
+[Med blå kuglepen:]
+14-2-03.
+[Håndskrevet på kuvertens bagside:]
+A Warberg Müller
+Sallinge Kro
+Højrup.
+[i brevet:]
+Sallinge Kro, Fredag Fm. 22 Jan 1937.
+Min egen Ven!
+Tak for Opringningen i Aftes – det var vældigt rart at høre Jeres Stemmer – og at alt stod vel til. Jeg hungrer nu meget efter Breve, jeg længes efter Jer begge to.
+I Dag skinner Solen – her er usigelig dejligt hvor end Øjet ser. Der begynder at falde Ro over Gemytterne efter de store Trafiksensationer; i går drog de tre Odensianere afsted til Odense – d v s de to unge Mennesker måtte lade Lastbilen stå Falck kunde ikke få den manøvreret med. Ingeniør Fleuron trillede derimod glad afsted i sin lille fine ultramoderne Vogn; han og jeg var om Formiddagen til Frokost hos Baron Bent Schaffalitzky, som havde telefoneret efter os. Da vi var nået lidt udenfor Sallinge mødte vi Sognefogden – han vendte strax Kanen – stoppede mig ind i en herlig Kørepels – Hr Fleuron ved Siden af – selv stod han bagpå, og så susede vi afsted – over Markerne op til Korsvejen – så var der fin Vej lige til Gjelskov; der er bygget en ganske dejlig Herregård – store dejlige og hyggelige Rum med en god Brændekakkelovn i hver Stue – åbne Døre – en suite – og smilende søde Mennesker. Baronen hentede en støvet Perikumsnaps – brygget af Pallam i 1894 – den smagte! De mente, at når en Warberg var gæst, så måtte Tidspunktet være inde til den Snaps! Og så vankede der en god Cigar - . Baronessen og jeg fandt straks sammen i en lang privat filosofisk Snak i en Sofa. Hun er Oxford, siger Gud ustandselig, som var det en Person hun var dus med. Men det lykkedes alligevel at finde en hel Del Ting, vi kunde være enige om, og hun bad mig endelig komme igen. Hun skulde til Højrup i sin Bil, vi kørte med hende op til Korsvejen; Snekasterne var bleven færdig med Vejen, så vi gik det sidste Stykke til Kroen gennem 4-5 Alen høje Snemure. 
+For lidt siden kom Sognefogden, og vi aftalte at køre ned til Karen (Pilegaard) Frandsen i Højrup ved 1Tiden – så vil han hente mig igen i Aften; vi fik os en hyggelig Passiar om gamle Dage og alle Mennesker fra den Tid. Overalt og fra alle møder man en Bølge af Sympathi så snart det spørges, at man er en Warberg. Far må have været en højt elsket Mand, når denne Følelse kan leve gennem Generationer.
+Jeg er simpelthen lykkelig over at være her. 
+I Dag kan jeg altså ikke vente Brev - men mon der dog ikke kommer et lille et fra jer begge to i Morgen, Lørdag? Søndag skal jeg til Erikshåb. Nu skal jeg ud at se en Flyver starte. Hans Maskine har ligget her fra i går.
+Tusinde kærlige Hilsner til Jer begge!
+Din egen Dis.</t>
+  </si>
+  <si>
+    <t>1937-01-25</t>
+  </si>
+  <si>
+    <t>Sallinge Kro
+Højrup</t>
+  </si>
+  <si>
+    <t>Bakkevej 8 Hareskov St.</t>
+  </si>
+  <si>
+    <t>Mine -
+Lars Christian Balslev
+Maria Balslev
+- Bender, g. Petersen
+Hans Lorentzen
+Karen Lorentzen
+- Nortoft
+Marie Paludan
+Otto Emil  Paludan
+Karen Pilegaard
+Carl Schaffalitzky de Muckadell
+Erik Schaffalitzky de Muckadell
+Janna Schou</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvem gamle Christensens, den unge krokone, fru Olsen og sognefogedens var. 
+Baronen kan være både Carl og Erik Schaffalitzky de Muckadell.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0924a</t>
+  </si>
+  <si>
+    <t>Astrid Warberg-Goldschmidt håber, at man respekterer hendes valg af farver til køkkenet.
+Hun læser ikke som planlagt, men oplever sin gamle hjemegn på ny. Har været i Hillerslev kirke. Paludan/Pallam og hans søsters grav er herskabelig. Han var så beskeden. Albrecht Warbergs grav er groet til, men der står en bænk fra Erikshåb på den. Kirken lignede sig selv, men der er nu installeret audioanlæg. Astrid tænkte på sin konfirmation. Præsten var kedelig. Baronen tilbød kørelejlighed, men Astrid ville hellere gå. Efter kirken var hun hos Balslevs på Erikshåb. Om aftenen kom Hans/Loria og Karen Lorentzen. Astrid gik hjem til kroen i måneskin. Hun skal besøge gården Ensomhed.
+Astrid beder Axel Müller sende nogle eksemplarer af hendes bog.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Ibx1</t>
+  </si>
+  <si>
+    <t>[Skrevet med sort kuglepen på kuvertens forside:]
+5’ Brev
+26’ Jan. 1937.
+[Skrevet med blæk:]
+Hr
+Sognefoged Axel Müller
+Bakkevej 8 
+Hareskov
+[Skrevet på kuvertens bagside:]
+Afs.
+A Warberg Müller
+Sallinge Kro
+Højrup
+[I brevet:]
+Sal[lin]ge Krou, Mandag 25 Jan. 37.
+Min egen Ven! Hvor er I dog søde til at skrive til mig – Tak for Brev - og Cigarer – og vil du også takke Skatteren for hendes søde oplysende Brev, og Nortoft for hans indlagte. Jeg glæder mig over, at sidstnævnte går i Gang med Køkkenet – men er lidt urolig for at du snakker ham fra altfor meget af det, vi aftalte en Del Farver, du véd, Farverne betyder så meget for Nervesystemet – de grå var efterhånden bleven mig en Pestilens. Mon Fru Olsen ordner Gulvet? Jeg er meget spændt på dine Foretagender – det vil betyde en uhyre Lettelse at få dem til Side. Hvordan går det med Grundsalget? Behøver jeg at bekymre mig for Pengene? eller at have Samvittighedsnag fordi vi ofrer så meget på mit Ophold her?
+Alt herovre er jo falden ud på en hel anden Måde end jeg havde tænkt mig, men på en bedre, tror jeg nok. Den dybe Ensomhed – de stille Timer på Værelset med Studium af lærde Værker – blev der intet af; men nu forstår jeg også, at det havde jeg slet ikke Kræfter til og det havde vist slet ikke været den rette Medicin. Det, som sker er langt bedre. Der vendes op og ned på alting; man sættes 50 År tilbage i Tiden – når man går ad de kendte Veje, hvor uhyre meget er ganske uforandret som dengang; og taler man med de gamle Folk, så fornemmer man også et levende Pust fra dengang; men ellers er Aanden i alting bleven helt anderledes – i den møder man den nye Tid – så vidt forskellig fra den gamle. Det har været meget overvældende for mig altsammen, men i Dag – den ottende Dag – føler jeg ikke mere så stærkt den rædsomme Susen i Hovedet, og jeg har sovet dejligt i Nat – for første Gang en god og rolig Nat. – I Går – Søndag – gik jeg sammen med den unge Krokone i Kirke i Hillerslev til Gudstjenesten Klokken 2. Det var bidende koldt – Frostklart, men Solskin. Vejene meget glatte. Jeg vadede gennem små Driver på Kirkegården for at se til Gravene. Pallams Gravsted er herskabeligt; dog er Marmorpladen med hans Navne etc - naturligvis sat ind i Stengærdet – som på Fars Grav! men Gravstedet er indrammet af et flot Smedejernsgitter – der er fine Plantninger o s v; hans Søster døde først, så Pallam har vel selv ordnet Gravstedet. På Marmorpladen står – med sorte Bogstaver som på Fars – altså ikke de sædvanlige forgyldte – hans Navn og – Godsforvalter på Erikshåb. Mens jeg stod og betragtede alt dette, kom jeg til at tænke på, hvor beskeden hele Pallams Stilling var i de 25 Aar, han var Fuldmægtig hos Far – hvis Ekko han var i et og alt. Han var jo en Asket – vilde ikke have Kakkelovn på sit Værelse og hvor var der uhyggeligt i Pallams Værelse! Så blev han Godsforvalter i de næste 25 År – måske 30 - og nu er hans Gravsted et af de fineste på hele Kirkegården. Hvor jeg under ham det! den goe, trofaste, beskedne Pallam! Så gik jeg over til Fars Gravsted i det modsatte Hjørne af Kirkegården; den er næsten helt groet til med Efeu; der står endnu en af de gamle, hvidmalede Havebænke fra Erikshåb – ældgammel nu og skrøbelig – jeg sad et Øjeblik og drømte om gamle Dages Glans og Storhed – sic trancit gloria mundi – Gravstedet er alt andet end prangende, men Fars Navn nævnes endnu med Ærefrygt af alle herovre på Egnen. – 
+Kirken var den samme – og dog anderledes; i hvert Fald hvad det indre angår; der var kommen 
+II
+Centralvarme – elektrisk Lys – og ditto Høreapparater – i en Del af Stolene – til gamle og døve – en Slags Højtaleranlæg til Prædikestolen. Enkelte gamle Kalkmalerier var afdækket i de smukke Hvælvinger – Kirken var bleven så hyggelig – vi kom i god Tid; Solen skinnede ind ad de store Vinduer – jeg genoplevede intensivt alle de store Begivenheder fra dengang for længe siden. Jeg så endnu Konfirmationsdagen for 40 Aar siden – jeg var – som Godsforvalterens Datter – den eneste hvidklædte – og stod øverst på Kirkegulvet – nederst stod Karen Pilegård – fordi hun var Friskolebarn!
+Nu er de ydre Kår byttet betydelig om – hun er nærmest Herregårdsfrue - - men så er jeg gift med Verdens dejligste Sognefoged !!!
+Prædikanten var en lille kedsommelig ung udflydende Fyr – som vævede en hel Time – lutter intetsigende Ord. Laders sad lige foran os. Der skulle ofres, og han havde glemt sine Penge – så jeg lånte ham en Tokrone. Vi hilste på Baronens, som tilbød os Plads i deres Vogn, men jeg foretrak at gå, og så vilde Laders følges med mig. For første Gang så jeg – og betrådte – den nye, flotte Landevej, som er ført over Aaen ned forbi Brinken til Odensebanken. Marie kom ud i Gangdøren og modtog os – hun er overvældende sød og hjertelig; så det varmer én lige ind til Hjerterødderne. Varme, hyggelige Stuer – Kaffe – Cigar. Vi snakker glimrende sammen. Til Aften kom Loria m. Kone (født Windfelt Hansen) – han hedder Pastor Lorentzen, Bror til den Vilhelm Lorentzen, som fylder 60 en af Dagene – Kunsthistoriker eller lign. De er fra Nr. Lyndelse Præstegård; nu er Loria Frimenighedspræst i Sønder Næraa. Et dejligt Aftensmåltid – i vores gode gamle Spisestue. Jeg genkendte rørt den gamle Kakkelovn fra vores Tid!
+Siden havde vi en dejlig Aften; det morede mig at høre på al deres muntre Præstesnak – begge Præster har meget Lune, det vrimlede med Vitser og morsomme Oplevelser. Marie kan ogsaa en Masse goe Historier – Dialekten kan vi alle. Så fik vi Dessert og Vin – og ved 10½ Tiden brød man op; Fru Loria kørte Bilen – de tog mig med til Korsvejen. 
+En fantastik Spadseretur! Det er vel et lille halvt Aarhundrede siden, jeg har gået alene en Aften på en øde fynsk Landevej. Måneskin – stjerneklart; langs Vejen på begge Sider høje Stenmure – de er bleven helt sorte nu og fortonede sig som mærkelige Granitmure – det var som at gå gennem et øde Månelandskab - - hvor Murene holdt op og Vejen blev åben, blæste det så voldsomt, at jeg kun med yderste Nød undgik at blive væltet! Men så kom jeg i Læ af de store Bakker – og nåede glad Kroen ved 11 Tiden. De sad oppe i ”Privaten” og vilde høre nyt ”fra den store Verden”; jeg gav dem et Passende Uddrag. 
+I Dag skal jeg til Mine i Lindemandshuset – vi er lige gamle og har leget sammen. I Morgen er vi bedt til Sognefogdens. En Dag vil jeg til Ensomhed – den gamle Frk. Petersen lever endnu – hun var Husjomfru på Gjelskov i 90erne og hed Jomfru Bender. Jeg har meget at gøre og Tiden flyver. Søndag tager jeg til Hesselager - man kan afbryde Rejsen en Dag. De er så interesseret i min Bog; vil du ikke ringe til Boghandler Oelenschläger - i Gyldenløvesgade (ved Søerne) – han havde et Restoplag – og få fat i en 4-5 Stk, jeg gav 50 Øre pr Stk sidst – som Forfatterinden – og sende mig dem til Gaver. 
+Kærlige Hilsner til Nusset og dig! Din egen Dis
+[Skrevet på langs på sidste sides venstre kant:]
+Frimærkerne er på retur!</t>
+  </si>
+  <si>
+    <t>1937-01-26</t>
+  </si>
+  <si>
+    <t>Mine -
+Janna Schou</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvem sognefogedens og kroejeren var.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0924B</t>
+  </si>
+  <si>
+    <t>Astrid W-G har en maveomgang. Hun rejser derfor hjem søndag og beder om togtider. Hun har besøgt Mine.
+Det er rædselsfuldt koldt både ude og inde. 
+Astrid spørger, hvordan det går med køkkenet og gulvet.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/5SX5</t>
+  </si>
+  <si>
+    <t>[Skrevet med sort kuglepen på kuvertens forside:]
+6’ Brev
+modt 27 Jan 1937
+[Skrevet med blæk:]
+Hr
+Sognefoged Axel Muller
+Bakkevej 8
+Hareskov
+Sjælland
+[Skrevet på kuvertens bagside:]
+A Warberg Müller
+Sallinge Kro
+Højrup
+[I brevet:]
+Sallinge Kro, Tirsdag den vistnok 26/1 – 37
+Min egen Ven! Jeg har haft en kedelig Nat med en Mavehistorie – sandsynligvis af Kulden. I Dag drikker jeg kogt Vand med Franskbrød til, fryser og er sløj; derfor har jeg bestemt mig til at rejse direkte hjem på Søndag – helst Formd., så jeg er hjemme ved Dagens Lys, men vil du ikke nok regne mig Togtiderne ud? Jeg tør ikke i denne infernalske Kulde risikere at komme i et koldt Gæsteværelse hos de gamle Christensens, og heldigvis har jeg ikke nået at få skrevet til dem. – I Går Eftmd. var jeg hos Mine – som endnu bor i det dejlige, gamle Hus under Ore Banker; jeg fik Kaffe, så alle de gamle Billeder og havde et Par ganske henrivende Timer; man fortæller, at hendes Hane er en Seværdighed på Egnen – det så det også ud til efter Billederne. Da jeg kom hjem, frøs jeg sådan, at de inviterede mig ind i Privaten – og der blev jeg endelig varm – men i Dag er her altså også meget koldt den forrygende Blæst går lige igennem de tynde Mure og jeg tør ikke gå ud med den usikre Mave. efter Middag skal vi til Sognefogden – jeg må se at få sovet lidt forinden. Jeg er spændt på, om der er Brev i Dag – hvordan mon det går med Køkken og Dagligstuegulv??? 
+Hvor var det dumt, jeg ikke tog Gummidunken med, men nu er det forsent for de Par Dage.
+Ja, dette Brev er kedelig, men det stammer fra Maven. Jeg begynder at glæde mig lidt til at komme hjem – sikke jeg skal fyre! ah!!
+Bare lillle Nus ikke fryser i sit Værksted – godt de fik Gederne! Tusinde Hilsner jer begge!
+Din egen Dis</t>
+  </si>
+  <si>
+    <t>1938-02-09</t>
+  </si>
+  <si>
+    <t>Lindøgaard pr. Dræby St.</t>
+  </si>
+  <si>
+    <t>Sallinge Kro pr. Højrup St.</t>
+  </si>
+  <si>
+    <t>Lars Christian Balslev
+Maria Balslev
+Thora Cohn
+Alfred Fly
+Andreas Larsen
+Jens Larsen
+Johannes Larsen
+Else Larsen, Else, Andreas Larsens kone
+Peter Magnussen
+Axel  Müller
+Ellen  Sawyer
+Ane Talbot
+Andreas Warberg
+Minna Warberg
+Mary Warberg Larsen
+Laura Warberg Petersen
+Viggo Winkel</t>
+  </si>
+  <si>
+    <t>Lars Christian/Laders Balslev boede efter sin pensionering på gården Erikshaab nær Sallinge. Gården var tidligere beboet af warberg-familien. 
+Minna og Andreas/Dedde Warberg holdt sølvbryllup 1913.
+Else og Andreas/Puf Larsens datter, Thora, g. Cohn, blev født i huset på Møllebakken i Kerteminde 19. jan. 1938. 
+Herman Upmann var en tysk bankmand, hvis kærlighed til Habanos førte til, at han slog sig ned i Havana i 1844 og fandt en bank og en Habanos-fabrik i denne by. Med tiden lukkede banken, men hans mærke af cigarer fortsætter i dag som et eksempel på den mest raffinerede Habanos middelstyrke smag Habanos (søgning på internettet jan. 2024).
+Det vides ikke, hvad Marys forældre hed og den gamle krokone i Sallinge kendes heller ikke.,</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0597</t>
+  </si>
+  <si>
+    <t>Johanne/Junge Larsen forstår godt, at Astrid/Dis bor på kro i stedet for privat. Johanne kommer ikke til Erikshaab, for hun skal til København i længere tid i marts.
+Saneringslånet er nu sikret, så Johanne vil betale, hvad hun skylder Astrid.
+Mary ligger syg hos sine forældre i Kerteminde. Johanne har besøgt hende samt Ellen Sawyer og Else og Andreas/Puf Larsen, som netop havde fået datteren Thora. Hun blev født samme dag, som Andreas/Dedde og Minna havde sølvbryllup. Johanne hyggede sig hos Johannes Larsen, og det har hun ikke altid gjort. Han har i øvrigt solgt billeder for 10.000 kr. hos Winkel og Magnussen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/QBkJ</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Febr. 1938
+Fru A. Warberg Müller
+p.t. Sallinge Kro
+pr. Højrup St
+læst ons. 14-9-2005.
+[Skrevet på kuvertens bagside:]
+Lindøgaard pr. Dræby St.
+[I brevet:] 
+Lindøgaard
+9 - 2 – 1938
+Kære lille Dis!
+Tak for dit lange Brev, jeg blev glad, da jeg saa, at du vilde tage til Sallinge, gid du nu maa faa rigtig godt af dit Ophold der, jeg forstaar godt, at du har bedre af ikke at bo i et privat Hjem - Fornemmelsen er helt anderledes man er paa mange Maader saa ansvarsløs, naar man bor paa Kro el. et andet lgn. Sted. Min første Indskydelse var at skrive straks, men da jeg skulde til Kjertem. i Gaar – paa Barselsvisit hos Else og Puf mente jeg, du skulde høre lidt om den Tur med. Maries - den gode – skrev om jeg ikke kom derned, mens du var i Sallinge; husk nu at aflevere denne Besked: hils hende saa mange Gange, tak hende for hendes Brev og for Indbydelsen; det er fristende, men jeg synes ikke, jeg vil spænde Buen for højt; nu skal jeg jo til Kbhvn. i Marts og vil gærne være borte en ret anselig Tid – mindst 14 Dage; måske ser jeg Marie og Laders der, de skal jo derind i Marts. Jeg har altid saa mange Breve at skrive; det gaar nok med din mundtlige Hilsen til Marie. Du skrev ikke hvor længe du bliver der. – En lille Forretningssag vil jeg nævne med et samme: nej, du kan tro nej, søde Dis, jeg vil ikke beholde Marcipan-Pengene; jeg har let ved nu at skaffe alt til Rejsen henhørende – nu regner vi jo sikkert med Saneringslaanet – Tiderne bedres og vor Bedrift her bedres, saa jeg vil betale, hvad jeg skylder Jer og runder af lidt op ad, fordi det er nemt at sende en X Fem’er i et Brev. Tak for dit tilsendte Brev fra Minna, hvor har hun dog været glad ved den Fest. Jeg har ikke set nogen af Sangene, håber [”håber” overstreget] dine kan jeg jo da faa at se, naar jeg kommer derind. Jeg skal tage nogle Vintergæk-Løg med til dig. 
+Jeg havde dobbelt Ærinde til Kj. i Gaar, idet Mary ligger syg inde hos hendes sine? [”sine?” indsat over linjen] Forældre. Det er en ordentlig Omgang Tarmhistorie, hun har raget sig til; hun vilde absolut selv tage ind til Kjert. for at gaa til Læge i Stedet for at faa hend [”hend” overstreget]ham herud; hun var temmelig elendig, da hun kom derind og hendes Mor puttede hende straks i Seng – i Faderens, saa sover han ovenpaa i Gæstekammer. Dr. Fly har tilset hende tre Gange, nu er hun begyndt at komme lidt op og det mentes, at der ikke vil gaa saa lang Tid inden vi ser hende igen. Hendes Mor gav mig en liflig Kop Kaffe, det kvæger altid, naar man har rejst. Saa drog jeg op til Elle, som ikke vidste, at jeg kom og blev lykkelig, især da jeg lovede at komme til hende ved 2 Tiden og drikke Kaffe hos hende. 
+Else ventede mig til Middag og jeg fik saa Ungerne at se inden de tørnede ind til deres Middagssøvn; de er saa glade ved os, naar vi kommer, og det skønt vi aldrig har Slikkeri med til dem; det ses nødig, hvilket er vældig fornuftigt. Jeg synes de to kære Unger er saa tynde og splejsede og lidt blege, men der bliver gjort, hvad der kan gøres, og de er meget ude, siger Else. Den sidste lille ny blev født paa Maries Fødselsdag d. 19de kort efter Midnat, saa den egentlige Fødselshurlumhej var jo den 18 – Sølvbryllupsdagen hvorfor de ikke fik telegraferet, hvilket jo havde vakt lidt Eftertanke hos dem deroppe; Christine ringede fra Kbhvn. da hun kom hjem for at høre Grunden. De havde fin Middag til mig Bøf m. Løg og Figengrød med Flødeskum, god Kaffe og en Upman ovenpaa. Jeg hygger mig efterhaanden saa godt derovre – du ved det har aldrig været min stærke Side at hygge mig hos Lases – men det gør jeg altsaa nu, ogsaa naar Las er der; han er i Kbhvn. for Tiden (Udstilling hos Winkel &amp;amp; Magnussen, solgt for 10,000 Kr) men da jeg var derinde at købe Sølvbryllupsgave, var han der og var saa sød og hyggelig og snaksom. Den lille nye var en vidunderlig dejlig lille Pige, mægtig mørkebrun Haar, smukke blaa Øjne og ret stor hun vejer allerede 7 Pund [tegn for pund] – 7 staar der – Else ser derimod sløj ud bleg og hærget; det er jo maaske ogsaa lidt vel rask, de to smaa Unger er kommen; Ane fyldte først 3 Aar 1st Okt. 
+Dette er skrevet lidt i Jag, jeg venter Posten og desuden venter Ægmaskinen paa mig, naar Mary ikke er her, hjælper jeg jo Skipper. Her er intet nyt, alt er vel; Drengene laver sam. med Naboerne Vejforbedring herfra og op til Hjørnet. 
+Hils Laders og Marie og d. gl. Krokone fra mig.
+Tusinde Hilsner! Din Junge.
+[Skrevet langs venstre kant s2:]
+X kan ikke Fem’eren forlænge dit Ophold med 1 Dag?</t>
   </si>
   <si>
     <t>1941-04-08</t>
   </si>
   <si>
     <t>Bakkevej 12 Hareskov St.</t>
   </si>
   <si>
     <t>- Andreasen
 Valborg Andresen
 Maria Balslev
 Vilhelm Balslev
 Alfred Fly
 Heinrich Hopp
 Lars Lankjær Mikkelsen
 Adolph Larsen
 Marie Madsen-Mygdal
 Thomas Madsen-Mygdal
 Cathrine Meyer
 Marie Meyer
 Otto  Meyer
 Axel  Müller
 Ellen  Sawyer
 Fanny Schaffalitzky de Muckadell
 Janna Schou
@@ -5186,800 +5890,96 @@
 Kæreste lille Dis.
 Hvor der dog er bleven lang Tavshed imellem os, igen har nok vore Breve krydsedes! Tak for dit sidste. Jeg ser baade af det og af dit sidste lange Fødselsdagsbrev til Elle (hun var her nogle Timer i Søndags, cyclede igen Kl 3, men var da kommen før Middag, det er anden Gang siden Jul, hun var her; hun skulde ud til Middag, hun fører et udsvævende Liv, som de sagde om Comtesse Fanny, da hun blev gift) at du har været flere Gange i Kbhv. og haft det festligt og dejligt. Hvor det dog glædede mig at høre, søde Dis, baade fordi det viser, at du er rask og fordi du har tjænt til det efter den lange Vinter, efter saadan en stille Tid, hvor man kun ser de samme Mennesker – selv om det er de bedste – trænger man til at se andre, og ogsaa til at befinde sig andre Steder. Jeg læste din Basken med Vingerne med stor Glæde og Interesse. Tænk, at du laver alt uden ringeste Hjælp, kan du dog overkomme det, ja, det er jo meget mindre enkelt end det var før, at føre Hus; meget er blevet anderledes, vi har i Dag kogt blød Sæbe af Sæbespaaner, Soda, Borax og Vand; dog, det er jo kun en Smaating. - - Mon vor store epokegørende Nyhed her er rygtedes til dig? At Bibbe til 1_ste_ Maj skal til Odder Sygehus som Elev! Næsten siden Jul har hun virket med det og skrevet utallige Ansøgninger, faaet Afslag paa Afslag, næsten alle med den Motivering, at de kun tog Elever under 30 Aar. Saa endelig fik vi Svar fra Overs.pl. paa Odder Sygehus, bl.a. skrev hun [”hun” indsat over linjen] ”ingen Regel uden Undtagelse og De synes jo at være Undtagelsen”. Bibbe blev ovenud lykkelig og gik straks i Gang med sin Udstyrelse: 4 Kjoler 8 store Forklæder o.s.v., hun faar 25 kr. om Mdn. Det var jo i høj Grad paa Tide, at Bibbe fik sig et Livserhverv og jeg har baade tænkt paa og talt om, at Sygepleje maatte ligge for hende, men først hendes Røde Kors Tjeneste i Vinter, hvor hun har arbejdet en Del paa Sygehuset – ogsaa en Nattevagt - har givet hende Blod paa Tanden, ja glødende Lyst til det. Nu staar Himmel og Jord i et for at faa alt færdigt til Bibbe og Frk. Andresen skal rejse 1_st_ Maj; i Dag ordnes Spisekammer 
 2 Køkken, Kælder og Vaskehus; vi havde været i med Peter Træskomand om at kalke, men han henviste til sin Kone, du ved vor Ungdoms Jomfru Dovsen [”Dovsen” overstreget] Dovlsen i Højrup. Hun er et Jærn til alt Arbejde; desuden har vi en unge Kone (som har tjænt her en Gang) til Rengøringen, vor egen Frøken Andreassen er jo ikke videre gæv til nogen Verdens Ting og Bibbe er i Kjerteminde i Dag til Begravelse; kan du huske, vi havde nogle gode Venner i Kj.: Skolebestyrer Christensens; han døde for adskillige Aar siden, og hun kom aldrig over sin Sorg; den knuste hende, hendes Hjerne tog Skade, og nu er hun død, hvilket kun er godt. Det var et Par herlige Mennesker; hvor har Elle og jeg tilbragt mange hyggelige Timer i deres Hjem, saa gæstfrit og harmonisk som det var; de vidste aldrig hvor godt, de vilde gøre det for deres Gæster. 
 Du kan forstaa, at det med Bibbe er helt revolutionært for os. Agraren og jeg vil savne hende ubeskriveligt, for mig gaar Solen ned, naar hun rejser, men Tanken om, hvor godt det er for hende selv maa jo bære over det; Dr. Lankjær mener at det vil tage det sidste af hendes Nervesygdom, og han gav hende uden at blinke Attest for at hun var rask – fordi han var saa sikker paa, at anden Luft, andet Arbejde og nye Mennesker vilde kurere hende. Hvad der skulde til af Attester og Anbefalinger, kan du ikke tænke dig. Det hele skulde ordnes og sendes saa ekspres, at det ikke kunde naa sig at faa en Anbef. fra dig, men hvad hun fik samlet viste sig altså at være nok; der var to at vælge imellem – der i Odder – og det blev altsaa Bibbe.
 Sikken en dejlig Ro, der er falden over Huset nu; vi har haft Kvas-Hugger i Dag lige fra i Morges til nu ved 4 Tiden, det er en meget larmende Maskine, som fordrer en Del Mandskab; vi var 12 til Middag, Mandfolkene og jeg spiste herinde, de 4 kvindelige i Køkkenet Friggedeller og Sø’suppe. ------
 Onsdag. Det er jo i Dag d. 9_nde_ April, og jeg synes, det er saadan en Sorgens Dag, ikke just fordi det er vor Aarsdag, hvad betyder en Dato, men fordi Efterretningerne fra Balkan er saa nedslaaende. Belgrad har de jo næsten ødelagt og saa vidt man kan faa ud af den engelske Presse, ser det sort ud paa Balkan, for Jugoslavien og Grækenland, de ulykkelige Lande, hvor er de dog tapre og modige, men 
 3 hvem ved, Dis, hvis de to Lande bliver sablet ned, vil det maaske blive Draaben, som får Amerikas Bæger til at flyde over, saa de gaar med; vi, jeg mener Verden, maa jo have de Sataner kæmpet ned, de maa da een Gang lære at forstaa, at Verden ikke vil regeres af dem. Bedst var det jo om den tyske Mentalitet kunde forandres, saa de mistede deres ulyksalige Hang tik at vilde [”vilde” overstreget] ville underlægge sig hele Verden, men kan man tænke sig, at nogle Slægtled kunde forandre paa deres Storhedsvanvid. Maaske! For er det ikke netop det, de er: sindssyge paa det Omraade. Og hvordan faar vi dem helbredte? Jeg tvivler ikke et Øjeblik paa, at de til sidst vil tabe, simpelt hen fordi hverken Staterne eller Sydamerika vil tillade dem at vinde, men hvad saa? Staar vi saa ikke paa samme Trin som da Verdenskrigen sluttede? Hvor de Mennesker dog gør sig forhadte rundt omkring i hele Verden; jeg ved da med mig selv, at jeg hader dem af hele min Sjæl, Sind og Tanke, men de er meget for lidt intelligente til at forstaa det; Fru Andresens Svigersøn (Otto A.s Kone) sagde til hende for nogle Aar siden ”hvor kan det dog være, at Danskerne slet ikke kan lide os.” Hun henviste til 1864. Ja, hvad var det: det vidste han da ikke en Smule om, nej de er et Løgnens Folk, der skriver deres Verdenshistorie som det passer dem. Bibbe var sammen med Marie og Katrine Meyer forleden (Mix’es Søster) Kath. havde været sammen med Madsen Mygdals hos Mix’es og det viste sig at baade M.M. og Kone var Nazister! Katrine som er glødende Anti-Tysk har frabedt sig at blive bedt sammen med dem mere. Men mon det alligevel ikke er ret faa, der har det Sindelag, at de hælder til Forbryder-Metoderne. Vi træffer da aldrig nogen. - - Agraren er i Kjertem. til Behandling paa Sygehuset, nu er Ansigtet snart i Orden. Med mig gaar det nogenlunde som sædvanlig, jeg haaber paa den kommende Sol. 
 Vi er i Færd med at faa en Husbestyrerinde til Maj, en Jyllandspige fra Aalestrup, som jeg ikke ved, hvor ligger; vi korresponderer om det og det synes at gaa i Orden. 60 Kr (!) Jeg kan jo ikke lave noget uden at det straks bliver daarligere med Knæet. Jeg spurgte forleden Doktoren, om han troede, jeg kom til at gaa om et Aar; han sagde ja, men jeg synes, at han havde det Ansigt
 4
 paa, som de har, naar de narrer Patienterne. Jeg synes, at [”at” overstreget] jeg begynder at mærke, at jeg har Nerver; det maa ellers siges at have været upaaklagelige i min snart 3årige Sygetid. Jeg skal give dig et lille Eksembel paa min Ikke-Nervøsitet. Da Doktoren var her for noget siden, havde jeg bedt ham om at tage en Tang med til at hale en Rod ud, som sad efterladt og som af og til blev betændt; da vi snakkede om Knæ kom jeg i Tanker om Roden og spurgte, om han havde husket Tangen – Jo! Han halede den op af Tasken, jeg gabede, han tog ved, og ud fløj Roden. Jeg sagde Tak! Satte Tænderne i igen og vi snakkede videre om Knæet uden at berøre ”Operationen” med et Ord, og uden at jeg i mindste Maade følte Sindsbevægelse ved det. Nervøse Folk reagerer lidt anderledes. Men Bibbes Afrejse er værre end en Tandrod og det reagerer jeg overfor. 
 Hvis jeg nu skal snakke lidt Økonomi, vil jeg først spørge dig, hvordan du klarer dig og om du nåede til Vejs Ende med den resterende Skat og saa fortælle dig lidt om os – jeg ved det vil glæde dig – Vi havde 4 Heste og mente, vi kunde klare os med 3, solgte saa den ene og fik 1800 Krus !!! for den. Samtidig solgte vi 2 [”2” indsat over linjen] Køer, som skulde kælve men var lidt bedagede, saa Handleren maatte op med 2750 Kr. Saa drog Manse hen til Sognefogeden i Dræby, som har en Prioritet i Gaarden her paa 9500 Kr (det var oprindelig 10.000 men vi har betalt de 500 af) og spurgte ham, om han vilde have noget imod at modtage 2000 som Afdrag. Nej, det havde han ikke, skønt Manse syntes han saa lidt alvorlig ud; de, der har Penge er jo ikke bedst stillede for Tiden. Han sagde: Ja, saa fornuftige skulde alle være! Jeg synes, det er helt flink af den unge Dreng til Manse – som da for Resten efterhaanden er bleven 26 Aar – at han hører til de fornuftige, og lader alt gaa her paa den gamle spartanske Maade i Stedet for at faa Højheds-Vanvid. Var det ikke en helt sjov lille Historie? Men saa har jeg for Resten heller ikke stort mere at berette – jo Marie Balslev har jeg [”jeg” overstreget] lige ringet [”n” i ordet indsat over linjen]; Vilhelm har faaet Lov til at komme hjem og ligge et halvt Aar! De er lykkelige, for saa kan han da snakke med sin Forkarl og være hos Kone og Barn. De har ikke sets i 9 Maaneder.
 Jeg længes meget efter at høre fra dig du hører jo igen fra mig d. 26_nde_.
 Tusinde Hilsner søde Dis til dig og dine fra din Junge 
 [Skrevet langs venstre margen s. 6:]
 Gudruns Broder Kaj er i Tyskland, ingen ved hans Adresse og de kan ikke komme i Forbindelse med ham. Bibbe tager sig dette meget nær, ja ogsaa vi her 
 [Skrevet langs venstre margen s. 5:]
 Stakkels lille Gudrun Nielsen, Tornøes Hotel ligger vist paa sit sidste; hun fik Lungebetændelse brat og voldsomt. Maaske hun x
 [Skrevet på hovedet øverst s. 5:]
 x er død i Nat, i Aftes sagde Sørensen (Overtjeneren og Gudruns Ven og Støtte) til Bibbe i Telefonen at hun ikke levede Natten over, han var dybt fortvivlet.
 [Skrevet langs venstre margen s. 4:]
 haft en Del med hende at gøre i de senere Aar, Bibbe meget.
 [Skrevet på hovedet øverst s. 1:]
 Torsdag. Vi fik i Aftes et dejligt lille Hoppeføl; det er vores gamle Røde, som nu for 4_de_ Gang kommer med i Fol til os, altid normalt og godt. For Tiden er det jo ogsaa en stor økonomisk Gevinst. - - Det er dejligt at tænke paa, at Axel nu har 4 Helligdage. Gid Solskinnet vil vedvare til ham. Hav det godt i Paasken alle tre!</t>
   </si>
   <si>
-    <t>1898-04-02</t>
-[...433 lines deleted...]
-Paludan 2000
------------
-95,50
-[...105 lines deleted...]
-  <si>
     <t>1948-07-23</t>
   </si>
   <si>
     <t>Christa Knuth</t>
   </si>
   <si>
     <t>Knuthenborg pr. Bandholm</t>
   </si>
   <si>
     <t>Birgitte Bøttern
 Kay Høyrup
 Adam Knuth
 Elisabeth Knuth
 Jeppe Larsen
 Christine  Mackie
 - Schaldemose</t>
   </si>
   <si>
     <t>Cadeau var Christa Knuths franske bulldog.
 Det vides ikke, hvem familien fra Faaborg og Jens var.</t>
   </si>
   <si>
     <t>Brevet er i privateje</t>
   </si>
   <si>
     <t>Det var trist med Cadeau. Johannes Larsen er ikke kommet igang med at male. Han har haft en masse gæster. 
 Det går fint med Jeppes allike.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/RJWX</t>
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:]
 Fru Lensgrevinde
 Chr. Knuth
 Knuthenborg
 Bandholm.
 [På kuvertens bagside:]
 Johannes Larsen
 Kjerteminde
 [I brevet:]
 Kjerteminde 23 Juli 1948.
 Kære Grevinde!
 Tak for Brevet. Det var jo trist med Cadeau, men han er jo saa bleven sparet for en besværlig Oldingetilværelse. Jeg haaber at I maa faa Glæde af hans Efterfølger. Jeg er endnu ikke kommen længere end til at skrive et Brev af og til, men jeg forbereder mig til at begynde at male inden ret længe. Vi havde i Forgaars Familien fra Faaborg + Fru Schaldemose med Søn og Datter til Frokost og ovennævnte + Kay og Søs til Middag, saa jeg var lidt træt i Gaar. Ellers gaar det som sædvanligt. Vi har et Par Gæster, min Svigerinde Fru Mackie og Fru Bøtterns lille Pige. Jeppes Allike trives godt den kommer stadig ind og sover hos os om Natten og bliver smidt ud om Morgenen ved 6 – 6½ Tiden. Mange Hilsner ogsaa til Børnene og Jens fra
 Din hengivne
 Johannes Larsen.</t>
-  </si>
-[...159 lines deleted...]
-Mange gode Hilsener fra Alfred.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="100" formatCode="yyyy/mm/dd"/>
     <numFmt numFmtId="101" formatCode="yyyy/mm/dd hh:mm:ss"/>
     <numFmt numFmtId="102" formatCode="yyyy-mm-dd"/>
   </numFmts>
   <fonts count="7">
     <font>
       <name val="Arial"/>
       <sz val="11"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
@@ -6056,51 +6056,51 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/RNOS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RMwG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jpGT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0Vty" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ibx1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5SX5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eXMn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/D63t" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V9FF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BYMC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dLuM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Krfi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/G76D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pD6O" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vlso" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PSJg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1tGg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uqv3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/knH1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ay6b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0vEv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NBP7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pHgU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XJJe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P2tE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eArm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6mrV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yzCx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Sov4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bXkl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PlGA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QBkJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2Iuu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RBsG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9Xzb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/plqW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KxQx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/m5DIwCRs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/QxjQASwg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/uSu8k6u2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/a4vyLlWx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/j8a2KPF3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/f6OnKrlW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/lUmkJx6X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/WsHnFLg1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aYW2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xOwe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Bw6C" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tm3D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/caMd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/s7UY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tOrM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FVb7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EIR8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hQsY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5cFa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/H5K8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BB70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uhvb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V9wD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/du8Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CdkH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TyBn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rx6H" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/93Ao" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sFGy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qCha" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lpjo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ST2V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZT24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/swxm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nEHp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Iq10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/L6Sx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mI0O" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/z2Jn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sl5d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zcSP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/49Ze" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7ySA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZZAE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1O9Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xh1l" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t3GG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1bHJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Kd7s" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eKfU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6XoJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DuLn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/89HM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FwGG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pghm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aTo4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Dqbi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/E5Ic" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xzmS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/16LJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MYqq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ewpx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qVm1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V6OL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QZzt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LetV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8Wu4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId111" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aqXo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId112" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VVAE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId113" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JfGS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId114" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O65z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId115" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gZPT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId116" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SqKV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId117" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DIJT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId118" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QphR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId119" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ui56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId120" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bDoX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId121" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/y7KJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId122" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Nilx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId123" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P8q0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId124" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mHn3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId125" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ikq3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId126" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0u8z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId127" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VfiW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId128" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZStl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId129" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eYoh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId130" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OTcJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId131" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fdLV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId132" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3BSF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId133" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xLht" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId134" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QHCG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId135" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zfJQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId136" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pZOj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId137" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3EQQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId138" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PG0R" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId139" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ukhH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId140" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ZzXmhCIy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId141" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RJWX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId142" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qMNT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId143" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/B0CjgTjw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId144" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/hTjU0m9t" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId145" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eTQ9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId146" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yitM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId147" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/n/m5DIwCRs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/f6OnKrlW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/QxjQASwg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/lUmkJx6X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/uSu8k6u2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/a4vyLlWx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/j8a2KPF3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dLuM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Krfi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aqXo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/G76D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VVAE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Kd7s" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eKfU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nEHp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JfGS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O65z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rx6H" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qCha" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pD6O" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Iq10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/L6Sx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mI0O" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eYoh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/z2Jn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vlso" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gZPT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OTcJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PSJg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1tGg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uqv3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sl5d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zcSP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eTQ9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/knH1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/49Ze" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SqKV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eXMn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6XoJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fdLV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7ySA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xOwe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QHCG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jpGT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aYW2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zfJQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DuLn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ay6b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DIJT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XJJe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CdkH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/89HM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P2tE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lpjo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FwGG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9Xzb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/plqW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pghm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aTo4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TyBn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QphR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Bw6C" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ui56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tm3D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eArm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/caMd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Dqbi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/s7UY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZStl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bDoX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/E5Ic" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xzmS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/16LJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MYqq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/93Ao" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/y7KJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Nilx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tOrM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZZAE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BB70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5cFa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0vEv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1O9Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RMwG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xh1l" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uhvb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t3GG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1bHJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sFGy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P8q0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ewpx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NBP7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6mrV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yzCx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pHgU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V9wD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qVm1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/D63t" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ST2V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FVb7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pZOj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3EQQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EIR8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V9FF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V6OL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId111" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QZzt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId112" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/WsHnFLg1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId113" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId114" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BYMC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId115" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mHn3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId116" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Sov4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId117" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PG0R" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId118" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hQsY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId119" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZT24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId120" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RNOS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId121" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LetV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId122" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ukhH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId123" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/swxm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId124" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bXkl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId125" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KxQx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId126" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ikq3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId127" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PlGA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId128" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/H5K8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId129" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3BSF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId130" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RBsG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId131" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yitM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId132" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xLht" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId133" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0u8z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId134" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/du8Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId135" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2Iuu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId136" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8Wu4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId137" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qMNT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId138" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/B0CjgTjw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId139" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/hTjU0m9t" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId140" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ZzXmhCIy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId141" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0Vty" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId142" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ibx1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId143" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5SX5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId144" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QBkJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId145" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VfiW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId146" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RJWX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId147" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
   <dimension ref="A1:M142"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
@@ -6137,6247 +6137,6247 @@
         <v>8</v>
       </c>
       <c r="J1" s="3" t="s">
         <v>9</v>
       </c>
       <c r="K1" s="3" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="3" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="3" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="5" t="s">
         <v>13</v>
       </c>
       <c r="B2" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="D2" s="5" t="s">
+      <c r="D2" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E2" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H2" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="E2" s="5" t="s">
+      <c r="I2" s="5"/>
+      <c r="J2" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F2" s="5" t="s">
+      <c r="L2" s="6" t="s">
         <v>18</v>
       </c>
-      <c r="G2" s="5" t="inlineStr">
-[...19 lines deleted...]
-      </c>
+      <c r="M2" s="5"/>
     </row>
     <row r="3">
       <c r="A3" s="5" t="s">
-        <v>24</v>
+        <v>13</v>
       </c>
       <c r="B3" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C3" s="5" t="s">
-        <v>25</v>
-[...8 lines deleted...]
-        <v>28</v>
+        <v>19</v>
+      </c>
+      <c r="D3" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E3" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F3" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G3" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H3" s="5" t="s">
-        <v>29</v>
-[...5 lines deleted...]
-        <v>31</v>
+        <v>20</v>
+      </c>
+      <c r="I3" s="5"/>
+      <c r="J3" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K3" s="5" t="s">
-        <v>32</v>
+        <v>21</v>
       </c>
       <c r="L3" s="6" t="s">
-        <v>33</v>
-[...3 lines deleted...]
-      </c>
+        <v>22</v>
+      </c>
+      <c r="M3" s="5"/>
     </row>
     <row r="4">
       <c r="A4" s="5" t="s">
-        <v>35</v>
+        <v>13</v>
       </c>
       <c r="B4" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C4" s="5" t="s">
-        <v>36</v>
-[...5 lines deleted...]
-        <v>38</v>
+        <v>23</v>
+      </c>
+      <c r="D4" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E4" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F4" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G4" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H4" s="5" t="s">
-        <v>39</v>
-[...5 lines deleted...]
-        <v>41</v>
+        <v>24</v>
+      </c>
+      <c r="I4" s="5"/>
+      <c r="J4" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K4" s="5" t="s">
-        <v>42</v>
+        <v>25</v>
       </c>
       <c r="L4" s="6" t="s">
-        <v>43</v>
-[...3 lines deleted...]
-      </c>
+        <v>26</v>
+      </c>
+      <c r="M4" s="5"/>
     </row>
     <row r="5">
       <c r="A5" s="5" t="s">
-        <v>45</v>
+        <v>13</v>
       </c>
       <c r="B5" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C5" s="5" t="s">
-        <v>46</v>
-[...8 lines deleted...]
-        <v>49</v>
+        <v>27</v>
+      </c>
+      <c r="D5" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E5" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F5" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G5" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H5" s="5" t="s">
-        <v>50</v>
-[...10 lines deleted...]
-        </is>
+        <v>28</v>
+      </c>
+      <c r="I5" s="5"/>
+      <c r="J5" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K5" s="5" t="s">
+        <v>29</v>
       </c>
       <c r="L5" s="6" t="s">
-        <v>53</v>
-[...3 lines deleted...]
-      </c>
+        <v>30</v>
+      </c>
+      <c r="M5" s="5"/>
     </row>
     <row r="6">
       <c r="A6" s="5" t="s">
-        <v>55</v>
+        <v>13</v>
       </c>
       <c r="B6" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C6" s="5" t="s">
-        <v>46</v>
-[...8 lines deleted...]
-        <v>57</v>
+        <v>31</v>
+      </c>
+      <c r="D6" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E6" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F6" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G6" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H6" s="5" t="s">
-        <v>58</v>
-[...5 lines deleted...]
-        <v>60</v>
+        <v>32</v>
+      </c>
+      <c r="I6" s="5"/>
+      <c r="J6" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K6" s="5" t="s">
-        <v>61</v>
+        <v>33</v>
       </c>
       <c r="L6" s="6" t="s">
-        <v>62</v>
-[...3 lines deleted...]
-      </c>
+        <v>34</v>
+      </c>
+      <c r="M6" s="5"/>
     </row>
     <row r="7">
       <c r="A7" s="5" t="s">
-        <v>64</v>
+        <v>13</v>
       </c>
       <c r="B7" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C7" s="5" t="s">
-        <v>46</v>
-[...8 lines deleted...]
-        <v>57</v>
+        <v>35</v>
+      </c>
+      <c r="D7" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E7" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F7" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G7" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H7" s="5" t="s">
-        <v>65</v>
-[...5 lines deleted...]
-        <v>67</v>
+        <v>36</v>
+      </c>
+      <c r="I7" s="5"/>
+      <c r="J7" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K7" s="5" t="s">
-        <v>68</v>
+        <v>37</v>
       </c>
       <c r="L7" s="6" t="s">
-        <v>69</v>
-[...3 lines deleted...]
-      </c>
+        <v>38</v>
+      </c>
+      <c r="M7" s="5"/>
     </row>
     <row r="8">
       <c r="A8" s="5" t="s">
-        <v>71</v>
+        <v>13</v>
       </c>
       <c r="B8" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C8" s="5" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>26</v>
+        <v>39</v>
+      </c>
+      <c r="D8" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E8" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F8" s="5" t="s">
-        <v>27</v>
+      <c r="F8" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G8" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H8" s="5" t="s">
-        <v>72</v>
-[...5 lines deleted...]
-        <v>74</v>
+        <v>40</v>
+      </c>
+      <c r="I8" s="5"/>
+      <c r="J8" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K8" s="5" t="s">
-        <v>75</v>
+        <v>41</v>
       </c>
       <c r="L8" s="6" t="s">
-        <v>76</v>
-[...3 lines deleted...]
-      </c>
+        <v>42</v>
+      </c>
+      <c r="M8" s="5"/>
     </row>
     <row r="9">
       <c r="A9" s="5" t="s">
-        <v>78</v>
+        <v>43</v>
       </c>
       <c r="B9" s="5" t="s">
-        <v>14</v>
+        <v>44</v>
       </c>
       <c r="C9" s="5" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="D9" s="5" t="s">
-        <v>26</v>
+        <v>45</v>
       </c>
       <c r="E9" s="5" t="s">
-        <v>79</v>
+        <v>46</v>
       </c>
       <c r="F9" s="5" t="s">
-        <v>80</v>
+        <v>47</v>
       </c>
       <c r="G9" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H9" s="5" t="s">
-        <v>81</v>
+        <v>48</v>
       </c>
       <c r="I9" s="5" t="s">
-        <v>82</v>
+        <v>49</v>
       </c>
       <c r="J9" s="5" t="s">
-        <v>83</v>
+        <v>50</v>
       </c>
       <c r="K9" s="5" t="s">
-        <v>84</v>
+        <v>51</v>
       </c>
       <c r="L9" s="6" t="s">
-        <v>85</v>
+        <v>52</v>
       </c>
       <c r="M9" s="5" t="s">
-        <v>86</v>
+        <v>53</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="5" t="s">
-        <v>87</v>
+        <v>54</v>
       </c>
       <c r="B10" s="5" t="s">
-        <v>14</v>
+        <v>44</v>
       </c>
       <c r="C10" s="5" t="s">
-        <v>37</v>
+        <v>45</v>
       </c>
       <c r="D10" s="5" t="s">
-        <v>25</v>
-[...4 lines deleted...]
-        </is>
+        <v>55</v>
+      </c>
+      <c r="E10" s="5" t="s">
+        <v>56</v>
       </c>
       <c r="F10" s="5" t="s">
-        <v>88</v>
+        <v>47</v>
       </c>
       <c r="G10" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H10" s="5" t="s">
-        <v>89</v>
+        <v>57</v>
       </c>
       <c r="I10" s="5" t="s">
-        <v>90</v>
+        <v>58</v>
       </c>
       <c r="J10" s="5" t="s">
-        <v>91</v>
+        <v>59</v>
       </c>
       <c r="K10" s="5" t="s">
-        <v>92</v>
+        <v>60</v>
       </c>
       <c r="L10" s="6" t="s">
-        <v>93</v>
+        <v>61</v>
       </c>
       <c r="M10" s="5" t="s">
-        <v>94</v>
+        <v>62</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="5" t="s">
-        <v>95</v>
+        <v>63</v>
       </c>
       <c r="B11" s="5" t="s">
-        <v>14</v>
+        <v>44</v>
       </c>
       <c r="C11" s="5" t="s">
-        <v>46</v>
+        <v>35</v>
       </c>
       <c r="D11" s="5" t="s">
-        <v>96</v>
-[...5 lines deleted...]
-        <v>88</v>
+        <v>45</v>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F11" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G11" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H11" s="5" t="s">
-        <v>97</v>
-[...3 lines deleted...]
-      </c>
+        <v>64</v>
+      </c>
+      <c r="I11" s="5"/>
       <c r="J11" s="5" t="s">
-        <v>99</v>
+        <v>65</v>
       </c>
       <c r="K11" s="5" t="s">
-        <v>100</v>
+        <v>66</v>
       </c>
       <c r="L11" s="6" t="s">
-        <v>101</v>
+        <v>67</v>
       </c>
       <c r="M11" s="5" t="s">
-        <v>102</v>
+        <v>68</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="5" t="s">
-        <v>103</v>
+        <v>69</v>
       </c>
       <c r="B12" s="5" t="s">
-        <v>14</v>
+        <v>70</v>
       </c>
       <c r="C12" s="5" t="s">
-        <v>15</v>
+        <v>35</v>
       </c>
       <c r="D12" s="5" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>104</v>
+        <v>45</v>
+      </c>
+      <c r="E12" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F12" s="5" t="s">
-        <v>38</v>
+        <v>47</v>
       </c>
       <c r="G12" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H12" s="5" t="s">
-        <v>105</v>
+        <v>71</v>
       </c>
       <c r="I12" s="5" t="s">
-        <v>106</v>
+        <v>72</v>
       </c>
       <c r="J12" s="5" t="s">
-        <v>107</v>
+        <v>73</v>
       </c>
       <c r="K12" s="5" t="s">
-        <v>108</v>
+        <v>74</v>
       </c>
       <c r="L12" s="6" t="s">
-        <v>109</v>
+        <v>75</v>
       </c>
       <c r="M12" s="5" t="s">
-        <v>110</v>
+        <v>76</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="5" t="s">
-        <v>111</v>
+        <v>77</v>
       </c>
       <c r="B13" s="5" t="s">
-        <v>14</v>
+        <v>44</v>
       </c>
       <c r="C13" s="5" t="s">
-        <v>25</v>
+        <v>45</v>
       </c>
       <c r="D13" s="5" t="s">
-        <v>26</v>
+        <v>78</v>
       </c>
       <c r="E13" s="5" t="s">
-        <v>112</v>
+        <v>79</v>
       </c>
       <c r="F13" s="5" t="s">
-        <v>38</v>
+        <v>80</v>
       </c>
       <c r="G13" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H13" s="5" t="s">
-        <v>113</v>
+        <v>81</v>
       </c>
       <c r="I13" s="5" t="s">
-        <v>114</v>
+        <v>82</v>
       </c>
       <c r="J13" s="5" t="s">
-        <v>115</v>
+        <v>83</v>
       </c>
       <c r="K13" s="5" t="s">
-        <v>116</v>
+        <v>84</v>
       </c>
       <c r="L13" s="6" t="s">
-        <v>117</v>
+        <v>85</v>
       </c>
       <c r="M13" s="5" t="s">
-        <v>118</v>
+        <v>86</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="5" t="s">
-        <v>119</v>
+        <v>87</v>
       </c>
       <c r="B14" s="5" t="s">
-        <v>120</v>
+        <v>44</v>
       </c>
       <c r="C14" s="5" t="s">
-        <v>15</v>
+        <v>88</v>
       </c>
       <c r="D14" s="5" t="s">
-        <v>25</v>
-[...4 lines deleted...]
-        </is>
+        <v>89</v>
+      </c>
+      <c r="E14" s="5" t="s">
+        <v>90</v>
       </c>
       <c r="F14" s="5" t="s">
-        <v>38</v>
+        <v>56</v>
       </c>
       <c r="G14" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H14" s="5" t="s">
-        <v>121</v>
+        <v>91</v>
       </c>
       <c r="I14" s="5" t="s">
-        <v>122</v>
+        <v>92</v>
       </c>
       <c r="J14" s="5" t="s">
-        <v>123</v>
+        <v>93</v>
       </c>
       <c r="K14" s="5" t="s">
-        <v>124</v>
+        <v>94</v>
       </c>
       <c r="L14" s="6" t="s">
-        <v>125</v>
+        <v>95</v>
       </c>
       <c r="M14" s="5" t="s">
-        <v>126</v>
+        <v>96</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="5" t="s">
-        <v>127</v>
+        <v>97</v>
       </c>
       <c r="B15" s="5" t="s">
-        <v>128</v>
+        <v>44</v>
       </c>
       <c r="C15" s="5" t="s">
-        <v>15</v>
+        <v>88</v>
       </c>
       <c r="D15" s="5" t="s">
-        <v>25</v>
+        <v>89</v>
       </c>
       <c r="E15" s="5" t="s">
-        <v>129</v>
+        <v>90</v>
       </c>
       <c r="F15" s="5" t="s">
-        <v>130</v>
+        <v>56</v>
       </c>
       <c r="G15" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H15" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H15" s="5" t="s">
+        <v>98</v>
       </c>
       <c r="I15" s="5" t="s">
-        <v>131</v>
+        <v>99</v>
       </c>
       <c r="J15" s="5" t="s">
-        <v>132</v>
+        <v>93</v>
       </c>
       <c r="K15" s="5" t="s">
-        <v>133</v>
+        <v>100</v>
       </c>
       <c r="L15" s="6" t="s">
-        <v>134</v>
+        <v>101</v>
       </c>
       <c r="M15" s="5" t="s">
-        <v>135</v>
+        <v>102</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="5" t="s">
-        <v>136</v>
+        <v>103</v>
       </c>
       <c r="B16" s="5" t="s">
-        <v>128</v>
+        <v>44</v>
       </c>
       <c r="C16" s="5" t="s">
-        <v>15</v>
+        <v>45</v>
       </c>
       <c r="D16" s="5" t="s">
-        <v>96</v>
-[...5 lines deleted...]
-        <v>38</v>
+        <v>55</v>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F16" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G16" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H16" s="5" t="s">
-        <v>138</v>
+        <v>104</v>
       </c>
       <c r="I16" s="5" t="s">
-        <v>139</v>
+        <v>105</v>
       </c>
       <c r="J16" s="5" t="s">
-        <v>140</v>
+        <v>106</v>
       </c>
       <c r="K16" s="5" t="s">
-        <v>141</v>
+        <v>107</v>
       </c>
       <c r="L16" s="6" t="s">
-        <v>142</v>
+        <v>108</v>
       </c>
       <c r="M16" s="5" t="s">
-        <v>143</v>
+        <v>109</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="5" t="s">
-        <v>144</v>
+        <v>110</v>
       </c>
       <c r="B17" s="5" t="s">
-        <v>128</v>
+        <v>44</v>
       </c>
       <c r="C17" s="5" t="s">
-        <v>15</v>
+        <v>45</v>
       </c>
       <c r="D17" s="5" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>145</v>
+        <v>55</v>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F17" s="5" t="s">
-        <v>130</v>
+        <v>111</v>
       </c>
       <c r="G17" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H17" s="5" t="s">
-        <v>146</v>
+        <v>112</v>
       </c>
       <c r="I17" s="5" t="s">
-        <v>147</v>
+        <v>113</v>
       </c>
       <c r="J17" s="5" t="s">
-        <v>148</v>
+        <v>114</v>
       </c>
       <c r="K17" s="5" t="s">
-        <v>149</v>
+        <v>115</v>
       </c>
       <c r="L17" s="6" t="s">
-        <v>150</v>
+        <v>116</v>
       </c>
       <c r="M17" s="5" t="s">
-        <v>151</v>
+        <v>117</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="5" t="s">
-        <v>152</v>
+        <v>118</v>
       </c>
       <c r="B18" s="5" t="s">
-        <v>14</v>
+        <v>44</v>
       </c>
       <c r="C18" s="5" t="s">
-        <v>15</v>
+        <v>45</v>
       </c>
       <c r="D18" s="5" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>145</v>
+        <v>78</v>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F18" s="5" t="s">
-        <v>38</v>
+        <v>119</v>
       </c>
       <c r="G18" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H18" s="5" t="s">
-        <v>153</v>
+        <v>120</v>
       </c>
       <c r="I18" s="5" t="s">
-        <v>154</v>
+        <v>121</v>
       </c>
       <c r="J18" s="5" t="s">
-        <v>155</v>
+        <v>122</v>
       </c>
       <c r="K18" s="5" t="s">
-        <v>156</v>
+        <v>123</v>
       </c>
       <c r="L18" s="6" t="s">
-        <v>157</v>
+        <v>124</v>
       </c>
       <c r="M18" s="5" t="s">
-        <v>158</v>
+        <v>125</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="5" t="s">
-        <v>159</v>
+        <v>126</v>
       </c>
       <c r="B19" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="C19" s="5" t="s">
+        <v>127</v>
+      </c>
+      <c r="D19" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F19" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G19" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H19" s="5" t="s">
         <v>128</v>
       </c>
-      <c r="C19" s="5" t="s">
-[...8 lines deleted...]
-      <c r="F19" s="5" t="s">
+      <c r="I19" s="5"/>
+      <c r="J19" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="K19" s="5" t="s">
         <v>130</v>
       </c>
-      <c r="G19" s="5" t="inlineStr">
-[...15 lines deleted...]
-      </c>
       <c r="L19" s="6" t="s">
-        <v>164</v>
+        <v>131</v>
       </c>
       <c r="M19" s="5" t="s">
-        <v>165</v>
+        <v>132</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="5" t="s">
-        <v>166</v>
+        <v>133</v>
       </c>
       <c r="B20" s="5" t="s">
-        <v>128</v>
+        <v>134</v>
       </c>
       <c r="C20" s="5" t="s">
-        <v>15</v>
+        <v>35</v>
       </c>
       <c r="D20" s="5" t="s">
-        <v>37</v>
+        <v>45</v>
       </c>
       <c r="E20" s="5" t="s">
-        <v>167</v>
+        <v>135</v>
       </c>
       <c r="F20" s="5" t="s">
-        <v>130</v>
+        <v>136</v>
       </c>
       <c r="G20" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H20" s="5" t="s">
-        <v>168</v>
+        <v>137</v>
       </c>
       <c r="I20" s="5" t="s">
-        <v>169</v>
+        <v>138</v>
       </c>
       <c r="J20" s="5" t="s">
-        <v>170</v>
+        <v>139</v>
       </c>
       <c r="K20" s="5" t="s">
-        <v>171</v>
+        <v>140</v>
       </c>
       <c r="L20" s="6" t="s">
-        <v>172</v>
+        <v>141</v>
       </c>
       <c r="M20" s="5" t="s">
-        <v>173</v>
+        <v>142</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="5" t="s">
-        <v>174</v>
+        <v>143</v>
       </c>
       <c r="B21" s="5" t="s">
-        <v>128</v>
+        <v>134</v>
       </c>
       <c r="C21" s="5" t="s">
-        <v>15</v>
+        <v>35</v>
       </c>
       <c r="D21" s="5" t="s">
-        <v>25</v>
+        <v>45</v>
       </c>
       <c r="E21" s="5" t="s">
-        <v>175</v>
+        <v>144</v>
       </c>
       <c r="F21" s="5" t="s">
-        <v>130</v>
+        <v>145</v>
       </c>
       <c r="G21" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H21" s="5" t="s">
-        <v>176</v>
+      <c r="H21" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I21" s="5" t="s">
-        <v>177</v>
+        <v>146</v>
       </c>
       <c r="J21" s="5" t="s">
-        <v>178</v>
+        <v>147</v>
       </c>
       <c r="K21" s="5" t="s">
-        <v>179</v>
+        <v>148</v>
       </c>
       <c r="L21" s="6" t="s">
-        <v>180</v>
+        <v>149</v>
       </c>
       <c r="M21" s="5" t="s">
-        <v>181</v>
+        <v>150</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="5" t="s">
-        <v>182</v>
+        <v>151</v>
       </c>
       <c r="B22" s="5" t="s">
-        <v>14</v>
+        <v>134</v>
       </c>
       <c r="C22" s="5" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="D22" s="5" t="s">
-        <v>25</v>
-[...4 lines deleted...]
-        </is>
+        <v>45</v>
+      </c>
+      <c r="E22" s="5" t="s">
+        <v>152</v>
       </c>
       <c r="F22" s="5" t="s">
-        <v>183</v>
+        <v>79</v>
       </c>
       <c r="G22" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H22" s="5" t="s">
-        <v>184</v>
+      <c r="H22" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I22" s="5" t="s">
-        <v>185</v>
+        <v>153</v>
       </c>
       <c r="J22" s="5" t="s">
-        <v>186</v>
+        <v>154</v>
       </c>
       <c r="K22" s="5" t="s">
-        <v>187</v>
+        <v>155</v>
       </c>
       <c r="L22" s="6" t="s">
-        <v>188</v>
+        <v>156</v>
       </c>
       <c r="M22" s="5" t="s">
-        <v>189</v>
+        <v>157</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="5" t="s">
-        <v>190</v>
+        <v>158</v>
       </c>
       <c r="B23" s="5" t="s">
-        <v>14</v>
+        <v>134</v>
       </c>
       <c r="C23" s="5" t="s">
-        <v>25</v>
+        <v>159</v>
       </c>
       <c r="D23" s="5" t="s">
-        <v>191</v>
-[...2 lines deleted...]
-        <v>112</v>
+        <v>55</v>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F23" s="5" t="s">
-        <v>38</v>
+        <v>79</v>
       </c>
       <c r="G23" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H23" s="5" t="s">
-        <v>192</v>
+        <v>160</v>
       </c>
       <c r="I23" s="5" t="s">
-        <v>193</v>
+        <v>161</v>
       </c>
       <c r="J23" s="5" t="s">
-        <v>194</v>
+        <v>162</v>
       </c>
       <c r="K23" s="5" t="s">
-        <v>195</v>
+        <v>163</v>
       </c>
       <c r="L23" s="6" t="s">
-        <v>196</v>
+        <v>164</v>
       </c>
       <c r="M23" s="5" t="s">
-        <v>197</v>
+        <v>165</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="5" t="s">
-        <v>198</v>
+        <v>166</v>
       </c>
       <c r="B24" s="5" t="s">
-        <v>128</v>
+        <v>70</v>
       </c>
       <c r="C24" s="5" t="s">
-        <v>25</v>
+        <v>35</v>
       </c>
       <c r="D24" s="5" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="E24" s="5" t="s">
-        <v>199</v>
+        <v>167</v>
       </c>
       <c r="F24" s="5" t="s">
-        <v>38</v>
-[...4 lines deleted...]
-        </is>
+        <v>79</v>
+      </c>
+      <c r="G24" s="5" t="s">
+        <v>168</v>
       </c>
       <c r="H24" s="5" t="s">
-        <v>200</v>
+        <v>169</v>
       </c>
       <c r="I24" s="5" t="s">
-        <v>201</v>
+        <v>170</v>
       </c>
       <c r="J24" s="5" t="s">
-        <v>202</v>
+        <v>171</v>
       </c>
       <c r="K24" s="5" t="s">
-        <v>203</v>
+        <v>172</v>
       </c>
       <c r="L24" s="6" t="s">
-        <v>204</v>
+        <v>173</v>
       </c>
       <c r="M24" s="5" t="s">
-        <v>205</v>
+        <v>174</v>
       </c>
     </row>
     <row r="25">
-      <c r="A25" s="5" t="n">
-        <v>1898</v>
+      <c r="A25" s="5" t="s">
+        <v>175</v>
       </c>
       <c r="B25" s="5" t="s">
-        <v>14</v>
+        <v>44</v>
       </c>
       <c r="C25" s="5" t="s">
-        <v>25</v>
+        <v>35</v>
       </c>
       <c r="D25" s="5" t="s">
-        <v>26</v>
+        <v>176</v>
       </c>
       <c r="E25" s="5" t="s">
-        <v>112</v>
-[...2 lines deleted...]
-        <v>206</v>
+        <v>167</v>
+      </c>
+      <c r="F25" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G25" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H25" s="5" t="s">
-        <v>207</v>
+      <c r="H25" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I25" s="5" t="s">
-        <v>208</v>
+        <v>177</v>
       </c>
       <c r="J25" s="5" t="s">
-        <v>209</v>
+        <v>178</v>
       </c>
       <c r="K25" s="5" t="s">
-        <v>210</v>
+        <v>179</v>
       </c>
       <c r="L25" s="6" t="s">
-        <v>211</v>
+        <v>180</v>
       </c>
       <c r="M25" s="5" t="s">
-        <v>212</v>
+        <v>181</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="5" t="s">
-        <v>213</v>
+        <v>182</v>
       </c>
       <c r="B26" s="5" t="s">
-        <v>128</v>
+        <v>134</v>
       </c>
       <c r="C26" s="5" t="s">
-        <v>25</v>
+        <v>35</v>
       </c>
       <c r="D26" s="5" t="s">
-        <v>26</v>
+        <v>45</v>
       </c>
       <c r="E26" s="5" t="s">
-        <v>112</v>
+        <v>167</v>
       </c>
       <c r="F26" s="5" t="s">
-        <v>214</v>
+        <v>136</v>
       </c>
       <c r="G26" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H26" s="5" t="s">
-        <v>215</v>
+        <v>183</v>
       </c>
       <c r="I26" s="5" t="s">
-        <v>216</v>
+        <v>184</v>
       </c>
       <c r="J26" s="5" t="s">
-        <v>217</v>
+        <v>185</v>
       </c>
       <c r="K26" s="5" t="s">
-        <v>218</v>
+        <v>186</v>
       </c>
       <c r="L26" s="6" t="s">
-        <v>219</v>
+        <v>187</v>
       </c>
       <c r="M26" s="5" t="s">
-        <v>220</v>
+        <v>188</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="5" t="s">
-        <v>221</v>
+        <v>189</v>
       </c>
       <c r="B27" s="5" t="s">
-        <v>14</v>
+        <v>134</v>
       </c>
       <c r="C27" s="5" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="D27" s="5" t="s">
-        <v>25</v>
-[...4 lines deleted...]
-        </is>
+        <v>127</v>
+      </c>
+      <c r="E27" s="5" t="s">
+        <v>190</v>
       </c>
       <c r="F27" s="5" t="s">
-        <v>214</v>
+        <v>47</v>
       </c>
       <c r="G27" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H27" s="5" t="s">
-        <v>222</v>
+        <v>191</v>
       </c>
       <c r="I27" s="5" t="s">
-        <v>223</v>
+        <v>192</v>
       </c>
       <c r="J27" s="5" t="s">
-        <v>224</v>
+        <v>193</v>
       </c>
       <c r="K27" s="5" t="s">
-        <v>225</v>
+        <v>194</v>
       </c>
       <c r="L27" s="6" t="s">
-        <v>226</v>
+        <v>195</v>
       </c>
       <c r="M27" s="5" t="s">
-        <v>227</v>
+        <v>196</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="5" t="s">
-        <v>228</v>
+        <v>197</v>
       </c>
       <c r="B28" s="5" t="s">
-        <v>14</v>
+        <v>44</v>
       </c>
       <c r="C28" s="5" t="s">
-        <v>25</v>
+        <v>45</v>
       </c>
       <c r="D28" s="5" t="s">
-        <v>46</v>
+        <v>55</v>
       </c>
       <c r="E28" s="5" t="s">
-        <v>229</v>
+        <v>79</v>
       </c>
       <c r="F28" s="5" t="s">
-        <v>206</v>
+        <v>111</v>
       </c>
       <c r="G28" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H28" s="5" t="s">
-        <v>230</v>
+        <v>198</v>
       </c>
       <c r="I28" s="5" t="s">
-        <v>231</v>
+        <v>199</v>
       </c>
       <c r="J28" s="5" t="s">
-        <v>232</v>
+        <v>200</v>
       </c>
       <c r="K28" s="5" t="s">
-        <v>233</v>
+        <v>201</v>
       </c>
       <c r="L28" s="6" t="s">
-        <v>234</v>
+        <v>202</v>
       </c>
       <c r="M28" s="5" t="s">
-        <v>235</v>
+        <v>203</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="5" t="s">
-        <v>236</v>
+        <v>204</v>
       </c>
       <c r="B29" s="5" t="s">
-        <v>14</v>
+        <v>44</v>
       </c>
       <c r="C29" s="5" t="s">
-        <v>25</v>
+        <v>45</v>
       </c>
       <c r="D29" s="5" t="s">
-        <v>46</v>
+        <v>55</v>
       </c>
       <c r="E29" s="5" t="s">
-        <v>199</v>
+        <v>79</v>
       </c>
       <c r="F29" s="5" t="s">
+        <v>205</v>
+      </c>
+      <c r="G29" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H29" s="5" t="s">
         <v>206</v>
       </c>
-      <c r="G29" s="5" t="inlineStr">
-[...6 lines deleted...]
-      </c>
       <c r="I29" s="5" t="s">
-        <v>238</v>
+        <v>207</v>
       </c>
       <c r="J29" s="5" t="s">
-        <v>239</v>
+        <v>208</v>
       </c>
       <c r="K29" s="5" t="s">
-        <v>240</v>
+        <v>209</v>
       </c>
       <c r="L29" s="6" t="s">
-        <v>241</v>
+        <v>210</v>
       </c>
       <c r="M29" s="5" t="s">
-        <v>242</v>
+        <v>211</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="5" t="s">
-        <v>243</v>
+        <v>212</v>
       </c>
       <c r="B30" s="5" t="s">
-        <v>14</v>
+        <v>134</v>
       </c>
       <c r="C30" s="5" t="s">
-        <v>46</v>
+        <v>35</v>
       </c>
       <c r="D30" s="5" t="s">
-        <v>36</v>
+        <v>45</v>
       </c>
       <c r="E30" s="5" t="s">
-        <v>18</v>
+        <v>167</v>
       </c>
       <c r="F30" s="5" t="s">
+        <v>145</v>
+      </c>
+      <c r="G30" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H30" s="5" t="s">
+        <v>213</v>
+      </c>
+      <c r="I30" s="5" t="s">
         <v>214</v>
       </c>
-      <c r="G30" s="5" t="inlineStr">
-[...9 lines deleted...]
-      </c>
       <c r="J30" s="5" t="s">
-        <v>246</v>
+        <v>215</v>
       </c>
       <c r="K30" s="5" t="s">
-        <v>247</v>
+        <v>216</v>
       </c>
       <c r="L30" s="6" t="s">
-        <v>248</v>
+        <v>217</v>
       </c>
       <c r="M30" s="5" t="s">
-        <v>249</v>
+        <v>218</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="5" t="s">
-        <v>250</v>
+        <v>219</v>
       </c>
       <c r="B31" s="5" t="s">
-        <v>128</v>
+        <v>44</v>
       </c>
       <c r="C31" s="5" t="s">
-        <v>46</v>
+        <v>35</v>
       </c>
       <c r="D31" s="5" t="s">
-        <v>25</v>
+        <v>45</v>
       </c>
       <c r="E31" s="5" t="s">
-        <v>251</v>
+        <v>167</v>
       </c>
       <c r="F31" s="5" t="s">
-        <v>252</v>
+        <v>47</v>
       </c>
       <c r="G31" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H31" s="5" t="s">
-        <v>253</v>
+        <v>220</v>
       </c>
       <c r="I31" s="5" t="s">
-        <v>254</v>
+        <v>221</v>
       </c>
       <c r="J31" s="5" t="s">
-        <v>255</v>
-[...4 lines deleted...]
-        </is>
+        <v>222</v>
+      </c>
+      <c r="K31" s="5" t="s">
+        <v>223</v>
       </c>
       <c r="L31" s="6" t="s">
-        <v>256</v>
+        <v>224</v>
       </c>
       <c r="M31" s="5" t="s">
-        <v>257</v>
+        <v>225</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="5" t="s">
-        <v>258</v>
+        <v>226</v>
       </c>
       <c r="B32" s="5" t="s">
-        <v>14</v>
+        <v>134</v>
       </c>
       <c r="C32" s="5" t="s">
-        <v>259</v>
+        <v>35</v>
       </c>
       <c r="D32" s="5" t="s">
-        <v>26</v>
+        <v>45</v>
       </c>
       <c r="E32" s="5" t="s">
-        <v>260</v>
+        <v>167</v>
       </c>
       <c r="F32" s="5" t="s">
-        <v>206</v>
+        <v>145</v>
       </c>
       <c r="G32" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H32" s="5" t="s">
-        <v>261</v>
+        <v>227</v>
       </c>
       <c r="I32" s="5" t="s">
-        <v>262</v>
+        <v>228</v>
       </c>
       <c r="J32" s="5" t="s">
-        <v>263</v>
+        <v>229</v>
       </c>
       <c r="K32" s="5" t="s">
-        <v>264</v>
+        <v>230</v>
       </c>
       <c r="L32" s="6" t="s">
-        <v>265</v>
+        <v>231</v>
       </c>
       <c r="M32" s="5" t="s">
-        <v>266</v>
+        <v>232</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="5" t="s">
-        <v>267</v>
+        <v>233</v>
       </c>
       <c r="B33" s="5" t="s">
-        <v>14</v>
+        <v>134</v>
       </c>
       <c r="C33" s="5" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="D33" s="5" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="E33" s="5" t="s">
-        <v>268</v>
+        <v>167</v>
       </c>
       <c r="F33" s="5" t="s">
-        <v>269</v>
+        <v>79</v>
       </c>
       <c r="G33" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H33" s="5" t="s">
-        <v>270</v>
+        <v>234</v>
       </c>
       <c r="I33" s="5" t="s">
-        <v>271</v>
+        <v>235</v>
       </c>
       <c r="J33" s="5" t="s">
-        <v>272</v>
+        <v>236</v>
       </c>
       <c r="K33" s="5" t="s">
-        <v>273</v>
+        <v>237</v>
       </c>
       <c r="L33" s="6" t="s">
-        <v>274</v>
+        <v>238</v>
       </c>
       <c r="M33" s="5" t="s">
-        <v>275</v>
+        <v>239</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="5" t="s">
-        <v>276</v>
+        <v>240</v>
       </c>
       <c r="B34" s="5" t="s">
-        <v>14</v>
+        <v>134</v>
       </c>
       <c r="C34" s="5" t="s">
-        <v>15</v>
+        <v>35</v>
       </c>
       <c r="D34" s="5" t="s">
-        <v>16</v>
-[...9 lines deleted...]
-        </is>
+        <v>45</v>
+      </c>
+      <c r="E34" s="5" t="s">
+        <v>167</v>
+      </c>
+      <c r="F34" s="5" t="s">
+        <v>79</v>
       </c>
       <c r="G34" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H34" s="5" t="s">
-        <v>277</v>
+      <c r="H34" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I34" s="5" t="s">
-        <v>278</v>
+        <v>241</v>
       </c>
       <c r="J34" s="5" t="s">
-        <v>279</v>
+        <v>242</v>
       </c>
       <c r="K34" s="5" t="s">
-        <v>280</v>
+        <v>243</v>
       </c>
       <c r="L34" s="6" t="s">
-        <v>281</v>
+        <v>244</v>
       </c>
       <c r="M34" s="5" t="s">
-        <v>282</v>
+        <v>245</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="5" t="s">
-        <v>283</v>
+        <v>246</v>
       </c>
       <c r="B35" s="5" t="s">
-        <v>14</v>
+        <v>44</v>
       </c>
       <c r="C35" s="5" t="s">
-        <v>46</v>
+        <v>247</v>
       </c>
       <c r="D35" s="5" t="s">
-        <v>96</v>
+        <v>78</v>
       </c>
       <c r="E35" s="5" t="s">
-        <v>284</v>
+        <v>248</v>
       </c>
       <c r="F35" s="5" t="s">
-        <v>285</v>
+        <v>136</v>
       </c>
       <c r="G35" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H35" s="5" t="s">
-        <v>286</v>
+        <v>249</v>
       </c>
       <c r="I35" s="5" t="s">
-        <v>287</v>
+        <v>250</v>
       </c>
       <c r="J35" s="5" t="s">
-        <v>288</v>
+        <v>251</v>
       </c>
       <c r="K35" s="5" t="s">
-        <v>289</v>
+        <v>252</v>
       </c>
       <c r="L35" s="6" t="s">
-        <v>290</v>
+        <v>253</v>
       </c>
       <c r="M35" s="5" t="s">
-        <v>291</v>
+        <v>254</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="5" t="s">
-        <v>292</v>
+        <v>255</v>
       </c>
       <c r="B36" s="5" t="s">
-        <v>14</v>
+        <v>134</v>
       </c>
       <c r="C36" s="5" t="s">
-        <v>16</v>
+        <v>35</v>
       </c>
       <c r="D36" s="5" t="s">
-        <v>15</v>
+        <v>256</v>
       </c>
       <c r="E36" s="5" t="s">
-        <v>18</v>
+        <v>257</v>
       </c>
       <c r="F36" s="5" t="s">
-        <v>112</v>
+        <v>145</v>
       </c>
       <c r="G36" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H36" s="5" t="s">
-        <v>293</v>
-[...1 lines deleted...]
-      <c r="I36" s="5"/>
+        <v>258</v>
+      </c>
+      <c r="I36" s="5" t="s">
+        <v>259</v>
+      </c>
       <c r="J36" s="5" t="s">
-        <v>279</v>
+        <v>260</v>
       </c>
       <c r="K36" s="5" t="s">
-        <v>294</v>
+        <v>261</v>
       </c>
       <c r="L36" s="6" t="s">
-        <v>295</v>
+        <v>262</v>
       </c>
       <c r="M36" s="5" t="s">
-        <v>296</v>
+        <v>263</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="5" t="s">
-        <v>297</v>
+        <v>264</v>
       </c>
       <c r="B37" s="5" t="s">
-        <v>14</v>
+        <v>70</v>
       </c>
       <c r="C37" s="5" t="s">
-        <v>298</v>
+        <v>35</v>
       </c>
       <c r="D37" s="5" t="s">
-        <v>299</v>
+        <v>45</v>
       </c>
       <c r="E37" s="5" t="s">
-        <v>18</v>
-[...9 lines deleted...]
-        </is>
+        <v>265</v>
+      </c>
+      <c r="F37" s="5" t="s">
+        <v>79</v>
+      </c>
+      <c r="G37" s="5" t="s">
+        <v>266</v>
       </c>
       <c r="H37" s="5" t="s">
-        <v>300</v>
-[...3 lines deleted...]
-      </c>
+        <v>267</v>
+      </c>
+      <c r="I37" s="5"/>
       <c r="J37" s="5" t="s">
-        <v>302</v>
+        <v>268</v>
       </c>
       <c r="K37" s="5" t="s">
-        <v>303</v>
+        <v>269</v>
       </c>
       <c r="L37" s="6" t="s">
-        <v>304</v>
+        <v>270</v>
       </c>
       <c r="M37" s="5" t="s">
-        <v>305</v>
+        <v>271</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="5" t="s">
-        <v>306</v>
+        <v>272</v>
       </c>
       <c r="B38" s="5" t="s">
-        <v>14</v>
+        <v>44</v>
       </c>
       <c r="C38" s="5" t="s">
-        <v>16</v>
+        <v>45</v>
       </c>
       <c r="D38" s="5" t="s">
-        <v>15</v>
+        <v>55</v>
       </c>
       <c r="E38" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F38" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G38" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H38" s="5" t="s">
-        <v>307</v>
-[...1 lines deleted...]
-      <c r="I38" s="5"/>
+        <v>273</v>
+      </c>
+      <c r="I38" s="5" t="s">
+        <v>274</v>
+      </c>
       <c r="J38" s="5" t="s">
-        <v>279</v>
+        <v>275</v>
       </c>
       <c r="K38" s="5" t="s">
-        <v>308</v>
+        <v>276</v>
       </c>
       <c r="L38" s="6" t="s">
-        <v>309</v>
+        <v>277</v>
       </c>
       <c r="M38" s="5" t="s">
-        <v>310</v>
+        <v>278</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="5" t="s">
-        <v>311</v>
+        <v>279</v>
       </c>
       <c r="B39" s="5" t="s">
-        <v>312</v>
+        <v>44</v>
       </c>
       <c r="C39" s="5" t="s">
-        <v>313</v>
-[...4 lines deleted...]
-        </is>
+        <v>45</v>
+      </c>
+      <c r="D39" s="5" t="s">
+        <v>55</v>
       </c>
       <c r="E39" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F39" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F39" s="5" t="s">
+        <v>280</v>
       </c>
       <c r="G39" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H39" s="5" t="s">
-        <v>314</v>
-[...5 lines deleted...]
-        </is>
+        <v>281</v>
+      </c>
+      <c r="I39" s="5" t="s">
+        <v>282</v>
+      </c>
+      <c r="J39" s="5" t="s">
+        <v>283</v>
       </c>
       <c r="K39" s="5" t="s">
-        <v>315</v>
+        <v>284</v>
       </c>
       <c r="L39" s="6" t="s">
-        <v>316</v>
-[...1 lines deleted...]
-      <c r="M39" s="5"/>
+        <v>285</v>
+      </c>
+      <c r="M39" s="5" t="s">
+        <v>286</v>
+      </c>
     </row>
     <row r="40">
       <c r="A40" s="5" t="s">
-        <v>311</v>
+        <v>287</v>
       </c>
       <c r="B40" s="5" t="s">
-        <v>312</v>
+        <v>44</v>
       </c>
       <c r="C40" s="5" t="s">
-        <v>317</v>
-[...4 lines deleted...]
-        </is>
+        <v>35</v>
+      </c>
+      <c r="D40" s="5" t="s">
+        <v>45</v>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F40" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G40" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H40" s="5" t="s">
-        <v>318</v>
-[...5 lines deleted...]
-        </is>
+        <v>288</v>
+      </c>
+      <c r="I40" s="5" t="s">
+        <v>289</v>
+      </c>
+      <c r="J40" s="5" t="s">
+        <v>290</v>
       </c>
       <c r="K40" s="5" t="s">
-        <v>319</v>
+        <v>291</v>
       </c>
       <c r="L40" s="6" t="s">
-        <v>320</v>
-[...1 lines deleted...]
-      <c r="M40" s="5"/>
+        <v>292</v>
+      </c>
+      <c r="M40" s="5" t="s">
+        <v>293</v>
+      </c>
     </row>
     <row r="41">
       <c r="A41" s="5" t="s">
-        <v>311</v>
+        <v>294</v>
       </c>
       <c r="B41" s="5" t="s">
-        <v>312</v>
+        <v>44</v>
       </c>
       <c r="C41" s="5" t="s">
-        <v>321</v>
-[...14 lines deleted...]
-        </is>
+        <v>45</v>
+      </c>
+      <c r="D41" s="5" t="s">
+        <v>55</v>
+      </c>
+      <c r="E41" s="5" t="s">
+        <v>79</v>
+      </c>
+      <c r="F41" s="5" t="s">
+        <v>295</v>
       </c>
       <c r="G41" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H41" s="5" t="s">
-        <v>322</v>
-[...5 lines deleted...]
-        </is>
+        <v>296</v>
+      </c>
+      <c r="I41" s="5" t="s">
+        <v>297</v>
+      </c>
+      <c r="J41" s="5" t="s">
+        <v>298</v>
       </c>
       <c r="K41" s="5" t="s">
-        <v>323</v>
+        <v>299</v>
       </c>
       <c r="L41" s="6" t="s">
-        <v>324</v>
-[...1 lines deleted...]
-      <c r="M41" s="5"/>
+        <v>300</v>
+      </c>
+      <c r="M41" s="5" t="s">
+        <v>301</v>
+      </c>
     </row>
     <row r="42">
       <c r="A42" s="5" t="s">
-        <v>311</v>
+        <v>302</v>
       </c>
       <c r="B42" s="5" t="s">
-        <v>312</v>
+        <v>44</v>
       </c>
       <c r="C42" s="5" t="s">
-        <v>15</v>
-[...4 lines deleted...]
-        </is>
+        <v>45</v>
+      </c>
+      <c r="D42" s="5" t="s">
+        <v>55</v>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F42" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G42" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H42" s="5" t="s">
-        <v>325</v>
-[...8 lines deleted...]
-        <v>326</v>
+        <v>303</v>
+      </c>
+      <c r="I42" s="5" t="s">
+        <v>304</v>
+      </c>
+      <c r="J42" s="5" t="s">
+        <v>305</v>
+      </c>
+      <c r="K42" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L42" s="6" t="s">
-        <v>327</v>
-[...1 lines deleted...]
-      <c r="M42" s="5"/>
+        <v>306</v>
+      </c>
+      <c r="M42" s="5" t="s">
+        <v>307</v>
+      </c>
     </row>
     <row r="43">
       <c r="A43" s="5" t="s">
+        <v>308</v>
+      </c>
+      <c r="B43" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="C43" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="D43" s="5" t="s">
+        <v>89</v>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F43" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G43" s="5" t="s">
+        <v>309</v>
+      </c>
+      <c r="H43" s="5" t="s">
+        <v>310</v>
+      </c>
+      <c r="I43" s="5" t="s">
         <v>311</v>
       </c>
-      <c r="B43" s="5" t="s">
+      <c r="J43" s="5" t="s">
+        <v>93</v>
+      </c>
+      <c r="K43" s="5" t="s">
         <v>312</v>
       </c>
-      <c r="C43" s="5" t="s">
-[...33 lines deleted...]
-      </c>
       <c r="L43" s="6" t="s">
-        <v>331</v>
-[...1 lines deleted...]
-      <c r="M43" s="5"/>
+        <v>313</v>
+      </c>
+      <c r="M43" s="5" t="s">
+        <v>314</v>
+      </c>
     </row>
     <row r="44">
       <c r="A44" s="5" t="s">
-        <v>311</v>
+        <v>315</v>
       </c>
       <c r="B44" s="5" t="s">
-        <v>312</v>
+        <v>44</v>
       </c>
       <c r="C44" s="5" t="s">
-        <v>332</v>
-[...9 lines deleted...]
-        </is>
+        <v>89</v>
+      </c>
+      <c r="D44" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="E44" s="5" t="s">
+        <v>90</v>
       </c>
       <c r="F44" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G44" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H44" s="5" t="s">
-        <v>333</v>
+        <v>316</v>
       </c>
       <c r="I44" s="5"/>
-      <c r="J44" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="J44" s="5" t="s">
+        <v>93</v>
       </c>
       <c r="K44" s="5" t="s">
-        <v>334</v>
+        <v>317</v>
       </c>
       <c r="L44" s="6" t="s">
-        <v>335</v>
-[...1 lines deleted...]
-      <c r="M44" s="5"/>
+        <v>318</v>
+      </c>
+      <c r="M44" s="5" t="s">
+        <v>319</v>
+      </c>
     </row>
     <row r="45">
       <c r="A45" s="5" t="s">
-        <v>311</v>
+        <v>320</v>
       </c>
       <c r="B45" s="5" t="s">
-        <v>312</v>
+        <v>44</v>
       </c>
       <c r="C45" s="5" t="s">
-        <v>336</v>
-[...9 lines deleted...]
-        </is>
+        <v>321</v>
+      </c>
+      <c r="D45" s="5" t="s">
+        <v>256</v>
+      </c>
+      <c r="E45" s="5" t="s">
+        <v>47</v>
       </c>
       <c r="F45" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G45" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H45" s="5" t="s">
-        <v>337</v>
-[...5 lines deleted...]
-        </is>
+        <v>322</v>
+      </c>
+      <c r="I45" s="5" t="s">
+        <v>323</v>
+      </c>
+      <c r="J45" s="5" t="s">
+        <v>324</v>
       </c>
       <c r="K45" s="5" t="s">
-        <v>338</v>
+        <v>325</v>
       </c>
       <c r="L45" s="6" t="s">
-        <v>339</v>
-[...1 lines deleted...]
-      <c r="M45" s="5"/>
+        <v>326</v>
+      </c>
+      <c r="M45" s="5" t="s">
+        <v>327</v>
+      </c>
     </row>
     <row r="46">
       <c r="A46" s="5" t="s">
-        <v>340</v>
+        <v>328</v>
       </c>
       <c r="B46" s="5" t="s">
-        <v>341</v>
+        <v>44</v>
       </c>
       <c r="C46" s="5" t="s">
-        <v>46</v>
-[...9 lines deleted...]
-        </is>
+        <v>35</v>
+      </c>
+      <c r="D46" s="5" t="s">
+        <v>89</v>
+      </c>
+      <c r="E46" s="5" t="s">
+        <v>79</v>
       </c>
       <c r="F46" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G46" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G46" s="5" t="s">
+        <v>329</v>
       </c>
       <c r="H46" s="5" t="s">
-        <v>342</v>
-[...5 lines deleted...]
-        </is>
+        <v>330</v>
+      </c>
+      <c r="I46" s="5" t="s">
+        <v>331</v>
+      </c>
+      <c r="J46" s="5" t="s">
+        <v>93</v>
       </c>
       <c r="K46" s="5" t="s">
-        <v>343</v>
+        <v>332</v>
       </c>
       <c r="L46" s="6" t="s">
-        <v>344</v>
-[...1 lines deleted...]
-      <c r="M46" s="5"/>
+        <v>333</v>
+      </c>
+      <c r="M46" s="5" t="s">
+        <v>334</v>
+      </c>
     </row>
     <row r="47">
       <c r="A47" s="5" t="s">
-        <v>345</v>
+        <v>335</v>
       </c>
       <c r="B47" s="5" t="s">
-        <v>341</v>
+        <v>44</v>
       </c>
       <c r="C47" s="5" t="s">
-        <v>46</v>
-[...9 lines deleted...]
-        </is>
+        <v>89</v>
+      </c>
+      <c r="D47" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="E47" s="5" t="s">
+        <v>90</v>
       </c>
       <c r="F47" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G47" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H47" s="5" t="s">
-        <v>346</v>
-[...10 lines deleted...]
-        </is>
+        <v>336</v>
+      </c>
+      <c r="I47" s="5" t="s">
+        <v>337</v>
+      </c>
+      <c r="J47" s="5" t="s">
+        <v>93</v>
+      </c>
+      <c r="K47" s="5" t="s">
+        <v>338</v>
       </c>
       <c r="L47" s="6" t="s">
-        <v>347</v>
-[...1 lines deleted...]
-      <c r="M47" s="5"/>
+        <v>339</v>
+      </c>
+      <c r="M47" s="5" t="s">
+        <v>340</v>
+      </c>
     </row>
     <row r="48">
       <c r="A48" s="5" t="s">
-        <v>348</v>
+        <v>341</v>
       </c>
       <c r="B48" s="5" t="s">
-        <v>14</v>
+        <v>44</v>
       </c>
       <c r="C48" s="5" t="s">
-        <v>15</v>
+        <v>89</v>
       </c>
       <c r="D48" s="5" t="s">
-        <v>16</v>
+        <v>35</v>
       </c>
       <c r="E48" s="5" t="s">
-        <v>284</v>
+        <v>90</v>
       </c>
       <c r="F48" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G48" s="5" t="s">
-        <v>17</v>
+      <c r="G48" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H48" s="5" t="s">
-        <v>349</v>
+        <v>342</v>
       </c>
       <c r="I48" s="5" t="s">
-        <v>350</v>
+        <v>343</v>
       </c>
       <c r="J48" s="5" t="s">
-        <v>279</v>
+        <v>93</v>
       </c>
       <c r="K48" s="5" t="s">
-        <v>351</v>
+        <v>344</v>
       </c>
       <c r="L48" s="6" t="s">
-        <v>352</v>
+        <v>345</v>
       </c>
       <c r="M48" s="5" t="s">
-        <v>353</v>
+        <v>346</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="5" t="s">
+        <v>347</v>
+      </c>
+      <c r="B49" s="5" t="s">
+        <v>134</v>
+      </c>
+      <c r="C49" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="D49" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="E49" s="5" t="s">
+        <v>348</v>
+      </c>
+      <c r="F49" s="5" t="s">
+        <v>145</v>
+      </c>
+      <c r="G49" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H49" s="5" t="s">
+        <v>349</v>
+      </c>
+      <c r="I49" s="5" t="s">
+        <v>350</v>
+      </c>
+      <c r="J49" s="5" t="s">
+        <v>351</v>
+      </c>
+      <c r="K49" s="5" t="s">
+        <v>352</v>
+      </c>
+      <c r="L49" s="6" t="s">
+        <v>353</v>
+      </c>
+      <c r="M49" s="5" t="s">
         <v>354</v>
-      </c>
-[...38 lines deleted...]
-        <v>360</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="5" t="s">
+        <v>355</v>
+      </c>
+      <c r="B50" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="C50" s="5" t="s">
+        <v>88</v>
+      </c>
+      <c r="D50" s="5" t="s">
+        <v>356</v>
+      </c>
+      <c r="E50" s="5" t="s">
+        <v>90</v>
+      </c>
+      <c r="F50" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G50" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H50" s="5" t="s">
+        <v>357</v>
+      </c>
+      <c r="I50" s="5" t="s">
+        <v>358</v>
+      </c>
+      <c r="J50" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="K50" s="5" t="s">
+        <v>360</v>
+      </c>
+      <c r="L50" s="6" t="s">
         <v>361</v>
       </c>
-      <c r="B50" s="5" t="s">
-[...18 lines deleted...]
-      <c r="G50" s="5" t="s">
+      <c r="M50" s="5" t="s">
         <v>362</v>
       </c>
-      <c r="H50" s="5" t="s">
+    </row>
+    <row r="51">
+      <c r="A51" s="5" t="n">
+        <v>1898</v>
+      </c>
+      <c r="B51" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="C51" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="D51" s="5" t="s">
+        <v>55</v>
+      </c>
+      <c r="E51" s="5" t="s">
+        <v>56</v>
+      </c>
+      <c r="F51" s="5" t="s">
         <v>363</v>
       </c>
-      <c r="I50" s="5" t="s">
+      <c r="G51" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H51" s="5" t="s">
         <v>364</v>
       </c>
-      <c r="J50" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K50" s="5" t="s">
+      <c r="I51" s="5" t="s">
         <v>365</v>
       </c>
-      <c r="L50" s="6" t="s">
+      <c r="J51" s="5" t="s">
         <v>366</v>
       </c>
-      <c r="M50" s="5" t="s">
+      <c r="K51" s="5" t="s">
         <v>367</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A51" s="5" t="s">
+      <c r="L51" s="6" t="s">
         <v>368</v>
       </c>
-      <c r="B51" s="5" t="s">
-[...16 lines deleted...]
-      <c r="G51" s="5" t="s">
+      <c r="M51" s="5" t="s">
         <v>369</v>
-      </c>
-[...16 lines deleted...]
-        <v>374</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="5" t="s">
+        <v>370</v>
+      </c>
+      <c r="B52" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="C52" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="D52" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="E52" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F52" s="5" t="s">
+        <v>79</v>
+      </c>
+      <c r="G52" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H52" s="5" t="s">
+        <v>371</v>
+      </c>
+      <c r="I52" s="5" t="s">
+        <v>372</v>
+      </c>
+      <c r="J52" s="5" t="s">
+        <v>373</v>
+      </c>
+      <c r="K52" s="5" t="s">
+        <v>374</v>
+      </c>
+      <c r="L52" s="6" t="s">
         <v>375</v>
       </c>
-      <c r="B52" s="5" t="s">
-[...18 lines deleted...]
-      <c r="G52" s="5" t="s">
+      <c r="M52" s="5" t="s">
         <v>376</v>
       </c>
-      <c r="H52" s="5" t="s">
+    </row>
+    <row r="53">
+      <c r="A53" s="5" t="n">
+        <v>1898</v>
+      </c>
+      <c r="B53" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="C53" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="D53" s="5" t="s">
+        <v>89</v>
+      </c>
+      <c r="E53" s="5" t="s">
+        <v>79</v>
+      </c>
+      <c r="F53" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G53" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H53" s="5" t="s">
         <v>377</v>
       </c>
-      <c r="I52" s="5"/>
-[...3 lines deleted...]
-      <c r="K52" s="5" t="s">
+      <c r="I53" s="5" t="s">
         <v>378</v>
       </c>
-      <c r="L52" s="6" t="s">
+      <c r="J53" s="5" t="s">
+        <v>93</v>
+      </c>
+      <c r="K53" s="5" t="s">
         <v>379</v>
       </c>
-      <c r="M52" s="5" t="s">
+      <c r="L53" s="6" t="s">
         <v>380</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A53" s="5" t="s">
+      <c r="M53" s="5" t="s">
         <v>381</v>
-      </c>
-[...38 lines deleted...]
-        <v>387</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="5" t="s">
+        <v>382</v>
+      </c>
+      <c r="B54" s="5" t="s">
+        <v>134</v>
+      </c>
+      <c r="C54" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="D54" s="5" t="s">
+        <v>55</v>
+      </c>
+      <c r="E54" s="5" t="s">
+        <v>56</v>
+      </c>
+      <c r="F54" s="5" t="s">
+        <v>383</v>
+      </c>
+      <c r="G54" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H54" s="5" t="s">
+        <v>384</v>
+      </c>
+      <c r="I54" s="5" t="s">
+        <v>385</v>
+      </c>
+      <c r="J54" s="5" t="s">
+        <v>386</v>
+      </c>
+      <c r="K54" s="5" t="s">
+        <v>387</v>
+      </c>
+      <c r="L54" s="6" t="s">
         <v>388</v>
       </c>
-      <c r="B54" s="5" t="s">
-[...21 lines deleted...]
-      <c r="H54" s="5" t="s">
+      <c r="M54" s="5" t="s">
         <v>389</v>
-      </c>
-[...13 lines deleted...]
-        <v>393</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="5" t="s">
+        <v>382</v>
+      </c>
+      <c r="B55" s="5" t="s">
+        <v>134</v>
+      </c>
+      <c r="C55" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="D55" s="5" t="s">
+        <v>55</v>
+      </c>
+      <c r="E55" s="5" t="s">
+        <v>56</v>
+      </c>
+      <c r="F55" s="5" t="s">
+        <v>79</v>
+      </c>
+      <c r="G55" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H55" s="5" t="s">
+        <v>390</v>
+      </c>
+      <c r="I55" s="5"/>
+      <c r="J55" s="5" t="s">
+        <v>391</v>
+      </c>
+      <c r="K55" s="5" t="s">
+        <v>392</v>
+      </c>
+      <c r="L55" s="6" t="s">
+        <v>393</v>
+      </c>
+      <c r="M55" s="5" t="s">
         <v>394</v>
-      </c>
-[...38 lines deleted...]
-        <v>400</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="5" t="s">
-        <v>401</v>
+        <v>395</v>
       </c>
       <c r="B56" s="5" t="s">
-        <v>14</v>
+        <v>44</v>
       </c>
       <c r="C56" s="5" t="s">
-        <v>16</v>
+        <v>89</v>
       </c>
       <c r="D56" s="5" t="s">
-        <v>15</v>
+        <v>35</v>
       </c>
       <c r="E56" s="5" t="s">
-        <v>18</v>
-[...4 lines deleted...]
-        </is>
+        <v>90</v>
+      </c>
+      <c r="F56" s="5" t="s">
+        <v>56</v>
       </c>
       <c r="G56" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H56" s="5" t="s">
-        <v>402</v>
+        <v>396</v>
       </c>
       <c r="I56" s="5" t="s">
-        <v>403</v>
+        <v>397</v>
       </c>
       <c r="J56" s="5" t="s">
-        <v>279</v>
+        <v>93</v>
       </c>
       <c r="K56" s="5" t="s">
-        <v>404</v>
+        <v>398</v>
       </c>
       <c r="L56" s="6" t="s">
-        <v>405</v>
+        <v>399</v>
       </c>
       <c r="M56" s="5" t="s">
-        <v>406</v>
+        <v>400</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="5" t="s">
-        <v>407</v>
+        <v>401</v>
       </c>
       <c r="B57" s="5" t="s">
-        <v>14</v>
+        <v>44</v>
       </c>
       <c r="C57" s="5" t="s">
-        <v>15</v>
+        <v>89</v>
       </c>
       <c r="D57" s="5" t="s">
-        <v>16</v>
+        <v>35</v>
       </c>
       <c r="E57" s="5" t="s">
-        <v>284</v>
-[...7 lines deleted...]
-        <v>408</v>
+        <v>90</v>
+      </c>
+      <c r="F57" s="5" t="s">
+        <v>56</v>
+      </c>
+      <c r="G57" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H57" s="5" t="s">
-        <v>409</v>
+        <v>402</v>
       </c>
       <c r="I57" s="5"/>
       <c r="J57" s="5" t="s">
-        <v>279</v>
+        <v>93</v>
       </c>
       <c r="K57" s="5" t="s">
-        <v>410</v>
+        <v>403</v>
       </c>
       <c r="L57" s="6" t="s">
-        <v>411</v>
+        <v>404</v>
       </c>
       <c r="M57" s="5" t="s">
-        <v>412</v>
+        <v>405</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="5" t="s">
+        <v>406</v>
+      </c>
+      <c r="B58" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="C58" s="5" t="s">
+        <v>88</v>
+      </c>
+      <c r="D58" s="5" t="s">
+        <v>407</v>
+      </c>
+      <c r="E58" s="5" t="s">
+        <v>90</v>
+      </c>
+      <c r="F58" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G58" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H58" s="5" t="s">
+        <v>408</v>
+      </c>
+      <c r="I58" s="5" t="s">
+        <v>409</v>
+      </c>
+      <c r="J58" s="5" t="s">
+        <v>410</v>
+      </c>
+      <c r="K58" s="5" t="s">
+        <v>411</v>
+      </c>
+      <c r="L58" s="6" t="s">
+        <v>412</v>
+      </c>
+      <c r="M58" s="5" t="s">
         <v>413</v>
-      </c>
-[...36 lines deleted...]
-        <v>418</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="5" t="s">
-        <v>419</v>
+        <v>406</v>
       </c>
       <c r="B59" s="5" t="s">
-        <v>14</v>
+        <v>44</v>
       </c>
       <c r="C59" s="5" t="s">
-        <v>15</v>
+        <v>89</v>
       </c>
       <c r="D59" s="5" t="s">
-        <v>16</v>
+        <v>35</v>
       </c>
       <c r="E59" s="5" t="s">
-        <v>284</v>
-[...7 lines deleted...]
-        <v>420</v>
+        <v>90</v>
+      </c>
+      <c r="F59" s="5" t="s">
+        <v>56</v>
+      </c>
+      <c r="G59" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H59" s="5" t="s">
-        <v>421</v>
-[...3 lines deleted...]
-      </c>
+        <v>414</v>
+      </c>
+      <c r="I59" s="5"/>
       <c r="J59" s="5" t="s">
-        <v>279</v>
+        <v>93</v>
       </c>
       <c r="K59" s="5" t="s">
-        <v>423</v>
+        <v>415</v>
       </c>
       <c r="L59" s="6" t="s">
-        <v>424</v>
+        <v>416</v>
       </c>
       <c r="M59" s="5" t="s">
-        <v>425</v>
+        <v>417</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="5" t="s">
-        <v>426</v>
+        <v>418</v>
       </c>
       <c r="B60" s="5" t="s">
-        <v>14</v>
+        <v>44</v>
       </c>
       <c r="C60" s="5" t="s">
-        <v>15</v>
+        <v>89</v>
       </c>
       <c r="D60" s="5" t="s">
-        <v>16</v>
-[...12 lines deleted...]
-        <v>427</v>
+        <v>35</v>
+      </c>
+      <c r="E60" s="5" t="s">
+        <v>90</v>
+      </c>
+      <c r="F60" s="5" t="s">
+        <v>56</v>
+      </c>
+      <c r="G60" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H60" s="5" t="s">
-        <v>428</v>
+        <v>419</v>
       </c>
       <c r="I60" s="5"/>
       <c r="J60" s="5" t="s">
-        <v>279</v>
+        <v>93</v>
       </c>
       <c r="K60" s="5" t="s">
-        <v>429</v>
+        <v>420</v>
       </c>
       <c r="L60" s="6" t="s">
-        <v>430</v>
+        <v>421</v>
       </c>
       <c r="M60" s="5" t="s">
-        <v>431</v>
+        <v>422</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="5" t="s">
-        <v>432</v>
+        <v>423</v>
       </c>
       <c r="B61" s="5" t="s">
-        <v>14</v>
+        <v>44</v>
       </c>
       <c r="C61" s="5" t="s">
-        <v>15</v>
+        <v>256</v>
       </c>
       <c r="D61" s="5" t="s">
-        <v>25</v>
+        <v>45</v>
       </c>
       <c r="E61" s="5" t="s">
-        <v>145</v>
+        <v>424</v>
       </c>
       <c r="F61" s="5" t="s">
-        <v>433</v>
-[...2 lines deleted...]
-        <v>434</v>
+        <v>136</v>
+      </c>
+      <c r="G61" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H61" s="5" t="s">
-        <v>435</v>
+        <v>425</v>
       </c>
       <c r="I61" s="5" t="s">
-        <v>436</v>
+        <v>426</v>
       </c>
       <c r="J61" s="5" t="s">
-        <v>302</v>
+        <v>427</v>
       </c>
       <c r="K61" s="5" t="s">
-        <v>437</v>
+        <v>428</v>
       </c>
       <c r="L61" s="6" t="s">
-        <v>438</v>
+        <v>429</v>
       </c>
       <c r="M61" s="5" t="s">
-        <v>439</v>
+        <v>430</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="5" t="s">
-        <v>440</v>
+        <v>431</v>
       </c>
       <c r="B62" s="5" t="s">
-        <v>14</v>
+        <v>44</v>
       </c>
       <c r="C62" s="5" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="D62" s="5" t="s">
-        <v>25</v>
-[...7 lines deleted...]
-        <v>441</v>
+        <v>89</v>
+      </c>
+      <c r="E62" s="5" t="s">
+        <v>79</v>
+      </c>
+      <c r="F62" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G62" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H62" s="5" t="s">
-        <v>442</v>
+        <v>432</v>
       </c>
       <c r="I62" s="5" t="s">
-        <v>443</v>
+        <v>433</v>
       </c>
       <c r="J62" s="5" t="s">
-        <v>444</v>
+        <v>93</v>
       </c>
       <c r="K62" s="5" t="s">
-        <v>445</v>
+        <v>434</v>
       </c>
       <c r="L62" s="6" t="s">
-        <v>446</v>
+        <v>435</v>
       </c>
       <c r="M62" s="5" t="s">
-        <v>447</v>
+        <v>436</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="5" t="s">
-        <v>448</v>
+        <v>437</v>
       </c>
       <c r="B63" s="5" t="s">
-        <v>14</v>
+        <v>44</v>
       </c>
       <c r="C63" s="5" t="s">
-        <v>449</v>
+        <v>35</v>
       </c>
       <c r="D63" s="5" t="s">
-        <v>46</v>
+        <v>89</v>
       </c>
       <c r="E63" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F63" s="5" t="s">
+      <c r="F63" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G63" s="5" t="s">
+        <v>438</v>
+      </c>
+      <c r="H63" s="5" t="s">
+        <v>439</v>
+      </c>
+      <c r="I63" s="5" t="s">
+        <v>440</v>
+      </c>
+      <c r="J63" s="5" t="s">
+        <v>93</v>
+      </c>
+      <c r="K63" s="5" t="s">
         <v>441</v>
       </c>
-      <c r="G63" s="5" t="inlineStr">
-[...13 lines deleted...]
-      </c>
       <c r="L63" s="6" t="s">
-        <v>453</v>
+        <v>442</v>
       </c>
       <c r="M63" s="5" t="s">
-        <v>454</v>
+        <v>443</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="5" t="s">
-        <v>455</v>
+        <v>444</v>
       </c>
       <c r="B64" s="5" t="s">
-        <v>14</v>
+        <v>44</v>
       </c>
       <c r="C64" s="5" t="s">
-        <v>15</v>
+        <v>35</v>
       </c>
       <c r="D64" s="5" t="s">
-        <v>25</v>
-[...7 lines deleted...]
-        <v>284</v>
+        <v>89</v>
+      </c>
+      <c r="E64" s="5" t="s">
+        <v>79</v>
+      </c>
+      <c r="F64" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G64" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H64" s="5" t="s">
-        <v>456</v>
+        <v>445</v>
       </c>
       <c r="I64" s="5" t="s">
-        <v>457</v>
+        <v>446</v>
       </c>
       <c r="J64" s="5" t="s">
-        <v>458</v>
+        <v>93</v>
       </c>
       <c r="K64" s="5" t="s">
-        <v>459</v>
+        <v>447</v>
       </c>
       <c r="L64" s="6" t="s">
-        <v>460</v>
+        <v>448</v>
       </c>
       <c r="M64" s="5" t="s">
-        <v>461</v>
+        <v>449</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="5" t="s">
-        <v>462</v>
+        <v>450</v>
       </c>
       <c r="B65" s="5" t="s">
-        <v>14</v>
+        <v>44</v>
       </c>
       <c r="C65" s="5" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="D65" s="5" t="s">
-        <v>25</v>
+        <v>89</v>
       </c>
       <c r="E65" s="5" t="s">
-        <v>463</v>
-[...7 lines deleted...]
-        </is>
+        <v>79</v>
+      </c>
+      <c r="F65" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G65" s="5" t="s">
+        <v>451</v>
       </c>
       <c r="H65" s="5" t="s">
-        <v>464</v>
+        <v>452</v>
       </c>
       <c r="I65" s="5" t="s">
-        <v>465</v>
+        <v>453</v>
       </c>
       <c r="J65" s="5" t="s">
-        <v>466</v>
+        <v>93</v>
       </c>
       <c r="K65" s="5" t="s">
-        <v>467</v>
+        <v>454</v>
       </c>
       <c r="L65" s="6" t="s">
-        <v>468</v>
+        <v>455</v>
       </c>
       <c r="M65" s="5" t="s">
-        <v>469</v>
+        <v>456</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="5" t="s">
-        <v>470</v>
+        <v>457</v>
       </c>
       <c r="B66" s="5" t="s">
-        <v>14</v>
+        <v>44</v>
       </c>
       <c r="C66" s="5" t="s">
-        <v>96</v>
+        <v>256</v>
       </c>
       <c r="D66" s="5" t="s">
-        <v>25</v>
+        <v>45</v>
       </c>
       <c r="E66" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F66" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F66" s="5" t="s">
+        <v>383</v>
       </c>
       <c r="G66" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H66" s="5" t="s">
-        <v>471</v>
-[...1 lines deleted...]
-      <c r="I66" s="5"/>
+        <v>458</v>
+      </c>
+      <c r="I66" s="5" t="s">
+        <v>459</v>
+      </c>
       <c r="J66" s="5" t="s">
-        <v>472</v>
+        <v>460</v>
       </c>
       <c r="K66" s="5" t="s">
-        <v>473</v>
+        <v>461</v>
       </c>
       <c r="L66" s="6" t="s">
-        <v>474</v>
+        <v>462</v>
       </c>
       <c r="M66" s="5" t="s">
-        <v>475</v>
+        <v>463</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="5" t="s">
-        <v>476</v>
+        <v>464</v>
       </c>
       <c r="B67" s="5" t="s">
-        <v>14</v>
+        <v>44</v>
       </c>
       <c r="C67" s="5" t="s">
-        <v>15</v>
+        <v>35</v>
       </c>
       <c r="D67" s="5" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>284</v>
+        <v>89</v>
+      </c>
+      <c r="E67" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F67" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G67" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G67" s="5" t="s">
+        <v>465</v>
       </c>
       <c r="H67" s="5" t="s">
-        <v>477</v>
-[...3 lines deleted...]
-      </c>
+        <v>466</v>
+      </c>
+      <c r="I67" s="5"/>
       <c r="J67" s="5" t="s">
-        <v>279</v>
+        <v>93</v>
       </c>
       <c r="K67" s="5" t="s">
-        <v>479</v>
+        <v>467</v>
       </c>
       <c r="L67" s="6" t="s">
-        <v>480</v>
+        <v>468</v>
       </c>
       <c r="M67" s="5" t="s">
-        <v>481</v>
+        <v>469</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="5" t="s">
-        <v>482</v>
+        <v>464</v>
       </c>
       <c r="B68" s="5" t="s">
-        <v>14</v>
+        <v>44</v>
       </c>
       <c r="C68" s="5" t="s">
-        <v>25</v>
+        <v>89</v>
       </c>
       <c r="D68" s="5" t="s">
-        <v>46</v>
-[...7 lines deleted...]
-        <v>441</v>
+        <v>35</v>
+      </c>
+      <c r="E68" s="5" t="s">
+        <v>90</v>
+      </c>
+      <c r="F68" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G68" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H68" s="5" t="s">
-        <v>483</v>
+        <v>470</v>
       </c>
       <c r="I68" s="5"/>
       <c r="J68" s="5" t="s">
-        <v>484</v>
+        <v>93</v>
       </c>
       <c r="K68" s="5" t="s">
-        <v>485</v>
+        <v>471</v>
       </c>
       <c r="L68" s="6" t="s">
-        <v>486</v>
+        <v>472</v>
       </c>
       <c r="M68" s="5" t="s">
-        <v>487</v>
+        <v>473</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="5" t="s">
-        <v>488</v>
+        <v>474</v>
       </c>
       <c r="B69" s="5" t="s">
-        <v>128</v>
+        <v>44</v>
       </c>
       <c r="C69" s="5" t="s">
-        <v>15</v>
+        <v>35</v>
       </c>
       <c r="D69" s="5" t="s">
-        <v>25</v>
-[...10 lines deleted...]
-        </is>
+        <v>89</v>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F69" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G69" s="5" t="s">
+        <v>475</v>
       </c>
       <c r="H69" s="5" t="s">
-        <v>490</v>
+        <v>476</v>
       </c>
       <c r="I69" s="5" t="s">
-        <v>491</v>
+        <v>477</v>
       </c>
       <c r="J69" s="5" t="s">
-        <v>492</v>
+        <v>93</v>
       </c>
       <c r="K69" s="5" t="s">
-        <v>493</v>
+        <v>478</v>
       </c>
       <c r="L69" s="6" t="s">
-        <v>494</v>
+        <v>479</v>
       </c>
       <c r="M69" s="5" t="s">
-        <v>495</v>
+        <v>480</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="5" t="s">
-        <v>213</v>
+        <v>481</v>
       </c>
       <c r="B70" s="5" t="s">
-        <v>128</v>
+        <v>44</v>
       </c>
       <c r="C70" s="5" t="s">
-        <v>25</v>
+        <v>88</v>
       </c>
       <c r="D70" s="5" t="s">
-        <v>26</v>
+        <v>89</v>
       </c>
       <c r="E70" s="5" t="s">
-        <v>112</v>
+        <v>90</v>
       </c>
       <c r="F70" s="5" t="s">
-        <v>284</v>
+        <v>56</v>
       </c>
       <c r="G70" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H70" s="5" t="s">
-        <v>496</v>
+        <v>482</v>
       </c>
       <c r="I70" s="5"/>
       <c r="J70" s="5" t="s">
-        <v>497</v>
-[...2 lines deleted...]
-        <v>498</v>
+        <v>93</v>
+      </c>
+      <c r="K70" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L70" s="6" t="s">
-        <v>499</v>
+        <v>483</v>
       </c>
       <c r="M70" s="5" t="s">
-        <v>500</v>
+        <v>484</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="5" t="s">
-        <v>501</v>
+        <v>485</v>
       </c>
       <c r="B71" s="5" t="s">
-        <v>14</v>
+        <v>44</v>
       </c>
       <c r="C71" s="5" t="s">
-        <v>502</v>
+        <v>35</v>
       </c>
       <c r="D71" s="5" t="s">
-        <v>46</v>
-[...5 lines deleted...]
-        <v>284</v>
+        <v>89</v>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F71" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G71" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H71" s="5" t="s">
-        <v>26</v>
+        <v>486</v>
       </c>
       <c r="I71" s="5" t="s">
-        <v>504</v>
+        <v>487</v>
       </c>
       <c r="J71" s="5" t="s">
-        <v>505</v>
+        <v>93</v>
       </c>
       <c r="K71" s="5" t="s">
-        <v>506</v>
+        <v>488</v>
       </c>
       <c r="L71" s="6" t="s">
-        <v>507</v>
+        <v>489</v>
       </c>
       <c r="M71" s="5" t="s">
-        <v>508</v>
+        <v>490</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="5" t="s">
-        <v>509</v>
+        <v>491</v>
       </c>
       <c r="B72" s="5" t="s">
-        <v>14</v>
+        <v>44</v>
       </c>
       <c r="C72" s="5" t="s">
-        <v>25</v>
+        <v>88</v>
       </c>
       <c r="D72" s="5" t="s">
-        <v>510</v>
+        <v>89</v>
       </c>
       <c r="E72" s="5" t="s">
-        <v>284</v>
+        <v>90</v>
       </c>
       <c r="F72" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G72" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H72" s="5" t="s">
-        <v>511</v>
+        <v>492</v>
       </c>
       <c r="I72" s="5" t="s">
-        <v>512</v>
+        <v>493</v>
       </c>
       <c r="J72" s="5" t="s">
-        <v>513</v>
+        <v>93</v>
       </c>
       <c r="K72" s="5" t="s">
-        <v>514</v>
+        <v>494</v>
       </c>
       <c r="L72" s="6" t="s">
-        <v>515</v>
+        <v>495</v>
       </c>
       <c r="M72" s="5" t="s">
-        <v>516</v>
+        <v>484</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="5" t="s">
-        <v>517</v>
+        <v>496</v>
       </c>
       <c r="B73" s="5" t="s">
-        <v>14</v>
+        <v>44</v>
       </c>
       <c r="C73" s="5" t="s">
-        <v>46</v>
+        <v>89</v>
       </c>
       <c r="D73" s="5" t="s">
-        <v>36</v>
-[...2 lines deleted...]
-        <v>28</v>
+        <v>35</v>
+      </c>
+      <c r="E73" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F73" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G73" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H73" s="5" t="s">
-        <v>518</v>
+        <v>497</v>
       </c>
       <c r="I73" s="5" t="s">
-        <v>519</v>
+        <v>498</v>
       </c>
       <c r="J73" s="5" t="s">
-        <v>520</v>
+        <v>93</v>
       </c>
       <c r="K73" s="5" t="s">
-        <v>521</v>
+        <v>499</v>
       </c>
       <c r="L73" s="6" t="s">
-        <v>522</v>
+        <v>500</v>
       </c>
       <c r="M73" s="5" t="s">
-        <v>523</v>
+        <v>501</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="5" t="s">
-        <v>524</v>
+        <v>502</v>
       </c>
       <c r="B74" s="5" t="s">
-        <v>14</v>
+        <v>44</v>
       </c>
       <c r="C74" s="5" t="s">
-        <v>25</v>
+        <v>89</v>
       </c>
       <c r="D74" s="5" t="s">
-        <v>26</v>
-[...4 lines deleted...]
-        </is>
+        <v>35</v>
+      </c>
+      <c r="E74" s="5" t="s">
+        <v>90</v>
       </c>
       <c r="F74" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G74" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H74" s="5" t="s">
-        <v>525</v>
+        <v>503</v>
       </c>
       <c r="I74" s="5" t="s">
-        <v>526</v>
+        <v>504</v>
       </c>
       <c r="J74" s="5" t="s">
-        <v>527</v>
+        <v>93</v>
       </c>
       <c r="K74" s="5" t="s">
-        <v>528</v>
+        <v>505</v>
       </c>
       <c r="L74" s="6" t="s">
-        <v>529</v>
+        <v>506</v>
       </c>
       <c r="M74" s="5" t="s">
-        <v>530</v>
+        <v>507</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="5" t="s">
-        <v>531</v>
+        <v>508</v>
       </c>
       <c r="B75" s="5" t="s">
-        <v>128</v>
+        <v>44</v>
       </c>
       <c r="C75" s="5" t="s">
-        <v>15</v>
+        <v>89</v>
       </c>
       <c r="D75" s="5" t="s">
-        <v>25</v>
+        <v>35</v>
       </c>
       <c r="E75" s="5" t="s">
-        <v>532</v>
-[...2 lines deleted...]
-        <v>284</v>
+        <v>90</v>
+      </c>
+      <c r="F75" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G75" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H75" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H75" s="5" t="s">
+        <v>509</v>
       </c>
       <c r="I75" s="5" t="s">
-        <v>533</v>
+        <v>510</v>
       </c>
       <c r="J75" s="5" t="s">
-        <v>534</v>
+        <v>93</v>
       </c>
       <c r="K75" s="5" t="s">
-        <v>535</v>
+        <v>511</v>
       </c>
       <c r="L75" s="6" t="s">
-        <v>536</v>
+        <v>512</v>
       </c>
       <c r="M75" s="5" t="s">
-        <v>537</v>
+        <v>513</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="5" t="s">
-        <v>538</v>
+        <v>514</v>
       </c>
       <c r="B76" s="5" t="s">
-        <v>128</v>
+        <v>44</v>
       </c>
       <c r="C76" s="5" t="s">
-        <v>539</v>
+        <v>35</v>
       </c>
       <c r="D76" s="5" t="s">
-        <v>26</v>
-[...7 lines deleted...]
-        <v>284</v>
+        <v>89</v>
+      </c>
+      <c r="E76" s="5" t="s">
+        <v>79</v>
+      </c>
+      <c r="F76" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G76" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H76" s="5" t="s">
-        <v>540</v>
+        <v>515</v>
       </c>
       <c r="I76" s="5" t="s">
-        <v>541</v>
+        <v>516</v>
       </c>
       <c r="J76" s="5" t="s">
-        <v>542</v>
+        <v>93</v>
       </c>
       <c r="K76" s="5" t="s">
-        <v>543</v>
+        <v>517</v>
       </c>
       <c r="L76" s="6" t="s">
-        <v>544</v>
+        <v>518</v>
       </c>
       <c r="M76" s="5" t="s">
-        <v>545</v>
+        <v>519</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="5" t="s">
-        <v>546</v>
+        <v>520</v>
       </c>
       <c r="B77" s="5" t="s">
-        <v>120</v>
+        <v>44</v>
       </c>
       <c r="C77" s="5" t="s">
-        <v>15</v>
+        <v>35</v>
       </c>
       <c r="D77" s="5" t="s">
-        <v>25</v>
+        <v>89</v>
       </c>
       <c r="E77" s="5" t="s">
-        <v>145</v>
-[...5 lines deleted...]
-        <v>547</v>
+        <v>79</v>
+      </c>
+      <c r="F77" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G77" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H77" s="5" t="s">
-        <v>548</v>
+        <v>521</v>
       </c>
       <c r="I77" s="5" t="s">
-        <v>549</v>
+        <v>522</v>
       </c>
       <c r="J77" s="5" t="s">
-        <v>550</v>
+        <v>93</v>
       </c>
       <c r="K77" s="5" t="s">
-        <v>551</v>
+        <v>523</v>
       </c>
       <c r="L77" s="6" t="s">
-        <v>552</v>
+        <v>524</v>
       </c>
       <c r="M77" s="5" t="s">
-        <v>553</v>
+        <v>525</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="5" t="s">
-        <v>554</v>
+        <v>526</v>
       </c>
       <c r="B78" s="5" t="s">
-        <v>128</v>
+        <v>44</v>
       </c>
       <c r="C78" s="5" t="s">
-        <v>15</v>
+        <v>35</v>
       </c>
       <c r="D78" s="5" t="s">
-        <v>25</v>
-[...5 lines deleted...]
-        <v>441</v>
+        <v>89</v>
+      </c>
+      <c r="E78" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F78" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G78" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H78" s="5" t="s">
-        <v>555</v>
+        <v>527</v>
       </c>
       <c r="I78" s="5" t="s">
-        <v>556</v>
+        <v>528</v>
       </c>
       <c r="J78" s="5" t="s">
-        <v>557</v>
+        <v>93</v>
       </c>
       <c r="K78" s="5" t="s">
-        <v>558</v>
+        <v>529</v>
       </c>
       <c r="L78" s="6" t="s">
-        <v>559</v>
+        <v>530</v>
       </c>
       <c r="M78" s="5" t="s">
-        <v>560</v>
+        <v>531</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="5" t="s">
-        <v>561</v>
+        <v>532</v>
       </c>
       <c r="B79" s="5" t="s">
-        <v>128</v>
+        <v>44</v>
       </c>
       <c r="C79" s="5" t="s">
-        <v>15</v>
+        <v>35</v>
       </c>
       <c r="D79" s="5" t="s">
-        <v>25</v>
-[...10 lines deleted...]
-        </is>
+        <v>89</v>
+      </c>
+      <c r="E79" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F79" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G79" s="5" t="s">
+        <v>438</v>
       </c>
       <c r="H79" s="5" t="s">
-        <v>562</v>
+        <v>533</v>
       </c>
       <c r="I79" s="5" t="s">
-        <v>563</v>
+        <v>534</v>
       </c>
       <c r="J79" s="5" t="s">
-        <v>564</v>
+        <v>93</v>
       </c>
       <c r="K79" s="5" t="s">
-        <v>565</v>
+        <v>535</v>
       </c>
       <c r="L79" s="6" t="s">
-        <v>566</v>
+        <v>536</v>
       </c>
       <c r="M79" s="5" t="s">
-        <v>567</v>
+        <v>537</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="5" t="s">
-        <v>568</v>
+        <v>538</v>
       </c>
       <c r="B80" s="5" t="s">
-        <v>128</v>
+        <v>44</v>
       </c>
       <c r="C80" s="5" t="s">
-        <v>15</v>
+        <v>35</v>
       </c>
       <c r="D80" s="5" t="s">
-        <v>25</v>
+        <v>89</v>
       </c>
       <c r="E80" s="5" t="s">
-        <v>145</v>
-[...2 lines deleted...]
-        <v>284</v>
+        <v>79</v>
+      </c>
+      <c r="F80" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G80" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H80" s="5" t="inlineStr">
-[...6 lines deleted...]
-      </c>
+      <c r="H80" s="5" t="s">
+        <v>539</v>
+      </c>
+      <c r="I80" s="5"/>
       <c r="J80" s="5" t="s">
-        <v>570</v>
+        <v>93</v>
       </c>
       <c r="K80" s="5" t="s">
-        <v>571</v>
+        <v>540</v>
       </c>
       <c r="L80" s="6" t="s">
-        <v>572</v>
+        <v>541</v>
       </c>
       <c r="M80" s="5" t="s">
-        <v>573</v>
+        <v>542</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="5" t="s">
-        <v>574</v>
+        <v>543</v>
       </c>
       <c r="B81" s="5" t="s">
-        <v>120</v>
+        <v>44</v>
       </c>
       <c r="C81" s="5" t="s">
-        <v>15</v>
+        <v>35</v>
       </c>
       <c r="D81" s="5" t="s">
-        <v>25</v>
-[...5 lines deleted...]
-        <v>284</v>
+        <v>89</v>
+      </c>
+      <c r="E81" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F81" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G81" s="5" t="s">
-        <v>576</v>
+        <v>544</v>
       </c>
       <c r="H81" s="5" t="s">
-        <v>577</v>
+        <v>545</v>
       </c>
       <c r="I81" s="5"/>
       <c r="J81" s="5" t="s">
-        <v>578</v>
+        <v>93</v>
       </c>
       <c r="K81" s="5" t="s">
-        <v>579</v>
+        <v>546</v>
       </c>
       <c r="L81" s="6" t="s">
-        <v>580</v>
+        <v>547</v>
       </c>
       <c r="M81" s="5" t="s">
-        <v>581</v>
+        <v>548</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="5" t="s">
-        <v>582</v>
+        <v>549</v>
       </c>
       <c r="B82" s="5" t="s">
-        <v>14</v>
+        <v>44</v>
       </c>
       <c r="C82" s="5" t="s">
-        <v>25</v>
+        <v>35</v>
       </c>
       <c r="D82" s="5" t="s">
-        <v>26</v>
+        <v>89</v>
       </c>
       <c r="E82" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F82" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G82" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G82" s="5" t="s">
+        <v>550</v>
       </c>
       <c r="H82" s="5" t="s">
-        <v>583</v>
-[...3 lines deleted...]
-      </c>
+        <v>551</v>
+      </c>
+      <c r="I82" s="5"/>
       <c r="J82" s="5" t="s">
-        <v>585</v>
-[...4 lines deleted...]
-        </is>
+        <v>93</v>
+      </c>
+      <c r="K82" s="5" t="s">
+        <v>552</v>
       </c>
       <c r="L82" s="6" t="s">
-        <v>586</v>
+        <v>553</v>
       </c>
       <c r="M82" s="5" t="s">
-        <v>587</v>
+        <v>554</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="5" t="s">
-        <v>588</v>
+        <v>555</v>
       </c>
       <c r="B83" s="5" t="s">
-        <v>14</v>
+        <v>44</v>
       </c>
       <c r="C83" s="5" t="s">
-        <v>15</v>
+        <v>256</v>
       </c>
       <c r="D83" s="5" t="s">
-        <v>16</v>
-[...7 lines deleted...]
-        </is>
+        <v>45</v>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F83" s="5" t="s">
+        <v>556</v>
       </c>
       <c r="G83" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H83" s="5" t="s">
-        <v>589</v>
-[...1 lines deleted...]
-      <c r="I83" s="5"/>
+        <v>557</v>
+      </c>
+      <c r="I83" s="5" t="s">
+        <v>558</v>
+      </c>
       <c r="J83" s="5" t="s">
-        <v>279</v>
+        <v>559</v>
       </c>
       <c r="K83" s="5" t="s">
-        <v>590</v>
+        <v>560</v>
       </c>
       <c r="L83" s="6" t="s">
-        <v>591</v>
+        <v>561</v>
       </c>
       <c r="M83" s="5" t="s">
-        <v>592</v>
+        <v>562</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="5" t="s">
-        <v>593</v>
+        <v>563</v>
       </c>
       <c r="B84" s="5" t="s">
-        <v>14</v>
+        <v>44</v>
       </c>
       <c r="C84" s="5" t="s">
-        <v>25</v>
+        <v>45</v>
       </c>
       <c r="D84" s="5" t="s">
-        <v>26</v>
+        <v>55</v>
       </c>
       <c r="E84" s="5" t="s">
-        <v>284</v>
+        <v>79</v>
       </c>
       <c r="F84" s="5" t="s">
-        <v>28</v>
+        <v>295</v>
       </c>
       <c r="G84" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H84" s="5" t="s">
-        <v>594</v>
+        <v>564</v>
       </c>
       <c r="I84" s="5" t="s">
-        <v>595</v>
+        <v>565</v>
       </c>
       <c r="J84" s="5" t="s">
-        <v>596</v>
+        <v>566</v>
       </c>
       <c r="K84" s="5" t="s">
-        <v>597</v>
+        <v>567</v>
       </c>
       <c r="L84" s="6" t="s">
-        <v>598</v>
+        <v>568</v>
       </c>
       <c r="M84" s="5" t="s">
-        <v>599</v>
+        <v>569</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="5" t="s">
-        <v>600</v>
+        <v>570</v>
       </c>
       <c r="B85" s="5" t="s">
-        <v>14</v>
+        <v>44</v>
       </c>
       <c r="C85" s="5" t="s">
-        <v>15</v>
+        <v>45</v>
       </c>
       <c r="D85" s="5" t="s">
-        <v>25</v>
+        <v>55</v>
       </c>
       <c r="E85" s="5" t="s">
-        <v>601</v>
+        <v>280</v>
       </c>
       <c r="F85" s="5" t="s">
-        <v>284</v>
+        <v>295</v>
       </c>
       <c r="G85" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H85" s="5" t="s">
-        <v>602</v>
+        <v>571</v>
       </c>
       <c r="I85" s="5" t="s">
-        <v>603</v>
+        <v>572</v>
       </c>
       <c r="J85" s="5" t="s">
-        <v>604</v>
+        <v>573</v>
       </c>
       <c r="K85" s="5" t="s">
-        <v>605</v>
+        <v>574</v>
       </c>
       <c r="L85" s="6" t="s">
-        <v>606</v>
+        <v>575</v>
       </c>
       <c r="M85" s="5" t="s">
-        <v>607</v>
+        <v>576</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="5" t="s">
-        <v>608</v>
+        <v>577</v>
       </c>
       <c r="B86" s="5" t="s">
-        <v>14</v>
+        <v>44</v>
       </c>
       <c r="C86" s="5" t="s">
-        <v>15</v>
+        <v>35</v>
       </c>
       <c r="D86" s="5" t="s">
-        <v>16</v>
+        <v>45</v>
       </c>
       <c r="E86" s="5" t="s">
-        <v>284</v>
-[...4 lines deleted...]
-        </is>
+        <v>578</v>
+      </c>
+      <c r="F86" s="5" t="s">
+        <v>79</v>
       </c>
       <c r="G86" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H86" s="5" t="s">
-        <v>609</v>
+        <v>579</v>
       </c>
       <c r="I86" s="5" t="s">
-        <v>610</v>
+        <v>580</v>
       </c>
       <c r="J86" s="5" t="s">
-        <v>279</v>
+        <v>581</v>
       </c>
       <c r="K86" s="5" t="s">
-        <v>611</v>
+        <v>582</v>
       </c>
       <c r="L86" s="6" t="s">
-        <v>612</v>
+        <v>583</v>
       </c>
       <c r="M86" s="5" t="s">
-        <v>613</v>
+        <v>584</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="5" t="s">
-        <v>614</v>
+        <v>585</v>
       </c>
       <c r="B87" s="5" t="s">
-        <v>14</v>
+        <v>44</v>
       </c>
       <c r="C87" s="5" t="s">
-        <v>15</v>
+        <v>35</v>
       </c>
       <c r="D87" s="5" t="s">
-        <v>16</v>
-[...14 lines deleted...]
-        </is>
+        <v>45</v>
+      </c>
+      <c r="E87" s="5" t="s">
+        <v>167</v>
+      </c>
+      <c r="F87" s="5" t="s">
+        <v>586</v>
+      </c>
+      <c r="G87" s="5" t="s">
+        <v>587</v>
       </c>
       <c r="H87" s="5" t="s">
-        <v>615</v>
+        <v>588</v>
       </c>
       <c r="I87" s="5" t="s">
-        <v>616</v>
+        <v>589</v>
       </c>
       <c r="J87" s="5" t="s">
-        <v>279</v>
+        <v>410</v>
       </c>
       <c r="K87" s="5" t="s">
-        <v>617</v>
+        <v>590</v>
       </c>
       <c r="L87" s="6" t="s">
-        <v>618</v>
+        <v>591</v>
       </c>
       <c r="M87" s="5" t="s">
-        <v>619</v>
+        <v>592</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="5" t="s">
-        <v>620</v>
+        <v>593</v>
       </c>
       <c r="B88" s="5" t="s">
-        <v>14</v>
+        <v>44</v>
       </c>
       <c r="C88" s="5" t="s">
-        <v>298</v>
+        <v>35</v>
       </c>
       <c r="D88" s="5" t="s">
-        <v>16</v>
+        <v>89</v>
       </c>
       <c r="E88" s="5" t="s">
-        <v>18</v>
-[...2 lines deleted...]
-        <v>112</v>
+        <v>79</v>
+      </c>
+      <c r="F88" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G88" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H88" s="5" t="s">
-        <v>621</v>
+        <v>594</v>
       </c>
       <c r="I88" s="5" t="s">
-        <v>622</v>
+        <v>595</v>
       </c>
       <c r="J88" s="5" t="s">
-        <v>279</v>
+        <v>93</v>
       </c>
       <c r="K88" s="5" t="s">
-        <v>623</v>
+        <v>596</v>
       </c>
       <c r="L88" s="6" t="s">
-        <v>624</v>
+        <v>597</v>
       </c>
       <c r="M88" s="5" t="s">
-        <v>625</v>
+        <v>598</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="5" t="s">
-        <v>626</v>
+        <v>599</v>
       </c>
       <c r="B89" s="5" t="s">
-        <v>14</v>
+        <v>44</v>
       </c>
       <c r="C89" s="5" t="s">
-        <v>298</v>
+        <v>35</v>
       </c>
       <c r="D89" s="5" t="s">
-        <v>16</v>
-[...5 lines deleted...]
-        <v>112</v>
+        <v>89</v>
+      </c>
+      <c r="E89" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F89" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G89" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H89" s="5" t="s">
-        <v>627</v>
+        <v>600</v>
       </c>
       <c r="I89" s="5" t="s">
-        <v>628</v>
+        <v>601</v>
       </c>
       <c r="J89" s="5" t="s">
-        <v>279</v>
+        <v>93</v>
       </c>
       <c r="K89" s="5" t="s">
-        <v>629</v>
+        <v>602</v>
       </c>
       <c r="L89" s="6" t="s">
-        <v>630</v>
+        <v>603</v>
       </c>
       <c r="M89" s="5" t="s">
-        <v>631</v>
+        <v>604</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="5" t="s">
-        <v>632</v>
+        <v>605</v>
       </c>
       <c r="B90" s="5" t="s">
-        <v>14</v>
+        <v>44</v>
       </c>
       <c r="C90" s="5" t="s">
-        <v>15</v>
+        <v>45</v>
       </c>
       <c r="D90" s="5" t="s">
-        <v>25</v>
+        <v>606</v>
       </c>
       <c r="E90" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F90" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F90" s="5" t="s">
+        <v>136</v>
       </c>
       <c r="G90" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H90" s="5" t="s">
-        <v>633</v>
-[...3 lines deleted...]
-      </c>
+        <v>607</v>
+      </c>
+      <c r="I90" s="5"/>
       <c r="J90" s="5" t="s">
-        <v>635</v>
+        <v>608</v>
       </c>
       <c r="K90" s="5" t="s">
-        <v>636</v>
+        <v>609</v>
       </c>
       <c r="L90" s="6" t="s">
-        <v>637</v>
+        <v>610</v>
       </c>
       <c r="M90" s="5" t="s">
-        <v>638</v>
+        <v>611</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="5" t="s">
-        <v>639</v>
+        <v>612</v>
       </c>
       <c r="B91" s="5" t="s">
-        <v>14</v>
+        <v>44</v>
       </c>
       <c r="C91" s="5" t="s">
-        <v>16</v>
+        <v>45</v>
       </c>
       <c r="D91" s="5" t="s">
-        <v>15</v>
-[...7 lines deleted...]
-        </is>
+        <v>606</v>
+      </c>
+      <c r="E91" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F91" s="5" t="s">
+        <v>613</v>
       </c>
       <c r="G91" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H91" s="5" t="s">
-        <v>640</v>
+        <v>614</v>
       </c>
       <c r="I91" s="5" t="s">
-        <v>641</v>
+        <v>615</v>
       </c>
       <c r="J91" s="5" t="s">
-        <v>279</v>
+        <v>616</v>
       </c>
       <c r="K91" s="5" t="s">
-        <v>642</v>
+        <v>617</v>
       </c>
       <c r="L91" s="6" t="s">
-        <v>643</v>
+        <v>618</v>
       </c>
       <c r="M91" s="5" t="s">
-        <v>644</v>
+        <v>619</v>
       </c>
     </row>
     <row r="92">
-      <c r="A92" s="5" t="n">
-        <v>1898</v>
+      <c r="A92" s="5" t="s">
+        <v>620</v>
       </c>
       <c r="B92" s="5" t="s">
-        <v>14</v>
+        <v>44</v>
       </c>
       <c r="C92" s="5" t="s">
-        <v>15</v>
+        <v>45</v>
       </c>
       <c r="D92" s="5" t="s">
-        <v>16</v>
-[...7 lines deleted...]
-        </is>
+        <v>55</v>
+      </c>
+      <c r="E92" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F92" s="5" t="s">
+        <v>295</v>
       </c>
       <c r="G92" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H92" s="5" t="s">
-        <v>645</v>
+        <v>621</v>
       </c>
       <c r="I92" s="5" t="s">
-        <v>646</v>
+        <v>622</v>
       </c>
       <c r="J92" s="5" t="s">
-        <v>279</v>
+        <v>623</v>
       </c>
       <c r="K92" s="5" t="s">
-        <v>647</v>
+        <v>624</v>
       </c>
       <c r="L92" s="6" t="s">
-        <v>648</v>
+        <v>625</v>
       </c>
       <c r="M92" s="5" t="s">
-        <v>649</v>
+        <v>626</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="5" t="s">
-        <v>650</v>
+        <v>627</v>
       </c>
       <c r="B93" s="5" t="s">
-        <v>14</v>
+        <v>44</v>
       </c>
       <c r="C93" s="5" t="s">
-        <v>16</v>
+        <v>45</v>
       </c>
       <c r="D93" s="5" t="s">
-        <v>15</v>
+        <v>78</v>
       </c>
       <c r="E93" s="5" t="s">
-        <v>18</v>
+        <v>56</v>
       </c>
       <c r="F93" s="5" t="s">
-        <v>112</v>
+        <v>47</v>
       </c>
       <c r="G93" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H93" s="5" t="s">
-        <v>651</v>
+        <v>628</v>
       </c>
       <c r="I93" s="5" t="s">
-        <v>652</v>
+        <v>629</v>
       </c>
       <c r="J93" s="5" t="s">
-        <v>279</v>
+        <v>630</v>
       </c>
       <c r="K93" s="5" t="s">
-        <v>653</v>
+        <v>631</v>
       </c>
       <c r="L93" s="6" t="s">
-        <v>654</v>
+        <v>632</v>
       </c>
       <c r="M93" s="5" t="s">
-        <v>655</v>
+        <v>633</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="5" t="s">
-        <v>297</v>
+        <v>634</v>
       </c>
       <c r="B94" s="5" t="s">
-        <v>14</v>
+        <v>44</v>
       </c>
       <c r="C94" s="5" t="s">
-        <v>16</v>
+        <v>45</v>
       </c>
       <c r="D94" s="5" t="s">
-        <v>15</v>
+        <v>606</v>
       </c>
       <c r="E94" s="5" t="s">
-        <v>18</v>
+        <v>635</v>
       </c>
       <c r="F94" s="5" t="s">
-        <v>112</v>
+        <v>363</v>
       </c>
       <c r="G94" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H94" s="5" t="s">
-        <v>656</v>
-[...1 lines deleted...]
-      <c r="I94" s="5"/>
+        <v>636</v>
+      </c>
+      <c r="I94" s="5" t="s">
+        <v>637</v>
+      </c>
       <c r="J94" s="5" t="s">
-        <v>279</v>
+        <v>638</v>
       </c>
       <c r="K94" s="5" t="s">
-        <v>657</v>
+        <v>639</v>
       </c>
       <c r="L94" s="6" t="s">
-        <v>658</v>
+        <v>640</v>
       </c>
       <c r="M94" s="5" t="s">
-        <v>659</v>
+        <v>641</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="5" t="s">
-        <v>660</v>
+        <v>642</v>
       </c>
       <c r="B95" s="5" t="s">
-        <v>14</v>
+        <v>44</v>
       </c>
       <c r="C95" s="5" t="s">
-        <v>16</v>
+        <v>45</v>
       </c>
       <c r="D95" s="5" t="s">
-        <v>15</v>
+        <v>606</v>
       </c>
       <c r="E95" s="5" t="s">
-        <v>18</v>
+        <v>643</v>
       </c>
       <c r="F95" s="5" t="s">
-        <v>112</v>
+        <v>363</v>
       </c>
       <c r="G95" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H95" s="5" t="s">
-        <v>661</v>
-[...1 lines deleted...]
-      <c r="I95" s="5"/>
+        <v>644</v>
+      </c>
+      <c r="I95" s="5" t="s">
+        <v>645</v>
+      </c>
       <c r="J95" s="5" t="s">
-        <v>279</v>
+        <v>646</v>
       </c>
       <c r="K95" s="5" t="s">
-        <v>662</v>
+        <v>647</v>
       </c>
       <c r="L95" s="6" t="s">
-        <v>663</v>
+        <v>648</v>
       </c>
       <c r="M95" s="5" t="s">
-        <v>664</v>
+        <v>649</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="5" t="s">
-        <v>375</v>
+        <v>650</v>
       </c>
       <c r="B96" s="5" t="s">
-        <v>14</v>
+        <v>134</v>
       </c>
       <c r="C96" s="5" t="s">
-        <v>16</v>
+        <v>45</v>
       </c>
       <c r="D96" s="5" t="s">
-        <v>15</v>
+        <v>606</v>
       </c>
       <c r="E96" s="5" t="s">
-        <v>18</v>
-[...4 lines deleted...]
-        </is>
+        <v>643</v>
+      </c>
+      <c r="F96" s="5" t="s">
+        <v>47</v>
       </c>
       <c r="G96" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H96" s="5" t="s">
-        <v>665</v>
-[...1 lines deleted...]
-      <c r="I96" s="5"/>
+        <v>651</v>
+      </c>
+      <c r="I96" s="5" t="s">
+        <v>652</v>
+      </c>
       <c r="J96" s="5" t="s">
-        <v>279</v>
+        <v>653</v>
       </c>
       <c r="K96" s="5" t="s">
-        <v>666</v>
+        <v>654</v>
       </c>
       <c r="L96" s="6" t="s">
-        <v>667</v>
+        <v>655</v>
       </c>
       <c r="M96" s="5" t="s">
-        <v>668</v>
+        <v>656</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="5" t="s">
-        <v>669</v>
+        <v>657</v>
       </c>
       <c r="B97" s="5" t="s">
-        <v>14</v>
+        <v>44</v>
       </c>
       <c r="C97" s="5" t="s">
-        <v>298</v>
+        <v>321</v>
       </c>
       <c r="D97" s="5" t="s">
-        <v>16</v>
-[...7 lines deleted...]
-        </is>
+        <v>45</v>
+      </c>
+      <c r="E97" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F97" s="5" t="s">
+        <v>136</v>
       </c>
       <c r="G97" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H97" s="5" t="s">
-        <v>670</v>
+        <v>658</v>
       </c>
       <c r="I97" s="5" t="s">
-        <v>671</v>
+        <v>659</v>
       </c>
       <c r="J97" s="5" t="s">
-        <v>279</v>
+        <v>660</v>
       </c>
       <c r="K97" s="5" t="s">
-        <v>672</v>
+        <v>661</v>
       </c>
       <c r="L97" s="6" t="s">
-        <v>673</v>
+        <v>662</v>
       </c>
       <c r="M97" s="5" t="s">
-        <v>674</v>
+        <v>663</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="5" t="s">
-        <v>675</v>
+        <v>664</v>
       </c>
       <c r="B98" s="5" t="s">
-        <v>14</v>
+        <v>44</v>
       </c>
       <c r="C98" s="5" t="s">
-        <v>16</v>
+        <v>88</v>
       </c>
       <c r="D98" s="5" t="s">
-        <v>15</v>
-[...9 lines deleted...]
-        </is>
+        <v>407</v>
+      </c>
+      <c r="E98" s="5" t="s">
+        <v>90</v>
+      </c>
+      <c r="F98" s="5" t="s">
+        <v>56</v>
       </c>
       <c r="G98" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H98" s="5" t="s">
-        <v>676</v>
+        <v>665</v>
       </c>
       <c r="I98" s="5" t="s">
-        <v>677</v>
+        <v>666</v>
       </c>
       <c r="J98" s="5" t="s">
-        <v>279</v>
+        <v>667</v>
       </c>
       <c r="K98" s="5" t="s">
-        <v>678</v>
+        <v>668</v>
       </c>
       <c r="L98" s="6" t="s">
-        <v>679</v>
+        <v>669</v>
       </c>
       <c r="M98" s="5" t="s">
-        <v>680</v>
+        <v>670</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="5" t="s">
-        <v>681</v>
+        <v>671</v>
       </c>
       <c r="B99" s="5" t="s">
-        <v>14</v>
+        <v>44</v>
       </c>
       <c r="C99" s="5" t="s">
-        <v>16</v>
+        <v>321</v>
       </c>
       <c r="D99" s="5" t="s">
-        <v>15</v>
+        <v>55</v>
       </c>
       <c r="E99" s="5" t="s">
-        <v>18</v>
-[...4 lines deleted...]
-        </is>
+        <v>672</v>
+      </c>
+      <c r="F99" s="5" t="s">
+        <v>673</v>
       </c>
       <c r="G99" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H99" s="5" t="s">
-        <v>682</v>
+        <v>674</v>
       </c>
       <c r="I99" s="5" t="s">
-        <v>683</v>
+        <v>675</v>
       </c>
       <c r="J99" s="5" t="s">
-        <v>279</v>
+        <v>676</v>
       </c>
       <c r="K99" s="5" t="s">
-        <v>684</v>
+        <v>677</v>
       </c>
       <c r="L99" s="6" t="s">
-        <v>685</v>
+        <v>678</v>
       </c>
       <c r="M99" s="5" t="s">
-        <v>686</v>
+        <v>679</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="5" t="s">
+        <v>680</v>
+      </c>
+      <c r="B100" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="C100" s="5" t="s">
+        <v>681</v>
+      </c>
+      <c r="D100" s="5" t="s">
+        <v>606</v>
+      </c>
+      <c r="E100" s="5" t="s">
+        <v>682</v>
+      </c>
+      <c r="F100" s="5" t="s">
+        <v>79</v>
+      </c>
+      <c r="G100" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H100" s="5" t="s">
+        <v>55</v>
+      </c>
+      <c r="I100" s="5" t="s">
+        <v>683</v>
+      </c>
+      <c r="J100" s="5" t="s">
+        <v>684</v>
+      </c>
+      <c r="K100" s="5" t="s">
+        <v>685</v>
+      </c>
+      <c r="L100" s="6" t="s">
+        <v>686</v>
+      </c>
+      <c r="M100" s="5" t="s">
         <v>687</v>
-      </c>
-[...38 lines deleted...]
-        <v>691</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="5" t="s">
+        <v>688</v>
+      </c>
+      <c r="B101" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="C101" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="D101" s="5" t="s">
+        <v>89</v>
+      </c>
+      <c r="E101" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F101" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G101" s="5" t="s">
+        <v>689</v>
+      </c>
+      <c r="H101" s="5" t="s">
+        <v>690</v>
+      </c>
+      <c r="I101" s="5" t="s">
+        <v>691</v>
+      </c>
+      <c r="J101" s="5" t="s">
+        <v>93</v>
+      </c>
+      <c r="K101" s="5" t="s">
         <v>692</v>
       </c>
-      <c r="B101" s="5" t="s">
-[...21 lines deleted...]
-      <c r="H101" s="5" t="s">
+      <c r="L101" s="6" t="s">
         <v>693</v>
       </c>
-      <c r="I101" s="5" t="s">
+      <c r="M101" s="5" t="s">
         <v>694</v>
-      </c>
-[...10 lines deleted...]
-        <v>698</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="5" t="s">
+        <v>695</v>
+      </c>
+      <c r="B102" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="C102" s="5" t="s">
+        <v>89</v>
+      </c>
+      <c r="D102" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="E102" s="5" t="s">
+        <v>90</v>
+      </c>
+      <c r="F102" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G102" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H102" s="5" t="s">
+        <v>696</v>
+      </c>
+      <c r="I102" s="5" t="s">
+        <v>697</v>
+      </c>
+      <c r="J102" s="5" t="s">
+        <v>93</v>
+      </c>
+      <c r="K102" s="5" t="s">
+        <v>698</v>
+      </c>
+      <c r="L102" s="6" t="s">
         <v>699</v>
       </c>
-      <c r="B102" s="5" t="s">
-[...19 lines deleted...]
-      <c r="H102" s="5" t="s">
+      <c r="M102" s="5" t="s">
         <v>700</v>
-      </c>
-[...13 lines deleted...]
-        <v>705</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="5" t="s">
+        <v>701</v>
+      </c>
+      <c r="B103" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="C103" s="5" t="s">
+        <v>89</v>
+      </c>
+      <c r="D103" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="E103" s="5" t="s">
+        <v>90</v>
+      </c>
+      <c r="F103" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G103" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H103" s="5" t="s">
+        <v>702</v>
+      </c>
+      <c r="I103" s="5" t="s">
+        <v>703</v>
+      </c>
+      <c r="J103" s="5" t="s">
+        <v>93</v>
+      </c>
+      <c r="K103" s="5" t="s">
+        <v>704</v>
+      </c>
+      <c r="L103" s="6" t="s">
+        <v>705</v>
+      </c>
+      <c r="M103" s="5" t="s">
         <v>706</v>
-      </c>
-[...38 lines deleted...]
-        <v>713</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="5" t="s">
-        <v>714</v>
+        <v>707</v>
       </c>
       <c r="B104" s="5" t="s">
-        <v>14</v>
+        <v>44</v>
       </c>
       <c r="C104" s="5" t="s">
-        <v>46</v>
+        <v>89</v>
       </c>
       <c r="D104" s="5" t="s">
-        <v>36</v>
-[...4 lines deleted...]
-        </is>
+        <v>35</v>
+      </c>
+      <c r="E104" s="5" t="s">
+        <v>90</v>
       </c>
       <c r="F104" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G104" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H104" s="5" t="s">
-        <v>715</v>
+        <v>708</v>
       </c>
       <c r="I104" s="5" t="s">
-        <v>716</v>
+        <v>709</v>
       </c>
       <c r="J104" s="5" t="s">
-        <v>717</v>
+        <v>93</v>
       </c>
       <c r="K104" s="5" t="s">
-        <v>718</v>
+        <v>710</v>
       </c>
       <c r="L104" s="6" t="s">
-        <v>719</v>
+        <v>711</v>
       </c>
       <c r="M104" s="5" t="s">
-        <v>720</v>
+        <v>712</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="5" t="s">
-        <v>13</v>
+        <v>713</v>
       </c>
       <c r="B105" s="5" t="s">
-        <v>14</v>
+        <v>44</v>
       </c>
       <c r="C105" s="5" t="s">
-        <v>16</v>
+        <v>256</v>
       </c>
       <c r="D105" s="5" t="s">
-        <v>15</v>
-[...10 lines deleted...]
-        <v>721</v>
+        <v>45</v>
+      </c>
+      <c r="E105" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F105" s="5" t="s">
+        <v>714</v>
+      </c>
+      <c r="G105" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H105" s="5" t="s">
-        <v>722</v>
+        <v>715</v>
       </c>
       <c r="I105" s="5" t="s">
-        <v>723</v>
+        <v>716</v>
       </c>
       <c r="J105" s="5" t="s">
-        <v>279</v>
+        <v>717</v>
       </c>
       <c r="K105" s="5" t="s">
-        <v>724</v>
+        <v>718</v>
       </c>
       <c r="L105" s="6" t="s">
-        <v>725</v>
+        <v>719</v>
       </c>
       <c r="M105" s="5" t="s">
-        <v>726</v>
+        <v>720</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="5" t="s">
+        <v>721</v>
+      </c>
+      <c r="B106" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="C106" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="D106" s="5" t="s">
+        <v>606</v>
+      </c>
+      <c r="E106" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F106" s="5" t="s">
+        <v>722</v>
+      </c>
+      <c r="G106" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H106" s="5" t="s">
+        <v>723</v>
+      </c>
+      <c r="I106" s="5" t="s">
+        <v>724</v>
+      </c>
+      <c r="J106" s="5" t="s">
+        <v>725</v>
+      </c>
+      <c r="K106" s="5" t="s">
+        <v>726</v>
+      </c>
+      <c r="L106" s="6" t="s">
         <v>727</v>
       </c>
-      <c r="B106" s="5" t="s">
-[...5 lines deleted...]
-      <c r="D106" s="5" t="s">
+      <c r="M106" s="5" t="s">
         <v>728</v>
-      </c>
-[...27 lines deleted...]
-        <v>735</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="5" t="s">
-        <v>736</v>
+        <v>729</v>
       </c>
       <c r="B107" s="5" t="s">
-        <v>14</v>
+        <v>44</v>
       </c>
       <c r="C107" s="5" t="s">
-        <v>15</v>
+        <v>606</v>
       </c>
       <c r="D107" s="5" t="s">
-        <v>25</v>
+        <v>321</v>
       </c>
       <c r="E107" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F107" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G107" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H107" s="5" t="s">
-        <v>737</v>
-[...1 lines deleted...]
-      <c r="I107" s="5"/>
+        <v>730</v>
+      </c>
+      <c r="I107" s="5" t="s">
+        <v>731</v>
+      </c>
       <c r="J107" s="5" t="s">
-        <v>738</v>
+        <v>732</v>
       </c>
       <c r="K107" s="5" t="s">
-        <v>739</v>
+        <v>733</v>
       </c>
       <c r="L107" s="6" t="s">
-        <v>740</v>
+        <v>734</v>
       </c>
       <c r="M107" s="5" t="s">
-        <v>741</v>
+        <v>735</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="5" t="s">
-        <v>742</v>
+        <v>736</v>
       </c>
       <c r="B108" s="5" t="s">
-        <v>14</v>
+        <v>737</v>
       </c>
       <c r="C108" s="5" t="s">
-        <v>25</v>
-[...8 lines deleted...]
-        <v>743</v>
+        <v>606</v>
+      </c>
+      <c r="D108" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E108" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F108" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G108" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H108" s="5" t="s">
-        <v>744</v>
-[...5 lines deleted...]
-        <v>746</v>
+        <v>738</v>
+      </c>
+      <c r="I108" s="5"/>
+      <c r="J108" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K108" s="5" t="s">
-        <v>747</v>
+        <v>739</v>
       </c>
       <c r="L108" s="6" t="s">
-        <v>748</v>
-[...3 lines deleted...]
-      </c>
+        <v>740</v>
+      </c>
+      <c r="M108" s="5"/>
     </row>
     <row r="109">
       <c r="A109" s="5" t="s">
-        <v>750</v>
+        <v>741</v>
       </c>
       <c r="B109" s="5" t="s">
-        <v>14</v>
+        <v>737</v>
       </c>
       <c r="C109" s="5" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>26</v>
+        <v>606</v>
+      </c>
+      <c r="D109" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E109" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F109" s="5" t="s">
-        <v>751</v>
+      <c r="F109" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G109" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H109" s="5" t="s">
-        <v>752</v>
-[...8 lines deleted...]
-        <v>755</v>
+        <v>742</v>
+      </c>
+      <c r="I109" s="5"/>
+      <c r="J109" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K109" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L109" s="6" t="s">
-        <v>756</v>
-[...3 lines deleted...]
-      </c>
+        <v>743</v>
+      </c>
+      <c r="M109" s="5"/>
     </row>
     <row r="110">
       <c r="A110" s="5" t="s">
-        <v>758</v>
+        <v>744</v>
       </c>
       <c r="B110" s="5" t="s">
-        <v>14</v>
+        <v>44</v>
       </c>
       <c r="C110" s="5" t="s">
-        <v>25</v>
+        <v>606</v>
       </c>
       <c r="D110" s="5" t="s">
-        <v>191</v>
-[...4 lines deleted...]
-        </is>
+        <v>127</v>
+      </c>
+      <c r="E110" s="5" t="s">
+        <v>90</v>
       </c>
       <c r="F110" s="5" t="s">
-        <v>759</v>
+        <v>714</v>
       </c>
       <c r="G110" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H110" s="5" t="s">
-        <v>760</v>
+        <v>745</v>
       </c>
       <c r="I110" s="5" t="s">
-        <v>761</v>
+        <v>746</v>
       </c>
       <c r="J110" s="5" t="s">
-        <v>762</v>
+        <v>747</v>
       </c>
       <c r="K110" s="5" t="s">
-        <v>763</v>
+        <v>748</v>
       </c>
       <c r="L110" s="6" t="s">
-        <v>764</v>
+        <v>749</v>
       </c>
       <c r="M110" s="5" t="s">
-        <v>765</v>
+        <v>750</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="5" t="s">
-        <v>766</v>
+        <v>751</v>
       </c>
       <c r="B111" s="5" t="s">
-        <v>14</v>
+        <v>44</v>
       </c>
       <c r="C111" s="5" t="s">
-        <v>25</v>
+        <v>45</v>
       </c>
       <c r="D111" s="5" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>284</v>
+        <v>606</v>
+      </c>
+      <c r="E111" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F111" s="5" t="s">
-        <v>751</v>
+        <v>722</v>
       </c>
       <c r="G111" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H111" s="5" t="s">
-        <v>767</v>
+        <v>752</v>
       </c>
       <c r="I111" s="5" t="s">
-        <v>768</v>
+        <v>753</v>
       </c>
       <c r="J111" s="5" t="s">
-        <v>769</v>
+        <v>754</v>
       </c>
       <c r="K111" s="5" t="s">
-        <v>770</v>
+        <v>755</v>
       </c>
       <c r="L111" s="6" t="s">
-        <v>771</v>
+        <v>756</v>
       </c>
       <c r="M111" s="5" t="s">
-        <v>772</v>
+        <v>757</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="5" t="s">
-        <v>773</v>
+        <v>758</v>
       </c>
       <c r="B112" s="5" t="s">
-        <v>14</v>
+        <v>44</v>
       </c>
       <c r="C112" s="5" t="s">
-        <v>25</v>
+        <v>606</v>
       </c>
       <c r="D112" s="5" t="s">
-        <v>26</v>
-[...9 lines deleted...]
-        </is>
+        <v>321</v>
+      </c>
+      <c r="E112" s="5" t="s">
+        <v>90</v>
+      </c>
+      <c r="F112" s="5" t="s">
+        <v>383</v>
       </c>
       <c r="G112" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H112" s="5" t="s">
-        <v>774</v>
+        <v>759</v>
       </c>
       <c r="I112" s="5" t="s">
-        <v>775</v>
+        <v>760</v>
       </c>
       <c r="J112" s="5" t="s">
-        <v>776</v>
+        <v>761</v>
       </c>
       <c r="K112" s="5" t="s">
-        <v>777</v>
+        <v>762</v>
       </c>
       <c r="L112" s="6" t="s">
-        <v>778</v>
+        <v>763</v>
       </c>
       <c r="M112" s="5" t="s">
-        <v>779</v>
+        <v>764</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="5" t="s">
-        <v>780</v>
+        <v>765</v>
       </c>
       <c r="B113" s="5" t="s">
-        <v>14</v>
+        <v>44</v>
       </c>
       <c r="C113" s="5" t="s">
-        <v>298</v>
+        <v>88</v>
       </c>
       <c r="D113" s="5" t="s">
-        <v>781</v>
+        <v>407</v>
       </c>
       <c r="E113" s="5" t="s">
-        <v>18</v>
-[...4 lines deleted...]
-        </is>
+        <v>90</v>
+      </c>
+      <c r="F113" s="5" t="s">
+        <v>766</v>
       </c>
       <c r="G113" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H113" s="5" t="s">
-        <v>782</v>
+        <v>767</v>
       </c>
       <c r="I113" s="5" t="s">
-        <v>783</v>
+        <v>768</v>
       </c>
       <c r="J113" s="5" t="s">
-        <v>784</v>
+        <v>410</v>
       </c>
       <c r="K113" s="5" t="s">
-        <v>785</v>
+        <v>769</v>
       </c>
       <c r="L113" s="6" t="s">
-        <v>786</v>
+        <v>770</v>
       </c>
       <c r="M113" s="5" t="s">
-        <v>787</v>
+        <v>771</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="5" t="s">
-        <v>788</v>
+        <v>772</v>
       </c>
       <c r="B114" s="5" t="s">
-        <v>14</v>
+        <v>44</v>
       </c>
       <c r="C114" s="5" t="s">
-        <v>15</v>
+        <v>35</v>
       </c>
       <c r="D114" s="5" t="s">
-        <v>16</v>
+        <v>89</v>
       </c>
       <c r="E114" s="5" t="s">
-        <v>284</v>
+        <v>79</v>
       </c>
       <c r="F114" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G114" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G114" s="5" t="s">
+        <v>773</v>
       </c>
       <c r="H114" s="5" t="s">
-        <v>789</v>
-[...3 lines deleted...]
-      </c>
+        <v>774</v>
+      </c>
+      <c r="I114" s="5"/>
       <c r="J114" s="5" t="s">
-        <v>279</v>
+        <v>93</v>
       </c>
       <c r="K114" s="5" t="s">
-        <v>791</v>
+        <v>775</v>
       </c>
       <c r="L114" s="6" t="s">
-        <v>792</v>
+        <v>776</v>
       </c>
       <c r="M114" s="5" t="s">
-        <v>793</v>
+        <v>777</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="5" t="s">
-        <v>794</v>
+        <v>778</v>
       </c>
       <c r="B115" s="5" t="s">
-        <v>14</v>
+        <v>44</v>
       </c>
       <c r="C115" s="5" t="s">
-        <v>15</v>
+        <v>45</v>
       </c>
       <c r="D115" s="5" t="s">
-        <v>16</v>
+        <v>509</v>
       </c>
       <c r="E115" s="5" t="s">
-        <v>284</v>
+        <v>79</v>
       </c>
       <c r="F115" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G115" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H115" s="5" t="s">
-        <v>795</v>
+        <v>779</v>
       </c>
       <c r="I115" s="5" t="s">
-        <v>796</v>
+        <v>780</v>
       </c>
       <c r="J115" s="5" t="s">
-        <v>279</v>
+        <v>781</v>
       </c>
       <c r="K115" s="5" t="s">
-        <v>797</v>
+        <v>782</v>
       </c>
       <c r="L115" s="6" t="s">
-        <v>798</v>
+        <v>783</v>
       </c>
       <c r="M115" s="5" t="s">
-        <v>799</v>
+        <v>784</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="5" t="s">
-        <v>800</v>
+        <v>785</v>
       </c>
       <c r="B116" s="5" t="s">
-        <v>14</v>
+        <v>44</v>
       </c>
       <c r="C116" s="5" t="s">
-        <v>15</v>
+        <v>35</v>
       </c>
       <c r="D116" s="5" t="s">
-        <v>16</v>
-[...9 lines deleted...]
-        </is>
+        <v>89</v>
+      </c>
+      <c r="E116" s="5" t="s">
+        <v>329</v>
+      </c>
+      <c r="F116" s="5" t="s">
+        <v>90</v>
       </c>
       <c r="G116" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H116" s="5" t="s">
-        <v>801</v>
-[...3 lines deleted...]
-      </c>
+        <v>786</v>
+      </c>
+      <c r="I116" s="5"/>
       <c r="J116" s="5" t="s">
-        <v>279</v>
+        <v>787</v>
       </c>
       <c r="K116" s="5" t="s">
-        <v>803</v>
+        <v>788</v>
       </c>
       <c r="L116" s="6" t="s">
-        <v>804</v>
+        <v>789</v>
       </c>
       <c r="M116" s="5" t="s">
-        <v>805</v>
+        <v>790</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="5" t="s">
-        <v>806</v>
+        <v>785</v>
       </c>
       <c r="B117" s="5" t="s">
-        <v>14</v>
+        <v>44</v>
       </c>
       <c r="C117" s="5" t="s">
-        <v>15</v>
+        <v>89</v>
       </c>
       <c r="D117" s="5" t="s">
-        <v>16</v>
+        <v>35</v>
       </c>
       <c r="E117" s="5" t="s">
-        <v>284</v>
+        <v>90</v>
       </c>
       <c r="F117" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G117" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G117" s="5" t="s">
+        <v>791</v>
       </c>
       <c r="H117" s="5" t="s">
-        <v>807</v>
+        <v>792</v>
       </c>
       <c r="I117" s="5" t="s">
-        <v>808</v>
+        <v>793</v>
       </c>
       <c r="J117" s="5" t="s">
-        <v>279</v>
+        <v>93</v>
       </c>
       <c r="K117" s="5" t="s">
-        <v>809</v>
+        <v>794</v>
       </c>
       <c r="L117" s="6" t="s">
-        <v>810</v>
+        <v>795</v>
       </c>
       <c r="M117" s="5" t="s">
-        <v>811</v>
+        <v>796</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="5" t="s">
-        <v>812</v>
+        <v>797</v>
       </c>
       <c r="B118" s="5" t="s">
-        <v>14</v>
+        <v>44</v>
       </c>
       <c r="C118" s="5" t="s">
-        <v>15</v>
+        <v>35</v>
       </c>
       <c r="D118" s="5" t="s">
-        <v>16</v>
+        <v>89</v>
       </c>
       <c r="E118" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F118" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G118" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G118" s="5" t="s">
+        <v>329</v>
       </c>
       <c r="H118" s="5" t="s">
-        <v>813</v>
-[...3 lines deleted...]
-      </c>
+        <v>798</v>
+      </c>
+      <c r="I118" s="5"/>
       <c r="J118" s="5" t="s">
-        <v>279</v>
+        <v>787</v>
       </c>
       <c r="K118" s="5" t="s">
-        <v>815</v>
+        <v>799</v>
       </c>
       <c r="L118" s="6" t="s">
-        <v>816</v>
+        <v>800</v>
       </c>
       <c r="M118" s="5" t="s">
-        <v>817</v>
+        <v>801</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" s="5" t="s">
-        <v>818</v>
+        <v>802</v>
       </c>
       <c r="B119" s="5" t="s">
-        <v>14</v>
+        <v>44</v>
       </c>
       <c r="C119" s="5" t="s">
-        <v>25</v>
+        <v>606</v>
       </c>
       <c r="D119" s="5" t="s">
-        <v>46</v>
-[...7 lines deleted...]
-        <v>819</v>
+        <v>321</v>
+      </c>
+      <c r="E119" s="5" t="s">
+        <v>295</v>
+      </c>
+      <c r="F119" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G119" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H119" s="5" t="s">
-        <v>820</v>
+        <v>803</v>
       </c>
       <c r="I119" s="5" t="s">
-        <v>821</v>
+        <v>804</v>
       </c>
       <c r="J119" s="5" t="s">
-        <v>822</v>
+        <v>805</v>
       </c>
       <c r="K119" s="5" t="s">
-        <v>823</v>
+        <v>806</v>
       </c>
       <c r="L119" s="6" t="s">
-        <v>824</v>
+        <v>807</v>
       </c>
       <c r="M119" s="5" t="s">
-        <v>825</v>
+        <v>808</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" s="5" t="s">
-        <v>826</v>
+        <v>809</v>
       </c>
       <c r="B120" s="5" t="s">
-        <v>14</v>
+        <v>134</v>
       </c>
       <c r="C120" s="5" t="s">
-        <v>25</v>
+        <v>606</v>
       </c>
       <c r="D120" s="5" t="s">
-        <v>46</v>
-[...4 lines deleted...]
-        </is>
+        <v>45</v>
+      </c>
+      <c r="E120" s="5" t="s">
+        <v>810</v>
       </c>
       <c r="F120" s="5" t="s">
-        <v>707</v>
+        <v>811</v>
       </c>
       <c r="G120" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H120" s="5" t="s">
-        <v>827</v>
+        <v>812</v>
       </c>
       <c r="I120" s="5" t="s">
-        <v>828</v>
+        <v>813</v>
       </c>
       <c r="J120" s="5" t="s">
-        <v>829</v>
-[...2 lines deleted...]
-        <v>830</v>
+        <v>814</v>
+      </c>
+      <c r="K120" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L120" s="6" t="s">
-        <v>831</v>
+        <v>815</v>
       </c>
       <c r="M120" s="5" t="s">
-        <v>832</v>
+        <v>816</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" s="5" t="s">
-        <v>833</v>
+        <v>817</v>
       </c>
       <c r="B121" s="5" t="s">
-        <v>14</v>
+        <v>44</v>
       </c>
       <c r="C121" s="5" t="s">
-        <v>15</v>
+        <v>89</v>
       </c>
       <c r="D121" s="5" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>284</v>
+        <v>35</v>
+      </c>
+      <c r="E121" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F121" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G121" s="5" t="s">
-        <v>834</v>
+      <c r="G121" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H121" s="5" t="s">
-        <v>835</v>
-[...3 lines deleted...]
-      </c>
+        <v>818</v>
+      </c>
+      <c r="I121" s="5"/>
       <c r="J121" s="5" t="s">
-        <v>279</v>
+        <v>93</v>
       </c>
       <c r="K121" s="5" t="s">
-        <v>837</v>
+        <v>819</v>
       </c>
       <c r="L121" s="6" t="s">
-        <v>838</v>
+        <v>820</v>
       </c>
       <c r="M121" s="5" t="s">
-        <v>839</v>
+        <v>821</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" s="5" t="s">
-        <v>840</v>
+        <v>822</v>
       </c>
       <c r="B122" s="5" t="s">
-        <v>14</v>
+        <v>44</v>
       </c>
       <c r="C122" s="5" t="s">
-        <v>25</v>
+        <v>35</v>
       </c>
       <c r="D122" s="5" t="s">
-        <v>46</v>
+        <v>89</v>
       </c>
       <c r="E122" s="5" t="s">
-        <v>284</v>
-[...7 lines deleted...]
-        </is>
+        <v>79</v>
+      </c>
+      <c r="F122" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G122" s="5" t="s">
+        <v>823</v>
       </c>
       <c r="H122" s="5" t="s">
-        <v>842</v>
+        <v>824</v>
       </c>
       <c r="I122" s="5" t="s">
-        <v>843</v>
+        <v>825</v>
       </c>
       <c r="J122" s="5" t="s">
-        <v>844</v>
+        <v>93</v>
       </c>
       <c r="K122" s="5" t="s">
-        <v>845</v>
+        <v>826</v>
       </c>
       <c r="L122" s="6" t="s">
-        <v>846</v>
+        <v>827</v>
       </c>
       <c r="M122" s="5" t="s">
-        <v>847</v>
+        <v>828</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" s="5" t="s">
-        <v>848</v>
+        <v>829</v>
       </c>
       <c r="B123" s="5" t="s">
-        <v>14</v>
+        <v>44</v>
       </c>
       <c r="C123" s="5" t="s">
-        <v>36</v>
+        <v>830</v>
       </c>
       <c r="D123" s="5" t="s">
-        <v>46</v>
+        <v>55</v>
       </c>
       <c r="E123" s="5" t="s">
-        <v>268</v>
+        <v>831</v>
       </c>
       <c r="F123" s="5" t="s">
-        <v>849</v>
+        <v>363</v>
       </c>
       <c r="G123" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H123" s="5" t="s">
-        <v>850</v>
+        <v>832</v>
       </c>
       <c r="I123" s="5" t="s">
-        <v>851</v>
+        <v>833</v>
       </c>
       <c r="J123" s="5" t="s">
-        <v>852</v>
+        <v>834</v>
       </c>
       <c r="K123" s="5" t="s">
-        <v>853</v>
+        <v>835</v>
       </c>
       <c r="L123" s="6" t="s">
-        <v>854</v>
+        <v>836</v>
       </c>
       <c r="M123" s="5" t="s">
-        <v>855</v>
+        <v>837</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" s="5" t="s">
-        <v>856</v>
+        <v>838</v>
       </c>
       <c r="B124" s="5" t="s">
-        <v>14</v>
+        <v>44</v>
       </c>
       <c r="C124" s="5" t="s">
-        <v>298</v>
+        <v>35</v>
       </c>
       <c r="D124" s="5" t="s">
-        <v>16</v>
+        <v>89</v>
       </c>
       <c r="E124" s="5" t="s">
-        <v>18</v>
-[...7 lines deleted...]
-        </is>
+        <v>79</v>
+      </c>
+      <c r="F124" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G124" s="5" t="s">
+        <v>839</v>
       </c>
       <c r="H124" s="5" t="s">
-        <v>857</v>
-[...1 lines deleted...]
-      <c r="I124" s="5"/>
+        <v>840</v>
+      </c>
+      <c r="I124" s="5" t="s">
+        <v>841</v>
+      </c>
       <c r="J124" s="5" t="s">
-        <v>279</v>
-[...4 lines deleted...]
-        </is>
+        <v>93</v>
+      </c>
+      <c r="K124" s="5" t="s">
+        <v>842</v>
       </c>
       <c r="L124" s="6" t="s">
-        <v>858</v>
+        <v>843</v>
       </c>
       <c r="M124" s="5" t="s">
-        <v>674</v>
+        <v>844</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" s="5" t="s">
-        <v>859</v>
+        <v>845</v>
       </c>
       <c r="B125" s="5" t="s">
-        <v>14</v>
+        <v>44</v>
       </c>
       <c r="C125" s="5" t="s">
-        <v>15</v>
+        <v>321</v>
       </c>
       <c r="D125" s="5" t="s">
-        <v>860</v>
-[...7 lines deleted...]
-        </is>
+        <v>45</v>
+      </c>
+      <c r="E125" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F125" s="5" t="s">
+        <v>846</v>
       </c>
       <c r="G125" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H125" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H125" s="5" t="s">
+        <v>847</v>
       </c>
       <c r="I125" s="5" t="s">
-        <v>861</v>
+        <v>848</v>
       </c>
       <c r="J125" s="5" t="s">
-        <v>862</v>
+        <v>849</v>
       </c>
       <c r="K125" s="5" t="s">
-        <v>863</v>
+        <v>850</v>
       </c>
       <c r="L125" s="6" t="s">
-        <v>864</v>
+        <v>851</v>
       </c>
       <c r="M125" s="5" t="s">
-        <v>865</v>
+        <v>852</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" s="5" t="s">
-        <v>866</v>
+        <v>853</v>
       </c>
       <c r="B126" s="5" t="s">
-        <v>14</v>
+        <v>44</v>
       </c>
       <c r="C126" s="5" t="s">
-        <v>25</v>
+        <v>606</v>
       </c>
       <c r="D126" s="5" t="s">
-        <v>26</v>
+        <v>127</v>
       </c>
       <c r="E126" s="5" t="s">
-        <v>284</v>
+        <v>79</v>
       </c>
       <c r="F126" s="5" t="s">
-        <v>867</v>
+        <v>854</v>
       </c>
       <c r="G126" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H126" s="5" t="s">
-        <v>868</v>
+        <v>855</v>
       </c>
       <c r="I126" s="5" t="s">
-        <v>869</v>
+        <v>856</v>
       </c>
       <c r="J126" s="5" t="s">
-        <v>870</v>
+        <v>857</v>
       </c>
       <c r="K126" s="5" t="s">
-        <v>871</v>
+        <v>858</v>
       </c>
       <c r="L126" s="6" t="s">
-        <v>872</v>
+        <v>859</v>
       </c>
       <c r="M126" s="5" t="s">
-        <v>873</v>
+        <v>860</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" s="5" t="s">
-        <v>874</v>
+        <v>861</v>
       </c>
       <c r="B127" s="5" t="s">
-        <v>14</v>
+        <v>44</v>
       </c>
       <c r="C127" s="5" t="s">
-        <v>25</v>
+        <v>606</v>
       </c>
       <c r="D127" s="5" t="s">
-        <v>26</v>
+        <v>321</v>
       </c>
       <c r="E127" s="5" t="s">
-        <v>284</v>
+        <v>862</v>
       </c>
       <c r="F127" s="5" t="s">
-        <v>28</v>
+        <v>863</v>
       </c>
       <c r="G127" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H127" s="5" t="s">
-        <v>875</v>
+        <v>864</v>
       </c>
       <c r="I127" s="5" t="s">
-        <v>876</v>
+        <v>865</v>
       </c>
       <c r="J127" s="5" t="s">
-        <v>877</v>
+        <v>866</v>
       </c>
       <c r="K127" s="5" t="s">
-        <v>878</v>
+        <v>867</v>
       </c>
       <c r="L127" s="6" t="s">
-        <v>879</v>
+        <v>868</v>
       </c>
       <c r="M127" s="5" t="s">
-        <v>880</v>
+        <v>869</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" s="5" t="s">
-        <v>881</v>
+        <v>870</v>
       </c>
       <c r="B128" s="5" t="s">
-        <v>14</v>
+        <v>44</v>
       </c>
       <c r="C128" s="5" t="s">
-        <v>36</v>
+        <v>606</v>
       </c>
       <c r="D128" s="5" t="s">
-        <v>25</v>
-[...4 lines deleted...]
-        </is>
+        <v>321</v>
+      </c>
+      <c r="E128" s="5" t="s">
+        <v>871</v>
       </c>
       <c r="F128" s="5" t="s">
-        <v>882</v>
+        <v>872</v>
       </c>
       <c r="G128" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H128" s="5" t="s">
-        <v>883</v>
+        <v>873</v>
       </c>
       <c r="I128" s="5" t="s">
-        <v>884</v>
+        <v>874</v>
       </c>
       <c r="J128" s="5" t="s">
-        <v>885</v>
+        <v>875</v>
       </c>
       <c r="K128" s="5" t="s">
-        <v>886</v>
+        <v>876</v>
       </c>
       <c r="L128" s="6" t="s">
-        <v>887</v>
+        <v>877</v>
       </c>
       <c r="M128" s="5" t="s">
-        <v>888</v>
+        <v>878</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" s="5" t="s">
-        <v>889</v>
+        <v>879</v>
       </c>
       <c r="B129" s="5" t="s">
-        <v>14</v>
+        <v>44</v>
       </c>
       <c r="C129" s="5" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="D129" s="5" t="s">
-        <v>36</v>
+        <v>606</v>
       </c>
       <c r="E129" s="5" t="s">
-        <v>890</v>
+        <v>79</v>
       </c>
       <c r="F129" s="5" t="s">
-        <v>891</v>
+        <v>880</v>
       </c>
       <c r="G129" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H129" s="5" t="s">
-        <v>892</v>
+        <v>881</v>
       </c>
       <c r="I129" s="5" t="s">
-        <v>893</v>
+        <v>882</v>
       </c>
       <c r="J129" s="5" t="s">
-        <v>894</v>
+        <v>883</v>
       </c>
       <c r="K129" s="5" t="s">
-        <v>895</v>
+        <v>884</v>
       </c>
       <c r="L129" s="6" t="s">
-        <v>896</v>
+        <v>885</v>
       </c>
       <c r="M129" s="5" t="s">
-        <v>897</v>
+        <v>886</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" s="5" t="s">
-        <v>898</v>
+        <v>887</v>
       </c>
       <c r="B130" s="5" t="s">
-        <v>14</v>
+        <v>44</v>
       </c>
       <c r="C130" s="5" t="s">
-        <v>16</v>
+        <v>888</v>
       </c>
       <c r="D130" s="5" t="s">
-        <v>15</v>
-[...7 lines deleted...]
-        </is>
+        <v>606</v>
+      </c>
+      <c r="E130" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F130" s="5" t="s">
+        <v>136</v>
       </c>
       <c r="G130" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H130" s="5" t="s">
-        <v>899</v>
+        <v>889</v>
       </c>
       <c r="I130" s="5"/>
       <c r="J130" s="5" t="s">
-        <v>279</v>
+        <v>890</v>
       </c>
       <c r="K130" s="5" t="s">
-        <v>900</v>
+        <v>891</v>
       </c>
       <c r="L130" s="6" t="s">
-        <v>901</v>
+        <v>892</v>
       </c>
       <c r="M130" s="5" t="s">
-        <v>902</v>
+        <v>893</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" s="5" t="s">
-        <v>903</v>
+        <v>894</v>
       </c>
       <c r="B131" s="5" t="s">
-        <v>14</v>
+        <v>44</v>
       </c>
       <c r="C131" s="5" t="s">
-        <v>16</v>
+        <v>35</v>
       </c>
       <c r="D131" s="5" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>89</v>
+      </c>
+      <c r="E131" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F131" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G131" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H131" s="5" t="s">
-        <v>904</v>
+        <v>895</v>
       </c>
       <c r="I131" s="5" t="s">
-        <v>905</v>
+        <v>896</v>
       </c>
       <c r="J131" s="5" t="s">
-        <v>279</v>
+        <v>93</v>
       </c>
       <c r="K131" s="5" t="s">
-        <v>906</v>
+        <v>897</v>
       </c>
       <c r="L131" s="6" t="s">
-        <v>907</v>
+        <v>898</v>
       </c>
       <c r="M131" s="5" t="s">
-        <v>908</v>
+        <v>899</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" s="5" t="s">
-        <v>909</v>
+        <v>900</v>
       </c>
       <c r="B132" s="5" t="s">
-        <v>14</v>
+        <v>44</v>
       </c>
       <c r="C132" s="5" t="s">
-        <v>16</v>
+        <v>35</v>
       </c>
       <c r="D132" s="5" t="s">
-        <v>15</v>
+        <v>901</v>
       </c>
       <c r="E132" s="5" t="s">
-        <v>18</v>
-[...4 lines deleted...]
-        </is>
+        <v>79</v>
+      </c>
+      <c r="F132" s="5" t="s">
+        <v>902</v>
       </c>
       <c r="G132" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H132" s="5" t="s">
-        <v>910</v>
+        <v>903</v>
       </c>
       <c r="I132" s="5" t="s">
-        <v>911</v>
+        <v>904</v>
       </c>
       <c r="J132" s="5" t="s">
-        <v>279</v>
+        <v>905</v>
       </c>
       <c r="K132" s="5" t="s">
-        <v>912</v>
+        <v>906</v>
       </c>
       <c r="L132" s="6" t="s">
-        <v>913</v>
+        <v>907</v>
       </c>
       <c r="M132" s="5" t="s">
-        <v>914</v>
+        <v>908</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" s="5" t="s">
-        <v>915</v>
+        <v>909</v>
       </c>
       <c r="B133" s="5" t="s">
-        <v>14</v>
+        <v>44</v>
       </c>
       <c r="C133" s="5" t="s">
-        <v>16</v>
+        <v>89</v>
       </c>
       <c r="D133" s="5" t="s">
-        <v>15</v>
+        <v>35</v>
       </c>
       <c r="E133" s="5" t="s">
-        <v>18</v>
+        <v>56</v>
       </c>
       <c r="F133" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G133" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H133" s="5" t="s">
-        <v>916</v>
+        <v>910</v>
       </c>
       <c r="I133" s="5" t="s">
-        <v>917</v>
+        <v>911</v>
       </c>
       <c r="J133" s="5" t="s">
-        <v>279</v>
+        <v>93</v>
       </c>
       <c r="K133" s="5" t="s">
-        <v>918</v>
+        <v>912</v>
       </c>
       <c r="L133" s="6" t="s">
-        <v>919</v>
+        <v>913</v>
       </c>
       <c r="M133" s="5" t="s">
-        <v>920</v>
+        <v>914</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" s="5" t="s">
-        <v>921</v>
+        <v>915</v>
       </c>
       <c r="B134" s="5" t="s">
-        <v>14</v>
+        <v>737</v>
       </c>
       <c r="C134" s="5" t="s">
-        <v>298</v>
-[...8 lines deleted...]
-        <v>922</v>
+        <v>89</v>
+      </c>
+      <c r="D134" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E134" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F134" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G134" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H134" s="5" t="s">
-        <v>923</v>
-[...5 lines deleted...]
-        <v>302</v>
+        <v>916</v>
+      </c>
+      <c r="I134" s="5"/>
+      <c r="J134" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K134" s="5" t="s">
-        <v>925</v>
+        <v>917</v>
       </c>
       <c r="L134" s="6" t="s">
-        <v>926</v>
-[...3 lines deleted...]
-      </c>
+        <v>918</v>
+      </c>
+      <c r="M134" s="5"/>
     </row>
     <row r="135">
       <c r="A135" s="5" t="s">
-        <v>928</v>
+        <v>919</v>
       </c>
       <c r="B135" s="5" t="s">
-        <v>14</v>
+        <v>737</v>
       </c>
       <c r="C135" s="5" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>16</v>
+        <v>89</v>
+      </c>
+      <c r="D135" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E135" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F135" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G135" s="5" t="s">
-        <v>17</v>
+      <c r="G135" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H135" s="5" t="s">
-        <v>929</v>
+        <v>920</v>
       </c>
       <c r="I135" s="5"/>
-      <c r="J135" s="5" t="s">
-        <v>20</v>
+      <c r="J135" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K135" s="5" t="s">
-        <v>930</v>
+        <v>917</v>
       </c>
       <c r="L135" s="6" t="s">
-        <v>931</v>
-[...3 lines deleted...]
-      </c>
+        <v>921</v>
+      </c>
+      <c r="M135" s="5"/>
     </row>
     <row r="136">
       <c r="A136" s="5" t="s">
-        <v>933</v>
+        <v>922</v>
       </c>
       <c r="B136" s="5" t="s">
-        <v>341</v>
+        <v>737</v>
       </c>
       <c r="C136" s="5" t="s">
-        <v>16</v>
+        <v>89</v>
       </c>
       <c r="D136" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E136" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F136" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G136" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H136" s="5" t="s">
-        <v>934</v>
+        <v>923</v>
       </c>
       <c r="I136" s="5"/>
       <c r="J136" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K136" s="5" t="s">
-        <v>935</v>
+        <v>917</v>
       </c>
       <c r="L136" s="6" t="s">
-        <v>936</v>
+        <v>924</v>
       </c>
       <c r="M136" s="5"/>
     </row>
     <row r="137">
       <c r="A137" s="5" t="s">
-        <v>937</v>
+        <v>925</v>
       </c>
       <c r="B137" s="5" t="s">
-        <v>14</v>
+        <v>44</v>
       </c>
       <c r="C137" s="5" t="s">
-        <v>16</v>
+        <v>606</v>
       </c>
       <c r="D137" s="5" t="s">
-        <v>938</v>
+        <v>926</v>
       </c>
       <c r="E137" s="5" t="s">
-        <v>18</v>
+        <v>927</v>
       </c>
       <c r="F137" s="5" t="s">
-        <v>939</v>
+        <v>928</v>
       </c>
       <c r="G137" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H137" s="5" t="s">
-        <v>940</v>
+        <v>929</v>
       </c>
       <c r="I137" s="5" t="s">
-        <v>941</v>
+        <v>930</v>
       </c>
       <c r="J137" s="5" t="s">
-        <v>942</v>
-[...2 lines deleted...]
-        <v>943</v>
+        <v>931</v>
+      </c>
+      <c r="K137" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L137" s="6" t="s">
-        <v>944</v>
+        <v>932</v>
       </c>
       <c r="M137" s="5" t="s">
-        <v>945</v>
+        <v>933</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" s="5" t="s">
-        <v>946</v>
+        <v>934</v>
       </c>
       <c r="B138" s="5" t="s">
-        <v>14</v>
+        <v>44</v>
       </c>
       <c r="C138" s="5" t="s">
-        <v>16</v>
+        <v>606</v>
       </c>
       <c r="D138" s="5" t="s">
-        <v>15</v>
+        <v>926</v>
       </c>
       <c r="E138" s="5" t="s">
-        <v>112</v>
-[...4 lines deleted...]
-        </is>
+        <v>935</v>
+      </c>
+      <c r="F138" s="5" t="s">
+        <v>936</v>
       </c>
       <c r="G138" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H138" s="5" t="s">
-        <v>947</v>
+        <v>937</v>
       </c>
       <c r="I138" s="5" t="s">
-        <v>948</v>
+        <v>938</v>
       </c>
       <c r="J138" s="5" t="s">
-        <v>279</v>
+        <v>939</v>
       </c>
       <c r="K138" s="5" t="s">
-        <v>949</v>
+        <v>940</v>
       </c>
       <c r="L138" s="6" t="s">
-        <v>950</v>
+        <v>941</v>
       </c>
       <c r="M138" s="5" t="s">
-        <v>951</v>
+        <v>942</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" s="5" t="s">
-        <v>952</v>
+        <v>943</v>
       </c>
       <c r="B139" s="5" t="s">
-        <v>341</v>
+        <v>44</v>
       </c>
       <c r="C139" s="5" t="s">
-        <v>16</v>
-[...14 lines deleted...]
-        </is>
+        <v>606</v>
+      </c>
+      <c r="D139" s="5" t="s">
+        <v>926</v>
+      </c>
+      <c r="E139" s="5" t="s">
+        <v>935</v>
+      </c>
+      <c r="F139" s="5" t="s">
+        <v>936</v>
       </c>
       <c r="G139" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H139" s="5" t="s">
-        <v>953</v>
-[...5 lines deleted...]
-        </is>
+        <v>944</v>
+      </c>
+      <c r="I139" s="5" t="s">
+        <v>945</v>
+      </c>
+      <c r="J139" s="5" t="s">
+        <v>946</v>
       </c>
       <c r="K139" s="5" t="s">
-        <v>935</v>
+        <v>947</v>
       </c>
       <c r="L139" s="6" t="s">
-        <v>954</v>
-[...1 lines deleted...]
-      <c r="M139" s="5"/>
+        <v>948</v>
+      </c>
+      <c r="M139" s="5" t="s">
+        <v>949</v>
+      </c>
     </row>
     <row r="140">
       <c r="A140" s="5" t="s">
+        <v>950</v>
+      </c>
+      <c r="B140" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="C140" s="5" t="s">
+        <v>321</v>
+      </c>
+      <c r="D140" s="5" t="s">
+        <v>606</v>
+      </c>
+      <c r="E140" s="5" t="s">
+        <v>951</v>
+      </c>
+      <c r="F140" s="5" t="s">
+        <v>952</v>
+      </c>
+      <c r="G140" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H140" s="5" t="s">
+        <v>953</v>
+      </c>
+      <c r="I140" s="5" t="s">
+        <v>954</v>
+      </c>
+      <c r="J140" s="5" t="s">
         <v>955</v>
       </c>
-      <c r="B140" s="5" t="s">
-[...25 lines deleted...]
-      <c r="H140" s="5" t="s">
+      <c r="K140" s="5" t="s">
         <v>956</v>
-      </c>
-[...7 lines deleted...]
-        <v>935</v>
       </c>
       <c r="L140" s="6" t="s">
         <v>957</v>
       </c>
-      <c r="M140" s="5"/>
+      <c r="M140" s="5" t="s">
+        <v>958</v>
+      </c>
     </row>
     <row r="141">
       <c r="A141" s="5" t="s">
-        <v>958</v>
+        <v>959</v>
       </c>
       <c r="B141" s="5" t="s">
-        <v>14</v>
+        <v>44</v>
       </c>
       <c r="C141" s="5" t="s">
-        <v>959</v>
+        <v>321</v>
       </c>
       <c r="D141" s="5" t="s">
-        <v>191</v>
+        <v>606</v>
       </c>
       <c r="E141" s="5" t="s">
+        <v>951</v>
+      </c>
+      <c r="F141" s="5" t="s">
         <v>960</v>
-      </c>
-[...1 lines deleted...]
-        <v>441</v>
       </c>
       <c r="G141" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H141" s="5" t="s">
         <v>961</v>
       </c>
       <c r="I141" s="5" t="s">
         <v>962</v>
       </c>
       <c r="J141" s="5" t="s">
         <v>963</v>
       </c>
       <c r="K141" s="5" t="s">
         <v>964</v>
       </c>
       <c r="L141" s="6" t="s">
         <v>965</v>
       </c>
       <c r="M141" s="5" t="s">
         <v>966</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" s="5" t="s">
         <v>967</v>
       </c>
       <c r="B142" s="5" t="s">
-        <v>14</v>
+        <v>44</v>
       </c>
       <c r="C142" s="5" t="s">
-        <v>46</v>
+        <v>89</v>
       </c>
       <c r="D142" s="5" t="s">
-        <v>36</v>
+        <v>968</v>
       </c>
       <c r="E142" s="5" t="s">
-        <v>968</v>
+        <v>90</v>
       </c>
       <c r="F142" s="5" t="s">
         <v>969</v>
       </c>
       <c r="G142" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H142" s="5" t="s">
         <v>970</v>
       </c>
       <c r="I142" s="5" t="s">
         <v>971</v>
       </c>
       <c r="J142" s="5" t="s">
         <v>972</v>
       </c>
       <c r="K142" s="5" t="s">
         <v>973</v>
       </c>
       <c r="L142" s="6" t="s">
         <v>974</v>
       </c>
       <c r="M142" s="5" t="s">