--- v0 (2025-10-20)
+++ v1 (2026-01-24)
@@ -3,51 +3,51 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="5420" uniqueCount="3245" xml:space="preserve">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="5642" uniqueCount="3396" xml:space="preserve">
   <si>
     <t>Datering</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
@@ -2334,50 +2334,82 @@
 - Hagedorn
 Peter Hansen
 Marie Larsen
 Vilhelm Larsen
 Vilhelmine  Larsen
 Rasmus Petersen, Gartner
 Karl Schou
 Marie Schou</t>
   </si>
   <si>
     <t>Johannes Larsens billede Udsigt over tage i Kerteminde tidlig majmorgen er næsten færdigt.
 Johannes Larsen maler på Guldregnen.
 Pæretræsbilledet er stillet væk.
 Fritz Syberg er til kunstnermøde i Stockholm med Hagedorn.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/IHoI</t>
   </si>
   <si>
     <t>Kjerteminde 4 Juni 1897.
 Min egen Kæreste
 Nu lige over Middag [noget af papiret mangler] sat til at skrive til Ma[rie i An]ledning af hendes Fød[selsdag]. Vi havde ellers troet a[noget af papiret mangler] hun og Uglen var komne Hjem til Pintse, men Klaks, som kom i Forgaars fortæller at de flytter ud til Eckardts og bliver der Pintsen over. Det er vist ellers en uforskammet lang Tid siden jeg har skrevet til Dig, jeg har vist faaet 2 Breve fra Dig siden jeg sidst skrev, men jeg vil dog heller ikke nægte mig den Fornøje[lse at] køre frem med en Del [Undsky]ldninger, eller jeg kan [noget af papiret mangler] nøjes med en naa[noget af papiret mangler]er at de nu i 3-4 D[noget af papiret mangler] gaaet og gjort rent her [noget af papiret mangler]an ingen Steder hen, de [noget af papiret mangler]n Du vel nok indse at det ikke har været mig muligt at komme til at skrive. Desuden har jeg jo ogsaa malet en Del. Det Billede fra Vinduet er omtrent færdigt, Pæretræet har jeg sat hen og Guldregntræet er jeg i fuld Gang med. Lige efter Helligdagene skal jeg hen til Ulriksholm og male paa de 2 Døre og det [noget af papiret mangler] vel ikke mere end 2 elle[r h]øjst 3 Dage og jeg haaber [noget af papiret mangler] at være kommen saa v[idt me]d Guldregnen at jeg k[noget af papiret mangler]hen til næste Aar, og [noget af papiret mangler]mer jeg. Jeg længes forfærdeligt efter Dig, jeg havde egentlig stor Lyst til at male en engelsk Pelargonie som jeg købte forleden af Rasmus Petersen, Du har nok aldrig set en saa køn, den har store hvide Blomster med et blegrødt Baand lidt inden for Randen, men jeg vil lade den staa til jeg kommer her hjem igen. [Ras]mus bildte mig nemlig i[nd at] den kunde staa hele Som[meren] men skønt der er en Mæn[gde Kn]opper, tror jeg alligevel [at det er] Løgn. Det du skriver om [noget af papiret mangler] mine Pensler med der [noget af papiret mangler] jeg dog lade Dig vide at jeg selv har fundet paa for længe siden. Det lader til at Du ikke ved at Syberg er til Kunstnermøde i Stockholm. Peter fik jeg Brev fra forleden at han alligevel var sejlet med Hagedorn til Stockholm og rimeligvis ogsaa sejlede med til Eng[noget af papiret mangler] men efter hans forrige Brev fremgik det at ingen af os kunde komme med, han beder derfor om at jeg ikke maa blive vred paa ham. Schous kommer vist ikke fra Kjøbenhavn i Sommer. Klaks fortæller at hun rimeligvis kommer til at lave et illustreret Katalog over det kgl. Theaters Møbler og at det vil tage hele Sommeren, m[noget af papiret mangler]aar det. Nu faar Du ikke mere da jeg skal ned og tage fat paa Guldregnen igen for at jeg saa snart som muligt kan komme ned til Dig. Jeg skal hilse fra Moder. Mange kærlige Hilsner fra Din hengivne
 Johannes Larsen.</t>
   </si>
   <si>
+    <t>1897-07-13</t>
+  </si>
+  <si>
+    <t>Johannes Larsen
+Christine Swane</t>
+  </si>
+  <si>
+    <t>Vilhelm Larsen</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1349</t>
+  </si>
+  <si>
+    <t>Brev 1:
+Johannes Larsen ønsker tillykke med fødselsdagen. Han maler på et aftenbillede fra klinten i Kerteminde, og det trækker derfor ud med turen til Sverige.
+Brev 2:
+Christine Swane/Uglen ønsker tillykke og håber, at det er rare mennesker, Vilhelm/Klaks Larsen er hos. Hun har plantet blomster i haven, skuffet gange, klippet hæk og vandet. Syberg har spurgt, om Christine vil komme til Svanninge og hjælpe i huset, og til gengæld vil hun kunne få sangundervisning af Hedevig/Mutter Lützhøft.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/5uWD</t>
+  </si>
+  <si>
+    <t>Kjerteminde 13 Juli 1897.
+Kære Vilhelm!
+Herved sender jeg Dig min Lykønskning i Anledning af Din Fødselsdag, men da jeg jo ikke har nogle Ærinder Du kan udrette for mig for Øjeblikket kan Du jo nok forstaa at der ikke bliver noget længere Brev ud af det denne Gang. Vi har det alle godt og arbejder af og til med Høet. I Dag skal vi begynde at køre det ind. Jeg maler på et Billede oppe fra Klinten i denne Tid, det er et Aftenbillede saa jeg kan jo ikke arbejde ret længe paa det ad Gangen, derfor trækker det ud med Turen til Sverige jeg skulde helst have været færdig til at tage derover nu i Løbet af Ugen. Hvad Tid bliver Du færdig med at maale? Mange Hilsner og Lykønskninger
+Din hengivne
+Johannes Larsen.
+Kære Klaks!
+Hjertelig til Lykke paa Fødselsdagen, jeg haaber for Dig at Du nu ser lidt lysere paa Dit Arbejde, saa at Du maa faa en rigtig dejlig Dag i Morgen. – Det er da storartet for Dig at det er rare Mennesker Du er hos. Det er dog en forfærdelig Tørke vi har i denne Tid, vi har plantet nogle Blomster nede i Haven, men jeg maatte først bære en Snes Spande Vand ned paa Bedene for at faa Jorden blødt op saa at Blomsterne kan gro. – Nu til Morgen har jeg skuffet Gangene og klippet Hækken oppe ved Højen og Blomsterne staar storartet, saa naar jeg nu passer at vande dem hver Aften saa bliver der nok kønt dernede. Har Du hørt at Sybergs gerne vilde have mig ned til Svanninge og hjælpe Anna, mens de har Fremmede, saa kunde jeg til Gengæld lære at synge hos Mutter som skal besøge Dem i Sommer. Kunde det ikke være forfærdeligt morsomt? - Jeg har for nogle Dage Siden skrevet ned til Anna, at jeg nok vilde derned, men endnu ikke faaet Svar, men jeg haaber det kommer en af Dagene. Hvordan passer Bukserne Dig? Nu vil jeg slutte med mange kærlige Hilsner fra din hengivne
+Ugle</t>
+  </si>
+  <si>
     <t>1897-07-26</t>
   </si>
   <si>
     <t>Peter Hansen
 Carl Høyrup
 Adolph Larsen
 Marie Larsen
 Rasmus Petersen, Gartner
 Christine Swane
 Anna Syberg
 Fritz Syberg</t>
   </si>
   <si>
     <t>Larsen fik malet "en Del paa Marie og Uglen og en del paa Træerne": De to søstre, Marie og Christine (Uglen) optræder begge på billedet Fire Piger på Lundsgårds Klint/Sommerdag på brinken.
 Jansen var Johannes Larsens jagthund.</t>
   </si>
   <si>
     <t>I.A. Larsen har af skipperen fået at vide, at de først kan sejle sidst på ugen. 
 Johannes Larsen har malet på Marie og Christine (Uglen) på Klintebilledet. Der går en dejlig hættemågeunge under sofaen, og Larsen fodrer den med regnorme.
 Larsen har skudt en stor kat hos Rasmus Pedersen. Den tog kyllingerne.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/DuLn</t>
   </si>
   <si>
@@ -2813,53 +2845,50 @@
 Jeppe Andreas Larsen
 Johanne  Larsen
 Vilhelmine  Larsen
 Otto Emil  Paludan
 Astrid Warberg-Goldschmidt</t>
   </si>
   <si>
     <t>De forlorne tænder, som Dis har fået, er formodentlig forsynet med en ganeplade af hhv. kobber og sølv. Det er tænkeligt, at giveren var Olaf Brahm, som var tandlæge. 
 "Plagiere Hønset": Anna Syberg (Hønset) var blomstermaler. 
 Johanne Warberg, søster til Alhed Larsen (f. Warberg), var 1894-1898 forlovet med Thorvald Balslev. Det er formodentlig p.gr.a. bruddet med ham, at hun er ked af det.</t>
   </si>
   <si>
     <t>Ingeborg Astrid Warberg har haft fødselsdag og bl.a. fået forlorne tænder i gave.
 Onkel Amst = Niels Elgaard Amstrup fejrede Dis med et bæger på Sallinge Kro, og han har nok fået skældud af konen, Louise Amstrup.
 Alhed maler et billede af tre hyacinter i haven. Det er meget svært.
 Alheds søster, Johanne, er ked af det.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/1nbP</t>
   </si>
   <si>
     <t>Kære lille Las!
 Godmorgen! Jeg er saa tidlig oppe i disse Dage, nemlig Kl. 7 ½. Ja, det forslaar jo rigtignok ikke noget imod Dig der skal op Kl. 5, men lad os nu først se, om Du kommer det. 1000 Tak for Dit Brev i Gaar, Dis havde ikke faaet Dit Brev paa sin Fødselsdag, hun kom uventet herover om Eftermiddagen, smilende og straalende som altid. Hun havde faaet 10 Breve og nogle Gaver, bl.a. forlorne Tænder af Olaf, en Dagligtand med Kobberplade og en Stadstand med Sølvplade, værdi nogle og 40tyve Kr. Dis mangler nemlig en Tand! - - Onkel Amst kom her til The, men de havde faaet Paalæg om at komme tidlig hjem; de gik ogsaa herfra i ordentlig Tid, og Palam fulgte dem, men saa havde de Frækhed nok til at gaa ind i Sallinge Kro for at fejre Dis med et lille Bæger, saa det blev meget sent. Onkel Amst har vist faaet sig en ordentlig Omgang. Himlen befri Dig for nogensinde at faa saadan en Kælling; men det kan godt være, Du faar det. – Naa, for at tale om noget andet, saa er det en aldeles nydelig Morgen, Solen skinner saa dejlig, og det er jeg forfærdelig glad ved, da jeg i Gaar begyndte at x [indsat i margen] for at plagiere Hønset [indsættelse slut] male et Solskinsbillede, nemlig 3 Hyacinther, en rød, en blaa og en hvid. Det er forfærdelig morsomt at male igen, og det er et smukt Motiv, men meget svært. Især Jordens Farve kan jeg slet ikke finde ud af. Kan Du ikke sige mig, hvad Kulører jeg skal bruge til Jord med Solskin paa, set nær ved. Du synes naturligvis, det er et fjollet Spørgsmaal, men jeg er sikker paa, at hvis man spurgte gamle Kyhn om det, kunde han godt sige det. Forholdene ude i det Blomsterbed ere ogsaa meget vanskelige. Jeg maa sidde i en meget trættende Stilling helt nede ved Jorden og have Lærredet liggende fladt ud og saa skinner Solen mig lige i Øjnene og paa Lærredet. Men det allerværste er, hvis denne Blæst lægger sig med Regn, inden jeg bliver færdig med Billedet, jeg begyndte i Gaar og jeg maa have mindst 3 Dage til. – Jeg sidder paa Kontoret og skriver da jeg er husvild, alting er nemlig flyttet ud af mit Værelse og vi vente Maleren i Dag. – Tænk, vi skal til Middag paa Arreskov i Dag, jeg har aldrig været saa gal over nogen Invitation, tror jeg, min allerbedste Malertid gaar. Johanne er ogsaa frygtelig ked af det. – Hun er stadig ligesaa nedtrykt som i Søndags, det lille Skind. – Hun har flere Gange talt med mig om det i disse Dage, og det er jeg glad ved, da det dog maa lette hende lidt. – Men jeg er saa frygtelig bange for at raade eller paavirke hende i nogen Retning, det tør man ikke, vel? Bare Du var her, jeg har sagt hende, at jeg har fortalt Dig det, og hun sagde, at det var hun slet ikke ked af, da hun har kommet til at holde forfærdelig meget af Dig og havde saadan en Tillid til Dig. - - Nu maa jeg slutte og ned og se, om Solen er kommen om til Hyacintherne, jeg ser til min Sorg, at der er kommen en masse graa Skyer paa Himlen, saa jeg er bange, Solen gaar bort til Middag. – Du kan tro, jeg glæder mig til paa Søndag 8 Dage, saa kommer min egen, søde Ven! Farvel for denne Gang 1000 Hilsner fra Din Alhed.
 Erikshaab 28 – 4 – 98. – 
 Har Din Mor saa taget pletter af Dit Tøj? Kan du hilse Dine Forældre og Agraren mange Gange.</t>
-  </si>
-[...1 lines deleted...]
-    <t>Vilhelm Larsen</t>
   </si>
   <si>
     <t>Johannes Larsen malede foråret 1897 på guldregnebilledet, men måtte stille det væk, da træet tabte blomsterne.
 "Skiven med Kronprinsen" er bestilt af en fugleskydningsmand.</t>
   </si>
   <si>
     <t>Johannes Larsen håber at komme til at male på billedet af guldregnen. Han vil gerne have Christine til at fotografere enten hunden eller et billede af hunden.
 Larsen er usikker på, hvordan han skal male skiven med kronprinsen (til Fugleskydningsmanden).</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/MYqq</t>
   </si>
   <si>
     <t>Kjerteminde 28 April [noget af papiret mangler]
 Min egen Kæreste!
 Jeg har egentlig ikke ret meget at fortælle Dig i Dag, men Du skal alligevel have et lille Brev i Dag skønt jeg ingen fik i Morges. Jeg har nu faaet Guldregntræet sat paa Blendramme og skal saa til at male paa det, m[en det] er Graavejr, efter den [noget af papiret mangler]set jeg har af det, pa[a en] Maade tænker jeg at [noget af papiret mangler] kan komme saa vidt med det at jeg kan naa at faa det malet færdigt naar det er sprunget ud, jeg har ogsaa set paa Hunden i Dag og tegnet en lille i en noget [ande]n Stilling en den jeg fandt i Gaar, og saa er jeg kommen i Tanker om at det maaske ikke var saa galt at faa den fotograferet, saa hvis Du vilde være saa sød at skrive saasnart Du har faaet dette, og sende Brevet til Højrup med det samme, vil jeg (det skal indeholde Christines Adr. i Odense) skrive til hende om det ikke var muligt at hun kunde komme her paa Lørdag Aften eller Søndag Morgen med sine Apparater, eller det var maaske endnu mere durkdrevent om Du skrev til hende og bad hende skrive til mig om hun kan komme og ved hvilken Tid hun vil hentes i Ullerslev, kan Du det? for hvis Du først skal skrive til mig og jeg til hende kan hun vel ikke naa at svare mig. Skiven til Kronprinsen har jeg faaet og begyndte at tegne ham op med Kul, men jeg er for Øjeblikket helt i Vildrede med hvordan det skal være. I Eftermiddag har Klaks og jeg arbejdet i Haven og været i [noget af papiret mangler] men nu rejser jo Kla[ks i] Morgen saa naar jeg [er] alene gider jeg vel ikke hver Dag. For Øjeblikket sidder Klaks og tegner Kortet over Haverne. Kan Du nu være sød og skrive snart. Jeg elsker Dig. Din hengivne
 Johannes Larsen</t>
   </si>
   <si>
     <t>1898-05-04</t>
   </si>
   <si>
     <t>Albert Gottschalk
 Peter Hansen
 Lars Larsen
@@ -4103,51 +4132,51 @@
   <si>
     <t>Erik Henrichsen
 Andreas Larsen
 Georg Larsen
 Johanne Christine Larsen
 Marie Larsen
 Peter Magnussen
 Fritz Syberg
 Albrecht  Warberg
 Viggo Winkel</t>
   </si>
   <si>
     <t>Alhed Larsen er hos forældrene på Erikshaab. Hun fødte parrets anden søn, Johan (Lysse), 27. februar 1901. Tilsyneladende vidste Johannes Larsen ikke, da han skrev brevet, at drengen var kommet til verden.
 Auktionen hos Winkel og Magnussen blev afholdt tirsdag 29. oktober 1901 i kunsthandlens lokaler på Højbro Plads i København.
 !/assets/b/7/51/Katalog_JL_Winkel_Magnussen_29_okt_1901_1.jpg!
 "":/assets/a/9/52/Katalog_JL_Winkel_Magnussen_29_okt_1901_2.pdf
 "":/assets/c/5/53/Katalog_JL_Winkel_Magnussen_29_okt_1901_3.pdf
 "":/assets/8/0/54/Katalog_JL_Winkel_Magnussen_29_okt_1901_4.pdf
 "":/assets/8/e/55/Katalog_JL_Winkel_Magnussen_29_okt_1901_5.pdf</t>
   </si>
   <si>
     <t>Alheds far er blevet opereret.
 Winkel &amp;amp; Magnussen kan ikke holde auktion over Larsens billeder før sidst i oktober. Larsen har bedt dem finde større lokaler til formålet.
 Larsen maler på et landskab, og han får rammer dagen efter.
 Manden, der graver haven, er nået til aspargesbedet.
-Larsen håber, at Puf (Andreas) har det bedre.</t>
+Larsen håber, at Andreas/Puf Larsen har det bedre.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/A14B</t>
   </si>
   <si>
     <t>Kjerteminde 28 Febr. 1901.
 Kæreste Alhed!
 Tak for Dine 2 Breve i Dag. Det er dog glædeligt at det er gaaet saa godt med Din Fader og at Operationen allerede er overstaaet, jeg havde ikke tænkt mig at det vilde komme saadan lige ovenpaa Undersøgelsen, Du kan tro det glædede mig at læse, det andet gaar nok nu Operationen er vel overstaaet. Jeg havde Brev fra Henrichsen i Dag, han havde talt med W &amp;amp; M der ikke kunde have min Auktion før sidst i October og han mente at kunde mærke paa dem at de saa temmelig mørkt paa Grund af den ringe Købelyst for Tiden og han spurgte om der ikke var Mulighed for at opgive den. Jeg har imidlertid svaret ham i Dag at jeg ikke vil eller kan opsætte den, bl.a. fordi jeg skal betale den Vexel midt i October som han skaffede mig med Penge indkomne ved Auktionen og henstillet til ham at se sig om efter et andet Lokale, den frie Udstilling, Charlottenborg eller et andet, og svare mig snarest. Jeg har faaet Møllen [eller Møller?] færdig i Dag og sat i Ramme ligesom jeg har sat de andre store i Ramme saa jeg nu har 8 store i Ramme og 9 naar jeg i Morgen faar gjort lidt mere ved Landskabet det var nemlig graat i Formiddags paa den Tid jeg skulde have malet paa det. Baronen og jeg var nede i Grossererens Skænkestue i Aftes og fik hver et Par Bajere og i Aften har han inviteret os alle derned. Jeg kommer saa paa Tirsdag hvis Du ikke sender Afbud eller der indtræffer Forhindringer. Det er dog dejligt at det er bedre med Puf, bare det nu maa gaa rask fremad. Jeg skal nok huske ”Primus”. Jeg venter at faa en Del Rammer i Morgen og faa en Del Billeder sat i, det er jo snart Tiden da jeg maa se at blive færdig hvis det skulde vise sig at Auktionen alligevel bliver i en nær Fremtid. Manden der graver Haven var her i Aftes og fik 7 Kr. 50 Øre til saa nu har han faaet 12 Kr 50 og er naaet til Aspargesbedet, han begyndte i den nederste Ende. Baronen beder mig hilse Dig. Vil Du gratulere Junge mange Gange fra mig, Marie skriver til hende nu. Jeg skal nok tage Penge med, vi begynder at tærske i Morgen. Bare nu Puf kan komme til at se lidt bedre ud til jeg kommer jeg er ligefrem bange for at han skal se værre ud end jeg tænker og det er for Resten temmelig slemt. Mange kærlige Hilsner til Jer alle sammen fra Din hengivne
 Johannes Larsen.</t>
   </si>
   <si>
     <t>1901-03-02</t>
   </si>
   <si>
     <t>Laurentius Allerup
 Alfred Eckardt
 Christian Eckardt
 Margrethe  Eckardt
 Andreas Larsen
 Cathrine Larsen
 Helga Larsen
 Ida Larsen
 Johan Larsen
 Johannes Larsen
 Marie Larsen
@@ -9207,50 +9236,100 @@
 Astrid stillede uret to timer tilbage for at narre Maria/Majsa Bredsdorff. Under besøg hos hende og hendes bror fortalte hun, hvad hun havde gjort. 
 Majsa fortalte om sin svigerinde, som kommer fra De Vestindiske Øer og er mulat.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/4Qle</t>
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:]
 Fru Laura Warberg.
 pt. Frederiksberg Hospital
 Afd. F.I.
 Kjøbenhavn.
 [på kuvertens bagside: Poststempel]
 Mandag.
 Kære Mor!
 Jeg fik ikke ringet til Tutte igår, men hun har lovet at sende mig et Kort om Tilstanden. Nu skal Du høre lidt herude fra – selv om vi naturligvis ikke kan præstere Verdensbegivenheder. Lørdag Aften havde vi Besøg af Vigs Bredsdorff og hans forlovede, Ida Kold, en meget sød, ung Pige fra Løgstør; hun er 21 År – spiller fænomenalt godt – har 20 Elever i Løgstør – og er huslig hele Formiddagen. De havde en Flaske Kirsebærvin med – jeg havde Cigarer og vi sludrede hyggeligt til henimod Midnat; Vigs er meget filosofisk anlagt, så Samtalen drejede sig mest om ophøjede Materier. Midt i det Hele begyndte Adam at brøle oppe i Slagbænken; da jeg kom derop sagde han, at han havde drømt om en Ko (det er hans Rædsel) og han havde voldsom Hjertebanken. 
 Sjums er slet ikke bange for Køerne – de står oppe på det nye Stykke Mark (med Stien) – hun tør gå helt ind i Tøjret til dem. Nå, vi fik ham jo beroliget. 
 Næste Morgen – Søndag – vågnede jeg Kl c 9. Majsa var allerede oppe hørte jeg; så sendte jeg Adam ind til hende for at spørge, om hun var rasende – at stå op Kl ½7! samtidig drejede jeg Uret to Timer tilbage. Et Øjeblik efter kom Majsa ind med dybe Beklagelser over, at hun var kommen så tidlig op – men jeg gav mig til at skælde ud, fordi hun havde alarmeret mig så tidlig; så gik Majsa ydmyg ned og gjorde Bod ved at sørge for Morgenkaffen, medens jeg - udsovet og i Ro og Mag fuldendte mit Toilette. Mens vi sad ved Kaffen trak en Byge over – jeg sagde: Du kan jo dog se, det er knap rigtig lyst endnu!” Majsa sagde: ”ja, jeg synes nok, at jeg var så ualmindelig sløj og søvnig”. Efter Kaffen gik enhver til sit – Majsa gav sig til at male et Blomsterbillede i Stuen – jeg vaskede op; samtidig hentede jeg Uret ned og stillede det atter de to Timer frem; Klokken var nu 11. Jeg hørte, at Majsa gav sig til at spille – og forstod, at der ikke var rigtig Gang i Arbejdet. Noget efter råbte hun ud til mig: hvad er Klokken? ”½12”. ”Umulig -,” stor Opstandelse – vi talte længe alvorlig om det – hvor forbavsende hurtigt Tiden var gået; måske går Uret galt? Majsa ringede til Centralen og forespurgte; ”Klokken er 5 Min over ½12.” Ja, så går Uret skam rigtig. Majsa øvede sig videre; men nu var det atter forbavsende, sa god Forslag der blev i den næste halve Time; men det måtte jo komme af Forsvirelsen, ja! Kl. 1 gik Majsa søvndrukken hjem til Middag i Kajerød. Sjums, Adam og jeg indtog vor festlige Søndagsmiddag – Kød med Salat og friskkogt Syltetøj – Rødgrød med tyk Fløde. Jeg fortalte dem mit Arrangement med Uret – og de gouterede det højlig. Klokken 4 var vi bedt til Kaffe i Kajerød. Jeg pyntede os alle tre fint og vi drog af Sted i det gode Søndagsvejr. Dernede begyndte de straks at snakke om Majsa, som dér var stået op midt om Natten – jeg stemmede i med – at ja, det var virkelig vanvittig af hende - . Men da vi endelig sad allesammen omkring det bugnende Kaffebord ude i Haven – og der blev en Pause – så sagde jeg: nu skal jeg fortælle en lille morsom Historie – men kun, hvis Majsa vil love at tie bomstille. Alle sad forventningsfulde - 
 II) – og så afslørede jeg mit storartede Bedrageri - og der var ingen Ende på Jubelen – selv Majsa måtte le med.
 Ja, det var en meget fornøjelig Eftermiddag og alle er så glade ved Børnene og leger med dem, så de morede sig dejligt. Vi kom først hjem Kl. 8 - Majsa med: så klædte de Små sig af og vaskede sig, mens jeg smurte Maden, som de i Dagens Anledning fik op på Sengen. Så tændte vi Lys i det fine og blanke Køkken – fik lavet Te, ristet Brød og indtaget vores frugale Måltid. Så malede vi fra 9 - ½11, men snakkede dog godt imens; hun fortalte mig så meget om den gifte Svigerinde – født Hjardemål; som jo er Mulat og har levet på Faderens Plantager i Vestindien til hun blev 10 År. Faren giftede sig imidlertid med en hvid – og de tog alle de 5 Negerbørn til sig, som han havde med en Negerpige derovre. Plejemoderen synes imidlertid det er en Skændsel at være Neger – og gør alt for at skjule Børnenes Afstamning; denne er altså gift med Maleren Lax Bredsdorff (Axel); de har en lille 2 Års Pige – helt lys – med de dejligste lysegule Krøller; nu venter de én igen – og det kan god hænde, at den bliver – kulsort! Det er jo spændende.
 Ja, nu er der vist ikke mere i Dag, Sjums og Adam skriver Breve til deres Far; tænk Dig – jeg fik Brev fra Anna i går – nu vil hun rejse 1st Okt – giftes til Dec! Jeg vil skrive, at hun virkelig må blive til 1st Nov – før kan jeg da ingen få. Hun skriver at der vist er ”godt om” Piger i År. Det er ikke videre lysteligt. Vi bliver nok her til sidst i Måneden, da det går så godt med det Hele og de Små befinder sig så udmærket.
 Mange Hilsner fra os alle!
 Din Astrid.</t>
   </si>
   <si>
+    <t>1912-08-26</t>
+  </si>
+  <si>
+    <t>Gunnar Biilmann Petersen
+Bodild Branner
+Alhed Marie Brønsted
+Ellen Brønsted
+Else Birgitte Brønsted
+Johannes Nicolaus Brønsted
+Peter Oluf Brønsted
+Grethe Jungstedt
+Alhed Larsen
+Andreas Larsen
+Kirstine -, pige i huset hos Hempel Syberg
+Ellen  Sawyer
+Christine Swane
+Leo Swane
+Sigurd  Swane
+Hempel Syberg</t>
+  </si>
+  <si>
+    <t>Ellen Sawyers mand, Harris Eastman Sawyer, døde i august 1911. Hun og datteren rejste derefter fra deres hjem i USA til Danmark. Året efter havde Ellen Sawyer besluttet sig for at blive i Danmark, og hun rejste til Boston for at pakke sine ejendele. Svogeren Johannes Brønsted fulgte hende tilsyneladende.
+Man kan se af beskrivelsen af huset i Kerteminde, at Louise Brønsted, hendes børn og Grete (Ellens datter) opholdt sig hos Alhed og Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3816</t>
+  </si>
+  <si>
+    <t>Hospitalskuren må hjælpe på Laura Warbergs dårlige ben. 
+Det er godt, at Ellen Sawyer og Johannes Brønsteds afrejse gik godt. Ellen var nervøs for rejsen og for at forlade Grete.
+I Kerteminde går det fint. Andreas/Lysse Larsen er sød til at lege med de små. Der er kommet brev fra Ellen og Johannes. Under en søgang sov Ellen en masse timer. 
+Mens familien i Kerteminde spiste, ringede en mand på døren og afleverede en stor pose godter. Alhed/Lomme Brønsted bad ham vente i trappestuen, til deres måltid var overstået - hun kender til helligholdelsen af måltiderne hos Larsen-familien. Bagefter fik man kaffe i lysthuset.
+Christine/Uglen, Sigurd og Leo Swane har været på besøg.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/kMkR</t>
+  </si>
+  <si>
+    <t>Kerteminde 26 - 8 - 1912
+Kære Mor!
+1000 Tak for det lange interessante Brev til Alhed i Dag, som ogsaa jeg har nydt godt af; hvor det er dejligt, at det gaar saa godt; mon ikke denne radikale Kur skulde faa konstante Virkninger paa "det slemme, haardnakkede Ben". Det er meget karakteristisk, at det er Dig, hospitalsbundne, der forsyner os med Efterretninger fra Afrejsen, de sidste Dage o.s.v. Det var beroligende at høre, at alt er gaaet godt og festligt og at Elle var ved godt Humør; hun var meget nedstemt her de sidste Dage; ked over at forlade Grete, og urolig for Rejsen; men det har jo nok fortaget sig. - Her staar alt godt til; hele Børnereden i god Kondition, og Hosten stærkt paa Retur, undtagen for lille Lysses Vedkommende, den herlige Dreng. Han er saa sød mod de smaa; I Dag har han og Bes gaaet og leget sammen under Bes' store Begejstring. Vi er meget glade ved det mildere Vejr i Dag, baade for vor egen Skyld og navnlig for de rejsende. Da Be skrev til dig, den Dag, jeg paabegyndte dette Brev, opsatte jeg det indtil videre. - I Dag havde vi ["vi" indsat over linjen] saa Brev fra de Søfarende, baade fra Kristiania og Kristianssens. Den første Del af Rejsen er da gaaet tilfredsstillende, trods en Del Søgang den første Dag og ["Dag og" indsat over linjen] Nat. Mag. holdt sig stolt, men Elle kunde ikke møde til Middagen; dog var det ikke saa farligt, skriver Mag, for hun sov i en Køre fra Kl. 4 om Eftermiddagen til 7 næste Morgen, og maa jo næsten antages at hun udhvilet efter de sidste Dages Strabadser. I Kristiania fandt de sammen med Biilmann, og paa Skibet er de en Klike paa Elle og 6 Kemikere, som holder Sjov og nyder Bordets Glæder sammen. -
+I Dag, Mandag, er der vederfaredes Huset og os alle en stor Glæde og Ære. Mens vi spiste, Børnene og jeg som sædvanlig ved mit lille private Taffel i Køkkenet, ringede det paa Entredøren, og Lomme gik ud og lukkede op; kom tilbage med en mægtig Pose Godter, som var fra "en Mand" til alle Børnene; 
+[øverst på arket er med blyant skrevet:] 1912
+[Herefter med blæk:] jeg styrtede jo ud, meget imponeret og foruroliget af Posens Størrelse, og hvem sidder i Trappestuen: Onkel Syberg. Lomme, som jo kender Husets Helligholdelse af Middagsfreden havde sagt til ham: "De kunde maaske vente lidt, for vi spiser", hvad Onkel Syberg havde moret sig meget over. - Middagsfreden blev jo nok alligevel lidt forstyrret, og bagefter blev der Kaffe i Lysthuset, Fremvisning af Haven og megen Passiaren; alt tilfredsstillende. Kirstine dukkede op midt i Kaffen og Kl. 2 gled de igen, var kommen kørende i egen Befordring, alene for at hilse paa os alle.
+Svane med Uglen har været her en Dags Tid paa Gennemrejse til København. Broderen, Leo Svane, er her endnu, et meget tiltalende Menneske; rejser vist med 2 Posten i Nat. Ja, her er altid noget.
+Helhedstilstanden er stadig god; tænk, at jeg kunde glemme at takke Dig for den gode [ulæseligt]chokolade; jeg er forøvrigt saa rask og i god Kondition, saa jeg slet ikke trænger til Styrkemidler. - Vi rejser herfra paa Søndag med 11 Toget.
+Mange Hilsner til Dig, Tutte, Junge, Bodild etc. fra Din Lugge
+26 - 8 - 12</t>
+  </si>
+  <si>
     <t>1912-08-27</t>
   </si>
   <si>
     <t>Johan Christian Petersen</t>
   </si>
   <si>
     <t>På brevet er tilføjet et par kommentarer med blyant, om det er modtageren eller afsenderen eller en helt tredie fremgår ikke. Bl.a. står der "denne Tegning til Truelsen" - Truelsen er gartner Truelsen, som ejede den grund, Mads Rasmussen købte til at bygge Faaborg Museum på.</t>
   </si>
   <si>
     <t>Faaborg Byhistoriske Arkiv, Mads Rasmussens familiearkiv, Mappe 29</t>
   </si>
   <si>
     <t>Carl Pedersen sender Mads Rasmussen den skitserede plan til Faaborg Museum og opremser forskellige betingelser, han ønsker opfyldt ved køb af grunden til museet.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/jLxU</t>
   </si>
   <si>
     <t>Aaboulevard 5 d 27 August 1912
 [tilføjet med blyant]: Penge til Rejsen denne Tegning til Truelsen
 Hr. Etatsraad M. Rasmussen!
 Efter Aftale sender jeg hermed den skitserede Plan til Museet.
 Ved Købet af Grunden vil det være ønskeligt om Grundstykkets Forbindelse med Haven kan blive 5 Alen i Stedet for 2 Alen. Endvidere vil det være heldigt om følgende Betingelser kan opnaas: 1) Ret til at benytte Naboejendommens Indkørsel til Museets Transport, 2) Ret til at anbringe det lille Vindu i Toilettet, 3) Ret for Museets Architekt til at godkende Udseendet og Anbringelsen af den Port Naboen skal have indrettet, 4) Ret til at lade Museets Tag have Fald mod Naboens Grund.
 Det sidste Punkt er det vigtigste og det er af den største Betydning for Husets Udseende, at vi kan blive fri for at have Brandkam over Taget. Nedløbsrørene maa ogsaa føres ned paa Nabogrunden og en Ledning lægges i denne langs Huset.
 Med megen Agtelse
@@ -11205,50 +11284,92 @@
 Gården Kejrup ligger nær Kerteminde. 
 Det vides ikke, hvad Laura Warbergs nye pige hed og ej heller, hvem tandlægen var. 
 Dr. Hvidt er formodentlig Dr. Julius Hviid.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2614</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/NXeB</t>
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:]
 Fru Goldschmidt
 St. Pauli Kyrkogatan 19
 Malmø
 Skåne
 [På kuvertens bagside: Poststempel]
 [I brevet:]
 Store Bededag
 Kære Astrid
 Kl. er 8 og jeg er nu ankommen hjem fra Alhed, hvor vi har været til Middag Kl. 1 og bleven længere end jeg havde tænkt. Vi skulde nemlig see Alhed i Stadsen til et fint Bal paa H [”H” overstreget] Kejrup hos Muus; Prins Axel er der, her ligger Baade med ham og en Del Officerer; nogle kom i en Flyvemaskine, saa her har været Røre i den lille By. A. havde faaet sin gule S[i]lke syet om med meget klart, mønstret Tüll, en dejlig Dragt, der klædte hende henrivende. Kun faa af Byens ”Spidser” er med. Vi er alle saa gale paa Muus, at han ikke kunde bede Elle med; Fru Dahlerup dyer sig vist ikke for at sige det til ham – Christine blev fejret i Aftes deroppe; Dr. Hvidt, Houmark, Tandlægen og Elle til Kl. 1, saa hun var forsviret og vilde nu tilbringe denne Aften ganske ene. Hun var glad ved Dit Brev, fik ikke saa mange paa Grund af Helligdagene. Houmark er begejstret for at komme til dem er der ogsaa jævnligt. Han skriver udmærket, jeg har netop i Eftermiddag læst en af hans Bøger, mens Alhed fik en lille Hvil og de andre var ude. 
 – Nu ordner vi mine Stuer, min nye Pige og jeg; i Morgen kommer Chr. og Alhed og hænger Billeder op. Elle har hittet paa at de vil lave sorte Silhouetter til Spisestuen. Chr. har nok [ulæseligt] af dem paa Erikshaab; bare det kunde blive til Pinse, men det er vist et stort Arbejde. Endelig paa Mandag begynder de nok paa Haven. Min Stue bliver køn, men den er altfor stor; den minder saa meget om Erikshaab; men [”men” indsat over linjen] den er bredere og Dørene sidder ikke ens, Kakkelovnen ogsaa anderledes. Ja gid vi kunde faae en morsom Pinse! Elle siger, vi skal gøre Bal! Ja lad gaae, siger jeg! Gid Du kan komme! Spar nu sammen til det og rejs ikke mere end nødvendig forinden. Farvel lille Putte! Dette er gaaet i en Fart, det skal hen inden 9. 
 Kærlig hilsen! Mor.</t>
   </si>
   <si>
+    <t>1914-05-13</t>
+  </si>
+  <si>
+    <t>Herman Bang
+Alhed Marie Brønsted
+Ellen Brønsted
+Else Birgitte Brønsted
+Johannes Nicolaus Brønsted
+Peter Oluf Brønsted
+Esther Dahlerup
+- Dahlerup, Fru
+Bodild Holstein
+Christian  Houmark
+Alhed Larsen
+Andreas Larsen
+Christine  Mackie
+Anna Rosenørn</t>
+  </si>
+  <si>
+    <t>Louise Brønsted og Andreas/Puf Larsen havde begge fødselsdag 12. maj. 
+Rosenørn er muligvis ikke Anna Rosenørn, men en anden person med samme efternavn.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3801</t>
+  </si>
+  <si>
+    <t>Ellen Sawyer undskylder det forsinkede fødselsdagsbrev. Hun glemte ikke fødselsdagen. Først var hun hos tandlægen med Christine/Mornine Mackie, og derefter måtte de to have portvin og et hvil. Så spiste Ellen frokost hos Alhed Larsen. Derefter tog Ellen til hotellet med Fru Dahlerup, som gav the. Her mødte de Christian Houmark, og han bød på en flaske vin. Bagefter inviterede Houmark på middag, og han og Ellen indtog denne med mange våde varer til. De ringede og bad Christine Mackie og Alhed om at komme, og da de to ankom, sad Houmark og Ellen og holdt hinanden i hånden og græd over "livets Vemod". Selskabet drak endnu mere, og Ellen blev meget fuld. Hun gik hjem indhyllet i et af hotellets sengetæpper.
+Dagen efter havde Ellen tømmermænd. Hun og Alhed magtede dog at fejre Andreas/Puf Larsen.
+Ellen spørger, om Louise Brønsted kender nogen, som vil leje hendes lejlighed sommeren over.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/wEPp</t>
+  </si>
+  <si>
+    <t>13/5 14
+Kære lille Lugge!
+Hvordan kunde det dog ske! For jeg glemte det ikke. Jeg ved, at da jeg stod op om Morgenen tænkte jeg, - nu er der kun èn Ting som jeg skal idag, og det er at skrive til lille Lugge. - Dagen gik - noget som helst andet tog jeg mig ikke for, - men jeg overkom ikke at skrive til dig. - Om Morgenen gik jeg op til Besen og drak Kaffe og dangderede i Haven - kom hjem og hjalp med lidt - gik derefter med Mornine til Tandlægen for at se på at hun blev bedøvet og fik en Tand halet ud Det var meget interessant men ækelt - det så ud ["ud" indsat over linjen] og lød så uhyggeligt, - hun vendte nemlig det hvide ud af Øjnene og "[ulæseligt ord]," men forresten varede det kun 1/2 Minut. Så måtte vi jo ned og drikke et Glas Portvin oven på det og ligge lidt og med alt det gik Tiden til Middag. Jeg spiste hos Besen og måtte jo nyde en Cigar til Kaffen og så blev Klk 2 1/2, - jeg havde da en Time med Fru Dahlerup. Hun kom, men gad ikke læse - vi sludrede en Times Tid, - flyttede så ned på Hotellet hvor hun gav The. Mens vi sad der, kom Houmark og slog sig ned hos os. Det er sandt, - ham kender I ikke. Han er Forfatter og skriver sådan lidt ligesom Herman Bang. Han kommer så meget sammen med os - d.v.s. med Mornine, B og mig - og vi holder så meget af ham, han er så god og rar - og man har så ondt af det for ham for så meget. Nå, han kom altså og bad os drikke en Flaske Chablis med os, - hvad vi gjorde. Den gav ham jo Blod på Tanden, så han bad os dinere med sig. Fru D. kunde ikke, men jeg kunde jo nok, - Mandag er min eneste Friaften, hvor jeg altid er oplagt til noget. Så indtog vi altså en delikat Middag, - Suppe - Kylling og Pandekager - hver en Flaske Porter - en Fl. Rødvin en Fl. Madeira. På det Tidspunkt ringede vi efter Mornine og Be. - På ["På" overstreget] Da Mornine kom, sad vi og holdt hinanden i Hånden og græd over Livets Vemod. I lover mig ikke at sige det til nogen. Det var Synd. Han er af dem, som når man ikke kender ham, indbyder til at grine af. Han er så svagelig og alt er forkert med ham. Så livede vi jo også op, da de kom og vi sjælede fredeligt lige til Klk. 12. Vi kalder det at vi "sjæler" med ham, men det må I heller ikke sige til nogen. Det lover I. Men ved Gud hvor vi "sjælede" Lysholmer, mer Porter, - Sherry - åh, hvor jeg var oppe og fuld, - men nu har jeg jo vist, at jeg kan bære en ordentlig Kæfert fint. Der var intet at indvende på min Opførsel. Jeg gik strunk hjem indhyllet i et hv. uldent Sengetæppe, som Hotellet havde lånt mig, da der var så koldt. Men næste Morgen - du gode Gud - Sengen kørte rundt og mit Hovede var bly. Men vi havde da Aandsnærværelse til at drikke både din og Pufs Skål efter 12. 
+Kommer I til Pinse. I må og skal. Jeg længes sådan efter jer. Det gør vi allesammen. - Hvis I ser Bodild, så mind hende om at hun vilde spørge Rosenørns, om de ikke vil have min Lejlighed i Sommerferien. Ved I ikke nogen hvis de ikke vil. Smaa 70 Kr. Hvis jeg ikke får den lejet ud, kan jeg ikke komme med på den store Cycletur, og mit Hjærte brister. -
+1000 Tillykker, lille Lugge og undskyld Forsinkelsen. Bunker og atter Bunker af Hilsner til jer alle 6. Hvor henrivende mon lille Else er nu. Tilbringer hun endnu sit Liv på den lille Potte i Gangen? Og igen Tak for Strømperne
+Elle</t>
+  </si>
+  <si>
     <t>1914-05-15</t>
   </si>
   <si>
     <t>Else Jensen
 Anna Syberg</t>
   </si>
   <si>
     <t>Faaborg Museum, Fritz og Anna Sybergs arkiv, breve fra Else og Johannes V. Jensen til Anna og Fritz Syberg i tiden 6/2 1910 til 9/10 1914</t>
   </si>
   <si>
     <t>Johannes V. Jensen er kommer hjem fra en vellykket rejse og har fundet alt uforandret. Han kan forstå på Fritz Sybergs seneste brev til Else, at Fritz har været på landevejen og nu har nedsat sig som boelsmand i Svanninge.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/STNI</t>
   </si>
   <si>
     <t>15 Maj, 14
 Kære Ven
 Jeg er kommen hjem efter en i alle Maader vellukket Rejse og har fundet alt uforandret, smaat, velernæret, hageløst, halvgement, net og ufarligt - Rodskud som det jo er det hele. Naturen som altid dejlig. Helges Badekammer , Else yndig og Drengene to ægte Knopper. Efter dine to Breve til Else at dømme - det sidste har jeg i Dag med husbondagtig Overgreb aabnet i Elses Fraværelse - har du været paa Landevejen men er endt med at blive Boelsmand i Svanninge; jeg glæder mig til at besøge dig der. Selv tænker jeg paa at bygge mig Smedje i Sommer i Tibirke, hvor jeg haaber at se dig. Annas to Maaneder i København holder jeg med hende i.
 [her slutter Johannes v. Jensen uden signatur, hvilket han ikke plejer. Det virker dog sandsynligt, at det brev fra Else Jensen, der i arkivet ligger umiddelbart efter Johannes V. Jensens, og som er udateret, er en fortsættelse af Johannes V.s brev. Derfor er de to breve registreret sammen som et. ]
 Kære Syberg
 Tak for dine Breve. Det var jo en udmærket Løsning paa Spørgsmaalet I har fundet, vi er kede af at ikke hele Familien flytter herind til byen, saa vore respektive Børn ogsaa kunde faa lidt Glæde af hinanden, og det bliver vel ogsaa sjældent vi faar dig at se, men det kan jo ikke nytte du flytter herind og befinder dig ilde.
 Jeg har været i Bremen og hentet Johannes V. og faaet ham hjem i god Stand og nu længes vi efter at flytte ud i Huset, bare I kunde besøge os der igen iaar, vi har nu faaet lidt flere Bekvemmeligheder derude, saa vi skulde nok faa det rart. Men Syberg har I Strand i Svanninge og hvad gør i med Nordskov, jeg kan egentlig slet ikke tænke mig jer andre Steder end der. 
 Hils Anna mange Gange og bare vi snart saas. Din hengivne Else</t>
   </si>
@@ -11505,50 +11626,79 @@
     <t>1 tønde hartkorn = 139 l = ca. 100 kg. 
 Hverringe Gods ligger nord for Kerteminde i Viby Sogn. Hovedbygningen er opført i 1790. Hverringe Gods er på 1655 hektar med gårdene Brolykke og Bøgebjerg. Oprindelig var Hverringe en skovgård beliggende ved de store skove, der lå ud til kysten. I 1607 opkøbte Hverringes ejer øen Romsø og et stort stykke kystskovbælte af kongen og derved blev godsets jordlod et meget langstrakt kystvendt område. Ud over landbrug og skovbrug er godsets forretningsområder i dag boligudlejning og jagt. Desuden driver godset Romsøbåden, der hele sommeren sejler turister fra Kerteminde til Romsø. Overnatning på øen er ikke tilladt. Desuden er en 5-stjernet campingplads i godsets regi.
 Ejer er Alexander Iuel, greve.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv (i kopi)</t>
   </si>
   <si>
     <t>Johannes Larsen har indløst et pantebrev, som Hverringe Gods har haft i faderens virksomhed</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/v0lv</t>
   </si>
   <si>
     <t>Af Stamhuset Hverringes Godskontor har underskrevne Kunstmaler Johannes Larsen i Dag erholdt udlånt den af Købmand I.A. Larsen i Kerteminde under 15. Juni 1895 til det med Stamhuset Hverringe forbundne Juelske Fideicommis udstedte og den 26. Juni 1895 tinglyste Panteobligation, lydende paa 8000 Kr., til foranstaltende Udslettelse af Afdrag 3500 Kr. og Tinglæsning af Relaxation af Panteretten i Matr. No 6 (Haven ved Stranden) med Hartkorn 1 3/4 Td.
 Kerteminde den 1. September 1914.
 Johannes Larsen. 
 vend
 Den foran nævnte Panteobligation er den 14de dennes modtaget tilbage fra By- og Herredfoged[ulæselig] i Kjerteminde.
 Hverringe Godskontor
 pr. Kerteminde 
 den 20 - October 1914.
 Krarup.</t>
   </si>
   <si>
+    <t>1914-10-26</t>
+  </si>
+  <si>
+    <t>Christian Danning
+Christian  Houmark
+- Lassen, Fru
+- Lundgren
+Elisabeth Mackie</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3810</t>
+  </si>
+  <si>
+    <t>Christine Mackie takker for de frugter, som Louise Brønsted har sendt. Hun har besøg af Lundgren, som har mødtes med kapelmester Danning for at tale om koncerter. Lundgren er sød og rar, men hans energiniveau virker foruroligende på Christine. Nu lejer Lundgren muligvis et værelse, så han og Christine kan indstudere opera.
+Christine har været til premiere i det nyopførte teater i Odense.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/CUN7</t>
+  </si>
+  <si>
+    <t>[Øverst s. 1 er med blyant skrevet:] 1914
+[Derefter med blæk:]
+Kæreste lille Lugge!
+Hvor er jeg dog en Lort, at jeg først nu sætter mig hen og takker dig for den righoldige Koffertfuld, som lå her, da jeg forrige Lørdag kom fra Odense. Tusend Tak! De lå og modnede netop indtil min værste Mavekatarrte var gået over, og de smagte os storartet! - Vi har i disse Dage Besøg af Lundgreen, som kom til Odense for at tale om Koncerter bl.a. med Kapelmester Danning, hos hvem han også ansøgte for mig. Han er så rar og hyggelig at have, og måske går han i Pension hos Fru Lassen for længere Tid og bor på Gavlværelset og indstuderer Operapartier ved Hjælp af mig. Det værste er, at han virker så foruroligende på mig med al sin Energi, jeg bliver så Hårene rejser sig på mit Hoved af Rædsel, når han sidder og udkaster Planer for Koncerter, det eneste af den Slags, jeg kan tåle at lagre om, er Norge-Tournéen! For den er der først Mulighed for en Gang helt hen i Foråret! Men alt det andet går vist også nok i sig selv, tænker jeg. - I Fredags var jeg på en Fribillet fra Houmark - til Première i Odense i det smukke ny Teater, det er ganske nydeligt, og det var ogsaa en nydelig Forestilling. Jeg har fået én fuldt betalende Elev derude, så har jeg hele 18 Kr om Måneden!
+Tusende Hilsner til jer alle!
+Mornine
+26/10 - 14</t>
+  </si>
+  <si>
     <t>1914-11-12</t>
   </si>
   <si>
     <t>Laurentius Allerup
 Johannes Nicolaus Brønsted
 Ludvig Dahlerup
 Julius Hviid
 - Ipsen
 Grethe Jungstedt
 Andreas Larsen
 Johan Larsen
 Axel Muus
 Ellen  Sawyer
 Christine Swane
 Laura Warberg</t>
   </si>
   <si>
     <t>Alhed Larsen er i København og besøger bl.a. søsteren og hendes mand Johannes N. Brønsted (Magisteren). 
 Larsen-familien byggede i 1913-1914 hus til Alheds mor, Laura Warberg, på Strandvejen i Kerteminde.</t>
   </si>
   <si>
     <t>Det har været uvejr. Johannes Larsen skulle have været til middag hos Muus, men han meldte afbud p.gr.a. for megen "Drik Tobak og Spise". 
 Laurentius skal plante i Alheds mors have. Ellen har været forbi med noget sylte.</t>
   </si>
   <si>
@@ -11925,50 +12075,95 @@
     <t>Børnene opfører sig eksemplarisk, og de er glade for at bade. I dag spiser de aftensmad ved stranden. Alhed Larsen troede, at Alhed/Lomme Brønsted ville spise med de voksne, men det ville hun ikke. 
 Christine har haft børnene med til kager på hotellet, og de gik selv hjem, da hun mødte bekendte og blev der.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/UqQn</t>
   </si>
   <si>
     <t>[Med Christine Mackies skrift:]
 Fredag 14 Juli 1916.
 [Med blyant; ukendt persons skrift:]
 Fra Alhed Larsen?
 Fortsættelsen fra Mornine = Mackie
 [Med pen; Alhed Larsens skrift:]
 Kære søde Lugge!
 Børnene har det udmærket og er forfærdelig søde, ligefrem exemplariske af Opførsel. De kommer og spørger om alt og vi giver jo kun Lov til det mest ufarlige. Jeg indprenter stadig Børnene og alle Husstandens Medlemmer at naar Forældrene er saa langt borte, kan man ikke være for forsigtig. De gaar til Stranden hver Efterm. og er henrykte for at bade. I Dag skal de have Aftensmaden med, Valborg og Margrethe gaar med dem . - Vi har sat et Bord i Gaarden, hvor de spiser i godt Vejr, jeg mente, Lomme skulde spise med de voxne, men hun udbad sig at spise med de andre. I daarligt Vejr spiser de i deres Værelse (det ny Værksted). Nogle Gange har de alle spist inde og da har da siddet aldeles exemplarisk. - Lille Mudi kom jo saa i Onsdags med straalende Ansigt og begejstret Stemme. Hvor er hun bedaarende. Vi haaber, I har en rigtig god Rejse, det bliver forfærdelig sjov at høre om, naar I kommer. Vi bliver her mindst en Dag sammen med jer.
 1000 Hilsner til jer begge. Be
 [Med pen; Christine Mackies skrift:]
 Kære Lugge og Mag!
 Hvor er det storartet at høre, at I har det godt og morer jer - og ikke mindre rart, at vi kan melde alt vel i enhver Henseende, Børnene er fremdeles komplette, og jeg tror, de morer sig udmærket, vi mærker ikke meget til dem i Stuerne, de leger ude omkring, og i Regnvejr er de i deres Værelser. I Aftes havde jeg de store Piger til Kager paa Hotellet, og en Eft. har jeg haft dem alle fire og Drengen i Skoven til Chokolade. I Aftes gik de alene hjem fra Hotellet fordi jeg fandt Selskab dernede, som gærne vilde have mig med i Laget, Dahlerups, Meierne, og Minna kom senere. Vi drak og røg, Kl. 1/2 12 skiltes vi på Hovedtrappen hvorpå Minna og jeg gik lige omkring Haven og ind igen og spiste Smørrebrød. 
 Tusinde Hilsner til jer begge!
 Mornine
 [Med Alhed Larsens skrift:]
 Ligenu kom Dit Kort Tak.</t>
   </si>
   <si>
+    <t>1916-07-22</t>
+  </si>
+  <si>
+    <t>Johannes Nicolaus Brønsted
+Louise Brønsted</t>
+  </si>
+  <si>
+    <t>Norge
+Bergensbanen</t>
+  </si>
+  <si>
+    <t>Ellen Brønsted
+Ina  Goldschmidt
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Louise og Johannes Brønsted var i Norge sommeren 1916, og deres børn blev passet af Christine Mackie, Alhed Larsen og Laura Warberg i Kerteminde. 
+De tre piger er på cykeltur: Det vides ikke, hvem den tredje er.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3834</t>
+  </si>
+  <si>
+    <t>Ina/Sjums Goldschmidt er kommet til Kerteminde, og Ellen/Bes Brønsted er flyttet ned til Laura Warberg. De tre piger har været på cykeltur og badet to gange.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/V7sM</t>
+  </si>
+  <si>
+    <t>[Fortrykt på kortets adresseside:]
+BREVKORT.
+[Håndskrevet i kortets adressefelt:]
+Hr. Professor Brønsted
+Myrdal
+(Bergensbanen)
+Norge
+poste restante
+[Håndskrevet i adressefelterne:]
+Kære Lugge og Mag!
+Alt går fremdeles som det skal og Børnene er søde. Sjums kom igår, og Bes er idag flyttet ned til Mor. Idag var de tre store Piger med mig på Cycle til Dalby til Sodavand og Kage, og de har idag for første Gang badet to Gange. Vi håber, I får dette all right, det kommer til Nyborg i Aften.
+Tusende Hilsner fra os alle!
+M.
+22/7- 16.</t>
+  </si>
+  <si>
     <t>1917-05-10</t>
   </si>
   <si>
     <t>Pilegården Kerteminde</t>
   </si>
   <si>
     <t>Christoforu -
 Else Jensen
 Jens Jensen
 Villum Jensen</t>
   </si>
   <si>
     <t>Johs. V. Jensen og Fritz Syberg har også i flere tidligere breve skrevet sammen om Jensens tekst om Christoforu/Kristoffer og Sybergs illustrationer til den.</t>
   </si>
   <si>
     <t>Hvis Johs. V. Jensen har brug for sit manuskript, sender Fritz Syberg det. Syberg graver have og maler lidt, men han lider af søvnløshed, gigt mm.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/3rud</t>
   </si>
   <si>
     <t>Pilegaarden 10-5-17
 Kære Ven!
 Dersom Du har Brug for Dit Manuskript til Christoforus lader Du mig det nok vide. Saalænge Du kan undvære det vil jeg gærne have Lov at beholde det. Hvordan gaar det med Din store Bog? Det vilde være morsomt paany at se en stor Bog fra Dig. – Jeg graver i Haven som er meget slem at faa Bund i og maler lidt hveranden eller tredie Dag lider iøvrigt af Søvnløshed Gigt og Træthed. Har dog ikke mistet [”mistet” indsat over linjen] Haabet om at blive rask en Gang.
 Hils Else meget og Børnene
@@ -11978,54 +12173,103 @@
     <t>https://fynboerne.ktdk.dk/d/eHN3</t>
   </si>
   <si>
     <t>1917-05-27</t>
   </si>
   <si>
     <t>Heinrich Heine
 Else Jensen
 Jens Jensen
 Villum Jensen</t>
   </si>
   <si>
     <t>Vejret er smukt, kirsebærtræerne blomstrer, og fuglene synger. Fritz Syberg føler sig alligevel trist og udenfor. Han graver og vander have og ville ønske, at han var en plante. Syberg kan ikke male; når han prøver, bliver det elendigt.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/0QX8</t>
   </si>
   <si>
     <t>Pilegaarden Pinsedag 1917
 Kære Ven.
 Sikken et Pinsevejr, det er næsten bespotteligt at tale om Gigt, Influenza og Nervøsitet og det er dog det, den staar paa her. Jeg vaagner flere Gange om Natten og kigger ud af Vinduet, og det Syn der møder En er vidunderligt som et Digt af Heine. Blomstrende Kirsebærtræer, blaanende Marker og rosenfarvet Himmel; tæt ved Vinduet sidder en Drossel og synger halvt i Søvne, og hele Rummet derude er fyldt med [”med” overstreget] af Fuglesang, ja det er rigtignok ”wunderschönen Monat Mai.[”] Selv staar jeg træt melankolsk, som En der er sat udenfor det hele, paa Vej bort fra det altsammen. Om Dagen vander planter og graver jeg lidt i Haven, et Par Timer Formiddag og Eftermiddag (Resten af Tiden tilbringer jeg i Sengen) og Dagen er endnu vidunderligere end Natten. Gud ved om det, at blive Plante, et Par Aars Tid ikke kunde kurere En for Søvnløshed. Men at behandler sig selv som Plante er svært og faa Andre til at gøre det samme [”samme” overstreget] er umuligt. Et maa jeg imidlertid renonsere paa, at male, det lykkes mig kun at konstatere hver Gang, jeg faar et Tilbagefald til Penslen, hvor elendig jeg er. Skal det blive til noget maa jeg have et større Fond af Kræfter samlet sammen. ”Krop skal til” som Græshoppen sagde. Ha’et nu godt alle sammen, hils Børnene og Else mange Gange og vær selv hilset fra
 Din hengivne
 Fritz Syberg.</t>
   </si>
   <si>
+    <t>1917-06-07</t>
+  </si>
+  <si>
+    <t>Frederiksberg Have</t>
+  </si>
+  <si>
+    <t>Adam Goldschmidt
+Alfred Goldschmidt
+Alhed Larsen
+Janna Schou
+Jørgen Schou
+Marie Schou</t>
+  </si>
+  <si>
+    <t>Efter flere års ulykkeligt ægteskab gik Astrid/Dis Warberg-Goldschmidt fra sin mand, Alfred Goldschmidt, da hun blev kæreste med Jørgen/Buf Schou, som var meget yngre end hende. De to ventede hurtigt barn sammen. Jørgen Schou og hans mor, Marie Syberg, som i sit første ægteskab bar navnet Schou, boede i det nedlagte gartneri Valdal i Valby. 
+Hogemeister, Bendsen, Pauline samt Karen K kendes ikke.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0989</t>
+  </si>
+  <si>
+    <t>Astrid/Dis Warberg-Goldschmidt takker for babytøjet. Hun har fået et gavekort af Jørgen/Buf Schous mor. Astrid får mange udgifter til blandt andet fødehjemmet. Hun overvejer at lave et middagsabonnement. Om tre-fire år kan Jørgen/Buf nok bidrage godt økonomisk. 
+Jørgens mor, Marie Syberg/Schou har helt ændret holdning til Astrid. Tidligere frygtede hun, at barnets komme ville lægge bånd på sønnen, men hun blev lettet, da planen om giftermål blev skrinlagt. Jørgen er også lykkelig over at "krigen" er slut. 
+Efter fødslen skal Astrid efter planen bo en tid på Valdal. 
+Astrids kvistlejlighed er yndig, og hun holder den skinnende ren. Hun har pragtfuldt blomstrende planter, og hun nyder både dem og den skønne sommer samt at glæde sig til barnet. 
+Astrid beder Johanne/Junge Larsen sende den sorte bog med skriverier i.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/dn6L</t>
+  </si>
+  <si>
+    <t>[På kuvertens forside med blæk:]
+Fru Johanne Warberg-Larsen
+Kærbyhus
+Kerteminde
+[På kuvertens forside med blyant:]
+1917 
+7/6
+[I brevet med blyant:]
+I/
+pt. Frederiksberg Have 
+den 7/6 – 17.
+Kæreste lille Junge! Tak for Dit Brev – og her gik jeg med den frygteligste ondeste Samvittighed, fordi jeg ikke skrev til Dig – Du har da ingen Grund til Samvittighed! Men selv om Du aldrig skrev (hvad Du nu gør) – så bliver jeg aldrig besk af den Grund, jeg ved jo nok, at Brevskrivning er noget uoverkommeligt for Dig – og det kan jeg skam godt forstå. – Tak for alt det gode små Tøj – for Lån og for Gave! Det som behøvede Vask og Kogning bliver ordnet i Dag af min kære Naboerske, Fru Bendsen, som selv har Storvadsk. Når jeg saa får det strøget – hvad jeg selv kan, så er alt i Orden og parat, jeg har kun behøvet at købe 12 nye Bleer, 6 Undertøj og 4 Svøb – det var endda på Presentkortet – hvoraf endnu resterer 28 Kr, det var på 50 Kr (Bufs Mor), så jeg har jo slet ingen Udgifter haft selv endnu, men nu kommer det jo i næste Måned – senest – med 138 Kr til Fødehjem – og der bliver jo nok mere, Vogn etc. Nu har jeg 945 Kr i Sparekassen og 15 Kr skylder Karen K mig; og før til Sept. holder mine Indtægter jo ikke op – altså de 100 fra Alfred. Så har Du måske hørt, at jeg tænker på fra Sept. at få Middagsabonnement – til dels på Frokost; har sikret mig Pauline, men skulde gerne have 3 til, så håber jeg at kunne klare den nogenlunde. Jeg er meget lettet ved denne Idè – så går man da ikke straks sin Ruin imøde, men kan forhale den noget og kommer Tid kommer Råd, kan jeg blot klare den 3-4 År, så vil Buf sikkert til den Tid – måske før – kunne træde til ; det ser helt godt ud med alt hans; Chefen – Hogemeister – synes at interessere sig for ham, vil gerne beholde ham, selv uddanne ham til praktisk Ingeniør og siden knytte ham fast til sin Virksomhed, som det er Menigen at udvide i stor Stil – om nu bare Krigen engang holdt op. – Ja, Junge, jeg må sige Dig, at jeg er mere end henrykt over den nye Tingenes Ordning, der er kommen sådan en velsignet Fred over hele Linien; Bufs Mor har helt forandret sig overfor mig, er sød og venlig og interesseret, jeg er slet ikke bange for hende mere - kommer meget derud – glæder mig nu altid til det, det er jo så dejligt at sidde i den yndige Have – og jeg befinder mig pludselig helt som hjemme derude; jeg kan ikke sige Dig, hvilken Lettelse det er og hvilken Følelse af Glæde og Tryghed det har givet mig; først nu forstår jeg rigtig, hvor grænseløst det har pint mig i disse År, at hun stod så uforsonlig overfor mig; men det har været et stort Gode, at dette Giftermål var påtænkt – hun synes 
+II/
+nu ganske at glemme, at Giftermålsplanen først kom op senere [er forresten slet ikke udklækket i min Hjerne fra Begyndelsen) hendes første store Fortvivlelse, der gav sig så forbitrede Udtryk overfor mig, gjaldt jo nemlig dèt, at et Barn ventedes – og at det kunde virke som et Bånd på Buf. Nu er den Ulykke glemt – i Lettelsen over at jeg afstår fra Giftermålet – Hurra! det var nu ingen dårlig Manøvre – hvilket herligt Resultat! Buf er ikke den mindst lykkelige – forn ham betyder det en om mulig endnu større Lettelse, at denne pinlige indbyrdes Krig er sluttet – og så uventet gunstigt. – Jeg har det så godt, Junge; er så mobil og lebendig, at jeg meget ofte glemmer, at jeg bærer på den vældige Unge – Forleden var jeg f Eks. Lige ved at trave op på Rundetårn, da jeg netop kom forbi og så der var åbent, men det var nok alligevel bleven for højbenet – jeg besindede min Fylde- og opgav Forehavedet. Og Junge – jeg glæder mig noget så knusende til at have sådan et lille Nøvs engang igen. Det er bestemt at jeg kan tage lige fra Fødehjemmet ud til Valdal og bo derude i nogen Tid sammen med Buf – de andre er nok rejst til den Tid, så kan den lille stå i Haven hele Tide – og jeg slipper for Trapperne til min Kvist; jeg glæder mig sådan til den Tid – bare nu alt må forløbe normalt. 
+Der er for Resten så yndigt på min Kvist i denne Tid - jeg gør mig en Motion af altid at skruppe og skure og ordne deroppe - så der er skinnende flunkende fint og frisk og duftende; jeg har et dejligt Flor af Blomster i Vinduerne - Be gav mig en pragtfuld rød Pelargonie; som blomstrer ganske overdådigt, en lyserød er også i Flor og et lille Skud - blegrød - har sat en vældig Blomst; Adams Venusbregne er også pludselig begyndt at udvikle sig til en voldsom Skønhed - åh, jeg nyder hver Dag min lille yndige Lejlighed og jeg tror, det er saliggørende for en Dame, der venter sin Nedkomst - at gå så meget alene - for Hjernen er jo nu det ømme Punkt ved sådan en Lejlighed.
+Og hvilken Sommer vi dog har! det er da også til at blive tosset over! Jeg nyder den i fulde Drag hver Dag - enten her i Frederiksberg Have - i Søndermarken - eller - allerbedst - på Græsplænen i Valdals Have.
+Hvor er det dog bedårende dejligt at gå og bære på en lille Unge under så gunstige Omstændigheder - jeg tror alt godt om alting i denne Tid. 
+Ja - så bliver Skrivelsen ikke længere dennegang - Farvel lille Junge og Tak for al Din store Godhed! Hils Jer alle fra Din Dis
+Send mig engang ved Lejlighed den sorte Bog med mine Skrifter - f. Eks. engang med Be.</t>
+  </si>
+  <si>
     <t>1917-06-14</t>
-  </si>
-[...1 lines deleted...]
-    <t>Frederiksberg Have</t>
   </si>
   <si>
     <t>Charles Abrahams
 Ingeborg Abrahams
 Olaf Brahm
 Bodild Branner
 Thora  Branner
 Adam Goldschmidt
 Alfred Goldschmidt
 Ina  Goldschmidt
 Alhed Larsen
 Johanne Christine Larsen
 Ellen  Sawyer
 Jørgen Schou
 Marie Syberg</t>
   </si>
   <si>
     <t>Astrid Warberg blev skilt fra Alfred Goldschmidt og flyttede fra Malmø til Frederiksberg for at være sammen med sin nye kæreste Jørgen/Buf Schou. Hans mor, Marie Syberg, boede på dette tidspunkt på det nedlagte gartneri, Valdal, i Valby. 
 Astrid Warberg og Jørgen Schou fik sammen datteren Janna. 
 Det vides ikke, hvad Grete Hammeleffs mor hed. Astrid Warbergs nabokones navn kendes heller ikke.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, Astrid Warberg til Laura Warberg, 1917-06-14, BB2432</t>
   </si>
   <si>
@@ -12209,50 +12453,95 @@
   </si>
   <si>
     <t>Det kongelige Bibliotek</t>
   </si>
   <si>
     <t>Johannes Larsen fik ikke retten til at drive jagt nord for Kerteminde. Et konsortium fik den. 
 Skab og svingdør er blevet monteret, og der er sat kakler op. Terrænet ved det nye vaskehus er ordnet, sovekammergesimsen er kommet. Trautner er i gang med badeværelset og har planer om at sætte radiator op. Ovnen bliver sat op i værkstedet,</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/OUdl</t>
   </si>
   <si>
     <t>Kjerteminde 27-9-1917
 Kæreste Alhed!
 Det er da kedeligt at det er daarligere med Dig igen, men forhaabentlig bliver det ikke saa langvarigt, vær endelig forsigtig med at staa op. Hils Puf og Lysse og sig Puf Tak for Brevet i dag. Desværre fik jeg ikke Jagten, men der var ikke noget at gøre. Den dag der var Klapjagt havde de lavet et Konsortium paa 20 Medlemmer og skønt jeg fik opsnuset hvad de vilde byde og mit Bud var 50 Kr. over deres, jeg bød 500 Kr for Jagten Nord for Byen, løb de alligevel af med den. Der blev indgivet skriftligt forseglet Tilbud og Schriver der er Formand for Jagtudvalget havde sagt til mig at den højstbydende vilde faa det. Imidlertid kunde Markudvalget ikke blive enige og lod det gaa til Byraadet, der i et lukket Møde vedtog at Konsortiet skulde have det. Skønt det jo egentlig er noget Snyderi, maa man jo indrømme at der er flere der bliver glade ved Afgørelsen. Konsortiet bestaar bl.a. af Tvedskov tykke A P Rasmussen, Winther Maler Møller, Frandsen, Ove Smed, Johan Skomager Ville Sejde o.s.v. Jagten paa Feden fik Matthias Hansen, formodentlig for at blive fri for den Knalden uden for Vinduerne om Vinternætterne. I Dag har Knudsen stillet Skabet op under Trappen og sat Svingdøren i, den gaar fint. Taaning har sat Kaklerne op som jeg skrev om de ser meget bedre ud end i Forvejen, vi har sorteret dem og sat de bedste paa de bedste Pladser. Vi sætter saa alligevel Dagligstueovnen op der. De har begyndt at sætte Kokolitpladerne op. I Mrg ringer jeg til Ernlund. Trautners har endnu ikke ladet høre fra sig. Vangberg har været her i Dag og vi er begyndt at ordne Terrænet ved det nye Vaskehus. Sovekammergesimsen er kommen fra Calle og han skriver at Panelet er lige ved at komme. Bare du nu snart maa komme Dig. Tusind Hilsner til Jer alle 3. Hils Chr og Putte. Jeg er ked af det med Jagten for Lysses Skyld, men det kan jo ikke blive anderledes.
 Din
 Johannes Larsen
 PS
 Det er kedeligt nu faar Du jo ikke dette før Mandag. Jeg vilde vente og se hvad der kom med Posten og tænkte ikke paa at det er Lørdag.
 JL. 
 Lige nu da jeg havde lukket Brevet kom Trautner, vi var rundt og saa paa det Hele. Han vil helst have Badeværelset helt færdigt med Fliser paa Gulv og Væg inden han begynder, saa der er jo Haab om at Du kan komme til at paase det alligevel. Han mente nok at det kunde lade sig gøre med at stille Radiatoren lodret paa Væggen inden for Sovekammerdøren. Han talte ogsaa om en Radiator i Badeværelset, den havde jeg ikke regnet med, men den kan vist godt være der. Han har købt sig en Motorbaad og Part i en stor Lystkutter som Winther har været i Kjøbenhavn og hente. De vil gerne have os derud til Middag sammen med Bøtterns naar Du kommer hjem, vi skulde nok blive hentet og bragt hjem i Bil. Hans Folk kommer og gør Ovnen i Stand en af Dagene saa jeg kan begynde at fyre i Værkstedet, her har nogle Dage været forbandet koldt. Ja nu maa jeg nok slutte og faa Brevet ned.
 Din
 JL.</t>
   </si>
   <si>
+    <t>Sommer 1918</t>
+  </si>
+  <si>
+    <t>Alhed Marie Brønsted
+Ellen Brønsted
+Else Birgitte Brønsted
+Johannes Nicolaus Brønsted
+Peter Oluf Brønsted
+Adam Goldschmidt
+Alfred Goldschmidt
+Ina  Goldschmidt
+Grethe Jungstedt
+Alhed Larsen
+Andreas Larsen
+Johan Larsen
+Johannes Larsen
+Ellen  Sawyer
+Martha -, Stuepige hos Brønsted
+Andreas Warberg</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3827</t>
+  </si>
+  <si>
+    <t>Det er trist, at Laura Warberg har været syg så længe, og at Louise/Lugge Brønsted ikke har vidst det. Louise er dårlig til at vedligeholde brevkommunikationen.
+Louise vil meget gerne have Ellen Sawyer og hendes datter på besøg.
+Johannes Brønsted/Magisteren er ved Refsnæs for at lede efter et sommerlogi.
+Louise har gennemgået børnenes tøj.
+Det var trist, at Astrid/Dis Warberg-Goldschmidt og børnene ikke kom.
+Den 14-årige datter kan ikke alene stå for hus og børn. Børnene er søde, og haven er pæn.
+Laura må hilse Andreas/Dede Warberg og sige tak for hans svar. Vil Laura sælge sin ene obligation? Louise arbejder på at samle sine gældsposter, så det bliver nemmere at overskue økonomien. 
+Johannes fandt ikke et hus, som familien kunne leje i ferien.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/9VSf</t>
+  </si>
+  <si>
+    <t>Kære Mor! Tænk, at Du har ligget i Sengen og været syg af saadan en ækel Sygdom, som jeg tænker, det maa være, og at det er 14 Dage siden, og jeg ikke har anet det. Dette er ikke en Bebrejdelse, men en Selv-do, for havde jeg selv været noget skrivende, var der ogsaa nok tilfløjet mig nogle Meddelelser fra en eller anden af alle Jer. Men det er nu desværre saadan med mig, at Brevskrivning skal jeg have en ganske særlig Stimulation til, og uagtet jeg ["jeg" overstreget] lige siden vi kom hjem fra Rejsen et Brev til Dig saa at sige daglig har staaet paa min Liste over Ting, der skulde gøres, og uagtet jeg har trængt meget til Samkvem med alle fra Kerteminde, be[ulæseligt] altsaa endnu denne [ulæseligt ord] i Form af Dit Brev. Først nu som Svar paa Dine Meddelelser om Elle og Grete; vi har rigtignok ganske bestemt regnet med et Besøg af Elle i Ferien, og vil meget gerne have have baade hende og Grete enten sammen eller hver for sig; og det maa sikkert kunne lade sig gøre tiltrods for vores Plan om et 14 Dages Vandophold, som Magisteren for Øjeblikket er ude at arrangere for os i Refsnæsegnen; holde Hus selv, ingen Pige med, andet har vi ikke Raad til, men det gaar ogsaa nok, naar vi laver det hele primitivt, og Børnene er saa sore og flinke nu, og navnlig Bes et Vidunder af Iver og Hjælpsomhed til alt husligt. Disse Dage Magisteren har været borte, har jeg benyttet til Eftersyn af Børnegarderoben, der er ret omfangsrig efterhaanden, og i det hele taget, som Du antyder, repræsenterer en alsidig Vedligeholdelse af de 4 et ret stort Energiforbrug fra min Side, navnlig under de nuværende Tyendeforhold - uden at jeg dog sædvanligvis opfatter dette som "Travlhed" eller andet af det Onde; det er jo nu engang mit Embede. - Det var en stor Skuffelse for os alle, at Dis og Børnene ikke kom; sig til hende, at mit lille aabne Brevkort, som hun maaske ikke engang fik nærmest var tænkt som en Appel til Alfred; mon de dog ikke kan komme her en Dagstid i det mindste paa Tilbagerejsen. Hvad vores Kertemindebesøg angaar, saa haaber jeg rigtignok meget paa, at det kan gennemføres, men naar? og hvorledes? Til den fjortenaarige, hvor relativt flink hun end er, kan jeg fornuftigvis ikke betro Bestyrelsen af Børn og Hus; dette er først efterhaanden gaaet op for mig i min Forvænthed med Marta. - Jeg har endnu ikke faaet meddelt, hvor de plejer at være den første Passus i Børneferien, at vi har det alle godt, ja udmærket. Vi nyder det dejlige Vejr, og alle Børnene er søde og fulde af glad Forventning om Strandopholdet. Hrpeter bliver meget stor, er nu klippet som Dreng og ser meget mandig ud. Else er saa sød, at det er Synd og Skam, ingen af jer ser hende. Hun og "Pe'er" holder trofast sammen, og ogsaa de to store er udmærkede Venner. Der hersker i Almindelighed stor Offervillighed med at "hjælpe til", dog er Lomme den mest beherskede i saa Henseende, og foretrækker i Reglen at spille, male el. lign. hvad jeg egentlig aldrig fortænker hende i. Haven har været pragtfuld, og er det egentlig endnu, trods Tørken; vi har een Gang faaet en dejlig Regn, som hjalp godt paa Jordbærrene og alt det andet. Hækken uden for Huset er ryddet væk, her er dejlige Pladser uden for nu; jeg sidder her i Øjeblikket og skriver, det er en vidunderlig Aften. Jeg har badet alle 4 paa Græsplænen lige før deres Sengetid; om lidt skal jeg selv ned og have en Dukkert. Med Selskabelighed har vi det som sædvanligt; vi ser af og til vores Venner, navnlig om Søndagen, men ingen større Festligheder. Vi er en Del optagne af en "Ordning" af mine Pengeforhold, som bestaar i at faa min løse Gæld samlet paa en Haand; hvis Dede kommer, saa tak ham for hans hurtige og klare Svar og Raad og Tilsagn; det sidste faar vi maaske ikke Brug for. Vi har vist før spurgt Dig, om Du havde noget imod at sælge den ene Obligation, saa vi kunde udbetale de 1500 Kr. ogsaa, men der var vist en Vanskelighed, noget med Udtrækning? men kunde vi ikke tage den Forpligtelse paa os? Du maa ikke tro, vi sidder daarligt i det, dette er gammel Gæld, som kun er flyttet med fra daarligere Tider, og paa Huset skylder vi kun 1000 ialt, naar vi regner Dine 1500 med, det giver jo kun en meget lille Husleje, og som Aktier er det ganske sikkert adskillig mere værd, selv om der ikke kan laanes mere paa det. Dette nu altsaa en Forespørgsel, men synes Du og Dine Raadgivere ikke om det, saa lader vi det falde [fire overstregede ord]. Vi kan faa et Laan i Landmandsbanken, mod Kaution af 2 paalidelige Mand, som vi nok tænker at kunne finde; det bliver rart at faa den løse Gæld samlet, saa vi ved, hvad vi har; det er næsten umuligt at være økonomisk paa den anden Maade. Jeg er stolt over, at vi har brugt saa lidt i den Maaned, jeg selv har lavet Mad og staaet for det hele, og Marta var dog meget sparsommelig. - Ja, det evige økonomiske Spørgsmaal. 
+Nu er det forresten næsten helt mørkt, venter Mg. i Aften eller i Morgen Formiddag, og skal saa tilføje Resultatet af hans Eftersøgning. 
+Mandag.
+Mg kom først hjem i Aftes, og havde intet fundet. Nu er vi altsaa lige vidt. Nærmere, naar vi har bestemt noget. I hvert Fald maa vi hos Elle og Grete, det staar først.
+Mange Hilsner. 
+Jeg haaber, snart at høre, at du er helt rask. Lugge</t>
+  </si>
+  <si>
     <t>1918-01-24</t>
   </si>
   <si>
     <t>Andreas Larsen
 Johan Larsen</t>
   </si>
   <si>
     <t>Christian Andersen
 Astrid Bøttern
 Johannes Larsen
 Ellen  Sawyer
 Laura Warberg</t>
   </si>
   <si>
     <t>Andreas og Johan Larsen bor på Birkerød kostskole, hvor de tog studentereksamen. 
 Jokum var Johannes Larsens halvtamme odder.</t>
   </si>
   <si>
     <t>Alhed Larsen sender sine sønner gloser. De skal sende vasketøj hjem lørdag.
 Christian Andersen har været på besøg med en torsk, og Jokum (en odder) blev lukket ud. Den jagtede en pibeand i haven, og Johannes Larsen slog løs på den med torsken, hvorefter Jokum sked på ham.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/h5Gm</t>
   </si>
   <si>
@@ -12520,50 +12809,98 @@
 Christine  Mackie
 Ellen  Sawyer
 Laura Warberg</t>
   </si>
   <si>
     <t>Andreas og Johan Larsen er formodentlig elever på Birkerød Statsskole.
 Harald var en påfugl. Morbærtræet i Larsens have blev plantet, før Johannes og Alhed Larsen købte grunden.</t>
   </si>
   <si>
     <t>Alhed og Johannes Larsen har haft Meme og Else og Johannes V. Jensen på besøg.
 Harald (en påfugl) angreb forleden Johannes Larsen, og han slog den med en stok. Da han troede, fuglen var død, gravede Johannes Larsen en grav, men påfuglen var frisk igen, selvom den nok har lidt hovedpine. Larsen fejrede fuglens genkomst til livet med en halv flaske whisky.
 Har Andreas fået penge fra Ellen og Grethe?</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/2S97</t>
   </si>
   <si>
     <t>Kære søde Drenge!
 Tak for jeres Breve! Hvor det dog glædede mig, at Du fik Lov at tage af Sted lille Dax, I har nok haft et Par dejlige Dage derude. – Vi har ogsaa haft det rart her sammen med Meme og Johs. V’s. I kan ikke tænke jer, hvor Haven er vidunderlig smuk og hvor vi alle har nydt den i det henrivende Vejr. Meme rejste i Gaar og Johs. V’s til Morgen paa Motorcykle. Mit Ben har det godt, Rejsen gik udmærket! – Tænk jer, den anden Aften, Dagen før jeg kom hjem, gik jeres Far ude i Haven og plantede. Saa kom Harald og fløj paa ham, jeres Far vilde værge sig med en Bambusstok men var saa uheldig at ramme ham i Hovedet, saa han faldt om paa Jorden og var stendød med det samme. Jeres Far bar ham ind i Skuret og I kan tænke jer, han var forfærdelig ulykkelig. – I Mørkningen gik han ud og gravede en Grav paa 4 Al. til ham og gik ind i Skuret for at hente ham. Men tænk jer, saa stod Harald op og da Døren blev lukket op løb han ud i Haven og hen og sprang op i Morbærtræet. Er det ikke en kunstig Historie. Han har gaaet og set lidt betænksom ud i disse Dage og har vel nok haft noget Hovedpine, det var jo rart, om det kunde tæmme lidt paa ham. 
 Tante Elle spurgte i Gaar [de næste to ord indsat over linjen] lille Gamle om jeg havde glemt at give Dig de 5 Kr. fra hende og Grethe da Du slet ikke havde omtalt det i Bedstemors Brev. Jeg sagde Du var bleven henrykt over dem og saa var det nok fordi Du vilde skrive til dem særskilt. Gør det endelig strax. – Lad mig nu høre meget snart om jeres Udflugt og om lille Lysse har taalt den. - -
 Jeg [”Jeg” overstreget] Jeres Far blev saa henrykt den Aften han saa Harald var levende at han tog en Fl. Whisky og gik hen til Bøtterns. Fru. B. og han drak ½ Fl. Bøttern var ikke hjemme. –
 Nu faar I ikke mere Drivhuset er henrivende. Jeg har gjort rent i det, men taget saa smaat af det, Ellen har hjulpen mig hele Formiddagen.
 Vi savner Kageformerne. Kan I ikke sende Malerikassen med dem i.
 Jeres Far hilser. Ligeledes 1000 Hilsner fra jeres Mor.
 I Hast</t>
+  </si>
+  <si>
+    <t>1919-05-27</t>
+  </si>
+  <si>
+    <t>Minna Warberg</t>
+  </si>
+  <si>
+    <t>Brædstrup</t>
+  </si>
+  <si>
+    <t>Langeland
+Tranekær</t>
+  </si>
+  <si>
+    <t>Andreas Warberg
+Fritz Warberg
+Mogens Warberg
+Torkild Warberg</t>
+  </si>
+  <si>
+    <t>Albrecht og Laura Warberg blev gift 28. maj 1869. Han døde i 1902. Man holdt altså guldbryllupsfest for enken, Laura Warberg. Hun havde i sin ungdom fungeret som huslærerinde på Tranekær og holdt forbindelsen til godsets indehavere. 
+Rodvigsballe er en gammel gård, der nævnes i 1531 som Raadisballe og 1535 som Rudisballe. Gården Ligger i Grædstrup Sogn i Horsens Kommune. (Wikipedia jan. 2026).</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3849</t>
+  </si>
+  <si>
+    <t>Minna Warberg ønsker Laura Warberg tillykke med guldbrylluppet. Det er trist, at Andreas/Dede ikke har tid til at deltage.
+Når Laura kommer til Brædstrup i pinsen, skal familien holde barnedåb for Fritz. 
+Minnas og Andreas' byggeri er nu snart færdigt, og det bliver yndigt. De har været til stort sølvbryllup på en herregård.
+Minna har hørt, at der er smukt på Tranekær, når æbletræerne blomstrer.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/BGVZ</t>
+  </si>
+  <si>
+    <t>[Håndskrevet i adressefeltet, for:]
+Fru Warberg.
+p.t. Tranekær.
+Langeland.
+[Stemplet i adressefeltet, bag:]
+Andr. Warberg
+Overretssagfører,
+Brædstrup.
+[Håndskrevet i brevet:]
+Brædstrup, d. 27-5-1919.
+Kæreste Svigermor! Ogsaa fra mig sendes dig mange Ønsker paa din Guldbryllupsdag, Dede skrev jo i Gaar; det bliver nok en yndig lille Fest for dig, det er blot kedeligt Dede ikke synes han har Tid til at være med. - Dede skrev jo, at vi ventede dig i Pinsen, men han glemte vist at fortælle at vi vilde have Drengen i Kirke 2_den_ Pinsedag, saa du maa da endelig komme. - Vi kan nu begynde at se Ende paa vores Byggeri, men det har jo ogsaa varet dobbelt saa længe som vi havde tænkt os, det har været en gyselig Tid at gennemgaa, men yndigt faar vi det, det skal blive morsomt at vise dig det. Vi har i Søndags været til Sølvbryllup paa Rødvigsballe, det var en yndig Fest, 80 Mennesker, spiste i Telt i Haven &amp;amp; dansede længe bagefter. Fin Mad &amp;amp; god Stemning. Dede holdt en pæn Tale, jeg tror, han ender som Taler. Du faar nok godt Vejr, &amp;amp; saa har jeg hørt engang, at Tranekær, - naar Æbletræerne blomstrer, er prægtig smuk. Hils nu alle Bryllupsgæsterne, et Kys til dig selv fra Drengene &amp;amp; din heng. Minna.</t>
   </si>
   <si>
     <t>1919-09-17</t>
   </si>
   <si>
     <t>Johanne Caspersen
 Andreas Larsen
 Johan Larsen
 Christine  Mackie
 Rasmus Petersen, Gartner
 Sigurd  Swane
 - Trautner
 Kristian Taaning</t>
   </si>
   <si>
     <t>Chr. er muligvis Christine Mackie</t>
   </si>
   <si>
     <t>Håndværkerne hænger vældigt i, der er ingen driverter. Jeg er ked af, at du har været så sløj.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/W3jk</t>
   </si>
   <si>
     <t>Kjerteminde 17-9-1919
@@ -12917,50 +13254,91 @@
 - Skipper
 - Vangberg
 Laura Warberg
 Laura Warberg Petersen</t>
   </si>
   <si>
     <t>Andreas og Johan Larsen er kostelever på Birkerød Statsskole.
 Det er ikke muligt at afgøre, hvilken Bentzen/Bendtsen det er, Alhed skal følges med til valg. Der kan i øvrigt hverken være tale om Folketings- eller Landstingsvalg, for disse fandt sted 21. september og 1. oktober 1920. 
 Alhed og Johannes Larsen havde nogle år privat tennisbane i haven.</t>
   </si>
   <si>
     <t>Andreas og Johan skal på tur, og Alhed Larsen skriver, at de skal være forsigtige.
 Svanerne har ikke lagt æg, men de raserer blomsterbedene.
 Johanne Larsen (Junge) har haft elevkoncert, og det gik fantastisk. Der var mange gæster, de gav stort bifald, og der blev overskud ud af arrangementet.
 Alhed Larsen har sunget til Pastor Bojesens begravelse. Bagefter var de på hotellet.
 Vangberg har set på tennisbanen.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/rHUU</t>
   </si>
   <si>
     <t>Kære søde Drenge!
 Vasketøjet er sendt i Efterm, Fedtlæderstøvlerne er det min Agt at finde, men de andre Ting er der. Tak for Brevet lille Gamle, det er morsomt I skal paa den Udflugt, rigtig god Fornøjelse og gid I maa faa godt Vejr. Hils Skipper og Hr. Lindhard, men især den søde Skipper mange Gange. I Dag er det Valddag [Valgdag], vi skal med Bentzen op at stemme om lidt. – I spørger til Svanerne. De har ikke lagt Æg endnu, men virker stadig ganske kolossalt, Saxifragaplanterne har de snart ryddet og det store Liljebed pynter de heller ikke paa, men det skal være dem tilgivet, naar der bare kommer noget ud af det. De gaar i permanent Raseri og farer i Hovedet paa os, saasnart vi viser os i Haven. – Tante Junge havde Elevprøve i Aftes paa Tornøes Hotel i den store Sal. Det gik glimrende. Der var 20 Elever, der alle klarede sig nydeligt. Lille Bibbe gjorde kolossal Lykke, det var ogsaa en glimrende Præstation, en svær Sonate, som hun spillede fejlfrit og med nydeligt Foredrag. De klappede som de var gale. Og da Tante Junge tilsidst kom ind og spillede noget paa to Klaverer med Fru Nielsen klappede de ogsaa voldsomt og Jun [”Jun” overstreget] hun fik overrakt en stor Buket af nogle Elevforældre og blev flere Gange fremkaldt. Der var en Masse Mennesker og der bliver 150 Kr. i Overskud, det er fint. - - Pastor Bojsen er død og blev begravet i Lørdags. Jeg var med at synge 4stemmigt fra Orglet. Det var en drøj Tur vi maatte staa op stuvet tæt sammen i 2 ½ Time. Det er den største Begravelse der er set i Kerteminde. Masser af Mennesker maatte staa udenfor Kirken deriblandt jeres Far. Bagefter gik vi paa Hotellet og styrkede os sammen med Frk. Hviid og Mareje, der ogsaa havde sungen. Jeres Far nød 4 Kaffepunscher! Tante Mis er her. Hun og Bedstemor kommer her til Aften, vi skal have Asparges for anden Gang, det er tidlig. – Vi har haft Vangberg oppe at se paa Tennisbanen. I skal spille Tennis med mig til Sommer. Nu ved jeg saa ikke mere. Skriv snart igen, lad mig vide, hvor Turen saa kommer til at gaa hen, at jeg kan vide, hvor jeg skal tænke hen. 1000 Hilsner fra jeres Mor. Vær endelig forsigtige, hvis det bliver Bornholm, ogsaa paa den anden Tur naturligvis, men Bornholm er værre med Vand og de Klipper.
 Hermed Nøglen
 Mandag</t>
+  </si>
+  <si>
+    <t>1920-05-07</t>
+  </si>
+  <si>
+    <t>Birkerød St.
+Kajerødvej</t>
+  </si>
+  <si>
+    <t>Elisabeth Mackie
+Hempel Syberg
+Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>De to nabokoner kendes ikke.
+Christine var Warberg-parrets første barn. Hun blev født på gården Ensomhed i Heden på Fyn.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3837</t>
+  </si>
+  <si>
+    <t>Laura Warberg vil tænke 50 år tilbage på den søndag, hvor hun fødte Christine. Lauras to nabokoner græd. Hempel Syberg holdt Albrecht Warberg med selskab i haven. Omsider kom en stor, velskabt pige til verden.
+Laura troede op til sit bryllup, at Albrecht ikke brød sig om børn, så det var en dejlig overraskelse, at han var så glad for dem. Laura og han fik en hel flok, og nu er de ved at blive gamle.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/D76Z</t>
+  </si>
+  <si>
+    <t>[Med blæk på kuvertens forside]
+Fru Mackie
+Kajerødvej
+Birkerød St
+[Med kuglepen på kuvertens bagside:]
+8. Maj
+1930
+[Med blæk i brevet:]
+Kerteminde d. 7_de_ Maj 1920
+Kære Christine!
+Jeg er vis paa, at mine Tanker Dagen lang i Morgen vil gaae de 50 Aar tilbage i Tiden, til den lange ret svære Søndag, hvor de to gode Nabokoner græd over mig, mens Onkel Syberg holdt Far med Selskab nede i Haven til ved 6 Tiden, da en stor velnæret Pige paa 9 Pund endelig lod sig see!
+Det staaer saa tydeligt for mig altsammen, ogsaa Fars og min Glæde først over at vente Dig og saa at have Dig. Jeg kan ogsaa huske, at jeg mente ikke Far holdt af Børn og blev derfor glad overrasket, da han paa vor Bryllupsaften sagde, at det vilde være dejligt, om vi kunde faae Børn! Og dem fik vi altsaa en Flok af og nu begynder de at "blive gamle" - om jeg tør sige det slemme Ord! Naa Du behøver nu ikke bekymre Dig for Dine 50 Aar, for ingen vilde gætte paa det Tal! Til Lykke, lille kære "gamle" Basse! Gid foreløbig de følgende 10 Aar maa blive gode og sorgfri; naar Du saa bliver de 60, kan der altid ønskes igen! Og gid Du maa faae en rigtig rar Fødselsdag! Jeg vil længes efter at høre, hvordan Du har tilbragt den. Jeg haaber det gl. Porcelæn kommer helt til Dig og at Du vil blive glad ved det. De andre Ting kan Du faae ved Lejlighed. Hvor den søde Putte vist er ivrig paa Færde Dagen igennem! Kærlige Hilsener til Eder begge fra
+Mor</t>
   </si>
   <si>
     <t>1920-05-20</t>
   </si>
   <si>
     <t>Else Birgitte Brønsted
 Grethe Jungstedt
 Kurt Jungstedt
 Drude Jørgensen
 Johan Larsen
 Ellen  Sawyer
 Laura Warberg</t>
   </si>
   <si>
     <t>Alhed og Johan Larsen er netop kommet hjem til Kerteminde efter i lang tid at have været i Birkerød på hhv. besøg og kostskole. 
 At han- og hunsvanen slås i Larsens have har været diskuteret i flere breve. Johannes Larsen havde købt de to svaner i Hamburg Zoo.
 Mudi (Brønsted), Alheds niece, boede et års tid hos Alhed og Johannes Larsen.
 Grethe Sawyer blev i 1920 gift med den svenske maler Kurt Jungstedt. Det er hans forældre, hun har besøgt i Stockholm. Kurt J. kaldtes af nogle af Warberg-familiens medlemmer Gøsta.</t>
   </si>
   <si>
     <t>Alt stod godt til, da Alhed Larsen og hendes søn kom hjem. Ænderne er der. Svanerne opfører sig, som inden Alhed rejste.
 Grethe Sawyer har skrevet fra Stockholm. Hun syntes godt om sine svigerforældre.
 Drude og Elle(n) Sawyer vil til Paris i efteråret.</t>
   </si>
   <si>
@@ -14225,53 +14603,50 @@
   </si>
   <si>
     <t>Johannes Larsen er i Henne Kirkeby for at male.
 Andreas (Puf) Larsen fik en motorcykel til sin 25års fødselsdag af forældrene. 
 Alhed Larsen trykte ofte træsnit for Johannes Larsen. 
 Achton Friis og Johannes Larsen sejlede 17. juni ud med skibet Rylen for at lave forarbejder til bogværket De Danskes Øer. 
 Det omtalte brev fra Hecht findes ikke sammen med Alhed Larsens brev i samlingen.</t>
   </si>
   <si>
     <t>Alhed Larsen og Lomme (Alhed Brønsted) har været til spisning hos Frida.
 Andreas (Puf) er skrap til at køre på sin nye motorcykel.
 Alhed har regnet på, hvor lang tid det vil tage hende at trykke edderfuglene.
 Johannes Larsen må skrive til Achton Friis og fortælle, hvornår han har tid til at sejle.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/d4Fi</t>
   </si>
   <si>
     <t>Kæreste Lavsi!
 Tak for Brevet i Gaar! Nu har vi da yndigt Vejr! Lomme og jeg var i Gaar inviteret ud til Frida. Vi cyklede derud i det mest bedaarende Vejr, drak Kaffe, var en Tur oppe paa Bakkerne og 7 ¼ kom Lysse til Aften. Vi fik varme Mørbrader og koldt Bord og havde det rigtig yndigt. Kl. 9 ½ cyklede vi derfra, kun desværre var det blæst op og vi havde Modvind saa det var en drøj Tid. Lysse og Frida fulgte os helt hjem, jeg protesterede kraftig, men Lysse var ubøjelig, man vilde nok se mig godt hjemme. De sad saa og sludrede en halv Timestid, kørte Kl. 12, saa det er ikke bleven til lang Nattesøvn. I Aften kommer de begge – altsaa Puf og Lysse – det er jo Helligdag i Morgen, Carl Nielsens Svend kommer herop om Formiddagen og kører med Puf med Motorcyklen, han kørte for Resten stolt rundt paa sin Fødselsdag alene i alle Havens Gange og klarede fint de bratte Sving. – Jeg er nu ved at gaa godt i Gang med Edderfuglene. Jeg kan med 5 Timers Arbejdsdag tage 12 Tryk, altsaa ende det hele paa 30 Arbejdsdage, det er jo ikke noget at tale om. Kunstforeningen har ikke ladet høre fra sig, heller ikke Damen fra Haderslev. Derimod er der kommen indlagte Brev fra Hecht. Jeg har ringet ham op og sagt, at vi nok vilde have den, han beder jo om omgaaende Svar. Men Du maa jo selv svare ogsaa, han skal have det skriftligt. Du maa jo saa skrive snart til Achton Friis at Du først har en Ugestid ind i Juni, men Pinsen falder d. 8nde, saa før vilde I vel ikke af Sted alligevel. - - Nu skal jeg have skreven et Par Ord til Christine, Putte er sejlet i dag, saa hun skal have et lille Opmuntringsbrev. – Gid det nu maa gaa Dig godt med Malingen, hils Bechgaards mange Gange.
 1000 Hilsner Din A.
 15 – 5 – 24</t>
   </si>
   <si>
     <t>1924-05-25</t>
-  </si>
-[...1 lines deleted...]
-    <t>Brædstrup</t>
   </si>
   <si>
     <t>Jens -
 Astrid Bøttern
 Ellen Bøttern
 Henrik Gether
 Peter Klokker
 Andreas Larsen
 Johan Larsen
 Laura Warberg</t>
   </si>
   <si>
     <t>Johannes Larsen er i Henne Kirkeby for at male.
 Alhed Larsen trykte ofte træsnit for sin mand. 
 Johan Larsen (Lysse) har hugget et hakkejern gennem sin træskostøvle og ned i foden.
 Andreas Larsen (Puf) fik en motorcykel til sin 25års fødselsdag af forældrene.
 Alhed Larsens lillebror, Andreas Warberg, boede i Brædstrup. 
 Det omtalte bo er boet efter Johannes Larsens bror, Georg Larsen. Hans kone var allerede død.</t>
   </si>
   <si>
     <t>Alhed Larsen har travlt med rengøring, trykning og brygning. Lysse (Johan Larsen) kan stadig ikke få fodtøj på. Andreas Larsen er glad for motorcyklen.
 Flere af Larsen-familiens dyr er døde, og Alhed tænker, at de kan have spist noget giftigt. 
 Smør-Christensen vil komme forbi og købe billeder.
 Alt med boet er i orden nu.</t>
   </si>
@@ -15240,50 +15615,87 @@
     <t>Ludvig Brandstrup, billedhugger
 Frithiof Kemp
 Arnold Emil Krog
 Johan Larsen
 Eiler Lehn Schiøler
 Frantz Leth
 Viggo Stockfleth</t>
   </si>
   <si>
     <t>En kasuar er en australsk kæmpefugl, der ikke kan flyve, men i stedet bevæger sig hurtigt på landjorden, op til 50 km i timen i tæt skovterræn, der ellers næsten er ufremkommeligt for mennesker. Fuglen kan blive op til 2 m høj og veje op til 58,5 kg. Dens våben er de skarpe kløer på begge fødder.
 Det er uvist, hvem Ebbes er.</t>
   </si>
   <si>
     <t>Johannes Larsen er til fin middag på Carlsberg, hvor beværtningen er i top. Forinden er han på skydebanen, hvor udenrigsministeriet er vært. Her får han en bestilling fra en lord Rothschild på et maleri af en australsk kæmpefugl fra Zoo. Han forhandler med zoologisk Have omkring erhvervelse af bl.a. svaner.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/E8Si</t>
   </si>
   <si>
     <t>Kjøbenhavn 28 Maj 1926.
 Kæreste Alhed!
 Ja i Gaar var vi saa til The og Champagne paa Skydebanen hvor Udenrigsministeriet var vært. Schiøler præsenterede mig for Lord Rothschild, der havde været i zoologisk Have og forelsket sig i den australske Kasuar, som han bestilte et Portræt af, Brystbillede i Legemsstørrelse. Jeg vedlægger en Originaltegning som han overrakte mig til Forklaring, han er ikke videre begavet som Tegner. Om Aftenen var vi paa Carlsberg, først Foredrag og der efter bayerske Pølser og Sauerkraut. Øl og Snaps 2 Cigarer og 4 Cigaretter til hver Kuvert og dækket til 270 bag efter Kaffe og Kager og saa Haven der var illumineret da Mødet var hævet var vi en Del der fik Whiskey eller Øl (mig) eller Champagne. Det var meget vellykket. Men der er absolut ingen af de Mennesker der interesserer sig for Malerier. I Formiddags var jeg i zoologisk Have, med Dr. Stockfleth der tog en Del Billeder af Kasuaren til mig. Vi var hos Direktøren en rigtig flink Mand. Desværre var den ene af de parrede Sangsvaner død og den uparrede bliver parret med den efterlevende, der ruger for Føden og de har 2 Pibesvaner der ikke interesserer sig for hinanden, Paafugle havde de ikke flere af end de vilde beholde. Derimod er deres ene Skovmaar død saa der kan maaske laves en Byttehandel med en af dem. Jeg var saa hos Krog nu er det jo snart Tiden med de Billeder, han var meget glad ved at jeg kom og han vilde gerne have Arkitekten med til Kjerteminde og se de Billeder fra Fiilsø. Saa var jeg hos Kemp. Han har nok Lyst til at tage med derop en Dag. Nu maa jeg se at faa undersøgt hos Lud om Ebbes er deroppe. Og saa for Resten kan Du vist godt forberede Dig paa at rejse herover. Jeg vedlægger 2 Kanonfotografier som Franz Leth tog af mig mens jeg ventede paa Stridfleth udenfor Haven. Du ved han staar der med langt Skæg og fotograferer. Jeg skal med Baronen ud til Ringsted Søndag, delvis Fod[ulæselig], Mad med Middag paa Carlsberg. Lysse er her i Eftermiddag. Han skulde til Examen. Mange kærlige Hilsner Din JL.
 Jeg ser jeg har skreven paa 2 Ark.</t>
   </si>
   <si>
+    <t>1926-08-05</t>
+  </si>
+  <si>
+    <t>Johannes Nicolaus Brønsted</t>
+  </si>
+  <si>
+    <t>- Afzelius
+Ellen Brønsted
+Else Birgitte Brønsted
+Louise Brønsted
+Peter Oluf Brønsted
+Ina  Goldschmidt</t>
+  </si>
+  <si>
+    <t>Brønsted-parret rejste i 1926 og flere andre gange til USA, hvor Johannes Brønsted skulle forelæse på blandt andet Harvard. De var tre på rejsen, og den tredje var formodentlig Peter eller Else Brønsted (parrets yngste børn). 
+Fru Afzelius var muligvis mor til Adam Afzelius, som blev gift med Ina/Sjums Goldschmidt i 1926.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3824</t>
+  </si>
+  <si>
+    <t>Louise og Johannes Brønsted rejste til USA 6. august 1926. Alhed/Lomme Brønsted spørger, hvordan det er at ankomme til New York. Hun har fået brev fra Ellen/Bes Brønsted.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/9olU</t>
+  </si>
+  <si>
+    <t>5 - Aug 1926.
+Kære Fas!
+Oscar III sejler i Morgen, saa I maa hellere faa en lille Hilsen med. Jeg har ellers ikke noget at fortælle.
+Hvordan er det saa at komme i Land i New York? I blev vel modtaget af en Mængte fornemme Personer. Hvad bestiller i nu? Er der meget varmt?
+Jeg fik et veltilfreds Brev fra Bes i Gaar. Sjums er jo der oppe nu. Jeg selv har rart i vores kølige Lejlighed.
+Fru Afzelius hilser mange Gange.
+Mange Hilsner til jer alle tre fra
+Lomme.</t>
+  </si>
+  <si>
     <t>1926-08-16</t>
   </si>
   <si>
     <t>Uraniavej, København
 Halmstad, Halmstad</t>
   </si>
   <si>
     <t>Chr Freuchen
 Esben Hansen
 Vagn Jacobsen
 Johan Larsen</t>
   </si>
   <si>
     <t>Eiler Lehn Schiøler og hans familie boede på Uraniavej.
 Foch var en jagthund.</t>
   </si>
   <si>
     <t>Johannes Larsen er i selskab med brygger Vagn Jacobsen fra Carlsberg, først til en overdådig frokost og dernæst på en tur til Ringsted for at se hans nye hus og have. Han giver også et billede til bryggeren og får en hund kaldet Foch i stedet. 
 JL fortæller, at en bekendts bror, som er elev på "Kjøbenhavn" netop er vendt hjem fra sejlads medbringende bla. en abe fra Java.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/wz2G</t>
   </si>
   <si>
     <t>Uraniavej 16 Aug 1926.
@@ -15307,50 +15719,176 @@
     <t>Alhed Larsen
 Andreas Larsen
 Eiler Lehn Schiøler</t>
   </si>
   <si>
     <t>Gården Båxhult nær Landeryd i Småland ejedes af Johannes Larsen og er stadig i familiens eje (2018).
 Det vides ikke, hvilken udstilling i Ottawa, der er tale om. Muligvis blev den ikke realiseret. 
 Gifvato må være en lokalitet nær Båxhult.</t>
   </si>
   <si>
     <t>Johannes Larsen er i Småland og beder derfor Lysse og Puf hjælpe sig med at sende malerier fra København til udstilling i Ottawa i Canada.
 Han vækkes en søndag morgen ved skud fra skoven og går ud med sin hund og sin bøsse og skyder en hare. Det lykkes ikke at træffe de andre jægere, kun et par hunde.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/Civm</t>
   </si>
   <si>
     <t>Båxhult 10 Septbr. 1926.
 Kære Lysse!
 Det er nu bestemt at jeg bliver her og følges med Din Moder hjem. Da det saa bliver Puf, der maa sørge for at faa de Billeder til Amerika af Sted, maa jeg ulejlige Dig med følgende: "Ring til Schiøler, eller gaa derud og spørg ham om Adr paa en paalidelig Speditør der kan paatage sig Forsendelsen. Ring derefter til Speditøren og forhør ham hvornaar han skal have Billederne for at de kan naa at være i Ottawa i rette Tid og naar Du har faaet Besked ring saa til Puf. -
 D.v.s. Du maa naturligvis allerførst ringe til Puf og faa at vide hvornaar Udstillingen aabnes og saa foretage det foregaaende i den Orden det staar. Puf ser det paa Programmet for Udstillingen der er sat op paa Gavlen af det gule Skab i Værkstedet.
 Siden Du rejste har jeg kun skudt en Hare.
 Jeg vaagnede Kl. 4 i Søndags Mrg ved et Skud og en Times Tid efter hørte jeg Hunde der drev og saa 2 Skud. Jeg stod saa op og gik ud med Haanden og Bøssen, hen til Fallan, men der var ingen Spor paa Vejen og jeg slap saa Hunden up for at se efter Tjurer, men saa hørte jeg, at Støverne fik en Hare op i Gifvato bag Sjøbo, fløjtede Hunden af og løb saa stærkt jeg kunde tilbage til Vejkrydset hvor jeg ankom omtrent samtidig med Haren der kom ad Vejen fra Sjøbo, skød den, og lidt efter kom saa Hundene, 2 store smålandske Støvere, gule med sort Ryg. Desværre havde jeg hverken Snore eller Pisk med saa jeg maatte lade dem gaa igen. Det vilde ellers have været sjov at hilse paa de Herere naar de var ankommen for at faa Deres Hunde. I Gaar var jeg med Carlsson paa Långaryds Marked og købe en Kvie der skal kælve til April for 200 Kr. Ældre Kvier var for dyre fra 348 - 375 Kr.
 Mange Hilsner
 Din Far.</t>
+  </si>
+  <si>
+    <t>1926-10-21</t>
+  </si>
+  <si>
+    <t>116 Bishop Street New Haven Conn. USA</t>
+  </si>
+  <si>
+    <t>Peter Bichel
+Johanne  Brandstrup
+Ludvig Brandstrup, billedhugger
+Gudmund Hatt
+Grethe Jungstedt
+Matilda Jungstedt
+Alhed Larsen
+Johanne Christine Larsen
+Johannes Larsen
+Thøger  Larsen
+Christine  Mackie
+William Mackie
+Harris Sawyer
+Kjeld Tutein
+Andreas Warberg
+Minna Warberg
+Jeppe Aakjær</t>
+  </si>
+  <si>
+    <t>Thompsons og skolebestyreren kendes ikke. Det vides ikke, hvem Gamle var. Swane kan både være Sigurd og Leo Swane. 
+Thøger Larsens "Søndengalm. Digte fra Italiensrejsen 1925-1926" udkom 1926. 
+Laura Warberg døde 10. april 1926. Hendes familiemedlemmer fik derefter diverse af hendes ejendele med sig hjem.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3793</t>
+  </si>
+  <si>
+    <t>Ellen Sawyer er glad for, at Louise kan lide amerikanerne. Selv lærte hun i sine 13 år i USA at respektere de stærke puritanere, som var hendes mands forfædre. Hun anbefaler Louise at låne bøger om New England på biblioteket samt også at læse Mark Twain.
+I Danmark er det efterår, og Ellen har hængt de tykke gardiner op.
+Thøger Larsens nye digtsamling er udkommet. Grete og Mathilda/Lille Jungstedt har været på besøg, og Thøger Larsen kom også. 
+Ellen og Johanne/Junge Larsen deltager i tyskundervisning sammen med en tungnem skolebestyrer.
+Alhed og Johannes Larsen er kommet hjem fra Båxhult. Alhed blev straks efter syg igen, og da de efterfølgende deltog i en jagt på Orelund, blev det værre. Hun skulle have sagt nej til at tage med,</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/MsPI</t>
+  </si>
+  <si>
+    <t>[På kuvertens forside:]
+3
+Mrs. J. L. Brønsted
+Bishop St. 106
+New Haven
+Conn.
+U.S.A.
+[På kuvertens bagside:]
+Return to: Sawyer - Kjerteminde, Denmark
+[I brevet:]
+21/10 - 26 Kjerteminde
+Kære lille Lugge!
+Tak for dit Kort fra Niagara. Det fryder mig stadig ubeskriveligt, at du synes saa godt om Amerikanerne. Det er som om Nulle - jeg mener Eastman - faar Oprejsning der i gennem. Naar jeg følte noget fra or ["ra" overstreget; "or" indsat over linjen] Amerika, var det jo paa en Maade via ham, - jeg oplevede paa en mærkelig Maade - intuitivt - hans Fornemmelse og synes jeg har oplevet hans Barndom og Ungdom, - ja endog hans Forfædres, - de strænge, stærke [ulæseligt ord] England Puritanere. Naar alt det, som var hans Rod og Oprindelse blev haanet og uforstaaet, saa syntes jeg det var Eastman selv! Og saa kan du nok forstaa, at det er en uhyre Tilfredsstillelse naar du kan lide noget af det. - Det tog mig flere Aar og lære at forstaa, men jeg er jo ogsaa saa dum, - eller var, - for jeg siger med Dr. Bichel at det er dejligt at mærke, at man bliver klogere Aar for Aar. Men Lugge, jeg tror virkelig at jeg paa de 13 Aar jeg boede derovre, naaede langt i Forstaaelse, den dybe Gennemtrængende Forstaaelse af New England. Gud skal vide, der var nok at irritere sig over, men "tout comprendre, cè serat tout pardonner" - (undskyld Stavefæjl) Mit Billede af Forfædrenes Skikkelser og Liv og Gærning ["og Gærning" indsat over linjen] var saa levende, at det hjalp til at opfatte Efterkommerne mere retfærdigt, end de fleste Indvandrere ellers gør det. [ellers gør det" indsat over linjen] Dernæst kunde jeg skjælne el. ane hvor der var Overfaldsskade paa Samfundslivet. Mulig en Del af mine "Opfattelser" var indbildte, - men ogsaa mulig at en Del var Intuition. - Jeg læste jo med stor Iver Landets Historie - John Fiske var den bedste. Kan du ikke faa dem fra et "library" - der maa vel være et Carnegie i Nærheden, - det synes jeg altid, der var. Det Fiske ["Fiske" indsat over linjen] er efter min Mening glimrende Bøger. Og Lugge faa dem paa "library" til at anbefale dig Bøger, som karakteriserer Befolkningen i New England. Jeg ved nok at Conn. ikke er New England, - men du kan godt ["godt" indsat over linjen] for min Skyld sætte dig lidt særlig ind i alt det New E. ["New E. indsat over linjen] Jeg kan ikke huske Forfatternes Navne Mange af dem er maaske lidt barnlige og for en Europæer lidt sødladne, - men det er det samme, - de hjælper til at levendegøre Billedet af Folket. Jeg er dog en Torsk til at huske. - Der var en som bl.a. skrev "Timothys Quest" - en Dame, - hun har mange smaa fine Fortællinger om Landboerne. Og det er jo paa Landet og i de smaa Landsbysamfund, at man finder de rene Typer. Mornine prællede alt jo af paa, - Hatt ligesaa, - han saa i Amerikanerne mest kun Indianerforfølgere. Junge var der for kort og kom ligesom forkert ind paa det hele, - Billy jo noget ufordøjelig - aandelig talt. - Lugge, læs ogsaa Mark Twains "Huckleberry Finn ["II" indsat over linjen] og Tom Sawyer. ["I"] indsat over linjen] (T.S. først.) Huckleberry er den bedste. Jeg kan ikke se andet end at den er glimrende Literatur. Denne Færd ned af Missisipi paa Tømmerflaaden sammen med Negeren Sam er virkelig en af mine store Oplevelser paa Literaturens Omraade. Men hvor er jeg blevet haanet for min Smag her til Lands.
+Naa, du synes maaske at jeg maa hellere fortælle lidt om Danmark, end fordybe mig i Amerika. Men du forstaar nok, at jeg er meget optaget af at du er der. Gid du kunde se East Andover og lade Thompsons vise dig vores Hus. Men det er jo noget afsides naturligvis. -
+Ja, hvad er der her. - Nu er det Efteraar og Bladene er faldne ude i min lille Have, men der kan endnu plukkes en Del Lathyrus og Petunia og Reseda og Georginer. Jeg har faaet mine brune Chenille-Vintergardiner op, - som Mor ordnede for mig i fjor, - de luner og hygger umaadeligt. Her er yndigt og jeg er mere end nogensinde forelsket i mit lille "komplette" Hus. Af Begivenheder: Thøgers nye Digtsamling, som hedder "Søndengalm" er udkommet. Det er altsammen Digte fra og om Italien. Jeg spejder efter Anmeldelser. De betegner afgjort et Vendepunkt i hans Produktion, og jeg er spændt paa, hvad Side, man mener han er vendt til. Det er en Fornyelse, det er der ikke Tvivl om. - Lille Muse og Lille rejste d. 21 Sept. det var et slemt Savn, - men det er saa morsomt at tænke paa, at de har været her og at de hyggede sig her. Gr. tog 5 Pund paa af min gode Mad!! Thøger var her og hilse paa dem paa Hjemrejse fra Aakjærfest og gamle Gr. og jeg kørte ham i Bil til Jelling hvor han saa tog Toget. Mon jeg dog ikke har skrevet det. - Vi var ved Faarup Sø, som vi ogsaa var ved. - Lugge, vi har en "tysk Aften." Her er nemlig en delvis indfødt ung Lærer ved Skolen, som giver private Timer ogsaa. En livlig, energisk ung Mand. Klassen bestaar af Skolebestyreren, Junge og mig. Desværre synes jeg at Skolebestyreren er meget tykhovedet, - han træder og stamper i hvert sølle Akkusativ og Dativ. Han kalder det Grundighed, men jeg kalder det Tykhovedethed. Saadan kan man jo se lidt forskelligt paa det. Havde vi Enetimer, skulde jeg blive som en Indfødt i Vinter, - det siger den unge Mand selv. - Men Skoleb. haler jo tlbage. Han laver jo ogsaa en Pærevælling af hver Sætning ved at blande Engelsk i det, - og er selvf. stolt af det (det er de altid). Jeg synes det er saa morsomt at Junge er med. Hun er min Gæst i Timen d.v.s. jeg forærer hende hendes Andel. Ellers vilde hun ikke være med, - hun ofrer jo intet paa sig selv. Hveranden Gang er det her og hveranden Gang hos Skoleb. og saa drikker vi Kaffe bagefter. Det er saa fornøjeligt. -
+Nu er Lases kommet hjem fra Båxhult. Alhed var saa rask da hun kom og har haft det glimrende deroppe, - men saa snart hun kommer hjem, er det jo knap saa godt. Og saa kan du tænke dig, - da de havde været hjemme en Uge rejste de til Jagt paa Orelund og Torbenfeldt og kom hjem i Aftes og idag ligger Alhed. Der var isnende koldt og hun frøs saa grænseløst og det kan hun jo ikke taale. - Hun vidste det i Forvejen, men syntes, hun var nødt til at tage med for Las's Skyld. Og nu er hun jo saa bitter paa ham. Der er jo Ting, vi grovere Naturer ikke forstaar. Hun kunde da sige "Fanneme, nej jeg vil ikke med" Det er da en daarlig Tjeneste at gøre ham, at føje ham og rejse med, - og saa være færdig at æde ham af Arrigskab bagefter. Las er jo nu en Gang en Klodsmajor med hendes Sygdom. - Swane er der i denne Tid. Kjeld Tutein er nu fast ansat som Gamles Hushjælp. De er meget glade ved ham og det er en stor Ting for Gamle. - Dede var her i Søndags et lille Svip. Han valgte sa en af de gamle slebne Karafler [tegning indsat] hjemme fra samt Tinbægeret du ved, som Mor altid havde paa Bordet. Og Minna fik det grønne Shawl. Vi fulgte ham til Middelfart - Gamle i sin Bil, - og i Hotel Middelfarts gamle Vinstue - en sjov Kælder nød vi en [indsat i venstre margen s. 6; på højkant:] Flaske Portvin til 12 Kr, som Dede gav. I ser vel at Lut er bleven gift med Hais! - Min nye Fortælling er nu færdig Se S. I (se S. X) ["(se S. X)" overstreget] 2
+[Indsat i venstre margen s. 2; på højkant:] Thøger fik M.S. og skriver, at han har læst den med "Interesse og Fornøjelse", - men det kan ikke nytte noget. Jeg vil gærne vide, hvad [Indsat i venstre margen s. 3; på højkant:] der er skidt og hvad der er godt (om der er noget). Den hedder "Aaen" og vores Aa er en af Hovedpersonerne, saa du kan forstaa, at [Indsat i venstre margen s. 4; på højkant:] jeg har forsøgt at udtrykke noget af min Følelse for det dyrebareste, vi har. Hvis jeg var gammeldags og senti- (fort. Side 6) [Indsat i venstre margen s. 6; på højkant:] mental saa skulde der være Dedikation, saadan: "Til lille Muk som jeg har oplevet Aaen sammen med." Men saadan noget nøjes man med at tænke nu omstunder, - og det kan jo for saa vidt være lige saa godt. [Indsat i venstre margen s. 1; på højkant:] Jeg skal sende dig den saa snart den er maskinskrevet, - og saa vil jeg gærne have en lidt indgaaende Kritik fra dig.</t>
+  </si>
+  <si>
+    <t>1926-12-04</t>
+  </si>
+  <si>
+    <t>Ellen Brønsted
+Johannes Nicolaus Brønsted
+Christian Caspersen
+Achton Friis
+Grethe Jungstedt
+Matilda Jungstedt
+Drude Jørgensen
+Maria Krümmelbein
+Adolph Larsen
+Alhed Larsen
+Andreas Larsen
+Johanne Christine Larsen
+Johannes Larsen
+Thøger  Larsen
+William Mackie
+Helen Sawyer
+Nelly Tailor
+Kjeld Tutein
+- Vesterdal</t>
+  </si>
+  <si>
+    <t>Johannes Nicolaus Brønsted var gæsteprofessor i USA flere gange i årene omkring 1926.
+Ellen Sawyer var gift i Boston og boede der i en årrække, indtil manden døde, og hun flyttede tilbage til Danmark.
+Det vides ikke, hvem Peter, Teddy Richardo, Comey, Lockshaal og Rolfe var.
+Christian Caspersen blev kaldt Max. Bes var Ellen brønsteds kælenavn. Det vides ikke, hvad hun fejlede i 1926. 
+Ellen Sawyer hilser "alle tre". Det er uklart, hvem Johannes Nicolaus og Louise/Lugge Brønsted fulgtes med i USA. Deres datter, Ellen, var tilsyneladende i Kerteminde, mens forældrene var bortrejst.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3791</t>
+  </si>
+  <si>
+    <t>Louise må skrive, hvad hun synes om julegaven.
+Det er underligt at fejre jul i USA, for lyset er forkert. I Stockholm er det dejligt mørkt. Man pynter op og glæder sig over solhvervet.
+Det er skønt, at Louise oplever Boston, hvor Ellen boede i 13 år. Ellen håber, at Louise træffer Nelly m.fl.
+Ellen/Besen Brønsted har det bedre. Det er godt, at Kjeld Tutein er i huset.
+Laura Warbergs grav er smuk. Man lægger kranse.
+Ellen laver en masse julegaver. Hun glæder sig til at se sin familie i Stockholm.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/zmGS</t>
+  </si>
+  <si>
+    <t>[På kuvertens forside:]
+Mrs. J. H. Brønsted
+116 Bishop Street
+New Haven
+Conn.
+U.S.A.
+[I brevet:]
+4-12-26
+Kære lille Lugge!
+Glædelig Jul, I tre derovre i det fremmede Land! Gudskelov alligevel ["alligevel" overstreget], at det kun er midlertidigt! For det er jo for langt væk - endnu da! For naar der en Gang bliver daglig Flyverute, som ikke ligger og dratter ned i Vandet, - saa bliver det jo ikke saa langt.
+Jeg haaber at du ikke aabner min lille Pakke inden Juleaften, - heller ikke dette Brev. Men glem ikke at give mig nøje Besked om, hvad I synes om min Gave, naar I har læst den. Jeg er nemlig meget spændt paa det.
+Det bliver jo nok en lidt underlig Jul for jer, - men mon I ikke vil finde, at det næsten er som det slet ikke er Jul. Man har ondt ved at komme i den rette Stemning - derovre ["- derovre" indsat over linjen]. Det kommer sikkert af, at Lyset er forkert, - Dagen er for lang og lys, og Solhverv er ikke en stor og glædelig Begivenhed, som her. I Stockholm, hvor Dagen jo er endnu kortere, der har jeg altid følt Julen næsten som man følte den som Barn. Julen er som en Skæbne, - som et Vejr, noget som man man ikke vilde kunne komme udenom. Det er ikke som det er en af Mennesker konstrueret Fest. Den ligger i Luften og man bøjer sig for det. Med stor Fornøjelse naturligvis. - Man føler, at naar hver eneste nok saa ringe lille Snask klæder sig i Julegran, saa er det ikke for Kundernes Skyld, men fordi det maa være saadan. Jeg har sommetider tænkt at det var Massesuggestion, - men det tror jeg nu ikke alligevel. ["alligevel" indsat over linjen] Jeg tror heller ikke det skyldes udelukkende Svenskernes Temperament, - jeg tror tror altsaa nu, at det er et ganske naturligt Udslag af Glæde over Solhvervet. At fejre Jul ved Aquator vilde da forekomme ganske absurd. Undskyld denne lange Redegørelse
+Lugge, hvor var jeg henrykt over dit Bostonbrev. Sendte det straks til [ulæseligt ord]. Det er saa underligt, og saa kært at tænke paa, at du nu har ligesom lidt Indblik i mine 13 Udlændighedsaar. Nu synes jeg jo blot at du skulde opleve det altsammen - gaa med mig i Franklin Park, - tage tage Mattapan Sporvognen ud til Blue Hills, se vores Hjem i Columbia Road og besøge East Andover. Og Biblioteket, som jeg holdt saa meget af, - ja der var du jo. Og hvor morsomt at du var sammen med Helen. Det har nok været en stor Begivenhed for hende. Det var nu morsomt om du kunde besøge hende i Februar, hun kunde rigtig vise dig Boston. Saa kunde du ogsaa besøge Nelly Tailor - hun bor ganske nær Billy. Hun var min Nabo og bedste Veninde i mange Aar. - Peter hører jeg saa lidt om. Hvad laver han?? Og hvor var det morsomt at høre om Magisterens fine Modtagelse i Harvard.
+Nej, jeg traf aldrig Teddy Richardo, - jeg ved ikke hvorfor, - det traf sig nu ikke saadan. Men Coney og Lockshaal og Rolfe, om du træffer dem. Men de er sagtens i helt andre Brancher. Jeg glæder mig allerede til dit næste Brev.
+Las'es er i København. Vi synes nu at Besen har det helt godt, forholdsvis. Humøret er da langt bedre og hun er ikke nær saa pirren synes jeg. Jeg tror nu, at det er et stort Held at Kjeld Tutein er der. Han er jo en henrivende Fyr og umaadelig sød mod Besen. Et lidt fremmed Element i Hjemmet er nu sommetider godt, - i dette Tilfæde tror jeg glimrende. - Besen glæder sig til at skrive og fortælle om Mors Grav, som er saa smuk i Vinter, saa det vil jeg lade hende fortælle. - Hos Junges er det en af de gode Perioder. Han drikker ikke, har Arbejde og nøder pænt med Pengene. Junge siger han er saa ualmindelig sød hjemme i denne Tid. Saa puster stakkels Junge og faar igen lidt Mod paa Tilværelsen. I Søndags var hun og jeg i Odense hos Drude - inviteret. Vi havde saadan en hyggelig Eft. og Aften. Prof. var der, saa vi diskuterede Tilværelsens Gaade hele Tiden og spiste fin Mad og drak fin Vin til. Det var yndigt. -
+Jeg virker voldsomt med Julegaver. Iaar maler jeg Lerskaaler - har 12 færdige, - de er virkelig saa pæne. Samt Kageskaaler og Glaskaaler til Piger, - (jeg har fem Piger at give til) Grethe skal have et stort Fotografi efter det Maleri af Mors Mor som Max har. Det er henrivende og i en smuk gammeldags Ramme. Samt Las og Achton Friis Bogen, - samt mit Forskærertøj oppudset - samt en Bunke Smaating. Lille skal have en stor fin Dukke, jeg lader Tøjet sy, saa den kan klædes af og paa. Be skal have en Lommetørklædemappe (den er færdig) som den jeg lavede til Thøgers Fødselsdag.) Thøger skal have et graat af mig selv strikket Silkeslips. - Puf og Kjeld do Muffedisser. Saa du ser jeg virker. Jeg rejser Lillejuleaften. Jeg vil savne det lille hyggelige Jule[ulæseligt], jeg plejer at have hos dig. Jeg glæder mig jo svært til at komme op til min lille Familje, - men her bliver jo [indsat langs venstre margen s. 4:] Julen vemodig. Vi lægger alle Kranse derud. Jeg lægger en fra Dig, lille Lugge. - De skal hænge omkring paa Gelænderet og være af værende Grønt
+[Indsat i venstre margen s. 3:] Vi har stadig fremkommelige Veje og ingen Sne. "Guskilov." Nu 1000 Hilsner og Kompliment og [ulæseligt] til jer alle tre fra jeres Elle</t>
   </si>
   <si>
     <t>1927-02-17</t>
   </si>
   <si>
     <t>Julius Hviid
 Andreas Larsen
 Johan Larsen
 Johannes Madsen
 Kjeld Tutein</t>
   </si>
   <si>
     <t>JL og flere andre i huset har været sengeliggende i flere dage med influenza.
 Puf har fået en flot, tam ederfugle hun, der spankulerer rundt i haven sammen med en han ederfugl
 JL er i færd med at læse islandske sagaer.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/WUWQ</t>
   </si>
   <si>
     <t>Kjerteminde 17 Febr 1927.
 Kæreste Alhed!
 Ja der er ikke meget at meddele. Tak for Dit brev! Jeg syntes i Gaar jeg havde det godt nok til at staa op, men efter tidligere Erfaringer blev jeg alligevel liggende og stod først op i Dag. Til min Skuffelse var jeg alligevel for sløj til at bestille noget, men tror Forkølelsen er ovre, for denne Gang. Frk. Jensen der laa af Influenza er oppe i Eftmdg. Elle havde i Gaar høj Feber og Dr. Hviid har været der i Dag og siger det er Influenza. Puf har faaet en dejlig ung Ederfugle Hun der gaar derude sammen med Hannen og spiser godt og er ligesaa tam. Puf har skudt en stor Rotte derude i Dag, den blev smadret paa Midten og Ederfuglehannen har ædt det meste af den. Madsen har været her med Trykning og jeg skal nu til at signere dem. Kan Du bede Lysse sende den Saga han tog med; han kan jo læse i [..........] jeg savner meget Kortet der er i den, nu jeg læser de andre, som jeg forøvrigt er omtrent færdig med. Mange Hilsner ogsaa fra Puf og Kjeld. Mere i Morgen.
 Din JL.</t>
   </si>
@@ -15865,117 +16403,355 @@
 Ikke mere end [ulæseligt]
 [På hovedet:] 74360
 [I brevet:]
 Kære lille Mams!
 Tusind Tak for Seddelen hvor er du dog god ved mig det er bare alt for meget lille Mor. Jeg maa virkelig passe paa jeg gaar og blir saa forvænt bare for den Sygdoms Skyld. 
 Men hør, Pinse? Har jeg talt noget om Pinse, det ved jeg ikke Spor af, forresten kan det godt være, dog er jeg ikke saa sikker paa Befordringen helst vil jeg selvfølgelig cycle, det er det morsomste – langt og det billigste 
 Nu faar vi se hvad Reserven siger. 
 Befindendet er godt selv om Foraaret nok kan mærkes. 
 Desværre er Tante Ugle saa daarlig, hun er begyndt at komme op, forfærdelig ser hun ud, skrækkelig vil jeg sige dig, jeg har sjeldent set noget lignende. 
 Rie vilde ringe til Bodil hvis det ikke snart blev bedre, selvfølgelig har Bodil været der men ikke efter den begyndende Opstandelse. 
 Jeg huskede Tante Dis, sendte Søndagsbrev. Joh, det er snart 3 M. naar det endda kun var den organiske Sygdom det gjaldt, saa var alt ikke saa slemt, men forhaabentlig gaar det alt sammen, hvordan og hvorlænge det vil saa vise sig. 
 Vodropsvejerne ser noget sort paa det synes jeg. Desværre plejer de at se rigtigt. Lille Janna gaar rundt og er saa forsømt, siger de, det lille Skind. Det er ikke let saadan lige at gøre rede for hvad jeg vil og hvorfor jeg ikke vil, det kan vil altid tale om naar jeg kommer hjem, men hvad i Alverden antager du Dres for 
 II
 dersom du tror, saadan som Du tror saa saa tror du forkert, forresten er jeg begyndt at spille, ikke øve, men, kun ganske ubetydeligvis jeg vil begribeligvis ikke bringe mere Øvning til Huse; min Time er slet ikke at foragte. Da jeg spillede for Dres for at hun kunde sondere Terrænet nu efter Standsningen sagde hun igen en hel Masse om mit Talent, det lyder meget tiltalende blot kunde jeg ønske at det viste sig lidt kraftigere. Nej, Dres, Mor, bare du kendte hende, jeg har aldrig nogensinde set op til nogen som til hende. Hun er et pragtfuldt Menneske. 
 Det var maaske meget klogt af jer ikke at fortælle mig om Fru Jensen dengang, men saa fik jeg det Gengæld at vide paa en lidt drøj Maade. Men Mor kan jeg ikke faa Lov at tage til Hareskov en Dag det piner mig slet ikke at vide noget ordentlig eller rettere intet om hvordan det gaar dem, jeg vil dog saa gerne se de Smaa og tale lidt med Manden, maaske bor de i Værdløse hos Thorvald Jensens Søster, men det er da lige ved Hareskov. Maa jeg ikke? Jeg har det sagtens godt nok, Mor!
 Hvad Tinge angaar skriver vi slet ikke til hinanden, vi venter ham saa smaat herud paa Fredag véd dog intet bestemt, det var morsomt at se ham igen. 
 Mon Tinge skal hjem til Pinse? Hvordan er Sihmfamilien? Jeg maa da endelig huske at hilse dig fra Ellen Bramsen, jeg har
 III
 været der til Frokost en Dag. Ellen er storartet, hun ser paa Menneskeheden med de rigtige Øjne. Gid alle gjorde det. 
 Du skulde bare se Frederiksberghave, fuldkommen eventyrlig, ubeskrivelig smuk, kunde du ikke ikke engang komme herover naar jeg ikke ligger i Sengen det tykkes mig kunne være saa fornøjelig. Kender I Stodderkongen, det er vel nok en Mand og Gæst med. Den er af Erling Kristensen Jeg lånte den ude hos Lomme i Gaar Jeg var ude og passe lille Jesper, Eskild og Lomme var paa Skovtur. Mage til Barn har jeg da aldrig været ude for, en hel lang Dag med en Fremmed uden Gran af Vrøvl, slet ikke for artig, bedaarende sød. Ja, hvor er han dog kær saa skælmsk og henrivende. 
 Og hvor de bor storartet, har du nogensinde set deres Lejlighed, den er lige efter mit Hovede. Jeg bad vist stille Ta Lugge om at til Ta Elle det maa I saa gøre
 Naa saa Ferie, gør’ i Haveanlægning, bare det var os der havde din Ruin, Tante Elle maa da være henrykt over det Tillæg til Haven jeg glæder mig til at se det.
 Bibbe</t>
   </si>
   <si>
+    <t>1928-10-18</t>
+  </si>
+  <si>
+    <t>Valdemar Ammundsen
+Else Birgitte Brønsted
+Eric Bøttern
+Vagn Jacobsen
+Adolph Larsen
+Andreas Larsen
+Johanne Christine Larsen
+Johannes Larsen
+Christine  Mackie
+Axel  Müller
+Edith -, pige i huset på Møllebakken
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvem "den lille" var og heller ikke, hvad Ediths søster og dennes mor og barn hed. Foch og Sonne Hall kendes ikke.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3800</t>
+  </si>
+  <si>
+    <t>Ellen Sawyer føler, at hun er bagud med alt.
+Hun har været til Astrid/Dis Warbergs og Axel Müllers bryllup. Ellen stolede ikke på Axel. Der var noget vagtsomt og angst over ham, og Ellen undrer sig over, at Astrid er så betaget af ham. Hun var rørende glad. Axel var for offentlig i sin ømhed for hende. 
+Johannes Larsen har ansat Ediths søster som pige i huset. Hun har et barn, som hendes mor passer. Lille Frk. J. er umulig.
+Else Brønsted kommer og besøger Ellen. Hun har ferie, mens Johannes Larsen er på jagt med Bryggeren. 
+Ellen har været tre dage på Rødding Højskole til gode foredrag og en udflugt til Ribe.
+Ellens kat er forkælet.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/LGaA</t>
+  </si>
+  <si>
+    <t>Torsdag 18/10 - 28
+Kæreste Lugge!
+Jeg maa nu være meget udygtig, for jeg har altid "masende travlt, - er altid tilbage i "det, - " og hvad "det" er, - det ved intet Menneske, for jeg synes ikke at jeg faar noget udrettet. Se nu bare Breve, - jeg skylder altid Ja, nogen skriver jeg jo - idag afgik der 4, - men jeg har mange tilbage. Naa, men skidt med det. Mulig min Kapløbs-Travlheds Fornemmelse er en Arv fra Mor, - men der er bare den Forskel, at Mor fik en Masse udrettet.
+Tak for dit Brev fra d. 25 Sept; Lige efter det kom jo saa Dis-Bryllupet og om det skrev jeg til Mornine og det læste du vel nok, - det var da Meningen Jeg syntes jeg skyldte Mornine Brev i saa høj Grad.
+Se Lugge, - jeg skrev vel nok lidt mere modereret til Mornine om den ny Svoger. Du kan vist godt forstaa den Fornemmelse. Det var saamænd i og for sig rigtig nok, hvad jeg skrev, for han var saamænd rar og flink nok og der var noget ved ham som gjorde at man havde ondt af det for ham. Men der var ogsaa - hvad jeg ikke skrev noget ved ham som gjorde, at man ikke stolede rigtig paa ham - noget vagtsomt i Øjnene, - ligesom en Slags Angst. Jeg har set det Udtryk før, hos Folk, som der var noget muggent ved. Men en saadan ugrundet Fornemmelse burde man maaske slet ikke udtale. - At Dis kan være saa betaget af ham, er mig en ren Gaade. Jeg synes helt han mangler Carme og er let kedelig - triviel. Junge og jeg følte det ens, - men maaske han vinder ved nærmere Eftersyn. Lille Dis var nu rørende i sin Glæde og var rigtig pæn og taktfuld med det, hvorimod han nok kunde være generende med offentlig Ømhed, - du vèd, det ser jo ikke saa godt ud. Det er vist egentlig tarveligt at komme frem med disse Indtryk, - det er jo ingen Nytte til, og naar Dis er tilfreds med ham saa er det jo nok. 
+Lille Junge er jo i Kbnh. og du ser hende vel nok. Jeg sendte hende et Kort idag gennem dig, da jeg ikke kan huske deres Gadenummer. Jeg synes hun skulde vide, at det gaar godt med Agraren. - 
+Den lille hos Las har sagt op og de har nu fæstet Ediths Søster. Hun skal være meget dygtig. Hun har en lille, som er hjemme hos Moderen og saa kan man gaa ud fra, at hun er lidt mere adstadig og ikke skal "se noget andet," naar hun har været der 1/2 Aar. Den Lille Frk. J. ["Frk. J" indsat over linjen] er vist ret umulig. Las gik en Dag ned i Kælderen og noterede 12 Levninger paa et Papir og satte "fordærvet" ved de fleste af dem.
+Jeg haaber din vedvarende er en Juvel! Gid det maa vare rigtig længe! 
+Lille Mudi kommer af og til ned og besøger mig og snakker lidt med mig. Hun har Ferie i disse Dage, da Las er paa Jagt paa Mors med Bryggeren og Foch. I Aften er hun og Puf hos Erik Bøttern for at høre Rasio. 
+Jeg har været 3 Dage paa Rødding Højskole til et Fredsmøde fra Lørdag til Tirsdag Det var meget interessant. Det er dog forbavsende hvor de Fredsdamer og kloge og inde i Tingene. Der var en Fru Sonne Hall fra Frederikshavn, som holdt et ganske glimrende Foredrag om Storpolitik og Nationaløkonomi. Man fik sandelig noget at vide. Biskop Ammundsen fra Haderslev talte ogsaa godt, - men ikke saa godt og mange andre danske og tyske Foredrag, om Situationen i Verden, - [ulæseligt]pagtens Betydning (som der var divergerende Meninger om) Afrustningsbestræbelserne, Toldspørgsmaal o.m.a. Jeg skrev alle foredragene ned - saa meget af dem, som jeg kunde og synes jeg fik meget ud af det. Og saa var Vejret jo bedaarende og Egnen dejlig - vide Marskhegn med Kvæg og blånende Horisont, - GranSkove i det fjærne. Du fik vist et Kort fra Ribe, - der bilede vi til i et Frikvarter paa 2 Timer og var i Domkirken og i Weis' Vinstue. Turen dertil og fra ikke det mindst morsomme. De Sønderjydske Bøndergaarde finder jeg saa pragtfulde, - enkle og rene i Stilen. Der var mange. - Der var mange flinke Damer og Koner og Piger. En Del af dem havde jeg truffet i Flensborg for 2 Aar siden og fornyede nu Bekendtskabet, - det var virkelig saa hyggeligt. -
+Lille Mis har det godt, en er grænseløs forkælet. Den vil ikke være her alene. De Dage jeg var væk, flyttede den ned til "Människorna", - ligesaa Fredag og Lørdag. Den følger mig i Hælene, naar jeg er hjemme.
+Det er dejligt med det milde Vejr, - der er mange Blomster i Haven endnu
+[Indsat s. 4 i venstre margen; lodret:] Ja, lille Lugge, - jeg er lidt søvnig og det kan vist tydelig spores, - men jeg vilde nu skrive i Aften, - ellers gik der igen 2-3 Dage, - saa undskyld
+[Indsat s. 4, øverst; på hovedet:]
+1000 Hilsner til jer alle fra Elle
+Du maa endelig skrive udførligt og sandfærdigt hvordan du har det !!!</t>
+  </si>
+  <si>
+    <t>1928-12</t>
+  </si>
+  <si>
+    <t>Adolph Larsen
+Johanne Christine Larsen</t>
+  </si>
+  <si>
+    <t>Emilie Demant Hatt
+Gudmund Hatt
+Lars Swane
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Laura/Bibbe Warberg Petersen var fra 1928 i en kontorplads i Københavnsområdet. Det udaterede kort er muligvis skrevet dette år. 
+"Kærbyhusere": Johanne og Adolf Larsen samt deres børn boede i mange år på gården Kærbyhus i Kerteminde.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3835</t>
+  </si>
+  <si>
+    <t>Christine Swane/Uglen ønsker god jul. Adolf og Johanne Larsen vil savne Laura/Bibbe. Christine vil gå ud og besøge Bibbe. Lars/Lasse og Christine Swane er hos Hatts. Hun takker for haren og sender nogle frugter.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/1ZN9</t>
+  </si>
+  <si>
+    <t>Glædelig Jul fra Lasse.
+Kære Kærbyhusere.
+En rigtig god Jul ønskes Jer alle. Det bliver et stort Savn for Jer at I ikke har Bibbe hjemme. Onsdag Eftermiddag går jeg ud til Bibbe og snakker lidt med hende. Lasse og jeg er hos Hatts til Frokost og så går jeg hen til Bibbe derfa; vi bliver hos Hatts Natten over til hen ad Juledag. Tusind Tak for den vidunderlige Hare vi fik i Efteråret. Hav det rigtig godt allesammen og forsmå ikke disse små Frugter. Jeres hengivne Ugle.
+Fra Lasse også. 
+[Fortrykt på kortets tekstside:] Haandtryk: A. Wielberg, København</t>
+  </si>
+  <si>
     <t>1929-03-18</t>
   </si>
   <si>
     <t>Wilhelmine Berg
+- Berner
 Julie Brandt
 Thora  Branner
 Alhed Marie Brønsted
 Ellen Brønsted
 Else Birgitte Brønsted
 Johannes Nicolaus Brønsted
 Adolph Larsen
 Andreas Larsen
 Johanne Christine Larsen
 Johannes Larsen
 Marie Larsen
 Christine  Mackie
 Elisabeth Mackie
 Otto Emil  Paludan
 Hempel Syberg
 Andreas Warberg
 Laura Warberg
 Torkild Warberg
 Martin Warberg Larsen
 Laura Warberg Petersen
 Eskil Ørsted Hansen</t>
   </si>
   <si>
     <t>Otto Emil Paludan blev som fuldmægtig boende på gården Erikshaab efter Albrecht Warbergs død og resten af familiens fraflytning. Paludan/Pallam døde i 1929. Han var barnløs og ugift. Både han og Hempel Syberg testamenterede Warberg-børnene en sum penge. 
 Tornøes Hotel ligger i Kerteminde.
-Fru Berner, Christian Erbennen, Fru Chenowitz og Dr. Torborg kendes ikke.
+Christian Erbennen, Fru Chenowitz og Dr. Torborg kendes ikke.
 Det er uklart, hvad der menes med, at Putte/Elisabeth Mackie er godt anbragt. 
 Instituttet er Det Fysisk-Kemiske Institut på Blegdamsvej i København. Johannes Nicolaus Brønsted var professor ved dette sted, som også blev familiens bolig fra 1930.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3779</t>
   </si>
   <si>
     <t>Ellen takker for dugen. Hun havde en god fødselsdag. Nu ar hun været hos sine elever igen med rutebil og også til kortaften. Ellen har mistet indtægt pga. sygdom og vintervejr, men arven fra Paludan/Pallam og Onkel Syberg hjælper. Det er dejligt, at Christine/Mornine takket være samme arv kommer af med sin gæld. 
 Adolf/Agraren Larsen er på druktur. Johanne/Junge kan betale hans gæld med de arvede penge.
 Martin/Manse Warberg Larsen skal konfirmeres og har været til overhøring i kirken. Ellen giver ham et fotografiapparat.
 Ellen vil invitere Johanne/Junge Larsen på en udlandsrejse på et tidspunkt, hvor Laura/Bibe W. Petersen kan styre Adolf.
 Der skal afholdes auktion på Erikshaab, og Ellen, Johanne og Andreas/Dede Warberg tager derned.
 Mon Louise Brønsted kommer til Fyn i påsken?
 Ellen har været til koncert.
 Det er spændende med byggeriet af Instituttet.
 Ellen er sparsommelig med mad. Hendes kat har fået en kæreste.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/7j5m</t>
   </si>
   <si>
     <t>[Øverst s. 1 skrevet med blyant:]
 Tante Elle
 [Skrevet med blæk; Ellen Sawyers skrift:]
 d. 14de og 18de Marts - 1929
 Kæreste Lugge!
 Tak for dine tre (3) Breve, - alle lige velkomne. Og Tak for den dejlige Dug, du sendte mig til min Fødselsdag. Den passer udmærket til mit "Spisebord" og jeg er meget glad ved den. Da jeg havde faaet den, opdagede jeg, at jeg jo egentlig trængte meget til den, da jeg kun har nogle smaa gamle Laser, - til smaa Selskaber, for jeg har rigeligt med store Duge. - Ja, det blev jo en ret stille Fødselsdag, da alle Gæsterne blev anmodet om at blive borte, - me-e-en! Jeg fik jo mange Opmærksomheder af Blomster og Breve og lille Junge kom om Aftenen og nød et Glas Vin og en Cigar. Hun er jo rask igen. Jeg var oppe det halve af Lørdag, - hele Søndag og ude hos Eleverne Mandag, men kun pr Rutebil. Nu cycler jeg igen. Vejene er fine og Vejret dejligt. Jeg har slet ingen Efterveer med Træthed og Sløjhed, - havde 7 Elever den første Mandag og var til Selskab om Aftenen og spillede L'hombre til 12 uden at mærke noget. I maa nu sige, hvad I vil, men de tykke har nu alligevel et Reservefond af Kræfter, som de tynde maatte ønske sig. Det har været en mager Vinter, hvad Indkomster angaar, - 3 Uger syg og en Del Forsømmels paa Gr. af Vejret. Heldigvis faldt en Del af Vejret og Sygdommen sammen - (nu vrimler Gækker og Krokus op i Haven, - skønt der endnu ligger en Meters Sne i Ribsbuskene). Naa men det gør jo heller ikke noget med det Pengetab nu, da vi jo vælter i Penge, - takket være vores kære Pallam og gode gamle Onkel Syberg. Ja, Lugge, det er ogsaa rart at vi kan tænke, at han holdt sit Løfte til Mor, og at du vandt Chokoladen. Ja, hvor man under Mornine en lille glansfuld Periode. Den bliver vel ikke lang, - kender man hende ret. Men tænk, at komme ud af sin Gæld, - det maa da være herligt. Nej, Lugge, jeg vil ikke købe Livrente, ikke foreløbig da. Jeg vil eje 10,000 først. Dem skal jeg nok faa, naar jeg bare maa beholde Helsen en halv Snes Aar. Jeg har 6000 nu. De giver mig 270 om Aaret. 154 har jeg i Legater, det er 424. For dem kan jeg købe 500 Kr. Obligationer omAaret. Saa kan du selv regne ud. - Man kan aldrig vide, hvordan det kan gaa. Jeg kunde jo faa Lyst til at købe mig en Forretning af en Slags, - det er i al Fald mere morsomt at have Pengene at manøvrere med, end at 
 2)
 købe Livrente. - Foreløbig har vi jo ingen faaet endnu, men Dede skriver, at til 1ste April, omtrent, sender han os Pallams. Onkel Sybergs trækker vist længere ud. Stakkels Tutte maa jo ud med en vældig Arveafgift, - men det skrev jeg vist til Mornine. - - - - Naa, saa vidt kom jeg igaar. Saa gik jeg over til Junge og spiste til Aften med Junge og Marie. Agraren var ude paa Togt. Han har sviret energisk nu, - jeg ved ikke hvor længe, - holdt op et Par Dage og har nu taget fat igen. At han dog ikke kan naa at drikke sig ihjel! Jeg tror al de Sprit virker preserverende. Junge er alligevel helt godt til Pas. De Penge har jo virket vældig stimulerende. Hun kommer ud af hans gamle Gæld, som altid har pint hende og kan ogsaa "røre sig lidt". Fattigdom er nu nedbrydende. Nu har hun ogsaa lige tjent 100 Kr. paa et Klaver, saa hun har købt Konfirmationsudstyr til Manse, - nyt Tøj og en Kasket og en Regnfrakke, - Sokker o.s.v. Det er jo paa Søndag. Palmesøndag. Der skal ikke være Spor af Festlighed, - kun mig og Is til Desert. Jeg giver ham et Fotografiapparat. Tutte har sendt 10 Kr, som jeg skal købe for. Jeg tænker jeg køber en Tegnebog (til Penge) for dem. De vil jo gærne have nogle af de traditionelle Gaver at vise frem Hvis I vil have Idèer, saa kunde jeg tænke mig en Æske Jetons, - han elsker jo at spille L'hombre, - el. Bøger om Fugle. el. Lommetørklæder. Sig til Mornine at hun ikke skal holde det hemmeligt for Ta Mis Pan ["Pan" indsat over linjen] Hun kan saamænd godt sende ham lidt. Vi har været saa beskedne med Konfirmationer i hele vores Børneflok, saa det kan de gærne paaskønne paa Manse. Iggar Eft. var han til "Overhøring" i Kirken. Jeg kom der over mens de klædte sig paa til at gaa derned. Det viste sig at Manse ikke kunde Trosartiklerne. Dem fik vi ham saa lært. Og han kunde ikke huske, hvad Salmer de skulde kunne. Heldigvis kom han da ikke op. De saa saa rørende ud, da de vandrede afsted derned. - Lugge, jeg har faaet saadan en god Idé. Jeg vil ogsaa flotte mig lidt med mine Rigdomme. Jeg vil invitere Junge til en lille Udenlandsrejse i Sommer! Rhin-rejsen, Køln og Holland. Vi snakker meget om det og Junge glæder sig saadan. - Det er saa sundt for hende ["for hende" indsat over linjen] at føle, at der ogsaa er lidt Fornøjelse i Verden for hende, - det er hun sandelig ikke forvænt med. - Vi vil køre i Rutebiler og se paa Landskaber og male og se paa Kunst naturligvis. det skal 
 3)
 nok blive morsomt. Hvis I vèd noget om Holland, - saa lad os det vide. - Saa jeg sparer af alle Livsens Kræfter * Jeg tænker vi kan gøre det for 600 Kr. Det skal være, naar Bibbe er hjemme og kan bremse Kalorius - ellers er det jo en fast Regel, at hans "Sygdom" indløber, saa saare Junge vender Ryggen til. Paa Mandag skal der være Auktion paa Erikshaab. Junge og jeg vil derned. Det kunde være, der var et og andet, vi vilde købe og desuden kan der tænkes at være noget endnu fra vores Tid, - bl.a. de gamle Bøger paa det store Værelse. Vi biler derned. Dede kommer. Det bliver jo vemodigt - men jeg synes, vi skal være der. Dede har taget Silhouetterne fra Spisestuen og hængt dem op i sin Stue. Det er rart synes jeg, - saa er de i Hus.
 Kommer I ikke herover i Paasken??? Jeg skal ganske vist ud om Lørdagen, men det gør jo ingenting. Saa kunde I jo komme Palmesøndag, - være med til Manse og være med paa Erikshaab. - Eller er det for svært, lille Lugge? - Det vilde være yndigt om I kom en lille Foraarstur. Svar snarest. Jeg er spændt paa Las og Puf saa kom i Aftes. Jeg holder Øje med Huset, men [et ulæseligt ord indsat over linjen] har ikke set nogen spanke om dér endnu. Jeg maa op og se efter inden jeg cycler ud. - Jeg glæder mig til de er hjemme igen. Det er saa tomt naar de er væk. - I Aftes var jeg til Koncert paa Thornøe. Den var god. Fru Berner sang herligt og Chr. Erbennen spillede guddommeligt. Hvor han dog spiller vidunderligt. Fru Chenowitz akkompagnerede. Hun er lidt massiv og enevældig. - 
 Hvor er det morsomt at de er begyndt at grave paa Instituttet. Nu kan I rigtig holde Øje med det. Bare det nu ikke maa vare rigtig længe. - Og hvor dejligt, at du nu har Penge at planlægge med. Ellers havde der været en "aber" ved at flytte ind i et større Hjem. Det kostede mig adskillige Hundrede at flytte ind her, og det er da i det Smaa. - Maaske der paa Erikshaab kunde findes et og andet, I kunde faa billigt. - Tænk over det!!!!
 Jeg havde saadan et rart Brev fra Tutte i Dag. Det var saa morsomt at se lidt til hende i den Tid hun var i Odense. Hun er nu herligt, ["t" sidst i ordet overstreget] - det er Tutte. - Hvor er det dejligt at Putte er anbragt. Vi var sammen med Dr. Torborg til Thorkilds Daab og syntes saa godt om ham. -
 [Indsat s. 3 i venstre margen; lodret:]
 Ikke desto mindre flottede jeg mig i Lørdags med at købe en Kalveskank til 30 Øre. Det er anden Gang siden Jul at jeg har købt ind til Middag. Ellers lever jeg af [teksten fortsætter øverst s. 3; på hovedet] salte Sild og Hyldebærsuppe og Gaver. - Jeg faar Suppe til to Middage og Hachis til èn. - Naa, nu vèd jeg vist ikke mere denne Gang. 1000 Hilsner til jer alle, - ogsaa Lommes. Din Elle
 [Indsat i venstre margen, s. 4; lodret:] Lille Mis har indgaaet Kammeratægteskab med en stor Slambert af en graa, vulgær Hankat med gule Øjne. Jeg fatter ikke lille Mis - den fine pæne Mis fra et godt Hjem! - Jeg driver ham væk 20 G. om Dagen.</t>
+  </si>
+  <si>
+    <t>1929-05-25</t>
+  </si>
+  <si>
+    <t>Lars Christian Balslev
+Peter Oluf Brønsted
+Andreas Larsen
+Gudrun Larsen
+Ingrid Larsen
+Johanne Christine Larsen
+Johannes Larsen
+Vilhelm Larsen
+Christine  Mackie
+Marie Paludan
+Otto Emil  Paludan
+Bendt Schaffalitzky de Muckadell
+Maria von Sperling. g. Balslev
+Albrecht  Warberg
+Andreas Warberg
+Martin Warberg Larsen</t>
+  </si>
+  <si>
+    <t>Otto Emil Paludan, kaldet Pallam, overtog Albrecht Warbergs stilling som godsforvalter, da sidstnævnte døde. Paludan havde tidligere haft en enkelt stue på Erikshaab, men efter Warberg-familiens flytning overtog han hele gården. Da Paludan i 1929 døde, blev der holdt auktion over diverse ejendele på Erikshaab. Han var ugift og enlig. Paludans søster, Marie, var husholderske for ham. Derfor formuleringen "Marie-Pallamske Ting". 
+Kai P. var muligvis en af Otto Emil Paludans slægtninge - han forærede Johanne C. Larsen Trap Danmark. 
+Dr. Bemers kendes ikke.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3796</t>
+  </si>
+  <si>
+    <t>Ellen Sawyer, Johanne/Junge Larsen og Andreas Warberg har været til auktion på Erikshaab. Der var dejligt. Maria og Lars Christian Balslev har planer om at flytte til Erikshaab, og de talte med Bendt Schaffalitzky om denne mulighed.
+Ellen og Johanne købte en del på auktionen - også lidt til Louise Brønsted. Peter Brønsted kan få lovbøgerne. Paludans arvinger havde taget de pæneste ting.
+Martin/Manse Warberg Larsens konfirmation gik glimrende.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/aazS</t>
+  </si>
+  <si>
+    <t>Tirsdag 25/5-29
+Kæreste Lugge! Tak for dit Brev. Det var kedeligt, at I ikke kunde komme i Paasken, - men det er jo ganske vist lidt barskt endnu, skønt Sneen er da væk og det er ikke Frost mere. Nu haaber vi paa Pinsen! Jeg har desværre kun saa lidt Tid til at skrive idag; men jeg maa sende dig et Par Ord, saa du kan faa det inden Helligdagene. Vi var jo saa til Auktion igaar. Det var ikke nær saa slemt, som vi havde tænkt os, - Junge og jeg. Dede sagde det ogsaa. Erikshaab er der trods alt, - og der var vidunder smukt, - lunt, diset Vejr, - Aaen oversvømmet i al sin Pragt og Gækker og Eranthis vrimlede i Haven. Jeg tog nogle Løg til dig nede under det store Birketræ. - Men nu skal du høre: Marie Sperling og Lars Chr. Balslev var der og de tænker stærkt paa at flytte derned og bo. Marie havde en rasende Lyst til det. Hun føler den Egn som sin Hjemegn og hun holder saa meget af Erikshaab. Hun var rundt over det hele og sagde hele Tiden "dèr stod dèt og dèr stod det. Laders var lidt mere betænkt, men havde dog ogsaa Lyst. De talte med Baron Bent om det. Vi tror det bliver af. - Vilde det ikke være henrivende hyggeligt Laders sagde med sit søde Smil: "Saa får i vi altid èn af jer rendende hernede," - "Nej, sagde vi, - ikke èn, men to." - Vi er meget spændte paa det. - De var forfærdelig søde, og Marie var oven ud begejstret for Tanken! Det tog virkelig Braaden af det hele. - Synes I ikke, det vilde være yndigt. - Tænk, at se unge gaa dernede og more sig og spille Croqet og faa Huset fyldt med Stemmer igen. -
+Lugge, de gamle Lovbøger er Peters. De kom ikke paa Auktion. De ligger dernede paa det fine Loft og afventer. Vi kunde desværre ikke have dem i Bilen. Saa fik jeg - til Givendes) en af Pallams Spadserestokke, og 2 hvide Askebægre [tegning indsat], ligesom dem Far havde og et af de gamle Pølsehorn fra vores Tid; til dig. Jeg kunde ikke finde noget særlig Pallamsk, som jeg syntes, egnede sig. Det var jo mest Marie-Pallamske Ting. Junge og jeg købte dog en Del. Jeg fik 2 af de gamle Jærnstole fra Haven. Jeg vilde gærne have haft Bordet, men det blev saadan budt op. Saa købte jeg 3 Flasker af Pallams Rødvin til min Vinkælder. En lille pæn Bogreol forærede Kai P. mig. En Hjørnegarderobe til Gæstekammeret fik jeg for 25 Øre. 2 gl. hv. Rørstole, en Stumtjener og et Haandklædestativ for 1 Kr. Et gammelt yndigt hæklet Sengetæppe købte jeg ogsaa, - og en hvid fin Thepotte Kaffekande, Sukker og Fløde og en lakeret Bakke, - alt for 2 Kr. Junge fik Trap, Danmark foræret af Kai og købte en Del, bl.a. Sølvtøj (Plet.) o.s.v. Alt det pæne var ellers taget fra af Arvingerne - d. gamle Stol, som Mornine vilde have, var væk, - alle Dagligstuemøblerne, - det var mest Ragelse, der var tilbage. Stemningen var nærmest gemytlig, - jeg ved ikke hvordan det kunde være, - der var noget upersonligt ved det. Det var ligesom Erikshaab ikke var her af det særligt, - det var meget, meget værre da vi var dernede til Begravelsen, jeg mener alle Tingene saa mere vemodige ud. -
+Manses Konfirmation var en straalende Sukces. Han fik Masser af Ting og lille Junge var saa glad. Agraren var flink og ufuld. Klakses og Las og Puf kom og spiste, - der var dækket i Dagligstuen og det hele var saa nydeligt. Jeg var der hele Form. og hjalp, mens de var i Kirke, saa alt var pænt og færdigt. En Kone i Kkkenet. - Suppe m. Tilbehør, Kødet med Marcaroni og Tomat og Is. - Det var saa hyggeligt og pænt altsammen og Junge var saa rørt og glad og følte sig slet ikke forhutlet. Jeres Bog gjorde megen Lykke. Han var selv saa sød og taknemmelig for det altsammen og straalende glad. Han fik 90 Kr. kontant, - foruden alt hvad der hører til paa et Konfirmationsbord. Taske fra Klakses. - Jeg har desværre ikke mere Tid. Jeg skal have Elever og ned til Dr. Bemers til Middag i Aften.
+De Smaasager kan du jo faa, naar du kommer.
+Skriv snart igen
+1000 Hilsner
+E</t>
+  </si>
+  <si>
+    <t>1930-05-22</t>
+  </si>
+  <si>
+    <t>Alhed Marie Brønsted
+Ellen Brønsted
+Else Birgitte Brønsted
+Johannes Nicolaus Brønsted
+Peter Oluf Brønsted
+Frithiof Kemp
+Adolph Larsen
+Andreas Larsen
+Johanne Christine Larsen
+Johannes Larsen</t>
+  </si>
+  <si>
+    <t>De "ædle Stuer" og "Badeværelser": Johannes Nicolaus og Louise Brønsted flyttede i 1930 ind i en fornem lejliged i Det Fysisk-Kemiske Institut på Blegdamsvej i København. 
+De omtalte påfugle tilhørte formodentlig Johannes Larsen. Hans have stødte op til Ellen Sawyers. 
+Det vides ikke, hvem Fru L., Vibeke og Maj var. Gudrun kan være flere personer.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3797</t>
+  </si>
+  <si>
+    <t>Ellen Sawyer takker for et dejligt ophold hos Brønsted-familien i deres flotte hjem. Hun har arbejdet i haven, som nu er pæn. 
+Påfuglene jagter Ellens dværgkyllinger. Deres mor forsvarer dem.
+Ellen har haft rotter.
+Katten var glad for, at Ellen kom hjem.
+Adolf/Agraren Larsen drikker igen.
+Johannes Larsen skal bo hos Kemp "denne Gang".</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/63vE</t>
+  </si>
+  <si>
+    <t>22/5-1930
+Kære lille Lugge!
+Jeg er rigtignok længe om at komme med mit Takkebev, men det er vist, fordi jeg synes, det skal være saa grundigt og eftertrykkeligt og derfor fordrer lidt Ro og Tid, som jeg virkelig synes, jeg først har fundet i dette Øjeblik. - Ja, saa vil jeg da sige dig og jer alle Tak for de dejlie dage - - jeg nød dem, - at være sammen med jer og se jer saa vel og glade og at have Andel i jeres [ulæseligt ord] og Herlighed. Jeg var lidt melankolsk ved at rejse fra jer, - det er ogsaa mange Aar siden, jeg har været så længe sammen med jer - ikke siden Birkerød. - Nu fryder jeg mig ved at tænke paa jer i de Omgivelser - jeres ædle Stuer, jeres Badeværelser, jeres Landluft og Nattergale. - Det eneste aber (som jo alligevel selvfølgelig maa kaldes et plus) er, at I nu ikke trænger til vore Nattergale. M-e-en I kommer nok alligevel! Her er ogsaa yndigt. Lever en ogsaa godt ["Lever en ogsaa godt" indsat over linjen] Jeg har gaaet og arbejdet i min Have i Eftermiddag og Aften. Hvor er det yndigt, naar Aftenen falder paa med sine Lyde og sine Steder Hønen klukker sine Børn hjem i Seng, Solsortene synger, en Harmonika spiller et Sted og min nyslaaede Plæne dufter af Hø. Min lille Have er saa bedaarende i Aar, alle Frugttræerne blomstrer, - endog et gammelt fortræ'ent Blommetræer ["er" sidst i ordet overstreget], der aldrig giver sig af med den Slags Letsindigheder, har 4-5 Blomster. - Her var meget tilgroet med Skidt, - men nu er der pænt. Nu har jeg plantet 60 Porrer, 14 Cellerier, + Radiser idag. Ærter, Bønner, Spinat og Rædiker staar fint Nu mangler jeg kun Sommerplanterne
+De 5 Dværgkyllinger trives udmærket. Den lille Høne har det svært, det Skind, Paafuglene er efter hendes Børn og det er storartet at se hende puste sig op og gøre sig saa skrækindjagende, som hun kan og baske lige i Hovedet paa dem, saa de stamper afsted med hængende Hale. Her har ogsaa været Rotter, - de er ogsaa efter Kyllingerne. Jeg antager, de er kommet fordi Misser har været lukket inde paa Loftet med sin Killing. Jeg har fanget en modbydelig stor Rotte i en Fælde og lader nu Misser gaa frit omkring, saa nu haaber jeg de er væk igen. Lille Mis var lyksalig over at jeg kom igen. Den kom helt ned paa Vejen med oprejst Hale og tog mod mig, skønt det øsregnede. Lille Junge var ogsaa og tage i mod mig og jeg var saa ovre at spise til Aften hos hende. Agraren drikker endnu. Det er frygteligt. Men hun bærer det som en Helt. - Jeg var lige oppe at hilse paa Puf og Las. De har det godt Las siger han er nødt til at bo hos Kemp denne Gang. - Jeg savner vores Bridge. Hvor var det morsomt og hyggeligt. Jeg spillede med Gudrun og Fru L. forleden Aften, men jeg gider ikke rigtig spille med Ukyndige nu. 1000 Hilsner til jer alle Store og Små ogsaa Vibeke. Mest dig selv lille Lugge
+Elle
+[Indsat s. 4 i venstre margen; lodret:] Sig til Maj, - at jeg savner at blive drillet</t>
+  </si>
+  <si>
+    <t>1930-10-08</t>
+  </si>
+  <si>
+    <t>Louise Amstrup
+Erna Andersen
+Peter Eilschov
+Grethe Jungstedt
+Kurt Jungstedt
+Matilda Jungstedt
+Adolph Larsen
+Andreas Larsen
+Johanne Christine Larsen
+Johannes Larsen
+Thøger  Larsen
+Christine  Mackie
+Elisabeth Mackie
+William Mackie
+Hannah -, pige i huset hos Louise Brønsted
+Mogens Warberg
+Erik Warberg Larsen
+Martin Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Erna Andersens søster kendes ikke. Det samme gælder Fru Nielsen/Klaras mor, friskolelæreren i Kissendrup, Ove Rode/Rhode og Fru Thomsen.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3802</t>
+  </si>
+  <si>
+    <t>Trist, at Louise Brønsted er uden pige i huset. Ellen Sawyer forsøger at finde en pige til hende. Louise kan måske kontakte Husholdningsskolen.
+Det er synd for Christine/Mornine Mackie. Hun vil være rengøringsdame! Måske skulle hun hellere forsøge med hjemmebageri og undersøge, om hun kan bo på en stiftelse fx i Odense. 
+Jungstedt-familien er på en dejlig rejse. De kører rundt i Frankring. 
+Ellen har lavet en alkove og købt forsatsvinduer. Hun har råd til dette, fordi hun spiser beskedent.
+Ellen spiller ofte kort.
+Johanne C. Larsen sidder hårdt i det, fordi den ene lejlighed ikke er lejet ud, og patroner til manden og sønnen er dyre.
+Ellen håber, at verset bliver brugt på Thøger Larsens mindesmærke.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/fsgQ</t>
+  </si>
+  <si>
+    <t>8/10 - 30
+Kæreste Lugge.
+Tak for dine to Breve! Hvor er det kedeligt med Hannah. Både for hende, det lille Skind - men sandelig ogsaa for dig, som nu står Pige-løs. Jeg ringede straks til Fru Nielsen, Klaras Mor, - men selvfølgelig, - det var for sent. Der er to Søstre, og de havde faaet Plads Det vilde vist have passet helt godt, - særlig den ældste. Jeg har nu mine Garn ude, - men det er jo en vanskelig Opgave, for man kender jo ikke deres Kvalificationer, - selv om de søger Plads. Der er nu en lille tyk en, som hedder Erna og er Søster til Frk. Andersen, som var hos Las's. Hun siges at søge Plads i Odense. Hun har tjent hos Dyrlæge Voss's i Rynkeby, og der vilde de gærne have fæstet hende til Kokkepige - men hun har ellers ikke særlig lært at lave Mad. - I Aften hos Junge skal jeg ringe og spørge lidt ud om hende, - men inden vi naar at faa forhandlet om hende er hun vel fæstet ud. Jeg ved jo heller ikke, om hun vil til Kbh. Frk. Erna Andersen Flødstrup Søgyde pr. Ullerslev. Du kunde jo godt skrive til hende, hvis du mener. Nu er jeg borte Lørdag, Søndag og Mandag. Saa har jeg hørt om et Par andre Muligheder: en Søster til Friskolelæreren i Kissendrup - pr. Ullerslev. Men hun er saa ung. - Jeg skal nok forhøre videre, skønt jeg føler det som et tungt Ansvar. Kan du ikke sætte dig i Forb. med Husholdningsskolen, - dèr kommer jo alle de pænere Piger før el. senere.
+Hvor er det trist med Mornine. Junge vil skrive til Ove Rode. Men mens Græsset gror o.s.v. Hun er så lidt driftig. Jeg snakkede i Sommer så meget om, at hun skulde
+2)
+lægge sig efter Hjemmebageri. Der behøver ikke at være andre Driftsomkostninger end et godt Komfur og nogle Plader. Det siger Fru Thomsen (tidligere Rygaard). Hun stod jo pludselig ved Mandens Død fuldstændig paa bar Bund efter at have levet Godsejerliv i mange Aar. Hun klarer sig fint i Odense og siger at der tjenes godt. Hun begyndte kun med Bekendte. Men jeg tvivler nu paa, at Mornine kan faa noget til at gaa, af Mangel paa Driftighed, samt Menneskeskyhed. Hvor er det trist. Der er vel ikke en Stiftelse? Det lyder saa jammerligt, - men til syvende og sidst er det jo Mornines Ideal: at være ene og sidde og læse, - og det kunde jo godt gøres saadan et Sted. Eilschovske Boliger Odense? Forhør saa smaat i al Diskretion om hendes Stemning for det. Chancerne for Elever i Odense er jo ligesaa gode (el. slette) som i Kbn. og saa boede hun dog husfrit og hendes Hjælp fra Dede og Las forslog bedre. Hvor det ligner M. at ville være Rengøringskone! Saa kan vi selv se!! Men det værste er alligevel Putte. Nu er hun jo i et Bageri. - Hvad Søren vilde hun derovre. Jeg troede det var for at pumpe Billy, - men det lader det jo ikke til. - 
+Du skrev ikke om dit Helbred, lille Lugge. Hvordan gaar det??? S.u. - 
+I Øjeblikket har jeg kun fornøjelige at berette om mig selv. - Saadan gaar det jo op og ned i Verden, og jeg synes man skal med Taknemmelighed tage det gode, man faar udleveret, - ellers kan man da heller ikke fortjene det. Det gode er, at jeg faar saa uhyre glade Breve fra Mine. Mod Forventning er dette blevet den herligste Rejse, hun nogensinde har gjort. De er nu i Paris igen, efter 
+3)
+at have kørt til Revièraen, - nydt Hvilen dèr en Tid, - kørt en meget interessant Tur paa flere Dage rundt i Sydfrankrig - Marseilles o.s.v. Hun er begejstret over alt hvad de ser - jeg har aldrig faaet saa glade Breve fra hende. - Lille har det glimrende. Margareta skriver at hun spiser bedst af alle Børnene. Hun vil nok have fortræffeligt af denne Vinter paa Landet sammen med andre Børn. De lever saa udmærket dèr, og der bliver lavet særlig Mad til Børnene, - saa de faar det saa godt, som det kan faas. Hun er sød og glad skriver Margareta. Jeg hører en Gang om Uge fra hende.
+Her er vi jo ved at gaa i Vinterhi, - saadan da! Det bestaar bl.a. i at jeg jævnligt trækker i Oljetøjet og Stormbrillerne. Mit lille Hus har aldrig været saa hyggeligt som nu. Jeg har spenderet dobbelte Vinduer til "Kontoret" og Soveværelset og du kan tro, det luner. Og saa har jeg lavet det saa yndigt i mit Soveværelse. Min Seng er blevet noget saa "smart". Jeg fik Snedkeren til at lave et Brædt [tegning] over Sengen der er slået et Bændel paa og Omhæng, - omtrent som Tante Visse havde. Det ser saa nydeligt ud. Jeg tog mine Sommergardiner herfra, - hvide med blå Border. Derinde hænger Billeder af Lille og Grethe Missen nyder det og tilbringer sin Dag - og Nat med at sove dèr. [Tegning] Saa fik jeg ham ogsaa til at lave en stor Plade til min lille Servante og har pæne Omhæg dèr ogsaa og en fin Glashylde over. Jeg har altsaa kostet lidt paa Huset, - men det kan 
+4)
+jeg ogsaa fordi jeg lever saa billigt. Jeg har ført nøjagtigt Regnskab paa min Mad siden jeg kom hjem. Jeg har brugt 20 Kr. paa 4 Uger og haft Kaffefremmede èn Gang og alle Agrarens til fin Aften i Søndags, - men da fik vi rigtignok ogsaa en Hane og Tomater og Æbler, Salat foræret paa Landet. Min Middag - jeg spiser hjemme 6 Dage om Ugen til Middag - er Kærnemælk med en Skefuld Syltetøj i samt lidt Grøntsager, som jeg hidtil har haft fra Haven, Bønner Purrer og Celeri. Paalæg har jeg kun Ost. Med min Konstitution behøver man ikke at spise sine Penge op. -
+Jeg spiller utrolig meget Kort i denne Tid, - som Regel 5 Aftner om Ugen - L'hombre el. Bridge. Jeg synes det hjælper godt paa min Bridge. - Om Søndagen er jeg gærne hos Junge til Bridge om Aftenen. Hun har det helt godt efter Omstændighederne Omtr. en 40 Timer om Ugen Elever. Agraren og Manse morer sig med Jagt. De skyder en Del, men Junge siger, det er dyr Mad p. Gr. af alle de dyre Patroner, som hun jo maa betale. Deres store Lejlighed staar tom, - det er derfor det kniber saadan for hende. Tinge er hjemme, - han arbejder hos Puf, - men søger Plads til Nov. Han er sød og venlig. 
+Las har jeg kun lige set. -
+Har I hørt, at Mogens's Konfirmation blev udsat en Uge, fordi han blev saa forfærdelig syg af en "Forgiftning". De var angst for ham. Nu skal vi derop paa Lørdag, Søndag og Mandag.
+Bare det Vers kunde komme igennem til Thøgers Mindesmærke. Det er da saa smukt og udtrykker egentlig hele hans Livsfornemmelse i en mærkelig koncentreret Form, - hans Glæde over Livet, - hans stadige Tanke
+[Teksten fortsætter på sidste side i venstre margen; lodret:] paa Døden - og den vide Horisont. Hvor var han et herligt Menneske. Det er en Rigdom at have [øverst på sidste side; på hovedet:] kendt ham og have hjulpet ham. Jeg betaler det gærne med det svidende Savn som han efterlod. - 
+[Indsat på næstsidste side i venstre margen; lodret:] Nu Farvel for denne Gang, lille Lugge. Held og Lykke med det, - med Pigerne, mener jeg. Jeg synes du skulde skrive til Erna for at forhøre. I så Fald, lad mig vide, - jeg kan se Familjen paa Tirsdag. -</t>
   </si>
   <si>
     <t>1931-02-02</t>
   </si>
   <si>
     <t>Lucca, Italien</t>
   </si>
   <si>
     <t>Else Jensen
 Henning Kehler
 Marie Schou
 Kristian Zahrtmann</t>
   </si>
   <si>
     <t>Johannes V. Jensens digt "Den jydske Blæst" blev trykt i Politiken 2-2-31.
 Digtet Fugl Føniks' Land blev første gang trykt i digtsamlingen "Den Jydske Blæst, Digte 1926-1930".</t>
   </si>
   <si>
     <t>Det Kongelige Bibliotek, Johannes V. Jensens arkiv</t>
   </si>
   <si>
     <t>Zahrtmann sagde, at nutidskunstneres opgave er at holde kontakten med den store, gamle kunst. 
 Syberg arbejder på sin udstilling til Den Frie. Der er sne i haven, men lærken synger også i utide. 
 Marie har sendt et udklip fra Dagens Nyheder med Johs. V. Jensens digt. Henning Kehler er på sin vis skyld i, at Jensen har skrevet et pragtfuldt digt.</t>
   </si>
@@ -16475,50 +17251,95 @@
     <t>Elena Larsen
 Jens Larsen
 Peter Andreas Larsen
 Rasmus  Petersen</t>
   </si>
   <si>
     <t>Man må formode, at gartneren er Rasmus Petersen.</t>
   </si>
   <si>
     <t>Gartneren er død. 
 Der er fugle i haven, og det er koldt. 
 Larsen maler lidt.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/h6xM</t>
   </si>
   <si>
     <t>[Fortrykt:]
 Johannes Larsen
 Kierteminde
 [Håndskrevet:]
 23/2 – 36
 Kære Lysse!
 Tak for Jeres Breve som kom i Gaar. Det var dejligt at høre at der ikke er noget i Vejen med Jer. Jeg var begyndt at blive alvorlig bange. Puf har vel fortalt Dig at Gartneren er død og blev begravet i Søndags. Vejret er meget omskifteligt I Forgaars Morges var her hvidt af Sne der tøede i Dagens Løb. I Gaar Solskin og enkelte Byger og til Morgen helt hvidt igen og lidt Frost saa det meste ligger endnu. Stæren fløjter og i Gaar saa jeg 3 Viber og Sjaggere og Alliker trækker N paa i Flokke. Jeg er begyndt at male, men der er ikke videre Gang i det endnu, men Tegn til at der kommer det. Her er en 4-5 Fasaner i Haven der især holder til i Staudebedet og æder de nedfaldne Mispelfrugter. Dette skal ogsaa være et Fødselsdagsbrev. Til Lykke! Det er kun kort men jeg skal paa Posthuset med det nu. Vi sender et Par Bøger. Mange Hilsner til Jer alle 4.
 Din Far.</t>
+  </si>
+  <si>
+    <t>1936-05-14</t>
+  </si>
+  <si>
+    <t>Hareskov
+Bakkevej 8</t>
+  </si>
+  <si>
+    <t>Dræby
+Lindøgård</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1003</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/vS70</t>
+  </si>
+  <si>
+    <t>[Skrevet på kuvert forside:]
+Fru Johanne Warberg Larsen
+Lindøgård
+pr. Dræby 
+Fyen
+[Skrevet af ukendt/Laura Warberg Petersen?]
+L64
+1936 1936)
+14 maj
+Dr. Kurt Zechendorf
+[Skrevet på kuvert bagside:] 
+A Warberg-Müller 
+Bakkevej 8
+Hareskov
+[Brevet:]
+Hareskov, 14 Maj 1936 (Torsdag)
+Kæreste lille Junge! Hvor er det dog en stor Skam, at jeg ikke for længst har skreven et lille Trøstensbrev til dig da Manse rejste – og nu er det snart en Uge siden – jeg har dog tænkt så meget på dig i den Anledning, det er altid en skrækkelig Tomhed at komme igennem, når én rejser – især én af dem, man i Dagligdagen er knyttet til, det er som en Amputation; men nu har du forhåbentlig allerede det første udenlandske Brev at fryde dig over – man får altid en eller anden Erstatning, hvergang noget mistes – og nu vil Postens Ankomst stadig være et gyldent Spørgsmålstegn – og lifligt når Svaret er ja – der er Brev i dag! Ikke Junge?
+Grunden til at Trøstensbrevet fra mig udeblev så længe er simpelthen: Mangel på Kraft – såvel indre som ydre; det er nu et Foretagende at få et fremmed Menneske i Huset – og de nye Foretagender får mig til at klappe helt sammen i de senere Aar; og så kom jo samtidig alt det med vores goe Grethe, der så pludselig helt forsvandt ud af vores Tilværelse, det var også noget, der tyngede meget. I Tiden lige efter meldte der sig uafladelig Gæster, men heldigvis afværgedes de af Axel – jeg kunde absolut ikke tage mere – lå en hel Dag i vanvittige Hovedsmerter, men nu begynder det et linde lidt; den tykke Datter er Spændingen gået af – eller – du forstår – han er falden helt til – så han 
+[På papirets bagside:] uha
+2/ ikke mere tynger mig Spor; han har købt sig Overålstøj - og hjælper mig troligt i Haven , hvor vi nu endelig er ved at få tilsået, det kneb i Aar med Kraften dertil; igår ordnede vi alle Grønsagsbedene - lagde Ærter, såede Gulerødder – Bønner – Salat etc – to hele Dage sled vi, men i Dag må jeg holde mig i Skindet og nusle indendørs. Men han vilde partout grave Grønjord – vi har fået Lov at dyrke Kartofler på [ulæseligt]ners Grund hernedenfor vores, ned mod Søen – det går han så og virker med det nu. Buf – som har røde Hunde og derfor ikke er på Fabrikken – kom for lidt siden; han, Nus og Trut virker på fuld Kraft på Glasmaleriet nede i Atelieret (som det nu kaldes) – du kan lige stole på, det er dejlige Ting – alle som ser det er yderst begejstrede og de har allerede solgt en Masse til private – hvad jo egentlig ikke er hensigten, da det er baseret på Butikssalg - men takket være Privatsalget har de stadig ikke nået at præstere et Lager (Prøvelager) til de store Forretninger. De brænder en Ovnfuld c hver 2-3die Dag, kun éngang er noget mislykkedes – og det blev strax solgt underhaanden uden Tab. Det er en hel Fornøjelse at komme derned og kigge til dem og se hvad de nu har lavet. 
+Buf er en enestående Hjælp for dem – han er selv glødende begejstret og havde mest Lyst til at opgive alt andet og blive Kompagnon. Søren Madsen har med en flot Gestus ydet en Kredit på 100 Kr., idet han en Aften kom med herlige Glasting fra Holmegaard for det Beløb – de har Kredit til Oktober og må da afbetale med 10 Kr pr Måned – de forstår nok, at dette betyder umådeligt meget for dem her i den første Tid, inden de tjener noget rigtigt – nu kan de male løs hver dag – man får Masser for 100 Kr – og de har jo 20 % for kontant Betaling. - . Munter har Løbetid – 3 Uger – og må ikke komme udenfor Gården; det lille Skind, han græder meget og ser bedende på os; men hver Aften, når vi alle har fri, får han Lov at færdes lidt med os i Haven undr streng Opsigt. Mibbe har også Udflugtstid og tænk, nogle Bæster har to Gange skudt på ham, han har to gabende Sår i venstre Lår og hinker ynkeligt, vi gir ham extra Forplejning, et Æg hver Dag, etc. I Aftes fangede Axel en stor Rødskade til ham – å, hvor han svansede; han kan jo nemlig ikke selv fange, når han er invalid. Axel fangede to Fisk til, dem skal jeg nu ud og ordne til Frokost. Datteren er vild begejstret for min Madlavning og spiser kolossalt – hun spiser for 3 og er ikke lukrativ. Men så gør hun jo Gavn i Haven, går Byærinder for mig, henter Mælk på Gården, holder selv sine Værelser og er iøvrigt dybt taknemmelig over at være i dette Paradis, som hun siger. Det er en Tilfredsstillelse at kunne gøre noget for de ulykkelige Jøder dernede. 
+Nu må jeg i gang igen, det var en lille Morgenpassiar til en lille Cigar. Tænk på Axel på Lørdag Kl 4, - så foretager han den første Vielse her! Jeg skal nok snart skrive igen.
+Tusinde Hilsner! Din altid Dis
+Hils Manse når du skriver!
+[Skrevet øverst på s1:]
+Vi har aldrig hørt om du var tilfreds med Æblesalget S.u. !!!! - Obs.</t>
   </si>
   <si>
     <t>1936-05-25</t>
   </si>
   <si>
     <t>Astrid Bøttern
 Ellen Bøttern
 Eric Bøttern
 Victor Bøttern
 Harald Henningsen
 Jens Larsen
 Jeppe Larsen
 Jeppe Andreas Larsen
 Johannes Larsen
 Peter Andreas Larsen
 Else Larsen, Else, Andreas Larsens kone
 Marie Neckelmann
 Vilhelmine Nytaar
 Ane Talbot</t>
   </si>
   <si>
     <t>Johannes Larsen malede i 1935-1936 store freskomalerier i festsalen på Odense Rådhus. 
 Kartoner er forarbejder/stregtegninger i fuldformat. Disse blev opsat på væggene og perforeret i konturstregerne. Igennem perforereringerne afsatte man med blyant eller pen prikker på væggen, så format og dimensioner fra forarbejderne blev bevaret. 
 "da jeg er herude hele Dagen": Andreas/Puf Larsen var chauffør for Johannes Larsen, når denne skulle til rådhuset i Odense og male.
 Späte von Leopoldsthal er en jordbærsort. Bagerløkken lå bag familien Larsens købmandsgård i Kerteminde. Købmandsgården blev solgt til familien Bøttern i 1920,</t>
@@ -17506,51 +18327,51 @@
 Adolph Hitler
 Hans Hviid
 Julius Hviid
 Andreas Larsen
 Johannes Larsen
 Else Larsen, Else, Andreas Larsens kone
 Erich Remarque
 Stephen Roberts
 Ellen  Sawyer
 Lars Swane
 Agnes Taaning
 Erik Warberg Larsen
 Martin Warberg Larsen
 Laura Warberg Petersen</t>
   </si>
   <si>
     <t>Det vides ikke, hvem Søster var.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0563</t>
   </si>
   <si>
     <t>Der er mange steder i Danmark, som Johanne C. Larsen ønsker sig at se. Hun blev f.eks. misundelig, da hun hørte om Johannes Larsen og Brønsted-parrets tur til Møn. 
 Misundelse er noget grimt noget. Johanne mindes, da Martin/Manse blev ked af det, fordi Lasse Swane fik flere julegaver end han selv.
 Johanne har netop læst Stephen Roberts "Huset som Hitler byggede" og Remarques "Kammerater". Hans Hviid kommer med bøger til hende på hospitalet. 
-Det er svært at sove på ryggen og med benet spændt fast, men Johanne får sovepiller. Hun har haft feber, men har ikke mange smerter. Johanne får mangfe besøg. Laura/Bibbe har travlt hjemme. Drengene har gravet en brønd, så køerne kan få vand på marken og køkkenhaven kan blive vandet. 
+Det er svært at sove på ryggen og med benet spændt fast, men Johanne får sovepiller. Hun har haft feber, men har ikke mange smerter. Johanne får mange besøg. Laura/Bibbe har travlt hjemme. Drengene har gravet en brønd, så køerne kan få vand på marken og køkkenhaven kan blive vandet. 
 Johannes medpatient snakker konstant om sine sygdomme.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/phXb</t>
   </si>
   <si>
     <t>Kære lille Dis! 
 Det er dejligt med dine Breve - Tak for det sidste, det hjemme fra, hvor du skriver om Haven. Sikken en dejlig Tur, du har haft, du har Held til at faa smaa smukke Provinsbyer at se jeg husker endnu din Beskrivelse af hvad Søren er det den hedder, den lille By [”By” indsat over linjen] hvor Søster er Apoteker? Er det Hals? Ja [”Ja” indsat over linjen] Den gad jeg nu se: Der var jo i det hele Taget et og andet, man gerne gad se – der iblandt en Bøgeskov i Udspring. Det er mange Aar siden, jeg saa det vidunderlige Syn, og mon jeg nogen Sinde mere faar det at se jeg behøver ikke at sige: ”skøn paa at du har den Lykke”, for det ved jeg, du gør, men tænk hvor mange, der har den og ikke ændser den. Du ved jeg plejer ellers at høre til de nøjsomme mon det er Alderen, der gør, at jeg har mere ondt ved det nu X For Expl, da jeg hørte, at Las, Else og Puf kørte til Møen og der mødtes med Magisterens og fejrede deres Fødselsdage – og lige i den skønne Løvsprings tid, ja tænk dig da mindedes jeg (og følte) da lille Manse en Juleaften med lidt Graad i Stemmen hviskede til mig, hvorfor er der saa meget paa Lasses Bord og saa lidt paa mit!?
 Men selvfølgelig naar man er kommen til Skels aar og Alder kan man da nok tage sig selv i Nakken og minde sig selv om at Misundelse vel nok er en af de meget foragtelige Egenskaber - - der giver mig en hel Del Spørgsmaal, jeg må hellere se at faa dem besvarede, Nej, Tiden falder mig aldrig lang, Hvis jeg ikke gider noget andet, har jeg jo den lille vidunderlige Fjord lige for og kan følge Smaatræerne og Buskenes Udspring her ude i Haven Det har jo været et pragtfuldt Foraar i Aar Jeg har haft ”Huset”, som Hitler byggede af den australske Historiker Roberts. Meget interessant og dette, at det er en Historiker, som har skrevet den forhøjer jo ens Tillid til at det er Sandheden man læser Efter Læsningen af den saa jeg med samme Foragt paa Nazisterne som før, men jeg tror med en dybere Foragt end før paa det tyske Folk. Hvor var den lang og tung at læse navnlig naar man laa paa Sygelejet, men hvor var den god at faa Forstand af. Samtidig læste jeg Remarques: ”Kammerater”. Hvor de dog belyste hinanden paa en morsom Maade. Hans Hviid – Dr. Hviid, Plejesøn, er mageløs til at komme og besøge mig, sørge for min Lekture han ejer en Masse Bøger – nej, det kniber ikke at ligge; jeg har en Luftkrans at ligge paa, men selvfølgelig lidt tvungent at have Benet liggende i den Tagrende, hvortil den er bunden fast; at sove paa Ryggen falder mig altid lidt svært men jeg faar Sovetabletter om Aftenen og kan faa det midt paa Natten igen hvis jeg vil. De er allesammen mageløs søde. Vor elskede Øverste Sygeplejerske, altsaa Chefen her har faaet sin Afsked paa graat Papir og rejser om 8 Dage - de vil ikke give hende Grunden Det er saa vidt jeg kan forstaa en Slags Sammensværgelse med Sladder og Skidt - - en Fremgangsmåde der er Kjerteminde værdig!!
 Om jeg har Smerter. Naa-aa- ikke saa meget mere, men al den første Tid var ikke saa rar og jeg havde en Del Feber, en Aften lige ved 39, men alt det er jo forbi nu Llige efter Pinsedagen skal Gibsen tages af Foden og hvad er saa skal ske eller hvor nær jeg saa er ved Hjemsendelsen aner jeg ikke – jeg modtager en utrolig Mængde Godhed fra alle Sider og af alle Slags, Masser af Mennesker kommer og besøger mig I Gaar havde nogle af mine Kjertemindevenner sørget for at køre gl. Frk. Hagen min mangeaarige gode gamle Ven herud til mig, hun vilde saa gerne hilse paa mig, jeg har jo ikke kunnet besøge hende længe paa Grund af daarlig Gaaelse. Det var et dejligt og rørende Besøg Og naturligvis havde hun som alle andre lidt med til mig. De mest trofaste er Elle og Fru Taaning, men ellers kan du ikke tænke dig alle dem, der kommer her, ogsaa vore Naboer fra Munkebo. 
 Hjemme staar det godt til Bibbe er jo saa trofast til at komme saa tit [”tit” indsat over linjen] det er muligt for hende men meget hviler jo paa hende gid hun maa kunde taale det hun er jo ikke rask endnu gid hun vilde gøre lidt mere for at blive det – Drengene virker jo som sædvanlig for fulde Sejl; jeg hører om nye Virksomhedet; nu har de gravet en Brønd ude ved de to Folde; der er Masser af Vand mægtige Brøndrør er lagt ned, og danner Brøndens Sider, en brugt Pumpe købt, saa nu kan der pumpes Vand op til Køerne om Somren i Stedet for at føre dem den lange Vej hjem til Gaarden Og de har faaet det ordnet saadan, at de kan vande helt oppe i Køkkenhaven – dels Gummislange og dels Jærnrør det betyder altid gode Grønsager De er nu knagende driftige, de Drenge. - - - 
 Jeg har gode Patientkammerater her, en gl. Bondekone fra Drigstrup hun har megen Lune og er ikke dum, dog er det trættende altfor mange Gange at skulle høre [”høre” indsat over linjen] om hele hendes Sygdoms Forløb, Maven Bækkenforteelser o. lign: Jeg har forbudt dem at berøre disse Yndlingsemner, naar vi spiser. Den anden er en ung Pige af Gaardejerstand, sød, naturlig forstandig og i godt Humør. Saa ikke mere, spørg hvis du vil vide mere. 
 Et Væld af Hilsner til Jer fra din Junge
 [Skrevet på hovedet øverst på s. 8:]
 Jo, jeg har lidt ondt ved at ligge og skrive, dette var en Bedrift
 [Indsat øverst s. 2:]
 X nej det er vist bare Sygelejet, der gør det.</t>
   </si>
   <si>
     <t>1939-10-31</t>
   </si>
   <si>
     <t>Carl Andresen
 Johannes Nicolaus Brønsted
 Louise Brønsted
@@ -19647,50 +20468,110 @@
 Andreas Larsen
 Elena Larsen
 Jens Larsen
 Jeppe Larsen
 Jonas Larsen
 Peter Andreas Larsen
 Vilhelm Larsen
 Alhed  Møhl, Lysses datter</t>
   </si>
   <si>
     <t>Det vides ikke, hvem Treppia/Trebbia er</t>
   </si>
   <si>
     <t>Johannes Larsen skal til Vilhelm/Klaks 75års fødselsdag, så Johan/Lysse kan komme dagen efter. 
 Larsen har mange fugle, og Jeppes skadeunge kan nu flyve og spise selv. Larsen skal besøge en mand, der leverer fugle til hans volière.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/KmZg</t>
   </si>
   <si>
     <t>Kjerteminde 8 Juli 1949.
 Kære Lysse.
 Tak for Brevet. Der er nu sket det, at vi har lovet at komme til Klaks 75 Aars Fødselsdag d. 14 Juli, saa Du behøver altsaa ikke at komme før efter den 15 ds. Men paa den anden Side vil jeg gerne af Sted saa snart som muligt. Jeg synes godt, Du kan tage Treppia, eller staves det med bb? med. Det vil jo sikkert more ham at se saa meget af Danmark. Vi har ogsaa graa Fluesnapper i Haven og vi har haft et Kuld Sumpmejser og Puf har set et Kuld Rødstjerter. Jeppe har en Skadeunge, som nu kan flyve og spise selv, vi har vist haft den i 5 Uger nu. Jeg glæder mig meget til Turen over Göteborg. Og vi skal besøge en Mand i Voersaa der leverer Fugle til min Voliere I Morgen tager jeg en Tur til Odense for at se at faa fat i nogle svenske Penge. 
 Mange Hilsner til Jer alle
 fra Din Far.</t>
+  </si>
+  <si>
+    <t>1949-08-05</t>
+  </si>
+  <si>
+    <t>Birkerød
+Skovgårdsvej 5</t>
+  </si>
+  <si>
+    <t>Bovense pr. Ullerslev
+Andekærgaard</t>
+  </si>
+  <si>
+    <t>Roger -
+Elena Larsen
+Johanne Christine Larsen
+Johannes Larsen
+Christine  Mackie
+Christine Swane
+Lars Swane
+Ursula Uttenreitter</t>
+  </si>
+  <si>
+    <t>Elena/Bimse Larsen boede med sin familie i Småland, Sverige. 
+Det vides ikke, hvem Frøkenen og Ruth og Per var.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1329</t>
+  </si>
+  <si>
+    <t>Marie Larsen ønsker tillykke. Vejret har været dårligt, så hun har ikke kunnet komme til byen efter en gave.
+Marie og Christine/Uglen Swanes Sverigestur er blevet aflyst. De har spurgt, om de i stedet kan komme til september, men nej, for da skal Christine/Mornine Mackie derop. 
+Lars/Lasse og Ursula er i Danmark igen. De kører omkring Kerteminde og Lindøgaard på vej hjem. 
+Det er trist med Johanne C. Larsens ben og med den unge pige, der holdt ferie meget ofte.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ZKsR</t>
+  </si>
+  <si>
+    <t>[Skrevet på kuvertens forside:]
+Fru Bibbe Warberg Petersen.
+Andkærgaard.
+Bovense 
+pr. Ullerslev.
+Fyn.
+[På kuvertens bagside:]
+Afs. M. Larsen Skovgårdsvej 5. Birkerød 
+[I brevet:]
+Birkerød d. 5 – 8 – 49. – 
+Kære lille Bibbe!
+Tusinde Gange til Lykke! Hvor jeg ønsker for Dig at du maa faa et godt Aar, fuldt af mange Goder! Det er dog et skrækkeligt Vejr, vi har haft, slemt for Høsten, dog haaber jeg at I ikke har haft saa meget Regn som vi har haft her, der kan jo være Tilfælde hvor det er rart at bo i en regnfattig Egn. –
+Paa Grund af Vejret har vi ikke kunnet komme ind til Byen, jeg vilde gerne have fundet noget rigtig pænt til Dig, nu maa Du nøjes med en Æske Confect, saa tager jeg noget med til Dig naar jeg forhaabentlig inden saa længe kommer til Fyn. – 
+Vi er igen bleven skuffet, med Hensyn til Sverrigsturen, vi var inviteret derover til d. 1ste, men da Lasse og Ursula ikke er kommet hjem, maatte vi igen sige Nej; Las er der for Tiden og jeg havde glædet mig saa meget til at være sammen med ham deroppe, det havde været ligesom i gamle Dage, men det slog altsaa Fejl; Uglen taler med Bimse i Telefonen, hun skal til Anholt inden saalænge; Uglen spurgte saa om vi ikke kunne komme lidt derop i September, men det kunde vi ikke for da skulde Mornine derop; jeg bliver snart bitter over at det aldrig kan lykkes mig, bortset fra Las hvor jeg nok jeg er den der holder mest af alt deroppe. – 
+Nu er Lasse og Ursula her i Landet igen, Lasse ringede fra Christiansfelt i Aftes, i Morgen tager de derfra og vilde saa kikke ind paa Lindøgaard og i Kerteminde paa Vejen hjem, mon de ikke skulde se ind til Jer ogsaa de kører da lige forbi Jeres Dør; vi venter dem Søndag eller Mandag, saa har de ogsaa været borte i 10 Uger, det er en lang Tid; det bliver morsomt at høre om alt hvad de har oplevet paa Turen og vi haaber at det har hjulpen godt på Ursulas Helbred; de har Roger med Hjem. – 
+Det er kedeligt at det ikke hjælper paa Din Mors Ben, mon dog ikke al den Sol vi har haft har gjort godt paa Benet; det har været en streng Uge mens Frøkenen (jeg kan ikke huske hvad hun hedder) havde Ferie, jeg føler med Din Mor, det maa være meget slemt ikke at kunne foretage sig noget, naar man ved der er saa meget der skulle gøres; hvordan mon de egentlig er tilfredse med hende? Det meste jeg har hørt om hende er at hun skulde have Ferie. – Vi havde jo et morsomt lille Besøg af Ruth og Per, det var i det gode Vejr, vi sad nede i Haven og drak Te og sludrede; Per sagde at Du havde flere Drenge i Ferien, saa havde Du nok haft travlt lille Bi. – Jaa saa Farvel og hav det godt til vi ses, jeg tænker 
+[Skrevet langs venstre kant s4:]
+jeg rejser, naar Lasse og Ursula har været hjemme en 
+[Skrevet på tværs øverst s1:]
+lille Tid, jeg ved endnu ikke om jeg kommer først til Kerteminde eller Lindøgaard.
+Hils Bedste og Lauritz; Masser af Hilsner og Kys til Dig søde Bibbe fra Rie. –</t>
   </si>
   <si>
     <t>1950-05-02</t>
   </si>
   <si>
     <t>Refshalevej 16 Maribo</t>
   </si>
   <si>
     <t>Adam Knuth
 Elisabeth Knuth
 Andreas Larsen
 Johan Larsen
 Else Larsen, Else, Andreas Larsens kone
 Aage Marcus</t>
   </si>
   <si>
     <t>Betesmark: Svensk ord for overdrev eller græsgange med ringe udbytte. 
 Restaurant Pax var ejet af Johannes Larsens venner Johanne og Johan Due Nielsen. Se nærmere om restauranten i deres biografier. 
 Else Larsen blev født 28. april 1910.</t>
   </si>
   <si>
     <t>Johan/Lysse Larsen har set tjurhøns. Johannes Larsen har været til indvielsesfest med en god frokost på Pax. Han skriver rejseerindringer til en serie publikationer, som aage Marcus har sat i scene.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/wt9k</t>
@@ -20119,50 +21000,130 @@
   </si>
   <si>
     <t>Larsen maler akvareller, men det er svært at arbejde, fordi det hagler og tordner.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/bRdW</t>
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:]
 Fru Lensgrevinde
 Chr. Knuth
 Refshalevej
 Maribo
 Danmark.
 [På kuvertens bagside:]
 Johannes Larsen
 Båxhult
 Långaryd
 Sverige
 [I brevet:]
 Båxhult 8 Septbr. 1950.
 Kære Grevinde!
 Tak for ”Søndags B.T.” Jeg har nu faaet 3 Akvareller færdig og er i Gang med 2 men i Gaar og i Dag har det ikke været til at arbejde ude paa Grund af Storm og Regn og Hagel og Torden. Jeg skal hilse fra Bimse og Lysse og mange Hilsener fra
 Din hengivne
 Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1951-07-02</t>
+  </si>
+  <si>
+    <t>Thora Cohn
+Thorvald Hagedorn-Olsen
+Elisabeth Knuth
+Andreas Larsen
+Jeppe Larsen
+Else Larsen, Else, Andreas Larsens kone
+Vilhelm Lundstrøm
+Viggo Madsen
+Gerda Rasmussen
+Holger Rasmussen</t>
+  </si>
+  <si>
+    <t>Vilhelm Lundstrøm døde i 1950. I 1951 afholdt man en mindeudstilling over ham. Den fandt sted på Charlottenborg i maj, på Århus Rådhus juni-juli og i Oslo august-september. (Dansk Biografisk Leksikon).
+Grisebrønden er en bronzeskulptur, der står foran Aarhus Rådhus. Skulpturen bliver i folkemunde kaldt Grisebrønden, men blev oprindeligt og officielt navngivet "Ceres Brønden". Skulpturen forestiller en so med syv grise og har indbygget urværk, der får grisene til at tisse på skift og soen til at savle. Den er udført i bronze og er en kopi af den originale granitskulptur, som blev udført af billedhuggeren Mogens Bøggild og skænket til byen af bryggeriet Ceres i 1941 ved byens 500-års købstadsjubilæum (Aarhus Stadsarkiv).</t>
+  </si>
+  <si>
+    <t>Johannes Larsen og hans familie har været i Århus for at se Lundstrøm-udstillingen, domkirken, Grisebrønden og Hagedorn-Olsens udsmykning. Lørdag var de til middag hos Gerda Rasmussen, og onsdag skal Johannes Larsen til naturfedningsmøde.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Okvf</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Lensgrevinde
+Chr. Knuth
+Refshalevej 
+Maribo
+[På kuvertens bagside:]
+Johannes Larsen
+Kjerteminde
+[I brevet:]
+Kjerteminde 2 Juli 1951.
+Kære Grevinde!
+Tak for Dit Brev. I Torsdags kørte Puf Else Jeppe Thora og jeg til Aarhus for at se Lundstrømudstillingen. Vi spiste til Aften paa Grand Hotel Vejle og kom ved 11 Tiden til Royal i Aarhus. Næste Dag var jeg med Thora og Jeppe i Domkirken og derefter kørte vi allesammen til Raadhuset og saa Grisebrønden, Lundstrømudstillingen og Hagedorn Olsen og hans Udsmykning. Saa kørte vi hjem og var hjemme ved 6 Tiden. Lørdag var vi til Middag hos Holger M Rasmussen i Faaborg; Fru R's Fødselsdag. Jeg var i Lørdags i Vandet for 2den Gang. Det er en sløj Sommer, hvad Varme angaar. I Morgen skal jeg til Faaborg igen, det er noget med Radioen og Viggo Madsen der skal skrive om Museet og paa Onsdag skal jeg til Naturfredningsmøde ved Fjorden her. Forhaabentlig faar jeg derefter en fredeligere Tid. 
+Jeg ønsker Dig og Elisabeth en god Fornøjelse af Englandsturen. Det faar I nok. 
+Mange Hilsener fra
+Din hengivne
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1951-07-26</t>
+  </si>
+  <si>
+    <t>Thora Cohn
+Andreas Larsen
+Elena Larsen
+Oscar Larsson
+Minna Lorentsen
+Poul Lorentsen
+Aage Madelung
+Hans Christian Mortensen
+Carl Rasmussen
+Holger Rasmussen
+Ambrosius Stub
+Ane Talbot</t>
+  </si>
+  <si>
+    <t>Ifølge Bibliotek.dk er der ikke udkommet en digtsamling af Ambrosius Stub, hvor Holger M. Rasmussen er anført som udgiver.
+Hans Christian Cornelius Mortensen, også kaldet Fugle-Mortensen var en dansk ornitolog. Han var den første i verden til systematisk at bruge ringmærkning af fugle til videnskabeligt formål. Sammen med bl.a. Eiler Lehn Schiøler var han medstifter i 1906 af Dansk Ornitologisk Forening. I 1952 blev der i Viborg afsløret en mindetavle for Hans Chr. C. Mortensen. Tavlen er anbragt på den gamle katedralskoles mur ud mod Latinerhaven. (Wikipedia maj 2022).</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har malet akvareller fra haven og af Vinhuset, der fylder 100 år. Han har lavet vignetter til en Ambrosius Stub-udgivelse og tegninger til en mindeplade over Hans Christian Mortensen. 
+Jeppe er kommet hjem fra et par ugers ophold i England. 
+C.W. Rasmussen vil gerne komme til Båxhult og lære Johan/Lysse og Elena/Bimse noget om kalkuner. 
+Der er kyllinger på Møllebakken. Andreas/Puf brygger. 
+Fignerne falder af.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Eiyn</t>
+  </si>
+  <si>
+    <t>Kjerteminde 26 Juli 1951. 
+Kære Lysse!
+Det er vist længe siden I har hørt noget herfra. Jeg har malet en ½ Snes Akvareller med Blomster og et Par fra Haven den ene med Lysthuset der fylder 100 Aar til næste Aar. Siden har jeg lavet en hel Del Vignetter til en ny Udgave af Ambrosius Stubs Digte som Holger M. Rasmussen er i Gang med. Jeg har ogsaa lavet Tegninger til en Mindeplade for H. Chr. Mortensen til Viborg, desværre medfører det at jeg maa rejse til Kjøbenhavn for at gravere i en Gibsafstøbning som Bronzepladen skal støbes over. Jeppe er nu kommen hjem fra sin Englandsrejse der varede 14-16 Dage og som han havde megen Fornøjelse af. Jeg kan hilse fra C.W Rasmussen Iglekjærgaard, at dersom I har Lyst til at høre nogle gode Raad om Kalkunopdræt, er han villig til at besøge Jer en Gang i Efteraaret, imod et Maaltid Mad og Nattely. Han er Afholdsmand saa dersom det bliver til noget maa I anskaffe et Par Flasker Svagdricka. Mon det bliver til noget med Poul Lorentsens? Fik Du det ordnet med Oscar Larsson? Lorentsens Kone er Søster til afdøde Forfatter Aage Madelung. Vi har en Høne med 5 Kyllinger der er 3 Uger gamle, der har ikke været flere skønt den laa paa 11 Æg, men den var vældig flink til at passe paa dem. I Dag kom der en med 2 Kyllinger den havde ligget paa 5 Æg. Puf har travlt med at brygge saa han kan have noget at sælge af naar det frigives. Forøvrigt er han bange for at det første ikke kan blive lagret nok til den Tid, men han er jo altid saa sort paa al Ting. Vi har haft et Kuld Stillitser i en af Hyldene foran Huset. Bimses Nellike blomstrer. Jeg havde ventet mig en hel Del af Figentræet der var ansat en Mængde Frugter men de er falden af som halvstore, saa jeg tror ikke der bliver mere end en halv Snes Stykker modne. Mange Hilsner fra os alle her til Jer alle sammen
+Din Far.</t>
   </si>
   <si>
     <t>Forår 1890</t>
   </si>
   <si>
     <t>Louise Brønsted
 Alhed Larsen
 - Lundsten
 Ellen  Sawyer
 - Südow
 Emilie Zeuthen
 Laura Zeuthen
 Otto Zeuthen</t>
   </si>
   <si>
     <t>Christine Mackie, f. Warberg, var hos familien Zeuthen i Möör i Sverige 1889-1890. Hun fungerede som skolefrøken samt pige i huset.</t>
   </si>
   <si>
     <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB1879</t>
   </si>
   <si>
     <t>Zeuthens børn skal til eksamen to dage i træk, og deres lærer, Christine, synes at det er hårdt.
 Christines reformdragt er færdig, og der er snore tilovers. Hun foreslår, at Alhed får disse snore, som Ellen kan få med hjem sammen med mønsteret. Christine rejser til Ellen torsdag.
 Laura Zeuthen trådte i skoven på en hugorms hale, og Christine slog den ihjel med en kæp. Der er mange hugorme på stedet.
 Louises dukke bliver sød, og Christine laver tøj til den.</t>
@@ -20277,59 +21238,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/GZdm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d6wf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZhDQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qTtv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZOdu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UNz6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sRSA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iPSC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NmU1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bIR9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/QxjQASwg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/j8a2KPF3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ePWR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aZbI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mpiN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gk9Q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aBcb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AtS0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DCwL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cnLh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oRsw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vDX3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y33E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TwIT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oJhE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YbGR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ftB0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DUyV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/L3md" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ai8c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6doT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fBOL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0Rju" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iCDD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/94Kz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/y0d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qIVy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Hdlm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/I7sJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RffV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zsHc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oyRp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hWCS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rE7C" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aKbS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xJKL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J4Te" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zh20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Onr5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/920F" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IHoI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DuLn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Nrcs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OXaK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DIJT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eP9r" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Oj68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/plqW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Bw6C" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F0BX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bDoX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xzmS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J1eZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1nbP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MYqq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pdj3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9DkY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/L184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PgO7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5cFa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/344s" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/p9S4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GBxo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QTvA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Cdij" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0HmC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9RA1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3xKC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UB22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bNTn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oVuL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P8q0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zjJ8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9mER" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Qtzo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wavK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eTde" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0rov" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VlTw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NaCo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Si2K" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EIR8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ie7B" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/WsHnFLg1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A14B" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uggH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mHn3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WxCK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HpfN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7nR2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qpBs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LOWf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aGGe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/purQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId111" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VLuh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId112" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nzLs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId113" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qDbh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId114" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fpfL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId115" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3SjJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId116" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FSAa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId117" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9Hvc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId118" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WaQ1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId119" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZRPj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId120" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9NeQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId121" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FhmC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId122" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gsHm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId123" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tRea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId124" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9hnz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId125" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3BSF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId126" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gTFF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId127" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RBsG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId128" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dkGR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId129" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sEjv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId130" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YXQL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId131" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mU6A" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId132" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XDEQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId133" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/06VF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId134" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eprp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId135" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yrEi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId136" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WuGv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId137" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/n30Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId138" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AHH3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId139" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/59xR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId140" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fz3R" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId141" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vumR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId142" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qTSF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId143" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/h4h2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId144" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jfrF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId145" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kCMj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId146" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/f4hQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId147" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ww9Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId148" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WtLJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId149" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LFlW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId150" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Afvz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId151" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Qdwv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId152" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jDA7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId153" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KW2z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId154" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7Dc9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId155" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1pFZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId156" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/btX0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId157" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BEcC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId158" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3tju" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId159" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/03Q9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId160" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Nri4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId161" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/SuSIJumS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId162" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/KFPqIZGM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId163" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/iX9SJ187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId164" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qFVb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId165" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wftc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId166" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8NY7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId167" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eKFw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId168" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NjCc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId169" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VK6y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId170" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zoGO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId171" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Pfji" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId172" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jb4D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId173" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O4ll" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId174" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oqdA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId175" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/C8yI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId176" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/KWBBQDjT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId177" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/qo7XYLlW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId178" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/1uXmjYEF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId179" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FR2K" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId180" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/oBhr9ldI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId181" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/II8Vqpkk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId182" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/aKEfQxsY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId183" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/OJcBdZEP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId184" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/y04JByen" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId185" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/cCaz8EWK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId186" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/JIKLC0ja" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId187" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rVIR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId188" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RVKp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId189" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/G783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId190" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0u8z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId191" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SGD5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId192" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fpPQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId193" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/045L" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId194" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1NAW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId195" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DRUD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId196" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/jed1QRB8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId197" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ErEQwYPh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId198" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/pVrkJOD3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId199" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fBxg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId200" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qVOG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId201" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IPz0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId202" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eXBg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId203" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ImAB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId204" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UfJv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId205" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V5uC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId206" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IUUd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId207" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SHBD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId208" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QkiQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId209" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/evO2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId210" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/m0Eh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId211" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zgFT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId212" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/G3e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId213" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/R6Vg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId214" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/U7eitiQW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId215" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mKHZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId216" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/x9o1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId217" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6exN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId218" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8odw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId219" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dIU3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId220" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jmQ4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId221" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kXix" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId222" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OHEL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId223" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SVQV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId224" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1A3S" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId225" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3A6Y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId226" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/aoxHY14d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId227" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/jpJL7MOU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId228" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RJDN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId229" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4Qle" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId230" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jLxU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId231" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rzCL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId232" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wvq0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId233" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/av6L" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId234" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/GiJOu0Cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId235" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tuK6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId236" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NW4E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId237" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i43j" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId238" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/usQS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId239" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F9RN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId240" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RpAe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId241" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DEbN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId242" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/w14X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId243" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/j7gX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId244" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/og82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId245" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/N3Iu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId246" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/sAPdhfK4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId247" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/8VsDEkxe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId248" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0rHr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId249" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ffrH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId250" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SjHl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId251" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sbTQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId252" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FVQh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId253" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QerS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId254" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gVdh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId255" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1qtF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId256" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Qnm1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId257" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Zs1g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId258" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4TTW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId259" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5osD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId260" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NTgt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId261" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O1XH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId262" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pHau" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId263" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/h0Nw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId264" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/X7xB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId265" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iEY2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId266" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kmPh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId267" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kFZB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId268" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GCQp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId269" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nHWH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId270" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kAO8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId271" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/maOI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId272" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zyCi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId273" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YdQK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId274" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eMZY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId275" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NXeB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId276" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/STNI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId277" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SCEC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId278" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ge5f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId279" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uFjm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId280" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aHOB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId281" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/neu4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId282" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v0lv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId283" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eDde" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId284" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fzsh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId285" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3tUR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId286" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pugX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId287" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dZ8S" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId288" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Yl47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId289" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qAqU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId290" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lEgx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId291" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TyIQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId292" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IJg3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId293" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cDzL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId294" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UqQn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId295" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3rud" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId296" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eHN3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId297" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0QX8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId298" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2HF0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId299" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2hZB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId300" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/q0sA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId301" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tvZc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId302" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OUdl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId303" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/h5Gm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId304" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mSUB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId305" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rjr4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId306" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wClj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId307" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0E5a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId308" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ipO9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId309" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/37qg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId310" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t2Bs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId311" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ATgR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId312" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2S97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId313" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/W3jk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId314" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8O6m" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId315" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1uW8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId316" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/K599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId317" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/35R9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId318" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LxL6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId319" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QDSr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId320" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BY61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId321" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aqgF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId322" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CPGx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId323" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rHUU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId324" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/McLn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId325" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5ooc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId326" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/m5Ai" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId327" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Eur8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId328" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0umT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId329" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O1lf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId330" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wvaH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId331" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/4zMTy9JF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId332" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/2nt4REfj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId333" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/44Rr071i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId334" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/WdZ6k4F0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId335" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/gr4dQ2mb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId336" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CcimuYHG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId337" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PSwt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId338" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ypSdLDCw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId339" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/JqxhhCZI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId340" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/1fN63CIC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId341" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/mRGYJww6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId342" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/3sWAs20P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId343" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/sacWzjWR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId344" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/c1Hv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId345" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/tl7xCkbI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId346" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/fdrb1Hkf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId347" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hGE8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId348" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Jg0lZHLi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId349" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/2e3r5tyj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId350" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/E5QC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId351" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Kl5V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId352" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PS3d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId353" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vRmb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId354" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WkFR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId355" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/1Y1aylfk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId356" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/uvyOSkUB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId357" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/AsfY1lyZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId358" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/U9cAKmCO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId359" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/61N6kNkx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId360" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/6XCCIPMy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId361" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/3c7pfpuA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId362" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/74ud2QUs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId363" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/IsmqCYZO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId364" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/xg3d7YmI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId365" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/QwM4D5cO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId366" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/QOjj8m8o" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId367" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/xTjhgohS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId368" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/c3ZE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId369" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/XQrDomK0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId370" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/3OfqrFfg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId371" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/rtuLWr8u" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId372" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LTnC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId373" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XR0w" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId374" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/PlBEwu63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId375" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/MzqbODHZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId376" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/go4AUczi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId377" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CRiCiXSF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId378" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/9LdcvZH9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId379" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/lZyxnYPl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId380" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/1MaTL2w7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId381" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5Bmz1PkP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId382" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/fydly3mL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId383" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hSH8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId384" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5bZM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId385" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/28RRjkXd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId386" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jVsi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId387" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PgmP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId388" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3Dso" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId389" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Beqp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId390" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aDtB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId391" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/L4IB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId392" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d4Fi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId393" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XhN7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId394" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2jf5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId395" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oT1M" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId396" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/kzeNagm3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId397" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OnU4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId398" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/XhJJmMps" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId399" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Gf5mwqGr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId400" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oK8n" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId401" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/zgu5go8Q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId402" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/3Z5o835V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId403" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CVNAu5Bk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId404" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/QzxzDSBa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId405" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/u6YIzd8g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId406" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1ip9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId407" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7RTI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId408" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ahnr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId409" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GhGl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId410" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MrrH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId411" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gydO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId412" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rgjQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId413" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/xZ2I7HcZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId414" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/MpSZuSQH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId415" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/jUpjDsi5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId416" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/gg0Kq5xx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId417" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/4j36nABk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId418" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ZqExOJZn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId419" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/PS1Xs1u2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId420" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/9ihwEhgN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId421" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5I1gaH7S" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId422" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/iBEm4CRR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId423" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/FtyD3Irg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId424" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/NqdWSk9Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId425" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/27xRz3oU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId426" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/UN6m6i0O" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId427" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/GMsaYTd2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId428" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/QGzDyRx1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId429" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/T7Bg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId430" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/W4C1Dsb4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId431" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/GjmjBRL3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId432" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/za7Y1EX2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId433" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/HlBMnPp2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId434" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UInQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId435" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5iq4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId436" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/E8Si" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId437" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wz2G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId438" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Civm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId439" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WUWQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId440" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9lMj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId441" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BhcN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId442" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/aannmv6K" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId443" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/rKPbWaK0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId444" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/7UegCBEC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId445" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Yuas8Tzi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId446" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/iODSS7tn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId447" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/XTDInlTi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId448" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/yr1E8YL8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId449" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vjW9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId450" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/pJqTLgG1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId451" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5TMv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId452" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/x6dkJZ1D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId453" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/0dGpRLoQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId454" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/KXQYxq6i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId455" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/cXl1cFcX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId456" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/85iIficq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId457" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/iBIvEWUu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId458" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/a932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId459" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cWRz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId460" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7j5m" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId461" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LUOZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId462" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ePqx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId463" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F1Lr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId464" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/14rd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId465" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WgEr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId466" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/h1m1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId467" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0wqH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId468" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uGWz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId469" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/b8wj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId470" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nWBl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId471" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VJ39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId472" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LyOZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId473" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/h6xM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId474" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yGYE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId475" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/936h" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId476" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6iY9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId477" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TICa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId478" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AthZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId479" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/e4A2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId480" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nJp0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId481" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rT9z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId482" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PxB9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId483" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pO1P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId484" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4hLu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId485" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9eus" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId486" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wsmJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId487" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vy50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId488" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IPPC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId489" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iuXX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId490" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4DMr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId491" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/17Cx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId492" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/izLL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId493" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId494" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TAfR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId495" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/phXb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId496" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7r0i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId497" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/r4bH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId498" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/azsA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId499" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lul7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId500" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0wPP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId501" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hVic" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId502" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UduZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId503" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1Hgo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId504" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/64Fi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId505" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P7BK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId506" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/otJS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId507" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PCEm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId508" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5EjO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId509" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JdVO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId510" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2jOF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId511" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OGBC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId512" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/frsc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId513" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/y3iJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId514" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kfDc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId515" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fOHz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId516" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3dkp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId517" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hTRW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId518" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UOxx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId519" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/frAp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId520" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/l7zx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId521" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9zHx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId522" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mgB3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId523" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jdbc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId524" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TCWH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId525" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yXSz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId526" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fBTQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId527" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9o4T" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId528" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lwDC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId529" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7bEs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId530" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ws90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId531" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sRGS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId532" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JNI0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId533" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NJq0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId534" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rNe8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId535" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3x1u" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId536" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y6H9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId537" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TrRn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId538" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cB31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId539" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KmZg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId540" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wt9k" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId541" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0JgV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId542" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PYSC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId543" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/55oU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId544" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y5jP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId545" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8032" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId546" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rqX8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId547" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bRdW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId548" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xk8P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId549" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/GZdm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d6wf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZhDQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qTtv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZOdu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UNz6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sRSA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iPSC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NmU1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bIR9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/QxjQASwg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/j8a2KPF3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ePWR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aZbI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mpiN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gk9Q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aBcb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AtS0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DCwL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cnLh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oRsw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vDX3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y33E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TwIT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oJhE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YbGR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ftB0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DUyV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/L3md" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ai8c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6doT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fBOL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0Rju" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iCDD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/94Kz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/y0d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qIVy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Hdlm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/I7sJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RffV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zsHc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oyRp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hWCS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rE7C" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aKbS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xJKL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J4Te" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zh20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Onr5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/920F" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IHoI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5uWD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DuLn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Nrcs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OXaK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DIJT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eP9r" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Oj68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/plqW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Bw6C" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F0BX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bDoX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xzmS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J1eZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1nbP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MYqq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pdj3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9DkY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/L184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PgO7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5cFa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/344s" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/p9S4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GBxo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QTvA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Cdij" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0HmC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9RA1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3xKC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UB22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bNTn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oVuL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P8q0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zjJ8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9mER" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Qtzo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wavK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eTde" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0rov" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VlTw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NaCo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Si2K" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EIR8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ie7B" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/WsHnFLg1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A14B" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uggH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mHn3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WxCK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HpfN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7nR2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qpBs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LOWf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aGGe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId111" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/purQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId112" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VLuh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId113" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nzLs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId114" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qDbh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId115" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fpfL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId116" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3SjJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId117" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FSAa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId118" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9Hvc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId119" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WaQ1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId120" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZRPj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId121" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9NeQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId122" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FhmC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId123" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gsHm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId124" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tRea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId125" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9hnz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId126" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3BSF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId127" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gTFF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId128" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RBsG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId129" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dkGR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId130" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sEjv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId131" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YXQL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId132" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mU6A" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId133" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XDEQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId134" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/06VF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId135" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eprp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId136" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yrEi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId137" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WuGv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId138" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/n30Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId139" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AHH3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId140" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/59xR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId141" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fz3R" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId142" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vumR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId143" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qTSF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId144" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/h4h2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId145" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jfrF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId146" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kCMj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId147" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/f4hQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId148" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ww9Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId149" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WtLJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId150" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LFlW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId151" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Afvz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId152" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Qdwv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId153" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jDA7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId154" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KW2z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId155" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7Dc9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId156" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1pFZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId157" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/btX0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId158" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BEcC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId159" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3tju" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId160" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/03Q9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId161" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Nri4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId162" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/SuSIJumS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId163" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/KFPqIZGM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId164" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/iX9SJ187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId165" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qFVb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId166" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wftc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId167" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8NY7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId168" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eKFw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId169" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NjCc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId170" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VK6y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId171" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zoGO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId172" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Pfji" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId173" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jb4D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId174" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O4ll" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId175" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oqdA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId176" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/C8yI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId177" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/KWBBQDjT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId178" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/qo7XYLlW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId179" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/1uXmjYEF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId180" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FR2K" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId181" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/oBhr9ldI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId182" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/II8Vqpkk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId183" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/aKEfQxsY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId184" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/OJcBdZEP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId185" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/y04JByen" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId186" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/cCaz8EWK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId187" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/JIKLC0ja" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId188" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rVIR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId189" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RVKp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId190" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/G783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId191" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0u8z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId192" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SGD5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId193" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fpPQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId194" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/045L" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId195" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1NAW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId196" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DRUD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId197" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/jed1QRB8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId198" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ErEQwYPh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId199" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/pVrkJOD3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId200" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fBxg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId201" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qVOG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId202" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IPz0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId203" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eXBg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId204" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ImAB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId205" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UfJv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId206" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V5uC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId207" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IUUd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId208" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SHBD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId209" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QkiQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId210" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/evO2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId211" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/m0Eh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId212" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zgFT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId213" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/G3e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId214" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/R6Vg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId215" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/U7eitiQW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId216" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mKHZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId217" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/x9o1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId218" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6exN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId219" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8odw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId220" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dIU3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId221" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jmQ4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId222" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kXix" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId223" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OHEL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId224" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SVQV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId225" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1A3S" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId226" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3A6Y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId227" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/aoxHY14d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId228" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/jpJL7MOU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId229" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RJDN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId230" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4Qle" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId231" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kMkR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId232" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jLxU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId233" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rzCL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId234" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wvq0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId235" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/av6L" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId236" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/GiJOu0Cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId237" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tuK6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId238" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NW4E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId239" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i43j" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId240" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/usQS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId241" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F9RN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId242" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RpAe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId243" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DEbN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId244" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/w14X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId245" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/j7gX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId246" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/og82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId247" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/N3Iu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId248" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/sAPdhfK4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId249" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/8VsDEkxe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId250" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0rHr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId251" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ffrH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId252" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SjHl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId253" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sbTQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId254" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FVQh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId255" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QerS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId256" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gVdh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId257" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1qtF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId258" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Qnm1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId259" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Zs1g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId260" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4TTW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId261" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5osD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId262" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NTgt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId263" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O1XH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId264" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pHau" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId265" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/h0Nw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId266" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/X7xB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId267" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iEY2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId268" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kmPh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId269" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kFZB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId270" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GCQp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId271" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nHWH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId272" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kAO8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId273" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/maOI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId274" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zyCi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId275" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YdQK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId276" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eMZY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId277" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NXeB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId278" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wEPp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId279" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/STNI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId280" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SCEC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId281" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ge5f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId282" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uFjm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId283" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aHOB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId284" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/neu4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId285" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v0lv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId286" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CUN7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId287" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eDde" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId288" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fzsh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId289" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3tUR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId290" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pugX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId291" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dZ8S" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId292" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Yl47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId293" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qAqU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId294" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lEgx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId295" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TyIQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId296" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IJg3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId297" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cDzL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId298" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UqQn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId299" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V7sM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId300" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3rud" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId301" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eHN3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId302" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0QX8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId303" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dn6L" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId304" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2HF0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId305" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2hZB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId306" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/q0sA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId307" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tvZc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId308" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OUdl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId309" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9VSf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId310" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/h5Gm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId311" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mSUB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId312" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rjr4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId313" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wClj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId314" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0E5a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId315" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ipO9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId316" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/37qg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId317" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t2Bs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId318" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ATgR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId319" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2S97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId320" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BGVZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId321" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/W3jk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId322" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8O6m" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId323" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1uW8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId324" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/K599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId325" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/35R9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId326" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LxL6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId327" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QDSr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId328" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BY61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId329" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aqgF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId330" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CPGx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId331" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rHUU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId332" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/D76Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId333" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/McLn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId334" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5ooc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId335" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/m5Ai" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId336" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Eur8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId337" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0umT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId338" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O1lf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId339" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wvaH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId340" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/4zMTy9JF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId341" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/2nt4REfj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId342" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/44Rr071i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId343" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/WdZ6k4F0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId344" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/gr4dQ2mb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId345" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CcimuYHG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId346" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PSwt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId347" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ypSdLDCw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId348" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/JqxhhCZI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId349" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/1fN63CIC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId350" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/mRGYJww6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId351" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/3sWAs20P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId352" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/sacWzjWR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId353" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/c1Hv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId354" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/tl7xCkbI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId355" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/fdrb1Hkf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId356" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hGE8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId357" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Jg0lZHLi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId358" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/2e3r5tyj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId359" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/E5QC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId360" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Kl5V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId361" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PS3d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId362" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vRmb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId363" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WkFR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId364" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/1Y1aylfk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId365" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/uvyOSkUB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId366" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/AsfY1lyZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId367" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/U9cAKmCO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId368" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/61N6kNkx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId369" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/6XCCIPMy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId370" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/3c7pfpuA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId371" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/74ud2QUs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId372" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/IsmqCYZO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId373" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/xg3d7YmI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId374" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/QwM4D5cO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId375" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/QOjj8m8o" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId376" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/xTjhgohS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId377" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/c3ZE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId378" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/XQrDomK0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId379" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/3OfqrFfg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId380" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/rtuLWr8u" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId381" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LTnC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId382" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XR0w" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId383" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/PlBEwu63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId384" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/MzqbODHZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId385" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/go4AUczi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId386" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CRiCiXSF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId387" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/9LdcvZH9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId388" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/lZyxnYPl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId389" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/1MaTL2w7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId390" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5Bmz1PkP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId391" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/fydly3mL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId392" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hSH8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId393" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5bZM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId394" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/28RRjkXd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId395" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jVsi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId396" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PgmP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId397" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3Dso" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId398" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Beqp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId399" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aDtB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId400" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/L4IB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId401" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d4Fi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId402" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XhN7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId403" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2jf5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId404" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oT1M" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId405" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/kzeNagm3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId406" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OnU4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId407" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/XhJJmMps" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId408" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Gf5mwqGr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId409" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oK8n" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId410" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/zgu5go8Q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId411" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/3Z5o835V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId412" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CVNAu5Bk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId413" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/QzxzDSBa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId414" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/u6YIzd8g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId415" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1ip9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId416" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7RTI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId417" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ahnr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId418" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GhGl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId419" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MrrH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId420" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gydO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId421" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rgjQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId422" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/xZ2I7HcZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId423" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/MpSZuSQH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId424" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/jUpjDsi5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId425" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/gg0Kq5xx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId426" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/4j36nABk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId427" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ZqExOJZn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId428" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/PS1Xs1u2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId429" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/9ihwEhgN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId430" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5I1gaH7S" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId431" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/iBEm4CRR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId432" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/FtyD3Irg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId433" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/NqdWSk9Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId434" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/27xRz3oU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId435" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/UN6m6i0O" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId436" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/GMsaYTd2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId437" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/QGzDyRx1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId438" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/T7Bg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId439" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/W4C1Dsb4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId440" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/GjmjBRL3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId441" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/za7Y1EX2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId442" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/HlBMnPp2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId443" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UInQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId444" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5iq4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId445" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/E8Si" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId446" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9olU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId447" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wz2G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId448" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Civm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId449" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MsPI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId450" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zmGS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId451" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WUWQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId452" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9lMj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId453" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BhcN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId454" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/aannmv6K" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId455" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/rKPbWaK0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId456" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/7UegCBEC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId457" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Yuas8Tzi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId458" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/iODSS7tn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId459" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/XTDInlTi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId460" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/yr1E8YL8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId461" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vjW9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId462" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/pJqTLgG1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId463" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5TMv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId464" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/x6dkJZ1D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId465" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/0dGpRLoQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId466" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/KXQYxq6i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId467" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/cXl1cFcX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId468" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/85iIficq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId469" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/iBIvEWUu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId470" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/a932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId471" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cWRz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId472" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LGaA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId473" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1ZN9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId474" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7j5m" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId475" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aazS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId476" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/63vE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId477" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fsgQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId478" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LUOZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId479" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ePqx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId480" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F1Lr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId481" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/14rd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId482" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WgEr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId483" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/h1m1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId484" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0wqH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId485" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uGWz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId486" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/b8wj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId487" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nWBl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId488" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VJ39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId489" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LyOZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId490" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/h6xM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId491" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vS70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId492" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yGYE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId493" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/936h" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId494" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6iY9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId495" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TICa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId496" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AthZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId497" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/e4A2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId498" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nJp0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId499" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rT9z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId500" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PxB9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId501" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pO1P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId502" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4hLu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId503" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9eus" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId504" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wsmJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId505" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vy50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId506" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IPPC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId507" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iuXX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId508" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4DMr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId509" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/17Cx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId510" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/izLL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId511" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId512" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TAfR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId513" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/phXb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId514" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7r0i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId515" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/r4bH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId516" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/azsA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId517" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lul7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId518" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0wPP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId519" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hVic" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId520" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UduZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId521" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1Hgo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId522" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/64Fi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId523" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P7BK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId524" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/otJS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId525" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PCEm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId526" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5EjO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId527" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JdVO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId528" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2jOF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId529" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OGBC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId530" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/frsc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId531" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/y3iJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId532" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kfDc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId533" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fOHz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId534" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3dkp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId535" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hTRW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId536" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UOxx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId537" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/frAp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId538" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/l7zx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId539" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9zHx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId540" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mgB3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId541" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jdbc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId542" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TCWH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId543" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yXSz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId544" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fBTQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId545" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9o4T" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId546" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lwDC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId547" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7bEs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId548" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ws90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId549" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sRGS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId550" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JNI0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId551" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NJq0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId552" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rNe8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId553" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3x1u" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId554" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y6H9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId555" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TrRn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId556" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cB31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId557" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KmZg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId558" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZKsR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId559" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wt9k" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId560" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0JgV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId561" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PYSC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId562" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/55oU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId563" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y5jP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId564" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8032" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId565" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rqX8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId566" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bRdW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId567" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Okvf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId568" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Eiyn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId569" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xk8P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId570" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M544"/>
+  <dimension ref="A1:M565"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -22601,1831 +23562,1831 @@
       <c r="H52" s="5" t="s">
         <v>369</v>
       </c>
       <c r="I52" s="5"/>
       <c r="J52" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K52" s="5" t="s">
         <v>370</v>
       </c>
       <c r="L52" s="6" t="s">
         <v>371</v>
       </c>
       <c r="M52" s="5" t="s">
         <v>372</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="5" t="s">
         <v>373</v>
       </c>
       <c r="B53" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C53" s="5" t="s">
-        <v>16</v>
+        <v>374</v>
       </c>
       <c r="D53" s="5" t="s">
-        <v>121</v>
+        <v>375</v>
       </c>
       <c r="E53" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F53" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G53" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H53" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="H53" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I53" s="5"/>
       <c r="J53" s="5" t="s">
-        <v>22</v>
+        <v>376</v>
       </c>
       <c r="K53" s="5" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="L53" s="6" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="M53" s="5" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="5" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="B54" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C54" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D54" s="5" t="s">
         <v>121</v>
       </c>
       <c r="E54" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F54" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G54" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H54" s="5" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
       <c r="I54" s="5" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="J54" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K54" s="5" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="L54" s="6" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="M54" s="5" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="5" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="B55" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C55" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D55" s="5" t="s">
         <v>121</v>
       </c>
       <c r="E55" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F55" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G55" s="5" t="s">
-        <v>386</v>
+      <c r="G55" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H55" s="5" t="s">
         <v>387</v>
       </c>
       <c r="I55" s="5" t="s">
         <v>388</v>
       </c>
       <c r="J55" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K55" s="5" t="s">
         <v>389</v>
       </c>
       <c r="L55" s="6" t="s">
         <v>390</v>
       </c>
       <c r="M55" s="5" t="s">
         <v>391</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="5" t="s">
         <v>392</v>
       </c>
       <c r="B56" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C56" s="5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D56" s="5" t="s">
-        <v>393</v>
+        <v>121</v>
       </c>
       <c r="E56" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F56" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G56" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G56" s="5" t="s">
+        <v>393</v>
       </c>
       <c r="H56" s="5" t="s">
         <v>394</v>
       </c>
       <c r="I56" s="5" t="s">
         <v>395</v>
       </c>
       <c r="J56" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="K56" s="5" t="s">
         <v>396</v>
       </c>
-      <c r="K56" s="5" t="s">
+      <c r="L56" s="6" t="s">
         <v>397</v>
       </c>
-      <c r="L56" s="6" t="s">
+      <c r="M56" s="5" t="s">
         <v>398</v>
-      </c>
-[...1 lines deleted...]
-        <v>399</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="5" t="s">
-        <v>400</v>
+        <v>399</v>
       </c>
       <c r="B57" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C57" s="5" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D57" s="5" t="s">
-        <v>121</v>
+        <v>400</v>
       </c>
       <c r="E57" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F57" s="5" t="s">
-        <v>18</v>
+      <c r="F57" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G57" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H57" s="5" t="s">
         <v>401</v>
       </c>
       <c r="I57" s="5" t="s">
         <v>402</v>
       </c>
       <c r="J57" s="5" t="s">
-        <v>22</v>
+        <v>403</v>
       </c>
       <c r="K57" s="5" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
       <c r="L57" s="6" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="M57" s="5" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="5" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
       <c r="B58" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C58" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D58" s="5" t="s">
         <v>121</v>
       </c>
       <c r="E58" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F58" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F58" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="G58" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H58" s="5" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="I58" s="5" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="J58" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K58" s="5" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="L58" s="6" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="M58" s="5" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="5" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="B59" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C59" s="5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D59" s="5" t="s">
-        <v>413</v>
+        <v>121</v>
       </c>
       <c r="E59" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F59" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G59" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H59" s="5" t="s">
         <v>414</v>
       </c>
       <c r="I59" s="5" t="s">
         <v>415</v>
       </c>
       <c r="J59" s="5" t="s">
-        <v>257</v>
+        <v>22</v>
       </c>
       <c r="K59" s="5" t="s">
         <v>416</v>
       </c>
       <c r="L59" s="6" t="s">
         <v>417</v>
       </c>
       <c r="M59" s="5" t="s">
         <v>418</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="5" t="s">
         <v>419</v>
       </c>
       <c r="B60" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C60" s="5" t="s">
-        <v>121</v>
+        <v>15</v>
       </c>
       <c r="D60" s="5" t="s">
-        <v>16</v>
-[...4 lines deleted...]
-        </is>
+        <v>420</v>
+      </c>
+      <c r="E60" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F60" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G60" s="5" t="s">
-        <v>420</v>
+      <c r="G60" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H60" s="5" t="s">
         <v>421</v>
       </c>
       <c r="I60" s="5" t="s">
         <v>422</v>
       </c>
       <c r="J60" s="5" t="s">
-        <v>22</v>
+        <v>257</v>
       </c>
       <c r="K60" s="5" t="s">
         <v>423</v>
       </c>
       <c r="L60" s="6" t="s">
         <v>424</v>
       </c>
       <c r="M60" s="5" t="s">
         <v>425</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="5" t="s">
         <v>426</v>
       </c>
       <c r="B61" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C61" s="5" t="s">
-        <v>15</v>
+        <v>121</v>
       </c>
       <c r="D61" s="5" t="s">
-        <v>393</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>16</v>
+      </c>
+      <c r="E61" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F61" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G61" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G61" s="5" t="s">
+        <v>427</v>
       </c>
       <c r="H61" s="5" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="I61" s="5" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="J61" s="5" t="s">
-        <v>429</v>
+        <v>22</v>
       </c>
       <c r="K61" s="5" t="s">
         <v>430</v>
       </c>
       <c r="L61" s="6" t="s">
         <v>431</v>
       </c>
       <c r="M61" s="5" t="s">
         <v>432</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="5" t="s">
         <v>433</v>
       </c>
       <c r="B62" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C62" s="5" t="s">
-        <v>121</v>
+        <v>15</v>
       </c>
       <c r="D62" s="5" t="s">
-        <v>16</v>
-[...4 lines deleted...]
-        </is>
+        <v>400</v>
+      </c>
+      <c r="E62" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F62" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G62" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H62" s="5" t="s">
         <v>434</v>
       </c>
       <c r="I62" s="5" t="s">
         <v>435</v>
       </c>
       <c r="J62" s="5" t="s">
-        <v>22</v>
+        <v>436</v>
       </c>
       <c r="K62" s="5" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
       <c r="L62" s="6" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="M62" s="5" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="5" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="B63" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C63" s="5" t="s">
+        <v>121</v>
+      </c>
+      <c r="D63" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D63" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E63" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F63" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G63" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H63" s="5" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="I63" s="5" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="J63" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K63" s="5" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="L63" s="6" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="M63" s="5" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="5" t="s">
-        <v>439</v>
+        <v>446</v>
       </c>
       <c r="B64" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C64" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D64" s="5" t="s">
         <v>121</v>
       </c>
-      <c r="D64" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E64" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F64" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G64" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H64" s="5" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="I64" s="5" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="J64" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K64" s="5" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="L64" s="6" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="M64" s="5" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="5" t="s">
-        <v>450</v>
+        <v>446</v>
       </c>
       <c r="B65" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C65" s="5" t="s">
         <v>121</v>
       </c>
       <c r="D65" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="E65" s="5" t="s">
-        <v>123</v>
+      <c r="E65" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F65" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G65" s="5" t="s">
-        <v>451</v>
+      <c r="G65" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H65" s="5" t="s">
         <v>452</v>
       </c>
       <c r="I65" s="5" t="s">
         <v>453</v>
       </c>
       <c r="J65" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K65" s="5" t="s">
         <v>454</v>
       </c>
       <c r="L65" s="6" t="s">
         <v>455</v>
       </c>
       <c r="M65" s="5" t="s">
         <v>456</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="5" t="s">
-        <v>450</v>
+        <v>457</v>
       </c>
       <c r="B66" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C66" s="5" t="s">
+        <v>121</v>
+      </c>
+      <c r="D66" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D66" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E66" s="5" t="s">
-        <v>17</v>
+        <v>123</v>
       </c>
       <c r="F66" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G66" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G66" s="5" t="s">
+        <v>458</v>
       </c>
       <c r="H66" s="5" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="I66" s="5" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="J66" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K66" s="5" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="L66" s="6" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="M66" s="5" t="s">
-        <v>461</v>
+        <v>463</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="5" t="s">
-        <v>462</v>
+        <v>457</v>
       </c>
       <c r="B67" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C67" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D67" s="5" t="s">
         <v>121</v>
       </c>
       <c r="E67" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F67" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G67" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H67" s="5" t="s">
-        <v>463</v>
+        <v>375</v>
       </c>
       <c r="I67" s="5" t="s">
         <v>464</v>
       </c>
       <c r="J67" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K67" s="5" t="s">
         <v>465</v>
       </c>
       <c r="L67" s="6" t="s">
         <v>466</v>
       </c>
       <c r="M67" s="5" t="s">
         <v>467</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="5" t="s">
         <v>468</v>
       </c>
       <c r="B68" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C68" s="5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D68" s="5" t="s">
-        <v>413</v>
+        <v>121</v>
       </c>
       <c r="E68" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F68" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G68" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H68" s="5" t="s">
         <v>469</v>
       </c>
       <c r="I68" s="5" t="s">
         <v>470</v>
       </c>
       <c r="J68" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="K68" s="5" t="s">
         <v>471</v>
       </c>
-      <c r="K68" s="5" t="s">
+      <c r="L68" s="6" t="s">
         <v>472</v>
       </c>
-      <c r="L68" s="6" t="s">
+      <c r="M68" s="5" t="s">
         <v>473</v>
-      </c>
-[...1 lines deleted...]
-        <v>474</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="5" t="s">
-        <v>475</v>
+        <v>474</v>
       </c>
       <c r="B69" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C69" s="5" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D69" s="5" t="s">
-        <v>121</v>
+        <v>420</v>
       </c>
       <c r="E69" s="5" t="s">
-        <v>18</v>
-[...2 lines deleted...]
-        <v>123</v>
+        <v>17</v>
+      </c>
+      <c r="F69" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G69" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H69" s="5" t="s">
+        <v>475</v>
+      </c>
+      <c r="I69" s="5" t="s">
         <v>476</v>
       </c>
-      <c r="I69" s="5" t="s">
+      <c r="J69" s="5" t="s">
         <v>477</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
       <c r="K69" s="5" t="s">
         <v>478</v>
       </c>
       <c r="L69" s="6" t="s">
         <v>479</v>
       </c>
       <c r="M69" s="5" t="s">
         <v>480</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="5" t="s">
         <v>481</v>
       </c>
       <c r="B70" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C70" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D70" s="5" t="s">
         <v>121</v>
       </c>
       <c r="E70" s="5" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-        </is>
+        <v>18</v>
+      </c>
+      <c r="F70" s="5" t="s">
+        <v>123</v>
       </c>
       <c r="G70" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H70" s="5" t="s">
         <v>482</v>
       </c>
-      <c r="I70" s="5"/>
+      <c r="I70" s="5" t="s">
+        <v>483</v>
+      </c>
       <c r="J70" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K70" s="5" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
       <c r="L70" s="6" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
       <c r="M70" s="5" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="5" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
       <c r="B71" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C71" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D71" s="5" t="s">
         <v>121</v>
       </c>
-      <c r="D71" s="5" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="E71" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F71" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G71" s="5" t="s">
-        <v>487</v>
+      <c r="G71" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H71" s="5" t="s">
         <v>488</v>
       </c>
       <c r="I71" s="5"/>
       <c r="J71" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K71" s="5" t="s">
         <v>489</v>
       </c>
       <c r="L71" s="6" t="s">
         <v>490</v>
       </c>
       <c r="M71" s="5" t="s">
         <v>491</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="5" t="s">
         <v>492</v>
       </c>
       <c r="B72" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C72" s="5" t="s">
-        <v>34</v>
+        <v>121</v>
       </c>
       <c r="D72" s="5" t="s">
-        <v>122</v>
-[...4 lines deleted...]
-      <c r="F72" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F72" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G72" s="5" t="s">
         <v>493</v>
-      </c>
-[...3 lines deleted...]
-        </is>
       </c>
       <c r="H72" s="5" t="s">
         <v>494</v>
       </c>
-      <c r="I72" s="5" t="s">
+      <c r="I72" s="5"/>
+      <c r="J72" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="K72" s="5" t="s">
         <v>495</v>
       </c>
-      <c r="J72" s="5" t="s">
+      <c r="L72" s="6" t="s">
         <v>496</v>
       </c>
-      <c r="K72" s="5" t="s">
+      <c r="M72" s="5" t="s">
         <v>497</v>
-      </c>
-[...4 lines deleted...]
-        <v>499</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="5" t="s">
-        <v>500</v>
+        <v>498</v>
       </c>
       <c r="B73" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C73" s="5" t="s">
-        <v>15</v>
+        <v>34</v>
       </c>
       <c r="D73" s="5" t="s">
-        <v>413</v>
+        <v>122</v>
       </c>
       <c r="E73" s="5" t="s">
-        <v>17</v>
+        <v>123</v>
       </c>
       <c r="F73" s="5" t="s">
-        <v>18</v>
+        <v>499</v>
       </c>
       <c r="G73" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H73" s="5" t="s">
+        <v>500</v>
+      </c>
+      <c r="I73" s="5" t="s">
         <v>501</v>
       </c>
-      <c r="I73" s="5" t="s">
+      <c r="J73" s="5" t="s">
         <v>502</v>
-      </c>
-[...1 lines deleted...]
-        <v>257</v>
       </c>
       <c r="K73" s="5" t="s">
         <v>503</v>
       </c>
       <c r="L73" s="6" t="s">
         <v>504</v>
       </c>
       <c r="M73" s="5" t="s">
         <v>505</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="5" t="s">
         <v>506</v>
       </c>
       <c r="B74" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C74" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D74" s="5" t="s">
-        <v>413</v>
+        <v>420</v>
       </c>
       <c r="E74" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F74" s="5" t="s">
         <v>18</v>
       </c>
-      <c r="G74" s="5" t="s">
+      <c r="G74" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H74" s="5" t="s">
         <v>507</v>
       </c>
-      <c r="H74" s="5" t="s">
+      <c r="I74" s="5" t="s">
         <v>508</v>
-      </c>
-[...1 lines deleted...]
-        <v>509</v>
       </c>
       <c r="J74" s="5" t="s">
         <v>257</v>
       </c>
       <c r="K74" s="5" t="s">
+        <v>509</v>
+      </c>
+      <c r="L74" s="6" t="s">
         <v>510</v>
       </c>
-      <c r="L74" s="6" t="s">
+      <c r="M74" s="5" t="s">
         <v>511</v>
-      </c>
-[...1 lines deleted...]
-        <v>512</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="5" t="s">
-        <v>513</v>
+        <v>512</v>
       </c>
       <c r="B75" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C75" s="5" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D75" s="5" t="s">
-        <v>121</v>
+        <v>420</v>
       </c>
       <c r="E75" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F75" s="5" t="s">
         <v>18</v>
       </c>
-      <c r="F75" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="G75" s="5" t="s">
+        <v>513</v>
       </c>
       <c r="H75" s="5" t="s">
         <v>514</v>
       </c>
       <c r="I75" s="5" t="s">
         <v>515</v>
       </c>
       <c r="J75" s="5" t="s">
-        <v>22</v>
+        <v>257</v>
       </c>
       <c r="K75" s="5" t="s">
         <v>516</v>
       </c>
       <c r="L75" s="6" t="s">
         <v>517</v>
       </c>
       <c r="M75" s="5" t="s">
         <v>518</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="5" t="s">
         <v>519</v>
       </c>
       <c r="B76" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C76" s="5" t="s">
-        <v>112</v>
+        <v>16</v>
       </c>
       <c r="D76" s="5" t="s">
-        <v>111</v>
+        <v>121</v>
       </c>
       <c r="E76" s="5" t="s">
-        <v>386</v>
+        <v>18</v>
       </c>
       <c r="F76" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G76" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H76" s="5" t="s">
         <v>520</v>
       </c>
-      <c r="I76" s="5"/>
+      <c r="I76" s="5" t="s">
+        <v>521</v>
+      </c>
       <c r="J76" s="5" t="s">
-        <v>521</v>
+        <v>22</v>
       </c>
       <c r="K76" s="5" t="s">
         <v>522</v>
       </c>
       <c r="L76" s="6" t="s">
         <v>523</v>
       </c>
       <c r="M76" s="5" t="s">
         <v>524</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="5" t="s">
         <v>525</v>
       </c>
       <c r="B77" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C77" s="5" t="s">
-        <v>16</v>
+        <v>112</v>
       </c>
       <c r="D77" s="5" t="s">
-        <v>121</v>
+        <v>111</v>
       </c>
       <c r="E77" s="5" t="s">
-        <v>17</v>
+        <v>393</v>
       </c>
       <c r="F77" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G77" s="5" t="s">
+      <c r="G77" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H77" s="5" t="s">
         <v>526</v>
       </c>
-      <c r="H77" s="5" t="s">
+      <c r="I77" s="5"/>
+      <c r="J77" s="5" t="s">
         <v>527</v>
       </c>
-      <c r="I77" s="5" t="s">
+      <c r="K77" s="5" t="s">
         <v>528</v>
       </c>
-      <c r="J77" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K77" s="5" t="s">
+      <c r="L77" s="6" t="s">
         <v>529</v>
       </c>
-      <c r="L77" s="6" t="s">
+      <c r="M77" s="5" t="s">
         <v>530</v>
-      </c>
-[...1 lines deleted...]
-        <v>531</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="5" t="s">
-        <v>532</v>
+        <v>531</v>
       </c>
       <c r="B78" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C78" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D78" s="5" t="s">
         <v>121</v>
       </c>
       <c r="E78" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F78" s="5" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="F78" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G78" s="5" t="s">
+        <v>532</v>
       </c>
       <c r="H78" s="5" t="s">
         <v>533</v>
       </c>
       <c r="I78" s="5" t="s">
         <v>534</v>
       </c>
       <c r="J78" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K78" s="5" t="s">
         <v>535</v>
       </c>
       <c r="L78" s="6" t="s">
         <v>536</v>
       </c>
       <c r="M78" s="5" t="s">
         <v>537</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="5" t="s">
         <v>538</v>
       </c>
       <c r="B79" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C79" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D79" s="5" t="s">
         <v>121</v>
       </c>
-      <c r="D79" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E79" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F79" s="5" t="s">
         <v>123</v>
-      </c>
-[...3 lines deleted...]
-        </is>
       </c>
       <c r="G79" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H79" s="5" t="s">
         <v>539</v>
       </c>
       <c r="I79" s="5" t="s">
         <v>540</v>
       </c>
       <c r="J79" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K79" s="5" t="s">
         <v>541</v>
       </c>
       <c r="L79" s="6" t="s">
         <v>542</v>
       </c>
       <c r="M79" s="5" t="s">
         <v>543</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="5" t="s">
         <v>544</v>
       </c>
       <c r="B80" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C80" s="5" t="s">
+        <v>121</v>
+      </c>
+      <c r="D80" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D80" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E80" s="5" t="s">
-        <v>17</v>
-[...1 lines deleted...]
-      <c r="F80" s="5" t="s">
         <v>123</v>
+      </c>
+      <c r="F80" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G80" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H80" s="5" t="s">
         <v>545</v>
       </c>
       <c r="I80" s="5" t="s">
         <v>546</v>
       </c>
       <c r="J80" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K80" s="5" t="s">
         <v>547</v>
       </c>
       <c r="L80" s="6" t="s">
         <v>548</v>
       </c>
       <c r="M80" s="5" t="s">
         <v>549</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="5" t="s">
         <v>550</v>
       </c>
       <c r="B81" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C81" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D81" s="5" t="s">
-        <v>16</v>
+        <v>121</v>
       </c>
       <c r="E81" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F81" s="5" t="s">
         <v>123</v>
       </c>
       <c r="G81" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H81" s="5" t="s">
         <v>551</v>
       </c>
       <c r="I81" s="5" t="s">
         <v>552</v>
       </c>
       <c r="J81" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K81" s="5" t="s">
         <v>553</v>
       </c>
       <c r="L81" s="6" t="s">
         <v>554</v>
       </c>
       <c r="M81" s="5" t="s">
         <v>555</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="5" t="s">
         <v>556</v>
       </c>
       <c r="B82" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C82" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D82" s="5" t="s">
-        <v>121</v>
+        <v>16</v>
       </c>
       <c r="E82" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F82" s="5" t="s">
         <v>123</v>
       </c>
       <c r="G82" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H82" s="5" t="s">
         <v>557</v>
       </c>
       <c r="I82" s="5" t="s">
         <v>558</v>
       </c>
       <c r="J82" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K82" s="5" t="s">
         <v>559</v>
       </c>
       <c r="L82" s="6" t="s">
         <v>560</v>
       </c>
       <c r="M82" s="5" t="s">
         <v>561</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="5" t="s">
         <v>562</v>
       </c>
       <c r="B83" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C83" s="5" t="s">
-        <v>34</v>
+        <v>16</v>
       </c>
       <c r="D83" s="5" t="s">
+        <v>121</v>
+      </c>
+      <c r="E83" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F83" s="5" t="s">
+        <v>123</v>
+      </c>
+      <c r="G83" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H83" s="5" t="s">
         <v>563</v>
       </c>
-      <c r="E83" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F83" s="5" t="s">
+      <c r="I83" s="5" t="s">
         <v>564</v>
       </c>
-      <c r="G83" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H83" s="5" t="s">
+      <c r="J83" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="K83" s="5" t="s">
         <v>565</v>
       </c>
-      <c r="I83" s="5" t="s">
+      <c r="L83" s="6" t="s">
         <v>566</v>
       </c>
-      <c r="J83" s="5" t="s">
+      <c r="M83" s="5" t="s">
         <v>567</v>
-      </c>
-[...7 lines deleted...]
-        <v>570</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="5" t="s">
-        <v>571</v>
+        <v>568</v>
       </c>
       <c r="B84" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C84" s="5" t="s">
         <v>34</v>
       </c>
       <c r="D84" s="5" t="s">
-        <v>563</v>
-[...1 lines deleted...]
-      <c r="E84" s="5" t="s">
+        <v>569</v>
+      </c>
+      <c r="E84" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F84" s="5" t="s">
+        <v>570</v>
+      </c>
+      <c r="G84" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H84" s="5" t="s">
+        <v>571</v>
+      </c>
+      <c r="I84" s="5" t="s">
         <v>572</v>
       </c>
-      <c r="F84" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H84" s="5" t="s">
+      <c r="J84" s="5" t="s">
         <v>573</v>
       </c>
-      <c r="I84" s="5" t="s">
+      <c r="K84" s="5" t="s">
         <v>574</v>
       </c>
-      <c r="J84" s="5" t="s">
+      <c r="L84" s="6" t="s">
         <v>575</v>
       </c>
-      <c r="K84" s="5" t="s">
+      <c r="M84" s="5" t="s">
         <v>576</v>
-      </c>
-[...4 lines deleted...]
-        <v>578</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="5" t="s">
-        <v>579</v>
+        <v>577</v>
       </c>
       <c r="B85" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C85" s="5" t="s">
-        <v>15</v>
+        <v>34</v>
       </c>
       <c r="D85" s="5" t="s">
-        <v>413</v>
+        <v>569</v>
       </c>
       <c r="E85" s="5" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>578</v>
+      </c>
+      <c r="F85" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G85" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H85" s="5" t="s">
+        <v>579</v>
+      </c>
+      <c r="I85" s="5" t="s">
         <v>580</v>
       </c>
-      <c r="I85" s="5" t="s">
+      <c r="J85" s="5" t="s">
         <v>581</v>
-      </c>
-[...1 lines deleted...]
-        <v>257</v>
       </c>
       <c r="K85" s="5" t="s">
         <v>582</v>
       </c>
       <c r="L85" s="6" t="s">
         <v>583</v>
       </c>
       <c r="M85" s="5" t="s">
         <v>584</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="5" t="s">
         <v>585</v>
       </c>
       <c r="B86" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C86" s="5" t="s">
-        <v>121</v>
+        <v>15</v>
       </c>
       <c r="D86" s="5" t="s">
-        <v>16</v>
-[...9 lines deleted...]
-        </is>
+        <v>420</v>
+      </c>
+      <c r="E86" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F86" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="G86" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H86" s="5" t="s">
         <v>586</v>
       </c>
       <c r="I86" s="5" t="s">
         <v>587</v>
       </c>
       <c r="J86" s="5" t="s">
-        <v>22</v>
+        <v>257</v>
       </c>
       <c r="K86" s="5" t="s">
         <v>588</v>
       </c>
       <c r="L86" s="6" t="s">
         <v>589</v>
       </c>
       <c r="M86" s="5" t="s">
         <v>590</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="5" t="s">
         <v>591</v>
       </c>
       <c r="B87" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C87" s="5" t="s">
         <v>121</v>
       </c>
       <c r="D87" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="E87" s="5" t="s">
-        <v>123</v>
+      <c r="E87" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F87" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G87" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H87" s="5" t="s">
         <v>592</v>
       </c>
       <c r="I87" s="5" t="s">
         <v>593</v>
       </c>
       <c r="J87" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K87" s="5" t="s">
         <v>594</v>
       </c>
       <c r="L87" s="6" t="s">
         <v>595</v>
       </c>
       <c r="M87" s="5" t="s">
         <v>596</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="5" t="s">
         <v>597</v>
       </c>
       <c r="B88" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C88" s="5" t="s">
+        <v>121</v>
+      </c>
+      <c r="D88" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D88" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E88" s="5" t="s">
-        <v>18</v>
+        <v>123</v>
       </c>
       <c r="F88" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G88" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H88" s="5" t="s">
         <v>598</v>
       </c>
       <c r="I88" s="5" t="s">
         <v>599</v>
       </c>
       <c r="J88" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K88" s="5" t="s">
         <v>600</v>
       </c>
       <c r="L88" s="6" t="s">
         <v>601</v>
       </c>
       <c r="M88" s="5" t="s">
         <v>602</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="5" t="s">
         <v>603</v>
       </c>
       <c r="B89" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C89" s="5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D89" s="5" t="s">
-        <v>413</v>
+        <v>121</v>
       </c>
       <c r="E89" s="5" t="s">
-        <v>17</v>
-[...1 lines deleted...]
-      <c r="F89" s="5" t="s">
         <v>18</v>
       </c>
-      <c r="G89" s="5" t="s">
+      <c r="F89" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G89" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H89" s="5" t="s">
         <v>604</v>
       </c>
-      <c r="H89" s="5" t="s">
+      <c r="I89" s="5" t="s">
         <v>605</v>
       </c>
-      <c r="I89" s="5" t="s">
+      <c r="J89" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="K89" s="5" t="s">
         <v>606</v>
       </c>
-      <c r="J89" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K89" s="5" t="s">
+      <c r="L89" s="6" t="s">
         <v>607</v>
       </c>
-      <c r="L89" s="6" t="s">
+      <c r="M89" s="5" t="s">
         <v>608</v>
-      </c>
-[...1 lines deleted...]
-        <v>609</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="5" t="s">
-        <v>610</v>
+        <v>609</v>
       </c>
       <c r="B90" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C90" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D90" s="5" t="s">
-        <v>413</v>
+        <v>420</v>
       </c>
       <c r="E90" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F90" s="5" t="s">
         <v>18</v>
       </c>
-      <c r="G90" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G90" s="5" t="s">
+        <v>610</v>
       </c>
       <c r="H90" s="5" t="s">
         <v>611</v>
       </c>
       <c r="I90" s="5" t="s">
         <v>612</v>
       </c>
       <c r="J90" s="5" t="s">
+        <v>257</v>
+      </c>
+      <c r="K90" s="5" t="s">
         <v>613</v>
       </c>
-      <c r="K90" s="5" t="s">
+      <c r="L90" s="6" t="s">
         <v>614</v>
       </c>
-      <c r="L90" s="6" t="s">
+      <c r="M90" s="5" t="s">
         <v>615</v>
-      </c>
-[...1 lines deleted...]
-        <v>616</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="5" t="s">
-        <v>617</v>
+        <v>616</v>
       </c>
       <c r="B91" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C91" s="5" t="s">
-        <v>618</v>
+        <v>15</v>
       </c>
       <c r="D91" s="5" t="s">
-        <v>413</v>
+        <v>420</v>
       </c>
       <c r="E91" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F91" s="5" t="s">
         <v>18</v>
       </c>
       <c r="G91" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H91" s="5" t="s">
+        <v>617</v>
+      </c>
+      <c r="I91" s="5" t="s">
+        <v>618</v>
+      </c>
+      <c r="J91" s="5" t="s">
         <v>619</v>
       </c>
-      <c r="I91" s="5" t="s">
+      <c r="K91" s="5" t="s">
         <v>620</v>
       </c>
-      <c r="J91" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K91" s="5" t="s">
+      <c r="L91" s="6" t="s">
         <v>621</v>
       </c>
-      <c r="L91" s="6" t="s">
+      <c r="M91" s="5" t="s">
         <v>622</v>
-      </c>
-[...1 lines deleted...]
-        <v>623</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="5" t="s">
-        <v>624</v>
+        <v>623</v>
       </c>
       <c r="B92" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C92" s="5" t="s">
-        <v>16</v>
+        <v>624</v>
       </c>
       <c r="D92" s="5" t="s">
-        <v>121</v>
+        <v>420</v>
       </c>
       <c r="E92" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F92" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G92" s="5" t="s">
+      <c r="F92" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G92" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H92" s="5" t="s">
         <v>625</v>
       </c>
-      <c r="H92" s="5" t="s">
+      <c r="I92" s="5" t="s">
         <v>626</v>
       </c>
-      <c r="I92" s="5" t="s">
+      <c r="J92" s="5" t="s">
+        <v>257</v>
+      </c>
+      <c r="K92" s="5" t="s">
         <v>627</v>
       </c>
-      <c r="J92" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K92" s="5" t="s">
+      <c r="L92" s="6" t="s">
         <v>628</v>
       </c>
-      <c r="L92" s="6" t="s">
+      <c r="M92" s="5" t="s">
         <v>629</v>
-      </c>
-[...1 lines deleted...]
-        <v>630</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="5" t="s">
-        <v>631</v>
+        <v>630</v>
       </c>
       <c r="B93" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C93" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D93" s="5" t="s">
         <v>121</v>
       </c>
       <c r="E93" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F93" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G93" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G93" s="5" t="s">
+        <v>631</v>
       </c>
       <c r="H93" s="5" t="s">
         <v>632</v>
       </c>
       <c r="I93" s="5" t="s">
         <v>633</v>
       </c>
       <c r="J93" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K93" s="5" t="s">
         <v>634</v>
       </c>
       <c r="L93" s="6" t="s">
         <v>635</v>
       </c>
       <c r="M93" s="5" t="s">
         <v>636</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="5" t="s">
         <v>637</v>
       </c>
       <c r="B94" s="5" t="s">
@@ -24452,445 +25413,445 @@
       </c>
       <c r="H94" s="5" t="s">
         <v>638</v>
       </c>
       <c r="I94" s="5" t="s">
         <v>639</v>
       </c>
       <c r="J94" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K94" s="5" t="s">
         <v>640</v>
       </c>
       <c r="L94" s="6" t="s">
         <v>641</v>
       </c>
       <c r="M94" s="5" t="s">
         <v>642</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="5" t="s">
         <v>643</v>
       </c>
       <c r="B95" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C95" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D95" s="5" t="s">
+        <v>121</v>
+      </c>
+      <c r="E95" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F95" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G95" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H95" s="5" t="s">
         <v>644</v>
       </c>
-      <c r="C95" s="5" t="s">
-[...22 lines deleted...]
-      <c r="H95" s="5" t="s">
+      <c r="I95" s="5" t="s">
         <v>645</v>
       </c>
-      <c r="I95" s="5"/>
-[...3 lines deleted...]
-        </is>
+      <c r="J95" s="5" t="s">
+        <v>22</v>
       </c>
       <c r="K95" s="5" t="s">
         <v>646</v>
       </c>
       <c r="L95" s="6" t="s">
         <v>647</v>
       </c>
-      <c r="M95" s="5"/>
+      <c r="M95" s="5" t="s">
+        <v>648</v>
+      </c>
     </row>
     <row r="96">
       <c r="A96" s="5" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
       <c r="B96" s="5" t="s">
-        <v>644</v>
+        <v>650</v>
       </c>
       <c r="C96" s="5" t="s">
-        <v>563</v>
+        <v>569</v>
       </c>
       <c r="D96" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E96" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F96" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G96" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H96" s="5" t="s">
-        <v>649</v>
+        <v>651</v>
       </c>
       <c r="I96" s="5"/>
       <c r="J96" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K96" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K96" s="5" t="s">
+        <v>652</v>
       </c>
       <c r="L96" s="6" t="s">
-        <v>650</v>
+        <v>653</v>
       </c>
       <c r="M96" s="5"/>
     </row>
     <row r="97">
       <c r="A97" s="5" t="s">
-        <v>651</v>
+        <v>654</v>
       </c>
       <c r="B97" s="5" t="s">
-        <v>14</v>
+        <v>650</v>
       </c>
       <c r="C97" s="5" t="s">
-        <v>16</v>
-[...8 lines deleted...]
-        <v>123</v>
+        <v>569</v>
+      </c>
+      <c r="D97" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E97" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F97" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G97" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H97" s="5" t="s">
-        <v>652</v>
-[...8 lines deleted...]
-        <v>654</v>
+        <v>655</v>
+      </c>
+      <c r="I97" s="5"/>
+      <c r="J97" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K97" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L97" s="6" t="s">
-        <v>655</v>
-[...1 lines deleted...]
-      <c r="M97" s="5" t="s">
         <v>656</v>
       </c>
+      <c r="M97" s="5"/>
     </row>
     <row r="98">
       <c r="A98" s="5" t="s">
         <v>657</v>
       </c>
       <c r="B98" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C98" s="5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D98" s="5" t="s">
-        <v>413</v>
+        <v>121</v>
       </c>
       <c r="E98" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F98" s="5" t="s">
-        <v>18</v>
+        <v>123</v>
       </c>
       <c r="G98" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H98" s="5" t="s">
         <v>658</v>
       </c>
       <c r="I98" s="5" t="s">
         <v>659</v>
       </c>
       <c r="J98" s="5" t="s">
-        <v>257</v>
+        <v>22</v>
       </c>
       <c r="K98" s="5" t="s">
         <v>660</v>
       </c>
       <c r="L98" s="6" t="s">
         <v>661</v>
       </c>
       <c r="M98" s="5" t="s">
         <v>662</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="5" t="s">
         <v>663</v>
       </c>
       <c r="B99" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C99" s="5" t="s">
-        <v>34</v>
+        <v>15</v>
       </c>
       <c r="D99" s="5" t="s">
-        <v>563</v>
-[...4 lines deleted...]
-        </is>
+        <v>420</v>
+      </c>
+      <c r="E99" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F99" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G99" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H99" s="5" t="s">
         <v>664</v>
       </c>
-      <c r="G99" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H99" s="5" t="s">
+      <c r="I99" s="5" t="s">
         <v>665</v>
       </c>
-      <c r="I99" s="5" t="s">
+      <c r="J99" s="5" t="s">
+        <v>257</v>
+      </c>
+      <c r="K99" s="5" t="s">
         <v>666</v>
       </c>
-      <c r="J99" s="5" t="s">
+      <c r="L99" s="6" t="s">
         <v>667</v>
       </c>
-      <c r="K99" s="5" t="s">
+      <c r="M99" s="5" t="s">
         <v>668</v>
-      </c>
-[...4 lines deleted...]
-        <v>670</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="5" t="s">
-        <v>671</v>
+        <v>669</v>
       </c>
       <c r="B100" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C100" s="5" t="s">
-        <v>121</v>
+        <v>34</v>
       </c>
       <c r="D100" s="5" t="s">
-        <v>16</v>
+        <v>569</v>
       </c>
       <c r="E100" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F100" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F100" s="5" t="s">
+        <v>670</v>
       </c>
       <c r="G100" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H100" s="5" t="s">
+        <v>671</v>
+      </c>
+      <c r="I100" s="5" t="s">
         <v>672</v>
       </c>
-      <c r="I100" s="5" t="s">
+      <c r="J100" s="5" t="s">
         <v>673</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
       <c r="K100" s="5" t="s">
         <v>674</v>
       </c>
       <c r="L100" s="6" t="s">
         <v>675</v>
       </c>
       <c r="M100" s="5" t="s">
         <v>676</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="5" t="s">
         <v>677</v>
       </c>
       <c r="B101" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C101" s="5" t="s">
+        <v>121</v>
+      </c>
+      <c r="D101" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D101" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E101" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F101" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G101" s="5" t="s">
+      <c r="G101" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H101" s="5" t="s">
         <v>678</v>
       </c>
-      <c r="H101" s="5" t="s">
+      <c r="I101" s="5" t="s">
         <v>679</v>
-      </c>
-[...1 lines deleted...]
-        <v>680</v>
       </c>
       <c r="J101" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K101" s="5" t="s">
+        <v>680</v>
+      </c>
+      <c r="L101" s="6" t="s">
         <v>681</v>
       </c>
-      <c r="L101" s="6" t="s">
+      <c r="M101" s="5" t="s">
         <v>682</v>
-      </c>
-[...1 lines deleted...]
-        <v>683</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="5" t="s">
-        <v>684</v>
+        <v>683</v>
       </c>
       <c r="B102" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C102" s="5" t="s">
-        <v>112</v>
+        <v>16</v>
       </c>
       <c r="D102" s="5" t="s">
-        <v>111</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>121</v>
+      </c>
+      <c r="E102" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F102" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G102" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="G102" s="5" t="s">
+        <v>684</v>
+      </c>
+      <c r="H102" s="5" t="s">
+        <v>685</v>
       </c>
       <c r="I102" s="5" t="s">
-        <v>685</v>
+        <v>686</v>
       </c>
       <c r="J102" s="5" t="s">
-        <v>521</v>
+        <v>22</v>
       </c>
       <c r="K102" s="5" t="s">
-        <v>686</v>
+        <v>687</v>
       </c>
       <c r="L102" s="6" t="s">
-        <v>687</v>
+        <v>688</v>
       </c>
       <c r="M102" s="5" t="s">
-        <v>688</v>
+        <v>689</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="5" t="s">
-        <v>689</v>
+        <v>690</v>
       </c>
       <c r="B103" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C103" s="5" t="s">
-        <v>16</v>
+        <v>112</v>
       </c>
       <c r="D103" s="5" t="s">
-        <v>121</v>
+        <v>111</v>
       </c>
       <c r="E103" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F103" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G103" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H103" s="5" t="s">
-        <v>690</v>
+      <c r="H103" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I103" s="5" t="s">
         <v>691</v>
       </c>
       <c r="J103" s="5" t="s">
-        <v>22</v>
+        <v>527</v>
       </c>
       <c r="K103" s="5" t="s">
         <v>692</v>
       </c>
       <c r="L103" s="6" t="s">
         <v>693</v>
       </c>
       <c r="M103" s="5" t="s">
         <v>694</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="5" t="s">
         <v>695</v>
       </c>
       <c r="B104" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C104" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D104" s="5" t="s">
         <v>121</v>
       </c>
       <c r="E104" s="5" t="s">
@@ -24911,1742 +25872,1740 @@
       </c>
       <c r="I104" s="5" t="s">
         <v>697</v>
       </c>
       <c r="J104" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K104" s="5" t="s">
         <v>698</v>
       </c>
       <c r="L104" s="6" t="s">
         <v>699</v>
       </c>
       <c r="M104" s="5" t="s">
         <v>700</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="5" t="s">
         <v>701</v>
       </c>
       <c r="B105" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C105" s="5" t="s">
-        <v>111</v>
+        <v>16</v>
       </c>
       <c r="D105" s="5" t="s">
-        <v>112</v>
+        <v>121</v>
       </c>
       <c r="E105" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F105" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G105" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H105" s="5" t="s">
         <v>702</v>
       </c>
-      <c r="F105" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H105" s="5" t="s">
+      <c r="I105" s="5" t="s">
         <v>703</v>
       </c>
-      <c r="I105" s="5"/>
       <c r="J105" s="5" t="s">
-        <v>521</v>
+        <v>22</v>
       </c>
       <c r="K105" s="5" t="s">
         <v>704</v>
       </c>
       <c r="L105" s="6" t="s">
         <v>705</v>
       </c>
       <c r="M105" s="5" t="s">
         <v>706</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="5" t="s">
         <v>707</v>
       </c>
       <c r="B106" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C106" s="5" t="s">
-        <v>121</v>
+        <v>111</v>
       </c>
       <c r="D106" s="5" t="s">
-        <v>16</v>
-[...4 lines deleted...]
-        </is>
+        <v>112</v>
+      </c>
+      <c r="E106" s="5" t="s">
+        <v>708</v>
       </c>
       <c r="F106" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G106" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H106" s="5" t="s">
-        <v>708</v>
-[...1 lines deleted...]
-      <c r="I106" s="5" t="s">
         <v>709</v>
       </c>
+      <c r="I106" s="5"/>
       <c r="J106" s="5" t="s">
-        <v>22</v>
+        <v>527</v>
       </c>
       <c r="K106" s="5" t="s">
         <v>710</v>
       </c>
       <c r="L106" s="6" t="s">
         <v>711</v>
       </c>
       <c r="M106" s="5" t="s">
         <v>712</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="5" t="s">
         <v>713</v>
       </c>
       <c r="B107" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C107" s="5" t="s">
-        <v>15</v>
+        <v>121</v>
       </c>
       <c r="D107" s="5" t="s">
-        <v>413</v>
-[...4 lines deleted...]
-      <c r="F107" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E107" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F107" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G107" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H107" s="5" t="s">
         <v>714</v>
       </c>
-      <c r="G107" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H107" s="5" t="s">
+      <c r="I107" s="5" t="s">
         <v>715</v>
       </c>
-      <c r="I107" s="5" t="s">
+      <c r="J107" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="K107" s="5" t="s">
         <v>716</v>
       </c>
-      <c r="J107" s="5" t="s">
+      <c r="L107" s="6" t="s">
         <v>717</v>
       </c>
-      <c r="K107" s="5" t="s">
+      <c r="M107" s="5" t="s">
         <v>718</v>
-      </c>
-[...4 lines deleted...]
-        <v>720</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="5" t="s">
-        <v>721</v>
+        <v>719</v>
       </c>
       <c r="B108" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C108" s="5" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D108" s="5" t="s">
-        <v>121</v>
+        <v>420</v>
       </c>
       <c r="E108" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F108" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F108" s="5" t="s">
+        <v>720</v>
       </c>
       <c r="G108" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H108" s="5" t="s">
+        <v>721</v>
+      </c>
+      <c r="I108" s="5" t="s">
         <v>722</v>
       </c>
-      <c r="I108" s="5" t="s">
+      <c r="J108" s="5" t="s">
         <v>723</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
       <c r="K108" s="5" t="s">
         <v>724</v>
       </c>
       <c r="L108" s="6" t="s">
         <v>725</v>
       </c>
       <c r="M108" s="5" t="s">
         <v>726</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="5" t="s">
         <v>727</v>
       </c>
       <c r="B109" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C109" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D109" s="5" t="s">
         <v>121</v>
       </c>
       <c r="E109" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F109" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G109" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H109" s="5" t="s">
         <v>728</v>
       </c>
-      <c r="F109" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G109" s="5" t="s">
+      <c r="I109" s="5" t="s">
         <v>729</v>
-      </c>
-[...4 lines deleted...]
-        <v>731</v>
       </c>
       <c r="J109" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K109" s="5" t="s">
+        <v>730</v>
+      </c>
+      <c r="L109" s="6" t="s">
+        <v>731</v>
+      </c>
+      <c r="M109" s="5" t="s">
         <v>732</v>
-      </c>
-[...4 lines deleted...]
-        <v>734</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="5" t="s">
-        <v>735</v>
+        <v>733</v>
       </c>
       <c r="B110" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C110" s="5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D110" s="5" t="s">
-        <v>16</v>
+        <v>121</v>
       </c>
       <c r="E110" s="5" t="s">
-        <v>17</v>
-[...7 lines deleted...]
-        </is>
+        <v>734</v>
+      </c>
+      <c r="F110" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G110" s="5" t="s">
+        <v>735</v>
       </c>
       <c r="H110" s="5" t="s">
         <v>736</v>
       </c>
       <c r="I110" s="5" t="s">
         <v>737</v>
       </c>
       <c r="J110" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K110" s="5" t="s">
         <v>738</v>
       </c>
       <c r="L110" s="6" t="s">
         <v>739</v>
       </c>
       <c r="M110" s="5" t="s">
         <v>740</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="5" t="s">
         <v>741</v>
       </c>
       <c r="B111" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C111" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D111" s="5" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>121</v>
       </c>
       <c r="E111" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F111" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G111" s="5" t="s">
+      <c r="F111" s="5" t="s">
+        <v>734</v>
+      </c>
+      <c r="G111" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H111" s="5" t="s">
         <v>742</v>
       </c>
-      <c r="H111" s="5" t="s">
+      <c r="I111" s="5" t="s">
         <v>743</v>
-      </c>
-[...1 lines deleted...]
-        <v>744</v>
       </c>
       <c r="J111" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K111" s="5" t="s">
+        <v>744</v>
+      </c>
+      <c r="L111" s="6" t="s">
         <v>745</v>
       </c>
-      <c r="L111" s="6" t="s">
+      <c r="M111" s="5" t="s">
         <v>746</v>
-      </c>
-[...1 lines deleted...]
-        <v>747</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="5" t="s">
-        <v>748</v>
+        <v>747</v>
       </c>
       <c r="B112" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C112" s="5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D112" s="5" t="s">
-        <v>413</v>
+        <v>121</v>
       </c>
       <c r="E112" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F112" s="5" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="F112" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G112" s="5" t="s">
+        <v>748</v>
       </c>
       <c r="H112" s="5" t="s">
         <v>749</v>
       </c>
       <c r="I112" s="5" t="s">
         <v>750</v>
       </c>
       <c r="J112" s="5" t="s">
-        <v>257</v>
+        <v>22</v>
       </c>
       <c r="K112" s="5" t="s">
         <v>751</v>
       </c>
       <c r="L112" s="6" t="s">
         <v>752</v>
       </c>
       <c r="M112" s="5" t="s">
         <v>753</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="5" t="s">
         <v>754</v>
       </c>
       <c r="B113" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C113" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D113" s="5" t="s">
-        <v>413</v>
-[...11 lines deleted...]
-      <c r="G113" s="5" t="s">
+        <v>420</v>
+      </c>
+      <c r="E113" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F113" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G113" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H113" s="5" t="s">
         <v>755</v>
       </c>
-      <c r="H113" s="5" t="s">
+      <c r="I113" s="5" t="s">
         <v>756</v>
       </c>
-      <c r="I113" s="5" t="s">
+      <c r="J113" s="5" t="s">
+        <v>257</v>
+      </c>
+      <c r="K113" s="5" t="s">
         <v>757</v>
       </c>
-      <c r="J113" s="5" t="s">
+      <c r="L113" s="6" t="s">
         <v>758</v>
       </c>
-      <c r="K113" s="5" t="s">
+      <c r="M113" s="5" t="s">
         <v>759</v>
-      </c>
-[...4 lines deleted...]
-        <v>761</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="5" t="s">
-        <v>762</v>
+        <v>760</v>
       </c>
       <c r="B114" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C114" s="5" t="s">
-        <v>34</v>
+        <v>15</v>
       </c>
       <c r="D114" s="5" t="s">
-        <v>563</v>
+        <v>420</v>
       </c>
       <c r="E114" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F114" s="5" t="s">
+      <c r="F114" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G114" s="5" t="s">
+        <v>761</v>
+      </c>
+      <c r="H114" s="5" t="s">
+        <v>762</v>
+      </c>
+      <c r="I114" s="5" t="s">
         <v>763</v>
       </c>
-      <c r="G114" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H114" s="5" t="s">
+      <c r="J114" s="5" t="s">
         <v>764</v>
       </c>
-      <c r="I114" s="5" t="s">
+      <c r="K114" s="5" t="s">
         <v>765</v>
       </c>
-      <c r="J114" s="5" t="s">
+      <c r="L114" s="6" t="s">
         <v>766</v>
       </c>
-      <c r="K114" s="5" t="s">
+      <c r="M114" s="5" t="s">
         <v>767</v>
-      </c>
-[...4 lines deleted...]
-        <v>769</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="5" t="s">
-        <v>770</v>
+        <v>768</v>
       </c>
       <c r="B115" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C115" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="D115" s="5" t="s">
+        <v>569</v>
+      </c>
+      <c r="E115" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F115" s="5" t="s">
+        <v>769</v>
+      </c>
+      <c r="G115" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H115" s="5" t="s">
+        <v>770</v>
+      </c>
+      <c r="I115" s="5" t="s">
         <v>771</v>
       </c>
-      <c r="D115" s="5" t="s">
-[...2 lines deleted...]
-      <c r="E115" s="5" t="s">
+      <c r="J115" s="5" t="s">
         <v>772</v>
       </c>
-      <c r="F115" s="5" t="s">
-[...7 lines deleted...]
-      <c r="H115" s="5" t="s">
+      <c r="K115" s="5" t="s">
         <v>773</v>
       </c>
-      <c r="I115" s="5" t="s">
+      <c r="L115" s="6" t="s">
         <v>774</v>
       </c>
-      <c r="J115" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K115" s="5" t="s">
+      <c r="M115" s="5" t="s">
         <v>775</v>
-      </c>
-[...4 lines deleted...]
-        <v>777</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="5" t="s">
-        <v>778</v>
+        <v>776</v>
       </c>
       <c r="B116" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C116" s="5" t="s">
-        <v>16</v>
+        <v>777</v>
       </c>
       <c r="D116" s="5" t="s">
-        <v>121</v>
+        <v>400</v>
       </c>
       <c r="E116" s="5" t="s">
+        <v>778</v>
+      </c>
+      <c r="F116" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="G116" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H116" s="5" t="s">
         <v>779</v>
       </c>
-      <c r="F116" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H116" s="5" t="s">
+      <c r="I116" s="5" t="s">
         <v>780</v>
-      </c>
-[...1 lines deleted...]
-        <v>781</v>
       </c>
       <c r="J116" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K116" s="5" t="s">
+        <v>781</v>
+      </c>
+      <c r="L116" s="6" t="s">
         <v>782</v>
       </c>
-      <c r="L116" s="6" t="s">
+      <c r="M116" s="5" t="s">
         <v>783</v>
-      </c>
-[...1 lines deleted...]
-        <v>784</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="5" t="s">
-        <v>785</v>
+        <v>784</v>
       </c>
       <c r="B117" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C117" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D117" s="5" t="s">
         <v>121</v>
       </c>
       <c r="E117" s="5" t="s">
-        <v>779</v>
+        <v>785</v>
       </c>
       <c r="F117" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G117" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H117" s="5" t="s">
         <v>786</v>
       </c>
       <c r="I117" s="5" t="s">
         <v>787</v>
       </c>
       <c r="J117" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K117" s="5" t="s">
         <v>788</v>
       </c>
       <c r="L117" s="6" t="s">
         <v>789</v>
       </c>
       <c r="M117" s="5" t="s">
         <v>790</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="5" t="s">
         <v>791</v>
       </c>
       <c r="B118" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C118" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D118" s="5" t="s">
         <v>121</v>
       </c>
       <c r="E118" s="5" t="s">
-        <v>779</v>
+        <v>785</v>
       </c>
       <c r="F118" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G118" s="5" t="s">
+      <c r="G118" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H118" s="5" t="s">
         <v>792</v>
       </c>
-      <c r="H118" s="5" t="s">
+      <c r="I118" s="5" t="s">
         <v>793</v>
-      </c>
-[...1 lines deleted...]
-        <v>794</v>
       </c>
       <c r="J118" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K118" s="5" t="s">
+        <v>794</v>
+      </c>
+      <c r="L118" s="6" t="s">
         <v>795</v>
       </c>
-      <c r="L118" s="6" t="s">
+      <c r="M118" s="5" t="s">
         <v>796</v>
-      </c>
-[...1 lines deleted...]
-        <v>797</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" s="5" t="s">
-        <v>798</v>
+        <v>797</v>
       </c>
       <c r="B119" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C119" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D119" s="5" t="s">
         <v>121</v>
       </c>
       <c r="E119" s="5" t="s">
-        <v>779</v>
+        <v>785</v>
       </c>
       <c r="F119" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G119" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G119" s="5" t="s">
+        <v>798</v>
       </c>
       <c r="H119" s="5" t="s">
         <v>799</v>
       </c>
       <c r="I119" s="5" t="s">
         <v>800</v>
       </c>
       <c r="J119" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K119" s="5" t="s">
         <v>801</v>
       </c>
       <c r="L119" s="6" t="s">
         <v>802</v>
       </c>
       <c r="M119" s="5" t="s">
         <v>803</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" s="5" t="s">
         <v>804</v>
       </c>
       <c r="B120" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C120" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D120" s="5" t="s">
         <v>121</v>
       </c>
       <c r="E120" s="5" t="s">
-        <v>18</v>
+        <v>785</v>
       </c>
       <c r="F120" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G120" s="5" t="s">
+      <c r="G120" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H120" s="5" t="s">
         <v>805</v>
       </c>
-      <c r="H120" s="5" t="s">
+      <c r="I120" s="5" t="s">
         <v>806</v>
-      </c>
-[...1 lines deleted...]
-        <v>807</v>
       </c>
       <c r="J120" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K120" s="5" t="s">
+        <v>807</v>
+      </c>
+      <c r="L120" s="6" t="s">
         <v>808</v>
       </c>
-      <c r="L120" s="6" t="s">
+      <c r="M120" s="5" t="s">
         <v>809</v>
-      </c>
-[...1 lines deleted...]
-        <v>810</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" s="5" t="s">
-        <v>811</v>
+        <v>810</v>
       </c>
       <c r="B121" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C121" s="5" t="s">
-        <v>180</v>
+        <v>16</v>
       </c>
       <c r="D121" s="5" t="s">
-        <v>34</v>
-[...6 lines deleted...]
-      <c r="F121" s="5" t="s">
+        <v>121</v>
+      </c>
+      <c r="E121" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="F121" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G121" s="5" t="s">
+        <v>811</v>
+      </c>
+      <c r="H121" s="5" t="s">
         <v>812</v>
       </c>
-      <c r="G121" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H121" s="5" t="s">
+      <c r="I121" s="5" t="s">
         <v>813</v>
       </c>
-      <c r="I121" s="5" t="s">
+      <c r="J121" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="K121" s="5" t="s">
         <v>814</v>
       </c>
-      <c r="J121" s="5" t="s">
+      <c r="L121" s="6" t="s">
         <v>815</v>
       </c>
-      <c r="K121" s="5" t="s">
+      <c r="M121" s="5" t="s">
         <v>816</v>
-      </c>
-[...4 lines deleted...]
-        <v>818</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" s="5" t="s">
-        <v>819</v>
+        <v>817</v>
       </c>
       <c r="B122" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C122" s="5" t="s">
-        <v>15</v>
+        <v>180</v>
       </c>
       <c r="D122" s="5" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>772</v>
+        <v>34</v>
+      </c>
+      <c r="E122" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F122" s="5" t="s">
-        <v>17</v>
-[...1 lines deleted...]
-      <c r="G122" s="5" t="s">
+        <v>818</v>
+      </c>
+      <c r="G122" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H122" s="5" t="s">
+        <v>819</v>
+      </c>
+      <c r="I122" s="5" t="s">
         <v>820</v>
       </c>
-      <c r="H122" s="5" t="s">
+      <c r="J122" s="5" t="s">
         <v>821</v>
       </c>
-      <c r="I122" s="5" t="s">
+      <c r="K122" s="5" t="s">
         <v>822</v>
       </c>
-      <c r="J122" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K122" s="5" t="s">
+      <c r="L122" s="6" t="s">
         <v>823</v>
       </c>
-      <c r="L122" s="6" t="s">
+      <c r="M122" s="5" t="s">
         <v>824</v>
-      </c>
-[...1 lines deleted...]
-        <v>825</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" s="5" t="s">
-        <v>826</v>
+        <v>825</v>
       </c>
       <c r="B123" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C123" s="5" t="s">
-        <v>563</v>
+        <v>15</v>
       </c>
       <c r="D123" s="5" t="s">
-        <v>33</v>
+        <v>16</v>
       </c>
       <c r="E123" s="5" t="s">
-        <v>123</v>
+        <v>778</v>
       </c>
       <c r="F123" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="G123" s="5" t="s">
+        <v>826</v>
+      </c>
+      <c r="H123" s="5" t="s">
         <v>827</v>
       </c>
-      <c r="G123" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H123" s="5" t="s">
+      <c r="I123" s="5" t="s">
         <v>828</v>
       </c>
-      <c r="I123" s="5" t="s">
+      <c r="J123" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="K123" s="5" t="s">
         <v>829</v>
       </c>
-      <c r="J123" s="5" t="s">
+      <c r="L123" s="6" t="s">
         <v>830</v>
       </c>
-      <c r="K123" s="5" t="s">
+      <c r="M123" s="5" t="s">
         <v>831</v>
-      </c>
-[...4 lines deleted...]
-        <v>833</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" s="5" t="s">
-        <v>834</v>
+        <v>832</v>
       </c>
       <c r="B124" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C124" s="5" t="s">
-        <v>180</v>
+        <v>569</v>
       </c>
       <c r="D124" s="5" t="s">
-        <v>563</v>
-[...4 lines deleted...]
-        </is>
+        <v>33</v>
+      </c>
+      <c r="E124" s="5" t="s">
+        <v>123</v>
       </c>
       <c r="F124" s="5" t="s">
+        <v>833</v>
+      </c>
+      <c r="G124" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H124" s="5" t="s">
+        <v>834</v>
+      </c>
+      <c r="I124" s="5" t="s">
         <v>835</v>
       </c>
-      <c r="G124" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H124" s="5" t="s">
+      <c r="J124" s="5" t="s">
         <v>836</v>
       </c>
-      <c r="I124" s="5" t="s">
+      <c r="K124" s="5" t="s">
         <v>837</v>
       </c>
-      <c r="J124" s="5" t="s">
+      <c r="L124" s="6" t="s">
         <v>838</v>
       </c>
-      <c r="K124" s="5" t="s">
+      <c r="M124" s="5" t="s">
         <v>839</v>
-      </c>
-[...4 lines deleted...]
-        <v>841</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" s="5" t="s">
-        <v>842</v>
+        <v>840</v>
       </c>
       <c r="B125" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C125" s="5" t="s">
-        <v>15</v>
+        <v>180</v>
       </c>
       <c r="D125" s="5" t="s">
-        <v>413</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>569</v>
+      </c>
+      <c r="E125" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F125" s="5" t="s">
+        <v>841</v>
+      </c>
+      <c r="G125" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H125" s="5" t="s">
+        <v>842</v>
+      </c>
+      <c r="I125" s="5" t="s">
         <v>843</v>
       </c>
-      <c r="G125" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H125" s="5" t="s">
+      <c r="J125" s="5" t="s">
         <v>844</v>
       </c>
-      <c r="I125" s="5" t="s">
+      <c r="K125" s="5" t="s">
         <v>845</v>
       </c>
-      <c r="J125" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K125" s="5" t="s">
+      <c r="L125" s="6" t="s">
         <v>846</v>
       </c>
-      <c r="L125" s="6" t="s">
+      <c r="M125" s="5" t="s">
         <v>847</v>
-      </c>
-[...1 lines deleted...]
-        <v>848</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" s="5" t="s">
-        <v>849</v>
+        <v>848</v>
       </c>
       <c r="B126" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C126" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D126" s="5" t="s">
-        <v>413</v>
+        <v>420</v>
       </c>
       <c r="E126" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F126" s="5" t="s">
-        <v>843</v>
-[...1 lines deleted...]
-      <c r="G126" s="5" t="s">
+        <v>849</v>
+      </c>
+      <c r="G126" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H126" s="5" t="s">
         <v>850</v>
       </c>
-      <c r="H126" s="5" t="s">
+      <c r="I126" s="5" t="s">
         <v>851</v>
       </c>
-      <c r="I126" s="5" t="s">
+      <c r="J126" s="5" t="s">
+        <v>257</v>
+      </c>
+      <c r="K126" s="5" t="s">
         <v>852</v>
       </c>
-      <c r="J126" s="5" t="s">
+      <c r="L126" s="6" t="s">
         <v>853</v>
       </c>
-      <c r="K126" s="5" t="s">
+      <c r="M126" s="5" t="s">
         <v>854</v>
-      </c>
-[...4 lines deleted...]
-        <v>856</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" s="5" t="s">
-        <v>857</v>
+        <v>855</v>
       </c>
       <c r="B127" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C127" s="5" t="s">
-        <v>563</v>
+        <v>15</v>
       </c>
       <c r="D127" s="5" t="s">
-        <v>33</v>
+        <v>420</v>
       </c>
       <c r="E127" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F127" s="5" t="s">
+        <v>849</v>
+      </c>
+      <c r="G127" s="5" t="s">
+        <v>856</v>
+      </c>
+      <c r="H127" s="5" t="s">
+        <v>857</v>
+      </c>
+      <c r="I127" s="5" t="s">
         <v>858</v>
       </c>
-      <c r="F127" s="5" t="s">
+      <c r="J127" s="5" t="s">
         <v>859</v>
       </c>
-      <c r="G127" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H127" s="5" t="s">
+      <c r="K127" s="5" t="s">
         <v>860</v>
       </c>
-      <c r="I127" s="5" t="s">
+      <c r="L127" s="6" t="s">
         <v>861</v>
       </c>
-      <c r="J127" s="5" t="s">
+      <c r="M127" s="5" t="s">
         <v>862</v>
-      </c>
-[...7 lines deleted...]
-        <v>865</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" s="5" t="s">
-        <v>866</v>
+        <v>863</v>
       </c>
       <c r="B128" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C128" s="5" t="s">
-        <v>15</v>
+        <v>569</v>
       </c>
       <c r="D128" s="5" t="s">
-        <v>413</v>
+        <v>33</v>
       </c>
       <c r="E128" s="5" t="s">
-        <v>17</v>
+        <v>864</v>
       </c>
       <c r="F128" s="5" t="s">
-        <v>843</v>
-[...1 lines deleted...]
-      <c r="G128" s="5" t="s">
+        <v>865</v>
+      </c>
+      <c r="G128" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H128" s="5" t="s">
+        <v>866</v>
+      </c>
+      <c r="I128" s="5" t="s">
         <v>867</v>
       </c>
-      <c r="H128" s="5" t="s">
+      <c r="J128" s="5" t="s">
         <v>868</v>
       </c>
-      <c r="I128" s="5" t="s">
+      <c r="K128" s="5" t="s">
         <v>869</v>
       </c>
-      <c r="J128" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K128" s="5" t="s">
+      <c r="L128" s="6" t="s">
         <v>870</v>
       </c>
-      <c r="L128" s="6" t="s">
+      <c r="M128" s="5" t="s">
         <v>871</v>
-      </c>
-[...1 lines deleted...]
-        <v>872</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" s="5" t="s">
-        <v>873</v>
+        <v>872</v>
       </c>
       <c r="B129" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C129" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D129" s="5" t="s">
-        <v>413</v>
+        <v>420</v>
       </c>
       <c r="E129" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F129" s="5" t="s">
-        <v>843</v>
-[...4 lines deleted...]
-        </is>
+        <v>849</v>
+      </c>
+      <c r="G129" s="5" t="s">
+        <v>873</v>
       </c>
       <c r="H129" s="5" t="s">
         <v>874</v>
       </c>
-      <c r="I129" s="5"/>
+      <c r="I129" s="5" t="s">
+        <v>875</v>
+      </c>
       <c r="J129" s="5" t="s">
-        <v>875</v>
+        <v>257</v>
       </c>
       <c r="K129" s="5" t="s">
         <v>876</v>
       </c>
       <c r="L129" s="6" t="s">
         <v>877</v>
       </c>
       <c r="M129" s="5" t="s">
         <v>878</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" s="5" t="s">
         <v>879</v>
       </c>
       <c r="B130" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C130" s="5" t="s">
-        <v>563</v>
+        <v>15</v>
       </c>
       <c r="D130" s="5" t="s">
-        <v>180</v>
+        <v>420</v>
       </c>
       <c r="E130" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F130" s="5" t="s">
+        <v>849</v>
+      </c>
+      <c r="G130" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H130" s="5" t="s">
         <v>880</v>
       </c>
-      <c r="F130" s="5" t="s">
-[...7 lines deleted...]
-      <c r="H130" s="5" t="s">
+      <c r="I130" s="5"/>
+      <c r="J130" s="5" t="s">
         <v>881</v>
       </c>
-      <c r="I130" s="5" t="s">
+      <c r="K130" s="5" t="s">
         <v>882</v>
       </c>
-      <c r="J130" s="5" t="s">
+      <c r="L130" s="6" t="s">
         <v>883</v>
       </c>
-      <c r="K130" s="5" t="s">
+      <c r="M130" s="5" t="s">
         <v>884</v>
-      </c>
-[...4 lines deleted...]
-        <v>886</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" s="5" t="s">
-        <v>887</v>
+        <v>885</v>
       </c>
       <c r="B131" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C131" s="5" t="s">
-        <v>15</v>
+        <v>569</v>
       </c>
       <c r="D131" s="5" t="s">
-        <v>413</v>
+        <v>180</v>
       </c>
       <c r="E131" s="5" t="s">
-        <v>17</v>
+        <v>886</v>
       </c>
       <c r="F131" s="5" t="s">
-        <v>843</v>
-[...1 lines deleted...]
-      <c r="G131" s="5" t="s">
+        <v>865</v>
+      </c>
+      <c r="G131" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H131" s="5" t="s">
+        <v>887</v>
+      </c>
+      <c r="I131" s="5" t="s">
         <v>888</v>
       </c>
-      <c r="H131" s="5" t="s">
+      <c r="J131" s="5" t="s">
         <v>889</v>
       </c>
-      <c r="I131" s="5" t="s">
+      <c r="K131" s="5" t="s">
         <v>890</v>
       </c>
-      <c r="J131" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K131" s="5" t="s">
+      <c r="L131" s="6" t="s">
         <v>891</v>
       </c>
-      <c r="L131" s="6" t="s">
+      <c r="M131" s="5" t="s">
         <v>892</v>
-      </c>
-[...1 lines deleted...]
-        <v>893</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" s="5" t="s">
-        <v>894</v>
+        <v>893</v>
       </c>
       <c r="B132" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C132" s="5" t="s">
-        <v>34</v>
+        <v>15</v>
       </c>
       <c r="D132" s="5" t="s">
-        <v>563</v>
-[...4 lines deleted...]
-        </is>
+        <v>420</v>
+      </c>
+      <c r="E132" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F132" s="5" t="s">
+        <v>849</v>
+      </c>
+      <c r="G132" s="5" t="s">
+        <v>894</v>
+      </c>
+      <c r="H132" s="5" t="s">
         <v>895</v>
       </c>
-      <c r="G132" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H132" s="5" t="s">
+      <c r="I132" s="5" t="s">
         <v>896</v>
       </c>
-      <c r="I132" s="5" t="s">
+      <c r="J132" s="5" t="s">
+        <v>477</v>
+      </c>
+      <c r="K132" s="5" t="s">
         <v>897</v>
       </c>
-      <c r="J132" s="5" t="s">
+      <c r="L132" s="6" t="s">
         <v>898</v>
       </c>
-      <c r="K132" s="5" t="s">
+      <c r="M132" s="5" t="s">
         <v>899</v>
-      </c>
-[...4 lines deleted...]
-        <v>901</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" s="5" t="s">
-        <v>902</v>
+        <v>900</v>
       </c>
       <c r="B133" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C133" s="5" t="s">
-        <v>15</v>
+        <v>34</v>
       </c>
       <c r="D133" s="5" t="s">
-        <v>413</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>569</v>
+      </c>
+      <c r="E133" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F133" s="5" t="s">
-        <v>843</v>
-[...1 lines deleted...]
-      <c r="G133" s="5" t="s">
+        <v>901</v>
+      </c>
+      <c r="G133" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H133" s="5" t="s">
+        <v>902</v>
+      </c>
+      <c r="I133" s="5" t="s">
         <v>903</v>
       </c>
-      <c r="H133" s="5" t="s">
+      <c r="J133" s="5" t="s">
         <v>904</v>
       </c>
-      <c r="I133" s="5" t="s">
+      <c r="K133" s="5" t="s">
         <v>905</v>
       </c>
-      <c r="J133" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K133" s="5" t="s">
+      <c r="L133" s="6" t="s">
         <v>906</v>
       </c>
-      <c r="L133" s="6" t="s">
+      <c r="M133" s="5" t="s">
         <v>907</v>
-      </c>
-[...1 lines deleted...]
-        <v>908</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" s="5" t="s">
-        <v>909</v>
+        <v>908</v>
       </c>
       <c r="B134" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C134" s="5" t="s">
-        <v>111</v>
+        <v>15</v>
       </c>
       <c r="D134" s="5" t="s">
-        <v>112</v>
+        <v>420</v>
       </c>
       <c r="E134" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F134" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="F134" s="5" t="s">
+        <v>849</v>
+      </c>
+      <c r="G134" s="5" t="s">
+        <v>909</v>
       </c>
       <c r="H134" s="5" t="s">
         <v>910</v>
       </c>
       <c r="I134" s="5" t="s">
         <v>911</v>
       </c>
       <c r="J134" s="5" t="s">
+        <v>257</v>
+      </c>
+      <c r="K134" s="5" t="s">
         <v>912</v>
       </c>
-      <c r="K134" s="5" t="s">
+      <c r="L134" s="6" t="s">
         <v>913</v>
       </c>
-      <c r="L134" s="6" t="s">
+      <c r="M134" s="5" t="s">
         <v>914</v>
-      </c>
-[...1 lines deleted...]
-        <v>915</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" s="5" t="s">
-        <v>916</v>
+        <v>915</v>
       </c>
       <c r="B135" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C135" s="5" t="s">
-        <v>563</v>
+        <v>111</v>
       </c>
       <c r="D135" s="5" t="s">
-        <v>180</v>
+        <v>112</v>
       </c>
       <c r="E135" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F135" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G135" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H135" s="5" t="s">
+        <v>916</v>
+      </c>
+      <c r="I135" s="5" t="s">
         <v>917</v>
       </c>
-      <c r="F135" s="5" t="s">
-[...7 lines deleted...]
-      <c r="H135" s="5" t="s">
+      <c r="J135" s="5" t="s">
         <v>918</v>
       </c>
-      <c r="I135" s="5" t="s">
+      <c r="K135" s="5" t="s">
         <v>919</v>
       </c>
-      <c r="J135" s="5" t="s">
+      <c r="L135" s="6" t="s">
         <v>920</v>
       </c>
-      <c r="K135" s="5" t="s">
+      <c r="M135" s="5" t="s">
         <v>921</v>
-      </c>
-[...4 lines deleted...]
-        <v>923</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" s="5" t="s">
-        <v>924</v>
+        <v>922</v>
       </c>
       <c r="B136" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C136" s="5" t="s">
-        <v>563</v>
+        <v>569</v>
       </c>
       <c r="D136" s="5" t="s">
         <v>180</v>
       </c>
       <c r="E136" s="5" t="s">
+        <v>923</v>
+      </c>
+      <c r="F136" s="5" t="s">
+        <v>865</v>
+      </c>
+      <c r="G136" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H136" s="5" t="s">
+        <v>924</v>
+      </c>
+      <c r="I136" s="5" t="s">
         <v>925</v>
       </c>
-      <c r="F136" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H136" s="5" t="s">
+      <c r="J136" s="5" t="s">
         <v>926</v>
       </c>
-      <c r="I136" s="5"/>
-      <c r="J136" s="5" t="s">
+      <c r="K136" s="5" t="s">
         <v>927</v>
       </c>
-      <c r="K136" s="5" t="s">
+      <c r="L136" s="6" t="s">
         <v>928</v>
       </c>
-      <c r="L136" s="6" t="s">
+      <c r="M136" s="5" t="s">
         <v>929</v>
-      </c>
-[...1 lines deleted...]
-        <v>930</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" s="5" t="s">
-        <v>931</v>
+        <v>930</v>
       </c>
       <c r="B137" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C137" s="5" t="s">
-        <v>34</v>
+        <v>569</v>
       </c>
       <c r="D137" s="5" t="s">
-        <v>563</v>
+        <v>180</v>
       </c>
       <c r="E137" s="5" t="s">
+        <v>931</v>
+      </c>
+      <c r="F137" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G137" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H137" s="5" t="s">
         <v>932</v>
       </c>
-      <c r="F137" s="5" t="s">
-[...7 lines deleted...]
-      <c r="H137" s="5" t="s">
+      <c r="I137" s="5"/>
+      <c r="J137" s="5" t="s">
         <v>933</v>
       </c>
-      <c r="I137" s="5" t="s">
+      <c r="K137" s="5" t="s">
         <v>934</v>
       </c>
-      <c r="J137" s="5" t="s">
+      <c r="L137" s="6" t="s">
         <v>935</v>
       </c>
-      <c r="K137" s="5" t="s">
+      <c r="M137" s="5" t="s">
         <v>936</v>
-      </c>
-[...4 lines deleted...]
-        <v>938</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" s="5" t="s">
-        <v>939</v>
+        <v>937</v>
       </c>
       <c r="B138" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C138" s="5" t="s">
-        <v>121</v>
+        <v>34</v>
       </c>
       <c r="D138" s="5" t="s">
-        <v>16</v>
+        <v>569</v>
       </c>
       <c r="E138" s="5" t="s">
-        <v>17</v>
+        <v>938</v>
       </c>
       <c r="F138" s="5" t="s">
-        <v>18</v>
+        <v>901</v>
       </c>
       <c r="G138" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H138" s="5" t="s">
+        <v>939</v>
+      </c>
+      <c r="I138" s="5" t="s">
         <v>940</v>
       </c>
-      <c r="I138" s="5" t="s">
+      <c r="J138" s="5" t="s">
         <v>941</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
       <c r="K138" s="5" t="s">
         <v>942</v>
       </c>
       <c r="L138" s="6" t="s">
         <v>943</v>
       </c>
       <c r="M138" s="5" t="s">
         <v>944</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" s="5" t="s">
         <v>945</v>
       </c>
       <c r="B139" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C139" s="5" t="s">
+        <v>121</v>
+      </c>
+      <c r="D139" s="5" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>121</v>
       </c>
       <c r="E139" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F139" s="5" t="inlineStr">
-[...5 lines deleted...]
-        <v>779</v>
+      <c r="F139" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G139" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H139" s="5" t="s">
         <v>946</v>
       </c>
       <c r="I139" s="5" t="s">
         <v>947</v>
       </c>
       <c r="J139" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K139" s="5" t="s">
         <v>948</v>
       </c>
       <c r="L139" s="6" t="s">
         <v>949</v>
       </c>
       <c r="M139" s="5" t="s">
         <v>950</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" s="5" t="s">
         <v>951</v>
       </c>
       <c r="B140" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C140" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D140" s="5" t="s">
         <v>121</v>
       </c>
       <c r="E140" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F140" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G140" s="5" t="s">
-        <v>925</v>
+        <v>785</v>
       </c>
       <c r="H140" s="5" t="s">
         <v>952</v>
       </c>
       <c r="I140" s="5" t="s">
         <v>953</v>
       </c>
       <c r="J140" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K140" s="5" t="s">
         <v>954</v>
       </c>
       <c r="L140" s="6" t="s">
         <v>955</v>
       </c>
       <c r="M140" s="5" t="s">
         <v>956</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" s="5" t="s">
         <v>957</v>
       </c>
       <c r="B141" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C141" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D141" s="5" t="s">
         <v>121</v>
       </c>
-      <c r="D141" s="5" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="E141" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F141" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G141" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G141" s="5" t="s">
+        <v>931</v>
       </c>
       <c r="H141" s="5" t="s">
         <v>958</v>
       </c>
       <c r="I141" s="5" t="s">
         <v>959</v>
       </c>
       <c r="J141" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K141" s="5" t="s">
         <v>960</v>
       </c>
       <c r="L141" s="6" t="s">
         <v>961</v>
       </c>
       <c r="M141" s="5" t="s">
         <v>962</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" s="5" t="s">
         <v>963</v>
       </c>
       <c r="B142" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C142" s="5" t="s">
+        <v>121</v>
+      </c>
+      <c r="D142" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D142" s="5" t="s">
-[...6 lines deleted...]
-        <v>925</v>
+      <c r="E142" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F142" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G142" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H142" s="5" t="s">
         <v>964</v>
       </c>
       <c r="I142" s="5" t="s">
         <v>965</v>
       </c>
       <c r="J142" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K142" s="5" t="s">
         <v>966</v>
       </c>
       <c r="L142" s="6" t="s">
         <v>967</v>
       </c>
       <c r="M142" s="5" t="s">
         <v>968</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" s="5" t="s">
-        <v>963</v>
+        <v>969</v>
       </c>
       <c r="B143" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C143" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D143" s="5" t="s">
         <v>121</v>
       </c>
-      <c r="D143" s="5" t="s">
-[...10 lines deleted...]
-        </is>
+      <c r="E143" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F143" s="5" t="s">
+        <v>931</v>
       </c>
       <c r="G143" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H143" s="5" t="s">
-        <v>969</v>
+        <v>970</v>
       </c>
       <c r="I143" s="5" t="s">
-        <v>970</v>
+        <v>971</v>
       </c>
       <c r="J143" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K143" s="5" t="s">
-        <v>971</v>
+        <v>972</v>
       </c>
       <c r="L143" s="6" t="s">
-        <v>972</v>
+        <v>973</v>
       </c>
       <c r="M143" s="5" t="s">
-        <v>973</v>
+        <v>974</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" s="5" t="s">
-        <v>974</v>
+        <v>969</v>
       </c>
       <c r="B144" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C144" s="5" t="s">
         <v>121</v>
       </c>
       <c r="D144" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E144" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F144" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G144" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
@@ -26655,18178 +27614,19127 @@
       </c>
       <c r="I144" s="5" t="s">
         <v>976</v>
       </c>
       <c r="J144" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K144" s="5" t="s">
         <v>977</v>
       </c>
       <c r="L144" s="6" t="s">
         <v>978</v>
       </c>
       <c r="M144" s="5" t="s">
         <v>979</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" s="5" t="s">
         <v>980</v>
       </c>
       <c r="B145" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C145" s="5" t="s">
+        <v>121</v>
+      </c>
+      <c r="D145" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D145" s="5" t="s">
-[...3 lines deleted...]
-        <v>17</v>
+      <c r="E145" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F145" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G145" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H145" s="5" t="s">
         <v>981</v>
       </c>
       <c r="I145" s="5" t="s">
         <v>982</v>
       </c>
       <c r="J145" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K145" s="5" t="s">
         <v>983</v>
       </c>
       <c r="L145" s="6" t="s">
         <v>984</v>
       </c>
       <c r="M145" s="5" t="s">
         <v>985</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" s="5" t="s">
-        <v>980</v>
+        <v>986</v>
       </c>
       <c r="B146" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C146" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D146" s="5" t="s">
         <v>121</v>
       </c>
-      <c r="D146" s="5" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="E146" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F146" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G146" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H146" s="5" t="s">
-        <v>986</v>
+        <v>987</v>
       </c>
       <c r="I146" s="5" t="s">
-        <v>987</v>
+        <v>988</v>
       </c>
       <c r="J146" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K146" s="5" t="s">
-        <v>988</v>
+        <v>989</v>
       </c>
       <c r="L146" s="6" t="s">
-        <v>989</v>
+        <v>990</v>
       </c>
       <c r="M146" s="5" t="s">
-        <v>990</v>
+        <v>991</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" s="5" t="s">
-        <v>980</v>
+        <v>986</v>
       </c>
       <c r="B147" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C147" s="5" t="s">
         <v>121</v>
       </c>
       <c r="D147" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E147" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F147" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G147" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H147" s="5" t="s">
-        <v>991</v>
+        <v>992</v>
       </c>
       <c r="I147" s="5" t="s">
-        <v>992</v>
+        <v>993</v>
       </c>
       <c r="J147" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K147" s="5" t="s">
-        <v>993</v>
+        <v>994</v>
       </c>
       <c r="L147" s="6" t="s">
-        <v>994</v>
+        <v>995</v>
       </c>
       <c r="M147" s="5" t="s">
-        <v>995</v>
+        <v>996</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" s="5" t="s">
-        <v>996</v>
+        <v>986</v>
       </c>
       <c r="B148" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C148" s="5" t="s">
+        <v>121</v>
+      </c>
+      <c r="D148" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D148" s="5" t="s">
-[...6 lines deleted...]
-        <v>925</v>
+      <c r="E148" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F148" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G148" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H148" s="5" t="s">
         <v>997</v>
       </c>
       <c r="I148" s="5" t="s">
         <v>998</v>
       </c>
       <c r="J148" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K148" s="5" t="s">
         <v>999</v>
       </c>
       <c r="L148" s="6" t="s">
         <v>1000</v>
       </c>
       <c r="M148" s="5" t="s">
         <v>1001</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" s="5" t="s">
         <v>1002</v>
       </c>
       <c r="B149" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C149" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D149" s="5" t="s">
         <v>121</v>
       </c>
       <c r="E149" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F149" s="5" t="s">
-        <v>925</v>
-[...1 lines deleted...]
-      <c r="G149" s="5" t="s">
+        <v>931</v>
+      </c>
+      <c r="G149" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H149" s="5" t="s">
         <v>1003</v>
       </c>
-      <c r="H149" s="5" t="s">
+      <c r="I149" s="5" t="s">
         <v>1004</v>
-      </c>
-[...1 lines deleted...]
-        <v>1005</v>
       </c>
       <c r="J149" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K149" s="5" t="s">
+        <v>1005</v>
+      </c>
+      <c r="L149" s="6" t="s">
         <v>1006</v>
       </c>
-      <c r="L149" s="6" t="s">
+      <c r="M149" s="5" t="s">
         <v>1007</v>
-      </c>
-[...1 lines deleted...]
-        <v>1008</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" s="5" t="s">
-        <v>1009</v>
+        <v>1008</v>
       </c>
       <c r="B150" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C150" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D150" s="5" t="s">
         <v>121</v>
       </c>
       <c r="E150" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F150" s="5" t="s">
-        <v>925</v>
-[...4 lines deleted...]
-        </is>
+        <v>931</v>
+      </c>
+      <c r="G150" s="5" t="s">
+        <v>1009</v>
       </c>
       <c r="H150" s="5" t="s">
         <v>1010</v>
       </c>
       <c r="I150" s="5" t="s">
         <v>1011</v>
       </c>
       <c r="J150" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K150" s="5" t="s">
         <v>1012</v>
       </c>
       <c r="L150" s="6" t="s">
         <v>1013</v>
       </c>
       <c r="M150" s="5" t="s">
         <v>1014</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" s="5" t="s">
         <v>1015</v>
       </c>
       <c r="B151" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C151" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D151" s="5" t="s">
         <v>121</v>
       </c>
       <c r="E151" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F151" s="5" t="s">
-        <v>925</v>
+        <v>931</v>
       </c>
       <c r="G151" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H151" s="5" t="s">
         <v>1016</v>
       </c>
       <c r="I151" s="5" t="s">
         <v>1017</v>
       </c>
       <c r="J151" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K151" s="5" t="s">
         <v>1018</v>
       </c>
       <c r="L151" s="6" t="s">
         <v>1019</v>
       </c>
       <c r="M151" s="5" t="s">
         <v>1020</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" s="5" t="s">
         <v>1021</v>
       </c>
       <c r="B152" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C152" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D152" s="5" t="s">
         <v>121</v>
       </c>
       <c r="E152" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F152" s="5" t="s">
-        <v>925</v>
-[...1 lines deleted...]
-      <c r="G152" s="5" t="s">
+        <v>931</v>
+      </c>
+      <c r="G152" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H152" s="5" t="s">
         <v>1022</v>
       </c>
-      <c r="H152" s="5" t="s">
+      <c r="I152" s="5" t="s">
         <v>1023</v>
-      </c>
-[...1 lines deleted...]
-        <v>1024</v>
       </c>
       <c r="J152" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K152" s="5" t="s">
+        <v>1024</v>
+      </c>
+      <c r="L152" s="6" t="s">
         <v>1025</v>
       </c>
-      <c r="L152" s="6" t="s">
+      <c r="M152" s="5" t="s">
         <v>1026</v>
-      </c>
-[...1 lines deleted...]
-        <v>1027</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" s="5" t="s">
-        <v>1028</v>
+        <v>1027</v>
       </c>
       <c r="B153" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C153" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D153" s="5" t="s">
         <v>121</v>
       </c>
       <c r="E153" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F153" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="F153" s="5" t="s">
+        <v>931</v>
+      </c>
+      <c r="G153" s="5" t="s">
+        <v>1028</v>
       </c>
       <c r="H153" s="5" t="s">
         <v>1029</v>
       </c>
       <c r="I153" s="5" t="s">
         <v>1030</v>
       </c>
       <c r="J153" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K153" s="5" t="s">
         <v>1031</v>
       </c>
       <c r="L153" s="6" t="s">
         <v>1032</v>
       </c>
       <c r="M153" s="5" t="s">
         <v>1033</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" s="5" t="s">
         <v>1034</v>
       </c>
       <c r="B154" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C154" s="5" t="s">
-        <v>34</v>
+        <v>16</v>
       </c>
       <c r="D154" s="5" t="s">
         <v>121</v>
       </c>
-      <c r="E154" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="E154" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F154" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G154" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H154" s="5" t="s">
         <v>1035</v>
       </c>
       <c r="I154" s="5" t="s">
         <v>1036</v>
       </c>
       <c r="J154" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="K154" s="5" t="s">
         <v>1037</v>
       </c>
-      <c r="K154" s="5" t="s">
+      <c r="L154" s="6" t="s">
         <v>1038</v>
       </c>
-      <c r="L154" s="6" t="s">
+      <c r="M154" s="5" t="s">
         <v>1039</v>
-      </c>
-[...1 lines deleted...]
-        <v>1040</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" s="5" t="s">
-        <v>1041</v>
+        <v>1040</v>
       </c>
       <c r="B155" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C155" s="5" t="s">
-        <v>15</v>
+        <v>34</v>
       </c>
       <c r="D155" s="5" t="s">
-        <v>413</v>
-[...4 lines deleted...]
-      <c r="F155" s="5" t="s">
+        <v>121</v>
+      </c>
+      <c r="E155" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F155" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G155" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H155" s="5" t="s">
+        <v>1041</v>
+      </c>
+      <c r="I155" s="5" t="s">
         <v>1042</v>
       </c>
-      <c r="G155" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H155" s="5" t="s">
+      <c r="J155" s="5" t="s">
         <v>1043</v>
       </c>
-      <c r="I155" s="5" t="s">
+      <c r="K155" s="5" t="s">
         <v>1044</v>
       </c>
-      <c r="J155" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K155" s="5" t="s">
+      <c r="L155" s="6" t="s">
         <v>1045</v>
       </c>
-      <c r="L155" s="6" t="s">
+      <c r="M155" s="5" t="s">
         <v>1046</v>
-      </c>
-[...1 lines deleted...]
-        <v>1047</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" s="5" t="s">
-        <v>1048</v>
+        <v>1047</v>
       </c>
       <c r="B156" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C156" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D156" s="5" t="s">
-        <v>413</v>
+        <v>420</v>
       </c>
       <c r="E156" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F156" s="5" t="s">
-        <v>1042</v>
+        <v>1048</v>
       </c>
       <c r="G156" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H156" s="5" t="s">
         <v>1049</v>
       </c>
       <c r="I156" s="5" t="s">
         <v>1050</v>
       </c>
       <c r="J156" s="5" t="s">
         <v>257</v>
       </c>
       <c r="K156" s="5" t="s">
         <v>1051</v>
       </c>
       <c r="L156" s="6" t="s">
         <v>1052</v>
       </c>
       <c r="M156" s="5" t="s">
         <v>1053</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" s="5" t="s">
         <v>1054</v>
       </c>
       <c r="B157" s="5" t="s">
-        <v>644</v>
+        <v>14</v>
       </c>
       <c r="C157" s="5" t="s">
-        <v>16</v>
-[...14 lines deleted...]
-        </is>
+        <v>15</v>
+      </c>
+      <c r="D157" s="5" t="s">
+        <v>420</v>
+      </c>
+      <c r="E157" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F157" s="5" t="s">
+        <v>1048</v>
       </c>
       <c r="G157" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H157" s="5" t="s">
         <v>1055</v>
       </c>
-      <c r="I157" s="5"/>
-[...8 lines deleted...]
-        </is>
+      <c r="I157" s="5" t="s">
+        <v>1056</v>
+      </c>
+      <c r="J157" s="5" t="s">
+        <v>257</v>
+      </c>
+      <c r="K157" s="5" t="s">
+        <v>1057</v>
       </c>
       <c r="L157" s="6" t="s">
-        <v>1056</v>
-[...1 lines deleted...]
-      <c r="M157" s="5"/>
+        <v>1058</v>
+      </c>
+      <c r="M157" s="5" t="s">
+        <v>1059</v>
+      </c>
     </row>
     <row r="158">
       <c r="A158" s="5" t="s">
-        <v>1057</v>
+        <v>1060</v>
       </c>
       <c r="B158" s="5" t="s">
-        <v>644</v>
+        <v>650</v>
       </c>
       <c r="C158" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D158" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E158" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F158" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G158" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H158" s="5" t="s">
-        <v>1058</v>
+        <v>1061</v>
       </c>
       <c r="I158" s="5"/>
       <c r="J158" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K158" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L158" s="6" t="s">
-        <v>1059</v>
+        <v>1062</v>
       </c>
       <c r="M158" s="5"/>
     </row>
     <row r="159">
       <c r="A159" s="5" t="s">
-        <v>1060</v>
+        <v>1063</v>
       </c>
       <c r="B159" s="5" t="s">
-        <v>644</v>
+        <v>650</v>
       </c>
       <c r="C159" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D159" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E159" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F159" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G159" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H159" s="5" t="s">
-        <v>1061</v>
+        <v>1064</v>
       </c>
       <c r="I159" s="5"/>
       <c r="J159" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K159" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L159" s="6" t="s">
-        <v>1062</v>
+        <v>1065</v>
       </c>
       <c r="M159" s="5"/>
     </row>
     <row r="160">
       <c r="A160" s="5" t="s">
-        <v>1063</v>
+        <v>1066</v>
       </c>
       <c r="B160" s="5" t="s">
-        <v>14</v>
+        <v>650</v>
       </c>
       <c r="C160" s="5" t="s">
-        <v>15</v>
-[...5 lines deleted...]
-        <v>17</v>
+        <v>16</v>
+      </c>
+      <c r="D160" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E160" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F160" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G160" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H160" s="5" t="s">
-        <v>1064</v>
-[...7 lines deleted...]
-      <c r="K160" s="5" t="s">
         <v>1067</v>
+      </c>
+      <c r="I160" s="5"/>
+      <c r="J160" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K160" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L160" s="6" t="s">
         <v>1068</v>
       </c>
-      <c r="M160" s="5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M160" s="5"/>
     </row>
     <row r="161">
       <c r="A161" s="5" t="s">
-        <v>1070</v>
+        <v>1069</v>
       </c>
       <c r="B161" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C161" s="5" t="s">
-        <v>34</v>
+        <v>15</v>
       </c>
       <c r="D161" s="5" t="s">
-        <v>33</v>
+        <v>420</v>
       </c>
       <c r="E161" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F161" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G161" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H161" s="5" t="s">
+        <v>1070</v>
+      </c>
+      <c r="I161" s="5" t="s">
         <v>1071</v>
       </c>
-      <c r="F161" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H161" s="5" t="s">
+      <c r="J161" s="5" t="s">
         <v>1072</v>
       </c>
-      <c r="I161" s="5" t="s">
+      <c r="K161" s="5" t="s">
         <v>1073</v>
       </c>
-      <c r="J161" s="5" t="s">
+      <c r="L161" s="6" t="s">
         <v>1074</v>
       </c>
-      <c r="K161" s="5" t="s">
+      <c r="M161" s="5" t="s">
         <v>1075</v>
-      </c>
-[...4 lines deleted...]
-        <v>1077</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" s="5" t="s">
-        <v>1078</v>
+        <v>1076</v>
       </c>
       <c r="B162" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C162" s="5" t="s">
-        <v>121</v>
+        <v>34</v>
       </c>
       <c r="D162" s="5" t="s">
-        <v>16</v>
-[...7 lines deleted...]
-        <v>18</v>
+        <v>33</v>
+      </c>
+      <c r="E162" s="5" t="s">
+        <v>1077</v>
+      </c>
+      <c r="F162" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G162" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H162" s="5" t="s">
+        <v>1078</v>
+      </c>
+      <c r="I162" s="5" t="s">
         <v>1079</v>
       </c>
-      <c r="I162" s="5" t="s">
+      <c r="J162" s="5" t="s">
         <v>1080</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
       <c r="K162" s="5" t="s">
         <v>1081</v>
       </c>
       <c r="L162" s="6" t="s">
         <v>1082</v>
       </c>
       <c r="M162" s="5" t="s">
         <v>1083</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" s="5" t="s">
         <v>1084</v>
       </c>
       <c r="B163" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C163" s="5" t="s">
-        <v>563</v>
+        <v>121</v>
       </c>
       <c r="D163" s="5" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="E163" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E163" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F163" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G163" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H163" s="5" t="s">
         <v>1085</v>
       </c>
-      <c r="F163" s="5" t="s">
+      <c r="I163" s="5" t="s">
         <v>1086</v>
       </c>
-      <c r="G163" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H163" s="5" t="s">
+      <c r="J163" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="K163" s="5" t="s">
         <v>1087</v>
       </c>
-      <c r="I163" s="5" t="s">
+      <c r="L163" s="6" t="s">
         <v>1088</v>
       </c>
-      <c r="J163" s="5" t="s">
+      <c r="M163" s="5" t="s">
         <v>1089</v>
-      </c>
-[...7 lines deleted...]
-        <v>1092</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" s="5" t="s">
-        <v>1093</v>
+        <v>1090</v>
       </c>
       <c r="B164" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C164" s="5" t="s">
-        <v>563</v>
+        <v>569</v>
       </c>
       <c r="D164" s="5" t="s">
         <v>34</v>
       </c>
       <c r="E164" s="5" t="s">
-        <v>17</v>
+        <v>1091</v>
       </c>
       <c r="F164" s="5" t="s">
+        <v>1092</v>
+      </c>
+      <c r="G164" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H164" s="5" t="s">
+        <v>1093</v>
+      </c>
+      <c r="I164" s="5" t="s">
         <v>1094</v>
       </c>
-      <c r="G164" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H164" s="5" t="s">
+      <c r="J164" s="5" t="s">
         <v>1095</v>
       </c>
-      <c r="I164" s="5" t="s">
+      <c r="K164" s="5" t="s">
         <v>1096</v>
       </c>
-      <c r="J164" s="5" t="s">
+      <c r="L164" s="6" t="s">
         <v>1097</v>
       </c>
-      <c r="K164" s="5" t="s">
+      <c r="M164" s="5" t="s">
         <v>1098</v>
-      </c>
-[...4 lines deleted...]
-        <v>1100</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" s="5" t="s">
-        <v>1101</v>
+        <v>1099</v>
       </c>
       <c r="B165" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C165" s="5" t="s">
+        <v>569</v>
+      </c>
+      <c r="D165" s="5" t="s">
         <v>34</v>
       </c>
-      <c r="D165" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E165" s="5" t="s">
-        <v>827</v>
+        <v>17</v>
       </c>
       <c r="F165" s="5" t="s">
+        <v>1100</v>
+      </c>
+      <c r="G165" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H165" s="5" t="s">
+        <v>1101</v>
+      </c>
+      <c r="I165" s="5" t="s">
         <v>1102</v>
       </c>
-      <c r="G165" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H165" s="5" t="s">
+      <c r="J165" s="5" t="s">
         <v>1103</v>
       </c>
-      <c r="I165" s="5" t="s">
+      <c r="K165" s="5" t="s">
         <v>1104</v>
       </c>
-      <c r="J165" s="5" t="s">
+      <c r="L165" s="6" t="s">
         <v>1105</v>
       </c>
-      <c r="K165" s="5" t="s">
+      <c r="M165" s="5" t="s">
         <v>1106</v>
-      </c>
-[...4 lines deleted...]
-        <v>1108</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" s="5" t="s">
-        <v>1109</v>
+        <v>1107</v>
       </c>
       <c r="B166" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C166" s="5" t="s">
-        <v>563</v>
+        <v>34</v>
       </c>
       <c r="D166" s="5" t="s">
-        <v>34</v>
+        <v>569</v>
       </c>
       <c r="E166" s="5" t="s">
-        <v>1102</v>
-[...4 lines deleted...]
-        </is>
+        <v>833</v>
+      </c>
+      <c r="F166" s="5" t="s">
+        <v>1108</v>
       </c>
       <c r="G166" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H166" s="5" t="s">
+        <v>1109</v>
+      </c>
+      <c r="I166" s="5" t="s">
         <v>1110</v>
       </c>
-      <c r="I166" s="5" t="s">
+      <c r="J166" s="5" t="s">
         <v>1111</v>
       </c>
-      <c r="J166" s="5" t="s">
+      <c r="K166" s="5" t="s">
         <v>1112</v>
       </c>
-      <c r="K166" s="5" t="s">
+      <c r="L166" s="6" t="s">
         <v>1113</v>
       </c>
-      <c r="L166" s="6" t="s">
+      <c r="M166" s="5" t="s">
         <v>1114</v>
-      </c>
-[...1 lines deleted...]
-        <v>1115</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" s="5" t="s">
-        <v>1116</v>
+        <v>1115</v>
       </c>
       <c r="B167" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C167" s="5" t="s">
-        <v>563</v>
+        <v>569</v>
       </c>
       <c r="D167" s="5" t="s">
         <v>34</v>
       </c>
       <c r="E167" s="5" t="s">
+        <v>1108</v>
+      </c>
+      <c r="F167" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G167" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H167" s="5" t="s">
+        <v>1116</v>
+      </c>
+      <c r="I167" s="5" t="s">
         <v>1117</v>
       </c>
-      <c r="F167" s="5" t="s">
-[...7 lines deleted...]
-      <c r="H167" s="5" t="s">
+      <c r="J167" s="5" t="s">
         <v>1118</v>
       </c>
-      <c r="I167" s="5" t="s">
+      <c r="K167" s="5" t="s">
         <v>1119</v>
       </c>
-      <c r="J167" s="5" t="s">
+      <c r="L167" s="6" t="s">
         <v>1120</v>
       </c>
-      <c r="K167" s="5" t="s">
+      <c r="M167" s="5" t="s">
         <v>1121</v>
-      </c>
-[...4 lines deleted...]
-        <v>1123</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" s="5" t="s">
-        <v>1124</v>
+        <v>1122</v>
       </c>
       <c r="B168" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C168" s="5" t="s">
-        <v>563</v>
+        <v>569</v>
       </c>
       <c r="D168" s="5" t="s">
         <v>34</v>
       </c>
       <c r="E168" s="5" t="s">
-        <v>1117</v>
+        <v>1123</v>
       </c>
       <c r="F168" s="5" t="s">
-        <v>1086</v>
+        <v>1092</v>
       </c>
       <c r="G168" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H168" s="5" t="s">
+        <v>1124</v>
+      </c>
+      <c r="I168" s="5" t="s">
         <v>1125</v>
       </c>
-      <c r="I168" s="5" t="s">
+      <c r="J168" s="5" t="s">
         <v>1126</v>
       </c>
-      <c r="J168" s="5" t="s">
+      <c r="K168" s="5" t="s">
         <v>1127</v>
       </c>
-      <c r="K168" s="5" t="s">
+      <c r="L168" s="6" t="s">
         <v>1128</v>
       </c>
-      <c r="L168" s="6" t="s">
+      <c r="M168" s="5" t="s">
         <v>1129</v>
-      </c>
-[...1 lines deleted...]
-        <v>1130</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" s="5" t="s">
-        <v>1131</v>
+        <v>1130</v>
       </c>
       <c r="B169" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C169" s="5" t="s">
+        <v>569</v>
+      </c>
+      <c r="D169" s="5" t="s">
         <v>34</v>
       </c>
-      <c r="D169" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E169" s="5" t="s">
+        <v>1123</v>
+      </c>
+      <c r="F169" s="5" t="s">
+        <v>1092</v>
+      </c>
+      <c r="G169" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H169" s="5" t="s">
+        <v>1131</v>
+      </c>
+      <c r="I169" s="5" t="s">
         <v>1132</v>
       </c>
-      <c r="F169" s="5" t="s">
+      <c r="J169" s="5" t="s">
         <v>1133</v>
       </c>
-      <c r="G169" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H169" s="5" t="s">
+      <c r="K169" s="5" t="s">
         <v>1134</v>
       </c>
-      <c r="I169" s="5" t="s">
+      <c r="L169" s="6" t="s">
         <v>1135</v>
       </c>
-      <c r="J169" s="5" t="s">
+      <c r="M169" s="5" t="s">
         <v>1136</v>
-      </c>
-[...7 lines deleted...]
-        <v>1139</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" s="5" t="s">
-        <v>1140</v>
+        <v>1137</v>
       </c>
       <c r="B170" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C170" s="5" t="s">
         <v>34</v>
       </c>
       <c r="D170" s="5" t="s">
-        <v>33</v>
+        <v>569</v>
       </c>
       <c r="E170" s="5" t="s">
+        <v>1138</v>
+      </c>
+      <c r="F170" s="5" t="s">
+        <v>1139</v>
+      </c>
+      <c r="G170" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H170" s="5" t="s">
+        <v>1140</v>
+      </c>
+      <c r="I170" s="5" t="s">
         <v>1141</v>
       </c>
-      <c r="F170" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H170" s="5" t="s">
+      <c r="J170" s="5" t="s">
         <v>1142</v>
       </c>
-      <c r="I170" s="5" t="s">
+      <c r="K170" s="5" t="s">
         <v>1143</v>
       </c>
-      <c r="J170" s="5" t="s">
+      <c r="L170" s="6" t="s">
         <v>1144</v>
       </c>
-      <c r="K170" s="5" t="s">
+      <c r="M170" s="5" t="s">
         <v>1145</v>
-      </c>
-[...4 lines deleted...]
-        <v>1147</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" s="5" t="s">
-        <v>1148</v>
+        <v>1146</v>
       </c>
       <c r="B171" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C171" s="5" t="s">
-        <v>15</v>
+        <v>34</v>
       </c>
       <c r="D171" s="5" t="s">
-        <v>16</v>
+        <v>33</v>
       </c>
       <c r="E171" s="5" t="s">
+        <v>1147</v>
+      </c>
+      <c r="F171" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G171" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H171" s="5" t="s">
+        <v>1148</v>
+      </c>
+      <c r="I171" s="5" t="s">
         <v>1149</v>
       </c>
-      <c r="F171" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H171" s="5" t="s">
+      <c r="J171" s="5" t="s">
         <v>1150</v>
       </c>
-      <c r="I171" s="5" t="s">
+      <c r="K171" s="5" t="s">
         <v>1151</v>
       </c>
-      <c r="J171" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K171" s="5" t="s">
+      <c r="L171" s="6" t="s">
         <v>1152</v>
       </c>
-      <c r="L171" s="6" t="s">
+      <c r="M171" s="5" t="s">
         <v>1153</v>
-      </c>
-[...1 lines deleted...]
-        <v>1154</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" s="5" t="s">
+        <v>1154</v>
+      </c>
+      <c r="B172" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C172" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D172" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E172" s="5" t="s">
         <v>1155</v>
-      </c>
-[...14 lines deleted...]
-        </is>
       </c>
       <c r="F172" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G172" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H172" s="5" t="s">
         <v>1156</v>
       </c>
-      <c r="I172" s="5"/>
-[...3 lines deleted...]
-        </is>
+      <c r="I172" s="5" t="s">
+        <v>1157</v>
+      </c>
+      <c r="J172" s="5" t="s">
+        <v>22</v>
       </c>
       <c r="K172" s="5" t="s">
-        <v>1157</v>
+        <v>1158</v>
       </c>
       <c r="L172" s="6" t="s">
-        <v>1158</v>
-[...1 lines deleted...]
-      <c r="M172" s="5"/>
+        <v>1159</v>
+      </c>
+      <c r="M172" s="5" t="s">
+        <v>1160</v>
+      </c>
     </row>
     <row r="173">
       <c r="A173" s="5" t="s">
-        <v>1159</v>
+        <v>1161</v>
       </c>
       <c r="B173" s="5" t="s">
-        <v>644</v>
+        <v>650</v>
       </c>
       <c r="C173" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D173" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E173" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F173" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G173" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H173" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H173" s="5" t="s">
+        <v>1162</v>
       </c>
       <c r="I173" s="5"/>
       <c r="J173" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K173" s="5" t="s">
-        <v>1157</v>
+        <v>1163</v>
       </c>
       <c r="L173" s="6" t="s">
-        <v>1160</v>
+        <v>1164</v>
       </c>
       <c r="M173" s="5"/>
     </row>
     <row r="174">
       <c r="A174" s="5" t="s">
-        <v>1161</v>
+        <v>1165</v>
       </c>
       <c r="B174" s="5" t="s">
-        <v>644</v>
+        <v>650</v>
       </c>
       <c r="C174" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D174" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E174" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F174" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G174" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H174" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I174" s="5"/>
       <c r="J174" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K174" s="5" t="s">
-        <v>1157</v>
+        <v>1163</v>
       </c>
       <c r="L174" s="6" t="s">
-        <v>1162</v>
+        <v>1166</v>
       </c>
       <c r="M174" s="5"/>
     </row>
     <row r="175">
       <c r="A175" s="5" t="s">
-        <v>1163</v>
+        <v>1167</v>
       </c>
       <c r="B175" s="5" t="s">
-        <v>14</v>
+        <v>650</v>
       </c>
       <c r="C175" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D175" s="5" t="s">
-[...18 lines deleted...]
-        <v>22</v>
+      <c r="D175" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E175" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F175" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G175" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H175" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I175" s="5"/>
+      <c r="J175" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K175" s="5" t="s">
-        <v>1167</v>
+        <v>1163</v>
       </c>
       <c r="L175" s="6" t="s">
         <v>1168</v>
       </c>
-      <c r="M175" s="5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M175" s="5"/>
     </row>
     <row r="176">
       <c r="A176" s="5" t="s">
-        <v>1170</v>
+        <v>1169</v>
       </c>
       <c r="B176" s="5" t="s">
-        <v>644</v>
+        <v>14</v>
       </c>
       <c r="C176" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D176" s="5" t="inlineStr">
-[...28 lines deleted...]
-        </is>
+      <c r="D176" s="5" t="s">
+        <v>121</v>
+      </c>
+      <c r="E176" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F176" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G176" s="5" t="s">
+        <v>1170</v>
+      </c>
+      <c r="H176" s="5" t="s">
+        <v>1171</v>
+      </c>
+      <c r="I176" s="5" t="s">
+        <v>1172</v>
+      </c>
+      <c r="J176" s="5" t="s">
+        <v>22</v>
       </c>
       <c r="K176" s="5" t="s">
-        <v>1157</v>
+        <v>1173</v>
       </c>
       <c r="L176" s="6" t="s">
-        <v>1171</v>
-[...1 lines deleted...]
-      <c r="M176" s="5"/>
+        <v>1174</v>
+      </c>
+      <c r="M176" s="5" t="s">
+        <v>1175</v>
+      </c>
     </row>
     <row r="177">
       <c r="A177" s="5" t="s">
-        <v>1172</v>
+        <v>1176</v>
       </c>
       <c r="B177" s="5" t="s">
-        <v>644</v>
+        <v>650</v>
       </c>
       <c r="C177" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D177" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E177" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F177" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G177" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H177" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I177" s="5"/>
       <c r="J177" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K177" s="5" t="s">
-        <v>1157</v>
+        <v>1163</v>
       </c>
       <c r="L177" s="6" t="s">
-        <v>1173</v>
+        <v>1177</v>
       </c>
       <c r="M177" s="5"/>
     </row>
     <row r="178">
       <c r="A178" s="5" t="s">
-        <v>1174</v>
+        <v>1178</v>
       </c>
       <c r="B178" s="5" t="s">
-        <v>644</v>
+        <v>650</v>
       </c>
       <c r="C178" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D178" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E178" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F178" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G178" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H178" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I178" s="5"/>
       <c r="J178" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K178" s="5" t="s">
-        <v>1157</v>
+        <v>1163</v>
       </c>
       <c r="L178" s="6" t="s">
-        <v>1175</v>
+        <v>1179</v>
       </c>
       <c r="M178" s="5"/>
     </row>
     <row r="179">
       <c r="A179" s="5" t="s">
-        <v>1176</v>
+        <v>1180</v>
       </c>
       <c r="B179" s="5" t="s">
-        <v>644</v>
+        <v>650</v>
       </c>
       <c r="C179" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D179" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E179" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F179" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G179" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H179" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I179" s="5"/>
       <c r="J179" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K179" s="5" t="s">
-        <v>1157</v>
+        <v>1163</v>
       </c>
       <c r="L179" s="6" t="s">
-        <v>1177</v>
+        <v>1181</v>
       </c>
       <c r="M179" s="5"/>
     </row>
     <row r="180">
       <c r="A180" s="5" t="s">
-        <v>1178</v>
+        <v>1182</v>
       </c>
       <c r="B180" s="5" t="s">
-        <v>644</v>
+        <v>650</v>
       </c>
       <c r="C180" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D180" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E180" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F180" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G180" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H180" s="5" t="s">
-        <v>1179</v>
+      <c r="H180" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I180" s="5"/>
       <c r="J180" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K180" s="5" t="s">
-        <v>1157</v>
+        <v>1163</v>
       </c>
       <c r="L180" s="6" t="s">
-        <v>1180</v>
+        <v>1183</v>
       </c>
       <c r="M180" s="5"/>
     </row>
     <row r="181">
       <c r="A181" s="5" t="s">
-        <v>1181</v>
+        <v>1184</v>
       </c>
       <c r="B181" s="5" t="s">
-        <v>644</v>
+        <v>650</v>
       </c>
       <c r="C181" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D181" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E181" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F181" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G181" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H181" s="5" t="s">
-        <v>1182</v>
+        <v>1185</v>
       </c>
       <c r="I181" s="5"/>
       <c r="J181" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K181" s="5" t="s">
-        <v>1157</v>
+        <v>1163</v>
       </c>
       <c r="L181" s="6" t="s">
-        <v>1183</v>
+        <v>1186</v>
       </c>
       <c r="M181" s="5"/>
     </row>
     <row r="182">
       <c r="A182" s="5" t="s">
-        <v>1184</v>
+        <v>1187</v>
       </c>
       <c r="B182" s="5" t="s">
-        <v>644</v>
+        <v>650</v>
       </c>
       <c r="C182" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D182" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E182" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F182" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G182" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H182" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H182" s="5" t="s">
+        <v>1188</v>
       </c>
       <c r="I182" s="5"/>
       <c r="J182" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K182" s="5" t="s">
-        <v>1157</v>
+        <v>1163</v>
       </c>
       <c r="L182" s="6" t="s">
-        <v>1185</v>
+        <v>1189</v>
       </c>
       <c r="M182" s="5"/>
     </row>
     <row r="183">
       <c r="A183" s="5" t="s">
-        <v>1186</v>
+        <v>1190</v>
       </c>
       <c r="B183" s="5" t="s">
-        <v>14</v>
+        <v>650</v>
       </c>
       <c r="C183" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D183" s="5" t="s">
-[...3 lines deleted...]
-        <v>17</v>
+      <c r="D183" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E183" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F183" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G183" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H183" s="5" t="s">
-[...6 lines deleted...]
-        <v>22</v>
+      <c r="H183" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I183" s="5"/>
+      <c r="J183" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K183" s="5" t="s">
-        <v>1189</v>
+        <v>1163</v>
       </c>
       <c r="L183" s="6" t="s">
-        <v>1190</v>
-[...1 lines deleted...]
-      <c r="M183" s="5" t="s">
         <v>1191</v>
       </c>
+      <c r="M183" s="5"/>
     </row>
     <row r="184">
       <c r="A184" s="5" t="s">
         <v>1192</v>
       </c>
       <c r="B184" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C184" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D184" s="5" t="s">
         <v>121</v>
       </c>
       <c r="E184" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F184" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G184" s="5" t="s">
+      <c r="G184" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H184" s="5" t="s">
         <v>1193</v>
       </c>
-      <c r="H184" s="5" t="s">
+      <c r="I184" s="5" t="s">
         <v>1194</v>
-      </c>
-[...1 lines deleted...]
-        <v>1195</v>
       </c>
       <c r="J184" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K184" s="5" t="s">
+        <v>1195</v>
+      </c>
+      <c r="L184" s="6" t="s">
         <v>1196</v>
       </c>
-      <c r="L184" s="6" t="s">
+      <c r="M184" s="5" t="s">
         <v>1197</v>
-      </c>
-[...1 lines deleted...]
-        <v>1198</v>
       </c>
     </row>
     <row r="185">
       <c r="A185" s="5" t="s">
-        <v>1199</v>
+        <v>1198</v>
       </c>
       <c r="B185" s="5" t="s">
         <v>14</v>
       </c>
-      <c r="C185" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="C185" s="5" t="s">
+        <v>16</v>
       </c>
       <c r="D185" s="5" t="s">
+        <v>121</v>
+      </c>
+      <c r="E185" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F185" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G185" s="5" t="s">
+        <v>1199</v>
+      </c>
+      <c r="H185" s="5" t="s">
         <v>1200</v>
-      </c>
-[...18 lines deleted...]
-        </is>
       </c>
       <c r="I185" s="5" t="s">
         <v>1201</v>
       </c>
       <c r="J185" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="K185" s="5" t="s">
         <v>1202</v>
-      </c>
-[...3 lines deleted...]
-        </is>
       </c>
       <c r="L185" s="6" t="s">
         <v>1203</v>
       </c>
       <c r="M185" s="5" t="s">
         <v>1204</v>
       </c>
     </row>
     <row r="186">
       <c r="A186" s="5" t="s">
         <v>1205</v>
       </c>
       <c r="B186" s="5" t="s">
         <v>14</v>
       </c>
-      <c r="C186" s="5" t="s">
-        <v>34</v>
+      <c r="C186" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="D186" s="5" t="s">
-        <v>563</v>
-[...5 lines deleted...]
-        <v>895</v>
+        <v>1206</v>
+      </c>
+      <c r="E186" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F186" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G186" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H186" s="5" t="s">
-        <v>1206</v>
+      <c r="H186" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I186" s="5" t="s">
         <v>1207</v>
       </c>
       <c r="J186" s="5" t="s">
         <v>1208</v>
       </c>
-      <c r="K186" s="5" t="s">
+      <c r="K186" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L186" s="6" t="s">
         <v>1209</v>
       </c>
-      <c r="L186" s="6" t="s">
+      <c r="M186" s="5" t="s">
         <v>1210</v>
-      </c>
-[...1 lines deleted...]
-        <v>1211</v>
       </c>
     </row>
     <row r="187">
       <c r="A187" s="5" t="s">
-        <v>1212</v>
+        <v>1211</v>
       </c>
       <c r="B187" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C187" s="5" t="s">
-        <v>121</v>
+        <v>34</v>
       </c>
       <c r="D187" s="5" t="s">
-        <v>16</v>
-[...4 lines deleted...]
-        </is>
+        <v>569</v>
+      </c>
+      <c r="E187" s="5" t="s">
+        <v>123</v>
       </c>
       <c r="F187" s="5" t="s">
-        <v>113</v>
+        <v>901</v>
       </c>
       <c r="G187" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H187" s="5" t="s">
+        <v>1212</v>
+      </c>
+      <c r="I187" s="5" t="s">
         <v>1213</v>
       </c>
-      <c r="I187" s="5" t="s">
+      <c r="J187" s="5" t="s">
         <v>1214</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
       <c r="K187" s="5" t="s">
         <v>1215</v>
       </c>
       <c r="L187" s="6" t="s">
         <v>1216</v>
       </c>
       <c r="M187" s="5" t="s">
         <v>1217</v>
       </c>
     </row>
     <row r="188">
       <c r="A188" s="5" t="s">
         <v>1218</v>
       </c>
       <c r="B188" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C188" s="5" t="s">
-        <v>563</v>
+        <v>121</v>
       </c>
       <c r="D188" s="5" t="s">
-        <v>34</v>
-[...7 lines deleted...]
-        </is>
+        <v>16</v>
+      </c>
+      <c r="E188" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F188" s="5" t="s">
+        <v>113</v>
       </c>
       <c r="G188" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H188" s="5" t="s">
         <v>1219</v>
       </c>
       <c r="I188" s="5" t="s">
         <v>1220</v>
       </c>
       <c r="J188" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="K188" s="5" t="s">
         <v>1221</v>
       </c>
-      <c r="K188" s="5" t="s">
+      <c r="L188" s="6" t="s">
         <v>1222</v>
       </c>
-      <c r="L188" s="6" t="s">
+      <c r="M188" s="5" t="s">
         <v>1223</v>
-      </c>
-[...1 lines deleted...]
-        <v>1224</v>
       </c>
     </row>
     <row r="189">
       <c r="A189" s="5" t="s">
-        <v>1225</v>
+        <v>1224</v>
       </c>
       <c r="B189" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C189" s="5" t="s">
+        <v>569</v>
+      </c>
+      <c r="D189" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="E189" s="5" t="s">
+        <v>931</v>
+      </c>
+      <c r="F189" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G189" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H189" s="5" t="s">
+        <v>1225</v>
+      </c>
+      <c r="I189" s="5" t="s">
         <v>1226</v>
       </c>
-      <c r="D189" s="5" t="s">
-[...17 lines deleted...]
-      <c r="H189" s="5" t="s">
+      <c r="J189" s="5" t="s">
         <v>1227</v>
       </c>
-      <c r="I189" s="5"/>
-      <c r="J189" s="5" t="s">
+      <c r="K189" s="5" t="s">
         <v>1228</v>
       </c>
-      <c r="K189" s="5" t="s">
+      <c r="L189" s="6" t="s">
         <v>1229</v>
       </c>
-      <c r="L189" s="6" t="s">
+      <c r="M189" s="5" t="s">
         <v>1230</v>
-      </c>
-[...1 lines deleted...]
-        <v>1231</v>
       </c>
     </row>
     <row r="190">
       <c r="A190" s="5" t="s">
-        <v>1232</v>
+        <v>1231</v>
       </c>
       <c r="B190" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C190" s="5" t="s">
-        <v>34</v>
+        <v>1232</v>
       </c>
       <c r="D190" s="5" t="s">
-        <v>563</v>
-[...1 lines deleted...]
-      <c r="E190" s="5" t="s">
+        <v>1206</v>
+      </c>
+      <c r="E190" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F190" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G190" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H190" s="5" t="s">
         <v>1233</v>
       </c>
-      <c r="F190" s="5" t="s">
-[...7 lines deleted...]
-      <c r="H190" s="5" t="s">
+      <c r="I190" s="5"/>
+      <c r="J190" s="5" t="s">
         <v>1234</v>
       </c>
-      <c r="I190" s="5" t="s">
+      <c r="K190" s="5" t="s">
         <v>1235</v>
       </c>
-      <c r="J190" s="5" t="s">
+      <c r="L190" s="6" t="s">
         <v>1236</v>
       </c>
-      <c r="K190" s="5" t="s">
+      <c r="M190" s="5" t="s">
         <v>1237</v>
-      </c>
-[...4 lines deleted...]
-        <v>1239</v>
       </c>
     </row>
     <row r="191">
       <c r="A191" s="5" t="s">
-        <v>1240</v>
+        <v>1238</v>
       </c>
       <c r="B191" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C191" s="5" t="s">
         <v>34</v>
       </c>
       <c r="D191" s="5" t="s">
-        <v>563</v>
+        <v>569</v>
       </c>
       <c r="E191" s="5" t="s">
-        <v>17</v>
+        <v>1239</v>
       </c>
       <c r="F191" s="5" t="s">
-        <v>895</v>
+        <v>901</v>
       </c>
       <c r="G191" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H191" s="5" t="s">
+        <v>1240</v>
+      </c>
+      <c r="I191" s="5" t="s">
         <v>1241</v>
       </c>
-      <c r="I191" s="5" t="s">
+      <c r="J191" s="5" t="s">
         <v>1242</v>
       </c>
-      <c r="J191" s="5" t="s">
+      <c r="K191" s="5" t="s">
         <v>1243</v>
       </c>
-      <c r="K191" s="5" t="s">
+      <c r="L191" s="6" t="s">
         <v>1244</v>
       </c>
-      <c r="L191" s="6" t="s">
+      <c r="M191" s="5" t="s">
         <v>1245</v>
-      </c>
-[...1 lines deleted...]
-        <v>1246</v>
       </c>
     </row>
     <row r="192">
       <c r="A192" s="5" t="s">
+        <v>1246</v>
+      </c>
+      <c r="B192" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C192" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="D192" s="5" t="s">
+        <v>569</v>
+      </c>
+      <c r="E192" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F192" s="5" t="s">
+        <v>901</v>
+      </c>
+      <c r="G192" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H192" s="5" t="s">
         <v>1247</v>
       </c>
-      <c r="B192" s="5" t="s">
-[...34 lines deleted...]
-        </is>
+      <c r="I192" s="5" t="s">
+        <v>1248</v>
+      </c>
+      <c r="J192" s="5" t="s">
+        <v>1249</v>
       </c>
       <c r="K192" s="5" t="s">
-        <v>1157</v>
+        <v>1250</v>
       </c>
       <c r="L192" s="6" t="s">
-        <v>1248</v>
-[...1 lines deleted...]
-      <c r="M192" s="5"/>
+        <v>1251</v>
+      </c>
+      <c r="M192" s="5" t="s">
+        <v>1252</v>
+      </c>
     </row>
     <row r="193">
       <c r="A193" s="5" t="s">
-        <v>1249</v>
+        <v>1253</v>
       </c>
       <c r="B193" s="5" t="s">
-        <v>644</v>
+        <v>650</v>
       </c>
       <c r="C193" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D193" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E193" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F193" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G193" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H193" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I193" s="5"/>
       <c r="J193" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K193" s="5" t="s">
-        <v>1157</v>
+        <v>1163</v>
       </c>
       <c r="L193" s="6" t="s">
-        <v>1250</v>
+        <v>1254</v>
       </c>
       <c r="M193" s="5"/>
     </row>
     <row r="194">
       <c r="A194" s="5" t="s">
-        <v>1251</v>
+        <v>1255</v>
       </c>
       <c r="B194" s="5" t="s">
-        <v>644</v>
+        <v>650</v>
       </c>
       <c r="C194" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D194" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E194" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F194" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G194" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H194" s="5" t="s">
-        <v>1252</v>
+      <c r="H194" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I194" s="5"/>
       <c r="J194" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K194" s="5" t="s">
-        <v>1157</v>
+        <v>1163</v>
       </c>
       <c r="L194" s="6" t="s">
-        <v>1253</v>
+        <v>1256</v>
       </c>
       <c r="M194" s="5"/>
     </row>
     <row r="195">
       <c r="A195" s="5" t="s">
-        <v>1254</v>
+        <v>1257</v>
       </c>
       <c r="B195" s="5" t="s">
-        <v>14</v>
+        <v>650</v>
       </c>
       <c r="C195" s="5" t="s">
-        <v>34</v>
-[...5 lines deleted...]
-        <v>1255</v>
+        <v>16</v>
+      </c>
+      <c r="D195" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E195" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F195" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G195" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H195" s="5" t="s">
-        <v>1256</v>
-[...4 lines deleted...]
-      <c r="J195" s="5" t="s">
         <v>1258</v>
       </c>
+      <c r="I195" s="5"/>
+      <c r="J195" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
       <c r="K195" s="5" t="s">
+        <v>1163</v>
+      </c>
+      <c r="L195" s="6" t="s">
         <v>1259</v>
       </c>
-      <c r="L195" s="6" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="M195" s="5"/>
     </row>
     <row r="196">
       <c r="A196" s="5" t="s">
-        <v>1262</v>
+        <v>1260</v>
       </c>
       <c r="B196" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C196" s="5" t="s">
         <v>34</v>
       </c>
       <c r="D196" s="5" t="s">
-        <v>563</v>
+        <v>569</v>
       </c>
       <c r="E196" s="5" t="s">
+        <v>1261</v>
+      </c>
+      <c r="F196" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G196" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H196" s="5" t="s">
+        <v>1262</v>
+      </c>
+      <c r="I196" s="5" t="s">
         <v>1263</v>
       </c>
-      <c r="F196" s="5" t="s">
-[...7 lines deleted...]
-      <c r="H196" s="5" t="s">
+      <c r="J196" s="5" t="s">
         <v>1264</v>
       </c>
-      <c r="I196" s="5" t="s">
+      <c r="K196" s="5" t="s">
         <v>1265</v>
       </c>
-      <c r="J196" s="5" t="s">
+      <c r="L196" s="6" t="s">
         <v>1266</v>
       </c>
-      <c r="K196" s="5" t="s">
+      <c r="M196" s="5" t="s">
         <v>1267</v>
-      </c>
-[...4 lines deleted...]
-        <v>1269</v>
       </c>
     </row>
     <row r="197">
       <c r="A197" s="5" t="s">
-        <v>1270</v>
+        <v>1268</v>
       </c>
       <c r="B197" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C197" s="5" t="s">
         <v>34</v>
       </c>
       <c r="D197" s="5" t="s">
-        <v>563</v>
+        <v>569</v>
       </c>
       <c r="E197" s="5" t="s">
+        <v>1269</v>
+      </c>
+      <c r="F197" s="5" t="s">
+        <v>923</v>
+      </c>
+      <c r="G197" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H197" s="5" t="s">
+        <v>1270</v>
+      </c>
+      <c r="I197" s="5" t="s">
         <v>1271</v>
       </c>
-      <c r="F197" s="5" t="s">
-[...7 lines deleted...]
-      <c r="H197" s="5" t="s">
+      <c r="J197" s="5" t="s">
         <v>1272</v>
       </c>
-      <c r="I197" s="5" t="s">
+      <c r="K197" s="5" t="s">
         <v>1273</v>
       </c>
-      <c r="J197" s="5" t="s">
+      <c r="L197" s="6" t="s">
         <v>1274</v>
       </c>
-      <c r="K197" s="5" t="s">
+      <c r="M197" s="5" t="s">
         <v>1275</v>
-      </c>
-[...4 lines deleted...]
-        <v>1277</v>
       </c>
     </row>
     <row r="198">
       <c r="A198" s="5" t="s">
-        <v>1278</v>
+        <v>1276</v>
       </c>
       <c r="B198" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C198" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="D198" s="5" t="s">
+        <v>569</v>
+      </c>
+      <c r="E198" s="5" t="s">
+        <v>1277</v>
+      </c>
+      <c r="F198" s="5" t="s">
+        <v>901</v>
+      </c>
+      <c r="G198" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H198" s="5" t="s">
+        <v>1278</v>
+      </c>
+      <c r="I198" s="5" t="s">
         <v>1279</v>
       </c>
-      <c r="D198" s="5" t="s">
-[...17 lines deleted...]
-      <c r="H198" s="5" t="s">
+      <c r="J198" s="5" t="s">
         <v>1280</v>
       </c>
-      <c r="I198" s="5" t="s">
+      <c r="K198" s="5" t="s">
         <v>1281</v>
       </c>
-      <c r="J198" s="5" t="s">
+      <c r="L198" s="6" t="s">
         <v>1282</v>
       </c>
-      <c r="K198" s="5" t="s">
+      <c r="M198" s="5" t="s">
         <v>1283</v>
-      </c>
-[...4 lines deleted...]
-        <v>1285</v>
       </c>
     </row>
     <row r="199">
       <c r="A199" s="5" t="s">
-        <v>1286</v>
+        <v>1284</v>
       </c>
       <c r="B199" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C199" s="5" t="s">
+        <v>1285</v>
+      </c>
+      <c r="D199" s="5" t="s">
         <v>34</v>
       </c>
-      <c r="D199" s="5" t="s">
-[...2 lines deleted...]
-      <c r="E199" s="5" t="s">
+      <c r="E199" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F199" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G199" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H199" s="5" t="s">
+        <v>1286</v>
+      </c>
+      <c r="I199" s="5" t="s">
         <v>1287</v>
       </c>
-      <c r="F199" s="5" t="s">
-[...7 lines deleted...]
-      <c r="H199" s="5" t="s">
+      <c r="J199" s="5" t="s">
         <v>1288</v>
       </c>
-      <c r="I199" s="5" t="s">
+      <c r="K199" s="5" t="s">
         <v>1289</v>
       </c>
-      <c r="J199" s="5" t="s">
+      <c r="L199" s="6" t="s">
         <v>1290</v>
       </c>
-      <c r="K199" s="5" t="s">
+      <c r="M199" s="5" t="s">
         <v>1291</v>
-      </c>
-[...4 lines deleted...]
-        <v>1293</v>
       </c>
     </row>
     <row r="200">
       <c r="A200" s="5" t="s">
-        <v>1294</v>
+        <v>1292</v>
       </c>
       <c r="B200" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C200" s="5" t="s">
-        <v>112</v>
+        <v>34</v>
       </c>
       <c r="D200" s="5" t="s">
+        <v>569</v>
+      </c>
+      <c r="E200" s="5" t="s">
+        <v>1293</v>
+      </c>
+      <c r="F200" s="5" t="s">
+        <v>901</v>
+      </c>
+      <c r="G200" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H200" s="5" t="s">
+        <v>1294</v>
+      </c>
+      <c r="I200" s="5" t="s">
         <v>1295</v>
       </c>
-      <c r="E200" s="5" t="s">
+      <c r="J200" s="5" t="s">
         <v>1296</v>
       </c>
-      <c r="F200" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H200" s="5" t="s">
+      <c r="K200" s="5" t="s">
         <v>1297</v>
       </c>
-      <c r="I200" s="5" t="s">
+      <c r="L200" s="6" t="s">
         <v>1298</v>
       </c>
-      <c r="J200" s="5" t="s">
+      <c r="M200" s="5" t="s">
         <v>1299</v>
-      </c>
-[...7 lines deleted...]
-        <v>1302</v>
       </c>
     </row>
     <row r="201">
       <c r="A201" s="5" t="s">
-        <v>1303</v>
+        <v>1300</v>
       </c>
       <c r="B201" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C201" s="5" t="s">
-        <v>121</v>
+        <v>112</v>
       </c>
       <c r="D201" s="5" t="s">
-        <v>16</v>
-[...6 lines deleted...]
-      <c r="F201" s="5" t="s">
+        <v>1301</v>
+      </c>
+      <c r="E201" s="5" t="s">
+        <v>1302</v>
+      </c>
+      <c r="F201" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G201" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H201" s="5" t="s">
+        <v>1303</v>
+      </c>
+      <c r="I201" s="5" t="s">
         <v>1304</v>
       </c>
-      <c r="G201" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H201" s="5" t="s">
+      <c r="J201" s="5" t="s">
         <v>1305</v>
       </c>
-      <c r="I201" s="5" t="s">
+      <c r="K201" s="5" t="s">
         <v>1306</v>
       </c>
-      <c r="J201" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K201" s="5" t="s">
+      <c r="L201" s="6" t="s">
         <v>1307</v>
       </c>
-      <c r="L201" s="6" t="s">
+      <c r="M201" s="5" t="s">
         <v>1308</v>
-      </c>
-[...1 lines deleted...]
-        <v>1309</v>
       </c>
     </row>
     <row r="202">
       <c r="A202" s="5" t="s">
-        <v>1310</v>
+        <v>1309</v>
       </c>
       <c r="B202" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C202" s="5" t="s">
-        <v>195</v>
+        <v>121</v>
       </c>
       <c r="D202" s="5" t="s">
-        <v>563</v>
+        <v>16</v>
       </c>
       <c r="E202" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F202" s="5" t="s">
-        <v>880</v>
+        <v>1310</v>
       </c>
       <c r="G202" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H202" s="5" t="s">
         <v>1311</v>
       </c>
       <c r="I202" s="5" t="s">
         <v>1312</v>
       </c>
       <c r="J202" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="K202" s="5" t="s">
         <v>1313</v>
       </c>
-      <c r="K202" s="5" t="s">
+      <c r="L202" s="6" t="s">
         <v>1314</v>
       </c>
-      <c r="L202" s="6" t="s">
+      <c r="M202" s="5" t="s">
         <v>1315</v>
-      </c>
-[...1 lines deleted...]
-        <v>1316</v>
       </c>
     </row>
     <row r="203">
       <c r="A203" s="5" t="s">
-        <v>1317</v>
+        <v>1316</v>
       </c>
       <c r="B203" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C203" s="5" t="s">
-        <v>563</v>
+        <v>195</v>
       </c>
       <c r="D203" s="5" t="s">
-        <v>34</v>
+        <v>569</v>
       </c>
       <c r="E203" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F203" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F203" s="5" t="s">
+        <v>886</v>
       </c>
       <c r="G203" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H203" s="5" t="s">
+        <v>1317</v>
+      </c>
+      <c r="I203" s="5" t="s">
         <v>1318</v>
       </c>
-      <c r="I203" s="5"/>
       <c r="J203" s="5" t="s">
         <v>1319</v>
       </c>
       <c r="K203" s="5" t="s">
         <v>1320</v>
       </c>
       <c r="L203" s="6" t="s">
         <v>1321</v>
       </c>
       <c r="M203" s="5" t="s">
         <v>1322</v>
       </c>
     </row>
     <row r="204">
       <c r="A204" s="5" t="s">
         <v>1323</v>
       </c>
       <c r="B204" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C204" s="5" t="s">
+        <v>569</v>
+      </c>
+      <c r="D204" s="5" t="s">
         <v>34</v>
       </c>
-      <c r="D204" s="5" t="s">
-[...2 lines deleted...]
-      <c r="E204" s="5" t="s">
+      <c r="E204" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F204" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G204" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H204" s="5" t="s">
         <v>1324</v>
       </c>
-      <c r="F204" s="5" t="s">
+      <c r="I204" s="5"/>
+      <c r="J204" s="5" t="s">
         <v>1325</v>
       </c>
-      <c r="G204" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H204" s="5" t="s">
+      <c r="K204" s="5" t="s">
         <v>1326</v>
       </c>
-      <c r="I204" s="5" t="s">
+      <c r="L204" s="6" t="s">
         <v>1327</v>
       </c>
-      <c r="J204" s="5" t="s">
+      <c r="M204" s="5" t="s">
         <v>1328</v>
-      </c>
-[...7 lines deleted...]
-        <v>1331</v>
       </c>
     </row>
     <row r="205">
       <c r="A205" s="5" t="s">
-        <v>1332</v>
+        <v>1329</v>
       </c>
       <c r="B205" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C205" s="5" t="s">
-        <v>563</v>
+        <v>34</v>
       </c>
       <c r="D205" s="5" t="s">
-        <v>34</v>
+        <v>569</v>
       </c>
       <c r="E205" s="5" t="s">
-        <v>925</v>
-[...4 lines deleted...]
-        </is>
+        <v>1330</v>
+      </c>
+      <c r="F205" s="5" t="s">
+        <v>1331</v>
       </c>
       <c r="G205" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H205" s="5" t="s">
+        <v>1332</v>
+      </c>
+      <c r="I205" s="5" t="s">
         <v>1333</v>
       </c>
-      <c r="I205" s="5" t="s">
+      <c r="J205" s="5" t="s">
         <v>1334</v>
       </c>
-      <c r="J205" s="5" t="s">
+      <c r="K205" s="5" t="s">
         <v>1335</v>
       </c>
-      <c r="K205" s="5" t="s">
+      <c r="L205" s="6" t="s">
         <v>1336</v>
       </c>
-      <c r="L205" s="6" t="s">
+      <c r="M205" s="5" t="s">
         <v>1337</v>
-      </c>
-[...1 lines deleted...]
-        <v>1338</v>
       </c>
     </row>
     <row r="206">
       <c r="A206" s="5" t="s">
-        <v>1339</v>
+        <v>1338</v>
       </c>
       <c r="B206" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C206" s="5" t="s">
-        <v>16</v>
+        <v>569</v>
       </c>
       <c r="D206" s="5" t="s">
-        <v>121</v>
+        <v>34</v>
       </c>
       <c r="E206" s="5" t="s">
-        <v>17</v>
+        <v>931</v>
       </c>
       <c r="F206" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G206" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H206" s="5" t="s">
+        <v>1339</v>
+      </c>
+      <c r="I206" s="5" t="s">
         <v>1340</v>
       </c>
-      <c r="I206" s="5" t="s">
+      <c r="J206" s="5" t="s">
         <v>1341</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
       <c r="K206" s="5" t="s">
         <v>1342</v>
       </c>
       <c r="L206" s="6" t="s">
         <v>1343</v>
       </c>
       <c r="M206" s="5" t="s">
         <v>1344</v>
       </c>
     </row>
     <row r="207">
       <c r="A207" s="5" t="s">
         <v>1345</v>
       </c>
       <c r="B207" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C207" s="5" t="s">
-        <v>34</v>
+        <v>16</v>
       </c>
       <c r="D207" s="5" t="s">
-        <v>563</v>
+        <v>121</v>
       </c>
       <c r="E207" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F207" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G207" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H207" s="5" t="s">
         <v>1346</v>
       </c>
-      <c r="F207" s="5" t="s">
-[...7 lines deleted...]
-      <c r="H207" s="5" t="s">
+      <c r="I207" s="5" t="s">
         <v>1347</v>
       </c>
-      <c r="I207" s="5" t="s">
+      <c r="J207" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="K207" s="5" t="s">
         <v>1348</v>
       </c>
-      <c r="J207" s="5" t="s">
+      <c r="L207" s="6" t="s">
         <v>1349</v>
       </c>
-      <c r="K207" s="5" t="s">
+      <c r="M207" s="5" t="s">
         <v>1350</v>
-      </c>
-[...4 lines deleted...]
-        <v>1352</v>
       </c>
     </row>
     <row r="208">
       <c r="A208" s="5" t="s">
-        <v>1353</v>
+        <v>1351</v>
       </c>
       <c r="B208" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C208" s="5" t="s">
         <v>34</v>
       </c>
       <c r="D208" s="5" t="s">
-        <v>563</v>
+        <v>569</v>
       </c>
       <c r="E208" s="5" t="s">
-        <v>18</v>
+        <v>1352</v>
       </c>
       <c r="F208" s="5" t="s">
-        <v>895</v>
+        <v>1331</v>
       </c>
       <c r="G208" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H208" s="5" t="s">
+        <v>1353</v>
+      </c>
+      <c r="I208" s="5" t="s">
         <v>1354</v>
       </c>
-      <c r="I208" s="5" t="s">
+      <c r="J208" s="5" t="s">
         <v>1355</v>
       </c>
-      <c r="J208" s="5" t="s">
+      <c r="K208" s="5" t="s">
         <v>1356</v>
       </c>
-      <c r="K208" s="5" t="s">
+      <c r="L208" s="6" t="s">
         <v>1357</v>
       </c>
-      <c r="L208" s="6" t="s">
+      <c r="M208" s="5" t="s">
         <v>1358</v>
-      </c>
-[...1 lines deleted...]
-        <v>1359</v>
       </c>
     </row>
     <row r="209">
       <c r="A209" s="5" t="s">
-        <v>1360</v>
+        <v>1359</v>
       </c>
       <c r="B209" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C209" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="D209" s="5" t="s">
+        <v>569</v>
+      </c>
+      <c r="E209" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="F209" s="5" t="s">
+        <v>901</v>
+      </c>
+      <c r="G209" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H209" s="5" t="s">
+        <v>1360</v>
+      </c>
+      <c r="I209" s="5" t="s">
         <v>1361</v>
       </c>
-      <c r="D209" s="5" t="s">
-[...15 lines deleted...]
-      <c r="H209" s="5" t="s">
+      <c r="J209" s="5" t="s">
         <v>1362</v>
       </c>
-      <c r="I209" s="5" t="s">
+      <c r="K209" s="5" t="s">
         <v>1363</v>
       </c>
-      <c r="J209" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K209" s="5" t="s">
+      <c r="L209" s="6" t="s">
         <v>1364</v>
       </c>
-      <c r="L209" s="6" t="s">
+      <c r="M209" s="5" t="s">
         <v>1365</v>
-      </c>
-[...1 lines deleted...]
-        <v>1366</v>
       </c>
     </row>
     <row r="210">
       <c r="A210" s="5" t="s">
+        <v>1366</v>
+      </c>
+      <c r="B210" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C210" s="5" t="s">
         <v>1367</v>
       </c>
-      <c r="B210" s="5" t="s">
-[...13 lines deleted...]
-        </is>
+      <c r="D210" s="5" t="s">
+        <v>1301</v>
+      </c>
+      <c r="E210" s="5" t="s">
+        <v>1302</v>
       </c>
       <c r="F210" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G210" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H210" s="5" t="inlineStr">
-[...8 lines deleted...]
-        </is>
+      <c r="H210" s="5" t="s">
+        <v>1368</v>
+      </c>
+      <c r="I210" s="5" t="s">
+        <v>1369</v>
+      </c>
+      <c r="J210" s="5" t="s">
+        <v>1305</v>
       </c>
       <c r="K210" s="5" t="s">
-        <v>1157</v>
+        <v>1370</v>
       </c>
       <c r="L210" s="6" t="s">
-        <v>1368</v>
-[...1 lines deleted...]
-      <c r="M210" s="5"/>
+        <v>1371</v>
+      </c>
+      <c r="M210" s="5" t="s">
+        <v>1372</v>
+      </c>
     </row>
     <row r="211">
       <c r="A211" s="5" t="s">
-        <v>1369</v>
+        <v>1373</v>
       </c>
       <c r="B211" s="5" t="s">
-        <v>14</v>
+        <v>650</v>
       </c>
       <c r="C211" s="5" t="s">
-        <v>563</v>
-[...5 lines deleted...]
-        <v>925</v>
+        <v>16</v>
+      </c>
+      <c r="D211" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E211" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F211" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G211" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H211" s="5" t="s">
-[...6 lines deleted...]
-        <v>1372</v>
+      <c r="H211" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I211" s="5"/>
+      <c r="J211" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K211" s="5" t="s">
-        <v>1373</v>
+        <v>1163</v>
       </c>
       <c r="L211" s="6" t="s">
         <v>1374</v>
       </c>
-      <c r="M211" s="5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M211" s="5"/>
     </row>
     <row r="212">
       <c r="A212" s="5" t="s">
-        <v>1376</v>
+        <v>1375</v>
       </c>
       <c r="B212" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C212" s="5" t="s">
+        <v>569</v>
+      </c>
+      <c r="D212" s="5" t="s">
         <v>34</v>
       </c>
-      <c r="D212" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E212" s="5" t="s">
-        <v>1149</v>
+        <v>931</v>
       </c>
       <c r="F212" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G212" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H212" s="5" t="s">
+        <v>1376</v>
+      </c>
+      <c r="I212" s="5" t="s">
         <v>1377</v>
       </c>
-      <c r="I212" s="5" t="s">
+      <c r="J212" s="5" t="s">
         <v>1378</v>
       </c>
-      <c r="J212" s="5" t="s">
+      <c r="K212" s="5" t="s">
         <v>1379</v>
       </c>
-      <c r="K212" s="5" t="s">
+      <c r="L212" s="6" t="s">
         <v>1380</v>
       </c>
-      <c r="L212" s="6" t="s">
+      <c r="M212" s="5" t="s">
         <v>1381</v>
-      </c>
-[...1 lines deleted...]
-        <v>1382</v>
       </c>
     </row>
     <row r="213">
       <c r="A213" s="5" t="s">
-        <v>1383</v>
+        <v>1382</v>
       </c>
       <c r="B213" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C213" s="5" t="s">
         <v>34</v>
       </c>
       <c r="D213" s="5" t="s">
-        <v>563</v>
+        <v>569</v>
       </c>
       <c r="E213" s="5" t="s">
+        <v>1155</v>
+      </c>
+      <c r="F213" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G213" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H213" s="5" t="s">
+        <v>1383</v>
+      </c>
+      <c r="I213" s="5" t="s">
         <v>1384</v>
       </c>
-      <c r="F213" s="5" t="s">
+      <c r="J213" s="5" t="s">
         <v>1385</v>
       </c>
-      <c r="G213" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H213" s="5" t="s">
+      <c r="K213" s="5" t="s">
         <v>1386</v>
       </c>
-      <c r="I213" s="5" t="s">
+      <c r="L213" s="6" t="s">
         <v>1387</v>
       </c>
-      <c r="J213" s="5" t="s">
+      <c r="M213" s="5" t="s">
         <v>1388</v>
-      </c>
-[...7 lines deleted...]
-        <v>1391</v>
       </c>
     </row>
     <row r="214">
       <c r="A214" s="5" t="s">
-        <v>1392</v>
+        <v>1389</v>
       </c>
       <c r="B214" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C214" s="5" t="s">
         <v>34</v>
       </c>
       <c r="D214" s="5" t="s">
-        <v>563</v>
+        <v>569</v>
       </c>
       <c r="E214" s="5" t="s">
-        <v>1384</v>
+        <v>1390</v>
       </c>
       <c r="F214" s="5" t="s">
-        <v>895</v>
+        <v>1391</v>
       </c>
       <c r="G214" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H214" s="5" t="s">
+        <v>1392</v>
+      </c>
+      <c r="I214" s="5" t="s">
         <v>1393</v>
       </c>
-      <c r="I214" s="5" t="s">
+      <c r="J214" s="5" t="s">
         <v>1394</v>
       </c>
-      <c r="J214" s="5" t="s">
+      <c r="K214" s="5" t="s">
         <v>1395</v>
       </c>
-      <c r="K214" s="5" t="s">
+      <c r="L214" s="6" t="s">
         <v>1396</v>
       </c>
-      <c r="L214" s="6" t="s">
+      <c r="M214" s="5" t="s">
         <v>1397</v>
-      </c>
-[...1 lines deleted...]
-        <v>1398</v>
       </c>
     </row>
     <row r="215">
       <c r="A215" s="5" t="s">
+        <v>1398</v>
+      </c>
+      <c r="B215" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C215" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="D215" s="5" t="s">
+        <v>569</v>
+      </c>
+      <c r="E215" s="5" t="s">
+        <v>1390</v>
+      </c>
+      <c r="F215" s="5" t="s">
+        <v>901</v>
+      </c>
+      <c r="G215" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H215" s="5" t="s">
         <v>1399</v>
       </c>
-      <c r="B215" s="5" t="s">
+      <c r="I215" s="5" t="s">
         <v>1400</v>
       </c>
-      <c r="C215" s="5" t="s">
+      <c r="J215" s="5" t="s">
         <v>1401</v>
       </c>
-      <c r="D215" s="5" t="s">
-[...2 lines deleted...]
-      <c r="E215" s="5" t="s">
+      <c r="K215" s="5" t="s">
         <v>1402</v>
       </c>
-      <c r="F215" s="5" t="s">
-[...2 lines deleted...]
-      <c r="G215" s="5" t="s">
+      <c r="L215" s="6" t="s">
         <v>1403</v>
       </c>
-      <c r="H215" s="5" t="s">
+      <c r="M215" s="5" t="s">
         <v>1404</v>
-      </c>
-[...11 lines deleted...]
-        <v>1407</v>
       </c>
     </row>
     <row r="216">
       <c r="A216" s="5" t="s">
+        <v>1405</v>
+      </c>
+      <c r="B216" s="5" t="s">
+        <v>1406</v>
+      </c>
+      <c r="C216" s="5" t="s">
+        <v>1407</v>
+      </c>
+      <c r="D216" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E216" s="5" t="s">
         <v>1408</v>
       </c>
-      <c r="B216" s="5" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F216" s="5" t="s">
-        <v>1385</v>
-[...4 lines deleted...]
-        </is>
+        <v>17</v>
+      </c>
+      <c r="G216" s="5" t="s">
+        <v>1409</v>
       </c>
       <c r="H216" s="5" t="s">
-        <v>1409</v>
-[...1 lines deleted...]
-      <c r="I216" s="5" t="s">
         <v>1410</v>
       </c>
+      <c r="I216" s="5"/>
       <c r="J216" s="5" t="s">
+        <v>257</v>
+      </c>
+      <c r="K216" s="5" t="s">
         <v>1411</v>
       </c>
-      <c r="K216" s="5" t="s">
+      <c r="L216" s="6" t="s">
         <v>1412</v>
       </c>
-      <c r="L216" s="6" t="s">
+      <c r="M216" s="5" t="s">
         <v>1413</v>
-      </c>
-[...1 lines deleted...]
-        <v>1414</v>
       </c>
     </row>
     <row r="217">
       <c r="A217" s="5" t="s">
-        <v>1415</v>
+        <v>1414</v>
       </c>
       <c r="B217" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C217" s="5" t="s">
-        <v>112</v>
+        <v>34</v>
       </c>
       <c r="D217" s="5" t="s">
-        <v>1295</v>
+        <v>569</v>
       </c>
       <c r="E217" s="5" t="s">
-        <v>1296</v>
-[...4 lines deleted...]
-        </is>
+        <v>1390</v>
+      </c>
+      <c r="F217" s="5" t="s">
+        <v>1391</v>
       </c>
       <c r="G217" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H217" s="5" t="s">
+        <v>1415</v>
+      </c>
+      <c r="I217" s="5" t="s">
         <v>1416</v>
       </c>
-      <c r="I217" s="5" t="s">
+      <c r="J217" s="5" t="s">
         <v>1417</v>
-      </c>
-[...1 lines deleted...]
-        <v>1299</v>
       </c>
       <c r="K217" s="5" t="s">
         <v>1418</v>
       </c>
       <c r="L217" s="6" t="s">
         <v>1419</v>
       </c>
       <c r="M217" s="5" t="s">
         <v>1420</v>
       </c>
     </row>
     <row r="218">
       <c r="A218" s="5" t="s">
         <v>1421</v>
       </c>
       <c r="B218" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C218" s="5" t="s">
-        <v>34</v>
+        <v>112</v>
       </c>
       <c r="D218" s="5" t="s">
-        <v>563</v>
+        <v>1301</v>
       </c>
       <c r="E218" s="5" t="s">
-        <v>1263</v>
-[...2 lines deleted...]
-        <v>1385</v>
+        <v>1302</v>
+      </c>
+      <c r="F218" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G218" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H218" s="5" t="s">
         <v>1422</v>
       </c>
       <c r="I218" s="5" t="s">
         <v>1423</v>
       </c>
       <c r="J218" s="5" t="s">
+        <v>1305</v>
+      </c>
+      <c r="K218" s="5" t="s">
         <v>1424</v>
       </c>
-      <c r="K218" s="5" t="s">
+      <c r="L218" s="6" t="s">
         <v>1425</v>
       </c>
-      <c r="L218" s="6" t="s">
+      <c r="M218" s="5" t="s">
         <v>1426</v>
-      </c>
-[...1 lines deleted...]
-        <v>1427</v>
       </c>
     </row>
     <row r="219">
       <c r="A219" s="5" t="s">
-        <v>1428</v>
+        <v>1427</v>
       </c>
       <c r="B219" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C219" s="5" t="s">
-        <v>563</v>
+        <v>34</v>
       </c>
       <c r="D219" s="5" t="s">
-        <v>34</v>
-[...9 lines deleted...]
-        </is>
+        <v>569</v>
+      </c>
+      <c r="E219" s="5" t="s">
+        <v>1269</v>
+      </c>
+      <c r="F219" s="5" t="s">
+        <v>1391</v>
       </c>
       <c r="G219" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H219" s="5" t="s">
+        <v>1428</v>
+      </c>
+      <c r="I219" s="5" t="s">
         <v>1429</v>
       </c>
-      <c r="I219" s="5" t="s">
+      <c r="J219" s="5" t="s">
         <v>1430</v>
       </c>
-      <c r="J219" s="5" t="s">
+      <c r="K219" s="5" t="s">
         <v>1431</v>
       </c>
-      <c r="K219" s="5" t="s">
+      <c r="L219" s="6" t="s">
         <v>1432</v>
       </c>
-      <c r="L219" s="6" t="s">
+      <c r="M219" s="5" t="s">
         <v>1433</v>
-      </c>
-[...1 lines deleted...]
-        <v>1434</v>
       </c>
     </row>
     <row r="220">
       <c r="A220" s="5" t="s">
-        <v>1435</v>
+        <v>1434</v>
       </c>
       <c r="B220" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C220" s="5" t="s">
+        <v>569</v>
+      </c>
+      <c r="D220" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="E220" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F220" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G220" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H220" s="5" t="s">
+        <v>1435</v>
+      </c>
+      <c r="I220" s="5" t="s">
         <v>1436</v>
       </c>
-      <c r="D220" s="5" t="s">
-[...13 lines deleted...]
-      <c r="H220" s="5" t="s">
+      <c r="J220" s="5" t="s">
         <v>1437</v>
       </c>
-      <c r="I220" s="5" t="s">
+      <c r="K220" s="5" t="s">
         <v>1438</v>
       </c>
-      <c r="J220" s="5" t="s">
+      <c r="L220" s="6" t="s">
         <v>1439</v>
       </c>
-      <c r="K220" s="5" t="s">
+      <c r="M220" s="5" t="s">
         <v>1440</v>
-      </c>
-[...4 lines deleted...]
-        <v>1442</v>
       </c>
     </row>
     <row r="221">
       <c r="A221" s="5" t="s">
-        <v>1443</v>
+        <v>1441</v>
       </c>
       <c r="B221" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C221" s="5" t="s">
-        <v>34</v>
+        <v>1442</v>
       </c>
       <c r="D221" s="5" t="s">
-        <v>563</v>
+        <v>569</v>
       </c>
       <c r="E221" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F221" s="5" t="s">
-        <v>917</v>
+        <v>923</v>
       </c>
       <c r="G221" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H221" s="5" t="s">
+        <v>1443</v>
+      </c>
+      <c r="I221" s="5" t="s">
         <v>1444</v>
       </c>
-      <c r="I221" s="5" t="s">
+      <c r="J221" s="5" t="s">
         <v>1445</v>
       </c>
-      <c r="J221" s="5" t="s">
+      <c r="K221" s="5" t="s">
         <v>1446</v>
       </c>
-      <c r="K221" s="5" t="s">
+      <c r="L221" s="6" t="s">
         <v>1447</v>
       </c>
-      <c r="L221" s="6" t="s">
+      <c r="M221" s="5" t="s">
         <v>1448</v>
-      </c>
-[...1 lines deleted...]
-        <v>1449</v>
       </c>
     </row>
     <row r="222">
       <c r="A222" s="5" t="s">
+        <v>1449</v>
+      </c>
+      <c r="B222" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C222" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="D222" s="5" t="s">
+        <v>569</v>
+      </c>
+      <c r="E222" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F222" s="5" t="s">
+        <v>923</v>
+      </c>
+      <c r="G222" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H222" s="5" t="s">
         <v>1450</v>
       </c>
-      <c r="B222" s="5" t="s">
-[...34 lines deleted...]
-        </is>
+      <c r="I222" s="5" t="s">
+        <v>1451</v>
+      </c>
+      <c r="J222" s="5" t="s">
+        <v>1452</v>
       </c>
       <c r="K222" s="5" t="s">
-        <v>1157</v>
+        <v>1453</v>
       </c>
       <c r="L222" s="6" t="s">
-        <v>1451</v>
-[...1 lines deleted...]
-      <c r="M222" s="5"/>
+        <v>1454</v>
+      </c>
+      <c r="M222" s="5" t="s">
+        <v>1455</v>
+      </c>
     </row>
     <row r="223">
       <c r="A223" s="5" t="s">
-        <v>1452</v>
+        <v>1456</v>
       </c>
       <c r="B223" s="5" t="s">
-        <v>644</v>
+        <v>650</v>
       </c>
       <c r="C223" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D223" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E223" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F223" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G223" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H223" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I223" s="5"/>
       <c r="J223" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K223" s="5" t="s">
-        <v>1157</v>
+        <v>1163</v>
       </c>
       <c r="L223" s="6" t="s">
-        <v>1453</v>
+        <v>1457</v>
       </c>
       <c r="M223" s="5"/>
     </row>
     <row r="224">
       <c r="A224" s="5" t="s">
-        <v>1454</v>
+        <v>1458</v>
       </c>
       <c r="B224" s="5" t="s">
-        <v>14</v>
+        <v>650</v>
       </c>
       <c r="C224" s="5" t="s">
-        <v>111</v>
-[...5 lines deleted...]
-        <v>1456</v>
+        <v>16</v>
+      </c>
+      <c r="D224" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E224" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F224" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G224" s="5" t="s">
-[...5 lines deleted...]
-      <c r="I224" s="5" t="s">
+      <c r="G224" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H224" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I224" s="5"/>
+      <c r="J224" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K224" s="5" t="s">
+        <v>1163</v>
+      </c>
+      <c r="L224" s="6" t="s">
         <v>1459</v>
       </c>
-      <c r="J224" s="5" t="s">
-[...10 lines deleted...]
-      </c>
+      <c r="M224" s="5"/>
     </row>
     <row r="225">
       <c r="A225" s="5" t="s">
-        <v>1463</v>
+        <v>1460</v>
       </c>
       <c r="B225" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C225" s="5" t="s">
-        <v>563</v>
+        <v>111</v>
       </c>
       <c r="D225" s="5" t="s">
-        <v>34</v>
+        <v>1461</v>
       </c>
       <c r="E225" s="5" t="s">
-        <v>1102</v>
-[...1 lines deleted...]
-      <c r="F225" s="5" t="s">
+        <v>1462</v>
+      </c>
+      <c r="F225" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G225" s="5" t="s">
+        <v>1463</v>
+      </c>
+      <c r="H225" s="5" t="s">
         <v>1464</v>
       </c>
-      <c r="G225" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H225" s="5" t="s">
+      <c r="I225" s="5" t="s">
         <v>1465</v>
       </c>
-      <c r="I225" s="5" t="s">
+      <c r="J225" s="5" t="s">
+        <v>257</v>
+      </c>
+      <c r="K225" s="5" t="s">
         <v>1466</v>
       </c>
-      <c r="J225" s="5" t="s">
+      <c r="L225" s="6" t="s">
         <v>1467</v>
       </c>
-      <c r="K225" s="5" t="s">
+      <c r="M225" s="5" t="s">
         <v>1468</v>
-      </c>
-[...4 lines deleted...]
-        <v>1470</v>
       </c>
     </row>
     <row r="226">
       <c r="A226" s="5" t="s">
-        <v>1471</v>
+        <v>1469</v>
       </c>
       <c r="B226" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C226" s="5" t="s">
+        <v>569</v>
+      </c>
+      <c r="D226" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="E226" s="5" t="s">
+        <v>1108</v>
+      </c>
+      <c r="F226" s="5" t="s">
+        <v>1470</v>
+      </c>
+      <c r="G226" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H226" s="5" t="s">
+        <v>1471</v>
+      </c>
+      <c r="I226" s="5" t="s">
         <v>1472</v>
       </c>
-      <c r="D226" s="5" t="s">
-[...20 lines deleted...]
-      <c r="I226" s="5" t="s">
+      <c r="J226" s="5" t="s">
         <v>1473</v>
       </c>
-      <c r="J226" s="5" t="s">
+      <c r="K226" s="5" t="s">
         <v>1474</v>
       </c>
-      <c r="K226" s="5" t="s">
+      <c r="L226" s="6" t="s">
         <v>1475</v>
       </c>
-      <c r="L226" s="6" t="s">
+      <c r="M226" s="5" t="s">
         <v>1476</v>
-      </c>
-[...1 lines deleted...]
-        <v>1477</v>
       </c>
     </row>
     <row r="227">
       <c r="A227" s="5" t="s">
-        <v>1478</v>
+        <v>1477</v>
       </c>
       <c r="B227" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C227" s="5" t="s">
+        <v>1285</v>
+      </c>
+      <c r="D227" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="E227" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F227" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G227" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H227" s="5" t="s">
+        <v>1478</v>
+      </c>
+      <c r="I227" s="5" t="s">
         <v>1479</v>
       </c>
-      <c r="D227" s="5" t="s">
-[...17 lines deleted...]
-      <c r="H227" s="5" t="s">
+      <c r="J227" s="5" t="s">
         <v>1480</v>
-      </c>
-[...2 lines deleted...]
-        <v>1474</v>
       </c>
       <c r="K227" s="5" t="s">
         <v>1481</v>
       </c>
       <c r="L227" s="6" t="s">
         <v>1482</v>
       </c>
       <c r="M227" s="5" t="s">
         <v>1483</v>
       </c>
     </row>
     <row r="228">
       <c r="A228" s="5" t="s">
         <v>1484</v>
       </c>
       <c r="B228" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C228" s="5" t="s">
-        <v>1200</v>
+        <v>1485</v>
       </c>
       <c r="D228" s="5" t="s">
-        <v>16</v>
-[...4 lines deleted...]
-        </is>
+        <v>1206</v>
+      </c>
+      <c r="E228" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="F228" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G228" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H228" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="I228" s="5"/>
+      <c r="I228" s="5" t="s">
+        <v>1486</v>
+      </c>
       <c r="J228" s="5" t="s">
-        <v>1474</v>
+        <v>1487</v>
       </c>
       <c r="K228" s="5" t="s">
-        <v>1485</v>
+        <v>1488</v>
       </c>
       <c r="L228" s="6" t="s">
-        <v>1486</v>
+        <v>1489</v>
       </c>
       <c r="M228" s="5" t="s">
-        <v>1487</v>
+        <v>1490</v>
       </c>
     </row>
     <row r="229">
       <c r="A229" s="5" t="s">
-        <v>1488</v>
+        <v>1491</v>
       </c>
       <c r="B229" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C229" s="5" t="s">
-        <v>121</v>
+        <v>1492</v>
       </c>
       <c r="D229" s="5" t="s">
-        <v>563</v>
+        <v>1206</v>
       </c>
       <c r="E229" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F229" s="5" t="s">
-        <v>1489</v>
+      <c r="F229" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G229" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H229" s="5" t="s">
-        <v>1490</v>
-[...3 lines deleted...]
-      </c>
+        <v>1493</v>
+      </c>
+      <c r="I229" s="5"/>
       <c r="J229" s="5" t="s">
-        <v>1492</v>
+        <v>1487</v>
       </c>
       <c r="K229" s="5" t="s">
-        <v>1493</v>
+        <v>1494</v>
       </c>
       <c r="L229" s="6" t="s">
-        <v>1494</v>
+        <v>1495</v>
       </c>
       <c r="M229" s="5" t="s">
-        <v>1495</v>
+        <v>1496</v>
       </c>
     </row>
     <row r="230">
       <c r="A230" s="5" t="s">
-        <v>1496</v>
+        <v>1497</v>
       </c>
       <c r="B230" s="5" t="s">
-        <v>644</v>
+        <v>14</v>
       </c>
       <c r="C230" s="5" t="s">
+        <v>1206</v>
+      </c>
+      <c r="D230" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D230" s="5" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="E230" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F230" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G230" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H230" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I230" s="5"/>
-      <c r="J230" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="J230" s="5" t="s">
+        <v>1487</v>
       </c>
       <c r="K230" s="5" t="s">
-        <v>1497</v>
+        <v>1498</v>
       </c>
       <c r="L230" s="6" t="s">
-        <v>1498</v>
-[...1 lines deleted...]
-      <c r="M230" s="5"/>
+        <v>1499</v>
+      </c>
+      <c r="M230" s="5" t="s">
+        <v>1500</v>
+      </c>
     </row>
     <row r="231">
       <c r="A231" s="5" t="s">
-        <v>1499</v>
+        <v>1501</v>
       </c>
       <c r="B231" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C231" s="5" t="s">
-        <v>34</v>
+        <v>121</v>
       </c>
       <c r="D231" s="5" t="s">
-        <v>563</v>
-[...7 lines deleted...]
-        </is>
+        <v>569</v>
+      </c>
+      <c r="E231" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F231" s="5" t="s">
+        <v>1502</v>
       </c>
       <c r="G231" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H231" s="5" t="s">
-        <v>1501</v>
+        <v>1503</v>
       </c>
       <c r="I231" s="5" t="s">
-        <v>1502</v>
+        <v>1504</v>
       </c>
       <c r="J231" s="5" t="s">
-        <v>1503</v>
+        <v>1505</v>
       </c>
       <c r="K231" s="5" t="s">
-        <v>1504</v>
+        <v>1506</v>
       </c>
       <c r="L231" s="6" t="s">
-        <v>1505</v>
+        <v>1507</v>
       </c>
       <c r="M231" s="5" t="s">
-        <v>1506</v>
+        <v>1508</v>
       </c>
     </row>
     <row r="232">
       <c r="A232" s="5" t="s">
-        <v>1507</v>
+        <v>1509</v>
       </c>
       <c r="B232" s="5" t="s">
-        <v>14</v>
+        <v>650</v>
       </c>
       <c r="C232" s="5" t="s">
-        <v>34</v>
-[...8 lines deleted...]
-        <v>895</v>
+        <v>16</v>
+      </c>
+      <c r="D232" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E232" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F232" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G232" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H232" s="5" t="s">
-[...5 lines deleted...]
-      <c r="J232" s="5" t="s">
+      <c r="H232" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I232" s="5"/>
+      <c r="J232" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K232" s="5" t="s">
         <v>1510</v>
       </c>
-      <c r="K232" s="5" t="s">
+      <c r="L232" s="6" t="s">
         <v>1511</v>
       </c>
-      <c r="L232" s="6" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="M232" s="5"/>
     </row>
     <row r="233">
       <c r="A233" s="5" t="s">
-        <v>1514</v>
+        <v>1512</v>
       </c>
       <c r="B233" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C233" s="5" t="s">
-        <v>563</v>
+        <v>34</v>
       </c>
       <c r="D233" s="5" t="s">
-        <v>34</v>
+        <v>569</v>
       </c>
       <c r="E233" s="5" t="s">
-        <v>925</v>
-[...1 lines deleted...]
-      <c r="F233" s="5" t="s">
+        <v>1513</v>
+      </c>
+      <c r="F233" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G233" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H233" s="5" t="s">
+        <v>1514</v>
+      </c>
+      <c r="I233" s="5" t="s">
         <v>1515</v>
       </c>
-      <c r="G233" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H233" s="5" t="s">
+      <c r="J233" s="5" t="s">
         <v>1516</v>
       </c>
-      <c r="I233" s="5" t="s">
+      <c r="K233" s="5" t="s">
         <v>1517</v>
       </c>
-      <c r="J233" s="5" t="s">
+      <c r="L233" s="6" t="s">
         <v>1518</v>
       </c>
-      <c r="K233" s="5" t="s">
+      <c r="M233" s="5" t="s">
         <v>1519</v>
-      </c>
-[...4 lines deleted...]
-        <v>1521</v>
       </c>
     </row>
     <row r="234">
       <c r="A234" s="5" t="s">
-        <v>1522</v>
+        <v>1520</v>
       </c>
       <c r="B234" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C234" s="5" t="s">
         <v>34</v>
       </c>
       <c r="D234" s="5" t="s">
-        <v>563</v>
+        <v>569</v>
       </c>
       <c r="E234" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F234" s="5" t="s">
+        <v>901</v>
+      </c>
+      <c r="G234" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H234" s="5" t="s">
+        <v>1521</v>
+      </c>
+      <c r="I234" s="5" t="s">
+        <v>1522</v>
+      </c>
+      <c r="J234" s="5" t="s">
         <v>1523</v>
       </c>
-      <c r="F234" s="5" t="s">
-[...7 lines deleted...]
-      <c r="H234" s="5" t="s">
+      <c r="K234" s="5" t="s">
         <v>1524</v>
       </c>
-      <c r="I234" s="5"/>
-      <c r="J234" s="5" t="s">
+      <c r="L234" s="6" t="s">
         <v>1525</v>
       </c>
-      <c r="K234" s="5" t="s">
+      <c r="M234" s="5" t="s">
         <v>1526</v>
-      </c>
-[...4 lines deleted...]
-        <v>1528</v>
       </c>
     </row>
     <row r="235">
       <c r="A235" s="5" t="s">
-        <v>1529</v>
+        <v>1527</v>
       </c>
       <c r="B235" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C235" s="5" t="s">
+        <v>569</v>
+      </c>
+      <c r="D235" s="5" t="s">
         <v>34</v>
       </c>
-      <c r="D235" s="5" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="E235" s="5" t="s">
+        <v>931</v>
       </c>
       <c r="F235" s="5" t="s">
-        <v>895</v>
+        <v>1528</v>
       </c>
       <c r="G235" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H235" s="5" t="s">
+        <v>1529</v>
+      </c>
+      <c r="I235" s="5" t="s">
         <v>1530</v>
       </c>
-      <c r="I235" s="5" t="s">
+      <c r="J235" s="5" t="s">
         <v>1531</v>
       </c>
-      <c r="J235" s="5" t="s">
+      <c r="K235" s="5" t="s">
         <v>1532</v>
       </c>
-      <c r="K235" s="5" t="s">
+      <c r="L235" s="6" t="s">
         <v>1533</v>
       </c>
-      <c r="L235" s="6" t="s">
+      <c r="M235" s="5" t="s">
         <v>1534</v>
-      </c>
-[...1 lines deleted...]
-        <v>1535</v>
       </c>
     </row>
     <row r="236">
       <c r="A236" s="5" t="s">
-        <v>1536</v>
+        <v>1535</v>
       </c>
       <c r="B236" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C236" s="5" t="s">
         <v>34</v>
       </c>
       <c r="D236" s="5" t="s">
-        <v>563</v>
-[...4 lines deleted...]
-        </is>
+        <v>569</v>
+      </c>
+      <c r="E236" s="5" t="s">
+        <v>1536</v>
       </c>
       <c r="F236" s="5" t="s">
-        <v>895</v>
+        <v>901</v>
       </c>
       <c r="G236" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H236" s="5" t="s">
         <v>1537</v>
       </c>
-      <c r="I236" s="5" t="s">
+      <c r="I236" s="5"/>
+      <c r="J236" s="5" t="s">
         <v>1538</v>
       </c>
-      <c r="J236" s="5" t="s">
+      <c r="K236" s="5" t="s">
         <v>1539</v>
       </c>
-      <c r="K236" s="5" t="s">
+      <c r="L236" s="6" t="s">
         <v>1540</v>
       </c>
-      <c r="L236" s="6" t="s">
+      <c r="M236" s="5" t="s">
         <v>1541</v>
-      </c>
-[...1 lines deleted...]
-        <v>1542</v>
       </c>
     </row>
     <row r="237">
       <c r="A237" s="5" t="s">
-        <v>1543</v>
+        <v>1542</v>
       </c>
       <c r="B237" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C237" s="5" t="s">
         <v>34</v>
       </c>
       <c r="D237" s="5" t="s">
-        <v>563</v>
+        <v>569</v>
       </c>
       <c r="E237" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F237" s="5" t="s">
-        <v>895</v>
+        <v>901</v>
       </c>
       <c r="G237" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H237" s="5" t="s">
+        <v>1543</v>
+      </c>
+      <c r="I237" s="5" t="s">
         <v>1544</v>
       </c>
-      <c r="I237" s="5" t="s">
+      <c r="J237" s="5" t="s">
         <v>1545</v>
       </c>
-      <c r="J237" s="5" t="s">
+      <c r="K237" s="5" t="s">
         <v>1546</v>
       </c>
-      <c r="K237" s="5" t="s">
+      <c r="L237" s="6" t="s">
         <v>1547</v>
       </c>
-      <c r="L237" s="6" t="s">
+      <c r="M237" s="5" t="s">
         <v>1548</v>
-      </c>
-[...1 lines deleted...]
-        <v>1549</v>
       </c>
     </row>
     <row r="238">
       <c r="A238" s="5" t="s">
+        <v>1549</v>
+      </c>
+      <c r="B238" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C238" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="D238" s="5" t="s">
+        <v>569</v>
+      </c>
+      <c r="E238" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F238" s="5" t="s">
+        <v>901</v>
+      </c>
+      <c r="G238" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H238" s="5" t="s">
         <v>1550</v>
       </c>
-      <c r="B238" s="5" t="s">
+      <c r="I238" s="5" t="s">
         <v>1551</v>
       </c>
-      <c r="C238" s="5" t="s">
+      <c r="J238" s="5" t="s">
         <v>1552</v>
       </c>
-      <c r="D238" s="5" t="s">
+      <c r="K238" s="5" t="s">
         <v>1553</v>
       </c>
-      <c r="E238" s="5" t="s">
+      <c r="L238" s="6" t="s">
         <v>1554</v>
       </c>
-      <c r="F238" s="5" t="s">
-[...12 lines deleted...]
-      <c r="I238" s="5" t="s">
+      <c r="M238" s="5" t="s">
         <v>1555</v>
-      </c>
-[...12 lines deleted...]
-        <v>1558</v>
       </c>
     </row>
     <row r="239">
       <c r="A239" s="5" t="s">
+        <v>1556</v>
+      </c>
+      <c r="B239" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C239" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="D239" s="5" t="s">
+        <v>569</v>
+      </c>
+      <c r="E239" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F239" s="5" t="s">
+        <v>901</v>
+      </c>
+      <c r="G239" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H239" s="5" t="s">
+        <v>1557</v>
+      </c>
+      <c r="I239" s="5" t="s">
+        <v>1558</v>
+      </c>
+      <c r="J239" s="5" t="s">
         <v>1559</v>
       </c>
-      <c r="B239" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C239" s="5" t="s">
+      <c r="K239" s="5" t="s">
         <v>1560</v>
       </c>
-      <c r="D239" s="5" t="s">
+      <c r="L239" s="6" t="s">
         <v>1561</v>
       </c>
-      <c r="E239" s="5" t="s">
+      <c r="M239" s="5" t="s">
         <v>1562</v>
-      </c>
-[...26 lines deleted...]
-        <v>1568</v>
       </c>
     </row>
     <row r="240">
       <c r="A240" s="5" t="s">
+        <v>1563</v>
+      </c>
+      <c r="B240" s="5" t="s">
+        <v>1564</v>
+      </c>
+      <c r="C240" s="5" t="s">
+        <v>1565</v>
+      </c>
+      <c r="D240" s="5" t="s">
+        <v>1566</v>
+      </c>
+      <c r="E240" s="5" t="s">
+        <v>1567</v>
+      </c>
+      <c r="F240" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="G240" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H240" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I240" s="5" t="s">
+        <v>1568</v>
+      </c>
+      <c r="J240" s="5" t="s">
         <v>1569</v>
       </c>
-      <c r="B240" s="5" t="s">
-[...5 lines deleted...]
-      <c r="D240" s="5" t="s">
+      <c r="K240" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L240" s="6" t="s">
         <v>1570</v>
       </c>
-      <c r="E240" s="5" t="s">
-[...13 lines deleted...]
-      <c r="I240" s="5" t="s">
+      <c r="M240" s="5" t="s">
         <v>1571</v>
-      </c>
-[...10 lines deleted...]
-        <v>1575</v>
       </c>
     </row>
     <row r="241">
       <c r="A241" s="5" t="s">
+        <v>1572</v>
+      </c>
+      <c r="B241" s="5" t="s">
+        <v>1564</v>
+      </c>
+      <c r="C241" s="5" t="s">
+        <v>1573</v>
+      </c>
+      <c r="D241" s="5" t="s">
+        <v>1574</v>
+      </c>
+      <c r="E241" s="5" t="s">
+        <v>1575</v>
+      </c>
+      <c r="F241" s="5" t="s">
         <v>1576</v>
       </c>
-      <c r="B241" s="5" t="s">
-[...17 lines deleted...]
-      </c>
       <c r="G241" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H241" s="5" t="s">
+      <c r="H241" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I241" s="5" t="s">
         <v>1577</v>
       </c>
-      <c r="I241" s="5" t="s">
+      <c r="J241" s="5" t="s">
         <v>1578</v>
       </c>
-      <c r="J241" s="5" t="s">
+      <c r="K241" s="5" t="s">
         <v>1579</v>
       </c>
-      <c r="K241" s="5" t="s">
+      <c r="L241" s="6" t="s">
         <v>1580</v>
       </c>
-      <c r="L241" s="6" t="s">
+      <c r="M241" s="5" t="s">
         <v>1581</v>
-      </c>
-[...1 lines deleted...]
-        <v>1582</v>
       </c>
     </row>
     <row r="242">
       <c r="A242" s="5" t="s">
+        <v>1582</v>
+      </c>
+      <c r="B242" s="5" t="s">
+        <v>1564</v>
+      </c>
+      <c r="C242" s="5" t="s">
+        <v>1573</v>
+      </c>
+      <c r="D242" s="5" t="s">
         <v>1583</v>
       </c>
-      <c r="B242" s="5" t="s">
-[...18 lines deleted...]
-        </is>
+      <c r="E242" s="5" t="s">
+        <v>1575</v>
+      </c>
+      <c r="F242" s="5" t="s">
+        <v>1576</v>
       </c>
       <c r="G242" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H242" s="5" t="inlineStr">
-[...13 lines deleted...]
-        </is>
+      <c r="H242" s="5" t="s">
+        <v>112</v>
+      </c>
+      <c r="I242" s="5" t="s">
+        <v>1584</v>
+      </c>
+      <c r="J242" s="5" t="s">
+        <v>1585</v>
+      </c>
+      <c r="K242" s="5" t="s">
+        <v>1586</v>
       </c>
       <c r="L242" s="6" t="s">
-        <v>1584</v>
-[...1 lines deleted...]
-      <c r="M242" s="5"/>
+        <v>1587</v>
+      </c>
+      <c r="M242" s="5" t="s">
+        <v>1588</v>
+      </c>
     </row>
     <row r="243">
       <c r="A243" s="5" t="s">
-        <v>1585</v>
+        <v>1589</v>
       </c>
       <c r="B243" s="5" t="s">
-        <v>644</v>
+        <v>14</v>
       </c>
       <c r="C243" s="5" t="s">
-        <v>16</v>
-[...4 lines deleted...]
-        </is>
+        <v>121</v>
+      </c>
+      <c r="D243" s="5" t="s">
+        <v>34</v>
       </c>
       <c r="E243" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F243" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G243" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H243" s="5" t="inlineStr">
-[...13 lines deleted...]
-        </is>
+      <c r="H243" s="5" t="s">
+        <v>1590</v>
+      </c>
+      <c r="I243" s="5" t="s">
+        <v>1591</v>
+      </c>
+      <c r="J243" s="5" t="s">
+        <v>1592</v>
+      </c>
+      <c r="K243" s="5" t="s">
+        <v>1593</v>
       </c>
       <c r="L243" s="6" t="s">
-        <v>1586</v>
-[...1 lines deleted...]
-      <c r="M243" s="5"/>
+        <v>1594</v>
+      </c>
+      <c r="M243" s="5" t="s">
+        <v>1595</v>
+      </c>
     </row>
     <row r="244">
       <c r="A244" s="5" t="s">
-        <v>1587</v>
+        <v>1596</v>
       </c>
       <c r="B244" s="5" t="s">
-        <v>14</v>
+        <v>650</v>
       </c>
       <c r="C244" s="5" t="s">
-        <v>34</v>
-[...2 lines deleted...]
-        <v>563</v>
+        <v>16</v>
+      </c>
+      <c r="D244" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E244" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F244" s="5" t="s">
-        <v>1588</v>
+      <c r="F244" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G244" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H244" s="5" t="s">
-[...9 lines deleted...]
-        <v>1592</v>
+      <c r="H244" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I244" s="5"/>
+      <c r="J244" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K244" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L244" s="6" t="s">
-        <v>1593</v>
-[...3 lines deleted...]
-      </c>
+        <v>1597</v>
+      </c>
+      <c r="M244" s="5"/>
     </row>
     <row r="245">
       <c r="A245" s="5" t="s">
-        <v>1595</v>
+        <v>1598</v>
       </c>
       <c r="B245" s="5" t="s">
-        <v>14</v>
+        <v>650</v>
       </c>
       <c r="C245" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D245" s="5" t="s">
-[...3 lines deleted...]
-        <v>18</v>
+      <c r="D245" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E245" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F245" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G245" s="5" t="s">
-[...11 lines deleted...]
-      <c r="K245" s="5" t="s">
+      <c r="G245" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H245" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I245" s="5"/>
+      <c r="J245" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K245" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L245" s="6" t="s">
         <v>1599</v>
       </c>
-      <c r="L245" s="6" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="M245" s="5"/>
     </row>
     <row r="246">
       <c r="A246" s="5" t="s">
-        <v>1602</v>
+        <v>1600</v>
       </c>
       <c r="B246" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C246" s="5" t="s">
         <v>34</v>
       </c>
       <c r="D246" s="5" t="s">
-        <v>1279</v>
-[...7 lines deleted...]
-        </is>
+        <v>569</v>
+      </c>
+      <c r="E246" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F246" s="5" t="s">
+        <v>1601</v>
       </c>
       <c r="G246" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H246" s="5" t="s">
+        <v>1602</v>
+      </c>
+      <c r="I246" s="5" t="s">
         <v>1603</v>
       </c>
-      <c r="I246" s="5" t="s">
+      <c r="J246" s="5" t="s">
         <v>1604</v>
       </c>
-      <c r="J246" s="5" t="s">
+      <c r="K246" s="5" t="s">
         <v>1605</v>
       </c>
-      <c r="K246" s="5" t="s">
+      <c r="L246" s="6" t="s">
         <v>1606</v>
       </c>
-      <c r="L246" s="6" t="s">
+      <c r="M246" s="5" t="s">
         <v>1607</v>
-      </c>
-[...1 lines deleted...]
-        <v>1608</v>
       </c>
     </row>
     <row r="247">
       <c r="A247" s="5" t="s">
-        <v>1609</v>
+        <v>1608</v>
       </c>
       <c r="B247" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C247" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D247" s="5" t="s">
         <v>121</v>
       </c>
       <c r="E247" s="5" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="F247" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G247" s="5" t="s">
+        <v>1609</v>
+      </c>
+      <c r="H247" s="5" t="s">
         <v>1610</v>
       </c>
-      <c r="H247" s="5" t="s">
+      <c r="I247" s="5" t="s">
         <v>1611</v>
-      </c>
-[...1 lines deleted...]
-        <v>1612</v>
       </c>
       <c r="J247" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K247" s="5" t="s">
+        <v>1612</v>
+      </c>
+      <c r="L247" s="6" t="s">
         <v>1613</v>
       </c>
-      <c r="L247" s="6" t="s">
+      <c r="M247" s="5" t="s">
         <v>1614</v>
-      </c>
-[...1 lines deleted...]
-        <v>1615</v>
       </c>
     </row>
     <row r="248">
       <c r="A248" s="5" t="s">
-        <v>1616</v>
+        <v>1615</v>
       </c>
       <c r="B248" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C248" s="5" t="s">
-        <v>563</v>
+        <v>34</v>
       </c>
       <c r="D248" s="5" t="s">
-        <v>34</v>
+        <v>1285</v>
       </c>
       <c r="E248" s="5" t="s">
-        <v>925</v>
+        <v>17</v>
       </c>
       <c r="F248" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G248" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H248" s="5" t="s">
+        <v>1616</v>
+      </c>
+      <c r="I248" s="5" t="s">
         <v>1617</v>
       </c>
-      <c r="I248" s="5" t="s">
+      <c r="J248" s="5" t="s">
         <v>1618</v>
       </c>
-      <c r="J248" s="5" t="s">
+      <c r="K248" s="5" t="s">
         <v>1619</v>
       </c>
-      <c r="K248" s="5" t="s">
+      <c r="L248" s="6" t="s">
         <v>1620</v>
       </c>
-      <c r="L248" s="6" t="s">
+      <c r="M248" s="5" t="s">
         <v>1621</v>
-      </c>
-[...1 lines deleted...]
-        <v>1622</v>
       </c>
     </row>
     <row r="249">
       <c r="A249" s="5" t="s">
+        <v>1622</v>
+      </c>
+      <c r="B249" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C249" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D249" s="5" t="s">
+        <v>121</v>
+      </c>
+      <c r="E249" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F249" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G249" s="5" t="s">
         <v>1623</v>
       </c>
-      <c r="B249" s="5" t="s">
-[...13 lines deleted...]
-      <c r="F249" s="5" t="s">
+      <c r="H249" s="5" t="s">
         <v>1624</v>
       </c>
-      <c r="G249" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H249" s="5" t="s">
+      <c r="I249" s="5" t="s">
         <v>1625</v>
       </c>
-      <c r="I249" s="5" t="s">
+      <c r="J249" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="K249" s="5" t="s">
         <v>1626</v>
       </c>
-      <c r="J249" s="5" t="s">
+      <c r="L249" s="6" t="s">
         <v>1627</v>
       </c>
-      <c r="K249" s="5" t="s">
+      <c r="M249" s="5" t="s">
         <v>1628</v>
-      </c>
-[...4 lines deleted...]
-        <v>1630</v>
       </c>
     </row>
     <row r="250">
       <c r="A250" s="5" t="s">
-        <v>1631</v>
+        <v>1629</v>
       </c>
       <c r="B250" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C250" s="5" t="s">
-        <v>563</v>
+        <v>569</v>
       </c>
       <c r="D250" s="5" t="s">
         <v>34</v>
       </c>
-      <c r="E250" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="E250" s="5" t="s">
+        <v>931</v>
       </c>
       <c r="F250" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G250" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H250" s="5" t="s">
+        <v>1630</v>
+      </c>
+      <c r="I250" s="5" t="s">
+        <v>1631</v>
+      </c>
+      <c r="J250" s="5" t="s">
         <v>1632</v>
       </c>
-      <c r="I250" s="5"/>
-      <c r="J250" s="5" t="s">
+      <c r="K250" s="5" t="s">
         <v>1633</v>
       </c>
-      <c r="K250" s="5" t="s">
+      <c r="L250" s="6" t="s">
         <v>1634</v>
       </c>
-      <c r="L250" s="6" t="s">
+      <c r="M250" s="5" t="s">
         <v>1635</v>
-      </c>
-[...1 lines deleted...]
-        <v>1636</v>
       </c>
     </row>
     <row r="251">
       <c r="A251" s="5" t="s">
-        <v>1637</v>
+        <v>1636</v>
       </c>
       <c r="B251" s="5" t="s">
-        <v>14</v>
+        <v>1564</v>
       </c>
       <c r="C251" s="5" t="s">
-        <v>563</v>
+        <v>569</v>
       </c>
       <c r="D251" s="5" t="s">
         <v>34</v>
       </c>
       <c r="E251" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F251" s="5" t="s">
-        <v>17</v>
+        <v>1637</v>
       </c>
       <c r="G251" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H251" s="5" t="s">
         <v>1638</v>
       </c>
       <c r="I251" s="5" t="s">
         <v>1639</v>
       </c>
       <c r="J251" s="5" t="s">
         <v>1640</v>
       </c>
       <c r="K251" s="5" t="s">
         <v>1641</v>
       </c>
       <c r="L251" s="6" t="s">
         <v>1642</v>
       </c>
       <c r="M251" s="5" t="s">
         <v>1643</v>
       </c>
     </row>
     <row r="252">
       <c r="A252" s="5" t="s">
         <v>1644</v>
       </c>
       <c r="B252" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C252" s="5" t="s">
-        <v>180</v>
+        <v>569</v>
       </c>
       <c r="D252" s="5" t="s">
-        <v>563</v>
+        <v>34</v>
       </c>
       <c r="E252" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F252" s="5" t="s">
-        <v>917</v>
+      <c r="F252" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G252" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H252" s="5" t="s">
         <v>1645</v>
       </c>
-      <c r="I252" s="5" t="s">
+      <c r="I252" s="5"/>
+      <c r="J252" s="5" t="s">
         <v>1646</v>
       </c>
-      <c r="J252" s="5" t="s">
+      <c r="K252" s="5" t="s">
         <v>1647</v>
       </c>
-      <c r="K252" s="5" t="s">
+      <c r="L252" s="6" t="s">
         <v>1648</v>
       </c>
-      <c r="L252" s="6" t="s">
+      <c r="M252" s="5" t="s">
         <v>1649</v>
-      </c>
-[...1 lines deleted...]
-        <v>1650</v>
       </c>
     </row>
     <row r="253">
       <c r="A253" s="5" t="s">
-        <v>1651</v>
+        <v>1650</v>
       </c>
       <c r="B253" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C253" s="5" t="s">
+        <v>569</v>
+      </c>
+      <c r="D253" s="5" t="s">
         <v>34</v>
       </c>
-      <c r="D253" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E253" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F253" s="5" t="s">
-        <v>895</v>
+        <v>17</v>
       </c>
       <c r="G253" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H253" s="5" t="s">
+        <v>1651</v>
+      </c>
+      <c r="I253" s="5" t="s">
         <v>1652</v>
       </c>
-      <c r="I253" s="5" t="s">
+      <c r="J253" s="5" t="s">
         <v>1653</v>
       </c>
-      <c r="J253" s="5" t="s">
+      <c r="K253" s="5" t="s">
         <v>1654</v>
       </c>
-      <c r="K253" s="5" t="s">
+      <c r="L253" s="6" t="s">
         <v>1655</v>
       </c>
-      <c r="L253" s="6" t="s">
+      <c r="M253" s="5" t="s">
         <v>1656</v>
-      </c>
-[...1 lines deleted...]
-        <v>1657</v>
       </c>
     </row>
     <row r="254">
       <c r="A254" s="5" t="s">
-        <v>1658</v>
+        <v>1657</v>
       </c>
       <c r="B254" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C254" s="5" t="s">
-        <v>121</v>
+        <v>180</v>
       </c>
       <c r="D254" s="5" t="s">
-        <v>16</v>
+        <v>569</v>
       </c>
       <c r="E254" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F254" s="5" t="inlineStr">
-[...5 lines deleted...]
-        <v>1384</v>
+      <c r="F254" s="5" t="s">
+        <v>923</v>
+      </c>
+      <c r="G254" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H254" s="5" t="s">
+        <v>1658</v>
+      </c>
+      <c r="I254" s="5" t="s">
         <v>1659</v>
       </c>
-      <c r="I254" s="5" t="s">
+      <c r="J254" s="5" t="s">
         <v>1660</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
       <c r="K254" s="5" t="s">
         <v>1661</v>
       </c>
       <c r="L254" s="6" t="s">
         <v>1662</v>
       </c>
       <c r="M254" s="5" t="s">
         <v>1663</v>
       </c>
     </row>
     <row r="255">
       <c r="A255" s="5" t="s">
         <v>1664</v>
       </c>
       <c r="B255" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C255" s="5" t="s">
-        <v>121</v>
+        <v>34</v>
       </c>
       <c r="D255" s="5" t="s">
-        <v>638</v>
+        <v>569</v>
       </c>
       <c r="E255" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F255" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G255" s="5" t="s">
+      <c r="F255" s="5" t="s">
+        <v>901</v>
+      </c>
+      <c r="G255" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H255" s="5" t="s">
         <v>1665</v>
       </c>
-      <c r="H255" s="5" t="s">
+      <c r="I255" s="5" t="s">
         <v>1666</v>
       </c>
-      <c r="I255" s="5"/>
       <c r="J255" s="5" t="s">
-        <v>257</v>
+        <v>1667</v>
       </c>
       <c r="K255" s="5" t="s">
-        <v>1667</v>
+        <v>1668</v>
       </c>
       <c r="L255" s="6" t="s">
-        <v>1668</v>
+        <v>1669</v>
       </c>
       <c r="M255" s="5" t="s">
-        <v>1669</v>
+        <v>1670</v>
       </c>
     </row>
     <row r="256">
       <c r="A256" s="5" t="s">
-        <v>1670</v>
+        <v>1671</v>
       </c>
       <c r="B256" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C256" s="5" t="s">
-        <v>180</v>
+        <v>121</v>
       </c>
       <c r="D256" s="5" t="s">
-        <v>563</v>
+        <v>16</v>
       </c>
       <c r="E256" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F256" s="5" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="F256" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G256" s="5" t="s">
+        <v>1390</v>
       </c>
       <c r="H256" s="5" t="s">
-        <v>1671</v>
+        <v>1672</v>
       </c>
       <c r="I256" s="5" t="s">
-        <v>1672</v>
+        <v>1673</v>
       </c>
       <c r="J256" s="5" t="s">
-        <v>1673</v>
+        <v>22</v>
       </c>
       <c r="K256" s="5" t="s">
         <v>1674</v>
       </c>
       <c r="L256" s="6" t="s">
         <v>1675</v>
       </c>
       <c r="M256" s="5" t="s">
         <v>1676</v>
       </c>
     </row>
     <row r="257">
       <c r="A257" s="5" t="s">
         <v>1677</v>
       </c>
       <c r="B257" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C257" s="5" t="s">
+        <v>121</v>
+      </c>
+      <c r="D257" s="5" t="s">
+        <v>644</v>
+      </c>
+      <c r="E257" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F257" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G257" s="5" t="s">
         <v>1678</v>
       </c>
-      <c r="D257" s="5" t="s">
-[...10 lines deleted...]
-      <c r="G257" s="5" t="s">
+      <c r="H257" s="5" t="s">
         <v>1679</v>
       </c>
-      <c r="H257" s="5" t="s">
+      <c r="I257" s="5"/>
+      <c r="J257" s="5" t="s">
+        <v>257</v>
+      </c>
+      <c r="K257" s="5" t="s">
         <v>1680</v>
       </c>
-      <c r="I257" s="5" t="s">
+      <c r="L257" s="6" t="s">
         <v>1681</v>
       </c>
-      <c r="J257" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K257" s="5" t="s">
+      <c r="M257" s="5" t="s">
         <v>1682</v>
-      </c>
-[...4 lines deleted...]
-        <v>1684</v>
       </c>
     </row>
     <row r="258">
       <c r="A258" s="5" t="s">
-        <v>1685</v>
+        <v>1683</v>
       </c>
       <c r="B258" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C258" s="5" t="s">
-        <v>34</v>
+        <v>180</v>
       </c>
       <c r="D258" s="5" t="s">
-        <v>563</v>
-[...1 lines deleted...]
-      <c r="E258" s="5" t="s">
+        <v>569</v>
+      </c>
+      <c r="E258" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F258" s="5" t="s">
+        <v>901</v>
+      </c>
+      <c r="G258" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H258" s="5" t="s">
+        <v>1684</v>
+      </c>
+      <c r="I258" s="5" t="s">
+        <v>1685</v>
+      </c>
+      <c r="J258" s="5" t="s">
         <v>1686</v>
       </c>
-      <c r="F258" s="5" t="s">
-[...7 lines deleted...]
-      <c r="H258" s="5" t="s">
+      <c r="K258" s="5" t="s">
         <v>1687</v>
       </c>
-      <c r="I258" s="5" t="s">
+      <c r="L258" s="6" t="s">
         <v>1688</v>
       </c>
-      <c r="J258" s="5" t="s">
+      <c r="M258" s="5" t="s">
         <v>1689</v>
-      </c>
-[...7 lines deleted...]
-        <v>1692</v>
       </c>
     </row>
     <row r="259">
       <c r="A259" s="5" t="s">
-        <v>1693</v>
+        <v>1690</v>
       </c>
       <c r="B259" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C259" s="5" t="s">
-        <v>34</v>
+        <v>1691</v>
       </c>
       <c r="D259" s="5" t="s">
-        <v>563</v>
-[...12 lines deleted...]
-        </is>
+        <v>121</v>
+      </c>
+      <c r="E259" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F259" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G259" s="5" t="s">
+        <v>1692</v>
       </c>
       <c r="H259" s="5" t="s">
+        <v>1693</v>
+      </c>
+      <c r="I259" s="5" t="s">
         <v>1694</v>
       </c>
-      <c r="I259" s="5" t="s">
+      <c r="J259" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="K259" s="5" t="s">
         <v>1695</v>
       </c>
-      <c r="J259" s="5" t="s">
+      <c r="L259" s="6" t="s">
         <v>1696</v>
       </c>
-      <c r="K259" s="5" t="s">
+      <c r="M259" s="5" t="s">
         <v>1697</v>
-      </c>
-[...4 lines deleted...]
-        <v>1699</v>
       </c>
     </row>
     <row r="260">
       <c r="A260" s="5" t="s">
-        <v>1700</v>
+        <v>1698</v>
       </c>
       <c r="B260" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C260" s="5" t="s">
-        <v>563</v>
+        <v>34</v>
       </c>
       <c r="D260" s="5" t="s">
-        <v>34</v>
-[...9 lines deleted...]
-        </is>
+        <v>569</v>
+      </c>
+      <c r="E260" s="5" t="s">
+        <v>1699</v>
+      </c>
+      <c r="F260" s="5" t="s">
+        <v>901</v>
       </c>
       <c r="G260" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H260" s="5" t="s">
+        <v>1700</v>
+      </c>
+      <c r="I260" s="5" t="s">
         <v>1701</v>
       </c>
-      <c r="I260" s="5"/>
       <c r="J260" s="5" t="s">
         <v>1702</v>
       </c>
       <c r="K260" s="5" t="s">
         <v>1703</v>
       </c>
       <c r="L260" s="6" t="s">
         <v>1704</v>
       </c>
       <c r="M260" s="5" t="s">
         <v>1705</v>
       </c>
     </row>
     <row r="261">
       <c r="A261" s="5" t="s">
         <v>1706</v>
       </c>
       <c r="B261" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C261" s="5" t="s">
         <v>34</v>
       </c>
       <c r="D261" s="5" t="s">
-        <v>563</v>
+        <v>569</v>
       </c>
       <c r="E261" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F261" s="5" t="s">
-        <v>895</v>
+        <v>901</v>
       </c>
       <c r="G261" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H261" s="5" t="s">
         <v>1707</v>
       </c>
-      <c r="I261" s="5"/>
+      <c r="I261" s="5" t="s">
+        <v>1708</v>
+      </c>
       <c r="J261" s="5" t="s">
-        <v>1708</v>
+        <v>1709</v>
       </c>
       <c r="K261" s="5" t="s">
-        <v>1709</v>
+        <v>1710</v>
       </c>
       <c r="L261" s="6" t="s">
-        <v>1710</v>
+        <v>1711</v>
       </c>
       <c r="M261" s="5" t="s">
-        <v>1711</v>
+        <v>1712</v>
       </c>
     </row>
     <row r="262">
       <c r="A262" s="5" t="s">
-        <v>1712</v>
+        <v>1713</v>
       </c>
       <c r="B262" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C262" s="5" t="s">
-        <v>121</v>
+        <v>569</v>
       </c>
       <c r="D262" s="5" t="s">
-        <v>16</v>
+        <v>34</v>
       </c>
       <c r="E262" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F262" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G262" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H262" s="5" t="s">
-        <v>1713</v>
-[...1 lines deleted...]
-      <c r="I262" s="5" t="s">
         <v>1714</v>
       </c>
+      <c r="I262" s="5"/>
       <c r="J262" s="5" t="s">
-        <v>22</v>
+        <v>1715</v>
       </c>
       <c r="K262" s="5" t="s">
-        <v>1715</v>
+        <v>1716</v>
       </c>
       <c r="L262" s="6" t="s">
-        <v>1716</v>
+        <v>1717</v>
       </c>
       <c r="M262" s="5" t="s">
-        <v>1717</v>
+        <v>1718</v>
       </c>
     </row>
     <row r="263">
       <c r="A263" s="5" t="s">
-        <v>1718</v>
+        <v>1719</v>
       </c>
       <c r="B263" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C263" s="5" t="s">
         <v>34</v>
       </c>
       <c r="D263" s="5" t="s">
-        <v>563</v>
+        <v>569</v>
       </c>
       <c r="E263" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F263" s="5" t="s">
-        <v>895</v>
+        <v>901</v>
       </c>
       <c r="G263" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H263" s="5" t="s">
-        <v>1719</v>
-[...1 lines deleted...]
-      <c r="I263" s="5" t="s">
         <v>1720</v>
       </c>
+      <c r="I263" s="5"/>
       <c r="J263" s="5" t="s">
         <v>1721</v>
       </c>
       <c r="K263" s="5" t="s">
         <v>1722</v>
       </c>
       <c r="L263" s="6" t="s">
         <v>1723</v>
       </c>
       <c r="M263" s="5" t="s">
         <v>1724</v>
       </c>
     </row>
     <row r="264">
       <c r="A264" s="5" t="s">
         <v>1725</v>
       </c>
       <c r="B264" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C264" s="5" t="s">
+        <v>121</v>
+      </c>
+      <c r="D264" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D264" s="5" t="s">
-[...2 lines deleted...]
-      <c r="E264" s="5" t="s">
+      <c r="E264" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F264" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G264" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H264" s="5" t="s">
         <v>1726</v>
       </c>
-      <c r="F264" s="5" t="s">
-[...2 lines deleted...]
-      <c r="G264" s="5" t="s">
+      <c r="I264" s="5" t="s">
         <v>1727</v>
-      </c>
-[...4 lines deleted...]
-        <v>1729</v>
       </c>
       <c r="J264" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K264" s="5" t="s">
+        <v>1728</v>
+      </c>
+      <c r="L264" s="6" t="s">
+        <v>1729</v>
+      </c>
+      <c r="M264" s="5" t="s">
         <v>1730</v>
-      </c>
-[...4 lines deleted...]
-        <v>1732</v>
       </c>
     </row>
     <row r="265">
       <c r="A265" s="5" t="s">
-        <v>1733</v>
+        <v>1731</v>
       </c>
       <c r="B265" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C265" s="5" t="s">
         <v>34</v>
       </c>
       <c r="D265" s="5" t="s">
-        <v>563</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>569</v>
+      </c>
+      <c r="E265" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F265" s="5" t="s">
-        <v>895</v>
+        <v>901</v>
       </c>
       <c r="G265" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H265" s="5" t="s">
+        <v>1732</v>
+      </c>
+      <c r="I265" s="5" t="s">
+        <v>1733</v>
+      </c>
+      <c r="J265" s="5" t="s">
         <v>1734</v>
       </c>
-      <c r="I265" s="5" t="s">
+      <c r="K265" s="5" t="s">
         <v>1735</v>
       </c>
-      <c r="J265" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K265" s="5" t="s">
+      <c r="L265" s="6" t="s">
         <v>1736</v>
       </c>
-      <c r="L265" s="6" t="s">
+      <c r="M265" s="5" t="s">
         <v>1737</v>
-      </c>
-[...1 lines deleted...]
-        <v>1738</v>
       </c>
     </row>
     <row r="266">
       <c r="A266" s="5" t="s">
-        <v>1739</v>
+        <v>1738</v>
       </c>
       <c r="B266" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C266" s="5" t="s">
-        <v>34</v>
+        <v>16</v>
       </c>
       <c r="D266" s="5" t="s">
-        <v>563</v>
-[...4 lines deleted...]
-        </is>
+        <v>121</v>
+      </c>
+      <c r="E266" s="5" t="s">
+        <v>1739</v>
       </c>
       <c r="F266" s="5" t="s">
-        <v>895</v>
-[...4 lines deleted...]
-        </is>
+        <v>17</v>
+      </c>
+      <c r="G266" s="5" t="s">
+        <v>1740</v>
       </c>
       <c r="H266" s="5" t="s">
-        <v>1740</v>
+        <v>1741</v>
       </c>
       <c r="I266" s="5" t="s">
-        <v>1741</v>
+        <v>1742</v>
       </c>
       <c r="J266" s="5" t="s">
-        <v>1742</v>
+        <v>22</v>
       </c>
       <c r="K266" s="5" t="s">
         <v>1743</v>
       </c>
       <c r="L266" s="6" t="s">
         <v>1744</v>
       </c>
       <c r="M266" s="5" t="s">
         <v>1745</v>
       </c>
     </row>
     <row r="267">
       <c r="A267" s="5" t="s">
         <v>1746</v>
       </c>
       <c r="B267" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C267" s="5" t="s">
         <v>34</v>
       </c>
       <c r="D267" s="5" t="s">
-        <v>563</v>
+        <v>569</v>
       </c>
       <c r="E267" s="5" t="s">
-        <v>1384</v>
+        <v>17</v>
       </c>
       <c r="F267" s="5" t="s">
-        <v>1325</v>
+        <v>901</v>
       </c>
       <c r="G267" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H267" s="5" t="s">
         <v>1747</v>
       </c>
       <c r="I267" s="5" t="s">
         <v>1748</v>
       </c>
       <c r="J267" s="5" t="s">
+        <v>1523</v>
+      </c>
+      <c r="K267" s="5" t="s">
         <v>1749</v>
       </c>
-      <c r="K267" s="5" t="s">
+      <c r="L267" s="6" t="s">
         <v>1750</v>
       </c>
-      <c r="L267" s="6" t="s">
+      <c r="M267" s="5" t="s">
         <v>1751</v>
-      </c>
-[...1 lines deleted...]
-        <v>1752</v>
       </c>
     </row>
     <row r="268">
       <c r="A268" s="5" t="s">
-        <v>1753</v>
+        <v>1752</v>
       </c>
       <c r="B268" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C268" s="5" t="s">
-        <v>16</v>
+        <v>34</v>
       </c>
       <c r="D268" s="5" t="s">
-        <v>121</v>
-[...9 lines deleted...]
-      <c r="G268" s="5" t="s">
+        <v>569</v>
+      </c>
+      <c r="E268" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F268" s="5" t="s">
+        <v>901</v>
+      </c>
+      <c r="G268" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H268" s="5" t="s">
+        <v>1753</v>
+      </c>
+      <c r="I268" s="5" t="s">
         <v>1754</v>
       </c>
-      <c r="H268" s="5" t="s">
+      <c r="J268" s="5" t="s">
         <v>1755</v>
       </c>
-      <c r="I268" s="5" t="s">
+      <c r="K268" s="5" t="s">
         <v>1756</v>
       </c>
-      <c r="J268" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K268" s="5" t="s">
+      <c r="L268" s="6" t="s">
         <v>1757</v>
       </c>
-      <c r="L268" s="6" t="s">
+      <c r="M268" s="5" t="s">
         <v>1758</v>
-      </c>
-[...1 lines deleted...]
-        <v>1759</v>
       </c>
     </row>
     <row r="269">
       <c r="A269" s="5" t="s">
-        <v>1760</v>
+        <v>1759</v>
       </c>
       <c r="B269" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C269" s="5" t="s">
-        <v>16</v>
+        <v>34</v>
       </c>
       <c r="D269" s="5" t="s">
-        <v>121</v>
+        <v>569</v>
       </c>
       <c r="E269" s="5" t="s">
-        <v>1726</v>
-[...7 lines deleted...]
-        <v>1754</v>
+        <v>1390</v>
+      </c>
+      <c r="F269" s="5" t="s">
+        <v>1331</v>
+      </c>
+      <c r="G269" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H269" s="5" t="s">
+        <v>1760</v>
+      </c>
+      <c r="I269" s="5" t="s">
         <v>1761</v>
       </c>
-      <c r="I269" s="5" t="s">
+      <c r="J269" s="5" t="s">
         <v>1762</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
       <c r="K269" s="5" t="s">
         <v>1763</v>
       </c>
       <c r="L269" s="6" t="s">
         <v>1764</v>
       </c>
       <c r="M269" s="5" t="s">
         <v>1765</v>
       </c>
     </row>
     <row r="270">
       <c r="A270" s="5" t="s">
         <v>1766</v>
       </c>
       <c r="B270" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C270" s="5" t="s">
-        <v>34</v>
+        <v>16</v>
       </c>
       <c r="D270" s="5" t="s">
-        <v>563</v>
-[...12 lines deleted...]
-        </is>
+        <v>121</v>
+      </c>
+      <c r="E270" s="5" t="s">
+        <v>1739</v>
+      </c>
+      <c r="F270" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G270" s="5" t="s">
+        <v>1767</v>
       </c>
       <c r="H270" s="5" t="s">
-        <v>1767</v>
+        <v>1768</v>
       </c>
       <c r="I270" s="5" t="s">
-        <v>1768</v>
+        <v>1769</v>
       </c>
       <c r="J270" s="5" t="s">
-        <v>1769</v>
+        <v>22</v>
       </c>
       <c r="K270" s="5" t="s">
         <v>1770</v>
       </c>
       <c r="L270" s="6" t="s">
         <v>1771</v>
       </c>
       <c r="M270" s="5" t="s">
         <v>1772</v>
       </c>
     </row>
     <row r="271">
       <c r="A271" s="5" t="s">
         <v>1773</v>
       </c>
       <c r="B271" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C271" s="5" t="s">
-        <v>34</v>
+        <v>16</v>
       </c>
       <c r="D271" s="5" t="s">
-        <v>563</v>
-[...12 lines deleted...]
-        </is>
+        <v>121</v>
+      </c>
+      <c r="E271" s="5" t="s">
+        <v>1739</v>
+      </c>
+      <c r="F271" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G271" s="5" t="s">
+        <v>1767</v>
       </c>
       <c r="H271" s="5" t="s">
         <v>1774</v>
       </c>
       <c r="I271" s="5" t="s">
         <v>1775</v>
       </c>
       <c r="J271" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="K271" s="5" t="s">
         <v>1776</v>
-      </c>
-[...3 lines deleted...]
-        </is>
       </c>
       <c r="L271" s="6" t="s">
         <v>1777</v>
       </c>
       <c r="M271" s="5" t="s">
         <v>1778</v>
       </c>
     </row>
     <row r="272">
       <c r="A272" s="5" t="s">
         <v>1779</v>
       </c>
       <c r="B272" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C272" s="5" t="s">
-        <v>1295</v>
+        <v>34</v>
       </c>
       <c r="D272" s="5" t="s">
-        <v>112</v>
+        <v>569</v>
       </c>
       <c r="E272" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F272" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F272" s="5" t="s">
+        <v>901</v>
       </c>
       <c r="G272" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H272" s="5" t="s">
         <v>1780</v>
       </c>
-      <c r="I272" s="5"/>
+      <c r="I272" s="5" t="s">
+        <v>1781</v>
+      </c>
       <c r="J272" s="5" t="s">
-        <v>1781</v>
+        <v>1782</v>
       </c>
       <c r="K272" s="5" t="s">
-        <v>1782</v>
+        <v>1783</v>
       </c>
       <c r="L272" s="6" t="s">
-        <v>1783</v>
+        <v>1784</v>
       </c>
       <c r="M272" s="5" t="s">
-        <v>1784</v>
+        <v>1785</v>
       </c>
     </row>
     <row r="273">
       <c r="A273" s="5" t="s">
-        <v>1785</v>
+        <v>1786</v>
       </c>
       <c r="B273" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C273" s="5" t="s">
         <v>34</v>
       </c>
       <c r="D273" s="5" t="s">
-        <v>563</v>
-[...2 lines deleted...]
-        <v>1786</v>
+        <v>569</v>
+      </c>
+      <c r="E273" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F273" s="5" t="s">
-        <v>1325</v>
+        <v>901</v>
       </c>
       <c r="G273" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H273" s="5" t="s">
         <v>1787</v>
       </c>
       <c r="I273" s="5" t="s">
         <v>1788</v>
       </c>
       <c r="J273" s="5" t="s">
         <v>1789</v>
       </c>
-      <c r="K273" s="5" t="s">
+      <c r="K273" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L273" s="6" t="s">
         <v>1790</v>
       </c>
-      <c r="L273" s="6" t="s">
+      <c r="M273" s="5" t="s">
         <v>1791</v>
-      </c>
-[...1 lines deleted...]
-        <v>1792</v>
       </c>
     </row>
     <row r="274">
       <c r="A274" s="5" t="s">
-        <v>1793</v>
+        <v>1792</v>
       </c>
       <c r="B274" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C274" s="5" t="s">
+        <v>195</v>
+      </c>
+      <c r="D274" s="5" t="s">
+        <v>1285</v>
+      </c>
+      <c r="E274" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F274" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G274" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H274" s="5" t="s">
+        <v>1793</v>
+      </c>
+      <c r="I274" s="5" t="s">
         <v>1794</v>
       </c>
-      <c r="D274" s="5" t="s">
-[...15 lines deleted...]
-      <c r="H274" s="5" t="s">
+      <c r="J274" s="5" t="s">
         <v>1795</v>
       </c>
-      <c r="I274" s="5"/>
-      <c r="J274" s="5" t="s">
+      <c r="K274" s="5" t="s">
         <v>1796</v>
       </c>
-      <c r="K274" s="5" t="s">
+      <c r="L274" s="6" t="s">
         <v>1797</v>
       </c>
-      <c r="L274" s="6" t="s">
+      <c r="M274" s="5" t="s">
         <v>1798</v>
-      </c>
-[...1 lines deleted...]
-        <v>1799</v>
       </c>
     </row>
     <row r="275">
       <c r="A275" s="5" t="s">
-        <v>1800</v>
+        <v>1799</v>
       </c>
       <c r="B275" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C275" s="5" t="s">
+        <v>1301</v>
+      </c>
+      <c r="D275" s="5" t="s">
         <v>112</v>
       </c>
-      <c r="D275" s="5" t="s">
+      <c r="E275" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F275" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G275" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H275" s="5" t="s">
+        <v>1800</v>
+      </c>
+      <c r="I275" s="5"/>
+      <c r="J275" s="5" t="s">
         <v>1801</v>
       </c>
-      <c r="E275" s="5" t="s">
+      <c r="K275" s="5" t="s">
         <v>1802</v>
       </c>
-      <c r="F275" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H275" s="5" t="s">
+      <c r="L275" s="6" t="s">
         <v>1803</v>
       </c>
-      <c r="I275" s="5" t="s">
+      <c r="M275" s="5" t="s">
         <v>1804</v>
-      </c>
-[...10 lines deleted...]
-        <v>1807</v>
       </c>
     </row>
     <row r="276">
       <c r="A276" s="5" t="s">
-        <v>1808</v>
+        <v>1805</v>
       </c>
       <c r="B276" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C276" s="5" t="s">
         <v>34</v>
       </c>
       <c r="D276" s="5" t="s">
-        <v>1279</v>
+        <v>569</v>
       </c>
       <c r="E276" s="5" t="s">
-        <v>17</v>
+        <v>1806</v>
       </c>
       <c r="F276" s="5" t="s">
+        <v>1331</v>
+      </c>
+      <c r="G276" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H276" s="5" t="s">
+        <v>1807</v>
+      </c>
+      <c r="I276" s="5" t="s">
+        <v>1808</v>
+      </c>
+      <c r="J276" s="5" t="s">
         <v>1809</v>
       </c>
-      <c r="G276" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H276" s="5" t="s">
+      <c r="K276" s="5" t="s">
         <v>1810</v>
       </c>
-      <c r="I276" s="5" t="s">
+      <c r="L276" s="6" t="s">
         <v>1811</v>
       </c>
-      <c r="J276" s="5" t="s">
+      <c r="M276" s="5" t="s">
         <v>1812</v>
-      </c>
-[...7 lines deleted...]
-        <v>1815</v>
       </c>
     </row>
     <row r="277">
       <c r="A277" s="5" t="s">
-        <v>1816</v>
+        <v>1813</v>
       </c>
       <c r="B277" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C277" s="5" t="s">
-        <v>1200</v>
+        <v>1814</v>
       </c>
       <c r="D277" s="5" t="s">
-        <v>1817</v>
-[...4 lines deleted...]
-        </is>
+        <v>1206</v>
+      </c>
+      <c r="E277" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="F277" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G277" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H277" s="5" t="s">
-        <v>1818</v>
+        <v>1815</v>
       </c>
       <c r="I277" s="5"/>
       <c r="J277" s="5" t="s">
-        <v>1796</v>
+        <v>1816</v>
       </c>
       <c r="K277" s="5" t="s">
+        <v>1817</v>
+      </c>
+      <c r="L277" s="6" t="s">
+        <v>1818</v>
+      </c>
+      <c r="M277" s="5" t="s">
         <v>1819</v>
-      </c>
-[...4 lines deleted...]
-        <v>1821</v>
       </c>
     </row>
     <row r="278">
       <c r="A278" s="5" t="s">
-        <v>1822</v>
+        <v>1820</v>
       </c>
       <c r="B278" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C278" s="5" t="s">
-        <v>16</v>
-[...4 lines deleted...]
-        </is>
+        <v>112</v>
+      </c>
+      <c r="D278" s="5" t="s">
+        <v>1821</v>
       </c>
       <c r="E278" s="5" t="s">
-        <v>17</v>
+        <v>1822</v>
       </c>
       <c r="F278" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G278" s="5" t="s">
+      <c r="G278" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H278" s="5" t="s">
         <v>1823</v>
       </c>
-      <c r="H278" s="5" t="s">
+      <c r="I278" s="5" t="s">
         <v>1824</v>
       </c>
-      <c r="I278" s="5" t="s">
+      <c r="J278" s="5" t="s">
+        <v>1305</v>
+      </c>
+      <c r="K278" s="5" t="s">
         <v>1825</v>
       </c>
-      <c r="J278" s="5" t="s">
+      <c r="L278" s="6" t="s">
         <v>1826</v>
       </c>
-      <c r="K278" s="5" t="s">
+      <c r="M278" s="5" t="s">
         <v>1827</v>
-      </c>
-[...4 lines deleted...]
-        <v>1829</v>
       </c>
     </row>
     <row r="279">
       <c r="A279" s="5" t="s">
-        <v>1830</v>
+        <v>1828</v>
       </c>
       <c r="B279" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C279" s="5" t="s">
-        <v>16</v>
+        <v>34</v>
       </c>
       <c r="D279" s="5" t="s">
-        <v>121</v>
+        <v>1285</v>
       </c>
       <c r="E279" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F279" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F279" s="5" t="s">
+        <v>1829</v>
       </c>
       <c r="G279" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H279" s="5" t="s">
+        <v>1830</v>
+      </c>
+      <c r="I279" s="5" t="s">
         <v>1831</v>
       </c>
-      <c r="I279" s="5" t="s">
+      <c r="J279" s="5" t="s">
         <v>1832</v>
-      </c>
-[...1 lines deleted...]
-        <v>22</v>
       </c>
       <c r="K279" s="5" t="s">
         <v>1833</v>
       </c>
       <c r="L279" s="6" t="s">
         <v>1834</v>
       </c>
       <c r="M279" s="5" t="s">
         <v>1835</v>
       </c>
     </row>
     <row r="280">
       <c r="A280" s="5" t="s">
         <v>1836</v>
       </c>
       <c r="B280" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C280" s="5" t="s">
-        <v>16</v>
+        <v>1206</v>
       </c>
       <c r="D280" s="5" t="s">
-        <v>121</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>1837</v>
+      </c>
+      <c r="E280" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F280" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G280" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H280" s="5" t="s">
-        <v>1837</v>
-[...1 lines deleted...]
-      <c r="I280" s="5" t="s">
         <v>1838</v>
       </c>
+      <c r="I280" s="5"/>
       <c r="J280" s="5" t="s">
-        <v>22</v>
+        <v>1816</v>
       </c>
       <c r="K280" s="5" t="s">
         <v>1839</v>
       </c>
       <c r="L280" s="6" t="s">
         <v>1840</v>
       </c>
       <c r="M280" s="5" t="s">
         <v>1841</v>
       </c>
     </row>
     <row r="281">
       <c r="A281" s="5" t="s">
         <v>1842</v>
       </c>
       <c r="B281" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C281" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D281" s="5" t="s">
-        <v>121</v>
+      <c r="D281" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E281" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F281" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G281" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G281" s="5" t="s">
+        <v>1843</v>
       </c>
       <c r="H281" s="5" t="s">
-        <v>1843</v>
+        <v>1844</v>
       </c>
       <c r="I281" s="5" t="s">
-        <v>1844</v>
+        <v>1845</v>
       </c>
       <c r="J281" s="5" t="s">
-        <v>22</v>
+        <v>1846</v>
       </c>
       <c r="K281" s="5" t="s">
-        <v>1845</v>
+        <v>1847</v>
       </c>
       <c r="L281" s="6" t="s">
-        <v>1846</v>
+        <v>1848</v>
       </c>
       <c r="M281" s="5" t="s">
-        <v>1847</v>
+        <v>1849</v>
       </c>
     </row>
     <row r="282">
       <c r="A282" s="5" t="s">
-        <v>1848</v>
+        <v>1850</v>
       </c>
       <c r="B282" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C282" s="5" t="s">
-        <v>16</v>
+        <v>97</v>
       </c>
       <c r="D282" s="5" t="s">
-        <v>121</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>1285</v>
+      </c>
+      <c r="E282" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F282" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G282" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H282" s="5" t="s">
-        <v>1849</v>
-[...3 lines deleted...]
-      </c>
+        <v>1851</v>
+      </c>
+      <c r="I282" s="5"/>
       <c r="J282" s="5" t="s">
-        <v>22</v>
+        <v>1852</v>
       </c>
       <c r="K282" s="5" t="s">
-        <v>1851</v>
+        <v>1853</v>
       </c>
       <c r="L282" s="6" t="s">
-        <v>1852</v>
+        <v>1854</v>
       </c>
       <c r="M282" s="5" t="s">
-        <v>1853</v>
+        <v>1855</v>
       </c>
     </row>
     <row r="283">
       <c r="A283" s="5" t="s">
-        <v>1854</v>
+        <v>1856</v>
       </c>
       <c r="B283" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C283" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D283" s="5" t="s">
-        <v>1855</v>
+        <v>121</v>
       </c>
       <c r="E283" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F283" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G283" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H283" s="5" t="s">
-        <v>1856</v>
+        <v>1857</v>
       </c>
       <c r="I283" s="5" t="s">
-        <v>1857</v>
+        <v>1858</v>
       </c>
       <c r="J283" s="5" t="s">
-        <v>1858</v>
+        <v>22</v>
       </c>
       <c r="K283" s="5" t="s">
         <v>1859</v>
       </c>
       <c r="L283" s="6" t="s">
         <v>1860</v>
       </c>
       <c r="M283" s="5" t="s">
         <v>1861</v>
       </c>
     </row>
     <row r="284">
       <c r="A284" s="5" t="s">
         <v>1862</v>
       </c>
       <c r="B284" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C284" s="5" t="s">
-        <v>34</v>
+        <v>16</v>
       </c>
       <c r="D284" s="5" t="s">
-        <v>1863</v>
+        <v>121</v>
       </c>
       <c r="E284" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F284" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G284" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H284" s="5" t="s">
+        <v>1863</v>
+      </c>
+      <c r="I284" s="5" t="s">
         <v>1864</v>
       </c>
-      <c r="I284" s="5" t="s">
+      <c r="J284" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="K284" s="5" t="s">
         <v>1865</v>
       </c>
-      <c r="J284" s="5" t="s">
+      <c r="L284" s="6" t="s">
         <v>1866</v>
       </c>
-      <c r="K284" s="5" t="s">
+      <c r="M284" s="5" t="s">
         <v>1867</v>
-      </c>
-[...4 lines deleted...]
-        <v>1869</v>
       </c>
     </row>
     <row r="285">
       <c r="A285" s="5" t="s">
-        <v>1870</v>
+        <v>1868</v>
       </c>
       <c r="B285" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C285" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D285" s="5" t="s">
-        <v>1200</v>
+        <v>121</v>
       </c>
       <c r="E285" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F285" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G285" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H285" s="5" t="s">
+        <v>1869</v>
+      </c>
+      <c r="I285" s="5" t="s">
+        <v>1870</v>
+      </c>
+      <c r="J285" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="K285" s="5" t="s">
         <v>1871</v>
       </c>
-      <c r="I285" s="5"/>
-[...3 lines deleted...]
-      <c r="K285" s="5" t="s">
+      <c r="L285" s="6" t="s">
         <v>1872</v>
       </c>
-      <c r="L285" s="6" t="s">
+      <c r="M285" s="5" t="s">
         <v>1873</v>
       </c>
-      <c r="M285" s="5" t="s">
+    </row>
+    <row r="286">
+      <c r="A286" s="5" t="s">
         <v>1874</v>
-      </c>
-[...3 lines deleted...]
-        <v>1916</v>
       </c>
       <c r="B286" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C286" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D286" s="5" t="s">
+        <v>121</v>
+      </c>
+      <c r="E286" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F286" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G286" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H286" s="5" t="s">
         <v>1875</v>
       </c>
-      <c r="D286" s="5" t="s">
+      <c r="I286" s="5" t="s">
         <v>1876</v>
       </c>
-      <c r="E286" s="5" t="inlineStr">
-[...14 lines deleted...]
-      <c r="H286" s="5" t="s">
+      <c r="J286" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="K286" s="5" t="s">
         <v>1877</v>
       </c>
-      <c r="I286" s="5" t="s">
+      <c r="L286" s="6" t="s">
         <v>1878</v>
       </c>
-      <c r="J286" s="5" t="s">
+      <c r="M286" s="5" t="s">
         <v>1879</v>
-      </c>
-[...7 lines deleted...]
-        <v>1882</v>
       </c>
     </row>
     <row r="287">
       <c r="A287" s="5" t="s">
-        <v>1883</v>
+        <v>1880</v>
       </c>
       <c r="B287" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C287" s="5" t="s">
-        <v>563</v>
+        <v>16</v>
       </c>
       <c r="D287" s="5" t="s">
-        <v>180</v>
+        <v>1881</v>
       </c>
       <c r="E287" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F287" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G287" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H287" s="5" t="s">
+        <v>1882</v>
+      </c>
+      <c r="I287" s="5" t="s">
+        <v>1883</v>
+      </c>
+      <c r="J287" s="5" t="s">
         <v>1884</v>
       </c>
-      <c r="F287" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H287" s="5" t="s">
+      <c r="K287" s="5" t="s">
         <v>1885</v>
       </c>
-      <c r="I287" s="5" t="s">
+      <c r="L287" s="6" t="s">
         <v>1886</v>
       </c>
-      <c r="J287" s="5" t="s">
+      <c r="M287" s="5" t="s">
         <v>1887</v>
-      </c>
-[...7 lines deleted...]
-        <v>1890</v>
       </c>
     </row>
     <row r="288">
       <c r="A288" s="5" t="s">
-        <v>1891</v>
+        <v>1888</v>
       </c>
       <c r="B288" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C288" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="D288" s="5" t="s">
+        <v>1889</v>
+      </c>
+      <c r="E288" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F288" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G288" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H288" s="5" t="s">
+        <v>1890</v>
+      </c>
+      <c r="I288" s="5" t="s">
+        <v>1891</v>
+      </c>
+      <c r="J288" s="5" t="s">
         <v>1892</v>
       </c>
-      <c r="D288" s="5" t="s">
-[...17 lines deleted...]
-      <c r="H288" s="5" t="s">
+      <c r="K288" s="5" t="s">
         <v>1893</v>
       </c>
-      <c r="I288" s="5"/>
-[...3 lines deleted...]
-      <c r="K288" s="5" t="s">
+      <c r="L288" s="6" t="s">
         <v>1894</v>
       </c>
-      <c r="L288" s="6" t="s">
+      <c r="M288" s="5" t="s">
         <v>1895</v>
-      </c>
-[...1 lines deleted...]
-        <v>1896</v>
       </c>
     </row>
     <row r="289">
       <c r="A289" s="5" t="s">
-        <v>1897</v>
+        <v>1896</v>
       </c>
       <c r="B289" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C289" s="5" t="s">
-        <v>1892</v>
+        <v>16</v>
       </c>
       <c r="D289" s="5" t="s">
-        <v>1876</v>
-[...4 lines deleted...]
-        </is>
+        <v>1206</v>
+      </c>
+      <c r="E289" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F289" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G289" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H289" s="5" t="s">
-        <v>1898</v>
+        <v>1897</v>
       </c>
       <c r="I289" s="5"/>
       <c r="J289" s="5" t="s">
+        <v>1884</v>
+      </c>
+      <c r="K289" s="5" t="s">
+        <v>1898</v>
+      </c>
+      <c r="L289" s="6" t="s">
         <v>1899</v>
       </c>
-      <c r="K289" s="5" t="s">
+      <c r="M289" s="5" t="s">
         <v>1900</v>
       </c>
-      <c r="L289" s="6" t="s">
-[...4 lines deleted...]
-      </c>
     </row>
     <row r="290">
-      <c r="A290" s="5" t="s">
-        <v>1903</v>
+      <c r="A290" s="5" t="n">
+        <v>1916</v>
       </c>
       <c r="B290" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C290" s="5" t="s">
+        <v>1901</v>
+      </c>
+      <c r="D290" s="5" t="s">
+        <v>1902</v>
+      </c>
+      <c r="E290" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F290" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G290" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H290" s="5" t="s">
+        <v>1903</v>
+      </c>
+      <c r="I290" s="5" t="s">
         <v>1904</v>
       </c>
-      <c r="D290" s="5" t="s">
-[...17 lines deleted...]
-      <c r="H290" s="5" t="s">
+      <c r="J290" s="5" t="s">
         <v>1905</v>
       </c>
-      <c r="I290" s="5" t="s">
+      <c r="K290" s="5" t="s">
         <v>1906</v>
       </c>
-      <c r="J290" s="5" t="s">
+      <c r="L290" s="6" t="s">
         <v>1907</v>
       </c>
-      <c r="K290" s="5" t="s">
+      <c r="M290" s="5" t="s">
         <v>1908</v>
-      </c>
-[...4 lines deleted...]
-        <v>1910</v>
       </c>
     </row>
     <row r="291">
       <c r="A291" s="5" t="s">
-        <v>1911</v>
+        <v>1909</v>
       </c>
       <c r="B291" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C291" s="5" t="s">
-        <v>112</v>
+        <v>569</v>
       </c>
       <c r="D291" s="5" t="s">
-        <v>1801</v>
+        <v>180</v>
       </c>
       <c r="E291" s="5" t="s">
+        <v>1910</v>
+      </c>
+      <c r="F291" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G291" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H291" s="5" t="s">
+        <v>1911</v>
+      </c>
+      <c r="I291" s="5" t="s">
         <v>1912</v>
       </c>
-      <c r="F291" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H291" s="5" t="s">
+      <c r="J291" s="5" t="s">
         <v>1913</v>
       </c>
-      <c r="I291" s="5" t="s">
+      <c r="K291" s="5" t="s">
         <v>1914</v>
       </c>
-      <c r="J291" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K291" s="5" t="s">
+      <c r="L291" s="6" t="s">
         <v>1915</v>
       </c>
-      <c r="L291" s="6" t="s">
+      <c r="M291" s="5" t="s">
         <v>1916</v>
-      </c>
-[...1 lines deleted...]
-        <v>1917</v>
       </c>
     </row>
     <row r="292">
       <c r="A292" s="5" t="s">
-        <v>1911</v>
+        <v>1917</v>
       </c>
       <c r="B292" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C292" s="5" t="s">
-        <v>112</v>
+        <v>1918</v>
       </c>
       <c r="D292" s="5" t="s">
-        <v>1801</v>
-[...2 lines deleted...]
-        <v>1912</v>
+        <v>1902</v>
+      </c>
+      <c r="E292" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F292" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G292" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H292" s="5" t="s">
-        <v>1913</v>
-[...3 lines deleted...]
-      </c>
+        <v>1919</v>
+      </c>
+      <c r="I292" s="5"/>
       <c r="J292" s="5" t="s">
-        <v>1299</v>
+        <v>1905</v>
       </c>
       <c r="K292" s="5" t="s">
-        <v>1915</v>
+        <v>1920</v>
       </c>
       <c r="L292" s="6" t="s">
-        <v>1918</v>
+        <v>1921</v>
       </c>
       <c r="M292" s="5" t="s">
-        <v>1917</v>
+        <v>1922</v>
       </c>
     </row>
     <row r="293">
       <c r="A293" s="5" t="s">
-        <v>1919</v>
+        <v>1923</v>
       </c>
       <c r="B293" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C293" s="5" t="s">
-        <v>112</v>
+        <v>1918</v>
       </c>
       <c r="D293" s="5" t="s">
-        <v>1801</v>
-[...2 lines deleted...]
-        <v>1912</v>
+        <v>1902</v>
+      </c>
+      <c r="E293" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F293" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G293" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H293" s="5" t="s">
-        <v>1920</v>
+        <v>1924</v>
       </c>
       <c r="I293" s="5"/>
       <c r="J293" s="5" t="s">
-        <v>1299</v>
+        <v>1925</v>
       </c>
       <c r="K293" s="5" t="s">
-        <v>1921</v>
+        <v>1926</v>
       </c>
       <c r="L293" s="6" t="s">
-        <v>1922</v>
+        <v>1927</v>
       </c>
       <c r="M293" s="5" t="s">
-        <v>1923</v>
+        <v>1928</v>
       </c>
     </row>
     <row r="294">
       <c r="A294" s="5" t="s">
-        <v>1924</v>
+        <v>1929</v>
       </c>
       <c r="B294" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C294" s="5" t="s">
-        <v>563</v>
+        <v>1930</v>
       </c>
       <c r="D294" s="5" t="s">
-        <v>34</v>
-[...2 lines deleted...]
-        <v>1925</v>
+        <v>1285</v>
+      </c>
+      <c r="E294" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F294" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G294" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H294" s="5" t="s">
-        <v>1926</v>
+        <v>1931</v>
       </c>
       <c r="I294" s="5" t="s">
-        <v>1927</v>
+        <v>1932</v>
       </c>
       <c r="J294" s="5" t="s">
-        <v>1928</v>
+        <v>1933</v>
       </c>
       <c r="K294" s="5" t="s">
-        <v>1929</v>
+        <v>1934</v>
       </c>
       <c r="L294" s="6" t="s">
-        <v>1930</v>
+        <v>1935</v>
       </c>
       <c r="M294" s="5" t="s">
-        <v>1931</v>
+        <v>1936</v>
       </c>
     </row>
     <row r="295">
       <c r="A295" s="5" t="s">
-        <v>1932</v>
+        <v>1937</v>
       </c>
       <c r="B295" s="5" t="s">
-        <v>14</v>
+        <v>1564</v>
       </c>
       <c r="C295" s="5" t="s">
-        <v>34</v>
+        <v>97</v>
       </c>
       <c r="D295" s="5" t="s">
-        <v>563</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>1938</v>
+      </c>
+      <c r="E295" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F295" s="5" t="s">
-        <v>1933</v>
+        <v>1939</v>
       </c>
       <c r="G295" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H295" s="5" t="s">
-        <v>1934</v>
+        <v>1940</v>
       </c>
       <c r="I295" s="5" t="s">
-        <v>1935</v>
+        <v>1941</v>
       </c>
       <c r="J295" s="5" t="s">
-        <v>1936</v>
+        <v>1942</v>
       </c>
       <c r="K295" s="5" t="s">
-        <v>1937</v>
+        <v>1943</v>
       </c>
       <c r="L295" s="6" t="s">
-        <v>1938</v>
+        <v>1944</v>
       </c>
       <c r="M295" s="5" t="s">
-        <v>1939</v>
+        <v>1945</v>
       </c>
     </row>
     <row r="296">
       <c r="A296" s="5" t="s">
-        <v>1940</v>
+        <v>1946</v>
       </c>
       <c r="B296" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C296" s="5" t="s">
-        <v>1892</v>
+        <v>112</v>
       </c>
       <c r="D296" s="5" t="s">
-        <v>1876</v>
-[...4 lines deleted...]
-        </is>
+        <v>1821</v>
+      </c>
+      <c r="E296" s="5" t="s">
+        <v>1947</v>
       </c>
       <c r="F296" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G296" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H296" s="5" t="s">
-        <v>1941</v>
-[...1 lines deleted...]
-      <c r="I296" s="5"/>
+        <v>1948</v>
+      </c>
+      <c r="I296" s="5" t="s">
+        <v>1949</v>
+      </c>
       <c r="J296" s="5" t="s">
-        <v>1879</v>
+        <v>1305</v>
       </c>
       <c r="K296" s="5" t="s">
-        <v>1942</v>
+        <v>1950</v>
       </c>
       <c r="L296" s="6" t="s">
-        <v>1943</v>
+        <v>1951</v>
       </c>
       <c r="M296" s="5" t="s">
-        <v>1944</v>
+        <v>1952</v>
       </c>
     </row>
     <row r="297">
       <c r="A297" s="5" t="s">
-        <v>1945</v>
+        <v>1946</v>
       </c>
       <c r="B297" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C297" s="5" t="s">
-        <v>121</v>
+        <v>112</v>
       </c>
       <c r="D297" s="5" t="s">
-        <v>16</v>
-[...4 lines deleted...]
-        </is>
+        <v>1821</v>
+      </c>
+      <c r="E297" s="5" t="s">
+        <v>1947</v>
       </c>
       <c r="F297" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G297" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H297" s="5" t="s">
-        <v>1946</v>
+        <v>1948</v>
       </c>
       <c r="I297" s="5" t="s">
-        <v>1947</v>
+        <v>1949</v>
       </c>
       <c r="J297" s="5" t="s">
-        <v>22</v>
+        <v>1305</v>
       </c>
       <c r="K297" s="5" t="s">
-        <v>1948</v>
+        <v>1950</v>
       </c>
       <c r="L297" s="6" t="s">
-        <v>1949</v>
+        <v>1953</v>
       </c>
       <c r="M297" s="5" t="s">
-        <v>1950</v>
+        <v>1952</v>
       </c>
     </row>
     <row r="298">
       <c r="A298" s="5" t="s">
-        <v>1945</v>
+        <v>1954</v>
       </c>
       <c r="B298" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C298" s="5" t="s">
-        <v>16</v>
+        <v>112</v>
       </c>
       <c r="D298" s="5" t="s">
-        <v>121</v>
+        <v>1821</v>
       </c>
       <c r="E298" s="5" t="s">
-        <v>17</v>
+        <v>1947</v>
       </c>
       <c r="F298" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G298" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H298" s="5" t="s">
-        <v>1951</v>
-[...3 lines deleted...]
-      </c>
+        <v>1955</v>
+      </c>
+      <c r="I298" s="5"/>
       <c r="J298" s="5" t="s">
-        <v>1953</v>
+        <v>1305</v>
       </c>
       <c r="K298" s="5" t="s">
-        <v>1954</v>
+        <v>1956</v>
       </c>
       <c r="L298" s="6" t="s">
-        <v>1955</v>
+        <v>1957</v>
       </c>
       <c r="M298" s="5" t="s">
-        <v>1956</v>
+        <v>1958</v>
       </c>
     </row>
     <row r="299">
       <c r="A299" s="5" t="s">
-        <v>1957</v>
+        <v>1959</v>
       </c>
       <c r="B299" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C299" s="5" t="s">
-        <v>121</v>
+        <v>569</v>
       </c>
       <c r="D299" s="5" t="s">
-        <v>1958</v>
-[...9 lines deleted...]
-        </is>
+        <v>180</v>
+      </c>
+      <c r="E299" s="5" t="s">
+        <v>1960</v>
+      </c>
+      <c r="F299" s="5" t="s">
+        <v>670</v>
       </c>
       <c r="G299" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H299" s="5" t="s">
-        <v>1959</v>
+        <v>1961</v>
       </c>
       <c r="I299" s="5" t="s">
-        <v>1960</v>
+        <v>1962</v>
       </c>
       <c r="J299" s="5" t="s">
-        <v>257</v>
+        <v>1963</v>
       </c>
       <c r="K299" s="5" t="s">
-        <v>1961</v>
+        <v>1964</v>
       </c>
       <c r="L299" s="6" t="s">
-        <v>1962</v>
+        <v>1965</v>
       </c>
       <c r="M299" s="5" t="s">
-        <v>1963</v>
+        <v>1966</v>
       </c>
     </row>
     <row r="300">
       <c r="A300" s="5" t="s">
-        <v>1964</v>
+        <v>1967</v>
       </c>
       <c r="B300" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C300" s="5" t="s">
-        <v>16</v>
+        <v>569</v>
       </c>
       <c r="D300" s="5" t="s">
-        <v>1965</v>
+        <v>34</v>
       </c>
       <c r="E300" s="5" t="s">
-        <v>17</v>
+        <v>1960</v>
       </c>
       <c r="F300" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G300" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H300" s="5" t="s">
-        <v>1965</v>
-[...1 lines deleted...]
-      <c r="I300" s="5"/>
+        <v>1968</v>
+      </c>
+      <c r="I300" s="5" t="s">
+        <v>1969</v>
+      </c>
       <c r="J300" s="5" t="s">
-        <v>1966</v>
+        <v>1970</v>
       </c>
       <c r="K300" s="5" t="s">
-        <v>1967</v>
+        <v>1971</v>
       </c>
       <c r="L300" s="6" t="s">
-        <v>1968</v>
+        <v>1972</v>
       </c>
       <c r="M300" s="5" t="s">
-        <v>1969</v>
+        <v>1973</v>
       </c>
     </row>
     <row r="301">
       <c r="A301" s="5" t="s">
-        <v>1964</v>
+        <v>1974</v>
       </c>
       <c r="B301" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C301" s="5" t="s">
-        <v>16</v>
+        <v>34</v>
       </c>
       <c r="D301" s="5" t="s">
-        <v>1965</v>
+        <v>569</v>
       </c>
       <c r="E301" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F301" s="5" t="s">
-        <v>1970</v>
+        <v>1975</v>
       </c>
       <c r="G301" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H301" s="5" t="s">
-        <v>1971</v>
-[...1 lines deleted...]
-      <c r="I301" s="5"/>
+        <v>1976</v>
+      </c>
+      <c r="I301" s="5" t="s">
+        <v>1977</v>
+      </c>
       <c r="J301" s="5" t="s">
-        <v>1972</v>
+        <v>1978</v>
       </c>
       <c r="K301" s="5" t="s">
-        <v>1973</v>
+        <v>1979</v>
       </c>
       <c r="L301" s="6" t="s">
-        <v>1974</v>
+        <v>1980</v>
       </c>
       <c r="M301" s="5" t="s">
-        <v>1975</v>
+        <v>1981</v>
       </c>
     </row>
     <row r="302">
       <c r="A302" s="5" t="s">
-        <v>1976</v>
+        <v>1982</v>
       </c>
       <c r="B302" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C302" s="5" t="s">
-        <v>121</v>
+        <v>1918</v>
       </c>
       <c r="D302" s="5" t="s">
-        <v>1958</v>
-[...2 lines deleted...]
-        <v>1977</v>
+        <v>1902</v>
+      </c>
+      <c r="E302" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F302" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G302" s="5" t="s">
-        <v>1978</v>
+      <c r="G302" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H302" s="5" t="s">
-        <v>16</v>
-[...3 lines deleted...]
-      </c>
+        <v>1983</v>
+      </c>
+      <c r="I302" s="5"/>
       <c r="J302" s="5" t="s">
-        <v>257</v>
+        <v>1905</v>
       </c>
       <c r="K302" s="5" t="s">
-        <v>1980</v>
+        <v>1984</v>
       </c>
       <c r="L302" s="6" t="s">
-        <v>1981</v>
+        <v>1985</v>
       </c>
       <c r="M302" s="5" t="s">
-        <v>1982</v>
+        <v>1986</v>
       </c>
     </row>
     <row r="303">
       <c r="A303" s="5" t="s">
-        <v>1983</v>
+        <v>1987</v>
       </c>
       <c r="B303" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C303" s="5" t="s">
         <v>121</v>
       </c>
       <c r="D303" s="5" t="s">
-        <v>1958</v>
+        <v>16</v>
       </c>
       <c r="E303" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F303" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G303" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H303" s="5" t="s">
-        <v>1984</v>
+        <v>1988</v>
       </c>
       <c r="I303" s="5" t="s">
-        <v>1985</v>
+        <v>1989</v>
       </c>
       <c r="J303" s="5" t="s">
-        <v>257</v>
+        <v>22</v>
       </c>
       <c r="K303" s="5" t="s">
-        <v>1986</v>
+        <v>1990</v>
       </c>
       <c r="L303" s="6" t="s">
-        <v>1987</v>
+        <v>1991</v>
       </c>
       <c r="M303" s="5" t="s">
-        <v>1988</v>
+        <v>1992</v>
       </c>
     </row>
     <row r="304">
       <c r="A304" s="5" t="s">
-        <v>1989</v>
+        <v>1987</v>
       </c>
       <c r="B304" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C304" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D304" s="5" t="s">
         <v>121</v>
       </c>
-      <c r="D304" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E304" s="5" t="s">
-        <v>1977</v>
-[...2 lines deleted...]
-        <v>1102</v>
+        <v>17</v>
+      </c>
+      <c r="F304" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G304" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H304" s="5" t="s">
-        <v>1990</v>
+        <v>1993</v>
       </c>
       <c r="I304" s="5" t="s">
-        <v>1991</v>
+        <v>1994</v>
       </c>
       <c r="J304" s="5" t="s">
-        <v>257</v>
+        <v>1995</v>
       </c>
       <c r="K304" s="5" t="s">
-        <v>1992</v>
+        <v>1996</v>
       </c>
       <c r="L304" s="6" t="s">
-        <v>1993</v>
+        <v>1997</v>
       </c>
       <c r="M304" s="5" t="s">
-        <v>1994</v>
+        <v>1998</v>
       </c>
     </row>
     <row r="305">
       <c r="A305" s="5" t="s">
-        <v>1995</v>
+        <v>1999</v>
       </c>
       <c r="B305" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C305" s="5" t="s">
-        <v>112</v>
+        <v>1285</v>
       </c>
       <c r="D305" s="5" t="s">
-        <v>1295</v>
-[...2 lines deleted...]
-        <v>1912</v>
+        <v>34</v>
+      </c>
+      <c r="E305" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F305" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G305" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H305" s="5" t="s">
-        <v>1996</v>
-[...3 lines deleted...]
-      </c>
+        <v>2000</v>
+      </c>
+      <c r="I305" s="5"/>
       <c r="J305" s="5" t="s">
-        <v>1299</v>
+        <v>2001</v>
       </c>
       <c r="K305" s="5" t="s">
-        <v>1998</v>
+        <v>2002</v>
       </c>
       <c r="L305" s="6" t="s">
-        <v>1999</v>
+        <v>2003</v>
       </c>
       <c r="M305" s="5" t="s">
-        <v>2000</v>
+        <v>2004</v>
       </c>
     </row>
     <row r="306">
       <c r="A306" s="5" t="s">
-        <v>2001</v>
+        <v>2005</v>
       </c>
       <c r="B306" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C306" s="5" t="s">
-        <v>16</v>
+        <v>121</v>
       </c>
       <c r="D306" s="5" t="s">
-        <v>771</v>
-[...2 lines deleted...]
-        <v>212</v>
+        <v>2006</v>
+      </c>
+      <c r="E306" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F306" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G306" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H306" s="5" t="s">
-        <v>2002</v>
+        <v>2007</v>
       </c>
       <c r="I306" s="5" t="s">
-        <v>2003</v>
+        <v>2008</v>
       </c>
       <c r="J306" s="5" t="s">
-        <v>2004</v>
+        <v>257</v>
       </c>
       <c r="K306" s="5" t="s">
-        <v>2005</v>
+        <v>2009</v>
       </c>
       <c r="L306" s="6" t="s">
-        <v>2006</v>
+        <v>2010</v>
       </c>
       <c r="M306" s="5" t="s">
-        <v>2007</v>
+        <v>2011</v>
       </c>
     </row>
     <row r="307">
       <c r="A307" s="5" t="s">
-        <v>2008</v>
+        <v>2012</v>
       </c>
       <c r="B307" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C307" s="5" t="s">
-        <v>121</v>
+        <v>16</v>
       </c>
       <c r="D307" s="5" t="s">
-        <v>1958</v>
-[...4 lines deleted...]
-        </is>
+        <v>2013</v>
+      </c>
+      <c r="E307" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F307" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G307" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H307" s="5" t="s">
-        <v>2009</v>
-[...3 lines deleted...]
-      </c>
+        <v>2013</v>
+      </c>
+      <c r="I307" s="5"/>
       <c r="J307" s="5" t="s">
-        <v>257</v>
+        <v>2014</v>
       </c>
       <c r="K307" s="5" t="s">
-        <v>2011</v>
+        <v>2015</v>
       </c>
       <c r="L307" s="6" t="s">
+        <v>2016</v>
+      </c>
+      <c r="M307" s="5" t="s">
+        <v>2017</v>
+      </c>
+    </row>
+    <row r="308">
+      <c r="A308" s="5" t="s">
         <v>2012</v>
-      </c>
-[...6 lines deleted...]
-        <v>1919</v>
       </c>
       <c r="B308" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C308" s="5" t="s">
-        <v>121</v>
+        <v>16</v>
       </c>
       <c r="D308" s="5" t="s">
-        <v>1958</v>
-[...9 lines deleted...]
-        </is>
+        <v>2013</v>
+      </c>
+      <c r="E308" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F308" s="5" t="s">
+        <v>2018</v>
       </c>
       <c r="G308" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H308" s="5" t="s">
-        <v>2014</v>
-[...3 lines deleted...]
-      </c>
+        <v>2019</v>
+      </c>
+      <c r="I308" s="5"/>
       <c r="J308" s="5" t="s">
-        <v>257</v>
+        <v>2020</v>
       </c>
       <c r="K308" s="5" t="s">
-        <v>2016</v>
+        <v>2021</v>
       </c>
       <c r="L308" s="6" t="s">
-        <v>2017</v>
+        <v>2022</v>
       </c>
       <c r="M308" s="5" t="s">
-        <v>2018</v>
+        <v>2023</v>
       </c>
     </row>
     <row r="309">
       <c r="A309" s="5" t="s">
-        <v>2019</v>
+        <v>2024</v>
       </c>
       <c r="B309" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C309" s="5" t="s">
+        <v>121</v>
+      </c>
+      <c r="D309" s="5" t="s">
+        <v>2006</v>
+      </c>
+      <c r="E309" s="5" t="s">
+        <v>2025</v>
+      </c>
+      <c r="F309" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G309" s="5" t="s">
+        <v>2026</v>
+      </c>
+      <c r="H309" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D309" s="5" t="s">
-[...15 lines deleted...]
-      </c>
       <c r="I309" s="5" t="s">
-        <v>2021</v>
+        <v>2027</v>
       </c>
       <c r="J309" s="5" t="s">
         <v>257</v>
       </c>
       <c r="K309" s="5" t="s">
-        <v>2022</v>
+        <v>2028</v>
       </c>
       <c r="L309" s="6" t="s">
-        <v>2023</v>
+        <v>2029</v>
       </c>
       <c r="M309" s="5" t="s">
-        <v>2024</v>
+        <v>2030</v>
       </c>
     </row>
     <row r="310">
       <c r="A310" s="5" t="s">
-        <v>2025</v>
+        <v>2031</v>
       </c>
       <c r="B310" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C310" s="5" t="s">
         <v>121</v>
       </c>
       <c r="D310" s="5" t="s">
-        <v>1958</v>
+        <v>2006</v>
       </c>
       <c r="E310" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F310" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G310" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H310" s="5" t="s">
-        <v>2026</v>
+        <v>2032</v>
       </c>
       <c r="I310" s="5" t="s">
-        <v>2027</v>
+        <v>2033</v>
       </c>
       <c r="J310" s="5" t="s">
         <v>257</v>
       </c>
       <c r="K310" s="5" t="s">
-        <v>2028</v>
+        <v>2034</v>
       </c>
       <c r="L310" s="6" t="s">
-        <v>2029</v>
+        <v>2035</v>
       </c>
       <c r="M310" s="5" t="s">
-        <v>2030</v>
+        <v>2036</v>
       </c>
     </row>
     <row r="311">
       <c r="A311" s="5" t="s">
-        <v>2031</v>
+        <v>2037</v>
       </c>
       <c r="B311" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C311" s="5" t="s">
-        <v>16</v>
+        <v>121</v>
       </c>
       <c r="D311" s="5" t="s">
-        <v>121</v>
+        <v>2006</v>
       </c>
       <c r="E311" s="5" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-        </is>
+        <v>2025</v>
+      </c>
+      <c r="F311" s="5" t="s">
+        <v>1108</v>
       </c>
       <c r="G311" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H311" s="5" t="s">
-        <v>2032</v>
+        <v>2038</v>
       </c>
       <c r="I311" s="5" t="s">
-        <v>2033</v>
+        <v>2039</v>
       </c>
       <c r="J311" s="5" t="s">
-        <v>22</v>
+        <v>257</v>
       </c>
       <c r="K311" s="5" t="s">
-        <v>2034</v>
+        <v>2040</v>
       </c>
       <c r="L311" s="6" t="s">
-        <v>2035</v>
+        <v>2041</v>
       </c>
       <c r="M311" s="5" t="s">
-        <v>2036</v>
+        <v>2042</v>
       </c>
     </row>
     <row r="312">
       <c r="A312" s="5" t="s">
-        <v>2037</v>
+        <v>2043</v>
       </c>
       <c r="B312" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C312" s="5" t="s">
-        <v>16</v>
+        <v>112</v>
       </c>
       <c r="D312" s="5" t="s">
-        <v>121</v>
+        <v>1301</v>
       </c>
       <c r="E312" s="5" t="s">
-        <v>17</v>
+        <v>1947</v>
       </c>
       <c r="F312" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G312" s="5" t="s">
-        <v>2038</v>
+      <c r="G312" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H312" s="5" t="s">
-        <v>2039</v>
+        <v>2044</v>
       </c>
       <c r="I312" s="5" t="s">
-        <v>2040</v>
+        <v>2045</v>
       </c>
       <c r="J312" s="5" t="s">
-        <v>22</v>
+        <v>1305</v>
       </c>
       <c r="K312" s="5" t="s">
-        <v>2041</v>
+        <v>2046</v>
       </c>
       <c r="L312" s="6" t="s">
-        <v>2042</v>
+        <v>2047</v>
       </c>
       <c r="M312" s="5" t="s">
-        <v>2043</v>
+        <v>2048</v>
       </c>
     </row>
     <row r="313">
       <c r="A313" s="5" t="s">
-        <v>2044</v>
+        <v>2049</v>
       </c>
       <c r="B313" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C313" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D313" s="5" t="s">
-        <v>121</v>
+        <v>777</v>
       </c>
       <c r="E313" s="5" t="s">
-        <v>17</v>
+        <v>212</v>
       </c>
       <c r="F313" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G313" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H313" s="5" t="s">
-        <v>2045</v>
+        <v>2050</v>
       </c>
       <c r="I313" s="5" t="s">
-        <v>2046</v>
+        <v>2051</v>
       </c>
       <c r="J313" s="5" t="s">
-        <v>22</v>
+        <v>2052</v>
       </c>
       <c r="K313" s="5" t="s">
-        <v>2047</v>
+        <v>2053</v>
       </c>
       <c r="L313" s="6" t="s">
-        <v>2048</v>
+        <v>2054</v>
       </c>
       <c r="M313" s="5" t="s">
-        <v>2049</v>
+        <v>2055</v>
       </c>
     </row>
     <row r="314">
       <c r="A314" s="5" t="s">
-        <v>2050</v>
+        <v>2056</v>
       </c>
       <c r="B314" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C314" s="5" t="s">
-        <v>16</v>
+        <v>121</v>
       </c>
       <c r="D314" s="5" t="s">
-        <v>121</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>2006</v>
+      </c>
+      <c r="E314" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F314" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G314" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H314" s="5" t="s">
-        <v>2051</v>
+        <v>2057</v>
       </c>
       <c r="I314" s="5" t="s">
-        <v>2052</v>
+        <v>2058</v>
       </c>
       <c r="J314" s="5" t="s">
-        <v>22</v>
+        <v>257</v>
       </c>
       <c r="K314" s="5" t="s">
-        <v>2053</v>
+        <v>2059</v>
       </c>
       <c r="L314" s="6" t="s">
-        <v>2054</v>
+        <v>2060</v>
       </c>
       <c r="M314" s="5" t="s">
-        <v>2055</v>
+        <v>2061</v>
       </c>
     </row>
     <row r="315">
-      <c r="A315" s="5" t="s">
-        <v>2056</v>
+      <c r="A315" s="5" t="n">
+        <v>1919</v>
       </c>
       <c r="B315" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C315" s="5" t="s">
-        <v>16</v>
+        <v>121</v>
       </c>
       <c r="D315" s="5" t="s">
-        <v>121</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>2006</v>
+      </c>
+      <c r="E315" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F315" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G315" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H315" s="5" t="s">
-        <v>2057</v>
+        <v>2062</v>
       </c>
       <c r="I315" s="5" t="s">
-        <v>2058</v>
+        <v>2063</v>
       </c>
       <c r="J315" s="5" t="s">
-        <v>22</v>
+        <v>257</v>
       </c>
       <c r="K315" s="5" t="s">
-        <v>2059</v>
+        <v>2064</v>
       </c>
       <c r="L315" s="6" t="s">
-        <v>2060</v>
+        <v>2065</v>
       </c>
       <c r="M315" s="5" t="s">
-        <v>2061</v>
+        <v>2066</v>
       </c>
     </row>
     <row r="316">
       <c r="A316" s="5" t="s">
-        <v>2062</v>
+        <v>2067</v>
       </c>
       <c r="B316" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C316" s="5" t="s">
-        <v>16</v>
+        <v>2068</v>
       </c>
       <c r="D316" s="5" t="s">
-        <v>121</v>
+        <v>34</v>
       </c>
       <c r="E316" s="5" t="s">
-        <v>17</v>
-[...7 lines deleted...]
-        <v>2063</v>
+        <v>2069</v>
+      </c>
+      <c r="F316" s="5" t="s">
+        <v>2070</v>
+      </c>
+      <c r="G316" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H316" s="5" t="s">
-        <v>2064</v>
+        <v>2071</v>
       </c>
       <c r="I316" s="5" t="s">
-        <v>2065</v>
+        <v>2072</v>
       </c>
       <c r="J316" s="5" t="s">
-        <v>22</v>
+        <v>2073</v>
       </c>
       <c r="K316" s="5" t="s">
-        <v>2066</v>
+        <v>2074</v>
       </c>
       <c r="L316" s="6" t="s">
-        <v>2067</v>
+        <v>2075</v>
       </c>
       <c r="M316" s="5" t="s">
-        <v>2068</v>
+        <v>2076</v>
       </c>
     </row>
     <row r="317">
       <c r="A317" s="5" t="s">
-        <v>2069</v>
+        <v>2077</v>
       </c>
       <c r="B317" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C317" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D317" s="5" t="s">
         <v>121</v>
       </c>
-      <c r="D317" s="5" t="s">
-[...13 lines deleted...]
-        <v>2070</v>
+      <c r="E317" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F317" s="5" t="s">
+        <v>1108</v>
+      </c>
+      <c r="G317" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H317" s="5" t="s">
-        <v>2071</v>
+        <v>2078</v>
       </c>
       <c r="I317" s="5" t="s">
-        <v>2072</v>
+        <v>2079</v>
       </c>
       <c r="J317" s="5" t="s">
         <v>257</v>
       </c>
       <c r="K317" s="5" t="s">
-        <v>2073</v>
+        <v>2080</v>
       </c>
       <c r="L317" s="6" t="s">
-        <v>2074</v>
+        <v>2081</v>
       </c>
       <c r="M317" s="5" t="s">
-        <v>2075</v>
+        <v>2082</v>
       </c>
     </row>
     <row r="318">
       <c r="A318" s="5" t="s">
-        <v>2076</v>
+        <v>2083</v>
       </c>
       <c r="B318" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C318" s="5" t="s">
-        <v>112</v>
+        <v>121</v>
       </c>
       <c r="D318" s="5" t="s">
-        <v>1801</v>
-[...2 lines deleted...]
-        <v>1912</v>
+        <v>2006</v>
+      </c>
+      <c r="E318" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F318" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G318" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H318" s="5" t="s">
-        <v>2077</v>
+        <v>2084</v>
       </c>
       <c r="I318" s="5" t="s">
-        <v>2078</v>
+        <v>2085</v>
       </c>
       <c r="J318" s="5" t="s">
-        <v>1299</v>
+        <v>257</v>
       </c>
       <c r="K318" s="5" t="s">
-        <v>2079</v>
+        <v>2086</v>
       </c>
       <c r="L318" s="6" t="s">
-        <v>2080</v>
+        <v>2087</v>
       </c>
       <c r="M318" s="5" t="s">
-        <v>2081</v>
+        <v>2088</v>
       </c>
     </row>
     <row r="319">
       <c r="A319" s="5" t="s">
-        <v>2082</v>
+        <v>2089</v>
       </c>
       <c r="B319" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C319" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D319" s="5" t="s">
         <v>121</v>
       </c>
-      <c r="D319" s="5" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="E319" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F319" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G319" s="5" t="s">
-        <v>2083</v>
+      <c r="G319" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H319" s="5" t="s">
-        <v>2084</v>
+        <v>2090</v>
       </c>
       <c r="I319" s="5" t="s">
-        <v>2085</v>
+        <v>2091</v>
       </c>
       <c r="J319" s="5" t="s">
-        <v>257</v>
+        <v>22</v>
       </c>
       <c r="K319" s="5" t="s">
-        <v>2086</v>
+        <v>2092</v>
       </c>
       <c r="L319" s="6" t="s">
-        <v>2087</v>
+        <v>2093</v>
       </c>
       <c r="M319" s="5" t="s">
-        <v>2088</v>
+        <v>2094</v>
       </c>
     </row>
     <row r="320">
       <c r="A320" s="5" t="s">
-        <v>2089</v>
+        <v>2095</v>
       </c>
       <c r="B320" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C320" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D320" s="5" t="s">
         <v>121</v>
       </c>
-      <c r="D320" s="5" t="s">
-[...13 lines deleted...]
-        </is>
+      <c r="E320" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F320" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G320" s="5" t="s">
+        <v>2096</v>
       </c>
       <c r="H320" s="5" t="s">
-        <v>2090</v>
+        <v>2097</v>
       </c>
       <c r="I320" s="5" t="s">
-        <v>2091</v>
+        <v>2098</v>
       </c>
       <c r="J320" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K320" s="5" t="s">
-        <v>2092</v>
+        <v>2099</v>
       </c>
       <c r="L320" s="6" t="s">
-        <v>2093</v>
+        <v>2100</v>
       </c>
       <c r="M320" s="5" t="s">
-        <v>2094</v>
+        <v>2101</v>
       </c>
     </row>
     <row r="321">
       <c r="A321" s="5" t="s">
-        <v>2095</v>
+        <v>2102</v>
       </c>
       <c r="B321" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C321" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D321" s="5" t="s">
         <v>121</v>
       </c>
-      <c r="D321" s="5" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="E321" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F321" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G321" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H321" s="5" t="s">
-        <v>2096</v>
+        <v>2103</v>
       </c>
       <c r="I321" s="5" t="s">
-        <v>2097</v>
+        <v>2104</v>
       </c>
       <c r="J321" s="5" t="s">
-        <v>2098</v>
+        <v>22</v>
       </c>
       <c r="K321" s="5" t="s">
-        <v>2099</v>
+        <v>2105</v>
       </c>
       <c r="L321" s="6" t="s">
-        <v>2100</v>
+        <v>2106</v>
       </c>
       <c r="M321" s="5" t="s">
-        <v>2101</v>
+        <v>2107</v>
       </c>
     </row>
     <row r="322">
       <c r="A322" s="5" t="s">
-        <v>2102</v>
+        <v>2108</v>
       </c>
       <c r="B322" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C322" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D322" s="5" t="s">
         <v>121</v>
       </c>
-      <c r="D322" s="5" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="E322" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F322" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G322" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H322" s="5" t="s">
-        <v>2103</v>
+        <v>2109</v>
       </c>
       <c r="I322" s="5" t="s">
-        <v>2104</v>
+        <v>2110</v>
       </c>
       <c r="J322" s="5" t="s">
-        <v>257</v>
+        <v>22</v>
       </c>
       <c r="K322" s="5" t="s">
-        <v>2105</v>
+        <v>2111</v>
       </c>
       <c r="L322" s="6" t="s">
-        <v>2106</v>
+        <v>2112</v>
       </c>
       <c r="M322" s="5" t="s">
-        <v>2107</v>
+        <v>2113</v>
       </c>
     </row>
     <row r="323">
       <c r="A323" s="5" t="s">
-        <v>2108</v>
+        <v>2114</v>
       </c>
       <c r="B323" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C323" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D323" s="5" t="s">
         <v>121</v>
       </c>
       <c r="E323" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F323" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G323" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H323" s="5" t="s">
-        <v>2109</v>
+        <v>2115</v>
       </c>
       <c r="I323" s="5" t="s">
-        <v>2110</v>
+        <v>2116</v>
       </c>
       <c r="J323" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K323" s="5" t="s">
-        <v>2111</v>
+        <v>2117</v>
       </c>
       <c r="L323" s="6" t="s">
-        <v>2112</v>
+        <v>2118</v>
       </c>
       <c r="M323" s="5" t="s">
-        <v>2113</v>
+        <v>2119</v>
       </c>
     </row>
     <row r="324">
       <c r="A324" s="5" t="s">
-        <v>2114</v>
+        <v>2120</v>
       </c>
       <c r="B324" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C324" s="5" t="s">
-        <v>563</v>
+        <v>16</v>
       </c>
       <c r="D324" s="5" t="s">
-        <v>34</v>
+        <v>121</v>
       </c>
       <c r="E324" s="5" t="s">
-        <v>2115</v>
+        <v>17</v>
       </c>
       <c r="F324" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G324" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G324" s="5" t="s">
+        <v>2121</v>
       </c>
       <c r="H324" s="5" t="s">
-        <v>2116</v>
+        <v>2122</v>
       </c>
       <c r="I324" s="5" t="s">
-        <v>2117</v>
+        <v>2123</v>
       </c>
       <c r="J324" s="5" t="s">
-        <v>2118</v>
+        <v>22</v>
       </c>
       <c r="K324" s="5" t="s">
-        <v>2119</v>
+        <v>2124</v>
       </c>
       <c r="L324" s="6" t="s">
-        <v>2120</v>
+        <v>2125</v>
       </c>
       <c r="M324" s="5" t="s">
-        <v>2121</v>
+        <v>2126</v>
       </c>
     </row>
     <row r="325">
       <c r="A325" s="5" t="s">
-        <v>2122</v>
+        <v>2127</v>
       </c>
       <c r="B325" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C325" s="5" t="s">
-        <v>2123</v>
+        <v>121</v>
       </c>
       <c r="D325" s="5" t="s">
-        <v>34</v>
-[...2 lines deleted...]
-        <v>779</v>
+        <v>644</v>
+      </c>
+      <c r="E325" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F325" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G325" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G325" s="5" t="s">
+        <v>2128</v>
       </c>
       <c r="H325" s="5" t="s">
-        <v>2124</v>
+        <v>2129</v>
       </c>
       <c r="I325" s="5" t="s">
-        <v>2125</v>
+        <v>2130</v>
       </c>
       <c r="J325" s="5" t="s">
-        <v>2126</v>
+        <v>257</v>
       </c>
       <c r="K325" s="5" t="s">
-        <v>2127</v>
+        <v>2131</v>
       </c>
       <c r="L325" s="6" t="s">
-        <v>2128</v>
+        <v>2132</v>
       </c>
       <c r="M325" s="5" t="s">
-        <v>2129</v>
+        <v>2133</v>
       </c>
     </row>
     <row r="326">
       <c r="A326" s="5" t="s">
-        <v>2130</v>
+        <v>2134</v>
       </c>
       <c r="B326" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C326" s="5" t="s">
         <v>112</v>
       </c>
       <c r="D326" s="5" t="s">
-        <v>1801</v>
+        <v>1821</v>
       </c>
       <c r="E326" s="5" t="s">
-        <v>1912</v>
+        <v>1947</v>
       </c>
       <c r="F326" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G326" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H326" s="5" t="s">
-        <v>2131</v>
+        <v>2135</v>
       </c>
       <c r="I326" s="5" t="s">
-        <v>2132</v>
+        <v>2136</v>
       </c>
       <c r="J326" s="5" t="s">
-        <v>1299</v>
+        <v>1305</v>
       </c>
       <c r="K326" s="5" t="s">
-        <v>2133</v>
+        <v>2137</v>
       </c>
       <c r="L326" s="6" t="s">
-        <v>2134</v>
+        <v>2138</v>
       </c>
       <c r="M326" s="5" t="s">
-        <v>2135</v>
+        <v>2139</v>
       </c>
     </row>
     <row r="327">
       <c r="A327" s="5" t="s">
-        <v>2136</v>
+        <v>2140</v>
       </c>
       <c r="B327" s="5" t="s">
-        <v>644</v>
+        <v>14</v>
       </c>
       <c r="C327" s="5" t="s">
-        <v>16</v>
-[...4 lines deleted...]
-        </is>
+        <v>121</v>
+      </c>
+      <c r="D327" s="5" t="s">
+        <v>2006</v>
       </c>
       <c r="E327" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F327" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G327" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G327" s="5" t="s">
+        <v>2141</v>
       </c>
       <c r="H327" s="5" t="s">
-        <v>2137</v>
-[...5 lines deleted...]
-        </is>
+        <v>2142</v>
+      </c>
+      <c r="I327" s="5" t="s">
+        <v>2143</v>
+      </c>
+      <c r="J327" s="5" t="s">
+        <v>257</v>
       </c>
       <c r="K327" s="5" t="s">
-        <v>2138</v>
+        <v>2144</v>
       </c>
       <c r="L327" s="6" t="s">
-        <v>2139</v>
-[...1 lines deleted...]
-      <c r="M327" s="5"/>
+        <v>2145</v>
+      </c>
+      <c r="M327" s="5" t="s">
+        <v>2146</v>
+      </c>
     </row>
     <row r="328">
       <c r="A328" s="5" t="s">
-        <v>2140</v>
+        <v>2147</v>
       </c>
       <c r="B328" s="5" t="s">
-        <v>644</v>
+        <v>14</v>
       </c>
       <c r="C328" s="5" t="s">
-        <v>16</v>
-[...14 lines deleted...]
-        </is>
+        <v>34</v>
+      </c>
+      <c r="D328" s="5" t="s">
+        <v>97</v>
+      </c>
+      <c r="E328" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F328" s="5" t="s">
+        <v>2148</v>
       </c>
       <c r="G328" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H328" s="5" t="s">
-        <v>638</v>
-[...5 lines deleted...]
-        </is>
+        <v>2149</v>
+      </c>
+      <c r="I328" s="5" t="s">
+        <v>2150</v>
+      </c>
+      <c r="J328" s="5" t="s">
+        <v>2151</v>
       </c>
       <c r="K328" s="5" t="s">
-        <v>2138</v>
+        <v>2152</v>
       </c>
       <c r="L328" s="6" t="s">
-        <v>2141</v>
-[...1 lines deleted...]
-      <c r="M328" s="5"/>
+        <v>2153</v>
+      </c>
+      <c r="M328" s="5" t="s">
+        <v>2154</v>
+      </c>
     </row>
     <row r="329">
       <c r="A329" s="5" t="s">
-        <v>2142</v>
+        <v>2155</v>
       </c>
       <c r="B329" s="5" t="s">
-        <v>644</v>
+        <v>14</v>
       </c>
       <c r="C329" s="5" t="s">
+        <v>121</v>
+      </c>
+      <c r="D329" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D329" s="5" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="E329" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F329" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F329" s="5" t="s">
+        <v>1767</v>
       </c>
       <c r="G329" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H329" s="5" t="s">
-        <v>2143</v>
-[...5 lines deleted...]
-        </is>
+        <v>2156</v>
+      </c>
+      <c r="I329" s="5" t="s">
+        <v>2157</v>
+      </c>
+      <c r="J329" s="5" t="s">
+        <v>22</v>
       </c>
       <c r="K329" s="5" t="s">
-        <v>2138</v>
+        <v>2158</v>
       </c>
       <c r="L329" s="6" t="s">
-        <v>2144</v>
-[...1 lines deleted...]
-      <c r="M329" s="5"/>
+        <v>2159</v>
+      </c>
+      <c r="M329" s="5" t="s">
+        <v>2160</v>
+      </c>
     </row>
     <row r="330">
       <c r="A330" s="5" t="s">
-        <v>2145</v>
+        <v>2161</v>
       </c>
       <c r="B330" s="5" t="s">
-        <v>644</v>
+        <v>14</v>
       </c>
       <c r="C330" s="5" t="s">
-        <v>16</v>
-[...4 lines deleted...]
-        </is>
+        <v>121</v>
+      </c>
+      <c r="D330" s="5" t="s">
+        <v>2006</v>
       </c>
       <c r="E330" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F330" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G330" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H330" s="5" t="s">
-        <v>2146</v>
-[...5 lines deleted...]
-        </is>
+        <v>2162</v>
+      </c>
+      <c r="I330" s="5" t="s">
+        <v>2163</v>
+      </c>
+      <c r="J330" s="5" t="s">
+        <v>2164</v>
       </c>
       <c r="K330" s="5" t="s">
-        <v>2138</v>
+        <v>2165</v>
       </c>
       <c r="L330" s="6" t="s">
-        <v>2147</v>
-[...1 lines deleted...]
-      <c r="M330" s="5"/>
+        <v>2166</v>
+      </c>
+      <c r="M330" s="5" t="s">
+        <v>2167</v>
+      </c>
     </row>
     <row r="331">
       <c r="A331" s="5" t="s">
-        <v>2148</v>
+        <v>2168</v>
       </c>
       <c r="B331" s="5" t="s">
-        <v>644</v>
+        <v>14</v>
       </c>
       <c r="C331" s="5" t="s">
-        <v>16</v>
-[...4 lines deleted...]
-        </is>
+        <v>121</v>
+      </c>
+      <c r="D331" s="5" t="s">
+        <v>2006</v>
       </c>
       <c r="E331" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F331" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G331" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H331" s="5" t="s">
-        <v>2149</v>
-[...5 lines deleted...]
-        </is>
+        <v>2169</v>
+      </c>
+      <c r="I331" s="5" t="s">
+        <v>2170</v>
+      </c>
+      <c r="J331" s="5" t="s">
+        <v>257</v>
       </c>
       <c r="K331" s="5" t="s">
-        <v>2138</v>
+        <v>2171</v>
       </c>
       <c r="L331" s="6" t="s">
-        <v>2150</v>
-[...1 lines deleted...]
-      <c r="M331" s="5"/>
+        <v>2172</v>
+      </c>
+      <c r="M331" s="5" t="s">
+        <v>2173</v>
+      </c>
     </row>
     <row r="332">
       <c r="A332" s="5" t="s">
-        <v>2151</v>
+        <v>2174</v>
       </c>
       <c r="B332" s="5" t="s">
-        <v>644</v>
+        <v>14</v>
       </c>
       <c r="C332" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D332" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="D332" s="5" t="s">
+        <v>121</v>
+      </c>
+      <c r="E332" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F332" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G332" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H332" s="5" t="s">
-        <v>2143</v>
-[...5 lines deleted...]
-        </is>
+        <v>2175</v>
+      </c>
+      <c r="I332" s="5" t="s">
+        <v>2176</v>
+      </c>
+      <c r="J332" s="5" t="s">
+        <v>22</v>
       </c>
       <c r="K332" s="5" t="s">
-        <v>2138</v>
+        <v>2177</v>
       </c>
       <c r="L332" s="6" t="s">
-        <v>2152</v>
-[...1 lines deleted...]
-      <c r="M332" s="5"/>
+        <v>2178</v>
+      </c>
+      <c r="M332" s="5" t="s">
+        <v>2179</v>
+      </c>
     </row>
     <row r="333">
       <c r="A333" s="5" t="s">
-        <v>2153</v>
+        <v>2180</v>
       </c>
       <c r="B333" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C333" s="5" t="s">
-        <v>2154</v>
+        <v>569</v>
       </c>
       <c r="D333" s="5" t="s">
-        <v>413</v>
+        <v>34</v>
       </c>
       <c r="E333" s="5" t="s">
-        <v>2155</v>
-[...5 lines deleted...]
-        <v>2156</v>
+        <v>2181</v>
+      </c>
+      <c r="F333" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G333" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H333" s="5" t="s">
-        <v>2157</v>
+        <v>2182</v>
       </c>
       <c r="I333" s="5" t="s">
-        <v>2158</v>
+        <v>2183</v>
       </c>
       <c r="J333" s="5" t="s">
-        <v>853</v>
+        <v>2184</v>
       </c>
       <c r="K333" s="5" t="s">
-        <v>2159</v>
+        <v>2185</v>
       </c>
       <c r="L333" s="6" t="s">
-        <v>2160</v>
+        <v>2186</v>
       </c>
       <c r="M333" s="5" t="s">
-        <v>2161</v>
+        <v>2187</v>
       </c>
     </row>
     <row r="334">
       <c r="A334" s="5" t="s">
-        <v>2162</v>
+        <v>2188</v>
       </c>
       <c r="B334" s="5" t="s">
-        <v>644</v>
+        <v>14</v>
       </c>
       <c r="C334" s="5" t="s">
-        <v>16</v>
-[...9 lines deleted...]
-        </is>
+        <v>2189</v>
+      </c>
+      <c r="D334" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="E334" s="5" t="s">
+        <v>785</v>
       </c>
       <c r="F334" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G334" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H334" s="5" t="s">
-        <v>2163</v>
-[...5 lines deleted...]
-        </is>
+        <v>2190</v>
+      </c>
+      <c r="I334" s="5" t="s">
+        <v>2191</v>
+      </c>
+      <c r="J334" s="5" t="s">
+        <v>2192</v>
       </c>
       <c r="K334" s="5" t="s">
-        <v>2138</v>
+        <v>2193</v>
       </c>
       <c r="L334" s="6" t="s">
-        <v>2164</v>
-[...1 lines deleted...]
-      <c r="M334" s="5"/>
+        <v>2194</v>
+      </c>
+      <c r="M334" s="5" t="s">
+        <v>2195</v>
+      </c>
     </row>
     <row r="335">
       <c r="A335" s="5" t="s">
-        <v>2165</v>
+        <v>2196</v>
       </c>
       <c r="B335" s="5" t="s">
-        <v>644</v>
+        <v>14</v>
       </c>
       <c r="C335" s="5" t="s">
-        <v>16</v>
-[...9 lines deleted...]
-        </is>
+        <v>112</v>
+      </c>
+      <c r="D335" s="5" t="s">
+        <v>1821</v>
+      </c>
+      <c r="E335" s="5" t="s">
+        <v>1947</v>
       </c>
       <c r="F335" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G335" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H335" s="5" t="s">
-        <v>638</v>
-[...5 lines deleted...]
-        </is>
+        <v>2197</v>
+      </c>
+      <c r="I335" s="5" t="s">
+        <v>2198</v>
+      </c>
+      <c r="J335" s="5" t="s">
+        <v>1305</v>
       </c>
       <c r="K335" s="5" t="s">
-        <v>2138</v>
+        <v>2199</v>
       </c>
       <c r="L335" s="6" t="s">
-        <v>2166</v>
-[...1 lines deleted...]
-      <c r="M335" s="5"/>
+        <v>2200</v>
+      </c>
+      <c r="M335" s="5" t="s">
+        <v>2201</v>
+      </c>
     </row>
     <row r="336">
       <c r="A336" s="5" t="s">
-        <v>2167</v>
+        <v>2202</v>
       </c>
       <c r="B336" s="5" t="s">
-        <v>644</v>
+        <v>650</v>
       </c>
       <c r="C336" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D336" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E336" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F336" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G336" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H336" s="5" t="s">
-        <v>2168</v>
+        <v>2203</v>
       </c>
       <c r="I336" s="5"/>
       <c r="J336" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K336" s="5" t="s">
-        <v>2138</v>
+        <v>2204</v>
       </c>
       <c r="L336" s="6" t="s">
-        <v>2169</v>
+        <v>2205</v>
       </c>
       <c r="M336" s="5"/>
     </row>
     <row r="337">
       <c r="A337" s="5" t="s">
-        <v>2170</v>
+        <v>2206</v>
       </c>
       <c r="B337" s="5" t="s">
-        <v>644</v>
+        <v>650</v>
       </c>
       <c r="C337" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D337" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E337" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F337" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G337" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H337" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H337" s="5" t="s">
+        <v>644</v>
       </c>
       <c r="I337" s="5"/>
       <c r="J337" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K337" s="5" t="s">
-        <v>2171</v>
+        <v>2204</v>
       </c>
       <c r="L337" s="6" t="s">
-        <v>2172</v>
+        <v>2207</v>
       </c>
       <c r="M337" s="5"/>
     </row>
     <row r="338">
       <c r="A338" s="5" t="s">
-        <v>2173</v>
+        <v>2208</v>
       </c>
       <c r="B338" s="5" t="s">
-        <v>644</v>
+        <v>650</v>
       </c>
       <c r="C338" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D338" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E338" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F338" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G338" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H338" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H338" s="5" t="s">
+        <v>2209</v>
       </c>
       <c r="I338" s="5"/>
       <c r="J338" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K338" s="5" t="s">
-        <v>2171</v>
+        <v>2204</v>
       </c>
       <c r="L338" s="6" t="s">
-        <v>2174</v>
+        <v>2210</v>
       </c>
       <c r="M338" s="5"/>
     </row>
     <row r="339">
       <c r="A339" s="5" t="s">
-        <v>2175</v>
+        <v>2211</v>
       </c>
       <c r="B339" s="5" t="s">
-        <v>644</v>
+        <v>650</v>
       </c>
       <c r="C339" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D339" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E339" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F339" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G339" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H339" s="5" t="s">
-        <v>2176</v>
+        <v>2212</v>
       </c>
       <c r="I339" s="5"/>
       <c r="J339" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K339" s="5" t="s">
-        <v>2171</v>
+        <v>2204</v>
       </c>
       <c r="L339" s="6" t="s">
-        <v>2177</v>
+        <v>2213</v>
       </c>
       <c r="M339" s="5"/>
     </row>
     <row r="340">
       <c r="A340" s="5" t="s">
-        <v>2178</v>
+        <v>2214</v>
       </c>
       <c r="B340" s="5" t="s">
-        <v>14</v>
+        <v>650</v>
       </c>
       <c r="C340" s="5" t="s">
-        <v>121</v>
-[...1 lines deleted...]
-      <c r="D340" s="5" t="s">
         <v>16</v>
       </c>
+      <c r="D340" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
       <c r="E340" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F340" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G340" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H340" s="5" t="s">
-        <v>2179</v>
-[...5 lines deleted...]
-        <v>22</v>
+        <v>2215</v>
+      </c>
+      <c r="I340" s="5"/>
+      <c r="J340" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K340" s="5" t="s">
-        <v>2181</v>
+        <v>2204</v>
       </c>
       <c r="L340" s="6" t="s">
-        <v>2182</v>
-[...3 lines deleted...]
-      </c>
+        <v>2216</v>
+      </c>
+      <c r="M340" s="5"/>
     </row>
     <row r="341">
       <c r="A341" s="5" t="s">
-        <v>2184</v>
+        <v>2217</v>
       </c>
       <c r="B341" s="5" t="s">
-        <v>644</v>
+        <v>650</v>
       </c>
       <c r="C341" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D341" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E341" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F341" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G341" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H341" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H341" s="5" t="s">
+        <v>2209</v>
       </c>
       <c r="I341" s="5"/>
       <c r="J341" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K341" s="5" t="s">
-        <v>2171</v>
+        <v>2204</v>
       </c>
       <c r="L341" s="6" t="s">
-        <v>2185</v>
+        <v>2218</v>
       </c>
       <c r="M341" s="5"/>
     </row>
     <row r="342">
       <c r="A342" s="5" t="s">
-        <v>2186</v>
+        <v>2219</v>
       </c>
       <c r="B342" s="5" t="s">
-        <v>644</v>
+        <v>14</v>
       </c>
       <c r="C342" s="5" t="s">
-        <v>16</v>
-[...30 lines deleted...]
-        </is>
+        <v>2220</v>
+      </c>
+      <c r="D342" s="5" t="s">
+        <v>420</v>
+      </c>
+      <c r="E342" s="5" t="s">
+        <v>2221</v>
+      </c>
+      <c r="F342" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="G342" s="5" t="s">
+        <v>2222</v>
+      </c>
+      <c r="H342" s="5" t="s">
+        <v>2223</v>
+      </c>
+      <c r="I342" s="5" t="s">
+        <v>2224</v>
+      </c>
+      <c r="J342" s="5" t="s">
+        <v>859</v>
       </c>
       <c r="K342" s="5" t="s">
-        <v>2171</v>
+        <v>2225</v>
       </c>
       <c r="L342" s="6" t="s">
-        <v>2187</v>
-[...1 lines deleted...]
-      <c r="M342" s="5"/>
+        <v>2226</v>
+      </c>
+      <c r="M342" s="5" t="s">
+        <v>2227</v>
+      </c>
     </row>
     <row r="343">
       <c r="A343" s="5" t="s">
-        <v>2188</v>
+        <v>2228</v>
       </c>
       <c r="B343" s="5" t="s">
-        <v>14</v>
+        <v>650</v>
       </c>
       <c r="C343" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D343" s="5" t="s">
-        <v>121</v>
+      <c r="D343" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E343" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F343" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G343" s="5" t="s">
-        <v>2189</v>
+      <c r="G343" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H343" s="5" t="s">
-        <v>2190</v>
-[...5 lines deleted...]
-        <v>22</v>
+        <v>2229</v>
+      </c>
+      <c r="I343" s="5"/>
+      <c r="J343" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K343" s="5" t="s">
-        <v>2192</v>
+        <v>2204</v>
       </c>
       <c r="L343" s="6" t="s">
-        <v>2193</v>
-[...3 lines deleted...]
-      </c>
+        <v>2230</v>
+      </c>
+      <c r="M343" s="5"/>
     </row>
     <row r="344">
       <c r="A344" s="5" t="s">
-        <v>2195</v>
+        <v>2231</v>
       </c>
       <c r="B344" s="5" t="s">
-        <v>644</v>
+        <v>650</v>
       </c>
       <c r="C344" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D344" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E344" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F344" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G344" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H344" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H344" s="5" t="s">
+        <v>644</v>
       </c>
       <c r="I344" s="5"/>
       <c r="J344" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K344" s="5" t="s">
-        <v>2171</v>
+        <v>2204</v>
       </c>
       <c r="L344" s="6" t="s">
-        <v>2196</v>
+        <v>2232</v>
       </c>
       <c r="M344" s="5"/>
     </row>
     <row r="345">
       <c r="A345" s="5" t="s">
-        <v>2197</v>
+        <v>2233</v>
       </c>
       <c r="B345" s="5" t="s">
-        <v>644</v>
+        <v>650</v>
       </c>
       <c r="C345" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D345" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E345" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F345" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G345" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H345" s="5" t="s">
-        <v>2198</v>
+        <v>2234</v>
       </c>
       <c r="I345" s="5"/>
       <c r="J345" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K345" s="5" t="s">
-        <v>2171</v>
+        <v>2204</v>
       </c>
       <c r="L345" s="6" t="s">
-        <v>2199</v>
+        <v>2235</v>
       </c>
       <c r="M345" s="5"/>
     </row>
     <row r="346">
       <c r="A346" s="5" t="s">
-        <v>2200</v>
+        <v>2236</v>
       </c>
       <c r="B346" s="5" t="s">
-        <v>14</v>
+        <v>650</v>
       </c>
       <c r="C346" s="5" t="s">
-        <v>121</v>
-[...2 lines deleted...]
-        <v>1958</v>
+        <v>16</v>
+      </c>
+      <c r="D346" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E346" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F346" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G346" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H346" s="5" t="s">
-[...6 lines deleted...]
-        <v>257</v>
+      <c r="H346" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I346" s="5"/>
+      <c r="J346" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K346" s="5" t="s">
-        <v>2203</v>
+        <v>2237</v>
       </c>
       <c r="L346" s="6" t="s">
-        <v>2204</v>
-[...3 lines deleted...]
-      </c>
+        <v>2238</v>
+      </c>
+      <c r="M346" s="5"/>
     </row>
     <row r="347">
       <c r="A347" s="5" t="s">
-        <v>2206</v>
+        <v>2239</v>
       </c>
       <c r="B347" s="5" t="s">
-        <v>14</v>
+        <v>650</v>
       </c>
       <c r="C347" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D347" s="5" t="s">
-[...3 lines deleted...]
-        <v>17</v>
+      <c r="D347" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E347" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F347" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G347" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H347" s="5" t="s">
-[...6 lines deleted...]
-        <v>22</v>
+      <c r="H347" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I347" s="5"/>
+      <c r="J347" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K347" s="5" t="s">
-        <v>2209</v>
+        <v>2237</v>
       </c>
       <c r="L347" s="6" t="s">
-        <v>2210</v>
-[...3 lines deleted...]
-      </c>
+        <v>2240</v>
+      </c>
+      <c r="M347" s="5"/>
     </row>
     <row r="348">
       <c r="A348" s="5" t="s">
-        <v>2212</v>
+        <v>2241</v>
       </c>
       <c r="B348" s="5" t="s">
-        <v>14</v>
+        <v>650</v>
       </c>
       <c r="C348" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D348" s="5" t="s">
-[...3 lines deleted...]
-        <v>17</v>
+      <c r="D348" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E348" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F348" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G348" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H348" s="5" t="s">
-        <v>2213</v>
-[...5 lines deleted...]
-        <v>22</v>
+        <v>2242</v>
+      </c>
+      <c r="I348" s="5"/>
+      <c r="J348" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K348" s="5" t="s">
-        <v>2215</v>
+        <v>2237</v>
       </c>
       <c r="L348" s="6" t="s">
-        <v>2216</v>
-[...3 lines deleted...]
-      </c>
+        <v>2243</v>
+      </c>
+      <c r="M348" s="5"/>
     </row>
     <row r="349">
       <c r="A349" s="5" t="s">
-        <v>2218</v>
+        <v>2244</v>
       </c>
       <c r="B349" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C349" s="5" t="s">
-        <v>2219</v>
+        <v>121</v>
       </c>
       <c r="D349" s="5" t="s">
-        <v>413</v>
-[...8 lines deleted...]
-        <v>2220</v>
+        <v>16</v>
+      </c>
+      <c r="E349" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F349" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G349" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H349" s="5" t="s">
-        <v>2221</v>
+        <v>2245</v>
       </c>
       <c r="I349" s="5" t="s">
-        <v>2222</v>
+        <v>2246</v>
       </c>
       <c r="J349" s="5" t="s">
-        <v>257</v>
+        <v>22</v>
       </c>
       <c r="K349" s="5" t="s">
-        <v>2223</v>
+        <v>2247</v>
       </c>
       <c r="L349" s="6" t="s">
-        <v>2224</v>
+        <v>2248</v>
       </c>
       <c r="M349" s="5" t="s">
-        <v>2225</v>
+        <v>2249</v>
       </c>
     </row>
     <row r="350">
       <c r="A350" s="5" t="s">
-        <v>2226</v>
+        <v>2250</v>
       </c>
       <c r="B350" s="5" t="s">
-        <v>14</v>
+        <v>650</v>
       </c>
       <c r="C350" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D350" s="5" t="s">
-[...3 lines deleted...]
-        <v>17</v>
+      <c r="D350" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E350" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F350" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G350" s="5" t="s">
-[...9 lines deleted...]
-        <v>22</v>
+      <c r="G350" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H350" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I350" s="5"/>
+      <c r="J350" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K350" s="5" t="s">
-        <v>2230</v>
+        <v>2237</v>
       </c>
       <c r="L350" s="6" t="s">
-        <v>2231</v>
-[...3 lines deleted...]
-      </c>
+        <v>2251</v>
+      </c>
+      <c r="M350" s="5"/>
     </row>
     <row r="351">
       <c r="A351" s="5" t="s">
-        <v>2233</v>
+        <v>2252</v>
       </c>
       <c r="B351" s="5" t="s">
-        <v>644</v>
+        <v>650</v>
       </c>
       <c r="C351" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D351" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E351" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F351" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G351" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H351" s="5" t="s">
-        <v>2234</v>
+      <c r="H351" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I351" s="5"/>
       <c r="J351" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K351" s="5" t="s">
-        <v>2235</v>
+        <v>2237</v>
       </c>
       <c r="L351" s="6" t="s">
-        <v>2236</v>
+        <v>2253</v>
       </c>
       <c r="M351" s="5"/>
     </row>
     <row r="352">
       <c r="A352" s="5" t="s">
-        <v>2237</v>
+        <v>2254</v>
       </c>
       <c r="B352" s="5" t="s">
-        <v>644</v>
+        <v>14</v>
       </c>
       <c r="C352" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D352" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="D352" s="5" t="s">
+        <v>121</v>
       </c>
       <c r="E352" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F352" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G352" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G352" s="5" t="s">
+        <v>2255</v>
       </c>
       <c r="H352" s="5" t="s">
-        <v>2176</v>
-[...5 lines deleted...]
-        </is>
+        <v>2256</v>
+      </c>
+      <c r="I352" s="5" t="s">
+        <v>2257</v>
+      </c>
+      <c r="J352" s="5" t="s">
+        <v>22</v>
       </c>
       <c r="K352" s="5" t="s">
-        <v>2238</v>
+        <v>2258</v>
       </c>
       <c r="L352" s="6" t="s">
-        <v>2239</v>
-[...1 lines deleted...]
-      <c r="M352" s="5"/>
+        <v>2259</v>
+      </c>
+      <c r="M352" s="5" t="s">
+        <v>2260</v>
+      </c>
     </row>
     <row r="353">
       <c r="A353" s="5" t="s">
-        <v>2240</v>
+        <v>2261</v>
       </c>
       <c r="B353" s="5" t="s">
-        <v>644</v>
+        <v>650</v>
       </c>
       <c r="C353" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D353" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E353" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F353" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G353" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H353" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I353" s="5"/>
       <c r="J353" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K353" s="5" t="s">
-        <v>2238</v>
+        <v>2237</v>
       </c>
       <c r="L353" s="6" t="s">
-        <v>2241</v>
+        <v>2262</v>
       </c>
       <c r="M353" s="5"/>
     </row>
     <row r="354">
       <c r="A354" s="5" t="s">
-        <v>2242</v>
+        <v>2263</v>
       </c>
       <c r="B354" s="5" t="s">
-        <v>644</v>
+        <v>650</v>
       </c>
       <c r="C354" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D354" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E354" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F354" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G354" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H354" s="5" t="s">
-        <v>2176</v>
+        <v>2264</v>
       </c>
       <c r="I354" s="5"/>
       <c r="J354" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K354" s="5" t="s">
-        <v>2238</v>
+        <v>2237</v>
       </c>
       <c r="L354" s="6" t="s">
-        <v>2243</v>
+        <v>2265</v>
       </c>
       <c r="M354" s="5"/>
     </row>
     <row r="355">
       <c r="A355" s="5" t="s">
-        <v>2244</v>
+        <v>2266</v>
       </c>
       <c r="B355" s="5" t="s">
-        <v>644</v>
+        <v>14</v>
       </c>
       <c r="C355" s="5" t="s">
-        <v>16</v>
-[...4 lines deleted...]
-        </is>
+        <v>121</v>
+      </c>
+      <c r="D355" s="5" t="s">
+        <v>2006</v>
       </c>
       <c r="E355" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F355" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G355" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H355" s="5" t="s">
-        <v>2176</v>
-[...5 lines deleted...]
-        </is>
+        <v>2267</v>
+      </c>
+      <c r="I355" s="5" t="s">
+        <v>2268</v>
+      </c>
+      <c r="J355" s="5" t="s">
+        <v>257</v>
       </c>
       <c r="K355" s="5" t="s">
-        <v>2245</v>
+        <v>2269</v>
       </c>
       <c r="L355" s="6" t="s">
-        <v>2246</v>
-[...1 lines deleted...]
-      <c r="M355" s="5"/>
+        <v>2270</v>
+      </c>
+      <c r="M355" s="5" t="s">
+        <v>2271</v>
+      </c>
     </row>
     <row r="356">
       <c r="A356" s="5" t="s">
-        <v>2247</v>
+        <v>2272</v>
       </c>
       <c r="B356" s="5" t="s">
-        <v>644</v>
+        <v>14</v>
       </c>
       <c r="C356" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D356" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="D356" s="5" t="s">
+        <v>121</v>
+      </c>
+      <c r="E356" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F356" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G356" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H356" s="5" t="inlineStr">
-[...8 lines deleted...]
-        </is>
+      <c r="H356" s="5" t="s">
+        <v>2273</v>
+      </c>
+      <c r="I356" s="5" t="s">
+        <v>2274</v>
+      </c>
+      <c r="J356" s="5" t="s">
+        <v>22</v>
       </c>
       <c r="K356" s="5" t="s">
-        <v>2248</v>
+        <v>2275</v>
       </c>
       <c r="L356" s="6" t="s">
-        <v>2249</v>
-[...1 lines deleted...]
-      <c r="M356" s="5"/>
+        <v>2276</v>
+      </c>
+      <c r="M356" s="5" t="s">
+        <v>2277</v>
+      </c>
     </row>
     <row r="357">
       <c r="A357" s="5" t="s">
-        <v>2250</v>
+        <v>2278</v>
       </c>
       <c r="B357" s="5" t="s">
-        <v>644</v>
+        <v>14</v>
       </c>
       <c r="C357" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D357" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="D357" s="5" t="s">
+        <v>121</v>
+      </c>
+      <c r="E357" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F357" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G357" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H357" s="5" t="s">
-        <v>2251</v>
-[...5 lines deleted...]
-        </is>
+        <v>2279</v>
+      </c>
+      <c r="I357" s="5" t="s">
+        <v>2280</v>
+      </c>
+      <c r="J357" s="5" t="s">
+        <v>22</v>
       </c>
       <c r="K357" s="5" t="s">
-        <v>2238</v>
+        <v>2281</v>
       </c>
       <c r="L357" s="6" t="s">
-        <v>2252</v>
-[...1 lines deleted...]
-      <c r="M357" s="5"/>
+        <v>2282</v>
+      </c>
+      <c r="M357" s="5" t="s">
+        <v>2283</v>
+      </c>
     </row>
     <row r="358">
       <c r="A358" s="5" t="s">
-        <v>2253</v>
+        <v>2284</v>
       </c>
       <c r="B358" s="5" t="s">
-        <v>644</v>
+        <v>14</v>
       </c>
       <c r="C358" s="5" t="s">
-        <v>16</v>
-[...30 lines deleted...]
-        </is>
+        <v>2285</v>
+      </c>
+      <c r="D358" s="5" t="s">
+        <v>420</v>
+      </c>
+      <c r="E358" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="F358" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G358" s="5" t="s">
+        <v>2286</v>
+      </c>
+      <c r="H358" s="5" t="s">
+        <v>2287</v>
+      </c>
+      <c r="I358" s="5" t="s">
+        <v>2288</v>
+      </c>
+      <c r="J358" s="5" t="s">
+        <v>257</v>
       </c>
       <c r="K358" s="5" t="s">
-        <v>2238</v>
+        <v>2289</v>
       </c>
       <c r="L358" s="6" t="s">
-        <v>2254</v>
-[...1 lines deleted...]
-      <c r="M358" s="5"/>
+        <v>2290</v>
+      </c>
+      <c r="M358" s="5" t="s">
+        <v>2291</v>
+      </c>
     </row>
     <row r="359">
       <c r="A359" s="5" t="s">
-        <v>2255</v>
+        <v>2292</v>
       </c>
       <c r="B359" s="5" t="s">
-        <v>644</v>
+        <v>14</v>
       </c>
       <c r="C359" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D359" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="D359" s="5" t="s">
+        <v>121</v>
+      </c>
+      <c r="E359" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F359" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G359" s="5" t="inlineStr">
-[...13 lines deleted...]
-        </is>
+      <c r="G359" s="5" t="s">
+        <v>2293</v>
+      </c>
+      <c r="H359" s="5" t="s">
+        <v>2294</v>
+      </c>
+      <c r="I359" s="5" t="s">
+        <v>2295</v>
+      </c>
+      <c r="J359" s="5" t="s">
+        <v>22</v>
       </c>
       <c r="K359" s="5" t="s">
-        <v>2235</v>
+        <v>2296</v>
       </c>
       <c r="L359" s="6" t="s">
-        <v>2256</v>
-[...1 lines deleted...]
-      <c r="M359" s="5"/>
+        <v>2297</v>
+      </c>
+      <c r="M359" s="5" t="s">
+        <v>2298</v>
+      </c>
     </row>
     <row r="360">
       <c r="A360" s="5" t="s">
-        <v>2257</v>
+        <v>2299</v>
       </c>
       <c r="B360" s="5" t="s">
-        <v>644</v>
+        <v>650</v>
       </c>
       <c r="C360" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D360" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E360" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F360" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G360" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H360" s="5" t="s">
-        <v>2176</v>
+        <v>2300</v>
       </c>
       <c r="I360" s="5"/>
       <c r="J360" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K360" s="5" t="s">
-        <v>2235</v>
+        <v>2301</v>
       </c>
       <c r="L360" s="6" t="s">
-        <v>2258</v>
+        <v>2302</v>
       </c>
       <c r="M360" s="5"/>
     </row>
     <row r="361">
       <c r="A361" s="5" t="s">
-        <v>2259</v>
+        <v>2303</v>
       </c>
       <c r="B361" s="5" t="s">
-        <v>644</v>
+        <v>650</v>
       </c>
       <c r="C361" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D361" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E361" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F361" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G361" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H361" s="5" t="s">
-        <v>2176</v>
+        <v>2242</v>
       </c>
       <c r="I361" s="5"/>
       <c r="J361" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K361" s="5" t="s">
-        <v>2235</v>
+        <v>2304</v>
       </c>
       <c r="L361" s="6" t="s">
-        <v>2260</v>
+        <v>2305</v>
       </c>
       <c r="M361" s="5"/>
     </row>
     <row r="362">
       <c r="A362" s="5" t="s">
-        <v>2261</v>
+        <v>2306</v>
       </c>
       <c r="B362" s="5" t="s">
-        <v>644</v>
+        <v>650</v>
       </c>
       <c r="C362" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D362" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E362" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F362" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G362" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H362" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I362" s="5"/>
       <c r="J362" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K362" s="5" t="s">
-        <v>2235</v>
+        <v>2304</v>
       </c>
       <c r="L362" s="6" t="s">
-        <v>2262</v>
+        <v>2307</v>
       </c>
       <c r="M362" s="5"/>
     </row>
     <row r="363">
       <c r="A363" s="5" t="s">
-        <v>2263</v>
+        <v>2308</v>
       </c>
       <c r="B363" s="5" t="s">
-        <v>644</v>
+        <v>650</v>
       </c>
       <c r="C363" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D363" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E363" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F363" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G363" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H363" s="5" t="s">
-        <v>2251</v>
+        <v>2242</v>
       </c>
       <c r="I363" s="5"/>
       <c r="J363" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K363" s="5" t="s">
-        <v>2238</v>
+        <v>2304</v>
       </c>
       <c r="L363" s="6" t="s">
-        <v>2264</v>
+        <v>2309</v>
       </c>
       <c r="M363" s="5"/>
     </row>
     <row r="364">
       <c r="A364" s="5" t="s">
-        <v>2265</v>
+        <v>2310</v>
       </c>
       <c r="B364" s="5" t="s">
-        <v>14</v>
+        <v>650</v>
       </c>
       <c r="C364" s="5" t="s">
-        <v>2154</v>
-[...8 lines deleted...]
-        <v>18</v>
+        <v>16</v>
+      </c>
+      <c r="D364" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E364" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F364" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G364" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H364" s="5" t="s">
-        <v>2266</v>
-[...5 lines deleted...]
-        <v>257</v>
+        <v>2242</v>
+      </c>
+      <c r="I364" s="5"/>
+      <c r="J364" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K364" s="5" t="s">
-        <v>2268</v>
+        <v>2311</v>
       </c>
       <c r="L364" s="6" t="s">
-        <v>2269</v>
-[...3 lines deleted...]
-      </c>
+        <v>2312</v>
+      </c>
+      <c r="M364" s="5"/>
     </row>
     <row r="365">
       <c r="A365" s="5" t="s">
-        <v>2271</v>
+        <v>2313</v>
       </c>
       <c r="B365" s="5" t="s">
-        <v>644</v>
+        <v>650</v>
       </c>
       <c r="C365" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D365" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E365" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F365" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G365" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H365" s="5" t="s">
-        <v>2234</v>
+      <c r="H365" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I365" s="5"/>
       <c r="J365" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K365" s="5" t="s">
-        <v>2238</v>
+        <v>2314</v>
       </c>
       <c r="L365" s="6" t="s">
-        <v>2272</v>
+        <v>2315</v>
       </c>
       <c r="M365" s="5"/>
     </row>
     <row r="366">
       <c r="A366" s="5" t="s">
-        <v>2273</v>
+        <v>2316</v>
       </c>
       <c r="B366" s="5" t="s">
-        <v>644</v>
+        <v>650</v>
       </c>
       <c r="C366" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D366" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E366" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F366" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G366" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H366" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H366" s="5" t="s">
+        <v>2317</v>
       </c>
       <c r="I366" s="5"/>
       <c r="J366" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K366" s="5" t="s">
-        <v>2238</v>
+        <v>2304</v>
       </c>
       <c r="L366" s="6" t="s">
-        <v>2274</v>
+        <v>2318</v>
       </c>
       <c r="M366" s="5"/>
     </row>
     <row r="367">
       <c r="A367" s="5" t="s">
-        <v>2275</v>
+        <v>2319</v>
       </c>
       <c r="B367" s="5" t="s">
-        <v>644</v>
+        <v>650</v>
       </c>
       <c r="C367" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D367" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E367" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F367" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G367" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H367" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I367" s="5"/>
       <c r="J367" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K367" s="5" t="s">
-        <v>2235</v>
+        <v>2304</v>
       </c>
       <c r="L367" s="6" t="s">
-        <v>2276</v>
+        <v>2320</v>
       </c>
       <c r="M367" s="5"/>
     </row>
     <row r="368">
       <c r="A368" s="5" t="s">
-        <v>2277</v>
+        <v>2321</v>
       </c>
       <c r="B368" s="5" t="s">
-        <v>14</v>
+        <v>650</v>
       </c>
       <c r="C368" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D368" s="5" t="s">
-[...3 lines deleted...]
-        <v>17</v>
+      <c r="D368" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E368" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F368" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G368" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H368" s="5" t="s">
-        <v>2278</v>
+      <c r="H368" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I368" s="5"/>
-      <c r="J368" s="5" t="s">
-        <v>22</v>
+      <c r="J368" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K368" s="5" t="s">
-        <v>2279</v>
+        <v>2301</v>
       </c>
       <c r="L368" s="6" t="s">
-        <v>2280</v>
-[...3 lines deleted...]
-      </c>
+        <v>2322</v>
+      </c>
+      <c r="M368" s="5"/>
     </row>
     <row r="369">
       <c r="A369" s="5" t="s">
-        <v>2282</v>
+        <v>2323</v>
       </c>
       <c r="B369" s="5" t="s">
-        <v>14</v>
+        <v>650</v>
       </c>
       <c r="C369" s="5" t="s">
-        <v>2154</v>
-[...8 lines deleted...]
-        <v>18</v>
+        <v>16</v>
+      </c>
+      <c r="D369" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E369" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F369" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G369" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H369" s="5" t="s">
-        <v>2283</v>
+        <v>2242</v>
       </c>
       <c r="I369" s="5"/>
-      <c r="J369" s="5" t="s">
-        <v>257</v>
+      <c r="J369" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K369" s="5" t="s">
-        <v>2284</v>
+        <v>2301</v>
       </c>
       <c r="L369" s="6" t="s">
-        <v>2285</v>
-[...3 lines deleted...]
-      </c>
+        <v>2324</v>
+      </c>
+      <c r="M369" s="5"/>
     </row>
     <row r="370">
       <c r="A370" s="5" t="s">
-        <v>2287</v>
+        <v>2325</v>
       </c>
       <c r="B370" s="5" t="s">
-        <v>644</v>
+        <v>650</v>
       </c>
       <c r="C370" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D370" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E370" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F370" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G370" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H370" s="5" t="s">
-        <v>2288</v>
+        <v>2242</v>
       </c>
       <c r="I370" s="5"/>
       <c r="J370" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K370" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K370" s="5" t="s">
+        <v>2301</v>
       </c>
       <c r="L370" s="6" t="s">
-        <v>2289</v>
+        <v>2326</v>
       </c>
       <c r="M370" s="5"/>
     </row>
     <row r="371">
       <c r="A371" s="5" t="s">
-        <v>2290</v>
+        <v>2327</v>
       </c>
       <c r="B371" s="5" t="s">
-        <v>644</v>
+        <v>650</v>
       </c>
       <c r="C371" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D371" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E371" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F371" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G371" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H371" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I371" s="5"/>
       <c r="J371" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K371" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K371" s="5" t="s">
+        <v>2301</v>
       </c>
       <c r="L371" s="6" t="s">
-        <v>2291</v>
+        <v>2328</v>
       </c>
       <c r="M371" s="5"/>
     </row>
     <row r="372">
       <c r="A372" s="5" t="s">
-        <v>2292</v>
+        <v>2329</v>
       </c>
       <c r="B372" s="5" t="s">
-        <v>644</v>
+        <v>650</v>
       </c>
       <c r="C372" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D372" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E372" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F372" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G372" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H372" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H372" s="5" t="s">
+        <v>2317</v>
       </c>
       <c r="I372" s="5"/>
       <c r="J372" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K372" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K372" s="5" t="s">
+        <v>2304</v>
       </c>
       <c r="L372" s="6" t="s">
-        <v>2293</v>
+        <v>2330</v>
       </c>
       <c r="M372" s="5"/>
     </row>
     <row r="373">
       <c r="A373" s="5" t="s">
-        <v>2294</v>
+        <v>2331</v>
       </c>
       <c r="B373" s="5" t="s">
-        <v>644</v>
+        <v>14</v>
       </c>
       <c r="C373" s="5" t="s">
-        <v>16</v>
-[...14 lines deleted...]
-        </is>
+        <v>2220</v>
+      </c>
+      <c r="D373" s="5" t="s">
+        <v>420</v>
+      </c>
+      <c r="E373" s="5" t="s">
+        <v>2221</v>
+      </c>
+      <c r="F373" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="G373" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H373" s="5" t="inlineStr">
-[...13 lines deleted...]
-        </is>
+      <c r="H373" s="5" t="s">
+        <v>2332</v>
+      </c>
+      <c r="I373" s="5" t="s">
+        <v>2333</v>
+      </c>
+      <c r="J373" s="5" t="s">
+        <v>257</v>
+      </c>
+      <c r="K373" s="5" t="s">
+        <v>2334</v>
       </c>
       <c r="L373" s="6" t="s">
-        <v>2295</v>
-[...1 lines deleted...]
-      <c r="M373" s="5"/>
+        <v>2335</v>
+      </c>
+      <c r="M373" s="5" t="s">
+        <v>2336</v>
+      </c>
     </row>
     <row r="374">
       <c r="A374" s="5" t="s">
-        <v>2296</v>
+        <v>2337</v>
       </c>
       <c r="B374" s="5" t="s">
-        <v>644</v>
+        <v>650</v>
       </c>
       <c r="C374" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D374" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E374" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F374" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G374" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H374" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H374" s="5" t="s">
+        <v>2300</v>
       </c>
       <c r="I374" s="5"/>
       <c r="J374" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K374" s="5" t="s">
-        <v>2297</v>
+        <v>2304</v>
       </c>
       <c r="L374" s="6" t="s">
-        <v>2298</v>
+        <v>2338</v>
       </c>
       <c r="M374" s="5"/>
     </row>
     <row r="375">
       <c r="A375" s="5" t="s">
-        <v>2296</v>
+        <v>2339</v>
       </c>
       <c r="B375" s="5" t="s">
-        <v>644</v>
+        <v>650</v>
       </c>
       <c r="C375" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D375" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E375" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F375" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G375" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H375" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I375" s="5"/>
       <c r="J375" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K375" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K375" s="5" t="s">
+        <v>2304</v>
       </c>
       <c r="L375" s="6" t="s">
-        <v>2299</v>
+        <v>2340</v>
       </c>
       <c r="M375" s="5"/>
     </row>
     <row r="376">
       <c r="A376" s="5" t="s">
-        <v>2300</v>
+        <v>2341</v>
       </c>
       <c r="B376" s="5" t="s">
-        <v>644</v>
+        <v>650</v>
       </c>
       <c r="C376" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D376" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E376" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F376" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G376" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H376" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I376" s="5"/>
       <c r="J376" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K376" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K376" s="5" t="s">
+        <v>2301</v>
       </c>
       <c r="L376" s="6" t="s">
-        <v>2301</v>
+        <v>2342</v>
       </c>
       <c r="M376" s="5"/>
     </row>
     <row r="377">
       <c r="A377" s="5" t="s">
-        <v>2302</v>
+        <v>2343</v>
       </c>
       <c r="B377" s="5" t="s">
-        <v>644</v>
+        <v>14</v>
       </c>
       <c r="C377" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D377" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="D377" s="5" t="s">
+        <v>121</v>
+      </c>
+      <c r="E377" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F377" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G377" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H377" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H377" s="5" t="s">
+        <v>2344</v>
       </c>
       <c r="I377" s="5"/>
-      <c r="J377" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="J377" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="K377" s="5" t="s">
+        <v>2345</v>
       </c>
       <c r="L377" s="6" t="s">
-        <v>2303</v>
-[...1 lines deleted...]
-      <c r="M377" s="5"/>
+        <v>2346</v>
+      </c>
+      <c r="M377" s="5" t="s">
+        <v>2347</v>
+      </c>
     </row>
     <row r="378">
       <c r="A378" s="5" t="s">
-        <v>2304</v>
+        <v>2348</v>
       </c>
       <c r="B378" s="5" t="s">
-        <v>644</v>
+        <v>14</v>
       </c>
       <c r="C378" s="5" t="s">
-        <v>16</v>
-[...14 lines deleted...]
-        </is>
+        <v>2220</v>
+      </c>
+      <c r="D378" s="5" t="s">
+        <v>420</v>
+      </c>
+      <c r="E378" s="5" t="s">
+        <v>2221</v>
+      </c>
+      <c r="F378" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="G378" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H378" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H378" s="5" t="s">
+        <v>2349</v>
       </c>
       <c r="I378" s="5"/>
-      <c r="J378" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="J378" s="5" t="s">
+        <v>257</v>
+      </c>
+      <c r="K378" s="5" t="s">
+        <v>2350</v>
       </c>
       <c r="L378" s="6" t="s">
-        <v>2305</v>
-[...1 lines deleted...]
-      <c r="M378" s="5"/>
+        <v>2351</v>
+      </c>
+      <c r="M378" s="5" t="s">
+        <v>2352</v>
+      </c>
     </row>
     <row r="379">
       <c r="A379" s="5" t="s">
-        <v>2306</v>
+        <v>2353</v>
       </c>
       <c r="B379" s="5" t="s">
-        <v>14</v>
+        <v>650</v>
       </c>
       <c r="C379" s="5" t="s">
-        <v>2307</v>
-[...5 lines deleted...]
-        <v>17</v>
+        <v>16</v>
+      </c>
+      <c r="D379" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E379" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F379" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G379" s="5" t="s">
-        <v>2309</v>
+      <c r="G379" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H379" s="5" t="s">
-        <v>2310</v>
-[...8 lines deleted...]
-        <v>2313</v>
+        <v>2354</v>
+      </c>
+      <c r="I379" s="5"/>
+      <c r="J379" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K379" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L379" s="6" t="s">
-        <v>2314</v>
-[...3 lines deleted...]
-      </c>
+        <v>2355</v>
+      </c>
+      <c r="M379" s="5"/>
     </row>
     <row r="380">
       <c r="A380" s="5" t="s">
-        <v>2316</v>
+        <v>2356</v>
       </c>
       <c r="B380" s="5" t="s">
-        <v>14</v>
+        <v>650</v>
       </c>
       <c r="C380" s="5" t="s">
-        <v>121</v>
-[...2 lines deleted...]
-        <v>638</v>
+        <v>16</v>
+      </c>
+      <c r="D380" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E380" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F380" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G380" s="5" t="s">
-[...12 lines deleted...]
-        <v>2320</v>
+      <c r="G380" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H380" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I380" s="5"/>
+      <c r="J380" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K380" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L380" s="6" t="s">
-        <v>2321</v>
-[...3 lines deleted...]
-      </c>
+        <v>2357</v>
+      </c>
+      <c r="M380" s="5"/>
     </row>
     <row r="381">
       <c r="A381" s="5" t="s">
-        <v>2323</v>
+        <v>2358</v>
       </c>
       <c r="B381" s="5" t="s">
-        <v>644</v>
+        <v>650</v>
       </c>
       <c r="C381" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D381" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E381" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F381" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G381" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H381" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I381" s="5"/>
       <c r="J381" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K381" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L381" s="6" t="s">
-        <v>2324</v>
+        <v>2359</v>
       </c>
       <c r="M381" s="5"/>
     </row>
     <row r="382">
       <c r="A382" s="5" t="s">
-        <v>2325</v>
+        <v>2360</v>
       </c>
       <c r="B382" s="5" t="s">
-        <v>14</v>
+        <v>650</v>
       </c>
       <c r="C382" s="5" t="s">
-        <v>2307</v>
-[...5 lines deleted...]
-        <v>17</v>
+        <v>16</v>
+      </c>
+      <c r="D382" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E382" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F382" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G382" s="5" t="s">
-[...3 lines deleted...]
-        <v>2327</v>
+      <c r="G382" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H382" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I382" s="5"/>
-      <c r="J382" s="5" t="s">
-[...3 lines deleted...]
-        <v>2329</v>
+      <c r="J382" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K382" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L382" s="6" t="s">
-        <v>2330</v>
-[...3 lines deleted...]
-      </c>
+        <v>2361</v>
+      </c>
+      <c r="M382" s="5"/>
     </row>
     <row r="383">
       <c r="A383" s="5" t="s">
-        <v>2332</v>
+        <v>2362</v>
       </c>
       <c r="B383" s="5" t="s">
-        <v>14</v>
+        <v>650</v>
       </c>
       <c r="C383" s="5" t="s">
-        <v>2307</v>
-[...5 lines deleted...]
-        <v>17</v>
+        <v>16</v>
+      </c>
+      <c r="D383" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E383" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F383" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G383" s="5" t="s">
-[...3 lines deleted...]
-        <v>2333</v>
+      <c r="G383" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H383" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I383" s="5"/>
-      <c r="J383" s="5" t="s">
-        <v>2328</v>
+      <c r="J383" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K383" s="5" t="s">
-        <v>2334</v>
+        <v>2363</v>
       </c>
       <c r="L383" s="6" t="s">
-        <v>2335</v>
-[...3 lines deleted...]
-      </c>
+        <v>2364</v>
+      </c>
+      <c r="M383" s="5"/>
     </row>
     <row r="384">
       <c r="A384" s="5" t="s">
-        <v>2337</v>
+        <v>2362</v>
       </c>
       <c r="B384" s="5" t="s">
-        <v>14</v>
+        <v>650</v>
       </c>
       <c r="C384" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D384" s="5" t="s">
-[...3 lines deleted...]
-        <v>2338</v>
+      <c r="D384" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E384" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F384" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G384" s="5" t="s">
-[...12 lines deleted...]
-        <v>2342</v>
+      <c r="G384" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H384" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I384" s="5"/>
+      <c r="J384" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K384" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L384" s="6" t="s">
-        <v>2343</v>
-[...3 lines deleted...]
-      </c>
+        <v>2365</v>
+      </c>
+      <c r="M384" s="5"/>
     </row>
     <row r="385">
       <c r="A385" s="5" t="s">
-        <v>2345</v>
+        <v>2366</v>
       </c>
       <c r="B385" s="5" t="s">
-        <v>14</v>
+        <v>650</v>
       </c>
       <c r="C385" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D385" s="5" t="s">
-[...3 lines deleted...]
-        <v>18</v>
+      <c r="D385" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E385" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F385" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G385" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H385" s="5" t="s">
-[...9 lines deleted...]
-        <v>2348</v>
+      <c r="H385" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I385" s="5"/>
+      <c r="J385" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K385" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L385" s="6" t="s">
-        <v>2349</v>
-[...3 lines deleted...]
-      </c>
+        <v>2367</v>
+      </c>
+      <c r="M385" s="5"/>
     </row>
     <row r="386">
       <c r="A386" s="5" t="s">
-        <v>2351</v>
+        <v>2368</v>
       </c>
       <c r="B386" s="5" t="s">
-        <v>14</v>
+        <v>650</v>
       </c>
       <c r="C386" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D386" s="5" t="s">
-[...3 lines deleted...]
-        <v>18</v>
+      <c r="D386" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E386" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F386" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G386" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H386" s="5" t="s">
-[...9 lines deleted...]
-        <v>2354</v>
+      <c r="H386" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I386" s="5"/>
+      <c r="J386" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K386" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L386" s="6" t="s">
-        <v>2355</v>
-[...3 lines deleted...]
-      </c>
+        <v>2369</v>
+      </c>
+      <c r="M386" s="5"/>
     </row>
     <row r="387">
       <c r="A387" s="5" t="s">
-        <v>2357</v>
+        <v>2370</v>
       </c>
       <c r="B387" s="5" t="s">
-        <v>14</v>
+        <v>650</v>
       </c>
       <c r="C387" s="5" t="s">
-        <v>121</v>
-[...2 lines deleted...]
-        <v>638</v>
+        <v>16</v>
+      </c>
+      <c r="D387" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E387" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F387" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G387" s="5" t="s">
-[...12 lines deleted...]
-        <v>2361</v>
+      <c r="G387" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H387" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I387" s="5"/>
+      <c r="J387" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K387" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L387" s="6" t="s">
-        <v>2362</v>
-[...3 lines deleted...]
-      </c>
+        <v>2371</v>
+      </c>
+      <c r="M387" s="5"/>
     </row>
     <row r="388">
       <c r="A388" s="5" t="s">
-        <v>2364</v>
+        <v>2372</v>
       </c>
       <c r="B388" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C388" s="5" t="s">
-        <v>121</v>
+        <v>2373</v>
       </c>
       <c r="D388" s="5" t="s">
-        <v>16</v>
-[...7 lines deleted...]
-        <v>1754</v>
+        <v>2374</v>
+      </c>
+      <c r="E388" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F388" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G388" s="5" t="s">
-        <v>2365</v>
+        <v>2375</v>
       </c>
       <c r="H388" s="5" t="s">
-        <v>2366</v>
+        <v>2376</v>
       </c>
       <c r="I388" s="5" t="s">
-        <v>2367</v>
+        <v>2377</v>
       </c>
       <c r="J388" s="5" t="s">
-        <v>22</v>
+        <v>2378</v>
       </c>
       <c r="K388" s="5" t="s">
-        <v>2368</v>
+        <v>2379</v>
       </c>
       <c r="L388" s="6" t="s">
-        <v>2369</v>
+        <v>2380</v>
       </c>
       <c r="M388" s="5" t="s">
-        <v>2370</v>
+        <v>2381</v>
       </c>
     </row>
     <row r="389">
       <c r="A389" s="5" t="s">
-        <v>2371</v>
+        <v>2382</v>
       </c>
       <c r="B389" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C389" s="5" t="s">
         <v>121</v>
       </c>
       <c r="D389" s="5" t="s">
-        <v>16</v>
+        <v>644</v>
       </c>
       <c r="E389" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F389" s="5" t="s">
-        <v>1754</v>
+      <c r="F389" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G389" s="5" t="s">
-        <v>2372</v>
+        <v>2383</v>
       </c>
       <c r="H389" s="5" t="s">
-        <v>2373</v>
+        <v>2384</v>
       </c>
       <c r="I389" s="5" t="s">
-        <v>2374</v>
+        <v>2385</v>
       </c>
       <c r="J389" s="5" t="s">
-        <v>22</v>
+        <v>257</v>
       </c>
       <c r="K389" s="5" t="s">
-        <v>2375</v>
+        <v>2386</v>
       </c>
       <c r="L389" s="6" t="s">
-        <v>2376</v>
+        <v>2387</v>
       </c>
       <c r="M389" s="5" t="s">
-        <v>2377</v>
+        <v>2388</v>
       </c>
     </row>
     <row r="390">
       <c r="A390" s="5" t="s">
-        <v>2378</v>
+        <v>2389</v>
       </c>
       <c r="B390" s="5" t="s">
-        <v>14</v>
+        <v>650</v>
       </c>
       <c r="C390" s="5" t="s">
-        <v>2307</v>
-[...5 lines deleted...]
-        <v>17</v>
+        <v>16</v>
+      </c>
+      <c r="D390" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E390" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F390" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G390" s="5" t="s">
-[...12 lines deleted...]
-        <v>2382</v>
+      <c r="G390" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H390" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I390" s="5"/>
+      <c r="J390" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K390" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L390" s="6" t="s">
-        <v>2383</v>
-[...3 lines deleted...]
-      </c>
+        <v>2390</v>
+      </c>
+      <c r="M390" s="5"/>
     </row>
     <row r="391">
       <c r="A391" s="5" t="s">
-        <v>2385</v>
+        <v>2391</v>
       </c>
       <c r="B391" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C391" s="5" t="s">
-        <v>2307</v>
+        <v>2373</v>
       </c>
       <c r="D391" s="5" t="s">
-        <v>1279</v>
+        <v>1285</v>
       </c>
       <c r="E391" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F391" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G391" s="5" t="s">
-        <v>2386</v>
+        <v>2392</v>
       </c>
       <c r="H391" s="5" t="s">
-        <v>2387</v>
-[...3 lines deleted...]
-      </c>
+        <v>2393</v>
+      </c>
+      <c r="I391" s="5"/>
       <c r="J391" s="5" t="s">
-        <v>2328</v>
+        <v>2394</v>
       </c>
       <c r="K391" s="5" t="s">
-        <v>2389</v>
+        <v>2395</v>
       </c>
       <c r="L391" s="6" t="s">
-        <v>2390</v>
+        <v>2396</v>
       </c>
       <c r="M391" s="5" t="s">
-        <v>2391</v>
+        <v>2397</v>
       </c>
     </row>
     <row r="392">
       <c r="A392" s="5" t="s">
+        <v>2398</v>
+      </c>
+      <c r="B392" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C392" s="5" t="s">
+        <v>2373</v>
+      </c>
+      <c r="D392" s="5" t="s">
+        <v>1285</v>
+      </c>
+      <c r="E392" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F392" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G392" s="5" t="s">
         <v>2392</v>
       </c>
-      <c r="B392" s="5" t="s">
-[...28 lines deleted...]
-        </is>
+      <c r="H392" s="5" t="s">
+        <v>2399</v>
       </c>
       <c r="I392" s="5"/>
-      <c r="J392" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="J392" s="5" t="s">
+        <v>2394</v>
       </c>
       <c r="K392" s="5" t="s">
-        <v>2393</v>
+        <v>2400</v>
       </c>
       <c r="L392" s="6" t="s">
-        <v>2394</v>
-[...1 lines deleted...]
-      <c r="M392" s="5"/>
+        <v>2401</v>
+      </c>
+      <c r="M392" s="5" t="s">
+        <v>2402</v>
+      </c>
     </row>
     <row r="393">
       <c r="A393" s="5" t="s">
-        <v>2395</v>
+        <v>2403</v>
       </c>
       <c r="B393" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C393" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D393" s="5" t="s">
         <v>121</v>
       </c>
-      <c r="D393" s="5" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="E393" s="5" t="s">
+        <v>2404</v>
       </c>
       <c r="F393" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G393" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G393" s="5" t="s">
+        <v>2405</v>
       </c>
       <c r="H393" s="5" t="s">
-        <v>2396</v>
+        <v>2406</v>
       </c>
       <c r="I393" s="5" t="s">
-        <v>2397</v>
+        <v>2407</v>
       </c>
       <c r="J393" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K393" s="5" t="s">
-        <v>2398</v>
+        <v>2408</v>
       </c>
       <c r="L393" s="6" t="s">
-        <v>2399</v>
+        <v>2409</v>
       </c>
       <c r="M393" s="5" t="s">
-        <v>2400</v>
+        <v>2410</v>
       </c>
     </row>
     <row r="394">
       <c r="A394" s="5" t="s">
-        <v>2401</v>
+        <v>2411</v>
       </c>
       <c r="B394" s="5" t="s">
-        <v>644</v>
+        <v>14</v>
       </c>
       <c r="C394" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D394" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="D394" s="5" t="s">
+        <v>121</v>
+      </c>
+      <c r="E394" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="F394" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G394" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H394" s="5" t="inlineStr">
-[...8 lines deleted...]
-        </is>
+      <c r="H394" s="5" t="s">
+        <v>2412</v>
+      </c>
+      <c r="I394" s="5" t="s">
+        <v>2413</v>
+      </c>
+      <c r="J394" s="5" t="s">
+        <v>22</v>
       </c>
       <c r="K394" s="5" t="s">
-        <v>2393</v>
+        <v>2414</v>
       </c>
       <c r="L394" s="6" t="s">
-        <v>2402</v>
-[...1 lines deleted...]
-      <c r="M394" s="5"/>
+        <v>2415</v>
+      </c>
+      <c r="M394" s="5" t="s">
+        <v>2416</v>
+      </c>
     </row>
     <row r="395">
       <c r="A395" s="5" t="s">
-        <v>2403</v>
+        <v>2417</v>
       </c>
       <c r="B395" s="5" t="s">
-        <v>644</v>
+        <v>14</v>
       </c>
       <c r="C395" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D395" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="D395" s="5" t="s">
+        <v>121</v>
+      </c>
+      <c r="E395" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="F395" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G395" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H395" s="5" t="inlineStr">
-[...8 lines deleted...]
-        </is>
+      <c r="H395" s="5" t="s">
+        <v>2418</v>
+      </c>
+      <c r="I395" s="5" t="s">
+        <v>2419</v>
+      </c>
+      <c r="J395" s="5" t="s">
+        <v>22</v>
       </c>
       <c r="K395" s="5" t="s">
-        <v>2393</v>
+        <v>2420</v>
       </c>
       <c r="L395" s="6" t="s">
-        <v>2404</v>
-[...1 lines deleted...]
-      <c r="M395" s="5"/>
+        <v>2421</v>
+      </c>
+      <c r="M395" s="5" t="s">
+        <v>2422</v>
+      </c>
     </row>
     <row r="396">
       <c r="A396" s="5" t="s">
-        <v>2405</v>
+        <v>2423</v>
       </c>
       <c r="B396" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C396" s="5" t="s">
         <v>121</v>
       </c>
       <c r="D396" s="5" t="s">
-        <v>16</v>
+        <v>644</v>
       </c>
       <c r="E396" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F396" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G396" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G396" s="5" t="s">
+        <v>2424</v>
       </c>
       <c r="H396" s="5" t="s">
-        <v>2406</v>
+        <v>2425</v>
       </c>
       <c r="I396" s="5" t="s">
-        <v>2407</v>
+        <v>2426</v>
       </c>
       <c r="J396" s="5" t="s">
-        <v>22</v>
+        <v>257</v>
       </c>
       <c r="K396" s="5" t="s">
-        <v>2408</v>
+        <v>2427</v>
       </c>
       <c r="L396" s="6" t="s">
-        <v>2409</v>
+        <v>2428</v>
       </c>
       <c r="M396" s="5" t="s">
-        <v>2410</v>
+        <v>2429</v>
       </c>
     </row>
     <row r="397">
       <c r="A397" s="5" t="s">
-        <v>2411</v>
+        <v>2430</v>
       </c>
       <c r="B397" s="5" t="s">
-        <v>644</v>
+        <v>14</v>
       </c>
       <c r="C397" s="5" t="s">
+        <v>121</v>
+      </c>
+      <c r="D397" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D397" s="5" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="E397" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F397" s="5" t="inlineStr">
-[...18 lines deleted...]
-        </is>
+      <c r="F397" s="5" t="s">
+        <v>1767</v>
+      </c>
+      <c r="G397" s="5" t="s">
+        <v>2431</v>
+      </c>
+      <c r="H397" s="5" t="s">
+        <v>2432</v>
+      </c>
+      <c r="I397" s="5" t="s">
+        <v>2433</v>
+      </c>
+      <c r="J397" s="5" t="s">
+        <v>22</v>
       </c>
       <c r="K397" s="5" t="s">
-        <v>2393</v>
+        <v>2434</v>
       </c>
       <c r="L397" s="6" t="s">
-        <v>2412</v>
-[...1 lines deleted...]
-      <c r="M397" s="5"/>
+        <v>2435</v>
+      </c>
+      <c r="M397" s="5" t="s">
+        <v>2436</v>
+      </c>
     </row>
     <row r="398">
       <c r="A398" s="5" t="s">
-        <v>2413</v>
+        <v>2437</v>
       </c>
       <c r="B398" s="5" t="s">
-        <v>644</v>
+        <v>14</v>
       </c>
       <c r="C398" s="5" t="s">
+        <v>121</v>
+      </c>
+      <c r="D398" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D398" s="5" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="E398" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F398" s="5" t="inlineStr">
-[...18 lines deleted...]
-        </is>
+      <c r="F398" s="5" t="s">
+        <v>1767</v>
+      </c>
+      <c r="G398" s="5" t="s">
+        <v>2069</v>
+      </c>
+      <c r="H398" s="5" t="s">
+        <v>2438</v>
+      </c>
+      <c r="I398" s="5" t="s">
+        <v>2439</v>
+      </c>
+      <c r="J398" s="5" t="s">
+        <v>22</v>
       </c>
       <c r="K398" s="5" t="s">
-        <v>2414</v>
+        <v>2440</v>
       </c>
       <c r="L398" s="6" t="s">
-        <v>2415</v>
-[...1 lines deleted...]
-      <c r="M398" s="5"/>
+        <v>2441</v>
+      </c>
+      <c r="M398" s="5" t="s">
+        <v>2442</v>
+      </c>
     </row>
     <row r="399">
       <c r="A399" s="5" t="s">
-        <v>2416</v>
+        <v>2443</v>
       </c>
       <c r="B399" s="5" t="s">
-        <v>644</v>
+        <v>14</v>
       </c>
       <c r="C399" s="5" t="s">
-        <v>16</v>
-[...9 lines deleted...]
-        </is>
+        <v>2373</v>
+      </c>
+      <c r="D399" s="5" t="s">
+        <v>1285</v>
+      </c>
+      <c r="E399" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F399" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G399" s="5" t="inlineStr">
-[...13 lines deleted...]
-        </is>
+      <c r="G399" s="5" t="s">
+        <v>2444</v>
+      </c>
+      <c r="H399" s="5" t="s">
+        <v>2445</v>
+      </c>
+      <c r="I399" s="5" t="s">
+        <v>2446</v>
+      </c>
+      <c r="J399" s="5" t="s">
+        <v>2394</v>
       </c>
       <c r="K399" s="5" t="s">
-        <v>2414</v>
+        <v>2447</v>
       </c>
       <c r="L399" s="6" t="s">
-        <v>2417</v>
-[...1 lines deleted...]
-      <c r="M399" s="5"/>
+        <v>2448</v>
+      </c>
+      <c r="M399" s="5" t="s">
+        <v>2449</v>
+      </c>
     </row>
     <row r="400">
       <c r="A400" s="5" t="s">
-        <v>2418</v>
+        <v>2450</v>
       </c>
       <c r="B400" s="5" t="s">
-        <v>644</v>
+        <v>14</v>
       </c>
       <c r="C400" s="5" t="s">
-        <v>16</v>
-[...9 lines deleted...]
-        </is>
+        <v>2373</v>
+      </c>
+      <c r="D400" s="5" t="s">
+        <v>1285</v>
+      </c>
+      <c r="E400" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F400" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G400" s="5" t="inlineStr">
-[...13 lines deleted...]
-        </is>
+      <c r="G400" s="5" t="s">
+        <v>2451</v>
+      </c>
+      <c r="H400" s="5" t="s">
+        <v>2452</v>
+      </c>
+      <c r="I400" s="5" t="s">
+        <v>2453</v>
+      </c>
+      <c r="J400" s="5" t="s">
+        <v>2394</v>
       </c>
       <c r="K400" s="5" t="s">
-        <v>2414</v>
+        <v>2454</v>
       </c>
       <c r="L400" s="6" t="s">
-        <v>2419</v>
-[...1 lines deleted...]
-      <c r="M400" s="5"/>
+        <v>2455</v>
+      </c>
+      <c r="M400" s="5" t="s">
+        <v>2456</v>
+      </c>
     </row>
     <row r="401">
       <c r="A401" s="5" t="s">
-        <v>2420</v>
+        <v>2457</v>
       </c>
       <c r="B401" s="5" t="s">
-        <v>644</v>
+        <v>650</v>
       </c>
       <c r="C401" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D401" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E401" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F401" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G401" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H401" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I401" s="5"/>
       <c r="J401" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K401" s="5" t="s">
-        <v>2414</v>
+        <v>2458</v>
       </c>
       <c r="L401" s="6" t="s">
-        <v>2421</v>
+        <v>2459</v>
       </c>
       <c r="M401" s="5"/>
     </row>
     <row r="402">
       <c r="A402" s="5" t="s">
-        <v>2422</v>
+        <v>2460</v>
       </c>
       <c r="B402" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C402" s="5" t="s">
-        <v>2307</v>
+        <v>121</v>
       </c>
       <c r="D402" s="5" t="s">
-        <v>1279</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>16</v>
+      </c>
+      <c r="E402" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F402" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G402" s="5" t="s">
-        <v>2423</v>
+      <c r="G402" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H402" s="5" t="s">
-        <v>2424</v>
+        <v>2461</v>
       </c>
       <c r="I402" s="5" t="s">
-        <v>2425</v>
+        <v>2462</v>
       </c>
       <c r="J402" s="5" t="s">
-        <v>2328</v>
+        <v>22</v>
       </c>
       <c r="K402" s="5" t="s">
-        <v>2426</v>
+        <v>2463</v>
       </c>
       <c r="L402" s="6" t="s">
-        <v>2427</v>
+        <v>2464</v>
       </c>
       <c r="M402" s="5" t="s">
-        <v>2428</v>
+        <v>2465</v>
       </c>
     </row>
     <row r="403">
       <c r="A403" s="5" t="s">
-        <v>2429</v>
+        <v>2466</v>
       </c>
       <c r="B403" s="5" t="s">
-        <v>14</v>
+        <v>650</v>
       </c>
       <c r="C403" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D403" s="5" t="s">
-[...3 lines deleted...]
-        <v>18</v>
+      <c r="D403" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E403" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F403" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G403" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H403" s="5" t="s">
-[...6 lines deleted...]
-        <v>257</v>
+      <c r="H403" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I403" s="5"/>
+      <c r="J403" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K403" s="5" t="s">
-        <v>2432</v>
+        <v>2458</v>
       </c>
       <c r="L403" s="6" t="s">
-        <v>2433</v>
-[...3 lines deleted...]
-      </c>
+        <v>2467</v>
+      </c>
+      <c r="M403" s="5"/>
     </row>
     <row r="404">
       <c r="A404" s="5" t="s">
-        <v>2429</v>
+        <v>2468</v>
       </c>
       <c r="B404" s="5" t="s">
-        <v>14</v>
+        <v>650</v>
       </c>
       <c r="C404" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D404" s="5" t="s">
-[...3 lines deleted...]
-        <v>18</v>
+      <c r="D404" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E404" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F404" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G404" s="5" t="s">
-[...9 lines deleted...]
-        <v>257</v>
+      <c r="G404" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H404" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I404" s="5"/>
+      <c r="J404" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K404" s="5" t="s">
-        <v>2438</v>
+        <v>2458</v>
       </c>
       <c r="L404" s="6" t="s">
-        <v>2439</v>
-[...3 lines deleted...]
-      </c>
+        <v>2469</v>
+      </c>
+      <c r="M404" s="5"/>
     </row>
     <row r="405">
       <c r="A405" s="5" t="s">
-        <v>2441</v>
+        <v>2470</v>
       </c>
       <c r="B405" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C405" s="5" t="s">
-        <v>195</v>
+        <v>121</v>
       </c>
       <c r="D405" s="5" t="s">
-        <v>121</v>
-[...8 lines deleted...]
-        <v>2442</v>
+        <v>16</v>
+      </c>
+      <c r="E405" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F405" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G405" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H405" s="5" t="s">
-        <v>2444</v>
+        <v>2471</v>
       </c>
       <c r="I405" s="5" t="s">
-        <v>2445</v>
+        <v>2472</v>
       </c>
       <c r="J405" s="5" t="s">
-        <v>257</v>
+        <v>22</v>
       </c>
       <c r="K405" s="5" t="s">
-        <v>2446</v>
+        <v>2473</v>
       </c>
       <c r="L405" s="6" t="s">
-        <v>2447</v>
+        <v>2474</v>
       </c>
       <c r="M405" s="5" t="s">
-        <v>2448</v>
+        <v>2475</v>
       </c>
     </row>
     <row r="406">
       <c r="A406" s="5" t="s">
-        <v>2449</v>
+        <v>2476</v>
       </c>
       <c r="B406" s="5" t="s">
-        <v>14</v>
+        <v>650</v>
       </c>
       <c r="C406" s="5" t="s">
-        <v>121</v>
-[...1 lines deleted...]
-      <c r="D406" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="E406" s="5" t="s">
-        <v>17</v>
+      <c r="D406" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E406" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F406" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G406" s="5" t="s">
-[...9 lines deleted...]
-        <v>257</v>
+      <c r="G406" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H406" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I406" s="5"/>
+      <c r="J406" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K406" s="5" t="s">
-        <v>2452</v>
+        <v>2458</v>
       </c>
       <c r="L406" s="6" t="s">
-        <v>2453</v>
-[...3 lines deleted...]
-      </c>
+        <v>2477</v>
+      </c>
+      <c r="M406" s="5"/>
     </row>
     <row r="407">
       <c r="A407" s="5" t="s">
-        <v>2455</v>
+        <v>2478</v>
       </c>
       <c r="B407" s="5" t="s">
-        <v>14</v>
+        <v>650</v>
       </c>
       <c r="C407" s="5" t="s">
-        <v>2456</v>
-[...1 lines deleted...]
-      <c r="D407" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="E407" s="5" t="s">
-        <v>18</v>
+      <c r="D407" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E407" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F407" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G407" s="5" t="s">
-[...3 lines deleted...]
-        <v>2458</v>
+      <c r="G407" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H407" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I407" s="5"/>
-      <c r="J407" s="5" t="s">
-        <v>257</v>
+      <c r="J407" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K407" s="5" t="s">
-        <v>2459</v>
+        <v>2479</v>
       </c>
       <c r="L407" s="6" t="s">
-        <v>2460</v>
-[...3 lines deleted...]
-      </c>
+        <v>2480</v>
+      </c>
+      <c r="M407" s="5"/>
     </row>
     <row r="408">
       <c r="A408" s="5" t="s">
-        <v>2462</v>
+        <v>2481</v>
       </c>
       <c r="B408" s="5" t="s">
-        <v>14</v>
+        <v>650</v>
       </c>
       <c r="C408" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D408" s="5" t="s">
-[...3 lines deleted...]
-        <v>1754</v>
+      <c r="D408" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E408" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F408" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G408" s="5" t="s">
-[...3 lines deleted...]
-        <v>2464</v>
+      <c r="G408" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H408" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I408" s="5"/>
-      <c r="J408" s="5" t="s">
-        <v>22</v>
+      <c r="J408" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K408" s="5" t="s">
-        <v>2465</v>
+        <v>2479</v>
       </c>
       <c r="L408" s="6" t="s">
-        <v>2466</v>
-[...3 lines deleted...]
-      </c>
+        <v>2482</v>
+      </c>
+      <c r="M408" s="5"/>
     </row>
     <row r="409">
       <c r="A409" s="5" t="s">
-        <v>2468</v>
+        <v>2483</v>
       </c>
       <c r="B409" s="5" t="s">
-        <v>644</v>
+        <v>650</v>
       </c>
       <c r="C409" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D409" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E409" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F409" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G409" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H409" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I409" s="5"/>
       <c r="J409" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K409" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K409" s="5" t="s">
+        <v>2479</v>
       </c>
       <c r="L409" s="6" t="s">
-        <v>2469</v>
+        <v>2484</v>
       </c>
       <c r="M409" s="5"/>
     </row>
     <row r="410">
       <c r="A410" s="5" t="s">
-        <v>2470</v>
+        <v>2485</v>
       </c>
       <c r="B410" s="5" t="s">
-        <v>644</v>
+        <v>650</v>
       </c>
       <c r="C410" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D410" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E410" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F410" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G410" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H410" s="5" t="s">
-        <v>2471</v>
+      <c r="H410" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I410" s="5"/>
       <c r="J410" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K410" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K410" s="5" t="s">
+        <v>2479</v>
       </c>
       <c r="L410" s="6" t="s">
-        <v>2472</v>
+        <v>2486</v>
       </c>
       <c r="M410" s="5"/>
     </row>
     <row r="411">
       <c r="A411" s="5" t="s">
-        <v>2473</v>
+        <v>2487</v>
       </c>
       <c r="B411" s="5" t="s">
-        <v>644</v>
+        <v>14</v>
       </c>
       <c r="C411" s="5" t="s">
-        <v>16</v>
-[...9 lines deleted...]
-        </is>
+        <v>2373</v>
+      </c>
+      <c r="D411" s="5" t="s">
+        <v>1285</v>
+      </c>
+      <c r="E411" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F411" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G411" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G411" s="5" t="s">
+        <v>2488</v>
       </c>
       <c r="H411" s="5" t="s">
-        <v>2474</v>
-[...10 lines deleted...]
-        </is>
+        <v>2489</v>
+      </c>
+      <c r="I411" s="5" t="s">
+        <v>2490</v>
+      </c>
+      <c r="J411" s="5" t="s">
+        <v>2394</v>
+      </c>
+      <c r="K411" s="5" t="s">
+        <v>2491</v>
       </c>
       <c r="L411" s="6" t="s">
-        <v>2475</v>
-[...1 lines deleted...]
-      <c r="M411" s="5"/>
+        <v>2492</v>
+      </c>
+      <c r="M411" s="5" t="s">
+        <v>2493</v>
+      </c>
     </row>
     <row r="412">
       <c r="A412" s="5" t="s">
-        <v>2476</v>
+        <v>2494</v>
       </c>
       <c r="B412" s="5" t="s">
-        <v>644</v>
+        <v>14</v>
       </c>
       <c r="C412" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D412" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="D412" s="5" t="s">
+        <v>121</v>
+      </c>
+      <c r="E412" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="F412" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G412" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H412" s="5" t="s">
-        <v>2477</v>
-[...10 lines deleted...]
-        </is>
+        <v>2495</v>
+      </c>
+      <c r="I412" s="5" t="s">
+        <v>2496</v>
+      </c>
+      <c r="J412" s="5" t="s">
+        <v>257</v>
+      </c>
+      <c r="K412" s="5" t="s">
+        <v>2497</v>
       </c>
       <c r="L412" s="6" t="s">
-        <v>2478</v>
-[...1 lines deleted...]
-      <c r="M412" s="5"/>
+        <v>2498</v>
+      </c>
+      <c r="M412" s="5" t="s">
+        <v>2499</v>
+      </c>
     </row>
     <row r="413">
       <c r="A413" s="5" t="s">
-        <v>2479</v>
+        <v>2494</v>
       </c>
       <c r="B413" s="5" t="s">
-        <v>644</v>
+        <v>14</v>
       </c>
       <c r="C413" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D413" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="D413" s="5" t="s">
+        <v>644</v>
+      </c>
+      <c r="E413" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="F413" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G413" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G413" s="5" t="s">
+        <v>2500</v>
       </c>
       <c r="H413" s="5" t="s">
-        <v>2480</v>
-[...10 lines deleted...]
-        </is>
+        <v>2501</v>
+      </c>
+      <c r="I413" s="5" t="s">
+        <v>2502</v>
+      </c>
+      <c r="J413" s="5" t="s">
+        <v>257</v>
+      </c>
+      <c r="K413" s="5" t="s">
+        <v>2503</v>
       </c>
       <c r="L413" s="6" t="s">
-        <v>2481</v>
-[...1 lines deleted...]
-      <c r="M413" s="5"/>
+        <v>2504</v>
+      </c>
+      <c r="M413" s="5" t="s">
+        <v>2505</v>
+      </c>
     </row>
     <row r="414">
       <c r="A414" s="5" t="s">
-        <v>2482</v>
+        <v>2506</v>
       </c>
       <c r="B414" s="5" t="s">
-        <v>644</v>
+        <v>14</v>
       </c>
       <c r="C414" s="5" t="s">
-        <v>16</v>
-[...19 lines deleted...]
-        </is>
+        <v>195</v>
+      </c>
+      <c r="D414" s="5" t="s">
+        <v>121</v>
+      </c>
+      <c r="E414" s="5" t="s">
+        <v>2507</v>
+      </c>
+      <c r="F414" s="5" t="s">
+        <v>2508</v>
+      </c>
+      <c r="G414" s="5" t="s">
+        <v>2507</v>
       </c>
       <c r="H414" s="5" t="s">
-        <v>2483</v>
-[...10 lines deleted...]
-        </is>
+        <v>2509</v>
+      </c>
+      <c r="I414" s="5" t="s">
+        <v>2510</v>
+      </c>
+      <c r="J414" s="5" t="s">
+        <v>257</v>
+      </c>
+      <c r="K414" s="5" t="s">
+        <v>2511</v>
       </c>
       <c r="L414" s="6" t="s">
-        <v>2484</v>
-[...1 lines deleted...]
-      <c r="M414" s="5"/>
+        <v>2512</v>
+      </c>
+      <c r="M414" s="5" t="s">
+        <v>2513</v>
+      </c>
     </row>
     <row r="415">
       <c r="A415" s="5" t="s">
-        <v>2485</v>
+        <v>2514</v>
       </c>
       <c r="B415" s="5" t="s">
-        <v>644</v>
+        <v>14</v>
       </c>
       <c r="C415" s="5" t="s">
+        <v>121</v>
+      </c>
+      <c r="D415" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D415" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="E415" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F415" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G415" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G415" s="5" t="s">
+        <v>2405</v>
       </c>
       <c r="H415" s="5" t="s">
-        <v>2486</v>
-[...10 lines deleted...]
-        </is>
+        <v>2515</v>
+      </c>
+      <c r="I415" s="5" t="s">
+        <v>2516</v>
+      </c>
+      <c r="J415" s="5" t="s">
+        <v>257</v>
+      </c>
+      <c r="K415" s="5" t="s">
+        <v>2517</v>
       </c>
       <c r="L415" s="6" t="s">
-        <v>2487</v>
-[...1 lines deleted...]
-      <c r="M415" s="5"/>
+        <v>2518</v>
+      </c>
+      <c r="M415" s="5" t="s">
+        <v>2519</v>
+      </c>
     </row>
     <row r="416">
       <c r="A416" s="5" t="s">
-        <v>2488</v>
+        <v>2520</v>
       </c>
       <c r="B416" s="5" t="s">
-        <v>644</v>
+        <v>14</v>
       </c>
       <c r="C416" s="5" t="s">
+        <v>2521</v>
+      </c>
+      <c r="D416" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D416" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="E416" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="F416" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G416" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G416" s="5" t="s">
+        <v>2522</v>
       </c>
       <c r="H416" s="5" t="s">
-        <v>2489</v>
+        <v>2523</v>
       </c>
       <c r="I416" s="5"/>
-      <c r="J416" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="J416" s="5" t="s">
+        <v>257</v>
+      </c>
+      <c r="K416" s="5" t="s">
+        <v>2524</v>
       </c>
       <c r="L416" s="6" t="s">
-        <v>2490</v>
-[...1 lines deleted...]
-      <c r="M416" s="5"/>
+        <v>2525</v>
+      </c>
+      <c r="M416" s="5" t="s">
+        <v>2526</v>
+      </c>
     </row>
     <row r="417">
       <c r="A417" s="5" t="s">
-        <v>2491</v>
+        <v>2527</v>
       </c>
       <c r="B417" s="5" t="s">
-        <v>644</v>
+        <v>14</v>
       </c>
       <c r="C417" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D417" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="D417" s="5" t="s">
+        <v>121</v>
+      </c>
+      <c r="E417" s="5" t="s">
+        <v>1767</v>
       </c>
       <c r="F417" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G417" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G417" s="5" t="s">
+        <v>2528</v>
       </c>
       <c r="H417" s="5" t="s">
-        <v>2492</v>
+        <v>2529</v>
       </c>
       <c r="I417" s="5"/>
-      <c r="J417" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="J417" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="K417" s="5" t="s">
+        <v>2530</v>
       </c>
       <c r="L417" s="6" t="s">
-        <v>2493</v>
-[...1 lines deleted...]
-      <c r="M417" s="5"/>
+        <v>2531</v>
+      </c>
+      <c r="M417" s="5" t="s">
+        <v>2532</v>
+      </c>
     </row>
     <row r="418">
       <c r="A418" s="5" t="s">
-        <v>2491</v>
+        <v>2533</v>
       </c>
       <c r="B418" s="5" t="s">
-        <v>644</v>
+        <v>650</v>
       </c>
       <c r="C418" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D418" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E418" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F418" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G418" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H418" s="5" t="s">
-        <v>2494</v>
+      <c r="H418" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I418" s="5"/>
       <c r="J418" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K418" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L418" s="6" t="s">
-        <v>2495</v>
+        <v>2534</v>
       </c>
       <c r="M418" s="5"/>
     </row>
     <row r="419">
       <c r="A419" s="5" t="s">
-        <v>2496</v>
+        <v>2535</v>
       </c>
       <c r="B419" s="5" t="s">
-        <v>644</v>
+        <v>650</v>
       </c>
       <c r="C419" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D419" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E419" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F419" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G419" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H419" s="5" t="s">
-        <v>2497</v>
+        <v>2536</v>
       </c>
       <c r="I419" s="5"/>
       <c r="J419" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K419" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L419" s="6" t="s">
-        <v>2498</v>
+        <v>2537</v>
       </c>
       <c r="M419" s="5"/>
     </row>
     <row r="420">
       <c r="A420" s="5" t="s">
-        <v>2499</v>
+        <v>2538</v>
       </c>
       <c r="B420" s="5" t="s">
-        <v>644</v>
+        <v>650</v>
       </c>
       <c r="C420" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D420" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E420" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F420" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G420" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H420" s="5" t="s">
-        <v>2500</v>
+        <v>2539</v>
       </c>
       <c r="I420" s="5"/>
       <c r="J420" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K420" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L420" s="6" t="s">
-        <v>2501</v>
+        <v>2540</v>
       </c>
       <c r="M420" s="5"/>
     </row>
     <row r="421">
       <c r="A421" s="5" t="s">
-        <v>2502</v>
+        <v>2541</v>
       </c>
       <c r="B421" s="5" t="s">
-        <v>644</v>
+        <v>650</v>
       </c>
       <c r="C421" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D421" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E421" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F421" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G421" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H421" s="5" t="s">
-        <v>2503</v>
+        <v>2542</v>
       </c>
       <c r="I421" s="5"/>
       <c r="J421" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K421" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L421" s="6" t="s">
-        <v>2504</v>
+        <v>2543</v>
       </c>
       <c r="M421" s="5"/>
     </row>
     <row r="422">
       <c r="A422" s="5" t="s">
-        <v>2505</v>
+        <v>2544</v>
       </c>
       <c r="B422" s="5" t="s">
-        <v>644</v>
+        <v>650</v>
       </c>
       <c r="C422" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D422" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E422" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F422" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G422" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H422" s="5" t="s">
-        <v>2506</v>
+        <v>2545</v>
       </c>
       <c r="I422" s="5"/>
       <c r="J422" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K422" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L422" s="6" t="s">
-        <v>2507</v>
+        <v>2546</v>
       </c>
       <c r="M422" s="5"/>
     </row>
     <row r="423">
       <c r="A423" s="5" t="s">
-        <v>2508</v>
+        <v>2547</v>
       </c>
       <c r="B423" s="5" t="s">
-        <v>644</v>
+        <v>650</v>
       </c>
       <c r="C423" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D423" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E423" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F423" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G423" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H423" s="5" t="s">
-        <v>2509</v>
+        <v>2548</v>
       </c>
       <c r="I423" s="5"/>
       <c r="J423" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K423" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L423" s="6" t="s">
-        <v>2510</v>
+        <v>2549</v>
       </c>
       <c r="M423" s="5"/>
     </row>
     <row r="424">
       <c r="A424" s="5" t="s">
-        <v>2511</v>
+        <v>2550</v>
       </c>
       <c r="B424" s="5" t="s">
-        <v>644</v>
+        <v>650</v>
       </c>
       <c r="C424" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D424" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E424" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F424" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G424" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H424" s="5" t="s">
-        <v>2512</v>
+        <v>2551</v>
       </c>
       <c r="I424" s="5"/>
       <c r="J424" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K424" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L424" s="6" t="s">
-        <v>2513</v>
+        <v>2552</v>
       </c>
       <c r="M424" s="5"/>
     </row>
     <row r="425">
       <c r="A425" s="5" t="s">
-        <v>2514</v>
+        <v>2553</v>
       </c>
       <c r="B425" s="5" t="s">
-        <v>14</v>
+        <v>650</v>
       </c>
       <c r="C425" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D425" s="5" t="s">
-[...3 lines deleted...]
-        <v>2515</v>
+      <c r="D425" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E425" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F425" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G425" s="5" t="s">
-        <v>2516</v>
+      <c r="G425" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H425" s="5" t="s">
-        <v>2517</v>
-[...8 lines deleted...]
-        <v>2519</v>
+        <v>2554</v>
+      </c>
+      <c r="I425" s="5"/>
+      <c r="J425" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K425" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L425" s="6" t="s">
-        <v>2520</v>
-[...3 lines deleted...]
-      </c>
+        <v>2555</v>
+      </c>
+      <c r="M425" s="5"/>
     </row>
     <row r="426">
       <c r="A426" s="5" t="s">
-        <v>2522</v>
+        <v>2556</v>
       </c>
       <c r="B426" s="5" t="s">
-        <v>644</v>
+        <v>650</v>
       </c>
       <c r="C426" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D426" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E426" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F426" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G426" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H426" s="5" t="s">
-        <v>2523</v>
+        <v>2557</v>
       </c>
       <c r="I426" s="5"/>
       <c r="J426" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K426" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L426" s="6" t="s">
-        <v>2524</v>
+        <v>2558</v>
       </c>
       <c r="M426" s="5"/>
     </row>
     <row r="427">
       <c r="A427" s="5" t="s">
-        <v>2525</v>
+        <v>2556</v>
       </c>
       <c r="B427" s="5" t="s">
-        <v>644</v>
+        <v>650</v>
       </c>
       <c r="C427" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D427" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E427" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F427" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G427" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H427" s="5" t="s">
-        <v>2526</v>
+        <v>2559</v>
       </c>
       <c r="I427" s="5"/>
       <c r="J427" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K427" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L427" s="6" t="s">
-        <v>2527</v>
+        <v>2560</v>
       </c>
       <c r="M427" s="5"/>
     </row>
     <row r="428">
       <c r="A428" s="5" t="s">
-        <v>2528</v>
+        <v>2561</v>
       </c>
       <c r="B428" s="5" t="s">
-        <v>644</v>
+        <v>650</v>
       </c>
       <c r="C428" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D428" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E428" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F428" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G428" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H428" s="5" t="s">
-        <v>2529</v>
+        <v>2562</v>
       </c>
       <c r="I428" s="5"/>
       <c r="J428" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K428" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L428" s="6" t="s">
-        <v>2530</v>
+        <v>2563</v>
       </c>
       <c r="M428" s="5"/>
     </row>
     <row r="429">
       <c r="A429" s="5" t="s">
-        <v>2531</v>
+        <v>2564</v>
       </c>
       <c r="B429" s="5" t="s">
-        <v>644</v>
+        <v>650</v>
       </c>
       <c r="C429" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D429" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E429" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F429" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G429" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H429" s="5" t="s">
-        <v>2532</v>
+        <v>2565</v>
       </c>
       <c r="I429" s="5"/>
       <c r="J429" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K429" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L429" s="6" t="s">
-        <v>2533</v>
+        <v>2566</v>
       </c>
       <c r="M429" s="5"/>
     </row>
     <row r="430">
       <c r="A430" s="5" t="s">
-        <v>2534</v>
+        <v>2567</v>
       </c>
       <c r="B430" s="5" t="s">
-        <v>1400</v>
+        <v>650</v>
       </c>
       <c r="C430" s="5" t="s">
-        <v>2535</v>
-[...2 lines deleted...]
-        <v>1855</v>
+        <v>16</v>
+      </c>
+      <c r="D430" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E430" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F430" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G430" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H430" s="5" t="inlineStr">
-[...11 lines deleted...]
-        <v>2538</v>
+      <c r="H430" s="5" t="s">
+        <v>2568</v>
+      </c>
+      <c r="I430" s="5"/>
+      <c r="J430" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K430" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L430" s="6" t="s">
-        <v>2539</v>
-[...3 lines deleted...]
-      </c>
+        <v>2569</v>
+      </c>
+      <c r="M430" s="5"/>
     </row>
     <row r="431">
       <c r="A431" s="5" t="s">
-        <v>2541</v>
+        <v>2570</v>
       </c>
       <c r="B431" s="5" t="s">
-        <v>14</v>
+        <v>650</v>
       </c>
       <c r="C431" s="5" t="s">
-        <v>563</v>
-[...11 lines deleted...]
-        <v>2543</v>
+        <v>16</v>
+      </c>
+      <c r="D431" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E431" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F431" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G431" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H431" s="5" t="s">
-        <v>2544</v>
-[...8 lines deleted...]
-        <v>2547</v>
+        <v>2571</v>
+      </c>
+      <c r="I431" s="5"/>
+      <c r="J431" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K431" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L431" s="6" t="s">
-        <v>2548</v>
-[...3 lines deleted...]
-      </c>
+        <v>2572</v>
+      </c>
+      <c r="M431" s="5"/>
     </row>
     <row r="432">
       <c r="A432" s="5" t="s">
-        <v>2550</v>
+        <v>2573</v>
       </c>
       <c r="B432" s="5" t="s">
-        <v>14</v>
+        <v>650</v>
       </c>
       <c r="C432" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D432" s="5" t="s">
-[...3 lines deleted...]
-        <v>18</v>
+      <c r="D432" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E432" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F432" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G432" s="5" t="s">
-        <v>2551</v>
+      <c r="G432" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H432" s="5" t="s">
-        <v>2552</v>
-[...8 lines deleted...]
-        <v>2554</v>
+        <v>2574</v>
+      </c>
+      <c r="I432" s="5"/>
+      <c r="J432" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K432" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L432" s="6" t="s">
-        <v>2555</v>
-[...3 lines deleted...]
-      </c>
+        <v>2575</v>
+      </c>
+      <c r="M432" s="5"/>
     </row>
     <row r="433">
       <c r="A433" s="5" t="s">
-        <v>2557</v>
+        <v>2576</v>
       </c>
       <c r="B433" s="5" t="s">
-        <v>14</v>
+        <v>650</v>
       </c>
       <c r="C433" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D433" s="5" t="s">
-[...3 lines deleted...]
-        <v>2338</v>
+      <c r="D433" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E433" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F433" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G433" s="5" t="s">
-        <v>2558</v>
+      <c r="G433" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H433" s="5" t="s">
-        <v>2559</v>
-[...8 lines deleted...]
-        <v>2561</v>
+        <v>2577</v>
+      </c>
+      <c r="I433" s="5"/>
+      <c r="J433" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K433" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L433" s="6" t="s">
-        <v>2562</v>
-[...3 lines deleted...]
-      </c>
+        <v>2578</v>
+      </c>
+      <c r="M433" s="5"/>
     </row>
     <row r="434">
       <c r="A434" s="5" t="s">
-        <v>2564</v>
+        <v>2579</v>
       </c>
       <c r="B434" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C434" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D434" s="5" t="s">
-        <v>1965</v>
+        <v>121</v>
       </c>
       <c r="E434" s="5" t="s">
-        <v>2565</v>
+        <v>2580</v>
       </c>
       <c r="F434" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G434" s="5" t="s">
-        <v>2566</v>
+        <v>2581</v>
       </c>
       <c r="H434" s="5" t="s">
-        <v>2567</v>
+        <v>2582</v>
       </c>
       <c r="I434" s="5" t="s">
-        <v>2568</v>
+        <v>2583</v>
       </c>
       <c r="J434" s="5" t="s">
-        <v>1966</v>
+        <v>22</v>
       </c>
       <c r="K434" s="5" t="s">
-        <v>2569</v>
+        <v>2584</v>
       </c>
       <c r="L434" s="6" t="s">
-        <v>2570</v>
+        <v>2585</v>
       </c>
       <c r="M434" s="5" t="s">
-        <v>2571</v>
+        <v>2586</v>
       </c>
     </row>
     <row r="435">
       <c r="A435" s="5" t="s">
-        <v>2572</v>
+        <v>2587</v>
       </c>
       <c r="B435" s="5" t="s">
-        <v>14</v>
+        <v>650</v>
       </c>
       <c r="C435" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D435" s="5" t="s">
-[...3 lines deleted...]
-        <v>17</v>
+      <c r="D435" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E435" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F435" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G435" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H435" s="5" t="s">
-        <v>2573</v>
+        <v>2588</v>
       </c>
       <c r="I435" s="5"/>
-      <c r="J435" s="5" t="s">
-[...3 lines deleted...]
-        <v>2574</v>
+      <c r="J435" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K435" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L435" s="6" t="s">
-        <v>2575</v>
-[...3 lines deleted...]
-      </c>
+        <v>2589</v>
+      </c>
+      <c r="M435" s="5"/>
     </row>
     <row r="436">
       <c r="A436" s="5" t="s">
-        <v>2577</v>
+        <v>2590</v>
       </c>
       <c r="B436" s="5" t="s">
-        <v>14</v>
+        <v>650</v>
       </c>
       <c r="C436" s="5" t="s">
-        <v>33</v>
-[...8 lines deleted...]
-        <v>2578</v>
+        <v>16</v>
+      </c>
+      <c r="D436" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E436" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F436" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G436" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H436" s="5" t="s">
-        <v>2579</v>
-[...8 lines deleted...]
-        <v>2582</v>
+        <v>2591</v>
+      </c>
+      <c r="I436" s="5"/>
+      <c r="J436" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K436" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L436" s="6" t="s">
-        <v>2583</v>
-[...3 lines deleted...]
-      </c>
+        <v>2592</v>
+      </c>
+      <c r="M436" s="5"/>
     </row>
     <row r="437">
       <c r="A437" s="5" t="s">
-        <v>2585</v>
+        <v>2593</v>
       </c>
       <c r="B437" s="5" t="s">
-        <v>14</v>
+        <v>650</v>
       </c>
       <c r="C437" s="5" t="s">
-        <v>180</v>
-[...8 lines deleted...]
-        <v>2586</v>
+        <v>16</v>
+      </c>
+      <c r="D437" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E437" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F437" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G437" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H437" s="5" t="s">
-        <v>2587</v>
+        <v>2594</v>
       </c>
       <c r="I437" s="5"/>
-      <c r="J437" s="5" t="s">
-[...3 lines deleted...]
-        <v>2589</v>
+      <c r="J437" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K437" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L437" s="6" t="s">
-        <v>2590</v>
-[...3 lines deleted...]
-      </c>
+        <v>2595</v>
+      </c>
+      <c r="M437" s="5"/>
     </row>
     <row r="438">
       <c r="A438" s="5" t="s">
-        <v>2592</v>
+        <v>2596</v>
       </c>
       <c r="B438" s="5" t="s">
-        <v>644</v>
+        <v>650</v>
       </c>
       <c r="C438" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D438" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E438" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F438" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G438" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H438" s="5" t="s">
-        <v>2593</v>
+        <v>2597</v>
       </c>
       <c r="I438" s="5"/>
       <c r="J438" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K438" s="5" t="s">
-        <v>2594</v>
+      <c r="K438" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L438" s="6" t="s">
-        <v>2595</v>
+        <v>2598</v>
       </c>
       <c r="M438" s="5"/>
     </row>
     <row r="439">
       <c r="A439" s="5" t="s">
-        <v>2596</v>
+        <v>2599</v>
       </c>
       <c r="B439" s="5" t="s">
-        <v>644</v>
+        <v>1406</v>
       </c>
       <c r="C439" s="5" t="s">
-        <v>16</v>
-[...4 lines deleted...]
-        </is>
+        <v>2600</v>
+      </c>
+      <c r="D439" s="5" t="s">
+        <v>1881</v>
       </c>
       <c r="E439" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F439" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G439" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H439" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="I439" s="5"/>
-[...3 lines deleted...]
-        </is>
+      <c r="I439" s="5" t="s">
+        <v>2601</v>
+      </c>
+      <c r="J439" s="5" t="s">
+        <v>2602</v>
       </c>
       <c r="K439" s="5" t="s">
-        <v>2594</v>
+        <v>2603</v>
       </c>
       <c r="L439" s="6" t="s">
-        <v>2597</v>
-[...1 lines deleted...]
-      <c r="M439" s="5"/>
+        <v>2604</v>
+      </c>
+      <c r="M439" s="5" t="s">
+        <v>2605</v>
+      </c>
     </row>
     <row r="440">
       <c r="A440" s="5" t="s">
-        <v>2598</v>
+        <v>2606</v>
       </c>
       <c r="B440" s="5" t="s">
-        <v>644</v>
+        <v>14</v>
       </c>
       <c r="C440" s="5" t="s">
-        <v>16</v>
-[...19 lines deleted...]
-        </is>
+        <v>569</v>
+      </c>
+      <c r="D440" s="5" t="s">
+        <v>180</v>
+      </c>
+      <c r="E440" s="5" t="s">
+        <v>2607</v>
+      </c>
+      <c r="F440" s="5" t="s">
+        <v>670</v>
+      </c>
+      <c r="G440" s="5" t="s">
+        <v>2608</v>
       </c>
       <c r="H440" s="5" t="s">
-        <v>2599</v>
-[...5 lines deleted...]
-        </is>
+        <v>2609</v>
+      </c>
+      <c r="I440" s="5" t="s">
+        <v>2610</v>
+      </c>
+      <c r="J440" s="5" t="s">
+        <v>2611</v>
       </c>
       <c r="K440" s="5" t="s">
-        <v>2594</v>
+        <v>2612</v>
       </c>
       <c r="L440" s="6" t="s">
-        <v>2600</v>
-[...1 lines deleted...]
-      <c r="M440" s="5"/>
+        <v>2613</v>
+      </c>
+      <c r="M440" s="5" t="s">
+        <v>2614</v>
+      </c>
     </row>
     <row r="441">
       <c r="A441" s="5" t="s">
-        <v>2601</v>
+        <v>2615</v>
       </c>
       <c r="B441" s="5" t="s">
-        <v>644</v>
+        <v>14</v>
       </c>
       <c r="C441" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D441" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="D441" s="5" t="s">
+        <v>121</v>
+      </c>
+      <c r="E441" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="F441" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G441" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G441" s="5" t="s">
+        <v>2616</v>
       </c>
       <c r="H441" s="5" t="s">
-        <v>2602</v>
-[...5 lines deleted...]
-        </is>
+        <v>2617</v>
+      </c>
+      <c r="I441" s="5" t="s">
+        <v>2618</v>
+      </c>
+      <c r="J441" s="5" t="s">
+        <v>22</v>
       </c>
       <c r="K441" s="5" t="s">
-        <v>2594</v>
+        <v>2619</v>
       </c>
       <c r="L441" s="6" t="s">
-        <v>2603</v>
-[...1 lines deleted...]
-      <c r="M441" s="5"/>
+        <v>2620</v>
+      </c>
+      <c r="M441" s="5" t="s">
+        <v>2621</v>
+      </c>
     </row>
     <row r="442">
       <c r="A442" s="5" t="s">
-        <v>2604</v>
+        <v>2622</v>
       </c>
       <c r="B442" s="5" t="s">
-        <v>644</v>
+        <v>14</v>
       </c>
       <c r="C442" s="5" t="s">
-        <v>16</v>
-[...4 lines deleted...]
-        </is>
+        <v>2373</v>
+      </c>
+      <c r="D442" s="5" t="s">
+        <v>2623</v>
       </c>
       <c r="E442" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F442" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G442" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H442" s="5" t="s">
-        <v>2605</v>
-[...5 lines deleted...]
-        </is>
+        <v>2624</v>
+      </c>
+      <c r="I442" s="5" t="s">
+        <v>2625</v>
+      </c>
+      <c r="J442" s="5" t="s">
+        <v>2626</v>
       </c>
       <c r="K442" s="5" t="s">
-        <v>2594</v>
+        <v>2627</v>
       </c>
       <c r="L442" s="6" t="s">
-        <v>2606</v>
-[...1 lines deleted...]
-      <c r="M442" s="5"/>
+        <v>2628</v>
+      </c>
+      <c r="M442" s="5" t="s">
+        <v>2629</v>
+      </c>
     </row>
     <row r="443">
       <c r="A443" s="5" t="s">
-        <v>2607</v>
+        <v>2630</v>
       </c>
       <c r="B443" s="5" t="s">
-        <v>644</v>
+        <v>14</v>
       </c>
       <c r="C443" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D443" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="D443" s="5" t="s">
+        <v>121</v>
+      </c>
+      <c r="E443" s="5" t="s">
+        <v>2404</v>
       </c>
       <c r="F443" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G443" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G443" s="5" t="s">
+        <v>2631</v>
       </c>
       <c r="H443" s="5" t="s">
-        <v>2605</v>
-[...5 lines deleted...]
-        </is>
+        <v>2632</v>
+      </c>
+      <c r="I443" s="5" t="s">
+        <v>2633</v>
+      </c>
+      <c r="J443" s="5" t="s">
+        <v>22</v>
       </c>
       <c r="K443" s="5" t="s">
-        <v>2594</v>
+        <v>2634</v>
       </c>
       <c r="L443" s="6" t="s">
-        <v>2608</v>
-[...1 lines deleted...]
-      <c r="M443" s="5"/>
+        <v>2635</v>
+      </c>
+      <c r="M443" s="5" t="s">
+        <v>2636</v>
+      </c>
     </row>
     <row r="444">
       <c r="A444" s="5" t="s">
-        <v>2609</v>
+        <v>2637</v>
       </c>
       <c r="B444" s="5" t="s">
-        <v>644</v>
+        <v>14</v>
       </c>
       <c r="C444" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D444" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="D444" s="5" t="s">
+        <v>2013</v>
+      </c>
+      <c r="E444" s="5" t="s">
+        <v>2638</v>
       </c>
       <c r="F444" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G444" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G444" s="5" t="s">
+        <v>2639</v>
       </c>
       <c r="H444" s="5" t="s">
-        <v>2605</v>
-[...5 lines deleted...]
-        </is>
+        <v>2640</v>
+      </c>
+      <c r="I444" s="5" t="s">
+        <v>2641</v>
+      </c>
+      <c r="J444" s="5" t="s">
+        <v>2014</v>
       </c>
       <c r="K444" s="5" t="s">
-        <v>2594</v>
+        <v>2642</v>
       </c>
       <c r="L444" s="6" t="s">
-        <v>2610</v>
-[...1 lines deleted...]
-      <c r="M444" s="5"/>
+        <v>2643</v>
+      </c>
+      <c r="M444" s="5" t="s">
+        <v>2644</v>
+      </c>
     </row>
     <row r="445">
       <c r="A445" s="5" t="s">
-        <v>2611</v>
+        <v>2645</v>
       </c>
       <c r="B445" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C445" s="5" t="s">
-        <v>180</v>
+        <v>195</v>
       </c>
       <c r="D445" s="5" t="s">
-        <v>563</v>
+        <v>1285</v>
       </c>
       <c r="E445" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F445" s="5" t="s">
-        <v>2612</v>
+        <v>2646</v>
       </c>
       <c r="G445" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H445" s="5" t="s">
-        <v>2613</v>
+        <v>2647</v>
       </c>
       <c r="I445" s="5" t="s">
-        <v>2614</v>
+        <v>2648</v>
       </c>
       <c r="J445" s="5" t="s">
-        <v>2615</v>
+        <v>2649</v>
       </c>
       <c r="K445" s="5" t="s">
-        <v>2616</v>
+        <v>2650</v>
       </c>
       <c r="L445" s="6" t="s">
-        <v>2617</v>
+        <v>2651</v>
       </c>
       <c r="M445" s="5" t="s">
-        <v>2618</v>
+        <v>2652</v>
       </c>
     </row>
     <row r="446">
       <c r="A446" s="5" t="s">
-        <v>2619</v>
+        <v>2653</v>
       </c>
       <c r="B446" s="5" t="s">
-        <v>644</v>
-[...9 lines deleted...]
-        </is>
+        <v>14</v>
+      </c>
+      <c r="C446" s="5" t="s">
+        <v>195</v>
+      </c>
+      <c r="D446" s="5" t="s">
+        <v>1285</v>
       </c>
       <c r="E446" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F446" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F446" s="5" t="s">
+        <v>2646</v>
       </c>
       <c r="G446" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H446" s="5" t="s">
-        <v>2605</v>
-[...5 lines deleted...]
-        </is>
+        <v>2654</v>
+      </c>
+      <c r="I446" s="5" t="s">
+        <v>2655</v>
+      </c>
+      <c r="J446" s="5" t="s">
+        <v>2656</v>
       </c>
       <c r="K446" s="5" t="s">
-        <v>2620</v>
+        <v>2657</v>
       </c>
       <c r="L446" s="6" t="s">
-        <v>2621</v>
-[...1 lines deleted...]
-      <c r="M446" s="5"/>
+        <v>2658</v>
+      </c>
+      <c r="M446" s="5" t="s">
+        <v>2659</v>
+      </c>
     </row>
     <row r="447">
       <c r="A447" s="5" t="s">
-        <v>2622</v>
+        <v>2660</v>
       </c>
       <c r="B447" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C447" s="5" t="s">
-        <v>180</v>
+        <v>16</v>
       </c>
       <c r="D447" s="5" t="s">
-        <v>563</v>
-[...7 lines deleted...]
-        <v>2578</v>
+        <v>121</v>
+      </c>
+      <c r="E447" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F447" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G447" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H447" s="5" t="s">
-        <v>2623</v>
-[...3 lines deleted...]
-      </c>
+        <v>2661</v>
+      </c>
+      <c r="I447" s="5"/>
       <c r="J447" s="5" t="s">
-        <v>2625</v>
+        <v>22</v>
       </c>
       <c r="K447" s="5" t="s">
-        <v>2626</v>
+        <v>2662</v>
       </c>
       <c r="L447" s="6" t="s">
-        <v>2627</v>
+        <v>2663</v>
       </c>
       <c r="M447" s="5" t="s">
-        <v>2628</v>
+        <v>2664</v>
       </c>
     </row>
     <row r="448">
       <c r="A448" s="5" t="s">
-        <v>2629</v>
+        <v>2665</v>
       </c>
       <c r="B448" s="5" t="s">
-        <v>644</v>
+        <v>14</v>
       </c>
       <c r="C448" s="5" t="s">
-        <v>16</v>
-[...14 lines deleted...]
-        </is>
+        <v>33</v>
+      </c>
+      <c r="D448" s="5" t="s">
+        <v>569</v>
+      </c>
+      <c r="E448" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F448" s="5" t="s">
+        <v>2666</v>
       </c>
       <c r="G448" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H448" s="5" t="inlineStr">
-[...8 lines deleted...]
-        </is>
+      <c r="H448" s="5" t="s">
+        <v>2667</v>
+      </c>
+      <c r="I448" s="5" t="s">
+        <v>2668</v>
+      </c>
+      <c r="J448" s="5" t="s">
+        <v>2669</v>
       </c>
       <c r="K448" s="5" t="s">
-        <v>2630</v>
+        <v>2670</v>
       </c>
       <c r="L448" s="6" t="s">
-        <v>2631</v>
-[...1 lines deleted...]
-      <c r="M448" s="5"/>
+        <v>2671</v>
+      </c>
+      <c r="M448" s="5" t="s">
+        <v>2672</v>
+      </c>
     </row>
     <row r="449">
       <c r="A449" s="5" t="s">
-        <v>2632</v>
+        <v>2673</v>
       </c>
       <c r="B449" s="5" t="s">
-        <v>644</v>
+        <v>14</v>
       </c>
       <c r="C449" s="5" t="s">
-        <v>16</v>
-[...14 lines deleted...]
-        </is>
+        <v>180</v>
+      </c>
+      <c r="D449" s="5" t="s">
+        <v>569</v>
+      </c>
+      <c r="E449" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F449" s="5" t="s">
+        <v>2674</v>
       </c>
       <c r="G449" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H449" s="5" t="s">
-        <v>2633</v>
+        <v>2675</v>
       </c>
       <c r="I449" s="5"/>
-      <c r="J449" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="J449" s="5" t="s">
+        <v>2676</v>
       </c>
       <c r="K449" s="5" t="s">
-        <v>2634</v>
+        <v>2677</v>
       </c>
       <c r="L449" s="6" t="s">
-        <v>2635</v>
-[...1 lines deleted...]
-      <c r="M449" s="5"/>
+        <v>2678</v>
+      </c>
+      <c r="M449" s="5" t="s">
+        <v>2679</v>
+      </c>
     </row>
     <row r="450">
       <c r="A450" s="5" t="s">
-        <v>2636</v>
+        <v>2680</v>
       </c>
       <c r="B450" s="5" t="s">
-        <v>644</v>
+        <v>650</v>
       </c>
       <c r="C450" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D450" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E450" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F450" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G450" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H450" s="5" t="s">
-        <v>2637</v>
+        <v>2681</v>
       </c>
       <c r="I450" s="5"/>
       <c r="J450" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K450" s="5" t="s">
-        <v>2634</v>
+        <v>2682</v>
       </c>
       <c r="L450" s="6" t="s">
-        <v>2638</v>
+        <v>2683</v>
       </c>
       <c r="M450" s="5"/>
     </row>
     <row r="451">
       <c r="A451" s="5" t="s">
-        <v>2639</v>
+        <v>2684</v>
       </c>
       <c r="B451" s="5" t="s">
-        <v>644</v>
+        <v>650</v>
       </c>
       <c r="C451" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D451" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E451" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F451" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G451" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H451" s="5" t="s">
-        <v>2640</v>
+      <c r="H451" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I451" s="5"/>
       <c r="J451" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K451" s="5" t="s">
-        <v>2634</v>
+        <v>2682</v>
       </c>
       <c r="L451" s="6" t="s">
-        <v>2641</v>
+        <v>2685</v>
       </c>
       <c r="M451" s="5"/>
     </row>
     <row r="452">
       <c r="A452" s="5" t="s">
-        <v>2642</v>
+        <v>2686</v>
       </c>
       <c r="B452" s="5" t="s">
-        <v>644</v>
+        <v>650</v>
       </c>
       <c r="C452" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D452" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E452" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F452" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G452" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H452" s="5" t="s">
-        <v>2640</v>
+        <v>2687</v>
       </c>
       <c r="I452" s="5"/>
       <c r="J452" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K452" s="5" t="s">
-        <v>2634</v>
+        <v>2682</v>
       </c>
       <c r="L452" s="6" t="s">
-        <v>2643</v>
+        <v>2688</v>
       </c>
       <c r="M452" s="5"/>
     </row>
     <row r="453">
       <c r="A453" s="5" t="s">
-        <v>2644</v>
+        <v>2689</v>
       </c>
       <c r="B453" s="5" t="s">
-        <v>644</v>
+        <v>650</v>
       </c>
       <c r="C453" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D453" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E453" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F453" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G453" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H453" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H453" s="5" t="s">
+        <v>2690</v>
       </c>
       <c r="I453" s="5"/>
       <c r="J453" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K453" s="5" t="s">
-        <v>2634</v>
+        <v>2682</v>
       </c>
       <c r="L453" s="6" t="s">
-        <v>2645</v>
+        <v>2691</v>
       </c>
       <c r="M453" s="5"/>
     </row>
     <row r="454">
       <c r="A454" s="5" t="s">
-        <v>2646</v>
+        <v>2692</v>
       </c>
       <c r="B454" s="5" t="s">
-        <v>14</v>
+        <v>650</v>
       </c>
       <c r="C454" s="5" t="s">
-        <v>2647</v>
-[...5 lines deleted...]
-        <v>18</v>
+        <v>16</v>
+      </c>
+      <c r="D454" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E454" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F454" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G454" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H454" s="5" t="s">
-        <v>2649</v>
-[...5 lines deleted...]
-        <v>2651</v>
+        <v>2693</v>
+      </c>
+      <c r="I454" s="5"/>
+      <c r="J454" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K454" s="5" t="s">
-        <v>2652</v>
+        <v>2682</v>
       </c>
       <c r="L454" s="6" t="s">
-        <v>2653</v>
-[...3 lines deleted...]
-      </c>
+        <v>2694</v>
+      </c>
+      <c r="M454" s="5"/>
     </row>
     <row r="455">
       <c r="A455" s="5" t="s">
-        <v>2655</v>
+        <v>2695</v>
       </c>
       <c r="B455" s="5" t="s">
-        <v>14</v>
+        <v>650</v>
       </c>
       <c r="C455" s="5" t="s">
-        <v>2647</v>
-[...8 lines deleted...]
-        <v>2657</v>
+        <v>16</v>
+      </c>
+      <c r="D455" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E455" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F455" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G455" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H455" s="5" t="s">
-        <v>2658</v>
-[...5 lines deleted...]
-        <v>2660</v>
+        <v>2693</v>
+      </c>
+      <c r="I455" s="5"/>
+      <c r="J455" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K455" s="5" t="s">
-        <v>2661</v>
+        <v>2682</v>
       </c>
       <c r="L455" s="6" t="s">
-        <v>2662</v>
-[...3 lines deleted...]
-      </c>
+        <v>2696</v>
+      </c>
+      <c r="M455" s="5"/>
     </row>
     <row r="456">
       <c r="A456" s="5" t="s">
-        <v>2664</v>
+        <v>2697</v>
       </c>
       <c r="B456" s="5" t="s">
-        <v>14</v>
+        <v>650</v>
       </c>
       <c r="C456" s="5" t="s">
-        <v>195</v>
-[...2 lines deleted...]
-        <v>1279</v>
+        <v>16</v>
+      </c>
+      <c r="D456" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E456" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F456" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G456" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H456" s="5" t="s">
-        <v>2665</v>
-[...5 lines deleted...]
-        <v>2667</v>
+        <v>2693</v>
+      </c>
+      <c r="I456" s="5"/>
+      <c r="J456" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K456" s="5" t="s">
-        <v>2668</v>
+        <v>2682</v>
       </c>
       <c r="L456" s="6" t="s">
-        <v>2669</v>
-[...3 lines deleted...]
-      </c>
+        <v>2698</v>
+      </c>
+      <c r="M456" s="5"/>
     </row>
     <row r="457">
       <c r="A457" s="5" t="s">
-        <v>2671</v>
+        <v>2699</v>
       </c>
       <c r="B457" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C457" s="5" t="s">
-        <v>112</v>
+        <v>180</v>
       </c>
       <c r="D457" s="5" t="s">
-        <v>1801</v>
+        <v>569</v>
       </c>
       <c r="E457" s="5" t="s">
-        <v>1912</v>
-[...7 lines deleted...]
-        <v>2672</v>
+        <v>17</v>
+      </c>
+      <c r="F457" s="5" t="s">
+        <v>2700</v>
+      </c>
+      <c r="G457" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H457" s="5" t="s">
-        <v>2673</v>
+        <v>2701</v>
       </c>
       <c r="I457" s="5" t="s">
-        <v>2674</v>
+        <v>2702</v>
       </c>
       <c r="J457" s="5" t="s">
-        <v>2675</v>
+        <v>2703</v>
       </c>
       <c r="K457" s="5" t="s">
-        <v>2676</v>
+        <v>2704</v>
       </c>
       <c r="L457" s="6" t="s">
-        <v>2677</v>
+        <v>2705</v>
       </c>
       <c r="M457" s="5" t="s">
-        <v>2678</v>
+        <v>2706</v>
       </c>
     </row>
     <row r="458">
       <c r="A458" s="5" t="s">
-        <v>2679</v>
+        <v>2707</v>
       </c>
       <c r="B458" s="5" t="s">
-        <v>14</v>
-[...5 lines deleted...]
-        <v>1965</v>
+        <v>650</v>
+      </c>
+      <c r="C458" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="D458" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E458" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F458" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G458" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H458" s="5" t="s">
-        <v>2680</v>
-[...5 lines deleted...]
-        <v>2682</v>
+        <v>2693</v>
+      </c>
+      <c r="I458" s="5"/>
+      <c r="J458" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K458" s="5" t="s">
-        <v>2683</v>
+        <v>2708</v>
       </c>
       <c r="L458" s="6" t="s">
-        <v>2684</v>
-[...3 lines deleted...]
-      </c>
+        <v>2709</v>
+      </c>
+      <c r="M458" s="5"/>
     </row>
     <row r="459">
       <c r="A459" s="5" t="s">
-        <v>2686</v>
+        <v>2710</v>
       </c>
       <c r="B459" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C459" s="5" t="s">
         <v>180</v>
       </c>
       <c r="D459" s="5" t="s">
-        <v>563</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>569</v>
+      </c>
+      <c r="E459" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F459" s="5" t="s">
-        <v>2687</v>
+        <v>2666</v>
       </c>
       <c r="G459" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H459" s="5" t="s">
-        <v>2688</v>
+        <v>2711</v>
       </c>
       <c r="I459" s="5" t="s">
-        <v>2689</v>
+        <v>2712</v>
       </c>
       <c r="J459" s="5" t="s">
-        <v>2690</v>
+        <v>2713</v>
       </c>
       <c r="K459" s="5" t="s">
-        <v>2691</v>
+        <v>2714</v>
       </c>
       <c r="L459" s="6" t="s">
-        <v>2692</v>
+        <v>2715</v>
       </c>
       <c r="M459" s="5" t="s">
-        <v>2693</v>
+        <v>2716</v>
       </c>
     </row>
     <row r="460">
       <c r="A460" s="5" t="s">
-        <v>2694</v>
+        <v>2717</v>
       </c>
       <c r="B460" s="5" t="s">
-        <v>14</v>
+        <v>650</v>
       </c>
       <c r="C460" s="5" t="s">
-        <v>180</v>
-[...8 lines deleted...]
-        <v>2687</v>
+        <v>16</v>
+      </c>
+      <c r="D460" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E460" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F460" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G460" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H460" s="5" t="s">
-[...6 lines deleted...]
-        <v>2698</v>
+      <c r="H460" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I460" s="5"/>
+      <c r="J460" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K460" s="5" t="s">
-        <v>2699</v>
+        <v>2718</v>
       </c>
       <c r="L460" s="6" t="s">
-        <v>2700</v>
-[...3 lines deleted...]
-      </c>
+        <v>2719</v>
+      </c>
+      <c r="M460" s="5"/>
     </row>
     <row r="461">
       <c r="A461" s="5" t="s">
-        <v>2702</v>
+        <v>2720</v>
       </c>
       <c r="B461" s="5" t="s">
-        <v>14</v>
+        <v>650</v>
       </c>
       <c r="C461" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D461" s="5" t="s">
-[...3 lines deleted...]
-        <v>17</v>
+      <c r="D461" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E461" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F461" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G461" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H461" s="5" t="s">
-        <v>2704</v>
-[...5 lines deleted...]
-        <v>1972</v>
+        <v>2721</v>
+      </c>
+      <c r="I461" s="5"/>
+      <c r="J461" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K461" s="5" t="s">
-        <v>2706</v>
+        <v>2722</v>
       </c>
       <c r="L461" s="6" t="s">
-        <v>2707</v>
-[...3 lines deleted...]
-      </c>
+        <v>2723</v>
+      </c>
+      <c r="M461" s="5"/>
     </row>
     <row r="462">
       <c r="A462" s="5" t="s">
-        <v>2709</v>
+        <v>2724</v>
       </c>
       <c r="B462" s="5" t="s">
-        <v>14</v>
+        <v>650</v>
       </c>
       <c r="C462" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D462" s="5" t="s">
-[...3 lines deleted...]
-        <v>17</v>
+      <c r="D462" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E462" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F462" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G462" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H462" s="5" t="s">
-        <v>2710</v>
-[...5 lines deleted...]
-        <v>1972</v>
+        <v>2725</v>
+      </c>
+      <c r="I462" s="5"/>
+      <c r="J462" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K462" s="5" t="s">
-        <v>2712</v>
+        <v>2722</v>
       </c>
       <c r="L462" s="6" t="s">
-        <v>2713</v>
-[...3 lines deleted...]
-      </c>
+        <v>2726</v>
+      </c>
+      <c r="M462" s="5"/>
     </row>
     <row r="463">
       <c r="A463" s="5" t="s">
-        <v>2715</v>
+        <v>2727</v>
       </c>
       <c r="B463" s="5" t="s">
-        <v>14</v>
+        <v>650</v>
       </c>
       <c r="C463" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D463" s="5" t="s">
-[...3 lines deleted...]
-        <v>2716</v>
+      <c r="D463" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E463" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F463" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G463" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H463" s="5" t="s">
-        <v>2717</v>
-[...5 lines deleted...]
-        <v>1972</v>
+        <v>2728</v>
+      </c>
+      <c r="I463" s="5"/>
+      <c r="J463" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K463" s="5" t="s">
-        <v>2719</v>
+        <v>2722</v>
       </c>
       <c r="L463" s="6" t="s">
-        <v>2720</v>
-[...3 lines deleted...]
-      </c>
+        <v>2729</v>
+      </c>
+      <c r="M463" s="5"/>
     </row>
     <row r="464">
       <c r="A464" s="5" t="s">
-        <v>2722</v>
+        <v>2730</v>
       </c>
       <c r="B464" s="5" t="s">
-        <v>14</v>
+        <v>650</v>
       </c>
       <c r="C464" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D464" s="5" t="s">
-[...3 lines deleted...]
-        <v>2723</v>
+      <c r="D464" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E464" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F464" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G464" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H464" s="5" t="s">
-        <v>2724</v>
-[...5 lines deleted...]
-        <v>1972</v>
+        <v>2728</v>
+      </c>
+      <c r="I464" s="5"/>
+      <c r="J464" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K464" s="5" t="s">
-        <v>2726</v>
+        <v>2722</v>
       </c>
       <c r="L464" s="6" t="s">
-        <v>2727</v>
-[...3 lines deleted...]
-      </c>
+        <v>2731</v>
+      </c>
+      <c r="M464" s="5"/>
     </row>
     <row r="465">
       <c r="A465" s="5" t="s">
-        <v>2729</v>
+        <v>2732</v>
       </c>
       <c r="B465" s="5" t="s">
-        <v>14</v>
+        <v>650</v>
       </c>
       <c r="C465" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D465" s="5" t="s">
-[...3 lines deleted...]
-        <v>17</v>
+      <c r="D465" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E465" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F465" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G465" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H465" s="5" t="s">
-[...6 lines deleted...]
-        <v>1972</v>
+      <c r="H465" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I465" s="5"/>
+      <c r="J465" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K465" s="5" t="s">
-        <v>2732</v>
+        <v>2722</v>
       </c>
       <c r="L465" s="6" t="s">
         <v>2733</v>
       </c>
-      <c r="M465" s="5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M465" s="5"/>
     </row>
     <row r="466">
       <c r="A466" s="5" t="s">
-        <v>2735</v>
+        <v>2734</v>
       </c>
       <c r="B466" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C466" s="5" t="s">
-        <v>112</v>
+        <v>2735</v>
       </c>
       <c r="D466" s="5" t="s">
         <v>2736</v>
       </c>
       <c r="E466" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="F466" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G466" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H466" s="5" t="s">
         <v>2737</v>
       </c>
-      <c r="F466" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H466" s="5" t="s">
+      <c r="I466" s="5" t="s">
         <v>2738</v>
       </c>
-      <c r="I466" s="5" t="s">
+      <c r="J466" s="5" t="s">
         <v>2739</v>
       </c>
-      <c r="J466" s="5" t="s">
+      <c r="K466" s="5" t="s">
         <v>2740</v>
       </c>
-      <c r="K466" s="5" t="s">
+      <c r="L466" s="6" t="s">
         <v>2741</v>
       </c>
-      <c r="L466" s="6" t="s">
+      <c r="M466" s="5" t="s">
         <v>2742</v>
-      </c>
-[...1 lines deleted...]
-        <v>2743</v>
       </c>
     </row>
     <row r="467">
       <c r="A467" s="5" t="s">
-        <v>2744</v>
+        <v>2743</v>
       </c>
       <c r="B467" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C467" s="5" t="s">
-        <v>1892</v>
+        <v>2735</v>
       </c>
       <c r="D467" s="5" t="s">
-        <v>1875</v>
-[...9 lines deleted...]
-        </is>
+        <v>180</v>
+      </c>
+      <c r="E467" s="5" t="s">
+        <v>2744</v>
+      </c>
+      <c r="F467" s="5" t="s">
+        <v>2745</v>
       </c>
       <c r="G467" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H467" s="5" t="s">
-        <v>2745</v>
+        <v>2746</v>
       </c>
       <c r="I467" s="5" t="s">
-        <v>2746</v>
+        <v>2747</v>
       </c>
       <c r="J467" s="5" t="s">
-        <v>2682</v>
+        <v>2748</v>
       </c>
       <c r="K467" s="5" t="s">
-        <v>2747</v>
+        <v>2749</v>
       </c>
       <c r="L467" s="6" t="s">
-        <v>2748</v>
+        <v>2750</v>
       </c>
       <c r="M467" s="5" t="s">
-        <v>2749</v>
+        <v>2751</v>
       </c>
     </row>
     <row r="468">
       <c r="A468" s="5" t="s">
-        <v>2750</v>
+        <v>2752</v>
       </c>
       <c r="B468" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C468" s="5" t="s">
-        <v>112</v>
+        <v>195</v>
       </c>
       <c r="D468" s="5" t="s">
-        <v>2736</v>
-[...2 lines deleted...]
-        <v>1912</v>
+        <v>1285</v>
+      </c>
+      <c r="E468" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F468" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G468" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H468" s="5" t="s">
-        <v>2751</v>
-[...1 lines deleted...]
-      <c r="I468" s="5"/>
+        <v>2753</v>
+      </c>
+      <c r="I468" s="5" t="s">
+        <v>2754</v>
+      </c>
       <c r="J468" s="5" t="s">
-        <v>2752</v>
+        <v>2755</v>
       </c>
       <c r="K468" s="5" t="s">
-        <v>2753</v>
+        <v>2756</v>
       </c>
       <c r="L468" s="6" t="s">
-        <v>2754</v>
+        <v>2757</v>
       </c>
       <c r="M468" s="5" t="s">
-        <v>2755</v>
+        <v>2758</v>
       </c>
     </row>
     <row r="469">
       <c r="A469" s="5" t="s">
-        <v>2756</v>
+        <v>2759</v>
       </c>
       <c r="B469" s="5" t="s">
-        <v>14</v>
+        <v>1564</v>
       </c>
       <c r="C469" s="5" t="s">
-        <v>16</v>
+        <v>420</v>
       </c>
       <c r="D469" s="5" t="s">
-        <v>1965</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>2760</v>
+      </c>
+      <c r="E469" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F469" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G469" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H469" s="5" t="s">
-        <v>2757</v>
+        <v>2761</v>
       </c>
       <c r="I469" s="5" t="s">
-        <v>2758</v>
+        <v>2762</v>
       </c>
       <c r="J469" s="5" t="s">
-        <v>1972</v>
+        <v>2763</v>
       </c>
       <c r="K469" s="5" t="s">
-        <v>2759</v>
+        <v>2764</v>
       </c>
       <c r="L469" s="6" t="s">
-        <v>2760</v>
+        <v>2765</v>
       </c>
       <c r="M469" s="5" t="s">
-        <v>2761</v>
+        <v>2766</v>
       </c>
     </row>
     <row r="470">
       <c r="A470" s="5" t="s">
-        <v>2762</v>
+        <v>2767</v>
       </c>
       <c r="B470" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C470" s="5" t="s">
-        <v>638</v>
+        <v>195</v>
       </c>
       <c r="D470" s="5" t="s">
-        <v>1965</v>
+        <v>1285</v>
       </c>
       <c r="E470" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F470" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G470" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H470" s="5" t="s">
-        <v>2763</v>
+        <v>2768</v>
       </c>
       <c r="I470" s="5" t="s">
-        <v>2764</v>
+        <v>2769</v>
       </c>
       <c r="J470" s="5" t="s">
-        <v>2682</v>
+        <v>2770</v>
       </c>
       <c r="K470" s="5" t="s">
-        <v>2765</v>
+        <v>2771</v>
       </c>
       <c r="L470" s="6" t="s">
-        <v>2766</v>
+        <v>2772</v>
       </c>
       <c r="M470" s="5" t="s">
-        <v>2767</v>
+        <v>2773</v>
       </c>
     </row>
     <row r="471">
       <c r="A471" s="5" t="s">
-        <v>2768</v>
+        <v>2774</v>
       </c>
       <c r="B471" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C471" s="5" t="s">
-        <v>16</v>
+        <v>195</v>
       </c>
       <c r="D471" s="5" t="s">
-        <v>2769</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>1285</v>
+      </c>
+      <c r="E471" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F471" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G471" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H471" s="5" t="s">
-        <v>2770</v>
+        <v>2775</v>
       </c>
       <c r="I471" s="5" t="s">
-        <v>2771</v>
+        <v>2776</v>
       </c>
       <c r="J471" s="5" t="s">
-        <v>1972</v>
+        <v>2777</v>
       </c>
       <c r="K471" s="5" t="s">
-        <v>2772</v>
+        <v>2778</v>
       </c>
       <c r="L471" s="6" t="s">
-        <v>2773</v>
+        <v>2779</v>
       </c>
       <c r="M471" s="5" t="s">
-        <v>2774</v>
+        <v>2780</v>
       </c>
     </row>
     <row r="472">
       <c r="A472" s="5" t="s">
-        <v>2775</v>
+        <v>2781</v>
       </c>
       <c r="B472" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C472" s="5" t="s">
-        <v>1892</v>
+        <v>195</v>
       </c>
       <c r="D472" s="5" t="s">
-        <v>1875</v>
-[...2 lines deleted...]
-        <v>113</v>
+        <v>1285</v>
+      </c>
+      <c r="E472" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F472" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G472" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H472" s="5" t="s">
-        <v>2776</v>
+        <v>2782</v>
       </c>
       <c r="I472" s="5" t="s">
-        <v>2777</v>
+        <v>2783</v>
       </c>
       <c r="J472" s="5" t="s">
-        <v>2682</v>
+        <v>2784</v>
       </c>
       <c r="K472" s="5" t="s">
-        <v>2778</v>
+        <v>2785</v>
       </c>
       <c r="L472" s="6" t="s">
-        <v>2779</v>
+        <v>2786</v>
       </c>
       <c r="M472" s="5" t="s">
-        <v>2780</v>
+        <v>2787</v>
       </c>
     </row>
     <row r="473">
       <c r="A473" s="5" t="s">
-        <v>2781</v>
+        <v>2788</v>
       </c>
       <c r="B473" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C473" s="5" t="s">
-        <v>16</v>
+        <v>195</v>
       </c>
       <c r="D473" s="5" t="s">
-        <v>1965</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>1285</v>
+      </c>
+      <c r="E473" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F473" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G473" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H473" s="5" t="s">
-        <v>2782</v>
+        <v>2789</v>
       </c>
       <c r="I473" s="5" t="s">
-        <v>2783</v>
+        <v>2790</v>
       </c>
       <c r="J473" s="5" t="s">
-        <v>1972</v>
+        <v>2791</v>
       </c>
       <c r="K473" s="5" t="s">
-        <v>2784</v>
+        <v>2792</v>
       </c>
       <c r="L473" s="6" t="s">
-        <v>2785</v>
+        <v>2793</v>
       </c>
       <c r="M473" s="5" t="s">
-        <v>2786</v>
+        <v>2794</v>
       </c>
     </row>
     <row r="474">
       <c r="A474" s="5" t="s">
-        <v>2787</v>
+        <v>2795</v>
       </c>
       <c r="B474" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C474" s="5" t="s">
-        <v>16</v>
+        <v>112</v>
       </c>
       <c r="D474" s="5" t="s">
-        <v>1965</v>
+        <v>1821</v>
       </c>
       <c r="E474" s="5" t="s">
-        <v>17</v>
+        <v>1947</v>
       </c>
       <c r="F474" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G474" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G474" s="5" t="s">
+        <v>2796</v>
       </c>
       <c r="H474" s="5" t="s">
-        <v>2788</v>
+        <v>2797</v>
       </c>
       <c r="I474" s="5" t="s">
-        <v>2789</v>
+        <v>2798</v>
       </c>
       <c r="J474" s="5" t="s">
-        <v>1972</v>
+        <v>2799</v>
       </c>
       <c r="K474" s="5" t="s">
-        <v>2790</v>
+        <v>2800</v>
       </c>
       <c r="L474" s="6" t="s">
-        <v>2791</v>
+        <v>2801</v>
       </c>
       <c r="M474" s="5" t="s">
-        <v>2792</v>
+        <v>2802</v>
       </c>
     </row>
     <row r="475">
       <c r="A475" s="5" t="s">
-        <v>2793</v>
+        <v>2803</v>
       </c>
       <c r="B475" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C475" s="5" t="s">
-        <v>16</v>
+        <v>644</v>
       </c>
       <c r="D475" s="5" t="s">
-        <v>1965</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>2013</v>
+      </c>
+      <c r="E475" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F475" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G475" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H475" s="5" t="s">
-        <v>2794</v>
+        <v>2804</v>
       </c>
       <c r="I475" s="5" t="s">
-        <v>2795</v>
+        <v>2805</v>
       </c>
       <c r="J475" s="5" t="s">
-        <v>1972</v>
+        <v>2806</v>
       </c>
       <c r="K475" s="5" t="s">
-        <v>2796</v>
+        <v>2807</v>
       </c>
       <c r="L475" s="6" t="s">
-        <v>2797</v>
+        <v>2808</v>
       </c>
       <c r="M475" s="5" t="s">
-        <v>2798</v>
+        <v>2809</v>
       </c>
     </row>
     <row r="476">
       <c r="A476" s="5" t="s">
-        <v>2799</v>
+        <v>2810</v>
       </c>
       <c r="B476" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C476" s="5" t="s">
-        <v>16</v>
+        <v>180</v>
       </c>
       <c r="D476" s="5" t="s">
-        <v>1965</v>
+        <v>569</v>
       </c>
       <c r="E476" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F476" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F476" s="5" t="s">
+        <v>2811</v>
       </c>
       <c r="G476" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H476" s="5" t="s">
-        <v>2800</v>
+        <v>2812</v>
       </c>
       <c r="I476" s="5" t="s">
-        <v>2801</v>
+        <v>2813</v>
       </c>
       <c r="J476" s="5" t="s">
-        <v>1972</v>
+        <v>2814</v>
       </c>
       <c r="K476" s="5" t="s">
-        <v>2802</v>
+        <v>2815</v>
       </c>
       <c r="L476" s="6" t="s">
-        <v>2803</v>
+        <v>2816</v>
       </c>
       <c r="M476" s="5" t="s">
-        <v>2804</v>
+        <v>2817</v>
       </c>
     </row>
     <row r="477">
       <c r="A477" s="5" t="s">
-        <v>2805</v>
+        <v>2818</v>
       </c>
       <c r="B477" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C477" s="5" t="s">
         <v>180</v>
       </c>
       <c r="D477" s="5" t="s">
-        <v>563</v>
-[...9 lines deleted...]
-        </is>
+        <v>569</v>
+      </c>
+      <c r="E477" s="5" t="s">
+        <v>2819</v>
+      </c>
+      <c r="F477" s="5" t="s">
+        <v>2811</v>
       </c>
       <c r="G477" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H477" s="5" t="s">
-        <v>2806</v>
+        <v>2820</v>
       </c>
       <c r="I477" s="5" t="s">
-        <v>2807</v>
+        <v>2821</v>
       </c>
       <c r="J477" s="5" t="s">
-        <v>2808</v>
+        <v>2822</v>
       </c>
       <c r="K477" s="5" t="s">
-        <v>2809</v>
+        <v>2823</v>
       </c>
       <c r="L477" s="6" t="s">
-        <v>2810</v>
+        <v>2824</v>
       </c>
       <c r="M477" s="5" t="s">
-        <v>2811</v>
+        <v>2825</v>
       </c>
     </row>
     <row r="478">
       <c r="A478" s="5" t="s">
-        <v>2812</v>
+        <v>2826</v>
       </c>
       <c r="B478" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C478" s="5" t="s">
-        <v>180</v>
+        <v>16</v>
       </c>
       <c r="D478" s="5" t="s">
-        <v>563</v>
+        <v>2827</v>
       </c>
       <c r="E478" s="5" t="s">
-        <v>2695</v>
-[...2 lines deleted...]
-        <v>2813</v>
+        <v>17</v>
+      </c>
+      <c r="F478" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G478" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H478" s="5" t="s">
-        <v>2814</v>
+        <v>2828</v>
       </c>
       <c r="I478" s="5" t="s">
-        <v>2815</v>
+        <v>2829</v>
       </c>
       <c r="J478" s="5" t="s">
-        <v>2816</v>
+        <v>2020</v>
       </c>
       <c r="K478" s="5" t="s">
-        <v>2817</v>
+        <v>2830</v>
       </c>
       <c r="L478" s="6" t="s">
-        <v>2818</v>
+        <v>2831</v>
       </c>
       <c r="M478" s="5" t="s">
-        <v>2819</v>
+        <v>2832</v>
       </c>
     </row>
     <row r="479">
       <c r="A479" s="5" t="s">
-        <v>2820</v>
+        <v>2833</v>
       </c>
       <c r="B479" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C479" s="5" t="s">
-        <v>112</v>
+        <v>16</v>
       </c>
       <c r="D479" s="5" t="s">
-        <v>2736</v>
+        <v>2013</v>
       </c>
       <c r="E479" s="5" t="s">
-        <v>1912</v>
+        <v>17</v>
       </c>
       <c r="F479" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G479" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H479" s="5" t="s">
-        <v>2821</v>
+        <v>2834</v>
       </c>
       <c r="I479" s="5" t="s">
-        <v>2822</v>
+        <v>2835</v>
       </c>
       <c r="J479" s="5" t="s">
-        <v>2740</v>
+        <v>2020</v>
       </c>
       <c r="K479" s="5" t="s">
-        <v>2823</v>
+        <v>2836</v>
       </c>
       <c r="L479" s="6" t="s">
-        <v>2824</v>
+        <v>2837</v>
       </c>
       <c r="M479" s="5" t="s">
-        <v>2825</v>
+        <v>2838</v>
       </c>
     </row>
     <row r="480">
       <c r="A480" s="5" t="s">
-        <v>2826</v>
+        <v>2839</v>
       </c>
       <c r="B480" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C480" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D480" s="5" t="s">
-        <v>1965</v>
+        <v>2013</v>
       </c>
       <c r="E480" s="5" t="s">
-        <v>17</v>
+        <v>2840</v>
       </c>
       <c r="F480" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G480" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H480" s="5" t="s">
-        <v>2827</v>
-[...1 lines deleted...]
-      <c r="I480" s="5"/>
+        <v>2841</v>
+      </c>
+      <c r="I480" s="5" t="s">
+        <v>2842</v>
+      </c>
       <c r="J480" s="5" t="s">
-        <v>1972</v>
+        <v>2020</v>
       </c>
       <c r="K480" s="5" t="s">
-        <v>2828</v>
+        <v>2843</v>
       </c>
       <c r="L480" s="6" t="s">
-        <v>2829</v>
+        <v>2844</v>
       </c>
       <c r="M480" s="5" t="s">
-        <v>2830</v>
+        <v>2845</v>
       </c>
     </row>
     <row r="481">
       <c r="A481" s="5" t="s">
-        <v>2831</v>
+        <v>2846</v>
       </c>
       <c r="B481" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C481" s="5" t="s">
-        <v>393</v>
+        <v>16</v>
       </c>
       <c r="D481" s="5" t="s">
-        <v>2647</v>
-[...4 lines deleted...]
-        </is>
+        <v>644</v>
+      </c>
+      <c r="E481" s="5" t="s">
+        <v>2847</v>
       </c>
       <c r="F481" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G481" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H481" s="5" t="s">
-        <v>2832</v>
+        <v>2848</v>
       </c>
       <c r="I481" s="5" t="s">
-        <v>2833</v>
+        <v>2849</v>
       </c>
       <c r="J481" s="5" t="s">
-        <v>2834</v>
+        <v>2020</v>
       </c>
       <c r="K481" s="5" t="s">
-        <v>2835</v>
+        <v>2850</v>
       </c>
       <c r="L481" s="6" t="s">
-        <v>2836</v>
+        <v>2851</v>
       </c>
       <c r="M481" s="5" t="s">
-        <v>2837</v>
+        <v>2852</v>
       </c>
     </row>
     <row r="482">
       <c r="A482" s="5" t="s">
-        <v>2838</v>
+        <v>2853</v>
       </c>
       <c r="B482" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C482" s="5" t="s">
-        <v>563</v>
+        <v>16</v>
       </c>
       <c r="D482" s="5" t="s">
-        <v>180</v>
+        <v>2013</v>
       </c>
       <c r="E482" s="5" t="s">
-        <v>2839</v>
-[...2 lines deleted...]
-        <v>2695</v>
+        <v>17</v>
+      </c>
+      <c r="F482" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G482" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H482" s="5" t="s">
-        <v>2840</v>
+        <v>2854</v>
       </c>
       <c r="I482" s="5" t="s">
-        <v>2841</v>
+        <v>2855</v>
       </c>
       <c r="J482" s="5" t="s">
-        <v>2842</v>
+        <v>2020</v>
       </c>
       <c r="K482" s="5" t="s">
-        <v>2843</v>
+        <v>2856</v>
       </c>
       <c r="L482" s="6" t="s">
-        <v>2844</v>
+        <v>2857</v>
       </c>
       <c r="M482" s="5" t="s">
-        <v>2845</v>
+        <v>2858</v>
       </c>
     </row>
     <row r="483">
       <c r="A483" s="5" t="s">
-        <v>2846</v>
+        <v>2859</v>
       </c>
       <c r="B483" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C483" s="5" t="s">
-        <v>33</v>
+        <v>112</v>
       </c>
       <c r="D483" s="5" t="s">
-        <v>563</v>
+        <v>2860</v>
       </c>
       <c r="E483" s="5" t="s">
-        <v>2847</v>
+        <v>2861</v>
       </c>
       <c r="F483" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G483" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H483" s="5" t="s">
-        <v>2848</v>
+        <v>2862</v>
       </c>
       <c r="I483" s="5" t="s">
-        <v>2849</v>
+        <v>2863</v>
       </c>
       <c r="J483" s="5" t="s">
-        <v>2850</v>
+        <v>2864</v>
       </c>
       <c r="K483" s="5" t="s">
-        <v>2851</v>
+        <v>2865</v>
       </c>
       <c r="L483" s="6" t="s">
-        <v>2852</v>
+        <v>2866</v>
       </c>
       <c r="M483" s="5" t="s">
-        <v>2853</v>
+        <v>2867</v>
       </c>
     </row>
     <row r="484">
       <c r="A484" s="5" t="s">
-        <v>2854</v>
+        <v>2868</v>
       </c>
       <c r="B484" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C484" s="5" t="s">
-        <v>2855</v>
+        <v>1918</v>
       </c>
       <c r="D484" s="5" t="s">
-        <v>180</v>
-[...5 lines deleted...]
-        <v>2857</v>
+        <v>1901</v>
+      </c>
+      <c r="E484" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F484" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G484" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H484" s="5" t="s">
-        <v>2858</v>
+        <v>2869</v>
       </c>
       <c r="I484" s="5" t="s">
-        <v>2859</v>
+        <v>2870</v>
       </c>
       <c r="J484" s="5" t="s">
-        <v>2860</v>
+        <v>2806</v>
       </c>
       <c r="K484" s="5" t="s">
-        <v>2861</v>
+        <v>2871</v>
       </c>
       <c r="L484" s="6" t="s">
-        <v>2862</v>
+        <v>2872</v>
       </c>
       <c r="M484" s="5" t="s">
-        <v>2863</v>
+        <v>2873</v>
       </c>
     </row>
     <row r="485">
       <c r="A485" s="5" t="s">
-        <v>2864</v>
+        <v>2874</v>
       </c>
       <c r="B485" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C485" s="5" t="s">
-        <v>180</v>
+        <v>112</v>
       </c>
       <c r="D485" s="5" t="s">
-        <v>563</v>
+        <v>2860</v>
       </c>
       <c r="E485" s="5" t="s">
-        <v>2695</v>
-[...2 lines deleted...]
-        <v>2813</v>
+        <v>1947</v>
+      </c>
+      <c r="F485" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G485" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H485" s="5" t="s">
-        <v>2865</v>
-[...3 lines deleted...]
-      </c>
+        <v>2875</v>
+      </c>
+      <c r="I485" s="5"/>
       <c r="J485" s="5" t="s">
-        <v>2867</v>
+        <v>2876</v>
       </c>
       <c r="K485" s="5" t="s">
-        <v>2868</v>
+        <v>2877</v>
       </c>
       <c r="L485" s="6" t="s">
-        <v>2869</v>
+        <v>2878</v>
       </c>
       <c r="M485" s="5" t="s">
-        <v>2870</v>
+        <v>2879</v>
       </c>
     </row>
     <row r="486">
       <c r="A486" s="5" t="s">
-        <v>2871</v>
+        <v>2880</v>
       </c>
       <c r="B486" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C486" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D486" s="5" t="s">
-        <v>1875</v>
+        <v>2013</v>
       </c>
       <c r="E486" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F486" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G486" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H486" s="5" t="s">
-        <v>2872</v>
+        <v>2881</v>
       </c>
       <c r="I486" s="5" t="s">
-        <v>2873</v>
+        <v>2882</v>
       </c>
       <c r="J486" s="5" t="s">
-        <v>1972</v>
+        <v>2020</v>
       </c>
       <c r="K486" s="5" t="s">
-        <v>2874</v>
+        <v>2883</v>
       </c>
       <c r="L486" s="6" t="s">
-        <v>2875</v>
+        <v>2884</v>
       </c>
       <c r="M486" s="5" t="s">
-        <v>2876</v>
+        <v>2885</v>
       </c>
     </row>
     <row r="487">
       <c r="A487" s="5" t="s">
-        <v>2877</v>
+        <v>2886</v>
       </c>
       <c r="B487" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C487" s="5" t="s">
-        <v>16</v>
+        <v>569</v>
       </c>
       <c r="D487" s="5" t="s">
-        <v>1965</v>
+        <v>180</v>
       </c>
       <c r="E487" s="5" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-        </is>
+        <v>2887</v>
+      </c>
+      <c r="F487" s="5" t="s">
+        <v>2888</v>
       </c>
       <c r="G487" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H487" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="H487" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I487" s="5"/>
       <c r="J487" s="5" t="s">
-        <v>1972</v>
-[...2 lines deleted...]
-        <v>2880</v>
+        <v>2889</v>
+      </c>
+      <c r="K487" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L487" s="6" t="s">
-        <v>2881</v>
+        <v>2890</v>
       </c>
       <c r="M487" s="5" t="s">
-        <v>2882</v>
+        <v>2891</v>
       </c>
     </row>
     <row r="488">
       <c r="A488" s="5" t="s">
-        <v>2877</v>
+        <v>2892</v>
       </c>
       <c r="B488" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C488" s="5" t="s">
-        <v>16</v>
+        <v>644</v>
       </c>
       <c r="D488" s="5" t="s">
-        <v>1875</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>2013</v>
+      </c>
+      <c r="E488" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F488" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G488" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H488" s="5" t="s">
-        <v>2883</v>
-[...1 lines deleted...]
-      <c r="I488" s="5"/>
+        <v>2893</v>
+      </c>
+      <c r="I488" s="5" t="s">
+        <v>2894</v>
+      </c>
       <c r="J488" s="5" t="s">
-        <v>1972</v>
+        <v>2806</v>
       </c>
       <c r="K488" s="5" t="s">
-        <v>2884</v>
+        <v>2895</v>
       </c>
       <c r="L488" s="6" t="s">
-        <v>2885</v>
+        <v>2896</v>
       </c>
       <c r="M488" s="5" t="s">
-        <v>2886</v>
+        <v>2897</v>
       </c>
     </row>
     <row r="489">
       <c r="A489" s="5" t="s">
-        <v>2887</v>
+        <v>2898</v>
       </c>
       <c r="B489" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C489" s="5" t="s">
-        <v>112</v>
+        <v>16</v>
       </c>
       <c r="D489" s="5" t="s">
-        <v>1561</v>
+        <v>2899</v>
       </c>
       <c r="E489" s="5" t="s">
-        <v>1912</v>
+        <v>17</v>
       </c>
       <c r="F489" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G489" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H489" s="5" t="s">
-        <v>2888</v>
-[...1 lines deleted...]
-      <c r="I489" s="5"/>
+        <v>2900</v>
+      </c>
+      <c r="I489" s="5" t="s">
+        <v>2901</v>
+      </c>
       <c r="J489" s="5" t="s">
-        <v>2889</v>
+        <v>2020</v>
       </c>
       <c r="K489" s="5" t="s">
-        <v>2890</v>
+        <v>2902</v>
       </c>
       <c r="L489" s="6" t="s">
-        <v>2891</v>
+        <v>2903</v>
       </c>
       <c r="M489" s="5" t="s">
-        <v>2892</v>
+        <v>2904</v>
       </c>
     </row>
     <row r="490">
       <c r="A490" s="5" t="s">
-        <v>2893</v>
+        <v>2905</v>
       </c>
       <c r="B490" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C490" s="5" t="s">
-        <v>180</v>
+        <v>1918</v>
       </c>
       <c r="D490" s="5" t="s">
-        <v>563</v>
+        <v>1901</v>
       </c>
       <c r="E490" s="5" t="s">
-        <v>2695</v>
-[...2 lines deleted...]
-        <v>2894</v>
+        <v>113</v>
+      </c>
+      <c r="F490" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G490" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H490" s="5" t="s">
-        <v>2895</v>
+        <v>2906</v>
       </c>
       <c r="I490" s="5" t="s">
-        <v>2896</v>
+        <v>2907</v>
       </c>
       <c r="J490" s="5" t="s">
-        <v>2897</v>
+        <v>2806</v>
       </c>
       <c r="K490" s="5" t="s">
-        <v>2898</v>
+        <v>2908</v>
       </c>
       <c r="L490" s="6" t="s">
-        <v>2899</v>
+        <v>2909</v>
       </c>
       <c r="M490" s="5" t="s">
-        <v>2900</v>
+        <v>2910</v>
       </c>
     </row>
     <row r="491">
       <c r="A491" s="5" t="s">
-        <v>2901</v>
+        <v>2911</v>
       </c>
       <c r="B491" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C491" s="5" t="s">
-        <v>180</v>
+        <v>16</v>
       </c>
       <c r="D491" s="5" t="s">
-        <v>563</v>
+        <v>2013</v>
       </c>
       <c r="E491" s="5" t="s">
-        <v>2902</v>
+        <v>17</v>
       </c>
       <c r="F491" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G491" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H491" s="5" t="s">
-        <v>2903</v>
+        <v>2912</v>
       </c>
       <c r="I491" s="5" t="s">
-        <v>2904</v>
+        <v>2913</v>
       </c>
       <c r="J491" s="5" t="s">
-        <v>2905</v>
+        <v>2020</v>
       </c>
       <c r="K491" s="5" t="s">
-        <v>2906</v>
+        <v>2914</v>
       </c>
       <c r="L491" s="6" t="s">
-        <v>2907</v>
+        <v>2915</v>
       </c>
       <c r="M491" s="5" t="s">
-        <v>2908</v>
+        <v>2916</v>
       </c>
     </row>
     <row r="492">
       <c r="A492" s="5" t="s">
-        <v>2909</v>
+        <v>2917</v>
       </c>
       <c r="B492" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C492" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D492" s="5" t="s">
-        <v>2703</v>
+        <v>2013</v>
       </c>
       <c r="E492" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F492" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G492" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H492" s="5" t="s">
-        <v>2910</v>
-[...1 lines deleted...]
-      <c r="I492" s="5"/>
+        <v>2918</v>
+      </c>
+      <c r="I492" s="5" t="s">
+        <v>2919</v>
+      </c>
       <c r="J492" s="5" t="s">
-        <v>1972</v>
+        <v>2020</v>
       </c>
       <c r="K492" s="5" t="s">
-        <v>2911</v>
+        <v>2920</v>
       </c>
       <c r="L492" s="6" t="s">
-        <v>2912</v>
+        <v>2921</v>
       </c>
       <c r="M492" s="5" t="s">
-        <v>2913</v>
+        <v>2922</v>
       </c>
     </row>
     <row r="493">
       <c r="A493" s="5" t="s">
-        <v>2914</v>
+        <v>2923</v>
       </c>
       <c r="B493" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C493" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D493" s="5" t="s">
-        <v>2703</v>
+        <v>2013</v>
       </c>
       <c r="E493" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F493" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G493" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H493" s="5" t="s">
-        <v>2915</v>
+        <v>2924</v>
       </c>
       <c r="I493" s="5" t="s">
-        <v>2916</v>
+        <v>2925</v>
       </c>
       <c r="J493" s="5" t="s">
-        <v>1972</v>
+        <v>2020</v>
       </c>
       <c r="K493" s="5" t="s">
-        <v>2917</v>
+        <v>2926</v>
       </c>
       <c r="L493" s="6" t="s">
-        <v>2918</v>
+        <v>2927</v>
       </c>
       <c r="M493" s="5" t="s">
-        <v>2919</v>
+        <v>2928</v>
       </c>
     </row>
     <row r="494">
       <c r="A494" s="5" t="s">
-        <v>2920</v>
+        <v>2929</v>
       </c>
       <c r="B494" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C494" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D494" s="5" t="s">
-        <v>2703</v>
+        <v>2013</v>
       </c>
       <c r="E494" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F494" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G494" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H494" s="5" t="s">
-        <v>2921</v>
+        <v>2930</v>
       </c>
       <c r="I494" s="5" t="s">
-        <v>2922</v>
+        <v>2931</v>
       </c>
       <c r="J494" s="5" t="s">
-        <v>1972</v>
+        <v>2020</v>
       </c>
       <c r="K494" s="5" t="s">
-        <v>2923</v>
+        <v>2932</v>
       </c>
       <c r="L494" s="6" t="s">
-        <v>2924</v>
+        <v>2933</v>
       </c>
       <c r="M494" s="5" t="s">
-        <v>2925</v>
+        <v>2934</v>
       </c>
     </row>
     <row r="495">
       <c r="A495" s="5" t="s">
-        <v>2926</v>
+        <v>2935</v>
       </c>
       <c r="B495" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C495" s="5" t="s">
-        <v>563</v>
+        <v>180</v>
       </c>
       <c r="D495" s="5" t="s">
-        <v>180</v>
-[...5 lines deleted...]
-        <v>2928</v>
+        <v>569</v>
+      </c>
+      <c r="E495" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F495" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G495" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H495" s="5" t="s">
-        <v>2929</v>
+        <v>2936</v>
       </c>
       <c r="I495" s="5" t="s">
-        <v>2930</v>
+        <v>2937</v>
       </c>
       <c r="J495" s="5" t="s">
-        <v>2931</v>
+        <v>2938</v>
       </c>
       <c r="K495" s="5" t="s">
-        <v>2932</v>
+        <v>2939</v>
       </c>
       <c r="L495" s="6" t="s">
-        <v>2933</v>
+        <v>2940</v>
       </c>
       <c r="M495" s="5" t="s">
-        <v>2934</v>
+        <v>2941</v>
       </c>
     </row>
     <row r="496">
       <c r="A496" s="5" t="s">
-        <v>2935</v>
+        <v>2942</v>
       </c>
       <c r="B496" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C496" s="5" t="s">
         <v>180</v>
       </c>
       <c r="D496" s="5" t="s">
-        <v>563</v>
+        <v>569</v>
       </c>
       <c r="E496" s="5" t="s">
-        <v>2847</v>
-[...4 lines deleted...]
-        </is>
+        <v>2819</v>
+      </c>
+      <c r="F496" s="5" t="s">
+        <v>2943</v>
       </c>
       <c r="G496" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H496" s="5" t="s">
-        <v>2936</v>
+        <v>2944</v>
       </c>
       <c r="I496" s="5" t="s">
-        <v>2937</v>
+        <v>2945</v>
       </c>
       <c r="J496" s="5" t="s">
-        <v>2938</v>
+        <v>2946</v>
       </c>
       <c r="K496" s="5" t="s">
-        <v>2939</v>
+        <v>2947</v>
       </c>
       <c r="L496" s="6" t="s">
-        <v>2940</v>
+        <v>2948</v>
       </c>
       <c r="M496" s="5" t="s">
-        <v>2941</v>
+        <v>2949</v>
       </c>
     </row>
     <row r="497">
       <c r="A497" s="5" t="s">
-        <v>2942</v>
+        <v>2950</v>
       </c>
       <c r="B497" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C497" s="5" t="s">
-        <v>563</v>
+        <v>112</v>
       </c>
       <c r="D497" s="5" t="s">
-        <v>180</v>
+        <v>2860</v>
       </c>
       <c r="E497" s="5" t="s">
-        <v>2856</v>
-[...2 lines deleted...]
-        <v>2695</v>
+        <v>1947</v>
+      </c>
+      <c r="F497" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G497" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H497" s="5" t="s">
-        <v>2943</v>
+        <v>2951</v>
       </c>
       <c r="I497" s="5" t="s">
-        <v>2944</v>
+        <v>2952</v>
       </c>
       <c r="J497" s="5" t="s">
-        <v>2945</v>
+        <v>2864</v>
       </c>
       <c r="K497" s="5" t="s">
-        <v>2946</v>
+        <v>2953</v>
       </c>
       <c r="L497" s="6" t="s">
-        <v>2947</v>
+        <v>2954</v>
       </c>
       <c r="M497" s="5" t="s">
-        <v>2948</v>
+        <v>2955</v>
       </c>
     </row>
     <row r="498">
       <c r="A498" s="5" t="s">
-        <v>2949</v>
+        <v>2956</v>
       </c>
       <c r="B498" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C498" s="5" t="s">
-        <v>180</v>
+        <v>16</v>
       </c>
       <c r="D498" s="5" t="s">
-        <v>563</v>
+        <v>2013</v>
       </c>
       <c r="E498" s="5" t="s">
-        <v>2695</v>
-[...2 lines deleted...]
-        <v>2894</v>
+        <v>17</v>
+      </c>
+      <c r="F498" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G498" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H498" s="5" t="s">
-        <v>2950</v>
-[...3 lines deleted...]
-      </c>
+        <v>2957</v>
+      </c>
+      <c r="I498" s="5"/>
       <c r="J498" s="5" t="s">
-        <v>2952</v>
+        <v>2020</v>
       </c>
       <c r="K498" s="5" t="s">
-        <v>2953</v>
+        <v>2958</v>
       </c>
       <c r="L498" s="6" t="s">
-        <v>2954</v>
+        <v>2959</v>
       </c>
       <c r="M498" s="5" t="s">
-        <v>2955</v>
+        <v>2960</v>
       </c>
     </row>
     <row r="499">
       <c r="A499" s="5" t="s">
-        <v>2956</v>
+        <v>2961</v>
       </c>
       <c r="B499" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C499" s="5" t="s">
-        <v>393</v>
+        <v>400</v>
       </c>
       <c r="D499" s="5" t="s">
-        <v>1965</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>2735</v>
+      </c>
+      <c r="E499" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F499" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G499" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H499" s="5" t="s">
-        <v>2957</v>
+        <v>2962</v>
       </c>
       <c r="I499" s="5" t="s">
-        <v>2958</v>
+        <v>2963</v>
       </c>
       <c r="J499" s="5" t="s">
-        <v>2682</v>
+        <v>2964</v>
       </c>
       <c r="K499" s="5" t="s">
-        <v>2959</v>
+        <v>2965</v>
       </c>
       <c r="L499" s="6" t="s">
-        <v>2960</v>
+        <v>2966</v>
       </c>
       <c r="M499" s="5" t="s">
-        <v>2961</v>
+        <v>2967</v>
       </c>
     </row>
     <row r="500">
       <c r="A500" s="5" t="s">
-        <v>2962</v>
+        <v>2968</v>
       </c>
       <c r="B500" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C500" s="5" t="s">
-        <v>16</v>
+        <v>569</v>
       </c>
       <c r="D500" s="5" t="s">
-        <v>1965</v>
+        <v>180</v>
       </c>
       <c r="E500" s="5" t="s">
-        <v>2963</v>
-[...4 lines deleted...]
-        </is>
+        <v>2969</v>
+      </c>
+      <c r="F500" s="5" t="s">
+        <v>2819</v>
       </c>
       <c r="G500" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H500" s="5" t="s">
-        <v>2964</v>
+        <v>2970</v>
       </c>
       <c r="I500" s="5" t="s">
-        <v>2965</v>
+        <v>2971</v>
       </c>
       <c r="J500" s="5" t="s">
-        <v>1972</v>
+        <v>2972</v>
       </c>
       <c r="K500" s="5" t="s">
-        <v>2966</v>
+        <v>2973</v>
       </c>
       <c r="L500" s="6" t="s">
-        <v>2967</v>
+        <v>2974</v>
       </c>
       <c r="M500" s="5" t="s">
-        <v>2968</v>
+        <v>2975</v>
       </c>
     </row>
     <row r="501">
       <c r="A501" s="5" t="s">
-        <v>2969</v>
+        <v>2976</v>
       </c>
       <c r="B501" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C501" s="5" t="s">
-        <v>2970</v>
+        <v>33</v>
       </c>
       <c r="D501" s="5" t="s">
-        <v>413</v>
+        <v>569</v>
       </c>
       <c r="E501" s="5" t="s">
-        <v>2971</v>
+        <v>2977</v>
       </c>
       <c r="F501" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G501" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H501" s="5" t="s">
-        <v>2972</v>
-[...1 lines deleted...]
-      <c r="I501" s="5"/>
+        <v>2978</v>
+      </c>
+      <c r="I501" s="5" t="s">
+        <v>2979</v>
+      </c>
       <c r="J501" s="5" t="s">
-        <v>2973</v>
+        <v>2980</v>
       </c>
       <c r="K501" s="5" t="s">
-        <v>2974</v>
+        <v>2981</v>
       </c>
       <c r="L501" s="6" t="s">
-        <v>2975</v>
+        <v>2982</v>
       </c>
       <c r="M501" s="5" t="s">
-        <v>2976</v>
+        <v>2983</v>
       </c>
     </row>
     <row r="502">
       <c r="A502" s="5" t="s">
-        <v>2977</v>
+        <v>2984</v>
       </c>
       <c r="B502" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C502" s="5" t="s">
-        <v>16</v>
+        <v>2985</v>
       </c>
       <c r="D502" s="5" t="s">
-        <v>2964</v>
+        <v>180</v>
       </c>
       <c r="E502" s="5" t="s">
-        <v>17</v>
+        <v>2986</v>
       </c>
       <c r="F502" s="5" t="s">
-        <v>2963</v>
+        <v>2987</v>
       </c>
       <c r="G502" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H502" s="5" t="s">
-        <v>2978</v>
+        <v>2988</v>
       </c>
       <c r="I502" s="5" t="s">
-        <v>2979</v>
+        <v>2989</v>
       </c>
       <c r="J502" s="5" t="s">
-        <v>2682</v>
+        <v>2990</v>
       </c>
       <c r="K502" s="5" t="s">
-        <v>2980</v>
+        <v>2991</v>
       </c>
       <c r="L502" s="6" t="s">
-        <v>2981</v>
+        <v>2992</v>
       </c>
       <c r="M502" s="5" t="s">
-        <v>2982</v>
+        <v>2993</v>
       </c>
     </row>
     <row r="503">
       <c r="A503" s="5" t="s">
-        <v>2983</v>
+        <v>2994</v>
       </c>
       <c r="B503" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C503" s="5" t="s">
-        <v>97</v>
+        <v>180</v>
       </c>
       <c r="D503" s="5" t="s">
-        <v>1965</v>
-[...9 lines deleted...]
-        </is>
+        <v>569</v>
+      </c>
+      <c r="E503" s="5" t="s">
+        <v>2819</v>
+      </c>
+      <c r="F503" s="5" t="s">
+        <v>2943</v>
       </c>
       <c r="G503" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H503" s="5" t="s">
-        <v>2984</v>
+        <v>2995</v>
       </c>
       <c r="I503" s="5" t="s">
-        <v>2985</v>
+        <v>2996</v>
       </c>
       <c r="J503" s="5" t="s">
-        <v>2682</v>
+        <v>2997</v>
       </c>
       <c r="K503" s="5" t="s">
-        <v>2986</v>
+        <v>2998</v>
       </c>
       <c r="L503" s="6" t="s">
-        <v>2987</v>
+        <v>2999</v>
       </c>
       <c r="M503" s="5" t="s">
-        <v>2988</v>
+        <v>3000</v>
       </c>
     </row>
     <row r="504">
       <c r="A504" s="5" t="s">
-        <v>2989</v>
+        <v>3001</v>
       </c>
       <c r="B504" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C504" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D504" s="5" t="s">
-        <v>2964</v>
+        <v>1901</v>
       </c>
       <c r="E504" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F504" s="5" t="s">
-        <v>2963</v>
+      <c r="F504" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G504" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H504" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H504" s="5" t="s">
+        <v>3002</v>
       </c>
       <c r="I504" s="5" t="s">
-        <v>2990</v>
+        <v>3003</v>
       </c>
       <c r="J504" s="5" t="s">
-        <v>2682</v>
+        <v>2020</v>
       </c>
       <c r="K504" s="5" t="s">
-        <v>2991</v>
+        <v>3004</v>
       </c>
       <c r="L504" s="6" t="s">
-        <v>2992</v>
+        <v>3005</v>
       </c>
       <c r="M504" s="5" t="s">
-        <v>2993</v>
+        <v>3006</v>
       </c>
     </row>
     <row r="505">
       <c r="A505" s="5" t="s">
-        <v>2994</v>
+        <v>3007</v>
       </c>
       <c r="B505" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C505" s="5" t="s">
-        <v>180</v>
+        <v>16</v>
       </c>
       <c r="D505" s="5" t="s">
-        <v>563</v>
+        <v>2013</v>
       </c>
       <c r="E505" s="5" t="s">
-        <v>2695</v>
-[...2 lines deleted...]
-        <v>2894</v>
+        <v>17</v>
+      </c>
+      <c r="F505" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G505" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H505" s="5" t="s">
-        <v>2995</v>
+        <v>3008</v>
       </c>
       <c r="I505" s="5" t="s">
-        <v>2996</v>
+        <v>3009</v>
       </c>
       <c r="J505" s="5" t="s">
-        <v>2997</v>
+        <v>2020</v>
       </c>
       <c r="K505" s="5" t="s">
-        <v>2998</v>
+        <v>3010</v>
       </c>
       <c r="L505" s="6" t="s">
-        <v>2999</v>
+        <v>3011</v>
       </c>
       <c r="M505" s="5" t="s">
-        <v>3000</v>
+        <v>3012</v>
       </c>
     </row>
     <row r="506">
       <c r="A506" s="5" t="s">
-        <v>3001</v>
+        <v>3007</v>
       </c>
       <c r="B506" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C506" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D506" s="5" t="s">
-        <v>2964</v>
+        <v>1901</v>
       </c>
       <c r="E506" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F506" s="5" t="s">
-        <v>2963</v>
+      <c r="F506" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G506" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H506" s="5" t="s">
-        <v>3002</v>
-[...3 lines deleted...]
-      </c>
+        <v>3013</v>
+      </c>
+      <c r="I506" s="5"/>
       <c r="J506" s="5" t="s">
-        <v>2682</v>
+        <v>2020</v>
       </c>
       <c r="K506" s="5" t="s">
-        <v>3004</v>
+        <v>3014</v>
       </c>
       <c r="L506" s="6" t="s">
-        <v>3005</v>
+        <v>3015</v>
       </c>
       <c r="M506" s="5" t="s">
-        <v>3006</v>
+        <v>3016</v>
       </c>
     </row>
     <row r="507">
       <c r="A507" s="5" t="s">
-        <v>3007</v>
+        <v>3017</v>
       </c>
       <c r="B507" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C507" s="5" t="s">
-        <v>3008</v>
+        <v>112</v>
       </c>
       <c r="D507" s="5" t="s">
-        <v>3009</v>
+        <v>1574</v>
       </c>
       <c r="E507" s="5" t="s">
-        <v>17</v>
+        <v>1947</v>
       </c>
       <c r="F507" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G507" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H507" s="5" t="s">
-        <v>3010</v>
-[...3 lines deleted...]
-      </c>
+        <v>3018</v>
+      </c>
+      <c r="I507" s="5"/>
       <c r="J507" s="5" t="s">
-        <v>3012</v>
+        <v>3019</v>
       </c>
       <c r="K507" s="5" t="s">
-        <v>3013</v>
+        <v>3020</v>
       </c>
       <c r="L507" s="6" t="s">
-        <v>3014</v>
+        <v>3021</v>
       </c>
       <c r="M507" s="5" t="s">
-        <v>3015</v>
+        <v>3022</v>
       </c>
     </row>
     <row r="508">
       <c r="A508" s="5" t="s">
-        <v>3016</v>
+        <v>3023</v>
       </c>
       <c r="B508" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C508" s="5" t="s">
-        <v>638</v>
+        <v>180</v>
       </c>
       <c r="D508" s="5" t="s">
-        <v>3017</v>
+        <v>569</v>
       </c>
       <c r="E508" s="5" t="s">
-        <v>1263</v>
-[...4 lines deleted...]
-        </is>
+        <v>2819</v>
+      </c>
+      <c r="F508" s="5" t="s">
+        <v>3024</v>
       </c>
       <c r="G508" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H508" s="5" t="s">
-        <v>3018</v>
+        <v>3025</v>
       </c>
       <c r="I508" s="5" t="s">
-        <v>3019</v>
+        <v>3026</v>
       </c>
       <c r="J508" s="5" t="s">
-        <v>2682</v>
+        <v>3027</v>
       </c>
       <c r="K508" s="5" t="s">
-        <v>3020</v>
+        <v>3028</v>
       </c>
       <c r="L508" s="6" t="s">
-        <v>3021</v>
+        <v>3029</v>
       </c>
       <c r="M508" s="5" t="s">
-        <v>3022</v>
+        <v>3030</v>
       </c>
     </row>
     <row r="509">
       <c r="A509" s="5" t="s">
-        <v>3023</v>
+        <v>3031</v>
       </c>
       <c r="B509" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C509" s="5" t="s">
-        <v>16</v>
+        <v>180</v>
       </c>
       <c r="D509" s="5" t="s">
-        <v>2964</v>
+        <v>569</v>
       </c>
       <c r="E509" s="5" t="s">
-        <v>17</v>
+        <v>3032</v>
       </c>
       <c r="F509" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G509" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H509" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H509" s="5" t="s">
+        <v>3033</v>
       </c>
       <c r="I509" s="5" t="s">
-        <v>3024</v>
+        <v>3034</v>
       </c>
       <c r="J509" s="5" t="s">
-        <v>2682</v>
+        <v>3035</v>
       </c>
       <c r="K509" s="5" t="s">
-        <v>3025</v>
+        <v>3036</v>
       </c>
       <c r="L509" s="6" t="s">
-        <v>3026</v>
+        <v>3037</v>
       </c>
       <c r="M509" s="5" t="s">
-        <v>3027</v>
+        <v>3038</v>
       </c>
     </row>
     <row r="510">
       <c r="A510" s="5" t="s">
-        <v>3028</v>
+        <v>3039</v>
       </c>
       <c r="B510" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C510" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D510" s="5" t="s">
-        <v>2964</v>
+        <v>2827</v>
       </c>
       <c r="E510" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F510" s="5" t="s">
-        <v>2963</v>
+      <c r="F510" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G510" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H510" s="5" t="s">
-        <v>3029</v>
-[...3 lines deleted...]
-      </c>
+        <v>3040</v>
+      </c>
+      <c r="I510" s="5"/>
       <c r="J510" s="5" t="s">
-        <v>2682</v>
+        <v>2020</v>
       </c>
       <c r="K510" s="5" t="s">
-        <v>3031</v>
+        <v>3041</v>
       </c>
       <c r="L510" s="6" t="s">
-        <v>3032</v>
+        <v>3042</v>
       </c>
       <c r="M510" s="5" t="s">
-        <v>3033</v>
+        <v>3043</v>
       </c>
     </row>
     <row r="511">
       <c r="A511" s="5" t="s">
-        <v>3034</v>
+        <v>3044</v>
       </c>
       <c r="B511" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C511" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D511" s="5" t="s">
-        <v>2964</v>
+        <v>2827</v>
       </c>
       <c r="E511" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F511" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G511" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H511" s="5" t="s">
-        <v>3035</v>
-[...1 lines deleted...]
-      <c r="I511" s="5"/>
+        <v>3045</v>
+      </c>
+      <c r="I511" s="5" t="s">
+        <v>3046</v>
+      </c>
       <c r="J511" s="5" t="s">
-        <v>2682</v>
+        <v>2020</v>
       </c>
       <c r="K511" s="5" t="s">
-        <v>3036</v>
+        <v>3047</v>
       </c>
       <c r="L511" s="6" t="s">
-        <v>3037</v>
+        <v>3048</v>
       </c>
       <c r="M511" s="5" t="s">
-        <v>3038</v>
+        <v>3049</v>
       </c>
     </row>
     <row r="512">
       <c r="A512" s="5" t="s">
-        <v>3039</v>
+        <v>3050</v>
       </c>
       <c r="B512" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C512" s="5" t="s">
-        <v>3008</v>
+        <v>16</v>
       </c>
       <c r="D512" s="5" t="s">
-        <v>3009</v>
+        <v>2827</v>
       </c>
       <c r="E512" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F512" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G512" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H512" s="5" t="s">
-        <v>3040</v>
+        <v>3051</v>
       </c>
       <c r="I512" s="5" t="s">
-        <v>3041</v>
+        <v>3052</v>
       </c>
       <c r="J512" s="5" t="s">
-        <v>3042</v>
+        <v>2020</v>
       </c>
       <c r="K512" s="5" t="s">
-        <v>3043</v>
+        <v>3053</v>
       </c>
       <c r="L512" s="6" t="s">
-        <v>3044</v>
+        <v>3054</v>
       </c>
       <c r="M512" s="5" t="s">
-        <v>3045</v>
+        <v>3055</v>
       </c>
     </row>
     <row r="513">
       <c r="A513" s="5" t="s">
-        <v>3046</v>
+        <v>3056</v>
       </c>
       <c r="B513" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C513" s="5" t="s">
-        <v>16</v>
+        <v>569</v>
       </c>
       <c r="D513" s="5" t="s">
-        <v>1965</v>
+        <v>180</v>
       </c>
       <c r="E513" s="5" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-        </is>
+        <v>3057</v>
+      </c>
+      <c r="F513" s="5" t="s">
+        <v>3058</v>
       </c>
       <c r="G513" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H513" s="5" t="s">
-        <v>3047</v>
-[...1 lines deleted...]
-      <c r="I513" s="5"/>
+        <v>3059</v>
+      </c>
+      <c r="I513" s="5" t="s">
+        <v>3060</v>
+      </c>
       <c r="J513" s="5" t="s">
-        <v>1972</v>
+        <v>3061</v>
       </c>
       <c r="K513" s="5" t="s">
-        <v>3048</v>
+        <v>3062</v>
       </c>
       <c r="L513" s="6" t="s">
-        <v>3049</v>
+        <v>3063</v>
       </c>
       <c r="M513" s="5" t="s">
-        <v>3050</v>
+        <v>3064</v>
       </c>
     </row>
     <row r="514">
       <c r="A514" s="5" t="s">
-        <v>3051</v>
+        <v>3065</v>
       </c>
       <c r="B514" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C514" s="5" t="s">
-        <v>16</v>
+        <v>180</v>
       </c>
       <c r="D514" s="5" t="s">
-        <v>2964</v>
+        <v>569</v>
       </c>
       <c r="E514" s="5" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>2963</v>
+        <v>2977</v>
+      </c>
+      <c r="F514" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G514" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H514" s="5" t="s">
-        <v>3052</v>
-[...1 lines deleted...]
-      <c r="I514" s="5"/>
+        <v>3066</v>
+      </c>
+      <c r="I514" s="5" t="s">
+        <v>3067</v>
+      </c>
       <c r="J514" s="5" t="s">
-        <v>2682</v>
+        <v>3068</v>
       </c>
       <c r="K514" s="5" t="s">
-        <v>3053</v>
+        <v>3069</v>
       </c>
       <c r="L514" s="6" t="s">
-        <v>3054</v>
+        <v>3070</v>
       </c>
       <c r="M514" s="5" t="s">
-        <v>3055</v>
+        <v>3071</v>
       </c>
     </row>
     <row r="515">
       <c r="A515" s="5" t="s">
-        <v>3056</v>
+        <v>3072</v>
       </c>
       <c r="B515" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C515" s="5" t="s">
-        <v>638</v>
+        <v>569</v>
       </c>
       <c r="D515" s="5" t="s">
-        <v>3057</v>
+        <v>180</v>
       </c>
       <c r="E515" s="5" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-        </is>
+        <v>2986</v>
+      </c>
+      <c r="F515" s="5" t="s">
+        <v>2819</v>
       </c>
       <c r="G515" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H515" s="5" t="s">
-        <v>3058</v>
+        <v>3073</v>
       </c>
       <c r="I515" s="5" t="s">
-        <v>3059</v>
+        <v>3074</v>
       </c>
       <c r="J515" s="5" t="s">
-        <v>1972</v>
+        <v>3075</v>
       </c>
       <c r="K515" s="5" t="s">
-        <v>3060</v>
+        <v>3076</v>
       </c>
       <c r="L515" s="6" t="s">
-        <v>3061</v>
+        <v>3077</v>
       </c>
       <c r="M515" s="5" t="s">
-        <v>3062</v>
+        <v>3078</v>
       </c>
     </row>
     <row r="516">
       <c r="A516" s="5" t="s">
-        <v>3063</v>
+        <v>3079</v>
       </c>
       <c r="B516" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C516" s="5" t="s">
         <v>180</v>
       </c>
       <c r="D516" s="5" t="s">
-        <v>563</v>
+        <v>569</v>
       </c>
       <c r="E516" s="5" t="s">
-        <v>2695</v>
+        <v>2819</v>
       </c>
       <c r="F516" s="5" t="s">
-        <v>2894</v>
+        <v>3024</v>
       </c>
       <c r="G516" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H516" s="5" t="s">
-        <v>3064</v>
+        <v>3080</v>
       </c>
       <c r="I516" s="5" t="s">
-        <v>3065</v>
+        <v>3081</v>
       </c>
       <c r="J516" s="5" t="s">
-        <v>3066</v>
+        <v>3082</v>
       </c>
       <c r="K516" s="5" t="s">
-        <v>3067</v>
+        <v>3083</v>
       </c>
       <c r="L516" s="6" t="s">
-        <v>3068</v>
+        <v>3084</v>
       </c>
       <c r="M516" s="5" t="s">
-        <v>3069</v>
+        <v>3085</v>
       </c>
     </row>
     <row r="517">
       <c r="A517" s="5" t="s">
-        <v>3070</v>
+        <v>3086</v>
       </c>
       <c r="B517" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C517" s="5" t="s">
-        <v>16</v>
+        <v>400</v>
       </c>
       <c r="D517" s="5" t="s">
-        <v>2964</v>
+        <v>2013</v>
       </c>
       <c r="E517" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F517" s="5" t="s">
-        <v>2963</v>
+      <c r="F517" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G517" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H517" s="5" t="s">
-        <v>3071</v>
+        <v>3087</v>
       </c>
       <c r="I517" s="5" t="s">
-        <v>3072</v>
+        <v>3088</v>
       </c>
       <c r="J517" s="5" t="s">
-        <v>2682</v>
+        <v>2806</v>
       </c>
       <c r="K517" s="5" t="s">
-        <v>3073</v>
+        <v>3089</v>
       </c>
       <c r="L517" s="6" t="s">
-        <v>3074</v>
+        <v>3090</v>
       </c>
       <c r="M517" s="5" t="s">
-        <v>3075</v>
+        <v>3091</v>
       </c>
     </row>
     <row r="518">
       <c r="A518" s="5" t="s">
-        <v>3076</v>
+        <v>3092</v>
       </c>
       <c r="B518" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C518" s="5" t="s">
-        <v>180</v>
+        <v>16</v>
       </c>
       <c r="D518" s="5" t="s">
-        <v>563</v>
+        <v>2013</v>
       </c>
       <c r="E518" s="5" t="s">
-        <v>2695</v>
-[...2 lines deleted...]
-        <v>2894</v>
+        <v>3093</v>
+      </c>
+      <c r="F518" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G518" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H518" s="5" t="s">
-        <v>3077</v>
-[...1 lines deleted...]
-      <c r="I518" s="5"/>
+        <v>3094</v>
+      </c>
+      <c r="I518" s="5" t="s">
+        <v>3095</v>
+      </c>
       <c r="J518" s="5" t="s">
-        <v>3078</v>
+        <v>2020</v>
       </c>
       <c r="K518" s="5" t="s">
-        <v>3079</v>
+        <v>3096</v>
       </c>
       <c r="L518" s="6" t="s">
-        <v>3080</v>
+        <v>3097</v>
       </c>
       <c r="M518" s="5" t="s">
-        <v>3081</v>
+        <v>3098</v>
       </c>
     </row>
     <row r="519">
       <c r="A519" s="5" t="s">
-        <v>3082</v>
+        <v>3099</v>
       </c>
       <c r="B519" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C519" s="5" t="s">
-        <v>180</v>
+        <v>3100</v>
       </c>
       <c r="D519" s="5" t="s">
-        <v>563</v>
+        <v>420</v>
       </c>
       <c r="E519" s="5" t="s">
-        <v>2695</v>
-[...2 lines deleted...]
-        <v>2894</v>
+        <v>3101</v>
+      </c>
+      <c r="F519" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G519" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H519" s="5" t="s">
-        <v>3083</v>
-[...3 lines deleted...]
-      </c>
+        <v>3102</v>
+      </c>
+      <c r="I519" s="5"/>
       <c r="J519" s="5" t="s">
-        <v>3085</v>
+        <v>3103</v>
       </c>
       <c r="K519" s="5" t="s">
-        <v>3086</v>
+        <v>3104</v>
       </c>
       <c r="L519" s="6" t="s">
-        <v>3087</v>
+        <v>3105</v>
       </c>
       <c r="M519" s="5" t="s">
-        <v>3088</v>
+        <v>3106</v>
       </c>
     </row>
     <row r="520">
       <c r="A520" s="5" t="s">
-        <v>3089</v>
+        <v>3107</v>
       </c>
       <c r="B520" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C520" s="5" t="s">
-        <v>180</v>
+        <v>16</v>
       </c>
       <c r="D520" s="5" t="s">
-        <v>563</v>
+        <v>3094</v>
       </c>
       <c r="E520" s="5" t="s">
-        <v>2695</v>
+        <v>17</v>
       </c>
       <c r="F520" s="5" t="s">
-        <v>2894</v>
+        <v>3093</v>
       </c>
       <c r="G520" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H520" s="5" t="s">
-        <v>3090</v>
+        <v>3108</v>
       </c>
       <c r="I520" s="5" t="s">
-        <v>3091</v>
+        <v>3109</v>
       </c>
       <c r="J520" s="5" t="s">
-        <v>3092</v>
+        <v>2806</v>
       </c>
       <c r="K520" s="5" t="s">
-        <v>3093</v>
+        <v>3110</v>
       </c>
       <c r="L520" s="6" t="s">
-        <v>3094</v>
+        <v>3111</v>
       </c>
       <c r="M520" s="5" t="s">
-        <v>3095</v>
+        <v>3112</v>
       </c>
     </row>
     <row r="521">
       <c r="A521" s="5" t="s">
-        <v>3096</v>
+        <v>3113</v>
       </c>
       <c r="B521" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C521" s="5" t="s">
-        <v>16</v>
+        <v>97</v>
       </c>
       <c r="D521" s="5" t="s">
-        <v>2964</v>
-[...5 lines deleted...]
-        <v>2963</v>
+        <v>2013</v>
+      </c>
+      <c r="E521" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F521" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G521" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H521" s="5" t="s">
-        <v>3097</v>
+        <v>3114</v>
       </c>
       <c r="I521" s="5" t="s">
-        <v>3098</v>
+        <v>3115</v>
       </c>
       <c r="J521" s="5" t="s">
-        <v>2682</v>
+        <v>2806</v>
       </c>
       <c r="K521" s="5" t="s">
-        <v>3099</v>
+        <v>3116</v>
       </c>
       <c r="L521" s="6" t="s">
-        <v>3100</v>
+        <v>3117</v>
       </c>
       <c r="M521" s="5" t="s">
-        <v>3101</v>
+        <v>3118</v>
       </c>
     </row>
     <row r="522">
       <c r="A522" s="5" t="s">
-        <v>3102</v>
+        <v>3119</v>
       </c>
       <c r="B522" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C522" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D522" s="5" t="s">
-        <v>1965</v>
+        <v>3094</v>
       </c>
       <c r="E522" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F522" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F522" s="5" t="s">
+        <v>3093</v>
       </c>
       <c r="G522" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H522" s="5" t="s">
-[...2 lines deleted...]
-      <c r="I522" s="5"/>
+      <c r="H522" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I522" s="5" t="s">
+        <v>3120</v>
+      </c>
       <c r="J522" s="5" t="s">
-        <v>1972</v>
+        <v>2806</v>
       </c>
       <c r="K522" s="5" t="s">
-        <v>3104</v>
+        <v>3121</v>
       </c>
       <c r="L522" s="6" t="s">
-        <v>3105</v>
+        <v>3122</v>
       </c>
       <c r="M522" s="5" t="s">
-        <v>3106</v>
+        <v>3123</v>
       </c>
     </row>
     <row r="523">
       <c r="A523" s="5" t="s">
-        <v>3107</v>
+        <v>3124</v>
       </c>
       <c r="B523" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C523" s="5" t="s">
-        <v>16</v>
+        <v>180</v>
       </c>
       <c r="D523" s="5" t="s">
-        <v>1965</v>
+        <v>569</v>
       </c>
       <c r="E523" s="5" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-        </is>
+        <v>2819</v>
+      </c>
+      <c r="F523" s="5" t="s">
+        <v>3024</v>
       </c>
       <c r="G523" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H523" s="5" t="s">
-        <v>3108</v>
-[...1 lines deleted...]
-      <c r="I523" s="5"/>
+        <v>3125</v>
+      </c>
+      <c r="I523" s="5" t="s">
+        <v>3126</v>
+      </c>
       <c r="J523" s="5" t="s">
-        <v>1972</v>
+        <v>3127</v>
       </c>
       <c r="K523" s="5" t="s">
-        <v>3109</v>
+        <v>3128</v>
       </c>
       <c r="L523" s="6" t="s">
-        <v>3110</v>
+        <v>3129</v>
       </c>
       <c r="M523" s="5" t="s">
-        <v>3111</v>
+        <v>3130</v>
       </c>
     </row>
     <row r="524">
       <c r="A524" s="5" t="s">
-        <v>3112</v>
+        <v>3131</v>
       </c>
       <c r="B524" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C524" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D524" s="5" t="s">
-        <v>2964</v>
+        <v>3094</v>
       </c>
       <c r="E524" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F524" s="5" t="s">
-        <v>2963</v>
+        <v>3093</v>
       </c>
       <c r="G524" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H524" s="5" t="s">
-        <v>3113</v>
-[...1 lines deleted...]
-      <c r="I524" s="5"/>
+        <v>3132</v>
+      </c>
+      <c r="I524" s="5" t="s">
+        <v>3133</v>
+      </c>
       <c r="J524" s="5" t="s">
-        <v>2682</v>
+        <v>2806</v>
       </c>
       <c r="K524" s="5" t="s">
-        <v>3114</v>
+        <v>3134</v>
       </c>
       <c r="L524" s="6" t="s">
-        <v>3115</v>
+        <v>3135</v>
       </c>
       <c r="M524" s="5" t="s">
-        <v>3116</v>
+        <v>3136</v>
       </c>
     </row>
     <row r="525">
       <c r="A525" s="5" t="s">
-        <v>3117</v>
+        <v>3137</v>
       </c>
       <c r="B525" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C525" s="5" t="s">
-        <v>1875</v>
+        <v>3138</v>
       </c>
       <c r="D525" s="5" t="s">
-        <v>1965</v>
-[...4 lines deleted...]
-        </is>
+        <v>3139</v>
+      </c>
+      <c r="E525" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F525" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G525" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H525" s="5" t="s">
-        <v>3118</v>
+        <v>3140</v>
       </c>
       <c r="I525" s="5" t="s">
-        <v>3119</v>
+        <v>3141</v>
       </c>
       <c r="J525" s="5" t="s">
-        <v>2682</v>
+        <v>3142</v>
       </c>
       <c r="K525" s="5" t="s">
-        <v>3120</v>
+        <v>3143</v>
       </c>
       <c r="L525" s="6" t="s">
-        <v>3121</v>
+        <v>3144</v>
       </c>
       <c r="M525" s="5" t="s">
-        <v>3122</v>
+        <v>3145</v>
       </c>
     </row>
     <row r="526">
       <c r="A526" s="5" t="s">
-        <v>3123</v>
+        <v>3146</v>
       </c>
       <c r="B526" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C526" s="5" t="s">
-        <v>180</v>
+        <v>644</v>
       </c>
       <c r="D526" s="5" t="s">
-        <v>563</v>
+        <v>3147</v>
       </c>
       <c r="E526" s="5" t="s">
-        <v>2695</v>
-[...2 lines deleted...]
-        <v>2894</v>
+        <v>1269</v>
+      </c>
+      <c r="F526" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G526" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H526" s="5" t="s">
-        <v>3124</v>
+        <v>3148</v>
       </c>
       <c r="I526" s="5" t="s">
-        <v>3125</v>
+        <v>3149</v>
       </c>
       <c r="J526" s="5" t="s">
-        <v>3126</v>
+        <v>2806</v>
       </c>
       <c r="K526" s="5" t="s">
-        <v>3127</v>
+        <v>3150</v>
       </c>
       <c r="L526" s="6" t="s">
-        <v>3128</v>
+        <v>3151</v>
       </c>
       <c r="M526" s="5" t="s">
-        <v>3129</v>
+        <v>3152</v>
       </c>
     </row>
     <row r="527">
       <c r="A527" s="5" t="s">
-        <v>3130</v>
+        <v>3153</v>
       </c>
       <c r="B527" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C527" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D527" s="5" t="s">
-        <v>2964</v>
+        <v>3094</v>
       </c>
       <c r="E527" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F527" s="5" t="s">
-        <v>2963</v>
+      <c r="F527" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G527" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H527" s="5" t="s">
-        <v>3131</v>
+      <c r="H527" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I527" s="5" t="s">
-        <v>3132</v>
+        <v>3154</v>
       </c>
       <c r="J527" s="5" t="s">
-        <v>2682</v>
+        <v>2806</v>
       </c>
       <c r="K527" s="5" t="s">
-        <v>3133</v>
+        <v>3155</v>
       </c>
       <c r="L527" s="6" t="s">
-        <v>3134</v>
+        <v>3156</v>
       </c>
       <c r="M527" s="5" t="s">
-        <v>3135</v>
+        <v>3157</v>
       </c>
     </row>
     <row r="528">
       <c r="A528" s="5" t="s">
-        <v>3136</v>
+        <v>3158</v>
       </c>
       <c r="B528" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C528" s="5" t="s">
-        <v>180</v>
+        <v>16</v>
       </c>
       <c r="D528" s="5" t="s">
-        <v>563</v>
+        <v>3094</v>
       </c>
       <c r="E528" s="5" t="s">
-        <v>2695</v>
+        <v>17</v>
       </c>
       <c r="F528" s="5" t="s">
-        <v>2894</v>
+        <v>3093</v>
       </c>
       <c r="G528" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H528" s="5" t="s">
-        <v>3137</v>
+        <v>3159</v>
       </c>
       <c r="I528" s="5" t="s">
-        <v>3138</v>
+        <v>3160</v>
       </c>
       <c r="J528" s="5" t="s">
-        <v>3139</v>
+        <v>2806</v>
       </c>
       <c r="K528" s="5" t="s">
-        <v>3140</v>
+        <v>3161</v>
       </c>
       <c r="L528" s="6" t="s">
-        <v>3141</v>
+        <v>3162</v>
       </c>
       <c r="M528" s="5" t="s">
-        <v>3142</v>
+        <v>3163</v>
       </c>
     </row>
     <row r="529">
       <c r="A529" s="5" t="s">
-        <v>3143</v>
+        <v>3164</v>
       </c>
       <c r="B529" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C529" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D529" s="5" t="s">
-        <v>2964</v>
+        <v>3094</v>
       </c>
       <c r="E529" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F529" s="5" t="s">
-        <v>2963</v>
+      <c r="F529" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G529" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H529" s="5" t="s">
-        <v>3144</v>
-[...3 lines deleted...]
-      </c>
+        <v>3165</v>
+      </c>
+      <c r="I529" s="5"/>
       <c r="J529" s="5" t="s">
-        <v>2682</v>
+        <v>2806</v>
       </c>
       <c r="K529" s="5" t="s">
-        <v>3146</v>
+        <v>3166</v>
       </c>
       <c r="L529" s="6" t="s">
-        <v>3147</v>
+        <v>3167</v>
       </c>
       <c r="M529" s="5" t="s">
-        <v>3148</v>
+        <v>3168</v>
       </c>
     </row>
     <row r="530">
       <c r="A530" s="5" t="s">
-        <v>3149</v>
+        <v>3169</v>
       </c>
       <c r="B530" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C530" s="5" t="s">
-        <v>97</v>
+        <v>3138</v>
       </c>
       <c r="D530" s="5" t="s">
-        <v>2703</v>
-[...4 lines deleted...]
-        </is>
+        <v>3139</v>
+      </c>
+      <c r="E530" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F530" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G530" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H530" s="5" t="s">
-        <v>3150</v>
+        <v>3170</v>
       </c>
       <c r="I530" s="5" t="s">
-        <v>3151</v>
+        <v>3171</v>
       </c>
       <c r="J530" s="5" t="s">
-        <v>2682</v>
+        <v>3172</v>
       </c>
       <c r="K530" s="5" t="s">
-        <v>3152</v>
+        <v>3173</v>
       </c>
       <c r="L530" s="6" t="s">
-        <v>3153</v>
+        <v>3174</v>
       </c>
       <c r="M530" s="5" t="s">
-        <v>3154</v>
+        <v>3175</v>
       </c>
     </row>
     <row r="531">
       <c r="A531" s="5" t="s">
-        <v>3155</v>
+        <v>3176</v>
       </c>
       <c r="B531" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C531" s="5" t="s">
-        <v>180</v>
+        <v>16</v>
       </c>
       <c r="D531" s="5" t="s">
-        <v>563</v>
+        <v>2013</v>
       </c>
       <c r="E531" s="5" t="s">
-        <v>2695</v>
-[...2 lines deleted...]
-        <v>2894</v>
+        <v>17</v>
+      </c>
+      <c r="F531" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G531" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H531" s="5" t="s">
-        <v>3156</v>
+        <v>3177</v>
       </c>
       <c r="I531" s="5"/>
       <c r="J531" s="5" t="s">
-        <v>3157</v>
+        <v>2020</v>
       </c>
       <c r="K531" s="5" t="s">
-        <v>3158</v>
+        <v>3178</v>
       </c>
       <c r="L531" s="6" t="s">
-        <v>3159</v>
+        <v>3179</v>
       </c>
       <c r="M531" s="5" t="s">
-        <v>3160</v>
+        <v>3180</v>
       </c>
     </row>
     <row r="532">
       <c r="A532" s="5" t="s">
-        <v>3161</v>
+        <v>3181</v>
       </c>
       <c r="B532" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C532" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D532" s="5" t="s">
-        <v>2964</v>
+        <v>3094</v>
       </c>
       <c r="E532" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F532" s="5" t="s">
-        <v>3162</v>
+        <v>3093</v>
       </c>
       <c r="G532" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H532" s="5" t="s">
-        <v>3163</v>
-[...3 lines deleted...]
-      </c>
+        <v>3182</v>
+      </c>
+      <c r="I532" s="5"/>
       <c r="J532" s="5" t="s">
-        <v>2682</v>
+        <v>2806</v>
       </c>
       <c r="K532" s="5" t="s">
-        <v>3165</v>
+        <v>3183</v>
       </c>
       <c r="L532" s="6" t="s">
-        <v>3166</v>
+        <v>3184</v>
       </c>
       <c r="M532" s="5" t="s">
-        <v>3167</v>
+        <v>3185</v>
       </c>
     </row>
     <row r="533">
       <c r="A533" s="5" t="s">
-        <v>3168</v>
+        <v>3186</v>
       </c>
       <c r="B533" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C533" s="5" t="s">
-        <v>16</v>
+        <v>644</v>
       </c>
       <c r="D533" s="5" t="s">
-        <v>1965</v>
+        <v>3187</v>
       </c>
       <c r="E533" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F533" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G533" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H533" s="5" t="s">
-        <v>3169</v>
+        <v>3188</v>
       </c>
       <c r="I533" s="5" t="s">
-        <v>3170</v>
+        <v>3189</v>
       </c>
       <c r="J533" s="5" t="s">
-        <v>1972</v>
+        <v>2020</v>
       </c>
       <c r="K533" s="5" t="s">
-        <v>3171</v>
+        <v>3190</v>
       </c>
       <c r="L533" s="6" t="s">
-        <v>3172</v>
+        <v>3191</v>
       </c>
       <c r="M533" s="5" t="s">
-        <v>3173</v>
+        <v>3192</v>
       </c>
     </row>
     <row r="534">
       <c r="A534" s="5" t="s">
-        <v>3174</v>
+        <v>3193</v>
       </c>
       <c r="B534" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C534" s="5" t="s">
         <v>180</v>
       </c>
       <c r="D534" s="5" t="s">
-        <v>563</v>
+        <v>569</v>
       </c>
       <c r="E534" s="5" t="s">
-        <v>2695</v>
+        <v>2819</v>
       </c>
       <c r="F534" s="5" t="s">
-        <v>3175</v>
+        <v>3024</v>
       </c>
       <c r="G534" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H534" s="5" t="s">
-        <v>3176</v>
+        <v>3194</v>
       </c>
       <c r="I534" s="5" t="s">
-        <v>3177</v>
+        <v>3195</v>
       </c>
       <c r="J534" s="5" t="s">
-        <v>3178</v>
+        <v>3196</v>
       </c>
       <c r="K534" s="5" t="s">
-        <v>3179</v>
+        <v>3197</v>
       </c>
       <c r="L534" s="6" t="s">
-        <v>3180</v>
+        <v>3198</v>
       </c>
       <c r="M534" s="5" t="s">
-        <v>3181</v>
+        <v>3199</v>
       </c>
     </row>
     <row r="535">
       <c r="A535" s="5" t="s">
-        <v>3182</v>
+        <v>3200</v>
       </c>
       <c r="B535" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C535" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D535" s="5" t="s">
-        <v>1965</v>
+        <v>3094</v>
       </c>
       <c r="E535" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F535" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F535" s="5" t="s">
+        <v>3093</v>
       </c>
       <c r="G535" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H535" s="5" t="s">
-        <v>3183</v>
+        <v>3201</v>
       </c>
       <c r="I535" s="5" t="s">
-        <v>3184</v>
+        <v>3202</v>
       </c>
       <c r="J535" s="5" t="s">
-        <v>1972</v>
+        <v>2806</v>
       </c>
       <c r="K535" s="5" t="s">
-        <v>3185</v>
+        <v>3203</v>
       </c>
       <c r="L535" s="6" t="s">
-        <v>3186</v>
+        <v>3204</v>
       </c>
       <c r="M535" s="5" t="s">
-        <v>3187</v>
+        <v>3205</v>
       </c>
     </row>
     <row r="536">
       <c r="A536" s="5" t="s">
-        <v>3188</v>
+        <v>3206</v>
       </c>
       <c r="B536" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C536" s="5" t="s">
-        <v>16</v>
+        <v>180</v>
       </c>
       <c r="D536" s="5" t="s">
-        <v>2964</v>
+        <v>569</v>
       </c>
       <c r="E536" s="5" t="s">
-        <v>17</v>
+        <v>2819</v>
       </c>
       <c r="F536" s="5" t="s">
-        <v>3189</v>
+        <v>3024</v>
       </c>
       <c r="G536" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H536" s="5" t="s">
-        <v>3190</v>
-[...3 lines deleted...]
-      </c>
+        <v>3207</v>
+      </c>
+      <c r="I536" s="5"/>
       <c r="J536" s="5" t="s">
-        <v>2682</v>
+        <v>3208</v>
       </c>
       <c r="K536" s="5" t="s">
-        <v>3192</v>
+        <v>3209</v>
       </c>
       <c r="L536" s="6" t="s">
-        <v>3193</v>
+        <v>3210</v>
       </c>
       <c r="M536" s="5" t="s">
-        <v>3194</v>
+        <v>3211</v>
       </c>
     </row>
     <row r="537">
       <c r="A537" s="5" t="s">
-        <v>3195</v>
+        <v>3212</v>
       </c>
       <c r="B537" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C537" s="5" t="s">
-        <v>16</v>
+        <v>180</v>
       </c>
       <c r="D537" s="5" t="s">
-        <v>2964</v>
+        <v>569</v>
       </c>
       <c r="E537" s="5" t="s">
-        <v>17</v>
+        <v>2819</v>
       </c>
       <c r="F537" s="5" t="s">
-        <v>3189</v>
+        <v>3024</v>
       </c>
       <c r="G537" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H537" s="5" t="s">
-        <v>3196</v>
+        <v>3213</v>
       </c>
       <c r="I537" s="5" t="s">
-        <v>3197</v>
+        <v>3214</v>
       </c>
       <c r="J537" s="5" t="s">
-        <v>2682</v>
+        <v>3215</v>
       </c>
       <c r="K537" s="5" t="s">
-        <v>3198</v>
+        <v>3216</v>
       </c>
       <c r="L537" s="6" t="s">
-        <v>3199</v>
+        <v>3217</v>
       </c>
       <c r="M537" s="5" t="s">
-        <v>3200</v>
+        <v>3218</v>
       </c>
     </row>
     <row r="538">
       <c r="A538" s="5" t="s">
-        <v>3201</v>
+        <v>3219</v>
       </c>
       <c r="B538" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C538" s="5" t="s">
-        <v>16</v>
+        <v>180</v>
       </c>
       <c r="D538" s="5" t="s">
-        <v>2964</v>
+        <v>569</v>
       </c>
       <c r="E538" s="5" t="s">
-        <v>17</v>
+        <v>2819</v>
       </c>
       <c r="F538" s="5" t="s">
-        <v>3189</v>
+        <v>3024</v>
       </c>
       <c r="G538" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H538" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H538" s="5" t="s">
+        <v>3220</v>
       </c>
       <c r="I538" s="5" t="s">
-        <v>3202</v>
+        <v>3221</v>
       </c>
       <c r="J538" s="5" t="s">
-        <v>2682</v>
+        <v>3222</v>
       </c>
       <c r="K538" s="5" t="s">
-        <v>3203</v>
+        <v>3223</v>
       </c>
       <c r="L538" s="6" t="s">
-        <v>3204</v>
+        <v>3224</v>
       </c>
       <c r="M538" s="5" t="s">
-        <v>3205</v>
+        <v>3225</v>
       </c>
     </row>
     <row r="539">
       <c r="A539" s="5" t="s">
-        <v>3206</v>
+        <v>3226</v>
       </c>
       <c r="B539" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C539" s="5" t="s">
-        <v>180</v>
+        <v>16</v>
       </c>
       <c r="D539" s="5" t="s">
-        <v>563</v>
+        <v>3094</v>
       </c>
       <c r="E539" s="5" t="s">
-        <v>2695</v>
+        <v>17</v>
       </c>
       <c r="F539" s="5" t="s">
-        <v>3175</v>
+        <v>3093</v>
       </c>
       <c r="G539" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H539" s="5" t="s">
-        <v>3207</v>
+        <v>3227</v>
       </c>
       <c r="I539" s="5" t="s">
-        <v>3208</v>
+        <v>3228</v>
       </c>
       <c r="J539" s="5" t="s">
-        <v>3209</v>
+        <v>2806</v>
       </c>
       <c r="K539" s="5" t="s">
-        <v>3210</v>
+        <v>3229</v>
       </c>
       <c r="L539" s="6" t="s">
-        <v>3211</v>
+        <v>3230</v>
       </c>
       <c r="M539" s="5" t="s">
-        <v>3212</v>
+        <v>3231</v>
       </c>
     </row>
     <row r="540">
       <c r="A540" s="5" t="s">
-        <v>3213</v>
+        <v>3232</v>
       </c>
       <c r="B540" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C540" s="5" t="s">
-        <v>180</v>
+        <v>16</v>
       </c>
       <c r="D540" s="5" t="s">
-        <v>563</v>
+        <v>2013</v>
       </c>
       <c r="E540" s="5" t="s">
-        <v>2928</v>
-[...2 lines deleted...]
-        <v>3214</v>
+        <v>17</v>
+      </c>
+      <c r="F540" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G540" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H540" s="5" t="s">
-        <v>3215</v>
-[...3 lines deleted...]
-      </c>
+        <v>3233</v>
+      </c>
+      <c r="I540" s="5"/>
       <c r="J540" s="5" t="s">
-        <v>3217</v>
+        <v>2020</v>
       </c>
       <c r="K540" s="5" t="s">
-        <v>3218</v>
+        <v>3234</v>
       </c>
       <c r="L540" s="6" t="s">
-        <v>3219</v>
+        <v>3235</v>
       </c>
       <c r="M540" s="5" t="s">
-        <v>3220</v>
+        <v>3236</v>
       </c>
     </row>
     <row r="541">
       <c r="A541" s="5" t="s">
-        <v>3221</v>
+        <v>3237</v>
       </c>
       <c r="B541" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C541" s="5" t="s">
-        <v>180</v>
+        <v>16</v>
       </c>
       <c r="D541" s="5" t="s">
-        <v>563</v>
+        <v>2013</v>
       </c>
       <c r="E541" s="5" t="s">
-        <v>2695</v>
-[...2 lines deleted...]
-        <v>2894</v>
+        <v>17</v>
+      </c>
+      <c r="F541" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G541" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H541" s="5" t="s">
-        <v>3222</v>
+        <v>3238</v>
       </c>
       <c r="I541" s="5"/>
       <c r="J541" s="5" t="s">
-        <v>3223</v>
+        <v>2020</v>
       </c>
       <c r="K541" s="5" t="s">
-        <v>3224</v>
+        <v>3239</v>
       </c>
       <c r="L541" s="6" t="s">
-        <v>3225</v>
+        <v>3240</v>
       </c>
       <c r="M541" s="5" t="s">
-        <v>3226</v>
+        <v>3241</v>
       </c>
     </row>
     <row r="542">
       <c r="A542" s="5" t="s">
-        <v>3227</v>
+        <v>3242</v>
       </c>
       <c r="B542" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C542" s="5" t="s">
-        <v>180</v>
+        <v>16</v>
       </c>
       <c r="D542" s="5" t="s">
-        <v>563</v>
+        <v>3094</v>
       </c>
       <c r="E542" s="5" t="s">
-        <v>2847</v>
+        <v>17</v>
       </c>
       <c r="F542" s="5" t="s">
-        <v>2894</v>
+        <v>3093</v>
       </c>
       <c r="G542" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H542" s="5" t="s">
-        <v>3228</v>
-[...3 lines deleted...]
-      </c>
+        <v>3243</v>
+      </c>
+      <c r="I542" s="5"/>
       <c r="J542" s="5" t="s">
-        <v>3230</v>
+        <v>2806</v>
       </c>
       <c r="K542" s="5" t="s">
-        <v>3231</v>
+        <v>3244</v>
       </c>
       <c r="L542" s="6" t="s">
-        <v>3232</v>
+        <v>3245</v>
       </c>
       <c r="M542" s="5" t="s">
-        <v>3233</v>
+        <v>3246</v>
       </c>
     </row>
     <row r="543">
       <c r="A543" s="5" t="s">
-        <v>3234</v>
+        <v>3247</v>
       </c>
       <c r="B543" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C543" s="5" t="s">
-        <v>16</v>
+        <v>1901</v>
       </c>
       <c r="D543" s="5" t="s">
-        <v>2964</v>
-[...5 lines deleted...]
-        <v>3189</v>
+        <v>2013</v>
+      </c>
+      <c r="E543" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F543" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G543" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H543" s="5" t="s">
-        <v>2703</v>
-[...1 lines deleted...]
-      <c r="I543" s="5"/>
+        <v>3248</v>
+      </c>
+      <c r="I543" s="5" t="s">
+        <v>3249</v>
+      </c>
       <c r="J543" s="5" t="s">
-        <v>2682</v>
+        <v>2806</v>
       </c>
       <c r="K543" s="5" t="s">
-        <v>3235</v>
+        <v>3250</v>
       </c>
       <c r="L543" s="6" t="s">
-        <v>3236</v>
+        <v>3251</v>
       </c>
       <c r="M543" s="5" t="s">
-        <v>3237</v>
+        <v>3252</v>
       </c>
     </row>
     <row r="544">
       <c r="A544" s="5" t="s">
-        <v>3238</v>
+        <v>3253</v>
       </c>
       <c r="B544" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C544" s="5" t="s">
+        <v>180</v>
+      </c>
+      <c r="D544" s="5" t="s">
+        <v>569</v>
+      </c>
+      <c r="E544" s="5" t="s">
+        <v>2819</v>
+      </c>
+      <c r="F544" s="5" t="s">
+        <v>3024</v>
+      </c>
+      <c r="G544" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H544" s="5" t="s">
+        <v>3254</v>
+      </c>
+      <c r="I544" s="5" t="s">
+        <v>3255</v>
+      </c>
+      <c r="J544" s="5" t="s">
+        <v>3256</v>
+      </c>
+      <c r="K544" s="5" t="s">
+        <v>3257</v>
+      </c>
+      <c r="L544" s="6" t="s">
+        <v>3258</v>
+      </c>
+      <c r="M544" s="5" t="s">
+        <v>3259</v>
+      </c>
+    </row>
+    <row r="545">
+      <c r="A545" s="5" t="s">
+        <v>3260</v>
+      </c>
+      <c r="B545" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C545" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D545" s="5" t="s">
+        <v>3094</v>
+      </c>
+      <c r="E545" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F545" s="5" t="s">
+        <v>3093</v>
+      </c>
+      <c r="G545" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H545" s="5" t="s">
+        <v>3261</v>
+      </c>
+      <c r="I545" s="5" t="s">
+        <v>3262</v>
+      </c>
+      <c r="J545" s="5" t="s">
+        <v>2806</v>
+      </c>
+      <c r="K545" s="5" t="s">
+        <v>3263</v>
+      </c>
+      <c r="L545" s="6" t="s">
+        <v>3264</v>
+      </c>
+      <c r="M545" s="5" t="s">
+        <v>3265</v>
+      </c>
+    </row>
+    <row r="546">
+      <c r="A546" s="5" t="s">
+        <v>3266</v>
+      </c>
+      <c r="B546" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C546" s="5" t="s">
+        <v>180</v>
+      </c>
+      <c r="D546" s="5" t="s">
+        <v>569</v>
+      </c>
+      <c r="E546" s="5" t="s">
+        <v>2819</v>
+      </c>
+      <c r="F546" s="5" t="s">
+        <v>3024</v>
+      </c>
+      <c r="G546" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H546" s="5" t="s">
+        <v>3267</v>
+      </c>
+      <c r="I546" s="5" t="s">
+        <v>3268</v>
+      </c>
+      <c r="J546" s="5" t="s">
+        <v>3269</v>
+      </c>
+      <c r="K546" s="5" t="s">
+        <v>3270</v>
+      </c>
+      <c r="L546" s="6" t="s">
+        <v>3271</v>
+      </c>
+      <c r="M546" s="5" t="s">
+        <v>3272</v>
+      </c>
+    </row>
+    <row r="547">
+      <c r="A547" s="5" t="s">
+        <v>3273</v>
+      </c>
+      <c r="B547" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C547" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D547" s="5" t="s">
+        <v>3094</v>
+      </c>
+      <c r="E547" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F547" s="5" t="s">
+        <v>3093</v>
+      </c>
+      <c r="G547" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H547" s="5" t="s">
+        <v>3274</v>
+      </c>
+      <c r="I547" s="5" t="s">
+        <v>3275</v>
+      </c>
+      <c r="J547" s="5" t="s">
+        <v>2806</v>
+      </c>
+      <c r="K547" s="5" t="s">
+        <v>3276</v>
+      </c>
+      <c r="L547" s="6" t="s">
+        <v>3277</v>
+      </c>
+      <c r="M547" s="5" t="s">
+        <v>3278</v>
+      </c>
+    </row>
+    <row r="548">
+      <c r="A548" s="5" t="s">
+        <v>3279</v>
+      </c>
+      <c r="B548" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C548" s="5" t="s">
         <v>97</v>
       </c>
-      <c r="D544" s="5" t="s">
+      <c r="D548" s="5" t="s">
+        <v>2827</v>
+      </c>
+      <c r="E548" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F548" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G548" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H548" s="5" t="s">
+        <v>3280</v>
+      </c>
+      <c r="I548" s="5" t="s">
+        <v>3281</v>
+      </c>
+      <c r="J548" s="5" t="s">
+        <v>2806</v>
+      </c>
+      <c r="K548" s="5" t="s">
+        <v>3282</v>
+      </c>
+      <c r="L548" s="6" t="s">
+        <v>3283</v>
+      </c>
+      <c r="M548" s="5" t="s">
+        <v>3284</v>
+      </c>
+    </row>
+    <row r="549">
+      <c r="A549" s="5" t="s">
+        <v>3285</v>
+      </c>
+      <c r="B549" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C549" s="5" t="s">
+        <v>180</v>
+      </c>
+      <c r="D549" s="5" t="s">
+        <v>569</v>
+      </c>
+      <c r="E549" s="5" t="s">
+        <v>2819</v>
+      </c>
+      <c r="F549" s="5" t="s">
+        <v>3024</v>
+      </c>
+      <c r="G549" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H549" s="5" t="s">
+        <v>3286</v>
+      </c>
+      <c r="I549" s="5"/>
+      <c r="J549" s="5" t="s">
+        <v>3287</v>
+      </c>
+      <c r="K549" s="5" t="s">
+        <v>3288</v>
+      </c>
+      <c r="L549" s="6" t="s">
+        <v>3289</v>
+      </c>
+      <c r="M549" s="5" t="s">
+        <v>3290</v>
+      </c>
+    </row>
+    <row r="550">
+      <c r="A550" s="5" t="s">
+        <v>3291</v>
+      </c>
+      <c r="B550" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C550" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D550" s="5" t="s">
+        <v>3094</v>
+      </c>
+      <c r="E550" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F550" s="5" t="s">
+        <v>3292</v>
+      </c>
+      <c r="G550" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H550" s="5" t="s">
+        <v>3293</v>
+      </c>
+      <c r="I550" s="5" t="s">
+        <v>3294</v>
+      </c>
+      <c r="J550" s="5" t="s">
+        <v>2806</v>
+      </c>
+      <c r="K550" s="5" t="s">
+        <v>3295</v>
+      </c>
+      <c r="L550" s="6" t="s">
+        <v>3296</v>
+      </c>
+      <c r="M550" s="5" t="s">
+        <v>3297</v>
+      </c>
+    </row>
+    <row r="551">
+      <c r="A551" s="5" t="s">
+        <v>3298</v>
+      </c>
+      <c r="B551" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C551" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D551" s="5" t="s">
+        <v>2013</v>
+      </c>
+      <c r="E551" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F551" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G551" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H551" s="5" t="s">
+        <v>3299</v>
+      </c>
+      <c r="I551" s="5" t="s">
+        <v>3300</v>
+      </c>
+      <c r="J551" s="5" t="s">
+        <v>2020</v>
+      </c>
+      <c r="K551" s="5" t="s">
+        <v>3301</v>
+      </c>
+      <c r="L551" s="6" t="s">
+        <v>3302</v>
+      </c>
+      <c r="M551" s="5" t="s">
+        <v>3303</v>
+      </c>
+    </row>
+    <row r="552">
+      <c r="A552" s="5" t="s">
+        <v>3304</v>
+      </c>
+      <c r="B552" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C552" s="5" t="s">
+        <v>180</v>
+      </c>
+      <c r="D552" s="5" t="s">
+        <v>569</v>
+      </c>
+      <c r="E552" s="5" t="s">
+        <v>2819</v>
+      </c>
+      <c r="F552" s="5" t="s">
+        <v>3305</v>
+      </c>
+      <c r="G552" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H552" s="5" t="s">
+        <v>3306</v>
+      </c>
+      <c r="I552" s="5" t="s">
+        <v>3307</v>
+      </c>
+      <c r="J552" s="5" t="s">
+        <v>3308</v>
+      </c>
+      <c r="K552" s="5" t="s">
+        <v>3309</v>
+      </c>
+      <c r="L552" s="6" t="s">
+        <v>3310</v>
+      </c>
+      <c r="M552" s="5" t="s">
+        <v>3311</v>
+      </c>
+    </row>
+    <row r="553">
+      <c r="A553" s="5" t="s">
+        <v>3312</v>
+      </c>
+      <c r="B553" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C553" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D553" s="5" t="s">
+        <v>2013</v>
+      </c>
+      <c r="E553" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F553" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G553" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H553" s="5" t="s">
+        <v>3313</v>
+      </c>
+      <c r="I553" s="5" t="s">
+        <v>3314</v>
+      </c>
+      <c r="J553" s="5" t="s">
+        <v>2020</v>
+      </c>
+      <c r="K553" s="5" t="s">
+        <v>3315</v>
+      </c>
+      <c r="L553" s="6" t="s">
+        <v>3316</v>
+      </c>
+      <c r="M553" s="5" t="s">
+        <v>3317</v>
+      </c>
+    </row>
+    <row r="554">
+      <c r="A554" s="5" t="s">
+        <v>3318</v>
+      </c>
+      <c r="B554" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C554" s="5" t="s">
+        <v>400</v>
+      </c>
+      <c r="D554" s="5" t="s">
+        <v>2735</v>
+      </c>
+      <c r="E554" s="5" t="s">
+        <v>3319</v>
+      </c>
+      <c r="F554" s="5" t="s">
+        <v>3320</v>
+      </c>
+      <c r="G554" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H554" s="5" t="s">
+        <v>3321</v>
+      </c>
+      <c r="I554" s="5" t="s">
+        <v>3322</v>
+      </c>
+      <c r="J554" s="5" t="s">
+        <v>3323</v>
+      </c>
+      <c r="K554" s="5" t="s">
+        <v>3324</v>
+      </c>
+      <c r="L554" s="6" t="s">
+        <v>3325</v>
+      </c>
+      <c r="M554" s="5" t="s">
+        <v>3326</v>
+      </c>
+    </row>
+    <row r="555">
+      <c r="A555" s="5" t="s">
+        <v>3327</v>
+      </c>
+      <c r="B555" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C555" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D555" s="5" t="s">
+        <v>3094</v>
+      </c>
+      <c r="E555" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F555" s="5" t="s">
+        <v>3328</v>
+      </c>
+      <c r="G555" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H555" s="5" t="s">
+        <v>3329</v>
+      </c>
+      <c r="I555" s="5" t="s">
+        <v>3330</v>
+      </c>
+      <c r="J555" s="5" t="s">
+        <v>2806</v>
+      </c>
+      <c r="K555" s="5" t="s">
+        <v>3331</v>
+      </c>
+      <c r="L555" s="6" t="s">
+        <v>3332</v>
+      </c>
+      <c r="M555" s="5" t="s">
+        <v>3333</v>
+      </c>
+    </row>
+    <row r="556">
+      <c r="A556" s="5" t="s">
+        <v>3334</v>
+      </c>
+      <c r="B556" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C556" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D556" s="5" t="s">
+        <v>3094</v>
+      </c>
+      <c r="E556" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F556" s="5" t="s">
+        <v>3328</v>
+      </c>
+      <c r="G556" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H556" s="5" t="s">
+        <v>3335</v>
+      </c>
+      <c r="I556" s="5" t="s">
+        <v>3336</v>
+      </c>
+      <c r="J556" s="5" t="s">
+        <v>2806</v>
+      </c>
+      <c r="K556" s="5" t="s">
+        <v>3337</v>
+      </c>
+      <c r="L556" s="6" t="s">
+        <v>3338</v>
+      </c>
+      <c r="M556" s="5" t="s">
+        <v>3339</v>
+      </c>
+    </row>
+    <row r="557">
+      <c r="A557" s="5" t="s">
+        <v>3340</v>
+      </c>
+      <c r="B557" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C557" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D557" s="5" t="s">
+        <v>3094</v>
+      </c>
+      <c r="E557" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F557" s="5" t="s">
+        <v>3328</v>
+      </c>
+      <c r="G557" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H557" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I557" s="5" t="s">
+        <v>3341</v>
+      </c>
+      <c r="J557" s="5" t="s">
+        <v>2806</v>
+      </c>
+      <c r="K557" s="5" t="s">
+        <v>3342</v>
+      </c>
+      <c r="L557" s="6" t="s">
+        <v>3343</v>
+      </c>
+      <c r="M557" s="5" t="s">
+        <v>3344</v>
+      </c>
+    </row>
+    <row r="558">
+      <c r="A558" s="5" t="s">
+        <v>3345</v>
+      </c>
+      <c r="B558" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C558" s="5" t="s">
+        <v>180</v>
+      </c>
+      <c r="D558" s="5" t="s">
+        <v>569</v>
+      </c>
+      <c r="E558" s="5" t="s">
+        <v>2819</v>
+      </c>
+      <c r="F558" s="5" t="s">
+        <v>3305</v>
+      </c>
+      <c r="G558" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H558" s="5" t="s">
+        <v>3346</v>
+      </c>
+      <c r="I558" s="5" t="s">
+        <v>3347</v>
+      </c>
+      <c r="J558" s="5" t="s">
+        <v>3348</v>
+      </c>
+      <c r="K558" s="5" t="s">
+        <v>3349</v>
+      </c>
+      <c r="L558" s="6" t="s">
+        <v>3350</v>
+      </c>
+      <c r="M558" s="5" t="s">
+        <v>3351</v>
+      </c>
+    </row>
+    <row r="559">
+      <c r="A559" s="5" t="s">
+        <v>3352</v>
+      </c>
+      <c r="B559" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C559" s="5" t="s">
+        <v>180</v>
+      </c>
+      <c r="D559" s="5" t="s">
+        <v>569</v>
+      </c>
+      <c r="E559" s="5" t="s">
+        <v>3058</v>
+      </c>
+      <c r="F559" s="5" t="s">
+        <v>3353</v>
+      </c>
+      <c r="G559" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H559" s="5" t="s">
+        <v>3354</v>
+      </c>
+      <c r="I559" s="5" t="s">
+        <v>3355</v>
+      </c>
+      <c r="J559" s="5" t="s">
+        <v>3356</v>
+      </c>
+      <c r="K559" s="5" t="s">
+        <v>3357</v>
+      </c>
+      <c r="L559" s="6" t="s">
+        <v>3358</v>
+      </c>
+      <c r="M559" s="5" t="s">
+        <v>3359</v>
+      </c>
+    </row>
+    <row r="560">
+      <c r="A560" s="5" t="s">
+        <v>3360</v>
+      </c>
+      <c r="B560" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C560" s="5" t="s">
+        <v>180</v>
+      </c>
+      <c r="D560" s="5" t="s">
+        <v>569</v>
+      </c>
+      <c r="E560" s="5" t="s">
+        <v>2819</v>
+      </c>
+      <c r="F560" s="5" t="s">
+        <v>3024</v>
+      </c>
+      <c r="G560" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H560" s="5" t="s">
+        <v>3361</v>
+      </c>
+      <c r="I560" s="5"/>
+      <c r="J560" s="5" t="s">
+        <v>3362</v>
+      </c>
+      <c r="K560" s="5" t="s">
+        <v>3363</v>
+      </c>
+      <c r="L560" s="6" t="s">
+        <v>3364</v>
+      </c>
+      <c r="M560" s="5" t="s">
+        <v>3365</v>
+      </c>
+    </row>
+    <row r="561">
+      <c r="A561" s="5" t="s">
+        <v>3366</v>
+      </c>
+      <c r="B561" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C561" s="5" t="s">
+        <v>180</v>
+      </c>
+      <c r="D561" s="5" t="s">
+        <v>569</v>
+      </c>
+      <c r="E561" s="5" t="s">
+        <v>2977</v>
+      </c>
+      <c r="F561" s="5" t="s">
+        <v>3024</v>
+      </c>
+      <c r="G561" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H561" s="5" t="s">
+        <v>3367</v>
+      </c>
+      <c r="I561" s="5" t="s">
+        <v>3368</v>
+      </c>
+      <c r="J561" s="5" t="s">
+        <v>3369</v>
+      </c>
+      <c r="K561" s="5" t="s">
+        <v>3370</v>
+      </c>
+      <c r="L561" s="6" t="s">
+        <v>3371</v>
+      </c>
+      <c r="M561" s="5" t="s">
+        <v>3372</v>
+      </c>
+    </row>
+    <row r="562">
+      <c r="A562" s="5" t="s">
+        <v>3373</v>
+      </c>
+      <c r="B562" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C562" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D562" s="5" t="s">
+        <v>3094</v>
+      </c>
+      <c r="E562" s="5" t="s">
+        <v>578</v>
+      </c>
+      <c r="F562" s="5" t="s">
+        <v>3328</v>
+      </c>
+      <c r="G562" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H562" s="5" t="s">
+        <v>2827</v>
+      </c>
+      <c r="I562" s="5"/>
+      <c r="J562" s="5" t="s">
+        <v>2806</v>
+      </c>
+      <c r="K562" s="5" t="s">
+        <v>3374</v>
+      </c>
+      <c r="L562" s="6" t="s">
+        <v>3375</v>
+      </c>
+      <c r="M562" s="5" t="s">
+        <v>3376</v>
+      </c>
+    </row>
+    <row r="563">
+      <c r="A563" s="5" t="s">
+        <v>3377</v>
+      </c>
+      <c r="B563" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C563" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D563" s="5" t="s">
+        <v>3094</v>
+      </c>
+      <c r="E563" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F563" s="5" t="s">
+        <v>3328</v>
+      </c>
+      <c r="G563" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H563" s="5" t="s">
+        <v>3378</v>
+      </c>
+      <c r="I563" s="5" t="s">
+        <v>3379</v>
+      </c>
+      <c r="J563" s="5" t="s">
+        <v>2806</v>
+      </c>
+      <c r="K563" s="5" t="s">
+        <v>3380</v>
+      </c>
+      <c r="L563" s="6" t="s">
+        <v>3381</v>
+      </c>
+      <c r="M563" s="5" t="s">
+        <v>3382</v>
+      </c>
+    </row>
+    <row r="564">
+      <c r="A564" s="5" t="s">
+        <v>3383</v>
+      </c>
+      <c r="B564" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C564" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D564" s="5" t="s">
+        <v>2013</v>
+      </c>
+      <c r="E564" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F564" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G564" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H564" s="5" t="s">
+        <v>3384</v>
+      </c>
+      <c r="I564" s="5" t="s">
+        <v>3385</v>
+      </c>
+      <c r="J564" s="5" t="s">
+        <v>2020</v>
+      </c>
+      <c r="K564" s="5" t="s">
+        <v>3386</v>
+      </c>
+      <c r="L564" s="6" t="s">
+        <v>3387</v>
+      </c>
+      <c r="M564" s="5" t="s">
+        <v>3388</v>
+      </c>
+    </row>
+    <row r="565">
+      <c r="A565" s="5" t="s">
+        <v>3389</v>
+      </c>
+      <c r="B565" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C565" s="5" t="s">
+        <v>97</v>
+      </c>
+      <c r="D565" s="5" t="s">
         <v>34</v>
       </c>
-      <c r="E544" s="5" t="inlineStr">
-[...30 lines deleted...]
-        <v>3244</v>
+      <c r="E565" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F565" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G565" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H565" s="5" t="s">
+        <v>3390</v>
+      </c>
+      <c r="I565" s="5" t="s">
+        <v>3391</v>
+      </c>
+      <c r="J565" s="5" t="s">
+        <v>3392</v>
+      </c>
+      <c r="K565" s="5" t="s">
+        <v>3393</v>
+      </c>
+      <c r="L565" s="6" t="s">
+        <v>3394</v>
+      </c>
+      <c r="M565" s="5" t="s">
+        <v>3395</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>
     <hyperlink ref="M13" r:id="rId18"/>
     <hyperlink ref="M14" r:id="rId19"/>
     <hyperlink ref="M15" r:id="rId20"/>
     <hyperlink ref="M16" r:id="rId21"/>
     <hyperlink ref="M17" r:id="rId22"/>
     <hyperlink ref="M18" r:id="rId23"/>
     <hyperlink ref="M19" r:id="rId24"/>
     <hyperlink ref="M20" r:id="rId25"/>
     <hyperlink ref="M21" r:id="rId26"/>
@@ -45331,44 +47239,65 @@
     <hyperlink ref="M520" r:id="rId525"/>
     <hyperlink ref="M521" r:id="rId526"/>
     <hyperlink ref="M522" r:id="rId527"/>
     <hyperlink ref="M523" r:id="rId528"/>
     <hyperlink ref="M524" r:id="rId529"/>
     <hyperlink ref="M525" r:id="rId530"/>
     <hyperlink ref="M526" r:id="rId531"/>
     <hyperlink ref="M527" r:id="rId532"/>
     <hyperlink ref="M528" r:id="rId533"/>
     <hyperlink ref="M529" r:id="rId534"/>
     <hyperlink ref="M530" r:id="rId535"/>
     <hyperlink ref="M531" r:id="rId536"/>
     <hyperlink ref="M532" r:id="rId537"/>
     <hyperlink ref="M533" r:id="rId538"/>
     <hyperlink ref="M534" r:id="rId539"/>
     <hyperlink ref="M535" r:id="rId540"/>
     <hyperlink ref="M536" r:id="rId541"/>
     <hyperlink ref="M537" r:id="rId542"/>
     <hyperlink ref="M538" r:id="rId543"/>
     <hyperlink ref="M539" r:id="rId544"/>
     <hyperlink ref="M540" r:id="rId545"/>
     <hyperlink ref="M541" r:id="rId546"/>
     <hyperlink ref="M542" r:id="rId547"/>
     <hyperlink ref="M543" r:id="rId548"/>
     <hyperlink ref="M544" r:id="rId549"/>
+    <hyperlink ref="M545" r:id="rId550"/>
+    <hyperlink ref="M546" r:id="rId551"/>
+    <hyperlink ref="M547" r:id="rId552"/>
+    <hyperlink ref="M548" r:id="rId553"/>
+    <hyperlink ref="M549" r:id="rId554"/>
+    <hyperlink ref="M550" r:id="rId555"/>
+    <hyperlink ref="M551" r:id="rId556"/>
+    <hyperlink ref="M552" r:id="rId557"/>
+    <hyperlink ref="M553" r:id="rId558"/>
+    <hyperlink ref="M554" r:id="rId559"/>
+    <hyperlink ref="M555" r:id="rId560"/>
+    <hyperlink ref="M556" r:id="rId561"/>
+    <hyperlink ref="M557" r:id="rId562"/>
+    <hyperlink ref="M558" r:id="rId563"/>
+    <hyperlink ref="M559" r:id="rId564"/>
+    <hyperlink ref="M560" r:id="rId565"/>
+    <hyperlink ref="M561" r:id="rId566"/>
+    <hyperlink ref="M562" r:id="rId567"/>
+    <hyperlink ref="M563" r:id="rId568"/>
+    <hyperlink ref="M564" r:id="rId569"/>
+    <hyperlink ref="M565" r:id="rId570"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>