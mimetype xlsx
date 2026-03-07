--- v0 (2025-10-11)
+++ v1 (2026-03-07)
@@ -3,53 +3,53 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="449" uniqueCount="336" xml:space="preserve">
-[...1 lines deleted...]
-    <t>Datering</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="493" uniqueCount="368" xml:space="preserve">
+  <si>
+    <t>Datering/Værktitel</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
@@ -156,50 +156,110 @@
   </si>
   <si>
     <t>Ville = Vilhelm Larsen, Johannes Larsens bror, som gik på Birkerød Latin- og Realskole 1888-91.
 Fyens Disconto Kasse A/S var en dansk bank. Banken blev etableret 15. december 1846 som Danmarks anden private forretningsbank. Oprindeligt var det formålet, at discontokassen skulle diskontere de veksler, som fynboerne ellers havde sendt til Hamborg og København, men hurtigt blev forretningsområdet udvidet, og banken blev en betydelig aktør i fynsk finansliv. Banken var beliggende Vestergade 8 på Flakhaven over for Odense Rådhus.</t>
   </si>
   <si>
     <t>Johannes Larsen skal besøge sin bror Vilhelm. Der er masser af arbejde til Johannes Larsens onkel, som er murermester. Johannes Larsens far skal snart til Sverige, der er meget tømmer at sælge.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/ty3V</t>
   </si>
   <si>
     <t>[påtrykt:]
 J. A. LARSEN.
 KJERTEMINDE.
 Telegramadresse.
 LARSEN.
 [Håndskrevet:]
 Den 1 Marts 1889.
 Min kjære Johannes!
 I mange Dage har jeg gaaet og ventet paa at faa dine Penge; men det kan ikke naa sig før i morgen saa skal de blive sendt vist nok i en lille Pakke for jeg vil ikke sende Penge til Dig før jeg ogsaa kan sende til Frøken Bendal, - Faster Sophie var heroppe forleden Dag og da talte vi om at Du skulde ud til Vilhelm i Fastelavnsdagene, Otto er det jo lovet at han engang maatte komme ud at besøge Vilhelm Klinkbys har jo gjentagende bedt ham, men det kommer han ikke; sagde Faster for han har ingen Penge; Faer lovede saa at betale hans Rejse derud og vil saa sende Dig Pengene, om du nu kan faa Bud til ham eller skrive ud til ham naar han skal møde Dig. Kan du nu ikke rede Dig med Udgifter inden disse kommer Dig i hænde Søndag kan du saa ikke laane hos Mollerup til den lille Rejse især da han skal med for jeg vilde saa inderlig gjerne tænke mig Eder samlede paa Søndag paa din Daabsdag Lykke og Velsignelse min Skat og vor Herre være Dig og Ville jeg havde saa sikkert haabet paa at være samlet med Eder paa den Dag men det kunde nu ikke ske i Tanker er jeg hos Eder og lægger mine bedste Ønsker i al Hjærtelighed frem for Eder naar jeg imorgen Søndag er i Kirke jeg er dog saa glad at du ikke før har været derude for nu er det saadan midtvejs inden Paaskeferien ja jeg skriver jo til ham imorgen saa hører du 
 Vi ere alle raske imorgen er det Faster Thrines Fødselsdag da skal Farmor paa Feden det vil da glæde dig at høre at Mejer har godt Arbejde i vente i Sommers først skal han bygge et Hus ude ved Saltværket til Hansen han har solgt sin Gaard; saa er der den nye Skole, Møller Hansen og Thrine har givet Jord og vil bygge Huset og saa leje det ud for en billig Leje saa har han faaet Stor Kirkens og Skolearbejdet og Delcomyns nu Eriksen flytter er det jo Mejer der er den bedste Murer
 Fader og Marie var i Odense forleden Dag. Alfred og Margrete kommer til Kjøbenhavn først i April han har 4 Dage Permission nu i Marts skal Fader med Kruse til Sverrig vi kan sælge en stor masse Træ til ham for flere 1000 der er ogsaa en anden Mand der vil kjøbe og det er godt baade at vi kan sælge og Træet stiger for det behøves nu ere vi nødt til hver Termin at betale i Diskontokassen, men jeg er saa glad ved den faste bestemte Fordring saa ere vore Skyldnere lettere at presse
 Jeg haaber Du skriver straks for at jeg kan faa Brev her paa Søndag jeg har længtes saa meget efter Tak for Pakken, men saa er jeg senere kommen i Tanke om at jeg lovede dig et længere Brev Her i Bugten er meget Is saa bliver det ved at fryse som nu saa er der snart lukket
 Lev nu vel og fortæl mig endelig hvordan det gaaer paa Skolen om du arbejder med Mod og Kraft paa at komme frem Held og Lykke min egen kjære Johannes Hils Alle Din trofaste Moder</t>
+  </si>
+  <si>
+    <t>1891-03-13</t>
+  </si>
+  <si>
+    <t>Johanne Christine Larsen</t>
+  </si>
+  <si>
+    <t>Laura Warberg</t>
+  </si>
+  <si>
+    <t>Hamburg
+2</t>
+  </si>
+  <si>
+    <t>Ludwig Beethoven
+Frédéric Chopin
+Frantisch Dusek
+Henrik Havemann
+Rebecca Havemann
+Pauline Hirschsprung
+Felix Mendelssohn
+Wolfgang Mozart
+Adelheyde Syberg
+Hempel Syberg
+Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>Ellen Sawyer, f. Warberg, var en kort tid i huset hos Havemanns i Hamburg. Hun blev sendt hjem, da ægteparret ikke fandt hende dygtig nok til husarbejdet. 
+Munter var en hund. 
+Spleis, Jakobsens og deres unge pige, Lønner, Grohmann og Gretchen kendes ikke.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1581</t>
+  </si>
+  <si>
+    <t>Ellen Sawyer fik 12 tykke breve til sin fødselsdag. De mødte om aftenen Leth, og han spillede fløjte sammen med Ellen på klaver. Ellen er glad for sin klaverlærer, men han giver mange lektier.
+Laura Warberg har skrevet til Ellen, at hun skal finde noget arbejde, når hun kommer hjem. Ellen vil helst have tegneundervisning, men hun ved godt, at forældrene ikke har råd til at have flere døtre boende i København. 
+Ellen m.fl. har været på en lang gåtur i sneen langs Alster. En dag var de forbi Zoo og igennem Botanisk Have. Ellen vil gerne tegne på disse lokaliteter. En anden dag kom Ellen forbi Sct. Petri Kirke, hvor der var bryllup og dejlig musik. Aftenen før var Ellen til Wasserpantomime i Cirkus Busch. 
+Om aftenen er der tit gæster hos Havemanns, og de vil gerne have, at Ellen spiller for dem. Hun bryder sig ikke om det, fordi de snakker imens og hæver stemmerne, når hun spiller forte. 
+Det går ikke godt med madlavningen. For eksempel kan Ellen ikke finde ud af at lave melboller. 
+Ellen har strikket en uldtrøje og syet en buffetdug til Fru Havemann. 
+Den unge pige i huset, Gretchen, er ikke meget værd.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/J0MC</t>
+  </si>
+  <si>
+    <t>Eppendorferweg 15 II
+Mandag 13de Marts -91
+Kære Mor! 
+Nu burde jeg jo have en hel Masse at skrive til dig om, men jeg ved egentlig ikke, hvad det skal være vi ere nemlig meget stilfærdige i denne Tid, Kaptajnen er væk, - vi ”bomler” ikke saa meget, men Tiden er alligevel fuldt optaget, vi kan knap faa den til at slaa til. – 
+Tak for dit Brev til min Fødselsdag, og vil du takke Fader mange Gange for hans Brev – opførte Munter saa en "lille Formiddagstudekoncert?" – Jeg fik 12 lange tykke Breve til min Fødselsdag, bl.a. et langt et fra Spleis, med indlagt Portræt, glimrende, af ham selv. – Vil du takke Tante Minni mange Gange for hendes Brev. – 
+Jeg blev hædret med fin Middagsmad og god Rødvin. – Om Aftenen havde vi tænkt at gaa i Kirke, men da vi gik ned af Trappen, mødte vi Leth, sammen med med sin Fløjte, saa vendte vi om og, og spillede sammen i samfulde 2½ Time, det gik rigtig pænt, og naar vi har øvet os lidt, vil det blive storartet, tror jeg – d.v.s. der er ”Skidt i Fløjten”, den spiller falsk men han skal med det første have en ny. – Jeg er mere og mere tilfreds med min Spillelærer, han kommer i Morgen og vil da bringe med en Vals af Chopin og Frühling Lied af Mendelsohn – om 6 Uger skal jeg spille Maaneskinssonaten af Bethoven – har han sagt. – Han er vist meget dygtig, men han giver mig en Masse for – til i Morgen har jeg f. Eks. 11 Scalaer, Etuder, et Utal af Øvelser, en Sonate af Bethoven en af Mozart, en af Dusek, saa du kan tænke jeg har travlt i de 2 Timer, jeg øver mig om Dagen. – Jeg er uhyre tilfreds med de 12 Timer, og tænkte nok det maatte være en Misforstaaelse med 24 – det er jo allerede en farlig Masse Penge til det. Du skriver, at naar jeg kommer hjem, skal jeg vel til at tage fat paa noget at arbejde med af en eller anden Slags. Ja det er du Ret i, og jeg skal nok hænge dygtig i, saafremt det bliver noget. Jeg kan og har Ævne til, jeg vil naturligvis helst til Tegningen, naar jeg kan blive anbragt ved det, men det er naturligvis ikke let at finde paa, paa Landet har man jo ikke Brug for den Slags, og I har ikke Lyst til at holde en Datter til i Kbnhavn, Døtre ere dyre – især naar de blive sat i en By – men som sagt, om I kan finde mig en Beskæftigelse hvor man tjener Penge, saa skal jeg nok tage godt fat og slide godt i det, bruge mine Kræfter og gøre jer Ære. – 
+Vi ere netop komne trætte og udasede hjem fra en lang, lang Tur, vi har været rundt inde i Byen, forbi Børsen netop som de kom ud derfra, sikken en Mylder, så har vi været henne Hotel d’Europe, hvor vi vare til Bal, gaaet langs med Alsteren, du kan tro der er smukt. Her har vi haft Vinter de sidste Dage, Alsteren var tillagt og der ligger c 1 Fod Sne i Dag er det Tø og et gruligt Søle. – Det er næsten hver Dag vi gaar saa lange Ture, en Dag gik vi ud paa Lykke og fromme og kom saa forbi Zoologisk Have og ud gennem Botanisk Have, hvor der er ganske henrivende smukt og jeg fandt mig nogle nydelige Motiver. Her bliver mange Steder omkring i Anlægene, hvor jeg kan tegne. I de sidste Dage har jeg malet fra Vinduerne. Der er en Have ud for Køkkenvinduerne med nogle store Bygninger bag ved. – 
+En anden Dag begav vi os ud og skulde gaa en rigtig lang Tur, men vi forvildede os i et stort Anlæg og fandt pludselig os selv i Frucht Allé ved Sct Petrikirke, som er 5 Min. Gang herfra. – Saa opdagede vi at Kirkedøren stod aaben og der stod nogle Drenge. Vi tænkte, der maatte være noget løs og gik derind. Der var et stort Bryllup, som vi overværede i al Højtidelighed, Talen forstod vi ikke, men der var saadan en dejlig Musik og 2 stemmig Sang, det var det bedste af det. – I Aftes vare vi i Cirkus Busch og morede os aldeles storartet, Leth kom og tog os med – det var brilliant – Wasserpantomine, det samme som Tante Minni og Onkel Syberg saa i Kbh i Sommer, kun var det vist mere storartet her. Du kan tænke dig, der blev sluppen Ænder Svaner og Sælhunde ud i Vandet, Ludvig d. 14 sejlede omkring i en lille Baad og spillede paa Luth, hvert Øjeblik plaskede der Herrer, Damer og Heste omkring – det var Gru at se. – Vi har haft et lille "Party" her en Aften. – Vi havde bedt den unge Pige henne hos Jakobsens, samt en svensk Kaptajn Lønner, som vi ogsaa har set derhenne, - Fru Jakobsen kom uventet med og Hr Jakobsen kom og [”kom og” indsat over linien] hentede hende Klk c 8. Vi havde det meget gemytligt, drak allesammen hver en Snaps til Aftensmaden, og Cognactoddy om Aftenen. Jeg blev den Aften som altid meget indtrængende bedt om at spille men jeg holder slet ikke af det, for Sludderen gaar aldrig saa lystig som naar jeg spiller forte, saa bliver der bare talt lidt højere, og jeg ved ikke noget mere irriterende. – Paa Torsdag Aften er vi bedt hen til Grohmanns, Fru Grohmann var var her en lille Visit i Gaar Form. og inviterede os. - -
+Madlavningen gaar det kun saa som saa med – vi har lavet Melboller, dog ikke efter den nye Kartoffelmelopskrift, men efter Kogebogen og som vi gør det hjemme, men de vil ikke lykkes, og vi ere nu saa kede af dem, saa vi kun kan se dem. En Gang bleve de saa haarde som Sten, en anden Gang syntes vi da at de vare brillant, men da Kaptajnen smagte dem erklærede, han at de vare slet ikke kogte, vi kom i saadan en Latter over vores spildte Møje, at Kaptajnen var lige ved at blive gal. – Æbleskiver og Pandekager faae vi tit, jeg laver dem altid, og har næsten naaet Virtuonstitel i det Stykke. – 
+Jeg strikkede i Gaar min Uldtrøje færdig og skal nu til mit Tørklæde, jeg var i Dag inde i en Garnbutik, men kunde ikke faa Garn der, jeg haaber jeg kan faa det et andet Sted. – Bufetdugen som jeg syede for Fru Havemann blev rigtig pæn, jeg har ogsaa broderet 2 Navne for hende - (af mig selv) - Fru H. har nemlig stor Respect for hvem der kan sy pænt, og saa vilde jeg selvfølgelig se at indlægge mig lidt Ære der. - Vor Pige Gretchen har vi ingen Glæde af, hun gaar ud hver Fredag og hver 3dj Søndag men er endnu ikke kommen hjem til rigtig Tid, saa kan [resten af brevet mangler] 
+[Skrevet på tværs øverst s1:]
+Husk endelig at skrive om Tante P.</t>
   </si>
   <si>
     <t>1891-12-02</t>
   </si>
   <si>
     <t>Christine  Mackie</t>
   </si>
   <si>
     <t>Alhed Larsen</t>
   </si>
   <si>
     <t>Elisabeth Bondesen
 Edvard Grieg
 Henrik Havemann
 Rebecca Havemann
 Malin   Holmström-Ingers
 Leonard Holst
 Johanne Christine Larsen
 Ellen  Sawyer
 Albrecht  Warberg
 Laura Warberg</t>
   </si>
   <si>
     <t>Christine, f. Warberg, var gravid med sin kæreste, Leonard Holst. 
 Det vides ikke, hvem Md. Petersen, Doktorens og Olga Wendelboe var. 
@@ -267,54 +327,113 @@
   </si>
   <si>
     <t>Både Christine og Laura Warberg har været syge af influenza. De når ikke at lave julegaverne færdige. 
 Christine taber ikke modet og har ikke smerter, men det er meget generende, at hendes tøj strammer, og hun kan ikke løsne det. Hun bliver derfor irritabel. Christine gruer for, når Ellen rejser til Hamburg, og hun selv skal rejse væk. Hendes mor må føle sig svigtet, for hun har bedt Christine blive hjemme og hjælpe, da hun ellers er alene om arbejdet. 
 Alhed Larsen burde måske male en dug til moderen.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/azqM</t>
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:]
 Frøken Alhed Warberg
 Vesterbrogade No 12 o. G.
 København V.
 Torsdag Middag d: 17/12 91
 Kæreste Alhed!
 Lige i dette Øjeblik er jeg kommen op efter at have ligget en halv Snes Dage af Influenza, det Skidt, det er dog en modbydelig Sygdom; Hoste har jeg endnu og den venter jeg da ikke at slippe foreløbig. Mor har været meget skidt, selvfølgelig slog det sig på Hovedet, og hun led ganske forfærdelig i det, vistnok, men nu er det heldigvis begyndt at blive bedre, så hun nok nu er over det værste. Med Julegaverne ser det sort ud, vi bliver såmæn ikke halvt færdige, men skidt med det, når vi bare ingen Patienter skal have i Julen; du holder dig da vel i Skindet?
 Tusend Tak for dit Brev, som var mig til stor Trøst, ligeledes din lille Skrivelse i Dag. Du må for Resten ikke tro, at jeg taber Modet eller blot nærmer mig til det! Jeg er i så udmærket jævnt godt Humør. Smærter har jeg slet ingen af, men nok andre store Ubehageligheder: en meget pirrelig Sindsstemning, det er det værste, som følger med, undertiden f. Ex. når jeg har spist, eller om Morgenen strax, generer mit for stramme Tøj mig ganske forfærdelig, så bliver jeg som rasende over det hele Stads, rigtig afsindig rasende, så jeg gærne kunde ønske Leon. og mig selv ned i hede Helvede, det er grusomt, naturligvis især fordi jeg må skjule det hele. Elles Hamborgrejse bliver mig en stor Vanskelighed, mit Hjærte bløder ved Tanken om at jeg skal og må rejse og lade Mor være ganske alene, hun har bedt mig lade være, det må jo for hende se ud som mærkværdig Hensynsløshed og Utaknemmelighed, da hun jo har udvirket at jeg må spille. Jeg håber, du kan overbevise hende om det modsatte. Du skulde male den Dug til Mor, Skammelbetræk trænger hun ikke til. Et Stykke til under Terrinen ønsker hun sig også, måske det kunde være pænt, malet på Voxdug?
 [Med blyant; på hovedet mellem de to linjer er skrevet:] 19/12-91
 I Julen vil jeg tale med dig om din Plan med at være i Kbh. den sidste Tid, jeg synes det er mere beroligende at være på Fødselsstiftelsen, men Risiko er der jo.
 [Det følgende indsat øverst s. 1:]
 Altså om 5 Dage ses vi! Hvor jeg glæder mig! Gid vi dog må være raske alle sammen. Men sådan en Forskel på i Fjor og nu.
 Vil Du ikke tage ”Digte og Udv” samt Per Gynt med hjem [denne sætning er indrammet af en streg]</t>
   </si>
   <si>
+    <t>1891-12-20</t>
+  </si>
+  <si>
+    <t>Henrik Havemann</t>
+  </si>
+  <si>
+    <t>Hamburg
+2. sal</t>
+  </si>
+  <si>
+    <t>Hr. Bæk kendes ikke.
+Notaterne sidst i brevet stammer fra Alhed Larsens første tid som lærling ved den Kongelige Porcelainsfabrik i København. Hun boede en tid på pensionat ejet af Fru Laudrup, og hun skrev i flere breve hjem om et bal, hvortil hun skulle bruge silkekjole, handsker mm. Tre Hjorte var et hotel, hvor navnlig Albrecht Warberg ofte overnattede, når han var i København.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1379</t>
+  </si>
+  <si>
+    <t>Havemann og hans hustru glæder sig til, at Ellen Sawyer kommer til Hamburg efter jul. De venter med at besøge seværdigheder til da. 
+På Ellens værelse er der en kommode. 
+Havemann havde regnet med at skulle til København, men denne tur er udsat, så Ellen må enten rejse alene til Hamburg eller blive fulgt af sine forældre, som godt kan overnatte hos Havemanns. 
+Sidst i brevet Alhed Larsens regnskabsnotater fra hendes første tid ved Porcelainsfabrikken i København.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/nLLS</t>
+  </si>
+  <si>
+    <t>[Fortrykt:]
+Joh. Havemann
+Schiffs-Inspector
+Eppendorferweg 15 II.
+HAMBURG
+Hamburg, den 189
+[Håndskrevet i sted- og datolinjen:]
+20de Debr. 1
+[Håndskrevet i brevet:]
+Kjære Fru Warberg!
+Tak for Deres venlige Brev, og det glædede os deraf at erfare, at Ellen efter Julen kommer hertil. 
+Min Hustru og jeg venter ogsaa med at bese alle den store Stad Hamburg’s Seværdigheder til hendes Ankomst, saa at vi kunne have godt deraf alle tre.
+Jeg vilde have besvaret Deres Brev tidligere, men har i nogle Dage været i Tønning forat modtage et nyt Staalskib, der var bygget for os der, så De må have mig undskyldt. 
+Til Ellens Disposition staaer en Commode (paa en Skuffe nær) paa hendes Værelse, ligesom der nok vil findes Plads for Kjoler og desl. i vore Skabe, saa hun behøver ikke at tage mere end en Kuffert med. 
+Det passer os at have hende til enhver Tid, men det er dog bedst for hendes Skyld at have alle Juleglæderne med hjemme først, og som De skrev circa 8de Januar vil vel saa passe. 
+Rigtignok vil det vel blive værst med Reisen, som hun vel ikke synes om at gjøre alene; jeg havde ventet i nærmeste Fremtid at faa Forretninger i Kjøbenhavn, men det lader til at blive hen i Foraaret, førend det sker, saa det hjælper ikke. 
+Paa Altona Banegaard kunne vi jo i alle Tilfælde give Møde, og er Reisen i og for sig meget simpel, da der fra Voyens til Grændsen, hvor Tøjet bliver undersøgt, altid er gennemgaaende Vogne til Hamborg, saa at hun let kunde klare sig selv derfra. 
+Rigtignok vilde det jo glæde os meget at see Dem og Deres Mand her, hvis De vilde følge Deres Datter hertil, men det er jo rigtignok ikke den behageligste Aarstid til at foretage lange Reiser i, ligesom Hamburg heller ikke viser sig saameget til sin Fordel om Vinteren.
+Dem kan vi godt huse hos os, men vi ere desværre endnu ikke saaledes indrettet, at vi ogsaa kunde huse min Hr. Bæk, men de Vanskeligheder lar sig nok arrangere. 
+Til Julen beder jeg Dem modtage de bedste Ønsker fra min Hustru og mig og haabende snarligt at høre nærmere fra Dem tegner
+Deres hengivne
+Joh Havemann
+P.S. Speciel venlig Hilsen til vor Ellen.
+[På tværs nederst s. 2 håndskrevet med Alhed Larsens skrift:]
+Fortjeneste - 20 Kr. -
+Ulæseligt gik
+Ballet: Sko 5 Kr 50 Ør - Drosche 13 Kr - Handsker 3 Kr [ulæseligt] 76 Ør - Strømper 50 Blomster 50 Ør Vadsk 50 Ør - Rejse 7 Kr Julegaver 5 Kr [ulæseligt] 26 Kr. Tøj sendt hjem 1 1/2 Kr [ulæseligt] 1 Kr 30 Kr -
+Laudrup Jan: 40 Kr
+Tre Hj Febr 10 -
+Syløn 2 Kjoler 10 -
+-"- Silkkj 5 -
+Rejse med Drager 7 - 
+-------------
+78 -</t>
+  </si>
+  <si>
     <t>1892-1</t>
-  </si>
-[...1 lines deleted...]
-    <t>Laura Warberg</t>
   </si>
   <si>
     <t>Roskilde, Danmark</t>
   </si>
   <si>
     <t>Hans Christian Caspersen
 Ingeborg Caspersen
 Ellen  Sawyer
 - Schade
 Marie Schou
 Thora Th</t>
   </si>
   <si>
     <t>En person har skrevet forslag til datering samt "i Hamburg" på brevet. Da Ellen Sawyer, f. Warberg, begyndte i sin plads i Hamburg ca. 1. jan. 1892, kan brevet ikke være fra 1890.
 Det vides ikke, hvad Thora Th. hed til efternavn</t>
   </si>
   <si>
     <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB2093</t>
   </si>
   <si>
     <t>Da Ellen rejser i dag, synes Alhed Larsen, at deres mor skal have brev. Marie Hansen flytter ind på et værelse bag Alheds, og det glæder Alhed sig til. 
 Alhed har været til fest i Roskilde med kortlotteri og musik. Hun sov der om natten og mødte på fabrikken næste morgen.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/r970</t>
@@ -474,50 +593,101 @@
     <t>Christine ønsker Ellen held og lykke i Hamburg og håber, at hun ikke får hjemve. Selv led Christine af hjemve, da hun arbejdede i Sverige, men det gør hun ikke nu, selvom hun er omgivet af udannede mennesker.
 Fru Rasmussen er hjertensgod. Kun er hun ubarmhjertig overfor manden. Christine tror, det skyldes bitterhed, fordi begge parrets børn er født udenfor ægteskabet. Hr. Rasmussen forsøger at udtrykke sig "fint", og det er latterligt. Han er usoigneret og spytter dagen lang i en blikdåse.
 Ved middagsbordet tabte Fru Rasmussen en kunstig tand, og den gik bordet rundt. Væmmeligt!
 Christine har ikke noget klaver at øve sig på, men hun skal leje et stueorgel.
 Det var behageligt for Christine at blive nævnt i Lindhardts prædiken. Nu skal hun til to koncerter.
 Alhed Larsen skriver ikke. Måske er der problemer i hendes og Haralds forhold? Christine er et dårligt eksempel for Alhed.
 Ellen må ikke forelske sig i kaptajn Havemann.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/Mzaq</t>
   </si>
   <si>
     <t>Søndag d: 31/1 92. Kæreste lille Elle!
 Nu skal jeg i Aften have påbegyndt en længere Skrivelse til dig – jeg håber dog, den skal blive en af de længere; hidtil har jeg jo ikke kundet sende dig andet end Smålapper. Først vil jeg ønske dig på det hæftigste Velkommen i ”den vide Verden” – i Paranthes bemærket, jeg vil håbe, du en lille Smule må have Fornemmelsen af at være ude i ”den vide Verden”, det er en Følelse, som jeg synes må udvikle én og give én en Smule Idé om at stå på egne Ben! – Altså, jeg vil ønske dig af mit ganske Hjærte Velkommen til Hamburg og ønske, at du må få det mest mulige Udbytte af Farten, kunne komme godt ud af det med dine Folk – det tvivler jeg ikke på nogen Måde om, at du vil for hans Vedkommende, hende kender jeg jo ikke meget til – og at du ikke må komme til at længes for galt, det er en grusom Pine, som jeg kender fra Fogdarød – Gud fri os vel, man er en Stakkel, når man lider af Hjemvé. Tænk dig, jeg har endnu ikke længtes, mens jeg har været her, ikke så meget som en Anelse af Hjemvé er kommen op i mig! Er det egentlig ikke underligt? Man skulde tro, at jeg netop under disse Omstændigheder mere end nogen Sinde skulde længes efter jer alle sammen, og netop nu, jeg er mellem Mennesker, jeg ikke – om jeg så må sige – har Tankegang sammen med; mon det er storsnudet at sige det! Dermed mener jeg jo egentlig, at jeg står på et ”højere Dannelsestrin” end de, det gør jeg virkelig også, forsåvidt som der er en Masse Spørgsmål, som jeg gærne gad drøfte med andre, f. Ex. meget af det jeg læse, men som de ikke fatter; jeg holder så umådelig lidt af at være storsnudet, og især hvad ”Dannelse” angår, eftersom jeg er mig bevidst at være så lille, som vel muligt i åndelig Henseende – i Intelligens; men lad mig se, der er jo en Udvej, jeg kan slippe for at holde min Tankegang ”højere” og så holde den ”anderledes”. 
 Du har jo i Grunden ikke rigtig nogen klar Forestilling om, hvordan Menneskene Rasmussens er, du kender dem jo egentlig kun fra Mors Breve, nu skal du få en, så vidt mine Evner rækker, nøjagtig Beskrivelse af dem. Først Fru R; hun er en Kone, hos hvem Hjærtelaget er det – hvad skal jeg sige – mest xx udviklede; hun er så hjærtensgod, som Dagen er lang, hun stod gærne på Hovedet Dagen igennem for sine Medmenneskers Skyld, hvis de kunde have nogen Gavn eller Glæde af det; hun vilde selv – det er jeg vis på – undvære alt muligt af Behageligheder for at gøre det så godt som muligt for mig, hendes Omhu for mig fra den allerførste Aften har været utrolig; hun er kort sagt et sjældent godt og opofrende Menneske. Men der er en, som hun kan tyrannisere ubarmhjærtigt, og det er den sølle Rasmussen, han får mangen besk Mundfuld, kan du tro, og han nedsvælger den med en Engels Blidhed, det skikkelige Skrog han er; og ved du så, hvad den Hundselse stammer fra? Så vidt jeg med mine to menneskelige Øjne kan se fra, at han i deres Forlovelsestid forførte hende; begge Børnene er født udenfor Ægteskab; det har hun lidt så meget ved af begges Familie, at det har sat en Bitterhed i hendes Sind mod ham. Hun har ikke været med, da de opfandt Krudtet, det er sikkert, hendes Argumentation er somme Tider ganske forbavsende – men som sagt, hun har Hjærtet på rette Sted. Hendes Halvdel er det bedste Exemplar af en Nathue, jeg i mine Dage har set. Alene den Skikkelighed, hvormed han tager imod hendes mange Småstik, er sær N [”N” overstreget] nathueagtig; han er for øvrigt Skikkeligheden selv, så skikkelig, at det tit irriterer mig grænseløst; f. Ex. er jeg lige ved at kyle ham Pakker og Muffe i Synet, når jeg kommer hjem fra Byen og ringer på, og jeg så hører ham komme farende på sine Slæber aldeles hæsblæsende, som om der var et Uhyre efter mig, ud af hvis Klør det gjaldt at frelse mig! Men de er jo Synd, derfor gør jeg det heller ikke; han kunde såmæn også gøre meget for andre, men hans Godhed er [et overstreget ord] en Slags pjaltagtig Skikkelighed, som mere stammer fra Fejhed eller Ladhed end fra Hjærtevarme. Han er en grinagtig én at studere, der er en vis spytteagtig (!) Opvarterfinhed ved ham; hans Sprog er kosteligt al Tid højt opskruet og fuldt af fremmede Ord i en så grinagtig Form og Udtale, at jeg tit har ondt ved at lade være at le af ham. Han nedlader sig aldrig til at sige ”hvordan” ”sådan” men ”-ledes;” han er egentlig en ganske pæn Mand, men noget
 3)
 så uappetitligt skal man lede efter (eller helst lade være at lede efter, da to sådanne Exemplarer vilde forårsage kronisk Brækning) hans Skjortebryst ser allerede Mandag Aften ud som et af Gelskovs Viskestykker om Lørdagen, hans Negle henhøre under det unævnelige, og så har han en Egenskab, som sætter Kronen på det hele: han spytter al Tid; fra om Morgenen tidlig kan jeg høre ham mindst hvert 3die Minut: harsch – ptøj! Uha uha, især når jeg drikker min Kaffe er det en hamber én! Hver Gang jeg hører det herinde siger jeg halvhøjt for at lette mit Sind: uh, Spyttegris! Men det hjælper nu ikke, hver Dag spytter han sin lille væmmelige Blikpotte halv fuld. Ved Middagsbordet i Dag gik der en ud af Fru Rs løse Fortænder, den gik rundt og blev efterset og drøftet og tilsidst anbragt på Dugen; jeg sad og vendte en Kødbolle i Munden, den vilde ikke ned! Den Slags Finesser må man her sætte sig ud over, men det falder mig ganske umådelig svært. - . - . 
 Nej, du kan tro, jeg øver mig ikke 2 Timer om Dagen, i den Tid, jeg har været her har jeg vel spillet ½ Time og [”og” overstreget] i alt og sunget en hel (i Træk) jeg skal til hendes Moder for at øve mig, og skønt hun er en meget rar gammel Kone, så går jeg alligevel nødig uden for mit Hi, kan du nok tænke – ja d.v.s. naturligvis går jeg mig en god Tur hver Dag. En af Dagene får jeg et lille bitte Stueorgel som jeg lejer for 3 Kr mdl. det glæder jeg mig umådelig til, så kan jeg da akkompagnere mig til Sang, min Stemme er så mærkværdig kraftig og køn i denne Tid, og jeg har så tit en morderlig Lyst til at synge. - Ja, var det ikke aparte med den Idé at sende Pastor Lindhardt mine 10 Dagbogsider, jeg havde da noget ud af det, det var en mærkelig og behagelig Følelse sådan at blive tiltalt direkte i en Prædiken: "Du, som mener - - " "hvis her er en inde, som synes, at det, der siges fra Prædikestolen, er så "almindeligt" og "tåget" - og så vrængede han lidt på de to Ord! Dem havde jeg netop brugt, "alm." om hans Prædiken vedkommende Søndag og "tåget" om Præsternes Tale
 4) i det hele taget! For Resten talte han så kønt og rart, og jeg blev så glad ved ham, fordi han overhovedet tog Notice af det og ikke i Stedet for blev arrig (der var næmlig slemme Ting i f. Ex. stod der, at han så evig ud til at komme vel meget i Selskaber; tillige at han vist var af det Salt, der var ved at tabe sin Kraft!!) jeg blev så glad ved ham, at jeg samme Aften skrev et Par Ord til Tak; der under skrev jeg: En, som søger. I Dagbogen stod der næmlig Hel ["Hel" overstreget] en hel Del om min Uklarhed i så mange Ting med Hensyn til Religionen, han sagde med Hentydning dertil flere Gange: "men er du virkelig et søgende Menneske." Efter min Tak med den Underskrift talte han også til mig i sin næste Prædiken: "du, som kalder dig et søgende Menneske" o.s.v. Han er en dejlig Mand, jeg er kun bange for, at han er mig altfor dejlig! Han er en af de smukkeste Mænd, jeg har set, å så fuldendt skøn ligefrem! Nå, men koldt Vand i det varme Blod, som har så sørgelig let ved at koge over!! I Formiddags hørte jeg ham i Domkirken, og i Aften var jeg - trods min faste Beslutning om kun at gå én Gange i Kirke - i Frue Kirke og høre Biskop Clausen (Jenny Blichers Svigerfader) Men i Aften er jeg ikke så overanstrængt som sidst, den gamle, sjælden smukke Bisps Prædiken gled for Størstedelen blidt hen over Hovedet på mig, den var nok ellers køn, men jeg var så blidt anlagt i Aften. - Jeg er ene hjemme, men nu er jeg træt af at skrive, jeg skal gøre denne Epistel færdig i Morgen. Godnat, lille søde Elle! - - 
 Mandag d: 1/2. I Aftes, da jeg var kommen i Seng og lå og læste Aviser, så jeg om en Koncert, som skal [et overstreget bogstav] være her på Onsdag, vist en aldeles glimrende Koncert, idet mindst skal Neruda og - Anton Svendsen spille! Jeg må med skønt den bliver dyr, 2 1/2 Kr (!!) I Morgen skal jeg også høre en Koncert, som jeg glæder mig meget til, da jeg kender det meste af det, som skal synges og spilles; den koster kun 35 Øre. Jo, Alhed kommer herop til Katastrofen - rettere efter den, jeg vil da ikke håbe, at vi kan nå at telegrafere og hun at komme, inden det er forbi. Lad dig nu endelig snart fotografere, men tag ikke Billedet, uden når det er rigtig godt. Send det så rigtig snart. Du skaffer dig vel Silkebrevpapir? Det vejer jo så lidt. Skal vi bestemme at skrive hver 14de Dag? Sådan skal du vel skrive hjem. Ja, nu tror jeg 
 [Midt på side 2; på hovedet; vandret er indsat:] x også den er gået af med Alhed og Harald, - hun lovede mig i Dag for 8 Dage siden Brev midt i Ugen, og nu har vi Mandag i næste, så på en eller anden Manér må hun jo være op- [fortsættelse øverst på side 2; på hovedet:] taget; det kan da ikke slå fejl. Jeg vilde gærne have ham ind i Familien, han er en ualmindelig prægtig Fyr. Men det er næsten Synd, at Alhed skal ind i det kedelige Forlovelses- og giftevæsen xx
 [Midt på side 1; på hovedet; vandret er indsat:] xx Nå, men hun ved jo i Reglen, hvad hun gør, jeg tror ikke, hun overiler sig! Jeg har i alle Fald gjort mit, hvad alvorlige Formaninger angår – og nu har hun jo mit Exempel for Øje. Ja, man gør dog måske en Smule Nytte ved sit dårlige Exempel! Det tænker jeg tit på med Glæde. Så, nu Farvel, min Engel! Skriv nu, når du har været der en Uges Tid [teksten fortsætter i venstre margen, side 1; på hovedet:] rigtig nøjagtig om alt, især dine Folk Bliv ikke væk i ham, jeg har været det!! Han er en mageløs rar og prægtig én. Lev så vel til næste Gang! Dette Brev skulde efter Beregningen ligge til dig ved din Ankomst. Din Chr.
 Brug nu dine Øjne og Øren godt(!!)!!!!!!!
 [Indsat over teksten på side 1; på hovedet:] En ærbødig Hilsen til Hr. og Fru H!
 Lad mig vide, hvornår dette Brev kom, så ved jeg, hvor længe de skal være under Vejs.</t>
+  </si>
+  <si>
+    <t>1892-05-10</t>
+  </si>
+  <si>
+    <t>Albrecht  Warberg
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Højrup St.
+Erikshaab</t>
+  </si>
+  <si>
+    <t>Rebecca Havemann
+Ellen  Sawyer</t>
+  </si>
+  <si>
+    <t>Ellen Schroll og Havemanns søster kendes ikke.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1378</t>
+  </si>
+  <si>
+    <t>Havemann-parret har haft uheld med piger i huset. Rebecca Havemann har dårligt helbred. Nu ankommer Ellen Schroll i næste måned. Ellen Sawyer er rar, men hun er for uerfaren til at passe alt på egen hånd. Havemann beder Laura og Albrecht om at sende Ellen hjem i juni måned.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/wqxx</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+An
+Herrn Godsforvalter A.C. Warberg
+Erikshaab
+Højrup St
+Fyn
+Dänemark
+[Fortrykt i brevet:]
+Joh. Havemann
+Schiffs-Inspector
+Eppendorferweg 15 II.
+HAMBURG
+Hamburg, den 189
+[Indsat i sted- og datolinjen med håndskrift:]
+10de Mai 2
+[Håndskrevet i brevet:]
+Kjære Fru Warberg!
+Som De vist har erfaret af min Søster, vil Ellen Schrolll i næste Måned komme hertil forat være i Huset hos os, da vi have havt saameget Uheld med Piger hidtil at jeg, formedelst min Hustrus mindre gode Helbred, tilsidst fandt det nødvendigt at sørge for at faae en erfaren og dygtig ung Pige i Huset, saa at min Hustru for Fremtiden vil kunne skaane sig mere. 
+Deres Ellen er en rigtig rar Pige, men er dog endnu for uerfaren til, at min Hustru kan overlade ret meget for hende at passe paa egen Haand, hvilket jo heller ikke egentlig var Meningen med hendes Komme her, men jeg troede ikke dengang, at det var saa vanskeligt at faae en rigtig, dygtig Tjenestepige her. 
+Da nu imidlertid vor Plads er lidt indskrænket og navnlig i Sommer, hvor vi venter Fremmede fra Bækkelund og England, vil være endnu mere knap, saa vil jeg bede Dem at undskylde, naar vi finder os nødsagede til at bede Dem at tage Deres Ellen hjem engang mellem 15_de_ og 22_de_ Juni, da vi formodentligt sidst i Juni eller først i Juli faar engelske Fremmede.
+Med venligst Hilsen fra min Hustru og migselv til Dem og Deres Mand, tegner 
+Deres heng. Joh Havemann</t>
   </si>
   <si>
     <t>1894-02-08</t>
   </si>
   <si>
     <t>Brevkort</t>
   </si>
   <si>
     <t>Frankfurt am Main</t>
   </si>
   <si>
     <t>Erikshåb Højstrup St</t>
   </si>
   <si>
     <t>Emil Brandstrup
 Ludvig Brandstrup, billedhugger</t>
   </si>
   <si>
     <t>Alhed Larsen rejste med sine morbrødre Emil og Ludvig Brandstrup til Italien i februar 1894. Alhed kom hjem foråret 1895.
 Emil Brandstrup led af tuberkulose og måtte derfor ofte gå tidligt i seng og i det hele taget hvile meget.</t>
   </si>
   <si>
     <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2153</t>
   </si>
   <si>
@@ -567,54 +737,85 @@
 Albrecht  Warberg</t>
   </si>
   <si>
     <t>Det vides ikke, hvor Laura Warberg var rejst hen. 
 Det kan ikke afgøres, hvem Marie var. Warberg-familien kendte mange med dette navn. Hvem Fru Kl. var vides heller ikke.</t>
   </si>
   <si>
     <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2123</t>
   </si>
   <si>
     <t>Thorvald Balslev, Johanne og Alhed har været på en cykeltur til Kerteminde. De gik tur ved Klinten og i skoven og blev der et par dage. Hjemme igen måtte Alhed skynde sig at skifte til sin råsilkekjole og til middag på Gelskov. Hun har også besøgt Sophy, som er helt rask efter to sommerophold på Silkeborg Bad. 
 Laura Warberg må endelig nyde sin ferie og blive længe væk. Hun kan sikkert godt få flere penge til det.
 Alhed venter gæster på Erikshåb og vil derfor slagte kyllinger. De vasker og sylter og har travlt.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/6XoJ</t>
   </si>
   <si>
     <t>Fredag
 Kære Mor!
 Det har i flere Dage været mit Forsæt at skrive til Dig; men først i Dag bliver det til Alvor. - Her har været saa meget hver Dag, at det har været vanskeligt at faa Tid at sætte sig hen og skrive et ordentligt Brev. - Jeg skrev nok sidst i Fredags. - Lørdag cyclede Thorvald og Joh, og Søndag Form fulgte jeg efter til Odense, spiste til Middag hos Sprut, (- det er sandt, her kan Christine supplere og meddele om Johannes Cycle x ["X" indsat over linjen], der fremdeles gør Knuder, det bliver nok en større Reparation, hun var i Gaar i Højrup at tale i Telefon med Edv. Nielsen.) - Vi havde det yndigt i Kerteminde var den ene Aften en henrivende smuk Tur paa Klinten; paa Hjemvejen gik vi om ad Kruses (ind gennem Skovene), vi stod lidt stille og saa paa Huset, der ligger meget hyggeligt i den Kastanieallé. - Elllers forslog vi Tiden med at bade, spise Stikkelsbær og drive om. Tirsdag Middag cyclede vi derfra, Joh. blev i Odense og jeg kom herhjem 1 Kvarter i 4, styrtede i min Raasilke og om til Gelskov til Middag. Der var Pastor Brandts fra Taulov og Kløvborgs med nogle gamle Thomsens gl. Fru Kl. og en ung Pige, samt Amstrups med lille Nete og gl. Knipschildts. - - Dagen efter var jeg inviteret om at underholde Tante Sophy, men Marie skulde til Høet, saa det blev først om Eftermiddagen. Fader blev hentet derom, Grosserer Vett (Freir) var der, en sær lille Spleis. Tante Sophy og jeg var en tur i Skoven, hun var saa sød at tale med. Hun er bleven helt rask nu, to Sommerophold paa Silkeborg har kureret hende; hun sagde, at det havde jo kostet mange Penge, men at hun mente, det ["t" i slutningen af ordet overstreget] var godt givet ud og at ["at" indsat over linjen] det var den bedste Kur for nervøse Mennesker at rive sig ud af de daglige Folder og rejse bort en Tid. - Du kan tro, vi glæde os ved Tanken om, at Du gaar og driver deroppe, gid Du nu vil blive der rigtig længe, jeg er sikker paa, Du kan godt faa nogle flere Penge, vi har jo ikke hørt ét Ord om Penge i denne Termin, det er ganske enestaaende. Johanne og jeg har ogsaa talt om at sende Dig de 20 Kr. vi har liggende i Æggepenge. Jeg synes, det er saa umaa[de]lig vigtig at Du bliver længe borte, naar Du nu endelig en Gang er kommen ud at rejse. - Thorvald og Johanne ere her i disse Dage; de maa desværre opgive deres Hamborgrejse, da Familien skriver, at der ingen er hjemme. Meget kedeligt. - I Dag Forlovelseskort fra Trisse med en Leutnant Møller. Samt Brevkort fra Tante, at Max Poul og en Kammerat ville besøge os fra Mandag Aften til Onsdag Morgen, saa tage vi de 4 store Kyllinger paa Tirsdag med Ærtesuppe foran. - Vi skulle brygge Mandag og vads ["og vads" overstreget] begynde at vadske Tirsdag, Høsten begynder allerede sidst i Ugen, saa jeg mente, det var bedst at vadske mens vi kunne faa Koner, vi mangle ogsaa Fintøj, saa kunne vi jo altid senere tage en Klatvask med Resten alene til Dit og C's. Tøj. Jeg haaber dette er rigtigt. -
 Alt gaar rigtig godt. Jeg skal nok passe Syltningen, men det er knap modent endnu. 
 [Resten af brevet mangler]</t>
   </si>
   <si>
+    <t>1896-08-24</t>
+  </si>
+  <si>
+    <t>Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>Ellen Hirschsprung
+Ellen  Sawyer
+Carl Ludvig Studsgaard</t>
+  </si>
+  <si>
+    <t>Klokken var et instrument, som Albrecht Warberg for sin astma blev behandlet med på en klinik i København. 
+Ellen Hirschsprung blev ofte i Warberg-familien kaldt Madame. Det er uvist, om det er hende, der er omtalt i brevet. 
+Kommandør Jacobsen, hans kone og datter, Hr. Møller og dennes onkel, Etatsråden, Pel og Niels kendes ikke. Leth kan være flere forskellige personer.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1390</t>
+  </si>
+  <si>
+    <t>Albrecht Warberg har gavn af behandlingerne i klokken, og han både sover og går godt. Han og Ellen Sawyer har været i Tivoli. 
+Albrecht har været til frokost i Skodsborg og til middag i Taarbæk. Der var mange fornemme gæster, og nogle af dem var storsnudede. Han er inviteret til at komme næste søndag igen og ellers så tit, som han vil.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/2YKW</t>
+  </si>
+  <si>
+    <t>København d. 24 Aug 1896
+Kæreste Smaa!
+Mine Oplevelser siden jeg skrev sidst ere hverken mange eller store. Klokken virker jævnt godt, jeg kan sove uden Besvær og gaar af og til rigtig godt, til andre Tider med lidt Besvær. Alt i alt har jeg det dog væsentlig bedre end da jeg rejste hjemme fra. I Ugens Løb har jeg en Gang været ude hos G[ulæseligt], men Frk [ulæseligt] og Lars B[ulæseligt] med at komme hjem; en Gang ud at spadsere med Elle, hvor vi endte i Tivoli og hørte en italiensk Skrighals (Hankøn). I Gaar – Søndag – tog Pel og jeg med Dampskib til Skodsborg, hjemsøgte Madame til en bedre Frokost og blev der saa et Par Timers Tid derefter, gik saa med Leth; som havde indfundet sig, til Taarbæk, hvor vi efter Indbydelse skulde spise til Middag. Der var fine Mennesker: Prof Studsgaard, Commandør Jacobsen med Frue og Datter hvilken sidste vist var noget storsnudede, Hr Møller samt Onkelen fra Hamburg, der ligger paa Hospital [ulæseligt] under Prof. Studsgaard. Det er nok Benedder i Kæbebenet, han lider af, og der kan nok intet gøre derved. Der var som sædvanlig rart derude, jeg havde Frk Agnes til Bords og [ulæseligt] paa den anden Side, men det var dog morsommere forrige Søndag, da der ikke var saa fine Fremmede. – [Ulæseligt] har jeg næsten ikke set siden jeg skrev sidst og kan altsaa ikke sige andet om ham. Etatsraaden besøgte jeg, jeg tror, i Torsdags og fandt ham vel som sædvanlig. Vi gik Haven rundt sammen. Jeg er inviteret til [ulæseligt] til Middag næste Søndag og ellers saa efter jeg har Lyst. De ere overordentlig venlige begge Familier, og Doktorens (o: Professorens). [ulæseligt], som jeg saa igaar er om muligt endnu jævnere end den øvrige Familie. – Niels var ogsaa paa Villa [ulæseligt] igaar, men kom først efter Middag; han befandt sig vel og har det i det Hele synes jeg godt: han skal d 1 September bo her i Pensionatet, og jeg vil altsaa gaa en at gaa Tur med, naar Pel ikke kan. Stakkels Pel havde Hovedpine igaar Morges og mente ikke, at hun kunde tage med paa Turen, men saa bestemte hun sig om, og forvandt Hovedpinen i Dagens Løb.
+Nu ikke mere for denne Gang, da Niels sidder og venter paa at følge mig til Butikken.
+Venligst Hilsen til Alle!
+Din A.</t>
+  </si>
+  <si>
     <t>1899-2</t>
-  </si>
-[...1 lines deleted...]
-    <t>Johanne Christine Larsen</t>
   </si>
   <si>
     <t>- Bach, Frøken
 Wilhelmine Berg
 Berta Brandstrup
 Frederik Brandstrup
 Louise Brønsted
 Maren -, Erikshaab
 Ossip Gabrilowitsch
 Fru Emma Hirschsprung
 Peder Kaarsberg
 Alhed Larsen
 Carl Neiiendam
 Gandenz Neiiendam
 Ellen  Sawyer
 Domenico Scarlatti
 Robert Schumann</t>
   </si>
   <si>
     <t>Johanne C. Larsen var i februar 1899 ansat ved Hotel Phønix, København. 
 Fru Hirschsprung er formodentlig Emma Hirschsprung og ikke Pauline Hirschsprung. 
 Forfødde eller forfode: At strikke ny fod på strømpeskafter i de tilfælde, hvor foden var slidt, men man ønskede at bevare skaftet.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0423</t>
@@ -623,53 +824,50 @@
     <t>Johanne undskylder ordstilling m.v., men hun sidder i en skrækkelig larm fra børn og papegøje.
 Fru Hirschsprung har været syg. Johanne har været til koncert.
 Wilhelmine Berg/Tante Mis skal måske opereres. 
 Johanne har købt strikkegarn - også til sin mor - og hun beder moderen sende penge. Johanne har ikke råd til at tage franskundervisning. 
 Alhed kommer nok på besøg.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/s0cD</t>
   </si>
   <si>
     <t>[1892 oktober til foråret 1893 Junge til Laura Warberg s1-s4 BB0423]
 Kære Mor
 Jeg har det stadig godt. 
 Det er næsten en Skam, at jeg har ladet saa lang Tid gaa hen uden at svare paa Dit lange Brev da Du jo bad om Onkel Frederiks Adr. Lugge havde faaet Dit Brev og derved gik det mig af Tanken; i Gaar var jeg oppe hos Tante Mis for at faa den og da jeg kom hjem opdagede jeg, at jeg havde glemt det. Nu i Aften skal jeg gå derom ad, når jeg gaar paa Posthuset med dette og skrive den paa. Hvis Ordstilling og sligt bliver meningsløst, maa du undskylde; du maa nemlig vide, at her er den vildeste Alarm: Gandenz øver sig paa ”Aa, Mathis” og råber hvert Øjeblik til mig om han nu ikke maa holde op. 
 Pappegøjen skriger op i de mest skrigende Toner som dens Strube kan præstere, og det vil ikke sige lidt; inde ved siden af prøver de Kjoler og debatterer; Carla skriver dansk Stil og vil læse den for mig – det summer ordentlig om Ørerne paa mig.
 Det var dejligt, det gik saa let med Elles Afrejse – jeg har nemlig læst Dit Brev til Fru Hirschsprung nede fra Hamburg, jeg synes det tegnede rigtig godt det hele. Fru H. har ligget i Sengen i disse Dage af Forkølelse, jeg er meget derinde hos dem, de er voldsom søde imod mig. 
 Jeg har været til Ossip Gabrilowitsch Koncert, det var i Tirsdags da hele Familien her var til Bryllup; her blev en mageløs Fest, da de alle kørte deres Vej efter vældigt Bulder for at komme i Stadsen; jeg gik mig en dejlig Tur ud paa Molen i det klareste Maaneskin og derefter til Koncert, han spillede hele Carneval af Schumann, en lille Pastorale af Scarlatti som jeg spiller, ligeledes ”Chason triste” ogsaa af mit Repertoire – jeg var vigtig. 
 Ved I dog, at det er skidt med Tante Mis igen; hun skal maaske opereres af Kaarsberg: det er ikke Blindtarmen, men andet Underlivsvæsen, det er gaaet med. Hun har været dybt nede de sidste Gange, jeg har været der. Skulde Du ikke skrive lidt til hende, de gjorde jo saa meget for Elle? - - 
 Jeg maa nu til lidt Forretninger; jeg har været saa fræk at købe et Pund [tegn for pund] Uldgarn til dig. Fru Neiiend. havde købt til 2 Kr. 25 Ør. for Pundet. Jeg tog et Pund til mig selv. og et til dig; det er jo uhørt billigt; det er ikke meget fint men godt at forfødde med. Jeg skal sende dig det snart, for du vil da have det? I saa Fald vilde jeg grumme gærne have sendt dem, altså 2,25 samt 4 Kr. for Elles Chokolade; den kostede 5,60, men 1,60 havde jeg til Rest fra Telegrammet, og saa hvis Du har solgt nogle Æg, skylder Æggekassen mig jo 7 Kr men derfra maa du altsaa trække Regningen paa mine brune Sko, vist 4 Kr. 50. mon det ikke cirka 8,75 tror du. Jeg har haft store Udgifter, f. Ex Normalbenk., min Gigt i Benet blev så slemt at jeg tit næppe kunde gaa; lidt har det hjulpet, men ikke meget. Hvis du ikke har gjort noget ved det blomstrede lyse Tøj behøves det ikke. At Be har faaet det røde Korset fra Tante Mis er vel snart kommen til Jeres Kundskab. Jeg kunde ikke læse Fransk hos Nonnerne; det kostede 10 kr om Mdn. og naar jeg giver 6 Kr for Musik 2 for Matematik vilde jeg jo ikke faa stort til overs til mit Tøj, Maaske jeg tager nogle tyske Timer hos Frk. Bach, min gamle tyske Lærerinde
 [Skrevet øverst på s 1:]
 Alhed kommer da op til mig en Formiddags Tid, naar hun nu kommer herind. Jeg traf Berta paa Gaden i Dag, hun mente, Be kom en af Dagene. I maa ikke sende Pengene hertil, det holder jeg ikke af – send dem til Lugge; Hvis jeg glemmer noget, kan jeg ikke gøre noget ved det, jeg kan ikke samle mine Tanker mere. – Du skrev at gamle Maren blev begravet i Tirsdags, jeg slutter deraf at hun er død! var det stille og roligt, fortæl mig lidt om det. Hører jeg snart fra Jer.
 Hils alle fra Junge.</t>
   </si>
   <si>
     <t>1899-08-30</t>
-  </si>
-[...1 lines deleted...]
-    <t>Albrecht  Warberg</t>
   </si>
   <si>
     <t>Gothersgade 129 København K</t>
   </si>
   <si>
     <t>Louise Amstrup
 Berta Brandstrup
 Ludvig Brandstrup, billedhugger
 Thora  Branner
 Niels Elgaard Amstrup
 - Kraus
 Christine  Mackie
 Otto Emil  Paludan
 Ellen  Sawyer
 Harris Sawyer
 Hempel Syberg
 Astrid Warberg-Goldschmidt</t>
   </si>
   <si>
     <t>Hempel Syberg, Astrid Warberg og Thora Syberg, f. Warberg, tog 30. juli 1899 afsted på et kurophold i Carlsbad. 
 Laura Warberg rejste i august 1899 til gården Båxhult i Småland for at være sammen med Alhed og Johannes Larsen, deres lille søn samt Ludvig og Berta Brandstrup.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0336</t>
   </si>
@@ -2102,59 +2300,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/8lV5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ty3V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AtS0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/azqM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/r970" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6WTi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VVAE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Mzaq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qCha" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6XoJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/s0cD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NB7D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LobZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uBiw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F0dG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lBdg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bp77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NDZ9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TZ4h" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qVOG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QkiQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/etA3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/w14X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/melw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IXx0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qA3U" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9RQc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/own9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HRQf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dn3Q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/McLn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/pPWDOE0k" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/9ihwEhgN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/bXDrYYcs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/iBEm4CRR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jUix" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hAY5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9zHx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PxiH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/55oU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y5jP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Yjtd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/8lV5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ty3V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J0MC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AtS0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/azqM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nLLS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/r970" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6WTi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VVAE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Mzaq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wqxx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qCha" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6XoJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2YKW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/s0cD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NB7D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LobZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uBiw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F0dG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lBdg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bp77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NDZ9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TZ4h" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qVOG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QkiQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/etA3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/w14X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/melw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IXx0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qA3U" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9RQc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/own9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HRQf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dn3Q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/McLn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/pPWDOE0k" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/9ihwEhgN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/bXDrYYcs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/iBEm4CRR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jUix" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hAY5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9zHx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PxiH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/55oU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y5jP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Yjtd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M43"/>
+  <dimension ref="A1:M47"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -2268,1882 +2466,2066 @@
         <v>22</v>
       </c>
       <c r="K3" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L3" s="6" t="s">
         <v>31</v>
       </c>
       <c r="M3" s="5" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="5" t="s">
         <v>33</v>
       </c>
       <c r="B4" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C4" s="5" t="s">
         <v>34</v>
       </c>
       <c r="D4" s="5" t="s">
         <v>35</v>
       </c>
-      <c r="E4" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="E4" s="5" t="s">
+        <v>36</v>
       </c>
       <c r="F4" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G4" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H4" s="5" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="I4" s="5" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="J4" s="5" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="K4" s="5" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="L4" s="6" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="M4" s="5" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="5" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B5" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C5" s="5" t="s">
-        <v>34</v>
+        <v>44</v>
       </c>
       <c r="D5" s="5" t="s">
-        <v>35</v>
+        <v>45</v>
       </c>
       <c r="E5" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F5" s="5" t="s">
-        <v>43</v>
+      <c r="F5" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G5" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H5" s="5" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="I5" s="5" t="s">
-        <v>45</v>
+        <v>47</v>
       </c>
       <c r="J5" s="5" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="K5" s="5" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="L5" s="6" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="M5" s="5" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="5" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="B6" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C6" s="5" t="s">
-        <v>35</v>
+        <v>44</v>
       </c>
       <c r="D6" s="5" t="s">
-        <v>51</v>
+        <v>45</v>
       </c>
       <c r="E6" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F6" s="5" t="inlineStr">
-[...5 lines deleted...]
-        <v>52</v>
+      <c r="F6" s="5" t="s">
+        <v>53</v>
+      </c>
+      <c r="G6" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H6" s="5" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="I6" s="5" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="J6" s="5" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="K6" s="5" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="L6" s="6" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="M6" s="5" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="5" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="B7" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C7" s="5" t="s">
+        <v>61</v>
+      </c>
+      <c r="D7" s="5" t="s">
         <v>35</v>
       </c>
-      <c r="D7" s="5" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="E7" s="5" t="s">
+        <v>62</v>
       </c>
       <c r="F7" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G7" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H7" s="5" t="s">
-        <v>60</v>
+      <c r="H7" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I7" s="5" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="J7" s="5" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="K7" s="5" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="L7" s="6" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="M7" s="5" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="5" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="B8" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C8" s="5" t="s">
-        <v>51</v>
+        <v>45</v>
       </c>
       <c r="D8" s="5" t="s">
-        <v>34</v>
-[...10 lines deleted...]
-        </is>
+        <v>35</v>
+      </c>
+      <c r="E8" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F8" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G8" s="5" t="s">
+        <v>69</v>
       </c>
       <c r="H8" s="5" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="I8" s="5" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="J8" s="5" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="K8" s="5" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="L8" s="6" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="M8" s="5" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="5" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="B9" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C9" s="5" t="s">
-        <v>34</v>
+        <v>45</v>
       </c>
       <c r="D9" s="5" t="s">
-        <v>76</v>
+        <v>35</v>
       </c>
       <c r="E9" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F9" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G9" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H9" s="5" t="s">
         <v>77</v>
       </c>
       <c r="I9" s="5" t="s">
         <v>78</v>
       </c>
       <c r="J9" s="5" t="s">
         <v>79</v>
       </c>
       <c r="K9" s="5" t="s">
         <v>80</v>
       </c>
       <c r="L9" s="6" t="s">
         <v>81</v>
       </c>
       <c r="M9" s="5" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="5" t="s">
         <v>83</v>
       </c>
       <c r="B10" s="5" t="s">
-        <v>84</v>
+        <v>14</v>
       </c>
       <c r="C10" s="5" t="s">
         <v>35</v>
       </c>
       <c r="D10" s="5" t="s">
-        <v>51</v>
+        <v>44</v>
       </c>
       <c r="E10" s="5" t="s">
+        <v>84</v>
+      </c>
+      <c r="F10" s="5" t="s">
         <v>85</v>
       </c>
-      <c r="F10" s="5" t="s">
+      <c r="G10" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H10" s="5" t="s">
         <v>86</v>
       </c>
-      <c r="G10" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H10" s="5" t="s">
+      <c r="I10" s="5" t="s">
         <v>87</v>
       </c>
-      <c r="I10" s="5" t="s">
+      <c r="J10" s="5" t="s">
         <v>88</v>
       </c>
-      <c r="J10" s="5" t="s">
+      <c r="K10" s="5" t="s">
         <v>89</v>
       </c>
-      <c r="K10" s="5" t="s">
+      <c r="L10" s="6" t="s">
         <v>90</v>
       </c>
-      <c r="L10" s="6" t="s">
+      <c r="M10" s="5" t="s">
         <v>91</v>
-      </c>
-[...1 lines deleted...]
-        <v>92</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="5" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="B11" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C11" s="5" t="s">
-        <v>35</v>
+        <v>44</v>
       </c>
       <c r="D11" s="5" t="s">
-        <v>51</v>
+        <v>93</v>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F11" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G11" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H11" s="5" t="s">
         <v>94</v>
       </c>
       <c r="I11" s="5" t="s">
         <v>95</v>
       </c>
       <c r="J11" s="5" t="s">
         <v>96</v>
       </c>
       <c r="K11" s="5" t="s">
         <v>97</v>
       </c>
       <c r="L11" s="6" t="s">
         <v>98</v>
       </c>
       <c r="M11" s="5" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="5" t="s">
         <v>100</v>
       </c>
       <c r="B12" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C12" s="5" t="s">
+        <v>61</v>
+      </c>
+      <c r="D12" s="5" t="s">
         <v>101</v>
       </c>
-      <c r="D12" s="5" t="s">
-[...10 lines deleted...]
-        </is>
+      <c r="E12" s="5" t="s">
+        <v>62</v>
+      </c>
+      <c r="F12" s="5" t="s">
+        <v>102</v>
       </c>
       <c r="G12" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H12" s="5" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="I12" s="5" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="J12" s="5" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="K12" s="5" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="L12" s="6" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="M12" s="5" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="5" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="B13" s="5" t="s">
-        <v>14</v>
+        <v>110</v>
       </c>
       <c r="C13" s="5" t="s">
-        <v>51</v>
+        <v>45</v>
       </c>
       <c r="D13" s="5" t="s">
-        <v>109</v>
-[...4 lines deleted...]
-        </is>
+        <v>35</v>
+      </c>
+      <c r="E13" s="5" t="s">
+        <v>111</v>
       </c>
       <c r="F13" s="5" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
       <c r="G13" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H13" s="5" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="I13" s="5" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="J13" s="5" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="K13" s="5" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="L13" s="6" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="M13" s="5" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="5" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="B14" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C14" s="5" t="s">
-        <v>118</v>
+        <v>45</v>
       </c>
       <c r="D14" s="5" t="s">
-        <v>119</v>
-[...1 lines deleted...]
-      <c r="E14" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F14" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G14" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H14" s="5" t="s">
         <v>120</v>
       </c>
-      <c r="F14" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H14" s="5" t="s">
+      <c r="I14" s="5" t="s">
         <v>121</v>
       </c>
-      <c r="I14" s="5" t="s">
+      <c r="J14" s="5" t="s">
         <v>122</v>
       </c>
-      <c r="J14" s="5" t="s">
+      <c r="K14" s="5" t="s">
         <v>123</v>
       </c>
-      <c r="K14" s="5" t="s">
+      <c r="L14" s="6" t="s">
         <v>124</v>
       </c>
-      <c r="L14" s="6" t="s">
+      <c r="M14" s="5" t="s">
         <v>125</v>
-      </c>
-[...1 lines deleted...]
-        <v>126</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="5" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="B15" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C15" s="5" t="s">
-        <v>119</v>
+        <v>127</v>
       </c>
       <c r="D15" s="5" t="s">
-        <v>51</v>
+        <v>35</v>
       </c>
       <c r="E15" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="F15" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G15" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H15" s="5" t="s">
         <v>128</v>
       </c>
-      <c r="F15" s="5" t="s">
+      <c r="I15" s="5" t="s">
         <v>129</v>
       </c>
-      <c r="G15" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H15" s="5" t="s">
+      <c r="J15" s="5" t="s">
         <v>130</v>
       </c>
-      <c r="I15" s="5" t="s">
+      <c r="K15" s="5" t="s">
         <v>131</v>
       </c>
-      <c r="J15" s="5" t="s">
+      <c r="L15" s="6" t="s">
         <v>132</v>
       </c>
-      <c r="K15" s="5" t="s">
+      <c r="M15" s="5" t="s">
         <v>133</v>
-      </c>
-[...4 lines deleted...]
-        <v>135</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="5" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="B16" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C16" s="5" t="s">
-        <v>51</v>
+        <v>34</v>
       </c>
       <c r="D16" s="5" t="s">
-        <v>119</v>
-[...4 lines deleted...]
-      <c r="F16" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="E16" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F16" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G16" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H16" s="5" t="s">
+        <v>135</v>
+      </c>
+      <c r="I16" s="5" t="s">
+        <v>136</v>
+      </c>
+      <c r="J16" s="5" t="s">
         <v>137</v>
       </c>
-      <c r="G16" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H16" s="5" t="s">
+      <c r="K16" s="5" t="s">
         <v>138</v>
       </c>
-      <c r="I16" s="5" t="s">
+      <c r="L16" s="6" t="s">
         <v>139</v>
       </c>
-      <c r="J16" s="5" t="s">
+      <c r="M16" s="5" t="s">
         <v>140</v>
-      </c>
-[...7 lines deleted...]
-        <v>143</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="5" t="s">
+        <v>141</v>
+      </c>
+      <c r="B17" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C17" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="D17" s="5" t="s">
+        <v>127</v>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F17" s="5" t="s">
+        <v>142</v>
+      </c>
+      <c r="G17" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H17" s="5" t="s">
+        <v>143</v>
+      </c>
+      <c r="I17" s="5" t="s">
         <v>144</v>
       </c>
-      <c r="B17" s="5" t="s">
+      <c r="J17" s="5" t="s">
         <v>145</v>
       </c>
-      <c r="C17" s="5" t="s">
+      <c r="K17" s="5" t="s">
         <v>146</v>
       </c>
-      <c r="D17" s="5" t="s">
+      <c r="L17" s="6" t="s">
         <v>147</v>
       </c>
-      <c r="E17" s="5" t="s">
+      <c r="M17" s="5" t="s">
         <v>148</v>
-      </c>
-[...26 lines deleted...]
-        <v>152</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="5" t="s">
-        <v>153</v>
+        <v>149</v>
       </c>
       <c r="B18" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C18" s="5" t="s">
-        <v>147</v>
+        <v>150</v>
       </c>
       <c r="D18" s="5" t="s">
-        <v>146</v>
-[...7 lines deleted...]
-        <v>148</v>
+        <v>151</v>
+      </c>
+      <c r="E18" s="5" t="s">
+        <v>152</v>
+      </c>
+      <c r="F18" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G18" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H18" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I18" s="5"/>
+      <c r="H18" s="5" t="s">
+        <v>153</v>
+      </c>
+      <c r="I18" s="5" t="s">
+        <v>154</v>
+      </c>
       <c r="J18" s="5" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="K18" s="5" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="L18" s="6" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="M18" s="5" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="5" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="B19" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C19" s="5" t="s">
-        <v>159</v>
+        <v>151</v>
       </c>
       <c r="D19" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="E19" s="5" t="s">
         <v>160</v>
       </c>
-      <c r="E19" s="5" t="s">
+      <c r="F19" s="5" t="s">
         <v>161</v>
-      </c>
-[...3 lines deleted...]
-        </is>
       </c>
       <c r="G19" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H19" s="5" t="s">
         <v>162</v>
       </c>
       <c r="I19" s="5" t="s">
         <v>163</v>
       </c>
       <c r="J19" s="5" t="s">
         <v>164</v>
       </c>
       <c r="K19" s="5" t="s">
         <v>165</v>
       </c>
       <c r="L19" s="6" t="s">
         <v>166</v>
       </c>
       <c r="M19" s="5" t="s">
         <v>167</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="5" t="s">
         <v>168</v>
       </c>
       <c r="B20" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C20" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="D20" s="5" t="s">
+        <v>151</v>
+      </c>
+      <c r="E20" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F20" s="5" t="s">
         <v>169</v>
       </c>
-      <c r="D20" s="5" t="s">
+      <c r="G20" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H20" s="5" t="s">
         <v>170</v>
       </c>
-      <c r="E20" s="5" t="inlineStr">
-[...14 lines deleted...]
-      <c r="H20" s="5" t="s">
+      <c r="I20" s="5" t="s">
         <v>171</v>
       </c>
-      <c r="I20" s="5"/>
       <c r="J20" s="5" t="s">
         <v>172</v>
       </c>
       <c r="K20" s="5" t="s">
         <v>173</v>
       </c>
       <c r="L20" s="6" t="s">
         <v>174</v>
       </c>
       <c r="M20" s="5" t="s">
         <v>175</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="5" t="s">
         <v>176</v>
       </c>
       <c r="B21" s="5" t="s">
-        <v>14</v>
+        <v>177</v>
       </c>
       <c r="C21" s="5" t="s">
-        <v>51</v>
+        <v>178</v>
       </c>
       <c r="D21" s="5" t="s">
-        <v>119</v>
+        <v>179</v>
       </c>
       <c r="E21" s="5" t="s">
-        <v>177</v>
-[...2 lines deleted...]
-        <v>178</v>
+        <v>180</v>
+      </c>
+      <c r="F21" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G21" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H21" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="H21" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I21" s="5"/>
       <c r="J21" s="5" t="s">
         <v>181</v>
       </c>
       <c r="K21" s="5" t="s">
         <v>182</v>
       </c>
       <c r="L21" s="6" t="s">
         <v>183</v>
       </c>
       <c r="M21" s="5" t="s">
         <v>184</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="5" t="s">
         <v>185</v>
       </c>
       <c r="B22" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C22" s="5" t="s">
-        <v>51</v>
+        <v>179</v>
       </c>
       <c r="D22" s="5" t="s">
-        <v>119</v>
-[...1 lines deleted...]
-      <c r="E22" s="5" t="s">
+        <v>178</v>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F22" s="5" t="s">
+        <v>180</v>
+      </c>
+      <c r="G22" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H22" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I22" s="5"/>
+      <c r="J22" s="5" t="s">
         <v>186</v>
       </c>
-      <c r="F22" s="5" t="s">
+      <c r="K22" s="5" t="s">
         <v>187</v>
       </c>
-      <c r="G22" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H22" s="5" t="s">
+      <c r="L22" s="6" t="s">
         <v>188</v>
       </c>
-      <c r="I22" s="5" t="s">
+      <c r="M22" s="5" t="s">
         <v>189</v>
-      </c>
-[...10 lines deleted...]
-        <v>193</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="5" t="s">
-        <v>194</v>
+        <v>190</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C23" s="5" t="s">
-        <v>169</v>
+        <v>191</v>
       </c>
       <c r="D23" s="5" t="s">
-        <v>170</v>
-[...4 lines deleted...]
-        </is>
+        <v>192</v>
+      </c>
+      <c r="E23" s="5" t="s">
+        <v>193</v>
       </c>
       <c r="F23" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G23" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H23" s="5" t="s">
-        <v>171</v>
-[...1 lines deleted...]
-      <c r="I23" s="5"/>
+        <v>194</v>
+      </c>
+      <c r="I23" s="5" t="s">
+        <v>195</v>
+      </c>
       <c r="J23" s="5" t="s">
-        <v>172</v>
+        <v>196</v>
       </c>
       <c r="K23" s="5" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="L23" s="6" t="s">
-        <v>196</v>
+        <v>198</v>
       </c>
       <c r="M23" s="5" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="5" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="B24" s="5" t="s">
-        <v>84</v>
+        <v>14</v>
       </c>
       <c r="C24" s="5" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
       <c r="D24" s="5" t="s">
-        <v>200</v>
-[...5 lines deleted...]
-        <v>17</v>
+        <v>202</v>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F24" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G24" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H24" s="5" t="inlineStr">
-[...6 lines deleted...]
-      </c>
+      <c r="H24" s="5" t="s">
+        <v>203</v>
+      </c>
+      <c r="I24" s="5"/>
       <c r="J24" s="5" t="s">
-        <v>203</v>
-[...4 lines deleted...]
-        </is>
+        <v>204</v>
+      </c>
+      <c r="K24" s="5" t="s">
+        <v>205</v>
       </c>
       <c r="L24" s="6" t="s">
-        <v>204</v>
+        <v>206</v>
       </c>
       <c r="M24" s="5" t="s">
-        <v>205</v>
+        <v>207</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="5" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="B25" s="5" t="s">
-        <v>84</v>
+        <v>14</v>
       </c>
       <c r="C25" s="5" t="s">
-        <v>207</v>
+        <v>35</v>
       </c>
       <c r="D25" s="5" t="s">
-        <v>208</v>
+        <v>151</v>
       </c>
       <c r="E25" s="5" t="s">
         <v>209</v>
       </c>
       <c r="F25" s="5" t="s">
         <v>210</v>
       </c>
       <c r="G25" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H25" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H25" s="5" t="s">
+        <v>211</v>
       </c>
       <c r="I25" s="5" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="J25" s="5" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="K25" s="5" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="L25" s="6" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="M25" s="5" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="5" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="B26" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C26" s="5" t="s">
-        <v>16</v>
+        <v>35</v>
       </c>
       <c r="D26" s="5" t="s">
-        <v>147</v>
+        <v>151</v>
       </c>
       <c r="E26" s="5" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-        </is>
+        <v>218</v>
+      </c>
+      <c r="F26" s="5" t="s">
+        <v>219</v>
       </c>
       <c r="G26" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H26" s="5" t="s">
-        <v>217</v>
-[...1 lines deleted...]
-      <c r="I26" s="5"/>
+        <v>220</v>
+      </c>
+      <c r="I26" s="5" t="s">
+        <v>221</v>
+      </c>
       <c r="J26" s="5" t="s">
-        <v>218</v>
+        <v>222</v>
       </c>
       <c r="K26" s="5" t="s">
-        <v>219</v>
+        <v>223</v>
       </c>
       <c r="L26" s="6" t="s">
-        <v>220</v>
+        <v>224</v>
       </c>
       <c r="M26" s="5" t="s">
-        <v>221</v>
+        <v>225</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="5" t="s">
-        <v>222</v>
+        <v>226</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C27" s="5" t="s">
-        <v>16</v>
+        <v>201</v>
       </c>
       <c r="D27" s="5" t="s">
-        <v>35</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>202</v>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F27" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G27" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H27" s="5" t="s">
-        <v>223</v>
-[...3 lines deleted...]
-      </c>
+        <v>203</v>
+      </c>
+      <c r="I27" s="5"/>
       <c r="J27" s="5" t="s">
-        <v>22</v>
+        <v>204</v>
       </c>
       <c r="K27" s="5" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="L27" s="6" t="s">
-        <v>226</v>
+        <v>228</v>
       </c>
       <c r="M27" s="5" t="s">
-        <v>227</v>
+        <v>229</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="5" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="B28" s="5" t="s">
-        <v>14</v>
+        <v>110</v>
       </c>
       <c r="C28" s="5" t="s">
-        <v>16</v>
+        <v>231</v>
       </c>
       <c r="D28" s="5" t="s">
-        <v>229</v>
+        <v>232</v>
       </c>
       <c r="E28" s="5" t="s">
+        <v>233</v>
+      </c>
+      <c r="F28" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F28" s="5" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="G28" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H28" s="5" t="s">
-        <v>230</v>
+      <c r="H28" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I28" s="5" t="s">
-        <v>231</v>
+        <v>234</v>
       </c>
       <c r="J28" s="5" t="s">
-        <v>232</v>
-[...2 lines deleted...]
-        <v>233</v>
+        <v>235</v>
+      </c>
+      <c r="K28" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L28" s="6" t="s">
-        <v>234</v>
+        <v>236</v>
       </c>
       <c r="M28" s="5" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="5" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="B29" s="5" t="s">
-        <v>14</v>
+        <v>110</v>
       </c>
       <c r="C29" s="5" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="D29" s="5" t="s">
-        <v>16</v>
+        <v>240</v>
       </c>
       <c r="E29" s="5" t="s">
-        <v>238</v>
-[...10 lines deleted...]
-        <v>240</v>
+        <v>241</v>
+      </c>
+      <c r="F29" s="5" t="s">
+        <v>242</v>
+      </c>
+      <c r="G29" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H29" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I29" s="5" t="s">
-        <v>241</v>
+        <v>243</v>
       </c>
       <c r="J29" s="5" t="s">
-        <v>22</v>
+        <v>244</v>
       </c>
       <c r="K29" s="5" t="s">
-        <v>242</v>
+        <v>245</v>
       </c>
       <c r="L29" s="6" t="s">
-        <v>243</v>
+        <v>246</v>
       </c>
       <c r="M29" s="5" t="s">
-        <v>244</v>
+        <v>247</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="5" t="s">
-        <v>245</v>
+        <v>248</v>
       </c>
       <c r="B30" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C30" s="5" t="s">
-        <v>35</v>
+        <v>16</v>
       </c>
       <c r="D30" s="5" t="s">
-        <v>16</v>
-[...4 lines deleted...]
-        </is>
+        <v>179</v>
+      </c>
+      <c r="E30" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F30" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G30" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H30" s="5" t="s">
-        <v>246</v>
-[...3 lines deleted...]
-      </c>
+        <v>249</v>
+      </c>
+      <c r="I30" s="5"/>
       <c r="J30" s="5" t="s">
-        <v>22</v>
+        <v>250</v>
       </c>
       <c r="K30" s="5" t="s">
-        <v>248</v>
+        <v>251</v>
       </c>
       <c r="L30" s="6" t="s">
-        <v>249</v>
+        <v>252</v>
       </c>
       <c r="M30" s="5" t="s">
-        <v>250</v>
+        <v>253</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="5" t="s">
-        <v>251</v>
+        <v>254</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C31" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D31" s="5" t="s">
-        <v>35</v>
+        <v>45</v>
       </c>
       <c r="E31" s="5" t="s">
-        <v>252</v>
+        <v>17</v>
       </c>
       <c r="F31" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G31" s="5" t="s">
-        <v>253</v>
+      <c r="G31" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H31" s="5" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="I31" s="5" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="J31" s="5" t="s">
         <v>22</v>
       </c>
       <c r="K31" s="5" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="L31" s="6" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="M31" s="5" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="5" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="B32" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C32" s="5" t="s">
-        <v>35</v>
+        <v>16</v>
       </c>
       <c r="D32" s="5" t="s">
-        <v>16</v>
-[...7 lines deleted...]
-        <v>260</v>
+        <v>261</v>
+      </c>
+      <c r="E32" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F32" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G32" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H32" s="5" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="I32" s="5" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="J32" s="5" t="s">
-        <v>22</v>
+        <v>264</v>
       </c>
       <c r="K32" s="5" t="s">
-        <v>263</v>
+        <v>265</v>
       </c>
       <c r="L32" s="6" t="s">
-        <v>264</v>
+        <v>266</v>
       </c>
       <c r="M32" s="5" t="s">
-        <v>265</v>
+        <v>267</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="5" t="s">
-        <v>266</v>
+        <v>268</v>
       </c>
       <c r="B33" s="5" t="s">
-        <v>267</v>
+        <v>14</v>
       </c>
       <c r="C33" s="5" t="s">
+        <v>269</v>
+      </c>
+      <c r="D33" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D33" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="E33" s="5" t="s">
+        <v>270</v>
       </c>
       <c r="F33" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G33" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G33" s="5" t="s">
+        <v>271</v>
       </c>
       <c r="H33" s="5" t="s">
-        <v>268</v>
-[...10 lines deleted...]
-        </is>
+        <v>272</v>
+      </c>
+      <c r="I33" s="5" t="s">
+        <v>273</v>
+      </c>
+      <c r="J33" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="K33" s="5" t="s">
+        <v>274</v>
       </c>
       <c r="L33" s="6" t="s">
-        <v>269</v>
-[...1 lines deleted...]
-      <c r="M33" s="5"/>
+        <v>275</v>
+      </c>
+      <c r="M33" s="5" t="s">
+        <v>276</v>
+      </c>
     </row>
     <row r="34">
       <c r="A34" s="5" t="s">
-        <v>270</v>
+        <v>277</v>
       </c>
       <c r="B34" s="5" t="s">
-        <v>267</v>
+        <v>14</v>
       </c>
       <c r="C34" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="D34" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D34" s="5" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F34" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G34" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H34" s="5" t="s">
-        <v>271</v>
-[...10 lines deleted...]
-        </is>
+        <v>278</v>
+      </c>
+      <c r="I34" s="5" t="s">
+        <v>279</v>
+      </c>
+      <c r="J34" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="K34" s="5" t="s">
+        <v>280</v>
       </c>
       <c r="L34" s="6" t="s">
-        <v>272</v>
-[...1 lines deleted...]
-      <c r="M34" s="5"/>
+        <v>281</v>
+      </c>
+      <c r="M34" s="5" t="s">
+        <v>282</v>
+      </c>
     </row>
     <row r="35">
       <c r="A35" s="5" t="s">
-        <v>273</v>
+        <v>283</v>
       </c>
       <c r="B35" s="5" t="s">
-        <v>267</v>
+        <v>14</v>
       </c>
       <c r="C35" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D35" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="D35" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="E35" s="5" t="s">
+        <v>284</v>
       </c>
       <c r="F35" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G35" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G35" s="5" t="s">
+        <v>285</v>
       </c>
       <c r="H35" s="5" t="s">
-        <v>274</v>
-[...10 lines deleted...]
-        </is>
+        <v>286</v>
+      </c>
+      <c r="I35" s="5" t="s">
+        <v>287</v>
+      </c>
+      <c r="J35" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="K35" s="5" t="s">
+        <v>288</v>
       </c>
       <c r="L35" s="6" t="s">
-        <v>275</v>
-[...1 lines deleted...]
-      <c r="M35" s="5"/>
+        <v>289</v>
+      </c>
+      <c r="M35" s="5" t="s">
+        <v>290</v>
+      </c>
     </row>
     <row r="36">
       <c r="A36" s="5" t="s">
-        <v>276</v>
+        <v>291</v>
       </c>
       <c r="B36" s="5" t="s">
-        <v>267</v>
+        <v>14</v>
       </c>
       <c r="C36" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="D36" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D36" s="5" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="E36" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F36" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F36" s="5" t="s">
+        <v>292</v>
       </c>
       <c r="G36" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H36" s="5" t="s">
-        <v>277</v>
-[...10 lines deleted...]
-        </is>
+        <v>293</v>
+      </c>
+      <c r="I36" s="5" t="s">
+        <v>294</v>
+      </c>
+      <c r="J36" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="K36" s="5" t="s">
+        <v>295</v>
       </c>
       <c r="L36" s="6" t="s">
-        <v>278</v>
-[...1 lines deleted...]
-      <c r="M36" s="5"/>
+        <v>296</v>
+      </c>
+      <c r="M36" s="5" t="s">
+        <v>297</v>
+      </c>
     </row>
     <row r="37">
-      <c r="A37" s="5" t="n">
-        <v>1928</v>
+      <c r="A37" s="5" t="s">
+        <v>298</v>
       </c>
       <c r="B37" s="5" t="s">
-        <v>14</v>
+        <v>299</v>
       </c>
       <c r="C37" s="5" t="s">
-        <v>229</v>
-[...5 lines deleted...]
-        <v>280</v>
+        <v>16</v>
+      </c>
+      <c r="D37" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E37" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F37" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G37" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H37" s="5" t="s">
-        <v>169</v>
-[...8 lines deleted...]
-        <v>283</v>
+        <v>300</v>
+      </c>
+      <c r="I37" s="5"/>
+      <c r="J37" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K37" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L37" s="6" t="s">
-        <v>284</v>
-[...3 lines deleted...]
-      </c>
+        <v>301</v>
+      </c>
+      <c r="M37" s="5"/>
     </row>
     <row r="38">
       <c r="A38" s="5" t="s">
-        <v>286</v>
+        <v>302</v>
       </c>
       <c r="B38" s="5" t="s">
-        <v>14</v>
+        <v>299</v>
       </c>
       <c r="C38" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D38" s="5" t="s">
-[...6 lines deleted...]
-        <v>288</v>
+      <c r="D38" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F38" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G38" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H38" s="5" t="s">
-        <v>289</v>
-[...5 lines deleted...]
-        <v>291</v>
+        <v>303</v>
+      </c>
+      <c r="I38" s="5"/>
+      <c r="J38" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K38" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="L38" s="6" t="s">
-        <v>292</v>
-[...3 lines deleted...]
-      </c>
+        <v>304</v>
+      </c>
+      <c r="M38" s="5"/>
     </row>
     <row r="39">
       <c r="A39" s="5" t="s">
-        <v>294</v>
+        <v>305</v>
       </c>
       <c r="B39" s="5" t="s">
-        <v>14</v>
+        <v>299</v>
       </c>
       <c r="C39" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D39" s="5" t="s">
-[...6 lines deleted...]
-        <v>288</v>
+      <c r="D39" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F39" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G39" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H39" s="5" t="s">
-        <v>295</v>
-[...8 lines deleted...]
-        <v>297</v>
+        <v>306</v>
+      </c>
+      <c r="I39" s="5"/>
+      <c r="J39" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K39" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L39" s="6" t="s">
-        <v>298</v>
-[...3 lines deleted...]
-      </c>
+        <v>307</v>
+      </c>
+      <c r="M39" s="5"/>
     </row>
     <row r="40">
       <c r="A40" s="5" t="s">
-        <v>300</v>
+        <v>308</v>
       </c>
       <c r="B40" s="5" t="s">
-        <v>14</v>
+        <v>299</v>
       </c>
       <c r="C40" s="5" t="s">
-        <v>301</v>
-[...8 lines deleted...]
-        <v>304</v>
+        <v>16</v>
+      </c>
+      <c r="D40" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E40" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F40" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G40" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H40" s="5" t="s">
-        <v>305</v>
-[...8 lines deleted...]
-        <v>308</v>
+        <v>309</v>
+      </c>
+      <c r="I40" s="5"/>
+      <c r="J40" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K40" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L40" s="6" t="s">
-        <v>309</v>
-[...1 lines deleted...]
-      <c r="M40" s="5" t="s">
         <v>310</v>
       </c>
+      <c r="M40" s="5"/>
     </row>
     <row r="41">
-      <c r="A41" s="5" t="s">
-        <v>311</v>
+      <c r="A41" s="5" t="n">
+        <v>1928</v>
       </c>
       <c r="B41" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C41" s="5" t="s">
-        <v>101</v>
+        <v>261</v>
       </c>
       <c r="D41" s="5" t="s">
-        <v>119</v>
+        <v>311</v>
       </c>
       <c r="E41" s="5" t="s">
         <v>312</v>
       </c>
-      <c r="F41" s="5" t="s">
+      <c r="F41" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G41" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H41" s="5" t="s">
+        <v>201</v>
+      </c>
+      <c r="I41" s="5" t="s">
         <v>313</v>
       </c>
-      <c r="G41" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H41" s="5" t="s">
+      <c r="J41" s="5" t="s">
         <v>314</v>
       </c>
-      <c r="I41" s="5" t="s">
+      <c r="K41" s="5" t="s">
         <v>315</v>
       </c>
-      <c r="J41" s="5" t="s">
+      <c r="L41" s="6" t="s">
         <v>316</v>
       </c>
-      <c r="K41" s="5" t="s">
+      <c r="M41" s="5" t="s">
         <v>317</v>
-      </c>
-[...4 lines deleted...]
-        <v>319</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="5" t="s">
-        <v>320</v>
+        <v>318</v>
       </c>
       <c r="B42" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C42" s="5" t="s">
-        <v>101</v>
+        <v>16</v>
       </c>
       <c r="D42" s="5" t="s">
-        <v>119</v>
+        <v>319</v>
       </c>
       <c r="E42" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F42" s="5" t="s">
+        <v>320</v>
+      </c>
+      <c r="G42" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H42" s="5" t="s">
         <v>321</v>
       </c>
-      <c r="F42" s="5" t="s">
+      <c r="I42" s="5" t="s">
         <v>322</v>
       </c>
-      <c r="G42" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H42" s="5" t="s">
+      <c r="J42" s="5" t="s">
         <v>323</v>
       </c>
-      <c r="I42" s="5" t="s">
+      <c r="K42" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L42" s="6" t="s">
         <v>324</v>
       </c>
-      <c r="J42" s="5" t="s">
+      <c r="M42" s="5" t="s">
         <v>325</v>
-      </c>
-[...7 lines deleted...]
-        <v>328</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="5" t="s">
-        <v>329</v>
+        <v>326</v>
       </c>
       <c r="B43" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C43" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D43" s="5" t="s">
+        <v>319</v>
+      </c>
+      <c r="E43" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F43" s="5" t="s">
+        <v>320</v>
+      </c>
+      <c r="G43" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H43" s="5" t="s">
+        <v>327</v>
+      </c>
+      <c r="I43" s="5" t="s">
+        <v>328</v>
+      </c>
+      <c r="J43" s="5" t="s">
+        <v>323</v>
+      </c>
+      <c r="K43" s="5" t="s">
+        <v>329</v>
+      </c>
+      <c r="L43" s="6" t="s">
+        <v>330</v>
+      </c>
+      <c r="M43" s="5" t="s">
+        <v>331</v>
+      </c>
+    </row>
+    <row r="44">
+      <c r="A44" s="5" t="s">
+        <v>332</v>
+      </c>
+      <c r="B44" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C44" s="5" t="s">
+        <v>333</v>
+      </c>
+      <c r="D44" s="5" t="s">
+        <v>334</v>
+      </c>
+      <c r="E44" s="5" t="s">
+        <v>335</v>
+      </c>
+      <c r="F44" s="5" t="s">
+        <v>336</v>
+      </c>
+      <c r="G44" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H44" s="5" t="s">
+        <v>337</v>
+      </c>
+      <c r="I44" s="5" t="s">
+        <v>338</v>
+      </c>
+      <c r="J44" s="5" t="s">
+        <v>339</v>
+      </c>
+      <c r="K44" s="5" t="s">
+        <v>340</v>
+      </c>
+      <c r="L44" s="6" t="s">
+        <v>341</v>
+      </c>
+      <c r="M44" s="5" t="s">
+        <v>342</v>
+      </c>
+    </row>
+    <row r="45">
+      <c r="A45" s="5" t="s">
+        <v>343</v>
+      </c>
+      <c r="B45" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C45" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="D45" s="5" t="s">
+        <v>151</v>
+      </c>
+      <c r="E45" s="5" t="s">
+        <v>344</v>
+      </c>
+      <c r="F45" s="5" t="s">
+        <v>345</v>
+      </c>
+      <c r="G45" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H45" s="5" t="s">
+        <v>346</v>
+      </c>
+      <c r="I45" s="5" t="s">
+        <v>347</v>
+      </c>
+      <c r="J45" s="5" t="s">
+        <v>348</v>
+      </c>
+      <c r="K45" s="5" t="s">
+        <v>349</v>
+      </c>
+      <c r="L45" s="6" t="s">
+        <v>350</v>
+      </c>
+      <c r="M45" s="5" t="s">
+        <v>351</v>
+      </c>
+    </row>
+    <row r="46">
+      <c r="A46" s="5" t="s">
+        <v>352</v>
+      </c>
+      <c r="B46" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C46" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="D46" s="5" t="s">
+        <v>151</v>
+      </c>
+      <c r="E46" s="5" t="s">
+        <v>353</v>
+      </c>
+      <c r="F46" s="5" t="s">
+        <v>354</v>
+      </c>
+      <c r="G46" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H46" s="5" t="s">
+        <v>355</v>
+      </c>
+      <c r="I46" s="5" t="s">
+        <v>356</v>
+      </c>
+      <c r="J46" s="5" t="s">
+        <v>357</v>
+      </c>
+      <c r="K46" s="5" t="s">
+        <v>358</v>
+      </c>
+      <c r="L46" s="6" t="s">
+        <v>359</v>
+      </c>
+      <c r="M46" s="5" t="s">
+        <v>360</v>
+      </c>
+    </row>
+    <row r="47">
+      <c r="A47" s="5" t="s">
+        <v>361</v>
+      </c>
+      <c r="B47" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C47" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="D47" s="5" t="s">
         <v>35</v>
       </c>
-      <c r="D43" s="5" t="s">
-[...33 lines deleted...]
-        <v>335</v>
+      <c r="E47" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F47" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G47" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H47" s="5" t="s">
+        <v>362</v>
+      </c>
+      <c r="I47" s="5" t="s">
+        <v>363</v>
+      </c>
+      <c r="J47" s="5" t="s">
+        <v>364</v>
+      </c>
+      <c r="K47" s="5" t="s">
+        <v>365</v>
+      </c>
+      <c r="L47" s="6" t="s">
+        <v>366</v>
+      </c>
+      <c r="M47" s="5" t="s">
+        <v>367</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>
     <hyperlink ref="M13" r:id="rId18"/>
     <hyperlink ref="M14" r:id="rId19"/>
     <hyperlink ref="M15" r:id="rId20"/>
     <hyperlink ref="M16" r:id="rId21"/>
     <hyperlink ref="M17" r:id="rId22"/>
     <hyperlink ref="M18" r:id="rId23"/>
     <hyperlink ref="M19" r:id="rId24"/>
     <hyperlink ref="M20" r:id="rId25"/>
     <hyperlink ref="M21" r:id="rId26"/>
     <hyperlink ref="M22" r:id="rId27"/>
     <hyperlink ref="M23" r:id="rId28"/>
     <hyperlink ref="M24" r:id="rId29"/>
     <hyperlink ref="M25" r:id="rId30"/>
     <hyperlink ref="M26" r:id="rId31"/>
     <hyperlink ref="M27" r:id="rId32"/>
     <hyperlink ref="M28" r:id="rId33"/>
     <hyperlink ref="M29" r:id="rId34"/>
     <hyperlink ref="M30" r:id="rId35"/>
     <hyperlink ref="M31" r:id="rId36"/>
     <hyperlink ref="M32" r:id="rId37"/>
     <hyperlink ref="M33" r:id="rId38"/>
     <hyperlink ref="M34" r:id="rId39"/>
     <hyperlink ref="M35" r:id="rId40"/>
     <hyperlink ref="M36" r:id="rId41"/>
     <hyperlink ref="M37" r:id="rId42"/>
     <hyperlink ref="M38" r:id="rId43"/>
     <hyperlink ref="M39" r:id="rId44"/>
     <hyperlink ref="M40" r:id="rId45"/>
     <hyperlink ref="M41" r:id="rId46"/>
     <hyperlink ref="M42" r:id="rId47"/>
     <hyperlink ref="M43" r:id="rId48"/>
+    <hyperlink ref="M44" r:id="rId49"/>
+    <hyperlink ref="M45" r:id="rId50"/>
+    <hyperlink ref="M46" r:id="rId51"/>
+    <hyperlink ref="M47" r:id="rId52"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>