--- v0 (2025-10-08)
+++ v1 (2025-11-23)
@@ -3,95 +3,1050 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1075" uniqueCount="661" xml:space="preserve">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1087" uniqueCount="668" xml:space="preserve">
   <si>
     <t>Datering</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
   <si>
     <t>Arkivplacering</t>
   </si>
   <si>
     <t>Dokumentindhold</t>
   </si>
   <si>
     <t>URL</t>
   </si>
   <si>
     <t>Transskription</t>
   </si>
   <si>
+    <t>Brev</t>
+  </si>
+  <si>
+    <t>Elise Hansen</t>
+  </si>
+  <si>
+    <t>Peter Hansen</t>
+  </si>
+  <si>
+    <t>Grete Jensen, f. Hansen
+Elena Larsen
+Fru Møller
+Clara Syberg</t>
+  </si>
+  <si>
+    <t>Faaborg Museum, Peter Hansens arkiv</t>
+  </si>
+  <si>
+    <t>Grete er ikke rask endnu, så hun skal ikke med til Faaborg. Elise har vrøvl med en tand. Hun tænker på at tage til Faaborg og besøge Peter snart.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/a2mx</t>
+  </si>
+  <si>
+    <t>Kære Per!
+Nej, jeg synes, det vilde være letsindigt at tage Grethe med til Faaborg. Hun har det jo godt, men hendes Sygdom er dog ikke helt ophørt, saa man skal passe paa hende, at hun ikke bliver forkølet. 
+Bims fryder sig over Sneen, hun kælker hver Dag i Søndermarken, i Dag var hun og Nolle derude sammen, paa Søndag skal de ud paa Højnæs i Hareskoven; jeg er ikke fri for at være bange for hendes lange Ben. Jeg har nu i en hel Uge gaaet hos Fru Møller for at faa repareret en Fortand, næste Uge gaar nok ogsaa dermed. Jeg har tænkt paa at komme over og se til dig, hvis jeg kan faa Frk. Hansen til at komme her hver Dag. Tanterne hyler over, at du ikke er her, der er en som vil købe Tante Mines Hus, og da de løber der baade tidlig og sent, saa tror de, der er noget under, og det kan jo gærne være, de har Ret.
+Jeg iler nu paa Posthuset, saa du kan faa en Appelsin paa Søndag.
+Mange Hilsener fra os alle
+Din
+Elisa</t>
+  </si>
+  <si>
+    <t>maj-juni 1916</t>
+  </si>
+  <si>
+    <t>Elena Larsen</t>
+  </si>
+  <si>
+    <t>Elise Hansen
+Grete Jensen, f. Hansen
+Kai Nielsen
+Harald Schoubye
+Louise Schoubye
+Niels Erik Schoubye</t>
+  </si>
+  <si>
+    <t>Bimse skriver et livligt brev til sin far i anledning af hans fødselsdag og om alle de overvejelser hun og søsteren Grete har gjort sig for at finde en passende gave til ham.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/7cL7</t>
+  </si>
+  <si>
+    <t>Torsdag d.1
+Kære Fasser!
+Til Lykke med Føssesdagen! Jeg haaber Hummeren og Æblerne maa smage dig godt, de er fra Gete og mig. Vi anede slet ikke hvad vi skulde give dig for du er en vanskelig Person at hitte paa til, og saa vandrede Grete og jeg ned ad Vesterbrogade og kiggede ind af hvert Vindue for at hitte en lille Genstand, saa opdagede vi disse Ævler og købte dem, men det var jo for lidt, og vi gik videre. Saa saa vi nogle dejlige Ferskner men de kosted 2 Kr Stk, det var for galt, saa den Snyderbutik gik vi fra igen. Jeg havde imidlertid set en Hummerbutik og foreslog at vi skulde købe dig en Hummer; det vilde Gete ikke rigtig gaa med til men til sidst gjorde vi det dog, og nu haaber jeg du er lige saa begejstret for Paahittet, som jeg var, for det er jo dog Hovedsagen? Du maa endelig skrive om du blev glad ved den, for Mosser var ikke saa henrykt for den Gave. I Søndags var vi i Hareskoven pr. Cykel, det vil sige Mosser og Grete tog med Toget - og jeg tog et lille Bøgetræ med hjem, jeg har nu plantet det i en Urtepotte, og det er ikke visnet, saa det kommer nok. Paa Torsdag skal Vipsen, Ragna og jeg til Raageleje at bo i Storebedags Ferien, kun Hr Mackeprang skal med, saa vi skal føre Menage, den bliver god, men bare det bliver godt Vejr. - Paa Lørdag kommer Harald og Niels Erik og fejrer den dobbelte Fødselsdag, for det er jo ogsaa Tante Louises Fødselsdag den Dag. - Jeg spiller Tennis med tju og bang, men de sidste Dage har Vejret jo ikke været til det, saa jeg har maattet holde op med Skydningen-- Paa Søndag skal Mosser jo til "Rout", det er spændende. Vi har set paa Kai's lille Venus til Tøsen derude, Jeg synes nu der er underligt at skrive Konfirmation pa Kortet, men det er jo ogsaa en Form for Pengeafpresning, ikke sandt? Nu har jeg ikke mere at fortælle. Nu mange kærlige Hilsner fra 
+Bams
+16 Aar.</t>
+  </si>
+  <si>
+    <t>maj 1916</t>
+  </si>
+  <si>
+    <t>Elena Italia Hansen skriver et livligt og berettende brev til sin far.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ruTF</t>
+  </si>
+  <si>
+    <t>1917-03-05</t>
+  </si>
+  <si>
+    <t>Aage Bertelsen
+Peter Fenger Just
+Albert Gottschalk
+Grete Jensen, f. Hansen
+Else Mowinkel
+Sophus Schoubye
+Segelcke
+Laura Wanscher
+Kristian Zahrtmann</t>
+  </si>
+  <si>
+    <t>Elise har sendt et billede til sagføreren og modtaget kvittering. Det blev et landskab med en bænk under et piletræ. Grosserer Just valgte "Udsigten fra Frederiksberg Bakke", og der er flere andre købere i kulissen. Hun har være ude at hilse på Zahrtmann. Fortæller i øvrigt diverse om familiens dagligdag.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/PLHu</t>
+  </si>
+  <si>
+    <t>5 Marts 1917
+Kære Per!
+Nu kan jeg da berolige dig med, at jeg har sendt et Billede til Sagføreren og modtaget en Kvittering derfor. Jeg sendte et Landskab, som jeg aldrig kan huske hvor er, det staar en Bænk under et Piletræ til højre i Billedet, det er bedre end noget Gottschalck, som Folk begejstres for, men jeg kunde ikke finde noget andet.
+Gros. Just valgte "Udsigten fra Frederiksberg Bakke, det var til 400 Kr., maaske køber en Broder til ham det større Billede med Pløjejorden, det ved jeg endnu ikke. Det er jo to smukke Billeder, som du sendte herover, nu har jeg skrevet til Frk. Segelcke for at faa hende herud og se paa dem. 
+Det er kedeligt med den Kulde, vi nu har igen, og den stærke Blæst gaar jo til Marv og Ben.
+I gaar var jeg ude at hilse paa Zahrtmann, han var rask og meget lebendig og elskværdig, saa det var saa morsomt at sidde derude. Aage Berthelsen kom ogsaa, og da Talen faldt paa Skovgaard-Udstillingen hindrede hans Tilstedeværelse mig i at sige min Mening om alle de udmærkede Træer og Skovpartier, han kunde jo nemt føle sig krænket. Jeg kan da fortælle dig, at de sad og frøs i det store Atelier, inte jeg - saa det maa ikke forbavse dig, om du ikke heller kan faa dit varmet op. 
+Jeg har været ved at klistre klistre klistre Tætningslister i Getes Sovekammervindue, det fik jeg gjort inden det atter blev koldt. Hun har været i Selskab hos Else Mowinckel, det første i meget lang Tid, hun morede sig "saa godt". Nu har hun selv snart Fødselsdag, saa maa hun jo have nogle Veninder. Hun klarer sig godt i Skolen, men hun er bleven noget magrere, siden hun begyndte, al det overflødige Fedt er gaaet af hende, det klæder hende forresten, men jeg holder jo meget af lidt Oplæg. Hvorledes gaar det dig? ser du godt ud? Jeg er glad for, at du faar noget godt at spise. Sophus er begyndt at komme op. Han ser lidt medtaget ud; Kai og Ida har nu opgivet Norge, hvor der hverken er Mad eller Varme og skal nu paa Hareskovens Rekreationshjem. Ellen var her i Gaar Aftes, nu rejser hun tilbage til Aalborg og bliver der. I Maj skal hun giftes, og Louise vil naturligvis have stort Bryllup, Phønix, og det hele. Jeg synes nu, man kommer vanskeligere i Feststemning nu hvor man ikke ved, hvorledes man sidder i det om 14 Dage. Vi har købt Tørv i Dag, som vi fyrer med paa Komfuret; jeg tror nok, det er dyrt Materiale, men der er saa koldt i Køkkenet, nu vil vi prøve det. Koks har vi til Maj, saa kan vi vel nære os.
+I søndags var jeg ude for at se til Skadhauge, han havde været lidt oppe og saa helt flink ud. Fru Wanscher sad derude, hun trænger nok til at blive trøstet.
+Dette Brev har længe været i Trykken, jeg bliver tit forstyrret, ved du nok.
+Mange Kærlige Hilsner fra hele Banden
+Din heng.
+Elsa</t>
+  </si>
+  <si>
+    <t>november-december 1924</t>
+  </si>
+  <si>
+    <t>Alhed Larsen</t>
+  </si>
+  <si>
+    <t>Andreas Larsen</t>
+  </si>
+  <si>
+    <t>Kruusesmindevej 3A, 4220 Korsør
+Frederiksdal, Lyngby
+Hareskoven, Furesø Kommune
+Christiansø, Gudhjem</t>
+  </si>
+  <si>
+    <t>Lars Hedelund
+Karl Isakson
+Johan Larsen
+Johannes Larsen
+Leo Swane
+- Thomsen, Kerteminde
+Laura Warberg
+Hanne With</t>
+  </si>
+  <si>
+    <t>Alhed Larsen fik i september 1924 nogle hjerteanfald, og i november-december samme år var hun på Hareskov Sanatorium.
+Andreas Larsen var i gartnerlære hos Hedelund i Stige ved Odense.
+Johan Larsen var studerende ved Landbohøjskolen. 
+Det kan ikke afgøres, hvilken Thomsen det er, Andreas Larsen skal give fotografierne og træsnittene til. Larsen-familien kendte mange af dette navn.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv</t>
+  </si>
+  <si>
+    <t>Alhed, Leo Swane (Skriveswane) og Johan Larsen har været på tur i Hareskoven med portvin, og de spiste aftensmad på Frederiksdal. Alhed beder Andreas Larsen om at finde fotografier af huset og haven og pakke dem sammen med nogle træsnit. Hun vil gerne give sygeplejersken og lægen træsnit og vise Frk. With hus og have. With bor til hverdag på Christiansø og har kendt Isakson og de øvrige malere.
+Bagpå brevet er skrevet en beretning om en ko med Danmarksrekord i mælkeydelse.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/5bZM</t>
+  </si>
+  <si>
+    <t>Kære søde Gamle!
+Du er rigtignok forfærdelig sød til at skrive til mig, jeg nyder Dine Breve, og det er rart at faa lidt at grine af! – Jeg kan ikke rigtig huske, hvornaar jeg sidst skrev til Dig, altsaa hvad jeg har fortalt Dig. Men jeg har da vist ikke skreven i denne Uge. I Mandags var Lysse og Skriveswane herude. De kom ved ½ 3 Tiden og vi gik en ganske dejlig Tur i Hareskovene. Du kan ikke tænke Dig, hvor de[t] er dejligt, meget cuperet Terræn og store Strækninger med gammel Granskov. Vi havde bevæbnet os med ½ Fl. Portvin, som vi nød ved et Hvil i Skoven og Godsejeren, der jo altid er nødlidende, nød ganske alene dertil en Sandkage til 50 Ør. Samt sin Part af en Plade Chokolade. Vi endte paa Frederiksdal Kro – jeg havde bedt mig fri fra Aftensmad – hvor vi spiste Flæsesteg og drak Kaffe. Vi morede os udmærket og det var en rar Afvexkling fra den daglige ensformighed. – Hør, lille Gamle, hvis Du kommer hjem paa Søndag, kunde Du dog saa ikke sende noget til mig, eller rettere lede det frem, pakke det i papir og give det ned til Thomsen til Besørgelse om Mandagen. Her er en gl. Frk. With, som jeg saa gærne vilde vise nogle Billeder fra Hus og Have hjemme, kunde Du ikke sende en af de Mapper fra ”Vore Damer”, Lysse mener hans ligger 2 [sidetal] i hans Værelse, enten frit eller i en af hans Skuffer, eller ogsaa ligger der en i det store Skab i Værkstedet. Men der er jo saa faa fra Haven, mon der ikke ligger et Amatøralbum i Dagligstuen samt nogle løse paa den Hylde i det store Skab, hvor der ligger Fotografier. – Og saa nogle Stykker mindre Træsnit. – Bekasin – Træpikker o.s. [de to bogstaver overstreget] o.s.v. jeg skulde gærne give et Sygeplejerske et og et Gejrfugle eller Pelikantryk til Doktoren, men pas paa de er signerede, jeg fik Din Far til at signere en hel del i Efteraaret. Træsnittene kan godt lægges mellem Fotografierne. Men det rimeligste er vel at Du ikke kommer hjem, da Du var hjemme i Søndags, saa er der jo ikke noget at gøre. Den Frk. With er det morsomste Menneske her er, hun er storartet, har bot 24 Aar paa Kristiansø, har kendt Isakson og alle de andre Malere. Hun er meget Haveinteresseret, passer selv Hus, Have og sine Bier, hun er ligeved 70. 
+Bedstemor var herude i Gaar, Mareje i Dag. Hør, hvor kan dog Fru Hedelund undvære Vina eller har I faaet en anden? Sikken Frost det er bleven nu, gaa nu ikke og forkøl Dig søde Gamle! Nu skal jeg i Seng og læse lidt Dickens, inden jeg sover, jeg læser en Stump hver Aften.
+1000 Hilsner Din
+Mor.
+Hvordan ser Drivhusene ud? hjemme mener jeg. 
+[På brevets side 2, bagsiden:]
+¼ kg Kaffe
+½ hugget Sukker
+1 Melis
+[Det følgende på hovedet i forhold til det forrige:]
+Ko Nr 38 paa Kruseminde ved Korsør; efter Tyren Tjalfe II har i Aaret indtil 1. Okt naaet en Aarsydelse af 13,236 kg Mælk med 3,82 % Fedt og 526 kg Smør. Denne Ydelse er efter 3. Kalv idet den kælvede 3 Gange 7 Okt 1923. Rekord for Danmark. No 38 vejer henimod 600 kg Dens højeste Dagsydelse er 47,3 Mælk og i en Periode af 80 Dage var den daglige Mælkeydelse gennemsnitlig 45,5 kg.</t>
+  </si>
+  <si>
+    <t>November december 1924</t>
+  </si>
+  <si>
+    <t>Mary André
+Vagn Jacobsen
+Johan Larsen
+Johannes Larsen
+Eiler Lehn Schiøler
+Helga Lehn Schiøler
+Harald Leth</t>
+  </si>
+  <si>
+    <t>Alhed Larsen er i Københavnsområdet.</t>
+  </si>
+  <si>
+    <t>Tak for at Andreas har sendt trykkene. Unge Leth kommer med til Kerteminde, så Frk. André må gøre Johan Larsens værelse i stand. Alhed og Johannes Larsen vil hænge billederne fra udstillingen, som snart slutter, op i gæsteværelset derhjemme. 
+Johannes Larsen har fået for meget spiritus og har hovedpine.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/37mE</t>
+  </si>
+  <si>
+    <t>Kære søde Gamle!
+Tak for Trykkene, Du er en Svend! Det gaar helt godt, der er nu solgt for 6000, og Faaborg Musæum skal have for et Par Tusind. – Det bliver ved at trække ud med os, men vi kommer en af de første Dage i Ugen. Unge Leth kommer med, hvis Lysses Værelse ikke er gjort rent, vil Du saa bede Frk. André gøre det bede [ordet ”bede” overstreget] det Mandag. Der skal flyttes en Spiralseng op og Lysses bort. – Udstillingen slutter vist næsten inden vi rejser, men Din Far mener næsten ikke det er noget for Dig at rejse herind for da vi har i Sinde at hænge det hele op i Gæsteværelset hjemme. – Vi skal til L. Schiølers nu om lidt til Middag, Fru L.S. er endelig kommen op nu. – Din Far var hos Bryggeren til Frokost i Gaar og fik ogsaa meget Spiritus hos L. Schiølers i Aftes, saa han har Hovedpine i Dag. Nu skal vi gaa saa det bliver kun disse Par Ord. 1000 Hilsner søde Gamle, Din Mor.
+Bed Frk. André dampe et Par pæne Lagner af til Leth
+Lørdag Efterm</t>
+  </si>
+  <si>
+    <t>1924-09-29</t>
+  </si>
+  <si>
+    <t>Ejvind -
+Jens -
+Klavs -
+Oluf -
+Vinna -
+Bodild Branner
+Christian Caspersen
+Lars Hedelund
+Johannes Larsen
+Vilhelm Larsen
+Eiler Lehn Schiøler
+Helga Lehn Schiøler
+Christine  Mackie
+Christian Treschow
+Ellen  Treschow
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Alhed Larsen er i København for at blive undersøgt af en specialist. Andreas Larsen er i lære som gartner i Stige nær Odense. Johan Larsen er studerende ved Landbohøjskolen.
+Johannes Larsen og hans bror, Vilhelm (Klax), skal til Sverige: Her skal de bo på familiens skovejendom, Båxhult. Netop i 1924 købte Johannes Larsen sin morbror, Ludvig Brandstrup, ud af Båxhult, så han selv blev eneejer. 
+"Det Bal" var en fest hos Marie Schou/Syberg, og det er omtalt i Alhed Larsens brev til Andreas Larsen dateret september 1924.</t>
+  </si>
+  <si>
+    <t>Alhed Larsen har ikke fortalt om sine problemer med hjertet, fordi hun ikke ville gøre Andreas, sønnen, bekymret. Nu har hun været hos specialist, og denne har forklaret Bodild, at hjertet er svækket. Hvis Alhed følger diverse forskrifter, passer diæt og holder sig i ro, kan hun få et langt liv uden anfald. Lægen anbefaler et ophold på Hareskov Sanatorium, men Alhed vil hjem først og ordne tøj mm. 
+Johannes og Vilhelm (Klax) Larsen skal til Sverige, men Alhed tager ikke med. Johan (Lysse) Larsen har været på jagt. Hun har besøgt Eiler Lehn Schiøler, og hans svigersøn bestilte akvareller for 1000 kr.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/z8MY</t>
+  </si>
+  <si>
+    <t>Min egen, kære Gamle!
+Tak for Dit lange Brev! Maaske det var forkert af mig ikke at tale til Dig om Hjærtet, inden jeg rejste herind. Men jeg vilde saa nødig gøre jer kede af det, til Din Far nævnede jeg det heller ikke før han var færdig med det store Billede. Desuden var jeg selv saa ængstelig, inden jeg havde været hos Specialisten. Jeg havde haft nogle smertefulde Anfald, som jeg ikke vidste hvad betød, jeg er imidlertid helt beroliget, navnlig efter at jeg i Gaar talte med Bodild, der havde ringet Specialisten op. Der var jo den Mulighed, at han ikke havde givet mig ren Besked. Men han sagde til Bodild, at det havde han, det var hans Princip med Patienterne. Jeg var mest bange for Forkalkning og det var Bodild ogsaa. Men det er der altsaa intet af. Tvertimod lader han mig æde Kalktabletter for Nældefeber +. [Indsat i margen, lodret:] Bodild siger, at det vilde han ikke give mig, hvis der var mindste Fare for det [Tilføjelse slut] Det der er, er en Svækkelse, Bodild sagde, da jeg spurgte om det var en Udvidelse af Hjærtet ”nej, tvertimod, hvis [ordet ”hvis” overstreget] Du kan tænke Dig det som om en af Dine Muskler havde lidt Overlast og der var gaaet Svind i Vævet, det er det der er sket med Dit Hjærte”. Desværre kan det ikke ”voxe ud igen”, men det kan holdes fuldstændig paa dette Punkt 2 [sidetal] og ikke alene det, men min Tilstand, mit Befindende min Nervøsitet kan i høj grad forbedres, Anfaldene kan undgaas og om jeg følger alle Forskrifterne, behøver jeg aldrig at mærke noget til det, det har intet med mit livs Langvarighed at gøre! Dette sidste synes Du maaske lyder underlig, men det passer. Bodild spurgte ham: hvordan er Proknosen [Prognosen]? og han svarede, jo den er god. Og med Proknosen mener de Udsigten for Fremtiden: Levedygtigheden. Aarsagen til det hele er som han sagde til Bodild: Fru Larsen har budt sig for meget. – Nu kæreste Gamle har jeg sagt Dig en fuldkommen, nøjagtig Besked. Det tridste ved det er jo det, at jeg bestandig skal gaa og passe paa med Diæt, Kulde, Anstrengelse o.s.v. men de siger man vænner sig til det, og det er vel rigtig nok. Du kan være ganske sikker paa og overbevist om, at jeg vil passe paa paa alle Maader, jeg har lidt en hel Del og Smerterne kommer omgaaende. Specialisten og Bodild mener begge at jeg skal tage til Hareskov Sanatorium en Tid og det gør jeg ogsaa nok, men jeg vil hjem først for at ordne Tøj o.s.v. og saa ses vi jo min søde Gamle. Men nu venter jeg til Din Far har været i Sverige med Klax, jeg tager ikke med da det let kan blive for anstrengende, jeg kan jo ikke trave rundt i Skoven med de andre og de to lange Rejser er heller ikke godt med al den Kørsel paa aaben Vogn o.s.v. nu foreløbig gaar jeg her hos Meme og har det yndigt, jeg hviler og driver efter Noder og har det allerede noget bedre. Det Bal har været min eneste Udskejelse, men jeg laa 3 Timer om Efterm. inden og vi tog tidlig hjem. – Lysse har været paa Jagt hos Klavs et Par Dage fra Fredag aften, Klavs hentede ham i Bil – han havde kun 2 Timer om Lørdagen og dem snød han for, ellers er han vist meget flittig – og til Aften Kl. 7, saa spiste han, Din Far, Meme og jeg i Paraplyen, vi var hjemme ½ 10. – Hos Schiølers har jeg været et Par Gange, forleden sammen med Ellen og Chr. Treschow, der bestilte for 1000 Kr. Akvareller, vi kan ikke sige andet end at det gaar godt med Forretningen. Deres Dreng var der ogsaa, det er en ganske dejlig Unge. – Nu gaar Meme og jeg en lille Visit ned hos Max at træffe Bedstemor, Din Far og Lysse vilde i zool. Have i det gode Vejr. – Jeg vil være glad ved at høre et Par Ord fra Dig søde Gamle, hvis Du en Dag gider skrive lidt.
+1000 Hilsner min egen Dreng fra Din Mor.
+29 – 9 – 24 Meme beder mig endelig hilse mange Gange.
+Hils Hedelunds, Jens, Vind, Oluf og Ejvind</t>
+  </si>
+  <si>
+    <t>1924-11-11</t>
+  </si>
+  <si>
+    <t>Hareskoven, Lyngby</t>
+  </si>
+  <si>
+    <t>Oluf -
+Xenia Jacobsen
+Jens Jensen
+Johan Larsen
+Johannes Larsen
+Karl Madsen
+Kai Nielsen
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Alhed Larsen havde i september 1924 nogle hjerteanfald, og en speciallæge anbefalede et ophold på Hareskov Sanatorium, hvor hun var november til december samme år.
+Andreas Larsen var i samme periode i gartnerlære i Stige nær Odense, og Johan Larsen var studerende ved Landbohøjskolen.</t>
+  </si>
+  <si>
+    <t>Alhed Larsen blev kørt til Sanatoriet i Brygger Jacobsens bil, og hun fik en buket roser af Fru Jacobsen. Da Johannes og Johan Larsen og Alheds mor kørte igen, følte hun sig dårligt tilpas mellem alle de fremmede. Hendes værelse er dejligt. Der er 50 kurgæster, og der serveres diætkost. Alhed lægger lidt afstand til de øvrige gæster. Hun ligger hver dag en time udendørs, godt indpakket, og går tur to gange dagligt.
+Kai Nielsens begravelse var storslået med mange gæster og tale ved Karl Madsen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/w206</t>
+  </si>
+  <si>
+    <t>Kære, søde Gamle!
+[Et overstreget, ulæseligt ord] Nu har jeg været her et Par Dage og nu maa jeg se at faa skreven lidt til Dig, at jeg kan begynde at vente Brev fra Dig igen. Jeg kørte herud Lørdag Kl. 2 ½ og Du kan tro, jeg kørte fint. Fru Brygger Jacobsen sagde Dagen før til Las, at deres Vogn skulde køre mig herud, og saa sendte hun en dejlig Buket Roser med, 10 store langstilkede mellemrøde Roser med en vidunderlig Duft; de er endnu helt friske, skønt det er Tirsdag. Jeg ringede til Bedstemor om hun vilde have Turen med hvad hun modtog med Begejstring, Din Far og Lysse var ogsaa med. Da de kørte fra mig, vil jeg ikke sige andet end at jeg følte mig lidt ilde til Mode, ikke for Ensomheden men for alle de fremmede Mennesker, jeg var ikke mange Penge Værd, da jeg skulde gaa over til det første Maaltid. Jeg var i en af Sidevillaerne ”det norske Hus” hvor jeg har et rigtig yndigt lille Værelse med Centralvarme, 2 Kurvestole med Puder, noget mere komfortabelt end Dit, kan Du nok høre. Her er c. 50 Kurgæster, hvad de kalder ”faa”, det er en mægtig Historie, vi spiser i 2 Spisestuer og Bordene er ordnede efter Diæten, ved mit Bord faar vi let Kost, lyst Kød og mange Grøntsager – i Gaar f.Ex: Blomkaalssuppe, stegte Pastinakker med Grønærter Frugtgrød. Ved et Nabobord sidder de fede, der skal afmagres, de ser fæle ud. Mine Bordfæller er rigtig flinke og venlige, men jeg holder dem lidt 3 Skridt fra Livet, man skal vist være meget forsigtig saadan et Sted med at rode sig ind i noget. Allerede om Søndagen foreslog en lille Sludrekone fra Lolland 3 Gange at vi skulde gaa lange Ture sammen, men da det ogsaa 3die Gang lykkedes mig at sige noget Sludder uden at svare paa det, trak hun Følehornene til sig og er nu lidt sur mod mig, hvad der er bedre. – Hver Dag fra 10-11 ligger jeg i Liggestol eller rettere paa en aaben veranda indpakket i Kaabe og Uldtæpper og glor op paa Skyerne og paa Graaspurvene i Tagrenden, det er yndigt. Det er jo et henrivende Vejr i disse Dage og naar man kommer lidt bort fra alle de væmmelige Villaer, er her smukt. I Gaar var jeg en lang tur i Hareskoven, jeg gaar to Gange om Dagen. –
+Du kan ikke tænke Dig hvor Kajs Begravelse var storslaaet. Tusinder af Mennesker stod udenom Søen (Du har læst om det i Avisen) og hørte paa Karl Madsens smukke Tale ved Graven i fuldkommen Tavshed og mange glemmer aldrig den Stemning og det pragtfulde Syn af de brogede Trær, Søen og det skønne Vejr. – Naa nu skal jeg ud lille Gamle, skriv snart og fortæl mig hvordan Du har det, om Du savner Jens og Oluf meget, hvordan det gaar med Arbejdet, om I har faaet en Lille o.s.v. 1000 Hilsener fra Din Mor.
+Tirsdag 11te Nov. 24</t>
+  </si>
+  <si>
+    <t>1924-11-12</t>
+  </si>
+  <si>
+    <t>Johannes Larsen</t>
+  </si>
+  <si>
+    <t>København</t>
+  </si>
+  <si>
+    <t>Hareskov?</t>
+  </si>
+  <si>
+    <t>Vinskoven 4400 Mørkøv
+Christiansborg</t>
+  </si>
+  <si>
+    <t>- Arenholt
+- Bohr
+Esben Hansen
+Niels Hansen
+Thomas Hansen
+Vagn Jacobsen
+Johannes Madsen
+Jacob  Normann
+Frede Skaarup
+J.R.S. Warburg</t>
+  </si>
+  <si>
+    <t>Johannes Larsen er ved at færdiggøre opsætningen af "Kredsende storke" i Kongens Håndbibliotek på Christiansborg.
+Muligvis er det billedet "Sangsvanerne letter", som Johannes Larsen skal til at begynde på.
+Alhed Larsen opholdt sig på Hareskov Sanatorium i november-december 1924, da hun havde haft flere hjerteanfald.(Birgit Bjerre:Marie-uundværlig husholderske i to kunstnerhjem, Østfyns Museer 2012 s. 90)</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har gjort et stort lærred klar og skal til at tegne op på det. Han har været til en festlig sammenkomst. Skal med Bryggeren og Arenholt til Vinskoven. Bohrs har købt en akvarel med pibesvaner.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/zwmv</t>
+  </si>
+  <si>
+    <t>Kjøbenhavn 12 Nov. 1924
+Kæreste Alhed!
+I Dag er det gaaet mig godt, Spartlingen fra i Gaar var tørret fint op og Lærredet saa vældigt godt ud. Thomas og jeg kvadrerede begge Lærreder og skruede Staffeliben bag paa det store og rejste det op, saa nu kan jeg begynde at tegne det op i Mrg. Formiddag. Det var en rigtig morsom Aften i Aftes med megen god Mad og endnu mere Drikke, og Smørrebrød og Øl og Snaps og til allersidst Champagne igen som jeg imidlertid lod staa da jeg havde faaet nok. Jeg kom først i Seng Kl. 4 i Mrg. og sov til den var 10.
+Der var Skaarup, Dr. Normanns, Niels Hansens, Arenholt og en J.R.S. Warburg. Jeg tager med Bryggeren og Arenholt ud i Vinskoven Fredag Aften og hjem Søndag Aften. Det er meget snildt saa kan jeg faa alt mit Kluns med derud og tage Kufferten tom med hjem saa jeg kan have alt med naar jeg er færdig paa Christiansborg og tager endelig derud.
+Jeg var henne hos Bohrs og fik en Cheque som jeg skriver paa og sender Esben Hansen med. Jeg har skrevet til Madsen om at tage Aquareller ud og sende dem omgaaende naar de kommer fra Bohrs som lovede at sende dem snarest. De valgte den med Pibeænderne, vaklede lidt mellem den og Knortegæssene. De lod til at være meget glade ved den. Mon jeg ikke skulde faa Brev fra Dig i Mrg Jeg skal nok skrive flittigt nu herefter. Mange kærlige Hilsner Din hengivne JL</t>
+  </si>
+  <si>
+    <t>1924-11-13</t>
+  </si>
+  <si>
+    <t>Kongens Nytorv</t>
+  </si>
+  <si>
+    <t>- Bohr
+Esben Hansen
+Thomas Hansen
+Christine  Mackie</t>
+  </si>
+  <si>
+    <t>Alhed Larsen opholder sig på Hareskov Sanatorium efter nogle smertefulde hjerteanfald.(Birgit Bjerre: Marie-uundværlig husholderske i to kunstnerhjem, Østfyns Museer 2012 s. 90)
+Det er uvist hvilken Nielsen, der henter Johannes Larsen.
+A Porta er D'Angleterres restaurant. 
+Det er uvist hvad "Frem" er. Der er fundet to muligheder, som ikke passer på årstal. 1. Frem:dansk socialistisk tidsskrift udgivet 1932-35 og 2. Frem:dansk almenoplysende tidsskrift, der udkom 1897-1918. (Den Store Danske)</t>
+  </si>
+  <si>
+    <t>Johannes Larsen arbejder på Christiansborg. Har tegnet billedet op med kul. Har været hos farvehandler og bestille farver. Gik tilbage sammen med Thomas og blendrammerne. Så på a Porta. Har sendt penge til Esben Hansen. Skal lave forside til Frem.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ETe4</t>
+  </si>
+  <si>
+    <t>Kjøbenhavn 13 Nov. 1924
+Kæreste Alhed!
+Ja nu fik Du jo pillet det meste af Stoffet fra mig ved den Telefonsamtale. Det var ellers min Hensigt at skrive til Dig hver Dag. Du er der ude. Jeg fik altsaa tegnet Billedet op med Kul i Dag og gik derpaa hen til Larsen for at bestille Farver, der blev jeg hugget af Thomas Hansen som skulde komme op paa Slottet med 2 Blindrammer til mig til Farveprøver og maatte gaa derop igen med ham. Derefter gik vi hen til a Porta Købmagergade, og drak et Glas Øl. Den kunstglade Tjener var kommen igen og spurgte øjeblikkelig om Fru Mackie ikke kunde spise en Tegning af igen, hvilket jeg lovede at forhøre hende om. Saa gik jeg paa Posthuset og sendte Fru Bohrs 800 Kr [tilføjet over linjen] til Esben H. Derfra til Gyldendal og saa hjem og til Carlsberg. I Morgen skal jeg altsaa lave en lille Aqvarel med trækkende Knortegæs til en Forside af ”Frem”, som skal afleveres paa mandag og saa gaar jeg op og begynder at male. Kl. 8 Lørdag Mrg. kommer Nielsen her og henter mig i Bilen og Søndag Eftermiddag kommer vi hjem og spiser til Middag paa Carlsberg. Mandag gaar jeg videre paa Christiansborg. Jeg har nok at gøre. Mange kærlige Hilsner Din JL</t>
+  </si>
+  <si>
+    <t>1924-11-17</t>
+  </si>
+  <si>
+    <t>Kerteminde</t>
+  </si>
+  <si>
+    <t>Carlsberg
+Vinskoven 4440 Mørkøv</t>
+  </si>
+  <si>
+    <t>- Arenholt
+- Bohr
+Smør Christensen
+Theodor Duepetersen
+Thomas Hansen
+Vagn Jacobsen
+Xenia Jacobsen
+Frøken Levin
+Frederik Lützhøft
+Direktør Petersen
+Svend  Rathsack</t>
+  </si>
+  <si>
+    <t>Johannes Larsen er ved at male på Christiansborg.
+Vinskoven ligger ved Mørkøv på Vestsjælland
+Alhed Larsen opholder sig på Hareskov Sanatorie efter flere smertefulde hjerteanfald(Birgit Bjerre: Marie - uundværlig husholderske i to kunstnerhjem, Østfyns Museer 2010 s. 90)</t>
+  </si>
+  <si>
+    <t>I dag har Johannes Larsen malet prøvebillede på Christiansborg. Han og Thomas Hansen har lavet farveblandinger. Han har været på jagt i Vinskoven et par dage.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/UvDl</t>
+  </si>
+  <si>
+    <t>Mandag Aften 17 Nov. 24.
+Kæreste Alhed!
+Det er snart længe siden jeg har hørt fra Dig. I Aftes da jeg kom hjem laa der et Kort fra Th. hvorpaa der stod [Bemalet] Du skal komme; og han havde selv været der i Bil. I Dag blev jeg ringet op af Sv. Rathsack som skulde overtale mig fra Direktør Petersen Aarhus (Smeden) til endelig at komme. Jeg kommer ikke. Jeg tør ikke gaa fra det Loftsbillede ligesom jeg har faaet begyndt. Jeg tror overhovedet ikke jeg kan male et Billede af den Art og Størrelse uden at det bliver gjort saa hurtigt som muligt og nu har jeg haft saa mange Uheld med det at jeg ikke vil udsætte mig for flere Afbrydelser.
+I Dag har jeg malet et Prøvebillede og Thomas Hansen har gjort det store rent med gl. Hvedebrød, det var blevet svinet saa meget til af Kul at jeg ikke turde male paa det. Vi har blandet fire Farver til Luften som jeg nu tænker at faa begyndt paa at smøre paa i Mrg. Lysse var der oppe i Eft.mdg. Jeg havde et Par dejlige Dage i Vinskoven med Bryggeren og Dr. Arenholt, dejligt Vejr og god Jagt, Harer og Fasaner. Men jeg har været dejlig træt i Dag, baade i min Krop og i mine Øjne. Vi spiste Middag paa Carlsberg, der var 2 Damer foruden Fru Brygger; nemlig Fru Ernst Goldschmidt og en Frk. Levin. Jeg gik Kl. ca 11 saa kunde jeg ikke mere for Søvnighed. Jeg har afleveret den Akvarel til Frem hos Gyldendal i Morges. Jeg havde tænkt at sende den ene af de Aquareller fra Fru Bohr til Th og give Smør Chr. den anden, men det er vel usikkert om den kommer i Tide ja det kan vel daarlig naa sig selv om de kommer i Mrg. Saa maa de jo vente til jeg en Gang faar Tid til at lave en. Jeg ved ikke om jeg kan faa fat i et Frimærke i Aften saa det er usikkert om Du kan faa dette i Mrg. For øvrigt venter jeg at Du ringer op i Aften inden jeg er gaaet i Seng. Jeg er træt og søvnig. Mange kærlige Hilsner Din JL</t>
+  </si>
+  <si>
+    <t>1924-11-19</t>
+  </si>
+  <si>
+    <t>Uraniavej   1878 C
+Valby 1799 V
+Brønnum</t>
+  </si>
+  <si>
+    <t>Christian Gulmann
+- Jacobsen, frøken
+Johan Larsen
+Eiler Lehn Schiøler
+Annette Schiøler
+Eiler Schiøler
+Jørgen Schou
+Marie Schou
+Nalle Schou
+Viggo Stockfleth
+Fritz Syberg
+Hans  Syberg</t>
+  </si>
+  <si>
+    <t>Alhed Larsen opholder sig på Hareskov Sanatorium efter nogle smertefulde hjerteanfald (Birgit Bjerre: Marie - uundværlig husholderske i to kunstnerhjem Østfyns Museer 2012 s. 90)
+Det er uvist hvem Gru er.
+I omkring 125 år lå Café Brønnum i stueetagen af Brønnums Hus klos op ad Det Kgl. Teater og Kongens Nytorv, som var meget besøgt af skuespillere, forfattere og andre kulturpersonligheder.(aok.dk)</t>
+  </si>
+  <si>
+    <t>Hans Syberg har fået guldmedalje og legat for en figur. Gallerikommisionen ville gerne have købt den.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/VcOp</t>
+  </si>
+  <si>
+    <t>19 Novbr. 1924. Uraniavej
+Kæreste Alhed!
+Ja nu kom Stockfleth, jeg skal hilse mange Gange. Det er gaaet mig godt i Dag; dejligt lyst Vejr. Bag efter kørte jeg ud til Valby og traf Baronen alene hjemme, Marie i Rigsdagen, og bagefter skulde hun spise med Buf &amp;amp; Kone, Bufs Fødselsdag. Han kom lidt efter og jeg gratulerede ham. Mange Hilsner fra Baronen. Lysse og Hr Gulmann kom ind til mig da jeg spiste Frokost hos Brønnum. Baronen var glad og stolt over at Hans havde faaet Guldmedalje og Legat. Og Gallerikommisionen vilde have haft hans Figur hvis de havde set den før de købte paa Foraarsudstillingen; jeg sad og snakkede med ham til Spisetid. Schiølers og Gru skal i Theatret og Ejler Nette Frk Jacobsen og jeg gaar nu i Biograf
+Mange Hilsner Din JL.</t>
+  </si>
+  <si>
+    <t>1924-11-20</t>
+  </si>
+  <si>
+    <t>Vodrofsvej  2 1900 C 
+Faaborg Museum
+Vinskoven</t>
+  </si>
+  <si>
+    <t>- Berend
+ Kristian Brünnich Nielsen
+Poul S. Christiansen
+Peter Hansen
+Vagn Jacobsen
+Christian Kampmann
+Frederik Lützhøft
+Viggo Madsen
+- Mundus
+Albert Naur
+Janna  Nielsen
+Kai Nielsen
+Fritz Syberg
+Peter Tom-Petersen
+Einar Utzon-Frank</t>
+  </si>
+  <si>
+    <t>Kai Nielsen døde d. 2.11.1924
+Eiler Lehn-Schiøler boede på Uraniavej, Frederiksberg. 
+Det er uvist hvem Lackmann er.
+Alhed Larsen opholder sig på Hareskov Sanatorium efter nogle hjerteanfald (Birgit Bjerre: Marie - uundværlig husholderske i to kunstnerhjem, Østfyns Museer 2012 s. 90)</t>
+  </si>
+  <si>
+    <t>Johannes Larsen havde glemt en aftale hos Bryggeren. Janna havde ringet flere gange. Hun vil gerne arrangere en udstilling med Kai Nielsens værker og har brug for Johannes Larsens hjælp.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/yh33</t>
+  </si>
+  <si>
+    <t>Uraniavej 20 Nov. 1924.
+Kæreste Alhed!
+Bare Du nu ikke er bleven ked af at ringe op; fordi jeg var ude i Aftes. Foruden Du havde Bryggeren og Janna ringet og bedt mig ringe op naar jeg kom hjem. Jeg prøvede først begge Bryggerens Numre fra Telefonbogen uden Held og ringede saa til Vodrofsvej og fik hans hemmelige N°, det hjalp. Han vilde fortælle mig at jeg havde glemt at jeg skulde have været til Møde paa Carlsberg Kl 4. Det passede, det var altsaa mens jeg var inde hos Baronen. Det er nu ikke nemt jeg har i Kommission at tale med Mundus, Poul Christiansen, Peter Syberg Lysse og Tom Dr. Brünnich og Kampmann, deraf mangler jeg de 3 sidste. Jeg kom nemlig frem paa en hver Dag mellem Christiansborg og Middag. I Dag er jeg her, da der var en Mand der hed Berend eller saadan noget, det glemte jeg vist at skrive i Gaar, oppe paa Slottet for at tale med mig om en Aquarel han vilde have ca en Meter bred den skulde hænge paa en bestemt Plads. Jeg foreslog ham at komme herud en af Dagene mellem 4½ og 5½ for at se paa de smaa Bøger og han bad saa om han maatte tage sin Kone med da hun skulde være med til at bestemme det. Den skulde gerne afleveres inden Jul. Hvis det ny bliver til noget kan jeg jo lave den en Regnvejrsdag i Vinskoven. Janna vilde have haft mig derud til et Møde med Utzon Frank Naur Viggo Madsen og [Lackmann] angaaende en Udstilling af Kais Arbejder; men da det var saa sent gad jeg ikke tage derud. I Morges ringede hun igen om hun kunde komme til at tale med mig i Løbet af Dagen og jeg foreslog hende saa at spise Frokost med mig hos Krog for at spare Tid. Det gjorde hun og vi fik stegte Rødspætter, ikke noget for mig, de var flaaede og beklædte med Rasp. Det drejede sig om at laane Arbejder af Kai fra Museet i Faaborg og jeg mente det var bedst hun gik til Etatsraadinden først, men saa maatte jeg saa love at gaa med hende derud. Bestemte at hun skulde møde ved Slottet Kl. 11½ saa vi kunde være udsatte for at blive til Frokost. Efter Frokost i Dag kom
+[resten af brevet mangler]</t>
+  </si>
+  <si>
+    <t>Louise Brønsted
+Niels Finsen
+Lars Hedelund
+Johan Larsen
+Johannes Larsen
+Christine  Mackie
+Leo Swane
+Peter Tutein
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Alhed Larsen var november til december 1924 på Hareskov Sanatorium, fordi hun havde haft nogle hjerteanfald.
+Andreas Larsen var i gartnerlære i Stige ved Odense, og Johan Larsen var studerende på Landbohøjskolen.
+Det er formodentlig Johan Larsen, som Alhed af og til kalder Godsejeren.</t>
+  </si>
+  <si>
+    <t>Alhed Larsen synes, at det er mystisk, at hun ikke hører fra Andreas Larsen. 
+Hun har det langt bedre, end da hun ankom til sanatoriet. Dagene går med at ligge udendørs, få lysbade, brusebade, vegetarmad og at gå ture samt få besøg. Om aftenen læser Alhed fransk. Johannes Larsen har travlt med sit store billede, og Alhed har fået lov at komme ind at se det, når det er færdigt.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/D7he</t>
+  </si>
+  <si>
+    <t>Min egen kære Gamle!
+Nu begynder jeg snart at synes, at det er mystisk at jeg ikke hører fra Dig, det ligner Dig jo slet ikke. Og Fru Hedelund sagde den Dag, at der laa et Brev der ikke var sendt af Sted og at jeg vilde faa det Mandag. Mon der dog ikke skulde være et gaaet tabt ellers forstaar jeg det slet ikke. Dette er det 3die jeg skriver uden at have hørt fra Dig. Det er saa tomt slet ikke at vide om Dig. Du kan ellers tro, det hjælper godt paa mig, alle siger, jeg ser langt raskere ud end da jeg kom og jeg vejer 121 ½ Pund, det meste jeg har vejet i lange Tider. Det er en herlig Tilværelse og Tiden falder en langtfra lang, tvertimod. Jeg ligger i Liggestole aaben [ulæseligt ord] da i Pels hver Dag fra 10-11, det er sjov at ligge og kige op i Luften og næsten daglig kommer her Flyvere over. Fra 11 ¼ til 12 faar jeg Finsenlysbad, det brænder Huden som Solbad, jeg bliver helt rød og øm og maa smøres med Palmin! der efter varmt og koldt Styrtebad, saa Hvile indpakket i Uldtæpper, derefter en ganske lille Spadseretur, mere kan jeg ikke naa før Kl. er 1 og det er Middag. 3 Retter Mad, ganske let, 2 [sidetal] mest Vegetarmad, glimrende alt sammen, derefter Hvile og saa endelig har man fri til en anden Spadseretur; her er meget smukt, dejlige Skove og Vejret har jo været bedaarende hidtil. – Af og til faar jeg Besøg, Bedstemor og tante Lugge en Dag, Meme i Søndags, Swane forleden paa sin Motor og han og Lysse vil komme her sammen en Dag. Lysse og Peter Tutein har ogsaa været her og dag paa Motor, jeg bespiste dem med Kaffe og Smørrebrød paa Kroen og Godsejeren havde som sædvanlig god Appetit! Din Far har meget travlt med sit store Billede, jeg telefonerer med ham hver Aften, jeg har faaet Lov af Doktoren at tage ind og se Billedet, naar det er færdigt. Jeg blander mig ikke meget med Folk her, her er ikke ret mange tiltrækkende, jeg læser Fransk hver Aften her paa mit Værelse, slaar Gloser op, saa jeg synes, jeg lærer en hel Del. 
+Lad mig nu dog høre fra Dig min gamle Ven, jeg længes saa frygtelig efter det. Skriv rigtig om hvordan alting gaar for Dig. – Mange 1000 Hilsner fra Din Mor.
+Torsdag 20 – 11 – 24</t>
+  </si>
+  <si>
+    <t>1924-11-26</t>
+  </si>
+  <si>
+    <t>Esben Hansen
+Peter Hansen
+Ludvig Holstein
+Vagn Jacobsen
+Anker Kyster
+Andreas Larsen
+Eiler Lehn Schiøler
+A Munch-Petersen
+Grethe Naur
+Janna  Nielsen
+Kai Nielsen
+Theodor Oppermann
+Johannes Rump</t>
+  </si>
+  <si>
+    <t>Alhed Larsen opholder sig på Hareskov Sanatorium efter nogle hjerteanfald ( Birgit Bjerre: Marie - uundværlig husholderske i to kunstnerhjem, Østfyns Museer 2012 s. 90)
+Duetavlen er formentlig en illustration til det planlagte 10-binds værk om Danmarks fugle. Imidlertid gik initiativtageren Lehn Schiøler konkurs og døde nogle år senere. Der blev kun udgivet tre bind. To bind om Danmarks andefugle og et bind om Danmarks rovfugle.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen er muligvis færdig med billedet på Christiansborg. Han arbejder på at rejse penge til udstillingen om Kai Nielsen. Taler med mange mennesker.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/wjaU</t>
+  </si>
+  <si>
+    <t>Uraniavej 26 Nov. 1924
+Kæreste Alhed!
+Det er svært for mig at finde ud af hvormeget jeg har faaet fortalt Dig i Telefonen og hvad jeg har glemt, der foregaar saa meget i disse Dage. I Formiddag har jeg været hos Rump der stadig mener at have ofret nok paa Kaj, og hos Munch Petersen der nok vilde bidrage med et mindre Beløb. Schiøler og jeg var til Frokost hos Bryggeren sammen med Biologen, og havde hyggeligt. De var meget begejstrede for Prøveheftet. Nu kan Du jo se paa det, Schiøler har sendt Dig et i Formiddag. Da vi gik fra Carlsberg mødte vi Janna og Fru Naur udenfor, de havde været ude at se til Kajs Grav og fulgtes med os til Sporvognen. Jeg havde tænkt at male videre paa Duetavlen i Eftermiddag men det er saa mørkt at jeg ikke kan se; saa jeg vil gaa ind til Kyster og se at faa de Bøger af Ludvig Holstein naar jeg har skrevet dette. Jeg havde Brev fra Puf i Morges han har det godt og jeg skal skrive til ham i Morgen. Du ved vel ikke Jannas Telefonnummer saa vi faar vel ikke talt sammen i Aften, det er ogsaa idiotisk at jeg ikke har faaet Dit, men jeg vil se efter i Telefonbogen og saa ringe der ude fra i Aften. I Mrg. Kl. 11 skal jeg op paa Slottet og have en Anvisning paa Pengene og Regningen paa Lærredet som ikke er betalt. Begge Del sender jeg saa til Esben Hansen. Du kan tro det er en Lettelse at have alt vel overstaaet. Mange kærlige Hilsner Din JL.
+P.S.
+Jeg skal hilse Dig fra en hel Masse Mennesker som jeg i de sidste Dage har talt med men jeg kan ikke finde Rede i hvormange af dem jeg da afleverede i Telefonen. I Dag Rump og Munch Petersen og Bryggeren og Biologen; i Gaar Oppermann, Peter o.s.v.
+JL</t>
+  </si>
+  <si>
+    <t>1924-11-27</t>
+  </si>
+  <si>
+    <t>Louise Brønsted
+Kristian Erslev
+- Hage
+Esben Hansen
+Otto Helms
+H. C. Holm
+Ludvig Holstein
+Else Jensen
+Johannes V. Jensen
+Anker Kyster
+Marie Larsen
+Eiler Lehn Schiøler
+Frederik Lützhøft
+Albert Naur
+Grethe Naur
+Janna  Nielsen
+Kai Nielsen
+Carl Ostenfeld
+Valdemar Rørdam
+Ellen  Sawyer
+Jens Schou
+Viggo Stockfleth
+Christine Swane</t>
+  </si>
+  <si>
+    <t>Alhed Larsen opholder sig på Hareskov Sanatorium efter nogle hjerteanfald( Birgit Bjerre: Marie - uundværlig husholderske i to kunstnerhjem, Østfyns Museer 2012 s. 90)
+Det omtalte digt af Ludvig Holstein hedder "Nu ruger på reden".
+Peter er en hund - ofte kaldet Peter Hund.
+Det vides ikke hvem Inger Magnussen og Christian er.</t>
+  </si>
+  <si>
+    <t>Der gøres stadig forberedelser til udstillingen om Kai Nielsen. Billedet på Christiansborg ser godt ud i solskin. Johannes Larsen skal lave tegninger til en bog om Stæren. Han har farvelagt en tegning til et digt af Holstein. Schiøler har afleveret prøvehæftet til første bind af "Danmarks Fugle".</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/7RTI</t>
+  </si>
+  <si>
+    <t>Kjøbenhavn 27 Nov. 1924
+Kæreste Alhed!
+Jeg var saa ude hos Janna i Aftes. Der var foruden mig Naur og Kone og Else, Johannes V var bleven hjemme paa Grund af Ørepine, senere paa Aftnen kom Inger Magnussen. Naur havde det Fotografi med til mig, som har staaet i Kjøbenhavn?[spørgsmålstegnet er muligvis skrevet af en anden person på et senere tidspunkt] Janna havde et udmærket Billede af Kaj, som Stockfleth havde taget for nogle Aar siden paa Schous Klinik, og som jeg skal se at faa hos ham. Jeg har været oppe paa Christiansborg i Dag, Lysse kom her og var med. Jeg underskrev Kvitteringerne og Pengene bliver i Mrg. sendt til Esben Hansen og jeg skriver saa til ham og sender Regningen paa Lærredet og beder ham sende Pengene til Olesen, de vilde helst have det saadan for Regnskabets Skyld. Det var for Resten rørende billigt Lærred, jeg havde ventet, det havde kostet ca 3 Gange saa meget, men omsat i Kroner blev det kun til 151 i det Olesen ikke havde beregnet Fortjeneste fordi de havde leveret saa meget til Slottet. Lysse og jeg var inde og saa Billedet i Solskin, det saa meget godt ud¸jeg havde kun set det i kunstigt Lys. Den Forlægger med Stæren, og Helms og Johs V. kom derop; og fulgtes med mig derfra. Han foreslog 500 Kr og saa maatte jeg lave hvad jeg vilde til Bogen der skal komme til Octbr, og det er saa Meningen at udgive en lignende Monografi af en af vore almindelige Fugle hvert Aar. Jeg gaar op og taler med Johs. V. om det naar jeg kommer tilbage fra Kyster, hvor jeg nu gaar ned med 3 Holstenske Digtsamlinger som jeg hentede i Aftes og som mangler forgyldning paa Rygge. Der laa et Bjærg af vore Bøger derinde og han lovede at sende dem inden Jul saa vi kan faa dem stillet op til Julen. Jeg fik i Dag en Samling Fugleviser af Valdemar Rørdam med Dedikation og Vignetter af Heilmann ikke gode. Jeg har i Dag lavet en lille Farvelagt Tegning til Holstein til et par Linier af et Digt ”Lærken”.
+”Nu gemmer det grønne en Fugl i Ro.”
+En rugende Lærke i Kløver [ tegning] som jeg tager med til Byen og afleverer til Børup hos Gyldendal, sidste Frist. Schiøler var i gaar hos Erslev, Formand for Carlsbergfonden, med et Prøvehæfte, Erslev telefonerede i Formdg at han kunde hente det, og sagde at han nu skulde gaa til Ostenfeld, hvad han gjorde med det samme, de var begge meget interesserede, og Ostenfeld sagde at han kunde gøre Regning paa 30000 Kr til første Bind og komme igen naar de næste skulde ud. Synes du ikke det er expedit? Marie ringede fra Uglen i Eftmdg. Jeg gaar der hen i Mrg. Kl. 4. Ellen er herinde for at tage mod Christian der kommer i Aften. Hun havdde Peter med ind og afleverede ham til Lugge paa Banegaarden. Jeg gik fra Slottet hen til H - Chr Holm for at sige Tak for Laan for Billedet og spørge hvor det skulde sendes hen, men traf ham ikke. Jeg ringede saa i Eftermdg. Han vilde meget gerne tale med mig og kommer herud i Mrg. tidlig. Naa nu maa jeg af Sted, saa maa Esben vente til i Morgen. Schiøler beder mig hilse. Han er højt oppe i Anledning af Bogen.
+Mange kærlige Hilsner Din JL</t>
+  </si>
+  <si>
+    <t>1924-12</t>
+  </si>
+  <si>
+    <t>Fru Balslev
+- Brudlund
+Asta Krohn
+Marie Larsen
+A Munch-Petersen
+Chr.  Quist
+Christine Swane</t>
+  </si>
+  <si>
+    <t>Alhed Larsen opholder sig på Hareskov Sanatorium efter nogle hjerteanfald(Birgit Bjerre: Marie - uundværlig husholderske i to kunstnerhjem, Østfyns Museer 2012 s. 90)</t>
+  </si>
+  <si>
+    <t>Alhed Larsen har stadig ikke nyt om resultatet af kunstauktion.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/M0Wt</t>
+  </si>
+  <si>
+    <t>Kæreste Lausi!
+Jeg maa hellere faa et Brev af Sted i Morgen igen, ellers faar Du ingen før Mandag. Tak for Brevet i Dag, jeg fik det altsaa Torsdag Morgen. Gud ske Lov det er fint Vejr i Dag, jeg var saa ked af Regnvejret i Gaar, men nu i Dag kan Du vel faa begyndt paa noget, det er ellers en voldsom Omgang fra alt det milde Vejr. Jeg har haft besøg af Mareje i Dag, i Telefonen kunde jeg ikke faa Besked om Auktionen, de havde intet hørt og ikke selv været der. Men Mareje vidste egentlig heller ikke noget videre, de havde talt med Brudlund, han mente det var gaaet skidt men der var vist heller ikke gjort det allermindste med Opbydere eller med at tromme Folk sammen. Et Billede som Asta havde givet Brudlund i Kommission var gaaet for 20 Kr., det er næsten dumt ikke at have nogen til at byde det op, men som sagt, Hovedresultatet vidste de ikke endnu, Uglen skulde først have ringet til Munch-Petersen. - 
+Der er rejst to i Dag af dem, jeg havde mest med at gøre gl. sagfører Quist fra Nyborg, som jeg sad ved Siden af ved Bordet og Fru Balslev, som er en af dem, jeg bedst kunde lide. - Naa Du faar kun disse Par Ord i Aften Gamle skal have lidt ogsaa. 
+Mange Hilsner 
+Din A.
+Torsdag Aften.</t>
+  </si>
+  <si>
+    <t>Helsinore
+Nicolaj Torv København
+Bianco Lunos Allé Frederiksberg</t>
+  </si>
+  <si>
+    <t>- Berend
+Thomas Bewick
+Sophus Clod Svensson
+Johan Hansen, generalkonsul
+Johannes V. Jensen
+Eiler Lehn Schiøler
+- Lützow
+Karl Madsen
+Johan Christian Petersen
+Niels Rydeng
+Ellen  Sawyer</t>
+  </si>
+  <si>
+    <t>Alhed Larsen opholder sig på Hareskov Sanatorium efter nogle hjerteanfald. (Birgit Bjerre: Marie - uundværlig husholderske i to kunstnerhjem, Østfyns Museer 2012 s. 90)
+Tredje bind af Johannes V. Jensens "Myter 1914-24" udkom i 1924 på Gyldendal.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen skal have sendt nogle tryk, som først skal sættes på passe-partout. Der er rosende omtaler i svenske aviser.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/pjzE</t>
+  </si>
+  <si>
+    <t>[Første del af brevet mangler]
+Clod-Svensson op til mig med vedlagte Kort, hvoraf det fremgaar at jeg har solgt for, saa vidt jeg kan se ca 1000 Kr, som han nu mener er svenske hvilket jo pynter betydeligt paa det. Men tror du der findes Explr af alle disse hjemme og i saa Fald tror Du Elle kan finde dem. Schiøler har lige gjort mig opmærksom paa at Børnene her har hver et, og at der maaske er nogle af dem i mellem, nu skal jeg se efter. De skal sendes til J. Chr. Petersen (Papirpetersen) ved Nicolai Torv Kjøbenhavn K. som saa vil sætte dem paa Passepartouet og lade dem gaa videre. Han havde en hel Del Udklip af svenske Aviser med, jeg læste lidt af en meget lang en hvor Ederfuglene var gengivet, og hvor jeg var meget rosende omtalt og sammenlignet med Bewick og længere nede stod der om en finsk Kunstner med beslægtede Motiver, at de bød mod at hænge i Nærheden af mine. Men som sagt jeg læste ikke mere for jeg stod som paa Naale for at faa begyndt at male igen. Det har været et par dejlig lyse Dage i Gaar og i Dag og jeg tror jeg har klaret Luften nu og Fuglene mangler kun Farve saa jeg bliver nok færdig paa Lørdag. I Morgen skal jeg til Møde hos Generalkonsul Johan Hansen, i Anledning af den Hædersgave til Karl Madsen, som Lützow skrev om. Det er dejligt at det nu ser ud til at jeg kan blive færdig, jeg har ligefrem gaaet og været dårlig i Maven af nervøsitet over ingen Vegne at komme men de sidste Par Dage har jeg haft det godt. Jeg mødte Johs V i Middags, han sagde han havde sendt de ny udkomne Myter til Kjerteminde. Naa Hr Berend var her altsaa lige før Middag og jeg aftalte med ham at jeg skulde komme hen til ham paa Bianco Lunos Allé 1. 3 Sal i Mrg Aften. Her er et Brev fra Skrædderen i Helsingør som kom i Dag, jeg maa skrive til ham at vi maa have det til Gode til vi kommer igen til Marts. Jeg har nok at gøre. 
+Mange kærlige Hilsner
+Din JL
+P.S.
+Bryggeren fortalte i Aftes at Graaænderne var kommen og udpakkede os at han vilde retournere Kassen der var mægtig stor. JL</t>
+  </si>
+  <si>
+    <t>1924-12-02</t>
+  </si>
+  <si>
+    <t>Vinskoven</t>
+  </si>
+  <si>
+    <t>4440 Mørkøv
+4400 Kalundborg</t>
+  </si>
+  <si>
+    <t>Tom Christensen
+Theodor Duepetersen
+Esben Hansen
+Ludvig Holstein
+Vagn Jacobsen
+Andreas Larsen
+- Larsen, kunsthandler
+Eiler Lehn Schiøler
+Johannes Madsen
+Johan Christian Petersen
+Henry Salzwedell
+Nalle Schou
+Christian Treschow
+Frederik Treschow</t>
+  </si>
+  <si>
+    <t>Haage &amp;amp; Schmidt var et tysk frøfirma i Erfurt. Grundlagt 1862. "Med nutidens målestok et af de største gartnerier i Europa" (haage.org)
+Det er uvist, hvem Tom Christensen var. Om det fx er forfatteren Tom Kristensen kan ikke umiddelbart afgøres. 
+Alhed Larsen opholdt sig på Hareskov Sanatorium efter nogle hjerteanfald (Birgit Bjerre: Marie - uundværlig husholderske i to kunstnerhjem, Østfyns Museer 2012 s. 90)</t>
+  </si>
+  <si>
+    <t>Johannes Larsen maler i Vinskoven. Han vil male et billede af en gammel eg. Er blevet inviteret på jagt, men har sagt nej. Han skal arbejde.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/F2eP</t>
+  </si>
+  <si>
+    <t>Vinskoven 2 Dec. 1924.
+Kæreste Alhed!
+Jeg kom godt herud i Søndags. Ankom hertil Kl. 4 i en Fordvogn Salzwedell havde sendt til Stationen efter mig. I Gaar gik jeg rundt og orienterede mig i Landskabet men i Morges regnede det da jeg vaagnede og det har regnet hele Dagen, som jeg saa benytter til at barbere mig og skrive Breve. Jeg har skrevet til Kunsthandler Larsen efter Farver, til Papirpetersen, Puf, Bryggerens, Th, [Svar] paa vedlagte Glarmester Madsen, om at sende den ene Aquarel direkte til Len, Esben Hansen efter Penge, i alt 8 Breve med dette her. Du kan tro Skovmaarene er fine og jeg er begyndt at sledske for dem. Jeg vil begynde med at male et Par store Billeder af en mægtig gammel Eg der staar i Skoven lige her udenfor Døren, Graavejr og eventuelt Solskin hvis der bliver noget. Chr. Treschow ringede før om jeg vilde med ham og hans Fader ned til Kallundborg i Morgen, for at sejle paa Ederfuglejagt hvis Vejret blev til det, men jeg turde ikke, jeg maa jo see at komme i Gang med at Arbejde, jeg glæder mig til det. Derimod lovede jeg at komme derhen en Aften, han vil hente og bringe mig. Jeg blev ringet op i Lørdags Aftes af Fru Nalle Schou er det ikke saadan Bufs Kone hedder, det var noget om at reproducere et eller andet til Ludvig Holstein, men hun vidste ikke rigtig Besked. Saa ringede Tom Christensen, de vilde gerne have Lov til at gengive den Tegning jeg havde lavet til Mappen i en Festartikel, hvilket jeg tillod. Kan Du ikke sende mig Politiken for i Morgen? Jeg havde tænkt at telegrafere til Holstein men ved ikke hvorhen. Kan Du ikke gøre det for os begge 2. Mange kærlige Hilsner, skriv snart. Din JL
+Kan Du ikke ogsaa sende Haage &amp;amp; Schmidt de 4,95. Jeg har ingen Penge.</t>
+  </si>
+  <si>
+    <t>4400 Mørkøv</t>
+  </si>
+  <si>
+    <t>Alhed Larsen
+Eiler Lehn Schiøler
+Helga Lehn Schiøler</t>
+  </si>
+  <si>
+    <t>Vinskoven hørte til herregården Orelund. Johannes Larsen opholdt sig af og til derude for at male, og han kunne overnatte der.
+Andreas Larsen (Puf) var i gartnerlære i Stige nær Odense.
+Alhed Larsen havde i september 1924 nogle smertefulde hjerteanfald, og hun opholdt sig derfor på Hareskov Sanatorium i november og december måned.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har gået og orienteret sig i Vinskoven og valgt en gammel eg, som han vil male. Alhed er kommet sig. Andreas må sende Johannes Larsens træsko til ham.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ww2M</t>
+  </si>
+  <si>
+    <t>Vinskoven 2 Dec. 1924.
+Kære Puf!
+Som Du ser er jeg nu herude. Jeg kom her Søndag Eftmdg og i Gaar gik jeg omkring og orienterede mig. I Dag har det regnet siden tidligt i Morges, og jeg benytter Lejligheden til at skrive og barbere mig. Hvis Du ikke har sendt Oljetøjet vil jeg gerne have sendt mine Træsko med, put det hele i en forholdsvis god Sæk, jeg kan faa Brug for dem naar jeg skal herfra. Din Moder var inde i Kjøbenhavn i Lørdags Eftmdg og spiste til Middag hos Schiølers. Hun har det godt og gør Indtryk af at være kommen sig gevaldigt derude. Jeg er spændt paa hvad jeg vil faa ud af Opholdet her. Paa denne Aarstid med de korte Dage, spiller Vejret jo en overordentlig Rolle. Foreløbig vil jeg give mig i Lav med at male en mægtig gl Eg der staar i Skoven lige her udenfor Døren. Mange kærlige Hilsner
+Din Far!
+P.S.
+Du maa gerne lade høre fra Dig en Gang imellem.</t>
+  </si>
+  <si>
+    <t>1924-12-03</t>
+  </si>
+  <si>
+    <t>Ærø
+Vinskoven,  Mørkøv</t>
+  </si>
+  <si>
+    <t>Ora -
+Fru Balslev
+Christian Caspersen
+Lars Hansen
+Alhed Larsen
+Andreas Larsen
+Johannes Larsen
+Otto  Meyer
+Christine Swane
+Laura Warberg
+Hanne With</t>
+  </si>
+  <si>
+    <t>Bjerre, Birgit: Christine Swane. 2003. S. 53 sp. 1.
+Alhed Larsen opholder sig på Hareskov Sanatorie efter nogle hjerteanfald (Birgit Bjerre: Marie - uundværlig husholderske i to kunstnerhjem, Østfyns Museer 2012 s. 90)</t>
+  </si>
+  <si>
+    <t>Alhed Larsen har haft besøg af to veninder: frk. With og fru Balslev.
+Christine Swane og fætteren Otto Meyer udstiller sammen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Ilyl</t>
+  </si>
+  <si>
+    <t>Kære Lausi!
+Ja, jeg har ikke faaet noget brev af Sted i Dag, jeg ringede jo
+til Dig i Aftes og i Dag kom Max forbi endnu inden Fri og han var begejstret, og da han var taget af Sted, var det forsent at faa et Brev med, det var et meget vellykket Besøg, jeg havde Max herovre at drikke Eftermiddagskaffe, der foregaaende i Havesalen ved smaa Borde. Jeg fik Frk. With og Fru Balslev - de to, jeg kan bedst med - hen ved det Bord, og de faldt udmærket sammen og Mor morede sig godt. Apropos Frk. With, der jo bor paa Kristiansø, hvad var det hun talte om, der var af mærkeligt på Kristiansø, jeg vilde spørge Frk. W. ud om det, hun kunde slet ikke komme paa, hvad det var, husk at svare paa det. Jeg havde et langt Brev fra den Gamle i Dag, han har det godt og skriver saa fornøjet, mest Anekdoter om Lars. Hvor er det dog jammerligt hvis vi ret mange Dage skal have saadan et Regnvejr. Du kan jo slet ikke faa begyndt paa noget. Det er meget spændende, hvordan Uglens og Mix's Auktion er gaaet i Dag, jeg har tænkt at ringe dem op, men de er vel næppe hjemme, de har ikke ringet til mig, som Du sagde, de ville.I Morgen rejser lille Fru Balslev, det er kedeligt her er bare faa jeg bryder mig om. Tænk dig Uglen havde været her i Søndags. Far er undervejs da jeg kom ind at klæde mig om til Middag, saa hans Visitkort paa Klædeskabsdøren med en Hilsen og det Lexikon, han har foræret mig, havde han fundet paa en Bericht og skreven Dato i! Men ikke et Menneske har set ham eller talt med ham , og det mest mystiske er, at jeg om Mandagen fik Brev fra Ora, og hun nævner det ikke.
+Hvis jeg faar fat i Uglen i Telefonen, skal jeg føje et Par Ord til om Auktionen. Mor vilde sende dig en Politik i Morgen.
+Hav det godt. 1000 Hilsener
+Din A.
+Onsdag 3die Dec. -24</t>
+  </si>
+  <si>
+    <t>Ellen  Sawyer</t>
+  </si>
+  <si>
+    <t>Rynkeby</t>
+  </si>
+  <si>
+    <t>Anders, havemand -
+Lille -
+Fru Balslev
+Grethe Bichel
+Peter Bichel
+Peter Hansen
+Julius Hviid
+Grethe Jungstedt
+M Knipschildt
+Alhed Larsen
+Andreas Larsen
+Johanne Christine Larsen
+Johannes Madsen
+Ellen  Sawyer
+Vilhelm Tryde</t>
+  </si>
+  <si>
+    <t>Peter er muligvis en Larsen-hund, ofte kaldet Peter Hund.
+Tornøes Hotel ligger i Kerteminde. Det er ikke klart, hvad der skal foregå den 20.1 1925. Laura Warberg, som er mor til Alhed Larsen og Ellen Sawyer, fylder år den dag. I 1925 blev hun 79 år.</t>
+  </si>
+  <si>
+    <t>Alhed Larsens søster Ellen skriver og glædes over, at Alhed har det godt. Ellen derimod har været syg og er nu på rekreation hos Bichels. Hun har ofte hjulpet Alhed med at trykke træsnit.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/GhGl</t>
+  </si>
+  <si>
+    <t>Kære søde Besen!
+Tak for dine 2 Breve. Hvor er det vidunderligt, at du har det saa godt og ingen Anfald har og ikke bliver saa let træt. Bare det nu maa holde naar du kommer hjem,- naa, ellers kan du jo tage en Tur derover igen ind i det nye Aar. -
+Hvad angaar Kommistionerne [Kommissionerne], - saa vil jeg sige, at den med Træsnittene nævnte jeg at jeg besørgede godt. D.v.s. Gamle ledte dem frem (- Graaanden, som ikke fandtes) og jeg fik Madsen op og læste op for ham det i dit Brev som var om det, - viste ham Træsnittene og gav ham udførlig Besked, - Adr. og alt. I Dag fik jeg over paa Værkstedet og fandt dem Træsnittene urørte paa samme Sted! Men nu ringede Gamle i Aften, at det gør ikke saa meget, da han har faaet dem hos Tryde. - I Dag for en Uge siden blev jeg daarlig med Feber og Influenza - jeg laa hjemme og det var jo ikke helt sjov, - jeg var daarlig og laa i Døs hele Dagen, men maatte jo op og give Peter og bjærge lidt til mig selv -, Ja, saa kom Junge i en stakkels Fri-HalvTime og faar nu lidt Mad, men Situationen var jo ikke gunstig for mig. Imidlertid ringede Junge til Bichels hvordan o.s.v. Og næste Eft. kom Tulle og afhentede mig i lukket Bil og jeg blev lagt i Seng i et varmt Værelse og fik nærende Drikkelse og hvidvin og saa hjalp det hurtigt. Jeg vil prøve paa at cykle ud i Morgen, hvis Vejret er godt. I Dag var jeg i Bil i Kjerteminde med Grethe hun skulle til Tandlæge. Jeg var imens hjemme og hilse paa Peter Hansen og saa altsaa at Træsnittene laa der endnu. Havde jeg bare faaet det om Fotografierne forinden, saa kunde jeg jo havde besørget det med det samme, - men jeg fik det først da jeg kom her tilbage! Nu er det jo Aften, saa det er jo alligevel for sent til at Fru Balslev kan faa dem at se; saa nu maa det vel vente til jeg kommer hjem. - Gamle ringede i Aften, - han har det godt, skulle hilse. - Du kan tro jeg har det yndigt her og jeg nyder at blive feteret om. Jeg tror det var et stort Held for mig, for jeg kan ikke mindes at jeg nogensinde har været saa [ulæselig] med slim i Brystet og saa sløj og saa trængende til lidt Pleje. - De er dog ubeskrivelig søde. - Jeg var forresten nede i Drivhuset, - der var yndigt, - mange Blomster. Der var ogsaa mange Blomster i Haven, det er jo saa mildt . - Julius er rask. Jeg savner mit Samvær med Lille - i Dag mente Gr. at jeg ikke kunde smitte hende, saa mens Gr. var hos Tandlæge, afhentede jeg Lille på Hjemmet og kørte rundt med hende i Bil og var paa Thornøe. Hun var meget glad ved Turen, det lille Fæ!
+Vi er skuffede over at 20-1-25 skal holdes i Kbh. Vi havde snakket om et stort flot Sammenskudsgilde paa Thornøe - alle vi 8 - Peter Gr[ethe] [ulæselig] Knipschildt [ulæselig] naa, men det skal jo være som [ulæselig] vil have det. 
+P.S. jeg bliver her nok Ugen ud. Anders passer Peter.</t>
+  </si>
+  <si>
+    <t>1924-12-10</t>
+  </si>
+  <si>
+    <t>Theodor Duepetersen</t>
+  </si>
+  <si>
+    <t>Theodor Duepetersen
+Alhed Larsen
+Johannes Larsen</t>
+  </si>
+  <si>
+    <t>Det er ikke lykkedes at lokalisere stednavnet Lou som fortrykt i brevhovedet.
+Af brevets indhold fremgår det, at brevet er skrevet i Østen (Siam)
+Vinskoven er formodentlig et gæstehus ved godset Orelund, som ejes af Christian Treschow. Her opholdt Johannes Larsen sig ofte under sine besøg på godset.</t>
+  </si>
+  <si>
+    <t>Vennen Duepetersen sender et overstrømmende julebrev, hvori han takker inderligt for tilsend maleri. Duepetersen arbejder i disse år som læge i Bangkok, Siam/Thailand.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/XOn2</t>
+  </si>
+  <si>
+    <t>Fortrykt:
+Læge Duepetersen.
+Trf. Hverd. 10-11. Lou, d ........ 192
+Telef.: Lou 2
+Herefter i håndskrift: 10/12 4
+Vanvittige Las! Dejlige Las! Du er
+jo helt tovli! Jeg er henrykt! begejstret!
+Det er storartet! Vidunderligt! Tusinde
+Tak - hvor har jeg flyttet rundt 
+paa mine Vægge, - for jeg vidste strax
+godt hvor det skulde være! ikke
+"hænge" ikke "paa Plads" men "være" "leve" 
+"bo hos mig" - lyse Solskin og Glæde
+her til mig, når det var gråt og 
+trist (og det er det faneme altid) 
+som nu, jeg sidder her: helt
+fortvivlet over ikke at eje Kongens Mønt:
+ber Guderne! det lysner i min ækle sorte
+Sjæl, når jeg stjæler mig et Lysblink ovre
+fra dit! - for naturligvis "hænger"
+det lige overfor mit Skriverbord!
+det er som Radium: det [ulæseligt]anerer
+Lys og Glæde ustandseligt - uendeligt!
+Vi er dig usigelig taknemmelige din
+gamle Laksadel!, der raver du
+rundt med Pensel og Bøsse og
+Huer og Flaske og alle dine Tænder
+nede i vinskoven, mens din
+stakkels forsømte Hustru forsøger
+at skjule sin Hjærtekvide og forskræmte 
+Nøgenhed i Hareskoven! ligner
+det noget? Jeg tar ud og ser til
+hende på Søndag! hun er jo ganske
+åndsfrisk endnu! vi fik et 
+Brev fra hende, hvoraf
+at det tydeligt fremgik, at hun klart
+havde forstået, at min lægebil
+havde holdt udenfor hendes lille
+røde Dør - du skal se, hun
+kommer sig igen trods alle de fine
+Diagnoser, de går hende på! det
+BIllede er sindssvagt godt Las! du har aldrig lavet 
+noget bedre! De flyver over Alheds
+Æblegren - allerstedskærester - ! hvor
+har I to givet os mange Glæder! hvor
+har Jeres Billeder fyldt vor Sjæl med Glæde
+derude i Østen! ustandseligt giver de - og kærere blir de jo længere vi bor
+sammen - hvis du ikke vil besøge mig dit Svin så ha alligevel 
+en rigtig god Jul og fremfor alt få gjort din
+Alhed rask igen! TH</t>
+  </si>
+  <si>
+    <t>1924-12-11</t>
+  </si>
+  <si>
+    <t>Korsør</t>
+  </si>
+  <si>
+    <t>Hareskov</t>
+  </si>
+  <si>
+    <t>Vinskoven 4440 Mørkøv
+Hareskov 3500 Værløse</t>
+  </si>
+  <si>
+    <t>Duepetersen bor i Lou St. ved Næstved (Telefonnøgle Næstved 1924, s 23)
+Duepetersen vil besøge Alhed i kaninskoven, så hun bor muligvis hos sin søster Christine Mackie i Hareskov.
+Ashanti-regionen ligger i dag i Ghana.</t>
+  </si>
+  <si>
+    <t>Opmuntrende brev til Alhed, som har haft dårligt hjerte og er indlagt på sanatorium.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/juXR</t>
+  </si>
+  <si>
+    <t>Læge Duepetersen Lou, d. 11/12 1924
+Trf. Hverd. 10-11 Telef.: Lou 2.
+Alhed!
+Tak for dit lange brev – det glæder os så sandelig at se at du jo er fuldstændig aandsfrisk - det påstår Las osse! den smule hjærtefejl! skidt med det ! det er jo ikke noet nyt! jeg har såmænd osse hat mange - men de går over du! dånt you worry old girl! Hvis guderne styre mine og min sølverbruds fjer retteligen, så kører jeg i min lupusauto til kaninskoven på Søndag formiddag for at se på dig og for at kysse dig for et billede denne ækle gl. Ashantineger fra Vinskoven i sin store drukkenskab har sendt mig – Jeg siger dig du: det er vanvittigt! pragtfuldt - bæstet har overgået sig selv! og det vil dog sige noget.
+Blæs på dine dia og prognoser – 
+du bliver rask og ung igen 
+TH</t>
+  </si>
+  <si>
+    <t>1924-12-15</t>
+  </si>
+  <si>
+    <t>Orelund 4440 Mørkøv
+Vinskoven 4440 Mørkøv</t>
+  </si>
+  <si>
+    <t>- Berend
+Theodor Duepetersen
+Johan Elmqvist
+Esben Hansen
+Johan Larsen
+Eiler Lehn Schiøler
+Christine  Mackie
+Elisabeth Mackie
+Henry Salzwedell
+Christian Treschow</t>
+  </si>
+  <si>
+    <t>Johannes Larsen undrer sig over, at han ikke har hørt fra Esben Hansen. Han er færdig med akvarellen til Berend og venter på at få en rulle til forsendelse.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/7fK2</t>
+  </si>
+  <si>
+    <t>Vinskoven Mandag 15/12 1924.
+Kæreste Alhed!
+Hermed Brevene fra Th og Elmquist. Det var mig en stor Skuffelse med Vejret i Gaar, jeg havde haabet paa Sol til et pragtfuldt Motiv jeg saa i Lørdags, men for sent, og saa var det mørkt og taaget hele Dagen og i Dag ligesaa graat og koldt. Jeg var paa Orelund i Aftes. Christian hentede mig, der var ikke andre end Forvalteren, vi spillede L’Hombre og havde det rart. Jeg hører at Peter Brønsted har overtaget mit Værelse hos Schiølers og bor der. Jeg kan ikke forstaa Esben Hansen, jeg skrev til ham Dagen efter at jeg var kommen herud at jeg skyldte Salzwedell 14 Kr for Fragtbreve og kun havde 6. Dagen efter fik jeg et Expressbrev, der gik ud paa at jeg skulde telegrafere om jeg havde faaet nogle Penge han havde sendt til Kjøbenhavn, hvorpaa jeg svarede pr Brev at det ikke hastede saa stærkt, at jeg behøvede at telegrafere. Jeg har imidlertid ikke hørt fra ham siden. Jeg haaber der kommer en Rulle fra Hr Behrend i Dag saa jeg kan faa den Aquarel af Sted i Morgen, saa hvis jeg faar Penge fra ham kan det jo være lige meget med de andre. Jeg vilde ønske jeg kunde faa lidt bedre Vejr bare en Dag eller 2. Det er ikke oplivende med den Taage, og saa drypper det fra Træerne i Skoven som om det regnede. Kan Du læse det lange Ord i Ths Brev paa sidste Side, med Tankestreg for og bag, det ser saadan ud: - allersterstershurester – Hvad behager? Jeg kan altsaa ikke, maaske er det siamesisk det hører i hvert Fald ikke til i noget mig bekendt Sprog. Hils Chr. og Putte og Lysse. Mange kærlige Hilsner Din JL 
+Nu regner det tilmed</t>
+  </si>
+  <si>
+    <t>1925-03-04</t>
+  </si>
+  <si>
+    <t>Henne Kirkeby
+Rynkeby, Kerteminde</t>
+  </si>
+  <si>
+    <t>Astrid Bøttern
+Otto Gelsted
+Johannes Larsen
+Ellen  Sawyer</t>
+  </si>
+  <si>
+    <t>Andreas Larsen er i gartnerlære i Stige nær Odense. Han forsøgte sig siden som tomatavler.
+Johannes Larsen er i Henne Kirkeby for at male.
+Det er ikke muligt at afgøre, hvem Erik er, da Larsen-familien kendte mange af det navn.
+Munkar (munke) er svensk for donuts. 
+Fandens urtesalat er sandsynligvis salat af mælkebøtter. Disse er jo netop ganske små og velsmagende i marts.
+Alhed havde i september 1924 nogle hjerteanfald, og i november og december samme år var hun på sanatorium i Hareskoven.</t>
+  </si>
+  <si>
+    <t>Alhed Larsen vil rejse til Johannes i Kirkeby og spørger, om sønnen kan bytte sin hjemrejsedag. Gartneren vander drivhusene med Andreas Larsens tomater, som trives godt.
+Alhed har holdt sneppegilde med flotte anretninger for Erik og Otto Gelsted (Gelle). Alhed har det i øvrigt godt og glæder sig til rejsen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/NQUB</t>
+  </si>
+  <si>
+    <t>Kære søde Gamle!
+Bare et Par Ord for at sige Dig, at jeg i Morgen rejser et Par dage over til din Far, saa jeg er altsaa ikke hjemme, naar Du kommer paa Lørdag. Maaske Du kunde arrangere Bytning med Hjemmeturen, saa Du kunde komme næste Søndag, saa er jeg jo hjemme og Din Far ganske sikkert ogsaa. – Det er Tante Elles Fødselsdag paa Fredag, hun er i Rynkeby, men Du kan vel ikke naa at skrive et Kort som hun kan have Lørdag Morgen? – Jeg har bedt Gartneren vande Drivhusene og særlig vaage over Dine Tomater, de ser godt ud, bedre for hver Dag, han mente de kom alle sammen. – Vi havde et meget vellykket Sneppegilde i Aftes med Gelle og Erik, det var skammeligt, Du ikke var her, de beklagede det begge. De blev helt betagne, da de kom ud i Køkkenet og saa det festlige Bord. 3 Glas ved hver Kuvert, og den lille Orchidé til Pynt. De fik Fiskegratin i Skaller, Snepper med Fandens Urtesalat, Skylleskaale med 2 nyplukkede Violer i hver og Hofdesert! Til Kaffen fik de Munkar og Havana Cigarer, senere Sjusser. Vi ringede efter Fru Bøttern, Victor var gaaet til politisk Møde, - vi havde det rigtig sjov, Munden stod ikke paa Erik, jeg tror aldrig jeg har set ham saa vel tilpas! Barnedaaben var knap saa sjov!! Jeg har det for Resten rigtig godt i disse Dage, glæder mig til den lille Rejse og til at se, hvad Din Far har lavet. Bare Vejret nu maa blive godt. 1000 Hilsner min egen Dreng
+Din Mor
+4 – 3 – 25
+[Skrevet på side 1, øverst og på hovedet:]
+Send os en lille Hilsen til Kirkeby Kro pr. Henne, men gør det ikke senere end Lørdag. Den er fin Gamle med de 50 ikke!</t>
+  </si>
+  <si>
     <t>1926-05-26</t>
-  </si>
-[...1 lines deleted...]
-    <t>Brev</t>
   </si>
   <si>
     <t>Astrid Warberg-Goldschmidt</t>
   </si>
   <si>
     <t>Johanne Christine Larsen</t>
   </si>
   <si>
     <t>Frederiksberg
 Rolfsvej 17</t>
   </si>
   <si>
     <t>Kerteminde
 Kærbyhus</t>
   </si>
   <si>
     <t>Hareskoven</t>
   </si>
   <si>
     <t>Fru Balslev
 Rigmor Balslev
 Julie Brandt
 Bodild Branner
 - Glarup
 Karen Goldschmidt
@@ -155,141 +1110,610 @@
 Frk Koch vil jo rejse til Efteråret – vist allerede til Oktober, så det skulde jo være til Oktober; men jeg synes nu, du skulde bryde overtværs nu – leje Lejligheden møbleret nu til Ferien – for de Penge kunde du og Manse så bo et eller andet Sted – det ordnede sig nok – måske Manse i Pension hos Tandlægens – og du på Gæsteri til dine Venner – Glarups en Tid, Dede en Tid – her en Tid! Åh, Junge – gør det – betænk dig ikke – læg din Tilværelse om, inden I alle er kuldsejlet. Tag ned til Tante Else nu med det samme og tal med hende om det! Gør det!!! Jeg tvivler ikke om, at Dede – Be – Elle – vilde råde dig til – men jeg forstår jo godt, at de ikke for dig er ,,uvildige” Rådgivere. Men Glarups vil være det! 
 Nå – ja, nu nytter det vel ikke at skrive mere om det dennegang; tænk over det – og gå til Værket!
 Lige ni ringede den lille Frk Otto-Olsen; en lang Snak – hun vilde nærmest have at vide, hvad der dog hav [”hav” overstreget] var hændt mig, for hun havde næsten ikke kunnet kende mig i Onsdags Aftes, da hun traf mig ved Walleens Foredrag – hun påstod, at jeg mindst så ud til at være nyforlovet – så strålende! 
 Det er Huset, Junge! Du kan ikke tænke dig, hvor det Hus med et Slag har forandret hele min Tilværelse; Pinsedag derinde havde jeg havde jeg besøg af en lille sød tysk Veninde – Lotte Lehnert – c. på min Alder – Kontordame, det er hende, om hvem jeg vist har fortalt dig, at hun bor den gamle dejlige Kvistlejlighed i Amaliegade vis-à-vis den gamle Fødselsstiftelse. Jeg har lært hende at kende i antroposofisk Selskab. Vi gik en lang Tur i Skovene – der var aldeles henrivende, frisk og duftende af Regn, Grøde i Luften – Tåge ud over Engene; jeg sagde til hende, at jeg savnede så meget at kunne fortælle Mor om alt dette – at det vilde have været en sådan Lykke at vise Mor det alt sammen; og vi var begge af den sikre Tro, at Mor i Virkeligheden er med i alt, som glæder os; en af Aftenerne derinde har jeg haft en virkelig ,,oversanselig” Oplevelse – jeg følte så tydelig, at Mor sagde: ,,men Astrid, du véd jo, at jeg holder så meget af dig.” Du kan ikke tænke dig, hvor det føltes mærkeligt og gribende – jeg fik Tårer i Øjnene af Bevægelse og sagde som så ofte før til mig selv: de, der elsker hinanden, kan ikke skilles. – 
 Og sandt er det, at jeg ofte derude lever intensivt sammen med Mor og føler hver Gang en underlig Glæde derved. – 
 Den søde lille Lotte var ,,entzückt” over alting derude – og forærede mig i sin Begejstring 2 Stole og en Måtte til Huset i Haven! Og hun medbragte ½ Pund fin Kaffe og en Pose The! med mange Undskyldninger! Hun kom til Kaffe og blev til Aften; da vi sad ved Aftensmaden, kom Pan og Helga – de havde selv Mad med – samt Madeira på en Sodavandsflaske; vi drak så The, - Pan sagde, at mit Digt til Bodilds Fødselsdag var bleven læst op ved Bordet og havde gjort stor Lykke – det første Vers lød sådan
 Ingen Læge er som du 
 når vort Legem går i tu
 eller Sjælen bløder - 
 Lige vel var Legemspragt
 som vor sarte Sjæledragt
 du med Omhu bøder -!
 osv. 
 Nå – Gæsterne gled ved 8 Taget. Så havde jeg Fru Weirsøe og hendes Søn m Kone inviteret op til ,,Igang” på Huset – en Flaske Portvin og herlig Is fra den lille Konditor, som åbnede en Iskagebod 1ste Pinsedag i den nederste Ende af Fru Weirsøes Have – Isen var lavet af Piskefløde. – mange Æg – herover hjemmelavet Jordbærsaft! Jeg så selv om Formiddagen det altsammen dernede. 
 Og – vores Hus er altså rejst! Det stod der, da jeg om Tirsdagen kom derud – og det er bedårende! Ligger omtrent midt i Haven – omgivet af blomstrende Æbletræer! Ryggen af det vender ind mod Stenhegnet til Hareskoven! ( [”(” overstreget] Manden rejste det for 20 Kroner! Fru Weirsoe havde bedt om Lejen for 10 Måneder forud, da hun var i stor Nød – så skrev jeg til Be og bad om 100 Kr – og Be sendte mig 130! de 30 skrev hun var Rentepenge for Juni Termin! Jeg skrev omgående og takkede – hvor var jeg dog rørt! Hun skrev endda så sødt, at jeg skulde skrive, når jeg var i Nød! Du kan tro, jeg var glad og lettet! Nu får vi betalt vore Gas + Lysregninger, så mangler kun Telefonen (41.00 Kr!) det er jo en vanskelig Sommer at klare med alle de Rejser og de to Huslejer, men så hjælper det jo svært til næste År, når vi kun har en extra Husleje på 5 Kr. mdl. for Grunden derude; og jeg håber jo også på hel Friplads til Nus. Telefonen må jeg jo bevare, især hvis du nu kommer – til Elever osv. (måske kan du få den lille Goldschmidtpige! på Nussets Alder – de kan da betale!) 
 (Her ringede jeg til Fru Goldschmidt, med hvem jeg nu har hafte [e i ”hafte” overstreget] en lang Sludder, hun bad mig derhen til Fredag Aften – vi kan så storartet sammen, så det glæder jeg mig til.) 
 Men nu slap jeg vist Tråden – du gider vel snart heller ikke læse mere – sikken et Brev, så langt! 
 Jo, det var Huset. Det er rejst. I Sommer vil jeg selv tjære det udvendig med rød Tjære (som de svenske Huse, du ved) af Fru Petersens Mand her i Huset – får jeg Opskrift på alt desangående, han er Maler; i Ferien maler jeg det indvendig. Og tænk dig – Fru Weirsøe har givet mig Lov til at lægge ligeså mange Havesager jeg vil i Jorden – hun er for gammel til at rode med alt det og har kun Frugttræerne – men der er Masser af ubenyttet Jord; jeg gravede og lugede et stort Stykke i Pinsen, der skal jeg nu lægge Ærter på Lørdag samt så Karse, Radiser, Gulerødder osv. Rabarber vil jeg også etablere – Pladsen er ubegrænset og Jorden extra fed og god – hvad synes du dog! Redskaber har Fru Weirsøe – og hun er bare glad over at få Jorden dyrket. Vi har allerede i Pinsen lavet et lille rundt Bed foran Huset og sået Sommerblomster deri; et andet Bed har jeg beplantet med Sager, som jeg har gravet op i Skoven: en blå Anemone, Kodriver og Liljekonvaller – af de sidste vrimler det overalt i Skoven. Nus har bestemt, at Huset skal hedde ,,Thopedeaborg”! Nus er som jeg – lyksalig over alting derude. Ja, Junge – sikken vi kan få det! Vi må bygge en Stue til til Huset, som kan være din og Manses – så skal vi alle arbejde i Haven og så kan vi leve af den! 
 Træ og Bærfrugt sælger Fru Weirsøe os billigt – der er Masser! og herlige Sorter. Det er – Paradis! 
 Sig til Elle, at jeg fatter ikke, hvorfor hun ikke har sendt mig Garnet til Kaffedugen. – På Kontoret skal det nok gå, det kniber jo lidt at holde til 8 Timers Regning hver Dag, men det lysner dog lidt nu med at begribe det og min lille Kollega er henrivende sød! Så det går nok – Forholdene er behagelige – Arbejdet ganske selvstændigt. Det morer men trætter mig – nej omvendt – trætter men morer mig. Alt går, når Grunden i ens Tilværelse er god – og – Huset! 
 Kom så! Tusinde Hilsner fra din Dis.
 Ark 5, s.1. Venstre margin lodret. 
 Nu skal jeg læse dit Brev for 3die Gang – og så ned i Kassen med dette – og så i Seng! Hils Be og Elle og alle dine!</t>
   </si>
   <si>
-    <t>1924-12</t>
-[...56 lines deleted...]
-Lars Hansen
+    <t>1927-07-22</t>
+  </si>
+  <si>
+    <t>Hareskov Station</t>
+  </si>
+  <si>
+    <t>Victor Bøttern
+Ina  Goldschmidt
+Adolph Larsen
+Alhed Larsen
+Gudrun Larsen
+Henning Larsen
+Christine  Mackie
+Ellen  Sawyer
+Janna Schou
+Hempel Syberg
+- Weirsøe</t>
+  </si>
+  <si>
+    <t>Alhed Larsen døde en måned efter, at brevet blev skrevet. På dødsattesten er angivet australsk sovesyge som dødsårsag. 
+"paa Elevtogt": Ellen Sawyer kørte ud i folks hjem og underviste i klaverspil. 
+"en god periode med Agraren": Adolph Larsen (Agraren) var kvartalsdranker.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv. Johanne C. Larsen til Astrid W, 1927-07-22, 2416</t>
+  </si>
+  <si>
+    <t>Alhed Larsen har været lidt i bedring. Dog har hun ingen kræfter, og hun er deprimeret. Det er svært for Alhed Larsen at udtale ordene. Hun er rasende på den tilkaldte sygeplejerske, som hun finder ond. Alhed får ikke lov at se sine breve.
+Det er godt, at Astrid (Dis) har haft en god ferie. Ellen har været syg med tandbyld, men underviser nu igen. 
+Det er trist, at Ina (Sjums) behandler Astrid så dårligt. Mon det skyldes graviditeten? 
+Vilhelm (Klaks), Gudrun og Henning har været på besøg, og Henning har fået læreplads hos Bøttern. Vilhelm har været syg og er begyndt at se gammel ud.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/vjW9</t>
+  </si>
+  <si>
+    <t>[På forsiden af kuverten:] 
+Fru Astrid Warberg
+att. Fru Weirsøe
+Villabyen
+Hareskov St.
+Sjælland
+[På forsiden af kuverten med en anden håndskrift:]
+juli 1927
+Om Bé’s sygdom
+19-4-2000.
+Bibbe W.P.
+[På kuvertens bagside:]
+JWarberg Larsen
+Kjerteminde
+[I brevet]
+Flest Hilsner faar du selv lille kære Dis fra Din Junge.
+Dette er skrevet i Hast og bliver ikke læst igennem
+Kæreste lille Dis!
+Tak for Dit Brev i Forgaars! Det var kedeligt jeg ikke fik skrevet i Gaar, det var paa min Dagsorden, sat som en smuk No 1, men saa fik vi fremmede derom senere. Men mon du dog var klar over at siden jeg havde Brev fra dig havde jeg skrevet baade Brev (et lille) og Kort til Dig att. Fru Weirsøe? det dulmer jo altid lidt paa Skriveenergien, naar man mener at det er den anden som ”skylder”. Siden jeg sidst skrev – det var Kortet om en Bedring – har vi atter haft Tilbagefald, men nu igen en absolut Bedring, selv om den er saa aldeles minimal saa er det dog Bedring; Hjærtet har det rigtig godt, men det værste er et fuldkommen nervøst Sammenbrud, hun har ikke spor af Kræfter, kan ikke rejse sig op i Sengen – - værst er dog hendes Sindstilstand, hun er saa deprimeret det lille Skind at det er tæt op til Sindssyge; kan slet ingen Ting huske, kan ikke forme Ordene rigtig, vi maa stadig hjælpe hende ved at supplere. Hun er rigtignok dybt nede, stakkels Be; hun fik jo en Sygeplejerske, men Alhed hader hende og kan ikke tale om andet end om ”hendes” Ondskab mod Alhed; det er jo saa oplagt sygt. Jeg har lige nu været derovre til Kaffe – mindre end ½ Time lød Parolen og det er i Dag en Uge siden jeg saa hende sidst, der maa spares paa hendes uendelig faa Kræfter. Christine kommer der næsten heller ikke; Chr. er nu selv saa nervøs saa hun daarlig kan udholde alle Klagerne over Sygeplejersken. Samme er forøvrigt ikke hvad vi kalder et dannet Menneske og har jo ikke Smidighed eller Overlegenhed nok til en saa vanskelig Pleje. Men trods alt: Fremgang er der selv om den er næsten usynlig.
+Hvor jeg glæder mig over at du har saa god en Ferie og havde saadan et godt Besøg af Tutte, ja Tutte kan jo være – jeg mener er jo vældig sød, mit sidste Samvær med hende var til Onkel Sybergs Fødselsdag hvor hun jo begyndte Turen her hos os. - Elle har været lidt daarlig af Tandbyld og Øjne (Bygkorn) med Feber, men i Dag er hun da vist paa Elevtogt; Elle er jo tapper. Nu haaber jeg da ikke at det har spoleret noget ved din Ferie at jeg ikke har skrevet – å jeg fortryder det saadan! men kender du ikke at nogle Tider kan forløbe saa underlig spejede saa man ikke holder Rede paa Dagene der gaar. Vi er da a [”a” overstreget] ellers i en udm. god Periode med Agraren, men det med Alhed sætter vor Livsvirksomhed saa underlig ned. 
+Jeg kan godt forstaa, søde Dis, at du ikke tager op til Sjums, det vil dog vist være det bedste for jeres Forhold at du – som du altsaa gør – holder dig lidt tilbage Hvad i Alverden er der dog kommen i Vejen, det er dog saa forfærdelig unaturligt som lille Sjumse behandler dig, kan det ikke være paa Grund af hendes ”Tilstand”? jeg er forfærdelig ked af det for dig, for selv om du ikke skriver meget om det, kan jeg jo forstaa, hvor det maa pine dig. Det er slemt slemt, naar der er noget i Vejen med Børnene. –
+De Fremmede i gaar var Klaks Gudrun og Henning som kom i deres Bil for at tale med Bøttern om at faa Henning paa hans Kontor; det lykkedes, han blev antaget til 1st September og jeg søger nu Ophold til ham. 
+De var saa rørt og det var saa morsomt og vellykket at have dem; de var til Eftermiddagskaffe, Aftensmad og Aftenkaffe og det hele forløb saa festligt; Puf og Lysse var her til Aftensmad, Christine vilde først komme senere, da de ikke alle vilde gaa paa en Gang før hun var lagt til Ro. 
+Klaks har været syg i Foråret og var kommen til at se saa gammel ud, han slider vist saa meget i det. Jeg tror ikke din Hilsen kan have gjort Alhed andet end godt, men hun maa ikke en Gang læse sine Breve selv. Hun bliver holdt strængt det Skind, men det er jo nødvendigt. – Se nu om du kan tilgive mig mit Smøleri; mon jeg nogen Sinde forbedrer mg? Hils Fru Weirsø og lille Nus [brevet afsluttes øverst side 1]</t>
+  </si>
+  <si>
+    <t>1927-07-28</t>
+  </si>
+  <si>
+    <t>Peter Bichel
+Johannes Nicolaus Brønsted
+Louise Brønsted
+Bodild Holstein
+Julius Hviid
+Adolph Larsen
 Alhed Larsen
 Andreas Larsen
+Johan Larsen
 Johannes Larsen
-Otto  Meyer
+Christine  Mackie
+Georg Neve
+Ellen  Sawyer</t>
+  </si>
+  <si>
+    <t>Johannes Larsen er på Island for at lave illustrationer til De Islandske Sagaer.
+A. er Adolph Larsen.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB0587</t>
+  </si>
+  <si>
+    <t>Alhed er blevet indlagt på Dr. Neves Klinik i Odense. Dagen efter indlæggelsen blev hun meget urolig og forvirret. I dag har hun det bedre og har sovet godt. Der er tvivl om, hvorvidt Las skal kaldes hjem fra Island. Peter siger, at han skal kaldes hjem. Dr. Neve mener, at det nok skal gå.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/n0ug</t>
+  </si>
+  <si>
+    <t>Kære lille Dis!
+Lad mig straks begynde med at sige dig at vi i Dag har faaet en ret stor Beroligelse om Alhed, men siden jeg skrev til dig kan du rigtignok tro vi har været kede af det. Dr. Hviid rejste paa Ferie for 8 Dage siden og Peter Bichel kom hjem i Søndags fra sin; han og Bodild kom allerede Mandag først paa Eftermiddagen og undersøgte Alhed; Christine saa straks at Bodild saa alarmeret ud. Peter raadede Alhed til at tage ud på Dr. Neves Klinik i Odense og det syntes hun godt om; der blev straks ringet om Plads, Ambulancen kom og i en opredt Kurv blev hun kørt derud, Puf og Christine var derinde hos hende, Lysse og Sygeplejersken kørte i Bilen. Det hele gik hel godt; Værelset var udmærket og Sengen ligeledes. Men da Chr. og Drengene var derude i Gaar saa det galt ud, hun talte vredt og uroligt, havde hele Tiden hørt Christines Stemme ude paa Gangen og havde ligget og været ude af sig selv over at hun ikke maatte komme over, hvor meget de end forsikrede hende at der var ingen, men lige saa snart de kom, maatte de heller end gærne komme ind til hende; Alhed blev ved med sit: jamen jeg kender da nok hendes Stemme! Og da de saa kom – og selvfølgelig straks fik Lov at komme ind, var hun vred over at hun ikke maatte faa alle de Telegrammer, der var kommen fra Island!! Var det dog ikke uhyggeligt og forfærdeligt? Dr. Neve havde sagt til dem: Ja det ser rigtignok ikke godt ud! Du kan tro, vi var fortvivlet i Aftes! Det var som om der ikke var levnet os Spor af Haab.
+Dog havde Dr. N. sagt at han ikke kunde udtale noget bestemt før han havde foretaget visse Undersøgelser.
+Jeg glemte at skrive, at Peter på det bestemteste havde sagt, at Las skulde kaldes hjem fra Island og da Christine senere havde sagt til ham i Telefonen, at Lysse ikke mente det var rigtigt at gøre det, havde Peter sagt: jamen han skal kaldes hjem!
+I Formiddags Kl. 10 drog de igen derned; Lugge og Mag. kørte med, de kom i Aftes, og i Dag fandt de hende bedre, en Del roligere og styrket af at have sovet fra Kl. 12 og til godt ud paa Morgenen. Og tænk Dr. Neve beroligede dem en Del, han brugte bl.a. den Vending: jo, det gaar nok. Han vilde se det an atter et Par Dage inden han vilde lade Las kalde hjem. Det var ikke endnu bleven gjort da der jo ikke saadan gaar Skib hver Dag. Men å Dis, det hele er jo meget skrøbeligt, men hvad det betød for os at faa denne Straale af Haab, det kan du ikke tænke dig; de stakkels Drenge saa saa ubeskrivelig bedrøvede ud i Aftes, men i Dag er de helt anderledes i Kuløren.
+Christine fortalte, at hun havde sagt til Oversygeplejersken ”Min Søster er jo sindssyg”, men dertil havde hun svaret Nej, Deres Søster er ikke sindssyg, det er kun Nervesystemet der er i Uorden. Mon jeg nu har faaet det hele skrevet godt og tydeligt til dig? Jeg vilde have skrevet i Gaar. Gud ske Lov jeg ikke fik det gjort saa blev du sparet for den værste Ængstelse. Elle Lugge og jeg har været på Kirkegaarden i Eftermiddag; der var saa yndigt ude. Jeg har gjort hovedrent her i Køkkenet her er saa fint og rent.
+Tusind Tak for dit Brev, hvor er det dog dejligt, at du har haft sådan en god Ferie. Hvor spiser du Middag og hvordan kommer du frem og tilbage? Mon du cycler den lange Vej; du skriver da hvis jeg skal forandre Adr?
+Her hos os staar det godt til, dog er A. meget nervøs og i daarligt Humør for Tiden. Tusind Hilsner, din Junge Torsdag Aften</t>
+  </si>
+  <si>
+    <t>1927-8</t>
+  </si>
+  <si>
+    <t>Johanne  Larsen</t>
+  </si>
+  <si>
+    <t>Johannes Nicolaus Brønsted
+Louise Brønsted
+Alhed Larsen
+Andreas Larsen
+Johan Larsen
+Johannes Larsen
+Janna Schou</t>
+  </si>
+  <si>
+    <t>Alhed Larsen døde af australsk sovesyge (en betændelse i hjernen) 31. august 1927 på et hospital i Odense. Hun havde forinden ligget alvorlig syg hjemme en tid. Johannes Larsen var på Island for at tegne illustrationer til en udgave af De Islandske Sagaer. Han nåede først hjem, da Alhed Larsen var død.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB0465</t>
+  </si>
+  <si>
+    <t>Det er forfærdeligt, at Alhed er så syg. Også skrækkeligt at det vil tage Johannes Larsen 15 dage at komme hjem fra Island. Man må håbe, at han når hjem i tide.
+Astrid flytter ind på Howitzvej. Hun har fået digte og artikler antaget i flere tidsskrifter.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/GxFN</t>
+  </si>
+  <si>
+    <t>Rossia, Onsd. Morgen
+[Med blyant og en anden skrift:] 1927 
+[Astrids skrift:]
+Kæreste Junge! Tak for Kortene – hvor er det dog forfærdeligt med Be! Jeg har ellers hele Tiden haft den bedste Tro, men nu ser det virkelig sort ud, efter hvad I skriver – samtidig med dit Kort i Aftes fik jeg et meget modløst lille Brev fra Lugge. Og Junge – at Las først kan rejse i Dag fra Island! hvor må det være skrækkeligt for ham – og så være 15 Dage undervejs! Er der stødt noget nyt til – jeg ved så lidt detaljeret om det hele – jeg troede, det var Hjertet og Nerverne – men er der ikke stødt noget nyt til?? Jeg ringede nu til Morgen Kl 8, så snart jeg kom herud til Øbro, Magisteren sagde kun, at det var meget dårligt, og det vidste jeg jo. I Mandags skrev jeg til Tutte og fortalte om dit Kort, som vi hentede på Stationen Søndag. Nu er det rigtignok svært for Jer, lille Junge, at I har hende ude i Odense så langt borte – og de arme Drenge – er Lysse i Kerteminde? – Du må skrive igen og fortælle lidt udførligt – jeg sender dig Remedier for at lette det – og husk jeg er på Howitzvej 29 – vi flytter ind i Dag – men rejser ud Lørdag – Søndag hele Måneden. Jeg har været oppe i Dag Kl 4 for at pakke og gøre i Orden derude – det er med tungt Hjerte vi rejser netop nu, da det er så skønt, men vi må jo ind til vores Pension, Fru Vinter kan ikke blive ved at refundere – og trods dette koster det jo en Del ekstra. –
+Da Nus og jeg i Aftes gik en lille Askedstur op ad Værløse til, blev vi [ulæseligt ord] fra en Have af et Ægtepar, som vi følges med hver Morgen – de viste os deres lille Hus og en dejlig Have og var så søde – de havde læst mit Hareskovbrev og fortalte, at det blev læst højt i Familierne derinde! Jeg har et Digt i næste Nummer og en Artikel i næste igen – om Høstgildet på Gelskov – og Hohlenberg har antaget et Par Digte til sit Tidsskrift for Antroposofi ” – norsk – dansk ”Vidar”. Men alt dette blegner og bliver til ingenting nu vi har fået alt dette alvorlige at tænke på og bekymre os for. Jeg ringer nu hver Dag til Øbro – men her er alligevel lidt Remedier til et lille Brev fra Dig?
+Gid det dog alligevel i sidste Øjeblik må gå til den goe Side – og gid Las må nå at komme hjem – det kan jeg ikke lade være med bestandig at tænke på – og hvor frygtelig den Rejse må være for ham, ikke?
+Nu f – jeg ikke mere!
+Skriv endelig!
+Din 
+Dis</t>
+  </si>
+  <si>
+    <t>1927-08-31</t>
+  </si>
+  <si>
+    <t>Louise Brønsted
+Mogens Fjelsted
+Alhed Larsen
+Andreas Larsen
+Johan Larsen
+Johannes Larsen
+Christine  Mackie
+Ellen  Sawyer
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Laura Warberg, som var mor til Astrid Goldschmidt og Johanne Larsen, var død året før i april måned. Hun boede sine sidste år hos Alhed og Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0767</t>
+  </si>
+  <si>
+    <t>Dis har lige fået at vide, at Alhed er død. Hun er dybt ulykkelig og prøver at trøste Junge. Tror det er bedst, at hun ikke kommer til Kerteminde.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/GsiV</t>
+  </si>
+  <si>
+    <t>Howitzvej 29 4. d. 31. aug 1927
+Kæreste søde lille Junge!
+Lige i dette Øjeblik – Kl 9 Aften – har jeg fået det at vide ved at ringe til Magisteren, som sagde, at vi har mistet vores kære søde Be – åh Junge, det er næsten ikke til at forstå!
+Flere gange oppe på Kontoret i Dag sad jeg og var lige ved at græde, fordi jeg hele Tiden så Be for mig, som hun var i vores ungdom på Erikshåb – og alt det dejlige, som dog også jeg har at mindes med Be – jeg er fuldstændig lamslået ved at tænke på det alt sammen derovre – det står helt stille for mig, når jeg tænker på det Hjem uden Be – og så kort Tid efter, at hun gik og passede Mor, Junge, hvor er det underligt! Jeg ringede nu til Hareskov, for om der mulig lå et Brev fra dig og sagde, at hvis der kom et måtte de sende Mogens Fjelsted ud til mig med det i Morgen – jeg synes at jeg må høre om det alt sammen – ingen af Jer har nogensinde udmeldt at Be led – og det gjorde hun ikke, vel? Åh, lille Junge, jeg vilde gerne være hos dig nu og trøste dig, men jeg tror ikke, det er på sin Plads at jeg kommer derover, og jeg tænker mig som sikkert, at I begraver hende i allerdybeste Stilhed ude ved Siden af Mor.
+Var I derude – og kendte hun Jer – åh, jeg må høre om det hele – og Las, hvem skal dog sige ham det? eller kan han få det at vide undervejs? med trådløst Telegram; og Junge – de får da ikke Lov til at obducere? Det kan da forhindres – det er en skrækkelig Tanke, men jeg synes der er noget med, at når de dør på et Hospital? For Guds Skyld må det forhindres.
+Åh, lille kære Junge, gid jeg dog kunde være og trøste dig lidt, min kæreste lille Junge, jeg kan føle hvor dybt fortvivlet du er, og Mornine, og Lugge og Elle, alle I som havde den Lykke at stå Be nær i alle År.
+Nu vil jeg få dette Brev afsted endnu i Aften, så du har det i Morgen tidlig – og så vil jeg give mig til at tænke alt det gode, jeg ved om Be, og alt det gode, også jeg har at tænke på.
+Farvel lille søde Junge vær nu stærk i alt dette, hvis du vil have det kommer jeg – men tror du ikke, det er bedst, at jeg ikke kommer?
+De allerkærligste Hilsner fra Din Dis.
+og Drengene! Den søde kære Puf – og Lysse, ja, gid der dog var nogen Trøst, lille søde Junge.</t>
+  </si>
+  <si>
+    <t>1927-09-05</t>
+  </si>
+  <si>
+    <t>Julie Brandt
+Alhed Marie Brønsted
+Ellen Brønsted
+Johannes Nicolaus Brønsted
+Otto Gelsted
+Adam Goldschmidt
+Alhed Larsen
+Andreas Larsen
+Johan Larsen
+Johannes Larsen
+Janna Schou
+Jørgen Schou
+Marie Schou</t>
+  </si>
+  <si>
+    <t>Nekrolog i Ekstrabladet d. 5.9 1927 af Otto Gelsted.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB0993</t>
+  </si>
+  <si>
+    <t>Lysse har mødt sin far på skibet og fortalt ham om Alheds død. Det var Alhed Larsens ønske, at en fra familien skulle fortælle det. Puf og Lugge ventede på skibet ved kajen i flere timer. Da skibet ankom, gik Lugge hjem, fordi hun ligner Alhed så meget. "Tak fordi du lagde en rose ned i Be's kiste fra mig". Gelsted har skrevet smukt om Alhed i Extrabladet.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/eYXp</t>
+  </si>
+  <si>
+    <t>Rossia, Mandag 5/9 – 1927
+Kæreste lille Junge! Det var da et Lyspunkt i Aftes at høre fra Østerbro, at Lysse er kommen ombord til sin Far – hvor var det dog godt. – Jeg har tænkt med Rædsel på, at Lysse skulde lande på Færøerne og gå der og vente på Skib. Jeg ringede straks til Øbro, da vi kom fra Hareskov i Aftes, da var Puf og Lugge endnu ikke kommen, men Bes lovede at ringe; så ringede Pan ved ½11 Tiden derindefra og fortalte mig det hun sagde også, om jeg ikke kom derhen lige fra Kontoret i Dag, og det gør jeg så. Jeg kan nu ikke tænke mig andet end at Begravelsen bliver Onsdag – og i så Fald kan vi køre i Bufs Bil i Morgen, Tirsdag, når han kører sin Mor til Korsør – hun har ventet til Tirsdag for min Skyld!
+Jeg skrev til dig sidst Lørdag Aften ude i Hareskov – mon vores Blomster nåede friske derover?
+Søndag – i går - cyklede Nus og jeg en dejlig Tur ad Vejen til Fiskebæk gennem de store Skove. Tænk dig, da vi vilde gøre Rast et Sted i Skoven – fandt vi – kun ca 100 Al. fra Vejen – en pragtfuld Langdysse – (må det vel have været) en stor oval Gravhøj – omgivet af 20 store, mosgroede Granitsten – en stensat Indgang til Gravkammeret der var lukket med en sprængt Granitskive; der var så vidunderligt – ganske stille – ikke et Menneske – og tænk, [papir mangler] netop skulde lande på en Gravhøj! Vi blev der længe – lille Nus var så optaget af at finde små Flintestykker, som hun mente var Knive og Spydodder.
+Imens vilde jeg skære Bes Navn i et af Træerne på Højen – og havde ridset et, men Nus valgte et andet, lige over Indgangen til Gravkammeret – da vi kom hen til Træet – stod der et klart A skåren i Barken – temmelig nær ved Jorden, måske har et Barn lavet det
+Jeg skar så med Nussets Dolk et smukt AL 31-8-27 og med et Kors over. Vi filede Bogstaverne smukt ud med de skarpe Flintøkser, det kom til at se kønt ud – de døde er vel der, hvor vi tænker på dem – og nu har Nus og jeg et Gravsted for Tante Be ude i Skoven. Vi blev der længe, Nus løb stadig og fandt små Sten og Mærkværdigheder – hun tav ganske stille da hun så, at jeg var fordybet i mine egne Tanker – de var hos Be og hos Las og Drengene – og hos alle Jer derovre; og Be var forunderlig levende og nærværende hele Tiden – det var en underlig og meget højtidelig lille Stund. 
+Afbrudt
+1000 Tak for dit lange Brev igen nu i Aften – Mandag Aften. Vend
+Mandag Aften
+Kæreste lille Junge!
+Hvor var det godt lige nu at tale med dig! Hvad du sagde om Lysses Ankomst til Las har gjort mig usigelig godt at høre – at Bes Vilje der virkelig skete Fyldest, så han fik det at vide af sine egne! Og Junge, der er dog mange goe Mennesker til – de Kaptajner ombord på de to Skibe er vi rigtignok stor Tak skyldig – for der er dog saa meget i Gang for at det Foretagende kunde gennemføres!
+Jeg var jo ude hos lille Lugge – og aldrig har hun lignet Be som nu – det er så mærkeligt at se; Turen til skibet i Morges, hvor de ventede fra 7 i Morges til ½11 – hun og Puf i Bilen – ja, det havde taget på hende, det lille Skind, men hun syntes jo, det var rigtigt at gå, da Skibet kom – ”også fordi jeg nu ligner Be så meget,” som hun selv sagde. Hun lå inde på sin Seng, og jeg sad kun et Øjeblik hos hende – jeg sagde at jeg vidste alt – hun skulde intet sige, det er jo kun så oprivende. Så gik jeg ind til Lomme i Dagligstuen – og så gik Magisteren ind til Lugge – han er mageløs sød imod hende og omhyggelig for hende – han så selv så forsørget ud.
+Lille Lomme fulgte mig op til Sporvognen; jeg købte Extrabladet, hvor Gelsted har skrevet smukt om Be – med et dejligt Billede af hende – der hvor hun står i Drivhuset – jeg har selv Billedet. Jeg vil sende Bladet til (min) Adam – du ser det jo nok derovre. Tak fordi du lagde en Rose ned i Be’s Kiste fra mig, det er jeg så glad ved; Be og jeg har jo også haft meget sammen – hun var hos mig, da jeg fik Adam – dengang havde vi sådan en dejlig Tid sammen.
+Ja jeg tror, jeg i disse Dage har tænkt på hver eneste Smule, jeg har haft med Be – og jeg har meget at takke hende for. Lille Junge, jeg vil gerne komme over til dig; men hvis Las vil ordne det sådan, at ingen skal komme, så vil vi jo alle bøje os for det; nu venter jeg ganske rolig på, hvad du skriver til mig om det og holder mig beredt til at rejse med Nattoget Dagen før Begravelsen og så rejse hjem næste Eftermiddag – jeg har fået Lov til at få to Dage fri fra Kontoret.
+Ja, så var der nok ikke mere i Aften; jeg skal nok skrive flittig til dig, lille Junge – jeg ved ikke noget bedre – og især når Brevene kan være blot til en lille Smule Opmuntring. Du må kun skrive, når du synes, at du ikke kan lade være – du må ikke lade det være besværligt for dig – ja, du forstår, hvad jeg mener – ikke? Alt hvad du allerede har skreven er jeg så taknemlig for! Tusinde kærlige Hilsner søde goe lille Junge fra din Dis</t>
+  </si>
+  <si>
+    <t>Julie Brandt
+Alhed Marie Brønsted
+Ellen Brønsted
+Johannes Nicolaus Brønsted
+Louise Brønsted
+Otto Gelsted
+Adam Goldschmidt
+Andreas Larsen
+Johan Larsen
+Jørgen Schou
+Marie Schou</t>
+  </si>
+  <si>
+    <t>Rossia var det forsikringsselskab, som Astrid var ansat i.
+Johannes Larsen var på Island for at lave illustrationer til De Islandske Sagaer, da han fik telegram om, at Alhed var alvorligt syg. Sønnen rejste ham i møde for at fortælle, at Alhed nu var død. 
+Det er Fiskebæk Langdysse, som Astrid og datteren fandt.</t>
+  </si>
+  <si>
+    <t>Det var godt, at Lysse kom ombord på skibet, så han kunne fortælle Johannes Larsen, at Alhed var død. Og pænt af kaptajnerne at hjælpe.
+Janna og Astrid har været på en cykeltur. De fandt tilfældigt en langdysse, og i et træ ved den var der ridset et A. Astrid ridsede "AL" med et kors over, og hun stod længe og tænkte på Alhed og hendes familie. 
+Astrid har været hos søsteren Louise, som var meget trist. Hun har købt Ekstrabladet med Gelsteds nekrolog og et smukt foto. 
+Astrid vil gerne komme til Kerteminde, medmindre Johannes Larsen ikke ønsker gæster.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/U5gZ</t>
+  </si>
+  <si>
+    <t>Rossia, Mandag 5/9-1927.
+Kæreste lille Junge! Det var da et Lyspunkt i Aftes at høre fra Østerbro, at Lysse er kommen ombord til sin Far – hvor var det dog godt. – jeg har tænkt med Rædsel på, at Lysse skulde lande på Færøerne og gå der og vente på Skib. Jeg ringede straks til Øbro, da vi kom fra Hareskov i Aftes, da var Puf og Lugge endnu ikke kommen, men Bes lo[vede - et stykke af papiret mangler] at ringe; så ringede Pan ved ½11 Tiden derindefra og fortalte mig det, hun sagde også, om jeg ikke kom derhen lige fra Kontoret i Dag, og det gør jeg så. Jeg kan nu ikke tænke mig andet, end at Begravelsen bliver Onsdag – i så Fald kan jeg køre i Bufs Bil i Morgen, Tirsdag, når han kører sin Mor til Korsør – hun har ventet til Tirsdag for min Skyld! 
+Jeg skrev til Dig sidst Lørdag Aften ude i Hareskov – mon vore Blomster nåede friske derover? Søndag – i går – cyklede Nus og jeg en dejlig Tur ad Vejen til Fiskebæk gennem de store Skove. Tænk dig, da vi vilde gøre Rast et Sted i Skoven – fandt vi – kun c 100 Al. fra Vejen – en pragtfuld Langdysse – (må det vel have været) en stor oval Gravhøj - omgivet af 20 store, mosgroede Granitstene – en stensat Indgang til Gravkammeret, der var lukket med en sprængt Granitskive; der var så vidunderligt – ganske stille – ikke et Menneske – og tænk, [at vi - et stykke af papiret mangler] netop skulde lande på [en – noget af papiret mangler] Gravhøj! vi blev der længe - lille Nus var så optaget af at finde små Flintstykker, som hun mente var Knive og Spydodder. Imens vilde jeg skære Bs Navn i et af Træerne på Højen – jeg havde udset ét, men Nus valgte et andet, lige over Indgangen til Gravkammeret - da vi kom hen til Træet – stod der et stort A skåren i Barken – temmelig nær ved Jorden, måske har et Barn lavet det Jeg skar så med Nussets Dolk et smukt AL og med et Kors over.
+vi filede Bogstaverne smukt ud med de skarpe Flintsten, det kom til at se så kønt ud – de Døde er vel der, hvor vi tænker på dem, og nu har Nus og jeg et Gravsted for Tante Be ude i Skoven. Vi blev der længe, Nus løb stadig og fandt små Sten og Mærkværdigheder – hun tav ganske stille, da hun så, at jeg var fordybet hel i mine egne Tanker – de var hos Be og hos Las og Drengene – og hos alle Jer derovre; og Be var for[herefter mangler en del af papiret]lig levende og nærværende hele Tiden – det var en underlig og meget højtidelig lille Stund.
+afbrudt
+1000 Tak for dit lange Brev igen nu i Aften – Mandag Aften.
+Vend
+Mandag Aften 
+Kæreste lille Junge!
+Hvor var det godt lige nu at tale med dig! Hvad du sagde om Lysses Ankomst til Las har gjort mig usigelig godt at høre - at Bs Vilje dér virkelig skete Fyldest, så han fik det at vide af sine egne! Og Junge, der [herefter mangler et stykke af papiret] dog mange gode Mennesker til – de Kaptajner ombord på de to Skibe er vi rigtignok stor Tak skyldig – for der er dog sat meget i Gang for at det Foretagende kunde gennemføres! 
+Jeg var jo ude hos lille Lugge – og aldrig har hun lignet Be som nu – det var så mærkeligt at se –; Turen til Skibet i Morges, hvor de ventede fra 7 i Morges til ½11 – hun og Puf i Bilen – ja, det havde taget på hende, det lille Skind, men hun syntes jo, det var rigtigst at gå, da Skibet kom – ”også fordi jeg nu ligner Be så meget”, som hun selv sagde. Hun lå inde på sin Seng, og jeg sad kun et Øjeblik hos hende – jeg sagde, at jeg vidste alt - hun skulde intet sige, det er jo kun så oprivende. 
+Så gik jeg ind til Lomme i Dagligstuen – og så gik Magisteren ind til Lugge – han er mageløs sød imod hende og omhyggelig for hende – han så selv så forsørget ud.
+Lille Lomme fulgte mig op til Sporvognen; jeg købte Extrabladet, hvor Gelsted har skreven smukt om Be – med et dejligt Billede af hende – der hvor hun står i Drivhuset – jeg har selv Billedet. Jeg vil sende Bladet til (min) Adam - du ser det jo nok derovre.
+Tak fordi du lagde en Rose ned i Be’s Kiste fra mig, det er jeg så glad ved; Be og jeg har jo også haft meget sammen – hun var hos mig, da jeg fik Adam – dengang havde vi sådan en dejlig Tid sammen. Ja, jeg tror, jeg i disse Dage har tænkt på hver eneste Smule, jeg har haft med Be – og jeg har meget at takke hende for. Lille Junge, jeg vil gerne komme over til dig; men hvis Las vil ordne det sådan, at ingen skal komme, så vil vi jo alle bøje os for det; nu venter jeg ganske rolig på, hvad du skriver til mig om det og holder mig beredt til at rejse med Nattoget Dagen før Begravelsen - og så rejse hjem næste Eftermiddag – jeg har fået Lov til at få to Dage fri fra Kontoret. 
+Ja, så var der vist ikke mere i Aften; jeg skal nok skrive flittig til dig, lille Junge – jeg ved ikke noget bedre – og især når Brevene kan være blot til en lille Smule Opmuntring. Du må kun skrive, når også du synes, at du ikke kan lade være – du må ikke lade den være besværligt for dig – ja, du forstår, hvad jeg mener; ikke? Alt hvad du allerede har skreven er jeg så taknemmelig for! Tusinde kærlige Hilsener søde god lille Junge, fra din Dis.</t>
+  </si>
+  <si>
+    <t>1927-10-21</t>
+  </si>
+  <si>
+    <t>Howitzvej 29 4. København</t>
+  </si>
+  <si>
+    <t>Julie Brandt
+Louise Brønsted
+Alfred Goldschmidt
+Ina  Goldschmidt
+Hanne -  -, kokkepige Erikshaab
+Adolph Larsen
+Alhed Larsen
+Johannes Larsen
+Christine  Mackie
+Augusta Mogensen
+Christian Mogensen
+Janna Schou
+Jørgen Schou
+Hempel Syberg
+- Winther, Fru</t>
+  </si>
+  <si>
+    <t>Det er uvist, hvad problemet med Ina/Sjums gik ud på. Hvem Adam Afs. og fru Afs. er vides ikke. 
+Frøkulturen var en virksomhed i Kerteminde. Rasmussen, der arbejdede på dette sted kendes ikke. 
+Adolph/Agraren Larsen var kvartalsdranker.
+Alhed Larsen døde i sensommeren 1927.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2496</t>
+  </si>
+  <si>
+    <t>Astrid må sørge for at blive ordentlig rask. Det var godt, at hun fik Ina/Sjums igen. Astrid må passe på ikke at irritere "ham". 
+Johanne har bildt Adolph/Agraren ind, at hun ville flytte hjem til Astrid for at holde hus for hende - og altså forlade ham, hvis han ikke stoppede med at drikke. Han lovede at blive afholdsmand, hvis hun blev. Johanne accepterede dette, og hun beder Astrid skrive, at arrangementet med Johanne som hushjælp må afblæses, så Johanne kan vise Adolph dette. 
+Adolph arbejdede en tid på Frøkulturen, og derefter meldte han sig hos Andreas/Puf igen, men da Puf ikke ville have ham, begyndte han at drikke voldsomt. Johanne synes, at Andreas/Puf er hård som flint. 
+Johanne har besøgt Gamle Hanne, som var ret dårlig, Mogensens og Hempel Syberg.
+Johannes Larsen er langt nede, men han arbejder vist.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/5TMv</t>
+  </si>
+  <si>
+    <t>[På kuvertens forside med blyant:]
+22 Okt 1927
+[Med pen:]
+Fru 
+Astrid Warberg
+Howitzvej 29
+Kjøbenhavn
+F.
+[Med blyant:]
+læst Jan 1957.
+[Med pen i brevet langs højre margen:]
+21-10-27
+[Med pen i brevet:]
+Kæreste lille Dis!
+Det var dog forfærdelig kedeligt for dig med den Sygdom, saadan noget sætter en frygtelig tilbage med Kræfter og Arbejdsevne og -lyst; nu maa du da endelig være forsigtig, lig mindst 2 Dage helt feberfri og gaa saa endelig ikke i Arbejde før du har lidt Kræfter, det er jo saa lumsk med den Influenza fordi der saa let følger noget med hvis man ikke er forsigtig eller faar Tilbagefald. Det var dog uheldigt, at jeg netop paa denne Tid lod [”lod” overstreget] ikke fik skrevet til dig, men jeg har haft saa meget af alle Slags – Syltning Rengøring o.a. og saa kunde jeg jo ikke vide det.
+Men Gud ske Lov du fik din lille Sjumse igen; sandsynligvis har Brevene fra Buf, Lugge (til Fru Afsc.) og mig gødet Jordbunden saa den har været modtagelig da du fik din Samtale med Adam Afs. Pas nu paa, at du ikke giver ham den allermindste svageste Anledning til sin Snakken om dit Hysteri. For det skulde være underligt, om dette hans Nederlag ikke skulde have afsat en Brod i hans Sjæl imod dig – og egentlig vinder du vel ikke lille Sjumse helt, før du ogsaa har vunden ham og – som du jo altid er det første til at hævde, der er jo noget godt ved alle Mennesker og for Sjumses og din egen Skyld maa det jo gælde om at faa fat paa saa meget som muligt og saa bære over med Skidtheden, som vel desværre ikke er saa helt lidt i hans Karakter. Men dette har du jo sikkert i høj Grad Øje for selv. 
+Vi har haft en slem Tid. Jeg har da det ebbede ud med Drikkeriet tilladt mig at fortælle Agraren, at du og jeg havde bestemt, at du skulde tage en større Lejlighed og saa skulde jeg styre Hus for dig og gennem alle vore mange bekendte faa nogle Elever saa jeg kunde betale for Manse. Det lød saa troværdigt at han ubetinget troede det var Alvor og han sagde saa, at han vilde blive Afholdsmand, hvis jeg vilde blive hos ham. Efter mange ”Overvejelser” og ”Betænkeligheder” lovede jeg det, det er jo grimt at lave Svindel, men et unormalt Menneske kan man ikke selv være normal overfor og jeg gør det jo kun for at støtte ham og skaffe Hjemmet en rolig Vinter. Vil du være saa sød at ”besvare” denne Opgiven vore Planer, for hvis han skulde forlange at se dit Svar paa det, hvad jeg nu ikke tror han gør. Skriv helst, at det var et underligt Træf, for Fru Winther har netop sagt, at I kunde blive boende hos hende ”alligevel” ihvert Fald foreløbig i Vinter, saa kan det ligesom stadig staa paa Dagsordenen. Da han for nogen Tid siden blev færdig med Arbejdet paa ”Frøkulturen”, som har varet længe og været godt, gik han til Puf og sagde at nu var han færdig til at begynde hos ham igen. Han fik saa det Svar at han vilde selv bearbejde Jorden og at han havde antaget en Lærling til, saa der var ikke noget. Jeg havde haft paa Fornemmelsen at Puf vilde slaa Haanden af os, men for Agraren var det et Chock og han gik da ogsaa omgaaende ind i et mægtigt Drikkeri. – Det er underligt nok, at Puf ikke tænker paa at lette Tilværelsen lidt for mig. Agraren er dog hans Slægt forstaar du min Tankegang? Men han maa jo mene, at naar jeg har holdt saa længe, kan jeg vel lidt endnu. Christines Hadefuldhed mod Agraren skal jo heller ikke paavirke Puf til Overbærenhed, hvis de da drøfter Sagerne. Det falder mig ind – du faar da for Himmelens Skyld ikke den Tanke at skrive om det til Puf for at udvirke noget godt? Lov mig endelig ikke at gøre det; paa det Omraade er han saa vidt jeg kan føle haard som Flint, det vilde ikke hjælpe og kun faa mig til at staa skidt i det. Jeg har ikke nævnt det og ikke ladet mig Spor mærke med det. – Agraren fik heldigvis Roeoptagen ned hos Rasmussen paa Frøkulturen; han er forfærdelig flink imod os og aldeles mærkværdig forstaaende ser det som en sygelig Tilstand. Det er dog intelligent af saadan en ganske ukultiveret Mand. - - Jeg har Efteraarsferie i denne Uge og arbejder i den Anledning under Højtryk, har faaet en Mængde store Arbejder tilside – saadanne som tager lidt lang ”samlet” Tid, hvad det jo altid kniber for mig at skaffe; mens jeg skriver dette koger jeg Asier, hvilket tager lang Tid da der kun maa koges 5-6 ad Gangen – efter min Opskrift da. Græskar har vi ogsaa syltet, 2 Slags baade med Vanille og Ingefær, jeg har faaet det hele forærende, saa det er kun Sukker og Krydderier at ofre paa det.
+I Onsdags tog jeg til Odense, jeg har hele Tiden haft i Sinde at benytte en af mine Feriedage til at besøge gamle Hanne Onkel Syberg og Mogensens. – Saa vidt jeg ved har Hanne ikke sendt Krans til Alhed Christine sagde at hun havde ikke set noget til det og hvis hun har sendt maa der altsaa ikke have været Kort. Hun talte ikke selv om noget, men derfor kan hun jo godt have sendt. Hun var svar og ringe stakkels gamle Hanne! Mon hun rigtig trives hos dem, den unge Kone er vist saa dygtig, at hun ikke har Kraft til at være stort andet. Hanne havde været syg og var i Høsten falden ned af en Vogn, da hun besøgte nogen i Vester Kærby; nu var hun da oppe, men jeg synes ikke, der var mange Kræfter. Jeg bad den unge Kone om at sende mig et Brevkort hvis hun blev syg en Gang. Adr. kan hun da ikke glemme, naar det er nok med mit Navn og Kjerteminde.
+Saa drog jeg derfra til Mogensens, der bor ude paa den tidligere ”Heden” der ad vor gamle Landevej næsten ude ved Fruens Bøge; de havde en henrivende Stue og der var saa hyggeligt og rart og de blev saa begejstrede over at se mig. Desværre blev det sent inden jeg naaede Onkel Syberg. Kl. var næsten 6, men en lille Passiar fik jeg da, dog ikke længe, da han var meget [indsat i venstre margen; lodret:] meget træt. Jeg synes næsten snart de to – Hanne og Onkel Syberg – har tjent sig fri, men maaske de endnu har lidt Glæde af Livet. 
+[Indsat øverst s. 1; på hovedet:] Jeg kan ikke huske om jeg har skrevet siden din store Hareskov-Begivenhed, det var vældig Sjov og interesserede mig levende. Stakkels lille Nus, der ikke kunde komme med. Hils gamle gode Pan naar du ser hende. Jeg var saa glad ved hendes Brev til min Fødselsdag - - Stakkels Las er vist meget dybt nede, men jeg tror dog, at han arbejder. Ang. Chr. er endnu intet fastslaaet. Elle kommer en af Dagene
+[Indsat langs venstre margen s. 1; lodret:] Nu kun tusind Hils og rigtig snarlig Bedring. Din Junge.</t>
+  </si>
+  <si>
+    <t>1928-03-04</t>
+  </si>
+  <si>
+    <t>Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Martin Warberg Larsen</t>
+  </si>
+  <si>
+    <t>Grethe Bichel
+Carl Brisson
+Johannes  Ewald
+Gudmund Hatt
+- Holstein, Frk.
+Adolph Larsen
+Marie Larsen
+Dagmar Lindberg
+Thomas  Løkken
+Elisabeth Mackie
+Lars Swane
+Sigurd  Swane
+Harry Søiberg
+van Hauen
+Erik Warberg Larsen</t>
+  </si>
+  <si>
+    <t>Kirsten, Katrine, Hjalmar, Grethe og fru Lindeballe kendes ikke. Disser er muligvis Dagmar Lindberg. 
+Kasernen på Christianshavn er Christiania. 
+Christine Swane begyndte netop i 1928 at fremstille, udstille og sælge keramik, så det omtalte stel er muligvis et af hendes.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0866</t>
+  </si>
+  <si>
+    <t>Erik/Tinge Warberg Larsen kan godt bo hos Laura/Bibbe Warberg (og Christine Swane?) en nat eller to. 
+Laura har fået sin pung igen, efter at hun havde glemt den i en sporvogn.
+Lars/Lasse Swane tager mellemskoleeksamen, og bagefter skal han i tømrerlære for siden at blive arkitekt. 
+Laura har fået en fløjsbluse af Christine Swane/Tante Ugle. Hun beder Martin/Manse sende hendes pjækkert. 
+Christine Swane og Marie/Rie Larsen skal ses med gamle Kerteminde-veninder.
+Både kanariefuglen og papegøjen er døde.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/a932</t>
+  </si>
+  <si>
+    <t>København d. 4-3-28
+Kæreste sødeste lille Manse!
+Hvor har du det dog slemt for Tiden, bare det dog snart maa blive bedre; kan du dog naa det hele og passe Tinge ved siden af naa ja, Kirsten hjælper vel godt, men det maa rigtignok være strengt alligevel søde lille Manse, jeg vil da haabe det er begyndt at hjælpe med Tinge, den Stakkel, han kan nok bo hos os en Nat eller 2 i Aftes var jeg jo hos Katrine og hun sagde at jeg maatte gerne sove hos hende, ellers kunde vi skam ikke have Tingelingsen som jeg glæder mig til han kommer. 
+Rie og jeg var ude paa Christianshavn forleden, vi fandt Kasernen, den ligger aldeles henrivende lige ved Volden. Saa de inde fra Kasernen, ser ud over Sø, Siv og Krat, der var dejligt, det var nu ogsaa det herligste Foraarsvejr man kunde tænke sig,
+Den Dag lod jeg jo min Portemonæ ligge i Sporvognen, sikke en Held at jeg fik den igen. Du kan tro jeg holdt Fest inde paa Kontoret da jeg var derinde efter den jeg var jo henrykt over jeg fik den igen, Mens jeg husker det, Manse, du maa aldrig føle dig trykket af at der maaske gaar et Stykke Tid inden du faar skrevet til mig, aldrig gaa og være plaget af at du ikke faar det gjort, endelig ikke Mans, jeg ved da at du ikke glemmer mig, ikke sandt? Husk det 
+Hvor var det dog morsomt at du fik den Tur til Odense, du kan tro jeg blev glad; gid det vilde blive godt med Far til paa Søndag eller kan man jo ikke more sig, men jeg vil da ønske dig rigtig god Fornøjelse, det er dejligt at Kjolen er bleven god. Og Tusind Tak for Frimærkerne, de ligger nu ude hos Fru ["Fru" overstreget] Dr. Hatts, jeg lod min anden Pung ligge der, jeg hentede saa den ene paa Raadhuspladsen da vi kørte hjem 
+2) Det er det Stel til Dr Hatts, der skal brændes en Ovn til paa Tirsdag. 
+Lasse er ude af Skolen han arbejder ude hos sin Far i Haven, det er for han skal komme sig, saa skal han i Skole efter Sommerferien igen og tage Mellemskoleeksamen og saa skal han i Tømmerlære, han skal jo være Arkitekt. 
+I Gaar da jeg var inde at spille skød jeg skam Papegøjen, først 50 Øre for at besørge noget paa Posthuset, saa en Cigar og en Appelsin, saa kom Hjalmar og Grethe med Fastelavnsboller fra I. van Haun, og vi maatte ind at drikke Kaffe, og saa igen en Cigar, Uhm! men den ene Spilletime trak ogsaa ud og blev til 3, jeg kom ikke ind før over 8. Saa spiste jeg til Middag, var derefter nogle Byærinder, da jeg kom hjem kom Aanden pludselig over mig til at sy Navn paa mine Lommetørklæder, og det gjorde jeg saa. 
+Jeg fik en Fløjlsbluse af Tante Ugle, jeg trængte saadan til en Bluse, min Sweater er efterhaanden slidt op, men jeg bruger den meget alligevel. Hjalmar sagde øjeblikkelig til mig i Aftes at jeg ligner dig, Manse, og det er dog 14 Aar siden han var i Kerteminde. Med det samme jeg husker det. I maa endelig skrive til Tinge og ikke til mig, naar I skriver. Det er vel helt sært for ham at faa Brev derude, saa kan I muligvis lægge lidt indeni til mig, som Soldaten saa han Tinge med herud. Manse vil du ikke ved Lejlighed sende min blå Pjekkert, jeg vil saa gerne have den, naar den bliver [ulæseligt ord] en bitte kan den sagtens gaa, og en Gang bliver det jo for varmt med Kaaben. Regnfrakken har jeg haft en vældig Nytte af i Begyndelsen regnede det næsten altid. Kender du De levendes Land, Mans af Harry Søiberg, den er god synes jeg, helt anderledes end den vi har haft hjemme af ham, Lykke Anne, eller saadan noget det var noget godt skidt.
+3)
+Denne er i Smag med Olesen Løkken. Jeg læser den inde hos Putte det er Fru Lindeballes. Jeg er saa vanvittig flov over at jeg slet ikke viser mig ude paa Østerbro, men det er en forfærdelig Tur, det er Tiden jeg tænker paa, for at gaa den er ingen Sag, men man har denne hersens her Tid. Rie og Tante Ugle var hos Putte i Forgaars. Paa Tirsdag skal de til Dagmar Lindberg, de bliver en 8-9 Kertemindepiger, det er ikke Smaating hva? Jeg har ikke set Disser siden sidst og i Dag er de jo ude i Hareskov ellers vilde jeg have faaet Tinge med derhen og hilse paa. Han kan jo sjældent naa noget om Aftenen. 
+Her er ellers ikke noget særligt at fortælle af nogen Slags. Det hele gaar sin vante Gang.
+Nu bliver der vel nok Liv i Kludene paa Onsdag.
+Lasse havde mødt Grethe Bichel og Frøken Holstein forleden Dag i Smallegade, sikke nu et Held, jeg møder aldrig nogen. Nej det passer nu ikke jeg har mødt ikke saa faa, jeg kender af Udseende, hjemmefra.
+Tusinde Hilsener til alle fra alle.
+eders hengivne Datter Bibbe. 
+Glem ikke Pjekkerten ved Lejlighed – Tinge og jeg støder hvert Øjeblik sammen naar vi skal dyppe Pennen, sikken en Flid, sikken en Flid.
+Den er god med Ringen.
+altsaa ikke Carl Bissons Ring men Ewalds
+[Skrevet på langs på sidste sides venstre kant:]
+Vi har den mest forfærdelige Skrighals af en grøn Kanariefugl, der synger fra 
+[Skrevet på langs på sidste sides højre kant:]
+Morgen til Aften inden den døde en af de små Fugle og Trine, Papegøjen, forfærdelig 
+kedeligt at de døde lige paa samme Dag</t>
+  </si>
+  <si>
+    <t>1928-04-28</t>
+  </si>
+  <si>
+    <t>Blegdamsvej 19</t>
+  </si>
+  <si>
+    <t>Kærbyhus
+Kerteminde</t>
+  </si>
+  <si>
+    <t>Dres -
+Bodild Branner
+Alhed Marie Brønsted
+Jesper Hansen
+Erling Kristensen
+Marie Larsen
+Ellen  Sawyer
+Janna Schou
 Christine Swane
-Laura Warberg
-[...20 lines deleted...]
-Onsdag 3die Dec. -24</t>
+Astrid Warberg-Goldschmidt
+Erik Warberg Larsen
+Eskil Ørsted Hansen</t>
+  </si>
+  <si>
+    <t>Louise og Johannes Brønsted boede på Blegdamsvej 19. 
+Det vides ikke, hvem Vodrofsvejerne er. Vodrofsvej ligger på Frederiksberg. 
+Fru Jensen, Thorvald Jensens søster, Sihmfamilien og Ellen Bramsen kendes ikke.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0897</t>
+  </si>
+  <si>
+    <t>Christine Swane/Tante Ugle har været meget syg, men hun er nu oppegående. 
+Janna Schou er lidt forsømt.
+Laura Warberg P. øver sig på klaveret, men det går langsomt fremad. Hun spørger, om hun må tage til Hareskov.
+Frederiksberg Have er smuk.
+Laura Warberg har læst Stodderkongen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/cWRz</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside med blæk:]
+Fru J. Warberg Larsen
+”Kærbyhus”
+Kjerteminde.
+[Håndskrevet på kuvertens forside med blå kuglepen:]
+18/6 2001.
+[Håndskrevet med pen på kuvertens bagside:]
+Warberg Larsen
+Blegdamsvej 19
+Ø
+[Håndskrevet med blyant på kuvertens bagside:]
+28-4-1931
+Ikke mere end [ulæseligt]
+[På hovedet:] 74360
+[I brevet:]
+Kære lille Mams!
+Tusind Tak for Seddelen hvor er du dog god ved mig det er bare alt for meget lille Mor. Jeg maa virkelig passe paa jeg gaar og blir saa forvænt bare for den Sygdoms Skyld. 
+Men hør, Pinse? Har jeg talt noget om Pinse, det ved jeg ikke Spor af, forresten kan det godt være, dog er jeg ikke saa sikker paa Befordringen helst vil jeg selvfølgelig cycle, det er det morsomste – langt og det billigste 
+Nu faar vi se hvad Reserven siger. 
+Befindendet er godt selv om Foraaret nok kan mærkes. 
+Desværre er Tante Ugle saa daarlig, hun er begyndt at komme op, forfærdelig ser hun ud, skrækkelig vil jeg sige dig, jeg har sjeldent set noget lignende. 
+Rie vilde ringe til Bodil hvis det ikke snart blev bedre, selvfølgelig har Bodil været der men ikke efter den begyndende Opstandelse. 
+Jeg huskede Tante Dis, sendte Søndagsbrev. Joh, det er snart 3 M. naar det endda kun var den organiske Sygdom det gjaldt, saa var alt ikke saa slemt, men forhaabentlig gaar det alt sammen, hvordan og hvorlænge det vil saa vise sig. 
+Vodropsvejerne ser noget sort paa det synes jeg. Desværre plejer de at se rigtigt. Lille Janna gaar rundt og er saa forsømt, siger de, det lille Skind. Det er ikke let saadan lige at gøre rede for hvad jeg vil og hvorfor jeg ikke vil, det kan vil altid tale om naar jeg kommer hjem, men hvad i Alverden antager du Dres for 
+II
+dersom du tror, saadan som Du tror saa saa tror du forkert, forresten er jeg begyndt at spille, ikke øve, men, kun ganske ubetydeligvis jeg vil begribeligvis ikke bringe mere Øvning til Huse; min Time er slet ikke at foragte. Da jeg spillede for Dres for at hun kunde sondere Terrænet nu efter Standsningen sagde hun igen en hel Masse om mit Talent, det lyder meget tiltalende blot kunde jeg ønske at det viste sig lidt kraftigere. Nej, Dres, Mor, bare du kendte hende, jeg har aldrig nogensinde set op til nogen som til hende. Hun er et pragtfuldt Menneske. 
+Det var maaske meget klogt af jer ikke at fortælle mig om Fru Jensen dengang, men saa fik jeg det Gengæld at vide paa en lidt drøj Maade. Men Mor kan jeg ikke faa Lov at tage til Hareskov en Dag det piner mig slet ikke at vide noget ordentlig eller rettere intet om hvordan det gaar dem, jeg vil dog saa gerne se de Smaa og tale lidt med Manden, maaske bor de i Værdløse hos Thorvald Jensens Søster, men det er da lige ved Hareskov. Maa jeg ikke? Jeg har det sagtens godt nok, Mor!
+Hvad Tinge angaar skriver vi slet ikke til hinanden, vi venter ham saa smaat herud paa Fredag véd dog intet bestemt, det var morsomt at se ham igen. 
+Mon Tinge skal hjem til Pinse? Hvordan er Sihmfamilien? Jeg maa da endelig huske at hilse dig fra Ellen Bramsen, jeg har
+III
+været der til Frokost en Dag. Ellen er storartet, hun ser paa Menneskeheden med de rigtige Øjne. Gid alle gjorde det. 
+Du skulde bare se Frederiksberghave, fuldkommen eventyrlig, ubeskrivelig smuk, kunde du ikke ikke engang komme herover naar jeg ikke ligger i Sengen det tykkes mig kunne være saa fornøjelig. Kender I Stodderkongen, det er vel nok en Mand og Gæst med. Den er af Erling Kristensen Jeg lånte den ude hos Lomme i Gaar Jeg var ude og passe lille Jesper, Eskild og Lomme var paa Skovtur. Mage til Barn har jeg da aldrig været ude for, en hel lang Dag med en Fremmed uden Gran af Vrøvl, slet ikke for artig, bedaarende sød. Ja, hvor er han dog kær saa skælmsk og henrivende. 
+Og hvor de bor storartet, har du nogensinde set deres Lejlighed, den er lige efter mit Hovede. Jeg bad vist stille Ta Lugge om at til Ta Elle det maa I saa gøre
+Naa saa Ferie, gør’ i Haveanlægning, bare det var os der havde din Ruin, Tante Elle maa da være henrykt over det Tillæg til Haven jeg glæder mig til at se det.
+Bibbe</t>
+  </si>
+  <si>
+    <t>1933-01-17</t>
+  </si>
+  <si>
+    <t>Hareskov St.</t>
+  </si>
+  <si>
+    <t>Harriet Afzelius
+Adam Goldschmidt
+Brita Goldschmidt
+Ina  Goldschmidt
+Amanda Heinesen
+Julius Hviid
+Grethe Jungstedt
+- Knudsen, skomager
+Adolph Larsen
+Andreas Larsen
+Johannes Larsen
+Marie Larsen
+Else Larsen, Else, Andreas Larsens kone
+Arne Mortensen
+Erik Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvilket spil Laura/Bibbe havde med at gøre i Hillerød. 
+Succes var et chokolademærke solgt af firmaet Galle &amp;amp; Jessen (Arkiv.dk – her billede fra 1922).
+Fra litteraturen om Larsen-familien vides, at køberen af Kærbygaard hed Arne Mortensen.
+Johanne og Adolph Larsen købte senere i 1933 Lindøgaard nær Dræby/Munkebo.
+Amanda er muligvis Amanda Heinesen.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0607</t>
+  </si>
+  <si>
+    <t>Johanne/Junge C. Larsen håber ikke, at Laura/Bibbe er syg. Hun er ikke stærk. Selv har Johanne et øre, der vædsker, og hun er næsten døv på det, så hun må til speciallæge.
+Adolph/Agraren Larsen har solgt Kærbygaard for 18.000 kr. Det er en god handel. Johanne og han købte kransekage og chokolade og inviterede gæster til kaffe for at fejre det. Adolph skal nu ikke længere arbejde for andre, Erik/Tinge bliver selvstændig, og Johanne vil holde op med at undervise i klaverspil. 
+Johanne har mødt Amanda, som spurgte til Ina/Sjums.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/F1Lr</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+OBS Salget!
+modt 19’ Jan 1933
+Fru A. Warberg Müller
+Hareskov St.
+Sjælland
+8-8-03.
+9/1 2001
+BWP.
+5 okt. 02.
+30-10-02. 
+[Håndskrevet på kuvertens bagside:]
+JWarberg Larsen Kjerteminde
+[I brevet:]
+17-1-1933
+Kære lille Dis!
+Tak for dit gode Brev! Og for dit gode Raad med Bibbe – men hun var jo for længst draget til Hillerød, da jeg fik dit Brev; og selv om ikke – nej, jeg vilde ikke kunne tage den Chance fra hende med de Par Maaneders Spil, som betyder saa meget for hende. Jeg længes for Resten saa meget efter Brev fra hende, jeg haaber da ikke hun er syg. Stærk er hun jo ikke, men saa meget des mere er hun ubesindig med hvad hun byder sig. Det er underligt, for de unge kan ikke begribe, at der er en Grænse for, hvad de kan taale. Skrev jeg noget til dig om, at jeg ikke var rask? det synes jeg ikke, men maa vel have gjort alligevel; ja, naar min nuværende Smule Forkølelse er forbi, saa tager jeg ud til Odense til en Specialist i Næse-Øren o.s v mit ene Øre flyder ustandseligt og det er næsten døvt; jeg tænker mig der er en Katarh i V [”V” overstreget] Gangene i Hovedet og jeg tror ikke Dr. Hviid vil have mere med det at bestille, naa det er jo ikke saa farligt, men det er enerverende at have Sus i Hovedet i 5 Uger i Træk, men jeg har ladet mig sige, at man skal være i uforkølet Tilstand, naar man tager ud til ham. 
+Men her er sket større Ting end lidt Øre-Vrøvl. Agraren var i Aftes nede at tage imod mig da jeg kom fra Landet - jeg forstod straks, at saa havde han solgt Kærbyhus. Dagen før havde der meldt sig en Liebhaver. Det er Skomager Knudsens Svigersøn og Knudsen var med til Forhandlingerne og det var pudsigt nok ligesom han hele Tiden holdt med os; han opfordrede stadig Svigersønnen til at være imødekommende, men ikke os. Der blev intet afgjort Søndag Form., men saa var de altsaa kommen igen Mandag og saa var Handelen gaaet i Orden – Agraren var stolt! Og godt at han holdt sig stiv, for han var ellers mere tilbøjelig til at slaa af end jeg. Vi fik det godt betalt, meget bedre end Folk havde spaaet os, 18000 Kr, men saa skal vi enes om Udgifter til Papirerne; forstaar du: der staar 11000 i Prioriteter, saa han skal betale os 7000 blanke Kroner kontant – ”Og han har dem, Adolph” sagde Knudsen fortrolig til Agraren ”du skatte være bange – han har dem, der er ingen Rævestreger ved ham”. Og det kan han med Sandhed sige, hvor var de fine og noble at have med at gøre. 
+Hvor blev jeg glad, da jeg fik Nyheden; i Begejstringens Hede købte vi 5 Stykker Kransekage og en Plade Succes og fik ringet efter Puf, Marie (Larsen, som er her endnu, hos Lases altsaa) og saa lille Grethe derovre fra og der blev et muntert Kaffeselskab ud af det. Jeg har sendt Brev til Tinge i Dag, hvor bliver han glad, den kære Dreng. Sikken et Held at nu da jeg skal sælge min Obligation saa er den i stærk Stigning, den staar i 92 ¼ mens den længe har været sidst i Firserne; den var jo paa 2000 Kr, men vi maatte belaane den; fik 1000 Kr i Nationalbanken til en meget billig Rente, da vi skulde lægge Vand ind og have nye Skorstene og reparere hele underste Lejlighed for 2 Aar siden.
+Det er kunstigt for det betyder noget godt for os alle: Agraren faar Arbejde, det Arbejde, som staar hans Hjærte saa nær, Tinge faar selvstændig Virksomhed – tænk i Stedet for at gaa og tjene altid, Bibbe faar et Levebrød og jeg slipper for ar undervise mere – hvad jeg næsten ikke mere kan udholde. De Nerver som bruges til Undervisning er hos mig slidt op – væk - ! Er det ikke en stor Begivenhed, lille Dis? Det var Lørdag, at det første Glimt viste sig; Manden kom op og meldte sig som Liebhaver og spurgte om han maatte komme næste Dag - - jeg blev saa op flammet at jeg ikke fik sendt Kort til Axel og jeg havde dog tænkt saa meget paa ham! Ønsk ham nu alt godt i det nye Aar fra mig og bed ham tilgive mig at jeg svigtede ham. I havde vel en rar Dag? Ser han lidt bedre ud nu?
+Jeg traf Amanda i Bilen i Aftes. Hvor hun ligner sig selv og hvor er hun sød. Hun blev meget betaget, da hun hørte at Sjums var gift, for Sjums havde lovet hende så bestemt at skrive til hende hvis hun en Dag skulde giftes; jeg sagde at det var en gammel Historie og at hun havde en yndig lille Pige, men nævnede ikke noget om Skiftet og hun spurgte ikke om noget Navn – heldigvis, for jeg har ikke Mandens Navn i min Erindring, jeg er jo utrolig med at glemme navne.
+Jeg læste med stor Interesse om Adams og Fru Brittas [det andet ”t” i navnet overstreget] Besøg – Adam bliver nok lykkelig, det vilde ikke passe til ham ikke at blive det! Stol paa det!
+Pudevaaret er ikke mit; du skal faa det ved Lejlighed. Hvad du skriver om Bibbe er saa rigtigt, gid det hele maa gaa saa godt for hende, jeg har aldrig set hende saa glad og harmonisk som i Julen. Hvor var hun yndig
+[Skrevet på hovedet øverst på s. 4:]
+Din Bog når jeg ikke at tale om i Aften, jeg må i Seng, kun at jeg synes den er udmærket, du skal og maa fortsætte. Men det er vel vanskeligere naar man kommer fremad i Livsforløbet?
+[Skrevet langs venstre margen s. 4:]
+Tusind Hilsner til Jer alle tre Din glade Junge.</t>
   </si>
   <si>
     <t>1933-01-19</t>
-  </si>
-[...1 lines deleted...]
-    <t>Hareskov</t>
   </si>
   <si>
     <t>Kærbyhus Kerteminde</t>
   </si>
   <si>
     <t>Dres -
 Ludvig Brandstrup, visedigter
 Johannes Hohlenberg
 Bodild Holstein
 Adolph Larsen
 Axel  Müller
 Janna Schou
 Jørgen Schou
 Marie Schou
 Fritz Syberg
 Minna Warberg
 Erik Warberg Larsen
 Laura Warberg Petersen</t>
   </si>
   <si>
     <t>Adolf/Agraren og Johanne/Junge Larsen købte, da de flyttede fra Kærbyhus, Lindøgaard ved Munkebo.
 Det vides ikke, hve, Fru Jarmer, Søren Madsen, Ruth Haumann, Axel Müllers søskende, Grethe, Karla og Ida var.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0506</t>
@@ -319,303 +1743,120 @@
 Kærbyhus
 Kerteminde
 Fyen
 [Håndskrevet på kuvertens bagside:]
 afs A. Warberg Müller
 Hareskov 
 [I brevet:]
 Hareskov, Torsdag 19’ Jan. 1933
 Kæreste lille søde Junge!
 Det var sandelig et Glædens Budskab – hvilken Fryd og Henrykkelse! Til Lykke – til Lykke! jeg ved næsten ikke, hvad Ben jeg skal stå på, så glad er jeg! Jeg både tudede og lo, da jeg læste Dit Brev – først og fremmest dette: du slipper ud af dit Slaveri! åh Junge – endnu aner Du vist ikke, hvor nyfødt man bliver – hvor mange friske nye kræfter der blomstrer op, når man sådan får Lov at begynde ”for sig selv” – og her får du dit Livs Drøm realiseret – at blive Landmandskone! Bryd dig ikke om, at de alle råber om de umulige Tider for Landmanden – selve Arbejdet derude er en Lykke – desuden går vi sikkert nu andre Tider i Møde. Og når jeg tænker på alt, hvad det fører med sig – ja, det er næsten uoverskueligt! Jeg har altid troet, at hvis Agraren blot kom væk fra Kerteminde, så var der derved skabt den første store Betingelse for Helbredelse – og nu har han yderligere Alderen – alle Lyster svækkes med Alderen; Modstandskraften ganske vist også, men den vil vindes ved det nye Arbejde i de nye Omgivelser – nu tror jeg, det vil lykkes. Og Tinge – det er jo den bedst tænkelige Fremtid for ham!
 Det Helbred gør mig jo meget bekymret, lille Junge; det med Øret er sikkert en Følge af overanstrengt Nervesystem; gid du kunde slippe det hele allerede nu – og bare gå og samle Kræfter til den store Overgang! Sikkert vil Udsigten til snart at kunne give Slip, give dig ny Styrke – men man skal dog hellere undgå at bruge den allersidste Reserve! Tag dog Bibbe hjem! Husk på, du gør hende en dårlig Tjeneste, hvis du går hen og klapper helt sammen! Men lad os nu se, hvad Ørelægen siger – det må du endelig holde mig à jour med lille Junge! Endvidere er jeg meget spændt på at høre nærmere om den store Begivenhed – hvornår træder Salget i Kraft? Har I Udsigt til den Gård i Nordskov? Tænk hvis det blev én her på Sjælland! Men det er der vel ikke Tale om. Der er sikkert mange, der vil sælge. Hvor er jeg dog spændt på det altsammen. Da jeg havde læst dit Brev, for jeg op til Fru Jarmer og vi frydede os i Forening
 2/ hun er så mageløs sød og deltagende med alting, føler så varmt for alle Mennesker, og det har nu meget at sige; hun bad mig hilse dig så mange Gange og sige, at hun glædede sig sådan på dine Vegne. – 
 Hvis du endnu ikke har hørt fra Bibbe, så vær bare rolig, Nus traf hende til Spil i går hos Drés, og hun var strålende; de fik dog ikke talt sammen – Nus kom midt i Bibbes Time – hun havde fået Snelov – Kl 11 og så gav Dres hende også fri; hun kælkede så med Ruth Haumann i Søndermarken, kom først hjem Kl ½ 7 – frisk og rødmosset. Jeg tror ikke, hun holder til sin Læsning, hun er som sin Far umulig til at indrette sit Arbejde – får aldrig begyndt på lektier før 8-9 og sidder så til 12 – og op Kl 6; jeg sendte hende til Bodild forleden, hun har Blegsot, og det er ingen Under. Det er jo anstrengende med de Togrejser, desværre. Men nu kan hun jo foreløbig tage den Examen til Sommer (Mellemskoleexamen), så må vi siden se at finde på noget. Buf mener at kunde skaffe hende ind hos Søren Madsen – men mit Hjerte bløder ved Tanken om at sætte mit lille Nus ind på et Kontor – som 16 årig! Kommer Tid, kommer Råd, jeg spekulerer. Selv går jeg med Planer om at lave en Børnehave herude – her går så mange små frysende Unger på Landevejen – Forældrene på Arbejde – jeg traf sådan to små Høns forleden og tog dem med på en Tur i Skoven; de var ellevilde af Glæde og nu stiller de jævnligt hernede hos mig og bliver et Par Timer og morer sig dejligt; sidste Gang sagde jeg, at de skulde tage Karlas to små Piger med næste Gang – og sådan kunde man lidt efter lidt få noget i Gang, som engang kan blive til en Børnehave; den skal være absolut gratis – jeg vil stå helt fint til alle Sider. Synes du ikke, det var en god Ide?
 Axels Fødselsdag var dejlig helt igennem; han havde selv valgt sine Gæster, tænk dig, sine Sødskende vilde han ikke have! derimod Buf – (!) Hohlenberg og lille Hilde; Søster af Fru Hu[ulæseligt]ner fik Forfald, de var også bedt. Jeg havde Karla – sidste Afdrag på Divanen, som hun fik i Sommer. Middag Kl 1 – Krustader (Gave fra Fru Jarmer) 32 Stk! – med Torskefyld i holl.Sauce. Kalvesteg med alle mine hjemmelavede Produkter: Asier – Agurker – Syltetøj o s v. Sveskerisgrynskage med Flødeskum – Axels Yndlingsret, min Specialitet allerede fra min Malmøtid, den gør altid stor Lykke. Den søde Buf kom med Sauterne – Hilde med Tulipaner – og Stemningen var tiptop (Nus sagde om Aftenen i en yderst tilfreds Tone: ”det er et godt Hold!” Tænk – så kommer Dres og Grethe uventet! Og de som ellers aldrig tager ud om Vinteren!
 3/ De blev nu kun til næste Dag. Dejlig Musik hele Eftermd. Hilde sang, og Axel – til Hohlenberg Accompagnement. Axel var rigtig i sit Es – Sangen er hans rette Element – kun der lever han rigtigt. Han ser meget bedre ud nu, jeg tror den Parter [?] hjælper på ham. Det styrker ham også at synge, han kan ikke leve uden Musik. 
 Og tænk dig – Aftenen før var vi alle tre i Det ny Teater til et sjovt Stykke, Mr Anders – sad på Orkesterpladser á 5 Kr – inviteret af Lutte, som har en stor Rolle i Stykke – han var knusende grinagtig, vi lo hele Aftenen og morede os dejligt. Jeg synes, at Nus må engang i mellem have en Fornøjelse – hun ber aldrig om noget – siden har hun fortalt, at alle hendes Kammerater har set Mr Anders – mer end een Gang – og talt så meget om det! Og alligevel falder det ikke Nus ind, at sådan noget kan vederfares hende! Så skrev jeg til Lutte og mindede ham om et gammelt Løfte om Billetter – han svarede omgående med et langt, sødt Brev – og så fik vi de fine Billetter! Men hvilken Strabads! I Seng Kl 2! det kan man kun om Lørdagen. På Søndag skal Axel og jeg til Tårbæk at besøge Ida, hvor Minna er for Tiden. Nus biler Lørdag til Kerteminde med Buf – hans Mors Fødselsdag. Nus iført Pels! Julegave fra Fritz Syberg. Jeg håber, hun når et Svip op til dig om Søndagen – men det er en Exprestur - hjem igen Søndag. – Jeg sidder ude i mit lille yndige Køkken og skriver – det er Madlavningsdag – jeg har kogt Rødbeder – Vandris – Kartofler – skal have Suppen over om lidt – derpå et Sigtebrød, som står og hæver. I øvrigt begyndte jeg i Forgårs at sy mit ”Stjernetæppe” – som jeg har tumlet med i over 2 Aar. Det skal hænge i Gangen om Vinteren som Forhæng for Døren ind til Stuen. Aa - det bliver vidunderligt, Junge! Syes på Sækkelærred med kulørt Uldgarn – alle Dyrekredstegnene samt de 7 Planeters Tegn + ♄ Saturn ♃ Jupiter ♁ jorden ♂ Mars ♀ Venus ☿ Merkur🌙 måne ʘ sol syet i de Metallers Farver, som svarer til hvert Himmeltegn. og Dyrekredsen: 
 ♓ Fisken ♒ Vandmanden ♑ Stenbukken ♐ Skytten ♏ Skorpion ♎ Vægten ♍ Jomfruen ♌ Løven ♋ Krebsen ♊ Tvillingerne ♈ Vædderen ♉ Tyr
 I Midten en stor, monumental 7armet Lysestage med 7 brændende Lys – den blev jeg færdig med i Aftes – den er pragtfuld - syet med Bronze-garn, Lysene hvide med gul rød Flamme. Gid det andet må lykkes ligesågodt. Der knytter sig en meget mærkelig Historie til Motivet med Lysestagen. Herom og om meget mere engang mundtligt.
 Nu får du alligevel Brev på Mors Fødselsdag! Tusinde Hilsner og gid alt godt må gro ud af det nye Foretagende!
 Hils Agraren! Din også glade 
 Dis
 [Skrevet på hovedet på s. 1 i venstre hjørne:]
 Jeg går op til Toget med dette, så har du det for omgående! Nu er Nus kommen hjem – hun hilser!</t>
   </si>
   <si>
-    <t>1934-05-11</t>
-[...7 lines deleted...]
-Else Birgitte Brønsted
+    <t>1933-04-18</t>
+  </si>
+  <si>
+    <t>Lindøgaard pr. Dræby St.</t>
+  </si>
+  <si>
+    <t>Ruth -
+Grethe Bichel
+Peter Bichel
+Alhed Marie Brønsted
+Louise Brønsted
+- Christoffersen
+Knud Dalhoff Larsen
+Adam Goldschmidt
+Ina  Goldschmidt
+Bodild Holstein
+- Jantzen, Lindøgaard
+Grethe Jungstedt
+Alfred Larsen
+Andreas Larsen
+Jeppe Andreas Larsen
+Johannes Larsen
+Else Larsen, Else, Andreas Larsens kone
+Kirsten Larsen, Gudmund Larsens kone
 Axel  Müller
-Janna Schou</t>
-[...182 lines deleted...]
-Thorkild Roose
 Ellen  Sawyer
 Janna Schou
-Christine Swane
-[...26 lines deleted...]
-Fyen.
+Andreas Warberg
+Erik Warberg Larsen
+Martin Warberg Larsen</t>
+  </si>
+  <si>
+    <t>Sagen om at Ina/Sjums er genfundet kendes ikke. 
+"Den gamle Adam" er formodentlig Inas bror, Adam Goldschmidt.
+De to Holsteinere: Den ene er formodentlig Bodild Holstein, men hvem den anden er vides ikke.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0605</t>
+  </si>
+  <si>
+    <t>Det er godt, at Ina/Sjums er genfundet.
+Johanne/Junge og Adolph/Agraren Larsen ejer nu Lindøgaard. Johanne beskriver i brevet rummene og deres indretning samt gårdens faciliteter, dens pris mm. Andreas/Dedde Warberg har været på besøg og ordnet papirarbejde. Han var begejstret for gården.
+Johanne Larsen har haft mange gæster, der ville se gården.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/14rd</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+19 april 1933.
+Fru Astrid Warberg Müller
+Hareskov St.
+Sjælland.
+9-8-03. 
+9/1-2001 5 okt. 02.
+BWP.
 [Håndskrevet på kuvertens bagside:]
-A. Warberg Müller
-[...26 lines deleted...]
-ps. fortsat. Et andet Aar var de i Sallinge, så Hillerlev Kirke etc. Ifjor var Peter på Færøerne – fortæller morsomt om alt deroppe. De har rejst meget – Paris – Sydfrankrig – Schweiz – Tyskland – sjove Mennesker.</t>
+JWarberg Larsen Lindøgaard pr. Dræby
+[I brevet:]
+Lindøgd. pr. Dræby Tirsdag Aft. d. 18-4-1933.
+Kære lille Dis!
+Du skal være den første jeg skriver til her fra Lindøgaard og du var også den første jeg fik Brev fra. Tusind Tak for dine to gode Breve! Hvor er du dog deltagende og optaget af vore store Begivenheder. Men lad mig nu allerførst ønske dig til Lykke med din genfundne Sjums! Hvilken stor og glædelig Begivenhed! Jeg undrede mig over, at du ikke raabte højere Hurra, da Sjums var saa fornuftig at slippe ”den gamle Adam”, det jublede jeg jo saadan over og syntes at det gav godt Haab om Fremtiden for hende og dig. 
+Ja, nu er vi altsaa i Gang som Ejere af den herligste gamle Bondegaard du kan tænke dig; vores Opholdsrum er en veritabel gammel Folkestue – det kaldte Jantzens den, men i gamle Dage, har de jo nok kaldt den Davlestouen; der er en lang Bænk langs de tre smaa Fag Vinduer, et langt smalt Træbord foran og ved Enden af den en kort Slagbænk af malet Fyrretræ (den fik vi straks hentet ned fra Loftet) den venter paa at Tinge skal faa Tid til at tømre Sædet i Orden, saa skal der lidt Hynder paa og det skal være Agrarens Plads; over den hænger Lases henrivende Træsnit af gamle I.A. 
+Vi er ikke paa langt nær i Orden; først i Lørdags flyttede Jantzens deres sidste Sager herfra og for øvrigt har vi ikke haft megen Tid; det daglige Arbejde ogsaa tager en stor Del af Dagen og for Mændenes Vedkommende hele Dagen, saa der levnes ikke megen Tid til at komme i Orden; men her er da beboeligt. En lille Stue ved Siden af Folkestuen er næsten færdig, den store Forstue med den gamle Kiste, Buffetten [det andet ”f” i ordet overstreget] og en lille Sofa er ogsaa pæn og ryddelig ligeledes det store luftige 3 Fags Sovekammer; men Havestuen, som bliver vor fine Stue og de andre Kamre er helt rodede endnu. Manse og Tinge vil bo i det store Karlekammer; det er det eneste Sted hvor vores store Hjørnesofa kan staa; det er jo lidt trist at f [”f” overstreget] vi ikke kan nyde dens Hygge mere og der er den Hage ved det, at der ikke er Kakkelovn i Karlekamret – du forstaar, ingen Skorsten; og Petroleumsovn giver ingen Hygge.
+Dedde var her d.1st April for at skrive Papirer; han var uhyre begejstret over det hele. Han fandt den imponerende velholdt, billige [”e” sidst i ordet overstreget]! Var det ikke morsomt han er ellers altid saa skeptisk. Det var en uhyre festlig Dag og Dedde syntes, det var den fredeligste Handel, han havde været med til, ingen Skænderi af nogen Art. Da vi nærmede os Gaarden sagde Dedde ”Ih du forbarmende” og da vi stod i den og han beskuede de 4 Længer sagde han: Død og Pine! Saa imponeret var han! Jeg maa tilstaa at det forbavsede mig lidt og jeg snakkede lidt om Rotternehullerne [”rne” i ordet overstreget; ”hullerne” indsat over linjen] i Tagene ”Tagene!” sagde Dedde, ”nej de er da saa velholdte”. Han havde aabenbart tænkt sig at til den Pris 45,500 Kr for 45 Td Land maatte der være store Brist. Besætningen er fuldtallig og alt i Maskiner. Indlagt Vand (ikke i Køkkenet, men i Bryggerset ved Siden af) som kommer fra en Kilde og meget billig. Elektricitet, hvilket betyder meget da al Kraft jo gaar ved Elektricitet
+20/3. Jeg naar intet Skriveri; maatte i Seng i Aftes Kl 7½. Lugge og Elle kom Paaskelørdag til Eft.Te. Bes, Puf, Else Overgaard. Jantzen, som vi købte Gaarden af samt Fru Christoffersen (de er alierede!) tidligere Ejer af Gaarden, hun lader Penge staa i den – var her for at flytte deres Sager; vi var 9 til Middag, saa Kjerteminderne, saa Grethe Bichel, Henrik og to Holsteiner; Ruth og Kirsten kom Langfredag, men de maatte tage til Kjert. om Aftenen; næste Dag fik vi indrettet Sengelejlighed til dem. Han er meget tiltalende Hils ham. Du vil forstaa at her var Menneske_vrimmel_. Jeg kunde have ønsket lidt mere Ro, naar Lugge var her; hun var ligeså interesseret som hvis det havde været dig; hun er meget begejstret, så alt; desværre surt Vejr. Ingen Hygge her den Dag. Elle er nu rejst til Stockholm ved du at Grethe blev opereret for c. 14 Dage siden. Svulst paa Æggestokken, det gik helt godt.
+Jeg har ingen Tid. Naar du skriver, stil mig saa Spørgsmaal om det hele her, jeg ved ikke, hvad du ved og hvad ikke. 
+Du hører fra mig d. 26.
+Tusind Hilsner til Jer alle tre
+Din Junge</t>
   </si>
   <si>
     <t>1934-03-23</t>
   </si>
   <si>
     <t>Hareskov
 Lindevej 45</t>
   </si>
   <si>
     <t>Adolph Larsen
 Erik Warberg Larsen
 Martin Warberg Larsen
 Laura Warberg Petersen</t>
   </si>
   <si>
     <t>Dolph/Agraren Larsen var kvartalsdranker.
 Det vides ikke, hvem Palle var.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0520</t>
   </si>
   <si>
     <t>Astrid/Dis Warberg-Goldschmidt prøver at trøste Johanne/Junge Larsen med, at selv når alt ser sort ud, kan tingene ændre sig. Adolph/Agrarens skæbne er tung, men Johanne/Junge må også tænke på sig selv. Og hun og børnene må stå sammen.</t>
   </si>
   <si>
@@ -627,1286 +1868,167 @@
 1934
 23’ marts
 Fru Johanne Warberg Larsen
 Lindøgaard
 pr Dræby 
 Fyen.
 (om ”Agraren”).
 [skrevet på kuvertens bagside:]
 Læst – Alle – 
 (12-1-2000.)
 afs A Warberg Müller
 Lindevej 45
 Hareskov
 Sjælland
 [I brevet:] 
 Hareskov, Fredag 23 Marts 1934
 Kæreste lille søde Junge!
 Du skal have et lille Trøstensbrev lige pr omgående, så du kan have det Lørdag – i Morgen; for hvor blev jeg dog nedbøjet over dit Brev i Dag; men Junge – fortvivl ikke! Alt i vore Dage vender sig bogstavelig fra den ene Dag til den anden – det der synes sort og ufremkommeligt i Dag kan lysne allerede i Morgen – og ofte på ganske uforudset Måde. Endnu er Spillet ikke tabt; hvis jeg havde Penge, fløj jeg strax over til dig, så vi kunde tale ordentlig sammen – Breve siger selv i bedste Fald dog kun Halvdelen – og ofte kan man tale sig ud af meget – Ideer toner frem – Udveje viser sig, det man mente var umuligt at gøre i går –viser sig pludselig at kunne og måtte gøres i Dag. Hvordan står du i dette rent personlig overfor Agraren – og Drengene? dèr synes jo de to Lejre at være opstået; en af Parterne synes at måtte bringe Ofret – eller blive ofret. Bare dette ikke har være Agrarens sidste Chance? Nu er det Sønnernes Tid – nu må de have Chancen. Ja, jeg ser ikke tydeligt for mig, hvordan det praktisk må gribes an, men hvis Gården – altså Jeres Hjem og Levebrød – kan reddes ved at Agraren definitivt sættes ud af Spillet – og hvis dette kan gøres – ja, hvad mener du nu?
 Stakkels Agrar – han har en tung Skæbne, at han bestandig skal volde Ulykke, og hvor meget eller hvor lidt han ”kan gøre ved det” – er altid for mig et Spørgsmål, der må lades åbent – derom kan andre ikke dømme.
 Og du, lille Junge? Jeg synes, du til det yderste har gjort din Pligt og mere til; hvad du end gør nu, så kan intet bebrejdes dig af nogen, heller ikke af din egen Samvittighed. Ja, jeg mener jo ikke, du skal myrde ham – i vor mordfyldte Tid kunde det måske se ud, som om jeg mente det!!
 Men jeg mener, at du og dine Drenge må stå sammen og – ja, I må jo selv finde den praktiske Løsning; tag ind til Bibbe en Aften alle tre og prøv, om I ikke kan drøfte det igennem og komme til et Resultat; jeg vil nødig være ubarmhjertig mod nogen – men synes du, at et langt Livs Opofrelse og uendelig Barmhjertighed har hjulpen ham et Hanefjed opad? Tænk nu for en Gangs Skyld på dig selv og på de unge. Aa gid jeg dog sad i din Stue – at tale sammen er det eneste, der duer. Jeg må have dette op til Toget nu – du skal blot lige høre, at de i går tog fat på vores Hus – i Dag går der fire hvidklædte Murere deroppe og graver ud til Støbning af Grunden – for lidt siden kom der 2 store Lastbiler med Materialer – de begynder at støbe i Dag; der er vældig Liv og Lystighed deroppe – jeg smutter ofte op og ser på det hele – det er fire søde, yngre Mænd, der laver det; Palle kommer ind til mig og nyder sin Mellemmad i Køkkenet. Jeg skal se at få skreven et Brev til inden Påske. Du har vel ikke en Opskrift på Aplsinmarmelade?
 Nu Farvel lille Junge, prøv at være ved godt Mod – det skal jo gå! Din alletider
 Dis.</t>
   </si>
   <si>
-    <t>1941-02-18</t>
-[...14 lines deleted...]
-Charles Morgan
+    <t>1934-05-11</t>
+  </si>
+  <si>
+    <t>Louise Brønsted</t>
+  </si>
+  <si>
+    <t>Alhed Marie Brønsted
+Ellen Brønsted
+Else Birgitte Brønsted
 Axel  Müller
-Janna Schou
-[...263 lines deleted...]
-Vagn Jacobsen
+Janna Schou</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2662</t>
+  </si>
+  <si>
+    <t>Foråret er dejligt. Janna bader i søen. Det nye hus er snart bygget færdigt. Astrid Goldschmidt spørger, om Louise/Lugge vil komme på besøg en dag snarest. Axel Müller vil ringe og aftale en dato for besøget.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/wIsw</t>
+  </si>
+  <si>
+    <t>Hareskov, 11' Maj 1934.
+Kæreste Lugge!
+Til Lykke med Fødselsdagen i Morgen! i Aar har du da alle Aarstidens Lyksaligheder til din Højtidsdag - alt i Naturen kulminerer til den 12' Maj! Herude er vi fuldkommen berusede over Sommeren - Janna har badet i vores Sø fra 30' April! og Frugttræerne står i fuldt Flor over hele den store Have. Vi havde Rejsegilde den 4de Maj på vores nye Hus, som de er ved at bygge oppe på Grunden, det kom til at hedde "Mosehuset" - og man mener, vi kan flytte ind til 1ste August - det var den ene Overraskelse. Den anden - noget mindre - må du snart komme ud og se; Axel får Ferie 20ende Maj - kunde du så ikke tænke dig at komme herud en Dag efter Pinse - en Dagligdag - så er her allerbedst; vi glæder os alle sådan til at se dig! Tak for Brevet til min Fødselsdag - dengang så det lidt dystert ud hos dig, men nu håber jeg da rigtignok, at I er raske igen og helt i Orden?!
+Axel ringer til dig i næste Uge, så vi kan få en Dag fastsat til dit Besøg - gid så det gode Vejr må holde!
+Nu til Slut ønsker jeg dig Alverdens godt til dit nye Aar - Helbred - gode Piger - ej for meget Slid, men Trivsel i alle Ting - og Tusinde Hilsner fra din
+Dis
+Tusinde Lykønskninger fra Janna
+Kære Lugge! Til Dis's &amp;amp; Jannas Lykønskninger føjer jeg mine med Haabet om alt godt og lyst for Dig i det kommende Aar. Mange venlige Hilsner fra din hengivne Svoger
+Axel.</t>
+  </si>
+  <si>
+    <t>1936-10-14</t>
+  </si>
+  <si>
+    <t>Bent Bjergskov
+Thora  Branner
+Louise Brønsted
+Adolph Larsen
 Andreas Larsen
-- Larsen, kunsthandler
-[...183 lines deleted...]
-Alhed Larsen
 Gudrun Larsen
 Henning Larsen
-Christine  Mackie
+Ingrid Larsen
+Johannes Larsen
+Marie Larsen
+Vilhelm Larsen
+Else Larsen, Else, Andreas Larsens kone
+Kirsten Larsen, Gudmund Larsens kone
+Axel  Müller
+- Müller, Frk. 
+Margrethe -, pige i huset hos Johanne C. Larsen 1936
 Ellen  Sawyer
 Janna Schou
 Hempel Syberg
-- Weirsøe</t>
-[...202 lines deleted...]
-Erik Warberg Larsen
+Rigmor Thorsen
+Joseph Turner
+Agnes Taaning
+Else Warberg
 Martin Warberg Larsen
 Laura Warberg Petersen</t>
   </si>
   <si>
-    <t>Oldemor var Alheede Warberg. Bedstefar Ensomhed: Andreas Conrad Warberg; søn af Adelheede og Jørgen Frederik Warberg. Familien boede på gården Ensomhed. Stine: Christine Warberg; gift med Andreas Conrad Warberg. 
-[...27 lines deleted...]
-Lindøgaard Dræby St. Fyen.
+    <t>Det vides ikke, hvem Fru Nielsen og Søster Thorsen var. Sidstnævnte var formodentlig i familie med Rigmor Thorsen. 
+Hvem Mygdal, der gav Martin/Manse Warberg Larsen penge for malkning, var, vides heller ikke. 
+Eidi og Edith, som arbejdede i huset i England for den kvinde, som Laura Warberg Petersen var ansat hos, er ikke oprettet med biografi i KTDK. 
+Croydon er en bydel i det sydlige London.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0578</t>
+  </si>
+  <si>
+    <t>Johanne/Junge har en dårlig hånd. Hun blev meget glad for den smukke skål fra Janna, og hun takker for alle Astrids gaver. Adolph/Agraren og hun pakkede op dagen før fødelsdagen. 
+Laura/Bibbe og Martin/Manse er i England. De mødes på fridage og besøger museer mv. i London, og de har fløjet. Begge bor nær Themsen. Martin fik et legat på 100 kr. og har ikke råd til at rejse til andre gårde, og han lærer ikke nok på Farmoor Farm - kun sprog. Laura/Bibbe har vrøvl med kokkenpigen, der hvor hun er i huset. 
+Det er svært for Laura og Bent at være adskilt. 
+Adolphs fødselsdag blev fejret med gæster til kyllingesteg. På Johannes fødselsdag svigtede Margrethe, men heldigvis kom Elle(n) og hjalp til. Gæsterne kom med både bagværk og gaver.
+Johanne har ikke så meget mere at lave i hus og hjem end Astrid, men Johanne har bare ikke meget energi.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/P1L8</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+5/5-02
+23/9-02
+Modt. 16’Okt. 1936
+Fru A. Warberg Müller
+Bakkevej 8
+Hareskov St
+19/3-2000
+Bibbe-Kerteminde.
+[Skrevet på kuvertens bagside:]
+JWarberg Larsen
+Lindøgaard Dræby St
+Fyen
 [I brevet:]
-29-12-42. Kæreste lille Dis.
-[...269 lines deleted...]
-Lugge havde jeg Brev fra for ikke ret længe siden, et ganske lille et – Svarbrev -. Saa vidt jeg kunde se, er hun ikke kommen ret vidt endnu; hun kan slet ikke taale at se Mennesker endnu; kun en Fru - nej jeg har glemt Navnet – havde været hos hende en Eftermiddg, en hun staar meget nær. Las skulde ind til Kbhvn i Anledn. af hans Udstilling; de havde ringet og talt m. Bes, som jo stadig bor der, om Las maatte bo der, og det maatte han, jeg kan ikke vide, om det ikke skulde gøre hende lidt godt, Las med sit rolige Væsen – og Lugge ved jo godt, at der bag hans dagligdags Facon findes megen Varme og Medfølelse. Mornine har jeg haft en Del Breve fra siden Mag. døde, og hun skriver stadig om, hvor forfærdelig Lugge lider, jeg har været bange for, at det helt skulde knuse hende, men for Børnenes Skyld gør hun jo, hvad hun kan for at komme over det, Hun ved endnu ikke, hvor længe hun kan blive boende, det skal nu undersøges, om Sidelængen i Tornehave er god nok (solid nok, menes der vel) til at der kunde indrettes en Lejlighed til hende der, det vilde hun helst, skrev hun, bo alene i et lille Hus kunde da aldrig gaa i disse usikre forbandede Tider med alle de Forbrydere, som Krigen har affødt, der hitter paa alt muligt ondt. Ja, Dis, det er som et stadigt Tryk dette at tænke paa Lugges forfærdelige Sorg, bare hun dog kunde blive Menneske igen, baade for hendes egen, Børnenes og vi andres Skyld. Jeg har gaaet lidt alene med min Sorg over hende, godt at Mornine har skrevet lidt til mig. Elle har jeg ikke set siden Magisterens Død, kun 
+Lindøgd 14-10-1936
+Kæreste lille Dis!
+Foruden at jeg blev vældig glad ved dit Brev i Dag, blev jeg temmelig forfærdet ved af det at se, at du tror jeg stadig ligger i Sengen; nej jeg laa da kun 3 Dage og var jo oppe, da jeg skrev det Brevkort til dig, men passer stadig paa ikke at røre Haanden mere end til det nødvendigste. Og saa er jeg jo i en saadan Brevgæld – for at faa sagt Tak til alle de mange der har sendt mig Gaver. Gamle Ta[brændt hul], som sendte mig 10 Kr. ligger af Aarebetændelse – bedre men meget utaalmodig – hun maatte have først. Den søde Tante Else med et langt egenhændigt Brev og 100 Cigarer; Frk Müller som 8 Dage før min Fødselsdag sendte mig en dejlig Æske fine Chokolader – ligeledes – og saa mine to Børnser i England Ja og Mary, som jeg saa gerne vil være tro, og som stadig skriver til mig og som sendte Lykønskninger baade til Agraren og mig (samt Cigarer til mig) - - ja alle dem har jeg altsaa ladet gaa forud for dig, men jeg trøster mig stadig ved det lille Brevkort, som du fik straks. Saa nu har jeg vist igen udvist min bekendte altfor store Grundighed, naar det gælder Ting, som kunde siges med to Ord. 
+Saa skrider jeg til det endelige Brev! Kæreste Dis, hvor du overvældede mig! Og hvor jeg blev lykkelig over det alt sammen! Jannas meget smukke Skaal staar fuldstændig hel og fin og lyser op paa Bordet i den lyse Stue - jeg maa have den for Øje hver Dag, synes jeg. Natkjolen blev jeg saa henrykt over, varm og lækker nu til Vinteren. Og saa det Væld af værdifulde Varer! Du er jo tosset, sødeste Dis at sende mig alt det. Men glad blev jeg rigtignok. Chokoladen smagte dejligt, jeg rigtig smausede de Dage, jeg laa i Sengen baade med Slik og Tobak. Og saa dine tre (!) lange Breve, som du oven i Købet skriver efter strænge Arbejdsdage. Tusind, tusind Tak for det alt sammen, ogsaa til Axel! Hvor var det sødt af ham at sende mig Frimærker. Ogsaa for Billederne, som jo er udmærkede. De to store Pakker kom Dagen før min Fødsdag og da jeg altså lå den Dag og vi syntes, at jeg skulde have lidt at muntre mig med pakkede Agraren dem op og foreviste Stykke for Stykke. Hvem Husholdningskassen var fra, kunde vi ikke [”se” indsat over linjen) og det faldt mig selvfølgelig ikke ind, at den ogsaa var fra dig! 
+Lad mig nu hellere fortælle lidt om Bibbe og Manse, som du udtrykkelig beder om. Vi faar stadig saadan glade og fornøjede Breve fra dem begge, ja jeg tror, at de i hvert eneste Brev skriver om, hvor glade de er, [komma overstreget] over at se saa meget interessant og hvor smukt Landet er. 
 2.
-talt een Gang med hende i Telefonen efter Juleferien; da sagde hun, at Lugge havde saa forfærdelige faa fysiske Kræfter. 
-[...250 lines deleted...]
-Saa faar du til Slut saa mange Hilsner til Axel, og hils ogsaa lille Marie fra mig. Tusind Hilsner din Junge.</t>
+Bibbe tog en Dag, da hun havde fri med en Bus langt langt ud pa Landet – de bor jo i den sydvestlige Udkant af London, lige ved Richmond Park, hvor hun har taget mange Traveture; nu har de vist desværre saa meget med Taage og det tager jo unægtelig Glansen af alt. På den Tur, kom hun til forskellige Smaabyer, som alle var spændende og morsomme, et Sted var der et lille Torv, der saa helt middelalderligt ud. Bibbe har vist et storartet Tag paa at faa noget ud af det; der er planlagt langt ud i Fremtiden med Ting, der skal naas. Manse har jo lidt længere til Fadet, men af og til mødes de da i London og beser hvad de kan overkomme. De mødtes en Dag i Croydon, hvor de fløj! Manse var begejstret. Ellers er hans det bedste jo at se Malerier; forleden havde han været der alene og helliget sig de gamle Hollændere. For 30 Aar siden gik jeg der og svulmede over de gl. Holl. Turner havde jeg anmodet ham om at finde, hvad han ogsaa havde gjort og var ude af sig af Begejstring over ham. Han er nu ogsaa pragtfuld. Themsen er de begge enige om at besynge – pudsigt at den løber forbi begge deres Opholdssteder – ikke saa farlig meget bredere end Odense Aa ved sit Udløb der, hvor Manse er. M. fik 100 Kr. af O. Sybergs Mindelegat; vi havde sat vore Næser op efter betydelig mere, saa han havde haft Raad til at komme paa en mere veldrevet Farm. Han maa jo ikke forlange Løn – maa i hvert Fald ikke faa det, men Mygdal giver ham lidt – det hedder sig fordi han malker. Men der er ikke Spor at lære der paa Farmoor Farm, ja Sproget er jo altid noget at lære selvfølgelig, men det havde dog været rart om han f. Ex. havde kunnet rejse lidt til de forskellige Landbrug – hvis der overhovedet findes Godser i England. Bibbes Madame er stadig meget sød og flink mod hende, men B. har mange Bataljer med Kokkepigen Edith, der er er en Heks, navnlig mod Heidi, den lille Østrigske House-Maid. B. rejser sig i sin Vælde, naar Edith bliver for slem, for Heidi staar Bibbes Hjærte nær. Har jeg virkelig slet ikke før skrevet noget om Børnene? 
+Bent kommer her jævnligt; jeg tror nok, at det er svært for dem at leve adskilt, men jeg tror ogsaa, at det var udmærket for Bibbe at komme ud, tænk hvilken Oplevelse for hende; den Slags er jo Skatte for hele Livet. Jeg tror da, at mit var blevet fattigere, hvis jeg ikke havde haft alle mine Rejser at glæde mig over at tænke paa. Men jeg har jo ogsaa været heldig og set meget. 
+Hvis der nu er noget særligt om de to, du vil høre om, så spørg og saa gaar jeg for øvrigt over til Beskrivelse af vore Fødselsdage. 
+3
+De var straalende og festlig – min ganske lidt formørket af Haanden, dog ikke meget. Agraren havde ”Nabo” inde til Kyllingesteg og Rødgrød, en af vore unge Venner var kommen (med Cigarer) Bent kom, ligeledes med Cigarer, 50 store fede Cerutter, og senere Las, Puf og Else – alle uventede, undt. ”Nabo”. De fik Kaffe og – Lagkage. Mere havde jeg ikke kunnet præstere, da Æbleplukningen i det gode Vejr gik fremfor alt.
+Min begyndte lidt trangt. Jeg listede op midt paa Formiddagen, fik med Besvær Haaret snurret lidt op og Tøjet paa. Fru Nielsen havde meldt sig til Eft.visit med Gudrun og sagt, at hun vilde tage Bagværk med Kl 3. Naa, da Klokken blev halv tre og jeg forstod, at Margrethe svigtede mig, skønt hun vidste jeg havde ligget Dagen før og skulde have fremmede – det var ikke pænt. I Nød skal man Naboer kende. Det var ganske vist ikke hendes ”Dag”, men jeg havde bønfaldt hende. Naa, Faderen har ikke villet undvære hendes Arbejde hjemme; jeg tror de sankede Kartofler. Da var jeg lidt modfalden, men Elle kom og gjorde Underværker i den halve Time lavede Chokolade, dækkede Bord, ryddede op. Og vi havde saa en yndig Eft. med Fru N., som ankom med den mægtigste Waleskringle, jeg endnu har set, 50 fede Cerutter og – en Vinterhat; hun gav mig to Sommerhatte, da jeg var derinde for noget Tid siden, saa nu er jeg forsynet! Al min uaabnede Post laa i en stor Dynge i Sofaen, den lukkede Elle op og læste noget af det højt. Hun selv kom med en meget smuk Portræt af sig selv i Festdragt, 1 Par Strømper og 1 Pk. Papirsservietter, Strømper, Underliv og Cigarer fra Marie. 1 Kittel fra Lugge, 50 Cigarer fra Tutte, 100 fra T. Else, 10 Kr. fra Tante Mis og saa en Mængde Breve og Kort. Aftenen blev helt gevaltig. Ikke mindre end 3 Bilfulde rullede ind i Gaarden – alle uventede. Hr. og Fru Thorsen med en Ladning fint Bagværk og 50 Cigarer, Gudrun Larsen (Bror) fra Rørdam i sin egen Bil med Kirsten, hans Kæreste, Søster Thorsen og Søster Rørdam ligeledes med 50 Cigarer. Senere ankom den gode Las, Puf og Else, samt Klaks, der fungerede som Statens Skovvurderer af Omegnens Skove. Han havde en stor Æske fin Konfekt, de andre Konditorkager i lange Baner og fint Undertøj. Har du nu kendt Mage til Fødselsdag, det var da mindst som om jeg blev 70. Jeg var overvældet. Heldigvis havde vi Masser af Chokolade fra om Eft. Flødeskum ligeså, saa der blev nok til os alle 14. De unge Piger udrettede Arbejdet, de er huskendte. 
+4
+De dækkede i begge Stuerne og vi havde det dejligt. Klaks og Thorsens som jo kommer i Familie gen. Bror og Kirsten var sammen første Gang den Aften. Fru Thorsen talte om saa morsomt der havde været den Aften i Sommer, da du gav Skole-Historier. Hun er et pragtfuldt Menneske, som jeg holder meget af, og hvor er hun altid parat til at le og more sig. --------------
+Nu har jeg kigget lidt i dine Breve og ser, at du spørger til Høsten; ja den blev jo lille som alle Vegne, men vi kan nu ikke bedømme den helt, før alt er optærsket og det er jo først til Foråret, for undertiden giver den jo lidt mere end man har ment.
+Og saa er der en Ting, jeg skal have korrigeret. Jeg har saamænd ikke saa meget at bestille som du; du har jo ogsaa Landhusholdning m. Have, Frugtplukning og den Slags. Og jeg har dog Margrethe, der er knagende hurtig i Vendingen. Saa har jeg ikke nær saa store Foretagender som du, med Vinbrygning o. lg. Men mit Arbejde er maaske nok større end dit med de store Maaltider og store Opvaskninger. Og saa er der jo deres Tøj, Strømper o.s.v. Desværre er jeg slet ikke mere den habile Arbejder, jeg har har været. Meget af min tidligere Energi er gaaet Fløjten. Maaske det er, som Fru Thaaning sagde til mig forleden: De er vel slidt op, Fru Larsen!
+Naar jeg igen skriver, skal jeg læse dine Breve og smaasnakke lidt om Indholdet, jeg tør ikke mere nu for den skidte Hånd.
+Derfor kun de kærligste Hilsner til jer alle tre og endnu en Gang Tak for alle dine overdaadig rige Gaver! Og Tak fra Agr. for Kortet, jeg er saa glad ved at hans Post var helt omfangsrig i Aar.
+Kan det Gulv i Dagl.st. ikke vente til Foraaret? Det er ikke saa god en Tid at lave den Slags paa. Det er saa langsomt til at tørre, naar det er koldt - siger de kloge.
+Altsaa – endnu en Gang - !
+Din Junge</t>
   </si>
   <si>
     <t>1936-12-18</t>
   </si>
   <si>
     <t>Bakkevej 8 Hareskov St.</t>
   </si>
   <si>
     <t>Wilhelmine Berg
 Adolph Larsen
 Carl Larsen
 Marie Larsen
 Axel  Müller
 - Overgaard
 Ellen  Sawyer
 Janna Schou
 Albrecht  Warberg
 Laura Warberg</t>
   </si>
   <si>
     <t>Det vides ikke, hvem Konen, Nortoft og dåbsbarnet, S.A., var.
 Wilhelmine Berg/Tante Misse døde 24. nov. 1936. Måske derfor arvede Johanne/Junge Larsen tantens pels.
 Larsen-familien kendte flere, der hed Overgaard.</t>
   </si>
   <si>
@@ -2144,50 +2266,118 @@
 Klar til Bryllup det er snart
 Nu vi tror at alt ret makker
 Kø’r og Heste trives vil
 Muligvis en Avlskarl vakker
 I ad Aare lægger til
 Og vi svinger højt vor Fane
 ønsker at det godt vil gaa
 Heldet følge Jeres Bane
 Lykke til – og saa kil paa!
 Lørdag Morgen Desværre maa Brevet jo allerede af Sted i Dag, da vi jo ikke kan afsende Breve om Lørdagen. 
 Nu skrev jeg saa den lille Vise, som det maaske kan more dig at se; den er jo noget tynd, men hvad hvis Stemningen er god, kan meget glide. 
 Hvor det glæder mig for Axel, at han nu har lidt (el. meget) bedre Forhold paa sit Kontor; det har jo uendelig meget at sige, naar han tilbringer saa mange Timer af sit Liv paa saadan et muggent Kontor. – Jeg læste nu dit Brev igennem igen. Hvor er der meget meningsløst i den Nazi-Regering. De vil med Vold og Magt af med Jøderne, men naar Dr. Sechendorfs Broder vil emigrere, kan han mulig ikke komme derfra. Det lyder meningsløst. Tror du ikke, det hænger saadan sammen, at han ikke kan faa sine Penge ud af Landet og derfor er afskaaret derfra? - For Resten havde jeg en svag Fornem
 4. 
 melse af, at Regeringen var begyndt at blive lidt mere normal (jvf. Landsbury´s Besøg hos Hitler) men maaske de er for dumme til at tage ved Lære af Landets Tilstand; de bliver vist mere og mere forarmede fordi alt skal gaa til den forbandede Oprustning – hvilket atter vil sige Storkapitalen. – Lad os haabe Tyskerne kan faa lavet Omvæltning uden Borgerkrig; de har dog før lavet en saadan – i Slutningen af Verdenskrigen – uden at der blev udgydt en Blodsdraabe; men selvf. er jo de to Situationer meget forskellige. Lad os haabe det bedste for det stakkels tyske Folk. 
 Du skriver at vi faar ikke Verdensfred, før hvert enkelt Menneske bliver bedre – altsaa fredelig indstillet; nej, det er sikkert rigtig nok, men det er jo ogsaa det Fredsvennerne arbejder så hardt med. Man har jo Slagordet ”Sindenes Afrustning” og Dr. Muncks [”c” i ordet overstreget] Tale i Geneve for nogle Maaneder siden – husker du nok – var jo det selvsamme som du siger. Jeg har saa tit kørt frem med den Betragtning ”Du og jeg og mange med os er Fredsvenner, og naar vi er det og saa er [”er” indsat over linjen] helt opfyldt af den Indstilling, at end ikke vor pekuniære Fordel vilde kunne rokke denne Indstilling - saa ligger det indenfor Mulighedernes Grænse, at alle kunde blive Fredsvenner og saa – voilà – Verdensfreden!” Der gøres jo et kolosalt Arbejde Verden over paa denne ”moralske Afrustning” og selv om vi intet ved om Udfaldet er det dog en god Fornemmelse at være med i det Arbejde. For mit Vedkommende blev det Slut, da jeg kom her til Lindøgaard, men har dog viet Arbejdet en Del af mine Kræfter før den Tid; endog holdt Foredrag. - - - - -
 Verdensanskuelse – nej, jeg har ingen! For noget negativt er jo nu en Gang ikke noget positivt. Jeg har ikke megen Intelligens – det skal Guderne vide, men den Smule jeg har, synes jeg, fortæller mig, at det er ufatteligt – det er vel alle enige om [”enige om” indsat over linjen] selv Videnskabens Dyrkere, som du synes at have et Horn i Siden paa; at alle rettænkende Mennesker maa forkaste, at Kemikerne laver Giftgassen er jo indlysende, men de er jo ogsaa kun Mennesker og de [”de” indsat over linjen] sætter sig derved i Klasse med alle de mange, der paa anden Maade fremmer og ophjælper Krigene. Men selve det at Mennesker vil udgranske Naturens Hemmeligheder og gøre sig til Herre over Stoffet kan jeg ikke med min bedste Mening se noget forkert i, og hvor ved du noget om Videnskabsmændenes Indstilling overfor Tilværelsens Gaader? Kender du James Jeans Bøger? Astronomi i nogenlunde populær Form – dog for en stor Del over min ringe Fatteevne; den, jeg har, hedder ”Universet” og efter denne lange tykke Bogs Udredelse om Stjærner og Æter, rent videnskabeligt selvfølgelig, skriver han i Slutningen, hvor han taler om Stoffets Tilblivelse disse Ord: ” For at faa en konkret Forestilling om en saadan Skabelse kunde vi tænke os, at Guds Finger satte Æteren i Svingninger og dermed gav Anledning til Skabelsen”. En saadan Guds Finger maa vel alle tænkende Mennesker mene existerer – det der skiller din Opfattelse fra min er blot det, at du tror – nej ved - at du ved Besked med Fingerens Indehaver, mens jeg mener, at vi Mennesker ikke kan have det allerfjerneste Begreb om den Kraft, Gud 
 5.
 Skaberen eller hvad Navn vi nu vil give det store – ufattelige -. Alle de mange mange Religioner er Udslag af Menneskers Trang til Viden om den Ting – el. lad mig sige Gud – og de er jo saa i Regelen ogsaa ”blevet kult [”kult” overstreget] moralske Faktorer [”], hvilket jo i høj Grad har berettiget deres Existens og er bleven til Velsignelse for Menneskeheden. Og det være da uendeligt langt fra mig at forsøge at rokke ved Menneskers religiøse Overbevisninger. Hvad der ikke mindst har oprørt mig ved russisk og tysk Diktatur er deres Arbejden paa at fratage Folkene deres Religion; de tager Brødet fra dem, men deres Trøst - Religionen – kunde de mintro dog gærne lade dem beholde, hvis den styrker dem i Tilværelsens Lidelser, og det er der jo ingen Tvivl om, at den gør. – Kan det kaldes at have en Livsopfattelse, jeg mener nej. 
 Der er for Resten en lille Ting i dit Brev, jeg maa skrive lidt om; du skriver: ”Du er Fredsven, men ogsaa Ven af en Videnskab, som bl.a. laver Giftgas - - ” Nej søde Dis, det er for overfladisk en Betragtning; for hvem mener dog at Videnskaben er ufejlbarlig? At jeg man [”jeg” overstreget; ”man” indsat over linjen] skal knæle for den og sige Ja og Tak for alt, hvad den laver? Man skal da ikke fordømme al Videnskaben, fordi den fejler paa visse Punkter. Det kan for Resten godt være, at Videnskabsmænd ikke tænker paa Mennesker, at de i ualmindelig Grad opsluges af deres Arbejde, men saa maa Mennesker jo om hvad af de videnskabelige Resultater de vil udnytte og hvordan de vil udnytte den - - og det gør de altså nederdrægtig skidt paa Gassernes Omraader. Men maa vel lidt opvejes ved den medicinske Videnskabs Virksomhed; hvis den finder ud af noget, som kan hjælpe mig af med min Gigt er det dog et Plus, hvor det andet er et Minus!
 Tror du ikke, du kan give mig Ret i nogle af disse Betragtninger? Og kan du ikke det gør det da heller slet ingen Ting; vi holder jo ikke af hinanden hverken for vores Tros eller Ikke-Tros eller vore Egenskabers Skyld, men fordi der er Sympati imellem os og er de gode Søstre og Venner som vi altid har været og som vi vil vedblive at være til ”Løbet” bliver Slut. Nu maa Brevet ogsaa snart være Slut; nu vinker Pandekagerne – de desværre endnu uskabte Pandekager – efter mig.
 Senere. Tænk nu kom Posten længe før sin Tid, nu venter han mens jeg faar dette lukket
 Tusinde af alt muligt – 
 Din Junge</t>
   </si>
   <si>
+    <t>1938-08-02</t>
+  </si>
+  <si>
+    <t>Axel  Müller
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Fyn
+Dræby</t>
+  </si>
+  <si>
+    <t>Margrethe Benzon
+Alfred Goldschmidt
+Viktor Jensen
+Johanne Christine Larsen
+Janna Schou
+Jørgen Schou
+Marie Schou
+Erik Warberg Larsen
+Mary Warberg Larsen
+Per Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvem krokonen var.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0777</t>
+  </si>
+  <si>
+    <t>Mary bør overlade barnet til Erik/Tinge W. Larsen, eftersom hun ikke ønsker det. Johanne C. Larsen og Laura/Bibbe Warberg kan opdrage det. Erik bør få forældremyndigheden. Lige nu er Mary i krise, men hun burde have tænkt sig om noget før. Astrid Warberg kender selv til at gifte sig på trods og også til at være urimelig overfor en svigermor.
+Astrid har det bedre nu. Kun har hun lidt bronchitis og astma.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/IPPC</t>
+  </si>
+  <si>
+    <t>[Skrevet med blyant på kuvertens forside:]
+1938
+2/8 
+[Med sort blæk:]
+Fru
+Johanne Warberg Larsen
+Lindøgaard
+Dræby
+Fyen
+[Skrevet med kuglepen:]
+27-5-03.
+[Med blyant:]
+Margrethe Benzon. Død
+[Håndskrevet på kuvertens bagside:]
+Warberg Larsen 
+Hareskov
+[I brevet:]
+Hareskov, Tirsdag Morgen 2/8 – 38
+Kæreste søde Junge! Ja, jeg må skrive igen til dig – Tak for dit lange udførlige Brev med alle Bilagene – som følger vedlagt tilbage. Det er en forfærdelig Historie, Junge, ja, en Tragedie, synes jeg, med så djævelsk raffinerede Komplikationer, at man næsten ikke véd, hvordan det kan gribes an. Men én Ting slog mig voldsomt ved Gennemlæsningen af Dokumenterne – Marys bestemte Udtalelse om, at hun ikke vilde lade Barnet vokse op på Lindøgaard og 2) at hun ikke havde ønsket et Barn. 
+Når Mary løber fra det hele, har hun virkelig ingensomhelst Ret over Barnet, som dog også er Tinges. Principielt synes jeg ganske vist, at Barnet skal være hos Moderen, men hvis hun vil være Sygeplejerske – så kan jeg ikke indse, hvorfor Barnet skal vokse op hos Mælkehandleren i Kerteminde - så er dets naturlige Opvoksested så sandelig hos Faren og den anden Bedstemor – dig! Særlig hvis Bibbe bliver hjemme, er det dog rimeligt, om du og Bibbe i Forening opdrager barnet, og man har dog vel Lov til at mene, at den Ordning også for den lille vil være den bedste! Det er den rent menneskelige Side af Sagen. Og juridisk er det dog klart, at Tinge skal have Retten, når Mary forlader ham. For alt i Verden må I da ikke gøre noget overilet med, at Tinge afgiver ”Forældremyndigheden” eller i det hele giver Afkald på sit Barn; det er de nu engang to om, og det kan Mary ikke uden videre bestemme over som hun selv synes; den største Part af Tragedien er hendes, men som du selv siger, så vidste hun på Forhånd, hvad hun gik ind til og hun må tage Konsekvenserne. Jeg forstår godt, I har Medlidenhed med hende, hendes Stilling er skrækkelig, det frygteligste af alt er ulykkelig Kærlighed, der er blot den lille Mildning ved det, at det som Regel går over! Men det kan ikke – nej aldrig – overses, mens det står på. Hvor er det godt, at både du og Bibbe er besindige Naturer (jeg regner ikke med Mandfolkene, dette er et udtalt Kvindeanliggende); I må da endelig sætte alt ind på; at der ikke foretages uoprettelige Ting – Skilsmisse etc – før Barnet er kommen til Verden; husk på, hvor det ofte kan forandre alting. Mary er sikkert utilregnelig nu, hvad hun jo også selv antyder; tro mig, hun vil engang fortryde det Brev til dig, også hun må lære at se Forholdet fra den anden Parts
+2)
+Synspunkt; det er hende, der må forsøge at finde sig tilrette med, at hun som en fremmed er kommen ind i Jeres sluttede Kreds – eller rettere, det burde hun have forstået, mens Tid er, nu synes det altså at være for sent, når Tinge kun er glad over at være bleven fri; der har vi så igen Kernen i det hele – den manglende Kærlighed. Jeg tror nu, Junge, at jeg har specielle Forudsætninger for at kunne sætte mig ind i Marys Følelser og hele Tankegang – gennem mit Ægteskab med Buf og Forholdet til hans Mor; helt sammenlignes kan det ikke, men alligevel er der sådanne Berøringspunkter, at jeg udmærket forstår hendes Adfærd; også jeg var dengang bundløs uretfærdig mod Bufs Mor, som jeg alligevel inderst inde altid beundrede og holdt af. 
+Og alt det med Selvstændigheden, ja, det kan enhver forstå; men der kommer det jo igen, at Mary vidste, hvad hun gik ind til. Jeg synes, at det arme Menneske er i et forfærdeligt Dilemma! og at hun er gået ind til en yderst kvalfuld og tung Skæbne, da hun begik det Fejlgreb på Trods af alt at gifte sig med Tinge – dér ligger den store og skæbnesvangre Fejl, og den er dog egentlig både forståelig og tilgivelig. Også dér har jeg personlige og bitre Erfaringer – også jeg giftede mig i sin Tid på Trods af alt med Alfred G.! 
+Gennem Lidelser og Erfaringer lærer man at føle dybt med de andre – selv om de laver tossede Ting, som nu Mary har.
+Og med dig, søde Junge! det er sindsoprivende Ting, du skal igennem med alt dette: Men du véd jo dog med dig selv, at Marys Beskyldninger og Insinuationer er uretfærdige og hovedsagelig dikteret af hendes øjeblikkelige Tilstand – hvad hun også selv antyder, så prøv på ikke at lade det nage dig for meget, for det er næsten ikke til at holde ud. Dette Brev skulle først og fremmest gøre opmærksom på, at det eventuelle lille Barnebarn ikke brutalt må fraskrives Jer ved ubetænksomme Underskrifter eller lignende. Ja, det vilde være godt Junge, hvis vi kunde trylle os til et hinanden et Par Timers Tid, for der var meget at tale om. 
+Tingene her ser ud til at ville glide harmonisk i Lave, og jeg har det meget bedre, selv om jeg stadig har lidt Bronchitis med deraf følgende Astma om Natten. I går havde jeg hele Eftermd. Besøg af den gl. Krokone – Middag i haven Kl 6 – hun var vældig sød, og hun købte for 16 Kr. hos Nus, (2 blå Glaskrukker med forgyldte Låg - ) til Gaver! 
+Tusinde Hilsner – vær ved godt Mod, søde Junge! Din altid Dis.
+[Indsat i venstre margen på sidste side:]
+Kære Junge! Sent iaftes fik vi pr. Telefon Meddelelse om, at Margrete Benson er død, efter at har været syg i 1 ½ Aar. Venlig Hilsen Axel.</t>
+  </si>
+  <si>
     <t>1938-08-30</t>
   </si>
   <si>
     <t>Julie Brandt
 Louise Brønsted
 Kurt Jungstedt
 Adolph Larsen
 Andreas Larsen
 Jeppe Larsen
 Jeppe Andreas Larsen
 Johannes Larsen
 Marie Larsen
 Vilhelm Larsen
 Vilhelmine  Larsen
 Gudmund Larsen 
 Else Larsen, Else, Andreas Larsens kone
 Kirsten Larsen, Gudmund Larsens kone
 Ellen  Sawyer
 Janna Schou
 Jørgen Schou
 Marie Schou
 Christine Swane
 Lars Swane
 Ane Talbot
 Andreas Warberg
@@ -2414,50 +2604,136 @@
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/i36C</t>
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:]
 26’ Okt. 1940.
 Onsd. 14-12-05
 Fru Astrid Warberg Müller
 Bakkevej No 12
 Hareskov St.
 [Håndskrevet på kuvertens bagside:]
 Lindøgaard Dræby St. Fyen.
 [I brevet:]
 Lindøgd. 25 Okt 1940
 Kæreste Dis!
 Hvor var det dog forfærdelig kedeligt, at Axel nu ogsaa skulde faa saadan en Omgang, man skulde tro, han havde faaet nok i sin Bronchitis. Da du sluttede mit Brev, vidste du altsaa endnu ikke hvad det er, han fejler? Kun at det ikke er Blindtarm. Jeg er, som du vel kan forstaa, meget spændt paa, hvad det er, der er i Vejen, men det hører jeg vel, naar du faar det at vide.
 Tak fordi du skrev det til mig – det var ikke noget morsomt, men man vil jo gerne være ”mæ’”, naar der skal er [”skal” overstreget; ”er” indsat over linjen] noget. Ved du, at Mornine har ligget paa Hospital med en let Lungebetændelse? er kommen hjem igen, har vi hørt gennem Nete; Bibbe og Nete er saa gode Venner; de er jo trods den store Aldersforskel paa Generation sammen, og de ringer af og til til hinanden og faa udvekslet nyt om Familien. Bibbe elsker Nete. Har du nogen Sinde besøgt dem, siden de kom til Faldengaard? 
 Mens jeg husker det – du kan bare vove paa at købe fantastisk dyr Chokolade til mig; jeg vil intet have; du kan selv se hvor meningsløst det er og jo da navnlig, naar I maa spare haardt, oven i Købet paa Kosten. Og heller ikke Julegaver!! Vi er klemt saa haardt paa alle Kanter, saa det maa indvirke ogsaa paa den Slags. Jer selv imellem kan der jo vælges nyttige Ting, som alligevel skal anskaffes, saa bliver det jo paa en Maade i ikke [”i” overstreget; ”ikke” indsat over linjen] Udgifter, nej, søde Dis, skal alt det indvindes, som Axel der ikke har haft Held til at ordne, saa maa du spare paa alle Punkter, det kan jeg da se. Saa er det en Aftale og tænk, hvor du altid har overøst mig med Gaver, da du kunde. Selv Haandarbejdsmateriale er jo ikke til at købe mere. 
 Den gode Marie kom saa i Onsdags Kl 3 ½. Bibbe skulde have gaaet hende i Møde
 2
 da de havde travlt med Roerne, og Marie havde sagt, at hun kunde udmærket gaa fra Dræby, men det regnede lidt og Bibbe var saa forkølet, saa min Lettelse var stor, da Agraren sagde, han vilde køre hen efter hende. Hun var saa henrivende at have og Bibbe var pragtfuld til at lave fint an. Hun fik The, da hun kom med Franskbrød med Ost og Marmelade og finsk [”s” i ordet indsat over linjen] Brød, som jeg havde bagt. Om Aftenen fik vi Rosenkaalssuppe (lavet af henkogt Syltesuppe, pyntet op med Champignon-Væde og Tomatafkog) som var glimrende. 2 Fasaner udm. stegte med alskens til: Æbler og Valnødder. Til Aftenskaffen havde vi en knippel god Lagkage og det finske Brød. Næste Middag henkogt Medisterpølse; dertil Rosenkaal Kartofler og henkogte smaa fine Karotter samt stuvede Ærter. Æblesuppe. Vi beværtede hende fint, synes jeg. Hun var selvfølgelig henrivende at have; vi har jo altid saa meget at snakke om, hvor er hun ung og frisk. Hun bad mig hilse dig saa mange Gange. Det gaar saa godt med Vilhelm, de har været et Par Dage i Kbhv. for at besøge ham. Lægerne har sagt at han gør gode Fremskridt og han kan selv mærke Fremgang. Desuden har Lægerne sagt, at Folk kommer sig altid af den Sygdom – naar de faar den Behandling da. Hvor er Lægevidenskaben efterhaanden stor og hvor maa vi være den taknemmelig for alt det, den kan fri os ud af. Hvis ”Lyset” ikke var bleven opfunden som Lægemiddel, vilde Vilhelm have været Dødens sikre Bytte. Og godt, lille Dis, at du har Stramoneum til at dæmme op for den grufulde Astma. Og at vi har noget som kan stille de værste Smerter, naar de kommer paa. – Børnene skal til Odense i Aften til Luttes Forestilling – noget om Børn saa ved du. Bibbe vil opsøge ham efter Forestillingen og høre lidt om Jørgen. 
 Ja, saa kun tusind Hilsner fra din Junge - ogsaa til Axel og Janna.
 [Skrevet på hovedet øverst på s. 4:]
 Bare du nu kan døje al den Sindsbevægelse om Axels Sygdom. Den Slags er vist ikke godt for Astma. - Jeg har nok glemt at skrive om Knæet, men er der er intet at skrive, bedre er det desværre ikke blevet.</t>
+  </si>
+  <si>
+    <t>1941-02-18</t>
+  </si>
+  <si>
+    <t>Hareskov
+Bakkevej 12</t>
+  </si>
+  <si>
+    <t>Dræby
+Lindøgaard</t>
+  </si>
+  <si>
+    <t>Sus -
+Torkil Barfod
+Nicolai  Blædel
+Adolph Hitler
+Charles Morgan
+Axel  Müller
+Janna Schou
+Jørgen Schou
+Kirstine Schou
+Robert Stephenson
+Lars Syberg
+Gertrude Søndergaard
+Ole Søndergaard
+Erik Warberg Larsen
+Martin Warberg Larsen</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvem Bøgelund Jensen, Edith og Søren Madsen var. Ida var formodentlig pige i huset hos Johanne og Adolf Larsen. 
+Dr. Larsen og Blütten Petersen kendes ikke.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0787</t>
+  </si>
+  <si>
+    <t>Både Axel Müller, Janna og Astrid Warberg har været syge. Det er koldt.
+Der er mange fugle i haven. 
+Janna er igang i sit værksted. Det var godt, at hun slap af med polakken. Nu har Janna gang i et lille stel, men hun mangler at have en assistent. Kirstine Søndergaard døde pludseligt, mens hun var gift med Jørgen/Buf Schou, og hendes søster, Gertrude/Trut gik ned med flaget og forlod Jannas værksted for i stedet at arbejde på Lars Syberg Keramik. 
+Johanne forstår ikke, hvorfor drengene sover et sted uden kakkelovn. Hun selv og Janna har ikke brændsel nok. 
+Astrid er fortørnet over, at tyskerne har udsat kommunevalget. Hun orker i øvrigt ikke at snakke med Dr. Larsen, som hun er meget uenig med. Raseri er ikke frugtbart. 
+Astrid læser Charles Morgan. 
+Torkil Barfod er en idiot.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/lul7</t>
+  </si>
+  <si>
+    <t>[På kuvertens forside håndskrevet med blyant:]
+1941
+18’ Febr.
+[Håndskrevet med blæk:]
+Fru
+Johanne Warberg Larsen
+Lindøgaard
+Dræby
+Fyen.
+29-5-03.
+[Med blyant:]
+besvaret
+[På kuvertens bagside:]
+Bakkevej 12
+Hareskov.
+[I brevet:]
+1)
+Hareskov, 18’ Februar 1941
+Kære lille Junge! Tak for dit sidste Kæmpebrev, som jeg nu til min Forfærdelse ser er dateret 2’ Febr – jeg fik det d. 8 [”jeg fik det d. 8’” indsat over linjen] og mig bevidst har jeg da ikke besvaret det endnu. Grunden er at vi atter har været hjemsøgt af Sygdom – jeg har måttet ligge en Ugestid med Hoste og Tilbehør min Næse har nu været tilsat siden November, jeg kan hverken lugte eller smage det allermindste og er nu og da ængstelig for, at det skal ”slå ind”, jeg føler mig ofte ret åndssløv, høre kan jeg heller ikke, og vågner hver Morgen med Hodepine og Aandenød – dette sidste skyldes dog, at vi sover i sådan en Varme – og tre Personer, Nus ligger i Dagligstuen med Dør åben til Sovekammeret, og i Stuen brænder Kakkelovnen jo over, både Nus og jeg lider meget derunder, men hvad skal man gøre, når Axel siger, at han ikke kan tåle, vi lader Døren stå til Gangen, det vilde dog hjælpe noget han er stadig hjemme og oppe og hoster desværre meget; har så voldsomme Anfald om Natten, at der engang kom Blod af det, dog tydelig nok et sprungen Blodkar; og så forværres hans Brok og giver Smerter. Ja, det har været en slem Vinter for os. Nu kan vi da begynde at få luftet godt ud om Dagen, det var næsten umuligt, da det frøs de mange Grader – mine Astma-Lunger har døjet meget af Mangel på frisk Luft, men så snart jeg prøver at gå ud, mister jeg Vejret. Nu letter det også, at vi ikke mere har alt det Komedie med Vandet, Axel har haft Træ og Kulsfyr brændende i Vaskehuset under Vandhanerne om Natten [”om Natten” indsat over linien], det er så kostbart, hvis de fryser. Nu har jeg fyldt en hel Side med Jeremiader, som det sikkert har været oplivende for dig at læse om, men jeg må da ikke glemme den Tilføjelse, at vi indimellem går og har det rigtig hyggeligt, man kan jo hygge sig gevaldigt indendørs, når der er varmt og godt og rart i Stuerne; jeg har smukke blomstrende Alpevioler endnu fra Jul og min store Julekaktus har endnu een Blomst tilbage; vi har ogsaa megen Fornøjelse af Småfuglene, Æbletræet herudenfor Vinduet er til Stadighed behængt med Kødben, Flæskesvær, Osteskorper og desl., Fuglene kommer flokkevis på bestemte Tider af Dagen og henter deres Rationer – Foderkassen på Trappegesimsen får alle Brødkrummer; her er Solsorter (de får rådne Æbler) – Skovspurve, Musvitter, Blåmejser, nu og da en Rødkælk, en Bogfinke, en Stillids, og så de næsvise Skader; Flagspætten holder til på Plankeværket i Gården; Spætmejsen viser sig også en sjælden Gang og går baglæns ned ad Stammerne; Axel har i Tidens Løb konstateret 43 Slags Fugle i Haven! Han er meget fugleinteresseret. Jeg kender kun de almindeligste. 
+Min søde Nus er nu i igen igang i sit Værksted – der har været mange Afbrydelser, hun har jo også været syg flere Gange; og Sus har ikke været på Værkstedet endnu siden Jul, det Skind, for hende har Vinteren også været døj, men hun fik da fat i en ung Pige, som kommer et Par Timer hver Dag: vi her har desværre haft nok med at passe os selv; Nus er så glad i denne Tid, hvor er det dog dejligt at høre hendes forfriskende Latter; jeg tror nu privat , at det har været en stor Lettelse for hende, at den Polak ikke er her mere – selv om hun (og vi) self. har meget ondt af det for ham – han er i Fængsel i Flensburg, skriver derfra at han vist skal i Koncentrationslejr. 
+2.)
+Han var nu meget pågående, vilde med Djævelens Vold og Magt have Nus – skønt hun stadig bremsede ham; men hun kunde vel ikke helt stå for det, at han er Jøde – og Udlænding – og dog altid en Kammerat at tage på Tur med, hun er så ensom og så exklusiv, har svært ved af slutte sig til nogen – Gud give jeg kunde stampe noget Ungdom op af Jorden til hende; det trænger hun meget til, men det skulde dog komme fra de unge selv, jeg mener med at trække Ungdom til Huse. Mellem os sagt, så var Polakken meget lidt sympatisk; men man er tilbøjelig til at se mildt og overbærende på de forfulgte og ulykkelige og neddæmpe sin Antipati. – Nus er så optaget af i disse Dage, at hun har en lille ny Glas-Idé, en ”Dessin”, nemlig Karaffel - Glas – og Glasasiet til et lille ”Aftentraktement”, det skal frem i ”Kubens” Vindue (En Kunsthandel v. Siden af Bøgelund Jensen, drives af Edith, Søren Madsens Kone) – Ideen har hun fået ved, at vi har konstateret, at vi er så lækkersultne i denne Vinter – mener det kan skyldes de ændrede Ernæringsforhold, ingen Varer er jo nu som før, næsten hver Aften laver vi et lille Traktement, lidt Syltetøj, eller et Glas hjemmelavet Vin til en Småkage; nu har hun altså lavet et lille Stel til sådant, der skal vist hedde ”Aftentraktement” el. lign. Hun har inviteret mig ned i Værkstedet i Eftmd. for at se det. Forhåbentlig inspirerer det til flere Idéer, så hun snart kan komme ud til Kunderne med Forårsnyheder; det er meget stille for Tiden, men en mangeårig Kunde fra Aalborg har dog anmeldt sit Besøg til først i Marts – til den Tid må hun jo også have noget at vise frem; men man forstår så godt, at det er svært når hun er alene; vi ønsker så meget, at hun havde en dygtig Medarbejder, Trut Søndergård var uforlignelig, et fabelagtig dygtigt lille Menneske, Datter af Maleren Ole Søndergård. Det var hendes Søster, der døde, mens hun var gift med Buf, døde under tragiske Omstændigheder; Trut fik dengang et Chock og har i årevis været Døden nær og opgivet af Lægerne – kunde ingen Mad tåle, levede bestandig af et Par Stykker knækbrød Dagen igennem – jeg så det selv her – men med en ufattelig Energi blev hun ved med at komme og havde trods alt en mirakuløs Arbejdsevne; men hun gik jo til Syberg Keramik [”Keramik” indsat over linjen], hvor hun tjener adskilligt mere. 
+Jeg blev forfærdet over, at Drengene har boet i et uopvarmeligt Rum i den store Kulde, men Junge, der var jo en Kakkelovn, der blev jo i sin Tid bygget en Skorsten – hvorfor var der så ikke mere Kakkelovn?? Jeg kan forstå, at Brændeovnen er omtrent mage til Nussets; der rådede Skorstensfejeren os til at beklæde den udvendig med ildfaste Sten – det var den ikke, kostede kun 30 Kr. og lignede Robert Stevensons første Lokomotiv – de Sten sparede det halve Brændsel, Nus er henrykt for sin Ovn; men hun har simpelthen ikke haft Råd til at bruge den i Vinter - har
+3)
+ikke haft Brændsel nok, derfor sover hun stadig heroppe; alt hendes Brændsel går til Værkstedet, hvor hun heldigvis har en dejlig stor Kakkelovn.
+Men hvad gør Ida, når I ikke har Vand?? Husk nu at besvare dette, for det spekulerer vi meget på. Det var meget trist med Tinges Gård, men fin Diplomati at I holdt gode Miner – det er nu altid klogt, for der kommer en Dag efter denne. – Hvor I dog mærker meget til Bæsterne derovre. Hvilken Sensation med de Øvelser! her er vi meget oprevne over de ”udsatte” Kommunevalg; en Version går ud på, at Tyskerne ikke vilde have konstateret, hvor få Nazister der er i Danmark; men der kan jo ligge meget andet bagved; de er rigtignok søde til at holde deres Ord fra 9 April! Vi hører London hver Aften; i Aftes var Gæsten ”Redaktør Blütten Petersen” i Radioen, vi troede en Tid, at det var Blædel, men det er det dog vist ikke alligevel; hans Tale var næsten lidt for lovende – man bliver mistænksom, når d_er kun_ tales om idelige Sejre. Mon ikke Hitler har fejret en diplomatisk Triumf med den tyrkisk-bulg. Ikke-Angrebspagt. Dog, vi her ved jo nok, hvad sådan en Pagt er værd. 
+Dr. Larsen har været her en Aften – han plejer ellers aldrig at se til Patienterne, det var ganske klart at han kom for at snakke; men jeg gider ikke mere – og vi kom slet ikke ind på Politiken; han gik meget skuffet herfra. Skal jeg snakke mere med ham, så vil jeg sige, at han har fuldstændig Ret; hans Idealer fremmes sikkert bedst med Nazismetaler, men mine Idealer er ikke hans – hvad nytter det så at diskutere. Nej, det er ganske håbløst. 
+Nu er Tiden gået – jeg må til Middagsmaden, skønt der var mere at gå ind på fra dit Brev. Det er så subtilt, dette med Vreden og Hadet – det bliver en mundtlig Diskussion; naturligvis må og skal man kunne harmes over Banditstreger, men man må i sit Sind skelne mellem den retfærdige Harme – og det vilde Had, den frygtelige Vrede, som i sig selv er skadelige og udmarvende Foreteelser, man må med koldt Blod kunne konstatere den store Uret uden selv at brændes op i afsindigt Had – det var sådan noget jeg mente i mit forrige Brev; m.a.O. man må forsøge at være positiv – Had og Vrede betegner det negative. Raseri er ikke frugtbart.
+Kender du ”Sparkenbroke” af Charles Morgan, en ganske forunderlig og berigende Bog – jeg har lige læst den for anden Gang – og med lige store Udbytte; Nus har købt den til nedsat Pris for 2,50 (fra 8,50) og var forarget over, at Morten Korchs Bøger er dyrere! Altså, der er for få Købere til de virkelig gode Bøger. Vi læser en Masse i Vinter, er i en Læsekreds. 
+Nu må jeg i Gang. Axel mener at kunne gå på Kontor en af de nærmeste Dage.
+Tusinde Hilsner! Din altid Dis.
+[Skrevet langs venstre margen s. 1:]
+Undskyld for [ulæseligt ord], jeg får ikke Tid til at læse igennem!
+[Skrevet langs venstre margen s. 2:]
+Ja, den Torkil Barfoed må være en stor Idiot – og så må han også være en skidt Teosof – jeg er efterhånden kun glad ved, at jeg ikke indlod mig i Korrespondance med ham; mit Brev havde sikkert
+[Skrevet på højkant langs venstre margen s. 3:]
+ikke kunnet overbevise ham om hans Vildfarelser.</t>
   </si>
   <si>
     <t>1941-03-14</t>
   </si>
   <si>
     <t>Alfred Fly
 Lars Lankjær Mikkelsen
 Adolph Larsen
 Axel  Müller
 Ellen  Sawyer
 Janna Schou
 Karen Warberg
 Marie Warberg
 Laura Warberg Petersen</t>
   </si>
   <si>
     <t>De to fiskerbrødre og deres mor kendes ikke. 
 Alen er en gammel dansk længdemål = 0,6277 m. Før metersystemets indførelse i 1910 var alen almindelig benyttet længdemål fx i klædehandel ("to alen af samme stykke"). (Lex.dk). 
 Jumber er en lav, tohjulet enspændervogn med to sæder over for hinanden på langs ad kørselsretningen (Den danske Ordbog).
 En dansk mil er en længdeenhed på 7.532,48 m. (Lex.dk). 
 Det vides ikke, hvad det er for behandlinger, som Adolph/Agraren Larsen fik.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0627</t>
   </si>
@@ -2566,50 +2842,125 @@
 Kæreste lille Dis.
 Hvor der dog er bleven lang Tavshed imellem os, igen har nok vore Breve krydsedes! Tak for dit sidste. Jeg ser baade af det og af dit sidste lange Fødselsdagsbrev til Elle (hun var her nogle Timer i Søndags, cyclede igen Kl 3, men var da kommen før Middag, det er anden Gang siden Jul, hun var her; hun skulde ud til Middag, hun fører et udsvævende Liv, som de sagde om Comtesse Fanny, da hun blev gift) at du har været flere Gange i Kbhv. og haft det festligt og dejligt. Hvor det dog glædede mig at høre, søde Dis, baade fordi det viser, at du er rask og fordi du har tjænt til det efter den lange Vinter, efter saadan en stille Tid, hvor man kun ser de samme Mennesker – selv om det er de bedste – trænger man til at se andre, og ogsaa til at befinde sig andre Steder. Jeg læste din Basken med Vingerne med stor Glæde og Interesse. Tænk, at du laver alt uden ringeste Hjælp, kan du dog overkomme det, ja, det er jo meget mindre enkelt end det var før, at føre Hus; meget er blevet anderledes, vi har i Dag kogt blød Sæbe af Sæbespaaner, Soda, Borax og Vand; dog, det er jo kun en Smaating. - - Mon vor store epokegørende Nyhed her er rygtedes til dig? At Bibbe til 1_ste_ Maj skal til Odder Sygehus som Elev! Næsten siden Jul har hun virket med det og skrevet utallige Ansøgninger, faaet Afslag paa Afslag, næsten alle med den Motivering, at de kun tog Elever under 30 Aar. Saa endelig fik vi Svar fra Overs.pl. paa Odder Sygehus, bl.a. skrev hun [”hun” indsat over linjen] ”ingen Regel uden Undtagelse og De synes jo at være Undtagelsen”. Bibbe blev ovenud lykkelig og gik straks i Gang med sin Udstyrelse: 4 Kjoler 8 store Forklæder o.s.v., hun faar 25 kr. om Mdn. Det var jo i høj Grad paa Tide, at Bibbe fik sig et Livserhverv og jeg har baade tænkt paa og talt om, at Sygepleje maatte ligge for hende, men først hendes Røde Kors Tjeneste i Vinter, hvor hun har arbejdet en Del paa Sygehuset – ogsaa en Nattevagt - har givet hende Blod paa Tanden, ja glødende Lyst til det. Nu staar Himmel og Jord i et for at faa alt færdigt til Bibbe og Frk. Andresen skal rejse 1_st_ Maj; i Dag ordnes Spisekammer 
 2 Køkken, Kælder og Vaskehus; vi havde været i med Peter Træskomand om at kalke, men han henviste til sin Kone, du ved vor Ungdoms Jomfru Dovsen [”Dovsen” overstreget] Dovlsen i Højrup. Hun er et Jærn til alt Arbejde; desuden har vi en unge Kone (som har tjænt her en Gang) til Rengøringen, vor egen Frøken Andreassen er jo ikke videre gæv til nogen Verdens Ting og Bibbe er i Kjerteminde i Dag til Begravelse; kan du huske, vi havde nogle gode Venner i Kj.: Skolebestyrer Christensens; han døde for adskillige Aar siden, og hun kom aldrig over sin Sorg; den knuste hende, hendes Hjerne tog Skade, og nu er hun død, hvilket kun er godt. Det var et Par herlige Mennesker; hvor har Elle og jeg tilbragt mange hyggelige Timer i deres Hjem, saa gæstfrit og harmonisk som det var; de vidste aldrig hvor godt, de vilde gøre det for deres Gæster. 
 Du kan forstaa, at det med Bibbe er helt revolutionært for os. Agraren og jeg vil savne hende ubeskriveligt, for mig gaar Solen ned, naar hun rejser, men Tanken om, hvor godt det er for hende selv maa jo bære over det; Dr. Lankjær mener at det vil tage det sidste af hendes Nervesygdom, og han gav hende uden at blinke Attest for at hun var rask – fordi han var saa sikker paa, at anden Luft, andet Arbejde og nye Mennesker vilde kurere hende. Hvad der skulde til af Attester og Anbefalinger, kan du ikke tænke dig. Det hele skulde ordnes og sendes saa ekspres, at det ikke kunde naa sig at faa en Anbef. fra dig, men hvad hun fik samlet viste sig altså at være nok; der var to at vælge imellem – der i Odder – og det blev altsaa Bibbe.
 Sikken en dejlig Ro, der er falden over Huset nu; vi har haft Kvas-Hugger i Dag lige fra i Morges til nu ved 4 Tiden, det er en meget larmende Maskine, som fordrer en Del Mandskab; vi var 12 til Middag, Mandfolkene og jeg spiste herinde, de 4 kvindelige i Køkkenet Friggedeller og Sø’suppe. ------
 Onsdag. Det er jo i Dag d. 9_nde_ April, og jeg synes, det er saadan en Sorgens Dag, ikke just fordi det er vor Aarsdag, hvad betyder en Dato, men fordi Efterretningerne fra Balkan er saa nedslaaende. Belgrad har de jo næsten ødelagt og saa vidt man kan faa ud af den engelske Presse, ser det sort ud paa Balkan, for Jugoslavien og Grækenland, de ulykkelige Lande, hvor er de dog tapre og modige, men 
 3 hvem ved, Dis, hvis de to Lande bliver sablet ned, vil det maaske blive Draaben, som får Amerikas Bæger til at flyde over, saa de gaar med; vi, jeg mener Verden, maa jo have de Sataner kæmpet ned, de maa da een Gang lære at forstaa, at Verden ikke vil regeres af dem. Bedst var det jo om den tyske Mentalitet kunde forandres, saa de mistede deres ulyksalige Hang tik at vilde [”vilde” overstreget] ville underlægge sig hele Verden, men kan man tænke sig, at nogle Slægtled kunde forandre paa deres Storhedsvanvid. Maaske! For er det ikke netop det, de er: sindssyge paa det Omraade. Og hvordan faar vi dem helbredte? Jeg tvivler ikke et Øjeblik paa, at de til sidst vil tabe, simpelt hen fordi hverken Staterne eller Sydamerika vil tillade dem at vinde, men hvad saa? Staar vi saa ikke paa samme Trin som da Verdenskrigen sluttede? Hvor de Mennesker dog gør sig forhadte rundt omkring i hele Verden; jeg ved da med mig selv, at jeg hader dem af hele min Sjæl, Sind og Tanke, men de er meget for lidt intelligente til at forstaa det; Fru Andresens Svigersøn (Otto A.s Kone) sagde til hende for nogle Aar siden ”hvor kan det dog være, at Danskerne slet ikke kan lide os.” Hun henviste til 1864. Ja, hvad var det: det vidste han da ikke en Smule om, nej de er et Løgnens Folk, der skriver deres Verdenshistorie som det passer dem. Bibbe var sammen med Marie og Katrine Meyer forleden (Mix’es Søster) Kath. havde været sammen med Madsen Mygdals hos Mix’es og det viste sig at baade M.M. og Kone var Nazister! Katrine som er glødende Anti-Tysk har frabedt sig at blive bedt sammen med dem mere. Men mon det alligevel ikke er ret faa, der har det Sindelag, at de hælder til Forbryder-Metoderne. Vi træffer da aldrig nogen. - - Agraren er i Kjertem. til Behandling paa Sygehuset, nu er Ansigtet snart i Orden. Med mig gaar det nogenlunde som sædvanlig, jeg haaber paa den kommende Sol. 
 Vi er i Færd med at faa en Husbestyrerinde til Maj, en Jyllandspige fra Aalestrup, som jeg ikke ved, hvor ligger; vi korresponderer om det og det synes at gaa i Orden. 60 Kr (!) Jeg kan jo ikke lave noget uden at det straks bliver daarligere med Knæet. Jeg spurgte forleden Doktoren, om han troede, jeg kom til at gaa om et Aar; han sagde ja, men jeg synes, at han havde det Ansigt
 4
 paa, som de har, naar de narrer Patienterne. Jeg synes, at [”at” overstreget] jeg begynder at mærke, at jeg har Nerver; det maa ellers siges at have været upaaklagelige i min snart 3årige Sygetid. Jeg skal give dig et lille Eksembel paa min Ikke-Nervøsitet. Da Doktoren var her for noget siden, havde jeg bedt ham om at tage en Tang med til at hale en Rod ud, som sad efterladt og som af og til blev betændt; da vi snakkede om Knæ kom jeg i Tanker om Roden og spurgte, om han havde husket Tangen – Jo! Han halede den op af Tasken, jeg gabede, han tog ved, og ud fløj Roden. Jeg sagde Tak! Satte Tænderne i igen og vi snakkede videre om Knæet uden at berøre ”Operationen” med et Ord, og uden at jeg i mindste Maade følte Sindsbevægelse ved det. Nervøse Folk reagerer lidt anderledes. Men Bibbes Afrejse er værre end en Tandrod og det reagerer jeg overfor. 
 Hvis jeg nu skal snakke lidt Økonomi, vil jeg først spørge dig, hvordan du klarer dig og om du nåede til Vejs Ende med den resterende Skat og saa fortælle dig lidt om os – jeg ved det vil glæde dig – Vi havde 4 Heste og mente, vi kunde klare os med 3, solgte saa den ene og fik 1800 Krus !!! for den. Samtidig solgte vi 2 [”2” indsat over linjen] Køer, som skulde kælve men var lidt bedagede, saa Handleren maatte op med 2750 Kr. Saa drog Manse hen til Sognefogeden i Dræby, som har en Prioritet i Gaarden her paa 9500 Kr (det var oprindelig 10.000 men vi har betalt de 500 af) og spurgte ham, om han vilde have noget imod at modtage 2000 som Afdrag. Nej, det havde han ikke, skønt Manse syntes han saa lidt alvorlig ud; de, der har Penge er jo ikke bedst stillede for Tiden. Han sagde: Ja, saa fornuftige skulde alle være! Jeg synes, det er helt flink af den unge Dreng til Manse – som da for Resten efterhaanden er bleven 26 Aar – at han hører til de fornuftige, og lader alt gaa her paa den gamle spartanske Maade i Stedet for at faa Højheds-Vanvid. Var det ikke en helt sjov lille Historie? Men saa har jeg for Resten heller ikke stort mere at berette – jo Marie Balslev har jeg [”jeg” overstreget] lige ringet [”n” i ordet indsat over linjen]; Vilhelm har faaet Lov til at komme hjem og ligge et halvt Aar! De er lykkelige, for saa kan han da snakke med sin Forkarl og være hos Kone og Barn. De har ikke sets i 9 Maaneder.
 Jeg længes meget efter at høre fra dig du hører jo igen fra mig d. 26_nde_.
 Tusinde Hilsner søde Dis til dig og dine fra din Junge 
 [Skrevet langs venstre margen s. 6:]
 Gudruns Broder Kaj er i Tyskland, ingen ved hans Adresse og de kan ikke komme i Forbindelse med ham. Bibbe tager sig dette meget nær, ja ogsaa vi her 
 [Skrevet langs venstre margen s. 5:]
 Stakkels lille Gudrun Nielsen, Tornøes Hotel ligger vist paa sit sidste; hun fik Lungebetændelse brat og voldsomt. Maaske hun x
 [Skrevet på hovedet øverst s. 5:]
 x er død i Nat, i Aftes sagde Sørensen (Overtjeneren og Gudruns Ven og Støtte) til Bibbe i Telefonen at hun ikke levede Natten over, han var dybt fortvivlet.
 [Skrevet langs venstre margen s. 4:]
 haft en Del med hende at gøre i de senere Aar, Bibbe meget.
 [Skrevet på hovedet øverst s. 1:]
 Torsdag. Vi fik i Aftes et dejligt lille Hoppeføl; det er vores gamle Røde, som nu for 4_de_ Gang kommer med i Fol til os, altid normalt og godt. For Tiden er det jo ogsaa en stor økonomisk Gevinst. - - Det er dejligt at tænke paa, at Axel nu har 4 Helligdage. Gid Solskinnet vil vedvare til ham. Hav det godt i Paasken alle tre!</t>
   </si>
   <si>
+    <t>1941-11-20</t>
+  </si>
+  <si>
+    <t>Sus -
+Johan Sebastian Bach
+Thora  Branner
+Louise Brønsted
+Bertel Christian Budtz Müller
+Peter Hansen
+Johannes Larsen
+Thomas  Løkken
+Axel  Müller
+Janna Schou
+Jørgen Schou
+Marianne Schou
+Marie Schou
+Mette Schou
+Franz Syberg
+Else Warberg
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Fædrelandet var navnet på en nazistisk avis, der udkom fra 9. januar 1939 til 4. maj 1945. Dens trykkeri og lokaler i Store Kongensgade i København blev ved befrielsen overtaget af Dagbladet Information.
+Kvieslag: Udskæring fra en kvie (Internettet, juni 2025). 
+Hansen-familien kendes ikke.
+Klaret kød er kød, hvorfra man har fjernet fedt og urenheder.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0541</t>
+  </si>
+  <si>
+    <t>Astrid Warberg-Goldschmidt takker mange gange for kassen med frugt. 
+Hun har haft besøg af Mette og Marianne Schou. Den lille Marianne er henrivende og ligner Jørgen/Buf Schou. Mette bliver boende i huset med en malerveninde. De sælger grøntsager. Om vinteren væver og maler Mette hos sin far i Himmerland. Mettes bror har haft et verbalt sammenstød med en tysker.
+Astrid Axel Müller bytter opfejet korn fra Frihavnen med kaniner, høns og gæs. 
+Astrid har lavet rullepølser og ragout. Hun bager franskbrød og honningkage samt småkager og laver kvædebrød. 
+Janna/Nus Schou har solgt en masse af sine glasprodukter. Hun har brug for en assistent, men Fru Hansen og Nortoft er gode hjælpere.
+Janna har været på kirkegården med blomster til Jørgen/Buf Schous grav. Hun har arvet billeder af Syberg, Peter Hansen og Johannes Larsen fra ham.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/hVic</t>
+  </si>
+  <si>
+    <t>[Håndskrevet med blyant på kuvertens forside:]
+Læst – 64
+1941
+20’Nov
+[Skrevet med blæk:]
+Fru Johanne Warberg Larsen
+Lindøgaard
+pr. Dræby
+Fyen
+[Håndskrevet på kuvertens bagside:]
+A Warberg Müller
+Hareskov
+[I brevet:]
+Hareskov, 20’ Nov. 1941. 
+Kæreste Junge! Det er for galt, at jeg først nu får skreven til dig, skønt den sidste Kasse Frugt, Æblerne, kom i Lørdags, 8 Dage efter Kvæderne, vi er overvældede, Tak til Jer alle sammen det var en Kæmpegave! Kvæder står i så høj Pris i Aar, at jeg ganske havde opgivet dem; og da vi ikke har Spiseæbler, er sådanne også yderst velkomne, Axel tager hver Dag et med på Kontoret, det har han så godt af og er så glad ved; hvad hedder de store, skøre, smukke, gul og røde? De er himmelske Tak og atter Tak! Grunden til Brevets Forsinkelse er simpelthen en Række af så krævende Arbejdsdage, at jeg ikke har overkommet mere – der er meget at lave nu for kommet mere – der er meget mer at lave nu for en Husmor, men så er det godt, at man kan, jeg er sommetider helt stolt af mig selv, fordi jeg har fået mig lært så meget, som før syntes mig uoverkommeligt – og at det morer mig, men det tar også på Kræfterne. Skrev jeg om Mette Schous Besøg i forrige Uge? Hun kom cyklende til Frokost den ene Dag med lille Marianne på Styret – de var nede hos Nus og rejste næste Morgen; den lille var over alle Grænser bedårende, hun fylder 3 Aar til Marts – ligner Buf meget, hun har hans dejlige Øjne og store sorte Øjenvipper – og den mest poliske lille Mund – det lyser ud af hende, at hun også har hans strålende Sans for Humor, jeg var forfærdelig glad ved hende, det er sjældent at se så pragtfuld en Unge. Mette er også meget sød, vi var alle så glade ved Besøget, også Axel; og hvor er hun tapper og dygtig; hun beholder Huset ved Fjorden, en Malerveninde bor hos hende 
+de passer i Fællesskab Jorden, har avlet og solgt 60 Tdr. Kartofler, som de selv har taget opsorteret etc. Desuden har hun mange andre Grønsager. Om Vinteren tager hun op til Faren, som har en Gård i Himmerland, Moren er nylig død (for et Par Aar siden), han har lejet en Væv til hende, der væver hun så om Vinteren og maler, hun er meget talentfuld; du ved hun er Søster til Carl Nielsen, ham med Samtalerne med Tyskeren; hun havde lige besøgt ham; han er frygtelig opreven over de Samtaler; ved den sidste var Tyskeren lige kommen fra et Besøg på ”Fædrelandets” Redaktion, hvor de havde skældt voldsomt ud over Carl Nielsen, som havde angrebet Bladet, og det kneb meget at få ”Samtalen” lavet; hvert Ord må jo afvejes til alle Sider, men skal alligevel helst udtrykke det, han har på Hjerte. 
+Det var så heldigt at vi lige havde fået en Kanin, da Mette kom – da jeg skulde stege den – jeg skar den ud, dyppede i Mel, stegte i Gryde med Tomatpuré – så jeg, at der var en Masse Fedt omkring Nyrerne, det tog jeg fra og lavede af det, samt Hjerte, Lever og Nyrer, den lækreste Leverposteg – uden Mel men med 1 [pund symbol] Kartofler, alt maskinelt. Vi har en fordelagtig Transalation med Hansens, der hvor Sus bor; Axel skaffer dem ”Opfejning” d v s Korn som spildes fra Sækkene i Frihavnen, det kan han købe billigt, det får så Hansens til deres Dyr, Høns etc – de kan jo næsten intet få at købe og kun til Kæmpepriser; vi Axel [”Axel” indsat over linien] har leveret to Gange og derfor får vi . 3 Kaniner – 1 Hane og en Gås, sidste til Jul, Hanen til Nytår, de to Kaniner har vi fået, det har de selv tilbudt, - de får Korn og vi får billigt Kød. Vi kan ikke få ”Opfejningen” ubegrænset, der er mange om det, men vi er godt tilfreds. 
+2) En anden Dag fik jeg Axel til at købe et Kvieslag, det kostede til min Skræk 4,50, men jeg fik heraf 1 pund afsmeltet Klaret og to store Rullepølser, så det blev dog lukreativt. I Forgårs kom Nus hjem fra en Bytur og havde i Istedgade købt en Nyre for 40 Øre – den blev til en herlig Ragout igår, jeg skar den i små Stykker, som meledes og stegtes med Tomat – tilsidst blandedes små bitte kogte Kartofler i, som jeg havde pillet fra de store – de var som Nødder men lækre trods sene. Af Nyrens Fedt blev der lidt Klaret – vi kan næsten ikke få Fedt mere og Smørmærkerne er kun lige til. Nu har Nus og jeg bestemt at vi fra nu af og til Jul kun vil spise Marmelade på Knækbrødet om Morgenen for at spare Smør til lidt Julebagning; jeg bager nu 2 Gange om Ugen 2 Franskbrød og en Gang ugentlig en stor Bradepande Honningkage, jeg har en billig Opskrift, kun 85 Gram Klaret – c 2 pund Sigte/og Hvedemel ½ af hver og 1/2 l Kernemælk, div. Erstat. Krydderier, den sparer også på Smørret; til Søndag bager jeg Småkager, som jeg delvis har opfundet: 1 Æg – liså meget brunt Sukker, liså meget Mel, lidt Natron og div. mørke Krydderier – der bliver c 50, sat på med Teske, i går fandt jeg på at lægge en lille Klat fast Marmelade på hver Kage – men den Opfindelse skal nu gemmes til Jul, den var dubra. Bliv ikke forarget over at Kvæderne gik næsten til Lyst! i Aar kan man jo ikke lave Konfekt, som Axel elsker, så lavede jeg Knækbrød, d v s 2 pund syltede jeg først som hele; så kogte jeg alle Skræller og Kernehuse af, mosede gennem Dørslag, der blev 3 pund Marmelade; Resten gik gennem Maskinen, der blev 5 pund Frugtmasse, kogt en 5 pund Sukker; en Del farvede jeg rødt, en Del grønt, den største Part ufarvet; det ligger nu spredt ud på den store Egetræsbakke og et stort Fad, dækket med Papir, og tørrer oppe på Køkkenskabet – altså lige under Loftet, så skal det senere skæres ud og vendes i groft Sukker - Julekonfekten er sikret. Til Variation har jeg meget stærke Ingefær-Græskar, som også skal vendes i groft Sukker. Nå – du ser, jeg er meget hus-optaget.
+I Tirsdags var Axel til sin 2den Bachkoncert , og Lugge husede ham igen - den Dag lavede jeg de tre Kvædesyltninger, det tog hele Dagen, Nus var i København – med Nyheder – så jeg var almasensalene, derfor nåede jeg så meget, var først lige færdig og havde Middagen parat, da Nus kom Kl ½ 7; en strålende glad Skatter, skønt hun havde travet hele Dagen med sin tunge Kuffert og i Snuskregn: men så havde hun også flottet sig, spist Frokost i Brasilko, en fin Hummer – Reje – Svamperet til 2,85 – uhørt for den sparsommelige Nus – deroppe havde hun siddet og talt alle sine Ordrer sammen - og købte siden en lille Æske fineste Konfekt (8 Kr Pund!) der var for 3,85, som hun havde med hjem til vores ensomme Aften; og da vi havde spist Middagen, pakkede hun Kufferten ud og viste mig alle de dejlige Ting og fortalte mig om hvert enkelt Sted, hun havde været, og hvad de havde sagt og hvad de havde købt - - de er helt vilde efter hendes Ting nu - og netop nu er det så svært at skaffe Materialer --- ialt havde hun solgt for 1.294 – Kr.!! – så nu får de rasende travlt, jeg begriber ikke, at de kan nå det; men Sus havde netop om Formd. opdaget, at Fru Hansen, som var ovre at vaske en Kasse Glas for dem – at hun kan dubbe – (altså sætte Farverne på de ensfarvede Ting, det er meget svært) – hun vilde så gerne prøve, og det viste sig, at hun havde Håndelaget, de blev strax fejlfri, og de havde jo ikke Råd 
+3) til at ødsle Farver nu på Oplæring. Dupningen keder dem skrækkeligt – de vil hellere lære nye Motiver, og alene Budtz Müller i Bredgade havde bestilt 200 grøn-duppede Glas á 1,65 [”á 1,65!” indsat over linjen], så der er noget for Fru Hansen, de mener det kan betale sig at tage Hjælp, så de kan hellige sig de større Opgaver; de har også engageret Nortoft til Pakningen, som tager lang Tid. (Gid jeg var 10 Aar yngre – men jeg har nok heroppe at lave og for få Kræfter til mere.) – 
+Nus havde på sin Tur også været på Vestre Kirkegård – det var Bufs Fødselsdag Dagen efter – havde Blomster med derind; for dine Penge havde hun i fjor købt og plantet en hvid Krysantemum, den stod så smukt og havde mange Knopper. 
+Og i går fik hun fra Kunstmusæet de Billeder, hun har arvet efter Buf; et meget stort Maleri af Baronen forestillende Fru Syberg, der sidder sammen med Trylle og ser i en Bog, et dejligt Billede. Og en smuk Skitse af Peter Hansen, en pløjende Mand, samt flere Fugletegninger af Las. Jeg har lovet hende at hjælpe med Ophængningen, hvor vil de smykke hendes Hus dernede, det er virkelig et henrivende lille Hjem, hun har der; hun skulde have hende en Mand deri. -
+Ja og så kom Axel hjem i Aftes og var i strålende Humør efter sin Koncert, og det var dejligt at have han hjemme igen; men hvor har han dog godt af de små Udflugter! 
+Han havde også Læseforeningsbøger med til os, vi læser Thomas Olesen Løkken på Kraft for at være udrustet til hans Besøg, som nu snart må kunne ventes.
+Jeg fik et sødt Brev fra Tutte i går; hun kommer dog ikke herned, men vil gerne have mig derop i næste Uge; det må jeg gøre, skønt jeg er i en kedelig Astmaperiode, må brænde Pulver hver Nat for at kunne sove. Men jeg rejser nu derop alligevel. 
+Nu er det Frokost, lille Junge, så jeg må slutte for denne Gang.
+Husk at skrive om Bibbe, og hils hende meget, når du skriver. Hvordan har du det med Tobak? Axel kan vist godt skaffe dig noget, hvis du ikke kan få det. 
+Tænk dig, jeg fik et langt Brev fra Tante Else, så nu skal jeg skrive igen. 
+Tusind Hilsner og endnu en varm Tak for Frugten!
+Din Dis.
+Kære Junge! Jeg ved ikke om Dis har skrevet noget om Tobak! Hermed en lille Pakke Cigaretter, som jeg haaber, at du kan bruge. Mange Hilsner fra din heng. Axel.</t>
+  </si>
+  <si>
     <t>1942-04-25</t>
   </si>
   <si>
     <t>Fritz -
 Thora  Branner
 Louise Brønsted
 Adolph Larsen
 Rasmus Larsen
 Louise Løgstrup
 Axel  Müller
 Irene -, pige i huset på Lindøgaard
 Ellen  Sawyer
 Janna Schou
 Lasse Taaning
 Albrecht  Warberg
 Laura Warberg
 Erik Warberg Larsen
 Martin Warberg Larsen</t>
   </si>
   <si>
     <t>De mange Warberg-søskende fik tilsyneladende først i en meget moden alder at vide, at Astrids dødfødte søskend var en dreng og ikke en pige. Laura og navnlig Albrecht Warberg ønskede sig i mange år brændende en søn. Albrecht Warberg gik til præsten med det døde barn i en cigarkasse og sagde "Her kommer den sørgende Fader" (1958-11-03, Johanne C. Larsen til Astrid Warberg-Goldschmidt, BB2507). 
 Det vides ikke, hvem Lærerinden var. Thomas, Peter og Sofie må være slægtninge til Løgstrup-parret, men de kendes i øvrigt ikke. 
 Krastine/Kristine, som blev undervist sammen med Astrid Warberg, er nævnt i Astrid Warbergs og Johanne C. Larsens biografier.</t>
   </si>
   <si>
@@ -2644,50 +2995,181 @@
 [I brevet:]
 Lindøgaard 25 Aprl. 1942.
 Kæreste lille Dis!
 Tænk, at der er gaaet tredsindstyve Aar siden den Morgen, da vi fik Budskabet, at Mor havde faaet en lille Pige og kort efter betroede gamle Ma’ Frits os, at der havde været en lille dødfødt ogsaa. Lærerinden eller hvem det nu var havde besluttet, at vi intet skulde vide om det – om det regnedes for an Slags Usædelighed og hvordan – ved jeg ikke. Da vi Børn saa fik Lov til at se ind til Mor, fortalte hun os ganske aabent og naturligt, at der havde været en lille Pige til, men at hun var dødfødt. Det tog Mor vældig Kegler paa hos os, for vi kunde da som rimeligt var ikke forstaa, hvad det Hemmelighedskræmmeri skulde til.
 Til Lykke, lille go’e Dis! Gid alt maa gaa ad den lyse Side til; det er sandelig ingen Skade til at ønske det, for hvor det dog altid har let ved at gaa til den mørke! Jeg husker, at Lugge en Gang har smilet lidt, fordi jeg næsten satte Helbredsønskerne over alle andre, men helt hen i Vejret er det nu ikke. Det gode Helbred er næsten en Slags Basis for alt andet – naturligvis inden for rimelige Grænser. – Jeg tror, at jeg vil bruge denne runde Fødselsdag til at sige dig, at jeg er taknemmelig for det Venskab, der har været mellem os i snart de fleste af alle de mange Aaar og sige dig Tak, fordi du altid har været mig en saa fuldtro Ven. Aldrig har du svigtet mig, lille Dis, altid har du været Trøst og Støtte for mig, naar Livet for mig gik til den mørke Side og dine Trøstens Breve har altid været mange og lange.
 Det er kedeligt, at jeg slet ikke ved noget om, hvordan du har det, om du er bleven saa rask, at du har kunnet forberede lidt Festlighed til paa Søndag eller om du, hvad Himmelen forbyde, stadig ligger til Sengs og al Festlighed strøget. Det vilde rigtig nok være trist, for saa vidt jeg har kunnet forstaa, har du glædet dig til Dagen. 
 Lørdag. Tiden løber jo fra mig! Dette skulde for Resten heller ikke være et af de lange – dagligdags – Breve, hvor jeg snakker op om alle mine smaa Hændelser og Begivenheder her hjemme fra, tit tænker jeg paa, naar jeg saadan sidder og skriver op om dem ”hvor det maa kede den og den”, men jeg kan jo ikke andet. En Smule Begivenheder skal du nu have ogsaa denne Gang, for jeg ved, det vil glæde dig: den 22_nde_ April fik vi Vand; det blev som du kan tænke hilst med Jubel af hele Husstanden; Frk. Kristensen og vores lille Hjælpepige, som bærer det skønne Navn Irene, maatte køre alt Vand til en stor Vask inde fra R. Larsens paa den lille Malkevogn; Mandfolkene havde for travlt til at vi vilde bede dem om det. Mærkeligt at det har været saa længe om at tø, Rørene ligger vist ikke en Gang en Meter nede i Jorden. 
 En anden Begivenhed er, at nu har Løgstrup købt Ejendom nede i Gestelevlunde, kun en lille halv Mil fra det Sted som Sofies og Peters ældste Datter har. - Vi var ellers begyndt at blive betænkelige, fordi det syntes umuligt for for ham at faa noget, han og Peter syntes om, men nu naaede det sig til min store Lettelse. 
 Den tredje begivenhed er, at nu er Tinge bleven skilt – jeg mener faaet sin Skilsmisse lovformelig i Orden; du vil maaske synes det ikke har saa stor Betydning, men vi har gaaet og været bange for, at de skulde kræve ham dømt til at betale hende en Sum Penge, fordi han nu har købt Ejendom; ikke saa lidt tydede derpaa men han skaffede en god Uformuenheds-Attest – attesteret af vor Sogneraadsformand – og saa har de kunnet indse deres Afmagt paa det Punkt. 
 2. 
 Dit Fødselsdagsvejr bliver der vist ikke saa meget at klage paa, bare det vilde blæse lidt mindre; stille Solskin er jo bedre og vil give en festligere Dag for Jer. Den skarpe Vind fra N. Øst hindrer mig i at sidde i Haven i Solen, hvilket jo er saa værdifuldt for mig. Men en god Ting har der været ved Blæsten, den har faaet Møllen til at gaa rundt nede ved Inddæmningerne, saa Vandet paa Tinges 4 Tdr. Land Indd.n. har kunnet løbe ud i Stranden og det er værdifuldt for ham – de forskellige Interesser falder ikke altid sammen!
 Fordi jeg i Gaar havde skrevet om vores lange Venskab, laa jeg i Aftes og tænkte paa de fjerne Tider og kom til det Resultat, at vi egentlig ikke til Stadighed har været ret meget sammen siden den Gang, da jeg ydede dig, Tutte og lille Krastine fra Degnens min pædagogiske Undervisning Saa kom du til Ølstedgaard og siden kom jeg til Kjøbenhavn og da jeg 1901 kom tilbage til Erikshaab var du andre Steder f. Eks. i Italien – eller var det senere, ja du kom til Odense for at læse, men da Far døde kom du derfra og var vist hjemme en Tid, men det er alligevel ikke meget vi har været sammen i det daglige. Men Forbindelsen mellem os har været konstant og har aldrig svigtet. 
 Det er underlidt saa lidt den Slags Livsværdier betyder for - - hvordan skal jeg udtrykke mig – det brede Lag, Folket. Da jeg hørte at Louise Løgstrup skulde bo saa tæt ved sin Søster, himlede jeg lidt op om det glædelige deri, men Peter sagde lisse tørt: nå-å den Slags har da ikke noget at sige, de hugger saamænd saa tit paa hinanden. Og da jeg beklagede at Løgstrups nu rejste bort fra Peter og Sofie, slog han det ogsaa hen som noget ganske betydningsløst. Maaske betyder det i Virkeligheden ligesaa meget for dem som for os, men de gør sig det bare ikke klart. 
 Den gode Elle var herude i Lørdags, og vi havde en dejlig Snakkeeftermiddag. Hun sad og havde travlt med din Pude, den blev nydelig, synes jeg, hun er en Svend til at lave sådan noget. Gør det noget at du faar 2? jeg synes det ikke, man kan i Virkeligheden bruge Masser af Puder. At Bagklædningen paa min ikke ”staar” til Forsiden opdagede jeg for sent og var ikke saa lidt ked af, men saa trøster jeg mig med, at begge Sider jo ikke skal ses paa een Gang. Og saa er det jo ikke saadan heller, at man gaar ind i en Butik og vælger nogle smukke Farver ud, nej i disse Tider ma man pænt nøjes med, hvad Uldgarn, man har, eller rettere hvad Tørklæder man har at trevle op af. Nu maa du nøjes, lille Dis! og finde en lille obscur Plads til den.
 Der gaar ikke en Dag, hvor jeg ikke tænker paa, hvor det er dejligt at I kommer herover; een Ting spekulerer jeg paa: hvor skal I faa noget at gøre Ild ved, naar I skal ”koge” Jer en Taar Te eller Kaffe el. spejle Jer et Æg? Vi er holdt op med at fyre her i Stuen undt. lige om Morgenen, fordi vi ikke har og ikke kan faa Brændsel uden lige til Komfuret, og jeg fryser tappert. Lille Irene sagde i Dag: Jeg kan ikke lide, De saadan skal sidde og fryse! Var det ikke sødt? I skulde vel ikke have et af de gode Spritapparater, som de bruger, naar de ligger i Telt. Petroleum til Primus er jo en fjern Drøm – som saa meget andet. Tinge siger at naar han har sejlet med Lasse Taaning har de haft et Spritapparat, som de kunde koge Kartofler paa – og det varer jo da ½ Time. Ellers kan Axel saamænd samle Brænde i vores Have, hvor der ligger Masser. Alle Kneb gælder i Tider som disse. 
 Saa, nu lukker Agraren Porten op og kommer med sine Heste, begge Parter glæder sig til Middagsmaden – vi skal have gule Ærter, som vi elsker.
 Nu er Papiret ogsaa fuldt og et Fødselsdagsbrev præsteret, som ikke er nær saa ”sødt og godt”, som det skulde have været (et Brøl og en Stud), men maaske du dog har mærket, at du er i mine Tanker og at jeg ønsker dig Alverdens gode Ting. Tusind Hilsner fra din Junge
 [Skrevet langs venstre kant s. 4:]
 Hils Janna og Axel! Alle her hilser og ønsker til Lykke. 
 [Skrevet langs venstre kant s. 2:]
 Som du ser, sender jeg først Brev i Dag, da jeg tager det som en Selvfølge, at I henter Post. 
 [Skrevet på hovedet øverst s. 1:]
 Hils Lugge og Tutte saa mange Gange; sig til Tutte, at jeg er flov over mig selv, men at hun snart hører fra mig – haaber jeg da</t>
   </si>
   <si>
+    <t>1942-11-26</t>
+  </si>
+  <si>
+    <t>Thora  Branner
+Louise Brønsted
+Christine  Mackie
+Axel  Müller
+Ellen  Sawyer
+Janna Schou
+Andreas Warberg
+Else Warberg
+Karen Warberg
+Laura Warberg
+Marie Warberg
+Martin Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Else Warberg og hendes døtre boede på Glorup, hvor deres mand og far havde fungeret som godsforvalter.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0953</t>
+  </si>
+  <si>
+    <t>Else Warberg er død. Hun blev 83 år og var klar i hovedet, men legemet var svagt. Hun var et godt menneske. Begravelsen bliver i stilhed. Det var godt, at Johanne C. Larsen besøgte Else om sommeren. 
+Laura/Bibbe Warberg P. er indlagt med gulsot. Hun får mange besøg og læser meget.
+Det er trist, at Astrid/Dis Warberg-G. er syg. 
+Hohanne og Adolf Larsen har ikke haft vinduerne tilstrækkeligt dækket, og de får måske en bøde, men nu har de købt mørklægningsgardiner.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ROqW</t>
+  </si>
+  <si>
+    <t>[Skrevet med blyant på kuvertens forside:]
+modt 27’ Nov. 1942.
+Tante Else død 25’ Nov
+[Skrevet med blæk på kuvertens forside:]
+Fru A. Warberg Müller
+Bakkevej No 12.
+Hareskov St.
+[Skrevet med blå kuglepen på kuvertens forside:]
+4-2-08.
+11-2-07.
+3-1-03.
+3-1-02. [Linjen overstreget]
+18-4-2001.
+18-6-2000
+BWP. 
+[Skrevet på kuvertens bagside:]
+Lindøgaard, Dræby St. Fyen.
+[I brevet:]
+Lindøgaard Torsdag d. 26_nde_ Nov. 1942.
+Kæreste Dis!
+Nu er vor lille søde Tante Else død. Nina ringede til mig i Aftes og var jo forfærdelig bedrøvet. Tante Else var bleven syg i Søndags Aftes og havde Opkastninger; hvordan Mandag og Tirsdag var gaaet, kunde jeg ikke faa fat paa, men saa vidt jeg forstod, var hun sovet stille hen i Gaar Eftm (Onsdag) Kl 4 1/2 [”Kl 4 1/2” indsat over linien] De havde siddet hos hende i et Par Timer, fordi de ikke kunde forstaa, at hun var død. Jeg spurgte, om de var helt alene - ja, det var de. Sygeplejersken havde været der og hjulpet dem, men var nu gaaet. Hvor har det været svært for dem at være der helt alene i det store mørke Hus med deres store Sorg. Hvor alting bliver anderledes for dem nu, da deres Mor er borte – Centrum i deres Tilværelse. Men for Tante Else selv er det jo kun lykkeligt; hun led saa meget og havde kun Smerte og Ubehag ud af Livet, som det efterhaanden var blevet. 
+Hvor forunderligt – naar man tænker paa hendes høje Alder- 83½ Aar – og paa det svage Legeme, der ikke havde været i Orden i de sidste 13-14 Aar, at hendes Aand var lige saa klar som altid og at hendes Forstand ikke var svækket det allermindste. Der var ikke noget med ” ja, jeg husker ikke [”ikke” indsat over linien] saa godt mere” el. den Slags, som jeg da kender saa godt, skønt jeg ikke er fyldt 70 endnu Hun havde Rede paa alt, huskede alt og fulgte med i alt, fuldstændig ungt og levende. Tante Else var efter min Mening et helt Unikum paa det aandelige Omraade. - Det er for mig en god Tanke, at hun har faaet Fred. Gud være lovet, at jeg ikke tror, hun nu skal bryde videre med Vandringen og ændre Tilværelsen, hvor maa det være rædselsfuldt at tro det. Men paa en Maade lever hun jo videre - i vores Erindring, som holdt af hende og i det lysende Forbillede, hun har skabt for os, Godhed dør jo ikke saadan ud, Paavirkningen har været der, stærkest hos de to. Tante Else har altid staaet for mig som Idealet af Godhed og Renhed. Jeg husker, at jeg en Gang, da vi var ganske unge, sagde det til Elle og Elle svarede: nej, Mor! – Og hendes Godhed føltes i vide Kredse, jeg har en Gang i en Rutebil ml. Kjerteminde og Odense hørt to sidde og tale om hendes Godhed og Hjælpsomhed.
+Jeg har lige ringet til Titte, hun var ganske rolig. Paa min Forespørgsel sagde hun, at de havde næsten ikke sovet i Nat, Nina vist slet ikke. De averterer ikke før efter Begravelsen, der bliver i meget stor Stilhed; som Nina sagde i Aftes, det er altfor besværligt for Folk at komme og for dem en Umulighed at have stor Spisning; de har næsten ingen Petroleum; Titte mente, at Begr. blev Mandag, men de havde endnu ikke talt med Præsten om det. – Jeg har skrevet til Dedde og til Christine, som jeg bad om at ringe til Lugge og bede hende ringe til Tutte. 
+Hvor er jeg lykkelig over at vi overvandt alle Hindringer i Sommer og tog derned, jeg kunde forstaa at hun havde været saa glad ved det. Og godt, at vi har passet hende med Breve: vi nyder dem, sagde lille Tante Else i Sommer; nu da jeg ser i min Fortegnelse over mine afsendte Breve, ser jeg, at jeg ikke har skrevet siden d. 29 Oktober og jeg var paa Springet til at skrive igen, å hvor trist at jeg ikke fik det gjort. Men samme Dag som jeg sidst 
+2
+sendte Brev til dig, fik jeg Brev fra Bibbe, at hun laa syg, og jeg har saa skrevet næsten hver Dag til hende og ret lange Breve, saa blev det til Tante Else opsat. Hvor det dog tit gaar sådan. Bibbe havde gaaet i en Uge og stridt med Feber, arbejdet som sædvanlig og ikke sagt til. Først da hun havde 39.6 kom hun i Seng, blev nogle Dage efter rigtig indlagt paa Sygehuset med Gulsot. Hun bliver mere og mere gul; hendes Plasma-Farve er 26 og det normale er 7-8. saa der venter hende nok et langt Sengeleje, hvad hun paastaar, hun er glad over; hun befinder sig vel nu, faar en Masse Blomster (Bibbe er jo afholdt, hvor hun kommer) læser en Masse gode Bøger, hun kan faa hvad hun vil; der er en udmærket Bibliotekar, som hun forleden havde en meget langt litterær Samtale med. Hun har f. Tiden 5-6 Bøger om Rusland. 
+Det er rigtignok kedeligt, lille Dis, at du er syg, men godt for den gode Hjælp, saa kan du da ligge med roligere Samvittighed, hvilket jo betyder uendeligt, naar man skal ligge syg; jeg havde netop tænkt paa, at I havde nu alle været raske i lang Tid; men det var da ikke saa sært, du blev syg, naar du skulde høre Radiomusik en hel Aften – Gud Fader bevares, jeg faar Koldsved bare ved Tanken – oven i Købet uden rigtig Varme og saa i saadan en moderne Stue, som altid virker saa kold; det er ikke grimt, men virker saa fattigt, nøgternt og – køligt.
+Jeg har nok slet ikke faaet dig sagt Tak, for dit lange Brev; du skrev ikke, om du var kommen af med Feberen – forhaab. er du det nu. - - Vi har forsøgt en Gang med Sække for Vinduerne, men Blæsten ville ikke tillade det, de klaprede altid. Vi ved endnu ikke, om vi faar Bøde. ”De” havde staaet en Tid og kigget gen. en Revne i Porten og set Lyset. Saa det var for sent at Manse slukkede, da han hørte Porten; nu har vi faaet rigtige ”Træk og Slip” Gardiner af mørkegrønt Papir. 
+Til Lykke med Gaasen; 20 Kr. er fantastisk billigt. 30 Kr. regner vi for Prisen. Og vi maa jo huske paa det eventuelle Fedt, som sparer det dyre Smør.
+Jeg kan ikke mere, desuden snart Posttid, jeg har skrevet saa meget i Formiddag og er for øvrigt saa oprevet af at tænke paa Glorup. Tilgiv. Du har da faaet Æblerne? Nej, nu faar jeg da ikke dårligt Knæ jeg har jo Pigehjælp nu og behøver ikke at løfte paa Kasser eller bære – blot lægge dem ned. 
+Tusinde Hilsner – ogsaa til Nus og Axel
+fra din Junge
+God Bedring, lille Dis.</t>
+  </si>
+  <si>
+    <t>1942-12-29</t>
+  </si>
+  <si>
+    <t>Daisy  Berg
+Ellen Brønsted
+Marie Larsen
+Christine  Mackie
+Axel  Müller
+Ellen  Sawyer
+William  Scharff
+Janna Schou
+William Schwark
+Adelheyde Syberg
+Alheede Warberg
+Christine Warberg
+Jørgen Warberg
+Andreas Warberg, Albrechts far
+Erik Warberg Larsen
+Martin Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Oldemor var Alheede Warberg. Bedstefar Ensomhed: Andreas Conrad Warberg; søn af Adelheede og Jørgen Frederik Warberg. Familien boede på gården Ensomhed. Stine: Christine Warberg; gift med Andreas Conrad Warberg. 
+Daisy Bergs mands navn kendes ikke, og det vides ikke, hvem Kaj var.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0591</t>
+  </si>
+  <si>
+    <t>Johanne C. Larsen takker mange gange for de gamle breve. Hendes og Astrids oldeforældre ofrede meget for, at deres søn kunne få en stor uddannelse, men han må have været en egoist, for de så ham ikke meget og hørte ikke fra ham. Farmoderen var ingen børneven.
+Christine/Mornine Mackie kan ikke få økonomien til at hænge sammen, men hun har fået penge forærende.
+Hvorfor tror Astrid dog, at hun har kræft?
+Laura/Bibbe Warberg har været hjemme i fire dage. Ellen Sawyer har været på besøg til frokost. Marie Larsen holdt jul hos Johanne/Junge og familien. Alle fik gode gaver.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/GNMG</t>
+  </si>
+  <si>
+    <t>[Håndskrevet med kuglepen på kuvertens forside:]
+3-1-03.
+15 april, 2001.
+27 marts 2001.
+16-6 2000
+BWP.
+Påskelørdag. [Pil til denne linie fra "15 april 2001"]
+[Med sort blæk:]
+Fru A. Warberg-Müller
+Bakkevej 12
+Hareskov St.
+[Håndskrevet på kuvertens bagside:]
+Lindøgaard Dræby St. Fyen.
+[I brevet:]
+29-12-42. Kæreste lille Dis.
+Nej, det var saa sandelig ingen uægte Julegave, du sendte mig; jeg tror da ikke, du kunde have sendt noget, jeg blev mere glad ved. Jeg ejer dem ikke og tilmed kendte hverken Elle eller jeg de Breve, og det var en meget stor Oplevelse for os at læse dem; Elle læste dem højt for mig af et Par Gange, for det er jo en helt stor Bog, og vi nød begge to at faa et lille Indblik i vore gode Forfædres Liv og Færden; vores Oldemor har sikkert været en Personlighed og baade klog og god. Sikken udmærket, hun da kunde skrive. Derimod fik jeg en Mistanke bekræftet, den, nemlig, at der må have været en hel Del at sige Bedstefar Ensomhed paa; han maa jo have sjoflet sine gamle Forældre i en temmelig høj Grad, og saa meget de dog havde ofret paa hans Uddannelse og saa pænt vores Oldefar altid skrev om de Pengeforsendelser, som har bragt dem baade Spekulationer og Savn – men aldrig et Ord om, at det var svært for dem. Han kunde nok have gengældt det med at rejse til dem, naar de længtes så meget efter ham og i hvert Fald skrevet lidt flittigere til dem. Du kan tro, han har været en Egoist, hvad jeg nok har tænkt mig, Hvorimod ”den gode Stine” nok har været et udmærket Menneske – dog vist ingen Børneven, for selv om jeg tydeligt husker hende og kan se hende for mig, følte vi Børn os ikke knyttet til hende og jeg mindes aldrig at hun har taget mig paa sit Skød (som Tante Minni saa ofte gjorde) eller snakket med os; men et Menneske kan jo ikke have alle Dyder: det var som sagt en stor Oplevelse at læse dem og jeg er lykkelig over at eje dem og at kunde efterlade dem til mine Børn, og jeg siger dig tusind Tak for dem. Fra Christine fik baade Elle og jeg det Billede, jeg her sender dig – dog kun paa Laan – og det er da ogsaa en hel Skat at eje. Mornine havde været saa forfærdelig dybt nede i Pengesorger, at hun var ved helt at fortvivle (hun kan jo ikke faa det til at slaa til) men saa ret inden Jul kom det væltende ind over hende med Mammon, et Legat paa 200 Kr. og andet; f. Eks. kom Daisy og hendes Mand med 50 Kr., Elle og jeg havde sendt hende hver 10 Kr – det hele beløb sig til 285 Kr. og det bragte hende paa Fode igen. Tak for dine lange Breve, hvor det dog var godt, at der kom en Vending i det for dig. Hvorfor spekulerer du dog paa Kræft – intet tyder dog derpaa, det kommer anderledes listende; men en Tyktarmslidelse (hvad det tyder som) er jo heller ikke saa morsomt have at trækkes med. Det er dejligt at I synes saa godt om Kaj; jeg har for Resten ikke talt om det til nogen, men maaske behøver jeg ikke at udvise Diskretion; dog var det muligt, at de Unge godt vilde have det lidt for sig selv. Min Oplevelse af din Tilstand slog en hel Kolbøtte da jeg læste, at du havde været i Kbhvn. for at ende Ærinder og være til Middag; men var det dog ikke lidt voveligt Ogsaa min Opfattelse af Jeres Formues Omstændigheder slog Kolbøtte, da du skrev om 90 Kr. til Julegaver. Ja, ja, alt er relativt – ogsaa Fattigdom. 
+Bibbe kom Torsdag før Jul og blev til Tirsdag – 4 hele Dage. Manse lod hende baade hente (Dræby) og bringe i Bil el. maaske splejsede han og Tinge. Det var himmelsk at have hende, men havde jo været langt bedre at ha’ hende i Julen; hun var meget sløj og træt og jeg var grædefærdig ved Tanken om, at hun skulde på Arbejde så snart. Hun ringede Juleaften, det gode Barn, var kommen godt hjem og hun sagde, at det gik over Forventning med at taale Arbejdet. – Elle kom til Juleaftens Frokost, som altid er festlig; vi havde Peter og Sofie, fik Snaps og det hele var meget muntert. Tinge hentede hentede Marie i Kjerteminde ud på Eftermiddagen, vi havde en yndig Jul, stille og hyggelig. Den sidste Aften Bibbe var her fik vi Gaasesteg, Æblekage og Juletræ – helt som Juleaften Elle cyclede hjem i Gaar, Mandag, Marie er her endnu. 
+[Skrevet på hovedet øverst på side 1:]
+Her var mange og gode Gaver, Manse havde købt Bøger til os alle; jeg fik ” - men dette frem for alt - - ” Elle blev glad ved mit Tæppe til hende, det var nu ogsaa pænt. Bibbe fik en Sofapude og 10 Kr. til Hjælp til et Par Handsker – foruden flotte Gaver fra de andre. Elle gav mig rustfri Knive, som jeg manglede og var henrykt over. Du faar ikke mere denne Gang, jeg har saa uendelig meget at skrive; fordi Bibbe var her, sløjede jeg af med Juleposten og sprang mange over. Vil du takke Axel saa meget for den lille pæne og nyttige Kalender, og hilse den søde Janna, bare hun har klaret det enorme Slid. 
+[Skrevet langs venstre margen side 2:]
+Mon du ved, at Bes venter en Arving til Juni. 
+[Skrevet på hovedet øverst på side 2:]
+Selv faar du mange goe Hilsner med Tak for Gaven fra din Junge.</t>
+  </si>
+  <si>
     <t>1944-01-25</t>
   </si>
   <si>
     <t>Maria Balslev
 Alfred Fly
 Axel  Müller
 Ellen  Sawyer
 Janna Schou
 Christine Swane
 Lars Swane
 Karen Warberg
 Erik Warberg Larsen
 Grete Warberg Larsen
 Martin Warberg Larsen
 Per Warberg Larsen
 Laura Warberg Petersen</t>
   </si>
   <si>
     <t>Erik/Tinge Warberg Larsen havde en søn, Per, fra første ægteskab. Det vides ikke, om Grethe også havde en søn (jvnf. "Drengene"), eller om Erik havde endnu et barn. 
 Det vides ikke, hvem Stisen var.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2449</t>
   </si>
   <si>
@@ -3012,50 +3494,102 @@
 Modt. 12’ Febr. 1945
 verset? besv. 13’ Febr.
 Fru A. Warberg Müller
 Bakkevej 12
 Hareskov St.
 [Fortrykt på kuvertens bagside:]
 JOHANNE WARBERG LARSEN
 LINDØGAARD
 [Håndskrevet på kuvertens bagside:]
 Dræby St.
 [Fortrykt på s. 1:]
 JOHANNE WARBERG LARSEN
 [Håndskrevet i brevet:]
 Lindøgd. 9-2-1945
 Kære lille Dis!
 Jeg har paa Fornemmelsen at dette kun bliver et lille Brev, til gengæld skal det være paa mit fine nye Brevpapir, som jeg fik af Puf og Else til Jul; jeg er vældig stolt af at have Br.papir med Navn. Desværre er det med Linier, hvad der navnlig slet ikke passer til fint Papir. 
 Tak for dit sidste Brev. Ja, næppe havde jeg sendt dit Brev sidst, før jeg kom i Tanker om Billederne, jeg var lige ved at sende dem næste Dag, men tænkte saa, at det hastede nok ikke saa meget at jeg behøvede at afse 20 Ør. paa dem – 20 Ør. er dog Penge! De er aldeles henrivende hun ligner jo Sjums op ad Dage; hun maa være en yndig lille en. Drengen er ogsaa sød hvor ser han dog uendelig lidt jødisk ud, hun ogsaa. Tak for Laan! Og vil du sige Axel Tak for Tobakken den er ganske dejlig, jeg bruger den til at blande mel. min hjemmedyrkede Tobak, hvis Axel vil sende mig en 1 Pakke til, hvad jo slet ikke haster, kan jeg sende en Femmer, det kan jeg for Resten gøre med det samme, mere har jeg ikke Raad til, jeg er kommen lidt bagefter i denne Mdr. Julen var mig mægtig dyr. 45 Kr. for Frakken, 20 Kr. til et Træsnit til Bibbe og alle andre Gaver til dem her hjemme ogsaa altfor dyre, saa kommer man jo ba’ etter. 
 Hvor var det dog dramatisk og spændende med Jannas Fødselsfærd, og hvor var det en glimrende Præstation men 5 ½ Pund er jo lidt bitte; begge Drengene her vejede 9 Pund og Bibbe 8, og endda synes jeg de var smaa. Nu hører jeg næste Gang maaske om hendes Hjemkomst, det bliver ikke let for hende med al den Lys og Varmerationering, godt at hun har sin Svigermor til at støtte sig i den første svære Tid.
 Apropos Varme! Vi priser Tøvejret og fryser ikke, naar det er saa mildt i Vejret, selv med vores meget nedsatte Fyring. Nej, du kan tro, der er intet at bebrejde Manse, det har ligget ham stærkt paa Sinde hele Tiden, og han har købt for noget af [”af” overstreget] over 1000 Kr Brændsel. At han fik skaffet det sidste Læs Brunkul var lidt af en Bedrift, men Himmelen være priset, at han fik det, ellers havde det set galt ud. Hele Egnen her er ramt af Brændselsnød, der fryses mange Steder. Grunden er nok at Tørvene her – jeg mener dem vi fik her omkring [”omkring” indsat over linjen] var saa utrolig udrøje, saa alle har forregnet sig, da de købte ind. For vores Vedkommende A.M.s skamløse Ødslen jeg er lidt bitter over det, for baade Manse og jeg havde arbejdet for at faa hende til at spare. Manse mente, det var fordi hun ikke vilde, altsaa en Slags Stædighed – Jyderne er jo saa stædige, men jeg mente, det var Dumhed. Men bebrejde Manse noget, kan man sandelig ikke, han er hundeangst for at jeg skal fryse. Nu fælder han en af vore mægtige Popler i Haven, for at have godt med Brænde næste Aar – hvad vi for Resten ogsaa havde i Aar, men intet forslog jo. - - 
 I Gaar havde vi saamænd Bryllupsgilde. Endelig havde Grethe faaet sine Skilsmissepapirer i Orden, saa de kunde blive gift, og lille Grethe var lykkelig; det var ikke saa rart for hende at være ”ugift”, naar hun var saa iøjnefaldende langt henne. De mødte Kl 10 henne hos Sognefogeden i Dræby og havde en hel hyggelig Stund hos de meget flinke Mennesker, fik Vin og mange gode Ønsker. Jeg har altid holdt saa meget af den Sognefoged. De kom her ved 11 Tiden, saa glade og fornøjede og saa saa smukke ud, da de straalende kom kørende ind i Gaarden i Giggen. 
 Saa kom Drengene, rene og fine, de havde selv besørget deres Omklædning og til Tilfredshed. Agraren havde været i Munkebo om Morgenen og købt en rød Alpeviol til Grethe; den stod midt paa Bordet, som var dækket med alt vores pæneste Udstyr. Vi fik jævn Suppe (henkogt) med Ærter og Gulerødder, 2 mægtige Hanekyllinger med Agurker og Gélé samt en fortræffelig Æblekage. Da vi helt er hørt op med at bage, havde vi købt Lagkagebunde og Smaakager til Kaffen som vi nød midt paa Eftermiddagen. Vi havde lige faaet Cigarer fra Brugsen, saa Røg manglede heller ikke. Det var saa baade festligt og hyggeligt. Vin kunde vi jo ikke præstere, men saa drak vi Æblemost af Vinglas, saa vi kunde drikke deres Skaal, de havde faaet en Stol, en Slags Lænestol af Familien i Kjerteminde af Manse et Gavekort i Brugsen paa 25 Kr. og nu har jeg lige hørt, at Naboerne har skillinget sammen og overrakt dem en Konvolut med 65 Kr. Jeg er saa rørt over det. Der var et Telegram fra Ruth Petersen, hvem Bibbe har holdt à jour, saa det var jo ude omkring og lille Ole har heller ikke kunnet holde tæt, men fortalt det til deres Nabokone. 
 Nu kan vi snart faa Foraar, Vintergækkerne er snart store ude i Haven og jeg tror, men er ikke sikker, at jeg hørte Viben i Gaar, da jeg var i Haven; jeg synes aldrig vi har ventet Foraaret med saa stor Længsel som i Aar, og hvis de nu ikke kan præstere Lys til os mere, saa maa vi sandelig være taknemmelige for at vi gaar den lyse Tid i Møde.
 Vi har hørt fra Bibe, hun er glad ved sit nye Arbejde, hun skriver at det hele er saa udmærket organiseret der, meget bedre end i Odder. 
 [Indsat øverst på s. 4; på hovedet:] Saa bliver det ikke til mere denne Gang; tilgiv mig at jeg glemte Billederne sidst, jeg var saa vred paa mig selv for det og forstaar ikke, hvordan jeg kunde være saa sløset
 [Indsat øverst s. 3; på hovedet:] Hermed Femmeren, hvis det næste Gang bliver lidt mere, kan jeg maaske udligne med Frimærker, eller har I dem gratis? Hils Axel! Tusind Hilsner Junge</t>
+  </si>
+  <si>
+    <t>1945-03-17</t>
+  </si>
+  <si>
+    <t>Harriet Afzelius
+Grethe Jungstedt
+Kurt Jungstedt
+Matilde Jungstedt
+Johanne Christine Larsen
+Axel  Müller
+Ole Poulsen
+Janna Schou</t>
+  </si>
+  <si>
+    <t>En fidibus er betegnelsen for en sammenfoldet strimmel papir til tænding af piber, pejse, ovne og lignende.
+Harriet er muligvis Harriet Afzelius. Når Ellen Sawyer fortæller Astrid warberg-Goldschmidt, at Astrids barnebarn er i huset i Stockholm, kan det skyldes, at Astrid i perioder stort set ikke var i kontakt med datteren Ina og dennes familie. Det vides ikke, hvem Sj. var. 
+Det lille barnebarn var Pernille Marryat, f. 1945. 
+Lille var Grethe og Kurt Jungstedts datter, Matilde/Matilda.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0812</t>
+  </si>
+  <si>
+    <t>Ellen Sawyer takker for cigaretterne. Tobak og tændstikker er en mangelvare. 
+Der bliver bygget befæstninger og gravet skyttegrave i Kerteminde. 
+Dejligt med Astrid Warbergs nye barnebarn.
+Margaret/Grethe og Kurt Jungstedt har sølvbryllup i juni, og deres datter er ansat hos en arkitekt.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Y2b7</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Astrid Warberg Müller
+Bakkevej 12
+Hareskov
+Sjælland
+[På kuvertens bagside:]
+Ellen Sawyer
+Kjerteminde
+[I brevet:]
+17-3-45
+Kære lille Disser!
+Du skal rigtignok have så mange Tak for de dejlige Cigaretter og for dit Brev. Er der noget, jeg bliver rørt over, så er det, når man undværer af sin dyrebare Tobak til mig, - og de var meget fine! Og de kastede Glans over mit Fødselsdagsselskab. Nu begynder det jo ellers at knibe med det – Tobak – som med så meget andet, - og selv om vi har lidt at ryge på (og jeg har jo noget dansk) så nærmer den Tid sig med hastige Fjed, da man ikke har noget at tænde med. Her er Tændstiksmiséren akut. Så længe man har Ild i Kakkelovnen, går det jo, - så kan man bruge Fidibusser. Jeg klarer mig med èn (1) Tændstik om Dagen. Endog Gassen tændes med Fidibus. Gastænder har jeg – men Stiften er slidt op og man kan ikke opdrive en ny. Gas og Elekt. går det meget godt med. En 15 Lys Pære bruger meget lidt og man går jo tidligt i Seng. Jeg sparer sammen til at stryge min store Forårsvask. – men hvor er alt dette Småtterier! ”Man” befæster Kerteminde, - graver Skyttegrave, - sætter Pæle i overalt til at markere, hvor man vil have Antiluftskyts, Kanoner, Pigtråd o.s.v. Man graver Skyttegrave oppe i Ole Poulsens Mark, ved Hverringe, ved Pilegården og mange andre Steder. Man venter åbenbart Angreb fra Storebælt. – Folk har sine Evakueringskufferter stående pakket, så man kan forlade alt med kort Varsel. Det er nu ikke hyggelige Udsigter. Men sommetider går det jo da bedre end Præsten præker!
+Hvor yndigt for dig at have Nus så hun af og til kan smutte hjem og hvor henrivende for dig med det lille Barnebarn. Når det bliver Sommer, kan du vel se dem lidt oftere. – Jeg håber jo stadig på at få mine at se. Til Sommer har Kurt og Gr. Sølvbryllup – i Juni, - men jeg når såmænd ikke at komme op til det. De har det ellers godt, - jeg får mange og gode Breve fra dem. Lille har en god og vellønnet Stilling hos èn af deres bedste Arkitekter og er meget glad ved sit Arbejde. Hun er rigtig kommet på sin rette Hylde. Men jeg synes jo alligevel, hun snart skulde tænke på at forlove sig. Om dèt forlyder intet. 
+Tak for Opskriften. Den så lovende ud. Nu er den kommet i Kogebogen og skal bruges ved en festlig Lejlighed. 
+Min F-dag var yderst vellykket. – Masser, Masser af Gaver og en lille fin Middag om Aftenen, for min Klub. – Harriet er jo også i Stockholm nu og har Plads og det har Sj. også, men det ved du vel. 
+[Skrevet på langs på venstre side s.1:] 
+Junge har jeg ikke set siden Jul – jeg har ingen brugbar Cycle. Vi skriver af og til.
+[Skrevet på langs på venstre side s. 2:]
+Hils nu Aksel og Nusset og dig selv Masser af Gange fra din gamle Elle</t>
   </si>
   <si>
     <t>1945-03-18</t>
   </si>
   <si>
     <t>Johannes Nicolaus Brønsted
 Louise Brønsted
 Anne Marie -, i huset på Lindøgaard
 Christine  Mackie
 Pernille Marryat
 Axel  Müller
 Ellen  Sawyer
 Janna Schou
 Erik Warberg Larsen
 Grete Warberg Larsen
 Laura Warberg Petersen</t>
   </si>
   <si>
     <t>Grete Warberg Larsen fødte sit barn 16. april 1945. 
 Janna Schou var aktiv i forsøget på at redde jøder ud af Tyskland. Hun var formodentlig i 1945 gået under jorden. 
 Landsforeningen JAK blev i 1931 stiftet som en protest mod det økonomiske system, der gjorde det muligt at tjene penge på penge. JAK protesterede mod, at samfundets penge blev stillet til rådighed i form af gæld med krav om betaling af renter. JAK’s holdning var, at penge ikke skulle have en pris, og at deres funktion udelukkende var at gøre køb og salg af varer og tjenesteydelser mulig. Samfundet skulle gennem en demokratisk styret Samfundsbank stille de nødvendige betalingsmidler til rådighed uden omkostninger (Kilde: J.A.K’s hjemmeside, april 2024).</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0638</t>
   </si>
@@ -3500,53 +4034,50 @@
   <si>
     <t>https://fynboerne.ktdk.dk/d/JSMC</t>
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:]
 24 Juni 1946
 besv. 30’ Juni
 Fru A. Warberg Müller
 Bakkevej 12
 Hareskov St.
 [På kuvertens bagside:]
 Lindøgaard Dræby St. Fyen
 [I brevet:]
 Kære lille Dis!
 Tak for Kort og Brev og Pakke! Manse er glad ved Uret – mægtig stolt over altid at vide, hvad Klokken er – og jeg over Persillen. Tusind Tak. Dette bliver kun et lille Livstegn, for jeg er ret udgaaet for Kraft – snart. Tænk lige siden I rejste har vi haft Gæster. Dagen efter kom Poul Gregersen og er her endnu (han hjælper Manse og er en sød Dreng) Det var Torsdag; næste Dag fik vi Tel. at Bimse og Dreng X [indsat i venstre margen:] 10 Aar og det sødeste Barn jeg nogensinde har set. Et Udtryk saa henrivende. [Indsættelse slut] vilde komme Lørdag Form. Det betød Huset møvet og fin Middag, 3 Retter Mad. Samme Aften ringede en Ven af Manse at han vilde komme Dagen efter til Middag Sidst paa Ugen kom en Præst fra Odder, som Bibbe er god Ven med (han er gammel og gift) og ham havde vi til et pænt Aftensbord den ene Dag og Middag næste. Han bor paa Kroen i Munkebo og han Bibbe og jeg var i Gaar bilende op paa M. Bakke, hvor vi nød en herlig Kaffe med Likør og Cigar. X [Indsat nederst på arket og op langs højre margen:] X og hvor der var aldeles dejligt oppe; vi var i Taarnet, hvor er Danmark et dejligt Land [indsættelse slut] Bibbe havde arrangeret Turen, men han ga’ den. 
 Han er en usædvanlig klog og intelligent Mand – henrivende, lidt kejtet og genert, som kloge Stuemennesker tit er. Manse var saa indtaget i ham.
 I Gaar ringede Lasse Swane fra Kbhvn. at de vilde komme her – bilende – i Dag til Morgen med en Hund, som Uglen vil have afsat til Tinge. Jeg var tidlig oppe og lavede fint Kaffebord og gjorde rent, men endnu Kl. 11 ¼ er de endnu ikke kommen. I Aftes var her en af Bibbes Kammerater, som nylig er kommen til Kjerteminde Sygehus, men jeg gik i Seng – trods Gæster, ogsaa Tinge, Grete o.a. Som du ser er det ikke just en død Tid, vi lever i!! Men sjovt er det da alligevel, selv om jeg har ondt ved at blive ved. Konen er stadig i Jylland. Pudsigt at alle disse – selvf. kære – Gæster netop skulde komme, mens hun er borte.
 Tak for Jeres Besøg, det var dejligt at have Jer, og alt var jo ogsaa vellykket, men det havde da nu været meget bedre, hvis I havde haft godt Vejr. - - - Her blev jeg afbrudt ved at de kom, havde punkteret og mistede derved en Færge. Grete og Tinge havde insisteret paa at have dem til Middag; jeg havde allerede købt Kød til Bøf; det fik hun saa ned. Derfor var de her kun et Kvarter, da de skulde af Sted lige efter Middagen. Nu faar jeg da en Hvile-Eftermiddag, hvad jeg meget paaskønner. Jeg fryder mig over den lille grønne Skaal, hvor er den dog henrivende. 
 [Indsat øverst på s. 1; på hovedet:] Vil du nøjes med disse Ord for denne Gang. Har du det godt?
 Hils Axel fra mig og de andre.
 Ogsaa Hilsner til dig selv, flest fra din Junge.
 Vi havde Brev fra Jørgen om vi vilde tage et Barn paa Sommerferie, selvfølgelig umuligt for mig at overkomme.</t>
   </si>
   <si>
     <t>1946-08-04</t>
-  </si>
-[...1 lines deleted...]
-    <t>Johanne  Larsen</t>
   </si>
   <si>
     <t>Thora  Branner
 Adam Goldschmidt
 Brita Goldschmidt
 Lena Brita Goldschmidt
 Anne Marie -, i huset på Lindøgaard
 Adolph Larsen
 Marie Larsen
 Christine  Mackie
 Anna Meyer 
 Ellen  Sawyer
 Laura Warberg Petersen</t>
   </si>
   <si>
     <t>Bornholmsk syge er en virussygdom, som giver influenzalignende symptomer og især rammer musklerne i brystkassen og lungehinderne. Navnet opstod, da man havde en epidemi af sygdommen på Bornholm.
 Topedeaborg var oprindelig et legehus, som Warberg-børnene havde ved hjemmet på Erikshaab. Astrid Warberg-Goldschmidt fik opført et lignende hus i sin have i Hareskov. 
 Myg er muligvis Anna Meyers datter Karen Elisabeth Mygdal Meyer.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2461</t>
   </si>
   <si>
     <t>Johanne/Junge har været syg af opkastninger. 
 Christine/Mornine, Ellen og Thora/Tutte har været til middag. 
@@ -3861,82 +4392,138 @@
 Hvad Sydslesvig angaar, saa er du saamænd ikke den eneste, som ikke formaar at tage en fast Stilling til det, for hvor er det dog et vanskeligt Spørgsmaal at bedømme. Jeg kunde fristes til at sige, at begge Parter har Ret i, 
 4 hvad de siger, for jeg hører ikke til dem, der vil underkende de Argumenter, man kommer med, naar man taler imod at faa Sydslesvig hjem igen, alle de forbandede Flygtninge dernede har jo forværret Sagen for os i høj Grad, og dette med de mange Tyskere, vi faar ind i Landet, er ingen Spøg. Derimod synes jeg ikke det Argument betyder saa meget, at Tyskland saa vil tage baade Syd og Nordslesvig, naar de bliver stærkere. For det første synes jeg, den Mand har Ret, som i et af de Blade, du sidst sendte, skriver at ”skal vor Fremtid afhænge af Tysklands Naade, da har vi ingen Fremtid” Men til enhver Tid vil der jo være andre Stormagter, som næppe vil tillade Tyskl. at blive større end det er, og disse to Krige, maa dog have belært disse Stormagter om, at de maa holde Øje med Tysklands Expantionstrang og -lyst. Politik! Ja, Politik er jo i sig selv ikke noget forkert eller noget man kan væmmes ved, men du mener vel, at den Måde hvorpaa Politik drives er dig imod. Det forekommer mig egentlig næsten som en Kamp mellem gode og onde Magter, og hvor er den Kamp dog spændende! Det er et Spørgsmaal om Verdenskulturen – i sidste Instans. For hvis det saakaldte totalitære Synspunkt tilsidst sejrer, saa er vel vor Kultur – især hvis man derved forstaar aandelige Værdier – tabt. Vor egen indre Politik interesserer mig nu ikke meget, skønt jeg tit ærgrer mig over mangt og meget der. De fast utrolige Dumheder, de gør sig skyldige i paa de Omraader, som jeg efter fattig Evne kan bedømme og deres – Avisernes – Sprog, naar de polemiserer o.s.v. Men det er Verdenspolitiken, der har 
 5 min meste Interesse: eventuelle Krige, Behandling af alle farvede Folkeslag, Regeringsformer, Behandling af alle de evropæiske Landes Underklasser og meget meget mere. Hvis man ikke skulde interessere sig for og følge med i det, hvad Pokker skulde man saa interessere sig for. Jo, naturligvis Kunst Literatur og saa videre, men alt det vil jo ogsaa gaa til Grunde, hvis Verden ender med at blive fuldstændig misregeret. 
 Igen Posten 
 Hilsen Junge</t>
   </si>
   <si>
     <t>1947-10-04</t>
   </si>
   <si>
     <t>Ina  Goldschmidt
 Marie Larsen
 Ib Marryat Johansen
 Lauritz Pedersen
 Ole Petersen
 Peter Rohde
 Janna Schou
 Christine Swane
 Anna Tinesen
 Grete Warberg Larsen
 Lise Warberg Larsen
 Erik Warberg Larsen, søn af Erik og Grethe
 Laura Warberg Petersen</t>
   </si>
   <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, uden registreringsnummer</t>
+  </si>
+  <si>
     <t>Der er lidt tvivl om, hvornår Laura/Bibbe og Lauritz Petersens bryllup kan holdes, da Skifteretten arbejder langsomt. Lauritz må låne 55.000 kr. til sin søn. 
 Det er trist, at Ib Marryat er syg. Johanne har hørt om en, der blev helbredt af en naturlæge. 
 Lise er kommet hjem til sine forældre igen. Grete/Grethe fik mange barselsgaver. 
 Johannes Larsen har været på besøg med Christa Knuth. Hun inviterede Erik/Tinge og Martin/Manse hjem til sig.
 Johanne har holdt fødselsdag. Stemningen blev ødelagt af, at Christine/Uglen Swane og Marie Larsen skændtes. 
 Astrid må ikke skamme sig over at læse i stedet for at arbejde.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/3x1u</t>
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:]
 Fru A. Warberg Müller
 Bakkevej 12
 Hareskov St.
 [Skrevet af ukendt:]
 modt. 6’ Okt. 1947.
 besv. 10 
 [Håndskrevet på kuvertens bagside:]
 Lindøgaard Dræby St. Fyen.
 [I brevet:]
 Lindøgaard Lørdag 4-10-47.
 Heri 2 Smørmrk
 Kæreste lille Dis!
 Min varmeste Tak for dit gode Fødselsdagsbrev og for de lækre Opmærksomheder! Jeg vil allerførst besvare nogle Spørgsmaal. Bryllupet! Ja der er desværre lidt Tvivl om, hvornaar det kan blive; Lauritz har lige fra først af – det vil sige lige fra den Dag, da de bestemte sig for Giftermaal – arbejdet som en Hest for at faa Sagen i Orden, men det er alt det med Skifteretten, der sinker; disse forbistrede Kontoriusser er ikke til at faa noget fra; Papirerne skal foreligge til den 8_de_ ds. for at blive tinglæste den Dag i Kjerteminde; de tinglæser kun hver 14_de_ Dag; hvis det ikke naas, bliver det - Bryll. – forsinket i 14 Dage! Lige saa saare jeg faar det at vide, skal jeg skrive til dig; de vil ogsaa gærne have det om Aft. [”om Aft.” indsat over linjen] – skønt helst midt paa Dagen, hvis det kan lade sig gøre, men uanset hvad det bliver kan du da godt lave Middagsmad midt paa Dagen, ikke? Det er jo lige meget hvad man kalder Maaltidet; her paa Landet er vi jo vant til at spise Middag midt paa Dagen. Lauritz var her i Tirsdags Aftes, og vi snakkede saa om det; jeg var rystet over at høre om alt det, der foretages for at det kan blive til Bryllup; og 55.000 Kr. skal skaffes. Paa Grund af hans gode Omdømme kan han faa den Sum i Sparekassen i Nyborg – paa et Aar; saa skal Laanet betales med Kontanter. De haaber at kunde nøjes med at forpagte Dalsgaard ud i Stedet til ["til" overstreget] for at sælge Drengen skal have sine Penge udbetalt straks, men jeg kom til at tænke paa bag efter, at saa kunde Ole jo laane sin Far nogle af Pengene senere, hvis han staar og ikke kan skaffe Pengene om et Aar; dertil skal jo hans Formunder give sit 
 2 Samtykke, men Form. er en Svoger til Lauritz, gift med hans 1ste Kones Søster, og de staar vist fint til hinanden. Jeg ved ikke hvorfor jeg sætter dig ind i alle de Forretningssager, men nu faldt det mig i Pennen. – Jeg spurgte Bibbe, om hun vilde have Sjums og Rohde med, men hun sagde straks, at hun vilde helst nøjes med Janna og Ib. Stakkels Ib, hvor det gør mig ondt. Han skulde prøve at gaa til en Naturlæge. Marie og Uglen fortalte om Moderen til en af deres Venner, der var langt ude af Kræft; der var ædt Dele væk, aabne Saar, og Lægerne havde fuldstændig opgivet Haabet; saa gik hun til en Naturlæge (som jeg ikke ved, hvad er) og han gav hende en meget stræng og slem Diæt, men hun begyndte at komme sig og Lægerne til hvem hun stadig gik til Undersøgelse uden at tale om Naturlægen, blev mer og mer forbavsede og stod ganske uforstaaende og tilsidst var hun rask. Hvis hun havde fortalt dem om Naturlægen havde de jo bare sagt, at det var, hvad de havde ordineret, der tilsidst virkede. 
 Den Gang, da de kom fra Sverige, hentede Lauritz Bibbe i Nyborg; han har ikke meget Benzin, men saa vidt jeg ved nok til deres Bryllupstur, men maaske bliver det forpasset af den nye Lov, hvis den træder i Kraft, maa han kun køre paa Fyen.
 For et Par Dage siden kom Lise hjem; Anna, Gretes Søster, havde haft hende i 4 Uger; først var Lise gravalvorlig næsten forstenet, saa begyndte hun at kæle lidt for Tinge og Grete og gik fra den ene til den anden; en halv Time efter var hun hjemme og jublede højt for hver Del af sit Legetøj som hun mødtes med igen. Da Ole kom, løb hun ham i Møde og raabte henrykt: ”Ole, jeg er kommen hjem til dig igen. Det var 
 3 dejligt at være med til den Hjemkomst og at se Grete være oppe igen. Hendes Barselsgaver blev til: 6 Flasker Vin, 4 Lagkager, et Sølvbæger, en Barneske, et Par Skindstøvler til Lillebror, samt 2 Par strikkede, et Par henrivende Tøfler til hende selv, 50 Cerutter, en smadderfin Natkjole til 50 Kr. fra Bibbe, Masser af Tøj til Drengen og self. andet, som jeg har glemt, og Blomster self ["self" overstreget] i lange Baner. Grete var overvældet og jeg har da heller aldrig set noget lignende. I Gaar var Rie og Uglen her for sidste Gang, og mens vi sad ved Kaffebordet eller lige var færdige kom Las og Grevinde Knuth fra Knuthenborg for at hente dem. Hun var noget af det mest tiltalende jeg længe har set, ja saa henrivende, at du ikke kan tænke dig det. Hun er Veninde af Las, og jeg har hørt meget om hende men vented mig da ikke saa stort af en Grevinde. Hun syntes her var saa smukt og hyggeligt, det sagde hun flere Gange; hun inviterede Manse og Peter saa varmt – gør nu Alvor af det og kom snart, I behøver ikke at pynte Jer, kom som I er - - Hun saa Manses Stue med alle Træsnittene – alle Vægge er behængt med dem – og Bibbes store Maleri af Uglen, Udsigten fra Havedøren og var begejstret over det hele. Hun har været med Las på Båxhult (hun vaskede op for Bimse) og kan øjensynlig godt med hele Familien d.v.s. det kniber lidt med Puf og Else – de er hende lidt for fine, akkurate og formfuldendt! Det var en hel Oplevelse at mødes med hende, Lise var her og hun blev straks indtaget i hende og Tøsen – vores store Hund - satte begge Forpoterne op paa Brystet af hende, hvad vi aldrig før har set ham gøre ved fremmede og paa dette Tidspunkt havde hun ["hun" indsat over linjen] slet ikke snakket med ham, men Dyr lugter straks hvem der er Dyrevenner. 
 4 Til min Fødselsdag var Rie og Uglen herude til Eft. chokolade de medbragte: ”Kina i Støbeskeen” af Edm. Grut, som Marie havde hørt, jeg havde ønsket mig, et Par henrivende Kopper af bornholsk Keramik, en stor Æske m. Godter og Flødekaram. en Pk. Cerutter og 4 dejlige Nelliker!! De er altid helt ovenud med Gaver, de tog hjem med halv 6 Bilen, men saa havde vi en vildfremmed Sygeplejerske til Aftensmad, som Bibbe havde inviteret uden at tænke paa, at det var min Fødselsdag; det gjorde ikke noget, men det hele var lidt speget, da Manse og Peter skulde til Odense og maatte spise før vi andre, saadan egentlig Feststemning var der ikke over Dagen, især da Marie og Uglen skændtes saa ualmindelig meget den Dag, og det smager ikke godt. 
 Peter har jo faaet Motorcycle og de tager lange Ture paa den om Søndagene; de staar lige og skal af Sted (det er Lørdag Kl 1½) saa denne Gang faar de 1½ Dag; de skal rundt paa Sjælland og se, hvad der er at se.
 Du skulde ikke have ”Stik i Hjærtet” fordi du læser i Stedet for at arbejde; naar du, som jo ellers ikke er doven, men tværtimod arbejdsivrig af Naturen, ikke kan arbejde for Tiden, saa maa det være fordi, enten de fysiske eller de mentale Kræfter svigter, og saa er det bedst at ligge brak, bare ingen Ting bestille og helst uden at have Samvittighedsnag, saa gror Kræfterne inden i dig uden at du ved af det, og en skønne Dag er de der. Sådan synes jeg er min Erfaring, for vi kender vel alle til, at Arbejdsiveren svigter. Agraren beder mig hilse dig saa meget og takke baade dig og Axel for både Breve og Bøger. Vi har moret os meget over dine Vittigheder. Den med Hitler (el. var det Gøbbels) der skulde ”begynde for sig selv” var uforlignelig. Tusind Hilsner til Jer begge fra din Junge</t>
+  </si>
+  <si>
+    <t>1947-11-29</t>
+  </si>
+  <si>
+    <t>Hareskov St.
+Bakkevej 12</t>
+  </si>
+  <si>
+    <t>Søren -, Bibbes kammerat
+Adolph Larsen
+Johannes Larsen
+Axel  Müller
+Lauritz Pedersen
+Janna Schou
+Børge Tinesen
+Alexander Vincent
+Else Warberg
+Karen Warberg
+Erik Warberg Larsen
+Grete Warberg Larsen
+Martin Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Johanne/Junge spørger, om Astrid kan lægge penge til side til skatten? Det er godt, at Axel har det bedre. Johanne håber, at der bliver råd til turen til Nyborg. Hun vil godt betale for begges cerutter. Måske kan Lauritz køre for dem. 
+Johanne har holdt stor middag med fasaner mm. Og hun har haft besøg af Børge Tinesen, som til sin chefs firma ville lave en reproduktion af Johannes Larsens Et Andetræk. Johanne og Adolfs forstudie til billedet var det nemmeste at gengive. Erik/Tinge og Martin/Manse fik penge for at udlåne deres skitser. Johannes Larsen har krævet at få halvdelen af nettofortjenesten, Børge Tinesen var et dejligt kulturmenneske. Måske skulle Astrid lave en børnebog til udgivelse på hans firma sammen med Janna?
+Johanne og familien har lukket nogle værelser af for at spare på varmen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/hx17</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru A. Warberg Müller
+Bakkevej 12
+Hareskov St.
+[Skrevet af ukendt:]
+x Smørmærke!
+1ste December 1947
+besv. 10. Dec. 
+[Håndskrevet på kuvertens bagside:]
+Lindøgaard Dræby St. Fyen.
+[I brevet:]
+Lindøgaard Lørd. 29-11-47.
+Kære lille Dis!
+Det var dog en hel Velsignelse at faa saadan et godt Brev fra dig, det var saa sandelig en god Tur, han der havde til Kontoret. Naar I faar fuld Gage baade for Nov. og Decemb. kan I saa ikke lægge lidt af det til Side til Skatten, for den bliver jo hamber til næste Aar, naar I faar mindre at leve af, men alligevel skal af med den sædv høje Skat. De Blade du skrev om, har jeg regnet sammen til 184 Kr. årlig det kan der købes en hel Del Mad for. Ja, det var som jeg vist skrev, at en Ændring paa Sagerne vilde hjælpe paa Axels Helbred – det er jo endelig ikke saa svært at regne ud, for Nerver er jo paa Spil alle Vegne. Hvor er det dog dejligt, lille Dis! Tror du nok, du kan faa Raad til det Nyborg-Ophold, som jeg ser hen til med saa stor Forventning. Skulde vi faa daarligt Vejr, har vi da nok at snakke om indendørs. Ser du ikke ogsaa hen til det som en god Oplevelse? Vi maa se at faa det til at blive af. Naar vi kommer ind i det nye Aaar, vil jeg spare sammen til det og jeg tror [”tror” indsat over linjen] ogsaa godt, jeg kan bestride vort fælles Cerutbehov, din Rejse til Nyborg er jo dyrere end min. Saa vil Lauritz hente os ud til dem, saa du faar Bibbe at se i hendes Hjem, og maaske han ogsaa vil køre os en Tur f. Eks. til Glorup, til de gode Titter – det har jeg nu ikke talt med ham om, men han er vældig flink med Bilen hvis hans Dæk bare vil holde, de er frygtelig skrøbelige og han kan ikke faa nye. – Vi havde saadan en morsom Aften
+2 Jo ["Jo" overstreget] i Torsdags. Vi havde faaet dem til at kommer herud og havde lavet fin Aftensmad til dem: Dug paa Bordet, Bajere – den sidste Rest fra Gildet – 2 Fasaner, henkogte og pænt koldt Bord; de var begejstrede og overraskede. De kom om Eftermiddag, men vi havde saadan et morsomt Besøg; Gretes Bror, Børge, arbejder hos en Mand, der hedder Vincent – fransk Afstamn. – han har en en Gros Forretn. Med Luksusting Julekort, Servietter, Gengivelse af Malerier, Børnebøger o.s.v. o.s.v. [”o.s.v. o.s.v.” indsat over linjen] De kom for at se det Maleri af Las med Agraren, der sidder paa Andetræk; Tinge og Manse har jo hver sit Maleri, Studier af ["af" overstreget] til det store som hænger paa Statens Museum for Kunst. Han valgte vores fordi det var lettere at gengive. Dagen efter skulde de ud til Las for at blive enige med ham; de har før lavet noget af hans, og da fik han 8000 Kr. men denne Gang menes han at ville forlange Halvdelen af Nettofortjenesten, og det er jo et skrapt Forlangende. Du kan ikke tænke dig, hvor den Mand var henrivende. Dis, der er nu noget ved Kulturmennesker! man ved det øjeblikkelig naar han træder ind i ens Stue, og soler sig ved at være sammen med et Kulturmenneske, og saa var han saa elskelig; vi snakkede og snakkede og faldt saa glimrende sammen. Som vi ærgrede os, da det for sent gik op for os, at vi godt kunde have faaet dem, ham og Børge altsaa, til at blive, for de skulde hen til Odense og sove der. Selv Agraren sagde, at det var helt vemodigt at sige Farvel til ham. Ham maa vi henvende os til, hvis 
+3 du laver en Børnebog, han ”gør” i den Slags, du kunde maaske sammen med Janna tjene store Penge ved det.
+Det havde først været Meningen, de skulde laane det Billede, som Tinge har, og da det saa blev vores, sagde Børge til ham, at saa blev Tinge vist lidt skuffet, saa sagde Vincent straks: godt, saa siger vi 500 Kr, saa kan de faa 250 Kr hver – Tinge og Manse altsaa. Bare for at laane det Billede!!
+Til Aftenkaffen kørte Lauritz ned eft. Grete og Tinge, Søren ankom i Bil, og vi havde en umaadelig morsom Aften Næ, hvor Snakken gik. Vi havde anstrengt os, havde til Kaffen hjemmebagt Franskbrød m. Ost og Marmelade, en Lagkage med Chokoladeglassur samt en Æblekage, godt m. Flødesk. De jublede højt, da det kom paa Bordet. Det var sidste Aften i vores gode Stue; næste Morgen flyttede vi ned i Spisestuen; vi tør ikke mere fyre deroppe, for Brændselet svinder foruroligende. Det værste er jo med Julen, men saa fyrer vi op i Manses Stue, Havestuen lige til Juleaften, saa vi kan have Julestue der. Her er saamænd ellers hyggeligt nok; Gulvtæppet er her nede, mine pæne Blomster er flyttet herned, jeg har 3 blomstrende Alpevioler, hvoraf den ene er selvopdreven og jeg har to andre som endnu ikke er kommen i Blomst. Her er yndigt, men alligevel savner jeg jo min Stue. 
+Søren er en Kammerat af Bibbe fra Middelf. Sinds.s.h. hun har været et Aar i Paris som Nurse er nu sygeplejerske i Kjerteminde en meget sød Pige. - - Vi har det alle godt her. Hermed 1 Smørmrk.
+Masser af Hilsner til Jer begge</t>
   </si>
   <si>
     <t>1947-12-20</t>
   </si>
   <si>
     <t>Edel -
 Ena -
 Johannes Nicolaus Brønsted
 Louise Brønsted
 Adolph Larsen
 Andreas Larsen
 Henning Larsen
 Johannes Larsen
 Marie Larsen
 Peter Andreas Larsen
 Gudmund Larsen 
 Else Larsen, Else, Andreas Larsens kone
 Pernille Marryat
 Ib Marryat Johansen
 Axel  Müller
 Lauritz Pedersen
 Georg Poulsen
 Janna Schou
 Lars Swane
 Rigmor Thorsen
@@ -3979,50 +4566,590 @@
 [Håndskrevet på kuvertens bagside:]
 Lindøgaard Dræby St Fyen
 [I brevet:]
 [Indsat julemærke med teksten: ”Jul 1947 Danmark”.
 Lindøgaard 20-11-1947.
 Kære lille Dis!
 Her har du mig saa igen til det rigtige Julebrev; nu er det Aften jeg har ikke travlt med noget og her er Fred og Stilhed. Peter er taget til Odense, Edel og det lille Snakkehoved til Ena gaar til Munkebo om et Øjeblik; naar Ena er her i Stuen er hun meget stilfærdig, siger ikke ret meget, men naar hun er her i Køkkenet hos Edel gaar den lille Knevver uafbrudt – bogstavelig talt; jeg har sagt til Edel, at det var næsten uudholdeligt at høre paa, her er jo saa lydt, men hun bremser hende aldrig. Hvor findes der er Paradis uden Slangen? 
 Jeg er saa mærkværdig fremmelig med al Ting i Aar, det skyldes naturligvis den gode Hjælp fra Edel jeg kan godt sidde og smaadrive lidt uden at det gør noget og til de sidste Dage, Mandag og Tirsdag er der ikke meget at gøre. Vi har ellers i Aar bagt Smaakager for Grete, hun har Besvær nok med alt sit, naar hun har de to Børn at passe med al den Vask; de Børn skinner ogsaa altid af Renhed. Vi har bagt Vanillekranse, Jødekager, Kakaokager og brune Kager og 12 Lagkagebunde til hende; vi selv skulde have 6 Bunde, saa Edel bagte i Formiddags 18 Bunde, og da der kun kan staa een Kageform ad Gangen i Ovnen [”i Ovnen” indsat over linjen], kan du forstaa, at det var et helt anseligt Job. De skal have Barnedaab dernede i Morgen; Bibbe skal bære den lille henrivende Dreng og Lauritz skal staa Fadder; jeg tager ikke med i Kirke, maa være lidt forsigtig til Julen, men haaber, at Lauritz vil køre herom ad og tage mig med derned eft. Gudstjenesten jeg er ikke begyndt at gaa ud endnu. Det skal kun være Kaffebord, det er saa fornuftigt af dem at de ikke laver stor Spisning. 
 Hvor det dog er vidunderligt, lille Dis, at du har faaet din Arbejdslyst og –evne tilbage igen, for det er jo Tegn paa, at Fysikken er kommen i Orden igen; hvem kender ikke den rædsomme Ugidelighed naar man har været fysisk nedbrudt; mon ikke Åndens Grundlag er Fysikken – ja naturligvis kun til en vis Grad. Det er dog sjovt, at du paa dine gamle - jeg mener ældre – Dage er bleven bildende Kunstner, det er forbløffende med dine to Børnebøger. Og Tillykke med Kakkelovnen; det var sikkert haardt tiltrængt og skal nok hjælpe Axel godt. Og Stolen – ja man kan jo ikke faa både i Pose og i Sæk, og den Stol, han fik af Charles, der der staar ved Siden af Skrivebordet, er da egentlig behagelig at sidde i, jeg nød den da den Sommer, jeg var hos Jer; dette med at der ikke bruges nævne-
 2.
 værdig mere Brændsel paa denne Maade, skal nok passe; det foreholdt jeg til Fru Thorsen, naar hun, da de boede i Kærbyhus, kun fyrede i den ene Kakkelovn, som saa skulde opvarme Nabostuen; jeg sagde altid, der bruges ikke mere Brændsel, og Varmen bliver meget behageligere. Du ved ikke, lille Dis, hvor det glæder mig, og hvor jeg tager Del i din Glæde over, at Axel bedres, det er rigtignok vidunderligt, og hvor mærkeligt, at Axel har den Bankvirksomhed i Udsigt; jeg har ogsaa hele Tiden sagt – eller skrevet – at der ganske sikkert kunde blive Arbejde ved et eller andet, naar han holdt op med Frihavnen.
 Du skriver som Efterskrift i dit Brev: ”Hvor pragtfuldt, at Lauritz vil hente os i Nyborg, og at vi skal hjem til dem først,” jeg ved ikke rigtig, hvad du mener med det; naar du og jeg kommer til Nyborg er vi jo, hvor vi skal være; jeg skrev vist blot at Lauritz (en af de Dage, vi er i Nyborg) vil komme ud efter os saa vi kan besøge dem i Bovense. Stedet er, efter Lauritz’ Raad funden, det ligger ved Stranden lige ved Skoven. Men lad os nu først se, om det bliver til noget, der er jo længe til. 
 Forleden dag fik vi Besøg af en ung, meget tiltalende Maler fra Odense, Georg Poulsen, han bad om at laane nogle af vore Las-Billeder X; X til en Udstilling i Odense i Anl. af hans 80 Aars Fødselsd. d. 27-12. [X ”til en Udstilling i Odense i Anl. af hans 80 Aars Fødselsd. d. 27-12.” indsat over linjen]; han fik 4; bl.a. de smaa Fuglebilleder som Las malede til Agraren, da han kun var 14-16 Aar; jeg havde ladet dem indramme, det ene oven paa det andet [Tegning] – saadan; 2 Fuglekonger og en Rødirisk; det er det allerførste i Kataloget, som er ordnet efter Aarstal; dette fra 1881 – dog med Spørgsmaalstegn, for jeg mener at vide, at han var 16 Aar, da han lavede dem. Manse fik Indbydelse til Udstillingens Aabning i Dag; han og Peter var derude og de havde moret sig godt, Las Puf og Else var der Las havde været saa levende og gaaet og virket – regeret, tror jeg, Manse sagde! Tænk, at han tager ind til Magisterens Begravelse, gid vi dog maa faa lidt mildt Vejr, jeg synes, det er lidt letsindigt – paa denne Aarstid, de vilde se at komme hjem samme Dag. Jeg haaber, at Manse vil tage derover ogsaa, men ved det ikke bestemt.
 Agraren, Manse og jeg er bedt til Middagen paa Lases Fødselsdag i Dag om 8 Dage; Manse er bleven udvalgt, fordi han og Las er saa særlig gode venner, der er altid en umaadelig Mængde Snak imellem dem, naar de er sammen, ellers hverken Tinge, Bibbe, Henning, Bror og Lasse Sw. det vilde jo være at gribe for vidt om sig, da jo
 3.
 deres respektive Mænd og Koner saa ogsaa skulde med. Jeg baade glæder mig og ikke glæder mig. Man er ikke rigtig i Humør til en stor Fest, naar man er saa opfyldt af Sorg over lille Lugge – havde det bare været et Par Maaneder senere. Vi skal spise i Værkstedet, hvad vi ogsaa gjorde, da de lavede Fest for Rie, da hun fyldte 70; skønt det var d. 5te Juni, frøs jeg saa det stod efter, fordi jeg sad lige ved Døren, der gik ustandselig, naar de opvartende skulde ud og ind; det havde jeg - lidt bekymret - fortalt Manse, og tænk i Dag sagde han til Puf, hvem han jo traf i Odense, om de ikke vilde sætte mig, saa jeg ikke fik Træk fra Døren. Ved du, hvad jeg skal iføres ved Selskabet: den brune uldne Kjole, som du sendte mig i Fjor. Mon jeg dog har fortalt dig, at den er bleven saa smuk? der er en Begejstring over hele Linien de Par Gange, jeg har haft den paa den har den lille Syerske oppe fra Strandgyden rigtignok haft Held med. Jeg har nok en sort Silkekjole, men dels er den gammeldags og dels tør jeg ikke tage saa tynd en Kjole paa; du synes vist, jeg er blev svært omsorgsfuld med mit Helbred, men Gang paa Gang har jeg i dette Efteraar haft Lungebetændelsefornemmelser, ondt i Bryst og Ryg med Stik og hvad der hører til, som da jeg virkelig fik Lungeb. for et Par Aar siden, saa jeg synes, det er kun min forbandede Pligt at passe lidt paa. Fejlen er sikkert min egen, idet jeg har forsømt at hærde mig lidt ved at gaa Ture hver Dag, men det er nu ikke altid saa nemt. 
 Mon jeg har fortalt dig, at vi er flyttet ned i Spisestuen for i Vinter; Stuen var ikke til at varme op med Tørv; det bliver et stort Savn i Julen, men det maa ta’s: Havestuen er lettere at fyre op for et Par enkelte Dage, der skulde alligevel Ild for Maries Skyld – altsaa lidt Varme ind i Gæstekamret, der hvor du laa. Vi tager saa Juletræet i Havestuen og nøjes med det, som det kan blive. Nu kan jeg ikke mere i Aften, maaske kan jeg skrive lidt mere i morgen el. paa Mandag, saa kan jeg fortælle lidt om Barnedaaben.
 Søndag Aften Saa kommer vi til Afslutningen! Klokken blev lidt mange, Aftenen er gaaet med et pudsigt Job: Edel havde købt en Dukke (14 Kr!) fra Agr. og mig til Lise, og Edel havde som sin Andel i Gaven strikket Drengetøj til den, Bukser med Seler over Strikkeblusen, vældig smart, men da vi manglede en Æske til at lægge ham i, fik jeg den Ide at lave en Slags Vugge, formet som et gammeldags Dejgtru [Tegning] af Pap; Endestykkerne ogsaa af Pap
 4.
 syede Edel paa, men jeg holdt paa den; saa klistrede vi den over med et blomstrende Juleindpakningspapir, og den blev noget saa elegant, han ligger helt som i en Moses-Kurv. Men Tid tog det min Sandten. Vi tænker, at Lise bliver salig. 
 Barnedaaben gik saa godt; de var lidt møre af Kirkegangen, for vores lille, der blev døbt Erik Warberg Larsen, og saa et andet lille Barn, havde begge brølet af deres små Lungers fulde Kraft – hele Tiden! Præsten havde været kendelig enerveret. Lauritz og Bibbe kørte saa ned med Drengen og Else, som havde ”taget Huen af” og kom saa op efter os. Da vi kom derned laa Lillebror stadig og brølede; jeg fik ham op og vissede ham, det hjalp lidt, men stadig kom der smaa Hulk – nej den Kirkefærd havde været for meget for Lillebrors spæde Nerver. Saa kom Tinge og Grete, og der faldt Ro over os ved et festligt Kaffebord med 2 Lagkager Wienerbrød, Sandkage og alle mine Smaakager. De havde en Flaske Vin, som vi nød og drak Skaaler i; Agraren og jeg havde 50 Cerutter med til dem i Daabsgave, vi giver jo ikke hinanden Julegaver i Aar, derfor kaldte vi det Daabsgave, af mig fik han desuden en Sparekassebog med 10 Kr. Det er saa morsomt at se, saa glad Bibbe er ved Lauritz, men jeg tror nok, hun er lidt overvældet af Arbejdet, fordi der er saa meget Selskabelighed; hun kan saa daarlig døje al den Selskabelighed. De bliver en Mængde Juleaften, hele Personalet fra Dalsgaard, du ved, hans første Kones Fødegaard, som Lauritz stadig ejer sammen med Svigerinden og hendes Mand; den skal for Resten sælges nu. – Jeg tror nok, Bibbe glæder sig som et Barn til at naa over Nytaar. 
 Mon ikke det gaar dig som mig, at naar vi gaar og passer til Jul, har man stadig Erikshaab Julene i Tankerne, hvor var de Juleforberedelser festlige, ja næsten hellige staar de nu i ens Erindring.
 Og saa vil da til sidst ønske dig og Axel en glædelig Jul sammen med Jeres lille Nillebarn vil du hilse Janna og Ib saa mange Gange fra mig og ønske dem alt godt for Jul og Nytaar.
 De kærligste Hilsner, lille Dis, fra din Junge.
 Brevet er for anseligt til jeg har Mod paa Gennemlæsn. Find selv ud af Fejltagelserne.</t>
+  </si>
+  <si>
+    <t>1947-12-26</t>
+  </si>
+  <si>
+    <t>Lindøgaard</t>
+  </si>
+  <si>
+    <t>Edel -
+Ena -
+Bodild Branner
+Frits Branner
+Johannes Nicolaus Brønsted
+Louise Brønsted
+Thora Cohn
+Adolph Larsen
+Alhed Larsen
+Andreas Larsen
+Elena Larsen
+Erik Larsen
+Grethe Larsen
+Jeppe Andreas Larsen
+Johan Larsen
+Johannes Larsen
+Lise Larsen
+Marie Larsen
+Martin Larsen
+Else Larsen, Else, Andreas Larsens kone
+Christine  Mackie
+Pernille Marryat
+Axel  Müller
+Leo Swane
+Ane Talbot
+Gunnar Tinesen</t>
+  </si>
+  <si>
+    <t>Johannes Nicolaj Brønsted (Magisteren), som var gift med Louise, Alhed Larsen, Astrid Warberg-Goldschmidt og Johanne Larsens søster, døde 17. dec. 1947. 
+De mortuis nil nisi bene er latin for 'om de døde (skal man) kun (tale) godt'. Den oprindelige græske formulering er mere direkte: Tal ikke ondt om de døde (Diogenes' Laërtius 1.70). (Kilde: Lex.dk).</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0655</t>
+  </si>
+  <si>
+    <t>Marie Larsen er taget til Kerteminde for at være med i festlighederne, når Johannes Larsen på sin fødselsdag bliver udnævnt til æresborger i byen. 
+Johanne/Junge Larsen takker for den skønne julepakke. 
+Johannes/Las Larsen har fortalt Johanne lidt om Brønsteds/Magisterens begravelse, og Andreas/Puf fandt præstens tale god. Marie har vist meget lidt deltagelse og endog fremhævet nogle af Brønsteds mindre heldige sider. 
+Efter planen skal Christine og Leo Swane køre med Johan/Lysse Larsen og Elena/Bimse for at deltage i æresborgerfesten. 
+Man holdt jul i havestuen på Lindøgaard. Dagen efter kom Lise med familien og takkede for dukken fra Johanne og Adolph. 
+Johanne ved ikke rigtigt, om det var forkert af Astrid ikke at deltage i Brønsteds begravelse. 
+Lørdag: Johan og Elena kom midt om natten, og Leo Swane og Christine var ikke med.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/qXs1</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru A. Warberg Müller
+Bakkevej 12
+Hareskov
+[Skrevet af ukendt: måske Laura Warberg P]
+14-3-2007.
+21-6-2000
+BWP. 
+[På kuvertens bagside:]
+Lindøgaard Dræby St. Fyen.
+[I brevet:]
+Lindøgaard Fredag 2den Juledag 1947.
+Kære lille Dis!
+Det er bleven til en meget stille 2_den_ Juledag: Manse og Peter er paa Fiskeri (Bøsse med) med en Fisker-Ven i Kjerteminde, Marie er lige taget til Kjerteminde i en Lejebil, Rutebilen gaar først langt ud paa Natten, omtrent, og hun vil derud for at kunde følge Slagets Gang lige fra Morgenstunden paa Fødselsdagen. Las med Familie skal ned paa Raadhuset Kl. 10 for at blive udnævnt til Æresborger. Agraren er nede at malke, Edel har et og andet for, saa jeg er mutters alene og her er en salig Ro og Fred, hvor længe den vil varer maa Tiden vise. 
+Lad mig allerførst sige dig saa mange mange Tak for din indholdsrige Pakke. Først og fremmest dette pragtfulde Brevpapir, som hermed indvies, mit pæne Papir er netop paa Hældningen, der er vist kun et enkelt Ark tilbage, saa jeg er mægtig glad ved det og siger dig saa mange Tak. Bøgerne til Mandfolkene skal jeg sige saa mange Tak for. Jeg læste den til Manse en af de sidste Aftner inden Jul, jeg skal love for, den er spændende. Og saa allle Lækkerierne! Tænk at have faaet Risengryn til Huse! Og Rosiner og Bolsjer og saa de dejlige Cerutter og den store fine Mavebæltecigar – det var vel nok Herligheder.
+I mit lange Julebrev til dig, tvang jeg mig selv til ikke at skrive alt for meget om Lugge, men jeg var glad ved, at du skrev saa meget om det til mig, det var jo dog det, som opfyldte os begge. Og synes du ikke, at det var – er – svært at være saa langt borte og ikke kunne følge med i Enkelthederne. Christine hørte jeg dog fra et Par Gange, men kun ganske korte Breve. Jeg ringede Dagen efter til Kjertem. (jeg mener Dagen efter Begravelsen) Jeg talte kun med Las, de andre var i Byen, men han fortalte mig dog lidt om det; var det dog ikke kækt af Las paa 80 Aar at tage derover? Og da Puf kørte Rie herud Juleaftens Efterm. fortalte han mig en Del, ogsaa lidt om Præstens Tale, som Puf fandt god. Men nu faar jeg forhaabentlig den Glæde at være sammen med Christine i Morgen, det er i hvert Fald Planen, at hun skal komme til Fødselsdagen Lysse tager hende og SkriveSwane med i sin Bil, naar han og Bimse kører over. Hun ved, om Lugge har nogen Planer for sin Fremtid. – Der er nu mange, Dis, som har holdt af Magisterens ["s" i slutningen af ordet overstreget]; Peter siger, at Lysse holdt saa umaadelig meget af ham Bodild Branner skrev det samme; Fritz har taget sig det saa nær – Las, Puf, Christine. Jeg har 
+2
+været lidt forbløffet over saa komplet udeltagende Marie har været, ja næsten lidt forbavset over at se og mærke min Sorg. Det eneste hun egentlig fæstede sig ved, var det uforsvarlige i, at Las tog derover til Begravelsen; det blev næsten til en personlig Fornærmelse paa Lases Vegne over, at Magisteren var død!! Overdrivelse selvfølgelig; men jeg blev nu lidt underlig over at høre hende fordybe sig i Magisterens utiltalende Egenskaber og jeg tænkte: de mortuis nihil bene. Hedder det Ord ikke saadan? det mener jeg dog; jeg saa det forleden et Sted i en Historie helt anderledes, det endte paa bonus, og Ordet for De døde saa ogsaa helt anderledes ud. Spørg Axel! Der var heller ingen rigtig Glans – for mig altsaa – over Juleaften, som fejredes i Havestuen, jeg havde pyntet Juletræet, Peter havde dog lavet Julestjernen, den gamle maatte absolut siges at have udtjent, den havde ogsaa mange Aar paa Bagen. Jeg syntes jeg havde faaet det lille Træ rigtig fint og festligt i Aar; vi kan jo kun have smaa Træer, selv om det [”om det” indsat over linjen] naar helt op til Loftet; Lys havde vi nok af, Stjærnekastere ogsaa, saa det [”det” indsat over linjen] straalede smukt nok, og Net og Hjærter var frisklavet i Aar. Aldrig har her været saa mange Gavepakker som i denne Jul; Peter og Ena var her jo også ud over det sædvanlige Mandtal, og hvad Peter fik var ganske fantastisk, han sagde ogsaa den ene Gang efter den anden: Jeg har aldrig faaet saa mange Julegaver før. Ogsaa den lille Ena var tilfreds med sine. Juledags Eft. fik vi Visit af Tinge og hans Svoger Gunnar samt lille Lise, der skulde sige Tak for Gaverne, navnlig for Dukken fra os her. De sagde, hun var blevet helt forstenet af Betagelse, da den blev pakket ud. Om Aftenen, da de var kommen i Seng sagde Tinge til hende, om hun ikke snart kunde tie stille, nej, for Dukken skulde have ved den anden Side ogsaa, og saa sagde hun ned til Dukken ”hvordan er det du ligger og fedter med det” – man hører stadig Gretes forskellige Ytringer gaa igen i Lises Mund. Hun er en forfærdelig pudsig Unge. 
+Julegaverne – jo, jeg synes det er en utrolig praktisk Maade med Indpakningen; der er intet med at det og det ikke maa ses, for det er altsammen skjult under det fine Papir; vi faar heller ingen Uorden af den Grund, Papirer lægges straks fint sammen og samles i en Stabel og Baandene i en lille Bunke, som kommer i deres snart mangeaarige Æske, som har sin Plads i Julekassen. I Aar havde jeg saa meget Indpakningspapir, at jeg ikke nær brugte det op, skønt vil ["l" i slutningen af ordet overstreget] alle pakker Gaver ind med det; jeg har aldrig behøvet at købe Julepapir. - Tak for de smaa Skitser til din Børnebog, den er nok bleven nydelig og lille Nille salig; det er helt overraskende at du pludselig er bleven bildende Kunstner. 
+Du spurgte mig, om jeg syntes det var rigtigt, at du ikke tog til Begravelsen. Ja, for det første havde du vel daarligt kunnet taale det for din Bronchitis, men ellers – jeg ved det ikke, Dis, jeg har tumlet med det og spekuleret paa, hvordan Lugge ville føle det, men er ikke kommen til noget Resultat. Lad os haabe, at det du valgte var det rigtigste. 
+[Skrevet langs højre kant paa s4:]
+Lørdag 
+I Dag er det altsaa den store Dag i Kjerteminde! Jeg havde i Aftes en af mine ikke usædvanlige Søvnløshedsanfald, hørte saa Klokken slaa 2, men da ikke halv 3. – Kl. 5 vaagnede vi ved at en Bil kørte ind i Gaarden – Lysse og Bimse: 
+[Skrevet på hovedet øverst på s. 4:]
+min første Tanke var: så kommer Christine ikke, men ingen af dem havde tænkt paa at spørge Lysse om, hvordan det hang sammen, men jeg er da forberedt paa, at jeg saa ikke faar hende at se og det havde 
+[Skrevet på venstre kant på s. 4:]
+jeg dog saadan glædet mig til. – Jeg laa og fulgte Slagets Gang, hørte Manse gøre Ild, kalde paa Peter og sætte Madvarer frem for dem; naa, jeg fik da sovet fra 8-10, saa nu gaar den vel. Lys. og B. har vel skiftedes til at køre og sove!
+[Skrevet langs venstre kant på s. 2:]
+Jeg saa dem altsaa slet ikke, hvad der ikke gjorde noget, ieg har jo aldrig været ovenud indtaget i Bimse. Hvis Chr. ikke kommer bliver jeg altsaa den eneste Repræsentant for Alheds Familie
+[Skrevet på hovedet øverst på s. 2:]
+Naa, saa slutter jeg af, lille Dis. Du kan tro, det er mig en stor Glæde at faa saa gode Breve fra dig Endnu en Gang Tak for Pakken, Hilsen til Jer begge, din Junge.</t>
+  </si>
+  <si>
+    <t>1948-02-06</t>
+  </si>
+  <si>
+    <t>Edel -
+- Agner
+Alhed Marie Brønsted
+Ellen Brønsted
+Else Birgitte Brønsted
+Johannes Nicolaus Brønsted
+Louise Brønsted
+Peter Oluf Brønsted
+Thora Cohn
+- Føge
+Poul Gregersen
+Ernst Hartmann
+Joseph Haydn
+Adolph Larsen
+Andreas Larsen
+Jeppe Larsen
+Johannes Larsen
+Peter Andreas Larsen
+Else Larsen, Else, Andreas Larsens kone
+Christine  Mackie
+Axel  Müller
+Lauritz Pedersen
+Holger Rasmussen
+Mads Rasmussen
+Ane Talbot
+Erik Warberg Larsen
+Lise Warberg Larsen
+Martin Warberg Larsen
+Per Warberg Larsen</t>
+  </si>
+  <si>
+    <t>Johannes Nicolaus Brønsted døde 17. dec. 1947. Tornehave i Birkerød var han og hans families hjem.</t>
+  </si>
+  <si>
+    <t>Johanne anbefaler Astrid at købe en større pibe.
+Louise/Lugge er ramt hårdt af sorg efter mandens død. Johannes Larsen skal bo hos hende nogle dage i forbindelse med en udstillingsophængning. Måske skal Louise flytte ind i en af Tornehaves sidefløje. 
+Johanne og familien har haft selskab. Martin/Manse havde skudt en tjurhane, og man inviterede gæster og møblerede om. Johannes Larsen ville tidligt hjem, men resten af selskabet festede til ud på natten. 
+Peter og Martin/Manse har tapetseret og hængt billeder op. 
+Laura/Bibbe har været hjemme. Hun synger i kor - blandt andet Haydn - og har fået en flot selskabskjole til dette brug. 
+Familien har lært tyske Ernst Hartmann at kende.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/dAa2</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru A. Warberg Müller
+Bakkevej 12
+Hareskov 
+[Skrevet af ukendt:]
+9’ Febr. 1948.
+besv. 22 Febr.
+(næste Brev først – 6’ Marts!)
+1946-48 
+[Skrevet på kuvertens bagside:]
+Lindøgd. Dræby Fyen
+[I brevet:]
+Lindøgaard
+Fredag 
+[Tilføjet af ukendt:] 6/2-48
+Kære lille Dis!
+Tusind Tak for dit sidste Brev, der jo ikke, som du selv bemærkede, var slet saa glansfuldt som alle dine senere Breve ellers har været. Tobaksmissèren er jo ret alvorlig, hvis du ikke kan vænne dig til Piben; mon ikke det vilde hjælpe, hvis du fik en lidt større Pibe, de bittesmaa er vist ikke saa gode at ryge af, og saa skulde du jo gerne finde noget meget mild Tobak, den – synes jeg – bider ikke saa meget paa Tungen som den fine Tobak, der næsten altid tillige er stærk. Jeg forstaar saa godt, at Savnet af Tobakshyggen maaske bliver det værste at undvære. - - Du tog lidt for tungt paa, at du ikke havde takket for Julebrevene – skidt med det, men du forstaar, jeg vilde bare vide, om du havde faaet dem. - - At I har ondt ved at faa Pengene til at slaa til, er sandelig ikke underligt, gid I maa kunne klare det!
+Lugge havde jeg Brev fra for ikke ret længe siden, et ganske lille et – Svarbrev -. Saa vidt jeg kunde se, er hun ikke kommen ret vidt endnu; hun kan slet ikke taale at se Mennesker endnu; kun en Fru - nej jeg har glemt Navnet – havde været hos hende en Eftermiddg, en hun staar meget nær. Las skulde ind til Kbhvn i Anledn. af hans Udstilling; de havde ringet og talt m. Bes, som jo stadig bor der, om Las maatte bo der, og det maatte han, jeg kan ikke vide, om det ikke skulde gøre hende lidt godt, Las med sit rolige Væsen – og Lugge ved jo godt, at der bag hans dagligdags Facon findes megen Varme og Medfølelse. Mornine har jeg haft en Del Breve fra siden Mag. døde, og hun skriver stadig om, hvor forfærdelig Lugge lider, jeg har været bange for, at det helt skulde knuse hende, men for Børnenes Skyld gør hun jo, hvad hun kan for at komme over det, Hun ved endnu ikke, hvor længe hun kan blive boende, det skal nu undersøges, om Sidelængen i Tornehave er god nok (solid nok, menes der vel) til at der kunde indrettes en Lejlighed til hende der, det vilde hun helst, skrev hun, bo alene i et lille Hus kunde da aldrig gaa i disse usikre forbandede Tider med alle de Forbrydere, som Krigen har affødt, der hitter paa alt muligt ondt. Ja, Dis, det er som et stadigt Tryk dette at tænke paa Lugges forfærdelige Sorg, bare hun dog kunde blive Menneske igen, baade for hendes egen, Børnenes og vi andres Skyld. Jeg har gaaet lidt alene med min Sorg over hende, godt at Mornine har skrevet lidt til mig. Elle har jeg ikke set siden Magisterens Død, kun 
+2.
+talt een Gang med hende i Telefonen efter Juleferien; da sagde hun, at Lugge havde saa forfærdelige faa fysiske Kræfter. 
+Vi har egentlig haft en rørig Tid her; I Dag for en Uge siden havde vi Selskab. Manse havde nemlig skudt en Thurhane, da han i Julen var paa Båxhult, og Lysse havde givet ham den med hjem: saa vilde Manse have Dr. Agners og Lases herud at spise den, og du kan tro, det blev en Succés; de fik Silde- og Ostesnitter X først, dertil havde jeg givet ½ Flaske Snaps; saa Tjur og henkogt Fasan, Æbletrifli m. vores dejlige fede Flødeskum paa - de jublede over al den Fl.sk. Jeg havde været lidt ængstelig for om Lases og Agners, der aldrig før havde sets, kunde spænds sammen, men det gik fortræffeligt. Jeg havde lavet Stue i Havestuen, hvor Manse har Soveværelse, flyttet hans Dyne væk, saa Sengen blev en Ottoman, det store Gulvtæppe og Lænestolene flyttet derind, et lille lavt Bord med Tobaksanretn. foran Ottomanen, Tæppe foran, mit brogede Slumretæppe hængt for Havedøren, Julelys i en Række paa Dragkisten – ja, da vi kom derind efter Bordet, og Edel havde tændt alle Lys, og Stuen var varm og helt gennemlun, saa var det aldeles henrivende
+[Skrevet langs sidens venstre kant:]
+X da vi gik til Bords og Las saa Snitterne paa sin Tallerken sagde han: H ["H" overstreget] sikke noget dejlig Mad!
+saa jeg selv var helt imponeret af det. Ud paa Aftenen The her i Spisestuen, men saa vilde Las ogsaa hjem. Han var om Onsdagen kommen i Seng Kl. 4 ½ efter en Fødselsd. i Faaborg – Mads Rasmussens Søn fyldte 50. Godt gjort af en Mand paa 80. Bagefter festede vi videre med Doktorens, som begge er knusende søde; Fru A. havde en Sammenplantn. med til mig, som har staaet lige til i Dag: to røde Tulipaner, blaa Krokus m. 3 Blomster og gule Erantis, den har været henrivende. Søndagen før havde Manse, Tinge og Peter tapetseret her i Spisestuen, jeg er meget imponeret over Arbejdet, det er som en Fagmand har lavet det. Tapetet meget smukt fint grønstribet, meget lyst. Hele Mandagen hængte vi Billeder op – ja, det var da Manse, som gjorde det; jeg havde Køkkenarbejde, da Edel havde fri fra Søndag Middag til Tirsd. Morgen. Jeg synes, hun maa være bleven imponeret, da hun kom ind den Morgen, for alt var gjort rent og i Orden, Blomsterne bruset, alt paa Plads, Gulvet vasker og bonet og Væggene fulde af Kunst. Jeg havde ikke rørt en Finger ved det, Manse og Peter lavede det hele, men ikke eet Billede blev hængt op, uden at jeg blev klar ["klar" overstreget] kaldt ind for at afgive min Kendelse. 
+3.
+Manse sætter i det hele taget og i alle Forhold megen Pris paa min Dom og Mening, det kvæger mig meget; han er i det hele taget saa umaadelig sød imod mig, og altsaa ogsaa anerkendende; naar man gaar i sit 75de Aar, maa man vist ikke undlade at sætte Pris paa det og det gør jeg ogsaa.
+Vi har haft Bibbe hjemme et Par Dage; hun kom Onsd. Aften ved 9 Tiden og vi havde saadan en hyggelig Aften med hende; trods al hendes Lykke m. Lauritz længes hun efter os og Lindøgd. og hun var saa glad over at være her hos os. Hun kan desværre saa daarlig holde til saa tit at komme sent i Seng; hvad de har haft af Koncerter, Prøver, Sammenkomster, Jubilæumshistorien! ja, jeg kunde slet ikke følge med i det. Hun har faaet en pragtfuld Selskabskjole, lang, sort, vid, nedringet, sort Silke; de skulde forleden til Odense, hvor Aarstiderne af Haydn gik, Bibbe sang i Koret. Der saa vi Kjolen, da de kom efter Manse, som de havde inviteret; jeg skulde ogsaa have været med og sørgede over ikke at kunne; jeg gik med Tøffel p.Gr.a en betændt Ligtorn, Fanden staa i den! Bibbe saa henrivende ud i den Robe, og saa har hun faaet en Frakke med Sølvræv, hun er ikke billig!
+Hen paa Eftermiddagen næste Dag gik hun og Lise, som Agraren havde hentet om Morgenen ned til Lindø, hvor hun skulde dyrke dem Resten af Dagen det var neml. Pers Fødselsdag, og Per er jo Bibbes Yndling. Næste Dag over Middag ["over Middag" indsat over linjen] kørte Peter hende hjem paa sin Motorcycle; du kan tro, det var dejligt at have hende. 
+Vi har dyrket en lille Tysker Ernst Hartmann, som Manse og Poul Gregersen havde truffet nede ved Havnen; Manse inviterede ham til Middag i Søndags og saa kom han igen Tirsd. Aften (Peter hentede ham) du kan tro, det var en straalende glad lille Tysker, som Peter kom ned, vi havde været gode imod ham, og han fortalte mig, at han syntes, han havde lært saa meget af os ved Samtalerne med os; de Tyskere skal jo have Sandheden at vide fra andre, i deres Hjemland faar de den saavist ikke at vide; ingen af hans Kammerater vil indrømme at Tyskland selv var Skyld i Krigen, sagde han, men han selv begyndte at forstaa det. Han var Lægesøn fra Bremen, af Officersfamilie. 
+Lørdag Nu maa jeg se at faa dette færdigt. Jeg skal nok sørge for Plads til os i Nyborg; mon den Tur virkelig skulde blive til noget, det mener altsaa Fru Føge, jeg har ellers haft mine Tvivl. Jeg tror nu ikke, det bliver svært at skaffe Plads først i Maj, Sommerferien er jo noget ganske andet, men der er næppe mange paa den Tid, hvor vi vil være der. 
+Gid det nu maa gaa bedre med alle dine Genvordigheder lille Dis! Hils Axel og vær selv hilset fra din Junge. 
+[Skrevet langs venstre kant på s6:]
+Tirsd. Aften sad vi og snakkede med Tyskeren til halv 1; du skulde have hørt mit Sprog, halv tysk og halv engelsk – som han taler; vi lod ham tale Tysk og svarede paa Engelsk, det gik stolt.</t>
+  </si>
+  <si>
+    <t>1948-06-01</t>
+  </si>
+  <si>
+    <t>Gustav Helms
+Adolph Larsen
+Marie Larsen
+Axel  Müller
+Lauritz Pedersen
+Ellen  Sawyer
+Karen Warberg
+Marie Warberg
+Lise Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Jomfru Marie er i denne sammenhæng formodentlig Marie Larsen. 
+Titterne var søstrene Karen og Marie Warberg. De voksede op på Glorup, hvor deres far var godsforvalter.
+Det vides ikke, hvem Dr. Bech var.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0574</t>
+  </si>
+  <si>
+    <t>Johanne C. Larsen tror, at Astrid Warberg-Gs mavesmerter skyldes, at hun ikke kan tåle det hårde arbejde. 
+De to søstres fælles ferie var dejlig og kan måske gentages et billigere sted. 
+Titterne (Karen/Nina og Marie Warberg) var søde, men Johanne er ikke enig med dem om fredsbevægelserne. Det er dog fint, at de er religiøse.
+På Glorup har man dårlig smag. Johanne har altid glædet sig over, at Adolf/Agraren Larsen har god smag. 
+Lauritz Petersen er et dejligt menneske. 
+Ellen Sawyer spurgte engang pastor Helms, om han kunne omvende hende. 
+Lille Lise Warberg er sød og siger nogle sjove, modne ting. 
+Adolf og Johanne Larsen har kørt en tur ved marken og set på klydereder.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/QZ8G</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Xxx
+Modt. 3’ Juni 1948.
+(min 44 års bryllupsdag – m. Alfred!)
+Mors + Dis’s ophold (8 dage?) nej 10 dge [”nej 10 dge” indsat over linien] på Nyborg Strand
+er omtalt.
+Fru A. Warberg Müller
+Bakkevej 12
+Hareskov.
+26-2-2000.
+Bibbe-Kerteminde.
+[Håndskrevet på kuvertens bagside:]
+Lindøgaard Dræby St, Fyen.
+[Trykt på label:]
+F.E. BORDIN A/S KBHVN
+MÆRKAT NR. 3976
+Dansk Sømandsmission i fremmede havne
+[I brevet:]
+Lindøgaard 1_ste_ Juni 1948.
+Kæreste lille Dis
+Tusind Tak for dit lange gode Brev i Gaar. Ja, godt skriver jeg, men det var da nu langt fra godt, at du igen fik de Mavesmerter. Jeg synes, at naar det holdt op allerede paa 2den Dag, da vi kom til Nyborg, var borte alle de 11-12 Dage, du havde Ferie og du ["du" indsat over linjen] fik det igen, saa snart du begyndte at arbejde, saa tyder det rigtignok stærkt på, at det er det legemlige Arbejde, du ikke kan taale – og det er saa sandelig ingen Trøst. Du husker nok, at jeg formodede det var nervøst, men hvis den Formodning var rigtig, så skulde man tro, at den Restitution, som Ferien gav dig, skulde have været længere, saa du ikke øjeblikkelig skulde faa de Smerter igen; med mindre naturligvis, at det virkede som et Chok for dig at finde Huset i Uryd ved din Hjemkomst?? Hvis det var Tilfældet, kunde det maaske alligevel være en rigtig Diagnose med Nerverne. Men godt, at han vil indlægge dig og faa det rigtig undersøgt. Det er rigtignok skidt, lille Dis, for det tager jo altfor meget paa dine i Forvejen svage Kræfter. Gud være lovet, at Jomfru Marie vil tage med Jer til Småland, så du ikke behøver at skuffe dem. Gid I dog nu kunde faa lidt godt Vejr, saa maaske de gode Traveture i det underskønne Vejr vil hjælpe dig. Hvor sødt af Axel at han fik lavet alt det i de to Stuer, mens du var borte – ja Lauritz skal nu være godt vaagen, om han skal naa at stikke Axel som Ægtemand.
+Ja, du har rigtig nok Ret i, at det var en liflig Tid, vi havde, og det er jo ikke alene mens det staar paa, at man har Glæde af det, jeg tænker saa tit paa det og gen-nyder det. Jeg er lige ved at give de to liflige Stunder i Feriehusets Solkrog Prisen, hvor var der dejligt og fredeligt og smukt. Ogsaa Markvandringen ved den nedlagte Rævefarm, og Siestaen paa den stille Sportsplads – ja, det var jo dejligt altsammen. Og selvfølgelig først og sidst Samværet med vi to alene, det gaar kun alt for sjældent paa. Ved du, hvad vi maaske kunde have gjort – men ikke gjorde: at forhøre os om et eller andet Sted der, som ikke vil have 17 Kr. om Dagen, og som alligevel er i Nærheden af Skov. Egentlig kan vel baade du og jeg nok nøjes med at have Strand lidt paa Afstand; se den kan man jo altid der i Nyborg. Gid man var rigere. 
+2) 
+Ja, Glorupopholdet var en Oplevelse; den rent ud sagt overraskede mig; jeg havde ikke tænkt mig, at vi havde faaet saa meget ud af den, jeg har heller aldrig været Titte paa saa nært Hold eller vidst, at hun var et saa betydeligt Menneske for det er hun jo absolut jeg har aldrig vekslet Brev med hende, det er altid Nina, den søde gode Nina, som jo ikke rangerer just saa højt intellektuelt set. ”Hun japper saa meget i sin Tale”, skriver du, ja, det er saa karakteristisk, men det er intet imod, naar man taler i Telefon med hende; saa spørger hun om et eller andet, men uden at høre Svaret kvidrer hun videre, og ud over al den Kvidren bliver det ikke til noget. Men trods Slægtsfølelsen over for Titte, er der nu meget som skiller hende fra os i Meninger; lagde du f. Eks. Mærke til den Foragt hvormed hun omtalte Fredsforeningen, som dog er Fredsbestræbelser fordi det, de gør og vil, er at opdrage Mennesker til at føle Fredsvilje, de begynder efter min Mening netop der, hvor der skal begyndes: at prædike Fredshigen ind i Menneskementaliteten, og det er nu et lidt trist Standpunkt at foragte det; og meget militært indstillet kan du tro, de er. At de er ortodoxe med Religionen, synes jeg ikke gør noget, det er jo et privat og beundringsværdigt Anliggende – nu vrøvler jeg – jeg mener, at det sikkert er deres Religion, som faar dem til at være saa gode, som de er og saa redebone til at yde deres Medmennesker Hjælp, og det er jo da beundringsværdigt. Det smukke Forhold som er mellem dem er jo et helt Mønster for Søstre, selv du og jeg, som staar hinanden saa umaadelig nær, kan af og til ”skurre i lidt” Den daarlige Smag søm stødte dig en Del, ser jeg slet ikke; det er simpelthen Glorup, som det altid har været, og hvor langt ["langt" overstreget] jeg har færdedes langt mere end du; hvem ved, om deres Smag ikke godt kunde være udviklet, hvis de nogensinde havde været ude for lidt Paavirkning i den Retning; vi har jo anderledes færdedes i Kredse, hvor god Smag er det normale. Det har altid glædet mig, at Agraren har saadan en god Smag; ja, den er langt sikrere end min, for det betyder jo meget og er et stort Plus ved et Menneske, at han eller hun har en god Smag. 
+Ja, hvor Bibbe dog er lykkelig, Og hvor Lauritz er et henrivende Menneske; jeg kommer til at holde mere og mere af ham for hver Gang jeg er sammen med ham, der var 
+3)
+noget helt overjordisk ved ham den Aften, da han saa varmt, saa klart og saa enkelt fortalte os om [”om” indsat over linjen] om sin religiøse Indstilling; det gik igennem mig: hvor jeg dog elsker dig Lauritz, og hvor du er et vidunderlig Menneske. Du sagde ved den Lejlighed ”Det er nu din Vej, Lauritz, og jeg må sige, at hvis jeg kunde være saa lykkelig overhovedet at have en Vej, saa vilde jeg helst have den, han der viste os. Apropos – det om at have en Vej – Elle har fortalt mig, at hun en Gang sagde til Pastor Helms (Valgmenighedspræst i Kjerteminde og en udmærket Mand): Hør Pastor Helms, kunde De dog ikke prøve at omvende mig, for jeg vilde saa gerne omvendes”, men det mente han nu ikke, at han kunde, sagde Elle, saa det blev ikke til noget. NB: Elle sagde det ikke for at være vittig, men i fuldt Alvor. Ligner det ikke Elle? Det var kedeligt, at du ikke fik set lidt mere til hende, men du kan ellers tro, jeg fortrød ikke, at jeg ikke havde overtalt dig til at blive her på Lindøgaard, for her har været saa isnende koldt. Jeg har slet ikke prøvet at varme Dagligstuen op, men er flyttet herned i Spisestuen igen. Varmt har her dog ikke været, for vi har forlængst faaet Sommerfyret i Komfuret, saa det giver kun en Smule Lunkelse her ind, men dog nok til at jeg har kunnet klare mig, [komma overstreget] med Vinterkluns paa og mit gode varme Tante Else-Tæppe om mig. Det var nu rart, at du naaede at faa Ungerne at se og morsomt at du syntes Lise var sød. Jeg havde hende hele Dagen i Gaar, og hun var saa henrivende, den glade lille Unge. Hun er saa pudsig med alle sine voksne Udtryk, f. Eks. sagde hun i Gaar, da hun drak Mælk: naa da, hvor jeg bæller i mig, hendes Ordforraad er vist nok ret enestaaende af et Barn paa 3 Aar; og saa er hun et lille Følelsesmenneske; da Agraren fulgte hende hjem i Gaar, lagde hun sin lille Kind paa hans Haand da han gik med hende ved Haanden, saa op paa ham og sagde: jeg holder saa meget af dig. Var det ikke sødt? - - Jo Tak, lidt Regn har vi da faaet, jeg antager lidt op imod 20 Mm. og det har rettet Afgrøderne godt op. Jeg havde en herlig Formiddag i Gaar – nej, i Dag, hvor vi har haft rigtig et yndigt Maj-Vejr. Agraren satte Molly for Giggen og kørte mig rundt i Markerne helt ud i den yderste Fold og saa ad Strandkanten hjem, det var en vidunderlig Oplevelse
+Ja saa kun tusinde Hilsner baade til dig og Axel! Rejser I saa d. 13de Juni? Din Junge. 
+[Skrevet på bagsiden af første side; fortsat fra ark 2:] 
+han kunde ikke vide at Manden var usikker, han var ansat og havde været det længe i det Firma hvor han havde købt Malkemaskinen Men han – Manden – havde snydt i Skat og faaet en Bøde paa 20.000 Kr. og det kan han ikke klare. Men de kan jo 
+[Skrevet langs venstre margen på bagsiden af første ark:]
+ogsaa lade være med at snyde! Ja saa kun tusinde Hilsner baade til dig og Axel! Rejser I saa d. 13_de_ Juni? Din Junge
+[Skrevet øverst på hovedet på ark 2:]
+Nu bliver det vist ikke til mere, lille Dis, for denne Gang, lad mig tilsidst sige dig tusind Tak for det gode ...
+[Skrevet langs venstre margen ark 2:]
+mest 1150 Kr til Termin idet han solgte ...
+[Skrevet på hovedet øverst på bagsiden af ark 2/s. 4:]
+Naar Dr. Bech siger, at hele Hareskov vist er et usundt Sted at bo, saa er der dog alligevel lidt om vores Snak, selv om det ikke netop gælder selve Jeres Hus; men du ved nok, at siden jeg fik at vide, at der aldrig er Aftentaager har jeg taget mine Ord
+[Skrevet langs venstre kant på forsiden af ark 2/s. 3:]
+i mig; Erikshaab var sikkert ogsaa et meget usundt Sted at bo, men der var vi jo nu en Gang, saa derved var intet at gøre. 
+[Skrevet på hovedet øverst på bagsiden af ark 3/sidste side:]
+han kørte langs Kartoffelrækkerne for at jeg kunde se 3 Klyder, som ligger paa Æg; den ene blev liggende paa Reden skønt vi holdt stille, ikke to Alen fra den, den anden gik fra Reden
+[Skrevet langs venstre kant på forsiden af ark 3/næstsidste side:]
+og stod og skældte ud lige ved Vognen; det er nogle aldeles henrivende Fugle med deres høje fine Ben – Agraren sagde ogsaa, at det var en Oplevelse at se dem saa nær, en Opl. som ikke mange fik.</t>
+  </si>
+  <si>
+    <t>1949-03-12</t>
+  </si>
+  <si>
+    <t>Ena -
+Harriet Afzelius
+Axel Beck
+Henrik Bichel
+Peter Bichel
+Otto  Fischer
+Johannes Hohlenberg
+Alhed Larsen
+Marie Larsen
+Axel  Müller
+Peter Rohde
+Thorkild Roose
+Ellen  Sawyer
+Janna Schou
+Christine Swane
+Fritz Syberg</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvem Agnes, Peter, Edel, Ena og Lehmanns var.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0796</t>
+  </si>
+  <si>
+    <t>Harriet Afzelius har fået en søn med en psykiater.
+Astrid/Dis Warberg lider af kløe.
+Christine Swane/Uglen og Marie/Rie Larsen skændes altid.
+Agnes har inviteret Astrid hjem. Hun og Peter bor smukt, og de lever sundt. De er kommunister, og Astrid er uenig med dem om meget.
+Henrik Bichel har været på besøg. Det samme har Dr. Beck, og de talte om skuespil med ham. 
+Rohde har anmeldt Hohlenburg i Information.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/AOwC</t>
+  </si>
+  <si>
+    <t>[Håndskrevet med kuglepen på kuvertens forside:]
+4-6-03.
+[Håndskrevet med blæk:]
+Fru Johanne Warberg Larsen
+Lindøgaard
+Dræby
+Fyen.
+[Håndskrevet på kuvertens bagside:]
+A. Warberg Müller
+Hareskov.
+[Håndskrevet i brevet:]
+1.)
+Bjørnsholm, Ll. Værløse, 12/3-49.
+Kæreste lille Junge!
+Tak for dit sidste, goe Brev – bare du ikke har gået og ventet på Brev, da jeg skrev til Elles Fødselsdag, bad jeg hende ringe og fortælle dig, at jeg [et overstreget bogstav] rejste her op og at jeg skrev, når jeg kunde men som så kom jeg i Tanker om jeres uhørlige Telefon – og at Klokken el. Flytningen [”el. Flytningen” indsat over liljen] måske ikke endnu er installeret og så kan du jo ikke vide, hvorfor du intet hører - for hjemme har jeg da i Nødsfald Skrivemaskinen – men her er jeg altså, og som du ser kan jeg nu helt godt styre Pennen igen, selv om jeg er langtfra min tidligere Hastighed. - Jeg har nu lige læst dit Brev (som jeg fik 2’ Marts). Harriets lille Pige er en Dreng, det har ikke været mig muligt at få at vide, hvor hun er, men hun har da Drengen hos sig, og så må hun vel søge Stilling igen, hun var vist en Slags Sekretær på Kommunehospitalet, det var vel dér, hun traf Bæstet – nå ja – det er jo en Sygdom at være Psykopat – og de siger forresten, at han er en meget lystig – Psykiater +) (”+)” indsat over linien) (som det jo nu hedder) – og meget elsket af sine Patienter!
+Så skriver du om Kløen – den er om Natten sommetider ved at gøre mig desperat – Dr. siger, at der er intet at gøre, men man experimenterer - ! De prøver med Hormontabletter – måske – siger de – skyldes Kløen, at man når man ældes ikke mere kan producere Stoffer, hvis Mangel så frembringer Kløe, men er ikke nået videre end til Experimentet; Lidelsen skal være meget udbredt. Det kommer ikke af Frugten – Edels og Enas Tilfælde er sikkert Nældefeber – Be tålte heller ikke Æbler – eller Svedsker, så fik hun også Nældefeber - - Ja, hvor der er meget endnu for Lægerne at opdage, mange mærkelige indre Sammenhænge. 
+Hvor er det altid morsomt at høre om Jeres Fastelavnsryttere – tænk, at den Skik bliver ved at holde sig! og hvilken Svir for Lise – jeg forstår så godt, at du var ked af, at hun blev misforstået; jeg var så glad ved at du fortalte mig så meget om alting hos Jer, man vil jo så gerne kunne følge med i Tankerne. Hvor sødt af Rie at sende dig de goe Ting; men tror du dog, at hun lider så meget under, at Uglen hakker (det gør Uglen vist altid) - de har jo altid levet i en Atmosfære af Småskænderi, så mon det ikke er deres naturlige Element? os andre vilde det jo ihjelslå! 
+2/
+Hvor bliver der dog en Masse, man ikke får fortalt, når man laver sådan et Ophold mellem Brevene, som jeg har gjort her – jeg må hellere begynde med det seneste.
+Jeg kom hertil i Mandags d. 7 Marts (Far!) i dag er det Lørdag, og jeg rejser i Morgen, Søndag, da jeg ikke nænner at svigte lille Marie, vi er for længst bedt til hendes Fødselsdagsgilde i morgen, og der bliver viftet med at ”Sognefogdens” kommer - til de andre Gæster; men jeg må i Aar svigte med Sange og Prologer, som jeg ellers plejer at lave, dertil manglede i Aar den fornødne Kraft og selv om det går langt bedre nu, så har jeg ikke kunnet lave det heroppe. Det var Agnes, der fandt på det, da hun ringede engang i sidste Uge og hørte, at jeg stadig var så sløj, så spurgte hun om jeg ikke vilde op til dem og være en Tid for at komme mig; intet bedre kunde ske – allerede den 3die Dag forsvandt den dødelige Træthed - og du ser, at jeg nu næsten kan skrive normalt. Her er ganske vidunderligt på alle Måder, søde, hjertensgode Mennesker, et meget smukt Hjem, hvert eneste Rum er en Skønhedsåbenbaring, man føler, at hver eneste lille Ting er nøje gennemtænkt, her er mange gamle Ting, men også meget nyt, der er ligeså smukt; det er en hel Nydelse at gå rundt og se på alting og stadig opdage noget, man ikke før havde set. De er jo begge Komm[unister] men af den fredelige Slags, som man kan tale med – og vi er ofte inde på det kildne Emne. Ofte siger Agnes: ”Ja, hvis dét er sandt, hvad du dér siger, så er jeg ikke Kommunist. Og til Peter kan jeg ustraffet sige: ”hvorfor er det så frygteligt, at vi kalder meget af Jeres for Løgn, når I bestandig hævder, at alt vores er Løgn?” 
+En Dag havde vi besøg af Henrik Bichel, læge i Farum; det blev jo til snak om mine Søstre, dem han kendte, og tænk, så sagde han:” Ja, Elle er jo meget borgerlig!” Jeg fortalte om Elles lystige Liv og Levned om Vagabondtrangen fra Ungdommen osv – nej, han kendte hende godt, hun var borgerlig; og han er ikke Kommunist – kom tværtimod med de værste Udfald imod de ”forbandede Komm.”, Agnes tav smilende. 
+Noget efter sagde Henrik til mig: ”Ja, hvordan var det – var du ikke lidt halvforlovet med min Far?” ”Ok nej, jeg var mere end hélforlovet”. Men hvad synes du dog om det Stempel på Elle, som er kommen så meget i Rynkeby. Men måske tillægger han Ordet en anden Betydning, for mig betyder det ”spids_borgerlig”, og det er Elle da ikke. 
+3) Da jeg kom derop i Mandags, fulgte Axel med og var her til en af de snart mange hyggelige og muntre Frokoster vi har haft heroppe. 
+En Aften inviterede de Dr. Becks herop – vi fik fint Smørrebrød, _Snaps, Øl, Kaffe. Stemningen blev ophøjet – det var morsomt at se Dr.s i et helt andet Milieu – her var han mere løssluppen, fortalte en Masse om sine Skuespil – og vi drøftede Skuespilkunst – og Maleri – og sociale Forhold – alle morede vi os aldeles storslået – og det trak ud til de små Timer. Jeg har da fortalt, at Naborsak forrige Mandag inviterede Axel og mig ind at se ”Freden” (af ham) og Selskabsrejsen af Leck Fischer. Axel havde ikke Lyst, da han gik med lidt Maveforkølelse, vilde ikke risikere at måtte rende på WC derinde – og så tog vi Janna med i Stedet – kørte om efter hende og afleverede hende dér igen. ”Freden” var et meget betagende Stykke – det fik dårlig Kritik, men blev en stor Publikumssuccés, der stadig trækker fulde Huse – vist 5 Gange om Ugen – Dr. får Procenter – c. 200 – 300 hvergang! I ”Selskabsrejsen” blev jeg så betaget af Rooses Spil som ”Døden”, at jeg næste Dag skrev til ham og - fik det sødeste og meget taknemmelige Svar! Jeg viste Naborsak det, da de var her den Aften, han kunde godt forstå, jeg var meget stolt. 
+Nå, så er der i Information en alenlang Anmeldelse af Rohde, af Hohlenburgs Essay-Samling: ”Den trange Port”, Peter forærede mig Bogen, da jeg ikke vilde have Honorar, og jeg sagde til ham, at den Bog havde han absolut ingen Forudsætning for at kunne anmelde – jeg tror virkelig, at den Bemærkning har fået ham til at gøre sig mere Umage – ganske vist var der Uforskammetheder og til Slut var han direkte giftig, men der var dog saglige Perioder med hist og her virkelig Anerkendelse. Jeg har lige haft en lille Brevvexling med Hohlenberg, der var meget interessant, men det bliver for vidtløftig at komme ind på, desuden kan min Arm ikke mere. 
+Ikke mindst storartet har det været, at jeg heroppe har levet helt vegetarisk, og med megen Råkost. The er Lindethe med Citron i, og hver Formiddag får vi et Krus udpresset rå Saft af Rødbede, Kartoffel, Æble, eller af Appelsin og Citron. Agnes og jeg holder os helt til denne Kost – som føles livsalig – men den tykke, muntre Peter får hver Dag et Tilskud af ”rigtig" Pålægsmad, undertiden Kød. Agnes er på alle Områder knippel dygtig og meget flittig. Jeg har gjort mit Værelse i Stand – ellers intet, en dejlig Drivertid. 
+Jeg tør ikke ta et Ark til, man må være mådeholden med de nye Kræfter.
+Tusinde Hilsner fra din Dis 
+[Skrevet langs venstre margen på forsiden på ark 1:]
++) måske kan man blive Psykopat af at være Psykiater – hvem ved!
+[Skrevet langs venstre kant på sidste ark:]
+Ps. Det har været en gansk_e _dejlig Tid heroppe, men nu glæder jeg mig til at komme hjem til Axel. Han har telefoneret hver Dag – igår var han til Middag hos Lehmanns. 
+[Skrevet langs venstre margen på bagsiden af ark 2, s. 4:]
+ps. Peter og Agnes boede for et Par Aar siden i Kerteminde i Ferien. De spadserede til Munkebo – hilste på Maleren ved Kroen – gik over Drigstrup hjem, så Sybergs Grav. 
+[Skrevet langs venstre kant på bagsiden af ark 1, s. 2:]
+ps. fortsat. Et andet Aar var de i Sallinge, så Hillerlev Kirke etc. Ifjor var Peter på Færøerne – fortæller morsomt om alt deroppe. De har rejst meget – Paris – Sydfrankrig – Schweiz – Tyskland – sjove Mennesker.</t>
+  </si>
+  <si>
+    <t>1949-05-24</t>
+  </si>
+  <si>
+    <t>Louise Brønsted
+Thora Cohn
+Adolph Larsen
+Andreas Larsen
+Grethe Larsen
+Henning Larsen
+Jeppe Larsen
+Johannes Larsen
+Martin Larsen
+Kirsten Larsen, Elena Larsens veninde
+Else Larsen, Else, Andreas Larsens kone
+Ellen  Sawyer
+Lars Swane
+Ane Talbot
+Ursula Uttenreitter
+Andreas Warberg
+Minna Warberg
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvem Frk. Hansen, Keld, Per, Ole og Thyra var.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB 0659</t>
+  </si>
+  <si>
+    <t>Andreas/Dedde Warberg har været på besøg hos Ellen Sawyer. Andreas og Else Larsen kom og snakkede. I øvrigt er der ikke megen kontakt mellem "Malerens" og de øvrige i familien. Kun Martin/Manse ses med Johannes Larsen til fuglesnak. Andreas/Puf Larsen er blevet lidt sær. Han er netop fyldt 50.
+Dedde tog videre til Lindøgaard, og man gik tur og så på afgrøderne. Det er trist, at Dedde fik en kone, som ikke passer til ham. 
+Louise/Lugge Brønsteds hus er ikke færdigt, og det bliver dyrt. 
+Martin/Manse Larsen køber mere jord. Erik/Tinge Larsen er hårdt spændt for.
+Johanne Larsen underviser Ole i engelsk.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/cB31</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru A. Warberg Müller
+Bakkevej 12
+Hareskov St. 
+[Skrevet af ukendt:]
+modt. 25/Maj 1949
+(husk om Lugge!)
+besv. 31/5.
+[Skrevet af Laura Warberg Petersen:]
+19-1-2007.
+10-7-05
+8-8-2000
+BWP. 
+[På kuvertens bagside:]
+Lindøgaard Dræby St. Fyen.
+Danmark.
+[Skrevet af ukendt:]
+16-7-05
+10-7-05
+[I brevet:]
+Lindøgaard 24-5-1949. 
+Kære lille Dis
+Tak for dit Brev! Det var kedeligt, at Du skulde være urolig for min Skyld, jeg havde slet ikke Fornemmelsen af, at det var saa længe siden, jeg havde hørt fra dig, og det er jo gerne det, jeg retter mig efter. Hvis jeg en Gang skulde blive syg, skal jeg nok ”lade dig tilflyde” Underretning, det har jeg vist en Gang lovet dig. 
+Jeg har haft den store Glæde at have Besøg af Dedde. Minna er jo i London, og man har altid Fornemmelse af, at han nyder Ungkarle-Tilværelsen intenst. Han kom til Elle ved 4 Tiden i Lørdags; Elle er jo lykkelig, naar han er hos hende. Puf og Else saa ham fra deres Have og kom ned; de sad saa og snakkede i Haven – i Elles – i det dejlige Vejr, og Elle sagde, at de havde haft det saa hyggeligt. Der er ellers ikke megen Forbindelse mel. Malerens og Elle, hun ved aldrig noget om dem, træffer dem af og til paa Gaden, er aldrig deroppe uden til Fødselsdagsvisitter etc naar hun meget sjældent bliver bedt. Der er næsten heller ingen Forbindelse mellem vore Børn og dem – de vil helst have det saadan. Ja Manse elsker jo Las saa højt og har altid uendelig Snak med ham om Fugle, saa han er der en Gang imellem, men har aldrig Fornemmelsen af at det er synderligt velset hos de unge. Puf er bleven lidt sær med Aarene, særlig paa det Punkt. Puf fyldte 50 nu den 12te Maj. Kirsten havde besørget ham et gammelt-antikt-Fad, som sendtes ham fra Hennings, Brors, Agrarens, mig Tinges og Manse og Bibbe; det kostede 65 Kr. Jeg havde tænkt mig, at vi her og Bibbe skulde have fordret ham et Gavekort fra Boghdl. Eriksen, men saa blev dette arrangeret og var jo ogsaa mere personligt end Bøger, han selv skulde vælge. Han er altid saa mageløs sød ved alle vore Fødselsdage, og jeg syntes saa, at han ved sin 50_Aars_ Dag skulde have lidt ekstra. 
+Men det var Dede. De kom her Søndag Efterm. ved halv 3 Tiden og gik kort efter en lang Tur gennem Markerne; det havde jeg holdt paa, for ingen kan elske Naturen højere end Dedde, og jeg vilde ogsaa gerne have, han skulde se vor lovende og flotte Afgrøde – maaske den bedste, vi endnu har set her paa denne Tid af Aaret. Han var ogsaa glad ved Turen i det underskønne Vejr. De kom tilbage Kl 4 – ja Elle var bleven her hos mig – og Frøken Hansen havde et dejligt Kaffebord og kom med Kaffekanden, da de traadte ind. Du kan tro, det var lækkert, hun er meget dygtig og bager vidunderligt. Dedde havde 10 Cerutter med til mig, saa vi fik en god Smøg og en herlig og hyggelig Snak; desværre vilde han allerede af Sted godt 5, men jeg var jo lykkelig over at se ham; jeg føler mig mere og mere knyttet til 
+2
+Dedde end tidligere. Hvor var det Synd for ham, at han ikke fik en Kone, der passer bedre til ham, saa han kunde have haft et godt Herreværelse med sine Bøsser, sin Hund og Sager i Stedet for den feminine Stue, som udelukkende bærer Præg af Minna. Og saa er Stuen jo endda det mindste ved det! Han hører næsten bedre, end han har gjort, det er da en stor Lykke. 
+Manse var borte i en Uge og havde nydt sin Ferie; det viste sig, at Kelds Ven Dürkopp – eller noget lignende – var gift med en Datter af en af Agrarens Kusiner, saa hun og Manse er altsaa Næstsøskendebørn; hende syntes Manse saa uhyre godt om. Han var saa i Birkerød, hvor Lasse Swane nu bor og var der det meste af Tiden; han og Ursula spadserede en Dag over til Lugge, det var jeg glad ved; hendes Hus er langtfra færdigt endnu; det bliver desværre meget meget dyrere end der ["der" overstreget] det var kalkuleret til, bare lille Lugge kan klare det. Da Manse saa kom hjem, maatte han spænde sig selv forfærdelig haardt for for at indvinde de tabte Arbejdsdage; tidligt oppe er han og arbejder til c. 9 om Aftenen, der er jo ikke saa lidt at gøre paa en Bondegaard; Tinge tager noget af Roepasningen, saa tjener han da noget ved det. De er i Færd med at handle, Manse køber 6 Tdr. Land Inddæmning. Arrangementet med at skaffe Pengene – 3200 Kr. er gaaet i Orden, nu er det bare med at faa Tid til at tage til Odense og faa det lavet færdigt, hos Sagføreren altsaa. Tinge var nødt til at skaffe Penge, han har en Gæld, han ikke kan komme ud af paa anden Maade, og Manse kunde ikke tænke sig at lade den Jord gaa over til fremmede, saa han tog den – ret store - Beslutning at købe. Tinge er jo spændt haardere for end han kan magte; det hjælper, naar Per om et Aar er færdig med sin Lære og kan sørge for sig selv. Lille Ole har de nu megen Nytte af, han er en dejlig Dreng; som han altid hjælper til derhjemme, det kan du ikke tænke dig. Per er nu ogsaa det, selv om hans Tid jo ikke tillader ham at hjælpe; jeg læser stadig Engelsk med ham og han er snart helt gæv, jeg er rørt over, at han ofte, ja næsten altid, naar han kommer spørger – med en lidt bekymret Mine om, hvordan jeg har det, og hvordan det gaar med Knæet; det er da forfærdelig sødt af en Dreng paa 18 Aar, og jeg ikke Fornemmelsen af, at det [et overstreget bogstav] er af Høflighed, men udelukkende fordi det er ham om at gøre at faa det at vide. Saadan noget rører mig dybt og gør godt! 
+Saa til Slut Tak for Brev og Thyra, som er meget interessant denne Gang – og mange Hilsener til Jer begge fra din Junge.</t>
+  </si>
+  <si>
+    <t>1950-06-06</t>
+  </si>
+  <si>
+    <t>Dres -
+Holger -
+Alfred Fly
+Johannes Hohlenberg
+Johannes Larsen
+Helga Nielsen
+Lauritz Pedersen
+Jørgen Schou
+Mette Schou
+Leo Swane
+Erik Warberg Larsen
+Grete Warberg Larsen
+Lise Warberg Larsen
+Martin Warberg Larsen
+Erik Warberg Larsen, søn af Erik og Grethe
+Laura Warberg Petersen
+Troels Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvem Jørgen og Gretes søster var. Lille Marie kendes heller ikke. 
+Laura/Bibbe Warberg P. og hendes familie boede på Andkærgaard.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0662</t>
+  </si>
+  <si>
+    <t>Johanne/Junge C. Larsen har syet 50 servietter siden februar og også strikket til Laura/Bibbe Warberg Petersen. Nu syr hun nogle nye modeller.
+Det er dejligt, at Astrid/Dis skal til Småland.
+En fluesnapper har bygget rede over Astrids dør.
+Laura/Bibbe og drengen har været til middag, men han blev forvirret og græd meget. Lauritz er på rejse med bestyrelsen i en andelsfoderstofsforening.
+Laura/Bibbe er meget egnet til at få børn, og Johanne håber, at hun får flere. 
+Lise Warberg Larsen er på besøg på Sjælland, og Erik Warberg L. savner hende.
+Erik/Tinge og Martin/Manse har været hos Laura/Bibbe til middag. Pigen havde fri, så Bibbe havde travlt. Bibbe har fået voldsomt mange gaver i forbindelse med fødslen af Troels
+Johanne fortæller om Leo Swanes indkøb hos en tobakshandler i Kerteminde.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/55oU</t>
+  </si>
+  <si>
+    <t>[Håndskrevet med blyant på kuvertens forside:]
+10’ Juni 1950
+[Håndskrevet med sort pen:]
+besv. 15 Juni
+(m. Kassen med to hvide Jakker
+1 Sæt blåt Sengetøj – Ramme m. Billeder
+Skriveblok. Undertrøje)
+[Håndskrevet med blå kuglepen:]
+24-4-06.
+[Håndskrevet med sort kuglepen:]
+13-7-05.
+1-7-05.
+[Håndskrevet med blå kuglepen:]
+7-8-2000.
+BWP.
+[Håndskrevet med blæk:]
+Fru A. Warberg Müller
+Bakkevej 12
+Hareskov St. 
+[Håndskrevet på kuvertens bagside:]
+Lindøgaard Dræby St. Fyen.
+[Håndskrevet med sort kuglepen:]
+13-7-05
+[Håndskrevet i brevet:]
+Lindøgaard 6-6-50
+Kære lille Dis!
+Tak for dit lange og gode Brev! Nej, jeg var ikke bleven nervøs; tidligere betød det altid Sygdom, når der var længe imellem Brevene, men nu ved jeg, at det bare er, at det trækker lidt ud, og det gør da ingenting; du må ikke føle Brevskr. til mig som en Byrde eller Pligt. 
+I dette Øjeblik blev de 4 Servietter færdige, jeg skulde først have Kontrolassistentens 12 færdige. Nu har jeg siden midt i Februar syet 50, men hvor er jeg ogsaa flittig, at den megen Strik til Bibbe og andre tager jo også Tid! Og Strømpestopning! Naar jeg skriver smaat, er det for at nøjes med 1 Ark, saa Brevet ikke skal blive for tungt. Mens jeg husker det: Jo Tak, vi vil meget gerne have Trøjen. Tak paa Forhaand. I næste Brev kommer Udklippene og Fotografierne, hvor er de glimrende – især af Jørgen, det er en meget smuk Lighed. 
+Tænk, at I skal til Småland! Tillykke til det! Maaske gaar det meget bedre i Aar med Dres, nu er I ligesom forberedte paa hendes Uomgængelighed. Gid I nu maa få godt Vejr, det betyder meget deroppe. Og ikke alt for hedt.
+Er det ikke knagende billigt med de 100 Kr. for hele Somr'en for Tobedeab. men det er jo ogsaa Penge naturligvis.
+Jo, det var dejligt for dig – det med Hohlenberg, og saa at han kunde saa godt med Holger, det er altid morsomt når ens Venner kan sammen. Og tænk Dis, at I har Nattegale. Aa, hvor vilde jeg dog gerne endnu en Gang i mit Liv høre dens vidunderlige Sang, det giver hele vor Ungdom! Naa, vi har jo ogsaa mange Fugle. En lille Fluesnapper bygger Rede – og har lagt Æg – paa Gesimsen over vor Indgangsdør, du ved der er [Tegning] saadan over Døren. Er det ikke sjovt. Bibbe og den lille har det godt begge to. De var her med Drengen 2_den_ Pinsedag til Aftensmad, de har en lille Kasse til ham, som kan gaa ind i Bilen; desværre blev han saa opreven af Færden, saa han græd meget herhenne, saa de kommer vist ikke saa snart igen. Lauritz er ude at rejse. Han er i Bestyrelsen for ”Fyens Andelsforretn. for Korn og Foderstoffer" og hele Bestyrelsen er i Tyskl. Holland og Belgien for at se paa et eller andet. De kørte d. 2_den_ Juni i 4 Biler, første Dag til Hamborg. Bibbe kørte han til Odense om Morgenen. Desværre er der smadder-hedt, men det er da alligevel en dejlig Tur, skriver han; ventes hjem Lørd. eller Søndag. Jeg synes, det er saa dejligt for ham, at han nu ogsaa har været udenlands, han hører saa tit om vore Udenlandsrejser, og det er en stor Oplevelse for ham. - - Jeg tror, som du ogsaa antydede i et af dine Breve, at den lille Fyr vil have en god Indflydelse paa deres Samvær, Lauritz er saa glad ved ham. Naar Bibbe er saa velegnet til at faa Børn, som Dr. Fly sagde, hun var, burde hun jo have en til, hvad hun sikkert ogsaa hellere end gerne vilde, men nu skal vi saa se, om Lauritz gaar med til det. 
+Jeg glemte, da jeg skrev om Servietterne, at jeg har med min bedste Vilje ikke kunnet regne ud, hvad [Tegning] er for en; tegn den dog – for Sjovs Skyld lidt nøjagtig ud, saa jeg kan faa fat paa, hvad det er for en; men nu har jeg faaet lavet flere nye Modeller; blandt dem er denne med Karlen og Pigen, der danser om Majstangen, den synes jeg nu er vældig pæn den synes jeg du skulde beholde. Jo, den gode [ulæseligt ord] skal rigtignok have 4; og jeg vil godt sy dem for 1,50 hvis en eller anden skulde have Lyst til nogle.
+I dette Øjeblik læser taler [”taler” indsat over linjen] Speakeren op om et Skib paa 3000 Tons, der brænder, den hedder Mette Schou – mon det er Bufs Kone, der er kaldt op?
+Da jeg var midt paa 1_ste_ Side, kom lille Grete med Erik, og vi fik os en god lang Passiar, jeg har ikke set hende i flere Dage, da de har haft travlt med at gaa i Roerne, hun hjælper jo Tinge tappert. Lise er paa Sjælland hos Gretes Søster, det er lidt strengt for Drengen at undvære hende, for hun er for ham som en Mor; skønt hun rejste – vist – 22/5 - siger han endnu stadig hver Dag: Lise skal komme hjem. Ellers plejer de hurtigt at glemme i den Alder, men jeg tror, man kan sige, at Lise staar fuldt paa Højde med Grete for Lillebror. 
+Det er dejligt med den Varme, jeg sidder meget i Haven, og jeg tror, mit Knæ har godt af Solen, det forekommer mig, at der er Bedring i det nu. 
+I Søndags var Tinge og Manse paa Andkærgd. til Middag; Grete og Erik havde været der paa Dagen før. Desværre var det Pigens Fridag, det maa have taget lidt af Glansen, for naar Bibbe skulde passe baade Huset, den lille, Karlene, de fremmede og Kyllinger og Høns, saa kunde der jo knapt blive den Ro over det, selv om Grete self. hjalp hende. Men hvor havde Bibbe alligevel været lykkelig over at have dem. Hvor B. dog hænger ved sin Slægt. Grete var aldeles betaget over alt det Bibbe havde faaet, ja meget mere Tøj end Drengen vil kunne naa at bruge, men ogsaa Sølvting – Bæger Ske Gaffel o. s. v. Og af Blomster stadig et Væld. Ja, det var virkelig som Helga sagde – og du antydede – det er jo som en kongelig Fødsel! Visitter vrimler stadig ind, Lauritz er jo ogsaa meget afholdt og har mange Forbindelser, foruden saa alle Bibbes Venner. Paa den Tid, da vi barslede var det endnu ikke bleven Skik med saadanne Gaver, vel? Jeg kan da ikke huske noget om det. - - Det kunde da ellers være dejligt for dig og Axel at være der et Par Dage alene, kedeligt, at det ikke kan naa sig. – Apropos om en lille By’s Intimitet. Kender du Historien om ”Pibedrejeren”, ogsaa Tobakshandler. Det var da Leo Swane første Gang var i Kjerteminde. Dagen efter sin Ankomst kom han ind til Pibedrejeren for at købe Tobak; Lases havde bedt ham købe noget til dem. Saa siger Leo: Og saa skulde jeg have an Kasse Cigarer 
+[Skrevet på hovedet på side 2:]
+men hvad var det nu de hed”. Uden et Ord gik P. hen efter en Kasse og stillede for ham. ”Ja, det er dem, men hvor i al Verden kunde De vide det?” hvortil P. paa sin tørre Facon 
+[Skrevet langs venstre margen på side 2:]
+sagde” Jo, jeg saa Dem gaa forbi med Kunstmalerens i Gaar”. Du forstaar, Leo havde ikke med et Ord nævnt Kunstmalerens. 
+[Skrevet på hovedet øverst på første side:]
+Saa faar du til Slut saa mange Hilsner til Axel, og hils ogsaa lille Marie fra mig. Tusind Hilsner din Junge.</t>
+  </si>
+  <si>
+    <t>1950-07-26</t>
+  </si>
+  <si>
+    <t>Lindøgaard
+Dræby Station</t>
+  </si>
+  <si>
+    <t>Adolph Larsen
+Marie Larsen
+Christine  Mackie
+Axel  Müller
+Ellen  Sawyer
+Christine Swane
+Lasse Taaning
+Aage Taaning
+Fritz Warberg
+Astrid Warberg-Goldschmidt
+Martin Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Det er uvist, hvem de to søstre Grete og Anna er.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0113</t>
+  </si>
+  <si>
+    <t>Johanne Christine Larsen skriver et langt brev til søsteren Astrid Warberg Müller (Goldschmidt) med diverse store og små nyheder fra hjemmet på Lindøgaard i Dræby ved Munkebo.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/iPJz</t>
+  </si>
+  <si>
+    <t>På konvoluttens forside:
+27 Juli 1950
+besv. 30 Juli
+Fru Astrid Warberg Müller
+Bakkevej 10
+Hareskov St.
+På konvoluttens bagside:
+Lindøgaard Dræby St. Fyen.
+læst 7-5-02.
+Lindøgaard 26-7-1950
+Kæreste lille Dis!
+Hvor Du dog altid overvælder mig med alskens gode Sager, tusind Tak for den i Sandhed lækre Æske. Dadler er jo ligefrem himmelsk, og disse var nu særlig delikate; og Svedskerne er nu glimrende til Fordøjelsen og er jo desuden en ualmindelig velsmagende Medicin. Bogen var sjov; men hvor er de Amerikanere haarde Halse, hvad angaar Spiritus og Piger, de nægter sig intet i de to Retninger. Ogsaa Fyld-Bøgerne siger jeg Tak for, de gamle Breve skal nok blive morsomme at læse Og Strømperne! Men jeg maa hellere sige det til Dig, som det er, at jeg ikke kan gaa med Ankelsokker, fordi mit [ulæselig] Knæ gør, at mine Fødder altid er lidt opsvulmede, og jeg maa være glad ved blot at faa Plads til tynde Strømper i mine Sko. De forrige, du sendte mig, kom en Tur til Frankrig paa Manses Fødder. Jeg forlængede dem, og da de var strikket af saa kulørt Garn passede han dem selv udenpaa Strømperne; jeg strikkede ham et Par til, de skulde have særlig solidt paa Fødderne, naar de skulde gaaa saa meget. -- Og saa endelig tusind Tak for 
+det lange og meget indholdsrige Brev; hvor Du dog altid oplever meget. For en Smålandstur er jo i og for sig meget og der var jo meget andet af Oplevelser. Men - et ved Brevet var den forbistrede Astma, hvor er Du og Mornine dog plaget af det. Morn. har været meget syg igen. Hun og Putte kom til Malerens for godt en Uge siden, og der fik hun nogle frygtelige Anfald m. høj Feber. Elle maatte ikke en Gang komme ind til hende, hun skulle ligge helt stille hen, da det næsten var ovre. Saa i Forgaars Nat sagde hun til Putte "Saa, nu er jeg rask! Feberen var da ogsaa kun 37,8 om Morgenen, og i Gaar var hun vist oppe - Doktoren vilde have hende op. De er jo kommen bort fra lange Sygelejer. jeg venter hende, Putte og Elle herud en Dag, naar hun er ovre det da de har faaet en Chauffør derud til at køre dem herud og hente dem for 16 Kr. Det kan blive morsomt. Elle ser jeg saa sjældent nu, hun har faaet en Gigtkur og tager til Odense og faar Røntgen. Hun har kun været her en Gang siden min Fødselsdag og det er jo ikke meget i 10 Mdr
+Ellers har hun det godt nok og er ligesaa spillevende som altid. Hun venter Lille om en Uges Tid. Du ved da, at Elle passer til at blive Oldemor. Oktober tror jeg. Nej, jeg har endnu hverken været paa Andkær eller paa Lundsgaard. Bibbe havde saa mange Gæster Marie, Uglen, en Sygeplejer - Kammerat, Feriedreng o.s.v. Vi blev enige om, at vi vilde have megen mere Glæde af Hinanden under roligere Forhold, og derved er Besøget paa Lundsgaard ogsaa udsat. Bibbe, Marie, Uglen og deres Feriedreng samt den lille Kære i din Kasse var her forleden, kom til Efterm.Kaffe og blev til Aftensmad og do Kaffe. det blev saadan en dejlig Dag. Af en eller anden Grund gik Uglen mig slet ikke paa Nerverne, hvad hun ellers altid gør, undtagen naar jeg besøger hende. Hvori kan nu det ligge? Den menneskelige Natur er dog tit uudgrundelig. Men altsaa den Dag befandt jeg mig vel i hendes Selskab, hun forekom mig ogsaa mindre nervøs end ellers. Hun havde malet 3 store og 3 smaa Akvareller i Kerteminde; Du kan ikke tænke dig hvor de var skønne, ja jeg vil sige dig de var omtrent
+det smukkeste jeg nogensinde har set af hende og jeg har altid været en meget stor Beundrer af Uglens Kunst. Tænk, at hun stadig i den Alder kan blive ved at "gaa frem" for at bruge et dagligdags Udtryk. Det var en hel Oplevelse at se de tre Akvareller, ja de 3 smaa var ogsaa smukke, men de tre store var nu ligefrem sublime. Desværre var Agraren paa Tur den Dag - og flere andre, han har haft en slem Omgang, og jeg ved jo, hvor det smerter den gode Rie, vi andre tager det som noget uafvendeligt og lider ikke særlig under det - han selv mere, det stakkels Skind. 
+Ellers har vi ikke haft meget m. Gæster men Oplevelser - baade onde og gode. Fru Taaning er død og paa saadan en tragisk Maade. De var samlede hos Lasse, Aage var lige kommet hjem fra Ferie, og de skulle alle have været hos Fru Taaning om Aftenen. Saa vilde hun gaa hjem og sagde, at hun først vilde gaa hen i deres Strandhave efter nogle Blomster, de fulgte hende ikke ud, men saa hørte de et Rabalder og fandt hende styrtet ned af Kældertrappen aabent Kraniebrud, kom ikke mere til
+Bevidsthed. Hvorfor hun har lukket Kælderdøren op og er styrtet ned, vil for altid blive en Gaade. Af gode Nyheder er der, at min søde Fru Agnes har faaet en lille Dreng efter en sæde Fødsel og et pinagtigt Svangerskab. Vi havde været lidt ængstelige for hende, men nu er det da overstaaet. 
+En Søndag Morgen for en 14 Dags Tid siden kom Grete herop og sagde, at hun og hendes Søskende gerne vilde købe 16 af mine Servietter af mig til at forære en Tante og Onkel, Dansk-Amerikanere som skulde rejse hjem; de skulde den Søndag samles med dem i Odense til et mægtigt Komsammen paa en Restauration, Æventyrhaven vist. Jeg havde netop 16 liggende, som kun manglede Knaphulsstingene. de gjorde mægtig Lykke og affødte 2 Gange 12 Bestillinger. Jeg fik travlt. Efter de 16 til Amerikanerne kom Fritz Warberg e 12, og nu i Dag afgaar de næste 12, det er til Anna, Gretes Søster, saa har jeg i alt tjent 80 Kr. - eller vist lidt mere, jeg ved ikke rigtig, hvad Anna sender mig og saa skal Gretes Svigerinde have 12, men først skal jeg have Bibbes sidste fra Haanden
+Hun fik 8 i Barselgave, men skulde gerne have 20 i alt, det er jo hendes Fødselsdag 6te August (hvor vilde hun blive glad ved et Kort fra Dig, hun faar aldrig ret meget Post paa Føds.Dagen, synes jeg) saa skal jeg se at faa Resten lavet. To nye Modeller skal jeg have startet, saa har jeg 20 Modeller ialt. Ja det er bleven en hel Industri, og det morer mig saa meget. Det er da ogsaa rart at tjene lidt Penge, med Svigerindens Bestilling naar jeg jo over de 100 Kr. Jeg tager 2 Kr. af Fremmede. 
+Det er vist første Gang, jeg skriver til dig uden at have læst dit Brev igennem, haaber ikke der er noget at svare paa, Posten hænger over Hovedet paa mig. 
+Du maa ikke mere lade saa lang Tid gaa hen, inden du skriver; du vidste vel ikke denne Gang, hvor lang Tid, der er gaaet, og jeg var saa forfærdelig urolig. Bare et Par Ord paa et Brevkort, hvis du ikke er oplagt til Brev. Hvor maa [ulæselig] dog være et underligt Menneske, at hun saadan slet ikke maa være ve´ selv for Jer super fredelige Mennesker.
+Til Axel ogsaa. Tusinde Hilsner og endnu en Gang min varmeste Tak! Din Junge.</t>
   </si>
   <si>
     <t>1950-08-14</t>
   </si>
   <si>
     <t>Holger -
 - Agner
 Johanne Christine Brandstrup
 Grete Gylden Thomsen
 Britta Ipsen
 Ole Kraft
 Adolph Larsen
 Johannes Larsen
 Marie Larsen
 Axel  Müller
 Helga Nielsen
 Johanne Oppermann
 Lauritz Pedersen
 Ruth -, pige i huset hos Johanne Larsen
 Christine Swane
 Albrecht  Warberg
 Dan Warberg
 Laura Warberg
 Grete Warberg Larsen
 Martin Warberg Larsen
@@ -4219,1109 +5346,50 @@
 fik deres Have at se efter 2 Aars Forløb; hvad de havde af Blomster, Grete er jo Blomster-Menneske, det var dejligt at se, og Tinge stod der med et stort Smil, da vi kom. Lille Tinge føler sig af og til sat i Baggrunden, han siger, at ingen bryder sig om at komme til dem, det er altid Manse og Lindøgaard. Aa, hvor jeg ligesom genoplever vore unge Dage i Kjerteminde, hvor vi var de smaa, og hvor jeg maatte kæmpe med mig selv for ikke at blive for bitter. Men Tinge fik da en herlig Tur i Lørdags. Fredag Aften ved 9-10 Tiden kom en Bil - - hvem Søren kunde det være. To Herrer, sagde Englænderne, der spejdede, og ind kom Peter fra Båxhult og Lommes Jesper. De var paa Biltur i Peters egen Bil, for Jesper havde aldrig været paa Fyen og skulde nu se det Land. Det var vældig Sjov! De havde Soveposer og ik [”ik” overstreget] fik saa overladt en Smule Sengklæder og laa paa Gulvet i Dagligstuen – lidt haardt indrømmede de, da vi ingen Madras havde. Ruth foreslog selv, da Engl. kom, at hun kunde sove hos sin Søster, som bor i Strandgyden, Manse laa saa ovre i hendes Værelse, og de to i Havestuen og Gæstekamret. Næste Morgen kørte Peter dem (Engl. og Manse) til Fyens Hoved, hvor der ingen Tyre var, saa de kunde gaa helt ud paa det yderste af Hovedet, saa fik Jesper det set ogsaa, og om Eft. kørte den gode Peter dem til Odense, hvor de blev sat i deres Tog og blev vinket Farvel til – et for Manses Vedkommende meget lettet Farvel! Han kunde ikke lide Joy, hvorimod hendes friend: Peter var helt tiltalende. 
 Saa om Søndagen skulde de paa stor Tur, og jeg tillod mig om Aftenen at sige, om de ikke skulde have Tinge med. Jo, naturligvis! Per kom ogsaa med [”Per kom ogsaa med” indsat over linjen] Jeg sendte en Tier med Manse næste Morgen med til Tinge, saa han ikke skulde have Udgifter af Turen. De saa Ørbæklunde, var inde hos Titterne paa Glorup, som gav dem Kaffe og for Resten havde været saa glad ved Besøget, sagde Nina i Telefonen. Paa Rygaard var de, saa den store Riddersal og de dejlige Kældere, derfra til Svendborg og Turø (el. hedder det Thurø?) hvor de nød en god Kotelet. Saa havde de [”de” indsat over linjen] været ved Lykkesholm, hvor de saa en mægtig Havremark (de mente 50 Tdr. L.) med Korn sat i Traver, fuldstændig grøn i Toppen, altsaa spiret! Hvilket forfærdelig Tab for dem, der driver Gaarden, hvem de saa er. Ja, hvad den Regn ødelægger i dette Aar
 3.
 For os og Tinge ser det ikke godt ud, vi har baade Ærter, Lupiner og Sennep ude, en hel Del af Ærterne har vi dog faaet tærsket, intet af Tinges, som er mere sene med at tørre. Faar vi ikke lidt godt Vejr nu, kan det gerne blive til Katastrofe.
 Frits kom her forleden en Gang [”forleden en Gang” indsat over linjen], men vi kunde ikke have ham, og han gik saa paa Lindø, hvor de egentlig var glade ved ham, og hvor han var i halvanden Uge, tror jeg. De ejede ikke Penge at købe Mad for, og jeg financierede saa Foretagendet og gav Grete 25 Kr. til det. Saa gik det jo. Han sad her flere Eftermiddage og snakkede med mig, det var helt morsomt. Saa drog han til Elle, men vi havde gjort ham det klart, at der maatte han ikke slaa sig ned; mon du ved, at Elle har faaet et daarligt Knæ, en Slags Slid-Gigt vist, fik Røntgenbehandlinger i Odense, og det havde da hjulpet udmærket, men Elle blev i Fjor mæt af Fritz, da han var der i 2 1/4 Maaned. Han var der da kun èn Nat og tog saa til Bibbe, hvor han antagelig er endnu. - Her er saa Servietterne, jeg vilde sætte Pris paa, om jeg kunde faa dem lidt snart igen, jeg har Bestilling paa 12 til Fritz Warbergs Svigermor, er ved at sy en Lysedug til en af vore Naboer: 16 Kroner og skal 
 [Skrevet på hovedet øverst siden mærket ”3”:]
 ogsaa sy en Slags Bordløber til Fritz W. saa du ser, der er Gang i Forretningen, jeg er ogsaa meget flittig med det. Du kan nok markere, hvilke 6, han vil have, f. Eks. ved at ri en Traad
 [Skrevet langs venstre margen på siden mærket ”3”:]
 igennem de 6. Forøvrigt staar alt vel til her – hvis bare vi ikke havde de Sorger med Avlen. Servietter koster kun 2 Kr.
 [Skrevet på hovedet øverst s. 4:]
 Hvor er det dog kedeligt for dig med al den Astma og dine manglende Kræfter, og du har dog saa god Brug for dine. Det har ogsaa været en skidt Sommer, saa Sol-løs, og den Sol skulde vi jo have at tære paa hele Vinteren. Tak for Øjeblikket! Jeg synes ikke, 
 [Skrevet langs venstre kant s4:]
 de skulde haane den Mand, der vil have bedre Boliger paa Vesterbro det er en ligesaa vigtig ”Front” mod Kommunismen som Militæret
 [Skrevet på hovedet øverst s. 2:]
 Hvad siger dog Ib og Janna til de 47,000 Meningsfæller, der har sagt fra? Folk begynder at forstaa, hvad Kom. egentlig er. – Det er pudsigt, at du som altid har hadet Politik nu skriver, - Politik, for hvad er dine Pipifaks andet? Har du tænkt paa det? 
 [Skrevet langs venstre kant s. 2:]
 Saa kun til Slut de kærligste Hilsner til Jer begge fra din Junge
 [Skrevet på hovedet øverst s. 1:]
 Hvis han vælger Kransen med Navnetrækket hvad Bogstaver skal der saa staa?
 N.B. Su. u.
 [Skrevet på tværs s. 6:]
 modt. 15’ Sept. 1950 
 Besvaret 16’ Sept.
 Skrevet til J.C. Pedersen, Aarhus
 19’ Sept. 1950</t>
-  </si>
-[...1057 lines deleted...]
-Lørdag Efterm</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="100" formatCode="yyyy/mm/dd"/>
     <numFmt numFmtId="101" formatCode="yyyy/mm/dd hh:mm:ss"/>
     <numFmt numFmtId="102" formatCode="yyyy-mm-dd"/>
   </numFmts>
   <fonts count="7">
     <font>
       <name val="Arial"/>
       <sz val="11"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
@@ -5398,59 +5466,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/5iq4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/M0Wt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ilyl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MOYc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wIsw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IPPC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hVic" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AOwC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F1PD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lul7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zwmv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ETe4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VcOp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yh33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pjzE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F2eP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GhGl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/juXR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7fK2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/n0ug" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vjW9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F1Lr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/14rd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GNMG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y2b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hx17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qXs1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dAa2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QZ8G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cB31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/55oU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PNXE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ibx1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5SX5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PxB9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7Uxr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iuXX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TAfR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i36C" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P6rt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VfiW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UduZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JdVO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AkuE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/l7zx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cmc7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mgB3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jdbc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TCWH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t1xn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xput" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0jIO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nlNE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LwFS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J1od" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Kww0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JSMC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i0jC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ws90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JNI0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rLbi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/S9Qh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3x1u" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vpPh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8032" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rqX8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iY0z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5bZM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/z8MY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cWRz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/w206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iPJz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P1L8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GsiV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eYXp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/U5gZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/a2mx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7cL7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ruTF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PLHu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XOn2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GxFN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5TMv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/a932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wjaU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7RTI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/D7he" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UvDl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ww2M" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NQUB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/37mE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/a2mx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7cL7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ruTF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PLHu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5bZM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/37mE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/z8MY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/w206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zwmv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ETe4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UvDl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VcOp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yh33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/D7he" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wjaU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7RTI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/M0Wt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pjzE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F2eP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ww2M" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ilyl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GhGl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XOn2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/juXR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7fK2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NQUB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5iq4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vjW9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/n0ug" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GxFN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GsiV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eYXp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/U5gZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5TMv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/a932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cWRz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F1Lr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MOYc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/14rd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F1PD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wIsw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P1L8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PNXE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ibx1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5SX5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PxB9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IPPC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7Uxr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iuXX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TAfR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i36C" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lul7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P6rt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VfiW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hVic" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UduZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ROqW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GNMG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JdVO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AkuE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/l7zx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cmc7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mgB3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jdbc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y2b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TCWH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t1xn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xput" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0jIO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nlNE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LwFS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J1od" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Kww0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JSMC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i0jC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ws90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JNI0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rLbi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/S9Qh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3x1u" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hx17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vpPh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qXs1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dAa2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QZ8G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AOwC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cB31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/55oU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iPJz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8032" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rqX8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iY0z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M92"/>
+  <dimension ref="A1:M93"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -5470,3978 +5538,4021 @@
         <v>5</v>
       </c>
       <c r="G1" s="3" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="3" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="3" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="3" t="s">
         <v>9</v>
       </c>
       <c r="K1" s="3" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="3" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="3" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2">
-      <c r="A2" s="5" t="s">
+      <c r="A2" s="5" t="n">
+        <v>1916</v>
+      </c>
+      <c r="B2" s="5" t="s">
         <v>13</v>
       </c>
-      <c r="B2" s="5" t="s">
+      <c r="C2" s="5" t="s">
         <v>14</v>
       </c>
-      <c r="C2" s="5" t="s">
+      <c r="D2" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="D2" s="5" t="s">
+      <c r="E2" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H2" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="E2" s="5" t="s">
+      <c r="I2" s="5"/>
+      <c r="J2" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F2" s="5" t="s">
+      <c r="K2" s="5" t="s">
         <v>18</v>
       </c>
-      <c r="G2" s="5" t="s">
+      <c r="L2" s="6" t="s">
         <v>19</v>
       </c>
-      <c r="H2" s="5" t="s">
+      <c r="M2" s="5" t="s">
         <v>20</v>
-      </c>
-[...13 lines deleted...]
-        <v>25</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="B3" s="5" t="s">
+        <v>13</v>
+      </c>
+      <c r="C3" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="D3" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E3" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F3" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G3" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H3" s="5" t="s">
+        <v>23</v>
+      </c>
+      <c r="I3" s="5"/>
+      <c r="J3" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="K3" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L3" s="6" t="s">
+        <v>25</v>
+      </c>
+      <c r="M3" s="5" t="s">
         <v>26</v>
-      </c>
-[...36 lines deleted...]
-        <v>36</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="5" t="s">
-        <v>37</v>
+        <v>27</v>
       </c>
       <c r="B4" s="5" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="C4" s="5" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="D4" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E4" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F4" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G4" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H4" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I4" s="5"/>
+      <c r="J4" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="K4" s="5" t="s">
         <v>28</v>
       </c>
-      <c r="E4" s="5" t="s">
+      <c r="L4" s="6" t="s">
         <v>29</v>
       </c>
-      <c r="F4" s="5" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="M4" s="5" t="s">
-        <v>44</v>
+        <v>26</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="5" t="s">
-        <v>45</v>
+        <v>30</v>
       </c>
       <c r="B5" s="5" t="s">
+        <v>13</v>
+      </c>
+      <c r="C5" s="5" t="s">
         <v>14</v>
       </c>
-      <c r="C5" s="5" t="s">
+      <c r="D5" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="D5" s="5" t="s">
-[...6 lines deleted...]
-        <v>47</v>
+      <c r="E5" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F5" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G5" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H5" s="5" t="s">
-        <v>48</v>
-[...3 lines deleted...]
-      </c>
+        <v>31</v>
+      </c>
+      <c r="I5" s="5"/>
       <c r="J5" s="5" t="s">
-        <v>50</v>
+        <v>17</v>
       </c>
       <c r="K5" s="5" t="s">
-        <v>51</v>
+        <v>32</v>
       </c>
       <c r="L5" s="6" t="s">
-        <v>52</v>
+        <v>33</v>
       </c>
       <c r="M5" s="5" t="s">
-        <v>53</v>
+        <v>34</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="5" t="s">
-        <v>54</v>
+        <v>35</v>
       </c>
       <c r="B6" s="5" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="C6" s="5" t="s">
-        <v>15</v>
+        <v>36</v>
       </c>
       <c r="D6" s="5" t="s">
-        <v>55</v>
-[...2 lines deleted...]
-        <v>46</v>
+        <v>37</v>
+      </c>
+      <c r="E6" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F6" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G6" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G6" s="5" t="s">
+        <v>38</v>
       </c>
       <c r="H6" s="5" t="s">
-        <v>56</v>
-[...1 lines deleted...]
-      <c r="I6" s="5"/>
+        <v>39</v>
+      </c>
+      <c r="I6" s="5" t="s">
+        <v>40</v>
+      </c>
       <c r="J6" s="5" t="s">
-        <v>57</v>
+        <v>41</v>
       </c>
       <c r="K6" s="5" t="s">
-        <v>58</v>
+        <v>42</v>
       </c>
       <c r="L6" s="6" t="s">
-        <v>59</v>
+        <v>43</v>
       </c>
       <c r="M6" s="5" t="s">
-        <v>60</v>
+        <v>44</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="5" t="s">
-        <v>61</v>
+        <v>45</v>
       </c>
       <c r="B7" s="5" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="C7" s="5" t="s">
-        <v>62</v>
+        <v>36</v>
       </c>
       <c r="D7" s="5" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E7" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="E7" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F7" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G7" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H7" s="5" t="s">
         <v>46</v>
       </c>
-      <c r="F7" s="5" t="s">
-[...9 lines deleted...]
-      </c>
       <c r="I7" s="5" t="s">
-        <v>65</v>
+        <v>47</v>
       </c>
       <c r="J7" s="5" t="s">
-        <v>66</v>
+        <v>41</v>
       </c>
       <c r="K7" s="5" t="s">
-        <v>67</v>
+        <v>48</v>
       </c>
       <c r="L7" s="6" t="s">
-        <v>68</v>
+        <v>49</v>
       </c>
       <c r="M7" s="5" t="s">
-        <v>69</v>
+        <v>50</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="5" t="s">
-        <v>70</v>
+        <v>51</v>
       </c>
       <c r="B8" s="5" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="C8" s="5" t="s">
-        <v>15</v>
+        <v>36</v>
       </c>
       <c r="D8" s="5" t="s">
-        <v>16</v>
-[...5 lines deleted...]
-        <v>71</v>
+        <v>37</v>
+      </c>
+      <c r="E8" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F8" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G8" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H8" s="5" t="s">
-        <v>72</v>
+        <v>52</v>
       </c>
       <c r="I8" s="5" t="s">
-        <v>73</v>
+        <v>53</v>
       </c>
       <c r="J8" s="5" t="s">
-        <v>74</v>
+        <v>41</v>
       </c>
       <c r="K8" s="5" t="s">
-        <v>75</v>
+        <v>54</v>
       </c>
       <c r="L8" s="6" t="s">
-        <v>76</v>
+        <v>55</v>
       </c>
       <c r="M8" s="5" t="s">
-        <v>77</v>
+        <v>56</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="5" t="s">
-        <v>78</v>
+        <v>57</v>
       </c>
       <c r="B9" s="5" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="C9" s="5" t="s">
-        <v>15</v>
+        <v>36</v>
       </c>
       <c r="D9" s="5" t="s">
-        <v>16</v>
-[...10 lines deleted...]
-        </is>
+        <v>37</v>
+      </c>
+      <c r="E9" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F9" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G9" s="5" t="s">
+        <v>58</v>
       </c>
       <c r="H9" s="5" t="s">
-        <v>79</v>
+        <v>59</v>
       </c>
       <c r="I9" s="5" t="s">
-        <v>80</v>
+        <v>60</v>
       </c>
       <c r="J9" s="5" t="s">
-        <v>81</v>
+        <v>41</v>
       </c>
       <c r="K9" s="5" t="s">
-        <v>82</v>
+        <v>61</v>
       </c>
       <c r="L9" s="6" t="s">
-        <v>83</v>
+        <v>62</v>
       </c>
       <c r="M9" s="5" t="s">
-        <v>84</v>
+        <v>63</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="5" t="s">
-        <v>85</v>
+        <v>64</v>
       </c>
       <c r="B10" s="5" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="C10" s="5" t="s">
-        <v>15</v>
+        <v>65</v>
       </c>
       <c r="D10" s="5" t="s">
-        <v>16</v>
+        <v>36</v>
       </c>
       <c r="E10" s="5" t="s">
-        <v>86</v>
+        <v>66</v>
       </c>
       <c r="F10" s="5" t="s">
+        <v>67</v>
+      </c>
+      <c r="G10" s="5" t="s">
+        <v>68</v>
+      </c>
+      <c r="H10" s="5" t="s">
+        <v>69</v>
+      </c>
+      <c r="I10" s="5" t="s">
+        <v>70</v>
+      </c>
+      <c r="J10" s="5" t="s">
+        <v>41</v>
+      </c>
+      <c r="K10" s="5" t="s">
         <v>71</v>
       </c>
-      <c r="G10" s="5" t="inlineStr">
-[...15 lines deleted...]
-      </c>
       <c r="L10" s="6" t="s">
-        <v>91</v>
+        <v>72</v>
       </c>
       <c r="M10" s="5" t="s">
-        <v>92</v>
+        <v>73</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="5" t="s">
-        <v>93</v>
+        <v>74</v>
       </c>
       <c r="B11" s="5" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="C11" s="5" t="s">
-        <v>15</v>
+        <v>65</v>
       </c>
       <c r="D11" s="5" t="s">
-        <v>16</v>
+        <v>36</v>
       </c>
       <c r="E11" s="5" t="s">
-        <v>94</v>
+        <v>66</v>
       </c>
       <c r="F11" s="5" t="s">
-        <v>95</v>
-[...4 lines deleted...]
-        </is>
+        <v>67</v>
+      </c>
+      <c r="G11" s="5" t="s">
+        <v>75</v>
       </c>
       <c r="H11" s="5" t="s">
-        <v>96</v>
+        <v>76</v>
       </c>
       <c r="I11" s="5" t="s">
-        <v>97</v>
+        <v>77</v>
       </c>
       <c r="J11" s="5" t="s">
-        <v>98</v>
+        <v>41</v>
       </c>
       <c r="K11" s="5" t="s">
-        <v>99</v>
+        <v>78</v>
       </c>
       <c r="L11" s="6" t="s">
-        <v>100</v>
+        <v>79</v>
       </c>
       <c r="M11" s="5" t="s">
-        <v>101</v>
+        <v>80</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="5" t="s">
-        <v>102</v>
+        <v>81</v>
       </c>
       <c r="B12" s="5" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="C12" s="5" t="s">
-        <v>28</v>
+        <v>65</v>
       </c>
       <c r="D12" s="5" t="s">
-        <v>27</v>
+        <v>36</v>
       </c>
       <c r="E12" s="5" t="s">
-        <v>30</v>
+        <v>66</v>
       </c>
       <c r="F12" s="5" t="s">
-        <v>29</v>
+        <v>82</v>
       </c>
       <c r="G12" s="5" t="s">
-        <v>103</v>
+        <v>83</v>
       </c>
       <c r="H12" s="5" t="s">
-        <v>104</v>
+        <v>84</v>
       </c>
       <c r="I12" s="5" t="s">
-        <v>105</v>
+        <v>85</v>
       </c>
       <c r="J12" s="5" t="s">
-        <v>33</v>
+        <v>41</v>
       </c>
       <c r="K12" s="5" t="s">
-        <v>106</v>
+        <v>86</v>
       </c>
       <c r="L12" s="6" t="s">
-        <v>107</v>
+        <v>87</v>
       </c>
       <c r="M12" s="5" t="s">
-        <v>108</v>
+        <v>88</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="5" t="s">
-        <v>109</v>
+        <v>89</v>
       </c>
       <c r="B13" s="5" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="C13" s="5" t="s">
-        <v>28</v>
+        <v>65</v>
       </c>
       <c r="D13" s="5" t="s">
-        <v>27</v>
+        <v>36</v>
       </c>
       <c r="E13" s="5" t="s">
-        <v>30</v>
+        <v>66</v>
       </c>
       <c r="F13" s="5" t="s">
-        <v>29</v>
+        <v>67</v>
       </c>
       <c r="G13" s="5" t="s">
-        <v>110</v>
+        <v>90</v>
       </c>
       <c r="H13" s="5" t="s">
-        <v>111</v>
+        <v>91</v>
       </c>
       <c r="I13" s="5" t="s">
-        <v>112</v>
+        <v>92</v>
       </c>
       <c r="J13" s="5" t="s">
-        <v>33</v>
+        <v>41</v>
       </c>
       <c r="K13" s="5" t="s">
-        <v>113</v>
+        <v>93</v>
       </c>
       <c r="L13" s="6" t="s">
-        <v>114</v>
+        <v>94</v>
       </c>
       <c r="M13" s="5" t="s">
-        <v>115</v>
+        <v>95</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="5" t="s">
-        <v>116</v>
+        <v>96</v>
       </c>
       <c r="B14" s="5" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="C14" s="5" t="s">
-        <v>28</v>
+        <v>65</v>
       </c>
       <c r="D14" s="5" t="s">
-        <v>27</v>
+        <v>36</v>
       </c>
       <c r="E14" s="5" t="s">
-        <v>30</v>
+        <v>66</v>
       </c>
       <c r="F14" s="5" t="s">
-        <v>29</v>
+        <v>67</v>
       </c>
       <c r="G14" s="5" t="s">
-        <v>117</v>
+        <v>97</v>
       </c>
       <c r="H14" s="5" t="s">
-        <v>118</v>
+        <v>98</v>
       </c>
       <c r="I14" s="5" t="s">
-        <v>119</v>
+        <v>99</v>
       </c>
       <c r="J14" s="5" t="s">
-        <v>33</v>
+        <v>41</v>
       </c>
       <c r="K14" s="5" t="s">
-        <v>120</v>
+        <v>100</v>
       </c>
       <c r="L14" s="6" t="s">
-        <v>121</v>
+        <v>101</v>
       </c>
       <c r="M14" s="5" t="s">
-        <v>122</v>
+        <v>102</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="5" t="s">
-        <v>123</v>
+        <v>96</v>
       </c>
       <c r="B15" s="5" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="C15" s="5" t="s">
-        <v>28</v>
+        <v>36</v>
       </c>
       <c r="D15" s="5" t="s">
-        <v>27</v>
-[...8 lines deleted...]
-        <v>124</v>
+        <v>37</v>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F15" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G15" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H15" s="5" t="s">
-        <v>125</v>
+        <v>103</v>
       </c>
       <c r="I15" s="5" t="s">
-        <v>126</v>
+        <v>104</v>
       </c>
       <c r="J15" s="5" t="s">
-        <v>33</v>
+        <v>41</v>
       </c>
       <c r="K15" s="5" t="s">
-        <v>127</v>
+        <v>105</v>
       </c>
       <c r="L15" s="6" t="s">
-        <v>128</v>
+        <v>106</v>
       </c>
       <c r="M15" s="5" t="s">
-        <v>129</v>
+        <v>107</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="5" t="s">
-        <v>26</v>
+        <v>108</v>
       </c>
       <c r="B16" s="5" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="C16" s="5" t="s">
-        <v>28</v>
+        <v>65</v>
       </c>
       <c r="D16" s="5" t="s">
-        <v>27</v>
+        <v>36</v>
       </c>
       <c r="E16" s="5" t="s">
-        <v>30</v>
-[...5 lines deleted...]
-        <v>130</v>
+        <v>66</v>
+      </c>
+      <c r="F16" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G16" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H16" s="5" t="s">
-        <v>131</v>
+        <v>109</v>
       </c>
       <c r="I16" s="5" t="s">
-        <v>132</v>
+        <v>110</v>
       </c>
       <c r="J16" s="5" t="s">
-        <v>33</v>
+        <v>41</v>
       </c>
       <c r="K16" s="5" t="s">
-        <v>133</v>
+        <v>111</v>
       </c>
       <c r="L16" s="6" t="s">
-        <v>134</v>
+        <v>112</v>
       </c>
       <c r="M16" s="5" t="s">
-        <v>135</v>
+        <v>113</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="5" t="s">
-        <v>136</v>
+        <v>114</v>
       </c>
       <c r="B17" s="5" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="C17" s="5" t="s">
-        <v>28</v>
+        <v>65</v>
       </c>
       <c r="D17" s="5" t="s">
-        <v>27</v>
+        <v>36</v>
       </c>
       <c r="E17" s="5" t="s">
-        <v>38</v>
-[...5 lines deleted...]
-        <v>137</v>
+        <v>66</v>
+      </c>
+      <c r="F17" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G17" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H17" s="5" t="s">
-        <v>138</v>
+        <v>115</v>
       </c>
       <c r="I17" s="5" t="s">
-        <v>139</v>
+        <v>116</v>
       </c>
       <c r="J17" s="5" t="s">
-        <v>33</v>
+        <v>41</v>
       </c>
       <c r="K17" s="5" t="s">
-        <v>140</v>
+        <v>117</v>
       </c>
       <c r="L17" s="6" t="s">
-        <v>141</v>
+        <v>118</v>
       </c>
       <c r="M17" s="5" t="s">
-        <v>142</v>
+        <v>119</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="5" t="s">
-        <v>37</v>
+        <v>120</v>
       </c>
       <c r="B18" s="5" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="C18" s="5" t="s">
-        <v>143</v>
+        <v>36</v>
       </c>
       <c r="D18" s="5" t="s">
-        <v>27</v>
+        <v>65</v>
       </c>
       <c r="E18" s="5" t="s">
-        <v>144</v>
+        <v>67</v>
       </c>
       <c r="F18" s="5" t="s">
-        <v>29</v>
-[...2 lines deleted...]
-        <v>144</v>
+        <v>66</v>
+      </c>
+      <c r="G18" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H18" s="5" t="s">
-        <v>145</v>
+        <v>121</v>
       </c>
       <c r="I18" s="5" t="s">
-        <v>146</v>
+        <v>122</v>
       </c>
       <c r="J18" s="5" t="s">
-        <v>33</v>
+        <v>41</v>
       </c>
       <c r="K18" s="5" t="s">
-        <v>147</v>
+        <v>123</v>
       </c>
       <c r="L18" s="6" t="s">
-        <v>148</v>
+        <v>124</v>
       </c>
       <c r="M18" s="5" t="s">
-        <v>149</v>
+        <v>125</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="5" t="s">
-        <v>150</v>
+        <v>120</v>
       </c>
       <c r="B19" s="5" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="C19" s="5" t="s">
-        <v>151</v>
+        <v>65</v>
       </c>
       <c r="D19" s="5" t="s">
-        <v>27</v>
+        <v>36</v>
       </c>
       <c r="E19" s="5" t="s">
-        <v>152</v>
+        <v>66</v>
       </c>
       <c r="F19" s="5" t="s">
-        <v>46</v>
+        <v>67</v>
       </c>
       <c r="G19" s="5" t="s">
-        <v>153</v>
+        <v>126</v>
       </c>
       <c r="H19" s="5" t="s">
-        <v>28</v>
+        <v>127</v>
       </c>
       <c r="I19" s="5" t="s">
-        <v>154</v>
+        <v>128</v>
       </c>
       <c r="J19" s="5" t="s">
-        <v>33</v>
+        <v>41</v>
       </c>
       <c r="K19" s="5" t="s">
-        <v>155</v>
+        <v>129</v>
       </c>
       <c r="L19" s="6" t="s">
-        <v>156</v>
+        <v>130</v>
       </c>
       <c r="M19" s="5" t="s">
-        <v>157</v>
+        <v>131</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="5" t="s">
-        <v>158</v>
+        <v>132</v>
       </c>
       <c r="B20" s="5" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="C20" s="5" t="s">
-        <v>28</v>
+        <v>65</v>
       </c>
       <c r="D20" s="5" t="s">
-        <v>27</v>
+        <v>36</v>
       </c>
       <c r="E20" s="5" t="s">
-        <v>38</v>
+        <v>133</v>
       </c>
       <c r="F20" s="5" t="s">
-        <v>46</v>
+        <v>67</v>
       </c>
       <c r="G20" s="5" t="s">
-        <v>159</v>
+        <v>134</v>
       </c>
       <c r="H20" s="5" t="s">
-        <v>160</v>
-[...1 lines deleted...]
-      <c r="I20" s="5"/>
+        <v>135</v>
+      </c>
+      <c r="I20" s="5" t="s">
+        <v>136</v>
+      </c>
       <c r="J20" s="5" t="s">
-        <v>33</v>
+        <v>41</v>
       </c>
       <c r="K20" s="5" t="s">
-        <v>161</v>
+        <v>137</v>
       </c>
       <c r="L20" s="6" t="s">
-        <v>162</v>
+        <v>138</v>
       </c>
       <c r="M20" s="5" t="s">
-        <v>163</v>
+        <v>139</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="5" t="s">
-        <v>164</v>
+        <v>132</v>
       </c>
       <c r="B21" s="5" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="C21" s="5" t="s">
-        <v>16</v>
+        <v>65</v>
       </c>
       <c r="D21" s="5" t="s">
-        <v>15</v>
+        <v>37</v>
       </c>
       <c r="E21" s="5" t="s">
-        <v>165</v>
-[...7 lines deleted...]
-        </is>
+        <v>133</v>
+      </c>
+      <c r="F21" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G21" s="5" t="s">
+        <v>140</v>
       </c>
       <c r="H21" s="5" t="s">
-        <v>166</v>
+        <v>141</v>
       </c>
       <c r="I21" s="5" t="s">
-        <v>167</v>
+        <v>142</v>
       </c>
       <c r="J21" s="5" t="s">
-        <v>168</v>
+        <v>41</v>
       </c>
       <c r="K21" s="5" t="s">
-        <v>169</v>
+        <v>143</v>
       </c>
       <c r="L21" s="6" t="s">
-        <v>170</v>
+        <v>144</v>
       </c>
       <c r="M21" s="5" t="s">
-        <v>171</v>
+        <v>145</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="5" t="s">
-        <v>172</v>
+        <v>146</v>
       </c>
       <c r="B22" s="5" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="C22" s="5" t="s">
-        <v>16</v>
+        <v>36</v>
       </c>
       <c r="D22" s="5" t="s">
-        <v>15</v>
+        <v>65</v>
       </c>
       <c r="E22" s="5" t="s">
-        <v>165</v>
+        <v>67</v>
       </c>
       <c r="F22" s="5" t="s">
-        <v>173</v>
-[...4 lines deleted...]
-        </is>
+        <v>133</v>
+      </c>
+      <c r="G22" s="5" t="s">
+        <v>147</v>
       </c>
       <c r="H22" s="5" t="s">
-        <v>174</v>
+        <v>148</v>
       </c>
       <c r="I22" s="5" t="s">
-        <v>175</v>
+        <v>149</v>
       </c>
       <c r="J22" s="5" t="s">
-        <v>176</v>
+        <v>41</v>
       </c>
       <c r="K22" s="5" t="s">
-        <v>177</v>
+        <v>150</v>
       </c>
       <c r="L22" s="6" t="s">
-        <v>178</v>
+        <v>151</v>
       </c>
       <c r="M22" s="5" t="s">
-        <v>179</v>
+        <v>152</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="5" t="s">
-        <v>180</v>
+        <v>146</v>
       </c>
       <c r="B23" s="5" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="C23" s="5" t="s">
-        <v>16</v>
+        <v>153</v>
       </c>
       <c r="D23" s="5" t="s">
-        <v>15</v>
+        <v>36</v>
       </c>
       <c r="E23" s="5" t="s">
-        <v>165</v>
+        <v>154</v>
       </c>
       <c r="F23" s="5" t="s">
-        <v>181</v>
-[...4 lines deleted...]
-        </is>
+        <v>67</v>
+      </c>
+      <c r="G23" s="5" t="s">
+        <v>154</v>
       </c>
       <c r="H23" s="5" t="s">
-        <v>182</v>
+        <v>155</v>
       </c>
       <c r="I23" s="5" t="s">
-        <v>183</v>
+        <v>156</v>
       </c>
       <c r="J23" s="5" t="s">
-        <v>184</v>
+        <v>41</v>
       </c>
       <c r="K23" s="5" t="s">
-        <v>185</v>
+        <v>157</v>
       </c>
       <c r="L23" s="6" t="s">
-        <v>186</v>
+        <v>158</v>
       </c>
       <c r="M23" s="5" t="s">
-        <v>187</v>
+        <v>159</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="5" t="s">
-        <v>188</v>
+        <v>160</v>
       </c>
       <c r="B24" s="5" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="C24" s="5" t="s">
-        <v>16</v>
+        <v>161</v>
       </c>
       <c r="D24" s="5" t="s">
-        <v>15</v>
-[...5 lines deleted...]
-        <v>181</v>
+        <v>65</v>
+      </c>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F24" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G24" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H24" s="5" t="s">
-        <v>189</v>
+        <v>162</v>
       </c>
       <c r="I24" s="5" t="s">
-        <v>190</v>
+        <v>163</v>
       </c>
       <c r="J24" s="5" t="s">
-        <v>191</v>
+        <v>41</v>
       </c>
       <c r="K24" s="5" t="s">
-        <v>192</v>
+        <v>164</v>
       </c>
       <c r="L24" s="6" t="s">
-        <v>193</v>
+        <v>165</v>
       </c>
       <c r="M24" s="5" t="s">
-        <v>194</v>
+        <v>166</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="5" t="s">
-        <v>195</v>
+        <v>167</v>
       </c>
       <c r="B25" s="5" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="C25" s="5" t="s">
-        <v>16</v>
+        <v>161</v>
       </c>
       <c r="D25" s="5" t="s">
-        <v>15</v>
+        <v>36</v>
       </c>
       <c r="E25" s="5" t="s">
-        <v>71</v>
+        <v>168</v>
       </c>
       <c r="F25" s="5" t="s">
-        <v>94</v>
-[...4 lines deleted...]
-        </is>
+        <v>169</v>
+      </c>
+      <c r="G25" s="5" t="s">
+        <v>170</v>
       </c>
       <c r="H25" s="5" t="s">
-        <v>196</v>
+        <v>65</v>
       </c>
       <c r="I25" s="5" t="s">
-        <v>197</v>
+        <v>171</v>
       </c>
       <c r="J25" s="5" t="s">
-        <v>198</v>
+        <v>41</v>
       </c>
       <c r="K25" s="5" t="s">
-        <v>199</v>
+        <v>172</v>
       </c>
       <c r="L25" s="6" t="s">
-        <v>200</v>
+        <v>173</v>
       </c>
       <c r="M25" s="5" t="s">
-        <v>201</v>
+        <v>174</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="5" t="s">
-        <v>202</v>
+        <v>175</v>
       </c>
       <c r="B26" s="5" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="C26" s="5" t="s">
-        <v>143</v>
+        <v>65</v>
       </c>
       <c r="D26" s="5" t="s">
-        <v>15</v>
+        <v>36</v>
       </c>
       <c r="E26" s="5" t="s">
-        <v>165</v>
+        <v>133</v>
       </c>
       <c r="F26" s="5" t="s">
-        <v>94</v>
-[...4 lines deleted...]
-        </is>
+        <v>169</v>
+      </c>
+      <c r="G26" s="5" t="s">
+        <v>176</v>
       </c>
       <c r="H26" s="5" t="s">
-        <v>203</v>
-[...3 lines deleted...]
-      </c>
+        <v>177</v>
+      </c>
+      <c r="I26" s="5"/>
       <c r="J26" s="5" t="s">
-        <v>205</v>
+        <v>41</v>
       </c>
       <c r="K26" s="5" t="s">
-        <v>206</v>
+        <v>178</v>
       </c>
       <c r="L26" s="6" t="s">
-        <v>207</v>
+        <v>179</v>
       </c>
       <c r="M26" s="5" t="s">
-        <v>208</v>
+        <v>180</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="5" t="s">
-        <v>209</v>
+        <v>181</v>
       </c>
       <c r="B27" s="5" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="C27" s="5" t="s">
-        <v>16</v>
+        <v>36</v>
       </c>
       <c r="D27" s="5" t="s">
-        <v>15</v>
-[...10 lines deleted...]
-        </is>
+        <v>37</v>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F27" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G27" s="5" t="s">
+        <v>182</v>
       </c>
       <c r="H27" s="5" t="s">
-        <v>211</v>
-[...1 lines deleted...]
-      <c r="I27" s="5"/>
+        <v>183</v>
+      </c>
+      <c r="I27" s="5" t="s">
+        <v>184</v>
+      </c>
       <c r="J27" s="5" t="s">
-        <v>212</v>
+        <v>41</v>
       </c>
       <c r="K27" s="5" t="s">
-        <v>213</v>
+        <v>185</v>
       </c>
       <c r="L27" s="6" t="s">
-        <v>214</v>
+        <v>186</v>
       </c>
       <c r="M27" s="5" t="s">
-        <v>215</v>
+        <v>187</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="5" t="s">
-        <v>216</v>
+        <v>188</v>
       </c>
       <c r="B28" s="5" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="C28" s="5" t="s">
-        <v>16</v>
+        <v>189</v>
       </c>
       <c r="D28" s="5" t="s">
-        <v>15</v>
+        <v>190</v>
       </c>
       <c r="E28" s="5" t="s">
-        <v>217</v>
+        <v>191</v>
       </c>
       <c r="F28" s="5" t="s">
-        <v>94</v>
-[...4 lines deleted...]
-        </is>
+        <v>192</v>
+      </c>
+      <c r="G28" s="5" t="s">
+        <v>193</v>
       </c>
       <c r="H28" s="5" t="s">
-        <v>218</v>
+        <v>194</v>
       </c>
       <c r="I28" s="5" t="s">
-        <v>219</v>
+        <v>195</v>
       </c>
       <c r="J28" s="5" t="s">
-        <v>220</v>
+        <v>196</v>
       </c>
       <c r="K28" s="5" t="s">
-        <v>221</v>
+        <v>197</v>
       </c>
       <c r="L28" s="6" t="s">
-        <v>222</v>
+        <v>198</v>
       </c>
       <c r="M28" s="5" t="s">
-        <v>223</v>
+        <v>199</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="5" t="s">
-        <v>224</v>
+        <v>200</v>
       </c>
       <c r="B29" s="5" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="C29" s="5" t="s">
-        <v>16</v>
+        <v>190</v>
       </c>
       <c r="D29" s="5" t="s">
-        <v>15</v>
+        <v>189</v>
       </c>
       <c r="E29" s="5" t="s">
-        <v>217</v>
+        <v>82</v>
       </c>
       <c r="F29" s="5" t="s">
-        <v>94</v>
+        <v>201</v>
       </c>
       <c r="G29" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H29" s="5" t="s">
-        <v>225</v>
+        <v>202</v>
       </c>
       <c r="I29" s="5" t="s">
-        <v>226</v>
+        <v>203</v>
       </c>
       <c r="J29" s="5" t="s">
-        <v>212</v>
+        <v>204</v>
       </c>
       <c r="K29" s="5" t="s">
-        <v>227</v>
+        <v>205</v>
       </c>
       <c r="L29" s="6" t="s">
-        <v>228</v>
+        <v>206</v>
       </c>
       <c r="M29" s="5" t="s">
-        <v>229</v>
+        <v>207</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="5" t="s">
-        <v>230</v>
+        <v>208</v>
       </c>
       <c r="B30" s="5" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="C30" s="5" t="s">
-        <v>16</v>
+        <v>190</v>
       </c>
       <c r="D30" s="5" t="s">
-        <v>15</v>
+        <v>189</v>
       </c>
       <c r="E30" s="5" t="s">
-        <v>71</v>
+        <v>82</v>
       </c>
       <c r="F30" s="5" t="s">
-        <v>94</v>
+        <v>169</v>
       </c>
       <c r="G30" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H30" s="5" t="s">
-        <v>231</v>
+        <v>209</v>
       </c>
       <c r="I30" s="5" t="s">
-        <v>232</v>
+        <v>210</v>
       </c>
       <c r="J30" s="5" t="s">
-        <v>233</v>
+        <v>211</v>
       </c>
       <c r="K30" s="5" t="s">
-        <v>234</v>
+        <v>212</v>
       </c>
       <c r="L30" s="6" t="s">
-        <v>235</v>
+        <v>213</v>
       </c>
       <c r="M30" s="5" t="s">
-        <v>236</v>
+        <v>214</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="5" t="s">
-        <v>237</v>
+        <v>215</v>
       </c>
       <c r="B31" s="5" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="C31" s="5" t="s">
-        <v>16</v>
+        <v>189</v>
       </c>
       <c r="D31" s="5" t="s">
-        <v>15</v>
-[...5 lines deleted...]
-        <v>210</v>
+        <v>216</v>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F31" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G31" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H31" s="5" t="s">
-        <v>238</v>
+        <v>217</v>
       </c>
       <c r="I31" s="5" t="s">
-        <v>239</v>
+        <v>218</v>
       </c>
       <c r="J31" s="5" t="s">
-        <v>240</v>
+        <v>219</v>
       </c>
       <c r="K31" s="5" t="s">
-        <v>241</v>
+        <v>220</v>
       </c>
       <c r="L31" s="6" t="s">
-        <v>242</v>
+        <v>221</v>
       </c>
       <c r="M31" s="5" t="s">
-        <v>243</v>
+        <v>222</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="5" t="s">
-        <v>244</v>
+        <v>223</v>
       </c>
       <c r="B32" s="5" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="C32" s="5" t="s">
-        <v>16</v>
+        <v>189</v>
       </c>
       <c r="D32" s="5" t="s">
-        <v>15</v>
+        <v>190</v>
       </c>
       <c r="E32" s="5" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
       <c r="F32" s="5" t="s">
-        <v>210</v>
+        <v>82</v>
       </c>
       <c r="G32" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H32" s="5" t="s">
-        <v>245</v>
+        <v>224</v>
       </c>
       <c r="I32" s="5" t="s">
-        <v>246</v>
+        <v>225</v>
       </c>
       <c r="J32" s="5" t="s">
-        <v>247</v>
+        <v>226</v>
       </c>
       <c r="K32" s="5" t="s">
-        <v>248</v>
+        <v>227</v>
       </c>
       <c r="L32" s="6" t="s">
-        <v>249</v>
+        <v>228</v>
       </c>
       <c r="M32" s="5" t="s">
-        <v>250</v>
+        <v>229</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="5" t="s">
-        <v>251</v>
+        <v>230</v>
       </c>
       <c r="B33" s="5" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="C33" s="5" t="s">
-        <v>16</v>
+        <v>189</v>
       </c>
       <c r="D33" s="5" t="s">
-        <v>15</v>
+        <v>190</v>
       </c>
       <c r="E33" s="5" t="s">
-        <v>71</v>
+        <v>66</v>
       </c>
       <c r="F33" s="5" t="s">
-        <v>252</v>
+        <v>82</v>
       </c>
       <c r="G33" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H33" s="5" t="s">
-        <v>253</v>
+        <v>231</v>
       </c>
       <c r="I33" s="5" t="s">
-        <v>254</v>
+        <v>232</v>
       </c>
       <c r="J33" s="5" t="s">
-        <v>255</v>
+        <v>233</v>
       </c>
       <c r="K33" s="5" t="s">
-        <v>256</v>
+        <v>234</v>
       </c>
       <c r="L33" s="6" t="s">
-        <v>257</v>
+        <v>235</v>
       </c>
       <c r="M33" s="5" t="s">
-        <v>258</v>
+        <v>236</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="5" t="s">
-        <v>259</v>
+        <v>230</v>
       </c>
       <c r="B34" s="5" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="C34" s="5" t="s">
-        <v>15</v>
+        <v>189</v>
       </c>
       <c r="D34" s="5" t="s">
-        <v>260</v>
-[...5 lines deleted...]
-        <v>252</v>
+        <v>216</v>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F34" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G34" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H34" s="5" t="s">
-        <v>262</v>
+        <v>237</v>
       </c>
       <c r="I34" s="5" t="s">
-        <v>263</v>
+        <v>238</v>
       </c>
       <c r="J34" s="5" t="s">
-        <v>264</v>
+        <v>233</v>
       </c>
       <c r="K34" s="5" t="s">
-        <v>265</v>
+        <v>239</v>
       </c>
       <c r="L34" s="6" t="s">
-        <v>266</v>
+        <v>240</v>
       </c>
       <c r="M34" s="5" t="s">
-        <v>267</v>
+        <v>241</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="5" t="s">
-        <v>268</v>
+        <v>242</v>
       </c>
       <c r="B35" s="5" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="C35" s="5" t="s">
-        <v>15</v>
+        <v>190</v>
       </c>
       <c r="D35" s="5" t="s">
-        <v>260</v>
-[...2 lines deleted...]
-        <v>261</v>
+        <v>189</v>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F35" s="5" t="s">
-        <v>252</v>
+        <v>243</v>
       </c>
       <c r="G35" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H35" s="5" t="s">
-        <v>269</v>
+        <v>244</v>
       </c>
       <c r="I35" s="5" t="s">
-        <v>270</v>
+        <v>245</v>
       </c>
       <c r="J35" s="5" t="s">
-        <v>271</v>
+        <v>246</v>
       </c>
       <c r="K35" s="5" t="s">
-        <v>272</v>
+        <v>247</v>
       </c>
       <c r="L35" s="6" t="s">
-        <v>273</v>
+        <v>248</v>
       </c>
       <c r="M35" s="5" t="s">
-        <v>274</v>
+        <v>249</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="5" t="s">
-        <v>275</v>
+        <v>250</v>
       </c>
       <c r="B36" s="5" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="C36" s="5" t="s">
-        <v>16</v>
+        <v>251</v>
       </c>
       <c r="D36" s="5" t="s">
-        <v>15</v>
+        <v>252</v>
       </c>
       <c r="E36" s="5" t="s">
-        <v>71</v>
-[...2 lines deleted...]
-        <v>252</v>
+        <v>66</v>
+      </c>
+      <c r="F36" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G36" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H36" s="5" t="s">
-        <v>276</v>
+        <v>253</v>
       </c>
       <c r="I36" s="5" t="s">
-        <v>277</v>
+        <v>254</v>
       </c>
       <c r="J36" s="5" t="s">
-        <v>278</v>
+        <v>255</v>
       </c>
       <c r="K36" s="5" t="s">
-        <v>279</v>
+        <v>256</v>
       </c>
       <c r="L36" s="6" t="s">
-        <v>280</v>
+        <v>257</v>
       </c>
       <c r="M36" s="5" t="s">
-        <v>281</v>
+        <v>258</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="5" t="s">
-        <v>282</v>
+        <v>259</v>
       </c>
       <c r="B37" s="5" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="C37" s="5" t="s">
-        <v>16</v>
+        <v>251</v>
       </c>
       <c r="D37" s="5" t="s">
-        <v>15</v>
+        <v>190</v>
       </c>
       <c r="E37" s="5" t="s">
-        <v>71</v>
+        <v>260</v>
       </c>
       <c r="F37" s="5" t="s">
-        <v>252</v>
+        <v>261</v>
       </c>
       <c r="G37" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H37" s="5" t="s">
-        <v>283</v>
+        <v>262</v>
       </c>
       <c r="I37" s="5" t="s">
-        <v>284</v>
+        <v>263</v>
       </c>
       <c r="J37" s="5" t="s">
-        <v>285</v>
+        <v>264</v>
       </c>
       <c r="K37" s="5" t="s">
-        <v>286</v>
+        <v>265</v>
       </c>
       <c r="L37" s="6" t="s">
-        <v>287</v>
+        <v>266</v>
       </c>
       <c r="M37" s="5" t="s">
-        <v>288</v>
+        <v>267</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="5" t="s">
-        <v>289</v>
+        <v>268</v>
       </c>
       <c r="B38" s="5" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="C38" s="5" t="s">
-        <v>16</v>
+        <v>190</v>
       </c>
       <c r="D38" s="5" t="s">
-        <v>15</v>
+        <v>189</v>
       </c>
       <c r="E38" s="5" t="s">
-        <v>71</v>
+        <v>82</v>
       </c>
       <c r="F38" s="5" t="s">
-        <v>252</v>
+        <v>269</v>
       </c>
       <c r="G38" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H38" s="5" t="s">
-        <v>290</v>
+        <v>270</v>
       </c>
       <c r="I38" s="5" t="s">
-        <v>291</v>
+        <v>271</v>
       </c>
       <c r="J38" s="5" t="s">
-        <v>292</v>
+        <v>272</v>
       </c>
       <c r="K38" s="5" t="s">
-        <v>293</v>
+        <v>273</v>
       </c>
       <c r="L38" s="6" t="s">
-        <v>294</v>
+        <v>274</v>
       </c>
       <c r="M38" s="5" t="s">
-        <v>295</v>
+        <v>275</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="5" t="s">
-        <v>296</v>
+        <v>276</v>
       </c>
       <c r="B39" s="5" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="C39" s="5" t="s">
-        <v>16</v>
+        <v>189</v>
       </c>
       <c r="D39" s="5" t="s">
-        <v>15</v>
+        <v>190</v>
       </c>
       <c r="E39" s="5" t="s">
-        <v>71</v>
+        <v>169</v>
       </c>
       <c r="F39" s="5" t="s">
-        <v>297</v>
+        <v>277</v>
       </c>
       <c r="G39" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H39" s="5" t="s">
-        <v>298</v>
+        <v>278</v>
       </c>
       <c r="I39" s="5" t="s">
-        <v>299</v>
+        <v>279</v>
       </c>
       <c r="J39" s="5" t="s">
-        <v>300</v>
+        <v>280</v>
       </c>
       <c r="K39" s="5" t="s">
-        <v>301</v>
+        <v>281</v>
       </c>
       <c r="L39" s="6" t="s">
-        <v>302</v>
+        <v>282</v>
       </c>
       <c r="M39" s="5" t="s">
-        <v>303</v>
+        <v>283</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="5" t="s">
-        <v>304</v>
+        <v>284</v>
       </c>
       <c r="B40" s="5" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="C40" s="5" t="s">
-        <v>16</v>
+        <v>190</v>
       </c>
       <c r="D40" s="5" t="s">
-        <v>15</v>
+        <v>189</v>
       </c>
       <c r="E40" s="5" t="s">
-        <v>71</v>
+        <v>285</v>
       </c>
       <c r="F40" s="5" t="s">
-        <v>297</v>
+        <v>269</v>
       </c>
       <c r="G40" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H40" s="5" t="s">
-        <v>305</v>
+        <v>286</v>
       </c>
       <c r="I40" s="5" t="s">
-        <v>306</v>
+        <v>287</v>
       </c>
       <c r="J40" s="5" t="s">
-        <v>307</v>
+        <v>288</v>
       </c>
       <c r="K40" s="5" t="s">
-        <v>308</v>
+        <v>289</v>
       </c>
       <c r="L40" s="6" t="s">
-        <v>309</v>
+        <v>290</v>
       </c>
       <c r="M40" s="5" t="s">
-        <v>310</v>
+        <v>291</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="5" t="s">
-        <v>311</v>
+        <v>292</v>
       </c>
       <c r="B41" s="5" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="C41" s="5" t="s">
-        <v>16</v>
+        <v>189</v>
       </c>
       <c r="D41" s="5" t="s">
-        <v>15</v>
+        <v>190</v>
       </c>
       <c r="E41" s="5" t="s">
-        <v>71</v>
+        <v>293</v>
       </c>
       <c r="F41" s="5" t="s">
+        <v>285</v>
+      </c>
+      <c r="G41" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H41" s="5" t="s">
+        <v>294</v>
+      </c>
+      <c r="I41" s="5" t="s">
+        <v>295</v>
+      </c>
+      <c r="J41" s="5" t="s">
+        <v>296</v>
+      </c>
+      <c r="K41" s="5" t="s">
         <v>297</v>
       </c>
-      <c r="G41" s="5" t="inlineStr">
-[...15 lines deleted...]
-      </c>
       <c r="L41" s="6" t="s">
-        <v>316</v>
+        <v>298</v>
       </c>
       <c r="M41" s="5" t="s">
-        <v>317</v>
+        <v>299</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="5" t="s">
-        <v>318</v>
+        <v>300</v>
       </c>
       <c r="B42" s="5" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="C42" s="5" t="s">
-        <v>16</v>
+        <v>189</v>
       </c>
       <c r="D42" s="5" t="s">
-        <v>15</v>
+        <v>301</v>
       </c>
       <c r="E42" s="5" t="s">
-        <v>71</v>
-[...2 lines deleted...]
-        <v>297</v>
+        <v>169</v>
+      </c>
+      <c r="F42" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G42" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H42" s="5" t="s">
-        <v>319</v>
-[...3 lines deleted...]
-      </c>
+        <v>302</v>
+      </c>
+      <c r="I42" s="5"/>
       <c r="J42" s="5" t="s">
-        <v>321</v>
+        <v>303</v>
       </c>
       <c r="K42" s="5" t="s">
-        <v>322</v>
+        <v>304</v>
       </c>
       <c r="L42" s="6" t="s">
-        <v>323</v>
+        <v>305</v>
       </c>
       <c r="M42" s="5" t="s">
-        <v>324</v>
+        <v>306</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="5" t="s">
-        <v>325</v>
+        <v>307</v>
       </c>
       <c r="B43" s="5" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="C43" s="5" t="s">
-        <v>16</v>
+        <v>190</v>
       </c>
       <c r="D43" s="5" t="s">
-        <v>15</v>
+        <v>189</v>
       </c>
       <c r="E43" s="5" t="s">
-        <v>71</v>
-[...2 lines deleted...]
-        <v>297</v>
+        <v>285</v>
+      </c>
+      <c r="F43" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G43" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H43" s="5" t="s">
-        <v>326</v>
+        <v>308</v>
       </c>
       <c r="I43" s="5" t="s">
-        <v>327</v>
+        <v>309</v>
       </c>
       <c r="J43" s="5" t="s">
-        <v>328</v>
+        <v>310</v>
       </c>
       <c r="K43" s="5" t="s">
-        <v>329</v>
+        <v>311</v>
       </c>
       <c r="L43" s="6" t="s">
-        <v>330</v>
+        <v>312</v>
       </c>
       <c r="M43" s="5" t="s">
-        <v>331</v>
+        <v>313</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="5" t="s">
-        <v>332</v>
+        <v>314</v>
       </c>
       <c r="B44" s="5" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="C44" s="5" t="s">
-        <v>16</v>
+        <v>190</v>
       </c>
       <c r="D44" s="5" t="s">
-        <v>15</v>
+        <v>189</v>
       </c>
       <c r="E44" s="5" t="s">
-        <v>71</v>
+        <v>285</v>
       </c>
       <c r="F44" s="5" t="s">
-        <v>297</v>
+        <v>315</v>
       </c>
       <c r="G44" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H44" s="5" t="s">
-        <v>333</v>
+        <v>316</v>
       </c>
       <c r="I44" s="5" t="s">
-        <v>334</v>
+        <v>317</v>
       </c>
       <c r="J44" s="5" t="s">
-        <v>335</v>
+        <v>318</v>
       </c>
       <c r="K44" s="5" t="s">
-        <v>336</v>
+        <v>319</v>
       </c>
       <c r="L44" s="6" t="s">
-        <v>337</v>
+        <v>320</v>
       </c>
       <c r="M44" s="5" t="s">
-        <v>338</v>
+        <v>321</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="5" t="s">
-        <v>339</v>
+        <v>322</v>
       </c>
       <c r="B45" s="5" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="C45" s="5" t="s">
-        <v>16</v>
+        <v>189</v>
       </c>
       <c r="D45" s="5" t="s">
-        <v>15</v>
+        <v>323</v>
       </c>
       <c r="E45" s="5" t="s">
-        <v>71</v>
+        <v>324</v>
       </c>
       <c r="F45" s="5" t="s">
-        <v>297</v>
+        <v>315</v>
       </c>
       <c r="G45" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H45" s="5" t="s">
-        <v>340</v>
+        <v>325</v>
       </c>
       <c r="I45" s="5" t="s">
-        <v>341</v>
+        <v>326</v>
       </c>
       <c r="J45" s="5" t="s">
-        <v>342</v>
+        <v>327</v>
       </c>
       <c r="K45" s="5" t="s">
-        <v>343</v>
+        <v>328</v>
       </c>
       <c r="L45" s="6" t="s">
-        <v>344</v>
+        <v>329</v>
       </c>
       <c r="M45" s="5" t="s">
-        <v>345</v>
+        <v>330</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="5" t="s">
-        <v>346</v>
+        <v>331</v>
       </c>
       <c r="B46" s="5" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="C46" s="5" t="s">
-        <v>16</v>
+        <v>189</v>
       </c>
       <c r="D46" s="5" t="s">
-        <v>15</v>
+        <v>323</v>
       </c>
       <c r="E46" s="5" t="s">
-        <v>71</v>
+        <v>324</v>
       </c>
       <c r="F46" s="5" t="s">
-        <v>297</v>
+        <v>315</v>
       </c>
       <c r="G46" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H46" s="5" t="s">
-        <v>347</v>
+        <v>332</v>
       </c>
       <c r="I46" s="5" t="s">
-        <v>348</v>
+        <v>333</v>
       </c>
       <c r="J46" s="5" t="s">
-        <v>349</v>
+        <v>334</v>
       </c>
       <c r="K46" s="5" t="s">
-        <v>350</v>
+        <v>335</v>
       </c>
       <c r="L46" s="6" t="s">
-        <v>351</v>
+        <v>336</v>
       </c>
       <c r="M46" s="5" t="s">
-        <v>352</v>
+        <v>337</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="5" t="s">
-        <v>353</v>
+        <v>338</v>
       </c>
       <c r="B47" s="5" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="C47" s="5" t="s">
-        <v>16</v>
+        <v>190</v>
       </c>
       <c r="D47" s="5" t="s">
-        <v>15</v>
+        <v>189</v>
       </c>
       <c r="E47" s="5" t="s">
-        <v>71</v>
+        <v>285</v>
       </c>
       <c r="F47" s="5" t="s">
-        <v>297</v>
+        <v>315</v>
       </c>
       <c r="G47" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H47" s="5" t="s">
-        <v>354</v>
+        <v>339</v>
       </c>
       <c r="I47" s="5" t="s">
-        <v>355</v>
+        <v>340</v>
       </c>
       <c r="J47" s="5" t="s">
-        <v>356</v>
+        <v>341</v>
       </c>
       <c r="K47" s="5" t="s">
-        <v>357</v>
+        <v>342</v>
       </c>
       <c r="L47" s="6" t="s">
-        <v>358</v>
+        <v>343</v>
       </c>
       <c r="M47" s="5" t="s">
-        <v>359</v>
+        <v>344</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="5" t="s">
-        <v>360</v>
+        <v>345</v>
       </c>
       <c r="B48" s="5" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="C48" s="5" t="s">
-        <v>16</v>
+        <v>346</v>
       </c>
       <c r="D48" s="5" t="s">
-        <v>15</v>
+        <v>190</v>
       </c>
       <c r="E48" s="5" t="s">
-        <v>71</v>
+        <v>169</v>
       </c>
       <c r="F48" s="5" t="s">
-        <v>297</v>
+        <v>347</v>
       </c>
       <c r="G48" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H48" s="5" t="s">
-        <v>361</v>
-[...1 lines deleted...]
-      <c r="I48" s="5"/>
+        <v>348</v>
+      </c>
+      <c r="I48" s="5" t="s">
+        <v>349</v>
+      </c>
       <c r="J48" s="5" t="s">
-        <v>362</v>
+        <v>350</v>
       </c>
       <c r="K48" s="5" t="s">
-        <v>363</v>
+        <v>351</v>
       </c>
       <c r="L48" s="6" t="s">
-        <v>364</v>
+        <v>352</v>
       </c>
       <c r="M48" s="5" t="s">
-        <v>365</v>
+        <v>353</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="5" t="s">
-        <v>366</v>
+        <v>354</v>
       </c>
       <c r="B49" s="5" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="C49" s="5" t="s">
-        <v>16</v>
+        <v>190</v>
       </c>
       <c r="D49" s="5" t="s">
-        <v>15</v>
+        <v>189</v>
       </c>
       <c r="E49" s="5" t="s">
-        <v>71</v>
+        <v>285</v>
       </c>
       <c r="F49" s="5" t="s">
-        <v>297</v>
+        <v>315</v>
       </c>
       <c r="G49" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H49" s="5" t="s">
-        <v>367</v>
+        <v>355</v>
       </c>
       <c r="I49" s="5" t="s">
-        <v>368</v>
+        <v>356</v>
       </c>
       <c r="J49" s="5" t="s">
-        <v>369</v>
+        <v>357</v>
       </c>
       <c r="K49" s="5" t="s">
-        <v>370</v>
+        <v>358</v>
       </c>
       <c r="L49" s="6" t="s">
-        <v>371</v>
+        <v>359</v>
       </c>
       <c r="M49" s="5" t="s">
-        <v>372</v>
+        <v>360</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="5" t="s">
-        <v>373</v>
+        <v>361</v>
       </c>
       <c r="B50" s="5" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="C50" s="5" t="s">
-        <v>16</v>
+        <v>190</v>
       </c>
       <c r="D50" s="5" t="s">
-        <v>15</v>
+        <v>189</v>
       </c>
       <c r="E50" s="5" t="s">
-        <v>71</v>
+        <v>285</v>
       </c>
       <c r="F50" s="5" t="s">
-        <v>297</v>
+        <v>315</v>
       </c>
       <c r="G50" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H50" s="5" t="s">
-        <v>374</v>
+        <v>362</v>
       </c>
       <c r="I50" s="5" t="s">
-        <v>375</v>
+        <v>363</v>
       </c>
       <c r="J50" s="5" t="s">
-        <v>376</v>
+        <v>364</v>
       </c>
       <c r="K50" s="5" t="s">
-        <v>377</v>
+        <v>365</v>
       </c>
       <c r="L50" s="6" t="s">
-        <v>378</v>
+        <v>366</v>
       </c>
       <c r="M50" s="5" t="s">
-        <v>379</v>
+        <v>367</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="5" t="s">
-        <v>380</v>
+        <v>368</v>
       </c>
       <c r="B51" s="5" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="C51" s="5" t="s">
-        <v>16</v>
+        <v>190</v>
       </c>
       <c r="D51" s="5" t="s">
-        <v>15</v>
+        <v>189</v>
       </c>
       <c r="E51" s="5" t="s">
-        <v>71</v>
+        <v>285</v>
       </c>
       <c r="F51" s="5" t="s">
-        <v>297</v>
+        <v>369</v>
       </c>
       <c r="G51" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H51" s="5" t="s">
-        <v>381</v>
+        <v>370</v>
       </c>
       <c r="I51" s="5" t="s">
-        <v>382</v>
+        <v>371</v>
       </c>
       <c r="J51" s="5" t="s">
-        <v>383</v>
+        <v>372</v>
       </c>
       <c r="K51" s="5" t="s">
-        <v>384</v>
+        <v>373</v>
       </c>
       <c r="L51" s="6" t="s">
-        <v>385</v>
+        <v>374</v>
       </c>
       <c r="M51" s="5" t="s">
-        <v>386</v>
+        <v>375</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="5" t="s">
-        <v>387</v>
+        <v>376</v>
       </c>
       <c r="B52" s="5" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="C52" s="5" t="s">
-        <v>16</v>
+        <v>190</v>
       </c>
       <c r="D52" s="5" t="s">
-        <v>15</v>
+        <v>189</v>
       </c>
       <c r="E52" s="5" t="s">
-        <v>71</v>
+        <v>285</v>
       </c>
       <c r="F52" s="5" t="s">
-        <v>297</v>
+        <v>369</v>
       </c>
       <c r="G52" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H52" s="5" t="s">
-        <v>388</v>
+        <v>377</v>
       </c>
       <c r="I52" s="5" t="s">
-        <v>389</v>
+        <v>378</v>
       </c>
       <c r="J52" s="5" t="s">
-        <v>390</v>
+        <v>379</v>
       </c>
       <c r="K52" s="5" t="s">
-        <v>391</v>
+        <v>380</v>
       </c>
       <c r="L52" s="6" t="s">
-        <v>392</v>
+        <v>381</v>
       </c>
       <c r="M52" s="5" t="s">
-        <v>393</v>
+        <v>382</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="5" t="s">
-        <v>394</v>
+        <v>383</v>
       </c>
       <c r="B53" s="5" t="s">
-        <v>395</v>
+        <v>13</v>
       </c>
       <c r="C53" s="5" t="s">
-        <v>16</v>
+        <v>189</v>
       </c>
       <c r="D53" s="5" t="s">
-        <v>15</v>
+        <v>190</v>
       </c>
       <c r="E53" s="5" t="s">
-        <v>71</v>
+        <v>384</v>
       </c>
       <c r="F53" s="5" t="s">
-        <v>297</v>
+        <v>385</v>
       </c>
       <c r="G53" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H53" s="5" t="s">
-        <v>396</v>
+        <v>386</v>
       </c>
       <c r="I53" s="5" t="s">
-        <v>397</v>
+        <v>387</v>
       </c>
       <c r="J53" s="5" t="s">
-        <v>398</v>
+        <v>388</v>
       </c>
       <c r="K53" s="5" t="s">
-        <v>399</v>
+        <v>389</v>
       </c>
       <c r="L53" s="6" t="s">
-        <v>400</v>
+        <v>390</v>
       </c>
       <c r="M53" s="5" t="s">
-        <v>401</v>
+        <v>391</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="5" t="s">
-        <v>402</v>
+        <v>392</v>
       </c>
       <c r="B54" s="5" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="C54" s="5" t="s">
-        <v>16</v>
+        <v>190</v>
       </c>
       <c r="D54" s="5" t="s">
-        <v>15</v>
+        <v>189</v>
       </c>
       <c r="E54" s="5" t="s">
-        <v>71</v>
+        <v>285</v>
       </c>
       <c r="F54" s="5" t="s">
-        <v>297</v>
+        <v>369</v>
       </c>
       <c r="G54" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H54" s="5" t="s">
-        <v>403</v>
+        <v>393</v>
       </c>
       <c r="I54" s="5" t="s">
-        <v>404</v>
+        <v>394</v>
       </c>
       <c r="J54" s="5" t="s">
-        <v>405</v>
+        <v>395</v>
       </c>
       <c r="K54" s="5" t="s">
-        <v>406</v>
+        <v>396</v>
       </c>
       <c r="L54" s="6" t="s">
-        <v>407</v>
+        <v>397</v>
       </c>
       <c r="M54" s="5" t="s">
-        <v>408</v>
+        <v>398</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="5" t="s">
-        <v>409</v>
+        <v>399</v>
       </c>
       <c r="B55" s="5" t="s">
-        <v>395</v>
+        <v>13</v>
       </c>
       <c r="C55" s="5" t="s">
-        <v>16</v>
+        <v>190</v>
       </c>
       <c r="D55" s="5" t="s">
-        <v>15</v>
+        <v>189</v>
       </c>
       <c r="E55" s="5" t="s">
-        <v>71</v>
+        <v>285</v>
       </c>
       <c r="F55" s="5" t="s">
-        <v>297</v>
+        <v>369</v>
       </c>
       <c r="G55" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H55" s="5" t="s">
-        <v>410</v>
+        <v>400</v>
       </c>
       <c r="I55" s="5" t="s">
-        <v>411</v>
+        <v>401</v>
       </c>
       <c r="J55" s="5" t="s">
-        <v>398</v>
+        <v>402</v>
       </c>
       <c r="K55" s="5" t="s">
-        <v>412</v>
+        <v>403</v>
       </c>
       <c r="L55" s="6" t="s">
-        <v>413</v>
+        <v>404</v>
       </c>
       <c r="M55" s="5" t="s">
-        <v>414</v>
+        <v>405</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="5" t="s">
-        <v>415</v>
+        <v>406</v>
       </c>
       <c r="B56" s="5" t="s">
-        <v>395</v>
+        <v>13</v>
       </c>
       <c r="C56" s="5" t="s">
-        <v>16</v>
+        <v>189</v>
       </c>
       <c r="D56" s="5" t="s">
-        <v>15</v>
+        <v>190</v>
       </c>
       <c r="E56" s="5" t="s">
-        <v>71</v>
+        <v>169</v>
       </c>
       <c r="F56" s="5" t="s">
-        <v>297</v>
+        <v>285</v>
       </c>
       <c r="G56" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H56" s="5" t="s">
-        <v>416</v>
+        <v>407</v>
       </c>
       <c r="I56" s="5" t="s">
-        <v>417</v>
+        <v>408</v>
       </c>
       <c r="J56" s="5" t="s">
-        <v>418</v>
+        <v>409</v>
       </c>
       <c r="K56" s="5" t="s">
-        <v>419</v>
+        <v>410</v>
       </c>
       <c r="L56" s="6" t="s">
-        <v>420</v>
+        <v>411</v>
       </c>
       <c r="M56" s="5" t="s">
-        <v>421</v>
+        <v>412</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="5" t="s">
-        <v>422</v>
+        <v>413</v>
       </c>
       <c r="B57" s="5" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="C57" s="5" t="s">
-        <v>16</v>
+        <v>190</v>
       </c>
       <c r="D57" s="5" t="s">
-        <v>15</v>
+        <v>189</v>
       </c>
       <c r="E57" s="5" t="s">
-        <v>71</v>
+        <v>285</v>
       </c>
       <c r="F57" s="5" t="s">
-        <v>297</v>
+        <v>369</v>
       </c>
       <c r="G57" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H57" s="5" t="s">
-        <v>423</v>
+        <v>414</v>
       </c>
       <c r="I57" s="5" t="s">
-        <v>424</v>
+        <v>415</v>
       </c>
       <c r="J57" s="5" t="s">
-        <v>425</v>
+        <v>416</v>
       </c>
       <c r="K57" s="5" t="s">
-        <v>426</v>
+        <v>417</v>
       </c>
       <c r="L57" s="6" t="s">
-        <v>427</v>
+        <v>418</v>
       </c>
       <c r="M57" s="5" t="s">
-        <v>428</v>
+        <v>419</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="5" t="s">
-        <v>429</v>
+        <v>420</v>
       </c>
       <c r="B58" s="5" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="C58" s="5" t="s">
-        <v>16</v>
+        <v>190</v>
       </c>
       <c r="D58" s="5" t="s">
-        <v>15</v>
+        <v>189</v>
       </c>
       <c r="E58" s="5" t="s">
-        <v>71</v>
+        <v>285</v>
       </c>
       <c r="F58" s="5" t="s">
-        <v>297</v>
+        <v>369</v>
       </c>
       <c r="G58" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H58" s="5" t="s">
-        <v>430</v>
+        <v>421</v>
       </c>
       <c r="I58" s="5" t="s">
-        <v>431</v>
+        <v>422</v>
       </c>
       <c r="J58" s="5" t="s">
-        <v>432</v>
+        <v>423</v>
       </c>
       <c r="K58" s="5" t="s">
-        <v>433</v>
+        <v>424</v>
       </c>
       <c r="L58" s="6" t="s">
-        <v>434</v>
+        <v>425</v>
       </c>
       <c r="M58" s="5" t="s">
-        <v>435</v>
+        <v>426</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="5" t="s">
-        <v>436</v>
+        <v>427</v>
       </c>
       <c r="B59" s="5" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="C59" s="5" t="s">
-        <v>437</v>
+        <v>190</v>
       </c>
       <c r="D59" s="5" t="s">
-        <v>15</v>
+        <v>189</v>
       </c>
       <c r="E59" s="5" t="s">
-        <v>71</v>
+        <v>285</v>
       </c>
       <c r="F59" s="5" t="s">
-        <v>297</v>
+        <v>384</v>
       </c>
       <c r="G59" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H59" s="5" t="s">
-        <v>438</v>
+        <v>428</v>
       </c>
       <c r="I59" s="5" t="s">
-        <v>439</v>
+        <v>429</v>
       </c>
       <c r="J59" s="5" t="s">
-        <v>440</v>
+        <v>430</v>
       </c>
       <c r="K59" s="5" t="s">
-        <v>441</v>
+        <v>431</v>
       </c>
       <c r="L59" s="6" t="s">
-        <v>442</v>
+        <v>432</v>
       </c>
       <c r="M59" s="5" t="s">
-        <v>443</v>
+        <v>433</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="5" t="s">
-        <v>444</v>
+        <v>434</v>
       </c>
       <c r="B60" s="5" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="C60" s="5" t="s">
-        <v>16</v>
+        <v>190</v>
       </c>
       <c r="D60" s="5" t="s">
-        <v>15</v>
+        <v>189</v>
       </c>
       <c r="E60" s="5" t="s">
-        <v>71</v>
+        <v>285</v>
       </c>
       <c r="F60" s="5" t="s">
-        <v>297</v>
+        <v>369</v>
       </c>
       <c r="G60" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H60" s="5" t="s">
-        <v>445</v>
+        <v>435</v>
       </c>
       <c r="I60" s="5" t="s">
-        <v>446</v>
+        <v>436</v>
       </c>
       <c r="J60" s="5" t="s">
-        <v>447</v>
+        <v>437</v>
       </c>
       <c r="K60" s="5" t="s">
-        <v>448</v>
+        <v>438</v>
       </c>
       <c r="L60" s="6" t="s">
-        <v>449</v>
+        <v>439</v>
       </c>
       <c r="M60" s="5" t="s">
-        <v>450</v>
+        <v>440</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="5" t="s">
-        <v>451</v>
+        <v>441</v>
       </c>
       <c r="B61" s="5" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="C61" s="5" t="s">
-        <v>16</v>
+        <v>190</v>
       </c>
       <c r="D61" s="5" t="s">
-        <v>15</v>
+        <v>189</v>
       </c>
       <c r="E61" s="5" t="s">
-        <v>71</v>
+        <v>285</v>
       </c>
       <c r="F61" s="5" t="s">
-        <v>297</v>
+        <v>369</v>
       </c>
       <c r="G61" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H61" s="5" t="s">
-        <v>452</v>
+        <v>442</v>
       </c>
       <c r="I61" s="5" t="s">
-        <v>453</v>
+        <v>443</v>
       </c>
       <c r="J61" s="5" t="s">
-        <v>454</v>
+        <v>444</v>
       </c>
       <c r="K61" s="5" t="s">
-        <v>455</v>
+        <v>445</v>
       </c>
       <c r="L61" s="6" t="s">
-        <v>456</v>
+        <v>446</v>
       </c>
       <c r="M61" s="5" t="s">
-        <v>457</v>
+        <v>447</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="5" t="s">
-        <v>458</v>
+        <v>448</v>
       </c>
       <c r="B62" s="5" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="C62" s="5" t="s">
-        <v>16</v>
+        <v>190</v>
       </c>
       <c r="D62" s="5" t="s">
-        <v>15</v>
+        <v>189</v>
       </c>
       <c r="E62" s="5" t="s">
-        <v>71</v>
+        <v>285</v>
       </c>
       <c r="F62" s="5" t="s">
-        <v>297</v>
+        <v>369</v>
       </c>
       <c r="G62" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H62" s="5" t="s">
-        <v>459</v>
+        <v>449</v>
       </c>
       <c r="I62" s="5" t="s">
-        <v>460</v>
+        <v>450</v>
       </c>
       <c r="J62" s="5" t="s">
-        <v>461</v>
+        <v>451</v>
       </c>
       <c r="K62" s="5" t="s">
-        <v>462</v>
+        <v>452</v>
       </c>
       <c r="L62" s="6" t="s">
-        <v>463</v>
+        <v>453</v>
       </c>
       <c r="M62" s="5" t="s">
-        <v>464</v>
+        <v>454</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="5" t="s">
-        <v>465</v>
+        <v>455</v>
       </c>
       <c r="B63" s="5" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="C63" s="5" t="s">
-        <v>16</v>
+        <v>190</v>
       </c>
       <c r="D63" s="5" t="s">
-        <v>15</v>
+        <v>189</v>
       </c>
       <c r="E63" s="5" t="s">
-        <v>71</v>
+        <v>285</v>
       </c>
       <c r="F63" s="5" t="s">
-        <v>297</v>
+        <v>369</v>
       </c>
       <c r="G63" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H63" s="5" t="s">
-        <v>466</v>
+        <v>456</v>
       </c>
       <c r="I63" s="5" t="s">
-        <v>467</v>
+        <v>457</v>
       </c>
       <c r="J63" s="5" t="s">
-        <v>468</v>
+        <v>458</v>
       </c>
       <c r="K63" s="5" t="s">
-        <v>469</v>
+        <v>459</v>
       </c>
       <c r="L63" s="6" t="s">
-        <v>470</v>
+        <v>460</v>
       </c>
       <c r="M63" s="5" t="s">
-        <v>471</v>
+        <v>461</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="5" t="s">
-        <v>472</v>
+        <v>462</v>
       </c>
       <c r="B64" s="5" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="C64" s="5" t="s">
-        <v>16</v>
+        <v>190</v>
       </c>
       <c r="D64" s="5" t="s">
-        <v>15</v>
+        <v>189</v>
       </c>
       <c r="E64" s="5" t="s">
-        <v>71</v>
+        <v>285</v>
       </c>
       <c r="F64" s="5" t="s">
-        <v>297</v>
+        <v>369</v>
       </c>
       <c r="G64" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H64" s="5" t="s">
-        <v>473</v>
+        <v>463</v>
       </c>
       <c r="I64" s="5"/>
       <c r="J64" s="5" t="s">
-        <v>212</v>
+        <v>464</v>
       </c>
       <c r="K64" s="5" t="s">
-        <v>474</v>
+        <v>465</v>
       </c>
       <c r="L64" s="6" t="s">
-        <v>475</v>
+        <v>466</v>
       </c>
       <c r="M64" s="5" t="s">
-        <v>476</v>
+        <v>467</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="5" t="s">
-        <v>477</v>
+        <v>468</v>
       </c>
       <c r="B65" s="5" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="C65" s="5" t="s">
-        <v>16</v>
+        <v>190</v>
       </c>
       <c r="D65" s="5" t="s">
-        <v>15</v>
+        <v>189</v>
       </c>
       <c r="E65" s="5" t="s">
-        <v>71</v>
+        <v>285</v>
       </c>
       <c r="F65" s="5" t="s">
-        <v>297</v>
+        <v>369</v>
       </c>
       <c r="G65" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H65" s="5" t="s">
-        <v>478</v>
+        <v>469</v>
       </c>
       <c r="I65" s="5" t="s">
-        <v>479</v>
+        <v>470</v>
       </c>
       <c r="J65" s="5" t="s">
-        <v>418</v>
+        <v>471</v>
       </c>
       <c r="K65" s="5" t="s">
-        <v>480</v>
+        <v>472</v>
       </c>
       <c r="L65" s="6" t="s">
-        <v>481</v>
+        <v>473</v>
       </c>
       <c r="M65" s="5" t="s">
-        <v>482</v>
+        <v>474</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="5" t="s">
-        <v>483</v>
+        <v>475</v>
       </c>
       <c r="B66" s="5" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="C66" s="5" t="s">
-        <v>16</v>
+        <v>153</v>
       </c>
       <c r="D66" s="5" t="s">
-        <v>15</v>
+        <v>189</v>
       </c>
       <c r="E66" s="5" t="s">
-        <v>71</v>
+        <v>82</v>
       </c>
       <c r="F66" s="5" t="s">
-        <v>297</v>
+        <v>384</v>
       </c>
       <c r="G66" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H66" s="5" t="s">
-        <v>484</v>
-[...1 lines deleted...]
-      <c r="I66" s="5"/>
+        <v>476</v>
+      </c>
+      <c r="I66" s="5" t="s">
+        <v>477</v>
+      </c>
       <c r="J66" s="5" t="s">
-        <v>485</v>
+        <v>478</v>
       </c>
       <c r="K66" s="5" t="s">
-        <v>486</v>
+        <v>479</v>
       </c>
       <c r="L66" s="6" t="s">
-        <v>487</v>
+        <v>480</v>
       </c>
       <c r="M66" s="5" t="s">
-        <v>488</v>
+        <v>481</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="5" t="s">
-        <v>489</v>
+        <v>482</v>
       </c>
       <c r="B67" s="5" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="C67" s="5" t="s">
-        <v>16</v>
+        <v>190</v>
       </c>
       <c r="D67" s="5" t="s">
-        <v>15</v>
+        <v>189</v>
       </c>
       <c r="E67" s="5" t="s">
-        <v>217</v>
+        <v>285</v>
       </c>
       <c r="F67" s="5" t="s">
-        <v>297</v>
+        <v>369</v>
       </c>
       <c r="G67" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H67" s="5" t="s">
-        <v>490</v>
+        <v>483</v>
       </c>
       <c r="I67" s="5" t="s">
-        <v>491</v>
+        <v>484</v>
       </c>
       <c r="J67" s="5" t="s">
-        <v>492</v>
+        <v>485</v>
       </c>
       <c r="K67" s="5" t="s">
-        <v>493</v>
+        <v>486</v>
       </c>
       <c r="L67" s="6" t="s">
-        <v>494</v>
+        <v>487</v>
       </c>
       <c r="M67" s="5" t="s">
-        <v>495</v>
+        <v>488</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="5" t="s">
-        <v>496</v>
+        <v>489</v>
       </c>
       <c r="B68" s="5" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="C68" s="5" t="s">
-        <v>16</v>
+        <v>190</v>
       </c>
       <c r="D68" s="5" t="s">
-        <v>15</v>
+        <v>189</v>
       </c>
       <c r="E68" s="5" t="s">
-        <v>71</v>
+        <v>285</v>
       </c>
       <c r="F68" s="5" t="s">
-        <v>297</v>
+        <v>369</v>
       </c>
       <c r="G68" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H68" s="5" t="s">
-        <v>497</v>
+        <v>490</v>
       </c>
       <c r="I68" s="5" t="s">
-        <v>498</v>
+        <v>491</v>
       </c>
       <c r="J68" s="5" t="s">
-        <v>499</v>
+        <v>492</v>
       </c>
       <c r="K68" s="5" t="s">
-        <v>500</v>
+        <v>493</v>
       </c>
       <c r="L68" s="6" t="s">
-        <v>501</v>
+        <v>494</v>
       </c>
       <c r="M68" s="5" t="s">
-        <v>502</v>
+        <v>495</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="5" t="s">
-        <v>503</v>
+        <v>496</v>
       </c>
       <c r="B69" s="5" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="C69" s="5" t="s">
-        <v>27</v>
+        <v>190</v>
       </c>
       <c r="D69" s="5" t="s">
-        <v>504</v>
-[...12 lines deleted...]
-        <v>505</v>
+        <v>189</v>
+      </c>
+      <c r="E69" s="5" t="s">
+        <v>285</v>
+      </c>
+      <c r="F69" s="5" t="s">
+        <v>369</v>
+      </c>
+      <c r="G69" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H69" s="5" t="s">
-        <v>506</v>
+        <v>497</v>
       </c>
       <c r="I69" s="5" t="s">
-        <v>507</v>
+        <v>498</v>
       </c>
       <c r="J69" s="5" t="s">
-        <v>33</v>
+        <v>499</v>
       </c>
       <c r="K69" s="5" t="s">
-        <v>508</v>
+        <v>500</v>
       </c>
       <c r="L69" s="6" t="s">
-        <v>509</v>
+        <v>501</v>
       </c>
       <c r="M69" s="5" t="s">
-        <v>510</v>
+        <v>502</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="5" t="s">
-        <v>511</v>
+        <v>503</v>
       </c>
       <c r="B70" s="5" t="s">
-        <v>14</v>
+        <v>504</v>
       </c>
       <c r="C70" s="5" t="s">
-        <v>27</v>
+        <v>190</v>
       </c>
       <c r="D70" s="5" t="s">
-        <v>504</v>
-[...9 lines deleted...]
-        </is>
+        <v>189</v>
+      </c>
+      <c r="E70" s="5" t="s">
+        <v>285</v>
+      </c>
+      <c r="F70" s="5" t="s">
+        <v>369</v>
       </c>
       <c r="G70" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H70" s="5" t="s">
-        <v>512</v>
+        <v>505</v>
       </c>
       <c r="I70" s="5" t="s">
-        <v>513</v>
+        <v>506</v>
       </c>
       <c r="J70" s="5" t="s">
-        <v>33</v>
+        <v>507</v>
       </c>
       <c r="K70" s="5" t="s">
-        <v>514</v>
+        <v>508</v>
       </c>
       <c r="L70" s="6" t="s">
-        <v>515</v>
+        <v>509</v>
       </c>
       <c r="M70" s="5" t="s">
-        <v>516</v>
+        <v>510</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="5" t="s">
+        <v>511</v>
+      </c>
+      <c r="B71" s="5" t="s">
+        <v>13</v>
+      </c>
+      <c r="C71" s="5" t="s">
+        <v>190</v>
+      </c>
+      <c r="D71" s="5" t="s">
+        <v>189</v>
+      </c>
+      <c r="E71" s="5" t="s">
+        <v>285</v>
+      </c>
+      <c r="F71" s="5" t="s">
+        <v>369</v>
+      </c>
+      <c r="G71" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H71" s="5" t="s">
+        <v>512</v>
+      </c>
+      <c r="I71" s="5" t="s">
+        <v>513</v>
+      </c>
+      <c r="J71" s="5" t="s">
+        <v>514</v>
+      </c>
+      <c r="K71" s="5" t="s">
+        <v>515</v>
+      </c>
+      <c r="L71" s="6" t="s">
+        <v>516</v>
+      </c>
+      <c r="M71" s="5" t="s">
         <v>517</v>
-      </c>
-[...36 lines deleted...]
-        <v>526</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="5" t="s">
-        <v>527</v>
+        <v>518</v>
       </c>
       <c r="B72" s="5" t="s">
-        <v>14</v>
+        <v>504</v>
       </c>
       <c r="C72" s="5" t="s">
-        <v>27</v>
+        <v>190</v>
       </c>
       <c r="D72" s="5" t="s">
-        <v>504</v>
-[...12 lines deleted...]
-        <v>528</v>
+        <v>189</v>
+      </c>
+      <c r="E72" s="5" t="s">
+        <v>285</v>
+      </c>
+      <c r="F72" s="5" t="s">
+        <v>369</v>
+      </c>
+      <c r="G72" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H72" s="5" t="s">
-        <v>529</v>
+        <v>519</v>
       </c>
       <c r="I72" s="5" t="s">
-        <v>530</v>
+        <v>520</v>
       </c>
       <c r="J72" s="5" t="s">
-        <v>33</v>
+        <v>507</v>
       </c>
       <c r="K72" s="5" t="s">
-        <v>531</v>
+        <v>521</v>
       </c>
       <c r="L72" s="6" t="s">
-        <v>532</v>
+        <v>522</v>
       </c>
       <c r="M72" s="5" t="s">
-        <v>533</v>
+        <v>523</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="5" t="s">
-        <v>534</v>
+        <v>524</v>
       </c>
       <c r="B73" s="5" t="s">
-        <v>14</v>
+        <v>504</v>
       </c>
       <c r="C73" s="5" t="s">
-        <v>16</v>
+        <v>190</v>
       </c>
       <c r="D73" s="5" t="s">
-        <v>15</v>
+        <v>189</v>
       </c>
       <c r="E73" s="5" t="s">
-        <v>535</v>
-[...4 lines deleted...]
-        </is>
+        <v>285</v>
+      </c>
+      <c r="F73" s="5" t="s">
+        <v>369</v>
       </c>
       <c r="G73" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H73" s="5" t="s">
-        <v>536</v>
+        <v>525</v>
       </c>
       <c r="I73" s="5" t="s">
-        <v>537</v>
+        <v>526</v>
       </c>
       <c r="J73" s="5" t="s">
-        <v>538</v>
+        <v>527</v>
       </c>
       <c r="K73" s="5" t="s">
-        <v>539</v>
+        <v>528</v>
       </c>
       <c r="L73" s="6" t="s">
-        <v>540</v>
+        <v>529</v>
       </c>
       <c r="M73" s="5" t="s">
-        <v>541</v>
+        <v>530</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="5" t="s">
-        <v>542</v>
+        <v>531</v>
       </c>
       <c r="B74" s="5" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="C74" s="5" t="s">
-        <v>16</v>
+        <v>190</v>
       </c>
       <c r="D74" s="5" t="s">
-        <v>15</v>
+        <v>189</v>
       </c>
       <c r="E74" s="5" t="s">
-        <v>71</v>
-[...4 lines deleted...]
-        </is>
+        <v>285</v>
+      </c>
+      <c r="F74" s="5" t="s">
+        <v>369</v>
       </c>
       <c r="G74" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H74" s="5" t="s">
-        <v>543</v>
+        <v>532</v>
       </c>
       <c r="I74" s="5" t="s">
-        <v>544</v>
+        <v>533</v>
       </c>
       <c r="J74" s="5" t="s">
-        <v>545</v>
+        <v>534</v>
       </c>
       <c r="K74" s="5" t="s">
-        <v>546</v>
+        <v>535</v>
       </c>
       <c r="L74" s="6" t="s">
-        <v>547</v>
+        <v>536</v>
       </c>
       <c r="M74" s="5" t="s">
-        <v>548</v>
+        <v>537</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="5" t="s">
-        <v>549</v>
+        <v>538</v>
       </c>
       <c r="B75" s="5" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="C75" s="5" t="s">
-        <v>15</v>
+        <v>190</v>
       </c>
       <c r="D75" s="5" t="s">
-        <v>16</v>
+        <v>189</v>
       </c>
       <c r="E75" s="5" t="s">
-        <v>30</v>
+        <v>285</v>
       </c>
       <c r="F75" s="5" t="s">
-        <v>165</v>
+        <v>369</v>
       </c>
       <c r="G75" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H75" s="5" t="s">
-        <v>550</v>
+        <v>539</v>
       </c>
       <c r="I75" s="5" t="s">
-        <v>551</v>
+        <v>540</v>
       </c>
       <c r="J75" s="5" t="s">
-        <v>552</v>
+        <v>541</v>
       </c>
       <c r="K75" s="5" t="s">
-        <v>553</v>
+        <v>542</v>
       </c>
       <c r="L75" s="6" t="s">
-        <v>554</v>
+        <v>543</v>
       </c>
       <c r="M75" s="5" t="s">
-        <v>555</v>
+        <v>544</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="5" t="s">
-        <v>556</v>
+        <v>545</v>
       </c>
       <c r="B76" s="5" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="C76" s="5" t="s">
-        <v>15</v>
+        <v>216</v>
       </c>
       <c r="D76" s="5" t="s">
-        <v>16</v>
+        <v>189</v>
       </c>
       <c r="E76" s="5" t="s">
-        <v>30</v>
+        <v>285</v>
       </c>
       <c r="F76" s="5" t="s">
-        <v>165</v>
+        <v>369</v>
       </c>
       <c r="G76" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H76" s="5" t="s">
-        <v>557</v>
+        <v>546</v>
       </c>
       <c r="I76" s="5" t="s">
-        <v>558</v>
+        <v>547</v>
       </c>
       <c r="J76" s="5" t="s">
-        <v>559</v>
+        <v>548</v>
       </c>
       <c r="K76" s="5" t="s">
-        <v>560</v>
+        <v>549</v>
       </c>
       <c r="L76" s="6" t="s">
-        <v>561</v>
+        <v>550</v>
       </c>
       <c r="M76" s="5" t="s">
-        <v>562</v>
+        <v>551</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="5" t="s">
+        <v>552</v>
+      </c>
+      <c r="B77" s="5" t="s">
+        <v>13</v>
+      </c>
+      <c r="C77" s="5" t="s">
+        <v>190</v>
+      </c>
+      <c r="D77" s="5" t="s">
+        <v>189</v>
+      </c>
+      <c r="E77" s="5" t="s">
+        <v>285</v>
+      </c>
+      <c r="F77" s="5" t="s">
+        <v>369</v>
+      </c>
+      <c r="G77" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H77" s="5" t="s">
+        <v>553</v>
+      </c>
+      <c r="I77" s="5" t="s">
+        <v>554</v>
+      </c>
+      <c r="J77" s="5" t="s">
+        <v>555</v>
+      </c>
+      <c r="K77" s="5" t="s">
         <v>556</v>
       </c>
-      <c r="B77" s="5" t="s">
-[...34 lines deleted...]
-      </c>
       <c r="L77" s="6" t="s">
-        <v>566</v>
+        <v>557</v>
       </c>
       <c r="M77" s="5" t="s">
-        <v>567</v>
+        <v>558</v>
       </c>
     </row>
     <row r="78">
-      <c r="A78" s="5" t="n">
-        <v>1916</v>
+      <c r="A78" s="5" t="s">
+        <v>559</v>
       </c>
       <c r="B78" s="5" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="C78" s="5" t="s">
-        <v>568</v>
+        <v>190</v>
       </c>
       <c r="D78" s="5" t="s">
-        <v>569</v>
-[...9 lines deleted...]
-        </is>
+        <v>189</v>
+      </c>
+      <c r="E78" s="5" t="s">
+        <v>285</v>
+      </c>
+      <c r="F78" s="5" t="s">
+        <v>369</v>
       </c>
       <c r="G78" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H78" s="5" t="s">
-        <v>570</v>
-[...1 lines deleted...]
-      <c r="I78" s="5"/>
+        <v>560</v>
+      </c>
+      <c r="I78" s="5" t="s">
+        <v>561</v>
+      </c>
       <c r="J78" s="5" t="s">
-        <v>571</v>
+        <v>562</v>
       </c>
       <c r="K78" s="5" t="s">
-        <v>572</v>
+        <v>563</v>
       </c>
       <c r="L78" s="6" t="s">
-        <v>573</v>
+        <v>564</v>
       </c>
       <c r="M78" s="5" t="s">
-        <v>574</v>
+        <v>565</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="5" t="s">
-        <v>575</v>
+        <v>566</v>
       </c>
       <c r="B79" s="5" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="C79" s="5" t="s">
-        <v>576</v>
+        <v>190</v>
       </c>
       <c r="D79" s="5" t="s">
+        <v>189</v>
+      </c>
+      <c r="E79" s="5" t="s">
+        <v>285</v>
+      </c>
+      <c r="F79" s="5" t="s">
+        <v>369</v>
+      </c>
+      <c r="G79" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H79" s="5" t="s">
+        <v>567</v>
+      </c>
+      <c r="I79" s="5" t="s">
+        <v>568</v>
+      </c>
+      <c r="J79" s="5" t="s">
         <v>569</v>
       </c>
-      <c r="E79" s="5" t="inlineStr">
-[...18 lines deleted...]
-      <c r="J79" s="5" t="s">
+      <c r="K79" s="5" t="s">
+        <v>570</v>
+      </c>
+      <c r="L79" s="6" t="s">
         <v>571</v>
       </c>
-      <c r="K79" s="5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="M79" s="5" t="s">
-        <v>580</v>
+        <v>572</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="5" t="s">
-        <v>581</v>
+        <v>573</v>
       </c>
       <c r="B80" s="5" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="C80" s="5" t="s">
+        <v>190</v>
+      </c>
+      <c r="D80" s="5" t="s">
+        <v>189</v>
+      </c>
+      <c r="E80" s="5" t="s">
+        <v>285</v>
+      </c>
+      <c r="F80" s="5" t="s">
+        <v>369</v>
+      </c>
+      <c r="G80" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H80" s="5" t="s">
+        <v>574</v>
+      </c>
+      <c r="I80" s="5" t="s">
+        <v>575</v>
+      </c>
+      <c r="J80" s="5" t="s">
         <v>576</v>
       </c>
-      <c r="D80" s="5" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="K80" s="5" t="s">
-        <v>582</v>
+        <v>577</v>
       </c>
       <c r="L80" s="6" t="s">
-        <v>583</v>
+        <v>578</v>
       </c>
       <c r="M80" s="5" t="s">
-        <v>580</v>
+        <v>579</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="5" t="s">
-        <v>584</v>
+        <v>580</v>
       </c>
       <c r="B81" s="5" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="C81" s="5" t="s">
-        <v>568</v>
+        <v>190</v>
       </c>
       <c r="D81" s="5" t="s">
-        <v>569</v>
-[...9 lines deleted...]
-        </is>
+        <v>189</v>
+      </c>
+      <c r="E81" s="5" t="s">
+        <v>285</v>
+      </c>
+      <c r="F81" s="5" t="s">
+        <v>369</v>
       </c>
       <c r="G81" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H81" s="5" t="s">
-        <v>585</v>
+        <v>581</v>
       </c>
       <c r="I81" s="5"/>
       <c r="J81" s="5" t="s">
-        <v>571</v>
+        <v>582</v>
       </c>
       <c r="K81" s="5" t="s">
-        <v>586</v>
+        <v>583</v>
       </c>
       <c r="L81" s="6" t="s">
-        <v>587</v>
+        <v>584</v>
       </c>
       <c r="M81" s="5" t="s">
-        <v>588</v>
+        <v>585</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="5" t="s">
+        <v>586</v>
+      </c>
+      <c r="B82" s="5" t="s">
+        <v>13</v>
+      </c>
+      <c r="C82" s="5" t="s">
+        <v>190</v>
+      </c>
+      <c r="D82" s="5" t="s">
+        <v>189</v>
+      </c>
+      <c r="E82" s="5" t="s">
+        <v>285</v>
+      </c>
+      <c r="F82" s="5" t="s">
+        <v>587</v>
+      </c>
+      <c r="G82" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H82" s="5" t="s">
+        <v>588</v>
+      </c>
+      <c r="I82" s="5"/>
+      <c r="J82" s="5" t="s">
+        <v>582</v>
+      </c>
+      <c r="K82" s="5" t="s">
         <v>589</v>
       </c>
-      <c r="B82" s="5" t="s">
-[...23 lines deleted...]
-      <c r="H82" s="5" t="s">
+      <c r="L82" s="6" t="s">
         <v>590</v>
       </c>
-      <c r="I82" s="5" t="s">
+      <c r="M82" s="5" t="s">
         <v>591</v>
-      </c>
-[...10 lines deleted...]
-        <v>594</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="5" t="s">
+        <v>592</v>
+      </c>
+      <c r="B83" s="5" t="s">
+        <v>13</v>
+      </c>
+      <c r="C83" s="5" t="s">
+        <v>190</v>
+      </c>
+      <c r="D83" s="5" t="s">
+        <v>189</v>
+      </c>
+      <c r="E83" s="5" t="s">
+        <v>285</v>
+      </c>
+      <c r="F83" s="5" t="s">
+        <v>369</v>
+      </c>
+      <c r="G83" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H83" s="5" t="s">
+        <v>593</v>
+      </c>
+      <c r="I83" s="5" t="s">
+        <v>594</v>
+      </c>
+      <c r="J83" s="5" t="s">
+        <v>527</v>
+      </c>
+      <c r="K83" s="5" t="s">
         <v>595</v>
       </c>
-      <c r="B83" s="5" t="s">
-[...23 lines deleted...]
-      <c r="H83" s="5" t="s">
+      <c r="L83" s="6" t="s">
         <v>596</v>
       </c>
-      <c r="I83" s="5" t="s">
+      <c r="M83" s="5" t="s">
         <v>597</v>
-      </c>
-[...10 lines deleted...]
-        <v>601</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="5" t="s">
+        <v>598</v>
+      </c>
+      <c r="B84" s="5" t="s">
+        <v>13</v>
+      </c>
+      <c r="C84" s="5" t="s">
+        <v>190</v>
+      </c>
+      <c r="D84" s="5" t="s">
+        <v>189</v>
+      </c>
+      <c r="E84" s="5" t="s">
+        <v>599</v>
+      </c>
+      <c r="F84" s="5" t="s">
+        <v>384</v>
+      </c>
+      <c r="G84" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H84" s="5" t="s">
+        <v>600</v>
+      </c>
+      <c r="I84" s="5" t="s">
+        <v>601</v>
+      </c>
+      <c r="J84" s="5" t="s">
         <v>602</v>
       </c>
-      <c r="B84" s="5" t="s">
-[...13 lines deleted...]
-      <c r="F84" s="5" t="s">
+      <c r="K84" s="5" t="s">
         <v>603</v>
       </c>
-      <c r="G84" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H84" s="5" t="s">
+      <c r="L84" s="6" t="s">
         <v>604</v>
       </c>
-      <c r="I84" s="5" t="s">
+      <c r="M84" s="5" t="s">
         <v>605</v>
-      </c>
-[...10 lines deleted...]
-        <v>609</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="5" t="s">
+        <v>606</v>
+      </c>
+      <c r="B85" s="5" t="s">
+        <v>13</v>
+      </c>
+      <c r="C85" s="5" t="s">
+        <v>190</v>
+      </c>
+      <c r="D85" s="5" t="s">
+        <v>189</v>
+      </c>
+      <c r="E85" s="5" t="s">
+        <v>599</v>
+      </c>
+      <c r="F85" s="5" t="s">
+        <v>384</v>
+      </c>
+      <c r="G85" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H85" s="5" t="s">
+        <v>607</v>
+      </c>
+      <c r="I85" s="5" t="s">
+        <v>608</v>
+      </c>
+      <c r="J85" s="5" t="s">
+        <v>582</v>
+      </c>
+      <c r="K85" s="5" t="s">
+        <v>609</v>
+      </c>
+      <c r="L85" s="6" t="s">
         <v>610</v>
       </c>
-      <c r="B85" s="5" t="s">
-[...5 lines deleted...]
-      <c r="D85" s="5" t="s">
+      <c r="M85" s="5" t="s">
         <v>611</v>
-      </c>
-[...29 lines deleted...]
-        <v>617</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="5" t="s">
+        <v>612</v>
+      </c>
+      <c r="B86" s="5" t="s">
+        <v>13</v>
+      </c>
+      <c r="C86" s="5" t="s">
+        <v>190</v>
+      </c>
+      <c r="D86" s="5" t="s">
+        <v>189</v>
+      </c>
+      <c r="E86" s="5" t="s">
+        <v>285</v>
+      </c>
+      <c r="F86" s="5" t="s">
+        <v>384</v>
+      </c>
+      <c r="G86" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H86" s="5" t="s">
+        <v>613</v>
+      </c>
+      <c r="I86" s="5" t="s">
+        <v>614</v>
+      </c>
+      <c r="J86" s="5" t="s">
+        <v>615</v>
+      </c>
+      <c r="K86" s="5" t="s">
+        <v>616</v>
+      </c>
+      <c r="L86" s="6" t="s">
+        <v>617</v>
+      </c>
+      <c r="M86" s="5" t="s">
         <v>618</v>
-      </c>
-[...38 lines deleted...]
-        <v>623</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="5" t="s">
+        <v>619</v>
+      </c>
+      <c r="B87" s="5" t="s">
+        <v>13</v>
+      </c>
+      <c r="C87" s="5" t="s">
+        <v>189</v>
+      </c>
+      <c r="D87" s="5" t="s">
+        <v>190</v>
+      </c>
+      <c r="E87" s="5" t="s">
+        <v>169</v>
+      </c>
+      <c r="F87" s="5" t="s">
+        <v>285</v>
+      </c>
+      <c r="G87" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H87" s="5" t="s">
+        <v>620</v>
+      </c>
+      <c r="I87" s="5" t="s">
+        <v>621</v>
+      </c>
+      <c r="J87" s="5" t="s">
+        <v>622</v>
+      </c>
+      <c r="K87" s="5" t="s">
+        <v>623</v>
+      </c>
+      <c r="L87" s="6" t="s">
         <v>624</v>
       </c>
-      <c r="B87" s="5" t="s">
-[...21 lines deleted...]
-      <c r="H87" s="5" t="s">
+      <c r="M87" s="5" t="s">
         <v>625</v>
-      </c>
-[...13 lines deleted...]
-        <v>629</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="5" t="s">
-        <v>123</v>
+        <v>626</v>
       </c>
       <c r="B88" s="5" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="C88" s="5" t="s">
-        <v>27</v>
+        <v>190</v>
       </c>
       <c r="D88" s="5" t="s">
-        <v>504</v>
-[...9 lines deleted...]
-        </is>
+        <v>189</v>
+      </c>
+      <c r="E88" s="5" t="s">
+        <v>285</v>
+      </c>
+      <c r="F88" s="5" t="s">
+        <v>587</v>
       </c>
       <c r="G88" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H88" s="5" t="s">
+        <v>627</v>
+      </c>
+      <c r="I88" s="5" t="s">
+        <v>628</v>
+      </c>
+      <c r="J88" s="5" t="s">
+        <v>629</v>
+      </c>
+      <c r="K88" s="5" t="s">
         <v>630</v>
       </c>
-      <c r="I88" s="5" t="s">
+      <c r="L88" s="6" t="s">
         <v>631</v>
       </c>
-      <c r="J88" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K88" s="5" t="s">
+      <c r="M88" s="5" t="s">
         <v>632</v>
-      </c>
-[...4 lines deleted...]
-        <v>634</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="5" t="s">
+        <v>633</v>
+      </c>
+      <c r="B89" s="5" t="s">
+        <v>13</v>
+      </c>
+      <c r="C89" s="5" t="s">
+        <v>190</v>
+      </c>
+      <c r="D89" s="5" t="s">
+        <v>189</v>
+      </c>
+      <c r="E89" s="5" t="s">
+        <v>285</v>
+      </c>
+      <c r="F89" s="5" t="s">
+        <v>587</v>
+      </c>
+      <c r="G89" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H89" s="5" t="s">
+        <v>634</v>
+      </c>
+      <c r="I89" s="5" t="s">
         <v>635</v>
       </c>
-      <c r="B89" s="5" t="s">
-[...14 lines deleted...]
-      <c r="G89" s="5" t="s">
+      <c r="J89" s="5" t="s">
         <v>636</v>
       </c>
-      <c r="H89" s="5" t="s">
+      <c r="K89" s="5" t="s">
         <v>637</v>
       </c>
-      <c r="I89" s="5" t="s">
+      <c r="L89" s="6" t="s">
         <v>638</v>
       </c>
-      <c r="J89" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K89" s="5" t="s">
+      <c r="M89" s="5" t="s">
         <v>639</v>
-      </c>
-[...4 lines deleted...]
-        <v>641</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="5" t="s">
-        <v>136</v>
+        <v>640</v>
       </c>
       <c r="B90" s="5" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="C90" s="5" t="s">
-        <v>28</v>
+        <v>190</v>
       </c>
       <c r="D90" s="5" t="s">
-        <v>504</v>
+        <v>189</v>
       </c>
       <c r="E90" s="5" t="s">
-        <v>38</v>
+        <v>641</v>
       </c>
       <c r="F90" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G90" s="5" t="s">
+      <c r="G90" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H90" s="5" t="s">
         <v>642</v>
       </c>
-      <c r="H90" s="5" t="s">
+      <c r="I90" s="5" t="s">
         <v>643</v>
       </c>
-      <c r="I90" s="5" t="s">
+      <c r="J90" s="5" t="s">
         <v>644</v>
-      </c>
-[...1 lines deleted...]
-        <v>33</v>
       </c>
       <c r="K90" s="5" t="s">
         <v>645</v>
       </c>
       <c r="L90" s="6" t="s">
         <v>646</v>
       </c>
       <c r="M90" s="5" t="s">
         <v>647</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="5" t="s">
         <v>648</v>
       </c>
       <c r="B91" s="5" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="C91" s="5" t="s">
-        <v>27</v>
+        <v>190</v>
       </c>
       <c r="D91" s="5" t="s">
-        <v>504</v>
-[...11 lines deleted...]
-      <c r="G91" s="5" t="s">
+        <v>189</v>
+      </c>
+      <c r="E91" s="5" t="s">
+        <v>285</v>
+      </c>
+      <c r="F91" s="5" t="s">
+        <v>369</v>
+      </c>
+      <c r="G91" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H91" s="5" t="s">
         <v>649</v>
       </c>
-      <c r="H91" s="5" t="s">
+      <c r="I91" s="5"/>
+      <c r="J91" s="5" t="s">
         <v>650</v>
       </c>
-      <c r="I91" s="5" t="s">
+      <c r="K91" s="5" t="s">
         <v>651</v>
       </c>
-      <c r="J91" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K91" s="5" t="s">
+      <c r="L91" s="6" t="s">
         <v>652</v>
       </c>
-      <c r="L91" s="6" t="s">
+      <c r="M91" s="5" t="s">
         <v>653</v>
-      </c>
-[...1 lines deleted...]
-        <v>654</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="5" t="s">
+        <v>654</v>
+      </c>
+      <c r="B92" s="5" t="s">
+        <v>13</v>
+      </c>
+      <c r="C92" s="5" t="s">
+        <v>190</v>
+      </c>
+      <c r="D92" s="5" t="s">
+        <v>189</v>
+      </c>
+      <c r="E92" s="5" t="s">
+        <v>599</v>
+      </c>
+      <c r="F92" s="5" t="s">
+        <v>369</v>
+      </c>
+      <c r="G92" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H92" s="5" t="s">
         <v>655</v>
       </c>
-      <c r="B92" s="5" t="s">
-[...23 lines deleted...]
-      <c r="H92" s="5" t="s">
+      <c r="I92" s="5" t="s">
         <v>656</v>
       </c>
-      <c r="I92" s="5" t="s">
+      <c r="J92" s="5" t="s">
         <v>657</v>
-      </c>
-[...1 lines deleted...]
-        <v>33</v>
       </c>
       <c r="K92" s="5" t="s">
         <v>658</v>
       </c>
       <c r="L92" s="6" t="s">
         <v>659</v>
       </c>
       <c r="M92" s="5" t="s">
         <v>660</v>
+      </c>
+    </row>
+    <row r="93">
+      <c r="A93" s="5" t="s">
+        <v>661</v>
+      </c>
+      <c r="B93" s="5" t="s">
+        <v>13</v>
+      </c>
+      <c r="C93" s="5" t="s">
+        <v>190</v>
+      </c>
+      <c r="D93" s="5" t="s">
+        <v>189</v>
+      </c>
+      <c r="E93" s="5" t="s">
+        <v>285</v>
+      </c>
+      <c r="F93" s="5" t="s">
+        <v>369</v>
+      </c>
+      <c r="G93" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H93" s="5" t="s">
+        <v>662</v>
+      </c>
+      <c r="I93" s="5" t="s">
+        <v>663</v>
+      </c>
+      <c r="J93" s="5" t="s">
+        <v>664</v>
+      </c>
+      <c r="K93" s="5" t="s">
+        <v>665</v>
+      </c>
+      <c r="L93" s="6" t="s">
+        <v>666</v>
+      </c>
+      <c r="M93" s="5" t="s">
+        <v>667</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>
     <hyperlink ref="M13" r:id="rId18"/>
     <hyperlink ref="M14" r:id="rId19"/>
     <hyperlink ref="M15" r:id="rId20"/>
     <hyperlink ref="M16" r:id="rId21"/>
     <hyperlink ref="M17" r:id="rId22"/>
     <hyperlink ref="M18" r:id="rId23"/>
     <hyperlink ref="M19" r:id="rId24"/>
     <hyperlink ref="M20" r:id="rId25"/>
     <hyperlink ref="M21" r:id="rId26"/>
@@ -9494,44 +9605,45 @@
     <hyperlink ref="M68" r:id="rId73"/>
     <hyperlink ref="M69" r:id="rId74"/>
     <hyperlink ref="M70" r:id="rId75"/>
     <hyperlink ref="M71" r:id="rId76"/>
     <hyperlink ref="M72" r:id="rId77"/>
     <hyperlink ref="M73" r:id="rId78"/>
     <hyperlink ref="M74" r:id="rId79"/>
     <hyperlink ref="M75" r:id="rId80"/>
     <hyperlink ref="M76" r:id="rId81"/>
     <hyperlink ref="M77" r:id="rId82"/>
     <hyperlink ref="M78" r:id="rId83"/>
     <hyperlink ref="M79" r:id="rId84"/>
     <hyperlink ref="M80" r:id="rId85"/>
     <hyperlink ref="M81" r:id="rId86"/>
     <hyperlink ref="M82" r:id="rId87"/>
     <hyperlink ref="M83" r:id="rId88"/>
     <hyperlink ref="M84" r:id="rId89"/>
     <hyperlink ref="M85" r:id="rId90"/>
     <hyperlink ref="M86" r:id="rId91"/>
     <hyperlink ref="M87" r:id="rId92"/>
     <hyperlink ref="M88" r:id="rId93"/>
     <hyperlink ref="M89" r:id="rId94"/>
     <hyperlink ref="M90" r:id="rId95"/>
     <hyperlink ref="M91" r:id="rId96"/>
     <hyperlink ref="M92" r:id="rId97"/>
+    <hyperlink ref="M93" r:id="rId98"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>