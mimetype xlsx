--- v1 (2025-11-23)
+++ v2 (2026-01-09)
@@ -1691,51 +1691,51 @@
 Tusind Hilsner til Jer alle tre Din glade Junge.</t>
   </si>
   <si>
     <t>1933-01-19</t>
   </si>
   <si>
     <t>Kærbyhus Kerteminde</t>
   </si>
   <si>
     <t>Dres -
 Ludvig Brandstrup, visedigter
 Johannes Hohlenberg
 Bodild Holstein
 Adolph Larsen
 Axel  Müller
 Janna Schou
 Jørgen Schou
 Marie Schou
 Fritz Syberg
 Minna Warberg
 Erik Warberg Larsen
 Laura Warberg Petersen</t>
   </si>
   <si>
     <t>Adolf/Agraren og Johanne/Junge Larsen købte, da de flyttede fra Kærbyhus, Lindøgaard ved Munkebo.
-Det vides ikke, hve, Fru Jarmer, Søren Madsen, Ruth Haumann, Axel Müllers søskende, Grethe, Karla og Ida var.</t>
+Det vides ikke, hvem Fru Jarmer, Søren Madsen, Ruth Haumann, Axel Müllers søskende, Grethe, Karla og Ida var.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0506</t>
   </si>
   <si>
     <t>Dejligt, at Johanne/Junge og Adolf/Agraren Larsen nu køber en gård. Adolf bliver nok helbredt af det, og det er godt for Erik/Tinge Warberg Larsen. Johannes øre får det sikkert også bedre. Hun bør tage Laura/Bibbe hjem, for hun er som sin far og kan ikke planlægge sit arbejde. 
 Astrid/Dis Warberg overvejer at oprette en gratis børnehave. 
 Axel Müllers fødselsdag blev velykket med god mad og masser af musik.
 Familien har været i teatret og se Ludvig Brandstrup, som gav billetterne. 
 Astrid syr et stjernetæppe, og det bliver flot.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/MOYc</t>
   </si>
   <si>
     <t>[1933-01-19 Astrid Warberg-Goldschmidt til Johanne W. Larsen kuvert+s1-s6 BB0506]
 [Håndskrevet med blyant på kuvertens forside:]
 2.64
 1933
 ”9 jan.
 11-1-2001.
 BWP.
 [Med blyant:]
 Kærbyhus sælges! Ny gård (Lindøgård) med Stjernetæppe
 [Håndskrevet på kuvertens forside med anden skrift:]