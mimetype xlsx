--- v2 (2026-01-09)
+++ v3 (2026-03-12)
@@ -3,53 +3,53 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1087" uniqueCount="668" xml:space="preserve">
-[...1 lines deleted...]
-    <t>Datering</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1123" uniqueCount="693" xml:space="preserve">
+  <si>
+    <t>Datering/Værktitel</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
@@ -1598,50 +1598,114 @@
 Ikke mere end [ulæseligt]
 [På hovedet:] 74360
 [I brevet:]
 Kære lille Mams!
 Tusind Tak for Seddelen hvor er du dog god ved mig det er bare alt for meget lille Mor. Jeg maa virkelig passe paa jeg gaar og blir saa forvænt bare for den Sygdoms Skyld. 
 Men hør, Pinse? Har jeg talt noget om Pinse, det ved jeg ikke Spor af, forresten kan det godt være, dog er jeg ikke saa sikker paa Befordringen helst vil jeg selvfølgelig cycle, det er det morsomste – langt og det billigste 
 Nu faar vi se hvad Reserven siger. 
 Befindendet er godt selv om Foraaret nok kan mærkes. 
 Desværre er Tante Ugle saa daarlig, hun er begyndt at komme op, forfærdelig ser hun ud, skrækkelig vil jeg sige dig, jeg har sjeldent set noget lignende. 
 Rie vilde ringe til Bodil hvis det ikke snart blev bedre, selvfølgelig har Bodil været der men ikke efter den begyndende Opstandelse. 
 Jeg huskede Tante Dis, sendte Søndagsbrev. Joh, det er snart 3 M. naar det endda kun var den organiske Sygdom det gjaldt, saa var alt ikke saa slemt, men forhaabentlig gaar det alt sammen, hvordan og hvorlænge det vil saa vise sig. 
 Vodropsvejerne ser noget sort paa det synes jeg. Desværre plejer de at se rigtigt. Lille Janna gaar rundt og er saa forsømt, siger de, det lille Skind. Det er ikke let saadan lige at gøre rede for hvad jeg vil og hvorfor jeg ikke vil, det kan vil altid tale om naar jeg kommer hjem, men hvad i Alverden antager du Dres for 
 II
 dersom du tror, saadan som Du tror saa saa tror du forkert, forresten er jeg begyndt at spille, ikke øve, men, kun ganske ubetydeligvis jeg vil begribeligvis ikke bringe mere Øvning til Huse; min Time er slet ikke at foragte. Da jeg spillede for Dres for at hun kunde sondere Terrænet nu efter Standsningen sagde hun igen en hel Masse om mit Talent, det lyder meget tiltalende blot kunde jeg ønske at det viste sig lidt kraftigere. Nej, Dres, Mor, bare du kendte hende, jeg har aldrig nogensinde set op til nogen som til hende. Hun er et pragtfuldt Menneske. 
 Det var maaske meget klogt af jer ikke at fortælle mig om Fru Jensen dengang, men saa fik jeg det Gengæld at vide paa en lidt drøj Maade. Men Mor kan jeg ikke faa Lov at tage til Hareskov en Dag det piner mig slet ikke at vide noget ordentlig eller rettere intet om hvordan det gaar dem, jeg vil dog saa gerne se de Smaa og tale lidt med Manden, maaske bor de i Værdløse hos Thorvald Jensens Søster, men det er da lige ved Hareskov. Maa jeg ikke? Jeg har det sagtens godt nok, Mor!
 Hvad Tinge angaar skriver vi slet ikke til hinanden, vi venter ham saa smaat herud paa Fredag véd dog intet bestemt, det var morsomt at se ham igen. 
 Mon Tinge skal hjem til Pinse? Hvordan er Sihmfamilien? Jeg maa da endelig huske at hilse dig fra Ellen Bramsen, jeg har
 III
 været der til Frokost en Dag. Ellen er storartet, hun ser paa Menneskeheden med de rigtige Øjne. Gid alle gjorde det. 
 Du skulde bare se Frederiksberghave, fuldkommen eventyrlig, ubeskrivelig smuk, kunde du ikke ikke engang komme herover naar jeg ikke ligger i Sengen det tykkes mig kunne være saa fornøjelig. Kender I Stodderkongen, det er vel nok en Mand og Gæst med. Den er af Erling Kristensen Jeg lånte den ude hos Lomme i Gaar Jeg var ude og passe lille Jesper, Eskild og Lomme var paa Skovtur. Mage til Barn har jeg da aldrig været ude for, en hel lang Dag med en Fremmed uden Gran af Vrøvl, slet ikke for artig, bedaarende sød. Ja, hvor er han dog kær saa skælmsk og henrivende. 
 Og hvor de bor storartet, har du nogensinde set deres Lejlighed, den er lige efter mit Hovede. Jeg bad vist stille Ta Lugge om at til Ta Elle det maa I saa gøre
 Naa saa Ferie, gør’ i Haveanlægning, bare det var os der havde din Ruin, Tante Elle maa da være henrykt over det Tillæg til Haven jeg glæder mig til at se det.
 Bibbe</t>
   </si>
   <si>
+    <t>1930-04-05</t>
+  </si>
+  <si>
+    <t>Louise Brønsted</t>
+  </si>
+  <si>
+    <t>Rossia
+Hareskov</t>
+  </si>
+  <si>
+    <t>Ø
+I</t>
+  </si>
+  <si>
+    <t>Thora  Branner
+Adam Goldschmidt
+- Jarmer
+Adolph Larsen
+Johanne Christine Larsen
+Christine  Mackie
+Elisabeth Mackie
+Axel  Müller
+Otto Emil  Paludan
+Janna Schou
+Christine Swane
+Hempel Syberg
+Erik Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Rossia var et forsikrimgsselskab, hvori Astrid Warberg-Goldschmidt var ansat. 
+Astrid Warberg og hendes søskende havde som børn et legehus, som de gav navnet Thopedeaborg. Som voksen fik Astrid bygget et udhus eller skur, som hun gav samme navn. 
+Både Hempel Syberg og Otto Emil Paludan/Pallam havde testamenteret Astrid Warberg og hendes søstre penge. 
+Agrarfamilien: Adolf/Agraren, Johanne/Junge Larsen og deres børn. 
+Petersen og Haubo kendes ikke.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3858</t>
+  </si>
+  <si>
+    <t>Astrid/Dis Warberg håber, at Louise Brønsted vil mødes med hende ved Rossia lørdag kl. 14, hvorfra Axel Müller vil køre dem til Hareskov. Adam Goldschmidt kommer også. Astrid ville gerne have inviteret Christine/Mornine Mackie, men Christine er fjendtligt stemt, så Astrid tør ikke. Astrid vil vise Louise sin nye, vidunderlige bolig. Erik/Tinge Warberg Larsen er flyttet ind i et lille træhus i haven. Petersen bor på kvisten, Jarmers på førstesalen og Astrid og Axel i parterret. Arven fra Hempel Syberg har gjort flytningen og køb af en bil mulig. Paludans arv gik til et klaver. Laura/Bibbe Warberg går til klavertimer, og hun har selv klaverelever samt rengøringshjælp. Johanne og Adolph Larsen/Agrarfamilien kommer måske i påsken.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/U1z2</t>
+  </si>
+  <si>
+    <t>[På kuvertens forside:]
+Cand polyt
+Fru Louise Brønsted
+Willemoesgade 46 I
+Ø.
+[På kuvertens bagside:]
+A Warberg
+Hareskov
+[I brevet:]
+pt. Rossia, Lørdag Morgen. 5/4-30.
+Kæreste Lugge!
+Sig ikke nej til min Plan, som jeg har brygget på så længe, og hvis Realisation vilde glæde mig usigeligt. Kunde du ikke tænke dig, Lørdag d. 26 ds. at mødes med mig og eventuelt forhåbentlig også Putte, her ved Rossia Kl 2, så vil Axel den Dag bede sig fri til den Tid også, og så kører vi m. Bilen! ["med Bilen!" indsat over linjen] alle fire hjem til os i Hareskov, hvor Bibbe giver os Chokoladen - måske kan vi få Nusset bedt tidlig fri også og få hende med (jeg har fri to om Lørdagen). Min Adam mener også at kunne komme - dog først lidt senere på Dagen. Det kan dog ikke gå an, søde lille Lugge, at vi aldrig ses, vi har dog intetsomhelst udestående med hinanden. Mornine vilde jeg rædsom gerne have med også, men hun kan jo mere og mere ikke lide mig - undskyld jeg siger at det er gådefuldt - men for mig er det en Gåde, jeg kan slet ikke få noget Fjendskab ind i mit Sind med hende - jeg finder ingen Grund dertil - og tænk hvor morsomt og festligt hvis vi fire søstre kunde mødes derinde i vores henrivende bedårende Menage - du vil aldrig have set Mage til mærkværdig Indretning - alting derinde er helt anderledes end jeg ellers har set - og jeg tror, I vil begejstres. Nå, Mornine tør jeg nu ikke nærme mig, men du og Putte har jeg da godt Håb om - sig ikke nej - men glæd mig med et Jabrev. I bør også kende Axel, som er Verdens dejligste Mand og et Unikum. Nu er Tinge flyttet ud til os - vi har lejet et sjovt lille Rum til ham ovre i en Sidefløj til Jarmers (vor Værts) - mærkværdige
+II/ Bolig. (Og mit Thopedeaborg er medbragt!!) Vi var til Indvielse ovre hos Tinge i Aftes - der er bedårende i hans lille Træhus ud til Søen - Bibbe er lyksalig over at have fået sin elskede Tinge derud! Vi bor tre Familier i det store Hus - Petersens på Kvisten - Enke med to søde Ungdommer - og Jarmers i Midten - to meget ejendommeligeog berigende Mennesker - helt anderledes end alle andre - og vi i Parterret - store, lave Stuer med Bjælkeloft - og smårudede venlige Vinduer lige ud til Tipperup Sø, som ligger i den store Have - åh, der er himmelsk - kom og se! Jeg troede ikke, at Jorden kunde være så skøn at bebo, men det er, når man træffer de rette Konstellationer ude og inde. Og Bilen Lugge! Den goe Onkel Syberg! hvor er jeg ham dybt taknemmelig for alle disse uvurderlige Goder - uden den Bil kunde vi ikke bo derude. Og Klaveret - som Pallam skænkede os ved sin Arv! Ham sender jeg rigtignok også mangen taknemmelig Tanke! Bibbe går jo og bliver uddannet i Musik - rationelt - og har samtidig mange Elever, så hun holder Kone selv en Gang om Ugen til at rense Huset. Og Nus spiller hos samme Frøken Haubo, som Bibbe går til i Byen, Nus har allerede medvirket ved 2 Elevprøver og siges at have Evner. Ofte er jeg ganske betaget af alt det skønne, som gror og udvikler sig i éns nærmeste Nærhed - hvilken Lykke at være Ungdommen så nær - man formelig vokser selv derved - det er frydefuldt. Man bør intet savne - og dog savner jeg at se Jer, som jeg nu håber at få lokket herud. S.u. 
+Og tænk dig, vi har Håb om hele Agrarfamilien i Påsken - Mændene skal bo hos Uglens, Junge nødvendigvis hos os - endnu tør jeg næsten ikke tro på så stor en Lykke. Gid du kom! Din Dis. 
+[Indsat øverst s. 1; på hovedet:]
+Axel er mindst lige så spændt på, om I kommer, som jeg - han er et dejligt Menneske.</t>
+  </si>
+  <si>
     <t>1933-01-17</t>
   </si>
   <si>
     <t>Hareskov St.</t>
   </si>
   <si>
     <t>Harriet Afzelius
 Adam Goldschmidt
 Brita Goldschmidt
 Ina  Goldschmidt
 Amanda Heinesen
 Julius Hviid
 Grethe Jungstedt
 - Knudsen, skomager
 Adolph Larsen
 Andreas Larsen
 Johannes Larsen
 Marie Larsen
 Else Larsen, Else, Andreas Larsens kone
 Arne Mortensen
 Erik Warberg Larsen
 Laura Warberg Petersen</t>
   </si>
   <si>
     <t>Det vides ikke, hvilket spil Laura/Bibbe havde med at gøre i Hillerød. 
@@ -1871,78 +1935,140 @@
 Lindøgaard
 pr Dræby 
 Fyen.
 (om ”Agraren”).
 [skrevet på kuvertens bagside:]
 Læst – Alle – 
 (12-1-2000.)
 afs A Warberg Müller
 Lindevej 45
 Hareskov
 Sjælland
 [I brevet:] 
 Hareskov, Fredag 23 Marts 1934
 Kæreste lille søde Junge!
 Du skal have et lille Trøstensbrev lige pr omgående, så du kan have det Lørdag – i Morgen; for hvor blev jeg dog nedbøjet over dit Brev i Dag; men Junge – fortvivl ikke! Alt i vore Dage vender sig bogstavelig fra den ene Dag til den anden – det der synes sort og ufremkommeligt i Dag kan lysne allerede i Morgen – og ofte på ganske uforudset Måde. Endnu er Spillet ikke tabt; hvis jeg havde Penge, fløj jeg strax over til dig, så vi kunde tale ordentlig sammen – Breve siger selv i bedste Fald dog kun Halvdelen – og ofte kan man tale sig ud af meget – Ideer toner frem – Udveje viser sig, det man mente var umuligt at gøre i går –viser sig pludselig at kunne og måtte gøres i Dag. Hvordan står du i dette rent personlig overfor Agraren – og Drengene? dèr synes jo de to Lejre at være opstået; en af Parterne synes at måtte bringe Ofret – eller blive ofret. Bare dette ikke har være Agrarens sidste Chance? Nu er det Sønnernes Tid – nu må de have Chancen. Ja, jeg ser ikke tydeligt for mig, hvordan det praktisk må gribes an, men hvis Gården – altså Jeres Hjem og Levebrød – kan reddes ved at Agraren definitivt sættes ud af Spillet – og hvis dette kan gøres – ja, hvad mener du nu?
 Stakkels Agrar – han har en tung Skæbne, at han bestandig skal volde Ulykke, og hvor meget eller hvor lidt han ”kan gøre ved det” – er altid for mig et Spørgsmål, der må lades åbent – derom kan andre ikke dømme.
 Og du, lille Junge? Jeg synes, du til det yderste har gjort din Pligt og mere til; hvad du end gør nu, så kan intet bebrejdes dig af nogen, heller ikke af din egen Samvittighed. Ja, jeg mener jo ikke, du skal myrde ham – i vor mordfyldte Tid kunde det måske se ud, som om jeg mente det!!
 Men jeg mener, at du og dine Drenge må stå sammen og – ja, I må jo selv finde den praktiske Løsning; tag ind til Bibbe en Aften alle tre og prøv, om I ikke kan drøfte det igennem og komme til et Resultat; jeg vil nødig være ubarmhjertig mod nogen – men synes du, at et langt Livs Opofrelse og uendelig Barmhjertighed har hjulpen ham et Hanefjed opad? Tænk nu for en Gangs Skyld på dig selv og på de unge. Aa gid jeg dog sad i din Stue – at tale sammen er det eneste, der duer. Jeg må have dette op til Toget nu – du skal blot lige høre, at de i går tog fat på vores Hus – i Dag går der fire hvidklædte Murere deroppe og graver ud til Støbning af Grunden – for lidt siden kom der 2 store Lastbiler med Materialer – de begynder at støbe i Dag; der er vældig Liv og Lystighed deroppe – jeg smutter ofte op og ser på det hele – det er fire søde, yngre Mænd, der laver det; Palle kommer ind til mig og nyder sin Mellemmad i Køkkenet. Jeg skal se at få skreven et Brev til inden Påske. Du har vel ikke en Opskrift på Aplsinmarmelade?
 Nu Farvel lille Junge, prøv at være ved godt Mod – det skal jo gå! Din alletider
 Dis.</t>
   </si>
   <si>
     <t>1934-05-11</t>
   </si>
   <si>
-    <t>Louise Brønsted</t>
-[...1 lines deleted...]
-  <si>
     <t>Alhed Marie Brønsted
 Ellen Brønsted
 Else Birgitte Brønsted
 Axel  Müller
 Janna Schou</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2662</t>
   </si>
   <si>
     <t>Foråret er dejligt. Janna bader i søen. Det nye hus er snart bygget færdigt. Astrid Goldschmidt spørger, om Louise/Lugge vil komme på besøg en dag snarest. Axel Müller vil ringe og aftale en dato for besøget.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/wIsw</t>
   </si>
   <si>
     <t>Hareskov, 11' Maj 1934.
 Kæreste Lugge!
 Til Lykke med Fødselsdagen i Morgen! i Aar har du da alle Aarstidens Lyksaligheder til din Højtidsdag - alt i Naturen kulminerer til den 12' Maj! Herude er vi fuldkommen berusede over Sommeren - Janna har badet i vores Sø fra 30' April! og Frugttræerne står i fuldt Flor over hele den store Have. Vi havde Rejsegilde den 4de Maj på vores nye Hus, som de er ved at bygge oppe på Grunden, det kom til at hedde "Mosehuset" - og man mener, vi kan flytte ind til 1ste August - det var den ene Overraskelse. Den anden - noget mindre - må du snart komme ud og se; Axel får Ferie 20ende Maj - kunde du så ikke tænke dig at komme herud en Dag efter Pinse - en Dagligdag - så er her allerbedst; vi glæder os alle sådan til at se dig! Tak for Brevet til min Fødselsdag - dengang så det lidt dystert ud hos dig, men nu håber jeg da rigtignok, at I er raske igen og helt i Orden?!
 Axel ringer til dig i næste Uge, så vi kan få en Dag fastsat til dit Besøg - gid så det gode Vejr må holde!
 Nu til Slut ønsker jeg dig Alverdens godt til dit nye Aar - Helbred - gode Piger - ej for meget Slid, men Trivsel i alle Ting - og Tusinde Hilsner fra din
 Dis
 Tusinde Lykønskninger fra Janna
 Kære Lugge! Til Dis's &amp;amp; Jannas Lykønskninger føjer jeg mine med Haabet om alt godt og lyst for Dig i det kommende Aar. Mange venlige Hilsner fra din hengivne Svoger
 Axel.</t>
+  </si>
+  <si>
+    <t>1936-05-14</t>
+  </si>
+  <si>
+    <t>Hareskov
+Bakkevej 8</t>
+  </si>
+  <si>
+    <t>Dræby
+Lindøgård</t>
+  </si>
+  <si>
+    <t>Grete Jensen, f. Hansen
+Søren Madsen
+Axel  Müller
+Janna Schou
+Jørgen Schou
+Gertrude Søndergaard
+Martin Warberg Larsen
+Karl Zeckendorf</t>
+  </si>
+  <si>
+    <t>Martin/Manse Warberg Larsen rejste i 1936 til England for at lære landbrugsarbejde på flere gårde. 
+Grethe Jensen, født Hansen, døde 12. nov. 1935. Hun var datter af Elise og Peter Hansen. 
+Dr. Zechendorf var en tysk-jødisk øjenlæge, som Janna Schou en tid var i huset hos. De to forelskede sig i hinanden. I 1937 blev han myrdet i koncentrationslejren Sachsenhausen.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1003</t>
+  </si>
+  <si>
+    <t>Det må være tomt, efter at Martin/Manse er rejst, men Johanne kan glæde sig til breve. 
+Astrid Warberg-Goldschmidt har følt tomhed, efter at Grethe Jensen forsvandt (døde). Og det har været svært at vænne sig til at have Dr. Zechendorf i huset. Han hjælper dog meget til i grøntsagshaven, går ærinder, henter mælk og elsker Astrids mad. Han er i paradis, siger han, og Astrid er glad for at kunne hjælpe en jødisk person. 
+Jørgen/Buf Schou knokler i glasværkstedet sammen med Janna/Nus Schou og Getrude/Trut Søndergaard. De sælger en masse dejlige ting til private. Søren Madsen har givet dem en kredit på 100 kr. 
+Hunden Munter er i løbetid.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/vS70</t>
+  </si>
+  <si>
+    <t>[Skrevet på kuvertens forside med blæk:]
+Fru Johanne Warberg Larsen
+Lindøgård
+pr. Dræby 
+Fyen 
+[Skrevet på kuvertens forside med anden skrift:]
+L64
+1936 (1936)
+14 maj
+Dr. Kurt Zechendorf
+[Skrevet på kuvertens bagside:] 
+A Warberg-Müller 
+Bakkevej 8
+Hareskov
+[I brevet:]
+Hareskov, 14 Maj 1936 (Torsdag)
+Kæreste lille Junge! Hvor er det dog en stor Skam, at jeg ikke for længst har skreven et lille Trøstensbrev til dig da Manse rejste – og nu er det snart en Uge siden – jeg har dog tænkt så meget på dig i den Anledning, det er altid en skrækkelig Tomhed at komme igennem, når én rejser – især én af dem, man i Dagligdagen er knyttet til, det er som en Amputation; men nu har du forhåbentlig allerede det første udenlandske Brev at fryde dig over – man får altid en eller anden Erstatning, hvergang noget mistes – og nu vil Postens Ankomst stadig være et gyldent Spørgsmålstegn – og lifligt når Svaret er ja – der er Brev i dag! Ikke Junge?
+Grunden til at Trøstensbrevet fra mig udeblev så længe er simpelthen: Mangel på Kraft – såvel indre som ydre; det er nu et Foretagende at få et fremmed Menneske i Huset – og de nye Foretagender får mig til at klappe helt sammen i de senere Aar; og så kom jo samtidig alt det med vores goe Grethe, der så pludselig helt forsvandt ud af vores Tilværelse, det var også noget, der tyngede meget. I Tiden lige efter meldte der sig uafladelig Gæster, men heldigvis afværgedes de af Axel – jeg kunde absolut ikke tage mere – lå en hel Dag i vanvittige Hovedsmerter, men nu begynder det et linde lidt; den tykke Doktor er Spændingen gået af – eller – du forstår – han er falden helt til – så han 
+[På papirets bagside:] uha
+2/ ikke mere tynger mig Spor; han har købt sig Overålstøj - og hjælper mig troligt i Haven , hvor vi nu endelig er ved at få tilsået, det kneb i Aar med Kraften dertil; igår ordnede vi alle Grønsagsbedene - lagde Ærter, såede Gulerødder – Bønner – Salat etc – to hele Dage sled vi, men i Dag må jeg holde mig i Skindet og nusle indendørs. Men han vilde partout grave Grønjord – vi har fået Lov at dyrke Kartofler på [ulæseligt]ners Grund hernedenfor vores, ned mod Søen – det går han så og virker med det nu. Buf – som har røde Hunde og derfor ikke er på Fabrikken – kom for lidt siden; han, Nus og Trut virker på fuld Kraft på Glasmaleriet nede i Atelieret (som det nu kaldes) – du kan lige stole på, det er dejlige Ting – alle som ser det er yderst begejstrede og de har allerede solgt en Masse til private – hvad jo egentlig ikke er Meningen, da det er baseret på Butikssalg - men takket være Privatsalget har de stadig ikke nået at præstere et Lager (Prøvelager) til de store Forretninger. De brænder en Ovnfuld c hver 2-3die Dag, kun éngang er noget mislykkedes – og det blev strax solgt underhaanden uden Tab. Det er en hel Fornøjelse at komme derned og kigge til dem og se hvad de nu har lavet. Buf er en enestående Hjælp for dem – han er selv glødende begejstret og havde mest Lyst til at opgive alt andet og blive Kompagnon. Søren Madsen har med en flot Gestus ydet en Kredit på 100 Kr., idet han en Aften kom med herlige Glasting fra Holmegaard for det Beløb – de har Kredit til Oktober og må da afbetale med 10 Kr pr Måned – du forstår nok, at dette betyder umådeligt meget for dem her i den første Tid, inden de tjener noget rigtigt – nu kan de male løs hver dag – man får Masser for 100 Kr – og de har jo 20 % for kontant Betaling. - . Munter har Løbetid – 3 Uger – og må ikke komme udenfor Gården; det lille Skind, han græder meget og ser bedende på os; men hver Aften, når vi alle har fri, får han Lov at færdes lidt med os i Haven under streng Opsigt. Mibbe har også Udflugtstid og tænk, nogle Bæster har to Gange skudt på ham, han har to gabende Sår i venstre Lår og hinker ynkeligt, vi gir ham Extraforplejning, et Æg hver Dag, etc. I Aftes fangede Axel en stor Rødskade til ham – å, hvor han svansede; han kan jo nemlig ikke selv fange, når han er invalid. Axel fangede to Fisk til, dem skal jeg nu ud og ordne til Frokost. Doktoren er vildt begejstret for min Madlavning og spiser kolossalt – han spiser for 3 så han er ikke lukrativ. Men så gør han jo Gavn i Haven, går Byærinder for mig, henter Mælk på Gården, holder selv sine Værelser og er iøvrigt dybt taknemmelig over at være i dette Paradis, som han siger. Det er en Tilfredsstillelse at kunne gøre noget for de ulykkelige Jøder dernede. 
+Nu må jeg i gang igen, det var en lille Morgenpassiar til en lille Cigar. Tænk på Axel på Lørdag Kl 4, - så foretager han den første Vielse her! Jeg skal nok snart skrive igen.
+Tusinde Hilsner! Din altid Dis
+Hils Manse når du skriver!
+[Skrevet øverst på s.1 og indrammet af en streg:]
+Vi har aldrig hørt om du var tilfreds med Æblesalget S.u. !!!! - Obs.</t>
   </si>
   <si>
     <t>1936-10-14</t>
   </si>
   <si>
     <t>Bent Bjergskov
 Thora  Branner
 Louise Brønsted
 Adolph Larsen
 Andreas Larsen
 Gudrun Larsen
 Henning Larsen
 Ingrid Larsen
 Johannes Larsen
 Marie Larsen
 Vilhelm Larsen
 Else Larsen, Else, Andreas Larsens kone
 Kirsten Larsen, Gudmund Larsens kone
 Axel  Müller
 - Müller, Frk. 
 Margrethe -, pige i huset hos Johanne C. Larsen 1936
 Ellen  Sawyer
 Janna Schou
 Hempel Syberg
 Rigmor Thorsen
@@ -2420,50 +2546,143 @@
 Lindøgaard, Dræby St.
 [I brevet:]
 Lindøgaard 
 pr. Dræby
 Lugge spurgte saa varmt og deltagende til dig d. 30-8-1938.
 Kære lille Dis!
 Bibbe siger, at nu kan hun ikke længere udholde at høre mig gaa og snakke om, at jeg skal skrive til Dis – og ikke gøre det. Nu overtager hun altsaa Madlavningen og jeg har altsaa ”fri” til at skrive. Ulykken er, at når vi kommer lidt op ad Dagen, har jeg ikke Kraft til det. Du aner ikke, hvor faa Kræfter jeg har i Sommer, jeg er tit fortvivlet over det, for her er meget at gøre og Bibbe kan selvfølgelig ikke overkomme alt. Jeg gaar jo med en Betændelse i Skulderen, faar ikke mere Massage, kun Gymnastik med Armen og saa Medicin. Elle har trøstet mig lidt med at fortælle, at Kurt i lang Tid gik med en Kæbehulebetændelse; han havde ikke Smerter, men mistede efterhaanden Kræfterne og blev svagere og svagere; da han saa blev opereret og fik Betændelsen renset ud, fik han lidt efter lidt sine Kræfter igen. Doktoren sagde, sidst jeg var der, at hvis det ikke blev bedre i Løbet af to Maaneder, maatte jeg hellere komme ud paa Sygehuset og faa det opereret væk og det er da ogsaa det eneste rigtige. Naa, det var en lang Snak om den Ting. Men det var altsaa kun for at pynte lidt paa min lange Tavshed; når jeg har fri fra Husarbejdet, ligger jeg paa Divan eller sidder og hænger af med en Bog. Meget af det er nu at jeg ikke kan taale den evindelige Medicin; den slaar sig paa Maven, hvilket jo ogsaa slider paa Kræfterne, det er jo det triste, at de Stoffer, man skal have ind for at gøre det af med en eller anden Sygdom, undertiden er skadelige for andre Dele af Organismen. 
 Forøvrigt er Sommerferietiden jo altid lidt anstrængende, men dejlig jo!
 Dit lange Brev til Bibbe var rigtig nok interessant! Jeg synes nu, at jeg har forstaaet lidt af, hvad det var, der fik Bølgerne til at gaa lidt højt hos Jer omtrent samtidig med at vores Mary-Katastrofe indtraf. Var det ikke, at Buf vilde have Janna til at flytte ud til sig? det var rigtig stygt af Buf at ville skille dig og Janna. Gaar Buf i det hele taget til den gode Side, synes du? Mon ikke Maries manglende Indflydelse gør sig gældende? Hvor det er Synd! Og ogsaa for Janna. Naturligvis vil hun, som holder saa meget af sin Far ikke kunne se det, men saa meget mere vil det tænkes at kunne influere paa hende. Skriv lidt om dette, maaske er jeg fejl paa det. 
 2.
 Hvad mig angaar, er jeg ikke kommen stort videre end at jeg daarlig kan tænke paa andet end hele Mary Sagen; der sker jo stadig væk noget, der holder en i Aande, og det der sker er en Pine, fordi man synes snart, at man vader i Smuds F. Ex. sagde Mary forleden, da hun talte med ikk [”ikk” overstreget] Tinge – han havde bemærket ”Der er jo ingen Skilsmissegrund ” – ”jo der Karlekamret, som vi blev henvist til at bo i, mens din Mor skulde have sin Suite til at modtage Gæster i” Jeg tror for Resten ikke, at stakkels Mary er hol [”hel” overstreget] helt normal. Svangerskabet kan jo virke helt mental-forstyrrende, og saa er det hendes Ulykke, at hun ikke har haft besindige og kultiverede Mennesker i sine Omgivelser, som kunde raade hende. Mary sagde ogsaa til Tinge ”naar jeg bliver trampet paa, sætter jeg haardt mod haardt”. Det er saa helt udenfor Virkelighedens Omraade. Kort efter at jeg havde skrevet til dig sidst, kom der Sagførerbrev til Tinge, at hun vilde have Understøttelse ikke bare til Barnet, men ogsaa til sig selv. Der er jo ikke rigtig Logik i det. Du saa af hendes Brev til mig, at Gaarden var saa elendig, at hun ikke turde lade sit Barn vokse op ikk [”ikk” overstreget] her. Deri ligger dog at hun kan skaffe det bedre økonomiske Vilkaar andre Steder. Og naar hun rejser herfra og berøver Gaarden sin Arbejdskraft – hvad der jo er en stor økonomisk Faktor – er det lige haardt nok at den stakkels ”elendig forgældede” Gaard skal rede Penge ud til hende personlig. Det er Mary da for Resten gaaet fra, vel vidende, at Retten ikke vilde give hende Medhold i det, men nu staar det paa, at hun vil have Boet delt. ”Hvad der er dit, er ogsaa mit” sagde hun til Tinge. Mary lod jo alle sine Ejendele afhente, Brudegaverne deltes saaledes, at hver beholdt det, som deres Forbindelser havde givet, pudsigt nok [”nok” indsat over linjen] havde Mary skrevet en detallieret Liste paa alt det, de skulde have med, og den Liste blev liggende her og den har vi, saa lille Mary skal ikke dø i Synden, hvis hun stikker Værdigenstande til Side derude, naar Vurderingsmændene kommer. Tænk Dis, frivillig at ville gaa alt det igennem, at have fremmede mennesker ind at vurdere alle ens Sager; og det er saa meget vildere, som Tinge jo intet ejer. Mary ved godt, at Møblementet derovre – d. gl. Hjørnesofa m.m. [”m.m.” indsat over linjen] fra Agrarens Forældre – ikke tilhører Tinge, det er ganske minimalt, hvad han ejer, det er jo sandsynligvis ogsaa bare for at chikanere ham, Og saa vil Mary paastaa, at hun holder af ham!
 3
 Der maa være mange forskellige Maader at holde af paa. I Dag er Tinge tilsagt paa Politikontoret. Æv! Har jeg ikke Lov til at sige, at vi vader i Smuds. Du kan ikke tænke dig som de forvrænger og laver om paa det hele. Jeg kan ikke lade være med at sige til Tinge. Tror du ikke, at hvis de havde haft lidt mere af den – af dig – saa foragtede Kultur, saa vilde de tage det lidt anderledes.
 Kirsten Thorsen, der jo blev gift med Klakses Søn, kender lidt til Marys Kusine i Odense, Bibbe var hos Kirsten forleden og fik refereret et Par større Holmgange mellem de to; K. havde ikke lagt Fingrene imellem i sit Forsvar for os. Kusinen var jo – fra at vi var de bedste Venner af Verden – pligtskyldigst blevet meget vred paa os! ! Hun sagde bl.a. – ”og saa har de ladet Mary ligge paa Halm”. Jeg har altid misundt dem deres friske rene Halmunderlag, hvorover der saa var Madras og Underdyne. Alma (Kusine) havde bl.a. sagt at Mary var gaaet bort fra at give mig Skylden for hendes Flugt. Du ser, det er ikke et Spørgsmaal om, hvad der er Sandhed, virkelig Sandhed, men om, hvad der kan ”bruges” i Sagen. Enhver ved jo, hvor inderlig skikkelig jeg er, saa den gik ikke. Jeg kunde komme med mange Exempler, men gider ikke og er for Resten ikke aldeles oprørt, men har den dybeste Medlidenhed med hende og er saa Angst for, at hun ikke skal holde til det eller at det skal skade Barnet. Bibbe trøster mig med, at det er jo Naturens Værk, at hun er bleven saadan og saa maa Naturen vel ogsaa indrette det, saa Barnet ikke tager Skade. Det stakkels lille Barn, det er jo Alfa og Omega i hele Tragedien. 
 Dedde og Lugge har været i Kjert. hos Elle og jeg tog derned en Formiddag; det var morsomt at det vakte en saadan Glæde hos dem at se mig; de skulde om Efterm. paa en lille Biltur til Hindsholm og det blev en dejlig Tur. Lige før man naar Nordskov ligger der paa højre Haand en lille Skov, kan du huske det? der tog vi til og der var vidunderligt; over Engene bag Skoven gik vi ud til Stranden og var oppe paa en mægtig Bakkeknold, hvis yderste Grænse mod Vandet stadig ædes op af Bølgeslaget og hvorfra vi saa Sjællands Kyst, saa klar og smuk. Vi sad saa lidt i Udkanten af Skoven, røg, spiste Chokolade og snakkede hyggeligt og først og sidst nød det vidunderlige Landskab og den gode Luft. De kørte mig saa hjem, men vilde ikke ind, da de skulde have Fremmede om Aftenen. Et Par Dage efter, om Søndagen, skulde Elle til Bryllup i Munkebo Kro, ”hvis Datter”, hun har spillet med i en Aarrække og dermed fik vi den Glæde at have Dedde og Lugge Resten af Dagen 
 4.
 Elle skulde Møde Kl 4; de kom saa her lidt over og vi havde pæn Kaffe til dem; derefter besaa vi saa nogle Kæmpehøje her i Nærheden (benyttede Bilen) og gik derefter alle Mand ud paa vor sædvanlige Spaseretur ud gen. Markerne og ad Stranden hjem Vejret var godt og det hele var saa henrivende og vellykket. Det er saa dejligt for mig at alle vore tre Børn falder saa udmærket i Slav med alle mine. En anden Aften, da jeg havde været i Kjert. inviteret til Aftensmad af Dedde sm. med Elle og Minna i Louisenlund, hvor vi for Resten havde haft det henrivende og nydt varm Mad, Snaps, Madeira o.s.v. kørte de mig ogsaa hjem, og da det var tidlig paa Aftenen, gik de med ind til en Kop The og vi havde igen en dejlig Aften, Minna var henrivende sød og hun hører ogsaa til dem, der gouterer Lindøgaard.
 Da var Lugge rejst, men saa havde vi Minna i Stedet; hun havde ferieret i Nakskov og var kommen Aftenen før. 
 Og saa har vi haft et dejligt Besøg af den hjemvendte Ugle og Lasse; de kom til Malerens Hus fra Jylland og havde vistnok haft en dejlig Tur. De kom derud i Lørdags midt om Formiddagen og blev til 10½ Aften, saa vi havde rigtig Tid til alt; det var saa sødt af dem, at de havde taget alle deres Akvareller med fra Rejsen; de var saa skønne, at de næsten tog Vejret fra mig; Lasse bliver en stor Maler, skal du se. Jeg har maaske aldrig set Uglen saa vel ved det før; det var som al hendes Nervøsitet var strøget af hende, og hun var glad, livlig og sød. Hun og Lasse rejste hjem i Mandags, Marie derimod blev. 
 Sagen er, at Agraren fylder 60 Aar d. 26nde Sept. – Kongens Fødselsdag, sender du ham et Kort? – og saa vilde vi den Dag samle lidt af Familien og spurgte saa Marie, om hun ikke kunde komme her [”her” indsat over linjen] over den Dag; da Uglen hørte det, mente hun, at Marie hellere maatte blive her i Stedet for at rejse igen, og saadan blev det altsaa. Las er vist desværre endnu ikke kommen fra Sverige til den Tid.
 Jeg havde Brev fra Pan i Gaar, hun er saa glad for sin Sommerferie, men har vel selv fortalt dig derom; hun skrev lidt om det med Jannas, [”s” sidst i ordet overstreget] men Pan er jo ikke altid let at blive klog paa; vil du ikke nok – selv om det snart er en gammel Historie fortælle mig Gangen i det fra først af; Jannas Ve og Vel ligger mig saa meget paa Sinde og jeg gaar og tumler med det i mine Tanker, men vil vide Besked.
 Tinge kom hjem i Aftes fra sin Politifærd. Det havde drejet sig om etn [”t” midt i ordet overstreget] lovbefalet Sammenkomst mellem Politimesteren, Mary og Tinge, hvor han skal forsøge at mægle. Det er jo ganske unyttigt og tages da ogsaa som en Formsag. – Tinge skal betale til Barnet og det er jo da ogsaa rimeligt nok. – Tiden er omme og jeg naar ikke mere. ”Skriv snart”! 
 Tusinde Hilsner, din Junge.</t>
   </si>
   <si>
+    <t>1938-08-31</t>
+  </si>
+  <si>
+    <t>Dræby
+Lindøgaard</t>
+  </si>
+  <si>
+    <t>Sus -
+Margrethe Benzon
+Julie Brandt
+Thora  Branner
+Viktor Jensen
+Adolph Larsen
+Alhed Larsen
+Marie Larsen
+Christine  Mackie
+Søren Madsen
+Axel  Müller
+Ellen  Sawyer
+Janna Schou
+Jørgen Schou
+Christine Swane
+Lars Swane
+Gertrude Søndergaard
+Andreas Warberg
+Fritz Warberg
+Minna Warberg
+Martin Warberg Larsen
+Mary Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Mary Hensen blev i 1938 gift med Erik/Tinge Warberg Larsen. Ægteskabet holdt kun ganske kort (se hendes biografi under Mary Warberg Larsen). Marys "Mælkefamilie": Hendes far, Viktor Jensen, havde et mælkeudsalg i Kerteminde. 
+Warberg-familien kendte mange, der hed Balslev, så det kan ikke afgøres, hvem af dem, der deltog i den omtalte begravelse. 
+Axel Müllers far kendes ikke. Ej heller Arkitekt Brandt, Anders Lenner, Grethe Benzons sagfører, direktøren i Bredgade eller gamle Albertsen.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1008</t>
+  </si>
+  <si>
+    <t>Astrid Warberg-Goldschmidt håber, at Johanne/Junge C. Larsen kan blive opereret.
+Astrid og Axel Müller har mødt en mand, som tilbød dem en flyvetur.
+Historien om Erik Larsen og Mary Jensen/Warberg Larsen har udviklet sig forfærdeligt. Mary sagde engang, at hun ville slide som en karl, hvis hun bare kunne være nær ved Erik. Hun må ikke få lov til at plukke Erik og hans forældre for indbo.
+Astrid har haft besøg af Fritz Warberg. Han var meget sød, men han var også bitter på sin far, som ikke regnede ham for noget, fordi han ikke ville studere. Andreas Warberg, faderen, havde skaffet sønnen en næsten ulønnet plads i en bank. Fritz sagde op og fik nyt job, og da faderen hørte, at han fik lønforhøjelse, nedsatte han det bidrag, han tidligere havde ydet ham. 
+Astrid og Axel havde planlagf at bygge et hus til Janna/Nus Schou, og de havde både fældet en lille skov og købt en grund. Så pludselig meddelte Janna, at hun vilde flytte sit værksted til Søborg. Janna er stærkt påvirket af sin far, Jørgen/Buf Schou og af en Søren Madsen, som er en led karl, og som har for meget indflydelse på Jørgen efter dennes mors død. - Janna besluttede til sidst alligevel at blive i Hareskov, men hun var bange for at føle sig bundet. Astrid og Axel bygger derfor alligevel. De har fået tilbud og hyret håndværkere. Axel har købt et kæmpestort vindue, og Janna har gjort værkstedet i stand. Gertrude/Trut Søndergaard er en god, kunstnerisk hjælp. Sell har taget fotos til Tidens Kvinder. 
+Astrid har nu fået sin egen stue, hvor hun kan holde orden (Janna roder). Hun vil ikke forlange, at Janna skal blive boende hjemme, men hun er ked af, at Søren Madsen og Jørgen Schou har en dårlig indflydelse på hende. 
+Margrethe Benzon har testamenteret Astrid og Axel 1500 kr. De har deltaget i hendes begravelse. 
+Astrid og Axel overvejer at bygge et hus mere, som de kan udleje.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/t5q2</t>
+  </si>
+  <si>
+    <t>[Skrevet på kuverts forside:]
+Fru Johanne Warberg Larsen
+Lindøgaard
+Dræby
+Fyen.
+[Skrevet på kuverts bagside;]
+Hareskov
+[I brevet:]
+1.
+Hareskov, 31’ August 1938 – er det virkelig 11 Aar siden Be døde? ufatteligt!
+Kære søde Junge! Tak for dit lange, indgående Brev til Morgen! Aa, hvor jeg føler med dig med den Træthed, Junge – (den er mit Livs Plage) – men tænk, hvis en Operation kunde gøre dig rask, så var det dog vidunderligt; og Lemmerne er formodentlig ikke noget farligt Operationsfelt, det kan jeg da ikke tro? Hvis det var lidt billigere at flyve, så fløj jeg nu over til dig, så vi kunde få en rigtig lang Passiar om alle Dele, for det er jo ikke så lidt, der sker om Ørerne på os – (Axel traf forleden i Frihavnen en Mand, der kom rejsende fra Amerika med en Flyvemaskine, han viste sig at være fra Aarhus – kendte Axels Far osv. - det endte med, at han indbød os alle til en Flyvetur fra Lundtofte Flyveplads, hvor han har sin Maskine, han bor hos noget Direktørværk derude – Nus er Fyr og Flamme, jeg håber, at hun og Axel tager derud, jeg har ikke Kraft til Foretagender af nogen extra Art.) 
+Nå, men så må vi så nøjes med Pennen, Junge. Den Mary-Affaire har dog udviklet sig nederdrægtigt; jeg sagde nu strax til Axel, det er den Mælkefamilie som trækker hende ned – for så slem var hun da ikke før? Skønt Axel sagde – efter at have set hende ved det lille korte Besøg lige efter Brylluppet, da vi kom sammen med Balslevs – Axel sagde om Mary: ”hun er ikke rar”. Han har en ganske forbavsende Evne til ved første Øjekast at se sine Folk an – og det holder altid Stik. Kan du forresten huske, hvad du engang skrev i et Brev til mig, at Mary – da Forlovelsen var hævet – sagde – eller skrev? til dig, at bare hun endda kunde komme og være Pige på Lindøgård, hun vilde slide som en Karl, bare hun fik Lov at være Tinge nær! I må da endelig ikke lade hende plukke Jer for Indbo, men holde på den Kendsgerning, at Tinge intet har – så ved en påtvungen ”Deling”, vilde det vel endda gå ud over Mary selv, juridisk set – efter hendes Ord: hvad dit er – er også mit – det gælder også omvendt! Det er der naturligvis ikke tale om, men det burde foreholdes Mary!
+Men Junge – det store Lyspunkt Sanitetsmeningslånet!!! [”menings” indsat over linjen] Til Lykke – til Lykke! og Tak for det opstemte Kort – og de personlige Hilsener fra Agraren og Marie – det blev jeg meget glad over! Hils dem! Og så alle de gode Familiebesøg! Uglen – Lasse - Dede – Minna – Elle - , I ser rigtignok en Del mere til Slægten end vi her. Forresten havde vi i Lørdags et hyggeligt uventet Besøg af Frits Warberg, han er da vist den sødeste af dem alle? Noget så unbefangen – naturlig og beskeden, jeg synes, han er et bedårende Menneske, - og så tager det jo èn om Hjertet, når han siger: husk dog, jeg er en Warberg, Tante Dis! 
+Det var i Anledning af, at han holdt af at være ene – at isolere sig, i alt Fald til Tider. Han sagde: jeg er nu 
+2)
+så ked af, at jeg slet ikke kender Tante Junge og Tante Tutte - , ! og han havde sådan en Lyst til også at komme til Erikshåb – jeg sagde, at alt Warberg modtages dèr med åbne Arme – og sådan vilde det også være hos Jer. Han var lidt bitter på sin Far, Dede regner ham nemlig ikke for noget, fordi han ikke vilde studere, og da han – Frits – nylig havde fået en lille Gageforhøjelse – fra 100 til 125 Kr mdl – trak Dede strax 15 Kr. fra i sit Bidrag, skønt Frits får meget mindre end de andre; og Dede havde sagt til Direktøren i Banken dengang: ”vil De antage en ung Mand, som ingen Løn skal have!” Så sad Frits der i 1½ Aar med 10 Kr. om Måneden! og lærte intet. Så brød han selv ud i stor Fortvivlelse og tog Plads i et Automobilfirma i Bredgade – fik strax 100 Kr. og forleden blev han kaldt ind til Direktøren, som roste ham meget og altså gav ham 25 Kr. Pålæg. Dede havde vel ment, at med den uheldige Hånd var Studerevejen den bedste at gå, men når nu Drengen hadede det! Han skal nok blive til noget, trods den mislykkede Hånd; vi talte lidt om den, han sagde, at han savnede den ikke, da han jo aldrig havde haft den. Jeg var helt betaget af, så henrivende han var. Han skulde være hjemme Kl 6, da han og Manse skulde ud at spise Middag sammen; Janna fulgte ham på vej, da han cyklede. - -
+Ja, du havde næsten gættet rigtigt angående Janna. Axel og jeg havde længe gået med Planer om at bygge en Stue til Jnna nede ved Værkstedet – dels for hendes dels også for vor Skyld, idet jeg regnede ud, at mine diminutive Kræfter bedre vilde slå til, hvis jeg var alene heroppe i Huset – fik min egen Stue – fri for Højtaleren i Dagligstuen – og fri for Skatterens nerveoprivende Uorden; en Overgang tænkte vi på at holde Pige, men Fordelen ved egen Stue for mig var så overvældende, at Pige kunde undværes – hun skulde jo ellers have Nus’ Værelse – og desuden er der jo altid Komedie med Piger, ingen er Engle – heller ikke Konerne. Nå, så forelagde vi Nus vore Planer - og så kom det frem, at Buf og hun allerede havde en næsten færdig Plan gående ud på, at Værkstedet skulde flyttes til Søborg (Buf bor nu ikke dèr mere, han har købt Hus ved Roskilde Fjord) på en Grund af Søren Madsens, hvor han – SM – har et Sommerhus, der så skulde indrettes til Værksted og Beboelse for Nus; for det første mente de, det var nødvendigt at få Virksomheden lagt nærmere ved Byen; men siden kom andre Grunde frem også – f. Eks. at Trut Søndergård (som Buf vistnok stadig er i moralsk Gæld til) ikke vilde bo i Hareskov (!) men endelig vilde Nus også gerne prøve at stå på egne Ben og væk hjemmefra.
+3) Det var jo en kold én at alt dette var arrangeret bag vor Ryg - efter at vi 1) har fældet vor lille Skov for at give Plads til Værkstedet og 2) købt den nye Grund, så Nus kunde have nem Kørsel til Værkstedet samt iøvrigt Expansionsmuligheder. Vi snakkede så frem og tilbage – sov på det – osv. Buf er stærkt engageret med sit nye Byggeri – så det blev helt og holdent Søren Madsen, hun blev økonomisk afhængig af; og selv om Nus ikke – som vi – synes, at han er en lèd Ka’l – som har trukken Buf meget ned, siden hans Mor døde – så var Buf dog heller ikke glad ved den Side af det. Endelig kom vi til det Resultat, at hendes Forretning slet ikke i Øjeblikket kunde bære hele den Omkalfatring og Flytning samt Savnet af alle de store Fordele, hun her nyder; jeg sagde til Nus, at hun skulde helt selv afgøre det – jeg havde ingen Glæde af at beholde hende, hvis noget andet forekom hende bedre. Så bestemte hun at blive og vi gik i Gang med alle de mange Underhandlinger til alle Sider – Lån i Bagsværd Bank – Håndværkere – Arkitekt – osv. Og da alt dette var vel i Gang til alle Sider, begyndte Nus igen at hænge med Hodet - at det blev så dyrt (vi låner 1500 Kr), og hun vilde føle sig moralsk bunden til at blive her en Aarrække, og den Tanke var hende uudholdelig (altså ikke at have sin Frihed). Det forstod jeg godt, men vi var jo alligevel meget kede af det; så fandt Axel det forløsende Ord (dette er få Dage siden); han regnede ud, at hele den nye Menage dernede vil koste 30 Kr. mdl. i de første 5 Aar – så er Lånet ude af Verden og dermed Huslejen minimal; men fra Jul er vi færdig med at afbetale vort Klaver – 10 Kr mdl. og Radioen – 24 Kr. mdl. – så kan vi altså også klare det nye, hvi_s Janna vil rejse; dette klarede med eet Slag det hele og _så begyndte Hjulene at snurre igen; og du forstår nok, at hvis Nus rejser, så kan man nemt herude leje sådan en Lejlighed ud til Sommergæster - evt. hele Aaret, der bliver indlagt Vand el. Lys – el. Lys - og el. Køkken. Vi får så Vand indlagt med det samme – jeg har så svært med den tunge Pumpe og desuden har Brønden flere Gange truet med at løbe tom. Med Vand indlagt stiger vores Ejendom i Værdi. Bankmanden har ringet, at vi kan roligt tage fat på Arbejdet – Kautionisterne er anerkendt; Janna står som Låntager, vi og Anders Lenner som Kautionister. Arkitekt Brandt herude har leveret Tegninger, Stuen bliver kombineret sammen med Palæet; dette bliver helt beklædt med de
+4) 
+moderne Murflader, der købes hele og slides op; udvendig beklædes Væggene med Solumitplader – denne nye Byggemåde er varmere end kun (en Dobbeltmur!) ["en" indsat over linjen] og anerkendt af Myndighederne. Tegningen er godkendt af Bygningskommissionen. Der bliver fritstående Skorsten, og Brændeovn (helt moderne); det hele bliver som et lille Hus med 2 Rum og et lille Køkken; du husker måske, at Palæet ender i et lille Lukaf, hvor der stod en Seng o s v. Vi har haft Tilbud på Arbejdet x et på 625. – èt på 500 og nu det sidste på 380. – dèt tog vi, - de var her i Aftes sammen med Arkitekten, en ung 21årig Tømrersvend, som ”er begyndt for sig selv” - ! – han har som Svendestykke lavet en indvendig Trappe, som netop viser sig at passe i Tegningen - som Trappe fra Palæet og ned til den nye – kæmpestore – Stue; den køber vi for 15 Kroner! Mureren er en ganske ung, men af de andre garanteret dygtig Lærling, en Mand herude anbefalede ham, de to unge Fyre laver så det hele - men da Lærlingen kun kan i Fritiden, vil September nok gå. I Morgen kommer gamle Albertsen og fælder de fornødne Træer; desværre ryger en stor Birk, en Ædelgran, et Elmetræ og et stort Æbletræ – men så får hun også overvældende med Lys – i Dag kom et Kæmpevindue, som Axel har købt på en Byggeplads for 18 Kr + 2 for Kørslen herud [Tegning] hele det øverste skæres fra og bruges til Solvindue mod Syd (ind mod Granerne – hvoraf èn fældes) det nederste består af to smalle a - a [”a - a” indsat over linjen], der kan åbnes for sig, samt det brede b - b [”b - b” indsat over linjen] der kan åbnes på Midten – uden Vinduespost, du vèd, det ser så dejligt ud; dette Vindue er c 1 ½ M. højt – vender op imod Haven og vores Hus; jeg tror nok, det bliver ganske dejligt. Ved denne Lejlighed har Nus også fået lavet et Sydvindue i Værkstedet, det er en vældig Forbedring; og hun har gjort hovedrent og – i Forening med Sus – malet overalt dernede – gule Vægge og rødt Træværk, det har pyntet enestående – der var aldrig nået at blive malet færdigt dernede, da de tog fat så pludselig dengang de begyndte Virksomheden. Det kniber stadig med Medarbejderne, men Trut er da begyndt at komme – og hun rasper en Masse af sig – er hurtig – flittig og dygtig. Sus tar jo lovlig kunstnerisk på det med ofte at udeblive, hun er meget pylret med Helbred; men hun er Kunstner helt igennem og har mange Idèer. Nus er altså ofte alene; men det har haft sin gode Side, hun har måttet tage sig sammen, og Ensomheden har åbenbart været inspirerende, du aner ikke, hvilket Væld af henrivende Idéer hun har praktiseret i den 
+5) senere Tid, så nu begynder det at fylde godt på Hylderne. Og så fik vi da endelig i Lørdags x ["x" indsat i venstre margen] Sell herud til at fotografere: han er Mester-Amatør – det er hans Lidenskab; han tog 10 Plader dernede, af Værkstedet - og af dem alle tre i Funktion – samt af Hylderne med Sagerne på; jeg havde fin Frokost heroppe til hele Forsamlingen; senere tog Sell en Plade af mig i Dagligstuen - og èn ude på Solkrogen. Billederne fra Værkstedet skal så sættes i Forbindelse med ”Tidens Kvinder”, hvor de kender forskellige og håber at få en god Artikel. Sell har sagt til Axel, at alle Pladerne var lykkedes fint.
+Nus er for for længe siden flyttet ned i Palæet, Munter sover også dernede. Og jeg har fået hendes Stue, d v s hendes Møbler er her endnu, de skal ned i den nye Stue, og så skal jeg helt have det efter mit eget Hode heroppe; det er gået som jeg forudså – nu da jeg er alene heroppe og kan holde Orden overalt, så kan jeg meget bedre klare alting – og når egentlig meget mere. Uorden virker frygtelig deprimerende på mig – blot er er smukt og ordentligt omkring mig, så har jeg Fred i Sjælen og overkommer det utrolige – trods den stadige Svaghedstilstand – jeg har haft flere Anfald af Galdekolik, og kun når dèt kommer, er jeg fri for Astma om Natten (mærkeligt!) – men det tar på Kræfter og Humør, jeg hviler en Timestid midt på Dagen – sover rigtig – så kan jeg godt arbejde hele Dagen, men efter Middag er det slut, så kan jeg ikke mere. Men det gir sig vel efterhånden; alle disse Sindsbevægelser har taget meget på mig; jeg er ikke en egoistisk Mor, der ikke vil slippe Børnene, når de vil ud, men sender Nus i Kløerne på den ækle Søren Madsen – se hende helt overgivet Buf og al den dårlige Indflydelse fra de Kanter. dèt var hårdt! Både Axel og jeg har mærket, at Buf virker uheldigt på Nus. Hun sagde forresten selv i Aftes: ”ja, når jeg bare ikke er bunden, så er det højst sandsynligt, at jeg blive_r!." Det forstår man så godt. Og nu kan hun se Tiden an, måske der engang dukker noget helt andet op, det ved man aldrig.– 
+- Nå, der fik du så Besked om alt det. På Lørdag skal Axel og jeg ind til Grethe Bentzons Sagfører --- Jeg har da fortalt, at hun har testamenteret os de 1500 Kr, hun dengang satte i Huset? Det er ikke dem, vi bygger for; en anden Gang kan vi måske få Obligationen transporteret og så for de Penge få indlagt Centralvarme; med dèt og med Vand kan vi få et højere Kreditforeningslån
+6)
+I Ejendommen – med Omprioritering – og det er billigere Penge; det nye Hus – som er indtægtsgivende som Lejeobjekt forhøjer jo også Værdien. 
+Det er egentlig besynderligt, Junge, at man uden at eje en Øre - kan bygge sig et Hus – og derved skabe sig et Aktiv, som stadig kan forbedres. Vi har også Planer om – hvis nu dette falder godt ud – ad Aare at bygge et lille Hus på den nye Grund og leje det ud, måske til Sus i første Omgang, hvis de bliver her. Men det er jo Luftkasteller, som det bare er sjov at lægge Planer om. Vi traf ved Grethe B.s Begravelse Mornine; Axel inviterede hende herud - pr. Telefon næste Dag – og det vilde hun gerne!! Hun var yhyre elskværdig; måske kan vi få hende og Lugge en Dag i Spetember hvis vi får fint Vejr igen. Jeg tænker næsten, vi atter møder Mornine, når vi på Lørdag skal til Sagfører, mon hun ikke også er betænkt? Margrethe har sandelig været os en god Ven, hvor er det ufortjent, men hvor er vi taknemmelige!
+Du kan stole på, vi skal huske Agraren, det var godt, du skrev det!
+Ja, Pan var her – men en uheldig Dag, da jeg var ude af mig selv af Sløjhed efter en Galdehistorie samt alt det med Nus. Jeg sørgede vanvittigt ved Tanken om at skulle af med hende – og under de Forhold! 
+Så var der vist ikke mere dennegang, lille Junge, jeg må se at kniske ud til Middagsmaden – Risengrød og Hornfisk, nye Kartofler fra Haven. 
+Hils nu enhver især – tak Bibbe for hendes søde Brev, som jeg blev så glad ved og _hils Marie på det varmeste - hvor dejligt for Jer, at hun bliver! og hils den omtumlede Ægtemand, det er fint, han kan klare alle de juridiske Paragraffer – de Bæster, som de mishandler Jer - . og hils Manse – og hils Agraren!
+Jeg sidder og skriver i min egen Stue, som jeg er lykkelig over at have. 
+Tusinde Hilsner! 
+Din Dis. 
+ps – senere – 
+lige nu kom den store Ruteflyver lige forbi mit Vindue og ganske lavt – over Søen, en flot Fyr. 
+Alle her hilser!
+[Indsat på siden mærket "4"; lodret i venstre margen:] X med Materialer bliver det nok c 1000 ["1000" overstreget] 880. – Rest: 620. – til Vand o.a.
+[Indsat øverst på siden, der er mærket "5":] x Sell er Axels Kollega i Frihavnen</t>
+  </si>
+  <si>
     <t>1938-11-21</t>
   </si>
   <si>
     <t>Harriet Afzelius
 Ina  Goldschmidt
 Ulf Haxen
 Adolph Larsen
 Axel  Müller
 Ellen  Sawyer
 Janna Schou
 Erik Warberg Larsen
 Martin Warberg Larsen
 Laura Warberg Petersen</t>
   </si>
   <si>
     <t>Det er uklart, hvad Laura/Bibbe Warberg Petersen aktuelt fejlede, men hun led i sine unge år meget af bihulebetændelse, hovedpine, og hun havde psykiske problemer. 
 Mund- og klovsyge er en meget smitsom virussygdom, som først og fremmest rammer parrettåede hovdyr deriblandt tamkvæg og svin. Hjorte, geder og får rammes dog bl.a. også. I Europa har kun de skandinaviske lande Norge (1952), Finland (1959) og Sverige(1966) gennem de seneste årtier været forskånet for udbrud. I Danmark var det sidste udbrud i 1983, mens Storbritannien atter blev ramt i 2007. (Wikipedia febr. 2024).</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, Bb0606</t>
   </si>
   <si>
     <t>Laura/Bibbe har fået medicin, der hjælper hende. Hendes tre uger lange rejse med hvile hjalp ikke, men Laura var glad for at være hos Ina/Sjums og børnene. 
 Johanne/Junge havde omsider fået en pige i huset, men hun udeblev allerede anden dag. Johanne nåede lige at bede lægen om at indstille hende til operation. Hun føler sig fortravlet og træt. Elle(n) Sawyer har været på besøg og hjulpet med at vaske æg. Drengene har en 10årig dreng til at hjælpe med tærskningen.</t>
   </si>
@@ -2611,54 +2830,50 @@
 Onsd. 14-12-05
 Fru Astrid Warberg Müller
 Bakkevej No 12
 Hareskov St.
 [Håndskrevet på kuvertens bagside:]
 Lindøgaard Dræby St. Fyen.
 [I brevet:]
 Lindøgd. 25 Okt 1940
 Kæreste Dis!
 Hvor var det dog forfærdelig kedeligt, at Axel nu ogsaa skulde faa saadan en Omgang, man skulde tro, han havde faaet nok i sin Bronchitis. Da du sluttede mit Brev, vidste du altsaa endnu ikke hvad det er, han fejler? Kun at det ikke er Blindtarm. Jeg er, som du vel kan forstaa, meget spændt paa, hvad det er, der er i Vejen, men det hører jeg vel, naar du faar det at vide.
 Tak fordi du skrev det til mig – det var ikke noget morsomt, men man vil jo gerne være ”mæ’”, naar der skal er [”skal” overstreget; ”er” indsat over linjen] noget. Ved du, at Mornine har ligget paa Hospital med en let Lungebetændelse? er kommen hjem igen, har vi hørt gennem Nete; Bibbe og Nete er saa gode Venner; de er jo trods den store Aldersforskel paa Generation sammen, og de ringer af og til til hinanden og faa udvekslet nyt om Familien. Bibbe elsker Nete. Har du nogen Sinde besøgt dem, siden de kom til Faldengaard? 
 Mens jeg husker det – du kan bare vove paa at købe fantastisk dyr Chokolade til mig; jeg vil intet have; du kan selv se hvor meningsløst det er og jo da navnlig, naar I maa spare haardt, oven i Købet paa Kosten. Og heller ikke Julegaver!! Vi er klemt saa haardt paa alle Kanter, saa det maa indvirke ogsaa paa den Slags. Jer selv imellem kan der jo vælges nyttige Ting, som alligevel skal anskaffes, saa bliver det jo paa en Maade i ikke [”i” overstreget; ”ikke” indsat over linjen] Udgifter, nej, søde Dis, skal alt det indvindes, som Axel der ikke har haft Held til at ordne, saa maa du spare paa alle Punkter, det kan jeg da se. Saa er det en Aftale og tænk, hvor du altid har overøst mig med Gaver, da du kunde. Selv Haandarbejdsmateriale er jo ikke til at købe mere. 
 Den gode Marie kom saa i Onsdags Kl 3 ½. Bibbe skulde have gaaet hende i Møde
 2
 da de havde travlt med Roerne, og Marie havde sagt, at hun kunde udmærket gaa fra Dræby, men det regnede lidt og Bibbe var saa forkølet, saa min Lettelse var stor, da Agraren sagde, han vilde køre hen efter hende. Hun var saa henrivende at have og Bibbe var pragtfuld til at lave fint an. Hun fik The, da hun kom med Franskbrød med Ost og Marmelade og finsk [”s” i ordet indsat over linjen] Brød, som jeg havde bagt. Om Aftenen fik vi Rosenkaalssuppe (lavet af henkogt Syltesuppe, pyntet op med Champignon-Væde og Tomatafkog) som var glimrende. 2 Fasaner udm. stegte med alskens til: Æbler og Valnødder. Til Aftenskaffen havde vi en knippel god Lagkage og det finske Brød. Næste Middag henkogt Medisterpølse; dertil Rosenkaal Kartofler og henkogte smaa fine Karotter samt stuvede Ærter. Æblesuppe. Vi beværtede hende fint, synes jeg. Hun var selvfølgelig henrivende at have; vi har jo altid saa meget at snakke om, hvor er hun ung og frisk. Hun bad mig hilse dig saa mange Gange. Det gaar saa godt med Vilhelm, de har været et Par Dage i Kbhv. for at besøge ham. Lægerne har sagt at han gør gode Fremskridt og han kan selv mærke Fremgang. Desuden har Lægerne sagt, at Folk kommer sig altid af den Sygdom – naar de faar den Behandling da. Hvor er Lægevidenskaben efterhaanden stor og hvor maa vi være den taknemmelig for alt det, den kan fri os ud af. Hvis ”Lyset” ikke var bleven opfunden som Lægemiddel, vilde Vilhelm have været Dødens sikre Bytte. Og godt, lille Dis, at du har Stramoneum til at dæmme op for den grufulde Astma. Og at vi har noget som kan stille de værste Smerter, naar de kommer paa. – Børnene skal til Odense i Aften til Luttes Forestilling – noget om Børn saa ved du. Bibbe vil opsøge ham efter Forestillingen og høre lidt om Jørgen. 
 Ja, saa kun tusind Hilsner fra din Junge - ogsaa til Axel og Janna.
 [Skrevet på hovedet øverst på s. 4:]
 Bare du nu kan døje al den Sindsbevægelse om Axels Sygdom. Den Slags er vist ikke godt for Astma. - Jeg har nok glemt at skrive om Knæet, men er der er intet at skrive, bedre er det desværre ikke blevet.</t>
   </si>
   <si>
     <t>1941-02-18</t>
   </si>
   <si>
     <t>Hareskov
 Bakkevej 12</t>
-  </si>
-[...2 lines deleted...]
-Lindøgaard</t>
   </si>
   <si>
     <t>Sus -
 Torkil Barfod
 Nicolai  Blædel
 Adolph Hitler
 Charles Morgan
 Axel  Müller
 Janna Schou
 Jørgen Schou
 Kirstine Schou
 Robert Stephenson
 Lars Syberg
 Gertrude Søndergaard
 Ole Søndergaard
 Erik Warberg Larsen
 Martin Warberg Larsen</t>
   </si>
   <si>
     <t>Det vides ikke, hvem Bøgelund Jensen, Edith og Søren Madsen var. Ida var formodentlig pige i huset hos Johanne og Adolf Larsen. 
 Dr. Larsen og Blütten Petersen kendes ikke.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0787</t>
   </si>
@@ -5466,59 +5681,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/a2mx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7cL7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ruTF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PLHu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5bZM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/37mE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/z8MY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/w206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zwmv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ETe4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UvDl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VcOp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yh33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/D7he" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wjaU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7RTI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/M0Wt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pjzE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F2eP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ww2M" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ilyl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GhGl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XOn2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/juXR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7fK2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NQUB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5iq4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vjW9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/n0ug" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GxFN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GsiV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eYXp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/U5gZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5TMv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/a932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cWRz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F1Lr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MOYc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/14rd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F1PD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wIsw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P1L8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PNXE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ibx1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5SX5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PxB9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IPPC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7Uxr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iuXX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TAfR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i36C" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lul7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P6rt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VfiW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hVic" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UduZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ROqW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GNMG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JdVO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AkuE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/l7zx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cmc7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mgB3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jdbc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y2b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TCWH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t1xn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xput" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0jIO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nlNE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LwFS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J1od" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Kww0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JSMC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i0jC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ws90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JNI0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rLbi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/S9Qh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3x1u" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hx17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vpPh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qXs1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dAa2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QZ8G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AOwC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cB31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/55oU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iPJz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8032" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rqX8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iY0z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/a2mx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7cL7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ruTF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PLHu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5bZM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/37mE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/z8MY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/w206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zwmv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ETe4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UvDl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VcOp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yh33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/D7he" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wjaU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7RTI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/M0Wt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pjzE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F2eP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ww2M" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ilyl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GhGl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XOn2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/juXR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7fK2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NQUB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5iq4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vjW9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/n0ug" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GxFN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GsiV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eYXp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/U5gZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5TMv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/a932" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cWRz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/U1z2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F1Lr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MOYc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/14rd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F1PD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wIsw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vS70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P1L8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PNXE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ibx1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5SX5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PxB9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IPPC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7Uxr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t5q2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iuXX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TAfR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i36C" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lul7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P6rt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VfiW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hVic" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UduZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ROqW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GNMG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JdVO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AkuE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/l7zx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cmc7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mgB3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jdbc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y2b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TCWH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t1xn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xput" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0jIO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nlNE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LwFS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J1od" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Kww0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JSMC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i0jC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ws90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JNI0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rLbi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/S9Qh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3x1u" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hx17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vpPh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qXs1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dAa2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QZ8G" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AOwC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cB31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/55oU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iPJz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8032" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rqX8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iY0z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M93"/>
+  <dimension ref="A1:M96"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -7115,2444 +7330,2573 @@
       </c>
       <c r="I37" s="5" t="s">
         <v>263</v>
       </c>
       <c r="J37" s="5" t="s">
         <v>264</v>
       </c>
       <c r="K37" s="5" t="s">
         <v>265</v>
       </c>
       <c r="L37" s="6" t="s">
         <v>266</v>
       </c>
       <c r="M37" s="5" t="s">
         <v>267</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="5" t="s">
         <v>268</v>
       </c>
       <c r="B38" s="5" t="s">
         <v>13</v>
       </c>
       <c r="C38" s="5" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="D38" s="5" t="s">
-        <v>189</v>
+        <v>269</v>
       </c>
       <c r="E38" s="5" t="s">
-        <v>82</v>
+        <v>270</v>
       </c>
       <c r="F38" s="5" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
       <c r="G38" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H38" s="5" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
       <c r="I38" s="5" t="s">
-        <v>271</v>
+        <v>273</v>
       </c>
       <c r="J38" s="5" t="s">
-        <v>272</v>
+        <v>274</v>
       </c>
       <c r="K38" s="5" t="s">
-        <v>273</v>
+        <v>275</v>
       </c>
       <c r="L38" s="6" t="s">
-        <v>274</v>
+        <v>276</v>
       </c>
       <c r="M38" s="5" t="s">
-        <v>275</v>
+        <v>277</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="5" t="s">
-        <v>276</v>
+        <v>278</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>13</v>
       </c>
       <c r="C39" s="5" t="s">
+        <v>190</v>
+      </c>
+      <c r="D39" s="5" t="s">
         <v>189</v>
       </c>
-      <c r="D39" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E39" s="5" t="s">
-        <v>169</v>
+        <v>82</v>
       </c>
       <c r="F39" s="5" t="s">
-        <v>277</v>
+        <v>279</v>
       </c>
       <c r="G39" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H39" s="5" t="s">
-        <v>278</v>
+        <v>280</v>
       </c>
       <c r="I39" s="5" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
       <c r="J39" s="5" t="s">
-        <v>280</v>
+        <v>282</v>
       </c>
       <c r="K39" s="5" t="s">
-        <v>281</v>
+        <v>283</v>
       </c>
       <c r="L39" s="6" t="s">
-        <v>282</v>
+        <v>284</v>
       </c>
       <c r="M39" s="5" t="s">
-        <v>283</v>
+        <v>285</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="5" t="s">
-        <v>284</v>
+        <v>286</v>
       </c>
       <c r="B40" s="5" t="s">
         <v>13</v>
       </c>
       <c r="C40" s="5" t="s">
+        <v>189</v>
+      </c>
+      <c r="D40" s="5" t="s">
         <v>190</v>
       </c>
-      <c r="D40" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E40" s="5" t="s">
-        <v>285</v>
+        <v>169</v>
       </c>
       <c r="F40" s="5" t="s">
-        <v>269</v>
+        <v>287</v>
       </c>
       <c r="G40" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H40" s="5" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="I40" s="5" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
       <c r="J40" s="5" t="s">
-        <v>288</v>
+        <v>290</v>
       </c>
       <c r="K40" s="5" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="L40" s="6" t="s">
-        <v>290</v>
+        <v>292</v>
       </c>
       <c r="M40" s="5" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="5" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
       <c r="B41" s="5" t="s">
         <v>13</v>
       </c>
       <c r="C41" s="5" t="s">
+        <v>190</v>
+      </c>
+      <c r="D41" s="5" t="s">
         <v>189</v>
       </c>
-      <c r="D41" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E41" s="5" t="s">
-        <v>293</v>
+        <v>295</v>
       </c>
       <c r="F41" s="5" t="s">
-        <v>285</v>
+        <v>279</v>
       </c>
       <c r="G41" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H41" s="5" t="s">
-        <v>294</v>
+        <v>296</v>
       </c>
       <c r="I41" s="5" t="s">
-        <v>295</v>
+        <v>297</v>
       </c>
       <c r="J41" s="5" t="s">
-        <v>296</v>
+        <v>298</v>
       </c>
       <c r="K41" s="5" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="L41" s="6" t="s">
-        <v>298</v>
+        <v>300</v>
       </c>
       <c r="M41" s="5" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="5" t="s">
-        <v>300</v>
+        <v>302</v>
       </c>
       <c r="B42" s="5" t="s">
         <v>13</v>
       </c>
       <c r="C42" s="5" t="s">
         <v>189</v>
       </c>
       <c r="D42" s="5" t="s">
-        <v>301</v>
+        <v>190</v>
       </c>
       <c r="E42" s="5" t="s">
-        <v>169</v>
-[...4 lines deleted...]
-        </is>
+        <v>303</v>
+      </c>
+      <c r="F42" s="5" t="s">
+        <v>295</v>
       </c>
       <c r="G42" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H42" s="5" t="s">
-        <v>302</v>
-[...1 lines deleted...]
-      <c r="I42" s="5"/>
+        <v>304</v>
+      </c>
+      <c r="I42" s="5" t="s">
+        <v>305</v>
+      </c>
       <c r="J42" s="5" t="s">
-        <v>303</v>
+        <v>306</v>
       </c>
       <c r="K42" s="5" t="s">
-        <v>304</v>
+        <v>307</v>
       </c>
       <c r="L42" s="6" t="s">
-        <v>305</v>
+        <v>308</v>
       </c>
       <c r="M42" s="5" t="s">
-        <v>306</v>
+        <v>309</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="5" t="s">
-        <v>307</v>
+        <v>310</v>
       </c>
       <c r="B43" s="5" t="s">
         <v>13</v>
       </c>
       <c r="C43" s="5" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="D43" s="5" t="s">
-        <v>189</v>
+        <v>269</v>
       </c>
       <c r="E43" s="5" t="s">
-        <v>285</v>
+        <v>169</v>
       </c>
       <c r="F43" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G43" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H43" s="5" t="s">
-        <v>308</v>
-[...3 lines deleted...]
-      </c>
+        <v>311</v>
+      </c>
+      <c r="I43" s="5"/>
       <c r="J43" s="5" t="s">
-        <v>310</v>
+        <v>312</v>
       </c>
       <c r="K43" s="5" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
       <c r="L43" s="6" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
       <c r="M43" s="5" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="5" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="B44" s="5" t="s">
         <v>13</v>
       </c>
       <c r="C44" s="5" t="s">
+        <v>189</v>
+      </c>
+      <c r="D44" s="5" t="s">
         <v>190</v>
       </c>
-      <c r="D44" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E44" s="5" t="s">
-        <v>285</v>
+        <v>317</v>
       </c>
       <c r="F44" s="5" t="s">
-        <v>315</v>
+        <v>318</v>
       </c>
       <c r="G44" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H44" s="5" t="s">
-        <v>316</v>
+        <v>319</v>
       </c>
       <c r="I44" s="5" t="s">
-        <v>317</v>
+        <v>320</v>
       </c>
       <c r="J44" s="5" t="s">
-        <v>318</v>
+        <v>321</v>
       </c>
       <c r="K44" s="5" t="s">
-        <v>319</v>
+        <v>322</v>
       </c>
       <c r="L44" s="6" t="s">
-        <v>320</v>
+        <v>323</v>
       </c>
       <c r="M44" s="5" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="5" t="s">
-        <v>322</v>
+        <v>325</v>
       </c>
       <c r="B45" s="5" t="s">
         <v>13</v>
       </c>
       <c r="C45" s="5" t="s">
+        <v>190</v>
+      </c>
+      <c r="D45" s="5" t="s">
         <v>189</v>
       </c>
-      <c r="D45" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E45" s="5" t="s">
-        <v>324</v>
-[...2 lines deleted...]
-        <v>315</v>
+        <v>295</v>
+      </c>
+      <c r="F45" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G45" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H45" s="5" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="I45" s="5" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="J45" s="5" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="K45" s="5" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="L45" s="6" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
       <c r="M45" s="5" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="5" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="B46" s="5" t="s">
         <v>13</v>
       </c>
       <c r="C46" s="5" t="s">
+        <v>190</v>
+      </c>
+      <c r="D46" s="5" t="s">
         <v>189</v>
       </c>
-      <c r="D46" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E46" s="5" t="s">
-        <v>324</v>
+        <v>295</v>
       </c>
       <c r="F46" s="5" t="s">
-        <v>315</v>
+        <v>333</v>
       </c>
       <c r="G46" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H46" s="5" t="s">
-        <v>332</v>
+        <v>334</v>
       </c>
       <c r="I46" s="5" t="s">
-        <v>333</v>
+        <v>335</v>
       </c>
       <c r="J46" s="5" t="s">
-        <v>334</v>
+        <v>336</v>
       </c>
       <c r="K46" s="5" t="s">
-        <v>335</v>
+        <v>337</v>
       </c>
       <c r="L46" s="6" t="s">
-        <v>336</v>
+        <v>338</v>
       </c>
       <c r="M46" s="5" t="s">
-        <v>337</v>
+        <v>339</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="5" t="s">
-        <v>338</v>
+        <v>340</v>
       </c>
       <c r="B47" s="5" t="s">
         <v>13</v>
       </c>
       <c r="C47" s="5" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="D47" s="5" t="s">
-        <v>189</v>
+        <v>341</v>
       </c>
       <c r="E47" s="5" t="s">
-        <v>285</v>
+        <v>342</v>
       </c>
       <c r="F47" s="5" t="s">
-        <v>315</v>
+        <v>333</v>
       </c>
       <c r="G47" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H47" s="5" t="s">
-        <v>339</v>
+        <v>343</v>
       </c>
       <c r="I47" s="5" t="s">
-        <v>340</v>
+        <v>344</v>
       </c>
       <c r="J47" s="5" t="s">
-        <v>341</v>
+        <v>345</v>
       </c>
       <c r="K47" s="5" t="s">
-        <v>342</v>
+        <v>346</v>
       </c>
       <c r="L47" s="6" t="s">
-        <v>343</v>
+        <v>347</v>
       </c>
       <c r="M47" s="5" t="s">
-        <v>344</v>
+        <v>348</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="5" t="s">
-        <v>345</v>
+        <v>349</v>
       </c>
       <c r="B48" s="5" t="s">
         <v>13</v>
       </c>
       <c r="C48" s="5" t="s">
-        <v>346</v>
+        <v>189</v>
       </c>
       <c r="D48" s="5" t="s">
-        <v>190</v>
+        <v>341</v>
       </c>
       <c r="E48" s="5" t="s">
-        <v>169</v>
+        <v>342</v>
       </c>
       <c r="F48" s="5" t="s">
-        <v>347</v>
+        <v>333</v>
       </c>
       <c r="G48" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H48" s="5" t="s">
-        <v>348</v>
+        <v>350</v>
       </c>
       <c r="I48" s="5" t="s">
-        <v>349</v>
+        <v>351</v>
       </c>
       <c r="J48" s="5" t="s">
-        <v>350</v>
+        <v>352</v>
       </c>
       <c r="K48" s="5" t="s">
-        <v>351</v>
+        <v>353</v>
       </c>
       <c r="L48" s="6" t="s">
-        <v>352</v>
+        <v>354</v>
       </c>
       <c r="M48" s="5" t="s">
-        <v>353</v>
+        <v>355</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="5" t="s">
-        <v>354</v>
+        <v>356</v>
       </c>
       <c r="B49" s="5" t="s">
         <v>13</v>
       </c>
       <c r="C49" s="5" t="s">
         <v>190</v>
       </c>
       <c r="D49" s="5" t="s">
         <v>189</v>
       </c>
       <c r="E49" s="5" t="s">
-        <v>285</v>
+        <v>295</v>
       </c>
       <c r="F49" s="5" t="s">
-        <v>315</v>
+        <v>333</v>
       </c>
       <c r="G49" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H49" s="5" t="s">
-        <v>355</v>
+        <v>357</v>
       </c>
       <c r="I49" s="5" t="s">
-        <v>356</v>
+        <v>358</v>
       </c>
       <c r="J49" s="5" t="s">
-        <v>357</v>
+        <v>359</v>
       </c>
       <c r="K49" s="5" t="s">
-        <v>358</v>
+        <v>360</v>
       </c>
       <c r="L49" s="6" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="M49" s="5" t="s">
-        <v>360</v>
+        <v>362</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="5" t="s">
-        <v>361</v>
+        <v>363</v>
       </c>
       <c r="B50" s="5" t="s">
         <v>13</v>
       </c>
       <c r="C50" s="5" t="s">
+        <v>364</v>
+      </c>
+      <c r="D50" s="5" t="s">
         <v>190</v>
       </c>
-      <c r="D50" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E50" s="5" t="s">
-        <v>285</v>
+        <v>169</v>
       </c>
       <c r="F50" s="5" t="s">
-        <v>315</v>
+        <v>365</v>
       </c>
       <c r="G50" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H50" s="5" t="s">
-        <v>362</v>
+        <v>366</v>
       </c>
       <c r="I50" s="5" t="s">
-        <v>363</v>
+        <v>367</v>
       </c>
       <c r="J50" s="5" t="s">
-        <v>364</v>
+        <v>368</v>
       </c>
       <c r="K50" s="5" t="s">
-        <v>365</v>
+        <v>369</v>
       </c>
       <c r="L50" s="6" t="s">
-        <v>366</v>
+        <v>370</v>
       </c>
       <c r="M50" s="5" t="s">
-        <v>367</v>
+        <v>371</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="5" t="s">
-        <v>368</v>
+        <v>372</v>
       </c>
       <c r="B51" s="5" t="s">
         <v>13</v>
       </c>
       <c r="C51" s="5" t="s">
         <v>190</v>
       </c>
       <c r="D51" s="5" t="s">
         <v>189</v>
       </c>
       <c r="E51" s="5" t="s">
-        <v>285</v>
+        <v>295</v>
       </c>
       <c r="F51" s="5" t="s">
-        <v>369</v>
+        <v>333</v>
       </c>
       <c r="G51" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H51" s="5" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
       <c r="I51" s="5" t="s">
-        <v>371</v>
+        <v>374</v>
       </c>
       <c r="J51" s="5" t="s">
-        <v>372</v>
+        <v>375</v>
       </c>
       <c r="K51" s="5" t="s">
-        <v>373</v>
+        <v>376</v>
       </c>
       <c r="L51" s="6" t="s">
-        <v>374</v>
+        <v>377</v>
       </c>
       <c r="M51" s="5" t="s">
-        <v>375</v>
+        <v>378</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="5" t="s">
-        <v>376</v>
+        <v>379</v>
       </c>
       <c r="B52" s="5" t="s">
         <v>13</v>
       </c>
       <c r="C52" s="5" t="s">
+        <v>189</v>
+      </c>
+      <c r="D52" s="5" t="s">
         <v>190</v>
       </c>
-      <c r="D52" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E52" s="5" t="s">
-        <v>285</v>
+        <v>169</v>
       </c>
       <c r="F52" s="5" t="s">
-        <v>369</v>
+        <v>380</v>
       </c>
       <c r="G52" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H52" s="5" t="s">
-        <v>377</v>
+        <v>381</v>
       </c>
       <c r="I52" s="5" t="s">
-        <v>378</v>
+        <v>382</v>
       </c>
       <c r="J52" s="5" t="s">
-        <v>379</v>
+        <v>383</v>
       </c>
       <c r="K52" s="5" t="s">
-        <v>380</v>
+        <v>384</v>
       </c>
       <c r="L52" s="6" t="s">
-        <v>381</v>
+        <v>385</v>
       </c>
       <c r="M52" s="5" t="s">
-        <v>382</v>
+        <v>386</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="5" t="s">
-        <v>383</v>
+        <v>387</v>
       </c>
       <c r="B53" s="5" t="s">
         <v>13</v>
       </c>
       <c r="C53" s="5" t="s">
+        <v>190</v>
+      </c>
+      <c r="D53" s="5" t="s">
         <v>189</v>
       </c>
-      <c r="D53" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E53" s="5" t="s">
-        <v>384</v>
+        <v>295</v>
       </c>
       <c r="F53" s="5" t="s">
-        <v>385</v>
+        <v>333</v>
       </c>
       <c r="G53" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H53" s="5" t="s">
-        <v>386</v>
+        <v>388</v>
       </c>
       <c r="I53" s="5" t="s">
-        <v>387</v>
+        <v>389</v>
       </c>
       <c r="J53" s="5" t="s">
-        <v>388</v>
+        <v>390</v>
       </c>
       <c r="K53" s="5" t="s">
-        <v>389</v>
+        <v>391</v>
       </c>
       <c r="L53" s="6" t="s">
-        <v>390</v>
+        <v>392</v>
       </c>
       <c r="M53" s="5" t="s">
-        <v>391</v>
+        <v>393</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="5" t="s">
-        <v>392</v>
+        <v>394</v>
       </c>
       <c r="B54" s="5" t="s">
         <v>13</v>
       </c>
       <c r="C54" s="5" t="s">
         <v>190</v>
       </c>
       <c r="D54" s="5" t="s">
         <v>189</v>
       </c>
       <c r="E54" s="5" t="s">
-        <v>285</v>
+        <v>295</v>
       </c>
       <c r="F54" s="5" t="s">
-        <v>369</v>
+        <v>395</v>
       </c>
       <c r="G54" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H54" s="5" t="s">
-        <v>393</v>
+        <v>396</v>
       </c>
       <c r="I54" s="5" t="s">
-        <v>394</v>
+        <v>397</v>
       </c>
       <c r="J54" s="5" t="s">
-        <v>395</v>
+        <v>398</v>
       </c>
       <c r="K54" s="5" t="s">
-        <v>396</v>
+        <v>399</v>
       </c>
       <c r="L54" s="6" t="s">
-        <v>397</v>
+        <v>400</v>
       </c>
       <c r="M54" s="5" t="s">
-        <v>398</v>
+        <v>401</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="5" t="s">
-        <v>399</v>
+        <v>402</v>
       </c>
       <c r="B55" s="5" t="s">
         <v>13</v>
       </c>
       <c r="C55" s="5" t="s">
         <v>190</v>
       </c>
       <c r="D55" s="5" t="s">
         <v>189</v>
       </c>
       <c r="E55" s="5" t="s">
-        <v>285</v>
+        <v>295</v>
       </c>
       <c r="F55" s="5" t="s">
-        <v>369</v>
+        <v>395</v>
       </c>
       <c r="G55" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H55" s="5" t="s">
-        <v>400</v>
+        <v>403</v>
       </c>
       <c r="I55" s="5" t="s">
-        <v>401</v>
+        <v>404</v>
       </c>
       <c r="J55" s="5" t="s">
-        <v>402</v>
+        <v>405</v>
       </c>
       <c r="K55" s="5" t="s">
-        <v>403</v>
+        <v>406</v>
       </c>
       <c r="L55" s="6" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="M55" s="5" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="5" t="s">
-        <v>406</v>
+        <v>409</v>
       </c>
       <c r="B56" s="5" t="s">
         <v>13</v>
       </c>
       <c r="C56" s="5" t="s">
         <v>189</v>
       </c>
       <c r="D56" s="5" t="s">
         <v>190</v>
       </c>
       <c r="E56" s="5" t="s">
-        <v>169</v>
+        <v>410</v>
       </c>
       <c r="F56" s="5" t="s">
-        <v>285</v>
+        <v>380</v>
       </c>
       <c r="G56" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H56" s="5" t="s">
-        <v>407</v>
+        <v>411</v>
       </c>
       <c r="I56" s="5" t="s">
-        <v>408</v>
+        <v>412</v>
       </c>
       <c r="J56" s="5" t="s">
-        <v>409</v>
+        <v>413</v>
       </c>
       <c r="K56" s="5" t="s">
-        <v>410</v>
+        <v>414</v>
       </c>
       <c r="L56" s="6" t="s">
-        <v>411</v>
+        <v>415</v>
       </c>
       <c r="M56" s="5" t="s">
-        <v>412</v>
+        <v>416</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="5" t="s">
-        <v>413</v>
+        <v>417</v>
       </c>
       <c r="B57" s="5" t="s">
         <v>13</v>
       </c>
       <c r="C57" s="5" t="s">
         <v>190</v>
       </c>
       <c r="D57" s="5" t="s">
         <v>189</v>
       </c>
       <c r="E57" s="5" t="s">
-        <v>285</v>
+        <v>295</v>
       </c>
       <c r="F57" s="5" t="s">
-        <v>369</v>
+        <v>395</v>
       </c>
       <c r="G57" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H57" s="5" t="s">
-        <v>414</v>
+        <v>418</v>
       </c>
       <c r="I57" s="5" t="s">
-        <v>415</v>
+        <v>419</v>
       </c>
       <c r="J57" s="5" t="s">
-        <v>416</v>
+        <v>420</v>
       </c>
       <c r="K57" s="5" t="s">
-        <v>417</v>
+        <v>421</v>
       </c>
       <c r="L57" s="6" t="s">
-        <v>418</v>
+        <v>422</v>
       </c>
       <c r="M57" s="5" t="s">
-        <v>419</v>
+        <v>423</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="5" t="s">
-        <v>420</v>
+        <v>424</v>
       </c>
       <c r="B58" s="5" t="s">
         <v>13</v>
       </c>
       <c r="C58" s="5" t="s">
         <v>190</v>
       </c>
       <c r="D58" s="5" t="s">
         <v>189</v>
       </c>
       <c r="E58" s="5" t="s">
-        <v>285</v>
+        <v>295</v>
       </c>
       <c r="F58" s="5" t="s">
-        <v>369</v>
+        <v>395</v>
       </c>
       <c r="G58" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H58" s="5" t="s">
-        <v>421</v>
+        <v>425</v>
       </c>
       <c r="I58" s="5" t="s">
-        <v>422</v>
+        <v>426</v>
       </c>
       <c r="J58" s="5" t="s">
-        <v>423</v>
+        <v>427</v>
       </c>
       <c r="K58" s="5" t="s">
-        <v>424</v>
+        <v>428</v>
       </c>
       <c r="L58" s="6" t="s">
-        <v>425</v>
+        <v>429</v>
       </c>
       <c r="M58" s="5" t="s">
-        <v>426</v>
+        <v>430</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="5" t="s">
-        <v>427</v>
+        <v>431</v>
       </c>
       <c r="B59" s="5" t="s">
         <v>13</v>
       </c>
       <c r="C59" s="5" t="s">
+        <v>189</v>
+      </c>
+      <c r="D59" s="5" t="s">
         <v>190</v>
       </c>
-      <c r="D59" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E59" s="5" t="s">
-        <v>285</v>
+        <v>169</v>
       </c>
       <c r="F59" s="5" t="s">
-        <v>384</v>
+        <v>295</v>
       </c>
       <c r="G59" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H59" s="5" t="s">
-        <v>428</v>
+        <v>432</v>
       </c>
       <c r="I59" s="5" t="s">
-        <v>429</v>
+        <v>433</v>
       </c>
       <c r="J59" s="5" t="s">
-        <v>430</v>
+        <v>434</v>
       </c>
       <c r="K59" s="5" t="s">
-        <v>431</v>
+        <v>435</v>
       </c>
       <c r="L59" s="6" t="s">
-        <v>432</v>
+        <v>436</v>
       </c>
       <c r="M59" s="5" t="s">
-        <v>433</v>
+        <v>437</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="5" t="s">
-        <v>434</v>
+        <v>438</v>
       </c>
       <c r="B60" s="5" t="s">
         <v>13</v>
       </c>
       <c r="C60" s="5" t="s">
         <v>190</v>
       </c>
       <c r="D60" s="5" t="s">
         <v>189</v>
       </c>
       <c r="E60" s="5" t="s">
-        <v>285</v>
+        <v>295</v>
       </c>
       <c r="F60" s="5" t="s">
-        <v>369</v>
+        <v>395</v>
       </c>
       <c r="G60" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H60" s="5" t="s">
-        <v>435</v>
+        <v>439</v>
       </c>
       <c r="I60" s="5" t="s">
-        <v>436</v>
+        <v>440</v>
       </c>
       <c r="J60" s="5" t="s">
-        <v>437</v>
+        <v>441</v>
       </c>
       <c r="K60" s="5" t="s">
-        <v>438</v>
+        <v>442</v>
       </c>
       <c r="L60" s="6" t="s">
-        <v>439</v>
+        <v>443</v>
       </c>
       <c r="M60" s="5" t="s">
-        <v>440</v>
+        <v>444</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="5" t="s">
-        <v>441</v>
+        <v>445</v>
       </c>
       <c r="B61" s="5" t="s">
         <v>13</v>
       </c>
       <c r="C61" s="5" t="s">
         <v>190</v>
       </c>
       <c r="D61" s="5" t="s">
         <v>189</v>
       </c>
       <c r="E61" s="5" t="s">
-        <v>285</v>
+        <v>295</v>
       </c>
       <c r="F61" s="5" t="s">
-        <v>369</v>
+        <v>395</v>
       </c>
       <c r="G61" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H61" s="5" t="s">
-        <v>442</v>
+        <v>446</v>
       </c>
       <c r="I61" s="5" t="s">
-        <v>443</v>
+        <v>447</v>
       </c>
       <c r="J61" s="5" t="s">
-        <v>444</v>
+        <v>448</v>
       </c>
       <c r="K61" s="5" t="s">
-        <v>445</v>
+        <v>449</v>
       </c>
       <c r="L61" s="6" t="s">
-        <v>446</v>
+        <v>450</v>
       </c>
       <c r="M61" s="5" t="s">
-        <v>447</v>
+        <v>451</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="5" t="s">
-        <v>448</v>
+        <v>452</v>
       </c>
       <c r="B62" s="5" t="s">
         <v>13</v>
       </c>
       <c r="C62" s="5" t="s">
         <v>190</v>
       </c>
       <c r="D62" s="5" t="s">
         <v>189</v>
       </c>
       <c r="E62" s="5" t="s">
-        <v>285</v>
+        <v>295</v>
       </c>
       <c r="F62" s="5" t="s">
-        <v>369</v>
+        <v>410</v>
       </c>
       <c r="G62" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H62" s="5" t="s">
-        <v>449</v>
+        <v>453</v>
       </c>
       <c r="I62" s="5" t="s">
-        <v>450</v>
+        <v>454</v>
       </c>
       <c r="J62" s="5" t="s">
-        <v>451</v>
+        <v>455</v>
       </c>
       <c r="K62" s="5" t="s">
-        <v>452</v>
+        <v>456</v>
       </c>
       <c r="L62" s="6" t="s">
-        <v>453</v>
+        <v>457</v>
       </c>
       <c r="M62" s="5" t="s">
-        <v>454</v>
+        <v>458</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="5" t="s">
-        <v>455</v>
+        <v>459</v>
       </c>
       <c r="B63" s="5" t="s">
         <v>13</v>
       </c>
       <c r="C63" s="5" t="s">
         <v>190</v>
       </c>
       <c r="D63" s="5" t="s">
         <v>189</v>
       </c>
       <c r="E63" s="5" t="s">
-        <v>285</v>
+        <v>295</v>
       </c>
       <c r="F63" s="5" t="s">
-        <v>369</v>
+        <v>395</v>
       </c>
       <c r="G63" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H63" s="5" t="s">
-        <v>456</v>
+        <v>460</v>
       </c>
       <c r="I63" s="5" t="s">
-        <v>457</v>
+        <v>461</v>
       </c>
       <c r="J63" s="5" t="s">
-        <v>458</v>
+        <v>462</v>
       </c>
       <c r="K63" s="5" t="s">
-        <v>459</v>
+        <v>463</v>
       </c>
       <c r="L63" s="6" t="s">
-        <v>460</v>
+        <v>464</v>
       </c>
       <c r="M63" s="5" t="s">
-        <v>461</v>
+        <v>465</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="5" t="s">
-        <v>462</v>
+        <v>466</v>
       </c>
       <c r="B64" s="5" t="s">
         <v>13</v>
       </c>
       <c r="C64" s="5" t="s">
         <v>190</v>
       </c>
       <c r="D64" s="5" t="s">
         <v>189</v>
       </c>
       <c r="E64" s="5" t="s">
-        <v>285</v>
+        <v>295</v>
       </c>
       <c r="F64" s="5" t="s">
-        <v>369</v>
+        <v>395</v>
       </c>
       <c r="G64" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H64" s="5" t="s">
-        <v>463</v>
-[...1 lines deleted...]
-      <c r="I64" s="5"/>
+        <v>467</v>
+      </c>
+      <c r="I64" s="5" t="s">
+        <v>468</v>
+      </c>
       <c r="J64" s="5" t="s">
-        <v>464</v>
+        <v>469</v>
       </c>
       <c r="K64" s="5" t="s">
-        <v>465</v>
+        <v>470</v>
       </c>
       <c r="L64" s="6" t="s">
-        <v>466</v>
+        <v>471</v>
       </c>
       <c r="M64" s="5" t="s">
-        <v>467</v>
+        <v>472</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="5" t="s">
-        <v>468</v>
+        <v>473</v>
       </c>
       <c r="B65" s="5" t="s">
         <v>13</v>
       </c>
       <c r="C65" s="5" t="s">
         <v>190</v>
       </c>
       <c r="D65" s="5" t="s">
         <v>189</v>
       </c>
       <c r="E65" s="5" t="s">
-        <v>285</v>
+        <v>295</v>
       </c>
       <c r="F65" s="5" t="s">
-        <v>369</v>
+        <v>395</v>
       </c>
       <c r="G65" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H65" s="5" t="s">
-        <v>469</v>
+        <v>474</v>
       </c>
       <c r="I65" s="5" t="s">
-        <v>470</v>
+        <v>475</v>
       </c>
       <c r="J65" s="5" t="s">
-        <v>471</v>
+        <v>476</v>
       </c>
       <c r="K65" s="5" t="s">
-        <v>472</v>
+        <v>477</v>
       </c>
       <c r="L65" s="6" t="s">
-        <v>473</v>
+        <v>478</v>
       </c>
       <c r="M65" s="5" t="s">
-        <v>474</v>
+        <v>479</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="5" t="s">
-        <v>475</v>
+        <v>480</v>
       </c>
       <c r="B66" s="5" t="s">
         <v>13</v>
       </c>
       <c r="C66" s="5" t="s">
-        <v>153</v>
+        <v>190</v>
       </c>
       <c r="D66" s="5" t="s">
         <v>189</v>
       </c>
       <c r="E66" s="5" t="s">
-        <v>82</v>
+        <v>295</v>
       </c>
       <c r="F66" s="5" t="s">
-        <v>384</v>
+        <v>395</v>
       </c>
       <c r="G66" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H66" s="5" t="s">
-        <v>476</v>
+        <v>481</v>
       </c>
       <c r="I66" s="5" t="s">
-        <v>477</v>
+        <v>482</v>
       </c>
       <c r="J66" s="5" t="s">
-        <v>478</v>
+        <v>483</v>
       </c>
       <c r="K66" s="5" t="s">
-        <v>479</v>
+        <v>484</v>
       </c>
       <c r="L66" s="6" t="s">
-        <v>480</v>
+        <v>485</v>
       </c>
       <c r="M66" s="5" t="s">
-        <v>481</v>
+        <v>486</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="5" t="s">
-        <v>482</v>
+        <v>487</v>
       </c>
       <c r="B67" s="5" t="s">
         <v>13</v>
       </c>
       <c r="C67" s="5" t="s">
         <v>190</v>
       </c>
       <c r="D67" s="5" t="s">
         <v>189</v>
       </c>
       <c r="E67" s="5" t="s">
-        <v>285</v>
+        <v>295</v>
       </c>
       <c r="F67" s="5" t="s">
-        <v>369</v>
+        <v>395</v>
       </c>
       <c r="G67" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H67" s="5" t="s">
-        <v>483</v>
-[...3 lines deleted...]
-      </c>
+        <v>488</v>
+      </c>
+      <c r="I67" s="5"/>
       <c r="J67" s="5" t="s">
-        <v>485</v>
+        <v>489</v>
       </c>
       <c r="K67" s="5" t="s">
-        <v>486</v>
+        <v>490</v>
       </c>
       <c r="L67" s="6" t="s">
-        <v>487</v>
+        <v>491</v>
       </c>
       <c r="M67" s="5" t="s">
-        <v>488</v>
+        <v>492</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="5" t="s">
-        <v>489</v>
+        <v>493</v>
       </c>
       <c r="B68" s="5" t="s">
         <v>13</v>
       </c>
       <c r="C68" s="5" t="s">
         <v>190</v>
       </c>
       <c r="D68" s="5" t="s">
         <v>189</v>
       </c>
       <c r="E68" s="5" t="s">
-        <v>285</v>
+        <v>295</v>
       </c>
       <c r="F68" s="5" t="s">
-        <v>369</v>
+        <v>395</v>
       </c>
       <c r="G68" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H68" s="5" t="s">
-        <v>490</v>
+        <v>494</v>
       </c>
       <c r="I68" s="5" t="s">
-        <v>491</v>
+        <v>495</v>
       </c>
       <c r="J68" s="5" t="s">
-        <v>492</v>
+        <v>496</v>
       </c>
       <c r="K68" s="5" t="s">
-        <v>493</v>
+        <v>497</v>
       </c>
       <c r="L68" s="6" t="s">
-        <v>494</v>
+        <v>498</v>
       </c>
       <c r="M68" s="5" t="s">
-        <v>495</v>
+        <v>499</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="5" t="s">
-        <v>496</v>
+        <v>500</v>
       </c>
       <c r="B69" s="5" t="s">
         <v>13</v>
       </c>
       <c r="C69" s="5" t="s">
-        <v>190</v>
+        <v>153</v>
       </c>
       <c r="D69" s="5" t="s">
         <v>189</v>
       </c>
       <c r="E69" s="5" t="s">
-        <v>285</v>
+        <v>82</v>
       </c>
       <c r="F69" s="5" t="s">
-        <v>369</v>
+        <v>410</v>
       </c>
       <c r="G69" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H69" s="5" t="s">
-        <v>497</v>
+        <v>501</v>
       </c>
       <c r="I69" s="5" t="s">
-        <v>498</v>
+        <v>502</v>
       </c>
       <c r="J69" s="5" t="s">
-        <v>499</v>
+        <v>503</v>
       </c>
       <c r="K69" s="5" t="s">
-        <v>500</v>
+        <v>504</v>
       </c>
       <c r="L69" s="6" t="s">
-        <v>501</v>
+        <v>505</v>
       </c>
       <c r="M69" s="5" t="s">
-        <v>502</v>
+        <v>506</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="5" t="s">
-        <v>503</v>
+        <v>507</v>
       </c>
       <c r="B70" s="5" t="s">
-        <v>504</v>
+        <v>13</v>
       </c>
       <c r="C70" s="5" t="s">
         <v>190</v>
       </c>
       <c r="D70" s="5" t="s">
         <v>189</v>
       </c>
       <c r="E70" s="5" t="s">
-        <v>285</v>
+        <v>295</v>
       </c>
       <c r="F70" s="5" t="s">
-        <v>369</v>
+        <v>395</v>
       </c>
       <c r="G70" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H70" s="5" t="s">
-        <v>505</v>
+        <v>508</v>
       </c>
       <c r="I70" s="5" t="s">
-        <v>506</v>
+        <v>509</v>
       </c>
       <c r="J70" s="5" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="K70" s="5" t="s">
-        <v>508</v>
+        <v>511</v>
       </c>
       <c r="L70" s="6" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="M70" s="5" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="5" t="s">
-        <v>511</v>
+        <v>514</v>
       </c>
       <c r="B71" s="5" t="s">
         <v>13</v>
       </c>
       <c r="C71" s="5" t="s">
         <v>190</v>
       </c>
       <c r="D71" s="5" t="s">
         <v>189</v>
       </c>
       <c r="E71" s="5" t="s">
-        <v>285</v>
+        <v>295</v>
       </c>
       <c r="F71" s="5" t="s">
-        <v>369</v>
+        <v>395</v>
       </c>
       <c r="G71" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H71" s="5" t="s">
-        <v>512</v>
+        <v>515</v>
       </c>
       <c r="I71" s="5" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="J71" s="5" t="s">
-        <v>514</v>
+        <v>517</v>
       </c>
       <c r="K71" s="5" t="s">
-        <v>515</v>
+        <v>518</v>
       </c>
       <c r="L71" s="6" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="M71" s="5" t="s">
-        <v>517</v>
+        <v>520</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="5" t="s">
-        <v>518</v>
+        <v>521</v>
       </c>
       <c r="B72" s="5" t="s">
-        <v>504</v>
+        <v>13</v>
       </c>
       <c r="C72" s="5" t="s">
         <v>190</v>
       </c>
       <c r="D72" s="5" t="s">
         <v>189</v>
       </c>
       <c r="E72" s="5" t="s">
-        <v>285</v>
+        <v>295</v>
       </c>
       <c r="F72" s="5" t="s">
-        <v>369</v>
+        <v>395</v>
       </c>
       <c r="G72" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H72" s="5" t="s">
-        <v>519</v>
+        <v>522</v>
       </c>
       <c r="I72" s="5" t="s">
-        <v>520</v>
+        <v>523</v>
       </c>
       <c r="J72" s="5" t="s">
-        <v>507</v>
+        <v>524</v>
       </c>
       <c r="K72" s="5" t="s">
-        <v>521</v>
+        <v>525</v>
       </c>
       <c r="L72" s="6" t="s">
-        <v>522</v>
+        <v>526</v>
       </c>
       <c r="M72" s="5" t="s">
-        <v>523</v>
+        <v>527</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="5" t="s">
-        <v>524</v>
+        <v>528</v>
       </c>
       <c r="B73" s="5" t="s">
-        <v>504</v>
+        <v>529</v>
       </c>
       <c r="C73" s="5" t="s">
         <v>190</v>
       </c>
       <c r="D73" s="5" t="s">
         <v>189</v>
       </c>
       <c r="E73" s="5" t="s">
-        <v>285</v>
+        <v>295</v>
       </c>
       <c r="F73" s="5" t="s">
-        <v>369</v>
+        <v>395</v>
       </c>
       <c r="G73" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H73" s="5" t="s">
-        <v>525</v>
+        <v>530</v>
       </c>
       <c r="I73" s="5" t="s">
-        <v>526</v>
+        <v>531</v>
       </c>
       <c r="J73" s="5" t="s">
-        <v>527</v>
+        <v>532</v>
       </c>
       <c r="K73" s="5" t="s">
-        <v>528</v>
+        <v>533</v>
       </c>
       <c r="L73" s="6" t="s">
-        <v>529</v>
+        <v>534</v>
       </c>
       <c r="M73" s="5" t="s">
-        <v>530</v>
+        <v>535</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="5" t="s">
-        <v>531</v>
+        <v>536</v>
       </c>
       <c r="B74" s="5" t="s">
         <v>13</v>
       </c>
       <c r="C74" s="5" t="s">
         <v>190</v>
       </c>
       <c r="D74" s="5" t="s">
         <v>189</v>
       </c>
       <c r="E74" s="5" t="s">
-        <v>285</v>
+        <v>295</v>
       </c>
       <c r="F74" s="5" t="s">
-        <v>369</v>
+        <v>395</v>
       </c>
       <c r="G74" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H74" s="5" t="s">
-        <v>532</v>
+        <v>537</v>
       </c>
       <c r="I74" s="5" t="s">
-        <v>533</v>
+        <v>538</v>
       </c>
       <c r="J74" s="5" t="s">
-        <v>534</v>
+        <v>539</v>
       </c>
       <c r="K74" s="5" t="s">
-        <v>535</v>
+        <v>540</v>
       </c>
       <c r="L74" s="6" t="s">
-        <v>536</v>
+        <v>541</v>
       </c>
       <c r="M74" s="5" t="s">
-        <v>537</v>
+        <v>542</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="5" t="s">
-        <v>538</v>
+        <v>543</v>
       </c>
       <c r="B75" s="5" t="s">
-        <v>13</v>
+        <v>529</v>
       </c>
       <c r="C75" s="5" t="s">
         <v>190</v>
       </c>
       <c r="D75" s="5" t="s">
         <v>189</v>
       </c>
       <c r="E75" s="5" t="s">
-        <v>285</v>
+        <v>295</v>
       </c>
       <c r="F75" s="5" t="s">
-        <v>369</v>
+        <v>395</v>
       </c>
       <c r="G75" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H75" s="5" t="s">
-        <v>539</v>
+        <v>544</v>
       </c>
       <c r="I75" s="5" t="s">
-        <v>540</v>
+        <v>545</v>
       </c>
       <c r="J75" s="5" t="s">
-        <v>541</v>
+        <v>532</v>
       </c>
       <c r="K75" s="5" t="s">
-        <v>542</v>
+        <v>546</v>
       </c>
       <c r="L75" s="6" t="s">
-        <v>543</v>
+        <v>547</v>
       </c>
       <c r="M75" s="5" t="s">
-        <v>544</v>
+        <v>548</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="5" t="s">
-        <v>545</v>
+        <v>549</v>
       </c>
       <c r="B76" s="5" t="s">
-        <v>13</v>
+        <v>529</v>
       </c>
       <c r="C76" s="5" t="s">
-        <v>216</v>
+        <v>190</v>
       </c>
       <c r="D76" s="5" t="s">
         <v>189</v>
       </c>
       <c r="E76" s="5" t="s">
-        <v>285</v>
+        <v>295</v>
       </c>
       <c r="F76" s="5" t="s">
-        <v>369</v>
+        <v>395</v>
       </c>
       <c r="G76" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H76" s="5" t="s">
-        <v>546</v>
+        <v>550</v>
       </c>
       <c r="I76" s="5" t="s">
-        <v>547</v>
+        <v>551</v>
       </c>
       <c r="J76" s="5" t="s">
-        <v>548</v>
+        <v>552</v>
       </c>
       <c r="K76" s="5" t="s">
-        <v>549</v>
+        <v>553</v>
       </c>
       <c r="L76" s="6" t="s">
-        <v>550</v>
+        <v>554</v>
       </c>
       <c r="M76" s="5" t="s">
-        <v>551</v>
+        <v>555</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="5" t="s">
-        <v>552</v>
+        <v>556</v>
       </c>
       <c r="B77" s="5" t="s">
         <v>13</v>
       </c>
       <c r="C77" s="5" t="s">
         <v>190</v>
       </c>
       <c r="D77" s="5" t="s">
         <v>189</v>
       </c>
       <c r="E77" s="5" t="s">
-        <v>285</v>
+        <v>295</v>
       </c>
       <c r="F77" s="5" t="s">
-        <v>369</v>
+        <v>395</v>
       </c>
       <c r="G77" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H77" s="5" t="s">
-        <v>553</v>
+        <v>557</v>
       </c>
       <c r="I77" s="5" t="s">
-        <v>554</v>
+        <v>558</v>
       </c>
       <c r="J77" s="5" t="s">
-        <v>555</v>
+        <v>559</v>
       </c>
       <c r="K77" s="5" t="s">
-        <v>556</v>
+        <v>560</v>
       </c>
       <c r="L77" s="6" t="s">
-        <v>557</v>
+        <v>561</v>
       </c>
       <c r="M77" s="5" t="s">
-        <v>558</v>
+        <v>562</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="5" t="s">
-        <v>559</v>
+        <v>563</v>
       </c>
       <c r="B78" s="5" t="s">
         <v>13</v>
       </c>
       <c r="C78" s="5" t="s">
         <v>190</v>
       </c>
       <c r="D78" s="5" t="s">
         <v>189</v>
       </c>
       <c r="E78" s="5" t="s">
-        <v>285</v>
+        <v>295</v>
       </c>
       <c r="F78" s="5" t="s">
-        <v>369</v>
+        <v>395</v>
       </c>
       <c r="G78" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H78" s="5" t="s">
-        <v>560</v>
+        <v>564</v>
       </c>
       <c r="I78" s="5" t="s">
-        <v>561</v>
+        <v>565</v>
       </c>
       <c r="J78" s="5" t="s">
-        <v>562</v>
+        <v>566</v>
       </c>
       <c r="K78" s="5" t="s">
-        <v>563</v>
+        <v>567</v>
       </c>
       <c r="L78" s="6" t="s">
-        <v>564</v>
+        <v>568</v>
       </c>
       <c r="M78" s="5" t="s">
-        <v>565</v>
+        <v>569</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="5" t="s">
-        <v>566</v>
+        <v>570</v>
       </c>
       <c r="B79" s="5" t="s">
         <v>13</v>
       </c>
       <c r="C79" s="5" t="s">
-        <v>190</v>
+        <v>216</v>
       </c>
       <c r="D79" s="5" t="s">
         <v>189</v>
       </c>
       <c r="E79" s="5" t="s">
-        <v>285</v>
+        <v>295</v>
       </c>
       <c r="F79" s="5" t="s">
-        <v>369</v>
+        <v>395</v>
       </c>
       <c r="G79" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H79" s="5" t="s">
-        <v>567</v>
+        <v>571</v>
       </c>
       <c r="I79" s="5" t="s">
-        <v>568</v>
+        <v>572</v>
       </c>
       <c r="J79" s="5" t="s">
-        <v>569</v>
+        <v>573</v>
       </c>
       <c r="K79" s="5" t="s">
-        <v>570</v>
+        <v>574</v>
       </c>
       <c r="L79" s="6" t="s">
-        <v>571</v>
+        <v>575</v>
       </c>
       <c r="M79" s="5" t="s">
-        <v>572</v>
+        <v>576</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="5" t="s">
-        <v>573</v>
+        <v>577</v>
       </c>
       <c r="B80" s="5" t="s">
         <v>13</v>
       </c>
       <c r="C80" s="5" t="s">
         <v>190</v>
       </c>
       <c r="D80" s="5" t="s">
         <v>189</v>
       </c>
       <c r="E80" s="5" t="s">
-        <v>285</v>
+        <v>295</v>
       </c>
       <c r="F80" s="5" t="s">
-        <v>369</v>
+        <v>395</v>
       </c>
       <c r="G80" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H80" s="5" t="s">
-        <v>574</v>
+        <v>578</v>
       </c>
       <c r="I80" s="5" t="s">
-        <v>575</v>
+        <v>579</v>
       </c>
       <c r="J80" s="5" t="s">
-        <v>576</v>
+        <v>580</v>
       </c>
       <c r="K80" s="5" t="s">
-        <v>577</v>
+        <v>581</v>
       </c>
       <c r="L80" s="6" t="s">
-        <v>578</v>
+        <v>582</v>
       </c>
       <c r="M80" s="5" t="s">
-        <v>579</v>
+        <v>583</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="5" t="s">
-        <v>580</v>
+        <v>584</v>
       </c>
       <c r="B81" s="5" t="s">
         <v>13</v>
       </c>
       <c r="C81" s="5" t="s">
         <v>190</v>
       </c>
       <c r="D81" s="5" t="s">
         <v>189</v>
       </c>
       <c r="E81" s="5" t="s">
-        <v>285</v>
+        <v>295</v>
       </c>
       <c r="F81" s="5" t="s">
-        <v>369</v>
+        <v>395</v>
       </c>
       <c r="G81" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H81" s="5" t="s">
-        <v>581</v>
-[...1 lines deleted...]
-      <c r="I81" s="5"/>
+        <v>585</v>
+      </c>
+      <c r="I81" s="5" t="s">
+        <v>586</v>
+      </c>
       <c r="J81" s="5" t="s">
-        <v>582</v>
+        <v>587</v>
       </c>
       <c r="K81" s="5" t="s">
-        <v>583</v>
+        <v>588</v>
       </c>
       <c r="L81" s="6" t="s">
-        <v>584</v>
+        <v>589</v>
       </c>
       <c r="M81" s="5" t="s">
-        <v>585</v>
+        <v>590</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="5" t="s">
-        <v>586</v>
+        <v>591</v>
       </c>
       <c r="B82" s="5" t="s">
         <v>13</v>
       </c>
       <c r="C82" s="5" t="s">
         <v>190</v>
       </c>
       <c r="D82" s="5" t="s">
         <v>189</v>
       </c>
       <c r="E82" s="5" t="s">
-        <v>285</v>
+        <v>295</v>
       </c>
       <c r="F82" s="5" t="s">
-        <v>587</v>
+        <v>395</v>
       </c>
       <c r="G82" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H82" s="5" t="s">
-        <v>588</v>
-[...1 lines deleted...]
-      <c r="I82" s="5"/>
+        <v>592</v>
+      </c>
+      <c r="I82" s="5" t="s">
+        <v>593</v>
+      </c>
       <c r="J82" s="5" t="s">
-        <v>582</v>
+        <v>594</v>
       </c>
       <c r="K82" s="5" t="s">
-        <v>589</v>
+        <v>595</v>
       </c>
       <c r="L82" s="6" t="s">
-        <v>590</v>
+        <v>596</v>
       </c>
       <c r="M82" s="5" t="s">
-        <v>591</v>
+        <v>597</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="5" t="s">
-        <v>592</v>
+        <v>598</v>
       </c>
       <c r="B83" s="5" t="s">
         <v>13</v>
       </c>
       <c r="C83" s="5" t="s">
         <v>190</v>
       </c>
       <c r="D83" s="5" t="s">
         <v>189</v>
       </c>
       <c r="E83" s="5" t="s">
-        <v>285</v>
+        <v>295</v>
       </c>
       <c r="F83" s="5" t="s">
-        <v>369</v>
+        <v>395</v>
       </c>
       <c r="G83" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H83" s="5" t="s">
-        <v>593</v>
+        <v>599</v>
       </c>
       <c r="I83" s="5" t="s">
-        <v>594</v>
+        <v>600</v>
       </c>
       <c r="J83" s="5" t="s">
-        <v>527</v>
+        <v>601</v>
       </c>
       <c r="K83" s="5" t="s">
-        <v>595</v>
+        <v>602</v>
       </c>
       <c r="L83" s="6" t="s">
-        <v>596</v>
+        <v>603</v>
       </c>
       <c r="M83" s="5" t="s">
-        <v>597</v>
+        <v>604</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="5" t="s">
-        <v>598</v>
+        <v>605</v>
       </c>
       <c r="B84" s="5" t="s">
         <v>13</v>
       </c>
       <c r="C84" s="5" t="s">
         <v>190</v>
       </c>
       <c r="D84" s="5" t="s">
         <v>189</v>
       </c>
       <c r="E84" s="5" t="s">
-        <v>599</v>
+        <v>295</v>
       </c>
       <c r="F84" s="5" t="s">
-        <v>384</v>
+        <v>395</v>
       </c>
       <c r="G84" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H84" s="5" t="s">
-        <v>600</v>
-[...3 lines deleted...]
-      </c>
+        <v>606</v>
+      </c>
+      <c r="I84" s="5"/>
       <c r="J84" s="5" t="s">
-        <v>602</v>
+        <v>607</v>
       </c>
       <c r="K84" s="5" t="s">
-        <v>603</v>
+        <v>608</v>
       </c>
       <c r="L84" s="6" t="s">
-        <v>604</v>
+        <v>609</v>
       </c>
       <c r="M84" s="5" t="s">
-        <v>605</v>
+        <v>610</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="5" t="s">
-        <v>606</v>
+        <v>611</v>
       </c>
       <c r="B85" s="5" t="s">
         <v>13</v>
       </c>
       <c r="C85" s="5" t="s">
         <v>190</v>
       </c>
       <c r="D85" s="5" t="s">
         <v>189</v>
       </c>
       <c r="E85" s="5" t="s">
-        <v>599</v>
+        <v>295</v>
       </c>
       <c r="F85" s="5" t="s">
-        <v>384</v>
+        <v>612</v>
       </c>
       <c r="G85" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H85" s="5" t="s">
+        <v>613</v>
+      </c>
+      <c r="I85" s="5"/>
+      <c r="J85" s="5" t="s">
         <v>607</v>
       </c>
-      <c r="I85" s="5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="K85" s="5" t="s">
-        <v>609</v>
+        <v>614</v>
       </c>
       <c r="L85" s="6" t="s">
-        <v>610</v>
+        <v>615</v>
       </c>
       <c r="M85" s="5" t="s">
-        <v>611</v>
+        <v>616</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="5" t="s">
-        <v>612</v>
+        <v>617</v>
       </c>
       <c r="B86" s="5" t="s">
         <v>13</v>
       </c>
       <c r="C86" s="5" t="s">
         <v>190</v>
       </c>
       <c r="D86" s="5" t="s">
         <v>189</v>
       </c>
       <c r="E86" s="5" t="s">
-        <v>285</v>
+        <v>295</v>
       </c>
       <c r="F86" s="5" t="s">
-        <v>384</v>
+        <v>395</v>
       </c>
       <c r="G86" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H86" s="5" t="s">
-        <v>613</v>
+        <v>618</v>
       </c>
       <c r="I86" s="5" t="s">
-        <v>614</v>
+        <v>619</v>
       </c>
       <c r="J86" s="5" t="s">
-        <v>615</v>
+        <v>552</v>
       </c>
       <c r="K86" s="5" t="s">
-        <v>616</v>
+        <v>620</v>
       </c>
       <c r="L86" s="6" t="s">
-        <v>617</v>
+        <v>621</v>
       </c>
       <c r="M86" s="5" t="s">
-        <v>618</v>
+        <v>622</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="5" t="s">
-        <v>619</v>
+        <v>623</v>
       </c>
       <c r="B87" s="5" t="s">
         <v>13</v>
       </c>
       <c r="C87" s="5" t="s">
+        <v>190</v>
+      </c>
+      <c r="D87" s="5" t="s">
         <v>189</v>
       </c>
-      <c r="D87" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E87" s="5" t="s">
-        <v>169</v>
+        <v>624</v>
       </c>
       <c r="F87" s="5" t="s">
-        <v>285</v>
+        <v>410</v>
       </c>
       <c r="G87" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H87" s="5" t="s">
-        <v>620</v>
+        <v>625</v>
       </c>
       <c r="I87" s="5" t="s">
-        <v>621</v>
+        <v>626</v>
       </c>
       <c r="J87" s="5" t="s">
-        <v>622</v>
+        <v>627</v>
       </c>
       <c r="K87" s="5" t="s">
-        <v>623</v>
+        <v>628</v>
       </c>
       <c r="L87" s="6" t="s">
-        <v>624</v>
+        <v>629</v>
       </c>
       <c r="M87" s="5" t="s">
-        <v>625</v>
+        <v>630</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="5" t="s">
-        <v>626</v>
+        <v>631</v>
       </c>
       <c r="B88" s="5" t="s">
         <v>13</v>
       </c>
       <c r="C88" s="5" t="s">
         <v>190</v>
       </c>
       <c r="D88" s="5" t="s">
         <v>189</v>
       </c>
       <c r="E88" s="5" t="s">
-        <v>285</v>
+        <v>624</v>
       </c>
       <c r="F88" s="5" t="s">
-        <v>587</v>
+        <v>410</v>
       </c>
       <c r="G88" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H88" s="5" t="s">
-        <v>627</v>
+        <v>632</v>
       </c>
       <c r="I88" s="5" t="s">
-        <v>628</v>
+        <v>633</v>
       </c>
       <c r="J88" s="5" t="s">
-        <v>629</v>
+        <v>607</v>
       </c>
       <c r="K88" s="5" t="s">
-        <v>630</v>
+        <v>634</v>
       </c>
       <c r="L88" s="6" t="s">
-        <v>631</v>
+        <v>635</v>
       </c>
       <c r="M88" s="5" t="s">
-        <v>632</v>
+        <v>636</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="5" t="s">
-        <v>633</v>
+        <v>637</v>
       </c>
       <c r="B89" s="5" t="s">
         <v>13</v>
       </c>
       <c r="C89" s="5" t="s">
         <v>190</v>
       </c>
       <c r="D89" s="5" t="s">
         <v>189</v>
       </c>
       <c r="E89" s="5" t="s">
-        <v>285</v>
+        <v>295</v>
       </c>
       <c r="F89" s="5" t="s">
-        <v>587</v>
+        <v>410</v>
       </c>
       <c r="G89" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H89" s="5" t="s">
-        <v>634</v>
+        <v>638</v>
       </c>
       <c r="I89" s="5" t="s">
-        <v>635</v>
+        <v>639</v>
       </c>
       <c r="J89" s="5" t="s">
-        <v>636</v>
+        <v>640</v>
       </c>
       <c r="K89" s="5" t="s">
-        <v>637</v>
+        <v>641</v>
       </c>
       <c r="L89" s="6" t="s">
-        <v>638</v>
+        <v>642</v>
       </c>
       <c r="M89" s="5" t="s">
-        <v>639</v>
+        <v>643</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="5" t="s">
-        <v>640</v>
+        <v>644</v>
       </c>
       <c r="B90" s="5" t="s">
         <v>13</v>
       </c>
       <c r="C90" s="5" t="s">
+        <v>189</v>
+      </c>
+      <c r="D90" s="5" t="s">
         <v>190</v>
       </c>
-      <c r="D90" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E90" s="5" t="s">
-        <v>641</v>
-[...4 lines deleted...]
-        </is>
+        <v>169</v>
+      </c>
+      <c r="F90" s="5" t="s">
+        <v>295</v>
       </c>
       <c r="G90" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H90" s="5" t="s">
-        <v>642</v>
+        <v>645</v>
       </c>
       <c r="I90" s="5" t="s">
-        <v>643</v>
+        <v>646</v>
       </c>
       <c r="J90" s="5" t="s">
-        <v>644</v>
+        <v>647</v>
       </c>
       <c r="K90" s="5" t="s">
-        <v>645</v>
+        <v>648</v>
       </c>
       <c r="L90" s="6" t="s">
-        <v>646</v>
+        <v>649</v>
       </c>
       <c r="M90" s="5" t="s">
-        <v>647</v>
+        <v>650</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="5" t="s">
-        <v>648</v>
+        <v>651</v>
       </c>
       <c r="B91" s="5" t="s">
         <v>13</v>
       </c>
       <c r="C91" s="5" t="s">
         <v>190</v>
       </c>
       <c r="D91" s="5" t="s">
         <v>189</v>
       </c>
       <c r="E91" s="5" t="s">
-        <v>285</v>
+        <v>295</v>
       </c>
       <c r="F91" s="5" t="s">
-        <v>369</v>
+        <v>612</v>
       </c>
       <c r="G91" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H91" s="5" t="s">
-        <v>649</v>
-[...1 lines deleted...]
-      <c r="I91" s="5"/>
+        <v>652</v>
+      </c>
+      <c r="I91" s="5" t="s">
+        <v>653</v>
+      </c>
       <c r="J91" s="5" t="s">
-        <v>650</v>
+        <v>654</v>
       </c>
       <c r="K91" s="5" t="s">
-        <v>651</v>
+        <v>655</v>
       </c>
       <c r="L91" s="6" t="s">
-        <v>652</v>
+        <v>656</v>
       </c>
       <c r="M91" s="5" t="s">
-        <v>653</v>
+        <v>657</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="5" t="s">
-        <v>654</v>
+        <v>658</v>
       </c>
       <c r="B92" s="5" t="s">
         <v>13</v>
       </c>
       <c r="C92" s="5" t="s">
         <v>190</v>
       </c>
       <c r="D92" s="5" t="s">
         <v>189</v>
       </c>
       <c r="E92" s="5" t="s">
-        <v>599</v>
+        <v>295</v>
       </c>
       <c r="F92" s="5" t="s">
-        <v>369</v>
+        <v>612</v>
       </c>
       <c r="G92" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H92" s="5" t="s">
-        <v>655</v>
+        <v>659</v>
       </c>
       <c r="I92" s="5" t="s">
-        <v>656</v>
+        <v>660</v>
       </c>
       <c r="J92" s="5" t="s">
-        <v>657</v>
+        <v>661</v>
       </c>
       <c r="K92" s="5" t="s">
-        <v>658</v>
+        <v>662</v>
       </c>
       <c r="L92" s="6" t="s">
-        <v>659</v>
+        <v>663</v>
       </c>
       <c r="M92" s="5" t="s">
-        <v>660</v>
+        <v>664</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="5" t="s">
-        <v>661</v>
+        <v>665</v>
       </c>
       <c r="B93" s="5" t="s">
         <v>13</v>
       </c>
       <c r="C93" s="5" t="s">
         <v>190</v>
       </c>
       <c r="D93" s="5" t="s">
         <v>189</v>
       </c>
       <c r="E93" s="5" t="s">
-        <v>285</v>
-[...2 lines deleted...]
-        <v>369</v>
+        <v>666</v>
+      </c>
+      <c r="F93" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G93" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H93" s="5" t="s">
-        <v>662</v>
+        <v>667</v>
       </c>
       <c r="I93" s="5" t="s">
-        <v>663</v>
+        <v>668</v>
       </c>
       <c r="J93" s="5" t="s">
-        <v>664</v>
+        <v>669</v>
       </c>
       <c r="K93" s="5" t="s">
-        <v>665</v>
+        <v>670</v>
       </c>
       <c r="L93" s="6" t="s">
-        <v>666</v>
+        <v>671</v>
       </c>
       <c r="M93" s="5" t="s">
-        <v>667</v>
+        <v>672</v>
+      </c>
+    </row>
+    <row r="94">
+      <c r="A94" s="5" t="s">
+        <v>673</v>
+      </c>
+      <c r="B94" s="5" t="s">
+        <v>13</v>
+      </c>
+      <c r="C94" s="5" t="s">
+        <v>190</v>
+      </c>
+      <c r="D94" s="5" t="s">
+        <v>189</v>
+      </c>
+      <c r="E94" s="5" t="s">
+        <v>295</v>
+      </c>
+      <c r="F94" s="5" t="s">
+        <v>395</v>
+      </c>
+      <c r="G94" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H94" s="5" t="s">
+        <v>674</v>
+      </c>
+      <c r="I94" s="5"/>
+      <c r="J94" s="5" t="s">
+        <v>675</v>
+      </c>
+      <c r="K94" s="5" t="s">
+        <v>676</v>
+      </c>
+      <c r="L94" s="6" t="s">
+        <v>677</v>
+      </c>
+      <c r="M94" s="5" t="s">
+        <v>678</v>
+      </c>
+    </row>
+    <row r="95">
+      <c r="A95" s="5" t="s">
+        <v>679</v>
+      </c>
+      <c r="B95" s="5" t="s">
+        <v>13</v>
+      </c>
+      <c r="C95" s="5" t="s">
+        <v>190</v>
+      </c>
+      <c r="D95" s="5" t="s">
+        <v>189</v>
+      </c>
+      <c r="E95" s="5" t="s">
+        <v>624</v>
+      </c>
+      <c r="F95" s="5" t="s">
+        <v>395</v>
+      </c>
+      <c r="G95" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H95" s="5" t="s">
+        <v>680</v>
+      </c>
+      <c r="I95" s="5" t="s">
+        <v>681</v>
+      </c>
+      <c r="J95" s="5" t="s">
+        <v>682</v>
+      </c>
+      <c r="K95" s="5" t="s">
+        <v>683</v>
+      </c>
+      <c r="L95" s="6" t="s">
+        <v>684</v>
+      </c>
+      <c r="M95" s="5" t="s">
+        <v>685</v>
+      </c>
+    </row>
+    <row r="96">
+      <c r="A96" s="5" t="s">
+        <v>686</v>
+      </c>
+      <c r="B96" s="5" t="s">
+        <v>13</v>
+      </c>
+      <c r="C96" s="5" t="s">
+        <v>190</v>
+      </c>
+      <c r="D96" s="5" t="s">
+        <v>189</v>
+      </c>
+      <c r="E96" s="5" t="s">
+        <v>295</v>
+      </c>
+      <c r="F96" s="5" t="s">
+        <v>395</v>
+      </c>
+      <c r="G96" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H96" s="5" t="s">
+        <v>687</v>
+      </c>
+      <c r="I96" s="5" t="s">
+        <v>688</v>
+      </c>
+      <c r="J96" s="5" t="s">
+        <v>689</v>
+      </c>
+      <c r="K96" s="5" t="s">
+        <v>690</v>
+      </c>
+      <c r="L96" s="6" t="s">
+        <v>691</v>
+      </c>
+      <c r="M96" s="5" t="s">
+        <v>692</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>
     <hyperlink ref="M13" r:id="rId18"/>
     <hyperlink ref="M14" r:id="rId19"/>
     <hyperlink ref="M15" r:id="rId20"/>
     <hyperlink ref="M16" r:id="rId21"/>
     <hyperlink ref="M17" r:id="rId22"/>
     <hyperlink ref="M18" r:id="rId23"/>
     <hyperlink ref="M19" r:id="rId24"/>
     <hyperlink ref="M20" r:id="rId25"/>
     <hyperlink ref="M21" r:id="rId26"/>
@@ -9606,44 +9950,47 @@
     <hyperlink ref="M69" r:id="rId74"/>
     <hyperlink ref="M70" r:id="rId75"/>
     <hyperlink ref="M71" r:id="rId76"/>
     <hyperlink ref="M72" r:id="rId77"/>
     <hyperlink ref="M73" r:id="rId78"/>
     <hyperlink ref="M74" r:id="rId79"/>
     <hyperlink ref="M75" r:id="rId80"/>
     <hyperlink ref="M76" r:id="rId81"/>
     <hyperlink ref="M77" r:id="rId82"/>
     <hyperlink ref="M78" r:id="rId83"/>
     <hyperlink ref="M79" r:id="rId84"/>
     <hyperlink ref="M80" r:id="rId85"/>
     <hyperlink ref="M81" r:id="rId86"/>
     <hyperlink ref="M82" r:id="rId87"/>
     <hyperlink ref="M83" r:id="rId88"/>
     <hyperlink ref="M84" r:id="rId89"/>
     <hyperlink ref="M85" r:id="rId90"/>
     <hyperlink ref="M86" r:id="rId91"/>
     <hyperlink ref="M87" r:id="rId92"/>
     <hyperlink ref="M88" r:id="rId93"/>
     <hyperlink ref="M89" r:id="rId94"/>
     <hyperlink ref="M90" r:id="rId95"/>
     <hyperlink ref="M91" r:id="rId96"/>
     <hyperlink ref="M92" r:id="rId97"/>
     <hyperlink ref="M93" r:id="rId98"/>
+    <hyperlink ref="M94" r:id="rId99"/>
+    <hyperlink ref="M95" r:id="rId100"/>
+    <hyperlink ref="M96" r:id="rId101"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>