--- v0 (2025-11-16)
+++ v1 (2026-03-10)
@@ -3,53 +3,53 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="94" uniqueCount="73" xml:space="preserve">
-[...1 lines deleted...]
-    <t>Datering</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="105" uniqueCount="80" xml:space="preserve">
+  <si>
+    <t>Datering/Værktitel</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
@@ -207,50 +207,90 @@
   </si>
   <si>
     <t>Søndag Aften 6te Juli 91
 Kære Fader!
 Tak for dit Brev, som jeg jo rigtignok ikke blev videre glad ved! – Jeg blev aldeles forfærdet ved at se, hvor mange Penge, jeg har hævet; jeg har nok af og til tænkt med Gru paa alle de Penge, der gik til, men jeg havde dog egentlig ikke tænkt mig, at jeg var saa ødsel, og at der var gaaet saa meget til, havde jeg som sagt langt fra tænkt mig – Jeg synes nok at det er meget svært at leve sparsommeligt i København, særlig naar man er uøvet – jeg mener den første Tid, [udstreget: A] man bor der; men man kan selvfølgeligt gøre det og jeg er nu bagefter ked af, at jeg ikke har passet bedre paa. Fra Moder var herinde, har jeg været meget sparsommelig, da jeg af hende hørte, at Terminen var saa slem; og at mit sidst hævede Beløb var saa stort kommer der af, at jeg havde to store Syjomfruregninger. Jeg sender hermed en Fortegnelse over mine største Udgifter, og Du ser saaledes, at der er gaaet mange Penge til Tøj ogsaa udenfor de 100 Kr Moder hævede for mig. Men at jeg har brugt endog saa meget udover, hvad jeg behøvede, maa jeg jo desværre indrømme. – Jeg har nu begyndt et nyt og bedre Liv og betænker mig paa hver en Øre, jeg giver ud, kører f. Ex. slet ikke [udstreget: ikke] i Sporvogn. Men det hidtil vigtigste Punkt i det nye og bedre Liv, der jo gaar ud paa at beskytte Din Pung, - kommer dog nu! – Strax Dagen efter at jeg havde faaet Dit Brev, gik jeg til Arkitekten og spurgte, om jeg snart kunde faa nogle Penge, og – I Gaar bar jeg min første Tikrone hjem fra Fabrikken!!! - - - Det gik meget glat, der skulde denne Gang heldigvis ikke tales med Etatsraaden og jeg blev strax sat paa en ugentlig Gage af 10 Kr. Min Henrykkelse kendte ingen Grænser, da jeg fik min første Seddel i Haanden, jeg havde egentlig først tænkt mig, at jeg skulde have næste Lørdag efter at have skrevet Regning paa Onsdag. Jeg tænker, at I blive næsten ligesaa glade ved den Efterretning, som jeg blev det! – Én Ting gruer jeg dog endnu for, og det er Tanken om, at Johanne ikke skulde komme herind til Efteraaret! Det vilde jeg tage mig_ meget_ nær. Det var jo skrækkeligt at tænke paa om hun skulde bløde for min Skyld? Egentlig vilde det ogsaa i pekuniær Henseende være heldigt, om hun kom ind nu og ikke om et Aar. For det første kan Du [overstreget:nu] ved at hun bor paa Værelse sammen med mig spare 6 Kr om Maaneden for hende og det samme for mig; om et Aar bor jeg jo næppe paa Værnehjem-met. 2: kan jeg, naar jeg skal [overstreget:skal] skifte Værelse, sige mit [overstreget:Op] op inden Ferien og slippe for at betale noget i den Tid. 3. gaar jeg jo naturligvis ikke saa meget ud, naar vi ere 2 som naar jeg er alene og Selskabeligheden tager meget med sig af Klæder og Sporvogns-penge. 4. kan hun, der jo er yderst sparsommelig anlagt, hjælpe mig med at faa den nye [ulæseligt ord] i mig til vare og den gamle til at forsvinde! – Jeg synes at der er saa meget sund Fornuft i disse Grunde, at jeg ikke kan tænke mig, at Du kan staa for dem. Det er [overstreget: for] min Yndlingstanke, helt at kunne sørge for mig selv efter Ferien (maaske med Undtagelse af Fodtøj) – men dette tror jeg vil være umuligt hvis jeg ikke kan slippe 30 Kr om Maaneden; men i det Tilfælde tror jeg, det vil kunne lade sig gøre, da min Gage [indsat over linjen: bliver] 40 [indsat over linjen: Kr] hver anden og 50 Kr hver anden Maaned. - - 
 Alle herinde ere meget glade over at jeg er begyndt at tjene noget. Bedstefader er forfærdelig optaget deraf. Jeg har været hos de Gamle hele Dagen, og Bedstefader var forbavsende meget bedre. Jeg hørte ham ikke sige et eneste galt Ord hele Dagen.
 Bedstemoder gik lidt ud i Formiddag og allerede inden hun kom hjem var Bedstef. staaet op og havde klædt sig alene paa. Derefter gik vi lidt ud i Haven og han gik saa rank og rask at jeg slet ikke behøvede at støtte ham. Han var _fuldstændig _klar i Hovedet og gik og fortalte mig om sin Sygdom og alle de [overstreget: D] gale Ideer og Fantasier han havde haft. Han kunde godt huske at Moder og Tante havde været herinde. Men flere Ting forbavsede mig dog endnu mere. Han spurgte f. Ex. hvorledes Du var kommen over Terminen i Aar! og en anden Gang sagde han, at vi fik vist ikke mange Jordbær i Aar, da de blev saa forkludrede i Fjor. – I Går var han _alene _hos Barberen. Alt dette vil nok forbavse Moder meget; men desværre [udstreget: I] mener Bedstemoder, at Kløen er taget lidt til, han klagede sig dog ikke meget. – Nu maa jeg nok sige stop; dette Brev har antaget et uhyre Omfang skønt det kun omhandler saa faa Ting. Jeg haaber at I skulle blive glade ved det, der er dog to gode Efterretninger i. – Paa Tirsdag skriver jeg til Kom-tessen og fortæller hende om Tikronen; jeg kan ikke naa det i Aften, da Kl. er 1¼ og i Morgen skal jeg til Lawn-tennis.
 Mange Hilsner til Eder [overstreget: fra] Alle fra Din Datter b., i hvem Sorrig og Glæde de vandrer til Hobe.
 [Skrevet på tværs øverst på siden: Af Kommisioner hjem er det vigtigste: En Skomagerregning 10?-12 Kr. Et Skjærf 5 Kr. 50]
 Kjoletøj 15 Kr – 
 med Skjærf 5 -
 Syløn 8 –
 Tillæg mindst 5
 Sko 12
 do. 10
 do. 5
 Turist.do 5 -
 2 Par forsaalede
 à 2½ Kr. 5 -
 Sølvbryllupskjole 18 – 50
 syt med Tillæg
 Sprøjteapparat 5 – 50 -
 til Fabr.
 [Lis eller Liv] 3 - 50 – 
 Sporvogn - Handsker</t>
+  </si>
+  <si>
+    <t>1891-10-06</t>
+  </si>
+  <si>
+    <t>Johanne  Brandstrup
+Lauritz  Brandstrup
+Jens Busk
+Christian Caspersen
+Alhed Larsen
+Ellen  Sawyer
+Anna Schaffalitzky de Muckadell
+Fanny Schaffalitzky de Muckadell
+Ernst Schmiegelow</t>
+  </si>
+  <si>
+    <t>Alhed/Be Larsen, f. Warberg, var fra 1. dec. 1890 lærling ved Den Kongelige Porcelainsfabrik (i brevet kaldt Fabriken) i København. Fra november 1890 til 1. nov. 1891 boede hun på Værnehjemmet Bethania.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1389</t>
+  </si>
+  <si>
+    <t>Albrecht Warberg mødte bekendte på turen til København. Han blev modtaget på banegården af Alhed/Be Larsen.
+Albrecht har besøgt Laura Warbergs forældre, og faderen havde det lidt bedre. Han får morfinindsprøjtninger.
+Ved Værnehjemmet ventede Albrecht længe på Alhed, men hun kom ikke.
+Mandag fik Albrecht fjernet en polyp i næsten hos en læge og derefter flere. Det gør ikke ondt. Albrecht skal smøre næsen med kokain.
+Niels Caspersen og Albrecht skal i teatret, og Albrecht håber, at Alhed kommer med.
+Albrecht beder Laura sende Alhed nogle pærer til Lauras gamle far.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/hdVE</t>
+  </si>
+  <si>
+    <t>Kjøbenhavn d. 6 Oct 1891
+Kære Smaa!
+Om endskøn jeg ikke har været her i 2 Dage, kan jeg tænke, at Du venter Brev fra mig i Morgen, og det skal Du saa ogsaa faa. Rejsen herover var helt fornøjelig; paa Dampfærgen talte jeg omtrent hele Tiden med Fanny og hendes Moder. Jeg saa ogsaa Lieutnant [ulæseligt], men var ikke sikker paa, at det var ham, før Be paa Kjøbenhavns Banegaard bekræfter det. I Korsør modtog N. Caspersen mig, og jeg kom saa til at rejse med flere Rigsdagsmænd, bl.a. Jens Busk, som jeg talte med den meste Tid og syntes godt om. Igaar Aften var jeg hos Dine Forældre; Din Fader har det – forekommer det mig – lidt bedre end i Sommer, men han faar sine Morfinindsprøjtninger, vistnok hver Aften. Jeg glemte at fortælle, at Niels (br.) og Be modtog mig paa Banegaarden og fulgte mig herop; Be fik saa nogle af Pakkerne og saa fulgte vi hende hjem, medens jeg saa derefter fik Aftensmad i Paraplyen; jeg bød ogsaa Be, men hun vilde ikke. I Gaar gik jeg ud til Værnehjemmet paa den Tid, da jeg ventede, at hun skulde komme fra Fabriken; jeg gik i en god halv Time frem og tilbage i Helgolandsgade, men der kom ingen Be og saa gik jeg til de Gamle efter først at have faaet hende sendt et Brevkort om, at hun kommer herop i Dag, naar hun har spist til Midag. Mandag Morgen gik jeg til Dr Schingelow; han undersøgte Næsen, erklærede, at den var fuld af Polyper og gav mig en Recept paa Cocain, som jeg skulde smøre med, naar jeg havde været i Klokken; jeg mødte saa Kl 1½, maatte vente 1 Time og kom saa ind og fik en Polyp taget ud; den saa saaledes ud: [Tegning] I Dag har jeg atter været hos ham og er kommen af med en eller to Polyper, og i Morgen skal jeg atter møde; det gør slet ikke ondt, da Næsen bliver bedøvet, men jeg maa saa ikke puste den nogen Tid efter, og maa altsaa lade Blodet gaa igjennem Halsen. I Eftermiddag har jeg haft Besøg af Niels Caspersen, og vi skulle sammen i Folketeatret (se Den skjønne Helene); jeg venter hvert Øjeblik Be og saa skal hun selvfølgelig med.
+Din Fader vilde gjerne smage Pærerne fra Træer paa Blegpladsen; kan Du ikke sende Be nogle Stykker, saa kan hun give den Gamle en. 
+Nu er Klokken c 6 og Be er endnu ikke kommen; jeg begynder saa smaat at tvivle paa, om det overhovedet lykkes mig at faa hende at se herinde.
+Mange Hilsener til alle.
+Din A</t>
   </si>
   <si>
     <t>1897-01-18</t>
   </si>
   <si>
     <t>Johannes Larsen</t>
   </si>
   <si>
     <t>Kerteminde</t>
   </si>
   <si>
     <t>Christian Eckardt
 Albert Gottschalk
 Peter Hansen
 Viggo Johansen
 C V Kjær
 Nicolaus Lützhøft
 Henry Lørup
 Theodor Oppermann
 - Philip
 Ruben
 Karl Schou
 Marie Schou
 - Skov
 Agnes Slott-Møller
@@ -501,59 +541,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/0UsI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kRIK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gk9Q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bv6j" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kNZF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xYmc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VlTw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/0UsI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kRIK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gk9Q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hdVE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bv6j" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kNZF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xYmc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VlTw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M8"/>
+  <dimension ref="A1:M9"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -713,220 +753,266 @@
       </c>
       <c r="I4" s="5" t="s">
         <v>37</v>
       </c>
       <c r="J4" s="5" t="s">
         <v>38</v>
       </c>
       <c r="K4" s="5" t="s">
         <v>39</v>
       </c>
       <c r="L4" s="6" t="s">
         <v>40</v>
       </c>
       <c r="M4" s="5" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="5" t="s">
         <v>42</v>
       </c>
       <c r="B5" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C5" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="D5" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E5" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="F5" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G5" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H5" s="5" t="s">
         <v>43</v>
       </c>
-      <c r="D5" s="5" t="s">
-[...2 lines deleted...]
-      <c r="E5" s="5" t="s">
+      <c r="I5" s="5" t="s">
         <v>44</v>
       </c>
-      <c r="F5" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H5" s="5" t="s">
+      <c r="J5" s="5" t="s">
         <v>45</v>
       </c>
-      <c r="I5" s="5" t="s">
+      <c r="K5" s="5" t="s">
         <v>46</v>
       </c>
-      <c r="J5" s="5" t="s">
+      <c r="L5" s="6" t="s">
         <v>47</v>
       </c>
-      <c r="K5" s="5" t="s">
+      <c r="M5" s="5" t="s">
         <v>48</v>
-      </c>
-[...4 lines deleted...]
-        <v>50</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="5" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="B6" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C6" s="5" t="s">
-        <v>43</v>
+        <v>50</v>
       </c>
       <c r="D6" s="5" t="s">
         <v>15</v>
       </c>
       <c r="E6" s="5" t="s">
-        <v>33</v>
+        <v>51</v>
       </c>
       <c r="F6" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G6" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H6" s="5" t="s">
         <v>52</v>
       </c>
       <c r="I6" s="5" t="s">
         <v>53</v>
       </c>
       <c r="J6" s="5" t="s">
-        <v>47</v>
+        <v>54</v>
       </c>
       <c r="K6" s="5" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="L6" s="6" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="M6" s="5" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="5" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="B7" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C7" s="5" t="s">
-        <v>58</v>
+        <v>50</v>
       </c>
       <c r="D7" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E7" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="F7" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G7" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H7" s="5" t="s">
         <v>59</v>
       </c>
-      <c r="E7" s="5" t="s">
-[...5 lines deleted...]
-      <c r="G7" s="5" t="s">
+      <c r="I7" s="5" t="s">
         <v>60</v>
       </c>
-      <c r="H7" s="5" t="s">
+      <c r="J7" s="5" t="s">
+        <v>54</v>
+      </c>
+      <c r="K7" s="5" t="s">
         <v>61</v>
       </c>
-      <c r="I7" s="5" t="s">
+      <c r="L7" s="6" t="s">
         <v>62</v>
       </c>
-      <c r="J7" s="5" t="s">
+      <c r="M7" s="5" t="s">
         <v>63</v>
-      </c>
-[...7 lines deleted...]
-        <v>66</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="5" t="s">
-        <v>67</v>
+        <v>64</v>
       </c>
       <c r="B8" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C8" s="5" t="s">
-        <v>58</v>
+        <v>65</v>
       </c>
       <c r="D8" s="5" t="s">
-        <v>59</v>
+        <v>66</v>
       </c>
       <c r="E8" s="5" t="s">
-        <v>44</v>
+        <v>51</v>
       </c>
       <c r="F8" s="5" t="s">
         <v>33</v>
       </c>
-      <c r="G8" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G8" s="5" t="s">
+        <v>67</v>
       </c>
       <c r="H8" s="5" t="s">
         <v>68</v>
       </c>
       <c r="I8" s="5" t="s">
         <v>69</v>
       </c>
       <c r="J8" s="5" t="s">
-        <v>63</v>
+        <v>70</v>
       </c>
       <c r="K8" s="5" t="s">
+        <v>71</v>
+      </c>
+      <c r="L8" s="6" t="s">
+        <v>72</v>
+      </c>
+      <c r="M8" s="5" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" s="5" t="s">
+        <v>74</v>
+      </c>
+      <c r="B9" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C9" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="D9" s="5" t="s">
+        <v>66</v>
+      </c>
+      <c r="E9" s="5" t="s">
+        <v>51</v>
+      </c>
+      <c r="F9" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="G9" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H9" s="5" t="s">
+        <v>75</v>
+      </c>
+      <c r="I9" s="5" t="s">
+        <v>76</v>
+      </c>
+      <c r="J9" s="5" t="s">
         <v>70</v>
       </c>
-      <c r="L8" s="6" t="s">
-[...3 lines deleted...]
-        <v>72</v>
+      <c r="K9" s="5" t="s">
+        <v>77</v>
+      </c>
+      <c r="L9" s="6" t="s">
+        <v>78</v>
+      </c>
+      <c r="M9" s="5" t="s">
+        <v>79</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
+    <hyperlink ref="M9" r:id="rId14"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>