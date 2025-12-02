--- v0 (2025-10-09)
+++ v1 (2025-12-02)
@@ -1746,63 +1746,63 @@
 Eiler Lehn Schiøler</t>
   </si>
   <si>
     <t>Lyngsbækgaard er en herregård beliggende nær Ebeltoft. 
 Paafuglene tror jeg ikke ...: Larset-parret havde håbet, at deres påfugle ville yngle.</t>
   </si>
   <si>
     <t>Schiøler er rejst videre til Lyngsbækgård, desværre kan Johannes Larsen ikke tage imod tilbuddet om at rejse med, da han på grund af meget dårligt vejr ikke har kunnet malet så meget udenfor. Der skal være stort bryllup på kroen. 
 JL er glad for gode efterretninger om svanerne.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/qBZs</t>
   </si>
   <si>
     <t>Kirkeby 19 Maj 1920.
 Kæreste Alhed!
 Tak for Brevet i Dag. Det er morsomt at det gaar Puf saa godt og at I havde Held med Toget. Schiøler kørte i gaar Formiddags over Aarhus til Lyngsbækgaard, hvor han nu vilde have haft mig med, og det kunde jo have været morsomt hvis jeg havde været færdig jeg kunde være kommen derom ad til Kjerteminde i Bilen i Stedet for den kedelige Jernbanetur. Jeg naaede at faa malet et Billede i Gaar men det øsregnede inden jeg blev færdig og blev ved til Sengetid i Dag stormer det og snuskregner lidt af og til, det er snart til at blive skør af. Jeg har kun faaet malet 6 Billeder og i Forgaars var det 14 Dage siden jeg kom. Jeg vil haabe at Vejret i Mrg vil blive saadan at jeg kan være ude hele Dagen for her skal være stort Bryllup i Kroen. To Sønner fra Henne Mølle skal giftes og der kommer ca 130 Gæster. Fru Kru[ulæseligt] har været her en Uges Tid og bagt hver Dag. De skal spise et halvt Svin og lige ved 200 P Oxekød. Schiøler havde en god Tur, han fik alt hvad han ønskede sig og lidt til og Vejret var jo nogenlunde godt i de Dage. 
 Det glæder mig at høre om Svanerne, jeg blev meget ked af Meldingen og Slagsmaalet, men efter dit Brev i Dag, synes [jeg] vi kan husk igen. Paafuglene tror jeg ikke der bliver noget af i Aar. Bare Du nu maa finde alt i nogenlunde god Stand naar Du kommer hjem i Aften. Mange kærlige Hilsner 
 Din 
 Johannes Larsen.</t>
   </si>
   <si>
     <t>1920-05-20</t>
   </si>
   <si>
-    <t>Gösta -
-Else Birgitte Brønsted
+    <t>Else Birgitte Brønsted
 Grethe Jungstedt
+Kurt Jungstedt
 Drude Jørgensen
 Johan Larsen
 Ellen  Sawyer
 Laura Warberg</t>
   </si>
   <si>
     <t>Alhed og Johan Larsen er netop kommet hjem til Kerteminde efter i lang tid at have været i Birkerød på hhv. besøg og kostskole. 
 At han- og hunsvanen slås i Larsens have har været diskuteret i flere breve. Johannes Larsen havde købt de to svaner i Hamburg Zoo.
 Mudi (Brønsted), Alheds niece, boede et års tid hos Alhed og Johannes Larsen.
-Grethe Sawyer blev i 1920 gift med den svenske maler Kurt Jungstedt. Det er hans forældre, hun har besøgt i Stockholm.</t>
+Grethe Sawyer blev i 1920 gift med den svenske maler Kurt Jungstedt. Det er hans forældre, hun har besøgt i Stockholm. Kurt J. kaldtes af nogle af Warberg-familiens medlemmer Gøsta.</t>
   </si>
   <si>
     <t>Alt stod godt til, da Alhed Larsen og hendes søn kom hjem. Ænderne er der. Svanerne opfører sig, som inden Alhed rejste.
 Grethe Sawyer har skrevet fra Stockholm. Hun syntes godt om sine svigerforældre.
 Drude og Elle(n) Sawyer vil til Paris i efteråret.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/McLn</t>
   </si>
   <si>
     <t>Torsdag
 Kæreste Lavsi!
 Alt stod rigtig godt til, da vi kom hjem i Gaar. Lysse og jeg var strax en Runde over det hele. Alle 8 Krikænder og alle de andre er der (altsaa kun 3 Pibeænder, men kun de to Graaænder). [Ulæseligt ord], de har været nede at spise begge to i Dag. Svanerne opfører sig ganske som inden jeg rejste, de var ved Reden til Morgen og Hannen var [ordet overstreget] er rasende som før. Gud ved om det ikke har været Sludder med det Slagsmaal. Blomsterne har det ogsaa rigtig godt. Hanen ser pragtfuld ud. Lysse, Mudi og jeg har været hele Efterm. hos Mor, de var meget begejstrede for et Brev, der i Dag var kommen fra Stockholm fra Grethe, hun synes udmærket om Svigerforældrene, der aabenbart ogsaa synes godt om hende, de forkæler hende voldsomt. Drude og Elle har bestemt en Pariserrejse til Efteraaret, naar Gösta og Grethe kommer hjem fra Spanien, hvor de skal være i Sommermaanederne.
 Peter Hund har det ogsaa udmærket, han var lykkelig over os. – Bare dog nu det Vejr vil holde, i Gaar og i Dag har det været fint her, men i Aften ser det overtrukkent ud. Nu kun mange Hilsner fra Lysse og Din A.</t>
   </si>
   <si>
     <t>1920-05-26</t>
   </si>
   <si>
     <t>Johannes Madsen</t>
   </si>
   <si>
     <t>Johannes Larsen rejser hjem fra Filsø med bla. fire store billeder og beder Alhed Larsen om at bestille fem-seks store blendrammer med lærred hos glarmester Madsen, så de er klar, når han vender hjem.</t>
   </si>
   <si>