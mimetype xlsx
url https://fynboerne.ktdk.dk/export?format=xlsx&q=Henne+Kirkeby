--- v1 (2025-12-02)
+++ v2 (2026-03-05)
@@ -5,51 +5,51 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1205" uniqueCount="681" xml:space="preserve">
   <si>
-    <t>Datering</t>
+    <t>Datering/Værktitel</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>