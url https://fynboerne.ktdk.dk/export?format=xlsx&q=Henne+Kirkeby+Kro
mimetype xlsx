--- v0 (2025-10-19)
+++ v1 (2026-01-23)
@@ -261,84 +261,50 @@
 Johan Larsen
 Axel Muus
 Karl Nordström</t>
   </si>
   <si>
     <t>Det er uvist, hvad "Tilstandene i Stockholm" går ud på.</t>
   </si>
   <si>
     <t>Johannes Larsen har gået en mil og kravlet 1000 alen på maven for at komme nær en stor flok svaner uden at forstyrre dem. Samme aften kommer Muus og en del jægere. Der bliver nok skudt nogle svaner, som Larsen kan gøre studier efter.
 Det var en morsom beretning om tilstandene i Stockholm i brevet fra Nordström.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/RFdo</t>
   </si>
   <si>
     <t>Kirkeby 10 Marts 1914.
 Kæreste Alhed!
 Det gaar bedre og bedre. I Dag havde jeg det Held at komme til 278 Svaner uden at forstyrre dem, men jeg maatte ogsaa gaa det meste af en Mil og krybe henved 1000 Al paa Maven. Det var anstrengende men det lønnede sig. Jeg malede et lille Billede med Svaner i Formiddags. I Aften kommer Muus og en Del andre Jægere, saa det er jo ikke godt at vide hvordan det gaar med Svanerne bag efter, men nogle Styk bliver her vel og maaske kommer der ny som ikke er skræmt. I hvert Fald har jeg benyttet Tiden saa jeg haaber at faa lavet nogle gode Billeder. Der bliver vel ogsaa skudt nogle Svaner saa jeg kan faa en at lave nogle Studier efter, saa det er baade ondt og godt at de (Jægerne) kommer. Tak for Brevet og Brevene i Dag. Det var da et voldsomt Brev fra Nordstrøm og en morsom Beretning om Tilstanden i Stockholm, der maa være yndigt for Tiden. Tusind Hilsner og Kys. Din
 Johannes Larsen
 PS.
 Jeg har 200 Kr. men hvis Du kan klare Dig vil det være mig en Beroligelse at have den foreløbig.
 Hils Drengene JL.
 Jeg har en af de ny Skjorter paa i dag Jeg er meget glad ved dem.</t>
   </si>
   <si>
-    <t>1914-03-12</t>
-[...32 lines deleted...]
-  <si>
     <t>1914-03-13</t>
   </si>
   <si>
     <t>Peter Fahrenholtz
 Hans J Holm
 Andreas Larsen
 Johan Larsen
 Andreas Madsen
 Axel Muus
 Arild Rosenkrantz
 Hans Rosenkrantz
 Palle Rosenkrantz</t>
   </si>
   <si>
     <t>Det er uvist, hvilken af de tre baroner Rosenkrantz, der deltog i jagten. 
 "et Expl. af Foreningen": Larsen hentyder formodentlig til St. St. Blichers Trækfuglene, som han illustrerede med træsnit for Dansk Radeerforening.</t>
   </si>
   <si>
     <t>Holm og Rosenkrantz har omdannet tre skudte svaner til lokkesvaner, og Johannes Larsen har malet dem, hvilket gav ham et fint overblik over størrelsesforhold. Han har også malet fuglehoveder. 
 Larsen har fundet et fotografiapparat i sin kuffert, og det må være Christines.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/mF5h</t>
   </si>
   <si>
@@ -385,86 +351,50 @@
   <si>
     <t>- Falk Jensen
 Johannes Madsen
 Axel Muus
 Karl Schou
 Sigurd  Swane</t>
   </si>
   <si>
     <t>Malmö: Den Baltiske Udstilling i Malmö 1914.</t>
   </si>
   <si>
     <t>Johannes Larsen har glemt at anmelde træsnittene til udstillingen, men Swane må gøre det. Han beder Alhed få (glarmester) Madsen til at hjælpe med de gamle rammer.
 Larsen kan evt. låne et billede med to gråænder til Malmö-udstillingen.
 Han har malet en studie af skudte svaner.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/QVYL</t>
   </si>
   <si>
     <t>Kirkeby 17 Marts 1914
 Kæreste Alhed!
 Her sidder en Mand der skal til Stationen, saa kan Du have dette i Mrg. Det var en sløj Telefonsamtale i Aftes og saa meget ærgerligere som jeg lige havde talt med Muus, saa tydeligt som stod han i Stuen ved Siden af. Jeg er kommen i Tanker om at jeg har glemt at anmelde Træsnittene, men da Swane er Ophænger vil jeg skrive og bede ham ordne det for mig. Du kan faa Madsen til at tage alle de gamle Rammer paa Loftet ned og lede de bedste ud og sætte Glas og Pap i. Du kan prøve en af dem og se hvormange der kan være i den, og saa regne ud hvor mange du behøver til hele Samlingen.
 Angående Malmö saa er der jo ogsaa det Billede af Falk Jensens med de 2 Graaænder, som maaske kunde laanes, Du kan lade Schou det vide. Det har blæst stærkt i Dag men jeg har siddet i Læ af Huset og malet en Studie af det og de skudte Svaner. Nu maa jeg slutte mange kærlige Hilsner
 Jeres heng.
 Johannes Larsen.</t>
-  </si>
-[...34 lines deleted...]
-Jylland.</t>
   </si>
   <si>
     <t>1914-03-18</t>
   </si>
   <si>
     <t>Leipzig
 Malundskrog, Kerteminde</t>
   </si>
   <si>
     <t>Ivar Bentsen
 Martin Haahr
 Andreas Larsen
 Johan Larsen
 Eiler Lehn Schiøler
 - Martinussen
 Sigurd Müller
 Kai Nielsen</t>
   </si>
   <si>
     <t>"dem til Lehn Schiøler": Eiler Lehn Schiøler hyrede Johannes Larsen til at lave illustrationer til et stort bogværk om fugle. Se Lehn Schiølers biografi.
 Det er uvist, hvilken udstilling i Leipzig, Larsen skulle deltage i.
 "Pengene fra Galleriet": Man kaldte på den tid, hvor brevet er skrevet, Statens museum for Kunst for Galleriet. Pengene er muligvis betaling for Larsens maleri Edderfugle ved Vesterrevet, Sprogø.
 Handlen med Martinussen er omtalt i tidligere breve. Den fandt sted i forbindelse med, at Larsen-familien fik bygget et nyt hus til den familie, som passede Svanemøllen ved Larsens hjem. det er uklart, hvem Martinussen var.</t>
   </si>
   <si>
@@ -538,50 +468,53 @@
   </si>
   <si>
     <t>Johannes Larsen sælger træsnit - formodentlig fra Steen St. Blichers Trækfuglene - til Kobberstiksamlingen, som Leo Swane er chef for.
 Esbjerg Kunstforening har tidligere henvendt sig vedr. udstilling af Larsens billeder fra Filsø.</t>
   </si>
   <si>
     <t>Johannes Larsen beder Alhed sende tegnepapir. 
 Johannes Larsen sælger træsnit til Kobberstiksamlingen via Leo Swane. Han har truffet aftale med Esbjerg Kunstforening om en udstilling.
 Larsen har malet et par billeder, men er ikke umiddelbart tilfreds.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/zE76</t>
   </si>
   <si>
     <t>Kirkeby 23 Marts 1914
 Kæreste Alhed!
 Tak for Pakken med Skrivepapir og Aquarelpapir, det kan blive helt morsomt at prøve hvordan det er. Men der var intet Tegnepapir, det Baronen sendte fra Italien det ligger paa mit Bord og Du maa sandelig sende mig noget. Jeg tror jeg glemte at skrive til Swane at de Træsnit skulle sættes til Salg, 150 kr. pr Samling. Hvis du skriver til ham, kan Du tilføje, - Ja det var det om Skriveswane og Kobberstiksamlingen men nu fik du dit jo i Telefonen jeg havde for Resten ventet at det var Jens Rasmussen, for det blev meldt for en Time siden at Odense vilde tale med mig og de plejer ellers altid at sige Kjerteminde. Jeg skal for Resten have skreven til ham, for han talte om at komme herop naar Jægerne var rejst. I Lørdags var her 2 Bestyrelsesmedlemmer fra Esbjerg Kunstforening en Dyrlæge og en Malermester og jeg lovede saa at udstille Billederne hos dem mod at de betalte Fragten herfra og til Esbjerg og leverede Billederne frit paa Esbjerg Banegaard efter Udstillingen som skal vare i 5 Dage. Jeg vil ikke sætte dem til Salg. Det Sidste lod til at berolige dem meget. De kom allerede om Frmdg, men heldigvis var jeg allerede stukken af med min Frokost i Lommen, ud i Klitterne og kom først hjem ved 6 Tiden med 2 Billeder. Desværre er der vist ikke meget ved det jeg laver , men jeg haaber jo stadig at det skal komme, men man kan jo ikke gøre andet til det end bestille noget og gøre saa godt man kan. Hvordan gaar det med de smaa Ænder, den har vel ikke begyndt at lægge Æg ? og Turtelduerne og de nye røde Duer ??
 Ja nu vil jeg holde op og se at faa Brevene hen til Posten og saa i Seng. 
 Mange Kys og kærlige Hilsner til jer alle Fire.
 Din Johannes Larsen.</t>
   </si>
   <si>
     <t>1914-03-29</t>
   </si>
   <si>
+    <t>Kerteminde</t>
+  </si>
+  <si>
     <t>Romsø, Kerteminde
 Nørre Nebel
 Oksbøl</t>
   </si>
   <si>
     <t>Laurentius Allerup
 Andreas Larsen
 Johan Larsen
 Rasmus Petersen, Gartner
 Jeppe Aakjær</t>
   </si>
   <si>
     <t>Lysse må købe 2 tumlere (marsvin).
 Forhøjningen i haven: Larsen-familien fik 1913-1914 bygget et hus til Alheds mor på Strandvejen i Kerteminde. Også i senere breve fra Johannes Larsen til Alhed skriver han om højen i haven.</t>
   </si>
   <si>
     <t>Johannes Larsen har malet et billede af vejen ned til søen.
 Om aftenen skal JL i Nørre Nebel teater og se Jeppe Åkjærs "Når bønder elsker"
 JL har ansøgt byrådet om tilladelse til at flytte forhøjning i haven.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/GCQp</t>
   </si>
   <si>
     <t>Kirkeby 29 Marts 1914.
@@ -815,174 +748,74 @@
 Eiler Lehn Schiøler
 Christine  Mackie
 Rasmus Svop</t>
   </si>
   <si>
     <t>Johannes Larsen er ved Filsø for at male. 
 Du nåede vel ikke hjem til Stemning? Her menes afstemning.
 Kerteminde Dampsavværk var i 1918 ejet af Martin Kold og R. Svop. SIdstnævnte udtrådte på et tidspunkt i 1918.</t>
   </si>
   <si>
     <t>Det har været regnvejr, så Larsen har ikke kunnet male, men har sovet i stedet
 Lehn Schiøler skriver, at han beholder to af Johannes Larsens billeder og kan måske sælge et tredje. 
 Der er kommet et gældsbevis fra Birkerød Bank. 
 Gartneren må så græsplænen.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/1ASN</t>
   </si>
   <si>
     <t>Kirkeby Kro 22-4-1918.
 Kæreste Alhed!
 Ja Du naaede vel heller ikke hjem til Stemning? Jeg fik i Dag en kraftig Opfordring fra Kold &amp;amp; Svop om at Møde da det kneb men da Valget jo foregaar i Dag var det altsaa forsent. Forresten kunde jeg ikke have sat større til ved det, i Gaar regnede det hele Dagen som jeg saa benyttede til at hvile mig i, jeg gik i Seng da jeg havde spist til Middag og sov til Aftensmad Tid og gik saa i Seng igen. Jeg faar da sovet heroppe fra 8-7 hver Dag. De to skidt Billeder jeg har malet i Dag kunde jeg vist ogsaa godt have undværet, det har været et kedeligt Vejr med Blæst og delvis Støvregn, men det mildeste det har været endnu. Jeg sender et Brev jeg fik i Dag fra Lehn-Schiøler det kan maaske more Dig at læse det, han har beholdt de 2 Billeder og kan maaske sælge det Tredie. Her er ogsaa et Brev fra en Dame i Odense og Kvitteringen fra [ulæseligt] Sandholdt. Her kom ogsaa et Gældsbevis fra Christine som jeg nu returnerer til Birkerød Bank. Kan Du holde Gartneren til med Græsplænen saa den kan være saaede til jeg kommer hjem. Jeg synes der var noget mere men kan ikke komme i Tanker om det, men Du ringer vel op i Morgen Aften naar Du har faaet dette. 
 Mange Hilsner Din JL.</t>
   </si>
   <si>
-    <t>Forår 1920</t>
-[...76 lines deleted...]
-  <si>
     <t>1920-03-23</t>
   </si>
   <si>
     <t>Martin Haahr
 Eiler Lehn Schiøler</t>
   </si>
   <si>
     <t>Johannes Larsen maler og går på jagt ved Henne Kirkeby og Filsø. Larsen arbejder også på illustrationer til Eiler Lehn Schiølers store bogværk om Danmark og Grønlands fugle.</t>
   </si>
   <si>
     <t>Johannes Larsen er på jagt ved Filsø. Jagten går nogenlunde, og JL har skudt en gås, men desværre er det meget tåget om morgenen, så det lykkes ikke JL at få malet et par akvarelskitser med morgensol.
 Lehn Schiøler er begejstret for billederne af pibesvanerne.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/eiWl</t>
   </si>
   <si>
     <t>Kirkeby Kro 23-3-20
 Kæreste Alhed!
 I Formiddag er Martin cyklet ned med en Gaas jeg skød i Søndags Aftes. Der er kommet en del Gæs i de senere Dage, saa jeg lod den hænge i Haab om at M og jeg skulde faa et Par til i Aftes, men det lykkedes ikke, der var ingen Træk. Det er et ganske henrivende Vejr her i Dag efter at Taagen ved 10 1/2 Tiden er forsvunden, stille varmt Solskin. Desværre har det været meget taaget om Mrg de sidste Dage. Jeg vilde gerne lave et Par Aquarelskitser med Morgensol, men det kommer vel. Jeg tænker mig at jeg rejser hjem paa Lørdag. Der var Brev fra Schiøler i Dag, han var meget begejstret over Pibesvanerne men det lader ikke til han kan komme hjemme fra før efter Paaske, da de har Konfirmation. 
 Skriv lidt til mig det er saa dyrt at telefonere. 
 Mange kærlige Hilsner 
 Din 
 Johannes Larsen.</t>
-  </si>
-[...20 lines deleted...]
-JL.</t>
   </si>
   <si>
     <t>1920-05-04</t>
   </si>
   <si>
     <t>Birkerød</t>
   </si>
   <si>
     <t>Odense
 Birkerød</t>
   </si>
   <si>
     <t>William O.Henry</t>
   </si>
   <si>
     <t>Larsen-familiens drenge gik på Kostskole i Birkerød. 
 O.Henrys bog Ren Forretning udkom i 1920. 
 Peter er Larsen-familiens hund.</t>
   </si>
   <si>
     <t>Johannes Larsen er ved Filsø og beder Alhed Larsen sende aviser, så han kan følge en bestemt historie, der bringes over flere dage.
 Han beder om mange breve fra hende, mens hun er på besøg hos drengene i Birkerød - og et telefonopkald, hvis svanen lægger æg inden hendes afrejse.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/RhDq</t>
@@ -1059,183 +892,78 @@
 Andreas Larsen
 Johan Larsen
 Eiler Lehn Schiøler
 Niels Dines Wangberg</t>
   </si>
   <si>
     <t>Alhed Larsen er formodentlig i Birkerød, hvor hendes drenge var på kostskole. Puf/Andreas havde fødselsdag 12. maj.</t>
   </si>
   <si>
     <t>Det er endelig blevet bedre vejr, og Schiøler og Godske Nielsen er på vej til Filsø. Johannes Larsen maler er billede med Viber og håber at nå et mere denne dag.
 JL har ikke hørt noget fra Lysse om skovduerne - og hvordan går det med svanerne hjemme i Kerteminde?</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/5WId</t>
   </si>
   <si>
     <t>Kirkeby d. 11 Maj 1920.
 Kæreste Alhed!
 Tusind Tak for det lange Brev. Du kan tro jeg blev glad da jeg kom hjem og saa at der laa Brev fra Dig i Dag igen. Der var ogsaa Brev fra Schiøler som skriver at han kører hjemme fra i Dag til Aarhus derfra til Silkeborg hvor han besøger Godske Nielsen, der gerne vil med herud. Han mener saa at de kan være her Torsdag Aften. Endelig i Dag er det da blevet menneskeligt Vejr. Det var nok koldt i Mrgs, men op ad Formdg stillede det af samtidig med at det klarede. Jeg var ude og malede et lille Billede med Viber og jeg haaber at faa malet et til i Eftermdg. Bare jeg nu kunde faa noget ordentlig Vejr i nogle Dage saa jeg kan komme i Gang, det har været til at fortvivle over hidtil, det er aldrig hændt mig før, at jeg i en hel Uge ikke har kunnet male ude paa Gr. af Vejret. 
 Jeg kan ikke forstaa at Du kun har faaet et Brev fra mig, jeg skrev til Dig den første Frmdg jeg var her og dette er altsaa det 4de Brev jeg skriver og jeg har faaet 3 fra Dig med det i Dag. Jeg synes 70 Kr. er en høj Betaling, men vi maa vel give ham det. Jeg skriver saa til Wangberg. Jeg har ikke hørt eller læst noget af Lysse om Skovduer. Hører Du noget hjemme fra om Svanerne? Hils de andre. Mon de Breve jeg skrev i Gaar kommer i Dag eller i Mrg. Hvis Du faar dette i Mrg kan Du jo gratulere Puf en Gang til. Mange kærlige
 Hilsner 
 Din 
 Johannes Larsen.</t>
   </si>
   <si>
-    <t>Aarhus
-[...68 lines deleted...]
-  <si>
     <t>1920-05-14</t>
   </si>
   <si>
     <t>- Godske-Nielsen
 Andreas Larsen
 Johan Larsen
 Eiler Lehn Schiøler
 Christine  Mackie
 Elisabeth Mackie</t>
   </si>
   <si>
     <t>Alhed Larsen er i Birkerød hos familien samt hos drengene, som er på Birkerød Kostskole. 
 Svanen hjemme på Møllebakken i Kerteminde ligger på reden, men der er ingen æg i den. Dette fremgår af brev fra Alhed 13. maj 1919. Pigerne på Møllebakken har skrevet det til hende.</t>
   </si>
   <si>
     <t>Det er kedeligt med svanerne, men Alhed Larsen må lade dem være i fred. Johannes Larsen er på jagt med vennerne Godske-Nielsen og Schiøler.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/HV4d</t>
   </si>
   <si>
     <t>Kirkeby 14 Maj 1920.
 Kæreste Alhed.
 I Hast, Tak for Dine 2 Breve jeg fik i Dag. Det er noget kedeligt noget med Svanerne, jeg ved ikke noget at gøre end at lade dem være i Fred til vi kommer hjem, og det kan jo vare længe for mit vedkommende. Schiøler og Godske-Nielsen kom i Gaar, vi har været ude til Mrg. og er nu hjemme for at styrke os med en Kop Kaffe, skal saa ud igen. G.N. rejser i Aften. Det er bedre Vejr i Dag d.v.s. ikke koldt men blæsende. Jeg er meget ked af det med Svanerne. Mange kærlige Hilsner til Jer alle 3 og Chr og Putte.
 Din 
 Johannes Larsen.</t>
   </si>
   <si>
-    <t>Niels Bechsgaard 
-[...33 lines deleted...]
-  <si>
     <t>1920-05-17</t>
   </si>
   <si>
     <t>Henne Kirkeby
 Vesterhavsvej 327, 6830 Nørre Nebel</t>
   </si>
   <si>
     <t>Martin Haahr
 Andreas Larsen
 Eiler Lehn Schiøler</t>
   </si>
   <si>
     <t>Johannes Larsens svaner (indkøbt i Hamburg Zoo) har ligget på en rede uden æg nogen tid.</t>
   </si>
   <si>
     <t>Johannes Larsen er på tur til Nymindegab og derefter på jagt efter kobbersnepper. Vejret er godt, og han har travlt med at male, så han kan komme hjem til Kerteminde igen.
 JL glæder sig over sønnen Pufs ihærdighed i skolen - venter også på Alhed Larsens opringning vedr. svanerne.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/dn3Q</t>
   </si>
   <si>
     <t>Kirkeby d. 17 Maj 1920.
 Kæreste Alhed!
 Jeg sender dette til Kjerteminde, da jeg er bange for at det ikke naar Dig i Birkerød. Vi havde en dejlig Tur til [Nymin]degab i Forgaars. Schiøler, Martin og jeg gik ud gennem Klitterne til Havet og langs Stranden dertil spiste i Kroen, gik paa Jagt efter Kobbersnepper og kørte med Jensen hjem. I Gaar var det godt Vejr og jeg fik malet paa et stort Billede som jeg haaber at faa færdigt i Dag, da det er stille og dejligt Vejr. Saa tager Martin ud med S. Du ringer mig vel op fra Kjrtmnde mellem 7-8 og fortæller om Svanerne. Det er morsomt at Puf hænger saadan i, det skal nok gaa ham godt. Naar nu bare Vejret vil holde nogle Dage skal jeg skal jeg nok faa malet en hel Del saa jeg snart kommer hjem. Mange kærlige Hilsner 
@@ -1293,50 +1021,53 @@
 Johannes Larsen.</t>
   </si>
   <si>
     <t>1920-05-31</t>
   </si>
   <si>
     <t>Peter Fahrenholtz</t>
   </si>
   <si>
     <t>Johannes Larsen modtager farve fra Fahrenholtz.
 Han spænder lærred op på blendrammer og maler flittigt. Han har travlt med at blive færdig, så han kan komme hjem.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/bBBa</t>
   </si>
   <si>
     <t>Kirkeby 31 Maj 1920.
 Kæreste Alhed!
 Jeg fik Farve fra Fahrenholtz i Gaar og i Frmdg har jeg faaet spændt et stort Lærred op, som jeg nu lægger om, jeg tænker saa jeg kan komme ud paa Stedet med det i Eftrmdg eller i Mrg. og faa det malet færdig, da jeg ved hvordan jeg vil have det til at se ud. Jeg malede et Billede i Gaar Eftermiddags paa et af de Lærreder der stod her. Jeg har fundet 2 mindre Blendrammer saa jeg behøver ikke at være arbejdsløs mens jeg maler det store. Saasnart jeg har klaret det store skal jeg ringe naar jeg kommer jeg længes vældigt. Mange 
 Hilsner 
 Din 
 JL.</t>
   </si>
   <si>
     <t>1920-06-02</t>
+  </si>
+  <si>
+    <t>Martin Haahr</t>
   </si>
   <si>
     <t>Det er nu lykkedes Johannes Larsen at få malet tre nye billeder siden ankomsten, Han håber senere på dagen at få det store billede ud at male videre på (hvis vejret ellers vil holde tørt), så han kan få det gjort færdigt</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/9q05</t>
   </si>
   <si>
     <t>Kirkeby 2 Juni 1920.
 Kæreste Alhed!
 Det var skønt Vejr til det store Billede i Gaar, men jeg fik malet et mindre ude i Klitterne saa jeg har nu lavet 3 foruden dem jeg havde med herover. I Dag blæser det knap saa meget men det har regnet en hel Del til Mrg, og stænker af og til endnu, jeg haaber dog paa at det vil blive saadan at jeg kan faa Billedet ud i Dag naar jeg faar Martin Haahr til at hjælpe mig, og hvis det lykkes vil jeg kunde gøre det færdigt i Mrg uden Hensyn til Vejret, saa jeg kan komme af Sted Fredag eller Lørdag. 
 Mange kærlige Hilsner 
 Din 
 JL.</t>
   </si>
   <si>
     <t>1922-03-16</t>
   </si>
   <si>
     <t>Alfred Eckardt</t>
   </si>
   <si>
     <t>Alfred Eckardt er JLs fætter.</t>
   </si>
   <si>
@@ -1566,50 +1297,53 @@
   <si>
     <t>Johannes og Alhed Larsen har aftalt, at Alhed skal komme og besøge ham i Henne Kirkeby, hvor han er på malerophold.</t>
   </si>
   <si>
     <t>Vejret er meget ustadigt, og Johannes Larsen kan derfor ikke male så meget udendørs, som han gerne vil. Han har travlt inden familiens ankomst.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/Eyxd</t>
   </si>
   <si>
     <t>Kirkeby 28-3-1922
 Kæreste Alhed!
 Det er et meget ustadigt Vejr, i Gaar var det Foraar og jeg malede et Billede om Formdg og da det regnede om Eftrmdg lagde jeg 3 af de største an og syntes at nu var jeg godt i Gang. Men i Dag blæser det fra Nord og fryser og er et ækelt surt Graavejr. Jeg var ude i Frmdgs med Skitsebogen men syntes det var for koldt og tegnede ingen Ting. Naa i Morgen kan det jo være godt Vejr igen. Jeg er vældigt glad for dit Brev i Gaar og jeg skal nok faa lavet noget til Du kommer. Mange kærlige Hilsener til Dig og Drengene og de andre.
 Din hengivne 
 JL.</t>
   </si>
   <si>
     <t>1922-03-29</t>
   </si>
   <si>
     <t>Henne Kirkeby, 6854 Henne
 Falkonerallé 5 København
 Birkerød</t>
   </si>
   <si>
+    <t>Andreas Larsen</t>
+  </si>
+  <si>
     <t>Christine og Sigurd Swane flyttede ind i deres lejlighed på Falkoner Alle 5 i 1914. Alhed Larsen har været på besøg der og i Birkerød, mens Johannes Larsen maler i Henne Kirkeby.</t>
   </si>
   <si>
     <t>Det er fortsat meget koldt ved Filsø og vanskeligt at male udendørs.
 Alhed Larsen rejser fra drengene i Birkerød hjem til Kerteminde.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/9Wdn</t>
   </si>
   <si>
     <t>Kirkeby 29-3-1922.
 Kæreste Alhed!
 Tak for Dit lille Brev og Tak Puf for hans Bidrag. Jeg sender dette til Falkoneeralléen, da jeg er bange for at Du ikke naar at faa det hvis det gaar til Birkerød og det næste sender jeg altsaa til Kjerteminde. Det er en Hundekulde i Dag igen med Nordenblæst, men kønt klart Solskin. Jeg var ude en lille Tur i Frmdgs og gaar ud nu igen men det er for koldt at sidde og male, ja bliver det ved saadan maa jeg jo til det, men Vejret kan vel forbedre sig. Mange kærlige Hilsner og lykkelig Hjemrejse. Hils de andre.
 Din 
 JL.</t>
   </si>
   <si>
     <t>1922-03-31</t>
   </si>
   <si>
     <t>Filsø</t>
   </si>
   <si>
     <t>Johannes Larsen er på jagt- og maleophold i Henne Kirkeby.</t>
   </si>
@@ -1738,50 +1472,53 @@
   </si>
   <si>
     <t>1922-04-13</t>
   </si>
   <si>
     <t>Achton Friis</t>
   </si>
   <si>
     <t>Kerteminde
 København</t>
   </si>
   <si>
     <t>Achton Friis
 Claus Friis
 Martha Friis
 Johan Koch
 Alhed Larsen
 Johan Larsen
 Albert Naur
 -  Sinding</t>
   </si>
   <si>
     <t>Kæden formodes at skulle bruges i skibet Rylen, som er en Kerteminde fiskerbåd, der i årene 1921-25 fungerede som ekspeditionsskib for Johannes Larsen og Achton Friis, der sejlede rundt til de danske øer som under udarbejdelsen af bogværket De Danskes Øer. Bogværket udkom i tre bind i årene 1926-28.</t>
   </si>
   <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv</t>
+  </si>
+  <si>
     <t>Johannes Larsen er blevet en del forsinket i sit malerarbejde pga det dårlige vejr ved Filsø.
 Achton Friis skal komme på besøg hos Larsen på Møllebakken.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/LU95</t>
   </si>
   <si>
     <t>Kirkeby Kro Skærtorsdg 1922.
 Kære Achton Friis.
 Ja, jeg sidder altsaa her og kan knap se ud af Øjnene da jeg lige er tørnet ud i Anledning af at Lysse som har været her et par Dage, skal rejse. Jeg gaar ud fra at hvis han ikke faar det med faar Du det først efter Paaske. Min Kone sendte et Brev herover, hvoraf jeg kan se at De venter min Støtte i Kjerteminde, det havde ogsaa været min Hensigt at være kommen hjem for længe siden, men paa Grund af den infame Kulde, det har frosset og sneet og haglet her hver Dag i 3 Uger, er jeg kommen tilbage i mit Arbejde og har nogle større Billeder jeg meget gerne vil have færdig inden jeg stikker herfra. I Dag er det Gud ske Lov menneskeligt Vejt igen det stormer af S.V. og regner, saa bliver Kulden jaget ud. Hils Kaptajn Sinding og tak ham for Brevet. Kæden er i Kjerteminde. Jeg haaber ikke det maa volde Dem altfor meget Afbræk at tage til Kjerteminde. Jeg skulde sige fra min Kone at det vilde passe hende bedst om De kom omkring Flyttedag, da Naur i den Tid er i Kjøbenhavn. Jeg har ikke aftalt noget med din eventuelle Skipper, da jeg ikke tænkte at blive borte til længere end en af de første dage i April, dels forekommer et mig at De talte om at Oberst Koch vilde have den Plads. Mange Hilsner til Dem og Deres Kone og Klaus
 Deres Hengivne
 Johannes Larsen.</t>
   </si>
   <si>
     <t>1922-04-17</t>
   </si>
   <si>
     <t>Vagn Jacobsen
 Rasmus Kattrup
 Anders Nordahl Petersen
 Jens Rasmussen</t>
   </si>
   <si>
     <t>Det formodes, at brevet fra Kattrup er fra Rasmus Kattrup, bosiddende på Risinge Gods ved Kerteminde.
 Larsen opfordres af højskolemanden og forfatteren Nordahl Petersen til at indtræde i en komité, der vil rejse en mindesten over Jens Rasmussen, som var bror til Mads Rasmussen og medlem af Fyns Kunstmuseum bestyrelse.</t>
@@ -1931,112 +1668,223 @@
     <t>Kerteminde
 Henne Kirkeby</t>
   </si>
   <si>
     <t>Christian Andersen
 Achton Friis</t>
   </si>
   <si>
     <t>Rylen er en Kerteminde fiskerbåd, der i årene 1921-24 tjente som ekspeditionsskib for Johannes Larsen og Achton Friis under deres sejlads under udarbejdelsen af bogværket De Danskes Øer, der udkom i tre bind i årene 1926-28.
 Skibet tjener i dag som museumsskib for Østfyns Museer.</t>
   </si>
   <si>
     <t>Udsættelsen af afrejsen på sommertogtet med Achton Friis har betydet, at Johannes Larsen er blevet færdig med sit arbejde, og proviateringen om bord på Rylen er ved at være på plads.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/Mryl</t>
   </si>
   <si>
     <t>Kirkeby Kro 22-4-1922
 Kære Achton Friis
 Tak for Deres 2 Breve. Det første som jeg fik samme Dag som jeg sidst havde skreven til Dem, lettede en stor Del fra mit Hjerte. Jeg har gaaet i den Tro at vi havde aftalt at starte den 24 eller 25 April. Vi har nu haft et Par Dages godt Vejr, hvad der har fremmet mit Arbejde en hel Del. Og jeg tænker nu jeg kan komme herfra paa Tirsdag. Saa ses vi jo i Kjerteminde den 1ste Maj. Det andet har jeg faaet i Dag og ser De har taget Chr. Andersens Mand, forhaabentlig er han den bedste af dem der har været paa tale og vi kan vel klare os med mindre Brændevin end i Fjor. Jeg er i hvert Fald i ganske god Træning efter at have opholdt i 5 Uger i en Afholdskro. Venlig hilsen til hele Familien.
 Deres hengivne
 Johannes Larsen.</t>
   </si>
   <si>
-    <t>1924-05-12</t>
-[...16 lines deleted...]
-    <t>Kirkeby 12 Maj. 1924.
+    <t>1926-04-24</t>
+  </si>
+  <si>
+    <t>- Friis
+Achton Friis
+Martha Friis
+Alhed Larsen</t>
+  </si>
+  <si>
+    <t>Efter Achton Friis' idé sejlede han og Johannes Larsen rundt til de mindre, danske øer og lavede notater, tegnede og fotograferede til et bogværk. Dette udkom 1926-1928 i tre bind på Gyldendal med titlen Den Danskes Øer.</t>
+  </si>
+  <si>
+    <t>Alhed Larsen vil finde en sommerlejlighed til Achton Friis og hans familie i Kerteminde i sommeren 1926. Larsen-familien tager til Småland sidst på sommeren.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/cLLD</t>
+  </si>
+  <si>
+    <t>Kirkeby Kro 24 April 1926.
+Kære Achton Friis!
+De maa endelig ikke tænke paa at afbryde Samarbejdet for den Smule Ulejlighed det volder mig. Det et mig kun kært at kunde bidrage en Smule, hvis De synes det hjælper. Min Kone vil forsøge at finde en Sommerlejlighed til Dem i Kjerteminde skriver hun. Jeg tænker mig at være hjemme omkring Midten af Maj og at blive der til Slutningen af August, da vi vist nok tager en Tur op til Småland. Venlige Hilsner til Dem alle Tre.
+Deres hengivne
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1929-04-16</t>
+  </si>
+  <si>
+    <t>Victor Bøttern
+Julius Hviid
+Johan Larsen
+Agnes Vincent</t>
+  </si>
+  <si>
+    <t>Johannes Larsen boede på Henne Kirkeby Kro under sine jagt- og maleophold ved Fiilsø.
+Ellen, f. Lehn Schiøler, og Christian Treschow boede på Orelund. 
+Det vides ikke, hvem Th var. 
+Thomsen var formodentlig en butiksindehaver i Kerteminde. Primrose tobak var fra C.W. Obel i Ålborg.
+Det er formodentlig verandaen på skovgården Båxhult i Småland, som er på banen i brevet. At Andreas/Puf har tilføjet en kommentar på brevet tyder på, at han har videresendt dette til sin bror, Johan/Lysse, på Båxhult.</t>
+  </si>
+  <si>
+    <t>Brevet er i privateje, A</t>
+  </si>
+  <si>
+    <t>Johannes Larsen havde overset Vincents brev. Han er inviteret til Orelund i pinsen. 
+Der er koldt i Kirkeby. Larsen maler to små billeder hver dag. Når Thomsen har solgt sin butik, har han vel ikke haft tid til at sende tobak til Larsen, som er nødt til at ryge Brugsens. Puf må sende noget. 
+Lysse bør opsætte verandaprojektet, til Andreas og Johannes Larsen kommer "derop" og ser på det.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/z8uu</t>
+  </si>
+  <si>
+    <t>Kirkeby Kro 16 April 1929.
 Kære Puf!
-Til Lykke! Jeg kom godt herop i Fredags Aftes. Chr Bechsgaard hentede mig ved Stationen med sin Fordvogn og vi fik stablet baade Malerikasserne og alt mit Rejsegods paa den og fik nogle Kaffepunche i Kroen inden vi kørte. Lørdag Mrg gik jeg med Martin en lang Tur ud over Engene til Kørgaard og derfra ud til Stranden og langs Aaen hjem. Vi var godt trætte begge 2 da vi kom hjem og jeg havde faaet Vabler paa Hælen af mine ny Gummistøvler, saa jeg holdt mig i Ro i Gaar. Var om Eftermidg henne at besøge Bechsgaards der har købt et Hus med 20 Td Ld. henne bag Skomagerens og bygget Stuehuset om, et pænt Hus af røde Sten og med Straatag i samme Stil som de gl Huse her men lidt større. I Dag har jeg malet et lille Billede og skal nu ud igen. Mange Hilsner
-[...13 lines deleted...]
-- Hecht-Petersen
+Vincents Brev var godt nok i Konvoluten men da det er tyndt og har samme Farve, havde jeg overset det i første Omgang. Indlagt er Invitation til Orelund i Pintsen, som jeg har sagt Tak til, og haaber det passer Dig ogsaa. Til den Tid skulde jeg jo gerne være godt i Gang paa Romsø, men da der naturligvis ikke er til at være for Folk i Pintsen er det jo rart at komme derfra. Klip bare Hækken ned. Her er Th’s Brev saa vidt jeg kan se er det hans Mening at jeg skal læse det for Bøttern og Dr Hviid, men saa kan Du jo ligesaa godt laane dem det hvis Du synes. Her er ogsaa Solskin og Frost, men med Undtagelse af i Søndags da det var mildt og ret stille, har her blæst temmeligt forbandet hver Dag, saa jeg gaar omkring hvor der er Læ og maler smaa Billeder. Naa Thomsen har solgt, ja saa er det vel derfor at han ikke har haft Tid til at sende mig Tobak, kan Du ikke faa sendt mig noget, jeg er nu begyndt at ryge Brugsens her. Den hedder Prim Rose. Kan Du ikke skrive til Lysse om Verandaen. X Naar Du mener at Taget skal paa igen synes jeg egentlig der var mer Mening i at opsætte Foretagendet til vi kommer der op sammen Ja nu faar Du ikke mere denne Gang, der er en Del at svare paa og jeg skal jo ogsaa passe Maleriet, jeg holder paa at jeg maa male mindst 2 Billeder om Dagen, naar de er smaa. Mange Hilsner
+Din Far.
+X Jeg mener at det er rart at kunde se begge Dele, saa kan vi bedre bestemme os.
+Puf.</t>
+  </si>
+  <si>
+    <t>1947-12-19</t>
+  </si>
+  <si>
+    <t>Christa Knuth</t>
+  </si>
+  <si>
+    <t>Knuthenborg pr. Bandholm</t>
+  </si>
+  <si>
+    <t>Johannes Nicolaus Brønsted
+Adam Knuth
+Andreas Larsen
+Jeppe Larsen</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvem værten på Kirkeby Kro var. 
+Maleren georg Poulsen arrangerede i 1947 i Odense en udstilling af Larsens billeder. Dette skete i forbindelse med Larsens 80års fødselsdag. Georg Poulsen lånte blandt andet billeder ejet af Johanne og Adolph Larsen.</t>
+  </si>
+  <si>
+    <t>Brevet er i privateje</t>
+  </si>
+  <si>
+    <t>Adams jagtresultat var flot. Larsen har været på andetræk. Johan/Puf Larsen kommer og henter ham, og Larsen skal til Odense i forbindelse med sin udstillingsåbning. To dage senere skal han til Brønsteds begravelse.
+Larsen ønsker god jul.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/PIJb</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Lensgrevinde
+Knuthenborg
+Bandholm.
+[På kuvertens bagside:]
+Johannes Larsen
+Kirkeby Kro
+Henne
+[I brevet:]
+Kirkeby 19 Decbr. 1947.
+Kære Grevinde. 
+Tak for Dit Brev, det var et flot Resultatet, Adam kom hjem med fra Jagten. I Gaar havde vi Frostvejr og stille og Solskin hele Dagen. Jeg var paa Andetræk om Aftnen og fik en Graaandrik og min Vært skød en Sneppe paa Vej dertil. I Dag regner det. Puf kommer og henter mig til Middag og saa skal jeg til Middag i Odense i Anledning af min Udstillings Aabning. I Morgen er det Jeppes Fødselsdag. I Overmorgen skal jeg til Kjøbenhavn, da min Svoger Professor Brønsted skal begraves paa Mandag. Saa der bliver vist ikke noget af min Julekorrespondance. Dette her er altsaa en Julehilsen. Glædelig Jul og godt Nytaar! Naa det sidste kunde jeg vist have sparet, mig da vi vel om alt gaar vel ses inden Nytaar. 
+Mange Hilsner
+Din hengivne
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1914-03-12</t>
+  </si>
+  <si>
+    <t>Ludvig Dahlerup
+P Jørgensen 
+Adolph Larsen
 Andreas Larsen
 Johan Larsen
-Christine  Mackie
-[...24 lines deleted...]
-15 – 5 – 24</t>
+Eiler Lehn Schiøler
+Ingeborg Rasmussen
+Jens Rasmussen
+Sigurd  Swane</t>
+  </si>
+  <si>
+    <t>Johannes Larsen var i foråret 1914 75 dage ved Filsø for at male. 
+Det er uklart, hvem Fru D er.
+Det fremgår af et andet brev, at Alhed Larsen og Christine Swane gik til franskundervisning hos en Fru Svendsen. 
+Det er uvist, hvilken auktion der er tale om og hvilken Larsen på Vesterbrogade, Alhed er inde på.</t>
+  </si>
+  <si>
+    <t>Alhed Larsen har været hos Jens Rasmussen i Odense, og hun har købt nyt tøj, så nu har hun næsten ikke flere penge. 
+Der er auktion de følgende to dage. Alhed spørger, om billederne skal sendes ind.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/am4g</t>
+  </si>
+  <si>
+    <t>Kæreste Larsi!
+Tak for Dit Brev i Dag, Du er rigtignok flink til at skrive til mig. Det er dejligt, at det gaar saa godt for Dig selvfølgelig faar Du nok lavet noget storartet deroppe. – Herhjemme gaar det ogsaa udmærket, jeg var i Odense i Gaar, kom til Overrettens, da de sad og spiste Frokost. – D.v.s. Han var i Kjbh. men hendes Bror var der. Hun var som sædvanlig meget sød og gik Ærinder i Byen med mig, da vi havde sludret en Timestid. – Du ved jeg købte den blaa Spadseredragt af Fru D. Trøje og Nederdel, dertil købte jeg en henrivende grøn Silkeblouse 16 Kr. 50, og en lille nydelig blaa Hat med skotskfarvet Silketøj 16 Kr. 75, saa Du kan stole paa, jeg har en nydelig helklædt Dragt nu. Det var jo maaske nok lidt letsindig, da der jo omtrent gik de sidste af dem [m’et overstreget] 100 jeg havde tilbage, Agraren fik 40, men til 1. April maa vi vel faa Galleriet. – Jeg kunde ikke holde mig selv ud med Ulster og Skindhue, nu Foraarssolen begyndte at skinne. – Det franske morer os meget, vi skal ud at have Time nu. – Gl. Købmand P. Jørgensen er død og begravet, jeg sendte en Krans. – I Morgen og Overmorgen er altsaa Auktionen gid den nu maa gaa godt, det maa blive svært for Dahlerup. – Skal Billederne og hvilke ? saa sendes ind til Larsen Vesterbrogade No ? saa beder jeg Swanes gaa ud at vælge. Sender Du ikke nogle af de nye? – Husker Du den Akvarel til Lehn-S.?
+1000 Hilsner fra os alle 3 Din
+A
+Torsdag Eft.</t>
+  </si>
+  <si>
+    <t>Aarhus
+Henne Kirkeby</t>
+  </si>
+  <si>
+    <t>Christian Caspersen
+Grethe Jungstedt
+Andreas Larsen
+Johan Larsen
+Eiler Lehn Schiøler
+Ellen Dorothea Lehn Schiøler
+Frida Madsen</t>
+  </si>
+  <si>
+    <t>Grethe Sawyer blev i 1920 gift med den svenske maler Kurt Jungstedt. 
+På hjørnegrunden af Rådhuspladsen og Vesterbrogade lå frem til 1934 Centralhotellet. I hotellets stueetage fandtes Café Paraplyen, som havde fået navn efter den store parasol, som var opsat på facaden til brug for udendørs servering. Raadhuspladsen.dk (lokaliseret nov. 2021)</t>
+  </si>
+  <si>
+    <t>Alhed Larsen er sammen med Grethe Sawyer, som skal rejse til Stockholm.
+Svanerne slås derhjemme. Johannes Larsen må tale med Frida i telefonen om, hvad hun skal gøre. 
+Alhed har været syg i maven, og nu har hun blærer på læberne og kan næsten ikke vise sig offentligt.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/UvT0</t>
+  </si>
+  <si>
+    <t>[Resterne af en kuvert med poststempel. Herpå står]:
+Maleren Johs. Larsen
+p.t. Kirkeby Kro
+Jylland Henne St
+Kæreste Lavsi!
+Jeg sidder i Paraplyen med Grethe Sawyer, der rejser til Stockholm i Morgen, jeg har været hos Max. Nu tager jeg ind med 3 Toget og spadserer med Drengene i det dejlige Vejr. – De har ringet fra Kerteminde at Svanerne slaas saa det bløder. Jeg har bedt Agraren se til dem. Hvis Du mener der er noget at gøre, om f.Ex. Hansvanen maa lukkes inde, saa skriv selv til Frida. Du kunde jo ogsaa sende hende et Telegram om at ringe Henne 4 op paa en bestemt Tid, saa kan Du selv høre Besked og instruere hende. – Du skriver da endelig til lille Gamle, eller rettere har skreven, men Du kunde da sende et Telegram, hvis Du ikke har skreven. Det er en Fandens Pen. – Her er Børnehjælpsdag og en forf. Tumult, her er rædsomt. – Desværre har min Mave været saa skidt og nu har jeg faaet 2 mægtige Blamaser paa Læberne, jeg ser farlig ud, det er væmmeligt at rende rundt med, jeg vilde gærne til Lehn Schiølers, men kan næsten ikke vise mig for nogen. - - I Morgen rejser [ulæseligt] fra Aarhus, jeg har lige siddet og skreven til Kaptajnen paa Skibet om at tage sig af hende.
+Masser af Hilsner! Det er dejligt vi nu har faaet godt Vejr.
+11-5-20 Din Alhed</t>
   </si>
   <si>
     <t>1924-05-19</t>
   </si>
   <si>
     <t>Henne Kirkeby
 Gammeltoft, Filsø
 Blaabjerg, Henne
 Nymindegab
 Kjærgaard, Henne
 Kolding</t>
   </si>
   <si>
     <t>Niels Bechsgaard 
 Achton Friis
 - Hecht-Petersen
 Martin Haahr
 Heinrich Volkert</t>
   </si>
   <si>
     <t>Skogrepladser må være steder med urhøns. 
 Bruden er Danmarks mindste rovdyr og forveksles ofte med en lækat.</t>
   </si>
   <si>
     <t>Der er mange gæster på kroen, og Johannes Larsen nyder roen, da de er rejst igen. Under opholdet er de på flere traveture gennem området med plantager, klitter og strand. JL har solgt et billede til en af gæsterne og skal nu i gang med at male brushøns. Han synes, fuglevildtet er meget sparsomt denne gang.</t>
@@ -2059,305 +1907,457 @@
 5300 Kerteminde
 5000 Odense
 Fredericia
 Varde</t>
   </si>
   <si>
     <t>Tage -
 - Gammelgaard
 Martin Haahr</t>
   </si>
   <si>
     <t>Johannes Larsen opholder sig igen på kroen i Henne Kirkeby. Vejret er klart og stille, og han nyder den dejlige natur. Han nyder roen og fortæller små nyheder til Alhed Larsen.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/rgjQ</t>
   </si>
   <si>
     <t>Kirkeby 15 Februar 1925.
 Kæreste Alhed!
 Jeg kom godt herover i Aftes, d.v.s. lidt forkølet, der var ingen Varme i Kjertemindetoget og jeg frøs saa jeg rystede da jeg kom til Odense og i Jyllandstoget var der for varmt. Jeg løste Krydsordene i i Søndags BT fra Fredericia til Varde. Da jeg havde spist til Aften gik jeg i Seng og tog 5 Vitaminpiller og i Dag er jeg rask. Her er dejligt til Mrg. Rim og stille, saa Vesterhavet høres. Lærkerne synger og Stærene fløjter og Svaner høres nede fra Søen. Jeg har lige faaet Telefonbesked om at Kasserne er kommen de var der ikke i Aftes og Gammelgaard kører nu ned efter dem. Her er bleven saa pænt udenfor. Haven er tyndet ud og der er kommen Græsplæne, Pladsen foran Kroen er gruset og der er kommen Fliser fra Villaen til Kirkegaarden. Martin ligger og sover, han har været ude at spille i Nat. Tages Kone har faaet en Lille. 
 Mange kærlige Hilsner
 Din
 JL</t>
   </si>
   <si>
-    <t>1925-03-04</t>
-[...177 lines deleted...]
-  <si>
     <t>1947-12-13</t>
   </si>
   <si>
-    <t>Christa Knuth</t>
-[...4 lines deleted...]
-  <si>
     <t>Johannes Larsen var ofte ved Filsø for at male og gå på jagt. Søen blev drænet ad flere omgange.</t>
-  </si>
-[...1 lines deleted...]
-    <t>Brevet er i privateje</t>
   </si>
   <si>
     <t>Johannes Larsen har været på gåsejagt ved Filsø. Kromanden er rejst til Gisselfeldt, så Larsen har kroen for sig selv. 
 Det er trist at se Filsø blive drænet. Der bliver bygget dæmninger og en bred vej. 
 Larsen ønsker tillykke med fødselsdagen.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/bpGA</t>
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside.]
 Fru Lensgrevinde Chr. Knuth
 Knuthenborg
 Bandholm.
 [På kuvertens bagside:]
 Johannes Larsen
 Henne Kirkeby
 Henne St.
 [I brevet:]
 Kirkeby Kro 13 Decbr. 1947.
 Kære Grevinde!
 Ja nu sidder jeg altsaa her. Puf kørte mig herover i Forgaars, eller Dagen før, men maatte køre hjem igen med det samme, da Kørselstilladelsen kun gjaldt for en Dag. I Forgaars Morges var jeg oppe kl. 6 og med et Par kjøbenhavnske Jægere paa Gaasetræk, det var næsten stille saa Gæssene kom saa højt at der ikke blev skudt til dem. Om Aftenen var vi der ude igen og en af Jægerne og Kromanden fik hver sin. I Gaar var det mørkt og Støvregn hele Dagen. Kromanden rejste paa Jagt til Gisselfeldt og kommer først hjem paa Mandag og Kjøbenhavnerne er rejst saa jeg har Kroen for mig selv. Nu mens jeg sad og spiste sorte Pølser slog det mig at naar det er den 13 i Dag maa det være den fjortende i Morgen. Til Lykke! saa bliver dette altsaa et Fødselsdagsbrev. I Gaar sad jeg inde til henunder Aften og gik saa en Tur ned til den forhenværende Sø, det er trist at se brede dybe Kanaler og nye store Dæmninger af gult Sand med en stor Bro over det tidligere Vadested og en paabegyndt Autostradelignende Vej derfra og til Kirkeby .
 I Dag er det fint Vejr. I Nat stormede det men i Morges var det stille og skyfrit, og nu driver der nogle store Skyer fra N N V. 
 Glædelig Fødselsdag! Mange Hilsner fra
 Din hengivne
 Johannes Larsen.</t>
   </si>
   <si>
-    <t>1947-12-19</t>
-[...3 lines deleted...]
-Adam Knuth
+    <t>1924-05-12</t>
+  </si>
+  <si>
+    <t>Christian Bechsgaard
+Niels Bechsgaard 
+Martin Haahr</t>
+  </si>
+  <si>
+    <t>Den omtalte kro er Henne Kirkeby Kro, hvor Johannes Larsen boede under sine maleophold ved Filsø.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen er kommet godt frem. Martin Haahr og han har gået en lang tur, og Larsen fik vabler. Bechsgaard har købt en nyt hus og sat det i stand.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/OYCZ</t>
+  </si>
+  <si>
+    <t>Kirkeby 12 Maj. 1924.
+Kære Puf!
+Til Lykke! Jeg kom godt herop i Fredags Aftes. Chr Bechsgaard hentede mig ved Stationen med sin Fordvogn og vi fik stablet baade Malerikasserne og alt mit Rejsegods paa den og fik nogle Kaffepunche i Kroen inden vi kørte. Lørdag Mrg gik jeg med Martin en lang Tur ud over Engene til Kørgaard og derfra ud til Stranden og langs Aaen hjem. Vi var godt trætte begge 2 da vi kom hjem og jeg havde faaet Vabler paa Hælen af mine ny Gummistøvler, saa jeg holdt mig i Ro i Gaar. Var om Eftermidg henne at besøge Bechsgaards der har købt et Hus med 20 Td Ld. henne bag Skomagerens og bygget Stuehuset om, et pænt Hus af røde Sten og med Straatag i samme Stil som de gl Huse her men lidt større. I Dag har jeg malet et lille Billede og skal nu ud igen. Mange Hilsner
+Din Far
+Det er Kromandens Fyldepen og den er nu tom.</t>
+  </si>
+  <si>
+    <t>1920-03-25</t>
+  </si>
+  <si>
+    <t>Henne Kirkeby Kr</t>
+  </si>
+  <si>
+    <t>Johannes Larsen bestemmer sig for at rejse hjem fra Filsø, da han kun har skudt en enkelt gås den forrige dag, og vejret er dårligt.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/DfZD</t>
+  </si>
+  <si>
+    <t>Kirkeby Kro 25-3-1920
+Kæreste Alhed
+Tusind Tak for det lange Brev. Jeg skød en Gaas i Aftes men det var for mørkt til at finde den. Martin og jeg har hentet den i Formiddag, det er et væmmeligt Vejr Blæst og Regn. Jeg tænker at rejse hjem Lørdag. Mange Hilsner 
+Din 
+JL.</t>
+  </si>
+  <si>
+    <t>Niels Bechsgaard 
+- Brincher
+Peter Oluf Brønsted
+Christian Caspersen
 Andreas Larsen
-Jeppe Larsen</t>
-[...17 lines deleted...]
-[På kuvertens bagside:]
+Johan Larsen
+Ellen Dorothea Lehn Schiøler
+Christine  Mackie</t>
+  </si>
+  <si>
+    <t>Johannes Larsen er i Henne Kirkeby. Alhed er hos sine sønner i Birkerød, hvor de er på kostskole. Hun går desuden til sangtimer. 
+Det er uvist, hvem Klavs er.</t>
+  </si>
+  <si>
+    <t>Alhed vil besøge Fru Lehn Schiøler, men ser stadig slem ud med sår på læben. Hun skal til sangtime også.
+Andreas slider med lektier og eksamener, og der er ikke tid til at se på nyt tøj til ham. Drengene har fået hver sit værelse. 
+Alhed Larsen skal hjælpe søsteren Christine med at så græs.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/weXn</t>
+  </si>
+  <si>
+    <t>[På kuverten]:
+Maleren Johs. Larsen
+p.t. Kirkeby Kro
+Henne St.
+Jylland
+[Poststemplet]:
+Birkerød 14.5.20 [ulæseligt klokkeslæt]
+[Brevet]:
+Kæreste Lavsi!
+Hvor er det dog dejligt, at Vejret nu er saa fint, og det er jo meget smukt Vejr at se paa med Skyer og skiftende Belysninger. Det var kedeligt Hr. L. Sch. Ikke kom, da Vejret var saa slemt. Jeg vil ud at hilse paa hans Kone, hun har ikke været i Byen i disse Dage og jeg ser ogsaa saa rædsom ud endnu med de to store Saar paa Læben. I Morgen skal jeg ind at have Time, men da har jeg lovet at komme til Max. Gamle slider vældig i det, vi kan ikke komme ind om Tøj før paa Mandag, da han har Prøvestil hver Dag i denne Uge. Han og Lysse har indrettet det saadan, at de har faaet hver sit Værelse nu i Examenstiden for at Gamle kan læse i Fred. Jeg havde ham og Klavs og Brincher til Chokolade paa Konditoriet før efter endt dansk Prøvestil i Flyvning og dens Betydning. Lille Peter ligger af noget Forkølelse med Feber, Lysse og jeg skal ned at se til ham nu i Skovinspektionen. Naar jeg kommer hjem, skal jeg hjælpe Chr. at saa Græsplæne. Hils Hr. L.S. og Bechgaards og masser af Hilsner til Dig selv
+Din Alhed</t>
+  </si>
+  <si>
+    <t>Postkort</t>
+  </si>
+  <si>
+    <t>Göteborg
+Henne Kirkeby</t>
+  </si>
+  <si>
+    <t>Johan Larsen
+Sigurd  Swane</t>
+  </si>
+  <si>
+    <t>Den Baltiske udstilling åbnede i maj 1914 i Malmö.</t>
+  </si>
+  <si>
+    <t>Alhed Larsen synes, at Johannes Larsen skal sende gåsebilledet til Den Frie. Hun spørger, om billedet med flaget har været vist i Göteborg?</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ND7j</t>
+  </si>
+  <si>
+    <t>Kæreste Lavsi, sikken en Møgtelefon.
+Jeg mente, om Du ikke, naar Du dog næppe faar Gaasebilledet med paa den baltiske, kunde d [bogstavet overstreget] sende det med her paa den frie. De 8 Billeder saa meget brogede ud sammen i Efterm. syntes jeg, Lysse med Dyrene er vist noget uroligt. Ligeledes syntes [t’et i ordet overstreget] Du skulde sende det sidste Graavejrslandskab og det lille Flag med. Jeg sendte det med over og bad dem indramme dem og har saa skreven til Swane, at Du vil sende Besked, om Du vil have dem med eller ej. Er det ikke 12 Du maa sende ind? - - - Har Flagene for Resten ikke været i Göteborg? kommer jeg i Tanker om. –
+I Hast 1000 Hilsner
+Din A.
+[På kortets anden side, fortrykt]:
+KORRESPONDANCEKORT.
+[Håndskrevet]:
+Hr. Kunstmaler Johs. Larsen
+Kirkeby Kro
+Henne St.
+Jylland.</t>
+  </si>
+  <si>
+    <t>1924-05-15</t>
+  </si>
+  <si>
+    <t>Haderslev</t>
+  </si>
+  <si>
+    <t>Niels Bechsgaard 
+Alhed Marie Brønsted
+Achton Friis
+- Hecht-Petersen
+Andreas Larsen
+Johan Larsen
+Christine  Mackie
+Elisabeth Mackie
+Carl  Nielsen Kerteminde
+Frida Schytte</t>
+  </si>
+  <si>
+    <t>Johannes Larsen er i Henne Kirkeby for at male.
+Andreas (Puf) Larsen fik en motorcykel til sin 25års fødselsdag af forældrene. 
+Alhed Larsen trykte ofte træsnit for Johannes Larsen. 
+Achton Friis og Johannes Larsen sejlede 17. juni ud med skibet Rylen for at lave forarbejder til bogværket De Danskes Øer. 
+Det omtalte brev fra Hecht findes ikke sammen med Alhed Larsens brev i samlingen.</t>
+  </si>
+  <si>
+    <t>Alhed Larsen og Lomme (Alhed Brønsted) har været til spisning hos Frida.
+Andreas (Puf) er skrap til at køre på sin nye motorcykel.
+Alhed har regnet på, hvor lang tid det vil tage hende at trykke edderfuglene.
+Johannes Larsen må skrive til Achton Friis og fortælle, hvornår han har tid til at sejle.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/d4Fi</t>
+  </si>
+  <si>
+    <t>Kæreste Lavsi!
+Tak for Brevet i Gaar! Nu har vi da yndigt Vejr! Lomme og jeg var i Gaar inviteret ud til Frida. Vi cyklede derud i det mest bedaarende Vejr, drak Kaffe, var en Tur oppe paa Bakkerne og 7 ¼ kom Lysse til Aften. Vi fik varme Mørbrader og koldt Bord og havde det rigtig yndigt. Kl. 9 ½ cyklede vi derfra, kun desværre var det blæst op og vi havde Modvind saa det var en drøj Tid. Lysse og Frida fulgte os helt hjem, jeg protesterede kraftig, men Lysse var ubøjelig, man vilde nok se mig godt hjemme. De sad saa og sludrede en halv Timestid, kørte Kl. 12, saa det er ikke bleven til lang Nattesøvn. I Aften kommer de begge – altsaa Puf og Lysse – det er jo Helligdag i Morgen, Carl Nielsens Svend kommer herop om Formiddagen og kører med Puf med Motorcyklen, han kørte for Resten stolt rundt paa sin Fødselsdag alene i alle Havens Gange og klarede fint de bratte Sving. – Jeg er nu ved at gaa godt i Gang med Edderfuglene. Jeg kan med 5 Timers Arbejdsdag tage 12 Tryk, altsaa ende det hele paa 30 Arbejdsdage, det er jo ikke noget at tale om. Kunstforeningen har ikke ladet høre fra sig, heller ikke Damen fra Haderslev. Derimod er der kommen indlagte Brev fra Hecht. Jeg har ringet ham op og sagt, at vi nok vilde have den, han beder jo om omgaaende Svar. Men Du maa jo selv svare ogsaa, han skal have det skriftligt. Du maa jo saa skrive snart til Achton Friis at Du først har en Ugestid ind i Juni, men Pinsen falder d. 8nde, saa før vilde I vel ikke af Sted alligevel. - - Nu skal jeg have skreven et Par Ord til Christine, Putte er sejlet i dag, saa hun skal have et lille Opmuntringsbrev. – Gid det nu maa gaa Dig godt med Malingen, hils Bechgaards mange Gange.
+1000 Hilsner Din A.
+15 – 5 – 24</t>
+  </si>
+  <si>
+    <t>1920-03-15</t>
+  </si>
+  <si>
+    <t>Kirkeby</t>
+  </si>
+  <si>
+    <t>6800 Varde
+Henne Kirkeby Kro</t>
+  </si>
+  <si>
+    <t>Christian Bechsgaard
+Niels Bechsgaard 
+Marius Høi
+Martin Haahr
+Vagn Jacobsen
+Eiler Lehn Schiøler</t>
+  </si>
+  <si>
+    <t>Johannes Larsen blev hentet i bil i Henne. Bryggeren havde skudt 9 pibesvaner. Der er ca. 1000 på søen for tiden. De skal finde 2 anskudte svaner. Det har været håbløst p.gr.a. storm og regn.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/rz1k</t>
+  </si>
+  <si>
+    <t>Kirkeby 15-3-1920
+Kære Alhed!
+Jeg kom godt herop i Aftes. D.v.s. jeg maatte vente 2 Timer i Varde paa Gr. af at det var Søndag, til Gengæld blev jeg overrasket i Henne ved at blive hentet i en ny fin Bil som Bechsgaards havde anskaffet med Christian som Chauffør. Bryggeren var her og havde været heldig, de havde skudt 9 Pibesvaner og [tilføjet: og en Gaas] der skal være ca 1000 i Søen for Øjeblikket. Jeg glæder mig vældigt til at se dem. Det var Meningen at vi skulde have været ud i Morges for at se at faa fat i 2 anskudte der gik fra dem i Gaar, men det maatte opgives paa Gr. af Storm og Regn og Bryggeren kørte Kl 10. Det lykkedes mig at redde 3 til Schiøler foruden Hoveder af Resten og Brygger J. giver ham vist ogsaa 1 saa der bliver reddet 4. jeg skal hilse fra alle heroppe incl. Marius og Martin.
+Mange Hilsner 
+Din JL</t>
+  </si>
+  <si>
+    <t>1925-03-04</t>
+  </si>
+  <si>
+    <t>Henne Kirkeby
+Rynkeby, Kerteminde</t>
+  </si>
+  <si>
+    <t>Astrid Bøttern
+Otto Gelsted
 Johannes Larsen
-Kirkeby Kro
-[...7 lines deleted...]
-Johannes Larsen.</t>
+Ellen  Sawyer</t>
+  </si>
+  <si>
+    <t>Andreas Larsen er i gartnerlære i Stige nær Odense. Han forsøgte sig siden som tomatavler.
+Johannes Larsen er i Henne Kirkeby for at male.
+Det er ikke muligt at afgøre, hvem Erik er, da Larsen-familien kendte mange af det navn.
+Munkar (munke) er svensk for donuts. 
+Fandens urtesalat er sandsynligvis salat af mælkebøtter. Disse er jo netop ganske små og velsmagende i marts.
+Alhed havde i september 1924 nogle hjerteanfald, og i november og december samme år var hun på sanatorium i Hareskoven.</t>
+  </si>
+  <si>
+    <t>Alhed Larsen vil rejse til Johannes i Kirkeby og spørger, om sønnen kan bytte sin hjemrejsedag. Gartneren vander drivhusene med Andreas Larsens tomater, som trives godt.
+Alhed har holdt sneppegilde med flotte anretninger for Erik og Otto Gelsted (Gelle). Alhed har det i øvrigt godt og glæder sig til rejsen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/NQUB</t>
+  </si>
+  <si>
+    <t>Kære søde Gamle!
+Bare et Par Ord for at sige Dig, at jeg i Morgen rejser et Par dage over til din Far, saa jeg er altsaa ikke hjemme, naar Du kommer paa Lørdag. Maaske Du kunde arrangere Bytning med Hjemmeturen, saa Du kunde komme næste Søndag, saa er jeg jo hjemme og Din Far ganske sikkert ogsaa. – Det er Tante Elles Fødselsdag paa Fredag, hun er i Rynkeby, men Du kan vel ikke naa at skrive et Kort som hun kan have Lørdag Morgen? – Jeg har bedt Gartneren vande Drivhusene og særlig vaage over Dine Tomater, de ser godt ud, bedre for hver Dag, han mente de kom alle sammen. – Vi havde et meget vellykket Sneppegilde i Aftes med Gelle og Erik, det var skammeligt, Du ikke var her, de beklagede det begge. De blev helt betagne, da de kom ud i Køkkenet og saa det festlige Bord. 3 Glas ved hver Kuvert, og den lille Orchidé til Pynt. De fik Fiskegratin i Skaller, Snepper med Fandens Urtesalat, Skylleskaale med 2 nyplukkede Violer i hver og Hofdesert! Til Kaffen fik de Munkar og Havana Cigarer, senere Sjusser. Vi ringede efter Fru Bøttern, Victor var gaaet til politisk Møde, - vi havde det rigtig sjov, Munden stod ikke paa Erik, jeg tror aldrig jeg har set ham saa vel tilpas! Barnedaaben var knap saa sjov!! Jeg har det for Resten rigtig godt i disse Dage, glæder mig til den lille Rejse og til at se, hvad Din Far har lavet. Bare Vejret nu maa blive godt. 1000 Hilsner min egen Dreng
+Din Mor
+4 – 3 – 25
+[Skrevet på side 1, øverst og på hovedet:]
+Send os en lille Hilsen til Kirkeby Kro pr. Henne, men gør det ikke senere end Lørdag. Den er fin Gamle med de 50 ikke!</t>
+  </si>
+  <si>
+    <t>1940-12-21</t>
+  </si>
+  <si>
+    <t>Elena Larsen
+Johan Larsen</t>
+  </si>
+  <si>
+    <t>Hans Beck Thomsen
+Andreas Larsen
+Jens Larsen
+Jeppe Larsen
+Jonas Larsen
+Marie Larsen
+Peter Andreas Larsen
+Else Larsen, Else, Andreas Larsens kone
+Alhed  Møhl, Lysses datter
+Christian Møller, maler
+- Nørregaard
+Christine Swane
+Lars Swane</t>
+  </si>
+  <si>
+    <t>Kærgård Klitplantage er en 1.437 hektar stor plantage, der ligger mellem Vejers Strand og Henne Strand ud til Nordsøen. (Wikipedia marts 2022).
+1 alen er 62,77 cm.
+Maler Møllers hus hedder Pedersminde og ligger for foden af Møllebakken, hvor Larsen-familien boede. 
+Fedmøllen eller Skovmøllen lå på Feden, som er området syd for havnen i Kerteminde. 
+En fransksigte er en melsigte (Ordbog over det Danske Sprog).</t>
+  </si>
+  <si>
+    <t>Efter at have skåret træsnit i otte dage har Larsen været i Kirkeby for at gå på jagt. Det var imidlertid frostvejr og tåge, så der blev ikke meget jagt. 
+Johannes Larsen har købt Maler Møllers hus for 14.000 kr. 
+Der er kommet en ny møller, og han maler byggryn. Svanemøllen er den eneste mølle i byen nu. 
+Marie er kommet.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/zPGo</t>
+  </si>
+  <si>
+    <t>Kjerteminde 21 Dec. 1940.
+Kære Lysse og Bimse!
+Glædelig Jul! I Gaar paa Jeppes 5 Aars Fødselsdag kom jeg hjem fra Kirkeby hvor jeg havde opholdt mig i 8 Dage for at rekreere mig efter at have siddet en god Maaned og snittet Træsnit i Kakelovnsvarme. Jeg havde slæbt baade Dubletten og Mauserriflen med og tænkt mig at sidde paa Gaase og Andetræk hver Aften og tage en Tur til Kærgaard for at skyde Raadyr eller eventuelt Krondyr. Det blev der ikke noget af. Efter at have kørt paa Jernbane fra Kl. godt 10 til ca 19 og saa i Bil til Kirkeby, vaagnede jeg næste Morgen og tykke Isblomster paa alle Vinduer og Søen tillagt og saa frøs det hele Tiden med Blæst og et Par Dage med saa tyk Taage at man kun kunde se en Snes Alen væk. Saa det kun til et Par Ture hver dag efter Harer der som Regel sprang paa ca 100 Al. Det lykkedes Bæk Thomsen at aflive 3 i den Tid men de kostede 3-5 Patroner hver. Der kom ingen Sne der ovre, men da jeg i Gaar naaede Varde var der falden lidt og fra Esbjerg var Landskabet hvidt af et Snelag der tiltog i Tykkelse Resten af Turen. Nørregaards har faaet et Statshus i Vejlevangen hvor der er bygget en hals Snes saadanne og jeg har købt deres Ejendom her, altsaa Maler Møllers Hus formedels 14000 Kr. med en Udbetaling af henved 8000 Kr. som Discontokassen har lagt ud. Vi har faaet en ny Møller, der nu maler Byggryn og tænker paa at faa en Fransk sigte saa han kan male Hvedemel, Svanemøllen er nu den eneste Mølle her, da Fedmøllen mistede en Vinge og blev solgt til Nedrivning til Jernstøberiet. Der er nu Tegn til en Renaissance i Vejrmøller. Marie er kommen, men Uglen og Lasse kommer ikke i Julen, da Uglen har meget at bestille. Jeg skal hilse fra Puf og Else og ønske Jer glædelig Jul. Marie lægger et Par Ord ind. Mange Hilsner til Jer allesammen fra 
+Jeres JL. 
+Johannes Larsen
+Kjerteminde
+Danmark.</t>
+  </si>
+  <si>
+    <t>1934-03-14</t>
+  </si>
+  <si>
+    <t>Johan Larsen</t>
+  </si>
+  <si>
+    <t>Peter Klokker
+Andreas Larsen
+Else Larsen, Else, Andreas Larsens kone
+Hubert Paulsen
+Ingeborg Rasmussen
+- Selmquist</t>
+  </si>
+  <si>
+    <t>Kirkeby: Johannes Larsen tog ofte på jagt- og maleture ved Fiilsø og boede på Henne Kirkeby Kro.
+Odensebillederne: 1934-1936 udførte Johannes Larsen freskoudsmykninger i festsalen på Odense Rådhus.
+Andresens Frøkultur: se Emil Andresen i Personregister. EA købte den store, gamle købmandsgård beliggende i Kertemindes bymidte i 1887.
+Torsketunge, hagekød af torsk er det stykke kød, der sidder under hovedet på en torsk. Man panerer kødet og steger det på panden. (Søgninger på Internettet jan. 2022). 
+Hubert er muligvis Hubert Paulsen.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har ryddet op i værkstedet. 
+Peter Klokker er blevet bestyrer af et savværk i Gribskov. 
+Ingeborg Rasmussen kommer til middag.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/h1m1</t>
+  </si>
+  <si>
+    <t>Kjerteminde 14 Marts 1934
+Kære Lysse!
+Jeg glemte at sende Selmqvist´s Skrivelse med, her er den. Jeg har brugt de 3 sidste Dage til en haardt tiltrængt Oprydning paa Værkstedet og efter Programmet skulde jeg køre til Kirkeby paa Fredag hvor det er min Plan at benytte Tiden indtil Paaske til at gå i Marken med Scott og lave Skitser til Odensebillederne. Puf og Else kørte Fru Klokker til Færgen i Dag. De er flyttet til Nøddebo i Anledning af at Peter er bleven Bestyrer af et Savværk i Gribskov. Han har solgt sit herværende Savværk til Moderen, hvis Savværk brændte forleden sammen med Andresens Frøkulturbygning. Vi skal have Fru Jens Rasmussen til Aften, Menu: saltede Torsketunger som Hubert har sendt.
+Mange Hilsner fra os alle tre
+JL.</t>
+  </si>
+  <si>
+    <t>1920-05-12</t>
+  </si>
+  <si>
+    <t>Alhed Larsen
+Andreas Larsen</t>
+  </si>
+  <si>
+    <t>Leif Berg
+Wilhelmine Berg
+Alhed Marie Brønsted
+- Dorf-Petersen
+Alhed Larsen
+Johan Larsen
+- Leerbech
+Ernst Mentze
+- Skipper</t>
+  </si>
+  <si>
+    <t>Johannes Larsen er i Henne Kirkeby, og Alhed er hos sine sønner, som er elever på Birkerød Kostskole. Alhed går til sangtimer.</t>
+  </si>
+  <si>
+    <t>Brev 1: Puf fortæller, at han har givet lagkage til klassen, og at latintimen var aflyst.
+Brev 2: Alhed Larsen bliver rost for sin sang. Andreas har fødselsdag og sidste skoledag, så de skal ud at spise samt have gæster. Hun vil købe færdigsyet tøj i Magasinet til sønnen. Drengene har snart ferie, men der er en engelskeksamen først.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/UQpl</t>
+  </si>
+  <si>
+    <t>Kære Far!
+Tak for de dejlige Fotografier, du kan tro jeg er glad ved dem. Vi staar og skal over at drikke Chokolade paa Konditoriet. Mor, Mence, Lysse og jeg. I sidste Time i dag gav jeg Lagkage i Klassen. Vi skulde have haft Latin med Skipper, men det blev der selvfølgelig ikke noget af. At vi iaften skal hen paa Kroen har Mor jo skrevet om. Tak for dit Brev! Det kom i dag til Frokost. Mange Hilsner fra Puf.
+Kæreste Lavsi!
+Tak for Dit Brev i Dag. Ja det er aabenbart en langsom Postgang, naar det Brev, jeg lagde i Postkassen Fredag tidlig Eftermiddag i Kjbn, først naade Dig Mandag, og det Du skrev i Forgaars, fik jeg først i Dag. – Jeg har været inde at synge til Morgen, jeg bliver saa vældig rost denne Gang, det er en stor Fornøjelse. Hun sagde i Dag, at det var rigtignok godt, at vi ikke havde opgivet det, for nu var det sikkert, at jeg vilde faa meget Fornøjelse af det. Hvert Øjeblik siger hun ”pænt Alhed”, og ”kan Du høre Du har en nydelig Stemme”. Hun gennemgaar smukke Sange med mig. – I Dag er det altsaa lille Gamles Fødselsdag jeg skal hen nu om lidt at dække Gavebord til han er færdig med Skolen. Det er hans sidste Skoledag i Dag saa det er en dobbelt Festdag. – De har faaet fri til at spise Bøf med mig paa Kroen, og bagefter skal et Par af Kammeraterne herhen til Adr. til Kaffe og et Glas Vin, jeg har købt Rhinskvin hos Dorf-Petersen.
+Det er kedeligt, at Vejret bliver ved at være saa daarligt deroppe, her har det været rigtig yndigt de sidste Dage. – Jeg tænker jeg paa Fredag kan faa den Gamle med ind at bestille sort Tøj. Jeg har næsten mest Lyst til at prøve færdigsyet i Magasinet. Tante Mis sagde her i Lørdags, at Leerbech, som altid har syt til Leif, ofter [r’et overstreget] er uheldig, men at det færdigsyte fra Magasinet, der blev rettet lidt til, sad fortrinligt og at Leif ogsaa er meget bred. Og saa er det meget billigere. Lysse faar Paaske [ordet overstreget] Pinseferie paa Tirsdag, saa følger jeg med dem hjem. Gamle skal læse. Bare det nu maa gaa ham godt, det gamle Skind, han skal have engelsk Prøvestil i Dag. – Nej, jeg hørte ikke Nattergalen, skønt jeg lyttede meget efter. Det er løjerligt med de Svaner der slaas Lomme skrev om det i Gaar men nu haaber jeg Du selv har sat Dig i Forbindelse med dem hjemme, hvis Du mener der er noget at gøre. Lomme skrev ogsaa, at Paafuglen ”var med Æg”, det maa vel betyde, at den har lagt. – Nu faar Du ikke mere. Mange Hilsner fra Din Alhed.</t>
+  </si>
+  <si>
+    <t>Forår 1920</t>
+  </si>
+  <si>
+    <t>Henne Kirkeby
+Sjælland
+Rudkøbing
+5900 Nyborg
+Langegade 48, Kerteminde</t>
+  </si>
+  <si>
+    <t>- Alstrup
+- Brincher
+Victor Bøttern
+Johan Larsen
+Johannes Larsen
+Eiler Lehn Schiøler
+Frida Madsen
+Carl Petersen, arkitekt
+Franz Syberg
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Andreas Larsen er elev ved Birkerød Kostskole.
+Bagergården lå i Langegade 48, Kerteminde som nabo til Johannes Larsens barndomshjem, Købmandsgården. I.A. Larsen, Johannes Larsens far, ejede i mange år Bagergården, og Johannes Larsen arvede den. Victor Bøttern, som købte gården af Johannes Larsen, solgte den straks videre til installatør Claus Jørgen Reenvig (Historiske Huse i Kerteminde. Kerteminde Museum 1989, s. 195)
+Det vides ikke, hvem Klavs, som skal have fem kroner, er.</t>
+  </si>
+  <si>
+    <t>Alhed Larsen sender sønnen 10 kr. Hun vil gerne høre om den skriftlige eksamen.
+Alhed Larsen har haft en god tur til Langeland med sin mor. På tirsdag skal hun, Johannes Larsen, Lehn Schiøler og en svensk herre til Filsø. 
+Carl Petersen er på besøg for at tegne vaskehus og lokum. Larsen-parret har bestemt sig for toilet.
+Larsen-familien har solgt Bagergården.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/qisF</t>
+  </si>
+  <si>
+    <t>Kære søde Gamle!
+Jeg vover at lægge en 10er i dette Brev, vil du give Alstrup de 2 som Lysse laante af ham. Klavs skal have for 5 Frimærker og Resten maa Du selv have til lidt Tobak, Konditori eller Godter nu til Din strænge Examenstid. Du maa endelig lade høre flittig fra Dig og skriv saa snart Du ved noget om hvordan det skriftlige er gaaet. Jeg synes de Klader ser meget gode ud, af de tyske er Genfortællingen den bedste. Skriv saa om de andre. Sig til Trylle og Brincker at jeg glæder mig meget til at se dem her i Sommerferien. Jeg vedlægger 2 Frimærker, saa er det nemmere for Dig, jeg skal sende flere. – Du kan tro det var vellykket paa Langeland, vi havde et Par ganske dejlige Dage, Vejret var jo straalende, og alle Mennesker var saa søde mod os. Bedstemor har mange gamle Venner. – Paa Tirsdag kommer Lehn Schiøler og en svensk Herre. De overnatter her og Onsdag tager de, Jeres Far og mig med til Filsø; bare Vejret vil holde, men det maa man jo næsten ikke ønske, vi trænger saa frygtelig til Regn. Lysse havde rædsom Modvind paa Sjælland og kom først med Færgen Kl. 10 og tænk jeg var med samme Færge men paa 2den Kl, saa vi saa ikke hinanden, jeg tog med Toget fra Nyborg paa Gr. af Modvind, han var kommen da jeg kom herhjem, han var ikke træt men meget sulten men heldigvis havde Frida Steg og Abrikosgrød til Aften og vi fik Vin. Calle er her jo for at tegne Vaskehus og et nyt Lokum ovre i det aabne Skur, vi har bestemt i Formiddag, at det skal være W.C. det bliver fint. Skriv nu endelig saa vi har det inden vi rejser til Jylland, jeg skal nok skrive flittig til Dig, min søde Gamle. – Bøttern har købt Bagergaarden for 17000, saa nu er vi kommen af med 2 Ejendomme. De ny Elektrikere har igen købt den af ham. – Hav det nu rigtig godt søde Gamle og skriv snart og flittig. 1000 Hilsner fra Din Mor 
+Lysse og Din Far og Calle hilser</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="100" formatCode="yyyy/mm/dd"/>
     <numFmt numFmtId="101" formatCode="yyyy/mm/dd hh:mm:ss"/>
     <numFmt numFmtId="102" formatCode="yyyy-mm-dd"/>
   </numFmts>
   <fonts count="7">
     <font>
       <name val="Arial"/>
       <sz val="11"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
@@ -2434,51 +2434,51 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/mSCO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MzRh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cIzN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LrfZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RNux" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RFdo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/am4g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mF5h" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A9mU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QVYL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ND7j" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YC8U" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QRKY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zE76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GCQp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Payi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WKaz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zyCi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YdQK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Kz8F" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5TkK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1ASN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qisF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rz1k" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eiWl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DfZD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RhDq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7Jja" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AO51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5WId" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UvT0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UQpl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HV4d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/weXn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dn3Q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qBZs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/N6eE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bBBa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9q05" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/77Wp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/76Ej" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/G3Rz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MC3d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/otT6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cvqk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tKtd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Eyxd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9Wdn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PpTh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9cyK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lhb4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mBp4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/R1th" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LU95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/h5A3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/okB8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wCSt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d8rT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/c7S3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Mryl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OYCZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d4Fi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/63g2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rgjQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NQUB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cLLD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/z8uu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/h1m1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zPGo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bpGA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PIJb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/mSCO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MzRh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cIzN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LrfZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RNux" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RFdo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mF5h" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A9mU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QVYL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YC8U" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QRKY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zE76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GCQp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Payi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WKaz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zyCi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YdQK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Kz8F" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5TkK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1ASN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eiWl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RhDq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7Jja" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AO51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5WId" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HV4d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dn3Q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qBZs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/N6eE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bBBa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9q05" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/77Wp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/76Ej" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/G3Rz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MC3d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/otT6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cvqk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tKtd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Eyxd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9Wdn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PpTh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9cyK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lhb4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mBp4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/R1th" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LU95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/h5A3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/okB8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wCSt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d8rT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/c7S3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Mryl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cLLD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/z8uu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PIJb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/am4g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UvT0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/63g2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rgjQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bpGA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OYCZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DfZD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/weXn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ND7j" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d4Fi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rz1k" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NQUB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zPGo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/h1m1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UQpl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qisF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
   <dimension ref="A1:M72"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
@@ -2769,325 +2769,325 @@
       </c>
       <c r="I7" s="5" t="s">
         <v>54</v>
       </c>
       <c r="J7" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K7" s="5" t="s">
         <v>55</v>
       </c>
       <c r="L7" s="6" t="s">
         <v>56</v>
       </c>
       <c r="M7" s="5" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="5" t="s">
         <v>58</v>
       </c>
       <c r="B8" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C8" s="5" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D8" s="5" t="s">
-        <v>15</v>
-[...12 lines deleted...]
-        </is>
+        <v>16</v>
+      </c>
+      <c r="E8" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F8" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G8" s="5" t="s">
+        <v>26</v>
       </c>
       <c r="H8" s="5" t="s">
         <v>59</v>
       </c>
       <c r="I8" s="5" t="s">
         <v>60</v>
       </c>
       <c r="J8" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K8" s="5" t="s">
         <v>61</v>
       </c>
       <c r="L8" s="6" t="s">
         <v>62</v>
       </c>
       <c r="M8" s="5" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="5" t="s">
         <v>64</v>
       </c>
       <c r="B9" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C9" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D9" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E9" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F9" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G9" s="5" t="s">
-        <v>26</v>
+        <v>65</v>
       </c>
       <c r="H9" s="5" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="I9" s="5" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="J9" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K9" s="5" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="L9" s="6" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="M9" s="5" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="5" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="B10" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C10" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D10" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E10" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F10" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G10" s="5" t="s">
-        <v>71</v>
+        <v>65</v>
       </c>
       <c r="H10" s="5" t="s">
         <v>72</v>
       </c>
       <c r="I10" s="5" t="s">
         <v>73</v>
       </c>
       <c r="J10" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K10" s="5" t="s">
         <v>74</v>
       </c>
       <c r="L10" s="6" t="s">
         <v>75</v>
       </c>
       <c r="M10" s="5" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="5" t="s">
         <v>77</v>
       </c>
       <c r="B11" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C11" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D11" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E11" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F11" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G11" s="5" t="s">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H11" s="5" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="I11" s="5" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="J11" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K11" s="5" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="L11" s="6" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="M11" s="5" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="5" t="s">
-        <v>77</v>
+        <v>84</v>
       </c>
       <c r="B12" s="5" t="s">
-        <v>83</v>
+        <v>14</v>
       </c>
       <c r="C12" s="5" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D12" s="5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="E12" s="5" t="s">
-        <v>84</v>
-[...4 lines deleted...]
-      <c r="G12" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F12" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G12" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H12" s="5" t="s">
         <v>85</v>
       </c>
-      <c r="H12" s="5" t="s">
+      <c r="I12" s="5" t="s">
         <v>86</v>
-      </c>
-[...1 lines deleted...]
-        <v>87</v>
       </c>
       <c r="J12" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K12" s="5" t="s">
+        <v>87</v>
+      </c>
+      <c r="L12" s="6" t="s">
         <v>88</v>
       </c>
-      <c r="L12" s="6" t="s">
+      <c r="M12" s="5" t="s">
         <v>89</v>
-      </c>
-[...1 lines deleted...]
-        <v>90</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="5" t="s">
+        <v>90</v>
+      </c>
+      <c r="B13" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C13" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D13" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E13" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F13" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G13" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H13" s="5" t="s">
         <v>91</v>
       </c>
-      <c r="B13" s="5" t="s">
-[...16 lines deleted...]
-      <c r="G13" s="5" t="s">
+      <c r="I13" s="5" t="s">
         <v>92</v>
-      </c>
-[...4 lines deleted...]
-        <v>94</v>
       </c>
       <c r="J13" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K13" s="5" t="s">
+        <v>93</v>
+      </c>
+      <c r="L13" s="6" t="s">
+        <v>94</v>
+      </c>
+      <c r="M13" s="5" t="s">
         <v>95</v>
-      </c>
-[...4 lines deleted...]
-        <v>97</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="5" t="s">
+        <v>96</v>
+      </c>
+      <c r="B14" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C14" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D14" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E14" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F14" s="5" t="s">
+        <v>97</v>
+      </c>
+      <c r="G14" s="5" t="s">
         <v>98</v>
-      </c>
-[...20 lines deleted...]
-        </is>
       </c>
       <c r="H14" s="5" t="s">
         <v>99</v>
       </c>
       <c r="I14" s="5" t="s">
         <v>100</v>
       </c>
       <c r="J14" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K14" s="5" t="s">
         <v>101</v>
       </c>
       <c r="L14" s="6" t="s">
         <v>102</v>
       </c>
       <c r="M14" s="5" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="5" t="s">
         <v>104</v>
       </c>
       <c r="B15" s="5" t="s">
@@ -3125,2468 +3125,2468 @@
         <v>107</v>
       </c>
       <c r="L15" s="6" t="s">
         <v>108</v>
       </c>
       <c r="M15" s="5" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="5" t="s">
         <v>110</v>
       </c>
       <c r="B16" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C16" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D16" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E16" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F16" s="5" t="s">
-        <v>84</v>
+      <c r="F16" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G16" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="H16" s="5" t="s">
         <v>111</v>
       </c>
-      <c r="H16" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="I16" s="5"/>
       <c r="J16" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K16" s="5" t="s">
+        <v>112</v>
+      </c>
+      <c r="L16" s="6" t="s">
+        <v>113</v>
+      </c>
+      <c r="M16" s="5" t="s">
         <v>114</v>
-      </c>
-[...4 lines deleted...]
-        <v>116</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="5" t="s">
+        <v>115</v>
+      </c>
+      <c r="B17" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C17" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D17" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E17" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F17" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G17" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="H17" s="5" t="s">
+        <v>116</v>
+      </c>
+      <c r="I17" s="5" t="s">
         <v>117</v>
-      </c>
-[...26 lines deleted...]
-        <v>119</v>
       </c>
       <c r="J17" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K17" s="5" t="s">
+        <v>118</v>
+      </c>
+      <c r="L17" s="6" t="s">
+        <v>119</v>
+      </c>
+      <c r="M17" s="5" t="s">
         <v>120</v>
-      </c>
-[...4 lines deleted...]
-        <v>122</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="5" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="B18" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C18" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D18" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E18" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F18" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G18" s="5" t="s">
         <v>26</v>
       </c>
       <c r="H18" s="5" t="s">
-        <v>124</v>
-[...1 lines deleted...]
-      <c r="I18" s="5"/>
+        <v>122</v>
+      </c>
+      <c r="I18" s="5" t="s">
+        <v>123</v>
+      </c>
       <c r="J18" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K18" s="5" t="s">
+        <v>124</v>
+      </c>
+      <c r="L18" s="6" t="s">
         <v>125</v>
       </c>
-      <c r="L18" s="6" t="s">
+      <c r="M18" s="5" t="s">
         <v>126</v>
-      </c>
-[...1 lines deleted...]
-        <v>127</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="5" t="s">
+        <v>127</v>
+      </c>
+      <c r="B19" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C19" s="5" t="s">
         <v>128</v>
       </c>
-      <c r="B19" s="5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D19" s="5" t="s">
-        <v>16</v>
+        <v>129</v>
       </c>
       <c r="E19" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F19" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G19" s="5" t="s">
-        <v>26</v>
+        <v>130</v>
       </c>
       <c r="H19" s="5" t="s">
-        <v>129</v>
-[...3 lines deleted...]
-      </c>
+        <v>47</v>
+      </c>
+      <c r="I19" s="5"/>
       <c r="J19" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K19" s="5" t="s">
         <v>131</v>
       </c>
       <c r="L19" s="6" t="s">
         <v>132</v>
       </c>
       <c r="M19" s="5" t="s">
         <v>133</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="5" t="s">
         <v>134</v>
       </c>
       <c r="B20" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C20" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D20" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E20" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F20" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G20" s="5" t="s">
-        <v>26</v>
+        <v>135</v>
       </c>
       <c r="H20" s="5" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="I20" s="5" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="J20" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K20" s="5" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="L20" s="6" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="M20" s="5" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="5" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="B21" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C21" s="5" t="s">
-        <v>141</v>
+        <v>15</v>
       </c>
       <c r="D21" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E21" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F21" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G21" s="5" t="s">
         <v>142</v>
       </c>
-      <c r="E21" s="5" t="s">
-[...7 lines deleted...]
-      <c r="G21" s="5" t="s">
+      <c r="H21" s="5" t="s">
         <v>143</v>
       </c>
-      <c r="H21" s="5" t="s">
-[...2 lines deleted...]
-      <c r="I21" s="5"/>
+      <c r="I21" s="5" t="s">
+        <v>144</v>
+      </c>
       <c r="J21" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K21" s="5" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="L21" s="6" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="M21" s="5" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="5" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="B22" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C22" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D22" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E22" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F22" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G22" s="5" t="s">
-        <v>148</v>
+      <c r="G22" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H22" s="5" t="s">
         <v>149</v>
       </c>
       <c r="I22" s="5" t="s">
         <v>150</v>
       </c>
       <c r="J22" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K22" s="5" t="s">
         <v>151</v>
       </c>
       <c r="L22" s="6" t="s">
         <v>152</v>
       </c>
       <c r="M22" s="5" t="s">
         <v>153</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="5" t="s">
         <v>154</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C23" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D23" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E23" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F23" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F23" s="5" t="s">
+        <v>155</v>
       </c>
       <c r="G23" s="5" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="H23" s="5" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="I23" s="5" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="J23" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K23" s="5" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="L23" s="6" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="M23" s="5" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="5" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="B24" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C24" s="5" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D24" s="5" t="s">
-        <v>162</v>
-[...4 lines deleted...]
-        </is>
+        <v>16</v>
+      </c>
+      <c r="E24" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F24" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G24" s="5" t="s">
+      <c r="G24" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H24" s="5" t="s">
         <v>163</v>
       </c>
-      <c r="H24" s="5" t="s">
+      <c r="I24" s="5"/>
+      <c r="J24" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="K24" s="5" t="s">
         <v>164</v>
       </c>
-      <c r="I24" s="5" t="s">
+      <c r="L24" s="6" t="s">
         <v>165</v>
       </c>
-      <c r="J24" s="5" t="s">
+      <c r="M24" s="5" t="s">
         <v>166</v>
-      </c>
-[...7 lines deleted...]
-        <v>169</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="5" t="s">
-        <v>170</v>
+        <v>167</v>
       </c>
       <c r="B25" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C25" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D25" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E25" s="5" t="s">
-        <v>171</v>
-[...2 lines deleted...]
-        <v>84</v>
+        <v>17</v>
+      </c>
+      <c r="F25" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G25" s="5" t="s">
-        <v>172</v>
+        <v>168</v>
       </c>
       <c r="H25" s="5" t="s">
-        <v>173</v>
+        <v>169</v>
       </c>
       <c r="I25" s="5"/>
       <c r="J25" s="5" t="s">
-        <v>166</v>
+        <v>21</v>
       </c>
       <c r="K25" s="5" t="s">
-        <v>174</v>
+        <v>170</v>
       </c>
       <c r="L25" s="6" t="s">
-        <v>175</v>
+        <v>171</v>
       </c>
       <c r="M25" s="5" t="s">
-        <v>176</v>
+        <v>172</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="5" t="s">
-        <v>177</v>
+        <v>173</v>
       </c>
       <c r="B26" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C26" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D26" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E26" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F26" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G26" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G26" s="5" t="s">
+        <v>174</v>
       </c>
       <c r="H26" s="5" t="s">
-        <v>178</v>
+        <v>175</v>
       </c>
       <c r="I26" s="5" t="s">
-        <v>179</v>
+        <v>176</v>
       </c>
       <c r="J26" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K26" s="5" t="s">
-        <v>180</v>
+        <v>177</v>
       </c>
       <c r="L26" s="6" t="s">
-        <v>181</v>
+        <v>178</v>
       </c>
       <c r="M26" s="5" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="5" t="s">
-        <v>183</v>
+        <v>180</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C27" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D27" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E27" s="5" t="s">
-        <v>184</v>
+        <v>17</v>
       </c>
       <c r="F27" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G27" s="5" t="s">
         <v>26</v>
       </c>
       <c r="H27" s="5" t="s">
-        <v>185</v>
-[...1 lines deleted...]
-      <c r="I27" s="5"/>
+        <v>181</v>
+      </c>
+      <c r="I27" s="5" t="s">
+        <v>182</v>
+      </c>
       <c r="J27" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K27" s="5" t="s">
-        <v>186</v>
+        <v>183</v>
       </c>
       <c r="L27" s="6" t="s">
-        <v>187</v>
+        <v>184</v>
       </c>
       <c r="M27" s="5" t="s">
-        <v>188</v>
+        <v>185</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="5" t="s">
+        <v>186</v>
+      </c>
+      <c r="B28" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C28" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D28" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E28" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F28" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G28" s="5" t="s">
+        <v>187</v>
+      </c>
+      <c r="H28" s="5" t="s">
+        <v>188</v>
+      </c>
+      <c r="I28" s="5" t="s">
         <v>189</v>
-      </c>
-[...22 lines deleted...]
-        <v>193</v>
       </c>
       <c r="J28" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K28" s="5" t="s">
-        <v>194</v>
+        <v>190</v>
       </c>
       <c r="L28" s="6" t="s">
-        <v>195</v>
+        <v>191</v>
       </c>
       <c r="M28" s="5" t="s">
-        <v>196</v>
+        <v>192</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="5" t="s">
-        <v>197</v>
+        <v>193</v>
       </c>
       <c r="B29" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C29" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D29" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E29" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F29" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G29" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G29" s="5" t="s">
+        <v>194</v>
       </c>
       <c r="H29" s="5" t="s">
-        <v>198</v>
-[...1 lines deleted...]
-      <c r="I29" s="5"/>
+        <v>195</v>
+      </c>
+      <c r="I29" s="5" t="s">
+        <v>196</v>
+      </c>
       <c r="J29" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K29" s="5" t="s">
+        <v>197</v>
+      </c>
+      <c r="L29" s="6" t="s">
+        <v>198</v>
+      </c>
+      <c r="M29" s="5" t="s">
         <v>199</v>
-      </c>
-[...4 lines deleted...]
-        <v>201</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="5" t="s">
-        <v>202</v>
+        <v>200</v>
       </c>
       <c r="B30" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C30" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D30" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E30" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F30" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G30" s="5" t="s">
-        <v>203</v>
+        <v>26</v>
       </c>
       <c r="H30" s="5" t="s">
-        <v>204</v>
+        <v>201</v>
       </c>
       <c r="I30" s="5"/>
       <c r="J30" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K30" s="5" t="s">
-        <v>205</v>
+        <v>202</v>
       </c>
       <c r="L30" s="6" t="s">
-        <v>206</v>
+        <v>203</v>
       </c>
       <c r="M30" s="5" t="s">
-        <v>207</v>
+        <v>204</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="5" t="s">
-        <v>208</v>
+        <v>205</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C31" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D31" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E31" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F31" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G31" s="5" t="s">
-        <v>209</v>
+        <v>26</v>
       </c>
       <c r="H31" s="5" t="s">
-        <v>210</v>
-[...3 lines deleted...]
-      </c>
+        <v>206</v>
+      </c>
+      <c r="I31" s="5"/>
       <c r="J31" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K31" s="5" t="s">
-        <v>212</v>
+        <v>207</v>
       </c>
       <c r="L31" s="6" t="s">
-        <v>213</v>
+        <v>208</v>
       </c>
       <c r="M31" s="5" t="s">
-        <v>214</v>
+        <v>209</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="5" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
       <c r="B32" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C32" s="5" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D32" s="5" t="s">
-        <v>15</v>
-[...7 lines deleted...]
-        <v>17</v>
+        <v>16</v>
+      </c>
+      <c r="E32" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F32" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G32" s="5" t="s">
-        <v>215</v>
+        <v>26</v>
       </c>
       <c r="H32" s="5" t="s">
-        <v>216</v>
-[...3 lines deleted...]
-      </c>
+        <v>211</v>
+      </c>
+      <c r="I32" s="5"/>
       <c r="J32" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K32" s="5" t="s">
-        <v>218</v>
+        <v>212</v>
       </c>
       <c r="L32" s="6" t="s">
-        <v>219</v>
+        <v>213</v>
       </c>
       <c r="M32" s="5" t="s">
-        <v>220</v>
+        <v>214</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="5" t="s">
-        <v>221</v>
+        <v>215</v>
       </c>
       <c r="B33" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C33" s="5" t="s">
-        <v>222</v>
+        <v>15</v>
       </c>
       <c r="D33" s="5" t="s">
-        <v>15</v>
-[...4 lines deleted...]
-        </is>
+        <v>16</v>
+      </c>
+      <c r="E33" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F33" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G33" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G33" s="5" t="s">
+        <v>26</v>
       </c>
       <c r="H33" s="5" t="s">
-        <v>223</v>
+        <v>216</v>
       </c>
       <c r="I33" s="5" t="s">
-        <v>224</v>
+        <v>217</v>
       </c>
       <c r="J33" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K33" s="5" t="s">
-        <v>225</v>
+        <v>218</v>
       </c>
       <c r="L33" s="6" t="s">
-        <v>226</v>
+        <v>219</v>
       </c>
       <c r="M33" s="5" t="s">
-        <v>227</v>
+        <v>220</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="5" t="s">
+        <v>221</v>
+      </c>
+      <c r="B34" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C34" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D34" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E34" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F34" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G34" s="5" t="s">
+        <v>222</v>
+      </c>
+      <c r="H34" s="5" t="s">
+        <v>223</v>
+      </c>
+      <c r="I34" s="5" t="s">
+        <v>224</v>
+      </c>
+      <c r="J34" s="5" t="s">
+        <v>225</v>
+      </c>
+      <c r="K34" s="5" t="s">
+        <v>226</v>
+      </c>
+      <c r="L34" s="6" t="s">
+        <v>227</v>
+      </c>
+      <c r="M34" s="5" t="s">
         <v>228</v>
-      </c>
-[...36 lines deleted...]
-        <v>233</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="5" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C35" s="5" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D35" s="5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="E35" s="5" t="s">
-        <v>190</v>
-[...2 lines deleted...]
-        <v>26</v>
+        <v>17</v>
+      </c>
+      <c r="F35" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G35" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H35" s="5" t="s">
+        <v>230</v>
+      </c>
+      <c r="I35" s="5" t="s">
+        <v>231</v>
+      </c>
+      <c r="J35" s="5" t="s">
+        <v>232</v>
+      </c>
+      <c r="K35" s="5" t="s">
+        <v>233</v>
+      </c>
+      <c r="L35" s="6" t="s">
         <v>234</v>
       </c>
-      <c r="I35" s="5" t="s">
+      <c r="M35" s="5" t="s">
         <v>235</v>
-      </c>
-[...10 lines deleted...]
-        <v>238</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="5" t="s">
-        <v>239</v>
+        <v>236</v>
       </c>
       <c r="B36" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C36" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D36" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E36" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F36" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G36" s="5" t="s">
-        <v>240</v>
+      <c r="G36" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H36" s="5" t="s">
-        <v>241</v>
+        <v>237</v>
       </c>
       <c r="I36" s="5" t="s">
-        <v>242</v>
+        <v>238</v>
       </c>
       <c r="J36" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K36" s="5" t="s">
-        <v>243</v>
+        <v>239</v>
       </c>
       <c r="L36" s="6" t="s">
-        <v>244</v>
+        <v>240</v>
       </c>
       <c r="M36" s="5" t="s">
-        <v>245</v>
+        <v>241</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="5" t="s">
-        <v>246</v>
+        <v>242</v>
       </c>
       <c r="B37" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C37" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D37" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E37" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F37" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G37" s="5" t="s">
-        <v>247</v>
+        <v>243</v>
       </c>
       <c r="H37" s="5" t="s">
-        <v>248</v>
-[...3 lines deleted...]
-      </c>
+        <v>244</v>
+      </c>
+      <c r="I37" s="5"/>
       <c r="J37" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K37" s="5" t="s">
-        <v>250</v>
+        <v>245</v>
       </c>
       <c r="L37" s="6" t="s">
-        <v>251</v>
+        <v>246</v>
       </c>
       <c r="M37" s="5" t="s">
-        <v>252</v>
+        <v>247</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="5" t="s">
-        <v>253</v>
+        <v>248</v>
       </c>
       <c r="B38" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C38" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D38" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E38" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F38" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G38" s="5" t="s">
-        <v>26</v>
+        <v>249</v>
       </c>
       <c r="H38" s="5" t="s">
-        <v>254</v>
-[...1 lines deleted...]
-      <c r="I38" s="5"/>
+        <v>250</v>
+      </c>
+      <c r="I38" s="5" t="s">
+        <v>251</v>
+      </c>
       <c r="J38" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K38" s="5" t="s">
-        <v>255</v>
+        <v>252</v>
       </c>
       <c r="L38" s="6" t="s">
-        <v>256</v>
+        <v>253</v>
       </c>
       <c r="M38" s="5" t="s">
-        <v>257</v>
+        <v>254</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="5" t="s">
-        <v>258</v>
+        <v>255</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C39" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D39" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E39" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F39" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G39" s="5" t="s">
-        <v>26</v>
+        <v>256</v>
       </c>
       <c r="H39" s="5" t="s">
-        <v>259</v>
+        <v>257</v>
       </c>
       <c r="I39" s="5"/>
       <c r="J39" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K39" s="5" t="s">
+        <v>258</v>
+      </c>
+      <c r="L39" s="6" t="s">
+        <v>259</v>
+      </c>
+      <c r="M39" s="5" t="s">
         <v>260</v>
-      </c>
-[...4 lines deleted...]
-        <v>262</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="5" t="s">
+        <v>261</v>
+      </c>
+      <c r="B40" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C40" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D40" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E40" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F40" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G40" s="5" t="s">
+        <v>262</v>
+      </c>
+      <c r="H40" s="5" t="s">
+        <v>47</v>
+      </c>
+      <c r="I40" s="5" t="s">
         <v>263</v>
       </c>
-      <c r="B40" s="5" t="s">
-[...22 lines deleted...]
-      <c r="I40" s="5"/>
       <c r="J40" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K40" s="5" t="s">
         <v>264</v>
       </c>
       <c r="L40" s="6" t="s">
         <v>265</v>
       </c>
       <c r="M40" s="5" t="s">
         <v>266</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="5" t="s">
         <v>267</v>
       </c>
       <c r="B41" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C41" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D41" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E41" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F41" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G41" s="5" t="s">
-        <v>26</v>
+        <v>268</v>
       </c>
       <c r="H41" s="5" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="I41" s="5" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="J41" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K41" s="5" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="L41" s="6" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="M41" s="5" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="5" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
       <c r="B42" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C42" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D42" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E42" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F42" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G42" s="5" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="H42" s="5" t="s">
-        <v>275</v>
+        <v>211</v>
       </c>
       <c r="I42" s="5" t="s">
         <v>276</v>
       </c>
       <c r="J42" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="K42" s="5" t="s">
         <v>277</v>
       </c>
-      <c r="K42" s="5" t="s">
+      <c r="L42" s="6" t="s">
         <v>278</v>
       </c>
-      <c r="L42" s="6" t="s">
+      <c r="M42" s="5" t="s">
         <v>279</v>
-      </c>
-[...1 lines deleted...]
-        <v>280</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="5" t="s">
+        <v>280</v>
+      </c>
+      <c r="B43" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C43" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D43" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E43" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F43" s="5" t="s">
+        <v>97</v>
+      </c>
+      <c r="G43" s="5" t="s">
         <v>281</v>
-      </c>
-[...20 lines deleted...]
-        </is>
       </c>
       <c r="H43" s="5" t="s">
         <v>282</v>
       </c>
-      <c r="I43" s="5" t="s">
+      <c r="I43" s="5"/>
+      <c r="J43" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="K43" s="5" t="s">
         <v>283</v>
       </c>
-      <c r="J43" s="5" t="s">
+      <c r="L43" s="6" t="s">
         <v>284</v>
       </c>
-      <c r="K43" s="5" t="s">
+      <c r="M43" s="5" t="s">
         <v>285</v>
-      </c>
-[...4 lines deleted...]
-        <v>287</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="5" t="s">
+        <v>286</v>
+      </c>
+      <c r="B44" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C44" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D44" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E44" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F44" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G44" s="5" t="s">
+        <v>287</v>
+      </c>
+      <c r="H44" s="5" t="s">
         <v>288</v>
       </c>
-      <c r="B44" s="5" t="s">
-[...21 lines deleted...]
-      <c r="H44" s="5" t="s">
+      <c r="I44" s="5" t="s">
         <v>289</v>
-      </c>
-[...1 lines deleted...]
-        <v>290</v>
       </c>
       <c r="J44" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K44" s="5" t="s">
+        <v>290</v>
+      </c>
+      <c r="L44" s="6" t="s">
         <v>291</v>
       </c>
-      <c r="L44" s="6" t="s">
+      <c r="M44" s="5" t="s">
         <v>292</v>
-      </c>
-[...1 lines deleted...]
-        <v>293</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="5" t="s">
+        <v>293</v>
+      </c>
+      <c r="B45" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C45" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D45" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E45" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F45" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G45" s="5" t="s">
+        <v>281</v>
+      </c>
+      <c r="H45" s="5" t="s">
         <v>294</v>
       </c>
-      <c r="B45" s="5" t="s">
-[...16 lines deleted...]
-      <c r="G45" s="5" t="s">
+      <c r="I45" s="5" t="s">
         <v>295</v>
       </c>
-      <c r="H45" s="5" t="s">
-[...2 lines deleted...]
-      <c r="I45" s="5"/>
       <c r="J45" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K45" s="5" t="s">
+        <v>296</v>
+      </c>
+      <c r="L45" s="6" t="s">
         <v>297</v>
       </c>
-      <c r="L45" s="6" t="s">
+      <c r="M45" s="5" t="s">
         <v>298</v>
-      </c>
-[...1 lines deleted...]
-        <v>299</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="5" t="s">
+        <v>299</v>
+      </c>
+      <c r="B46" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C46" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D46" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E46" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F46" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G46" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="H46" s="5" t="s">
         <v>300</v>
       </c>
-      <c r="B46" s="5" t="s">
-[...16 lines deleted...]
-      <c r="G46" s="5" t="s">
+      <c r="I46" s="5" t="s">
         <v>301</v>
-      </c>
-[...4 lines deleted...]
-        <v>303</v>
       </c>
       <c r="J46" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K46" s="5" t="s">
+        <v>302</v>
+      </c>
+      <c r="L46" s="6" t="s">
+        <v>303</v>
+      </c>
+      <c r="M46" s="5" t="s">
         <v>304</v>
-      </c>
-[...4 lines deleted...]
-        <v>306</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="5" t="s">
+        <v>305</v>
+      </c>
+      <c r="B47" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C47" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D47" s="5" t="s">
+        <v>306</v>
+      </c>
+      <c r="E47" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F47" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G47" s="5" t="s">
         <v>307</v>
       </c>
-      <c r="B47" s="5" t="s">
-[...16 lines deleted...]
-      <c r="G47" s="5" t="s">
+      <c r="H47" s="5" t="s">
         <v>308</v>
       </c>
-      <c r="H47" s="5" t="s">
+      <c r="I47" s="5" t="s">
         <v>309</v>
       </c>
-      <c r="I47" s="5"/>
       <c r="J47" s="5" t="s">
-        <v>21</v>
+        <v>310</v>
       </c>
       <c r="K47" s="5" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="L47" s="6" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="M47" s="5" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="5" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="B48" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C48" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D48" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E48" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F48" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G48" s="5" t="s">
-        <v>314</v>
+      <c r="G48" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H48" s="5" t="s">
-        <v>47</v>
+        <v>315</v>
       </c>
       <c r="I48" s="5" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
       <c r="J48" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K48" s="5" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="L48" s="6" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="M48" s="5" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="5" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="B49" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C49" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D49" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E49" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F49" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G49" s="5" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="H49" s="5" t="s">
-        <v>162</v>
+        <v>322</v>
       </c>
       <c r="I49" s="5" t="s">
-        <v>321</v>
+        <v>323</v>
       </c>
       <c r="J49" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K49" s="5" t="s">
-        <v>322</v>
+        <v>324</v>
       </c>
       <c r="L49" s="6" t="s">
-        <v>323</v>
+        <v>325</v>
       </c>
       <c r="M49" s="5" t="s">
-        <v>324</v>
+        <v>326</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="5" t="s">
-        <v>325</v>
+        <v>320</v>
       </c>
       <c r="B50" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C50" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D50" s="5" t="s">
-        <v>16</v>
+        <v>306</v>
       </c>
       <c r="E50" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F50" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G50" s="5" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
       <c r="H50" s="5" t="s">
-        <v>185</v>
+        <v>328</v>
       </c>
       <c r="I50" s="5" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
       <c r="J50" s="5" t="s">
-        <v>21</v>
+        <v>310</v>
       </c>
       <c r="K50" s="5" t="s">
-        <v>328</v>
+        <v>330</v>
       </c>
       <c r="L50" s="6" t="s">
-        <v>329</v>
+        <v>331</v>
       </c>
       <c r="M50" s="5" t="s">
-        <v>330</v>
+        <v>332</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="5" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
       <c r="B51" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C51" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D51" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E51" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F51" s="5" t="s">
-        <v>84</v>
+      <c r="F51" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G51" s="5" t="s">
-        <v>332</v>
+        <v>307</v>
       </c>
       <c r="H51" s="5" t="s">
-        <v>333</v>
-[...1 lines deleted...]
-      <c r="I51" s="5"/>
+        <v>306</v>
+      </c>
+      <c r="I51" s="5" t="s">
+        <v>334</v>
+      </c>
       <c r="J51" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K51" s="5" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="L51" s="6" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
       <c r="M51" s="5" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="5" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="B52" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C52" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D52" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E52" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F52" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G52" s="5" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="H52" s="5" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="I52" s="5" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="J52" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K52" s="5" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="L52" s="6" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="M52" s="5" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="5" t="s">
-        <v>344</v>
+        <v>338</v>
       </c>
       <c r="B53" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C53" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D53" s="5" t="s">
-        <v>16</v>
+        <v>306</v>
       </c>
       <c r="E53" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F53" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G53" s="5" t="s">
-        <v>332</v>
+        <v>345</v>
       </c>
       <c r="H53" s="5" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="I53" s="5" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="J53" s="5" t="s">
-        <v>21</v>
+        <v>310</v>
       </c>
       <c r="K53" s="5" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
       <c r="L53" s="6" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="M53" s="5" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="5" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
       <c r="B54" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C54" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D54" s="5" t="s">
-        <v>16</v>
+        <v>306</v>
       </c>
       <c r="E54" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F54" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G54" s="5" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="H54" s="5" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="I54" s="5" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="J54" s="5" t="s">
-        <v>21</v>
+        <v>310</v>
       </c>
       <c r="K54" s="5" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
       <c r="L54" s="6" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="M54" s="5" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="5" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="B55" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C55" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D55" s="5" t="s">
-        <v>357</v>
+        <v>269</v>
       </c>
       <c r="E55" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F55" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G55" s="5" t="s">
+      <c r="G55" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H55" s="5" t="s">
         <v>358</v>
       </c>
-      <c r="H55" s="5" t="s">
+      <c r="I55" s="5" t="s">
         <v>359</v>
       </c>
-      <c r="I55" s="5" t="s">
+      <c r="J55" s="5" t="s">
         <v>360</v>
-      </c>
-[...1 lines deleted...]
-        <v>166</v>
       </c>
       <c r="K55" s="5" t="s">
         <v>361</v>
       </c>
       <c r="L55" s="6" t="s">
         <v>362</v>
       </c>
       <c r="M55" s="5" t="s">
         <v>363</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="5" t="s">
         <v>364</v>
       </c>
       <c r="B56" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C56" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D56" s="5" t="s">
-        <v>16</v>
+        <v>365</v>
       </c>
       <c r="E56" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F56" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F56" s="5" t="s">
+        <v>366</v>
       </c>
       <c r="G56" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H56" s="5" t="s">
-        <v>365</v>
+        <v>367</v>
       </c>
       <c r="I56" s="5" t="s">
-        <v>366</v>
+        <v>368</v>
       </c>
       <c r="J56" s="5" t="s">
-        <v>21</v>
+        <v>369</v>
       </c>
       <c r="K56" s="5" t="s">
-        <v>367</v>
+        <v>370</v>
       </c>
       <c r="L56" s="6" t="s">
-        <v>368</v>
+        <v>371</v>
       </c>
       <c r="M56" s="5" t="s">
-        <v>369</v>
+        <v>372</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="5" t="s">
-        <v>370</v>
+        <v>373</v>
       </c>
       <c r="B57" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C57" s="5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D57" s="5" t="s">
-        <v>16</v>
-[...10 lines deleted...]
-        <v>371</v>
+        <v>15</v>
+      </c>
+      <c r="E57" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F57" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="G57" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H57" s="5" t="s">
-        <v>372</v>
+        <v>374</v>
       </c>
       <c r="I57" s="5" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
       <c r="J57" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K57" s="5" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="L57" s="6" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="M57" s="5" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="5" t="s">
-        <v>370</v>
+        <v>173</v>
       </c>
       <c r="B58" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C58" s="5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D58" s="5" t="s">
-        <v>357</v>
-[...7 lines deleted...]
-        </is>
+        <v>15</v>
+      </c>
+      <c r="E58" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F58" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="G58" s="5" t="s">
-        <v>377</v>
+        <v>379</v>
       </c>
       <c r="H58" s="5" t="s">
-        <v>378</v>
+        <v>380</v>
       </c>
       <c r="I58" s="5" t="s">
-        <v>379</v>
+        <v>381</v>
       </c>
       <c r="J58" s="5" t="s">
-        <v>166</v>
+        <v>21</v>
       </c>
       <c r="K58" s="5" t="s">
-        <v>380</v>
+        <v>382</v>
       </c>
       <c r="L58" s="6" t="s">
-        <v>381</v>
+        <v>383</v>
       </c>
       <c r="M58" s="5" t="s">
-        <v>382</v>
+        <v>384</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="5" t="s">
-        <v>383</v>
+        <v>385</v>
       </c>
       <c r="B59" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C59" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D59" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E59" s="5" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="F59" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G59" s="5" t="s">
-        <v>358</v>
+        <v>386</v>
       </c>
       <c r="H59" s="5" t="s">
-        <v>357</v>
+        <v>387</v>
       </c>
       <c r="I59" s="5" t="s">
-        <v>384</v>
+        <v>388</v>
       </c>
       <c r="J59" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K59" s="5" t="s">
-        <v>385</v>
+        <v>389</v>
       </c>
       <c r="L59" s="6" t="s">
-        <v>386</v>
+        <v>390</v>
       </c>
       <c r="M59" s="5" t="s">
-        <v>387</v>
+        <v>391</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="5" t="s">
-        <v>388</v>
+        <v>392</v>
       </c>
       <c r="B60" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C60" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D60" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E60" s="5" t="s">
-        <v>17</v>
+        <v>26</v>
       </c>
       <c r="F60" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G60" s="5" t="s">
-        <v>389</v>
+        <v>393</v>
       </c>
       <c r="H60" s="5" t="s">
-        <v>390</v>
-[...3 lines deleted...]
-      </c>
+        <v>394</v>
+      </c>
+      <c r="I60" s="5"/>
       <c r="J60" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K60" s="5" t="s">
-        <v>392</v>
+        <v>395</v>
       </c>
       <c r="L60" s="6" t="s">
-        <v>393</v>
+        <v>396</v>
       </c>
       <c r="M60" s="5" t="s">
-        <v>394</v>
+        <v>397</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="5" t="s">
-        <v>388</v>
+        <v>398</v>
       </c>
       <c r="B61" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C61" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D61" s="5" t="s">
-        <v>357</v>
+        <v>365</v>
       </c>
       <c r="E61" s="5" t="s">
-        <v>17</v>
-[...7 lines deleted...]
-        <v>395</v>
+        <v>26</v>
+      </c>
+      <c r="F61" s="5" t="s">
+        <v>366</v>
+      </c>
+      <c r="G61" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H61" s="5" t="s">
-        <v>396</v>
+        <v>269</v>
       </c>
       <c r="I61" s="5" t="s">
-        <v>397</v>
+        <v>399</v>
       </c>
       <c r="J61" s="5" t="s">
-        <v>166</v>
+        <v>369</v>
       </c>
       <c r="K61" s="5" t="s">
-        <v>398</v>
+        <v>400</v>
       </c>
       <c r="L61" s="6" t="s">
-        <v>399</v>
+        <v>401</v>
       </c>
       <c r="M61" s="5" t="s">
-        <v>400</v>
+        <v>402</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="5" t="s">
-        <v>401</v>
+        <v>403</v>
       </c>
       <c r="B62" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C62" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D62" s="5" t="s">
-        <v>162</v>
+        <v>269</v>
       </c>
       <c r="E62" s="5" t="s">
         <v>26</v>
       </c>
       <c r="F62" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G62" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H62" s="5" t="s">
-        <v>402</v>
+        <v>404</v>
       </c>
       <c r="I62" s="5" t="s">
-        <v>403</v>
+        <v>405</v>
       </c>
       <c r="J62" s="5" t="s">
-        <v>166</v>
+        <v>310</v>
       </c>
       <c r="K62" s="5" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="L62" s="6" t="s">
-        <v>405</v>
+        <v>407</v>
       </c>
       <c r="M62" s="5" t="s">
-        <v>406</v>
+        <v>408</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="5" t="s">
-        <v>407</v>
+        <v>409</v>
       </c>
       <c r="B63" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C63" s="5" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D63" s="5" t="s">
-        <v>15</v>
-[...6 lines deleted...]
-      <c r="F63" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E63" s="5" t="s">
+        <v>410</v>
+      </c>
+      <c r="F63" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G63" s="5" t="s">
         <v>26</v>
       </c>
-      <c r="G63" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="H63" s="5" t="s">
-        <v>409</v>
-[...3 lines deleted...]
-      </c>
+        <v>211</v>
+      </c>
+      <c r="I63" s="5"/>
       <c r="J63" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K63" s="5" t="s">
         <v>411</v>
       </c>
       <c r="L63" s="6" t="s">
         <v>412</v>
       </c>
       <c r="M63" s="5" t="s">
         <v>413</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="5" t="s">
+        <v>180</v>
+      </c>
+      <c r="B64" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C64" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D64" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E64" s="5" t="s">
+        <v>155</v>
+      </c>
+      <c r="F64" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="G64" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H64" s="5" t="s">
         <v>414</v>
       </c>
-      <c r="B64" s="5" t="s">
-[...16 lines deleted...]
-      <c r="G64" s="5" t="s">
+      <c r="I64" s="5" t="s">
         <v>415</v>
-      </c>
-[...4 lines deleted...]
-        <v>417</v>
       </c>
       <c r="J64" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K64" s="5" t="s">
+        <v>416</v>
+      </c>
+      <c r="L64" s="6" t="s">
+        <v>417</v>
+      </c>
+      <c r="M64" s="5" t="s">
         <v>418</v>
-      </c>
-[...4 lines deleted...]
-        <v>420</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="5" t="s">
+        <v>71</v>
+      </c>
+      <c r="B65" s="5" t="s">
+        <v>419</v>
+      </c>
+      <c r="C65" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D65" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E65" s="5" t="s">
+        <v>97</v>
+      </c>
+      <c r="F65" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="G65" s="5" t="s">
+        <v>420</v>
+      </c>
+      <c r="H65" s="5" t="s">
         <v>421</v>
       </c>
-      <c r="B65" s="5" t="s">
-[...16 lines deleted...]
-      <c r="G65" s="5" t="s">
+      <c r="I65" s="5" t="s">
         <v>422</v>
       </c>
-      <c r="H65" s="5" t="s">
-[...2 lines deleted...]
-      <c r="I65" s="5"/>
       <c r="J65" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K65" s="5" t="s">
+        <v>423</v>
+      </c>
+      <c r="L65" s="6" t="s">
         <v>424</v>
       </c>
-      <c r="L65" s="6" t="s">
+      <c r="M65" s="5" t="s">
         <v>425</v>
-      </c>
-[...1 lines deleted...]
-        <v>426</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="5" t="s">
+        <v>426</v>
+      </c>
+      <c r="B66" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C66" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D66" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E66" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F66" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="G66" s="5" t="s">
         <v>427</v>
       </c>
-      <c r="B66" s="5" t="s">
-[...18 lines deleted...]
-      <c r="G66" s="5" t="s">
+      <c r="H66" s="5" t="s">
         <v>428</v>
       </c>
-      <c r="H66" s="5" t="s">
+      <c r="I66" s="5" t="s">
         <v>429</v>
       </c>
-      <c r="I66" s="5" t="s">
+      <c r="J66" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="K66" s="5" t="s">
         <v>430</v>
       </c>
-      <c r="J66" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K66" s="5" t="s">
+      <c r="L66" s="6" t="s">
         <v>431</v>
       </c>
-      <c r="L66" s="6" t="s">
+      <c r="M66" s="5" t="s">
         <v>432</v>
-      </c>
-[...1 lines deleted...]
-        <v>433</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="5" t="s">
+        <v>433</v>
+      </c>
+      <c r="B67" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C67" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D67" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E67" s="5" t="s">
         <v>434</v>
       </c>
-      <c r="B67" s="5" t="s">
-[...14 lines deleted...]
-        </is>
+      <c r="F67" s="5" t="s">
+        <v>97</v>
       </c>
       <c r="G67" s="5" t="s">
-        <v>17</v>
+        <v>435</v>
       </c>
       <c r="H67" s="5" t="s">
-        <v>435</v>
-[...1 lines deleted...]
-      <c r="I67" s="5" t="s">
         <v>436</v>
       </c>
+      <c r="I67" s="5"/>
       <c r="J67" s="5" t="s">
-        <v>166</v>
+        <v>310</v>
       </c>
       <c r="K67" s="5" t="s">
         <v>437</v>
       </c>
       <c r="L67" s="6" t="s">
         <v>438</v>
       </c>
       <c r="M67" s="5" t="s">
         <v>439</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="5" t="s">
         <v>440</v>
       </c>
       <c r="B68" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C68" s="5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D68" s="5" t="s">
-        <v>162</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>269</v>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F68" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G68" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G68" s="5" t="s">
+        <v>441</v>
       </c>
       <c r="H68" s="5" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="I68" s="5" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="J68" s="5" t="s">
-        <v>443</v>
+        <v>310</v>
       </c>
       <c r="K68" s="5" t="s">
         <v>444</v>
       </c>
       <c r="L68" s="6" t="s">
         <v>445</v>
       </c>
       <c r="M68" s="5" t="s">
         <v>446</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="5" t="s">
         <v>447</v>
       </c>
       <c r="B69" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C69" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D69" s="5" t="s">
         <v>448</v>
       </c>
       <c r="E69" s="5" t="s">
-        <v>84</v>
+        <v>97</v>
       </c>
       <c r="F69" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G69" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H69" s="5" t="s">
         <v>449</v>
       </c>
       <c r="I69" s="5" t="s">
         <v>450</v>
       </c>
       <c r="J69" s="5" t="s">
-        <v>443</v>
+        <v>360</v>
       </c>
       <c r="K69" s="5" t="s">
         <v>451</v>
       </c>
       <c r="L69" s="6" t="s">
         <v>452</v>
       </c>
       <c r="M69" s="5" t="s">
         <v>453</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="5" t="s">
         <v>454</v>
       </c>
       <c r="B70" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C70" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D70" s="5" t="s">
         <v>455</v>
       </c>
       <c r="E70" s="5" t="s">
-        <v>84</v>
+        <v>97</v>
       </c>
       <c r="F70" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G70" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H70" s="5" t="s">
         <v>456</v>
       </c>
       <c r="I70" s="5" t="s">
         <v>457</v>
       </c>
       <c r="J70" s="5" t="s">
-        <v>443</v>
+        <v>360</v>
       </c>
       <c r="K70" s="5" t="s">
         <v>458</v>
       </c>
       <c r="L70" s="6" t="s">
         <v>459</v>
       </c>
       <c r="M70" s="5" t="s">
         <v>460</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="5" t="s">
         <v>461</v>
       </c>
       <c r="B71" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C71" s="5" t="s">
-        <v>15</v>
+        <v>462</v>
       </c>
       <c r="D71" s="5" t="s">
-        <v>462</v>
-[...4 lines deleted...]
-      <c r="F71" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E71" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F71" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G71" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H71" s="5" t="s">
         <v>463</v>
-      </c>
-[...6 lines deleted...]
-        <v>162</v>
       </c>
       <c r="I71" s="5" t="s">
         <v>464</v>
       </c>
       <c r="J71" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="K71" s="5" t="s">
         <v>465</v>
       </c>
-      <c r="K71" s="5" t="s">
+      <c r="L71" s="6" t="s">
         <v>466</v>
       </c>
-      <c r="L71" s="6" t="s">
+      <c r="M71" s="5" t="s">
         <v>467</v>
-      </c>
-[...1 lines deleted...]
-        <v>468</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="5" t="s">
+        <v>468</v>
+      </c>
+      <c r="B72" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C72" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D72" s="5" t="s">
+        <v>269</v>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F72" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G72" s="5" t="s">
         <v>469</v>
-      </c>
-[...18 lines deleted...]
-        </is>
       </c>
       <c r="H72" s="5" t="s">
         <v>470</v>
       </c>
       <c r="I72" s="5" t="s">
         <v>471</v>
       </c>
       <c r="J72" s="5" t="s">
-        <v>465</v>
+        <v>310</v>
       </c>
       <c r="K72" s="5" t="s">
         <v>472</v>
       </c>
       <c r="L72" s="6" t="s">
         <v>473</v>
       </c>
       <c r="M72" s="5" t="s">
         <v>474</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>