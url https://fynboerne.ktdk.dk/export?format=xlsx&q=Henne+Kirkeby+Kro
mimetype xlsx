--- v1 (2026-01-23)
+++ v2 (2026-03-11)
@@ -5,51 +5,51 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="839" uniqueCount="475" xml:space="preserve">
   <si>
-    <t>Datering</t>
+    <t>Datering/Værktitel</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
@@ -261,50 +261,84 @@
 Johan Larsen
 Axel Muus
 Karl Nordström</t>
   </si>
   <si>
     <t>Det er uvist, hvad "Tilstandene i Stockholm" går ud på.</t>
   </si>
   <si>
     <t>Johannes Larsen har gået en mil og kravlet 1000 alen på maven for at komme nær en stor flok svaner uden at forstyrre dem. Samme aften kommer Muus og en del jægere. Der bliver nok skudt nogle svaner, som Larsen kan gøre studier efter.
 Det var en morsom beretning om tilstandene i Stockholm i brevet fra Nordström.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/RFdo</t>
   </si>
   <si>
     <t>Kirkeby 10 Marts 1914.
 Kæreste Alhed!
 Det gaar bedre og bedre. I Dag havde jeg det Held at komme til 278 Svaner uden at forstyrre dem, men jeg maatte ogsaa gaa det meste af en Mil og krybe henved 1000 Al paa Maven. Det var anstrengende men det lønnede sig. Jeg malede et lille Billede med Svaner i Formiddags. I Aften kommer Muus og en Del andre Jægere, saa det er jo ikke godt at vide hvordan det gaar med Svanerne bag efter, men nogle Styk bliver her vel og maaske kommer der ny som ikke er skræmt. I hvert Fald har jeg benyttet Tiden saa jeg haaber at faa lavet nogle gode Billeder. Der bliver vel ogsaa skudt nogle Svaner saa jeg kan faa en at lave nogle Studier efter, saa det er baade ondt og godt at de (Jægerne) kommer. Tak for Brevet og Brevene i Dag. Det var da et voldsomt Brev fra Nordstrøm og en morsom Beretning om Tilstanden i Stockholm, der maa være yndigt for Tiden. Tusind Hilsner og Kys. Din
 Johannes Larsen
 PS.
 Jeg har 200 Kr. men hvis Du kan klare Dig vil det være mig en Beroligelse at have den foreløbig.
 Hils Drengene JL.
 Jeg har en af de ny Skjorter paa i dag Jeg er meget glad ved dem.</t>
   </si>
   <si>
+    <t>1914-03-12</t>
+  </si>
+  <si>
+    <t>Ludvig Dahlerup
+P Jørgensen 
+Adolph Larsen
+Andreas Larsen
+Johan Larsen
+Eiler Lehn Schiøler
+Ingeborg Rasmussen
+Jens Rasmussen
+Sigurd  Swane</t>
+  </si>
+  <si>
+    <t>Johannes Larsen var i foråret 1914 75 dage ved Filsø for at male. 
+Det er uklart, hvem Fru D er.
+Det fremgår af et andet brev, at Alhed Larsen og Christine Swane gik til franskundervisning hos en Fru Svendsen. 
+Det er uvist, hvilken auktion der er tale om og hvilken Larsen på Vesterbrogade, Alhed er inde på.</t>
+  </si>
+  <si>
+    <t>Alhed Larsen har været hos Jens Rasmussen i Odense, og hun har købt nyt tøj, så nu har hun næsten ikke flere penge. 
+Der er auktion de følgende to dage. Alhed spørger, om billederne skal sendes ind.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/am4g</t>
+  </si>
+  <si>
+    <t>Kæreste Larsi!
+Tak for Dit Brev i Dag, Du er rigtignok flink til at skrive til mig. Det er dejligt, at det gaar saa godt for Dig selvfølgelig faar Du nok lavet noget storartet deroppe. – Herhjemme gaar det ogsaa udmærket, jeg var i Odense i Gaar, kom til Overrettens, da de sad og spiste Frokost. – D.v.s. Han var i Kjbh. men hendes Bror var der. Hun var som sædvanlig meget sød og gik Ærinder i Byen med mig, da vi havde sludret en Timestid. – Du ved jeg købte den blaa Spadseredragt af Fru D. Trøje og Nederdel, dertil købte jeg en henrivende grøn Silkeblouse 16 Kr. 50, og en lille nydelig blaa Hat med skotskfarvet Silketøj 16 Kr. 75, saa Du kan stole paa, jeg har en nydelig helklædt Dragt nu. Det var jo maaske nok lidt letsindig, da der jo omtrent gik de sidste af dem [m’et overstreget] 100 jeg havde tilbage, Agraren fik 40, men til 1. April maa vi vel faa Galleriet. – Jeg kunde ikke holde mig selv ud med Ulster og Skindhue, nu Foraarssolen begyndte at skinne. – Det franske morer os meget, vi skal ud at have Time nu. – Gl. Købmand P. Jørgensen er død og begravet, jeg sendte en Krans. – I Morgen og Overmorgen er altsaa Auktionen gid den nu maa gaa godt, det maa blive svært for Dahlerup. – Skal Billederne og hvilke ? saa sendes ind til Larsen Vesterbrogade No ? saa beder jeg Swanes gaa ud at vælge. Sender Du ikke nogle af de nye? – Husker Du den Akvarel til Lehn-S.?
+1000 Hilsner fra os alle 3 Din
+A
+Torsdag Eft.</t>
+  </si>
+  <si>
     <t>1914-03-13</t>
   </si>
   <si>
     <t>Peter Fahrenholtz
 Hans J Holm
 Andreas Larsen
 Johan Larsen
 Andreas Madsen
 Axel Muus
 Arild Rosenkrantz
 Hans Rosenkrantz
 Palle Rosenkrantz</t>
   </si>
   <si>
     <t>Det er uvist, hvilken af de tre baroner Rosenkrantz, der deltog i jagten. 
 "et Expl. af Foreningen": Larsen hentyder formodentlig til St. St. Blichers Trækfuglene, som han illustrerede med træsnit for Dansk Radeerforening.</t>
   </si>
   <si>
     <t>Holm og Rosenkrantz har omdannet tre skudte svaner til lokkesvaner, og Johannes Larsen har malet dem, hvilket gav ham et fint overblik over størrelsesforhold. Han har også malet fuglehoveder. 
 Larsen har fundet et fotografiapparat i sin kuffert, og det må være Christines.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/mF5h</t>
   </si>
   <si>
@@ -351,50 +385,86 @@
   <si>
     <t>- Falk Jensen
 Johannes Madsen
 Axel Muus
 Karl Schou
 Sigurd  Swane</t>
   </si>
   <si>
     <t>Malmö: Den Baltiske Udstilling i Malmö 1914.</t>
   </si>
   <si>
     <t>Johannes Larsen har glemt at anmelde træsnittene til udstillingen, men Swane må gøre det. Han beder Alhed få (glarmester) Madsen til at hjælpe med de gamle rammer.
 Larsen kan evt. låne et billede med to gråænder til Malmö-udstillingen.
 Han har malet en studie af skudte svaner.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/QVYL</t>
   </si>
   <si>
     <t>Kirkeby 17 Marts 1914
 Kæreste Alhed!
 Her sidder en Mand der skal til Stationen, saa kan Du have dette i Mrg. Det var en sløj Telefonsamtale i Aftes og saa meget ærgerligere som jeg lige havde talt med Muus, saa tydeligt som stod han i Stuen ved Siden af. Jeg er kommen i Tanker om at jeg har glemt at anmelde Træsnittene, men da Swane er Ophænger vil jeg skrive og bede ham ordne det for mig. Du kan faa Madsen til at tage alle de gamle Rammer paa Loftet ned og lede de bedste ud og sætte Glas og Pap i. Du kan prøve en af dem og se hvormange der kan være i den, og saa regne ud hvor mange du behøver til hele Samlingen.
 Angående Malmö saa er der jo ogsaa det Billede af Falk Jensens med de 2 Graaænder, som maaske kunde laanes, Du kan lade Schou det vide. Det har blæst stærkt i Dag men jeg har siddet i Læ af Huset og malet en Studie af det og de skudte Svaner. Nu maa jeg slutte mange kærlige Hilsner
 Jeres heng.
 Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>Postkort</t>
+  </si>
+  <si>
+    <t>Kerteminde</t>
+  </si>
+  <si>
+    <t>Göteborg
+Henne Kirkeby</t>
+  </si>
+  <si>
+    <t>Johan Larsen
+Sigurd  Swane</t>
+  </si>
+  <si>
+    <t>Den Baltiske udstilling åbnede i maj 1914 i Malmö.</t>
+  </si>
+  <si>
+    <t>Alhed Larsen synes, at Johannes Larsen skal sende gåsebilledet til Den Frie. Hun spørger, om billedet med flaget har været vist i Göteborg?</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ND7j</t>
+  </si>
+  <si>
+    <t>Kæreste Lavsi, sikken en Møgtelefon.
+Jeg mente, om Du ikke, naar Du dog næppe faar Gaasebilledet med paa den baltiske, kunde d [bogstavet overstreget] sende det med her paa den frie. De 8 Billeder saa meget brogede ud sammen i Efterm. syntes jeg, Lysse med Dyrene er vist noget uroligt. Ligeledes syntes [t’et i ordet overstreget] Du skulde sende det sidste Graavejrslandskab og det lille Flag med. Jeg sendte det med over og bad dem indramme dem og har saa skreven til Swane, at Du vil sende Besked, om Du vil have dem med eller ej. Er det ikke 12 Du maa sende ind? - - - Har Flagene for Resten ikke været i Göteborg? kommer jeg i Tanker om. –
+I Hast 1000 Hilsner
+Din A.
+[På kortets anden side, fortrykt]:
+KORRESPONDANCEKORT.
+[Håndskrevet]:
+Hr. Kunstmaler Johs. Larsen
+Kirkeby Kro
+Henne St.
+Jylland.</t>
   </si>
   <si>
     <t>1914-03-18</t>
   </si>
   <si>
     <t>Leipzig
 Malundskrog, Kerteminde</t>
   </si>
   <si>
     <t>Ivar Bentsen
 Martin Haahr
 Andreas Larsen
 Johan Larsen
 Eiler Lehn Schiøler
 - Martinussen
 Sigurd Müller
 Kai Nielsen</t>
   </si>
   <si>
     <t>"dem til Lehn Schiøler": Eiler Lehn Schiøler hyrede Johannes Larsen til at lave illustrationer til et stort bogværk om fugle. Se Lehn Schiølers biografi.
 Det er uvist, hvilken udstilling i Leipzig, Larsen skulle deltage i.
 "Pengene fra Galleriet": Man kaldte på den tid, hvor brevet er skrevet, Statens museum for Kunst for Galleriet. Pengene er muligvis betaling for Larsens maleri Edderfugle ved Vesterrevet, Sprogø.
 Handlen med Martinussen er omtalt i tidligere breve. Den fandt sted i forbindelse med, at Larsen-familien fik bygget et nyt hus til den familie, som passede Svanemøllen ved Larsens hjem. det er uklart, hvem Martinussen var.</t>
   </si>
   <si>
@@ -468,53 +538,50 @@
   </si>
   <si>
     <t>Johannes Larsen sælger træsnit - formodentlig fra Steen St. Blichers Trækfuglene - til Kobberstiksamlingen, som Leo Swane er chef for.
 Esbjerg Kunstforening har tidligere henvendt sig vedr. udstilling af Larsens billeder fra Filsø.</t>
   </si>
   <si>
     <t>Johannes Larsen beder Alhed sende tegnepapir. 
 Johannes Larsen sælger træsnit til Kobberstiksamlingen via Leo Swane. Han har truffet aftale med Esbjerg Kunstforening om en udstilling.
 Larsen har malet et par billeder, men er ikke umiddelbart tilfreds.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/zE76</t>
   </si>
   <si>
     <t>Kirkeby 23 Marts 1914
 Kæreste Alhed!
 Tak for Pakken med Skrivepapir og Aquarelpapir, det kan blive helt morsomt at prøve hvordan det er. Men der var intet Tegnepapir, det Baronen sendte fra Italien det ligger paa mit Bord og Du maa sandelig sende mig noget. Jeg tror jeg glemte at skrive til Swane at de Træsnit skulle sættes til Salg, 150 kr. pr Samling. Hvis du skriver til ham, kan Du tilføje, - Ja det var det om Skriveswane og Kobberstiksamlingen men nu fik du dit jo i Telefonen jeg havde for Resten ventet at det var Jens Rasmussen, for det blev meldt for en Time siden at Odense vilde tale med mig og de plejer ellers altid at sige Kjerteminde. Jeg skal for Resten have skreven til ham, for han talte om at komme herop naar Jægerne var rejst. I Lørdags var her 2 Bestyrelsesmedlemmer fra Esbjerg Kunstforening en Dyrlæge og en Malermester og jeg lovede saa at udstille Billederne hos dem mod at de betalte Fragten herfra og til Esbjerg og leverede Billederne frit paa Esbjerg Banegaard efter Udstillingen som skal vare i 5 Dage. Jeg vil ikke sætte dem til Salg. Det Sidste lod til at berolige dem meget. De kom allerede om Frmdg, men heldigvis var jeg allerede stukken af med min Frokost i Lommen, ud i Klitterne og kom først hjem ved 6 Tiden med 2 Billeder. Desværre er der vist ikke meget ved det jeg laver , men jeg haaber jo stadig at det skal komme, men man kan jo ikke gøre andet til det end bestille noget og gøre saa godt man kan. Hvordan gaar det med de smaa Ænder, den har vel ikke begyndt at lægge Æg ? og Turtelduerne og de nye røde Duer ??
 Ja nu vil jeg holde op og se at faa Brevene hen til Posten og saa i Seng. 
 Mange Kys og kærlige Hilsner til jer alle Fire.
 Din Johannes Larsen.</t>
   </si>
   <si>
     <t>1914-03-29</t>
   </si>
   <si>
-    <t>Kerteminde</t>
-[...1 lines deleted...]
-  <si>
     <t>Romsø, Kerteminde
 Nørre Nebel
 Oksbøl</t>
   </si>
   <si>
     <t>Laurentius Allerup
 Andreas Larsen
 Johan Larsen
 Rasmus Petersen, Gartner
 Jeppe Aakjær</t>
   </si>
   <si>
     <t>Lysse må købe 2 tumlere (marsvin).
 Forhøjningen i haven: Larsen-familien fik 1913-1914 bygget et hus til Alheds mor på Strandvejen i Kerteminde. Også i senere breve fra Johannes Larsen til Alhed skriver han om højen i haven.</t>
   </si>
   <si>
     <t>Johannes Larsen har malet et billede af vejen ned til søen.
 Om aftenen skal JL i Nørre Nebel teater og se Jeppe Åkjærs "Når bønder elsker"
 JL har ansøgt byrådet om tilladelse til at flytte forhøjning i haven.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/GCQp</t>
   </si>
   <si>
     <t>Kirkeby 29 Marts 1914.
@@ -748,74 +815,174 @@
 Eiler Lehn Schiøler
 Christine  Mackie
 Rasmus Svop</t>
   </si>
   <si>
     <t>Johannes Larsen er ved Filsø for at male. 
 Du nåede vel ikke hjem til Stemning? Her menes afstemning.
 Kerteminde Dampsavværk var i 1918 ejet af Martin Kold og R. Svop. SIdstnævnte udtrådte på et tidspunkt i 1918.</t>
   </si>
   <si>
     <t>Det har været regnvejr, så Larsen har ikke kunnet male, men har sovet i stedet
 Lehn Schiøler skriver, at han beholder to af Johannes Larsens billeder og kan måske sælge et tredje. 
 Der er kommet et gældsbevis fra Birkerød Bank. 
 Gartneren må så græsplænen.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/1ASN</t>
   </si>
   <si>
     <t>Kirkeby Kro 22-4-1918.
 Kæreste Alhed!
 Ja Du naaede vel heller ikke hjem til Stemning? Jeg fik i Dag en kraftig Opfordring fra Kold &amp;amp; Svop om at Møde da det kneb men da Valget jo foregaar i Dag var det altsaa forsent. Forresten kunde jeg ikke have sat større til ved det, i Gaar regnede det hele Dagen som jeg saa benyttede til at hvile mig i, jeg gik i Seng da jeg havde spist til Middag og sov til Aftensmad Tid og gik saa i Seng igen. Jeg faar da sovet heroppe fra 8-7 hver Dag. De to skidt Billeder jeg har malet i Dag kunde jeg vist ogsaa godt have undværet, det har været et kedeligt Vejr med Blæst og delvis Støvregn, men det mildeste det har været endnu. Jeg sender et Brev jeg fik i Dag fra Lehn-Schiøler det kan maaske more Dig at læse det, han har beholdt de 2 Billeder og kan maaske sælge det Tredie. Her er ogsaa et Brev fra en Dame i Odense og Kvitteringen fra [ulæseligt] Sandholdt. Her kom ogsaa et Gældsbevis fra Christine som jeg nu returnerer til Birkerød Bank. Kan Du holde Gartneren til med Græsplænen saa den kan være saaede til jeg kommer hjem. Jeg synes der var noget mere men kan ikke komme i Tanker om det, men Du ringer vel op i Morgen Aften naar Du har faaet dette. 
 Mange Hilsner Din JL.</t>
   </si>
   <si>
+    <t>Forår 1920</t>
+  </si>
+  <si>
+    <t>Andreas Larsen</t>
+  </si>
+  <si>
+    <t>Henne Kirkeby
+Sjælland
+Rudkøbing
+5900 Nyborg
+Langegade 48, Kerteminde</t>
+  </si>
+  <si>
+    <t>- Alstrup
+- Brincher
+Victor Bøttern
+Johan Larsen
+Johannes Larsen
+Eiler Lehn Schiøler
+Frida Madsen
+Carl Petersen, arkitekt
+Franz Syberg
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Andreas Larsen er elev ved Birkerød Kostskole.
+Bagergården lå i Langegade 48, Kerteminde som nabo til Johannes Larsens barndomshjem, Købmandsgården. I.A. Larsen, Johannes Larsens far, ejede i mange år Bagergården, og Johannes Larsen arvede den. Victor Bøttern, som købte gården af Johannes Larsen, solgte den straks videre til installatør Claus Jørgen Reenvig (Historiske Huse i Kerteminde. Kerteminde Museum 1989, s. 195)
+Det vides ikke, hvem Klavs, som skal have fem kroner, er.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv</t>
+  </si>
+  <si>
+    <t>Alhed Larsen sender sønnen 10 kr. Hun vil gerne høre om den skriftlige eksamen.
+Alhed Larsen har haft en god tur til Langeland med sin mor. På tirsdag skal hun, Johannes Larsen, Lehn Schiøler og en svensk herre til Filsø. 
+Carl Petersen er på besøg for at tegne vaskehus og lokum. Larsen-parret har bestemt sig for toilet.
+Larsen-familien har solgt Bagergården.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/qisF</t>
+  </si>
+  <si>
+    <t>Kære søde Gamle!
+Jeg vover at lægge en 10er i dette Brev, vil du give Alstrup de 2 som Lysse laante af ham. Klavs skal have for 5 Frimærker og Resten maa Du selv have til lidt Tobak, Konditori eller Godter nu til Din strænge Examenstid. Du maa endelig lade høre flittig fra Dig og skriv saa snart Du ved noget om hvordan det skriftlige er gaaet. Jeg synes de Klader ser meget gode ud, af de tyske er Genfortællingen den bedste. Skriv saa om de andre. Sig til Trylle og Brincker at jeg glæder mig meget til at se dem her i Sommerferien. Jeg vedlægger 2 Frimærker, saa er det nemmere for Dig, jeg skal sende flere. – Du kan tro det var vellykket paa Langeland, vi havde et Par ganske dejlige Dage, Vejret var jo straalende, og alle Mennesker var saa søde mod os. Bedstemor har mange gamle Venner. – Paa Tirsdag kommer Lehn Schiøler og en svensk Herre. De overnatter her og Onsdag tager de, Jeres Far og mig med til Filsø; bare Vejret vil holde, men det maa man jo næsten ikke ønske, vi trænger saa frygtelig til Regn. Lysse havde rædsom Modvind paa Sjælland og kom først med Færgen Kl. 10 og tænk jeg var med samme Færge men paa 2den Kl, saa vi saa ikke hinanden, jeg tog med Toget fra Nyborg paa Gr. af Modvind, han var kommen da jeg kom herhjem, han var ikke træt men meget sulten men heldigvis havde Frida Steg og Abrikosgrød til Aften og vi fik Vin. Calle er her jo for at tegne Vaskehus og et nyt Lokum ovre i det aabne Skur, vi har bestemt i Formiddag, at det skal være W.C. det bliver fint. Skriv nu endelig saa vi har det inden vi rejser til Jylland, jeg skal nok skrive flittig til Dig, min søde Gamle. – Bøttern har købt Bagergaarden for 17000, saa nu er vi kommen af med 2 Ejendomme. De ny Elektrikere har igen købt den af ham. – Hav det nu rigtig godt søde Gamle og skriv snart og flittig. 1000 Hilsner fra Din Mor 
+Lysse og Din Far og Calle hilser</t>
+  </si>
+  <si>
+    <t>1920-03-15</t>
+  </si>
+  <si>
+    <t>Kirkeby</t>
+  </si>
+  <si>
+    <t>6800 Varde
+Henne Kirkeby Kro</t>
+  </si>
+  <si>
+    <t>Christian Bechsgaard
+Niels Bechsgaard 
+Marius Høi
+Martin Haahr
+Vagn Jacobsen
+Eiler Lehn Schiøler</t>
+  </si>
+  <si>
+    <t>Johannes Larsen blev hentet i bil i Henne. Bryggeren havde skudt 9 pibesvaner. Der er ca. 1000 på søen for tiden. De skal finde 2 anskudte svaner. Det har været håbløst p.gr.a. storm og regn.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/rz1k</t>
+  </si>
+  <si>
+    <t>Kirkeby 15-3-1920
+Kære Alhed!
+Jeg kom godt herop i Aftes. D.v.s. jeg maatte vente 2 Timer i Varde paa Gr. af at det var Søndag, til Gengæld blev jeg overrasket i Henne ved at blive hentet i en ny fin Bil som Bechsgaards havde anskaffet med Christian som Chauffør. Bryggeren var her og havde været heldig, de havde skudt 9 Pibesvaner og [tilføjet: og en Gaas] der skal være ca 1000 i Søen for Øjeblikket. Jeg glæder mig vældigt til at se dem. Det var Meningen at vi skulde have været ud i Morges for at se at faa fat i 2 anskudte der gik fra dem i Gaar, men det maatte opgives paa Gr. af Storm og Regn og Bryggeren kørte Kl 10. Det lykkedes mig at redde 3 til Schiøler foruden Hoveder af Resten og Brygger J. giver ham vist ogsaa 1 saa der bliver reddet 4. jeg skal hilse fra alle heroppe incl. Marius og Martin.
+Mange Hilsner 
+Din JL</t>
+  </si>
+  <si>
     <t>1920-03-23</t>
   </si>
   <si>
     <t>Martin Haahr
 Eiler Lehn Schiøler</t>
   </si>
   <si>
     <t>Johannes Larsen maler og går på jagt ved Henne Kirkeby og Filsø. Larsen arbejder også på illustrationer til Eiler Lehn Schiølers store bogværk om Danmark og Grønlands fugle.</t>
   </si>
   <si>
     <t>Johannes Larsen er på jagt ved Filsø. Jagten går nogenlunde, og JL har skudt en gås, men desværre er det meget tåget om morgenen, så det lykkes ikke JL at få malet et par akvarelskitser med morgensol.
 Lehn Schiøler er begejstret for billederne af pibesvanerne.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/eiWl</t>
   </si>
   <si>
     <t>Kirkeby Kro 23-3-20
 Kæreste Alhed!
 I Formiddag er Martin cyklet ned med en Gaas jeg skød i Søndags Aftes. Der er kommet en del Gæs i de senere Dage, saa jeg lod den hænge i Haab om at M og jeg skulde faa et Par til i Aftes, men det lykkedes ikke, der var ingen Træk. Det er et ganske henrivende Vejr her i Dag efter at Taagen ved 10 1/2 Tiden er forsvunden, stille varmt Solskin. Desværre har det været meget taaget om Mrg de sidste Dage. Jeg vilde gerne lave et Par Aquarelskitser med Morgensol, men det kommer vel. Jeg tænker mig at jeg rejser hjem paa Lørdag. Der var Brev fra Schiøler i Dag, han var meget begejstret over Pibesvanerne men det lader ikke til han kan komme hjemme fra før efter Paaske, da de har Konfirmation. 
 Skriv lidt til mig det er saa dyrt at telefonere. 
 Mange kærlige Hilsner 
 Din 
 Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1920-03-25</t>
+  </si>
+  <si>
+    <t>Henne Kirkeby Kr</t>
+  </si>
+  <si>
+    <t>Martin Haahr</t>
+  </si>
+  <si>
+    <t>Johannes Larsen bestemmer sig for at rejse hjem fra Filsø, da han kun har skudt en enkelt gås den forrige dag, og vejret er dårligt.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/DfZD</t>
+  </si>
+  <si>
+    <t>Kirkeby Kro 25-3-1920
+Kæreste Alhed
+Tusind Tak for det lange Brev. Jeg skød en Gaas i Aftes men det var for mørkt til at finde den. Martin og jeg har hentet den i Formiddag, det er et væmmeligt Vejr Blæst og Regn. Jeg tænker at rejse hjem Lørdag. Mange Hilsner 
+Din 
+JL.</t>
   </si>
   <si>
     <t>1920-05-04</t>
   </si>
   <si>
     <t>Birkerød</t>
   </si>
   <si>
     <t>Odense
 Birkerød</t>
   </si>
   <si>
     <t>William O.Henry</t>
   </si>
   <si>
     <t>Larsen-familiens drenge gik på Kostskole i Birkerød. 
 O.Henrys bog Ren Forretning udkom i 1920. 
 Peter er Larsen-familiens hund.</t>
   </si>
   <si>
     <t>Johannes Larsen er ved Filsø og beder Alhed Larsen sende aviser, så han kan følge en bestemt historie, der bringes over flere dage.
 Han beder om mange breve fra hende, mens hun er på besøg hos drengene i Birkerød - og et telefonopkald, hvis svanen lægger æg inden hendes afrejse.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/RhDq</t>
@@ -892,78 +1059,183 @@
 Andreas Larsen
 Johan Larsen
 Eiler Lehn Schiøler
 Niels Dines Wangberg</t>
   </si>
   <si>
     <t>Alhed Larsen er formodentlig i Birkerød, hvor hendes drenge var på kostskole. Puf/Andreas havde fødselsdag 12. maj.</t>
   </si>
   <si>
     <t>Det er endelig blevet bedre vejr, og Schiøler og Godske Nielsen er på vej til Filsø. Johannes Larsen maler er billede med Viber og håber at nå et mere denne dag.
 JL har ikke hørt noget fra Lysse om skovduerne - og hvordan går det med svanerne hjemme i Kerteminde?</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/5WId</t>
   </si>
   <si>
     <t>Kirkeby d. 11 Maj 1920.
 Kæreste Alhed!
 Tusind Tak for det lange Brev. Du kan tro jeg blev glad da jeg kom hjem og saa at der laa Brev fra Dig i Dag igen. Der var ogsaa Brev fra Schiøler som skriver at han kører hjemme fra i Dag til Aarhus derfra til Silkeborg hvor han besøger Godske Nielsen, der gerne vil med herud. Han mener saa at de kan være her Torsdag Aften. Endelig i Dag er det da blevet menneskeligt Vejr. Det var nok koldt i Mrgs, men op ad Formdg stillede det af samtidig med at det klarede. Jeg var ude og malede et lille Billede med Viber og jeg haaber at faa malet et til i Eftermdg. Bare jeg nu kunde faa noget ordentlig Vejr i nogle Dage saa jeg kan komme i Gang, det har været til at fortvivle over hidtil, det er aldrig hændt mig før, at jeg i en hel Uge ikke har kunnet male ude paa Gr. af Vejret. 
 Jeg kan ikke forstaa at Du kun har faaet et Brev fra mig, jeg skrev til Dig den første Frmdg jeg var her og dette er altsaa det 4de Brev jeg skriver og jeg har faaet 3 fra Dig med det i Dag. Jeg synes 70 Kr. er en høj Betaling, men vi maa vel give ham det. Jeg skriver saa til Wangberg. Jeg har ikke hørt eller læst noget af Lysse om Skovduer. Hører Du noget hjemme fra om Svanerne? Hils de andre. Mon de Breve jeg skrev i Gaar kommer i Dag eller i Mrg. Hvis Du faar dette i Mrg kan Du jo gratulere Puf en Gang til. Mange kærlige
 Hilsner 
 Din 
 Johannes Larsen.</t>
   </si>
   <si>
+    <t>Aarhus
+Henne Kirkeby</t>
+  </si>
+  <si>
+    <t>Christian Caspersen
+Grethe Jungstedt
+Andreas Larsen
+Johan Larsen
+Eiler Lehn Schiøler
+Ellen Dorothea Lehn Schiøler
+Frida Madsen</t>
+  </si>
+  <si>
+    <t>Grethe Sawyer blev i 1920 gift med den svenske maler Kurt Jungstedt. 
+På hjørnegrunden af Rådhuspladsen og Vesterbrogade lå frem til 1934 Centralhotellet. I hotellets stueetage fandtes Café Paraplyen, som havde fået navn efter den store parasol, som var opsat på facaden til brug for udendørs servering. Raadhuspladsen.dk (lokaliseret nov. 2021)</t>
+  </si>
+  <si>
+    <t>Alhed Larsen er sammen med Grethe Sawyer, som skal rejse til Stockholm.
+Svanerne slås derhjemme. Johannes Larsen må tale med Frida i telefonen om, hvad hun skal gøre. 
+Alhed har været syg i maven, og nu har hun blærer på læberne og kan næsten ikke vise sig offentligt.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/UvT0</t>
+  </si>
+  <si>
+    <t>[Resterne af en kuvert med poststempel. Herpå står]:
+Maleren Johs. Larsen
+p.t. Kirkeby Kro
+Jylland Henne St
+Kæreste Lavsi!
+Jeg sidder i Paraplyen med Grethe Sawyer, der rejser til Stockholm i Morgen, jeg har været hos Max. Nu tager jeg ind med 3 Toget og spadserer med Drengene i det dejlige Vejr. – De har ringet fra Kerteminde at Svanerne slaas saa det bløder. Jeg har bedt Agraren se til dem. Hvis Du mener der er noget at gøre, om f.Ex. Hansvanen maa lukkes inde, saa skriv selv til Frida. Du kunde jo ogsaa sende hende et Telegram om at ringe Henne 4 op paa en bestemt Tid, saa kan Du selv høre Besked og instruere hende. – Du skriver da endelig til lille Gamle, eller rettere har skreven, men Du kunde da sende et Telegram, hvis Du ikke har skreven. Det er en Fandens Pen. – Her er Børnehjælpsdag og en forf. Tumult, her er rædsomt. – Desværre har min Mave været saa skidt og nu har jeg faaet 2 mægtige Blamaser paa Læberne, jeg ser farlig ud, det er væmmeligt at rende rundt med, jeg vilde gærne til Lehn Schiølers, men kan næsten ikke vise mig for nogen. - - I Morgen rejser [ulæseligt] fra Aarhus, jeg har lige siddet og skreven til Kaptajnen paa Skibet om at tage sig af hende.
+Masser af Hilsner! Det er dejligt vi nu har faaet godt Vejr.
+11-5-20 Din Alhed</t>
+  </si>
+  <si>
+    <t>1920-05-12</t>
+  </si>
+  <si>
+    <t>Alhed Larsen
+Andreas Larsen</t>
+  </si>
+  <si>
+    <t>Leif Berg
+Wilhelmine Berg
+Alhed Marie Brønsted
+- Dorf-Petersen
+Alhed Larsen
+Johan Larsen
+- Leerbech
+Ernst Mentze
+- Skipper</t>
+  </si>
+  <si>
+    <t>Johannes Larsen er i Henne Kirkeby, og Alhed er hos sine sønner, som er elever på Birkerød Kostskole. Alhed går til sangtimer.</t>
+  </si>
+  <si>
+    <t>Brev 1: Puf fortæller, at han har givet lagkage til klassen, og at latintimen var aflyst.
+Brev 2: Alhed Larsen bliver rost for sin sang. Andreas har fødselsdag og sidste skoledag, så de skal ud at spise samt have gæster. Hun vil købe færdigsyet tøj i Magasinet til sønnen. Drengene har snart ferie, men der er en engelskeksamen først.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/UQpl</t>
+  </si>
+  <si>
+    <t>Kære Far!
+Tak for de dejlige Fotografier, du kan tro jeg er glad ved dem. Vi staar og skal over at drikke Chokolade paa Konditoriet. Mor, Mence, Lysse og jeg. I sidste Time i dag gav jeg Lagkage i Klassen. Vi skulde have haft Latin med Skipper, men det blev der selvfølgelig ikke noget af. At vi iaften skal hen paa Kroen har Mor jo skrevet om. Tak for dit Brev! Det kom i dag til Frokost. Mange Hilsner fra Puf.
+Kæreste Lavsi!
+Tak for Dit Brev i Dag. Ja det er aabenbart en langsom Postgang, naar det Brev, jeg lagde i Postkassen Fredag tidlig Eftermiddag i Kjbn, først naade Dig Mandag, og det Du skrev i Forgaars, fik jeg først i Dag. – Jeg har været inde at synge til Morgen, jeg bliver saa vældig rost denne Gang, det er en stor Fornøjelse. Hun sagde i Dag, at det var rigtignok godt, at vi ikke havde opgivet det, for nu var det sikkert, at jeg vilde faa meget Fornøjelse af det. Hvert Øjeblik siger hun ”pænt Alhed”, og ”kan Du høre Du har en nydelig Stemme”. Hun gennemgaar smukke Sange med mig. – I Dag er det altsaa lille Gamles Fødselsdag jeg skal hen nu om lidt at dække Gavebord til han er færdig med Skolen. Det er hans sidste Skoledag i Dag saa det er en dobbelt Festdag. – De har faaet fri til at spise Bøf med mig paa Kroen, og bagefter skal et Par af Kammeraterne herhen til Adr. til Kaffe og et Glas Vin, jeg har købt Rhinskvin hos Dorf-Petersen.
+Det er kedeligt, at Vejret bliver ved at være saa daarligt deroppe, her har det været rigtig yndigt de sidste Dage. – Jeg tænker jeg paa Fredag kan faa den Gamle med ind at bestille sort Tøj. Jeg har næsten mest Lyst til at prøve færdigsyet i Magasinet. Tante Mis sagde her i Lørdags, at Leerbech, som altid har syt til Leif, ofter [r’et overstreget] er uheldig, men at det færdigsyte fra Magasinet, der blev rettet lidt til, sad fortrinligt og at Leif ogsaa er meget bred. Og saa er det meget billigere. Lysse faar Paaske [ordet overstreget] Pinseferie paa Tirsdag, saa følger jeg med dem hjem. Gamle skal læse. Bare det nu maa gaa ham godt, det gamle Skind, han skal have engelsk Prøvestil i Dag. – Nej, jeg hørte ikke Nattergalen, skønt jeg lyttede meget efter. Det er løjerligt med de Svaner der slaas Lomme skrev om det i Gaar men nu haaber jeg Du selv har sat Dig i Forbindelse med dem hjemme, hvis Du mener der er noget at gøre. Lomme skrev ogsaa, at Paafuglen ”var med Æg”, det maa vel betyde, at den har lagt. – Nu faar Du ikke mere. Mange Hilsner fra Din Alhed.</t>
+  </si>
+  <si>
     <t>1920-05-14</t>
   </si>
   <si>
     <t>- Godske-Nielsen
 Andreas Larsen
 Johan Larsen
 Eiler Lehn Schiøler
 Christine  Mackie
 Elisabeth Mackie</t>
   </si>
   <si>
     <t>Alhed Larsen er i Birkerød hos familien samt hos drengene, som er på Birkerød Kostskole. 
 Svanen hjemme på Møllebakken i Kerteminde ligger på reden, men der er ingen æg i den. Dette fremgår af brev fra Alhed 13. maj 1919. Pigerne på Møllebakken har skrevet det til hende.</t>
   </si>
   <si>
     <t>Det er kedeligt med svanerne, men Alhed Larsen må lade dem være i fred. Johannes Larsen er på jagt med vennerne Godske-Nielsen og Schiøler.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/HV4d</t>
   </si>
   <si>
     <t>Kirkeby 14 Maj 1920.
 Kæreste Alhed.
 I Hast, Tak for Dine 2 Breve jeg fik i Dag. Det er noget kedeligt noget med Svanerne, jeg ved ikke noget at gøre end at lade dem være i Fred til vi kommer hjem, og det kan jo vare længe for mit vedkommende. Schiøler og Godske-Nielsen kom i Gaar, vi har været ude til Mrg. og er nu hjemme for at styrke os med en Kop Kaffe, skal saa ud igen. G.N. rejser i Aften. Det er bedre Vejr i Dag d.v.s. ikke koldt men blæsende. Jeg er meget ked af det med Svanerne. Mange kærlige Hilsner til Jer alle 3 og Chr og Putte.
 Din 
 Johannes Larsen.</t>
   </si>
   <si>
+    <t>Niels Bechsgaard 
+- Brincher
+Peter Oluf Brønsted
+Christian Caspersen
+Andreas Larsen
+Johan Larsen
+Ellen Dorothea Lehn Schiøler
+Christine  Mackie</t>
+  </si>
+  <si>
+    <t>Johannes Larsen er i Henne Kirkeby. Alhed er hos sine sønner i Birkerød, hvor de er på kostskole. Hun går desuden til sangtimer. 
+Det er uvist, hvem Klavs er.</t>
+  </si>
+  <si>
+    <t>Alhed vil besøge Fru Lehn Schiøler, men ser stadig slem ud med sår på læben. Hun skal til sangtime også.
+Andreas slider med lektier og eksamener, og der er ikke tid til at se på nyt tøj til ham. Drengene har fået hver sit værelse. 
+Alhed Larsen skal hjælpe søsteren Christine med at så græs.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/weXn</t>
+  </si>
+  <si>
+    <t>[På kuverten]:
+Maleren Johs. Larsen
+p.t. Kirkeby Kro
+Henne St.
+Jylland
+[Poststemplet]:
+Birkerød 14.5.20 [ulæseligt klokkeslæt]
+[Brevet]:
+Kæreste Lavsi!
+Hvor er det dog dejligt, at Vejret nu er saa fint, og det er jo meget smukt Vejr at se paa med Skyer og skiftende Belysninger. Det var kedeligt Hr. L. Sch. Ikke kom, da Vejret var saa slemt. Jeg vil ud at hilse paa hans Kone, hun har ikke været i Byen i disse Dage og jeg ser ogsaa saa rædsom ud endnu med de to store Saar paa Læben. I Morgen skal jeg ind at have Time, men da har jeg lovet at komme til Max. Gamle slider vældig i det, vi kan ikke komme ind om Tøj før paa Mandag, da han har Prøvestil hver Dag i denne Uge. Han og Lysse har indrettet det saadan, at de har faaet hver sit Værelse nu i Examenstiden for at Gamle kan læse i Fred. Jeg havde ham og Klavs og Brincher til Chokolade paa Konditoriet før efter endt dansk Prøvestil i Flyvning og dens Betydning. Lille Peter ligger af noget Forkølelse med Feber, Lysse og jeg skal ned at se til ham nu i Skovinspektionen. Naar jeg kommer hjem, skal jeg hjælpe Chr. at saa Græsplæne. Hils Hr. L.S. og Bechgaards og masser af Hilsner til Dig selv
+Din Alhed</t>
+  </si>
+  <si>
     <t>1920-05-17</t>
   </si>
   <si>
     <t>Henne Kirkeby
 Vesterhavsvej 327, 6830 Nørre Nebel</t>
   </si>
   <si>
     <t>Martin Haahr
 Andreas Larsen
 Eiler Lehn Schiøler</t>
   </si>
   <si>
     <t>Johannes Larsens svaner (indkøbt i Hamburg Zoo) har ligget på en rede uden æg nogen tid.</t>
   </si>
   <si>
     <t>Johannes Larsen er på tur til Nymindegab og derefter på jagt efter kobbersnepper. Vejret er godt, og han har travlt med at male, så han kan komme hjem til Kerteminde igen.
 JL glæder sig over sønnen Pufs ihærdighed i skolen - venter også på Alhed Larsens opringning vedr. svanerne.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/dn3Q</t>
   </si>
   <si>
     <t>Kirkeby d. 17 Maj 1920.
 Kæreste Alhed!
 Jeg sender dette til Kjerteminde, da jeg er bange for at det ikke naar Dig i Birkerød. Vi havde en dejlig Tur til [Nymin]degab i Forgaars. Schiøler, Martin og jeg gik ud gennem Klitterne til Havet og langs Stranden dertil spiste i Kroen, gik paa Jagt efter Kobbersnepper og kørte med Jensen hjem. I Gaar var det godt Vejr og jeg fik malet paa et stort Billede som jeg haaber at faa færdigt i Dag, da det er stille og dejligt Vejr. Saa tager Martin ud med S. Du ringer mig vel op fra Kjrtmnde mellem 7-8 og fortæller om Svanerne. Det er morsomt at Puf hænger saadan i, det skal nok gaa ham godt. Naar nu bare Vejret vil holde nogle Dage skal jeg skal jeg nok faa malet en hel Del saa jeg snart kommer hjem. Mange kærlige Hilsner 
@@ -1021,53 +1293,50 @@
 Johannes Larsen.</t>
   </si>
   <si>
     <t>1920-05-31</t>
   </si>
   <si>
     <t>Peter Fahrenholtz</t>
   </si>
   <si>
     <t>Johannes Larsen modtager farve fra Fahrenholtz.
 Han spænder lærred op på blendrammer og maler flittigt. Han har travlt med at blive færdig, så han kan komme hjem.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/bBBa</t>
   </si>
   <si>
     <t>Kirkeby 31 Maj 1920.
 Kæreste Alhed!
 Jeg fik Farve fra Fahrenholtz i Gaar og i Frmdg har jeg faaet spændt et stort Lærred op, som jeg nu lægger om, jeg tænker saa jeg kan komme ud paa Stedet med det i Eftrmdg eller i Mrg. og faa det malet færdig, da jeg ved hvordan jeg vil have det til at se ud. Jeg malede et Billede i Gaar Eftermiddags paa et af de Lærreder der stod her. Jeg har fundet 2 mindre Blendrammer saa jeg behøver ikke at være arbejdsløs mens jeg maler det store. Saasnart jeg har klaret det store skal jeg ringe naar jeg kommer jeg længes vældigt. Mange 
 Hilsner 
 Din 
 JL.</t>
   </si>
   <si>
     <t>1920-06-02</t>
-  </si>
-[...1 lines deleted...]
-    <t>Martin Haahr</t>
   </si>
   <si>
     <t>Det er nu lykkedes Johannes Larsen at få malet tre nye billeder siden ankomsten, Han håber senere på dagen at få det store billede ud at male videre på (hvis vejret ellers vil holde tørt), så han kan få det gjort færdigt</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/9q05</t>
   </si>
   <si>
     <t>Kirkeby 2 Juni 1920.
 Kæreste Alhed!
 Det var skønt Vejr til det store Billede i Gaar, men jeg fik malet et mindre ude i Klitterne saa jeg har nu lavet 3 foruden dem jeg havde med herover. I Dag blæser det knap saa meget men det har regnet en hel Del til Mrg, og stænker af og til endnu, jeg haaber dog paa at det vil blive saadan at jeg kan faa Billedet ud i Dag naar jeg faar Martin Haahr til at hjælpe mig, og hvis det lykkes vil jeg kunde gøre det færdigt i Mrg uden Hensyn til Vejret, saa jeg kan komme af Sted Fredag eller Lørdag. 
 Mange kærlige Hilsner 
 Din 
 JL.</t>
   </si>
   <si>
     <t>1922-03-16</t>
   </si>
   <si>
     <t>Alfred Eckardt</t>
   </si>
   <si>
     <t>Alfred Eckardt er JLs fætter.</t>
   </si>
   <si>
@@ -1297,53 +1566,50 @@
   <si>
     <t>Johannes og Alhed Larsen har aftalt, at Alhed skal komme og besøge ham i Henne Kirkeby, hvor han er på malerophold.</t>
   </si>
   <si>
     <t>Vejret er meget ustadigt, og Johannes Larsen kan derfor ikke male så meget udendørs, som han gerne vil. Han har travlt inden familiens ankomst.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/Eyxd</t>
   </si>
   <si>
     <t>Kirkeby 28-3-1922
 Kæreste Alhed!
 Det er et meget ustadigt Vejr, i Gaar var det Foraar og jeg malede et Billede om Formdg og da det regnede om Eftrmdg lagde jeg 3 af de største an og syntes at nu var jeg godt i Gang. Men i Dag blæser det fra Nord og fryser og er et ækelt surt Graavejr. Jeg var ude i Frmdgs med Skitsebogen men syntes det var for koldt og tegnede ingen Ting. Naa i Morgen kan det jo være godt Vejr igen. Jeg er vældigt glad for dit Brev i Gaar og jeg skal nok faa lavet noget til Du kommer. Mange kærlige Hilsener til Dig og Drengene og de andre.
 Din hengivne 
 JL.</t>
   </si>
   <si>
     <t>1922-03-29</t>
   </si>
   <si>
     <t>Henne Kirkeby, 6854 Henne
 Falkonerallé 5 København
 Birkerød</t>
   </si>
   <si>
-    <t>Andreas Larsen</t>
-[...1 lines deleted...]
-  <si>
     <t>Christine og Sigurd Swane flyttede ind i deres lejlighed på Falkoner Alle 5 i 1914. Alhed Larsen har været på besøg der og i Birkerød, mens Johannes Larsen maler i Henne Kirkeby.</t>
   </si>
   <si>
     <t>Det er fortsat meget koldt ved Filsø og vanskeligt at male udendørs.
 Alhed Larsen rejser fra drengene i Birkerød hjem til Kerteminde.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/9Wdn</t>
   </si>
   <si>
     <t>Kirkeby 29-3-1922.
 Kæreste Alhed!
 Tak for Dit lille Brev og Tak Puf for hans Bidrag. Jeg sender dette til Falkoneeralléen, da jeg er bange for at Du ikke naar at faa det hvis det gaar til Birkerød og det næste sender jeg altsaa til Kjerteminde. Det er en Hundekulde i Dag igen med Nordenblæst, men kønt klart Solskin. Jeg var ude en lille Tur i Frmdgs og gaar ud nu igen men det er for koldt at sidde og male, ja bliver det ved saadan maa jeg jo til det, men Vejret kan vel forbedre sig. Mange kærlige Hilsner og lykkelig Hjemrejse. Hils de andre.
 Din 
 JL.</t>
   </si>
   <si>
     <t>1922-03-31</t>
   </si>
   <si>
     <t>Filsø</t>
   </si>
   <si>
     <t>Johannes Larsen er på jagt- og maleophold i Henne Kirkeby.</t>
   </si>
@@ -1472,53 +1738,50 @@
   </si>
   <si>
     <t>1922-04-13</t>
   </si>
   <si>
     <t>Achton Friis</t>
   </si>
   <si>
     <t>Kerteminde
 København</t>
   </si>
   <si>
     <t>Achton Friis
 Claus Friis
 Martha Friis
 Johan Koch
 Alhed Larsen
 Johan Larsen
 Albert Naur
 -  Sinding</t>
   </si>
   <si>
     <t>Kæden formodes at skulle bruges i skibet Rylen, som er en Kerteminde fiskerbåd, der i årene 1921-25 fungerede som ekspeditionsskib for Johannes Larsen og Achton Friis, der sejlede rundt til de danske øer som under udarbejdelsen af bogværket De Danskes Øer. Bogværket udkom i tre bind i årene 1926-28.</t>
   </si>
   <si>
-    <t>Kerteminde Egns- og Byhistoriske Arkiv</t>
-[...1 lines deleted...]
-  <si>
     <t>Johannes Larsen er blevet en del forsinket i sit malerarbejde pga det dårlige vejr ved Filsø.
 Achton Friis skal komme på besøg hos Larsen på Møllebakken.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/LU95</t>
   </si>
   <si>
     <t>Kirkeby Kro Skærtorsdg 1922.
 Kære Achton Friis.
 Ja, jeg sidder altsaa her og kan knap se ud af Øjnene da jeg lige er tørnet ud i Anledning af at Lysse som har været her et par Dage, skal rejse. Jeg gaar ud fra at hvis han ikke faar det med faar Du det først efter Paaske. Min Kone sendte et Brev herover, hvoraf jeg kan se at De venter min Støtte i Kjerteminde, det havde ogsaa været min Hensigt at være kommen hjem for længe siden, men paa Grund af den infame Kulde, det har frosset og sneet og haglet her hver Dag i 3 Uger, er jeg kommen tilbage i mit Arbejde og har nogle større Billeder jeg meget gerne vil have færdig inden jeg stikker herfra. I Dag er det Gud ske Lov menneskeligt Vejt igen det stormer af S.V. og regner, saa bliver Kulden jaget ud. Hils Kaptajn Sinding og tak ham for Brevet. Kæden er i Kjerteminde. Jeg haaber ikke det maa volde Dem altfor meget Afbræk at tage til Kjerteminde. Jeg skulde sige fra min Kone at det vilde passe hende bedst om De kom omkring Flyttedag, da Naur i den Tid er i Kjøbenhavn. Jeg har ikke aftalt noget med din eventuelle Skipper, da jeg ikke tænkte at blive borte til længere end en af de første dage i April, dels forekommer et mig at De talte om at Oberst Koch vilde have den Plads. Mange Hilsner til Dem og Deres Kone og Klaus
 Deres Hengivne
 Johannes Larsen.</t>
   </si>
   <si>
     <t>1922-04-17</t>
   </si>
   <si>
     <t>Vagn Jacobsen
 Rasmus Kattrup
 Anders Nordahl Petersen
 Jens Rasmussen</t>
   </si>
   <si>
     <t>Det formodes, at brevet fra Kattrup er fra Rasmus Kattrup, bosiddende på Risinge Gods ved Kerteminde.
 Larsen opfordres af højskolemanden og forfatteren Nordahl Petersen til at indtræde i en komité, der vil rejse en mindesten over Jens Rasmussen, som var bror til Mads Rasmussen og medlem af Fyns Kunstmuseum bestyrelse.</t>
@@ -1668,50 +1931,214 @@
     <t>Kerteminde
 Henne Kirkeby</t>
   </si>
   <si>
     <t>Christian Andersen
 Achton Friis</t>
   </si>
   <si>
     <t>Rylen er en Kerteminde fiskerbåd, der i årene 1921-24 tjente som ekspeditionsskib for Johannes Larsen og Achton Friis under deres sejlads under udarbejdelsen af bogværket De Danskes Øer, der udkom i tre bind i årene 1926-28.
 Skibet tjener i dag som museumsskib for Østfyns Museer.</t>
   </si>
   <si>
     <t>Udsættelsen af afrejsen på sommertogtet med Achton Friis har betydet, at Johannes Larsen er blevet færdig med sit arbejde, og proviateringen om bord på Rylen er ved at være på plads.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/Mryl</t>
   </si>
   <si>
     <t>Kirkeby Kro 22-4-1922
 Kære Achton Friis
 Tak for Deres 2 Breve. Det første som jeg fik samme Dag som jeg sidst havde skreven til Dem, lettede en stor Del fra mit Hjerte. Jeg har gaaet i den Tro at vi havde aftalt at starte den 24 eller 25 April. Vi har nu haft et Par Dages godt Vejr, hvad der har fremmet mit Arbejde en hel Del. Og jeg tænker nu jeg kan komme herfra paa Tirsdag. Saa ses vi jo i Kjerteminde den 1ste Maj. Det andet har jeg faaet i Dag og ser De har taget Chr. Andersens Mand, forhaabentlig er han den bedste af dem der har været paa tale og vi kan vel klare os med mindre Brændevin end i Fjor. Jeg er i hvert Fald i ganske god Træning efter at have opholdt i 5 Uger i en Afholdskro. Venlig hilsen til hele Familien.
 Deres hengivne
 Johannes Larsen.</t>
   </si>
   <si>
+    <t>1924-05-12</t>
+  </si>
+  <si>
+    <t>Christian Bechsgaard
+Niels Bechsgaard 
+Martin Haahr</t>
+  </si>
+  <si>
+    <t>Den omtalte kro er Henne Kirkeby Kro, hvor Johannes Larsen boede under sine maleophold ved Filsø.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen er kommet godt frem. Martin Haahr og han har gået en lang tur, og Larsen fik vabler. Bechsgaard har købt en nyt hus og sat det i stand.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/OYCZ</t>
+  </si>
+  <si>
+    <t>Kirkeby 12 Maj. 1924.
+Kære Puf!
+Til Lykke! Jeg kom godt herop i Fredags Aftes. Chr Bechsgaard hentede mig ved Stationen med sin Fordvogn og vi fik stablet baade Malerikasserne og alt mit Rejsegods paa den og fik nogle Kaffepunche i Kroen inden vi kørte. Lørdag Mrg gik jeg med Martin en lang Tur ud over Engene til Kørgaard og derfra ud til Stranden og langs Aaen hjem. Vi var godt trætte begge 2 da vi kom hjem og jeg havde faaet Vabler paa Hælen af mine ny Gummistøvler, saa jeg holdt mig i Ro i Gaar. Var om Eftermidg henne at besøge Bechsgaards der har købt et Hus med 20 Td Ld. henne bag Skomagerens og bygget Stuehuset om, et pænt Hus af røde Sten og med Straatag i samme Stil som de gl Huse her men lidt større. I Dag har jeg malet et lille Billede og skal nu ud igen. Mange Hilsner
+Din Far
+Det er Kromandens Fyldepen og den er nu tom.</t>
+  </si>
+  <si>
+    <t>1924-05-15</t>
+  </si>
+  <si>
+    <t>Haderslev</t>
+  </si>
+  <si>
+    <t>Niels Bechsgaard 
+Alhed Marie Brønsted
+Achton Friis
+- Hecht-Petersen
+Andreas Larsen
+Johan Larsen
+Christine  Mackie
+Elisabeth Mackie
+Carl  Nielsen Kerteminde
+Frida Schytte</t>
+  </si>
+  <si>
+    <t>Johannes Larsen er i Henne Kirkeby for at male.
+Andreas (Puf) Larsen fik en motorcykel til sin 25års fødselsdag af forældrene. 
+Alhed Larsen trykte ofte træsnit for Johannes Larsen. 
+Achton Friis og Johannes Larsen sejlede 17. juni ud med skibet Rylen for at lave forarbejder til bogværket De Danskes Øer. 
+Det omtalte brev fra Hecht findes ikke sammen med Alhed Larsens brev i samlingen.</t>
+  </si>
+  <si>
+    <t>Alhed Larsen og Lomme (Alhed Brønsted) har været til spisning hos Frida.
+Andreas (Puf) er skrap til at køre på sin nye motorcykel.
+Alhed har regnet på, hvor lang tid det vil tage hende at trykke edderfuglene.
+Johannes Larsen må skrive til Achton Friis og fortælle, hvornår han har tid til at sejle.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/d4Fi</t>
+  </si>
+  <si>
+    <t>Kæreste Lavsi!
+Tak for Brevet i Gaar! Nu har vi da yndigt Vejr! Lomme og jeg var i Gaar inviteret ud til Frida. Vi cyklede derud i det mest bedaarende Vejr, drak Kaffe, var en Tur oppe paa Bakkerne og 7 ¼ kom Lysse til Aften. Vi fik varme Mørbrader og koldt Bord og havde det rigtig yndigt. Kl. 9 ½ cyklede vi derfra, kun desværre var det blæst op og vi havde Modvind saa det var en drøj Tid. Lysse og Frida fulgte os helt hjem, jeg protesterede kraftig, men Lysse var ubøjelig, man vilde nok se mig godt hjemme. De sad saa og sludrede en halv Timestid, kørte Kl. 12, saa det er ikke bleven til lang Nattesøvn. I Aften kommer de begge – altsaa Puf og Lysse – det er jo Helligdag i Morgen, Carl Nielsens Svend kommer herop om Formiddagen og kører med Puf med Motorcyklen, han kørte for Resten stolt rundt paa sin Fødselsdag alene i alle Havens Gange og klarede fint de bratte Sving. – Jeg er nu ved at gaa godt i Gang med Edderfuglene. Jeg kan med 5 Timers Arbejdsdag tage 12 Tryk, altsaa ende det hele paa 30 Arbejdsdage, det er jo ikke noget at tale om. Kunstforeningen har ikke ladet høre fra sig, heller ikke Damen fra Haderslev. Derimod er der kommen indlagte Brev fra Hecht. Jeg har ringet ham op og sagt, at vi nok vilde have den, han beder jo om omgaaende Svar. Men Du maa jo selv svare ogsaa, han skal have det skriftligt. Du maa jo saa skrive snart til Achton Friis at Du først har en Ugestid ind i Juni, men Pinsen falder d. 8nde, saa før vilde I vel ikke af Sted alligevel. - - Nu skal jeg have skreven et Par Ord til Christine, Putte er sejlet i dag, saa hun skal have et lille Opmuntringsbrev. – Gid det nu maa gaa Dig godt med Malingen, hils Bechgaards mange Gange.
+1000 Hilsner Din A.
+15 – 5 – 24</t>
+  </si>
+  <si>
+    <t>1924-05-19</t>
+  </si>
+  <si>
+    <t>Henne Kirkeby
+Gammeltoft, Filsø
+Blaabjerg, Henne
+Nymindegab
+Kjærgaard, Henne
+Kolding</t>
+  </si>
+  <si>
+    <t>Niels Bechsgaard 
+Achton Friis
+- Hecht-Petersen
+Martin Haahr
+Heinrich Volkert</t>
+  </si>
+  <si>
+    <t>Skogrepladser må være steder med urhøns. 
+Bruden er Danmarks mindste rovdyr og forveksles ofte med en lækat.</t>
+  </si>
+  <si>
+    <t>Der er mange gæster på kroen, og Johannes Larsen nyder roen, da de er rejst igen. Under opholdet er de på flere traveture gennem området med plantager, klitter og strand. JL har solgt et billede til en af gæsterne og skal nu i gang med at male brushøns. Han synes, fuglevildtet er meget sparsomt denne gang.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/63g2</t>
+  </si>
+  <si>
+    <t>Kirkeby d. 19 Maj 1924.
+Kæreste Alhed!
+Nu har vi Regn og Kulde igen. I Gaar var det det mest henrivende Vejr hele Dagen stille lyst Graavejr til at begynde med og opad Dagen stille og umaadeligt klart Solskin uden at det var særligt varmt. Her har været et vældigt Rykind siden i Torsdags. Ni Fremmede først saa 2 til i Fredags og i Lørdags Fire til, en laa ovre hos Degnens, 2 henne hos Martin og jeg laa i Gaar Nat hos Bechsgaards som jeg skal hilse mange Gange fra. I Gaar Eftermiddags rejste de alle saa jeg kunde rykke ind i mit gamle Værelse igen. I Gaar Formdg. var jeg en Tur med de 9 fra Kolding, ovre paa Gammeltoft Odde og se paa Brushøns. Efter Middag saa de mine 12 Billeder og en Fabrikant Volkert købte et af de mindste, med en Rødstjert paa en Grangren som hans Kone forelskede sig i. Jeg skal have 400 Kr. for det og har næsten en ond Samvittighed, for jeg er bange for at det ikke er Pengene værd, og da jeg har lovet at sende dem alle sammen Kort til Odense Udstillingen maa jeg jo hvis jeg fastholder Prisen sætte alle de smaa til 400. Men nu kan Du jo se det. Jeg sagde jeg vilde tage det med hjem og sætte det i Ramme og jeg skal saa have Pengene saa snart jeg sender det. Det var flinke Folk allesammen, og gode Fodgængere. I Lørdags gik de med Martin Haahr over Blaabjerg i Klitterne til og der efter langs Stranden hjem en Tur paa 5 Mil og Dagen før havde de været i Kjærgaard og langs Stranden og Kanalen hjem. Jeg skal nu have fat paa et stort Billede, der er et Par store Skogrepladser paa Gammeltoftodde, ellers er her meget lidt Fuglevildt at se, jeg har aldrig set saa lidt herovre før. Hvordan gaar det med Bruden? Jeg drømte i Nat at den var død, og at der i Stedet stod en Kat i Glasterrariet. Jeg skrev nu til Achton Friis om Udsættelsen af Turen. Har svaret Hecht Petersen. Mange Hilsner
+Din
+JL</t>
+  </si>
+  <si>
+    <t>1925-02-15</t>
+  </si>
+  <si>
+    <t>6854 Henne Kirkeby
+5300 Kerteminde
+5000 Odense
+Fredericia
+Varde</t>
+  </si>
+  <si>
+    <t>Tage -
+- Gammelgaard
+Martin Haahr</t>
+  </si>
+  <si>
+    <t>Johannes Larsen opholder sig igen på kroen i Henne Kirkeby. Vejret er klart og stille, og han nyder den dejlige natur. Han nyder roen og fortæller små nyheder til Alhed Larsen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/rgjQ</t>
+  </si>
+  <si>
+    <t>Kirkeby 15 Februar 1925.
+Kæreste Alhed!
+Jeg kom godt herover i Aftes, d.v.s. lidt forkølet, der var ingen Varme i Kjertemindetoget og jeg frøs saa jeg rystede da jeg kom til Odense og i Jyllandstoget var der for varmt. Jeg løste Krydsordene i i Søndags BT fra Fredericia til Varde. Da jeg havde spist til Aften gik jeg i Seng og tog 5 Vitaminpiller og i Dag er jeg rask. Her er dejligt til Mrg. Rim og stille, saa Vesterhavet høres. Lærkerne synger og Stærene fløjter og Svaner høres nede fra Søen. Jeg har lige faaet Telefonbesked om at Kasserne er kommen de var der ikke i Aftes og Gammelgaard kører nu ned efter dem. Her er bleven saa pænt udenfor. Haven er tyndet ud og der er kommen Græsplæne, Pladsen foran Kroen er gruset og der er kommen Fliser fra Villaen til Kirkegaarden. Martin ligger og sover, han har været ude at spille i Nat. Tages Kone har faaet en Lille. 
+Mange kærlige Hilsner
+Din
+JL</t>
+  </si>
+  <si>
+    <t>1925-03-04</t>
+  </si>
+  <si>
+    <t>Henne Kirkeby
+Rynkeby, Kerteminde</t>
+  </si>
+  <si>
+    <t>Astrid Bøttern
+Otto Gelsted
+Johannes Larsen
+Ellen  Sawyer</t>
+  </si>
+  <si>
+    <t>Andreas Larsen er i gartnerlære i Stige nær Odense. Han forsøgte sig siden som tomatavler.
+Johannes Larsen er i Henne Kirkeby for at male.
+Det er ikke muligt at afgøre, hvem Erik er, da Larsen-familien kendte mange af det navn.
+Munkar (munke) er svensk for donuts. 
+Fandens urtesalat er sandsynligvis salat af mælkebøtter. Disse er jo netop ganske små og velsmagende i marts.
+Alhed havde i september 1924 nogle hjerteanfald, og i november og december samme år var hun på sanatorium i Hareskoven.</t>
+  </si>
+  <si>
+    <t>Alhed Larsen vil rejse til Johannes i Kirkeby og spørger, om sønnen kan bytte sin hjemrejsedag. Gartneren vander drivhusene med Andreas Larsens tomater, som trives godt.
+Alhed har holdt sneppegilde med flotte anretninger for Erik og Otto Gelsted (Gelle). Alhed har det i øvrigt godt og glæder sig til rejsen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/NQUB</t>
+  </si>
+  <si>
+    <t>Kære søde Gamle!
+Bare et Par Ord for at sige Dig, at jeg i Morgen rejser et Par dage over til din Far, saa jeg er altsaa ikke hjemme, naar Du kommer paa Lørdag. Maaske Du kunde arrangere Bytning med Hjemmeturen, saa Du kunde komme næste Søndag, saa er jeg jo hjemme og Din Far ganske sikkert ogsaa. – Det er Tante Elles Fødselsdag paa Fredag, hun er i Rynkeby, men Du kan vel ikke naa at skrive et Kort som hun kan have Lørdag Morgen? – Jeg har bedt Gartneren vande Drivhusene og særlig vaage over Dine Tomater, de ser godt ud, bedre for hver Dag, han mente de kom alle sammen. – Vi havde et meget vellykket Sneppegilde i Aftes med Gelle og Erik, det var skammeligt, Du ikke var her, de beklagede det begge. De blev helt betagne, da de kom ud i Køkkenet og saa det festlige Bord. 3 Glas ved hver Kuvert, og den lille Orchidé til Pynt. De fik Fiskegratin i Skaller, Snepper med Fandens Urtesalat, Skylleskaale med 2 nyplukkede Violer i hver og Hofdesert! Til Kaffen fik de Munkar og Havana Cigarer, senere Sjusser. Vi ringede efter Fru Bøttern, Victor var gaaet til politisk Møde, - vi havde det rigtig sjov, Munden stod ikke paa Erik, jeg tror aldrig jeg har set ham saa vel tilpas! Barnedaaben var knap saa sjov!! Jeg har det for Resten rigtig godt i disse Dage, glæder mig til den lille Rejse og til at se, hvad Din Far har lavet. Bare Vejret nu maa blive godt. 1000 Hilsner min egen Dreng
+Din Mor
+4 – 3 – 25
+[Skrevet på side 1, øverst og på hovedet:]
+Send os en lille Hilsen til Kirkeby Kro pr. Henne, men gør det ikke senere end Lørdag. Den er fin Gamle med de 50 ikke!</t>
+  </si>
+  <si>
     <t>1926-04-24</t>
   </si>
   <si>
     <t>- Friis
 Achton Friis
 Martha Friis
 Alhed Larsen</t>
   </si>
   <si>
     <t>Efter Achton Friis' idé sejlede han og Johannes Larsen rundt til de mindre, danske øer og lavede notater, tegnede og fotograferede til et bogværk. Dette udkom 1926-1928 i tre bind på Gyldendal med titlen Den Danskes Øer.</t>
   </si>
   <si>
     <t>Alhed Larsen vil finde en sommerlejlighed til Achton Friis og hans familie i Kerteminde i sommeren 1926. Larsen-familien tager til Småland sidst på sommeren.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/cLLD</t>
   </si>
   <si>
     <t>Kirkeby Kro 24 April 1926.
 Kære Achton Friis!
 De maa endelig ikke tænke paa at afbryde Samarbejdet for den Smule Ulejlighed det volder mig. Det et mig kun kært at kunde bidrage en Smule, hvis De synes det hjælper. Min Kone vil forsøge at finde en Sommerlejlighed til Dem i Kjerteminde skriver hun. Jeg tænker mig at være hjemme omkring Midten af Maj og at blive der til Slutningen af August, da vi vist nok tager en Tur op til Småland. Venlige Hilsner til Dem alle Tre.
 Deres hengivne
 Johannes Larsen.</t>
   </si>
   <si>
@@ -1728,636 +2155,209 @@
 Ellen, f. Lehn Schiøler, og Christian Treschow boede på Orelund. 
 Det vides ikke, hvem Th var. 
 Thomsen var formodentlig en butiksindehaver i Kerteminde. Primrose tobak var fra C.W. Obel i Ålborg.
 Det er formodentlig verandaen på skovgården Båxhult i Småland, som er på banen i brevet. At Andreas/Puf har tilføjet en kommentar på brevet tyder på, at han har videresendt dette til sin bror, Johan/Lysse, på Båxhult.</t>
   </si>
   <si>
     <t>Brevet er i privateje, A</t>
   </si>
   <si>
     <t>Johannes Larsen havde overset Vincents brev. Han er inviteret til Orelund i pinsen. 
 Der er koldt i Kirkeby. Larsen maler to små billeder hver dag. Når Thomsen har solgt sin butik, har han vel ikke haft tid til at sende tobak til Larsen, som er nødt til at ryge Brugsens. Puf må sende noget. 
 Lysse bør opsætte verandaprojektet, til Andreas og Johannes Larsen kommer "derop" og ser på det.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/z8uu</t>
   </si>
   <si>
     <t>Kirkeby Kro 16 April 1929.
 Kære Puf!
 Vincents Brev var godt nok i Konvoluten men da det er tyndt og har samme Farve, havde jeg overset det i første Omgang. Indlagt er Invitation til Orelund i Pintsen, som jeg har sagt Tak til, og haaber det passer Dig ogsaa. Til den Tid skulde jeg jo gerne være godt i Gang paa Romsø, men da der naturligvis ikke er til at være for Folk i Pintsen er det jo rart at komme derfra. Klip bare Hækken ned. Her er Th’s Brev saa vidt jeg kan se er det hans Mening at jeg skal læse det for Bøttern og Dr Hviid, men saa kan Du jo ligesaa godt laane dem det hvis Du synes. Her er ogsaa Solskin og Frost, men med Undtagelse af i Søndags da det var mildt og ret stille, har her blæst temmeligt forbandet hver Dag, saa jeg gaar omkring hvor der er Læ og maler smaa Billeder. Naa Thomsen har solgt, ja saa er det vel derfor at han ikke har haft Tid til at sende mig Tobak, kan Du ikke faa sendt mig noget, jeg er nu begyndt at ryge Brugsens her. Den hedder Prim Rose. Kan Du ikke skrive til Lysse om Verandaen. X Naar Du mener at Taget skal paa igen synes jeg egentlig der var mer Mening i at opsætte Foretagendet til vi kommer der op sammen Ja nu faar Du ikke mere denne Gang, der er en Del at svare paa og jeg skal jo ogsaa passe Maleriet, jeg holder paa at jeg maa male mindst 2 Billeder om Dagen, naar de er smaa. Mange Hilsner
 Din Far.
 X Jeg mener at det er rart at kunde se begge Dele, saa kan vi bedre bestemme os.
 Puf.</t>
   </si>
   <si>
-    <t>1947-12-19</t>
+    <t>1934-03-14</t>
+  </si>
+  <si>
+    <t>Johan Larsen</t>
+  </si>
+  <si>
+    <t>Peter Klokker
+Andreas Larsen
+Else Larsen, Else, Andreas Larsens kone
+Hubert Paulsen
+Ingeborg Rasmussen
+- Selmquist</t>
+  </si>
+  <si>
+    <t>Kirkeby: Johannes Larsen tog ofte på jagt- og maleture ved Fiilsø og boede på Henne Kirkeby Kro.
+Odensebillederne: 1934-1936 udførte Johannes Larsen freskoudsmykninger i festsalen på Odense Rådhus.
+Andresens Frøkultur: se Emil Andresen i Personregister. EA købte den store, gamle købmandsgård beliggende i Kertemindes bymidte i 1887.
+Torsketunge, hagekød af torsk er det stykke kød, der sidder under hovedet på en torsk. Man panerer kødet og steger det på panden. (Søgninger på Internettet jan. 2022). 
+Hubert er muligvis Hubert Paulsen.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har ryddet op i værkstedet. 
+Peter Klokker er blevet bestyrer af et savværk i Gribskov. 
+Ingeborg Rasmussen kommer til middag.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/h1m1</t>
+  </si>
+  <si>
+    <t>Kjerteminde 14 Marts 1934
+Kære Lysse!
+Jeg glemte at sende Selmqvist´s Skrivelse med, her er den. Jeg har brugt de 3 sidste Dage til en haardt tiltrængt Oprydning paa Værkstedet og efter Programmet skulde jeg køre til Kirkeby paa Fredag hvor det er min Plan at benytte Tiden indtil Paaske til at gå i Marken med Scott og lave Skitser til Odensebillederne. Puf og Else kørte Fru Klokker til Færgen i Dag. De er flyttet til Nøddebo i Anledning af at Peter er bleven Bestyrer af et Savværk i Gribskov. Han har solgt sit herværende Savværk til Moderen, hvis Savværk brændte forleden sammen med Andresens Frøkulturbygning. Vi skal have Fru Jens Rasmussen til Aften, Menu: saltede Torsketunger som Hubert har sendt.
+Mange Hilsner fra os alle tre
+JL.</t>
+  </si>
+  <si>
+    <t>1940-12-21</t>
+  </si>
+  <si>
+    <t>Elena Larsen
+Johan Larsen</t>
+  </si>
+  <si>
+    <t>Hans Beck Thomsen
+Andreas Larsen
+Jens Larsen
+Jeppe Larsen
+Jonas Larsen
+Marie Larsen
+Peter Andreas Larsen
+Else Larsen, Else, Andreas Larsens kone
+Alhed  Møhl, Lysses datter
+Christian Møller, maler
+- Nørregaard
+Christine Swane
+Lars Swane</t>
+  </si>
+  <si>
+    <t>Kærgård Klitplantage er en 1.437 hektar stor plantage, der ligger mellem Vejers Strand og Henne Strand ud til Nordsøen. (Wikipedia marts 2022).
+1 alen er 62,77 cm.
+Maler Møllers hus hedder Pedersminde og ligger for foden af Møllebakken, hvor Larsen-familien boede. 
+Fedmøllen eller Skovmøllen lå på Feden, som er området syd for havnen i Kerteminde. 
+En fransksigte er en melsigte (Ordbog over det Danske Sprog).</t>
+  </si>
+  <si>
+    <t>Efter at have skåret træsnit i otte dage har Larsen været i Kirkeby for at gå på jagt. Det var imidlertid frostvejr og tåge, så der blev ikke meget jagt. 
+Johannes Larsen har købt Maler Møllers hus for 14.000 kr. 
+Der er kommet en ny møller, og han maler byggryn. Svanemøllen er den eneste mølle i byen nu. 
+Marie er kommet.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/zPGo</t>
+  </si>
+  <si>
+    <t>Kjerteminde 21 Dec. 1940.
+Kære Lysse og Bimse!
+Glædelig Jul! I Gaar paa Jeppes 5 Aars Fødselsdag kom jeg hjem fra Kirkeby hvor jeg havde opholdt mig i 8 Dage for at rekreere mig efter at have siddet en god Maaned og snittet Træsnit i Kakelovnsvarme. Jeg havde slæbt baade Dubletten og Mauserriflen med og tænkt mig at sidde paa Gaase og Andetræk hver Aften og tage en Tur til Kærgaard for at skyde Raadyr eller eventuelt Krondyr. Det blev der ikke noget af. Efter at have kørt paa Jernbane fra Kl. godt 10 til ca 19 og saa i Bil til Kirkeby, vaagnede jeg næste Morgen og tykke Isblomster paa alle Vinduer og Søen tillagt og saa frøs det hele Tiden med Blæst og et Par Dage med saa tyk Taage at man kun kunde se en Snes Alen væk. Saa det kun til et Par Ture hver dag efter Harer der som Regel sprang paa ca 100 Al. Det lykkedes Bæk Thomsen at aflive 3 i den Tid men de kostede 3-5 Patroner hver. Der kom ingen Sne der ovre, men da jeg i Gaar naaede Varde var der falden lidt og fra Esbjerg var Landskabet hvidt af et Snelag der tiltog i Tykkelse Resten af Turen. Nørregaards har faaet et Statshus i Vejlevangen hvor der er bygget en hals Snes saadanne og jeg har købt deres Ejendom her, altsaa Maler Møllers Hus formedels 14000 Kr. med en Udbetaling af henved 8000 Kr. som Discontokassen har lagt ud. Vi har faaet en ny Møller, der nu maler Byggryn og tænker paa at faa en Fransk sigte saa han kan male Hvedemel, Svanemøllen er nu den eneste Mølle her, da Fedmøllen mistede en Vinge og blev solgt til Nedrivning til Jernstøberiet. Der er nu Tegn til en Renaissance i Vejrmøller. Marie er kommen, men Uglen og Lasse kommer ikke i Julen, da Uglen har meget at bestille. Jeg skal hilse fra Puf og Else og ønske Jer glædelig Jul. Marie lægger et Par Ord ind. Mange Hilsner til Jer allesammen fra 
+Jeres JL. 
+Johannes Larsen
+Kjerteminde
+Danmark.</t>
+  </si>
+  <si>
+    <t>1947-12-13</t>
   </si>
   <si>
     <t>Christa Knuth</t>
   </si>
   <si>
     <t>Knuthenborg pr. Bandholm</t>
   </si>
   <si>
-    <t>Johannes Nicolaus Brønsted
-[...6 lines deleted...]
-Maleren georg Poulsen arrangerede i 1947 i Odense en udstilling af Larsens billeder. Dette skete i forbindelse med Larsens 80års fødselsdag. Georg Poulsen lånte blandt andet billeder ejet af Johanne og Adolph Larsen.</t>
+    <t>Johannes Larsen var ofte ved Filsø for at male og gå på jagt. Søen blev drænet ad flere omgange.</t>
   </si>
   <si>
     <t>Brevet er i privateje</t>
-  </si>
-[...161 lines deleted...]
-    <t>Johannes Larsen var ofte ved Filsø for at male og gå på jagt. Søen blev drænet ad flere omgange.</t>
   </si>
   <si>
     <t>Johannes Larsen har været på gåsejagt ved Filsø. Kromanden er rejst til Gisselfeldt, så Larsen har kroen for sig selv. 
 Det er trist at se Filsø blive drænet. Der bliver bygget dæmninger og en bred vej. 
 Larsen ønsker tillykke med fødselsdagen.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/bpGA</t>
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside.]
 Fru Lensgrevinde Chr. Knuth
 Knuthenborg
 Bandholm.
 [På kuvertens bagside:]
 Johannes Larsen
 Henne Kirkeby
 Henne St.
 [I brevet:]
 Kirkeby Kro 13 Decbr. 1947.
 Kære Grevinde!
 Ja nu sidder jeg altsaa her. Puf kørte mig herover i Forgaars, eller Dagen før, men maatte køre hjem igen med det samme, da Kørselstilladelsen kun gjaldt for en Dag. I Forgaars Morges var jeg oppe kl. 6 og med et Par kjøbenhavnske Jægere paa Gaasetræk, det var næsten stille saa Gæssene kom saa højt at der ikke blev skudt til dem. Om Aftenen var vi der ude igen og en af Jægerne og Kromanden fik hver sin. I Gaar var det mørkt og Støvregn hele Dagen. Kromanden rejste paa Jagt til Gisselfeldt og kommer først hjem paa Mandag og Kjøbenhavnerne er rejst saa jeg har Kroen for mig selv. Nu mens jeg sad og spiste sorte Pølser slog det mig at naar det er den 13 i Dag maa det være den fjortende i Morgen. Til Lykke! saa bliver dette altsaa et Fødselsdagsbrev. I Gaar sad jeg inde til henunder Aften og gik saa en Tur ned til den forhenværende Sø, det er trist at se brede dybe Kanaler og nye store Dæmninger af gult Sand med en stor Bro over det tidligere Vadested og en paabegyndt Autostradelignende Vej derfra og til Kirkeby .
 I Dag er det fint Vejr. I Nat stormede det men i Morges var det stille og skyfrit, og nu driver der nogle store Skyer fra N N V. 
 Glædelig Fødselsdag! Mange Hilsner fra
 Din hengivne
 Johannes Larsen.</t>
   </si>
   <si>
-    <t>1924-05-12</t>
-[...45 lines deleted...]
-Christian Caspersen
+    <t>1947-12-19</t>
+  </si>
+  <si>
+    <t>Johannes Nicolaus Brønsted
+Adam Knuth
 Andreas Larsen
-Johan Larsen
-[...56 lines deleted...]
-Hr. Kunstmaler Johs. Larsen
+Jeppe Larsen</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvem værten på Kirkeby Kro var. 
+Maleren georg Poulsen arrangerede i 1947 i Odense en udstilling af Larsens billeder. Dette skete i forbindelse med Larsens 80års fødselsdag. Georg Poulsen lånte blandt andet billeder ejet af Johanne og Adolph Larsen.</t>
+  </si>
+  <si>
+    <t>Adams jagtresultat var flot. Larsen har været på andetræk. Johan/Puf Larsen kommer og henter ham, og Larsen skal til Odense i forbindelse med sin udstillingsåbning. To dage senere skal han til Brønsteds begravelse.
+Larsen ønsker god jul.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/PIJb</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Lensgrevinde
+Knuthenborg
+Bandholm.
+[På kuvertens bagside:]
+Johannes Larsen
 Kirkeby Kro
-Henne St.
-[...266 lines deleted...]
-Lysse og Din Far og Calle hilser</t>
+Henne
+[I brevet:]
+Kirkeby 19 Decbr. 1947.
+Kære Grevinde. 
+Tak for Dit Brev, det var et flot Resultatet, Adam kom hjem med fra Jagten. I Gaar havde vi Frostvejr og stille og Solskin hele Dagen. Jeg var paa Andetræk om Aftnen og fik en Graaandrik og min Vært skød en Sneppe paa Vej dertil. I Dag regner det. Puf kommer og henter mig til Middag og saa skal jeg til Middag i Odense i Anledning af min Udstillings Aabning. I Morgen er det Jeppes Fødselsdag. I Overmorgen skal jeg til Kjøbenhavn, da min Svoger Professor Brønsted skal begraves paa Mandag. Saa der bliver vist ikke noget af min Julekorrespondance. Dette her er altsaa en Julehilsen. Glædelig Jul og godt Nytaar! Naa det sidste kunde jeg vist have sparet, mig da vi vel om alt gaar vel ses inden Nytaar. 
+Mange Hilsner
+Din hengivne
+Johannes Larsen.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="100" formatCode="yyyy/mm/dd"/>
     <numFmt numFmtId="101" formatCode="yyyy/mm/dd hh:mm:ss"/>
     <numFmt numFmtId="102" formatCode="yyyy-mm-dd"/>
   </numFmts>
   <fonts count="7">
     <font>
       <name val="Arial"/>
       <sz val="11"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
@@ -2434,51 +2434,51 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/mSCO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MzRh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cIzN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LrfZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RNux" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RFdo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mF5h" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A9mU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QVYL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YC8U" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QRKY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zE76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GCQp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Payi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WKaz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zyCi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YdQK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Kz8F" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5TkK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1ASN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eiWl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RhDq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7Jja" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AO51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5WId" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HV4d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dn3Q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qBZs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/N6eE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bBBa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9q05" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/77Wp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/76Ej" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/G3Rz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MC3d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/otT6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cvqk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tKtd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Eyxd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9Wdn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PpTh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9cyK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lhb4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mBp4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/R1th" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LU95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/h5A3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/okB8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wCSt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d8rT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/c7S3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Mryl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cLLD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/z8uu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PIJb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/am4g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UvT0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/63g2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rgjQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bpGA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OYCZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DfZD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/weXn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ND7j" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d4Fi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rz1k" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NQUB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zPGo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/h1m1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UQpl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qisF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/mSCO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MzRh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cIzN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LrfZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RNux" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RFdo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/am4g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mF5h" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A9mU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QVYL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ND7j" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YC8U" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QRKY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zE76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GCQp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Payi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WKaz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zyCi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/YdQK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Kz8F" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5TkK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1ASN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qisF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rz1k" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eiWl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DfZD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RhDq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7Jja" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AO51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5WId" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UvT0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UQpl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HV4d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/weXn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dn3Q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qBZs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/N6eE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bBBa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9q05" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/77Wp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/76Ej" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/G3Rz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MC3d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/otT6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cvqk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tKtd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Eyxd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9Wdn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PpTh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9cyK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lhb4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mBp4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/R1th" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LU95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/h5A3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/okB8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wCSt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d8rT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/c7S3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Mryl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OYCZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/d4Fi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/63g2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rgjQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NQUB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cLLD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/z8uu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/h1m1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zPGo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bpGA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PIJb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
   <dimension ref="A1:M72"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
@@ -2769,325 +2769,325 @@
       </c>
       <c r="I7" s="5" t="s">
         <v>54</v>
       </c>
       <c r="J7" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K7" s="5" t="s">
         <v>55</v>
       </c>
       <c r="L7" s="6" t="s">
         <v>56</v>
       </c>
       <c r="M7" s="5" t="s">
         <v>57</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="5" t="s">
         <v>58</v>
       </c>
       <c r="B8" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C8" s="5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D8" s="5" t="s">
-        <v>16</v>
-[...10 lines deleted...]
-        <v>26</v>
+        <v>15</v>
+      </c>
+      <c r="E8" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F8" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="G8" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H8" s="5" t="s">
         <v>59</v>
       </c>
       <c r="I8" s="5" t="s">
         <v>60</v>
       </c>
       <c r="J8" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K8" s="5" t="s">
         <v>61</v>
       </c>
       <c r="L8" s="6" t="s">
         <v>62</v>
       </c>
       <c r="M8" s="5" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="5" t="s">
         <v>64</v>
       </c>
       <c r="B9" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C9" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D9" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E9" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F9" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G9" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="H9" s="5" t="s">
         <v>65</v>
       </c>
-      <c r="H9" s="5" t="s">
+      <c r="I9" s="5" t="s">
         <v>66</v>
-      </c>
-[...1 lines deleted...]
-        <v>67</v>
       </c>
       <c r="J9" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K9" s="5" t="s">
+        <v>67</v>
+      </c>
+      <c r="L9" s="6" t="s">
         <v>68</v>
       </c>
-      <c r="L9" s="6" t="s">
+      <c r="M9" s="5" t="s">
         <v>69</v>
-      </c>
-[...1 lines deleted...]
-        <v>70</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="5" t="s">
+        <v>70</v>
+      </c>
+      <c r="B10" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C10" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D10" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E10" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F10" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G10" s="5" t="s">
         <v>71</v>
-      </c>
-[...18 lines deleted...]
-        <v>65</v>
       </c>
       <c r="H10" s="5" t="s">
         <v>72</v>
       </c>
       <c r="I10" s="5" t="s">
         <v>73</v>
       </c>
       <c r="J10" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K10" s="5" t="s">
         <v>74</v>
       </c>
       <c r="L10" s="6" t="s">
         <v>75</v>
       </c>
       <c r="M10" s="5" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="5" t="s">
         <v>77</v>
       </c>
       <c r="B11" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C11" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D11" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E11" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F11" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G11" s="5" t="s">
+        <v>71</v>
+      </c>
+      <c r="H11" s="5" t="s">
         <v>78</v>
       </c>
-      <c r="H11" s="5" t="s">
+      <c r="I11" s="5" t="s">
         <v>79</v>
-      </c>
-[...1 lines deleted...]
-        <v>80</v>
       </c>
       <c r="J11" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K11" s="5" t="s">
+        <v>80</v>
+      </c>
+      <c r="L11" s="6" t="s">
         <v>81</v>
       </c>
-      <c r="L11" s="6" t="s">
+      <c r="M11" s="5" t="s">
         <v>82</v>
-      </c>
-[...1 lines deleted...]
-        <v>83</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="5" t="s">
+        <v>77</v>
+      </c>
+      <c r="B12" s="5" t="s">
+        <v>83</v>
+      </c>
+      <c r="C12" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D12" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E12" s="5" t="s">
         <v>84</v>
       </c>
-      <c r="B12" s="5" t="s">
-[...19 lines deleted...]
-        </is>
+      <c r="F12" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="G12" s="5" t="s">
+        <v>85</v>
       </c>
       <c r="H12" s="5" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="I12" s="5" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="J12" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K12" s="5" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="L12" s="6" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="M12" s="5" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="5" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="B13" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C13" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D13" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E13" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F13" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G13" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G13" s="5" t="s">
+        <v>92</v>
       </c>
       <c r="H13" s="5" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="I13" s="5" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="J13" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K13" s="5" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="L13" s="6" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="M13" s="5" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="5" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="B14" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C14" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D14" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E14" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F14" s="5" t="s">
-[...3 lines deleted...]
-        <v>98</v>
+      <c r="F14" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G14" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H14" s="5" t="s">
         <v>99</v>
       </c>
       <c r="I14" s="5" t="s">
         <v>100</v>
       </c>
       <c r="J14" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K14" s="5" t="s">
         <v>101</v>
       </c>
       <c r="L14" s="6" t="s">
         <v>102</v>
       </c>
       <c r="M14" s="5" t="s">
         <v>103</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="5" t="s">
         <v>104</v>
       </c>
       <c r="B15" s="5" t="s">
@@ -3125,2468 +3125,2468 @@
         <v>107</v>
       </c>
       <c r="L15" s="6" t="s">
         <v>108</v>
       </c>
       <c r="M15" s="5" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="5" t="s">
         <v>110</v>
       </c>
       <c r="B16" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C16" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D16" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E16" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F16" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F16" s="5" t="s">
+        <v>84</v>
       </c>
       <c r="G16" s="5" t="s">
-        <v>26</v>
+        <v>111</v>
       </c>
       <c r="H16" s="5" t="s">
-        <v>111</v>
-[...1 lines deleted...]
-      <c r="I16" s="5"/>
+        <v>112</v>
+      </c>
+      <c r="I16" s="5" t="s">
+        <v>113</v>
+      </c>
       <c r="J16" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K16" s="5" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="L16" s="6" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="M16" s="5" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="5" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="B17" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C17" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D17" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E17" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F17" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G17" s="5" t="s">
-        <v>26</v>
+      <c r="G17" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H17" s="5" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="I17" s="5" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="J17" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K17" s="5" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="L17" s="6" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="M17" s="5" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="5" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="B18" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C18" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D18" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E18" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F18" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G18" s="5" t="s">
         <v>26</v>
       </c>
       <c r="H18" s="5" t="s">
-        <v>122</v>
-[...3 lines deleted...]
-      </c>
+        <v>124</v>
+      </c>
+      <c r="I18" s="5"/>
       <c r="J18" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K18" s="5" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="L18" s="6" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="M18" s="5" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="5" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="B19" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C19" s="5" t="s">
-        <v>128</v>
+        <v>15</v>
       </c>
       <c r="D19" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E19" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F19" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G19" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="H19" s="5" t="s">
         <v>129</v>
       </c>
-      <c r="E19" s="5" t="s">
-[...7 lines deleted...]
-      <c r="G19" s="5" t="s">
+      <c r="I19" s="5" t="s">
         <v>130</v>
       </c>
-      <c r="H19" s="5" t="s">
-[...2 lines deleted...]
-      <c r="I19" s="5"/>
       <c r="J19" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K19" s="5" t="s">
         <v>131</v>
       </c>
       <c r="L19" s="6" t="s">
         <v>132</v>
       </c>
       <c r="M19" s="5" t="s">
         <v>133</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="5" t="s">
         <v>134</v>
       </c>
       <c r="B20" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C20" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D20" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E20" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F20" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G20" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="H20" s="5" t="s">
         <v>135</v>
       </c>
-      <c r="H20" s="5" t="s">
+      <c r="I20" s="5" t="s">
         <v>136</v>
-      </c>
-[...1 lines deleted...]
-        <v>137</v>
       </c>
       <c r="J20" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K20" s="5" t="s">
+        <v>137</v>
+      </c>
+      <c r="L20" s="6" t="s">
         <v>138</v>
       </c>
-      <c r="L20" s="6" t="s">
+      <c r="M20" s="5" t="s">
         <v>139</v>
-      </c>
-[...1 lines deleted...]
-        <v>140</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="5" t="s">
+        <v>140</v>
+      </c>
+      <c r="B21" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C21" s="5" t="s">
         <v>141</v>
       </c>
-      <c r="B21" s="5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D21" s="5" t="s">
-        <v>16</v>
+        <v>142</v>
       </c>
       <c r="E21" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F21" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G21" s="5" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="H21" s="5" t="s">
-        <v>143</v>
-[...3 lines deleted...]
-      </c>
+        <v>47</v>
+      </c>
+      <c r="I21" s="5"/>
       <c r="J21" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K21" s="5" t="s">
+        <v>144</v>
+      </c>
+      <c r="L21" s="6" t="s">
         <v>145</v>
       </c>
-      <c r="L21" s="6" t="s">
+      <c r="M21" s="5" t="s">
         <v>146</v>
-      </c>
-[...1 lines deleted...]
-        <v>147</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="5" t="s">
+        <v>147</v>
+      </c>
+      <c r="B22" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C22" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D22" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E22" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F22" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G22" s="5" t="s">
         <v>148</v>
-      </c>
-[...20 lines deleted...]
-        </is>
       </c>
       <c r="H22" s="5" t="s">
         <v>149</v>
       </c>
       <c r="I22" s="5" t="s">
         <v>150</v>
       </c>
       <c r="J22" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K22" s="5" t="s">
         <v>151</v>
       </c>
       <c r="L22" s="6" t="s">
         <v>152</v>
       </c>
       <c r="M22" s="5" t="s">
         <v>153</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="5" t="s">
         <v>154</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C23" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D23" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E23" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F23" s="5" t="s">
+      <c r="F23" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G23" s="5" t="s">
         <v>155</v>
       </c>
-      <c r="G23" s="5" t="s">
+      <c r="H23" s="5" t="s">
         <v>156</v>
       </c>
-      <c r="H23" s="5" t="s">
+      <c r="I23" s="5" t="s">
         <v>157</v>
-      </c>
-[...1 lines deleted...]
-        <v>158</v>
       </c>
       <c r="J23" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K23" s="5" t="s">
+        <v>158</v>
+      </c>
+      <c r="L23" s="6" t="s">
         <v>159</v>
       </c>
-      <c r="L23" s="6" t="s">
+      <c r="M23" s="5" t="s">
         <v>160</v>
-      </c>
-[...1 lines deleted...]
-        <v>161</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="5" t="s">
+        <v>161</v>
+      </c>
+      <c r="B24" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C24" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D24" s="5" t="s">
         <v>162</v>
       </c>
-      <c r="B24" s="5" t="s">
-[...9 lines deleted...]
-        <v>17</v>
+      <c r="E24" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F24" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G24" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G24" s="5" t="s">
+        <v>163</v>
       </c>
       <c r="H24" s="5" t="s">
-        <v>163</v>
-[...1 lines deleted...]
-      <c r="I24" s="5"/>
+        <v>164</v>
+      </c>
+      <c r="I24" s="5" t="s">
+        <v>165</v>
+      </c>
       <c r="J24" s="5" t="s">
-        <v>21</v>
+        <v>166</v>
       </c>
       <c r="K24" s="5" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
       <c r="L24" s="6" t="s">
-        <v>165</v>
+        <v>168</v>
       </c>
       <c r="M24" s="5" t="s">
-        <v>166</v>
+        <v>169</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="5" t="s">
-        <v>167</v>
+        <v>170</v>
       </c>
       <c r="B25" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C25" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D25" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E25" s="5" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-        </is>
+        <v>171</v>
+      </c>
+      <c r="F25" s="5" t="s">
+        <v>84</v>
       </c>
       <c r="G25" s="5" t="s">
-        <v>168</v>
+        <v>172</v>
       </c>
       <c r="H25" s="5" t="s">
-        <v>169</v>
+        <v>173</v>
       </c>
       <c r="I25" s="5"/>
       <c r="J25" s="5" t="s">
-        <v>21</v>
+        <v>166</v>
       </c>
       <c r="K25" s="5" t="s">
-        <v>170</v>
+        <v>174</v>
       </c>
       <c r="L25" s="6" t="s">
-        <v>171</v>
+        <v>175</v>
       </c>
       <c r="M25" s="5" t="s">
-        <v>172</v>
+        <v>176</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="5" t="s">
-        <v>173</v>
+        <v>177</v>
       </c>
       <c r="B26" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C26" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D26" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E26" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F26" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G26" s="5" t="s">
-        <v>174</v>
+      <c r="G26" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H26" s="5" t="s">
-        <v>175</v>
+        <v>178</v>
       </c>
       <c r="I26" s="5" t="s">
-        <v>176</v>
+        <v>179</v>
       </c>
       <c r="J26" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K26" s="5" t="s">
-        <v>177</v>
+        <v>180</v>
       </c>
       <c r="L26" s="6" t="s">
-        <v>178</v>
+        <v>181</v>
       </c>
       <c r="M26" s="5" t="s">
-        <v>179</v>
+        <v>182</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="5" t="s">
-        <v>180</v>
+        <v>183</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C27" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D27" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E27" s="5" t="s">
-        <v>17</v>
+        <v>184</v>
       </c>
       <c r="F27" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G27" s="5" t="s">
         <v>26</v>
       </c>
       <c r="H27" s="5" t="s">
-        <v>181</v>
-[...3 lines deleted...]
-      </c>
+        <v>185</v>
+      </c>
+      <c r="I27" s="5"/>
       <c r="J27" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K27" s="5" t="s">
-        <v>183</v>
+        <v>186</v>
       </c>
       <c r="L27" s="6" t="s">
-        <v>184</v>
+        <v>187</v>
       </c>
       <c r="M27" s="5" t="s">
-        <v>185</v>
+        <v>188</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="5" t="s">
-        <v>186</v>
+        <v>189</v>
       </c>
       <c r="B28" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C28" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D28" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E28" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F28" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F28" s="5" t="s">
+        <v>190</v>
       </c>
       <c r="G28" s="5" t="s">
-        <v>187</v>
+        <v>191</v>
       </c>
       <c r="H28" s="5" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
       <c r="I28" s="5" t="s">
-        <v>189</v>
+        <v>193</v>
       </c>
       <c r="J28" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K28" s="5" t="s">
-        <v>190</v>
+        <v>194</v>
       </c>
       <c r="L28" s="6" t="s">
-        <v>191</v>
+        <v>195</v>
       </c>
       <c r="M28" s="5" t="s">
-        <v>192</v>
+        <v>196</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="5" t="s">
-        <v>193</v>
+        <v>197</v>
       </c>
       <c r="B29" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C29" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D29" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E29" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F29" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G29" s="5" t="s">
-        <v>194</v>
+      <c r="G29" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H29" s="5" t="s">
-        <v>195</v>
-[...3 lines deleted...]
-      </c>
+        <v>198</v>
+      </c>
+      <c r="I29" s="5"/>
       <c r="J29" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K29" s="5" t="s">
-        <v>197</v>
+        <v>199</v>
       </c>
       <c r="L29" s="6" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="M29" s="5" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="5" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
       <c r="B30" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C30" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D30" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E30" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F30" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G30" s="5" t="s">
-        <v>26</v>
+        <v>203</v>
       </c>
       <c r="H30" s="5" t="s">
-        <v>201</v>
+        <v>204</v>
       </c>
       <c r="I30" s="5"/>
       <c r="J30" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K30" s="5" t="s">
-        <v>202</v>
+        <v>205</v>
       </c>
       <c r="L30" s="6" t="s">
-        <v>203</v>
+        <v>206</v>
       </c>
       <c r="M30" s="5" t="s">
-        <v>204</v>
+        <v>207</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="5" t="s">
-        <v>205</v>
+        <v>208</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C31" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D31" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E31" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F31" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G31" s="5" t="s">
-        <v>26</v>
+        <v>209</v>
       </c>
       <c r="H31" s="5" t="s">
-        <v>206</v>
-[...1 lines deleted...]
-      <c r="I31" s="5"/>
+        <v>210</v>
+      </c>
+      <c r="I31" s="5" t="s">
+        <v>211</v>
+      </c>
       <c r="J31" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K31" s="5" t="s">
-        <v>207</v>
+        <v>212</v>
       </c>
       <c r="L31" s="6" t="s">
-        <v>208</v>
+        <v>213</v>
       </c>
       <c r="M31" s="5" t="s">
-        <v>209</v>
+        <v>214</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="5" t="s">
-        <v>210</v>
+        <v>208</v>
       </c>
       <c r="B32" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C32" s="5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D32" s="5" t="s">
-        <v>16</v>
-[...7 lines deleted...]
-        </is>
+        <v>15</v>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F32" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="G32" s="5" t="s">
-        <v>26</v>
+        <v>215</v>
       </c>
       <c r="H32" s="5" t="s">
-        <v>211</v>
-[...1 lines deleted...]
-      <c r="I32" s="5"/>
+        <v>216</v>
+      </c>
+      <c r="I32" s="5" t="s">
+        <v>217</v>
+      </c>
       <c r="J32" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K32" s="5" t="s">
-        <v>212</v>
+        <v>218</v>
       </c>
       <c r="L32" s="6" t="s">
-        <v>213</v>
+        <v>219</v>
       </c>
       <c r="M32" s="5" t="s">
-        <v>214</v>
+        <v>220</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="5" t="s">
-        <v>215</v>
+        <v>221</v>
       </c>
       <c r="B33" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C33" s="5" t="s">
-        <v>15</v>
+        <v>222</v>
       </c>
       <c r="D33" s="5" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>15</v>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F33" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G33" s="5" t="s">
-        <v>26</v>
+      <c r="G33" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H33" s="5" t="s">
-        <v>216</v>
+        <v>223</v>
       </c>
       <c r="I33" s="5" t="s">
-        <v>217</v>
+        <v>224</v>
       </c>
       <c r="J33" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K33" s="5" t="s">
-        <v>218</v>
+        <v>225</v>
       </c>
       <c r="L33" s="6" t="s">
-        <v>219</v>
+        <v>226</v>
       </c>
       <c r="M33" s="5" t="s">
-        <v>220</v>
+        <v>227</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="5" t="s">
-        <v>221</v>
+        <v>228</v>
       </c>
       <c r="B34" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C34" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D34" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E34" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F34" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G34" s="5" t="s">
-        <v>222</v>
+        <v>26</v>
       </c>
       <c r="H34" s="5" t="s">
-        <v>223</v>
+        <v>229</v>
       </c>
       <c r="I34" s="5" t="s">
-        <v>224</v>
+        <v>230</v>
       </c>
       <c r="J34" s="5" t="s">
-        <v>225</v>
+        <v>21</v>
       </c>
       <c r="K34" s="5" t="s">
-        <v>226</v>
+        <v>231</v>
       </c>
       <c r="L34" s="6" t="s">
-        <v>227</v>
+        <v>232</v>
       </c>
       <c r="M34" s="5" t="s">
-        <v>228</v>
+        <v>233</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="5" t="s">
-        <v>229</v>
+        <v>228</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C35" s="5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D35" s="5" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="E35" s="5" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-        </is>
+        <v>190</v>
+      </c>
+      <c r="F35" s="5" t="s">
+        <v>26</v>
       </c>
       <c r="G35" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H35" s="5" t="s">
-        <v>230</v>
+        <v>234</v>
       </c>
       <c r="I35" s="5" t="s">
-        <v>231</v>
+        <v>235</v>
       </c>
       <c r="J35" s="5" t="s">
-        <v>232</v>
+        <v>21</v>
       </c>
       <c r="K35" s="5" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="L35" s="6" t="s">
-        <v>234</v>
+        <v>237</v>
       </c>
       <c r="M35" s="5" t="s">
-        <v>235</v>
+        <v>238</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="5" t="s">
-        <v>236</v>
+        <v>239</v>
       </c>
       <c r="B36" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C36" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D36" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E36" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F36" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G36" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G36" s="5" t="s">
+        <v>240</v>
       </c>
       <c r="H36" s="5" t="s">
-        <v>237</v>
+        <v>241</v>
       </c>
       <c r="I36" s="5" t="s">
-        <v>238</v>
+        <v>242</v>
       </c>
       <c r="J36" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K36" s="5" t="s">
-        <v>239</v>
+        <v>243</v>
       </c>
       <c r="L36" s="6" t="s">
-        <v>240</v>
+        <v>244</v>
       </c>
       <c r="M36" s="5" t="s">
-        <v>241</v>
+        <v>245</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="5" t="s">
-        <v>242</v>
+        <v>246</v>
       </c>
       <c r="B37" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C37" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D37" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E37" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F37" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G37" s="5" t="s">
-        <v>243</v>
+        <v>247</v>
       </c>
       <c r="H37" s="5" t="s">
-        <v>244</v>
-[...1 lines deleted...]
-      <c r="I37" s="5"/>
+        <v>248</v>
+      </c>
+      <c r="I37" s="5" t="s">
+        <v>249</v>
+      </c>
       <c r="J37" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K37" s="5" t="s">
-        <v>245</v>
+        <v>250</v>
       </c>
       <c r="L37" s="6" t="s">
-        <v>246</v>
+        <v>251</v>
       </c>
       <c r="M37" s="5" t="s">
-        <v>247</v>
+        <v>252</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="5" t="s">
-        <v>248</v>
+        <v>253</v>
       </c>
       <c r="B38" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C38" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D38" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E38" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F38" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G38" s="5" t="s">
-        <v>249</v>
+        <v>26</v>
       </c>
       <c r="H38" s="5" t="s">
-        <v>250</v>
-[...3 lines deleted...]
-      </c>
+        <v>254</v>
+      </c>
+      <c r="I38" s="5"/>
       <c r="J38" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K38" s="5" t="s">
-        <v>252</v>
+        <v>255</v>
       </c>
       <c r="L38" s="6" t="s">
-        <v>253</v>
+        <v>256</v>
       </c>
       <c r="M38" s="5" t="s">
-        <v>254</v>
+        <v>257</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="5" t="s">
-        <v>255</v>
+        <v>258</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C39" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D39" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E39" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F39" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G39" s="5" t="s">
-        <v>256</v>
+        <v>26</v>
       </c>
       <c r="H39" s="5" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="I39" s="5"/>
       <c r="J39" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K39" s="5" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
       <c r="L39" s="6" t="s">
-        <v>259</v>
+        <v>261</v>
       </c>
       <c r="M39" s="5" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="5" t="s">
-        <v>261</v>
+        <v>263</v>
       </c>
       <c r="B40" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C40" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D40" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E40" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F40" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G40" s="5" t="s">
-        <v>262</v>
+        <v>26</v>
       </c>
       <c r="H40" s="5" t="s">
-        <v>47</v>
-[...3 lines deleted...]
-      </c>
+        <v>185</v>
+      </c>
+      <c r="I40" s="5"/>
       <c r="J40" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K40" s="5" t="s">
         <v>264</v>
       </c>
       <c r="L40" s="6" t="s">
         <v>265</v>
       </c>
       <c r="M40" s="5" t="s">
         <v>266</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="5" t="s">
         <v>267</v>
       </c>
       <c r="B41" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C41" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D41" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E41" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F41" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G41" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="H41" s="5" t="s">
         <v>268</v>
       </c>
-      <c r="H41" s="5" t="s">
+      <c r="I41" s="5" t="s">
         <v>269</v>
-      </c>
-[...1 lines deleted...]
-        <v>270</v>
       </c>
       <c r="J41" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K41" s="5" t="s">
+        <v>270</v>
+      </c>
+      <c r="L41" s="6" t="s">
         <v>271</v>
       </c>
-      <c r="L41" s="6" t="s">
+      <c r="M41" s="5" t="s">
         <v>272</v>
-      </c>
-[...1 lines deleted...]
-        <v>273</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="5" t="s">
+        <v>273</v>
+      </c>
+      <c r="B42" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C42" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D42" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E42" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F42" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G42" s="5" t="s">
         <v>274</v>
       </c>
-      <c r="B42" s="5" t="s">
-[...16 lines deleted...]
-      <c r="G42" s="5" t="s">
+      <c r="H42" s="5" t="s">
         <v>275</v>
-      </c>
-[...1 lines deleted...]
-        <v>211</v>
       </c>
       <c r="I42" s="5" t="s">
         <v>276</v>
       </c>
       <c r="J42" s="5" t="s">
-        <v>21</v>
+        <v>277</v>
       </c>
       <c r="K42" s="5" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="L42" s="6" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="M42" s="5" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="5" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="B43" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C43" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D43" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E43" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F43" s="5" t="s">
-[...3 lines deleted...]
-        <v>281</v>
+      <c r="F43" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G43" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H43" s="5" t="s">
         <v>282</v>
       </c>
-      <c r="I43" s="5"/>
+      <c r="I43" s="5" t="s">
+        <v>283</v>
+      </c>
       <c r="J43" s="5" t="s">
-        <v>21</v>
+        <v>284</v>
       </c>
       <c r="K43" s="5" t="s">
-        <v>283</v>
+        <v>285</v>
       </c>
       <c r="L43" s="6" t="s">
-        <v>284</v>
+        <v>286</v>
       </c>
       <c r="M43" s="5" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="5" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="B44" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C44" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D44" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E44" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F44" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G44" s="5" t="s">
-        <v>287</v>
+      <c r="G44" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H44" s="5" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="I44" s="5" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="J44" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K44" s="5" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="L44" s="6" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="M44" s="5" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="5" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="B45" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C45" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D45" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E45" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F45" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G45" s="5" t="s">
-        <v>281</v>
+        <v>295</v>
       </c>
       <c r="H45" s="5" t="s">
-        <v>294</v>
-[...3 lines deleted...]
-      </c>
+        <v>296</v>
+      </c>
+      <c r="I45" s="5"/>
       <c r="J45" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K45" s="5" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="L45" s="6" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="M45" s="5" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="5" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="B46" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C46" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D46" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E46" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F46" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G46" s="5" t="s">
-        <v>26</v>
+        <v>301</v>
       </c>
       <c r="H46" s="5" t="s">
-        <v>300</v>
+        <v>302</v>
       </c>
       <c r="I46" s="5" t="s">
-        <v>301</v>
+        <v>303</v>
       </c>
       <c r="J46" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K46" s="5" t="s">
-        <v>302</v>
+        <v>304</v>
       </c>
       <c r="L46" s="6" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
       <c r="M46" s="5" t="s">
-        <v>304</v>
+        <v>306</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="5" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
       <c r="B47" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C47" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D47" s="5" t="s">
-        <v>306</v>
+        <v>16</v>
       </c>
       <c r="E47" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F47" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G47" s="5" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="H47" s="5" t="s">
-        <v>308</v>
-[...1 lines deleted...]
-      <c r="I47" s="5" t="s">
         <v>309</v>
       </c>
+      <c r="I47" s="5"/>
       <c r="J47" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="K47" s="5" t="s">
         <v>310</v>
       </c>
-      <c r="K47" s="5" t="s">
+      <c r="L47" s="6" t="s">
         <v>311</v>
       </c>
-      <c r="L47" s="6" t="s">
+      <c r="M47" s="5" t="s">
         <v>312</v>
-      </c>
-[...1 lines deleted...]
-        <v>313</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="5" t="s">
+        <v>313</v>
+      </c>
+      <c r="B48" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C48" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D48" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E48" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F48" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G48" s="5" t="s">
         <v>314</v>
       </c>
-      <c r="B48" s="5" t="s">
-[...20 lines deleted...]
-      </c>
       <c r="H48" s="5" t="s">
+        <v>47</v>
+      </c>
+      <c r="I48" s="5" t="s">
         <v>315</v>
-      </c>
-[...1 lines deleted...]
-        <v>316</v>
       </c>
       <c r="J48" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K48" s="5" t="s">
+        <v>316</v>
+      </c>
+      <c r="L48" s="6" t="s">
         <v>317</v>
       </c>
-      <c r="L48" s="6" t="s">
+      <c r="M48" s="5" t="s">
         <v>318</v>
-      </c>
-[...1 lines deleted...]
-        <v>319</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="5" t="s">
+        <v>319</v>
+      </c>
+      <c r="B49" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C49" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D49" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E49" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F49" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G49" s="5" t="s">
         <v>320</v>
       </c>
-      <c r="B49" s="5" t="s">
-[...16 lines deleted...]
-      <c r="G49" s="5" t="s">
+      <c r="H49" s="5" t="s">
+        <v>162</v>
+      </c>
+      <c r="I49" s="5" t="s">
         <v>321</v>
-      </c>
-[...4 lines deleted...]
-        <v>323</v>
       </c>
       <c r="J49" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K49" s="5" t="s">
+        <v>322</v>
+      </c>
+      <c r="L49" s="6" t="s">
+        <v>323</v>
+      </c>
+      <c r="M49" s="5" t="s">
         <v>324</v>
-      </c>
-[...4 lines deleted...]
-        <v>326</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="5" t="s">
-        <v>320</v>
+        <v>325</v>
       </c>
       <c r="B50" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C50" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D50" s="5" t="s">
-        <v>306</v>
+        <v>16</v>
       </c>
       <c r="E50" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F50" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G50" s="5" t="s">
+        <v>326</v>
+      </c>
+      <c r="H50" s="5" t="s">
+        <v>185</v>
+      </c>
+      <c r="I50" s="5" t="s">
         <v>327</v>
       </c>
-      <c r="H50" s="5" t="s">
+      <c r="J50" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="K50" s="5" t="s">
         <v>328</v>
       </c>
-      <c r="I50" s="5" t="s">
+      <c r="L50" s="6" t="s">
         <v>329</v>
       </c>
-      <c r="J50" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K50" s="5" t="s">
+      <c r="M50" s="5" t="s">
         <v>330</v>
-      </c>
-[...4 lines deleted...]
-        <v>332</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="5" t="s">
+        <v>331</v>
+      </c>
+      <c r="B51" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C51" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D51" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E51" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F51" s="5" t="s">
+        <v>84</v>
+      </c>
+      <c r="G51" s="5" t="s">
+        <v>332</v>
+      </c>
+      <c r="H51" s="5" t="s">
         <v>333</v>
       </c>
-      <c r="B51" s="5" t="s">
-[...24 lines deleted...]
-      </c>
+      <c r="I51" s="5"/>
       <c r="J51" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K51" s="5" t="s">
+        <v>334</v>
+      </c>
+      <c r="L51" s="6" t="s">
         <v>335</v>
       </c>
-      <c r="L51" s="6" t="s">
+      <c r="M51" s="5" t="s">
         <v>336</v>
-      </c>
-[...1 lines deleted...]
-        <v>337</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="5" t="s">
+        <v>337</v>
+      </c>
+      <c r="B52" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C52" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D52" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E52" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F52" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G52" s="5" t="s">
         <v>338</v>
       </c>
-      <c r="B52" s="5" t="s">
-[...16 lines deleted...]
-      <c r="G52" s="5" t="s">
+      <c r="H52" s="5" t="s">
         <v>339</v>
       </c>
-      <c r="H52" s="5" t="s">
+      <c r="I52" s="5" t="s">
         <v>340</v>
-      </c>
-[...1 lines deleted...]
-        <v>341</v>
       </c>
       <c r="J52" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K52" s="5" t="s">
+        <v>341</v>
+      </c>
+      <c r="L52" s="6" t="s">
         <v>342</v>
       </c>
-      <c r="L52" s="6" t="s">
+      <c r="M52" s="5" t="s">
         <v>343</v>
-      </c>
-[...1 lines deleted...]
-        <v>344</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="5" t="s">
-        <v>338</v>
+        <v>344</v>
       </c>
       <c r="B53" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C53" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D53" s="5" t="s">
-        <v>306</v>
+        <v>16</v>
       </c>
       <c r="E53" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F53" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G53" s="5" t="s">
+        <v>332</v>
+      </c>
+      <c r="H53" s="5" t="s">
         <v>345</v>
       </c>
-      <c r="H53" s="5" t="s">
+      <c r="I53" s="5" t="s">
         <v>346</v>
       </c>
-      <c r="I53" s="5" t="s">
+      <c r="J53" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="K53" s="5" t="s">
         <v>347</v>
       </c>
-      <c r="J53" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K53" s="5" t="s">
+      <c r="L53" s="6" t="s">
         <v>348</v>
       </c>
-      <c r="L53" s="6" t="s">
+      <c r="M53" s="5" t="s">
         <v>349</v>
-      </c>
-[...1 lines deleted...]
-        <v>350</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="5" t="s">
+        <v>350</v>
+      </c>
+      <c r="B54" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C54" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D54" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E54" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F54" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G54" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="H54" s="5" t="s">
         <v>351</v>
       </c>
-      <c r="B54" s="5" t="s">
-[...19 lines deleted...]
-      <c r="H54" s="5" t="s">
+      <c r="I54" s="5" t="s">
         <v>352</v>
       </c>
-      <c r="I54" s="5" t="s">
+      <c r="J54" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="K54" s="5" t="s">
         <v>353</v>
       </c>
-      <c r="J54" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K54" s="5" t="s">
+      <c r="L54" s="6" t="s">
         <v>354</v>
       </c>
-      <c r="L54" s="6" t="s">
+      <c r="M54" s="5" t="s">
         <v>355</v>
-      </c>
-[...1 lines deleted...]
-        <v>356</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="5" t="s">
+        <v>356</v>
+      </c>
+      <c r="B55" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C55" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D55" s="5" t="s">
         <v>357</v>
       </c>
-      <c r="B55" s="5" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E55" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F55" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G55" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G55" s="5" t="s">
+        <v>358</v>
       </c>
       <c r="H55" s="5" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="I55" s="5" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="J55" s="5" t="s">
-        <v>360</v>
+        <v>166</v>
       </c>
       <c r="K55" s="5" t="s">
         <v>361</v>
       </c>
       <c r="L55" s="6" t="s">
         <v>362</v>
       </c>
       <c r="M55" s="5" t="s">
         <v>363</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="5" t="s">
         <v>364</v>
       </c>
       <c r="B56" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C56" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D56" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E56" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F56" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G56" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H56" s="5" t="s">
         <v>365</v>
       </c>
-      <c r="E56" s="5" t="s">
-[...2 lines deleted...]
-      <c r="F56" s="5" t="s">
+      <c r="I56" s="5" t="s">
         <v>366</v>
       </c>
-      <c r="G56" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H56" s="5" t="s">
+      <c r="J56" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="K56" s="5" t="s">
         <v>367</v>
       </c>
-      <c r="I56" s="5" t="s">
+      <c r="L56" s="6" t="s">
         <v>368</v>
       </c>
-      <c r="J56" s="5" t="s">
+      <c r="M56" s="5" t="s">
         <v>369</v>
-      </c>
-[...7 lines deleted...]
-        <v>372</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="5" t="s">
+        <v>370</v>
+      </c>
+      <c r="B57" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C57" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D57" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E57" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F57" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G57" s="5" t="s">
+        <v>371</v>
+      </c>
+      <c r="H57" s="5" t="s">
+        <v>372</v>
+      </c>
+      <c r="I57" s="5" t="s">
         <v>373</v>
-      </c>
-[...26 lines deleted...]
-        <v>375</v>
       </c>
       <c r="J57" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K57" s="5" t="s">
+        <v>374</v>
+      </c>
+      <c r="L57" s="6" t="s">
+        <v>375</v>
+      </c>
+      <c r="M57" s="5" t="s">
         <v>376</v>
-      </c>
-[...4 lines deleted...]
-        <v>378</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="5" t="s">
-        <v>173</v>
+        <v>370</v>
       </c>
       <c r="B58" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C58" s="5" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D58" s="5" t="s">
-        <v>15</v>
-[...7 lines deleted...]
-        <v>17</v>
+        <v>357</v>
+      </c>
+      <c r="E58" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F58" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G58" s="5" t="s">
+        <v>377</v>
+      </c>
+      <c r="H58" s="5" t="s">
+        <v>378</v>
+      </c>
+      <c r="I58" s="5" t="s">
         <v>379</v>
       </c>
-      <c r="H58" s="5" t="s">
+      <c r="J58" s="5" t="s">
+        <v>166</v>
+      </c>
+      <c r="K58" s="5" t="s">
         <v>380</v>
       </c>
-      <c r="I58" s="5" t="s">
+      <c r="L58" s="6" t="s">
         <v>381</v>
       </c>
-      <c r="J58" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K58" s="5" t="s">
+      <c r="M58" s="5" t="s">
         <v>382</v>
-      </c>
-[...4 lines deleted...]
-        <v>384</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="5" t="s">
-        <v>385</v>
+        <v>383</v>
       </c>
       <c r="B59" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C59" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D59" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E59" s="5" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="F59" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G59" s="5" t="s">
-        <v>386</v>
+        <v>358</v>
       </c>
       <c r="H59" s="5" t="s">
-        <v>387</v>
+        <v>357</v>
       </c>
       <c r="I59" s="5" t="s">
-        <v>388</v>
+        <v>384</v>
       </c>
       <c r="J59" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K59" s="5" t="s">
-        <v>389</v>
+        <v>385</v>
       </c>
       <c r="L59" s="6" t="s">
-        <v>390</v>
+        <v>386</v>
       </c>
       <c r="M59" s="5" t="s">
-        <v>391</v>
+        <v>387</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="5" t="s">
-        <v>392</v>
+        <v>388</v>
       </c>
       <c r="B60" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C60" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D60" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E60" s="5" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="F60" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G60" s="5" t="s">
-        <v>393</v>
+        <v>389</v>
       </c>
       <c r="H60" s="5" t="s">
-        <v>394</v>
-[...1 lines deleted...]
-      <c r="I60" s="5"/>
+        <v>390</v>
+      </c>
+      <c r="I60" s="5" t="s">
+        <v>391</v>
+      </c>
       <c r="J60" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K60" s="5" t="s">
-        <v>395</v>
+        <v>392</v>
       </c>
       <c r="L60" s="6" t="s">
-        <v>396</v>
+        <v>393</v>
       </c>
       <c r="M60" s="5" t="s">
-        <v>397</v>
+        <v>394</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="5" t="s">
+        <v>388</v>
+      </c>
+      <c r="B61" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C61" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D61" s="5" t="s">
+        <v>357</v>
+      </c>
+      <c r="E61" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F61" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G61" s="5" t="s">
+        <v>395</v>
+      </c>
+      <c r="H61" s="5" t="s">
+        <v>396</v>
+      </c>
+      <c r="I61" s="5" t="s">
+        <v>397</v>
+      </c>
+      <c r="J61" s="5" t="s">
+        <v>166</v>
+      </c>
+      <c r="K61" s="5" t="s">
         <v>398</v>
       </c>
-      <c r="B61" s="5" t="s">
-[...22 lines deleted...]
-      <c r="I61" s="5" t="s">
+      <c r="L61" s="6" t="s">
         <v>399</v>
       </c>
-      <c r="J61" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K61" s="5" t="s">
+      <c r="M61" s="5" t="s">
         <v>400</v>
-      </c>
-[...4 lines deleted...]
-        <v>402</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="5" t="s">
-        <v>403</v>
+        <v>401</v>
       </c>
       <c r="B62" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C62" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D62" s="5" t="s">
-        <v>269</v>
+        <v>162</v>
       </c>
       <c r="E62" s="5" t="s">
         <v>26</v>
       </c>
       <c r="F62" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G62" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H62" s="5" t="s">
+        <v>402</v>
+      </c>
+      <c r="I62" s="5" t="s">
+        <v>403</v>
+      </c>
+      <c r="J62" s="5" t="s">
+        <v>166</v>
+      </c>
+      <c r="K62" s="5" t="s">
         <v>404</v>
       </c>
-      <c r="I62" s="5" t="s">
+      <c r="L62" s="6" t="s">
         <v>405</v>
       </c>
-      <c r="J62" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K62" s="5" t="s">
+      <c r="M62" s="5" t="s">
         <v>406</v>
-      </c>
-[...4 lines deleted...]
-        <v>408</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="5" t="s">
+        <v>407</v>
+      </c>
+      <c r="B63" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C63" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D63" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E63" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F63" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="G63" s="5" t="s">
+        <v>408</v>
+      </c>
+      <c r="H63" s="5" t="s">
         <v>409</v>
       </c>
-      <c r="B63" s="5" t="s">
-[...8 lines deleted...]
-      <c r="E63" s="5" t="s">
+      <c r="I63" s="5" t="s">
         <v>410</v>
       </c>
-      <c r="F63" s="5" t="inlineStr">
-[...10 lines deleted...]
-      <c r="I63" s="5"/>
       <c r="J63" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K63" s="5" t="s">
         <v>411</v>
       </c>
       <c r="L63" s="6" t="s">
         <v>412</v>
       </c>
       <c r="M63" s="5" t="s">
         <v>413</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="5" t="s">
-        <v>180</v>
+        <v>414</v>
       </c>
       <c r="B64" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C64" s="5" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D64" s="5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="E64" s="5" t="s">
-        <v>155</v>
-[...1 lines deleted...]
-      <c r="F64" s="5" t="s">
         <v>26</v>
       </c>
-      <c r="G64" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F64" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G64" s="5" t="s">
+        <v>415</v>
       </c>
       <c r="H64" s="5" t="s">
-        <v>414</v>
+        <v>416</v>
       </c>
       <c r="I64" s="5" t="s">
-        <v>415</v>
+        <v>417</v>
       </c>
       <c r="J64" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K64" s="5" t="s">
-        <v>416</v>
+        <v>418</v>
       </c>
       <c r="L64" s="6" t="s">
-        <v>417</v>
+        <v>419</v>
       </c>
       <c r="M64" s="5" t="s">
-        <v>418</v>
+        <v>420</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="5" t="s">
-        <v>71</v>
+        <v>421</v>
       </c>
       <c r="B65" s="5" t="s">
-        <v>419</v>
+        <v>14</v>
       </c>
       <c r="C65" s="5" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D65" s="5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="E65" s="5" t="s">
-        <v>97</v>
-[...1 lines deleted...]
-      <c r="F65" s="5" t="s">
         <v>26</v>
       </c>
+      <c r="F65" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
       <c r="G65" s="5" t="s">
-        <v>420</v>
+        <v>422</v>
       </c>
       <c r="H65" s="5" t="s">
-        <v>421</v>
-[...3 lines deleted...]
-      </c>
+        <v>423</v>
+      </c>
+      <c r="I65" s="5"/>
       <c r="J65" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K65" s="5" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="L65" s="6" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
       <c r="M65" s="5" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="5" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="B66" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C66" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D66" s="5" t="s">
-        <v>15</v>
+        <v>162</v>
       </c>
       <c r="E66" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F66" s="5" t="s">
-        <v>26</v>
+      <c r="F66" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G66" s="5" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="H66" s="5" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="I66" s="5" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
       <c r="J66" s="5" t="s">
-        <v>21</v>
+        <v>166</v>
       </c>
       <c r="K66" s="5" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="L66" s="6" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="M66" s="5" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="5" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="B67" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C67" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D67" s="5" t="s">
-        <v>16</v>
+        <v>357</v>
       </c>
       <c r="E67" s="5" t="s">
-        <v>434</v>
-[...2 lines deleted...]
-        <v>97</v>
+        <v>17</v>
+      </c>
+      <c r="F67" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G67" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="H67" s="5" t="s">
         <v>435</v>
       </c>
-      <c r="H67" s="5" t="s">
+      <c r="I67" s="5" t="s">
         <v>436</v>
       </c>
-      <c r="I67" s="5"/>
       <c r="J67" s="5" t="s">
-        <v>310</v>
+        <v>166</v>
       </c>
       <c r="K67" s="5" t="s">
         <v>437</v>
       </c>
       <c r="L67" s="6" t="s">
         <v>438</v>
       </c>
       <c r="M67" s="5" t="s">
         <v>439</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="5" t="s">
         <v>440</v>
       </c>
       <c r="B68" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C68" s="5" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D68" s="5" t="s">
-        <v>269</v>
-[...4 lines deleted...]
-        </is>
+        <v>162</v>
+      </c>
+      <c r="E68" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F68" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G68" s="5" t="s">
+      <c r="G68" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H68" s="5" t="s">
         <v>441</v>
       </c>
-      <c r="H68" s="5" t="s">
+      <c r="I68" s="5" t="s">
         <v>442</v>
       </c>
-      <c r="I68" s="5" t="s">
+      <c r="J68" s="5" t="s">
         <v>443</v>
-      </c>
-[...1 lines deleted...]
-        <v>310</v>
       </c>
       <c r="K68" s="5" t="s">
         <v>444</v>
       </c>
       <c r="L68" s="6" t="s">
         <v>445</v>
       </c>
       <c r="M68" s="5" t="s">
         <v>446</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="5" t="s">
         <v>447</v>
       </c>
       <c r="B69" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C69" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D69" s="5" t="s">
         <v>448</v>
       </c>
       <c r="E69" s="5" t="s">
-        <v>97</v>
+        <v>84</v>
       </c>
       <c r="F69" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G69" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H69" s="5" t="s">
         <v>449</v>
       </c>
       <c r="I69" s="5" t="s">
         <v>450</v>
       </c>
       <c r="J69" s="5" t="s">
-        <v>360</v>
+        <v>443</v>
       </c>
       <c r="K69" s="5" t="s">
         <v>451</v>
       </c>
       <c r="L69" s="6" t="s">
         <v>452</v>
       </c>
       <c r="M69" s="5" t="s">
         <v>453</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="5" t="s">
         <v>454</v>
       </c>
       <c r="B70" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C70" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D70" s="5" t="s">
         <v>455</v>
       </c>
       <c r="E70" s="5" t="s">
-        <v>97</v>
+        <v>84</v>
       </c>
       <c r="F70" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G70" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H70" s="5" t="s">
         <v>456</v>
       </c>
       <c r="I70" s="5" t="s">
         <v>457</v>
       </c>
       <c r="J70" s="5" t="s">
-        <v>360</v>
+        <v>443</v>
       </c>
       <c r="K70" s="5" t="s">
         <v>458</v>
       </c>
       <c r="L70" s="6" t="s">
         <v>459</v>
       </c>
       <c r="M70" s="5" t="s">
         <v>460</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="5" t="s">
         <v>461</v>
       </c>
       <c r="B71" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C71" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D71" s="5" t="s">
         <v>462</v>
       </c>
-      <c r="D71" s="5" t="s">
-[...10 lines deleted...]
-        </is>
+      <c r="E71" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="F71" s="5" t="s">
+        <v>463</v>
       </c>
       <c r="G71" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H71" s="5" t="s">
-        <v>463</v>
+        <v>162</v>
       </c>
       <c r="I71" s="5" t="s">
         <v>464</v>
       </c>
       <c r="J71" s="5" t="s">
-        <v>21</v>
+        <v>465</v>
       </c>
       <c r="K71" s="5" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="L71" s="6" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="M71" s="5" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="5" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
       <c r="B72" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C72" s="5" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D72" s="5" t="s">
-        <v>269</v>
-[...12 lines deleted...]
-        <v>469</v>
+        <v>462</v>
+      </c>
+      <c r="E72" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F72" s="5" t="s">
+        <v>463</v>
+      </c>
+      <c r="G72" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H72" s="5" t="s">
         <v>470</v>
       </c>
       <c r="I72" s="5" t="s">
         <v>471</v>
       </c>
       <c r="J72" s="5" t="s">
-        <v>310</v>
+        <v>465</v>
       </c>
       <c r="K72" s="5" t="s">
         <v>472</v>
       </c>
       <c r="L72" s="6" t="s">
         <v>473</v>
       </c>
       <c r="M72" s="5" t="s">
         <v>474</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>