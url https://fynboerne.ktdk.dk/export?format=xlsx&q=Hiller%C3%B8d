--- v0 (2025-12-25)
+++ v1 (2026-02-09)
@@ -3,53 +3,53 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="391" uniqueCount="300" xml:space="preserve">
-[...1 lines deleted...]
-    <t>Datering</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="402" uniqueCount="307" xml:space="preserve">
+  <si>
+    <t>Datering/Værktitel</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
@@ -1218,50 +1218,89 @@
     <t>Andreas Larsen
 Johannes Larsen
 Marie Larsen
 Peter Andreas Larsen</t>
   </si>
   <si>
     <t>Brevet er i privateje, A</t>
   </si>
   <si>
     <t>Christine Swane takker for det dejlige ophold på Båxhult. Lasse var stolt over at blive betroet hestene. Christine håber, at vejret er bedre end i Birkerød, for her har man haft voldsomt tordenvejr. Lasse og hun glemte Lasses regnfrakke på Båxhult, og hun vil bede om, at Johannes Larsen og hans søn tager den med, når de kører derfra.
 Hjemrejsen gik godt. Marie kom i bil til Birkerød.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/njgK</t>
   </si>
   <si>
     <t>Tornevangsvej 24-8-1931.
 [Skrevet øverst s. 1, på hovedet:]
 Kære Lysse og Bimse, mange Tak for sidst. Jeg lægger et Par Fotografier i og saa skal jeg snart sende Resten. Hils Onkel Las mange Gange. Hilsen fra Lasse.
 [Ikke på hovedet:]
 Kære Bimse og Lysse.
 Tusind Tak for den dejlige Tid Lasse og jeg tilbragte hos Jer, den vil vi tidt tænke tilbage til. Jeg var meget glad ved at se det altsammen der oppe en Gang igen og Lasse er meget begejstret for det Hele der oppe og føler sig sikkert stolt over at han kunde betros Hestene. Hvordan har lille Peter det, hvor er han dog yndig. Jeg vil håbe for Las og osse for Jer selvfølgelig at Vejret er noget bedre på Båxhult end her, først i går og i Dag har jeg kunnet begynde at gøre lidt ved min Have, i sidste Uge havde vi nogle skrækkelige Tordenbyger så det Hele svømmede, Lyn og Torden så Huset rystede. Jeg håber Kvien og Kalven har det godt, hvor meget Mælk mon Kvien nu malker? Lasse begyndte så sin Skole i Mandags, jeg var med derinde, både Rektor og Frue roste ham meget og var glade ved at han ["han" indsat over linjen] var så flink. Han cycler hver Morgen ved 7Tiden, desværre glemte vi jo hans Regnfrakke oppe hos Jer, vi opdagede det da vi var kommen ud af Båxhultskoven og da var det jo forsent. Jeg ber Puf om at tage den med når Las og han kører hjem, vil I være rare at huske ham på det, da Lasse savner den meget i dette urolige Vejr. Jeg vil sige dig Bimse at det var en storartet Ide af dig at give os Smør med , vi fik Brød på Landeryd og så var det helt svensk de følgende Dage. Vi havde en god og smuk Rejse, Kl. 11 var vi her i Birkerød, vi ventede en 20 Mint. på Toget som gik over Hillerød. Rie kom jo bilende herover med Las og Puf, jeg skal hilse meget fra hende. Lasses Fotografier blev nydelige, han lægger nok nogle i Brevet. Mange Hilsner til Jer begge og til lille Peter og endnu engang Tak Jeres hengivne
 Tante Ugle.
 P.S.
 Hils Las meget. U.</t>
+  </si>
+  <si>
+    <t>1931-09-10</t>
+  </si>
+  <si>
+    <t>Hillerød</t>
+  </si>
+  <si>
+    <t>Julie Brandt
+Vilhelm Branner
+Alhed Marie Brønsted
+Ellen Brønsted
+Else Birgitte Brønsted
+Johannes Nicolaus Brønsted
+Peter Oluf Brønsted
+Johanne Christine Larsen</t>
+  </si>
+  <si>
+    <t>Julie/Pan Brandt fyldte 60 år i 1931.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3854</t>
+  </si>
+  <si>
+    <t>Thora/Tutte Branner ville gerne have været med til at fejre Julie/Pan Brandt, men hun og manden skal til deres hus i Sverige. De skal vinterordne haven og rydde et stykke jord til urter. Stedet hedder Puttebygget. Johanne/Junge C. Larsen har været med Thora og Vilhelm deroppe. De tog på rotur, lavede bål mm., og Johanne nød det som et barn. Der er alt, hvad man har brug for i huset i form af køkkengrej, sengetøj mm.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/taqC</t>
+  </si>
+  <si>
+    <t>Hillerød
+10 - 9 - 31
+Kære Lugge!
+Tak for dit Brev! den go'e Pan! - Ja på een Måde vilde vi gerne være med til at fejre hende; men ser du! Vi har, - da min Fødselsdag meget heldigt falder på en Lørdag - bestemt at fejre den med en lille Tur op til vores svenske Hus; Vilhelm vilde se at få et Par Dage fri i den Anledning. Foruden den Fornøjelse, som det altid er - navnlig for mig - at komme derop, har Turen det praktiske Formål at vinterordne eet og andet deroppe; der er fortrinlig Havejord omkring Huset, men fuldkommen græsgroet, og vi synes, det var rart at få gravet et stykke til lidt Urter.
+Du kan tro, det er et rart Sted, Puttebygget - det hedder det virkelig; der har ligget en gammel Gård. Du må se at komme derop engang! - jeg var lykkelig over at have Junge en halv Snes Dage; jeg tror, hun nød det, og det var dejligt at se, hvor hun livede op og kom i Humør. Vi travede hende også godt, kan du tro; bl.a. var vi en Søndag på en lang Rotur med Mad, Kaffekedel, Bål etc, og Junge morede sig som et Barn! Jeg tror virkelig hun har Gavn af det Ophold længe. - Vi har fået Huset helt godt monteret, så vi kan tage derop uden at medføre noget videre; foruden "alt" i Porcelæn og Køkkengrejer er der Lagner, Dækketøj og en Del Sengetøj; ja, jeg har endogså både Tøj, Fodtøj, Rammetøj etc. deroppe! 
+Nå, det var en hel Del om Huset! Du kan nok mærke, at en Del af min Sjæl er deroppe! Men for at komme tilbage til det foreliggende, så er det kedeligt at de to Ting skal kollidere, men - som sagt!!! etc.
+Tusind Hilsner til jer alle!
+Din
+Tutte.</t>
   </si>
   <si>
     <t>1933-01-17</t>
   </si>
   <si>
     <t>Kerteminde</t>
   </si>
   <si>
     <t>Hareskov St.</t>
   </si>
   <si>
     <t>Harriet Afzelius
 Adam Goldschmidt
 Brita Goldschmidt
 Ina  Goldschmidt
 Amanda Heinesen
 Julius Hviid
 Grethe Jungstedt
 - Knudsen, skomager
 Adolph Larsen
 Andreas Larsen
 Johannes Larsen
 Marie Larsen
 Else Larsen, Else, Andreas Larsens kone
 Arne Mortensen
@@ -1534,53 +1573,50 @@
 Nu vi tror at alt ret makker
 Kø’r og Heste trives vil
 Muligvis en Avlskarl vakker
 I ad Aare lægger til
 Og vi svinger højt vor Fane
 ønsker at det godt vil gaa
 Heldet følge Jeres Bane
 Lykke til – og saa kil paa!
 Lørdag Morgen Desværre maa Brevet jo allerede af Sted i Dag, da vi jo ikke kan afsende Breve om Lørdagen. 
 Nu skrev jeg saa den lille Vise, som det maaske kan more dig at se; den er jo noget tynd, men hvad hvis Stemningen er god, kan meget glide. 
 Hvor det glæder mig for Axel, at han nu har lidt (el. meget) bedre Forhold paa sit Kontor; det har jo uendelig meget at sige, naar han tilbringer saa mange Timer af sit Liv paa saadan et muggent Kontor. – Jeg læste nu dit Brev igennem igen. Hvor er der meget meningsløst i den Nazi-Regering. De vil med Vold og Magt af med Jøderne, men naar Dr. Sechendorfs Broder vil emigrere, kan han mulig ikke komme derfra. Det lyder meningsløst. Tror du ikke, det hænger saadan sammen, at han ikke kan faa sine Penge ud af Landet og derfor er afskaaret derfra? - For Resten havde jeg en svag Fornem
 4. 
 melse af, at Regeringen var begyndt at blive lidt mere normal (jvf. Landsbury´s Besøg hos Hitler) men maaske de er for dumme til at tage ved Lære af Landets Tilstand; de bliver vist mere og mere forarmede fordi alt skal gaa til den forbandede Oprustning – hvilket atter vil sige Storkapitalen. – Lad os haabe Tyskerne kan faa lavet Omvæltning uden Borgerkrig; de har dog før lavet en saadan – i Slutningen af Verdenskrigen – uden at der blev udgydt en Blodsdraabe; men selvf. er jo de to Situationer meget forskellige. Lad os haabe det bedste for det stakkels tyske Folk. 
 Du skriver at vi faar ikke Verdensfred, før hvert enkelt Menneske bliver bedre – altsaa fredelig indstillet; nej, det er sikkert rigtig nok, men det er jo ogsaa det Fredsvennerne arbejder så hardt med. Man har jo Slagordet ”Sindenes Afrustning” og Dr. Muncks [”c” i ordet overstreget] Tale i Geneve for nogle Maaneder siden – husker du nok – var jo det selvsamme som du siger. Jeg har saa tit kørt frem med den Betragtning ”Du og jeg og mange med os er Fredsvenner, og naar vi er det og saa er [”er” indsat over linjen] helt opfyldt af den Indstilling, at end ikke vor pekuniære Fordel vilde kunne rokke denne Indstilling - saa ligger det indenfor Mulighedernes Grænse, at alle kunde blive Fredsvenner og saa – voilà – Verdensfreden!” Der gøres jo et kolosalt Arbejde Verden over paa denne ”moralske Afrustning” og selv om vi intet ved om Udfaldet er det dog en god Fornemmelse at være med i det Arbejde. For mit Vedkommende blev det Slut, da jeg kom her til Lindøgaard, men har dog viet Arbejdet en Del af mine Kræfter før den Tid; endog holdt Foredrag. - - - - -
 Verdensanskuelse – nej, jeg har ingen! For noget negativt er jo nu en Gang ikke noget positivt. Jeg har ikke megen Intelligens – det skal Guderne vide, men den Smule jeg har, synes jeg, fortæller mig, at det er ufatteligt – det er vel alle enige om [”enige om” indsat over linjen] selv Videnskabens Dyrkere, som du synes at have et Horn i Siden paa; at alle rettænkende Mennesker maa forkaste, at Kemikerne laver Giftgassen er jo indlysende, men de er jo ogsaa kun Mennesker og de [”de” indsat over linjen] sætter sig derved i Klasse med alle de mange, der paa anden Maade fremmer og ophjælper Krigene. Men selve det at Mennesker vil udgranske Naturens Hemmeligheder og gøre sig til Herre over Stoffet kan jeg ikke med min bedste Mening se noget forkert i, og hvor ved du noget om Videnskabsmændenes Indstilling overfor Tilværelsens Gaader? Kender du James Jeans Bøger? Astronomi i nogenlunde populær Form – dog for en stor Del over min ringe Fatteevne; den, jeg har, hedder ”Universet” og efter denne lange tykke Bogs Udredelse om Stjærner og Æter, rent videnskabeligt selvfølgelig, skriver han i Slutningen, hvor han taler om Stoffets Tilblivelse disse Ord: ” For at faa en konkret Forestilling om en saadan Skabelse kunde vi tænke os, at Guds Finger satte Æteren i Svingninger og dermed gav Anledning til Skabelsen”. En saadan Guds Finger maa vel alle tænkende Mennesker mene existerer – det der skiller din Opfattelse fra min er blot det, at du tror – nej ved - at du ved Besked med Fingerens Indehaver, mens jeg mener, at vi Mennesker ikke kan have det allerfjerneste Begreb om den Kraft, Gud 
 5.
 Skaberen eller hvad Navn vi nu vil give det store – ufattelige -. Alle de mange mange Religioner er Udslag af Menneskers Trang til Viden om den Ting – el. lad mig sige Gud – og de er jo saa i Regelen ogsaa ”blevet kult [”kult” overstreget] moralske Faktorer [”], hvilket jo i høj Grad har berettiget deres Existens og er bleven til Velsignelse for Menneskeheden. Og det være da uendeligt langt fra mig at forsøge at rokke ved Menneskers religiøse Overbevisninger. Hvad der ikke mindst har oprørt mig ved russisk og tysk Diktatur er deres Arbejden paa at fratage Folkene deres Religion; de tager Brødet fra dem, men deres Trøst - Religionen – kunde de mintro dog gærne lade dem beholde, hvis den styrker dem i Tilværelsens Lidelser, og det er der jo ingen Tvivl om, at den gør. – Kan det kaldes at have en Livsopfattelse, jeg mener nej. 
 Der er for Resten en lille Ting i dit Brev, jeg maa skrive lidt om; du skriver: ”Du er Fredsven, men ogsaa Ven af en Videnskab, som bl.a. laver Giftgas - - ” Nej søde Dis, det er for overfladisk en Betragtning; for hvem mener dog at Videnskaben er ufejlbarlig? At jeg man [”jeg” overstreget; ”man” indsat over linjen] skal knæle for den og sige Ja og Tak for alt, hvad den laver? Man skal da ikke fordømme al Videnskaben, fordi den fejler paa visse Punkter. Det kan for Resten godt være, at Videnskabsmænd ikke tænker paa Mennesker, at de i ualmindelig Grad opsluges af deres Arbejde, men saa maa Mennesker jo om hvad af de videnskabelige Resultater de vil udnytte og hvordan de vil udnytte den - - og det gør de altså nederdrægtig skidt paa Gassernes Omraader. Men maa vel lidt opvejes ved den medicinske Videnskabs Virksomhed; hvis den finder ud af noget, som kan hjælpe mig af med min Gigt er det dog et Plus, hvor det andet er et Minus!
 Tror du ikke, du kan give mig Ret i nogle af disse Betragtninger? Og kan du ikke det gør det da heller slet ingen Ting; vi holder jo ikke af hinanden hverken for vores Tros eller Ikke-Tros eller vore Egenskabers Skyld, men fordi der er Sympati imellem os og er de gode Søstre og Venner som vi altid har været og som vi vil vedblive at være til ”Løbet” bliver Slut. Nu maa Brevet ogsaa snart være Slut; nu vinker Pandekagerne – de desværre endnu uskabte Pandekager – efter mig.
 Senere. Tænk nu kom Posten længe før sin Tid, nu venter han mens jeg faar dette lukket
 Tusinde af alt muligt – 
 Din Junge</t>
   </si>
   <si>
     <t>1937-11-26</t>
-  </si>
-[...1 lines deleted...]
-    <t>Hillerød</t>
   </si>
   <si>
     <t>Andreas Branner
 Bodild Branner
 Ebbe Branner
 Frits Branner
 Wilhelm Branner
 -  Hesselbjerg
 Ellen  Sawyer</t>
   </si>
   <si>
     <t>Det vides ikke, hvem eller hvad Grøn var.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2654</t>
   </si>
   <si>
     <t>Thora sender bukser.
 Bodild og hendes børn er syge.
 Thora takker Louise/Lugge for, at hun vil tale med Frits. Thora er meget bekymret, for han er ensom og uglad. Hun kan ikke skaffe ham en kæreste, men tror at han vil være glad, hvis han får en bil. Thoras mand, Vilhelm, bekymrer sig over alting. Deres anden søn, Ebbe, har en skrøbelig psyke.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/6uKE</t>
   </si>
   <si>
@@ -2083,59 +2119,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/ZWve" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QzNa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JfGS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dLi0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P8q0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wavK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KuQ7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hQsY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZT24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GfZ1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/E7ya" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3BSF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wftc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sJan" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Qx9Y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5uMX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ou54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9LKB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vRmb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ny9b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lifz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/njgK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F1Lr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PNXE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ibx1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PxB9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6uKE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TAfR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9pbL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/41L5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ws90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VdrO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AOwC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eDky" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/ZWve" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QzNa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JfGS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dLi0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P8q0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wavK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KuQ7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hQsY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZT24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GfZ1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/E7ya" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3BSF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wftc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sJan" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Qx9Y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5uMX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ou54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9LKB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vRmb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ny9b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lifz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/njgK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/taqC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F1Lr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PNXE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ibx1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PxB9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6uKE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TAfR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9pbL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/41L5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ws90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VdrO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AOwC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eDky" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M35"/>
+  <dimension ref="A1:M36"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -3144,591 +3180,637 @@
       <c r="H23" s="5" t="s">
         <v>201</v>
       </c>
       <c r="I23" s="5"/>
       <c r="J23" s="5" t="s">
         <v>202</v>
       </c>
       <c r="K23" s="5" t="s">
         <v>203</v>
       </c>
       <c r="L23" s="6" t="s">
         <v>204</v>
       </c>
       <c r="M23" s="5" t="s">
         <v>205</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="5" t="s">
         <v>206</v>
       </c>
       <c r="B24" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C24" s="5" t="s">
-        <v>15</v>
+        <v>188</v>
       </c>
       <c r="D24" s="5" t="s">
-        <v>44</v>
+        <v>189</v>
       </c>
       <c r="E24" s="5" t="s">
         <v>207</v>
       </c>
-      <c r="F24" s="5" t="s">
+      <c r="F24" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G24" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H24" s="5" t="s">
         <v>208</v>
       </c>
-      <c r="G24" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H24" s="5" t="s">
+      <c r="I24" s="5" t="s">
         <v>209</v>
       </c>
-      <c r="I24" s="5" t="s">
+      <c r="J24" s="5" t="s">
         <v>210</v>
       </c>
-      <c r="J24" s="5" t="s">
+      <c r="K24" s="5" t="s">
         <v>211</v>
       </c>
-      <c r="K24" s="5" t="s">
+      <c r="L24" s="6" t="s">
         <v>212</v>
       </c>
-      <c r="L24" s="6" t="s">
+      <c r="M24" s="5" t="s">
         <v>213</v>
-      </c>
-[...1 lines deleted...]
-        <v>214</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="5" t="s">
-        <v>215</v>
+        <v>214</v>
       </c>
       <c r="B25" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C25" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D25" s="5" t="s">
         <v>44</v>
       </c>
       <c r="E25" s="5" t="s">
+        <v>215</v>
+      </c>
+      <c r="F25" s="5" t="s">
         <v>216</v>
       </c>
-      <c r="F25" s="5" t="s">
+      <c r="G25" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H25" s="5" t="s">
         <v>217</v>
       </c>
-      <c r="G25" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H25" s="5" t="s">
+      <c r="I25" s="5" t="s">
         <v>218</v>
       </c>
-      <c r="I25" s="5" t="s">
+      <c r="J25" s="5" t="s">
         <v>219</v>
       </c>
-      <c r="J25" s="5" t="s">
+      <c r="K25" s="5" t="s">
         <v>220</v>
       </c>
-      <c r="K25" s="5" t="s">
+      <c r="L25" s="6" t="s">
         <v>221</v>
       </c>
-      <c r="L25" s="6" t="s">
+      <c r="M25" s="5" t="s">
         <v>222</v>
-      </c>
-[...1 lines deleted...]
-        <v>223</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="5" t="s">
-        <v>224</v>
+        <v>223</v>
       </c>
       <c r="B26" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C26" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D26" s="5" t="s">
         <v>44</v>
       </c>
-      <c r="D26" s="5" t="s">
+      <c r="E26" s="5" t="s">
+        <v>224</v>
+      </c>
+      <c r="F26" s="5" t="s">
         <v>225</v>
       </c>
-      <c r="E26" s="5" t="s">
+      <c r="G26" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H26" s="5" t="s">
         <v>226</v>
       </c>
-      <c r="F26" s="5" t="s">
-[...7 lines deleted...]
-      <c r="H26" s="5" t="s">
+      <c r="I26" s="5" t="s">
         <v>227</v>
       </c>
-      <c r="I26" s="5" t="s">
+      <c r="J26" s="5" t="s">
         <v>228</v>
       </c>
-      <c r="J26" s="5" t="s">
+      <c r="K26" s="5" t="s">
         <v>229</v>
       </c>
-      <c r="K26" s="5" t="s">
+      <c r="L26" s="6" t="s">
         <v>230</v>
       </c>
-      <c r="L26" s="6" t="s">
+      <c r="M26" s="5" t="s">
         <v>231</v>
-      </c>
-[...1 lines deleted...]
-        <v>232</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="5" t="s">
-        <v>233</v>
+        <v>232</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C27" s="5" t="s">
-        <v>15</v>
+        <v>44</v>
       </c>
       <c r="D27" s="5" t="s">
-        <v>44</v>
+        <v>233</v>
       </c>
       <c r="E27" s="5" t="s">
-        <v>216</v>
+        <v>234</v>
       </c>
       <c r="F27" s="5" t="s">
-        <v>217</v>
+        <v>225</v>
       </c>
       <c r="G27" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H27" s="5" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="I27" s="5" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="J27" s="5" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="K27" s="5" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="L27" s="6" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="M27" s="5" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="5" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="B28" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C28" s="5" t="s">
-        <v>188</v>
+        <v>15</v>
       </c>
       <c r="D28" s="5" t="s">
-        <v>189</v>
+        <v>44</v>
       </c>
       <c r="E28" s="5" t="s">
-        <v>241</v>
-[...4 lines deleted...]
-        </is>
+        <v>224</v>
+      </c>
+      <c r="F28" s="5" t="s">
+        <v>225</v>
       </c>
       <c r="G28" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H28" s="5" t="s">
         <v>242</v>
       </c>
       <c r="I28" s="5" t="s">
         <v>243</v>
       </c>
       <c r="J28" s="5" t="s">
         <v>244</v>
       </c>
       <c r="K28" s="5" t="s">
         <v>245</v>
       </c>
       <c r="L28" s="6" t="s">
         <v>246</v>
       </c>
       <c r="M28" s="5" t="s">
         <v>247</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="5" t="s">
         <v>248</v>
       </c>
       <c r="B29" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C29" s="5" t="s">
-        <v>15</v>
+        <v>188</v>
       </c>
       <c r="D29" s="5" t="s">
-        <v>44</v>
+        <v>189</v>
       </c>
       <c r="E29" s="5" t="s">
-        <v>216</v>
-[...1 lines deleted...]
-      <c r="F29" s="5" t="s">
+        <v>207</v>
+      </c>
+      <c r="F29" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G29" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H29" s="5" t="s">
         <v>249</v>
       </c>
-      <c r="G29" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H29" s="5" t="s">
+      <c r="I29" s="5" t="s">
         <v>250</v>
       </c>
-      <c r="I29" s="5" t="s">
+      <c r="J29" s="5" t="s">
         <v>251</v>
       </c>
-      <c r="J29" s="5" t="s">
+      <c r="K29" s="5" t="s">
         <v>252</v>
       </c>
-      <c r="K29" s="5" t="s">
+      <c r="L29" s="6" t="s">
         <v>253</v>
       </c>
-      <c r="L29" s="6" t="s">
+      <c r="M29" s="5" t="s">
         <v>254</v>
-      </c>
-[...1 lines deleted...]
-        <v>255</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="5" t="s">
-        <v>256</v>
+        <v>255</v>
       </c>
       <c r="B30" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C30" s="5" t="s">
-        <v>189</v>
+        <v>15</v>
       </c>
       <c r="D30" s="5" t="s">
-        <v>15</v>
+        <v>44</v>
       </c>
       <c r="E30" s="5" t="s">
+        <v>224</v>
+      </c>
+      <c r="F30" s="5" t="s">
+        <v>256</v>
+      </c>
+      <c r="G30" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H30" s="5" t="s">
         <v>257</v>
       </c>
-      <c r="F30" s="5" t="s">
+      <c r="I30" s="5" t="s">
         <v>258</v>
       </c>
-      <c r="G30" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H30" s="5" t="s">
+      <c r="J30" s="5" t="s">
         <v>259</v>
       </c>
-      <c r="I30" s="5" t="s">
+      <c r="K30" s="5" t="s">
         <v>260</v>
       </c>
-      <c r="J30" s="5" t="s">
+      <c r="L30" s="6" t="s">
         <v>261</v>
       </c>
-      <c r="K30" s="5" t="s">
+      <c r="M30" s="5" t="s">
         <v>262</v>
-      </c>
-[...4 lines deleted...]
-        <v>264</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="5" t="s">
-        <v>265</v>
+        <v>263</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C31" s="5" t="s">
+        <v>189</v>
+      </c>
+      <c r="D31" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E31" s="5" t="s">
+        <v>264</v>
+      </c>
+      <c r="F31" s="5" t="s">
+        <v>265</v>
+      </c>
+      <c r="G31" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H31" s="5" t="s">
         <v>266</v>
       </c>
-      <c r="D31" s="5" t="s">
+      <c r="I31" s="5" t="s">
         <v>267</v>
       </c>
-      <c r="E31" s="5" t="inlineStr">
-[...14 lines deleted...]
-      <c r="H31" s="5" t="s">
+      <c r="J31" s="5" t="s">
         <v>268</v>
       </c>
-      <c r="I31" s="5"/>
-      <c r="J31" s="5" t="s">
+      <c r="K31" s="5" t="s">
         <v>269</v>
       </c>
-      <c r="K31" s="5" t="s">
+      <c r="L31" s="6" t="s">
         <v>270</v>
       </c>
-      <c r="L31" s="6" t="s">
+      <c r="M31" s="5" t="s">
         <v>271</v>
-      </c>
-[...1 lines deleted...]
-        <v>272</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="5" t="s">
-        <v>273</v>
+        <v>272</v>
       </c>
       <c r="B32" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C32" s="5" t="s">
-        <v>15</v>
+        <v>273</v>
       </c>
       <c r="D32" s="5" t="s">
-        <v>44</v>
-[...5 lines deleted...]
-        <v>249</v>
+        <v>274</v>
+      </c>
+      <c r="E32" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F32" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G32" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H32" s="5" t="s">
-        <v>274</v>
-[...1 lines deleted...]
-      <c r="I32" s="5" t="s">
         <v>275</v>
       </c>
+      <c r="I32" s="5"/>
       <c r="J32" s="5" t="s">
         <v>276</v>
       </c>
       <c r="K32" s="5" t="s">
         <v>277</v>
       </c>
       <c r="L32" s="6" t="s">
         <v>278</v>
       </c>
       <c r="M32" s="5" t="s">
         <v>279</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="5" t="s">
         <v>280</v>
       </c>
       <c r="B33" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C33" s="5" t="s">
-        <v>63</v>
+        <v>15</v>
       </c>
       <c r="D33" s="5" t="s">
-        <v>199</v>
+        <v>44</v>
       </c>
       <c r="E33" s="5" t="s">
-        <v>207</v>
-[...4 lines deleted...]
-        </is>
+        <v>224</v>
+      </c>
+      <c r="F33" s="5" t="s">
+        <v>256</v>
       </c>
       <c r="G33" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H33" s="5" t="s">
         <v>281</v>
       </c>
-      <c r="I33" s="5"/>
+      <c r="I33" s="5" t="s">
+        <v>282</v>
+      </c>
       <c r="J33" s="5" t="s">
-        <v>202</v>
+        <v>283</v>
       </c>
       <c r="K33" s="5" t="s">
-        <v>282</v>
+        <v>284</v>
       </c>
       <c r="L33" s="6" t="s">
-        <v>283</v>
+        <v>285</v>
       </c>
       <c r="M33" s="5" t="s">
-        <v>284</v>
+        <v>286</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="5" t="s">
-        <v>285</v>
+        <v>287</v>
       </c>
       <c r="B34" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C34" s="5" t="s">
-        <v>44</v>
+        <v>63</v>
       </c>
       <c r="D34" s="5" t="s">
-        <v>15</v>
+        <v>199</v>
       </c>
       <c r="E34" s="5" t="s">
-        <v>286</v>
-[...2 lines deleted...]
-        <v>216</v>
+        <v>215</v>
+      </c>
+      <c r="F34" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G34" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H34" s="5" t="s">
-        <v>287</v>
-[...1 lines deleted...]
-      <c r="I34" s="5" t="s">
         <v>288</v>
       </c>
+      <c r="I34" s="5"/>
       <c r="J34" s="5" t="s">
+        <v>202</v>
+      </c>
+      <c r="K34" s="5" t="s">
         <v>289</v>
       </c>
-      <c r="K34" s="5" t="s">
+      <c r="L34" s="6" t="s">
         <v>290</v>
       </c>
-      <c r="L34" s="6" t="s">
+      <c r="M34" s="5" t="s">
         <v>291</v>
-      </c>
-[...1 lines deleted...]
-        <v>292</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="5" t="s">
-        <v>293</v>
+        <v>292</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C35" s="5" t="s">
-        <v>63</v>
+        <v>44</v>
       </c>
       <c r="D35" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E35" s="5" t="s">
+        <v>293</v>
+      </c>
+      <c r="F35" s="5" t="s">
+        <v>224</v>
+      </c>
+      <c r="G35" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H35" s="5" t="s">
         <v>294</v>
       </c>
-      <c r="E35" s="5" t="s">
-[...2 lines deleted...]
-      <c r="F35" s="5" t="s">
+      <c r="I35" s="5" t="s">
         <v>295</v>
       </c>
-      <c r="G35" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H35" s="5" t="s">
+      <c r="J35" s="5" t="s">
         <v>296</v>
-      </c>
-[...2 lines deleted...]
-        <v>269</v>
       </c>
       <c r="K35" s="5" t="s">
         <v>297</v>
       </c>
       <c r="L35" s="6" t="s">
         <v>298</v>
       </c>
       <c r="M35" s="5" t="s">
         <v>299</v>
+      </c>
+    </row>
+    <row r="36">
+      <c r="A36" s="5" t="s">
+        <v>300</v>
+      </c>
+      <c r="B36" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C36" s="5" t="s">
+        <v>63</v>
+      </c>
+      <c r="D36" s="5" t="s">
+        <v>301</v>
+      </c>
+      <c r="E36" s="5" t="s">
+        <v>215</v>
+      </c>
+      <c r="F36" s="5" t="s">
+        <v>302</v>
+      </c>
+      <c r="G36" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H36" s="5" t="s">
+        <v>303</v>
+      </c>
+      <c r="I36" s="5"/>
+      <c r="J36" s="5" t="s">
+        <v>276</v>
+      </c>
+      <c r="K36" s="5" t="s">
+        <v>304</v>
+      </c>
+      <c r="L36" s="6" t="s">
+        <v>305</v>
+      </c>
+      <c r="M36" s="5" t="s">
+        <v>306</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>
     <hyperlink ref="M13" r:id="rId18"/>
     <hyperlink ref="M14" r:id="rId19"/>
     <hyperlink ref="M15" r:id="rId20"/>
     <hyperlink ref="M16" r:id="rId21"/>
     <hyperlink ref="M17" r:id="rId22"/>
     <hyperlink ref="M18" r:id="rId23"/>
     <hyperlink ref="M19" r:id="rId24"/>
     <hyperlink ref="M20" r:id="rId25"/>
     <hyperlink ref="M21" r:id="rId26"/>
     <hyperlink ref="M22" r:id="rId27"/>
     <hyperlink ref="M23" r:id="rId28"/>
     <hyperlink ref="M24" r:id="rId29"/>
     <hyperlink ref="M25" r:id="rId30"/>
     <hyperlink ref="M26" r:id="rId31"/>
     <hyperlink ref="M27" r:id="rId32"/>
     <hyperlink ref="M28" r:id="rId33"/>
     <hyperlink ref="M29" r:id="rId34"/>
     <hyperlink ref="M30" r:id="rId35"/>
     <hyperlink ref="M31" r:id="rId36"/>
     <hyperlink ref="M32" r:id="rId37"/>
     <hyperlink ref="M33" r:id="rId38"/>
     <hyperlink ref="M34" r:id="rId39"/>
     <hyperlink ref="M35" r:id="rId40"/>
+    <hyperlink ref="M36" r:id="rId41"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>