--- v1 (2026-02-09)
+++ v2 (2026-03-29)
@@ -3,51 +3,51 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="402" uniqueCount="307" xml:space="preserve">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="421" uniqueCount="321" xml:space="preserve">
   <si>
     <t>Datering/Værktitel</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
@@ -223,50 +223,94 @@
 Adelheyde Syberg
 Albrecht  Warberg</t>
   </si>
   <si>
     <t>Det vides ikke, hvor Alheds mor var henne. 
 Hvem Karen var kan ikke afgøres. Alhed Larsen kendte mange, der hed sådan.</t>
   </si>
   <si>
     <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2182</t>
   </si>
   <si>
     <t>Karen spurgte ved afskeden Alhed, om de skulle ses den følgende dag, men Alhed vred sig udenom. 
 Thorvald Balslev kom på besøg, og Paludan, Alhed og han drak portvin. I dag skal de plukke brombær. Hans Jørgen henter dem. Om aftenen skal de til Gelskov, selvom Tante Mimi var sur over, at Balslev var med.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/QzNa</t>
   </si>
   <si>
     <t>Erikshaab Mandag Morgen
 Kæreste Mor!
 Det er Synd at sige, at vi har kedet os, siden Du rejste! – Lad mig nu gaa i Faders Fodspor og begynde forfra. – Da jeg havde sagt Farvel til Dig gled Karen og jeg sammen til Hillerslev. Ved Afskeden spurgte hun: er Du hjemme i Morgen? Hertil havde jeg Aandsnærværelse og Frækhed nok til at svare: Naaaa, det kan gærne være, at vi gaar nu til Gelskov. - - Jeg følte mig ikke særlig oplagt til at [udstreget ord] seldure en god Søndag. Eft. bort med hende. Jeg havde dog nogen Samvittighedsnag, særlig da Frk. Jensen og Muk gled i Kirke. Jeg gik med den faste Beslutning, at jeg vilde gaa lidt derom og jeg havde sikkert ogsaa gjort Alvor af det, hvis ikke Studenten var kommen. Han erklærede rigtognok strax, at han om en halv Times Tid skulde til Gelskov og at han havde tænkt at blive der om Natten. Men Tiden gik, og Studenten blev. Vi tilbragte en meget morsom Efterm. og Aften. Palam var med hele Tiden og tog livlig Del i Snakken. Studenten var saa grinagtig og veltilpas hele Tiden. Da Gamle var gået i Seng gav Palam en Fl. Portvin og vi tilbragte et par behagelige Timer endnu. Dog gik vi ikke senere i Seng end Kl. 1 og dette synes jeg i Grunden var en ["en" udstreget] meget respektabelt, naar man tænker paa, at vi var vore egne Herrer. - I Dag gaar vi til Gammelskov og plukker Brombær; Elle, Studenten og jeg via Haastrup. Molle og Elle ["Elle" udstreget] Muk gaar derud med Mellemmader. H. Jørgen henter os i Efterm. Han vilde nødig gaa derude hele Dagen, da han har Hø at passe. – I Aften har vi anmeldt os til Gelskov. Jeg er lidt benauet, da Tante Mimi i Gaar satte et meget surt Ansigt op ved at høre om Studentens Ankomst. Palam fortalte det. 
 – Lageagurkerne er besørgede. Alt vel i det hele taget. Mor dig nu godt og snak med Maade, at du kan holde længe ud. Tante Mimi vilde gærne have at vide naar Gloruperne rejse hjem, hun vilde derned enten nu paa Lørdag eller næste Lørdag - Ungerne skikkelige, Dede henrykt over Chokoladen, men Du havde nok ellers sagt Farvel til ham. – I Hast da vi skal af Sted nu. Hils Alle 
 Ha det godt Din Alhed</t>
   </si>
   <si>
+    <t>1892-09-21</t>
+  </si>
+  <si>
+    <t>Louise Brønsted
+Johanne Christine Larsen</t>
+  </si>
+  <si>
+    <t>Emil Brandstrup
+Johanne  Brandstrup
+Lauritz  Brandstrup
+Ludvig Brandstrup, billedhugger
+Andrea Brandt
+Julie Brandt
+Alhed Larsen
+Johanne Christine Larsen
+Christine  Mackie
+- Rørdam, Fru
+Fanny Schaffalitzky de Muckadell</t>
+  </si>
+  <si>
+    <t>Alhed Larsen, Christine Mackie og Johanne C. Larsen boede fra sensommeren/efteråret 1892 sammen i Waldemarsgade på Vesterbro i København. Deres husvært var Fru Rørdam. 
+Klemserne, Trelleværket, Signe og Fru Rørdams søster kendes ikke.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1418</t>
+  </si>
+  <si>
+    <t>Christine Mackie har indhentet oplysninger vedrørende Johanne C. Larsens sløjdkursus. 
+Louise Brønsted har været i teatret og se Valkyrien, i Panoptikon, på Folkemuseet, på Frederiksberg Morskabsteater og Zoologisk Museum. Hun har besøgte bedsteforældrene.
+Christine Mackie og Alhed Larsen takker for madvarerne.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/pVOo</t>
+  </si>
+  <si>
+    <t>Onsdag.
+Kære Mor!
+Jeg skriver først i Dag, for at jeg kan give dig Besked om Johannes Sløjd-kursus, som Chr. har været henne at høre om i Dag. Et Kursus med 1 Time om Dagen koster 5 Kr om Maaneden og kan begyndes naar som helst. Et andet Kursus, som varer hele Dagen, begynder i København ["København" overstreget] Januar, men det er vel ikke for Johanne? Fransk – o. s. v. Kursuset har vi ikke faaet noget nærmere at vide om endnu ["endnu" overstreget], det skal du faa Besked om endnu, naar jeg kommer hjem.
+Jeg morer mig storartet herovre. I Søndags vare vi i det kgl. Theater til Valkyrien, det var dejligt jeg blev naturligvis vældig imponeret af Foyeren o. s. v. Vi sad i Galleriet og hørte og saa udmærket. Paa Fredag skal vi hen at se ”Den kære Familie”, det glæder jeg mig knusende til; blot de nu ikke forandrer det I Søndags var vi tillige i Panoptikon; det var meget morsomt, især Spejlkabinettet, vi blev rent tummelumske derinde og vidste ikke, hvem der var de rigtige. Mandag var Chr og jeg i Folkemusæet, der var mange dejlige Ting, vi gik og tegnede Mønstre af, et vil jeg sy paa den Sofapude til Tante Else. Det er morsomt, men rigtignok uhyre trættende at gaa paa Museer, Chr. og jeg vare lige ved at falde fra hinanden af Træthed, da vi kom hjem fra det zoologiske Museum i Dag, vi fik ikke det halve at se, men trøstede os med at faa det bedre at se i zool. Have, hvor vi skal i Morgen. – I Dag var vi henne hos Komtessen og Bedsteforældrene; Bedstefader laa endnu i Sengen, da vi kom, jeg synes ikke, han har det ret godt. Onkel Emil og Onkel Luth eller en af dem kommer vistnok herhen i Aften. Signe rejste i Dag, jeg har set hende nogle Gange herinde, har bl.a. været paa Frederiksberg Morskabstheater med hende tilligemed Brandt, Andrea, Trelleværket etc. Det var morsomt. Jeg skal hilse mangfoldigt fra Chr og Alhed samt takke mange Gange for Madvarerne, som de blev meget glade ved, Fra Bedstefader &amp;amp; -moder skal jeg og hilse, Bedstefader sagde, det glædede ham, at de smaa Træer bar. I maa endelig skrive bestemt naar Høstgildet bliver; jeg vil naturligvis nødig gaa glip af det, men jo ogsaa gerne blive her til Søndag; naar du sender Brevet op til Hillerslev, kan vi have det til Fredag, Fra Chr. skal jeg sige at de spiste Æblegrøden med stor Salvelse. Hils nu dem alle mange Gange fra mig (Klemserne iberegnet). – Fru Rørdam &amp;amp; Søsteren ere meget rare og elskværdige – Tænk, jeg fik 2 Kr af Bedstemoder til at gaa i Theatret for.
+Hilsen fra Muk. 
+[Skrevet på tværs øverst s1:]
+Chr. og Alhed har det mageløs hyggeligt herinde. Glæd dig til at se det, Johanne.</t>
+  </si>
+  <si>
     <t>1892-10-26</t>
   </si>
   <si>
     <t>Albrecht  Warberg</t>
   </si>
   <si>
     <t>København
 Vestergade</t>
   </si>
   <si>
     <t>Ellen Agnete Amstrup
 Louise Amstrup
 - Andersen, Sandbygaard
 Alice Bondesen
 Carl Brandstrup
 Clement Caspersen
 - Egholm
 Niels Elgaard Amstrup
 - Jensen, Frøken, Erikshaab
 Trine Johans
 - Juul, præst
 Hans Jørgen -, Kusk ved grevskabet Muckadell
 Marie Paludan
 - Paulsen
 Ellen  Sawyer
@@ -465,54 +509,98 @@
 Sophus  Meyer
 Augusta Mogensen
 Hempel Syberg
 Astrid Warberg-Goldschmidt</t>
   </si>
   <si>
     <t>Alhed og Andreas Larsen er på Erikshaab hos hendes familie. Johannes Larsen er tilsyneladende for nyligt rejst derfra og til Kerteminde. Det ser ud til, at der er knas i ægteskabet.</t>
   </si>
   <si>
     <t>Det Kongelige Bibliotek</t>
   </si>
   <si>
     <t>Puf er sød og går og leger. Alhed glæder sig til at høre, hvordan det gik, da Johannes Larsen kom hjem. Alhed skal videre, bo hos Hempel Syberg og til tandlæge. Fru Mogensen har været på besøg med nødder og pærer.
 Alhed håber, at hun og Johannes Larsen kan være sammen hele vinteren, og til foråret skal hun nok være flink.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/wavK</t>
   </si>
   <si>
     <t>Tirsdag
 Lille, go’e Larsi!
 Vi savner Dig ganske frygtelig. Jeg spurgte mange Gange i Gaar lille Puf, hvor hans Far var og han pegede med sin velbekendte Snøften hen mod Døren. Han var vældig sød i Gaar, gik flere Gange og legede saa stille og sødt oppe hos mig. – De passe ellers baade ham og mig rigtig godt, de har vel tænkt, det behøvedes ikke, naar Du var her. Dis har gjort Hovedrent heroppe i Dag, saa her ser rigtig fint ud! Sikken et yndigt Vejr det er, jeg ligger for aabent Vindue. – Nu glæder jeg mig meget til at høre fra Dig, hvordan det hele stod til, da Du kom hjem, hvordan de alle har det, hvordan der saa ud inde hos os selv, Haven, Hønsene og det hele. Jag haaber da ikke Sengklæderne var klamme? – Du rejser vel ikke til København med det samme? Jeg skulde jo være hos Onkel Syberg imens og faa mine Tænder gjort færdige. – Fru Mogensen var her ogsaa i Gaar med Nødder og Pærer til mig. – Jeg savner Dig ellers skrækkeligt, min kære Dreng. Vi maa ikke lave det saadan, at vi ikke er sammen i Vinter, det var altfor skrækkeligt. Tror Du ikke nok, Du kan finde Dig i mine Klager og Plagerier, jeg ved godt, jeg plager Dig forfærdelig, men til Foraaret skal jeg nok blive vældig flink, bare vi var saa vidt, ikke?
 Nu maa jeg slutte, Dis gaar op til Hillerslev med dette, vi sov til Kl. 10, saa jeg fik det ikke med Posten. Jeg er meget spændt paa, om Du saa fik noget til Kleis. Hils dem alle mange Gange ogsaa Mejers. 1000 Hilsner til Dig selv, min egen Dreng.</t>
   </si>
   <si>
+    <t>1900-02-16</t>
+  </si>
+  <si>
+    <t>Ellen  Sawyer</t>
+  </si>
+  <si>
+    <t>1 tomme = 2,54 cm
+Mrs. Loud, Dr. Cushing, Miss Linsealt og Mrs. Holbrook kendes ikke. Fru Smith er muligvis Henry Smiths kone og bosiddende på Nybøllegaard i Hillerslev. 
+Maltet mælk, også kendt som maltpulver eller maltet mælkepulver, er et pulver lavet af en blanding af maltet byg, hvedemel og kondenseret sødmælkspulver.
+107 F er 42 C.
+Miss Linsealt er "total" = afholdskvinde. 
+B er Alhed Larsen.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1548</t>
+  </si>
+  <si>
+    <t>Grethe blev født 16. januar. Fødslen trak i langdrag, men da Ellen Sawyer fik whisky og cognac, kom der gang i sagen. Pigen var grim, mager og havde navestrengen om halsen. Mælken løb først til efter fire dage, men Ellen kunne ikke blive ved med at amme. Hun fik at vide, at hun skulle holde sig i ro i seks uger, men hun fik høj feber. Der blev tilkaldt flere læger og sygeplejersker, og de kogte instrumenter ved komfuret. To af Harris Eastmans kolleger kom med ovne til at sterilisere redskaber i. Ellen blev opereret. Otte dage efter kunne hun stadig knap støtte på benene. 12 dage efter operationen fejrede Ellen og Harris deres bryllupsdag, og Harry gav hende en potageske. Han vil hvert år fremover på bryllupsdagen give hende en sølvting som præmie.
+Harris er nu syg af forkølelse og arbejder hjemme. Han og Ellen har købt en kurv, som lille Grethe kan ligge i.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/v0Gp</t>
+  </si>
+  <si>
+    <t>d. 16de Febr. 
+Kære Mor!
+Jeg har idag fået Dissers Breve. Det var [ulæseligt] pinligt, at netop dette længselfuld ventede Brev fra East. skulde være forsinket. Jeg kan rigtig tænke mig, hvor utålmodig du har ["har" overstreget] må have ventet. Skønt det jo nu er en gammel Historie, må jeg vist hellere sætte dig lidt nøjere ind i Detailerne og besvare nogle af dine Spørgsmål. 
+Hvad der foregik d. 16de Jan da Hendes Nåde, Grethe behagede at ankomme, har jeg næsten glemt, - det forekommer som det er en lille Evighed siden. Det var en langvarig og vanskelig Affaire, og Dr. var til sidst temmelig nervøs over at hun stadig ["stadig" overstreget] blev ved at [”blev ved at” indsat over linjen] holde sig tilbage. Jeg forklarede, at vi Danske ere langsommere i Vendingen end Amerikanerne og at hun jo var halv dansk. Tilsidst fik jeg en svingende Whisky- og Cognacstoddy og det kunde hun ikke modstå. Hun var så langt fra nogen Skønhed da hun kom – jeg har aldrig set noget lignende af Grimhed – det arme lille Asen: Navlesnoren var snoet om hendes Hals og det tog flere Min. før hun trak sit Vejr. Derefter blev hun svøbt ind i et uldent Tæppe og smidt på en Seng, hvor hun lå i tre Timer før nogen tog sig af hende. Jeg holdt dem nemlig beskæftigede med at kaste op, besvime o.s.v.
+East. skrev vist at Ungen vejede 8 Pund, men det var med Klæder på, 7½ foruden. De danske Pund, ere tungere end de amerikanske så i Virkeligheden vejede hun kun c. 6½. Hun var 21 Tom. men meget mager. Hun har nu vundet en Del skønt det lille Skind har gået en Del igennem allerede. For det første kom Mælken først den 4die Dag og hun sultede i al den Tid. De næste 4 Dage nød hun Livet og plagede det næsten ud af mig ved at bide i sin Grådighed. Hun opnåede at få bidt Hul før Feberen kom og hun blev ført ned. og ["og" overstreget] Så halvsultede hun igen èn Dag, da de ikke vilde sætte hende på Flaske før de så om Mælken vilde gå bort. Da dette viste sig at være Tilfældet, fik hun sin Flaske. Så begyndte et regelmæssigt [ulæseligt]. Hun får, hvad de kalder ”malted milk”, et Præparat som synes at passe hende godt. Hun er utrolig god og søvnig og alt tyder på, at hun er et sundt og kraftigt Barn. Eastman godtede sig i Stilhed over at Skæbnen føjede det sådan, at jeg ikke kunde amme hende, da jeg jo så vilde være bunden hjemme for lange Tider. – 
+Ungen opnåede at skaffe mig en lille Rift, men den blev syet sammen næste Dag med tre Sting, hvilket ikke var ret slemt, og siden mærkede jeg ikke mere til det. – 
+Kræfterne kom meget hurtig tilbage og jeg befandt mig udmærket indtil Feberen kom. Ikke desmindre befalede Doktoren mig at ligge i det allermindste 2 Uger – derefter liste forsigtigt omkring en Uge og ikke foretage strængt Arbejde el. gå lange Ture før den lille er 6 Uger gammel. Ved denne Fremgangsmåde er man temmelig sikker på ikke at have Rygsmerter og Træthed det næste halve Aar, sagde han. – Imidlertid kunde han jo have sparet sine Instrukser, da Feberen kom og satte en Stopper for al Kækhed. Det er højst interessant nu bagefter at høre dem fortælle om de Dage. Det blev jo nemlig holdt hemmeligt for mig, og det var kun ved at se Doktorens og Harris’ alvorlige Ansigter, at jeg fik en Mistanke om at det var farligt, - men hvor farligt fik jeg først at vide da jeg næsten var rask. Feberen var flere Gange kun ½ ° fra Maximum, som er 107 Fahrenheit, og Torsdag Aften sagde Dr. til Harris, at der kun var meget ringe Håb. Det lyder utroligt, men da jeg så ham næste Morgen var hans Kinder næsten hule. Hele den Nat blev jeg fodret hveranden Time og efter min Formening trådte Krisen ind, da jeg fik den sidste Dosis Vælling. Jeg faldt ["faldt" overstreget] kom nemlig i stærk Sved, og faldt derefter i Søvn og da Doktoren kom en Times Tid efter kom op [”kom op” indsat over linjen] var Temperaturen betydelig lavere. Jeg troede i min Uskyldighed, at nu var den Historie forbi og lå fredelig og roligt og rensede mine Negle. Bagefter fortalte de, hvordan det stod til i Køkkenet på samme Tid: Vadskekonen var kommen og filede løs på Vadsken, - alle ["le" sidst i ordet overstreget] Morgenvadskningen flød rundt Dr. Jenkins og Dr. Cushing kogte deres Instrumenter ude ved Komfuret, assisteret af deres to Sygeplejersker, - Mrs. Loud rensede den lilles Flasker, - Helen fløj rundt og søgte at bringe lidt Orden i Tingene. Med en Ble i hver Hånd susede hun afsted og mødte i Døren Dudley Pray og Leon. Redpath som kom fra Laboratoriet med to Ovne til at sterilisere på. De var sorte på Hænder og Ansigt, da de ikke havde haft Tid el. tænkt på at rense dem (Ovnene) [”(Ovnene)" indsat over linjen] underneden. Svigermoder havde opgivet alt og så til, medens Harry drak Whisky for at holde sig oppe. Naturligvis skreg den lille for at gøre Forvirringen fuldkommen. – 
+Derefter strømmede de (el. en Del af dem) op til mig og Operationen gik for sig og siden forløb alt normalt. Jeg var oppe første Gang igår for 8 Dage siden og det var mere end latterligt: jeg kunde aldeles ikke støtte på Benene og det varede to Dage før jeg kunde gå alene over Gulvet. 
+Den 12te (vor Bryllupsdag) var jeg nede første Gang og vi fejrede Dagen med stor Højtidelighed. Harry forærede mig en pleteret (?) ["(?)" indsat over linjen] Potageske og om Eft. kom Nelly Taylor ind og hjalp os med at drikke en lille Flaske Champagne. Det var hendes Fødselsdag så det passede helt godt. Champagnen var egentlig købt i Anl. af d. 4de Aarsdagen for min Ankomst, men den Dag var Miss Linsealt (Dr. Cushings Sygeplejerske) her endnu og hun var meget total, så vi nænnede ikke at såre hendes Følelser. Disse to Dage vil vi fejre hvert Aar og Harry vil hvert Aar give mig en lille Sølvting som Præmie. Den 4de fik jeg en lille Sølvsmørkniv el. ret Syl [tegning] til at tage Smørkugler med. 
+I Lørdags kom han hjem med ondt i Halsen og har været hjemme hele denne Uge med en slem Forkølelse. Vi har haft det helt ”sjov, underholdt hinanden” beundret Ungen og bleven opvartet på det bedste af Mrs. Loud. Harry kan sidde her ved sit Skrivebord og telefonere til Laboratoriet og rundt i Byen, så han kan nogenlunde passe sine Forretninger. – Vi anskaffede en langagtig Kurv til Ungen at sove i, men kun en lille. Den er let at flytte rundt med, hvor der er varmest. Den er temmelig bred, så Pudevårene passer godt men Størrelsen er jo ellers beregnet til Seng, og hun vil kunne bruge dem i flere Aar. –
+Doktoren siger, at vi ikke bør lade hendes Øjne komme i stærkt Lys før hun er c. 2 Måneder gammel, så vi kan ikke fotografere hende før den Tid. 
+Nelly Taylor har syet en henrivende lille Kjole til hende. – Mrs. Holbrook har foræret hende en lille bitte Guldnål med en Perle i. – 
+Jeg må sende et Kort til Fru Smith næste Gang, - hvor det var venligt af hende at sende de små Støvler! – 
+Jeg har også tænkt på hvor Febr. og Jan. [”og Jan.” indsat over linjen] altid er fuld af Begivenheder: Også Onkel Carl døde i Febr. og B. rejste til Italien. 
+Lille Grethe snorker i sin Kurv, Harry læser Aviserne og glæder sig over at Begivenhederne i Afrika er lidt mere lovende idag. Jeg vil gå og tage en Middagslur. 
+Hilsen til Svigermoder fra E.S.
+do do til dig, Far og Disser fra Pelle. 
+[Indsat s. 5 i venstre margen samt under teksten:]
+Hilsen til Mogensens. Jeg var meget imponeret over hendes Københavnsrejse, før du skrev om den mislykkede Dreng.
+[Indsat s. 8 langs venstre margen:]
+Sig til Disser, at jeg vil sætte Pris på, om hun vil vedligeholde Correspondancen med [ulæseligt]</t>
+  </si>
+  <si>
     <t>1900-10-28</t>
-  </si>
-[...1 lines deleted...]
-    <t>Ellen  Sawyer</t>
   </si>
   <si>
     <t>Bernhard Hirschsprung
 Emma Hirschsprung
 Erik Hirschsprung
 Fru Emma Hirschsprung
 Heinrich Hirschsprung
 Grethe Jungstedt
 Alhed Larsen
 Johanne  Larsen
 Christine  Mackie
 Harriet Rhode
 Harris Sawyer
 - Sonne
 Vilhelm Storch
 Hempel Syberg
 Albrecht  Warberg
 Andreas Warberg
 Astrid Warberg-Goldschmidt</t>
   </si>
   <si>
     <t>Ellen Sawyer boede i Boston med sin mand, Harris/Billy, som var kemiker.
 Det vides ikke, hvem eller hvad Douglas er.
 Grethe Sawyer (g. Jungstedt) blev døbt i Hillerslev Kirke året efter, at brevet blev skrevet. Harris Sawyer døde i 1911, hvorefter hans enke og datter flyttede til Danmark.</t>
   </si>
@@ -2119,59 +2207,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/ZWve" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QzNa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JfGS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dLi0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P8q0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wavK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KuQ7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hQsY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZT24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GfZ1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/E7ya" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3BSF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wftc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sJan" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Qx9Y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5uMX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ou54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9LKB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vRmb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ny9b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lifz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/njgK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/taqC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F1Lr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PNXE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ibx1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PxB9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6uKE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TAfR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9pbL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/41L5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ws90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VdrO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AOwC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eDky" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/ZWve" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QzNa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pVOo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JfGS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dLi0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P8q0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wavK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v0Gp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KuQ7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hQsY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZT24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GfZ1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/E7ya" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3BSF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wftc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sJan" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Qx9Y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5uMX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ou54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9LKB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vRmb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ny9b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lifz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/njgK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/taqC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F1Lr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PNXE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ibx1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PxB9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6uKE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TAfR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9pbL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/41L5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ws90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VdrO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AOwC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eDky" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M36"/>
+  <dimension ref="A1:M38"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -2286,1531 +2374,1629 @@
       </c>
       <c r="I3" s="5" t="s">
         <v>29</v>
       </c>
       <c r="J3" s="5" t="s">
         <v>30</v>
       </c>
       <c r="K3" s="5" t="s">
         <v>31</v>
       </c>
       <c r="L3" s="6" t="s">
         <v>32</v>
       </c>
       <c r="M3" s="5" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="5" t="s">
         <v>34</v>
       </c>
       <c r="B4" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C4" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="D4" s="5" t="s">
         <v>27</v>
       </c>
-      <c r="D4" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E4" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F4" s="5" t="s">
+      <c r="F4" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G4" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H4" s="5" t="s">
         <v>36</v>
       </c>
-      <c r="G4" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H4" s="5" t="s">
+      <c r="I4" s="5" t="s">
         <v>37</v>
       </c>
-      <c r="I4" s="5" t="s">
+      <c r="J4" s="5" t="s">
         <v>38</v>
       </c>
-      <c r="J4" s="5" t="s">
+      <c r="K4" s="5" t="s">
         <v>39</v>
       </c>
-      <c r="K4" s="5" t="s">
+      <c r="L4" s="6" t="s">
         <v>40</v>
       </c>
-      <c r="L4" s="6" t="s">
+      <c r="M4" s="5" t="s">
         <v>41</v>
-      </c>
-[...1 lines deleted...]
-        <v>42</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="5" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="B5" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C5" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="D5" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="E5" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F5" s="5" t="s">
         <v>44</v>
       </c>
-      <c r="D5" s="5" t="s">
+      <c r="G5" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H5" s="5" t="s">
         <v>45</v>
       </c>
-      <c r="E5" s="5" t="s">
+      <c r="I5" s="5" t="s">
         <v>46</v>
       </c>
-      <c r="F5" s="5" t="s">
+      <c r="J5" s="5" t="s">
         <v>47</v>
       </c>
-      <c r="G5" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H5" s="5" t="s">
+      <c r="K5" s="5" t="s">
         <v>48</v>
       </c>
-      <c r="I5" s="5" t="s">
+      <c r="L5" s="6" t="s">
         <v>49</v>
       </c>
-      <c r="J5" s="5" t="s">
+      <c r="M5" s="5" t="s">
         <v>50</v>
-      </c>
-[...7 lines deleted...]
-        <v>53</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="5" t="s">
-        <v>54</v>
+        <v>51</v>
       </c>
       <c r="B6" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C6" s="5" t="s">
-        <v>27</v>
+        <v>52</v>
       </c>
       <c r="D6" s="5" t="s">
-        <v>44</v>
-[...4 lines deleted...]
-        </is>
+        <v>53</v>
+      </c>
+      <c r="E6" s="5" t="s">
+        <v>54</v>
       </c>
       <c r="F6" s="5" t="s">
         <v>55</v>
       </c>
       <c r="G6" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H6" s="5" t="s">
         <v>56</v>
       </c>
       <c r="I6" s="5" t="s">
         <v>57</v>
       </c>
       <c r="J6" s="5" t="s">
         <v>58</v>
       </c>
       <c r="K6" s="5" t="s">
         <v>59</v>
       </c>
       <c r="L6" s="6" t="s">
         <v>60</v>
       </c>
       <c r="M6" s="5" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="5" t="s">
         <v>62</v>
       </c>
       <c r="B7" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C7" s="5" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="D7" s="5" t="s">
+        <v>52</v>
+      </c>
+      <c r="E7" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F7" s="5" t="s">
         <v>63</v>
-      </c>
-[...6 lines deleted...]
-        </is>
       </c>
       <c r="G7" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H7" s="5" t="s">
         <v>64</v>
       </c>
       <c r="I7" s="5" t="s">
         <v>65</v>
       </c>
       <c r="J7" s="5" t="s">
         <v>66</v>
       </c>
       <c r="K7" s="5" t="s">
         <v>67</v>
       </c>
       <c r="L7" s="6" t="s">
         <v>68</v>
       </c>
       <c r="M7" s="5" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="5" t="s">
         <v>70</v>
       </c>
       <c r="B8" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C8" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="D8" s="5" t="s">
         <v>71</v>
       </c>
-      <c r="D8" s="5" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="E8" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F8" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G8" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H8" s="5" t="s">
         <v>72</v>
       </c>
       <c r="I8" s="5" t="s">
         <v>73</v>
       </c>
       <c r="J8" s="5" t="s">
         <v>74</v>
       </c>
       <c r="K8" s="5" t="s">
         <v>75</v>
       </c>
       <c r="L8" s="6" t="s">
         <v>76</v>
       </c>
       <c r="M8" s="5" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="5" t="s">
         <v>78</v>
       </c>
       <c r="B9" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C9" s="5" t="s">
-        <v>26</v>
+        <v>79</v>
       </c>
       <c r="D9" s="5" t="s">
-        <v>63</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>27</v>
+      </c>
+      <c r="E9" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F9" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G9" s="5" t="s">
-[...2 lines deleted...]
-      <c r="H9" s="5" t="s">
+      <c r="G9" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H9" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I9" s="5" t="s">
         <v>80</v>
       </c>
-      <c r="I9" s="5"/>
       <c r="J9" s="5" t="s">
-        <v>66</v>
+        <v>81</v>
       </c>
       <c r="K9" s="5" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="L9" s="6" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="M9" s="5" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="5" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="B10" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C10" s="5" t="s">
+        <v>79</v>
+      </c>
+      <c r="D10" s="5" t="s">
         <v>27</v>
       </c>
-      <c r="D10" s="5" t="s">
-[...3 lines deleted...]
-        <v>17</v>
+      <c r="E10" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F10" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G10" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H10" s="5" t="s">
         <v>86</v>
       </c>
       <c r="I10" s="5" t="s">
         <v>87</v>
       </c>
       <c r="J10" s="5" t="s">
         <v>88</v>
       </c>
       <c r="K10" s="5" t="s">
         <v>89</v>
       </c>
       <c r="L10" s="6" t="s">
         <v>90</v>
       </c>
       <c r="M10" s="5" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="5" t="s">
         <v>92</v>
       </c>
       <c r="B11" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C11" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="D11" s="5" t="s">
+        <v>71</v>
+      </c>
+      <c r="E11" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F11" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G11" s="5" t="s">
         <v>93</v>
       </c>
-      <c r="D11" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="E11" s="5" t="s">
+      <c r="H11" s="5" t="s">
         <v>94</v>
       </c>
-      <c r="F11" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H11" s="5" t="s">
+      <c r="I11" s="5"/>
+      <c r="J11" s="5" t="s">
+        <v>74</v>
+      </c>
+      <c r="K11" s="5" t="s">
         <v>95</v>
       </c>
-      <c r="I11" s="5" t="s">
+      <c r="L11" s="6" t="s">
         <v>96</v>
       </c>
-      <c r="J11" s="5" t="s">
+      <c r="M11" s="5" t="s">
         <v>97</v>
-      </c>
-[...7 lines deleted...]
-        <v>100</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="5" t="s">
-        <v>101</v>
+        <v>98</v>
       </c>
       <c r="B12" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C12" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D12" s="5" t="s">
-        <v>44</v>
-[...6 lines deleted...]
-      <c r="F12" s="5" t="s">
+        <v>99</v>
+      </c>
+      <c r="E12" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F12" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G12" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H12" s="5" t="s">
+        <v>100</v>
+      </c>
+      <c r="I12" s="5" t="s">
+        <v>101</v>
+      </c>
+      <c r="J12" s="5" t="s">
         <v>102</v>
       </c>
-      <c r="G12" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H12" s="5" t="s">
+      <c r="K12" s="5" t="s">
         <v>103</v>
       </c>
-      <c r="I12" s="5" t="s">
+      <c r="L12" s="6" t="s">
         <v>104</v>
       </c>
-      <c r="J12" s="5" t="s">
+      <c r="M12" s="5" t="s">
         <v>105</v>
-      </c>
-[...7 lines deleted...]
-        <v>108</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="5" t="s">
-        <v>109</v>
+        <v>106</v>
       </c>
       <c r="B13" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C13" s="5" t="s">
-        <v>15</v>
-[...9 lines deleted...]
-      <c r="F13" s="5" t="s">
+        <v>107</v>
+      </c>
+      <c r="D13" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E13" s="5" t="s">
+        <v>108</v>
+      </c>
+      <c r="F13" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G13" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H13" s="5" t="s">
+        <v>109</v>
+      </c>
+      <c r="I13" s="5" t="s">
         <v>110</v>
       </c>
-      <c r="G13" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H13" s="5" t="s">
+      <c r="J13" s="5" t="s">
         <v>111</v>
       </c>
-      <c r="I13" s="5" t="s">
+      <c r="K13" s="5" t="s">
         <v>112</v>
       </c>
-      <c r="J13" s="5" t="s">
+      <c r="L13" s="6" t="s">
         <v>113</v>
       </c>
-      <c r="K13" s="5" t="s">
+      <c r="M13" s="5" t="s">
         <v>114</v>
-      </c>
-[...4 lines deleted...]
-        <v>116</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="5" t="s">
-        <v>117</v>
+        <v>115</v>
       </c>
       <c r="B14" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C14" s="5" t="s">
         <v>27</v>
       </c>
       <c r="D14" s="5" t="s">
-        <v>45</v>
-[...1 lines deleted...]
-      <c r="E14" s="5" t="s">
+        <v>52</v>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F14" s="5" t="s">
+        <v>116</v>
+      </c>
+      <c r="G14" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H14" s="5" t="s">
+        <v>117</v>
+      </c>
+      <c r="I14" s="5" t="s">
         <v>118</v>
       </c>
-      <c r="F14" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H14" s="5" t="s">
+      <c r="J14" s="5" t="s">
         <v>119</v>
       </c>
-      <c r="I14" s="5" t="s">
+      <c r="K14" s="5" t="s">
         <v>120</v>
       </c>
-      <c r="J14" s="5" t="s">
+      <c r="L14" s="6" t="s">
         <v>121</v>
       </c>
-      <c r="K14" s="5" t="s">
+      <c r="M14" s="5" t="s">
         <v>122</v>
-      </c>
-[...4 lines deleted...]
-        <v>124</v>
       </c>
     </row>
     <row r="15">
-      <c r="A15" s="5" t="n">
-        <v>1910</v>
+      <c r="A15" s="5" t="s">
+        <v>123</v>
       </c>
       <c r="B15" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C15" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D15" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="E15" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F15" s="5" t="s">
+        <v>124</v>
+      </c>
+      <c r="G15" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H15" s="5" t="s">
         <v>125</v>
       </c>
-      <c r="D15" s="5" t="s">
+      <c r="I15" s="5" t="s">
         <v>126</v>
       </c>
-      <c r="E15" s="5" t="inlineStr">
-[...14 lines deleted...]
-      <c r="H15" s="5" t="s">
+      <c r="J15" s="5" t="s">
         <v>127</v>
       </c>
-      <c r="I15" s="5" t="s">
+      <c r="K15" s="5" t="s">
         <v>128</v>
       </c>
-      <c r="J15" s="5" t="s">
+      <c r="L15" s="6" t="s">
         <v>129</v>
       </c>
-      <c r="K15" s="5" t="s">
+      <c r="M15" s="5" t="s">
         <v>130</v>
-      </c>
-[...4 lines deleted...]
-        <v>132</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="5" t="s">
-        <v>133</v>
+        <v>131</v>
       </c>
       <c r="B16" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C16" s="5" t="s">
-        <v>125</v>
+        <v>27</v>
       </c>
       <c r="D16" s="5" t="s">
-        <v>126</v>
-[...4 lines deleted...]
-        </is>
+        <v>53</v>
+      </c>
+      <c r="E16" s="5" t="s">
+        <v>132</v>
       </c>
       <c r="F16" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G16" s="5" t="s">
+      <c r="G16" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H16" s="5" t="s">
+        <v>133</v>
+      </c>
+      <c r="I16" s="5" t="s">
         <v>134</v>
       </c>
-      <c r="H16" s="5" t="s">
+      <c r="J16" s="5" t="s">
         <v>135</v>
       </c>
-      <c r="I16" s="5" t="s">
+      <c r="K16" s="5" t="s">
         <v>136</v>
       </c>
-      <c r="J16" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K16" s="5" t="s">
+      <c r="L16" s="6" t="s">
         <v>137</v>
       </c>
-      <c r="L16" s="6" t="s">
+      <c r="M16" s="5" t="s">
         <v>138</v>
-      </c>
-[...1 lines deleted...]
-        <v>139</v>
       </c>
     </row>
     <row r="17">
-      <c r="A17" s="5" t="s">
-        <v>140</v>
+      <c r="A17" s="5" t="n">
+        <v>1910</v>
       </c>
       <c r="B17" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C17" s="5" t="s">
+        <v>139</v>
+      </c>
+      <c r="D17" s="5" t="s">
+        <v>140</v>
+      </c>
+      <c r="E17" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F17" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G17" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H17" s="5" t="s">
         <v>141</v>
       </c>
-      <c r="D17" s="5" t="s">
+      <c r="I17" s="5" t="s">
         <v>142</v>
       </c>
-      <c r="E17" s="5" t="s">
+      <c r="J17" s="5" t="s">
         <v>143</v>
       </c>
-      <c r="F17" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H17" s="5" t="s">
+      <c r="K17" s="5" t="s">
         <v>144</v>
       </c>
-      <c r="I17" s="5" t="s">
+      <c r="L17" s="6" t="s">
         <v>145</v>
       </c>
-      <c r="J17" s="5" t="s">
+      <c r="M17" s="5" t="s">
         <v>146</v>
-      </c>
-[...7 lines deleted...]
-        <v>149</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="5" t="s">
-        <v>150</v>
+        <v>147</v>
       </c>
       <c r="B18" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C18" s="5" t="s">
+        <v>139</v>
+      </c>
+      <c r="D18" s="5" t="s">
+        <v>140</v>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F18" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G18" s="5" t="s">
+        <v>148</v>
+      </c>
+      <c r="H18" s="5" t="s">
+        <v>149</v>
+      </c>
+      <c r="I18" s="5" t="s">
+        <v>150</v>
+      </c>
+      <c r="J18" s="5" t="s">
+        <v>143</v>
+      </c>
+      <c r="K18" s="5" t="s">
         <v>151</v>
       </c>
-      <c r="D18" s="5" t="s">
+      <c r="L18" s="6" t="s">
         <v>152</v>
       </c>
-      <c r="E18" s="5" t="s">
+      <c r="M18" s="5" t="s">
         <v>153</v>
-      </c>
-[...26 lines deleted...]
-        <v>159</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="5" t="s">
-        <v>160</v>
+        <v>154</v>
       </c>
       <c r="B19" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C19" s="5" t="s">
-        <v>26</v>
+        <v>155</v>
       </c>
       <c r="D19" s="5" t="s">
+        <v>156</v>
+      </c>
+      <c r="E19" s="5" t="s">
+        <v>157</v>
+      </c>
+      <c r="F19" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G19" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H19" s="5" t="s">
+        <v>158</v>
+      </c>
+      <c r="I19" s="5" t="s">
+        <v>159</v>
+      </c>
+      <c r="J19" s="5" t="s">
+        <v>160</v>
+      </c>
+      <c r="K19" s="5" t="s">
         <v>161</v>
       </c>
-      <c r="E19" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="G19" s="5" t="s">
+      <c r="L19" s="6" t="s">
         <v>162</v>
       </c>
-      <c r="H19" s="5" t="s">
+      <c r="M19" s="5" t="s">
         <v>163</v>
-      </c>
-[...13 lines deleted...]
-        <v>167</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="5" t="s">
-        <v>168</v>
+        <v>164</v>
       </c>
       <c r="B20" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C20" s="5" t="s">
+        <v>165</v>
+      </c>
+      <c r="D20" s="5" t="s">
+        <v>166</v>
+      </c>
+      <c r="E20" s="5" t="s">
+        <v>167</v>
+      </c>
+      <c r="F20" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G20" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H20" s="5" t="s">
+        <v>168</v>
+      </c>
+      <c r="I20" s="5" t="s">
         <v>169</v>
       </c>
-      <c r="D20" s="5" t="s">
+      <c r="J20" s="5" t="s">
         <v>170</v>
       </c>
-      <c r="E20" s="5" t="s">
+      <c r="K20" s="5" t="s">
         <v>171</v>
       </c>
-      <c r="F20" s="5" t="s">
-[...2 lines deleted...]
-      <c r="G20" s="5" t="s">
+      <c r="L20" s="6" t="s">
         <v>172</v>
       </c>
-      <c r="H20" s="5" t="s">
+      <c r="M20" s="5" t="s">
         <v>173</v>
-      </c>
-[...13 lines deleted...]
-        <v>177</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="5" t="s">
-        <v>178</v>
+        <v>174</v>
       </c>
       <c r="B21" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C21" s="5" t="s">
-        <v>141</v>
+        <v>26</v>
       </c>
       <c r="D21" s="5" t="s">
+        <v>175</v>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F21" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G21" s="5" t="s">
+        <v>176</v>
+      </c>
+      <c r="H21" s="5" t="s">
+        <v>177</v>
+      </c>
+      <c r="I21" s="5" t="s">
+        <v>178</v>
+      </c>
+      <c r="J21" s="5" t="s">
+        <v>143</v>
+      </c>
+      <c r="K21" s="5" t="s">
         <v>179</v>
       </c>
-      <c r="E21" s="5" t="s">
+      <c r="L21" s="6" t="s">
         <v>180</v>
       </c>
-      <c r="F21" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H21" s="5" t="s">
+      <c r="M21" s="5" t="s">
         <v>181</v>
-      </c>
-[...13 lines deleted...]
-        <v>186</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="5" t="s">
-        <v>187</v>
+        <v>182</v>
       </c>
       <c r="B22" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C22" s="5" t="s">
+        <v>183</v>
+      </c>
+      <c r="D22" s="5" t="s">
+        <v>184</v>
+      </c>
+      <c r="E22" s="5" t="s">
+        <v>185</v>
+      </c>
+      <c r="F22" s="5" t="s">
+        <v>185</v>
+      </c>
+      <c r="G22" s="5" t="s">
+        <v>186</v>
+      </c>
+      <c r="H22" s="5" t="s">
+        <v>187</v>
+      </c>
+      <c r="I22" s="5" t="s">
         <v>188</v>
       </c>
-      <c r="D22" s="5" t="s">
+      <c r="J22" s="5" t="s">
+        <v>143</v>
+      </c>
+      <c r="K22" s="5" t="s">
         <v>189</v>
       </c>
-      <c r="E22" s="5" t="s">
+      <c r="L22" s="6" t="s">
         <v>190</v>
       </c>
-      <c r="F22" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H22" s="5" t="s">
+      <c r="M22" s="5" t="s">
         <v>191</v>
-      </c>
-[...13 lines deleted...]
-        <v>196</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="5" t="s">
-        <v>197</v>
+        <v>192</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C23" s="5" t="s">
+        <v>155</v>
+      </c>
+      <c r="D23" s="5" t="s">
+        <v>193</v>
+      </c>
+      <c r="E23" s="5" t="s">
+        <v>194</v>
+      </c>
+      <c r="F23" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G23" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H23" s="5" t="s">
+        <v>195</v>
+      </c>
+      <c r="I23" s="5" t="s">
+        <v>196</v>
+      </c>
+      <c r="J23" s="5" t="s">
+        <v>197</v>
+      </c>
+      <c r="K23" s="5" t="s">
         <v>198</v>
       </c>
-      <c r="D23" s="5" t="s">
+      <c r="L23" s="6" t="s">
         <v>199</v>
       </c>
-      <c r="E23" s="5" t="s">
+      <c r="M23" s="5" t="s">
         <v>200</v>
-      </c>
-[...24 lines deleted...]
-        <v>205</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="5" t="s">
-        <v>206</v>
+        <v>201</v>
       </c>
       <c r="B24" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C24" s="5" t="s">
-        <v>188</v>
+        <v>202</v>
       </c>
       <c r="D24" s="5" t="s">
-        <v>189</v>
+        <v>203</v>
       </c>
       <c r="E24" s="5" t="s">
+        <v>204</v>
+      </c>
+      <c r="F24" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G24" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H24" s="5" t="s">
+        <v>205</v>
+      </c>
+      <c r="I24" s="5" t="s">
+        <v>206</v>
+      </c>
+      <c r="J24" s="5" t="s">
         <v>207</v>
       </c>
-      <c r="F24" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H24" s="5" t="s">
+      <c r="K24" s="5" t="s">
         <v>208</v>
       </c>
-      <c r="I24" s="5" t="s">
+      <c r="L24" s="6" t="s">
         <v>209</v>
       </c>
-      <c r="J24" s="5" t="s">
+      <c r="M24" s="5" t="s">
         <v>210</v>
-      </c>
-[...7 lines deleted...]
-        <v>213</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="5" t="s">
-        <v>214</v>
+        <v>211</v>
       </c>
       <c r="B25" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C25" s="5" t="s">
-        <v>15</v>
+        <v>212</v>
       </c>
       <c r="D25" s="5" t="s">
-        <v>44</v>
+        <v>213</v>
       </c>
       <c r="E25" s="5" t="s">
+        <v>214</v>
+      </c>
+      <c r="F25" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G25" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H25" s="5" t="s">
         <v>215</v>
       </c>
-      <c r="F25" s="5" t="s">
+      <c r="I25" s="5"/>
+      <c r="J25" s="5" t="s">
         <v>216</v>
       </c>
-      <c r="G25" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H25" s="5" t="s">
+      <c r="K25" s="5" t="s">
         <v>217</v>
       </c>
-      <c r="I25" s="5" t="s">
+      <c r="L25" s="6" t="s">
         <v>218</v>
       </c>
-      <c r="J25" s="5" t="s">
+      <c r="M25" s="5" t="s">
         <v>219</v>
-      </c>
-[...7 lines deleted...]
-        <v>222</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="5" t="s">
-        <v>223</v>
+        <v>220</v>
       </c>
       <c r="B26" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C26" s="5" t="s">
-        <v>15</v>
+        <v>202</v>
       </c>
       <c r="D26" s="5" t="s">
-        <v>44</v>
+        <v>203</v>
       </c>
       <c r="E26" s="5" t="s">
+        <v>221</v>
+      </c>
+      <c r="F26" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G26" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H26" s="5" t="s">
+        <v>222</v>
+      </c>
+      <c r="I26" s="5" t="s">
+        <v>223</v>
+      </c>
+      <c r="J26" s="5" t="s">
         <v>224</v>
       </c>
-      <c r="F26" s="5" t="s">
+      <c r="K26" s="5" t="s">
         <v>225</v>
       </c>
-      <c r="G26" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H26" s="5" t="s">
+      <c r="L26" s="6" t="s">
         <v>226</v>
       </c>
-      <c r="I26" s="5" t="s">
+      <c r="M26" s="5" t="s">
         <v>227</v>
-      </c>
-[...10 lines deleted...]
-        <v>231</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="5" t="s">
-        <v>232</v>
+        <v>228</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C27" s="5" t="s">
-        <v>44</v>
+        <v>15</v>
       </c>
       <c r="D27" s="5" t="s">
+        <v>52</v>
+      </c>
+      <c r="E27" s="5" t="s">
+        <v>229</v>
+      </c>
+      <c r="F27" s="5" t="s">
+        <v>230</v>
+      </c>
+      <c r="G27" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H27" s="5" t="s">
+        <v>231</v>
+      </c>
+      <c r="I27" s="5" t="s">
+        <v>232</v>
+      </c>
+      <c r="J27" s="5" t="s">
         <v>233</v>
       </c>
-      <c r="E27" s="5" t="s">
+      <c r="K27" s="5" t="s">
         <v>234</v>
       </c>
-      <c r="F27" s="5" t="s">
-[...7 lines deleted...]
-      <c r="H27" s="5" t="s">
+      <c r="L27" s="6" t="s">
         <v>235</v>
       </c>
-      <c r="I27" s="5" t="s">
+      <c r="M27" s="5" t="s">
         <v>236</v>
-      </c>
-[...10 lines deleted...]
-        <v>240</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="5" t="s">
-        <v>241</v>
+        <v>237</v>
       </c>
       <c r="B28" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C28" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D28" s="5" t="s">
-        <v>44</v>
+        <v>52</v>
       </c>
       <c r="E28" s="5" t="s">
-        <v>224</v>
+        <v>238</v>
       </c>
       <c r="F28" s="5" t="s">
-        <v>225</v>
+        <v>239</v>
       </c>
       <c r="G28" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H28" s="5" t="s">
+        <v>240</v>
+      </c>
+      <c r="I28" s="5" t="s">
+        <v>241</v>
+      </c>
+      <c r="J28" s="5" t="s">
         <v>242</v>
       </c>
-      <c r="I28" s="5" t="s">
+      <c r="K28" s="5" t="s">
         <v>243</v>
       </c>
-      <c r="J28" s="5" t="s">
+      <c r="L28" s="6" t="s">
         <v>244</v>
       </c>
-      <c r="K28" s="5" t="s">
+      <c r="M28" s="5" t="s">
         <v>245</v>
-      </c>
-[...4 lines deleted...]
-        <v>247</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="5" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
       <c r="B29" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C29" s="5" t="s">
-        <v>188</v>
+        <v>52</v>
       </c>
       <c r="D29" s="5" t="s">
-        <v>189</v>
+        <v>247</v>
       </c>
       <c r="E29" s="5" t="s">
-        <v>207</v>
-[...4 lines deleted...]
-        </is>
+        <v>248</v>
+      </c>
+      <c r="F29" s="5" t="s">
+        <v>239</v>
       </c>
       <c r="G29" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H29" s="5" t="s">
         <v>249</v>
       </c>
       <c r="I29" s="5" t="s">
         <v>250</v>
       </c>
       <c r="J29" s="5" t="s">
         <v>251</v>
       </c>
       <c r="K29" s="5" t="s">
         <v>252</v>
       </c>
       <c r="L29" s="6" t="s">
         <v>253</v>
       </c>
       <c r="M29" s="5" t="s">
         <v>254</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="5" t="s">
         <v>255</v>
       </c>
       <c r="B30" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C30" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D30" s="5" t="s">
-        <v>44</v>
+        <v>52</v>
       </c>
       <c r="E30" s="5" t="s">
-        <v>224</v>
+        <v>238</v>
       </c>
       <c r="F30" s="5" t="s">
+        <v>239</v>
+      </c>
+      <c r="G30" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H30" s="5" t="s">
         <v>256</v>
       </c>
-      <c r="G30" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H30" s="5" t="s">
+      <c r="I30" s="5" t="s">
         <v>257</v>
       </c>
-      <c r="I30" s="5" t="s">
+      <c r="J30" s="5" t="s">
         <v>258</v>
       </c>
-      <c r="J30" s="5" t="s">
+      <c r="K30" s="5" t="s">
         <v>259</v>
       </c>
-      <c r="K30" s="5" t="s">
+      <c r="L30" s="6" t="s">
         <v>260</v>
       </c>
-      <c r="L30" s="6" t="s">
+      <c r="M30" s="5" t="s">
         <v>261</v>
-      </c>
-[...1 lines deleted...]
-        <v>262</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="5" t="s">
-        <v>263</v>
+        <v>262</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C31" s="5" t="s">
-        <v>189</v>
+        <v>202</v>
       </c>
       <c r="D31" s="5" t="s">
-        <v>15</v>
+        <v>203</v>
       </c>
       <c r="E31" s="5" t="s">
+        <v>221</v>
+      </c>
+      <c r="F31" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G31" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H31" s="5" t="s">
+        <v>263</v>
+      </c>
+      <c r="I31" s="5" t="s">
         <v>264</v>
       </c>
-      <c r="F31" s="5" t="s">
+      <c r="J31" s="5" t="s">
         <v>265</v>
       </c>
-      <c r="G31" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H31" s="5" t="s">
+      <c r="K31" s="5" t="s">
         <v>266</v>
       </c>
-      <c r="I31" s="5" t="s">
+      <c r="L31" s="6" t="s">
         <v>267</v>
       </c>
-      <c r="J31" s="5" t="s">
+      <c r="M31" s="5" t="s">
         <v>268</v>
-      </c>
-[...7 lines deleted...]
-        <v>271</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="5" t="s">
-        <v>272</v>
+        <v>269</v>
       </c>
       <c r="B32" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C32" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D32" s="5" t="s">
+        <v>52</v>
+      </c>
+      <c r="E32" s="5" t="s">
+        <v>238</v>
+      </c>
+      <c r="F32" s="5" t="s">
+        <v>270</v>
+      </c>
+      <c r="G32" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H32" s="5" t="s">
+        <v>271</v>
+      </c>
+      <c r="I32" s="5" t="s">
+        <v>272</v>
+      </c>
+      <c r="J32" s="5" t="s">
         <v>273</v>
       </c>
-      <c r="D32" s="5" t="s">
+      <c r="K32" s="5" t="s">
         <v>274</v>
       </c>
-      <c r="E32" s="5" t="inlineStr">
-[...14 lines deleted...]
-      <c r="H32" s="5" t="s">
+      <c r="L32" s="6" t="s">
         <v>275</v>
       </c>
-      <c r="I32" s="5"/>
-      <c r="J32" s="5" t="s">
+      <c r="M32" s="5" t="s">
         <v>276</v>
-      </c>
-[...7 lines deleted...]
-        <v>279</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="5" t="s">
-        <v>280</v>
+        <v>277</v>
       </c>
       <c r="B33" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C33" s="5" t="s">
+        <v>203</v>
+      </c>
+      <c r="D33" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="D33" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E33" s="5" t="s">
-        <v>224</v>
+        <v>278</v>
       </c>
       <c r="F33" s="5" t="s">
-        <v>256</v>
+        <v>279</v>
       </c>
       <c r="G33" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H33" s="5" t="s">
+        <v>280</v>
+      </c>
+      <c r="I33" s="5" t="s">
         <v>281</v>
       </c>
-      <c r="I33" s="5" t="s">
+      <c r="J33" s="5" t="s">
         <v>282</v>
       </c>
-      <c r="J33" s="5" t="s">
+      <c r="K33" s="5" t="s">
         <v>283</v>
       </c>
-      <c r="K33" s="5" t="s">
+      <c r="L33" s="6" t="s">
         <v>284</v>
       </c>
-      <c r="L33" s="6" t="s">
+      <c r="M33" s="5" t="s">
         <v>285</v>
-      </c>
-[...1 lines deleted...]
-        <v>286</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="5" t="s">
-        <v>287</v>
+        <v>286</v>
       </c>
       <c r="B34" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C34" s="5" t="s">
-        <v>63</v>
+        <v>287</v>
       </c>
       <c r="D34" s="5" t="s">
-        <v>199</v>
-[...2 lines deleted...]
-        <v>215</v>
+        <v>288</v>
+      </c>
+      <c r="E34" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F34" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G34" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H34" s="5" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="I34" s="5"/>
       <c r="J34" s="5" t="s">
-        <v>202</v>
+        <v>290</v>
       </c>
       <c r="K34" s="5" t="s">
-        <v>289</v>
+        <v>291</v>
       </c>
       <c r="L34" s="6" t="s">
-        <v>290</v>
+        <v>292</v>
       </c>
       <c r="M34" s="5" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="5" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C35" s="5" t="s">
-        <v>44</v>
+        <v>15</v>
       </c>
       <c r="D35" s="5" t="s">
-        <v>15</v>
+        <v>52</v>
       </c>
       <c r="E35" s="5" t="s">
-        <v>293</v>
+        <v>238</v>
       </c>
       <c r="F35" s="5" t="s">
-        <v>224</v>
+        <v>270</v>
       </c>
       <c r="G35" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H35" s="5" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
       <c r="I35" s="5" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="J35" s="5" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="K35" s="5" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="L35" s="6" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="M35" s="5" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="5" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="B36" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C36" s="5" t="s">
-        <v>63</v>
+        <v>71</v>
       </c>
       <c r="D36" s="5" t="s">
-        <v>301</v>
+        <v>213</v>
       </c>
       <c r="E36" s="5" t="s">
-        <v>215</v>
-[...1 lines deleted...]
-      <c r="F36" s="5" t="s">
+        <v>229</v>
+      </c>
+      <c r="F36" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G36" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H36" s="5" t="s">
         <v>302</v>
-      </c>
-[...6 lines deleted...]
-        <v>303</v>
       </c>
       <c r="I36" s="5"/>
       <c r="J36" s="5" t="s">
-        <v>276</v>
+        <v>216</v>
       </c>
       <c r="K36" s="5" t="s">
+        <v>303</v>
+      </c>
+      <c r="L36" s="6" t="s">
         <v>304</v>
       </c>
-      <c r="L36" s="6" t="s">
+      <c r="M36" s="5" t="s">
         <v>305</v>
       </c>
-      <c r="M36" s="5" t="s">
+    </row>
+    <row r="37">
+      <c r="A37" s="5" t="s">
         <v>306</v>
+      </c>
+      <c r="B37" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C37" s="5" t="s">
+        <v>52</v>
+      </c>
+      <c r="D37" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E37" s="5" t="s">
+        <v>307</v>
+      </c>
+      <c r="F37" s="5" t="s">
+        <v>238</v>
+      </c>
+      <c r="G37" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H37" s="5" t="s">
+        <v>308</v>
+      </c>
+      <c r="I37" s="5" t="s">
+        <v>309</v>
+      </c>
+      <c r="J37" s="5" t="s">
+        <v>310</v>
+      </c>
+      <c r="K37" s="5" t="s">
+        <v>311</v>
+      </c>
+      <c r="L37" s="6" t="s">
+        <v>312</v>
+      </c>
+      <c r="M37" s="5" t="s">
+        <v>313</v>
+      </c>
+    </row>
+    <row r="38">
+      <c r="A38" s="5" t="s">
+        <v>314</v>
+      </c>
+      <c r="B38" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C38" s="5" t="s">
+        <v>71</v>
+      </c>
+      <c r="D38" s="5" t="s">
+        <v>315</v>
+      </c>
+      <c r="E38" s="5" t="s">
+        <v>229</v>
+      </c>
+      <c r="F38" s="5" t="s">
+        <v>316</v>
+      </c>
+      <c r="G38" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H38" s="5" t="s">
+        <v>317</v>
+      </c>
+      <c r="I38" s="5"/>
+      <c r="J38" s="5" t="s">
+        <v>290</v>
+      </c>
+      <c r="K38" s="5" t="s">
+        <v>318</v>
+      </c>
+      <c r="L38" s="6" t="s">
+        <v>319</v>
+      </c>
+      <c r="M38" s="5" t="s">
+        <v>320</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>
     <hyperlink ref="M13" r:id="rId18"/>
     <hyperlink ref="M14" r:id="rId19"/>
     <hyperlink ref="M15" r:id="rId20"/>
     <hyperlink ref="M16" r:id="rId21"/>
     <hyperlink ref="M17" r:id="rId22"/>
     <hyperlink ref="M18" r:id="rId23"/>
     <hyperlink ref="M19" r:id="rId24"/>
     <hyperlink ref="M20" r:id="rId25"/>
     <hyperlink ref="M21" r:id="rId26"/>
     <hyperlink ref="M22" r:id="rId27"/>
     <hyperlink ref="M23" r:id="rId28"/>
     <hyperlink ref="M24" r:id="rId29"/>
     <hyperlink ref="M25" r:id="rId30"/>
     <hyperlink ref="M26" r:id="rId31"/>
     <hyperlink ref="M27" r:id="rId32"/>
     <hyperlink ref="M28" r:id="rId33"/>
     <hyperlink ref="M29" r:id="rId34"/>
     <hyperlink ref="M30" r:id="rId35"/>
     <hyperlink ref="M31" r:id="rId36"/>
     <hyperlink ref="M32" r:id="rId37"/>
     <hyperlink ref="M33" r:id="rId38"/>
     <hyperlink ref="M34" r:id="rId39"/>
     <hyperlink ref="M35" r:id="rId40"/>
     <hyperlink ref="M36" r:id="rId41"/>
+    <hyperlink ref="M37" r:id="rId42"/>
+    <hyperlink ref="M38" r:id="rId43"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>