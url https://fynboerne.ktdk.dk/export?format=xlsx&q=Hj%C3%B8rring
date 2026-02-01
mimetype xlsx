--- v0 (2025-10-27)
+++ v1 (2026-02-01)
@@ -5,181 +5,177 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="437" uniqueCount="300" xml:space="preserve">
   <si>
-    <t>Datering</t>
+    <t>Datering/Værktitel</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
   <si>
     <t>Arkivplacering</t>
   </si>
   <si>
     <t>Dokumentindhold</t>
   </si>
   <si>
     <t>URL</t>
   </si>
   <si>
     <t>Transskription</t>
   </si>
   <si>
-    <t>1886-12-03</t>
+    <t>1927-05-29</t>
+  </si>
+  <si>
+    <t>Brevkort</t>
+  </si>
+  <si>
+    <t>Lars Swane</t>
+  </si>
+  <si>
+    <t>Christine Swane</t>
+  </si>
+  <si>
+    <t>Hjørring</t>
+  </si>
+  <si>
+    <t>København</t>
+  </si>
+  <si>
+    <t>Holger Drachmann
+Marie Krøyer
+Peder Severin Krøyer
+Christine Swane</t>
+  </si>
+  <si>
+    <t>Det var højst sandsynligt Lasses far, Sigurd Swane, som tilføjede kommentaren: Det går godt med Lasse.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, Christine Swane Breve, kasse 1, kuvert 1, 2002/61, A8,lb11.</t>
+  </si>
+  <si>
+    <t>Lasse er på ferie ved Skagen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/IwBB</t>
+  </si>
+  <si>
+    <t>[Fortrykt på kortets adresseside:] [ Logo]
+BREVKORT:
+[Håndskrevet på kortets adresseside:]
+Fru C Swane
+Falkonerallé 5 III
+København F
+Sjælland
+[Håndskrevet på bagsiden]
+29/5-27 Til Lykke 
+Kære Moder
+Jeg var ikke søsyg paa Damperen. Vi kom en 1½ Time for sent til Frederikshavn. Vi gik idag til den tilsandede Kirke [tilføjet] fra Hulsig til Skagen hvor vi har set Drachmans Hus og Grav, og Kreuers Hus, Grenen. Paa den ene Side af Grenen [Håndskrevet på kortets adresseside:] var der gode Bølger paa den anden Side er det blikstille
+Hilsen fra Lasse
+Jeg skriver igen i Morgen
+[Skrevet på hovedet på kortets bagside:] Det gaar godt med Lasse</t>
+  </si>
+  <si>
+    <t>1890-08-03</t>
   </si>
   <si>
     <t>Brev</t>
   </si>
   <si>
     <t>Vilhelmine  Larsen</t>
   </si>
   <si>
     <t>Johannes Larsen</t>
   </si>
   <si>
     <t>Kerteminde</t>
-  </si>
-[...57 lines deleted...]
-    <t>1890-08-03</t>
   </si>
   <si>
     <t>Långaryd
 Hjørring
 Stockholm
 København</t>
   </si>
   <si>
     <t>- Algren Petersen
 Christian Eckardt
 - Grønning
 Johannes Klein
 Adolph Larsen
 Marie Larsen
 Vilhelm Larsen
 Christine Swane</t>
   </si>
   <si>
     <t>Johannes Larsen aftjener, på dette tidspunkt, sin værnepligt i København. Båxhult er en af familien Larsens gårde i Sverige. Giverbo er muligvis en lille gård i nærheden af Båxhult. "Fremtiden" er en forsørgelsesforening (stiftet 1865) for mænd og kvinder, hvis hovedbeskæftigelse er litteratur, undervisning, kunst og polyteknik. Hovedsagen er alderdomsforsørgelse og enkepension. Der gives også lån, husleje- og begravelseshjælp.(Wikipedia)
 Det er uvist, hvilken udstilling Klein har deltaget i.</t>
+  </si>
+  <si>
+    <t>Det Kongelige Bibliotek</t>
   </si>
   <si>
     <t>Tre af Johannes Larsens søskende er på Båxhult i Sverige. Forældrene skal også derover, men når ikke at mødes med Johannes før på hjemrejsen. Chr. Eckardt har solgt et billede for 200 kr. og fået ødelagt et andet under transport.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/aZbI</t>
   </si>
   <si>
     <t>Kjerteminde den 3 August 1890 [Skrevet på tværs ved datoen]
 Kjærlig Hilsen fra Alle – din Moder
 Kjære Johannes!
 Vi har ligenu modtaget Dit Brev og er glade at Du er rask det er Hovedsagen den Ømhed gaar nok over igjen jeg lider af det samme i disse Dage efter en ordentlig Reengjøring i Haven, men nu er den ogsaa smuk kan du tro i denne dejlige Sommerdag, nu i Ugen skal vi høste Rugen. Høet er altsammen stakket og uden Regn.
 Fra Sverrig er Brevene meget fornøjelige Klaks skyder fremdeles gik forleden Dag til Boxhult og mødte paa 10 Alens Afstand en Tjur men huskede saa paa at den ikke maatte skydes men møder jeg én en Gang til saa svarer jeg ikke for mig selv uden at jeg brænder paa
 Fiske gjør de jo hver Dag men smaa Fiske derfor skal vi nu have en Baad ud Søen ved Giverbo
 Christine er dog helt vel ved det nu der er jo heller ikke længe til vi sees
 Du skriver intet om Orlov det er vel umuligt. Jeg skal nok sørge for Sko med det første det er da godt du har Fritid lidt om Aftenen saa du kan gaa ud at trække lidt frisk Luft og besøge Bekjendte taler du med Herr Grønning Johannes?
 Algren seer jævnlig herind og hjælper med Graagjæssene nu er den lille fuldstændig rask men nu er Hannen daarlig ikke i Benene men afkræftet Algren mente den fik ikke Føde nok i Stranden saa de ere i dag stærkt i Arbejde med at fange Orm ind til den nu kom Adolph med bare Been saa skal jeg ud at høre hvordan den er tilpas i Aften – den var gaaet op ovre ved Sandrevlen og omlidt skal de ud at hente dem hjem for det er jo ikke værdt at den bliver ude om Natten ja der er Travlhed, faa ham til at skrive enten til Dig eller til Sverrig det er en [Umulighed?/ Unseelighed?]
 Sildefangsten er det smaat med iaften er de ikke gaaede ud nu ventes der paa en mørk Maane – om det saa maa lykkes.
 Fortæl hvad I spiser til Middag Johannes det vilde vi dog gjerne vide Eckardt har solgt et Billede op til Hjørring til 200 Kr men de gik til Afbetaling dog saa var det Hul lukket
 Han har ogsaa faaet Tilsagn fra Kunstforeningen eller Fremtiden jeg ved ikke hvilket om 100 Kr aarlig er det ikke herligt et Uheld havde han med et Billede der kom til Stokholm undervejs var der slaaet et Hul i Luften som var nu bleven udbedret men ikke til at udstille og maatte tilbagesendes – Udgiften 60-70 Kr – ja der er mange Besværligheder
 Marie er glad ved at være derovre i Sverrig hun vaagner hver Dag Kl 5 a 6 og laver saa Kaffe og spadserer i Forening i Skovene
 Jeg hørte igaar Johannes, at Klejn havde et Billede paa Udstillingen der har staaet saa rosende omtalt at det omtrænt var noget af det bedste paa Udstillingen naar det blot havde faaet en god Plads, sig mig om det er sandt og hvad Stykket forestillede?
 Vi skal nu vaske imorgen saa faar jeg travlt derfor skriver jeg iaften; vi rejser vist til Kjøbenhavn men vi faar dig vel slet ikke at se kommer vi med Aftentoget er du i Seng og kommer vi om Morgenen er du til Øvelse – det er jammerligt men saa paa Hjemtouren faar jeg blive der en Dagstid det er vistnok Tanken at jeg skal blive og følges med [Klaks?] til hans Ferie er udløben den 18
 Lev vel kjære Johannes og Gud befalet; Jeg sender med Skoene 2 Par Strømper her ligger til Dig
 er der ellers noget du ønsker?</t>
@@ -211,367 +207,417 @@
 Alfred Rottbøll
 Albrecht  Warberg
 Astrid Warberg-Goldschmidt</t>
   </si>
   <si>
     <t>Det er uvist hvem Marie Madsen er og hvor hun havde en lejlighed. Det er uvist, hvem fru Blom er.
 Gravitetisk betyder værdig, højtidelig i flg. Den Store Danske</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv</t>
   </si>
   <si>
     <t>Det er karnevalstid i Firenze. Alhed har set på de mange optog. Hun rejser hjem til Danmark om ca. 1½ måned. Selvom hun er sparsommelig, er der gået en del penge til tøj og turen til Rom.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/4DgT</t>
   </si>
   <si>
     <t>Kæreste Mor!
 Tak for Dit Brev, som jeg fik i Gaar. Jeg tænkte lidt paa at besvare det strax, men da jeg skulde til Skvardo, hvor jeg jo er næsten hver Søndag fra Lørdag til Mandag, kunde jeg ikke faa Tid til det. Nu er det Søndag Aften, jeg gik ned til Byen i Eftermiddag for at mødes med de andre, vi skulde ud at se om der var nogen Karnevalslystigheder. Og det kan I stole paa, der var. Vi har [overstreget: h] moret os aldeles glimrende og set Folkeliv og Humør i Gaderne, som vi aldrig har set Magen til før. Folk gaar eller kører omkring i Gaderne i Maskeradedragter og alle aldeles bortseende fra Rang og Stand bombardere hinanden med Konfekt, Brystsukker i Papir, Buketter og smaa kulørte Papirstumper, det saakaldte ”Konfetti”. Folk staa opstillede i Gaderne (aldeles som vi i sin Tid stod i Østergade og ventede paa Kejseren) og bombarderer dels hinanden indbyrdes og dels Ekvipagerne, der køre forbi ganske langsomt paa Gr. af den stærke Trængsel. Vi saa storartede smaa Optrin; naar f.Ex. et rigtig gravitetisk og aristokratisk Par kom forbi i en flot opslaaet Landauer og blev rigtig overhældt med alle Slags, saa var det kosteligt at se en flok snavsede Gadedrenge klatre som vildkatte op i Vognen og pille Konfekten af dem. Vi stod en lang Tid udenfor en Konfekthandel og den blev en Gang formelig stormet af en Flok halvvoxne Gadedrenge der med vilde Hyl trængte ind for at faa noget. Vi baade kastede og fik en hel Del og morede os som sagt kongeligt. Berta og jeg uddannede os særlig til at snuppe Knaphulsbuketter fra de omstaaende, og saa solgte vi Blomster til andre mod Konfekt samt til at ramme Politibetjente i Hovedet. – Det varer endnu i Morgen og i Overmorgen og vi glæde os vældig. – Her er almindelig Karnevalsstemning over det hele. I Torsdags var vi oppe hos Konsulens til et meget animeret lille Selskab og vi havde selv et lignende et Par Dage før. Foruden os og Konsulens kun Beckett og Maleren Ring, vi danne et lille Komplot, der holde sammen, særlig i disse Dage. - - - Du skriver, at det da maa blive svært at sige Farvel til Firenze og Italien. Ja, det er sandelig ogsaa med meget blandede Følelser, at jeg forlader det, jeg gruer frygtelig for at sige Farvel til dette og glæder mig forfærdelig til at komme hjem. Jeg maa jo se et Sted midt i Tyskland at faa Sorgen overvunden og hengive mig til Glæden. Hvornaar det bliver, ved jeg ikke bestemt, det bliver nu nok ikke før hen i April, da fru Rottbøll har inviteret mig derop en 14 Dages Tid; er det [indsat: ikke] brillant? Og det bliver vist ogsaa umuligt at rejse før for Is og Sne, det varer vel længe, inden den bryder op og saa siger de[udstreget: t], at det den første Tid er farligt at rejse, da Vandet, der kommer ned fra Bjærgene ødelægger Jernbanebroerne. – Efter min Beregning har jeg endnu [indsat: c] 100 Lire foruden 150 at rejse hjem for altsaa til en Maanedstid og lidt til Afrejsen f. Ex. Kuffert og andre Nødvendighedsgenstande. – Du skrev i Dit forrige Brev noget om 250 Kr. som gjorde [tilføjet: mig] meget betænkelig; jeg har rigtignok beregnet noget mere. Du skrev i Efteraaret ”Nu faar Du 300 Kr foruden vel c. 50 til Klæder?” og saa skrev jeg i mit næste Brev, at det var jo brillant, men jeg vilde rigtignok vældig gærne have 100 til Klæder, da det var[indsat: det] mindste jeg kom til at bruge; og jeg har ogsaa brugt meget mere nemlig over 150 siden i Efteraaret; det er meget, men tænk paa 1 helt ny[udstreget: e] Kjole, Slag, to andre Kjoler syet med Fløjl og Tillæg, Hat, Fodtøj, Uldtøj Handsker o.s.v. - - Hvis der nu skulde være en Misforstaaelse, saa det bliver galt, vilde jeg rigtignok være_ forfærdelig_ ked af det baade for Far og fordi jeg virkelig har sparet saa vældig hele Tiden, og jeg fører sammen med Berta et nøjagtigt Regnskab over hver Øre, vi give ud. – Brevet har jeg vist ikke, men Berta læste det ogsaa og er aldeles sikker paa det. Men hvis Du havde ment 200 foruden Klær, havde det jo ikke en Gang været til Romer- og Hjemrejse endsige til længere Ophold, saa det er vel rigtig. --- Du skriver til sidst noget om mulig at faa en ung Pige igen, saa jeg kunde blive længere. Ja, paa én Maade, vilde jeg naturligvis vældig gærne, jeg kommer jo rimeligvis aldrig mere herned og L &amp;amp; B ville vist nok [overstreget: gærne] have et længere og flytte hen i April op til Fiesole for et Par Maaneder. Det var jo storartet at kunne male her en Maaned Tid endnu netop i det dejlige Foraar. F. Ex. til første Maj, men det er jo for Resten kun en 14 Dages Tid mere end jeg tænker – Ja Du_ kan_ tro, jeg skal male til Sommer! Er Marie Madsens Lejlighed ledig? - - jeg har faaet Brev fra Fru Blom og ogsaa skreven til hende igen. - - Næste Dag. Det er desværre ækelt Regnvejr i Dag, saa jeg er bange, de sidste Karnevalsdage ryge i Lyset. Sørgeligt.
 Nu skal jeg op paa Galleriet og male; det er et nydeligt lille Portræt jeg kopierer, det er svært at ramme de gamle Farver, men jeg haaber, det skal lykkes mig at faa Bugt med det. - - Tænk, der har staaet i de ital. Aviser om al den Sne hjemme; alt om Hjørring har staaet der, kun stod det om København i Stedet. - - Nu ikke mere for denne Gang. Tak lille Dis for hendes lange Brev. - - Saa skriver Du altsaa Dagen efter, at Du har faaet dette. Mange kærlige Hilsner til Alle. Din Alhed
 10 Piazza Donatello 25/2 95
 ikke som [ulæseligt bogstav] H. skrev Dona Tello – tak for brevet og alle Hilsener – skriver snart, haaber jeg.</t>
   </si>
   <si>
+    <t> 9. aug. 1927</t>
+  </si>
+  <si>
+    <t>Dagbog</t>
+  </si>
+  <si>
+    <t>Ólafur Tubals</t>
+  </si>
+  <si>
+    <t>I anledning af 1.000 året for Altingets oprettelse tog forfatterne Gunnar Gunnarsson og Johannes V. Jensen initiativ til en nyoversættelse af De islandske Sagaer.
+Dagbøgerne i 1927 er beskrivelser af natur, fugle og rejsen i Island fra 8 juni til 5.september 1927.
+Rejsens formål er indsamling af materiale til illustrationer af de sagasteder og landskaber, hvor sagaernes handlinger udspillede sig.
+Omkring 300 penne og tusch illustrationer blev resultatet af de to rejser i 1927 og 1930.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/AX8xcm94</t>
+  </si>
+  <si>
+    <t>1914-10-20</t>
+  </si>
+  <si>
+    <t>Hverringe Gods
+Romsø
+Kerteminde
+Bøgebjerg, 5390 Martofte</t>
+  </si>
+  <si>
+    <t>Christian Valdemar Krarup
+Jeppe Andreas Larsen
+Johannes Larsen</t>
+  </si>
+  <si>
+    <t>1 tønde hartkorn = 139 l = ca. 100 kg. 
+Hverringe Gods ligger nord for Kerteminde i Viby Sogn. Hovedbygningen er opført i 1790. Hverringe Gods er på 1655 hektar med gårdene Brolykke og Bøgebjerg. Oprindelig var Hverringe en skovgård beliggende ved de store skove, der lå ud til kysten. I 1607 opkøbte Hverringes ejer øen Romsø og et stort stykke kystskovbælte af kongen og derved blev godsets jordlod et meget langstrakt kystvendt område. Ud over landbrug og skovbrug er godsets forretningsområder i dag boligudlejning og jagt. Desuden driver godset Romsøbåden, der hele sommeren sejler turister fra Kerteminde til Romsø. Overnatning på øen er ikke tilladt. Desuden er en 5-stjernet campingplads i godsets regi.
+Ejer er Alexander Iuel, greve.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv (i kopi)</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har indløst et pantebrev, som Hverringe Gods har haft i faderens virksomhed</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/v0lv</t>
+  </si>
+  <si>
+    <t>Af Stamhuset Hverringes Godskontor har underskrevne Kunstmaler Johannes Larsen i Dag erholdt udlånt den af Købmand I.A. Larsen i Kerteminde under 15. Juni 1895 til det med Stamhuset Hverringe forbundne Juelske Fideicommis udstedte og den 26. Juni 1895 tinglyste Panteobligation, lydende paa 8000 Kr., til foranstaltende Udslettelse af Afdrag 3500 Kr. og Tinglæsning af Relaxation af Panteretten i Matr. No 6 (Haven ved Stranden) med Hartkorn 1 3/4 Td.
+Kerteminde den 1. September 1914.
+Johannes Larsen. 
+vend
+Den foran nævnte Panteobligation er den 14de dennes modtaget tilbage fra By- og Herredfoged[ulæselig] i Kjerteminde.
+Hverringe Godskontor
+pr. Kerteminde 
+den 20 - October 1914.
+Krarup.</t>
+  </si>
+  <si>
+    <t>Alhed Marie Brønsted</t>
+  </si>
+  <si>
+    <t>Louise Brønsted</t>
+  </si>
+  <si>
+    <t>Hverringevej 206, 5300 Kerteminde, Danmark
+Møllebakken 14, 5300 Kerteminde, Danmark
+Glorupvej 34, 5853 Ørbæk, Danmark</t>
+  </si>
+  <si>
+    <t>Ellen Brønsted
+Else Birgitte Brønsted
+Alhed Larsen
+Johanne Christine Larsen</t>
+  </si>
+  <si>
+    <t>Kopier findes på Joahnnes Larsen Museet.</t>
+  </si>
+  <si>
+    <t>Der mangler den indledende del af brevet.
+Alhed Marie Brønsted løber hele vejen hjem fra Hverringe Strand bagefter hestevognen. Alhed Larsen har været syg med forkølelse. Johanne Christine Larsen skal efter sygehusophold til Glorup. AMB spørger efter nyt om søsteren Else Birgitte. Den anden søster Ellen er gæst på Møllebakken og spiller megen bridge med andre gæster og familien Larsen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/wj5I</t>
+  </si>
+  <si>
+    <t>Jeg løb bagved Vognen fra Hverringe Strand og hjem. Hesten løb stærk Trav, vi blev ogsaa dygtig forpustede. Tante Be var lige staaet op af Sengen af Forkølelse, da jeg kom og har det stadig ikke saa godt. Tante Junge skal ud af Sygehuset paa Onsdag og til Glorup . [ulæseligt] er fortvivlet over [ulæseligt] hun bager hele Tiden, men den bagte forsvinder straks paa en [ulæseligt] Maade. Nu er hendes Knæ bedre og hun haaber hun kan løbe paa Skøjter i Dag.Skriv snart om alle. Hilsen fra Bes. Hvordan har Mudi det? Og I andre?
+Kære Muk! Jeg haaber ikke I savner Bes alt for meget. Hun bliver her foreløbigt er helt fjollede til at spille Bridge. De sidste Nætters Søvn har henholdsvis været [ulæseligt] ½ - 4½ - 6½ Timers Søvn. 
+Skriv snart. Hilsen fra Lomme.</t>
+  </si>
+  <si>
+    <t>1917-11-11</t>
+  </si>
+  <si>
+    <t>Tornehave Birkerød St.</t>
+  </si>
+  <si>
+    <t>Grethe Bichel
+Peter Bichel
+Ellen Brønsted
+Eugenie Holstein-Ledreborg
+Julius Hviid
+Ellen Iuel
+Marie Iuel
+Rudolph Iuel
+Alhed Larsen
+Andreas Larsen
+Johan Larsen
+Eiler Lehn Schiøler
+Ellen  Sawyer
+Gudrun Skanderup Nielsen
+Andreas Warberg
+Minna Warberg
+Mogens Warberg
+Torkild Warberg</t>
+  </si>
+  <si>
+    <t>Fru Hotel Nielsen: Gudrun Skanderup Nielsen ejede Tornøes Hotel i Kerteminde.
+Hverringe og Ulriksholm er herregårde beliggende nær Kerteminde.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3773</t>
+  </si>
+  <si>
+    <t>Laura Warberg ønsker Ellen/Bes Brønsted tillykke med fødselsdagen.
+Laura har været i Brædstrup. Lejligheden er god, men kold, og drengene var søde. Familiens nye pige druknede sig i Ring Sø.
+Laura W. har problemer med øjnene og med svimmelhed, og hun kan ikke bruge briller.
+Alhed Larsen underviser sine sønner. Den ene er dygtig; den anden bagud.
+Ellen Sawyer sælger malerier og underviser i klaverspil på blandt andet herregården Hverringe.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/H1mh</t>
+  </si>
+  <si>
+    <t>[Skrevet med blyant på kuvertens forside:]
+1917 11-11-1917
+[Skrevet med blæk på kuvertens forside:]
+Fru Professor Brønsted
+cand. polyt.
+Tornehave 
+Birkerød St.
+[På tværs med sort blæk på kuvertens forside:]
+90
+60
+50
+50
+450
+90
+300
+60
+180
+125
+1440
+[På kuvertens bagside; med blyant; en del kemiske formler. Og med blæk; på tværs:]
+25
+Sk. 20
+20 
+10
+[Med blæk i brevet:]
+Kerteminde d: 11/11-17
+Kære lille Muk!
+Til Lykke med lille søde Bes! Jeg sender samtidig med dette en Anvisning paa 2 Kr, som hun selv kan kan købe sig lidt for, den store 12aarige Pige; at tænke sig om 6 Aar er hun Student. Jeg har været en Uge i Brædstrup, det er en smuk Lejlighed, men der er koldt. Drengene var raske og søde, Minna meget optaget af ny Pige d: 1_ste_, flink og rar og godt anbefalet, lovede saa godt! Og saa drukner hun sig i Ring Sø en lille Kvartmil fra Brædstrup, en meget uhyggelig og mystisk Begivenhed, ingen aner Motivet, uden muligvis øjeblikkelig Sindssyge eller at der var noget galt med hende, hvilket endnu ikke var bleven undersøgt, da jeg rejste. Minna averterede strax og havde et run af Piger, tog vist en af dem. Jeg har ikke været hel vel en lang Tid, Øjne og Hoved og megen Svimmelhed, men det er kun Nervøsitet siger baade Dr. Hviid, Grethe Bichel og Dr. Sounte, Øjelæge i Odense. Det eneste ved det, som generer mig er, at jeg kan ikke taale at bruge Briller, kun en Lorgnet og endda med Maade. Jeg prøver at faae andre Glas i Brillerne, men det er vanskeligt. Ellers staaer alt vel til i alle Hjem; Alhed slider vældigt med Drengene, Puf er flink, men de siger, at Lysse er umulig, hans ringe Kundskaber i alle Fag er os en Gaade. Lehn Schiøler spekulerer for Alhed, vist 2000 som han nylig har købt Malerier for; hun har lige faaet at vide, at hun har tjent 600 foreløbig. Elle tjener godt ved Malerier for Tiden et ret stort med Olie til Fru Hotel Nielsen og et mindre til Grevinden paa Ulriksholm/gennem Bichels. Hun er glad ved at spille paa Hverringe, de er saa ligetil og rare mod hende, og den unge Datter er saa sød og flink, men ikke musikalsk. Gid Vinteren ikke skal blive for streng for Elle og gid den skrækkelige Krig snart fik Ende!
+Nu kun kærlige Hilsener til Eder allesammen, lille Muk; jeg vil da haabe, jeg har takket for Dit sidste lange og gode Brev.
+Bedstemor
+Elle hilser Eder alle og lykønsker Bes!</t>
+  </si>
+  <si>
+    <t>1918-04-14</t>
+  </si>
+  <si>
+    <t>Kolding
+Fiil Sø</t>
+  </si>
+  <si>
+    <t>Jenny -
+Søs -
+Victor Bøttern
+- Lange
+Andreas Larsen
+Johan Larsen
+Eiler Lehn Schiøler
+Johannes Madsen
+Emanuel Nielsen
+Christine Swane</t>
+  </si>
+  <si>
+    <t>Det er uvist, hvad brevet fra Lehn-Schiøler refererer til, når han skriver, at "han har solgt 1896erne"</t>
+  </si>
+  <si>
+    <t>Johannes Larsen laver forstudie til en sneppeakvarel i Hverringeskoven. Han har fået tegnet Filsøbogen og pakket billeder til Christine Swane (Uglen). Lehn Schiøler har solgt "1896erne" (?), og han og Larsen har tjent godt på det.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/xqeI</t>
+  </si>
+  <si>
+    <t>Kjerteminde 14 April 1918.
+Kæreste Alhed!
+Det var kedeligt at jeg ikke fik talt med Dig i Tel. jeg var oppe i Hverringe Skoven for at male en Studie saa jeg kan have noget at holde mig til naar jeg kommer hjem og skal lave den Sneppeaquarel, for saa er jo Sneppetiden forbi og alt er anderledes. Jeg for op af Sengen i Aftes fordi Telefonen kimede saa vanvittigt og den blev ved til jeg tog Røret, saa jeg var sikker paa det var Staten det viste sig at være et Øg der vilde tale med Jenny. Afringning. I Gaar fik jeg tegnet Filsøbogen og spartlet Lærred blev først færdig Kl. 8 1/2. I Dag har jeg altsaa malet og nu skriver jeg. Jeg har skrevet efter Georginer og andet til Lange og efter [ulæseligt ord] og mere til Kolding. Madsen var her i Morges og pakkede Billeder til Uglen, Christensen og Lehn-Schiøler og Blendrummer og Lærred til mig og spiste Frokost med Gartneren og mig. Jeg har meddelt Emanuel at jeg graver hans Kartoffelstykke væk naar jeg kommer igen hvilket han fandt meget rimeligt. 
+Der var brev fra Lehn-Schiøler i Gaar at han har solgt 1896erne. Bøttern regnede med at vi har tjent 3807 Kr. 60 Øre paa dem. Nu skal jeg have samlet mit Kluns sammen og pakket saa jeg kan komme af Sted i Morgen Frmdg. det er en Fandens Masse man har at gøre. Nu kom der et ungt Menneske fra Fru Andresen med nogle Blokke Violer. Hils Drengene. Skriv til mig.
+Din JL.</t>
+  </si>
+  <si>
     <t>1895-06-12</t>
   </si>
   <si>
     <t>Adolph Larsen
 Marie Larsen
 Vilhelm Larsen
 Julie Mohr
 Rasmus  Petersen
 Valdemar Petersen
 Christine Swane
 William van Wylich</t>
   </si>
   <si>
     <t>Mejtøj = mejetøj = høstredskaber.
 Holmen = Hindsholm, en halvø nord for Kerteminde. Her ligger godset Hverringe. Muligvis ligger Mølleskær i nærheden.
 Mens hun var på vævekursus, boede Christine hos Julie Mohr. Faren var godsforvalter på Scheelenborg.
 Charlotte er muligvis tjenestepige hos Vilhelmine Larsen.</t>
   </si>
   <si>
     <t>Christine Swane er på vævekursus sammen med Julie Mohr. Marie Larsen er på vej hjem fra Sverige. Der er fanget en tyvebande af tyskere i Hverringeskoven. Vilhelmine Larsen håber, at Johannes snart får solgt nogle billeder.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/pmpj</t>
   </si>
   <si>
     <t>Kjerteminde den 12 Juni
 Kjære Johannes
 Idag vasker vi dit Tøj imorgen kommer eller i Nat Maries med hjem saa skal hun straks stryge og vi sender det, at du ikke skal savne Tøjet og saa faar jeg ren Besked at sende dig om Pengene
 Jeg er rask og Christine er flink ved Væven Frøkenen roser hende og Julie
 Tirsdag Aften ere de færdige saa faar vi hende hjem igjen
 Fra Rasmus skal jeg hilse dig han var omme i Gaar for at gjøre Aftale med Adolph om Badetime; jeg spurgte om han ikke vilde skrive til dig om den store Bedrift at Gendarm Petersen paa Holmen har udført.
 2 Tydskere fangede han, og fik dem i Hullet her i Byen, den yngste bekjente straks; at de var flere, og havde dem en Hule oppe i Hverringeskoven; næste Nat var 7- 8 Mand paa Jagt deroppe vor Borgmester med, i Hulen som er ude i Spidsen af Mølleskær fandtes ligesaa meget Værktøj af Spader Hakker og Mejtøj som 3 Mand kunde bære 1 hel Pose Madvarer 3 – 4 Lommeuhre her fortælles at min Charlotte udgav sig for en tydsk Fange og den ene havde saa fortalt op for hende, nogle mener der er 6 i Tallet – 
 Jeg vilde ønske du havde seet Rasmus’s Ansigt da han fralagde sig al Evne til at skrive 
 Jeg forsikrer dem for Fru Larsen at mange Gange medens jeg var i Udlandet, har jeg tænkt Død og Pine sikke Stof du nu har til at skrive hjem; naar jeg saa ere kommen til Sæde med Papir og Pen, er det som blæst bort, kun en Side saa er jeg færdig.
 Marie skriver at Heden i Sverrig er saa stærk, især da hun rejste derover; hun havde en frygtelig Hovedpine om Aftenen, men sov den bort
 Her var Brev fra Vilhelm i dag og han fortalte mig om Varmegraden i Bakken
 Johannes dog, vær forsigtig du kan vist en anden Gang komme til at fortryde den Behandling du byder dig selv –
 I dag var her Brev igjen til dig, maa der dog sælges nogen af dine Billeder i Provinseren
 oh hvor jeg beder til nogen Indtægt for Dig du kjære Søn
 Hils dog Alle saa venlig fra mig
 Din trofaste Moder</t>
   </si>
   <si>
-    <t>1897-11-21</t>
-[...53 lines deleted...]
-Syrak Hansen
+    <t>1904-12-06</t>
+  </si>
+  <si>
+    <t>Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Johanne Christine Larsen</t>
+  </si>
+  <si>
+    <t>København Ø
+Rosenvej 2</t>
+  </si>
+  <si>
+    <t>Mass.
+Brookline</t>
+  </si>
+  <si>
+    <t>Ellen Beck
+Jørgen -, Erikshaab
+Alfred Goldschmidt
+Ernst Goldschmidt
+Henriette Goldschmidt
+Johanne Goldschmidt
+Johannes V. Jensen
 Adolph Larsen
 Alhed Larsen
-Georg Larsen
+Andreas Larsen
 Jeppe Andreas Larsen
+Johan Larsen
 Johannes Larsen
 Marie Larsen
-Vilhelm Larsen
-[...132 lines deleted...]
-Lars Larsen
 Vilhelmine  Larsen
-Marie   Larsen, Georg Larsens datter
-[...67 lines deleted...]
-Johannes Larsen.</t>
+Christine  Mackie
+William Mackie
+Christian Mogensen
+Otto Emil  Paludan
+- Petersen Bøgebjerg
+Ellen  Sawyer
+Anna Syberg
+Fritz Syberg
+Hempel Syberg
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Astrid Warberg tog i 1878 i Odense præliminæreksamen, og læreren eller lederen på dette sted var kaptajn. Det må være ham, hun nu opsøgte igen. 
+Det vides ikke, hvem personen som Astrid og Johanne drak Madeira med på Erikshåb var.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0285</t>
+  </si>
+  <si>
+    <t>Astrid Warberg-Goldschmidt og Johanne Goldschmidt har været på rejse. Først tog de til Kerteminde, hvor Alhed bød på dejlig mad i det yndige hus. Adolph Larsen deltog, og Johanne sang om aftenen. Der var besøg af Dr. Petersen med frue, og de tog kvinder besøgte både Johanne Larsens forældre og Syberg-familien. De var også på tur til Lundsgårdsklinten og Hverringeskoven.
+Den følgende dag skulle Christine/Uglen afsted til sanatoriet, og hun var trist. 
+Astrid besøgte i Odense Hempel Syberg og sin "kursuskaptajn", som pralede af hende. Hun fik taget fotos af sig selv og sender dem. 
+Turen gik videre til Erikshåb, hvor Paludan havde frisket sin stue meget op, og hvor de to følte sig velkomne. Forpagter Mogensen kom på besøg. Astrid og Johanne drak Madeira den halve nat. 
+På hjemturen var de til koncert i Odense og i København til en vild "Jødesammenkomst" i anledning af Ernst Goldschmidts fødselsdag. Astrid og Alfred var til koncert med Leopold Rosenfeldt, som de også skulle holde jul hos. 
+Det er trist og ensomt for Astrid, når Alfred rejser hver mandag morgen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/xLht</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Frøken Johanne Warberg
+[Doktor WC. Mackie]
+54 Coolidge Str.
+Brookline
+Mass.
+U.S.A.
+[På kuvertens bagside:] 
+A Goldschmidt
+Rosenvej 2 III
+Kjøbenhavn Ø.
+Denmark
+[Poststempel]
+[I brevet:]
+Rosenvej 2, 3 Kbh Ø.
+Tirsdag Aften 6te Dec 1904. 
+Kære lille Junge! Du skriver i Dag, at hvis mine Breve nu udeblev, så vilde Du savne dem meget – og nu har jeg snydt Dig 2 Gange – forrige Mandag sendte jeg kun et lille lumpent Kort – jeg havde Hastværk til Rejsen – og sidste Mandag var jeg på Erikshåb. Derovre fik jeg et langt godt Brev – og i Dag til Morgen fik jeg ogsaa ét – og for dem begge takker jeg meget. – Du kan ellers tro, at Fyensturen var brilliant – skønt den egentlig blev meget kortere, end jeg oprindelig havde tænkt mig. Sagen var nemlig, at jeg tog Johanne Goldschmidt med – jeg havde saadan Lyst til, at hun skulde se Stederne derovre – og hun var da også vildt begejstret på hele Turen. Hør så: Det var en Torsdag, at vi omsider blev udrustede – og mødtes Kl ½ 1 på Hovedbanen – og Vejret var så venligt at være strålende dejligt – rigtig Solskinsvejr, hvilket er sjældent nok nu om Dage. Et såre yndigt Syn mødte mig strax på Banegården – Johanne – høj og frisk og smilende ud af et overstadig godt Humør – og på hver Side af hende – begge ["begge" overstreget] vore respektive Mødre – den ene givende Formaninger – den anden ventende på også at give Formaninger – jeg siger Dig, at de så uhyre søde ud alle tre – så kom vi da af Sted – og for Resten gav ikke den ene den anden noget efter i Retning af godt Humør – og skønt det anstrengte vore Stemmer meget – så snakkede vi dog hele Vejen – lige til Odense. Da vi så kom over i det lille Kertemindetog, faldt vi mærkelig sammen og hvilte trætte lige til Kerteminde. Dèr modtog Las os og vi drog op - og ind i lyse, dejlige Stuer, hvor Be – gæstemild og glad - modtog os; også Ungerne udviste Begejstring, der steg uhyre, da vi kom frem med mange herlige Sager, der lå gemt i vore Kufferter.
+Så kom vi ind og blev bænket ved et af B’s bekendte bugnende Måltider: Der var varmt Revelsben – der var Sylte og Rødbeder – stribet Flæsk og Gåsefedt – og Æblesmør – og så mange dejlige Ting – og naturligvis små røde Snapse. Til disse sidste indfandt sig Agraren, der strax vandt Johannes Hjerte – ligesom han i Fjor (til min Glæde) vandt Alfreds. 
+Ud på Aftenen spillede jeg mit lille udvidede Repertoire for dem, og fik Ros af Be. Og til sidst sang Johanne – og det gør hun dejligt. Om Fredagen var Dr Petersens dèr i Besøg, han er en kunstig lille Fyr – og Konen var ganske anderledes end i Sommer; jeg mener, at dengang kom der ikke mange Pip fra hende, men nu skal jeg love for, at hun pippede – (og mere var det da heller ikke.) Tillige så vi den Dag Marie og Uglen. Du ved vel at Uglens Lunger er angrebne, hun skal på Haslev Sanatorium. 
+Lørdag Aften var vi bedt med ned til Kunstnerens til Aften; forinden var vi en lille Mørkningsvisit ovre i Kærbyhus – Johanne og jeg – vi traf gamle Larsen, Fru L. Marie og Uglen; de var rasende søde – og der var lunt og hyggeligt. 
+Så gled vi hjem igen – pyntede os en Smule – og fulgtes så med Las og Be – i det ubeskriveligste Uføre – ganske bundløst – over Markerne ned til Gården. I Guder! hvilken Skønhed i deres Stuer! det var jo sådan, at man blev helt stille derved. 
+Næste Dag var det Søndag; vi var om Formd. en herlig Tur i Klinten sammen med Agraren. Det var blidt og stille Gråvejr – Vand og Himmel gik i èt – og vi måtte stå meget længe oppe på den høje Klint og se ud over det altsammen. – Da vi kom hjem, havde Be Festmiddag til os - Kyllingesteg og fin Dessert. I Mørkningen kom Marie og Uglen og Agraren efter os alle til Tur – vi gik da allesammen – også de yndige Unger – omtrent helt op til Hverringe Skov. Solen var gået ned – men havde efterladt den mest storslåede røde Purpurhimmel – så vi måtte blive ved at vende os om – og Vandet farvedes med det fineste Rødt – pragtfuldt var det! oppe ved Hverringeskoven stod vi stille allesammen i Tusmørket og så ned over den lille By, der lå nok så fredeligt med det røde Skær fra Himlen henover sig – og Ungerne løb legende ind på Grønmarken – men der var så sært stille – og det var bleven temmelig mørkt; så kom de tilbage og stod ganske stille hos de voksne. Og så gik vi hjem. 
+Næste Formiddag rejste jeg med 11 Toget til Odense – Johanne blev til 3 Toget – jeg fulgtes derud med Uglen, denne fulgtes af Marie, Uglen skulde nemlig til Sanatoriet. Jeg var meget glad over, at det traf sig sådan med min samtidige Rejse, for jeg opmuntrede Uglen en hel Del – hun var naturligvis noget nedstemt. Vi gik på Konditori sammen og havde det rart og hyggeligt. – Så gik jeg et Par Besøg - til Onkel Syberg på Kontoret, og til min Kursuskaptain – Konen tog imod mig og sendte mig lige ind i Skolestuen, der var myldrende fuld af Lømler og Lømmelinder, der alle – med megen Larm – rejste sig, da jeg kom ind. Kaptajnen blev synlig glad – sagde strax – med en bred Håndbevægelse – halvt præsenterende – det er Mesteren for alle de danske Stile, vi læser op! Og de gjorde jo store Øjne, og jeg lo naturligvis. Så tog Kaptajnen fra Bordet en lille Klatpapirsvugge [tegning], Du kender dem nok, og viste mig den – i Låget fandt jeg da – under slebet Glas - mit eget Grinebillede! Det var jo en stor Ære! uha – År ud År ind skal man sidde der og grine til Alverdens Lømler. – Så gik jeg op at blive fotograferet – og sender hermed 3 Billeder. Du skal have det ene og så vil jeg bede Dig give Ella og Mornine hver sit også. Det er jo en lille tarvelig Julegave, men i År kan det ikke blive til mere – vi er jo i en fornem Gæld, vèd Du. (Fl[ulæseligt])
+Nå, ved 5 Tiden mødte jeg med Johanne på Banegården og vi gled til Højrup, hvor Jørgen holdt efter os. Og vi kørte i buldrende Mørke – lidt Snuskregn --- og vild Jubel – til Erikshåb, hvor alle tre Indvånere modtog os – og velkommede os på det kraftigste – i godt Humør allesammen.
+2)
+Der var lyst og varmt og hyggeligt alle Vegne. Men helt imponeret blev jeg i Pallams Stue – der er kommen meget unikke Tapeter, der navnlig fremhæver de smukke Møbler på en ganske ejendommelig Måde – især det store Chatol tog sig ganske pragtfuld ud på den lyse Baggrund; og saa var det poleret op, så alle de små dejlige Indlægninger kom ordentlig til deres Ret – jeg forsikrer Dig det var en Nydelse af Rang at se på det gamle ærværdige Stykke. Vindues- og Dørkarme var malet hvide – også det så udmærket smukt ud. – Vi mærkede tydeligt – også dèr – at vi kom umådelig tilpas og var meget velkomne, og det gir sådan hyggelig Fornemmelse. De første Dage fulgte stille og roligt, man befandt sig i et stadigt Velvære – om Aftenerne spillede og sang vi henholdsvis den ene og den anden. Og om Dagene gik vi herlige Ture – én Formiddag på Orene, fulgt af Forp Mogensen, der tilfældig stødte til på Vejen, han var gudskelov i helt fornuftig Lune – jeg lider ikke, når han er altfor vittig. – Den sidste Aften (Onsdag) var det så kedeligt, at da J. skulde med 6 Toget til Spilletime i Fåborg; og netop da de havde bedt Mogensen til fin Aften på os ForpM. havde Guitaren med og sang alle sine Viser, jeg måtte sidde og puffe til Johanne hele Tiden for at få hende til at le – af Viserne gjorde hun det ikke. Senere sang Johanne. Kl 11 gik de – netop som da J. ankom. Han indbød os til at se sin Stue – vi sagde da Godnat nede og drog – feststemte (effera "effera" overstreget op i d[ulæseligt] J’s Stue. En go Flaske dry Madeira samt 3 små blanke Glas (jeg forklarede Joh. at de blev vadsket henne i Vandfadet mellem hvert Sold) og så dryssedes et Væld af Cigaretter ud over Bordet – og så soldede vi og sludrede og røg til Klokken blev umådelig mange – over 2. Def. fulgte os ned - og i Sovekammeret fortsatte Sludderen endnu længe – så hvis det havde været Sommer, havde det været højlys Dag for længe siden. En uhyre vellykket Aften. 
+Vi måtte (desværre) op 7 næste Morgen. Tog nemlig af Sted med ½ 11 Toget. Jeg mindedes vor Rejse for 6 År siden – vi skulde høre Leonard Bonvick. Denne Gang bumlede vi for at høre Ellen-Beckaften. Vi var noget triste ved Afrejsen begge to – og slet ikke glade over igen at skulde stampe i den beskidte og usunde By. - Begge Mødre modtog på Banegården – og vi traskede hurtigt af Sted med hver sin. Mor sagde Farvel strax – jeg måtte klæde om i susende Galop og så påen igen. Ellen Beck var dejlig at høre selv om man også var nogen forsviret. 
+Næste Dag gik jeg til Frokost hos Mor og berettede om min Rejse. Og næste Dag igen var nu i Lørdags. 
+Lørdagen er en hel lille Fest for os – så kommer nemlig Alfred hjem. 
+Denne Gang havde vi desværre det Uheld, at vi skulde til Johannes Fødselsdag – der var stort Selskab. Uha, jeg var så ked af det – og kunde dårligt nyde alle de brave Mennesker – mest Ernsts Kunstnervenner – alle meget søde og flinke. Vi var 22; og til sidst nåede Stemningen det Punkt, der er karakteristisk for alle Jødesammenkomster – de hylede sang – slog på Tromme – hvinede – hoppede – sprang – dansede – klappede - - - - - frembragte en ulidelig Støj. Vi var først hjemme Kl 3. Og så kan Du tænke Dig – Alfred var tilsagt at møde i Forretningen Kl 9 næste Morgen!! Vi skrev da naturligvis, at han først kom Kl 10 – men det var da lumpent alligevel - er jo Søndag – og den eneste Dag vi har sammen. Sovet ud fik han jo ikke engang. Han kom først hjem Kl ½ 12 – og Kl 12 ½ gik vi til Middag hos Mor – sammen med de to andre Sæt. Der var dejlig hyggeligt – og vi var der nogle gode Timer. Saa gik vi til Palækoncert, hvor (jeg for 2den Gang) vi hørte Leop. Rosenfeldts nyeste: ”Henrik &amp;amp; Else” for Solo – Kor og Orkester. Det er meget smukt – Onkel Leopold måtte – skønt nødig – frem fra sin Pille og bukke, sådan klappede de. Så gik vi hjem og meget tidlig i Seng; Mandag sov vi (trætte som vi var) over os, nåede ikke at drikke Kaffe – og jeg nåede ikke at følge Alfr. til Skibet, som jeg altid plejer, og det var meget trist – ja, Du aner ikke, hvor disse Mandag Morgener er melankolske – enten det nu er når jeg har fulgt Alfred – og kommer hjem til et halmørkt – iskoldt Hus – og så uendelig tomt – eller som denne Mandagmorgen, når Alfr. løber fra det hele – ud i de mørke, våde Gader med alle de søvnige Lygter, mens jeg bliver ene tilbage – frysende og ensom uha ha! En grulig Måde at være gift på – jeg glæder mig snart ligefrem til at komme til Malmø! Og hver Gang varer det flere Dage, inden jeg kommer til Hægterne. Sørgmodighed var da alene Grunden til, at jeg ikke skrev til Dig i Går – og nu må jeg hellere vente til i Morgen – så får Du det vist lige til Jul; men ved Du hvad – jeg kan skam ikke ønske glædelig Jul allerede nu – så sender jeg hellere et lille extra Kort på Søndag – det når Jer nok. Vi er bedt til Leop. Rosenfeldt Juleaften – det er nok en Ære for os; vi går dog først til Mor, sammen med de andre. Det er nemlig kl 5 ½ det andet først c 9 ½. Det kan nu blive ganske morsomt – de siger, det er uhyrefestligt – en Masse Musik. De er der altid Juleaften (Goldschmidterne). Pallam har bedt mig besørge en Bog til Dig – nu håber jeg Du bliver glad for Dronning Gåsefod – jeg besørger den sendt i Morgen – hvis den ikke findes så tager jeg Joh. V Jensen: Nye Himmerlandshist. At Du ved, det er fra Pallam.
+Tusind kærlige Hilsner til Eder begge to - og allesammen
+Dis.</t>
+  </si>
+  <si>
+    <t>28. jan. 1911</t>
+  </si>
+  <si>
+    <t>Notater om fugle og vejrlig</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/EdY8a0YA</t>
+  </si>
+  <si>
+    <t>12. - 14. februar 1909</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/vvTHJprE</t>
+  </si>
+  <si>
+    <t>21. jan. 1912</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/Q4C5h7Kk</t>
+  </si>
+  <si>
+    <t> 8. maj. 1923</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/MzqbODHZ</t>
   </si>
   <si>
     <t>1900-09-01 - 1901-04-24</t>
-  </si>
-[...4 lines deleted...]
-    <t>Astrid Warberg-Goldschmidt</t>
   </si>
   <si>
     <t>Elna -
 Laurentius Allerup
 Ellen Agnete Amstrup
 Louise Amstrup
 Harald Balslev
 Lars Christian Balslev
 Thorvald Balslev
 Laura Balslev, f. Leth
 Herman Bang
 Alice Bondesen
 Emil Brandstrup
 Thora  Branner
 - Fibiger, Frøken
 Marie Juul
 Otto Lagoni
 Peter Erasmus Lange-Müller
 Alhed Larsen
 Jeppe Larsen
 Marie Larsen
 Vilhelm Larsen
 Vilhelmine  Larsen
 Christine  Mackie
 Cathrine Meyer
@@ -670,1110 +716,498 @@
 Kirstine -, pige i huset hos Hempel Syberg
 - Poulsen, løjtnant
 Ellen  Sawyer
 Eleonora Scheel
 Karl Schou
 Marie Schou
 Robert Schumann
 - Stürup
 Elly Svarrer
 Christine Swane
 Adelheyde Syberg
 Hempel Syberg
 Sigurd Thomsen
 Vagn Thomsen
 - Vesterdal
 Johannes Vesterdal
 Albrecht  Warberg
 Frederik Warberg
 Laura Warberg
 Else Wienberg</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/n/5K5zZYof</t>
   </si>
   <si>
-    <t>1904-12-06</t>
-[...19 lines deleted...]
-Johannes V. Jensen
+    <t>19. mar. 1909</t>
+  </si>
+  <si>
+    <t>Notater om vejrlig og fugle</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/DnYM5ovH</t>
+  </si>
+  <si>
+    <t>28. aug. 1909</t>
+  </si>
+  <si>
+    <t>Notater om fugle og vejrlig. Hjemrejse fra Sverige.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/ZbFoLDhL</t>
+  </si>
+  <si>
+    <t>1897-11-21</t>
+  </si>
+  <si>
+    <t>Svanninge
+Hverringe</t>
+  </si>
+  <si>
+    <t>Christian Andersen
 Adolph Larsen
-Alhed Larsen
+Georg Larsen
+Jeppe Andreas Larsen
+Marie Larsen
+Christian Møller, maler
+Christine Swane</t>
+  </si>
+  <si>
+    <t>Hverringe er en herregård, der ligger på Hindsholm nord for Kerteminde. 
+Christine Larsen (Swane) boede fra efteråret 1897 til maj 1898 hos Anna og Fritz Syberg i Svanninge. Hun fulgte Fritz Sybergs tegneundervisning på Teknisk Skole i Fåborg.
+"Agraren er hjemme": Adolph Larsen var elev på Dalum Landbrugsskole, som var kostskole. 
+Marie Larsen var, mens dette brev blev skrevet, i huset hos Anne Marie Carl Nielsen.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har været på andejagt flere gange med blandt andre Maler Møller, som skød tre rådyr. 
+Det glæder Larsen, at Alhed alligevel ikke skal have plads i huset (hos en tante).
+Marie Larsen er glad for folkene, som hun er hos, og Christine Larsen (Swane) har det også godt. 
+Billedet fra Taarbystranden (På andetræk) er færdigt, og Larsen er begyndt at tegne Christian Andersen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Y6TP</t>
+  </si>
+  <si>
+    <t>Kjerteminde 21 Novbr. 1897.
+Min egen Kæreste!
+Tak for Dit Brev i gaar. Jeg fik det om Morgenen og tog det med ud i Marken, hvor jeg opholdt mig næsten hele Dagen, jeg var kun hjemme for at spise til Middag. Jeg tog det frem for at læse det ude i Marken da jeg havde spist Frokost, men da det blæste saa stærkt og jeg saa der var Violer i maatte jeg putte det i Konvolutten igen og vente til jeg kom hjem med at læse det. Efter at jeg i Tirsdags og Onsdags Aftes havde været saa uheldig ude paa Taarbystranden, at skyde en And hver Aften uden at faa nogen af dem, var [jeg] i Torsdags saa heldig at sætte en Rekord for Andetræksjagten derude, ved at skyde 3 dejlige fede Ænder i 2 Skud, og faa dem alle 3. Næste Dag blev jeg imidlertid overgaaet af Maler Møller, han skød nemlig 3 Raadyr, de 2 sidste af et Skud. Der var den Dag Jagt paa Hverringe og der var jaget en hel Del Dyr herover, det var helt morsomt at se dem ude i Marken, Fader og Chr. Andersen var ogsaa derude, men der var ingen andre end Møller der var saa heldig at faa nogen. I Gaar var vi, d.v.s. Chr. Andersen og Møller og jeg derude hele Dagen som Du vil have set i Begyndelsen af Brevet men der var ingen Dyr i Gaar. Chr. A og jeg var paa Andetræk bagefter, men saa ingen Ænder, derimod kom der en Flok Graagæs lige hen over Hovedet paa mig, men de var lidt for højt, jeg prøvede dog alligevel med begge Løbene men, uden Resultat, Chr. A. skød ogsaa skønt han var endnu længere borte. Det glæder mig meget at Du ikke faar den Plads alligevel. Det var kedeligt at Du ikke kom paa Tirsdag, det var nemlig Meningen at de 3 Ænder skulde have været gemt til den Dag, jeg kan huske at Du syntes at de tørre Ællinger ovre i Sverige smagte bedre en[d] Urhønsene, saa jeg kunde nok lide at Du skulde have smagt dem naar de er fede, nu maa jeg nøjes med at fortælle Dig at de smagte udmærket vi spiste dem nemlig til Middag i Anledning af at Agraren er hjemme. Det er udmærket Vejr i Dag, naar jeg bliver færdig med dette Brev skal Agraren og jeg ud paa Andetræk. Klaks er nede paa Ditlefslyst eller i Svanninge, men det fortalte jeg vist sidst. Der har været Brev i Gaar fra Marie og Christine som begge har det godt, Marie er glad ved at være derovre og synes godt om Folkene hun er hos. Jeg synes at det er et meget kønt Selvportræt Du har lavet, hvis det klæder Dig ligesaa godt som det ser ud til paa Tegningen synes jeg det er en udmærket Maade at sætte Haaret paa. Jeg tror at Billedet fra Taarbystranden er færdigt nu, og det er ganske heldigt da Vandet nu begynder at stige saa meget derude at jeg snart ikke kan komme derud mere. Chr. Andersen har jeg begyndt at lave nogle Tegninger med Pen efter ham, men blev saa afbrudt i Forgaars af den Dyrejagt jeg saa og skulde lige til at begynde paa en Tegning til da Georg kom og meldte at Fader havde set 4 Dyr derude. Nu maa jeg slutte for at faa Brevet med 4 Posten. Mange kærlige Hilsner fra Din hengivne
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1917-09-08</t>
+  </si>
+  <si>
+    <t>Hverringeskoven</t>
+  </si>
+  <si>
+    <t>Anders, havemand -
+Poul Boisen
+- Jørgensen, Fru
+Adolph Larsen
+Andreas Larsen
+Georg Larsen
+Johan Larsen
+Johanne Christine Larsen</t>
+  </si>
+  <si>
+    <t>Charlamouwsky er en æblesort, som blev indført til Danmark fra Rusland i 1838.
+Hverringeskoven ligger nord for Kerteminde omkring herregården Hverringe.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har ordnet have. Gartneren har arbejdet med Alheds blomster, og Lysse og Puf har plukket svampe.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/CJFp</t>
+  </si>
+  <si>
+    <t>Kjerteminde 8 Septbr 1917.
+Kæreste Alhed!
+Jeg sidder hos Gross. og skriver dette paa Vej ned efter Klaksen. Jeg har faaet slaaet Plænerne og Forhaven i Orden, men saa heller ikke mere da Agraren har laant Anders i Torsdags og Onsdags og i Dag fra Frokost. Jeg kan hilse fra Junge hun var her hos Gross da jeg kom. Fru Jørgensen var her i Gaar og fik saa 100 Kr. som Pastor Boisen takkede for. Telefonen. Gartneren har levnet det nederste Charlemouvsky Fra med de fleste Æbler paa han havde kun købt de 4. Han har gaaet og virket en hel Del med Dine Blomster gravet op og plantet om og stillet frem i Solen og saaet Camp. med. I Dag sagde han at han skulde have Dine eng. Pelarg. ud og ha dem givet en Omg. for de var ved at faa Lus. Drengene har plukket en Masse Svampe Blæk. Mælke, og Champ. og især Cantareller som det viser sig at hele Hverringeskoven er fuld af. Mange Hilsner
+Din 
+JL.</t>
+  </si>
+  <si>
+    <t>1900-10-21</t>
+  </si>
+  <si>
+    <t>Kertinge
+Hverringe</t>
+  </si>
+  <si>
+    <t>Adolph Larsen
 Andreas Larsen
 Jeppe Andreas Larsen
+Vilhelmine  Larsen
+Anna Madsen
+Sophus  Meyer
+Carl Christian  Swendsen
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>"Dis's Værelse": Alheds søster Astrid Ingeborg Warberg (Dis) skal være pige i huset hos Alhed og Johannes Larsen i Kerteminde. 
+Anna: 16. oktober 1900 opstillede Johannes Larsen i sit brev til Alhed et regnskab over udgifter. Heraf fremgik det, at Anna skulle have 6 kr. 
+Alheds hofte: Alhed Larsen har gennem længere tid skrevet om, at hun halter, men at hun tror, det går over, når hun har fået parrets barn nr. to, som hun venter.</t>
+  </si>
+  <si>
+    <t>Pigen i Kertinge, som Larsen havde skrevet til, har fået plads i huset andetsteds. Kancelliråden (Swendsen) er blevet godsforvalter.
+Larsen spørger til diverse typer kakkelovne.
+Han maler på billedet med svanerne og på en bekkasin.
+Johannes Larsen spørger til Alheds hofteproblemer.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/gLBf</t>
+  </si>
+  <si>
+    <t>Kjerteminde 21 Octbr. 1900
+Kæreste Alhed!
+Tak for Dit Brev i Gaar. Jeg har flere Gange tænkt pa[noget af papiret mangler]merne men er ikke k[ommen] til Lundsgaard end[noget af papiret mangler]søgte at faa fat i [noget af papiret mangler] Telefonen i Aftes m[en det] lykkedes ikke, han averterer Svedskeblommer saa jeg tænker jeg kan faa naar jeg gaar der op i Morgen. Vi skal alle ud til Meyers i Aften. Vi fik Krikanden og Viberne sammen med noget Faaresteg i Dag, saa nu er her 2 Bekkasiner som jeg tror jeg vil sende Dig i Morgen. Der var Brev fra Pigen i Kertinge i Gaar, vores Brev var kommen en Dag for sent saa hun havde fæstet sig bort. Cancelliraaden er bleven Godsforvalter paa Hverringe og skal være der en Dag ugentlig for 1000 [Kr. om A]aret. Vi kan nok [noget af papiret mangler]n lille Kakelovn [noget af papiret mangler] Dis’s Værelse. [noget af papiret mangler] ikke skaffe mig [noget af papiret mangler] [n]ærmere at vide om den stedsebrændende Kakelovn Du skrev om, hvilken Fabrik den er fra, Prisen o.s.v. Men Hensyn til Anna, saa mødte jeg hende den Dag jeg kom og bad hende komme herop næste Morgen, jeg tænkte hun kunde hjælpe til med at hente noget paa Feden, og at børste [ulæseligt ord] og saadan, og desuden vilde jeg betale hende de 6 Kr. Hun har imidlertid ikke vist sig siden, saa dersom de vil have deres Penge kan de komme og hen[te dem] jeg skal ikke rend[e dem] paa Dørene. Agr[aren og] jeg ligge paa m[noget af papiret mangler]er. Jeg har male[noget af papiret mangler] paa Billedet med Svanerne og paa Bekkasinen, det er kedeligt at jeg ikke kan træffe paa enkelte Bekkasiner, saa jeg kunde faa en at male efter. Jeg længes efter Jer og jeg vil se at komme derned paa næste Søndag. Du skriver ikke noget om Din Hofte men Du ved vel ikke noget før Doktoren har været der. Jeg skal hilse fra Moder og Fader. Mange kærlige Hilsner til Jer begge fra
+Din
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1938-12-30</t>
+  </si>
+  <si>
+    <t>Johan Larsen</t>
+  </si>
+  <si>
+    <t>Carl Andresen
+Eric Bøttern
+Margaretha Bøttern
+Adolph Larsen
+Andreas Larsen
+Elena Larsen
+Jens Larsen
+Jeppe Larsen
+Peter Andreas Larsen
+Else Larsen, Else, Andreas Larsens kone
+Ane Talbot
+Christian Treschow</t>
+  </si>
+  <si>
+    <t>Godset Hverringe ligger få kilometer nord for Kerteminde. 
+Johan/Lysse og Elena/Bimse har netop fået deres tredje barn, og det blev en pige (Alhed).</t>
+  </si>
+  <si>
+    <t>Brevet er i privateje, A</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har været syg i mange dage.
+Han fik fugle i julegave af Andreas/Puf og Else. Nogle af dem bor i Vinterhaven, som nu er omdannet til volière. 
+Larsen fodrer vilde fugle i haven. 
+Eric Bøttern og hans kone kommer til middag.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/17Cx</t>
+  </si>
+  <si>
+    <t>Kjerteminde 30 Dec. 1938.
+Kære Lysse!
+Tak for Dine Breve. Jeg var til Middag paa Hverringe forrige Lørdag, bl.a. sammen med Chr. Treschow, som jeg skal hilse fra. Dagen efter var jeg forkølet og laa hele Ugen til jeg stod op Juleaften. 2de Juledag havde jeg Besøg af Patronen og gik med ham i Haven og viste ham Odderne og Bryggeriet og fik Forkølelsen om igen. Jeg har dog gaaet oppe siden men kan ikke komme af med den. Jeg fik en Dompap og 2 lyseblaa Undulater til min Fødselsdag af Puf og Else. Den første er i Bur her inde de 2 andre ovre i Vinterhaven der er lavet om til Voliere dog med Bibeholdelse af Glas i Gavle og P[ulæseligt]pel. Jeg har vist fortalt at den revnede i Stormen mens jeg var ved Fiilsø. Vi fodrer Solsorter og Spurve og Bogfinker og Rødhals her uden for og i Gaar Middags kom der en Fasan og en Hættemaage og jagede dem væk og sad længe og aad sammen, Fasanhønen længst. I Morges daa jeg stod op gik der 3 Fasanhøner uden for Spisestuevinduet. Ellers kommer her 4-5 Graaænder. Jeg har en Ederfugl ♂ og en Sædgaas som jeg havde med fra Fiilsø og 2 Graaænder som jeg har faaet af Agraren. Den gamle Stamme blev skudt væk i Sommer. Erik Bøttern og hans Kone kommer her til Aften. Tak for Elsdyret og Fyldepennen. Det var da en forfærdelig Jammer med alle Dine Naboer, forhaabentlig kommer de over det. Jeg skal hilse fra Puf og Else og Børnene og ønske Dig et godt og glædeligt Nytaar! Ogsaa fra mig, og gid Du snart maa faa Bimse og Børnene hjem i god Stand Det var morsomt at det blev en lille Pige. Mange Hilsner
+Din Far.</t>
+  </si>
+  <si>
+    <t>1916-12-24</t>
+  </si>
+  <si>
+    <t>Postkort</t>
+  </si>
+  <si>
+    <t>Christine Swane
+Sigurd  Swane</t>
+  </si>
+  <si>
+    <t>Falkonér Allé, Frederiksberg
+Hverringe</t>
+  </si>
+  <si>
+    <t>Andreas Larsen
 Johan Larsen
 Johannes Larsen
-Marie Larsen
-[...62 lines deleted...]
-Dis.</t>
+Christine Swane
+Lars Swane
+Sigurd  Swane</t>
+  </si>
+  <si>
+    <t>I nr. 3 på Falkonerallé boede Sigurd Swanes forældre og søster.
+I 1916-17 blev der bygget nyt "værksted" ved siden af villaen på Møllebakken. Samtidig blev villaen bygget om og det gamle værksted blev lavet til soveværelse. (Erland Porsmose: Johannes Larsen Menneske, kunstner og naturoplever. Gyldendal 1999 s.174-181).</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, A8 Lb 6.</t>
+  </si>
+  <si>
+    <t>Julehilsen. Familien Larsen er flyttet ind i den ombyggede villa på Møllebakken i Kerteminde.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ZdDC</t>
+  </si>
+  <si>
+    <t>[Fortrykt på billedsiden:]
+Kerteminde Hverringe
+[Fortrykt på tekstsiden:]
+Stenders Forlag Eneberettiget 33528
+[Håndskrevet:]
+Maleren Hr. Sigurd Swane
+Falkonérallé 5 5
+København 
+F
+Kære Ugle og Swane. I faar kun dette Kort – jeg har været vildt optaget af at flytte over i og ordne det nye Hus. Der er vidunderligt, vil jeg sige jer. Jeg har sendt ”det lille” en Bjørn fra Onkel Las og mig. Spilleriet er fra Drengene. Jeg vil savne hans lille søde Fjæs ved Juletræet. – En glædelig Jul og et godt Nytaar ønskes jer alle 3 og I maa endelig hilse meget inde i No 3 – Masser af Hilsner fra os alle Eders Be
+Julen 1916.</t>
   </si>
   <si>
     <t>1907-1918</t>
   </si>
   <si>
     <t>Andreas Larsen
 Johan Larsen
 Sigurd Müller</t>
   </si>
   <si>
     <t>Alhed Larsen har fået et rørende brev fra Sigurd Müller. Hun og drengene har været på cykeltur.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/pQmY</t>
   </si>
   <si>
     <t>Kæreste Lavsi!
 Naa, Du kom saa ikke i Aften, nu haaber jeg, Du faar det lavet, og at Du ikke er gal over at jeg stoppede Dig, maaske faar jeg et lille Ord i Morgen tidlig. Tak for jeres Kort i Dag, herunder et rørende Brev fra gl. Sigurd Müller. Hvis Du af den anden Grund bliver der en Dags Tid til, skulde Du se ud til ham, selv om Du ikke kan naa at skrive det til ham i Forvejen. – Drengene og jeg har været paa Cycle i Hverringeskoven i Dag. Jeg har intet Frimærke, saa dette maa ud inden 8. Masser af Hilsner til Eder alle.
 Din A.</t>
   </si>
   <si>
-    <t>12. - 14. februar 1909</t>
-[...47 lines deleted...]
-Pauline L
+    <t>1899-7</t>
+  </si>
+  <si>
+    <t>Peder Hansen
 Alhed Larsen
-Johanne Christine Larsen
-[...41 lines deleted...]
-    <t>https://fynboerne.ktdk.dk/n/Q4C5h7Kk</t>
+Jens  Nielsen</t>
+  </si>
+  <si>
+    <t>Alhed og Johannes Larsen opholder sig muligvis på henholdsvis Erikshaab og Svanninge Kro, for at beskytte deres lille søn Puf mod en kighosteepidemi.
+Anders er muligvis en karl, der jævnligt arbejder for familien Larsen.
+Hverringe er et gods nord for Kerteminde.</t>
+  </si>
+  <si>
+    <t>Familien Larsen i Kerteminde har travlt med markarbejde. I.A. Larsen har henvendt sig til byrådet i en sag, men endnu ikke fået svar.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/JuzW</t>
+  </si>
+  <si>
+    <t>Kjærbyhus
+Kjære Johannes!
+Byraadet har ingen Svar givet endnu. Jens Nielsen vilde ikke. nu har Fader tænkt paa Marskandiser Hansen det er dog en Mand med lidt Forstand i Panden, jeg skal i dag se at skaffe Penge at sende Alhed i Aften, vi fik ikke Anders – men igaar fik vi 2 en Jyde og en Fynbo, Jyden skal til Hverringe om 8 Dage men vi har haardt Brug for ham den Tid
+Kjærlig Hilsen til Eder begge. Din Moder</t>
   </si>
   <si>
     <t>1914-03-06</t>
   </si>
   <si>
     <t>Villy -
 Laurentius Allerup
 Ludvig Dahlerup
 Niels Hansen
 Andreas Larsen
 Johan Larsen
 Bruno Liljefors
 Ingeborg Rasmussen
 Jens Rasmussen
 Mads Rasmussen
 Ellen  Sawyer
 Christine Swane
 Hasse Zetterström</t>
   </si>
   <si>
     <t>Johannes Larsen var i foråret 1914 75 dage ved Filsø for at male. 
 Den Baltiske Udstilling åbnede 5. maj 1914.
 Faaborg Museum købte i perioden 1909 til 1914 otte billeder af Niels Hansen. 
 Hverringeskoven, som hører til godset Hverringe, ligger få kilometer nord for Kerteminde på halvøen Hindsholm.</t>
   </si>
   <si>
     <t>Alhed Larsen har ikke anmeldt til Charlottenborg, og Larsen må fortælle hende, hvilke hun skal sende. På Den Baltiske Udstilling skal Larsen vise Påfuglene og Havlitterne og nogle andre gode, så han kan konkurrere med Bruno Liljefors.
 Niels Hansen burde være glad, når man har købt så meget af ham.
 Det svinder i pengebeholdningen.
 Ellen Sawyer har fødselsdag fredag, og Alhed har inviteret gæster.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/xgfu</t>
   </si>
   <si>
     <t>Kæreste Larsi!
 Tak for Dit Brev i Dag, skriv endelig tit, Du kan nok tænke, jeg vil følge med stor Spænding, hvordan det gaar. Skriv Dit Telefonnummer. – Hermed mere Post. Jeg har ikke anmeldt til Charlottenb., maaske kan jeg sende 3-4 derud. Og Du maa da endelig sende ogsaa lad mig strax vide hvormange og hvilke. – Se, til den baltiske har Du jo Paafuglene i Spisestuen og maaske de 3 Havlitter, jeg kunde nu godt lide, Du skulde faa nogle rigtig gode Billeder derover, at konkurrere med Liljefors og saa er der jo Zätterström. - - Niels Hansen kunde jo godt holde sig i Ro nu I har købt alt det af ham. Han kan da ikke gøre andet end sende Mads Katalog, jeg mener ikke mere uden at være paatrængende. – Hvor Overrettens behandlede Dig pænt, men hvor kunde Du faa Penge? – Dahlerup har i Dag bedt om 100, han havde lagt ud i Banken, saa nu svinder det fælt i de 1000. – Den nye And har det godt, de gaar rigtig fredelig og pænt sammen derude. Christine og jeg har været i Hverringeskoven i det dejlige Vejr. – Det er Elles Fødselsdag Fredag, jeg har bedt Familien og Villy og Allerup, send hende en Lykønskning – Nu maa jeg slutte. 1000 Hilsner fra os alle 3. – Bare Du nu ikke bliver forkølet.
 Din A
 Onsdag Aften</t>
   </si>
   <si>
-    <t>1914-10-20</t>
-[...322 lines deleted...]
-  <si>
     <t>1923-07-10</t>
   </si>
   <si>
     <t>Ellen Brønsted</t>
   </si>
   <si>
     <t>Møllebakken, 5300 Kerteminde, Danmark</t>
   </si>
   <si>
     <t>Louise Brønsted
 Peter Oluf Brønsted
 Adolph Larsen
 Alhed Larsen
 Elisabeth Mackie
 Laura Warberg</t>
   </si>
   <si>
     <t>Kopier findes på Johannes Larsen Museet.</t>
   </si>
   <si>
     <t>Der bliver badet og svømmet meget fra bl.a. Klinten.
 Børnebørnene drikker chokolade hos Bedstemoder - Alhed Larsens mor.
 Alhed Marie Brønsted efterlyser brev fra sin mor.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/bNBG</t>
   </si>
   <si>
     <t>Kære Bes! Torsdag.
 Tak for dine lange Breve. Ja, vi bader en Del, især fra Klinten. Vi har den helt for os selv og kan tage Solbad og al Ting. Jeg er ved at lære mig Sidesvømning. Desværre gaar det skidt med Tennissen. Peder og Putte gider ikke og Tante Be har ikke Tid, saa jeg naar vist næppe at blive lige saa dygtig som dig du endsige dyktigere. I Aftes spiste vi til Aften hos Agrarens. I Dag skal vi (Børnebørnene) drikke Chokolade hos Bedstemoder Kl. 3. Bedstemoder spørger meget ivrigt til jer og især om hvad I faar at spise og om Maden er god. Det har I ikke fortalt noget om. 
 Muligvis de vil have Gnomen paa paa Hverringe. Vi maa jo se at finde et virkligt fint og fornemt Sted til ham. 
 Sig til Muk at nu maa hun snart skrive et langt Brev.
 Hilsen fra Lomme.</t>
-  </si>
-[...28 lines deleted...]
-Jeg løb bagved Vognen fra Hverringe Strand og hjem. Hesten løb stærk Trav, vi blev ogsaa dygtig forpustede. Tante Be var lige staaet op af Sengen af Forkølelse, da jeg kom og har det stadig ikke saa godt. Tante Junge skal ud af Sygehuset paa Onsdag og til Glorup . [ulæseligt] er fortvivlet over [ulæseligt] hun bager hele Tiden, men den bagte forsvinder straks paa en [ulæseligt] Maade. Nu er hendes Knæ bedre og hun haaber hun kan løbe paa Skøjter i Dag.Skriv snart om alle. Hilsen fra Bes. Hvordan har Mudi det? Og I andre?</t>
   </si>
   <si>
     <t>1926-08-13</t>
   </si>
   <si>
     <t>Frederiksberg</t>
   </si>
   <si>
     <t>Uraniavej, Frederiksberg
 Rungsted Badehotel
 Fiilsø
 Långaryd, Sverige</t>
   </si>
   <si>
     <t>-  Clausen, køber
 - Højmark
 Vagn Jacobsen
 - Kappel
 Frithiof Kemp
 Eiler Lehn Schiøler
 Helga Lehn Schiøler
 Hakon Spærck</t>
   </si>
   <si>
     <t>I 1925 bliver Johannes Larsen eneejer af Båxhult ved Långaryd i Småland.
 Mattak er en grønlandsk ret fremstillet af hvalhud. Især narhvalens hvalhud er populær, om end den er svær at tygge.
 Bif og Peter er hunde.</t>
   </si>
   <si>
     <t>JL nærmer sig afslutningen af andet bind af bogværket Danmarks Fugle.
 Han er i færd med at forberede en jagt med brygger Vagn Jacobsen til Fiilsø.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/iqXt</t>
   </si>
   <si>
     <t>Uraniavej 13 Aug 1926.
 Kæreste Alhed!
 Det var nok et noget forvirret Brev Du fik i Gaar, men det er jo heller ikke nemt naar man bliver kaldt 3 Gange til Tel. og en Gang til. Middag mens man skriver. I Dag har jeg lavet de to sidste Vignetter til 2det Bd. og er begyndt paa den manglende Skallesluger paa Albellustavlen, som bliver færdig i Mrg Frmdg og er jeg saa færdig med det Bind. Jeg har været hos Clausen i Eftermiddag og faar de 500 for Nattergalen i Mrg. Derfra var jeg hos Kemp og fik alle Papirerne på Båxhult og skal hilse fra ham. Schiøler har været paa Museet og talt med Docent Spærck, der vikarierer for Hørning. Det er ham, som skal skrive den Bog, som Kappel vil have tegninger til. Han kommer her i Mrg Formiddag for at tale med mig om Sagen. Det er ellers meget smaat det jeg hører fra Jer, 2 smaa Propektkort i snart 3 uger !!! Jeg vilde meget gerne have at vide hvornaar Jagten gaar ind, jeg mener hvilken Dato. For at kunne aftale med Bryggeren om Rejsen. De bor for tiden paa Rungsted Badehotel og jeg fik Deres Telf.No. hos Kemp. Vi skulde have haft Matak til Frokost men desværre var det fordærvet, det er en uheldig Skæbne der hviler over denne Delikatesse. Jeg har skrevet til Stockholm og ansøgt om Indfærdseltilladelse for Foch, som er med her og opfører sig pænt og forliges helt godt med Bif. Jeg sendte det fra Kjerteminde i Tirsdags og bad dem sende det hertil. Men det forekommer mig at I sagde, der var vrøvl med Peter da I rejste hjem. Hvad skal der foretages i den Anledning og hvor skal det foregå? Ja det kan jo heller ikke hjælpe jeg spørger for I faar vel ikke dette de første Dage og kan heller ikke naa at svare. Hvis alt gaar vel skulde jeg gerne kunde rejse paa Tirsdag Frmdg. Jeg glæder mig til at komme derop. Jeg skulde hilse fra Schiølers. Mange kærlige Hilsner
 fra
 Din
 JL</t>
-  </si>
-[...153 lines deleted...]
-Din Far.</t>
   </si>
   <si>
     <t>Elena Larsen</t>
   </si>
   <si>
     <t>Carl Andresen
 Elise Hansen
 Grete Jensen, f. Hansen
 Adolph Larsen
 Andreas Larsen
 Jens Larsen
 Johan Larsen
 Johanne Christine Larsen
 Marie Larsen
 Peter Andreas Larsen
 Else Larsen, Else, Andreas Larsens kone
 Alhed  Møhl, Lysses datter
 Elisabeth Neckelmann
 Marie Neckelmann
 Ingeborg Rasmussen
 Jens Rasmussen
 Christine Swane
 Lars Swane</t>
   </si>
   <si>
     <t>Johannes Larsen har ligget syg en uge, og han gik for tidligt ud og blev syg igen. 
 Christine og Lars Swane har været hos Larsen i julen. I dag skulle Larsen have været til frokost hos Ingeborg rasmussen, men han måtte melde afbud. 
 Larsen takker for fyldepennen.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/izLL</t>
   </si>
   <si>
     <t>Kjerteminde 30 Dec. 1938
 Kære Bimse!
 Tak for Dit Julebrev! Jeg laa i Sengen og skrev Julekort og havde noteret Dig sidst paa Listen fordi Du skulde have et rigtigt Brev og saa blev Resultatet at jeg ikke naaede mere end Kortene. Jeg var til Middag paa Hverringe med en begyndende Forkølelse og næste Dag blev jeg liggende og laa en Uge og stod saa op Juleaften, anden Juledag havde jeg besøg af Patronen og da jeg syntes at jeg var kommen mig gik jeg med ham i Haven og viste ham Odderne og Bryggeriet, uden at tage mere Tøj paa og saa fik jeg det om igen og nu kan jeg ikke komme af med den igen. Det er forbandet for jeg skulde gerne have bestilt en hel Del, og nu har jeg været arbejdsudygtig i 14 Dage. Ellers har vi det godt og har haft en god Jul. Lysse har været flittig til at skrive, 3 Breve før Jul og et siden. Uglen og Lasse har været her i Julen og rejste hjem i Gaar og Marie er hos Agrarens. Vi skulde have været til Frokost hos Ingeborg Jens Rasmussen i Dag, men sendte Afbud, kunde vist heller ikke være kommen derud da det har snet og føget i Nat. Tak for Elsdyret og Fyldepennen det er den jeg skriver med. Jeg købte en i Kjøbenhavn af samme Slags men denne passede mig bedre. Jeg ved ikke, om Du er kommen hjem til Din Moder, men i alle Fald faar Du jo nok dette. Jeg skal hilse fra Else og Puf. Vi ønsker allesammen Dig og Lysse og Børnene og din Moder og Søstre et glædeligt Nytaar. 
 Din hengivne JL.</t>
   </si>
   <si>
-    <t>1943-08-27</t>
-[...160 lines deleted...]
-  <si>
     <t>1949-02-25</t>
   </si>
   <si>
     <t>- Krog, dyrehandler
 Andreas Larsen
 Johannes Madsen
 Jens  Meulengracht
 Holger Rasmussen
 Leo Swane</t>
   </si>
   <si>
     <t>Sidensvans er svensk for silkehale</t>
   </si>
   <si>
     <t>Johannes Larsen har lavet ex libris til Johan/Lysse. Han er næsten færdig med billedet til kongeskibet. Professor Meulengracht mente, at der skulle en foreløbig ramme på, så Larsen hører om Madsen har en. 
 Johannes Larsen har holdt Faaborg Museumsmøde med god mad. Han har bestilt fugle hos en dyrehandler.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/8MnK</t>
   </si>
   <si>
     <t>Kjerteminde 25 Febr. 1949.
 Kære Lysse!
 Til Lykke med Fødselsdagen. Puf fik for en Tid siden den Ide, at jeg skulde lave Dig et Ex libris, og her ser Du Resultatet. Vi har ladet lave 1000 Eksplr. Resten og Originaltegninger der er dobbelt saa stor (lineært) kommer senere, naar vi faar Tegningerne fra Trykkeriet. Jeg er nu ved at være færdig med Billedet til ”Dannebrog” og skal have det sendt af Sted en af Dagene. Det forstiller en Flok Ederfugle flyvende forbi Baaden paa Hatterrevet der er rød og hvid i Solskin. Jeg havde Brev fra Professor Meulengracht i Gaar han mente at der maaske skulde en foreløbig Ramme om, og jeg skal nu ned til Madsen og se om han har noget brugeligt. Vi havde Museumsmøde (Faaborgmuseum) her i Forgaars med Skriveswane og Holger M Rasmussen og Familie vi fik Østers og Pufs Øl og Oksefilé og Dessert og Kaffe med Hverringe Cognacen, og Whisky og Soda ovenpaa. Jeg har lige været ude og sælge en Hane for 15 Kr. Der er dog nogle der holder Landhøns endnu. Det stormer i disse Dage i Gaar var det Bygevejr men i Dag har det været tørt hele Dagen. 
 Jeg havde Brev fra Dyrehandler Krog i Gaar. Han har faaet de 4 nye Gæs. Og jeg skriver nu til ham efter nogle Korsnæb Sidensvanser og Graasiskener. Mange kærlige Hilsener til Jer allesammen
 fra Din Far.</t>
   </si>
   <si>
     <t>1950-09-12</t>
+  </si>
+  <si>
+    <t>Lindøgaard pr. Dræby St.</t>
+  </si>
+  <si>
+    <t>Bakkevej 12 Hareskov St.</t>
   </si>
   <si>
     <t>Joy Deason
 Jesper Hansen
 Grethe Jungstedt
 Adolph Larsen
 Andreas Larsen
 Peter Andreas Larsen
 Else Larsen, Else, Andreas Larsens kone
 Pernille Marryat
 Ib Marryat Johansen
 Ruth -, pige i huset hos Johanne Larsen
 Ellen  Sawyer
 Janna Schou
 Fritz Warberg
 Karen Warberg
 Marie Warberg
 Grete Warberg Larsen
 Lise Warberg Larsen
 Martin Warberg Larsen
 Per Warberg Larsen
 Erik Warberg Larsen, søn af Erik og Grethe
 Laura Warberg Petersen
 Troels Warberg Petersen</t>
   </si>
@@ -1828,50 +1262,616 @@
 fik deres Have at se efter 2 Aars Forløb; hvad de havde af Blomster, Grete er jo Blomster-Menneske, det var dejligt at se, og Tinge stod der med et stort Smil, da vi kom. Lille Tinge føler sig af og til sat i Baggrunden, han siger, at ingen bryder sig om at komme til dem, det er altid Manse og Lindøgaard. Aa, hvor jeg ligesom genoplever vore unge Dage i Kjerteminde, hvor vi var de smaa, og hvor jeg maatte kæmpe med mig selv for ikke at blive for bitter. Men Tinge fik da en herlig Tur i Lørdags. Fredag Aften ved 9-10 Tiden kom en Bil - - hvem Søren kunde det være. To Herrer, sagde Englænderne, der spejdede, og ind kom Peter fra Båxhult og Lommes Jesper. De var paa Biltur i Peters egen Bil, for Jesper havde aldrig været paa Fyen og skulde nu se det Land. Det var vældig Sjov! De havde Soveposer og ik [”ik” overstreget] fik saa overladt en Smule Sengklæder og laa paa Gulvet i Dagligstuen – lidt haardt indrømmede de, da vi ingen Madras havde. Ruth foreslog selv, da Engl. kom, at hun kunde sove hos sin Søster, som bor i Strandgyden, Manse laa saa ovre i hendes Værelse, og de to i Havestuen og Gæstekamret. Næste Morgen kørte Peter dem (Engl. og Manse) til Fyens Hoved, hvor der ingen Tyre var, saa de kunde gaa helt ud paa det yderste af Hovedet, saa fik Jesper det set ogsaa, og om Eft. kørte den gode Peter dem til Odense, hvor de blev sat i deres Tog og blev vinket Farvel til – et for Manses Vedkommende meget lettet Farvel! Han kunde ikke lide Joy, hvorimod hendes friend: Peter var helt tiltalende. 
 Saa om Søndagen skulde de paa stor Tur, og jeg tillod mig om Aftenen at sige, om de ikke skulde have Tinge med. Jo, naturligvis! Per kom ogsaa med [”Per kom ogsaa med” indsat over linjen] Jeg sendte en Tier med Manse næste Morgen med til Tinge, saa han ikke skulde have Udgifter af Turen. De saa Ørbæklunde, var inde hos Titterne paa Glorup, som gav dem Kaffe og for Resten havde været saa glad ved Besøget, sagde Nina i Telefonen. Paa Rygaard var de, saa den store Riddersal og de dejlige Kældere, derfra til Svendborg og Turø (el. hedder det Thurø?) hvor de nød en god Kotelet. Saa havde de [”de” indsat over linjen] været ved Lykkesholm, hvor de saa en mægtig Havremark (de mente 50 Tdr. L.) med Korn sat i Traver, fuldstændig grøn i Toppen, altsaa spiret! Hvilket forfærdelig Tab for dem, der driver Gaarden, hvem de saa er. Ja, hvad den Regn ødelægger i dette Aar
 3.
 For os og Tinge ser det ikke godt ud, vi har baade Ærter, Lupiner og Sennep ude, en hel Del af Ærterne har vi dog faaet tærsket, intet af Tinges, som er mere sene med at tørre. Faar vi ikke lidt godt Vejr nu, kan det gerne blive til Katastrofe.
 Frits kom her forleden en Gang [”forleden en Gang” indsat over linjen], men vi kunde ikke have ham, og han gik saa paa Lindø, hvor de egentlig var glade ved ham, og hvor han var i halvanden Uge, tror jeg. De ejede ikke Penge at købe Mad for, og jeg financierede saa Foretagendet og gav Grete 25 Kr. til det. Saa gik det jo. Han sad her flere Eftermiddage og snakkede med mig, det var helt morsomt. Saa drog han til Elle, men vi havde gjort ham det klart, at der maatte han ikke slaa sig ned; mon du ved, at Elle har faaet et daarligt Knæ, en Slags Slid-Gigt vist, fik Røntgenbehandlinger i Odense, og det havde da hjulpet udmærket, men Elle blev i Fjor mæt af Fritz, da han var der i 2 1/4 Maaned. Han var der da kun èn Nat og tog saa til Bibbe, hvor han antagelig er endnu. - Her er saa Servietterne, jeg vilde sætte Pris paa, om jeg kunde faa dem lidt snart igen, jeg har Bestilling paa 12 til Fritz Warbergs Svigermor, er ved at sy en Lysedug til en af vore Naboer: 16 Kroner og skal 
 [Skrevet på hovedet øverst siden mærket ”3”:]
 ogsaa sy en Slags Bordløber til Fritz W. saa du ser, der er Gang i Forretningen, jeg er ogsaa meget flittig med det. Du kan nok markere, hvilke 6, han vil have, f. Eks. ved at ri en Traad
 [Skrevet langs venstre margen på siden mærket ”3”:]
 igennem de 6. Forøvrigt staar alt vel til her – hvis bare vi ikke havde de Sorger med Avlen. Servietter koster kun 2 Kr.
 [Skrevet på hovedet øverst s. 4:]
 Hvor er det dog kedeligt for dig med al den Astma og dine manglende Kræfter, og du har dog saa god Brug for dine. Det har ogsaa været en skidt Sommer, saa Sol-løs, og den Sol skulde vi jo have at tære paa hele Vinteren. Tak for Øjeblikket! Jeg synes ikke, 
 [Skrevet langs venstre kant s4:]
 de skulde haane den Mand, der vil have bedre Boliger paa Vesterbro det er en ligesaa vigtig ”Front” mod Kommunismen som Militæret
 [Skrevet på hovedet øverst s. 2:]
 Hvad siger dog Ib og Janna til de 47,000 Meningsfæller, der har sagt fra? Folk begynder at forstaa, hvad Kom. egentlig er. – Det er pudsigt, at du som altid har hadet Politik nu skriver, - Politik, for hvad er dine Pipifaks andet? Har du tænkt paa det? 
 [Skrevet langs venstre kant s. 2:]
 Saa kun til Slut de kærligste Hilsner til Jer begge fra din Junge
 [Skrevet på hovedet øverst s. 1:]
 Hvis han vælger Kransen med Navnetrækket hvad Bogstaver skal der saa staa?
 N.B. Su. u.
 [Skrevet på tværs s. 6:]
 modt. 15’ Sept. 1950 
 Besvaret 16’ Sept.
 Skrevet til J.C. Pedersen, Aarhus
 19’ Sept. 1950</t>
+  </si>
+  <si>
+    <t>Møllebakken 14, 5300 Kerteminde, Danmark</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/GKus</t>
+  </si>
+  <si>
+    <t>Kære Bes!
+Puf har slaaet Fuglene op. Du kan spørge Onkel Las om dem, der mangler.
+Hilsen fra Lomme.
+Plover – Brakfuglefamilien
+golden plover }
+yellow -- } Brakfugl, Hjejle
+green -- }
+snipe – Bekassin
+black grouse – Urhøne
+white (or willow) grouse – Dalrype
+to grouse – at skyde Ryper
+grousing – Rypejagt
+grouse moor – Rypefelt.
+grass-plover – 
+elur[ulæseligt]uch
+men jeg synes jeg maatte skrive det. 
+Lysse er hjemme for Tiden som Invalid. Han har faaet en Harvetand i Hælen. Saaret var dybt og han har faaet Indsprøjtning mod Stivkrampe. Nu ligger han paa Divan eller humper rundt paa eet Ben. Lille efterlignede ham i Dag i Køkkenet. Det saa aldeles kostelig ud. Lysse siger alle gør Nar af ham.Lille altsaa, Kyllingerne, du har daarlige Ben og Peder Hund. Vi spiller ogsaa meget Bridge, nu han er hjemme. 
+Bedstemoder har hjulpet mig saa meget i den sidste Tid. Med at pille Kaal og med at vadske op. I Gaar gav hun Wienerbrød til Kaffen. Havekonsulenten og Peter Klokker var her. Puf kom paa Motorcykel med Klokker. Man ser kun et flygtigt Glimt af ham, af og til. Fridaturen og Rynkebyturen var vellykkede. Det bliver vist for vidtløftigt et Brev, hvis jeg fortæller udførligt om dem. Da Tante B Elle og jeg cyklede hjem fra Rynkeby (en Maaneskinsnat) hørte jeg Nattergalen for første Gang. Det begyndte saa smaat at trække op til Torden, og da jeg vaagnede Kl. 5, ved at Puf kom hjem fra Motorcykelturen, buldrede det ordentlig løs. Der brændte et Hus i Viby. 
+Tak de smaa for Brevene. Jeg haaber snart at høre, hvordan Bes’s Examen er forløbet.
+Kys til dig og Far.
+Lomme. 
+Jeg løb bagved Vognen fra Hverringe Strand og hjem. Hesten løb stærk Trav, vi blev ogsaa dygtig forpustede. Tante Be var lige staaet op af Sengen af Forkølelse, da jeg kom og har det stadig ikke saa godt. Tante Junge skal ud af Sygehuset paa Onsdag og til Glorup . [ulæseligt] er fortvivlet over [ulæseligt] hun bager hele Tiden, men den bagte forsvinder straks paa en [ulæseligt] Maade. Nu er hendes Knæ bedre og hun haaber hun kan løbe paa Skøjter i Dag.Skriv snart om alle. Hilsen fra Bes. Hvordan har Mudi det? Og I andre?</t>
+  </si>
+  <si>
+    <t>1945-03-17</t>
+  </si>
+  <si>
+    <t>Ellen  Sawyer</t>
+  </si>
+  <si>
+    <t>Hareskov
+Bakkevej 12</t>
+  </si>
+  <si>
+    <t>Harriet Afzelius
+Grethe Jungstedt
+Kurt Jungstedt
+Matilde Jungstedt
+Johanne Christine Larsen
+Axel  Müller
+Ole Poulsen
+Janna Schou</t>
+  </si>
+  <si>
+    <t>En fidibus er betegnelsen for en sammenfoldet strimmel papir til tænding af piber, pejse, ovne og lignende.
+Harriet er muligvis Harriet Afzelius. Når Ellen Sawyer fortæller Astrid warberg-Goldschmidt, at Astrids barnebarn er i huset i Stockholm, kan det skyldes, at Astrid i perioder stort set ikke var i kontakt med datteren Ina og dennes familie. Det vides ikke, hvem Sj. var. 
+Det lille barnebarn var Pernille Marryat, f. 1945. 
+Lille var Grethe og Kurt Jungstedts datter, Matilde/Matilda.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0812</t>
+  </si>
+  <si>
+    <t>Ellen Sawyer takker for cigaretterne. Tobak og tændstikker er en mangelvare. 
+Der bliver bygget befæstninger og gravet skyttegrave i Kerteminde. 
+Dejligt med Astrid Warbergs nye barnebarn.
+Margaret/Grethe og Kurt Jungstedt har sølvbryllup i juni, og deres datter er ansat hos en arkitekt.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Y2b7</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Astrid Warberg Müller
+Bakkevej 12
+Hareskov
+Sjælland
+[På kuvertens bagside:]
+Ellen Sawyer
+Kjerteminde
+[I brevet:]
+17-3-45
+Kære lille Disser!
+Du skal rigtignok have så mange Tak for de dejlige Cigaretter og for dit Brev. Er der noget, jeg bliver rørt over, så er det, når man undværer af sin dyrebare Tobak til mig, - og de var meget fine! Og de kastede Glans over mit Fødselsdagsselskab. Nu begynder det jo ellers at knibe med det – Tobak – som med så meget andet, - og selv om vi har lidt at ryge på (og jeg har jo noget dansk) så nærmer den Tid sig med hastige Fjed, da man ikke har noget at tænde med. Her er Tændstiksmiséren akut. Så længe man har Ild i Kakkelovnen, går det jo, - så kan man bruge Fidibusser. Jeg klarer mig med èn (1) Tændstik om Dagen. Endog Gassen tændes med Fidibus. Gastænder har jeg – men Stiften er slidt op og man kan ikke opdrive en ny. Gas og Elekt. går det meget godt med. En 15 Lys Pære bruger meget lidt og man går jo tidligt i Seng. Jeg sparer sammen til at stryge min store Forårsvask. – men hvor er alt dette Småtterier! ”Man” befæster Kerteminde, - graver Skyttegrave, - sætter Pæle i overalt til at markere, hvor man vil have Antiluftskyts, Kanoner, Pigtråd o.s.v. Man graver Skyttegrave oppe i Ole Poulsens Mark, ved Hverringe, ved Pilegården og mange andre Steder. Man venter åbenbart Angreb fra Storebælt. – Folk har sine Evakueringskufferter stående pakket, så man kan forlade alt med kort Varsel. Det er nu ikke hyggelige Udsigter. Men sommetider går det jo da bedre end Præsten præker!
+Hvor yndigt for dig at have Nus så hun af og til kan smutte hjem og hvor henrivende for dig med det lille Barnebarn. Når det bliver Sommer, kan du vel se dem lidt oftere. – Jeg håber jo stadig på at få mine at se. Til Sommer har Kurt og Gr. Sølvbryllup – i Juni, - men jeg når såmænd ikke at komme op til det. De har det ellers godt, - jeg får mange og gode Breve fra dem. Lille har en god og vellønnet Stilling hos èn af deres bedste Arkitekter og er meget glad ved sit Arbejde. Hun er rigtig kommet på sin rette Hylde. Men jeg synes jo alligevel, hun snart skulde tænke på at forlove sig. Om dèt forlyder intet. 
+Tak for Opskriften. Den så lovende ud. Nu er den kommet i Kogebogen og skal bruges ved en festlig Lejlighed. 
+Min F-dag var yderst vellykket. – Masser, Masser af Gaver og en lille fin Middag om Aftenen, for min Klub. – Harriet er jo også i Stockholm nu og har Plads og det har Sj. også, men det ved du vel. 
+[Skrevet på langs på venstre side s.1:] 
+Junge har jeg ikke set siden Jul – jeg har ingen brugbar Cycle. Vi skriver af og til.
+[Skrevet på langs på venstre side s. 2:]
+Hils nu Aksel og Nusset og dig selv Masser af Gange fra din gamle Elle</t>
+  </si>
+  <si>
+    <t>1911-06-12</t>
+  </si>
+  <si>
+    <t>Lille Kærbyhus</t>
+  </si>
+  <si>
+    <t>Oline -
+Ellen Agnete Amstrup
+Alhed Marie Brønsted
+Ellen Brønsted
+Adam Goldschmidt
+Alfred Goldschmidt
+Ina  Goldschmidt
+Amanda Heinesen
+Julius Hviid
+Pauline L
+Alhed Larsen
+Johanne Christine Larsen
+Christine  Mackie
+Anna - , pige i huset hos Astrid
+Ellen  Sawyer
+Harris Sawyer
+Fritz Syberg
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Laura Warberg boede i 1911 i København, og brevet er sendt fra et af hendes besøg hos datteren Johanne og hendes familie i Kærbyhus, Kerteminde. Det må være Fritz Syberg, hun besøgte i Kerteminde. 
+Laura Warberg rejste i maj 1911 til Berlin, Dresden, Schweiz og Nürnberg sammen med datteren Astrid. 
+Det vides ikke, hvem der holdt sølvbryllup.
+Johanne C. Larsen var klaverlærer og en dygtig pianist. Det vides ikke, hvorfor hun skulle spille i skoven. 
+Den syge person var Harris Sawyer, som var gift med Laura Warbergs datter, Ellen. Han døde 4. juli 1911.
+Det vides ikke, hvem Hr. Peter og Erik var.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0895</t>
+  </si>
+  <si>
+    <t>Det var godt, at Alfred Goldschmidt ikke modsatte sig Astrids rejse. 
+Laura Warberg er i Kerteminde, og hun har besøgt Fritz Syberg. Hun har været skuffet over, at ingen havde tid til at høre om hendes rejse, men nu har Marie Larsen og Christine Larsen fået en lang beretning. 
+Johanne spiller i skoven og må øve meget.
+Christine og Adolf Larsen tjener for tiden pænt på deres landbrug. 
+Ellen Sawyer har sendt et trist brev om mandens sygdom.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/fBxg</t>
+  </si>
+  <si>
+    <t>Lille Kærbyhus d: 12-6-11.
+Kære Astrid – 
+Jeg vilde ikke skrive til Dig, før jeg vidste, hvor Du var, eller sende Pakken. Alfred kunde jo godt have sat sig imod Din Rejse, - godt han ikke gjorde det og at Du nu kan være med Børnene i Fred og Ro vel ca. 4 Uger?, kunde Du ikke lade Anna passe ham og Huset en Tid alene?? saa Du kunde yderligere forlænge Dit Ophold. Dersom Anna kan føre Hus lidt økonomisk, saa koster I jo ikke mere i Birkerød end hjemme, vel endog knap saa meget. Det maa Du da en Gang sige mig lidt om. Hermed Kjolen og Din Blækstift, som laa i min lille Taske. Jeg kom godt hertil, gik Kl. ca. 7 hen til Syberg, bankede stille paa Køkkendøren, og kom ind i Spisestuen. Syberg havde været temmelig syg i en Uge, var begyndt at være oppe; han var uhyre venlig mod mig, vi snakkede en hel Del. Jeg kom her 6.20, Johanne havde ikke bemærket, at jeg vilde komme Tirsdag, de sad og spiste til Aften, Pauline var her, men rejste lidt efter. J. er saa kolossal optaget af sin Musik og af Eleven, hun har nylig faaet en ny. 
+Det har været en lille Skuffelse, at hverken hun eller Alhed nogensinde har Tid til at høre om min Rejse, men forleden Aften gik jeg ned til Christine og fortalte hende og Marie i næsten 2 Timer. De var meget interesserede. I Aftes kom de hjem fra Sølvbryllup, der var forløbet meget godt, uhyre storartet Arrangement. De holdt alle til paa Erikshaab og havde det brillant der. I Morges blev Oline – Pigen her syg ligger i Dag mindst, Dr. Hviid var her i Formiddags. Hun var skæv. Ryggen skal ind til Kbh og have Bandage. J. tænker om hun mulig i den Tid kan faae Amanda. Jeg rejser til Snøde paa Lørdag og derfra til Glorup. Det gaar godt med Musiken i Skoven, 2 Gange om Ugen 2 Timer ad Gangen. J. maa øve sig meget dertil. Lige nu var Amanda her og sagde sin Time af for Resten af denne Maaned; hun rejser paa Torsdag til Kbh. og Malmø, da hun hørte, I er i Birkerød, vilde hun tage en Dag derud; vilde skrive til Dig fra Kbh. Vi veed endnu ikke, naar Moderen kommer til her. Lille Bes leger saa udmærket med Anna og Ellen og alt Puttes Legetøj, hun sover i Puttes Seng, det Skind er jo ind under Pe[ulæseligt], var ret modfalden, da de alle rejste fra hende i Torsdags i Kbh., men var behersket og meget sød. Jeg kan slet ikke skrive til M[ulæseligt] jeg veed ingen Adr. Naar Du skriver, saa hils dem og sig Tak for Kortet. Det var dejligt, Børnene havde haft en god Pinse i Kbh; hils dem mange Gange. Fandt Du saa Brevet med deres Tegninger? Syberg havde endt sit Telegram med: Gudsfred og Velsignelse – det var bleven til Husfred og V. – i de kommende Aar!! Nete stregede det fatale Ord over! Jeg har saa mange Breve at skrive i Eftermiddag; Erik sidder her og tegner, J. inde at have Time. og andet. Barnepigen er i Skole om Eftem.; men en Søster af hende tager Bibbe, naar hun vaagner af sin 2 Timers Middagssøvn. Hun er sød det lille Pus. Det staar helt godt til for dem med Penge, hun er inde i Dag at betale Renter, 300 til Hverringe og 150 til Bonden, 75 skal sendes til Syberg. Men de har ca. 300 om Maaneden ind for Mælk nu for Tiden!!! De har 12 Køer i Sommer, har købt to. Nu Farvel lille Putte! Ja det var en herlig Tur! Jeg har lagt Plan for den næste,: Berlin, Dresden, Eisennach og Wartburg og maaske Amsterdam. – 
+De synes udmærket her om min Plan at give Muk 300 Kr. næste Sommer til den Amerika Tur; bare for Elles Skyld. Her laa et lille trist forjaget Brev, han ligger endnu, men har begyndt at spise og sove. – Hvilken Tilværelse for Elle! Jeg har aldrig Medlidenhed med ham! Hun skrev, naar de igen faar Indtægter, det har de altsaa ikke noget, der hedder for Tiden! – saa sender hun for den Ramme, men jeg skrev strax, at jeg skal nok betale det hele, saa kan hun holde det lidt til 6te Marts. – Tænk om hun kan have Muk en Maaneds Tid til næste [”næste” indsat over linjen] Sommer. Men saa en til at have i Birkerød imens?? Du???
+Ja saa Farvel da! Hils Lomme og Anna mange Gange. Hr. Peter er dejlig! Kærlige Hilsner fra Bedstemor.
+[Indsat s. 1 i venstre margen, lodret:] Blækstiften er et Ærme</t>
+  </si>
+  <si>
+    <t>1944-12-22</t>
+  </si>
+  <si>
+    <t>Lars Christian Balslev
+Anne Marie -, i huset på Lindøgaard
+Niels Iuel
+Adolph Larsen
+Andreas Larsen
+Johannes Larsen
+Marie Larsen
+Axel  Müller
+Ellen  Sawyer
+Janna Schou
+Franz Syberg
+Agnes Taaning
+Grete Warberg Larsen
+Martin Warberg Larsen
+Per Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvem Jensen og Kaj var.
+Tornøes Hotel ligger og lå i Kerteminde. 
+Malerens er Johannes Larsen, hans søn, svigerdatter og børnebørn. De boede sammen på Møllebakken i Kerteminde. 
+Ladersen var Lars Christian Balslevs kælenavn. De af hans voksne børn var interneret i Frøslev-lejren p.gr.a. deltagelse i modstandskampen. Han tilsyneladende også.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2448</t>
+  </si>
+  <si>
+    <t>Johanne/Junge takker for pakken fra Astrid/Dis. Hun har købt en frakke til Per og et træsnit til Laura/Bibbe og har derfor kun råd til små gaver. Hun har nået meget af juleforberedelserne, og Anne Marie, Bibbe og Martin/Manse har hjulpet godt. Bibbe og Johanne har været på en dejlig tur til Kerteminde, hvor de har besøgt Ellen, Johannes Larsen, Fru Taaning m.fl. De hørte Franz/Trylle Syberg spille julekoncert i kirken og var på Tornøes Hotel. Da Johanne kom hjem, fik hun at vide, at tyskere med 25 heste skulle indkvarteres hos dem, men det blev heldigvis aflyst.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/AkuE</t>
+  </si>
+  <si>
+    <t>[På kuvertens forside:]
+modt. Juledag 1944.
+Fru A. Warberg Müller
+Bakkevej 12
+Hareskov St.
+[På kuvertens bagside:]
+Lindøgaard Dræby St Fyn
+[Skrevet nederst på kuvertens bagside og på hovedet:]
+Tusind Tak for de nydelige Kort, glemte Maries Brev; intet særligt ud over hvad jeg skrev.
+[I brevet:]
+Lindøgaard Fredag 22-12-1944.
+Har ikke Tid at læse igennem. 
+Kære lille Dis!
+Det er (for mig) en tidlig Morgenstund, jeg fik Kaffe paa Sengen Kl 8 og det er for mig tidligt. Inden jeg nu skal i Gang med det blø’e Brø’ hvilket vil sige Julekage Honningkage Lagkage og den du sendte mig Opskrift paa, som vi har prøvet og finder glimrende – altsaa inden jeg gaar i Gang med det, skal du have et lille Julebrev. Der er kommen en Pakke fra dig, en stor en, men jeg er streng med ikke at [ulæseligt ord] Vrøvl – ikke at pakke Pakken op før Juleaften, saa dette kun en foreløbig ”Kvittering” og Tak! Fik du en lille tarvelig Julegave fra mig? Jeg har maattet fare med Lempe, da jeg har givet Per en Overfrakke til 45 Kr. og Bibbe et Træsnit af Las – Gejerfuglene – som jeg endnu ikke ved, hvad koster, da jeg har bestilt det hos Puf, der ogsaa har besørget Indramning. Vi er helt godt med hvad Arbejde angaar, men jeg kan jo sagtens, naar jeg har den glimrende Hjælp i den dygtige Pige. Hvordan mon du klarer dig, lille Dis med dine stakkels faa Kræfter? Bibbe har det nogenlunde men heller ikke mere; hun tog dog en Slagtedag for mig, hun og Grethe lavede Rullepølser, Spegepølser og kogte en Del hen, Resten havde Anne Marie og jeg lavet Dagen før. Jeg har konstateret – egentlig til min Overraskelse – at min Hjerne fungerer lige saa godt som tidligere nu ved disse Juleforberedelser, hvor saa meget skal huskes og ordnes. Det er flere Aar siden, jeg selv kunde staa for Slagtningen; man skal holde Hjernen klar, naar en 400 Punds Gris skal ordnes – hvad der skal saltes, holdes fersk, hvad til Spegepølser, til Medister og hvad koges hen. Manse, som er meget interesseret og har en Mening selv om de Dele, hjalp mig. Vi kom for sent paa det med at bestille Slagter – skønt jeg stadig mindede Manse, saa Enden paa det blev, at vi skulde slagte i Tirsdags Kl 5 om Morgenen; der skulde saa gøres Ild under Kedelen Kl 3 ½ og da jeg ikke turde stole paa de unge, holdt jeg mig vaagen, de to sidste Timer sad jeg op i Sengen; da jeg Kl 3 ½ kom op i Havestuen (hvor Manse sover nu) havde baade han og Bibbe Lys, saa jeg kunde have sparet mig! Jeg sov saa nogle Timer og arbejdede med Slagtningen det meste af Dagen – er jeg saa ikke ved at udvikle mig til Kæmpe?
+Bibbes og min Tur til Kjerteminde forløb glimrende; vi havde Bil baade ud og hjem; var derude Kl. 12, gik derinde og havde egentlig saa godt Held med os. Vi havde spist Middag her hjemme først, drak Efterm.kaffe hos Jensen og gik saa op til Elle, som havde ventet os til Middag. Vi var bedt til Malerens til Aftensmad, det var saa fornøjeligt og Gudskelov i al Tarvelighed, hvad jeg havde udbedt mig; de har faaet Centralvarmeapparatet flyttet fra Værkstedet ind i Boligen og laa i et hyggeligt Rod. – Jeg nød 3 Snapse! Saa kneb det med at gaa ned til Hotellet, Bibbe havde nær aldrig faaet mig slæbt derned; da jeg skulde op ad Trappen stod der en Flok, som skulde ind og jeg siger saa til en lang Kleppert som stod der – ”aa tag ve’ mig” og en meget kultiveret Stemme svared ja, det skal jeg rigtignok”. Det var, sagde Bibbe mig senere en af Juel-Sønnerne fra Hverringe; da vi gik hen gennem Gangen slyngede jeg et henkastet ”Tak til ham, der hjalp mig” ud over Skulderen. - - Saa en lille Passiar ind hos Kaj, det var underligt at sidde i den dejlige hyggelige Stue en Gang igen. Næste Form. til en festlig The hos Fru Taaning (bedt) saa juleagtigt og pænt rigtig The og en dejlig Cigar, saa Middag hos Elle med Vin, derefter ned til Kirkekoncert; Trylle spillede herligt og et lille udsøgt Kor sang meget smukt; vi drak Kaffe med dem alle paa Tornøe og hilste paa saa mange gamle Kendinge. Hjem ved 6 Tiden til Agr. og Manse, alt var gaaet godt her hjemme. Elle skal være hos Malerens Juleaften, kommer her til Nytaar, vi flytter en Seng ind til Bibbe.
+Det er næsten ikke til at holde ud at tænke paa Ladersen med 2 Børn i Frøslev jeg sender dig Maries Brev, det er lettere end at fortælle om det. Jeg er dybt bedrøvet.
+Nu vinker det blø’e Brø’, jeg må afsted og ønsker til Slut jer alle 4 en rigtig god og glædelig Jul og – Dis – et godt Nytaar ikke alene for Jer men for den hele Menneskeslægt - - lad mig lige fortælle at Manse kom i Forgaars Aftes med den Besked at vi fik 25 Tyskere og en Del Heste til Indkvartering og at de kom i Nat!! Al vor Juleglæde svandt, men allerede i Gaar fik vi at vide at den bedske Drik udsættes til efter Jul. Vi maa tage Anne Marie op til Bibe, tør ikke lade hende sove derude i sit Værelse. Mulig det helt skydes over. Hvor de dog gaar frem nu igen!
+Tusind Hilsner søde Dis fra alle her til Jer alle Din Junge.</t>
+  </si>
+  <si>
+    <t>1900-05-05</t>
+  </si>
+  <si>
+    <t>Marie Larsen
+Vilhelmine  Larsen</t>
+  </si>
+  <si>
+    <t>Rørholmsgade 
+Hverringe Gods
+Fåborg Museum
+Assensvej 198  
+Klintevej  5300 Kerteminde
+Vilhelminevej</t>
+  </si>
+  <si>
+    <t>Christian Eckardt
+Ingeborg  Eckardt
+Ferdinand Louis Gjellerup
+Andreas Larsen
+Georg Larsen
+Jeppe Andreas Larsen
+Johannes Larsen
+Lars Larsen
+Vilhelmine  Larsen
+Marie   Larsen, Georg Larsens datter
+Anna Marie  Larsen, Georg Larsens hustru 
+Vilhelm Larsen, Georgs søn
+Fritz Levy
+Amalie Lindberg
+Susanne Lindberg
+Jens Ferdinand Willumsen</t>
+  </si>
+  <si>
+    <t>Anna Marie Larsen blev muligvis opereret i København på "Røde Kors Klinik" for ubemidlede. Her arbejdede Frits Levy fra januar 1896-december 1900.(Den Danske Lægestand 1907-1915 Jacob Lunds Forlag 1915).
+Christines lærer på dette tidspunkt er J.F. Willumsen. 
+Haabet = Erikshaab - Alhed Larsens barndomshjem, som ligger nord for Faaborg på Fyn .
+Alhed og Johannes Larsen bor på Feden i Kerteminde i et af IA Larsens huse.</t>
+  </si>
+  <si>
+    <t>Georg Larsens kone skal opereres i København. Det glæder Vilhelmine Larsen, at Christine Swane er tilfreds med sin lærer. Byggeriet går fremad på - formodentlig- både Lille og Store Kærbyhus.
+Johannes Larsen skal til Faaborg med en akvarel. Han er ved at forberede en jagtudstilling.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/oaIp</t>
+  </si>
+  <si>
+    <t>Kjerteminde den 5. Maj 1900
+Kjære Christine!
+Du vil jo ogsaa gjerne høre et lille Ord om Søndagen denne gang er det just ikke af de glædelige Georg og Marie kommer vistnok en af de første Dage til Kjøbenhavn hun er bleven bleven undersøgt af Gellerup og han raadede til en Operation hos Professor Levy der er skreven derover og de venter Brev i Morgen er der Plads saa rejser de, I kunde da for en [ ulæseligt ord] se ud paa Banegaarden Søndag ellers skal jeg nærmere skrive Dagen det gjør mig meget ondt for dem, godt er det at vi er her, og Børnene holder saameget af os vi kommer over det om vor Herre vil hjælpe os at Operationen maa gaa vel det er en Svulst der trykker paa Blæren saa hun lider meget naar Vandet kommer – men det kan jo være det ikke er saa slemt naar Professoren kommer tilstede, I kan nok tænke at det er Alvor, et Gode at Marie er sygeforsikret saa hun faar daglig Hjælp; men det er jo ligefuldt en dyr Historie.
+Georgs skal faa din Trøje med for nu bliver det jo varmt. Hils Eckardt saameget sig Dem jeg blev saa glad at Onkel solgte det andet Billede, men er her ikke Tid for mig at skrive mere end til dig.
+Med Bygningen gaar det godt frem men der vil da gaa en 14 Dage endnu inden vi kan komme derop; men nu er vi jo ogsaa nødvendige her saalænge
+Det glæder os at du mærker Fremgang og er fornøjet med din Lærer – det var da godt for ham at han fik de 1000 Kr i Præmie -.
+Nu skifter jeg for Marie vil skrive med Hils Alle du hilses saa kjærligt fra din Moder – 
+Kære lille Ugle!
+Nu vil jeg med det samme skrive et Par Ord. Vi sidder jo endnu her paa Soveværelset, med det gaar da godt fremad med Byggeriet, jeg var deroppe med Faer og Moer i Gaar, 2 Værelser er nu fuldstændig færdige med Undtagelse af at lægge Gulv,og det kan jo gøres i en Fart, vi har 3 Tømrere, de 2 andre Værelser bliver færdige paa Tirsdag, de 2 Gavlværelser er ogsaa omtrent færdige, der bliver en storartet Udsigt især paa det ene, man ser baade Vandet, Klinten og Verringelandet, hvor det bliver yndigt at komme derop og hvor jeg glæder mig til at faa Dig hjem, det har været saadan en lang trist Vinter, saa jeg haaber at vi nu skal faa det lidt fornøjeligt naar Du kommer, men Du kommer til at finde Dig i at gaa smaat, naar jeg skal med ud at spasere , jeg kan ikke faa Benene med, det har været dårligt en Tid igen, men i Gaar og i Dag synes jeg dog det er det bedste det har været, saa jeg maa ikke klage; i Dag er det 3 Maaneder siden jeg havde Docktor første Gang, sommetider bliver jeg saa angst for at jeg aldrig kommer mig rigtigt, men saa ler de andre af mig og siger at det er noget dumt Snak. Bare dog Operationen maa gaa godt for Marie, det er saa ængsteligt at tænke paa, men nu om Tide kan Lægerne jo gøre det utroligste med Hensyn til Operationer, saa maa vi haabe paa det bedste. Er Ingeborg saa kommen? Hils dem alle fra mig, der glædede os saameget at Onkel igen har solgt et Billede. Sig mig har du hørt eller set noget til Lindbergs i den sidste Tid, jeg talte i Gaar med Amalie Lindberg og hun fortalte mig at Susse havde faaet en Søn allerede i Marts Maaned, jeg blev meget forbavset da jeg ikke troede at det var saa snart det skulde ske og det undrer mig ogsaa at Susse ikke med et Ord har ladet mig det vide, hils fra mig naar Du siger Farvel derude. Johannes tager til Faaborg i Morgen med den Akvarel som Lars Larsen har købt, han kommer tilbage igen i Morgenaften for han har saa travlt med sine Billeder til Jagtudstillingen. Gaien er bleven en Del tykkere nede paa Haabet, han er rigtig sød. Nu maa Du endelig skrive op alt hvad Du giver ud i disse 14 Dage og lad os i god Tid vide hvor mange Penge Du skal have inden Du rejser fra Byen, Du er nok sød og sparer saa meget som muligt, der gaar en frygtelig Masse Penge til nu vi har Haandværksfolk hver Dag, Jeg glæder mig til Brevet i Morgen. De kærligste Hilsener fra Din hengivne Søster Marie.</t>
+  </si>
+  <si>
+    <t>1921-10-27</t>
+  </si>
+  <si>
+    <t>Andreas Larsen
+Johan Larsen</t>
+  </si>
+  <si>
+    <t>København
+Falkonér Allé 5</t>
+  </si>
+  <si>
+    <t>Lundsgårdsvej, Kerteminde
+Bovense Nyborg
+Sabbesborg
+Camp Hverringe</t>
+  </si>
+  <si>
+    <t>Brormand - 
+Christian Andersen
+- Andreasen, Uraniavej
+Victor Bøttern
+- Granberg
+Th. Krarup
+Johan Larsen
+Johannes Larsen
+Marie Larsen
+Eiler Lehn Schiøler
+Elisabeth Mackie
+Carl Nielsen
+Ellen  Sawyer
+Christine Swane
+- Thomsen, Kerteminde</t>
+  </si>
+  <si>
+    <t>Man krydser Kauslunde Å på vejen mellem Kerteminde og Nyborg. Bøgebjerg Strand er markeret med Camp Hverringe.
+Alhed og Johannes Larsen ejede Svanemøllen, som lå/ligger ved siden af deres villa. En møller drev den for dem. 
+At møllen er i bagvind vil sige, at vinden blæser fra den modsatte side af vindfanget, hvilket i værste fald kan forårsage stor skade på vinger og aksel.(Mølleordbog.dk) 
+Eiler Lehn Schiøler havde fødselsdag 30. oktober. Dagbogen, som også omtales i tidligere breve fra Alhed Larsen til drengene, er Johannes Larsens renskrift af en af dagbøgerne fra sejladserne med skibet Rylen. Larsen gav Schiøler en sådan. Efter hans død blev den købt af et ægtepar, som siden testamenterede den til Johannes Larsen Museet.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, Larsen-breve kasse 1</t>
+  </si>
+  <si>
+    <t>Det har været et voldsomt stormvejr ved Kerteminde. Johan/Lysses pram var drevet væk, men blev fundet igen, badeanstalten var væltet, strandhaverne var oversvømmet, flere høns druknet. Ellen Sawyer (Elle) cyklede til Bovense, og vandet stod ind over vejen. Dele af klinterne er styrtet i havet, og mange snoge og hugorme er druknet. Svanemøllen kom i bagvind, men den blev reddet.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/wab6</t>
+  </si>
+  <si>
+    <t>Kære, søde Drenge!
+Jeg fortryder, at jeg ikke strax i Mandags skrev til jer om Stormen, saa var det nok bleven en dramatisk Beskrivelse, jeg var saa opstemt og opfyldt af det. Nu er alle Ulykkerne komne og Humøret er knap saa glimrende. Desuden har I jo nu set det meste i Aviserne. Men det var Lysses Pram der [ordet ”der” indsat over linjen] var borte og saa vilde jeg ikke skrive før jeg saa om den kom. Og det gjorde den. Strax om Morgenen gik jeres Far en Razzia, der laa 6 Pramme dreven sammen i en Klump ved Havnemolen men Lysses var ikke derimellem, men Basse og Brormand fandt den jeg ved ikke hvor, har ikke talt med dem. I kan ellers tro det var et mærkværdigt Syn Mandag Morgen. Landskabet helt forandret. Begge Moler under Vand Herrebadeanstalten væltet og nede ved Villaerne stod Vandet helt ind til Landevejen, Strandhaverne fuldstændig skjulte. Folk sad paa Toppen af Hønsehusene og bjergede Høns, men 31 af Slagterens var druknede, en Gris var halvdød men blev kaldt til live. De fleste Badehuse og Bror væk af vores Bro dog kun det yderste Stykke. Elle cyklede til Bovense, ind gennem Skoven, da Lundsgaardvejen var helt under Vand, det stod op til Gaardspladsen, ved Kauslund saa det farligt ud, store Bølger slog ind over Landevejen og styrtede ned paa Marken paa den anden Side, hun maatte flere Steder ind over Marken og gik i til over Knæene. Broen turde hun ikke være gaaet ud paa hvis Kauslundmanden ikke havde staaet der og hjulpen hende. Det indvendige Stykke af Landevejen er hulet ud og skyllet bort af Bølgerne. Gl. Chr. Andersen sov paa Hindsholm Stormnatten. D [”D” overstreget] En Del af Sarpsborg er skyllet bort ligesaa af Bøgebjerg Klint Kilden er borte med Springvand og det hele. Snoge og Hugorme blev forstyrrede i deres Vintersøvn, der laa mange druknede og en Snog sad paa en Gren ud over Vandet og lallede med Tungen. Det var stygt med den Stranding. Den ene stakkels Mand, en Tysker sad 16 Timer i Rigningen og svømmede til sidst i Land, hjulpen det sidste Stykke, da han ikke kunde mere, af Karl Nielsen. Men han syntes ikke det var noget videre, han havde gjort hele Krigen med. – Svanemøllen kom i Bagvind Søndag Efterm., da Vinden pludselig sprang, og Sønnerne var ikke hjemme saa det saa truende ud, da den begyndte at køre rundt, 2 Møller er brændt paa den Maade, men de kom til Stede og fik den standset. Nu ved jeg ikke om der er mere lokalt at fortælle om Stormen, Rylen og hvad der laa i Havnen tog ingen Skade. Her har været en lille sjov Retssag. Gl. Thomsen averterede i Kerteminde Avis, at hvad der kom af Kalkuner og andet Fjerkræ i hans Have, vilde han skyde og henlægge i Strandkanten. En af de første Dage røg en af Onkel Victors Kalkuner. Han meldte det til Politiet men [ordet ”men” overstreget] og forlangte 50 Kr. men lille Krarup kendte for Ret, at han ingen Penge skulde have. Og nu sætter han et lille lavt Staaltraad dernede som Kalkunerne kan skræve over. Fedtsyl. Saa snart Æblekassen kommer, bliver den fyldt og returneret og samtidig sendes Tæpper, Kittel og Støvler. I maa undskylde at det ikke er kommen før, men jeg har haft saa vanvittig meget. Fru Granberg sagde fra til Vadsken saa begge Pigerne maatte til det og jeg tage alt Husværket og meget andet. Jeg sendte Penge i Gaar, lad mig vide om I [det følgende indsat øverst side 1, på tvæs] har faaet dem og hvis ikke Kvittering. Jeres Far sender Dagbogen til Schiøler til jer, I maa se den og saa aflevere den Søndag Formiddag 30te paa Uraniavej. I kan jo godt give den til Andreasen hvis I ikke vil ind. Vi kan ikke sende direkte da det er en Søndag. – Nu kun 1000 Hilsner ogsaa fra Tante Ia og ogsaa til Tante Ugle.
+Jeres Mor.
+Torsdag</t>
+  </si>
+  <si>
+    <t>1898-05-13</t>
+  </si>
+  <si>
+    <t>Maren -
+Adolph Larsen
+Jeppe Andreas Larsen
+Johannes Larsen
+Marie Larsen
+Vilhelm Larsen
+Elisabeth Storm</t>
+  </si>
+  <si>
+    <t>Christianslund er et badehotel i Christianslundskoven ved Nyborg.
+Brolykke er en avlsgård under Hverringe Gods lidt nord for Kerteminde.</t>
+  </si>
+  <si>
+    <t>Kerteminde Byhistoriske Arkiv</t>
+  </si>
+  <si>
+    <t>Johannes har været i Christianslund og male baggrund til et billede. Forældrene skal til Sverige.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/9DkY</t>
+  </si>
+  <si>
+    <t>Kjerteminde den 13. Maj 1898
+Kjære lille Dinemor!
+Her gav Faer mig en Seddel til at sende saa Du kan komme vel Hjem naar du nu er færdig og har taget Dig den lille Fornøjelse,- vil Du - hellere hjem straks saa gjør Du , som Du synes mit Ønske er kun at glæde Dig.
+Skoene har Du vel dog faaet naar du modtager dette Brev. Maren siger rigtignok at det er for sent til Landet men nu maa det gaa som det kan – 
+Adolph kom nu tilbage med Vogn og Staffeli og Malerkasser og Billeder.
+Johannes blev kjørt til Christianslund og malede paa en Timestid et net lille Studie til Baggrund fra Kransen hvornaar han kommer til Kjøbenhavn ved vi ikke for den Omvej de nu skal gjøre forlænger jo Rejsen. De kommer vel ikke hjem før Christi Himmelfartsdag.
+Jeg havde saadan tænkt mig at du skulde have været med Fader denne Gang men han vil have mig med, saa skal du til næste for det er rimeligt at han maa flere Gange derover maaske han skal købe Træ til Brolykke Bygning, det var morsomt om det kan ske.
+Du maa ikke være saa bedrøvet lille søde Dine fordi du ikke kan give dem Pengene lige i disse Dage hvor du dog, ved de, skal snart faa dem, saa meget som de har solgt, saa trænger de jo slet ikke til dem i Øjeblikket , saa det maa du love mig at du ikke tager dig nær – 
+Skriv mig dog et Brev til i Sverrig hvordan det stiller sig for dig; ellers gaar jeg derovre og ved hverken ind eller ud. ja gjør dog det. Hils nu Alle dernede saa kjærligt fra mig
+Jeg faar ikke Tid til at skrive mere for jeg skal have Maries brune Hat smurt over og nogle Sommerstrømper ledt op og sendt af sted medens jeg er herhjemme, ja der altid noget at ordne
+Nu kom Johannes af sted og saa skal vi – saa er der kun Fru Storm og Adolph – saa kan Maren nok klare sig der skal ikke gjøres det mindste inden jeg kommer hjem nu faar vi nok Sommer nu al den Hagelkulde er kommen ned af Luften,
+Lev nu vel kjære til vi sees – Gud give vi alle maa være raske og samlede i Glæde i Pinsen.
+Kommer Vilhelm hjem maa Marie virkelig bede om Ferie til den Tid for en Soldat har ikke mange Dage fri –
+Endnu engang lev vel og Gud velsigne dig det beder din trofaste Moder</t>
+  </si>
+  <si>
+    <t>1886-12-03</t>
+  </si>
+  <si>
+    <t>Albuen
+Långaryd Sverige
+Los Angeles Californien
+Vor Frue Kirke Nyborg</t>
+  </si>
+  <si>
+    <t>Frøken Bendal
+Poul Boisen
+Ane Marie Christiansdatter
+Christian Clausen
+Margrethe  Eckardt
+Anesine Frölich
+- Gad, Frøken
+Charles Godtfredsen
+Knud Klauman
+Adolph Larsen
+Georg Larsen
+Jeppe Andreas Larsen
+Marie Larsen
+Peter Larsen
+Vilhelm Larsen
+- Petersen, Pastor
+Hans Poulsen
+Elisabeth Storm
+Christine Swane</t>
+  </si>
+  <si>
+    <t>Den nye præst i valgmenigheden er tiltrådt.
+Den store ildebrand refererer muligvis til de to gårde, der brændte i Dræby i november samme år.
+Den lille kammerherre kommer muligvis fra Hverringe.</t>
+  </si>
+  <si>
+    <t>Adolph var meget ked af at Mollerup rejste hjem. Der er sendt blomster til at pynte op med i præstegården. Familien i Amerika vil gerne have nogle af Johannes Larsens billeder og tegninger. Skonnerten Rigmor er strandet.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/jLjW</t>
+  </si>
+  <si>
+    <t>Kjerteminde den 3 December 1886.
+Kjæreste Johannes. 
+Nu er det snart Søndag igjen og jeg har endnu ikke hørt en Stavelse fra Dig andet end det Par Linier i Maries Brev, jeg kan godt huske nu du bad om Frimærker, men her var ingen i Øjeblikket og saa tænkte jeg , at Du nok for en Gang vilde offre 10 Øre til et Brev. Dit Tøj naaede vi ikke at faa færdigt til Posttid; men saa sender vi det nu med Dampskibet tilligemed alle de andre Ting af Malernes, men jeg haaber at saadanne smaa Pakker bliver sendte om, ellers maa du løbe med [papir mangler] dem selv.
+Det er endnu ikke som[papir mangler] ske med Georg; men idag [papir mangler] at Søndag skal blive saa god,[papir mangler] komme lidt op; Du kan tro [papir mangler] sig om hvor har han bedt vor Herre at han dog vilde give ham sit Helbred og lade ham blive rask til Julen, at han og jeg kunde samles med Eder i Stuerne til fælles Glæde for os Alle, ja det skal blive herligt at være raske Gud Fader bevare dog alle os Andre, det ved jeg, at Du ogsaa beder om Johannes idag gav jeg Skomager Klausen Bestilling paa et Par Vandstøvler til dig og Fader han begynder nu i næste Uge maaske du kan faa dem med Dampskibet næste Gang at du kan faa noget varmt til Fødderne – skriv om denne Uldtrøje passer saa vil Farmor strikke flere men husk nu og sig om du kan lide Ærmerne saa lange
+Jeg tænker du blev meget glad ved at faa Mollerup hjem det gode kjærlige Menneske som vi alle holder saa meget ad tænk dig Adolphs Sorg var saa dyb at han maatte sidde paa Skjød hos Margrethe og mig for rigtig at græde ud og senere hos sin Fader – han blev saa ved at tale om Duerne som skulde skynde sig at faa [Unger] saa mente han vist at samtidig [papir mangler] Mollerup igjen til Kjerteminde [papir mangler] er en lille hjærtelig Dreng og hvor [papir mangler] dag har Svar paa rede Haand, her var Bud [papir mangler] [Frøken] Gad om vi vilde være med at pynte [papir mangler] uset i Præstegården, jeg sendte saa min [papir mangler] Nerium en Vironika og Børnene en hver af deres Blomster, saa kom jo Adolph ”hvor skal de hen” om i Præstegaarden hvorfor skal Bojesen have dem? Fru Storm var jo straks til Rede med Oplysninger ”for han er saadan en rar mand lille Adolph og saa tror han jo paa vor Herre ( ja men Fru Storm, det gjør vi jo ogsaa)
+Margrethe var nærværende og fortalte [papir mangler] klædte denne lille Unge at komme med dette hurtige Svar – Hilsen fra ham og alle de andre Børn som glæder sig til Julen over al Maade. Gud Fader lægge sin Velsignelse til at det i sin Heelhed maa blive et fornøjeligt Gjensyn – 
+Hils nu Mollerup Johannes og bed ham gjennem Dig sige os om det kom godt derover jeg seer jo nok han holder ikke af at skrive saa det kan godt ende med at sige Dig Besked, Fru Storm er særlig ængstelig og mener, at jeg ikke har været forsigtig nok med Indpakningen af det udskårne [papir mangler] nu nok om det min Ven [papir mangler] mig nu en hel Deel paa [papir mangler]
+Her har været Brev fra Amer[ika][papir mangler] og de beder stadig om Moren maa [papir mangler] nogle af dine Malerier eller [Tegninger] saa skal hun sende dig nogle af sine; det er idag Moster Sines Fødselsdag og jeg vil nu skrive til hende saa lover jeg naar du kommer hjem skal vi nok glæde hende med nogle af dine Arbejder…
+[Skonnert] Rigmor er strandet forrige Søndag paa Albuen ved Nakskov det kostede 25,00 Kroner at faa den flot og om til Nyborg Havn Fader rejser vist derind i Aften for at se Skaden; det er uheldigt med den Skibsfart. Husk at fortælle Mollerup at Drengene fik dygtig Skjænd da de kom i Skole den Dag de bleve fotograferede Pastor Petersen var vred for Alvor saa kjender du Besked først fik Peder Larsen saa vores Vilhelm, Nielsen og senest kom den lille Kammerherre; men han blev vist udenfor? Dig har jeg aldeles ingen Brug for denne Time skrup ud paa Gangen, saadan noget Gøgl det Thema varierede han mestens over Du har vel hørt om den store Ildebrand og maaske vi ogsaa skal [sælge] en Deel dertil – 
+[papir mangler] er Klokken mange og du faar [papir mangler] ogsaa idag et helt Papir fuldt [papir mangler] sød og kjær og skrive mig[papir mangler] Brev til – [papir mangler] Frøken Bendal og Poulsen og Klaumann, her er stadig Brev efter Faer til Sverrig, men den arme Mand her er saa travlt at før vi faar Georg op kan han vist ikke komme afsted. Nu Gud være med Dig mit elskede barn og Han bevare dig og give Dig Glæde af dit Arbejde Din trofaste Moder</t>
+  </si>
+  <si>
+    <t>1897-12-19</t>
+  </si>
+  <si>
+    <t>Marie Larsen</t>
+  </si>
+  <si>
+    <t>Agnes -
+Maren -
+Laurentius Allerup
+- Birck
+Frants Birck
+Esther Boisen
+Kristina Eckardt
+Margrethe  Eckardt
+- Fibiger, Frøken
+- Fram Frøken
+Peter Hansen
+Syrak Hansen
+Adolph Larsen
+Alhed Larsen
+Georg Larsen
+Jeppe Andreas Larsen
+Johannes Larsen
+Marie Larsen
+Vilhelm Larsen
+- Lorentzen, Fru
+Christine Swane
+Carl Christian  Swendsen</t>
+  </si>
+  <si>
+    <t>Mesterhuset i Faaborg er Peter Hansens barndomshjem. De omtalte portrætter er muligvis fotografier.
+Canseliet er godsforvalteren på Hverringe Gods.
+Det er uvist hvilken lensgreve, der omtales.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv. Breve Christine Swane, kasse 1, kuvert 1, 2002/61, A8, Lb 11</t>
+  </si>
+  <si>
+    <t>Familien Larsen skulle samles i Kerteminde i julen. Johannes Larsen skulle til Sybergs i Svanninge med en hundehvalp. Peter Hansen sendte brev og portrætter. Han bad Johannes Larsen om at besøge ham i Faaborg.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/DIJT</t>
+  </si>
+  <si>
+    <t>Kjerteminde den 19/12 97
+[Indsat side 1 på hovedet] Jo du skal ogsaa have brev Juleaften
+Kjære lille Marie
+Vilhelm hentede Post i aften for vi troede nok der var Brev ganske rigtig men Grosseren vilde ikke lukke op før i dag tilmorgen
+Jeg sad og lappede en Skjorte til Johannes saa jeg maatte haabe paa andre Tanker og ganske kort efter kom Fader med Brevet, det var til ham sagde han men jeg vidste bedre det var bare for at tilkjæmpe sig Retten til at læse først 
+Jeg blev ved at spørge kommer hun vent nu bare jeg er jo ikke færdig endnu med Brevet saa kom Rosinen i Pølseenden jeg kommer Juledag
+Gud ske Lov det havde rigtignok været et forfærdeligt Skaar i Juleglæden om vi ikke havde faaet dig hjem som du skriver hvad gjør det naar du tog Juleaften med i Morgen er jeg paa Hjemvejen; hvor længe vi maa beholde dig det meldte du intet om men det vil vi ikke tænke paa ved Modtagelsen
+Sig dog til Fru Lorentzen hvor glad jeg blev og alle de andre Agrarens stadige Spørgsmaal kommer Marie til Julen
+Imorges med Dagvognen rejste Johannes til Svanninge med den lille Hvalp der i Anledning af Rejsen blev sæbevasket i aftes og sov oppe hos Maren i Nat hun strøg i Aftes og saa tørredes den i Kjøkkenet det blev sent og saa tog Maren den med i Seng for at den ikke skulde hyle den var rigtig nok bleven smuk og skal have Navnet Don, ved Højrup Station vilde Alhed støde til og tage med til Svanninge derfra tager de tilbage til Erikshaab og paa Onsdag rejser Johannes hjem og Uglen gaar ind i Faaborg hvor de mødes med Fader i Odense og Agraren har faaet Bud om at møde samtidig saa begynder vi at samles, Christine faar saa hjælpe mig lidt med et Par Kager for det har jeg ikke Mod paa, og saa kommer du Juledag saa er vi der Alle igjen
+Christine Eckardt maa ogsaa nøjes med at rejse Julemorgen Jeg tænker saa at de følger hende
+herover, det skrev Margrethe noget om
+Vilhelm er ude at gaa en god lang Tour i det mageløse Julevejr jeg kom nu ind fra Haven med 4 Rosenknopper som skulde springe ud til Juleaften om de vil, Juleroserne er i store Knopper, der bliver samlet en Gave til Fru Bojsen i Aar, og saa har jeg tænkt at lægge alle Pengene i en Kurv og Juleroser ovenpaa; Fru Fram er saa venlig at gaa alle Steder her i Byen hun mente naar I ikke er hjemme saa skulde jeg spares for den Gang
+Grøden tager jeg til Asylet som jeg plejer, det er paa Torsdag ja nu er der jo ikke mange Dage igjen
+Her var Brev og Portrætter fra P Hansen i forgaars han bad Johannes besøge dem i Mesterhuset hvorhen de rejste i Julen og holdt Hus der med Agnes som Pige maaske Mester rejser til Esbjerg
+Tro mig Dine bliver glad i dag og Børnene ved den lille Hund forrige Brev skrev Christine at hun vilde gaa til Horne i dag og besøge Marens forældre saa faar hun en frisk Hilsen med hjem til Julen hun er saa ikke hjemme naar Johannes kommer; men jeg fik det saa sent at vide at jeg ikke kunde forandre noget, hun gaar vel heller ikke saa sent derfra for hun tør jo ikke gaa i Mørke. Her er slet ikke noget Nyt at fortælle Laurentius var her forleden Aften han spurgte ogsaa kommer Marie hjem, vi ved det ikke. Jeg skriver til min Søster skal dog ikke Marie Larsen hjem i Julen han skal spille med i en lille Komedie heroppe hos Canseliet imellem Jul og Nytaar og han er saa ærgerlig over at være gaaet med til det Pjank – men nu er det jo gjort Frøken Fibiger har været i Kjøbenhavn en Maanedstid for at holde Huus for Lenhnsgrevens
+Marie kan du huske Birck havde en Bror der hed Frants; han var Mejerist; men opholdt sig hos Birck for at uddanne sig som Handelsmand han led meget af Søvnløshed og havde flere Gange taget Opium for [”for” overstreget] Tandraaber og det havde aldrig gjort ham noget denne sidste Gang var han sovet ind – det er en stor Sorg han var saa god og elskværdig oh hvor det maa være forfærdelig komme
+[indsat side 4 i margin] og see dem saadan, der blev gjort alt muligt med Udpombning
+[indsat side 3 i margin] men forbi var Livet Fader gik en Tour jeg skulde
+[Indsat side 2 i margin] med, men mine Støvler er hos Skomageren; det gode var ved
+[Indsat i margin side 1] Historien at dit Brev blev færdigt nu lille Mis skal jeg skrive mere før jeg ser dig men vi faar Brev Juleaften</t>
+  </si>
+  <si>
+    <t>1943-08-27</t>
+  </si>
+  <si>
+    <t>Christa Knuth</t>
+  </si>
+  <si>
+    <t>Knuthenborg pr. Bandholm</t>
+  </si>
+  <si>
+    <t>Holger Lund, Christa Knuths bror</t>
+  </si>
+  <si>
+    <t>Stavreshoved er den sydøstlige halvø af Hindsholm på Nordøstfyn i Kerteminde Kommune. Langs den otte kilometer lange kyst rundt om Stavreshoved øst for Hverringe Gods blev i alt 330 hektar landbrugsjord, skov og uopdyrkede arealer (moser og enge) fredet i 1955 (Wikipedia marts 2024). 
+Af det forrige brev fra Johannes Larsen til Christa Knut fremgår det, at hun købte en af Larsens akvareller til sin bror.</t>
+  </si>
+  <si>
+    <t>Brevet er i privateje</t>
+  </si>
+  <si>
+    <t>Johannes Larsen takker for pengene, brevet og fotografierne. Han har været ved Stavreshoved for at male, men nåede ikke meget, og nu er vejret dårligt, så han ved ikke, hvordan han skal nå det hele. Christas bror har skrevet, at han kunne lide akvarellen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/HoVy</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Lensgrevinde
+Chr. Knuth
+Knuthenborg
+Bandholm.
+[Håndskrevet på kuvertens bagside:]
+Johannes Larsen
+Kjerteminde
+[I brevet:]
+Kjerteminde 27 Aug. 1943.
+Kære Grevinde! 
+Tak for Brevet Fotografierne og Pengene. I Gaar var jeg en Tur ude ved Stavreshoved for at male. Jeg havde Frokost med og 2 Lærreder, men jeg havde alligevel overvurderet mig selv, jeg blev ikke færdig med dem til Kl. 3, da Bilen kom efter mig. I Dag regnede det i Morges og i Eftermiddag stormer det saa det lader til vi skal have en Omgang uroligt Vejr igen, saa jeg begynder at blive at blive nevøs for hvordan jeg skal naa alt hvad der skal naaes inden Oktober. Jeg havde Brev fra Din Broder i Anledning af Din Gave som lader til at være falden i god Jord. Mange Hilsner
+Din hengivne
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>Andreas Larsen</t>
+  </si>
+  <si>
+    <t>Fakse
+Hestehavegaard</t>
+  </si>
+  <si>
+    <t>Lille -
+Ludvig Brandstrup, visedigter
+Grethe Jungstedt
+Elena Larsen
+Johanne Christine Larsen
+Johannes Larsen
+Ann-Sofi Norin
+Jørgen Schou
+Marie Schou
+Nalle Schou
+- Skovgaard
+Martin Warberg Larsen</t>
+  </si>
+  <si>
+    <t>Ludvig Brandstrup satte gang i de såkaldte Co-Optimistrevyer i 1925. Ann-Sofi Norin var en del af den ni personer store trup, og han og hun blev gift (Kvinfo: Ann-Sofi Norin, lokaliseret jan. 2022). 
+Fra 1905 og en del år frem boede Elena/Bimse Italia Larsen, f. Hansens forældre fynbomaleren Peter Hansen og hans kone på Enghavevej 40 i København.
+Fønix Teater: På Frederiksberg Allé lå et gammelt traktør- og forlystelsessted, som siden 1784 gik under navnet Ratzenborg. Fra 1847 blev det kaldt Sommerlyst, indtil det i 1918 blev indrettet til teater under navnet Fønix Teatret, hvor der blev spillet revyer, komedier, farcer og operetter. Her var LB direktør i flere år i trediverne. 1938 ændredes navnet til Frederiksberg Teater, som var i brug, til det 1957 fik navnet Aveny Teatret. (Kilde: Lex.dk.) 
+Romsø er en 1 km² stor ø i Storebælt ca. 10 km nordøst for Kerteminde. Den 109 hektar store ø har siden 1604 hørt under Hverringe Gods, ejet af familien Iuel. (Kilde: Wikipedia jan. 2022.)</t>
+  </si>
+  <si>
+    <t>Brev i privateje</t>
+  </si>
+  <si>
+    <t>Ludvig Brandstrup skal til Båxhult med sin kone/kæreste og skal bruge nøglerne.
+Andreas Larsen har sammen med en flok mennesker været på Romsø. De havde meget mad og drikke med og har spist rester. Johannes Larsen havde det godt. Andreas spørger, om han må komme på besøg hos Johan.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/NkIu</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Hr Johan Larsen
+c/o Proprietær Skovgaard
+Hestehavegaard
+pr Faxe
+[I brevet:]
+Kære Lysse!
+Co-optimist direktør Ludvig Brandstrup har faaet Lov til at tage til Båxhult med Ann Sofi Norin fra førstkommende Lørdag indtil ca 11. Juli. Hvis du har Nøglerne kan du saa ikke sende dem til ham omgaaende Adr: Fønixteatret København F. 
+Hvis Bimse har dem og endnu er paa Enghavevej, skaffer han dem selv. 
+Vi var paa Romsø i Mandags. Luftfartsreklamechef Direktør Rom med Kone, Buf, Nalle og Marie Syberg, Grete, Lille og jeg. Vi kørte til Stengaards Stænge, og blev hentet af en Romsø-Baad. Far havde det godt, han havde 13 Billeder paa Rad! Vi havde 20 Bajere, Brændevin og saa meget Mad med, at Tante Junge, Manse, Lille, Grete og jeg [overstreget bogstav] holdt Andendagsskovtur paa de halve Rester iaftes, vi ringede uden Held til Pilegaarden, saa maaske de ogsaa var ude for at gøre Kaal paa deres Rester. Tak for dit Brev forleden, desværre har jeg ikke Tid at svare med ["med" indsat over linjen] mere [overstreget bogstav] end dette nu.
+Hvordan kan det passe dig at have os den 29, [overstreget bogstav] er det ikke en Lørdag, altsaa den 30. skulde det være! hvordan passer det den 30. ds? Ikke fordi jeg har talt med Far om det, men jeg kunde tænke mig den Dato. 
+Mange Hilsner fra Puf.
+Hils Hr og fru Skovgaard</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="100" formatCode="yyyy/mm/dd"/>
     <numFmt numFmtId="101" formatCode="yyyy/mm/dd hh:mm:ss"/>
     <numFmt numFmtId="102" formatCode="yyyy-mm-dd"/>
   </numFmts>
   <fonts count="7">
     <font>
       <name val="Arial"/>
       <sz val="11"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
@@ -1948,51 +1948,51 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/jLjW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aZbI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4DgT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pmpj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y6TP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DIJT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9DkY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JuzW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oaIp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gLBf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/WsHnFLg1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xLht" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pQmY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/vvTHJprE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/DnYM5ovH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ZbFoLDhL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/EdY8a0YA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fBxg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Q4C5h7Kk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xgfu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v0lv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZdDC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CJFp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/H1mh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xqeI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wab6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wj5I" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/MzqbODHZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bNBG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GKus" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iqXt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IwBB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/AX8xcm94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NkIu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/17Cx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/izLL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HoVy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AkuE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y2b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8MnK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iY0z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/IwBB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aZbI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4DgT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/AX8xcm94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v0lv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wj5I" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/H1mh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xqeI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pmpj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xLht" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/EdY8a0YA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/vvTHJprE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Q4C5h7Kk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/MzqbODHZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/WsHnFLg1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/DnYM5ovH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ZbFoLDhL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y6TP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CJFp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gLBf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/17Cx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZdDC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pQmY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JuzW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xgfu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bNBG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iqXt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/izLL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8MnK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iY0z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GKus" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y2b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fBxg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AkuE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oaIp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wab6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9DkY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jLjW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DIJT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HoVy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NkIu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
   <dimension ref="A1:M43"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
@@ -2038,1874 +2038,1874 @@
         <v>11</v>
       </c>
       <c r="M1" s="3" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="5" t="s">
         <v>13</v>
       </c>
       <c r="B2" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D2" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E2" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F2" s="5" t="s">
         <v>18</v>
       </c>
-      <c r="G2" s="5" t="s">
+      <c r="G2" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H2" s="5" t="s">
         <v>19</v>
       </c>
-      <c r="H2" s="5" t="s">
+      <c r="I2" s="5" t="s">
         <v>20</v>
       </c>
-      <c r="I2" s="5" t="s">
+      <c r="J2" s="5" t="s">
         <v>21</v>
       </c>
-      <c r="J2" s="5" t="s">
+      <c r="K2" s="5" t="s">
         <v>22</v>
       </c>
-      <c r="K2" s="5" t="s">
+      <c r="L2" s="6" t="s">
         <v>23</v>
       </c>
-      <c r="L2" s="6" t="s">
+      <c r="M2" s="5" t="s">
         <v>24</v>
-      </c>
-[...1 lines deleted...]
-        <v>25</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="B3" s="5" t="s">
         <v>26</v>
       </c>
-      <c r="B3" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C3" s="5" t="s">
-        <v>15</v>
+        <v>27</v>
       </c>
       <c r="D3" s="5" t="s">
-        <v>16</v>
+        <v>28</v>
       </c>
       <c r="E3" s="5" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="F3" s="5" t="s">
         <v>18</v>
       </c>
       <c r="G3" s="5" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="H3" s="5" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="I3" s="5" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="J3" s="5" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="K3" s="5" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="L3" s="6" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="M3" s="5" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="5" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="B4" s="5" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="C4" s="5" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="D4" s="5" t="s">
-        <v>35</v>
+        <v>39</v>
       </c>
       <c r="E4" s="5" t="s">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="F4" s="5" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="G4" s="5" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="H4" s="5" t="s">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="I4" s="5" t="s">
-        <v>40</v>
+        <v>44</v>
       </c>
       <c r="J4" s="5" t="s">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="K4" s="5" t="s">
-        <v>42</v>
+        <v>46</v>
       </c>
       <c r="L4" s="6" t="s">
-        <v>43</v>
+        <v>47</v>
       </c>
       <c r="M4" s="5" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="5" t="s">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="B5" s="5" t="s">
-        <v>14</v>
+        <v>50</v>
       </c>
       <c r="C5" s="5" t="s">
-        <v>15</v>
-[...8 lines deleted...]
-        <v>18</v>
+        <v>28</v>
+      </c>
+      <c r="D5" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E5" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F5" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G5" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H5" s="5" t="s">
-        <v>46</v>
-[...5 lines deleted...]
-        <v>22</v>
+        <v>51</v>
+      </c>
+      <c r="I5" s="5"/>
+      <c r="J5" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K5" s="5" t="s">
-        <v>48</v>
+        <v>52</v>
       </c>
       <c r="L5" s="6" t="s">
-        <v>49</v>
-[...3 lines deleted...]
-      </c>
+        <v>53</v>
+      </c>
+      <c r="M5" s="5"/>
     </row>
     <row r="6">
       <c r="A6" s="5" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="B6" s="5" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="C6" s="5" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>34</v>
+        <v>28</v>
+      </c>
+      <c r="D6" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E6" s="5" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="F6" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G6" s="5" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
       <c r="H6" s="5" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="I6" s="5" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="J6" s="5" t="s">
-        <v>22</v>
+        <v>58</v>
       </c>
       <c r="K6" s="5" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="L6" s="6" t="s">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="M6" s="5" t="s">
-        <v>57</v>
+        <v>61</v>
       </c>
     </row>
     <row r="7">
-      <c r="A7" s="5" t="s">
-        <v>58</v>
+      <c r="A7" s="5" t="n">
+        <v>1923</v>
       </c>
       <c r="B7" s="5" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="C7" s="5" t="s">
-        <v>15</v>
+        <v>62</v>
       </c>
       <c r="D7" s="5" t="s">
-        <v>59</v>
+        <v>63</v>
       </c>
       <c r="E7" s="5" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="F7" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G7" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G7" s="5" t="s">
+        <v>64</v>
       </c>
       <c r="H7" s="5" t="s">
-        <v>60</v>
-[...3 lines deleted...]
-      </c>
+        <v>65</v>
+      </c>
+      <c r="I7" s="5"/>
       <c r="J7" s="5" t="s">
-        <v>62</v>
+        <v>66</v>
       </c>
       <c r="K7" s="5" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="L7" s="6" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="M7" s="5" t="s">
-        <v>65</v>
+        <v>69</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="5" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="B8" s="5" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="C8" s="5" t="s">
-        <v>15</v>
+        <v>39</v>
       </c>
       <c r="D8" s="5" t="s">
-        <v>67</v>
+        <v>63</v>
       </c>
       <c r="E8" s="5" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-        </is>
+        <v>29</v>
+      </c>
+      <c r="F8" s="5" t="s">
+        <v>71</v>
       </c>
       <c r="G8" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H8" s="5" t="s">
-        <v>68</v>
+        <v>72</v>
       </c>
       <c r="I8" s="5" t="s">
-        <v>69</v>
+        <v>73</v>
       </c>
       <c r="J8" s="5" t="s">
-        <v>70</v>
+        <v>74</v>
       </c>
       <c r="K8" s="5" t="s">
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="L8" s="6" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
       <c r="M8" s="5" t="s">
-        <v>73</v>
+        <v>77</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="5" t="s">
-        <v>74</v>
+        <v>78</v>
       </c>
       <c r="B9" s="5" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="C9" s="5" t="s">
-        <v>15</v>
+        <v>28</v>
       </c>
       <c r="D9" s="5" t="s">
-        <v>16</v>
+        <v>38</v>
       </c>
       <c r="E9" s="5" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="F9" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G9" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G9" s="5" t="s">
+        <v>79</v>
       </c>
       <c r="H9" s="5" t="s">
-        <v>75</v>
+        <v>80</v>
       </c>
       <c r="I9" s="5" t="s">
-        <v>76</v>
+        <v>81</v>
       </c>
       <c r="J9" s="5" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="K9" s="5" t="s">
-        <v>77</v>
+        <v>82</v>
       </c>
       <c r="L9" s="6" t="s">
-        <v>78</v>
+        <v>83</v>
       </c>
       <c r="M9" s="5" t="s">
-        <v>79</v>
+        <v>84</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="5" t="s">
-        <v>80</v>
+        <v>85</v>
       </c>
       <c r="B10" s="5" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="C10" s="5" t="s">
-        <v>81</v>
+        <v>27</v>
       </c>
       <c r="D10" s="5" t="s">
-        <v>67</v>
+        <v>28</v>
       </c>
       <c r="E10" s="5" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="F10" s="5" t="s">
         <v>18</v>
       </c>
-      <c r="G10" s="5" t="s">
-        <v>82</v>
+      <c r="G10" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H10" s="5" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="I10" s="5" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="J10" s="5" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="K10" s="5" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="L10" s="6" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="M10" s="5" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="5" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
       <c r="B11" s="5" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="C11" s="5" t="s">
-        <v>16</v>
+        <v>92</v>
       </c>
       <c r="D11" s="5" t="s">
-        <v>34</v>
+        <v>93</v>
       </c>
       <c r="E11" s="5" t="s">
-        <v>17</v>
-[...7 lines deleted...]
-        <v>89</v>
+        <v>94</v>
+      </c>
+      <c r="F11" s="5" t="s">
+        <v>95</v>
+      </c>
+      <c r="G11" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H11" s="5" t="s">
-        <v>90</v>
+        <v>96</v>
       </c>
       <c r="I11" s="5" t="s">
-        <v>91</v>
+        <v>97</v>
       </c>
       <c r="J11" s="5" t="s">
-        <v>22</v>
+        <v>98</v>
       </c>
       <c r="K11" s="5" t="s">
-        <v>92</v>
+        <v>99</v>
       </c>
       <c r="L11" s="6" t="s">
-        <v>93</v>
+        <v>100</v>
       </c>
       <c r="M11" s="5" t="s">
-        <v>94</v>
+        <v>101</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="5" t="s">
-        <v>95</v>
+        <v>102</v>
       </c>
       <c r="B12" s="5" t="s">
-        <v>96</v>
+        <v>50</v>
       </c>
       <c r="C12" s="5" t="s">
-        <v>97</v>
+        <v>28</v>
       </c>
       <c r="D12" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F12" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G12" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H12" s="5" t="s">
-        <v>98</v>
+      <c r="H12" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I12" s="5"/>
       <c r="J12" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K12" s="5" t="s">
-        <v>99</v>
+        <v>103</v>
       </c>
       <c r="L12" s="6" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="M12" s="5"/>
     </row>
     <row r="13">
       <c r="A13" s="5" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="B13" s="5" t="s">
-        <v>96</v>
+        <v>50</v>
       </c>
       <c r="C13" s="5" t="s">
-        <v>97</v>
+        <v>28</v>
       </c>
       <c r="D13" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F13" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G13" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H13" s="5" t="s">
-        <v>102</v>
+      <c r="H13" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I13" s="5"/>
       <c r="J13" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K13" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K13" s="5" t="s">
+        <v>103</v>
       </c>
       <c r="L13" s="6" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
       <c r="M13" s="5"/>
     </row>
     <row r="14">
       <c r="A14" s="5" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="B14" s="5" t="s">
-        <v>14</v>
+        <v>50</v>
       </c>
       <c r="C14" s="5" t="s">
-        <v>97</v>
-[...8 lines deleted...]
-        <v>107</v>
+        <v>28</v>
+      </c>
+      <c r="D14" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F14" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G14" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H14" s="5" t="s">
+      <c r="H14" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I14" s="5"/>
+      <c r="J14" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K14" s="5" t="s">
+        <v>103</v>
+      </c>
+      <c r="L14" s="6" t="s">
         <v>108</v>
       </c>
-      <c r="I14" s="5" t="s">
-[...13 lines deleted...]
-      </c>
+      <c r="M14" s="5"/>
     </row>
     <row r="15">
       <c r="A15" s="5" t="s">
-        <v>114</v>
+        <v>109</v>
       </c>
       <c r="B15" s="5" t="s">
-        <v>14</v>
+        <v>50</v>
       </c>
       <c r="C15" s="5" t="s">
-        <v>34</v>
-[...2 lines deleted...]
-        <v>16</v>
+        <v>28</v>
+      </c>
+      <c r="D15" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F15" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G15" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H15" s="5" t="s">
-        <v>115</v>
+      <c r="H15" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I15" s="5"/>
-      <c r="J15" s="5" t="s">
-[...3 lines deleted...]
-        <v>116</v>
+      <c r="J15" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K15" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L15" s="6" t="s">
-        <v>117</v>
-[...3 lines deleted...]
-      </c>
+        <v>110</v>
+      </c>
+      <c r="M15" s="5"/>
     </row>
     <row r="16">
       <c r="A16" s="5" t="s">
-        <v>119</v>
+        <v>111</v>
       </c>
       <c r="B16" s="5" t="s">
-        <v>96</v>
+        <v>50</v>
       </c>
       <c r="C16" s="5" t="s">
-        <v>16</v>
+        <v>92</v>
       </c>
       <c r="D16" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F16" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G16" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H16" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H16" s="5" t="s">
+        <v>112</v>
       </c>
       <c r="I16" s="5"/>
       <c r="J16" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K16" s="5" t="s">
-        <v>120</v>
+        <v>113</v>
       </c>
       <c r="L16" s="6" t="s">
-        <v>121</v>
+        <v>114</v>
       </c>
       <c r="M16" s="5"/>
     </row>
     <row r="17">
       <c r="A17" s="5" t="s">
-        <v>122</v>
+        <v>115</v>
       </c>
       <c r="B17" s="5" t="s">
-        <v>96</v>
+        <v>50</v>
       </c>
       <c r="C17" s="5" t="s">
-        <v>16</v>
+        <v>92</v>
       </c>
       <c r="D17" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F17" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G17" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H17" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H17" s="5" t="s">
+        <v>116</v>
       </c>
       <c r="I17" s="5"/>
       <c r="J17" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K17" s="5" t="s">
-        <v>123</v>
+      <c r="K17" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L17" s="6" t="s">
-        <v>124</v>
+        <v>117</v>
       </c>
       <c r="M17" s="5"/>
     </row>
     <row r="18">
       <c r="A18" s="5" t="s">
-        <v>125</v>
+        <v>118</v>
       </c>
       <c r="B18" s="5" t="s">
-        <v>96</v>
+        <v>50</v>
       </c>
       <c r="C18" s="5" t="s">
-        <v>16</v>
+        <v>28</v>
       </c>
       <c r="D18" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F18" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G18" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H18" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I18" s="5"/>
       <c r="J18" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K18" s="5" t="s">
-        <v>126</v>
+        <v>119</v>
       </c>
       <c r="L18" s="6" t="s">
-        <v>127</v>
+        <v>120</v>
       </c>
       <c r="M18" s="5"/>
     </row>
     <row r="19">
       <c r="A19" s="5" t="s">
-        <v>128</v>
+        <v>121</v>
       </c>
       <c r="B19" s="5" t="s">
-        <v>96</v>
+        <v>50</v>
       </c>
       <c r="C19" s="5" t="s">
-        <v>16</v>
+        <v>28</v>
       </c>
       <c r="D19" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F19" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G19" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H19" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I19" s="5"/>
       <c r="J19" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K19" s="5" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="L19" s="6" t="s">
-        <v>129</v>
+        <v>123</v>
       </c>
       <c r="M19" s="5"/>
     </row>
     <row r="20">
       <c r="A20" s="5" t="s">
+        <v>124</v>
+      </c>
+      <c r="B20" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="C20" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="D20" s="5" t="s">
+        <v>38</v>
+      </c>
+      <c r="E20" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="F20" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G20" s="5" t="s">
+        <v>125</v>
+      </c>
+      <c r="H20" s="5" t="s">
+        <v>126</v>
+      </c>
+      <c r="I20" s="5" t="s">
+        <v>127</v>
+      </c>
+      <c r="J20" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="K20" s="5" t="s">
+        <v>128</v>
+      </c>
+      <c r="L20" s="6" t="s">
+        <v>129</v>
+      </c>
+      <c r="M20" s="5" t="s">
         <v>130</v>
-      </c>
-[...38 lines deleted...]
-        <v>137</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="5" t="s">
-        <v>138</v>
+        <v>131</v>
       </c>
       <c r="B21" s="5" t="s">
-        <v>96</v>
+        <v>26</v>
       </c>
       <c r="C21" s="5" t="s">
-        <v>16</v>
-[...9 lines deleted...]
-        </is>
+        <v>28</v>
+      </c>
+      <c r="D21" s="5" t="s">
+        <v>38</v>
+      </c>
+      <c r="E21" s="5" t="s">
+        <v>29</v>
       </c>
       <c r="F21" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G21" s="5" t="inlineStr">
-[...13 lines deleted...]
-        </is>
+      <c r="G21" s="5" t="s">
+        <v>132</v>
+      </c>
+      <c r="H21" s="5" t="s">
+        <v>133</v>
+      </c>
+      <c r="I21" s="5" t="s">
+        <v>134</v>
+      </c>
+      <c r="J21" s="5" t="s">
+        <v>33</v>
       </c>
       <c r="K21" s="5" t="s">
-        <v>120</v>
+        <v>135</v>
       </c>
       <c r="L21" s="6" t="s">
-        <v>139</v>
-[...1 lines deleted...]
-      <c r="M21" s="5"/>
+        <v>136</v>
+      </c>
+      <c r="M21" s="5" t="s">
+        <v>137</v>
+      </c>
     </row>
     <row r="22">
       <c r="A22" s="5" t="s">
+        <v>138</v>
+      </c>
+      <c r="B22" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="C22" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="D22" s="5" t="s">
+        <v>38</v>
+      </c>
+      <c r="E22" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="F22" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G22" s="5" t="s">
+        <v>139</v>
+      </c>
+      <c r="H22" s="5" t="s">
         <v>140</v>
       </c>
-      <c r="B22" s="5" t="s">
-[...23 lines deleted...]
-      <c r="H22" s="5" t="s">
+      <c r="I22" s="5" t="s">
         <v>141</v>
       </c>
-      <c r="I22" s="5" t="s">
+      <c r="J22" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="K22" s="5" t="s">
         <v>142</v>
       </c>
-      <c r="J22" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K22" s="5" t="s">
+      <c r="L22" s="6" t="s">
         <v>143</v>
       </c>
-      <c r="L22" s="6" t="s">
+      <c r="M22" s="5" t="s">
         <v>144</v>
-      </c>
-[...1 lines deleted...]
-        <v>145</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="5" t="s">
+        <v>145</v>
+      </c>
+      <c r="B23" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="C23" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="D23" s="5" t="s">
         <v>146</v>
       </c>
-      <c r="B23" s="5" t="s">
-[...9 lines deleted...]
-      </c>
       <c r="E23" s="5" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="F23" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G23" s="5" t="s">
+      <c r="G23" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H23" s="5" t="s">
         <v>147</v>
       </c>
-      <c r="H23" s="5" t="s">
+      <c r="I23" s="5" t="s">
         <v>148</v>
       </c>
-      <c r="I23" s="5" t="s">
+      <c r="J23" s="5" t="s">
         <v>149</v>
       </c>
-      <c r="J23" s="5" t="s">
+      <c r="K23" s="5" t="s">
         <v>150</v>
       </c>
-      <c r="K23" s="5" t="s">
+      <c r="L23" s="6" t="s">
         <v>151</v>
       </c>
-      <c r="L23" s="6" t="s">
+      <c r="M23" s="5" t="s">
         <v>152</v>
-      </c>
-[...1 lines deleted...]
-        <v>153</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="5" t="s">
+        <v>153</v>
+      </c>
+      <c r="B24" s="5" t="s">
         <v>154</v>
       </c>
-      <c r="B24" s="5" t="s">
+      <c r="C24" s="5" t="s">
+        <v>38</v>
+      </c>
+      <c r="D24" s="5" t="s">
         <v>155</v>
       </c>
-      <c r="C24" s="5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E24" s="5" t="s">
-        <v>17</v>
+        <v>29</v>
       </c>
       <c r="F24" s="5" t="s">
         <v>18</v>
       </c>
       <c r="G24" s="5" t="s">
+        <v>156</v>
+      </c>
+      <c r="H24" s="5" t="s">
         <v>157</v>
       </c>
-      <c r="H24" s="5" t="s">
+      <c r="I24" s="5" t="s">
         <v>158</v>
       </c>
-      <c r="I24" s="5" t="s">
+      <c r="J24" s="5" t="s">
         <v>159</v>
       </c>
-      <c r="J24" s="5" t="s">
+      <c r="K24" s="5" t="s">
         <v>160</v>
       </c>
-      <c r="K24" s="5" t="s">
+      <c r="L24" s="6" t="s">
         <v>161</v>
       </c>
-      <c r="L24" s="6" t="s">
+      <c r="M24" s="5" t="s">
         <v>162</v>
-      </c>
-[...1 lines deleted...]
-        <v>163</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="5" t="s">
+        <v>163</v>
+      </c>
+      <c r="B25" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="C25" s="5" t="s">
+        <v>38</v>
+      </c>
+      <c r="D25" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F25" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G25" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H25" s="5" t="s">
         <v>164</v>
       </c>
-      <c r="B25" s="5" t="s">
-[...16 lines deleted...]
-      <c r="G25" s="5" t="s">
+      <c r="I25" s="5"/>
+      <c r="J25" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="K25" s="5" t="s">
         <v>165</v>
       </c>
-      <c r="H25" s="5" t="s">
+      <c r="L25" s="6" t="s">
         <v>166</v>
       </c>
-      <c r="I25" s="5" t="s">
+      <c r="M25" s="5" t="s">
         <v>167</v>
-      </c>
-[...10 lines deleted...]
-        <v>170</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="5" t="s">
+        <v>168</v>
+      </c>
+      <c r="B26" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="C26" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="D26" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="E26" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="F26" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G26" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H26" s="5" t="s">
+        <v>169</v>
+      </c>
+      <c r="I26" s="5" t="s">
+        <v>170</v>
+      </c>
+      <c r="J26" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="K26" s="5" t="s">
         <v>171</v>
       </c>
-      <c r="B26" s="5" t="s">
-[...5 lines deleted...]
-      <c r="D26" s="5" t="s">
+      <c r="L26" s="6" t="s">
         <v>172</v>
       </c>
-      <c r="E26" s="5" t="s">
-[...2 lines deleted...]
-      <c r="F26" s="5" t="s">
+      <c r="M26" s="5" t="s">
         <v>173</v>
-      </c>
-[...21 lines deleted...]
-        <v>179</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="5" t="s">
-        <v>180</v>
+        <v>174</v>
       </c>
       <c r="B27" s="5" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="C27" s="5" t="s">
-        <v>16</v>
+        <v>38</v>
       </c>
       <c r="D27" s="5" t="s">
-        <v>34</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>28</v>
+      </c>
+      <c r="E27" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F27" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G27" s="5" t="s">
-        <v>181</v>
+      <c r="G27" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H27" s="5" t="s">
-        <v>182</v>
+        <v>175</v>
       </c>
       <c r="I27" s="5" t="s">
-        <v>183</v>
+        <v>176</v>
       </c>
       <c r="J27" s="5" t="s">
-        <v>22</v>
+        <v>33</v>
       </c>
       <c r="K27" s="5" t="s">
-        <v>184</v>
+        <v>177</v>
       </c>
       <c r="L27" s="6" t="s">
-        <v>185</v>
+        <v>178</v>
       </c>
       <c r="M27" s="5" t="s">
-        <v>186</v>
+        <v>179</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="5" t="s">
+        <v>180</v>
+      </c>
+      <c r="B28" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="C28" s="5" t="s">
+        <v>62</v>
+      </c>
+      <c r="D28" s="5" t="s">
+        <v>181</v>
+      </c>
+      <c r="E28" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="F28" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G28" s="5" t="s">
+        <v>182</v>
+      </c>
+      <c r="H28" s="5" t="s">
+        <v>183</v>
+      </c>
+      <c r="I28" s="5"/>
+      <c r="J28" s="5" t="s">
+        <v>184</v>
+      </c>
+      <c r="K28" s="5" t="s">
+        <v>185</v>
+      </c>
+      <c r="L28" s="6" t="s">
+        <v>186</v>
+      </c>
+      <c r="M28" s="5" t="s">
         <v>187</v>
       </c>
-      <c r="B28" s="5" t="s">
-[...5 lines deleted...]
-      <c r="D28" s="5" t="s">
+    </row>
+    <row r="29">
+      <c r="A29" s="5" t="s">
         <v>188</v>
       </c>
-      <c r="E28" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F28" s="5" t="s">
+      <c r="B29" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="C29" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="D29" s="5" t="s">
+        <v>38</v>
+      </c>
+      <c r="E29" s="5" t="s">
         <v>189</v>
       </c>
-      <c r="G28" s="5" t="s">
+      <c r="F29" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G29" s="5" t="s">
         <v>190</v>
       </c>
-      <c r="H28" s="5" t="s">
+      <c r="H29" s="5" t="s">
         <v>191</v>
       </c>
-      <c r="I28" s="5" t="s">
+      <c r="I29" s="5" t="s">
         <v>192</v>
       </c>
-      <c r="J28" s="5" t="s">
+      <c r="J29" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="K29" s="5" t="s">
         <v>193</v>
       </c>
-      <c r="K28" s="5" t="s">
+      <c r="L29" s="6" t="s">
         <v>194</v>
       </c>
-      <c r="L28" s="6" t="s">
+      <c r="M29" s="5" t="s">
         <v>195</v>
-      </c>
-[...42 lines deleted...]
-        <v>203</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="5" t="s">
-        <v>204</v>
+        <v>145</v>
       </c>
       <c r="B30" s="5" t="s">
-        <v>96</v>
+        <v>26</v>
       </c>
       <c r="C30" s="5" t="s">
-        <v>16</v>
-[...9 lines deleted...]
-        </is>
+        <v>28</v>
+      </c>
+      <c r="D30" s="5" t="s">
+        <v>196</v>
+      </c>
+      <c r="E30" s="5" t="s">
+        <v>29</v>
       </c>
       <c r="F30" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G30" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H30" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H30" s="5" t="s">
+        <v>197</v>
       </c>
       <c r="I30" s="5"/>
-      <c r="J30" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="J30" s="5" t="s">
+        <v>149</v>
+      </c>
+      <c r="K30" s="5" t="s">
+        <v>198</v>
       </c>
       <c r="L30" s="6" t="s">
-        <v>205</v>
-[...1 lines deleted...]
-      <c r="M30" s="5"/>
+        <v>199</v>
+      </c>
+      <c r="M30" s="5" t="s">
+        <v>200</v>
+      </c>
     </row>
     <row r="31">
       <c r="A31" s="5" t="s">
+        <v>201</v>
+      </c>
+      <c r="B31" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="C31" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="D31" s="5" t="s">
+        <v>146</v>
+      </c>
+      <c r="E31" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="F31" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G31" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H31" s="5" t="s">
+        <v>202</v>
+      </c>
+      <c r="I31" s="5" t="s">
+        <v>203</v>
+      </c>
+      <c r="J31" s="5" t="s">
+        <v>149</v>
+      </c>
+      <c r="K31" s="5" t="s">
+        <v>204</v>
+      </c>
+      <c r="L31" s="6" t="s">
+        <v>205</v>
+      </c>
+      <c r="M31" s="5" t="s">
         <v>206</v>
       </c>
-      <c r="B31" s="5" t="s">
-[...5 lines deleted...]
-      <c r="D31" s="5" t="s">
+    </row>
+    <row r="32">
+      <c r="A32" s="5" t="s">
         <v>207</v>
       </c>
-      <c r="E31" s="5" t="s">
-[...7 lines deleted...]
-      <c r="G31" s="5" t="s">
+      <c r="B32" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="C32" s="5" t="s">
+        <v>93</v>
+      </c>
+      <c r="D32" s="5" t="s">
+        <v>92</v>
+      </c>
+      <c r="E32" s="5" t="s">
         <v>208</v>
       </c>
-      <c r="H31" s="5" t="s">
+      <c r="F32" s="5" t="s">
         <v>209</v>
       </c>
-      <c r="I31" s="5"/>
-      <c r="J31" s="5" t="s">
+      <c r="G32" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H32" s="5" t="s">
         <v>210</v>
       </c>
-      <c r="K31" s="5" t="s">
+      <c r="I32" s="5" t="s">
         <v>211</v>
       </c>
-      <c r="L31" s="6" t="s">
+      <c r="J32" s="5" t="s">
         <v>212</v>
       </c>
-      <c r="M31" s="5" t="s">
+      <c r="K32" s="5" t="s">
         <v>213</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A32" s="5" t="n">
+      <c r="L32" s="6" t="s">
+        <v>214</v>
+      </c>
+      <c r="M32" s="5" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" s="5" t="n">
         <v>1924</v>
       </c>
-      <c r="B32" s="5" t="s">
-[...36 lines deleted...]
-      <c r="M32" s="5" t="s">
+      <c r="B33" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="C33" s="5" t="s">
+        <v>62</v>
+      </c>
+      <c r="D33" s="5" t="s">
+        <v>181</v>
+      </c>
+      <c r="E33" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="F33" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G33" s="5" t="s">
         <v>216</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A33" s="5" t="s">
+      <c r="H33" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I33" s="5"/>
+      <c r="J33" s="5" t="s">
+        <v>184</v>
+      </c>
+      <c r="K33" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L33" s="6" t="s">
         <v>217</v>
       </c>
-      <c r="B33" s="5" t="s">
-[...8 lines deleted...]
-      <c r="E33" s="5" t="s">
+      <c r="M33" s="5" t="s">
         <v>218</v>
-      </c>
-[...24 lines deleted...]
-        <v>224</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="5" t="s">
+        <v>219</v>
+      </c>
+      <c r="B34" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="C34" s="5" t="s">
+        <v>220</v>
+      </c>
+      <c r="D34" s="5" t="s">
+        <v>92</v>
+      </c>
+      <c r="E34" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="F34" s="5" t="s">
+        <v>221</v>
+      </c>
+      <c r="G34" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H34" s="5" t="s">
+        <v>222</v>
+      </c>
+      <c r="I34" s="5" t="s">
+        <v>223</v>
+      </c>
+      <c r="J34" s="5" t="s">
+        <v>224</v>
+      </c>
+      <c r="K34" s="5" t="s">
         <v>225</v>
       </c>
-      <c r="B34" s="5" t="s">
+      <c r="L34" s="6" t="s">
         <v>226</v>
       </c>
-      <c r="C34" s="5" t="s">
+      <c r="M34" s="5" t="s">
         <v>227</v>
-      </c>
-[...30 lines deleted...]
-        <v>234</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="5" t="s">
+        <v>228</v>
+      </c>
+      <c r="B35" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="C35" s="5" t="s">
+        <v>39</v>
+      </c>
+      <c r="D35" s="5" t="s">
+        <v>92</v>
+      </c>
+      <c r="E35" s="5" t="s">
+        <v>229</v>
+      </c>
+      <c r="F35" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G35" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H35" s="5" t="s">
+        <v>230</v>
+      </c>
+      <c r="I35" s="5" t="s">
+        <v>231</v>
+      </c>
+      <c r="J35" s="5" t="s">
+        <v>232</v>
+      </c>
+      <c r="K35" s="5" t="s">
+        <v>233</v>
+      </c>
+      <c r="L35" s="6" t="s">
+        <v>234</v>
+      </c>
+      <c r="M35" s="5" t="s">
         <v>235</v>
       </c>
-      <c r="B35" s="5" t="s">
-[...25 lines deleted...]
-      <c r="H35" s="5" t="s">
+    </row>
+    <row r="36">
+      <c r="A36" s="5" t="s">
         <v>236</v>
       </c>
-      <c r="I35" s="5"/>
-[...5 lines deleted...]
-      <c r="K35" s="5" t="s">
+      <c r="B36" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="C36" s="5" t="s">
+        <v>93</v>
+      </c>
+      <c r="D36" s="5" t="s">
+        <v>92</v>
+      </c>
+      <c r="E36" s="5" t="s">
+        <v>208</v>
+      </c>
+      <c r="F36" s="5" t="s">
+        <v>209</v>
+      </c>
+      <c r="G36" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H36" s="5" t="s">
         <v>237</v>
       </c>
-      <c r="L35" s="6" t="s">
+      <c r="I36" s="5" t="s">
         <v>238</v>
       </c>
-      <c r="M35" s="5"/>
-[...8 lines deleted...]
-      <c r="C36" s="5" t="s">
+      <c r="J36" s="5" t="s">
         <v>239</v>
       </c>
-      <c r="D36" s="5" t="s">
+      <c r="K36" s="5" t="s">
         <v>240</v>
       </c>
-      <c r="E36" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F36" s="5" t="s">
+      <c r="L36" s="6" t="s">
         <v>241</v>
       </c>
-      <c r="G36" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H36" s="5" t="s">
+      <c r="M36" s="5" t="s">
         <v>242</v>
-      </c>
-[...13 lines deleted...]
-        <v>247</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="5" t="s">
+        <v>243</v>
+      </c>
+      <c r="B37" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="C37" s="5" t="s">
+        <v>244</v>
+      </c>
+      <c r="D37" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E37" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="F37" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G37" s="5" t="s">
+        <v>245</v>
+      </c>
+      <c r="H37" s="5" t="s">
+        <v>246</v>
+      </c>
+      <c r="I37" s="5" t="s">
+        <v>247</v>
+      </c>
+      <c r="J37" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="K37" s="5" t="s">
         <v>248</v>
       </c>
-      <c r="B37" s="5" t="s">
-[...21 lines deleted...]
-      <c r="H37" s="5" t="s">
+      <c r="L37" s="6" t="s">
         <v>249</v>
       </c>
-      <c r="I37" s="5" t="s">
+      <c r="M37" s="5" t="s">
         <v>250</v>
-      </c>
-[...10 lines deleted...]
-        <v>254</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="5" t="s">
-        <v>248</v>
+        <v>251</v>
       </c>
       <c r="B38" s="5" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="C38" s="5" t="s">
-        <v>16</v>
+        <v>38</v>
       </c>
       <c r="D38" s="5" t="s">
+        <v>252</v>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F38" s="5" t="s">
+        <v>253</v>
+      </c>
+      <c r="G38" s="5" t="s">
+        <v>254</v>
+      </c>
+      <c r="H38" s="5" t="s">
         <v>255</v>
       </c>
-      <c r="E38" s="5" t="s">
-[...12 lines deleted...]
-      <c r="H38" s="5" t="s">
+      <c r="I38" s="5" t="s">
         <v>256</v>
       </c>
-      <c r="I38" s="5"/>
       <c r="J38" s="5" t="s">
-        <v>251</v>
+        <v>257</v>
       </c>
       <c r="K38" s="5" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="L38" s="6" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="M38" s="5" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="5" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="B39" s="5" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="C39" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="D39" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D39" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E39" s="5" t="s">
-        <v>17</v>
-[...1 lines deleted...]
-      <c r="F39" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="F39" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G39" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H39" s="5" t="s">
         <v>262</v>
       </c>
-      <c r="G39" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H39" s="5" t="s">
+      <c r="I39" s="5" t="s">
         <v>263</v>
       </c>
-      <c r="I39" s="5" t="s">
+      <c r="J39" s="5" t="s">
         <v>264</v>
       </c>
-      <c r="J39" s="5" t="s">
+      <c r="K39" s="5" t="s">
         <v>265</v>
       </c>
-      <c r="K39" s="5" t="s">
+      <c r="L39" s="6" t="s">
         <v>266</v>
       </c>
-      <c r="L39" s="6" t="s">
+      <c r="M39" s="5" t="s">
         <v>267</v>
-      </c>
-[...1 lines deleted...]
-        <v>268</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="5" t="s">
+        <v>268</v>
+      </c>
+      <c r="B40" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="C40" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="D40" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="E40" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="F40" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G40" s="5" t="s">
         <v>269</v>
       </c>
-      <c r="B40" s="5" t="s">
-[...8 lines deleted...]
-      <c r="E40" s="5" t="s">
+      <c r="H40" s="5" t="s">
         <v>270</v>
       </c>
-      <c r="F40" s="5" t="s">
+      <c r="I40" s="5" t="s">
         <v>271</v>
       </c>
-      <c r="G40" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H40" s="5" t="s">
+      <c r="J40" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="K40" s="5" t="s">
         <v>272</v>
       </c>
-      <c r="I40" s="5" t="s">
+      <c r="L40" s="6" t="s">
         <v>273</v>
       </c>
-      <c r="J40" s="5" t="s">
+      <c r="M40" s="5" t="s">
         <v>274</v>
-      </c>
-[...7 lines deleted...]
-        <v>277</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="5" t="s">
+        <v>275</v>
+      </c>
+      <c r="B41" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="C41" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="D41" s="5" t="s">
+        <v>276</v>
+      </c>
+      <c r="E41" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="F41" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G41" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H41" s="5" t="s">
+        <v>277</v>
+      </c>
+      <c r="I41" s="5" t="s">
         <v>278</v>
       </c>
-      <c r="B41" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C41" s="5" t="s">
+      <c r="J41" s="5" t="s">
         <v>279</v>
       </c>
-      <c r="D41" s="5" t="s">
-[...5 lines deleted...]
-      <c r="F41" s="5" t="s">
+      <c r="K41" s="5" t="s">
         <v>280</v>
       </c>
-      <c r="G41" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H41" s="5" t="s">
+      <c r="L41" s="6" t="s">
         <v>281</v>
       </c>
-      <c r="I41" s="5" t="s">
+      <c r="M41" s="5" t="s">
         <v>282</v>
-      </c>
-[...10 lines deleted...]
-        <v>286</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="5" t="s">
+        <v>283</v>
+      </c>
+      <c r="B42" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="C42" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="D42" s="5" t="s">
+        <v>284</v>
+      </c>
+      <c r="E42" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="F42" s="5" t="s">
+        <v>285</v>
+      </c>
+      <c r="G42" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H42" s="5" t="s">
+        <v>286</v>
+      </c>
+      <c r="I42" s="5" t="s">
         <v>287</v>
       </c>
-      <c r="B42" s="5" t="s">
-[...21 lines deleted...]
-      <c r="H42" s="5" t="s">
+      <c r="J42" s="5" t="s">
         <v>288</v>
       </c>
-      <c r="I42" s="5" t="s">
+      <c r="K42" s="5" t="s">
         <v>289</v>
       </c>
-      <c r="J42" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K42" s="5" t="s">
+      <c r="L42" s="6" t="s">
         <v>290</v>
       </c>
-      <c r="L42" s="6" t="s">
+      <c r="M42" s="5" t="s">
         <v>291</v>
       </c>
-      <c r="M42" s="5" t="s">
+    </row>
+    <row r="43">
+      <c r="A43" s="5" t="n">
+        <v>1928</v>
+      </c>
+      <c r="B43" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="C43" s="5" t="s">
         <v>292</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A43" s="5" t="s">
+      <c r="D43" s="5" t="s">
+        <v>146</v>
+      </c>
+      <c r="E43" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F43" s="5" t="s">
         <v>293</v>
-      </c>
-[...13 lines deleted...]
-        <v>271</v>
       </c>
       <c r="G43" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H43" s="5" t="s">
         <v>294</v>
       </c>
       <c r="I43" s="5" t="s">
         <v>295</v>
       </c>
       <c r="J43" s="5" t="s">
         <v>296</v>
       </c>
       <c r="K43" s="5" t="s">
         <v>297</v>
       </c>
       <c r="L43" s="6" t="s">
         <v>298</v>
       </c>
       <c r="M43" s="5" t="s">
         <v>299</v>
       </c>
     </row>