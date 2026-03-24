--- v1 (2026-02-01)
+++ v2 (2026-03-24)
@@ -44,138 +44,142 @@
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
   <si>
     <t>Arkivplacering</t>
   </si>
   <si>
     <t>Dokumentindhold</t>
   </si>
   <si>
     <t>URL</t>
   </si>
   <si>
     <t>Transskription</t>
   </si>
   <si>
-    <t>1927-05-29</t>
-[...11 lines deleted...]
-    <t>Hjørring</t>
+    <t>1886-12-03</t>
+  </si>
+  <si>
+    <t>Brev</t>
+  </si>
+  <si>
+    <t>Vilhelmine  Larsen</t>
+  </si>
+  <si>
+    <t>Johannes Larsen</t>
+  </si>
+  <si>
+    <t>Kerteminde</t>
   </si>
   <si>
     <t>København</t>
   </si>
   <si>
-    <t>Holger Drachmann
-[...1 lines deleted...]
-Peder Severin Krøyer
+    <t>Albuen
+Långaryd Sverige
+Los Angeles Californien
+Vor Frue Kirke Nyborg</t>
+  </si>
+  <si>
+    <t>Frøken Bendal
+Poul Boisen
+Ane Marie Christiansdatter
+Christian Clausen
+Margrethe  Eckardt
+Anesine Frölich
+- Gad, Frøken
+Charles Godtfredsen
+Knud Klauman
+Adolph Larsen
+Georg Larsen
+Jeppe Andreas Larsen
+Marie Larsen
+Peter Larsen
+Vilhelm Larsen
+- Petersen, Pastor
+Hans Poulsen
+Elisabeth Storm
 Christine Swane</t>
   </si>
   <si>
-    <t>Det var højst sandsynligt Lasses far, Sigurd Swane, som tilføjede kommentaren: Det går godt med Lasse.</t>
-[...24 lines deleted...]
-[Skrevet på hovedet på kortets bagside:] Det gaar godt med Lasse</t>
+    <t>Den nye præst i valgmenigheden er tiltrådt.
+Den store ildebrand refererer muligvis til de to gårde, der brændte i Dræby i november samme år.
+Den lille kammerherre kommer muligvis fra Hverringe.</t>
+  </si>
+  <si>
+    <t>Det Kongelige Bibliotek</t>
+  </si>
+  <si>
+    <t>Adolph var meget ked af at Mollerup rejste hjem. Der er sendt blomster til at pynte op med i præstegården. Familien i Amerika vil gerne have nogle af Johannes Larsens billeder og tegninger. Skonnerten Rigmor er strandet.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/jLjW</t>
+  </si>
+  <si>
+    <t>Kjerteminde den 3 December 1886.
+Kjæreste Johannes. 
+Nu er det snart Søndag igjen og jeg har endnu ikke hørt en Stavelse fra Dig andet end det Par Linier i Maries Brev, jeg kan godt huske nu du bad om Frimærker, men her var ingen i Øjeblikket og saa tænkte jeg , at Du nok for en Gang vilde offre 10 Øre til et Brev. Dit Tøj naaede vi ikke at faa færdigt til Posttid; men saa sender vi det nu med Dampskibet tilligemed alle de andre Ting af Malernes, men jeg haaber at saadanne smaa Pakker bliver sendte om, ellers maa du løbe med [papir mangler] dem selv.
+Det er endnu ikke som[papir mangler] ske med Georg; men idag [papir mangler] at Søndag skal blive saa god,[papir mangler] komme lidt op; Du kan tro [papir mangler] sig om hvor har han bedt vor Herre at han dog vilde give ham sit Helbred og lade ham blive rask til Julen, at han og jeg kunde samles med Eder i Stuerne til fælles Glæde for os Alle, ja det skal blive herligt at være raske Gud Fader bevare dog alle os Andre, det ved jeg, at Du ogsaa beder om Johannes idag gav jeg Skomager Klausen Bestilling paa et Par Vandstøvler til dig og Fader han begynder nu i næste Uge maaske du kan faa dem med Dampskibet næste Gang at du kan faa noget varmt til Fødderne – skriv om denne Uldtrøje passer saa vil Farmor strikke flere men husk nu og sig om du kan lide Ærmerne saa lange
+Jeg tænker du blev meget glad ved at faa Mollerup hjem det gode kjærlige Menneske som vi alle holder saa meget ad tænk dig Adolphs Sorg var saa dyb at han maatte sidde paa Skjød hos Margrethe og mig for rigtig at græde ud og senere hos sin Fader – han blev saa ved at tale om Duerne som skulde skynde sig at faa [Unger] saa mente han vist at samtidig [papir mangler] Mollerup igjen til Kjerteminde [papir mangler] er en lille hjærtelig Dreng og hvor [papir mangler] dag har Svar paa rede Haand, her var Bud [papir mangler] [Frøken] Gad om vi vilde være med at pynte [papir mangler] uset i Præstegården, jeg sendte saa min [papir mangler] Nerium en Vironika og Børnene en hver af deres Blomster, saa kom jo Adolph ”hvor skal de hen” om i Præstegaarden hvorfor skal Bojesen have dem? Fru Storm var jo straks til Rede med Oplysninger ”for han er saadan en rar mand lille Adolph og saa tror han jo paa vor Herre ( ja men Fru Storm, det gjør vi jo ogsaa)
+Margrethe var nærværende og fortalte [papir mangler] klædte denne lille Unge at komme med dette hurtige Svar – Hilsen fra ham og alle de andre Børn som glæder sig til Julen over al Maade. Gud Fader lægge sin Velsignelse til at det i sin Heelhed maa blive et fornøjeligt Gjensyn – 
+Hils nu Mollerup Johannes og bed ham gjennem Dig sige os om det kom godt derover jeg seer jo nok han holder ikke af at skrive saa det kan godt ende med at sige Dig Besked, Fru Storm er særlig ængstelig og mener, at jeg ikke har været forsigtig nok med Indpakningen af det udskårne [papir mangler] nu nok om det min Ven [papir mangler] mig nu en hel Deel paa [papir mangler]
+Her har været Brev fra Amer[ika][papir mangler] og de beder stadig om Moren maa [papir mangler] nogle af dine Malerier eller [Tegninger] saa skal hun sende dig nogle af sine; det er idag Moster Sines Fødselsdag og jeg vil nu skrive til hende saa lover jeg naar du kommer hjem skal vi nok glæde hende med nogle af dine Arbejder…
+[Skonnert] Rigmor er strandet forrige Søndag paa Albuen ved Nakskov det kostede 25,00 Kroner at faa den flot og om til Nyborg Havn Fader rejser vist derind i Aften for at se Skaden; det er uheldigt med den Skibsfart. Husk at fortælle Mollerup at Drengene fik dygtig Skjænd da de kom i Skole den Dag de bleve fotograferede Pastor Petersen var vred for Alvor saa kjender du Besked først fik Peder Larsen saa vores Vilhelm, Nielsen og senest kom den lille Kammerherre; men han blev vist udenfor? Dig har jeg aldeles ingen Brug for denne Time skrup ud paa Gangen, saadan noget Gøgl det Thema varierede han mestens over Du har vel hørt om den store Ildebrand og maaske vi ogsaa skal [sælge] en Deel dertil – 
+[papir mangler] er Klokken mange og du faar [papir mangler] ogsaa idag et helt Papir fuldt [papir mangler] sød og kjær og skrive mig[papir mangler] Brev til – [papir mangler] Frøken Bendal og Poulsen og Klaumann, her er stadig Brev efter Faer til Sverrig, men den arme Mand her er saa travlt at før vi faar Georg op kan han vist ikke komme afsted. Nu Gud være med Dig mit elskede barn og Han bevare dig og give Dig Glæde af dit Arbejde Din trofaste Moder</t>
   </si>
   <si>
     <t>1890-08-03</t>
-  </si>
-[...10 lines deleted...]
-    <t>Kerteminde</t>
   </si>
   <si>
     <t>Långaryd
 Hjørring
 Stockholm
 København</t>
   </si>
   <si>
     <t>- Algren Petersen
 Christian Eckardt
 - Grønning
 Johannes Klein
 Adolph Larsen
 Marie Larsen
 Vilhelm Larsen
 Christine Swane</t>
   </si>
   <si>
     <t>Johannes Larsen aftjener, på dette tidspunkt, sin værnepligt i København. Båxhult er en af familien Larsens gårde i Sverige. Giverbo er muligvis en lille gård i nærheden af Båxhult. "Fremtiden" er en forsørgelsesforening (stiftet 1865) for mænd og kvinder, hvis hovedbeskæftigelse er litteratur, undervisning, kunst og polyteknik. Hovedsagen er alderdomsforsørgelse og enkepension. Der gives også lån, husleje- og begravelseshjælp.(Wikipedia)
 Det er uvist, hvilken udstilling Klein har deltaget i.</t>
-  </si>
-[...1 lines deleted...]
-    <t>Det Kongelige Bibliotek</t>
   </si>
   <si>
     <t>Tre af Johannes Larsens søskende er på Båxhult i Sverige. Forældrene skal også derover, men når ikke at mødes med Johannes før på hjemrejsen. Chr. Eckardt har solgt et billede for 200 kr. og fået ødelagt et andet under transport.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/aZbI</t>
   </si>
   <si>
     <t>Kjerteminde den 3 August 1890 [Skrevet på tværs ved datoen]
 Kjærlig Hilsen fra Alle – din Moder
 Kjære Johannes!
 Vi har ligenu modtaget Dit Brev og er glade at Du er rask det er Hovedsagen den Ømhed gaar nok over igjen jeg lider af det samme i disse Dage efter en ordentlig Reengjøring i Haven, men nu er den ogsaa smuk kan du tro i denne dejlige Sommerdag, nu i Ugen skal vi høste Rugen. Høet er altsammen stakket og uden Regn.
 Fra Sverrig er Brevene meget fornøjelige Klaks skyder fremdeles gik forleden Dag til Boxhult og mødte paa 10 Alens Afstand en Tjur men huskede saa paa at den ikke maatte skydes men møder jeg én en Gang til saa svarer jeg ikke for mig selv uden at jeg brænder paa
 Fiske gjør de jo hver Dag men smaa Fiske derfor skal vi nu have en Baad ud Søen ved Giverbo
 Christine er dog helt vel ved det nu der er jo heller ikke længe til vi sees
 Du skriver intet om Orlov det er vel umuligt. Jeg skal nok sørge for Sko med det første det er da godt du har Fritid lidt om Aftenen saa du kan gaa ud at trække lidt frisk Luft og besøge Bekjendte taler du med Herr Grønning Johannes?
 Algren seer jævnlig herind og hjælper med Graagjæssene nu er den lille fuldstændig rask men nu er Hannen daarlig ikke i Benene men afkræftet Algren mente den fik ikke Føde nok i Stranden saa de ere i dag stærkt i Arbejde med at fange Orm ind til den nu kom Adolph med bare Been saa skal jeg ud at høre hvordan den er tilpas i Aften – den var gaaet op ovre ved Sandrevlen og omlidt skal de ud at hente dem hjem for det er jo ikke værdt at den bliver ude om Natten ja der er Travlhed, faa ham til at skrive enten til Dig eller til Sverrig det er en [Umulighed?/ Unseelighed?]
 Sildefangsten er det smaat med iaften er de ikke gaaede ud nu ventes der paa en mørk Maane – om det saa maa lykkes.
 Fortæl hvad I spiser til Middag Johannes det vilde vi dog gjerne vide Eckardt har solgt et Billede op til Hjørring til 200 Kr men de gik til Afbetaling dog saa var det Hul lukket
 Han har ogsaa faaet Tilsagn fra Kunstforeningen eller Fremtiden jeg ved ikke hvilket om 100 Kr aarlig er det ikke herligt et Uheld havde han med et Billede der kom til Stokholm undervejs var der slaaet et Hul i Luften som var nu bleven udbedret men ikke til at udstille og maatte tilbagesendes – Udgiften 60-70 Kr – ja der er mange Besværligheder
 Marie er glad ved at være derovre i Sverrig hun vaagner hver Dag Kl 5 a 6 og laver saa Kaffe og spadserer i Forening i Skovene
 Jeg hørte igaar Johannes, at Klejn havde et Billede paa Udstillingen der har staaet saa rosende omtalt at det omtrænt var noget af det bedste paa Udstillingen naar det blot havde faaet en god Plads, sig mig om det er sandt og hvad Stykket forestillede?
 Vi skal nu vaske imorgen saa faar jeg travlt derfor skriver jeg iaften; vi rejser vist til Kjøbenhavn men vi faar dig vel slet ikke at se kommer vi med Aftentoget er du i Seng og kommer vi om Morgenen er du til Øvelse – det er jammerligt men saa paa Hjemtouren faar jeg blive der en Dagstid det er vistnok Tanken at jeg skal blive og følges med [Klaks?] til hans Ferie er udløben den 18
 Lev vel kjære Johannes og Gud befalet; Jeg sender med Skoene 2 Par Strømper her ligger til Dig
 er der ellers noget du ønsker?</t>
@@ -207,417 +211,367 @@
 Alfred Rottbøll
 Albrecht  Warberg
 Astrid Warberg-Goldschmidt</t>
   </si>
   <si>
     <t>Det er uvist hvem Marie Madsen er og hvor hun havde en lejlighed. Det er uvist, hvem fru Blom er.
 Gravitetisk betyder værdig, højtidelig i flg. Den Store Danske</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv</t>
   </si>
   <si>
     <t>Det er karnevalstid i Firenze. Alhed har set på de mange optog. Hun rejser hjem til Danmark om ca. 1½ måned. Selvom hun er sparsommelig, er der gået en del penge til tøj og turen til Rom.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/4DgT</t>
   </si>
   <si>
     <t>Kæreste Mor!
 Tak for Dit Brev, som jeg fik i Gaar. Jeg tænkte lidt paa at besvare det strax, men da jeg skulde til Skvardo, hvor jeg jo er næsten hver Søndag fra Lørdag til Mandag, kunde jeg ikke faa Tid til det. Nu er det Søndag Aften, jeg gik ned til Byen i Eftermiddag for at mødes med de andre, vi skulde ud at se om der var nogen Karnevalslystigheder. Og det kan I stole paa, der var. Vi har [overstreget: h] moret os aldeles glimrende og set Folkeliv og Humør i Gaderne, som vi aldrig har set Magen til før. Folk gaar eller kører omkring i Gaderne i Maskeradedragter og alle aldeles bortseende fra Rang og Stand bombardere hinanden med Konfekt, Brystsukker i Papir, Buketter og smaa kulørte Papirstumper, det saakaldte ”Konfetti”. Folk staa opstillede i Gaderne (aldeles som vi i sin Tid stod i Østergade og ventede paa Kejseren) og bombarderer dels hinanden indbyrdes og dels Ekvipagerne, der køre forbi ganske langsomt paa Gr. af den stærke Trængsel. Vi saa storartede smaa Optrin; naar f.Ex. et rigtig gravitetisk og aristokratisk Par kom forbi i en flot opslaaet Landauer og blev rigtig overhældt med alle Slags, saa var det kosteligt at se en flok snavsede Gadedrenge klatre som vildkatte op i Vognen og pille Konfekten af dem. Vi stod en lang Tid udenfor en Konfekthandel og den blev en Gang formelig stormet af en Flok halvvoxne Gadedrenge der med vilde Hyl trængte ind for at faa noget. Vi baade kastede og fik en hel Del og morede os som sagt kongeligt. Berta og jeg uddannede os særlig til at snuppe Knaphulsbuketter fra de omstaaende, og saa solgte vi Blomster til andre mod Konfekt samt til at ramme Politibetjente i Hovedet. – Det varer endnu i Morgen og i Overmorgen og vi glæde os vældig. – Her er almindelig Karnevalsstemning over det hele. I Torsdags var vi oppe hos Konsulens til et meget animeret lille Selskab og vi havde selv et lignende et Par Dage før. Foruden os og Konsulens kun Beckett og Maleren Ring, vi danne et lille Komplot, der holde sammen, særlig i disse Dage. - - - Du skriver, at det da maa blive svært at sige Farvel til Firenze og Italien. Ja, det er sandelig ogsaa med meget blandede Følelser, at jeg forlader det, jeg gruer frygtelig for at sige Farvel til dette og glæder mig forfærdelig til at komme hjem. Jeg maa jo se et Sted midt i Tyskland at faa Sorgen overvunden og hengive mig til Glæden. Hvornaar det bliver, ved jeg ikke bestemt, det bliver nu nok ikke før hen i April, da fru Rottbøll har inviteret mig derop en 14 Dages Tid; er det [indsat: ikke] brillant? Og det bliver vist ogsaa umuligt at rejse før for Is og Sne, det varer vel længe, inden den bryder op og saa siger de[udstreget: t], at det den første Tid er farligt at rejse, da Vandet, der kommer ned fra Bjærgene ødelægger Jernbanebroerne. – Efter min Beregning har jeg endnu [indsat: c] 100 Lire foruden 150 at rejse hjem for altsaa til en Maanedstid og lidt til Afrejsen f. Ex. Kuffert og andre Nødvendighedsgenstande. – Du skrev i Dit forrige Brev noget om 250 Kr. som gjorde [tilføjet: mig] meget betænkelig; jeg har rigtignok beregnet noget mere. Du skrev i Efteraaret ”Nu faar Du 300 Kr foruden vel c. 50 til Klæder?” og saa skrev jeg i mit næste Brev, at det var jo brillant, men jeg vilde rigtignok vældig gærne have 100 til Klæder, da det var[indsat: det] mindste jeg kom til at bruge; og jeg har ogsaa brugt meget mere nemlig over 150 siden i Efteraaret; det er meget, men tænk paa 1 helt ny[udstreget: e] Kjole, Slag, to andre Kjoler syet med Fløjl og Tillæg, Hat, Fodtøj, Uldtøj Handsker o.s.v. - - Hvis der nu skulde være en Misforstaaelse, saa det bliver galt, vilde jeg rigtignok være_ forfærdelig_ ked af det baade for Far og fordi jeg virkelig har sparet saa vældig hele Tiden, og jeg fører sammen med Berta et nøjagtigt Regnskab over hver Øre, vi give ud. – Brevet har jeg vist ikke, men Berta læste det ogsaa og er aldeles sikker paa det. Men hvis Du havde ment 200 foruden Klær, havde det jo ikke en Gang været til Romer- og Hjemrejse endsige til længere Ophold, saa det er vel rigtig. --- Du skriver til sidst noget om mulig at faa en ung Pige igen, saa jeg kunde blive længere. Ja, paa én Maade, vilde jeg naturligvis vældig gærne, jeg kommer jo rimeligvis aldrig mere herned og L &amp;amp; B ville vist nok [overstreget: gærne] have et længere og flytte hen i April op til Fiesole for et Par Maaneder. Det var jo storartet at kunne male her en Maaned Tid endnu netop i det dejlige Foraar. F. Ex. til første Maj, men det er jo for Resten kun en 14 Dages Tid mere end jeg tænker – Ja Du_ kan_ tro, jeg skal male til Sommer! Er Marie Madsens Lejlighed ledig? - - jeg har faaet Brev fra Fru Blom og ogsaa skreven til hende igen. - - Næste Dag. Det er desværre ækelt Regnvejr i Dag, saa jeg er bange, de sidste Karnevalsdage ryge i Lyset. Sørgeligt.
 Nu skal jeg op paa Galleriet og male; det er et nydeligt lille Portræt jeg kopierer, det er svært at ramme de gamle Farver, men jeg haaber, det skal lykkes mig at faa Bugt med det. - - Tænk, der har staaet i de ital. Aviser om al den Sne hjemme; alt om Hjørring har staaet der, kun stod det om København i Stedet. - - Nu ikke mere for denne Gang. Tak lille Dis for hendes lange Brev. - - Saa skriver Du altsaa Dagen efter, at Du har faaet dette. Mange kærlige Hilsner til Alle. Din Alhed
 10 Piazza Donatello 25/2 95
 ikke som [ulæseligt bogstav] H. skrev Dona Tello – tak for brevet og alle Hilsener – skriver snart, haaber jeg.</t>
   </si>
   <si>
-    <t> 9. aug. 1927</t>
-[...198 lines deleted...]
-  <si>
     <t>1895-06-12</t>
   </si>
   <si>
     <t>Adolph Larsen
 Marie Larsen
 Vilhelm Larsen
 Julie Mohr
 Rasmus  Petersen
 Valdemar Petersen
 Christine Swane
 William van Wylich</t>
   </si>
   <si>
     <t>Mejtøj = mejetøj = høstredskaber.
 Holmen = Hindsholm, en halvø nord for Kerteminde. Her ligger godset Hverringe. Muligvis ligger Mølleskær i nærheden.
 Mens hun var på vævekursus, boede Christine hos Julie Mohr. Faren var godsforvalter på Scheelenborg.
 Charlotte er muligvis tjenestepige hos Vilhelmine Larsen.</t>
   </si>
   <si>
     <t>Christine Swane er på vævekursus sammen med Julie Mohr. Marie Larsen er på vej hjem fra Sverige. Der er fanget en tyvebande af tyskere i Hverringeskoven. Vilhelmine Larsen håber, at Johannes snart får solgt nogle billeder.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/pmpj</t>
   </si>
   <si>
     <t>Kjerteminde den 12 Juni
 Kjære Johannes
 Idag vasker vi dit Tøj imorgen kommer eller i Nat Maries med hjem saa skal hun straks stryge og vi sender det, at du ikke skal savne Tøjet og saa faar jeg ren Besked at sende dig om Pengene
 Jeg er rask og Christine er flink ved Væven Frøkenen roser hende og Julie
 Tirsdag Aften ere de færdige saa faar vi hende hjem igjen
 Fra Rasmus skal jeg hilse dig han var omme i Gaar for at gjøre Aftale med Adolph om Badetime; jeg spurgte om han ikke vilde skrive til dig om den store Bedrift at Gendarm Petersen paa Holmen har udført.
 2 Tydskere fangede han, og fik dem i Hullet her i Byen, den yngste bekjente straks; at de var flere, og havde dem en Hule oppe i Hverringeskoven; næste Nat var 7- 8 Mand paa Jagt deroppe vor Borgmester med, i Hulen som er ude i Spidsen af Mølleskær fandtes ligesaa meget Værktøj af Spader Hakker og Mejtøj som 3 Mand kunde bære 1 hel Pose Madvarer 3 – 4 Lommeuhre her fortælles at min Charlotte udgav sig for en tydsk Fange og den ene havde saa fortalt op for hende, nogle mener der er 6 i Tallet – 
 Jeg vilde ønske du havde seet Rasmus’s Ansigt da han fralagde sig al Evne til at skrive 
 Jeg forsikrer dem for Fru Larsen at mange Gange medens jeg var i Udlandet, har jeg tænkt Død og Pine sikke Stof du nu har til at skrive hjem; naar jeg saa ere kommen til Sæde med Papir og Pen, er det som blæst bort, kun en Side saa er jeg færdig.
 Marie skriver at Heden i Sverrig er saa stærk, især da hun rejste derover; hun havde en frygtelig Hovedpine om Aftenen, men sov den bort
 Her var Brev fra Vilhelm i dag og han fortalte mig om Varmegraden i Bakken
 Johannes dog, vær forsigtig du kan vist en anden Gang komme til at fortryde den Behandling du byder dig selv –
 I dag var her Brev igjen til dig, maa der dog sælges nogen af dine Billeder i Provinseren
 oh hvor jeg beder til nogen Indtægt for Dig du kjære Søn
 Hils dog Alle saa venlig fra mig
 Din trofaste Moder</t>
   </si>
   <si>
-    <t>1904-12-06</t>
-[...22 lines deleted...]
-Johannes V. Jensen
+    <t>1897-11-21</t>
+  </si>
+  <si>
+    <t>Svanninge
+Hverringe</t>
+  </si>
+  <si>
+    <t>Christian Andersen
+Adolph Larsen
+Georg Larsen
+Jeppe Andreas Larsen
+Marie Larsen
+Christian Møller, maler
+Christine Swane</t>
+  </si>
+  <si>
+    <t>Hverringe er en herregård, der ligger på Hindsholm nord for Kerteminde. 
+Christine Larsen (Swane) boede fra efteråret 1897 til maj 1898 hos Anna og Fritz Syberg i Svanninge. Hun fulgte Fritz Sybergs tegneundervisning på Teknisk Skole i Fåborg.
+"Agraren er hjemme": Adolph Larsen var elev på Dalum Landbrugsskole, som var kostskole. 
+Marie Larsen var, mens dette brev blev skrevet, i huset hos Anne Marie Carl Nielsen.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har været på andejagt flere gange med blandt andre Maler Møller, som skød tre rådyr. 
+Det glæder Larsen, at Alhed alligevel ikke skal have plads i huset (hos en tante).
+Marie Larsen er glad for folkene, som hun er hos, og Christine Larsen (Swane) har det også godt. 
+Billedet fra Taarbystranden (På andetræk) er færdigt, og Larsen er begyndt at tegne Christian Andersen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Y6TP</t>
+  </si>
+  <si>
+    <t>Kjerteminde 21 Novbr. 1897.
+Min egen Kæreste!
+Tak for Dit Brev i gaar. Jeg fik det om Morgenen og tog det med ud i Marken, hvor jeg opholdt mig næsten hele Dagen, jeg var kun hjemme for at spise til Middag. Jeg tog det frem for at læse det ude i Marken da jeg havde spist Frokost, men da det blæste saa stærkt og jeg saa der var Violer i maatte jeg putte det i Konvolutten igen og vente til jeg kom hjem med at læse det. Efter at jeg i Tirsdags og Onsdags Aftes havde været saa uheldig ude paa Taarbystranden, at skyde en And hver Aften uden at faa nogen af dem, var [jeg] i Torsdags saa heldig at sætte en Rekord for Andetræksjagten derude, ved at skyde 3 dejlige fede Ænder i 2 Skud, og faa dem alle 3. Næste Dag blev jeg imidlertid overgaaet af Maler Møller, han skød nemlig 3 Raadyr, de 2 sidste af et Skud. Der var den Dag Jagt paa Hverringe og der var jaget en hel Del Dyr herover, det var helt morsomt at se dem ude i Marken, Fader og Chr. Andersen var ogsaa derude, men der var ingen andre end Møller der var saa heldig at faa nogen. I Gaar var vi, d.v.s. Chr. Andersen og Møller og jeg derude hele Dagen som Du vil have set i Begyndelsen af Brevet men der var ingen Dyr i Gaar. Chr. A og jeg var paa Andetræk bagefter, men saa ingen Ænder, derimod kom der en Flok Graagæs lige hen over Hovedet paa mig, men de var lidt for højt, jeg prøvede dog alligevel med begge Løbene men, uden Resultat, Chr. A. skød ogsaa skønt han var endnu længere borte. Det glæder mig meget at Du ikke faar den Plads alligevel. Det var kedeligt at Du ikke kom paa Tirsdag, det var nemlig Meningen at de 3 Ænder skulde have været gemt til den Dag, jeg kan huske at Du syntes at de tørre Ællinger ovre i Sverige smagte bedre en[d] Urhønsene, saa jeg kunde nok lide at Du skulde have smagt dem naar de er fede, nu maa jeg nøjes med at fortælle Dig at de smagte udmærket vi spiste dem nemlig til Middag i Anledning af at Agraren er hjemme. Det er udmærket Vejr i Dag, naar jeg bliver færdig med dette Brev skal Agraren og jeg ud paa Andetræk. Klaks er nede paa Ditlefslyst eller i Svanninge, men det fortalte jeg vist sidst. Der har været Brev i Gaar fra Marie og Christine som begge har det godt, Marie er glad ved at være derovre og synes godt om Folkene hun er hos. Jeg synes at det er et meget kønt Selvportræt Du har lavet, hvis det klæder Dig ligesaa godt som det ser ud til paa Tegningen synes jeg det er en udmærket Maade at sætte Haaret paa. Jeg tror at Billedet fra Taarbystranden er færdigt nu, og det er ganske heldigt da Vandet nu begynder at stige saa meget derude at jeg snart ikke kan komme derud mere. Chr. Andersen har jeg begyndt at lave nogle Tegninger med Pen efter ham, men blev saa afbrudt i Forgaars af den Dyrejagt jeg saa og skulde lige til at begynde paa en Tegning til da Georg kom og meldte at Fader havde set 4 Dyr derude. Nu maa jeg slutte for at faa Brevet med 4 Posten. Mange kærlige Hilsner fra Din hengivne
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1897-12-19</t>
+  </si>
+  <si>
+    <t>Marie Larsen</t>
+  </si>
+  <si>
+    <t>Agnes -
+Maren -
+Laurentius Allerup
+- Birck
+Frants Birck
+Esther Boisen
+Kristina Eckardt
+Margrethe  Eckardt
+- Fibiger, Frøken
+- Fram Frøken
+Peter Hansen
+Syrak Hansen
 Adolph Larsen
 Alhed Larsen
+Georg Larsen
+Jeppe Andreas Larsen
+Johannes Larsen
+Marie Larsen
+Vilhelm Larsen
+- Lorentzen, Fru
+Christine Swane
+Carl Christian  Swendsen</t>
+  </si>
+  <si>
+    <t>Mesterhuset i Faaborg er Peter Hansens barndomshjem. De omtalte portrætter er muligvis fotografier.
+Canseliet er godsforvalteren på Hverringe Gods.
+Det er uvist hvilken lensgreve, der omtales.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv. Breve Christine Swane, kasse 1, kuvert 1, 2002/61, A8, Lb 11</t>
+  </si>
+  <si>
+    <t>Familien Larsen skulle samles i Kerteminde i julen. Johannes Larsen skulle til Sybergs i Svanninge med en hundehvalp. Peter Hansen sendte brev og portrætter. Han bad Johannes Larsen om at besøge ham i Faaborg.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/DIJT</t>
+  </si>
+  <si>
+    <t>Kjerteminde den 19/12 97
+[Indsat side 1 på hovedet] Jo du skal ogsaa have brev Juleaften
+Kjære lille Marie
+Vilhelm hentede Post i aften for vi troede nok der var Brev ganske rigtig men Grosseren vilde ikke lukke op før i dag tilmorgen
+Jeg sad og lappede en Skjorte til Johannes saa jeg maatte haabe paa andre Tanker og ganske kort efter kom Fader med Brevet, det var til ham sagde han men jeg vidste bedre det var bare for at tilkjæmpe sig Retten til at læse først 
+Jeg blev ved at spørge kommer hun vent nu bare jeg er jo ikke færdig endnu med Brevet saa kom Rosinen i Pølseenden jeg kommer Juledag
+Gud ske Lov det havde rigtignok været et forfærdeligt Skaar i Juleglæden om vi ikke havde faaet dig hjem som du skriver hvad gjør det naar du tog Juleaften med i Morgen er jeg paa Hjemvejen; hvor længe vi maa beholde dig det meldte du intet om men det vil vi ikke tænke paa ved Modtagelsen
+Sig dog til Fru Lorentzen hvor glad jeg blev og alle de andre Agrarens stadige Spørgsmaal kommer Marie til Julen
+Imorges med Dagvognen rejste Johannes til Svanninge med den lille Hvalp der i Anledning af Rejsen blev sæbevasket i aftes og sov oppe hos Maren i Nat hun strøg i Aftes og saa tørredes den i Kjøkkenet det blev sent og saa tog Maren den med i Seng for at den ikke skulde hyle den var rigtig nok bleven smuk og skal have Navnet Don, ved Højrup Station vilde Alhed støde til og tage med til Svanninge derfra tager de tilbage til Erikshaab og paa Onsdag rejser Johannes hjem og Uglen gaar ind i Faaborg hvor de mødes med Fader i Odense og Agraren har faaet Bud om at møde samtidig saa begynder vi at samles, Christine faar saa hjælpe mig lidt med et Par Kager for det har jeg ikke Mod paa, og saa kommer du Juledag saa er vi der Alle igjen
+Christine Eckardt maa ogsaa nøjes med at rejse Julemorgen Jeg tænker saa at de følger hende
+herover, det skrev Margrethe noget om
+Vilhelm er ude at gaa en god lang Tour i det mageløse Julevejr jeg kom nu ind fra Haven med 4 Rosenknopper som skulde springe ud til Juleaften om de vil, Juleroserne er i store Knopper, der bliver samlet en Gave til Fru Bojsen i Aar, og saa har jeg tænkt at lægge alle Pengene i en Kurv og Juleroser ovenpaa; Fru Fram er saa venlig at gaa alle Steder her i Byen hun mente naar I ikke er hjemme saa skulde jeg spares for den Gang
+Grøden tager jeg til Asylet som jeg plejer, det er paa Torsdag ja nu er der jo ikke mange Dage igjen
+Her var Brev og Portrætter fra P Hansen i forgaars han bad Johannes besøge dem i Mesterhuset hvorhen de rejste i Julen og holdt Hus der med Agnes som Pige maaske Mester rejser til Esbjerg
+Tro mig Dine bliver glad i dag og Børnene ved den lille Hund forrige Brev skrev Christine at hun vilde gaa til Horne i dag og besøge Marens forældre saa faar hun en frisk Hilsen med hjem til Julen hun er saa ikke hjemme naar Johannes kommer; men jeg fik det saa sent at vide at jeg ikke kunde forandre noget, hun gaar vel heller ikke saa sent derfra for hun tør jo ikke gaa i Mørke. Her er slet ikke noget Nyt at fortælle Laurentius var her forleden Aften han spurgte ogsaa kommer Marie hjem, vi ved det ikke. Jeg skriver til min Søster skal dog ikke Marie Larsen hjem i Julen han skal spille med i en lille Komedie heroppe hos Canseliet imellem Jul og Nytaar og han er saa ærgerlig over at være gaaet med til det Pjank – men nu er det jo gjort Frøken Fibiger har været i Kjøbenhavn en Maanedstid for at holde Huus for Lenhnsgrevens
+Marie kan du huske Birck havde en Bror der hed Frants; han var Mejerist; men opholdt sig hos Birck for at uddanne sig som Handelsmand han led meget af Søvnløshed og havde flere Gange taget Opium for [”for” overstreget] Tandraaber og det havde aldrig gjort ham noget denne sidste Gang var han sovet ind – det er en stor Sorg han var saa god og elskværdig oh hvor det maa være forfærdelig komme
+[indsat side 4 i margin] og see dem saadan, der blev gjort alt muligt med Udpombning
+[indsat side 3 i margin] men forbi var Livet Fader gik en Tour jeg skulde
+[Indsat side 2 i margin] med, men mine Støvler er hos Skomageren; det gode var ved
+[Indsat i margin side 1] Historien at dit Brev blev færdigt nu lille Mis skal jeg skrive mere før jeg ser dig men vi faar Brev Juleaften</t>
+  </si>
+  <si>
+    <t>1898-05-13</t>
+  </si>
+  <si>
+    <t>Christine Swane</t>
+  </si>
+  <si>
+    <t>Maren -
+Adolph Larsen
+Jeppe Andreas Larsen
+Johannes Larsen
+Marie Larsen
+Vilhelm Larsen
+Elisabeth Storm</t>
+  </si>
+  <si>
+    <t>Christianslund er et badehotel i Christianslundskoven ved Nyborg.
+Brolykke er en avlsgård under Hverringe Gods lidt nord for Kerteminde.</t>
+  </si>
+  <si>
+    <t>Kerteminde Byhistoriske Arkiv</t>
+  </si>
+  <si>
+    <t>Johannes har været i Christianslund og male baggrund til et billede. Forældrene skal til Sverige.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/9DkY</t>
+  </si>
+  <si>
+    <t>Kjerteminde den 13. Maj 1898
+Kjære lille Dinemor!
+Her gav Faer mig en Seddel til at sende saa Du kan komme vel Hjem naar du nu er færdig og har taget Dig den lille Fornøjelse,- vil Du - hellere hjem straks saa gjør Du , som Du synes mit Ønske er kun at glæde Dig.
+Skoene har Du vel dog faaet naar du modtager dette Brev. Maren siger rigtignok at det er for sent til Landet men nu maa det gaa som det kan – 
+Adolph kom nu tilbage med Vogn og Staffeli og Malerkasser og Billeder.
+Johannes blev kjørt til Christianslund og malede paa en Timestid et net lille Studie til Baggrund fra Kransen hvornaar han kommer til Kjøbenhavn ved vi ikke for den Omvej de nu skal gjøre forlænger jo Rejsen. De kommer vel ikke hjem før Christi Himmelfartsdag.
+Jeg havde saadan tænkt mig at du skulde have været med Fader denne Gang men han vil have mig med, saa skal du til næste for det er rimeligt at han maa flere Gange derover maaske han skal købe Træ til Brolykke Bygning, det var morsomt om det kan ske.
+Du maa ikke være saa bedrøvet lille søde Dine fordi du ikke kan give dem Pengene lige i disse Dage hvor du dog, ved de, skal snart faa dem, saa meget som de har solgt, saa trænger de jo slet ikke til dem i Øjeblikket , saa det maa du love mig at du ikke tager dig nær – 
+Skriv mig dog et Brev til i Sverrig hvordan det stiller sig for dig; ellers gaar jeg derovre og ved hverken ind eller ud. ja gjør dog det. Hils nu Alle dernede saa kjærligt fra mig
+Jeg faar ikke Tid til at skrive mere for jeg skal have Maries brune Hat smurt over og nogle Sommerstrømper ledt op og sendt af sted medens jeg er herhjemme, ja der altid noget at ordne
+Nu kom Johannes af sted og saa skal vi – saa er der kun Fru Storm og Adolph – saa kan Maren nok klare sig der skal ikke gjøres det mindste inden jeg kommer hjem nu faar vi nok Sommer nu al den Hagelkulde er kommen ned af Luften,
+Lev nu vel kjære til vi sees – Gud give vi alle maa være raske og samlede i Glæde i Pinsen.
+Kommer Vilhelm hjem maa Marie virkelig bede om Ferie til den Tid for en Soldat har ikke mange Dage fri –
+Endnu engang lev vel og Gud velsigne dig det beder din trofaste Moder</t>
+  </si>
+  <si>
+    <t>1899-7</t>
+  </si>
+  <si>
+    <t>Peder Hansen
+Alhed Larsen
+Jens  Nielsen</t>
+  </si>
+  <si>
+    <t>Alhed og Johannes Larsen opholder sig muligvis på henholdsvis Erikshaab og Svanninge Kro, for at beskytte deres lille søn Puf mod en kighosteepidemi.
+Anders er muligvis en karl, der jævnligt arbejder for familien Larsen.
+Hverringe er et gods nord for Kerteminde.</t>
+  </si>
+  <si>
+    <t>Familien Larsen i Kerteminde har travlt med markarbejde. I.A. Larsen har henvendt sig til byrådet i en sag, men endnu ikke fået svar.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/JuzW</t>
+  </si>
+  <si>
+    <t>Kjærbyhus
+Kjære Johannes!
+Byraadet har ingen Svar givet endnu. Jens Nielsen vilde ikke. nu har Fader tænkt paa Marskandiser Hansen det er dog en Mand med lidt Forstand i Panden, jeg skal i dag se at skaffe Penge at sende Alhed i Aften, vi fik ikke Anders – men igaar fik vi 2 en Jyde og en Fynbo, Jyden skal til Hverringe om 8 Dage men vi har haardt Brug for ham den Tid
+Kjærlig Hilsen til Eder begge. Din Moder</t>
+  </si>
+  <si>
+    <t>1900-05-05</t>
+  </si>
+  <si>
+    <t>Marie Larsen
+Vilhelmine  Larsen</t>
+  </si>
+  <si>
+    <t>Rørholmsgade 
+Hverringe Gods
+Fåborg Museum
+Assensvej 198  
+Klintevej  5300 Kerteminde
+Vilhelminevej</t>
+  </si>
+  <si>
+    <t>Christian Eckardt
+Ingeborg  Eckardt
+Ferdinand Louis Gjellerup
+Andreas Larsen
+Georg Larsen
+Jeppe Andreas Larsen
+Johannes Larsen
+Lars Larsen
+Vilhelmine  Larsen
+Marie   Larsen, Georg Larsens datter
+Anna Marie  Larsen, Georg Larsens hustru 
+Vilhelm Larsen, Georgs søn
+Fritz Levy
+Amalie Lindberg
+Susanne Lindberg
+Jens Ferdinand Willumsen</t>
+  </si>
+  <si>
+    <t>Anna Marie Larsen blev muligvis opereret i København på "Røde Kors Klinik" for ubemidlede. Her arbejdede Frits Levy fra januar 1896-december 1900.(Den Danske Lægestand 1907-1915 Jacob Lunds Forlag 1915).
+Christines lærer på dette tidspunkt er J.F. Willumsen. 
+Haabet = Erikshaab - Alhed Larsens barndomshjem, som ligger nord for Faaborg på Fyn .
+Alhed og Johannes Larsen bor på Feden i Kerteminde i et af IA Larsens huse.</t>
+  </si>
+  <si>
+    <t>Georg Larsens kone skal opereres i København. Det glæder Vilhelmine Larsen, at Christine Swane er tilfreds med sin lærer. Byggeriet går fremad på - formodentlig- både Lille og Store Kærbyhus.
+Johannes Larsen skal til Faaborg med en akvarel. Han er ved at forberede en jagtudstilling.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/oaIp</t>
+  </si>
+  <si>
+    <t>Kjerteminde den 5. Maj 1900
+Kjære Christine!
+Du vil jo ogsaa gjerne høre et lille Ord om Søndagen denne gang er det just ikke af de glædelige Georg og Marie kommer vistnok en af de første Dage til Kjøbenhavn hun er bleven bleven undersøgt af Gellerup og han raadede til en Operation hos Professor Levy der er skreven derover og de venter Brev i Morgen er der Plads saa rejser de, I kunde da for en [ ulæseligt ord] se ud paa Banegaarden Søndag ellers skal jeg nærmere skrive Dagen det gjør mig meget ondt for dem, godt er det at vi er her, og Børnene holder saameget af os vi kommer over det om vor Herre vil hjælpe os at Operationen maa gaa vel det er en Svulst der trykker paa Blæren saa hun lider meget naar Vandet kommer – men det kan jo være det ikke er saa slemt naar Professoren kommer tilstede, I kan nok tænke at det er Alvor, et Gode at Marie er sygeforsikret saa hun faar daglig Hjælp; men det er jo ligefuldt en dyr Historie.
+Georgs skal faa din Trøje med for nu bliver det jo varmt. Hils Eckardt saameget sig Dem jeg blev saa glad at Onkel solgte det andet Billede, men er her ikke Tid for mig at skrive mere end til dig.
+Med Bygningen gaar det godt frem men der vil da gaa en 14 Dage endnu inden vi kan komme derop; men nu er vi jo ogsaa nødvendige her saalænge
+Det glæder os at du mærker Fremgang og er fornøjet med din Lærer – det var da godt for ham at han fik de 1000 Kr i Præmie -.
+Nu skifter jeg for Marie vil skrive med Hils Alle du hilses saa kjærligt fra din Moder – 
+Kære lille Ugle!
+Nu vil jeg med det samme skrive et Par Ord. Vi sidder jo endnu her paa Soveværelset, med det gaar da godt fremad med Byggeriet, jeg var deroppe med Faer og Moer i Gaar, 2 Værelser er nu fuldstændig færdige med Undtagelse af at lægge Gulv,og det kan jo gøres i en Fart, vi har 3 Tømrere, de 2 andre Værelser bliver færdige paa Tirsdag, de 2 Gavlværelser er ogsaa omtrent færdige, der bliver en storartet Udsigt især paa det ene, man ser baade Vandet, Klinten og Verringelandet, hvor det bliver yndigt at komme derop og hvor jeg glæder mig til at faa Dig hjem, det har været saadan en lang trist Vinter, saa jeg haaber at vi nu skal faa det lidt fornøjeligt naar Du kommer, men Du kommer til at finde Dig i at gaa smaat, naar jeg skal med ud at spasere , jeg kan ikke faa Benene med, det har været dårligt en Tid igen, men i Gaar og i Dag synes jeg dog det er det bedste det har været, saa jeg maa ikke klage; i Dag er det 3 Maaneder siden jeg havde Docktor første Gang, sommetider bliver jeg saa angst for at jeg aldrig kommer mig rigtigt, men saa ler de andre af mig og siger at det er noget dumt Snak. Bare dog Operationen maa gaa godt for Marie, det er saa ængsteligt at tænke paa, men nu om Tide kan Lægerne jo gøre det utroligste med Hensyn til Operationer, saa maa vi haabe paa det bedste. Er Ingeborg saa kommen? Hils dem alle fra mig, der glædede os saameget at Onkel igen har solgt et Billede. Sig mig har du hørt eller set noget til Lindbergs i den sidste Tid, jeg talte i Gaar med Amalie Lindberg og hun fortalte mig at Susse havde faaet en Søn allerede i Marts Maaned, jeg blev meget forbavset da jeg ikke troede at det var saa snart det skulde ske og det undrer mig ogsaa at Susse ikke med et Ord har ladet mig det vide, hils fra mig naar Du siger Farvel derude. Johannes tager til Faaborg i Morgen med den Akvarel som Lars Larsen har købt, han kommer tilbage igen i Morgenaften for han har saa travlt med sine Billeder til Jagtudstillingen. Gaien er bleven en Del tykkere nede paa Haabet, han er rigtig sød. Nu maa Du endelig skrive op alt hvad Du giver ud i disse 14 Dage og lad os i god Tid vide hvor mange Penge Du skal have inden Du rejser fra Byen, Du er nok sød og sparer saa meget som muligt, der gaar en frygtelig Masse Penge til nu vi har Haandværksfolk hver Dag, Jeg glæder mig til Brevet i Morgen. De kærligste Hilsener fra Din hengivne Søster Marie.</t>
+  </si>
+  <si>
+    <t>1900-10-21</t>
+  </si>
+  <si>
+    <t>Kertinge
+Hverringe</t>
+  </si>
+  <si>
+    <t>Adolph Larsen
 Andreas Larsen
 Jeppe Andreas Larsen
-Johan Larsen
-[...1 lines deleted...]
-Marie Larsen
 Vilhelmine  Larsen
-Christine  Mackie
-[...87 lines deleted...]
-    <t>https://fynboerne.ktdk.dk/n/MzqbODHZ</t>
+Anna Madsen
+Sophus  Meyer
+Carl Christian  Swendsen
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>"Dis's Værelse": Alheds søster Astrid Ingeborg Warberg (Dis) skal være pige i huset hos Alhed og Johannes Larsen i Kerteminde. 
+Anna: 16. oktober 1900 opstillede Johannes Larsen i sit brev til Alhed et regnskab over udgifter. Heraf fremgik det, at Anna skulle have 6 kr. 
+Alheds hofte: Alhed Larsen har gennem længere tid skrevet om, at hun halter, men at hun tror, det går over, når hun har fået parrets barn nr. to, som hun venter.</t>
+  </si>
+  <si>
+    <t>Pigen i Kertinge, som Larsen havde skrevet til, har fået plads i huset andetsteds. Kancelliråden (Swendsen) er blevet godsforvalter.
+Larsen spørger til diverse typer kakkelovne.
+Han maler på billedet med svanerne og på en bekkasin.
+Johannes Larsen spørger til Alheds hofteproblemer.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/gLBf</t>
+  </si>
+  <si>
+    <t>Kjerteminde 21 Octbr. 1900
+Kæreste Alhed!
+Tak for Dit Brev i Gaar. Jeg har flere Gange tænkt pa[noget af papiret mangler]merne men er ikke k[ommen] til Lundsgaard end[noget af papiret mangler]søgte at faa fat i [noget af papiret mangler] Telefonen i Aftes m[en det] lykkedes ikke, han averterer Svedskeblommer saa jeg tænker jeg kan faa naar jeg gaar der op i Morgen. Vi skal alle ud til Meyers i Aften. Vi fik Krikanden og Viberne sammen med noget Faaresteg i Dag, saa nu er her 2 Bekkasiner som jeg tror jeg vil sende Dig i Morgen. Der var Brev fra Pigen i Kertinge i Gaar, vores Brev var kommen en Dag for sent saa hun havde fæstet sig bort. Cancelliraaden er bleven Godsforvalter paa Hverringe og skal være der en Dag ugentlig for 1000 [Kr. om A]aret. Vi kan nok [noget af papiret mangler]n lille Kakelovn [noget af papiret mangler] Dis’s Værelse. [noget af papiret mangler] ikke skaffe mig [noget af papiret mangler] [n]ærmere at vide om den stedsebrændende Kakelovn Du skrev om, hvilken Fabrik den er fra, Prisen o.s.v. Men Hensyn til Anna, saa mødte jeg hende den Dag jeg kom og bad hende komme herop næste Morgen, jeg tænkte hun kunde hjælpe til med at hente noget paa Feden, og at børste [ulæseligt ord] og saadan, og desuden vilde jeg betale hende de 6 Kr. Hun har imidlertid ikke vist sig siden, saa dersom de vil have deres Penge kan de komme og hen[te dem] jeg skal ikke rend[e dem] paa Dørene. Agr[aren og] jeg ligge paa m[noget af papiret mangler]er. Jeg har male[noget af papiret mangler] paa Billedet med Svanerne og paa Bekkasinen, det er kedeligt at jeg ikke kan træffe paa enkelte Bekkasiner, saa jeg kunde faa en at male efter. Jeg længes efter Jer og jeg vil se at komme derned paa næste Søndag. Du skriver ikke noget om Din Hofte men Du ved vel ikke noget før Doktoren har været der. Jeg skal hilse fra Moder og Fader. Mange kærlige Hilsner til Jer begge fra
+Din
+Johannes Larsen.</t>
   </si>
   <si>
     <t>1900-09-01 - 1901-04-24</t>
+  </si>
+  <si>
+    <t>Dagbog</t>
+  </si>
+  <si>
+    <t>Astrid Warberg-Goldschmidt</t>
   </si>
   <si>
     <t>Elna -
 Laurentius Allerup
 Ellen Agnete Amstrup
 Louise Amstrup
 Harald Balslev
 Lars Christian Balslev
 Thorvald Balslev
 Laura Balslev, f. Leth
 Herman Bang
 Alice Bondesen
 Emil Brandstrup
 Thora  Branner
 - Fibiger, Frøken
 Marie Juul
 Otto Lagoni
 Peter Erasmus Lange-Müller
 Alhed Larsen
 Jeppe Larsen
 Marie Larsen
 Vilhelm Larsen
 Vilhelmine  Larsen
 Christine  Mackie
 Cathrine Meyer
@@ -694,520 +648,1132 @@
 Rasmus Kattrup
 Charlotte Knipschildt
 Ernst  Knipschildt
 Gustav Knipschildt
 M Knipschildt
 Otto Knipschildt
 - Krarup, læge
 Hans Jørgen -, Kusk ved grevskabet Muckadell
 Selma Lagerlöf
 Peter Erasmus Lange-Müller
 Adolph Larsen
 Alhed Larsen
 Andreas Larsen
 Johan Larsen
 Johanne Christine Larsen
 Johannes Larsen
 Christine  Mackie
 Augusta Mogensen
 Christian Mogensen
 Alfred Nielsen
 Otto Emil  Paludan
 Frederik Paludan-Müller
 Kirstine -, pige i huset hos Hempel Syberg
 - Poulsen, løjtnant
 Ellen  Sawyer
-Eleonora Scheel
+Lili Scheel
 Karl Schou
 Marie Schou
 Robert Schumann
 - Stürup
 Elly Svarrer
 Christine Swane
 Adelheyde Syberg
 Hempel Syberg
 Sigurd Thomsen
 Vagn Thomsen
 - Vesterdal
 Johannes Vesterdal
 Albrecht  Warberg
 Frederik Warberg
 Laura Warberg
 Else Wienberg</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/n/5K5zZYof</t>
   </si>
   <si>
-    <t>19. mar. 1909</t>
-[...24 lines deleted...]
-    <t>Christian Andersen
+    <t>1904-12-06</t>
+  </si>
+  <si>
+    <t>Johanne Christine Larsen</t>
+  </si>
+  <si>
+    <t>København Ø
+Rosenvej 2</t>
+  </si>
+  <si>
+    <t>Mass.
+Brookline</t>
+  </si>
+  <si>
+    <t>Ellen Beck
+Jørgen -, Erikshaab
+Alfred Goldschmidt
+Ernst Goldschmidt
+Henriette Goldschmidt
+Johanne Goldschmidt
+Johannes V. Jensen
 Adolph Larsen
-Georg Larsen
-[...67 lines deleted...]
-    <t>Adolph Larsen
+Alhed Larsen
 Andreas Larsen
 Jeppe Andreas Larsen
-Vilhelmine  Larsen
-[...83 lines deleted...]
-    <t>Andreas Larsen
 Johan Larsen
 Johannes Larsen
-Christine Swane
-[...27 lines deleted...]
-Julen 1916.</t>
+Marie Larsen
+Vilhelmine  Larsen
+Christine  Mackie
+William Mackie
+Christian Mogensen
+Otto Emil  Paludan
+- Petersen Bøgebjerg
+Ellen  Sawyer
+Anna Syberg
+Fritz Syberg
+Hempel Syberg
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Astrid Warberg tog i 1878 i Odense præliminæreksamen, og læreren eller lederen på dette sted var kaptajn. Det må være ham, hun nu opsøgte igen. 
+Det vides ikke, hvem personen som Astrid og Johanne drak Madeira med på Erikshåb var.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0285</t>
+  </si>
+  <si>
+    <t>Astrid Warberg-Goldschmidt og Johanne Goldschmidt har været på rejse. Først tog de til Kerteminde, hvor Alhed bød på dejlig mad i det yndige hus. Adolph Larsen deltog, og Johanne sang om aftenen. Der var besøg af Dr. Petersen med frue, og de tog kvinder besøgte både Johanne Larsens forældre og Syberg-familien. De var også på tur til Lundsgårdsklinten og Hverringeskoven.
+Den følgende dag skulle Christine/Uglen afsted til sanatoriet, og hun var trist. 
+Astrid besøgte i Odense Hempel Syberg og sin "kursuskaptajn", som pralede af hende. Hun fik taget fotos af sig selv og sender dem. 
+Turen gik videre til Erikshåb, hvor Paludan havde frisket sin stue meget op, og hvor de to følte sig velkomne. Forpagter Mogensen kom på besøg. Astrid og Johanne drak Madeira den halve nat. 
+På hjemturen var de til koncert i Odense og i København til en vild "Jødesammenkomst" i anledning af Ernst Goldschmidts fødselsdag. Astrid og Alfred var til koncert med Leopold Rosenfeldt, som de også skulle holde jul hos. 
+Det er trist og ensomt for Astrid, når Alfred rejser hver mandag morgen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/xLht</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Frøken Johanne Warberg
+[Doktor WC. Mackie]
+54 Coolidge Str.
+Brookline
+Mass.
+U.S.A.
+[På kuvertens bagside:] 
+A Goldschmidt
+Rosenvej 2 III
+Kjøbenhavn Ø.
+Denmark
+[Poststempel]
+[I brevet:]
+Rosenvej 2, 3 Kbh Ø.
+Tirsdag Aften 6te Dec 1904. 
+Kære lille Junge! Du skriver i Dag, at hvis mine Breve nu udeblev, så vilde Du savne dem meget – og nu har jeg snydt Dig 2 Gange – forrige Mandag sendte jeg kun et lille lumpent Kort – jeg havde Hastværk til Rejsen – og sidste Mandag var jeg på Erikshåb. Derovre fik jeg et langt godt Brev – og i Dag til Morgen fik jeg ogsaa ét – og for dem begge takker jeg meget. – Du kan ellers tro, at Fyensturen var brilliant – skønt den egentlig blev meget kortere, end jeg oprindelig havde tænkt mig. Sagen var nemlig, at jeg tog Johanne Goldschmidt med – jeg havde saadan Lyst til, at hun skulde se Stederne derovre – og hun var da også vildt begejstret på hele Turen. Hør så: Det var en Torsdag, at vi omsider blev udrustede – og mødtes Kl ½ 1 på Hovedbanen – og Vejret var så venligt at være strålende dejligt – rigtig Solskinsvejr, hvilket er sjældent nok nu om Dage. Et såre yndigt Syn mødte mig strax på Banegården – Johanne – høj og frisk og smilende ud af et overstadig godt Humør – og på hver Side af hende – begge ["begge" overstreget] vore respektive Mødre – den ene givende Formaninger – den anden ventende på også at give Formaninger – jeg siger Dig, at de så uhyre søde ud alle tre – så kom vi da af Sted – og for Resten gav ikke den ene den anden noget efter i Retning af godt Humør – og skønt det anstrengte vore Stemmer meget – så snakkede vi dog hele Vejen – lige til Odense. Da vi så kom over i det lille Kertemindetog, faldt vi mærkelig sammen og hvilte trætte lige til Kerteminde. Dèr modtog Las os og vi drog op - og ind i lyse, dejlige Stuer, hvor Be – gæstemild og glad - modtog os; også Ungerne udviste Begejstring, der steg uhyre, da vi kom frem med mange herlige Sager, der lå gemt i vore Kufferter.
+Så kom vi ind og blev bænket ved et af B’s bekendte bugnende Måltider: Der var varmt Revelsben – der var Sylte og Rødbeder – stribet Flæsk og Gåsefedt – og Æblesmør – og så mange dejlige Ting – og naturligvis små røde Snapse. Til disse sidste indfandt sig Agraren, der strax vandt Johannes Hjerte – ligesom han i Fjor (til min Glæde) vandt Alfreds. 
+Ud på Aftenen spillede jeg mit lille udvidede Repertoire for dem, og fik Ros af Be. Og til sidst sang Johanne – og det gør hun dejligt. Om Fredagen var Dr Petersens dèr i Besøg, han er en kunstig lille Fyr – og Konen var ganske anderledes end i Sommer; jeg mener, at dengang kom der ikke mange Pip fra hende, men nu skal jeg love for, at hun pippede – (og mere var det da heller ikke.) Tillige så vi den Dag Marie og Uglen. Du ved vel at Uglens Lunger er angrebne, hun skal på Haslev Sanatorium. 
+Lørdag Aften var vi bedt med ned til Kunstnerens til Aften; forinden var vi en lille Mørkningsvisit ovre i Kærbyhus – Johanne og jeg – vi traf gamle Larsen, Fru L. Marie og Uglen; de var rasende søde – og der var lunt og hyggeligt. 
+Så gled vi hjem igen – pyntede os en Smule – og fulgtes så med Las og Be – i det ubeskriveligste Uføre – ganske bundløst – over Markerne ned til Gården. I Guder! hvilken Skønhed i deres Stuer! det var jo sådan, at man blev helt stille derved. 
+Næste Dag var det Søndag; vi var om Formd. en herlig Tur i Klinten sammen med Agraren. Det var blidt og stille Gråvejr – Vand og Himmel gik i èt – og vi måtte stå meget længe oppe på den høje Klint og se ud over det altsammen. – Da vi kom hjem, havde Be Festmiddag til os - Kyllingesteg og fin Dessert. I Mørkningen kom Marie og Uglen og Agraren efter os alle til Tur – vi gik da allesammen – også de yndige Unger – omtrent helt op til Hverringe Skov. Solen var gået ned – men havde efterladt den mest storslåede røde Purpurhimmel – så vi måtte blive ved at vende os om – og Vandet farvedes med det fineste Rødt – pragtfuldt var det! oppe ved Hverringeskoven stod vi stille allesammen i Tusmørket og så ned over den lille By, der lå nok så fredeligt med det røde Skær fra Himlen henover sig – og Ungerne løb legende ind på Grønmarken – men der var så sært stille – og det var bleven temmelig mørkt; så kom de tilbage og stod ganske stille hos de voksne. Og så gik vi hjem. 
+Næste Formiddag rejste jeg med 11 Toget til Odense – Johanne blev til 3 Toget – jeg fulgtes derud med Uglen, denne fulgtes af Marie, Uglen skulde nemlig til Sanatoriet. Jeg var meget glad over, at det traf sig sådan med min samtidige Rejse, for jeg opmuntrede Uglen en hel Del – hun var naturligvis noget nedstemt. Vi gik på Konditori sammen og havde det rart og hyggeligt. – Så gik jeg et Par Besøg - til Onkel Syberg på Kontoret, og til min Kursuskaptain – Konen tog imod mig og sendte mig lige ind i Skolestuen, der var myldrende fuld af Lømler og Lømmelinder, der alle – med megen Larm – rejste sig, da jeg kom ind. Kaptajnen blev synlig glad – sagde strax – med en bred Håndbevægelse – halvt præsenterende – det er Mesteren for alle de danske Stile, vi læser op! Og de gjorde jo store Øjne, og jeg lo naturligvis. Så tog Kaptajnen fra Bordet en lille Klatpapirsvugge [tegning], Du kender dem nok, og viste mig den – i Låget fandt jeg da – under slebet Glas - mit eget Grinebillede! Det var jo en stor Ære! uha – År ud År ind skal man sidde der og grine til Alverdens Lømler. – Så gik jeg op at blive fotograferet – og sender hermed 3 Billeder. Du skal have det ene og så vil jeg bede Dig give Ella og Mornine hver sit også. Det er jo en lille tarvelig Julegave, men i År kan det ikke blive til mere – vi er jo i en fornem Gæld, vèd Du. (Fl[ulæseligt])
+Nå, ved 5 Tiden mødte jeg med Johanne på Banegården og vi gled til Højrup, hvor Jørgen holdt efter os. Og vi kørte i buldrende Mørke – lidt Snuskregn --- og vild Jubel – til Erikshåb, hvor alle tre Indvånere modtog os – og velkommede os på det kraftigste – i godt Humør allesammen.
+2)
+Der var lyst og varmt og hyggeligt alle Vegne. Men helt imponeret blev jeg i Pallams Stue – der er kommen meget unikke Tapeter, der navnlig fremhæver de smukke Møbler på en ganske ejendommelig Måde – især det store Chatol tog sig ganske pragtfuld ud på den lyse Baggrund; og saa var det poleret op, så alle de små dejlige Indlægninger kom ordentlig til deres Ret – jeg forsikrer Dig det var en Nydelse af Rang at se på det gamle ærværdige Stykke. Vindues- og Dørkarme var malet hvide – også det så udmærket smukt ud. – Vi mærkede tydeligt – også dèr – at vi kom umådelig tilpas og var meget velkomne, og det gir sådan hyggelig Fornemmelse. De første Dage fulgte stille og roligt, man befandt sig i et stadigt Velvære – om Aftenerne spillede og sang vi henholdsvis den ene og den anden. Og om Dagene gik vi herlige Ture – én Formiddag på Orene, fulgt af Forp Mogensen, der tilfældig stødte til på Vejen, han var gudskelov i helt fornuftig Lune – jeg lider ikke, når han er altfor vittig. – Den sidste Aften (Onsdag) var det så kedeligt, at da J. skulde med 6 Toget til Spilletime i Fåborg; og netop da de havde bedt Mogensen til fin Aften på os ForpM. havde Guitaren med og sang alle sine Viser, jeg måtte sidde og puffe til Johanne hele Tiden for at få hende til at le – af Viserne gjorde hun det ikke. Senere sang Johanne. Kl 11 gik de – netop som da J. ankom. Han indbød os til at se sin Stue – vi sagde da Godnat nede og drog – feststemte (effera "effera" overstreget op i d[ulæseligt] J’s Stue. En go Flaske dry Madeira samt 3 små blanke Glas (jeg forklarede Joh. at de blev vadsket henne i Vandfadet mellem hvert Sold) og så dryssedes et Væld af Cigaretter ud over Bordet – og så soldede vi og sludrede og røg til Klokken blev umådelig mange – over 2. Def. fulgte os ned - og i Sovekammeret fortsatte Sludderen endnu længe – så hvis det havde været Sommer, havde det været højlys Dag for længe siden. En uhyre vellykket Aften. 
+Vi måtte (desværre) op 7 næste Morgen. Tog nemlig af Sted med ½ 11 Toget. Jeg mindedes vor Rejse for 6 År siden – vi skulde høre Leonard Bonvick. Denne Gang bumlede vi for at høre Ellen-Beckaften. Vi var noget triste ved Afrejsen begge to – og slet ikke glade over igen at skulde stampe i den beskidte og usunde By. - Begge Mødre modtog på Banegården – og vi traskede hurtigt af Sted med hver sin. Mor sagde Farvel strax – jeg måtte klæde om i susende Galop og så påen igen. Ellen Beck var dejlig at høre selv om man også var nogen forsviret. 
+Næste Dag gik jeg til Frokost hos Mor og berettede om min Rejse. Og næste Dag igen var nu i Lørdags. 
+Lørdagen er en hel lille Fest for os – så kommer nemlig Alfred hjem. 
+Denne Gang havde vi desværre det Uheld, at vi skulde til Johannes Fødselsdag – der var stort Selskab. Uha, jeg var så ked af det – og kunde dårligt nyde alle de brave Mennesker – mest Ernsts Kunstnervenner – alle meget søde og flinke. Vi var 22; og til sidst nåede Stemningen det Punkt, der er karakteristisk for alle Jødesammenkomster – de hylede sang – slog på Tromme – hvinede – hoppede – sprang – dansede – klappede - - - - - frembragte en ulidelig Støj. Vi var først hjemme Kl 3. Og så kan Du tænke Dig – Alfred var tilsagt at møde i Forretningen Kl 9 næste Morgen!! Vi skrev da naturligvis, at han først kom Kl 10 – men det var da lumpent alligevel - er jo Søndag – og den eneste Dag vi har sammen. Sovet ud fik han jo ikke engang. Han kom først hjem Kl ½ 12 – og Kl 12 ½ gik vi til Middag hos Mor – sammen med de to andre Sæt. Der var dejlig hyggeligt – og vi var der nogle gode Timer. Saa gik vi til Palækoncert, hvor (jeg for 2den Gang) vi hørte Leop. Rosenfeldts nyeste: ”Henrik &amp;amp; Else” for Solo – Kor og Orkester. Det er meget smukt – Onkel Leopold måtte – skønt nødig – frem fra sin Pille og bukke, sådan klappede de. Så gik vi hjem og meget tidlig i Seng; Mandag sov vi (trætte som vi var) over os, nåede ikke at drikke Kaffe – og jeg nåede ikke at følge Alfr. til Skibet, som jeg altid plejer, og det var meget trist – ja, Du aner ikke, hvor disse Mandag Morgener er melankolske – enten det nu er når jeg har fulgt Alfred – og kommer hjem til et halmørkt – iskoldt Hus – og så uendelig tomt – eller som denne Mandagmorgen, når Alfr. løber fra det hele – ud i de mørke, våde Gader med alle de søvnige Lygter, mens jeg bliver ene tilbage – frysende og ensom uha ha! En grulig Måde at være gift på – jeg glæder mig snart ligefrem til at komme til Malmø! Og hver Gang varer det flere Dage, inden jeg kommer til Hægterne. Sørgmodighed var da alene Grunden til, at jeg ikke skrev til Dig i Går – og nu må jeg hellere vente til i Morgen – så får Du det vist lige til Jul; men ved Du hvad – jeg kan skam ikke ønske glædelig Jul allerede nu – så sender jeg hellere et lille extra Kort på Søndag – det når Jer nok. Vi er bedt til Leop. Rosenfeldt Juleaften – det er nok en Ære for os; vi går dog først til Mor, sammen med de andre. Det er nemlig kl 5 ½ det andet først c 9 ½. Det kan nu blive ganske morsomt – de siger, det er uhyrefestligt – en Masse Musik. De er der altid Juleaften (Goldschmidterne). Pallam har bedt mig besørge en Bog til Dig – nu håber jeg Du bliver glad for Dronning Gåsefod – jeg besørger den sendt i Morgen – hvis den ikke findes så tager jeg Joh. V Jensen: Nye Himmerlandshist. At Du ved, det er fra Pallam.
+Tusind kærlige Hilsner til Eder begge to - og allesammen
+Dis.</t>
   </si>
   <si>
     <t>1907-1918</t>
   </si>
   <si>
     <t>Andreas Larsen
 Johan Larsen
 Sigurd Müller</t>
   </si>
   <si>
     <t>Alhed Larsen har fået et rørende brev fra Sigurd Müller. Hun og drengene har været på cykeltur.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/pQmY</t>
   </si>
   <si>
     <t>Kæreste Lavsi!
 Naa, Du kom saa ikke i Aften, nu haaber jeg, Du faar det lavet, og at Du ikke er gal over at jeg stoppede Dig, maaske faar jeg et lille Ord i Morgen tidlig. Tak for jeres Kort i Dag, herunder et rørende Brev fra gl. Sigurd Müller. Hvis Du af den anden Grund bliver der en Dags Tid til, skulde Du se ud til ham, selv om Du ikke kan naa at skrive det til ham i Forvejen. – Drengene og jeg har været paa Cycle i Hverringeskoven i Dag. Jeg har intet Frimærke, saa dette maa ud inden 8. Masser af Hilsner til Eder alle.
 Din A.</t>
   </si>
   <si>
-    <t>1899-7</t>
-[...2 lines deleted...]
-    <t>Peder Hansen
+    <t>12. - 14. februar 1909</t>
+  </si>
+  <si>
+    <t>Notater om fugle og vejrlig</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/vvTHJprE</t>
+  </si>
+  <si>
+    <t>19. mar. 1909</t>
+  </si>
+  <si>
+    <t>Notater om vejrlig og fugle</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/DnYM5ovH</t>
+  </si>
+  <si>
+    <t>28. aug. 1909</t>
+  </si>
+  <si>
+    <t>Notater om fugle og vejrlig. Hjemrejse fra Sverige.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/ZbFoLDhL</t>
+  </si>
+  <si>
+    <t>28. jan. 1911</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/EdY8a0YA</t>
+  </si>
+  <si>
+    <t>1911-06-12</t>
+  </si>
+  <si>
+    <t>Lille Kærbyhus</t>
+  </si>
+  <si>
+    <t>Oline -
+Ellen Agnete Amstrup
+Alhed Marie Brønsted
+Ellen Brønsted
+Adam Goldschmidt
+Alfred Goldschmidt
+Ina  Goldschmidt
+Amanda Heinesen
+Julius Hviid
+Pauline L
 Alhed Larsen
-Jens  Nielsen</t>
-[...16 lines deleted...]
-Kjærlig Hilsen til Eder begge. Din Moder</t>
+Johanne Christine Larsen
+Christine  Mackie
+Anna - , pige i huset hos Astrid
+Ellen  Sawyer
+Harris Sawyer
+Fritz Syberg
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Laura Warberg boede i 1911 i København, og brevet er sendt fra et af hendes besøg hos datteren Johanne og hendes familie i Kærbyhus, Kerteminde. Det må være Fritz Syberg, hun besøgte i Kerteminde. 
+Laura Warberg rejste i maj 1911 til Berlin, Dresden, Schweiz og Nürnberg sammen med datteren Astrid. 
+Det vides ikke, hvem der holdt sølvbryllup.
+Johanne C. Larsen var klaverlærer og en dygtig pianist. Det vides ikke, hvorfor hun skulle spille i skoven. 
+Den syge person var Harris Sawyer, som var gift med Laura Warbergs datter, Ellen. Han døde 4. juli 1911.
+Det vides ikke, hvem Hr. Peter og Erik var.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0895</t>
+  </si>
+  <si>
+    <t>Det var godt, at Alfred Goldschmidt ikke modsatte sig Astrids rejse. 
+Laura Warberg er i Kerteminde, og hun har besøgt Fritz Syberg. Hun har været skuffet over, at ingen havde tid til at høre om hendes rejse, men nu har Marie Larsen og Christine Larsen fået en lang beretning. 
+Johanne spiller i skoven og må øve meget.
+Christine og Adolf Larsen tjener for tiden pænt på deres landbrug. 
+Ellen Sawyer har sendt et trist brev om mandens sygdom.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/fBxg</t>
+  </si>
+  <si>
+    <t>Lille Kærbyhus d: 12-6-11.
+Kære Astrid – 
+Jeg vilde ikke skrive til Dig, før jeg vidste, hvor Du var, eller sende Pakken. Alfred kunde jo godt have sat sig imod Din Rejse, - godt han ikke gjorde det og at Du nu kan være med Børnene i Fred og Ro vel ca. 4 Uger?, kunde Du ikke lade Anna passe ham og Huset en Tid alene?? saa Du kunde yderligere forlænge Dit Ophold. Dersom Anna kan føre Hus lidt økonomisk, saa koster I jo ikke mere i Birkerød end hjemme, vel endog knap saa meget. Det maa Du da en Gang sige mig lidt om. Hermed Kjolen og Din Blækstift, som laa i min lille Taske. Jeg kom godt hertil, gik Kl. ca. 7 hen til Syberg, bankede stille paa Køkkendøren, og kom ind i Spisestuen. Syberg havde været temmelig syg i en Uge, var begyndt at være oppe; han var uhyre venlig mod mig, vi snakkede en hel Del. Jeg kom her 6.20, Johanne havde ikke bemærket, at jeg vilde komme Tirsdag, de sad og spiste til Aften, Pauline var her, men rejste lidt efter. J. er saa kolossal optaget af sin Musik og af Eleven, hun har nylig faaet en ny. 
+Det har været en lille Skuffelse, at hverken hun eller Alhed nogensinde har Tid til at høre om min Rejse, men forleden Aften gik jeg ned til Christine og fortalte hende og Marie i næsten 2 Timer. De var meget interesserede. I Aftes kom de hjem fra Sølvbryllup, der var forløbet meget godt, uhyre storartet Arrangement. De holdt alle til paa Erikshaab og havde det brillant der. I Morges blev Oline – Pigen her syg ligger i Dag mindst, Dr. Hviid var her i Formiddags. Hun var skæv. Ryggen skal ind til Kbh og have Bandage. J. tænker om hun mulig i den Tid kan faae Amanda. Jeg rejser til Snøde paa Lørdag og derfra til Glorup. Det gaar godt med Musiken i Skoven, 2 Gange om Ugen 2 Timer ad Gangen. J. maa øve sig meget dertil. Lige nu var Amanda her og sagde sin Time af for Resten af denne Maaned; hun rejser paa Torsdag til Kbh. og Malmø, da hun hørte, I er i Birkerød, vilde hun tage en Dag derud; vilde skrive til Dig fra Kbh. Vi veed endnu ikke, naar Moderen kommer til her. Lille Bes leger saa udmærket med Anna og Ellen og alt Puttes Legetøj, hun sover i Puttes Seng, det Skind er jo ind under Pe[ulæseligt], var ret modfalden, da de alle rejste fra hende i Torsdags i Kbh., men var behersket og meget sød. Jeg kan slet ikke skrive til M[ulæseligt] jeg veed ingen Adr. Naar Du skriver, saa hils dem og sig Tak for Kortet. Det var dejligt, Børnene havde haft en god Pinse i Kbh; hils dem mange Gange. Fandt Du saa Brevet med deres Tegninger? Syberg havde endt sit Telegram med: Gudsfred og Velsignelse – det var bleven til Husfred og V. – i de kommende Aar!! Nete stregede det fatale Ord over! Jeg har saa mange Breve at skrive i Eftermiddag; Erik sidder her og tegner, J. inde at have Time. og andet. Barnepigen er i Skole om Eftem.; men en Søster af hende tager Bibbe, naar hun vaagner af sin 2 Timers Middagssøvn. Hun er sød det lille Pus. Det staar helt godt til for dem med Penge, hun er inde i Dag at betale Renter, 300 til Hverringe og 150 til Bonden, 75 skal sendes til Syberg. Men de har ca. 300 om Maaneden ind for Mælk nu for Tiden!!! De har 12 Køer i Sommer, har købt to. Nu Farvel lille Putte! Ja det var en herlig Tur! Jeg har lagt Plan for den næste,: Berlin, Dresden, Eisennach og Wartburg og maaske Amsterdam. – 
+De synes udmærket her om min Plan at give Muk 300 Kr. næste Sommer til den Amerika Tur; bare for Elles Skyld. Her laa et lille trist forjaget Brev, han ligger endnu, men har begyndt at spise og sove. – Hvilken Tilværelse for Elle! Jeg har aldrig Medlidenhed med ham! Hun skrev, naar de igen faar Indtægter, det har de altsaa ikke noget, der hedder for Tiden! – saa sender hun for den Ramme, men jeg skrev strax, at jeg skal nok betale det hele, saa kan hun holde det lidt til 6te Marts. – Tænk om hun kan have Muk en Maaneds Tid til næste [”næste” indsat over linjen] Sommer. Men saa en til at have i Birkerød imens?? Du???
+Ja saa Farvel da! Hils Lomme og Anna mange Gange. Hr. Peter er dejlig! Kærlige Hilsner fra Bedstemor.
+[Indsat s. 1 i venstre margen, lodret:] Blækstiften er et Ærme</t>
+  </si>
+  <si>
+    <t>21. jan. 1912</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/Q4C5h7Kk</t>
   </si>
   <si>
     <t>1914-03-06</t>
   </si>
   <si>
     <t>Villy -
 Laurentius Allerup
 Ludvig Dahlerup
 Niels Hansen
 Andreas Larsen
 Johan Larsen
 Bruno Liljefors
 Ingeborg Rasmussen
 Jens Rasmussen
 Mads Rasmussen
 Ellen  Sawyer
 Christine Swane
 Hasse Zetterström</t>
   </si>
   <si>
     <t>Johannes Larsen var i foråret 1914 75 dage ved Filsø for at male. 
 Den Baltiske Udstilling åbnede 5. maj 1914.
 Faaborg Museum købte i perioden 1909 til 1914 otte billeder af Niels Hansen. 
 Hverringeskoven, som hører til godset Hverringe, ligger få kilometer nord for Kerteminde på halvøen Hindsholm.</t>
   </si>
   <si>
     <t>Alhed Larsen har ikke anmeldt til Charlottenborg, og Larsen må fortælle hende, hvilke hun skal sende. På Den Baltiske Udstilling skal Larsen vise Påfuglene og Havlitterne og nogle andre gode, så han kan konkurrere med Bruno Liljefors.
 Niels Hansen burde være glad, når man har købt så meget af ham.
 Det svinder i pengebeholdningen.
 Ellen Sawyer har fødselsdag fredag, og Alhed har inviteret gæster.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/xgfu</t>
   </si>
   <si>
     <t>Kæreste Larsi!
 Tak for Dit Brev i Dag, skriv endelig tit, Du kan nok tænke, jeg vil følge med stor Spænding, hvordan det gaar. Skriv Dit Telefonnummer. – Hermed mere Post. Jeg har ikke anmeldt til Charlottenb., maaske kan jeg sende 3-4 derud. Og Du maa da endelig sende ogsaa lad mig strax vide hvormange og hvilke. – Se, til den baltiske har Du jo Paafuglene i Spisestuen og maaske de 3 Havlitter, jeg kunde nu godt lide, Du skulde faa nogle rigtig gode Billeder derover, at konkurrere med Liljefors og saa er der jo Zätterström. - - Niels Hansen kunde jo godt holde sig i Ro nu I har købt alt det af ham. Han kan da ikke gøre andet end sende Mads Katalog, jeg mener ikke mere uden at være paatrængende. – Hvor Overrettens behandlede Dig pænt, men hvor kunde Du faa Penge? – Dahlerup har i Dag bedt om 100, han havde lagt ud i Banken, saa nu svinder det fælt i de 1000. – Den nye And har det godt, de gaar rigtig fredelig og pænt sammen derude. Christine og jeg har været i Hverringeskoven i det dejlige Vejr. – Det er Elles Fødselsdag Fredag, jeg har bedt Familien og Villy og Allerup, send hende en Lykønskning – Nu maa jeg slutte. 1000 Hilsner fra os alle 3. – Bare Du nu ikke bliver forkølet.
 Din A
 Onsdag Aften</t>
   </si>
   <si>
+    <t>1914-10-20</t>
+  </si>
+  <si>
+    <t>Hverringe Gods
+Romsø
+Kerteminde
+Bøgebjerg, 5390 Martofte</t>
+  </si>
+  <si>
+    <t>Christian Valdemar Krarup
+Jeppe Andreas Larsen
+Johannes Larsen</t>
+  </si>
+  <si>
+    <t>1 tønde hartkorn = 139 l = ca. 100 kg. 
+Hverringe Gods ligger nord for Kerteminde i Viby Sogn. Hovedbygningen er opført i 1790. Hverringe Gods er på 1655 hektar med gårdene Brolykke og Bøgebjerg. Oprindelig var Hverringe en skovgård beliggende ved de store skove, der lå ud til kysten. I 1607 opkøbte Hverringes ejer øen Romsø og et stort stykke kystskovbælte af kongen og derved blev godsets jordlod et meget langstrakt kystvendt område. Ud over landbrug og skovbrug er godsets forretningsområder i dag boligudlejning og jagt. Desuden driver godset Romsøbåden, der hele sommeren sejler turister fra Kerteminde til Romsø. Overnatning på øen er ikke tilladt. Desuden er en 5-stjernet campingplads i godsets regi.
+Ejer er Alexander Iuel, greve.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv (i kopi)</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har indløst et pantebrev, som Hverringe Gods har haft i faderens virksomhed</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/v0lv</t>
+  </si>
+  <si>
+    <t>Af Stamhuset Hverringes Godskontor har underskrevne Kunstmaler Johannes Larsen i Dag erholdt udlånt den af Købmand I.A. Larsen i Kerteminde under 15. Juni 1895 til det med Stamhuset Hverringe forbundne Juelske Fideicommis udstedte og den 26. Juni 1895 tinglyste Panteobligation, lydende paa 8000 Kr., til foranstaltende Udslettelse af Afdrag 3500 Kr. og Tinglæsning af Relaxation af Panteretten i Matr. No 6 (Haven ved Stranden) med Hartkorn 1 3/4 Td.
+Kerteminde den 1. September 1914.
+Johannes Larsen. 
+vend
+Den foran nævnte Panteobligation er den 14de dennes modtaget tilbage fra By- og Herredfoged[ulæselig] i Kjerteminde.
+Hverringe Godskontor
+pr. Kerteminde 
+den 20 - October 1914.
+Krarup.</t>
+  </si>
+  <si>
+    <t>1916-12-24</t>
+  </si>
+  <si>
+    <t>Postkort</t>
+  </si>
+  <si>
+    <t>Christine Swane
+Sigurd  Swane</t>
+  </si>
+  <si>
+    <t>Falkonér Allé, Frederiksberg
+Hverringe</t>
+  </si>
+  <si>
+    <t>Andreas Larsen
+Johan Larsen
+Johannes Larsen
+Christine Swane
+Lars Swane
+Sigurd  Swane</t>
+  </si>
+  <si>
+    <t>I nr. 3 på Falkonerallé boede Sigurd Swanes forældre og søster.
+I 1916-17 blev der bygget nyt "værksted" ved siden af villaen på Møllebakken. Samtidig blev villaen bygget om og det gamle værksted blev lavet til soveværelse. (Erland Porsmose: Johannes Larsen Menneske, kunstner og naturoplever. Gyldendal 1999 s.174-181).</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, A8 Lb 6.</t>
+  </si>
+  <si>
+    <t>Julehilsen. Familien Larsen er flyttet ind i den ombyggede villa på Møllebakken i Kerteminde.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ZdDC</t>
+  </si>
+  <si>
+    <t>[Fortrykt på billedsiden:]
+Kerteminde Hverringe
+[Fortrykt på tekstsiden:]
+Stenders Forlag Eneberettiget 33528
+[Håndskrevet:]
+Maleren Hr. Sigurd Swane
+Falkonérallé 5 5
+København 
+F
+Kære Ugle og Swane. I faar kun dette Kort – jeg har været vildt optaget af at flytte over i og ordne det nye Hus. Der er vidunderligt, vil jeg sige jer. Jeg har sendt ”det lille” en Bjørn fra Onkel Las og mig. Spilleriet er fra Drengene. Jeg vil savne hans lille søde Fjæs ved Juletræet. – En glædelig Jul og et godt Nytaar ønskes jer alle 3 og I maa endelig hilse meget inde i No 3 – Masser af Hilsner fra os alle Eders Be
+Julen 1916.</t>
+  </si>
+  <si>
+    <t>1917-09-08</t>
+  </si>
+  <si>
+    <t>Hverringeskoven</t>
+  </si>
+  <si>
+    <t>Anders, havemand -
+Poul Boisen
+- Jørgensen, Fru
+Adolph Larsen
+Andreas Larsen
+Georg Larsen
+Johan Larsen
+Johanne Christine Larsen</t>
+  </si>
+  <si>
+    <t>Charlamouwsky er en æblesort, som blev indført til Danmark fra Rusland i 1838.
+Hverringeskoven ligger nord for Kerteminde omkring herregården Hverringe.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har ordnet have. Gartneren har arbejdet med Alheds blomster, og Lysse og Puf har plukket svampe.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/CJFp</t>
+  </si>
+  <si>
+    <t>Kjerteminde 8 Septbr 1917.
+Kæreste Alhed!
+Jeg sidder hos Gross. og skriver dette paa Vej ned efter Klaksen. Jeg har faaet slaaet Plænerne og Forhaven i Orden, men saa heller ikke mere da Agraren har laant Anders i Torsdags og Onsdags og i Dag fra Frokost. Jeg kan hilse fra Junge hun var her hos Gross da jeg kom. Fru Jørgensen var her i Gaar og fik saa 100 Kr. som Pastor Boisen takkede for. Telefonen. Gartneren har levnet det nederste Charlemouvsky Fra med de fleste Æbler paa han havde kun købt de 4. Han har gaaet og virket en hel Del med Dine Blomster gravet op og plantet om og stillet frem i Solen og saaet Camp. med. I Dag sagde han at han skulde have Dine eng. Pelarg. ud og ha dem givet en Omg. for de var ved at faa Lus. Drengene har plukket en Masse Svampe Blæk. Mælke, og Champ. og især Cantareller som det viser sig at hele Hverringeskoven er fuld af. Mange Hilsner
+Din 
+JL.</t>
+  </si>
+  <si>
+    <t>1917-11-11</t>
+  </si>
+  <si>
+    <t>Louise Brønsted</t>
+  </si>
+  <si>
+    <t>Tornehave Birkerød St.</t>
+  </si>
+  <si>
+    <t>Grethe Bichel
+Peter Bichel
+Ellen Brønsted
+Eugenie Holstein-Ledreborg
+Julius Hviid
+Ellen Iuel
+Marie Iuel
+Rudolph Iuel
+Alhed Larsen
+Andreas Larsen
+Johan Larsen
+Eiler Lehn Schiøler
+Ellen  Sawyer
+Gudrun Skanderup Nielsen
+Andreas Warberg
+Minna Warberg
+Mogens Warberg
+Torkild Warberg</t>
+  </si>
+  <si>
+    <t>Fru Hotel Nielsen: Gudrun Skanderup Nielsen ejede Tornøes Hotel i Kerteminde.
+Hverringe og Ulriksholm er herregårde beliggende nær Kerteminde.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3773</t>
+  </si>
+  <si>
+    <t>Laura Warberg ønsker Ellen/Bes Brønsted tillykke med fødselsdagen.
+Laura har været i Brædstrup. Lejligheden er god, men kold, og drengene var søde. Familiens nye pige druknede sig i Ring Sø.
+Laura W. har problemer med øjnene og med svimmelhed, og hun kan ikke bruge briller.
+Alhed Larsen underviser sine sønner. Den ene er dygtig; den anden bagud.
+Ellen Sawyer sælger malerier og underviser i klaverspil på blandt andet herregården Hverringe.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/H1mh</t>
+  </si>
+  <si>
+    <t>[Skrevet med blyant på kuvertens forside:]
+1917 11-11-1917
+[Skrevet med blæk på kuvertens forside:]
+Fru Professor Brønsted
+cand. polyt.
+Tornehave 
+Birkerød St.
+[På tværs med sort blæk på kuvertens forside:]
+90
+60
+50
+50
+450
+90
+300
+60
+180
+125
+1440
+[På kuvertens bagside; med blyant; en del kemiske formler. Og med blæk; på tværs:]
+25
+Sk. 20
+20 
+10
+[Med blæk i brevet:]
+Kerteminde d: 11/11-17
+Kære lille Muk!
+Til Lykke med lille søde Bes! Jeg sender samtidig med dette en Anvisning paa 2 Kr, som hun selv kan kan købe sig lidt for, den store 12aarige Pige; at tænke sig om 6 Aar er hun Student. Jeg har været en Uge i Brædstrup, det er en smuk Lejlighed, men der er koldt. Drengene var raske og søde, Minna meget optaget af ny Pige d: 1_ste_, flink og rar og godt anbefalet, lovede saa godt! Og saa drukner hun sig i Ring Sø en lille Kvartmil fra Brædstrup, en meget uhyggelig og mystisk Begivenhed, ingen aner Motivet, uden muligvis øjeblikkelig Sindssyge eller at der var noget galt med hende, hvilket endnu ikke var bleven undersøgt, da jeg rejste. Minna averterede strax og havde et run af Piger, tog vist en af dem. Jeg har ikke været hel vel en lang Tid, Øjne og Hoved og megen Svimmelhed, men det er kun Nervøsitet siger baade Dr. Hviid, Grethe Bichel og Dr. Sounte, Øjelæge i Odense. Det eneste ved det, som generer mig er, at jeg kan ikke taale at bruge Briller, kun en Lorgnet og endda med Maade. Jeg prøver at faae andre Glas i Brillerne, men det er vanskeligt. Ellers staaer alt vel til i alle Hjem; Alhed slider vældigt med Drengene, Puf er flink, men de siger, at Lysse er umulig, hans ringe Kundskaber i alle Fag er os en Gaade. Lehn Schiøler spekulerer for Alhed, vist 2000 som han nylig har købt Malerier for; hun har lige faaet at vide, at hun har tjent 600 foreløbig. Elle tjener godt ved Malerier for Tiden et ret stort med Olie til Fru Hotel Nielsen og et mindre til Grevinden paa Ulriksholm/gennem Bichels. Hun er glad ved at spille paa Hverringe, de er saa ligetil og rare mod hende, og den unge Datter er saa sød og flink, men ikke musikalsk. Gid Vinteren ikke skal blive for streng for Elle og gid den skrækkelige Krig snart fik Ende!
+Nu kun kærlige Hilsener til Eder allesammen, lille Muk; jeg vil da haabe, jeg har takket for Dit sidste lange og gode Brev.
+Bedstemor
+Elle hilser Eder alle og lykønsker Bes!</t>
+  </si>
+  <si>
+    <t>1918-04-14</t>
+  </si>
+  <si>
+    <t>Kolding
+Fiil Sø</t>
+  </si>
+  <si>
+    <t>Jenny -
+Søs -
+Victor Bøttern
+- Lange
+Andreas Larsen
+Johan Larsen
+Eiler Lehn Schiøler
+Johannes Madsen
+Emanuel Nielsen
+Christine Swane</t>
+  </si>
+  <si>
+    <t>Det er uvist, hvad brevet fra Lehn-Schiøler refererer til, når han skriver, at "han har solgt 1896erne"</t>
+  </si>
+  <si>
+    <t>Johannes Larsen laver forstudie til en sneppeakvarel i Hverringeskoven. Han har fået tegnet Filsøbogen og pakket billeder til Christine Swane (Uglen). Lehn Schiøler har solgt "1896erne" (?), og han og Larsen har tjent godt på det.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/xqeI</t>
+  </si>
+  <si>
+    <t>Kjerteminde 14 April 1918.
+Kæreste Alhed!
+Det var kedeligt at jeg ikke fik talt med Dig i Tel. jeg var oppe i Hverringe Skoven for at male en Studie saa jeg kan have noget at holde mig til naar jeg kommer hjem og skal lave den Sneppeaquarel, for saa er jo Sneppetiden forbi og alt er anderledes. Jeg for op af Sengen i Aftes fordi Telefonen kimede saa vanvittigt og den blev ved til jeg tog Røret, saa jeg var sikker paa det var Staten det viste sig at være et Øg der vilde tale med Jenny. Afringning. I Gaar fik jeg tegnet Filsøbogen og spartlet Lærred blev først færdig Kl. 8 1/2. I Dag har jeg altsaa malet og nu skriver jeg. Jeg har skrevet efter Georginer og andet til Lange og efter [ulæseligt ord] og mere til Kolding. Madsen var her i Morges og pakkede Billeder til Uglen, Christensen og Lehn-Schiøler og Blendrummer og Lærred til mig og spiste Frokost med Gartneren og mig. Jeg har meddelt Emanuel at jeg graver hans Kartoffelstykke væk naar jeg kommer igen hvilket han fandt meget rimeligt. 
+Der var brev fra Lehn-Schiøler i Gaar at han har solgt 1896erne. Bøttern regnede med at vi har tjent 3807 Kr. 60 Øre paa dem. Nu skal jeg have samlet mit Kluns sammen og pakket saa jeg kan komme af Sted i Morgen Frmdg. det er en Fandens Masse man har at gøre. Nu kom der et ungt Menneske fra Fru Andresen med nogle Blokke Violer. Hils Drengene. Skriv til mig.
+Din JL.</t>
+  </si>
+  <si>
+    <t>1921-10-27</t>
+  </si>
+  <si>
+    <t>Andreas Larsen
+Johan Larsen</t>
+  </si>
+  <si>
+    <t>København
+Falkonér Allé 5</t>
+  </si>
+  <si>
+    <t>Lundsgårdsvej, Kerteminde
+Bovense Nyborg
+Sabbesborg
+Camp Hverringe</t>
+  </si>
+  <si>
+    <t>Brormand - 
+Christian Andersen
+- Andreasen, Uraniavej
+Victor Bøttern
+- Granberg
+Th. Krarup
+Johan Larsen
+Johannes Larsen
+Marie Larsen
+Eiler Lehn Schiøler
+Elisabeth Mackie
+Carl Nielsen
+Ellen  Sawyer
+Christine Swane
+- Thomsen, Kerteminde</t>
+  </si>
+  <si>
+    <t>Man krydser Kauslunde Å på vejen mellem Kerteminde og Nyborg. Bøgebjerg Strand er markeret med Camp Hverringe.
+Alhed og Johannes Larsen ejede Svanemøllen, som lå/ligger ved siden af deres villa. En møller drev den for dem. 
+At møllen er i bagvind vil sige, at vinden blæser fra den modsatte side af vindfanget, hvilket i værste fald kan forårsage stor skade på vinger og aksel.(Mølleordbog.dk) 
+Eiler Lehn Schiøler havde fødselsdag 30. oktober. Dagbogen, som også omtales i tidligere breve fra Alhed Larsen til drengene, er Johannes Larsens renskrift af en af dagbøgerne fra sejladserne med skibet Rylen. Larsen gav Schiøler en sådan. Efter hans død blev den købt af et ægtepar, som siden testamenterede den til Johannes Larsen Museet.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, Larsen-breve kasse 1</t>
+  </si>
+  <si>
+    <t>Det har været et voldsomt stormvejr ved Kerteminde. Johan/Lysses pram var drevet væk, men blev fundet igen, badeanstalten var væltet, strandhaverne var oversvømmet, flere høns druknet. Ellen Sawyer (Elle) cyklede til Bovense, og vandet stod ind over vejen. Dele af klinterne er styrtet i havet, og mange snoge og hugorme er druknet. Svanemøllen kom i bagvind, men den blev reddet.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/wab6</t>
+  </si>
+  <si>
+    <t>Kære, søde Drenge!
+Jeg fortryder, at jeg ikke strax i Mandags skrev til jer om Stormen, saa var det nok bleven en dramatisk Beskrivelse, jeg var saa opstemt og opfyldt af det. Nu er alle Ulykkerne komne og Humøret er knap saa glimrende. Desuden har I jo nu set det meste i Aviserne. Men det var Lysses Pram der [ordet ”der” indsat over linjen] var borte og saa vilde jeg ikke skrive før jeg saa om den kom. Og det gjorde den. Strax om Morgenen gik jeres Far en Razzia, der laa 6 Pramme dreven sammen i en Klump ved Havnemolen men Lysses var ikke derimellem, men Basse og Brormand fandt den jeg ved ikke hvor, har ikke talt med dem. I kan ellers tro det var et mærkværdigt Syn Mandag Morgen. Landskabet helt forandret. Begge Moler under Vand Herrebadeanstalten væltet og nede ved Villaerne stod Vandet helt ind til Landevejen, Strandhaverne fuldstændig skjulte. Folk sad paa Toppen af Hønsehusene og bjergede Høns, men 31 af Slagterens var druknede, en Gris var halvdød men blev kaldt til live. De fleste Badehuse og Bror væk af vores Bro dog kun det yderste Stykke. Elle cyklede til Bovense, ind gennem Skoven, da Lundsgaardvejen var helt under Vand, det stod op til Gaardspladsen, ved Kauslund saa det farligt ud, store Bølger slog ind over Landevejen og styrtede ned paa Marken paa den anden Side, hun maatte flere Steder ind over Marken og gik i til over Knæene. Broen turde hun ikke være gaaet ud paa hvis Kauslundmanden ikke havde staaet der og hjulpen hende. Det indvendige Stykke af Landevejen er hulet ud og skyllet bort af Bølgerne. Gl. Chr. Andersen sov paa Hindsholm Stormnatten. D [”D” overstreget] En Del af Sarpsborg er skyllet bort ligesaa af Bøgebjerg Klint Kilden er borte med Springvand og det hele. Snoge og Hugorme blev forstyrrede i deres Vintersøvn, der laa mange druknede og en Snog sad paa en Gren ud over Vandet og lallede med Tungen. Det var stygt med den Stranding. Den ene stakkels Mand, en Tysker sad 16 Timer i Rigningen og svømmede til sidst i Land, hjulpen det sidste Stykke, da han ikke kunde mere, af Karl Nielsen. Men han syntes ikke det var noget videre, han havde gjort hele Krigen med. – Svanemøllen kom i Bagvind Søndag Efterm., da Vinden pludselig sprang, og Sønnerne var ikke hjemme saa det saa truende ud, da den begyndte at køre rundt, 2 Møller er brændt paa den Maade, men de kom til Stede og fik den standset. Nu ved jeg ikke om der er mere lokalt at fortælle om Stormen, Rylen og hvad der laa i Havnen tog ingen Skade. Her har været en lille sjov Retssag. Gl. Thomsen averterede i Kerteminde Avis, at hvad der kom af Kalkuner og andet Fjerkræ i hans Have, vilde han skyde og henlægge i Strandkanten. En af de første Dage røg en af Onkel Victors Kalkuner. Han meldte det til Politiet men [ordet ”men” overstreget] og forlangte 50 Kr. men lille Krarup kendte for Ret, at han ingen Penge skulde have. Og nu sætter han et lille lavt Staaltraad dernede som Kalkunerne kan skræve over. Fedtsyl. Saa snart Æblekassen kommer, bliver den fyldt og returneret og samtidig sendes Tæpper, Kittel og Støvler. I maa undskylde at det ikke er kommen før, men jeg har haft saa vanvittig meget. Fru Granberg sagde fra til Vadsken saa begge Pigerne maatte til det og jeg tage alt Husværket og meget andet. Jeg sendte Penge i Gaar, lad mig vide om I [det følgende indsat øverst side 1, på tvæs] har faaet dem og hvis ikke Kvittering. Jeres Far sender Dagbogen til Schiøler til jer, I maa se den og saa aflevere den Søndag Formiddag 30te paa Uraniavej. I kan jo godt give den til Andreasen hvis I ikke vil ind. Vi kan ikke sende direkte da det er en Søndag. – Nu kun 1000 Hilsner ogsaa fra Tante Ia og ogsaa til Tante Ugle.
+Jeres Mor.
+Torsdag</t>
+  </si>
+  <si>
+    <t>Alhed Marie Brønsted</t>
+  </si>
+  <si>
+    <t>Hverringevej 206, 5300 Kerteminde, Danmark
+Møllebakken 14, 5300 Kerteminde, Danmark
+Glorupvej 34, 5853 Ørbæk, Danmark</t>
+  </si>
+  <si>
+    <t>Ellen Brønsted
+Else Birgitte Brønsted
+Alhed Larsen
+Johanne Christine Larsen</t>
+  </si>
+  <si>
+    <t>Kopier findes på Joahnnes Larsen Museet.</t>
+  </si>
+  <si>
+    <t>Der mangler den indledende del af brevet.
+Alhed Marie Brønsted løber hele vejen hjem fra Hverringe Strand bagefter hestevognen. Alhed Larsen har været syg med forkølelse. Johanne Christine Larsen skal efter sygehusophold til Glorup. AMB spørger efter nyt om søsteren Else Birgitte. Den anden søster Ellen er gæst på Møllebakken og spiller megen bridge med andre gæster og familien Larsen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/wj5I</t>
+  </si>
+  <si>
+    <t>Jeg løb bagved Vognen fra Hverringe Strand og hjem. Hesten løb stærk Trav, vi blev ogsaa dygtig forpustede. Tante Be var lige staaet op af Sengen af Forkølelse, da jeg kom og har det stadig ikke saa godt. Tante Junge skal ud af Sygehuset paa Onsdag og til Glorup . [ulæseligt] er fortvivlet over [ulæseligt] hun bager hele Tiden, men den bagte forsvinder straks paa en [ulæseligt] Maade. Nu er hendes Knæ bedre og hun haaber hun kan løbe paa Skøjter i Dag.Skriv snart om alle. Hilsen fra Bes. Hvordan har Mudi det? Og I andre?
+Kære Muk! Jeg haaber ikke I savner Bes alt for meget. Hun bliver her foreløbigt er helt fjollede til at spille Bridge. De sidste Nætters Søvn har henholdsvis været [ulæseligt] ½ - 4½ - 6½ Timers Søvn. 
+Skriv snart. Hilsen fra Lomme.</t>
+  </si>
+  <si>
+    <t> 8. maj. 1923</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/MzqbODHZ</t>
+  </si>
+  <si>
     <t>1923-07-10</t>
   </si>
   <si>
     <t>Ellen Brønsted</t>
   </si>
   <si>
     <t>Møllebakken, 5300 Kerteminde, Danmark</t>
   </si>
   <si>
     <t>Louise Brønsted
 Peter Oluf Brønsted
 Adolph Larsen
 Alhed Larsen
 Elisabeth Mackie
 Laura Warberg</t>
   </si>
   <si>
     <t>Kopier findes på Johannes Larsen Museet.</t>
   </si>
   <si>
     <t>Der bliver badet og svømmet meget fra bl.a. Klinten.
 Børnebørnene drikker chokolade hos Bedstemoder - Alhed Larsens mor.
 Alhed Marie Brønsted efterlyser brev fra sin mor.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/bNBG</t>
   </si>
   <si>
     <t>Kære Bes! Torsdag.
 Tak for dine lange Breve. Ja, vi bader en Del, især fra Klinten. Vi har den helt for os selv og kan tage Solbad og al Ting. Jeg er ved at lære mig Sidesvømning. Desværre gaar det skidt med Tennissen. Peder og Putte gider ikke og Tante Be har ikke Tid, saa jeg naar vist næppe at blive lige saa dygtig som dig du endsige dyktigere. I Aftes spiste vi til Aften hos Agrarens. I Dag skal vi (Børnebørnene) drikke Chokolade hos Bedstemoder Kl. 3. Bedstemoder spørger meget ivrigt til jer og især om hvad I faar at spise og om Maden er god. Det har I ikke fortalt noget om. 
 Muligvis de vil have Gnomen paa paa Hverringe. Vi maa jo se at finde et virkligt fint og fornemt Sted til ham. 
 Sig til Muk at nu maa hun snart skrive et langt Brev.
 Hilsen fra Lomme.</t>
+  </si>
+  <si>
+    <t>Møllebakken 14, 5300 Kerteminde, Danmark</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/GKus</t>
+  </si>
+  <si>
+    <t>Kære Bes!
+Puf har slaaet Fuglene op. Du kan spørge Onkel Las om dem, der mangler.
+Hilsen fra Lomme.
+Plover – Brakfuglefamilien
+golden plover }
+yellow -- } Brakfugl, Hjejle
+green -- }
+snipe – Bekassin
+black grouse – Urhøne
+white (or willow) grouse – Dalrype
+to grouse – at skyde Ryper
+grousing – Rypejagt
+grouse moor – Rypefelt.
+grass-plover – 
+elur[ulæseligt]uch
+men jeg synes jeg maatte skrive det. 
+Lysse er hjemme for Tiden som Invalid. Han har faaet en Harvetand i Hælen. Saaret var dybt og han har faaet Indsprøjtning mod Stivkrampe. Nu ligger han paa Divan eller humper rundt paa eet Ben. Lille efterlignede ham i Dag i Køkkenet. Det saa aldeles kostelig ud. Lysse siger alle gør Nar af ham.Lille altsaa, Kyllingerne, du har daarlige Ben og Peder Hund. Vi spiller ogsaa meget Bridge, nu han er hjemme. 
+Bedstemoder har hjulpet mig saa meget i den sidste Tid. Med at pille Kaal og med at vadske op. I Gaar gav hun Wienerbrød til Kaffen. Havekonsulenten og Peter Klokker var her. Puf kom paa Motorcykel med Klokker. Man ser kun et flygtigt Glimt af ham, af og til. Fridaturen og Rynkebyturen var vellykkede. Det bliver vist for vidtløftigt et Brev, hvis jeg fortæller udførligt om dem. Da Tante B Elle og jeg cyklede hjem fra Rynkeby (en Maaneskinsnat) hørte jeg Nattergalen for første Gang. Det begyndte saa smaat at trække op til Torden, og da jeg vaagnede Kl. 5, ved at Puf kom hjem fra Motorcykelturen, buldrede det ordentlig løs. Der brændte et Hus i Viby. 
+Tak de smaa for Brevene. Jeg haaber snart at høre, hvordan Bes’s Examen er forløbet.
+Kys til dig og Far.
+Lomme. 
+Jeg løb bagved Vognen fra Hverringe Strand og hjem. Hesten løb stærk Trav, vi blev ogsaa dygtig forpustede. Tante Be var lige staaet op af Sengen af Forkølelse, da jeg kom og har det stadig ikke saa godt. Tante Junge skal ud af Sygehuset paa Onsdag og til Glorup . [ulæseligt] er fortvivlet over [ulæseligt] hun bager hele Tiden, men den bagte forsvinder straks paa en [ulæseligt] Maade. Nu er hendes Knæ bedre og hun haaber hun kan løbe paa Skøjter i Dag.Skriv snart om alle. Hilsen fra Bes. Hvordan har Mudi det? Og I andre?</t>
   </si>
   <si>
     <t>1926-08-13</t>
   </si>
   <si>
     <t>Frederiksberg</t>
   </si>
   <si>
     <t>Uraniavej, Frederiksberg
 Rungsted Badehotel
 Fiilsø
 Långaryd, Sverige</t>
   </si>
   <si>
     <t>-  Clausen, køber
 - Højmark
 Vagn Jacobsen
 - Kappel
 Frithiof Kemp
 Eiler Lehn Schiøler
 Helga Lehn Schiøler
 Hakon Spærck</t>
   </si>
   <si>
     <t>I 1925 bliver Johannes Larsen eneejer af Båxhult ved Långaryd i Småland.
 Mattak er en grønlandsk ret fremstillet af hvalhud. Især narhvalens hvalhud er populær, om end den er svær at tygge.
 Bif og Peter er hunde.</t>
   </si>
   <si>
     <t>JL nærmer sig afslutningen af andet bind af bogværket Danmarks Fugle.
 Han er i færd med at forberede en jagt med brygger Vagn Jacobsen til Fiilsø.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/iqXt</t>
   </si>
   <si>
     <t>Uraniavej 13 Aug 1926.
 Kæreste Alhed!
 Det var nok et noget forvirret Brev Du fik i Gaar, men det er jo heller ikke nemt naar man bliver kaldt 3 Gange til Tel. og en Gang til. Middag mens man skriver. I Dag har jeg lavet de to sidste Vignetter til 2det Bd. og er begyndt paa den manglende Skallesluger paa Albellustavlen, som bliver færdig i Mrg Frmdg og er jeg saa færdig med det Bind. Jeg har været hos Clausen i Eftermiddag og faar de 500 for Nattergalen i Mrg. Derfra var jeg hos Kemp og fik alle Papirerne på Båxhult og skal hilse fra ham. Schiøler har været paa Museet og talt med Docent Spærck, der vikarierer for Hørning. Det er ham, som skal skrive den Bog, som Kappel vil have tegninger til. Han kommer her i Mrg Formiddag for at tale med mig om Sagen. Det er ellers meget smaat det jeg hører fra Jer, 2 smaa Propektkort i snart 3 uger !!! Jeg vilde meget gerne have at vide hvornaar Jagten gaar ind, jeg mener hvilken Dato. For at kunne aftale med Bryggeren om Rejsen. De bor for tiden paa Rungsted Badehotel og jeg fik Deres Telf.No. hos Kemp. Vi skulde have haft Matak til Frokost men desværre var det fordærvet, det er en uheldig Skæbne der hviler over denne Delikatesse. Jeg har skrevet til Stockholm og ansøgt om Indfærdseltilladelse for Foch, som er med her og opfører sig pænt og forliges helt godt med Bif. Jeg sendte det fra Kjerteminde i Tirsdags og bad dem sende det hertil. Men det forekommer mig at I sagde, der var vrøvl med Peter da I rejste hjem. Hvad skal der foretages i den Anledning og hvor skal det foregå? Ja det kan jo heller ikke hjælpe jeg spørger for I faar vel ikke dette de første Dage og kan heller ikke naa at svare. Hvis alt gaar vel skulde jeg gerne kunde rejse paa Tirsdag Frmdg. Jeg glæder mig til at komme derop. Jeg skulde hilse fra Schiølers. Mange kærlige Hilsner
 fra
 Din
 JL</t>
+  </si>
+  <si>
+    <t>1927-05-29</t>
+  </si>
+  <si>
+    <t>Brevkort</t>
+  </si>
+  <si>
+    <t>Lars Swane</t>
+  </si>
+  <si>
+    <t>Hjørring</t>
+  </si>
+  <si>
+    <t>Holger Drachmann
+Marie Krøyer
+Peder Severin Krøyer
+Christine Swane</t>
+  </si>
+  <si>
+    <t>Det var højst sandsynligt Lasses far, Sigurd Swane, som tilføjede kommentaren: Det går godt med Lasse.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, Christine Swane Breve, kasse 1, kuvert 1, 2002/61, A8,lb11.</t>
+  </si>
+  <si>
+    <t>Lasse er på ferie ved Skagen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/IwBB</t>
+  </si>
+  <si>
+    <t>[Fortrykt på kortets adresseside:] [ Logo]
+BREVKORT:
+[Håndskrevet på kortets adresseside:]
+Fru C Swane
+Falkonerallé 5 III
+København F
+Sjælland
+[Håndskrevet på bagsiden]
+29/5-27 Til Lykke 
+Kære Moder
+Jeg var ikke søsyg paa Damperen. Vi kom en 1½ Time for sent til Frederikshavn. Vi gik idag til den tilsandede Kirke [tilføjet] fra Hulsig til Skagen hvor vi har set Drachmans Hus og Grav, og Kreuers Hus, Grenen. Paa den ene Side af Grenen [Håndskrevet på kortets adresseside:] var der gode Bølger paa den anden Side er det blikstille
+Hilsen fra Lasse
+Jeg skriver igen i Morgen
+[Skrevet på hovedet på kortets bagside:] Det gaar godt med Lasse</t>
+  </si>
+  <si>
+    <t> 9. aug. 1927</t>
+  </si>
+  <si>
+    <t>Ólafur Tubals</t>
+  </si>
+  <si>
+    <t>I anledning af 1.000 året for Altingets oprettelse tog forfatterne Gunnar Gunnarsson og Johannes V. Jensen initiativ til en nyoversættelse af De islandske Sagaer.
+Dagbøgerne i 1927 er beskrivelser af natur, fugle og rejsen i Island fra 8 juni til 5.september 1927.
+Rejsens formål er indsamling af materiale til illustrationer af de sagasteder og landskaber, hvor sagaernes handlinger udspillede sig.
+Omkring 300 penne og tusch illustrationer blev resultatet af de to rejser i 1927 og 1930.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/AX8xcm94</t>
+  </si>
+  <si>
+    <t>Andreas Larsen</t>
+  </si>
+  <si>
+    <t>Johan Larsen</t>
+  </si>
+  <si>
+    <t>Fakse
+Hestehavegaard</t>
+  </si>
+  <si>
+    <t>Lille -
+Ludvig Brandstrup, visedigter
+Grethe Jungstedt
+Elena Larsen
+Johanne Christine Larsen
+Johannes Larsen
+Ann-Sofi Norin
+Jørgen Schou
+Marie Schou
+Nalle Schou
+- Skovgaard
+Martin Warberg Larsen</t>
+  </si>
+  <si>
+    <t>Ludvig Brandstrup satte gang i de såkaldte Co-Optimistrevyer i 1925. Ann-Sofi Norin var en del af den ni personer store trup, og han og hun blev gift (Kvinfo: Ann-Sofi Norin, lokaliseret jan. 2022). 
+Fra 1905 og en del år frem boede Elena/Bimse Italia Larsen, f. Hansens forældre fynbomaleren Peter Hansen og hans kone på Enghavevej 40 i København.
+Fønix Teater: På Frederiksberg Allé lå et gammelt traktør- og forlystelsessted, som siden 1784 gik under navnet Ratzenborg. Fra 1847 blev det kaldt Sommerlyst, indtil det i 1918 blev indrettet til teater under navnet Fønix Teatret, hvor der blev spillet revyer, komedier, farcer og operetter. Her var LB direktør i flere år i trediverne. 1938 ændredes navnet til Frederiksberg Teater, som var i brug, til det 1957 fik navnet Aveny Teatret. (Kilde: Lex.dk.) 
+Romsø er en 1 km² stor ø i Storebælt ca. 10 km nordøst for Kerteminde. Den 109 hektar store ø har siden 1604 hørt under Hverringe Gods, ejet af familien Iuel. (Kilde: Wikipedia jan. 2022.)</t>
+  </si>
+  <si>
+    <t>Brev i privateje</t>
+  </si>
+  <si>
+    <t>Ludvig Brandstrup skal til Båxhult med sin kone/kæreste og skal bruge nøglerne.
+Andreas Larsen har sammen med en flok mennesker været på Romsø. De havde meget mad og drikke med og har spist rester. Johannes Larsen havde det godt. Andreas spørger, om han må komme på besøg hos Johan.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/NkIu</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Hr Johan Larsen
+c/o Proprietær Skovgaard
+Hestehavegaard
+pr Faxe
+[I brevet:]
+Kære Lysse!
+Co-optimist direktør Ludvig Brandstrup har faaet Lov til at tage til Båxhult med Ann Sofi Norin fra førstkommende Lørdag indtil ca 11. Juli. Hvis du har Nøglerne kan du saa ikke sende dem til ham omgaaende Adr: Fønixteatret København F. 
+Hvis Bimse har dem og endnu er paa Enghavevej, skaffer han dem selv. 
+Vi var paa Romsø i Mandags. Luftfartsreklamechef Direktør Rom med Kone, Buf, Nalle og Marie Syberg, Grete, Lille og jeg. Vi kørte til Stengaards Stænge, og blev hentet af en Romsø-Baad. Far havde det godt, han havde 13 Billeder paa Rad! Vi havde 20 Bajere, Brændevin og saa meget Mad med, at Tante Junge, Manse, Lille, Grete og jeg [overstreget bogstav] holdt Andendagsskovtur paa de halve Rester iaftes, vi ringede uden Held til Pilegaarden, saa maaske de ogsaa var ude for at gøre Kaal paa deres Rester. Tak for dit Brev forleden, desværre har jeg ikke Tid at svare med ["med" indsat over linjen] mere [overstreget bogstav] end dette nu.
+Hvordan kan det passe dig at have os den 29, [overstreget bogstav] er det ikke en Lørdag, altsaa den 30. skulde det være! hvordan passer det den 30. ds? Ikke fordi jeg har talt med Far om det, men jeg kunde tænke mig den Dato. 
+Mange Hilsner fra Puf.
+Hils Hr og fru Skovgaard</t>
+  </si>
+  <si>
+    <t>1938-12-30</t>
+  </si>
+  <si>
+    <t>Carl Andresen
+Eric Bøttern
+Margaretha Bøttern
+Adolph Larsen
+Andreas Larsen
+Elena Larsen
+Jens Larsen
+Jeppe Larsen
+Peter Andreas Larsen
+Else Larsen, Else, Andreas Larsens kone
+Ane Talbot
+Christian Treschow</t>
+  </si>
+  <si>
+    <t>Godset Hverringe ligger få kilometer nord for Kerteminde. 
+Johan/Lysse og Elena/Bimse har netop fået deres tredje barn, og det blev en pige (Alhed).</t>
+  </si>
+  <si>
+    <t>Brevet er i privateje, A</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har været syg i mange dage.
+Han fik fugle i julegave af Andreas/Puf og Else. Nogle af dem bor i Vinterhaven, som nu er omdannet til volière. 
+Larsen fodrer vilde fugle i haven. 
+Eric Bøttern og hans kone kommer til middag.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/17Cx</t>
+  </si>
+  <si>
+    <t>Kjerteminde 30 Dec. 1938.
+Kære Lysse!
+Tak for Dine Breve. Jeg var til Middag paa Hverringe forrige Lørdag, bl.a. sammen med Chr. Treschow, som jeg skal hilse fra. Dagen efter var jeg forkølet og laa hele Ugen til jeg stod op Juleaften. 2de Juledag havde jeg Besøg af Patronen og gik med ham i Haven og viste ham Odderne og Bryggeriet og fik Forkølelsen om igen. Jeg har dog gaaet oppe siden men kan ikke komme af med den. Jeg fik en Dompap og 2 lyseblaa Undulater til min Fødselsdag af Puf og Else. Den første er i Bur her inde de 2 andre ovre i Vinterhaven der er lavet om til Voliere dog med Bibeholdelse af Glas i Gavle og P[ulæseligt]pel. Jeg har vist fortalt at den revnede i Stormen mens jeg var ved Fiilsø. Vi fodrer Solsorter og Spurve og Bogfinker og Rødhals her uden for og i Gaar Middags kom der en Fasan og en Hættemaage og jagede dem væk og sad længe og aad sammen, Fasanhønen længst. I Morges daa jeg stod op gik der 3 Fasanhøner uden for Spisestuevinduet. Ellers kommer her 4-5 Graaænder. Jeg har en Ederfugl ♂ og en Sædgaas som jeg havde med fra Fiilsø og 2 Graaænder som jeg har faaet af Agraren. Den gamle Stamme blev skudt væk i Sommer. Erik Bøttern og hans Kone kommer her til Aften. Tak for Elsdyret og Fyldepennen. Det var da en forfærdelig Jammer med alle Dine Naboer, forhaabentlig kommer de over det. Jeg skal hilse fra Puf og Else og Børnene og ønske Dig et godt og glædeligt Nytaar! Ogsaa fra mig, og gid Du snart maa faa Bimse og Børnene hjem i god Stand Det var morsomt at det blev en lille Pige. Mange Hilsner
+Din Far.</t>
   </si>
   <si>
     <t>Elena Larsen</t>
   </si>
   <si>
     <t>Carl Andresen
 Elise Hansen
 Grete Jensen, f. Hansen
 Adolph Larsen
 Andreas Larsen
 Jens Larsen
 Johan Larsen
 Johanne Christine Larsen
 Marie Larsen
 Peter Andreas Larsen
 Else Larsen, Else, Andreas Larsens kone
 Alhed  Møhl, Lysses datter
 Elisabeth Neckelmann
 Marie Neckelmann
 Ingeborg Rasmussen
 Jens Rasmussen
 Christine Swane
 Lars Swane</t>
   </si>
   <si>
     <t>Johannes Larsen har ligget syg en uge, og han gik for tidligt ud og blev syg igen. 
 Christine og Lars Swane har været hos Larsen i julen. I dag skulle Larsen have været til frokost hos Ingeborg rasmussen, men han måtte melde afbud. 
 Larsen takker for fyldepennen.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/izLL</t>
   </si>
   <si>
     <t>Kjerteminde 30 Dec. 1938
 Kære Bimse!
 Tak for Dit Julebrev! Jeg laa i Sengen og skrev Julekort og havde noteret Dig sidst paa Listen fordi Du skulde have et rigtigt Brev og saa blev Resultatet at jeg ikke naaede mere end Kortene. Jeg var til Middag paa Hverringe med en begyndende Forkølelse og næste Dag blev jeg liggende og laa en Uge og stod saa op Juleaften, anden Juledag havde jeg besøg af Patronen og da jeg syntes at jeg var kommen mig gik jeg med ham i Haven og viste ham Odderne og Bryggeriet, uden at tage mere Tøj paa og saa fik jeg det om igen og nu kan jeg ikke komme af med den igen. Det er forbandet for jeg skulde gerne have bestilt en hel Del, og nu har jeg været arbejdsudygtig i 14 Dage. Ellers har vi det godt og har haft en god Jul. Lysse har været flittig til at skrive, 3 Breve før Jul og et siden. Uglen og Lasse har været her i Julen og rejste hjem i Gaar og Marie er hos Agrarens. Vi skulde have været til Frokost hos Ingeborg Jens Rasmussen i Dag, men sendte Afbud, kunde vist heller ikke være kommen derud da det har snet og føget i Nat. Tak for Elsdyret og Fyldepennen det er den jeg skriver med. Jeg købte en i Kjøbenhavn af samme Slags men denne passede mig bedre. Jeg ved ikke, om Du er kommen hjem til Din Moder, men i alle Fald faar Du jo nok dette. Jeg skal hilse fra Else og Puf. Vi ønsker allesammen Dig og Lysse og Børnene og din Moder og Søstre et glædeligt Nytaar. 
 Din hengivne JL.</t>
   </si>
   <si>
+    <t>1943-08-27</t>
+  </si>
+  <si>
+    <t>Christa Knuth</t>
+  </si>
+  <si>
+    <t>Knuthenborg pr. Bandholm</t>
+  </si>
+  <si>
+    <t>Holger Lund, Christa Knuths bror</t>
+  </si>
+  <si>
+    <t>Stavreshoved er den sydøstlige halvø af Hindsholm på Nordøstfyn i Kerteminde Kommune. Langs den otte kilometer lange kyst rundt om Stavreshoved øst for Hverringe Gods blev i alt 330 hektar landbrugsjord, skov og uopdyrkede arealer (moser og enge) fredet i 1955 (Wikipedia marts 2024). 
+Af det forrige brev fra Johannes Larsen til Christa Knut fremgår det, at hun købte en af Larsens akvareller til sin bror.</t>
+  </si>
+  <si>
+    <t>Brevet er i privateje</t>
+  </si>
+  <si>
+    <t>Johannes Larsen takker for pengene, brevet og fotografierne. Han har været ved Stavreshoved for at male, men nåede ikke meget, og nu er vejret dårligt, så han ved ikke, hvordan han skal nå det hele. Christas bror har skrevet, at han kunne lide akvarellen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/HoVy</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Lensgrevinde
+Chr. Knuth
+Knuthenborg
+Bandholm.
+[Håndskrevet på kuvertens bagside:]
+Johannes Larsen
+Kjerteminde
+[I brevet:]
+Kjerteminde 27 Aug. 1943.
+Kære Grevinde! 
+Tak for Brevet Fotografierne og Pengene. I Gaar var jeg en Tur ude ved Stavreshoved for at male. Jeg havde Frokost med og 2 Lærreder, men jeg havde alligevel overvurderet mig selv, jeg blev ikke færdig med dem til Kl. 3, da Bilen kom efter mig. I Dag regnede det i Morges og i Eftermiddag stormer det saa det lader til vi skal have en Omgang uroligt Vejr igen, saa jeg begynder at blive at blive nevøs for hvordan jeg skal naa alt hvad der skal naaes inden Oktober. Jeg havde Brev fra Din Broder i Anledning af Din Gave som lader til at være falden i god Jord. Mange Hilsner
+Din hengivne
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1944-12-22</t>
+  </si>
+  <si>
+    <t>Lindøgaard pr. Dræby St.</t>
+  </si>
+  <si>
+    <t>Bakkevej 12 Hareskov St.</t>
+  </si>
+  <si>
+    <t>Lars Christian Balslev
+Anne Marie -, i huset på Lindøgaard
+Niels Iuel
+Adolph Larsen
+Andreas Larsen
+Johannes Larsen
+Marie Larsen
+Axel  Müller
+Ellen  Sawyer
+Janna Schou
+Franz Syberg
+Agnes Taaning
+Grete Warberg Larsen
+Martin Warberg Larsen
+Per Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvem Jensen og Kaj var.
+Tornøes Hotel ligger og lå i Kerteminde. 
+Malerens er Johannes Larsen, hans søn, svigerdatter og børnebørn. De boede sammen på Møllebakken i Kerteminde. 
+Ladersen var Lars Christian Balslevs kælenavn. De af hans voksne børn var interneret i Frøslev-lejren p.gr.a. deltagelse i modstandskampen. Han tilsyneladende også.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2448</t>
+  </si>
+  <si>
+    <t>Johanne/Junge takker for pakken fra Astrid/Dis. Hun har købt en frakke til Per og et træsnit til Laura/Bibbe og har derfor kun råd til små gaver. Hun har nået meget af juleforberedelserne, og Anne Marie, Bibbe og Martin/Manse har hjulpet godt. Bibbe og Johanne har været på en dejlig tur til Kerteminde, hvor de har besøgt Ellen, Johannes Larsen, Fru Taaning m.fl. De hørte Franz/Trylle Syberg spille julekoncert i kirken og var på Tornøes Hotel. Da Johanne kom hjem, fik hun at vide, at tyskere med 25 heste skulle indkvarteres hos dem, men det blev heldigvis aflyst.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/AkuE</t>
+  </si>
+  <si>
+    <t>[På kuvertens forside:]
+modt. Juledag 1944.
+Fru A. Warberg Müller
+Bakkevej 12
+Hareskov St.
+[På kuvertens bagside:]
+Lindøgaard Dræby St Fyn
+[Skrevet nederst på kuvertens bagside og på hovedet:]
+Tusind Tak for de nydelige Kort, glemte Maries Brev; intet særligt ud over hvad jeg skrev.
+[I brevet:]
+Lindøgaard Fredag 22-12-1944.
+Har ikke Tid at læse igennem. 
+Kære lille Dis!
+Det er (for mig) en tidlig Morgenstund, jeg fik Kaffe paa Sengen Kl 8 og det er for mig tidligt. Inden jeg nu skal i Gang med det blø’e Brø’ hvilket vil sige Julekage Honningkage Lagkage og den du sendte mig Opskrift paa, som vi har prøvet og finder glimrende – altsaa inden jeg gaar i Gang med det, skal du have et lille Julebrev. Der er kommen en Pakke fra dig, en stor en, men jeg er streng med ikke at [ulæseligt ord] Vrøvl – ikke at pakke Pakken op før Juleaften, saa dette kun en foreløbig ”Kvittering” og Tak! Fik du en lille tarvelig Julegave fra mig? Jeg har maattet fare med Lempe, da jeg har givet Per en Overfrakke til 45 Kr. og Bibbe et Træsnit af Las – Gejerfuglene – som jeg endnu ikke ved, hvad koster, da jeg har bestilt det hos Puf, der ogsaa har besørget Indramning. Vi er helt godt med hvad Arbejde angaar, men jeg kan jo sagtens, naar jeg har den glimrende Hjælp i den dygtige Pige. Hvordan mon du klarer dig, lille Dis med dine stakkels faa Kræfter? Bibbe har det nogenlunde men heller ikke mere; hun tog dog en Slagtedag for mig, hun og Grethe lavede Rullepølser, Spegepølser og kogte en Del hen, Resten havde Anne Marie og jeg lavet Dagen før. Jeg har konstateret – egentlig til min Overraskelse – at min Hjerne fungerer lige saa godt som tidligere nu ved disse Juleforberedelser, hvor saa meget skal huskes og ordnes. Det er flere Aar siden, jeg selv kunde staa for Slagtningen; man skal holde Hjernen klar, naar en 400 Punds Gris skal ordnes – hvad der skal saltes, holdes fersk, hvad til Spegepølser, til Medister og hvad koges hen. Manse, som er meget interesseret og har en Mening selv om de Dele, hjalp mig. Vi kom for sent paa det med at bestille Slagter – skønt jeg stadig mindede Manse, saa Enden paa det blev, at vi skulde slagte i Tirsdags Kl 5 om Morgenen; der skulde saa gøres Ild under Kedelen Kl 3 ½ og da jeg ikke turde stole paa de unge, holdt jeg mig vaagen, de to sidste Timer sad jeg op i Sengen; da jeg Kl 3 ½ kom op i Havestuen (hvor Manse sover nu) havde baade han og Bibbe Lys, saa jeg kunde have sparet mig! Jeg sov saa nogle Timer og arbejdede med Slagtningen det meste af Dagen – er jeg saa ikke ved at udvikle mig til Kæmpe?
+Bibbes og min Tur til Kjerteminde forløb glimrende; vi havde Bil baade ud og hjem; var derude Kl. 12, gik derinde og havde egentlig saa godt Held med os. Vi havde spist Middag her hjemme først, drak Efterm.kaffe hos Jensen og gik saa op til Elle, som havde ventet os til Middag. Vi var bedt til Malerens til Aftensmad, det var saa fornøjeligt og Gudskelov i al Tarvelighed, hvad jeg havde udbedt mig; de har faaet Centralvarmeapparatet flyttet fra Værkstedet ind i Boligen og laa i et hyggeligt Rod. – Jeg nød 3 Snapse! Saa kneb det med at gaa ned til Hotellet, Bibbe havde nær aldrig faaet mig slæbt derned; da jeg skulde op ad Trappen stod der en Flok, som skulde ind og jeg siger saa til en lang Kleppert som stod der – ”aa tag ve’ mig” og en meget kultiveret Stemme svared ja, det skal jeg rigtignok”. Det var, sagde Bibbe mig senere en af Juel-Sønnerne fra Hverringe; da vi gik hen gennem Gangen slyngede jeg et henkastet ”Tak til ham, der hjalp mig” ud over Skulderen. - - Saa en lille Passiar ind hos Kaj, det var underligt at sidde i den dejlige hyggelige Stue en Gang igen. Næste Form. til en festlig The hos Fru Taaning (bedt) saa juleagtigt og pænt rigtig The og en dejlig Cigar, saa Middag hos Elle med Vin, derefter ned til Kirkekoncert; Trylle spillede herligt og et lille udsøgt Kor sang meget smukt; vi drak Kaffe med dem alle paa Tornøe og hilste paa saa mange gamle Kendinge. Hjem ved 6 Tiden til Agr. og Manse, alt var gaaet godt her hjemme. Elle skal være hos Malerens Juleaften, kommer her til Nytaar, vi flytter en Seng ind til Bibbe.
+Det er næsten ikke til at holde ud at tænke paa Ladersen med 2 Børn i Frøslev jeg sender dig Maries Brev, det er lettere end at fortælle om det. Jeg er dybt bedrøvet.
+Nu vinker det blø’e Brø’, jeg må afsted og ønsker til Slut jer alle 4 en rigtig god og glædelig Jul og – Dis – et godt Nytaar ikke alene for Jer men for den hele Menneskeslægt - - lad mig lige fortælle at Manse kom i Forgaars Aftes med den Besked at vi fik 25 Tyskere og en Del Heste til Indkvartering og at de kom i Nat!! Al vor Juleglæde svandt, men allerede i Gaar fik vi at vide at den bedske Drik udsættes til efter Jul. Vi maa tage Anne Marie op til Bibe, tør ikke lade hende sove derude i sit Værelse. Mulig det helt skydes over. Hvor de dog gaar frem nu igen!
+Tusind Hilsner søde Dis fra alle her til Jer alle Din Junge.</t>
+  </si>
+  <si>
+    <t>1945-03-17</t>
+  </si>
+  <si>
+    <t>Ellen  Sawyer</t>
+  </si>
+  <si>
+    <t>Hareskov
+Bakkevej 12</t>
+  </si>
+  <si>
+    <t>Harriet Afzelius
+Grethe Jungstedt
+Kurt Jungstedt
+Matilde Jungstedt
+Johanne Christine Larsen
+Axel  Müller
+Ole Poulsen
+Janna Schou</t>
+  </si>
+  <si>
+    <t>En fidibus er betegnelsen for en sammenfoldet strimmel papir til tænding af piber, pejse, ovne og lignende.
+Harriet er muligvis Harriet Afzelius. Når Ellen Sawyer fortæller Astrid warberg-Goldschmidt, at Astrids barnebarn er i huset i Stockholm, kan det skyldes, at Astrid i perioder stort set ikke var i kontakt med datteren Ina og dennes familie. Det vides ikke, hvem Sj. var. 
+Det lille barnebarn var Pernille Marryat, f. 1945. 
+Lille var Grethe og Kurt Jungstedts datter, Matilde/Matilda.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0812</t>
+  </si>
+  <si>
+    <t>Ellen Sawyer takker for cigaretterne. Tobak og tændstikker er en mangelvare. 
+Der bliver bygget befæstninger og gravet skyttegrave i Kerteminde. 
+Dejligt med Astrid Warbergs nye barnebarn.
+Margaret/Grethe og Kurt Jungstedt har sølvbryllup i juni, og deres datter er ansat hos en arkitekt.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Y2b7</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Astrid Warberg Müller
+Bakkevej 12
+Hareskov
+Sjælland
+[På kuvertens bagside:]
+Ellen Sawyer
+Kjerteminde
+[I brevet:]
+17-3-45
+Kære lille Disser!
+Du skal rigtignok have så mange Tak for de dejlige Cigaretter og for dit Brev. Er der noget, jeg bliver rørt over, så er det, når man undværer af sin dyrebare Tobak til mig, - og de var meget fine! Og de kastede Glans over mit Fødselsdagsselskab. Nu begynder det jo ellers at knibe med det – Tobak – som med så meget andet, - og selv om vi har lidt at ryge på (og jeg har jo noget dansk) så nærmer den Tid sig med hastige Fjed, da man ikke har noget at tænde med. Her er Tændstiksmiséren akut. Så længe man har Ild i Kakkelovnen, går det jo, - så kan man bruge Fidibusser. Jeg klarer mig med èn (1) Tændstik om Dagen. Endog Gassen tændes med Fidibus. Gastænder har jeg – men Stiften er slidt op og man kan ikke opdrive en ny. Gas og Elekt. går det meget godt med. En 15 Lys Pære bruger meget lidt og man går jo tidligt i Seng. Jeg sparer sammen til at stryge min store Forårsvask. – men hvor er alt dette Småtterier! ”Man” befæster Kerteminde, - graver Skyttegrave, - sætter Pæle i overalt til at markere, hvor man vil have Antiluftskyts, Kanoner, Pigtråd o.s.v. Man graver Skyttegrave oppe i Ole Poulsens Mark, ved Hverringe, ved Pilegården og mange andre Steder. Man venter åbenbart Angreb fra Storebælt. – Folk har sine Evakueringskufferter stående pakket, så man kan forlade alt med kort Varsel. Det er nu ikke hyggelige Udsigter. Men sommetider går det jo da bedre end Præsten præker!
+Hvor yndigt for dig at have Nus så hun af og til kan smutte hjem og hvor henrivende for dig med det lille Barnebarn. Når det bliver Sommer, kan du vel se dem lidt oftere. – Jeg håber jo stadig på at få mine at se. Til Sommer har Kurt og Gr. Sølvbryllup – i Juni, - men jeg når såmænd ikke at komme op til det. De har det ellers godt, - jeg får mange og gode Breve fra dem. Lille har en god og vellønnet Stilling hos èn af deres bedste Arkitekter og er meget glad ved sit Arbejde. Hun er rigtig kommet på sin rette Hylde. Men jeg synes jo alligevel, hun snart skulde tænke på at forlove sig. Om dèt forlyder intet. 
+Tak for Opskriften. Den så lovende ud. Nu er den kommet i Kogebogen og skal bruges ved en festlig Lejlighed. 
+Min F-dag var yderst vellykket. – Masser, Masser af Gaver og en lille fin Middag om Aftenen, for min Klub. – Harriet er jo også i Stockholm nu og har Plads og det har Sj. også, men det ved du vel. 
+[Skrevet på langs på venstre side s.1:] 
+Junge har jeg ikke set siden Jul – jeg har ingen brugbar Cycle. Vi skriver af og til.
+[Skrevet på langs på venstre side s. 2:]
+Hils nu Aksel og Nusset og dig selv Masser af Gange fra din gamle Elle</t>
+  </si>
+  <si>
     <t>1949-02-25</t>
   </si>
   <si>
     <t>- Krog, dyrehandler
 Andreas Larsen
 Johannes Madsen
 Jens  Meulengracht
 Holger Rasmussen
 Leo Swane</t>
   </si>
   <si>
     <t>Sidensvans er svensk for silkehale</t>
   </si>
   <si>
     <t>Johannes Larsen har lavet ex libris til Johan/Lysse. Han er næsten færdig med billedet til kongeskibet. Professor Meulengracht mente, at der skulle en foreløbig ramme på, så Larsen hører om Madsen har en. 
 Johannes Larsen har holdt Faaborg Museumsmøde med god mad. Han har bestilt fugle hos en dyrehandler.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/8MnK</t>
   </si>
   <si>
     <t>Kjerteminde 25 Febr. 1949.
 Kære Lysse!
 Til Lykke med Fødselsdagen. Puf fik for en Tid siden den Ide, at jeg skulde lave Dig et Ex libris, og her ser Du Resultatet. Vi har ladet lave 1000 Eksplr. Resten og Originaltegninger der er dobbelt saa stor (lineært) kommer senere, naar vi faar Tegningerne fra Trykkeriet. Jeg er nu ved at være færdig med Billedet til ”Dannebrog” og skal have det sendt af Sted en af Dagene. Det forstiller en Flok Ederfugle flyvende forbi Baaden paa Hatterrevet der er rød og hvid i Solskin. Jeg havde Brev fra Professor Meulengracht i Gaar han mente at der maaske skulde en foreløbig Ramme om, og jeg skal nu ned til Madsen og se om han har noget brugeligt. Vi havde Museumsmøde (Faaborgmuseum) her i Forgaars med Skriveswane og Holger M Rasmussen og Familie vi fik Østers og Pufs Øl og Oksefilé og Dessert og Kaffe med Hverringe Cognacen, og Whisky og Soda ovenpaa. Jeg har lige været ude og sælge en Hane for 15 Kr. Der er dog nogle der holder Landhøns endnu. Det stormer i disse Dage i Gaar var det Bygevejr men i Dag har det været tørt hele Dagen. 
 Jeg havde Brev fra Dyrehandler Krog i Gaar. Han har faaet de 4 nye Gæs. Og jeg skriver nu til ham efter nogle Korsnæb Sidensvanser og Graasiskener. Mange kærlige Hilsener til Jer allesammen
 fra Din Far.</t>
   </si>
   <si>
     <t>1950-09-12</t>
-  </si>
-[...4 lines deleted...]
-    <t>Bakkevej 12 Hareskov St.</t>
   </si>
   <si>
     <t>Joy Deason
 Jesper Hansen
 Grethe Jungstedt
 Adolph Larsen
 Andreas Larsen
 Peter Andreas Larsen
 Else Larsen, Else, Andreas Larsens kone
 Pernille Marryat
 Ib Marryat Johansen
 Ruth -, pige i huset hos Johanne Larsen
 Ellen  Sawyer
 Janna Schou
 Fritz Warberg
 Karen Warberg
 Marie Warberg
 Grete Warberg Larsen
 Lise Warberg Larsen
 Martin Warberg Larsen
 Per Warberg Larsen
 Erik Warberg Larsen, søn af Erik og Grethe
 Laura Warberg Petersen
 Troels Warberg Petersen</t>
   </si>
@@ -1262,616 +1828,50 @@
 fik deres Have at se efter 2 Aars Forløb; hvad de havde af Blomster, Grete er jo Blomster-Menneske, det var dejligt at se, og Tinge stod der med et stort Smil, da vi kom. Lille Tinge føler sig af og til sat i Baggrunden, han siger, at ingen bryder sig om at komme til dem, det er altid Manse og Lindøgaard. Aa, hvor jeg ligesom genoplever vore unge Dage i Kjerteminde, hvor vi var de smaa, og hvor jeg maatte kæmpe med mig selv for ikke at blive for bitter. Men Tinge fik da en herlig Tur i Lørdags. Fredag Aften ved 9-10 Tiden kom en Bil - - hvem Søren kunde det være. To Herrer, sagde Englænderne, der spejdede, og ind kom Peter fra Båxhult og Lommes Jesper. De var paa Biltur i Peters egen Bil, for Jesper havde aldrig været paa Fyen og skulde nu se det Land. Det var vældig Sjov! De havde Soveposer og ik [”ik” overstreget] fik saa overladt en Smule Sengklæder og laa paa Gulvet i Dagligstuen – lidt haardt indrømmede de, da vi ingen Madras havde. Ruth foreslog selv, da Engl. kom, at hun kunde sove hos sin Søster, som bor i Strandgyden, Manse laa saa ovre i hendes Værelse, og de to i Havestuen og Gæstekamret. Næste Morgen kørte Peter dem (Engl. og Manse) til Fyens Hoved, hvor der ingen Tyre var, saa de kunde gaa helt ud paa det yderste af Hovedet, saa fik Jesper det set ogsaa, og om Eft. kørte den gode Peter dem til Odense, hvor de blev sat i deres Tog og blev vinket Farvel til – et for Manses Vedkommende meget lettet Farvel! Han kunde ikke lide Joy, hvorimod hendes friend: Peter var helt tiltalende. 
 Saa om Søndagen skulde de paa stor Tur, og jeg tillod mig om Aftenen at sige, om de ikke skulde have Tinge med. Jo, naturligvis! Per kom ogsaa med [”Per kom ogsaa med” indsat over linjen] Jeg sendte en Tier med Manse næste Morgen med til Tinge, saa han ikke skulde have Udgifter af Turen. De saa Ørbæklunde, var inde hos Titterne paa Glorup, som gav dem Kaffe og for Resten havde været saa glad ved Besøget, sagde Nina i Telefonen. Paa Rygaard var de, saa den store Riddersal og de dejlige Kældere, derfra til Svendborg og Turø (el. hedder det Thurø?) hvor de nød en god Kotelet. Saa havde de [”de” indsat over linjen] været ved Lykkesholm, hvor de saa en mægtig Havremark (de mente 50 Tdr. L.) med Korn sat i Traver, fuldstændig grøn i Toppen, altsaa spiret! Hvilket forfærdelig Tab for dem, der driver Gaarden, hvem de saa er. Ja, hvad den Regn ødelægger i dette Aar
 3.
 For os og Tinge ser det ikke godt ud, vi har baade Ærter, Lupiner og Sennep ude, en hel Del af Ærterne har vi dog faaet tærsket, intet af Tinges, som er mere sene med at tørre. Faar vi ikke lidt godt Vejr nu, kan det gerne blive til Katastrofe.
 Frits kom her forleden en Gang [”forleden en Gang” indsat over linjen], men vi kunde ikke have ham, og han gik saa paa Lindø, hvor de egentlig var glade ved ham, og hvor han var i halvanden Uge, tror jeg. De ejede ikke Penge at købe Mad for, og jeg financierede saa Foretagendet og gav Grete 25 Kr. til det. Saa gik det jo. Han sad her flere Eftermiddage og snakkede med mig, det var helt morsomt. Saa drog han til Elle, men vi havde gjort ham det klart, at der maatte han ikke slaa sig ned; mon du ved, at Elle har faaet et daarligt Knæ, en Slags Slid-Gigt vist, fik Røntgenbehandlinger i Odense, og det havde da hjulpet udmærket, men Elle blev i Fjor mæt af Fritz, da han var der i 2 1/4 Maaned. Han var der da kun èn Nat og tog saa til Bibbe, hvor han antagelig er endnu. - Her er saa Servietterne, jeg vilde sætte Pris paa, om jeg kunde faa dem lidt snart igen, jeg har Bestilling paa 12 til Fritz Warbergs Svigermor, er ved at sy en Lysedug til en af vore Naboer: 16 Kroner og skal 
 [Skrevet på hovedet øverst siden mærket ”3”:]
 ogsaa sy en Slags Bordløber til Fritz W. saa du ser, der er Gang i Forretningen, jeg er ogsaa meget flittig med det. Du kan nok markere, hvilke 6, han vil have, f. Eks. ved at ri en Traad
 [Skrevet langs venstre margen på siden mærket ”3”:]
 igennem de 6. Forøvrigt staar alt vel til her – hvis bare vi ikke havde de Sorger med Avlen. Servietter koster kun 2 Kr.
 [Skrevet på hovedet øverst s. 4:]
 Hvor er det dog kedeligt for dig med al den Astma og dine manglende Kræfter, og du har dog saa god Brug for dine. Det har ogsaa været en skidt Sommer, saa Sol-løs, og den Sol skulde vi jo have at tære paa hele Vinteren. Tak for Øjeblikket! Jeg synes ikke, 
 [Skrevet langs venstre kant s4:]
 de skulde haane den Mand, der vil have bedre Boliger paa Vesterbro det er en ligesaa vigtig ”Front” mod Kommunismen som Militæret
 [Skrevet på hovedet øverst s. 2:]
 Hvad siger dog Ib og Janna til de 47,000 Meningsfæller, der har sagt fra? Folk begynder at forstaa, hvad Kom. egentlig er. – Det er pudsigt, at du som altid har hadet Politik nu skriver, - Politik, for hvad er dine Pipifaks andet? Har du tænkt paa det? 
 [Skrevet langs venstre kant s. 2:]
 Saa kun til Slut de kærligste Hilsner til Jer begge fra din Junge
 [Skrevet på hovedet øverst s. 1:]
 Hvis han vælger Kransen med Navnetrækket hvad Bogstaver skal der saa staa?
 N.B. Su. u.
 [Skrevet på tværs s. 6:]
 modt. 15’ Sept. 1950 
 Besvaret 16’ Sept.
 Skrevet til J.C. Pedersen, Aarhus
 19’ Sept. 1950</t>
-  </si>
-[...564 lines deleted...]
-Hils Hr og fru Skovgaard</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="100" formatCode="yyyy/mm/dd"/>
     <numFmt numFmtId="101" formatCode="yyyy/mm/dd hh:mm:ss"/>
     <numFmt numFmtId="102" formatCode="yyyy-mm-dd"/>
   </numFmts>
   <fonts count="7">
     <font>
       <name val="Arial"/>
       <sz val="11"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
@@ -1948,51 +1948,51 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/IwBB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aZbI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4DgT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/AX8xcm94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v0lv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wj5I" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/H1mh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xqeI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pmpj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xLht" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/EdY8a0YA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/vvTHJprE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Q4C5h7Kk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/MzqbODHZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/WsHnFLg1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/DnYM5ovH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ZbFoLDhL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y6TP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CJFp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gLBf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/17Cx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZdDC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pQmY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JuzW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xgfu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bNBG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iqXt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/izLL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8MnK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iY0z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GKus" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y2b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fBxg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AkuE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oaIp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wab6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9DkY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jLjW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DIJT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HoVy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NkIu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/jLjW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aZbI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4DgT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pmpj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y6TP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DIJT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9DkY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JuzW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oaIp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gLBf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/WsHnFLg1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xLht" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pQmY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/vvTHJprE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/DnYM5ovH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ZbFoLDhL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/EdY8a0YA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fBxg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Q4C5h7Kk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xgfu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v0lv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZdDC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CJFp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/H1mh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xqeI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wab6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wj5I" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/MzqbODHZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/bNBG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GKus" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iqXt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IwBB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/AX8xcm94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NkIu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/17Cx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/izLL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HoVy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AkuE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y2b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8MnK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iY0z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
   <dimension ref="A1:M43"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
@@ -2038,1874 +2038,1874 @@
         <v>11</v>
       </c>
       <c r="M1" s="3" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="5" t="s">
         <v>13</v>
       </c>
       <c r="B2" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D2" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E2" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F2" s="5" t="s">
         <v>18</v>
       </c>
-      <c r="G2" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G2" s="5" t="s">
+        <v>19</v>
       </c>
       <c r="H2" s="5" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="I2" s="5" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="J2" s="5" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="K2" s="5" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="L2" s="6" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="M2" s="5" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="5" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B3" s="5" t="s">
-        <v>26</v>
+        <v>14</v>
       </c>
       <c r="C3" s="5" t="s">
-        <v>27</v>
+        <v>15</v>
       </c>
       <c r="D3" s="5" t="s">
-        <v>28</v>
+        <v>16</v>
       </c>
       <c r="E3" s="5" t="s">
-        <v>29</v>
+        <v>17</v>
       </c>
       <c r="F3" s="5" t="s">
         <v>18</v>
       </c>
       <c r="G3" s="5" t="s">
+        <v>27</v>
+      </c>
+      <c r="H3" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="I3" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="J3" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="K3" s="5" t="s">
         <v>30</v>
       </c>
-      <c r="H3" s="5" t="s">
+      <c r="L3" s="6" t="s">
         <v>31</v>
       </c>
-      <c r="I3" s="5" t="s">
+      <c r="M3" s="5" t="s">
         <v>32</v>
-      </c>
-[...10 lines deleted...]
-        <v>36</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="B4" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C4" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="D4" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="E4" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="F4" s="5" t="s">
         <v>37</v>
       </c>
-      <c r="B4" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C4" s="5" t="s">
+      <c r="G4" s="5" t="s">
         <v>38</v>
       </c>
-      <c r="D4" s="5" t="s">
+      <c r="H4" s="5" t="s">
         <v>39</v>
       </c>
-      <c r="E4" s="5" t="s">
+      <c r="I4" s="5" t="s">
         <v>40</v>
       </c>
-      <c r="F4" s="5" t="s">
+      <c r="J4" s="5" t="s">
         <v>41</v>
       </c>
-      <c r="G4" s="5" t="s">
+      <c r="K4" s="5" t="s">
         <v>42</v>
       </c>
-      <c r="H4" s="5" t="s">
+      <c r="L4" s="6" t="s">
         <v>43</v>
       </c>
-      <c r="I4" s="5" t="s">
+      <c r="M4" s="5" t="s">
         <v>44</v>
-      </c>
-[...10 lines deleted...]
-        <v>48</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="B5" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C5" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D5" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E5" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F5" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G5" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H5" s="5" t="s">
+        <v>46</v>
+      </c>
+      <c r="I5" s="5" t="s">
+        <v>47</v>
+      </c>
+      <c r="J5" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="K5" s="5" t="s">
+        <v>48</v>
+      </c>
+      <c r="L5" s="6" t="s">
         <v>49</v>
       </c>
-      <c r="B5" s="5" t="s">
+      <c r="M5" s="5" t="s">
         <v>50</v>
       </c>
-      <c r="C5" s="5" t="s">
-[...37 lines deleted...]
-      <c r="M5" s="5"/>
     </row>
     <row r="6">
       <c r="A6" s="5" t="s">
+        <v>51</v>
+      </c>
+      <c r="B6" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C6" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D6" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="E6" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F6" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G6" s="5" t="s">
+        <v>52</v>
+      </c>
+      <c r="H6" s="5" t="s">
+        <v>53</v>
+      </c>
+      <c r="I6" s="5" t="s">
         <v>54</v>
       </c>
-      <c r="B6" s="5" t="s">
-[...18 lines deleted...]
-      <c r="G6" s="5" t="s">
+      <c r="J6" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="K6" s="5" t="s">
         <v>55</v>
       </c>
-      <c r="H6" s="5" t="s">
+      <c r="L6" s="6" t="s">
         <v>56</v>
       </c>
-      <c r="I6" s="5" t="s">
+      <c r="M6" s="5" t="s">
         <v>57</v>
       </c>
-      <c r="J6" s="5" t="s">
+    </row>
+    <row r="7">
+      <c r="A7" s="5" t="s">
         <v>58</v>
       </c>
-      <c r="K6" s="5" t="s">
+      <c r="B7" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C7" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D7" s="5" t="s">
         <v>59</v>
       </c>
-      <c r="L6" s="6" t="s">
+      <c r="E7" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F7" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G7" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H7" s="5" t="s">
         <v>60</v>
       </c>
-      <c r="M6" s="5" t="s">
+      <c r="I7" s="5" t="s">
         <v>61</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="C7" s="5" t="s">
+      <c r="J7" s="5" t="s">
         <v>62</v>
       </c>
-      <c r="D7" s="5" t="s">
+      <c r="K7" s="5" t="s">
         <v>63</v>
       </c>
-      <c r="E7" s="5" t="s">
-[...7 lines deleted...]
-      <c r="G7" s="5" t="s">
+      <c r="L7" s="6" t="s">
         <v>64</v>
       </c>
-      <c r="H7" s="5" t="s">
+      <c r="M7" s="5" t="s">
         <v>65</v>
-      </c>
-[...11 lines deleted...]
-        <v>69</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="5" t="s">
+        <v>66</v>
+      </c>
+      <c r="B8" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C8" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D8" s="5" t="s">
+        <v>67</v>
+      </c>
+      <c r="E8" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F8" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G8" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H8" s="5" t="s">
+        <v>68</v>
+      </c>
+      <c r="I8" s="5" t="s">
+        <v>69</v>
+      </c>
+      <c r="J8" s="5" t="s">
         <v>70</v>
       </c>
-      <c r="B8" s="5" t="s">
-[...11 lines deleted...]
-      <c r="F8" s="5" t="s">
+      <c r="K8" s="5" t="s">
         <v>71</v>
       </c>
-      <c r="G8" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H8" s="5" t="s">
+      <c r="L8" s="6" t="s">
         <v>72</v>
       </c>
-      <c r="I8" s="5" t="s">
+      <c r="M8" s="5" t="s">
         <v>73</v>
-      </c>
-[...10 lines deleted...]
-        <v>77</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="5" t="s">
+        <v>74</v>
+      </c>
+      <c r="B9" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C9" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D9" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E9" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F9" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G9" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H9" s="5" t="s">
+        <v>75</v>
+      </c>
+      <c r="I9" s="5" t="s">
+        <v>76</v>
+      </c>
+      <c r="J9" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="K9" s="5" t="s">
+        <v>77</v>
+      </c>
+      <c r="L9" s="6" t="s">
         <v>78</v>
       </c>
-      <c r="B9" s="5" t="s">
-[...16 lines deleted...]
-      <c r="G9" s="5" t="s">
+      <c r="M9" s="5" t="s">
         <v>79</v>
-      </c>
-[...16 lines deleted...]
-        <v>84</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="5" t="s">
-        <v>85</v>
+        <v>80</v>
       </c>
       <c r="B10" s="5" t="s">
-        <v>26</v>
+        <v>14</v>
       </c>
       <c r="C10" s="5" t="s">
-        <v>27</v>
+        <v>81</v>
       </c>
       <c r="D10" s="5" t="s">
-        <v>28</v>
+        <v>67</v>
       </c>
       <c r="E10" s="5" t="s">
-        <v>29</v>
+        <v>17</v>
       </c>
       <c r="F10" s="5" t="s">
         <v>18</v>
       </c>
-      <c r="G10" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G10" s="5" t="s">
+        <v>82</v>
       </c>
       <c r="H10" s="5" t="s">
+        <v>83</v>
+      </c>
+      <c r="I10" s="5" t="s">
+        <v>84</v>
+      </c>
+      <c r="J10" s="5" t="s">
+        <v>41</v>
+      </c>
+      <c r="K10" s="5" t="s">
+        <v>85</v>
+      </c>
+      <c r="L10" s="6" t="s">
         <v>86</v>
       </c>
-      <c r="I10" s="5" t="s">
+      <c r="M10" s="5" t="s">
         <v>87</v>
-      </c>
-[...10 lines deleted...]
-        <v>90</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="5" t="s">
+        <v>88</v>
+      </c>
+      <c r="B11" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C11" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D11" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="E11" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F11" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G11" s="5" t="s">
+        <v>89</v>
+      </c>
+      <c r="H11" s="5" t="s">
+        <v>90</v>
+      </c>
+      <c r="I11" s="5" t="s">
         <v>91</v>
       </c>
-      <c r="B11" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C11" s="5" t="s">
+      <c r="J11" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="K11" s="5" t="s">
         <v>92</v>
       </c>
-      <c r="D11" s="5" t="s">
+      <c r="L11" s="6" t="s">
         <v>93</v>
       </c>
-      <c r="E11" s="5" t="s">
+      <c r="M11" s="5" t="s">
         <v>94</v>
-      </c>
-[...24 lines deleted...]
-        <v>101</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="5" t="s">
-        <v>102</v>
+        <v>95</v>
       </c>
       <c r="B12" s="5" t="s">
-        <v>50</v>
+        <v>96</v>
       </c>
       <c r="C12" s="5" t="s">
-        <v>28</v>
+        <v>97</v>
       </c>
       <c r="D12" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F12" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G12" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H12" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H12" s="5" t="s">
+        <v>98</v>
       </c>
       <c r="I12" s="5"/>
       <c r="J12" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K12" s="5" t="s">
-        <v>103</v>
+        <v>99</v>
       </c>
       <c r="L12" s="6" t="s">
-        <v>104</v>
+        <v>100</v>
       </c>
       <c r="M12" s="5"/>
     </row>
     <row r="13">
       <c r="A13" s="5" t="s">
-        <v>105</v>
+        <v>101</v>
       </c>
       <c r="B13" s="5" t="s">
-        <v>50</v>
+        <v>96</v>
       </c>
       <c r="C13" s="5" t="s">
-        <v>28</v>
+        <v>97</v>
       </c>
       <c r="D13" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F13" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G13" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H13" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H13" s="5" t="s">
+        <v>102</v>
       </c>
       <c r="I13" s="5"/>
       <c r="J13" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K13" s="5" t="s">
+      <c r="K13" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L13" s="6" t="s">
         <v>103</v>
-      </c>
-[...1 lines deleted...]
-        <v>106</v>
       </c>
       <c r="M13" s="5"/>
     </row>
     <row r="14">
       <c r="A14" s="5" t="s">
+        <v>104</v>
+      </c>
+      <c r="B14" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C14" s="5" t="s">
+        <v>97</v>
+      </c>
+      <c r="D14" s="5" t="s">
+        <v>105</v>
+      </c>
+      <c r="E14" s="5" t="s">
+        <v>106</v>
+      </c>
+      <c r="F14" s="5" t="s">
         <v>107</v>
       </c>
-      <c r="B14" s="5" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="G14" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H14" s="5" t="inlineStr">
-[...8 lines deleted...]
-        </is>
+      <c r="H14" s="5" t="s">
+        <v>108</v>
+      </c>
+      <c r="I14" s="5" t="s">
+        <v>109</v>
+      </c>
+      <c r="J14" s="5" t="s">
+        <v>110</v>
       </c>
       <c r="K14" s="5" t="s">
-        <v>103</v>
+        <v>111</v>
       </c>
       <c r="L14" s="6" t="s">
-        <v>108</v>
-[...1 lines deleted...]
-      <c r="M14" s="5"/>
+        <v>112</v>
+      </c>
+      <c r="M14" s="5" t="s">
+        <v>113</v>
+      </c>
     </row>
     <row r="15">
       <c r="A15" s="5" t="s">
-        <v>109</v>
+        <v>114</v>
       </c>
       <c r="B15" s="5" t="s">
-        <v>50</v>
+        <v>14</v>
       </c>
       <c r="C15" s="5" t="s">
-        <v>28</v>
-[...4 lines deleted...]
-        </is>
+        <v>34</v>
+      </c>
+      <c r="D15" s="5" t="s">
+        <v>16</v>
       </c>
       <c r="E15" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F15" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G15" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H15" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H15" s="5" t="s">
+        <v>115</v>
       </c>
       <c r="I15" s="5"/>
-      <c r="J15" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="J15" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="K15" s="5" t="s">
+        <v>116</v>
       </c>
       <c r="L15" s="6" t="s">
-        <v>110</v>
-[...1 lines deleted...]
-      <c r="M15" s="5"/>
+        <v>117</v>
+      </c>
+      <c r="M15" s="5" t="s">
+        <v>118</v>
+      </c>
     </row>
     <row r="16">
       <c r="A16" s="5" t="s">
-        <v>111</v>
+        <v>119</v>
       </c>
       <c r="B16" s="5" t="s">
-        <v>50</v>
+        <v>96</v>
       </c>
       <c r="C16" s="5" t="s">
-        <v>92</v>
+        <v>16</v>
       </c>
       <c r="D16" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E16" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F16" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G16" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H16" s="5" t="s">
-        <v>112</v>
+      <c r="H16" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I16" s="5"/>
       <c r="J16" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K16" s="5" t="s">
-        <v>113</v>
+        <v>120</v>
       </c>
       <c r="L16" s="6" t="s">
-        <v>114</v>
+        <v>121</v>
       </c>
       <c r="M16" s="5"/>
     </row>
     <row r="17">
       <c r="A17" s="5" t="s">
-        <v>115</v>
+        <v>122</v>
       </c>
       <c r="B17" s="5" t="s">
-        <v>50</v>
+        <v>96</v>
       </c>
       <c r="C17" s="5" t="s">
-        <v>92</v>
+        <v>16</v>
       </c>
       <c r="D17" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E17" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F17" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G17" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H17" s="5" t="s">
-        <v>116</v>
+      <c r="H17" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I17" s="5"/>
       <c r="J17" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K17" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K17" s="5" t="s">
+        <v>123</v>
       </c>
       <c r="L17" s="6" t="s">
-        <v>117</v>
+        <v>124</v>
       </c>
       <c r="M17" s="5"/>
     </row>
     <row r="18">
       <c r="A18" s="5" t="s">
-        <v>118</v>
+        <v>125</v>
       </c>
       <c r="B18" s="5" t="s">
-        <v>50</v>
+        <v>96</v>
       </c>
       <c r="C18" s="5" t="s">
-        <v>28</v>
+        <v>16</v>
       </c>
       <c r="D18" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E18" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F18" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G18" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H18" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I18" s="5"/>
       <c r="J18" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K18" s="5" t="s">
-        <v>119</v>
+        <v>126</v>
       </c>
       <c r="L18" s="6" t="s">
-        <v>120</v>
+        <v>127</v>
       </c>
       <c r="M18" s="5"/>
     </row>
     <row r="19">
       <c r="A19" s="5" t="s">
-        <v>121</v>
+        <v>128</v>
       </c>
       <c r="B19" s="5" t="s">
-        <v>50</v>
+        <v>96</v>
       </c>
       <c r="C19" s="5" t="s">
-        <v>28</v>
+        <v>16</v>
       </c>
       <c r="D19" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F19" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G19" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H19" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I19" s="5"/>
       <c r="J19" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K19" s="5" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="L19" s="6" t="s">
-        <v>123</v>
+        <v>129</v>
       </c>
       <c r="M19" s="5"/>
     </row>
     <row r="20">
       <c r="A20" s="5" t="s">
-        <v>124</v>
+        <v>130</v>
       </c>
       <c r="B20" s="5" t="s">
-        <v>26</v>
+        <v>14</v>
       </c>
       <c r="C20" s="5" t="s">
-        <v>28</v>
+        <v>35</v>
       </c>
       <c r="D20" s="5" t="s">
-        <v>38</v>
+        <v>97</v>
       </c>
       <c r="E20" s="5" t="s">
-        <v>29</v>
+        <v>131</v>
       </c>
       <c r="F20" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G20" s="5" t="s">
-        <v>125</v>
+      <c r="G20" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H20" s="5" t="s">
-        <v>126</v>
+        <v>132</v>
       </c>
       <c r="I20" s="5" t="s">
-        <v>127</v>
+        <v>133</v>
       </c>
       <c r="J20" s="5" t="s">
-        <v>33</v>
+        <v>134</v>
       </c>
       <c r="K20" s="5" t="s">
-        <v>128</v>
+        <v>135</v>
       </c>
       <c r="L20" s="6" t="s">
-        <v>129</v>
+        <v>136</v>
       </c>
       <c r="M20" s="5" t="s">
-        <v>130</v>
+        <v>137</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="5" t="s">
-        <v>131</v>
+        <v>138</v>
       </c>
       <c r="B21" s="5" t="s">
-        <v>26</v>
+        <v>96</v>
       </c>
       <c r="C21" s="5" t="s">
-        <v>28</v>
-[...5 lines deleted...]
-        <v>29</v>
+        <v>16</v>
+      </c>
+      <c r="D21" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F21" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G21" s="5" t="s">
-[...9 lines deleted...]
-        <v>33</v>
+      <c r="G21" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H21" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I21" s="5"/>
+      <c r="J21" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K21" s="5" t="s">
-        <v>135</v>
+        <v>120</v>
       </c>
       <c r="L21" s="6" t="s">
-        <v>136</v>
-[...3 lines deleted...]
-      </c>
+        <v>139</v>
+      </c>
+      <c r="M21" s="5"/>
     </row>
     <row r="22">
       <c r="A22" s="5" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="B22" s="5" t="s">
-        <v>26</v>
+        <v>14</v>
       </c>
       <c r="C22" s="5" t="s">
-        <v>28</v>
+        <v>34</v>
       </c>
       <c r="D22" s="5" t="s">
-        <v>38</v>
-[...2 lines deleted...]
-        <v>29</v>
+        <v>16</v>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F22" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G22" s="5" t="s">
-        <v>139</v>
+      <c r="G22" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H22" s="5" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="I22" s="5" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="J22" s="5" t="s">
-        <v>33</v>
+        <v>22</v>
       </c>
       <c r="K22" s="5" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="L22" s="6" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="M22" s="5" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="5" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="B23" s="5" t="s">
-        <v>26</v>
+        <v>14</v>
       </c>
       <c r="C23" s="5" t="s">
-        <v>28</v>
-[...2 lines deleted...]
-        <v>146</v>
+        <v>16</v>
+      </c>
+      <c r="D23" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E23" s="5" t="s">
-        <v>29</v>
+        <v>17</v>
       </c>
       <c r="F23" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G23" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G23" s="5" t="s">
+        <v>147</v>
       </c>
       <c r="H23" s="5" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="I23" s="5" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="J23" s="5" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="K23" s="5" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="L23" s="6" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="M23" s="5" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="5" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="B24" s="5" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="C24" s="5" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="D24" s="5" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="E24" s="5" t="s">
-        <v>29</v>
+        <v>17</v>
       </c>
       <c r="F24" s="5" t="s">
         <v>18</v>
       </c>
       <c r="G24" s="5" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="H24" s="5" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="I24" s="5" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="J24" s="5" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="K24" s="5" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="L24" s="6" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="M24" s="5" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="5" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="B25" s="5" t="s">
-        <v>26</v>
+        <v>14</v>
       </c>
       <c r="C25" s="5" t="s">
-        <v>38</v>
+        <v>16</v>
       </c>
       <c r="D25" s="5" t="s">
-        <v>28</v>
-[...4 lines deleted...]
-        </is>
+        <v>34</v>
+      </c>
+      <c r="E25" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F25" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G25" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G25" s="5" t="s">
+        <v>165</v>
       </c>
       <c r="H25" s="5" t="s">
-        <v>164</v>
-[...1 lines deleted...]
-      <c r="I25" s="5"/>
+        <v>166</v>
+      </c>
+      <c r="I25" s="5" t="s">
+        <v>167</v>
+      </c>
       <c r="J25" s="5" t="s">
-        <v>33</v>
+        <v>22</v>
       </c>
       <c r="K25" s="5" t="s">
-        <v>165</v>
+        <v>168</v>
       </c>
       <c r="L25" s="6" t="s">
-        <v>166</v>
+        <v>169</v>
       </c>
       <c r="M25" s="5" t="s">
-        <v>167</v>
+        <v>170</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="5" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
       <c r="B26" s="5" t="s">
-        <v>26</v>
+        <v>14</v>
       </c>
       <c r="C26" s="5" t="s">
-        <v>27</v>
+        <v>35</v>
       </c>
       <c r="D26" s="5" t="s">
-        <v>28</v>
+        <v>172</v>
       </c>
       <c r="E26" s="5" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-        </is>
+        <v>17</v>
+      </c>
+      <c r="F26" s="5" t="s">
+        <v>173</v>
       </c>
       <c r="G26" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H26" s="5" t="s">
-        <v>169</v>
+        <v>174</v>
       </c>
       <c r="I26" s="5" t="s">
-        <v>170</v>
+        <v>175</v>
       </c>
       <c r="J26" s="5" t="s">
-        <v>33</v>
+        <v>176</v>
       </c>
       <c r="K26" s="5" t="s">
-        <v>171</v>
+        <v>177</v>
       </c>
       <c r="L26" s="6" t="s">
-        <v>172</v>
+        <v>178</v>
       </c>
       <c r="M26" s="5" t="s">
-        <v>173</v>
+        <v>179</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="5" t="s">
-        <v>174</v>
+        <v>180</v>
       </c>
       <c r="B27" s="5" t="s">
-        <v>26</v>
+        <v>14</v>
       </c>
       <c r="C27" s="5" t="s">
-        <v>38</v>
+        <v>16</v>
       </c>
       <c r="D27" s="5" t="s">
-        <v>28</v>
-[...4 lines deleted...]
-        </is>
+        <v>34</v>
+      </c>
+      <c r="E27" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F27" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G27" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G27" s="5" t="s">
+        <v>181</v>
       </c>
       <c r="H27" s="5" t="s">
-        <v>175</v>
+        <v>182</v>
       </c>
       <c r="I27" s="5" t="s">
-        <v>176</v>
+        <v>183</v>
       </c>
       <c r="J27" s="5" t="s">
-        <v>33</v>
+        <v>22</v>
       </c>
       <c r="K27" s="5" t="s">
-        <v>177</v>
+        <v>184</v>
       </c>
       <c r="L27" s="6" t="s">
-        <v>178</v>
+        <v>185</v>
       </c>
       <c r="M27" s="5" t="s">
-        <v>179</v>
+        <v>186</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="5" t="s">
-        <v>180</v>
+        <v>187</v>
       </c>
       <c r="B28" s="5" t="s">
-        <v>26</v>
+        <v>14</v>
       </c>
       <c r="C28" s="5" t="s">
-        <v>62</v>
+        <v>34</v>
       </c>
       <c r="D28" s="5" t="s">
-        <v>181</v>
-[...7 lines deleted...]
-        </is>
+        <v>188</v>
+      </c>
+      <c r="E28" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F28" s="5" t="s">
+        <v>189</v>
       </c>
       <c r="G28" s="5" t="s">
-        <v>182</v>
+        <v>190</v>
       </c>
       <c r="H28" s="5" t="s">
-        <v>183</v>
-[...1 lines deleted...]
-      <c r="I28" s="5"/>
+        <v>191</v>
+      </c>
+      <c r="I28" s="5" t="s">
+        <v>192</v>
+      </c>
       <c r="J28" s="5" t="s">
-        <v>184</v>
+        <v>193</v>
       </c>
       <c r="K28" s="5" t="s">
-        <v>185</v>
+        <v>194</v>
       </c>
       <c r="L28" s="6" t="s">
-        <v>186</v>
+        <v>195</v>
       </c>
       <c r="M28" s="5" t="s">
-        <v>187</v>
+        <v>196</v>
       </c>
     </row>
     <row r="29">
-      <c r="A29" s="5" t="s">
-        <v>188</v>
+      <c r="A29" s="5" t="n">
+        <v>1923</v>
       </c>
       <c r="B29" s="5" t="s">
-        <v>26</v>
+        <v>14</v>
       </c>
       <c r="C29" s="5" t="s">
-        <v>28</v>
+        <v>197</v>
       </c>
       <c r="D29" s="5" t="s">
-        <v>38</v>
+        <v>172</v>
       </c>
       <c r="E29" s="5" t="s">
-        <v>189</v>
+        <v>17</v>
       </c>
       <c r="F29" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G29" s="5" t="s">
-        <v>190</v>
+        <v>198</v>
       </c>
       <c r="H29" s="5" t="s">
-        <v>191</v>
-[...3 lines deleted...]
-      </c>
+        <v>199</v>
+      </c>
+      <c r="I29" s="5"/>
       <c r="J29" s="5" t="s">
-        <v>33</v>
+        <v>200</v>
       </c>
       <c r="K29" s="5" t="s">
-        <v>193</v>
+        <v>201</v>
       </c>
       <c r="L29" s="6" t="s">
-        <v>194</v>
+        <v>202</v>
       </c>
       <c r="M29" s="5" t="s">
-        <v>195</v>
+        <v>203</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="5" t="s">
-        <v>145</v>
+        <v>204</v>
       </c>
       <c r="B30" s="5" t="s">
-        <v>26</v>
+        <v>96</v>
       </c>
       <c r="C30" s="5" t="s">
-        <v>28</v>
-[...5 lines deleted...]
-        <v>29</v>
+        <v>16</v>
+      </c>
+      <c r="D30" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F30" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G30" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H30" s="5" t="s">
-        <v>197</v>
+      <c r="H30" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I30" s="5"/>
-      <c r="J30" s="5" t="s">
-[...3 lines deleted...]
-        <v>198</v>
+      <c r="J30" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K30" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L30" s="6" t="s">
-        <v>199</v>
-[...3 lines deleted...]
-      </c>
+        <v>205</v>
+      </c>
+      <c r="M30" s="5"/>
     </row>
     <row r="31">
       <c r="A31" s="5" t="s">
-        <v>201</v>
+        <v>206</v>
       </c>
       <c r="B31" s="5" t="s">
-        <v>26</v>
+        <v>14</v>
       </c>
       <c r="C31" s="5" t="s">
-        <v>28</v>
+        <v>197</v>
       </c>
       <c r="D31" s="5" t="s">
-        <v>146</v>
+        <v>207</v>
       </c>
       <c r="E31" s="5" t="s">
-        <v>29</v>
+        <v>17</v>
       </c>
       <c r="F31" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G31" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G31" s="5" t="s">
+        <v>208</v>
       </c>
       <c r="H31" s="5" t="s">
-        <v>202</v>
-[...3 lines deleted...]
-      </c>
+        <v>209</v>
+      </c>
+      <c r="I31" s="5"/>
       <c r="J31" s="5" t="s">
-        <v>149</v>
+        <v>210</v>
       </c>
       <c r="K31" s="5" t="s">
-        <v>204</v>
+        <v>211</v>
       </c>
       <c r="L31" s="6" t="s">
-        <v>205</v>
+        <v>212</v>
       </c>
       <c r="M31" s="5" t="s">
-        <v>206</v>
+        <v>213</v>
       </c>
     </row>
     <row r="32">
-      <c r="A32" s="5" t="s">
+      <c r="A32" s="5" t="n">
+        <v>1924</v>
+      </c>
+      <c r="B32" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C32" s="5" t="s">
+        <v>197</v>
+      </c>
+      <c r="D32" s="5" t="s">
         <v>207</v>
       </c>
-      <c r="B32" s="5" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E32" s="5" t="s">
-        <v>208</v>
-[...9 lines deleted...]
-      <c r="H32" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F32" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G32" s="5" t="s">
+        <v>214</v>
+      </c>
+      <c r="H32" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I32" s="5"/>
+      <c r="J32" s="5" t="s">
         <v>210</v>
       </c>
-      <c r="I32" s="5" t="s">
-[...6 lines deleted...]
-        <v>213</v>
+      <c r="K32" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L32" s="6" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="M32" s="5" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
     </row>
     <row r="33">
-      <c r="A33" s="5" t="n">
-        <v>1924</v>
+      <c r="A33" s="5" t="s">
+        <v>217</v>
       </c>
       <c r="B33" s="5" t="s">
-        <v>26</v>
+        <v>14</v>
       </c>
       <c r="C33" s="5" t="s">
-        <v>62</v>
+        <v>16</v>
       </c>
       <c r="D33" s="5" t="s">
-        <v>181</v>
+        <v>34</v>
       </c>
       <c r="E33" s="5" t="s">
-        <v>29</v>
+        <v>218</v>
       </c>
       <c r="F33" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G33" s="5" t="s">
-        <v>216</v>
-[...6 lines deleted...]
-      <c r="I33" s="5"/>
+        <v>219</v>
+      </c>
+      <c r="H33" s="5" t="s">
+        <v>220</v>
+      </c>
+      <c r="I33" s="5" t="s">
+        <v>221</v>
+      </c>
       <c r="J33" s="5" t="s">
-        <v>184</v>
-[...4 lines deleted...]
-        </is>
+        <v>22</v>
+      </c>
+      <c r="K33" s="5" t="s">
+        <v>222</v>
       </c>
       <c r="L33" s="6" t="s">
-        <v>217</v>
+        <v>223</v>
       </c>
       <c r="M33" s="5" t="s">
-        <v>218</v>
+        <v>224</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="5" t="s">
-        <v>219</v>
+        <v>225</v>
       </c>
       <c r="B34" s="5" t="s">
-        <v>26</v>
+        <v>226</v>
       </c>
       <c r="C34" s="5" t="s">
-        <v>220</v>
+        <v>227</v>
       </c>
       <c r="D34" s="5" t="s">
-        <v>92</v>
+        <v>67</v>
       </c>
       <c r="E34" s="5" t="s">
-        <v>29</v>
+        <v>228</v>
       </c>
       <c r="F34" s="5" t="s">
-        <v>221</v>
+        <v>18</v>
       </c>
       <c r="G34" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H34" s="5" t="s">
-        <v>222</v>
+        <v>229</v>
       </c>
       <c r="I34" s="5" t="s">
-        <v>223</v>
+        <v>230</v>
       </c>
       <c r="J34" s="5" t="s">
-        <v>224</v>
+        <v>231</v>
       </c>
       <c r="K34" s="5" t="s">
-        <v>225</v>
+        <v>232</v>
       </c>
       <c r="L34" s="6" t="s">
-        <v>226</v>
+        <v>233</v>
       </c>
       <c r="M34" s="5" t="s">
-        <v>227</v>
+        <v>234</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="5" t="s">
-        <v>228</v>
+        <v>235</v>
       </c>
       <c r="B35" s="5" t="s">
-        <v>26</v>
+        <v>96</v>
       </c>
       <c r="C35" s="5" t="s">
-        <v>39</v>
-[...5 lines deleted...]
-        <v>229</v>
+        <v>16</v>
+      </c>
+      <c r="D35" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F35" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G35" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H35" s="5" t="s">
-        <v>230</v>
-[...5 lines deleted...]
-        <v>232</v>
+        <v>236</v>
+      </c>
+      <c r="I35" s="5"/>
+      <c r="J35" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K35" s="5" t="s">
-        <v>233</v>
+        <v>237</v>
       </c>
       <c r="L35" s="6" t="s">
-        <v>234</v>
-[...3 lines deleted...]
-      </c>
+        <v>238</v>
+      </c>
+      <c r="M35" s="5"/>
     </row>
     <row r="36">
-      <c r="A36" s="5" t="s">
-        <v>236</v>
+      <c r="A36" s="5" t="n">
+        <v>1928</v>
       </c>
       <c r="B36" s="5" t="s">
-        <v>26</v>
+        <v>14</v>
       </c>
       <c r="C36" s="5" t="s">
-        <v>93</v>
+        <v>239</v>
       </c>
       <c r="D36" s="5" t="s">
-        <v>92</v>
-[...2 lines deleted...]
-        <v>208</v>
+        <v>240</v>
+      </c>
+      <c r="E36" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F36" s="5" t="s">
-        <v>209</v>
+        <v>241</v>
       </c>
       <c r="G36" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H36" s="5" t="s">
-        <v>237</v>
+        <v>242</v>
       </c>
       <c r="I36" s="5" t="s">
-        <v>238</v>
+        <v>243</v>
       </c>
       <c r="J36" s="5" t="s">
-        <v>239</v>
+        <v>244</v>
       </c>
       <c r="K36" s="5" t="s">
-        <v>240</v>
+        <v>245</v>
       </c>
       <c r="L36" s="6" t="s">
-        <v>241</v>
+        <v>246</v>
       </c>
       <c r="M36" s="5" t="s">
-        <v>242</v>
+        <v>247</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="5" t="s">
-        <v>243</v>
+        <v>248</v>
       </c>
       <c r="B37" s="5" t="s">
-        <v>26</v>
+        <v>14</v>
       </c>
       <c r="C37" s="5" t="s">
-        <v>244</v>
+        <v>16</v>
       </c>
       <c r="D37" s="5" t="s">
-        <v>16</v>
+        <v>240</v>
       </c>
       <c r="E37" s="5" t="s">
-        <v>29</v>
-[...5 lines deleted...]
-        <v>245</v>
+        <v>17</v>
+      </c>
+      <c r="F37" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G37" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H37" s="5" t="s">
-        <v>246</v>
+        <v>249</v>
       </c>
       <c r="I37" s="5" t="s">
-        <v>247</v>
+        <v>250</v>
       </c>
       <c r="J37" s="5" t="s">
-        <v>45</v>
+        <v>251</v>
       </c>
       <c r="K37" s="5" t="s">
-        <v>248</v>
+        <v>252</v>
       </c>
       <c r="L37" s="6" t="s">
-        <v>249</v>
+        <v>253</v>
       </c>
       <c r="M37" s="5" t="s">
-        <v>250</v>
+        <v>254</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="5" t="s">
+        <v>248</v>
+      </c>
+      <c r="B38" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C38" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D38" s="5" t="s">
+        <v>255</v>
+      </c>
+      <c r="E38" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F38" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G38" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H38" s="5" t="s">
+        <v>256</v>
+      </c>
+      <c r="I38" s="5"/>
+      <c r="J38" s="5" t="s">
         <v>251</v>
       </c>
-      <c r="B38" s="5" t="s">
-[...25 lines deleted...]
-      <c r="J38" s="5" t="s">
+      <c r="K38" s="5" t="s">
         <v>257</v>
       </c>
-      <c r="K38" s="5" t="s">
+      <c r="L38" s="6" t="s">
         <v>258</v>
       </c>
-      <c r="L38" s="6" t="s">
+      <c r="M38" s="5" t="s">
         <v>259</v>
-      </c>
-[...1 lines deleted...]
-        <v>260</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="5" t="s">
+        <v>260</v>
+      </c>
+      <c r="B39" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C39" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D39" s="5" t="s">
         <v>261</v>
       </c>
-      <c r="B39" s="5" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E39" s="5" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-        </is>
+        <v>17</v>
+      </c>
+      <c r="F39" s="5" t="s">
+        <v>262</v>
       </c>
       <c r="G39" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H39" s="5" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="I39" s="5" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="J39" s="5" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="K39" s="5" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="L39" s="6" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="M39" s="5" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="5" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="B40" s="5" t="s">
-        <v>26</v>
+        <v>14</v>
       </c>
       <c r="C40" s="5" t="s">
-        <v>27</v>
+        <v>105</v>
       </c>
       <c r="D40" s="5" t="s">
-        <v>28</v>
+        <v>97</v>
       </c>
       <c r="E40" s="5" t="s">
-        <v>29</v>
+        <v>270</v>
       </c>
       <c r="F40" s="5" t="s">
-        <v>18</v>
-[...2 lines deleted...]
-        <v>269</v>
+        <v>271</v>
+      </c>
+      <c r="G40" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H40" s="5" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
       <c r="I40" s="5" t="s">
-        <v>271</v>
+        <v>273</v>
       </c>
       <c r="J40" s="5" t="s">
-        <v>33</v>
+        <v>274</v>
       </c>
       <c r="K40" s="5" t="s">
-        <v>272</v>
+        <v>275</v>
       </c>
       <c r="L40" s="6" t="s">
-        <v>273</v>
+        <v>276</v>
       </c>
       <c r="M40" s="5" t="s">
-        <v>274</v>
+        <v>277</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="5" t="s">
-        <v>275</v>
+        <v>278</v>
       </c>
       <c r="B41" s="5" t="s">
-        <v>26</v>
+        <v>14</v>
       </c>
       <c r="C41" s="5" t="s">
-        <v>27</v>
+        <v>279</v>
       </c>
       <c r="D41" s="5" t="s">
-        <v>276</v>
+        <v>97</v>
       </c>
       <c r="E41" s="5" t="s">
-        <v>29</v>
-[...4 lines deleted...]
-        </is>
+        <v>17</v>
+      </c>
+      <c r="F41" s="5" t="s">
+        <v>280</v>
       </c>
       <c r="G41" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H41" s="5" t="s">
-        <v>277</v>
+        <v>281</v>
       </c>
       <c r="I41" s="5" t="s">
-        <v>278</v>
+        <v>282</v>
       </c>
       <c r="J41" s="5" t="s">
-        <v>279</v>
+        <v>283</v>
       </c>
       <c r="K41" s="5" t="s">
-        <v>280</v>
+        <v>284</v>
       </c>
       <c r="L41" s="6" t="s">
-        <v>281</v>
+        <v>285</v>
       </c>
       <c r="M41" s="5" t="s">
-        <v>282</v>
+        <v>286</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="5" t="s">
-        <v>283</v>
+        <v>287</v>
       </c>
       <c r="B42" s="5" t="s">
-        <v>26</v>
+        <v>14</v>
       </c>
       <c r="C42" s="5" t="s">
-        <v>28</v>
+        <v>16</v>
       </c>
       <c r="D42" s="5" t="s">
-        <v>284</v>
+        <v>240</v>
       </c>
       <c r="E42" s="5" t="s">
-        <v>29</v>
-[...2 lines deleted...]
-        <v>285</v>
+        <v>17</v>
+      </c>
+      <c r="F42" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G42" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H42" s="5" t="s">
-        <v>286</v>
+        <v>288</v>
       </c>
       <c r="I42" s="5" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
       <c r="J42" s="5" t="s">
-        <v>288</v>
+        <v>251</v>
       </c>
       <c r="K42" s="5" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="L42" s="6" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="M42" s="5" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
     </row>
     <row r="43">
-      <c r="A43" s="5" t="n">
-        <v>1928</v>
+      <c r="A43" s="5" t="s">
+        <v>293</v>
       </c>
       <c r="B43" s="5" t="s">
-        <v>26</v>
+        <v>14</v>
       </c>
       <c r="C43" s="5" t="s">
-        <v>292</v>
+        <v>105</v>
       </c>
       <c r="D43" s="5" t="s">
-        <v>146</v>
-[...4 lines deleted...]
-        </is>
+        <v>97</v>
+      </c>
+      <c r="E43" s="5" t="s">
+        <v>270</v>
       </c>
       <c r="F43" s="5" t="s">
-        <v>293</v>
+        <v>271</v>
       </c>
       <c r="G43" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H43" s="5" t="s">
         <v>294</v>
       </c>
       <c r="I43" s="5" t="s">
         <v>295</v>
       </c>
       <c r="J43" s="5" t="s">
         <v>296</v>
       </c>
       <c r="K43" s="5" t="s">
         <v>297</v>
       </c>
       <c r="L43" s="6" t="s">
         <v>298</v>
       </c>
       <c r="M43" s="5" t="s">
         <v>299</v>
       </c>
     </row>