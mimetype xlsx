--- v0 (2025-12-20)
+++ v1 (2026-02-08)
@@ -5,240 +5,240 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="76" uniqueCount="55" xml:space="preserve">
   <si>
-    <t>Datering</t>
+    <t>Datering/Værktitel</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
   <si>
     <t>Arkivplacering</t>
   </si>
   <si>
     <t>Dokumentindhold</t>
   </si>
   <si>
     <t>URL</t>
   </si>
   <si>
     <t>Transskription</t>
   </si>
   <si>
-    <t>13. maj. 1922</t>
-[...2 lines deleted...]
-    <t>Dagbog</t>
+    <t>1922-06-13</t>
+  </si>
+  <si>
+    <t>Brev</t>
   </si>
   <si>
     <t>Johannes Larsen</t>
-  </si>
-[...36 lines deleted...]
-    <t>Brev</t>
   </si>
   <si>
     <t>Alhed Larsen</t>
   </si>
   <si>
     <t>Hjarnø</t>
   </si>
   <si>
     <t>Hjarnø
 Endelave
 Snaptun
 Alrø, Horsens
 Æbelø, Bogense
 Vorsø, Horsens</t>
   </si>
   <si>
     <t>Achton Friis
 Søren Krage
 Andreas Larsen
 - Petersen, Rylen</t>
   </si>
   <si>
     <t>Øerne er beskrevet i Achton Friis: De danskes Øer bd. 2 med diverse illustrationer. 
 Rylen - en ombygget Kerteminde fiskerbåd - var ekspeditionsskib for Johannes Larsen og Achton Friis i årene 1921-24. I dag ejes Rylen af Østfyns Museer og sejler som museumsskib.</t>
   </si>
   <si>
     <t>Det Kongelige Bibliotek</t>
   </si>
   <si>
     <t>Johannes Larsen er ankommet til Hjarnø i Horsens Fjord, hvor han er meget utålmodig efter at få brev fra Alhed Larsen. Han og de øvrige har spist hos Dr. Krage. De næste øer bliver Snaptun, Alrø, Vorsø og Æbelø, hvor Puf vil støde til.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/U7j7</t>
   </si>
   <si>
     <t>Hjarnø 13 Juni 22.
 Kæreste Alhed
 Jeg er meget spændt paa Dit Brev som jeg faar i Aften. Dr. Krage telefonerede i Gaar til Friis at der var kommet et til mig og i Gaar var det en Uge siden jeg fik dit forrige. Det regnede hele Lørdag Frmdg og og over Middag sejlede vi fra Endelave til Snaptun der ligger lige her over for, og hvor Dr. Krage hentede os i sin Automobil og vi var saa der til Middag i Aften skal vi have dem om Bord og spise og Friis og Petersen er roet over til Snaptun for at se at faa fat i noget Føde og Spiritus. Jeg tænker vi bliver færdige her i Dag, saa skal vi i Mrg have fat på Alrø der ligger ved Siden af denne og er en hel Del større og derefter Vaarsø, saa hvis Vejret holder sig nogenlunde kommer vi vel til Æbelø Fredag eller Lørdag. Hvad mon saa Puf bestemmer sig til? Mange kærlige Hilsner. Jeg skriver i Mrg tidlig igen naar jeg har faaet mit Brev.
 Din JL.</t>
   </si>
   <si>
+    <t>13. maj - 15. juni 1922. </t>
+  </si>
+  <si>
+    <t>Dagbog</t>
+  </si>
+  <si>
+    <t>Dagbogen er en natur og fugle beskrivelse af rejsen med sejlskibet "Rylen".
+Rejsens formål er indsamling af materiale til Achton Friis, "De Danskes Øer", der på 1.200 sider i 3 bind beskriver livet, naturen, historien og kulturen på de danske øer i 1920'erne.
+Denne sidste del af dagbogen indeholder tegninger fra togtet, og en opsumering af de observerede fugle.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/FKHil6pt</t>
+  </si>
+  <si>
+    <t>15. jun. 1922</t>
+  </si>
+  <si>
+    <t>Achton Friis</t>
+  </si>
+  <si>
+    <t>Dagbogen er en natur og fugle beskrivelse af rejsen med sejlskibet "Rylen".
+Rejsens formål er indsamling af materiale til Achton Friis, "De Danskes Øer", der på 1.200 sider i 3 bind beskriver livet, naturen, historien og kulturen på de danske øer i 1920'erne.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/GaciEtMG</t>
+  </si>
+  <si>
+    <t>13. maj. 1922</t>
+  </si>
+  <si>
+    <t>Bentsen, Kerteminde</t>
+  </si>
+  <si>
+    <t>Dagbogen er en natur og fugle beskrivelse af rejsen med sejlskibet "Rylen".
+Rejsens formål er indsamling af materiale til Achton Friis, "De Danskes Øer", der på 1.200 sider i 3 bind beskriver livet, naturen, historien og kulturen på de danske øer i 1920'erne</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/moeuxMUl</t>
+  </si>
+  <si>
+    <t>11. jun. 1922</t>
+  </si>
+  <si>
+    <t>Søren Krage</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/XBAiJvOP</t>
+  </si>
+  <si>
+    <t>12. jun. 1922</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/agvEKcQm</t>
+  </si>
+  <si>
+    <t>30. jun. 1922</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/wyASnUBS</t>
+  </si>
+  <si>
+    <t> 1. maj. 1923</t>
+  </si>
+  <si>
+    <t>Achton Friis og Johannes Larsen sejler med skibet Rylen til de danske øer. Dagbogen handler mest om naturiagttagelser, og i overvejende grad om fugle og planter på øerne.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/Qt3Wchow</t>
+  </si>
+  <si>
     <t>1922-06-14</t>
   </si>
   <si>
     <t>Snaptun</t>
   </si>
   <si>
     <t>Snaptun
 Hjarnø
 Alrø, Horsens
 Jensgård, 7130 Glud
 Hindsholm </t>
   </si>
   <si>
     <t>Achton Friis
 Søren Krage
 - Petersen, Rylen</t>
   </si>
   <si>
     <t>Johannes Larsen, Achton Friis og Skipper Petersen sejler rundt mellem Danmarks øer som forberedelse til bogværket De Danskes Øer. 
 Geschirr = porcelæn</t>
   </si>
   <si>
     <t>Johannes Larsen, Skipper Petersen og Achton Friis har afholdt fin middag med mad fra en kro på en sejltur med Rylen for læge Krage og hans familie samt en svensk sygeplejerske. Derefter sejlede de mod Alrø.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/ytwx</t>
   </si>
   <si>
     <t>Snaptun 14 Juni 1922. 
 Kæreste Alhed!
 Tusind Tak for Dit Brev som Dr. Krage kom med i Aftes, det er dejligt at Du har faaet det saa fint i Stuerne og jeg glæder mig vældigt til at se det naar jeg kommer hjem, nu er der jo kun 14 Dage til. Det var meget vellykket i Aftes. Dr. Krage og hans Kone og Datter, og en Broder til Dr der lige var kommen fra Australien og havde været borte i 45 Aar og en ung svensk Sygeplejerske kom Kl 5 1/2 og vi sejlede for Sejl ud af Fjorden og lagde os i Læ af Jensgaards Skov hvor vi spiste. Friis havde købt Middag Rødvin og Sherry og faaet stegte Kyllinger og Salat og Karamelbudding i Kroen og Petersen havde smurt Brød med Gaffelbider. Det gik udmærket og Kl 9 1/2 sejlede vi hertil for Motor og satte dem i Land. Vi blev færdige paa Hjarnø og om lidt gaar Petersen op og afleverer Flasker og Glas og Geschirr i Kroen og saa sejler vi til Alrø. Mon I havde Torden i Gaar det var meget lummert her og Vinden vendte rundt hele Dagen og vi kunde se Toppen af Tordenbyger over Hindsholm, men maaske var de længere borte. Mange kærlige Hilsner til Jer alle. Jeg skal hilse fra Friis. Jeg har nu 70 Blokbogsblade.
 Din
 JL.</t>
-  </si>
-[...30 lines deleted...]
-    <t>https://fynboerne.ktdk.dk/n/Qt3Wchow</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="100" formatCode="yyyy/mm/dd"/>
     <numFmt numFmtId="101" formatCode="yyyy/mm/dd hh:mm:ss"/>
     <numFmt numFmtId="102" formatCode="yyyy-mm-dd"/>
   </numFmts>
   <fonts count="7">
     <font>
       <name val="Arial"/>
       <sz val="11"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
@@ -315,51 +315,51 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/n/moeuxMUl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/XBAiJvOP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/agvEKcQm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/U7j7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ytwx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/FKHil6pt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/GaciEtMG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/wyASnUBS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Qt3Wchow" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/U7j7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/FKHil6pt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/GaciEtMG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/moeuxMUl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/XBAiJvOP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/agvEKcQm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/wyASnUBS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Qt3Wchow" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ytwx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
   <dimension ref="A1:M10"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
@@ -396,460 +396,460 @@
         <v>8</v>
       </c>
       <c r="J1" s="3" t="s">
         <v>9</v>
       </c>
       <c r="K1" s="3" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="3" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="3" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="5" t="s">
         <v>13</v>
       </c>
       <c r="B2" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="D2" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="D2" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E2" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F2" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G2" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G2" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="H2" s="5" t="s">
-        <v>16</v>
-[...5 lines deleted...]
-        </is>
+        <v>19</v>
+      </c>
+      <c r="I2" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="J2" s="5" t="s">
+        <v>21</v>
       </c>
       <c r="K2" s="5" t="s">
-        <v>17</v>
+        <v>22</v>
       </c>
       <c r="L2" s="6" t="s">
-        <v>18</v>
-[...1 lines deleted...]
-      <c r="M2" s="5"/>
+        <v>23</v>
+      </c>
+      <c r="M2" s="5" t="s">
+        <v>24</v>
+      </c>
     </row>
     <row r="3">
       <c r="A3" s="5" t="s">
-        <v>19</v>
+        <v>25</v>
       </c>
       <c r="B3" s="5" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="C3" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D3" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E3" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F3" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G3" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H3" s="5" t="s">
-        <v>20</v>
+      <c r="H3" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I3" s="5"/>
       <c r="J3" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K3" s="5" t="s">
-        <v>21</v>
+        <v>27</v>
       </c>
       <c r="L3" s="6" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="M3" s="5"/>
     </row>
     <row r="4">
       <c r="A4" s="5" t="s">
-        <v>23</v>
+        <v>29</v>
       </c>
       <c r="B4" s="5" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="C4" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D4" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E4" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F4" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G4" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H4" s="5" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="I4" s="5"/>
       <c r="J4" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K4" s="5" t="s">
-        <v>21</v>
+        <v>31</v>
       </c>
       <c r="L4" s="6" t="s">
-        <v>25</v>
+        <v>32</v>
       </c>
       <c r="M4" s="5"/>
     </row>
     <row r="5">
       <c r="A5" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="B5" s="5" t="s">
         <v>26</v>
-      </c>
-[...1 lines deleted...]
-        <v>27</v>
       </c>
       <c r="C5" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="D5" s="5" t="s">
-[...3 lines deleted...]
-        <v>29</v>
+      <c r="D5" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E5" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F5" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G5" s="5" t="s">
-        <v>30</v>
+      <c r="G5" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H5" s="5" t="s">
-        <v>31</v>
-[...5 lines deleted...]
-        <v>33</v>
+        <v>34</v>
+      </c>
+      <c r="I5" s="5"/>
+      <c r="J5" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K5" s="5" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="L5" s="6" t="s">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="M5" s="5" t="s">
         <v>36</v>
       </c>
+      <c r="M5" s="5"/>
     </row>
     <row r="6">
       <c r="A6" s="5" t="s">
         <v>37</v>
       </c>
       <c r="B6" s="5" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="C6" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="D6" s="5" t="s">
-[...2 lines deleted...]
-      <c r="E6" s="5" t="s">
+      <c r="D6" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E6" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F6" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G6" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H6" s="5" t="s">
         <v>38</v>
       </c>
-      <c r="F6" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G6" s="5" t="s">
+      <c r="I6" s="5"/>
+      <c r="J6" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K6" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="L6" s="6" t="s">
         <v>39</v>
       </c>
-      <c r="H6" s="5" t="s">
-[...16 lines deleted...]
-      </c>
+      <c r="M6" s="5"/>
     </row>
     <row r="7">
       <c r="A7" s="5" t="s">
-        <v>45</v>
+        <v>40</v>
       </c>
       <c r="B7" s="5" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="C7" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D7" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E7" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F7" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G7" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H7" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H7" s="5" t="s">
+        <v>30</v>
       </c>
       <c r="I7" s="5"/>
       <c r="J7" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K7" s="5" t="s">
-        <v>46</v>
+        <v>31</v>
       </c>
       <c r="L7" s="6" t="s">
-        <v>47</v>
+        <v>41</v>
       </c>
       <c r="M7" s="5"/>
     </row>
     <row r="8">
       <c r="A8" s="5" t="s">
-        <v>48</v>
+        <v>42</v>
       </c>
       <c r="B8" s="5" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="C8" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D8" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E8" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F8" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G8" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H8" s="5" t="s">
-        <v>24</v>
+      <c r="H8" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I8" s="5"/>
       <c r="J8" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K8" s="5" t="s">
-        <v>21</v>
+        <v>35</v>
       </c>
       <c r="L8" s="6" t="s">
-        <v>49</v>
+        <v>43</v>
       </c>
       <c r="M8" s="5"/>
     </row>
     <row r="9">
       <c r="A9" s="5" t="s">
-        <v>50</v>
+        <v>44</v>
       </c>
       <c r="B9" s="5" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="C9" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D9" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E9" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F9" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G9" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H9" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I9" s="5"/>
       <c r="J9" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K9" s="5" t="s">
-        <v>17</v>
+        <v>45</v>
       </c>
       <c r="L9" s="6" t="s">
-        <v>51</v>
+        <v>46</v>
       </c>
       <c r="M9" s="5"/>
     </row>
     <row r="10">
       <c r="A10" s="5" t="s">
-        <v>52</v>
+        <v>47</v>
       </c>
       <c r="B10" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C10" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="D10" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="D10" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E10" s="5" t="s">
+        <v>48</v>
       </c>
       <c r="F10" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G10" s="5" t="inlineStr">
-[...13 lines deleted...]
-        </is>
+      <c r="G10" s="5" t="s">
+        <v>49</v>
+      </c>
+      <c r="H10" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="I10" s="5" t="s">
+        <v>51</v>
+      </c>
+      <c r="J10" s="5" t="s">
+        <v>21</v>
       </c>
       <c r="K10" s="5" t="s">
+        <v>52</v>
+      </c>
+      <c r="L10" s="6" t="s">
         <v>53</v>
       </c>
-      <c r="L10" s="6" t="s">
+      <c r="M10" s="5" t="s">
         <v>54</v>
       </c>
-      <c r="M10" s="5"/>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 