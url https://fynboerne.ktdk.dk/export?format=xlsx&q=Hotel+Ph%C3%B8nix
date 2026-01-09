--- v0 (2025-10-04)
+++ v1 (2026-01-09)
@@ -44,115 +44,60 @@
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
   <si>
     <t>Arkivplacering</t>
   </si>
   <si>
     <t>Dokumentindhold</t>
   </si>
   <si>
     <t>URL</t>
   </si>
   <si>
     <t>Transskription</t>
   </si>
   <si>
-    <t>1899-2</t>
+    <t>1899-02-07</t>
   </si>
   <si>
     <t>Brev</t>
   </si>
   <si>
-    <t>Johanne Christine Larsen</t>
+    <t>Johanne  Larsen</t>
   </si>
   <si>
     <t>Laura Warberg</t>
-  </si>
-[...53 lines deleted...]
-    <t>Johanne  Larsen</t>
   </si>
   <si>
     <t>Hotel Phønix</t>
   </si>
   <si>
     <t>Ludwig Beethoven
 Berta Brandstrup
 Frederik Brandstrup
 Ludvig Brandstrup, billedhugger
 Julie Brandt
 Louise Brønsted
 Maren -, Erikshaab
 Joseph Haydn
 Bernhard Hirschsprung
 Fru Emma Hirschsprung
 - Holstein, Frk.
 - Jensen, Frøken, Erikshaab
 Marie Krøyer
 Peder Severin Krøyer
 Grethe -, København
 Alhed Larsen
 Otto Emil  Paludan
 Ellen  Sawyer
 Harris Sawyer
 Marie Schou
@@ -174,110 +119,150 @@
 Julie Brandt, Grethe, Johanne m.fl. har haft et "sold", og de blev ret fulde. 
 Johanne får for meget konfekt og slik, så hun lægger sig ud. 
 Ludvig Brandstrup har brækket benet.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/5f0I</t>
   </si>
   <si>
     <t>Hotel Phønix Tirsdag 7de Feb.
 Tak for de tilsendte Penge.
 Kære Mor! Alle de sidste Dage har jeg med Vilie ikke villet skrive hjem til Jer, for at I ikke skulde skuffes naar I aabnede det og den intet Telegram indeholdt. I Aftes Kl. 8 1/2 modtog jeg medfølgende Telegram fra Elle og saa var altsaa Aftentoget gået og I vilde ikke kunne have det før i Morgen Onsdag - Jeg vilde dog ikke have vovet at telegrafere det til Jer, da du udtrykke[ligt] bad om at faa det pr. Brev, men Hirschsprungs, hvem jeg straks ilede ind til at at glæde dem ["dem" overstreget] med Resultatet sagde, at naar jeg telegraferede det samme Aften, vilde Posten faa det med, saa I slap for at have Forskrækkelse af at se Telegrafbuddet. Jeg selv syntes ogsaa det var det ene rigtige. At Teleg. er afsendt fra Boston undrer os lidt; skulde det ikke været afsendt allerede fra New York - - og at Easman er i Boston, ved vi da nok. I Følge min Telegr. ["Telegr." indsat over linjen] Forklaring er det Ord jo ukorrekt. Spørgsmaalet er saa om der menes Appentane el. Appenton. 
 Det er kedeligt, for [et overstreget bogstav] jeg kan slet ikke huske, hvad jeg sidst skrev om. Mine to Gabrilowitschkoncerter har jeg da vist omtalt, de var saa aldeles vidunderlige. Men om jeg havde været til Middag hos Hirschsp. sammen med Hr. &amp;amp; Fru Krøyer, da jeg skrev, kan jeg ikke huske. Jeg havde min lyse Empire paa, havde det rigtig hyggeligt, spillede L'hombre sammen med Hr &amp;amp; Fru Hirsch. samt Krøyer jeg vandt 30 Ør, hvilket jeg var knusende stolt over. Forøvrigt syntes jeg kun middelmaadigt godt om dem. Nu spiller jeg 4hændigt med fru H. 2 Gange om Ugen Mandag og Torsdag fra Kl 1 - 2 1/2 efter en Del Smaating har vi nu begyndt paa Haydns Symfonier og skal dernæst til Beethoven ditto; det har jeg vældig Fornøjelse af.
 Forleden Aften var jeg til et aldeles glimrende hemmeligt Sold hos Grethe og Lugge; hemmel. fordi de ikke vilde have Tante Mis derop. Selskabet bestod af Frk. Holstein, Pan, Grethe Lugge og mig; Traktementet Æggesnaps, Appelsiner, Cacaoliquer og Vin; man var anmodet om at møde i Galla, saa vi straalede i lyse Toiletter. Og vi morede os, sådan rigtig knald - sagde Vittigheder og grinede sådan rigtig af Hjærtens Lyst Grethe og jeg var lige paa Ædruelighedens Grænse, - men jeg gik da stolt alene hjem Kl. 2. Jeg havde rasende Tømmermænd Dagen efter. 
 Nu er jeg desværre begyndt at blive fed, skønt jeg traver nogle almægtige Ture - f. Ex. til Hellerup - og kun spiser 1 Stykke Mad til Frokost, men det er alt det Masser af Slik, der falder af Konfekt og Is og Flødeboller i en Uendelighed; desværre ikke sådan, at jeg kan samle i Bunke, ellers skulde jeg sende Eder noget af den fine Konfekt. Det er nu kedeligt at have Anlæg til Korpulence, vil du hilse Far og sige det, for det har jeg nu. Jeg mødte i Dag Marie Hansen-Schou; hun har det minsandten ikke; hun var saa tynd så tynd bad mig hilse Be. hun begynder at tro at det er et ulykkeligt Ægteskab, siden hun ikke kommer. 
 Jeg tænker nærmest paa, hvor slemt det maa tære paa Fars Frimærker. At Lut virkelig har brækket et lille Ben i Benet helt nede ved Ankelen - det er vel Lægbenet - har I vel opnaaet at faa at vide. Jeg mødte Berta forleden; Lut var nok lidt utålmodig, men det gik da an.
 Onkel Frederiks Adresse har jeg forlængs sendt til Elle.
 5480 Rikgwood St. Chicago Ill. U.S.A 
 Husk at fortælle mig ["mig" indsat over linjen] om Gamle Marens Endeligt &amp;amp; Begravelse.
 Tak for Laan for Brevene!
 Hils Far, Pallam, Be og Pigerne saa meget fra mig og vil du saa ikke nok give Muntermand og Bobby de kærligste Kys fra mig.
 Hører jeg snart igen.
 Din Junge
 Jeg har måttet købe mig et Par nye Støvler Føj! Føj</t>
   </si>
   <si>
-    <t>1899-04-06</t>
-[...16 lines deleted...]
-Johannes Larsen
+    <t>1899-05-16</t>
+  </si>
+  <si>
+    <t>Johanne Christine Larsen</t>
+  </si>
+  <si>
+    <t>Julie Brandt
+Louise Brønsted
+Julie -, Frøken
+Ellen Hirschsprung
+Carl Neiiendam
 Gandenz Neiiendam
-Ellen  Sawyer
-[...39 lines deleted...]
-Hils din lille Mand og Barn!</t>
+Poulsen Poulsen, Jomfru
+Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>Johanne/Junge Larsen arbejdede i 1899 for familien Neiiendam på Hotel Phønix i København. 
+Olof er muligvis Julie Brandts/Pans søn. Det er uklart, om han hed sådan eller Oskar. 
+Carl Neiiendam var meget optaget af travløb. 
+Det vides ikke, hvem klaverlæreren Ida ellerAage Meyer var. 
+"Samfundet" er Studentersamfundet.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0426</t>
+  </si>
+  <si>
+    <t>Albrecht Warberg er fyldt 60 år.
+Johanne/Junge beder sin mor sende noget tøj og et cigaretetui. 
+Johanne m.fl. skal i teatret, og billletterne var dyre. Hun har været på landet med Carl Neiiendam og Frøken Julie.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/mGlE</t>
+  </si>
+  <si>
+    <t>Hotel Phønix. 16de M. 99.
+Kære Mor.
+Tak for dit sidste Brev med Beskrivelsen om Fars Fødselsdag; jeg opdagede med en Betagelse, som jeg ikke kan beskrive, at det var 60 Aar, Far blev; jeg synes det er et vældig epokegørende Tal at komme til, synes I dog ikke ogsaa det? Jeg glæder mig stadig, at [”at” overstreget]til det Brev; han maa ikke snyde mig for det, - Grunden til at jeg skriver i Dag er den, at jeg saa gærne vilde bede dig om at sende mig min graa Cyclenederdel, som hænger i Garderoben oppe paa Loftet uden for min Dør; maaske jeg vil sælge den til Pan og så selv faa mig en blaa; mine lyseblaa Liv passer saa daarlig til den graa Farve; desuden er den daarlig forneden, og da Pan er saa kort, kan det gaa helt bort, naar hun faar den. Hvis du med det samme vil sende noget af mit Sommertøj, saa har jeg det jo, men det maa du nu ganske som du selv vil; men jeg vilde sætte meget Pris paa, om du vilde sende Nederdelen saa hurtig som mulig. Oppe paa mit Tobaksbord ligger et Cigaretfutteral, et stribet Metal – hvis du vilde stikke det i Lommen paa Kjolen; Har Du ikke en Hilsen til mig fra Pans Krave? mon den ikke findes paa Erikshaab. 
+Jeg vilde naturligvis gruelig gærne have, hvis du nemt kunde finde det graa Tøj, der blev levnet og saa den spanske Trøje, jeg fik syet til, men jeg ved ikke bestemt, hvor det ligger.
+Hvis du nu vilde, kunde du gøre mig en stor Tjeneste; derved at jeg har ingen Sommerskørt jeg har tænkt mig at jeg kunde faa et pænt af min mellemblå Sommerkjole, den, hvor jeg har de Strimler, som jeg fik af Madame paa Livet; hvis Jomfru Poulsen kunde sy et pænt Skørt af den, slap jeg jo for at købe et, de færdige Skørter er saa Pokkers dyre; mit gamle rødstribede linnede Skørt passer mig saa udmærket, er bare en Ubetydelighed for kort; jeg vil gærne have en bred Skraalinning foroven. 
+Men hvis du nu ikke synes, du gider have med det at bestille, vil du saa sende mig den Nederdel ogsaa; saa vidt jeg ved, ligger den i den store Kiste ved Syltetøjskabet. 
+I Aften skal vi saa i Theatret, hine Theateraften fra i Efteraaret; det er – maa jeg indrømme Lugge – saare vanskeligt at faa saa mange Hoveder forenet under 1 Hat; især da vi jo skulde se Carmen, nu havde vi en Gang lovet Olof det Stykke, og han holdt ikke af, da jeg begyndte at tale om et andet; folk er fuldstændig syge, naar Carmen gaar; du kan tænke dig, jeg maatte give 1,75 for de daarligste, el. rettere de billigste Pladsen der er i Theatret; de koster ellers 0,75; jeg forsøgte baade i Aftes og i Morges, da de gik til forhøjet. Sjoverne havde opkøbt næsten alt; de kender Skam deres Pappenhejmere, de Sjovere. Min eneste Trøst er, at i Aftes, da jeg var derhenne, sad de med bedrøvede Miner og saa paa Uhret, der gik til Theatertid; ”Fruen fra Havet” gik paany indstuderet og de har åbenbart tænkt sig at gøre gode Forretninger, mens Folk tilfældigvis ikke har følt Trang til ”Fruen fra Havet.” Jeg gottede mig. 
+I Aften var jeg til en aldeles storartet Musikforeningskoncert og jeg har set ”En Skærsommernatsdrøm”, var forleden paa Landet med Hr. N og Frk. Julie, ude paa deres Villa, hvor jeg imponerede dem med at tale Engelsk med en eng. [”eng.” indsat over linjen] Trainer; deres Villa er lige ved Traverbanen. – Jeg har været til Spilletime hos Ida i Dag 2 ½ Time gav hun mig. Og jeg lærer at tale Tysk - - kort sagt, der er ingen smalle Steder, jeg har det udmærket, kan I tro. – Det var kostelig med os, der antog Aage Meyer for en Finlænder. I Lørdags var jeg igen i ”Samfundet”, der var en morsom Debat om Fredssagen.
+[Skrevet på hovedet øverst s1:]
+Jeg har en slem Fornemmelse af, at alle mine Breve er mere el. mindre forvirrede; men jeg skriver dem gærne om Efterm. samtidig med at jeg læser med Børnene eller ogsaa under deres livlige Underholdning eller mens de øver sig. Og altid skriger Gøjen som den var betalt. Du skal snart faa et Formiddagsbrev fra mig. Denne Gang kun mange Hilsner fra Eders Junge.</t>
+  </si>
+  <si>
+    <t>1900-01-08</t>
+  </si>
+  <si>
+    <t>Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>Højrup St. Fyen
+Erikshaab</t>
+  </si>
+  <si>
+    <t>Julie Brandt
+Louise Brønsted
+Fru Emma Hirschsprung
+Ida -, klaverlærer
+Grethe -, København
+Christine  Mackie
+- Rosendal
+Cornelius Steffensen
+Andreas Warberg
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Frk B må have været logerende hos Johanne. Det vides ikke, hvem hun var. 
+Johanne forventer, at hendes mindre søskende Frederik Andreas/Dede og Louise/Lugge skal bo i København fra den følgende sommer for at tage uddannelse. 
+Haabet = Erikshaab; Warberg-børnenes barndomshjem.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2038</t>
+  </si>
+  <si>
+    <t>Johanne håber ikke, at forældrene vil være kede af, at hun forlader sin stilling på Hotel Phønix. Hun kan ikke holde ud at være der og regner i øvrigt med at kunne leve af at undervise i klaverspil, nu hvor hendes teknik er blevet forbedret. Når lillebroderen og lillesøsteren m.fl. til næste sommer skal bo i København, vil hun desuden lave "et lille Hjem" til dem.
+Johannes cykel eksploderede for nogen tid siden. Cykelhandler Steffensen har opstillet regnskaber for reparation, indkøb af ny cykel og byttehandel hvad angår den gamle cykel, og Johanne beder om et godt råd.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/D63t</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Hr. Godsforvalter Warberg
+Erikshaab
+Højrup St.
+Fyen
+[Håndskrevet i brevet:]
+Hotel Phønix
+Mandag 8-1-1900.
+Kære Far!
+Nu gaar det ellers kvikt med Brevskaben hjem til, men det er i alle Maader en bevæget Tid, vi lever i, saa der er stadig noget at skrive om. - Bare nu du og Mor ikke er kede af, at jeg har taget den Bestemmelse at rejse herfra; det maa I endelig ikke være, for det er saa sikkert og vist, at det er det fornuftigste, man maa dog ikke med koldt Blod spolere sig selv. - Det hele ser ogsaa helt tiltalende ud, synes jeg; dersom vi kunde være saa heldige at faa en betalende ung Pige, en der kunde give 50 Kr. om Mdn. ligesom Frk B. - deraf kunde jeg saa lønnes - - jeg forlanger ikke meget, bare saa rigeligt, at jeg hveranden Uge kan tage en Time hos Fru Rosendal, hvilket nu, da jeg har faaet en saa grundig solid Undervisning hos Ida vil være mig til stor Nytte; hun har jo nemlig den Force at bringe sine Elever til Vejrs i en farlig Fart, og det vil jeg godt kunne taale nu, da min Teknik er bleven saa grundmuret, at den ligefrem vækker Christines Beundring. Naar saa Dedde til September om et Aar skal bo i København, saa danner jeg "et lille Hjem" for ham og dem, der til den Tid kan være - Pan, Lugge, Grethe - - vi finder nok nogen. Saa meget maa jeg vel turde vente at faa ud af det i Fortjeneste, at jeg kan bo og spise gratis, og med det som Baggrund begynder jeg saa saa faa mig Musikelever - - Du siger maaske "Konen med Æggene", men oprigtig talt synes jeg ikke det lyder saa vildt.
+Saa maa jeg gaa over til den egentlig Grund, f ["f"overstreget] hvorfor jeg denne Gang adresserer Brevet til dig i Stedet for til Mor - hvilket jo i Virkeligheden er aldeles ligegyldigt, Brevene er jo altid til Jer begge to. - Som du vist kan huske, var jeg før Jul ude paa en Cycletur, da min Cycle eksploderede; jeg sendte den til en Cycklehandler Cornelius Steffensen, der er bekendt for en ualmindelig solid og retskaffen Person. Jeg var hos ham straks efter, men da var Cyclen endnu ikke kommen og saa har jeg Smølehoved først i Dag været der igen. Jeg talte med Manden selv, der var svært tiltalende, men hvad han sagde var ikke videre rart. Han viste mig - hvad jeg før havde lukket mine Øjne i for, at begge Dækslerne var saadan - ubrugelige, at Ventilerne var ude af Stand til at holde paa Luften og at jeg næppe kan bruge den herinde uden ny Fornikling; det vil altsammen - lavt regnet - blive en 50 Kr, kender jeg de Reparationer ret, bliver det en god Del mere. Det er knusende ærgerlig at ofre saa meget paa en gammel Cycle; hvor meget han vilde give mig for den som den stod der? - 20 Kr! Men hvis jeg købte en ny hos ham, hvad saa vilde [han] give for den? Saa vilde han beregne den til 50! - - Han viste mig saa en ny Cycle til 240 af udmærket Konstruktion; paa Grund af den døde Vintertil giver han Procenter, [komma overstreget] og vælger den for 200; saa var det 50 for min gamle Cycle - altsaa 2 ["2" overstreget] 150, vilde den komme mig paa. - Jeg har nu talt med Louis og Edmond Frederiksen; de kender begge den Forretning, roser den meget, siger at det lyder til at være et godt Bud, og de har lovet mig at hjælpe mig at se paa den saa jeg ikke skal gøre noget ufornuftigt.
+Saaledes staar Sagerne! Hvad skal jeg gøre? 1) Helt opgive min Cyclesport, hvilket jeg især nødig vil, naar jeg kommer hjem, 2) betaler ["r" i slutningen af ordet overstreget] mindst 50 Kr for at faa den nogenlunde repareret eller 3) give 150 Kr og faa en ny Cycle. - Det andet Punkt vil være dumt, er jeg bange for, det første fornuftigt men meget kedeligt, det 3die - - -?
+Du holder jo ikke af, at vi angriber Sparekassebogen, men mere end 40 Kr kan jeg ikke vente at spare op fra nu af og til Maj og saa er der jo 110 igen. - 
+Ja, hvad mener du nu? Hvis du ikke har noget imod det, vil jeg helst tage den nye, men jeg regner ikke [med], at jeg har Ret til at disponere over Pengene uden at faa dit Samtykke. Hvis du har Tid, vilde jeg svært gærne have Svar snarest, for han var ikke glad ved at have den til ["til" overstreget] Cycle staaende.
+Jeg har meldt mig ind til Fru Hirschsprung; jeg mødte hende paa Gaden i Dag og spurgte om de var hjemme i Aften. - Tiden er rendt fra mig, derfor er jeg nødt til at slutte kort af.
+Hilsen til hele Haabet
+fra Junge</t>
   </si>
   <si>
     <t>1899-04-21</t>
   </si>
   <si>
     <t>Astrid Warberg-Goldschmidt</t>
   </si>
   <si>
     <t>Odense</t>
   </si>
   <si>
     <t>København
 Hotel Phønix</t>
   </si>
   <si>
     <t>Frands -
 Thora  Branner
 Christine  Mackie
 Olav Schrøder
 - Svendsen</t>
   </si>
   <si>
     <t>Det kan ikke afgøres, hvilken greve eller kammerherre Vind der er tale om. 
 Dakka Svendsen kan muligvis være et kælenavn for Doktor Svendsen.</t>
   </si>
@@ -285,93 +270,50 @@
     <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 0390</t>
   </si>
   <si>
     <t>Astrid takker for, at Johanne har meldt sig ind i Dragtreformforeningen. Da foreningen var blevet stiftet, blev Astrid formand. Der er god opbakning, og den tyske søsterorganisation vil lave en udstilling i Sønderborg, som den danske forening også skal bidrage til.
 Astrid har deltaget i et hårdt kursus, og nu er der afslutning med karakterer. Hun regner med at overtage gymnastikundervisning flere steder derefter. Astrid har lånt og fået menneskeknogler af Dakka Svendsen.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/dLi0</t>
   </si>
   <si>
     <t>[På kuvertens forside:]
 Frk.
 Johanne Warberg
 Hotel Phønix
 K. Kjøbenhavn
 Odense d 21 April 1899.
 Kære Junge! Grundet på at jeg mærker, at jeg snart helt har glemt Dig, vil jeg i Aften tage mig så meget Tid som til et lille Brev til Dig.
 Tak fordi Du melder Dig ind i Dragtreformforeningen. Jeg sender Dig herved Love og Emblem, [kommaet overstreget] hvis Du med det samme betaler Årsbidrag udgør det hele 1 Krone, som kan sendes til Undertegnede. – Du kan tro, der er voldsom Fart i det Hele – i Tilværelsen mener jeg; man synes, man får en Smule ud af det. Nu først Foreningen; Du har vist nok hørt nu, hvorledes vi fik den stiftet – om Mødet, der i Sandhed var festligt! Jeg blev Formand, holdt [ulæseligt ord] efter Bestyrelsesmøde – med stor Højtidelighed. Og nu går den strygende! Vi omvender en Del! der melder sig stadig ny Tilhængere af Sagen (Kammerherre Vind bl.a.!) og Dakka Svendsen har i sin Herlighed skreven et glimrende Stykke i F. Stiftstidende om Foreningen, som han anbefaler varmt til Folks Opmærksomhed (o.s.v.) nej, sidst – i Dag – fik vi atter Brev fra den store tyske Forening – Allgemeiner Verein zum Verbesserung der Frauenkleidung in Berlin; den meddeler os, at Afdelingen i Sønderborg vil lave en Udstilling nu til Sommer; Programmet, der er meget righoldigt, fulgte indlagt. Vi blev anmodet om at udstille noget i én eller anden Retning; Tutte har foreslået mig at forevise et Gymnastikhold af unge smukke Damer, der ikke bære Korset!
 I den Retning går Udstillingen nemlig også. Osv. – men det var nu Dakka Svendsen; Mornine har gået til ham med sin Arm, og vi ere enige om at elske ham, Du kan ikke tænke Dig, hvor Dakkaen er enestående pragtfuld, jeg går der heldigvis hver Dag endnu; på en Måde er det dog mindre heldigt, da min Mave stadig er lige ubehagelig – afbrudt.
 Søndag. Nej, det kan ikke blive til noget at skrive Breve i denne Måned Junge! 
 Jeg er på et April Kursus hos Olav Schrøder, hvor vi må hænge så ganske rasende i. Op 6 om Morgenen, skal møde 7¾ på Seminariet hver Morgen og er først færdig Kl C 7 om Aftenen. Og nu i den sidste Uge skal vi have Karakterer, for at han kan have noget at rette sig efter ved Anbefalinger. Uha! Der må skam hænges i. – Nu i Aften skal vi alle til Gilde hos Schrøders, det kan vel blive helt sjov. Jeg rejser så hjem til Maj og agter da at lede Gymnastikken i Hillerslev, hvis Frands tillader. Og til Askov til November Junge! – Ja, den er som sagt snart glimrende. Men lad mig da ikke glemme ét Punkt, der vil more Dig. Jeg har lånt hele Dakkaens Samling af Menneskeben; de ligger og pryder mit lille stilfulde Værelse. Og – et Menneskehovede har han foræret mig! Det står naturligvis på mit Bord! – Blandt de lånte Ben er en hel sammenhængende Hånd, de blodige Ligamenter sidder på endnu.
 Ja, nu må jeg slutte! Kronen skal være velkommen, hvis Du ikke skriver til mig inden Maj, må Du helst sende den til Tutte. Indlagt Lov og Emblem.
 Med 1000 Hilsner til højre og venstre
 Din
 Dis</t>
-  </si>
-[...41 lines deleted...]
-Jeg har en slem Fornemmelse af, at alle mine Breve er mere el. mindre forvirrede; men jeg skriver dem gærne om Efterm. samtidig med at jeg læser med Børnene eller ogsaa under deres livlige Underholdning eller mens de øver sig. Og altid skriger Gøjen som den var betalt. Du skal snart faa et Formiddagsbrev fra mig. Denne Gang kun mange Hilsner fra Eders Junge.</t>
   </si>
   <si>
     <t>1899-10-05</t>
   </si>
   <si>
     <t>Erikshaab</t>
   </si>
   <si>
     <t>Jean Jensen
 Christine  Mackie
 Christian Mogensen
 - Møller, Frøken, København
 Laura Warberg</t>
   </si>
   <si>
     <t>Johanne/Junge var 1899-jan. 1900 ansat ved Hotel Phønix, København. 
 Det vides ikke, hvem lille Bens og Bjørn var.
 Forpagter Mogensen og hans hustru, Augusta, overtog forpagtningen af Gelskov 1898. Replikken om ham og Christine er formodentlig humoristisk ment.
 Gamle Jean/Signe Jensen flyttede efter at have været ansat som huslærer på Erikshaab til Christiansdal Kloster ved Næstved.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0407</t>
   </si>
   <si>
     <t>Astrid skal være stuepige den kommende vinter.
@@ -386,150 +328,208 @@
     <t>[Skrevet på kuvertens forside:]
 Frk Joh. Warberg
 Hotel Phønix
 Kjøbenhavn 
 K
 [På kuvertens bagside poststempler]
 [I brevet:]
 Erikshåb Efterår 1899.
 “hvor flyver Svanerne hen - - -
 Kære lille Junge! Til Lykke fra Forleden Dag – og meget godt ønsker jeg Dig. – Her går den drivende, nu Mor er kommen, vi er sat i Gang på alle Ender og Kanter med Syning og andet, og jeg skal være Stuepige i Vinter med 40 Kr! 
 Det er ganske glimrende for Resten. – Man bliver jo i Længden ked af det andet, men festet har vi rigtignok kan Du tro – i vor Ensomhedstid; den var ikke fri for ar være frivol og let. – 
 Vor allersidste Bedrift indtraf i de sidste Dage, før de kom; 2 fremmede unge Piger – Chr. J. og Frk. Møller var hernede at besøge en Eftermd; jeg inviterer jo straks ud i Båden, og vi tre sejler; Gud hjælpe mig, om jeg ikke vælter dem lige under Bjælken! Christine og Frk M (Fru Hammers Søster) kom ud på Hovedet, jeg på Benene; bunde kunde ingen og svømme kun Chr og jeg. hun svømmede jo i Land; da jeg nåede ind, huskede jeg pludselig at Frk M ikke svømmede, vendte om og traf i Midten af Aaen Chr med Damen under Armen; jeg hjalp at bjerge; halvkvalt var Chr. af Grin, den anden af Skræk og Åvand. – vi kom op og det sædvanlige fulgte med Given tørt på. – Ingen Skandalehistorie; vi kan prale af en moralsk Egn; dog går det snildt med Mornine og Hr. Forp. Mogensen; Du véd jo Måden. Jeg tier og ler. Men lille Bens siger Gang efter Gang alvorligt til mig ”Jep Du, Forpagter Mogensen er en rigtig Don Juan!” (!)
 Han er en stor Hvalp ligesom Bjørn, vèd Du.
 Nej, at skrive om er her ingenting, opdager jeg.
 Man er i en Tørkeperiode.
 Dis Søster i Herren
 Dis
 Hils Ungerne
 (Og et Brev fra Dig Junge – ahe!!!
 p.s. Gamle Jean går og syer på Udstyr, hun skal jo nu til at sætte Bo.
 Eller har Du måske ikke hørt den sidste Begivenhed?
 Jo naturligvis har Du det.
 Kongeligt!!</t>
   </si>
   <si>
-    <t>1900-01-08</t>
-[...52 lines deleted...]
-fra Junge</t>
+    <t>1899-04-06</t>
+  </si>
+  <si>
+    <t>Alhed Larsen</t>
+  </si>
+  <si>
+    <t>København</t>
+  </si>
+  <si>
+    <t>Thorvald Balslev
+- Bendix, Hr.
+Julie Brandt
+Thora  Branner
+Vilhelm  Hammershøi
+- Kroman
+Peder Severin Krøyer
+Andreas Larsen
+Johannes Larsen
+Gandenz Neiiendam
+Ellen  Sawyer
+Harris Sawyer
+Agnes Slott-Møller
+Albrecht  Warberg
+Laura Warberg
+Viggo Winkel</t>
+  </si>
+  <si>
+    <t>Hotel Phønix ligger i Bredgade 37, 1260 København. 
+Alhed Larsens far A.C. Warberg var godsforvalter, og familien boede på Erikshaab, som var godsforvalterbolig under grevskabet Muckadell. Under grevskabet hørte herregårdene Arreskov, der var hovedsædet, Gelskov, Brobygård og Ølstedgaard. 
+Gandenz og Carla var formodentlig børn af hotel Phoenixs ejer Carl Neiiendam og hans kone, Vilhelmine. . 
+Det er uvist, hvad Vardeprojektet er.
+Café Bernina var en københavnsk café, der var kendt som hjemsted for byens bohemer og litterater i de to sidste årtier af det 19. århundrede. Caféen lå i den stadig eksisterende ejendom Vimmelskaftet 47/Badstuestræde 2 kendt som Tuteins Gård. 
+Den frie er en kunstnersammenslutning, der blev stiftet i 1891 af danske billedkunstnere i protest mod det etablerede Charlottenborg. Adressen er Oslo Plads 1, 2100 Khb. Ø.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv</t>
+  </si>
+  <si>
+    <t>Johanne Christine Larsen skriver langt fødseldagsbrev til den gravide Alhed Larsen. JCL arbejder på hotel Phønix i København og beretter om forskellige mennesker, hun møder i bl.a. kunstverdenen samt hendes tidligere forlovede Thomas Balslev. Hun går også på den fries udstilling og anbefaler sin mor at komme på besøg.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/KPcv</t>
+  </si>
+  <si>
+    <t>Hotel Phønix 6-4-99.
+Kære Be!
+Jeg ved ikke hvor forsigtig du endnu er naaet at blive over Ungens Helbred; for i Fald du er meget ængstelig, saa lad hellere en anden læse dette Brev for dig og vær ikke ked ved det; vi har nemlig Mæslinger her i Huset, og det var dog en lovlig ung Alder for den lille at faa dem paa.
+Efter her at have anbefalet dig Forsigtighed, vil jeg skride til Lykønskninger "i Dagens Anledning." Maa jeg herved paa det varmeste ønske dig et godt Aar, særlig naturligvisl Lykke til dit store Forehavende, at det da kan blive en nogenlunde præsentabel Unge.
+Jeg gaar ud fra at du er paa Erikshaab, hvor du vel nu forbliver indtil videre; det er storartet for Far og Mor at have dig igen, du er ordentlig deres Trøst i den ellers saa barnløse Tid! hør Be, er det da ikke dejligt at vi faar saadanne udmærkede Breve fra Elle. Jeg læste et forleden, som Far havde faaet, det var ikke særlig tykt med Oplevelser og Beskrivelser, for hun skrev næsten udelukkende om Eastmans - men det er spilleme da ogsaa nok, for man ser deraf, hvor glad hun er ved ham; hun ligefrem strømmer over, synes jeg over Lovtalen om ham - og saa skidt med Begivenhederne! Der maa vi rigtignok sige, at vi har været heldige, naar vi tænker paa, hvor voveligt hele det saa ud fra Begyndelsen. 
+Her har vi ellers haft en stilfærdig Paaske, stakkels Anna har ligget af Mæslinger og ligger endnu. Dr. Djørup siger, at de af os, der endnu ikke har haft det, kan være aldeles sikre paa at faa det. Jeg har jo ikke haft Mæslinger, vel? Jeg kan da ikke huske, vi nogensinde har haft dem paa Erikshaab. Jeg er meget gal i Hovedet derom, sikke et Tidsspilde! og hvis Carla og Gandenz faar det - uf, der er altid et farligt Halløj naar saadanne Unger ligger i Sengen. 
+I Tirsdags Middags fik jeg et lille Kioskbrev fra Thorvald, der var her i Byen. han havde først lige faaet at vide, at jeg var herinde i Paasken, men da han gjerne vilde se lidt til mig, bad han mig om at komme op paa Bernina Kl. 3 - Jeg var en lille Smule betænkelig ved det, men da det jo var ham selv, der tog Initiativet, gik jeg derop og vi havde det saa umaadelig fornøjeligt og hyggeligt en Times Tid, og nød en Kop tør Kaffe med Creme og Cigaretter; han saa efter min Mening ikke Spor mere gammel ud end han gjorde for et Aar siden, var frisk og livlig som altid, og vi snakkede udmærket sammen naar bare jeg maa slippe for at være forlovet med Thorvald, synes jeg udmærket godt om ham; og dersom vi nu begge har mistet en daarlig Kæreste og vundet en god Ven, hvad kan man saa egentlig forlange mere. - Sandsynligvis opgives Vardeprojektet, det lader til at være en underlig sløsevorn og uefterrettelig Mand, der ikke en Gang kan svare paa et Forretningsbrev, men rolig Gang paa Gang lader Th's Breve ubesvarede. Kroman, hvem Th. var oppe hos, mente slet ikke, der var Brug for et Seminarium, hvilket jo ikke gør Sagen mere indbydende..
+Jeg har været en lille Visit ude hos Tutte; det var morsomt at se hende en Gang igen hun har lagt sig en aldeles dejlig Unge til, en lille Pige sød og med klare blaa Øjne og hvidt Haar. Hun laa i Vuggen og fik Vælling af en Flaske; og denne Flaske holdt hun selv i sine bitte Hænder; og da den blev tom løftede hun den selv i Vejret for at faa det sidste med; det kalder jeg stort af en Unge paa 9 Maaneder. Tutte var tilsyneladende meget glad ved at se mig og sagde, at jeg med det første skulde inviteres derud til en L'hombre. 
+Klokken er saa mange, at jeg ikke kan naa at faa det af Sted i Dag; Elisa (vores Pige) er væk og saa kan jeg ikke gaa paa Posthuset, naar Anna ligger i Sengen. Derfor vil jeg foreløbig holde op og fortsætte i Morgen.
+Fredag Sikken en Smertensdag for mig i Dag, da jeg kom hjem fra min Morgentur opdagede jeg, at den lille Sølvpind i min Kæde var borte; jeg havde set, at den var meget slidt, men nu har den saa ikke villet holde længere i Sammenføjningen, jeg gik øjeblikkelig ud paa Molen igen og ledte ihærdigt, men uden Resultat. Sørgeligt! -----
+Forleden Aften var jeg med Pan hjemme hos hendes Forældre; det skulde kun have været en lille Visit, men jeg morede mig saa godt, at jeg erklærede til Pan, at jeg vilde blive. Af Interessandheder var der den blinde Bendix, en Broder til Victoria. Tænk, han vilde for ca 3 Aar siden tage Livet af sig, men naaede kun at ødelægge Synsnerven ved Skuddet, kom paa Hospitalet, kom sig, men var og blev blind, og nu lever han videre - ret fornøjet ved Tilværelsen er det da ikke ret mærkværdigt. Han er saadan, at man næsten ikke kan mærke paa ham, at han intet kan se; han færdes i Stuerne med største Lethed, ved præcis hvor alle i Stuen er, hvem der gaar og hvem der kommer, og dem han taler med ser han lige ind i Øjnene - hvor kan Mennesket dog! Han vil paa Landet nogen Tid i Sommer, men kan ikke finde noget Sted han spurgte mig ivrigt, om jeg ikke kunde tænke mig et Sted, han vilde gerne et Sted, hvor der var intelligente Mennesker, for ellers kunde han ikke holde det ud og saa skulde der være Skygge - om Egnen ellers var grim som Arvesynden gjorde intet; han er selv et meget intelligent Menneske, gennemdannet og vist kundskabsrig. Kunde I tænke Jer noget Sted? Jeg har sagt Pan, at hun skulde faa de nærmere Betingelser at vide, f.Ex. Betaling o.s.v. Jeg fik en saa knusende Interesse for Manden. [ulæselig] lille Dreng der bor der hos dem holder meget af ham og aner ikke, at han er blind, saa lidt mærkeligt altsaa, er det dog ikke besynderligt? 
+Jeg har været paa den frie, den er brillant i Aar! Jeg synes, at Las' to store Billeder er dejlige. Det er kedeligt, at I ikke kan faa dem at se, der er saa mange storartede Billeder. Fru Slot Møller har et helt vidunderligt Folkevisebillede. - naa ja, det kan jo slet ikke nytte at begynde paa at nærme sig af dem. Begge Hammershøi's var udmærkede, selv Krøyer var morsom og god i Aar. Paa Charlottenb. har jeg endnu ikke været, efter hvad Viggo siger er den ogsaa nok værd at se, men selv om en Del deraf er godt, er der dog meget Skidt iblandt. Sig til Mor, at hun skulde tage sig en lille Tur herind for at se Udstill. og saa høre Skærsommernatsdrømmen som de jo giver for Tiden paa det kongelige. Hun er jo altid velkommen hos Tante Dis, og nu da de har levet saa stilfærdigt i Vinter, kan der vel nok blive Raad til det. - Saa, nu har du faaet 8 Sider fuld af Fortælling, nu maa du nøjes med det. Du bliver nok 27 Aar i Dag, det er spilleme snart høje Aldre, vi præsterer. 
+Ungdommens Roser smaa
+Pluk dem før de forgaa!
+Farvel lille Be, og lad mig se, at du fremdeles har det godt! Hils alle hjemme paa det varmeste fra din Junge.
+Hils din lille Mand og Barn!</t>
   </si>
   <si>
     <t>1920 eller 1921 efterår</t>
   </si>
   <si>
     <t>Andreas Larsen</t>
   </si>
   <si>
     <t>Birkerød
 Frederiksborg Slot, 3400 Hillerød</t>
   </si>
   <si>
     <t>Laurentius Allerup
 Harald Giersing
 Johanne Giersing
 - Hein, Birkerød Kostskole
 Christian  Houmark
 Asta Krohn
 Adolph Larsen
 Johan Larsen
 Johanne  Larsen
 Johannes Larsen
 Eiler Lehn Schiøler
 Ellen Dorothea Lehn Schiøler
 Christine  Mackie
 Elisabeth Mackie
 Ellen  Sawyer
 Peter Tutein</t>
   </si>
   <si>
     <t>Alhed og Johannes Larsen er i Københavnsområdet, mens Andreas er i huset i Kerteminde.
 Petermand er Peter Turein. Lehn Schiølers eneste søn hed Eiler Theodor. Ba er også ukendt. Det er vanskeligt at læse Alfred Sch...s navn, og det vides ikke, hvem hen er. Det samme gælder Gitare Bent.</t>
   </si>
   <si>
     <t>Alhed og Johannes Larsen deltager i meget selskabelighed i Københavnsområdet: Asta Krohn, Tutein, Giersing, Lehn Schiøler.
 Ba fylder 60, og skolen har samlet penge ind og købt et billlede eller to af Johannes Larsen til ham. 
 Johan og Alhed Larsen har besøgt Gegge på Phønix.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/9LKB</t>
   </si>
   <si>
     <t>Min egen søde Gamle!
 Tak for Dine Breve! Jeg har en rædsom ond Samvittighed over at vi ikke skriver til Dig, men det er ikke saa nemt at se sit Snit. Vi er kolossalt meget ude og er snart trætte. I Gaar Middag hos Asta Krohn, og tænk, hvis Hr. Tutein ikke havde vækket mig i Birkerød, var jeg kørt videre til Hillerød, det havde været en slem Skandale, han fortalte, at han havde gjort det for en Tid siden og havde haft meget Besvær med at komme ind paa et Hotêl. – I Morgen skal vi til Giersings sammen med en hel del, det glæder jeg mig til. Lørdag Fødselsdagsmiddag hos Lehn Schiølers, Petermands Fødselsdag, det er unge, men han har forlangt at faa mig med, det er smigrende. Mon Du ved at det er Bas 60 Aars Fødselsdag i Dag, Skolen har samlet 400 ind og spurgt om de kunde faa et lille Billede af Las, vi har ladet dem faa Gøgen og Rødspurven som Ba til Hr. Hein har omtalt fra Udst., det er pænt af Din Far – det staar til 1000 – de er henrykte og Ba bliver nok det samme. Jeg skal hen at spadsere med Lysse nu, vi gaar hen med nogle Blomster ogsaa fra Dig. – I Gaar gik vi ind at se til Gegge paa Phönix han blev begejstret og fyldte os med Vin, saa vi var kønne da vi kom til Asta. Nu har vi lejet i den fri til 1ste Dec. næste Aar. [”næste Aar” overstreget] – Lysse og Meme skal ind at mores paa Søndag, husk at skrive til ham skal med 2 ½ Toget Lørdag, sig det ogsaa til Elle og Agrarens. –
 Det er en rædsom Masse, der hviler paa Dig søde Gamle, mens vi er borte, med Mølle og Blomster og alt muligt, men nu kommer vi jo snart, en af de første Dage i Ugen. – Der er ikke solgt videre siden den første Dag, c. 4000, men alt i alt er det jo pænt. – Vi var hos Alfred Sch[ulæseligt] sammen med Laurentius til Middag forleden. L. havde haft skreven til Dig, skriv endelig igen, det er dejligt Du har skreven til lille Putte, hun lider af Hjemvé. Mon Du maler? hvor vi skal klemme paa, naar jeg kommer hjem. – Vi tænker paa at faa en Model hjem, som vi kan male efter alle 3. – Nu kom Lysse han hilser Gitare [?] Bent, der spiller. 1000 Hilsner fra Din Mor.
 Torsdag</t>
+  </si>
+  <si>
+    <t>1899-2</t>
+  </si>
+  <si>
+    <t>- Bach, Frøken
+Wilhelmine Berg
+Berta Brandstrup
+Frederik Brandstrup
+Louise Brønsted
+Maren -, Erikshaab
+Ossip Gabrilowitsch
+Fru Emma Hirschsprung
+Peder Kaarsberg
+Alhed Larsen
+Carl Neiiendam
+Gandenz Neiiendam
+Ellen  Sawyer
+Domenico Scarlatti
+Robert Schumann</t>
+  </si>
+  <si>
+    <t>Johanne C. Larsen var i februar 1899 ansat ved Hotel Phønix, København. 
+Fru Hirschsprung er formodentlig Emma Hirschsprung og ikke Pauline Hirschsprung. 
+Forfødde eller forfode: At strikke ny fod på strømpeskafter i de tilfælde, hvor foden var slidt, men man ønskede at bevare skaftet.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0423</t>
+  </si>
+  <si>
+    <t>Johanne undskylder ordstilling m.v., men hun sidder i en skrækkelig larm fra børn og papegøje.
+Fru Hirschsprung har været syg. Johanne har været til koncert.
+Wilhelmine Berg/Tante Mis skal måske opereres. 
+Johanne har købt strikkegarn - også til sin mor - og hun beder moderen sende penge. Johanne har ikke råd til at tage franskundervisning. 
+Alhed kommer nok på besøg.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/s0cD</t>
+  </si>
+  <si>
+    <t>[1892 oktober til foråret 1893 Junge til Laura Warberg s1-s4 BB0423]
+Kære Mor
+Jeg har det stadig godt. 
+Det er næsten en Skam, at jeg har ladet saa lang Tid gaa hen uden at svare paa Dit lange Brev da Du jo bad om Onkel Frederiks Adr. Lugge havde faaet Dit Brev og derved gik det mig af Tanken; i Gaar var jeg oppe hos Tante Mis for at faa den og da jeg kom hjem opdagede jeg, at jeg havde glemt det. Nu i Aften skal jeg gå derom ad, når jeg gaar paa Posthuset med dette og skrive den paa. Hvis Ordstilling og sligt bliver meningsløst, maa du undskylde; du maa nemlig vide, at her er den vildeste Alarm: Gandenz øver sig paa ”Aa, Mathis” og råber hvert Øjeblik til mig om han nu ikke maa holde op. 
+Pappegøjen skriger op i de mest skrigende Toner som dens Strube kan præstere, og det vil ikke sige lidt; inde ved siden af prøver de Kjoler og debatterer; Carla skriver dansk Stil og vil læse den for mig – det summer ordentlig om Ørerne paa mig.
+Det var dejligt, det gik saa let med Elles Afrejse – jeg har nemlig læst Dit Brev til Fru Hirschsprung nede fra Hamburg, jeg synes det tegnede rigtig godt det hele. Fru H. har ligget i Sengen i disse Dage af Forkølelse, jeg er meget derinde hos dem, de er voldsom søde imod mig. 
+Jeg har været til Ossip Gabrilowitsch Koncert, det var i Tirsdags da hele Familien her var til Bryllup; her blev en mageløs Fest, da de alle kørte deres Vej efter vældigt Bulder for at komme i Stadsen; jeg gik mig en dejlig Tur ud paa Molen i det klareste Maaneskin og derefter til Koncert, han spillede hele Carneval af Schumann, en lille Pastorale af Scarlatti som jeg spiller, ligeledes ”Chason triste” ogsaa af mit Repertoire – jeg var vigtig. 
+Ved I dog, at det er skidt med Tante Mis igen; hun skal maaske opereres af Kaarsberg: det er ikke Blindtarmen, men andet Underlivsvæsen, det er gaaet med. Hun har været dybt nede de sidste Gange, jeg har været der. Skulde Du ikke skrive lidt til hende, de gjorde jo saa meget for Elle? - - 
+Jeg maa nu til lidt Forretninger; jeg har været saa fræk at købe et Pund [tegn for pund] Uldgarn til dig. Fru Neiiend. havde købt til 2 Kr. 25 Ør. for Pundet. Jeg tog et Pund til mig selv. og et til dig; det er jo uhørt billigt; det er ikke meget fint men godt at forfødde med. Jeg skal sende dig det snart, for du vil da have det? I saa Fald vilde jeg grumme gærne have sendt dem, altså 2,25 samt 4 Kr. for Elles Chokolade; den kostede 5,60, men 1,60 havde jeg til Rest fra Telegrammet, og saa hvis Du har solgt nogle Æg, skylder Æggekassen mig jo 7 Kr men derfra maa du altsaa trække Regningen paa mine brune Sko, vist 4 Kr. 50. mon det ikke cirka 8,75 tror du. Jeg har haft store Udgifter, f. Ex Normalbenk., min Gigt i Benet blev så slemt at jeg tit næppe kunde gaa; lidt har det hjulpet, men ikke meget. Hvis du ikke har gjort noget ved det blomstrede lyse Tøj behøves det ikke. At Be har faaet det røde Korset fra Tante Mis er vel snart kommen til Jeres Kundskab. Jeg kunde ikke læse Fransk hos Nonnerne; det kostede 10 kr om Mdn. og naar jeg giver 6 Kr for Musik 2 for Matematik vilde jeg jo ikke faa stort til overs til mit Tøj, Maaske jeg tager nogle tyske Timer hos Frk. Bach, min gamle tyske Lærerinde
+[Skrevet øverst på s 1:]
+Alhed kommer da op til mig en Formiddags Tid, naar hun nu kommer herind. Jeg traf Berta paa Gaden i Dag, hun mente, Be kom en af Dagene. I maa ikke sende Pengene hertil, det holder jeg ikke af – send dem til Lugge; Hvis jeg glemmer noget, kan jeg ikke gøre noget ved det, jeg kan ikke samle mine Tanker mere. – Du skrev at gamle Maren blev begravet i Tirsdags, jeg slutter deraf at hun er død! var det stille og roligt, fortæl mig lidt om det. Hører jeg snart fra Jer.
+Hils alle fra Junge.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="100" formatCode="yyyy/mm/dd"/>
     <numFmt numFmtId="101" formatCode="yyyy/mm/dd hh:mm:ss"/>
     <numFmt numFmtId="102" formatCode="yyyy-mm-dd"/>
   </numFmts>
   <fonts count="7">
     <font>
       <name val="Arial"/>
       <sz val="11"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
@@ -606,51 +606,51 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/s0cD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5f0I" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KPcv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dLi0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mGlE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PmHm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/D63t" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9LKB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/5f0I" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mGlE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/D63t" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dLi0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PmHm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KPcv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9LKB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/s0cD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
   <dimension ref="A1:M9"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
@@ -690,382 +690,382 @@
         <v>9</v>
       </c>
       <c r="K1" s="3" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="3" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="3" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="5" t="s">
         <v>13</v>
       </c>
       <c r="B2" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D2" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="E2" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="E2" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F2" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G2" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H2" s="5" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="I2" s="5" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="J2" s="5" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K2" s="5" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L2" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="M2" s="5" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="5" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="B3" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C3" s="5" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="D3" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E3" s="5" t="s">
-        <v>25</v>
+        <v>17</v>
       </c>
       <c r="F3" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G3" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H3" s="5" t="s">
         <v>26</v>
       </c>
       <c r="I3" s="5" t="s">
         <v>27</v>
       </c>
       <c r="J3" s="5" t="s">
         <v>28</v>
       </c>
       <c r="K3" s="5" t="s">
         <v>29</v>
       </c>
       <c r="L3" s="6" t="s">
         <v>30</v>
       </c>
       <c r="M3" s="5" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="5" t="s">
         <v>32</v>
       </c>
       <c r="B4" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C4" s="5" t="s">
-        <v>15</v>
+        <v>25</v>
       </c>
       <c r="D4" s="5" t="s">
         <v>33</v>
       </c>
       <c r="E4" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F4" s="5" t="s">
         <v>34</v>
-      </c>
-[...3 lines deleted...]
-        </is>
       </c>
       <c r="G4" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H4" s="5" t="s">
         <v>35</v>
       </c>
       <c r="I4" s="5" t="s">
         <v>36</v>
       </c>
       <c r="J4" s="5" t="s">
         <v>37</v>
       </c>
       <c r="K4" s="5" t="s">
         <v>38</v>
       </c>
       <c r="L4" s="6" t="s">
         <v>39</v>
       </c>
       <c r="M4" s="5" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="5" t="s">
         <v>41</v>
       </c>
       <c r="B5" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C5" s="5" t="s">
         <v>42</v>
       </c>
       <c r="D5" s="5" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="E5" s="5" t="s">
         <v>43</v>
       </c>
       <c r="F5" s="5" t="s">
         <v>44</v>
       </c>
       <c r="G5" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H5" s="5" t="s">
         <v>45</v>
       </c>
       <c r="I5" s="5" t="s">
         <v>46</v>
       </c>
       <c r="J5" s="5" t="s">
         <v>47</v>
       </c>
       <c r="K5" s="5" t="s">
         <v>48</v>
       </c>
       <c r="L5" s="6" t="s">
         <v>49</v>
       </c>
       <c r="M5" s="5" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="5" t="s">
         <v>51</v>
       </c>
       <c r="B6" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C6" s="5" t="s">
-        <v>15</v>
+        <v>42</v>
       </c>
       <c r="D6" s="5" t="s">
-        <v>16</v>
+        <v>25</v>
       </c>
       <c r="E6" s="5" t="s">
-        <v>25</v>
-[...4 lines deleted...]
-        </is>
+        <v>52</v>
+      </c>
+      <c r="F6" s="5" t="s">
+        <v>44</v>
       </c>
       <c r="G6" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H6" s="5" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="I6" s="5" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="J6" s="5" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="K6" s="5" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="L6" s="6" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="M6" s="5" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="5" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="B7" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C7" s="5" t="s">
-        <v>42</v>
+        <v>25</v>
       </c>
       <c r="D7" s="5" t="s">
-        <v>15</v>
+        <v>60</v>
       </c>
       <c r="E7" s="5" t="s">
-        <v>59</v>
-[...2 lines deleted...]
-        <v>44</v>
+        <v>61</v>
+      </c>
+      <c r="F7" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G7" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H7" s="5" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="I7" s="5" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="J7" s="5" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="K7" s="5" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="L7" s="6" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="M7" s="5" t="s">
-        <v>65</v>
+        <v>67</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="5" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="B8" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C8" s="5" t="s">
-        <v>15</v>
+        <v>60</v>
       </c>
       <c r="D8" s="5" t="s">
-        <v>67</v>
-[...10 lines deleted...]
-        </is>
+        <v>69</v>
+      </c>
+      <c r="E8" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F8" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G8" s="5" t="s">
+        <v>70</v>
       </c>
       <c r="H8" s="5" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="I8" s="5" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="J8" s="5" t="s">
-        <v>71</v>
+        <v>64</v>
       </c>
       <c r="K8" s="5" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="L8" s="6" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="M8" s="5" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="5" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="B9" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C9" s="5" t="s">
-        <v>33</v>
+        <v>25</v>
       </c>
       <c r="D9" s="5" t="s">
-        <v>76</v>
+        <v>16</v>
       </c>
       <c r="E9" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F9" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G9" s="5" t="s">
+      <c r="G9" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H9" s="5" t="s">
         <v>77</v>
       </c>
-      <c r="H9" s="5" t="s">
+      <c r="I9" s="5" t="s">
         <v>78</v>
       </c>
-      <c r="I9" s="5" t="s">
+      <c r="J9" s="5" t="s">
         <v>79</v>
-      </c>
-[...1 lines deleted...]
-        <v>37</v>
       </c>
       <c r="K9" s="5" t="s">
         <v>80</v>
       </c>
       <c r="L9" s="6" t="s">
         <v>81</v>
       </c>
       <c r="M9" s="5" t="s">
         <v>82</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>