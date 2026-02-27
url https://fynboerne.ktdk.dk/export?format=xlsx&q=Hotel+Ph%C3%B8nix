--- v1 (2026-01-09)
+++ v2 (2026-02-27)
@@ -5,99 +5,154 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="103" uniqueCount="83" xml:space="preserve">
   <si>
-    <t>Datering</t>
+    <t>Datering/Værktitel</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
   <si>
     <t>Arkivplacering</t>
   </si>
   <si>
     <t>Dokumentindhold</t>
   </si>
   <si>
     <t>URL</t>
   </si>
   <si>
     <t>Transskription</t>
   </si>
   <si>
+    <t>1899-2</t>
+  </si>
+  <si>
+    <t>Brev</t>
+  </si>
+  <si>
+    <t>Johanne Christine Larsen</t>
+  </si>
+  <si>
+    <t>Laura Warberg</t>
+  </si>
+  <si>
+    <t>- Bach, Frøken
+Wilhelmine Berg
+Berta Brandstrup
+Frederik Brandstrup
+Louise Brønsted
+Maren -, Erikshaab
+Ossip Gabrilowitsch
+Fru Emma Hirschsprung
+Peder Kaarsberg
+Alhed Larsen
+Carl Neiiendam
+Gandenz Neiiendam
+Ellen  Sawyer
+Domenico Scarlatti
+Robert Schumann</t>
+  </si>
+  <si>
+    <t>Johanne C. Larsen var i februar 1899 ansat ved Hotel Phønix, København. 
+Fru Hirschsprung er formodentlig Emma Hirschsprung og ikke Pauline Hirschsprung. 
+Forfødde eller forfode: At strikke ny fod på strømpeskafter i de tilfælde, hvor foden var slidt, men man ønskede at bevare skaftet.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0423</t>
+  </si>
+  <si>
+    <t>Johanne undskylder ordstilling m.v., men hun sidder i en skrækkelig larm fra børn og papegøje.
+Fru Hirschsprung har været syg. Johanne har været til koncert.
+Wilhelmine Berg/Tante Mis skal måske opereres. 
+Johanne har købt strikkegarn - også til sin mor - og hun beder moderen sende penge. Johanne har ikke råd til at tage franskundervisning. 
+Alhed kommer nok på besøg.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/s0cD</t>
+  </si>
+  <si>
+    <t>[1892 oktober til foråret 1893 Junge til Laura Warberg s1-s4 BB0423]
+Kære Mor
+Jeg har det stadig godt. 
+Det er næsten en Skam, at jeg har ladet saa lang Tid gaa hen uden at svare paa Dit lange Brev da Du jo bad om Onkel Frederiks Adr. Lugge havde faaet Dit Brev og derved gik det mig af Tanken; i Gaar var jeg oppe hos Tante Mis for at faa den og da jeg kom hjem opdagede jeg, at jeg havde glemt det. Nu i Aften skal jeg gå derom ad, når jeg gaar paa Posthuset med dette og skrive den paa. Hvis Ordstilling og sligt bliver meningsløst, maa du undskylde; du maa nemlig vide, at her er den vildeste Alarm: Gandenz øver sig paa ”Aa, Mathis” og råber hvert Øjeblik til mig om han nu ikke maa holde op. 
+Pappegøjen skriger op i de mest skrigende Toner som dens Strube kan præstere, og det vil ikke sige lidt; inde ved siden af prøver de Kjoler og debatterer; Carla skriver dansk Stil og vil læse den for mig – det summer ordentlig om Ørerne paa mig.
+Det var dejligt, det gik saa let med Elles Afrejse – jeg har nemlig læst Dit Brev til Fru Hirschsprung nede fra Hamburg, jeg synes det tegnede rigtig godt det hele. Fru H. har ligget i Sengen i disse Dage af Forkølelse, jeg er meget derinde hos dem, de er voldsom søde imod mig. 
+Jeg har været til Ossip Gabrilowitsch Koncert, det var i Tirsdags da hele Familien her var til Bryllup; her blev en mageløs Fest, da de alle kørte deres Vej efter vældigt Bulder for at komme i Stadsen; jeg gik mig en dejlig Tur ud paa Molen i det klareste Maaneskin og derefter til Koncert, han spillede hele Carneval af Schumann, en lille Pastorale af Scarlatti som jeg spiller, ligeledes ”Chason triste” ogsaa af mit Repertoire – jeg var vigtig. 
+Ved I dog, at det er skidt med Tante Mis igen; hun skal maaske opereres af Kaarsberg: det er ikke Blindtarmen, men andet Underlivsvæsen, det er gaaet med. Hun har været dybt nede de sidste Gange, jeg har været der. Skulde Du ikke skrive lidt til hende, de gjorde jo saa meget for Elle? - - 
+Jeg maa nu til lidt Forretninger; jeg har været saa fræk at købe et Pund [tegn for pund] Uldgarn til dig. Fru Neiiend. havde købt til 2 Kr. 25 Ør. for Pundet. Jeg tog et Pund til mig selv. og et til dig; det er jo uhørt billigt; det er ikke meget fint men godt at forfødde med. Jeg skal sende dig det snart, for du vil da have det? I saa Fald vilde jeg grumme gærne have sendt dem, altså 2,25 samt 4 Kr. for Elles Chokolade; den kostede 5,60, men 1,60 havde jeg til Rest fra Telegrammet, og saa hvis Du har solgt nogle Æg, skylder Æggekassen mig jo 7 Kr men derfra maa du altsaa trække Regningen paa mine brune Sko, vist 4 Kr. 50. mon det ikke cirka 8,75 tror du. Jeg har haft store Udgifter, f. Ex Normalbenk., min Gigt i Benet blev så slemt at jeg tit næppe kunde gaa; lidt har det hjulpet, men ikke meget. Hvis du ikke har gjort noget ved det blomstrede lyse Tøj behøves det ikke. At Be har faaet det røde Korset fra Tante Mis er vel snart kommen til Jeres Kundskab. Jeg kunde ikke læse Fransk hos Nonnerne; det kostede 10 kr om Mdn. og naar jeg giver 6 Kr for Musik 2 for Matematik vilde jeg jo ikke faa stort til overs til mit Tøj, Maaske jeg tager nogle tyske Timer hos Frk. Bach, min gamle tyske Lærerinde
+[Skrevet øverst på s 1:]
+Alhed kommer da op til mig en Formiddags Tid, naar hun nu kommer herind. Jeg traf Berta paa Gaden i Dag, hun mente, Be kom en af Dagene. I maa ikke sende Pengene hertil, det holder jeg ikke af – send dem til Lugge; Hvis jeg glemmer noget, kan jeg ikke gøre noget ved det, jeg kan ikke samle mine Tanker mere. – Du skrev at gamle Maren blev begravet i Tirsdags, jeg slutter deraf at hun er død! var det stille og roligt, fortæl mig lidt om det. Hører jeg snart fra Jer.
+Hils alle fra Junge.</t>
+  </si>
+  <si>
     <t>1899-02-07</t>
   </si>
   <si>
-    <t>Brev</t>
-[...1 lines deleted...]
-  <si>
     <t>Johanne  Larsen</t>
-  </si>
-[...1 lines deleted...]
-    <t>Laura Warberg</t>
   </si>
   <si>
     <t>Hotel Phønix</t>
   </si>
   <si>
     <t>Ludwig Beethoven
 Berta Brandstrup
 Frederik Brandstrup
 Ludvig Brandstrup, billedhugger
 Julie Brandt
 Louise Brønsted
 Maren -, Erikshaab
 Joseph Haydn
 Bernhard Hirschsprung
 Fru Emma Hirschsprung
 - Holstein, Frk.
 - Jensen, Frøken, Erikshaab
 Marie Krøyer
 Peder Severin Krøyer
 Grethe -, København
 Alhed Larsen
 Otto Emil  Paludan
 Ellen  Sawyer
 Harris Sawyer
 Marie Schou
@@ -119,150 +174,110 @@
 Julie Brandt, Grethe, Johanne m.fl. har haft et "sold", og de blev ret fulde. 
 Johanne får for meget konfekt og slik, så hun lægger sig ud. 
 Ludvig Brandstrup har brækket benet.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/5f0I</t>
   </si>
   <si>
     <t>Hotel Phønix Tirsdag 7de Feb.
 Tak for de tilsendte Penge.
 Kære Mor! Alle de sidste Dage har jeg med Vilie ikke villet skrive hjem til Jer, for at I ikke skulde skuffes naar I aabnede det og den intet Telegram indeholdt. I Aftes Kl. 8 1/2 modtog jeg medfølgende Telegram fra Elle og saa var altsaa Aftentoget gået og I vilde ikke kunne have det før i Morgen Onsdag - Jeg vilde dog ikke have vovet at telegrafere det til Jer, da du udtrykke[ligt] bad om at faa det pr. Brev, men Hirschsprungs, hvem jeg straks ilede ind til at at glæde dem ["dem" overstreget] med Resultatet sagde, at naar jeg telegraferede det samme Aften, vilde Posten faa det med, saa I slap for at have Forskrækkelse af at se Telegrafbuddet. Jeg selv syntes ogsaa det var det ene rigtige. At Teleg. er afsendt fra Boston undrer os lidt; skulde det ikke været afsendt allerede fra New York - - og at Easman er i Boston, ved vi da nok. I Følge min Telegr. ["Telegr." indsat over linjen] Forklaring er det Ord jo ukorrekt. Spørgsmaalet er saa om der menes Appentane el. Appenton. 
 Det er kedeligt, for [et overstreget bogstav] jeg kan slet ikke huske, hvad jeg sidst skrev om. Mine to Gabrilowitschkoncerter har jeg da vist omtalt, de var saa aldeles vidunderlige. Men om jeg havde været til Middag hos Hirschsp. sammen med Hr. &amp;amp; Fru Krøyer, da jeg skrev, kan jeg ikke huske. Jeg havde min lyse Empire paa, havde det rigtig hyggeligt, spillede L'hombre sammen med Hr &amp;amp; Fru Hirsch. samt Krøyer jeg vandt 30 Ør, hvilket jeg var knusende stolt over. Forøvrigt syntes jeg kun middelmaadigt godt om dem. Nu spiller jeg 4hændigt med fru H. 2 Gange om Ugen Mandag og Torsdag fra Kl 1 - 2 1/2 efter en Del Smaating har vi nu begyndt paa Haydns Symfonier og skal dernæst til Beethoven ditto; det har jeg vældig Fornøjelse af.
 Forleden Aften var jeg til et aldeles glimrende hemmeligt Sold hos Grethe og Lugge; hemmel. fordi de ikke vilde have Tante Mis derop. Selskabet bestod af Frk. Holstein, Pan, Grethe Lugge og mig; Traktementet Æggesnaps, Appelsiner, Cacaoliquer og Vin; man var anmodet om at møde i Galla, saa vi straalede i lyse Toiletter. Og vi morede os, sådan rigtig knald - sagde Vittigheder og grinede sådan rigtig af Hjærtens Lyst Grethe og jeg var lige paa Ædruelighedens Grænse, - men jeg gik da stolt alene hjem Kl. 2. Jeg havde rasende Tømmermænd Dagen efter. 
 Nu er jeg desværre begyndt at blive fed, skønt jeg traver nogle almægtige Ture - f. Ex. til Hellerup - og kun spiser 1 Stykke Mad til Frokost, men det er alt det Masser af Slik, der falder af Konfekt og Is og Flødeboller i en Uendelighed; desværre ikke sådan, at jeg kan samle i Bunke, ellers skulde jeg sende Eder noget af den fine Konfekt. Det er nu kedeligt at have Anlæg til Korpulence, vil du hilse Far og sige det, for det har jeg nu. Jeg mødte i Dag Marie Hansen-Schou; hun har det minsandten ikke; hun var saa tynd så tynd bad mig hilse Be. hun begynder at tro at det er et ulykkeligt Ægteskab, siden hun ikke kommer. 
 Jeg tænker nærmest paa, hvor slemt det maa tære paa Fars Frimærker. At Lut virkelig har brækket et lille Ben i Benet helt nede ved Ankelen - det er vel Lægbenet - har I vel opnaaet at faa at vide. Jeg mødte Berta forleden; Lut var nok lidt utålmodig, men det gik da an.
 Onkel Frederiks Adresse har jeg forlængs sendt til Elle.
 5480 Rikgwood St. Chicago Ill. U.S.A 
 Husk at fortælle mig ["mig" indsat over linjen] om Gamle Marens Endeligt &amp;amp; Begravelse.
 Tak for Laan for Brevene!
 Hils Far, Pallam, Be og Pigerne saa meget fra mig og vil du saa ikke nok give Muntermand og Bobby de kærligste Kys fra mig.
 Hører jeg snart igen.
 Din Junge
 Jeg har måttet købe mig et Par nye Støvler Føj! Føj</t>
   </si>
   <si>
-    <t>1899-05-16</t>
-[...9 lines deleted...]
-Carl Neiiendam
+    <t>1899-04-06</t>
+  </si>
+  <si>
+    <t>Alhed Larsen</t>
+  </si>
+  <si>
+    <t>København</t>
+  </si>
+  <si>
+    <t>Thorvald Balslev
+- Bendix, Hr.
+Julie Brandt
+Thora  Branner
+Vilhelm  Hammershøi
+- Kroman
+Peder Severin Krøyer
+Andreas Larsen
+Johannes Larsen
 Gandenz Neiiendam
-Poulsen Poulsen, Jomfru
-[...86 lines deleted...]
-fra Junge</t>
+Ellen  Sawyer
+Harris Sawyer
+Agnes Slott-Møller
+Albrecht  Warberg
+Laura Warberg
+Viggo Winkel</t>
+  </si>
+  <si>
+    <t>Hotel Phønix ligger i Bredgade 37, 1260 København. 
+Alhed Larsens far A.C. Warberg var godsforvalter, og familien boede på Erikshaab, som var godsforvalterbolig under grevskabet Muckadell. Under grevskabet hørte herregårdene Arreskov, der var hovedsædet, Gelskov, Brobygård og Ølstedgaard. 
+Gandenz og Carla var formodentlig børn af hotel Phoenixs ejer Carl Neiiendam og hans kone, Vilhelmine. . 
+Det er uvist, hvad Vardeprojektet er.
+Café Bernina var en københavnsk café, der var kendt som hjemsted for byens bohemer og litterater i de to sidste årtier af det 19. århundrede. Caféen lå i den stadig eksisterende ejendom Vimmelskaftet 47/Badstuestræde 2 kendt som Tuteins Gård. 
+Den frie er en kunstnersammenslutning, der blev stiftet i 1891 af danske billedkunstnere i protest mod det etablerede Charlottenborg. Adressen er Oslo Plads 1, 2100 Khb. Ø.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv</t>
+  </si>
+  <si>
+    <t>Johanne Christine Larsen skriver langt fødseldagsbrev til den gravide Alhed Larsen. JCL arbejder på hotel Phønix i København og beretter om forskellige mennesker, hun møder i bl.a. kunstverdenen samt hendes tidligere forlovede Thomas Balslev. Hun går også på den fries udstilling og anbefaler sin mor at komme på besøg.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/KPcv</t>
+  </si>
+  <si>
+    <t>Hotel Phønix 6-4-99.
+Kære Be!
+Jeg ved ikke hvor forsigtig du endnu er naaet at blive over Ungens Helbred; for i Fald du er meget ængstelig, saa lad hellere en anden læse dette Brev for dig og vær ikke ked ved det; vi har nemlig Mæslinger her i Huset, og det var dog en lovlig ung Alder for den lille at faa dem paa.
+Efter her at have anbefalet dig Forsigtighed, vil jeg skride til Lykønskninger "i Dagens Anledning." Maa jeg herved paa det varmeste ønske dig et godt Aar, særlig naturligvisl Lykke til dit store Forehavende, at det da kan blive en nogenlunde præsentabel Unge.
+Jeg gaar ud fra at du er paa Erikshaab, hvor du vel nu forbliver indtil videre; det er storartet for Far og Mor at have dig igen, du er ordentlig deres Trøst i den ellers saa barnløse Tid! hør Be, er det da ikke dejligt at vi faar saadanne udmærkede Breve fra Elle. Jeg læste et forleden, som Far havde faaet, det var ikke særlig tykt med Oplevelser og Beskrivelser, for hun skrev næsten udelukkende om Eastmans - men det er spilleme da ogsaa nok, for man ser deraf, hvor glad hun er ved ham; hun ligefrem strømmer over, synes jeg over Lovtalen om ham - og saa skidt med Begivenhederne! Der maa vi rigtignok sige, at vi har været heldige, naar vi tænker paa, hvor voveligt hele det saa ud fra Begyndelsen. 
+Her har vi ellers haft en stilfærdig Paaske, stakkels Anna har ligget af Mæslinger og ligger endnu. Dr. Djørup siger, at de af os, der endnu ikke har haft det, kan være aldeles sikre paa at faa det. Jeg har jo ikke haft Mæslinger, vel? Jeg kan da ikke huske, vi nogensinde har haft dem paa Erikshaab. Jeg er meget gal i Hovedet derom, sikke et Tidsspilde! og hvis Carla og Gandenz faar det - uf, der er altid et farligt Halløj naar saadanne Unger ligger i Sengen. 
+I Tirsdags Middags fik jeg et lille Kioskbrev fra Thorvald, der var her i Byen. han havde først lige faaet at vide, at jeg var herinde i Paasken, men da han gjerne vilde se lidt til mig, bad han mig om at komme op paa Bernina Kl. 3 - Jeg var en lille Smule betænkelig ved det, men da det jo var ham selv, der tog Initiativet, gik jeg derop og vi havde det saa umaadelig fornøjeligt og hyggeligt en Times Tid, og nød en Kop tør Kaffe med Creme og Cigaretter; han saa efter min Mening ikke Spor mere gammel ud end han gjorde for et Aar siden, var frisk og livlig som altid, og vi snakkede udmærket sammen naar bare jeg maa slippe for at være forlovet med Thorvald, synes jeg udmærket godt om ham; og dersom vi nu begge har mistet en daarlig Kæreste og vundet en god Ven, hvad kan man saa egentlig forlange mere. - Sandsynligvis opgives Vardeprojektet, det lader til at være en underlig sløsevorn og uefterrettelig Mand, der ikke en Gang kan svare paa et Forretningsbrev, men rolig Gang paa Gang lader Th's Breve ubesvarede. Kroman, hvem Th. var oppe hos, mente slet ikke, der var Brug for et Seminarium, hvilket jo ikke gør Sagen mere indbydende..
+Jeg har været en lille Visit ude hos Tutte; det var morsomt at se hende en Gang igen hun har lagt sig en aldeles dejlig Unge til, en lille Pige sød og med klare blaa Øjne og hvidt Haar. Hun laa i Vuggen og fik Vælling af en Flaske; og denne Flaske holdt hun selv i sine bitte Hænder; og da den blev tom løftede hun den selv i Vejret for at faa det sidste med; det kalder jeg stort af en Unge paa 9 Maaneder. Tutte var tilsyneladende meget glad ved at se mig og sagde, at jeg med det første skulde inviteres derud til en L'hombre. 
+Klokken er saa mange, at jeg ikke kan naa at faa det af Sted i Dag; Elisa (vores Pige) er væk og saa kan jeg ikke gaa paa Posthuset, naar Anna ligger i Sengen. Derfor vil jeg foreløbig holde op og fortsætte i Morgen.
+Fredag Sikken en Smertensdag for mig i Dag, da jeg kom hjem fra min Morgentur opdagede jeg, at den lille Sølvpind i min Kæde var borte; jeg havde set, at den var meget slidt, men nu har den saa ikke villet holde længere i Sammenføjningen, jeg gik øjeblikkelig ud paa Molen igen og ledte ihærdigt, men uden Resultat. Sørgeligt! -----
+Forleden Aften var jeg med Pan hjemme hos hendes Forældre; det skulde kun have været en lille Visit, men jeg morede mig saa godt, at jeg erklærede til Pan, at jeg vilde blive. Af Interessandheder var der den blinde Bendix, en Broder til Victoria. Tænk, han vilde for ca 3 Aar siden tage Livet af sig, men naaede kun at ødelægge Synsnerven ved Skuddet, kom paa Hospitalet, kom sig, men var og blev blind, og nu lever han videre - ret fornøjet ved Tilværelsen er det da ikke ret mærkværdigt. Han er saadan, at man næsten ikke kan mærke paa ham, at han intet kan se; han færdes i Stuerne med største Lethed, ved præcis hvor alle i Stuen er, hvem der gaar og hvem der kommer, og dem han taler med ser han lige ind i Øjnene - hvor kan Mennesket dog! Han vil paa Landet nogen Tid i Sommer, men kan ikke finde noget Sted han spurgte mig ivrigt, om jeg ikke kunde tænke mig et Sted, han vilde gerne et Sted, hvor der var intelligente Mennesker, for ellers kunde han ikke holde det ud og saa skulde der være Skygge - om Egnen ellers var grim som Arvesynden gjorde intet; han er selv et meget intelligent Menneske, gennemdannet og vist kundskabsrig. Kunde I tænke Jer noget Sted? Jeg har sagt Pan, at hun skulde faa de nærmere Betingelser at vide, f.Ex. Betaling o.s.v. Jeg fik en saa knusende Interesse for Manden. [ulæselig] lille Dreng der bor der hos dem holder meget af ham og aner ikke, at han er blind, saa lidt mærkeligt altsaa, er det dog ikke besynderligt? 
+Jeg har været paa den frie, den er brillant i Aar! Jeg synes, at Las' to store Billeder er dejlige. Det er kedeligt, at I ikke kan faa dem at se, der er saa mange storartede Billeder. Fru Slot Møller har et helt vidunderligt Folkevisebillede. - naa ja, det kan jo slet ikke nytte at begynde paa at nærme sig af dem. Begge Hammershøi's var udmærkede, selv Krøyer var morsom og god i Aar. Paa Charlottenb. har jeg endnu ikke været, efter hvad Viggo siger er den ogsaa nok værd at se, men selv om en Del deraf er godt, er der dog meget Skidt iblandt. Sig til Mor, at hun skulde tage sig en lille Tur herind for at se Udstill. og saa høre Skærsommernatsdrømmen som de jo giver for Tiden paa det kongelige. Hun er jo altid velkommen hos Tante Dis, og nu da de har levet saa stilfærdigt i Vinter, kan der vel nok blive Raad til det. - Saa, nu har du faaet 8 Sider fuld af Fortælling, nu maa du nøjes med det. Du bliver nok 27 Aar i Dag, det er spilleme snart høje Aldre, vi præsterer. 
+Ungdommens Roser smaa
+Pluk dem før de forgaa!
+Farvel lille Be, og lad mig se, at du fremdeles har det godt! Hils alle hjemme paa det varmeste fra din Junge.
+Hils din lille Mand og Barn!</t>
   </si>
   <si>
     <t>1899-04-21</t>
   </si>
   <si>
     <t>Astrid Warberg-Goldschmidt</t>
   </si>
   <si>
     <t>Odense</t>
   </si>
   <si>
     <t>København
 Hotel Phønix</t>
   </si>
   <si>
     <t>Frands -
 Thora  Branner
 Christine  Mackie
 Olav Schrøder
 - Svendsen</t>
   </si>
   <si>
     <t>Det kan ikke afgøres, hvilken greve eller kammerherre Vind der er tale om. 
 Dakka Svendsen kan muligvis være et kælenavn for Doktor Svendsen.</t>
   </si>
@@ -270,50 +285,93 @@
     <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 0390</t>
   </si>
   <si>
     <t>Astrid takker for, at Johanne har meldt sig ind i Dragtreformforeningen. Da foreningen var blevet stiftet, blev Astrid formand. Der er god opbakning, og den tyske søsterorganisation vil lave en udstilling i Sønderborg, som den danske forening også skal bidrage til.
 Astrid har deltaget i et hårdt kursus, og nu er der afslutning med karakterer. Hun regner med at overtage gymnastikundervisning flere steder derefter. Astrid har lånt og fået menneskeknogler af Dakka Svendsen.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/dLi0</t>
   </si>
   <si>
     <t>[På kuvertens forside:]
 Frk.
 Johanne Warberg
 Hotel Phønix
 K. Kjøbenhavn
 Odense d 21 April 1899.
 Kære Junge! Grundet på at jeg mærker, at jeg snart helt har glemt Dig, vil jeg i Aften tage mig så meget Tid som til et lille Brev til Dig.
 Tak fordi Du melder Dig ind i Dragtreformforeningen. Jeg sender Dig herved Love og Emblem, [kommaet overstreget] hvis Du med det samme betaler Årsbidrag udgør det hele 1 Krone, som kan sendes til Undertegnede. – Du kan tro, der er voldsom Fart i det Hele – i Tilværelsen mener jeg; man synes, man får en Smule ud af det. Nu først Foreningen; Du har vist nok hørt nu, hvorledes vi fik den stiftet – om Mødet, der i Sandhed var festligt! Jeg blev Formand, holdt [ulæseligt ord] efter Bestyrelsesmøde – med stor Højtidelighed. Og nu går den strygende! Vi omvender en Del! der melder sig stadig ny Tilhængere af Sagen (Kammerherre Vind bl.a.!) og Dakka Svendsen har i sin Herlighed skreven et glimrende Stykke i F. Stiftstidende om Foreningen, som han anbefaler varmt til Folks Opmærksomhed (o.s.v.) nej, sidst – i Dag – fik vi atter Brev fra den store tyske Forening – Allgemeiner Verein zum Verbesserung der Frauenkleidung in Berlin; den meddeler os, at Afdelingen i Sønderborg vil lave en Udstilling nu til Sommer; Programmet, der er meget righoldigt, fulgte indlagt. Vi blev anmodet om at udstille noget i én eller anden Retning; Tutte har foreslået mig at forevise et Gymnastikhold af unge smukke Damer, der ikke bære Korset!
 I den Retning går Udstillingen nemlig også. Osv. – men det var nu Dakka Svendsen; Mornine har gået til ham med sin Arm, og vi ere enige om at elske ham, Du kan ikke tænke Dig, hvor Dakkaen er enestående pragtfuld, jeg går der heldigvis hver Dag endnu; på en Måde er det dog mindre heldigt, da min Mave stadig er lige ubehagelig – afbrudt.
 Søndag. Nej, det kan ikke blive til noget at skrive Breve i denne Måned Junge! 
 Jeg er på et April Kursus hos Olav Schrøder, hvor vi må hænge så ganske rasende i. Op 6 om Morgenen, skal møde 7¾ på Seminariet hver Morgen og er først færdig Kl C 7 om Aftenen. Og nu i den sidste Uge skal vi have Karakterer, for at han kan have noget at rette sig efter ved Anbefalinger. Uha! Der må skam hænges i. – Nu i Aften skal vi alle til Gilde hos Schrøders, det kan vel blive helt sjov. Jeg rejser så hjem til Maj og agter da at lede Gymnastikken i Hillerslev, hvis Frands tillader. Og til Askov til November Junge! – Ja, den er som sagt snart glimrende. Men lad mig da ikke glemme ét Punkt, der vil more Dig. Jeg har lånt hele Dakkaens Samling af Menneskeben; de ligger og pryder mit lille stilfulde Værelse. Og – et Menneskehovede har han foræret mig! Det står naturligvis på mit Bord! – Blandt de lånte Ben er en hel sammenhængende Hånd, de blodige Ligamenter sidder på endnu.
 Ja, nu må jeg slutte! Kronen skal være velkommen, hvis Du ikke skriver til mig inden Maj, må Du helst sende den til Tutte. Indlagt Lov og Emblem.
 Med 1000 Hilsner til højre og venstre
 Din
 Dis</t>
+  </si>
+  <si>
+    <t>1899-05-16</t>
+  </si>
+  <si>
+    <t>Julie Brandt
+Louise Brønsted
+Julie -, Frøken
+Ellen Hirschsprung
+Carl Neiiendam
+Gandenz Neiiendam
+Poulsen Poulsen, Jomfru
+Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>Johanne/Junge Larsen arbejdede i 1899 for familien Neiiendam på Hotel Phønix i København. 
+Olof er muligvis Julie Brandts/Pans søn. Det er uklart, om han hed sådan eller Oskar. 
+Carl Neiiendam var meget optaget af travløb. 
+Det vides ikke, hvem klaverlæreren Ida ellerAage Meyer var. 
+"Samfundet" er Studentersamfundet.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0426</t>
+  </si>
+  <si>
+    <t>Albrecht Warberg er fyldt 60 år.
+Johanne/Junge beder sin mor sende noget tøj og et cigaretetui. 
+Johanne m.fl. skal i teatret, og billletterne var dyre. Hun har været på landet med Carl Neiiendam og Frøken Julie.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/mGlE</t>
+  </si>
+  <si>
+    <t>Hotel Phønix. 16de M. 99.
+Kære Mor.
+Tak for dit sidste Brev med Beskrivelsen om Fars Fødselsdag; jeg opdagede med en Betagelse, som jeg ikke kan beskrive, at det var 60 Aar, Far blev; jeg synes det er et vældig epokegørende Tal at komme til, synes I dog ikke ogsaa det? Jeg glæder mig stadig, at [”at” overstreget]til det Brev; han maa ikke snyde mig for det, - Grunden til at jeg skriver i Dag er den, at jeg saa gærne vilde bede dig om at sende mig min graa Cyclenederdel, som hænger i Garderoben oppe paa Loftet uden for min Dør; maaske jeg vil sælge den til Pan og så selv faa mig en blaa; mine lyseblaa Liv passer saa daarlig til den graa Farve; desuden er den daarlig forneden, og da Pan er saa kort, kan det gaa helt bort, naar hun faar den. Hvis du med det samme vil sende noget af mit Sommertøj, saa har jeg det jo, men det maa du nu ganske som du selv vil; men jeg vilde sætte meget Pris paa, om du vilde sende Nederdelen saa hurtig som mulig. Oppe paa mit Tobaksbord ligger et Cigaretfutteral, et stribet Metal – hvis du vilde stikke det i Lommen paa Kjolen; Har Du ikke en Hilsen til mig fra Pans Krave? mon den ikke findes paa Erikshaab. 
+Jeg vilde naturligvis gruelig gærne have, hvis du nemt kunde finde det graa Tøj, der blev levnet og saa den spanske Trøje, jeg fik syet til, men jeg ved ikke bestemt, hvor det ligger.
+Hvis du nu vilde, kunde du gøre mig en stor Tjeneste; derved at jeg har ingen Sommerskørt jeg har tænkt mig at jeg kunde faa et pænt af min mellemblå Sommerkjole, den, hvor jeg har de Strimler, som jeg fik af Madame paa Livet; hvis Jomfru Poulsen kunde sy et pænt Skørt af den, slap jeg jo for at købe et, de færdige Skørter er saa Pokkers dyre; mit gamle rødstribede linnede Skørt passer mig saa udmærket, er bare en Ubetydelighed for kort; jeg vil gærne have en bred Skraalinning foroven. 
+Men hvis du nu ikke synes, du gider have med det at bestille, vil du saa sende mig den Nederdel ogsaa; saa vidt jeg ved, ligger den i den store Kiste ved Syltetøjskabet. 
+I Aften skal vi saa i Theatret, hine Theateraften fra i Efteraaret; det er – maa jeg indrømme Lugge – saare vanskeligt at faa saa mange Hoveder forenet under 1 Hat; især da vi jo skulde se Carmen, nu havde vi en Gang lovet Olof det Stykke, og han holdt ikke af, da jeg begyndte at tale om et andet; folk er fuldstændig syge, naar Carmen gaar; du kan tænke dig, jeg maatte give 1,75 for de daarligste, el. rettere de billigste Pladsen der er i Theatret; de koster ellers 0,75; jeg forsøgte baade i Aftes og i Morges, da de gik til forhøjet. Sjoverne havde opkøbt næsten alt; de kender Skam deres Pappenhejmere, de Sjovere. Min eneste Trøst er, at i Aftes, da jeg var derhenne, sad de med bedrøvede Miner og saa paa Uhret, der gik til Theatertid; ”Fruen fra Havet” gik paany indstuderet og de har åbenbart tænkt sig at gøre gode Forretninger, mens Folk tilfældigvis ikke har følt Trang til ”Fruen fra Havet.” Jeg gottede mig. 
+I Aften var jeg til en aldeles storartet Musikforeningskoncert og jeg har set ”En Skærsommernatsdrøm”, var forleden paa Landet med Hr. N og Frk. Julie, ude paa deres Villa, hvor jeg imponerede dem med at tale Engelsk med en eng. [”eng.” indsat over linjen] Trainer; deres Villa er lige ved Traverbanen. – Jeg har været til Spilletime hos Ida i Dag 2 ½ Time gav hun mig. Og jeg lærer at tale Tysk - - kort sagt, der er ingen smalle Steder, jeg har det udmærket, kan I tro. – Det var kostelig med os, der antog Aage Meyer for en Finlænder. I Lørdags var jeg igen i ”Samfundet”, der var en morsom Debat om Fredssagen.
+[Skrevet på hovedet øverst s1:]
+Jeg har en slem Fornemmelse af, at alle mine Breve er mere el. mindre forvirrede; men jeg skriver dem gærne om Efterm. samtidig med at jeg læser med Børnene eller ogsaa under deres livlige Underholdning eller mens de øver sig. Og altid skriger Gøjen som den var betalt. Du skal snart faa et Formiddagsbrev fra mig. Denne Gang kun mange Hilsner fra Eders Junge.</t>
   </si>
   <si>
     <t>1899-10-05</t>
   </si>
   <si>
     <t>Erikshaab</t>
   </si>
   <si>
     <t>Jean Jensen
 Christine  Mackie
 Christian Mogensen
 - Møller, Frøken, København
 Laura Warberg</t>
   </si>
   <si>
     <t>Johanne/Junge var 1899-jan. 1900 ansat ved Hotel Phønix, København. 
 Det vides ikke, hvem lille Bens og Bjørn var.
 Forpagter Mogensen og hans hustru, Augusta, overtog forpagtningen af Gelskov 1898. Replikken om ham og Christine er formodentlig humoristisk ment.
 Gamle Jean/Signe Jensen flyttede efter at have været ansat som huslærer på Erikshaab til Christiansdal Kloster ved Næstved.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0407</t>
   </si>
   <si>
     <t>Astrid skal være stuepige den kommende vinter.
@@ -328,208 +386,150 @@
     <t>[Skrevet på kuvertens forside:]
 Frk Joh. Warberg
 Hotel Phønix
 Kjøbenhavn 
 K
 [På kuvertens bagside poststempler]
 [I brevet:]
 Erikshåb Efterår 1899.
 “hvor flyver Svanerne hen - - -
 Kære lille Junge! Til Lykke fra Forleden Dag – og meget godt ønsker jeg Dig. – Her går den drivende, nu Mor er kommen, vi er sat i Gang på alle Ender og Kanter med Syning og andet, og jeg skal være Stuepige i Vinter med 40 Kr! 
 Det er ganske glimrende for Resten. – Man bliver jo i Længden ked af det andet, men festet har vi rigtignok kan Du tro – i vor Ensomhedstid; den var ikke fri for ar være frivol og let. – 
 Vor allersidste Bedrift indtraf i de sidste Dage, før de kom; 2 fremmede unge Piger – Chr. J. og Frk. Møller var hernede at besøge en Eftermd; jeg inviterer jo straks ud i Båden, og vi tre sejler; Gud hjælpe mig, om jeg ikke vælter dem lige under Bjælken! Christine og Frk M (Fru Hammers Søster) kom ud på Hovedet, jeg på Benene; bunde kunde ingen og svømme kun Chr og jeg. hun svømmede jo i Land; da jeg nåede ind, huskede jeg pludselig at Frk M ikke svømmede, vendte om og traf i Midten af Aaen Chr med Damen under Armen; jeg hjalp at bjerge; halvkvalt var Chr. af Grin, den anden af Skræk og Åvand. – vi kom op og det sædvanlige fulgte med Given tørt på. – Ingen Skandalehistorie; vi kan prale af en moralsk Egn; dog går det snildt med Mornine og Hr. Forp. Mogensen; Du véd jo Måden. Jeg tier og ler. Men lille Bens siger Gang efter Gang alvorligt til mig ”Jep Du, Forpagter Mogensen er en rigtig Don Juan!” (!)
 Han er en stor Hvalp ligesom Bjørn, vèd Du.
 Nej, at skrive om er her ingenting, opdager jeg.
 Man er i en Tørkeperiode.
 Dis Søster i Herren
 Dis
 Hils Ungerne
 (Og et Brev fra Dig Junge – ahe!!!
 p.s. Gamle Jean går og syer på Udstyr, hun skal jo nu til at sætte Bo.
 Eller har Du måske ikke hørt den sidste Begivenhed?
 Jo naturligvis har Du det.
 Kongeligt!!</t>
   </si>
   <si>
-    <t>1899-04-06</t>
-[...58 lines deleted...]
-Hils din lille Mand og Barn!</t>
+    <t>1900-01-08</t>
+  </si>
+  <si>
+    <t>Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>Højrup St. Fyen
+Erikshaab</t>
+  </si>
+  <si>
+    <t>Julie Brandt
+Louise Brønsted
+Fru Emma Hirschsprung
+Ida -, klaverlærer
+Grethe -, København
+Christine  Mackie
+- Rosendal
+Cornelius Steffensen
+Andreas Warberg
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Frk B må have været logerende hos Johanne. Det vides ikke, hvem hun var. 
+Johanne forventer, at hendes mindre søskende Frederik Andreas/Dede og Louise/Lugge skal bo i København fra den følgende sommer for at tage uddannelse. 
+Haabet = Erikshaab; Warberg-børnenes barndomshjem.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2038</t>
+  </si>
+  <si>
+    <t>Johanne håber ikke, at forældrene vil være kede af, at hun forlader sin stilling på Hotel Phønix. Hun kan ikke holde ud at være der og regner i øvrigt med at kunne leve af at undervise i klaverspil, nu hvor hendes teknik er blevet forbedret. Når lillebroderen og lillesøsteren m.fl. til næste sommer skal bo i København, vil hun desuden lave "et lille Hjem" til dem.
+Johannes cykel eksploderede for nogen tid siden. Cykelhandler Steffensen har opstillet regnskaber for reparation, indkøb af ny cykel og byttehandel hvad angår den gamle cykel, og Johanne beder om et godt råd.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/D63t</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Hr. Godsforvalter Warberg
+Erikshaab
+Højrup St.
+Fyen
+[Håndskrevet i brevet:]
+Hotel Phønix
+Mandag 8-1-1900.
+Kære Far!
+Nu gaar det ellers kvikt med Brevskaben hjem til, men det er i alle Maader en bevæget Tid, vi lever i, saa der er stadig noget at skrive om. - Bare nu du og Mor ikke er kede af, at jeg har taget den Bestemmelse at rejse herfra; det maa I endelig ikke være, for det er saa sikkert og vist, at det er det fornuftigste, man maa dog ikke med koldt Blod spolere sig selv. - Det hele ser ogsaa helt tiltalende ud, synes jeg; dersom vi kunde være saa heldige at faa en betalende ung Pige, en der kunde give 50 Kr. om Mdn. ligesom Frk B. - deraf kunde jeg saa lønnes - - jeg forlanger ikke meget, bare saa rigeligt, at jeg hveranden Uge kan tage en Time hos Fru Rosendal, hvilket nu, da jeg har faaet en saa grundig solid Undervisning hos Ida vil være mig til stor Nytte; hun har jo nemlig den Force at bringe sine Elever til Vejrs i en farlig Fart, og det vil jeg godt kunne taale nu, da min Teknik er bleven saa grundmuret, at den ligefrem vækker Christines Beundring. Naar saa Dedde til September om et Aar skal bo i København, saa danner jeg "et lille Hjem" for ham og dem, der til den Tid kan være - Pan, Lugge, Grethe - - vi finder nok nogen. Saa meget maa jeg vel turde vente at faa ud af det i Fortjeneste, at jeg kan bo og spise gratis, og med det som Baggrund begynder jeg saa saa faa mig Musikelever - - Du siger maaske "Konen med Æggene", men oprigtig talt synes jeg ikke det lyder saa vildt.
+Saa maa jeg gaa over til den egentlig Grund, f ["f"overstreget] hvorfor jeg denne Gang adresserer Brevet til dig i Stedet for til Mor - hvilket jo i Virkeligheden er aldeles ligegyldigt, Brevene er jo altid til Jer begge to. - Som du vist kan huske, var jeg før Jul ude paa en Cycletur, da min Cycle eksploderede; jeg sendte den til en Cycklehandler Cornelius Steffensen, der er bekendt for en ualmindelig solid og retskaffen Person. Jeg var hos ham straks efter, men da var Cyclen endnu ikke kommen og saa har jeg Smølehoved først i Dag været der igen. Jeg talte med Manden selv, der var svært tiltalende, men hvad han sagde var ikke videre rart. Han viste mig - hvad jeg før havde lukket mine Øjne i for, at begge Dækslerne var saadan - ubrugelige, at Ventilerne var ude af Stand til at holde paa Luften og at jeg næppe kan bruge den herinde uden ny Fornikling; det vil altsammen - lavt regnet - blive en 50 Kr, kender jeg de Reparationer ret, bliver det en god Del mere. Det er knusende ærgerlig at ofre saa meget paa en gammel Cycle; hvor meget han vilde give mig for den som den stod der? - 20 Kr! Men hvis jeg købte en ny hos ham, hvad saa vilde [han] give for den? Saa vilde han beregne den til 50! - - Han viste mig saa en ny Cycle til 240 af udmærket Konstruktion; paa Grund af den døde Vintertil giver han Procenter, [komma overstreget] og vælger den for 200; saa var det 50 for min gamle Cycle - altsaa 2 ["2" overstreget] 150, vilde den komme mig paa. - Jeg har nu talt med Louis og Edmond Frederiksen; de kender begge den Forretning, roser den meget, siger at det lyder til at være et godt Bud, og de har lovet mig at hjælpe mig at se paa den saa jeg ikke skal gøre noget ufornuftigt.
+Saaledes staar Sagerne! Hvad skal jeg gøre? 1) Helt opgive min Cyclesport, hvilket jeg især nødig vil, naar jeg kommer hjem, 2) betaler ["r" i slutningen af ordet overstreget] mindst 50 Kr for at faa den nogenlunde repareret eller 3) give 150 Kr og faa en ny Cycle. - Det andet Punkt vil være dumt, er jeg bange for, det første fornuftigt men meget kedeligt, det 3die - - -?
+Du holder jo ikke af, at vi angriber Sparekassebogen, men mere end 40 Kr kan jeg ikke vente at spare op fra nu af og til Maj og saa er der jo 110 igen. - 
+Ja, hvad mener du nu? Hvis du ikke har noget imod det, vil jeg helst tage den nye, men jeg regner ikke [med], at jeg har Ret til at disponere over Pengene uden at faa dit Samtykke. Hvis du har Tid, vilde jeg svært gærne have Svar snarest, for han var ikke glad ved at have den til ["til" overstreget] Cycle staaende.
+Jeg har meldt mig ind til Fru Hirschsprung; jeg mødte hende paa Gaden i Dag og spurgte om de var hjemme i Aften. - Tiden er rendt fra mig, derfor er jeg nødt til at slutte kort af.
+Hilsen til hele Haabet
+fra Junge</t>
   </si>
   <si>
     <t>1920 eller 1921 efterår</t>
   </si>
   <si>
     <t>Andreas Larsen</t>
   </si>
   <si>
     <t>Birkerød
 Frederiksborg Slot, 3400 Hillerød</t>
   </si>
   <si>
     <t>Laurentius Allerup
 Harald Giersing
 Johanne Giersing
 - Hein, Birkerød Kostskole
 Christian  Houmark
 Asta Krohn
 Adolph Larsen
 Johan Larsen
 Johanne  Larsen
 Johannes Larsen
 Eiler Lehn Schiøler
 Ellen Dorothea Lehn Schiøler
 Christine  Mackie
 Elisabeth Mackie
 Ellen  Sawyer
 Peter Tutein</t>
   </si>
   <si>
     <t>Alhed og Johannes Larsen er i Københavnsområdet, mens Andreas er i huset i Kerteminde.
 Petermand er Peter Turein. Lehn Schiølers eneste søn hed Eiler Theodor. Ba er også ukendt. Det er vanskeligt at læse Alfred Sch...s navn, og det vides ikke, hvem hen er. Det samme gælder Gitare Bent.</t>
   </si>
   <si>
     <t>Alhed og Johannes Larsen deltager i meget selskabelighed i Københavnsområdet: Asta Krohn, Tutein, Giersing, Lehn Schiøler.
 Ba fylder 60, og skolen har samlet penge ind og købt et billlede eller to af Johannes Larsen til ham. 
 Johan og Alhed Larsen har besøgt Gegge på Phønix.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/9LKB</t>
   </si>
   <si>
     <t>Min egen søde Gamle!
 Tak for Dine Breve! Jeg har en rædsom ond Samvittighed over at vi ikke skriver til Dig, men det er ikke saa nemt at se sit Snit. Vi er kolossalt meget ude og er snart trætte. I Gaar Middag hos Asta Krohn, og tænk, hvis Hr. Tutein ikke havde vækket mig i Birkerød, var jeg kørt videre til Hillerød, det havde været en slem Skandale, han fortalte, at han havde gjort det for en Tid siden og havde haft meget Besvær med at komme ind paa et Hotêl. – I Morgen skal vi til Giersings sammen med en hel del, det glæder jeg mig til. Lørdag Fødselsdagsmiddag hos Lehn Schiølers, Petermands Fødselsdag, det er unge, men han har forlangt at faa mig med, det er smigrende. Mon Du ved at det er Bas 60 Aars Fødselsdag i Dag, Skolen har samlet 400 ind og spurgt om de kunde faa et lille Billede af Las, vi har ladet dem faa Gøgen og Rødspurven som Ba til Hr. Hein har omtalt fra Udst., det er pænt af Din Far – det staar til 1000 – de er henrykte og Ba bliver nok det samme. Jeg skal hen at spadsere med Lysse nu, vi gaar hen med nogle Blomster ogsaa fra Dig. – I Gaar gik vi ind at se til Gegge paa Phönix han blev begejstret og fyldte os med Vin, saa vi var kønne da vi kom til Asta. Nu har vi lejet i den fri til 1ste Dec. næste Aar. [”næste Aar” overstreget] – Lysse og Meme skal ind at mores paa Søndag, husk at skrive til ham skal med 2 ½ Toget Lørdag, sig det ogsaa til Elle og Agrarens. –
 Det er en rædsom Masse, der hviler paa Dig søde Gamle, mens vi er borte, med Mølle og Blomster og alt muligt, men nu kommer vi jo snart, en af de første Dage i Ugen. – Der er ikke solgt videre siden den første Dag, c. 4000, men alt i alt er det jo pænt. – Vi var hos Alfred Sch[ulæseligt] sammen med Laurentius til Middag forleden. L. havde haft skreven til Dig, skriv endelig igen, det er dejligt Du har skreven til lille Putte, hun lider af Hjemvé. Mon Du maler? hvor vi skal klemme paa, naar jeg kommer hjem. – Vi tænker paa at faa en Model hjem, som vi kan male efter alle 3. – Nu kom Lysse han hilser Gitare [?] Bent, der spiller. 1000 Hilsner fra Din Mor.
 Torsdag</t>
-  </si>
-[...50 lines deleted...]
-Hils alle fra Junge.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="100" formatCode="yyyy/mm/dd"/>
     <numFmt numFmtId="101" formatCode="yyyy/mm/dd hh:mm:ss"/>
     <numFmt numFmtId="102" formatCode="yyyy-mm-dd"/>
   </numFmts>
   <fonts count="7">
     <font>
       <name val="Arial"/>
       <sz val="11"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
@@ -606,51 +606,51 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/5f0I" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mGlE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/D63t" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dLi0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PmHm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KPcv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9LKB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/s0cD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/s0cD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5f0I" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KPcv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dLi0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mGlE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PmHm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/D63t" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9LKB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
   <dimension ref="A1:M9"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
@@ -690,382 +690,382 @@
         <v>9</v>
       </c>
       <c r="K1" s="3" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="3" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="3" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="5" t="s">
         <v>13</v>
       </c>
       <c r="B2" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D2" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="E2" s="5" t="s">
+      <c r="E2" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H2" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F2" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H2" s="5" t="s">
+      <c r="I2" s="5" t="s">
         <v>18</v>
       </c>
-      <c r="I2" s="5" t="s">
+      <c r="J2" s="5" t="s">
         <v>19</v>
       </c>
-      <c r="J2" s="5" t="s">
+      <c r="K2" s="5" t="s">
         <v>20</v>
       </c>
-      <c r="K2" s="5" t="s">
+      <c r="L2" s="6" t="s">
         <v>21</v>
       </c>
-      <c r="L2" s="6" t="s">
+      <c r="M2" s="5" t="s">
         <v>22</v>
-      </c>
-[...1 lines deleted...]
-        <v>23</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="5" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="B3" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C3" s="5" t="s">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="D3" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E3" s="5" t="s">
-        <v>17</v>
+        <v>25</v>
       </c>
       <c r="F3" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G3" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H3" s="5" t="s">
         <v>26</v>
       </c>
       <c r="I3" s="5" t="s">
         <v>27</v>
       </c>
       <c r="J3" s="5" t="s">
         <v>28</v>
       </c>
       <c r="K3" s="5" t="s">
         <v>29</v>
       </c>
       <c r="L3" s="6" t="s">
         <v>30</v>
       </c>
       <c r="M3" s="5" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="5" t="s">
         <v>32</v>
       </c>
       <c r="B4" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C4" s="5" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
       <c r="D4" s="5" t="s">
         <v>33</v>
       </c>
       <c r="E4" s="5" t="s">
-        <v>17</v>
-[...1 lines deleted...]
-      <c r="F4" s="5" t="s">
         <v>34</v>
+      </c>
+      <c r="F4" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G4" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H4" s="5" t="s">
         <v>35</v>
       </c>
       <c r="I4" s="5" t="s">
         <v>36</v>
       </c>
       <c r="J4" s="5" t="s">
         <v>37</v>
       </c>
       <c r="K4" s="5" t="s">
         <v>38</v>
       </c>
       <c r="L4" s="6" t="s">
         <v>39</v>
       </c>
       <c r="M4" s="5" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="5" t="s">
         <v>41</v>
       </c>
       <c r="B5" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C5" s="5" t="s">
         <v>42</v>
       </c>
       <c r="D5" s="5" t="s">
-        <v>15</v>
+        <v>24</v>
       </c>
       <c r="E5" s="5" t="s">
         <v>43</v>
       </c>
       <c r="F5" s="5" t="s">
         <v>44</v>
       </c>
       <c r="G5" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H5" s="5" t="s">
         <v>45</v>
       </c>
       <c r="I5" s="5" t="s">
         <v>46</v>
       </c>
       <c r="J5" s="5" t="s">
         <v>47</v>
       </c>
       <c r="K5" s="5" t="s">
         <v>48</v>
       </c>
       <c r="L5" s="6" t="s">
         <v>49</v>
       </c>
       <c r="M5" s="5" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="5" t="s">
         <v>51</v>
       </c>
       <c r="B6" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C6" s="5" t="s">
-        <v>42</v>
+        <v>15</v>
       </c>
       <c r="D6" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E6" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="E6" s="5" t="s">
+      <c r="F6" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G6" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H6" s="5" t="s">
         <v>52</v>
       </c>
-      <c r="F6" s="5" t="s">
-[...7 lines deleted...]
-      <c r="H6" s="5" t="s">
+      <c r="I6" s="5" t="s">
         <v>53</v>
       </c>
-      <c r="I6" s="5" t="s">
+      <c r="J6" s="5" t="s">
         <v>54</v>
       </c>
-      <c r="J6" s="5" t="s">
+      <c r="K6" s="5" t="s">
         <v>55</v>
       </c>
-      <c r="K6" s="5" t="s">
+      <c r="L6" s="6" t="s">
         <v>56</v>
       </c>
-      <c r="L6" s="6" t="s">
+      <c r="M6" s="5" t="s">
         <v>57</v>
-      </c>
-[...1 lines deleted...]
-        <v>58</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="5" t="s">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="B7" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C7" s="5" t="s">
-        <v>25</v>
+        <v>42</v>
       </c>
       <c r="D7" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E7" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="F7" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="G7" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H7" s="5" t="s">
         <v>60</v>
       </c>
-      <c r="E7" s="5" t="s">
+      <c r="I7" s="5" t="s">
         <v>61</v>
       </c>
-      <c r="F7" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H7" s="5" t="s">
+      <c r="J7" s="5" t="s">
         <v>62</v>
       </c>
-      <c r="I7" s="5" t="s">
+      <c r="K7" s="5" t="s">
         <v>63</v>
       </c>
-      <c r="J7" s="5" t="s">
+      <c r="L7" s="6" t="s">
         <v>64</v>
       </c>
-      <c r="K7" s="5" t="s">
+      <c r="M7" s="5" t="s">
         <v>65</v>
-      </c>
-[...4 lines deleted...]
-        <v>67</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="5" t="s">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="B8" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C8" s="5" t="s">
-        <v>60</v>
+        <v>15</v>
       </c>
       <c r="D8" s="5" t="s">
+        <v>67</v>
+      </c>
+      <c r="E8" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="F8" s="5" t="s">
+        <v>68</v>
+      </c>
+      <c r="G8" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H8" s="5" t="s">
         <v>69</v>
       </c>
-      <c r="E8" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="G8" s="5" t="s">
+      <c r="I8" s="5" t="s">
         <v>70</v>
       </c>
-      <c r="H8" s="5" t="s">
+      <c r="J8" s="5" t="s">
         <v>71</v>
       </c>
-      <c r="I8" s="5" t="s">
+      <c r="K8" s="5" t="s">
         <v>72</v>
       </c>
-      <c r="J8" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K8" s="5" t="s">
+      <c r="L8" s="6" t="s">
         <v>73</v>
       </c>
-      <c r="L8" s="6" t="s">
+      <c r="M8" s="5" t="s">
         <v>74</v>
-      </c>
-[...1 lines deleted...]
-        <v>75</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="5" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="B9" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C9" s="5" t="s">
-        <v>25</v>
+        <v>33</v>
       </c>
       <c r="D9" s="5" t="s">
-        <v>16</v>
+        <v>76</v>
       </c>
       <c r="E9" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F9" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G9" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G9" s="5" t="s">
+        <v>77</v>
       </c>
       <c r="H9" s="5" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="I9" s="5" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="J9" s="5" t="s">
-        <v>79</v>
+        <v>37</v>
       </c>
       <c r="K9" s="5" t="s">
         <v>80</v>
       </c>
       <c r="L9" s="6" t="s">
         <v>81</v>
       </c>
       <c r="M9" s="5" t="s">
         <v>82</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>