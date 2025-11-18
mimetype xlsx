--- v0 (2025-10-04)
+++ v1 (2025-11-18)
@@ -44,140 +44,140 @@
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
   <si>
     <t>Arkivplacering</t>
   </si>
   <si>
     <t>Dokumentindhold</t>
   </si>
   <si>
     <t>URL</t>
   </si>
   <si>
     <t>Transskription</t>
   </si>
   <si>
+    <t>1892-03-27</t>
+  </si>
+  <si>
     <t>Brev</t>
   </si>
   <si>
     <t>Laura Warberg</t>
   </si>
   <si>
     <t>Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>Hotel Royal
+Aarhus</t>
+  </si>
+  <si>
+    <t>Ellen Agnete Amstrup
+Bjørnstjerne Bjørnson
+Lauritz  Brandstrup
+Leonard Holst
+Henrik Ibsen
+Christine  Mackie
+Hempel Syberg</t>
+  </si>
+  <si>
+    <t>Christine Warberg og Leonard Holsts datter, Ellen Agnete Amstrup, blev bortadopteret, men familien bevarede kontakten til hende. 
+Det vides ikke, hvad Leonard Holsts forældre hed.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB1372</t>
+  </si>
+  <si>
+    <t>Christine har det godt på hospitalet, men Pojken (Leonard Holst) er trist. Hun er lettet over, at vielsen er aflyst. Lægen sagde, at Christine godt kan klare sørejsen. Præsten støttede også, at vielsen blev aflyst. 
+Hele flokken spiste hos Rasmussen. Pojkens forældre syntes heller ikke om bryllup. På Hvilan skal de ikke vide noget om graviditeten. Laura Warberg kommer hjem fredag.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/xCq7</t>
+  </si>
+  <si>
+    <t>[Fortrykt øverst s. 1 og 2:]
+Carl Larsen.
+Hotel Royal. Aarhus, den …..189
+[Håndskrevet:]
+Søndag Aften
+Kjæreste Abba!
+Alt føjer sig saa godt for os og Christine er saa rask. Da jeg gik ind imorges for at lede dem op, traf jeg strax paa Pojken, der var på Vejen til Christine. Han saa mig ikke inden jeg var lige ved ham, det bedrøvede mig at see ham gaa saa sorgfuldt helt optaget af sine egne Tanker. Vi fulgtes ad til Chr. og de var begge – hun især – saa lettede ved at der ingen Vielse skulde være; han vistnok mest fordi hun ønskede det saameget. Til Præsten havde han iaftes udtalt, at naar de blev viede nu saa havde han det Haab, at de med Tiden kunde falde sammen igjen – Baade Bassen og jeg tog Gjensynet meget roligt. Fra hende gik vi til Skandinavien at faa Syberg med til Lægen. Denne erklærede, at Chr. kunde uden Tvivl nok klare Sørejsen helt lige til Kjøbenhavn, han vilde give hende lidt Chloral og selv følge os ombord Tirsdag Aften 11½. Han billigede vor Fremgangsmaade med ikke at holde [”holde” overstreget] faa dem viede. Saa gik vi alle fire i Kirke og fik en udmærket Prædiken. Kl. 2 skulde de møde hos Præsten. Vi blev hurtig enige med ham i det rigtige ved ikke at faa et Ægteskab istand med den Tanke, at det saa skulde opløses; ligesaa Hensynet til Barnet og det vanskelige for hende i at beholde sit Pigenavn. Altsaa vi mødte slet ingen Modstand og han var mageløs rar. Det var mest af Hensyn til Barnet og til Pojken, at han havde foreholdt hende det urigtige i at indgaa det med den faste Beslutning at skilles. Han talte saa godt og saa medlidende om Pojken, havde ogsaa sagt til hende, at en saadan Kjærlighed skulde hun betænke sig på at kaste fra sig og meget mere godt om ham, som jeg bedre kan fortælle om mundtlig. De Unge var i en anden Stue, han lovede at besøge Chr. imorgen. Det er forbavsende saa rigtig han har opfattet hendes Karakter, hvad hun ogsaa selv indrømmer, men hun har ogsaa skrevet flere anonyme Breve til hans ”umodne Produkter af Læsning af Ibsen og Bjørnsson” sagde han. Imidlertid han har jo været ganske mageløs mod hende. Derfra gik vi Alle ned til Rasmussen, det er en prægtig, deltagende Kone, vi skulde spise der, vilde hun absolut have, vi fik Suppe Boeuf og Kage med Øl til. Vi spiste godt og følte os meget lettede undtagen Pojke, der er lige sorgfuld bestandig, vel mest en Følge af, at nu maa det jo hedde sig og naturligvis ogsaa være forbi med Forlovelsen; det kan ikke trøste ham, at jeg siger vi kan se Tiden an. Saa gik Syberg til Lægen at faa rigtig Besked om Fødselsstiftelsen og nu rejser han iaften lige til Kjøbenhavn og tager imod os Onsdag Morgen. Pojken tager vi med samt alle Papirerne. Hans Forældre havde ment, at det var for overilet med Vielse, om det dog ikke kunde dysses ned, altsaa de vil synes om denne Ordning. Hans Far gav ham Penge, og Christine har faaet de 50 Kr. Du gav ham. Paa Hvilan ved de intet og skal ikke vide om det, end at Forlovelsen er hævet. Nu skriver jeg ogsaa til Dalen. Er der Breve til mig, kan Du jo sende dem til Alhed; jeg kommer saa om Alt gaar efter Ønske hjem Fredag med Iltoget. Syberg og vi Alle er raske. Det har været en anstrengende Dag, jeg laa en Time paa Sengen mange Farvel min egen Ven. Det er en Sorgens Tid men det klarer vel igjen. Kjærlig Hilsen til alle hjemme. Du siger vel at Far er bedre og jeg bliver et Par Dage hos ham.
+Din Smaa.</t>
   </si>
   <si>
     <t>Amaliegade 23, 1256 København, Danmark</t>
   </si>
   <si>
     <t>Bjørnstjerne Bjørnson
 Lauritz  Brandstrup
 Leonard Holst
 Alhed Larsen
 Christine  Mackie
 Fritz Syberg</t>
   </si>
   <si>
     <t>Det formodes, at Laura Warberg har genbrugt noget brevpapir, og at hun ikke er i Aarhus-
 Pojke(n) er Christine Mackies forlovede Leonard Holst, som var svensker.
 Christine havde flere kælenavne, deriblandt Basse.
 Den Kgl. Fødselsstiftelse i Amaliegade 23-25 i København blev oprettet 1785 takket være en stor pengegave fra enkedronning Juliane Marie. Her kunne gravide kvinder føde anonymt, og efterfølgende blev mange af børnene anbragt hos velhavende familier eller bortadopterede. I 1910 blev Fødselsstiftelsen en del af det nye Rigshospital.
 Christine fik med sin svenske forlovede Leonard Holst et barn uden for ægteskabet den 22. marts 1892. Barnet fik navnet Ellen Agnete og blev bortadopteret til ægteparret Niels og Louise Amstrup (hun født Warberg). Warberg-familien bevarede en god kontakt til barnet.
 Albrecht Warberg forældre bor efter pensioneringen i Heden mellem Faaborg og Odense.</t>
   </si>
   <si>
     <t>Brevene findes på Johannes Larsen Museet.</t>
   </si>
   <si>
     <t>Laura Warberg skriver om møde med den gravide datter Christine Mackie og hendes forlovede og om, at alle undtagen den forsmåede forlovede og far til barnet er enige i, at ægteskab ikke kan komme på tale. Der gøres de sidste forberedelser inden Christine Mackies fødsel på Fødselsstiftelsen i København.
 Inden hjemkomsten til Erikshåb vil LW besøge sin gamle far i København.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/DPRb</t>
   </si>
   <si>
     <t>[Fortrykt:] Aarhus, den .........189
 Carl Larsen
 Hotel Royal
 [Håndskrift:]
 Søndag Aften
 Kjæreste Abba!
 Alt føjer sig saa godt for os og Christine er saa rask. Da jeg gik ind morges for at lede dem op, traf jeg strax paa Pojken, der var paa Vejen til Christine, han saa mig ikke inden jeg var lige ved ham, det bedrøvede mig at se ham gaa saa sorgfuldt helt optaget af sine egne Tanker. Vi fulgtes ad til Chr. og de var begge – hun især – saa lettede ved at der ingen Vielse skulde være; han vistnok mest fordi hun ønskede det saa meget. Til Præsten havde han iaftes udtalt, at naar de blev viede nu, saa havde han det Haab, at de med Tiden skulde falde sammen igjen – Baade Bassen og jeg tog Gjensynet meget roligt. Fra hende gik vi til Skandinavien at faa Syberg med til Lægen. Denne erklærede, at Chr. kunde uden Tvivl nok taale Sørejsen helt lige til Kjøbenhavn, han vilde give hende lidt Chloral og selv følge os ombord Tirsdag Aften 11½. Han billigede vor Fremgangsmaade med ikke at holde ["holde" overstreget] faa dem viede. Saa gik vi alle fire i Kirke og fik en udmærket Prædiken. Kl. 2 skulde de møde hos Præsten. Vi blev hurtigt enige med ham i det rigtige ved ikke at faa et Ægteskab istand med den Tanke, at det saa skulde opløses; ligesaa Hensynet til Barnet og det vanskelige for hende i at beholde sit Pigenavn. Altsaa vi mødte slet ingen Modstand og han var mageløs rar. Det var mest af hensyn til Barnet og til Pojken, at han havde foreslaaet Ægteskab, men vilde dog have foreholdt hende det urigtige i at indgaa det med den faste Beslutning at skilles. Han talte saa godt og saa medlidende om Pojken, havde ogsaa sagt til hende, at en saadan Kjærlighed skulde hun betænke sig paa at kaste fra sig og meget mere godt om ham, som jeg bedre kan fortælle om mundtlig. De Unge var i en anden Stue, han lovede at besøge Chr. imorgen. Det er forbavsende saa rigtig han har opfattet hendes
 [Fortrykt;]
 Carl Larsen Aarhus, den ……..189
 Hotel Royal
 [Håndskrift:]
 Karakter, hvad hun selv indrømmer, men hun har ogsaa skrevet flere anonyme Breve om hans "umodne Læsning af [ulæseligt] og Bjørnsson” sagde han, imidlertid han har jo været ganske mageløs mod hende. Derfra gik vi alle ned til [ulæseligt], det er en prægtig, deltagende Kone, vi skulde spise der, vilde hun absolut have fik Suppe Boeuf og Kage med Øl til. Vi spiste godt og følte os meget lettede undtagen Pojke, der er lige sorgfuld bestandig, vel mest en Følge af, at om det jo maa hedde sig og naturligvis ogsaa være forbi med Forlovelsen; det kan ikke trøste ham, at jeg siger vi kan se Tiden an. Saa gik Syberg til Lægen at faa rigtig Besked om Fødselsstiftelsen og nu rejser han iaften lige til Kjøbenhavn og tager imod os Onsdag Morgen. Pojken tager vi med samt alle Papirerne. Hans Forældre havde ment, at det var for overilet med Vielse, om det dog ikke kunde dysses ned, altsaa de vil synes om denne Ordning. Hans Far gav ham Penge, og Christine har faaet de 50 Kr. Du gav ham. Paa Heden veed de intet og skal ikke vide andet, end at Forlovelsen er hævet. Nu skriver jeg ogsaa til [ulæseligt]. Er der Breve til mig, kan Du jo sende dem til Alhed; jeg kommer saa om Alt gaar efter Ønske hjem Fredag med Iltoget. Syberg og vi Alle er raske. Det har været en anstrengende Dag, jeg laa en Time paa Sengen mange Farvel min egen Ven, Det er en Sorgens Tid men det klarer vel igjen. Kjærlig Hilsen til alle hjemme. Vi siges vel at Far er bedre og jeg bliver et Par Dage hos ham.
-Din Smaa.</t>
-[...38 lines deleted...]
-Alt føjer sig saa godt for os og Christine er saa rask. Da jeg gik ind imorges for at lede dem op, traf jeg strax paa Pojken, der var på Vejen til Christine. Han saa mig ikke inden jeg var lige ved ham, det bedrøvede mig at see ham gaa saa sorgfuldt helt optaget af sine egne Tanker. Vi fulgtes ad til Chr. og de var begge – hun især – saa lettede ved at der ingen Vielse skulde være; han vistnok mest fordi hun ønskede det saameget. Til Præsten havde han iaftes udtalt, at naar de blev viede nu saa havde han det Haab, at de med Tiden kunde falde sammen igjen – Baade Bassen og jeg tog Gjensynet meget roligt. Fra hende gik vi til Skandinavien at faa Syberg med til Lægen. Denne erklærede, at Chr. kunde uden Tvivl nok klare Sørejsen helt lige til Kjøbenhavn, han vilde give hende lidt Chloral og selv følge os ombord Tirsdag Aften 11½. Han billigede vor Fremgangsmaade med ikke at holde [”holde” overstreget] faa dem viede. Saa gik vi alle fire i Kirke og fik en udmærket Prædiken. Kl. 2 skulde de møde hos Præsten. Vi blev hurtig enige med ham i det rigtige ved ikke at faa et Ægteskab istand med den Tanke, at det saa skulde opløses; ligesaa Hensynet til Barnet og det vanskelige for hende i at beholde sit Pigenavn. Altsaa vi mødte slet ingen Modstand og han var mageløs rar. Det var mest af Hensyn til Barnet og til Pojken, at han havde foreholdt hende det urigtige i at indgaa det med den faste Beslutning at skilles. Han talte saa godt og saa medlidende om Pojken, havde ogsaa sagt til hende, at en saadan Kjærlighed skulde hun betænke sig på at kaste fra sig og meget mere godt om ham, som jeg bedre kan fortælle om mundtlig. De Unge var i en anden Stue, han lovede at besøge Chr. imorgen. Det er forbavsende saa rigtig han har opfattet hendes Karakter, hvad hun ogsaa selv indrømmer, men hun har ogsaa skrevet flere anonyme Breve til hans ”umodne Produkter af Læsning af Ibsen og Bjørnsson” sagde han. Imidlertid han har jo været ganske mageløs mod hende. Derfra gik vi Alle ned til Rasmussen, det er en prægtig, deltagende Kone, vi skulde spise der, vilde hun absolut have, vi fik Suppe Boeuf og Kage med Øl til. Vi spiste godt og følte os meget lettede undtagen Pojke, der er lige sorgfuld bestandig, vel mest en Følge af, at nu maa det jo hedde sig og naturligvis ogsaa være forbi med Forlovelsen; det kan ikke trøste ham, at jeg siger vi kan se Tiden an. Saa gik Syberg til Lægen at faa rigtig Besked om Fødselsstiftelsen og nu rejser han iaften lige til Kjøbenhavn og tager imod os Onsdag Morgen. Pojken tager vi med samt alle Papirerne. Hans Forældre havde ment, at det var for overilet med Vielse, om det dog ikke kunde dysses ned, altsaa de vil synes om denne Ordning. Hans Far gav ham Penge, og Christine har faaet de 50 Kr. Du gav ham. Paa Hvilan ved de intet og skal ikke vide om det, end at Forlovelsen er hævet. Nu skriver jeg ogsaa til Dalen. Er der Breve til mig, kan Du jo sende dem til Alhed; jeg kommer saa om Alt gaar efter Ønske hjem Fredag med Iltoget. Syberg og vi Alle er raske. Det har været en anstrengende Dag, jeg laa en Time paa Sengen mange Farvel min egen Ven. Det er en Sorgens Tid men det klarer vel igjen. Kjærlig Hilsen til alle hjemme. Du siger vel at Far er bedre og jeg bliver et Par Dage hos ham.
 Din Smaa.</t>
   </si>
   <si>
     <t>1907-10-17</t>
   </si>
   <si>
     <t>Johannes Larsen</t>
   </si>
   <si>
     <t>Alhed Larsen</t>
   </si>
   <si>
     <t>New York</t>
   </si>
   <si>
     <t>Boston</t>
   </si>
   <si>
     <t>Roald Amundsen
 Andreas Larsen
 Johan Larsen
 Christine  Mackie
 William Mackie
 Emil Opffer
 - Randal</t>
@@ -300,51 +300,51 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/DPRb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xCq7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FKrV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/xCq7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DPRb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FKrV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
   <dimension ref="A1:M4"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
@@ -372,145 +372,145 @@
         <v>5</v>
       </c>
       <c r="G1" s="3" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="3" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="3" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="3" t="s">
         <v>9</v>
       </c>
       <c r="K1" s="3" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="3" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="3" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2">
-      <c r="A2" s="5" t="n">
-        <v>1892</v>
+      <c r="A2" s="5" t="s">
+        <v>13</v>
       </c>
       <c r="B2" s="5" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C2" s="5" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="D2" s="5" t="s">
-        <v>15</v>
-[...4 lines deleted...]
-        </is>
+        <v>16</v>
+      </c>
+      <c r="E2" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F2" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G2" s="5" t="s">
-        <v>16</v>
+      <c r="G2" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H2" s="5" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="I2" s="5" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="J2" s="5" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="K2" s="5" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="L2" s="6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="M2" s="5" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
     </row>
     <row r="3">
-      <c r="A3" s="5" t="s">
-        <v>23</v>
+      <c r="A3" s="5" t="n">
+        <v>1892</v>
       </c>
       <c r="B3" s="5" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C3" s="5" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="D3" s="5" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>16</v>
+      </c>
+      <c r="E3" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F3" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G3" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G3" s="5" t="s">
+        <v>24</v>
       </c>
       <c r="H3" s="5" t="s">
         <v>25</v>
       </c>
       <c r="I3" s="5" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="5" t="s">
         <v>27</v>
       </c>
       <c r="K3" s="5" t="s">
         <v>28</v>
       </c>
       <c r="L3" s="6" t="s">
         <v>29</v>
       </c>
       <c r="M3" s="5" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="5" t="s">
         <v>31</v>
       </c>
       <c r="B4" s="5" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C4" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D4" s="5" t="s">
         <v>33</v>
       </c>
       <c r="E4" s="5" t="s">
         <v>34</v>
       </c>
       <c r="F4" s="5" t="s">
         <v>35</v>
       </c>
       <c r="G4" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H4" s="5" t="s">
         <v>36</v>
       </c>
       <c r="I4" s="5" t="s">
         <v>37</v>
       </c>
       <c r="J4" s="5" t="s">