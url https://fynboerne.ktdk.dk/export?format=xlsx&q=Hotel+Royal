--- v1 (2025-11-18)
+++ v2 (2026-01-13)
@@ -3,227 +3,282 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42" xml:space="preserve">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="58" uniqueCount="52" xml:space="preserve">
   <si>
     <t>Datering</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
   <si>
     <t>Arkivplacering</t>
   </si>
   <si>
     <t>Dokumentindhold</t>
   </si>
   <si>
     <t>URL</t>
   </si>
   <si>
     <t>Transskription</t>
   </si>
   <si>
-    <t>1892-03-27</t>
-[...1 lines deleted...]
-  <si>
     <t>Brev</t>
   </si>
   <si>
     <t>Laura Warberg</t>
   </si>
   <si>
     <t>Albrecht  Warberg</t>
-  </si>
-[...35 lines deleted...]
-Din Smaa.</t>
   </si>
   <si>
     <t>Amaliegade 23, 1256 København, Danmark</t>
   </si>
   <si>
     <t>Bjørnstjerne Bjørnson
 Lauritz  Brandstrup
 Leonard Holst
 Alhed Larsen
 Christine  Mackie
 Fritz Syberg</t>
   </si>
   <si>
     <t>Det formodes, at Laura Warberg har genbrugt noget brevpapir, og at hun ikke er i Aarhus-
 Pojke(n) er Christine Mackies forlovede Leonard Holst, som var svensker.
 Christine havde flere kælenavne, deriblandt Basse.
 Den Kgl. Fødselsstiftelse i Amaliegade 23-25 i København blev oprettet 1785 takket være en stor pengegave fra enkedronning Juliane Marie. Her kunne gravide kvinder føde anonymt, og efterfølgende blev mange af børnene anbragt hos velhavende familier eller bortadopterede. I 1910 blev Fødselsstiftelsen en del af det nye Rigshospital.
 Christine fik med sin svenske forlovede Leonard Holst et barn uden for ægteskabet den 22. marts 1892. Barnet fik navnet Ellen Agnete og blev bortadopteret til ægteparret Niels og Louise Amstrup (hun født Warberg). Warberg-familien bevarede en god kontakt til barnet.
 Albrecht Warberg forældre bor efter pensioneringen i Heden mellem Faaborg og Odense.</t>
   </si>
   <si>
     <t>Brevene findes på Johannes Larsen Museet.</t>
   </si>
   <si>
     <t>Laura Warberg skriver om møde med den gravide datter Christine Mackie og hendes forlovede og om, at alle undtagen den forsmåede forlovede og far til barnet er enige i, at ægteskab ikke kan komme på tale. Der gøres de sidste forberedelser inden Christine Mackies fødsel på Fødselsstiftelsen i København.
 Inden hjemkomsten til Erikshåb vil LW besøge sin gamle far i København.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/DPRb</t>
   </si>
   <si>
     <t>[Fortrykt:] Aarhus, den .........189
 Carl Larsen
 Hotel Royal
 [Håndskrift:]
 Søndag Aften
 Kjæreste Abba!
 Alt føjer sig saa godt for os og Christine er saa rask. Da jeg gik ind morges for at lede dem op, traf jeg strax paa Pojken, der var paa Vejen til Christine, han saa mig ikke inden jeg var lige ved ham, det bedrøvede mig at se ham gaa saa sorgfuldt helt optaget af sine egne Tanker. Vi fulgtes ad til Chr. og de var begge – hun især – saa lettede ved at der ingen Vielse skulde være; han vistnok mest fordi hun ønskede det saa meget. Til Præsten havde han iaftes udtalt, at naar de blev viede nu, saa havde han det Haab, at de med Tiden skulde falde sammen igjen – Baade Bassen og jeg tog Gjensynet meget roligt. Fra hende gik vi til Skandinavien at faa Syberg med til Lægen. Denne erklærede, at Chr. kunde uden Tvivl nok taale Sørejsen helt lige til Kjøbenhavn, han vilde give hende lidt Chloral og selv følge os ombord Tirsdag Aften 11½. Han billigede vor Fremgangsmaade med ikke at holde ["holde" overstreget] faa dem viede. Saa gik vi alle fire i Kirke og fik en udmærket Prædiken. Kl. 2 skulde de møde hos Præsten. Vi blev hurtigt enige med ham i det rigtige ved ikke at faa et Ægteskab istand med den Tanke, at det saa skulde opløses; ligesaa Hensynet til Barnet og det vanskelige for hende i at beholde sit Pigenavn. Altsaa vi mødte slet ingen Modstand og han var mageløs rar. Det var mest af hensyn til Barnet og til Pojken, at han havde foreslaaet Ægteskab, men vilde dog have foreholdt hende det urigtige i at indgaa det med den faste Beslutning at skilles. Han talte saa godt og saa medlidende om Pojken, havde ogsaa sagt til hende, at en saadan Kjærlighed skulde hun betænke sig paa at kaste fra sig og meget mere godt om ham, som jeg bedre kan fortælle om mundtlig. De Unge var i en anden Stue, han lovede at besøge Chr. imorgen. Det er forbavsende saa rigtig han har opfattet hendes
 [Fortrykt;]
 Carl Larsen Aarhus, den ……..189
 Hotel Royal
 [Håndskrift:]
 Karakter, hvad hun selv indrømmer, men hun har ogsaa skrevet flere anonyme Breve om hans "umodne Læsning af [ulæseligt] og Bjørnsson” sagde han, imidlertid han har jo været ganske mageløs mod hende. Derfra gik vi alle ned til [ulæseligt], det er en prægtig, deltagende Kone, vi skulde spise der, vilde hun absolut have fik Suppe Boeuf og Kage med Øl til. Vi spiste godt og følte os meget lettede undtagen Pojke, der er lige sorgfuld bestandig, vel mest en Følge af, at om det jo maa hedde sig og naturligvis ogsaa være forbi med Forlovelsen; det kan ikke trøste ham, at jeg siger vi kan se Tiden an. Saa gik Syberg til Lægen at faa rigtig Besked om Fødselsstiftelsen og nu rejser han iaften lige til Kjøbenhavn og tager imod os Onsdag Morgen. Pojken tager vi med samt alle Papirerne. Hans Forældre havde ment, at det var for overilet med Vielse, om det dog ikke kunde dysses ned, altsaa de vil synes om denne Ordning. Hans Far gav ham Penge, og Christine har faaet de 50 Kr. Du gav ham. Paa Heden veed de intet og skal ikke vide andet, end at Forlovelsen er hævet. Nu skriver jeg ogsaa til [ulæseligt]. Er der Breve til mig, kan Du jo sende dem til Alhed; jeg kommer saa om Alt gaar efter Ønske hjem Fredag med Iltoget. Syberg og vi Alle er raske. Det har været en anstrengende Dag, jeg laa en Time paa Sengen mange Farvel min egen Ven, Det er en Sorgens Tid men det klarer vel igjen. Kjærlig Hilsen til alle hjemme. Vi siges vel at Far er bedre og jeg bliver et Par Dage hos ham.
 Din Smaa.</t>
   </si>
   <si>
+    <t>1892-03-27</t>
+  </si>
+  <si>
+    <t>Hotel Royal
+Aarhus</t>
+  </si>
+  <si>
+    <t>Ellen Agnete Amstrup
+Bjørnstjerne Bjørnson
+Lauritz  Brandstrup
+Leonard Holst
+Henrik Ibsen
+Christine  Mackie
+Hempel Syberg</t>
+  </si>
+  <si>
+    <t>Christine Warberg og Leonard Holsts datter, Ellen Agnete Amstrup, blev bortadopteret, men familien bevarede kontakten til hende. 
+Det vides ikke, hvad Leonard Holsts forældre hed.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB1372</t>
+  </si>
+  <si>
+    <t>Christine har det godt på hospitalet, men Pojken (Leonard Holst) er trist. Hun er lettet over, at vielsen er aflyst. Lægen sagde, at Christine godt kan klare sørejsen. Præsten støttede også, at vielsen blev aflyst. 
+Hele flokken spiste hos Rasmussen. Pojkens forældre syntes heller ikke om bryllup. På Hvilan skal de ikke vide noget om graviditeten. Laura Warberg kommer hjem fredag.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/xCq7</t>
+  </si>
+  <si>
+    <t>[Fortrykt øverst s. 1 og 2:]
+Carl Larsen.
+Hotel Royal. Aarhus, den …..189
+[Håndskrevet:]
+Søndag Aften
+Kjæreste Abba!
+Alt føjer sig saa godt for os og Christine er saa rask. Da jeg gik ind imorges for at lede dem op, traf jeg strax paa Pojken, der var på Vejen til Christine. Han saa mig ikke inden jeg var lige ved ham, det bedrøvede mig at see ham gaa saa sorgfuldt helt optaget af sine egne Tanker. Vi fulgtes ad til Chr. og de var begge – hun især – saa lettede ved at der ingen Vielse skulde være; han vistnok mest fordi hun ønskede det saameget. Til Præsten havde han iaftes udtalt, at naar de blev viede nu saa havde han det Haab, at de med Tiden kunde falde sammen igjen – Baade Bassen og jeg tog Gjensynet meget roligt. Fra hende gik vi til Skandinavien at faa Syberg med til Lægen. Denne erklærede, at Chr. kunde uden Tvivl nok klare Sørejsen helt lige til Kjøbenhavn, han vilde give hende lidt Chloral og selv følge os ombord Tirsdag Aften 11½. Han billigede vor Fremgangsmaade med ikke at holde [”holde” overstreget] faa dem viede. Saa gik vi alle fire i Kirke og fik en udmærket Prædiken. Kl. 2 skulde de møde hos Præsten. Vi blev hurtig enige med ham i det rigtige ved ikke at faa et Ægteskab istand med den Tanke, at det saa skulde opløses; ligesaa Hensynet til Barnet og det vanskelige for hende i at beholde sit Pigenavn. Altsaa vi mødte slet ingen Modstand og han var mageløs rar. Det var mest af Hensyn til Barnet og til Pojken, at han havde foreholdt hende det urigtige i at indgaa det med den faste Beslutning at skilles. Han talte saa godt og saa medlidende om Pojken, havde ogsaa sagt til hende, at en saadan Kjærlighed skulde hun betænke sig på at kaste fra sig og meget mere godt om ham, som jeg bedre kan fortælle om mundtlig. De Unge var i en anden Stue, han lovede at besøge Chr. imorgen. Det er forbavsende saa rigtig han har opfattet hendes Karakter, hvad hun ogsaa selv indrømmer, men hun har ogsaa skrevet flere anonyme Breve til hans ”umodne Produkter af Læsning af Ibsen og Bjørnsson” sagde han. Imidlertid han har jo været ganske mageløs mod hende. Derfra gik vi Alle ned til Rasmussen, det er en prægtig, deltagende Kone, vi skulde spise der, vilde hun absolut have, vi fik Suppe Boeuf og Kage med Øl til. Vi spiste godt og følte os meget lettede undtagen Pojke, der er lige sorgfuld bestandig, vel mest en Følge af, at nu maa det jo hedde sig og naturligvis ogsaa være forbi med Forlovelsen; det kan ikke trøste ham, at jeg siger vi kan se Tiden an. Saa gik Syberg til Lægen at faa rigtig Besked om Fødselsstiftelsen og nu rejser han iaften lige til Kjøbenhavn og tager imod os Onsdag Morgen. Pojken tager vi med samt alle Papirerne. Hans Forældre havde ment, at det var for overilet med Vielse, om det dog ikke kunde dysses ned, altsaa de vil synes om denne Ordning. Hans Far gav ham Penge, og Christine har faaet de 50 Kr. Du gav ham. Paa Hvilan ved de intet og skal ikke vide om det, end at Forlovelsen er hævet. Nu skriver jeg ogsaa til Dalen. Er der Breve til mig, kan Du jo sende dem til Alhed; jeg kommer saa om Alt gaar efter Ønske hjem Fredag med Iltoget. Syberg og vi Alle er raske. Det har været en anstrengende Dag, jeg laa en Time paa Sengen mange Farvel min egen Ven. Det er en Sorgens Tid men det klarer vel igjen. Kjærlig Hilsen til alle hjemme. Du siger vel at Far er bedre og jeg bliver et Par Dage hos ham.
+Din Smaa.</t>
+  </si>
+  <si>
     <t>1907-10-17</t>
   </si>
   <si>
     <t>Johannes Larsen</t>
   </si>
   <si>
     <t>Alhed Larsen</t>
   </si>
   <si>
     <t>New York</t>
   </si>
   <si>
     <t>Boston</t>
   </si>
   <si>
     <t>Roald Amundsen
 Andreas Larsen
 Johan Larsen
 Christine  Mackie
 William Mackie
 Emil Opffer
 - Randal</t>
   </si>
   <si>
     <t>Alhed og Johannes Larsen med børn er i USA for at besøge Alheds søstre. Mens Alhed og drengene blev i Boston hos hendes søster Christine og manden William (Billy) Mackie, tog Johannes Larsen 14 dage til New York, hvor vennen Emil Opffer arrangerede en udstilling af Larsens billeder i kontoret på bladet Dansk-Amerikaneren, som Opffer var redaktør for. Det var også Opffer, der arrangerede, at Larsen skulle male et portræt af Roald Amundsen. 
 Subway &amp;amp; Elevation = Undergrundstog og højbanetog.</t>
   </si>
   <si>
     <t>Det Kongelige Bibliotek</t>
   </si>
   <si>
     <t>Johannes Larsen har hørt Roald Amundsen holde foredrag i New York, og Opffer arrangerede, at Larsen skulle male Amundsen. Larsen mødtes med ham på Amundsens hotel, men billedet blev i første omgang noget skidt. 
 Der er nærmest ingen dansk-amerikanere, der interesserer sig for Larsens billeder - kun en kaptajn fra Kolding - og hans forhåbninger er på nulpunktet.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/FKrV</t>
   </si>
   <si>
     <t>New York City 17 Octbr 1907.
 Kæreste Alhed!
 I Aftes var vi saa henne at høre Amundsen, vi kom det meste af en Time for tidlig og benyttede saa Tiden til at gaa en Tur ned ad Broadway, pragtfuldt. For Foredraget præsenterede Opffer mig for Amundsens Impresario Hr Randal og fortalte ham at jeg gerne vilde male A og blev saa tilsagt at møde Kl. 9 paa Waldorph Astoria Hotel vistnok det største og flotteste her i Byen. Dejligt Vejr i Morges. Vi var oppe Kl 6 tog først ind paa Kontoret og hentede Sagerne. O vilde saa sende mig ind til A. alene men jeg fik ham dog med, skønt vi kom en Time forsent var Impressarioen ikke oppe og A væk, vi ventede, O fik Øje paa A og lidt efter kom den anden ned. Jeg blev saa tilsagt Kl. 3. Amundsen er meget elskværdig og ser godt ud, men jeg lavede noget frygteligt Skidt, skal forsøge at faa noget ud af det i Mrg. Jeg er efterhaanden bleven præsenteret for en hel Del dansk Amerikanere men har hidtil ikke truffet nogen der interesserede sig for min Virksomhed, undtagen en Kaptain fra Kolding der kom op paa Kontoret for at sige Farvel til O. han var meget ked af at han ikke kunde faa Tid at se mine Ting og kørte med i Sporvogn og sad og saa Skitzebogen da jeg kørte til Amundsen. Der kom en amerikansk Nordpolsfarer op og snakkede med Am. mens jeg malede ham. Jeg sender her Din Artikel den er ikke saa kort endda. Tak Billy mange Gange for hans Brev, det er dog rørende som han tager sig af smaa Sager. Bare der maatte være lidt Held med det, mine Forhaabninger er under 0. Jeg er nu temmelig orienteret her og kan køre alene i Subway &amp;amp; Elevation fra den ene Ende af Byen til den anden. Hils Børnene fra mig og kys dem mange Gange. Jeg længes efter Jer alle 3. Hils Billy og Christina.
 Din
 Johannes Larsen</t>
+  </si>
+  <si>
+    <t>1951-07-02</t>
+  </si>
+  <si>
+    <t>Christa Knuth</t>
+  </si>
+  <si>
+    <t>Kerteminde</t>
+  </si>
+  <si>
+    <t>Refshalevej 16 Maribo</t>
+  </si>
+  <si>
+    <t>Thora Cohn
+Thorvald Hagedorn-Olsen
+Elisabeth Knuth
+Andreas Larsen
+Jeppe Larsen
+Else Larsen, Else, Andreas Larsens kone
+Vilhelm Lundstrøm
+Viggo Madsen
+Gerda Rasmussen
+Holger Rasmussen</t>
+  </si>
+  <si>
+    <t>Vilhelm Lundstrøm døde i 1950. I 1951 afholdt man en mindeudstilling over ham. Den fandt sted på Charlottenborg i maj, på Århus Rådhus juni-juli og i Oslo august-september. (Dansk Biografisk Leksikon).
+Grisebrønden er en bronzeskulptur, der står foran Aarhus Rådhus. Skulpturen bliver i folkemunde kaldt Grisebrønden, men blev oprindeligt og officielt navngivet "Ceres Brønden". Skulpturen forestiller en so med syv grise og har indbygget urværk, der får grisene til at tisse på skift og soen til at savle. Den er udført i bronze og er en kopi af den originale granitskulptur, som blev udført af billedhuggeren Mogens Bøggild og skænket til byen af bryggeriet Ceres i 1941 ved byens 500-års købstadsjubilæum (Aarhus Stadsarkiv).</t>
+  </si>
+  <si>
+    <t>Brevet er i privateje</t>
+  </si>
+  <si>
+    <t>Johannes Larsen og hans familie har været i Århus for at se Lundstrøm-udstillingen, domkirken, Grisebrønden og Hagedorn-Olsens udsmykning. Lørdag var de til middag hos Gerda Rasmussen, og onsdag skal Johannes Larsen til naturfedningsmøde.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Okvf</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Lensgrevinde
+Chr. Knuth
+Refshalevej 
+Maribo
+[På kuvertens bagside:]
+Johannes Larsen
+Kjerteminde
+[I brevet:]
+Kjerteminde 2 Juli 1951.
+Kære Grevinde!
+Tak for Dit Brev. I Torsdags kørte Puf Else Jeppe Thora og jeg til Aarhus for at se Lundstrømudstillingen. Vi spiste til Aften paa Grand Hotel Vejle og kom ved 11 Tiden til Royal i Aarhus. Næste Dag var jeg med Thora og Jeppe i Domkirken og derefter kørte vi allesammen til Raadhuset og saa Grisebrønden, Lundstrømudstillingen og Hagedorn Olsen og hans Udsmykning. Saa kørte vi hjem og var hjemme ved 6 Tiden. Lørdag var vi til Middag hos Holger M Rasmussen i Faaborg; Fru R's Fødselsdag. Jeg var i Lørdags i Vandet for 2den Gang. Det er en sløj Sommer, hvad Varme angaar. I Morgen skal jeg til Faaborg igen, det er noget med Radioen og Viggo Madsen der skal skrive om Museet og paa Onsdag skal jeg til Naturfredningsmøde ved Fjorden her. Forhaabentlig faar jeg derefter en fredeligere Tid. 
+Jeg ønsker Dig og Elisabeth en god Fornøjelse af Englandsturen. Det faar I nok. 
+Mange Hilsener fra
+Din hengivne
+Johannes Larsen.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="100" formatCode="yyyy/mm/dd"/>
     <numFmt numFmtId="101" formatCode="yyyy/mm/dd hh:mm:ss"/>
     <numFmt numFmtId="102" formatCode="yyyy-mm-dd"/>
   </numFmts>
   <fonts count="7">
     <font>
       <name val="Arial"/>
       <sz val="11"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
@@ -300,59 +355,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/xCq7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DPRb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FKrV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/DPRb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xCq7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FKrV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Okvf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M4"/>
+  <dimension ref="A1:M5"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -372,182 +427,226 @@
         <v>5</v>
       </c>
       <c r="G1" s="3" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="3" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="3" t="s">
         <v>8</v>
       </c>
       <c r="J1" s="3" t="s">
         <v>9</v>
       </c>
       <c r="K1" s="3" t="s">
         <v>10</v>
       </c>
       <c r="L1" s="3" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="3" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="2">
-      <c r="A2" s="5" t="s">
+      <c r="A2" s="5" t="n">
+        <v>1892</v>
+      </c>
+      <c r="B2" s="5" t="s">
         <v>13</v>
       </c>
-      <c r="B2" s="5" t="s">
+      <c r="C2" s="5" t="s">
         <v>14</v>
       </c>
-      <c r="C2" s="5" t="s">
+      <c r="D2" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="D2" s="5" t="s">
-[...3 lines deleted...]
-        <v>17</v>
+      <c r="E2" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F2" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G2" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G2" s="5" t="s">
+        <v>16</v>
       </c>
       <c r="H2" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="I2" s="5" t="s">
         <v>18</v>
       </c>
-      <c r="I2" s="5" t="s">
+      <c r="J2" s="5" t="s">
         <v>19</v>
       </c>
-      <c r="J2" s="5" t="s">
+      <c r="K2" s="5" t="s">
         <v>20</v>
       </c>
-      <c r="K2" s="5" t="s">
+      <c r="L2" s="6" t="s">
         <v>21</v>
       </c>
-      <c r="L2" s="6" t="s">
+      <c r="M2" s="5" t="s">
         <v>22</v>
-      </c>
-[...1 lines deleted...]
-        <v>23</v>
       </c>
     </row>
     <row r="3">
-      <c r="A3" s="5" t="n">
-        <v>1892</v>
+      <c r="A3" s="5" t="s">
+        <v>23</v>
       </c>
       <c r="B3" s="5" t="s">
+        <v>13</v>
+      </c>
+      <c r="C3" s="5" t="s">
         <v>14</v>
       </c>
-      <c r="C3" s="5" t="s">
+      <c r="D3" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="D3" s="5" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="E3" s="5" t="s">
+        <v>24</v>
       </c>
       <c r="F3" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G3" s="5" t="s">
-        <v>24</v>
+      <c r="G3" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H3" s="5" t="s">
         <v>25</v>
       </c>
       <c r="I3" s="5" t="s">
         <v>26</v>
       </c>
       <c r="J3" s="5" t="s">
         <v>27</v>
       </c>
       <c r="K3" s="5" t="s">
         <v>28</v>
       </c>
       <c r="L3" s="6" t="s">
         <v>29</v>
       </c>
       <c r="M3" s="5" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="5" t="s">
         <v>31</v>
       </c>
       <c r="B4" s="5" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="C4" s="5" t="s">
         <v>32</v>
       </c>
       <c r="D4" s="5" t="s">
         <v>33</v>
       </c>
       <c r="E4" s="5" t="s">
         <v>34</v>
       </c>
       <c r="F4" s="5" t="s">
         <v>35</v>
       </c>
       <c r="G4" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H4" s="5" t="s">
         <v>36</v>
       </c>
       <c r="I4" s="5" t="s">
         <v>37</v>
       </c>
       <c r="J4" s="5" t="s">
         <v>38</v>
       </c>
       <c r="K4" s="5" t="s">
         <v>39</v>
       </c>
       <c r="L4" s="6" t="s">
         <v>40</v>
       </c>
       <c r="M4" s="5" t="s">
         <v>41</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="B5" s="5" t="s">
+        <v>13</v>
+      </c>
+      <c r="C5" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="D5" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="E5" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="F5" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="G5" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H5" s="5" t="s">
+        <v>46</v>
+      </c>
+      <c r="I5" s="5" t="s">
+        <v>47</v>
+      </c>
+      <c r="J5" s="5" t="s">
+        <v>48</v>
+      </c>
+      <c r="K5" s="5" t="s">
+        <v>49</v>
+      </c>
+      <c r="L5" s="6" t="s">
+        <v>50</v>
+      </c>
+      <c r="M5" s="5" t="s">
+        <v>51</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
+    <hyperlink ref="M5" r:id="rId10"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>