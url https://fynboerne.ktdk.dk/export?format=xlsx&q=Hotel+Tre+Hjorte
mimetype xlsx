--- v0 (2025-10-04)
+++ v1 (2025-11-18)
@@ -44,180 +44,130 @@
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
   <si>
     <t>Arkivplacering</t>
   </si>
   <si>
     <t>Dokumentindhold</t>
   </si>
   <si>
     <t>URL</t>
   </si>
   <si>
     <t>Transskription</t>
   </si>
   <si>
-    <t>1879-03-13</t>
+    <t>1894-08-30</t>
   </si>
   <si>
     <t>Brev</t>
   </si>
   <si>
     <t>Laura Warberg</t>
   </si>
   <si>
     <t>Albrecht  Warberg</t>
   </si>
   <si>
-    <t>Tranekær</t>
+    <t>Erikshaab</t>
   </si>
   <si>
     <t>København
 Vestergade</t>
   </si>
   <si>
-    <t>Louise Brønsted
-[...3 lines deleted...]
-Alhed Larsen
+    <t>Ellen Agnete Amstrup
+Louise Amstrup
+Berta Brandstrup
+Emil Brandstrup
+Ludvig Brandstrup, billedhugger
+Niels Elgaard Amstrup
+Malin   Holmström-Ingers
 Johanne Christine Larsen
 Christine  Mackie
-Adelheyde Syberg</t>
-[...14 lines deleted...]
-    <t>https://fynboerne.ktdk.dk/d/Atkv</t>
+Adelheyde Syberg
+Hempel Syberg
+Andreas Warberg
+Conrad Warberg
+Else Warberg</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvem Thorvald var. Warberg-familien kendte flere, der hed sådan.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0362</t>
+  </si>
+  <si>
+    <t>Det var trist, at Albrecht var syg på turen til Gurre.
+Albrecht skal se at få vasket manchettøj. 
+Christine har fået mere at bestille, og Emil føler sig rask.
+Malin/Molle Ingers vil komme på besøg. Der bliver opført en ny bygning på Hvilan.
+Hempel Syberg får opium for sin søvnløshed, men det virker ikke.
+Laura træner sit ben ved at gå ture, og hun har plukket perikon.
+Amstrup-familien skal på besøg hos Else og Conrad Warberg.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/gZPT</t>
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:]
-Hr. Godsforvalter cand. jur. Warberg
-[...5 lines deleted...]
-Poststempel
+Hr. Godsforvalter Warberg
+Hotel Tre Hjorte
+Vestergade 
+Kjøbenhavn
+[Håndskrevet på kuvertens bagside:]
+Hilsen Skruppehænderne
+[Poststempel]
 [I brevet:]
-Tranekjær D: 13de.
-[...58 lines deleted...]
-1 Tranekjær d. 16 August 1879
+Erikshaab – Torsdag – 
 Kjæreste Abba!
-Nu er mit Ophold her snart forbi, paa Mandag Formiddag rejser vi. Det har været 8 rare Dage for mig; vi har været i Vandet spadseret og gjort nogle Visiter - Torsdag Morgen stod Mis og jeg op Kl 6 og gik en dejlig Tour ned i Slotshaven og ud paa Balle[ulæseligt]. Det er en mageløs Sommer for mig, det er noget jeg holder af saadan at nyde Livet. Fader kom hjem Fredag Eftermiddag i et udmærket Humeur; han havde havt Held med sig i Alt faaet Ludvig anbragt hos Brødrene Jensen, et stort Snedkerværksted hvor han skal være 4 Aar i Lære fra 1ste September og herover Lud er meget henrykt. Fader fortalte Tante Sophie at Hanne skulde snart til Kbh. og jeg tænkte ogsaa paa en Tour derind, hun spurgte saa, hvor jeg tog ind, og da Fader sagde at det blev vist paa et Hotel, saa spurgte hun om jeg ikke vilde tage ind hos hende ”det kunde være rart at see Laura engang igjen”. Jeg er som Du kan tænke uhyre henrykt ved det Tilbud og har nu skrevet og takket hende. Jeg skulde saa komme en af de sidste Dage i denne Maaned da hun hen i September rejser til Vejle. Nu har jeg i Formiddag tænkt lidt over Situationen og forebringer Dig herved Resultatet af min Tænkning. Fader siger at Du omtalte Dit Ophold derinde som 3-4 Uger og det kan jo slaa til efter Din første Bestemmelse, saa Du trækker de 3 Dage fra som Aarhusrejsen tog. Dersom jeg saa rejser den 27 eller 28de, kunde vi maaske være et Par Dage sammen derinde, hvad Du nok veed, jeg har den allerstørste Lyst til. Det skulde saa beroe paa Dig, om jeg de Dage skulde være paa Hotellet eller tage lige til Tante Sophie senere end d: 29 maa jeg ikke komme til hende, da hun saa nemt kom til at opsætte sin Rejse for min Skyld og det skulde hun jo nødigt, og paa den anden Side var det jo kjedeligt om Du kom hjem Dagen før jeg skulde rejse, saa jeg næsten ikke fik talt med Dig. Hanne rejser ogsaa sidst i denne Maaned til Kjbh. og ved den Tid kommer Barnekow herover. Vil Du nu tænke over alt dette og sige mig hvordan Du helst vil have det samt i Tilfælde af at jeg rejser før Du kommer hjem, hvor mange Penge Du har tænkt Dig at spendere paa mig.
-[...1 lines deleted...]
-[Skrevet langs venstre side på kanten af side 8:] Det er morsomt at se som Søster hænger efter Fader.</t>
+Tak for Brevet! Det var jo kjedeligt, at Du ikke fik ret Glæde af Gurreturen for al den Asthma, det var ogsaa altfor tidligt at tegne Dig paa den, naar Du har været der i Klokken [”i Klokken” indsat over linjen] en Tid bliver Du dog gerne bedre og gaaende. Du maa helst give et Par Sæt Manchettøj i Vask derovre strax, paa Grund af Smaaregn og Graavejr her kan jeg ikke faae sendt Tøj til Dig før tidligst Tirsdag; vi vaskede igaar. Christine var her til Morgen, hun cyclede 7½ i Tirsdags, har helt fri om Onsdagen. Hun er meget tilfreds med nu at have noget mere at Bestille. Dede kjørte for hende Junge og mig en lille Visit paa Ølstedgaard igaar Eftermiddags, han kjører meget forsigtigt og passer nøje paa at undgaa ”hvad Far ikke vilde synes om ”. - Igaar fik jeg Brev fra Emil; han er saa rask nu, ingen kan see at han er syg, skriver han, men Du hører jo nu mere direkte om ham, d: 1_ste_ kommer Lud til Byen, bliver hentet i Roskilde af Berta, Lud var et Par Dage hos Emil, skrev med ham, men bare en Hilsen ”hans sidste Ungkarle-Hilsen til vort rare Hjem, hvor han har tilbragt nogle af sine behageligste Timer i hans Ungdom”. Fra Molle fik jeg et langt Brev fra igaar, hun melder sig herover, hvis hun kan paa sin Rundrejse=Billet til Askov Møde i næste Uge. Det var et langt rart Brev, og vi glæder os til at se hende. De bygger i Sommer paa den store nye Bygning til Skolen. Hilde paa Dalen har været syg og sengeliggende i 3 Maaneder af Nervøsitet. – 
+Syberg kan stadig ikke sove, har saa igaar faaet Opiumspulver, men alligevel ikke sovet i Nat. Mimi ligger nu igjen i Gjæstekamret. Vi er jævnlig deromme. Imorgen skal vi saa af med vor Junge, det bliver trist. Igaar var hun saa rask igjen, iaftes var vi alle i saa godt Humør, lille M[ulæseligt] var her til Ære for Junge og Christine. Jeg var forleden Aften ”Omgangen rundt” og plukkede en stor Haandfuld Perikum. Amstrups rejser til Glorup paa Lørdag med Nete, Pige og Kusk. Else havde skrevet, at de skulde være de Søndag over, saa vilde hun invitere fremmede paa dem. Wisse havde nemlig skrevet derned, at dersom de (Else og Conne) var bedt ud nogen Steder, saa maatte de endelig ikke sige Nej, hvis de (Amstrups) kunde komme med, da det vilde more hende meget at see Egnens Folk. Meget snildt af Visse, som jo undertiden kjeder sig lidt dernede. – Nu gaaer jeg selv til Højrup med en Del Breve, jeg øver mig i lange Ture nu, trænerer mig til de 4 Dage i Kjøbenhavn. Børnene og Dit Es hilser.
+[Skrevet langs sidste sides højre kant:]
+Han har ogsaa vældig godt af at friskes op om Aftenen
+[Skrevet langs første sides venstre kant:]
+Mange Hilsener til Thorvald det er herligt Du har ham</t>
   </si>
   <si>
     <t>1879-08-23</t>
   </si>
   <si>
     <t>Alhed Larsen
 Johanne Christine Larsen
 Christine  Mackie
 Ellen  Sawyer
 Laura Warberg</t>
-  </si>
-[...1 lines deleted...]
-    <t>Erikshaab</t>
   </si>
   <si>
     <t>Louise Brønsted
 Johanne Christine Larsen
 Christine  Mackie
 Hempel Syberg
 Else Warberg</t>
   </si>
   <si>
     <t>Dals Mølle ligger øst for Sallinge.
 Nicoline Marthe Nobel von Sperling ejede herregården Sandholt i 1879.
 Familien Schroll boede på proprietærgården Lykkenssæde.
 Søster er Louise Warberg, g. Brønsted.
 Gården ”Ensomhed” ligger i Heden Sogn. Warberg-parrets tre ældste børn blev født her. 
 Det vides ikke, hvem Holm og Johanne Stuepige var. Hvilken Balslev der er tale om er også svært at afgøre, da Warberg-familien kendte mange af dette navn.</t>
   </si>
   <si>
     <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB0355</t>
   </si>
   <si>
     <t>Laura Warbergs brev:
 Hempel Syberg er ikke rejst, da han blev syg. Laura håber, at Tante Visse/Else Warberg kan komme til Gelskov og passe ham. 
 Man høster hvede. Den følgende dag skal familien til gården Ensomhed. 
 Gl. Brandt og Frederikke er meget svage nu.
 En haglbyge har slået meget af Sybergs korn ned, og en ko er dræbt af et lyn.
@@ -235,169 +185,96 @@
 Kjøbenhavn K.
 [På kuvertens bagside:]
 Poststempel
 [I brevene:]
 Erikshaab d: 23de.
 Kjæreste Abba!
 Syberg er ikke rejst endnu, da Vejret blev daarligt begge Dagene, nu er han paa Farten fra Kl. 5 om Morgenen og har foreløbig opgivet Rejsen, men naturligvis ligger han nu snart igjen. Det bliver meget kjedeligt saa at rejse fra ham, men jeg haaber at kunne faae Wisse til at tage til Gjeldskov, hvis han bliver syg, ”det Gamle” er som hos L[ulæseligt]. Jeg var deromme imorges, men han var kjørt til Doktoren. Vi har meget travlt idag, da vi høster Hvede og vi skal Kl. 2 gaae til Odensebakken hvor Holm møder med Baaden; han vil kjøre os hjem, men vi kan jo sagtens gaae. Johanne vil ikke med fordi hun har slaaet sine Bogstaver itu. Jeg var helst fri for den Tour, men jeg syntes det var Synd at sige Nej igjen. – Balslev er haard at faae fat i, imorgen, Søndag, skal vi til Ensomhed, saa vil jeg selv op at bombardere ham. I Gaar Aftes kjørte Christine og jeg til Sandholt, men traf Ingen hjemme; Touren var alligevel ikke helt forgjæves, jeg fik gjort Aftale med Snedkeren om at lodde Daaser til paa Tirsdag og saa stod vi af ved Korsvejen og gik til Dals Mølle, der maatte jeg ned inden Rejsen; det er kun smaat med gl. Brandt, Frederikke er ogsaa skrøbelig. – Vi havde en slem Torden igaar morges, det slog ned ved Gjeldskov og slog en Ko ihjel ved Sallinge. Der kom samtidig en slem Haglbyge, Syberg fik meget Korn slaaet ned og prøver nu paa at faae Erstatning. – Det gik nemmere med at vænne Søster fra, end jeg havde tænkt, hun har ikke grædt ret meget. Mælken er ikke fordreven endnu. Jeg gaar og venter paa de Fremmede, som Du husker gjorde mig gnaven paa Lykkenssæde, men jeg er bange for, at de nu ikke kommer før lige til Rejsen, det bliver meget ubehageligt. Altsaa Onsdag d:27 mellem 8 – 9 er jeg at træffe. 
 Kærlig Hilsen!
 Din Smaa.
 Kjære Fader 
 Hvordan har du det. I Dag skal Alhed og jeg til Holms. Johanne Stuepige har været her. Søster kan helt gå ene og hun kan sige bebe. Jeg var på Ensomhe hele tiden mens di var på Langeland nu har jeg ikke mere at fortælle dig. Kjærlig Hilsen fra din Christine Varberg
 Kære Fader
 OnkelSyberg har været så syg. D Di høster Hvede i Dag jeg lenges meget efter dig 
 Din Alhed. 
 de
 d
 kjære fader
 det er første gang jeg skriver til dig jeg skal til dig ["dig" overstreget] ensomhed nu
 din Johanne
 til Fader, fra Ellen
 Kære Fader
 kommer du ikke snart.
 Din Ellen.</t>
   </si>
   <si>
-    <t>1892-10-26</t>
-[...73 lines deleted...]
-Malin   Holmström-Ingers
+    <t>1879-03-13</t>
+  </si>
+  <si>
+    <t>Tranekær</t>
+  </si>
+  <si>
+    <t>Louise Brønsted
+Christian Caspersen
+Johanne Caspersen
+Carl  Herold
+Alhed Larsen
 Johanne Christine Larsen
 Christine  Mackie
-Adelheyde Syberg
-[...21 lines deleted...]
-    <t>https://fynboerne.ktdk.dk/d/gZPT</t>
+Adelheyde Syberg</t>
+  </si>
+  <si>
+    <t>Laura Warbergs søster og hendes mand boede nær Tranekær på Langeland. 
+Warberg-parrets datter Louise, g. Brønsted, var født 12. maj 1878. Det må værre hende, der netop er blevet vænnet fra brystet. 
+Albrecht Warberg led af astma og var jævnligt i behandling i en "luftklokke" hos en læge i København.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 0356</t>
+  </si>
+  <si>
+    <t>Laura Warberg ville meget gerne komme ind til sin mand i København, men hun har netop vænnet den yngste datter fra brystet, og har så meget mælk, så hun ikke kan færdes offentligt. 
+Det er godt, at "luftklokken" hjælper Albrecht.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Atkv</t>
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:]
-Hr. Godsforvalter Warberg
-[...5 lines deleted...]
-[Poststempel]
+Hr. Godsforvalter cand. jur. Warberg
+Hotel “Tre Hjorter”
+Vestergade
+Kjøbenhavn 
+K. 
+[På kuvertens bagside:]
+Poststempel
 [I brevet:]
-Erikshaab – Torsdag – 
-[...6 lines deleted...]
-Mange Hilsener til Thorvald det er herligt Du har ham</t>
+Tranekjær D: 13de.
+Kjæreste søde Abba!
+Nylig fik jeg 3 Breve fra Dig. Det er uhyre fristende for mig hvad Du skriver om at komme derover; Du ved nok jeg har altid ønsket saameget at være i Kbh. samtidig med Dig, men Du husker ikke paa, at naar jeg vænner Søster fra saa pludselig med den megen Mælk jeg endnu har, saa gaaer jeg omtrent 14 Dage uden at kunde Hæ ["Hæ" overstreget] hægte Kjolen eller røre Armene, jeg kunde jo saa ikke have nogen Fornøjelse, derimod vilde jo de 8 Dage gaae. Saa maa jeg hellere vente til i October, naar Herolds flytter ind til Byen. Det er jo meget kjedeligt, at jeg saa ikke kommer sammen med Hanne, men vi er enige om, at der ikke er andet for mig at gjøre. – Nu skriver jeg en af Dagene et ordentligt Brev til Dig, men Posten gaaer om et Øjeblik. - 
+Caspersen siger, Du kan rejse til Aarhuus om Aftenen og derfra næste Aften, altsaa kun spilde een Dag. Hils Mimi! Gid Du nu naaer at faae dette inden Du rejser! Hils Herolds. Hilsen fra Ungerne og Din egen 
+Smaa. 
+Gudskelov Luftklokken hjælper Dig!</t>
   </si>
   <si>
     <t>1894-09-02</t>
   </si>
   <si>
     <t>København K
 Vestergade</t>
   </si>
   <si>
     <t>Agnes Berthelsen, Nislevgaard
 - Blom
 Berta Brandstrup
 Eline  Brandstrup
 Johanne Christine Brandstrup
 Lauritz  Brandstrup
 Ludvig Brandstrup, billedhugger
 Julie Brandt
 Louise Brønsted
 - Gundestrup
 Marie Juul
 - Juul, fru
 Drude Jørgensen
 Johanne Christine Larsen
 Christine  Mackie
 Otto Emil  Paludan
@@ -488,190 +365,171 @@
 [Skrevet med anden farve blæk:] 1994
 [Håndskrevet på kuvertens bagside:]
 Hilsen fra Lerhænderne - 
 [Poststempel]
 [I brevet:] 
 Tirsdag d: 4de 
 Kjæreste Ven! 
 Hermed Manchettøj og Lommeklæder; de to pæneste Sæt mener jeg skal stryges derinde, de er for sig selv. Tak for Brevet.
 Du nævner intet om Asthma, men den Svimmelhed er da rigtig kjedeligt Du skal plages med, forhaabentlig vil Jodkalium hjælpe. – Jeg er naturligvis mest glad ved at bo paa Tre Hjorte, men jeg vil jo gerne gjøre Rejsen saa billig som mulig. Jeg tager mine egne Penge til [ulæseligt], saa kan jeg selv kjøbe Handsker, lade min Kjole sy om dernede o.s.v. Mornine lader aldeles ikke høre fra sig¸ det siges, at hun er rejst bort. Jeg har igaar og idag gaaet og tænkt paa og faaet en voldsom Lyst til at tage Muk med ind paa en Returbillet, hun skulde boe hos Brandt, saa fik vi dog Nytte af Lejligheden endnu en Gang. I saa Fald vilde vi rejse paa 3. Kl. Jeg har intet sagt til Muk, kun drøftet det med Elle og ønsket at vi vidste, hvad Du vilde sige til det. Hun har dog været saa meget Stedbarn med Rejser baade iaar og ifjor, da hun gik til Præsten. - Igaar var jeg en Visit hos Fru Dus, hun var temmelig rask, han var ikke hjemme. Det var i Char à banque ["que" i ordet overstreget. Over linjen indsat et ”c”] og de andre var med i Trælleborg Have, jeg var der kun 1½ Time. Da jeg vilde staa op i Vognen gled mit Ben ned ad Trinet, det gjorde saa nederdrægtig ondt, at jeg var lige ved selv [”selv” indsat over linjen] at faa ondt. Det hævede stærkt og jeg ligger siden mest paa Chaiselongen og har Karbolomslag paa, men det er bedre og jeg haaber jo da, at det skal gaae helt over til paa Lørdag. Idag vilde jeg have aflagt Visit paa Arreskov og gaaet derover, derefter i Præstegaarden, hvor Fr. J. og Elle skulde hente mig (pr. H.J.), men nu skal vi see paa Fredag, om denne Tur kunde blive af. Jeg synes jeg skylder Visit paa Arreskov og Præsten har bedt os komme, mens jeg er ene. – I Søndags var vi alle paa Gjelskov og havde det rigtig hyggeligt, Christine spillede og sang, hun cyclede afsted Kl. 8. Fru Blom og Pip var her først kom saa derom. Børnene var spadserende i Sønderbroby Mølle og Møllerkonen Alhed var saa venlig mod dem, gik i Haven i Kirken og omkring med dem. Det var Thora, Astrid og Dengse. Syberg tog den Aften intet at sove paa og sov saa heller ikke, men var bleg og halvdaarlig, da jeg næste Morgen var deromme. Han har vældig Styr med Malkepigerne, maa staae ved dem om Formiddagen, en Dag med en Stok, som han tilbød at kløve deres Hoveder med, hvis de knyede; det har taget paa ham. Iaften saae vi Ildebrand ad Faaborg til. Nu Farvel saa længe. Jeg glæder mig meget til Rejsen. Mange Hilsener!
 Esset.
 (Skrevet på hovedet på s1:]
 Det ustrøgede Manchettøj tager Mor selv med derned. - 
 [På efterfølgende sider:]
 Faa nu endelig Tøjet til Strygning strax, at Du kan have noget pænt til Fredag. 
 Lørdag Eftermiddag.
 Kjæreste Abba!
 Idag har K[ulæseligt] været her at see til Benet, Saarene var næsten lægt, men udsætte nok jeg vil kunne rejse paa Onsdag, imorgen staaer jeg op, vil være fornuftig med at gaae de første Dage, kommer der saa ikke nærmere Brev, saa kommer jeg Onsdag Aften. Idag har jeg ikke haft Smerter i det og Hævelsen er svunden saa nu har jeg jo godt Haab igjen. Du kan ogsaa troe Humøret har staaet lavt disse Dage. Vi har haft Brev fra Brandt, hun skriver at Muk kan saa udmærket boe hos hende og ligge paa Sofaen, som hun har kjøbt af Christine, og være hendes Gjæst og spise Middag hos Fru Rørdam og hun skriver intet om den syge Søster, kun at hun boer der. Saa jeg kan ikke modstaae Lysten til at give Manden Fornøjelse, Sybergs rejser derned paa en Returbillet d: 19_de_, men det bliver endnu holdt meget hemmeligt, at de rejser, saa Du maa ingen nævne det til, man kan ikke vide, om det kunde gaae hertil igjen. Derfor synes jeg igjen, at naar alle baade der og her rejser i Sommer, saa skulde Muk have denne Tur. Musse glæder sig meget, bare Musse saa ikke bliver skuffet, men nu er Syberg bedre, var i Odense idag og Musse
 [Skrevet langs venstre kant på siden:]
 [ulæseligt ord] hjem. Kjærlig Hilsen. Tak for Brevet.
 [Næste ark:]
 Søndag Eftermiddag.
 Kjæreste Abba!
 Nu har jeg siddet paa Chaisé longen den største Del af Dagen og det er jo ikke videre godt med Benet, jeg troer, jeg kan ligesaa godt med det samme bestemme mig til at vente til Torsdag med at rejse. Benet er saa tungt og stivt, jeg haaber Dus ser herned morgen, naar han er paa Brobygaard og siger mig om jeg skal skaane det, eller øve det. Jeg synes, at nu da vi er bedt til det Bryllup, saa vilde jeg gruelig gerne derind. (Nu maaa Du da absolut derind en Dag forinden, kan Du ikke aftale med Lud at tage med ham? det vilde da vist blive anset som Uhøflighed, hvis Du ikke gjør en Visit først, det er Børnene og jeg enige om. Kunde Du ikke høre Eline og Mor, hvad de mener vi skal kjøbe til Brudegave, jeg regner en eller anden pæn Ske, i Smag med den, vi fik af Comtessen; men der er jo Tid nok at kjøbe den Fredag Formiddag. Christine og Vesterdal har været her idag de kom iaftes, de skal have dette Brev med. De hilser begge; han savner Dig. Chr. er saa glad ved alle sine Timer. Paa Lørdag begynder de Prøver i Musikforeningen hun har jo været hos Klokker Larsen og talt dem, det er første Stemme i Korene; Hils vore kjære Svigersønner og hos de gamle. Jeg skal nok skrive et Brevkort paa Tirsdag. Kjærlig Hilsen! Det forbistrede Ben! Din Smaa.</t>
   </si>
   <si>
-    <t>1896-03-06</t>
-[...12 lines deleted...]
-Berta Brandstrup
+    <t>1892-10-26</t>
+  </si>
+  <si>
+    <t>Ellen Agnete Amstrup
+Louise Amstrup
+- Andersen, Sandbygaard
+Alice Bondesen
+Carl Brandstrup
+Clement Caspersen
+- Egholm
+Niels Elgaard Amstrup
+- Jensen, Frøken, Erikshaab
+Trine Johans
+- Juul, præst
+Hans Jørgen -, Kusk ved grevskabet Muckadell
+Marie Paludan
+- Paulsen
+Ellen  Sawyer
+Anna Schaffalitzky de Muckadell
+Erik Schaffalitzky de Muckadell
+Henry Smith, nær Erikshaab
+Adelheyde Syberg
+Hempel Syberg
+Else Warberg
+Andreas Warberg, Albrechts far
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Sandholterne var beboerne på godset Sandholt: Nicoline von Sperling og Alice Bondesen. 
+Hvem de gamle fruer i Bækkelund og Brandt Sanderum samt Mâ var vides heller ikke. 
+Det vides ikke, hvem Peter, der havde fået ansættelse som fodermester, var, og der er usikkerhed omkring baronessens identitet.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0363</t>
+  </si>
+  <si>
+    <t>Laura Warberg har været på visitter, og hun skal til et større træf på Gelskov. Hun har kørt i den nye vogn, og det ene hjul ville ikke dreje. Hans Jørgen og Paulsen har arbejdet med vognen i flere timer. Albrecht må kontakte producenten.
+Vejret er dejligt. Laura har mærkeligt nok ikke haft gæster.
+Albrecht må købe en flakon med hjem, for Ellen skal bruge en sådan, når hun fikserer kultegninger. 
+Fremover vil Laura gå lange ture af hensyn til sin figur.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/JfGS</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Hr. Godsforvalter Warberg
+Hotel ”Tre Hjorte”
+Vestergade
+Kjøbenhavn K
+[Skrevet med anden skrift:]
+Kjbhvn 1892
+Kerteminde 2001.
+[På kuvertens bagside: Poststempel]
+[I brevet:]
+Onsdag d: 26_de_ 
+Kjæreste Abba
+Nu er Du vel tilbage fra Sverig igjen og jeg venter ganske sikkert Brev imorgen, vi havde ventet fra Børnene i dag. I Mandags var jeg vi ["Jeg" overstreget. "Vi" indsat over linjen] kjørende med Sybergs hos Pastor Juuls, vi var bedt, Fr. Jensen ogsaa, Sandholterne var der og vi havde det rigtig muntert og rart. Alle 3 Par blev bedt til Sandholt d: 2 Nobr, de spurgte, om Du saa var hjemme, jeg var flov over, at Frøken Bondesen sagde, Du havde omtalt, at Du vist var hjemme til d: 1ste, men jeg kunde intet bestemt sige derom. Samtidig inviterede Mimi Sandh. til Middag Lørdag d: 5_te_ i Anledning af Glorups, det skal ogsaa Doktorens og jeg troer Smiths. Jeg forlader mig saa paa at faae Familien til Middag om Søndagen, har i Sinde at lægge Bederyggene i Blød til det. Brandt Sanderum og Mâ kommer ogsaa til Gjelskov, det bliver en større Fest. I Gaar vilde jeg tage den første Tur med den nye Vogn, Pauelsen havde Tøj med og glædede sig vist lige saa meget som Astrid og jeg til en Visit paa Arreskov og derfra til Doktoren, han skulde see paa Astrids Skulder, der har været daarlig en 14 Dage af at Nora slog hende af en Dag da hun var kommen op [”op” indsat over linjen] at ride fra Ledet og hjem. Armen fejler imidlertid intet Dis saae den igaar paa Sandholt, hvor vi spadserede til Clements, da vi ingen Kjøretur kunde faae af den Grund, at det ene Hjul ikke kan gaae rundt og ikke rokker af Stedet. H.J. og Pauelsen vilde eftersee den med Smørelse, da Syberg havde advaret os; de stod over 3 Timer og tumlede dermed, fik med megen Besvær de 3 Hjul løse men det fjerde kan ikke. Vi sendte Bud til Syberg om det, han kom herned og sagde, at jeg skulde absolut skrive det til Dig, at Du kunde lade Fabrikanten det vide, og saa snarest skrive om, hvad der skal gøres. Da H.J. kørte fra Stationen kunde det ene Hjul ikke gaae rundt, men ved at tage lidt i det, gik det saa han kom hjem, saa blev Vognen ikke rørt før igaar. Desuden skulde jeg sige, at det ene Stansejærn var løst og en Skrue af og Presenningen var ikke over Vognen, saa denne [”ne” i ordet indsat over linjen] var helt vaad. Syberg havde netop Dagen før sagt til mig at vi skulde tage lidt Olie med da det ofte hænder, at en ny Vogn kjører fast, og bliver den saa ikke strax smurt, saa brænder det sammen. Vi var jo endda glade at vi ikke var naaet at komme ud med den. Nu venter vi hurtig Svar, at den da kan være i Stand, til Du kommer hjem; den er forresten nydelig. De mener, at den har ikke været ordentlig smurt ved Afsendelsen. Jeg syntes Du skulde have været fri for alt dette, men Syberg maa jo forstaae det bedre. H.J. vilde havt Bud til Højrup Smed eller ogsaa have Ølsted Vognmand til at gjøre den i Stand. Nu nok om denne kjedelige Sag. Vi har det dejligste klare Vejr i disse Dage, det var en yndig Tur igaar saa jeg har faaet Lyst til igjen idag at spadsere ud ned til Bækkelund at see til de gamle Fruer; jeg tager saa dette brev med Elle og Mor gaaer med til den Hillerslev Sypige med Tøjet til Carls Skjorter. Jeg har skreven til Baronessen [ulæseligt ord], at jeg ikke kommer derhen, før Du er hjemme, jeg vil ikke tage H.J. fra Pløjningen. I Lørdags var jeg saa i Odense men havde ikke Tid at besøge nogen og saae ingen Bekjendte uden Marie Paludan paa Banegaarden. Vi har ventet Amstrups en Eftermiddag, mens vi er ene, men de maa vel synes det er for koldt for den lille Pige at komme ud. Her har mærkelig nok ikke været et eneste fremmed Menneske siden Du rejste – jo Ke[ulæseligt] en Visit paa et Kvarter, en Dag hun var hos Johan. I Nat har det frosset 3 Grader, Georginerne er bleven sorte. - - Hvis Du ikke bliver kjed af at faae K[ulæseligt], saa var det dejligt, om Du tog en lille Flacon med en Sprøjte; Du ved med en rund Gummiballon at trykke paa og helst med lidt godt lugtende i. Min lille Flaske er næsten tom, og Elle vilde saa forfærdelig gjærne have en Sprøjte til at fixere Kultegninger med. Vi faaer saadan usle Natlys nu baade i Faaborg og Odense, men Du gider vel ikke høre hos Egholm eller lign. Sted om nogle bedre. Der er næsten ikke Vox paa disse har jeg opdaget, brænder derfor kun et Par Timer. Elle fik i Dag Brev fra Peter, han kommer et Par Dage til Gelskov, inden han d: 1ste tiltræder sin nye Plads som Fodermester hos Godsejer Andersen Sandbygaard pr. Ringsted, Syberg har skaffet ham dertil. Elle sendte i Mandags 9 blanke Visitkort op til ham, som Straf, fordi han saa længe ikke har skrevet til nogen.
+Hvor vi glæder os til at høre om Eders Sverigstur. Nu maa jeg ned at klæde om til Middag og til min Udflugt. Jeg maa til at trave nogle lange Ture, da jeg bliver saa gruelig svær, kan knap passe mit Tøj. Frøken Bondesen mønstrede min Figur i Mandags og sagde deltagende ”trænger De ikke til en Skammel”!!! Meningen var tydelig! Nu maa jeg se at vise mig lidt mere smækker til hendes Fødselsdag. Jeg kjøbte i Odense noget graa Besætning istedetfor de sorte Blonder paa min graa Silkekjole; disse vilde B[ulæseligt] lave et Overstykke af til Sommer. Det bliver sagtens et fint Selskab d: 2den saa jeg kan iføre mig den graa. Nu kun mange kjærlige Hilsener til Dig søde Ven! og til Børnene! haaber Du tilbringer denne Aften paa ”Hotel H[ulæseligt]” og skriver til mig, det er næsten en Uge siden jeg hørte fra Dig.
+Din Smaa. 
+[Skrevet på hovedet øverst s1:]
+Hilsen fra Elle. 
+Husk endelig Leret til de grove Hænder</t>
+  </si>
+  <si>
+    <t>1879-08-16</t>
+  </si>
+  <si>
+    <t>Sophie -
+Frederik Ahlefeldt-Laurvig
+Christian Barnekow
+Wilhelmine Berg
+Emil Brandstrup
+Johanne Christine Brandstrup
+Lauritz  Brandstrup
 Ludvig Brandstrup, billedhugger
-- Carlsen
-[...53 lines deleted...]
-Lisa Nisbeth
+Louise Brønsted
+Hans Christian Caspersen
+Johanne Caspersen
+- Kruhøffer
+Alhed Larsen
 Otto Emil  Paludan
-Joseph  Petterson
-[...67 lines deleted...]
-Jeg begyndte paa den anden Side, fordi Opvarteren havde sat Fedtefingre paa denne men nu er jeg jo naaet herover alligevel.</t>
+Ellen  Sawyer
+Erik Schaffalitzky de Muckadell</t>
+  </si>
+  <si>
+    <t>Laura Warberg besøgte sin familie i Tranekær med sine fem døtre. Søster var Charlotte Louise, g. Brønsted, 
+Klokken: Albrecht Warberg blev behandlet for sin astma i "Luftklokken" hos en specialist i København.
+Den første greve, der bliver nævnt, må være Schaffalitzky de Muckadell (Arreskov) og den anden Ahlefeldt-Laurvig (Tranekær). 
+Det vides ikke, hvem Hunderup, Vogelsong, Erik og Forpagter Olsen var. Snedkerværkstedet Brødrene Jensen kendes heller ikke. 
+Grossereren var en hest.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0359</t>
+  </si>
+  <si>
+    <t>Laura Warberg og hendes fem døtre har været otte dage hos familien i Tranekær. 
+Ludvig Brandstrup har fået læreplads hos en snedker. Laura kan bo hos Tante Sophie under ophold i København. Albrecht må overveje nogle rejsedatoer. 
+Louise/Søster er ved at blive vænnet fra brystet, og hun kan nu gå alene.
+Laura og familien har været på skovtur med madkurv. Da børnene badede nøgne, kom greven, og Laura måtte skynde sig at give dem tøj på. 
+Ludvig har haft fødselsdag. 
+Medlemmerne af Brandstrup-familien skændes meget.
+Wilhelmine/Mis bliver belejret af Forpagter Olsen, og hun vil gerne have ham.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/05eB</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Hr. Godsforvalter cand. jur. Warberg
+”Tre Hjorte” Vestergade 
+Kjøbenhavn K.
+[Skrevet af ukendt/Laura Warberg Petersen?]
+1879?
+[På kuvertens bagside: To poststempler]
+[I brevet:]
+1 Tranekjær d. 16 August 1879
+Kjæreste Abba!
+Nu er mit Ophold her snart forbi, paa Mandag Formiddag rejser vi. Det har været 8 rare Dage for mig; vi har været i Vandet spadseret og gjort nogle Visiter - Torsdag Morgen stod Mis og jeg op Kl 6 og gik en dejlig Tour ned i Slotshaven og ud paa Balle[ulæseligt]. Det er en mageløs Sommer for mig, det er noget jeg holder af saadan at nyde Livet. Fader kom hjem Fredag Eftermiddag i et udmærket Humeur; han havde havt Held med sig i Alt faaet Ludvig anbragt hos Brødrene Jensen, et stort Snedkerværksted hvor han skal være 4 Aar i Lære fra 1ste September og herover Lud er meget henrykt. Fader fortalte Tante Sophie at Hanne skulde snart til Kbh. og jeg tænkte ogsaa paa en Tour derind, hun spurgte saa, hvor jeg tog ind, og da Fader sagde at det blev vist paa et Hotel, saa spurgte hun om jeg ikke vilde tage ind hos hende ”det kunde være rart at see Laura engang igjen”. Jeg er som Du kan tænke uhyre henrykt ved det Tilbud og har nu skrevet og takket hende. Jeg skulde saa komme en af de sidste Dage i denne Maaned da hun hen i September rejser til Vejle. Nu har jeg i Formiddag tænkt lidt over Situationen og forebringer Dig herved Resultatet af min Tænkning. Fader siger at Du omtalte Dit Ophold derinde som 3-4 Uger og det kan jo slaa til efter Din første Bestemmelse, saa Du trækker de 3 Dage fra som Aarhusrejsen tog. Dersom jeg saa rejser den 27 eller 28de, kunde vi maaske være et Par Dage sammen derinde, hvad Du nok veed, jeg har den allerstørste Lyst til. Det skulde saa beroe paa Dig, om jeg de Dage skulde være paa Hotellet eller tage lige til Tante Sophie senere end d: 29 maa jeg ikke komme til hende, da hun saa nemt kom til at opsætte sin Rejse for min Skyld og det skulde hun jo nødigt, og paa den anden Side var det jo kjedeligt om Du kom hjem Dagen før jeg skulde rejse, saa jeg næsten ikke fik talt med Dig. Hanne rejser ogsaa sidst i denne Maaned til Kjbh. og ved den Tid kommer Barnekow herover. Vil Du nu tænke over alt dette og sige mig hvordan Du helst vil have det samt i Tilfælde af at jeg rejser før Du kommer hjem, hvor mange Penge Du har tænkt Dig at spendere paa mig.
+2. Du maa meget nødigt forkorte mig Theatertiden derinde; rejser jeg d: 27de, saa er jeg der 4 Dage inden Theater, det er allerede meget. Jeg har saa begyndt at vænne Søster fra og paa Søndag skal hun have sidste Gang om Natten. Jeg glæder mig meget over at Klokken hjælper Dig saa meget rejs endelig ikke for tidligt fra den. Har Greven saa skrevet til Dig om en lukket Vogn? – Jeg sendte Paludan Brevet samme Dag. – Det har staaet med Torden over Fyen disse Dage og jeg har naturligvis været bange for Dig og Bassen. Forleden Dag gjorde vi en Tour ned i Aasø Skov, gik først i Vandet og spiste derefter Smørrebrød med Øl og Chokolade til. Da Hanne serverede Maden med de Ord ”her er mad til hvem der vil have noget” var Johanne vittig og stillede sig op ligesom Hanne, saa paa Dugen og sagde: ”og her er Træbiller til hvem der vil have nogle”. Grossereren var ogsaa vittig, idet den pludselig gav sig til at galopere hjem efter saa Lud først indhentede den udenfor Skoven i Ottesens Have. Johanne har været mageløs flink i Vandet, Alhed er mere Kujon. Igaar var der nærmest som Grød af Vandmænd ved Badehuset, vi turde ikke gaae, men lod Børnene gaae ud fra Bredden; mens de endnu gik nøgne kom Greven og [ulæseligt ord] derned, vi var kun nogle Favne fra dem og maatte jo skynde os at faae lidt Klæder paa dem. – Jeg har maattet spendere 2 Kr. paa Lud, det er hans Fødselsdag, han fik en Portemonnaie af mig. Jeg skal hilse Dig fra Hunderup Vogelsong og Erik; Kruhøffer skal jeg til i morgen. Iaften skal vi høre ”Fr. paa Slottet” i Anledning af Luds Fødselsdag! Her er af og til nogle voldsomme Kjævlerier mellem de forskjellige Medlemmer af denne stridbare Familje. Efter en saadan mellem Moder og Emil paa den ene og Ludvig paa den anden Side, tog jeg Lud for og forestillede ham hvor rart det var naar han vilde tie og give efter. Han gav mig ret; men han vidste ikke om han kunde. Emil er utaalelig og Moder holder altid med ”lille Emil”. Moder og Mis er ogsaa bestandig paa Krigsfod, det er en skrækkelig Plage at høre pa. Mis har maattet bilde Fader og Moder ind, at Forpagter Olsen var ifærd med at blive givt med en Svigerinde, eller vilde hun ikke kunde nære sig for Moder, som jo intet højere Ønske har end faae Mis forlovet, hendes Bestræbelser derfor grænser næsten til den latterlige. Men at dømme efter hans Olsens [”Olsens” indsat over linjen] Opførsel (mod Mis, og alle de Samtaler han havde med hende, maa det absolut blive til noget. Han vil nu have hun skal sige op hos Caspersen og tage i Huset hos ham ”for Datterens Skyld”, men dette raader baade Hanne og jeg og Mor hende indstændig fra, hendes Rygte vilde efter min Mening lide derved, især da Kammerherren har talt saa meget om Olsens Courmageri til Mis. Vi faaer nu se. Frier han saa slaar hun til, det siger hun selv. - Nu Farvel min egen sødeste Ven! Fader sov saa jeg kunde ikke faae andet Papir end dette. Naar Du svarer paa dette bliver det altsaa til Erikshaab. Søster gaaer nu alene: Ellen er saa livlig herovre, Alle er saa glade ved hende. Tusínd Kys og Hilsner fra Dine Unger og Din Smaa. 
+[Skrevet langs venstre side på kanten af side 8:] Det er morsomt at se som Søster hænger efter Fader.</t>
   </si>
   <si>
     <t>1901-10-17 - 1902-11</t>
   </si>
   <si>
     <t>Dagbog</t>
   </si>
   <si>
     <t>Astrid Warberg-Goldschmidt</t>
   </si>
   <si>
     <t>Brune -
 Fritz -
 Ellen Agnete Amstrup
 Louise Amstrup
 - Auge
 Laurits Nicolai Balslev
 Wilhelmine Berg
 Tycho Brahe
 Harriet Brahm
 Peter Georg Emil Brahm
 Johannes Brahms
 Carl Brandstrup
 Emil Brandstrup
 Julie Brandt
@@ -728,83 +586,225 @@
 Kirstine -, pige i huset hos Hempel Syberg
 - Poulsen, løjtnant
 Ellen  Sawyer
 Eleonora Scheel
 Karl Schou
 Marie Schou
 Robert Schumann
 - Stürup
 Elly Svarrer
 Christine Swane
 Adelheyde Syberg
 Hempel Syberg
 Sigurd Thomsen
 Vagn Thomsen
 - Vesterdal
 Johannes Vesterdal
 Albrecht  Warberg
 Frederik Warberg
 Laura Warberg
 Else Wienberg</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/n/5K5zZYof</t>
   </si>
   <si>
+    <t>1899-04-09</t>
+  </si>
+  <si>
+    <t>Johannes Larsen</t>
+  </si>
+  <si>
+    <t>Alhed Larsen</t>
+  </si>
+  <si>
+    <t>København</t>
+  </si>
+  <si>
+    <t>Christian Eckardt
+Hedevig Lützhøft
+Nicolaus Lützhøft
+Fritz Syberg</t>
+  </si>
+  <si>
+    <t>Tre Hjorter, Vestergade 12, København, fungerede som hotel frem til 1930.</t>
+  </si>
+  <si>
+    <t>Det Kongelige Bibliotek</t>
+  </si>
+  <si>
+    <t>Johannes Larsen er i København, har spist hos Eckardts og overnattet på Tre Hjorter. Han har på rejsen fulgtes med en proprietær, som var meget vidende om kunst(nere).</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/4VDT</t>
+  </si>
+  <si>
+    <t>Kjøbenhavn Søndag Morgen 9/4 99.
+Kæreste Alhed!
+[Jeg ko]m godt herover i Af[tes og g]ik strax ned til Eckardt [hvor je]g spiste til Aften, men [jeg ku]ned ikke være der, hvorfor jeg gik herind paa ”Tre Hjorter” hvor jeg har været i Nat og formodentlig bliver det Par Dage jeg er her i Byen. Jeg skal nu ud til Lützhøfft for at hilse paa ham og Baronen men først skal jeg hen at barberes. Jeg fik Rejseselskab helt herover af den Proprietær Han[noget af papiret mangler] fra Espe som overraskede mig med at kende Navnene paa alle mulige Malere og Billedhuggere, saavel i Indland og Udland som Nutid og Fort[id det] endte med at han[noget af papiret mangler]rede mig paa Jag[noget af papiret mangler]sig. Nu gaar jeg! M[noget af papiret mangler] allerkærligste Hilsner fra Din
+Johannes Larsen
+P.S.
+Jeg begyndte paa den anden Side, fordi Opvarteren havde sat Fedtefingre paa denne men nu er jeg jo naaet herover alligevel.</t>
+  </si>
+  <si>
     <t>1912-08-03</t>
   </si>
   <si>
     <t>Fritz Syberg</t>
   </si>
   <si>
     <t>Else Jensen
 Johannes V. Jensen</t>
   </si>
   <si>
     <t>Det Kongelige Bibliotek, Johannes V. Jensens Arkiv</t>
   </si>
   <si>
     <t>Familien længes nu efter at komme hjem til Danmark. De små drenge savner Fynshoved. Hjemkomsten er fastsat til 1. juni 1914. Næste sommer rejser familien til Paris og bliver der et år.
 Hans har vist en vis antipati mod italienerne. Syberg-familien har lært et dejligt italiensk par med seks sønner at kende. Den ene søn er voldsomt forelsket i Johanne/Besse, men hun vil ikke have ham, og nu er han så hårdt ramt, så han taber sig og ikke kan sove. Vægttabet er et problem, da han skal holde en vis vægt for at komme ind på officersskolen. Hans tager sig lidt af den unge mand.
 Syberg maler børnene. Han kan ikke forstå malere, der rejser fra egn til egn og leder efter motiver.
 Det er godt, at Johannes V. Jensen formodentlig er hjemme sommeren 1914. Else og han kan komme til Paris i 1913 og besøge Syberg-familien.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/aQkg</t>
   </si>
   <si>
     <t>Marina di Pisa
 Hotel Balestri
 3 Augst 1912
 Kære Venner!
 Hjærtelig Tak for Fødselsdagsbrevet og for Eders venlige Tanker og Ønsker. Om jeg er gammel ved jeg intet om, men et ved jeg at Jorden; vor gamle Klode, holder sig godt. Vi bor her på et af det [t i slutningen af ”det” overstreget] mest kultiverede Stykker af dens Overflade, men trods det, forbavses jeg dog daglig over hvor uopdaget og ung Jorden er. Imidlertid begynder vi dog så småt at blive Italiensmætte. Med ”vi” mener jeg nærmest Familien, og med Familien mener jeg Anna og Pigebørnene. De tre små Drenge længes tidt efter Fynshoved Trylle sparer trofast sammen til sin ”Beltbåd”. Vor endelige Hjemkomst er nu fastsat. 1ste Juni 1914 rejser vi til Fynshoved (Næste Sommer drager vi til Paris og bliver der 1 År.) Hvad mig selv angår da er hele denne vor [”hele” og ”vor” indsat over linjen og ”denne” overstreget] Rejse nærmest at betragte som en Opgave der stilledes mig udefra. Man ved jo intet om Italien andet end noget højtravende Sludder og får heller intet at vide om dette Land uden ved at se det selv. Hans bliver ikke ”Italiener”. På enkelte Undtagelser nær tror jeg nok han nærmest har nogen Antipati mod Italienerne. Han kommer meget godt ud af det med dem, morer sig over dem men foragter dem nok lidt, tror jeg. Kiplings Skildring af Bandasfolket rinder også mig i hu hernede af og til. En Familie er vi dog kommet på nærmere Hold hernede. En Officersfamilie med 6 Sønner. Desværre er vi kommet for Skade at tilføje dem et Hjertesår. Deres tredieældste Søn har forelsket sig i Besse og i nogle Måneder kuret til hende, men netop i disse Dage er det kommet til en Slags Forklaring. Besse vil ikke vide af ham, som andet eller mere end opvartende Kavaler. Hun er 16 han 17. Jeg vil håbe han overlever det skønt han har taget sig det meget nær det Skind. Han søger Trøst hos Hans som tager sig af ham, boxer med ham, lærer ham at ro. (Han kan nemlig ikke sove mer) [) overstreget] og må derfor se at trætte sig). Af andre Genvordigheder han har at spekulere over er denne [”denne” overstreget] den følgende den værste: Efter at han nu lige har taget sin Eksamen og skal ind på Officersskolen (han skal ind i Luftflåden) skal han endnu bestå to Prøver den ene er, han skal have en vis Vægt – mindst 50 Kilo, han vejer 51 men magres jo af under disse [”disse” overstreget] denne Modgang, desuden skal han holde et vist givet Brystmål, men saa [”saa” overstreget] nu tørrer han vel ind. Helt glad er jeg nu ikke, mest fordi det er en, sjælden sympatetisk Familie Jeg mindes ikke jeg nogensinde har set et så smukt Forhold mellem Fol [”Fol” overstreget] Forældre og Børn som der. Des [”Des” overstreget] Al Familien er kemisk fri for den almindelige italienske Dovenskab som hersker i Signoreklassen, er [”er” overstreget] er ikke det mindst tiltalende ved den. 
 Jeg maler Børnene og sylter mig i det hele taget ind i sådan en Masse Arbejde så jeg imødeser den Dag da jeg tager en rask Beslutning pakker hele Gøjemøjet sammen [og] stikker af. Blive her hele sit Liv kan man jo dog ikke. Jeg har aldrig forstået hvad det er for en Drift der driver Malere fra den ene Egn til den anden for at finde noget at male. Mig er det altid gået omvendt, har jeg først fået fat et Sted kommer jeg egentlig aldrig mere fra det. Til Gengæld synes jeg Emnerne er hvor man selv er.
 Det er rart Du er på Rejse næste Sommer Så er Du formodentlig hjemme Sommeren 1914 så vi kan mødes. Send Else en Ferietur til os i Paris September 1913 og [overstregede bogstaver] kom selv og hent hende der, når Du vender hjem fra Sibirien. Var det ikke en Ide?
 Vi har Varmen – jeg har været utilpas (Influenza) en 14 Dages Tid. I Dag er jeg rask igen.
 Vore hjærteligste Hilsener til Dig, Else og Børnene
 Din hengivne
 Fritz Syberg</t>
+  </si>
+  <si>
+    <t>1898-03-24</t>
+  </si>
+  <si>
+    <t>Vilhelmine  Larsen</t>
+  </si>
+  <si>
+    <t>Marie Larsen</t>
+  </si>
+  <si>
+    <t>Kerteminde</t>
+  </si>
+  <si>
+    <t>Lars, Höljeryd -
+Skomagerline -
+Alfred Eckardt
+Christian Eckardt
+Margrethe  Eckardt
+Anna  Eckardt, datter af Alfred Eckardt
+Peter Hansen
+Aron Bernhard Kjellmann
+Marie Kjellmann
+Jeppe Andreas Larsen
+Johannes Larsen
+Marie Larsen
+Vilhelm Larsen
+- Lorentzen, Fru
+Lisa Nisbeth
+Otto Emil  Paludan
+Joseph  Petterson
+Theodor Philipsen
+Niels Skovgaard
+Fritz Syberg
+Hempel Syberg</t>
+  </si>
+  <si>
+    <t>Med "Trægården” menes haven (på svensk).
+Alhed Larsen opholdt sig i København, fordi hendes mormor var døende. Lille Warberg var hendes lillebror, Dedde, som skulle konfirmeres Palmesøndag i Odense Domkirke. Hempel Syberg afholdt festen, da ALs og Deddes far, Albrecht Warberg var syg. Få dage efter konfirmationen døde mormoderen.(Se evt. flere detaljer i Alhed Larsens biografi)
+Palm er højst sandsynligt Otto Emil Paludan kaldet "Pallam". 
+Missemor er barn af Marie og Aron Kjellman.
+Det er uvist, hvem Kristines mor var.
+Marie Larsen var i huset på Nedergaard ved Kolding. 
+Engelsens er muligvis en familie, som ejede en stor boghandel i København.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, Christine Swane Breve, kasse 1, kuvert 1, 2002/61, A8, lb11</t>
+  </si>
+  <si>
+    <t>Vilhelmine og IA Larsen kom hjem til Kerteminde efter at have lavet forpagtningsaftaler vedr. Båxhult og Höljeryd.
+I København, på vejen hjem, besøgte de Den Frie Udstilling, hvor opsætningen endu ikke var helt færdig. Herefter var de på besøg hos Alfred Eckardt.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/F0BX</t>
+  </si>
+  <si>
+    <t>Kjerteminde den 24/3 1898
+Kjære Marie!
+Just kom vi hjem i en stærk Nordøst Vind det var koldt kan du tro ovenpaa de varme Vogne; men vi befinder os helt vel i dag begge to. Af dit Brev der kom til Johannes i dag seer jeg at du troer vi kun beholder 1 Værelse på Boschult jo lille Ven vi beholder dem alle paa et nær som gamle Lisa Nisbeth skal bebo og det bliver Qvistværelset til Gaden over Verandaen, alle Værelser bliver malede og nyt Papir saa der bliver saa lyst og kjønt at du aldrig kan forestille dig Synet især naar Trægaarden kommer i Orden Smedens var begyndt at flytte ind inden vi rejste i Drengestuen paa Boschult og Skomagerline skal op hos Smedens og Lars i Kungsveka skal have det Jordbrug i Forpagtning for 150, Smeden 150 og Skatter og 10 Sjus for Boschult, og Petersen 600 for Holjeryd- du seer vi haar gjort vore Sager godt denne Gang nu kommer der en Tid hvor vi kun skal tage imod Penge derovre fra, det er godt hvad. Det kan jeg unde den kjære Fader – som har maattet punge ud med saameget – Vi synes udmærket godt om [ulæseligt ord]-Familien det er ganske bestemt dygtige Folk han kjørte for os igaar med den norske graa og en brun der der ligner Finga noget i Gangen vi kjørte derned paa 2 Timer i et nydeligt Sommervejr; lad mig bringe dig alle de mange hjertelige Hilsener fra dem alle derovre den snelle dygtige Marie Larsen fik mange Lovtaler kan du tro Kristines mor var ogsaa fremme at besøge mig der var saa mange mere til Kaffe at jeg kjøbte en Mængde Dappe hos Handeleren i Haljeryd der har en Søster som bager
+Hun bad os nu komme paa Hjemrejsen i Halmstad spiste vi Frokost paa et Hotel og der trakterede Fader mig med en Pilsner som gjorde mig saa tung i Hovedet at jeg fik flere gode Søvne paa Vejen 
+I Kjøbenhavn skal du blot høre hvor heldig jeg var. Vi kunde ikke sige bestemt naar vi kom saa der var ingen til at tage imod os. Fader gik et lille nødvendigt Ærinde og jeg sagde saa til ham du kan træffe mig ved den fri Udstilling for jeg vil hen at kigge ind af Døren for at have en Mening om den
+Der stod en Malersvend udenfor og børstede Søjlerne jeg gav mig i Snak med ham og spurgte om de kunde blive færdige jeg veed det knap Frue vi slider Nat med Dag for vi Malere kan jo ikke komme til før de andre Haandværkere ere færdige da jeg vender mig kommer Peder Hansen ud med 2 Herrer der bliver en Præsentation Johannes Larsens Moder – Hr Phillipsen; Hr Niels Skovgaard de blev ved send Johannes herover til Fredag men det vil han ikke derimod rejser han over et Par Dage og tager Alhed med hjem til Confirmationen med den lille Varberg i Odense Palmesøndag, Onkel Syberg er flyttet til Odense og gjør Gildet, Johannes er bedt med de bliver 44 Gjæster han har jo Vilhelms sorte Benklæder og Vest og laaner Palms Kjole – men nu tilbage til Udstillingen, saa kom Fader det er Johannes Larsens Fader – saa Afsked med Venner og saa ind med Peder at se paa Malerier – ja Marie hvor vi brugte det var jo Jag men endel kan jeg da huske som glædede mig meget Syberg er saa overordentligt smukt repræsenteret en hel Væg fylder du ved nok han har illustreret ” en Moder – og de hænger uden om hans Malerier ja begynde at beskrive dig dette kan jeg ikke overkomme men naar vi faar et Katalog saa skal du faa et sendt og saa skal jeg bemærke hvad jeg synes om hver især – Johannes’s Billeder var hængt saa smukt op men saa kom Brandvæsenet og skulde skjære en Dør til saa maatte de ned men Peder lovede at de skulde nok en god Plads
+Agrarbilledet tog sig udmærket ud derom ogsaa Blomsterne Roserne og Valmuerne saa er der de 3 Aquareller der var i Stokholm
+Saa gik vi til gamle Eckardt der var ingen hjemme derfra til Alfred der mødte vi Margrethe paa Gaden hun med tilbage Alfred var heldigvis hjemme og Musse maatte op af Sengen og vises frem saa rendte Margrethe hjem og hentede gamle Onkel der imidlertid havde været paa Aftentour der fik jeg høre at Fru Lorentzen kom til Byen men de mente ikke den lille Pige kom med – Margrethe skulde til The hos Engelsens Onkel fulgte os saa paa Banegaarden og Alfred gik [ulæseligt ord] det er et nydeligt Hjem de har og herligt uden Gjenboer
+Nu kniber det med Tiden lille Marie men du faar hørt vi er kommen vel hjem Saa skal jeg skrive mere i mit Søndagsbrev og der skal vi saa se et Billede af Marie Aron og alle Børnene hun er saa sød den lille Missemor i Virkeligheden hun er magrere men smukkere det glædede mig ogsaa hos [ulæseligt ord] at høre hvor glade de er ved dig paa Nedergaard
+Lev du kjære lille Marie og Hilsen fra os Alle sammen
+Johannes er paa Jagt</t>
+  </si>
+  <si>
+    <t>1896-03-06</t>
+  </si>
+  <si>
+    <t>Vesterbrogade 126, 1620 V</t>
+  </si>
+  <si>
+    <t>Thorvald Balslev
+Berta Brandstrup
+Ludvig Brandstrup, billedhugger
+- Carlsen
+Christian Kampmann
+Conrad Warberg
+Else Warberg
+Andreas Peter Weis</t>
+  </si>
+  <si>
+    <t>Café Guldkuren var "Hotel D'Angleterres nye Restauration" i følge Carl Muusmann i bogen "Halvfemsernes glade København".
+"Ungdomsleg" er et skuespil i 4 akter af Frederik Leth Hansen. Det blev vist på Dagmarteatret i marts 1896.
+Thorvald er muligvis Thorvald Balslev, som på dette tidspunkt var forlovet med Alheds søster Johanne.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv</t>
+  </si>
+  <si>
+    <t>Alhed sender fødselsdagshilsen til sin far. Hun er ved at male Kampmanns dreng. Ses en del med Berta. Har bedt Weis om at give Thorvald en forstanderstilling.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/6NfH</t>
+  </si>
+  <si>
+    <t>Kære Fader!
+Maa jeg herved sende Dig min hjærteligste Lykønskning til Din Fødselsdag i Morgen! – Jeg kommer lige henne fra Kampmanns, hvor jeg hver Dag maler på Drengen. Det er en vældig sød Unge, men jeg kan endnu slet ikke sige, om det vil lykkes for mig med Maleriet; i Dag fik jeg for Resten en hel Del gjort ved det, men nemt er det sandelig ikke, han sidder ikke stille en Minut. – Jeg kommer der gærne ved 9 Tiden og spiser saa Frokost med dem Kl. 11, naar Manden kommer hjem; vi drikke alle tre hver Dag en Snaps med Angustura, det er udmærket. Det er elskværdige og livlige Folk begge to. – Madam Persen ser jeg en hel Del til. I Gaar var vi sammen inde i [overstreget: Ak] Bibliotheket paa Charlottenborg og bagefter i Guldkuren. I Dag skulle vi igen mødes derinde og saa skal jeg hjem at spise til Middag med hende og bagefter gaa vi muligvis i Theatret til Ungdomsleg. Lud skal til Møde. - - Weis, som jeg var sammen forleden hos Madames spurgte mig om det var mig, han havde nægtet den Ansøgning, samt om han ikke kunde være mig til Tjeneste med et eller andet, - om jeg ikke havde noget at ansøge om o.s.v. – Jeg svarede, at jeg jo vidste af Erfaring, at det ikke nyttede at ansøge ham _om noget, men da jeg hørte, han havde med Seminarier at gøre, bad jeg ham betænke lille Thorvald med en god Forstanderplads, hvilket han lovede! Nu skal vi se, om han holder det. - - Madam Carlsen har gaaet heroppe og underholdt mig, mens jeg har skreven, hun er ligesaa kostelig som før. Jeg skal hilse Dig fra hende. – Vil Du hilse alle_ mange Gange fra mig, ogsaa Onkel Conne og Tante Else. – jeg skal i Morgen til Aftenselskab hos Berta, vi skulle drikke paa Din Sundhed! Din hengivne Datter Be.
+Pan sender mange Hilsner.
+Vesterbrogade 126 5 
+6/3 - 96</t>
   </si>
   <si>
     <t>1912-09-24</t>
   </si>
   <si>
     <t>Anna Syberg
 Fritz Syberg</t>
   </si>
   <si>
     <t>Marina di Pisa</t>
   </si>
   <si>
     <t>Rembrandt
 Jens Jensen
 Villum Jensen
 Hans P. Lunde
 Franz Syberg</t>
   </si>
   <si>
     <t>Anna og Fritz Syberg og deres seks børn boede fra efteråret 1910 og små tre år frem i Italien.
 Johannes V. Jensen rejste fra november 1912 til april 1913 til Berlin, Weimar, Genua, Suez, Colombo, Singapore, Java, Djakarta, Hong Kong, Shanghai, Peking, Manchuriet, Shenyang, Harbin, Sibirien, Irkutsk, Moskva og Stockholm. (johannesvjensen.dk/tidslinje lokaliseret aug. 2019).
 Fritz og Hans Sybergs rejse til Rom samt familien rejse til Paris er også omtalt i tidligere breve fra Fritz Syberg til Johs. V. Jensen.
 H.P. Lundes bøn om en anbefaling skrev Fritz Syberg også til Johs. V. Jensen om 14. september 1912. 
 Johannes V. Jensens Myter 1908-1912, 4. samling udkom i 1912, og det er omtalt i et tidligere brev, at Jensen har sendt Syberg bogen. 
 Else og Johannes V. Jensen lejede i 1912 et hus i Tibirke. Siden byggede de et hus i Tibirke Bakker.
@@ -932,51 +932,51 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/Atkv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/05eB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fUVm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JfGS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gZPT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OTcJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iCDD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6NfH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F0BX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4VDT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aQkg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/10ov" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/gZPT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fUVm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Atkv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OTcJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iCDD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JfGS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/05eB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4VDT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aQkg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F0BX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6NfH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/10ov" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
   <dimension ref="A1:M14"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
@@ -1054,543 +1054,543 @@
       </c>
       <c r="I2" s="5" t="s">
         <v>20</v>
       </c>
       <c r="J2" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K2" s="5" t="s">
         <v>22</v>
       </c>
       <c r="L2" s="6" t="s">
         <v>23</v>
       </c>
       <c r="M2" s="5" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="5" t="s">
         <v>25</v>
       </c>
       <c r="B3" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C3" s="5" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="D3" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E3" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F3" s="5" t="s">
         <v>18</v>
       </c>
       <c r="G3" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H3" s="5" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="I3" s="5" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="J3" s="5" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="K3" s="5" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="L3" s="6" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="M3" s="5" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="5" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B4" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C4" s="5" t="s">
-        <v>33</v>
+        <v>15</v>
       </c>
       <c r="D4" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E4" s="5" t="s">
         <v>34</v>
       </c>
       <c r="F4" s="5" t="s">
         <v>18</v>
       </c>
       <c r="G4" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H4" s="5" t="s">
         <v>35</v>
       </c>
       <c r="I4" s="5" t="s">
         <v>36</v>
       </c>
       <c r="J4" s="5" t="s">
         <v>37</v>
       </c>
       <c r="K4" s="5" t="s">
         <v>38</v>
       </c>
       <c r="L4" s="6" t="s">
         <v>39</v>
       </c>
       <c r="M4" s="5" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="5" t="s">
         <v>41</v>
       </c>
       <c r="B5" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C5" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D5" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="E5" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="E5" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F5" s="5" t="s">
-        <v>18</v>
+        <v>42</v>
       </c>
       <c r="G5" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H5" s="5" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="I5" s="5" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="J5" s="5" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="K5" s="5" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="L5" s="6" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="M5" s="5" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="5" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B6" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C6" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D6" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="E6" s="5" t="s">
-        <v>34</v>
+      <c r="E6" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F6" s="5" t="s">
         <v>18</v>
       </c>
       <c r="G6" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H6" s="5" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="I6" s="5" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="J6" s="5" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="K6" s="5" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="L6" s="6" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="M6" s="5" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="5" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B7" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C7" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D7" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="E7" s="5" t="s">
-        <v>34</v>
+      <c r="E7" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F7" s="5" t="s">
-        <v>56</v>
+        <v>18</v>
       </c>
       <c r="G7" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H7" s="5" t="s">
         <v>57</v>
       </c>
       <c r="I7" s="5" t="s">
         <v>58</v>
       </c>
       <c r="J7" s="5" t="s">
         <v>59</v>
       </c>
       <c r="K7" s="5" t="s">
         <v>60</v>
       </c>
       <c r="L7" s="6" t="s">
         <v>61</v>
       </c>
       <c r="M7" s="5" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="5" t="s">
         <v>63</v>
       </c>
       <c r="B8" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C8" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D8" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="E8" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="E8" s="5" t="s">
+        <v>34</v>
       </c>
       <c r="F8" s="5" t="s">
         <v>18</v>
       </c>
       <c r="G8" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H8" s="5" t="s">
         <v>64</v>
       </c>
       <c r="I8" s="5" t="s">
         <v>65</v>
       </c>
       <c r="J8" s="5" t="s">
         <v>66</v>
       </c>
       <c r="K8" s="5" t="s">
         <v>67</v>
       </c>
       <c r="L8" s="6" t="s">
         <v>68</v>
       </c>
       <c r="M8" s="5" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="5" t="s">
         <v>70</v>
       </c>
       <c r="B9" s="5" t="s">
-        <v>14</v>
+        <v>71</v>
       </c>
       <c r="C9" s="5" t="s">
-        <v>71</v>
-[...4 lines deleted...]
-      <c r="E9" s="5" t="s">
         <v>72</v>
       </c>
-      <c r="F9" s="5" t="s">
-[...2 lines deleted...]
-      <c r="G9" s="5" t="s">
+      <c r="D9" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E9" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F9" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G9" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H9" s="5" t="s">
         <v>73</v>
       </c>
-      <c r="H9" s="5" t="s">
+      <c r="I9" s="5"/>
+      <c r="J9" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K9" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L9" s="6" t="s">
         <v>74</v>
       </c>
-      <c r="I9" s="5" t="s">
-[...13 lines deleted...]
-      </c>
+      <c r="M9" s="5"/>
     </row>
     <row r="10">
       <c r="A10" s="5" t="s">
-        <v>80</v>
+        <v>75</v>
       </c>
       <c r="B10" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C10" s="5" t="s">
+        <v>76</v>
+      </c>
+      <c r="D10" s="5" t="s">
+        <v>77</v>
+      </c>
+      <c r="E10" s="5" t="s">
+        <v>78</v>
+      </c>
+      <c r="F10" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G10" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H10" s="5" t="s">
+        <v>79</v>
+      </c>
+      <c r="I10" s="5" t="s">
+        <v>80</v>
+      </c>
+      <c r="J10" s="5" t="s">
         <v>81</v>
       </c>
-      <c r="D10" s="5" t="s">
+      <c r="K10" s="5" t="s">
         <v>82</v>
       </c>
-      <c r="E10" s="5" t="s">
+      <c r="L10" s="6" t="s">
         <v>83</v>
       </c>
-      <c r="F10" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H10" s="5" t="s">
+      <c r="M10" s="5" t="s">
         <v>84</v>
-      </c>
-[...13 lines deleted...]
-        <v>89</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="5" t="s">
-        <v>90</v>
+        <v>85</v>
       </c>
       <c r="B11" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C11" s="5" t="s">
+        <v>86</v>
+      </c>
+      <c r="D11" s="5" t="s">
+        <v>87</v>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F11" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G11" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H11" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I11" s="5"/>
+      <c r="J11" s="5" t="s">
+        <v>88</v>
+      </c>
+      <c r="K11" s="5" t="s">
+        <v>89</v>
+      </c>
+      <c r="L11" s="6" t="s">
+        <v>90</v>
+      </c>
+      <c r="M11" s="5" t="s">
         <v>91</v>
-      </c>
-[...32 lines deleted...]
-        <v>97</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="5" t="s">
+        <v>92</v>
+      </c>
+      <c r="B12" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C12" s="5" t="s">
+        <v>93</v>
+      </c>
+      <c r="D12" s="5" t="s">
+        <v>94</v>
+      </c>
+      <c r="E12" s="5" t="s">
+        <v>95</v>
+      </c>
+      <c r="F12" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G12" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H12" s="5" t="s">
+        <v>96</v>
+      </c>
+      <c r="I12" s="5" t="s">
+        <v>97</v>
+      </c>
+      <c r="J12" s="5" t="s">
         <v>98</v>
       </c>
-      <c r="B12" s="5" t="s">
+      <c r="K12" s="5" t="s">
         <v>99</v>
       </c>
-      <c r="C12" s="5" t="s">
+      <c r="L12" s="6" t="s">
         <v>100</v>
       </c>
-      <c r="D12" s="5" t="inlineStr">
-[...19 lines deleted...]
-      <c r="H12" s="5" t="s">
+      <c r="M12" s="5" t="s">
         <v>101</v>
       </c>
-      <c r="I12" s="5"/>
-[...13 lines deleted...]
-      <c r="M12" s="5"/>
     </row>
     <row r="13">
       <c r="A13" s="5" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="B13" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C13" s="5" t="s">
+        <v>77</v>
+      </c>
+      <c r="D13" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E13" s="5" t="s">
+        <v>78</v>
+      </c>
+      <c r="F13" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="G13" s="5" t="s">
+        <v>103</v>
+      </c>
+      <c r="H13" s="5" t="s">
         <v>104</v>
       </c>
-      <c r="D13" s="5" t="s">
+      <c r="I13" s="5" t="s">
         <v>105</v>
       </c>
-      <c r="E13" s="5" t="inlineStr">
-[...19 lines deleted...]
-      <c r="I13" s="5"/>
       <c r="J13" s="5" t="s">
         <v>106</v>
       </c>
       <c r="K13" s="5" t="s">
         <v>107</v>
       </c>
       <c r="L13" s="6" t="s">
         <v>108</v>
       </c>
       <c r="M13" s="5" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="5" t="s">
         <v>110</v>
       </c>
       <c r="B14" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C14" s="5" t="s">
         <v>111</v>
       </c>
       <c r="D14" s="5" t="s">
-        <v>105</v>
+        <v>87</v>
       </c>
       <c r="E14" s="5" t="s">
         <v>112</v>
       </c>
       <c r="F14" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G14" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H14" s="5" t="s">
         <v>113</v>
       </c>
       <c r="I14" s="5" t="s">
         <v>114</v>
       </c>
       <c r="J14" s="5" t="s">
         <v>115</v>
       </c>
       <c r="K14" s="5" t="s">
         <v>116</v>