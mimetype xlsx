--- v0 (2025-12-31)
+++ v1 (2026-03-05)
@@ -3,53 +3,53 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="122" uniqueCount="95" xml:space="preserve">
-[...1 lines deleted...]
-    <t>Datering</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="166" uniqueCount="126" xml:space="preserve">
+  <si>
+    <t>Datering/Værktitel</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
@@ -233,50 +233,112 @@
 Hotel ”Tre Hjorter”
 Vestergade
 Kjøbenhavn K.
 [På kuvertens bagside:]
 Poststempel
 [I brevene:]
 Erikshaab d: 23de.
 Kjæreste Abba!
 Syberg er ikke rejst endnu, da Vejret blev daarligt begge Dagene, nu er han paa Farten fra Kl. 5 om Morgenen og har foreløbig opgivet Rejsen, men naturligvis ligger han nu snart igjen. Det bliver meget kjedeligt saa at rejse fra ham, men jeg haaber at kunne faae Wisse til at tage til Gjeldskov, hvis han bliver syg, ”det Gamle” er som hos L[ulæseligt]. Jeg var deromme imorges, men han var kjørt til Doktoren. Vi har meget travlt idag, da vi høster Hvede og vi skal Kl. 2 gaae til Odensebakken hvor Holm møder med Baaden; han vil kjøre os hjem, men vi kan jo sagtens gaae. Johanne vil ikke med fordi hun har slaaet sine Bogstaver itu. Jeg var helst fri for den Tour, men jeg syntes det var Synd at sige Nej igjen. – Balslev er haard at faae fat i, imorgen, Søndag, skal vi til Ensomhed, saa vil jeg selv op at bombardere ham. I Gaar Aftes kjørte Christine og jeg til Sandholt, men traf Ingen hjemme; Touren var alligevel ikke helt forgjæves, jeg fik gjort Aftale med Snedkeren om at lodde Daaser til paa Tirsdag og saa stod vi af ved Korsvejen og gik til Dals Mølle, der maatte jeg ned inden Rejsen; det er kun smaat med gl. Brandt, Frederikke er ogsaa skrøbelig. – Vi havde en slem Torden igaar morges, det slog ned ved Gjeldskov og slog en Ko ihjel ved Sallinge. Der kom samtidig en slem Haglbyge, Syberg fik meget Korn slaaet ned og prøver nu paa at faae Erstatning. – Det gik nemmere med at vænne Søster fra, end jeg havde tænkt, hun har ikke grædt ret meget. Mælken er ikke fordreven endnu. Jeg gaar og venter paa de Fremmede, som Du husker gjorde mig gnaven paa Lykkenssæde, men jeg er bange for, at de nu ikke kommer før lige til Rejsen, det bliver meget ubehageligt. Altsaa Onsdag d:27 mellem 8 – 9 er jeg at træffe. 
 Kærlig Hilsen!
 Din Smaa.
 Kjære Fader 
 Hvordan har du det. I Dag skal Alhed og jeg til Holms. Johanne Stuepige har været her. Søster kan helt gå ene og hun kan sige bebe. Jeg var på Ensomhe hele tiden mens di var på Langeland nu har jeg ikke mere at fortælle dig. Kjærlig Hilsen fra din Christine Varberg
 Kære Fader
 OnkelSyberg har været så syg. D Di høster Hvede i Dag jeg lenges meget efter dig 
 Din Alhed. 
 de
 d
 kjære fader
 det er første gang jeg skriver til dig jeg skal til dig ["dig" overstreget] ensomhed nu
 din Johanne
 til Fader, fra Ellen
 Kære Fader
 kommer du ikke snart.
 Din Ellen.</t>
+  </si>
+  <si>
+    <t>1891-12-20</t>
+  </si>
+  <si>
+    <t>Henrik Havemann</t>
+  </si>
+  <si>
+    <t>Hamburg
+2. sal</t>
+  </si>
+  <si>
+    <t>Hr. Bæk kendes ikke.
+Notaterne sidst i brevet stammer fra Alhed Larsens første tid som lærling ved den Kongelige Porcelainsfabrik i København. Hun boede en tid på pensionat ejet af Fru Laudrup, og hun skrev i flere breve hjem om et bal, hvortil hun skulle bruge silkekjole, handsker mm. Tre Hjorte var et hotel, hvor navnlig Albrecht Warberg ofte overnattede, når han var i København.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1379</t>
+  </si>
+  <si>
+    <t>Havemann og hans hustru glæder sig til, at Ellen Sawyer kommer til Hamburg efter jul. De venter med at besøge seværdigheder til da. 
+På Ellens værelse er der en kommode. 
+Havemann havde regnet med at skulle til København, men denne tur er udsat, så Ellen må enten rejse alene til Hamburg eller blive fulgt af sine forældre, som godt kan overnatte hos Havemanns. 
+Sidst i brevet Alhed Larsens regnskabsnotater fra hendes første tid ved Porcelainsfabrikken i København.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/nLLS</t>
+  </si>
+  <si>
+    <t>[Fortrykt:]
+Joh. Havemann
+Schiffs-Inspector
+Eppendorferweg 15 II.
+HAMBURG
+Hamburg, den 189
+[Håndskrevet i sted- og datolinjen:]
+20de Debr. 1
+[Håndskrevet i brevet:]
+Kjære Fru Warberg!
+Tak for Deres venlige Brev, og det glædede os deraf at erfare, at Ellen efter Julen kommer hertil. 
+Min Hustru og jeg venter ogsaa med at bese alle den store Stad Hamburg’s Seværdigheder til hendes Ankomst, saa at vi kunne have godt deraf alle tre.
+Jeg vilde have besvaret Deres Brev tidligere, men har i nogle Dage været i Tønning forat modtage et nyt Staalskib, der var bygget for os der, så De må have mig undskyldt. 
+Til Ellens Disposition staaer en Commode (paa en Skuffe nær) paa hendes Værelse, ligesom der nok vil findes Plads for Kjoler og desl. i vore Skabe, saa hun behøver ikke at tage mere end en Kuffert med. 
+Det passer os at have hende til enhver Tid, men det er dog bedst for hendes Skyld at have alle Juleglæderne med hjemme først, og som De skrev circa 8de Januar vil vel saa passe. 
+Rigtignok vil det vel blive værst med Reisen, som hun vel ikke synes om at gjøre alene; jeg havde ventet i nærmeste Fremtid at faa Forretninger i Kjøbenhavn, men det lader til at blive hen i Foraaret, førend det sker, saa det hjælper ikke. 
+Paa Altona Banegaard kunne vi jo i alle Tilfælde give Møde, og er Reisen i og for sig meget simpel, da der fra Voyens til Grændsen, hvor Tøjet bliver undersøgt, altid er gennemgaaende Vogne til Hamborg, saa at hun let kunde klare sig selv derfra. 
+Rigtignok vilde det jo glæde os meget at see Dem og Deres Mand her, hvis De vilde følge Deres Datter hertil, men det er jo rigtignok ikke den behageligste Aarstid til at foretage lange Reiser i, ligesom Hamburg heller ikke viser sig saameget til sin Fordel om Vinteren.
+Dem kan vi godt huse hos os, men vi ere desværre endnu ikke saaledes indrettet, at vi ogsaa kunde huse min Hr. Bæk, men de Vanskeligheder lar sig nok arrangere. 
+Til Julen beder jeg Dem modtage de bedste Ønsker fra min Hustru og mig og haabende snarligt at høre nærmere fra Dem tegner
+Deres hengivne
+Joh Havemann
+P.S. Speciel venlig Hilsen til vor Ellen.
+[På tværs nederst s. 2 håndskrevet med Alhed Larsens skrift:]
+Fortjeneste - 20 Kr. -
+Ulæseligt gik
+Ballet: Sko 5 Kr 50 Ør - Drosche 13 Kr - Handsker 3 Kr [ulæseligt] 76 Ør - Strømper 50 Blomster 50 Ør Vadsk 50 Ør - Rejse 7 Kr Julegaver 5 Kr [ulæseligt] 26 Kr. Tøj sendt hjem 1 1/2 Kr [ulæseligt] 1 Kr 30 Kr -
+Laudrup Jan: 40 Kr
+Tre Hj Febr 10 -
+Syløn 2 Kjoler 10 -
+-"- Silkkj 5 -
+Rejse med Drager 7 - 
+-------------
+78 -</t>
   </si>
   <si>
     <t>1892-10-26</t>
   </si>
   <si>
     <t>Ellen Agnete Amstrup
 Louise Amstrup
 - Andersen, Sandbygaard
 Alice Bondesen
 Carl Brandstrup
 Clement Caspersen
 - Egholm
 Niels Elgaard Amstrup
 - Jensen, Frøken, Erikshaab
 Trine Johans
 - Juul, præst
 Hans Jørgen -, Kusk ved grevskabet Muckadell
 Marie Paludan
 - Paulsen
 Ellen  Sawyer
 Anna Schaffalitzky de Muckadell
 Erik Schaffalitzky de Muckadell
 Henry Smith, nær Erikshaab
 Adelheyde Syberg
 Hempel Syberg
@@ -488,86 +550,229 @@
 [Skrevet med anden farve blæk:] 1994
 [Håndskrevet på kuvertens bagside:]
 Hilsen fra Lerhænderne - 
 [Poststempel]
 [I brevet:] 
 Tirsdag d: 4de 
 Kjæreste Ven! 
 Hermed Manchettøj og Lommeklæder; de to pæneste Sæt mener jeg skal stryges derinde, de er for sig selv. Tak for Brevet.
 Du nævner intet om Asthma, men den Svimmelhed er da rigtig kjedeligt Du skal plages med, forhaabentlig vil Jodkalium hjælpe. – Jeg er naturligvis mest glad ved at bo paa Tre Hjorte, men jeg vil jo gerne gjøre Rejsen saa billig som mulig. Jeg tager mine egne Penge til [ulæseligt], saa kan jeg selv kjøbe Handsker, lade min Kjole sy om dernede o.s.v. Mornine lader aldeles ikke høre fra sig¸ det siges, at hun er rejst bort. Jeg har igaar og idag gaaet og tænkt paa og faaet en voldsom Lyst til at tage Muk med ind paa en Returbillet, hun skulde boe hos Brandt, saa fik vi dog Nytte af Lejligheden endnu en Gang. I saa Fald vilde vi rejse paa 3. Kl. Jeg har intet sagt til Muk, kun drøftet det med Elle og ønsket at vi vidste, hvad Du vilde sige til det. Hun har dog været saa meget Stedbarn med Rejser baade iaar og ifjor, da hun gik til Præsten. - Igaar var jeg en Visit hos Fru Dus, hun var temmelig rask, han var ikke hjemme. Det var i Char à banque ["que" i ordet overstreget. Over linjen indsat et ”c”] og de andre var med i Trælleborg Have, jeg var der kun 1½ Time. Da jeg vilde staa op i Vognen gled mit Ben ned ad Trinet, det gjorde saa nederdrægtig ondt, at jeg var lige ved selv [”selv” indsat over linjen] at faa ondt. Det hævede stærkt og jeg ligger siden mest paa Chaiselongen og har Karbolomslag paa, men det er bedre og jeg haaber jo da, at det skal gaae helt over til paa Lørdag. Idag vilde jeg have aflagt Visit paa Arreskov og gaaet derover, derefter i Præstegaarden, hvor Fr. J. og Elle skulde hente mig (pr. H.J.), men nu skal vi see paa Fredag, om denne Tur kunde blive af. Jeg synes jeg skylder Visit paa Arreskov og Præsten har bedt os komme, mens jeg er ene. – I Søndags var vi alle paa Gjelskov og havde det rigtig hyggeligt, Christine spillede og sang, hun cyclede afsted Kl. 8. Fru Blom og Pip var her først kom saa derom. Børnene var spadserende i Sønderbroby Mølle og Møllerkonen Alhed var saa venlig mod dem, gik i Haven i Kirken og omkring med dem. Det var Thora, Astrid og Dengse. Syberg tog den Aften intet at sove paa og sov saa heller ikke, men var bleg og halvdaarlig, da jeg næste Morgen var deromme. Han har vældig Styr med Malkepigerne, maa staae ved dem om Formiddagen, en Dag med en Stok, som han tilbød at kløve deres Hoveder med, hvis de knyede; det har taget paa ham. Iaften saae vi Ildebrand ad Faaborg til. Nu Farvel saa længe. Jeg glæder mig meget til Rejsen. Mange Hilsener!
 Esset.
 (Skrevet på hovedet på s1:]
 Det ustrøgede Manchettøj tager Mor selv med derned. - 
 [På efterfølgende sider:]
 Faa nu endelig Tøjet til Strygning strax, at Du kan have noget pænt til Fredag. 
 Lørdag Eftermiddag.
 Kjæreste Abba!
 Idag har K[ulæseligt] været her at see til Benet, Saarene var næsten lægt, men udsætte nok jeg vil kunne rejse paa Onsdag, imorgen staaer jeg op, vil være fornuftig med at gaae de første Dage, kommer der saa ikke nærmere Brev, saa kommer jeg Onsdag Aften. Idag har jeg ikke haft Smerter i det og Hævelsen er svunden saa nu har jeg jo godt Haab igjen. Du kan ogsaa troe Humøret har staaet lavt disse Dage. Vi har haft Brev fra Brandt, hun skriver at Muk kan saa udmærket boe hos hende og ligge paa Sofaen, som hun har kjøbt af Christine, og være hendes Gjæst og spise Middag hos Fru Rørdam og hun skriver intet om den syge Søster, kun at hun boer der. Saa jeg kan ikke modstaae Lysten til at give Manden Fornøjelse, Sybergs rejser derned paa en Returbillet d: 19_de_, men det bliver endnu holdt meget hemmeligt, at de rejser, saa Du maa ingen nævne det til, man kan ikke vide, om det kunde gaae hertil igjen. Derfor synes jeg igjen, at naar alle baade der og her rejser i Sommer, saa skulde Muk have denne Tur. Musse glæder sig meget, bare Musse saa ikke bliver skuffet, men nu er Syberg bedre, var i Odense idag og Musse
 [Skrevet langs venstre kant på siden:]
 [ulæseligt ord] hjem. Kjærlig Hilsen. Tak for Brevet.
 [Næste ark:]
 Søndag Eftermiddag.
 Kjæreste Abba!
 Nu har jeg siddet paa Chaisé longen den største Del af Dagen og det er jo ikke videre godt med Benet, jeg troer, jeg kan ligesaa godt med det samme bestemme mig til at vente til Torsdag med at rejse. Benet er saa tungt og stivt, jeg haaber Dus ser herned morgen, naar han er paa Brobygaard og siger mig om jeg skal skaane det, eller øve det. Jeg synes, at nu da vi er bedt til det Bryllup, saa vilde jeg gruelig gerne derind. (Nu maaa Du da absolut derind en Dag forinden, kan Du ikke aftale med Lud at tage med ham? det vilde da vist blive anset som Uhøflighed, hvis Du ikke gjør en Visit først, det er Børnene og jeg enige om. Kunde Du ikke høre Eline og Mor, hvad de mener vi skal kjøbe til Brudegave, jeg regner en eller anden pæn Ske, i Smag med den, vi fik af Comtessen; men der er jo Tid nok at kjøbe den Fredag Formiddag. Christine og Vesterdal har været her idag de kom iaftes, de skal have dette Brev med. De hilser begge; han savner Dig. Chr. er saa glad ved alle sine Timer. Paa Lørdag begynder de Prøver i Musikforeningen hun har jo været hos Klokker Larsen og talt dem, det er første Stemme i Korene; Hils vore kjære Svigersønner og hos de gamle. Jeg skal nok skrive et Brevkort paa Tirsdag. Kjærlig Hilsen! Det forbistrede Ben! Din Smaa.</t>
   </si>
   <si>
+    <t>1895-09-01</t>
+  </si>
+  <si>
+    <t>Tre Hjorte</t>
+  </si>
+  <si>
+    <t>Snøde</t>
+  </si>
+  <si>
+    <t>Thorvald Balslev
+Berta Brandstrup
+Johanne  Brandstrup
+Lauritz  Brandstrup
+Ludvig Brandstrup, billedhugger
+Julie Brandt
+Christian Caspersen
+- Feilberg
+Christine  Mackie
+Otto Emil  Paludan
+Erik Schaffalitzky de Muckadell
+Fanny Schaffalitzky de Muckadell
+Nicoline  von Sperling
+Maria von Sperling. g. Balslev
+Johannes Wilhjelm</t>
+  </si>
+  <si>
+    <t>Tre Hjorte var et hotel, som Albrecht Warberg ofte boede på, når han var i København.
+Christine Mackie, f. Warberg, flyttede i 1895 fra Absalonsgade til Hans Tavsensgade i Odense.
+Det vides ikke, hvem Jacobsen, Othile, Nellemann, Galen og Niels var. Udfra ordene om Niels' helbreb kunne der være tale om Emil Brandstrup, Laura Warbergs bror, som led af tuberkulose.
+Lauritz Brandstrup og nonnerne: Laura Warbergs far flyttede ind på Sct. Josephsøstrenes Collegium, da hans kone ikke længere kunne passe ham, eftersom han var dement.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1397</t>
+  </si>
+  <si>
+    <t>Det er godt, at Christine Mackie er flyttet, men hun skulle have taget flere musiktimer. 
+Albrecht Warberg har besøgt Othilie, som var faldet ned ad en strappe. Han har også været os Lauras mor, men hun var udskrevet. Lauras far ser ældre ud. Han er tilffeds med at være hos nonnerne, men han har smerter og farer op og brøler. Forleden bad han Albrecht om to kroner. 
+Albrecht går ture med Niels. Ludvig/Lud Brandstrup vil have Niels sendt til Norge. Albrecht har besøgt Ludvid Brandstrup på hans atelier på Charlottenborg.
+Feilberg ligger for døden. 
+Albrecht Warberg har fået brev fra Paludan og har besluttet at rejse hjem for at tale med greven.
+Albrecht har mødt Nicoline von Sperling, Julie Brandt, Fanny Schaffalitzky og Maria Balslev, og han har været i Tivoli med Julie Brandt. Albrecht skal spise hos Wilhjelms. Han siger nej tak til afteninvitationer pga. sin astma. Han har været ude at se det nye fængsel ved Vestre Kirkegård.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/xPdM</t>
+  </si>
+  <si>
+    <t>[På kuvertens forside:]
+Fru Laura Warberg
+Att: Hr Dyrlæge Caspersen
+Snøde
+pr Lohals
+[På kuvertens bagside:]
+[Noget af papiret mangler og ulæseligt] E Br.
+[I brevet:]
+Hotel Tre Hjorte d. 1 Sept. 1895.
+Kjæreste Smaa!
+Igaar fik jeg Dit Brev og igaar maa Du være rejst til Snøde og har vel ikke haft det bedste Vejr ved Vandet. Jeg synes, at det er godt, at Christine er flyttet, men jeg havde unægtelig helst set, at hun havde faaet flere Timer i Musik istedetfor i Dansk; dog noget er bedre end intet. Det var da en Skam at vedkommende Lærer (Jacobsen?) at slaa [ulæseligt], men paa den anden Side kan hun maaske have godt nok af at have faaet den Lærdom banket ind, at hun ikke skal læse alene for den enkelte Dags Karakter. For nogle Dage siden fik jeg Bud, om jeg vilde se ud til Othilie, som var bleven syg – hun bor hos sin Veninde Frøken Nellemann ude på Vesterbro - ; jeg gik saa derud, og det viste sig saa, at hun Dagen i Forvejen var gaaet paa Hovedet ned ad en Trappe. Slaget i Hovedet havde kun den Virkning, at hun foruden hendes Hovedpine; mere saa havde hun skrabet sit ene Ben og derfor skulde hun ligge. Igaar var jeg til Mor for at se til hende, men da var hun gaaet ud, og jeg vil derfor nu betragte hende som udskrevet. Fra hendes Værelse kan man se Gaarden, hvor Din Fader er. Jeg besøger ham omtrent hver 3die Dag, og han bliver altid glad ved at se mig. Han har det, synes jeg, ganske godt, men er kommen til at se ældre ud ved at have mistet nogle af Fortænderne. Han er meget tilfreds med Opholdet hos Nonnerne og fortæller mig altid, at der bliver sørget udmærket for ham i enhver Henseende. Han faar af og til pludselige Smerter og farer da op med et forfærdeligt Brøl. Var jeg imidlertid forleden hos ham med et [ulæseligt ord] livede han virkelig op, og igaar da jeg var der igen forsøgte han slet ikke derpaa. Han har bedt mig om 2 Kr ”saa skal jeg ikke plintre Dig for mere” tilføjede han, og det har jeg ladet ham. Niels har det fremdeles ikke godt; Lud mener, at han bør sendes til Norge til Vinteren. Igaar gik jeg en længere Tur med ham, og det syntes at bekomme ham vel, men om Aftenen kan han aldrig, gaa med mig, det tør han ikke, og jeg tør ikke overtale ham, om jeg end har en Formodning om, at han forkjøler sig ved at tilbringe saa meget af Tiden i Sengen. - Lud har i de sidste Dage arbejdet i Atelier paa Charlotteborg, og der har jeg saa daglig besøgt ham. Hans Frue har jeg ikke set endnu; hun har aflagt mig en Visit uden at træffe mig. Igaar var jeg hos Feilbergs, det vil sige i Tekøkkenet hos Pigen; han har det saa daarligt at han helt har holdt op med at spise, og Kræfterne er stærkt aftagne; han har formodentlig ikke mange Dage tilbage. 
+Forleden havde jeg et Forretningsbrev fra Paludan, der havde til Følge, at jeg besluttede mig til at rejse hjem midt Ugen for at tale mundtligt med Greven. Nu i Dag har jeg læser Brev fra [ulæseligt] hvori han bestemt foretrak, jeg skulde blive de 5 Uger herinde, og saa bliver jeg altsaa, saameget mere som Nødvendigheden af at tage hjem synes mig at være svunden en Del.
+Igaar Aftes mødte jeg paa Banegaarden for at tage imod Thorvald; han var der imidlertid ikke, men derimod Frøken Sperling sen. og Brandt forat tage imod Marie Sp., som kom med Toget. Jeg indbød Brandt til følge med mig i Tivoli, hvorover hun blev meget glad; vi sad der saa et Par Timers Tid og saa afleverede jeg hende til en Sporvogn. I Morgen er jeg bedt til Wilhjelms til Middag og har taget imod Indbydelsen. Derimod har jeg foreløbig frabedt mig alle Middagsindbydelser for gl. Bern, da jeg endnu er alt for afhængig af min Astma. Jeg taaler intet om Aftenen drikker derfor hver Aften The. .
+Igaar traf jeg paa Kongens Nytorv Baronesse Fanny, med hvem jeg fik en længere Passiar. Hun er forfærdelig mager, men ser i øvrigt frisk og rask ud. – Jeg har været en Dag med Galen ude at bese det store Fængsel ved Vestre Kirkegaard; det var meget interessant. 
+Med mange Hilsener til Alle!
+Din A.</t>
+  </si>
+  <si>
+    <t>1895-09-08</t>
+  </si>
+  <si>
+    <t>Wilhelmine Berg
+Berta Brandstrup
+Ludvig Brandstrup, billedhugger
+Ellen  Sawyer
+Erik Schaffalitzky de Muckadell
+Erik Schaffalitzky de Muckadell, unge greve
+Andreas Warberg</t>
+  </si>
+  <si>
+    <t>Tre Hjorte var et hotel i København. 
+Det vides ikke, hvem Thorvald og Harald var. Warberg-familien kendte flere, der bar disse fornavne. 
+Ellen Hirschsprung blev kaldt Madame. 
+Det vides ikke, hvad sagen mellem Frk. Knipschildt og Wilhelmine/Mis Brandt gik ud på. Frk. Knipschildt var muligvis Dagmar eller Anna Margrethe Knipschildt; døtre af Charlotte Knipschildt.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1391</t>
+  </si>
+  <si>
+    <t>Det er godt, at Andreas/Dede Warberg er god til dansk, men hans karakterer er i øvrigt ikke høje nok. 
+Albrecht Warberg har spist hos Berta og Ludvig Brandstrup og været i Tivoli med dem. Han har også været i Folketreatret og på Nørrebro for at se en nyopført skole. 
+Greven sender brev næsten hver anden dag. Albrecht skal se på heste for ham. 
+Albrecht forsøger at klare en konflikt mellem Wilhelmine/Mis Berg og Frøken Knipschildt. - Albrecht har næsten brug for en fuldmægtig.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/hXny</t>
+  </si>
+  <si>
+    <t>Tre Hjorte d. 8 September 95.
+Kjæreste Smaa!
+Det var morsomt at Du sendte mig Dedes Brev. Var han blot saa dygtig i alt som i Dansk, vilde det gaa ham godt, men jeg synes ikke rigtig om, at han er saa glad ved et mg i Latin, da det tyder paa, at hans Karakterer i Almindelighed ligger derunder, han er unægtelig ikke [ulæselig]. Jeg var i Gaar ud hos din Søster, som var mere klagende end ellers og [ulæseligt ord] mig med et saa kraftigt Hyl, at jeg havde Hjertebesværligheder deraf hele Dagen. I Onsdags spiste jeg [ulæseligt ord] hos Luds, Bertha og den lille [ulæseligt] Middag paa Hjørnet af Bredgade og Toldbodgade, kjørte derefter en Tur med dem, hvorefter vi endte i Tivoli. Jeg var Gæst hele Tiden og maatte altsaa intet betale. Dagen efter var jeg med Vilhjelmine i Folketeatret og spiste derefter til Aften hos hende. Igaar Aftes var Thorvald og jeg samt [ulæseligt ord] ude paa Nørrebro ved Hellig Kors Kirken forat bese en ny Kommuneskole, hvis Bygning han har forestaaet. Det var meget morsomt, og jeg synes næsten, at denne Almueskole er elegantere end Latinskolen i Odense. Herefter var vi til The hos [ulæseligt ord], men jeg havde hele Tiden [ulæseligt ord], hvad der tog noget af Fornøjelsen. Forleden havde jeg Brev fra Elle, det følger hermed. Jeg har svaret hende og oplyst hende om, at Madames endnu ikke er kommen hjem. – Desværre har jeg næsten hveranden Dag omtrent Brev fra Greven, det kan han nu ikke lade være med, men mig generer det selvfølgelig ikke. Jeg skal nu, naar jeg har sendt dette Brev, ud at se paa Heste til ham, hvad hans Sønner alt har gjort og derefter til Frk Knipschildt for Mis, fra hende jeg har havt 2 Breve. Efter det første skulde jeg gaa til Frk K. for at ”ordne Sagen”; jeg mente, at det var noget uklart, hvad jeg havde at gjøre og skrev derfor til hende, om hun vilde oplyse mig om, hvad jeg egentlig skulde gjøre og hvorledes det stod sig med Underhandlingerne, særlig om hun havde dummet sig over for Frk K. Jeg fik saa i Gaar hendes andet Brev, der ikke indeholdt Svar paa det sidste Spørgsmaal, men dog oplyser mig lidt om, hvad hun vil, at jeg skal gøre. Selvfølgelig vil jeg ikke sige Nej, men meget kjedeligt er det at have saa mange Ting at gaa med, da min Tid snart bliver temmelig usikker, idet Nerverne aldrig faa Ro. - Lille Thorvald har set omtrent daglig siden han kom! I Gaar gav han sin første Time. Harald bor endnu paa Fredensborg, men forleden Morgen havde jeg Besøg af ham, før jeg var staaet op. Ligeledes har jeg haft Besøg af en Overretssagfører her fra Byen og en d_o_ fra Slagelse, altsammen om Forretninger, saa at jeg snart gjerne kunde have Brug for en Fuldmægtig herinde. – 
+Nu slutter jeg for denne Gang
+Mange Hilsner!
+Din A.</t>
+  </si>
+  <si>
     <t>1899-04-09</t>
   </si>
   <si>
     <t>Johannes Larsen</t>
   </si>
   <si>
     <t>Alhed Larsen</t>
   </si>
   <si>
     <t>København</t>
   </si>
   <si>
     <t>Christian Eckardt
 Hedevig Lützhøft
 Nicolaus Lützhøft
 Fritz Syberg</t>
   </si>
   <si>
     <t>Tre Hjorter, Vestergade 12, København, fungerede som hotel frem til 1930.</t>
   </si>
   <si>
     <t>Det Kongelige Bibliotek</t>
   </si>
   <si>
     <t>Johannes Larsen er i København, har spist hos Eckardts og overnattet på Tre Hjorter. Han har på rejsen fulgtes med en proprietær, som var meget vidende om kunst(nere).</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/4VDT</t>
   </si>
   <si>
     <t>Kjøbenhavn Søndag Morgen 9/4 99.
 Kæreste Alhed!
 [Jeg ko]m godt herover i Af[tes og g]ik strax ned til Eckardt [hvor je]g spiste til Aften, men [jeg ku]ned ikke være der, hvorfor jeg gik herind paa ”Tre Hjorter” hvor jeg har været i Nat og formodentlig bliver det Par Dage jeg er her i Byen. Jeg skal nu ud til Lützhøfft for at hilse paa ham og Baronen men først skal jeg hen at barberes. Jeg fik Rejseselskab helt herover af den Proprietær Han[noget af papiret mangler] fra Espe som overraskede mig med at kende Navnene paa alle mulige Malere og Billedhuggere, saavel i Indland og Udland som Nutid og Fort[id det] endte med at han[noget af papiret mangler]rede mig paa Jag[noget af papiret mangler]sig. Nu gaar jeg! M[noget af papiret mangler] allerkærligste Hilsner fra Din
 Johannes Larsen
 P.S.
 Jeg begyndte paa den anden Side, fordi Opvarteren havde sat Fedtefingre paa denne men nu er jeg jo naaet herover alligevel.</t>
+  </si>
+  <si>
+    <t>1899-08-23</t>
+  </si>
+  <si>
+    <t>Emil Brandstrup
+Johanne  Brandstrup
+Lauritz  Brandstrup
+Pauline Hirschsprung
+Christine  Mackie
+Otto Emil  Paludan</t>
+  </si>
+  <si>
+    <t>Tre Hjorte var et hotel i København. 
+Christine Mackie blev kaldt både Binderup og Basse.
+Albrecht Warberg havde astma og tog jævnligt til en klinik i København, hvor han modtog behandlinger ved at sidde i en såkaldt kokke. 
+De gamle var Laura Warbergs forældre, Johanne og Lauritz Brandstrup. 
+Tante P. var Pauline Hirschsprung. 
+Frk. A, bogbinder Janus Petersen, hans kones søsterdatter og Petersen kendes ikke.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1388</t>
+  </si>
+  <si>
+    <t>Albrecht Warberg blev modtaget på banegården af Christine Mackie/Binderup. Næste dag skulle han i klokken. Mandag besøgte han Laura Warbergs forældre/de Gamle. Hendes far så rask ud, og han går ture, men han klynkede, når Albrecht gik ind i en anden stue. Pauline Hirschsprung/Tante P var på besøg, og hun har det dårligt. Emil Brandstrup er forkølet og må ikke gå ud. 
+Albrecht gik på en del visitter, og han og Christine/Basse gik tur og var i cirkus. 
+Klokken har en god virkning. 
+Albrecht kan ikke finde sin barberkniv.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/A71l</t>
+  </si>
+  <si>
+    <t>3 Hj d. 23 Aug 99 
+Kjæreste Laura!
+Idag turde Tidspunktet være kommen til at skrive, da Du vel ellers mener, at det trækker for længe ud. Jeg havde det dejligste Vejr at rejse hertil i og syntes derfor, at Rejsen gik hurtigt. Paa Banegaarden blev jeg modtaget af Binderup, der sad Frk. A[ulæseligt] med mig i Paraplyen og derefter fulgte mig hjem og fik Pakken. Næste Dag mødte jeg i Klokken og fik straks Plads sammen med Sørensen i den mindste Klokke. De 2 første Gange har jeg taget dobbelt enkelt ["dobbelt" overstreget, "enkelt" indsat over linjen], i Dag med dobbelt. Mandag Eftermiddag saa jeg ud til de Gamle. Selvfølgelig klager Din Fader, men jeg har ikke i flere Aar set ham saa rask. Han er oppe fra c 10 Formiddag til 6 Aften og gaar længere Ture. Han lod sig godt snakke op og kunde le og se helt fornøjet ud, men saa snart jeg et Øjeblik gik ind i den anden Stue, begyndte han straks at smaaklynke. Tante P. var der; hun ser godt nok ud, men har det daarligt, og det flyder bestandig af Brystet. Hun klager over at være mat og er det vel ogsaa men det kunde ikke ses. – Niels (c: Emil) er bleven forkølet paa sin Hjemrejse og maa ikke gaa ud om Aftenen! Stemmen er hæs, men han mener, at det vil fortage sig, men Forkølelsen er haard. Fra de Gamle gik jeg til Sørensen, der bor hos sin Kones Fætter Bogbinder Janus Petersen. Jeg traf der hans Kones Søsterdatter, som jeg har kjendt, da hun var Barn, nu var hun en Frøken paa c 40 Aar. Sørensen fulgte saa med mig ud til Binderup, hvor vi drak The, spiste Andesteg og bagefter drak Rødvin som jeg havde kjøbt paa Vejen derud. Igaar Eftermiddags gik jeg ud til Basse og tog hende med paa en lang Tur, hvorefter vi gik i Cirkus og endte under Paraplyen. I Eftermiddags gaar jeg til de Gamle og derfra til Bassen.
+Klokken bekommer mig som sædvanlig godt og jeg kunde som sældvanlig spore stor Virkning af den første Gang, jeg sad der. 
+Min Barberkniv har jeg endnu ikke kunnet finde, men det kommer vel. Vil du bede Paludan om at sende mig mit Hestemaal som findes paa Spillebordet i min Stue i en lille rund Papæske, samt opgive mig Baron [ulæseligt] Adresse. 
+Mange øndige Hilsener!
+Din Hilsener!
+Din A</t>
   </si>
   <si>
     <t>1901-10-17 - 1902-11</t>
   </si>
   <si>
     <t>Dagbog</t>
   </si>
   <si>
     <t>Astrid Warberg-Goldschmidt</t>
   </si>
   <si>
     <t>Brune -
 Fritz -
 Ellen Agnete Amstrup
 Louise Amstrup
 - Auge
 Laurits Nicolai Balslev
 Wilhelmine Berg
 Tycho Brahe
 Harriet Brahm
 Peter Georg Emil Brahm
 Johannes Brahms
 Carl Brandstrup
 Emil Brandstrup
 Julie Brandt
@@ -602,51 +807,51 @@
 Rasmus Kattrup
 Charlotte Knipschildt
 Ernst  Knipschildt
 Gustav Knipschildt
 M Knipschildt
 Otto Knipschildt
 - Krarup, læge
 Hans Jørgen -, Kusk ved grevskabet Muckadell
 Selma Lagerlöf
 Peter Erasmus Lange-Müller
 Adolph Larsen
 Alhed Larsen
 Andreas Larsen
 Johan Larsen
 Johanne Christine Larsen
 Johannes Larsen
 Christine  Mackie
 Augusta Mogensen
 Christian Mogensen
 Alfred Nielsen
 Otto Emil  Paludan
 Frederik Paludan-Müller
 Kirstine -, pige i huset hos Hempel Syberg
 - Poulsen, løjtnant
 Ellen  Sawyer
-Eleonora Scheel
+Lili Scheel
 Karl Schou
 Marie Schou
 Robert Schumann
 - Stürup
 Elly Svarrer
 Christine Swane
 Adelheyde Syberg
 Hempel Syberg
 Sigurd Thomsen
 Vagn Thomsen
 - Vesterdal
 Johannes Vesterdal
 Albrecht  Warberg
 Frederik Warberg
 Laura Warberg
 Else Wienberg</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/n/5K5zZYof</t>
   </si>
   <si>
     <t>1912-09-24</t>
   </si>
   <si>
     <t>Anna Syberg
@@ -797,59 +1002,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/Atkv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/05eB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fUVm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JfGS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gZPT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OTcJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iCDD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4VDT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/10ov" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/Atkv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/05eB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fUVm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/nLLS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JfGS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gZPT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OTcJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iCDD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xPdM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hXny" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4VDT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A71l" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/10ov" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M11"/>
+  <dimension ref="A1:M15"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -1005,364 +1210,548 @@
       </c>
       <c r="I4" s="5" t="s">
         <v>36</v>
       </c>
       <c r="J4" s="5" t="s">
         <v>37</v>
       </c>
       <c r="K4" s="5" t="s">
         <v>38</v>
       </c>
       <c r="L4" s="6" t="s">
         <v>39</v>
       </c>
       <c r="M4" s="5" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="5" t="s">
         <v>41</v>
       </c>
       <c r="B5" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C5" s="5" t="s">
+        <v>42</v>
+      </c>
+      <c r="D5" s="5" t="s">
         <v>15</v>
       </c>
-      <c r="D5" s="5" t="s">
-[...8 lines deleted...]
-        <v>18</v>
+      <c r="E5" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="F5" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G5" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H5" s="5" t="s">
-        <v>42</v>
+      <c r="H5" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I5" s="5" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="J5" s="5" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="K5" s="5" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="L5" s="6" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="M5" s="5" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="5" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B6" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C6" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D6" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="E6" s="5" t="s">
-        <v>34</v>
+      <c r="E6" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F6" s="5" t="s">
         <v>18</v>
       </c>
       <c r="G6" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H6" s="5" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="I6" s="5" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="J6" s="5" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="K6" s="5" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="L6" s="6" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="M6" s="5" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="5" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="B7" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C7" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D7" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E7" s="5" t="s">
         <v>34</v>
       </c>
       <c r="F7" s="5" t="s">
-        <v>56</v>
+        <v>18</v>
       </c>
       <c r="G7" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H7" s="5" t="s">
         <v>57</v>
       </c>
       <c r="I7" s="5" t="s">
         <v>58</v>
       </c>
       <c r="J7" s="5" t="s">
         <v>59</v>
       </c>
       <c r="K7" s="5" t="s">
         <v>60</v>
       </c>
       <c r="L7" s="6" t="s">
         <v>61</v>
       </c>
       <c r="M7" s="5" t="s">
         <v>62</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="5" t="s">
         <v>63</v>
       </c>
       <c r="B8" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C8" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D8" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="E8" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="E8" s="5" t="s">
+        <v>34</v>
       </c>
       <c r="F8" s="5" t="s">
-        <v>18</v>
+        <v>64</v>
       </c>
       <c r="G8" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H8" s="5" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="I8" s="5" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="J8" s="5" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="K8" s="5" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="L8" s="6" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="M8" s="5" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="5" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="B9" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C9" s="5" t="s">
-        <v>71</v>
+        <v>15</v>
       </c>
       <c r="D9" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E9" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F9" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G9" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H9" s="5" t="s">
         <v>72</v>
       </c>
-      <c r="E9" s="5" t="s">
+      <c r="I9" s="5" t="s">
         <v>73</v>
       </c>
-      <c r="F9" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H9" s="5" t="s">
+      <c r="J9" s="5" t="s">
         <v>74</v>
       </c>
-      <c r="I9" s="5" t="s">
+      <c r="K9" s="5" t="s">
         <v>75</v>
       </c>
-      <c r="J9" s="5" t="s">
+      <c r="L9" s="6" t="s">
         <v>76</v>
       </c>
-      <c r="K9" s="5" t="s">
+      <c r="M9" s="5" t="s">
         <v>77</v>
-      </c>
-[...4 lines deleted...]
-        <v>79</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="5" t="s">
+        <v>78</v>
+      </c>
+      <c r="B10" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C10" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D10" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E10" s="5" t="s">
+        <v>79</v>
+      </c>
+      <c r="F10" s="5" t="s">
         <v>80</v>
       </c>
-      <c r="B10" s="5" t="s">
+      <c r="G10" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H10" s="5" t="s">
         <v>81</v>
       </c>
-      <c r="C10" s="5" t="s">
+      <c r="I10" s="5" t="s">
         <v>82</v>
       </c>
-      <c r="D10" s="5" t="inlineStr">
-[...19 lines deleted...]
-      <c r="H10" s="5" t="s">
+      <c r="J10" s="5" t="s">
         <v>83</v>
       </c>
-      <c r="I10" s="5"/>
-[...8 lines deleted...]
-        </is>
+      <c r="K10" s="5" t="s">
+        <v>84</v>
       </c>
       <c r="L10" s="6" t="s">
-        <v>84</v>
-[...1 lines deleted...]
-      <c r="M10" s="5"/>
+        <v>85</v>
+      </c>
+      <c r="M10" s="5" t="s">
+        <v>86</v>
+      </c>
     </row>
     <row r="11">
       <c r="A11" s="5" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="B11" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C11" s="5" t="s">
-        <v>86</v>
+        <v>16</v>
       </c>
       <c r="D11" s="5" t="s">
-        <v>87</v>
+        <v>15</v>
       </c>
       <c r="E11" s="5" t="s">
+        <v>79</v>
+      </c>
+      <c r="F11" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G11" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H11" s="5" t="s">
         <v>88</v>
       </c>
-      <c r="F11" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H11" s="5" t="s">
+      <c r="I11" s="5" t="s">
         <v>89</v>
       </c>
-      <c r="I11" s="5" t="s">
+      <c r="J11" s="5" t="s">
         <v>90</v>
       </c>
-      <c r="J11" s="5" t="s">
+      <c r="K11" s="5" t="s">
         <v>91</v>
       </c>
-      <c r="K11" s="5" t="s">
+      <c r="L11" s="6" t="s">
         <v>92</v>
       </c>
-      <c r="L11" s="6" t="s">
+      <c r="M11" s="5" t="s">
         <v>93</v>
       </c>
-      <c r="M11" s="5" t="s">
+    </row>
+    <row r="12">
+      <c r="A12" s="5" t="s">
         <v>94</v>
+      </c>
+      <c r="B12" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C12" s="5" t="s">
+        <v>95</v>
+      </c>
+      <c r="D12" s="5" t="s">
+        <v>96</v>
+      </c>
+      <c r="E12" s="5" t="s">
+        <v>97</v>
+      </c>
+      <c r="F12" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G12" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H12" s="5" t="s">
+        <v>98</v>
+      </c>
+      <c r="I12" s="5" t="s">
+        <v>99</v>
+      </c>
+      <c r="J12" s="5" t="s">
+        <v>100</v>
+      </c>
+      <c r="K12" s="5" t="s">
+        <v>101</v>
+      </c>
+      <c r="L12" s="6" t="s">
+        <v>102</v>
+      </c>
+      <c r="M12" s="5" t="s">
+        <v>103</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" s="5" t="s">
+        <v>104</v>
+      </c>
+      <c r="B13" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C13" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D13" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="E13" s="5" t="s">
+        <v>79</v>
+      </c>
+      <c r="F13" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G13" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H13" s="5" t="s">
+        <v>105</v>
+      </c>
+      <c r="I13" s="5" t="s">
+        <v>106</v>
+      </c>
+      <c r="J13" s="5" t="s">
+        <v>107</v>
+      </c>
+      <c r="K13" s="5" t="s">
+        <v>108</v>
+      </c>
+      <c r="L13" s="6" t="s">
+        <v>109</v>
+      </c>
+      <c r="M13" s="5" t="s">
+        <v>110</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" s="5" t="s">
+        <v>111</v>
+      </c>
+      <c r="B14" s="5" t="s">
+        <v>112</v>
+      </c>
+      <c r="C14" s="5" t="s">
+        <v>113</v>
+      </c>
+      <c r="D14" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F14" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G14" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H14" s="5" t="s">
+        <v>114</v>
+      </c>
+      <c r="I14" s="5"/>
+      <c r="J14" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K14" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L14" s="6" t="s">
+        <v>115</v>
+      </c>
+      <c r="M14" s="5"/>
+    </row>
+    <row r="15">
+      <c r="A15" s="5" t="s">
+        <v>116</v>
+      </c>
+      <c r="B15" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C15" s="5" t="s">
+        <v>117</v>
+      </c>
+      <c r="D15" s="5" t="s">
+        <v>118</v>
+      </c>
+      <c r="E15" s="5" t="s">
+        <v>119</v>
+      </c>
+      <c r="F15" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G15" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H15" s="5" t="s">
+        <v>120</v>
+      </c>
+      <c r="I15" s="5" t="s">
+        <v>121</v>
+      </c>
+      <c r="J15" s="5" t="s">
+        <v>122</v>
+      </c>
+      <c r="K15" s="5" t="s">
+        <v>123</v>
+      </c>
+      <c r="L15" s="6" t="s">
+        <v>124</v>
+      </c>
+      <c r="M15" s="5" t="s">
+        <v>125</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
+    <hyperlink ref="M12" r:id="rId17"/>
+    <hyperlink ref="M13" r:id="rId18"/>
+    <hyperlink ref="M14" r:id="rId19"/>
+    <hyperlink ref="M15" r:id="rId20"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>