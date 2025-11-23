--- v0 (2025-10-09)
+++ v1 (2025-11-23)
@@ -112,116 +112,54 @@
     <t>[På kuvertens forside:]
 Fru Astrid Warberg
 Howitzvej 29 4 t.v.
 Kjøbenhavn
 [Med andre skriveredskaber og anden skrift:]
 26 april 1927
 22-2-03.
 11-4-2000
 (Bibbe)
 [På kuvertens bagside:]
 Warberg Larsen
 Kjerteminde
 [I brevet:]
 25 April 27.
 Kæreste lille gode Dis!
 Jeg husker et af de sidste Aar jeg var paa Erikshaab var det fuldstændig Sommer da jeg laa ude i Odensebakkerne og skrev til din Fødselsdag – det var den sidste Bakke inden Ore Bankerne du ved hvor Husfolkene havde deres lille Kartoffelstykke – hvor var det egentlig langt borte at dyrke sine Kartofler! Men det var den Dag, Bøgene var begyndt at springe ud og det [var] varmt saa man kunde ligge ned og der var Fuglesang og Bisummen og Duft af Anemoner og anden Skovbundsmuld! Ved du noget saa lifligt som Duft af Muld? Naar jeg mærker det synes jeg altid jeg føler mig som Stenalderfolk!! Dette blev nok en hel lille Hymne i Prosa, som skulde føre dig tilbage til vores elskede Erikshaab! Har du nogen Sinde tænkt paa, hvor stor en Skat vi ejer derved at vi føler saa stærkt og lykkeligt, naar vi tænker paa Erikshaab med Far og Mor og hele vores bedaarende Ungdomsliv. Saa mange stakkels fattigere, der har ført en sur og glædesløs Barndom og Ungdom! Jeg tror ikke at ret mange har deres Ungdom rigere og smukkere end vi – men tænk ogsaa saadan et ”Sceneri” som Erikshaab var! Hvor meget anderledes mon det hele ikke havde formet sig, hvis vores Hjem havde ligget i en barsk ensformig Egn. Tror du ikke?
 Til Lykke, søde Dis! Gid dog at alt maa forme sig bedre og mere harmonisk for jer [”jer” indsat over linjen] i de Tider, vi gaa i Møde – først og sidst: gid det med lille Sjums maa blive godt, om jeg saa maa sige: baade hvad angaar det aandelige og det legemlige! Og lad mig saa da ogsaa ønske et godt Aar for dit lille kære Nus – hun er dig dog til megen Glæde lille Dis, det kære gode lille Nus med hele sin lille blide Facon at være paa.
 Desværre bliver det ikke til det lange fede Brev, som jeg havde besluttet. Jeg havde forbeholdt Søndag Eftermiddag med – ak – saa havde jeg ikke at rense og presse Tinges Tøj, hans Aften-Tøj og saa maatte jeg til det og det tager det meste af en Eftermiddag - - et og andet er der jo altid til at sinke en midt i saadan et Foretagende.
 For Resten er her ikke meget at fortælle om – Paasken gik saa sært trekantet synes jeg, Agraren blev for Resten syg af en Brystforkølelse med Feber som har varet til i Dag – el. rettere først i Dag er han igen kommen i Arbejde saa der gik den Uge’s Løn!
 Jeg skal have Elevprøve paa Lørdag, tænk paa mig og nedkald Himmelens Velsignelse over mig, denne Gang synes jeg slet ikke jeg har kunnet lære dem hvad de skal spille, der er nu ogsaa saa mange Begyndere imellem og de voksne skal slet ikke spille. –
 Aa søde Dis! Der er slet ingen Rolighed i mine Tanker Bibbe sidder og synger og vi staar paa Spring til at gaa ned til Sang – jeg er igen begyndt at synge med i Koret dernede.
 Og saa har jeg saadan aset i Dag – vi skal have Storvask i Morgen, der er saa meget altid at ordne til pumpe og slæbe – 
 Endnu en Gang en varm Lykønskning og kærlige Hilsner til hvem der er og dig selv fra din Junge</t>
   </si>
   <si>
-    <t>1927-10-21</t>
+    <t>1927-06-05</t>
   </si>
   <si>
     <t>Johanne Christine Larsen</t>
-  </si>
-[...60 lines deleted...]
-    <t>1927-06-05</t>
   </si>
   <si>
     <t>København
 Howitzvej 29</t>
   </si>
   <si>
     <t>Louise Amstrup
 Ina  Goldschmidt
 Adolph Larsen
 Alhed Larsen
 Marie Larsen
 Ellen  Sawyer
 Andreas Warberg
 Dan Warberg
 Minna Warberg
 Martin Warberg Larsen
 Laura Warberg Petersen</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0586</t>
   </si>
   <si>
     <t>Da Johanne/Junge Larsen kom hjem fra Jylland, havde Adolf/Agraren Larsen drukket, raseret hjemmet og solgt af parrets træsnit. Johanne beder om adressen på et behandlingssted. Det er ikke godt for Martin/Manse W. Larsen at vokse op i hjemmet, og Laura/Bibe W. forstår ikke, at hun skal tie stille, når hendes far er fuld. 
 Laura/Bibbe skal til Louise Amstruo/Tante Visse og hjælpe. 
 Det er dejligt med Astrid/Dis' sommerhus.
@@ -278,50 +216,112 @@
 Laura Warberg</t>
   </si>
   <si>
     <t>Laura Warberg, som var mor til Astrid Goldschmidt og Johanne Larsen, var død året før i april måned. Hun boede sine sidste år hos Alhed og Johannes Larsen.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0767</t>
   </si>
   <si>
     <t>Dis har lige fået at vide, at Alhed er død. Hun er dybt ulykkelig og prøver at trøste Junge. Tror det er bedst, at hun ikke kommer til Kerteminde.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/GsiV</t>
   </si>
   <si>
     <t>Howitzvej 29 4. d. 31. aug 1927
 Kæreste søde lille Junge!
 Lige i dette Øjeblik – Kl 9 Aften – har jeg fået det at vide ved at ringe til Magisteren, som sagde, at vi har mistet vores kære søde Be – åh Junge, det er næsten ikke til at forstå!
 Flere gange oppe på Kontoret i Dag sad jeg og var lige ved at græde, fordi jeg hele Tiden så Be for mig, som hun var i vores ungdom på Erikshåb – og alt det dejlige, som dog også jeg har at mindes med Be – jeg er fuldstændig lamslået ved at tænke på det alt sammen derovre – det står helt stille for mig, når jeg tænker på det Hjem uden Be – og så kort Tid efter, at hun gik og passede Mor, Junge, hvor er det underligt! Jeg ringede nu til Hareskov, for om der mulig lå et Brev fra dig og sagde, at hvis der kom et måtte de sende Mogens Fjelsted ud til mig med det i Morgen – jeg synes at jeg må høre om det alt sammen – ingen af Jer har nogensinde udmeldt at Be led – og det gjorde hun ikke, vel? Åh, lille Junge, jeg vilde gerne være hos dig nu og trøste dig, men jeg tror ikke, det er på sin Plads at jeg kommer derover, og jeg tænker mig som sikkert, at I begraver hende i allerdybeste Stilhed ude ved Siden af Mor.
 Var I derude – og kendte hun Jer – åh, jeg må høre om det hele – og Las, hvem skal dog sige ham det? eller kan han få det at vide undervejs? med trådløst Telegram; og Junge – de får da ikke Lov til at obducere? Det kan da forhindres – det er en skrækkelig Tanke, men jeg synes der er noget med, at når de dør på et Hospital? For Guds Skyld må det forhindres.
 Åh, lille kære Junge, gid jeg dog kunde være og trøste dig lidt, min kæreste lille Junge, jeg kan føle hvor dybt fortvivlet du er, og Mornine, og Lugge og Elle, alle I som havde den Lykke at stå Be nær i alle År.
 Nu vil jeg få dette Brev afsted endnu i Aften, så du har det i Morgen tidlig – og så vil jeg give mig til at tænke alt det gode, jeg ved om Be, og alt det gode, også jeg har at tænke på.
 Farvel lille søde Junge vær nu stærk i alt dette, hvis du vil have det kommer jeg – men tror du ikke, det er bedst, at jeg ikke kommer?
 De allerkærligste Hilsner fra Din Dis.
 og Drengene! Den søde kære Puf – og Lysse, ja, gid der dog var nogen Trøst, lille søde Junge.</t>
+  </si>
+  <si>
+    <t>1927-10-21</t>
+  </si>
+  <si>
+    <t>Julie Brandt
+Louise Brønsted
+Alfred Goldschmidt
+Ina  Goldschmidt
+Hanne -  -, kokkepige Erikshaab
+Adolph Larsen
+Alhed Larsen
+Johannes Larsen
+Christine  Mackie
+Augusta Mogensen
+Christian Mogensen
+Janna Schou
+Jørgen Schou
+Hempel Syberg
+- Winther, Fru</t>
+  </si>
+  <si>
+    <t>Det er uvist, hvad problemet med Ina/Sjums gik ud på. Hvem Adam Afs. og fru Afs. er vides ikke. 
+Frøkulturen var en virksomhed i Kerteminde. Rasmussen, der arbejdede på dette sted kendes ikke. 
+Adolph/Agraren Larsen var kvartalsdranker.
+Alhed Larsen døde i sensommeren 1927.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2496</t>
+  </si>
+  <si>
+    <t>Astrid må sørge for at blive ordentlig rask. Det var godt, at hun fik Ina/Sjums igen. Astrid må passe på ikke at irritere "ham". 
+Johanne har bildt Adolph/Agraren ind, at hun ville flytte hjem til Astrid for at holde hus for hende - og altså forlade ham, hvis han ikke stoppede med at drikke. Han lovede at blive afholdsmand, hvis hun blev. Johanne accepterede dette, og hun beder Astrid skrive, at arrangementet med Johanne som hushjælp må afblæses, så Johanne kan vise Adolph dette. 
+Adolph arbejdede en tid på Frøkulturen, og derefter meldte han sig hos Andreas/Puf igen, men da Puf ikke ville have ham, begyndte han at drikke voldsomt. Johanne synes, at Andreas/Puf er hård som flint. 
+Johanne har besøgt Gamle Hanne, som var ret dårlig, Mogensens og Hempel Syberg.
+Johannes Larsen er langt nede, men han arbejder vist.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/5TMv</t>
+  </si>
+  <si>
+    <t>[På kuvertens forside med blyant:]
+22 Okt 1927
+[Med pen:]
+Fru 
+Astrid Warberg
+Howitzvej 29
+Kjøbenhavn
+F.
+[Med blyant:]
+læst Jan 1957.
+[Med pen i brevet langs højre margen:]
+21-10-27
+[Med pen i brevet:]
+Kæreste lille Dis!
+Det var dog forfærdelig kedeligt for dig med den Sygdom, saadan noget sætter en frygtelig tilbage med Kræfter og Arbejdsevne og -lyst; nu maa du da endelig være forsigtig, lig mindst 2 Dage helt feberfri og gaa saa endelig ikke i Arbejde før du har lidt Kræfter, det er jo saa lumsk med den Influenza fordi der saa let følger noget med hvis man ikke er forsigtig eller faar Tilbagefald. Det var dog uheldigt, at jeg netop paa denne Tid lod [”lod” overstreget] ikke fik skrevet til dig, men jeg har haft saa meget af alle Slags – Syltning Rengøring o.a. og saa kunde jeg jo ikke vide det.
+Men Gud ske Lov du fik din lille Sjumse igen; sandsynligvis har Brevene fra Buf, Lugge (til Fru Afsc.) og mig gødet Jordbunden saa den har været modtagelig da du fik din Samtale med Adam Afs. Pas nu paa, at du ikke giver ham den allermindste svageste Anledning til sin Snakken om dit Hysteri. For det skulde være underligt, om dette hans Nederlag ikke skulde have afsat en Brod i hans Sjæl imod dig – og egentlig vinder du vel ikke lille Sjumse helt, før du ogsaa har vunden ham og – som du jo altid er det første til at hævde, der er jo noget godt ved alle Mennesker og for Sjumses og din egen Skyld maa det jo gælde om at faa fat paa saa meget som muligt og saa bære over med Skidtheden, som vel desværre ikke er saa helt lidt i hans Karakter. Men dette har du jo sikkert i høj Grad Øje for selv. 
+Vi har haft en slem Tid. Jeg har da det ebbede ud med Drikkeriet tilladt mig at fortælle Agraren, at du og jeg havde bestemt, at du skulde tage en større Lejlighed og saa skulde jeg styre Hus for dig og gennem alle vore mange bekendte faa nogle Elever saa jeg kunde betale for Manse. Det lød saa troværdigt at han ubetinget troede det var Alvor og han sagde saa, at han vilde blive Afholdsmand, hvis jeg vilde blive hos ham. Efter mange ”Overvejelser” og ”Betænkeligheder” lovede jeg det, det er jo grimt at lave Svindel, men et unormalt Menneske kan man ikke selv være normal overfor og jeg gør det jo kun for at støtte ham og skaffe Hjemmet en rolig Vinter. Vil du være saa sød at ”besvare” denne Opgiven vore Planer, for hvis han skulde forlange at se dit Svar paa det, hvad jeg nu ikke tror han gør. Skriv helst, at det var et underligt Træf, for Fru Winther har netop sagt, at I kunde blive boende hos hende ”alligevel” ihvert Fald foreløbig i Vinter, saa kan det ligesom stadig staa paa Dagsordenen. Da han for nogen Tid siden blev færdig med Arbejdet paa ”Frøkulturen”, som har varet længe og været godt, gik han til Puf og sagde at nu var han færdig til at begynde hos ham igen. Han fik saa det Svar at han vilde selv bearbejde Jorden og at han havde antaget en Lærling til, saa der var ikke noget. Jeg havde haft paa Fornemmelsen at Puf vilde slaa Haanden af os, men for Agraren var det et Chock og han gik da ogsaa omgaaende ind i et mægtigt Drikkeri. – Det er underligt nok, at Puf ikke tænker paa at lette Tilværelsen lidt for mig. Agraren er dog hans Slægt forstaar du min Tankegang? Men han maa jo mene, at naar jeg har holdt saa længe, kan jeg vel lidt endnu. Christines Hadefuldhed mod Agraren skal jo heller ikke paavirke Puf til Overbærenhed, hvis de da drøfter Sagerne. Det falder mig ind – du faar da for Himmelens Skyld ikke den Tanke at skrive om det til Puf for at udvirke noget godt? Lov mig endelig ikke at gøre det; paa det Omraade er han saa vidt jeg kan føle haard som Flint, det vilde ikke hjælpe og kun faa mig til at staa skidt i det. Jeg har ikke nævnt det og ikke ladet mig Spor mærke med det. – Agraren fik heldigvis Roeoptagen ned hos Rasmussen paa Frøkulturen; han er forfærdelig flink imod os og aldeles mærkværdig forstaaende ser det som en sygelig Tilstand. Det er dog intelligent af saadan en ganske ukultiveret Mand. - - Jeg har Efteraarsferie i denne Uge og arbejder i den Anledning under Højtryk, har faaet en Mængde store Arbejder tilside – saadanne som tager lidt lang ”samlet” Tid, hvad det jo altid kniber for mig at skaffe; mens jeg skriver dette koger jeg Asier, hvilket tager lang Tid da der kun maa koges 5-6 ad Gangen – efter min Opskrift da. Græskar har vi ogsaa syltet, 2 Slags baade med Vanille og Ingefær, jeg har faaet det hele forærende, saa det er kun Sukker og Krydderier at ofre paa det.
+I Onsdags tog jeg til Odense, jeg har hele Tiden haft i Sinde at benytte en af mine Feriedage til at besøge gamle Hanne Onkel Syberg og Mogensens. – Saa vidt jeg ved har Hanne ikke sendt Krans til Alhed Christine sagde at hun havde ikke set noget til det og hvis hun har sendt maa der altsaa ikke have været Kort. Hun talte ikke selv om noget, men derfor kan hun jo godt have sendt. Hun var svar og ringe stakkels gamle Hanne! Mon hun rigtig trives hos dem, den unge Kone er vist saa dygtig, at hun ikke har Kraft til at være stort andet. Hanne havde været syg og var i Høsten falden ned af en Vogn, da hun besøgte nogen i Vester Kærby; nu var hun da oppe, men jeg synes ikke, der var mange Kræfter. Jeg bad den unge Kone om at sende mig et Brevkort hvis hun blev syg en Gang. Adr. kan hun da ikke glemme, naar det er nok med mit Navn og Kjerteminde.
+Saa drog jeg derfra til Mogensens, der bor ude paa den tidligere ”Heden” der ad vor gamle Landevej næsten ude ved Fruens Bøge; de havde en henrivende Stue og der var saa hyggeligt og rart og de blev saa begejstrede over at se mig. Desværre blev det sent inden jeg naaede Onkel Syberg. Kl. var næsten 6, men en lille Passiar fik jeg da, dog ikke længe, da han var meget [indsat i venstre margen; lodret:] meget træt. Jeg synes næsten snart de to – Hanne og Onkel Syberg – har tjent sig fri, men maaske de endnu har lidt Glæde af Livet. 
+[Indsat øverst s. 1; på hovedet:] Jeg kan ikke huske om jeg har skrevet siden din store Hareskov-Begivenhed, det var vældig Sjov og interesserede mig levende. Stakkels lille Nus, der ikke kunde komme med. Hils gamle gode Pan naar du ser hende. Jeg var saa glad ved hendes Brev til min Fødselsdag - - Stakkels Las er vist meget dybt nede, men jeg tror dog, at han arbejder. Ang. Chr. er endnu intet fastslaaet. Elle kommer en af Dagene
+[Indsat langs venstre margen s. 1; lodret:] Nu kun tusind Hils og rigtig snarlig Bedring. Din Junge.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="100" formatCode="yyyy/mm/dd"/>
     <numFmt numFmtId="101" formatCode="yyyy/mm/dd hh:mm:ss"/>
     <numFmt numFmtId="102" formatCode="yyyy-mm-dd"/>
   </numFmts>
   <fonts count="7">
     <font>
       <name val="Arial"/>
       <sz val="11"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
@@ -398,51 +398,51 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/9lMj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5TMv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BhcN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GsiV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/9lMj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BhcN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GsiV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5TMv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
   <dimension ref="A1:M5"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
@@ -525,141 +525,141 @@
         <v>21</v>
       </c>
       <c r="K2" s="5" t="s">
         <v>22</v>
       </c>
       <c r="L2" s="6" t="s">
         <v>23</v>
       </c>
       <c r="M2" s="5" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="5" t="s">
         <v>25</v>
       </c>
       <c r="B3" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C3" s="5" t="s">
         <v>26</v>
       </c>
       <c r="D3" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="E3" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="E3" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F3" s="5" t="s">
-        <v>18</v>
+        <v>27</v>
       </c>
       <c r="G3" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H3" s="5" t="s">
-        <v>27</v>
-[...1 lines deleted...]
-      <c r="I3" s="5" t="s">
         <v>28</v>
       </c>
+      <c r="I3" s="5"/>
       <c r="J3" s="5" t="s">
         <v>29</v>
       </c>
       <c r="K3" s="5" t="s">
         <v>30</v>
       </c>
       <c r="L3" s="6" t="s">
         <v>31</v>
       </c>
       <c r="M3" s="5" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="5" t="s">
         <v>33</v>
       </c>
       <c r="B4" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C4" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D4" s="5" t="s">
         <v>26</v>
       </c>
-      <c r="D4" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E4" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="F4" s="5" t="s">
         <v>17</v>
-      </c>
-[...1 lines deleted...]
-        <v>34</v>
       </c>
       <c r="G4" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H4" s="5" t="s">
         <v>35</v>
       </c>
-      <c r="I4" s="5"/>
+      <c r="I4" s="5" t="s">
+        <v>36</v>
+      </c>
       <c r="J4" s="5" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="K4" s="5" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="L4" s="6" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="M4" s="5" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="5" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="B5" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C5" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="D5" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D5" s="5" t="s">
-[...3 lines deleted...]
-        <v>41</v>
+      <c r="E5" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F5" s="5" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G5" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H5" s="5" t="s">
         <v>42</v>
       </c>
       <c r="I5" s="5" t="s">
         <v>43</v>
       </c>
       <c r="J5" s="5" t="s">
         <v>44</v>
       </c>
       <c r="K5" s="5" t="s">
         <v>45</v>
       </c>
       <c r="L5" s="6" t="s">
         <v>46</v>
       </c>
       <c r="M5" s="5" t="s">
         <v>47</v>
       </c>
     </row>