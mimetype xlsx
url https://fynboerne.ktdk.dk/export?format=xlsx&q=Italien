--- v0 (2025-11-18)
+++ v1 (2026-01-03)
@@ -3,51 +3,51 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3314" uniqueCount="2011" xml:space="preserve">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3325" uniqueCount="2019" xml:space="preserve">
   <si>
     <t>Datering</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
@@ -9154,50 +9154,106 @@
 Peter Tom-Petersen</t>
   </si>
   <si>
     <t>Johannes Larsen, Achton Friis m.fl. sejler med skibet Rylen og gør forarbejde til bogværket de Danskes Øer. 
 På Faaborg Museum kaldes sidenicherne i udstillingsrummene for køjer - formodentlig en henvisning til fuglekøjerne på Fanø, hvor man indfangede fugle til videresalg. Johannes Larsen købte fra fuglekøjerne på Fanø ænder og andre fugle til brug i forbindelse med sine billeder og tegninger.
 Etatsrådinden er stifteren af Faaborg Museum Mads Rasmussens enke Christine Rasmussen 1865-1945.
 En ven af familien Larsen, gartner Laurentius Allerup, blev begravet i Odense d. 11.8 1921.</t>
   </si>
   <si>
     <t>Johannes Larsen er til bestyrelsesmøde på Faaborg Museum, hvor der bla. blev drøftet en nyophængning og farverne på væggene. Larsen foreslog, at ophængningen blev fotograferet, og at fotografierne blev opbevaret i arkivet. 
 To værker omtales: Et portræt af etatsrådindens nevø og pigen med vædderkøretøjet.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/1aOm</t>
   </si>
   <si>
     <t>Faaborg 14 Aug 1921
 Kæreste Alhed!
 I Gaar sejlede vi saa hertil fra Korshavn hvor vi desværre ikke blev færdige og i Dag ligger vi her i Blæst og Regn den skidt Ø har nu taget 14 Dage. Vi havde saa Møde i Museet i Gaar Lytzhøft var ikke mødt, vi var altsaa kun Tom Baronen og jeg. Det blev vedtaget at vi skulde henvende os til Karl Madsen og bede ham hænge Museet om og skyde ud af Billederne og prøve at faa en bedre Vægfarve i den store Sal og fornye med en enkelt af Køjerne. De udskudte Billeder skulde saa deponeres i i Privatlejligheden d.v.s hænge der. Baronen og Tom mente slet ikke der kunne være tale om at Carl V. Petersen kunde gøre det, men Baronen betroede mig i Dag at det var fordi han hele Tiden havde troet at det var Calle der var Tale om. Jeg foreslog at alle Væggene blev fotograferede som de er og alle Fotografierne deponerede i Arkivet. 
 Ved Bordet blev Tom meget livlig og bagefter mere og mere beruset og meget grinagtig. Munden stod ikke paa ham der blev affattet et Telegram til Peter paa italiensk. Kl. 12 fik vi Smørrebrød. I Dag har jeg tegnet 3 Tegninger af Etatsraadindens Nevø. Holger vilde gerne have en Tegning af dem til Moderens Fødselsdag, jeg forærede ham den ene, jeg kan ikke faa mig selv til at sætte Pris paa saadan en Tegning med det samme. Puf har forgæves forsøgt at ringe Dig op, vil prøve igen naar han gaar hen med dette. I Eftrmdg har jeg forsøgt at tegne en bedre Tegning af Pigen med Vædderkøretøjet og jeg tror den er bedre. Nu skal jeg til at læse i en Bog. Puf og jeg købte 2 Stephenson Bøger da vi rejste hjem fra Begravelsen. Mange kærlige Hilsner. Jeg skal ogsaa hilse fra Puf og fra Friis.
 Din 
 JL.
 Jeg lavede 2 Tegninger paa Korshavn
 [skrevet på hovedet i forhold til resten af brevet]:
 Jeg har glemt at skrive at Museet vil have mine Træsnit</t>
+  </si>
+  <si>
+    <t>1922-04-10</t>
+  </si>
+  <si>
+    <t>Rossia</t>
+  </si>
+  <si>
+    <t>Siri Andersson
+- - Hesselager
+Janna Schou
+Jørgen Schou
+Marie Schou
+Christine Swane
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Rossia var navnet på det forsikringsselskab, som Astrid Warberg-Goldschmidt arbejdede for.
+Astrid W-G og Jørgen/Buf Schou havde et kærlighedsforhold og fik sammen datteren Janna/Nusset Schou sammen. Jørgen Schous mor, Marie Syberg/Schou, kunne fra begyndelsen ikke lide Astrid Warberg-Goldschmidt. 
+Christine Swane blev kaldt Uglen.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv. BB0990</t>
+  </si>
+  <si>
+    <t>Astrid Warberg-Goldschmidt føler med Johanne C. Larsen, som går så meget igennem. Astrid ville ønske, at de to søstre kunne flytte sammen. Noget sådan talte de også om, da de for 20 år siden havde vrøvl med kæresterne. 
+Jørgen/Buf Schou vil give Astrids gamle cykel en hovedreparation. 
+Jørgen er i et forholkd til Frk. Hesselager, som vi gøre ham til kunstner. 
+Astrid får et påskegratiale på 200 kr. Jørgen og hans mor må ikke vide det, for de trækker i børnebidraget, hvis de hører, at Astrid har lidt penge. Marie Syberg, Jørgens mor, er modbydelig og en led satan. 
+Siri Andersson fra Malmø har været på besøg.
+Astrid har lavet et katalog for Christine Swane/Uglen, og denne gav hende som tak et maleri med motiv af et vindue med hvide gardiner, genstande på et bord og et rødt lommetørklæde.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/UXzT</t>
+  </si>
+  <si>
+    <t>p.t. ”Rossia”. 10. April 1922.
+………………………………..
+Kæreste lille Junge!
+Ja, nu maa du undskylde Maskinen – men uden den kan jeg ikke faa skreven til dig, og jeg vilde saa gerne skrive et lille Paaskebrev i Anledning af alt det meget sørgelige, som Mor skrev om. Jeg føler mig ganske brødebetynget, fordi jeg sendte dig den Hilsen, at ”jeg trængte saa meget til et Par Ord for dig”, for nu synes jeg, det er da meget mere dig, der trænger til at faa et lille Livstegn fra en anden Kant. For alt mit – ja, det tænker vi ikke paa nu. Alting gaar jo over engang ogsaa dét, der gør mest ondt. 
+Men dit, Junge, hvad skal man dog stille op. Var du dog blot ude af det – for det maa jeg sige ud af min egen tunge Erfaring: der er jo noget uhyre fredfuldt ved at være sluppen ud af sit Helvede, og man ved jo, at engang faar man sig selv bygget op igen. 
+Jeg har hørt, at du giver dig aktivt af med Politik, har Glæde af det, at du endog faar Tid til Basar for de russiske Børn. Det er jo saadan noget, der faar En til at bære alt det andet. Aa, Junge, om det hele stillede sig saadan, ar du og jeg kunde slaa os sammen herinde og lave et eller andet – i hvert Fald et Hjem sammen, vi skulde nok klare den, du med Elever, jeg med Kontorplads og saa en dygtig Pige til alt Skruppet, aa, Junge, vi vilde leve op igen og roligt kunde se imod Fremtiden – der er noget bedaarende i selve det: at kunde klare sig sjæleligt, socialt, økonomisk o.s.v. I Øjeblikket vil du maaske ryste paa Hovedet og forkaste det som umuligt, men hvem ved, hvad Tingene efterhaanden kan udvikle sig til - kan du huske, at vi engang for mange Aar siden – for ca. 20 Aar siden – da det ogsaa stod kludret til med vore Mandfolk, saa snakkede vi om saadan noget. Dengang blev det ikke til noget, men vi er jo kommen igennem den Del siden da. Og jeg synes nu, at København er en go By, der giver En mange Chancer ogsaa naar det gælder om ”at bygge sig selv op igen”, at ”begynde forfra” o.s.v. 
+Naa, maaske hører det stadig Fremtiden til, men maaske har vi ogsaa Fremtiden for os …….
+Heroppe paa Kontoret glæder vi os til Paaskeferien – jeg har ingen Planer – men vil dog se at komme saa meget ud i Luften som muligt med mit lille Nus. 
+Buf har lovet at give min Cycle en Hovedreparation i Ferien, jeg koster en 30 Kr. paa den, saa bliver den saa god som ny – den er saa frygtelig tilrakket – jeg købte den i Kerteminde dengang til Familiestevnet vistnok i 1912? og paa sit 10ende Aar har den jo taget sin værste Tørn, idet jeg har cyclet paa den hver eneste Dag hele Aaret igennem ogsaa i Vinter, har overhovedet ikke taget hensyn til Vejret (en meget sund Foranstaltning) men det misklæder efterhaanden Cyklen. Nu skal den altsaa fornyes, saa bliver der arrangeret et lille Sæde bagpaa med smaa Fodhvilere, saa jeg kan tage Nusset med ud om Søndagen, det venter jeg mig meget af. 
+Buf har jo faaet Frøken Hesselager ved Politiken og hun har sat ham til at blive Kunstner, han har til Gengæld sat hende til at købe sig Motorcycle, saa de kan køre sammen – i det ydre ser alt saaledes nydeligt ud – og Fru Syberg har jo vunden en fin Sejr og endelig faaet ham hjem til sig selv igen. Men ellers’ -, nej, Junge, jeg tror ikke ellers, det er saa godt for Buf. Han ser trykket og ulykkelig ud. Han bliver aldrig til noget og han har betroet mig, at han synes det er frygteligt kun at se Nusset som Gæst. Jeg synes, det er godt, han vil være Kunstner, maaske han kan blive Tegner ved et Blad, hvis han overhovedet egner sig til noget i denne Verden, saa er det sikkert noget i den Retning. Og maaske kan han gøre et rigt Parti engang, saa kan han [”han” indsat over linien] ikke faa det bedre.
+Naa, her er en frygtelig Uro paa Kontoret, saa Brevet kan ikke blive længere, vil du takke Mor meget for Brevet, hun skriver saa lidt om Helbredet???
+Der ymtes noget om, at vi fra 1ste Maj skal lukke Kl. 4 paa Kontoret - i saa Fald er vi ovenud glade, den Time betyder knusende meget. Og saa vil jeg betro dig og Mor som noget meget hemmeligt, at vi faar Paaskegratiale ogsaa i Aar (200 Kr. til mig) men det maa være saa hemmeligt, for Familien Syberg er ikke utilbøjelig til at ville trække fra i Nusserbidraget, hvis de hører det.)
+2).
+Det lyder som en infam Beskyldning, men i hvert Fald fik jeg jo i sin Tid ikke en rød Øre, da man en Sommer mente, at jeg tjente tilstrækkeligt paa Statsbanerne. Først langt hen i Eftersommeren maatte jeg have lidt Hjælp til Indkøb af Brændsel, men for denne Hjælp mente man sig berettiget til at forarge sig over, at jeg tillod mig at flyve for 50 Kr. Dette er, synes jeg, højst uværdigt for en Person, som jeg havde tænkt bedre om, men jeg indretter mig derefter, forstaar du nok, jeg er stolt over, at jeg trods min relative Fattigdom dog engang imellem kan have Lyst til en Extravagance og af den Grund vil jeg ikke rives i Næsen at jeg modtager et sandelig ikke altfor overdaadigt Bidrag til et Barn, som jeg dog ikke har været alene om at sætte i Verden. Nej, Junge, m.H.t. hende har jeg lang Vej igen, inden jeg lærer at se andet i hende end en nederdrægtig raa og modbydelig Madam, der uden Samvittighed tilføjer andre de samme Smerter, som hun selv har lidt i flere Aaar og derfor burde kende. Hun er en led Satan. 
+Men dette passer egentlig daarligt i et Paaskebrev. Jeg har jo ogsaa faaet Fred for hende, forhaabentlig behøver jeg aldrig mere at have med hende at skaffe. Jeg skal faa en Sagfører til at ordne alt fornødent med Bidraget til Nuseren og saa Punktum med hende. 
+Jeg har haft et dejligt Besøg af Siri i Malmø, hun kom Lørdag Aften ved 7 Tiden og var forfærdelig sød, hun havde en Masse Blomster med, italienske Anemoner, og Tulipaner, desuden – o altfor store Flothed – en henrivende lille Sølvbarneske til Nusseren, som straks udbrød: saa har jeg tre! Jeg havde jo haabet, det ikke skulde blive berørt, at hun var saa velforsynet i Forvejen, er der noget, vi er rige paa i mit Hus, saa er det jo Sølvtøj. Naa, og vi havde en herlig Aften, snakkede til langt ud paa Natten og laa længe næste Morgen. Marie fungerede godt, der var saa fint og rent alle Vegne og vi fik en en god Middag, mør Bøf (Hestebøf, som Buf havde foræret mig Dagen før). altsaa om Søndagen. Siri tog først afsted Kl. 6, vi var ganske hæse af at snakke.
+Ja, nu maa du undskylde, hvis dette Brev er lidt usammenhængende, jeg har maattet tage det ud af Maskinen gentagne Gange, naar en Fjende nærmede sig – aa, jeg maa lige endnu fortælle dig en stor Glæde, jeg har haft. Uglen havde bedt mig om heroppe at lave et Katalog til hende (hun skal udstille noget i Kunstboden i Hyskenstræde) og tænk dig, derfor forærde hun mig – trods ihærdige Pligtprotester fra mig – et vældig stort aldeles dejligt Maleri, Motiv: et Vindue med hvide Gardiner, et Bord med Sager paa, bl.a. et ildrødt Lommetørklæde, hvis du saa kender det, det er en halv Snes Aar gammelt, det hænger nu paa min Væg og jeg fryder mig inderligt over det – min Stue er i det hele taget efterhaanden et Unikum af Skønhed, Hvidhed, Renhed Fred, Hygge og Harmoni, gid jeg kunde sætte dig ind i den i hele Paasken …… 
+[Skrevet i hånden:]
+Og dermed mange Tusinder goe Hilsner fra din altid
+Dis</t>
   </si>
   <si>
     <t> 1. sep. 1922</t>
   </si>
   <si>
     <t>Achton Friis
 - Petersen, Rylen</t>
   </si>
   <si>
     <t>Dagbogen er en natur og fugle beskrivelse af rejsen med sejlskibet "Rylen".
 Rejsens formål er indsamling af materiale til Achton Friis, "De Danskes Øer", der på 1.200 sider i 3 bind beskriver livet, naturen, historien og kulturen på de danske øer i 1920'erne.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/n/xgN68ydL</t>
   </si>
   <si>
     <t>1923-01-20</t>
   </si>
   <si>
     <t>Charles Darwin
 - Fuglsang
 Rasmus Hendriksen, Svanninge
 Else Jensen
 Johannes Larsen
 L C Nielsen
@@ -11054,59 +11110,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/sRSA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mCHc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hHAk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rCXw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/com9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MJoL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zHtY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UrsJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LBDt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ikCS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sbqL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rmsf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PFgf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/s6Mh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NSDc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DUyV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V2FR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mM5S" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qCha" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/igzP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pD6O" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Iq10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/L6Sx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sMFS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mUfe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GIiA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9qBK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/L3md" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Iw9P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XaH1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ai8c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IynE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mI0O" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8OV5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4IPy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6doT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AUNk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TRQu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XSUd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BdAb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qi39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/z2Jn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fBOL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0Rju" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vlso" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F9KW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TCra" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ugkp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PSJg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mT3L" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DD8K" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1tGg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GAwd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VdtW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/exGo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uqv3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RgBc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cePP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sl5d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zcSP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/94Kz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SgFc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/knH1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/49Ze" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aYO2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4DgT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EUrJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kGFM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/y0d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V7Pp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jjju" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sR7v" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/u5hS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P7PO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GuXa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J4Te" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/U1ir" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kvAt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FD8g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tm3D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/p9S4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GBxo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HxDy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ncH5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/H6nO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/66fx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RM0i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uhvb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pkLk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EP5F" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TAoP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jiof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XIx4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/555E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gE1v" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y1ii" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vQeD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QTvA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/m7NC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dtRN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NncU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tRL8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cXkm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0rov" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId111" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/412R" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId112" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hQsY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId113" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tuYk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId114" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LobZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId115" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wgqk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId116" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dkGR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId117" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/R6oZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId118" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ym43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId119" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gnOI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId120" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rPn5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId121" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7auh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId122" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yrEi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId123" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Pz9p" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId124" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8GC3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId125" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ax1o" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId126" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TW34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId127" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ghAE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId128" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ReYi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId129" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tbmn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId130" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Sp9j" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId131" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iXp6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId132" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KqDJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId133" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UdiA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId134" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NDZ9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId135" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MSU6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId136" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J0Kl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId137" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HqPT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId138" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wZX1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId139" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kWLA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId140" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3GdT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId141" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/THUn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId142" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iGwx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId143" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TZ4h" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId144" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4GAF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId145" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TobY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId146" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/doA7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId147" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ygb2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId148" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Jo55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId149" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WmBB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId150" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VMMP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId151" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EHTL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId152" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VzpU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId153" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9XDW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId154" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/weJO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId155" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UfJv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId156" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zH5s" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId157" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ytyR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId158" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LgMg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId159" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RvHo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId160" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/G5h0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId161" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XUEf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId162" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CkrA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId163" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IdoL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId164" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/piAk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId165" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wTAy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId166" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/x9Mp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId167" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PIMJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId168" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OT2N" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId169" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/R6Vg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId170" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t3T6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId171" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ywer" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId172" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tV0K" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId173" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/C1Ej" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId174" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XYAW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId175" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zpYD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId176" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/G0Yx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId177" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jmQ4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId178" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kXix" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId179" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dP2V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId180" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1NKz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId181" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LRbZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId182" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1Kr1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId183" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xKzv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId184" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/M371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId185" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Wb5J" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId186" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mHvr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId187" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OWdb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId188" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RJDN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId189" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Irxk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId190" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/W4Y2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId191" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aQkg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId192" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tEey" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId193" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZO93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId194" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/10ov" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId195" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rzCL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId196" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/l79f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId197" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4h0e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId198" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fDna" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId199" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rbqn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId200" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0Eou" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId201" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uUmD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId202" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZmpP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId203" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GOmv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId204" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/U22A" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId205" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2MsE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId206" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UqIL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId207" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V5WQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId208" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yTkm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId209" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uQiK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId210" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jXdK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId211" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KzcD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId212" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wsaG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId213" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fwJv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId214" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/w14X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId215" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gXaR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId216" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SlQ5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId217" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/68Re" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId218" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rDCL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId219" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V1gj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId220" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uPfr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId221" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RpsI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId222" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/j7gX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId223" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/og82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId224" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WYXg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId225" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/melw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId226" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5rfy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId227" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EsuI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId228" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/r7a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId229" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BDbd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId230" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tjZr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId231" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4vkB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId232" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gVdh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId233" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/n1Xc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId234" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/blTV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId235" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XXxd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId236" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ILpr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId237" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Hj2u" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId238" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KnCk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId239" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/l6it" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId240" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kFZB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId241" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zE76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId242" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WKaz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId243" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WGwP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId244" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GBob" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId245" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7Frd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId246" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/N7oI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId247" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LfEF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId248" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RNyM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId249" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t2Bs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId250" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5qwN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId251" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O1lf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId252" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1aOm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId253" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/xgN68ydL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId254" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vcEi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId255" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lkpl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId256" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Octu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId257" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/p673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId258" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O1Eq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId259" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/YMKxiB52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId260" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MsPI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId261" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ueGf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId262" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Bf2P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId263" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jUix" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId264" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/fKcmPEbS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId265" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/x6dkJZ1D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId266" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CbcVDh1T" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId267" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/85hHuUU0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId268" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/a8XNeRKd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId269" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/7ESPx50T" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId270" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Mlv4Xur5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId271" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ppA14zv8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId272" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/LeBeRN3x" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId273" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/loZOPA32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId274" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/pRsWWVrm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId275" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/fVq7VHUz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId276" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/0dGpRLoQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId277" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/1X9pkpup" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId278" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/QHlp2CcQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId279" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Eo32Ql2O" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId280" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/2PcTgoGU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId281" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/dmQZYULF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId282" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/42yY1Vxb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId283" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/OH7bAq3o" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId284" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/yBkX5TM3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId285" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/lW1MLrDI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId286" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/7X367Eq7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId287" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/KXQYxq6i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId288" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/z4ZozgYX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId289" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZBVg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId290" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/VBzuFUdB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId291" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/pMHAJFep" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId292" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/UdaM3mlf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId293" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/jIOtZjfa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId294" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/pZjw65g0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId295" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/OM2TxztY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId296" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/uf2J9vQM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId297" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/sS5uItnh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId298" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/rETfkRhp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId299" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/B0CjgTjw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId300" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/hTjU0m9t" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId301" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ZzXmhCIy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId302" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/cXl1cFcX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId303" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/85iIficq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId304" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/GCAZZgQj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId305" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/O4heTecU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId306" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/iBIvEWUu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId307" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/b7t9WpN0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId308" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/a3McIszL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId309" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/2h10vq48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId310" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CWdOz3FY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId311" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ThrVRR7n" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId312" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Tjga" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId313" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Lk8o" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId314" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LUOZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId315" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/83pC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId316" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KlXY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId317" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hcGD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId318" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6SKO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId319" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uwnu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId320" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KwJt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId321" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BOKX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId322" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6T3w" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId323" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rT9z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId324" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TAfR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId325" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/q95M" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId326" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/azsA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId327" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0wPP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId328" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UduZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId329" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZuEQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId330" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JNI0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId331" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Qcso" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId332" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Si41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId333" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/sRSA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mCHc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hHAk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rCXw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/com9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MJoL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zHtY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UrsJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LBDt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ikCS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sbqL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rmsf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PFgf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/s6Mh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NSDc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DUyV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V2FR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mM5S" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qCha" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/igzP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pD6O" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Iq10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/L6Sx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sMFS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mUfe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GIiA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9qBK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/L3md" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Iw9P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XaH1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ai8c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IynE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mI0O" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8OV5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4IPy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6doT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AUNk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TRQu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XSUd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BdAb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qi39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/z2Jn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fBOL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0Rju" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vlso" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F9KW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TCra" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ugkp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PSJg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mT3L" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DD8K" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1tGg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GAwd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VdtW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/exGo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uqv3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RgBc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cePP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sl5d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zcSP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/94Kz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SgFc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/knH1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/49Ze" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aYO2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4DgT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EUrJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kGFM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/y0d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V7Pp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jjju" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sR7v" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/u5hS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P7PO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GuXa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J4Te" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/U1ir" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kvAt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FD8g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tm3D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/p9S4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GBxo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HxDy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ncH5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/H6nO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/66fx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RM0i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uhvb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pkLk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EP5F" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TAoP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jiof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XIx4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/555E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gE1v" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y1ii" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vQeD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QTvA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/m7NC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dtRN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NncU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tRL8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cXkm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0rov" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId111" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/412R" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId112" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hQsY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId113" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tuYk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId114" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LobZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId115" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wgqk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId116" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dkGR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId117" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/R6oZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId118" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ym43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId119" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gnOI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId120" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rPn5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId121" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7auh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId122" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yrEi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId123" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Pz9p" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId124" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8GC3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId125" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ax1o" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId126" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TW34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId127" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ghAE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId128" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ReYi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId129" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tbmn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId130" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Sp9j" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId131" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iXp6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId132" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KqDJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId133" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UdiA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId134" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NDZ9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId135" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MSU6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId136" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J0Kl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId137" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HqPT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId138" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wZX1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId139" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kWLA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId140" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3GdT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId141" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/THUn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId142" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iGwx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId143" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TZ4h" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId144" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4GAF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId145" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TobY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId146" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/doA7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId147" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ygb2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId148" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Jo55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId149" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WmBB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId150" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VMMP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId151" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EHTL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId152" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VzpU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId153" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9XDW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId154" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/weJO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId155" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UfJv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId156" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zH5s" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId157" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ytyR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId158" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LgMg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId159" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RvHo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId160" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/G5h0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId161" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XUEf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId162" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CkrA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId163" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IdoL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId164" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/piAk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId165" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wTAy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId166" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/x9Mp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId167" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PIMJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId168" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OT2N" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId169" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/R6Vg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId170" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t3T6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId171" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ywer" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId172" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tV0K" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId173" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/C1Ej" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId174" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XYAW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId175" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zpYD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId176" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/G0Yx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId177" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jmQ4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId178" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kXix" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId179" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dP2V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId180" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1NKz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId181" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LRbZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId182" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1Kr1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId183" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xKzv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId184" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/M371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId185" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Wb5J" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId186" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mHvr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId187" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OWdb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId188" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RJDN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId189" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Irxk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId190" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/W4Y2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId191" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aQkg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId192" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tEey" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId193" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZO93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId194" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/10ov" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId195" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rzCL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId196" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/l79f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId197" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4h0e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId198" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fDna" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId199" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rbqn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId200" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0Eou" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId201" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uUmD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId202" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZmpP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId203" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GOmv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId204" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/U22A" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId205" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2MsE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId206" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UqIL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId207" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V5WQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId208" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yTkm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId209" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uQiK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId210" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jXdK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId211" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KzcD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId212" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wsaG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId213" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fwJv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId214" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/w14X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId215" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gXaR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId216" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SlQ5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId217" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/68Re" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId218" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rDCL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId219" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V1gj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId220" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uPfr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId221" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RpsI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId222" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/j7gX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId223" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/og82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId224" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WYXg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId225" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/melw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId226" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5rfy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId227" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EsuI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId228" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/r7a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId229" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BDbd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId230" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tjZr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId231" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4vkB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId232" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gVdh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId233" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/n1Xc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId234" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/blTV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId235" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XXxd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId236" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ILpr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId237" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Hj2u" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId238" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KnCk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId239" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/l6it" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId240" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kFZB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId241" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zE76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId242" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WKaz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId243" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WGwP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId244" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GBob" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId245" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7Frd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId246" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/N7oI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId247" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LfEF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId248" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RNyM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId249" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t2Bs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId250" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5qwN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId251" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O1lf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId252" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1aOm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId253" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UXzT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId254" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/xgN68ydL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId255" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vcEi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId256" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lkpl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId257" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Octu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId258" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/p673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId259" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O1Eq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId260" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/YMKxiB52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId261" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MsPI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId262" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ueGf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId263" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Bf2P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId264" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jUix" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId265" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/fKcmPEbS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId266" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/x6dkJZ1D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId267" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CbcVDh1T" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId268" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/85hHuUU0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId269" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/a8XNeRKd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId270" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/7ESPx50T" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId271" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Mlv4Xur5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId272" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ppA14zv8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId273" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/LeBeRN3x" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId274" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/loZOPA32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId275" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/pRsWWVrm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId276" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/fVq7VHUz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId277" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/0dGpRLoQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId278" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/1X9pkpup" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId279" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/QHlp2CcQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId280" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Eo32Ql2O" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId281" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/2PcTgoGU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId282" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/dmQZYULF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId283" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/42yY1Vxb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId284" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/OH7bAq3o" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId285" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/yBkX5TM3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId286" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/lW1MLrDI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId287" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/7X367Eq7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId288" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/KXQYxq6i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId289" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/z4ZozgYX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId290" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZBVg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId291" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/VBzuFUdB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId292" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/pMHAJFep" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId293" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/UdaM3mlf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId294" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/jIOtZjfa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId295" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/pZjw65g0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId296" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/OM2TxztY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId297" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/uf2J9vQM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId298" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/sS5uItnh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId299" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/rETfkRhp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId300" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/B0CjgTjw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId301" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/hTjU0m9t" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId302" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ZzXmhCIy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId303" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/cXl1cFcX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId304" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/85iIficq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId305" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/GCAZZgQj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId306" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/O4heTecU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId307" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/iBIvEWUu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId308" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/b7t9WpN0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId309" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/a3McIszL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId310" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/2h10vq48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId311" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CWdOz3FY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId312" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ThrVRR7n" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId313" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Tjga" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId314" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Lk8o" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId315" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LUOZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId316" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/83pC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId317" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KlXY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId318" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hcGD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId319" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6SKO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId320" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uwnu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId321" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KwJt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId322" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BOKX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId323" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6T3w" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId324" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rT9z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId325" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TAfR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId326" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/q95M" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId327" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/azsA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId328" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0wPP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId329" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UduZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId330" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZuEQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId331" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JNI0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId332" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Qcso" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId333" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Si41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId334" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M328"/>
+  <dimension ref="A1:M329"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -22075,3771 +22131,3816 @@
       </c>
       <c r="H248" s="5" t="s">
         <v>1664</v>
       </c>
       <c r="I248" s="5" t="s">
         <v>1665</v>
       </c>
       <c r="J248" s="5" t="s">
         <v>20</v>
       </c>
       <c r="K248" s="5" t="s">
         <v>1666</v>
       </c>
       <c r="L248" s="6" t="s">
         <v>1667</v>
       </c>
       <c r="M248" s="5" t="s">
         <v>1668</v>
       </c>
     </row>
     <row r="249">
       <c r="A249" s="5" t="s">
         <v>1669</v>
       </c>
       <c r="B249" s="5" t="s">
-        <v>773</v>
+        <v>14</v>
       </c>
       <c r="C249" s="5" t="s">
-        <v>16</v>
-[...9 lines deleted...]
-        </is>
+        <v>774</v>
+      </c>
+      <c r="D249" s="5" t="s">
+        <v>114</v>
+      </c>
+      <c r="E249" s="5" t="s">
+        <v>1670</v>
       </c>
       <c r="F249" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G249" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H249" s="5" t="s">
-        <v>1670</v>
-[...5 lines deleted...]
-        </is>
+        <v>1671</v>
+      </c>
+      <c r="I249" s="5" t="s">
+        <v>1672</v>
+      </c>
+      <c r="J249" s="5" t="s">
+        <v>1673</v>
       </c>
       <c r="K249" s="5" t="s">
-        <v>1671</v>
+        <v>1674</v>
       </c>
       <c r="L249" s="6" t="s">
-        <v>1672</v>
-[...1 lines deleted...]
-      <c r="M249" s="5"/>
+        <v>1675</v>
+      </c>
+      <c r="M249" s="5" t="s">
+        <v>1676</v>
+      </c>
     </row>
     <row r="250">
       <c r="A250" s="5" t="s">
-        <v>1673</v>
+        <v>1677</v>
       </c>
       <c r="B250" s="5" t="s">
-        <v>14</v>
+        <v>773</v>
       </c>
       <c r="C250" s="5" t="s">
-        <v>844</v>
-[...5 lines deleted...]
-        <v>1633</v>
+        <v>16</v>
+      </c>
+      <c r="D250" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E250" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F250" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G250" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H250" s="5" t="s">
-        <v>1674</v>
-[...5 lines deleted...]
-        <v>914</v>
+        <v>1678</v>
+      </c>
+      <c r="I250" s="5"/>
+      <c r="J250" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K250" s="5" t="s">
-        <v>1676</v>
+        <v>1679</v>
       </c>
       <c r="L250" s="6" t="s">
-        <v>1677</v>
-[...3 lines deleted...]
-      </c>
+        <v>1680</v>
+      </c>
+      <c r="M250" s="5"/>
     </row>
     <row r="251">
       <c r="A251" s="5" t="s">
-        <v>1679</v>
+        <v>1681</v>
       </c>
       <c r="B251" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C251" s="5" t="s">
-        <v>1680</v>
+        <v>844</v>
       </c>
       <c r="D251" s="5" t="s">
-        <v>612</v>
+        <v>994</v>
       </c>
       <c r="E251" s="5" t="s">
-        <v>1681</v>
-[...1 lines deleted...]
-      <c r="F251" s="5" t="s">
+        <v>1633</v>
+      </c>
+      <c r="F251" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G251" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H251" s="5" t="s">
         <v>1682</v>
       </c>
-      <c r="G251" s="5" t="s">
+      <c r="I251" s="5" t="s">
         <v>1683</v>
       </c>
-      <c r="H251" s="5" t="s">
+      <c r="J251" s="5" t="s">
+        <v>914</v>
+      </c>
+      <c r="K251" s="5" t="s">
         <v>1684</v>
       </c>
-      <c r="I251" s="5" t="s">
+      <c r="L251" s="6" t="s">
         <v>1685</v>
       </c>
-      <c r="J251" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K251" s="5" t="s">
+      <c r="M251" s="5" t="s">
         <v>1686</v>
-      </c>
-[...4 lines deleted...]
-        <v>1688</v>
       </c>
     </row>
     <row r="252">
       <c r="A252" s="5" t="s">
-        <v>1689</v>
+        <v>1687</v>
       </c>
       <c r="B252" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C252" s="5" t="s">
-        <v>844</v>
+        <v>1688</v>
       </c>
       <c r="D252" s="5" t="s">
-        <v>994</v>
+        <v>612</v>
       </c>
       <c r="E252" s="5" t="s">
-        <v>1633</v>
-[...9 lines deleted...]
-        </is>
+        <v>1689</v>
+      </c>
+      <c r="F252" s="5" t="s">
+        <v>1690</v>
+      </c>
+      <c r="G252" s="5" t="s">
+        <v>1691</v>
       </c>
       <c r="H252" s="5" t="s">
-        <v>1690</v>
+        <v>1692</v>
       </c>
       <c r="I252" s="5" t="s">
-        <v>1691</v>
+        <v>1693</v>
       </c>
       <c r="J252" s="5" t="s">
-        <v>914</v>
+        <v>102</v>
       </c>
       <c r="K252" s="5" t="s">
-        <v>1692</v>
+        <v>1694</v>
       </c>
       <c r="L252" s="6" t="s">
-        <v>1693</v>
+        <v>1695</v>
       </c>
       <c r="M252" s="5" t="s">
-        <v>1694</v>
+        <v>1696</v>
       </c>
     </row>
     <row r="253">
       <c r="A253" s="5" t="s">
-        <v>1695</v>
+        <v>1697</v>
       </c>
       <c r="B253" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C253" s="5" t="s">
-        <v>25</v>
+        <v>844</v>
       </c>
       <c r="D253" s="5" t="s">
-        <v>16</v>
-[...4 lines deleted...]
-        </is>
+        <v>994</v>
+      </c>
+      <c r="E253" s="5" t="s">
+        <v>1633</v>
       </c>
       <c r="F253" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G253" s="5" t="s">
-        <v>1696</v>
+      <c r="G253" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H253" s="5" t="s">
-        <v>1697</v>
+        <v>1698</v>
       </c>
       <c r="I253" s="5" t="s">
-        <v>1698</v>
+        <v>1699</v>
       </c>
       <c r="J253" s="5" t="s">
-        <v>102</v>
+        <v>914</v>
       </c>
       <c r="K253" s="5" t="s">
-        <v>1699</v>
+        <v>1700</v>
       </c>
       <c r="L253" s="6" t="s">
-        <v>1700</v>
+        <v>1701</v>
       </c>
       <c r="M253" s="5" t="s">
-        <v>1701</v>
+        <v>1702</v>
       </c>
     </row>
     <row r="254">
       <c r="A254" s="5" t="s">
-        <v>1702</v>
+        <v>1703</v>
       </c>
       <c r="B254" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C254" s="5" t="s">
         <v>25</v>
       </c>
       <c r="D254" s="5" t="s">
-        <v>1703</v>
+        <v>16</v>
       </c>
       <c r="E254" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F254" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G254" s="5" t="s">
         <v>1704</v>
       </c>
       <c r="H254" s="5" t="s">
         <v>1705</v>
       </c>
       <c r="I254" s="5" t="s">
         <v>1706</v>
       </c>
       <c r="J254" s="5" t="s">
         <v>102</v>
       </c>
       <c r="K254" s="5" t="s">
         <v>1707</v>
       </c>
       <c r="L254" s="6" t="s">
         <v>1708</v>
       </c>
       <c r="M254" s="5" t="s">
         <v>1709</v>
       </c>
     </row>
     <row r="255">
       <c r="A255" s="5" t="s">
         <v>1710</v>
       </c>
       <c r="B255" s="5" t="s">
-        <v>773</v>
+        <v>14</v>
       </c>
       <c r="C255" s="5" t="s">
-        <v>16</v>
-[...4 lines deleted...]
-        </is>
+        <v>25</v>
+      </c>
+      <c r="D255" s="5" t="s">
+        <v>1711</v>
       </c>
       <c r="E255" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F255" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G255" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G255" s="5" t="s">
+        <v>1712</v>
       </c>
       <c r="H255" s="5" t="s">
-        <v>1711</v>
-[...10 lines deleted...]
-        </is>
+        <v>1713</v>
+      </c>
+      <c r="I255" s="5" t="s">
+        <v>1714</v>
+      </c>
+      <c r="J255" s="5" t="s">
+        <v>102</v>
+      </c>
+      <c r="K255" s="5" t="s">
+        <v>1715</v>
       </c>
       <c r="L255" s="6" t="s">
-        <v>1712</v>
-[...1 lines deleted...]
-      <c r="M255" s="5"/>
+        <v>1716</v>
+      </c>
+      <c r="M255" s="5" t="s">
+        <v>1717</v>
+      </c>
     </row>
     <row r="256">
       <c r="A256" s="5" t="s">
-        <v>1713</v>
+        <v>1718</v>
       </c>
       <c r="B256" s="5" t="s">
-        <v>14</v>
+        <v>773</v>
       </c>
       <c r="C256" s="5" t="s">
-        <v>214</v>
-[...8 lines deleted...]
-        <v>1715</v>
+        <v>16</v>
+      </c>
+      <c r="D256" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E256" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F256" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G256" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H256" s="5" t="s">
-        <v>1716</v>
-[...7 lines deleted...]
-      <c r="K256" s="5" t="s">
         <v>1719</v>
+      </c>
+      <c r="I256" s="5"/>
+      <c r="J256" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K256" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L256" s="6" t="s">
         <v>1720</v>
       </c>
-      <c r="M256" s="5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M256" s="5"/>
     </row>
     <row r="257">
       <c r="A257" s="5" t="s">
-        <v>1722</v>
+        <v>1721</v>
       </c>
       <c r="B257" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C257" s="5" t="s">
-        <v>844</v>
+        <v>214</v>
       </c>
       <c r="D257" s="5" t="s">
-        <v>911</v>
+        <v>1722</v>
       </c>
       <c r="E257" s="5" t="s">
-        <v>1633</v>
-[...4 lines deleted...]
-        </is>
+        <v>17</v>
+      </c>
+      <c r="F257" s="5" t="s">
+        <v>1723</v>
       </c>
       <c r="G257" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H257" s="5" t="s">
-        <v>1723</v>
+        <v>1724</v>
       </c>
       <c r="I257" s="5" t="s">
-        <v>1724</v>
+        <v>1725</v>
       </c>
       <c r="J257" s="5" t="s">
-        <v>914</v>
+        <v>1726</v>
       </c>
       <c r="K257" s="5" t="s">
-        <v>1725</v>
+        <v>1727</v>
       </c>
       <c r="L257" s="6" t="s">
-        <v>1726</v>
+        <v>1728</v>
       </c>
       <c r="M257" s="5" t="s">
-        <v>1727</v>
+        <v>1729</v>
       </c>
     </row>
     <row r="258">
       <c r="A258" s="5" t="s">
-        <v>1728</v>
+        <v>1730</v>
       </c>
       <c r="B258" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C258" s="5" t="s">
-        <v>16</v>
+        <v>844</v>
       </c>
       <c r="D258" s="5" t="s">
-        <v>1729</v>
+        <v>911</v>
       </c>
       <c r="E258" s="5" t="s">
-        <v>17</v>
+        <v>1633</v>
       </c>
       <c r="F258" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G258" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H258" s="5" t="s">
-        <v>1730</v>
+        <v>1731</v>
       </c>
       <c r="I258" s="5" t="s">
-        <v>1731</v>
+        <v>1732</v>
       </c>
       <c r="J258" s="5" t="s">
-        <v>1732</v>
+        <v>914</v>
       </c>
       <c r="K258" s="5" t="s">
         <v>1733</v>
       </c>
       <c r="L258" s="6" t="s">
         <v>1734</v>
       </c>
       <c r="M258" s="5" t="s">
         <v>1735</v>
       </c>
     </row>
     <row r="259">
-      <c r="A259" s="5" t="n">
-        <v>1928</v>
+      <c r="A259" s="5" t="s">
+        <v>1736</v>
       </c>
       <c r="B259" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C259" s="5" t="s">
-        <v>1703</v>
+        <v>16</v>
       </c>
       <c r="D259" s="5" t="s">
-        <v>1729</v>
+        <v>1737</v>
       </c>
       <c r="E259" s="5" t="s">
-        <v>1736</v>
+        <v>17</v>
       </c>
       <c r="F259" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G259" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H259" s="5" t="s">
+        <v>1738</v>
+      </c>
+      <c r="I259" s="5" t="s">
+        <v>1739</v>
+      </c>
+      <c r="J259" s="5" t="s">
+        <v>1740</v>
+      </c>
+      <c r="K259" s="5" t="s">
+        <v>1741</v>
+      </c>
+      <c r="L259" s="6" t="s">
+        <v>1742</v>
+      </c>
+      <c r="M259" s="5" t="s">
+        <v>1743</v>
+      </c>
+    </row>
+    <row r="260">
+      <c r="A260" s="5" t="n">
+        <v>1928</v>
+      </c>
+      <c r="B260" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C260" s="5" t="s">
+        <v>1711</v>
+      </c>
+      <c r="D260" s="5" t="s">
+        <v>1737</v>
+      </c>
+      <c r="E260" s="5" t="s">
+        <v>1744</v>
+      </c>
+      <c r="F260" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G260" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H260" s="5" t="s">
         <v>994</v>
       </c>
-      <c r="I259" s="5" t="s">
-[...52 lines deleted...]
-        </is>
+      <c r="I260" s="5" t="s">
+        <v>1745</v>
+      </c>
+      <c r="J260" s="5" t="s">
+        <v>1746</v>
       </c>
       <c r="K260" s="5" t="s">
-        <v>1744</v>
+        <v>1747</v>
       </c>
       <c r="L260" s="6" t="s">
-        <v>1745</v>
-[...1 lines deleted...]
-      <c r="M260" s="5"/>
+        <v>1748</v>
+      </c>
+      <c r="M260" s="5" t="s">
+        <v>1749</v>
+      </c>
     </row>
     <row r="261">
       <c r="A261" s="5" t="s">
-        <v>1746</v>
+        <v>1750</v>
       </c>
       <c r="B261" s="5" t="s">
         <v>773</v>
       </c>
       <c r="C261" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D261" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E261" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F261" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G261" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H261" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H261" s="5" t="s">
+        <v>1751</v>
       </c>
       <c r="I261" s="5"/>
       <c r="J261" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K261" s="5" t="s">
-        <v>1744</v>
+        <v>1752</v>
       </c>
       <c r="L261" s="6" t="s">
-        <v>1747</v>
+        <v>1753</v>
       </c>
       <c r="M261" s="5"/>
     </row>
     <row r="262">
       <c r="A262" s="5" t="s">
-        <v>1748</v>
+        <v>1754</v>
       </c>
       <c r="B262" s="5" t="s">
         <v>773</v>
       </c>
       <c r="C262" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D262" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E262" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F262" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G262" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H262" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I262" s="5"/>
       <c r="J262" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K262" s="5" t="s">
-        <v>1744</v>
+        <v>1752</v>
       </c>
       <c r="L262" s="6" t="s">
-        <v>1749</v>
+        <v>1755</v>
       </c>
       <c r="M262" s="5"/>
     </row>
     <row r="263">
       <c r="A263" s="5" t="s">
-        <v>1750</v>
+        <v>1756</v>
       </c>
       <c r="B263" s="5" t="s">
         <v>773</v>
       </c>
       <c r="C263" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D263" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E263" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F263" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G263" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H263" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I263" s="5"/>
       <c r="J263" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K263" s="5" t="s">
-        <v>1744</v>
+        <v>1752</v>
       </c>
       <c r="L263" s="6" t="s">
-        <v>1751</v>
+        <v>1757</v>
       </c>
       <c r="M263" s="5"/>
     </row>
     <row r="264">
       <c r="A264" s="5" t="s">
-        <v>1752</v>
+        <v>1758</v>
       </c>
       <c r="B264" s="5" t="s">
         <v>773</v>
       </c>
       <c r="C264" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D264" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E264" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F264" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G264" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H264" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I264" s="5"/>
       <c r="J264" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K264" s="5" t="s">
-        <v>1744</v>
+        <v>1752</v>
       </c>
       <c r="L264" s="6" t="s">
-        <v>1753</v>
+        <v>1759</v>
       </c>
       <c r="M264" s="5"/>
     </row>
     <row r="265">
       <c r="A265" s="5" t="s">
-        <v>1754</v>
+        <v>1760</v>
       </c>
       <c r="B265" s="5" t="s">
         <v>773</v>
       </c>
       <c r="C265" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D265" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E265" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F265" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G265" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H265" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I265" s="5"/>
       <c r="J265" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K265" s="5" t="s">
-        <v>1744</v>
+        <v>1752</v>
       </c>
       <c r="L265" s="6" t="s">
-        <v>1755</v>
+        <v>1761</v>
       </c>
       <c r="M265" s="5"/>
     </row>
     <row r="266">
       <c r="A266" s="5" t="s">
-        <v>1756</v>
+        <v>1762</v>
       </c>
       <c r="B266" s="5" t="s">
         <v>773</v>
       </c>
       <c r="C266" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D266" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E266" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F266" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G266" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H266" s="5" t="s">
-        <v>1757</v>
+      <c r="H266" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I266" s="5"/>
       <c r="J266" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K266" s="5" t="s">
-        <v>1744</v>
+        <v>1752</v>
       </c>
       <c r="L266" s="6" t="s">
-        <v>1758</v>
+        <v>1763</v>
       </c>
       <c r="M266" s="5"/>
     </row>
     <row r="267">
       <c r="A267" s="5" t="s">
-        <v>1759</v>
+        <v>1764</v>
       </c>
       <c r="B267" s="5" t="s">
         <v>773</v>
       </c>
       <c r="C267" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D267" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E267" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F267" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G267" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H267" s="5" t="s">
-        <v>1760</v>
+        <v>1765</v>
       </c>
       <c r="I267" s="5"/>
       <c r="J267" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K267" s="5" t="s">
-        <v>1761</v>
+        <v>1752</v>
       </c>
       <c r="L267" s="6" t="s">
-        <v>1762</v>
+        <v>1766</v>
       </c>
       <c r="M267" s="5"/>
     </row>
     <row r="268">
       <c r="A268" s="5" t="s">
-        <v>1763</v>
+        <v>1767</v>
       </c>
       <c r="B268" s="5" t="s">
         <v>773</v>
       </c>
       <c r="C268" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D268" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E268" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F268" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G268" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H268" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H268" s="5" t="s">
+        <v>1768</v>
       </c>
       <c r="I268" s="5"/>
       <c r="J268" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K268" s="5" t="s">
-        <v>1744</v>
+        <v>1769</v>
       </c>
       <c r="L268" s="6" t="s">
-        <v>1764</v>
+        <v>1770</v>
       </c>
       <c r="M268" s="5"/>
     </row>
     <row r="269">
       <c r="A269" s="5" t="s">
-        <v>1765</v>
+        <v>1771</v>
       </c>
       <c r="B269" s="5" t="s">
         <v>773</v>
       </c>
       <c r="C269" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D269" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E269" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F269" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G269" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H269" s="5" t="s">
-        <v>1760</v>
+      <c r="H269" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I269" s="5"/>
       <c r="J269" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K269" s="5" t="s">
-        <v>1744</v>
+        <v>1752</v>
       </c>
       <c r="L269" s="6" t="s">
-        <v>1766</v>
+        <v>1772</v>
       </c>
       <c r="M269" s="5"/>
     </row>
     <row r="270">
       <c r="A270" s="5" t="s">
-        <v>1767</v>
+        <v>1773</v>
       </c>
       <c r="B270" s="5" t="s">
         <v>773</v>
       </c>
       <c r="C270" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D270" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E270" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F270" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G270" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H270" s="5" t="s">
         <v>1768</v>
       </c>
       <c r="I270" s="5"/>
       <c r="J270" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K270" s="5" t="s">
-        <v>1761</v>
+        <v>1752</v>
       </c>
       <c r="L270" s="6" t="s">
-        <v>1769</v>
+        <v>1774</v>
       </c>
       <c r="M270" s="5"/>
     </row>
     <row r="271">
       <c r="A271" s="5" t="s">
-        <v>1770</v>
+        <v>1775</v>
       </c>
       <c r="B271" s="5" t="s">
         <v>773</v>
       </c>
       <c r="C271" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D271" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E271" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F271" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G271" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H271" s="5" t="s">
-        <v>1768</v>
+        <v>1776</v>
       </c>
       <c r="I271" s="5"/>
       <c r="J271" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K271" s="5" t="s">
-        <v>1761</v>
+        <v>1769</v>
       </c>
       <c r="L271" s="6" t="s">
-        <v>1771</v>
+        <v>1777</v>
       </c>
       <c r="M271" s="5"/>
     </row>
     <row r="272">
       <c r="A272" s="5" t="s">
-        <v>1772</v>
+        <v>1778</v>
       </c>
       <c r="B272" s="5" t="s">
         <v>773</v>
       </c>
       <c r="C272" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D272" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E272" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F272" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G272" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H272" s="5" t="s">
-        <v>1743</v>
+        <v>1776</v>
       </c>
       <c r="I272" s="5"/>
       <c r="J272" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K272" s="5" t="s">
-        <v>1761</v>
+        <v>1769</v>
       </c>
       <c r="L272" s="6" t="s">
-        <v>1773</v>
+        <v>1779</v>
       </c>
       <c r="M272" s="5"/>
     </row>
     <row r="273">
       <c r="A273" s="5" t="s">
-        <v>1774</v>
+        <v>1780</v>
       </c>
       <c r="B273" s="5" t="s">
         <v>773</v>
       </c>
       <c r="C273" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D273" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E273" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F273" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G273" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H273" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H273" s="5" t="s">
+        <v>1751</v>
       </c>
       <c r="I273" s="5"/>
       <c r="J273" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K273" s="5" t="s">
-        <v>1761</v>
+        <v>1769</v>
       </c>
       <c r="L273" s="6" t="s">
-        <v>1775</v>
+        <v>1781</v>
       </c>
       <c r="M273" s="5"/>
     </row>
     <row r="274">
       <c r="A274" s="5" t="s">
-        <v>1776</v>
+        <v>1782</v>
       </c>
       <c r="B274" s="5" t="s">
         <v>773</v>
       </c>
       <c r="C274" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D274" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E274" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F274" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G274" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H274" s="5" t="s">
-        <v>1777</v>
+      <c r="H274" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I274" s="5"/>
       <c r="J274" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K274" s="5" t="s">
-        <v>1761</v>
+        <v>1769</v>
       </c>
       <c r="L274" s="6" t="s">
-        <v>1778</v>
+        <v>1783</v>
       </c>
       <c r="M274" s="5"/>
     </row>
     <row r="275">
       <c r="A275" s="5" t="s">
-        <v>1779</v>
+        <v>1784</v>
       </c>
       <c r="B275" s="5" t="s">
         <v>773</v>
       </c>
       <c r="C275" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D275" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E275" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F275" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G275" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H275" s="5" t="s">
-        <v>1743</v>
+        <v>1785</v>
       </c>
       <c r="I275" s="5"/>
       <c r="J275" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K275" s="5" t="s">
-        <v>1761</v>
+        <v>1769</v>
       </c>
       <c r="L275" s="6" t="s">
-        <v>1780</v>
+        <v>1786</v>
       </c>
       <c r="M275" s="5"/>
     </row>
     <row r="276">
       <c r="A276" s="5" t="s">
-        <v>1781</v>
+        <v>1787</v>
       </c>
       <c r="B276" s="5" t="s">
         <v>773</v>
       </c>
       <c r="C276" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D276" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E276" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F276" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G276" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H276" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H276" s="5" t="s">
+        <v>1751</v>
       </c>
       <c r="I276" s="5"/>
       <c r="J276" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K276" s="5" t="s">
-        <v>1761</v>
+        <v>1769</v>
       </c>
       <c r="L276" s="6" t="s">
-        <v>1782</v>
+        <v>1788</v>
       </c>
       <c r="M276" s="5"/>
     </row>
     <row r="277">
       <c r="A277" s="5" t="s">
-        <v>1783</v>
+        <v>1789</v>
       </c>
       <c r="B277" s="5" t="s">
         <v>773</v>
       </c>
       <c r="C277" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D277" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E277" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F277" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G277" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H277" s="5" t="s">
-        <v>1784</v>
+      <c r="H277" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I277" s="5"/>
       <c r="J277" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K277" s="5" t="s">
-        <v>1761</v>
+        <v>1769</v>
       </c>
       <c r="L277" s="6" t="s">
-        <v>1785</v>
+        <v>1790</v>
       </c>
       <c r="M277" s="5"/>
     </row>
     <row r="278">
       <c r="A278" s="5" t="s">
-        <v>1786</v>
+        <v>1791</v>
       </c>
       <c r="B278" s="5" t="s">
         <v>773</v>
       </c>
       <c r="C278" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D278" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E278" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F278" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G278" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H278" s="5" t="s">
-        <v>1768</v>
+        <v>1792</v>
       </c>
       <c r="I278" s="5"/>
       <c r="J278" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K278" s="5" t="s">
-        <v>1761</v>
+        <v>1769</v>
       </c>
       <c r="L278" s="6" t="s">
-        <v>1787</v>
+        <v>1793</v>
       </c>
       <c r="M278" s="5"/>
     </row>
     <row r="279">
       <c r="A279" s="5" t="s">
-        <v>1788</v>
+        <v>1794</v>
       </c>
       <c r="B279" s="5" t="s">
         <v>773</v>
       </c>
       <c r="C279" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D279" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E279" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F279" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G279" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H279" s="5" t="s">
-        <v>1760</v>
+        <v>1776</v>
       </c>
       <c r="I279" s="5"/>
       <c r="J279" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K279" s="5" t="s">
-        <v>1761</v>
+        <v>1769</v>
       </c>
       <c r="L279" s="6" t="s">
-        <v>1789</v>
+        <v>1795</v>
       </c>
       <c r="M279" s="5"/>
     </row>
     <row r="280">
       <c r="A280" s="5" t="s">
-        <v>1790</v>
+        <v>1796</v>
       </c>
       <c r="B280" s="5" t="s">
         <v>773</v>
       </c>
       <c r="C280" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D280" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E280" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F280" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G280" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H280" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H280" s="5" t="s">
+        <v>1768</v>
       </c>
       <c r="I280" s="5"/>
       <c r="J280" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K280" s="5" t="s">
-        <v>1761</v>
+        <v>1769</v>
       </c>
       <c r="L280" s="6" t="s">
-        <v>1791</v>
+        <v>1797</v>
       </c>
       <c r="M280" s="5"/>
     </row>
     <row r="281">
       <c r="A281" s="5" t="s">
-        <v>1792</v>
+        <v>1798</v>
       </c>
       <c r="B281" s="5" t="s">
         <v>773</v>
       </c>
       <c r="C281" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D281" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E281" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F281" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G281" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H281" s="5" t="s">
-        <v>1760</v>
+      <c r="H281" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I281" s="5"/>
       <c r="J281" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K281" s="5" t="s">
-        <v>1761</v>
+        <v>1769</v>
       </c>
       <c r="L281" s="6" t="s">
-        <v>1793</v>
+        <v>1799</v>
       </c>
       <c r="M281" s="5"/>
     </row>
     <row r="282">
       <c r="A282" s="5" t="s">
-        <v>1794</v>
+        <v>1800</v>
       </c>
       <c r="B282" s="5" t="s">
         <v>773</v>
       </c>
       <c r="C282" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D282" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E282" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F282" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G282" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H282" s="5" t="s">
-        <v>1703</v>
+        <v>1768</v>
       </c>
       <c r="I282" s="5"/>
       <c r="J282" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K282" s="5" t="s">
-        <v>1761</v>
+        <v>1769</v>
       </c>
       <c r="L282" s="6" t="s">
-        <v>1795</v>
+        <v>1801</v>
       </c>
       <c r="M282" s="5"/>
     </row>
     <row r="283">
       <c r="A283" s="5" t="s">
-        <v>1796</v>
+        <v>1802</v>
       </c>
       <c r="B283" s="5" t="s">
         <v>773</v>
       </c>
       <c r="C283" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D283" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E283" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F283" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G283" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H283" s="5" t="s">
-        <v>1797</v>
+        <v>1711</v>
       </c>
       <c r="I283" s="5"/>
       <c r="J283" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K283" s="5" t="s">
-        <v>1761</v>
+        <v>1769</v>
       </c>
       <c r="L283" s="6" t="s">
-        <v>1798</v>
+        <v>1803</v>
       </c>
       <c r="M283" s="5"/>
     </row>
     <row r="284">
       <c r="A284" s="5" t="s">
-        <v>1799</v>
+        <v>1804</v>
       </c>
       <c r="B284" s="5" t="s">
         <v>773</v>
       </c>
       <c r="C284" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D284" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E284" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F284" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G284" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H284" s="5" t="s">
-        <v>1703</v>
+        <v>1805</v>
       </c>
       <c r="I284" s="5"/>
       <c r="J284" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K284" s="5" t="s">
-        <v>1761</v>
+        <v>1769</v>
       </c>
       <c r="L284" s="6" t="s">
-        <v>1800</v>
+        <v>1806</v>
       </c>
       <c r="M284" s="5"/>
     </row>
     <row r="285">
       <c r="A285" s="5" t="s">
-        <v>1801</v>
+        <v>1807</v>
       </c>
       <c r="B285" s="5" t="s">
-        <v>14</v>
+        <v>773</v>
       </c>
       <c r="C285" s="5" t="s">
-        <v>1703</v>
-[...5 lines deleted...]
-        <v>1802</v>
+        <v>16</v>
+      </c>
+      <c r="D285" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E285" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F285" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G285" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H285" s="5" t="s">
-        <v>1803</v>
-[...5 lines deleted...]
-        <v>1738</v>
+        <v>1711</v>
+      </c>
+      <c r="I285" s="5"/>
+      <c r="J285" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K285" s="5" t="s">
-        <v>1805</v>
+        <v>1769</v>
       </c>
       <c r="L285" s="6" t="s">
-        <v>1806</v>
-[...3 lines deleted...]
-      </c>
+        <v>1808</v>
+      </c>
+      <c r="M285" s="5"/>
     </row>
     <row r="286">
       <c r="A286" s="5" t="s">
-        <v>1808</v>
+        <v>1809</v>
       </c>
       <c r="B286" s="5" t="s">
-        <v>773</v>
+        <v>14</v>
       </c>
       <c r="C286" s="5" t="s">
-        <v>16</v>
-[...9 lines deleted...]
-        </is>
+        <v>1711</v>
+      </c>
+      <c r="D286" s="5" t="s">
+        <v>1737</v>
+      </c>
+      <c r="E286" s="5" t="s">
+        <v>1810</v>
       </c>
       <c r="F286" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G286" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H286" s="5" t="s">
-        <v>1809</v>
-[...5 lines deleted...]
-        </is>
+        <v>1811</v>
+      </c>
+      <c r="I286" s="5" t="s">
+        <v>1812</v>
+      </c>
+      <c r="J286" s="5" t="s">
+        <v>1746</v>
       </c>
       <c r="K286" s="5" t="s">
-        <v>1761</v>
+        <v>1813</v>
       </c>
       <c r="L286" s="6" t="s">
-        <v>1810</v>
-[...1 lines deleted...]
-      <c r="M286" s="5"/>
+        <v>1814</v>
+      </c>
+      <c r="M286" s="5" t="s">
+        <v>1815</v>
+      </c>
     </row>
     <row r="287">
       <c r="A287" s="5" t="s">
-        <v>1811</v>
+        <v>1816</v>
       </c>
       <c r="B287" s="5" t="s">
         <v>773</v>
       </c>
       <c r="C287" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D287" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E287" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F287" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G287" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H287" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H287" s="5" t="s">
+        <v>1817</v>
       </c>
       <c r="I287" s="5"/>
       <c r="J287" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K287" s="5" t="s">
-        <v>1761</v>
+        <v>1769</v>
       </c>
       <c r="L287" s="6" t="s">
-        <v>1812</v>
+        <v>1818</v>
       </c>
       <c r="M287" s="5"/>
     </row>
     <row r="288">
       <c r="A288" s="5" t="s">
-        <v>1813</v>
+        <v>1819</v>
       </c>
       <c r="B288" s="5" t="s">
         <v>773</v>
       </c>
-      <c r="C288" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="C288" s="5" t="s">
+        <v>16</v>
       </c>
       <c r="D288" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E288" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F288" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G288" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H288" s="5" t="s">
-        <v>994</v>
+      <c r="H288" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I288" s="5"/>
       <c r="J288" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K288" s="5" t="s">
-        <v>1761</v>
+        <v>1769</v>
       </c>
       <c r="L288" s="6" t="s">
-        <v>1814</v>
+        <v>1820</v>
       </c>
       <c r="M288" s="5"/>
     </row>
     <row r="289">
       <c r="A289" s="5" t="s">
-        <v>1815</v>
+        <v>1821</v>
       </c>
       <c r="B289" s="5" t="s">
         <v>773</v>
       </c>
-      <c r="C289" s="5" t="s">
-        <v>16</v>
+      <c r="C289" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="D289" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E289" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F289" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G289" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H289" s="5" t="s">
-        <v>1816</v>
+        <v>994</v>
       </c>
       <c r="I289" s="5"/>
       <c r="J289" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K289" s="5" t="s">
-        <v>1761</v>
+        <v>1769</v>
       </c>
       <c r="L289" s="6" t="s">
-        <v>1817</v>
+        <v>1822</v>
       </c>
       <c r="M289" s="5"/>
     </row>
     <row r="290">
       <c r="A290" s="5" t="s">
-        <v>1818</v>
+        <v>1823</v>
       </c>
       <c r="B290" s="5" t="s">
         <v>773</v>
       </c>
       <c r="C290" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D290" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E290" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F290" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G290" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H290" s="5" t="s">
-        <v>1819</v>
+        <v>1824</v>
       </c>
       <c r="I290" s="5"/>
       <c r="J290" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K290" s="5" t="s">
-        <v>1761</v>
+        <v>1769</v>
       </c>
       <c r="L290" s="6" t="s">
-        <v>1820</v>
+        <v>1825</v>
       </c>
       <c r="M290" s="5"/>
     </row>
     <row r="291">
       <c r="A291" s="5" t="s">
-        <v>1821</v>
+        <v>1826</v>
       </c>
       <c r="B291" s="5" t="s">
         <v>773</v>
       </c>
       <c r="C291" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D291" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E291" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F291" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G291" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H291" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H291" s="5" t="s">
+        <v>1827</v>
       </c>
       <c r="I291" s="5"/>
       <c r="J291" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K291" s="5" t="s">
-        <v>1761</v>
+        <v>1769</v>
       </c>
       <c r="L291" s="6" t="s">
-        <v>1822</v>
+        <v>1828</v>
       </c>
       <c r="M291" s="5"/>
     </row>
     <row r="292">
       <c r="A292" s="5" t="s">
-        <v>1823</v>
+        <v>1829</v>
       </c>
       <c r="B292" s="5" t="s">
         <v>773</v>
       </c>
       <c r="C292" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D292" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E292" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F292" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G292" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H292" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I292" s="5"/>
       <c r="J292" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K292" s="5" t="s">
-        <v>1761</v>
+        <v>1769</v>
       </c>
       <c r="L292" s="6" t="s">
-        <v>1824</v>
+        <v>1830</v>
       </c>
       <c r="M292" s="5"/>
     </row>
     <row r="293">
       <c r="A293" s="5" t="s">
-        <v>1825</v>
+        <v>1831</v>
       </c>
       <c r="B293" s="5" t="s">
         <v>773</v>
       </c>
       <c r="C293" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D293" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E293" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F293" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G293" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H293" s="5" t="s">
-        <v>1826</v>
+      <c r="H293" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I293" s="5"/>
       <c r="J293" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K293" s="5" t="s">
-        <v>1761</v>
+        <v>1769</v>
       </c>
       <c r="L293" s="6" t="s">
-        <v>1827</v>
+        <v>1832</v>
       </c>
       <c r="M293" s="5"/>
     </row>
     <row r="294">
       <c r="A294" s="5" t="s">
-        <v>1828</v>
+        <v>1833</v>
       </c>
       <c r="B294" s="5" t="s">
         <v>773</v>
       </c>
       <c r="C294" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D294" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E294" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F294" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G294" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H294" s="5" t="s">
-        <v>1829</v>
+        <v>1834</v>
       </c>
       <c r="I294" s="5"/>
       <c r="J294" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K294" s="5" t="s">
-        <v>1761</v>
+        <v>1769</v>
       </c>
       <c r="L294" s="6" t="s">
-        <v>1830</v>
+        <v>1835</v>
       </c>
       <c r="M294" s="5"/>
     </row>
     <row r="295">
       <c r="A295" s="5" t="s">
-        <v>1831</v>
+        <v>1836</v>
       </c>
       <c r="B295" s="5" t="s">
         <v>773</v>
       </c>
       <c r="C295" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D295" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E295" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F295" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G295" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H295" s="5" t="s">
-        <v>1832</v>
+        <v>1837</v>
       </c>
       <c r="I295" s="5"/>
       <c r="J295" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K295" s="5" t="s">
-        <v>1761</v>
+        <v>1769</v>
       </c>
       <c r="L295" s="6" t="s">
-        <v>1833</v>
+        <v>1838</v>
       </c>
       <c r="M295" s="5"/>
     </row>
     <row r="296">
       <c r="A296" s="5" t="s">
-        <v>1834</v>
+        <v>1839</v>
       </c>
       <c r="B296" s="5" t="s">
         <v>773</v>
       </c>
       <c r="C296" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D296" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E296" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F296" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G296" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H296" s="5" t="s">
-        <v>1835</v>
+        <v>1840</v>
       </c>
       <c r="I296" s="5"/>
       <c r="J296" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K296" s="5" t="s">
-        <v>1761</v>
+        <v>1769</v>
       </c>
       <c r="L296" s="6" t="s">
-        <v>1836</v>
+        <v>1841</v>
       </c>
       <c r="M296" s="5"/>
     </row>
     <row r="297">
       <c r="A297" s="5" t="s">
-        <v>1837</v>
+        <v>1842</v>
       </c>
       <c r="B297" s="5" t="s">
         <v>773</v>
       </c>
       <c r="C297" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D297" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E297" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F297" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G297" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H297" s="5" t="s">
-        <v>1838</v>
+        <v>1843</v>
       </c>
       <c r="I297" s="5"/>
       <c r="J297" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K297" s="5" t="s">
-        <v>1761</v>
+        <v>1769</v>
       </c>
       <c r="L297" s="6" t="s">
-        <v>1839</v>
+        <v>1844</v>
       </c>
       <c r="M297" s="5"/>
     </row>
     <row r="298">
       <c r="A298" s="5" t="s">
-        <v>1840</v>
+        <v>1845</v>
       </c>
       <c r="B298" s="5" t="s">
         <v>773</v>
       </c>
       <c r="C298" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D298" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E298" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F298" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G298" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H298" s="5" t="s">
-        <v>1819</v>
+        <v>1846</v>
       </c>
       <c r="I298" s="5"/>
       <c r="J298" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K298" s="5" t="s">
-        <v>1761</v>
+        <v>1769</v>
       </c>
       <c r="L298" s="6" t="s">
-        <v>1841</v>
+        <v>1847</v>
       </c>
       <c r="M298" s="5"/>
     </row>
     <row r="299">
       <c r="A299" s="5" t="s">
-        <v>1842</v>
+        <v>1848</v>
       </c>
       <c r="B299" s="5" t="s">
         <v>773</v>
       </c>
       <c r="C299" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D299" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E299" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F299" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G299" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H299" s="5" t="s">
-        <v>1819</v>
+        <v>1827</v>
       </c>
       <c r="I299" s="5"/>
       <c r="J299" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K299" s="5" t="s">
-        <v>1761</v>
+        <v>1769</v>
       </c>
       <c r="L299" s="6" t="s">
-        <v>1843</v>
+        <v>1849</v>
       </c>
       <c r="M299" s="5"/>
     </row>
     <row r="300">
       <c r="A300" s="5" t="s">
-        <v>1844</v>
+        <v>1850</v>
       </c>
       <c r="B300" s="5" t="s">
         <v>773</v>
       </c>
       <c r="C300" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D300" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E300" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F300" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G300" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H300" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H300" s="5" t="s">
+        <v>1827</v>
       </c>
       <c r="I300" s="5"/>
       <c r="J300" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K300" s="5" t="s">
-        <v>1761</v>
+        <v>1769</v>
       </c>
       <c r="L300" s="6" t="s">
-        <v>1845</v>
+        <v>1851</v>
       </c>
       <c r="M300" s="5"/>
     </row>
     <row r="301">
       <c r="A301" s="5" t="s">
-        <v>1846</v>
+        <v>1852</v>
       </c>
       <c r="B301" s="5" t="s">
         <v>773</v>
       </c>
       <c r="C301" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D301" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E301" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F301" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G301" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H301" s="5" t="s">
-        <v>1847</v>
+      <c r="H301" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I301" s="5"/>
       <c r="J301" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K301" s="5" t="s">
-        <v>1761</v>
+        <v>1769</v>
       </c>
       <c r="L301" s="6" t="s">
-        <v>1848</v>
+        <v>1853</v>
       </c>
       <c r="M301" s="5"/>
     </row>
     <row r="302">
       <c r="A302" s="5" t="s">
-        <v>1849</v>
+        <v>1854</v>
       </c>
       <c r="B302" s="5" t="s">
         <v>773</v>
       </c>
       <c r="C302" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D302" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E302" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F302" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G302" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H302" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H302" s="5" t="s">
+        <v>1855</v>
       </c>
       <c r="I302" s="5"/>
       <c r="J302" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K302" s="5" t="s">
-        <v>1761</v>
+        <v>1769</v>
       </c>
       <c r="L302" s="6" t="s">
-        <v>1850</v>
+        <v>1856</v>
       </c>
       <c r="M302" s="5"/>
     </row>
     <row r="303">
       <c r="A303" s="5" t="s">
-        <v>1851</v>
+        <v>1857</v>
       </c>
       <c r="B303" s="5" t="s">
         <v>773</v>
       </c>
       <c r="C303" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D303" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E303" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F303" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G303" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H303" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I303" s="5"/>
       <c r="J303" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K303" s="5" t="s">
-        <v>1761</v>
+        <v>1769</v>
       </c>
       <c r="L303" s="6" t="s">
-        <v>1852</v>
+        <v>1858</v>
       </c>
       <c r="M303" s="5"/>
     </row>
     <row r="304">
       <c r="A304" s="5" t="s">
-        <v>1853</v>
+        <v>1859</v>
       </c>
       <c r="B304" s="5" t="s">
         <v>773</v>
       </c>
       <c r="C304" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D304" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E304" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F304" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G304" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H304" s="5" t="s">
-        <v>1847</v>
+      <c r="H304" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I304" s="5"/>
       <c r="J304" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K304" s="5" t="s">
-        <v>1761</v>
+        <v>1769</v>
       </c>
       <c r="L304" s="6" t="s">
-        <v>1854</v>
+        <v>1860</v>
       </c>
       <c r="M304" s="5"/>
     </row>
     <row r="305">
       <c r="A305" s="5" t="s">
-        <v>1855</v>
+        <v>1861</v>
       </c>
       <c r="B305" s="5" t="s">
         <v>773</v>
       </c>
       <c r="C305" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D305" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E305" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F305" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G305" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H305" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H305" s="5" t="s">
+        <v>1855</v>
       </c>
       <c r="I305" s="5"/>
       <c r="J305" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K305" s="5" t="s">
-        <v>1761</v>
+        <v>1769</v>
       </c>
       <c r="L305" s="6" t="s">
-        <v>1856</v>
+        <v>1862</v>
       </c>
       <c r="M305" s="5"/>
     </row>
     <row r="306">
       <c r="A306" s="5" t="s">
-        <v>1857</v>
+        <v>1863</v>
       </c>
       <c r="B306" s="5" t="s">
         <v>773</v>
       </c>
       <c r="C306" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D306" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E306" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F306" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G306" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H306" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I306" s="5"/>
       <c r="J306" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K306" s="5" t="s">
-        <v>1761</v>
+        <v>1769</v>
       </c>
       <c r="L306" s="6" t="s">
-        <v>1858</v>
+        <v>1864</v>
       </c>
       <c r="M306" s="5"/>
     </row>
     <row r="307">
       <c r="A307" s="5" t="s">
-        <v>1859</v>
+        <v>1865</v>
       </c>
       <c r="B307" s="5" t="s">
         <v>773</v>
       </c>
       <c r="C307" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D307" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E307" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F307" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G307" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H307" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I307" s="5"/>
       <c r="J307" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K307" s="5" t="s">
-        <v>1860</v>
+        <v>1769</v>
       </c>
       <c r="L307" s="6" t="s">
-        <v>1861</v>
+        <v>1866</v>
       </c>
       <c r="M307" s="5"/>
     </row>
     <row r="308">
       <c r="A308" s="5" t="s">
-        <v>1862</v>
+        <v>1867</v>
       </c>
       <c r="B308" s="5" t="s">
-        <v>150</v>
+        <v>773</v>
       </c>
       <c r="C308" s="5" t="s">
-        <v>733</v>
-[...8 lines deleted...]
-        <v>1865</v>
+        <v>16</v>
+      </c>
+      <c r="D308" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E308" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F308" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G308" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H308" s="5" t="s">
-[...5 lines deleted...]
-      <c r="J308" s="5" t="s">
+      <c r="H308" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I308" s="5"/>
+      <c r="J308" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K308" s="5" t="s">
         <v>1868</v>
       </c>
-      <c r="K308" s="5" t="s">
+      <c r="L308" s="6" t="s">
         <v>1869</v>
       </c>
-      <c r="L308" s="6" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="M308" s="5"/>
     </row>
     <row r="309">
       <c r="A309" s="5" t="s">
-        <v>1872</v>
+        <v>1870</v>
       </c>
       <c r="B309" s="5" t="s">
         <v>150</v>
       </c>
       <c r="C309" s="5" t="s">
         <v>733</v>
       </c>
       <c r="D309" s="5" t="s">
+        <v>1871</v>
+      </c>
+      <c r="E309" s="5" t="s">
+        <v>1872</v>
+      </c>
+      <c r="F309" s="5" t="s">
         <v>1873</v>
       </c>
-      <c r="E309" s="5" t="s">
-[...2 lines deleted...]
-      <c r="F309" s="5" t="s">
+      <c r="G309" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H309" s="5" t="s">
         <v>1874</v>
       </c>
-      <c r="G309" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H309" s="5" t="s">
+      <c r="I309" s="5" t="s">
         <v>1875</v>
       </c>
-      <c r="I309" s="5" t="s">
+      <c r="J309" s="5" t="s">
         <v>1876</v>
       </c>
-      <c r="J309" s="5" t="s">
+      <c r="K309" s="5" t="s">
         <v>1877</v>
-      </c>
-[...3 lines deleted...]
-        </is>
       </c>
       <c r="L309" s="6" t="s">
         <v>1878</v>
       </c>
       <c r="M309" s="5" t="s">
         <v>1879</v>
       </c>
     </row>
     <row r="310">
       <c r="A310" s="5" t="s">
         <v>1880</v>
       </c>
       <c r="B310" s="5" t="s">
-        <v>14</v>
+        <v>150</v>
       </c>
       <c r="C310" s="5" t="s">
-        <v>844</v>
+        <v>733</v>
       </c>
       <c r="D310" s="5" t="s">
-        <v>994</v>
+        <v>1881</v>
       </c>
       <c r="E310" s="5" t="s">
-        <v>1633</v>
-[...7 lines deleted...]
-        <v>1881</v>
+        <v>479</v>
+      </c>
+      <c r="F310" s="5" t="s">
+        <v>1882</v>
+      </c>
+      <c r="G310" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H310" s="5" t="s">
-        <v>1882</v>
+        <v>1883</v>
       </c>
       <c r="I310" s="5" t="s">
-        <v>1883</v>
+        <v>1884</v>
       </c>
       <c r="J310" s="5" t="s">
-        <v>961</v>
-[...2 lines deleted...]
-        <v>1884</v>
+        <v>1885</v>
+      </c>
+      <c r="K310" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L310" s="6" t="s">
-        <v>1885</v>
+        <v>1886</v>
       </c>
       <c r="M310" s="5" t="s">
-        <v>1886</v>
+        <v>1887</v>
       </c>
     </row>
     <row r="311">
       <c r="A311" s="5" t="s">
-        <v>1887</v>
+        <v>1888</v>
       </c>
       <c r="B311" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C311" s="5" t="s">
         <v>844</v>
       </c>
       <c r="D311" s="5" t="s">
-        <v>1888</v>
+        <v>994</v>
       </c>
       <c r="E311" s="5" t="s">
         <v>1633</v>
       </c>
       <c r="F311" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G311" s="5" t="s">
         <v>1889</v>
       </c>
       <c r="H311" s="5" t="s">
         <v>1890</v>
       </c>
       <c r="I311" s="5" t="s">
         <v>1891</v>
       </c>
       <c r="J311" s="5" t="s">
-        <v>914</v>
+        <v>961</v>
       </c>
       <c r="K311" s="5" t="s">
         <v>1892</v>
       </c>
       <c r="L311" s="6" t="s">
         <v>1893</v>
       </c>
       <c r="M311" s="5" t="s">
         <v>1894</v>
       </c>
     </row>
     <row r="312">
       <c r="A312" s="5" t="s">
         <v>1895</v>
       </c>
       <c r="B312" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C312" s="5" t="s">
         <v>844</v>
       </c>
       <c r="D312" s="5" t="s">
-        <v>911</v>
+        <v>1896</v>
       </c>
       <c r="E312" s="5" t="s">
         <v>1633</v>
       </c>
       <c r="F312" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G312" s="5" t="s">
-        <v>1896</v>
-[...4 lines deleted...]
-        </is>
+        <v>1897</v>
+      </c>
+      <c r="H312" s="5" t="s">
+        <v>1898</v>
       </c>
       <c r="I312" s="5" t="s">
-        <v>1897</v>
+        <v>1899</v>
       </c>
       <c r="J312" s="5" t="s">
         <v>914</v>
       </c>
       <c r="K312" s="5" t="s">
-        <v>1898</v>
+        <v>1900</v>
       </c>
       <c r="L312" s="6" t="s">
-        <v>1899</v>
+        <v>1901</v>
       </c>
       <c r="M312" s="5" t="s">
-        <v>1900</v>
+        <v>1902</v>
       </c>
     </row>
     <row r="313">
       <c r="A313" s="5" t="s">
-        <v>1901</v>
+        <v>1903</v>
       </c>
       <c r="B313" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C313" s="5" t="s">
         <v>844</v>
       </c>
       <c r="D313" s="5" t="s">
         <v>911</v>
       </c>
       <c r="E313" s="5" t="s">
         <v>1633</v>
       </c>
       <c r="F313" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G313" s="5" t="s">
-        <v>1902</v>
-[...4 lines deleted...]
-      <c r="I313" s="5"/>
+        <v>1904</v>
+      </c>
+      <c r="H313" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I313" s="5" t="s">
+        <v>1905</v>
+      </c>
       <c r="J313" s="5" t="s">
         <v>914</v>
       </c>
       <c r="K313" s="5" t="s">
-        <v>1904</v>
+        <v>1906</v>
       </c>
       <c r="L313" s="6" t="s">
-        <v>1905</v>
+        <v>1907</v>
       </c>
       <c r="M313" s="5" t="s">
-        <v>1906</v>
+        <v>1908</v>
       </c>
     </row>
     <row r="314">
       <c r="A314" s="5" t="s">
-        <v>1907</v>
+        <v>1909</v>
       </c>
       <c r="B314" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C314" s="5" t="s">
-        <v>836</v>
+        <v>844</v>
       </c>
       <c r="D314" s="5" t="s">
-        <v>835</v>
-[...4 lines deleted...]
-        </is>
+        <v>911</v>
+      </c>
+      <c r="E314" s="5" t="s">
+        <v>1633</v>
       </c>
       <c r="F314" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G314" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G314" s="5" t="s">
+        <v>1910</v>
       </c>
       <c r="H314" s="5" t="s">
-        <v>1908</v>
-[...3 lines deleted...]
-      </c>
+        <v>1911</v>
+      </c>
+      <c r="I314" s="5"/>
       <c r="J314" s="5" t="s">
-        <v>1910</v>
+        <v>914</v>
       </c>
       <c r="K314" s="5" t="s">
-        <v>1911</v>
+        <v>1912</v>
       </c>
       <c r="L314" s="6" t="s">
-        <v>1912</v>
+        <v>1913</v>
       </c>
       <c r="M314" s="5" t="s">
-        <v>1913</v>
+        <v>1914</v>
       </c>
     </row>
     <row r="315">
       <c r="A315" s="5" t="s">
-        <v>1914</v>
+        <v>1915</v>
       </c>
       <c r="B315" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C315" s="5" t="s">
-        <v>844</v>
+        <v>836</v>
       </c>
       <c r="D315" s="5" t="s">
-        <v>911</v>
-[...2 lines deleted...]
-        <v>1633</v>
+        <v>835</v>
+      </c>
+      <c r="E315" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F315" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G315" s="5" t="s">
-        <v>1915</v>
+      <c r="G315" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H315" s="5" t="s">
         <v>1916</v>
       </c>
       <c r="I315" s="5" t="s">
         <v>1917</v>
       </c>
       <c r="J315" s="5" t="s">
-        <v>914</v>
+        <v>1918</v>
       </c>
       <c r="K315" s="5" t="s">
-        <v>1918</v>
+        <v>1919</v>
       </c>
       <c r="L315" s="6" t="s">
-        <v>1919</v>
+        <v>1920</v>
       </c>
       <c r="M315" s="5" t="s">
-        <v>1920</v>
+        <v>1921</v>
       </c>
     </row>
     <row r="316">
       <c r="A316" s="5" t="s">
-        <v>1921</v>
+        <v>1922</v>
       </c>
       <c r="B316" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C316" s="5" t="s">
         <v>844</v>
       </c>
       <c r="D316" s="5" t="s">
         <v>911</v>
       </c>
       <c r="E316" s="5" t="s">
         <v>1633</v>
       </c>
       <c r="F316" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G316" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G316" s="5" t="s">
+        <v>1923</v>
       </c>
       <c r="H316" s="5" t="s">
-        <v>1922</v>
+        <v>1924</v>
       </c>
       <c r="I316" s="5" t="s">
-        <v>1923</v>
+        <v>1925</v>
       </c>
       <c r="J316" s="5" t="s">
         <v>914</v>
       </c>
       <c r="K316" s="5" t="s">
-        <v>1924</v>
+        <v>1926</v>
       </c>
       <c r="L316" s="6" t="s">
-        <v>1925</v>
+        <v>1927</v>
       </c>
       <c r="M316" s="5" t="s">
-        <v>1926</v>
+        <v>1928</v>
       </c>
     </row>
     <row r="317">
       <c r="A317" s="5" t="s">
-        <v>1927</v>
+        <v>1929</v>
       </c>
       <c r="B317" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C317" s="5" t="s">
-        <v>836</v>
+        <v>844</v>
       </c>
       <c r="D317" s="5" t="s">
-        <v>835</v>
-[...4 lines deleted...]
-        </is>
+        <v>911</v>
+      </c>
+      <c r="E317" s="5" t="s">
+        <v>1633</v>
       </c>
       <c r="F317" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G317" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H317" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H317" s="5" t="s">
+        <v>1930</v>
       </c>
       <c r="I317" s="5" t="s">
-        <v>1928</v>
+        <v>1931</v>
       </c>
       <c r="J317" s="5" t="s">
-        <v>1910</v>
+        <v>914</v>
       </c>
       <c r="K317" s="5" t="s">
-        <v>1929</v>
+        <v>1932</v>
       </c>
       <c r="L317" s="6" t="s">
-        <v>1930</v>
+        <v>1933</v>
       </c>
       <c r="M317" s="5" t="s">
-        <v>1931</v>
+        <v>1934</v>
       </c>
     </row>
     <row r="318">
       <c r="A318" s="5" t="s">
-        <v>1932</v>
+        <v>1935</v>
       </c>
       <c r="B318" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C318" s="5" t="s">
-        <v>844</v>
+        <v>836</v>
       </c>
       <c r="D318" s="5" t="s">
-        <v>911</v>
+        <v>835</v>
       </c>
       <c r="E318" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F318" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G318" s="5" t="s">
-[...3 lines deleted...]
-        <v>1934</v>
+      <c r="G318" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H318" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I318" s="5" t="s">
-        <v>1935</v>
+        <v>1936</v>
       </c>
       <c r="J318" s="5" t="s">
-        <v>914</v>
+        <v>1918</v>
       </c>
       <c r="K318" s="5" t="s">
-        <v>1936</v>
+        <v>1937</v>
       </c>
       <c r="L318" s="6" t="s">
-        <v>1937</v>
+        <v>1938</v>
       </c>
       <c r="M318" s="5" t="s">
-        <v>1938</v>
+        <v>1939</v>
       </c>
     </row>
     <row r="319">
       <c r="A319" s="5" t="s">
-        <v>1939</v>
+        <v>1940</v>
       </c>
       <c r="B319" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C319" s="5" t="s">
-        <v>114</v>
+        <v>844</v>
       </c>
       <c r="D319" s="5" t="s">
-        <v>774</v>
+        <v>911</v>
       </c>
       <c r="E319" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F319" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G319" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G319" s="5" t="s">
+        <v>1941</v>
       </c>
       <c r="H319" s="5" t="s">
-        <v>1940</v>
+        <v>1942</v>
       </c>
       <c r="I319" s="5" t="s">
-        <v>1941</v>
+        <v>1943</v>
       </c>
       <c r="J319" s="5" t="s">
-        <v>1942</v>
+        <v>914</v>
       </c>
       <c r="K319" s="5" t="s">
-        <v>1943</v>
+        <v>1944</v>
       </c>
       <c r="L319" s="6" t="s">
-        <v>1944</v>
+        <v>1945</v>
       </c>
       <c r="M319" s="5" t="s">
-        <v>1945</v>
+        <v>1946</v>
       </c>
     </row>
     <row r="320">
       <c r="A320" s="5" t="s">
-        <v>1946</v>
+        <v>1947</v>
       </c>
       <c r="B320" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C320" s="5" t="s">
         <v>114</v>
       </c>
       <c r="D320" s="5" t="s">
         <v>774</v>
       </c>
-      <c r="E320" s="5" t="s">
-[...2 lines deleted...]
-      <c r="F320" s="5" t="s">
+      <c r="E320" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F320" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G320" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H320" s="5" t="s">
         <v>1948</v>
       </c>
-      <c r="G320" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H320" s="5" t="s">
+      <c r="I320" s="5" t="s">
         <v>1949</v>
       </c>
-      <c r="I320" s="5" t="s">
+      <c r="J320" s="5" t="s">
         <v>1950</v>
       </c>
-      <c r="J320" s="5" t="s">
+      <c r="K320" s="5" t="s">
         <v>1951</v>
       </c>
-      <c r="K320" s="5" t="s">
+      <c r="L320" s="6" t="s">
         <v>1952</v>
       </c>
-      <c r="L320" s="6" t="s">
+      <c r="M320" s="5" t="s">
         <v>1953</v>
-      </c>
-[...1 lines deleted...]
-        <v>1954</v>
       </c>
     </row>
     <row r="321">
       <c r="A321" s="5" t="s">
-        <v>1955</v>
+        <v>1954</v>
       </c>
       <c r="B321" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C321" s="5" t="s">
-        <v>844</v>
+        <v>114</v>
       </c>
       <c r="D321" s="5" t="s">
-        <v>1296</v>
+        <v>774</v>
       </c>
       <c r="E321" s="5" t="s">
-        <v>1633</v>
-[...4 lines deleted...]
-        </is>
+        <v>1955</v>
+      </c>
+      <c r="F321" s="5" t="s">
+        <v>1956</v>
       </c>
       <c r="G321" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H321" s="5" t="s">
-        <v>1956</v>
+        <v>1957</v>
       </c>
       <c r="I321" s="5" t="s">
-        <v>1957</v>
+        <v>1958</v>
       </c>
       <c r="J321" s="5" t="s">
-        <v>1958</v>
+        <v>1959</v>
       </c>
       <c r="K321" s="5" t="s">
-        <v>1959</v>
+        <v>1960</v>
       </c>
       <c r="L321" s="6" t="s">
-        <v>1960</v>
+        <v>1961</v>
       </c>
       <c r="M321" s="5" t="s">
-        <v>1961</v>
+        <v>1962</v>
       </c>
     </row>
     <row r="322">
       <c r="A322" s="5" t="s">
-        <v>1962</v>
+        <v>1963</v>
       </c>
       <c r="B322" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C322" s="5" t="s">
-        <v>16</v>
+        <v>844</v>
       </c>
       <c r="D322" s="5" t="s">
-        <v>1963</v>
+        <v>1296</v>
       </c>
       <c r="E322" s="5" t="s">
-        <v>17</v>
+        <v>1633</v>
       </c>
       <c r="F322" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G322" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H322" s="5" t="s">
         <v>1964</v>
       </c>
       <c r="I322" s="5" t="s">
         <v>1965</v>
       </c>
       <c r="J322" s="5" t="s">
-        <v>1738</v>
+        <v>1966</v>
       </c>
       <c r="K322" s="5" t="s">
-        <v>1966</v>
+        <v>1967</v>
       </c>
       <c r="L322" s="6" t="s">
-        <v>1967</v>
+        <v>1968</v>
       </c>
       <c r="M322" s="5" t="s">
-        <v>1968</v>
+        <v>1969</v>
       </c>
     </row>
     <row r="323">
       <c r="A323" s="5" t="s">
-        <v>1969</v>
+        <v>1970</v>
       </c>
       <c r="B323" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C323" s="5" t="s">
-        <v>114</v>
+        <v>16</v>
       </c>
       <c r="D323" s="5" t="s">
-        <v>774</v>
+        <v>1971</v>
       </c>
       <c r="E323" s="5" t="s">
-        <v>1970</v>
+        <v>17</v>
       </c>
       <c r="F323" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G323" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H323" s="5" t="s">
-        <v>1971</v>
+        <v>1972</v>
       </c>
       <c r="I323" s="5" t="s">
-        <v>1972</v>
+        <v>1973</v>
       </c>
       <c r="J323" s="5" t="s">
-        <v>1973</v>
+        <v>1746</v>
       </c>
       <c r="K323" s="5" t="s">
         <v>1974</v>
       </c>
       <c r="L323" s="6" t="s">
         <v>1975</v>
       </c>
       <c r="M323" s="5" t="s">
         <v>1976</v>
       </c>
     </row>
     <row r="324">
       <c r="A324" s="5" t="s">
         <v>1977</v>
       </c>
       <c r="B324" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C324" s="5" t="s">
         <v>114</v>
       </c>
       <c r="D324" s="5" t="s">
         <v>774</v>
       </c>
       <c r="E324" s="5" t="s">
-        <v>1947</v>
-[...2 lines deleted...]
-        <v>1948</v>
+        <v>1978</v>
+      </c>
+      <c r="F324" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G324" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H324" s="5" t="s">
-        <v>1978</v>
+        <v>1979</v>
       </c>
       <c r="I324" s="5" t="s">
-        <v>1979</v>
+        <v>1980</v>
       </c>
       <c r="J324" s="5" t="s">
-        <v>1980</v>
+        <v>1981</v>
       </c>
       <c r="K324" s="5" t="s">
-        <v>1981</v>
+        <v>1982</v>
       </c>
       <c r="L324" s="6" t="s">
-        <v>1982</v>
+        <v>1983</v>
       </c>
       <c r="M324" s="5" t="s">
-        <v>1983</v>
+        <v>1984</v>
       </c>
     </row>
     <row r="325">
       <c r="A325" s="5" t="s">
-        <v>1984</v>
+        <v>1985</v>
       </c>
       <c r="B325" s="5" t="s">
-        <v>1985</v>
+        <v>14</v>
       </c>
       <c r="C325" s="5" t="s">
+        <v>114</v>
+      </c>
+      <c r="D325" s="5" t="s">
+        <v>774</v>
+      </c>
+      <c r="E325" s="5" t="s">
+        <v>1955</v>
+      </c>
+      <c r="F325" s="5" t="s">
+        <v>1956</v>
+      </c>
+      <c r="G325" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H325" s="5" t="s">
         <v>1986</v>
       </c>
-      <c r="D325" s="5" t="inlineStr">
-[...19 lines deleted...]
-      <c r="H325" s="5" t="s">
+      <c r="I325" s="5" t="s">
         <v>1987</v>
       </c>
-      <c r="I325" s="5" t="s">
+      <c r="J325" s="5" t="s">
         <v>1988</v>
-      </c>
-[...1 lines deleted...]
-        <v>1564</v>
       </c>
       <c r="K325" s="5" t="s">
         <v>1989</v>
       </c>
       <c r="L325" s="6" t="s">
         <v>1990</v>
       </c>
       <c r="M325" s="5" t="s">
         <v>1991</v>
       </c>
     </row>
     <row r="326">
       <c r="A326" s="5" t="s">
         <v>1992</v>
       </c>
       <c r="B326" s="5" t="s">
-        <v>14</v>
+        <v>1993</v>
       </c>
       <c r="C326" s="5" t="s">
-        <v>114</v>
-[...8 lines deleted...]
-        <v>1948</v>
+        <v>1994</v>
+      </c>
+      <c r="D326" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E326" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F326" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G326" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H326" s="5" t="s">
-        <v>1993</v>
+        <v>1995</v>
       </c>
       <c r="I326" s="5" t="s">
-        <v>1994</v>
+        <v>1996</v>
       </c>
       <c r="J326" s="5" t="s">
-        <v>1995</v>
+        <v>1564</v>
       </c>
       <c r="K326" s="5" t="s">
-        <v>1996</v>
+        <v>1997</v>
       </c>
       <c r="L326" s="6" t="s">
-        <v>1997</v>
+        <v>1998</v>
       </c>
       <c r="M326" s="5" t="s">
-        <v>1998</v>
+        <v>1999</v>
       </c>
     </row>
     <row r="327">
       <c r="A327" s="5" t="s">
-        <v>1999</v>
+        <v>2000</v>
       </c>
       <c r="B327" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C327" s="5" t="s">
-        <v>25</v>
+        <v>114</v>
       </c>
       <c r="D327" s="5" t="s">
-        <v>26</v>
-[...9 lines deleted...]
-        </is>
+        <v>774</v>
+      </c>
+      <c r="E327" s="5" t="s">
+        <v>1955</v>
+      </c>
+      <c r="F327" s="5" t="s">
+        <v>1956</v>
       </c>
       <c r="G327" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H327" s="5" t="s">
-        <v>2000</v>
+        <v>2001</v>
       </c>
       <c r="I327" s="5" t="s">
-        <v>2001</v>
+        <v>2002</v>
       </c>
       <c r="J327" s="5" t="s">
-        <v>2002</v>
+        <v>2003</v>
       </c>
       <c r="K327" s="5" t="s">
-        <v>2003</v>
+        <v>2004</v>
       </c>
       <c r="L327" s="6" t="s">
-        <v>2004</v>
+        <v>2005</v>
       </c>
       <c r="M327" s="5" t="s">
-        <v>2005</v>
+        <v>2006</v>
       </c>
     </row>
     <row r="328">
       <c r="A328" s="5" t="s">
-        <v>2006</v>
+        <v>2007</v>
       </c>
       <c r="B328" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C328" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="D328" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="E328" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F328" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G328" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H328" s="5" t="s">
+        <v>2008</v>
+      </c>
+      <c r="I328" s="5" t="s">
+        <v>2009</v>
+      </c>
+      <c r="J328" s="5" t="s">
+        <v>2010</v>
+      </c>
+      <c r="K328" s="5" t="s">
+        <v>2011</v>
+      </c>
+      <c r="L328" s="6" t="s">
+        <v>2012</v>
+      </c>
+      <c r="M328" s="5" t="s">
+        <v>2013</v>
+      </c>
+    </row>
+    <row r="329">
+      <c r="A329" s="5" t="s">
+        <v>2014</v>
+      </c>
+      <c r="B329" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C329" s="5" t="s">
         <v>836</v>
       </c>
-      <c r="D328" s="5" t="s">
+      <c r="D329" s="5" t="s">
         <v>733</v>
       </c>
-      <c r="E328" s="5" t="inlineStr">
-[...18 lines deleted...]
-      <c r="J328" s="5" t="s">
+      <c r="E329" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F329" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G329" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H329" s="5" t="s">
+        <v>2015</v>
+      </c>
+      <c r="I329" s="5"/>
+      <c r="J329" s="5" t="s">
         <v>1551</v>
       </c>
-      <c r="K328" s="5" t="s">
-[...6 lines deleted...]
-        <v>2010</v>
+      <c r="K329" s="5" t="s">
+        <v>2016</v>
+      </c>
+      <c r="L329" s="6" t="s">
+        <v>2017</v>
+      </c>
+      <c r="M329" s="5" t="s">
+        <v>2018</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>
     <hyperlink ref="M13" r:id="rId18"/>
     <hyperlink ref="M14" r:id="rId19"/>
     <hyperlink ref="M15" r:id="rId20"/>
     <hyperlink ref="M16" r:id="rId21"/>
     <hyperlink ref="M17" r:id="rId22"/>
     <hyperlink ref="M18" r:id="rId23"/>
     <hyperlink ref="M19" r:id="rId24"/>
     <hyperlink ref="M20" r:id="rId25"/>
     <hyperlink ref="M21" r:id="rId26"/>
@@ -26128,44 +26229,45 @@
     <hyperlink ref="M304" r:id="rId309"/>
     <hyperlink ref="M305" r:id="rId310"/>
     <hyperlink ref="M306" r:id="rId311"/>
     <hyperlink ref="M307" r:id="rId312"/>
     <hyperlink ref="M308" r:id="rId313"/>
     <hyperlink ref="M309" r:id="rId314"/>
     <hyperlink ref="M310" r:id="rId315"/>
     <hyperlink ref="M311" r:id="rId316"/>
     <hyperlink ref="M312" r:id="rId317"/>
     <hyperlink ref="M313" r:id="rId318"/>
     <hyperlink ref="M314" r:id="rId319"/>
     <hyperlink ref="M315" r:id="rId320"/>
     <hyperlink ref="M316" r:id="rId321"/>
     <hyperlink ref="M317" r:id="rId322"/>
     <hyperlink ref="M318" r:id="rId323"/>
     <hyperlink ref="M319" r:id="rId324"/>
     <hyperlink ref="M320" r:id="rId325"/>
     <hyperlink ref="M321" r:id="rId326"/>
     <hyperlink ref="M322" r:id="rId327"/>
     <hyperlink ref="M323" r:id="rId328"/>
     <hyperlink ref="M324" r:id="rId329"/>
     <hyperlink ref="M325" r:id="rId330"/>
     <hyperlink ref="M326" r:id="rId331"/>
     <hyperlink ref="M327" r:id="rId332"/>
     <hyperlink ref="M328" r:id="rId333"/>
+    <hyperlink ref="M329" r:id="rId334"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>