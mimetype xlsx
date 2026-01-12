--- v1 (2026-01-03)
+++ v2 (2026-01-12)
@@ -3,51 +3,51 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3325" uniqueCount="2019" xml:space="preserve">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3336" uniqueCount="2026" xml:space="preserve">
   <si>
     <t>Datering</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
@@ -4361,57 +4361,97 @@
 Joseph  Petterson
 Anna Louise Syberg
 Clara Syberg
 Fritz Syberg
 Laura Warberg
 Astrid Warberg-Goldschmidt</t>
   </si>
   <si>
     <t>Alhed og Johannes Larsen er muligvis ved at indrette sig i en lejlighed på Feden.
 Det store billede er muligvis "Bygevejr i april"</t>
   </si>
   <si>
     <t>Alhed og Johannes Larsen er ved at indrette sig i en ny lejlighed. JL skal begynde på et nyt stort maleri.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/0rov</t>
   </si>
   <si>
     <t>Kjerteminde den 26/1 1900
 Kjære Ugle - !
 Her er Resten af Tøjet med en lille Mundsmag i [ulæseligt] 2 Slags gid du maa være rask og det maa smage dig godt, vi stod og strøg til sent for i dag slagter vi Gris derfor maa du igjen nøjes med mig – saa skal hun nok skrive naar vi kommer forbi [ ulæseligt] skriv saa i Morgen lille Dine og fortæl mig en hel Deel jeg synes det er saa længe siden at vi saaes Syberg skrev forleden de var nu [ulæseligt] den lille Pige Clara havde havt Krampe – igjen men i en mindre Grad da Julen var forbi havde [de?] den sidste Dag havt Juletræ og bedt Joseph Petersens Børn derop Anna havde syet noget gammelt [Tøj?] om og det havde været en stor glæde for dem at [se?] Børnenes straalende Ansigter og trækkende afsted med alt godt hvad der hang paa Træet – de meldte os at [ulæseligt] Carelli er død og Boden lukket foreløbig
 [Fader?] var i Nyborg igaar og hørte af Birck at [-sterberg] rejser om en Tid – skal til en Tømmerhandler i Halmsted og have god Løn – Saugmesteren [ulæseligt] rendt baade med Karlsro og Høljeryd saa Birck [ulæseligt] derover om at ordne han vil sælge Karlsro [ulæseligt] begynder hans Bryderier – Alheds Moder og Louise kom [ulæseligt] Mandag Aften de skulde have rejst om Tirsdagen men blev alligevel hele Tirsdag sov saa hos os i 2 Nætter Vi stod tidlig op Onsdagmorgen satte 4 Vildænder paa Kl 7 og havde Kl. 9 dækket et fint Frokostbord med varm Mad Vin Ost Kiks Kaffe – og det smagte dem saa godt de skulde kjøre med Becker herfra Alhed, Las og Barn mødte i god tid. Georg og Marie med Ville – var ogsaa med – saa det var et stort Bord. – 
 De skulle om Aftenen til Ølstedgaard i Selskab der skulde Bentzen med saa blev Muk hjemme hos Dis som er syg endnu, Thora ligger ogsaa og skal ligge endnu en Maanedstid; der er bleven saa kjønt ude [ulæseligt] Alhed med hvide Gardiner i Sovekamret og [ulæseligt][køkken?] og den røde Kappe er bleven forlænget og [ulæseligt] grønt Gulvtæppe under Bordet samt Betræk på 3 Stole og Puffen og mange Blomster i Vin[duerne?] begge Svibelglas, en Hyasinth Fru Varberg havde med[ulæseligt] en rød Azalia har Vilhelm foræret dem og en [ulæseligt] Gjækker fra haven og 2 Zenerarier er kjøbt [ulæseligt] –sen den italienske Lampe – og smukke Glassager [ulæseligt] ogsaa meget Peters Maleri over Sofaen et Stycke ha[ulæseligt] paa Piedestalen Bogreol fuld af Bøger over [ulæseligt] Komode inden for Døren Spejlet over den an[ulæseligt] ved Kakkeloven Lysestager og Blomster gl[ulæseligt] paa den ene Side af Spejlet hænger Roserne paa d[ulæseligt] anden Fotografiet af den hollandske Kaae der hænger [ulæseligt] her inden for Døren en lille blank Mess[ing]kjeddel paa Kakkelovnen der har du det hele [ulæseligt] fra Stuen lille Gajen har det godt er bleven saa [ulæseligt]lig og spiser og sover godt. Johannes er begyn[dt ulæseligt] at ordne sig til at male det store Billede – [ulæseligt] skal males en lille Skitze – men hvor er hans S[ulæseligt] vi kan ikke finde den nogen Steder ved du ikke Besked om den? Lev nu vel og vær kjærlig hilset af din hele Slægt hils Olga mest hilses du dog af din gamle trofaste Moder -</t>
   </si>
   <si>
+    <t>1900-03-01</t>
+  </si>
+  <si>
+    <t>Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Kirstine -, pige i huset hos Hempel Syberg
+Ellen  Sawyer
+Albrecht  Warberg
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Astrid Warbergs farbror, Conrad Warberg, var godsforvalter på Glorup syd for Nyborg. Det vides ikke, hvad sagen om "Glorups Piger" går ud på.
+Warberg-familien kendte flere medlemmer af Schroll-familien. Det er uklart, hvem Kaptain Schroll var. 
+Frk. Ben(t)sen, Marie og Grete kendes ikke. 
+Stampe imod Brodden: Kæmpe mod noget uafvendeligt. 
+Combinations: Beklædningsgenstand som er en kombination af en trøje/chemise og underbukser.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1005</t>
+  </si>
+  <si>
+    <t>Astrid Warberg finder livet på Erikshaab kedeligt. Hun syr hulsøm, vasker osv. Hendes mors hovede er hjemsøgt af Glorups piger. 
+Frk. Bentsen er rejst til Faaborg, og hun er ikke kommet hjem som aftalt. 
+Astrid er meget optaget af ideen om en vagabondtur, og hun forsøger at spare sammen til den. Hun lister op, hvilke beklædningsgenstande de skal medbringe, og hvad de skal spise. Astrid foreslår, at de tager til Holland. Hun vil komme hjem til Johanne/Junge Larsen og drøfte planerne nøjere.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/hXEn</t>
+  </si>
+  <si>
+    <t>Erikshaab (Februar) 1900
+1ste Marts
+Kæreste lille Junge! Du må undskylde mit sidste dårlige Brev, der var skrevet af flere Gange, dennegang også skidt – hvad F.n skrive nu herfra, hvor alt er så dvaskt og dødt som i en skimlet Kælder; det sidste vil jeg for Resten ta i mig igen, for bare dèt - at man hver Dag traver ud i Odensebakkerne o a Steder, det skulde kunne fremkalde en Følelse af Salighed hverken død eller dvask. Men du forstår alligevel nok Meningen - : Selskaber – Vadsk – Uorden – Grete – Marie o s v – Glorups Piger har atter begyndt at hjemsøge Mors Hoved, nu vi nærmer os Mindedagen d 7de Marts. Jeg er dog – når jeg selv skal sige det – flink. Simulerer godt Humeur og Interesse for alt Uvæsenet, virker så småt om Formd. og Syer Hulsøm på Lagener om Eftermd., bliver sømmelig og afdanket. – Men Mors Hovede er da nogenlunde, jeg sætter også en Del ind på at have Mor hver Dag, men det er rigtignok hårdt at stampe mod Brodden i det Stykke. – 
+Vi skal have Spilleklub i Aften; Kaptain Schrolls og Degnens; desværre med Ungdom. Kirstine er bleven syg, så de skal ikke til Odense til Fars Fødselsdag. På Glorup er de også lidt syge, så vi må holde os i Skindet i År herhjemme. 
+Frk. Bensen afrejste i Søndags til Fåborg for at fejre Fastelavn, og skønt Mor havde bedt hende ikke at komme senere end Tirsdag, så har vi i Dag – Torsdag – endnu intet hørt eller set til Damen. Skønt Peter er god nok til Tider – og altid imod mig -, så ærgrer denne Hensynsløshed også mig en Del. Mor meget. 
+Dette er i Korthed de indtrufne Begivenheder, ved hvilke jeg ikke vil dvæle længere (at vi har Sne og Kulde har I vel også (Sludder)!) Nå, det var nemlig Turen – Vagabondturen; som jeg er bange for, at Du tror, at jeg ikke er begejstret nok for. Men det er jeg – aldeles knusende kolosalt. Jeg puger Penge sammen, hvor jeg får Øje på dem på Tæpper og Stræder i Kasser og Æsker og Lommer, ja har omgåedes den Plan at grave ude i Råmosen, hvor jeg altid har tænkt mig lå Skatte af uvurderlig Værd. Og 1 Krone tjenes hver 14de Dag ved ikke at ryge Tobak (jeg har fra Nytår kun ladet mig forære)
+Og jeg skal til at undgå Væddemål o.a. Og hver Morgen, når jeg spadserer, spekulerer jeg på nye Indtægtskilder – dog Pengene gror skam ikke på Træerne Junge, med al min Stræben har jeg endnu intet positivt Udbytte haft. - . Jeg har tænkt over vores Garderobe; var det ikke hensigtsmæssigt kun at have på: et Par tynde uldne Combinations. 1 Livstykke, 1 Par Cyclebuxer – Kjolen Strømper og Støvler. Med: 1 ulden Combinations, 1 Par Sko (?) Toiletsager (efter Behag) En Voksdugscape var vist nødvendig, men kan jo hjemmelaves. C’est tout bagage! - . Føden må vi jo have; jeg har tænkt mig, at følgende var bedst og billigst!: 1) Morgenkaffe 2) Middagsmad. Og ikke mere Mad. Jeg forsikrer Dig, at det er en Vane med den Æden også om Aftenen. – Jeg drømmer nu om - Holland. Tænk lidt i Ro over Sagen Junge! Holland som vi dog så ofte har tænkt på, og når vi nu var ved det! Vi kunde ikke søge et el. a. Legat? For trængende ensomme Piér? Det forekommer mig, at et sådant gives. - . Jeg kommer ved Lejlighed et lille Svip ind at snakke ordentlig med Dig om det. Min gamle italienske Sølvklokke vil jeg sælge – en Rejse er dog at foretrække.
+Tusinde Hilsner til Dig! Bare jeg hørte lige et lille Par Ord, jeg tænker en Del på Dig og Din Affaire
+Disser Bein
+[Skrevet på hovedet øverst s1:]
+For I véd jo, at Elle selv har skreven de sidste to Breve, der begge vare fortræffelige i sanitær Henseende</t>
+  </si>
+  <si>
     <t>1901-10-17 - 1902-11</t>
   </si>
   <si>
     <t>Dagbog</t>
-  </si>
-[...1 lines deleted...]
-    <t>Astrid Warberg-Goldschmidt</t>
   </si>
   <si>
     <t>Brune -
 Fritz -
 Ellen Agnete Amstrup
 Louise Amstrup
 - Auge
 Laurits Nicolai Balslev
 Wilhelmine Berg
 Tycho Brahe
 Harriet Brahm
 Peter Georg Emil Brahm
 Johannes Brahms
 Carl Brandstrup
 Emil Brandstrup
 Julie Brandt
 Thora  Branner
 Thomas Bredsdorff
 Frederik Briand de Crèvecoeur
 Johannes Nicolaus Brønsted
 Christian Caspersen
 Johanne Caspersen
 Poul Caspersen
 Holger Drachmann
 Betty  Ejlskov
@@ -11110,59 +11150,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/sRSA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mCHc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hHAk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rCXw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/com9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MJoL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zHtY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UrsJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LBDt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ikCS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sbqL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rmsf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PFgf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/s6Mh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NSDc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DUyV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V2FR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mM5S" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qCha" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/igzP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pD6O" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Iq10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/L6Sx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sMFS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mUfe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GIiA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9qBK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/L3md" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Iw9P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XaH1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ai8c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IynE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mI0O" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8OV5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4IPy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6doT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AUNk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TRQu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XSUd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BdAb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qi39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/z2Jn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fBOL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0Rju" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vlso" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F9KW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TCra" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ugkp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PSJg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mT3L" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DD8K" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1tGg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GAwd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VdtW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/exGo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uqv3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RgBc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cePP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sl5d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zcSP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/94Kz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SgFc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/knH1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/49Ze" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aYO2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4DgT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EUrJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kGFM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/y0d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V7Pp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jjju" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sR7v" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/u5hS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P7PO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GuXa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J4Te" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/U1ir" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kvAt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FD8g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tm3D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/p9S4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GBxo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HxDy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ncH5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/H6nO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/66fx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RM0i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uhvb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pkLk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EP5F" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TAoP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jiof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XIx4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/555E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gE1v" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y1ii" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vQeD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QTvA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/m7NC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dtRN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NncU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tRL8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cXkm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0rov" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId111" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/412R" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId112" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hQsY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId113" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tuYk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId114" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LobZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId115" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wgqk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId116" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dkGR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId117" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/R6oZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId118" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ym43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId119" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gnOI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId120" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rPn5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId121" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7auh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId122" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yrEi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId123" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Pz9p" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId124" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8GC3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId125" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ax1o" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId126" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TW34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId127" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ghAE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId128" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ReYi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId129" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tbmn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId130" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Sp9j" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId131" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iXp6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId132" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KqDJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId133" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UdiA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId134" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NDZ9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId135" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MSU6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId136" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J0Kl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId137" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HqPT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId138" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wZX1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId139" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kWLA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId140" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3GdT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId141" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/THUn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId142" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iGwx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId143" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TZ4h" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId144" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4GAF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId145" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TobY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId146" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/doA7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId147" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ygb2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId148" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Jo55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId149" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WmBB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId150" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VMMP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId151" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EHTL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId152" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VzpU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId153" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9XDW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId154" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/weJO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId155" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UfJv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId156" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zH5s" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId157" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ytyR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId158" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LgMg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId159" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RvHo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId160" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/G5h0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId161" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XUEf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId162" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CkrA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId163" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IdoL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId164" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/piAk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId165" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wTAy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId166" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/x9Mp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId167" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PIMJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId168" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OT2N" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId169" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/R6Vg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId170" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t3T6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId171" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ywer" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId172" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tV0K" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId173" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/C1Ej" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId174" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XYAW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId175" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zpYD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId176" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/G0Yx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId177" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jmQ4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId178" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kXix" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId179" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dP2V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId180" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1NKz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId181" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LRbZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId182" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1Kr1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId183" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xKzv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId184" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/M371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId185" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Wb5J" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId186" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mHvr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId187" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OWdb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId188" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RJDN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId189" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Irxk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId190" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/W4Y2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId191" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aQkg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId192" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tEey" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId193" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZO93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId194" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/10ov" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId195" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rzCL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId196" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/l79f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId197" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4h0e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId198" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fDna" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId199" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rbqn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId200" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0Eou" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId201" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uUmD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId202" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZmpP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId203" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GOmv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId204" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/U22A" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId205" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2MsE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId206" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UqIL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId207" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V5WQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId208" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yTkm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId209" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uQiK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId210" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jXdK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId211" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KzcD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId212" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wsaG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId213" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fwJv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId214" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/w14X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId215" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gXaR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId216" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SlQ5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId217" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/68Re" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId218" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rDCL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId219" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V1gj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId220" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uPfr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId221" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RpsI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId222" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/j7gX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId223" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/og82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId224" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WYXg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId225" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/melw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId226" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5rfy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId227" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EsuI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId228" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/r7a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId229" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BDbd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId230" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tjZr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId231" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4vkB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId232" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gVdh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId233" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/n1Xc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId234" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/blTV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId235" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XXxd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId236" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ILpr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId237" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Hj2u" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId238" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KnCk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId239" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/l6it" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId240" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kFZB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId241" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zE76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId242" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WKaz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId243" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WGwP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId244" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GBob" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId245" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7Frd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId246" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/N7oI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId247" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LfEF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId248" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RNyM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId249" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t2Bs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId250" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5qwN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId251" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O1lf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId252" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1aOm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId253" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UXzT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId254" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/xgN68ydL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId255" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vcEi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId256" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lkpl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId257" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Octu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId258" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/p673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId259" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O1Eq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId260" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/YMKxiB52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId261" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MsPI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId262" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ueGf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId263" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Bf2P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId264" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jUix" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId265" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/fKcmPEbS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId266" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/x6dkJZ1D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId267" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CbcVDh1T" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId268" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/85hHuUU0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId269" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/a8XNeRKd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId270" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/7ESPx50T" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId271" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Mlv4Xur5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId272" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ppA14zv8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId273" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/LeBeRN3x" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId274" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/loZOPA32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId275" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/pRsWWVrm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId276" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/fVq7VHUz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId277" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/0dGpRLoQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId278" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/1X9pkpup" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId279" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/QHlp2CcQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId280" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Eo32Ql2O" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId281" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/2PcTgoGU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId282" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/dmQZYULF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId283" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/42yY1Vxb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId284" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/OH7bAq3o" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId285" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/yBkX5TM3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId286" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/lW1MLrDI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId287" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/7X367Eq7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId288" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/KXQYxq6i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId289" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/z4ZozgYX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId290" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZBVg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId291" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/VBzuFUdB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId292" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/pMHAJFep" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId293" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/UdaM3mlf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId294" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/jIOtZjfa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId295" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/pZjw65g0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId296" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/OM2TxztY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId297" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/uf2J9vQM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId298" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/sS5uItnh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId299" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/rETfkRhp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId300" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/B0CjgTjw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId301" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/hTjU0m9t" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId302" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ZzXmhCIy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId303" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/cXl1cFcX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId304" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/85iIficq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId305" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/GCAZZgQj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId306" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/O4heTecU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId307" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/iBIvEWUu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId308" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/b7t9WpN0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId309" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/a3McIszL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId310" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/2h10vq48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId311" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CWdOz3FY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId312" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ThrVRR7n" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId313" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Tjga" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId314" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Lk8o" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId315" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LUOZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId316" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/83pC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId317" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KlXY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId318" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hcGD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId319" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6SKO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId320" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uwnu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId321" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KwJt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId322" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BOKX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId323" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6T3w" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId324" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rT9z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId325" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TAfR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId326" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/q95M" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId327" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/azsA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId328" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0wPP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId329" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UduZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId330" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZuEQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId331" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JNI0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId332" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Qcso" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId333" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Si41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId334" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/sRSA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mCHc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hHAk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rCXw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/com9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MJoL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zHtY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UrsJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LBDt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ikCS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sbqL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rmsf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PFgf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/s6Mh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NSDc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DUyV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V2FR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mM5S" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qCha" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/igzP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pD6O" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Iq10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/L6Sx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sMFS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mUfe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GIiA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9qBK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/L3md" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Iw9P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XaH1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ai8c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IynE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mI0O" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8OV5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4IPy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6doT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AUNk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TRQu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XSUd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BdAb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qi39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/z2Jn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fBOL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0Rju" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vlso" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F9KW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TCra" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ugkp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PSJg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mT3L" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DD8K" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1tGg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GAwd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VdtW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/exGo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uqv3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RgBc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cePP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sl5d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zcSP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/94Kz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SgFc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/knH1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/49Ze" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aYO2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4DgT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EUrJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kGFM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/y0d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V7Pp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jjju" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sR7v" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/u5hS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P7PO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GuXa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J4Te" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/U1ir" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kvAt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FD8g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tm3D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/p9S4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GBxo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HxDy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ncH5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/H6nO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/66fx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RM0i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uhvb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pkLk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EP5F" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TAoP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jiof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XIx4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/555E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gE1v" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y1ii" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vQeD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QTvA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/m7NC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dtRN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NncU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tRL8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cXkm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0rov" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hXEn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId111" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId112" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/412R" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId113" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hQsY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId114" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tuYk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId115" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LobZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId116" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wgqk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId117" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dkGR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId118" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/R6oZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId119" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ym43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId120" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gnOI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId121" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rPn5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId122" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7auh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId123" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yrEi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId124" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Pz9p" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId125" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8GC3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId126" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ax1o" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId127" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TW34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId128" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ghAE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId129" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ReYi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId130" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tbmn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId131" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Sp9j" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId132" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iXp6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId133" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KqDJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId134" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UdiA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId135" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NDZ9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId136" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MSU6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId137" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J0Kl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId138" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HqPT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId139" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wZX1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId140" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kWLA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId141" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3GdT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId142" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/THUn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId143" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iGwx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId144" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TZ4h" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId145" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4GAF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId146" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TobY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId147" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/doA7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId148" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ygb2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId149" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Jo55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId150" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WmBB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId151" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VMMP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId152" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EHTL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId153" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VzpU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId154" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9XDW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId155" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/weJO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId156" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UfJv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId157" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zH5s" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId158" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ytyR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId159" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LgMg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId160" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RvHo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId161" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/G5h0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId162" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XUEf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId163" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CkrA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId164" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IdoL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId165" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/piAk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId166" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wTAy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId167" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/x9Mp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId168" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PIMJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId169" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OT2N" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId170" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/R6Vg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId171" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t3T6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId172" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ywer" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId173" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tV0K" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId174" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/C1Ej" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId175" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XYAW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId176" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zpYD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId177" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/G0Yx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId178" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jmQ4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId179" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kXix" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId180" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dP2V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId181" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1NKz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId182" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LRbZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId183" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1Kr1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId184" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xKzv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId185" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/M371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId186" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Wb5J" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId187" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mHvr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId188" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OWdb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId189" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RJDN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId190" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Irxk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId191" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/W4Y2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId192" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aQkg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId193" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tEey" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId194" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZO93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId195" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/10ov" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId196" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rzCL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId197" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/l79f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId198" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4h0e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId199" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fDna" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId200" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rbqn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId201" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0Eou" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId202" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uUmD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId203" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZmpP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId204" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GOmv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId205" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/U22A" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId206" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2MsE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId207" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UqIL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId208" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V5WQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId209" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yTkm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId210" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uQiK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId211" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jXdK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId212" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KzcD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId213" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wsaG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId214" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fwJv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId215" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/w14X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId216" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gXaR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId217" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SlQ5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId218" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/68Re" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId219" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rDCL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId220" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V1gj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId221" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uPfr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId222" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RpsI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId223" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/j7gX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId224" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/og82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId225" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WYXg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId226" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/melw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId227" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5rfy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId228" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EsuI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId229" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/r7a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId230" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BDbd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId231" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tjZr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId232" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4vkB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId233" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gVdh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId234" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/n1Xc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId235" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/blTV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId236" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XXxd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId237" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ILpr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId238" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Hj2u" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId239" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KnCk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId240" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/l6it" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId241" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kFZB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId242" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zE76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId243" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WKaz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId244" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WGwP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId245" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GBob" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId246" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7Frd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId247" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/N7oI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId248" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LfEF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId249" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RNyM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId250" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t2Bs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId251" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5qwN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId252" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O1lf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId253" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1aOm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId254" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UXzT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId255" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/xgN68ydL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId256" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vcEi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId257" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lkpl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId258" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Octu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId259" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/p673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId260" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O1Eq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId261" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/YMKxiB52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId262" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MsPI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId263" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ueGf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId264" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Bf2P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId265" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jUix" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId266" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/fKcmPEbS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId267" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/x6dkJZ1D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId268" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CbcVDh1T" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId269" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/85hHuUU0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId270" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/a8XNeRKd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId271" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/7ESPx50T" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId272" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Mlv4Xur5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId273" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ppA14zv8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId274" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/LeBeRN3x" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId275" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/loZOPA32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId276" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/pRsWWVrm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId277" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/fVq7VHUz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId278" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/0dGpRLoQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId279" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/1X9pkpup" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId280" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/QHlp2CcQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId281" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Eo32Ql2O" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId282" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/2PcTgoGU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId283" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/dmQZYULF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId284" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/42yY1Vxb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId285" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/OH7bAq3o" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId286" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/yBkX5TM3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId287" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/lW1MLrDI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId288" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/7X367Eq7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId289" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/KXQYxq6i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId290" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/z4ZozgYX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId291" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZBVg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId292" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/VBzuFUdB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId293" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/pMHAJFep" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId294" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/UdaM3mlf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId295" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/jIOtZjfa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId296" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/pZjw65g0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId297" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/OM2TxztY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId298" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/uf2J9vQM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId299" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/sS5uItnh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId300" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/rETfkRhp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId301" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/B0CjgTjw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId302" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/hTjU0m9t" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId303" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ZzXmhCIy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId304" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/cXl1cFcX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId305" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/85iIficq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId306" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/GCAZZgQj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId307" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/O4heTecU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId308" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/iBIvEWUu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId309" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/b7t9WpN0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId310" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/a3McIszL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId311" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/2h10vq48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId312" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CWdOz3FY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId313" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ThrVRR7n" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId314" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Tjga" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId315" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Lk8o" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId316" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LUOZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId317" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/83pC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId318" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KlXY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId319" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hcGD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId320" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6SKO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId321" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uwnu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId322" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KwJt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId323" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BOKX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId324" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6T3w" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId325" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rT9z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId326" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TAfR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId327" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/q95M" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId328" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/azsA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId329" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0wPP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId330" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UduZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId331" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZuEQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId332" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JNI0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId333" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Qcso" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId334" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Si41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId335" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M329"/>
+  <dimension ref="A1:M330"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -15770,10177 +15810,10222 @@
       </c>
       <c r="H105" s="5" t="s">
         <v>767</v>
       </c>
       <c r="I105" s="5" t="s">
         <v>768</v>
       </c>
       <c r="J105" s="5" t="s">
         <v>102</v>
       </c>
       <c r="K105" s="5" t="s">
         <v>769</v>
       </c>
       <c r="L105" s="6" t="s">
         <v>770</v>
       </c>
       <c r="M105" s="5" t="s">
         <v>771</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="5" t="s">
         <v>772</v>
       </c>
       <c r="B106" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C106" s="5" t="s">
         <v>773</v>
       </c>
-      <c r="C106" s="5" t="s">
+      <c r="D106" s="5" t="s">
+        <v>114</v>
+      </c>
+      <c r="E106" s="5" t="s">
+        <v>41</v>
+      </c>
+      <c r="F106" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G106" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H106" s="5" t="s">
         <v>774</v>
       </c>
-      <c r="D106" s="5" t="inlineStr">
-[...19 lines deleted...]
-      <c r="H106" s="5" t="s">
+      <c r="I106" s="5" t="s">
         <v>775</v>
       </c>
-      <c r="I106" s="5"/>
-[...8 lines deleted...]
-        </is>
+      <c r="J106" s="5" t="s">
+        <v>776</v>
+      </c>
+      <c r="K106" s="5" t="s">
+        <v>777</v>
       </c>
       <c r="L106" s="6" t="s">
-        <v>776</v>
-[...1 lines deleted...]
-      <c r="M106" s="5"/>
+        <v>778</v>
+      </c>
+      <c r="M106" s="5" t="s">
+        <v>779</v>
+      </c>
     </row>
     <row r="107">
       <c r="A107" s="5" t="s">
-        <v>777</v>
+        <v>780</v>
       </c>
       <c r="B107" s="5" t="s">
-        <v>258</v>
+        <v>781</v>
       </c>
       <c r="C107" s="5" t="s">
-        <v>778</v>
-[...11 lines deleted...]
-        <v>779</v>
+        <v>773</v>
+      </c>
+      <c r="D107" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E107" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F107" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G107" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H107" s="5" t="s">
-        <v>780</v>
+        <v>782</v>
       </c>
       <c r="I107" s="5"/>
-      <c r="J107" s="5" t="s">
-[...3 lines deleted...]
-        <v>781</v>
+      <c r="J107" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K107" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L107" s="6" t="s">
-        <v>782</v>
-[...1 lines deleted...]
-      <c r="M107" s="5" t="s">
         <v>783</v>
       </c>
+      <c r="M107" s="5"/>
     </row>
     <row r="108">
       <c r="A108" s="5" t="s">
         <v>784</v>
       </c>
       <c r="B108" s="5" t="s">
-        <v>14</v>
+        <v>258</v>
       </c>
       <c r="C108" s="5" t="s">
-        <v>25</v>
+        <v>785</v>
       </c>
       <c r="D108" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E108" s="5" t="s">
-        <v>41</v>
-[...4 lines deleted...]
-        </is>
+        <v>479</v>
+      </c>
+      <c r="F108" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="G108" s="5" t="s">
-        <v>785</v>
+        <v>786</v>
       </c>
       <c r="H108" s="5" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="I108" s="5"/>
       <c r="J108" s="5" t="s">
-        <v>20</v>
+        <v>102</v>
       </c>
       <c r="K108" s="5" t="s">
-        <v>787</v>
+        <v>788</v>
       </c>
       <c r="L108" s="6" t="s">
-        <v>788</v>
+        <v>789</v>
       </c>
       <c r="M108" s="5" t="s">
-        <v>789</v>
+        <v>790</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="5" t="s">
-        <v>790</v>
+        <v>791</v>
       </c>
       <c r="B109" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C109" s="5" t="s">
-        <v>15</v>
+        <v>25</v>
       </c>
       <c r="D109" s="5" t="s">
-        <v>612</v>
+        <v>16</v>
       </c>
       <c r="E109" s="5" t="s">
-        <v>17</v>
-[...7 lines deleted...]
-        </is>
+        <v>41</v>
+      </c>
+      <c r="F109" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G109" s="5" t="s">
+        <v>792</v>
       </c>
       <c r="H109" s="5" t="s">
-        <v>791</v>
-[...3 lines deleted...]
-      </c>
+        <v>793</v>
+      </c>
+      <c r="I109" s="5"/>
       <c r="J109" s="5" t="s">
-        <v>102</v>
+        <v>20</v>
       </c>
       <c r="K109" s="5" t="s">
-        <v>793</v>
+        <v>794</v>
       </c>
       <c r="L109" s="6" t="s">
-        <v>794</v>
+        <v>795</v>
       </c>
       <c r="M109" s="5" t="s">
-        <v>795</v>
+        <v>796</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="5" t="s">
-        <v>796</v>
+        <v>797</v>
       </c>
       <c r="B110" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C110" s="5" t="s">
-        <v>797</v>
+        <v>15</v>
       </c>
       <c r="D110" s="5" t="s">
-        <v>774</v>
+        <v>612</v>
       </c>
       <c r="E110" s="5" t="s">
-        <v>98</v>
-[...4 lines deleted...]
-        </is>
+        <v>17</v>
+      </c>
+      <c r="F110" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="G110" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H110" s="5" t="s">
         <v>798</v>
       </c>
       <c r="I110" s="5" t="s">
         <v>799</v>
       </c>
       <c r="J110" s="5" t="s">
+        <v>102</v>
+      </c>
+      <c r="K110" s="5" t="s">
         <v>800</v>
       </c>
-      <c r="K110" s="5" t="s">
+      <c r="L110" s="6" t="s">
         <v>801</v>
       </c>
-      <c r="L110" s="6" t="s">
+      <c r="M110" s="5" t="s">
         <v>802</v>
-      </c>
-[...1 lines deleted...]
-        <v>803</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="5" t="s">
-        <v>804</v>
+        <v>803</v>
       </c>
       <c r="B111" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C111" s="5" t="s">
-        <v>16</v>
+        <v>804</v>
       </c>
       <c r="D111" s="5" t="s">
-        <v>25</v>
+        <v>773</v>
       </c>
       <c r="E111" s="5" t="s">
-        <v>18</v>
+        <v>98</v>
       </c>
       <c r="F111" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G111" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H111" s="5" t="s">
         <v>805</v>
       </c>
       <c r="I111" s="5" t="s">
         <v>806</v>
       </c>
       <c r="J111" s="5" t="s">
-        <v>20</v>
+        <v>807</v>
       </c>
       <c r="K111" s="5" t="s">
-        <v>807</v>
+        <v>808</v>
       </c>
       <c r="L111" s="6" t="s">
-        <v>808</v>
+        <v>809</v>
       </c>
       <c r="M111" s="5" t="s">
-        <v>809</v>
+        <v>810</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="5" t="s">
-        <v>810</v>
+        <v>811</v>
       </c>
       <c r="B112" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C112" s="5" t="s">
-        <v>114</v>
+        <v>16</v>
       </c>
       <c r="D112" s="5" t="s">
-        <v>774</v>
-[...7 lines deleted...]
-        <v>811</v>
+        <v>25</v>
+      </c>
+      <c r="E112" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="F112" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G112" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H112" s="5" t="s">
         <v>812</v>
       </c>
       <c r="I112" s="5" t="s">
         <v>813</v>
       </c>
       <c r="J112" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="K112" s="5" t="s">
         <v>814</v>
       </c>
-      <c r="K112" s="5" t="s">
+      <c r="L112" s="6" t="s">
         <v>815</v>
       </c>
-      <c r="L112" s="6" t="s">
+      <c r="M112" s="5" t="s">
         <v>816</v>
-      </c>
-[...1 lines deleted...]
-        <v>817</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="5" t="s">
-        <v>818</v>
+        <v>817</v>
       </c>
       <c r="B113" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C113" s="5" t="s">
-        <v>612</v>
+        <v>114</v>
       </c>
       <c r="D113" s="5" t="s">
-        <v>774</v>
-[...1 lines deleted...]
-      <c r="E113" s="5" t="s">
+        <v>773</v>
+      </c>
+      <c r="E113" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F113" s="5" t="s">
+        <v>818</v>
+      </c>
+      <c r="G113" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H113" s="5" t="s">
         <v>819</v>
       </c>
-      <c r="F113" s="5" t="s">
+      <c r="I113" s="5" t="s">
         <v>820</v>
       </c>
-      <c r="G113" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="I113" s="5" t="s">
+      <c r="J113" s="5" t="s">
         <v>821</v>
       </c>
-      <c r="J113" s="5" t="s">
+      <c r="K113" s="5" t="s">
         <v>822</v>
       </c>
-      <c r="K113" s="5" t="s">
+      <c r="L113" s="6" t="s">
         <v>823</v>
       </c>
-      <c r="L113" s="6" t="s">
+      <c r="M113" s="5" t="s">
         <v>824</v>
-      </c>
-[...1 lines deleted...]
-        <v>825</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="5" t="s">
-        <v>826</v>
+        <v>825</v>
       </c>
       <c r="B114" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C114" s="5" t="s">
-        <v>26</v>
+        <v>612</v>
       </c>
       <c r="D114" s="5" t="s">
-        <v>774</v>
-[...4 lines deleted...]
-        </is>
+        <v>773</v>
+      </c>
+      <c r="E114" s="5" t="s">
+        <v>826</v>
       </c>
       <c r="F114" s="5" t="s">
         <v>827</v>
       </c>
       <c r="G114" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H114" s="5" t="s">
+      <c r="H114" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I114" s="5" t="s">
         <v>828</v>
       </c>
-      <c r="I114" s="5" t="s">
+      <c r="J114" s="5" t="s">
         <v>829</v>
       </c>
-      <c r="J114" s="5" t="s">
+      <c r="K114" s="5" t="s">
         <v>830</v>
       </c>
-      <c r="K114" s="5" t="s">
+      <c r="L114" s="6" t="s">
         <v>831</v>
       </c>
-      <c r="L114" s="6" t="s">
+      <c r="M114" s="5" t="s">
         <v>832</v>
-      </c>
-[...1 lines deleted...]
-        <v>833</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="5" t="s">
+        <v>833</v>
+      </c>
+      <c r="B115" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C115" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="D115" s="5" t="s">
+        <v>773</v>
+      </c>
+      <c r="E115" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F115" s="5" t="s">
         <v>834</v>
       </c>
-      <c r="B115" s="5" t="s">
+      <c r="G115" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H115" s="5" t="s">
+        <v>835</v>
+      </c>
+      <c r="I115" s="5" t="s">
+        <v>836</v>
+      </c>
+      <c r="J115" s="5" t="s">
+        <v>837</v>
+      </c>
+      <c r="K115" s="5" t="s">
+        <v>838</v>
+      </c>
+      <c r="L115" s="6" t="s">
+        <v>839</v>
+      </c>
+      <c r="M115" s="5" t="s">
+        <v>840</v>
+      </c>
+    </row>
+    <row r="116">
+      <c r="A116" s="5" t="s">
+        <v>841</v>
+      </c>
+      <c r="B116" s="5" t="s">
         <v>150</v>
       </c>
-      <c r="C115" s="5" t="s">
-[...30 lines deleted...]
-      <c r="L115" s="6" t="s">
+      <c r="C116" s="5" t="s">
         <v>842</v>
       </c>
-      <c r="M115" s="5" t="s">
+      <c r="D116" s="5" t="s">
         <v>843</v>
       </c>
-    </row>
-[...7 lines deleted...]
-      <c r="C116" s="5" t="s">
+      <c r="E116" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F116" s="5" t="s">
         <v>844</v>
       </c>
-      <c r="D116" s="5" t="s">
+      <c r="G116" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H116" s="5" t="s">
         <v>845</v>
       </c>
-      <c r="E116" s="5" t="inlineStr">
-[...14 lines deleted...]
-      <c r="H116" s="5" t="s">
+      <c r="I116" s="5" t="s">
         <v>846</v>
       </c>
-      <c r="I116" s="5"/>
       <c r="J116" s="5" t="s">
         <v>847</v>
       </c>
       <c r="K116" s="5" t="s">
         <v>848</v>
       </c>
       <c r="L116" s="6" t="s">
         <v>849</v>
       </c>
       <c r="M116" s="5" t="s">
         <v>850</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="5" t="n">
         <v>1905</v>
       </c>
       <c r="B117" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C117" s="5" t="s">
-        <v>844</v>
+        <v>851</v>
       </c>
       <c r="D117" s="5" t="s">
-        <v>845</v>
-[...2 lines deleted...]
-        <v>851</v>
+        <v>852</v>
+      </c>
+      <c r="E117" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F117" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G117" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H117" s="5" t="s">
-        <v>846</v>
+        <v>853</v>
       </c>
       <c r="I117" s="5"/>
       <c r="J117" s="5" t="s">
-        <v>852</v>
+        <v>854</v>
       </c>
       <c r="K117" s="5" t="s">
-        <v>853</v>
+        <v>855</v>
       </c>
       <c r="L117" s="6" t="s">
-        <v>854</v>
+        <v>856</v>
       </c>
       <c r="M117" s="5" t="s">
-        <v>850</v>
+        <v>857</v>
       </c>
     </row>
     <row r="118">
-      <c r="A118" s="5" t="s">
-        <v>855</v>
+      <c r="A118" s="5" t="n">
+        <v>1905</v>
       </c>
       <c r="B118" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C118" s="5" t="s">
-        <v>15</v>
+        <v>851</v>
       </c>
       <c r="D118" s="5" t="s">
-        <v>612</v>
+        <v>852</v>
       </c>
       <c r="E118" s="5" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-      <c r="G118" s="5" t="s">
+        <v>858</v>
+      </c>
+      <c r="F118" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G118" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H118" s="5" t="s">
+        <v>853</v>
+      </c>
+      <c r="I118" s="5"/>
+      <c r="J118" s="5" t="s">
+        <v>859</v>
+      </c>
+      <c r="K118" s="5" t="s">
+        <v>860</v>
+      </c>
+      <c r="L118" s="6" t="s">
+        <v>861</v>
+      </c>
+      <c r="M118" s="5" t="s">
         <v>857</v>
-      </c>
-[...16 lines deleted...]
-        <v>863</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" s="5" t="s">
-        <v>864</v>
+        <v>862</v>
       </c>
       <c r="B119" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C119" s="5" t="s">
-        <v>844</v>
+        <v>15</v>
       </c>
       <c r="D119" s="5" t="s">
+        <v>612</v>
+      </c>
+      <c r="E119" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F119" s="5" t="s">
+        <v>863</v>
+      </c>
+      <c r="G119" s="5" t="s">
+        <v>864</v>
+      </c>
+      <c r="H119" s="5" t="s">
         <v>865</v>
-      </c>
-[...14 lines deleted...]
-        <v>845</v>
       </c>
       <c r="I119" s="5" t="s">
         <v>866</v>
       </c>
       <c r="J119" s="5" t="s">
         <v>867</v>
       </c>
       <c r="K119" s="5" t="s">
         <v>868</v>
       </c>
       <c r="L119" s="6" t="s">
         <v>869</v>
       </c>
       <c r="M119" s="5" t="s">
         <v>870</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" s="5" t="s">
         <v>871</v>
       </c>
       <c r="B120" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C120" s="5" t="s">
+        <v>851</v>
+      </c>
+      <c r="D120" s="5" t="s">
         <v>872</v>
       </c>
-      <c r="D120" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E120" s="5" t="s">
+        <v>858</v>
+      </c>
+      <c r="F120" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G120" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H120" s="5" t="s">
+        <v>852</v>
+      </c>
+      <c r="I120" s="5" t="s">
         <v>873</v>
       </c>
-      <c r="F120" s="5" t="s">
+      <c r="J120" s="5" t="s">
         <v>874</v>
       </c>
-      <c r="G120" s="5" t="s">
-[...5 lines deleted...]
-      <c r="I120" s="5" t="s">
+      <c r="K120" s="5" t="s">
         <v>875</v>
       </c>
-      <c r="J120" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K120" s="5" t="s">
+      <c r="L120" s="6" t="s">
         <v>876</v>
       </c>
-      <c r="L120" s="6" t="s">
+      <c r="M120" s="5" t="s">
         <v>877</v>
-      </c>
-[...1 lines deleted...]
-        <v>878</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" s="5" t="s">
+        <v>878</v>
+      </c>
+      <c r="B121" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C121" s="5" t="s">
         <v>879</v>
       </c>
-      <c r="B121" s="5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D121" s="5" t="s">
-        <v>845</v>
-[...21 lines deleted...]
-      <c r="I121" s="5"/>
+        <v>16</v>
+      </c>
+      <c r="E121" s="5" t="s">
+        <v>880</v>
+      </c>
+      <c r="F121" s="5" t="s">
+        <v>881</v>
+      </c>
+      <c r="G121" s="5" t="s">
+        <v>880</v>
+      </c>
+      <c r="H121" s="5" t="s">
+        <v>852</v>
+      </c>
+      <c r="I121" s="5" t="s">
+        <v>882</v>
+      </c>
       <c r="J121" s="5" t="s">
-        <v>867</v>
+        <v>102</v>
       </c>
       <c r="K121" s="5" t="s">
-        <v>880</v>
+        <v>883</v>
       </c>
       <c r="L121" s="6" t="s">
-        <v>881</v>
+        <v>884</v>
       </c>
       <c r="M121" s="5" t="s">
-        <v>882</v>
+        <v>885</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" s="5" t="s">
-        <v>883</v>
+        <v>886</v>
       </c>
       <c r="B122" s="5" t="s">
-        <v>14</v>
+        <v>258</v>
       </c>
       <c r="C122" s="5" t="s">
-        <v>844</v>
+        <v>851</v>
       </c>
       <c r="D122" s="5" t="s">
-        <v>884</v>
+        <v>852</v>
       </c>
       <c r="E122" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F122" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G122" s="5" t="s">
-[...5 lines deleted...]
-      <c r="I122" s="5" t="s">
+      <c r="G122" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H122" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I122" s="5"/>
+      <c r="J122" s="5" t="s">
+        <v>874</v>
+      </c>
+      <c r="K122" s="5" t="s">
         <v>887</v>
       </c>
-      <c r="J122" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K122" s="5" t="s">
+      <c r="L122" s="6" t="s">
         <v>888</v>
       </c>
-      <c r="L122" s="6" t="s">
+      <c r="M122" s="5" t="s">
         <v>889</v>
-      </c>
-[...1 lines deleted...]
-        <v>890</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" s="5" t="s">
-        <v>891</v>
+        <v>890</v>
       </c>
       <c r="B123" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C123" s="5" t="s">
-        <v>844</v>
+        <v>851</v>
       </c>
       <c r="D123" s="5" t="s">
-        <v>884</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>891</v>
+      </c>
+      <c r="E123" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F123" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G123" s="5" t="s">
         <v>892</v>
       </c>
       <c r="H123" s="5" t="s">
         <v>893</v>
       </c>
       <c r="I123" s="5" t="s">
         <v>894</v>
       </c>
       <c r="J123" s="5" t="s">
         <v>102</v>
       </c>
       <c r="K123" s="5" t="s">
         <v>895</v>
       </c>
       <c r="L123" s="6" t="s">
         <v>896</v>
       </c>
       <c r="M123" s="5" t="s">
         <v>897</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" s="5" t="s">
         <v>898</v>
       </c>
       <c r="B124" s="5" t="s">
-        <v>258</v>
+        <v>14</v>
       </c>
       <c r="C124" s="5" t="s">
-        <v>733</v>
+        <v>851</v>
       </c>
       <c r="D124" s="5" t="s">
-        <v>16</v>
+        <v>891</v>
       </c>
       <c r="E124" s="5" t="s">
-        <v>18</v>
-[...1 lines deleted...]
-      <c r="F124" s="5" t="s">
         <v>17</v>
+      </c>
+      <c r="F124" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G124" s="5" t="s">
         <v>899</v>
       </c>
       <c r="H124" s="5" t="s">
         <v>900</v>
       </c>
       <c r="I124" s="5" t="s">
         <v>901</v>
       </c>
       <c r="J124" s="5" t="s">
         <v>102</v>
       </c>
       <c r="K124" s="5" t="s">
         <v>902</v>
       </c>
       <c r="L124" s="6" t="s">
         <v>903</v>
       </c>
       <c r="M124" s="5" t="s">
         <v>904</v>
       </c>
     </row>
     <row r="125">
-      <c r="A125" s="5" t="n">
-        <v>1910</v>
+      <c r="A125" s="5" t="s">
+        <v>905</v>
       </c>
       <c r="B125" s="5" t="s">
-        <v>14</v>
+        <v>258</v>
       </c>
       <c r="C125" s="5" t="s">
-        <v>845</v>
+        <v>733</v>
       </c>
       <c r="D125" s="5" t="s">
-        <v>884</v>
+        <v>16</v>
       </c>
       <c r="E125" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="F125" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F125" s="5" t="inlineStr">
-[...3 lines deleted...]
-      </c>
       <c r="G125" s="5" t="s">
-        <v>905</v>
+        <v>906</v>
       </c>
       <c r="H125" s="5" t="s">
-        <v>906</v>
+        <v>907</v>
       </c>
       <c r="I125" s="5" t="s">
-        <v>907</v>
+        <v>908</v>
       </c>
       <c r="J125" s="5" t="s">
         <v>102</v>
       </c>
       <c r="K125" s="5" t="s">
-        <v>908</v>
+        <v>909</v>
       </c>
       <c r="L125" s="6" t="s">
-        <v>909</v>
+        <v>910</v>
       </c>
       <c r="M125" s="5" t="s">
-        <v>910</v>
+        <v>911</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" s="5" t="n">
         <v>1910</v>
       </c>
       <c r="B126" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C126" s="5" t="s">
-        <v>872</v>
+        <v>852</v>
       </c>
       <c r="D126" s="5" t="s">
-        <v>911</v>
+        <v>891</v>
       </c>
       <c r="E126" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F126" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G126" s="5" t="s">
         <v>912</v>
       </c>
-      <c r="F126" s="5" t="inlineStr">
-[...12 lines deleted...]
-        </is>
+      <c r="H126" s="5" t="s">
+        <v>913</v>
       </c>
       <c r="I126" s="5" t="s">
-        <v>913</v>
+        <v>914</v>
       </c>
       <c r="J126" s="5" t="s">
-        <v>914</v>
+        <v>102</v>
       </c>
       <c r="K126" s="5" t="s">
         <v>915</v>
       </c>
       <c r="L126" s="6" t="s">
         <v>916</v>
       </c>
       <c r="M126" s="5" t="s">
         <v>917</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" s="5" t="n">
         <v>1910</v>
       </c>
       <c r="B127" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C127" s="5" t="s">
-        <v>845</v>
+        <v>879</v>
       </c>
       <c r="D127" s="5" t="s">
-        <v>884</v>
-[...4 lines deleted...]
-        </is>
+        <v>918</v>
+      </c>
+      <c r="E127" s="5" t="s">
+        <v>919</v>
       </c>
       <c r="F127" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G127" s="5" t="s">
-[...3 lines deleted...]
-        <v>919</v>
+      <c r="G127" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H127" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I127" s="5" t="s">
         <v>920</v>
       </c>
       <c r="J127" s="5" t="s">
-        <v>102</v>
+        <v>921</v>
       </c>
       <c r="K127" s="5" t="s">
-        <v>921</v>
+        <v>922</v>
       </c>
       <c r="L127" s="6" t="s">
-        <v>922</v>
+        <v>923</v>
       </c>
       <c r="M127" s="5" t="s">
-        <v>923</v>
+        <v>924</v>
       </c>
     </row>
     <row r="128">
-      <c r="A128" s="5" t="s">
-        <v>924</v>
+      <c r="A128" s="5" t="n">
+        <v>1910</v>
       </c>
       <c r="B128" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C128" s="5" t="s">
-        <v>844</v>
+        <v>852</v>
       </c>
       <c r="D128" s="5" t="s">
-        <v>911</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>891</v>
+      </c>
+      <c r="E128" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F128" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G128" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G128" s="5" t="s">
+        <v>925</v>
       </c>
       <c r="H128" s="5" t="s">
-        <v>925</v>
+        <v>926</v>
       </c>
       <c r="I128" s="5" t="s">
-        <v>926</v>
+        <v>927</v>
       </c>
       <c r="J128" s="5" t="s">
-        <v>20</v>
+        <v>102</v>
       </c>
       <c r="K128" s="5" t="s">
-        <v>927</v>
+        <v>928</v>
       </c>
       <c r="L128" s="6" t="s">
-        <v>928</v>
+        <v>929</v>
       </c>
       <c r="M128" s="5" t="s">
-        <v>929</v>
+        <v>930</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" s="5" t="s">
-        <v>930</v>
+        <v>931</v>
       </c>
       <c r="B129" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C129" s="5" t="s">
-        <v>931</v>
+        <v>851</v>
       </c>
       <c r="D129" s="5" t="s">
-        <v>838</v>
-[...4 lines deleted...]
-        </is>
+        <v>918</v>
+      </c>
+      <c r="E129" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F129" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G129" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H129" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H129" s="5" t="s">
+        <v>932</v>
       </c>
       <c r="I129" s="5" t="s">
-        <v>932</v>
+        <v>933</v>
       </c>
       <c r="J129" s="5" t="s">
-        <v>933</v>
+        <v>20</v>
       </c>
       <c r="K129" s="5" t="s">
         <v>934</v>
       </c>
       <c r="L129" s="6" t="s">
         <v>935</v>
       </c>
       <c r="M129" s="5" t="s">
         <v>936</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" s="5" t="s">
         <v>937</v>
       </c>
       <c r="B130" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C130" s="5" t="s">
-        <v>844</v>
+        <v>938</v>
       </c>
       <c r="D130" s="5" t="s">
-        <v>911</v>
-[...2 lines deleted...]
-        <v>938</v>
+        <v>845</v>
+      </c>
+      <c r="E130" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F130" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G130" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H130" s="5" t="s">
+      <c r="H130" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I130" s="5" t="s">
         <v>939</v>
       </c>
-      <c r="I130" s="5" t="s">
+      <c r="J130" s="5" t="s">
         <v>940</v>
-      </c>
-[...1 lines deleted...]
-        <v>914</v>
       </c>
       <c r="K130" s="5" t="s">
         <v>941</v>
       </c>
       <c r="L130" s="6" t="s">
         <v>942</v>
       </c>
       <c r="M130" s="5" t="s">
         <v>943</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" s="5" t="s">
         <v>944</v>
       </c>
       <c r="B131" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C131" s="5" t="s">
-        <v>844</v>
+        <v>851</v>
       </c>
       <c r="D131" s="5" t="s">
-        <v>911</v>
+        <v>918</v>
       </c>
       <c r="E131" s="5" t="s">
         <v>945</v>
       </c>
       <c r="F131" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G131" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H131" s="5" t="s">
         <v>946</v>
       </c>
       <c r="I131" s="5" t="s">
         <v>947</v>
       </c>
       <c r="J131" s="5" t="s">
-        <v>914</v>
+        <v>921</v>
       </c>
       <c r="K131" s="5" t="s">
         <v>948</v>
       </c>
       <c r="L131" s="6" t="s">
         <v>949</v>
       </c>
       <c r="M131" s="5" t="s">
         <v>950</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" s="5" t="s">
         <v>951</v>
       </c>
       <c r="B132" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C132" s="5" t="s">
-        <v>844</v>
+        <v>851</v>
       </c>
       <c r="D132" s="5" t="s">
-        <v>931</v>
-[...4 lines deleted...]
-        </is>
+        <v>918</v>
+      </c>
+      <c r="E132" s="5" t="s">
+        <v>952</v>
       </c>
       <c r="F132" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G132" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H132" s="5" t="s">
-        <v>952</v>
-[...1 lines deleted...]
-      <c r="I132" s="5"/>
+        <v>953</v>
+      </c>
+      <c r="I132" s="5" t="s">
+        <v>954</v>
+      </c>
       <c r="J132" s="5" t="s">
-        <v>953</v>
+        <v>921</v>
       </c>
       <c r="K132" s="5" t="s">
-        <v>954</v>
+        <v>955</v>
       </c>
       <c r="L132" s="6" t="s">
-        <v>955</v>
+        <v>956</v>
       </c>
       <c r="M132" s="5" t="s">
-        <v>956</v>
+        <v>957</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" s="5" t="s">
-        <v>957</v>
+        <v>958</v>
       </c>
       <c r="B133" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C133" s="5" t="s">
-        <v>845</v>
+        <v>851</v>
       </c>
       <c r="D133" s="5" t="s">
-        <v>911</v>
-[...2 lines deleted...]
-        <v>388</v>
+        <v>938</v>
+      </c>
+      <c r="E133" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F133" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G133" s="5" t="s">
-        <v>958</v>
+      <c r="G133" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H133" s="5" t="s">
         <v>959</v>
       </c>
-      <c r="I133" s="5" t="s">
+      <c r="I133" s="5"/>
+      <c r="J133" s="5" t="s">
         <v>960</v>
       </c>
-      <c r="J133" s="5" t="s">
+      <c r="K133" s="5" t="s">
         <v>961</v>
       </c>
-      <c r="K133" s="5" t="s">
+      <c r="L133" s="6" t="s">
         <v>962</v>
       </c>
-      <c r="L133" s="6" t="s">
+      <c r="M133" s="5" t="s">
         <v>963</v>
-      </c>
-[...1 lines deleted...]
-        <v>964</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" s="5" t="s">
+        <v>964</v>
+      </c>
+      <c r="B134" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C134" s="5" t="s">
+        <v>852</v>
+      </c>
+      <c r="D134" s="5" t="s">
+        <v>918</v>
+      </c>
+      <c r="E134" s="5" t="s">
+        <v>388</v>
+      </c>
+      <c r="F134" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G134" s="5" t="s">
         <v>965</v>
       </c>
-      <c r="B134" s="5" t="s">
-[...22 lines deleted...]
-        </is>
+      <c r="H134" s="5" t="s">
+        <v>966</v>
       </c>
       <c r="I134" s="5" t="s">
-        <v>966</v>
+        <v>967</v>
       </c>
       <c r="J134" s="5" t="s">
-        <v>20</v>
+        <v>968</v>
       </c>
       <c r="K134" s="5" t="s">
-        <v>967</v>
+        <v>969</v>
       </c>
       <c r="L134" s="6" t="s">
-        <v>968</v>
+        <v>970</v>
       </c>
       <c r="M134" s="5" t="s">
-        <v>969</v>
+        <v>971</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" s="5" t="s">
-        <v>970</v>
+        <v>972</v>
       </c>
       <c r="B135" s="5" t="s">
-        <v>14</v>
+        <v>258</v>
       </c>
       <c r="C135" s="5" t="s">
-        <v>931</v>
+        <v>851</v>
       </c>
       <c r="D135" s="5" t="s">
-        <v>971</v>
-[...9 lines deleted...]
-        </is>
+        <v>918</v>
+      </c>
+      <c r="E135" s="5" t="s">
+        <v>919</v>
+      </c>
+      <c r="F135" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="G135" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H135" s="5" t="s">
-[...2 lines deleted...]
-      <c r="I135" s="5"/>
+      <c r="H135" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I135" s="5" t="s">
+        <v>973</v>
+      </c>
       <c r="J135" s="5" t="s">
-        <v>972</v>
+        <v>20</v>
       </c>
       <c r="K135" s="5" t="s">
-        <v>973</v>
+        <v>974</v>
       </c>
       <c r="L135" s="6" t="s">
-        <v>974</v>
+        <v>975</v>
       </c>
       <c r="M135" s="5" t="s">
-        <v>975</v>
+        <v>976</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" s="5" t="s">
-        <v>970</v>
+        <v>977</v>
       </c>
       <c r="B136" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C136" s="5" t="s">
-        <v>931</v>
+        <v>938</v>
       </c>
       <c r="D136" s="5" t="s">
-        <v>733</v>
+        <v>978</v>
       </c>
       <c r="E136" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F136" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G136" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H136" s="5" t="s">
-        <v>838</v>
+        <v>845</v>
       </c>
       <c r="I136" s="5"/>
       <c r="J136" s="5" t="s">
-        <v>972</v>
+        <v>979</v>
       </c>
       <c r="K136" s="5" t="s">
-        <v>976</v>
+        <v>980</v>
       </c>
       <c r="L136" s="6" t="s">
-        <v>977</v>
+        <v>981</v>
       </c>
       <c r="M136" s="5" t="s">
-        <v>978</v>
+        <v>982</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" s="5" t="s">
+        <v>977</v>
+      </c>
+      <c r="B137" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C137" s="5" t="s">
+        <v>938</v>
+      </c>
+      <c r="D137" s="5" t="s">
+        <v>733</v>
+      </c>
+      <c r="E137" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F137" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G137" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H137" s="5" t="s">
+        <v>845</v>
+      </c>
+      <c r="I137" s="5"/>
+      <c r="J137" s="5" t="s">
         <v>979</v>
-      </c>
-[...25 lines deleted...]
-        <v>102</v>
       </c>
       <c r="K137" s="5" t="s">
         <v>983</v>
       </c>
       <c r="L137" s="6" t="s">
         <v>984</v>
       </c>
       <c r="M137" s="5" t="s">
         <v>985</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" s="5" t="s">
         <v>986</v>
       </c>
       <c r="B138" s="5" t="s">
-        <v>14</v>
+        <v>258</v>
       </c>
       <c r="C138" s="5" t="s">
-        <v>844</v>
+        <v>987</v>
       </c>
       <c r="D138" s="5" t="s">
-        <v>911</v>
+        <v>16</v>
       </c>
       <c r="E138" s="5" t="s">
-        <v>987</v>
-[...9 lines deleted...]
-        </is>
+        <v>919</v>
+      </c>
+      <c r="F138" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="G138" s="5" t="s">
+        <v>919</v>
       </c>
       <c r="H138" s="5" t="s">
         <v>988</v>
       </c>
       <c r="I138" s="5" t="s">
         <v>989</v>
       </c>
       <c r="J138" s="5" t="s">
-        <v>914</v>
+        <v>102</v>
       </c>
       <c r="K138" s="5" t="s">
         <v>990</v>
       </c>
       <c r="L138" s="6" t="s">
         <v>991</v>
       </c>
       <c r="M138" s="5" t="s">
         <v>992</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" s="5" t="s">
         <v>993</v>
       </c>
       <c r="B139" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C139" s="5" t="s">
+        <v>851</v>
+      </c>
+      <c r="D139" s="5" t="s">
+        <v>918</v>
+      </c>
+      <c r="E139" s="5" t="s">
         <v>994</v>
-      </c>
-[...6 lines deleted...]
-        </is>
       </c>
       <c r="F139" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G139" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H139" s="5" t="s">
         <v>995</v>
       </c>
-      <c r="I139" s="5"/>
+      <c r="I139" s="5" t="s">
+        <v>996</v>
+      </c>
       <c r="J139" s="5" t="s">
-        <v>996</v>
+        <v>921</v>
       </c>
       <c r="K139" s="5" t="s">
         <v>997</v>
       </c>
       <c r="L139" s="6" t="s">
         <v>998</v>
       </c>
       <c r="M139" s="5" t="s">
         <v>999</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" s="5" t="s">
         <v>1000</v>
       </c>
       <c r="B140" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C140" s="5" t="s">
-        <v>872</v>
+        <v>1001</v>
       </c>
       <c r="D140" s="5" t="s">
-        <v>911</v>
-[...2 lines deleted...]
-        <v>1001</v>
+        <v>879</v>
+      </c>
+      <c r="E140" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F140" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G140" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H140" s="5" t="s">
         <v>1002</v>
       </c>
-      <c r="I140" s="5" t="s">
+      <c r="I140" s="5"/>
+      <c r="J140" s="5" t="s">
         <v>1003</v>
-      </c>
-[...1 lines deleted...]
-        <v>914</v>
       </c>
       <c r="K140" s="5" t="s">
         <v>1004</v>
       </c>
       <c r="L140" s="6" t="s">
         <v>1005</v>
       </c>
       <c r="M140" s="5" t="s">
         <v>1006</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" s="5" t="s">
         <v>1007</v>
       </c>
       <c r="B141" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C141" s="5" t="s">
-        <v>994</v>
+        <v>879</v>
       </c>
       <c r="D141" s="5" t="s">
-        <v>844</v>
-[...4 lines deleted...]
-        </is>
+        <v>918</v>
+      </c>
+      <c r="E141" s="5" t="s">
+        <v>1008</v>
       </c>
       <c r="F141" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G141" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H141" s="5" t="s">
-        <v>1008</v>
-[...1 lines deleted...]
-      <c r="I141" s="5"/>
+        <v>1009</v>
+      </c>
+      <c r="I141" s="5" t="s">
+        <v>1010</v>
+      </c>
       <c r="J141" s="5" t="s">
-        <v>996</v>
+        <v>921</v>
       </c>
       <c r="K141" s="5" t="s">
-        <v>1009</v>
+        <v>1011</v>
       </c>
       <c r="L141" s="6" t="s">
-        <v>1010</v>
+        <v>1012</v>
       </c>
       <c r="M141" s="5" t="s">
-        <v>1011</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" s="5" t="s">
-        <v>1012</v>
+        <v>1014</v>
       </c>
       <c r="B142" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C142" s="5" t="s">
-        <v>844</v>
+        <v>1001</v>
       </c>
       <c r="D142" s="5" t="s">
-        <v>911</v>
-[...2 lines deleted...]
-        <v>912</v>
+        <v>851</v>
+      </c>
+      <c r="E142" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F142" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G142" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H142" s="5" t="s">
-        <v>1013</v>
-[...3 lines deleted...]
-      </c>
+        <v>1015</v>
+      </c>
+      <c r="I142" s="5"/>
       <c r="J142" s="5" t="s">
-        <v>914</v>
+        <v>1003</v>
       </c>
       <c r="K142" s="5" t="s">
-        <v>1015</v>
+        <v>1016</v>
       </c>
       <c r="L142" s="6" t="s">
-        <v>1016</v>
+        <v>1017</v>
       </c>
       <c r="M142" s="5" t="s">
-        <v>1017</v>
+        <v>1018</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" s="5" t="s">
-        <v>1018</v>
+        <v>1019</v>
       </c>
       <c r="B143" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C143" s="5" t="s">
-        <v>844</v>
+        <v>851</v>
       </c>
       <c r="D143" s="5" t="s">
-        <v>911</v>
+        <v>918</v>
       </c>
       <c r="E143" s="5" t="s">
-        <v>912</v>
+        <v>919</v>
       </c>
       <c r="F143" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G143" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H143" s="5" t="s">
-        <v>1019</v>
+        <v>1020</v>
       </c>
       <c r="I143" s="5" t="s">
-        <v>1020</v>
+        <v>1021</v>
       </c>
       <c r="J143" s="5" t="s">
-        <v>20</v>
+        <v>921</v>
       </c>
       <c r="K143" s="5" t="s">
-        <v>1021</v>
+        <v>1022</v>
       </c>
       <c r="L143" s="6" t="s">
-        <v>1022</v>
+        <v>1023</v>
       </c>
       <c r="M143" s="5" t="s">
-        <v>1023</v>
+        <v>1024</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" s="5" t="s">
-        <v>1024</v>
+        <v>1025</v>
       </c>
       <c r="B144" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C144" s="5" t="s">
-        <v>845</v>
+        <v>851</v>
       </c>
       <c r="D144" s="5" t="s">
-        <v>884</v>
+        <v>918</v>
       </c>
       <c r="E144" s="5" t="s">
-        <v>912</v>
+        <v>919</v>
       </c>
       <c r="F144" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G144" s="5" t="s">
-        <v>1025</v>
+      <c r="G144" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H144" s="5" t="s">
         <v>1026</v>
       </c>
       <c r="I144" s="5" t="s">
         <v>1027</v>
       </c>
       <c r="J144" s="5" t="s">
-        <v>102</v>
+        <v>20</v>
       </c>
       <c r="K144" s="5" t="s">
         <v>1028</v>
       </c>
       <c r="L144" s="6" t="s">
         <v>1029</v>
       </c>
       <c r="M144" s="5" t="s">
         <v>1030</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" s="5" t="s">
-        <v>1024</v>
+        <v>1031</v>
       </c>
       <c r="B145" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C145" s="5" t="s">
-        <v>844</v>
+        <v>852</v>
       </c>
       <c r="D145" s="5" t="s">
-        <v>911</v>
+        <v>891</v>
       </c>
       <c r="E145" s="5" t="s">
-        <v>912</v>
+        <v>919</v>
       </c>
       <c r="F145" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G145" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G145" s="5" t="s">
+        <v>1032</v>
       </c>
       <c r="H145" s="5" t="s">
-        <v>1031</v>
+        <v>1033</v>
       </c>
       <c r="I145" s="5" t="s">
-        <v>1032</v>
+        <v>1034</v>
       </c>
       <c r="J145" s="5" t="s">
-        <v>20</v>
+        <v>102</v>
       </c>
       <c r="K145" s="5" t="s">
-        <v>1033</v>
+        <v>1035</v>
       </c>
       <c r="L145" s="6" t="s">
-        <v>1034</v>
+        <v>1036</v>
       </c>
       <c r="M145" s="5" t="s">
-        <v>1035</v>
+        <v>1037</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" s="5" t="s">
-        <v>1036</v>
+        <v>1031</v>
       </c>
       <c r="B146" s="5" t="s">
-        <v>258</v>
+        <v>14</v>
       </c>
       <c r="C146" s="5" t="s">
-        <v>872</v>
+        <v>851</v>
       </c>
       <c r="D146" s="5" t="s">
-        <v>911</v>
+        <v>918</v>
       </c>
       <c r="E146" s="5" t="s">
-        <v>1037</v>
-[...1 lines deleted...]
-      <c r="F146" s="5" t="s">
+        <v>919</v>
+      </c>
+      <c r="F146" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G146" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H146" s="5" t="s">
         <v>1038</v>
       </c>
-      <c r="G146" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H146" s="5" t="s">
+      <c r="I146" s="5" t="s">
         <v>1039</v>
       </c>
-      <c r="I146" s="5" t="s">
+      <c r="J146" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="K146" s="5" t="s">
         <v>1040</v>
       </c>
-      <c r="J146" s="5" t="s">
+      <c r="L146" s="6" t="s">
         <v>1041</v>
       </c>
-      <c r="K146" s="5" t="s">
+      <c r="M146" s="5" t="s">
         <v>1042</v>
-      </c>
-[...4 lines deleted...]
-        <v>1044</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" s="5" t="s">
+        <v>1043</v>
+      </c>
+      <c r="B147" s="5" t="s">
+        <v>258</v>
+      </c>
+      <c r="C147" s="5" t="s">
+        <v>879</v>
+      </c>
+      <c r="D147" s="5" t="s">
+        <v>918</v>
+      </c>
+      <c r="E147" s="5" t="s">
+        <v>1044</v>
+      </c>
+      <c r="F147" s="5" t="s">
         <v>1045</v>
       </c>
-      <c r="B147" s="5" t="s">
-[...17 lines deleted...]
-      </c>
       <c r="G147" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H147" s="5" t="s">
-        <v>995</v>
-[...1 lines deleted...]
-      <c r="I147" s="5"/>
+        <v>1046</v>
+      </c>
+      <c r="I147" s="5" t="s">
+        <v>1047</v>
+      </c>
       <c r="J147" s="5" t="s">
-        <v>996</v>
+        <v>1048</v>
       </c>
       <c r="K147" s="5" t="s">
-        <v>1046</v>
+        <v>1049</v>
       </c>
       <c r="L147" s="6" t="s">
-        <v>1047</v>
+        <v>1050</v>
       </c>
       <c r="M147" s="5" t="s">
-        <v>1048</v>
+        <v>1051</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" s="5" t="s">
-        <v>1049</v>
+        <v>1052</v>
       </c>
       <c r="B148" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C148" s="5" t="s">
-        <v>995</v>
+        <v>1001</v>
       </c>
       <c r="D148" s="5" t="s">
-        <v>872</v>
+        <v>851</v>
       </c>
       <c r="E148" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F148" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G148" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H148" s="5" t="s">
-        <v>1050</v>
+        <v>1002</v>
       </c>
       <c r="I148" s="5"/>
       <c r="J148" s="5" t="s">
-        <v>996</v>
+        <v>1003</v>
       </c>
       <c r="K148" s="5" t="s">
-        <v>1051</v>
+        <v>1053</v>
       </c>
       <c r="L148" s="6" t="s">
-        <v>1052</v>
+        <v>1054</v>
       </c>
       <c r="M148" s="5" t="s">
-        <v>1053</v>
+        <v>1055</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" s="5" t="s">
-        <v>1054</v>
+        <v>1056</v>
       </c>
       <c r="B149" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C149" s="5" t="s">
-        <v>844</v>
+        <v>1002</v>
       </c>
       <c r="D149" s="5" t="s">
-        <v>994</v>
-[...2 lines deleted...]
-        <v>1055</v>
+        <v>879</v>
+      </c>
+      <c r="E149" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F149" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G149" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H149" s="5" t="s">
-        <v>1056</v>
-[...1 lines deleted...]
-      <c r="I149" s="5" t="s">
         <v>1057</v>
       </c>
+      <c r="I149" s="5"/>
       <c r="J149" s="5" t="s">
-        <v>914</v>
+        <v>1003</v>
       </c>
       <c r="K149" s="5" t="s">
         <v>1058</v>
       </c>
       <c r="L149" s="6" t="s">
         <v>1059</v>
       </c>
       <c r="M149" s="5" t="s">
         <v>1060</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" s="5" t="s">
         <v>1061</v>
       </c>
       <c r="B150" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C150" s="5" t="s">
-        <v>845</v>
+        <v>851</v>
       </c>
       <c r="D150" s="5" t="s">
-        <v>884</v>
+        <v>1001</v>
       </c>
       <c r="E150" s="5" t="s">
-        <v>912</v>
+        <v>1062</v>
       </c>
       <c r="F150" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G150" s="5" t="s">
-        <v>1062</v>
+      <c r="G150" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H150" s="5" t="s">
         <v>1063</v>
       </c>
       <c r="I150" s="5" t="s">
         <v>1064</v>
       </c>
       <c r="J150" s="5" t="s">
-        <v>102</v>
+        <v>921</v>
       </c>
       <c r="K150" s="5" t="s">
         <v>1065</v>
       </c>
       <c r="L150" s="6" t="s">
         <v>1066</v>
       </c>
       <c r="M150" s="5" t="s">
         <v>1067</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" s="5" t="s">
         <v>1068</v>
       </c>
       <c r="B151" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C151" s="5" t="s">
-        <v>844</v>
+        <v>852</v>
       </c>
       <c r="D151" s="5" t="s">
-        <v>911</v>
+        <v>891</v>
       </c>
       <c r="E151" s="5" t="s">
-        <v>1055</v>
+        <v>919</v>
       </c>
       <c r="F151" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G151" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G151" s="5" t="s">
+        <v>1069</v>
       </c>
       <c r="H151" s="5" t="s">
-        <v>1069</v>
+        <v>1070</v>
       </c>
       <c r="I151" s="5" t="s">
-        <v>1070</v>
+        <v>1071</v>
       </c>
       <c r="J151" s="5" t="s">
-        <v>914</v>
+        <v>102</v>
       </c>
       <c r="K151" s="5" t="s">
-        <v>1071</v>
+        <v>1072</v>
       </c>
       <c r="L151" s="6" t="s">
-        <v>1072</v>
+        <v>1073</v>
       </c>
       <c r="M151" s="5" t="s">
-        <v>1073</v>
+        <v>1074</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" s="5" t="s">
-        <v>1074</v>
+        <v>1075</v>
       </c>
       <c r="B152" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C152" s="5" t="s">
-        <v>844</v>
+        <v>851</v>
       </c>
       <c r="D152" s="5" t="s">
-        <v>911</v>
+        <v>918</v>
       </c>
       <c r="E152" s="5" t="s">
-        <v>1055</v>
+        <v>1062</v>
       </c>
       <c r="F152" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G152" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H152" s="5" t="s">
-        <v>1075</v>
+        <v>1076</v>
       </c>
       <c r="I152" s="5" t="s">
-        <v>1076</v>
+        <v>1077</v>
       </c>
       <c r="J152" s="5" t="s">
-        <v>20</v>
+        <v>921</v>
       </c>
       <c r="K152" s="5" t="s">
-        <v>1077</v>
+        <v>1078</v>
       </c>
       <c r="L152" s="6" t="s">
-        <v>1078</v>
+        <v>1079</v>
       </c>
       <c r="M152" s="5" t="s">
-        <v>1079</v>
+        <v>1080</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" s="5" t="s">
-        <v>1080</v>
+        <v>1081</v>
       </c>
       <c r="B153" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C153" s="5" t="s">
-        <v>844</v>
+        <v>851</v>
       </c>
       <c r="D153" s="5" t="s">
-        <v>911</v>
+        <v>918</v>
       </c>
       <c r="E153" s="5" t="s">
-        <v>1081</v>
+        <v>1062</v>
       </c>
       <c r="F153" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G153" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H153" s="5" t="s">
         <v>1082</v>
       </c>
       <c r="I153" s="5" t="s">
         <v>1083</v>
       </c>
       <c r="J153" s="5" t="s">
-        <v>914</v>
+        <v>20</v>
       </c>
       <c r="K153" s="5" t="s">
         <v>1084</v>
       </c>
       <c r="L153" s="6" t="s">
         <v>1085</v>
       </c>
       <c r="M153" s="5" t="s">
         <v>1086</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" s="5" t="s">
         <v>1087</v>
       </c>
       <c r="B154" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C154" s="5" t="s">
-        <v>844</v>
+        <v>851</v>
       </c>
       <c r="D154" s="5" t="s">
-        <v>911</v>
+        <v>918</v>
       </c>
       <c r="E154" s="5" t="s">
-        <v>1055</v>
+        <v>1088</v>
       </c>
       <c r="F154" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G154" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H154" s="5" t="s">
-        <v>1088</v>
+        <v>1089</v>
       </c>
       <c r="I154" s="5" t="s">
-        <v>1089</v>
+        <v>1090</v>
       </c>
       <c r="J154" s="5" t="s">
-        <v>20</v>
+        <v>921</v>
       </c>
       <c r="K154" s="5" t="s">
-        <v>1090</v>
+        <v>1091</v>
       </c>
       <c r="L154" s="6" t="s">
-        <v>1091</v>
+        <v>1092</v>
       </c>
       <c r="M154" s="5" t="s">
-        <v>1092</v>
+        <v>1093</v>
       </c>
     </row>
     <row r="155">
-      <c r="A155" s="5" t="n">
-        <v>1912</v>
+      <c r="A155" s="5" t="s">
+        <v>1094</v>
       </c>
       <c r="B155" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C155" s="5" t="s">
-        <v>1093</v>
+        <v>851</v>
       </c>
       <c r="D155" s="5" t="s">
-        <v>884</v>
+        <v>918</v>
       </c>
       <c r="E155" s="5" t="s">
-        <v>912</v>
+        <v>1062</v>
       </c>
       <c r="F155" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G155" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H155" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H155" s="5" t="s">
+        <v>1095</v>
       </c>
       <c r="I155" s="5" t="s">
-        <v>1094</v>
+        <v>1096</v>
       </c>
       <c r="J155" s="5" t="s">
-        <v>102</v>
+        <v>20</v>
       </c>
       <c r="K155" s="5" t="s">
-        <v>1095</v>
+        <v>1097</v>
       </c>
       <c r="L155" s="6" t="s">
-        <v>1096</v>
+        <v>1098</v>
       </c>
       <c r="M155" s="5" t="s">
-        <v>1097</v>
+        <v>1099</v>
       </c>
     </row>
     <row r="156">
       <c r="A156" s="5" t="n">
         <v>1912</v>
       </c>
       <c r="B156" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C156" s="5" t="s">
-        <v>845</v>
+        <v>1100</v>
       </c>
       <c r="D156" s="5" t="s">
-        <v>884</v>
+        <v>891</v>
       </c>
       <c r="E156" s="5" t="s">
-        <v>912</v>
+        <v>919</v>
       </c>
       <c r="F156" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G156" s="5" t="s">
-[...3 lines deleted...]
-        <v>1099</v>
+      <c r="G156" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H156" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I156" s="5" t="s">
-        <v>1100</v>
+        <v>1101</v>
       </c>
       <c r="J156" s="5" t="s">
         <v>102</v>
       </c>
       <c r="K156" s="5" t="s">
-        <v>1101</v>
+        <v>1102</v>
       </c>
       <c r="L156" s="6" t="s">
-        <v>1102</v>
+        <v>1103</v>
       </c>
       <c r="M156" s="5" t="s">
-        <v>1103</v>
+        <v>1104</v>
       </c>
     </row>
     <row r="157">
       <c r="A157" s="5" t="n">
         <v>1912</v>
       </c>
       <c r="B157" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C157" s="5" t="s">
-        <v>845</v>
+        <v>852</v>
       </c>
       <c r="D157" s="5" t="s">
-        <v>884</v>
+        <v>891</v>
       </c>
       <c r="E157" s="5" t="s">
-        <v>912</v>
+        <v>919</v>
       </c>
       <c r="F157" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G157" s="5" t="s">
-        <v>1104</v>
+        <v>1105</v>
       </c>
       <c r="H157" s="5" t="s">
-        <v>1105</v>
+        <v>1106</v>
       </c>
       <c r="I157" s="5" t="s">
-        <v>1106</v>
+        <v>1107</v>
       </c>
       <c r="J157" s="5" t="s">
         <v>102</v>
       </c>
       <c r="K157" s="5" t="s">
-        <v>1107</v>
+        <v>1108</v>
       </c>
       <c r="L157" s="6" t="s">
-        <v>1108</v>
+        <v>1109</v>
       </c>
       <c r="M157" s="5" t="s">
-        <v>1109</v>
+        <v>1110</v>
       </c>
     </row>
     <row r="158">
-      <c r="A158" s="5" t="s">
-        <v>1110</v>
+      <c r="A158" s="5" t="n">
+        <v>1912</v>
       </c>
       <c r="B158" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C158" s="5" t="s">
-        <v>844</v>
+        <v>852</v>
       </c>
       <c r="D158" s="5" t="s">
-        <v>911</v>
+        <v>891</v>
       </c>
       <c r="E158" s="5" t="s">
+        <v>919</v>
+      </c>
+      <c r="F158" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G158" s="5" t="s">
         <v>1111</v>
-      </c>
-[...8 lines deleted...]
-        </is>
       </c>
       <c r="H158" s="5" t="s">
         <v>1112</v>
       </c>
       <c r="I158" s="5" t="s">
         <v>1113</v>
       </c>
       <c r="J158" s="5" t="s">
-        <v>914</v>
+        <v>102</v>
       </c>
       <c r="K158" s="5" t="s">
         <v>1114</v>
       </c>
       <c r="L158" s="6" t="s">
         <v>1115</v>
       </c>
       <c r="M158" s="5" t="s">
         <v>1116</v>
       </c>
     </row>
     <row r="159">
-      <c r="A159" s="5" t="n">
-        <v>1912</v>
+      <c r="A159" s="5" t="s">
+        <v>1117</v>
       </c>
       <c r="B159" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C159" s="5" t="s">
-        <v>844</v>
+        <v>851</v>
       </c>
       <c r="D159" s="5" t="s">
-        <v>884</v>
+        <v>918</v>
       </c>
       <c r="E159" s="5" t="s">
-        <v>912</v>
+        <v>1118</v>
       </c>
       <c r="F159" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G159" s="5" t="s">
-        <v>1117</v>
+      <c r="G159" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H159" s="5" t="s">
-        <v>1118</v>
+        <v>1119</v>
       </c>
       <c r="I159" s="5" t="s">
-        <v>1119</v>
+        <v>1120</v>
       </c>
       <c r="J159" s="5" t="s">
-        <v>102</v>
+        <v>921</v>
       </c>
       <c r="K159" s="5" t="s">
-        <v>1120</v>
+        <v>1121</v>
       </c>
       <c r="L159" s="6" t="s">
-        <v>1121</v>
+        <v>1122</v>
       </c>
       <c r="M159" s="5" t="s">
-        <v>1122</v>
+        <v>1123</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" s="5" t="n">
         <v>1912</v>
       </c>
       <c r="B160" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C160" s="5" t="s">
-        <v>844</v>
+        <v>851</v>
       </c>
       <c r="D160" s="5" t="s">
-        <v>994</v>
+        <v>891</v>
       </c>
       <c r="E160" s="5" t="s">
-        <v>912</v>
+        <v>919</v>
       </c>
       <c r="F160" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G160" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G160" s="5" t="s">
+        <v>1124</v>
       </c>
       <c r="H160" s="5" t="s">
-        <v>1123</v>
+        <v>1125</v>
       </c>
       <c r="I160" s="5" t="s">
-        <v>1124</v>
+        <v>1126</v>
       </c>
       <c r="J160" s="5" t="s">
-        <v>1125</v>
+        <v>102</v>
       </c>
       <c r="K160" s="5" t="s">
-        <v>1126</v>
+        <v>1127</v>
       </c>
       <c r="L160" s="6" t="s">
-        <v>1127</v>
+        <v>1128</v>
       </c>
       <c r="M160" s="5" t="s">
-        <v>1128</v>
+        <v>1129</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" s="5" t="n">
         <v>1912</v>
       </c>
       <c r="B161" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C161" s="5" t="s">
-        <v>845</v>
+        <v>851</v>
       </c>
       <c r="D161" s="5" t="s">
-        <v>884</v>
+        <v>1001</v>
       </c>
       <c r="E161" s="5" t="s">
-        <v>912</v>
+        <v>919</v>
       </c>
       <c r="F161" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G161" s="5" t="s">
-        <v>1129</v>
+      <c r="G161" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H161" s="5" t="s">
         <v>1130</v>
       </c>
       <c r="I161" s="5" t="s">
         <v>1131</v>
       </c>
       <c r="J161" s="5" t="s">
-        <v>102</v>
+        <v>1132</v>
       </c>
       <c r="K161" s="5" t="s">
-        <v>1132</v>
+        <v>1133</v>
       </c>
       <c r="L161" s="6" t="s">
-        <v>1133</v>
+        <v>1134</v>
       </c>
       <c r="M161" s="5" t="s">
-        <v>1134</v>
+        <v>1135</v>
       </c>
     </row>
     <row r="162">
-      <c r="A162" s="5" t="s">
-        <v>1135</v>
+      <c r="A162" s="5" t="n">
+        <v>1912</v>
       </c>
       <c r="B162" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C162" s="5" t="s">
-        <v>844</v>
+        <v>852</v>
       </c>
       <c r="D162" s="5" t="s">
-        <v>911</v>
+        <v>891</v>
       </c>
       <c r="E162" s="5" t="s">
-        <v>1055</v>
+        <v>919</v>
       </c>
       <c r="F162" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G162" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G162" s="5" t="s">
+        <v>1136</v>
       </c>
       <c r="H162" s="5" t="s">
-        <v>884</v>
+        <v>1137</v>
       </c>
       <c r="I162" s="5" t="s">
-        <v>1136</v>
+        <v>1138</v>
       </c>
       <c r="J162" s="5" t="s">
-        <v>914</v>
+        <v>102</v>
       </c>
       <c r="K162" s="5" t="s">
-        <v>1137</v>
+        <v>1139</v>
       </c>
       <c r="L162" s="6" t="s">
-        <v>1138</v>
+        <v>1140</v>
       </c>
       <c r="M162" s="5" t="s">
-        <v>1139</v>
+        <v>1141</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" s="5" t="s">
-        <v>1140</v>
+        <v>1142</v>
       </c>
       <c r="B163" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C163" s="5" t="s">
-        <v>994</v>
+        <v>851</v>
       </c>
       <c r="D163" s="5" t="s">
-        <v>844</v>
-[...4 lines deleted...]
-        </is>
+        <v>918</v>
+      </c>
+      <c r="E163" s="5" t="s">
+        <v>1062</v>
       </c>
       <c r="F163" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G163" s="5" t="s">
-        <v>1141</v>
+      <c r="G163" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H163" s="5" t="s">
-        <v>1142</v>
-[...1 lines deleted...]
-      <c r="I163" s="5"/>
+        <v>891</v>
+      </c>
+      <c r="I163" s="5" t="s">
+        <v>1143</v>
+      </c>
       <c r="J163" s="5" t="s">
-        <v>996</v>
+        <v>921</v>
       </c>
       <c r="K163" s="5" t="s">
-        <v>1143</v>
+        <v>1144</v>
       </c>
       <c r="L163" s="6" t="s">
-        <v>1144</v>
+        <v>1145</v>
       </c>
       <c r="M163" s="5" t="s">
-        <v>1145</v>
+        <v>1146</v>
       </c>
     </row>
     <row r="164">
       <c r="A164" s="5" t="s">
-        <v>1146</v>
+        <v>1147</v>
       </c>
       <c r="B164" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C164" s="5" t="s">
-        <v>26</v>
+        <v>1001</v>
       </c>
       <c r="D164" s="5" t="s">
-        <v>774</v>
+        <v>851</v>
       </c>
       <c r="E164" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F164" s="5" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="F164" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G164" s="5" t="s">
+        <v>1148</v>
       </c>
       <c r="H164" s="5" t="s">
-        <v>1148</v>
-[...1 lines deleted...]
-      <c r="I164" s="5" t="s">
         <v>1149</v>
       </c>
+      <c r="I164" s="5"/>
       <c r="J164" s="5" t="s">
+        <v>1003</v>
+      </c>
+      <c r="K164" s="5" t="s">
         <v>1150</v>
       </c>
-      <c r="K164" s="5" t="s">
+      <c r="L164" s="6" t="s">
         <v>1151</v>
       </c>
-      <c r="L164" s="6" t="s">
+      <c r="M164" s="5" t="s">
         <v>1152</v>
-      </c>
-[...1 lines deleted...]
-        <v>1153</v>
       </c>
     </row>
     <row r="165">
       <c r="A165" s="5" t="s">
-        <v>1154</v>
+        <v>1153</v>
       </c>
       <c r="B165" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C165" s="5" t="s">
-        <v>872</v>
+        <v>26</v>
       </c>
       <c r="D165" s="5" t="s">
-        <v>911</v>
-[...7 lines deleted...]
-        </is>
+        <v>773</v>
+      </c>
+      <c r="E165" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F165" s="5" t="s">
+        <v>1154</v>
       </c>
       <c r="G165" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H165" s="5" t="s">
         <v>1155</v>
       </c>
       <c r="I165" s="5" t="s">
         <v>1156</v>
       </c>
       <c r="J165" s="5" t="s">
-        <v>914</v>
+        <v>1157</v>
       </c>
       <c r="K165" s="5" t="s">
-        <v>1157</v>
+        <v>1158</v>
       </c>
       <c r="L165" s="6" t="s">
-        <v>1158</v>
+        <v>1159</v>
       </c>
       <c r="M165" s="5" t="s">
-        <v>1159</v>
+        <v>1160</v>
       </c>
     </row>
     <row r="166">
       <c r="A166" s="5" t="s">
-        <v>1160</v>
+        <v>1161</v>
       </c>
       <c r="B166" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C166" s="5" t="s">
-        <v>845</v>
+        <v>879</v>
       </c>
       <c r="D166" s="5" t="s">
-        <v>884</v>
+        <v>918</v>
       </c>
       <c r="E166" s="5" t="s">
-        <v>912</v>
+        <v>1062</v>
       </c>
       <c r="F166" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G166" s="5" t="s">
-        <v>1129</v>
+      <c r="G166" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H166" s="5" t="s">
-        <v>1161</v>
+        <v>1162</v>
       </c>
       <c r="I166" s="5" t="s">
-        <v>1100</v>
+        <v>1163</v>
       </c>
       <c r="J166" s="5" t="s">
-        <v>102</v>
+        <v>921</v>
       </c>
       <c r="K166" s="5" t="s">
-        <v>1162</v>
+        <v>1164</v>
       </c>
       <c r="L166" s="6" t="s">
-        <v>1163</v>
+        <v>1165</v>
       </c>
       <c r="M166" s="5" t="s">
-        <v>1164</v>
+        <v>1166</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" s="5" t="s">
-        <v>1165</v>
+        <v>1167</v>
       </c>
       <c r="B167" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C167" s="5" t="s">
-        <v>994</v>
+        <v>852</v>
       </c>
       <c r="D167" s="5" t="s">
-        <v>872</v>
-[...12 lines deleted...]
-        </is>
+        <v>891</v>
+      </c>
+      <c r="E167" s="5" t="s">
+        <v>919</v>
+      </c>
+      <c r="F167" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G167" s="5" t="s">
+        <v>1136</v>
       </c>
       <c r="H167" s="5" t="s">
-        <v>995</v>
-[...1 lines deleted...]
-      <c r="I167" s="5"/>
+        <v>1168</v>
+      </c>
+      <c r="I167" s="5" t="s">
+        <v>1107</v>
+      </c>
       <c r="J167" s="5" t="s">
-        <v>996</v>
+        <v>102</v>
       </c>
       <c r="K167" s="5" t="s">
-        <v>1166</v>
+        <v>1169</v>
       </c>
       <c r="L167" s="6" t="s">
-        <v>1167</v>
+        <v>1170</v>
       </c>
       <c r="M167" s="5" t="s">
-        <v>1168</v>
+        <v>1171</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" s="5" t="s">
-        <v>1169</v>
+        <v>1172</v>
       </c>
       <c r="B168" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C168" s="5" t="s">
-        <v>844</v>
+        <v>1001</v>
       </c>
       <c r="D168" s="5" t="s">
-        <v>911</v>
-[...7 lines deleted...]
-        </is>
+        <v>879</v>
+      </c>
+      <c r="E168" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F168" s="5" t="s">
+        <v>919</v>
       </c>
       <c r="G168" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H168" s="5" t="s">
-        <v>1170</v>
-[...3 lines deleted...]
-      </c>
+        <v>1002</v>
+      </c>
+      <c r="I168" s="5"/>
       <c r="J168" s="5" t="s">
-        <v>20</v>
+        <v>1003</v>
       </c>
       <c r="K168" s="5" t="s">
-        <v>1172</v>
+        <v>1173</v>
       </c>
       <c r="L168" s="6" t="s">
-        <v>1173</v>
+        <v>1174</v>
       </c>
       <c r="M168" s="5" t="s">
-        <v>1174</v>
+        <v>1175</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" s="5" t="s">
-        <v>1175</v>
+        <v>1176</v>
       </c>
       <c r="B169" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C169" s="5" t="s">
-        <v>995</v>
+        <v>851</v>
       </c>
       <c r="D169" s="5" t="s">
-        <v>872</v>
-[...4 lines deleted...]
-        </is>
+        <v>918</v>
+      </c>
+      <c r="E169" s="5" t="s">
+        <v>1062</v>
       </c>
       <c r="F169" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G169" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H169" s="5" t="s">
-        <v>1176</v>
-[...1 lines deleted...]
-      <c r="I169" s="5"/>
+        <v>1177</v>
+      </c>
+      <c r="I169" s="5" t="s">
+        <v>1178</v>
+      </c>
       <c r="J169" s="5" t="s">
-        <v>996</v>
+        <v>20</v>
       </c>
       <c r="K169" s="5" t="s">
-        <v>1177</v>
+        <v>1179</v>
       </c>
       <c r="L169" s="6" t="s">
-        <v>1178</v>
+        <v>1180</v>
       </c>
       <c r="M169" s="5" t="s">
-        <v>1179</v>
+        <v>1181</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" s="5" t="s">
-        <v>1180</v>
+        <v>1182</v>
       </c>
       <c r="B170" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C170" s="5" t="s">
-        <v>844</v>
+        <v>1002</v>
       </c>
       <c r="D170" s="5" t="s">
-        <v>884</v>
-[...2 lines deleted...]
-        <v>912</v>
+        <v>879</v>
+      </c>
+      <c r="E170" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F170" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G170" s="5" t="s">
-        <v>1181</v>
+      <c r="G170" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H170" s="5" t="s">
-        <v>1182</v>
-[...1 lines deleted...]
-      <c r="I170" s="5" t="s">
         <v>1183</v>
       </c>
+      <c r="I170" s="5"/>
       <c r="J170" s="5" t="s">
-        <v>102</v>
+        <v>1003</v>
       </c>
       <c r="K170" s="5" t="s">
         <v>1184</v>
       </c>
       <c r="L170" s="6" t="s">
         <v>1185</v>
       </c>
       <c r="M170" s="5" t="s">
         <v>1186</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" s="5" t="s">
         <v>1187</v>
       </c>
       <c r="B171" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C171" s="5" t="s">
-        <v>872</v>
+        <v>851</v>
       </c>
       <c r="D171" s="5" t="s">
-        <v>911</v>
+        <v>891</v>
       </c>
       <c r="E171" s="5" t="s">
-        <v>1055</v>
+        <v>919</v>
       </c>
       <c r="F171" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G171" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G171" s="5" t="s">
+        <v>1188</v>
       </c>
       <c r="H171" s="5" t="s">
-        <v>1188</v>
+        <v>1189</v>
       </c>
       <c r="I171" s="5" t="s">
-        <v>1189</v>
+        <v>1190</v>
       </c>
       <c r="J171" s="5" t="s">
-        <v>914</v>
+        <v>102</v>
       </c>
       <c r="K171" s="5" t="s">
-        <v>1190</v>
+        <v>1191</v>
       </c>
       <c r="L171" s="6" t="s">
-        <v>1191</v>
+        <v>1192</v>
       </c>
       <c r="M171" s="5" t="s">
-        <v>1192</v>
+        <v>1193</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" s="5" t="s">
-        <v>1187</v>
+        <v>1194</v>
       </c>
       <c r="B172" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C172" s="5" t="s">
-        <v>1193</v>
+        <v>879</v>
       </c>
       <c r="D172" s="5" t="s">
-        <v>884</v>
+        <v>918</v>
       </c>
       <c r="E172" s="5" t="s">
-        <v>912</v>
+        <v>1062</v>
       </c>
       <c r="F172" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G172" s="5" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="G172" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H172" s="5" t="s">
+        <v>1195</v>
       </c>
       <c r="I172" s="5" t="s">
-        <v>1195</v>
+        <v>1196</v>
       </c>
       <c r="J172" s="5" t="s">
-        <v>102</v>
+        <v>921</v>
       </c>
       <c r="K172" s="5" t="s">
-        <v>1196</v>
+        <v>1197</v>
       </c>
       <c r="L172" s="6" t="s">
-        <v>1197</v>
+        <v>1198</v>
       </c>
       <c r="M172" s="5" t="s">
-        <v>1198</v>
+        <v>1199</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" s="5" t="s">
-        <v>1199</v>
+        <v>1194</v>
       </c>
       <c r="B173" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C173" s="5" t="s">
-        <v>26</v>
+        <v>1200</v>
       </c>
       <c r="D173" s="5" t="s">
-        <v>774</v>
+        <v>891</v>
       </c>
       <c r="E173" s="5" t="s">
-        <v>1200</v>
-[...1 lines deleted...]
-      <c r="F173" s="5" t="s">
+        <v>919</v>
+      </c>
+      <c r="F173" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G173" s="5" t="s">
         <v>1201</v>
       </c>
-      <c r="G173" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H173" s="5" t="s">
+      <c r="H173" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I173" s="5" t="s">
         <v>1202</v>
       </c>
-      <c r="I173" s="5" t="s">
+      <c r="J173" s="5" t="s">
+        <v>102</v>
+      </c>
+      <c r="K173" s="5" t="s">
         <v>1203</v>
       </c>
-      <c r="J173" s="5" t="s">
+      <c r="L173" s="6" t="s">
         <v>1204</v>
       </c>
-      <c r="K173" s="5" t="s">
+      <c r="M173" s="5" t="s">
         <v>1205</v>
-      </c>
-[...4 lines deleted...]
-        <v>1207</v>
       </c>
     </row>
     <row r="174">
       <c r="A174" s="5" t="s">
-        <v>1208</v>
+        <v>1206</v>
       </c>
       <c r="B174" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C174" s="5" t="s">
-        <v>844</v>
+        <v>26</v>
       </c>
       <c r="D174" s="5" t="s">
-        <v>911</v>
+        <v>773</v>
       </c>
       <c r="E174" s="5" t="s">
-        <v>1055</v>
-[...4 lines deleted...]
-        </is>
+        <v>1207</v>
+      </c>
+      <c r="F174" s="5" t="s">
+        <v>1208</v>
       </c>
       <c r="G174" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H174" s="5" t="s">
         <v>1209</v>
       </c>
       <c r="I174" s="5" t="s">
         <v>1210</v>
       </c>
       <c r="J174" s="5" t="s">
-        <v>914</v>
+        <v>1211</v>
       </c>
       <c r="K174" s="5" t="s">
-        <v>1211</v>
+        <v>1212</v>
       </c>
       <c r="L174" s="6" t="s">
-        <v>1212</v>
+        <v>1213</v>
       </c>
       <c r="M174" s="5" t="s">
-        <v>1213</v>
+        <v>1214</v>
       </c>
     </row>
     <row r="175">
       <c r="A175" s="5" t="s">
-        <v>1208</v>
+        <v>1215</v>
       </c>
       <c r="B175" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C175" s="5" t="s">
-        <v>995</v>
+        <v>851</v>
       </c>
       <c r="D175" s="5" t="s">
-        <v>872</v>
-[...4 lines deleted...]
-        </is>
+        <v>918</v>
+      </c>
+      <c r="E175" s="5" t="s">
+        <v>1062</v>
       </c>
       <c r="F175" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G175" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H175" s="5" t="s">
-        <v>1214</v>
-[...1 lines deleted...]
-      <c r="I175" s="5"/>
+        <v>1216</v>
+      </c>
+      <c r="I175" s="5" t="s">
+        <v>1217</v>
+      </c>
       <c r="J175" s="5" t="s">
-        <v>996</v>
+        <v>921</v>
       </c>
       <c r="K175" s="5" t="s">
-        <v>1215</v>
+        <v>1218</v>
       </c>
       <c r="L175" s="6" t="s">
-        <v>1216</v>
+        <v>1219</v>
       </c>
       <c r="M175" s="5" t="s">
-        <v>1217</v>
+        <v>1220</v>
       </c>
     </row>
     <row r="176">
       <c r="A176" s="5" t="s">
-        <v>1218</v>
+        <v>1215</v>
       </c>
       <c r="B176" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C176" s="5" t="s">
-        <v>844</v>
+        <v>1002</v>
       </c>
       <c r="D176" s="5" t="s">
-        <v>911</v>
-[...2 lines deleted...]
-        <v>1219</v>
+        <v>879</v>
+      </c>
+      <c r="E176" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F176" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G176" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H176" s="5" t="s">
-        <v>1220</v>
-[...1 lines deleted...]
-      <c r="I176" s="5" t="s">
         <v>1221</v>
       </c>
+      <c r="I176" s="5"/>
       <c r="J176" s="5" t="s">
-        <v>914</v>
+        <v>1003</v>
       </c>
       <c r="K176" s="5" t="s">
         <v>1222</v>
       </c>
       <c r="L176" s="6" t="s">
         <v>1223</v>
       </c>
       <c r="M176" s="5" t="s">
         <v>1224</v>
       </c>
     </row>
     <row r="177">
       <c r="A177" s="5" t="s">
         <v>1225</v>
       </c>
       <c r="B177" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C177" s="5" t="s">
-        <v>844</v>
+        <v>851</v>
       </c>
       <c r="D177" s="5" t="s">
-        <v>884</v>
+        <v>918</v>
       </c>
       <c r="E177" s="5" t="s">
-        <v>912</v>
+        <v>1226</v>
       </c>
       <c r="F177" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G177" s="5" t="s">
-        <v>1226</v>
+      <c r="G177" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H177" s="5" t="s">
         <v>1227</v>
       </c>
       <c r="I177" s="5" t="s">
         <v>1228</v>
       </c>
       <c r="J177" s="5" t="s">
-        <v>102</v>
+        <v>921</v>
       </c>
       <c r="K177" s="5" t="s">
         <v>1229</v>
       </c>
       <c r="L177" s="6" t="s">
         <v>1230</v>
       </c>
       <c r="M177" s="5" t="s">
         <v>1231</v>
       </c>
     </row>
     <row r="178">
       <c r="A178" s="5" t="s">
         <v>1232</v>
       </c>
       <c r="B178" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C178" s="5" t="s">
-        <v>911</v>
+        <v>851</v>
       </c>
       <c r="D178" s="5" t="s">
-        <v>872</v>
-[...19 lines deleted...]
-      <c r="I178" s="5"/>
+        <v>891</v>
+      </c>
+      <c r="E178" s="5" t="s">
+        <v>919</v>
+      </c>
+      <c r="F178" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G178" s="5" t="s">
+        <v>1233</v>
+      </c>
+      <c r="H178" s="5" t="s">
+        <v>1234</v>
+      </c>
+      <c r="I178" s="5" t="s">
+        <v>1235</v>
+      </c>
       <c r="J178" s="5" t="s">
-        <v>996</v>
+        <v>102</v>
       </c>
       <c r="K178" s="5" t="s">
-        <v>1233</v>
+        <v>1236</v>
       </c>
       <c r="L178" s="6" t="s">
-        <v>1234</v>
+        <v>1237</v>
       </c>
       <c r="M178" s="5" t="s">
-        <v>1235</v>
+        <v>1238</v>
       </c>
     </row>
     <row r="179">
       <c r="A179" s="5" t="s">
-        <v>1236</v>
+        <v>1239</v>
       </c>
       <c r="B179" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C179" s="5" t="s">
-        <v>844</v>
+        <v>918</v>
       </c>
       <c r="D179" s="5" t="s">
-        <v>884</v>
-[...17 lines deleted...]
-      </c>
+        <v>879</v>
+      </c>
+      <c r="E179" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F179" s="5" t="s">
+        <v>919</v>
+      </c>
+      <c r="G179" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H179" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I179" s="5"/>
       <c r="J179" s="5" t="s">
-        <v>102</v>
+        <v>1003</v>
       </c>
       <c r="K179" s="5" t="s">
-        <v>1239</v>
+        <v>1240</v>
       </c>
       <c r="L179" s="6" t="s">
-        <v>1240</v>
+        <v>1241</v>
       </c>
       <c r="M179" s="5" t="s">
-        <v>1241</v>
+        <v>1242</v>
       </c>
     </row>
     <row r="180">
       <c r="A180" s="5" t="s">
-        <v>1242</v>
+        <v>1243</v>
       </c>
       <c r="B180" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C180" s="5" t="s">
-        <v>844</v>
+        <v>851</v>
       </c>
       <c r="D180" s="5" t="s">
-        <v>911</v>
+        <v>891</v>
       </c>
       <c r="E180" s="5" t="s">
-        <v>1219</v>
+        <v>919</v>
       </c>
       <c r="F180" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G180" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G180" s="5" t="s">
+        <v>1136</v>
       </c>
       <c r="H180" s="5" t="s">
-        <v>1243</v>
+        <v>1244</v>
       </c>
       <c r="I180" s="5" t="s">
-        <v>1244</v>
+        <v>1245</v>
       </c>
       <c r="J180" s="5" t="s">
-        <v>914</v>
+        <v>102</v>
       </c>
       <c r="K180" s="5" t="s">
-        <v>1245</v>
+        <v>1246</v>
       </c>
       <c r="L180" s="6" t="s">
-        <v>1246</v>
+        <v>1247</v>
       </c>
       <c r="M180" s="5" t="s">
-        <v>1247</v>
+        <v>1248</v>
       </c>
     </row>
     <row r="181">
       <c r="A181" s="5" t="s">
-        <v>1248</v>
+        <v>1249</v>
       </c>
       <c r="B181" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C181" s="5" t="s">
-        <v>845</v>
+        <v>851</v>
       </c>
       <c r="D181" s="5" t="s">
-        <v>1249</v>
-[...4 lines deleted...]
-        </is>
+        <v>918</v>
+      </c>
+      <c r="E181" s="5" t="s">
+        <v>1226</v>
       </c>
       <c r="F181" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G181" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H181" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I181" s="5"/>
+      <c r="H181" s="5" t="s">
+        <v>1250</v>
+      </c>
+      <c r="I181" s="5" t="s">
+        <v>1251</v>
+      </c>
       <c r="J181" s="5" t="s">
-        <v>1250</v>
+        <v>921</v>
       </c>
       <c r="K181" s="5" t="s">
-        <v>1251</v>
+        <v>1252</v>
       </c>
       <c r="L181" s="6" t="s">
-        <v>1252</v>
+        <v>1253</v>
       </c>
       <c r="M181" s="5" t="s">
-        <v>1253</v>
+        <v>1254</v>
       </c>
     </row>
     <row r="182">
       <c r="A182" s="5" t="s">
-        <v>1254</v>
+        <v>1255</v>
       </c>
       <c r="B182" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C182" s="5" t="s">
-        <v>844</v>
+        <v>852</v>
       </c>
       <c r="D182" s="5" t="s">
-        <v>994</v>
-[...2 lines deleted...]
-        <v>1219</v>
+        <v>1256</v>
+      </c>
+      <c r="E182" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F182" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G182" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H182" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="H182" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I182" s="5"/>
       <c r="J182" s="5" t="s">
-        <v>914</v>
+        <v>1257</v>
       </c>
       <c r="K182" s="5" t="s">
-        <v>1257</v>
+        <v>1258</v>
       </c>
       <c r="L182" s="6" t="s">
-        <v>1258</v>
+        <v>1259</v>
       </c>
       <c r="M182" s="5" t="s">
-        <v>1259</v>
+        <v>1260</v>
       </c>
     </row>
     <row r="183">
       <c r="A183" s="5" t="s">
-        <v>1260</v>
+        <v>1261</v>
       </c>
       <c r="B183" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C183" s="5" t="s">
-        <v>844</v>
+        <v>851</v>
       </c>
       <c r="D183" s="5" t="s">
-        <v>931</v>
-[...4 lines deleted...]
-        </is>
+        <v>1001</v>
+      </c>
+      <c r="E183" s="5" t="s">
+        <v>1226</v>
       </c>
       <c r="F183" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G183" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H183" s="5" t="s">
-        <v>845</v>
+        <v>1262</v>
       </c>
       <c r="I183" s="5" t="s">
-        <v>1261</v>
+        <v>1263</v>
       </c>
       <c r="J183" s="5" t="s">
-        <v>1250</v>
+        <v>921</v>
       </c>
       <c r="K183" s="5" t="s">
-        <v>1262</v>
+        <v>1264</v>
       </c>
       <c r="L183" s="6" t="s">
-        <v>1263</v>
+        <v>1265</v>
       </c>
       <c r="M183" s="5" t="s">
-        <v>1264</v>
+        <v>1266</v>
       </c>
     </row>
     <row r="184">
       <c r="A184" s="5" t="s">
-        <v>1265</v>
+        <v>1267</v>
       </c>
       <c r="B184" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C184" s="5" t="s">
-        <v>845</v>
+        <v>851</v>
       </c>
       <c r="D184" s="5" t="s">
-        <v>884</v>
-[...2 lines deleted...]
-        <v>912</v>
+        <v>938</v>
+      </c>
+      <c r="E184" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F184" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G184" s="5" t="s">
-        <v>1266</v>
+      <c r="G184" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H184" s="5" t="s">
-        <v>1267</v>
+        <v>852</v>
       </c>
       <c r="I184" s="5" t="s">
         <v>1268</v>
       </c>
       <c r="J184" s="5" t="s">
-        <v>102</v>
+        <v>1257</v>
       </c>
       <c r="K184" s="5" t="s">
         <v>1269</v>
       </c>
       <c r="L184" s="6" t="s">
         <v>1270</v>
       </c>
       <c r="M184" s="5" t="s">
         <v>1271</v>
       </c>
     </row>
     <row r="185">
       <c r="A185" s="5" t="s">
         <v>1272</v>
       </c>
       <c r="B185" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C185" s="5" t="s">
-        <v>931</v>
+        <v>852</v>
       </c>
       <c r="D185" s="5" t="s">
-        <v>844</v>
-[...4 lines deleted...]
-        </is>
+        <v>891</v>
+      </c>
+      <c r="E185" s="5" t="s">
+        <v>919</v>
       </c>
       <c r="F185" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G185" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G185" s="5" t="s">
+        <v>1273</v>
       </c>
       <c r="H185" s="5" t="s">
-        <v>1273</v>
-[...1 lines deleted...]
-      <c r="I185" s="5"/>
+        <v>1274</v>
+      </c>
+      <c r="I185" s="5" t="s">
+        <v>1275</v>
+      </c>
       <c r="J185" s="5" t="s">
-        <v>1250</v>
+        <v>102</v>
       </c>
       <c r="K185" s="5" t="s">
-        <v>1274</v>
+        <v>1276</v>
       </c>
       <c r="L185" s="6" t="s">
-        <v>1275</v>
+        <v>1277</v>
       </c>
       <c r="M185" s="5" t="s">
-        <v>1276</v>
+        <v>1278</v>
       </c>
     </row>
     <row r="186">
       <c r="A186" s="5" t="s">
-        <v>1277</v>
+        <v>1279</v>
       </c>
       <c r="B186" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C186" s="5" t="s">
-        <v>844</v>
+        <v>938</v>
       </c>
       <c r="D186" s="5" t="s">
-        <v>931</v>
-[...2 lines deleted...]
-        <v>912</v>
+        <v>851</v>
+      </c>
+      <c r="E186" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F186" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G186" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H186" s="5" t="s">
-        <v>1278</v>
-[...3 lines deleted...]
-      </c>
+        <v>1280</v>
+      </c>
+      <c r="I186" s="5"/>
       <c r="J186" s="5" t="s">
-        <v>1250</v>
+        <v>1257</v>
       </c>
       <c r="K186" s="5" t="s">
-        <v>1280</v>
+        <v>1281</v>
       </c>
       <c r="L186" s="6" t="s">
-        <v>1281</v>
+        <v>1282</v>
       </c>
       <c r="M186" s="5" t="s">
-        <v>1282</v>
+        <v>1283</v>
       </c>
     </row>
     <row r="187">
       <c r="A187" s="5" t="s">
-        <v>1283</v>
+        <v>1284</v>
       </c>
       <c r="B187" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C187" s="5" t="s">
-        <v>844</v>
+        <v>851</v>
       </c>
       <c r="D187" s="5" t="s">
-        <v>911</v>
-[...4 lines deleted...]
-        </is>
+        <v>938</v>
+      </c>
+      <c r="E187" s="5" t="s">
+        <v>919</v>
       </c>
       <c r="F187" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G187" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H187" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I187" s="5"/>
+      <c r="H187" s="5" t="s">
+        <v>1285</v>
+      </c>
+      <c r="I187" s="5" t="s">
+        <v>1286</v>
+      </c>
       <c r="J187" s="5" t="s">
-        <v>914</v>
+        <v>1257</v>
       </c>
       <c r="K187" s="5" t="s">
-        <v>1284</v>
+        <v>1287</v>
       </c>
       <c r="L187" s="6" t="s">
-        <v>1285</v>
+        <v>1288</v>
       </c>
       <c r="M187" s="5" t="s">
-        <v>1286</v>
+        <v>1289</v>
       </c>
     </row>
     <row r="188">
       <c r="A188" s="5" t="s">
-        <v>1287</v>
+        <v>1290</v>
       </c>
       <c r="B188" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C188" s="5" t="s">
-        <v>844</v>
+        <v>851</v>
       </c>
       <c r="D188" s="5" t="s">
-        <v>994</v>
-[...2 lines deleted...]
-        <v>1288</v>
+        <v>918</v>
+      </c>
+      <c r="E188" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F188" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G188" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H188" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="H188" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I188" s="5"/>
       <c r="J188" s="5" t="s">
-        <v>914</v>
+        <v>921</v>
       </c>
       <c r="K188" s="5" t="s">
         <v>1291</v>
       </c>
       <c r="L188" s="6" t="s">
         <v>1292</v>
       </c>
       <c r="M188" s="5" t="s">
         <v>1293</v>
       </c>
     </row>
     <row r="189">
       <c r="A189" s="5" t="s">
         <v>1294</v>
       </c>
       <c r="B189" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C189" s="5" t="s">
-        <v>844</v>
+        <v>851</v>
       </c>
       <c r="D189" s="5" t="s">
-        <v>931</v>
+        <v>1001</v>
       </c>
       <c r="E189" s="5" t="s">
-        <v>912</v>
+        <v>1295</v>
       </c>
       <c r="F189" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G189" s="5" t="s">
-        <v>1295</v>
+      <c r="G189" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H189" s="5" t="s">
         <v>1296</v>
       </c>
-      <c r="I189" s="5"/>
+      <c r="I189" s="5" t="s">
+        <v>1297</v>
+      </c>
       <c r="J189" s="5" t="s">
-        <v>1250</v>
+        <v>921</v>
       </c>
       <c r="K189" s="5" t="s">
-        <v>1297</v>
+        <v>1298</v>
       </c>
       <c r="L189" s="6" t="s">
-        <v>1298</v>
+        <v>1299</v>
       </c>
       <c r="M189" s="5" t="s">
-        <v>1299</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="190">
       <c r="A190" s="5" t="s">
-        <v>1300</v>
+        <v>1301</v>
       </c>
       <c r="B190" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C190" s="5" t="s">
-        <v>872</v>
+        <v>851</v>
       </c>
       <c r="D190" s="5" t="s">
-        <v>911</v>
+        <v>938</v>
       </c>
       <c r="E190" s="5" t="s">
-        <v>1288</v>
+        <v>919</v>
       </c>
       <c r="F190" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G190" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G190" s="5" t="s">
+        <v>1302</v>
       </c>
       <c r="H190" s="5" t="s">
-        <v>1301</v>
-[...3 lines deleted...]
-      </c>
+        <v>1303</v>
+      </c>
+      <c r="I190" s="5"/>
       <c r="J190" s="5" t="s">
-        <v>961</v>
+        <v>1257</v>
       </c>
       <c r="K190" s="5" t="s">
-        <v>1303</v>
+        <v>1304</v>
       </c>
       <c r="L190" s="6" t="s">
-        <v>1304</v>
+        <v>1305</v>
       </c>
       <c r="M190" s="5" t="s">
-        <v>1305</v>
+        <v>1306</v>
       </c>
     </row>
     <row r="191">
       <c r="A191" s="5" t="s">
-        <v>1306</v>
+        <v>1307</v>
       </c>
       <c r="B191" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C191" s="5" t="s">
-        <v>1307</v>
+        <v>879</v>
       </c>
       <c r="D191" s="5" t="s">
-        <v>931</v>
-[...4 lines deleted...]
-        </is>
+        <v>918</v>
+      </c>
+      <c r="E191" s="5" t="s">
+        <v>1295</v>
       </c>
       <c r="F191" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G191" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H191" s="5" t="s">
         <v>1308</v>
       </c>
-      <c r="I191" s="5"/>
+      <c r="I191" s="5" t="s">
+        <v>1309</v>
+      </c>
       <c r="J191" s="5" t="s">
-        <v>1250</v>
+        <v>968</v>
       </c>
       <c r="K191" s="5" t="s">
-        <v>1309</v>
+        <v>1310</v>
       </c>
       <c r="L191" s="6" t="s">
-        <v>1310</v>
+        <v>1311</v>
       </c>
       <c r="M191" s="5" t="s">
-        <v>1311</v>
+        <v>1312</v>
       </c>
     </row>
     <row r="192">
       <c r="A192" s="5" t="s">
-        <v>1312</v>
+        <v>1313</v>
       </c>
       <c r="B192" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C192" s="5" t="s">
-        <v>931</v>
+        <v>1314</v>
       </c>
       <c r="D192" s="5" t="s">
-        <v>733</v>
+        <v>938</v>
       </c>
       <c r="E192" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F192" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G192" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H192" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H192" s="5" t="s">
+        <v>1315</v>
       </c>
       <c r="I192" s="5"/>
       <c r="J192" s="5" t="s">
-        <v>1250</v>
+        <v>1257</v>
       </c>
       <c r="K192" s="5" t="s">
-        <v>1313</v>
+        <v>1316</v>
       </c>
       <c r="L192" s="6" t="s">
-        <v>1314</v>
+        <v>1317</v>
       </c>
       <c r="M192" s="5" t="s">
-        <v>1315</v>
+        <v>1318</v>
       </c>
     </row>
     <row r="193">
       <c r="A193" s="5" t="s">
-        <v>1316</v>
+        <v>1319</v>
       </c>
       <c r="B193" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C193" s="5" t="s">
-        <v>844</v>
+        <v>938</v>
       </c>
       <c r="D193" s="5" t="s">
-        <v>994</v>
-[...2 lines deleted...]
-        <v>1317</v>
+        <v>733</v>
+      </c>
+      <c r="E193" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F193" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G193" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H193" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="H193" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I193" s="5"/>
       <c r="J193" s="5" t="s">
-        <v>914</v>
+        <v>1257</v>
       </c>
       <c r="K193" s="5" t="s">
         <v>1320</v>
       </c>
       <c r="L193" s="6" t="s">
         <v>1321</v>
       </c>
       <c r="M193" s="5" t="s">
         <v>1322</v>
       </c>
     </row>
     <row r="194">
       <c r="A194" s="5" t="s">
         <v>1323</v>
       </c>
       <c r="B194" s="5" t="s">
-        <v>258</v>
+        <v>14</v>
       </c>
       <c r="C194" s="5" t="s">
+        <v>851</v>
+      </c>
+      <c r="D194" s="5" t="s">
+        <v>1001</v>
+      </c>
+      <c r="E194" s="5" t="s">
         <v>1324</v>
       </c>
-      <c r="D194" s="5" t="s">
+      <c r="F194" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G194" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H194" s="5" t="s">
         <v>1325</v>
-      </c>
-[...14 lines deleted...]
-        </is>
       </c>
       <c r="I194" s="5" t="s">
         <v>1326</v>
       </c>
       <c r="J194" s="5" t="s">
-        <v>102</v>
+        <v>921</v>
       </c>
       <c r="K194" s="5" t="s">
         <v>1327</v>
       </c>
       <c r="L194" s="6" t="s">
         <v>1328</v>
       </c>
       <c r="M194" s="5" t="s">
         <v>1329</v>
       </c>
     </row>
     <row r="195">
       <c r="A195" s="5" t="s">
         <v>1330</v>
       </c>
       <c r="B195" s="5" t="s">
-        <v>14</v>
+        <v>258</v>
       </c>
       <c r="C195" s="5" t="s">
-        <v>844</v>
+        <v>1331</v>
       </c>
       <c r="D195" s="5" t="s">
-        <v>931</v>
+        <v>1332</v>
       </c>
       <c r="E195" s="5" t="s">
-        <v>912</v>
+        <v>919</v>
       </c>
       <c r="F195" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G195" s="5" t="inlineStr">
-[...7 lines deleted...]
-      <c r="I195" s="5"/>
+      <c r="G195" s="5" t="s">
+        <v>1136</v>
+      </c>
+      <c r="H195" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I195" s="5" t="s">
+        <v>1333</v>
+      </c>
       <c r="J195" s="5" t="s">
-        <v>1250</v>
+        <v>102</v>
       </c>
       <c r="K195" s="5" t="s">
-        <v>1332</v>
+        <v>1334</v>
       </c>
       <c r="L195" s="6" t="s">
-        <v>1333</v>
+        <v>1335</v>
       </c>
       <c r="M195" s="5" t="s">
-        <v>1334</v>
+        <v>1336</v>
       </c>
     </row>
     <row r="196">
       <c r="A196" s="5" t="s">
-        <v>1335</v>
+        <v>1337</v>
       </c>
       <c r="B196" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C196" s="5" t="s">
-        <v>995</v>
+        <v>851</v>
       </c>
       <c r="D196" s="5" t="s">
-        <v>872</v>
+        <v>938</v>
       </c>
       <c r="E196" s="5" t="s">
-        <v>18</v>
+        <v>919</v>
       </c>
       <c r="F196" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G196" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H196" s="5" t="s">
-        <v>1336</v>
+        <v>1338</v>
       </c>
       <c r="I196" s="5"/>
       <c r="J196" s="5" t="s">
-        <v>996</v>
+        <v>1257</v>
       </c>
       <c r="K196" s="5" t="s">
-        <v>1337</v>
+        <v>1339</v>
       </c>
       <c r="L196" s="6" t="s">
-        <v>1338</v>
+        <v>1340</v>
       </c>
       <c r="M196" s="5" t="s">
-        <v>1339</v>
+        <v>1341</v>
       </c>
     </row>
     <row r="197">
       <c r="A197" s="5" t="s">
-        <v>1340</v>
+        <v>1342</v>
       </c>
       <c r="B197" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C197" s="5" t="s">
-        <v>844</v>
+        <v>1002</v>
       </c>
       <c r="D197" s="5" t="s">
-        <v>911</v>
+        <v>879</v>
       </c>
       <c r="E197" s="5" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="F197" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G197" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H197" s="5" t="s">
-        <v>1341</v>
-[...3 lines deleted...]
-      </c>
+        <v>1343</v>
+      </c>
+      <c r="I197" s="5"/>
       <c r="J197" s="5" t="s">
-        <v>961</v>
+        <v>1003</v>
       </c>
       <c r="K197" s="5" t="s">
-        <v>1343</v>
+        <v>1344</v>
       </c>
       <c r="L197" s="6" t="s">
-        <v>1344</v>
+        <v>1345</v>
       </c>
       <c r="M197" s="5" t="s">
-        <v>1345</v>
+        <v>1346</v>
       </c>
     </row>
     <row r="198">
       <c r="A198" s="5" t="s">
-        <v>1346</v>
+        <v>1347</v>
       </c>
       <c r="B198" s="5" t="s">
-        <v>258</v>
+        <v>14</v>
       </c>
       <c r="C198" s="5" t="s">
-        <v>844</v>
+        <v>851</v>
       </c>
       <c r="D198" s="5" t="s">
-        <v>931</v>
+        <v>918</v>
       </c>
       <c r="E198" s="5" t="s">
-        <v>479</v>
+        <v>17</v>
       </c>
       <c r="F198" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G198" s="5" t="s">
-[...7 lines deleted...]
-      <c r="I198" s="5"/>
+      <c r="G198" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H198" s="5" t="s">
+        <v>1348</v>
+      </c>
+      <c r="I198" s="5" t="s">
+        <v>1349</v>
+      </c>
       <c r="J198" s="5" t="s">
-        <v>1347</v>
+        <v>968</v>
       </c>
       <c r="K198" s="5" t="s">
-        <v>1348</v>
+        <v>1350</v>
       </c>
       <c r="L198" s="6" t="s">
-        <v>1349</v>
+        <v>1351</v>
       </c>
       <c r="M198" s="5" t="s">
-        <v>1350</v>
+        <v>1352</v>
       </c>
     </row>
     <row r="199">
       <c r="A199" s="5" t="s">
-        <v>1351</v>
+        <v>1353</v>
       </c>
       <c r="B199" s="5" t="s">
         <v>258</v>
       </c>
       <c r="C199" s="5" t="s">
-        <v>844</v>
+        <v>851</v>
       </c>
       <c r="D199" s="5" t="s">
-        <v>16</v>
+        <v>938</v>
       </c>
       <c r="E199" s="5" t="s">
-        <v>912</v>
-[...10 lines deleted...]
-        <v>1352</v>
+        <v>479</v>
+      </c>
+      <c r="F199" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G199" s="5" t="s">
+        <v>479</v>
+      </c>
+      <c r="H199" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I199" s="5"/>
       <c r="J199" s="5" t="s">
-        <v>102</v>
+        <v>1354</v>
       </c>
       <c r="K199" s="5" t="s">
-        <v>1353</v>
+        <v>1355</v>
       </c>
       <c r="L199" s="6" t="s">
-        <v>1354</v>
+        <v>1356</v>
       </c>
       <c r="M199" s="5" t="s">
-        <v>1355</v>
+        <v>1357</v>
       </c>
     </row>
     <row r="200">
       <c r="A200" s="5" t="s">
-        <v>1356</v>
+        <v>1358</v>
       </c>
       <c r="B200" s="5" t="s">
-        <v>150</v>
+        <v>258</v>
       </c>
       <c r="C200" s="5" t="s">
-        <v>1357</v>
+        <v>851</v>
       </c>
       <c r="D200" s="5" t="s">
-        <v>1358</v>
+        <v>16</v>
       </c>
       <c r="E200" s="5" t="s">
+        <v>919</v>
+      </c>
+      <c r="F200" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="G200" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H200" s="5" t="s">
         <v>1359</v>
       </c>
-      <c r="F200" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H200" s="5" t="s">
+      <c r="I200" s="5"/>
+      <c r="J200" s="5" t="s">
+        <v>102</v>
+      </c>
+      <c r="K200" s="5" t="s">
         <v>1360</v>
       </c>
-      <c r="I200" s="5" t="s">
+      <c r="L200" s="6" t="s">
         <v>1361</v>
       </c>
-      <c r="J200" s="5" t="s">
+      <c r="M200" s="5" t="s">
         <v>1362</v>
-      </c>
-[...7 lines deleted...]
-        <v>1365</v>
       </c>
     </row>
     <row r="201">
       <c r="A201" s="5" t="s">
-        <v>1366</v>
+        <v>1363</v>
       </c>
       <c r="B201" s="5" t="s">
         <v>150</v>
       </c>
       <c r="C201" s="5" t="s">
-        <v>1357</v>
+        <v>1364</v>
       </c>
       <c r="D201" s="5" t="s">
+        <v>1365</v>
+      </c>
+      <c r="E201" s="5" t="s">
+        <v>1366</v>
+      </c>
+      <c r="F201" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G201" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H201" s="5" t="s">
         <v>1367</v>
       </c>
-      <c r="E201" s="5" t="s">
-[...2 lines deleted...]
-      <c r="F201" s="5" t="s">
+      <c r="I201" s="5" t="s">
         <v>1368</v>
       </c>
-      <c r="G201" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="I201" s="5" t="s">
+      <c r="J201" s="5" t="s">
         <v>1369</v>
       </c>
-      <c r="J201" s="5" t="s">
+      <c r="K201" s="5" t="s">
         <v>1370</v>
-      </c>
-[...3 lines deleted...]
-        </is>
       </c>
       <c r="L201" s="6" t="s">
         <v>1371</v>
       </c>
       <c r="M201" s="5" t="s">
         <v>1372</v>
       </c>
     </row>
     <row r="202">
       <c r="A202" s="5" t="s">
         <v>1373</v>
       </c>
       <c r="B202" s="5" t="s">
         <v>150</v>
       </c>
       <c r="C202" s="5" t="s">
-        <v>1357</v>
+        <v>1364</v>
       </c>
       <c r="D202" s="5" t="s">
-        <v>1367</v>
+        <v>1374</v>
       </c>
       <c r="E202" s="5" t="s">
-        <v>1374</v>
+        <v>705</v>
       </c>
       <c r="F202" s="5" t="s">
         <v>1375</v>
       </c>
       <c r="G202" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H202" s="5" t="s">
+      <c r="H202" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I202" s="5" t="s">
         <v>1376</v>
       </c>
-      <c r="I202" s="5" t="s">
+      <c r="J202" s="5" t="s">
         <v>1377</v>
       </c>
-      <c r="J202" s="5" t="s">
+      <c r="K202" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L202" s="6" t="s">
         <v>1378</v>
       </c>
-      <c r="K202" s="5" t="s">
+      <c r="M202" s="5" t="s">
         <v>1379</v>
-      </c>
-[...4 lines deleted...]
-        <v>1381</v>
       </c>
     </row>
     <row r="203">
       <c r="A203" s="5" t="s">
-        <v>1382</v>
+        <v>1380</v>
       </c>
       <c r="B203" s="5" t="s">
         <v>150</v>
       </c>
       <c r="C203" s="5" t="s">
-        <v>1357</v>
+        <v>1364</v>
       </c>
       <c r="D203" s="5" t="s">
-        <v>1367</v>
+        <v>1374</v>
       </c>
       <c r="E203" s="5" t="s">
+        <v>1381</v>
+      </c>
+      <c r="F203" s="5" t="s">
+        <v>1382</v>
+      </c>
+      <c r="G203" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H203" s="5" t="s">
         <v>1383</v>
       </c>
-      <c r="F203" s="5" t="s">
+      <c r="I203" s="5" t="s">
         <v>1384</v>
       </c>
-      <c r="G203" s="5" t="inlineStr">
-[...7 lines deleted...]
-      <c r="I203" s="5" t="s">
+      <c r="J203" s="5" t="s">
         <v>1385</v>
       </c>
-      <c r="J203" s="5" t="s">
+      <c r="K203" s="5" t="s">
         <v>1386</v>
       </c>
-      <c r="K203" s="5" t="s">
+      <c r="L203" s="6" t="s">
         <v>1387</v>
       </c>
-      <c r="L203" s="6" t="s">
+      <c r="M203" s="5" t="s">
         <v>1388</v>
-      </c>
-[...1 lines deleted...]
-        <v>1389</v>
       </c>
     </row>
     <row r="204">
       <c r="A204" s="5" t="s">
-        <v>1390</v>
+        <v>1389</v>
       </c>
       <c r="B204" s="5" t="s">
         <v>150</v>
       </c>
       <c r="C204" s="5" t="s">
-        <v>1357</v>
+        <v>1364</v>
       </c>
       <c r="D204" s="5" t="s">
-        <v>1367</v>
+        <v>1374</v>
       </c>
       <c r="E204" s="5" t="s">
+        <v>1390</v>
+      </c>
+      <c r="F204" s="5" t="s">
         <v>1391</v>
       </c>
-      <c r="F204" s="5" t="s">
+      <c r="G204" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H204" s="5" t="s">
+        <v>1383</v>
+      </c>
+      <c r="I204" s="5" t="s">
         <v>1392</v>
       </c>
-      <c r="G204" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="I204" s="5" t="s">
+      <c r="J204" s="5" t="s">
         <v>1393</v>
       </c>
-      <c r="J204" s="5" t="s">
+      <c r="K204" s="5" t="s">
         <v>1394</v>
       </c>
-      <c r="K204" s="5" t="s">
+      <c r="L204" s="6" t="s">
         <v>1395</v>
       </c>
-      <c r="L204" s="6" t="s">
+      <c r="M204" s="5" t="s">
         <v>1396</v>
-      </c>
-[...1 lines deleted...]
-        <v>1397</v>
       </c>
     </row>
     <row r="205">
       <c r="A205" s="5" t="s">
-        <v>1398</v>
+        <v>1397</v>
       </c>
       <c r="B205" s="5" t="s">
         <v>150</v>
       </c>
       <c r="C205" s="5" t="s">
-        <v>1357</v>
+        <v>1364</v>
       </c>
       <c r="D205" s="5" t="s">
-        <v>1367</v>
+        <v>1374</v>
       </c>
       <c r="E205" s="5" t="s">
+        <v>1398</v>
+      </c>
+      <c r="F205" s="5" t="s">
         <v>1399</v>
       </c>
-      <c r="F205" s="5" t="s">
+      <c r="G205" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H205" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I205" s="5" t="s">
         <v>1400</v>
       </c>
-      <c r="G205" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="I205" s="5"/>
       <c r="J205" s="5" t="s">
         <v>1401</v>
       </c>
-      <c r="K205" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K205" s="5" t="s">
+        <v>1402</v>
       </c>
       <c r="L205" s="6" t="s">
-        <v>1402</v>
-[...1 lines deleted...]
-      <c r="M205" s="5"/>
+        <v>1403</v>
+      </c>
+      <c r="M205" s="5" t="s">
+        <v>1404</v>
+      </c>
     </row>
     <row r="206">
       <c r="A206" s="5" t="s">
-        <v>1398</v>
+        <v>1405</v>
       </c>
       <c r="B206" s="5" t="s">
         <v>150</v>
       </c>
       <c r="C206" s="5" t="s">
-        <v>1357</v>
+        <v>1364</v>
       </c>
       <c r="D206" s="5" t="s">
-        <v>1367</v>
+        <v>1374</v>
       </c>
       <c r="E206" s="5" t="s">
-        <v>1399</v>
+        <v>1406</v>
       </c>
       <c r="F206" s="5" t="s">
-        <v>1392</v>
+        <v>1407</v>
       </c>
       <c r="G206" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H206" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="I206" s="5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I206" s="5"/>
       <c r="J206" s="5" t="s">
-        <v>1404</v>
-[...2 lines deleted...]
-        <v>1405</v>
+        <v>1408</v>
+      </c>
+      <c r="K206" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L206" s="6" t="s">
-        <v>1406</v>
-[...3 lines deleted...]
-      </c>
+        <v>1409</v>
+      </c>
+      <c r="M206" s="5"/>
     </row>
     <row r="207">
       <c r="A207" s="5" t="s">
-        <v>1408</v>
+        <v>1405</v>
       </c>
       <c r="B207" s="5" t="s">
         <v>150</v>
       </c>
       <c r="C207" s="5" t="s">
-        <v>1357</v>
+        <v>1364</v>
       </c>
       <c r="D207" s="5" t="s">
-        <v>1367</v>
+        <v>1374</v>
       </c>
       <c r="E207" s="5" t="s">
-        <v>1409</v>
+        <v>1406</v>
       </c>
       <c r="F207" s="5" t="s">
-        <v>1392</v>
+        <v>1399</v>
       </c>
       <c r="G207" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H207" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I207" s="5" t="s">
         <v>1410</v>
       </c>
       <c r="J207" s="5" t="s">
         <v>1411</v>
       </c>
       <c r="K207" s="5" t="s">
         <v>1412</v>
       </c>
       <c r="L207" s="6" t="s">
         <v>1413</v>
       </c>
       <c r="M207" s="5" t="s">
         <v>1414</v>
       </c>
     </row>
     <row r="208">
       <c r="A208" s="5" t="s">
         <v>1415</v>
       </c>
       <c r="B208" s="5" t="s">
         <v>150</v>
       </c>
       <c r="C208" s="5" t="s">
-        <v>1357</v>
+        <v>1364</v>
       </c>
       <c r="D208" s="5" t="s">
-        <v>1367</v>
+        <v>1374</v>
       </c>
       <c r="E208" s="5" t="s">
-        <v>539</v>
+        <v>1416</v>
       </c>
       <c r="F208" s="5" t="s">
-        <v>1384</v>
+        <v>1399</v>
       </c>
       <c r="G208" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H208" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I208" s="5" t="s">
-        <v>1416</v>
+        <v>1417</v>
       </c>
       <c r="J208" s="5" t="s">
-        <v>1417</v>
+        <v>1418</v>
       </c>
       <c r="K208" s="5" t="s">
-        <v>1418</v>
+        <v>1419</v>
       </c>
       <c r="L208" s="6" t="s">
-        <v>1419</v>
+        <v>1420</v>
       </c>
       <c r="M208" s="5" t="s">
-        <v>1420</v>
+        <v>1421</v>
       </c>
     </row>
     <row r="209">
       <c r="A209" s="5" t="s">
-        <v>1421</v>
+        <v>1422</v>
       </c>
       <c r="B209" s="5" t="s">
         <v>150</v>
       </c>
       <c r="C209" s="5" t="s">
-        <v>1357</v>
+        <v>1364</v>
       </c>
       <c r="D209" s="5" t="s">
-        <v>1367</v>
+        <v>1374</v>
       </c>
       <c r="E209" s="5" t="s">
         <v>539</v>
       </c>
       <c r="F209" s="5" t="s">
-        <v>17</v>
+        <v>1391</v>
       </c>
       <c r="G209" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H209" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I209" s="5" t="s">
-        <v>1422</v>
+        <v>1423</v>
       </c>
       <c r="J209" s="5" t="s">
-        <v>1417</v>
+        <v>1424</v>
       </c>
       <c r="K209" s="5" t="s">
-        <v>1423</v>
+        <v>1425</v>
       </c>
       <c r="L209" s="6" t="s">
-        <v>1424</v>
+        <v>1426</v>
       </c>
       <c r="M209" s="5" t="s">
-        <v>1425</v>
+        <v>1427</v>
       </c>
     </row>
     <row r="210">
       <c r="A210" s="5" t="s">
-        <v>1426</v>
+        <v>1428</v>
       </c>
       <c r="B210" s="5" t="s">
         <v>150</v>
       </c>
       <c r="C210" s="5" t="s">
-        <v>1357</v>
+        <v>1364</v>
       </c>
       <c r="D210" s="5" t="s">
-        <v>1367</v>
+        <v>1374</v>
       </c>
       <c r="E210" s="5" t="s">
-        <v>1427</v>
+        <v>539</v>
       </c>
       <c r="F210" s="5" t="s">
         <v>17</v>
       </c>
       <c r="G210" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H210" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I210" s="5" t="s">
-        <v>1428</v>
+        <v>1429</v>
       </c>
       <c r="J210" s="5" t="s">
-        <v>1429</v>
-[...4 lines deleted...]
-        </is>
+        <v>1424</v>
+      </c>
+      <c r="K210" s="5" t="s">
+        <v>1430</v>
       </c>
       <c r="L210" s="6" t="s">
-        <v>1430</v>
+        <v>1431</v>
       </c>
       <c r="M210" s="5" t="s">
-        <v>1431</v>
+        <v>1432</v>
       </c>
     </row>
     <row r="211">
       <c r="A211" s="5" t="s">
-        <v>1426</v>
+        <v>1433</v>
       </c>
       <c r="B211" s="5" t="s">
         <v>150</v>
       </c>
       <c r="C211" s="5" t="s">
-        <v>1357</v>
+        <v>1364</v>
       </c>
       <c r="D211" s="5" t="s">
-        <v>1367</v>
+        <v>1374</v>
       </c>
       <c r="E211" s="5" t="s">
-        <v>1432</v>
+        <v>1434</v>
       </c>
       <c r="F211" s="5" t="s">
         <v>17</v>
       </c>
       <c r="G211" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H211" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I211" s="5" t="s">
-        <v>1433</v>
+        <v>1435</v>
       </c>
       <c r="J211" s="5" t="s">
-        <v>1434</v>
-[...2 lines deleted...]
-        <v>1435</v>
+        <v>1436</v>
+      </c>
+      <c r="K211" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L211" s="6" t="s">
-        <v>1436</v>
+        <v>1437</v>
       </c>
       <c r="M211" s="5" t="s">
-        <v>1437</v>
+        <v>1438</v>
       </c>
     </row>
     <row r="212">
       <c r="A212" s="5" t="s">
-        <v>1438</v>
+        <v>1433</v>
       </c>
       <c r="B212" s="5" t="s">
         <v>150</v>
       </c>
       <c r="C212" s="5" t="s">
-        <v>1357</v>
+        <v>1364</v>
       </c>
       <c r="D212" s="5" t="s">
-        <v>1367</v>
+        <v>1374</v>
       </c>
       <c r="E212" s="5" t="s">
         <v>1439</v>
       </c>
       <c r="F212" s="5" t="s">
         <v>17</v>
       </c>
       <c r="G212" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H212" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I212" s="5" t="s">
         <v>1440</v>
       </c>
       <c r="J212" s="5" t="s">
         <v>1441</v>
       </c>
       <c r="K212" s="5" t="s">
         <v>1442</v>
       </c>
       <c r="L212" s="6" t="s">
         <v>1443</v>
       </c>
       <c r="M212" s="5" t="s">
         <v>1444</v>
       </c>
     </row>
     <row r="213">
       <c r="A213" s="5" t="s">
         <v>1445</v>
       </c>
       <c r="B213" s="5" t="s">
         <v>150</v>
       </c>
       <c r="C213" s="5" t="s">
-        <v>1357</v>
+        <v>1364</v>
       </c>
       <c r="D213" s="5" t="s">
-        <v>1367</v>
+        <v>1374</v>
       </c>
       <c r="E213" s="5" t="s">
         <v>1446</v>
       </c>
       <c r="F213" s="5" t="s">
         <v>17</v>
       </c>
       <c r="G213" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H213" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I213" s="5" t="s">
         <v>1447</v>
       </c>
       <c r="J213" s="5" t="s">
         <v>1448</v>
       </c>
       <c r="K213" s="5" t="s">
         <v>1449</v>
       </c>
       <c r="L213" s="6" t="s">
         <v>1450</v>
       </c>
       <c r="M213" s="5" t="s">
         <v>1451</v>
       </c>
     </row>
     <row r="214">
       <c r="A214" s="5" t="s">
         <v>1452</v>
       </c>
       <c r="B214" s="5" t="s">
         <v>150</v>
       </c>
       <c r="C214" s="5" t="s">
-        <v>1357</v>
+        <v>1364</v>
       </c>
       <c r="D214" s="5" t="s">
-        <v>1367</v>
+        <v>1374</v>
       </c>
       <c r="E214" s="5" t="s">
         <v>1453</v>
       </c>
       <c r="F214" s="5" t="s">
         <v>17</v>
       </c>
       <c r="G214" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H214" s="5" t="s">
+      <c r="H214" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I214" s="5" t="s">
         <v>1454</v>
       </c>
-      <c r="I214" s="5" t="s">
+      <c r="J214" s="5" t="s">
         <v>1455</v>
       </c>
-      <c r="J214" s="5" t="s">
+      <c r="K214" s="5" t="s">
         <v>1456</v>
       </c>
-      <c r="K214" s="5" t="s">
+      <c r="L214" s="6" t="s">
         <v>1457</v>
       </c>
-      <c r="L214" s="6" t="s">
+      <c r="M214" s="5" t="s">
         <v>1458</v>
-      </c>
-[...1 lines deleted...]
-        <v>1459</v>
       </c>
     </row>
     <row r="215">
       <c r="A215" s="5" t="s">
-        <v>1452</v>
+        <v>1459</v>
       </c>
       <c r="B215" s="5" t="s">
         <v>150</v>
       </c>
       <c r="C215" s="5" t="s">
-        <v>1296</v>
+        <v>1364</v>
       </c>
       <c r="D215" s="5" t="s">
-        <v>1324</v>
+        <v>1374</v>
       </c>
       <c r="E215" s="5" t="s">
         <v>1460</v>
       </c>
       <c r="F215" s="5" t="s">
         <v>17</v>
       </c>
       <c r="G215" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H215" s="5" t="s">
         <v>1461</v>
       </c>
       <c r="I215" s="5" t="s">
         <v>1462</v>
       </c>
       <c r="J215" s="5" t="s">
         <v>1463</v>
       </c>
       <c r="K215" s="5" t="s">
         <v>1464</v>
       </c>
       <c r="L215" s="6" t="s">
         <v>1465</v>
       </c>
       <c r="M215" s="5" t="s">
         <v>1466</v>
       </c>
     </row>
     <row r="216">
       <c r="A216" s="5" t="s">
+        <v>1459</v>
+      </c>
+      <c r="B216" s="5" t="s">
+        <v>150</v>
+      </c>
+      <c r="C216" s="5" t="s">
+        <v>1303</v>
+      </c>
+      <c r="D216" s="5" t="s">
+        <v>1331</v>
+      </c>
+      <c r="E216" s="5" t="s">
         <v>1467</v>
-      </c>
-[...10 lines deleted...]
-        <v>1468</v>
       </c>
       <c r="F216" s="5" t="s">
         <v>17</v>
       </c>
       <c r="G216" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H216" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H216" s="5" t="s">
+        <v>1468</v>
       </c>
       <c r="I216" s="5" t="s">
         <v>1469</v>
       </c>
       <c r="J216" s="5" t="s">
         <v>1470</v>
       </c>
       <c r="K216" s="5" t="s">
         <v>1471</v>
       </c>
       <c r="L216" s="6" t="s">
         <v>1472</v>
       </c>
       <c r="M216" s="5" t="s">
         <v>1473</v>
       </c>
     </row>
     <row r="217">
       <c r="A217" s="5" t="s">
         <v>1474</v>
       </c>
       <c r="B217" s="5" t="s">
-        <v>150</v>
+        <v>14</v>
       </c>
       <c r="C217" s="5" t="s">
-        <v>1357</v>
+        <v>1364</v>
       </c>
       <c r="D217" s="5" t="s">
-        <v>1367</v>
+        <v>1374</v>
       </c>
       <c r="E217" s="5" t="s">
         <v>1475</v>
       </c>
       <c r="F217" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="G217" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H217" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I217" s="5" t="s">
         <v>1476</v>
       </c>
-      <c r="G217" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="I217" s="5" t="s">
+      <c r="J217" s="5" t="s">
         <v>1477</v>
       </c>
-      <c r="J217" s="5" t="s">
+      <c r="K217" s="5" t="s">
         <v>1478</v>
       </c>
-      <c r="K217" s="5" t="s">
+      <c r="L217" s="6" t="s">
         <v>1479</v>
       </c>
-      <c r="L217" s="6" t="s">
+      <c r="M217" s="5" t="s">
         <v>1480</v>
-      </c>
-[...1 lines deleted...]
-        <v>1481</v>
       </c>
     </row>
     <row r="218">
       <c r="A218" s="5" t="s">
-        <v>1482</v>
+        <v>1481</v>
       </c>
       <c r="B218" s="5" t="s">
         <v>150</v>
       </c>
       <c r="C218" s="5" t="s">
-        <v>1461</v>
+        <v>1364</v>
       </c>
       <c r="D218" s="5" t="s">
+        <v>1374</v>
+      </c>
+      <c r="E218" s="5" t="s">
+        <v>1482</v>
+      </c>
+      <c r="F218" s="5" t="s">
         <v>1483</v>
       </c>
-      <c r="E218" s="5" t="s">
+      <c r="G218" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H218" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I218" s="5" t="s">
         <v>1484</v>
       </c>
-      <c r="F218" s="5" t="s">
+      <c r="J218" s="5" t="s">
         <v>1485</v>
       </c>
-      <c r="G218" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="I218" s="5" t="s">
+      <c r="K218" s="5" t="s">
         <v>1486</v>
       </c>
-      <c r="J218" s="5" t="s">
+      <c r="L218" s="6" t="s">
         <v>1487</v>
       </c>
-      <c r="K218" s="5" t="s">
+      <c r="M218" s="5" t="s">
         <v>1488</v>
-      </c>
-[...4 lines deleted...]
-        <v>1490</v>
       </c>
     </row>
     <row r="219">
       <c r="A219" s="5" t="s">
-        <v>1491</v>
+        <v>1489</v>
       </c>
       <c r="B219" s="5" t="s">
         <v>150</v>
       </c>
       <c r="C219" s="5" t="s">
-        <v>1461</v>
+        <v>1468</v>
       </c>
       <c r="D219" s="5" t="s">
+        <v>1490</v>
+      </c>
+      <c r="E219" s="5" t="s">
+        <v>1491</v>
+      </c>
+      <c r="F219" s="5" t="s">
         <v>1492</v>
       </c>
-      <c r="E219" s="5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="G219" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H219" s="5" t="s">
-        <v>844</v>
+      <c r="H219" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I219" s="5" t="s">
-        <v>1433</v>
+        <v>1493</v>
       </c>
       <c r="J219" s="5" t="s">
-        <v>1493</v>
+        <v>1494</v>
       </c>
       <c r="K219" s="5" t="s">
-        <v>1494</v>
+        <v>1495</v>
       </c>
       <c r="L219" s="6" t="s">
-        <v>1495</v>
+        <v>1496</v>
       </c>
       <c r="M219" s="5" t="s">
-        <v>1496</v>
+        <v>1497</v>
       </c>
     </row>
     <row r="220">
       <c r="A220" s="5" t="s">
-        <v>1497</v>
+        <v>1498</v>
       </c>
       <c r="B220" s="5" t="s">
         <v>150</v>
       </c>
       <c r="C220" s="5" t="s">
-        <v>1357</v>
+        <v>1468</v>
       </c>
       <c r="D220" s="5" t="s">
-        <v>1367</v>
+        <v>1499</v>
       </c>
       <c r="E220" s="5" t="s">
-        <v>1498</v>
+        <v>1491</v>
       </c>
       <c r="F220" s="5" t="s">
-        <v>1485</v>
+        <v>1492</v>
       </c>
       <c r="G220" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H220" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H220" s="5" t="s">
+        <v>851</v>
       </c>
       <c r="I220" s="5" t="s">
-        <v>1499</v>
+        <v>1440</v>
       </c>
       <c r="J220" s="5" t="s">
         <v>1500</v>
       </c>
       <c r="K220" s="5" t="s">
         <v>1501</v>
       </c>
       <c r="L220" s="6" t="s">
         <v>1502</v>
       </c>
       <c r="M220" s="5" t="s">
         <v>1503</v>
       </c>
     </row>
     <row r="221">
       <c r="A221" s="5" t="s">
         <v>1504</v>
       </c>
       <c r="B221" s="5" t="s">
         <v>150</v>
       </c>
       <c r="C221" s="5" t="s">
+        <v>1364</v>
+      </c>
+      <c r="D221" s="5" t="s">
+        <v>1374</v>
+      </c>
+      <c r="E221" s="5" t="s">
         <v>1505</v>
       </c>
-      <c r="D221" s="5" t="s">
+      <c r="F221" s="5" t="s">
         <v>1492</v>
       </c>
-      <c r="E221" s="5" t="s">
+      <c r="G221" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H221" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I221" s="5" t="s">
         <v>1506</v>
       </c>
-      <c r="F221" s="5" t="s">
+      <c r="J221" s="5" t="s">
         <v>1507</v>
       </c>
-      <c r="G221" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="I221" s="5" t="s">
+      <c r="K221" s="5" t="s">
         <v>1508</v>
       </c>
-      <c r="J221" s="5" t="s">
+      <c r="L221" s="6" t="s">
         <v>1509</v>
       </c>
-      <c r="K221" s="5" t="s">
+      <c r="M221" s="5" t="s">
         <v>1510</v>
-      </c>
-[...4 lines deleted...]
-        <v>1512</v>
       </c>
     </row>
     <row r="222">
       <c r="A222" s="5" t="s">
+        <v>1511</v>
+      </c>
+      <c r="B222" s="5" t="s">
+        <v>150</v>
+      </c>
+      <c r="C222" s="5" t="s">
+        <v>1512</v>
+      </c>
+      <c r="D222" s="5" t="s">
+        <v>1499</v>
+      </c>
+      <c r="E222" s="5" t="s">
         <v>1513</v>
       </c>
-      <c r="B222" s="5" t="s">
-[...16 lines deleted...]
-        </is>
+      <c r="F222" s="5" t="s">
+        <v>1514</v>
       </c>
       <c r="G222" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H222" s="5" t="s">
-[...2 lines deleted...]
-      <c r="I222" s="5"/>
+      <c r="H222" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I222" s="5" t="s">
+        <v>1515</v>
+      </c>
       <c r="J222" s="5" t="s">
-        <v>1347</v>
+        <v>1516</v>
       </c>
       <c r="K222" s="5" t="s">
-        <v>1515</v>
+        <v>1517</v>
       </c>
       <c r="L222" s="6" t="s">
-        <v>1516</v>
+        <v>1518</v>
       </c>
       <c r="M222" s="5" t="s">
-        <v>1517</v>
+        <v>1519</v>
       </c>
     </row>
     <row r="223">
       <c r="A223" s="5" t="s">
-        <v>1518</v>
+        <v>1520</v>
       </c>
       <c r="B223" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C223" s="5" t="s">
-        <v>931</v>
+        <v>851</v>
       </c>
       <c r="D223" s="5" t="s">
-        <v>844</v>
+        <v>938</v>
       </c>
       <c r="E223" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F223" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G223" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H223" s="5" t="s">
-        <v>1519</v>
+        <v>1521</v>
       </c>
       <c r="I223" s="5"/>
       <c r="J223" s="5" t="s">
-        <v>1347</v>
+        <v>1354</v>
       </c>
       <c r="K223" s="5" t="s">
-        <v>1520</v>
+        <v>1522</v>
       </c>
       <c r="L223" s="6" t="s">
-        <v>1521</v>
+        <v>1523</v>
       </c>
       <c r="M223" s="5" t="s">
-        <v>1522</v>
+        <v>1524</v>
       </c>
     </row>
     <row r="224">
       <c r="A224" s="5" t="s">
-        <v>1523</v>
+        <v>1525</v>
       </c>
       <c r="B224" s="5" t="s">
-        <v>258</v>
+        <v>14</v>
       </c>
       <c r="C224" s="5" t="s">
-        <v>733</v>
+        <v>938</v>
       </c>
       <c r="D224" s="5" t="s">
-        <v>16</v>
-[...8 lines deleted...]
-        <v>1525</v>
+        <v>851</v>
+      </c>
+      <c r="E224" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F224" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G224" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H224" s="5" t="s">
         <v>1526</v>
       </c>
-      <c r="I224" s="5" t="s">
+      <c r="I224" s="5"/>
+      <c r="J224" s="5" t="s">
+        <v>1354</v>
+      </c>
+      <c r="K224" s="5" t="s">
         <v>1527</v>
       </c>
-      <c r="J224" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K224" s="5" t="s">
+      <c r="L224" s="6" t="s">
         <v>1528</v>
       </c>
-      <c r="L224" s="6" t="s">
+      <c r="M224" s="5" t="s">
         <v>1529</v>
-      </c>
-[...1 lines deleted...]
-        <v>1530</v>
       </c>
     </row>
     <row r="225">
       <c r="A225" s="5" t="s">
-        <v>1531</v>
+        <v>1530</v>
       </c>
       <c r="B225" s="5" t="s">
         <v>258</v>
       </c>
       <c r="C225" s="5" t="s">
-        <v>778</v>
+        <v>733</v>
       </c>
       <c r="D225" s="5" t="s">
-        <v>931</v>
+        <v>16</v>
       </c>
       <c r="E225" s="5" t="s">
-        <v>388</v>
-[...16 lines deleted...]
-      <c r="I225" s="5"/>
+        <v>1531</v>
+      </c>
+      <c r="F225" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="G225" s="5" t="s">
+        <v>1532</v>
+      </c>
+      <c r="H225" s="5" t="s">
+        <v>1533</v>
+      </c>
+      <c r="I225" s="5" t="s">
+        <v>1534</v>
+      </c>
       <c r="J225" s="5" t="s">
-        <v>1347</v>
+        <v>102</v>
       </c>
       <c r="K225" s="5" t="s">
-        <v>1532</v>
+        <v>1535</v>
       </c>
       <c r="L225" s="6" t="s">
-        <v>1533</v>
+        <v>1536</v>
       </c>
       <c r="M225" s="5" t="s">
-        <v>1534</v>
+        <v>1537</v>
       </c>
     </row>
     <row r="226">
       <c r="A226" s="5" t="s">
-        <v>1531</v>
+        <v>1538</v>
       </c>
       <c r="B226" s="5" t="s">
         <v>258</v>
       </c>
       <c r="C226" s="5" t="s">
-        <v>733</v>
+        <v>785</v>
       </c>
       <c r="D226" s="5" t="s">
-        <v>931</v>
-[...4 lines deleted...]
-        </is>
+        <v>938</v>
+      </c>
+      <c r="E226" s="5" t="s">
+        <v>388</v>
       </c>
       <c r="F226" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G226" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H226" s="5" t="s">
-        <v>1535</v>
+      <c r="H226" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I226" s="5"/>
       <c r="J226" s="5" t="s">
-        <v>1347</v>
+        <v>1354</v>
       </c>
       <c r="K226" s="5" t="s">
-        <v>1536</v>
+        <v>1539</v>
       </c>
       <c r="L226" s="6" t="s">
-        <v>1537</v>
+        <v>1540</v>
       </c>
       <c r="M226" s="5" t="s">
-        <v>1538</v>
+        <v>1541</v>
       </c>
     </row>
     <row r="227">
       <c r="A227" s="5" t="s">
-        <v>1531</v>
+        <v>1538</v>
       </c>
       <c r="B227" s="5" t="s">
-        <v>14</v>
+        <v>258</v>
       </c>
       <c r="C227" s="5" t="s">
-        <v>994</v>
+        <v>733</v>
       </c>
       <c r="D227" s="5" t="s">
-        <v>844</v>
+        <v>938</v>
       </c>
       <c r="E227" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F227" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G227" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H227" s="5" t="s">
-        <v>1539</v>
+        <v>1542</v>
       </c>
       <c r="I227" s="5"/>
       <c r="J227" s="5" t="s">
-        <v>996</v>
+        <v>1354</v>
       </c>
       <c r="K227" s="5" t="s">
-        <v>1540</v>
+        <v>1543</v>
       </c>
       <c r="L227" s="6" t="s">
-        <v>1541</v>
+        <v>1544</v>
       </c>
       <c r="M227" s="5" t="s">
-        <v>1542</v>
+        <v>1545</v>
       </c>
     </row>
     <row r="228">
       <c r="A228" s="5" t="s">
-        <v>1543</v>
+        <v>1538</v>
       </c>
       <c r="B228" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C228" s="5" t="s">
-        <v>774</v>
+        <v>1001</v>
       </c>
       <c r="D228" s="5" t="s">
-        <v>26</v>
+        <v>851</v>
       </c>
       <c r="E228" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F228" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G228" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H228" s="5" t="s">
-        <v>1544</v>
+        <v>1546</v>
       </c>
       <c r="I228" s="5"/>
       <c r="J228" s="5" t="s">
-        <v>1545</v>
+        <v>1003</v>
       </c>
       <c r="K228" s="5" t="s">
-        <v>1546</v>
+        <v>1547</v>
       </c>
       <c r="L228" s="6" t="s">
-        <v>1547</v>
+        <v>1548</v>
       </c>
       <c r="M228" s="5" t="s">
-        <v>1548</v>
+        <v>1549</v>
       </c>
     </row>
     <row r="229">
       <c r="A229" s="5" t="s">
-        <v>1549</v>
+        <v>1550</v>
       </c>
       <c r="B229" s="5" t="s">
-        <v>258</v>
+        <v>14</v>
       </c>
       <c r="C229" s="5" t="s">
-        <v>733</v>
+        <v>773</v>
       </c>
       <c r="D229" s="5" t="s">
-        <v>1249</v>
+        <v>26</v>
       </c>
       <c r="E229" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F229" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G229" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H229" s="5" t="inlineStr">
-[...6 lines deleted...]
-      </c>
+      <c r="H229" s="5" t="s">
+        <v>1551</v>
+      </c>
+      <c r="I229" s="5"/>
       <c r="J229" s="5" t="s">
-        <v>1551</v>
+        <v>1552</v>
       </c>
       <c r="K229" s="5" t="s">
-        <v>1552</v>
+        <v>1553</v>
       </c>
       <c r="L229" s="6" t="s">
-        <v>1553</v>
+        <v>1554</v>
       </c>
       <c r="M229" s="5" t="s">
-        <v>1554</v>
+        <v>1555</v>
       </c>
     </row>
     <row r="230">
       <c r="A230" s="5" t="s">
-        <v>1555</v>
+        <v>1556</v>
       </c>
       <c r="B230" s="5" t="s">
-        <v>14</v>
+        <v>258</v>
       </c>
       <c r="C230" s="5" t="s">
-        <v>844</v>
+        <v>733</v>
       </c>
       <c r="D230" s="5" t="s">
-        <v>994</v>
-[...2 lines deleted...]
-        <v>1556</v>
+        <v>1256</v>
+      </c>
+      <c r="E230" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F230" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G230" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H230" s="5" t="s">
+      <c r="H230" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I230" s="5" t="s">
         <v>1557</v>
       </c>
-      <c r="I230" s="5" t="s">
+      <c r="J230" s="5" t="s">
         <v>1558</v>
-      </c>
-[...1 lines deleted...]
-        <v>914</v>
       </c>
       <c r="K230" s="5" t="s">
         <v>1559</v>
       </c>
       <c r="L230" s="6" t="s">
         <v>1560</v>
       </c>
       <c r="M230" s="5" t="s">
         <v>1561</v>
       </c>
     </row>
     <row r="231">
       <c r="A231" s="5" t="s">
         <v>1562</v>
       </c>
       <c r="B231" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C231" s="5" t="s">
-        <v>1307</v>
+        <v>851</v>
       </c>
       <c r="D231" s="5" t="s">
-        <v>931</v>
+        <v>1001</v>
       </c>
       <c r="E231" s="5" t="s">
-        <v>18</v>
+        <v>1563</v>
       </c>
       <c r="F231" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G231" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H231" s="5" t="s">
-        <v>1563</v>
-[...1 lines deleted...]
-      <c r="I231" s="5"/>
+        <v>1564</v>
+      </c>
+      <c r="I231" s="5" t="s">
+        <v>1565</v>
+      </c>
       <c r="J231" s="5" t="s">
-        <v>1564</v>
+        <v>921</v>
       </c>
       <c r="K231" s="5" t="s">
-        <v>1565</v>
+        <v>1566</v>
       </c>
       <c r="L231" s="6" t="s">
-        <v>1566</v>
+        <v>1567</v>
       </c>
       <c r="M231" s="5" t="s">
-        <v>1567</v>
+        <v>1568</v>
       </c>
     </row>
     <row r="232">
       <c r="A232" s="5" t="s">
-        <v>1568</v>
+        <v>1569</v>
       </c>
       <c r="B232" s="5" t="s">
-        <v>258</v>
+        <v>14</v>
       </c>
       <c r="C232" s="5" t="s">
-        <v>1563</v>
+        <v>1314</v>
       </c>
       <c r="D232" s="5" t="s">
-        <v>931</v>
+        <v>938</v>
       </c>
       <c r="E232" s="5" t="s">
-        <v>479</v>
+        <v>18</v>
       </c>
       <c r="F232" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G232" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H232" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H232" s="5" t="s">
+        <v>1570</v>
       </c>
       <c r="I232" s="5"/>
       <c r="J232" s="5" t="s">
-        <v>1564</v>
+        <v>1571</v>
       </c>
       <c r="K232" s="5" t="s">
-        <v>1569</v>
+        <v>1572</v>
       </c>
       <c r="L232" s="6" t="s">
-        <v>1570</v>
+        <v>1573</v>
       </c>
       <c r="M232" s="5" t="s">
-        <v>1571</v>
+        <v>1574</v>
       </c>
     </row>
     <row r="233">
       <c r="A233" s="5" t="s">
-        <v>1572</v>
+        <v>1575</v>
       </c>
       <c r="B233" s="5" t="s">
-        <v>14</v>
+        <v>258</v>
       </c>
       <c r="C233" s="5" t="s">
-        <v>1563</v>
+        <v>1570</v>
       </c>
       <c r="D233" s="5" t="s">
-        <v>931</v>
+        <v>938</v>
       </c>
       <c r="E233" s="5" t="s">
-        <v>1295</v>
+        <v>479</v>
       </c>
       <c r="F233" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G233" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H233" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="I233" s="5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I233" s="5"/>
       <c r="J233" s="5" t="s">
-        <v>1564</v>
+        <v>1571</v>
       </c>
       <c r="K233" s="5" t="s">
-        <v>1574</v>
+        <v>1576</v>
       </c>
       <c r="L233" s="6" t="s">
-        <v>1575</v>
+        <v>1577</v>
       </c>
       <c r="M233" s="5" t="s">
-        <v>1576</v>
+        <v>1578</v>
       </c>
     </row>
     <row r="234">
       <c r="A234" s="5" t="s">
-        <v>1577</v>
+        <v>1579</v>
       </c>
       <c r="B234" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C234" s="5" t="s">
-        <v>733</v>
+        <v>1570</v>
       </c>
       <c r="D234" s="5" t="s">
-        <v>931</v>
-[...4 lines deleted...]
-        </is>
+        <v>938</v>
+      </c>
+      <c r="E234" s="5" t="s">
+        <v>1302</v>
       </c>
       <c r="F234" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G234" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H234" s="5" t="s">
-[...2 lines deleted...]
-      <c r="I234" s="5"/>
+      <c r="H234" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I234" s="5" t="s">
+        <v>1580</v>
+      </c>
       <c r="J234" s="5" t="s">
-        <v>1564</v>
+        <v>1571</v>
       </c>
       <c r="K234" s="5" t="s">
-        <v>1579</v>
+        <v>1581</v>
       </c>
       <c r="L234" s="6" t="s">
-        <v>1580</v>
+        <v>1582</v>
       </c>
       <c r="M234" s="5" t="s">
-        <v>1581</v>
+        <v>1583</v>
       </c>
     </row>
     <row r="235">
       <c r="A235" s="5" t="s">
-        <v>1582</v>
+        <v>1584</v>
       </c>
       <c r="B235" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C235" s="5" t="s">
-        <v>931</v>
+        <v>733</v>
       </c>
       <c r="D235" s="5" t="s">
-        <v>1563</v>
+        <v>938</v>
       </c>
       <c r="E235" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F235" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G235" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H235" s="5" t="s">
-        <v>1583</v>
+        <v>1585</v>
       </c>
       <c r="I235" s="5"/>
       <c r="J235" s="5" t="s">
-        <v>1564</v>
+        <v>1571</v>
       </c>
       <c r="K235" s="5" t="s">
-        <v>1584</v>
+        <v>1586</v>
       </c>
       <c r="L235" s="6" t="s">
-        <v>1585</v>
+        <v>1587</v>
       </c>
       <c r="M235" s="5" t="s">
-        <v>1586</v>
+        <v>1588</v>
       </c>
     </row>
     <row r="236">
       <c r="A236" s="5" t="s">
-        <v>1587</v>
+        <v>1589</v>
       </c>
       <c r="B236" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C236" s="5" t="s">
-        <v>26</v>
+        <v>938</v>
       </c>
       <c r="D236" s="5" t="s">
-        <v>774</v>
+        <v>1570</v>
       </c>
       <c r="E236" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F236" s="5" t="s">
-        <v>1588</v>
+      <c r="F236" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G236" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H236" s="5" t="s">
-        <v>1589</v>
-[...1 lines deleted...]
-      <c r="I236" s="5" t="s">
         <v>1590</v>
       </c>
+      <c r="I236" s="5"/>
       <c r="J236" s="5" t="s">
+        <v>1571</v>
+      </c>
+      <c r="K236" s="5" t="s">
         <v>1591</v>
       </c>
-      <c r="K236" s="5" t="s">
+      <c r="L236" s="6" t="s">
         <v>1592</v>
       </c>
-      <c r="L236" s="6" t="s">
+      <c r="M236" s="5" t="s">
         <v>1593</v>
-      </c>
-[...1 lines deleted...]
-        <v>1594</v>
       </c>
     </row>
     <row r="237">
       <c r="A237" s="5" t="s">
-        <v>1595</v>
+        <v>1594</v>
       </c>
       <c r="B237" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C237" s="5" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
       <c r="D237" s="5" t="s">
-        <v>25</v>
-[...1 lines deleted...]
-      <c r="E237" s="5" t="s">
+        <v>773</v>
+      </c>
+      <c r="E237" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F237" s="5" t="s">
+        <v>1595</v>
+      </c>
+      <c r="G237" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H237" s="5" t="s">
         <v>1596</v>
       </c>
-      <c r="F237" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H237" s="5" t="s">
+      <c r="I237" s="5" t="s">
         <v>1597</v>
       </c>
-      <c r="I237" s="5" t="s">
+      <c r="J237" s="5" t="s">
         <v>1598</v>
-      </c>
-[...1 lines deleted...]
-        <v>20</v>
       </c>
       <c r="K237" s="5" t="s">
         <v>1599</v>
       </c>
       <c r="L237" s="6" t="s">
         <v>1600</v>
       </c>
       <c r="M237" s="5" t="s">
         <v>1601</v>
       </c>
     </row>
     <row r="238">
       <c r="A238" s="5" t="s">
         <v>1602</v>
       </c>
       <c r="B238" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C238" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D238" s="5" t="s">
         <v>25</v>
       </c>
       <c r="E238" s="5" t="s">
-        <v>1596</v>
+        <v>1603</v>
       </c>
       <c r="F238" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G238" s="5" t="s">
-        <v>1603</v>
+      <c r="G238" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H238" s="5" t="s">
         <v>1604</v>
       </c>
-      <c r="I238" s="5"/>
+      <c r="I238" s="5" t="s">
+        <v>1605</v>
+      </c>
       <c r="J238" s="5" t="s">
         <v>20</v>
       </c>
       <c r="K238" s="5" t="s">
-        <v>1605</v>
+        <v>1606</v>
       </c>
       <c r="L238" s="6" t="s">
-        <v>1606</v>
+        <v>1607</v>
       </c>
       <c r="M238" s="5" t="s">
-        <v>1607</v>
+        <v>1608</v>
       </c>
     </row>
     <row r="239">
       <c r="A239" s="5" t="s">
-        <v>1608</v>
+        <v>1609</v>
       </c>
       <c r="B239" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C239" s="5" t="s">
-        <v>733</v>
+        <v>16</v>
       </c>
       <c r="D239" s="5" t="s">
-        <v>931</v>
+        <v>25</v>
       </c>
       <c r="E239" s="5" t="s">
-        <v>1609</v>
+        <v>1603</v>
       </c>
       <c r="F239" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G239" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="G239" s="5" t="s">
+        <v>1610</v>
+      </c>
+      <c r="H239" s="5" t="s">
+        <v>1611</v>
       </c>
       <c r="I239" s="5"/>
       <c r="J239" s="5" t="s">
-        <v>1564</v>
+        <v>20</v>
       </c>
       <c r="K239" s="5" t="s">
-        <v>1610</v>
+        <v>1612</v>
       </c>
       <c r="L239" s="6" t="s">
-        <v>1611</v>
+        <v>1613</v>
       </c>
       <c r="M239" s="5" t="s">
-        <v>1612</v>
+        <v>1614</v>
       </c>
     </row>
     <row r="240">
       <c r="A240" s="5" t="s">
-        <v>1613</v>
+        <v>1615</v>
       </c>
       <c r="B240" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C240" s="5" t="s">
-        <v>980</v>
+        <v>733</v>
       </c>
       <c r="D240" s="5" t="s">
-        <v>931</v>
-[...7 lines deleted...]
-        <v>18</v>
+        <v>938</v>
+      </c>
+      <c r="E240" s="5" t="s">
+        <v>1616</v>
+      </c>
+      <c r="F240" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G240" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H240" s="5" t="s">
-        <v>1614</v>
+      <c r="H240" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I240" s="5"/>
       <c r="J240" s="5" t="s">
-        <v>1564</v>
+        <v>1571</v>
       </c>
       <c r="K240" s="5" t="s">
-        <v>1615</v>
+        <v>1617</v>
       </c>
       <c r="L240" s="6" t="s">
-        <v>1616</v>
+        <v>1618</v>
       </c>
       <c r="M240" s="5" t="s">
-        <v>1617</v>
+        <v>1619</v>
       </c>
     </row>
     <row r="241">
       <c r="A241" s="5" t="s">
-        <v>1618</v>
+        <v>1620</v>
       </c>
       <c r="B241" s="5" t="s">
-        <v>258</v>
+        <v>14</v>
       </c>
       <c r="C241" s="5" t="s">
-        <v>844</v>
+        <v>987</v>
       </c>
       <c r="D241" s="5" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>912</v>
+        <v>938</v>
+      </c>
+      <c r="E241" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F241" s="5" t="s">
-        <v>17</v>
-[...7 lines deleted...]
-        </is>
+        <v>18</v>
+      </c>
+      <c r="G241" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H241" s="5" t="s">
+        <v>1621</v>
       </c>
       <c r="I241" s="5"/>
       <c r="J241" s="5" t="s">
-        <v>102</v>
+        <v>1571</v>
       </c>
       <c r="K241" s="5" t="s">
-        <v>1620</v>
+        <v>1622</v>
       </c>
       <c r="L241" s="6" t="s">
-        <v>1621</v>
+        <v>1623</v>
       </c>
       <c r="M241" s="5" t="s">
-        <v>1622</v>
+        <v>1624</v>
       </c>
     </row>
     <row r="242">
       <c r="A242" s="5" t="s">
-        <v>1623</v>
+        <v>1625</v>
       </c>
       <c r="B242" s="5" t="s">
-        <v>14</v>
+        <v>258</v>
       </c>
       <c r="C242" s="5" t="s">
-        <v>836</v>
+        <v>851</v>
       </c>
       <c r="D242" s="5" t="s">
-        <v>733</v>
-[...14 lines deleted...]
-        </is>
+        <v>16</v>
+      </c>
+      <c r="E242" s="5" t="s">
+        <v>919</v>
+      </c>
+      <c r="F242" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="G242" s="5" t="s">
+        <v>1626</v>
       </c>
       <c r="H242" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I242" s="5"/>
       <c r="J242" s="5" t="s">
-        <v>1624</v>
+        <v>102</v>
       </c>
       <c r="K242" s="5" t="s">
-        <v>1625</v>
+        <v>1627</v>
       </c>
       <c r="L242" s="6" t="s">
-        <v>1626</v>
+        <v>1628</v>
       </c>
       <c r="M242" s="5" t="s">
-        <v>1627</v>
+        <v>1629</v>
       </c>
     </row>
     <row r="243">
       <c r="A243" s="5" t="s">
-        <v>1628</v>
+        <v>1630</v>
       </c>
       <c r="B243" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C243" s="5" t="s">
-        <v>836</v>
+        <v>843</v>
       </c>
       <c r="D243" s="5" t="s">
         <v>733</v>
       </c>
       <c r="E243" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F243" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G243" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H243" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I243" s="5"/>
       <c r="J243" s="5" t="s">
-        <v>1551</v>
+        <v>1631</v>
       </c>
       <c r="K243" s="5" t="s">
-        <v>1629</v>
+        <v>1632</v>
       </c>
       <c r="L243" s="6" t="s">
-        <v>1630</v>
+        <v>1633</v>
       </c>
       <c r="M243" s="5" t="s">
-        <v>1631</v>
+        <v>1634</v>
       </c>
     </row>
     <row r="244">
       <c r="A244" s="5" t="s">
-        <v>1632</v>
+        <v>1635</v>
       </c>
       <c r="B244" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C244" s="5" t="s">
-        <v>844</v>
+        <v>843</v>
       </c>
       <c r="D244" s="5" t="s">
-        <v>994</v>
-[...2 lines deleted...]
-        <v>1633</v>
+        <v>733</v>
+      </c>
+      <c r="E244" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F244" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G244" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H244" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="H244" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I244" s="5"/>
       <c r="J244" s="5" t="s">
-        <v>914</v>
+        <v>1558</v>
       </c>
       <c r="K244" s="5" t="s">
         <v>1636</v>
       </c>
       <c r="L244" s="6" t="s">
         <v>1637</v>
       </c>
       <c r="M244" s="5" t="s">
         <v>1638</v>
       </c>
     </row>
     <row r="245">
       <c r="A245" s="5" t="s">
         <v>1639</v>
       </c>
       <c r="B245" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C245" s="5" t="s">
-        <v>16</v>
+        <v>851</v>
       </c>
       <c r="D245" s="5" t="s">
-        <v>639</v>
+        <v>1001</v>
       </c>
       <c r="E245" s="5" t="s">
-        <v>98</v>
+        <v>1640</v>
       </c>
       <c r="F245" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G245" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H245" s="5" t="s">
-        <v>1640</v>
+        <v>1641</v>
       </c>
       <c r="I245" s="5" t="s">
-        <v>1641</v>
+        <v>1642</v>
       </c>
       <c r="J245" s="5" t="s">
-        <v>1642</v>
+        <v>921</v>
       </c>
       <c r="K245" s="5" t="s">
         <v>1643</v>
       </c>
       <c r="L245" s="6" t="s">
         <v>1644</v>
       </c>
       <c r="M245" s="5" t="s">
         <v>1645</v>
       </c>
     </row>
     <row r="246">
       <c r="A246" s="5" t="s">
         <v>1646</v>
       </c>
       <c r="B246" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C246" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D246" s="5" t="s">
+        <v>639</v>
+      </c>
+      <c r="E246" s="5" t="s">
+        <v>98</v>
+      </c>
+      <c r="F246" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G246" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H246" s="5" t="s">
         <v>1647</v>
       </c>
-      <c r="D246" s="5" t="s">
-[...15 lines deleted...]
-      <c r="H246" s="5" t="s">
+      <c r="I246" s="5" t="s">
         <v>1648</v>
       </c>
-      <c r="I246" s="5" t="s">
+      <c r="J246" s="5" t="s">
         <v>1649</v>
       </c>
-      <c r="J246" s="5" t="s">
+      <c r="K246" s="5" t="s">
         <v>1650</v>
       </c>
-      <c r="K246" s="5" t="s">
+      <c r="L246" s="6" t="s">
         <v>1651</v>
       </c>
-      <c r="L246" s="6" t="s">
+      <c r="M246" s="5" t="s">
         <v>1652</v>
-      </c>
-[...1 lines deleted...]
-        <v>1653</v>
       </c>
     </row>
     <row r="247">
       <c r="A247" s="5" t="s">
-        <v>1654</v>
+        <v>1653</v>
       </c>
       <c r="B247" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C247" s="5" t="s">
-        <v>115</v>
+        <v>1654</v>
       </c>
       <c r="D247" s="5" t="s">
-        <v>26</v>
+        <v>842</v>
       </c>
       <c r="E247" s="5" t="s">
-        <v>714</v>
+        <v>479</v>
       </c>
       <c r="F247" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G247" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H247" s="5" t="s">
         <v>1655</v>
       </c>
       <c r="I247" s="5" t="s">
         <v>1656</v>
       </c>
       <c r="J247" s="5" t="s">
         <v>1657</v>
       </c>
       <c r="K247" s="5" t="s">
         <v>1658</v>
       </c>
       <c r="L247" s="6" t="s">
         <v>1659</v>
       </c>
       <c r="M247" s="5" t="s">
         <v>1660</v>
       </c>
     </row>
     <row r="248">
       <c r="A248" s="5" t="s">
         <v>1661</v>
       </c>
       <c r="B248" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C248" s="5" t="s">
-        <v>16</v>
+        <v>115</v>
       </c>
       <c r="D248" s="5" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="E248" s="5" t="s">
+        <v>714</v>
+      </c>
+      <c r="F248" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G248" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H248" s="5" t="s">
         <v>1662</v>
       </c>
-      <c r="F248" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G248" s="5" t="s">
+      <c r="I248" s="5" t="s">
         <v>1663</v>
       </c>
-      <c r="H248" s="5" t="s">
+      <c r="J248" s="5" t="s">
         <v>1664</v>
       </c>
-      <c r="I248" s="5" t="s">
+      <c r="K248" s="5" t="s">
         <v>1665</v>
       </c>
-      <c r="J248" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K248" s="5" t="s">
+      <c r="L248" s="6" t="s">
         <v>1666</v>
       </c>
-      <c r="L248" s="6" t="s">
+      <c r="M248" s="5" t="s">
         <v>1667</v>
-      </c>
-[...1 lines deleted...]
-        <v>1668</v>
       </c>
     </row>
     <row r="249">
       <c r="A249" s="5" t="s">
-        <v>1669</v>
+        <v>1668</v>
       </c>
       <c r="B249" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C249" s="5" t="s">
-        <v>774</v>
+        <v>16</v>
       </c>
       <c r="D249" s="5" t="s">
-        <v>114</v>
+        <v>25</v>
       </c>
       <c r="E249" s="5" t="s">
+        <v>1669</v>
+      </c>
+      <c r="F249" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G249" s="5" t="s">
         <v>1670</v>
-      </c>
-[...8 lines deleted...]
-        </is>
       </c>
       <c r="H249" s="5" t="s">
         <v>1671</v>
       </c>
       <c r="I249" s="5" t="s">
         <v>1672</v>
       </c>
       <c r="J249" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="K249" s="5" t="s">
         <v>1673</v>
       </c>
-      <c r="K249" s="5" t="s">
+      <c r="L249" s="6" t="s">
         <v>1674</v>
       </c>
-      <c r="L249" s="6" t="s">
+      <c r="M249" s="5" t="s">
         <v>1675</v>
-      </c>
-[...1 lines deleted...]
-        <v>1676</v>
       </c>
     </row>
     <row r="250">
       <c r="A250" s="5" t="s">
+        <v>1676</v>
+      </c>
+      <c r="B250" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C250" s="5" t="s">
+        <v>773</v>
+      </c>
+      <c r="D250" s="5" t="s">
+        <v>114</v>
+      </c>
+      <c r="E250" s="5" t="s">
         <v>1677</v>
-      </c>
-[...14 lines deleted...]
-        </is>
       </c>
       <c r="F250" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G250" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H250" s="5" t="s">
         <v>1678</v>
       </c>
-      <c r="I250" s="5"/>
-[...3 lines deleted...]
-        </is>
+      <c r="I250" s="5" t="s">
+        <v>1679</v>
+      </c>
+      <c r="J250" s="5" t="s">
+        <v>1680</v>
       </c>
       <c r="K250" s="5" t="s">
-        <v>1679</v>
+        <v>1681</v>
       </c>
       <c r="L250" s="6" t="s">
-        <v>1680</v>
-[...1 lines deleted...]
-      <c r="M250" s="5"/>
+        <v>1682</v>
+      </c>
+      <c r="M250" s="5" t="s">
+        <v>1683</v>
+      </c>
     </row>
     <row r="251">
       <c r="A251" s="5" t="s">
-        <v>1681</v>
+        <v>1684</v>
       </c>
       <c r="B251" s="5" t="s">
-        <v>14</v>
+        <v>781</v>
       </c>
       <c r="C251" s="5" t="s">
-        <v>844</v>
-[...5 lines deleted...]
-        <v>1633</v>
+        <v>16</v>
+      </c>
+      <c r="D251" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E251" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F251" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G251" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H251" s="5" t="s">
-        <v>1682</v>
-[...5 lines deleted...]
-        <v>914</v>
+        <v>1685</v>
+      </c>
+      <c r="I251" s="5"/>
+      <c r="J251" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K251" s="5" t="s">
-        <v>1684</v>
+        <v>1686</v>
       </c>
       <c r="L251" s="6" t="s">
-        <v>1685</v>
-[...3 lines deleted...]
-      </c>
+        <v>1687</v>
+      </c>
+      <c r="M251" s="5"/>
     </row>
     <row r="252">
       <c r="A252" s="5" t="s">
-        <v>1687</v>
+        <v>1688</v>
       </c>
       <c r="B252" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C252" s="5" t="s">
-        <v>1688</v>
+        <v>851</v>
       </c>
       <c r="D252" s="5" t="s">
-        <v>612</v>
+        <v>1001</v>
       </c>
       <c r="E252" s="5" t="s">
+        <v>1640</v>
+      </c>
+      <c r="F252" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G252" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H252" s="5" t="s">
         <v>1689</v>
       </c>
-      <c r="F252" s="5" t="s">
+      <c r="I252" s="5" t="s">
         <v>1690</v>
       </c>
-      <c r="G252" s="5" t="s">
+      <c r="J252" s="5" t="s">
+        <v>921</v>
+      </c>
+      <c r="K252" s="5" t="s">
         <v>1691</v>
       </c>
-      <c r="H252" s="5" t="s">
+      <c r="L252" s="6" t="s">
         <v>1692</v>
       </c>
-      <c r="I252" s="5" t="s">
+      <c r="M252" s="5" t="s">
         <v>1693</v>
-      </c>
-[...10 lines deleted...]
-        <v>1696</v>
       </c>
     </row>
     <row r="253">
       <c r="A253" s="5" t="s">
-        <v>1697</v>
+        <v>1694</v>
       </c>
       <c r="B253" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C253" s="5" t="s">
-        <v>844</v>
+        <v>1695</v>
       </c>
       <c r="D253" s="5" t="s">
-        <v>994</v>
+        <v>612</v>
       </c>
       <c r="E253" s="5" t="s">
-        <v>1633</v>
-[...9 lines deleted...]
-        </is>
+        <v>1696</v>
+      </c>
+      <c r="F253" s="5" t="s">
+        <v>1697</v>
+      </c>
+      <c r="G253" s="5" t="s">
+        <v>1698</v>
       </c>
       <c r="H253" s="5" t="s">
-        <v>1698</v>
+        <v>1699</v>
       </c>
       <c r="I253" s="5" t="s">
-        <v>1699</v>
+        <v>1700</v>
       </c>
       <c r="J253" s="5" t="s">
-        <v>914</v>
+        <v>102</v>
       </c>
       <c r="K253" s="5" t="s">
-        <v>1700</v>
+        <v>1701</v>
       </c>
       <c r="L253" s="6" t="s">
-        <v>1701</v>
+        <v>1702</v>
       </c>
       <c r="M253" s="5" t="s">
-        <v>1702</v>
+        <v>1703</v>
       </c>
     </row>
     <row r="254">
       <c r="A254" s="5" t="s">
-        <v>1703</v>
+        <v>1704</v>
       </c>
       <c r="B254" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C254" s="5" t="s">
-        <v>25</v>
+        <v>851</v>
       </c>
       <c r="D254" s="5" t="s">
-        <v>16</v>
-[...4 lines deleted...]
-        </is>
+        <v>1001</v>
+      </c>
+      <c r="E254" s="5" t="s">
+        <v>1640</v>
       </c>
       <c r="F254" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G254" s="5" t="s">
-        <v>1704</v>
+      <c r="G254" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H254" s="5" t="s">
         <v>1705</v>
       </c>
       <c r="I254" s="5" t="s">
         <v>1706</v>
       </c>
       <c r="J254" s="5" t="s">
-        <v>102</v>
+        <v>921</v>
       </c>
       <c r="K254" s="5" t="s">
         <v>1707</v>
       </c>
       <c r="L254" s="6" t="s">
         <v>1708</v>
       </c>
       <c r="M254" s="5" t="s">
         <v>1709</v>
       </c>
     </row>
     <row r="255">
       <c r="A255" s="5" t="s">
         <v>1710</v>
       </c>
       <c r="B255" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C255" s="5" t="s">
         <v>25</v>
       </c>
       <c r="D255" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E255" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F255" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G255" s="5" t="s">
         <v>1711</v>
       </c>
-      <c r="E255" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="G255" s="5" t="s">
+      <c r="H255" s="5" t="s">
         <v>1712</v>
       </c>
-      <c r="H255" s="5" t="s">
+      <c r="I255" s="5" t="s">
         <v>1713</v>
-      </c>
-[...1 lines deleted...]
-        <v>1714</v>
       </c>
       <c r="J255" s="5" t="s">
         <v>102</v>
       </c>
       <c r="K255" s="5" t="s">
+        <v>1714</v>
+      </c>
+      <c r="L255" s="6" t="s">
         <v>1715</v>
       </c>
-      <c r="L255" s="6" t="s">
+      <c r="M255" s="5" t="s">
         <v>1716</v>
-      </c>
-[...1 lines deleted...]
-        <v>1717</v>
       </c>
     </row>
     <row r="256">
       <c r="A256" s="5" t="s">
+        <v>1717</v>
+      </c>
+      <c r="B256" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C256" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="D256" s="5" t="s">
         <v>1718</v>
       </c>
-      <c r="B256" s="5" t="s">
-[...9 lines deleted...]
-      </c>
       <c r="E256" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F256" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G256" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G256" s="5" t="s">
+        <v>1719</v>
       </c>
       <c r="H256" s="5" t="s">
-        <v>1719</v>
-[...10 lines deleted...]
-        </is>
+        <v>1720</v>
+      </c>
+      <c r="I256" s="5" t="s">
+        <v>1721</v>
+      </c>
+      <c r="J256" s="5" t="s">
+        <v>102</v>
+      </c>
+      <c r="K256" s="5" t="s">
+        <v>1722</v>
       </c>
       <c r="L256" s="6" t="s">
-        <v>1720</v>
-[...1 lines deleted...]
-      <c r="M256" s="5"/>
+        <v>1723</v>
+      </c>
+      <c r="M256" s="5" t="s">
+        <v>1724</v>
+      </c>
     </row>
     <row r="257">
       <c r="A257" s="5" t="s">
-        <v>1721</v>
+        <v>1725</v>
       </c>
       <c r="B257" s="5" t="s">
-        <v>14</v>
+        <v>781</v>
       </c>
       <c r="C257" s="5" t="s">
-        <v>214</v>
-[...8 lines deleted...]
-        <v>1723</v>
+        <v>16</v>
+      </c>
+      <c r="D257" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E257" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F257" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G257" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H257" s="5" t="s">
-        <v>1724</v>
-[...4 lines deleted...]
-      <c r="J257" s="5" t="s">
         <v>1726</v>
       </c>
-      <c r="K257" s="5" t="s">
+      <c r="I257" s="5"/>
+      <c r="J257" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K257" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L257" s="6" t="s">
         <v>1727</v>
       </c>
-      <c r="L257" s="6" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="M257" s="5"/>
     </row>
     <row r="258">
       <c r="A258" s="5" t="s">
-        <v>1730</v>
+        <v>1728</v>
       </c>
       <c r="B258" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C258" s="5" t="s">
-        <v>844</v>
+        <v>214</v>
       </c>
       <c r="D258" s="5" t="s">
-        <v>911</v>
+        <v>1729</v>
       </c>
       <c r="E258" s="5" t="s">
-        <v>1633</v>
-[...4 lines deleted...]
-        </is>
+        <v>17</v>
+      </c>
+      <c r="F258" s="5" t="s">
+        <v>1730</v>
       </c>
       <c r="G258" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H258" s="5" t="s">
         <v>1731</v>
       </c>
       <c r="I258" s="5" t="s">
         <v>1732</v>
       </c>
       <c r="J258" s="5" t="s">
-        <v>914</v>
+        <v>1733</v>
       </c>
       <c r="K258" s="5" t="s">
-        <v>1733</v>
+        <v>1734</v>
       </c>
       <c r="L258" s="6" t="s">
-        <v>1734</v>
+        <v>1735</v>
       </c>
       <c r="M258" s="5" t="s">
-        <v>1735</v>
+        <v>1736</v>
       </c>
     </row>
     <row r="259">
       <c r="A259" s="5" t="s">
-        <v>1736</v>
+        <v>1737</v>
       </c>
       <c r="B259" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C259" s="5" t="s">
-        <v>16</v>
+        <v>851</v>
       </c>
       <c r="D259" s="5" t="s">
-        <v>1737</v>
+        <v>918</v>
       </c>
       <c r="E259" s="5" t="s">
-        <v>17</v>
+        <v>1640</v>
       </c>
       <c r="F259" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G259" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H259" s="5" t="s">
         <v>1738</v>
       </c>
       <c r="I259" s="5" t="s">
         <v>1739</v>
       </c>
       <c r="J259" s="5" t="s">
+        <v>921</v>
+      </c>
+      <c r="K259" s="5" t="s">
         <v>1740</v>
       </c>
-      <c r="K259" s="5" t="s">
+      <c r="L259" s="6" t="s">
         <v>1741</v>
       </c>
-      <c r="L259" s="6" t="s">
+      <c r="M259" s="5" t="s">
         <v>1742</v>
       </c>
-      <c r="M259" s="5" t="s">
+    </row>
+    <row r="260">
+      <c r="A260" s="5" t="s">
         <v>1743</v>
-      </c>
-[...3 lines deleted...]
-        <v>1928</v>
       </c>
       <c r="B260" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C260" s="5" t="s">
-        <v>1711</v>
+        <v>16</v>
       </c>
       <c r="D260" s="5" t="s">
-        <v>1737</v>
+        <v>1744</v>
       </c>
       <c r="E260" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F260" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G260" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H260" s="5" t="s">
+        <v>1745</v>
+      </c>
+      <c r="I260" s="5" t="s">
+        <v>1746</v>
+      </c>
+      <c r="J260" s="5" t="s">
+        <v>1747</v>
+      </c>
+      <c r="K260" s="5" t="s">
+        <v>1748</v>
+      </c>
+      <c r="L260" s="6" t="s">
+        <v>1749</v>
+      </c>
+      <c r="M260" s="5" t="s">
+        <v>1750</v>
+      </c>
+    </row>
+    <row r="261">
+      <c r="A261" s="5" t="n">
+        <v>1928</v>
+      </c>
+      <c r="B261" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C261" s="5" t="s">
+        <v>1718</v>
+      </c>
+      <c r="D261" s="5" t="s">
         <v>1744</v>
       </c>
-      <c r="F260" s="5" t="inlineStr">
-[...46 lines deleted...]
-        </is>
+      <c r="E261" s="5" t="s">
+        <v>1751</v>
       </c>
       <c r="F261" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G261" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H261" s="5" t="s">
-        <v>1751</v>
-[...5 lines deleted...]
-        </is>
+        <v>1001</v>
+      </c>
+      <c r="I261" s="5" t="s">
+        <v>1752</v>
+      </c>
+      <c r="J261" s="5" t="s">
+        <v>1753</v>
       </c>
       <c r="K261" s="5" t="s">
-        <v>1752</v>
+        <v>1754</v>
       </c>
       <c r="L261" s="6" t="s">
-        <v>1753</v>
-[...1 lines deleted...]
-      <c r="M261" s="5"/>
+        <v>1755</v>
+      </c>
+      <c r="M261" s="5" t="s">
+        <v>1756</v>
+      </c>
     </row>
     <row r="262">
       <c r="A262" s="5" t="s">
-        <v>1754</v>
+        <v>1757</v>
       </c>
       <c r="B262" s="5" t="s">
-        <v>773</v>
+        <v>781</v>
       </c>
       <c r="C262" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D262" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E262" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F262" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G262" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H262" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H262" s="5" t="s">
+        <v>1758</v>
       </c>
       <c r="I262" s="5"/>
       <c r="J262" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K262" s="5" t="s">
-        <v>1752</v>
+        <v>1759</v>
       </c>
       <c r="L262" s="6" t="s">
-        <v>1755</v>
+        <v>1760</v>
       </c>
       <c r="M262" s="5"/>
     </row>
     <row r="263">
       <c r="A263" s="5" t="s">
-        <v>1756</v>
+        <v>1761</v>
       </c>
       <c r="B263" s="5" t="s">
-        <v>773</v>
+        <v>781</v>
       </c>
       <c r="C263" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D263" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E263" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F263" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G263" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H263" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I263" s="5"/>
       <c r="J263" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K263" s="5" t="s">
-        <v>1752</v>
+        <v>1759</v>
       </c>
       <c r="L263" s="6" t="s">
-        <v>1757</v>
+        <v>1762</v>
       </c>
       <c r="M263" s="5"/>
     </row>
     <row r="264">
       <c r="A264" s="5" t="s">
-        <v>1758</v>
+        <v>1763</v>
       </c>
       <c r="B264" s="5" t="s">
-        <v>773</v>
+        <v>781</v>
       </c>
       <c r="C264" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D264" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E264" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F264" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G264" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H264" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I264" s="5"/>
       <c r="J264" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K264" s="5" t="s">
-        <v>1752</v>
+        <v>1759</v>
       </c>
       <c r="L264" s="6" t="s">
-        <v>1759</v>
+        <v>1764</v>
       </c>
       <c r="M264" s="5"/>
     </row>
     <row r="265">
       <c r="A265" s="5" t="s">
-        <v>1760</v>
+        <v>1765</v>
       </c>
       <c r="B265" s="5" t="s">
-        <v>773</v>
+        <v>781</v>
       </c>
       <c r="C265" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D265" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E265" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F265" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G265" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H265" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I265" s="5"/>
       <c r="J265" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K265" s="5" t="s">
-        <v>1752</v>
+        <v>1759</v>
       </c>
       <c r="L265" s="6" t="s">
-        <v>1761</v>
+        <v>1766</v>
       </c>
       <c r="M265" s="5"/>
     </row>
     <row r="266">
       <c r="A266" s="5" t="s">
-        <v>1762</v>
+        <v>1767</v>
       </c>
       <c r="B266" s="5" t="s">
-        <v>773</v>
+        <v>781</v>
       </c>
       <c r="C266" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D266" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E266" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F266" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G266" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H266" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I266" s="5"/>
       <c r="J266" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K266" s="5" t="s">
-        <v>1752</v>
+        <v>1759</v>
       </c>
       <c r="L266" s="6" t="s">
-        <v>1763</v>
+        <v>1768</v>
       </c>
       <c r="M266" s="5"/>
     </row>
     <row r="267">
       <c r="A267" s="5" t="s">
-        <v>1764</v>
+        <v>1769</v>
       </c>
       <c r="B267" s="5" t="s">
-        <v>773</v>
+        <v>781</v>
       </c>
       <c r="C267" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D267" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E267" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F267" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G267" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H267" s="5" t="s">
-        <v>1765</v>
+      <c r="H267" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I267" s="5"/>
       <c r="J267" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K267" s="5" t="s">
-        <v>1752</v>
+        <v>1759</v>
       </c>
       <c r="L267" s="6" t="s">
-        <v>1766</v>
+        <v>1770</v>
       </c>
       <c r="M267" s="5"/>
     </row>
     <row r="268">
       <c r="A268" s="5" t="s">
-        <v>1767</v>
+        <v>1771</v>
       </c>
       <c r="B268" s="5" t="s">
-        <v>773</v>
+        <v>781</v>
       </c>
       <c r="C268" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D268" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E268" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F268" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G268" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H268" s="5" t="s">
-        <v>1768</v>
+        <v>1772</v>
       </c>
       <c r="I268" s="5"/>
       <c r="J268" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K268" s="5" t="s">
-        <v>1769</v>
+        <v>1759</v>
       </c>
       <c r="L268" s="6" t="s">
-        <v>1770</v>
+        <v>1773</v>
       </c>
       <c r="M268" s="5"/>
     </row>
     <row r="269">
       <c r="A269" s="5" t="s">
-        <v>1771</v>
+        <v>1774</v>
       </c>
       <c r="B269" s="5" t="s">
-        <v>773</v>
+        <v>781</v>
       </c>
       <c r="C269" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D269" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E269" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F269" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G269" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H269" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H269" s="5" t="s">
+        <v>1775</v>
       </c>
       <c r="I269" s="5"/>
       <c r="J269" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K269" s="5" t="s">
-        <v>1752</v>
+        <v>1776</v>
       </c>
       <c r="L269" s="6" t="s">
-        <v>1772</v>
+        <v>1777</v>
       </c>
       <c r="M269" s="5"/>
     </row>
     <row r="270">
       <c r="A270" s="5" t="s">
-        <v>1773</v>
+        <v>1778</v>
       </c>
       <c r="B270" s="5" t="s">
-        <v>773</v>
+        <v>781</v>
       </c>
       <c r="C270" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D270" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E270" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F270" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G270" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H270" s="5" t="s">
-        <v>1768</v>
+      <c r="H270" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I270" s="5"/>
       <c r="J270" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K270" s="5" t="s">
-        <v>1752</v>
+        <v>1759</v>
       </c>
       <c r="L270" s="6" t="s">
-        <v>1774</v>
+        <v>1779</v>
       </c>
       <c r="M270" s="5"/>
     </row>
     <row r="271">
       <c r="A271" s="5" t="s">
-        <v>1775</v>
+        <v>1780</v>
       </c>
       <c r="B271" s="5" t="s">
-        <v>773</v>
+        <v>781</v>
       </c>
       <c r="C271" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D271" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E271" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F271" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G271" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H271" s="5" t="s">
-        <v>1776</v>
+        <v>1775</v>
       </c>
       <c r="I271" s="5"/>
       <c r="J271" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K271" s="5" t="s">
-        <v>1769</v>
+        <v>1759</v>
       </c>
       <c r="L271" s="6" t="s">
-        <v>1777</v>
+        <v>1781</v>
       </c>
       <c r="M271" s="5"/>
     </row>
     <row r="272">
       <c r="A272" s="5" t="s">
-        <v>1778</v>
+        <v>1782</v>
       </c>
       <c r="B272" s="5" t="s">
-        <v>773</v>
+        <v>781</v>
       </c>
       <c r="C272" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D272" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E272" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F272" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G272" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H272" s="5" t="s">
-        <v>1776</v>
+        <v>1783</v>
       </c>
       <c r="I272" s="5"/>
       <c r="J272" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K272" s="5" t="s">
-        <v>1769</v>
+        <v>1776</v>
       </c>
       <c r="L272" s="6" t="s">
-        <v>1779</v>
+        <v>1784</v>
       </c>
       <c r="M272" s="5"/>
     </row>
     <row r="273">
       <c r="A273" s="5" t="s">
-        <v>1780</v>
+        <v>1785</v>
       </c>
       <c r="B273" s="5" t="s">
-        <v>773</v>
+        <v>781</v>
       </c>
       <c r="C273" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D273" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E273" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F273" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G273" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H273" s="5" t="s">
-        <v>1751</v>
+        <v>1783</v>
       </c>
       <c r="I273" s="5"/>
       <c r="J273" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K273" s="5" t="s">
-        <v>1769</v>
+        <v>1776</v>
       </c>
       <c r="L273" s="6" t="s">
-        <v>1781</v>
+        <v>1786</v>
       </c>
       <c r="M273" s="5"/>
     </row>
     <row r="274">
       <c r="A274" s="5" t="s">
-        <v>1782</v>
+        <v>1787</v>
       </c>
       <c r="B274" s="5" t="s">
-        <v>773</v>
+        <v>781</v>
       </c>
       <c r="C274" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D274" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E274" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F274" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G274" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H274" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H274" s="5" t="s">
+        <v>1758</v>
       </c>
       <c r="I274" s="5"/>
       <c r="J274" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K274" s="5" t="s">
-        <v>1769</v>
+        <v>1776</v>
       </c>
       <c r="L274" s="6" t="s">
-        <v>1783</v>
+        <v>1788</v>
       </c>
       <c r="M274" s="5"/>
     </row>
     <row r="275">
       <c r="A275" s="5" t="s">
-        <v>1784</v>
+        <v>1789</v>
       </c>
       <c r="B275" s="5" t="s">
-        <v>773</v>
+        <v>781</v>
       </c>
       <c r="C275" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D275" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E275" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F275" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G275" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H275" s="5" t="s">
-        <v>1785</v>
+      <c r="H275" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I275" s="5"/>
       <c r="J275" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K275" s="5" t="s">
-        <v>1769</v>
+        <v>1776</v>
       </c>
       <c r="L275" s="6" t="s">
-        <v>1786</v>
+        <v>1790</v>
       </c>
       <c r="M275" s="5"/>
     </row>
     <row r="276">
       <c r="A276" s="5" t="s">
-        <v>1787</v>
+        <v>1791</v>
       </c>
       <c r="B276" s="5" t="s">
-        <v>773</v>
+        <v>781</v>
       </c>
       <c r="C276" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D276" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E276" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F276" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G276" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H276" s="5" t="s">
-        <v>1751</v>
+        <v>1792</v>
       </c>
       <c r="I276" s="5"/>
       <c r="J276" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K276" s="5" t="s">
-        <v>1769</v>
+        <v>1776</v>
       </c>
       <c r="L276" s="6" t="s">
-        <v>1788</v>
+        <v>1793</v>
       </c>
       <c r="M276" s="5"/>
     </row>
     <row r="277">
       <c r="A277" s="5" t="s">
-        <v>1789</v>
+        <v>1794</v>
       </c>
       <c r="B277" s="5" t="s">
-        <v>773</v>
+        <v>781</v>
       </c>
       <c r="C277" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D277" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E277" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F277" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G277" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H277" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H277" s="5" t="s">
+        <v>1758</v>
       </c>
       <c r="I277" s="5"/>
       <c r="J277" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K277" s="5" t="s">
-        <v>1769</v>
+        <v>1776</v>
       </c>
       <c r="L277" s="6" t="s">
-        <v>1790</v>
+        <v>1795</v>
       </c>
       <c r="M277" s="5"/>
     </row>
     <row r="278">
       <c r="A278" s="5" t="s">
-        <v>1791</v>
+        <v>1796</v>
       </c>
       <c r="B278" s="5" t="s">
-        <v>773</v>
+        <v>781</v>
       </c>
       <c r="C278" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D278" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E278" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F278" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G278" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H278" s="5" t="s">
-        <v>1792</v>
+      <c r="H278" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I278" s="5"/>
       <c r="J278" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K278" s="5" t="s">
-        <v>1769</v>
+        <v>1776</v>
       </c>
       <c r="L278" s="6" t="s">
-        <v>1793</v>
+        <v>1797</v>
       </c>
       <c r="M278" s="5"/>
     </row>
     <row r="279">
       <c r="A279" s="5" t="s">
-        <v>1794</v>
+        <v>1798</v>
       </c>
       <c r="B279" s="5" t="s">
-        <v>773</v>
+        <v>781</v>
       </c>
       <c r="C279" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D279" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E279" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F279" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G279" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H279" s="5" t="s">
-        <v>1776</v>
+        <v>1799</v>
       </c>
       <c r="I279" s="5"/>
       <c r="J279" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K279" s="5" t="s">
-        <v>1769</v>
+        <v>1776</v>
       </c>
       <c r="L279" s="6" t="s">
-        <v>1795</v>
+        <v>1800</v>
       </c>
       <c r="M279" s="5"/>
     </row>
     <row r="280">
       <c r="A280" s="5" t="s">
-        <v>1796</v>
+        <v>1801</v>
       </c>
       <c r="B280" s="5" t="s">
-        <v>773</v>
+        <v>781</v>
       </c>
       <c r="C280" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D280" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E280" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F280" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G280" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H280" s="5" t="s">
-        <v>1768</v>
+        <v>1783</v>
       </c>
       <c r="I280" s="5"/>
       <c r="J280" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K280" s="5" t="s">
-        <v>1769</v>
+        <v>1776</v>
       </c>
       <c r="L280" s="6" t="s">
-        <v>1797</v>
+        <v>1802</v>
       </c>
       <c r="M280" s="5"/>
     </row>
     <row r="281">
       <c r="A281" s="5" t="s">
-        <v>1798</v>
+        <v>1803</v>
       </c>
       <c r="B281" s="5" t="s">
-        <v>773</v>
+        <v>781</v>
       </c>
       <c r="C281" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D281" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E281" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F281" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G281" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H281" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H281" s="5" t="s">
+        <v>1775</v>
       </c>
       <c r="I281" s="5"/>
       <c r="J281" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K281" s="5" t="s">
-        <v>1769</v>
+        <v>1776</v>
       </c>
       <c r="L281" s="6" t="s">
-        <v>1799</v>
+        <v>1804</v>
       </c>
       <c r="M281" s="5"/>
     </row>
     <row r="282">
       <c r="A282" s="5" t="s">
-        <v>1800</v>
+        <v>1805</v>
       </c>
       <c r="B282" s="5" t="s">
-        <v>773</v>
+        <v>781</v>
       </c>
       <c r="C282" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D282" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E282" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F282" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G282" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H282" s="5" t="s">
-        <v>1768</v>
+      <c r="H282" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I282" s="5"/>
       <c r="J282" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K282" s="5" t="s">
-        <v>1769</v>
+        <v>1776</v>
       </c>
       <c r="L282" s="6" t="s">
-        <v>1801</v>
+        <v>1806</v>
       </c>
       <c r="M282" s="5"/>
     </row>
     <row r="283">
       <c r="A283" s="5" t="s">
-        <v>1802</v>
+        <v>1807</v>
       </c>
       <c r="B283" s="5" t="s">
-        <v>773</v>
+        <v>781</v>
       </c>
       <c r="C283" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D283" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E283" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F283" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G283" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H283" s="5" t="s">
-        <v>1711</v>
+        <v>1775</v>
       </c>
       <c r="I283" s="5"/>
       <c r="J283" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K283" s="5" t="s">
-        <v>1769</v>
+        <v>1776</v>
       </c>
       <c r="L283" s="6" t="s">
-        <v>1803</v>
+        <v>1808</v>
       </c>
       <c r="M283" s="5"/>
     </row>
     <row r="284">
       <c r="A284" s="5" t="s">
-        <v>1804</v>
+        <v>1809</v>
       </c>
       <c r="B284" s="5" t="s">
-        <v>773</v>
+        <v>781</v>
       </c>
       <c r="C284" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D284" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E284" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F284" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G284" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H284" s="5" t="s">
-        <v>1805</v>
+        <v>1718</v>
       </c>
       <c r="I284" s="5"/>
       <c r="J284" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K284" s="5" t="s">
-        <v>1769</v>
+        <v>1776</v>
       </c>
       <c r="L284" s="6" t="s">
-        <v>1806</v>
+        <v>1810</v>
       </c>
       <c r="M284" s="5"/>
     </row>
     <row r="285">
       <c r="A285" s="5" t="s">
-        <v>1807</v>
+        <v>1811</v>
       </c>
       <c r="B285" s="5" t="s">
-        <v>773</v>
+        <v>781</v>
       </c>
       <c r="C285" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D285" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E285" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F285" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G285" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H285" s="5" t="s">
-        <v>1711</v>
+        <v>1812</v>
       </c>
       <c r="I285" s="5"/>
       <c r="J285" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K285" s="5" t="s">
-        <v>1769</v>
+        <v>1776</v>
       </c>
       <c r="L285" s="6" t="s">
-        <v>1808</v>
+        <v>1813</v>
       </c>
       <c r="M285" s="5"/>
     </row>
     <row r="286">
       <c r="A286" s="5" t="s">
-        <v>1809</v>
+        <v>1814</v>
       </c>
       <c r="B286" s="5" t="s">
-        <v>14</v>
+        <v>781</v>
       </c>
       <c r="C286" s="5" t="s">
-        <v>1711</v>
-[...5 lines deleted...]
-        <v>1810</v>
+        <v>16</v>
+      </c>
+      <c r="D286" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E286" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F286" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G286" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H286" s="5" t="s">
-        <v>1811</v>
-[...5 lines deleted...]
-        <v>1746</v>
+        <v>1718</v>
+      </c>
+      <c r="I286" s="5"/>
+      <c r="J286" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K286" s="5" t="s">
-        <v>1813</v>
+        <v>1776</v>
       </c>
       <c r="L286" s="6" t="s">
-        <v>1814</v>
-[...1 lines deleted...]
-      <c r="M286" s="5" t="s">
         <v>1815</v>
       </c>
+      <c r="M286" s="5"/>
     </row>
     <row r="287">
       <c r="A287" s="5" t="s">
         <v>1816</v>
       </c>
       <c r="B287" s="5" t="s">
-        <v>773</v>
+        <v>14</v>
       </c>
       <c r="C287" s="5" t="s">
-        <v>16</v>
-[...9 lines deleted...]
-        </is>
+        <v>1718</v>
+      </c>
+      <c r="D287" s="5" t="s">
+        <v>1744</v>
+      </c>
+      <c r="E287" s="5" t="s">
+        <v>1817</v>
       </c>
       <c r="F287" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G287" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H287" s="5" t="s">
-        <v>1817</v>
-[...5 lines deleted...]
-        </is>
+        <v>1818</v>
+      </c>
+      <c r="I287" s="5" t="s">
+        <v>1819</v>
+      </c>
+      <c r="J287" s="5" t="s">
+        <v>1753</v>
       </c>
       <c r="K287" s="5" t="s">
-        <v>1769</v>
+        <v>1820</v>
       </c>
       <c r="L287" s="6" t="s">
-        <v>1818</v>
-[...1 lines deleted...]
-      <c r="M287" s="5"/>
+        <v>1821</v>
+      </c>
+      <c r="M287" s="5" t="s">
+        <v>1822</v>
+      </c>
     </row>
     <row r="288">
       <c r="A288" s="5" t="s">
-        <v>1819</v>
+        <v>1823</v>
       </c>
       <c r="B288" s="5" t="s">
-        <v>773</v>
+        <v>781</v>
       </c>
       <c r="C288" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D288" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E288" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F288" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G288" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H288" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H288" s="5" t="s">
+        <v>1824</v>
       </c>
       <c r="I288" s="5"/>
       <c r="J288" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K288" s="5" t="s">
-        <v>1769</v>
+        <v>1776</v>
       </c>
       <c r="L288" s="6" t="s">
-        <v>1820</v>
+        <v>1825</v>
       </c>
       <c r="M288" s="5"/>
     </row>
     <row r="289">
       <c r="A289" s="5" t="s">
-        <v>1821</v>
+        <v>1826</v>
       </c>
       <c r="B289" s="5" t="s">
-        <v>773</v>
-[...4 lines deleted...]
-        </is>
+        <v>781</v>
+      </c>
+      <c r="C289" s="5" t="s">
+        <v>16</v>
       </c>
       <c r="D289" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E289" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F289" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G289" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H289" s="5" t="s">
-        <v>994</v>
+      <c r="H289" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I289" s="5"/>
       <c r="J289" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K289" s="5" t="s">
-        <v>1769</v>
+        <v>1776</v>
       </c>
       <c r="L289" s="6" t="s">
-        <v>1822</v>
+        <v>1827</v>
       </c>
       <c r="M289" s="5"/>
     </row>
     <row r="290">
       <c r="A290" s="5" t="s">
-        <v>1823</v>
+        <v>1828</v>
       </c>
       <c r="B290" s="5" t="s">
-        <v>773</v>
-[...2 lines deleted...]
-        <v>16</v>
+        <v>781</v>
+      </c>
+      <c r="C290" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="D290" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E290" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F290" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G290" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H290" s="5" t="s">
-        <v>1824</v>
+        <v>1001</v>
       </c>
       <c r="I290" s="5"/>
       <c r="J290" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K290" s="5" t="s">
-        <v>1769</v>
+        <v>1776</v>
       </c>
       <c r="L290" s="6" t="s">
-        <v>1825</v>
+        <v>1829</v>
       </c>
       <c r="M290" s="5"/>
     </row>
     <row r="291">
       <c r="A291" s="5" t="s">
-        <v>1826</v>
+        <v>1830</v>
       </c>
       <c r="B291" s="5" t="s">
-        <v>773</v>
+        <v>781</v>
       </c>
       <c r="C291" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D291" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E291" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F291" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G291" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H291" s="5" t="s">
-        <v>1827</v>
+        <v>1831</v>
       </c>
       <c r="I291" s="5"/>
       <c r="J291" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K291" s="5" t="s">
-        <v>1769</v>
+        <v>1776</v>
       </c>
       <c r="L291" s="6" t="s">
-        <v>1828</v>
+        <v>1832</v>
       </c>
       <c r="M291" s="5"/>
     </row>
     <row r="292">
       <c r="A292" s="5" t="s">
-        <v>1829</v>
+        <v>1833</v>
       </c>
       <c r="B292" s="5" t="s">
-        <v>773</v>
+        <v>781</v>
       </c>
       <c r="C292" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D292" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E292" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F292" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G292" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H292" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H292" s="5" t="s">
+        <v>1834</v>
       </c>
       <c r="I292" s="5"/>
       <c r="J292" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K292" s="5" t="s">
-        <v>1769</v>
+        <v>1776</v>
       </c>
       <c r="L292" s="6" t="s">
-        <v>1830</v>
+        <v>1835</v>
       </c>
       <c r="M292" s="5"/>
     </row>
     <row r="293">
       <c r="A293" s="5" t="s">
-        <v>1831</v>
+        <v>1836</v>
       </c>
       <c r="B293" s="5" t="s">
-        <v>773</v>
+        <v>781</v>
       </c>
       <c r="C293" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D293" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E293" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F293" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G293" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H293" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I293" s="5"/>
       <c r="J293" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K293" s="5" t="s">
-        <v>1769</v>
+        <v>1776</v>
       </c>
       <c r="L293" s="6" t="s">
-        <v>1832</v>
+        <v>1837</v>
       </c>
       <c r="M293" s="5"/>
     </row>
     <row r="294">
       <c r="A294" s="5" t="s">
-        <v>1833</v>
+        <v>1838</v>
       </c>
       <c r="B294" s="5" t="s">
-        <v>773</v>
+        <v>781</v>
       </c>
       <c r="C294" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D294" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E294" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F294" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G294" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H294" s="5" t="s">
-        <v>1834</v>
+      <c r="H294" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I294" s="5"/>
       <c r="J294" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K294" s="5" t="s">
-        <v>1769</v>
+        <v>1776</v>
       </c>
       <c r="L294" s="6" t="s">
-        <v>1835</v>
+        <v>1839</v>
       </c>
       <c r="M294" s="5"/>
     </row>
     <row r="295">
       <c r="A295" s="5" t="s">
-        <v>1836</v>
+        <v>1840</v>
       </c>
       <c r="B295" s="5" t="s">
-        <v>773</v>
+        <v>781</v>
       </c>
       <c r="C295" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D295" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E295" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F295" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G295" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H295" s="5" t="s">
-        <v>1837</v>
+        <v>1841</v>
       </c>
       <c r="I295" s="5"/>
       <c r="J295" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K295" s="5" t="s">
-        <v>1769</v>
+        <v>1776</v>
       </c>
       <c r="L295" s="6" t="s">
-        <v>1838</v>
+        <v>1842</v>
       </c>
       <c r="M295" s="5"/>
     </row>
     <row r="296">
       <c r="A296" s="5" t="s">
-        <v>1839</v>
+        <v>1843</v>
       </c>
       <c r="B296" s="5" t="s">
-        <v>773</v>
+        <v>781</v>
       </c>
       <c r="C296" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D296" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E296" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F296" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G296" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H296" s="5" t="s">
-        <v>1840</v>
+        <v>1844</v>
       </c>
       <c r="I296" s="5"/>
       <c r="J296" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K296" s="5" t="s">
-        <v>1769</v>
+        <v>1776</v>
       </c>
       <c r="L296" s="6" t="s">
-        <v>1841</v>
+        <v>1845</v>
       </c>
       <c r="M296" s="5"/>
     </row>
     <row r="297">
       <c r="A297" s="5" t="s">
-        <v>1842</v>
+        <v>1846</v>
       </c>
       <c r="B297" s="5" t="s">
-        <v>773</v>
+        <v>781</v>
       </c>
       <c r="C297" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D297" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E297" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F297" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G297" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H297" s="5" t="s">
-        <v>1843</v>
+        <v>1847</v>
       </c>
       <c r="I297" s="5"/>
       <c r="J297" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K297" s="5" t="s">
-        <v>1769</v>
+        <v>1776</v>
       </c>
       <c r="L297" s="6" t="s">
-        <v>1844</v>
+        <v>1848</v>
       </c>
       <c r="M297" s="5"/>
     </row>
     <row r="298">
       <c r="A298" s="5" t="s">
-        <v>1845</v>
+        <v>1849</v>
       </c>
       <c r="B298" s="5" t="s">
-        <v>773</v>
+        <v>781</v>
       </c>
       <c r="C298" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D298" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E298" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F298" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G298" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H298" s="5" t="s">
-        <v>1846</v>
+        <v>1850</v>
       </c>
       <c r="I298" s="5"/>
       <c r="J298" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K298" s="5" t="s">
-        <v>1769</v>
+        <v>1776</v>
       </c>
       <c r="L298" s="6" t="s">
-        <v>1847</v>
+        <v>1851</v>
       </c>
       <c r="M298" s="5"/>
     </row>
     <row r="299">
       <c r="A299" s="5" t="s">
-        <v>1848</v>
+        <v>1852</v>
       </c>
       <c r="B299" s="5" t="s">
-        <v>773</v>
+        <v>781</v>
       </c>
       <c r="C299" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D299" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E299" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F299" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G299" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H299" s="5" t="s">
-        <v>1827</v>
+        <v>1853</v>
       </c>
       <c r="I299" s="5"/>
       <c r="J299" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K299" s="5" t="s">
-        <v>1769</v>
+        <v>1776</v>
       </c>
       <c r="L299" s="6" t="s">
-        <v>1849</v>
+        <v>1854</v>
       </c>
       <c r="M299" s="5"/>
     </row>
     <row r="300">
       <c r="A300" s="5" t="s">
-        <v>1850</v>
+        <v>1855</v>
       </c>
       <c r="B300" s="5" t="s">
-        <v>773</v>
+        <v>781</v>
       </c>
       <c r="C300" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D300" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E300" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F300" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G300" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H300" s="5" t="s">
-        <v>1827</v>
+        <v>1834</v>
       </c>
       <c r="I300" s="5"/>
       <c r="J300" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K300" s="5" t="s">
-        <v>1769</v>
+        <v>1776</v>
       </c>
       <c r="L300" s="6" t="s">
-        <v>1851</v>
+        <v>1856</v>
       </c>
       <c r="M300" s="5"/>
     </row>
     <row r="301">
       <c r="A301" s="5" t="s">
-        <v>1852</v>
+        <v>1857</v>
       </c>
       <c r="B301" s="5" t="s">
-        <v>773</v>
+        <v>781</v>
       </c>
       <c r="C301" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D301" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E301" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F301" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G301" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H301" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H301" s="5" t="s">
+        <v>1834</v>
       </c>
       <c r="I301" s="5"/>
       <c r="J301" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K301" s="5" t="s">
-        <v>1769</v>
+        <v>1776</v>
       </c>
       <c r="L301" s="6" t="s">
-        <v>1853</v>
+        <v>1858</v>
       </c>
       <c r="M301" s="5"/>
     </row>
     <row r="302">
       <c r="A302" s="5" t="s">
-        <v>1854</v>
+        <v>1859</v>
       </c>
       <c r="B302" s="5" t="s">
-        <v>773</v>
+        <v>781</v>
       </c>
       <c r="C302" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D302" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E302" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F302" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G302" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H302" s="5" t="s">
-        <v>1855</v>
+      <c r="H302" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I302" s="5"/>
       <c r="J302" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K302" s="5" t="s">
-        <v>1769</v>
+        <v>1776</v>
       </c>
       <c r="L302" s="6" t="s">
-        <v>1856</v>
+        <v>1860</v>
       </c>
       <c r="M302" s="5"/>
     </row>
     <row r="303">
       <c r="A303" s="5" t="s">
-        <v>1857</v>
+        <v>1861</v>
       </c>
       <c r="B303" s="5" t="s">
-        <v>773</v>
+        <v>781</v>
       </c>
       <c r="C303" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D303" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E303" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F303" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G303" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H303" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H303" s="5" t="s">
+        <v>1862</v>
       </c>
       <c r="I303" s="5"/>
       <c r="J303" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K303" s="5" t="s">
-        <v>1769</v>
+        <v>1776</v>
       </c>
       <c r="L303" s="6" t="s">
-        <v>1858</v>
+        <v>1863</v>
       </c>
       <c r="M303" s="5"/>
     </row>
     <row r="304">
       <c r="A304" s="5" t="s">
-        <v>1859</v>
+        <v>1864</v>
       </c>
       <c r="B304" s="5" t="s">
-        <v>773</v>
+        <v>781</v>
       </c>
       <c r="C304" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D304" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E304" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F304" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G304" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H304" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I304" s="5"/>
       <c r="J304" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K304" s="5" t="s">
-        <v>1769</v>
+        <v>1776</v>
       </c>
       <c r="L304" s="6" t="s">
-        <v>1860</v>
+        <v>1865</v>
       </c>
       <c r="M304" s="5"/>
     </row>
     <row r="305">
       <c r="A305" s="5" t="s">
-        <v>1861</v>
+        <v>1866</v>
       </c>
       <c r="B305" s="5" t="s">
-        <v>773</v>
+        <v>781</v>
       </c>
       <c r="C305" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D305" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E305" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F305" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G305" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H305" s="5" t="s">
-        <v>1855</v>
+      <c r="H305" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I305" s="5"/>
       <c r="J305" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K305" s="5" t="s">
-        <v>1769</v>
+        <v>1776</v>
       </c>
       <c r="L305" s="6" t="s">
-        <v>1862</v>
+        <v>1867</v>
       </c>
       <c r="M305" s="5"/>
     </row>
     <row r="306">
       <c r="A306" s="5" t="s">
-        <v>1863</v>
+        <v>1868</v>
       </c>
       <c r="B306" s="5" t="s">
-        <v>773</v>
+        <v>781</v>
       </c>
       <c r="C306" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D306" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E306" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F306" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G306" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H306" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H306" s="5" t="s">
+        <v>1862</v>
       </c>
       <c r="I306" s="5"/>
       <c r="J306" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K306" s="5" t="s">
-        <v>1769</v>
+        <v>1776</v>
       </c>
       <c r="L306" s="6" t="s">
-        <v>1864</v>
+        <v>1869</v>
       </c>
       <c r="M306" s="5"/>
     </row>
     <row r="307">
       <c r="A307" s="5" t="s">
-        <v>1865</v>
+        <v>1870</v>
       </c>
       <c r="B307" s="5" t="s">
-        <v>773</v>
+        <v>781</v>
       </c>
       <c r="C307" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D307" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E307" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F307" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G307" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H307" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I307" s="5"/>
       <c r="J307" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K307" s="5" t="s">
-        <v>1769</v>
+        <v>1776</v>
       </c>
       <c r="L307" s="6" t="s">
-        <v>1866</v>
+        <v>1871</v>
       </c>
       <c r="M307" s="5"/>
     </row>
     <row r="308">
       <c r="A308" s="5" t="s">
-        <v>1867</v>
+        <v>1872</v>
       </c>
       <c r="B308" s="5" t="s">
-        <v>773</v>
+        <v>781</v>
       </c>
       <c r="C308" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D308" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E308" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F308" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G308" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H308" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I308" s="5"/>
       <c r="J308" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K308" s="5" t="s">
-        <v>1868</v>
+        <v>1776</v>
       </c>
       <c r="L308" s="6" t="s">
-        <v>1869</v>
+        <v>1873</v>
       </c>
       <c r="M308" s="5"/>
     </row>
     <row r="309">
       <c r="A309" s="5" t="s">
-        <v>1870</v>
+        <v>1874</v>
       </c>
       <c r="B309" s="5" t="s">
-        <v>150</v>
+        <v>781</v>
       </c>
       <c r="C309" s="5" t="s">
-        <v>733</v>
-[...8 lines deleted...]
-        <v>1873</v>
+        <v>16</v>
+      </c>
+      <c r="D309" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E309" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F309" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G309" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H309" s="5" t="s">
-[...2 lines deleted...]
-      <c r="I309" s="5" t="s">
+      <c r="H309" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I309" s="5"/>
+      <c r="J309" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K309" s="5" t="s">
         <v>1875</v>
       </c>
-      <c r="J309" s="5" t="s">
+      <c r="L309" s="6" t="s">
         <v>1876</v>
       </c>
-      <c r="K309" s="5" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="M309" s="5"/>
     </row>
     <row r="310">
       <c r="A310" s="5" t="s">
-        <v>1880</v>
+        <v>1877</v>
       </c>
       <c r="B310" s="5" t="s">
         <v>150</v>
       </c>
       <c r="C310" s="5" t="s">
         <v>733</v>
       </c>
       <c r="D310" s="5" t="s">
+        <v>1878</v>
+      </c>
+      <c r="E310" s="5" t="s">
+        <v>1879</v>
+      </c>
+      <c r="F310" s="5" t="s">
+        <v>1880</v>
+      </c>
+      <c r="G310" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H310" s="5" t="s">
         <v>1881</v>
       </c>
-      <c r="E310" s="5" t="s">
-[...2 lines deleted...]
-      <c r="F310" s="5" t="s">
+      <c r="I310" s="5" t="s">
         <v>1882</v>
       </c>
-      <c r="G310" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H310" s="5" t="s">
+      <c r="J310" s="5" t="s">
         <v>1883</v>
       </c>
-      <c r="I310" s="5" t="s">
+      <c r="K310" s="5" t="s">
         <v>1884</v>
       </c>
-      <c r="J310" s="5" t="s">
+      <c r="L310" s="6" t="s">
         <v>1885</v>
       </c>
-      <c r="K310" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="L310" s="6" t="s">
+      <c r="M310" s="5" t="s">
         <v>1886</v>
-      </c>
-[...1 lines deleted...]
-        <v>1887</v>
       </c>
     </row>
     <row r="311">
       <c r="A311" s="5" t="s">
+        <v>1887</v>
+      </c>
+      <c r="B311" s="5" t="s">
+        <v>150</v>
+      </c>
+      <c r="C311" s="5" t="s">
+        <v>733</v>
+      </c>
+      <c r="D311" s="5" t="s">
         <v>1888</v>
       </c>
-      <c r="B311" s="5" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E311" s="5" t="s">
-        <v>1633</v>
-[...6 lines deleted...]
-      <c r="G311" s="5" t="s">
+        <v>479</v>
+      </c>
+      <c r="F311" s="5" t="s">
         <v>1889</v>
+      </c>
+      <c r="G311" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H311" s="5" t="s">
         <v>1890</v>
       </c>
       <c r="I311" s="5" t="s">
         <v>1891</v>
       </c>
       <c r="J311" s="5" t="s">
-        <v>961</v>
-[...1 lines deleted...]
-      <c r="K311" s="5" t="s">
         <v>1892</v>
+      </c>
+      <c r="K311" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L311" s="6" t="s">
         <v>1893</v>
       </c>
       <c r="M311" s="5" t="s">
         <v>1894</v>
       </c>
     </row>
     <row r="312">
       <c r="A312" s="5" t="s">
         <v>1895</v>
       </c>
       <c r="B312" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C312" s="5" t="s">
-        <v>844</v>
+        <v>851</v>
       </c>
       <c r="D312" s="5" t="s">
+        <v>1001</v>
+      </c>
+      <c r="E312" s="5" t="s">
+        <v>1640</v>
+      </c>
+      <c r="F312" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G312" s="5" t="s">
         <v>1896</v>
       </c>
-      <c r="E312" s="5" t="s">
-[...7 lines deleted...]
-      <c r="G312" s="5" t="s">
+      <c r="H312" s="5" t="s">
         <v>1897</v>
       </c>
-      <c r="H312" s="5" t="s">
+      <c r="I312" s="5" t="s">
         <v>1898</v>
       </c>
-      <c r="I312" s="5" t="s">
+      <c r="J312" s="5" t="s">
+        <v>968</v>
+      </c>
+      <c r="K312" s="5" t="s">
         <v>1899</v>
       </c>
-      <c r="J312" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K312" s="5" t="s">
+      <c r="L312" s="6" t="s">
         <v>1900</v>
       </c>
-      <c r="L312" s="6" t="s">
+      <c r="M312" s="5" t="s">
         <v>1901</v>
-      </c>
-[...1 lines deleted...]
-        <v>1902</v>
       </c>
     </row>
     <row r="313">
       <c r="A313" s="5" t="s">
-        <v>1903</v>
+        <v>1902</v>
       </c>
       <c r="B313" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C313" s="5" t="s">
-        <v>844</v>
+        <v>851</v>
       </c>
       <c r="D313" s="5" t="s">
-        <v>911</v>
+        <v>1903</v>
       </c>
       <c r="E313" s="5" t="s">
-        <v>1633</v>
+        <v>1640</v>
       </c>
       <c r="F313" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G313" s="5" t="s">
         <v>1904</v>
       </c>
-      <c r="H313" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H313" s="5" t="s">
+        <v>1905</v>
       </c>
       <c r="I313" s="5" t="s">
-        <v>1905</v>
+        <v>1906</v>
       </c>
       <c r="J313" s="5" t="s">
-        <v>914</v>
+        <v>921</v>
       </c>
       <c r="K313" s="5" t="s">
-        <v>1906</v>
+        <v>1907</v>
       </c>
       <c r="L313" s="6" t="s">
-        <v>1907</v>
+        <v>1908</v>
       </c>
       <c r="M313" s="5" t="s">
-        <v>1908</v>
+        <v>1909</v>
       </c>
     </row>
     <row r="314">
       <c r="A314" s="5" t="s">
-        <v>1909</v>
+        <v>1910</v>
       </c>
       <c r="B314" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C314" s="5" t="s">
-        <v>844</v>
+        <v>851</v>
       </c>
       <c r="D314" s="5" t="s">
-        <v>911</v>
+        <v>918</v>
       </c>
       <c r="E314" s="5" t="s">
-        <v>1633</v>
+        <v>1640</v>
       </c>
       <c r="F314" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G314" s="5" t="s">
-        <v>1910</v>
-[...1 lines deleted...]
-      <c r="H314" s="5" t="s">
         <v>1911</v>
       </c>
-      <c r="I314" s="5"/>
+      <c r="H314" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I314" s="5" t="s">
+        <v>1912</v>
+      </c>
       <c r="J314" s="5" t="s">
-        <v>914</v>
+        <v>921</v>
       </c>
       <c r="K314" s="5" t="s">
-        <v>1912</v>
+        <v>1913</v>
       </c>
       <c r="L314" s="6" t="s">
-        <v>1913</v>
+        <v>1914</v>
       </c>
       <c r="M314" s="5" t="s">
-        <v>1914</v>
+        <v>1915</v>
       </c>
     </row>
     <row r="315">
       <c r="A315" s="5" t="s">
-        <v>1915</v>
+        <v>1916</v>
       </c>
       <c r="B315" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C315" s="5" t="s">
-        <v>836</v>
+        <v>851</v>
       </c>
       <c r="D315" s="5" t="s">
-        <v>835</v>
-[...4 lines deleted...]
-        </is>
+        <v>918</v>
+      </c>
+      <c r="E315" s="5" t="s">
+        <v>1640</v>
       </c>
       <c r="F315" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G315" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G315" s="5" t="s">
+        <v>1917</v>
       </c>
       <c r="H315" s="5" t="s">
-        <v>1916</v>
-[...3 lines deleted...]
-      </c>
+        <v>1918</v>
+      </c>
+      <c r="I315" s="5"/>
       <c r="J315" s="5" t="s">
-        <v>1918</v>
+        <v>921</v>
       </c>
       <c r="K315" s="5" t="s">
         <v>1919</v>
       </c>
       <c r="L315" s="6" t="s">
         <v>1920</v>
       </c>
       <c r="M315" s="5" t="s">
         <v>1921</v>
       </c>
     </row>
     <row r="316">
       <c r="A316" s="5" t="s">
         <v>1922</v>
       </c>
       <c r="B316" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C316" s="5" t="s">
-        <v>844</v>
+        <v>843</v>
       </c>
       <c r="D316" s="5" t="s">
-        <v>911</v>
-[...2 lines deleted...]
-        <v>1633</v>
+        <v>842</v>
+      </c>
+      <c r="E316" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F316" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G316" s="5" t="s">
+      <c r="G316" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H316" s="5" t="s">
         <v>1923</v>
       </c>
-      <c r="H316" s="5" t="s">
+      <c r="I316" s="5" t="s">
         <v>1924</v>
       </c>
-      <c r="I316" s="5" t="s">
+      <c r="J316" s="5" t="s">
         <v>1925</v>
-      </c>
-[...1 lines deleted...]
-        <v>914</v>
       </c>
       <c r="K316" s="5" t="s">
         <v>1926</v>
       </c>
       <c r="L316" s="6" t="s">
         <v>1927</v>
       </c>
       <c r="M316" s="5" t="s">
         <v>1928</v>
       </c>
     </row>
     <row r="317">
       <c r="A317" s="5" t="s">
         <v>1929</v>
       </c>
       <c r="B317" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C317" s="5" t="s">
-        <v>844</v>
+        <v>851</v>
       </c>
       <c r="D317" s="5" t="s">
-        <v>911</v>
+        <v>918</v>
       </c>
       <c r="E317" s="5" t="s">
-        <v>1633</v>
+        <v>1640</v>
       </c>
       <c r="F317" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G317" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G317" s="5" t="s">
+        <v>1930</v>
       </c>
       <c r="H317" s="5" t="s">
-        <v>1930</v>
+        <v>1931</v>
       </c>
       <c r="I317" s="5" t="s">
-        <v>1931</v>
+        <v>1932</v>
       </c>
       <c r="J317" s="5" t="s">
-        <v>914</v>
+        <v>921</v>
       </c>
       <c r="K317" s="5" t="s">
-        <v>1932</v>
+        <v>1933</v>
       </c>
       <c r="L317" s="6" t="s">
-        <v>1933</v>
+        <v>1934</v>
       </c>
       <c r="M317" s="5" t="s">
-        <v>1934</v>
+        <v>1935</v>
       </c>
     </row>
     <row r="318">
       <c r="A318" s="5" t="s">
-        <v>1935</v>
+        <v>1936</v>
       </c>
       <c r="B318" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C318" s="5" t="s">
-        <v>836</v>
+        <v>851</v>
       </c>
       <c r="D318" s="5" t="s">
-        <v>835</v>
-[...4 lines deleted...]
-        </is>
+        <v>918</v>
+      </c>
+      <c r="E318" s="5" t="s">
+        <v>1640</v>
       </c>
       <c r="F318" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G318" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H318" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H318" s="5" t="s">
+        <v>1937</v>
       </c>
       <c r="I318" s="5" t="s">
-        <v>1936</v>
+        <v>1938</v>
       </c>
       <c r="J318" s="5" t="s">
-        <v>1918</v>
+        <v>921</v>
       </c>
       <c r="K318" s="5" t="s">
-        <v>1937</v>
+        <v>1939</v>
       </c>
       <c r="L318" s="6" t="s">
-        <v>1938</v>
+        <v>1940</v>
       </c>
       <c r="M318" s="5" t="s">
-        <v>1939</v>
+        <v>1941</v>
       </c>
     </row>
     <row r="319">
       <c r="A319" s="5" t="s">
-        <v>1940</v>
+        <v>1942</v>
       </c>
       <c r="B319" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C319" s="5" t="s">
-        <v>844</v>
+        <v>843</v>
       </c>
       <c r="D319" s="5" t="s">
-        <v>911</v>
+        <v>842</v>
       </c>
       <c r="E319" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F319" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G319" s="5" t="s">
-[...3 lines deleted...]
-        <v>1942</v>
+      <c r="G319" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H319" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I319" s="5" t="s">
         <v>1943</v>
       </c>
       <c r="J319" s="5" t="s">
-        <v>914</v>
+        <v>1925</v>
       </c>
       <c r="K319" s="5" t="s">
         <v>1944</v>
       </c>
       <c r="L319" s="6" t="s">
         <v>1945</v>
       </c>
       <c r="M319" s="5" t="s">
         <v>1946</v>
       </c>
     </row>
     <row r="320">
       <c r="A320" s="5" t="s">
         <v>1947</v>
       </c>
       <c r="B320" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C320" s="5" t="s">
-        <v>114</v>
+        <v>851</v>
       </c>
       <c r="D320" s="5" t="s">
-        <v>774</v>
+        <v>918</v>
       </c>
       <c r="E320" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F320" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G320" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G320" s="5" t="s">
+        <v>1948</v>
       </c>
       <c r="H320" s="5" t="s">
-        <v>1948</v>
+        <v>1949</v>
       </c>
       <c r="I320" s="5" t="s">
-        <v>1949</v>
+        <v>1950</v>
       </c>
       <c r="J320" s="5" t="s">
-        <v>1950</v>
+        <v>921</v>
       </c>
       <c r="K320" s="5" t="s">
         <v>1951</v>
       </c>
       <c r="L320" s="6" t="s">
         <v>1952</v>
       </c>
       <c r="M320" s="5" t="s">
         <v>1953</v>
       </c>
     </row>
     <row r="321">
       <c r="A321" s="5" t="s">
         <v>1954</v>
       </c>
       <c r="B321" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C321" s="5" t="s">
         <v>114</v>
       </c>
       <c r="D321" s="5" t="s">
-        <v>774</v>
-[...1 lines deleted...]
-      <c r="E321" s="5" t="s">
+        <v>773</v>
+      </c>
+      <c r="E321" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F321" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G321" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H321" s="5" t="s">
         <v>1955</v>
       </c>
-      <c r="F321" s="5" t="s">
+      <c r="I321" s="5" t="s">
         <v>1956</v>
       </c>
-      <c r="G321" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H321" s="5" t="s">
+      <c r="J321" s="5" t="s">
         <v>1957</v>
       </c>
-      <c r="I321" s="5" t="s">
+      <c r="K321" s="5" t="s">
         <v>1958</v>
       </c>
-      <c r="J321" s="5" t="s">
+      <c r="L321" s="6" t="s">
         <v>1959</v>
       </c>
-      <c r="K321" s="5" t="s">
+      <c r="M321" s="5" t="s">
         <v>1960</v>
-      </c>
-[...4 lines deleted...]
-        <v>1962</v>
       </c>
     </row>
     <row r="322">
       <c r="A322" s="5" t="s">
-        <v>1963</v>
+        <v>1961</v>
       </c>
       <c r="B322" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C322" s="5" t="s">
-        <v>844</v>
+        <v>114</v>
       </c>
       <c r="D322" s="5" t="s">
-        <v>1296</v>
+        <v>773</v>
       </c>
       <c r="E322" s="5" t="s">
-        <v>1633</v>
-[...4 lines deleted...]
-        </is>
+        <v>1962</v>
+      </c>
+      <c r="F322" s="5" t="s">
+        <v>1963</v>
       </c>
       <c r="G322" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H322" s="5" t="s">
         <v>1964</v>
       </c>
       <c r="I322" s="5" t="s">
         <v>1965</v>
       </c>
       <c r="J322" s="5" t="s">
         <v>1966</v>
       </c>
       <c r="K322" s="5" t="s">
         <v>1967</v>
       </c>
       <c r="L322" s="6" t="s">
         <v>1968</v>
       </c>
       <c r="M322" s="5" t="s">
         <v>1969</v>
       </c>
     </row>
     <row r="323">
       <c r="A323" s="5" t="s">
         <v>1970</v>
       </c>
       <c r="B323" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C323" s="5" t="s">
-        <v>16</v>
+        <v>851</v>
       </c>
       <c r="D323" s="5" t="s">
+        <v>1303</v>
+      </c>
+      <c r="E323" s="5" t="s">
+        <v>1640</v>
+      </c>
+      <c r="F323" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G323" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H323" s="5" t="s">
         <v>1971</v>
       </c>
-      <c r="E323" s="5" t="s">
-[...12 lines deleted...]
-      <c r="H323" s="5" t="s">
+      <c r="I323" s="5" t="s">
         <v>1972</v>
       </c>
-      <c r="I323" s="5" t="s">
+      <c r="J323" s="5" t="s">
         <v>1973</v>
-      </c>
-[...1 lines deleted...]
-        <v>1746</v>
       </c>
       <c r="K323" s="5" t="s">
         <v>1974</v>
       </c>
       <c r="L323" s="6" t="s">
         <v>1975</v>
       </c>
       <c r="M323" s="5" t="s">
         <v>1976</v>
       </c>
     </row>
     <row r="324">
       <c r="A324" s="5" t="s">
         <v>1977</v>
       </c>
       <c r="B324" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C324" s="5" t="s">
-        <v>114</v>
+        <v>16</v>
       </c>
       <c r="D324" s="5" t="s">
-        <v>774</v>
+        <v>1978</v>
       </c>
       <c r="E324" s="5" t="s">
-        <v>1978</v>
+        <v>17</v>
       </c>
       <c r="F324" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G324" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H324" s="5" t="s">
         <v>1979</v>
       </c>
       <c r="I324" s="5" t="s">
         <v>1980</v>
       </c>
       <c r="J324" s="5" t="s">
+        <v>1753</v>
+      </c>
+      <c r="K324" s="5" t="s">
         <v>1981</v>
       </c>
-      <c r="K324" s="5" t="s">
+      <c r="L324" s="6" t="s">
         <v>1982</v>
       </c>
-      <c r="L324" s="6" t="s">
+      <c r="M324" s="5" t="s">
         <v>1983</v>
-      </c>
-[...1 lines deleted...]
-        <v>1984</v>
       </c>
     </row>
     <row r="325">
       <c r="A325" s="5" t="s">
-        <v>1985</v>
+        <v>1984</v>
       </c>
       <c r="B325" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C325" s="5" t="s">
         <v>114</v>
       </c>
       <c r="D325" s="5" t="s">
-        <v>774</v>
+        <v>773</v>
       </c>
       <c r="E325" s="5" t="s">
-        <v>1955</v>
-[...2 lines deleted...]
-        <v>1956</v>
+        <v>1985</v>
+      </c>
+      <c r="F325" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G325" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H325" s="5" t="s">
         <v>1986</v>
       </c>
       <c r="I325" s="5" t="s">
         <v>1987</v>
       </c>
       <c r="J325" s="5" t="s">
         <v>1988</v>
       </c>
       <c r="K325" s="5" t="s">
         <v>1989</v>
       </c>
       <c r="L325" s="6" t="s">
         <v>1990</v>
       </c>
       <c r="M325" s="5" t="s">
         <v>1991</v>
       </c>
     </row>
     <row r="326">
       <c r="A326" s="5" t="s">
         <v>1992</v>
       </c>
       <c r="B326" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C326" s="5" t="s">
+        <v>114</v>
+      </c>
+      <c r="D326" s="5" t="s">
+        <v>773</v>
+      </c>
+      <c r="E326" s="5" t="s">
+        <v>1962</v>
+      </c>
+      <c r="F326" s="5" t="s">
+        <v>1963</v>
+      </c>
+      <c r="G326" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H326" s="5" t="s">
         <v>1993</v>
       </c>
-      <c r="C326" s="5" t="s">
+      <c r="I326" s="5" t="s">
         <v>1994</v>
       </c>
-      <c r="D326" s="5" t="inlineStr">
-[...19 lines deleted...]
-      <c r="H326" s="5" t="s">
+      <c r="J326" s="5" t="s">
         <v>1995</v>
       </c>
-      <c r="I326" s="5" t="s">
+      <c r="K326" s="5" t="s">
         <v>1996</v>
       </c>
-      <c r="J326" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K326" s="5" t="s">
+      <c r="L326" s="6" t="s">
         <v>1997</v>
       </c>
-      <c r="L326" s="6" t="s">
+      <c r="M326" s="5" t="s">
         <v>1998</v>
-      </c>
-[...1 lines deleted...]
-        <v>1999</v>
       </c>
     </row>
     <row r="327">
       <c r="A327" s="5" t="s">
+        <v>1999</v>
+      </c>
+      <c r="B327" s="5" t="s">
         <v>2000</v>
       </c>
-      <c r="B327" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C327" s="5" t="s">
-        <v>114</v>
-[...8 lines deleted...]
-        <v>1956</v>
+        <v>2001</v>
+      </c>
+      <c r="D327" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E327" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F327" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G327" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H327" s="5" t="s">
-        <v>2001</v>
+        <v>2002</v>
       </c>
       <c r="I327" s="5" t="s">
-        <v>2002</v>
+        <v>2003</v>
       </c>
       <c r="J327" s="5" t="s">
-        <v>2003</v>
+        <v>1571</v>
       </c>
       <c r="K327" s="5" t="s">
         <v>2004</v>
       </c>
       <c r="L327" s="6" t="s">
         <v>2005</v>
       </c>
       <c r="M327" s="5" t="s">
         <v>2006</v>
       </c>
     </row>
     <row r="328">
       <c r="A328" s="5" t="s">
         <v>2007</v>
       </c>
       <c r="B328" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C328" s="5" t="s">
-        <v>25</v>
+        <v>114</v>
       </c>
       <c r="D328" s="5" t="s">
-        <v>26</v>
-[...9 lines deleted...]
-        </is>
+        <v>773</v>
+      </c>
+      <c r="E328" s="5" t="s">
+        <v>1962</v>
+      </c>
+      <c r="F328" s="5" t="s">
+        <v>1963</v>
       </c>
       <c r="G328" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H328" s="5" t="s">
         <v>2008</v>
       </c>
       <c r="I328" s="5" t="s">
         <v>2009</v>
       </c>
       <c r="J328" s="5" t="s">
         <v>2010</v>
       </c>
       <c r="K328" s="5" t="s">
         <v>2011</v>
       </c>
       <c r="L328" s="6" t="s">
         <v>2012</v>
       </c>
       <c r="M328" s="5" t="s">
         <v>2013</v>
       </c>
     </row>
     <row r="329">
       <c r="A329" s="5" t="s">
         <v>2014</v>
       </c>
       <c r="B329" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C329" s="5" t="s">
-        <v>836</v>
+        <v>25</v>
       </c>
       <c r="D329" s="5" t="s">
-        <v>733</v>
+        <v>26</v>
       </c>
       <c r="E329" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F329" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G329" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H329" s="5" t="s">
         <v>2015</v>
       </c>
-      <c r="I329" s="5"/>
+      <c r="I329" s="5" t="s">
+        <v>2016</v>
+      </c>
       <c r="J329" s="5" t="s">
-        <v>1551</v>
+        <v>2017</v>
       </c>
       <c r="K329" s="5" t="s">
-        <v>2016</v>
+        <v>2018</v>
       </c>
       <c r="L329" s="6" t="s">
-        <v>2017</v>
+        <v>2019</v>
       </c>
       <c r="M329" s="5" t="s">
-        <v>2018</v>
+        <v>2020</v>
+      </c>
+    </row>
+    <row r="330">
+      <c r="A330" s="5" t="s">
+        <v>2021</v>
+      </c>
+      <c r="B330" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C330" s="5" t="s">
+        <v>843</v>
+      </c>
+      <c r="D330" s="5" t="s">
+        <v>733</v>
+      </c>
+      <c r="E330" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F330" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G330" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H330" s="5" t="s">
+        <v>2022</v>
+      </c>
+      <c r="I330" s="5"/>
+      <c r="J330" s="5" t="s">
+        <v>1558</v>
+      </c>
+      <c r="K330" s="5" t="s">
+        <v>2023</v>
+      </c>
+      <c r="L330" s="6" t="s">
+        <v>2024</v>
+      </c>
+      <c r="M330" s="5" t="s">
+        <v>2025</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>
     <hyperlink ref="M13" r:id="rId18"/>
     <hyperlink ref="M14" r:id="rId19"/>
     <hyperlink ref="M15" r:id="rId20"/>
     <hyperlink ref="M16" r:id="rId21"/>
     <hyperlink ref="M17" r:id="rId22"/>
     <hyperlink ref="M18" r:id="rId23"/>
     <hyperlink ref="M19" r:id="rId24"/>
     <hyperlink ref="M20" r:id="rId25"/>
     <hyperlink ref="M21" r:id="rId26"/>
@@ -26230,44 +26315,45 @@
     <hyperlink ref="M305" r:id="rId310"/>
     <hyperlink ref="M306" r:id="rId311"/>
     <hyperlink ref="M307" r:id="rId312"/>
     <hyperlink ref="M308" r:id="rId313"/>
     <hyperlink ref="M309" r:id="rId314"/>
     <hyperlink ref="M310" r:id="rId315"/>
     <hyperlink ref="M311" r:id="rId316"/>
     <hyperlink ref="M312" r:id="rId317"/>
     <hyperlink ref="M313" r:id="rId318"/>
     <hyperlink ref="M314" r:id="rId319"/>
     <hyperlink ref="M315" r:id="rId320"/>
     <hyperlink ref="M316" r:id="rId321"/>
     <hyperlink ref="M317" r:id="rId322"/>
     <hyperlink ref="M318" r:id="rId323"/>
     <hyperlink ref="M319" r:id="rId324"/>
     <hyperlink ref="M320" r:id="rId325"/>
     <hyperlink ref="M321" r:id="rId326"/>
     <hyperlink ref="M322" r:id="rId327"/>
     <hyperlink ref="M323" r:id="rId328"/>
     <hyperlink ref="M324" r:id="rId329"/>
     <hyperlink ref="M325" r:id="rId330"/>
     <hyperlink ref="M326" r:id="rId331"/>
     <hyperlink ref="M327" r:id="rId332"/>
     <hyperlink ref="M328" r:id="rId333"/>
     <hyperlink ref="M329" r:id="rId334"/>
+    <hyperlink ref="M330" r:id="rId335"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>