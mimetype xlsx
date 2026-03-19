--- v2 (2026-01-12)
+++ v3 (2026-03-19)
@@ -3,53 +3,53 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3336" uniqueCount="2026" xml:space="preserve">
-[...1 lines deleted...]
-    <t>Datering</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3378" uniqueCount="2055" xml:space="preserve">
+  <si>
+    <t>Datering/Værktitel</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
@@ -3209,112 +3209,143 @@
 Långaryd, Landeryd og Unnaryd er nogle mindre byer i Småland, Sverige.</t>
   </si>
   <si>
     <t>Marie Larsen og hendes far I.A.Larsen har været på gården Høljeryd i nogle dage og kommer nu hjem, da det snart er termin.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/u5hS</t>
   </si>
   <si>
     <t>Høljeryd d. 9-6 1895
 [Afslutningen af brevet skrevet på tværs: Lørup sagde at han havde talt med Oppermann en Gang efter at de var kommen hjem fra Bryllupsrejse, han saa straalende glad ud, de havde været i Italien men ikke i Grækenland. Ja saa skriver jeg ikke mere end denne Gang naar vi skal rejse paa Onsdag, hils alle derhjemme fra os. Selv faar Du en kærlig Hilsen fra Din hengivne Datter Marie Larsen.]
 Kære lille Mor!
 I Gaar fik jeg alligevel ikke skreven til Dig, da jeg bagte og havde en Del andet at gjøre, men i Dag er det jo Søndag og der har ingen Vogne kørt ned, saa Du havde ikke faaet Brevet før selv om jeg havde skrevet i Gaar. Du kan tro det var varmt at rejse i Fredags, der var en saadan Hede i Kupéerne saa det næsten ikke var til at holde ud, jeg var jo heller ikke rigtig rask, saa da vi kom her til Høljeryd, havde jeg en voldsom Hovedpine, men jeg sov godt om Natten og var aldeles rask i Gaar igjen. Her er stadigt meget varmt men det er jo godt for Konsulen, jeg synes ikke han hoster nær saa meget som i Fjor.
 Vi havde Essén til Middag i Gaar, han var ude for at syne Veje og kom saa ind og talte lidt med Far, som saa bad ham om at spise med, hvad han var meget taksam for. Du vil nok faa Theas Adresse at vide og saa sende indlagte Brev med Posten, det er jo hendes Fødselsdag paa Tirsdag.
 Vi fik saa ikke det Stykke Skinke med alligevel, jeg var ikke klogere end at Du havde lagt det i Kurven, men vi klarer os denne Gang, jeg havde lidt tilbage herovre som vi fik i Gaar og saa lod vi dem slagte Kalven da det var en Tyrekalv den har vi jo nok af saa længe som vi skal være her, vi kommer hjem paa Onsdag, eller det er da Torsdag naar vi kommer til Kerteminde; Kruuse skulle ogsaa hjem til Terminen saa vi tog Retourbilletter, de gjælder jo til paa Torsdag, men her er Unnaryds Torvedag paa Onsdag, det er jo saa godt som en Helligdag her, saa Far kan ikke udrette noget den Dag alligevel, derfor har vi bestemt at rejse paa Onsdag. Nu vil jeg haabe at I faar dette paa Tirsdag saa I slipper for at sende Vogn forgæves efter Far; vi skal nok telegraffere fra Kjøbenhavn paa Onsdag at det ikke skal gaa os ligesom sidste Gang. Hrr. Johanson rejste til 
 [skrevet på tværs: Halmstad den dag vi kom, vi talte med ham paa Stationen, han havde været her paa Høljeryd et Par Dage og boet hos Pehrsons, han mente at komme igjen sidst i Ugen.]</t>
   </si>
   <si>
     <t>1895-11-18</t>
   </si>
   <si>
     <t>Odense
 Søbysøgaard</t>
   </si>
   <si>
-    <t>Adis -
-Swanza -
+    <t>Swanza -
 Trine Johans
 Johanne Christine Larsen
 Karl Madsen
 Otto Emil  Paludan
-Laura Warberg</t>
+Laura Warberg
+Astrid Warberg-Goldschmidt</t>
   </si>
   <si>
     <t>Alhed skriver om en bortlodning til fordel for "Kunstneren": I november 1895 satte Karl Madsen og Wilhelm Hansen en indsamling af malerier i gang med henblik på at sælge dem og skænke Anna og Fritz Syberg pengene. Ægteparret havde det meget svært økonomisk. Blandt giverne af billeder var Kristian Zahrtmann, Th. Philipsen, L.A. Ring, Joakim Skovgaard, Viggo Johansen, Michael Ancher, Bindesbøll, Julius Paulsen, Johannes Larsen og Peter Hansen. Projektet blev en tid holdt hemmeligt for Syberg-parret. Det indbragte omkring 1500 kroner, og parret kunne leve af beløbet i to-tre år. Se Erland Porsmose: Fritz Syberg. Kunsten, naturen, kærligheden. Gyldendal 2012
 Den bog af Karl Madsen, som Johannes Larsen har lånt Alhed kan være Hollandsk Malerkunst (1891), Studier fra Sverige (1892) eller Johan Thomas Lundbye (1895). Madsens bog Japansk Malerkunst, 1885, havde Alhed allerede fået i tiden på porcelænsfabrikken. 
 Søbysøgaard er en herregård på Fyn. Den var i 1895 ejet af Frederik Herman Christian de Falsen Baron Zythen-Adeler. I 1933 blev Søbysøgaard omdannet til fængsel. 
-"Pallam" er Fuldmægtig Paludan.</t>
+"Pallam" er Fuldmægtig Paludan. Adis: Astrid Warberg-Goldschmidt.</t>
   </si>
   <si>
     <t>Johannes Larsen har sendt Alhed bøger.
 Der er igangsat en bortlodning til fordel for "Kunstneren" (Fritz Syberg). 
 Alhed ligger syg.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/P7PO</t>
   </si>
   <si>
     <t>Erikshaab – 18/11 – 95
 Kære Las! Vil De hilse ”Swanza”
 Det var rigtignok forfærdelig pænt af Dem at skrive til mig, jeg fik Deres Brev i dag og jeg blev saa glad ved det. Og Tak fordi De vil laane mig Deres smaa Billedbøger og Karl Madsens Bog, som jeg ikke kender; ja Tak, det vilde jeg rigtignok blive frygtelig glad ved. Jeg skal nok passe godt paa dem og sende dem snart tilbage. Nu tror de naturligvis, at det alene er for Bøgernes Skyld jeg skriver saa snart – meget før Deres Fødselsdag! Det var da ellers godt, at jeg ikke lovede at skrive, om jeg saa kom op den Søndag, det kom jeg nemlig ikke; for tænk Dem den samme Dag, som De havde været her, blev jeg meget daarlig om Aftenen, og fra den Dag af begyndte jeg først rigtig at blive syg. – Men nu er jeg for Resten fuldstændig rask, alligevel skal jeg ligge over 8 Dage endnu, da Doktoren har faaet den fixe Idé, at jeg ikke maa komme op, før jeg har ligget i 7 Uger. 
 - Nej, hvor det dog glædede mig, som de skriver om Bortlodningen til Fordel for Kunstneren. Tænk hvor de bliver glade dernede, og hvor det er udmærket for dem, bare de nu snart kunde faa det at vide. – Men hør nu Las, hvor skrækkeligt jeg har baaren mig ad! Jeg er kommen til at fortælle Johanne det. Hun vilde saa gærne læse Deres Brev, og saa gav jeg hende det, uden at tænke paa Hemmeligheden. Hun kom jo med Spydigheder over min Discretion, og jeg gav hende strax nogle Klø som Forskud paa dem, hun skal faa, hvis hun siger det til flere. Hun er sikker nok, men det gør jo ikke min Synd bedre; Nu kan de da selv se, jeg er upaalidelig. – Det var dog vældig hurtig gaaet den Aften til Kjerteminde; Johanne og jeg vaagede det meste af den Nat, og Kl. 12 talte vi om, at De vist ikke var naaet hjem endnu. Det var et fælt Vejr. – Hvor jeg misunder dem, at De gaar paa Andetræk hver Aften – al den dejlig friske Luft! Uha Las hvor er det dog unaturligt og ækelt at ligge indespærret i 7 Uger og glo paa en grøn Væg. – Men hvis de tror, de faar mig til at være ”Reconvalecent”, naar jeg kommer op, saa tager de Fejl. (Jeg mener ikke Dem, men dem, nemlig Doktoren og hele min Familie med Mor i Spidsen). - - Nej Las, jeg husker ikke, at jeg benyttede Ordet ”Interesse”, da de sidst var hernede, og jeg kan heller ikke huske, hvad vi talte om, lige før De gik ned at spise. Men hvis jeg har forstaaet dem rigtig, saa mener de at ”Interesse” er et fælt lunkent ”Mellemord”, saa forbeholdent, at det næsten ingenting betyder. Og hvis De mener det, saa er jeg forfærdelig enig med Dem. Men De maa alligevel finde dem i, Las, tit at høre mig bruge det Ord, det passer saa godt i min Mund, at jeg ikke kan undgaa det. Ved alt, hvad jeg faar noget at gøre med i dette Liv, kommer jo akkurat saa vidt som til ”Interessen”, og saa ikke et Skridt videre. Det er kedeligt, - og mer til, - men det er jo gjort, det er mig selv, det gaar ud over. – Nu vil jeg skænke mig et Glas Rhinskvin (Brannerberger) som jeg har staaende i en lang indbydende Flaske ved min Seng. – Pause! – Skaal Las! Det er godt, jeg har dem at skaale til og skrive til, jeg er ellers alene hjemme; Pigerne ere i Odense og alle de andre paa Søbysøgaard. Saa her her er kun Pallam, der tilser mig hver anden Time og ”Trine” henne fra Hersted der giver mig Mad. – For lidt siden raabte Trine herop: ”Paludan! har De Ølkruset oppe paa Kontoret?” Men ”Paludan” frasagde sig det paa det bestemteste. - - Skaal nu drak jeg igen! det er en dejlig Vin, og jeg maa heldigvis ikke faa anden Slags. Hør Las kan de huske en Gang, vi drak Rhinskvin? Det var en Langfredag, vi havde været i Skoven en hel Del og saa tabte enten De eller Kunstneren et Væddemaal bestaaende af Postejer og Rhinskvin. Og kan De huske vi spærrede Gaden, da vi gik hjem og indfangede Byens skikkelige Barylere. Det var naturligvis P. mest. Den tovlige P., skal han nu ud og drukne i en Kano. Jeg ved for Resten ikke bestemt hvordan en Kano ser ud. Kan der være flere end en ombord? Kan man komme til at sejle i den til Sommer? – Det er dog forfærdeligt saa langt, det Brev bliver, men nu skal jeg ogsaa snart slutte. Det er sandt, jeg skylder Dem vist for Resten ogsaa Svar paa det Brev, jeg fik fra Dem i Italien, saa det er da kun et Ark for hvert af deres. - - Jeg skal nok hilse min Familie og sige Tak for de Gange, De var her i Sommer; som De beder om, men det er vel ikke Meningen, at vi skal betragte Deres sidste Besøg som et uigenkaldeligt Afskedsbesøg; med andre Ord, hvornaar mon vi ser Dem igen? – Men det er jo godt, De er flittig, lad mig se, De laver mange ligesaa kønne Akvareller, som dem, jeg saa i Sommer. – Det er vist et grimt kedeligt Brev, og saa tilmed saa sent at læse, fordi det er med Blyant. – Jeg glæder mig meget til Bøgerne! Tak fordi De vil sende mig dem! Farvel Las! Mange Hilsner fra Deres hengivne
 Alhed Warberg
 Adis sender Hilsen
 Mange Hilsner fra Johanne</t>
   </si>
   <si>
     <t>1895-12-25</t>
   </si>
   <si>
     <t>Harald Balslev
 Berta Brandstrup
 Julie Brandt
 Peter Hansen
 Vilhelm Larsen
 Christine  Mackie
 Ellen  Sawyer</t>
   </si>
   <si>
     <t>Juleselskab på Sandholt: Nicoline Nobel von Sperling, som var en ven af Warberg-familien, var enlig og boede på Sandholt Gods i Sandholt Lyndelse på Fyn.</t>
   </si>
   <si>
     <t>Alhed fortæller om familiens jul. Året før holdt hun jul i Italien.
 Hun inviterer Johannes og Klaks Larsen samt Peter Hansen ("P.") til at komme til Erikshaab i juledagene.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/GuXa</t>
   </si>
   <si>
     <t>Kære Las!
 Mens Christine sidder ved Klaveret og spiller en rørende flot Mazurka af en eller anden Hr Badousky (polsk) vil jeg – skønt det volder mig stor Besvær at sidde stille paa Stolen, sætte mig hen og skrive en Lykønskning til Dem i Anledning af Deres Fødselsdag i Overmorgen. Jeg vil ønske, at De i det nye Aar maa skyde og male mange udmærkede Ænder. - - Det bliver nok for sent at ønske Dem en glædelig Jul, da det meste af den er forbi, naar De faar dette Brev. – Vi havde en hyggelig Juleaften her i Aftes, stort kønt Juletræ og mange kønne Foræringer. – I Dag, første Juledag, have vi dreven den af efter bedste Evne, vi have Harald og Pan til at hjælpe os. Vi have ikke bestilt andet end at ryge Cigaretter, indøve 4 stemmige Sange og spille ”[ulæseligt]skabsspil”, et Spil fra i Aftes, hvorved man kan sige hinanden de mest storartede Ubehageligheder. – Jeg holder adskilligt mere af at holde Jul i Danmark end i Italien. I Dag for et Aar siden morede jeg mig for Resten udmærket, da var det, vi klædte os ud som Herrer og gik ud i Byen. Og jeg var den bedste. Fy skamme dem, jeg kan ikke glemme, hvor glade og beredvillige De og P. gik ind paa det, da Berta sagde, at det ikke var sandt, at jeg var den kønneste! - - - Et Kort, som Harald i Gaar fik fra Klax, lod forstaa, at det ikke var umuligt, at vi saa ham, P. og Dem her en Gang i Julen. Bare De vilde gøre Alvor af det, det var frygtelig morsomt! – Hør, hvad bliver det til med de Penge til Rundskueren? Jeg vil dog ikke haabe, det ikke er bleven til noget alligevel, jeg havde glædet mig saadan til det. – Er De tilfreds med Julevejret? Jeg er ikke. Jeg kan ikke fordrage Blæst og let Frost tilsammen, det er væmmelig hundekoldt Om Forladelse, uden dog at være ordentlig Vinter, saa det kan ses. – Fy, det er fælt at høre hende spille Dansemusik, eller i alt Fald noget livlig noget, det minder mig om, at jeg i Morgen var bedt til Bal, men kun maa komme til gammelt Juleselskab paa Sandholt, hvor min højeste Fornøjelse vist bliver at blive spurgt ud om min Sygdom af Fruerne. – 1000 Tak Las for al den Fornøjelse jeg har haft af Deres Bøger! Endogsaa Kerteminde Avis har jeg læst med stor Interesse, det er vist et prægtig lille Blad. Medfølgende Udklip vil jeg ikke undlade at sende Dem, det kan umulig være undgaaet Deres Opmærksomhed. - - - - - Nu venter vi Dem altsaa alle tre en Dag, helst inden Nytaarsdag, da Jak. og Harald saa ere her, men kom ikke Søndag. – Vi glæder os alle til dem og bliver skuffede, hvis De ikke kommer. Selvfølgelig fra Morgenstunden (hvis De gidde.) - - Saa ”my pretty Las” vil jeg slutte denne Skrivelse, Trumpety – trumpety – bump! med de venligste Hilsner til Klax og dem og vil De ogsaa hilse Deres øvrige Familie. Deres heng. Alhed Warberg
 Erikshaab 1ste Juledags Aften 1895
 [Det følgende skrevet på side 1 på tværs over "Kære Las!"]
 Gode Las!
 En venlig Hilsen til Swansa og en hjærtelig Lykønskning til dem fra Christine.
 Til Lykke, min kære Ven (det er naturligvis Spøg). Efter Alheds Diktat (det er naturligvis Spøg). Hilsen fra Brandt.
 En venlig Hilsen sendes Klaks fra Elle</t>
+  </si>
+  <si>
+    <t>1896-08-24</t>
+  </si>
+  <si>
+    <t>Ellen Hirschsprung
+Ellen  Sawyer
+Carl Ludvig Studsgaard</t>
+  </si>
+  <si>
+    <t>Klokken var et instrument, som Albrecht Warberg for sin astma blev behandlet med på en klinik i København. 
+Ellen Hirschsprung blev ofte i Warberg-familien kaldt Madame. Det er uvist, om det er hende, der er omtalt i brevet. 
+Kommandør Jacobsen, hans kone og datter, Hr. Møller og dennes onkel, Etatsråden, Pel og Niels kendes ikke. Leth kan være flere forskellige personer.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1390</t>
+  </si>
+  <si>
+    <t>Albrecht Warberg har gavn af behandlingerne i klokken, og han både sover og går godt. Han og Ellen Sawyer har været i Tivoli. 
+Albrecht har været til frokost i Skodsborg og til middag i Taarbæk. Der var mange fornemme gæster, og nogle af dem var storsnudede. Han er inviteret til at komme næste søndag igen og ellers så tit, som han vil.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/2YKW</t>
+  </si>
+  <si>
+    <t>København d. 24 Aug 1896
+Kæreste Smaa!
+Mine Oplevelser siden jeg skrev sidst ere hverken mange eller store. Klokken virker jævnt godt, jeg kan sove uden Besvær og gaar af og til rigtig godt, til andre Tider med lidt Besvær. Alt i alt har jeg det dog væsentlig bedre end da jeg rejste hjemme fra. I Ugens Løb har jeg en Gang været ude hos G[ulæseligt], men Frk [ulæseligt] og Lars B[ulæseligt] med at komme hjem; en Gang ud at spadsere med Elle, hvor vi endte i Tivoli og hørte en italiensk Skrighals (Hankøn). I Gaar – Søndag – tog Pel og jeg med Dampskib til Skodsborg, hjemsøgte Madame til en bedre Frokost og blev der saa et Par Timers Tid derefter, gik saa med Leth; som havde indfundet sig, til Taarbæk, hvor vi efter Indbydelse skulde spise til Middag. Der var fine Mennesker: Prof Studsgaard, Commandør Jacobsen med Frue og Datter hvilken sidste vist var noget storsnudede, Hr Møller samt Onkelen fra Hamburg, der ligger paa Hospital [ulæseligt] under Prof. Studsgaard. Det er nok Benedder i Kæbebenet, han lider af, og der kan nok intet gøre derved. Der var som sædvanlig rart derude, jeg havde Frk Agnes til Bords og [ulæseligt] paa den anden Side, men det var dog morsommere forrige Søndag, da der ikke var saa fine Fremmede. – [Ulæseligt] har jeg næsten ikke set siden jeg skrev sidst og kan altsaa ikke sige andet om ham. Etatsraaden besøgte jeg, jeg tror, i Torsdags og fandt ham vel som sædvanlig. Vi gik Haven rundt sammen. Jeg er inviteret til [ulæseligt] til Middag næste Søndag og ellers saa efter jeg har Lyst. De ere overordentlig venlige begge Familier, og Doktorens (o: Professorens). [ulæseligt], som jeg saa igaar er om muligt endnu jævnere end den øvrige Familie. – Niels var ogsaa paa Villa [ulæseligt] igaar, men kom først efter Middag; han befandt sig vel og har det i det Hele synes jeg godt: han skal d 1 September bo her i Pensionatet, og jeg vil altsaa gaa en at gaa Tur med, naar Pel ikke kan. Stakkels Pel havde Hovedpine igaar Morges og mente ikke, at hun kunde tage med paa Turen, men saa bestemte hun sig om, og forvandt Hovedpinen i Dagens Løb.
+Nu ikke mere for denne Gang, da Niels sidder og venter paa at følge mig til Butikken.
+Venligst Hilsen til Alle!
+Din A.</t>
   </si>
   <si>
     <t>1897-05-06</t>
   </si>
   <si>
     <t>Stockholm
 London
 Hull
 Kastrup</t>
   </si>
   <si>
     <t>Poul S. Christiansen
 Sigurd Eriksen
 Ludvig Find
 - Hagedorn
 Svend Hammershøi
 Vilhelm  Hammershøi
 Peter Hansen
 Georg Jensen
 Martha Johansen
 Viggo Johansen
 Johannes Kragh
 Georg Larsen
 Jeppe Andreas Larsen
 Vilhelmine  Larsen
@@ -4211,50 +4242,158 @@
     <t>Peter Hansen
 Karl Jensen
 Otto Emil  Paludan
 Joakim  Skovgaard
 Albrecht  Warberg
 Laura Warberg</t>
   </si>
   <si>
     <t>Johannes Larsen arbejder for Joakim Skovgaard i København. De laver forarbejder til kalkmalerier i Viborg Domkirke.</t>
   </si>
   <si>
     <t>Alheds rejse til København er blevet udsat, da hun er syg.
 Johannes Larsen kan ikke blive klog på Joakim Skovgaard og på, hvor meget arbejde han har til ham. Han vil gerne lave nogle store fuglebilleder til udstillingen (på Den Frie). Han og Alhed kan ikke leve af Skovgaard-lønnen hele sommeren, så der må gøres noget.
 Peter Hansen og familie er endnu ikke rejst, og Elise Hansen er misfornøjet med det. Peter Hansen har vist mest lyst til at blive hjemme og male.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/dtRN</t>
   </si>
   <si>
     <t>Kjøbenhavn Torsdag 9/2 [noget af papiret mangler]
 Min egen kæreste Ven!
 Tak for Brevet, det var da godt jeg fik det, saa at jeg ikke skulde gaa og vente forgæves efter Dig ude paa Banegaarden for saa var Skuffelsen jo bleven en hel Del større. Jeg var egentlig slet ikke saa ked af at Du ikke kom, da jeg havde læst Brevene for det havde da været meget værre hvis Du var kommen syg her over, og jeg saa skulde gaa og arbejde hele Dagen, og tænke paa at Du sad alene og var daarlig jeg tør næsten ikke [noget af papiret mangler] til at komme paa Tirs[dag] hvor meget jeg end længes efter Dig. Ja hvis Du kunde komme herover for de Par Dage og saa rejse igen. Jeg ved hverken ud eller ind, for jeg har ingen Ide om hvor meget Arbejde Skovgaard egentlig har til mig, jeg kan ikke blive klog paa ham, i Forgaars mente han ikke at der var mere end til en Dag eller 2, og at han saa først fik Brug for mig naar vi skulde til Viborg. Jeg havde saa bestemt mig til at tegne et Par Dage i zoologisk Have [og saa] rejse til Kjerteminde [med] saa mange Billeder til Udstillingen, som [jeg kun]de overkomme, men s[aa] dukkede der pludselig en hel Del op og nu kan jeg ikke overse hvor meget der er eller hvorlænge jeg kan være om det, men jeg har en Mistanke om at det nok ikke er saa overvældende meget som han tror. Jeg har nu faaet Lyst til at lave nogle store Fuglebilleder til Udstillingen og jeg tror jeg vil kunde sælge noget i den Retning hvis jeg faar det lavet. Saa meget er da vist at det der kan blive tilovers fra Arbejdet hos Skovgaard kan vi ikke leve af i Sommer, saa der m[aa] jo gøres noget i and[re Retn]inger. Jeg længes meget [efter] at tale med Dig, saa hvis Du bliver forfærdelig rask til paa Tirsdag, men jeg ser dette Brev er aldeles forfejlet, det var nemlig min Hensigt paa det kraftigste at raade Dig til at blive hvor Du er. Vil Du hilse Din Moder og takke for Brevet, vil Du ogsaa hilse Din Fader og Paludan. Jeg var hos Karl Jensen i Aftes sammen med Peters, de ved endnu ikke noget bestemt, men Fru P. er temmelig misfornøjet med at det trækker ud, Peter vilde vist helst blive hjemme og male paa Voldbilledet. [noget af papiret mangler] kærlige Hilsner fra
 Johannes Larsen.</t>
   </si>
   <si>
+    <t>1899-03-02</t>
+  </si>
+  <si>
+    <t>Boston
+Bellevue St.</t>
+  </si>
+  <si>
+    <t>Thora  Branner
+- Jensen, Frøken, Erikshaab
+Clarence Sawyer
+Harris Sawyer
+Helen Sawyer
+- Sawyer, Harris' far
+Hempel Syberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Ellen og Harris Sawyer blev gift i Boston i beyndelsen af 1899. 
+Pigen Katty kendes ikke. Svigermoderen, gamle Eastmans ven og den gamle bedstemors navne er også ukendte.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1527</t>
+  </si>
+  <si>
+    <t>Ellen Sawyer undskylder, at hun ikke har skrevet. Harris Sawyer har det godt, og han har en god appetit. Han skal fremover have kødsuppe før sin aftensmad. 
+Pigen i huset er gået sin vej. Der er heller ikke arbejde til en pige. I huset er der centralvarme, hvilket giver en konstant temperatur overalt og intet støv. En gang ugentligt vasker en dame gulvene. Alle reder deres egne senge. Badeværelset er godt. Madvarerne bliver bragt til døren, og madlavningen er enkelt. Man spiser kun to gange dagligt. 
+Sawyer-familien - Harris, hans forældre, hans to søstre og en bedstemor - beboer 1. og 2. salen, og der bor en anden familie i stueetagen. 
+Ellen er ved at blive god til sproget, og hun kan også færdes rundt med tog og sporvogn. Harris og hun tager på udflugter og ser kunst. De har besøgt Harvard og set en udstilling med blomster lavet af glas. De har også været på italiensk restaurant. Amerikanerne er i øvrigt idiotiske. 
+Harris har sendt 200 breve ud med bekendtgørelse om, at Ellen og han er blevet gift. Ellen glæder sig til at vise Harris frem, for hun er stolt af ham. 
+En ven af Harris' far vil hjælpe med at få Ellens bagage sendt til Boston.
+Ellen takker Frøken Jensen for de broderede bukser, som er blevet beundret på bryllupsdagen. Amerikanerne er imponeret af håndbroderet og europæisk tøj.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/OF5O</t>
+  </si>
+  <si>
+    <t>Belevue St. – Boston
+d. 2den Marts 99.
+Kære Mor!
+Jeg er bange for, at jeg har ladet gå temmelig lang Tid hen uden at skrive, så du har gået og ventet på Brev, hvad du, som bekendt ikke ynder. Tiden er smuttet fra mig og jeg har ikke holdt Regnskab med Almanaken. Herefter skal jeg fastsætte en bestemt Dag til at skrive hjem på. 
+Eastman takker for dit Brev til ham. Han skrev nok ikke, som han lovede, et Brev hver Uge indtil min Ankomst, men han må være undskyldt, for han var ikke rask den Gang. – Han føler sig nu stadig raskere og raskere og ser også bedre ud. Hans Appetit er bestandig strålende, - Guderne skal vide, hvor det alt sammen går hen, - jeg vil ["vil" overstreget] vilde da blive så tyk som en Tromle, hvis jeg indtog alt det, han sætter til Livs. Idag har vi besluttet, at han hver Dag skal have en Kop kraftig Kødsuppe før sin Aftensmad, og jeg har kogt en hel Grydefuld. 
+Måden at føre Hus på her, er så grumforskellig fra den hjemme. Du vilde stejle mange Gange om Dagen, hvis du så det. – D ["D" overstreget] Et Par Dage efter min Ankomst sagde Pigen Katty Farvel og Tak. Piger kan her gå deres Vej uden forudgående Opsigelse. – Men her er absolut ikke Arbejde for en Pige, skønt Huset jo er temmelig stort. Alting er så bekvemt indrettet, så alt Husførelsen går som en Hele Huset opvarmes ved varmt Vand, som giver en mild behagelig Varme. Det opvarmes i Kælderen og går gennem Rør op i Lejligheden. Det er en stor Behagelighed at der er èns Temperatur allevegne, på Trapperne, Gangene og om Morgenen, når man står op. – Og det er så renligt, så man næsten ikke ser Støv el. Snavs i Huset. En Gang om Ugen kommer her en Kone og vadsker Gulvene, og de andre Dage fejer vi lidt rundt omkring, hvor det behøves – her er ikke noget, der hedder ”at gå på Kamre, idet hver reder sin Seng og hele Familjen (und. jeg) vadsker sig i Badeværelset, som er udmærket indrettet med Vandhaner m. koldt og varmt Vand. - Kogeriet går særdeles behændigt. Ingen Byærender, idet alt bliver bragt til Døren og så bestiller man til de næste Dage. - De fleste af Retterne laver sig selv f. Eks. ["f. Eks." indsat over linjen] Vi tager et Stykke Kød, lægger det uden Præparationer på en Rist lige ind i Ilden og vender det, indtil det er stegt. – Kartoflerne lægges så ind i Ovnen og forbliver der, indtil de er bagte. – Henkogte delikate Ferskener, Æblepie el. Appelsiner er Desserten. Søbemad kendes ikke. – Vi har kun to regulære Måltider, Morgen og Aften, når de kommer hjem fra Byen. – Svigermoder og jeg gider ikke gå og lave standsmæssig Frokost til os selv. 
+Køkkenet er hyggeligt med Tæpper og 2 Gyngestole. Vi sidder tit derude om Aftenen og læser. – Så snart Harry får Tid skal jeg få ham til at fotografere Huset, - det er nydeligt. I Stuen bor der en anden Familje, vi har 1ste og anden Sal. Her på 1ste Sal er Dagligstuen, D ["D" overstreget] de gamles Sovekammer, Harris’ dito, Spisestue, Badeværelse, Køkken, Spisekammer. Ovenpå Helens, Clarences, gl. Bedstemoren samt mit Værelse. – Vi bliver rimeligvis boende her sammen med hele Familjen et Aars Tid. Jeg kan så sætte mig grundigt ind i denne Husførelse og har en velsignet Tid til at øve mig og lære Sproget og Byen at kende og se alt hvad her er at se. Her er udenlandske Familjer af alle Sorter og jeg har allerede været på adskillige af dem. – Jeg kan nu tage alene til Byen med Jærnbane el. med alle Sporvogne, og så snart Harry har Tid sætter vi hinanden Stævne et el. andet Sted og går og ser på Kunst. – Sidste Søndag gik vi ud Klk 8½ om Morgen for at more os og hang i lige til Klk 5. Vi så Harvard, d.e. Universitetet, en Samling Bygninger (i min Reol er der en lille Bog med Billeder af dem alle) - . Vi så der en Samling som vilde interessere dig i aller højeste Grad; - Blomster fra alle Verdens Lande modeleret i Glas og farvet så naturtro, at det næste var umuligt at tro, at de ikke var levende. – Under hver af dem var der en Seddel med Blomstens Navn og hvor den gror. – Vi så meget mere den Dag, - det morer H. så meget at vise mig omkring og hans Tålmodighed er beundringsværdig til at forklare og fortælle. Han ved alt om alting. – Vi var den Dag også i Theatret (Klk 3 Eft!) og vi var på en italiensk Restaurant og spiste længe og fint og drak Vin til, hvilket er højst upassende. Amerikanerne ere idiotiske i mange Retninger. Og jeg fatter ikke, hvor H. er bleven så europæisk, som han faktisk er. 
+Vi omgås ikke ret mange endnu, og jeg er ikke begærlig efter det. Ingen af dem jeg har set, forekom ret interessant. – 
+Her er det nødvendigt, at sende sådan en Bekendtgørelse ud, når Folk gifter sig, som den jeg sendte forleden. Harry vilde have sendt til alle mine Bekendte også, - men jeg sagde, at han ["han" overstreget] det ikke var nødvendigt, han har allerede sendt 200 og det Pjank har kostet Penge nok, så jeg fandt det unødvendigt at trykke flere. – For at beskytte os mod at have Fremmede altid, har vi sat den Meddelelse i det ene Hjørne om at vi ere hjemme om Onsdagen. Jeg gruer for alle de Mennesker!
+Sproget går det godt med. Jeg taler uden Vanskeligheder om de dagligdags Ting, og min Horizont bliver videre for hver Dag. – Harry er en fortrinlig Lærer. - 
+Lige nu kom der Brev fra Onkel S., Tutte og Disser. Det er umuligt at beskrive, hvor det er morsomt at høre hjemme fra, - jeg sluger Brevene med gridsk Grådighed. – Men når jeg læser de ængsteligste Forespørgsler til Harry og de gode Ønsker for Fremtiden for os, føler jeg den største Lyst til at gå ud og telegrafere hjem, at man skal leve længe inden man finder to, der er mere glade end Eastman og jeg. – Hvis det bare var lidt lettere at komme hjem. Jeg glæder mig så knusende til at forevise Eastman, - jeg må tilstå, at jeg er lidt stolt af ham. – 
+Så snart det er muligt, vilde jeg gærne have sendt min store Kasse med alt mit Habengut. Gl. Eastman har en Ven som er Toldofficer, og han har lovet at tage sig af det. Når det bliver sendt som ”left Bagage” direkte hertil, vil vi rimeligvis ikke komme til at betale Told. – Jeg vil skrive om et Par Dage igen og sende en Liste over, hvad jeg gærne vil have sendt. 
+Jeg vil da så ["da" overstreget; ”så” indsat over linien] fortælle om min nye Familje, som jeg vist slet ikke har meldt meddelt ["meldt" overstreget; ”meddelt” indsat over linjen] om endnu. 
+Jeg har i Tankerne gratuleret Frk. Jensen idag, d. 3 af Marts. Fortæl hende, at Bukserne Broderiet [”Broderiet” anført oven over linien] vækker Furore. Jeg havde dem på, som jeg lovede, på min Bryllupsdag, men har nu gemt dem hen til Sølvbrylluppet og vil i de 25 Aar hovedsagelig anvende dem til at imponere med. 
+Alt hvad der er håndbroderet, bliver højt beundret her – Alt mit Tøj bliver beundret - det ser lidt udenlandsk ud og det imponerer Amerikanerne. I det Hele taget betragtes Udlændinge med ærbødig Beundring og jeg søger naturligvis at holde Stillingen så længe som mulig. 
+Nu Farvel.
+1000 Hilsner til alle 
+Elle
+Stor Hast</t>
+  </si>
+  <si>
+    <t>1899-04-20</t>
+  </si>
+  <si>
+    <t>Boston
+USA</t>
+  </si>
+  <si>
+    <t>Frederik Brandstrup
+Clarence Sawyer
+Harris Sawyer
+Helen Sawyer
+- Sawyer, Harris' far
+Andreas Warberg</t>
+  </si>
+  <si>
+    <t>Ellen og Harris Eastman Sawyer blev gift 12. feb. 1899 i Boston. 1899-1902 boede de i samme hus som Harris' forældre, søstre og en bedstemor. Harris' mors og bedstemoderens navne kendes ikke. 
+Den amerikanske frihedskrig (også kendt som den amerikanske uafhængighedskrig) blev udkæmpet fra 1775 til 1783 (Lex.dk)
+Manilla, Harrs Sawyers læge og Frk. Svensen kendes ikke.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1524</t>
+  </si>
+  <si>
+    <t>Ellen Sawyers hverdage begynder kl. seks, hvor hun og Harris Sawyer spiller spil, hvorefter hun laver solid morgenmad til ham, han læser aviser, og de snakker. Når han er taget afsted, laver hun husligt arbejde. Harris' familie roder og har ikke ordenssans. Derefter går hun tur, spiller klaver mm., og hun laver aftensmad. Harris' mor har gigt og hjælper ikke til i huset. Når Ellen fortæller, hvor lang tid man bruger på madlavning i Danmark, bliver Sawyer-familien meget forbavsede.
+Harris' mor vil gerne sy for Ellen.
+Ellen og Harris besøger sjældent nogen om aftenen, for han har brug for meget søvn. Onsdag aften kommer der dog gæster. 
+Harris har købt møbler og har nu ingen penge. Han skal til Chicago i forretningsøjemed, og Ellen vil gerne med for at besøge Onkel Frederik (Brandstrup). 
+Harris og Ellen har været i en stor butik for at købe tøj til hende. Han har god smag. 
+Ellen skriver med en pen, som indeholder blæk, så man ikke behøver at dyppe. 
+Harris og Ellen har sejlet til en ø, hvor de store oceandampere lægger til. Derefter gik de ind i det jødiske og det italienske kvarter.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/CfR5</t>
+  </si>
+  <si>
+    <t>Dorchester April 20 – 99
+Kære Mor!
+Tak for dit sidste Brev. Det var som alle de andre dejlig langt og indgående. – Jeg vilde ønske at jeg havde arvet din Skarphed til at skrive Breve, men det har jeg desværre ikke. – Et sådant Brev som mit sidste, er et stort Foretagende for mig. – Jeg var ked af at jeg glemte at sende en speciel Hilsen til min Veninde Manilla, - når du får dette Brev er hun velsagtens rejst Hvis ikke må du da endelig hilse hende og sige hende Farvel.
+De fleste af Spørgsmålene i dine Breve er nu besvarede, jeg mangler endnu kun en Beskrivelse af hvordan en almindelig Dag går. – Dagen begynder i det seneste Klk 6, - ofte før – med et Slag ”Mølle” el Gr. Bang. Harris er tosset efter at spille og hvor søvnig jeg end er og bliver regelmæssig slået til hans store Fryd. Når jeg kommer ned, giver jeg ham hans Morgenfoder, som er mangfoldigt og meget solidt: Hvedegrød, stegt Flæsk, Boef. Så spiser vi (de andre ere i Reglen færdige og gået hver til sit) og læser Morgenaviserne. Aviserne spiller en meget stor Rolle for East., - han læser dem i milevis. Så snakker vi i Reglen til han tager til Byen Klk 9, hvorpå jeg er huslig til 12–1 – fejer, tørrer af og gør i Orden, - de ere allesammen slemme til at smide omkring med alting så jeg går hver Dag en Omgang og rydder op. – Deres Ordenssans er i en underlig Tilstand, vidt forskellig fra min: de overvejer længe, hvordan en Bog skal ligge på et Bord og hvordan en Stol skal stå men de smider samtidig alle mulige Dele i Spisestuen, Brevskabet Klaver o.s.v. og har et syndigt Rod i alle Skuffer og Gemmer el. ret. havde for nu holder jeg stræng Orden i Dækketøj- og Lagenskuffer, Sølvtøjsskuffer o.s.v. Vort nye Sølvtøj bruger vi kun til fremmede så længe vi bor sammen med Familjen. – 
+Jeg kom nok bort fra ”Dagen”. Så klæder jeg mig på og øver mig, skriver Breve, går Tur o.s.v. til E. kommer c. Klk 5-6. Så hjælper jeg som Regel med Aftensmaden, - d.v.s. hvis de andre skal have noget han ikke kan lide, laver jeg hvad han vil have. Han er altid fuldkommen tilfreds med den Mad jeg laver til ham og han er henrykt over at han nu kan få hvad han vil have. Svigermor er jo så svag og har sådan en Gigt i sin Arm at han ikke har nænnet at bebyrde hende med noget, - de tager det så let med Maden her, at hun finder, at alt hvad der er ud over at varme en Dåse Tomater, koge Kartofler el stege Kød, - er anstrengende Arbejde. Det tager i Reglen 1/2 Time at preparere Aftensmaden, - Hovedmåltidet. Når jeg fortæller om vore Retter, om [ulæseligt ord] f. Eks. er de ved at gå til af Forbavselse. Jeg stryger for det meste hele Vadsken på to Dage, - 2 Timer hver Dag, - og når jeg undertiden ender det på èn Gang, er jeg en Helt. - Svigermoder er bestandig ulykkelig og angergiven over at hun har Gigt, så hun ikke kan ende alt, og siger ofte, at det er for strængt for mig og ”hvad de mon vilde sige hjemme på Erikshaab” – for 3-4 Timers Huslighed!! Til Gengæld går hun stadig på Jagt efter noget at sy for mig og er nu i Færd med at lægge nogle af mine Kjoler ned. Flere af dem ere nu mærkelig nok for korte. ----- Efter Aftensmad sidder E. og jeg her i hans Stue, læser el. spiller Mølle el. Klaver el. går en Tur, hvis det er godt Vejr. Det er på den Tid af Døgnet at vi burde besøge Folk men vi gider så godt som aldrig, og E. har ikke godt af det – han er søvnig Klk 9 og Dr, har sagt at han skal sove 10 Timer, så jeg opmuntrer ikke til Besøg. – Vore ”at homes” er nu i fuld Gang: hver Onsdag Aften kommer her Folk c. Klk 8, sidder og snakker et Par Timers Tid, får Lemonade og går hvilket sidste er det behageligste ved hele Forestillingen. Vi har i denne Tid en fattig Periode, hvilket kommer os meget ubelejligt. Est. brugte næsten alle sine Aprilpenge i Begyndelsen af Måneden til de Møbler, jeg skrev om sidst, saa han har ikke andet end Husholdningspengene tilbage. Det kommer på tværs fordi han efter al Rimelighed skal til Chicago; næste Uge i Forretninger (Bacilleforetagende) og det vilde være knusende Sjov om jeg kunde komme med. Det vilde ikke alene være en stor Fornøjelse at se Onkel Frederik og Chicago, - men også for H.s Skyld var det godt om jeg kunde være med – han egner sig ikke til at fare ud på egen Hånd. – 
+I forrige Uge vare vi ude at købe en ny Sommertrøje og det kunde ikke undgås – en Sommerhat, [Tegning] Trøjen er nydelig, - lys kort, og af Farve omtrent som min Bendixkjole, - Hatten er ikke så slem en ["en" overstreget] som man skulde tro eftersom der er kunstige Blomster på den. Harris gik med mig og valgte begge Dele. Det var et kosteligt Syn at se ham gå rundt i de store Forretninger og bese Varerne og høre på Damernes Suk med en Alvor og Interesse, men han var ikke tilfreds med noget af det, de kom med. Tilsidst gik han ind mellem Trøjerne på egen Hånd og kom lidt frem med faktisk den eneste, der passede mig. Det samme med Hatten. Han var meget stolt, og nu passer han omhyggeligt på, at ”vores Trøje” hænger glat og ikke bliver støvet. – Han har virkelig en udmærket Smag og han skal nu træde i Frk. Svensens Sted og vælger alt det Tøj, jeg herefter skal have. 
+Dette er skrevet med en Penneskaft, som indeholder Blæk så man aldrig behøver at ”dyppe”. H. går altid med det i Lommen, så han kan skrive Forretningsbreve i Toget og hvor han vil.
+I Onsdags var det en stor Helligdag her – en Mindedag om den amerikanske Frihedskrig. – Det var et strålende Vejr og H. og jeg begav os ud Klk 8 for at se os om. Vi tog med Toget ind til Byen gik ned til Havnen og i en Færge som satte os over til en Ø, hvor nogle af de store Oceandampere lægge til. Eastman er gal efter Skibe, - han kender hvert Skib i Havnen ved Navn og ved hvilken Linje de hører til o.s.v. Jeg tænkte på Dedemand da vi beså alle de store Skibe, - det vilde have [”have” indsat over linien] været noget for ham, at være med der. 
+Så vovede vi os ind i et af de værste Kvarterer i Boston, - Jødekvarteret og det italienske med snavsede skæve Gader og sorte, beskidte Unger. Vi beså der en af de ældste Kirker i Boston hvor der er nogle Minder fra Frihedskrigen. – Så tog vi med et andet Tog uden for Boston og spadserede rundt der. Det var næsten på Landet meget smukt – der var en Aa som lignede vores hjemme så meget, at jeg var helt begejstret. – Vi benyttede 3 Sporvogne for at komme hjem, - og befandt os, som om vi havde været ude at rejse.
+Eastman kommer pludselig og siger at han må afsted om 5 Min. og han skal have Brevet med til Byen så jeg må stanse nu. – Jeg ved heller ikke mere denne Gang. – Undskyld Jadskeskriften, - jeg kan ikke skrive idag. 
+Hilsen til alle fra Elle
+[Skrevet langs venstre kant s. 1:]
+Jeg har set en Del Fejl, men har ikke Tid at rette.
+Frim. til Dede.</t>
+  </si>
+  <si>
     <t>1899-07-16</t>
   </si>
   <si>
     <t>Svanninge</t>
   </si>
   <si>
     <t>Franziska  Erichsen
 Andreas Larsen
 Elena Larsen
 Vilhelm Larsen
 Hedevig Lützhøft
 Nicolaus Lützhøft
 Fritz Syberg
 Jørgen Violin</t>
   </si>
   <si>
     <t>Johannes Larsen har lejet sig ind på et værelse med fuld forplejning i Svanninge for at male på et billede i skoven.
 Peter og Elise Hansens fælles datter Elena Italia Hansen blev født under deres rejse i Italien. I voksenlivet blev Elena (kaldet Bimse) gift med Alhed og Johannes Larsens søn Johan (Lysse). 
 Alhed og Johannes Larsens førstefødte skulle tilsyneladende en tid have heddet Jeppe. Han kom til at bære navnet Andreas.</t>
   </si>
   <si>
     <t>Fritz Syberg (Baronen) har fået brev fra Peter Hansen, som fortæller, at han har fået en datter. Barnet er blevet indskrevet af myndighederne i Italien som Elena Italia Ansen. Det lykkedes ikke Peter Hansen at slippe for navnet Italia, og myndighedspersonerne forstod ikke navnet Hansen. - Hansen-familien tager nu i bjergene, og de planlægger at bo i Faaborg, når de kommer hjem.
 Fritz Syberg laver illustrationer til Pontoppidans Vildt. Jørgen Violin står model.
 Larsen står op kl. 6 og spiser senere god frokost, så han har kræfter til at male i skoven.</t>
   </si>
@@ -4359,50 +4498,94 @@
 Vilhelm Larsen, Georgs søn
 Olga Lau
 Joseph  Petterson
 Anna Louise Syberg
 Clara Syberg
 Fritz Syberg
 Laura Warberg
 Astrid Warberg-Goldschmidt</t>
   </si>
   <si>
     <t>Alhed og Johannes Larsen er muligvis ved at indrette sig i en lejlighed på Feden.
 Det store billede er muligvis "Bygevejr i april"</t>
   </si>
   <si>
     <t>Alhed og Johannes Larsen er ved at indrette sig i en ny lejlighed. JL skal begynde på et nyt stort maleri.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/0rov</t>
   </si>
   <si>
     <t>Kjerteminde den 26/1 1900
 Kjære Ugle - !
 Her er Resten af Tøjet med en lille Mundsmag i [ulæseligt] 2 Slags gid du maa være rask og det maa smage dig godt, vi stod og strøg til sent for i dag slagter vi Gris derfor maa du igjen nøjes med mig – saa skal hun nok skrive naar vi kommer forbi [ ulæseligt] skriv saa i Morgen lille Dine og fortæl mig en hel Deel jeg synes det er saa længe siden at vi saaes Syberg skrev forleden de var nu [ulæseligt] den lille Pige Clara havde havt Krampe – igjen men i en mindre Grad da Julen var forbi havde [de?] den sidste Dag havt Juletræ og bedt Joseph Petersens Børn derop Anna havde syet noget gammelt [Tøj?] om og det havde været en stor glæde for dem at [se?] Børnenes straalende Ansigter og trækkende afsted med alt godt hvad der hang paa Træet – de meldte os at [ulæseligt] Carelli er død og Boden lukket foreløbig
 [Fader?] var i Nyborg igaar og hørte af Birck at [-sterberg] rejser om en Tid – skal til en Tømmerhandler i Halmsted og have god Løn – Saugmesteren [ulæseligt] rendt baade med Karlsro og Høljeryd saa Birck [ulæseligt] derover om at ordne han vil sælge Karlsro [ulæseligt] begynder hans Bryderier – Alheds Moder og Louise kom [ulæseligt] Mandag Aften de skulde have rejst om Tirsdagen men blev alligevel hele Tirsdag sov saa hos os i 2 Nætter Vi stod tidlig op Onsdagmorgen satte 4 Vildænder paa Kl 7 og havde Kl. 9 dækket et fint Frokostbord med varm Mad Vin Ost Kiks Kaffe – og det smagte dem saa godt de skulde kjøre med Becker herfra Alhed, Las og Barn mødte i god tid. Georg og Marie med Ville – var ogsaa med – saa det var et stort Bord. – 
 De skulle om Aftenen til Ølstedgaard i Selskab der skulde Bentzen med saa blev Muk hjemme hos Dis som er syg endnu, Thora ligger ogsaa og skal ligge endnu en Maanedstid; der er bleven saa kjønt ude [ulæseligt] Alhed med hvide Gardiner i Sovekamret og [ulæseligt][køkken?] og den røde Kappe er bleven forlænget og [ulæseligt] grønt Gulvtæppe under Bordet samt Betræk på 3 Stole og Puffen og mange Blomster i Vin[duerne?] begge Svibelglas, en Hyasinth Fru Varberg havde med[ulæseligt] en rød Azalia har Vilhelm foræret dem og en [ulæseligt] Gjækker fra haven og 2 Zenerarier er kjøbt [ulæseligt] –sen den italienske Lampe – og smukke Glassager [ulæseligt] ogsaa meget Peters Maleri over Sofaen et Stycke ha[ulæseligt] paa Piedestalen Bogreol fuld af Bøger over [ulæseligt] Komode inden for Døren Spejlet over den an[ulæseligt] ved Kakkeloven Lysestager og Blomster gl[ulæseligt] paa den ene Side af Spejlet hænger Roserne paa d[ulæseligt] anden Fotografiet af den hollandske Kaae der hænger [ulæseligt] her inden for Døren en lille blank Mess[ing]kjeddel paa Kakkelovnen der har du det hele [ulæseligt] fra Stuen lille Gajen har det godt er bleven saa [ulæseligt]lig og spiser og sover godt. Johannes er begyn[dt ulæseligt] at ordne sig til at male det store Billede – [ulæseligt] skal males en lille Skitze – men hvor er hans S[ulæseligt] vi kan ikke finde den nogen Steder ved du ikke Besked om den? Lev nu vel og vær kjærlig hilset af din hele Slægt hils Olga mest hilses du dog af din gamle trofaste Moder -</t>
+  </si>
+  <si>
+    <t>1900-02-16</t>
+  </si>
+  <si>
+    <t>1 tomme = 2,54 cm
+Mrs. Loud, Dr. Cushing, Miss Linsealt og Mrs. Holbrook kendes ikke. Fru Smith er muligvis Henry Smiths kone og bosiddende på Nybøllegaard i Hillerslev. 
+Maltet mælk, også kendt som maltpulver eller maltet mælkepulver, er et pulver lavet af en blanding af maltet byg, hvedemel og kondenseret sødmælkspulver.
+107 F er 42 C.
+Miss Linsealt er "total" = afholdskvinde. 
+B er Alhed Larsen.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1548</t>
+  </si>
+  <si>
+    <t>Grethe blev født 16. januar. Fødslen trak i langdrag, men da Ellen Sawyer fik whisky og cognac, kom der gang i sagen. Pigen var grim, mager og havde navestrengen om halsen. Mælken løb først til efter fire dage, men Ellen kunne ikke blive ved med at amme. Hun fik at vide, at hun skulle holde sig i ro i seks uger, men hun fik høj feber. Der blev tilkaldt flere læger og sygeplejersker, og de kogte instrumenter ved komfuret. To af Harris Eastmans kolleger kom med ovne til at sterilisere redskaber i. Ellen blev opereret. Otte dage efter kunne hun stadig knap støtte på benene. 12 dage efter operationen fejrede Ellen og Harris deres bryllupsdag, og Harry gav hende en potageske. Han vil hvert år fremover på bryllupsdagen give hende en sølvting som præmie.
+Harris er nu syg af forkølelse og arbejder hjemme. Han og Ellen har købt en kurv, som lille Grethe kan ligge i.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/v0Gp</t>
+  </si>
+  <si>
+    <t>d. 16de Febr. 
+Kære Mor!
+Jeg har idag fået Dissers Breve. Det var [ulæseligt] pinligt, at netop dette længselfuld ventede Brev fra East. skulde være forsinket. Jeg kan rigtig tænke mig, hvor utålmodig du har ["har" overstreget] må have ventet. Skønt det jo nu er en gammel Historie, må jeg vist hellere sætte dig lidt nøjere ind i Detailerne og besvare nogle af dine Spørgsmål. 
+Hvad der foregik d. 16de Jan da Hendes Nåde, Grethe behagede at ankomme, har jeg næsten glemt, - det forekommer som det er en lille Evighed siden. Det var en langvarig og vanskelig Affaire, og Dr. var til sidst temmelig nervøs over at hun stadig ["stadig" overstreget] blev ved at [”blev ved at” indsat over linjen] holde sig tilbage. Jeg forklarede, at vi Danske ere langsommere i Vendingen end Amerikanerne og at hun jo var halv dansk. Tilsidst fik jeg en svingende Whisky- og Cognacstoddy og det kunde hun ikke modstå. Hun var så langt fra nogen Skønhed da hun kom – jeg har aldrig set noget lignende af Grimhed – det arme lille Asen: Navlesnoren var snoet om hendes Hals og det tog flere Min. før hun trak sit Vejr. Derefter blev hun svøbt ind i et uldent Tæppe og smidt på en Seng, hvor hun lå i tre Timer før nogen tog sig af hende. Jeg holdt dem nemlig beskæftigede med at kaste op, besvime o.s.v.
+East. skrev vist at Ungen vejede 8 Pund, men det var med Klæder på, 7½ foruden. De danske Pund, ere tungere end de amerikanske så i Virkeligheden vejede hun kun c. 6½. Hun var 21 Tom. men meget mager. Hun har nu vundet en Del skønt det lille Skind har gået en Del igennem allerede. For det første kom Mælken først den 4die Dag og hun sultede i al den Tid. De næste 4 Dage nød hun Livet og plagede det næsten ud af mig ved at bide i sin Grådighed. Hun opnåede at få bidt Hul før Feberen kom og hun blev ført ned. og ["og" overstreget] Så halvsultede hun igen èn Dag, da de ikke vilde sætte hende på Flaske før de så om Mælken vilde gå bort. Da dette viste sig at være Tilfældet, fik hun sin Flaske. Så begyndte et regelmæssigt [ulæseligt]. Hun får, hvad de kalder ”malted milk”, et Præparat som synes at passe hende godt. Hun er utrolig god og søvnig og alt tyder på, at hun er et sundt og kraftigt Barn. Eastman godtede sig i Stilhed over at Skæbnen føjede det sådan, at jeg ikke kunde amme hende, da jeg jo så vilde være bunden hjemme for lange Tider. – 
+Ungen opnåede at skaffe mig en lille Rift, men den blev syet sammen næste Dag med tre Sting, hvilket ikke var ret slemt, og siden mærkede jeg ikke mere til det. – 
+Kræfterne kom meget hurtig tilbage og jeg befandt mig udmærket indtil Feberen kom. Ikke desmindre befalede Doktoren mig at ligge i det allermindste 2 Uger – derefter liste forsigtigt omkring en Uge og ikke foretage strængt Arbejde el. gå lange Ture før den lille er 6 Uger gammel. Ved denne Fremgangsmåde er man temmelig sikker på ikke at have Rygsmerter og Træthed det næste halve Aar, sagde han. – Imidlertid kunde han jo have sparet sine Instrukser, da Feberen kom og satte en Stopper for al Kækhed. Det er højst interessant nu bagefter at høre dem fortælle om de Dage. Det blev jo nemlig holdt hemmeligt for mig, og det var kun ved at se Doktorens og Harris’ alvorlige Ansigter, at jeg fik en Mistanke om at det var farligt, - men hvor farligt fik jeg først at vide da jeg næsten var rask. Feberen var flere Gange kun ½ ° fra Maximum, som er 107 Fahrenheit, og Torsdag Aften sagde Dr. til Harris, at der kun var meget ringe Håb. Det lyder utroligt, men da jeg så ham næste Morgen var hans Kinder næsten hule. Hele den Nat blev jeg fodret hveranden Time og efter min Formening trådte Krisen ind, da jeg fik den sidste Dosis Vælling. Jeg faldt ["faldt" overstreget] kom nemlig i stærk Sved, og faldt derefter i Søvn og da Doktoren kom en Times Tid efter kom op [”kom op” indsat over linjen] var Temperaturen betydelig lavere. Jeg troede i min Uskyldighed, at nu var den Historie forbi og lå fredelig og roligt og rensede mine Negle. Bagefter fortalte de, hvordan det stod til i Køkkenet på samme Tid: Vadskekonen var kommen og filede løs på Vadsken, - alle ["le" sidst i ordet overstreget] Morgenvadskningen flød rundt Dr. Jenkins og Dr. Cushing kogte deres Instrumenter ude ved Komfuret, assisteret af deres to Sygeplejersker, - Mrs. Loud rensede den lilles Flasker, - Helen fløj rundt og søgte at bringe lidt Orden i Tingene. Med en Ble i hver Hånd susede hun afsted og mødte i Døren Dudley Pray og Leon. Redpath som kom fra Laboratoriet med to Ovne til at sterilisere på. De var sorte på Hænder og Ansigt, da de ikke havde haft Tid el. tænkt på at rense dem (Ovnene) [”(Ovnene)" indsat over linjen] underneden. Svigermoder havde opgivet alt og så til, medens Harry drak Whisky for at holde sig oppe. Naturligvis skreg den lille for at gøre Forvirringen fuldkommen. – 
+Derefter strømmede de (el. en Del af dem) op til mig og Operationen gik for sig og siden forløb alt normalt. Jeg var oppe første Gang igår for 8 Dage siden og det var mere end latterligt: jeg kunde aldeles ikke støtte på Benene og det varede to Dage før jeg kunde gå alene over Gulvet. 
+Den 12te (vor Bryllupsdag) var jeg nede første Gang og vi fejrede Dagen med stor Højtidelighed. Harry forærede mig en pleteret (?) ["(?)" indsat over linjen] Potageske og om Eft. kom Nelly Taylor ind og hjalp os med at drikke en lille Flaske Champagne. Det var hendes Fødselsdag så det passede helt godt. Champagnen var egentlig købt i Anl. af d. 4de Aarsdagen for min Ankomst, men den Dag var Miss Linsealt (Dr. Cushings Sygeplejerske) her endnu og hun var meget total, så vi nænnede ikke at såre hendes Følelser. Disse to Dage vil vi fejre hvert Aar og Harry vil hvert Aar give mig en lille Sølvting som Præmie. Den 4de fik jeg en lille Sølvsmørkniv el. ret Syl [tegning] til at tage Smørkugler med. 
+I Lørdags kom han hjem med ondt i Halsen og har været hjemme hele denne Uge med en slem Forkølelse. Vi har haft det helt ”sjov, underholdt hinanden” beundret Ungen og bleven opvartet på det bedste af Mrs. Loud. Harry kan sidde her ved sit Skrivebord og telefonere til Laboratoriet og rundt i Byen, så han kan nogenlunde passe sine Forretninger. – Vi anskaffede en langagtig Kurv til Ungen at sove i, men kun en lille. Den er let at flytte rundt med, hvor der er varmest. Den er temmelig bred, så Pudevårene passer godt men Størrelsen er jo ellers beregnet til Seng, og hun vil kunne bruge dem i flere Aar. –
+Doktoren siger, at vi ikke bør lade hendes Øjne komme i stærkt Lys før hun er c. 2 Måneder gammel, så vi kan ikke fotografere hende før den Tid. 
+Nelly Taylor har syet en henrivende lille Kjole til hende. – Mrs. Holbrook har foræret hende en lille bitte Guldnål med en Perle i. – 
+Jeg må sende et Kort til Fru Smith næste Gang, - hvor det var venligt af hende at sende de små Støvler! – 
+Jeg har også tænkt på hvor Febr. og Jan. [”og Jan.” indsat over linjen] altid er fuld af Begivenheder: Også Onkel Carl døde i Febr. og B. rejste til Italien. 
+Lille Grethe snorker i sin Kurv, Harry læser Aviserne og glæder sig over at Begivenhederne i Afrika er lidt mere lovende idag. Jeg vil gå og tage en Middagslur. 
+Hilsen til Svigermoder fra E.S.
+do do til dig, Far og Disser fra Pelle. 
+[Indsat s. 5 i venstre margen samt under teksten:]
+Hilsen til Mogensens. Jeg var meget imponeret over hendes Københavnsrejse, før du skrev om den mislykkede Dreng.
+[Indsat s. 8 langs venstre margen:]
+Sig til Disser, at jeg vil sætte Pris på, om hun vil vedligeholde Correspondancen med [ulæseligt]</t>
   </si>
   <si>
     <t>1900-03-01</t>
   </si>
   <si>
     <t>Astrid Warberg-Goldschmidt</t>
   </si>
   <si>
     <t>Kirstine -, pige i huset hos Hempel Syberg
 Ellen  Sawyer
 Albrecht  Warberg
 Laura Warberg</t>
   </si>
   <si>
     <t>Astrid Warbergs farbror, Conrad Warberg, var godsforvalter på Glorup syd for Nyborg. Det vides ikke, hvad sagen om "Glorups Piger" går ud på.
 Warberg-familien kendte flere medlemmer af Schroll-familien. Det er uklart, hvem Kaptain Schroll var. 
 Frk. Ben(t)sen, Marie og Grete kendes ikke. 
 Stampe imod Brodden: Kæmpe mod noget uafvendeligt. 
 Combinations: Beklædningsgenstand som er en kombination af en trøje/chemise og underbukser.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1005</t>
   </si>
   <si>
     <t>Astrid Warberg finder livet på Erikshaab kedeligt. Hun syr hulsøm, vasker osv. Hendes mors hovede er hjemsøgt af Glorups piger. 
@@ -4477,51 +4660,51 @@
 Rasmus Kattrup
 Charlotte Knipschildt
 Ernst  Knipschildt
 Gustav Knipschildt
 M Knipschildt
 Otto Knipschildt
 - Krarup, læge
 Hans Jørgen -, Kusk ved grevskabet Muckadell
 Selma Lagerlöf
 Peter Erasmus Lange-Müller
 Adolph Larsen
 Alhed Larsen
 Andreas Larsen
 Johan Larsen
 Johanne Christine Larsen
 Johannes Larsen
 Christine  Mackie
 Augusta Mogensen
 Christian Mogensen
 Alfred Nielsen
 Otto Emil  Paludan
 Frederik Paludan-Müller
 Kirstine -, pige i huset hos Hempel Syberg
 - Poulsen, løjtnant
 Ellen  Sawyer
-Eleonora Scheel
+Lili Scheel
 Karl Schou
 Marie Schou
 Robert Schumann
 - Stürup
 Elly Svarrer
 Christine Swane
 Adelheyde Syberg
 Hempel Syberg
 Sigurd Thomsen
 Vagn Thomsen
 - Vesterdal
 Johannes Vesterdal
 Albrecht  Warberg
 Frederik Warberg
 Laura Warberg
 Else Wienberg</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/n/5K5zZYof</t>
   </si>
   <si>
     <t>1901-03-24</t>
   </si>
   <si>
     <t>Theodor Philipsen</t>
@@ -10490,51 +10673,51 @@
 Else Birgitte Brønsted
 Louis Golding
 Ina  Goldschmidt
 Adolph Larsen
 Andreas Larsen
 Johannes Larsen
 Marie Larsen
 Else Larsen, Else, Andreas Larsens kone
 Thomas Mann
 Axel  Müller
 Ellen  Sawyer
 Janna Schou
 Christine Swane
 Lars Swane
 Lasse Taaning
 Albrecht  Warberg
 Andreas Warberg
 Erik Warberg Larsen
 Martin Warberg Larsen
 Laura Warberg Petersen
 Karl Zeckendorf</t>
   </si>
   <si>
     <t>Det vides ikke, hvem Lars/Lasse Taanings bror, svigerinde og dennes veninde var. Gurli, "Krastine", Kat. Sørensen, Eggert og Franzen kendes heller ikke. 
 Det er uklart, hvem det er, som Johanne C. Larsen omtaler som "ens Svigersøn". Selv havde hun ikke i 1937 en svigersøn. Det vides ikke, hvad Ina Goldschmidts barn/Astrid Warbergs barnebarn hed. 
-Sechendorf er Karl Zeckendorf, som var en jødisk øjenlæge. Janna Schou, Astrid Warbergs datter, var i et kærlighedsforhold til ham, indtil han blev ført til en koncentrationslejr og myrdet.</t>
+Sechendorf er Karl Zeckendorf, som var en jødisk øjenlæge. Janna Schou, Astrid Warbergs datter, var i et kærlighedsforhold til ham, indtil han blev ført til koncentrationslejren Sachsenhausen og myrdet.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0803</t>
   </si>
   <si>
     <t>Johanne C. Larsen har slagtet, og midt i arbejdet med dette kom der gæster. Hun er ked af, at Astrid Warberg var så berørt af ikke at blive inviteret til Else Birgitte/Mudis bryllup. Johanne blev heller ikke inviteret. Hun er bitter over, at Brønsted-familien udelukker Astrid. 
 Det er et stort påskegilde, Astrid har haft. 
 Johanne har en tid været fri for anfald. Hun spiser citron som medicin. 
 Astrid har skrevet om et hørespil, som ikke passer til Johannes verdensanskuelse, men Astrid ved ikke noget om sidstnævnte. 
 Erik/Tinge Warberg Larsens 30-års fødselsdag blev vellykket.
 Johannes/Las, Else og Andreas/Puf Larsen flygtede i påsken til Jylland for at undgå gæster. Det er dejligt, at Else holder så meget af Johannes Larsen. 
 Tysklands jødepolitik er afskyelig. 
 Johanne ønsker tillykke med det nye barnebarn.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/rT9z</t>
   </si>
   <si>
     <t>[Håndskrevet i brevet:]
 d. 30te Marts. 37.
 Kæreste lille Dis!
 Nu kommer saa det lovede Paaskebrev, men selve Paasken er da glidt hen for mig uden Brevskr. til dig. Jeg skyldte Bibbe saa rent ukristeligt og skrev et kæmpebrev til hende – og sløj er man jo efter den store Slagte- og Paaskegøren – du. Jeg havde bestilt Kone til Tirsdag, hun kunde først Onsdag og da kom der Bud, at hun ikke kom p. Gr.a. Sygdom i Hjemmet. Der stod jeg! men hang saa i alene og da det kun var en lille Gris gik det jo. Mon I fik Slagtemaden i nogenlunde Tid? Helligdagene kom jo lidt paa tværs ved Forsendelsen [”ved Forsendelsen” indsat over linjen]. De to første Helligdage havde vi fremmede. Lasse Taaning m. Broder, Svigerinde og dennes Veninde – en henrivende Københavnerinde som studerer Medicin; vi kender hende godt; hun var her baade Palmesøndag og om Onsdagen, samt altsaa Skærtorsdag m. Taanings. Den Onsd. da jeg stod alene m. Slagtningen fik jeg altsaa fremmede – Daisy og Gurli – jeg var ikke videre gæstfrit indstillet da jeg midt i det hele maatte lave an med Kaffe og Underholdning. Langfredag kom den goe Elle i dejligt Vejr; kom lige til Kaffe og blev til Aftensm. Og Aft.kaffe, saa vi fik en god Passiar Hun og Agraren kan efterhaanden helt godt sammen, jeg kunde mærke, at Agr. var glad ved at se hende? Søde Dis – hvor det gjorde mig ondt, at det Brev fra Elle berørte dig pinligt. Men jeg var da heller ikke inviteret og vidste slet ikke, at Elle var derovre før senere, men derfor glæder jeg mig da alligevel over at høre om lille Mudis Lykke. At du sørger over ikke at være i Kontakt med dine søskende, kan jeg da saa udmærket forstå, men naar Tingene er, som de er, vilde det da have været mere forbavsende, om du var bleven bedt; end at du ikke blev bedt. Det berører ogsaa mig i mit Forhold til dem, idet jeg jo aldrig kan frigøre mig for lidt Bitterhed imod dem, naar jeg tænker paa deres Udelukkelse af dig – jeg taler aldrig til Elle om dig; hun læser alle mine forsk. Breve, naar vi ses, men aldrig fra dig, og jeg har heller ikke i Sinde at fortælle om den Sallinge-Tur, men tænk saa vidste hun det skam, og ved du hvor fra? gennem lille ”Krastine” og Kat Sørensen; du havde ringet til hende nede fra Franzen. Maaske det er en smaalig Tankegang af mig, men alt det morsomme og interessante jeg faar fra dig gen. dine Breve vil jeg beholde for mig selv; hvis Elle spurgte til dig, var det måske noget andet. - - De to sidste Helligdage saa vi ikke et Menneske. Jeg tror Agraren og Tinge følte det lidt ensomt, jeg nød det i fulde Drag. Jeg havde sørget godt for deres Forplejning – Påskedag en lækker Æblekage m. Flødeskum – og saa en Lagkage til alle Kafferne. 
 2 Hvilket imponerende Paaskegilde, I skulde have! Kan I nok sidde 8 i Jannas lille Stue; jeg glæder mig til at høre om Forløbet. I har egentlig meget altid – Gæster og kommen ud, kan du nok holde til det? Du har slet ikke skrevet om, hvordan dit Hvileophold hjalp dig. Var det ikke surt at komme i Gang igen? S.u. – jeg mener om dit Befindende? Nerverne? - - 
 Man skulde virkelig tro, at Citronerne hjælper. Jeg tager altsaa baade Medicin og Citronsaft hver Dag og har ikke haft Anfald siden Fredag før Palmesøndag. Hænderne er også mindre stive og smertende om Morgenen – naa, det er jo lige meget, naar jeg bare må være fri for Anfaldene, som gør mig uarbejdsdygtig. Jeg tror ikke det er Gigt – de Anfald. Gurli sagde, at der var en Sygdom, som bestod i at Blodet har svært ved at komme gennem Aarerne (populært sagt, vel) og saa voldte store Smerter. Jeg har egentlig troet det var Arterieforkalkning og det kan jo ikke kureres. Hvor kunstigt, hvis du og jeg har opfunden Lægemiddel mod den Sygdom – men man skal jo ikke slå den Slags fast, andet kan jo have spillet ind. Til Lykke med dit Øre! hvor var det dog dejligt! Tænk om Dedde, som jo menes at ville blive stokdøv med Tiden, kunde faa en lignende Overraskelse. 
 Hvis du kan faa Mod til at gaa op og faa det ["t" i "det" overstreget] Polyper ud, saa vil det sikkert hjælpe meget paa dit Almenbefindende. 
@@ -11150,59 +11333,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/sRSA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mCHc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hHAk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rCXw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/com9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MJoL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zHtY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UrsJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LBDt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ikCS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sbqL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rmsf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PFgf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/s6Mh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NSDc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DUyV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V2FR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mM5S" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qCha" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/igzP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pD6O" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Iq10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/L6Sx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sMFS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mUfe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GIiA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9qBK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/L3md" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Iw9P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XaH1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ai8c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IynE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mI0O" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8OV5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4IPy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6doT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AUNk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TRQu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XSUd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BdAb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qi39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/z2Jn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fBOL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0Rju" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vlso" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F9KW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TCra" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ugkp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PSJg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mT3L" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DD8K" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1tGg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GAwd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VdtW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/exGo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uqv3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RgBc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cePP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sl5d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zcSP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/94Kz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SgFc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/knH1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/49Ze" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aYO2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4DgT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EUrJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kGFM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/y0d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V7Pp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jjju" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sR7v" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/u5hS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P7PO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GuXa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J4Te" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/U1ir" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kvAt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FD8g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tm3D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/p9S4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GBxo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HxDy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ncH5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/H6nO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/66fx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RM0i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uhvb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pkLk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EP5F" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TAoP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jiof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XIx4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/555E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gE1v" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y1ii" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vQeD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QTvA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/m7NC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dtRN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NncU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tRL8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cXkm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0rov" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hXEn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId111" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId112" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/412R" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId113" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hQsY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId114" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tuYk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId115" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LobZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId116" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wgqk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId117" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dkGR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId118" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/R6oZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId119" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ym43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId120" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gnOI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId121" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rPn5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId122" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7auh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId123" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yrEi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId124" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Pz9p" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId125" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8GC3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId126" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ax1o" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId127" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TW34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId128" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ghAE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId129" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ReYi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId130" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tbmn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId131" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Sp9j" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId132" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iXp6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId133" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KqDJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId134" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UdiA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId135" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NDZ9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId136" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MSU6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId137" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J0Kl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId138" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HqPT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId139" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wZX1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId140" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kWLA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId141" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3GdT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId142" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/THUn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId143" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iGwx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId144" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TZ4h" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId145" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4GAF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId146" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TobY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId147" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/doA7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId148" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ygb2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId149" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Jo55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId150" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WmBB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId151" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VMMP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId152" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EHTL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId153" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VzpU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId154" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9XDW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId155" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/weJO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId156" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UfJv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId157" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zH5s" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId158" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ytyR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId159" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LgMg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId160" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RvHo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId161" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/G5h0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId162" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XUEf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId163" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CkrA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId164" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IdoL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId165" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/piAk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId166" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wTAy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId167" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/x9Mp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId168" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PIMJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId169" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OT2N" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId170" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/R6Vg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId171" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t3T6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId172" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ywer" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId173" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tV0K" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId174" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/C1Ej" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId175" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XYAW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId176" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zpYD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId177" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/G0Yx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId178" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jmQ4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId179" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kXix" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId180" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dP2V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId181" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1NKz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId182" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LRbZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId183" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1Kr1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId184" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xKzv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId185" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/M371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId186" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Wb5J" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId187" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mHvr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId188" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OWdb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId189" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RJDN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId190" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Irxk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId191" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/W4Y2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId192" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aQkg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId193" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tEey" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId194" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZO93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId195" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/10ov" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId196" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rzCL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId197" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/l79f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId198" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4h0e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId199" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fDna" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId200" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rbqn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId201" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0Eou" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId202" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uUmD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId203" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZmpP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId204" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GOmv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId205" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/U22A" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId206" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2MsE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId207" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UqIL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId208" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V5WQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId209" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yTkm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId210" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uQiK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId211" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jXdK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId212" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KzcD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId213" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wsaG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId214" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fwJv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId215" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/w14X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId216" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gXaR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId217" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SlQ5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId218" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/68Re" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId219" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rDCL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId220" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V1gj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId221" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uPfr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId222" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RpsI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId223" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/j7gX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId224" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/og82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId225" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WYXg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId226" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/melw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId227" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5rfy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId228" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EsuI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId229" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/r7a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId230" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BDbd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId231" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tjZr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId232" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4vkB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId233" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gVdh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId234" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/n1Xc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId235" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/blTV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId236" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XXxd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId237" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ILpr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId238" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Hj2u" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId239" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KnCk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId240" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/l6it" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId241" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kFZB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId242" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zE76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId243" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WKaz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId244" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WGwP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId245" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GBob" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId246" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7Frd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId247" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/N7oI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId248" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LfEF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId249" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RNyM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId250" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t2Bs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId251" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5qwN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId252" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O1lf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId253" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1aOm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId254" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UXzT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId255" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/xgN68ydL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId256" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vcEi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId257" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lkpl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId258" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Octu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId259" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/p673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId260" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O1Eq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId261" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/YMKxiB52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId262" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MsPI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId263" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ueGf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId264" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Bf2P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId265" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jUix" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId266" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/fKcmPEbS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId267" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/x6dkJZ1D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId268" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CbcVDh1T" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId269" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/85hHuUU0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId270" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/a8XNeRKd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId271" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/7ESPx50T" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId272" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Mlv4Xur5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId273" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ppA14zv8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId274" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/LeBeRN3x" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId275" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/loZOPA32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId276" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/pRsWWVrm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId277" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/fVq7VHUz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId278" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/0dGpRLoQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId279" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/1X9pkpup" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId280" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/QHlp2CcQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId281" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Eo32Ql2O" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId282" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/2PcTgoGU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId283" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/dmQZYULF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId284" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/42yY1Vxb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId285" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/OH7bAq3o" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId286" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/yBkX5TM3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId287" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/lW1MLrDI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId288" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/7X367Eq7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId289" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/KXQYxq6i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId290" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/z4ZozgYX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId291" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZBVg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId292" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/VBzuFUdB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId293" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/pMHAJFep" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId294" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/UdaM3mlf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId295" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/jIOtZjfa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId296" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/pZjw65g0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId297" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/OM2TxztY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId298" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/uf2J9vQM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId299" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/sS5uItnh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId300" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/rETfkRhp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId301" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/B0CjgTjw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId302" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/hTjU0m9t" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId303" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ZzXmhCIy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId304" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/cXl1cFcX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId305" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/85iIficq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId306" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/GCAZZgQj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId307" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/O4heTecU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId308" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/iBIvEWUu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId309" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/b7t9WpN0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId310" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/a3McIszL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId311" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/2h10vq48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId312" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CWdOz3FY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId313" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ThrVRR7n" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId314" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Tjga" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId315" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Lk8o" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId316" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LUOZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId317" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/83pC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId318" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KlXY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId319" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hcGD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId320" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6SKO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId321" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uwnu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId322" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KwJt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId323" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BOKX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId324" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6T3w" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId325" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rT9z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId326" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TAfR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId327" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/q95M" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId328" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/azsA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId329" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0wPP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId330" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UduZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId331" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZuEQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId332" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JNI0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId333" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Qcso" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId334" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Si41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId335" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/sRSA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mCHc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hHAk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rCXw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/com9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MJoL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zHtY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UrsJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LBDt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ikCS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sbqL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rmsf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PFgf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/s6Mh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NSDc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DUyV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V2FR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mM5S" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qCha" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/igzP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pD6O" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Iq10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/L6Sx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sMFS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mUfe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GIiA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9qBK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/L3md" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Iw9P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XaH1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ai8c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IynE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mI0O" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8OV5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4IPy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6doT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AUNk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TRQu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XSUd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BdAb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qi39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/z2Jn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fBOL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0Rju" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vlso" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F9KW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TCra" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ugkp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PSJg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mT3L" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/DD8K" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1tGg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GAwd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VdtW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/exGo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uqv3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RgBc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cePP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sl5d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zcSP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/94Kz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SgFc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/knH1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/49Ze" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aYO2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4DgT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EUrJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kGFM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/y0d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V7Pp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jjju" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sR7v" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/u5hS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/P7PO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GuXa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2YKW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J4Te" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/U1ir" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kvAt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FD8g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tm3D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/p9S4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GBxo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HxDy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ncH5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/H6nO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/66fx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RM0i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uhvb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pkLk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EP5F" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TAoP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jiof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XIx4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/555E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gE1v" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Y1ii" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vQeD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QTvA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/m7NC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dtRN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OF5O" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CfR5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NncU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tRL8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId111" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cXkm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId112" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0rov" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId113" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v0Gp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId114" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hXEn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId115" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId116" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/412R" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId117" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hQsY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId118" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tuYk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId119" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LobZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId120" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wgqk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId121" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dkGR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId122" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/R6oZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId123" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ym43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId124" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gnOI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId125" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rPn5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId126" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7auh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId127" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yrEi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId128" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Pz9p" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId129" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8GC3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId130" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ax1o" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId131" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TW34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId132" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ghAE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId133" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ReYi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId134" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tbmn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId135" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Sp9j" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId136" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iXp6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId137" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KqDJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId138" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UdiA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId139" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NDZ9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId140" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MSU6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId141" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J0Kl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId142" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HqPT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId143" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wZX1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId144" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kWLA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId145" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3GdT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId146" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/THUn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId147" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iGwx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId148" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TZ4h" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId149" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4GAF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId150" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TobY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId151" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/doA7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId152" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ygb2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId153" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Jo55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId154" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WmBB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId155" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VMMP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId156" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EHTL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId157" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VzpU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId158" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9XDW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId159" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/weJO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId160" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UfJv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId161" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zH5s" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId162" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ytyR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId163" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LgMg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId164" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RvHo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId165" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/G5h0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId166" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XUEf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId167" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/CkrA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId168" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IdoL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId169" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/piAk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId170" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wTAy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId171" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/x9Mp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId172" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PIMJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId173" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OT2N" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId174" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/R6Vg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId175" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t3T6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId176" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ywer" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId177" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tV0K" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId178" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/C1Ej" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId179" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XYAW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId180" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zpYD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId181" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/G0Yx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId182" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jmQ4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId183" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kXix" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId184" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dP2V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId185" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1NKz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId186" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LRbZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId187" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1Kr1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId188" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xKzv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId189" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/M371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId190" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Wb5J" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId191" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mHvr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId192" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OWdb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId193" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RJDN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId194" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Irxk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId195" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/W4Y2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId196" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aQkg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId197" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tEey" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId198" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZO93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId199" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/10ov" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId200" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rzCL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId201" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/l79f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId202" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4h0e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId203" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fDna" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId204" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rbqn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId205" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0Eou" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId206" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uUmD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId207" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZmpP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId208" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GOmv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId209" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/U22A" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId210" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2MsE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId211" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UqIL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId212" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V5WQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId213" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yTkm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId214" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uQiK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId215" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jXdK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId216" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KzcD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId217" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wsaG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId218" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fwJv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId219" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/w14X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId220" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gXaR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId221" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SlQ5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId222" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/68Re" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId223" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rDCL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId224" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V1gj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId225" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uPfr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId226" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RpsI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId227" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/j7gX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId228" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/og82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId229" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WYXg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId230" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/melw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId231" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5rfy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId232" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EsuI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId233" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/r7a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId234" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BDbd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId235" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tjZr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId236" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4vkB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId237" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gVdh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId238" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/n1Xc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId239" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/blTV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId240" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XXxd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId241" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ILpr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId242" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Hj2u" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId243" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KnCk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId244" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/l6it" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId245" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kFZB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId246" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zE76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId247" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WKaz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId248" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/WGwP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId249" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GBob" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId250" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7Frd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId251" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/N7oI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId252" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LfEF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId253" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RNyM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId254" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t2Bs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId255" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5qwN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId256" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O1lf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId257" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1aOm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId258" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UXzT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId259" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/xgN68ydL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId260" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vcEi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId261" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lkpl" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId262" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Octu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId263" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/p673" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId264" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O1Eq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId265" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/YMKxiB52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId266" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MsPI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId267" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ueGf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId268" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Bf2P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId269" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jUix" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId270" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/fKcmPEbS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId271" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/x6dkJZ1D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId272" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CbcVDh1T" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId273" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/85hHuUU0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId274" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/a8XNeRKd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId275" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/7ESPx50T" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId276" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Mlv4Xur5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId277" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ppA14zv8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId278" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/LeBeRN3x" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId279" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/loZOPA32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId280" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/pRsWWVrm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId281" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/fVq7VHUz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId282" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/0dGpRLoQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId283" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/1X9pkpup" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId284" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/QHlp2CcQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId285" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Eo32Ql2O" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId286" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/2PcTgoGU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId287" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/dmQZYULF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId288" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/42yY1Vxb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId289" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/OH7bAq3o" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId290" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/yBkX5TM3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId291" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/lW1MLrDI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId292" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/7X367Eq7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId293" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/KXQYxq6i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId294" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/z4ZozgYX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId295" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZBVg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId296" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/VBzuFUdB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId297" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/pMHAJFep" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId298" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/UdaM3mlf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId299" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/jIOtZjfa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId300" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/pZjw65g0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId301" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/OM2TxztY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId302" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/uf2J9vQM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId303" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/sS5uItnh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId304" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/rETfkRhp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId305" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/B0CjgTjw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId306" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/hTjU0m9t" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId307" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ZzXmhCIy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId308" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/cXl1cFcX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId309" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/85iIficq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId310" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/GCAZZgQj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId311" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/O4heTecU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId312" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/iBIvEWUu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId313" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/b7t9WpN0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId314" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/a3McIszL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId315" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/2h10vq48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId316" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/CWdOz3FY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId317" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/ThrVRR7n" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId318" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Tjga" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId319" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Lk8o" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId320" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LUOZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId321" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/83pC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId322" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KlXY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId323" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hcGD" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId324" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6SKO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId325" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uwnu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId326" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KwJt" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId327" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BOKX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId328" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6T3w" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId329" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rT9z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId330" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TAfR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId331" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/q95M" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId332" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/azsA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId333" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0wPP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId334" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UduZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId335" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZuEQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId336" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JNI0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId337" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Qcso" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId338" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Si41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId339" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M330"/>
+  <dimension ref="A1:M334"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -14552,160 +14735,162 @@
       </c>
       <c r="I76" s="5" t="s">
         <v>572</v>
       </c>
       <c r="J76" s="5" t="s">
         <v>20</v>
       </c>
       <c r="K76" s="5" t="s">
         <v>573</v>
       </c>
       <c r="L76" s="6" t="s">
         <v>574</v>
       </c>
       <c r="M76" s="5" t="s">
         <v>575</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="5" t="s">
         <v>576</v>
       </c>
       <c r="B77" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C77" s="5" t="s">
-        <v>16</v>
+        <v>72</v>
       </c>
       <c r="D77" s="5" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="E77" s="5" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="F77" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G77" s="5" t="s">
+      <c r="G77" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H77" s="5" t="s">
         <v>577</v>
       </c>
-      <c r="H77" s="5" t="s">
+      <c r="I77" s="5" t="s">
         <v>578</v>
       </c>
-      <c r="I77" s="5" t="s">
+      <c r="J77" s="5" t="s">
         <v>579</v>
-      </c>
-[...1 lines deleted...]
-        <v>20</v>
       </c>
       <c r="K77" s="5" t="s">
         <v>580</v>
       </c>
       <c r="L77" s="6" t="s">
         <v>581</v>
       </c>
       <c r="M77" s="5" t="s">
         <v>582</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="5" t="s">
         <v>583</v>
       </c>
       <c r="B78" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C78" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D78" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="D78" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E78" s="5" t="s">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="F78" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G78" s="5" t="s">
         <v>584</v>
       </c>
       <c r="H78" s="5" t="s">
         <v>585</v>
       </c>
       <c r="I78" s="5" t="s">
         <v>586</v>
       </c>
       <c r="J78" s="5" t="s">
         <v>20</v>
       </c>
       <c r="K78" s="5" t="s">
         <v>587</v>
       </c>
       <c r="L78" s="6" t="s">
         <v>588</v>
       </c>
       <c r="M78" s="5" t="s">
         <v>589</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="5" t="s">
         <v>590</v>
       </c>
       <c r="B79" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C79" s="5" t="s">
         <v>25</v>
       </c>
       <c r="D79" s="5" t="s">
-        <v>26</v>
+        <v>16</v>
       </c>
       <c r="E79" s="5" t="s">
         <v>18</v>
       </c>
-      <c r="F79" s="5" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="F79" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G79" s="5" t="s">
+        <v>591</v>
       </c>
       <c r="H79" s="5" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="I79" s="5" t="s">
-        <v>592</v>
+        <v>593</v>
       </c>
       <c r="J79" s="5" t="s">
-        <v>593</v>
+        <v>20</v>
       </c>
       <c r="K79" s="5" t="s">
         <v>594</v>
       </c>
       <c r="L79" s="6" t="s">
         <v>595</v>
       </c>
       <c r="M79" s="5" t="s">
         <v>596</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="5" t="s">
         <v>597</v>
       </c>
       <c r="B80" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C80" s="5" t="s">
         <v>25</v>
       </c>
       <c r="D80" s="5" t="s">
         <v>26</v>
       </c>
       <c r="E80" s="5" t="s">
@@ -14727,11305 +14912,11487 @@
       </c>
       <c r="J80" s="5" t="s">
         <v>600</v>
       </c>
       <c r="K80" s="5" t="s">
         <v>601</v>
       </c>
       <c r="L80" s="6" t="s">
         <v>602</v>
       </c>
       <c r="M80" s="5" t="s">
         <v>603</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="5" t="s">
         <v>604</v>
       </c>
       <c r="B81" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C81" s="5" t="s">
         <v>25</v>
       </c>
       <c r="D81" s="5" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
       <c r="E81" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="F81" s="5" t="s">
         <v>41</v>
       </c>
-      <c r="F81" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G81" s="5" t="s">
+      <c r="G81" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H81" s="5" t="s">
         <v>605</v>
       </c>
-      <c r="H81" s="5" t="s">
+      <c r="I81" s="5" t="s">
         <v>606</v>
       </c>
-      <c r="I81" s="5" t="s">
+      <c r="J81" s="5" t="s">
         <v>607</v>
-      </c>
-[...1 lines deleted...]
-        <v>20</v>
       </c>
       <c r="K81" s="5" t="s">
         <v>608</v>
       </c>
       <c r="L81" s="6" t="s">
         <v>609</v>
       </c>
       <c r="M81" s="5" t="s">
         <v>610</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="5" t="s">
         <v>611</v>
       </c>
       <c r="B82" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C82" s="5" t="s">
-        <v>15</v>
+        <v>25</v>
       </c>
       <c r="D82" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E82" s="5" t="s">
+        <v>41</v>
+      </c>
+      <c r="F82" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G82" s="5" t="s">
         <v>612</v>
-      </c>
-[...9 lines deleted...]
-        </is>
       </c>
       <c r="H82" s="5" t="s">
         <v>613</v>
       </c>
       <c r="I82" s="5" t="s">
         <v>614</v>
       </c>
       <c r="J82" s="5" t="s">
-        <v>102</v>
+        <v>20</v>
       </c>
       <c r="K82" s="5" t="s">
         <v>615</v>
       </c>
       <c r="L82" s="6" t="s">
         <v>616</v>
       </c>
       <c r="M82" s="5" t="s">
         <v>617</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="5" t="s">
         <v>618</v>
       </c>
       <c r="B83" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C83" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D83" s="5" t="s">
-        <v>612</v>
+        <v>619</v>
       </c>
       <c r="E83" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F83" s="5" t="s">
         <v>18</v>
       </c>
-      <c r="G83" s="5" t="s">
-        <v>619</v>
+      <c r="G83" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H83" s="5" t="s">
         <v>620</v>
       </c>
       <c r="I83" s="5" t="s">
         <v>621</v>
       </c>
       <c r="J83" s="5" t="s">
         <v>102</v>
       </c>
       <c r="K83" s="5" t="s">
         <v>622</v>
       </c>
       <c r="L83" s="6" t="s">
         <v>623</v>
       </c>
       <c r="M83" s="5" t="s">
         <v>624</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="5" t="s">
         <v>625</v>
       </c>
       <c r="B84" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C84" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D84" s="5" t="s">
-        <v>612</v>
+        <v>619</v>
       </c>
       <c r="E84" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F84" s="5" t="s">
         <v>18</v>
       </c>
-      <c r="G84" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G84" s="5" t="s">
+        <v>626</v>
       </c>
       <c r="H84" s="5" t="s">
-        <v>626</v>
+        <v>627</v>
       </c>
       <c r="I84" s="5" t="s">
-        <v>627</v>
+        <v>628</v>
       </c>
       <c r="J84" s="5" t="s">
         <v>102</v>
       </c>
       <c r="K84" s="5" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
       <c r="L84" s="6" t="s">
-        <v>629</v>
+        <v>630</v>
       </c>
       <c r="M84" s="5" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="5" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="B85" s="5" t="s">
-        <v>258</v>
+        <v>14</v>
       </c>
       <c r="C85" s="5" t="s">
-        <v>632</v>
+        <v>15</v>
       </c>
       <c r="D85" s="5" t="s">
-        <v>26</v>
+        <v>619</v>
       </c>
       <c r="E85" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F85" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G85" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H85" s="5" t="s">
         <v>633</v>
-      </c>
-[...9 lines deleted...]
-        </is>
       </c>
       <c r="I85" s="5" t="s">
         <v>634</v>
       </c>
       <c r="J85" s="5" t="s">
         <v>102</v>
       </c>
       <c r="K85" s="5" t="s">
         <v>635</v>
       </c>
       <c r="L85" s="6" t="s">
         <v>636</v>
       </c>
       <c r="M85" s="5" t="s">
         <v>637</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="5" t="s">
         <v>638</v>
       </c>
       <c r="B86" s="5" t="s">
-        <v>14</v>
+        <v>258</v>
       </c>
       <c r="C86" s="5" t="s">
-        <v>16</v>
+        <v>639</v>
       </c>
       <c r="D86" s="5" t="s">
-        <v>639</v>
+        <v>26</v>
       </c>
       <c r="E86" s="5" t="s">
-        <v>175</v>
-[...11 lines deleted...]
-      <c r="H86" s="5" t="s">
         <v>640</v>
+      </c>
+      <c r="F86" s="5" t="s">
+        <v>41</v>
+      </c>
+      <c r="G86" s="5" t="s">
+        <v>640</v>
+      </c>
+      <c r="H86" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I86" s="5" t="s">
         <v>641</v>
       </c>
       <c r="J86" s="5" t="s">
+        <v>102</v>
+      </c>
+      <c r="K86" s="5" t="s">
         <v>642</v>
       </c>
-      <c r="K86" s="5" t="s">
+      <c r="L86" s="6" t="s">
         <v>643</v>
       </c>
-      <c r="L86" s="6" t="s">
+      <c r="M86" s="5" t="s">
         <v>644</v>
-      </c>
-[...1 lines deleted...]
-        <v>645</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="5" t="s">
-        <v>638</v>
+        <v>645</v>
       </c>
       <c r="B87" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C87" s="5" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="D87" s="5" t="s">
-        <v>26</v>
+        <v>646</v>
       </c>
       <c r="E87" s="5" t="s">
         <v>175</v>
       </c>
-      <c r="F87" s="5" t="s">
-[...3 lines deleted...]
-        <v>646</v>
+      <c r="F87" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G87" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H87" s="5" t="s">
-        <v>16</v>
+        <v>647</v>
       </c>
       <c r="I87" s="5" t="s">
-        <v>647</v>
+        <v>648</v>
       </c>
       <c r="J87" s="5" t="s">
-        <v>102</v>
+        <v>649</v>
       </c>
       <c r="K87" s="5" t="s">
-        <v>648</v>
+        <v>650</v>
       </c>
       <c r="L87" s="6" t="s">
-        <v>649</v>
+        <v>651</v>
       </c>
       <c r="M87" s="5" t="s">
-        <v>650</v>
+        <v>652</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="5" t="s">
-        <v>651</v>
+        <v>645</v>
       </c>
       <c r="B88" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C88" s="5" t="s">
         <v>25</v>
       </c>
       <c r="D88" s="5" t="s">
         <v>26</v>
       </c>
       <c r="E88" s="5" t="s">
-        <v>98</v>
+        <v>175</v>
       </c>
       <c r="F88" s="5" t="s">
         <v>41</v>
       </c>
       <c r="G88" s="5" t="s">
-        <v>652</v>
+        <v>653</v>
       </c>
       <c r="H88" s="5" t="s">
-        <v>653</v>
-[...1 lines deleted...]
-      <c r="I88" s="5"/>
+        <v>16</v>
+      </c>
+      <c r="I88" s="5" t="s">
+        <v>654</v>
+      </c>
       <c r="J88" s="5" t="s">
         <v>102</v>
       </c>
       <c r="K88" s="5" t="s">
-        <v>654</v>
+        <v>655</v>
       </c>
       <c r="L88" s="6" t="s">
-        <v>655</v>
+        <v>656</v>
       </c>
       <c r="M88" s="5" t="s">
-        <v>656</v>
+        <v>657</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="5" t="s">
-        <v>657</v>
+        <v>658</v>
       </c>
       <c r="B89" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C89" s="5" t="s">
         <v>25</v>
       </c>
       <c r="D89" s="5" t="s">
         <v>26</v>
       </c>
       <c r="E89" s="5" t="s">
         <v>98</v>
       </c>
       <c r="F89" s="5" t="s">
-        <v>658</v>
+        <v>41</v>
       </c>
       <c r="G89" s="5" t="s">
         <v>659</v>
       </c>
       <c r="H89" s="5" t="s">
         <v>660</v>
       </c>
-      <c r="I89" s="5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I89" s="5"/>
       <c r="J89" s="5" t="s">
         <v>102</v>
       </c>
       <c r="K89" s="5" t="s">
+        <v>661</v>
+      </c>
+      <c r="L89" s="6" t="s">
         <v>662</v>
       </c>
-      <c r="L89" s="6" t="s">
+      <c r="M89" s="5" t="s">
         <v>663</v>
-      </c>
-[...1 lines deleted...]
-        <v>664</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="5" t="s">
-        <v>657</v>
+        <v>664</v>
       </c>
       <c r="B90" s="5" t="s">
-        <v>258</v>
+        <v>14</v>
       </c>
       <c r="C90" s="5" t="s">
-        <v>16</v>
+        <v>25</v>
       </c>
       <c r="D90" s="5" t="s">
-        <v>612</v>
+        <v>26</v>
       </c>
       <c r="E90" s="5" t="s">
         <v>98</v>
       </c>
       <c r="F90" s="5" t="s">
-        <v>18</v>
+        <v>665</v>
       </c>
       <c r="G90" s="5" t="s">
-        <v>665</v>
+        <v>666</v>
       </c>
       <c r="H90" s="5" t="s">
-        <v>25</v>
+        <v>667</v>
       </c>
       <c r="I90" s="5" t="s">
-        <v>666</v>
+        <v>668</v>
       </c>
       <c r="J90" s="5" t="s">
         <v>102</v>
       </c>
       <c r="K90" s="5" t="s">
-        <v>667</v>
+        <v>669</v>
       </c>
       <c r="L90" s="6" t="s">
-        <v>668</v>
+        <v>670</v>
       </c>
       <c r="M90" s="5" t="s">
-        <v>669</v>
+        <v>671</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="5" t="s">
-        <v>657</v>
+        <v>664</v>
       </c>
       <c r="B91" s="5" t="s">
-        <v>150</v>
+        <v>258</v>
       </c>
       <c r="C91" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D91" s="5" t="s">
-        <v>612</v>
+        <v>619</v>
       </c>
       <c r="E91" s="5" t="s">
         <v>98</v>
       </c>
       <c r="F91" s="5" t="s">
-        <v>670</v>
-[...4 lines deleted...]
-        </is>
+        <v>18</v>
+      </c>
+      <c r="G91" s="5" t="s">
+        <v>672</v>
       </c>
       <c r="H91" s="5" t="s">
-        <v>671</v>
+        <v>25</v>
       </c>
       <c r="I91" s="5" t="s">
-        <v>672</v>
+        <v>673</v>
       </c>
       <c r="J91" s="5" t="s">
-        <v>673</v>
+        <v>102</v>
       </c>
       <c r="K91" s="5" t="s">
         <v>674</v>
       </c>
       <c r="L91" s="6" t="s">
         <v>675</v>
       </c>
       <c r="M91" s="5" t="s">
         <v>676</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="5" t="s">
+        <v>664</v>
+      </c>
+      <c r="B92" s="5" t="s">
+        <v>150</v>
+      </c>
+      <c r="C92" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D92" s="5" t="s">
+        <v>619</v>
+      </c>
+      <c r="E92" s="5" t="s">
+        <v>98</v>
+      </c>
+      <c r="F92" s="5" t="s">
         <v>677</v>
-      </c>
-[...17 lines deleted...]
-        </is>
       </c>
       <c r="G92" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H92" s="5" t="s">
         <v>678</v>
       </c>
       <c r="I92" s="5" t="s">
         <v>679</v>
       </c>
       <c r="J92" s="5" t="s">
         <v>680</v>
       </c>
       <c r="K92" s="5" t="s">
         <v>681</v>
       </c>
       <c r="L92" s="6" t="s">
         <v>682</v>
       </c>
       <c r="M92" s="5" t="s">
         <v>683</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="5" t="s">
-        <v>677</v>
+        <v>684</v>
       </c>
       <c r="B93" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C93" s="5" t="s">
-        <v>16</v>
+        <v>25</v>
       </c>
       <c r="D93" s="5" t="s">
-        <v>639</v>
-[...2 lines deleted...]
-        <v>98</v>
+        <v>26</v>
+      </c>
+      <c r="E93" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F93" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G93" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H93" s="5" t="s">
-        <v>684</v>
+        <v>685</v>
       </c>
       <c r="I93" s="5" t="s">
-        <v>685</v>
+        <v>686</v>
       </c>
       <c r="J93" s="5" t="s">
-        <v>686</v>
+        <v>687</v>
       </c>
       <c r="K93" s="5" t="s">
-        <v>687</v>
+        <v>688</v>
       </c>
       <c r="L93" s="6" t="s">
-        <v>688</v>
+        <v>689</v>
       </c>
       <c r="M93" s="5" t="s">
-        <v>689</v>
+        <v>690</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="5" t="s">
-        <v>690</v>
+        <v>684</v>
       </c>
       <c r="B94" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C94" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D94" s="5" t="s">
-        <v>639</v>
+        <v>646</v>
       </c>
       <c r="E94" s="5" t="s">
         <v>98</v>
       </c>
       <c r="F94" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G94" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H94" s="5" t="s">
         <v>691</v>
       </c>
       <c r="I94" s="5" t="s">
         <v>692</v>
       </c>
       <c r="J94" s="5" t="s">
         <v>693</v>
       </c>
       <c r="K94" s="5" t="s">
         <v>694</v>
       </c>
       <c r="L94" s="6" t="s">
         <v>695</v>
       </c>
       <c r="M94" s="5" t="s">
         <v>696</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="5" t="s">
         <v>697</v>
       </c>
       <c r="B95" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C95" s="5" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="D95" s="5" t="s">
-        <v>26</v>
-[...4 lines deleted...]
-        </is>
+        <v>646</v>
+      </c>
+      <c r="E95" s="5" t="s">
+        <v>98</v>
       </c>
       <c r="F95" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G95" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H95" s="5" t="s">
         <v>698</v>
       </c>
       <c r="I95" s="5" t="s">
         <v>699</v>
       </c>
       <c r="J95" s="5" t="s">
         <v>700</v>
       </c>
       <c r="K95" s="5" t="s">
         <v>701</v>
       </c>
       <c r="L95" s="6" t="s">
         <v>702</v>
       </c>
       <c r="M95" s="5" t="s">
         <v>703</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="5" t="s">
         <v>704</v>
       </c>
       <c r="B96" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C96" s="5" t="s">
         <v>25</v>
       </c>
       <c r="D96" s="5" t="s">
-        <v>71</v>
-[...1 lines deleted...]
-      <c r="E96" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="E96" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F96" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G96" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H96" s="5" t="s">
         <v>705</v>
       </c>
-      <c r="F96" s="5" t="s">
+      <c r="I96" s="5" t="s">
         <v>706</v>
       </c>
-      <c r="G96" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H96" s="5" t="s">
+      <c r="J96" s="5" t="s">
         <v>707</v>
       </c>
-      <c r="I96" s="5" t="s">
+      <c r="K96" s="5" t="s">
         <v>708</v>
       </c>
-      <c r="J96" s="5" t="s">
+      <c r="L96" s="6" t="s">
         <v>709</v>
       </c>
-      <c r="K96" s="5" t="s">
+      <c r="M96" s="5" t="s">
         <v>710</v>
-      </c>
-[...4 lines deleted...]
-        <v>712</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="5" t="s">
-        <v>713</v>
+        <v>711</v>
       </c>
       <c r="B97" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C97" s="5" t="s">
-        <v>16</v>
+        <v>25</v>
       </c>
       <c r="D97" s="5" t="s">
-        <v>25</v>
+        <v>71</v>
       </c>
       <c r="E97" s="5" t="s">
+        <v>712</v>
+      </c>
+      <c r="F97" s="5" t="s">
+        <v>713</v>
+      </c>
+      <c r="G97" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H97" s="5" t="s">
         <v>714</v>
       </c>
-      <c r="F97" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H97" s="5" t="s">
+      <c r="I97" s="5" t="s">
         <v>715</v>
       </c>
-      <c r="I97" s="5" t="s">
+      <c r="J97" s="5" t="s">
         <v>716</v>
-      </c>
-[...1 lines deleted...]
-        <v>20</v>
       </c>
       <c r="K97" s="5" t="s">
         <v>717</v>
       </c>
       <c r="L97" s="6" t="s">
         <v>718</v>
       </c>
       <c r="M97" s="5" t="s">
         <v>719</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="5" t="s">
         <v>720</v>
       </c>
       <c r="B98" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C98" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D98" s="5" t="s">
         <v>25</v>
       </c>
       <c r="E98" s="5" t="s">
-        <v>18</v>
+        <v>721</v>
       </c>
       <c r="F98" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G98" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H98" s="5" t="s">
-        <v>721</v>
+        <v>722</v>
       </c>
       <c r="I98" s="5" t="s">
-        <v>722</v>
+        <v>723</v>
       </c>
       <c r="J98" s="5" t="s">
         <v>20</v>
       </c>
       <c r="K98" s="5" t="s">
-        <v>723</v>
+        <v>724</v>
       </c>
       <c r="L98" s="6" t="s">
-        <v>724</v>
+        <v>725</v>
       </c>
       <c r="M98" s="5" t="s">
-        <v>725</v>
+        <v>726</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="5" t="s">
-        <v>726</v>
+        <v>727</v>
       </c>
       <c r="B99" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C99" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D99" s="5" t="s">
         <v>25</v>
       </c>
       <c r="E99" s="5" t="s">
         <v>18</v>
       </c>
       <c r="F99" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G99" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H99" s="5" t="s">
-        <v>727</v>
+        <v>728</v>
       </c>
       <c r="I99" s="5" t="s">
-        <v>728</v>
+        <v>729</v>
       </c>
       <c r="J99" s="5" t="s">
         <v>20</v>
       </c>
       <c r="K99" s="5" t="s">
-        <v>729</v>
+        <v>730</v>
       </c>
       <c r="L99" s="6" t="s">
-        <v>730</v>
+        <v>731</v>
       </c>
       <c r="M99" s="5" t="s">
-        <v>731</v>
+        <v>732</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="5" t="s">
-        <v>732</v>
+        <v>733</v>
       </c>
       <c r="B100" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C100" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D100" s="5" t="s">
         <v>25</v>
       </c>
       <c r="E100" s="5" t="s">
         <v>18</v>
       </c>
       <c r="F100" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G100" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H100" s="5" t="s">
-        <v>733</v>
+        <v>734</v>
       </c>
       <c r="I100" s="5" t="s">
-        <v>734</v>
+        <v>735</v>
       </c>
       <c r="J100" s="5" t="s">
         <v>20</v>
       </c>
       <c r="K100" s="5" t="s">
-        <v>735</v>
+        <v>736</v>
       </c>
       <c r="L100" s="6" t="s">
-        <v>736</v>
+        <v>737</v>
       </c>
       <c r="M100" s="5" t="s">
-        <v>737</v>
+        <v>738</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="5" t="s">
-        <v>738</v>
+        <v>739</v>
       </c>
       <c r="B101" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C101" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D101" s="5" t="s">
         <v>25</v>
       </c>
       <c r="E101" s="5" t="s">
         <v>18</v>
       </c>
       <c r="F101" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G101" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H101" s="5" t="s">
-        <v>739</v>
+        <v>740</v>
       </c>
       <c r="I101" s="5" t="s">
-        <v>740</v>
+        <v>741</v>
       </c>
       <c r="J101" s="5" t="s">
         <v>20</v>
       </c>
       <c r="K101" s="5" t="s">
-        <v>741</v>
+        <v>742</v>
       </c>
       <c r="L101" s="6" t="s">
-        <v>742</v>
+        <v>743</v>
       </c>
       <c r="M101" s="5" t="s">
-        <v>743</v>
+        <v>744</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="5" t="s">
-        <v>744</v>
+        <v>745</v>
       </c>
       <c r="B102" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C102" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D102" s="5" t="s">
         <v>25</v>
       </c>
       <c r="E102" s="5" t="s">
-        <v>745</v>
+        <v>18</v>
       </c>
       <c r="F102" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G102" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H102" s="5" t="s">
         <v>746</v>
       </c>
       <c r="I102" s="5" t="s">
         <v>747</v>
       </c>
       <c r="J102" s="5" t="s">
         <v>20</v>
       </c>
       <c r="K102" s="5" t="s">
         <v>748</v>
       </c>
       <c r="L102" s="6" t="s">
         <v>749</v>
       </c>
       <c r="M102" s="5" t="s">
         <v>750</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="5" t="s">
         <v>751</v>
       </c>
       <c r="B103" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C103" s="5" t="s">
-        <v>16</v>
+        <v>214</v>
       </c>
       <c r="D103" s="5" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="E103" s="5" t="s">
-        <v>745</v>
+        <v>752</v>
       </c>
       <c r="F103" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G103" s="5" t="s">
-        <v>752</v>
+      <c r="G103" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H103" s="5" t="s">
         <v>753</v>
       </c>
       <c r="I103" s="5" t="s">
         <v>754</v>
       </c>
       <c r="J103" s="5" t="s">
-        <v>20</v>
+        <v>755</v>
       </c>
       <c r="K103" s="5" t="s">
-        <v>755</v>
+        <v>756</v>
       </c>
       <c r="L103" s="6" t="s">
-        <v>756</v>
+        <v>757</v>
       </c>
       <c r="M103" s="5" t="s">
-        <v>757</v>
+        <v>758</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="5" t="s">
-        <v>758</v>
+        <v>759</v>
       </c>
       <c r="B104" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C104" s="5" t="s">
-        <v>25</v>
+        <v>214</v>
       </c>
       <c r="D104" s="5" t="s">
-        <v>16</v>
-[...4 lines deleted...]
-        </is>
+        <v>26</v>
+      </c>
+      <c r="E104" s="5" t="s">
+        <v>760</v>
       </c>
       <c r="F104" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G104" s="5" t="s">
-        <v>759</v>
+      <c r="G104" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H104" s="5" t="s">
-        <v>760</v>
+        <v>761</v>
       </c>
       <c r="I104" s="5" t="s">
-        <v>761</v>
+        <v>762</v>
       </c>
       <c r="J104" s="5" t="s">
-        <v>20</v>
+        <v>763</v>
       </c>
       <c r="K104" s="5" t="s">
-        <v>762</v>
+        <v>764</v>
       </c>
       <c r="L104" s="6" t="s">
-        <v>763</v>
+        <v>765</v>
       </c>
       <c r="M104" s="5" t="s">
-        <v>764</v>
+        <v>766</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="5" t="s">
-        <v>765</v>
+        <v>767</v>
       </c>
       <c r="B105" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C105" s="5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D105" s="5" t="s">
-        <v>612</v>
+        <v>25</v>
       </c>
       <c r="E105" s="5" t="s">
-        <v>17</v>
-[...5 lines deleted...]
-        <v>766</v>
+        <v>768</v>
+      </c>
+      <c r="F105" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G105" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H105" s="5" t="s">
-        <v>767</v>
+        <v>769</v>
       </c>
       <c r="I105" s="5" t="s">
-        <v>768</v>
+        <v>770</v>
       </c>
       <c r="J105" s="5" t="s">
-        <v>102</v>
+        <v>20</v>
       </c>
       <c r="K105" s="5" t="s">
-        <v>769</v>
+        <v>771</v>
       </c>
       <c r="L105" s="6" t="s">
-        <v>770</v>
+        <v>772</v>
       </c>
       <c r="M105" s="5" t="s">
-        <v>771</v>
+        <v>773</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="5" t="s">
-        <v>772</v>
+        <v>774</v>
       </c>
       <c r="B106" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C106" s="5" t="s">
-        <v>773</v>
+        <v>16</v>
       </c>
       <c r="D106" s="5" t="s">
-        <v>114</v>
+        <v>25</v>
       </c>
       <c r="E106" s="5" t="s">
-        <v>41</v>
+        <v>768</v>
       </c>
       <c r="F106" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G106" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G106" s="5" t="s">
+        <v>775</v>
       </c>
       <c r="H106" s="5" t="s">
-        <v>774</v>
+        <v>776</v>
       </c>
       <c r="I106" s="5" t="s">
-        <v>775</v>
+        <v>777</v>
       </c>
       <c r="J106" s="5" t="s">
-        <v>776</v>
+        <v>20</v>
       </c>
       <c r="K106" s="5" t="s">
-        <v>777</v>
+        <v>778</v>
       </c>
       <c r="L106" s="6" t="s">
-        <v>778</v>
+        <v>779</v>
       </c>
       <c r="M106" s="5" t="s">
-        <v>779</v>
+        <v>780</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="5" t="s">
-        <v>780</v>
+        <v>781</v>
       </c>
       <c r="B107" s="5" t="s">
-        <v>781</v>
+        <v>14</v>
       </c>
       <c r="C107" s="5" t="s">
-        <v>773</v>
-[...4 lines deleted...]
-        </is>
+        <v>25</v>
+      </c>
+      <c r="D107" s="5" t="s">
+        <v>16</v>
       </c>
       <c r="E107" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F107" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G107" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G107" s="5" t="s">
+        <v>782</v>
       </c>
       <c r="H107" s="5" t="s">
-        <v>782</v>
-[...10 lines deleted...]
-        </is>
+        <v>783</v>
+      </c>
+      <c r="I107" s="5" t="s">
+        <v>784</v>
+      </c>
+      <c r="J107" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="K107" s="5" t="s">
+        <v>785</v>
       </c>
       <c r="L107" s="6" t="s">
-        <v>783</v>
-[...1 lines deleted...]
-      <c r="M107" s="5"/>
+        <v>786</v>
+      </c>
+      <c r="M107" s="5" t="s">
+        <v>787</v>
+      </c>
     </row>
     <row r="108">
       <c r="A108" s="5" t="s">
-        <v>784</v>
+        <v>788</v>
       </c>
       <c r="B108" s="5" t="s">
-        <v>258</v>
+        <v>14</v>
       </c>
       <c r="C108" s="5" t="s">
-        <v>785</v>
+        <v>15</v>
       </c>
       <c r="D108" s="5" t="s">
-        <v>16</v>
+        <v>619</v>
       </c>
       <c r="E108" s="5" t="s">
-        <v>479</v>
+        <v>17</v>
       </c>
       <c r="F108" s="5" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G108" s="5" t="s">
-        <v>786</v>
+        <v>789</v>
       </c>
       <c r="H108" s="5" t="s">
-        <v>787</v>
-[...1 lines deleted...]
-      <c r="I108" s="5"/>
+        <v>790</v>
+      </c>
+      <c r="I108" s="5" t="s">
+        <v>791</v>
+      </c>
       <c r="J108" s="5" t="s">
         <v>102</v>
       </c>
       <c r="K108" s="5" t="s">
-        <v>788</v>
+        <v>792</v>
       </c>
       <c r="L108" s="6" t="s">
-        <v>789</v>
+        <v>793</v>
       </c>
       <c r="M108" s="5" t="s">
-        <v>790</v>
+        <v>794</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="5" t="s">
-        <v>791</v>
+        <v>795</v>
       </c>
       <c r="B109" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C109" s="5" t="s">
-        <v>25</v>
+        <v>214</v>
       </c>
       <c r="D109" s="5" t="s">
-        <v>16</v>
-[...2 lines deleted...]
-        <v>41</v>
+        <v>26</v>
+      </c>
+      <c r="E109" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F109" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G109" s="5" t="s">
-[...5 lines deleted...]
-      <c r="I109" s="5"/>
+      <c r="G109" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H109" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I109" s="5" t="s">
+        <v>796</v>
+      </c>
       <c r="J109" s="5" t="s">
-        <v>20</v>
+        <v>797</v>
       </c>
       <c r="K109" s="5" t="s">
-        <v>794</v>
+        <v>798</v>
       </c>
       <c r="L109" s="6" t="s">
-        <v>795</v>
+        <v>799</v>
       </c>
       <c r="M109" s="5" t="s">
-        <v>796</v>
+        <v>800</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="5" t="s">
-        <v>797</v>
+        <v>801</v>
       </c>
       <c r="B110" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C110" s="5" t="s">
-        <v>15</v>
+        <v>802</v>
       </c>
       <c r="D110" s="5" t="s">
-        <v>612</v>
+        <v>114</v>
       </c>
       <c r="E110" s="5" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>41</v>
+      </c>
+      <c r="F110" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G110" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H110" s="5" t="s">
-        <v>798</v>
+        <v>803</v>
       </c>
       <c r="I110" s="5" t="s">
-        <v>799</v>
+        <v>804</v>
       </c>
       <c r="J110" s="5" t="s">
-        <v>102</v>
+        <v>805</v>
       </c>
       <c r="K110" s="5" t="s">
-        <v>800</v>
+        <v>806</v>
       </c>
       <c r="L110" s="6" t="s">
-        <v>801</v>
+        <v>807</v>
       </c>
       <c r="M110" s="5" t="s">
-        <v>802</v>
+        <v>808</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="5" t="s">
-        <v>803</v>
+        <v>809</v>
       </c>
       <c r="B111" s="5" t="s">
-        <v>14</v>
+        <v>810</v>
       </c>
       <c r="C111" s="5" t="s">
-        <v>804</v>
-[...5 lines deleted...]
-        <v>98</v>
+        <v>802</v>
+      </c>
+      <c r="D111" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E111" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F111" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G111" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H111" s="5" t="s">
-        <v>805</v>
-[...8 lines deleted...]
-        <v>808</v>
+        <v>811</v>
+      </c>
+      <c r="I111" s="5"/>
+      <c r="J111" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K111" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L111" s="6" t="s">
-        <v>809</v>
-[...3 lines deleted...]
-      </c>
+        <v>812</v>
+      </c>
+      <c r="M111" s="5"/>
     </row>
     <row r="112">
       <c r="A112" s="5" t="s">
-        <v>811</v>
+        <v>813</v>
       </c>
       <c r="B112" s="5" t="s">
-        <v>14</v>
+        <v>258</v>
       </c>
       <c r="C112" s="5" t="s">
+        <v>814</v>
+      </c>
+      <c r="D112" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D112" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E112" s="5" t="s">
-        <v>18</v>
-[...9 lines deleted...]
-        </is>
+        <v>479</v>
+      </c>
+      <c r="F112" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="G112" s="5" t="s">
+        <v>815</v>
       </c>
       <c r="H112" s="5" t="s">
-        <v>812</v>
-[...3 lines deleted...]
-      </c>
+        <v>816</v>
+      </c>
+      <c r="I112" s="5"/>
       <c r="J112" s="5" t="s">
-        <v>20</v>
+        <v>102</v>
       </c>
       <c r="K112" s="5" t="s">
-        <v>814</v>
+        <v>817</v>
       </c>
       <c r="L112" s="6" t="s">
-        <v>815</v>
+        <v>818</v>
       </c>
       <c r="M112" s="5" t="s">
-        <v>816</v>
+        <v>819</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="5" t="s">
-        <v>817</v>
+        <v>820</v>
       </c>
       <c r="B113" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C113" s="5" t="s">
-        <v>114</v>
+        <v>25</v>
       </c>
       <c r="D113" s="5" t="s">
-        <v>773</v>
-[...12 lines deleted...]
-        </is>
+        <v>16</v>
+      </c>
+      <c r="E113" s="5" t="s">
+        <v>41</v>
+      </c>
+      <c r="F113" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G113" s="5" t="s">
+        <v>821</v>
       </c>
       <c r="H113" s="5" t="s">
-        <v>819</v>
-[...3 lines deleted...]
-      </c>
+        <v>822</v>
+      </c>
+      <c r="I113" s="5"/>
       <c r="J113" s="5" t="s">
-        <v>821</v>
+        <v>20</v>
       </c>
       <c r="K113" s="5" t="s">
-        <v>822</v>
+        <v>823</v>
       </c>
       <c r="L113" s="6" t="s">
-        <v>823</v>
+        <v>824</v>
       </c>
       <c r="M113" s="5" t="s">
-        <v>824</v>
+        <v>825</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="5" t="s">
-        <v>825</v>
+        <v>826</v>
       </c>
       <c r="B114" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C114" s="5" t="s">
-        <v>612</v>
+        <v>15</v>
       </c>
       <c r="D114" s="5" t="s">
-        <v>773</v>
+        <v>619</v>
       </c>
       <c r="E114" s="5" t="s">
-        <v>826</v>
+        <v>17</v>
       </c>
       <c r="F114" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G114" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H114" s="5" t="s">
         <v>827</v>
-      </c>
-[...8 lines deleted...]
-        </is>
       </c>
       <c r="I114" s="5" t="s">
         <v>828</v>
       </c>
       <c r="J114" s="5" t="s">
+        <v>102</v>
+      </c>
+      <c r="K114" s="5" t="s">
         <v>829</v>
       </c>
-      <c r="K114" s="5" t="s">
+      <c r="L114" s="6" t="s">
         <v>830</v>
       </c>
-      <c r="L114" s="6" t="s">
+      <c r="M114" s="5" t="s">
         <v>831</v>
-      </c>
-[...1 lines deleted...]
-        <v>832</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="5" t="s">
-        <v>833</v>
+        <v>832</v>
       </c>
       <c r="B115" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C115" s="5" t="s">
-        <v>26</v>
+        <v>833</v>
       </c>
       <c r="D115" s="5" t="s">
-        <v>773</v>
-[...6 lines deleted...]
-      <c r="F115" s="5" t="s">
+        <v>802</v>
+      </c>
+      <c r="E115" s="5" t="s">
+        <v>98</v>
+      </c>
+      <c r="F115" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G115" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H115" s="5" t="s">
         <v>834</v>
       </c>
-      <c r="G115" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H115" s="5" t="s">
+      <c r="I115" s="5" t="s">
         <v>835</v>
       </c>
-      <c r="I115" s="5" t="s">
+      <c r="J115" s="5" t="s">
         <v>836</v>
       </c>
-      <c r="J115" s="5" t="s">
+      <c r="K115" s="5" t="s">
         <v>837</v>
       </c>
-      <c r="K115" s="5" t="s">
+      <c r="L115" s="6" t="s">
         <v>838</v>
       </c>
-      <c r="L115" s="6" t="s">
+      <c r="M115" s="5" t="s">
         <v>839</v>
-      </c>
-[...1 lines deleted...]
-        <v>840</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="5" t="s">
+        <v>840</v>
+      </c>
+      <c r="B116" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C116" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D116" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="E116" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="F116" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G116" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H116" s="5" t="s">
         <v>841</v>
       </c>
-      <c r="B116" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C116" s="5" t="s">
+      <c r="I116" s="5" t="s">
         <v>842</v>
       </c>
-      <c r="D116" s="5" t="s">
+      <c r="J116" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="K116" s="5" t="s">
         <v>843</v>
       </c>
-      <c r="E116" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="F116" s="5" t="s">
+      <c r="L116" s="6" t="s">
         <v>844</v>
       </c>
-      <c r="G116" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H116" s="5" t="s">
+      <c r="M116" s="5" t="s">
         <v>845</v>
       </c>
-      <c r="I116" s="5" t="s">
+    </row>
+    <row r="117">
+      <c r="A117" s="5" t="s">
         <v>846</v>
-      </c>
-[...15 lines deleted...]
-        <v>1905</v>
       </c>
       <c r="B117" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C117" s="5" t="s">
+        <v>114</v>
+      </c>
+      <c r="D117" s="5" t="s">
+        <v>802</v>
+      </c>
+      <c r="E117" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F117" s="5" t="s">
+        <v>847</v>
+      </c>
+      <c r="G117" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H117" s="5" t="s">
+        <v>848</v>
+      </c>
+      <c r="I117" s="5" t="s">
+        <v>849</v>
+      </c>
+      <c r="J117" s="5" t="s">
+        <v>850</v>
+      </c>
+      <c r="K117" s="5" t="s">
         <v>851</v>
       </c>
-      <c r="D117" s="5" t="s">
+      <c r="L117" s="6" t="s">
         <v>852</v>
       </c>
-      <c r="E117" s="5" t="inlineStr">
-[...14 lines deleted...]
-      <c r="H117" s="5" t="s">
+      <c r="M117" s="5" t="s">
         <v>853</v>
       </c>
-      <c r="I117" s="5"/>
-      <c r="J117" s="5" t="s">
+    </row>
+    <row r="118">
+      <c r="A118" s="5" t="s">
         <v>854</v>
-      </c>
-[...12 lines deleted...]
-        <v>1905</v>
       </c>
       <c r="B118" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C118" s="5" t="s">
-        <v>851</v>
+        <v>619</v>
       </c>
       <c r="D118" s="5" t="s">
-        <v>852</v>
+        <v>802</v>
       </c>
       <c r="E118" s="5" t="s">
+        <v>855</v>
+      </c>
+      <c r="F118" s="5" t="s">
+        <v>856</v>
+      </c>
+      <c r="G118" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H118" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I118" s="5" t="s">
+        <v>857</v>
+      </c>
+      <c r="J118" s="5" t="s">
         <v>858</v>
       </c>
-      <c r="F118" s="5" t="inlineStr">
-[...13 lines deleted...]
-      <c r="J118" s="5" t="s">
+      <c r="K118" s="5" t="s">
         <v>859</v>
       </c>
-      <c r="K118" s="5" t="s">
+      <c r="L118" s="6" t="s">
         <v>860</v>
       </c>
-      <c r="L118" s="6" t="s">
+      <c r="M118" s="5" t="s">
         <v>861</v>
-      </c>
-[...1 lines deleted...]
-        <v>857</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" s="5" t="s">
         <v>862</v>
       </c>
       <c r="B119" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C119" s="5" t="s">
-        <v>15</v>
+        <v>26</v>
       </c>
       <c r="D119" s="5" t="s">
-        <v>612</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>802</v>
+      </c>
+      <c r="E119" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F119" s="5" t="s">
         <v>863</v>
       </c>
-      <c r="G119" s="5" t="s">
+      <c r="G119" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H119" s="5" t="s">
         <v>864</v>
       </c>
-      <c r="H119" s="5" t="s">
+      <c r="I119" s="5" t="s">
         <v>865</v>
       </c>
-      <c r="I119" s="5" t="s">
+      <c r="J119" s="5" t="s">
         <v>866</v>
       </c>
-      <c r="J119" s="5" t="s">
+      <c r="K119" s="5" t="s">
         <v>867</v>
       </c>
-      <c r="K119" s="5" t="s">
+      <c r="L119" s="6" t="s">
         <v>868</v>
       </c>
-      <c r="L119" s="6" t="s">
+      <c r="M119" s="5" t="s">
         <v>869</v>
-      </c>
-[...1 lines deleted...]
-        <v>870</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" s="5" t="s">
+        <v>870</v>
+      </c>
+      <c r="B120" s="5" t="s">
+        <v>150</v>
+      </c>
+      <c r="C120" s="5" t="s">
         <v>871</v>
-      </c>
-[...4 lines deleted...]
-        <v>851</v>
       </c>
       <c r="D120" s="5" t="s">
         <v>872</v>
       </c>
-      <c r="E120" s="5" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="E120" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F120" s="5" t="s">
+        <v>873</v>
       </c>
       <c r="G120" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H120" s="5" t="s">
-        <v>852</v>
+        <v>874</v>
       </c>
       <c r="I120" s="5" t="s">
-        <v>873</v>
+        <v>875</v>
       </c>
       <c r="J120" s="5" t="s">
-        <v>874</v>
+        <v>876</v>
       </c>
       <c r="K120" s="5" t="s">
-        <v>875</v>
+        <v>877</v>
       </c>
       <c r="L120" s="6" t="s">
-        <v>876</v>
+        <v>878</v>
       </c>
       <c r="M120" s="5" t="s">
-        <v>877</v>
+        <v>879</v>
       </c>
     </row>
     <row r="121">
-      <c r="A121" s="5" t="s">
-        <v>878</v>
+      <c r="A121" s="5" t="n">
+        <v>1905</v>
       </c>
       <c r="B121" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C121" s="5" t="s">
-        <v>879</v>
+        <v>880</v>
       </c>
       <c r="D121" s="5" t="s">
-        <v>16</v>
-[...1 lines deleted...]
-      <c r="E121" s="5" t="s">
+        <v>881</v>
+      </c>
+      <c r="E121" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F121" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G121" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H121" s="5" t="s">
+        <v>882</v>
+      </c>
+      <c r="I121" s="5"/>
+      <c r="J121" s="5" t="s">
+        <v>883</v>
+      </c>
+      <c r="K121" s="5" t="s">
+        <v>884</v>
+      </c>
+      <c r="L121" s="6" t="s">
+        <v>885</v>
+      </c>
+      <c r="M121" s="5" t="s">
+        <v>886</v>
+      </c>
+    </row>
+    <row r="122">
+      <c r="A122" s="5" t="n">
+        <v>1905</v>
+      </c>
+      <c r="B122" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C122" s="5" t="s">
         <v>880</v>
       </c>
-      <c r="F121" s="5" t="s">
+      <c r="D122" s="5" t="s">
         <v>881</v>
       </c>
-      <c r="G121" s="5" t="s">
-[...5 lines deleted...]
-      <c r="I121" s="5" t="s">
+      <c r="E122" s="5" t="s">
+        <v>887</v>
+      </c>
+      <c r="F122" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G122" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H122" s="5" t="s">
         <v>882</v>
-      </c>
-[...44 lines deleted...]
-        </is>
       </c>
       <c r="I122" s="5"/>
       <c r="J122" s="5" t="s">
-        <v>874</v>
+        <v>888</v>
       </c>
       <c r="K122" s="5" t="s">
-        <v>887</v>
+        <v>889</v>
       </c>
       <c r="L122" s="6" t="s">
-        <v>888</v>
+        <v>890</v>
       </c>
       <c r="M122" s="5" t="s">
-        <v>889</v>
+        <v>886</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" s="5" t="s">
-        <v>890</v>
+        <v>891</v>
       </c>
       <c r="B123" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C123" s="5" t="s">
-        <v>851</v>
+        <v>15</v>
       </c>
       <c r="D123" s="5" t="s">
-        <v>891</v>
-[...9 lines deleted...]
-        </is>
+        <v>619</v>
+      </c>
+      <c r="E123" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F123" s="5" t="s">
+        <v>892</v>
       </c>
       <c r="G123" s="5" t="s">
-        <v>892</v>
+        <v>893</v>
       </c>
       <c r="H123" s="5" t="s">
-        <v>893</v>
+        <v>894</v>
       </c>
       <c r="I123" s="5" t="s">
-        <v>894</v>
+        <v>895</v>
       </c>
       <c r="J123" s="5" t="s">
-        <v>102</v>
+        <v>896</v>
       </c>
       <c r="K123" s="5" t="s">
-        <v>895</v>
+        <v>897</v>
       </c>
       <c r="L123" s="6" t="s">
-        <v>896</v>
+        <v>898</v>
       </c>
       <c r="M123" s="5" t="s">
-        <v>897</v>
+        <v>899</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" s="5" t="s">
-        <v>898</v>
+        <v>900</v>
       </c>
       <c r="B124" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C124" s="5" t="s">
-        <v>851</v>
+        <v>880</v>
       </c>
       <c r="D124" s="5" t="s">
-        <v>891</v>
+        <v>901</v>
       </c>
       <c r="E124" s="5" t="s">
-        <v>17</v>
+        <v>887</v>
       </c>
       <c r="F124" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G124" s="5" t="s">
-        <v>899</v>
+      <c r="G124" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H124" s="5" t="s">
-        <v>900</v>
+        <v>881</v>
       </c>
       <c r="I124" s="5" t="s">
-        <v>901</v>
+        <v>902</v>
       </c>
       <c r="J124" s="5" t="s">
-        <v>102</v>
+        <v>903</v>
       </c>
       <c r="K124" s="5" t="s">
-        <v>902</v>
+        <v>904</v>
       </c>
       <c r="L124" s="6" t="s">
-        <v>903</v>
+        <v>905</v>
       </c>
       <c r="M124" s="5" t="s">
-        <v>904</v>
+        <v>906</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" s="5" t="s">
-        <v>905</v>
+        <v>907</v>
       </c>
       <c r="B125" s="5" t="s">
-        <v>258</v>
+        <v>14</v>
       </c>
       <c r="C125" s="5" t="s">
-        <v>733</v>
+        <v>908</v>
       </c>
       <c r="D125" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E125" s="5" t="s">
-        <v>18</v>
+        <v>909</v>
       </c>
       <c r="F125" s="5" t="s">
-        <v>17</v>
+        <v>910</v>
       </c>
       <c r="G125" s="5" t="s">
-        <v>906</v>
+        <v>909</v>
       </c>
       <c r="H125" s="5" t="s">
-        <v>907</v>
+        <v>881</v>
       </c>
       <c r="I125" s="5" t="s">
-        <v>908</v>
+        <v>911</v>
       </c>
       <c r="J125" s="5" t="s">
         <v>102</v>
       </c>
       <c r="K125" s="5" t="s">
-        <v>909</v>
+        <v>912</v>
       </c>
       <c r="L125" s="6" t="s">
-        <v>910</v>
+        <v>913</v>
       </c>
       <c r="M125" s="5" t="s">
-        <v>911</v>
+        <v>914</v>
       </c>
     </row>
     <row r="126">
-      <c r="A126" s="5" t="n">
-        <v>1910</v>
+      <c r="A126" s="5" t="s">
+        <v>915</v>
       </c>
       <c r="B126" s="5" t="s">
-        <v>14</v>
+        <v>258</v>
       </c>
       <c r="C126" s="5" t="s">
-        <v>852</v>
+        <v>880</v>
       </c>
       <c r="D126" s="5" t="s">
-        <v>891</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>881</v>
+      </c>
+      <c r="E126" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F126" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G126" s="5" t="s">
-[...7 lines deleted...]
-      </c>
+      <c r="G126" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H126" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I126" s="5"/>
       <c r="J126" s="5" t="s">
-        <v>102</v>
+        <v>903</v>
       </c>
       <c r="K126" s="5" t="s">
-        <v>915</v>
+        <v>916</v>
       </c>
       <c r="L126" s="6" t="s">
-        <v>916</v>
+        <v>917</v>
       </c>
       <c r="M126" s="5" t="s">
-        <v>917</v>
+        <v>918</v>
       </c>
     </row>
     <row r="127">
-      <c r="A127" s="5" t="n">
-        <v>1910</v>
+      <c r="A127" s="5" t="s">
+        <v>919</v>
       </c>
       <c r="B127" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C127" s="5" t="s">
-        <v>879</v>
+        <v>880</v>
       </c>
       <c r="D127" s="5" t="s">
-        <v>918</v>
-[...2 lines deleted...]
-        <v>919</v>
+        <v>920</v>
+      </c>
+      <c r="E127" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F127" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G127" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="G127" s="5" t="s">
+        <v>921</v>
+      </c>
+      <c r="H127" s="5" t="s">
+        <v>922</v>
       </c>
       <c r="I127" s="5" t="s">
-        <v>920</v>
+        <v>923</v>
       </c>
       <c r="J127" s="5" t="s">
-        <v>921</v>
+        <v>102</v>
       </c>
       <c r="K127" s="5" t="s">
-        <v>922</v>
+        <v>924</v>
       </c>
       <c r="L127" s="6" t="s">
-        <v>923</v>
+        <v>925</v>
       </c>
       <c r="M127" s="5" t="s">
-        <v>924</v>
+        <v>926</v>
       </c>
     </row>
     <row r="128">
-      <c r="A128" s="5" t="n">
-        <v>1910</v>
+      <c r="A128" s="5" t="s">
+        <v>927</v>
       </c>
       <c r="B128" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C128" s="5" t="s">
-        <v>852</v>
+        <v>880</v>
       </c>
       <c r="D128" s="5" t="s">
-        <v>891</v>
-[...4 lines deleted...]
-        </is>
+        <v>920</v>
+      </c>
+      <c r="E128" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F128" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G128" s="5" t="s">
-        <v>925</v>
+        <v>928</v>
       </c>
       <c r="H128" s="5" t="s">
-        <v>926</v>
+        <v>929</v>
       </c>
       <c r="I128" s="5" t="s">
-        <v>927</v>
+        <v>930</v>
       </c>
       <c r="J128" s="5" t="s">
         <v>102</v>
       </c>
       <c r="K128" s="5" t="s">
-        <v>928</v>
+        <v>931</v>
       </c>
       <c r="L128" s="6" t="s">
-        <v>929</v>
+        <v>932</v>
       </c>
       <c r="M128" s="5" t="s">
-        <v>930</v>
+        <v>933</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" s="5" t="s">
-        <v>931</v>
+        <v>934</v>
       </c>
       <c r="B129" s="5" t="s">
-        <v>14</v>
+        <v>258</v>
       </c>
       <c r="C129" s="5" t="s">
-        <v>851</v>
+        <v>740</v>
       </c>
       <c r="D129" s="5" t="s">
-        <v>918</v>
+        <v>16</v>
       </c>
       <c r="E129" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="F129" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F129" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="G129" s="5" t="s">
+        <v>935</v>
       </c>
       <c r="H129" s="5" t="s">
-        <v>932</v>
+        <v>936</v>
       </c>
       <c r="I129" s="5" t="s">
-        <v>933</v>
+        <v>937</v>
       </c>
       <c r="J129" s="5" t="s">
-        <v>20</v>
+        <v>102</v>
       </c>
       <c r="K129" s="5" t="s">
-        <v>934</v>
+        <v>938</v>
       </c>
       <c r="L129" s="6" t="s">
-        <v>935</v>
+        <v>939</v>
       </c>
       <c r="M129" s="5" t="s">
-        <v>936</v>
+        <v>940</v>
       </c>
     </row>
     <row r="130">
-      <c r="A130" s="5" t="s">
-        <v>937</v>
+      <c r="A130" s="5" t="n">
+        <v>1910</v>
       </c>
       <c r="B130" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C130" s="5" t="s">
-        <v>938</v>
+        <v>881</v>
       </c>
       <c r="D130" s="5" t="s">
-        <v>845</v>
-[...4 lines deleted...]
-        </is>
+        <v>920</v>
+      </c>
+      <c r="E130" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F130" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G130" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="G130" s="5" t="s">
+        <v>941</v>
+      </c>
+      <c r="H130" s="5" t="s">
+        <v>942</v>
       </c>
       <c r="I130" s="5" t="s">
-        <v>939</v>
+        <v>943</v>
       </c>
       <c r="J130" s="5" t="s">
-        <v>940</v>
+        <v>102</v>
       </c>
       <c r="K130" s="5" t="s">
-        <v>941</v>
+        <v>944</v>
       </c>
       <c r="L130" s="6" t="s">
-        <v>942</v>
+        <v>945</v>
       </c>
       <c r="M130" s="5" t="s">
-        <v>943</v>
+        <v>946</v>
       </c>
     </row>
     <row r="131">
-      <c r="A131" s="5" t="s">
-        <v>944</v>
+      <c r="A131" s="5" t="n">
+        <v>1910</v>
       </c>
       <c r="B131" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C131" s="5" t="s">
-        <v>851</v>
+        <v>908</v>
       </c>
       <c r="D131" s="5" t="s">
-        <v>918</v>
+        <v>947</v>
       </c>
       <c r="E131" s="5" t="s">
-        <v>945</v>
+        <v>948</v>
       </c>
       <c r="F131" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G131" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H131" s="5" t="s">
-        <v>946</v>
+      <c r="H131" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I131" s="5" t="s">
-        <v>947</v>
+        <v>949</v>
       </c>
       <c r="J131" s="5" t="s">
-        <v>921</v>
+        <v>950</v>
       </c>
       <c r="K131" s="5" t="s">
-        <v>948</v>
+        <v>951</v>
       </c>
       <c r="L131" s="6" t="s">
-        <v>949</v>
+        <v>952</v>
       </c>
       <c r="M131" s="5" t="s">
-        <v>950</v>
+        <v>953</v>
       </c>
     </row>
     <row r="132">
-      <c r="A132" s="5" t="s">
-        <v>951</v>
+      <c r="A132" s="5" t="n">
+        <v>1910</v>
       </c>
       <c r="B132" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C132" s="5" t="s">
-        <v>851</v>
+        <v>881</v>
       </c>
       <c r="D132" s="5" t="s">
-        <v>918</v>
-[...2 lines deleted...]
-        <v>952</v>
+        <v>920</v>
+      </c>
+      <c r="E132" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F132" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G132" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G132" s="5" t="s">
+        <v>954</v>
       </c>
       <c r="H132" s="5" t="s">
-        <v>953</v>
+        <v>955</v>
       </c>
       <c r="I132" s="5" t="s">
-        <v>954</v>
+        <v>956</v>
       </c>
       <c r="J132" s="5" t="s">
-        <v>921</v>
+        <v>102</v>
       </c>
       <c r="K132" s="5" t="s">
-        <v>955</v>
+        <v>957</v>
       </c>
       <c r="L132" s="6" t="s">
-        <v>956</v>
+        <v>958</v>
       </c>
       <c r="M132" s="5" t="s">
-        <v>957</v>
+        <v>959</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" s="5" t="s">
-        <v>958</v>
+        <v>960</v>
       </c>
       <c r="B133" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C133" s="5" t="s">
-        <v>851</v>
+        <v>880</v>
       </c>
       <c r="D133" s="5" t="s">
-        <v>938</v>
-[...4 lines deleted...]
-        </is>
+        <v>947</v>
+      </c>
+      <c r="E133" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F133" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G133" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H133" s="5" t="s">
-        <v>959</v>
-[...1 lines deleted...]
-      <c r="I133" s="5"/>
+        <v>961</v>
+      </c>
+      <c r="I133" s="5" t="s">
+        <v>962</v>
+      </c>
       <c r="J133" s="5" t="s">
-        <v>960</v>
+        <v>20</v>
       </c>
       <c r="K133" s="5" t="s">
-        <v>961</v>
+        <v>963</v>
       </c>
       <c r="L133" s="6" t="s">
-        <v>962</v>
+        <v>964</v>
       </c>
       <c r="M133" s="5" t="s">
-        <v>963</v>
+        <v>965</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" s="5" t="s">
-        <v>964</v>
+        <v>966</v>
       </c>
       <c r="B134" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C134" s="5" t="s">
-        <v>852</v>
+        <v>967</v>
       </c>
       <c r="D134" s="5" t="s">
-        <v>918</v>
-[...2 lines deleted...]
-        <v>388</v>
+        <v>874</v>
+      </c>
+      <c r="E134" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F134" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G134" s="5" t="s">
-[...3 lines deleted...]
-        <v>966</v>
+      <c r="G134" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H134" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I134" s="5" t="s">
-        <v>967</v>
+        <v>968</v>
       </c>
       <c r="J134" s="5" t="s">
-        <v>968</v>
+        <v>969</v>
       </c>
       <c r="K134" s="5" t="s">
-        <v>969</v>
+        <v>970</v>
       </c>
       <c r="L134" s="6" t="s">
-        <v>970</v>
+        <v>971</v>
       </c>
       <c r="M134" s="5" t="s">
-        <v>971</v>
+        <v>972</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" s="5" t="s">
-        <v>972</v>
+        <v>973</v>
       </c>
       <c r="B135" s="5" t="s">
-        <v>258</v>
+        <v>14</v>
       </c>
       <c r="C135" s="5" t="s">
-        <v>851</v>
+        <v>880</v>
       </c>
       <c r="D135" s="5" t="s">
-        <v>918</v>
+        <v>947</v>
       </c>
       <c r="E135" s="5" t="s">
-        <v>919</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>974</v>
+      </c>
+      <c r="F135" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G135" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H135" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H135" s="5" t="s">
+        <v>975</v>
       </c>
       <c r="I135" s="5" t="s">
-        <v>973</v>
+        <v>976</v>
       </c>
       <c r="J135" s="5" t="s">
-        <v>20</v>
+        <v>950</v>
       </c>
       <c r="K135" s="5" t="s">
-        <v>974</v>
+        <v>977</v>
       </c>
       <c r="L135" s="6" t="s">
-        <v>975</v>
+        <v>978</v>
       </c>
       <c r="M135" s="5" t="s">
-        <v>976</v>
+        <v>979</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" s="5" t="s">
-        <v>977</v>
+        <v>980</v>
       </c>
       <c r="B136" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C136" s="5" t="s">
-        <v>938</v>
+        <v>880</v>
       </c>
       <c r="D136" s="5" t="s">
-        <v>978</v>
-[...4 lines deleted...]
-        </is>
+        <v>947</v>
+      </c>
+      <c r="E136" s="5" t="s">
+        <v>981</v>
       </c>
       <c r="F136" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G136" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H136" s="5" t="s">
-        <v>845</v>
-[...1 lines deleted...]
-      <c r="I136" s="5"/>
+        <v>982</v>
+      </c>
+      <c r="I136" s="5" t="s">
+        <v>983</v>
+      </c>
       <c r="J136" s="5" t="s">
-        <v>979</v>
+        <v>950</v>
       </c>
       <c r="K136" s="5" t="s">
-        <v>980</v>
+        <v>984</v>
       </c>
       <c r="L136" s="6" t="s">
-        <v>981</v>
+        <v>985</v>
       </c>
       <c r="M136" s="5" t="s">
-        <v>982</v>
+        <v>986</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" s="5" t="s">
-        <v>977</v>
+        <v>987</v>
       </c>
       <c r="B137" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C137" s="5" t="s">
-        <v>938</v>
+        <v>880</v>
       </c>
       <c r="D137" s="5" t="s">
-        <v>733</v>
+        <v>967</v>
       </c>
       <c r="E137" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F137" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G137" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H137" s="5" t="s">
-        <v>845</v>
+        <v>988</v>
       </c>
       <c r="I137" s="5"/>
       <c r="J137" s="5" t="s">
-        <v>979</v>
+        <v>989</v>
       </c>
       <c r="K137" s="5" t="s">
-        <v>983</v>
+        <v>990</v>
       </c>
       <c r="L137" s="6" t="s">
-        <v>984</v>
+        <v>991</v>
       </c>
       <c r="M137" s="5" t="s">
-        <v>985</v>
+        <v>992</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" s="5" t="s">
-        <v>986</v>
+        <v>993</v>
       </c>
       <c r="B138" s="5" t="s">
-        <v>258</v>
+        <v>14</v>
       </c>
       <c r="C138" s="5" t="s">
-        <v>987</v>
+        <v>881</v>
       </c>
       <c r="D138" s="5" t="s">
-        <v>16</v>
+        <v>947</v>
       </c>
       <c r="E138" s="5" t="s">
-        <v>919</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>388</v>
+      </c>
+      <c r="F138" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G138" s="5" t="s">
-        <v>919</v>
+        <v>994</v>
       </c>
       <c r="H138" s="5" t="s">
-        <v>988</v>
+        <v>995</v>
       </c>
       <c r="I138" s="5" t="s">
-        <v>989</v>
+        <v>996</v>
       </c>
       <c r="J138" s="5" t="s">
-        <v>102</v>
+        <v>997</v>
       </c>
       <c r="K138" s="5" t="s">
-        <v>990</v>
+        <v>998</v>
       </c>
       <c r="L138" s="6" t="s">
-        <v>991</v>
+        <v>999</v>
       </c>
       <c r="M138" s="5" t="s">
-        <v>992</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" s="5" t="s">
-        <v>993</v>
+        <v>1001</v>
       </c>
       <c r="B139" s="5" t="s">
-        <v>14</v>
+        <v>258</v>
       </c>
       <c r="C139" s="5" t="s">
-        <v>851</v>
+        <v>880</v>
       </c>
       <c r="D139" s="5" t="s">
-        <v>918</v>
+        <v>947</v>
       </c>
       <c r="E139" s="5" t="s">
-        <v>994</v>
-[...4 lines deleted...]
-        </is>
+        <v>948</v>
+      </c>
+      <c r="F139" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="G139" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H139" s="5" t="s">
-        <v>995</v>
+      <c r="H139" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I139" s="5" t="s">
-        <v>996</v>
+        <v>1002</v>
       </c>
       <c r="J139" s="5" t="s">
-        <v>921</v>
+        <v>20</v>
       </c>
       <c r="K139" s="5" t="s">
-        <v>997</v>
+        <v>1003</v>
       </c>
       <c r="L139" s="6" t="s">
-        <v>998</v>
+        <v>1004</v>
       </c>
       <c r="M139" s="5" t="s">
-        <v>999</v>
+        <v>1005</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" s="5" t="s">
-        <v>1000</v>
+        <v>1006</v>
       </c>
       <c r="B140" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C140" s="5" t="s">
-        <v>1001</v>
+        <v>967</v>
       </c>
       <c r="D140" s="5" t="s">
-        <v>879</v>
+        <v>1007</v>
       </c>
       <c r="E140" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F140" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G140" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H140" s="5" t="s">
-        <v>1002</v>
+        <v>874</v>
       </c>
       <c r="I140" s="5"/>
       <c r="J140" s="5" t="s">
-        <v>1003</v>
+        <v>1008</v>
       </c>
       <c r="K140" s="5" t="s">
-        <v>1004</v>
+        <v>1009</v>
       </c>
       <c r="L140" s="6" t="s">
-        <v>1005</v>
+        <v>1010</v>
       </c>
       <c r="M140" s="5" t="s">
-        <v>1006</v>
+        <v>1011</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" s="5" t="s">
-        <v>1007</v>
+        <v>1006</v>
       </c>
       <c r="B141" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C141" s="5" t="s">
-        <v>879</v>
+        <v>967</v>
       </c>
       <c r="D141" s="5" t="s">
-        <v>918</v>
-[...1 lines deleted...]
-      <c r="E141" s="5" t="s">
+        <v>740</v>
+      </c>
+      <c r="E141" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F141" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G141" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H141" s="5" t="s">
+        <v>874</v>
+      </c>
+      <c r="I141" s="5"/>
+      <c r="J141" s="5" t="s">
         <v>1008</v>
       </c>
-      <c r="F141" s="5" t="inlineStr">
-[...17 lines deleted...]
-      </c>
       <c r="K141" s="5" t="s">
-        <v>1011</v>
+        <v>1012</v>
       </c>
       <c r="L141" s="6" t="s">
-        <v>1012</v>
+        <v>1013</v>
       </c>
       <c r="M141" s="5" t="s">
-        <v>1013</v>
+        <v>1014</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" s="5" t="s">
-        <v>1014</v>
+        <v>1015</v>
       </c>
       <c r="B142" s="5" t="s">
-        <v>14</v>
+        <v>258</v>
       </c>
       <c r="C142" s="5" t="s">
-        <v>1001</v>
+        <v>1016</v>
       </c>
       <c r="D142" s="5" t="s">
-        <v>851</v>
-[...14 lines deleted...]
-        </is>
+        <v>16</v>
+      </c>
+      <c r="E142" s="5" t="s">
+        <v>948</v>
+      </c>
+      <c r="F142" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="G142" s="5" t="s">
+        <v>948</v>
       </c>
       <c r="H142" s="5" t="s">
-        <v>1015</v>
-[...1 lines deleted...]
-      <c r="I142" s="5"/>
+        <v>1017</v>
+      </c>
+      <c r="I142" s="5" t="s">
+        <v>1018</v>
+      </c>
       <c r="J142" s="5" t="s">
-        <v>1003</v>
+        <v>102</v>
       </c>
       <c r="K142" s="5" t="s">
-        <v>1016</v>
+        <v>1019</v>
       </c>
       <c r="L142" s="6" t="s">
-        <v>1017</v>
+        <v>1020</v>
       </c>
       <c r="M142" s="5" t="s">
-        <v>1018</v>
+        <v>1021</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" s="5" t="s">
-        <v>1019</v>
+        <v>1022</v>
       </c>
       <c r="B143" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C143" s="5" t="s">
-        <v>851</v>
+        <v>880</v>
       </c>
       <c r="D143" s="5" t="s">
-        <v>918</v>
+        <v>947</v>
       </c>
       <c r="E143" s="5" t="s">
-        <v>919</v>
+        <v>1023</v>
       </c>
       <c r="F143" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G143" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H143" s="5" t="s">
-        <v>1020</v>
+        <v>1024</v>
       </c>
       <c r="I143" s="5" t="s">
-        <v>1021</v>
+        <v>1025</v>
       </c>
       <c r="J143" s="5" t="s">
-        <v>921</v>
+        <v>950</v>
       </c>
       <c r="K143" s="5" t="s">
-        <v>1022</v>
+        <v>1026</v>
       </c>
       <c r="L143" s="6" t="s">
-        <v>1023</v>
+        <v>1027</v>
       </c>
       <c r="M143" s="5" t="s">
-        <v>1024</v>
+        <v>1028</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" s="5" t="s">
-        <v>1025</v>
+        <v>1029</v>
       </c>
       <c r="B144" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C144" s="5" t="s">
-        <v>851</v>
+        <v>1030</v>
       </c>
       <c r="D144" s="5" t="s">
-        <v>918</v>
-[...2 lines deleted...]
-        <v>919</v>
+        <v>908</v>
+      </c>
+      <c r="E144" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F144" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G144" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H144" s="5" t="s">
-        <v>1026</v>
-[...3 lines deleted...]
-      </c>
+        <v>1031</v>
+      </c>
+      <c r="I144" s="5"/>
       <c r="J144" s="5" t="s">
-        <v>20</v>
+        <v>1032</v>
       </c>
       <c r="K144" s="5" t="s">
-        <v>1028</v>
+        <v>1033</v>
       </c>
       <c r="L144" s="6" t="s">
-        <v>1029</v>
+        <v>1034</v>
       </c>
       <c r="M144" s="5" t="s">
-        <v>1030</v>
+        <v>1035</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" s="5" t="s">
-        <v>1031</v>
+        <v>1036</v>
       </c>
       <c r="B145" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C145" s="5" t="s">
-        <v>852</v>
+        <v>908</v>
       </c>
       <c r="D145" s="5" t="s">
-        <v>891</v>
+        <v>947</v>
       </c>
       <c r="E145" s="5" t="s">
-        <v>919</v>
+        <v>1037</v>
       </c>
       <c r="F145" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G145" s="5" t="s">
-        <v>1032</v>
+      <c r="G145" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H145" s="5" t="s">
-        <v>1033</v>
+        <v>1038</v>
       </c>
       <c r="I145" s="5" t="s">
-        <v>1034</v>
+        <v>1039</v>
       </c>
       <c r="J145" s="5" t="s">
-        <v>102</v>
+        <v>950</v>
       </c>
       <c r="K145" s="5" t="s">
-        <v>1035</v>
+        <v>1040</v>
       </c>
       <c r="L145" s="6" t="s">
-        <v>1036</v>
+        <v>1041</v>
       </c>
       <c r="M145" s="5" t="s">
-        <v>1037</v>
+        <v>1042</v>
       </c>
     </row>
     <row r="146">
       <c r="A146" s="5" t="s">
-        <v>1031</v>
+        <v>1043</v>
       </c>
       <c r="B146" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C146" s="5" t="s">
-        <v>851</v>
+        <v>1030</v>
       </c>
       <c r="D146" s="5" t="s">
-        <v>918</v>
-[...2 lines deleted...]
-        <v>919</v>
+        <v>880</v>
+      </c>
+      <c r="E146" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F146" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G146" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H146" s="5" t="s">
-        <v>1038</v>
-[...3 lines deleted...]
-      </c>
+        <v>1044</v>
+      </c>
+      <c r="I146" s="5"/>
       <c r="J146" s="5" t="s">
-        <v>20</v>
+        <v>1032</v>
       </c>
       <c r="K146" s="5" t="s">
-        <v>1040</v>
+        <v>1045</v>
       </c>
       <c r="L146" s="6" t="s">
-        <v>1041</v>
+        <v>1046</v>
       </c>
       <c r="M146" s="5" t="s">
-        <v>1042</v>
+        <v>1047</v>
       </c>
     </row>
     <row r="147">
       <c r="A147" s="5" t="s">
-        <v>1043</v>
+        <v>1048</v>
       </c>
       <c r="B147" s="5" t="s">
-        <v>258</v>
+        <v>14</v>
       </c>
       <c r="C147" s="5" t="s">
-        <v>879</v>
+        <v>880</v>
       </c>
       <c r="D147" s="5" t="s">
-        <v>918</v>
+        <v>947</v>
       </c>
       <c r="E147" s="5" t="s">
-        <v>1044</v>
-[...2 lines deleted...]
-        <v>1045</v>
+        <v>948</v>
+      </c>
+      <c r="F147" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G147" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H147" s="5" t="s">
-        <v>1046</v>
+        <v>1049</v>
       </c>
       <c r="I147" s="5" t="s">
-        <v>1047</v>
+        <v>1050</v>
       </c>
       <c r="J147" s="5" t="s">
-        <v>1048</v>
+        <v>950</v>
       </c>
       <c r="K147" s="5" t="s">
-        <v>1049</v>
+        <v>1051</v>
       </c>
       <c r="L147" s="6" t="s">
-        <v>1050</v>
+        <v>1052</v>
       </c>
       <c r="M147" s="5" t="s">
-        <v>1051</v>
+        <v>1053</v>
       </c>
     </row>
     <row r="148">
       <c r="A148" s="5" t="s">
-        <v>1052</v>
+        <v>1054</v>
       </c>
       <c r="B148" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C148" s="5" t="s">
-        <v>1001</v>
+        <v>880</v>
       </c>
       <c r="D148" s="5" t="s">
-        <v>851</v>
-[...4 lines deleted...]
-        </is>
+        <v>947</v>
+      </c>
+      <c r="E148" s="5" t="s">
+        <v>948</v>
       </c>
       <c r="F148" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G148" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H148" s="5" t="s">
-        <v>1002</v>
-[...1 lines deleted...]
-      <c r="I148" s="5"/>
+        <v>1055</v>
+      </c>
+      <c r="I148" s="5" t="s">
+        <v>1056</v>
+      </c>
       <c r="J148" s="5" t="s">
-        <v>1003</v>
+        <v>20</v>
       </c>
       <c r="K148" s="5" t="s">
-        <v>1053</v>
+        <v>1057</v>
       </c>
       <c r="L148" s="6" t="s">
-        <v>1054</v>
+        <v>1058</v>
       </c>
       <c r="M148" s="5" t="s">
-        <v>1055</v>
+        <v>1059</v>
       </c>
     </row>
     <row r="149">
       <c r="A149" s="5" t="s">
-        <v>1056</v>
+        <v>1060</v>
       </c>
       <c r="B149" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C149" s="5" t="s">
-        <v>1002</v>
+        <v>881</v>
       </c>
       <c r="D149" s="5" t="s">
-        <v>879</v>
-[...4 lines deleted...]
-        </is>
+        <v>920</v>
+      </c>
+      <c r="E149" s="5" t="s">
+        <v>948</v>
       </c>
       <c r="F149" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G149" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G149" s="5" t="s">
+        <v>1061</v>
       </c>
       <c r="H149" s="5" t="s">
-        <v>1057</v>
-[...1 lines deleted...]
-      <c r="I149" s="5"/>
+        <v>1062</v>
+      </c>
+      <c r="I149" s="5" t="s">
+        <v>1063</v>
+      </c>
       <c r="J149" s="5" t="s">
-        <v>1003</v>
+        <v>102</v>
       </c>
       <c r="K149" s="5" t="s">
-        <v>1058</v>
+        <v>1064</v>
       </c>
       <c r="L149" s="6" t="s">
-        <v>1059</v>
+        <v>1065</v>
       </c>
       <c r="M149" s="5" t="s">
-        <v>1060</v>
+        <v>1066</v>
       </c>
     </row>
     <row r="150">
       <c r="A150" s="5" t="s">
-        <v>1061</v>
+        <v>1060</v>
       </c>
       <c r="B150" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C150" s="5" t="s">
-        <v>851</v>
+        <v>880</v>
       </c>
       <c r="D150" s="5" t="s">
-        <v>1001</v>
+        <v>947</v>
       </c>
       <c r="E150" s="5" t="s">
-        <v>1062</v>
+        <v>948</v>
       </c>
       <c r="F150" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G150" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H150" s="5" t="s">
-        <v>1063</v>
+        <v>1067</v>
       </c>
       <c r="I150" s="5" t="s">
-        <v>1064</v>
+        <v>1068</v>
       </c>
       <c r="J150" s="5" t="s">
-        <v>921</v>
+        <v>20</v>
       </c>
       <c r="K150" s="5" t="s">
-        <v>1065</v>
+        <v>1069</v>
       </c>
       <c r="L150" s="6" t="s">
-        <v>1066</v>
+        <v>1070</v>
       </c>
       <c r="M150" s="5" t="s">
-        <v>1067</v>
+        <v>1071</v>
       </c>
     </row>
     <row r="151">
       <c r="A151" s="5" t="s">
-        <v>1068</v>
+        <v>1072</v>
       </c>
       <c r="B151" s="5" t="s">
-        <v>14</v>
+        <v>258</v>
       </c>
       <c r="C151" s="5" t="s">
-        <v>852</v>
+        <v>908</v>
       </c>
       <c r="D151" s="5" t="s">
-        <v>891</v>
+        <v>947</v>
       </c>
       <c r="E151" s="5" t="s">
-        <v>919</v>
-[...7 lines deleted...]
-        <v>1069</v>
+        <v>1073</v>
+      </c>
+      <c r="F151" s="5" t="s">
+        <v>1074</v>
+      </c>
+      <c r="G151" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H151" s="5" t="s">
-        <v>1070</v>
+        <v>1075</v>
       </c>
       <c r="I151" s="5" t="s">
-        <v>1071</v>
+        <v>1076</v>
       </c>
       <c r="J151" s="5" t="s">
-        <v>102</v>
+        <v>1077</v>
       </c>
       <c r="K151" s="5" t="s">
-        <v>1072</v>
+        <v>1078</v>
       </c>
       <c r="L151" s="6" t="s">
-        <v>1073</v>
+        <v>1079</v>
       </c>
       <c r="M151" s="5" t="s">
-        <v>1074</v>
+        <v>1080</v>
       </c>
     </row>
     <row r="152">
       <c r="A152" s="5" t="s">
-        <v>1075</v>
+        <v>1081</v>
       </c>
       <c r="B152" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C152" s="5" t="s">
-        <v>851</v>
+        <v>1030</v>
       </c>
       <c r="D152" s="5" t="s">
-        <v>918</v>
-[...2 lines deleted...]
-        <v>1062</v>
+        <v>880</v>
+      </c>
+      <c r="E152" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F152" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G152" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H152" s="5" t="s">
-        <v>1076</v>
-[...3 lines deleted...]
-      </c>
+        <v>1031</v>
+      </c>
+      <c r="I152" s="5"/>
       <c r="J152" s="5" t="s">
-        <v>921</v>
+        <v>1032</v>
       </c>
       <c r="K152" s="5" t="s">
-        <v>1078</v>
+        <v>1082</v>
       </c>
       <c r="L152" s="6" t="s">
-        <v>1079</v>
+        <v>1083</v>
       </c>
       <c r="M152" s="5" t="s">
-        <v>1080</v>
+        <v>1084</v>
       </c>
     </row>
     <row r="153">
       <c r="A153" s="5" t="s">
-        <v>1081</v>
+        <v>1085</v>
       </c>
       <c r="B153" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C153" s="5" t="s">
-        <v>851</v>
+        <v>1031</v>
       </c>
       <c r="D153" s="5" t="s">
-        <v>918</v>
-[...2 lines deleted...]
-        <v>1062</v>
+        <v>908</v>
+      </c>
+      <c r="E153" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F153" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G153" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H153" s="5" t="s">
-        <v>1082</v>
-[...3 lines deleted...]
-      </c>
+        <v>1086</v>
+      </c>
+      <c r="I153" s="5"/>
       <c r="J153" s="5" t="s">
-        <v>20</v>
+        <v>1032</v>
       </c>
       <c r="K153" s="5" t="s">
-        <v>1084</v>
+        <v>1087</v>
       </c>
       <c r="L153" s="6" t="s">
-        <v>1085</v>
+        <v>1088</v>
       </c>
       <c r="M153" s="5" t="s">
-        <v>1086</v>
+        <v>1089</v>
       </c>
     </row>
     <row r="154">
       <c r="A154" s="5" t="s">
-        <v>1087</v>
+        <v>1090</v>
       </c>
       <c r="B154" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C154" s="5" t="s">
-        <v>851</v>
+        <v>880</v>
       </c>
       <c r="D154" s="5" t="s">
-        <v>918</v>
+        <v>1030</v>
       </c>
       <c r="E154" s="5" t="s">
-        <v>1088</v>
+        <v>1091</v>
       </c>
       <c r="F154" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G154" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H154" s="5" t="s">
-        <v>1089</v>
+        <v>1092</v>
       </c>
       <c r="I154" s="5" t="s">
-        <v>1090</v>
+        <v>1093</v>
       </c>
       <c r="J154" s="5" t="s">
-        <v>921</v>
+        <v>950</v>
       </c>
       <c r="K154" s="5" t="s">
-        <v>1091</v>
+        <v>1094</v>
       </c>
       <c r="L154" s="6" t="s">
-        <v>1092</v>
+        <v>1095</v>
       </c>
       <c r="M154" s="5" t="s">
-        <v>1093</v>
+        <v>1096</v>
       </c>
     </row>
     <row r="155">
       <c r="A155" s="5" t="s">
-        <v>1094</v>
+        <v>1097</v>
       </c>
       <c r="B155" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C155" s="5" t="s">
-        <v>851</v>
+        <v>881</v>
       </c>
       <c r="D155" s="5" t="s">
-        <v>918</v>
+        <v>920</v>
       </c>
       <c r="E155" s="5" t="s">
-        <v>1062</v>
+        <v>948</v>
       </c>
       <c r="F155" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G155" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G155" s="5" t="s">
+        <v>1098</v>
       </c>
       <c r="H155" s="5" t="s">
-        <v>1095</v>
+        <v>1099</v>
       </c>
       <c r="I155" s="5" t="s">
-        <v>1096</v>
+        <v>1100</v>
       </c>
       <c r="J155" s="5" t="s">
-        <v>20</v>
+        <v>102</v>
       </c>
       <c r="K155" s="5" t="s">
-        <v>1097</v>
+        <v>1101</v>
       </c>
       <c r="L155" s="6" t="s">
-        <v>1098</v>
+        <v>1102</v>
       </c>
       <c r="M155" s="5" t="s">
-        <v>1099</v>
+        <v>1103</v>
       </c>
     </row>
     <row r="156">
-      <c r="A156" s="5" t="n">
-        <v>1912</v>
+      <c r="A156" s="5" t="s">
+        <v>1104</v>
       </c>
       <c r="B156" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C156" s="5" t="s">
-        <v>1100</v>
+        <v>880</v>
       </c>
       <c r="D156" s="5" t="s">
-        <v>891</v>
+        <v>947</v>
       </c>
       <c r="E156" s="5" t="s">
-        <v>919</v>
+        <v>1091</v>
       </c>
       <c r="F156" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G156" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H156" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H156" s="5" t="s">
+        <v>1105</v>
       </c>
       <c r="I156" s="5" t="s">
-        <v>1101</v>
+        <v>1106</v>
       </c>
       <c r="J156" s="5" t="s">
-        <v>102</v>
+        <v>950</v>
       </c>
       <c r="K156" s="5" t="s">
-        <v>1102</v>
+        <v>1107</v>
       </c>
       <c r="L156" s="6" t="s">
-        <v>1103</v>
+        <v>1108</v>
       </c>
       <c r="M156" s="5" t="s">
-        <v>1104</v>
+        <v>1109</v>
       </c>
     </row>
     <row r="157">
-      <c r="A157" s="5" t="n">
-        <v>1912</v>
+      <c r="A157" s="5" t="s">
+        <v>1110</v>
       </c>
       <c r="B157" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C157" s="5" t="s">
-        <v>852</v>
+        <v>880</v>
       </c>
       <c r="D157" s="5" t="s">
-        <v>891</v>
+        <v>947</v>
       </c>
       <c r="E157" s="5" t="s">
-        <v>919</v>
+        <v>1091</v>
       </c>
       <c r="F157" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G157" s="5" t="s">
-        <v>1105</v>
+      <c r="G157" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H157" s="5" t="s">
-        <v>1106</v>
+        <v>1111</v>
       </c>
       <c r="I157" s="5" t="s">
-        <v>1107</v>
+        <v>1112</v>
       </c>
       <c r="J157" s="5" t="s">
-        <v>102</v>
+        <v>20</v>
       </c>
       <c r="K157" s="5" t="s">
-        <v>1108</v>
+        <v>1113</v>
       </c>
       <c r="L157" s="6" t="s">
-        <v>1109</v>
+        <v>1114</v>
       </c>
       <c r="M157" s="5" t="s">
-        <v>1110</v>
+        <v>1115</v>
       </c>
     </row>
     <row r="158">
-      <c r="A158" s="5" t="n">
-        <v>1912</v>
+      <c r="A158" s="5" t="s">
+        <v>1116</v>
       </c>
       <c r="B158" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C158" s="5" t="s">
-        <v>852</v>
+        <v>880</v>
       </c>
       <c r="D158" s="5" t="s">
-        <v>891</v>
+        <v>947</v>
       </c>
       <c r="E158" s="5" t="s">
-        <v>919</v>
+        <v>1117</v>
       </c>
       <c r="F158" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G158" s="5" t="s">
-        <v>1111</v>
+      <c r="G158" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H158" s="5" t="s">
-        <v>1112</v>
+        <v>1118</v>
       </c>
       <c r="I158" s="5" t="s">
-        <v>1113</v>
+        <v>1119</v>
       </c>
       <c r="J158" s="5" t="s">
-        <v>102</v>
+        <v>950</v>
       </c>
       <c r="K158" s="5" t="s">
-        <v>1114</v>
+        <v>1120</v>
       </c>
       <c r="L158" s="6" t="s">
-        <v>1115</v>
+        <v>1121</v>
       </c>
       <c r="M158" s="5" t="s">
-        <v>1116</v>
+        <v>1122</v>
       </c>
     </row>
     <row r="159">
       <c r="A159" s="5" t="s">
-        <v>1117</v>
+        <v>1123</v>
       </c>
       <c r="B159" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C159" s="5" t="s">
-        <v>851</v>
+        <v>880</v>
       </c>
       <c r="D159" s="5" t="s">
-        <v>918</v>
+        <v>947</v>
       </c>
       <c r="E159" s="5" t="s">
-        <v>1118</v>
+        <v>1091</v>
       </c>
       <c r="F159" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G159" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H159" s="5" t="s">
-        <v>1119</v>
+        <v>1124</v>
       </c>
       <c r="I159" s="5" t="s">
-        <v>1120</v>
+        <v>1125</v>
       </c>
       <c r="J159" s="5" t="s">
-        <v>921</v>
+        <v>20</v>
       </c>
       <c r="K159" s="5" t="s">
-        <v>1121</v>
+        <v>1126</v>
       </c>
       <c r="L159" s="6" t="s">
-        <v>1122</v>
+        <v>1127</v>
       </c>
       <c r="M159" s="5" t="s">
-        <v>1123</v>
+        <v>1128</v>
       </c>
     </row>
     <row r="160">
       <c r="A160" s="5" t="n">
         <v>1912</v>
       </c>
       <c r="B160" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C160" s="5" t="s">
-        <v>851</v>
+        <v>1129</v>
       </c>
       <c r="D160" s="5" t="s">
-        <v>891</v>
+        <v>920</v>
       </c>
       <c r="E160" s="5" t="s">
-        <v>919</v>
+        <v>948</v>
       </c>
       <c r="F160" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G160" s="5" t="s">
-[...3 lines deleted...]
-        <v>1125</v>
+      <c r="G160" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H160" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I160" s="5" t="s">
-        <v>1126</v>
+        <v>1130</v>
       </c>
       <c r="J160" s="5" t="s">
         <v>102</v>
       </c>
       <c r="K160" s="5" t="s">
-        <v>1127</v>
+        <v>1131</v>
       </c>
       <c r="L160" s="6" t="s">
-        <v>1128</v>
+        <v>1132</v>
       </c>
       <c r="M160" s="5" t="s">
-        <v>1129</v>
+        <v>1133</v>
       </c>
     </row>
     <row r="161">
       <c r="A161" s="5" t="n">
         <v>1912</v>
       </c>
       <c r="B161" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C161" s="5" t="s">
-        <v>851</v>
+        <v>881</v>
       </c>
       <c r="D161" s="5" t="s">
-        <v>1001</v>
+        <v>920</v>
       </c>
       <c r="E161" s="5" t="s">
-        <v>919</v>
+        <v>948</v>
       </c>
       <c r="F161" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G161" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G161" s="5" t="s">
+        <v>1134</v>
       </c>
       <c r="H161" s="5" t="s">
-        <v>1130</v>
+        <v>1135</v>
       </c>
       <c r="I161" s="5" t="s">
-        <v>1131</v>
+        <v>1136</v>
       </c>
       <c r="J161" s="5" t="s">
-        <v>1132</v>
+        <v>102</v>
       </c>
       <c r="K161" s="5" t="s">
-        <v>1133</v>
+        <v>1137</v>
       </c>
       <c r="L161" s="6" t="s">
-        <v>1134</v>
+        <v>1138</v>
       </c>
       <c r="M161" s="5" t="s">
-        <v>1135</v>
+        <v>1139</v>
       </c>
     </row>
     <row r="162">
       <c r="A162" s="5" t="n">
         <v>1912</v>
       </c>
       <c r="B162" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C162" s="5" t="s">
-        <v>852</v>
+        <v>881</v>
       </c>
       <c r="D162" s="5" t="s">
-        <v>891</v>
+        <v>920</v>
       </c>
       <c r="E162" s="5" t="s">
-        <v>919</v>
+        <v>948</v>
       </c>
       <c r="F162" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G162" s="5" t="s">
-        <v>1136</v>
+        <v>1140</v>
       </c>
       <c r="H162" s="5" t="s">
-        <v>1137</v>
+        <v>1141</v>
       </c>
       <c r="I162" s="5" t="s">
-        <v>1138</v>
+        <v>1142</v>
       </c>
       <c r="J162" s="5" t="s">
         <v>102</v>
       </c>
       <c r="K162" s="5" t="s">
-        <v>1139</v>
+        <v>1143</v>
       </c>
       <c r="L162" s="6" t="s">
-        <v>1140</v>
+        <v>1144</v>
       </c>
       <c r="M162" s="5" t="s">
-        <v>1141</v>
+        <v>1145</v>
       </c>
     </row>
     <row r="163">
       <c r="A163" s="5" t="s">
-        <v>1142</v>
+        <v>1146</v>
       </c>
       <c r="B163" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C163" s="5" t="s">
-        <v>851</v>
+        <v>880</v>
       </c>
       <c r="D163" s="5" t="s">
-        <v>918</v>
+        <v>947</v>
       </c>
       <c r="E163" s="5" t="s">
-        <v>1062</v>
+        <v>1147</v>
       </c>
       <c r="F163" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G163" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H163" s="5" t="s">
-        <v>891</v>
+        <v>1148</v>
       </c>
       <c r="I163" s="5" t="s">
-        <v>1143</v>
+        <v>1149</v>
       </c>
       <c r="J163" s="5" t="s">
-        <v>921</v>
+        <v>950</v>
       </c>
       <c r="K163" s="5" t="s">
-        <v>1144</v>
+        <v>1150</v>
       </c>
       <c r="L163" s="6" t="s">
-        <v>1145</v>
+        <v>1151</v>
       </c>
       <c r="M163" s="5" t="s">
-        <v>1146</v>
+        <v>1152</v>
       </c>
     </row>
     <row r="164">
-      <c r="A164" s="5" t="s">
-        <v>1147</v>
+      <c r="A164" s="5" t="n">
+        <v>1912</v>
       </c>
       <c r="B164" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C164" s="5" t="s">
-        <v>1001</v>
+        <v>880</v>
       </c>
       <c r="D164" s="5" t="s">
-        <v>851</v>
-[...4 lines deleted...]
-        </is>
+        <v>920</v>
+      </c>
+      <c r="E164" s="5" t="s">
+        <v>948</v>
       </c>
       <c r="F164" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G164" s="5" t="s">
-        <v>1148</v>
+        <v>1153</v>
       </c>
       <c r="H164" s="5" t="s">
-        <v>1149</v>
-[...1 lines deleted...]
-      <c r="I164" s="5"/>
+        <v>1154</v>
+      </c>
+      <c r="I164" s="5" t="s">
+        <v>1155</v>
+      </c>
       <c r="J164" s="5" t="s">
-        <v>1003</v>
+        <v>102</v>
       </c>
       <c r="K164" s="5" t="s">
-        <v>1150</v>
+        <v>1156</v>
       </c>
       <c r="L164" s="6" t="s">
-        <v>1151</v>
+        <v>1157</v>
       </c>
       <c r="M164" s="5" t="s">
-        <v>1152</v>
+        <v>1158</v>
       </c>
     </row>
     <row r="165">
-      <c r="A165" s="5" t="s">
-        <v>1153</v>
+      <c r="A165" s="5" t="n">
+        <v>1912</v>
       </c>
       <c r="B165" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C165" s="5" t="s">
-        <v>26</v>
+        <v>880</v>
       </c>
       <c r="D165" s="5" t="s">
-        <v>773</v>
-[...7 lines deleted...]
-        <v>1154</v>
+        <v>1030</v>
+      </c>
+      <c r="E165" s="5" t="s">
+        <v>948</v>
+      </c>
+      <c r="F165" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G165" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H165" s="5" t="s">
-        <v>1155</v>
+        <v>1159</v>
       </c>
       <c r="I165" s="5" t="s">
-        <v>1156</v>
+        <v>1160</v>
       </c>
       <c r="J165" s="5" t="s">
-        <v>1157</v>
+        <v>1161</v>
       </c>
       <c r="K165" s="5" t="s">
-        <v>1158</v>
+        <v>1162</v>
       </c>
       <c r="L165" s="6" t="s">
-        <v>1159</v>
+        <v>1163</v>
       </c>
       <c r="M165" s="5" t="s">
-        <v>1160</v>
+        <v>1164</v>
       </c>
     </row>
     <row r="166">
-      <c r="A166" s="5" t="s">
-        <v>1161</v>
+      <c r="A166" s="5" t="n">
+        <v>1912</v>
       </c>
       <c r="B166" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C166" s="5" t="s">
-        <v>879</v>
+        <v>881</v>
       </c>
       <c r="D166" s="5" t="s">
-        <v>918</v>
+        <v>920</v>
       </c>
       <c r="E166" s="5" t="s">
-        <v>1062</v>
+        <v>948</v>
       </c>
       <c r="F166" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G166" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G166" s="5" t="s">
+        <v>1165</v>
       </c>
       <c r="H166" s="5" t="s">
-        <v>1162</v>
+        <v>1166</v>
       </c>
       <c r="I166" s="5" t="s">
-        <v>1163</v>
+        <v>1167</v>
       </c>
       <c r="J166" s="5" t="s">
-        <v>921</v>
+        <v>102</v>
       </c>
       <c r="K166" s="5" t="s">
-        <v>1164</v>
+        <v>1168</v>
       </c>
       <c r="L166" s="6" t="s">
-        <v>1165</v>
+        <v>1169</v>
       </c>
       <c r="M166" s="5" t="s">
-        <v>1166</v>
+        <v>1170</v>
       </c>
     </row>
     <row r="167">
       <c r="A167" s="5" t="s">
-        <v>1167</v>
+        <v>1171</v>
       </c>
       <c r="B167" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C167" s="5" t="s">
-        <v>852</v>
+        <v>880</v>
       </c>
       <c r="D167" s="5" t="s">
-        <v>891</v>
+        <v>947</v>
       </c>
       <c r="E167" s="5" t="s">
-        <v>919</v>
+        <v>1091</v>
       </c>
       <c r="F167" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G167" s="5" t="s">
-        <v>1136</v>
+      <c r="G167" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H167" s="5" t="s">
-        <v>1168</v>
+        <v>920</v>
       </c>
       <c r="I167" s="5" t="s">
-        <v>1107</v>
+        <v>1172</v>
       </c>
       <c r="J167" s="5" t="s">
-        <v>102</v>
+        <v>950</v>
       </c>
       <c r="K167" s="5" t="s">
-        <v>1169</v>
+        <v>1173</v>
       </c>
       <c r="L167" s="6" t="s">
-        <v>1170</v>
+        <v>1174</v>
       </c>
       <c r="M167" s="5" t="s">
-        <v>1171</v>
+        <v>1175</v>
       </c>
     </row>
     <row r="168">
       <c r="A168" s="5" t="s">
-        <v>1172</v>
+        <v>1176</v>
       </c>
       <c r="B168" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C168" s="5" t="s">
-        <v>1001</v>
+        <v>1030</v>
       </c>
       <c r="D168" s="5" t="s">
-        <v>879</v>
+        <v>880</v>
       </c>
       <c r="E168" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F168" s="5" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="F168" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G168" s="5" t="s">
+        <v>1177</v>
       </c>
       <c r="H168" s="5" t="s">
-        <v>1002</v>
+        <v>1178</v>
       </c>
       <c r="I168" s="5"/>
       <c r="J168" s="5" t="s">
-        <v>1003</v>
+        <v>1032</v>
       </c>
       <c r="K168" s="5" t="s">
-        <v>1173</v>
+        <v>1179</v>
       </c>
       <c r="L168" s="6" t="s">
-        <v>1174</v>
+        <v>1180</v>
       </c>
       <c r="M168" s="5" t="s">
-        <v>1175</v>
+        <v>1181</v>
       </c>
     </row>
     <row r="169">
       <c r="A169" s="5" t="s">
-        <v>1176</v>
+        <v>1182</v>
       </c>
       <c r="B169" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C169" s="5" t="s">
-        <v>851</v>
+        <v>26</v>
       </c>
       <c r="D169" s="5" t="s">
-        <v>918</v>
-[...7 lines deleted...]
-        </is>
+        <v>802</v>
+      </c>
+      <c r="E169" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F169" s="5" t="s">
+        <v>1183</v>
       </c>
       <c r="G169" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H169" s="5" t="s">
-        <v>1177</v>
+        <v>1184</v>
       </c>
       <c r="I169" s="5" t="s">
-        <v>1178</v>
+        <v>1185</v>
       </c>
       <c r="J169" s="5" t="s">
-        <v>20</v>
+        <v>1186</v>
       </c>
       <c r="K169" s="5" t="s">
-        <v>1179</v>
+        <v>1187</v>
       </c>
       <c r="L169" s="6" t="s">
-        <v>1180</v>
+        <v>1188</v>
       </c>
       <c r="M169" s="5" t="s">
-        <v>1181</v>
+        <v>1189</v>
       </c>
     </row>
     <row r="170">
       <c r="A170" s="5" t="s">
-        <v>1182</v>
+        <v>1190</v>
       </c>
       <c r="B170" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C170" s="5" t="s">
-        <v>1002</v>
+        <v>908</v>
       </c>
       <c r="D170" s="5" t="s">
-        <v>879</v>
-[...4 lines deleted...]
-        </is>
+        <v>947</v>
+      </c>
+      <c r="E170" s="5" t="s">
+        <v>1091</v>
       </c>
       <c r="F170" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G170" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H170" s="5" t="s">
-        <v>1183</v>
-[...1 lines deleted...]
-      <c r="I170" s="5"/>
+        <v>1191</v>
+      </c>
+      <c r="I170" s="5" t="s">
+        <v>1192</v>
+      </c>
       <c r="J170" s="5" t="s">
-        <v>1003</v>
+        <v>950</v>
       </c>
       <c r="K170" s="5" t="s">
-        <v>1184</v>
+        <v>1193</v>
       </c>
       <c r="L170" s="6" t="s">
-        <v>1185</v>
+        <v>1194</v>
       </c>
       <c r="M170" s="5" t="s">
-        <v>1186</v>
+        <v>1195</v>
       </c>
     </row>
     <row r="171">
       <c r="A171" s="5" t="s">
-        <v>1187</v>
+        <v>1196</v>
       </c>
       <c r="B171" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C171" s="5" t="s">
-        <v>851</v>
+        <v>881</v>
       </c>
       <c r="D171" s="5" t="s">
-        <v>891</v>
+        <v>920</v>
       </c>
       <c r="E171" s="5" t="s">
-        <v>919</v>
+        <v>948</v>
       </c>
       <c r="F171" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G171" s="5" t="s">
-        <v>1188</v>
+        <v>1165</v>
       </c>
       <c r="H171" s="5" t="s">
-        <v>1189</v>
+        <v>1197</v>
       </c>
       <c r="I171" s="5" t="s">
-        <v>1190</v>
+        <v>1136</v>
       </c>
       <c r="J171" s="5" t="s">
         <v>102</v>
       </c>
       <c r="K171" s="5" t="s">
-        <v>1191</v>
+        <v>1198</v>
       </c>
       <c r="L171" s="6" t="s">
-        <v>1192</v>
+        <v>1199</v>
       </c>
       <c r="M171" s="5" t="s">
-        <v>1193</v>
+        <v>1200</v>
       </c>
     </row>
     <row r="172">
       <c r="A172" s="5" t="s">
-        <v>1194</v>
+        <v>1201</v>
       </c>
       <c r="B172" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C172" s="5" t="s">
-        <v>879</v>
+        <v>1030</v>
       </c>
       <c r="D172" s="5" t="s">
-        <v>918</v>
-[...7 lines deleted...]
-        </is>
+        <v>908</v>
+      </c>
+      <c r="E172" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F172" s="5" t="s">
+        <v>948</v>
       </c>
       <c r="G172" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H172" s="5" t="s">
-        <v>1195</v>
-[...3 lines deleted...]
-      </c>
+        <v>1031</v>
+      </c>
+      <c r="I172" s="5"/>
       <c r="J172" s="5" t="s">
-        <v>921</v>
+        <v>1032</v>
       </c>
       <c r="K172" s="5" t="s">
-        <v>1197</v>
+        <v>1202</v>
       </c>
       <c r="L172" s="6" t="s">
-        <v>1198</v>
+        <v>1203</v>
       </c>
       <c r="M172" s="5" t="s">
-        <v>1199</v>
+        <v>1204</v>
       </c>
     </row>
     <row r="173">
       <c r="A173" s="5" t="s">
-        <v>1194</v>
+        <v>1205</v>
       </c>
       <c r="B173" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C173" s="5" t="s">
-        <v>1200</v>
+        <v>880</v>
       </c>
       <c r="D173" s="5" t="s">
-        <v>891</v>
+        <v>947</v>
       </c>
       <c r="E173" s="5" t="s">
-        <v>919</v>
+        <v>1091</v>
       </c>
       <c r="F173" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G173" s="5" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="G173" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H173" s="5" t="s">
+        <v>1206</v>
       </c>
       <c r="I173" s="5" t="s">
-        <v>1202</v>
+        <v>1207</v>
       </c>
       <c r="J173" s="5" t="s">
-        <v>102</v>
+        <v>20</v>
       </c>
       <c r="K173" s="5" t="s">
-        <v>1203</v>
+        <v>1208</v>
       </c>
       <c r="L173" s="6" t="s">
-        <v>1204</v>
+        <v>1209</v>
       </c>
       <c r="M173" s="5" t="s">
-        <v>1205</v>
+        <v>1210</v>
       </c>
     </row>
     <row r="174">
       <c r="A174" s="5" t="s">
-        <v>1206</v>
+        <v>1211</v>
       </c>
       <c r="B174" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C174" s="5" t="s">
-        <v>26</v>
+        <v>1031</v>
       </c>
       <c r="D174" s="5" t="s">
-        <v>773</v>
-[...5 lines deleted...]
-        <v>1208</v>
+        <v>908</v>
+      </c>
+      <c r="E174" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F174" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G174" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H174" s="5" t="s">
-        <v>1209</v>
-[...3 lines deleted...]
-      </c>
+        <v>1212</v>
+      </c>
+      <c r="I174" s="5"/>
       <c r="J174" s="5" t="s">
-        <v>1211</v>
+        <v>1032</v>
       </c>
       <c r="K174" s="5" t="s">
-        <v>1212</v>
+        <v>1213</v>
       </c>
       <c r="L174" s="6" t="s">
-        <v>1213</v>
+        <v>1214</v>
       </c>
       <c r="M174" s="5" t="s">
-        <v>1214</v>
+        <v>1215</v>
       </c>
     </row>
     <row r="175">
       <c r="A175" s="5" t="s">
-        <v>1215</v>
+        <v>1216</v>
       </c>
       <c r="B175" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C175" s="5" t="s">
-        <v>851</v>
+        <v>880</v>
       </c>
       <c r="D175" s="5" t="s">
-        <v>918</v>
+        <v>920</v>
       </c>
       <c r="E175" s="5" t="s">
-        <v>1062</v>
+        <v>948</v>
       </c>
       <c r="F175" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G175" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G175" s="5" t="s">
+        <v>1217</v>
       </c>
       <c r="H175" s="5" t="s">
-        <v>1216</v>
+        <v>1218</v>
       </c>
       <c r="I175" s="5" t="s">
-        <v>1217</v>
+        <v>1219</v>
       </c>
       <c r="J175" s="5" t="s">
-        <v>921</v>
+        <v>102</v>
       </c>
       <c r="K175" s="5" t="s">
-        <v>1218</v>
+        <v>1220</v>
       </c>
       <c r="L175" s="6" t="s">
-        <v>1219</v>
+        <v>1221</v>
       </c>
       <c r="M175" s="5" t="s">
-        <v>1220</v>
+        <v>1222</v>
       </c>
     </row>
     <row r="176">
       <c r="A176" s="5" t="s">
-        <v>1215</v>
+        <v>1223</v>
       </c>
       <c r="B176" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C176" s="5" t="s">
-        <v>1002</v>
+        <v>908</v>
       </c>
       <c r="D176" s="5" t="s">
-        <v>879</v>
-[...4 lines deleted...]
-        </is>
+        <v>947</v>
+      </c>
+      <c r="E176" s="5" t="s">
+        <v>1091</v>
       </c>
       <c r="F176" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G176" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H176" s="5" t="s">
-        <v>1221</v>
-[...1 lines deleted...]
-      <c r="I176" s="5"/>
+        <v>1224</v>
+      </c>
+      <c r="I176" s="5" t="s">
+        <v>1225</v>
+      </c>
       <c r="J176" s="5" t="s">
-        <v>1003</v>
+        <v>950</v>
       </c>
       <c r="K176" s="5" t="s">
-        <v>1222</v>
+        <v>1226</v>
       </c>
       <c r="L176" s="6" t="s">
-        <v>1223</v>
+        <v>1227</v>
       </c>
       <c r="M176" s="5" t="s">
-        <v>1224</v>
+        <v>1228</v>
       </c>
     </row>
     <row r="177">
       <c r="A177" s="5" t="s">
-        <v>1225</v>
+        <v>1223</v>
       </c>
       <c r="B177" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C177" s="5" t="s">
-        <v>851</v>
+        <v>1229</v>
       </c>
       <c r="D177" s="5" t="s">
-        <v>918</v>
+        <v>920</v>
       </c>
       <c r="E177" s="5" t="s">
-        <v>1226</v>
+        <v>948</v>
       </c>
       <c r="F177" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G177" s="5" t="inlineStr">
-[...5 lines deleted...]
-        <v>1227</v>
+      <c r="G177" s="5" t="s">
+        <v>1230</v>
+      </c>
+      <c r="H177" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I177" s="5" t="s">
-        <v>1228</v>
+        <v>1231</v>
       </c>
       <c r="J177" s="5" t="s">
-        <v>921</v>
+        <v>102</v>
       </c>
       <c r="K177" s="5" t="s">
-        <v>1229</v>
+        <v>1232</v>
       </c>
       <c r="L177" s="6" t="s">
-        <v>1230</v>
+        <v>1233</v>
       </c>
       <c r="M177" s="5" t="s">
-        <v>1231</v>
+        <v>1234</v>
       </c>
     </row>
     <row r="178">
       <c r="A178" s="5" t="s">
-        <v>1232</v>
+        <v>1235</v>
       </c>
       <c r="B178" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C178" s="5" t="s">
-        <v>851</v>
+        <v>26</v>
       </c>
       <c r="D178" s="5" t="s">
-        <v>891</v>
+        <v>802</v>
       </c>
       <c r="E178" s="5" t="s">
-        <v>919</v>
-[...7 lines deleted...]
-        <v>1233</v>
+        <v>1236</v>
+      </c>
+      <c r="F178" s="5" t="s">
+        <v>1237</v>
+      </c>
+      <c r="G178" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H178" s="5" t="s">
-        <v>1234</v>
+        <v>1238</v>
       </c>
       <c r="I178" s="5" t="s">
-        <v>1235</v>
+        <v>1239</v>
       </c>
       <c r="J178" s="5" t="s">
-        <v>102</v>
+        <v>1240</v>
       </c>
       <c r="K178" s="5" t="s">
-        <v>1236</v>
+        <v>1241</v>
       </c>
       <c r="L178" s="6" t="s">
-        <v>1237</v>
+        <v>1242</v>
       </c>
       <c r="M178" s="5" t="s">
-        <v>1238</v>
+        <v>1243</v>
       </c>
     </row>
     <row r="179">
       <c r="A179" s="5" t="s">
-        <v>1239</v>
+        <v>1244</v>
       </c>
       <c r="B179" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C179" s="5" t="s">
-        <v>918</v>
+        <v>880</v>
       </c>
       <c r="D179" s="5" t="s">
-        <v>879</v>
-[...7 lines deleted...]
-        <v>919</v>
+        <v>947</v>
+      </c>
+      <c r="E179" s="5" t="s">
+        <v>1091</v>
+      </c>
+      <c r="F179" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G179" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H179" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I179" s="5"/>
+      <c r="H179" s="5" t="s">
+        <v>1245</v>
+      </c>
+      <c r="I179" s="5" t="s">
+        <v>1246</v>
+      </c>
       <c r="J179" s="5" t="s">
-        <v>1003</v>
+        <v>950</v>
       </c>
       <c r="K179" s="5" t="s">
-        <v>1240</v>
+        <v>1247</v>
       </c>
       <c r="L179" s="6" t="s">
-        <v>1241</v>
+        <v>1248</v>
       </c>
       <c r="M179" s="5" t="s">
-        <v>1242</v>
+        <v>1249</v>
       </c>
     </row>
     <row r="180">
       <c r="A180" s="5" t="s">
-        <v>1243</v>
+        <v>1244</v>
       </c>
       <c r="B180" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C180" s="5" t="s">
-        <v>851</v>
+        <v>1031</v>
       </c>
       <c r="D180" s="5" t="s">
-        <v>891</v>
-[...2 lines deleted...]
-        <v>919</v>
+        <v>908</v>
+      </c>
+      <c r="E180" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F180" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G180" s="5" t="s">
-        <v>1136</v>
+      <c r="G180" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H180" s="5" t="s">
-        <v>1244</v>
-[...3 lines deleted...]
-      </c>
+        <v>1250</v>
+      </c>
+      <c r="I180" s="5"/>
       <c r="J180" s="5" t="s">
-        <v>102</v>
+        <v>1032</v>
       </c>
       <c r="K180" s="5" t="s">
-        <v>1246</v>
+        <v>1251</v>
       </c>
       <c r="L180" s="6" t="s">
-        <v>1247</v>
+        <v>1252</v>
       </c>
       <c r="M180" s="5" t="s">
-        <v>1248</v>
+        <v>1253</v>
       </c>
     </row>
     <row r="181">
       <c r="A181" s="5" t="s">
-        <v>1249</v>
+        <v>1254</v>
       </c>
       <c r="B181" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C181" s="5" t="s">
-        <v>851</v>
+        <v>880</v>
       </c>
       <c r="D181" s="5" t="s">
-        <v>918</v>
+        <v>947</v>
       </c>
       <c r="E181" s="5" t="s">
-        <v>1226</v>
+        <v>1255</v>
       </c>
       <c r="F181" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G181" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H181" s="5" t="s">
-        <v>1250</v>
+        <v>1256</v>
       </c>
       <c r="I181" s="5" t="s">
-        <v>1251</v>
+        <v>1257</v>
       </c>
       <c r="J181" s="5" t="s">
-        <v>921</v>
+        <v>950</v>
       </c>
       <c r="K181" s="5" t="s">
-        <v>1252</v>
+        <v>1258</v>
       </c>
       <c r="L181" s="6" t="s">
-        <v>1253</v>
+        <v>1259</v>
       </c>
       <c r="M181" s="5" t="s">
-        <v>1254</v>
+        <v>1260</v>
       </c>
     </row>
     <row r="182">
       <c r="A182" s="5" t="s">
-        <v>1255</v>
+        <v>1261</v>
       </c>
       <c r="B182" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C182" s="5" t="s">
-        <v>852</v>
+        <v>880</v>
       </c>
       <c r="D182" s="5" t="s">
-        <v>1256</v>
-[...4 lines deleted...]
-        </is>
+        <v>920</v>
+      </c>
+      <c r="E182" s="5" t="s">
+        <v>948</v>
       </c>
       <c r="F182" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G182" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="I182" s="5"/>
+      <c r="G182" s="5" t="s">
+        <v>1262</v>
+      </c>
+      <c r="H182" s="5" t="s">
+        <v>1263</v>
+      </c>
+      <c r="I182" s="5" t="s">
+        <v>1264</v>
+      </c>
       <c r="J182" s="5" t="s">
-        <v>1257</v>
+        <v>102</v>
       </c>
       <c r="K182" s="5" t="s">
-        <v>1258</v>
+        <v>1265</v>
       </c>
       <c r="L182" s="6" t="s">
-        <v>1259</v>
+        <v>1266</v>
       </c>
       <c r="M182" s="5" t="s">
-        <v>1260</v>
+        <v>1267</v>
       </c>
     </row>
     <row r="183">
       <c r="A183" s="5" t="s">
-        <v>1261</v>
+        <v>1268</v>
       </c>
       <c r="B183" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C183" s="5" t="s">
-        <v>851</v>
+        <v>947</v>
       </c>
       <c r="D183" s="5" t="s">
-        <v>1001</v>
-[...7 lines deleted...]
-        </is>
+        <v>908</v>
+      </c>
+      <c r="E183" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F183" s="5" t="s">
+        <v>948</v>
       </c>
       <c r="G183" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H183" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="H183" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I183" s="5"/>
       <c r="J183" s="5" t="s">
-        <v>921</v>
+        <v>1032</v>
       </c>
       <c r="K183" s="5" t="s">
-        <v>1264</v>
+        <v>1269</v>
       </c>
       <c r="L183" s="6" t="s">
-        <v>1265</v>
+        <v>1270</v>
       </c>
       <c r="M183" s="5" t="s">
-        <v>1266</v>
+        <v>1271</v>
       </c>
     </row>
     <row r="184">
       <c r="A184" s="5" t="s">
-        <v>1267</v>
+        <v>1272</v>
       </c>
       <c r="B184" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C184" s="5" t="s">
-        <v>851</v>
+        <v>880</v>
       </c>
       <c r="D184" s="5" t="s">
-        <v>938</v>
-[...4 lines deleted...]
-        </is>
+        <v>920</v>
+      </c>
+      <c r="E184" s="5" t="s">
+        <v>948</v>
       </c>
       <c r="F184" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G184" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G184" s="5" t="s">
+        <v>1165</v>
       </c>
       <c r="H184" s="5" t="s">
-        <v>852</v>
+        <v>1273</v>
       </c>
       <c r="I184" s="5" t="s">
-        <v>1268</v>
+        <v>1274</v>
       </c>
       <c r="J184" s="5" t="s">
-        <v>1257</v>
+        <v>102</v>
       </c>
       <c r="K184" s="5" t="s">
-        <v>1269</v>
+        <v>1275</v>
       </c>
       <c r="L184" s="6" t="s">
-        <v>1270</v>
+        <v>1276</v>
       </c>
       <c r="M184" s="5" t="s">
-        <v>1271</v>
+        <v>1277</v>
       </c>
     </row>
     <row r="185">
       <c r="A185" s="5" t="s">
-        <v>1272</v>
+        <v>1278</v>
       </c>
       <c r="B185" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C185" s="5" t="s">
-        <v>852</v>
+        <v>880</v>
       </c>
       <c r="D185" s="5" t="s">
-        <v>891</v>
+        <v>947</v>
       </c>
       <c r="E185" s="5" t="s">
-        <v>919</v>
+        <v>1255</v>
       </c>
       <c r="F185" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G185" s="5" t="s">
-        <v>1273</v>
+      <c r="G185" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H185" s="5" t="s">
-        <v>1274</v>
+        <v>1279</v>
       </c>
       <c r="I185" s="5" t="s">
-        <v>1275</v>
+        <v>1280</v>
       </c>
       <c r="J185" s="5" t="s">
-        <v>102</v>
+        <v>950</v>
       </c>
       <c r="K185" s="5" t="s">
-        <v>1276</v>
+        <v>1281</v>
       </c>
       <c r="L185" s="6" t="s">
-        <v>1277</v>
+        <v>1282</v>
       </c>
       <c r="M185" s="5" t="s">
-        <v>1278</v>
+        <v>1283</v>
       </c>
     </row>
     <row r="186">
       <c r="A186" s="5" t="s">
-        <v>1279</v>
+        <v>1284</v>
       </c>
       <c r="B186" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C186" s="5" t="s">
-        <v>938</v>
+        <v>881</v>
       </c>
       <c r="D186" s="5" t="s">
-        <v>851</v>
+        <v>1285</v>
       </c>
       <c r="E186" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F186" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G186" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H186" s="5" t="s">
-        <v>1280</v>
+      <c r="H186" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I186" s="5"/>
       <c r="J186" s="5" t="s">
-        <v>1257</v>
+        <v>1286</v>
       </c>
       <c r="K186" s="5" t="s">
-        <v>1281</v>
+        <v>1287</v>
       </c>
       <c r="L186" s="6" t="s">
-        <v>1282</v>
+        <v>1288</v>
       </c>
       <c r="M186" s="5" t="s">
-        <v>1283</v>
+        <v>1289</v>
       </c>
     </row>
     <row r="187">
       <c r="A187" s="5" t="s">
-        <v>1284</v>
+        <v>1290</v>
       </c>
       <c r="B187" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C187" s="5" t="s">
-        <v>851</v>
+        <v>880</v>
       </c>
       <c r="D187" s="5" t="s">
-        <v>938</v>
+        <v>1030</v>
       </c>
       <c r="E187" s="5" t="s">
-        <v>919</v>
+        <v>1255</v>
       </c>
       <c r="F187" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G187" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H187" s="5" t="s">
-        <v>1285</v>
+        <v>1291</v>
       </c>
       <c r="I187" s="5" t="s">
-        <v>1286</v>
+        <v>1292</v>
       </c>
       <c r="J187" s="5" t="s">
-        <v>1257</v>
+        <v>950</v>
       </c>
       <c r="K187" s="5" t="s">
-        <v>1287</v>
+        <v>1293</v>
       </c>
       <c r="L187" s="6" t="s">
-        <v>1288</v>
+        <v>1294</v>
       </c>
       <c r="M187" s="5" t="s">
-        <v>1289</v>
+        <v>1295</v>
       </c>
     </row>
     <row r="188">
       <c r="A188" s="5" t="s">
-        <v>1290</v>
+        <v>1296</v>
       </c>
       <c r="B188" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C188" s="5" t="s">
-        <v>851</v>
+        <v>880</v>
       </c>
       <c r="D188" s="5" t="s">
-        <v>918</v>
+        <v>967</v>
       </c>
       <c r="E188" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F188" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G188" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H188" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I188" s="5"/>
+      <c r="H188" s="5" t="s">
+        <v>881</v>
+      </c>
+      <c r="I188" s="5" t="s">
+        <v>1297</v>
+      </c>
       <c r="J188" s="5" t="s">
-        <v>921</v>
+        <v>1286</v>
       </c>
       <c r="K188" s="5" t="s">
-        <v>1291</v>
+        <v>1298</v>
       </c>
       <c r="L188" s="6" t="s">
-        <v>1292</v>
+        <v>1299</v>
       </c>
       <c r="M188" s="5" t="s">
-        <v>1293</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="189">
       <c r="A189" s="5" t="s">
-        <v>1294</v>
+        <v>1301</v>
       </c>
       <c r="B189" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C189" s="5" t="s">
-        <v>851</v>
+        <v>881</v>
       </c>
       <c r="D189" s="5" t="s">
-        <v>1001</v>
+        <v>920</v>
       </c>
       <c r="E189" s="5" t="s">
-        <v>1295</v>
+        <v>948</v>
       </c>
       <c r="F189" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G189" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G189" s="5" t="s">
+        <v>1302</v>
       </c>
       <c r="H189" s="5" t="s">
-        <v>1296</v>
+        <v>1303</v>
       </c>
       <c r="I189" s="5" t="s">
-        <v>1297</v>
+        <v>1304</v>
       </c>
       <c r="J189" s="5" t="s">
-        <v>921</v>
+        <v>102</v>
       </c>
       <c r="K189" s="5" t="s">
-        <v>1298</v>
+        <v>1305</v>
       </c>
       <c r="L189" s="6" t="s">
-        <v>1299</v>
+        <v>1306</v>
       </c>
       <c r="M189" s="5" t="s">
-        <v>1300</v>
+        <v>1307</v>
       </c>
     </row>
     <row r="190">
       <c r="A190" s="5" t="s">
-        <v>1301</v>
+        <v>1308</v>
       </c>
       <c r="B190" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C190" s="5" t="s">
-        <v>851</v>
+        <v>967</v>
       </c>
       <c r="D190" s="5" t="s">
-        <v>938</v>
-[...2 lines deleted...]
-        <v>919</v>
+        <v>880</v>
+      </c>
+      <c r="E190" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F190" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G190" s="5" t="s">
-        <v>1302</v>
+      <c r="G190" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H190" s="5" t="s">
-        <v>1303</v>
+        <v>1309</v>
       </c>
       <c r="I190" s="5"/>
       <c r="J190" s="5" t="s">
-        <v>1257</v>
+        <v>1286</v>
       </c>
       <c r="K190" s="5" t="s">
-        <v>1304</v>
+        <v>1310</v>
       </c>
       <c r="L190" s="6" t="s">
-        <v>1305</v>
+        <v>1311</v>
       </c>
       <c r="M190" s="5" t="s">
-        <v>1306</v>
+        <v>1312</v>
       </c>
     </row>
     <row r="191">
       <c r="A191" s="5" t="s">
-        <v>1307</v>
+        <v>1313</v>
       </c>
       <c r="B191" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C191" s="5" t="s">
-        <v>879</v>
+        <v>880</v>
       </c>
       <c r="D191" s="5" t="s">
-        <v>918</v>
+        <v>967</v>
       </c>
       <c r="E191" s="5" t="s">
-        <v>1295</v>
+        <v>948</v>
       </c>
       <c r="F191" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G191" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H191" s="5" t="s">
-        <v>1308</v>
+        <v>1314</v>
       </c>
       <c r="I191" s="5" t="s">
-        <v>1309</v>
+        <v>1315</v>
       </c>
       <c r="J191" s="5" t="s">
-        <v>968</v>
+        <v>1286</v>
       </c>
       <c r="K191" s="5" t="s">
-        <v>1310</v>
+        <v>1316</v>
       </c>
       <c r="L191" s="6" t="s">
-        <v>1311</v>
+        <v>1317</v>
       </c>
       <c r="M191" s="5" t="s">
-        <v>1312</v>
+        <v>1318</v>
       </c>
     </row>
     <row r="192">
       <c r="A192" s="5" t="s">
-        <v>1313</v>
+        <v>1319</v>
       </c>
       <c r="B192" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C192" s="5" t="s">
-        <v>1314</v>
+        <v>880</v>
       </c>
       <c r="D192" s="5" t="s">
-        <v>938</v>
+        <v>947</v>
       </c>
       <c r="E192" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F192" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G192" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H192" s="5" t="s">
-        <v>1315</v>
+      <c r="H192" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I192" s="5"/>
       <c r="J192" s="5" t="s">
-        <v>1257</v>
+        <v>950</v>
       </c>
       <c r="K192" s="5" t="s">
-        <v>1316</v>
+        <v>1320</v>
       </c>
       <c r="L192" s="6" t="s">
-        <v>1317</v>
+        <v>1321</v>
       </c>
       <c r="M192" s="5" t="s">
-        <v>1318</v>
+        <v>1322</v>
       </c>
     </row>
     <row r="193">
       <c r="A193" s="5" t="s">
-        <v>1319</v>
+        <v>1323</v>
       </c>
       <c r="B193" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C193" s="5" t="s">
-        <v>938</v>
+        <v>880</v>
       </c>
       <c r="D193" s="5" t="s">
-        <v>733</v>
-[...4 lines deleted...]
-        </is>
+        <v>1030</v>
+      </c>
+      <c r="E193" s="5" t="s">
+        <v>1324</v>
       </c>
       <c r="F193" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G193" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H193" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I193" s="5"/>
+      <c r="H193" s="5" t="s">
+        <v>1325</v>
+      </c>
+      <c r="I193" s="5" t="s">
+        <v>1326</v>
+      </c>
       <c r="J193" s="5" t="s">
-        <v>1257</v>
+        <v>950</v>
       </c>
       <c r="K193" s="5" t="s">
-        <v>1320</v>
+        <v>1327</v>
       </c>
       <c r="L193" s="6" t="s">
-        <v>1321</v>
+        <v>1328</v>
       </c>
       <c r="M193" s="5" t="s">
-        <v>1322</v>
+        <v>1329</v>
       </c>
     </row>
     <row r="194">
       <c r="A194" s="5" t="s">
-        <v>1323</v>
+        <v>1330</v>
       </c>
       <c r="B194" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C194" s="5" t="s">
-        <v>851</v>
+        <v>880</v>
       </c>
       <c r="D194" s="5" t="s">
-        <v>1001</v>
+        <v>967</v>
       </c>
       <c r="E194" s="5" t="s">
-        <v>1324</v>
+        <v>948</v>
       </c>
       <c r="F194" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G194" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G194" s="5" t="s">
+        <v>1331</v>
       </c>
       <c r="H194" s="5" t="s">
-        <v>1325</v>
-[...3 lines deleted...]
-      </c>
+        <v>1332</v>
+      </c>
+      <c r="I194" s="5"/>
       <c r="J194" s="5" t="s">
-        <v>921</v>
+        <v>1286</v>
       </c>
       <c r="K194" s="5" t="s">
-        <v>1327</v>
+        <v>1333</v>
       </c>
       <c r="L194" s="6" t="s">
-        <v>1328</v>
+        <v>1334</v>
       </c>
       <c r="M194" s="5" t="s">
-        <v>1329</v>
+        <v>1335</v>
       </c>
     </row>
     <row r="195">
       <c r="A195" s="5" t="s">
-        <v>1330</v>
+        <v>1336</v>
       </c>
       <c r="B195" s="5" t="s">
-        <v>258</v>
+        <v>14</v>
       </c>
       <c r="C195" s="5" t="s">
-        <v>1331</v>
+        <v>908</v>
       </c>
       <c r="D195" s="5" t="s">
-        <v>1332</v>
+        <v>947</v>
       </c>
       <c r="E195" s="5" t="s">
-        <v>919</v>
+        <v>1324</v>
       </c>
       <c r="F195" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G195" s="5" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="G195" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H195" s="5" t="s">
+        <v>1337</v>
       </c>
       <c r="I195" s="5" t="s">
-        <v>1333</v>
+        <v>1338</v>
       </c>
       <c r="J195" s="5" t="s">
-        <v>102</v>
+        <v>997</v>
       </c>
       <c r="K195" s="5" t="s">
-        <v>1334</v>
+        <v>1339</v>
       </c>
       <c r="L195" s="6" t="s">
-        <v>1335</v>
+        <v>1340</v>
       </c>
       <c r="M195" s="5" t="s">
-        <v>1336</v>
+        <v>1341</v>
       </c>
     </row>
     <row r="196">
       <c r="A196" s="5" t="s">
-        <v>1337</v>
+        <v>1342</v>
       </c>
       <c r="B196" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C196" s="5" t="s">
-        <v>851</v>
+        <v>1343</v>
       </c>
       <c r="D196" s="5" t="s">
-        <v>938</v>
-[...2 lines deleted...]
-        <v>919</v>
+        <v>967</v>
+      </c>
+      <c r="E196" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F196" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G196" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H196" s="5" t="s">
-        <v>1338</v>
+        <v>1344</v>
       </c>
       <c r="I196" s="5"/>
       <c r="J196" s="5" t="s">
-        <v>1257</v>
+        <v>1286</v>
       </c>
       <c r="K196" s="5" t="s">
-        <v>1339</v>
+        <v>1345</v>
       </c>
       <c r="L196" s="6" t="s">
-        <v>1340</v>
+        <v>1346</v>
       </c>
       <c r="M196" s="5" t="s">
-        <v>1341</v>
+        <v>1347</v>
       </c>
     </row>
     <row r="197">
       <c r="A197" s="5" t="s">
-        <v>1342</v>
+        <v>1348</v>
       </c>
       <c r="B197" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C197" s="5" t="s">
-        <v>1002</v>
+        <v>967</v>
       </c>
       <c r="D197" s="5" t="s">
-        <v>879</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>740</v>
+      </c>
+      <c r="E197" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F197" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G197" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H197" s="5" t="s">
-        <v>1343</v>
+      <c r="H197" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I197" s="5"/>
       <c r="J197" s="5" t="s">
-        <v>1003</v>
+        <v>1286</v>
       </c>
       <c r="K197" s="5" t="s">
-        <v>1344</v>
+        <v>1349</v>
       </c>
       <c r="L197" s="6" t="s">
-        <v>1345</v>
+        <v>1350</v>
       </c>
       <c r="M197" s="5" t="s">
-        <v>1346</v>
+        <v>1351</v>
       </c>
     </row>
     <row r="198">
       <c r="A198" s="5" t="s">
-        <v>1347</v>
+        <v>1352</v>
       </c>
       <c r="B198" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C198" s="5" t="s">
-        <v>851</v>
+        <v>880</v>
       </c>
       <c r="D198" s="5" t="s">
-        <v>918</v>
+        <v>1030</v>
       </c>
       <c r="E198" s="5" t="s">
-        <v>17</v>
+        <v>1353</v>
       </c>
       <c r="F198" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G198" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H198" s="5" t="s">
-        <v>1348</v>
+        <v>1354</v>
       </c>
       <c r="I198" s="5" t="s">
-        <v>1349</v>
+        <v>1355</v>
       </c>
       <c r="J198" s="5" t="s">
-        <v>968</v>
+        <v>950</v>
       </c>
       <c r="K198" s="5" t="s">
-        <v>1350</v>
+        <v>1356</v>
       </c>
       <c r="L198" s="6" t="s">
-        <v>1351</v>
+        <v>1357</v>
       </c>
       <c r="M198" s="5" t="s">
-        <v>1352</v>
+        <v>1358</v>
       </c>
     </row>
     <row r="199">
       <c r="A199" s="5" t="s">
-        <v>1353</v>
+        <v>1359</v>
       </c>
       <c r="B199" s="5" t="s">
         <v>258</v>
       </c>
       <c r="C199" s="5" t="s">
-        <v>851</v>
+        <v>1360</v>
       </c>
       <c r="D199" s="5" t="s">
-        <v>938</v>
+        <v>1361</v>
       </c>
       <c r="E199" s="5" t="s">
-        <v>479</v>
+        <v>948</v>
       </c>
       <c r="F199" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G199" s="5" t="s">
-        <v>479</v>
+        <v>1165</v>
       </c>
       <c r="H199" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="I199" s="5"/>
+      <c r="I199" s="5" t="s">
+        <v>1362</v>
+      </c>
       <c r="J199" s="5" t="s">
-        <v>1354</v>
+        <v>102</v>
       </c>
       <c r="K199" s="5" t="s">
-        <v>1355</v>
+        <v>1363</v>
       </c>
       <c r="L199" s="6" t="s">
-        <v>1356</v>
+        <v>1364</v>
       </c>
       <c r="M199" s="5" t="s">
-        <v>1357</v>
+        <v>1365</v>
       </c>
     </row>
     <row r="200">
       <c r="A200" s="5" t="s">
-        <v>1358</v>
+        <v>1366</v>
       </c>
       <c r="B200" s="5" t="s">
-        <v>258</v>
+        <v>14</v>
       </c>
       <c r="C200" s="5" t="s">
-        <v>851</v>
+        <v>880</v>
       </c>
       <c r="D200" s="5" t="s">
-        <v>16</v>
+        <v>967</v>
       </c>
       <c r="E200" s="5" t="s">
-        <v>919</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>948</v>
+      </c>
+      <c r="F200" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G200" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H200" s="5" t="s">
-        <v>1359</v>
+        <v>1367</v>
       </c>
       <c r="I200" s="5"/>
       <c r="J200" s="5" t="s">
-        <v>102</v>
+        <v>1286</v>
       </c>
       <c r="K200" s="5" t="s">
-        <v>1360</v>
+        <v>1368</v>
       </c>
       <c r="L200" s="6" t="s">
-        <v>1361</v>
+        <v>1369</v>
       </c>
       <c r="M200" s="5" t="s">
-        <v>1362</v>
+        <v>1370</v>
       </c>
     </row>
     <row r="201">
       <c r="A201" s="5" t="s">
-        <v>1363</v>
+        <v>1371</v>
       </c>
       <c r="B201" s="5" t="s">
-        <v>150</v>
+        <v>14</v>
       </c>
       <c r="C201" s="5" t="s">
-        <v>1364</v>
+        <v>1031</v>
       </c>
       <c r="D201" s="5" t="s">
-        <v>1365</v>
+        <v>908</v>
       </c>
       <c r="E201" s="5" t="s">
-        <v>1366</v>
+        <v>18</v>
       </c>
       <c r="F201" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G201" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H201" s="5" t="s">
-        <v>1367</v>
-[...3 lines deleted...]
-      </c>
+        <v>1372</v>
+      </c>
+      <c r="I201" s="5"/>
       <c r="J201" s="5" t="s">
-        <v>1369</v>
+        <v>1032</v>
       </c>
       <c r="K201" s="5" t="s">
-        <v>1370</v>
+        <v>1373</v>
       </c>
       <c r="L201" s="6" t="s">
-        <v>1371</v>
+        <v>1374</v>
       </c>
       <c r="M201" s="5" t="s">
-        <v>1372</v>
+        <v>1375</v>
       </c>
     </row>
     <row r="202">
       <c r="A202" s="5" t="s">
-        <v>1373</v>
+        <v>1376</v>
       </c>
       <c r="B202" s="5" t="s">
-        <v>150</v>
+        <v>14</v>
       </c>
       <c r="C202" s="5" t="s">
-        <v>1364</v>
+        <v>880</v>
       </c>
       <c r="D202" s="5" t="s">
-        <v>1374</v>
+        <v>947</v>
       </c>
       <c r="E202" s="5" t="s">
-        <v>705</v>
-[...2 lines deleted...]
-        <v>1375</v>
+        <v>17</v>
+      </c>
+      <c r="F202" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G202" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H202" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H202" s="5" t="s">
+        <v>1377</v>
       </c>
       <c r="I202" s="5" t="s">
-        <v>1376</v>
+        <v>1378</v>
       </c>
       <c r="J202" s="5" t="s">
-        <v>1377</v>
-[...4 lines deleted...]
-        </is>
+        <v>997</v>
+      </c>
+      <c r="K202" s="5" t="s">
+        <v>1379</v>
       </c>
       <c r="L202" s="6" t="s">
-        <v>1378</v>
+        <v>1380</v>
       </c>
       <c r="M202" s="5" t="s">
-        <v>1379</v>
+        <v>1381</v>
       </c>
     </row>
     <row r="203">
       <c r="A203" s="5" t="s">
-        <v>1380</v>
+        <v>1382</v>
       </c>
       <c r="B203" s="5" t="s">
-        <v>150</v>
+        <v>258</v>
       </c>
       <c r="C203" s="5" t="s">
-        <v>1364</v>
+        <v>880</v>
       </c>
       <c r="D203" s="5" t="s">
-        <v>1374</v>
+        <v>967</v>
       </c>
       <c r="E203" s="5" t="s">
-        <v>1381</v>
-[...9 lines deleted...]
-      <c r="H203" s="5" t="s">
+        <v>479</v>
+      </c>
+      <c r="F203" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G203" s="5" t="s">
+        <v>479</v>
+      </c>
+      <c r="H203" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I203" s="5"/>
+      <c r="J203" s="5" t="s">
         <v>1383</v>
       </c>
-      <c r="I203" s="5" t="s">
+      <c r="K203" s="5" t="s">
         <v>1384</v>
       </c>
-      <c r="J203" s="5" t="s">
+      <c r="L203" s="6" t="s">
         <v>1385</v>
       </c>
-      <c r="K203" s="5" t="s">
+      <c r="M203" s="5" t="s">
         <v>1386</v>
-      </c>
-[...4 lines deleted...]
-        <v>1388</v>
       </c>
     </row>
     <row r="204">
       <c r="A204" s="5" t="s">
+        <v>1387</v>
+      </c>
+      <c r="B204" s="5" t="s">
+        <v>258</v>
+      </c>
+      <c r="C204" s="5" t="s">
+        <v>880</v>
+      </c>
+      <c r="D204" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E204" s="5" t="s">
+        <v>948</v>
+      </c>
+      <c r="F204" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="G204" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H204" s="5" t="s">
+        <v>1388</v>
+      </c>
+      <c r="I204" s="5"/>
+      <c r="J204" s="5" t="s">
+        <v>102</v>
+      </c>
+      <c r="K204" s="5" t="s">
         <v>1389</v>
       </c>
-      <c r="B204" s="5" t="s">
-[...8 lines deleted...]
-      <c r="E204" s="5" t="s">
+      <c r="L204" s="6" t="s">
         <v>1390</v>
       </c>
-      <c r="F204" s="5" t="s">
+      <c r="M204" s="5" t="s">
         <v>1391</v>
-      </c>
-[...21 lines deleted...]
-        <v>1396</v>
       </c>
     </row>
     <row r="205">
       <c r="A205" s="5" t="s">
-        <v>1397</v>
+        <v>1392</v>
       </c>
       <c r="B205" s="5" t="s">
         <v>150</v>
       </c>
       <c r="C205" s="5" t="s">
-        <v>1364</v>
+        <v>1393</v>
       </c>
       <c r="D205" s="5" t="s">
-        <v>1374</v>
+        <v>1394</v>
       </c>
       <c r="E205" s="5" t="s">
+        <v>1395</v>
+      </c>
+      <c r="F205" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G205" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H205" s="5" t="s">
+        <v>1396</v>
+      </c>
+      <c r="I205" s="5" t="s">
+        <v>1397</v>
+      </c>
+      <c r="J205" s="5" t="s">
         <v>1398</v>
       </c>
-      <c r="F205" s="5" t="s">
+      <c r="K205" s="5" t="s">
         <v>1399</v>
       </c>
-      <c r="G205" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="I205" s="5" t="s">
+      <c r="L205" s="6" t="s">
         <v>1400</v>
       </c>
-      <c r="J205" s="5" t="s">
+      <c r="M205" s="5" t="s">
         <v>1401</v>
-      </c>
-[...7 lines deleted...]
-        <v>1404</v>
       </c>
     </row>
     <row r="206">
       <c r="A206" s="5" t="s">
-        <v>1405</v>
+        <v>1402</v>
       </c>
       <c r="B206" s="5" t="s">
         <v>150</v>
       </c>
       <c r="C206" s="5" t="s">
-        <v>1364</v>
+        <v>1393</v>
       </c>
       <c r="D206" s="5" t="s">
-        <v>1374</v>
+        <v>1403</v>
       </c>
       <c r="E206" s="5" t="s">
+        <v>712</v>
+      </c>
+      <c r="F206" s="5" t="s">
+        <v>1404</v>
+      </c>
+      <c r="G206" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H206" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I206" s="5" t="s">
+        <v>1405</v>
+      </c>
+      <c r="J206" s="5" t="s">
         <v>1406</v>
       </c>
-      <c r="F206" s="5" t="s">
+      <c r="K206" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L206" s="6" t="s">
         <v>1407</v>
       </c>
-      <c r="G206" s="5" t="inlineStr">
-[...10 lines deleted...]
-      <c r="J206" s="5" t="s">
+      <c r="M206" s="5" t="s">
         <v>1408</v>
       </c>
-      <c r="K206" s="5" t="inlineStr">
-[...7 lines deleted...]
-      <c r="M206" s="5"/>
     </row>
     <row r="207">
       <c r="A207" s="5" t="s">
-        <v>1405</v>
+        <v>1409</v>
       </c>
       <c r="B207" s="5" t="s">
         <v>150</v>
       </c>
       <c r="C207" s="5" t="s">
-        <v>1364</v>
+        <v>1393</v>
       </c>
       <c r="D207" s="5" t="s">
-        <v>1374</v>
+        <v>1403</v>
       </c>
       <c r="E207" s="5" t="s">
-        <v>1406</v>
+        <v>1410</v>
       </c>
       <c r="F207" s="5" t="s">
-        <v>1399</v>
+        <v>1411</v>
       </c>
       <c r="G207" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H207" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H207" s="5" t="s">
+        <v>1412</v>
       </c>
       <c r="I207" s="5" t="s">
-        <v>1410</v>
+        <v>1413</v>
       </c>
       <c r="J207" s="5" t="s">
-        <v>1411</v>
+        <v>1414</v>
       </c>
       <c r="K207" s="5" t="s">
-        <v>1412</v>
+        <v>1415</v>
       </c>
       <c r="L207" s="6" t="s">
-        <v>1413</v>
+        <v>1416</v>
       </c>
       <c r="M207" s="5" t="s">
-        <v>1414</v>
+        <v>1417</v>
       </c>
     </row>
     <row r="208">
       <c r="A208" s="5" t="s">
-        <v>1415</v>
+        <v>1418</v>
       </c>
       <c r="B208" s="5" t="s">
         <v>150</v>
       </c>
       <c r="C208" s="5" t="s">
-        <v>1364</v>
+        <v>1393</v>
       </c>
       <c r="D208" s="5" t="s">
-        <v>1374</v>
+        <v>1403</v>
       </c>
       <c r="E208" s="5" t="s">
-        <v>1416</v>
+        <v>1419</v>
       </c>
       <c r="F208" s="5" t="s">
-        <v>1399</v>
+        <v>1420</v>
       </c>
       <c r="G208" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H208" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H208" s="5" t="s">
+        <v>1412</v>
       </c>
       <c r="I208" s="5" t="s">
-        <v>1417</v>
+        <v>1421</v>
       </c>
       <c r="J208" s="5" t="s">
-        <v>1418</v>
+        <v>1422</v>
       </c>
       <c r="K208" s="5" t="s">
-        <v>1419</v>
+        <v>1423</v>
       </c>
       <c r="L208" s="6" t="s">
-        <v>1420</v>
+        <v>1424</v>
       </c>
       <c r="M208" s="5" t="s">
-        <v>1421</v>
+        <v>1425</v>
       </c>
     </row>
     <row r="209">
       <c r="A209" s="5" t="s">
-        <v>1422</v>
+        <v>1426</v>
       </c>
       <c r="B209" s="5" t="s">
         <v>150</v>
       </c>
       <c r="C209" s="5" t="s">
-        <v>1364</v>
+        <v>1393</v>
       </c>
       <c r="D209" s="5" t="s">
-        <v>1374</v>
+        <v>1403</v>
       </c>
       <c r="E209" s="5" t="s">
-        <v>539</v>
+        <v>1427</v>
       </c>
       <c r="F209" s="5" t="s">
-        <v>1391</v>
+        <v>1428</v>
       </c>
       <c r="G209" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H209" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I209" s="5" t="s">
-        <v>1423</v>
+        <v>1429</v>
       </c>
       <c r="J209" s="5" t="s">
-        <v>1424</v>
+        <v>1430</v>
       </c>
       <c r="K209" s="5" t="s">
-        <v>1425</v>
+        <v>1431</v>
       </c>
       <c r="L209" s="6" t="s">
-        <v>1426</v>
+        <v>1432</v>
       </c>
       <c r="M209" s="5" t="s">
-        <v>1427</v>
+        <v>1433</v>
       </c>
     </row>
     <row r="210">
       <c r="A210" s="5" t="s">
-        <v>1428</v>
+        <v>1434</v>
       </c>
       <c r="B210" s="5" t="s">
         <v>150</v>
       </c>
       <c r="C210" s="5" t="s">
-        <v>1364</v>
+        <v>1393</v>
       </c>
       <c r="D210" s="5" t="s">
-        <v>1374</v>
+        <v>1403</v>
       </c>
       <c r="E210" s="5" t="s">
-        <v>539</v>
+        <v>1435</v>
       </c>
       <c r="F210" s="5" t="s">
-        <v>17</v>
+        <v>1436</v>
       </c>
       <c r="G210" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H210" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="I210" s="5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I210" s="5"/>
       <c r="J210" s="5" t="s">
-        <v>1424</v>
-[...2 lines deleted...]
-        <v>1430</v>
+        <v>1437</v>
+      </c>
+      <c r="K210" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L210" s="6" t="s">
-        <v>1431</v>
-[...3 lines deleted...]
-      </c>
+        <v>1438</v>
+      </c>
+      <c r="M210" s="5"/>
     </row>
     <row r="211">
       <c r="A211" s="5" t="s">
-        <v>1433</v>
+        <v>1434</v>
       </c>
       <c r="B211" s="5" t="s">
         <v>150</v>
       </c>
       <c r="C211" s="5" t="s">
-        <v>1364</v>
+        <v>1393</v>
       </c>
       <c r="D211" s="5" t="s">
-        <v>1374</v>
+        <v>1403</v>
       </c>
       <c r="E211" s="5" t="s">
-        <v>1434</v>
+        <v>1435</v>
       </c>
       <c r="F211" s="5" t="s">
-        <v>17</v>
+        <v>1428</v>
       </c>
       <c r="G211" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H211" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I211" s="5" t="s">
-        <v>1435</v>
+        <v>1439</v>
       </c>
       <c r="J211" s="5" t="s">
-        <v>1436</v>
-[...4 lines deleted...]
-        </is>
+        <v>1440</v>
+      </c>
+      <c r="K211" s="5" t="s">
+        <v>1441</v>
       </c>
       <c r="L211" s="6" t="s">
-        <v>1437</v>
+        <v>1442</v>
       </c>
       <c r="M211" s="5" t="s">
-        <v>1438</v>
+        <v>1443</v>
       </c>
     </row>
     <row r="212">
       <c r="A212" s="5" t="s">
-        <v>1433</v>
+        <v>1444</v>
       </c>
       <c r="B212" s="5" t="s">
         <v>150</v>
       </c>
       <c r="C212" s="5" t="s">
-        <v>1364</v>
+        <v>1393</v>
       </c>
       <c r="D212" s="5" t="s">
-        <v>1374</v>
+        <v>1403</v>
       </c>
       <c r="E212" s="5" t="s">
-        <v>1439</v>
+        <v>1445</v>
       </c>
       <c r="F212" s="5" t="s">
-        <v>17</v>
+        <v>1428</v>
       </c>
       <c r="G212" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H212" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I212" s="5" t="s">
-        <v>1440</v>
+        <v>1446</v>
       </c>
       <c r="J212" s="5" t="s">
-        <v>1441</v>
+        <v>1447</v>
       </c>
       <c r="K212" s="5" t="s">
-        <v>1442</v>
+        <v>1448</v>
       </c>
       <c r="L212" s="6" t="s">
-        <v>1443</v>
+        <v>1449</v>
       </c>
       <c r="M212" s="5" t="s">
-        <v>1444</v>
+        <v>1450</v>
       </c>
     </row>
     <row r="213">
       <c r="A213" s="5" t="s">
-        <v>1445</v>
+        <v>1451</v>
       </c>
       <c r="B213" s="5" t="s">
         <v>150</v>
       </c>
       <c r="C213" s="5" t="s">
-        <v>1364</v>
+        <v>1393</v>
       </c>
       <c r="D213" s="5" t="s">
-        <v>1374</v>
+        <v>1403</v>
       </c>
       <c r="E213" s="5" t="s">
-        <v>1446</v>
+        <v>539</v>
       </c>
       <c r="F213" s="5" t="s">
-        <v>17</v>
+        <v>1420</v>
       </c>
       <c r="G213" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H213" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I213" s="5" t="s">
-        <v>1447</v>
+        <v>1452</v>
       </c>
       <c r="J213" s="5" t="s">
-        <v>1448</v>
+        <v>1453</v>
       </c>
       <c r="K213" s="5" t="s">
-        <v>1449</v>
+        <v>1454</v>
       </c>
       <c r="L213" s="6" t="s">
-        <v>1450</v>
+        <v>1455</v>
       </c>
       <c r="M213" s="5" t="s">
-        <v>1451</v>
+        <v>1456</v>
       </c>
     </row>
     <row r="214">
       <c r="A214" s="5" t="s">
-        <v>1452</v>
+        <v>1457</v>
       </c>
       <c r="B214" s="5" t="s">
         <v>150</v>
       </c>
       <c r="C214" s="5" t="s">
-        <v>1364</v>
+        <v>1393</v>
       </c>
       <c r="D214" s="5" t="s">
-        <v>1374</v>
+        <v>1403</v>
       </c>
       <c r="E214" s="5" t="s">
-        <v>1453</v>
+        <v>539</v>
       </c>
       <c r="F214" s="5" t="s">
         <v>17</v>
       </c>
       <c r="G214" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H214" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I214" s="5" t="s">
-        <v>1454</v>
+        <v>1458</v>
       </c>
       <c r="J214" s="5" t="s">
-        <v>1455</v>
+        <v>1453</v>
       </c>
       <c r="K214" s="5" t="s">
-        <v>1456</v>
+        <v>1459</v>
       </c>
       <c r="L214" s="6" t="s">
-        <v>1457</v>
+        <v>1460</v>
       </c>
       <c r="M214" s="5" t="s">
-        <v>1458</v>
+        <v>1461</v>
       </c>
     </row>
     <row r="215">
       <c r="A215" s="5" t="s">
-        <v>1459</v>
+        <v>1462</v>
       </c>
       <c r="B215" s="5" t="s">
         <v>150</v>
       </c>
       <c r="C215" s="5" t="s">
-        <v>1364</v>
+        <v>1393</v>
       </c>
       <c r="D215" s="5" t="s">
-        <v>1374</v>
+        <v>1403</v>
       </c>
       <c r="E215" s="5" t="s">
-        <v>1460</v>
+        <v>1463</v>
       </c>
       <c r="F215" s="5" t="s">
         <v>17</v>
       </c>
       <c r="G215" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H215" s="5" t="s">
-        <v>1461</v>
+      <c r="H215" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I215" s="5" t="s">
-        <v>1462</v>
+        <v>1464</v>
       </c>
       <c r="J215" s="5" t="s">
-        <v>1463</v>
-[...2 lines deleted...]
-        <v>1464</v>
+        <v>1465</v>
+      </c>
+      <c r="K215" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L215" s="6" t="s">
-        <v>1465</v>
+        <v>1466</v>
       </c>
       <c r="M215" s="5" t="s">
-        <v>1466</v>
+        <v>1467</v>
       </c>
     </row>
     <row r="216">
       <c r="A216" s="5" t="s">
-        <v>1459</v>
+        <v>1462</v>
       </c>
       <c r="B216" s="5" t="s">
         <v>150</v>
       </c>
       <c r="C216" s="5" t="s">
-        <v>1303</v>
+        <v>1393</v>
       </c>
       <c r="D216" s="5" t="s">
-        <v>1331</v>
+        <v>1403</v>
       </c>
       <c r="E216" s="5" t="s">
-        <v>1467</v>
+        <v>1468</v>
       </c>
       <c r="F216" s="5" t="s">
         <v>17</v>
       </c>
       <c r="G216" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H216" s="5" t="s">
-        <v>1468</v>
+      <c r="H216" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I216" s="5" t="s">
         <v>1469</v>
       </c>
       <c r="J216" s="5" t="s">
         <v>1470</v>
       </c>
       <c r="K216" s="5" t="s">
         <v>1471</v>
       </c>
       <c r="L216" s="6" t="s">
         <v>1472</v>
       </c>
       <c r="M216" s="5" t="s">
         <v>1473</v>
       </c>
     </row>
     <row r="217">
       <c r="A217" s="5" t="s">
         <v>1474</v>
       </c>
       <c r="B217" s="5" t="s">
-        <v>14</v>
+        <v>150</v>
       </c>
       <c r="C217" s="5" t="s">
-        <v>1364</v>
+        <v>1393</v>
       </c>
       <c r="D217" s="5" t="s">
-        <v>1374</v>
+        <v>1403</v>
       </c>
       <c r="E217" s="5" t="s">
         <v>1475</v>
       </c>
       <c r="F217" s="5" t="s">
         <v>17</v>
       </c>
       <c r="G217" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H217" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I217" s="5" t="s">
         <v>1476</v>
       </c>
       <c r="J217" s="5" t="s">
         <v>1477</v>
       </c>
       <c r="K217" s="5" t="s">
         <v>1478</v>
       </c>
       <c r="L217" s="6" t="s">
         <v>1479</v>
       </c>
       <c r="M217" s="5" t="s">
         <v>1480</v>
       </c>
     </row>
     <row r="218">
       <c r="A218" s="5" t="s">
         <v>1481</v>
       </c>
       <c r="B218" s="5" t="s">
         <v>150</v>
       </c>
       <c r="C218" s="5" t="s">
-        <v>1364</v>
+        <v>1393</v>
       </c>
       <c r="D218" s="5" t="s">
-        <v>1374</v>
+        <v>1403</v>
       </c>
       <c r="E218" s="5" t="s">
         <v>1482</v>
       </c>
       <c r="F218" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="G218" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H218" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I218" s="5" t="s">
         <v>1483</v>
       </c>
-      <c r="G218" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="I218" s="5" t="s">
+      <c r="J218" s="5" t="s">
         <v>1484</v>
       </c>
-      <c r="J218" s="5" t="s">
+      <c r="K218" s="5" t="s">
         <v>1485</v>
       </c>
-      <c r="K218" s="5" t="s">
+      <c r="L218" s="6" t="s">
         <v>1486</v>
       </c>
-      <c r="L218" s="6" t="s">
+      <c r="M218" s="5" t="s">
         <v>1487</v>
-      </c>
-[...1 lines deleted...]
-        <v>1488</v>
       </c>
     </row>
     <row r="219">
       <c r="A219" s="5" t="s">
-        <v>1489</v>
+        <v>1488</v>
       </c>
       <c r="B219" s="5" t="s">
         <v>150</v>
       </c>
       <c r="C219" s="5" t="s">
-        <v>1468</v>
+        <v>1393</v>
       </c>
       <c r="D219" s="5" t="s">
+        <v>1403</v>
+      </c>
+      <c r="E219" s="5" t="s">
+        <v>1489</v>
+      </c>
+      <c r="F219" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="G219" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H219" s="5" t="s">
         <v>1490</v>
       </c>
-      <c r="E219" s="5" t="s">
+      <c r="I219" s="5" t="s">
         <v>1491</v>
       </c>
-      <c r="F219" s="5" t="s">
+      <c r="J219" s="5" t="s">
         <v>1492</v>
       </c>
-      <c r="G219" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="I219" s="5" t="s">
+      <c r="K219" s="5" t="s">
         <v>1493</v>
       </c>
-      <c r="J219" s="5" t="s">
+      <c r="L219" s="6" t="s">
         <v>1494</v>
       </c>
-      <c r="K219" s="5" t="s">
+      <c r="M219" s="5" t="s">
         <v>1495</v>
-      </c>
-[...4 lines deleted...]
-        <v>1497</v>
       </c>
     </row>
     <row r="220">
       <c r="A220" s="5" t="s">
-        <v>1498</v>
+        <v>1488</v>
       </c>
       <c r="B220" s="5" t="s">
         <v>150</v>
       </c>
       <c r="C220" s="5" t="s">
-        <v>1468</v>
+        <v>1332</v>
       </c>
       <c r="D220" s="5" t="s">
+        <v>1360</v>
+      </c>
+      <c r="E220" s="5" t="s">
+        <v>1496</v>
+      </c>
+      <c r="F220" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="G220" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H220" s="5" t="s">
+        <v>1497</v>
+      </c>
+      <c r="I220" s="5" t="s">
+        <v>1498</v>
+      </c>
+      <c r="J220" s="5" t="s">
         <v>1499</v>
       </c>
-      <c r="E220" s="5" t="s">
-[...16 lines deleted...]
-      <c r="J220" s="5" t="s">
+      <c r="K220" s="5" t="s">
         <v>1500</v>
       </c>
-      <c r="K220" s="5" t="s">
+      <c r="L220" s="6" t="s">
         <v>1501</v>
       </c>
-      <c r="L220" s="6" t="s">
+      <c r="M220" s="5" t="s">
         <v>1502</v>
-      </c>
-[...1 lines deleted...]
-        <v>1503</v>
       </c>
     </row>
     <row r="221">
       <c r="A221" s="5" t="s">
+        <v>1503</v>
+      </c>
+      <c r="B221" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C221" s="5" t="s">
+        <v>1393</v>
+      </c>
+      <c r="D221" s="5" t="s">
+        <v>1403</v>
+      </c>
+      <c r="E221" s="5" t="s">
         <v>1504</v>
       </c>
-      <c r="B221" s="5" t="s">
-[...8 lines deleted...]
-      <c r="E221" s="5" t="s">
+      <c r="F221" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="G221" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H221" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I221" s="5" t="s">
         <v>1505</v>
       </c>
-      <c r="F221" s="5" t="s">
-[...12 lines deleted...]
-      <c r="I221" s="5" t="s">
+      <c r="J221" s="5" t="s">
         <v>1506</v>
       </c>
-      <c r="J221" s="5" t="s">
+      <c r="K221" s="5" t="s">
         <v>1507</v>
       </c>
-      <c r="K221" s="5" t="s">
+      <c r="L221" s="6" t="s">
         <v>1508</v>
       </c>
-      <c r="L221" s="6" t="s">
+      <c r="M221" s="5" t="s">
         <v>1509</v>
-      </c>
-[...1 lines deleted...]
-        <v>1510</v>
       </c>
     </row>
     <row r="222">
       <c r="A222" s="5" t="s">
-        <v>1511</v>
+        <v>1510</v>
       </c>
       <c r="B222" s="5" t="s">
         <v>150</v>
       </c>
       <c r="C222" s="5" t="s">
+        <v>1393</v>
+      </c>
+      <c r="D222" s="5" t="s">
+        <v>1403</v>
+      </c>
+      <c r="E222" s="5" t="s">
+        <v>1511</v>
+      </c>
+      <c r="F222" s="5" t="s">
         <v>1512</v>
       </c>
-      <c r="D222" s="5" t="s">
-[...2 lines deleted...]
-      <c r="E222" s="5" t="s">
+      <c r="G222" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H222" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I222" s="5" t="s">
         <v>1513</v>
       </c>
-      <c r="F222" s="5" t="s">
+      <c r="J222" s="5" t="s">
         <v>1514</v>
       </c>
-      <c r="G222" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="I222" s="5" t="s">
+      <c r="K222" s="5" t="s">
         <v>1515</v>
       </c>
-      <c r="J222" s="5" t="s">
+      <c r="L222" s="6" t="s">
         <v>1516</v>
       </c>
-      <c r="K222" s="5" t="s">
+      <c r="M222" s="5" t="s">
         <v>1517</v>
-      </c>
-[...4 lines deleted...]
-        <v>1519</v>
       </c>
     </row>
     <row r="223">
       <c r="A223" s="5" t="s">
+        <v>1518</v>
+      </c>
+      <c r="B223" s="5" t="s">
+        <v>150</v>
+      </c>
+      <c r="C223" s="5" t="s">
+        <v>1497</v>
+      </c>
+      <c r="D223" s="5" t="s">
+        <v>1519</v>
+      </c>
+      <c r="E223" s="5" t="s">
         <v>1520</v>
       </c>
-      <c r="B223" s="5" t="s">
-[...16 lines deleted...]
-        </is>
+      <c r="F223" s="5" t="s">
+        <v>1521</v>
       </c>
       <c r="G223" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H223" s="5" t="s">
-[...2 lines deleted...]
-      <c r="I223" s="5"/>
+      <c r="H223" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I223" s="5" t="s">
+        <v>1522</v>
+      </c>
       <c r="J223" s="5" t="s">
-        <v>1354</v>
+        <v>1523</v>
       </c>
       <c r="K223" s="5" t="s">
-        <v>1522</v>
+        <v>1524</v>
       </c>
       <c r="L223" s="6" t="s">
-        <v>1523</v>
+        <v>1525</v>
       </c>
       <c r="M223" s="5" t="s">
-        <v>1524</v>
+        <v>1526</v>
       </c>
     </row>
     <row r="224">
       <c r="A224" s="5" t="s">
-        <v>1525</v>
+        <v>1527</v>
       </c>
       <c r="B224" s="5" t="s">
-        <v>14</v>
+        <v>150</v>
       </c>
       <c r="C224" s="5" t="s">
-        <v>938</v>
+        <v>1497</v>
       </c>
       <c r="D224" s="5" t="s">
-        <v>851</v>
-[...9 lines deleted...]
-        </is>
+        <v>1528</v>
+      </c>
+      <c r="E224" s="5" t="s">
+        <v>1520</v>
+      </c>
+      <c r="F224" s="5" t="s">
+        <v>1521</v>
       </c>
       <c r="G224" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H224" s="5" t="s">
-        <v>1526</v>
-[...1 lines deleted...]
-      <c r="I224" s="5"/>
+        <v>880</v>
+      </c>
+      <c r="I224" s="5" t="s">
+        <v>1469</v>
+      </c>
       <c r="J224" s="5" t="s">
-        <v>1354</v>
+        <v>1529</v>
       </c>
       <c r="K224" s="5" t="s">
-        <v>1527</v>
+        <v>1530</v>
       </c>
       <c r="L224" s="6" t="s">
-        <v>1528</v>
+        <v>1531</v>
       </c>
       <c r="M224" s="5" t="s">
-        <v>1529</v>
+        <v>1532</v>
       </c>
     </row>
     <row r="225">
       <c r="A225" s="5" t="s">
-        <v>1530</v>
+        <v>1533</v>
       </c>
       <c r="B225" s="5" t="s">
-        <v>258</v>
+        <v>150</v>
       </c>
       <c r="C225" s="5" t="s">
-        <v>733</v>
+        <v>1393</v>
       </c>
       <c r="D225" s="5" t="s">
-        <v>16</v>
+        <v>1403</v>
       </c>
       <c r="E225" s="5" t="s">
-        <v>1531</v>
+        <v>1534</v>
       </c>
       <c r="F225" s="5" t="s">
-        <v>17</v>
-[...5 lines deleted...]
-        <v>1533</v>
+        <v>1521</v>
+      </c>
+      <c r="G225" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H225" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I225" s="5" t="s">
-        <v>1534</v>
+        <v>1535</v>
       </c>
       <c r="J225" s="5" t="s">
-        <v>102</v>
+        <v>1536</v>
       </c>
       <c r="K225" s="5" t="s">
-        <v>1535</v>
+        <v>1537</v>
       </c>
       <c r="L225" s="6" t="s">
-        <v>1536</v>
+        <v>1538</v>
       </c>
       <c r="M225" s="5" t="s">
-        <v>1537</v>
+        <v>1539</v>
       </c>
     </row>
     <row r="226">
       <c r="A226" s="5" t="s">
-        <v>1538</v>
+        <v>1540</v>
       </c>
       <c r="B226" s="5" t="s">
-        <v>258</v>
+        <v>150</v>
       </c>
       <c r="C226" s="5" t="s">
-        <v>785</v>
+        <v>1541</v>
       </c>
       <c r="D226" s="5" t="s">
-        <v>938</v>
+        <v>1528</v>
       </c>
       <c r="E226" s="5" t="s">
-        <v>388</v>
-[...4 lines deleted...]
-        </is>
+        <v>1542</v>
+      </c>
+      <c r="F226" s="5" t="s">
+        <v>1543</v>
       </c>
       <c r="G226" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H226" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="I226" s="5"/>
+      <c r="I226" s="5" t="s">
+        <v>1544</v>
+      </c>
       <c r="J226" s="5" t="s">
-        <v>1354</v>
+        <v>1545</v>
       </c>
       <c r="K226" s="5" t="s">
-        <v>1539</v>
+        <v>1546</v>
       </c>
       <c r="L226" s="6" t="s">
-        <v>1540</v>
+        <v>1547</v>
       </c>
       <c r="M226" s="5" t="s">
-        <v>1541</v>
+        <v>1548</v>
       </c>
     </row>
     <row r="227">
       <c r="A227" s="5" t="s">
-        <v>1538</v>
+        <v>1549</v>
       </c>
       <c r="B227" s="5" t="s">
-        <v>258</v>
+        <v>14</v>
       </c>
       <c r="C227" s="5" t="s">
-        <v>733</v>
+        <v>880</v>
       </c>
       <c r="D227" s="5" t="s">
-        <v>938</v>
+        <v>967</v>
       </c>
       <c r="E227" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F227" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G227" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H227" s="5" t="s">
-        <v>1542</v>
+        <v>1550</v>
       </c>
       <c r="I227" s="5"/>
       <c r="J227" s="5" t="s">
-        <v>1354</v>
+        <v>1383</v>
       </c>
       <c r="K227" s="5" t="s">
-        <v>1543</v>
+        <v>1551</v>
       </c>
       <c r="L227" s="6" t="s">
-        <v>1544</v>
+        <v>1552</v>
       </c>
       <c r="M227" s="5" t="s">
-        <v>1545</v>
+        <v>1553</v>
       </c>
     </row>
     <row r="228">
       <c r="A228" s="5" t="s">
-        <v>1538</v>
+        <v>1554</v>
       </c>
       <c r="B228" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C228" s="5" t="s">
-        <v>1001</v>
+        <v>967</v>
       </c>
       <c r="D228" s="5" t="s">
-        <v>851</v>
+        <v>880</v>
       </c>
       <c r="E228" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F228" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G228" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H228" s="5" t="s">
-        <v>1546</v>
+        <v>1555</v>
       </c>
       <c r="I228" s="5"/>
       <c r="J228" s="5" t="s">
-        <v>1003</v>
+        <v>1383</v>
       </c>
       <c r="K228" s="5" t="s">
-        <v>1547</v>
+        <v>1556</v>
       </c>
       <c r="L228" s="6" t="s">
-        <v>1548</v>
+        <v>1557</v>
       </c>
       <c r="M228" s="5" t="s">
-        <v>1549</v>
+        <v>1558</v>
       </c>
     </row>
     <row r="229">
       <c r="A229" s="5" t="s">
-        <v>1550</v>
+        <v>1559</v>
       </c>
       <c r="B229" s="5" t="s">
-        <v>14</v>
+        <v>258</v>
       </c>
       <c r="C229" s="5" t="s">
-        <v>773</v>
+        <v>740</v>
       </c>
       <c r="D229" s="5" t="s">
-        <v>26</v>
-[...14 lines deleted...]
-        </is>
+        <v>16</v>
+      </c>
+      <c r="E229" s="5" t="s">
+        <v>1560</v>
+      </c>
+      <c r="F229" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="G229" s="5" t="s">
+        <v>1561</v>
       </c>
       <c r="H229" s="5" t="s">
-        <v>1551</v>
-[...1 lines deleted...]
-      <c r="I229" s="5"/>
+        <v>1562</v>
+      </c>
+      <c r="I229" s="5" t="s">
+        <v>1563</v>
+      </c>
       <c r="J229" s="5" t="s">
-        <v>1552</v>
+        <v>102</v>
       </c>
       <c r="K229" s="5" t="s">
-        <v>1553</v>
+        <v>1564</v>
       </c>
       <c r="L229" s="6" t="s">
-        <v>1554</v>
+        <v>1565</v>
       </c>
       <c r="M229" s="5" t="s">
-        <v>1555</v>
+        <v>1566</v>
       </c>
     </row>
     <row r="230">
       <c r="A230" s="5" t="s">
-        <v>1556</v>
+        <v>1567</v>
       </c>
       <c r="B230" s="5" t="s">
         <v>258</v>
       </c>
       <c r="C230" s="5" t="s">
-        <v>733</v>
+        <v>814</v>
       </c>
       <c r="D230" s="5" t="s">
-        <v>1256</v>
-[...4 lines deleted...]
-        </is>
+        <v>967</v>
+      </c>
+      <c r="E230" s="5" t="s">
+        <v>388</v>
       </c>
       <c r="F230" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G230" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H230" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="I230" s="5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="I230" s="5"/>
       <c r="J230" s="5" t="s">
-        <v>1558</v>
+        <v>1383</v>
       </c>
       <c r="K230" s="5" t="s">
-        <v>1559</v>
+        <v>1568</v>
       </c>
       <c r="L230" s="6" t="s">
-        <v>1560</v>
+        <v>1569</v>
       </c>
       <c r="M230" s="5" t="s">
-        <v>1561</v>
+        <v>1570</v>
       </c>
     </row>
     <row r="231">
       <c r="A231" s="5" t="s">
-        <v>1562</v>
+        <v>1567</v>
       </c>
       <c r="B231" s="5" t="s">
-        <v>14</v>
+        <v>258</v>
       </c>
       <c r="C231" s="5" t="s">
-        <v>851</v>
+        <v>740</v>
       </c>
       <c r="D231" s="5" t="s">
-        <v>1001</v>
-[...2 lines deleted...]
-        <v>1563</v>
+        <v>967</v>
+      </c>
+      <c r="E231" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F231" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G231" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H231" s="5" t="s">
-        <v>1564</v>
-[...3 lines deleted...]
-      </c>
+        <v>1571</v>
+      </c>
+      <c r="I231" s="5"/>
       <c r="J231" s="5" t="s">
-        <v>921</v>
+        <v>1383</v>
       </c>
       <c r="K231" s="5" t="s">
-        <v>1566</v>
+        <v>1572</v>
       </c>
       <c r="L231" s="6" t="s">
-        <v>1567</v>
+        <v>1573</v>
       </c>
       <c r="M231" s="5" t="s">
-        <v>1568</v>
+        <v>1574</v>
       </c>
     </row>
     <row r="232">
       <c r="A232" s="5" t="s">
-        <v>1569</v>
+        <v>1567</v>
       </c>
       <c r="B232" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C232" s="5" t="s">
-        <v>1314</v>
+        <v>1030</v>
       </c>
       <c r="D232" s="5" t="s">
-        <v>938</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>880</v>
+      </c>
+      <c r="E232" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F232" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G232" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H232" s="5" t="s">
-        <v>1570</v>
+        <v>1575</v>
       </c>
       <c r="I232" s="5"/>
       <c r="J232" s="5" t="s">
-        <v>1571</v>
+        <v>1032</v>
       </c>
       <c r="K232" s="5" t="s">
-        <v>1572</v>
+        <v>1576</v>
       </c>
       <c r="L232" s="6" t="s">
-        <v>1573</v>
+        <v>1577</v>
       </c>
       <c r="M232" s="5" t="s">
-        <v>1574</v>
+        <v>1578</v>
       </c>
     </row>
     <row r="233">
       <c r="A233" s="5" t="s">
-        <v>1575</v>
+        <v>1579</v>
       </c>
       <c r="B233" s="5" t="s">
-        <v>258</v>
+        <v>14</v>
       </c>
       <c r="C233" s="5" t="s">
-        <v>1570</v>
+        <v>802</v>
       </c>
       <c r="D233" s="5" t="s">
-        <v>938</v>
-[...2 lines deleted...]
-        <v>479</v>
+        <v>26</v>
+      </c>
+      <c r="E233" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F233" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G233" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H233" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H233" s="5" t="s">
+        <v>1580</v>
       </c>
       <c r="I233" s="5"/>
       <c r="J233" s="5" t="s">
-        <v>1571</v>
+        <v>1581</v>
       </c>
       <c r="K233" s="5" t="s">
-        <v>1576</v>
+        <v>1582</v>
       </c>
       <c r="L233" s="6" t="s">
-        <v>1577</v>
+        <v>1583</v>
       </c>
       <c r="M233" s="5" t="s">
-        <v>1578</v>
+        <v>1584</v>
       </c>
     </row>
     <row r="234">
       <c r="A234" s="5" t="s">
-        <v>1579</v>
+        <v>1585</v>
       </c>
       <c r="B234" s="5" t="s">
-        <v>14</v>
+        <v>258</v>
       </c>
       <c r="C234" s="5" t="s">
-        <v>1570</v>
+        <v>740</v>
       </c>
       <c r="D234" s="5" t="s">
-        <v>938</v>
-[...2 lines deleted...]
-        <v>1302</v>
+        <v>1285</v>
+      </c>
+      <c r="E234" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F234" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G234" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H234" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I234" s="5" t="s">
-        <v>1580</v>
+        <v>1586</v>
       </c>
       <c r="J234" s="5" t="s">
-        <v>1571</v>
+        <v>1587</v>
       </c>
       <c r="K234" s="5" t="s">
-        <v>1581</v>
+        <v>1588</v>
       </c>
       <c r="L234" s="6" t="s">
-        <v>1582</v>
+        <v>1589</v>
       </c>
       <c r="M234" s="5" t="s">
-        <v>1583</v>
+        <v>1590</v>
       </c>
     </row>
     <row r="235">
       <c r="A235" s="5" t="s">
-        <v>1584</v>
+        <v>1591</v>
       </c>
       <c r="B235" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C235" s="5" t="s">
-        <v>733</v>
+        <v>880</v>
       </c>
       <c r="D235" s="5" t="s">
-        <v>938</v>
-[...4 lines deleted...]
-        </is>
+        <v>1030</v>
+      </c>
+      <c r="E235" s="5" t="s">
+        <v>1592</v>
       </c>
       <c r="F235" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G235" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H235" s="5" t="s">
-        <v>1585</v>
-[...1 lines deleted...]
-      <c r="I235" s="5"/>
+        <v>1593</v>
+      </c>
+      <c r="I235" s="5" t="s">
+        <v>1594</v>
+      </c>
       <c r="J235" s="5" t="s">
-        <v>1571</v>
+        <v>950</v>
       </c>
       <c r="K235" s="5" t="s">
-        <v>1586</v>
+        <v>1595</v>
       </c>
       <c r="L235" s="6" t="s">
-        <v>1587</v>
+        <v>1596</v>
       </c>
       <c r="M235" s="5" t="s">
-        <v>1588</v>
+        <v>1597</v>
       </c>
     </row>
     <row r="236">
       <c r="A236" s="5" t="s">
-        <v>1589</v>
+        <v>1598</v>
       </c>
       <c r="B236" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C236" s="5" t="s">
-        <v>938</v>
+        <v>1343</v>
       </c>
       <c r="D236" s="5" t="s">
-        <v>1570</v>
-[...4 lines deleted...]
-        </is>
+        <v>967</v>
+      </c>
+      <c r="E236" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="F236" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G236" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H236" s="5" t="s">
-        <v>1590</v>
+        <v>1599</v>
       </c>
       <c r="I236" s="5"/>
       <c r="J236" s="5" t="s">
-        <v>1571</v>
+        <v>1600</v>
       </c>
       <c r="K236" s="5" t="s">
-        <v>1591</v>
+        <v>1601</v>
       </c>
       <c r="L236" s="6" t="s">
-        <v>1592</v>
+        <v>1602</v>
       </c>
       <c r="M236" s="5" t="s">
-        <v>1593</v>
+        <v>1603</v>
       </c>
     </row>
     <row r="237">
       <c r="A237" s="5" t="s">
-        <v>1594</v>
+        <v>1604</v>
       </c>
       <c r="B237" s="5" t="s">
-        <v>14</v>
+        <v>258</v>
       </c>
       <c r="C237" s="5" t="s">
-        <v>26</v>
+        <v>1599</v>
       </c>
       <c r="D237" s="5" t="s">
-        <v>773</v>
-[...7 lines deleted...]
-        <v>1595</v>
+        <v>967</v>
+      </c>
+      <c r="E237" s="5" t="s">
+        <v>479</v>
+      </c>
+      <c r="F237" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G237" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H237" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="H237" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I237" s="5"/>
       <c r="J237" s="5" t="s">
-        <v>1598</v>
+        <v>1600</v>
       </c>
       <c r="K237" s="5" t="s">
-        <v>1599</v>
+        <v>1605</v>
       </c>
       <c r="L237" s="6" t="s">
-        <v>1600</v>
+        <v>1606</v>
       </c>
       <c r="M237" s="5" t="s">
-        <v>1601</v>
+        <v>1607</v>
       </c>
     </row>
     <row r="238">
       <c r="A238" s="5" t="s">
-        <v>1602</v>
+        <v>1608</v>
       </c>
       <c r="B238" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C238" s="5" t="s">
-        <v>16</v>
+        <v>1599</v>
       </c>
       <c r="D238" s="5" t="s">
-        <v>25</v>
+        <v>967</v>
       </c>
       <c r="E238" s="5" t="s">
-        <v>1603</v>
+        <v>1331</v>
       </c>
       <c r="F238" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G238" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H238" s="5" t="s">
-        <v>1604</v>
+      <c r="H238" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I238" s="5" t="s">
-        <v>1605</v>
+        <v>1609</v>
       </c>
       <c r="J238" s="5" t="s">
-        <v>20</v>
+        <v>1600</v>
       </c>
       <c r="K238" s="5" t="s">
-        <v>1606</v>
+        <v>1610</v>
       </c>
       <c r="L238" s="6" t="s">
-        <v>1607</v>
+        <v>1611</v>
       </c>
       <c r="M238" s="5" t="s">
-        <v>1608</v>
+        <v>1612</v>
       </c>
     </row>
     <row r="239">
       <c r="A239" s="5" t="s">
-        <v>1609</v>
+        <v>1613</v>
       </c>
       <c r="B239" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C239" s="5" t="s">
-        <v>16</v>
+        <v>740</v>
       </c>
       <c r="D239" s="5" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>1603</v>
+        <v>967</v>
+      </c>
+      <c r="E239" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F239" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G239" s="5" t="s">
-        <v>1610</v>
+      <c r="G239" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H239" s="5" t="s">
-        <v>1611</v>
+        <v>1614</v>
       </c>
       <c r="I239" s="5"/>
       <c r="J239" s="5" t="s">
-        <v>20</v>
+        <v>1600</v>
       </c>
       <c r="K239" s="5" t="s">
-        <v>1612</v>
+        <v>1615</v>
       </c>
       <c r="L239" s="6" t="s">
-        <v>1613</v>
+        <v>1616</v>
       </c>
       <c r="M239" s="5" t="s">
-        <v>1614</v>
+        <v>1617</v>
       </c>
     </row>
     <row r="240">
       <c r="A240" s="5" t="s">
-        <v>1615</v>
+        <v>1618</v>
       </c>
       <c r="B240" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C240" s="5" t="s">
-        <v>733</v>
+        <v>967</v>
       </c>
       <c r="D240" s="5" t="s">
-        <v>938</v>
-[...2 lines deleted...]
-        <v>1616</v>
+        <v>1599</v>
+      </c>
+      <c r="E240" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F240" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G240" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H240" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H240" s="5" t="s">
+        <v>1619</v>
       </c>
       <c r="I240" s="5"/>
       <c r="J240" s="5" t="s">
-        <v>1571</v>
+        <v>1600</v>
       </c>
       <c r="K240" s="5" t="s">
-        <v>1617</v>
+        <v>1620</v>
       </c>
       <c r="L240" s="6" t="s">
-        <v>1618</v>
+        <v>1621</v>
       </c>
       <c r="M240" s="5" t="s">
-        <v>1619</v>
+        <v>1622</v>
       </c>
     </row>
     <row r="241">
       <c r="A241" s="5" t="s">
-        <v>1620</v>
+        <v>1623</v>
       </c>
       <c r="B241" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C241" s="5" t="s">
-        <v>987</v>
+        <v>26</v>
       </c>
       <c r="D241" s="5" t="s">
-        <v>938</v>
+        <v>802</v>
       </c>
       <c r="E241" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F241" s="5" t="s">
-        <v>18</v>
+        <v>1624</v>
       </c>
       <c r="G241" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H241" s="5" t="s">
-        <v>1621</v>
-[...1 lines deleted...]
-      <c r="I241" s="5"/>
+        <v>1625</v>
+      </c>
+      <c r="I241" s="5" t="s">
+        <v>1626</v>
+      </c>
       <c r="J241" s="5" t="s">
-        <v>1571</v>
+        <v>1627</v>
       </c>
       <c r="K241" s="5" t="s">
-        <v>1622</v>
+        <v>1628</v>
       </c>
       <c r="L241" s="6" t="s">
-        <v>1623</v>
+        <v>1629</v>
       </c>
       <c r="M241" s="5" t="s">
-        <v>1624</v>
+        <v>1630</v>
       </c>
     </row>
     <row r="242">
       <c r="A242" s="5" t="s">
-        <v>1625</v>
+        <v>1631</v>
       </c>
       <c r="B242" s="5" t="s">
-        <v>258</v>
+        <v>14</v>
       </c>
       <c r="C242" s="5" t="s">
-        <v>851</v>
+        <v>16</v>
       </c>
       <c r="D242" s="5" t="s">
-        <v>16</v>
+        <v>25</v>
       </c>
       <c r="E242" s="5" t="s">
-        <v>919</v>
-[...12 lines deleted...]
-      <c r="I242" s="5"/>
+        <v>1632</v>
+      </c>
+      <c r="F242" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G242" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H242" s="5" t="s">
+        <v>1633</v>
+      </c>
+      <c r="I242" s="5" t="s">
+        <v>1634</v>
+      </c>
       <c r="J242" s="5" t="s">
-        <v>102</v>
+        <v>20</v>
       </c>
       <c r="K242" s="5" t="s">
-        <v>1627</v>
+        <v>1635</v>
       </c>
       <c r="L242" s="6" t="s">
-        <v>1628</v>
+        <v>1636</v>
       </c>
       <c r="M242" s="5" t="s">
-        <v>1629</v>
+        <v>1637</v>
       </c>
     </row>
     <row r="243">
       <c r="A243" s="5" t="s">
-        <v>1630</v>
+        <v>1638</v>
       </c>
       <c r="B243" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C243" s="5" t="s">
-        <v>843</v>
+        <v>16</v>
       </c>
       <c r="D243" s="5" t="s">
-        <v>733</v>
-[...4 lines deleted...]
-        </is>
+        <v>25</v>
+      </c>
+      <c r="E243" s="5" t="s">
+        <v>1632</v>
       </c>
       <c r="F243" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G243" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="G243" s="5" t="s">
+        <v>1639</v>
+      </c>
+      <c r="H243" s="5" t="s">
+        <v>1640</v>
       </c>
       <c r="I243" s="5"/>
       <c r="J243" s="5" t="s">
-        <v>1631</v>
+        <v>20</v>
       </c>
       <c r="K243" s="5" t="s">
-        <v>1632</v>
+        <v>1641</v>
       </c>
       <c r="L243" s="6" t="s">
-        <v>1633</v>
+        <v>1642</v>
       </c>
       <c r="M243" s="5" t="s">
-        <v>1634</v>
+        <v>1643</v>
       </c>
     </row>
     <row r="244">
       <c r="A244" s="5" t="s">
-        <v>1635</v>
+        <v>1644</v>
       </c>
       <c r="B244" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C244" s="5" t="s">
-        <v>843</v>
+        <v>740</v>
       </c>
       <c r="D244" s="5" t="s">
-        <v>733</v>
-[...4 lines deleted...]
-        </is>
+        <v>967</v>
+      </c>
+      <c r="E244" s="5" t="s">
+        <v>1645</v>
       </c>
       <c r="F244" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G244" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H244" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I244" s="5"/>
       <c r="J244" s="5" t="s">
-        <v>1558</v>
+        <v>1600</v>
       </c>
       <c r="K244" s="5" t="s">
-        <v>1636</v>
+        <v>1646</v>
       </c>
       <c r="L244" s="6" t="s">
-        <v>1637</v>
+        <v>1647</v>
       </c>
       <c r="M244" s="5" t="s">
-        <v>1638</v>
+        <v>1648</v>
       </c>
     </row>
     <row r="245">
       <c r="A245" s="5" t="s">
-        <v>1639</v>
+        <v>1649</v>
       </c>
       <c r="B245" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C245" s="5" t="s">
-        <v>851</v>
+        <v>1016</v>
       </c>
       <c r="D245" s="5" t="s">
-        <v>1001</v>
-[...7 lines deleted...]
-        </is>
+        <v>967</v>
+      </c>
+      <c r="E245" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F245" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="G245" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H245" s="5" t="s">
-        <v>1641</v>
-[...3 lines deleted...]
-      </c>
+        <v>1650</v>
+      </c>
+      <c r="I245" s="5"/>
       <c r="J245" s="5" t="s">
-        <v>921</v>
+        <v>1600</v>
       </c>
       <c r="K245" s="5" t="s">
-        <v>1643</v>
+        <v>1651</v>
       </c>
       <c r="L245" s="6" t="s">
-        <v>1644</v>
+        <v>1652</v>
       </c>
       <c r="M245" s="5" t="s">
-        <v>1645</v>
+        <v>1653</v>
       </c>
     </row>
     <row r="246">
       <c r="A246" s="5" t="s">
-        <v>1646</v>
+        <v>1654</v>
       </c>
       <c r="B246" s="5" t="s">
-        <v>14</v>
+        <v>258</v>
       </c>
       <c r="C246" s="5" t="s">
+        <v>880</v>
+      </c>
+      <c r="D246" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D246" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E246" s="5" t="s">
-        <v>98</v>
-[...16 lines deleted...]
-      </c>
+        <v>948</v>
+      </c>
+      <c r="F246" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="G246" s="5" t="s">
+        <v>1655</v>
+      </c>
+      <c r="H246" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I246" s="5"/>
       <c r="J246" s="5" t="s">
-        <v>1649</v>
+        <v>102</v>
       </c>
       <c r="K246" s="5" t="s">
-        <v>1650</v>
+        <v>1656</v>
       </c>
       <c r="L246" s="6" t="s">
-        <v>1651</v>
+        <v>1657</v>
       </c>
       <c r="M246" s="5" t="s">
-        <v>1652</v>
+        <v>1658</v>
       </c>
     </row>
     <row r="247">
       <c r="A247" s="5" t="s">
-        <v>1653</v>
+        <v>1659</v>
       </c>
       <c r="B247" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C247" s="5" t="s">
-        <v>1654</v>
+        <v>872</v>
       </c>
       <c r="D247" s="5" t="s">
-        <v>842</v>
-[...2 lines deleted...]
-        <v>479</v>
+        <v>740</v>
+      </c>
+      <c r="E247" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F247" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G247" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H247" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="H247" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I247" s="5"/>
       <c r="J247" s="5" t="s">
-        <v>1657</v>
+        <v>1660</v>
       </c>
       <c r="K247" s="5" t="s">
-        <v>1658</v>
+        <v>1661</v>
       </c>
       <c r="L247" s="6" t="s">
-        <v>1659</v>
+        <v>1662</v>
       </c>
       <c r="M247" s="5" t="s">
-        <v>1660</v>
+        <v>1663</v>
       </c>
     </row>
     <row r="248">
       <c r="A248" s="5" t="s">
-        <v>1661</v>
+        <v>1664</v>
       </c>
       <c r="B248" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C248" s="5" t="s">
-        <v>115</v>
+        <v>872</v>
       </c>
       <c r="D248" s="5" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>714</v>
+        <v>740</v>
+      </c>
+      <c r="E248" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F248" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G248" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H248" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="H248" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I248" s="5"/>
       <c r="J248" s="5" t="s">
-        <v>1664</v>
+        <v>1587</v>
       </c>
       <c r="K248" s="5" t="s">
         <v>1665</v>
       </c>
       <c r="L248" s="6" t="s">
         <v>1666</v>
       </c>
       <c r="M248" s="5" t="s">
         <v>1667</v>
       </c>
     </row>
     <row r="249">
       <c r="A249" s="5" t="s">
         <v>1668</v>
       </c>
       <c r="B249" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C249" s="5" t="s">
-        <v>16</v>
+        <v>880</v>
       </c>
       <c r="D249" s="5" t="s">
-        <v>25</v>
+        <v>1030</v>
       </c>
       <c r="E249" s="5" t="s">
         <v>1669</v>
       </c>
       <c r="F249" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G249" s="5" t="s">
+      <c r="G249" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H249" s="5" t="s">
         <v>1670</v>
       </c>
-      <c r="H249" s="5" t="s">
+      <c r="I249" s="5" t="s">
         <v>1671</v>
       </c>
-      <c r="I249" s="5" t="s">
+      <c r="J249" s="5" t="s">
+        <v>950</v>
+      </c>
+      <c r="K249" s="5" t="s">
         <v>1672</v>
       </c>
-      <c r="J249" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K249" s="5" t="s">
+      <c r="L249" s="6" t="s">
         <v>1673</v>
       </c>
-      <c r="L249" s="6" t="s">
+      <c r="M249" s="5" t="s">
         <v>1674</v>
-      </c>
-[...1 lines deleted...]
-        <v>1675</v>
       </c>
     </row>
     <row r="250">
       <c r="A250" s="5" t="s">
-        <v>1676</v>
+        <v>1675</v>
       </c>
       <c r="B250" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C250" s="5" t="s">
-        <v>773</v>
+        <v>16</v>
       </c>
       <c r="D250" s="5" t="s">
-        <v>114</v>
+        <v>646</v>
       </c>
       <c r="E250" s="5" t="s">
+        <v>98</v>
+      </c>
+      <c r="F250" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G250" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H250" s="5" t="s">
+        <v>1676</v>
+      </c>
+      <c r="I250" s="5" t="s">
         <v>1677</v>
       </c>
-      <c r="F250" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H250" s="5" t="s">
+      <c r="J250" s="5" t="s">
         <v>1678</v>
       </c>
-      <c r="I250" s="5" t="s">
+      <c r="K250" s="5" t="s">
         <v>1679</v>
       </c>
-      <c r="J250" s="5" t="s">
+      <c r="L250" s="6" t="s">
         <v>1680</v>
       </c>
-      <c r="K250" s="5" t="s">
+      <c r="M250" s="5" t="s">
         <v>1681</v>
-      </c>
-[...4 lines deleted...]
-        <v>1683</v>
       </c>
     </row>
     <row r="251">
       <c r="A251" s="5" t="s">
+        <v>1682</v>
+      </c>
+      <c r="B251" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C251" s="5" t="s">
+        <v>1683</v>
+      </c>
+      <c r="D251" s="5" t="s">
+        <v>871</v>
+      </c>
+      <c r="E251" s="5" t="s">
+        <v>479</v>
+      </c>
+      <c r="F251" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G251" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H251" s="5" t="s">
         <v>1684</v>
       </c>
-      <c r="B251" s="5" t="s">
-[...25 lines deleted...]
-      <c r="H251" s="5" t="s">
+      <c r="I251" s="5" t="s">
         <v>1685</v>
       </c>
-      <c r="I251" s="5"/>
-[...3 lines deleted...]
-        </is>
+      <c r="J251" s="5" t="s">
+        <v>1686</v>
       </c>
       <c r="K251" s="5" t="s">
-        <v>1686</v>
+        <v>1687</v>
       </c>
       <c r="L251" s="6" t="s">
-        <v>1687</v>
-[...1 lines deleted...]
-      <c r="M251" s="5"/>
+        <v>1688</v>
+      </c>
+      <c r="M251" s="5" t="s">
+        <v>1689</v>
+      </c>
     </row>
     <row r="252">
       <c r="A252" s="5" t="s">
-        <v>1688</v>
+        <v>1690</v>
       </c>
       <c r="B252" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C252" s="5" t="s">
-        <v>851</v>
+        <v>115</v>
       </c>
       <c r="D252" s="5" t="s">
-        <v>1001</v>
+        <v>26</v>
       </c>
       <c r="E252" s="5" t="s">
-        <v>1640</v>
+        <v>721</v>
       </c>
       <c r="F252" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G252" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H252" s="5" t="s">
-        <v>1689</v>
+        <v>1691</v>
       </c>
       <c r="I252" s="5" t="s">
-        <v>1690</v>
+        <v>1692</v>
       </c>
       <c r="J252" s="5" t="s">
-        <v>921</v>
+        <v>1693</v>
       </c>
       <c r="K252" s="5" t="s">
-        <v>1691</v>
+        <v>1694</v>
       </c>
       <c r="L252" s="6" t="s">
-        <v>1692</v>
+        <v>1695</v>
       </c>
       <c r="M252" s="5" t="s">
-        <v>1693</v>
+        <v>1696</v>
       </c>
     </row>
     <row r="253">
       <c r="A253" s="5" t="s">
-        <v>1694</v>
+        <v>1697</v>
       </c>
       <c r="B253" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C253" s="5" t="s">
-        <v>1695</v>
+        <v>16</v>
       </c>
       <c r="D253" s="5" t="s">
-        <v>612</v>
+        <v>25</v>
       </c>
       <c r="E253" s="5" t="s">
-        <v>1696</v>
-[...2 lines deleted...]
-        <v>1697</v>
+        <v>1698</v>
+      </c>
+      <c r="F253" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G253" s="5" t="s">
-        <v>1698</v>
+        <v>1699</v>
       </c>
       <c r="H253" s="5" t="s">
-        <v>1699</v>
+        <v>1700</v>
       </c>
       <c r="I253" s="5" t="s">
-        <v>1700</v>
+        <v>1701</v>
       </c>
       <c r="J253" s="5" t="s">
-        <v>102</v>
+        <v>20</v>
       </c>
       <c r="K253" s="5" t="s">
-        <v>1701</v>
+        <v>1702</v>
       </c>
       <c r="L253" s="6" t="s">
-        <v>1702</v>
+        <v>1703</v>
       </c>
       <c r="M253" s="5" t="s">
-        <v>1703</v>
+        <v>1704</v>
       </c>
     </row>
     <row r="254">
       <c r="A254" s="5" t="s">
-        <v>1704</v>
+        <v>1705</v>
       </c>
       <c r="B254" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C254" s="5" t="s">
-        <v>851</v>
+        <v>802</v>
       </c>
       <c r="D254" s="5" t="s">
-        <v>1001</v>
+        <v>114</v>
       </c>
       <c r="E254" s="5" t="s">
-        <v>1640</v>
+        <v>1706</v>
       </c>
       <c r="F254" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G254" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H254" s="5" t="s">
-        <v>1705</v>
+        <v>1707</v>
       </c>
       <c r="I254" s="5" t="s">
-        <v>1706</v>
+        <v>1708</v>
       </c>
       <c r="J254" s="5" t="s">
-        <v>921</v>
+        <v>1709</v>
       </c>
       <c r="K254" s="5" t="s">
-        <v>1707</v>
+        <v>1710</v>
       </c>
       <c r="L254" s="6" t="s">
-        <v>1708</v>
+        <v>1711</v>
       </c>
       <c r="M254" s="5" t="s">
-        <v>1709</v>
+        <v>1712</v>
       </c>
     </row>
     <row r="255">
       <c r="A255" s="5" t="s">
-        <v>1710</v>
+        <v>1713</v>
       </c>
       <c r="B255" s="5" t="s">
-        <v>14</v>
+        <v>810</v>
       </c>
       <c r="C255" s="5" t="s">
-        <v>25</v>
-[...1 lines deleted...]
-      <c r="D255" s="5" t="s">
         <v>16</v>
       </c>
+      <c r="D255" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
       <c r="E255" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F255" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G255" s="5" t="s">
-        <v>1711</v>
+      <c r="G255" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H255" s="5" t="s">
-        <v>1712</v>
-[...5 lines deleted...]
-        <v>102</v>
+        <v>1714</v>
+      </c>
+      <c r="I255" s="5"/>
+      <c r="J255" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K255" s="5" t="s">
-        <v>1714</v>
+        <v>1715</v>
       </c>
       <c r="L255" s="6" t="s">
-        <v>1715</v>
-[...1 lines deleted...]
-      <c r="M255" s="5" t="s">
         <v>1716</v>
       </c>
+      <c r="M255" s="5"/>
     </row>
     <row r="256">
       <c r="A256" s="5" t="s">
         <v>1717</v>
       </c>
       <c r="B256" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C256" s="5" t="s">
-        <v>25</v>
+        <v>880</v>
       </c>
       <c r="D256" s="5" t="s">
+        <v>1030</v>
+      </c>
+      <c r="E256" s="5" t="s">
+        <v>1669</v>
+      </c>
+      <c r="F256" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G256" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H256" s="5" t="s">
         <v>1718</v>
       </c>
-      <c r="E256" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="G256" s="5" t="s">
+      <c r="I256" s="5" t="s">
         <v>1719</v>
       </c>
-      <c r="H256" s="5" t="s">
+      <c r="J256" s="5" t="s">
+        <v>950</v>
+      </c>
+      <c r="K256" s="5" t="s">
         <v>1720</v>
       </c>
-      <c r="I256" s="5" t="s">
+      <c r="L256" s="6" t="s">
         <v>1721</v>
       </c>
-      <c r="J256" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K256" s="5" t="s">
+      <c r="M256" s="5" t="s">
         <v>1722</v>
-      </c>
-[...4 lines deleted...]
-        <v>1724</v>
       </c>
     </row>
     <row r="257">
       <c r="A257" s="5" t="s">
+        <v>1723</v>
+      </c>
+      <c r="B257" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C257" s="5" t="s">
+        <v>1724</v>
+      </c>
+      <c r="D257" s="5" t="s">
+        <v>619</v>
+      </c>
+      <c r="E257" s="5" t="s">
         <v>1725</v>
       </c>
-      <c r="B257" s="5" t="s">
-[...23 lines deleted...]
-        </is>
+      <c r="F257" s="5" t="s">
+        <v>1726</v>
+      </c>
+      <c r="G257" s="5" t="s">
+        <v>1727</v>
       </c>
       <c r="H257" s="5" t="s">
-        <v>1726</v>
-[...10 lines deleted...]
-        </is>
+        <v>1728</v>
+      </c>
+      <c r="I257" s="5" t="s">
+        <v>1729</v>
+      </c>
+      <c r="J257" s="5" t="s">
+        <v>102</v>
+      </c>
+      <c r="K257" s="5" t="s">
+        <v>1730</v>
       </c>
       <c r="L257" s="6" t="s">
-        <v>1727</v>
-[...1 lines deleted...]
-      <c r="M257" s="5"/>
+        <v>1731</v>
+      </c>
+      <c r="M257" s="5" t="s">
+        <v>1732</v>
+      </c>
     </row>
     <row r="258">
       <c r="A258" s="5" t="s">
-        <v>1728</v>
+        <v>1733</v>
       </c>
       <c r="B258" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C258" s="5" t="s">
-        <v>214</v>
+        <v>880</v>
       </c>
       <c r="D258" s="5" t="s">
-        <v>1729</v>
+        <v>1030</v>
       </c>
       <c r="E258" s="5" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>1730</v>
+        <v>1669</v>
+      </c>
+      <c r="F258" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G258" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H258" s="5" t="s">
-        <v>1731</v>
+        <v>1734</v>
       </c>
       <c r="I258" s="5" t="s">
-        <v>1732</v>
+        <v>1735</v>
       </c>
       <c r="J258" s="5" t="s">
-        <v>1733</v>
+        <v>950</v>
       </c>
       <c r="K258" s="5" t="s">
-        <v>1734</v>
+        <v>1736</v>
       </c>
       <c r="L258" s="6" t="s">
-        <v>1735</v>
+        <v>1737</v>
       </c>
       <c r="M258" s="5" t="s">
-        <v>1736</v>
+        <v>1738</v>
       </c>
     </row>
     <row r="259">
       <c r="A259" s="5" t="s">
-        <v>1737</v>
+        <v>1739</v>
       </c>
       <c r="B259" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C259" s="5" t="s">
-        <v>851</v>
+        <v>25</v>
       </c>
       <c r="D259" s="5" t="s">
-        <v>918</v>
-[...2 lines deleted...]
-        <v>1640</v>
+        <v>16</v>
+      </c>
+      <c r="E259" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F259" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G259" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G259" s="5" t="s">
+        <v>1740</v>
       </c>
       <c r="H259" s="5" t="s">
-        <v>1738</v>
+        <v>1741</v>
       </c>
       <c r="I259" s="5" t="s">
-        <v>1739</v>
+        <v>1742</v>
       </c>
       <c r="J259" s="5" t="s">
-        <v>921</v>
+        <v>102</v>
       </c>
       <c r="K259" s="5" t="s">
-        <v>1740</v>
+        <v>1743</v>
       </c>
       <c r="L259" s="6" t="s">
-        <v>1741</v>
+        <v>1744</v>
       </c>
       <c r="M259" s="5" t="s">
-        <v>1742</v>
+        <v>1745</v>
       </c>
     </row>
     <row r="260">
       <c r="A260" s="5" t="s">
-        <v>1743</v>
+        <v>1746</v>
       </c>
       <c r="B260" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C260" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="D260" s="5" t="s">
+        <v>1747</v>
+      </c>
+      <c r="E260" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F260" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G260" s="5" t="s">
+        <v>1748</v>
+      </c>
+      <c r="H260" s="5" t="s">
+        <v>1749</v>
+      </c>
+      <c r="I260" s="5" t="s">
+        <v>1750</v>
+      </c>
+      <c r="J260" s="5" t="s">
+        <v>102</v>
+      </c>
+      <c r="K260" s="5" t="s">
+        <v>1751</v>
+      </c>
+      <c r="L260" s="6" t="s">
+        <v>1752</v>
+      </c>
+      <c r="M260" s="5" t="s">
+        <v>1753</v>
+      </c>
+    </row>
+    <row r="261">
+      <c r="A261" s="5" t="s">
+        <v>1754</v>
+      </c>
+      <c r="B261" s="5" t="s">
+        <v>810</v>
+      </c>
+      <c r="C261" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D260" s="5" t="s">
-[...48 lines deleted...]
-        <v>1751</v>
+      <c r="D261" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E261" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F261" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G261" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H261" s="5" t="s">
-        <v>1001</v>
-[...8 lines deleted...]
-        <v>1754</v>
+        <v>1755</v>
+      </c>
+      <c r="I261" s="5"/>
+      <c r="J261" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K261" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L261" s="6" t="s">
-        <v>1755</v>
-[...1 lines deleted...]
-      <c r="M261" s="5" t="s">
         <v>1756</v>
       </c>
+      <c r="M261" s="5"/>
     </row>
     <row r="262">
       <c r="A262" s="5" t="s">
         <v>1757</v>
       </c>
       <c r="B262" s="5" t="s">
-        <v>781</v>
+        <v>14</v>
       </c>
       <c r="C262" s="5" t="s">
-        <v>16</v>
-[...14 lines deleted...]
-        </is>
+        <v>214</v>
+      </c>
+      <c r="D262" s="5" t="s">
+        <v>1758</v>
+      </c>
+      <c r="E262" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F262" s="5" t="s">
+        <v>1759</v>
       </c>
       <c r="G262" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H262" s="5" t="s">
-        <v>1758</v>
-[...5 lines deleted...]
-        </is>
+        <v>1760</v>
+      </c>
+      <c r="I262" s="5" t="s">
+        <v>1761</v>
+      </c>
+      <c r="J262" s="5" t="s">
+        <v>1762</v>
       </c>
       <c r="K262" s="5" t="s">
-        <v>1759</v>
+        <v>1763</v>
       </c>
       <c r="L262" s="6" t="s">
-        <v>1760</v>
-[...1 lines deleted...]
-      <c r="M262" s="5"/>
+        <v>1764</v>
+      </c>
+      <c r="M262" s="5" t="s">
+        <v>1765</v>
+      </c>
     </row>
     <row r="263">
       <c r="A263" s="5" t="s">
-        <v>1761</v>
+        <v>1766</v>
       </c>
       <c r="B263" s="5" t="s">
-        <v>781</v>
+        <v>14</v>
       </c>
       <c r="C263" s="5" t="s">
-        <v>16</v>
-[...9 lines deleted...]
-        </is>
+        <v>880</v>
+      </c>
+      <c r="D263" s="5" t="s">
+        <v>947</v>
+      </c>
+      <c r="E263" s="5" t="s">
+        <v>1669</v>
       </c>
       <c r="F263" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G263" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H263" s="5" t="inlineStr">
-[...8 lines deleted...]
-        </is>
+      <c r="H263" s="5" t="s">
+        <v>1767</v>
+      </c>
+      <c r="I263" s="5" t="s">
+        <v>1768</v>
+      </c>
+      <c r="J263" s="5" t="s">
+        <v>950</v>
       </c>
       <c r="K263" s="5" t="s">
-        <v>1759</v>
+        <v>1769</v>
       </c>
       <c r="L263" s="6" t="s">
-        <v>1762</v>
-[...1 lines deleted...]
-      <c r="M263" s="5"/>
+        <v>1770</v>
+      </c>
+      <c r="M263" s="5" t="s">
+        <v>1771</v>
+      </c>
     </row>
     <row r="264">
       <c r="A264" s="5" t="s">
-        <v>1763</v>
+        <v>1772</v>
       </c>
       <c r="B264" s="5" t="s">
-        <v>781</v>
+        <v>14</v>
       </c>
       <c r="C264" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D264" s="5" t="inlineStr">
-[...7 lines deleted...]
-        </is>
+      <c r="D264" s="5" t="s">
+        <v>1773</v>
+      </c>
+      <c r="E264" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F264" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G264" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H264" s="5" t="inlineStr">
-[...8 lines deleted...]
-        </is>
+      <c r="H264" s="5" t="s">
+        <v>1774</v>
+      </c>
+      <c r="I264" s="5" t="s">
+        <v>1775</v>
+      </c>
+      <c r="J264" s="5" t="s">
+        <v>1776</v>
       </c>
       <c r="K264" s="5" t="s">
-        <v>1759</v>
+        <v>1777</v>
       </c>
       <c r="L264" s="6" t="s">
-        <v>1764</v>
-[...1 lines deleted...]
-      <c r="M264" s="5"/>
+        <v>1778</v>
+      </c>
+      <c r="M264" s="5" t="s">
+        <v>1779</v>
+      </c>
     </row>
     <row r="265">
-      <c r="A265" s="5" t="s">
-        <v>1765</v>
+      <c r="A265" s="5" t="n">
+        <v>1928</v>
       </c>
       <c r="B265" s="5" t="s">
-        <v>781</v>
+        <v>14</v>
       </c>
       <c r="C265" s="5" t="s">
-        <v>16</v>
-[...9 lines deleted...]
-        </is>
+        <v>1747</v>
+      </c>
+      <c r="D265" s="5" t="s">
+        <v>1773</v>
+      </c>
+      <c r="E265" s="5" t="s">
+        <v>1780</v>
       </c>
       <c r="F265" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G265" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H265" s="5" t="inlineStr">
-[...8 lines deleted...]
-        </is>
+      <c r="H265" s="5" t="s">
+        <v>1030</v>
+      </c>
+      <c r="I265" s="5" t="s">
+        <v>1781</v>
+      </c>
+      <c r="J265" s="5" t="s">
+        <v>1782</v>
       </c>
       <c r="K265" s="5" t="s">
-        <v>1759</v>
+        <v>1783</v>
       </c>
       <c r="L265" s="6" t="s">
-        <v>1766</v>
-[...1 lines deleted...]
-      <c r="M265" s="5"/>
+        <v>1784</v>
+      </c>
+      <c r="M265" s="5" t="s">
+        <v>1785</v>
+      </c>
     </row>
     <row r="266">
       <c r="A266" s="5" t="s">
-        <v>1767</v>
+        <v>1786</v>
       </c>
       <c r="B266" s="5" t="s">
-        <v>781</v>
+        <v>810</v>
       </c>
       <c r="C266" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D266" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E266" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F266" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G266" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H266" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H266" s="5" t="s">
+        <v>1787</v>
       </c>
       <c r="I266" s="5"/>
       <c r="J266" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K266" s="5" t="s">
-        <v>1759</v>
+        <v>1788</v>
       </c>
       <c r="L266" s="6" t="s">
-        <v>1768</v>
+        <v>1789</v>
       </c>
       <c r="M266" s="5"/>
     </row>
     <row r="267">
       <c r="A267" s="5" t="s">
-        <v>1769</v>
+        <v>1790</v>
       </c>
       <c r="B267" s="5" t="s">
-        <v>781</v>
+        <v>810</v>
       </c>
       <c r="C267" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D267" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E267" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F267" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G267" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H267" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I267" s="5"/>
       <c r="J267" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K267" s="5" t="s">
-        <v>1759</v>
+        <v>1788</v>
       </c>
       <c r="L267" s="6" t="s">
-        <v>1770</v>
+        <v>1791</v>
       </c>
       <c r="M267" s="5"/>
     </row>
     <row r="268">
       <c r="A268" s="5" t="s">
-        <v>1771</v>
+        <v>1792</v>
       </c>
       <c r="B268" s="5" t="s">
-        <v>781</v>
+        <v>810</v>
       </c>
       <c r="C268" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D268" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E268" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F268" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G268" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H268" s="5" t="s">
-        <v>1772</v>
+      <c r="H268" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I268" s="5"/>
       <c r="J268" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K268" s="5" t="s">
-        <v>1759</v>
+        <v>1788</v>
       </c>
       <c r="L268" s="6" t="s">
-        <v>1773</v>
+        <v>1793</v>
       </c>
       <c r="M268" s="5"/>
     </row>
     <row r="269">
       <c r="A269" s="5" t="s">
-        <v>1774</v>
+        <v>1794</v>
       </c>
       <c r="B269" s="5" t="s">
-        <v>781</v>
+        <v>810</v>
       </c>
       <c r="C269" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D269" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E269" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F269" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G269" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H269" s="5" t="s">
-        <v>1775</v>
+      <c r="H269" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I269" s="5"/>
       <c r="J269" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K269" s="5" t="s">
-        <v>1776</v>
+        <v>1788</v>
       </c>
       <c r="L269" s="6" t="s">
-        <v>1777</v>
+        <v>1795</v>
       </c>
       <c r="M269" s="5"/>
     </row>
     <row r="270">
       <c r="A270" s="5" t="s">
-        <v>1778</v>
+        <v>1796</v>
       </c>
       <c r="B270" s="5" t="s">
-        <v>781</v>
+        <v>810</v>
       </c>
       <c r="C270" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D270" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E270" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F270" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G270" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H270" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I270" s="5"/>
       <c r="J270" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K270" s="5" t="s">
-        <v>1759</v>
+        <v>1788</v>
       </c>
       <c r="L270" s="6" t="s">
-        <v>1779</v>
+        <v>1797</v>
       </c>
       <c r="M270" s="5"/>
     </row>
     <row r="271">
       <c r="A271" s="5" t="s">
-        <v>1780</v>
+        <v>1798</v>
       </c>
       <c r="B271" s="5" t="s">
-        <v>781</v>
+        <v>810</v>
       </c>
       <c r="C271" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D271" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E271" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F271" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G271" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H271" s="5" t="s">
-        <v>1775</v>
+      <c r="H271" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I271" s="5"/>
       <c r="J271" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K271" s="5" t="s">
-        <v>1759</v>
+        <v>1788</v>
       </c>
       <c r="L271" s="6" t="s">
-        <v>1781</v>
+        <v>1799</v>
       </c>
       <c r="M271" s="5"/>
     </row>
     <row r="272">
       <c r="A272" s="5" t="s">
-        <v>1782</v>
+        <v>1800</v>
       </c>
       <c r="B272" s="5" t="s">
-        <v>781</v>
+        <v>810</v>
       </c>
       <c r="C272" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D272" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E272" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F272" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G272" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H272" s="5" t="s">
-        <v>1783</v>
+        <v>1801</v>
       </c>
       <c r="I272" s="5"/>
       <c r="J272" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K272" s="5" t="s">
-        <v>1776</v>
+        <v>1788</v>
       </c>
       <c r="L272" s="6" t="s">
-        <v>1784</v>
+        <v>1802</v>
       </c>
       <c r="M272" s="5"/>
     </row>
     <row r="273">
       <c r="A273" s="5" t="s">
-        <v>1785</v>
+        <v>1803</v>
       </c>
       <c r="B273" s="5" t="s">
-        <v>781</v>
+        <v>810</v>
       </c>
       <c r="C273" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D273" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E273" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F273" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G273" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H273" s="5" t="s">
-        <v>1783</v>
+        <v>1804</v>
       </c>
       <c r="I273" s="5"/>
       <c r="J273" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K273" s="5" t="s">
-        <v>1776</v>
+        <v>1805</v>
       </c>
       <c r="L273" s="6" t="s">
-        <v>1786</v>
+        <v>1806</v>
       </c>
       <c r="M273" s="5"/>
     </row>
     <row r="274">
       <c r="A274" s="5" t="s">
-        <v>1787</v>
+        <v>1807</v>
       </c>
       <c r="B274" s="5" t="s">
-        <v>781</v>
+        <v>810</v>
       </c>
       <c r="C274" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D274" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E274" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F274" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G274" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H274" s="5" t="s">
-        <v>1758</v>
+      <c r="H274" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I274" s="5"/>
       <c r="J274" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K274" s="5" t="s">
-        <v>1776</v>
+        <v>1788</v>
       </c>
       <c r="L274" s="6" t="s">
-        <v>1788</v>
+        <v>1808</v>
       </c>
       <c r="M274" s="5"/>
     </row>
     <row r="275">
       <c r="A275" s="5" t="s">
-        <v>1789</v>
+        <v>1809</v>
       </c>
       <c r="B275" s="5" t="s">
-        <v>781</v>
+        <v>810</v>
       </c>
       <c r="C275" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D275" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E275" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F275" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G275" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H275" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H275" s="5" t="s">
+        <v>1804</v>
       </c>
       <c r="I275" s="5"/>
       <c r="J275" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K275" s="5" t="s">
-        <v>1776</v>
+        <v>1788</v>
       </c>
       <c r="L275" s="6" t="s">
-        <v>1790</v>
+        <v>1810</v>
       </c>
       <c r="M275" s="5"/>
     </row>
     <row r="276">
       <c r="A276" s="5" t="s">
-        <v>1791</v>
+        <v>1811</v>
       </c>
       <c r="B276" s="5" t="s">
-        <v>781</v>
+        <v>810</v>
       </c>
       <c r="C276" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D276" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E276" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F276" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G276" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H276" s="5" t="s">
-        <v>1792</v>
+        <v>1812</v>
       </c>
       <c r="I276" s="5"/>
       <c r="J276" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K276" s="5" t="s">
-        <v>1776</v>
+        <v>1805</v>
       </c>
       <c r="L276" s="6" t="s">
-        <v>1793</v>
+        <v>1813</v>
       </c>
       <c r="M276" s="5"/>
     </row>
     <row r="277">
       <c r="A277" s="5" t="s">
-        <v>1794</v>
+        <v>1814</v>
       </c>
       <c r="B277" s="5" t="s">
-        <v>781</v>
+        <v>810</v>
       </c>
       <c r="C277" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D277" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E277" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F277" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G277" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H277" s="5" t="s">
-        <v>1758</v>
+        <v>1812</v>
       </c>
       <c r="I277" s="5"/>
       <c r="J277" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K277" s="5" t="s">
-        <v>1776</v>
+        <v>1805</v>
       </c>
       <c r="L277" s="6" t="s">
-        <v>1795</v>
+        <v>1815</v>
       </c>
       <c r="M277" s="5"/>
     </row>
     <row r="278">
       <c r="A278" s="5" t="s">
-        <v>1796</v>
+        <v>1816</v>
       </c>
       <c r="B278" s="5" t="s">
-        <v>781</v>
+        <v>810</v>
       </c>
       <c r="C278" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D278" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E278" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F278" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G278" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H278" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H278" s="5" t="s">
+        <v>1787</v>
       </c>
       <c r="I278" s="5"/>
       <c r="J278" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K278" s="5" t="s">
-        <v>1776</v>
+        <v>1805</v>
       </c>
       <c r="L278" s="6" t="s">
-        <v>1797</v>
+        <v>1817</v>
       </c>
       <c r="M278" s="5"/>
     </row>
     <row r="279">
       <c r="A279" s="5" t="s">
-        <v>1798</v>
+        <v>1818</v>
       </c>
       <c r="B279" s="5" t="s">
-        <v>781</v>
+        <v>810</v>
       </c>
       <c r="C279" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D279" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E279" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F279" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G279" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H279" s="5" t="s">
-        <v>1799</v>
+      <c r="H279" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I279" s="5"/>
       <c r="J279" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K279" s="5" t="s">
-        <v>1776</v>
+        <v>1805</v>
       </c>
       <c r="L279" s="6" t="s">
-        <v>1800</v>
+        <v>1819</v>
       </c>
       <c r="M279" s="5"/>
     </row>
     <row r="280">
       <c r="A280" s="5" t="s">
-        <v>1801</v>
+        <v>1820</v>
       </c>
       <c r="B280" s="5" t="s">
-        <v>781</v>
+        <v>810</v>
       </c>
       <c r="C280" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D280" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E280" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F280" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G280" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H280" s="5" t="s">
-        <v>1783</v>
+        <v>1821</v>
       </c>
       <c r="I280" s="5"/>
       <c r="J280" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K280" s="5" t="s">
-        <v>1776</v>
+        <v>1805</v>
       </c>
       <c r="L280" s="6" t="s">
-        <v>1802</v>
+        <v>1822</v>
       </c>
       <c r="M280" s="5"/>
     </row>
     <row r="281">
       <c r="A281" s="5" t="s">
-        <v>1803</v>
+        <v>1823</v>
       </c>
       <c r="B281" s="5" t="s">
-        <v>781</v>
+        <v>810</v>
       </c>
       <c r="C281" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D281" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E281" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F281" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G281" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H281" s="5" t="s">
-        <v>1775</v>
+        <v>1787</v>
       </c>
       <c r="I281" s="5"/>
       <c r="J281" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K281" s="5" t="s">
-        <v>1776</v>
+        <v>1805</v>
       </c>
       <c r="L281" s="6" t="s">
-        <v>1804</v>
+        <v>1824</v>
       </c>
       <c r="M281" s="5"/>
     </row>
     <row r="282">
       <c r="A282" s="5" t="s">
-        <v>1805</v>
+        <v>1825</v>
       </c>
       <c r="B282" s="5" t="s">
-        <v>781</v>
+        <v>810</v>
       </c>
       <c r="C282" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D282" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E282" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F282" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G282" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H282" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I282" s="5"/>
       <c r="J282" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K282" s="5" t="s">
-        <v>1776</v>
+        <v>1805</v>
       </c>
       <c r="L282" s="6" t="s">
-        <v>1806</v>
+        <v>1826</v>
       </c>
       <c r="M282" s="5"/>
     </row>
     <row r="283">
       <c r="A283" s="5" t="s">
-        <v>1807</v>
+        <v>1827</v>
       </c>
       <c r="B283" s="5" t="s">
-        <v>781</v>
+        <v>810</v>
       </c>
       <c r="C283" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D283" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E283" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F283" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G283" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H283" s="5" t="s">
-        <v>1775</v>
+        <v>1828</v>
       </c>
       <c r="I283" s="5"/>
       <c r="J283" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K283" s="5" t="s">
-        <v>1776</v>
+        <v>1805</v>
       </c>
       <c r="L283" s="6" t="s">
-        <v>1808</v>
+        <v>1829</v>
       </c>
       <c r="M283" s="5"/>
     </row>
     <row r="284">
       <c r="A284" s="5" t="s">
-        <v>1809</v>
+        <v>1830</v>
       </c>
       <c r="B284" s="5" t="s">
-        <v>781</v>
+        <v>810</v>
       </c>
       <c r="C284" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D284" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E284" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F284" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G284" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H284" s="5" t="s">
-        <v>1718</v>
+        <v>1812</v>
       </c>
       <c r="I284" s="5"/>
       <c r="J284" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K284" s="5" t="s">
-        <v>1776</v>
+        <v>1805</v>
       </c>
       <c r="L284" s="6" t="s">
-        <v>1810</v>
+        <v>1831</v>
       </c>
       <c r="M284" s="5"/>
     </row>
     <row r="285">
       <c r="A285" s="5" t="s">
-        <v>1811</v>
+        <v>1832</v>
       </c>
       <c r="B285" s="5" t="s">
-        <v>781</v>
+        <v>810</v>
       </c>
       <c r="C285" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D285" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E285" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F285" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G285" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H285" s="5" t="s">
-        <v>1812</v>
+        <v>1804</v>
       </c>
       <c r="I285" s="5"/>
       <c r="J285" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K285" s="5" t="s">
-        <v>1776</v>
+        <v>1805</v>
       </c>
       <c r="L285" s="6" t="s">
-        <v>1813</v>
+        <v>1833</v>
       </c>
       <c r="M285" s="5"/>
     </row>
     <row r="286">
       <c r="A286" s="5" t="s">
-        <v>1814</v>
+        <v>1834</v>
       </c>
       <c r="B286" s="5" t="s">
-        <v>781</v>
+        <v>810</v>
       </c>
       <c r="C286" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D286" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E286" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F286" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G286" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H286" s="5" t="s">
-        <v>1718</v>
+      <c r="H286" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I286" s="5"/>
       <c r="J286" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K286" s="5" t="s">
-        <v>1776</v>
+        <v>1805</v>
       </c>
       <c r="L286" s="6" t="s">
-        <v>1815</v>
+        <v>1835</v>
       </c>
       <c r="M286" s="5"/>
     </row>
     <row r="287">
       <c r="A287" s="5" t="s">
-        <v>1816</v>
+        <v>1836</v>
       </c>
       <c r="B287" s="5" t="s">
-        <v>14</v>
+        <v>810</v>
       </c>
       <c r="C287" s="5" t="s">
-        <v>1718</v>
-[...5 lines deleted...]
-        <v>1817</v>
+        <v>16</v>
+      </c>
+      <c r="D287" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E287" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F287" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G287" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H287" s="5" t="s">
-        <v>1818</v>
-[...5 lines deleted...]
-        <v>1753</v>
+        <v>1804</v>
+      </c>
+      <c r="I287" s="5"/>
+      <c r="J287" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K287" s="5" t="s">
-        <v>1820</v>
+        <v>1805</v>
       </c>
       <c r="L287" s="6" t="s">
-        <v>1821</v>
-[...3 lines deleted...]
-      </c>
+        <v>1837</v>
+      </c>
+      <c r="M287" s="5"/>
     </row>
     <row r="288">
       <c r="A288" s="5" t="s">
-        <v>1823</v>
+        <v>1838</v>
       </c>
       <c r="B288" s="5" t="s">
-        <v>781</v>
+        <v>810</v>
       </c>
       <c r="C288" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D288" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E288" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F288" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G288" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H288" s="5" t="s">
-        <v>1824</v>
+        <v>1747</v>
       </c>
       <c r="I288" s="5"/>
       <c r="J288" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K288" s="5" t="s">
-        <v>1776</v>
+        <v>1805</v>
       </c>
       <c r="L288" s="6" t="s">
-        <v>1825</v>
+        <v>1839</v>
       </c>
       <c r="M288" s="5"/>
     </row>
     <row r="289">
       <c r="A289" s="5" t="s">
-        <v>1826</v>
+        <v>1840</v>
       </c>
       <c r="B289" s="5" t="s">
-        <v>781</v>
+        <v>810</v>
       </c>
       <c r="C289" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D289" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E289" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F289" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G289" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H289" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H289" s="5" t="s">
+        <v>1841</v>
       </c>
       <c r="I289" s="5"/>
       <c r="J289" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K289" s="5" t="s">
-        <v>1776</v>
+        <v>1805</v>
       </c>
       <c r="L289" s="6" t="s">
-        <v>1827</v>
+        <v>1842</v>
       </c>
       <c r="M289" s="5"/>
     </row>
     <row r="290">
       <c r="A290" s="5" t="s">
-        <v>1828</v>
+        <v>1843</v>
       </c>
       <c r="B290" s="5" t="s">
-        <v>781</v>
-[...4 lines deleted...]
-        </is>
+        <v>810</v>
+      </c>
+      <c r="C290" s="5" t="s">
+        <v>16</v>
       </c>
       <c r="D290" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E290" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F290" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G290" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H290" s="5" t="s">
-        <v>1001</v>
+        <v>1747</v>
       </c>
       <c r="I290" s="5"/>
       <c r="J290" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K290" s="5" t="s">
-        <v>1776</v>
+        <v>1805</v>
       </c>
       <c r="L290" s="6" t="s">
-        <v>1829</v>
+        <v>1844</v>
       </c>
       <c r="M290" s="5"/>
     </row>
     <row r="291">
       <c r="A291" s="5" t="s">
-        <v>1830</v>
+        <v>1845</v>
       </c>
       <c r="B291" s="5" t="s">
-        <v>781</v>
+        <v>14</v>
       </c>
       <c r="C291" s="5" t="s">
-        <v>16</v>
-[...9 lines deleted...]
-        </is>
+        <v>1747</v>
+      </c>
+      <c r="D291" s="5" t="s">
+        <v>1773</v>
+      </c>
+      <c r="E291" s="5" t="s">
+        <v>1846</v>
       </c>
       <c r="F291" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G291" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H291" s="5" t="s">
-        <v>1831</v>
-[...5 lines deleted...]
-        </is>
+        <v>1847</v>
+      </c>
+      <c r="I291" s="5" t="s">
+        <v>1848</v>
+      </c>
+      <c r="J291" s="5" t="s">
+        <v>1782</v>
       </c>
       <c r="K291" s="5" t="s">
-        <v>1776</v>
+        <v>1849</v>
       </c>
       <c r="L291" s="6" t="s">
-        <v>1832</v>
-[...1 lines deleted...]
-      <c r="M291" s="5"/>
+        <v>1850</v>
+      </c>
+      <c r="M291" s="5" t="s">
+        <v>1851</v>
+      </c>
     </row>
     <row r="292">
       <c r="A292" s="5" t="s">
-        <v>1833</v>
+        <v>1852</v>
       </c>
       <c r="B292" s="5" t="s">
-        <v>781</v>
+        <v>810</v>
       </c>
       <c r="C292" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D292" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E292" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F292" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G292" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H292" s="5" t="s">
-        <v>1834</v>
+        <v>1853</v>
       </c>
       <c r="I292" s="5"/>
       <c r="J292" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K292" s="5" t="s">
-        <v>1776</v>
+        <v>1805</v>
       </c>
       <c r="L292" s="6" t="s">
-        <v>1835</v>
+        <v>1854</v>
       </c>
       <c r="M292" s="5"/>
     </row>
     <row r="293">
       <c r="A293" s="5" t="s">
-        <v>1836</v>
+        <v>1855</v>
       </c>
       <c r="B293" s="5" t="s">
-        <v>781</v>
+        <v>810</v>
       </c>
       <c r="C293" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D293" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E293" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F293" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G293" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H293" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I293" s="5"/>
       <c r="J293" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K293" s="5" t="s">
-        <v>1776</v>
+        <v>1805</v>
       </c>
       <c r="L293" s="6" t="s">
-        <v>1837</v>
+        <v>1856</v>
       </c>
       <c r="M293" s="5"/>
     </row>
     <row r="294">
       <c r="A294" s="5" t="s">
-        <v>1838</v>
+        <v>1857</v>
       </c>
       <c r="B294" s="5" t="s">
-        <v>781</v>
-[...2 lines deleted...]
-        <v>16</v>
+        <v>810</v>
+      </c>
+      <c r="C294" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="D294" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E294" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F294" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G294" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H294" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H294" s="5" t="s">
+        <v>1030</v>
       </c>
       <c r="I294" s="5"/>
       <c r="J294" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K294" s="5" t="s">
-        <v>1776</v>
+        <v>1805</v>
       </c>
       <c r="L294" s="6" t="s">
-        <v>1839</v>
+        <v>1858</v>
       </c>
       <c r="M294" s="5"/>
     </row>
     <row r="295">
       <c r="A295" s="5" t="s">
-        <v>1840</v>
+        <v>1859</v>
       </c>
       <c r="B295" s="5" t="s">
-        <v>781</v>
+        <v>810</v>
       </c>
       <c r="C295" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D295" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E295" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F295" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G295" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H295" s="5" t="s">
-        <v>1841</v>
+        <v>1860</v>
       </c>
       <c r="I295" s="5"/>
       <c r="J295" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K295" s="5" t="s">
-        <v>1776</v>
+        <v>1805</v>
       </c>
       <c r="L295" s="6" t="s">
-        <v>1842</v>
+        <v>1861</v>
       </c>
       <c r="M295" s="5"/>
     </row>
     <row r="296">
       <c r="A296" s="5" t="s">
-        <v>1843</v>
+        <v>1862</v>
       </c>
       <c r="B296" s="5" t="s">
-        <v>781</v>
+        <v>810</v>
       </c>
       <c r="C296" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D296" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E296" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F296" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G296" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H296" s="5" t="s">
-        <v>1844</v>
+        <v>1863</v>
       </c>
       <c r="I296" s="5"/>
       <c r="J296" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K296" s="5" t="s">
-        <v>1776</v>
+        <v>1805</v>
       </c>
       <c r="L296" s="6" t="s">
-        <v>1845</v>
+        <v>1864</v>
       </c>
       <c r="M296" s="5"/>
     </row>
     <row r="297">
       <c r="A297" s="5" t="s">
-        <v>1846</v>
+        <v>1865</v>
       </c>
       <c r="B297" s="5" t="s">
-        <v>781</v>
+        <v>810</v>
       </c>
       <c r="C297" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D297" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E297" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F297" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G297" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H297" s="5" t="s">
-        <v>1847</v>
+      <c r="H297" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I297" s="5"/>
       <c r="J297" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K297" s="5" t="s">
-        <v>1776</v>
+        <v>1805</v>
       </c>
       <c r="L297" s="6" t="s">
-        <v>1848</v>
+        <v>1866</v>
       </c>
       <c r="M297" s="5"/>
     </row>
     <row r="298">
       <c r="A298" s="5" t="s">
-        <v>1849</v>
+        <v>1867</v>
       </c>
       <c r="B298" s="5" t="s">
-        <v>781</v>
+        <v>810</v>
       </c>
       <c r="C298" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D298" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E298" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F298" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G298" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H298" s="5" t="s">
-        <v>1850</v>
+      <c r="H298" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I298" s="5"/>
       <c r="J298" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K298" s="5" t="s">
-        <v>1776</v>
+        <v>1805</v>
       </c>
       <c r="L298" s="6" t="s">
-        <v>1851</v>
+        <v>1868</v>
       </c>
       <c r="M298" s="5"/>
     </row>
     <row r="299">
       <c r="A299" s="5" t="s">
-        <v>1852</v>
+        <v>1869</v>
       </c>
       <c r="B299" s="5" t="s">
-        <v>781</v>
+        <v>810</v>
       </c>
       <c r="C299" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D299" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E299" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F299" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G299" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H299" s="5" t="s">
-        <v>1853</v>
+        <v>1870</v>
       </c>
       <c r="I299" s="5"/>
       <c r="J299" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K299" s="5" t="s">
-        <v>1776</v>
+        <v>1805</v>
       </c>
       <c r="L299" s="6" t="s">
-        <v>1854</v>
+        <v>1871</v>
       </c>
       <c r="M299" s="5"/>
     </row>
     <row r="300">
       <c r="A300" s="5" t="s">
-        <v>1855</v>
+        <v>1872</v>
       </c>
       <c r="B300" s="5" t="s">
-        <v>781</v>
+        <v>810</v>
       </c>
       <c r="C300" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D300" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E300" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F300" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G300" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H300" s="5" t="s">
-        <v>1834</v>
+        <v>1873</v>
       </c>
       <c r="I300" s="5"/>
       <c r="J300" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K300" s="5" t="s">
-        <v>1776</v>
+        <v>1805</v>
       </c>
       <c r="L300" s="6" t="s">
-        <v>1856</v>
+        <v>1874</v>
       </c>
       <c r="M300" s="5"/>
     </row>
     <row r="301">
       <c r="A301" s="5" t="s">
-        <v>1857</v>
+        <v>1875</v>
       </c>
       <c r="B301" s="5" t="s">
-        <v>781</v>
+        <v>810</v>
       </c>
       <c r="C301" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D301" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E301" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F301" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G301" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H301" s="5" t="s">
-        <v>1834</v>
+        <v>1876</v>
       </c>
       <c r="I301" s="5"/>
       <c r="J301" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K301" s="5" t="s">
-        <v>1776</v>
+        <v>1805</v>
       </c>
       <c r="L301" s="6" t="s">
-        <v>1858</v>
+        <v>1877</v>
       </c>
       <c r="M301" s="5"/>
     </row>
     <row r="302">
       <c r="A302" s="5" t="s">
-        <v>1859</v>
+        <v>1878</v>
       </c>
       <c r="B302" s="5" t="s">
-        <v>781</v>
+        <v>810</v>
       </c>
       <c r="C302" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D302" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E302" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F302" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G302" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H302" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H302" s="5" t="s">
+        <v>1879</v>
       </c>
       <c r="I302" s="5"/>
       <c r="J302" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K302" s="5" t="s">
-        <v>1776</v>
+        <v>1805</v>
       </c>
       <c r="L302" s="6" t="s">
-        <v>1860</v>
+        <v>1880</v>
       </c>
       <c r="M302" s="5"/>
     </row>
     <row r="303">
       <c r="A303" s="5" t="s">
-        <v>1861</v>
+        <v>1881</v>
       </c>
       <c r="B303" s="5" t="s">
-        <v>781</v>
+        <v>810</v>
       </c>
       <c r="C303" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D303" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E303" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F303" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G303" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H303" s="5" t="s">
-        <v>1862</v>
+        <v>1882</v>
       </c>
       <c r="I303" s="5"/>
       <c r="J303" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K303" s="5" t="s">
-        <v>1776</v>
+        <v>1805</v>
       </c>
       <c r="L303" s="6" t="s">
-        <v>1863</v>
+        <v>1883</v>
       </c>
       <c r="M303" s="5"/>
     </row>
     <row r="304">
       <c r="A304" s="5" t="s">
-        <v>1864</v>
+        <v>1884</v>
       </c>
       <c r="B304" s="5" t="s">
-        <v>781</v>
+        <v>810</v>
       </c>
       <c r="C304" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D304" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E304" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F304" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G304" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H304" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H304" s="5" t="s">
+        <v>1863</v>
       </c>
       <c r="I304" s="5"/>
       <c r="J304" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K304" s="5" t="s">
-        <v>1776</v>
+        <v>1805</v>
       </c>
       <c r="L304" s="6" t="s">
-        <v>1865</v>
+        <v>1885</v>
       </c>
       <c r="M304" s="5"/>
     </row>
     <row r="305">
       <c r="A305" s="5" t="s">
-        <v>1866</v>
+        <v>1886</v>
       </c>
       <c r="B305" s="5" t="s">
-        <v>781</v>
+        <v>810</v>
       </c>
       <c r="C305" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D305" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E305" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F305" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G305" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H305" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H305" s="5" t="s">
+        <v>1863</v>
       </c>
       <c r="I305" s="5"/>
       <c r="J305" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K305" s="5" t="s">
-        <v>1776</v>
+        <v>1805</v>
       </c>
       <c r="L305" s="6" t="s">
-        <v>1867</v>
+        <v>1887</v>
       </c>
       <c r="M305" s="5"/>
     </row>
     <row r="306">
       <c r="A306" s="5" t="s">
-        <v>1868</v>
+        <v>1888</v>
       </c>
       <c r="B306" s="5" t="s">
-        <v>781</v>
+        <v>810</v>
       </c>
       <c r="C306" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D306" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E306" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F306" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G306" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H306" s="5" t="s">
-        <v>1862</v>
+      <c r="H306" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I306" s="5"/>
       <c r="J306" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K306" s="5" t="s">
-        <v>1776</v>
+        <v>1805</v>
       </c>
       <c r="L306" s="6" t="s">
-        <v>1869</v>
+        <v>1889</v>
       </c>
       <c r="M306" s="5"/>
     </row>
     <row r="307">
       <c r="A307" s="5" t="s">
-        <v>1870</v>
+        <v>1890</v>
       </c>
       <c r="B307" s="5" t="s">
-        <v>781</v>
+        <v>810</v>
       </c>
       <c r="C307" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D307" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E307" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F307" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G307" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H307" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H307" s="5" t="s">
+        <v>1891</v>
       </c>
       <c r="I307" s="5"/>
       <c r="J307" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K307" s="5" t="s">
-        <v>1776</v>
+        <v>1805</v>
       </c>
       <c r="L307" s="6" t="s">
-        <v>1871</v>
+        <v>1892</v>
       </c>
       <c r="M307" s="5"/>
     </row>
     <row r="308">
       <c r="A308" s="5" t="s">
-        <v>1872</v>
+        <v>1893</v>
       </c>
       <c r="B308" s="5" t="s">
-        <v>781</v>
+        <v>810</v>
       </c>
       <c r="C308" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D308" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E308" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F308" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G308" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H308" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I308" s="5"/>
       <c r="J308" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K308" s="5" t="s">
-        <v>1776</v>
+        <v>1805</v>
       </c>
       <c r="L308" s="6" t="s">
-        <v>1873</v>
+        <v>1894</v>
       </c>
       <c r="M308" s="5"/>
     </row>
     <row r="309">
       <c r="A309" s="5" t="s">
-        <v>1874</v>
+        <v>1895</v>
       </c>
       <c r="B309" s="5" t="s">
-        <v>781</v>
+        <v>810</v>
       </c>
       <c r="C309" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D309" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E309" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F309" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G309" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H309" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="I309" s="5"/>
       <c r="J309" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="K309" s="5" t="s">
-        <v>1875</v>
+        <v>1805</v>
       </c>
       <c r="L309" s="6" t="s">
-        <v>1876</v>
+        <v>1896</v>
       </c>
       <c r="M309" s="5"/>
     </row>
     <row r="310">
       <c r="A310" s="5" t="s">
-        <v>1877</v>
+        <v>1897</v>
       </c>
       <c r="B310" s="5" t="s">
-        <v>150</v>
+        <v>810</v>
       </c>
       <c r="C310" s="5" t="s">
-        <v>733</v>
-[...8 lines deleted...]
-        <v>1880</v>
+        <v>16</v>
+      </c>
+      <c r="D310" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E310" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F310" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G310" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H310" s="5" t="s">
-        <v>1881</v>
-[...5 lines deleted...]
-        <v>1883</v>
+        <v>1891</v>
+      </c>
+      <c r="I310" s="5"/>
+      <c r="J310" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K310" s="5" t="s">
-        <v>1884</v>
+        <v>1805</v>
       </c>
       <c r="L310" s="6" t="s">
-        <v>1885</v>
-[...3 lines deleted...]
-      </c>
+        <v>1898</v>
+      </c>
+      <c r="M310" s="5"/>
     </row>
     <row r="311">
       <c r="A311" s="5" t="s">
-        <v>1887</v>
+        <v>1899</v>
       </c>
       <c r="B311" s="5" t="s">
-        <v>150</v>
+        <v>810</v>
       </c>
       <c r="C311" s="5" t="s">
-        <v>733</v>
-[...8 lines deleted...]
-        <v>1889</v>
+        <v>16</v>
+      </c>
+      <c r="D311" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E311" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F311" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G311" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H311" s="5" t="s">
-[...11 lines deleted...]
-        </is>
+      <c r="H311" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I311" s="5"/>
+      <c r="J311" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K311" s="5" t="s">
+        <v>1805</v>
       </c>
       <c r="L311" s="6" t="s">
-        <v>1893</v>
-[...3 lines deleted...]
-      </c>
+        <v>1900</v>
+      </c>
+      <c r="M311" s="5"/>
     </row>
     <row r="312">
       <c r="A312" s="5" t="s">
-        <v>1895</v>
+        <v>1901</v>
       </c>
       <c r="B312" s="5" t="s">
-        <v>14</v>
+        <v>810</v>
       </c>
       <c r="C312" s="5" t="s">
-        <v>851</v>
-[...5 lines deleted...]
-        <v>1640</v>
+        <v>16</v>
+      </c>
+      <c r="D312" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E312" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F312" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G312" s="5" t="s">
-[...9 lines deleted...]
-        <v>968</v>
+      <c r="G312" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H312" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I312" s="5"/>
+      <c r="J312" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K312" s="5" t="s">
-        <v>1899</v>
+        <v>1805</v>
       </c>
       <c r="L312" s="6" t="s">
-        <v>1900</v>
-[...3 lines deleted...]
-      </c>
+        <v>1902</v>
+      </c>
+      <c r="M312" s="5"/>
     </row>
     <row r="313">
       <c r="A313" s="5" t="s">
-        <v>1902</v>
+        <v>1903</v>
       </c>
       <c r="B313" s="5" t="s">
-        <v>14</v>
+        <v>810</v>
       </c>
       <c r="C313" s="5" t="s">
-        <v>851</v>
-[...5 lines deleted...]
-        <v>1640</v>
+        <v>16</v>
+      </c>
+      <c r="D313" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E313" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F313" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G313" s="5" t="s">
+      <c r="G313" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H313" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I313" s="5"/>
+      <c r="J313" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K313" s="5" t="s">
         <v>1904</v>
       </c>
-      <c r="H313" s="5" t="s">
+      <c r="L313" s="6" t="s">
         <v>1905</v>
       </c>
-      <c r="I313" s="5" t="s">
-[...13 lines deleted...]
-      </c>
+      <c r="M313" s="5"/>
     </row>
     <row r="314">
       <c r="A314" s="5" t="s">
+        <v>1906</v>
+      </c>
+      <c r="B314" s="5" t="s">
+        <v>150</v>
+      </c>
+      <c r="C314" s="5" t="s">
+        <v>740</v>
+      </c>
+      <c r="D314" s="5" t="s">
+        <v>1907</v>
+      </c>
+      <c r="E314" s="5" t="s">
+        <v>1908</v>
+      </c>
+      <c r="F314" s="5" t="s">
+        <v>1909</v>
+      </c>
+      <c r="G314" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H314" s="5" t="s">
         <v>1910</v>
       </c>
-      <c r="B314" s="5" t="s">
-[...16 lines deleted...]
-      <c r="G314" s="5" t="s">
+      <c r="I314" s="5" t="s">
         <v>1911</v>
       </c>
-      <c r="H314" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I314" s="5" t="s">
+      <c r="J314" s="5" t="s">
         <v>1912</v>
-      </c>
-[...1 lines deleted...]
-        <v>921</v>
       </c>
       <c r="K314" s="5" t="s">
         <v>1913</v>
       </c>
       <c r="L314" s="6" t="s">
         <v>1914</v>
       </c>
       <c r="M314" s="5" t="s">
         <v>1915</v>
       </c>
     </row>
     <row r="315">
       <c r="A315" s="5" t="s">
         <v>1916</v>
       </c>
       <c r="B315" s="5" t="s">
-        <v>14</v>
+        <v>150</v>
       </c>
       <c r="C315" s="5" t="s">
-        <v>851</v>
+        <v>740</v>
       </c>
       <c r="D315" s="5" t="s">
-        <v>918</v>
+        <v>1917</v>
       </c>
       <c r="E315" s="5" t="s">
-        <v>1640</v>
-[...7 lines deleted...]
-        <v>1917</v>
+        <v>479</v>
+      </c>
+      <c r="F315" s="5" t="s">
+        <v>1918</v>
+      </c>
+      <c r="G315" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H315" s="5" t="s">
-        <v>1918</v>
-[...1 lines deleted...]
-      <c r="I315" s="5"/>
+        <v>1919</v>
+      </c>
+      <c r="I315" s="5" t="s">
+        <v>1920</v>
+      </c>
       <c r="J315" s="5" t="s">
-        <v>921</v>
-[...2 lines deleted...]
-        <v>1919</v>
+        <v>1921</v>
+      </c>
+      <c r="K315" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L315" s="6" t="s">
-        <v>1920</v>
+        <v>1922</v>
       </c>
       <c r="M315" s="5" t="s">
-        <v>1921</v>
+        <v>1923</v>
       </c>
     </row>
     <row r="316">
       <c r="A316" s="5" t="s">
-        <v>1922</v>
+        <v>1924</v>
       </c>
       <c r="B316" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C316" s="5" t="s">
-        <v>843</v>
+        <v>880</v>
       </c>
       <c r="D316" s="5" t="s">
-        <v>842</v>
-[...4 lines deleted...]
-        </is>
+        <v>1030</v>
+      </c>
+      <c r="E316" s="5" t="s">
+        <v>1669</v>
       </c>
       <c r="F316" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G316" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G316" s="5" t="s">
+        <v>1925</v>
       </c>
       <c r="H316" s="5" t="s">
-        <v>1923</v>
+        <v>1926</v>
       </c>
       <c r="I316" s="5" t="s">
-        <v>1924</v>
+        <v>1927</v>
       </c>
       <c r="J316" s="5" t="s">
-        <v>1925</v>
+        <v>997</v>
       </c>
       <c r="K316" s="5" t="s">
-        <v>1926</v>
+        <v>1928</v>
       </c>
       <c r="L316" s="6" t="s">
-        <v>1927</v>
+        <v>1929</v>
       </c>
       <c r="M316" s="5" t="s">
-        <v>1928</v>
+        <v>1930</v>
       </c>
     </row>
     <row r="317">
       <c r="A317" s="5" t="s">
-        <v>1929</v>
+        <v>1931</v>
       </c>
       <c r="B317" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C317" s="5" t="s">
-        <v>851</v>
+        <v>880</v>
       </c>
       <c r="D317" s="5" t="s">
-        <v>918</v>
+        <v>1932</v>
       </c>
       <c r="E317" s="5" t="s">
-        <v>1640</v>
+        <v>1669</v>
       </c>
       <c r="F317" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G317" s="5" t="s">
-        <v>1930</v>
+        <v>1933</v>
       </c>
       <c r="H317" s="5" t="s">
-        <v>1931</v>
+        <v>1934</v>
       </c>
       <c r="I317" s="5" t="s">
-        <v>1932</v>
+        <v>1935</v>
       </c>
       <c r="J317" s="5" t="s">
-        <v>921</v>
+        <v>950</v>
       </c>
       <c r="K317" s="5" t="s">
-        <v>1933</v>
+        <v>1936</v>
       </c>
       <c r="L317" s="6" t="s">
-        <v>1934</v>
+        <v>1937</v>
       </c>
       <c r="M317" s="5" t="s">
-        <v>1935</v>
+        <v>1938</v>
       </c>
     </row>
     <row r="318">
       <c r="A318" s="5" t="s">
-        <v>1936</v>
+        <v>1939</v>
       </c>
       <c r="B318" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C318" s="5" t="s">
-        <v>851</v>
+        <v>880</v>
       </c>
       <c r="D318" s="5" t="s">
-        <v>918</v>
+        <v>947</v>
       </c>
       <c r="E318" s="5" t="s">
-        <v>1640</v>
+        <v>1669</v>
       </c>
       <c r="F318" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G318" s="5" t="inlineStr">
-[...5 lines deleted...]
-        <v>1937</v>
+      <c r="G318" s="5" t="s">
+        <v>1940</v>
+      </c>
+      <c r="H318" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I318" s="5" t="s">
-        <v>1938</v>
+        <v>1941</v>
       </c>
       <c r="J318" s="5" t="s">
-        <v>921</v>
+        <v>950</v>
       </c>
       <c r="K318" s="5" t="s">
-        <v>1939</v>
+        <v>1942</v>
       </c>
       <c r="L318" s="6" t="s">
-        <v>1940</v>
+        <v>1943</v>
       </c>
       <c r="M318" s="5" t="s">
-        <v>1941</v>
+        <v>1944</v>
       </c>
     </row>
     <row r="319">
       <c r="A319" s="5" t="s">
-        <v>1942</v>
+        <v>1945</v>
       </c>
       <c r="B319" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C319" s="5" t="s">
-        <v>843</v>
+        <v>880</v>
       </c>
       <c r="D319" s="5" t="s">
-        <v>842</v>
-[...4 lines deleted...]
-        </is>
+        <v>947</v>
+      </c>
+      <c r="E319" s="5" t="s">
+        <v>1669</v>
       </c>
       <c r="F319" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G319" s="5" t="inlineStr">
-[...11 lines deleted...]
-      </c>
+      <c r="G319" s="5" t="s">
+        <v>1946</v>
+      </c>
+      <c r="H319" s="5" t="s">
+        <v>1947</v>
+      </c>
+      <c r="I319" s="5"/>
       <c r="J319" s="5" t="s">
-        <v>1925</v>
+        <v>950</v>
       </c>
       <c r="K319" s="5" t="s">
-        <v>1944</v>
+        <v>1948</v>
       </c>
       <c r="L319" s="6" t="s">
-        <v>1945</v>
+        <v>1949</v>
       </c>
       <c r="M319" s="5" t="s">
-        <v>1946</v>
+        <v>1950</v>
       </c>
     </row>
     <row r="320">
       <c r="A320" s="5" t="s">
-        <v>1947</v>
+        <v>1951</v>
       </c>
       <c r="B320" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C320" s="5" t="s">
-        <v>851</v>
+        <v>872</v>
       </c>
       <c r="D320" s="5" t="s">
-        <v>918</v>
+        <v>871</v>
       </c>
       <c r="E320" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F320" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G320" s="5" t="s">
-        <v>1948</v>
+      <c r="G320" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H320" s="5" t="s">
-        <v>1949</v>
+        <v>1952</v>
       </c>
       <c r="I320" s="5" t="s">
-        <v>1950</v>
+        <v>1953</v>
       </c>
       <c r="J320" s="5" t="s">
-        <v>921</v>
+        <v>1954</v>
       </c>
       <c r="K320" s="5" t="s">
-        <v>1951</v>
+        <v>1955</v>
       </c>
       <c r="L320" s="6" t="s">
-        <v>1952</v>
+        <v>1956</v>
       </c>
       <c r="M320" s="5" t="s">
-        <v>1953</v>
+        <v>1957</v>
       </c>
     </row>
     <row r="321">
       <c r="A321" s="5" t="s">
-        <v>1954</v>
+        <v>1958</v>
       </c>
       <c r="B321" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C321" s="5" t="s">
-        <v>114</v>
+        <v>880</v>
       </c>
       <c r="D321" s="5" t="s">
-        <v>773</v>
-[...4 lines deleted...]
-        </is>
+        <v>947</v>
+      </c>
+      <c r="E321" s="5" t="s">
+        <v>1669</v>
       </c>
       <c r="F321" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G321" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G321" s="5" t="s">
+        <v>1959</v>
       </c>
       <c r="H321" s="5" t="s">
-        <v>1955</v>
+        <v>1960</v>
       </c>
       <c r="I321" s="5" t="s">
-        <v>1956</v>
+        <v>1961</v>
       </c>
       <c r="J321" s="5" t="s">
-        <v>1957</v>
+        <v>950</v>
       </c>
       <c r="K321" s="5" t="s">
-        <v>1958</v>
+        <v>1962</v>
       </c>
       <c r="L321" s="6" t="s">
-        <v>1959</v>
+        <v>1963</v>
       </c>
       <c r="M321" s="5" t="s">
-        <v>1960</v>
+        <v>1964</v>
       </c>
     </row>
     <row r="322">
       <c r="A322" s="5" t="s">
-        <v>1961</v>
+        <v>1965</v>
       </c>
       <c r="B322" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C322" s="5" t="s">
-        <v>114</v>
+        <v>880</v>
       </c>
       <c r="D322" s="5" t="s">
-        <v>773</v>
+        <v>947</v>
       </c>
       <c r="E322" s="5" t="s">
-        <v>1962</v>
-[...2 lines deleted...]
-        <v>1963</v>
+        <v>1669</v>
+      </c>
+      <c r="F322" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G322" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H322" s="5" t="s">
-        <v>1964</v>
+        <v>1966</v>
       </c>
       <c r="I322" s="5" t="s">
-        <v>1965</v>
+        <v>1967</v>
       </c>
       <c r="J322" s="5" t="s">
-        <v>1966</v>
+        <v>950</v>
       </c>
       <c r="K322" s="5" t="s">
-        <v>1967</v>
+        <v>1968</v>
       </c>
       <c r="L322" s="6" t="s">
-        <v>1968</v>
+        <v>1969</v>
       </c>
       <c r="M322" s="5" t="s">
-        <v>1969</v>
+        <v>1970</v>
       </c>
     </row>
     <row r="323">
       <c r="A323" s="5" t="s">
-        <v>1970</v>
+        <v>1971</v>
       </c>
       <c r="B323" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C323" s="5" t="s">
-        <v>851</v>
+        <v>872</v>
       </c>
       <c r="D323" s="5" t="s">
-        <v>1303</v>
-[...2 lines deleted...]
-        <v>1640</v>
+        <v>871</v>
+      </c>
+      <c r="E323" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F323" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G323" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H323" s="5" t="s">
-        <v>1971</v>
+      <c r="H323" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I323" s="5" t="s">
         <v>1972</v>
       </c>
       <c r="J323" s="5" t="s">
+        <v>1954</v>
+      </c>
+      <c r="K323" s="5" t="s">
         <v>1973</v>
       </c>
-      <c r="K323" s="5" t="s">
+      <c r="L323" s="6" t="s">
         <v>1974</v>
       </c>
-      <c r="L323" s="6" t="s">
+      <c r="M323" s="5" t="s">
         <v>1975</v>
-      </c>
-[...1 lines deleted...]
-        <v>1976</v>
       </c>
     </row>
     <row r="324">
       <c r="A324" s="5" t="s">
-        <v>1977</v>
+        <v>1976</v>
       </c>
       <c r="B324" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C324" s="5" t="s">
-        <v>16</v>
+        <v>880</v>
       </c>
       <c r="D324" s="5" t="s">
+        <v>947</v>
+      </c>
+      <c r="E324" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F324" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G324" s="5" t="s">
+        <v>1977</v>
+      </c>
+      <c r="H324" s="5" t="s">
         <v>1978</v>
       </c>
-      <c r="E324" s="5" t="s">
-[...12 lines deleted...]
-      <c r="H324" s="5" t="s">
+      <c r="I324" s="5" t="s">
         <v>1979</v>
       </c>
-      <c r="I324" s="5" t="s">
+      <c r="J324" s="5" t="s">
+        <v>950</v>
+      </c>
+      <c r="K324" s="5" t="s">
         <v>1980</v>
       </c>
-      <c r="J324" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K324" s="5" t="s">
+      <c r="L324" s="6" t="s">
         <v>1981</v>
       </c>
-      <c r="L324" s="6" t="s">
+      <c r="M324" s="5" t="s">
         <v>1982</v>
-      </c>
-[...1 lines deleted...]
-        <v>1983</v>
       </c>
     </row>
     <row r="325">
       <c r="A325" s="5" t="s">
-        <v>1984</v>
+        <v>1983</v>
       </c>
       <c r="B325" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C325" s="5" t="s">
         <v>114</v>
       </c>
       <c r="D325" s="5" t="s">
-        <v>773</v>
-[...1 lines deleted...]
-      <c r="E325" s="5" t="s">
+        <v>802</v>
+      </c>
+      <c r="E325" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F325" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G325" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H325" s="5" t="s">
+        <v>1984</v>
+      </c>
+      <c r="I325" s="5" t="s">
         <v>1985</v>
       </c>
-      <c r="F325" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H325" s="5" t="s">
+      <c r="J325" s="5" t="s">
         <v>1986</v>
       </c>
-      <c r="I325" s="5" t="s">
+      <c r="K325" s="5" t="s">
         <v>1987</v>
       </c>
-      <c r="J325" s="5" t="s">
+      <c r="L325" s="6" t="s">
         <v>1988</v>
       </c>
-      <c r="K325" s="5" t="s">
+      <c r="M325" s="5" t="s">
         <v>1989</v>
-      </c>
-[...4 lines deleted...]
-        <v>1991</v>
       </c>
     </row>
     <row r="326">
       <c r="A326" s="5" t="s">
-        <v>1992</v>
+        <v>1990</v>
       </c>
       <c r="B326" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C326" s="5" t="s">
         <v>114</v>
       </c>
       <c r="D326" s="5" t="s">
-        <v>773</v>
+        <v>802</v>
       </c>
       <c r="E326" s="5" t="s">
-        <v>1962</v>
+        <v>1991</v>
       </c>
       <c r="F326" s="5" t="s">
-        <v>1963</v>
+        <v>1992</v>
       </c>
       <c r="G326" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H326" s="5" t="s">
         <v>1993</v>
       </c>
       <c r="I326" s="5" t="s">
         <v>1994</v>
       </c>
       <c r="J326" s="5" t="s">
         <v>1995</v>
       </c>
       <c r="K326" s="5" t="s">
         <v>1996</v>
       </c>
       <c r="L326" s="6" t="s">
         <v>1997</v>
       </c>
       <c r="M326" s="5" t="s">
         <v>1998</v>
       </c>
     </row>
     <row r="327">
       <c r="A327" s="5" t="s">
         <v>1999</v>
       </c>
       <c r="B327" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C327" s="5" t="s">
+        <v>880</v>
+      </c>
+      <c r="D327" s="5" t="s">
+        <v>1332</v>
+      </c>
+      <c r="E327" s="5" t="s">
+        <v>1669</v>
+      </c>
+      <c r="F327" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G327" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H327" s="5" t="s">
         <v>2000</v>
       </c>
-      <c r="C327" s="5" t="s">
+      <c r="I327" s="5" t="s">
         <v>2001</v>
       </c>
-      <c r="D327" s="5" t="inlineStr">
-[...19 lines deleted...]
-      <c r="H327" s="5" t="s">
+      <c r="J327" s="5" t="s">
         <v>2002</v>
       </c>
-      <c r="I327" s="5" t="s">
+      <c r="K327" s="5" t="s">
         <v>2003</v>
       </c>
-      <c r="J327" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K327" s="5" t="s">
+      <c r="L327" s="6" t="s">
         <v>2004</v>
       </c>
-      <c r="L327" s="6" t="s">
+      <c r="M327" s="5" t="s">
         <v>2005</v>
-      </c>
-[...1 lines deleted...]
-        <v>2006</v>
       </c>
     </row>
     <row r="328">
       <c r="A328" s="5" t="s">
-        <v>2007</v>
+        <v>2006</v>
       </c>
       <c r="B328" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C328" s="5" t="s">
-        <v>114</v>
+        <v>16</v>
       </c>
       <c r="D328" s="5" t="s">
-        <v>773</v>
+        <v>2007</v>
       </c>
       <c r="E328" s="5" t="s">
-        <v>1962</v>
-[...2 lines deleted...]
-        <v>1963</v>
+        <v>17</v>
+      </c>
+      <c r="F328" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G328" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H328" s="5" t="s">
         <v>2008</v>
       </c>
       <c r="I328" s="5" t="s">
         <v>2009</v>
       </c>
       <c r="J328" s="5" t="s">
+        <v>1782</v>
+      </c>
+      <c r="K328" s="5" t="s">
         <v>2010</v>
       </c>
-      <c r="K328" s="5" t="s">
+      <c r="L328" s="6" t="s">
         <v>2011</v>
       </c>
-      <c r="L328" s="6" t="s">
+      <c r="M328" s="5" t="s">
         <v>2012</v>
-      </c>
-[...1 lines deleted...]
-        <v>2013</v>
       </c>
     </row>
     <row r="329">
       <c r="A329" s="5" t="s">
-        <v>2014</v>
+        <v>2013</v>
       </c>
       <c r="B329" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C329" s="5" t="s">
-        <v>25</v>
+        <v>114</v>
       </c>
       <c r="D329" s="5" t="s">
-        <v>26</v>
-[...4 lines deleted...]
-        </is>
+        <v>802</v>
+      </c>
+      <c r="E329" s="5" t="s">
+        <v>2014</v>
       </c>
       <c r="F329" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G329" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H329" s="5" t="s">
         <v>2015</v>
       </c>
       <c r="I329" s="5" t="s">
         <v>2016</v>
       </c>
       <c r="J329" s="5" t="s">
         <v>2017</v>
       </c>
       <c r="K329" s="5" t="s">
         <v>2018</v>
       </c>
       <c r="L329" s="6" t="s">
         <v>2019</v>
       </c>
       <c r="M329" s="5" t="s">
         <v>2020</v>
       </c>
     </row>
     <row r="330">
       <c r="A330" s="5" t="s">
         <v>2021</v>
       </c>
       <c r="B330" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C330" s="5" t="s">
-        <v>843</v>
+        <v>114</v>
       </c>
       <c r="D330" s="5" t="s">
-        <v>733</v>
-[...9 lines deleted...]
-        </is>
+        <v>802</v>
+      </c>
+      <c r="E330" s="5" t="s">
+        <v>1991</v>
+      </c>
+      <c r="F330" s="5" t="s">
+        <v>1992</v>
       </c>
       <c r="G330" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H330" s="5" t="s">
         <v>2022</v>
       </c>
-      <c r="I330" s="5"/>
+      <c r="I330" s="5" t="s">
+        <v>2023</v>
+      </c>
       <c r="J330" s="5" t="s">
-        <v>1558</v>
+        <v>2024</v>
       </c>
       <c r="K330" s="5" t="s">
-        <v>2023</v>
+        <v>2025</v>
       </c>
       <c r="L330" s="6" t="s">
-        <v>2024</v>
+        <v>2026</v>
       </c>
       <c r="M330" s="5" t="s">
-        <v>2025</v>
+        <v>2027</v>
+      </c>
+    </row>
+    <row r="331">
+      <c r="A331" s="5" t="s">
+        <v>2028</v>
+      </c>
+      <c r="B331" s="5" t="s">
+        <v>2029</v>
+      </c>
+      <c r="C331" s="5" t="s">
+        <v>2030</v>
+      </c>
+      <c r="D331" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E331" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F331" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G331" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H331" s="5" t="s">
+        <v>2031</v>
+      </c>
+      <c r="I331" s="5" t="s">
+        <v>2032</v>
+      </c>
+      <c r="J331" s="5" t="s">
+        <v>1600</v>
+      </c>
+      <c r="K331" s="5" t="s">
+        <v>2033</v>
+      </c>
+      <c r="L331" s="6" t="s">
+        <v>2034</v>
+      </c>
+      <c r="M331" s="5" t="s">
+        <v>2035</v>
+      </c>
+    </row>
+    <row r="332">
+      <c r="A332" s="5" t="s">
+        <v>2036</v>
+      </c>
+      <c r="B332" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C332" s="5" t="s">
+        <v>114</v>
+      </c>
+      <c r="D332" s="5" t="s">
+        <v>802</v>
+      </c>
+      <c r="E332" s="5" t="s">
+        <v>1991</v>
+      </c>
+      <c r="F332" s="5" t="s">
+        <v>1992</v>
+      </c>
+      <c r="G332" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H332" s="5" t="s">
+        <v>2037</v>
+      </c>
+      <c r="I332" s="5" t="s">
+        <v>2038</v>
+      </c>
+      <c r="J332" s="5" t="s">
+        <v>2039</v>
+      </c>
+      <c r="K332" s="5" t="s">
+        <v>2040</v>
+      </c>
+      <c r="L332" s="6" t="s">
+        <v>2041</v>
+      </c>
+      <c r="M332" s="5" t="s">
+        <v>2042</v>
+      </c>
+    </row>
+    <row r="333">
+      <c r="A333" s="5" t="s">
+        <v>2043</v>
+      </c>
+      <c r="B333" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C333" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="D333" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="E333" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F333" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G333" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H333" s="5" t="s">
+        <v>2044</v>
+      </c>
+      <c r="I333" s="5" t="s">
+        <v>2045</v>
+      </c>
+      <c r="J333" s="5" t="s">
+        <v>2046</v>
+      </c>
+      <c r="K333" s="5" t="s">
+        <v>2047</v>
+      </c>
+      <c r="L333" s="6" t="s">
+        <v>2048</v>
+      </c>
+      <c r="M333" s="5" t="s">
+        <v>2049</v>
+      </c>
+    </row>
+    <row r="334">
+      <c r="A334" s="5" t="s">
+        <v>2050</v>
+      </c>
+      <c r="B334" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C334" s="5" t="s">
+        <v>872</v>
+      </c>
+      <c r="D334" s="5" t="s">
+        <v>740</v>
+      </c>
+      <c r="E334" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F334" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G334" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H334" s="5" t="s">
+        <v>2051</v>
+      </c>
+      <c r="I334" s="5"/>
+      <c r="J334" s="5" t="s">
+        <v>1587</v>
+      </c>
+      <c r="K334" s="5" t="s">
+        <v>2052</v>
+      </c>
+      <c r="L334" s="6" t="s">
+        <v>2053</v>
+      </c>
+      <c r="M334" s="5" t="s">
+        <v>2054</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>
     <hyperlink ref="M13" r:id="rId18"/>
     <hyperlink ref="M14" r:id="rId19"/>
     <hyperlink ref="M15" r:id="rId20"/>
     <hyperlink ref="M16" r:id="rId21"/>
     <hyperlink ref="M17" r:id="rId22"/>
     <hyperlink ref="M18" r:id="rId23"/>
     <hyperlink ref="M19" r:id="rId24"/>
     <hyperlink ref="M20" r:id="rId25"/>
     <hyperlink ref="M21" r:id="rId26"/>
@@ -26316,44 +26683,48 @@
     <hyperlink ref="M306" r:id="rId311"/>
     <hyperlink ref="M307" r:id="rId312"/>
     <hyperlink ref="M308" r:id="rId313"/>
     <hyperlink ref="M309" r:id="rId314"/>
     <hyperlink ref="M310" r:id="rId315"/>
     <hyperlink ref="M311" r:id="rId316"/>
     <hyperlink ref="M312" r:id="rId317"/>
     <hyperlink ref="M313" r:id="rId318"/>
     <hyperlink ref="M314" r:id="rId319"/>
     <hyperlink ref="M315" r:id="rId320"/>
     <hyperlink ref="M316" r:id="rId321"/>
     <hyperlink ref="M317" r:id="rId322"/>
     <hyperlink ref="M318" r:id="rId323"/>
     <hyperlink ref="M319" r:id="rId324"/>
     <hyperlink ref="M320" r:id="rId325"/>
     <hyperlink ref="M321" r:id="rId326"/>
     <hyperlink ref="M322" r:id="rId327"/>
     <hyperlink ref="M323" r:id="rId328"/>
     <hyperlink ref="M324" r:id="rId329"/>
     <hyperlink ref="M325" r:id="rId330"/>
     <hyperlink ref="M326" r:id="rId331"/>
     <hyperlink ref="M327" r:id="rId332"/>
     <hyperlink ref="M328" r:id="rId333"/>
     <hyperlink ref="M329" r:id="rId334"/>
     <hyperlink ref="M330" r:id="rId335"/>
+    <hyperlink ref="M331" r:id="rId336"/>
+    <hyperlink ref="M332" r:id="rId337"/>
+    <hyperlink ref="M333" r:id="rId338"/>
+    <hyperlink ref="M334" r:id="rId339"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>