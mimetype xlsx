--- v0 (2025-10-03)
+++ v1 (2025-11-19)
@@ -137,315 +137,315 @@
     <t>Anna og Fritz Syberg med børn rejste 25. november 1910 til Pisa for at blive der i tre år. Den første korte tid boede de på et hotel og derefter i en lejet lejlighed Via San Lucia 1 og 3. Herfra flyttede de senere til Via San Lorenzo.
 Fotoet på postkortet er formodentlig fra Natural Park Migliarino San Rossore.</t>
   </si>
   <si>
     <t>Anna Syberg beder Else V. Jensen sende en opskrift på appelsinmarmelade. Anna og familien har det bedre, end Anna havde troet, at de ville få det</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/Thrz</t>
   </si>
   <si>
     <t>[Fortrykt på kortets billedside:]
 Pisa – S. Rossore – Dromedari al Passolo
 [Kortets tekstside:] 
 Fru Joh V. Jensen
 Jacobys Allé 2
 Kjøbenhavn
 Danimarca
 Kære Else
 Vil Du ikke være saa elskelig art sende mig Opskriften paa Din Appelsinmarmelade. Smør er nemlig saa dyrt og daarligt, og Appelsinder saa billige, saa Marmelade paa Brødet til Morgenkaffen vilde være bedre og billigere. Vi har det ellers glimrende, langt bedre end jeg havde ventet mig det. Jeg tænker tit paa Dignaar vi ser et eller andet , Du vilde tit ryste af Latter. Hils Joh. V. Mange Hilsner Din Anna.
 [Skrevet på hovedet øverst på kortet:]
 Signor Battoni Lorenzo
 Via S. Lucia 3
 Pisa</t>
   </si>
   <si>
+    <t>1911-02-25</t>
+  </si>
+  <si>
+    <t>Anna og Fritz Syberg og deres seks børn rejste i efteråret 1910 til Pisa, hvor de blev i over to år. De rejste hjem til Kerteminde, da Anna var gravid med familiens syvende barn.
+S. Russore hedder uforkortet Parco Regionale Migliarino San Rossore Massaciuccoli og er en nationalpark nær Pisa.
+Nella Pineta betyder fyrreskov.</t>
+  </si>
+  <si>
+    <t>Fritz Syberg takker for artikler og breve og håber, at Johannes V. Jensen har fået hans brev.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/6Huy</t>
+  </si>
+  <si>
+    <t>[På postkortets billedside er trykt]:
+Pisa - S. Russore - Nella Pineta
+[På billedsiden er håndskrevet]:
+Skoven ved Pisa – Pinjer
+[På kortets tekstside er trykt]:
+8658 Liberia Bemporad – Pisa (Sottoborgo)
+[På kortets tekstside er med en anden skrift end Fritz Sybergs med blyant skrevet]:
+25/2 11?
+[Med Sybergs skrift er i adressefeltet skrevet]:
+Forfatteren Hr. Joh. V. Jensen og Frue
+Jacobys Alle 2
+København
+Danimarca
+[I Tekstfeltet er, på den anden led, med Sybergs skrift skrevet]:
+Kære Venner!
+Tak for Kortet og Breve Artikler ect. Jeg håber at Du, at I, hsar modtaget mit Brev, (jeg har nemlig skrevet) alt vel. Mange Hilsener til Jer alle fra Eders hengivne Ven
+Fritz Syberg.</t>
+  </si>
+  <si>
+    <t>1911-07-10</t>
+  </si>
+  <si>
+    <t>Anna Syberg
+Fritz Syberg</t>
+  </si>
+  <si>
+    <t>Italien
+Ferrovia</t>
+  </si>
+  <si>
+    <t>Wilhelm Dinesen
+Anna Syberg
+René Vidart
+Kristian Zahrtmann</t>
+  </si>
+  <si>
+    <t>Anna og Fritz Syberg og deres seks børn boede i Italien fra efteråret 1910 og små tre år frem. 
+Kristian Zahrtmann havde et hus i bjergbyen Civita d'Antino, Italien, og han opholdt sig der i vinterhalvåret.</t>
+  </si>
+  <si>
+    <t>Det Kongelige Bibliotek. Johannes V. Jensens Arkiv</t>
+  </si>
+  <si>
+    <t>Cikaderne larmer dag og nat. 
+Anna og Fritz Syberg har set René Vidart lette i sin lille flyvemaskine med kurs mod Rom. Han forsvandt som et stjerneskud hen over pinjeskoven. 
+Zahrtmann m.fl. er rejst. Fritz Syberg vil skildre Pisa grundigt, men han længes efter Fyn.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/VMMP</t>
+  </si>
+  <si>
+    <t>[Fortrykt på postkortet]:
+CARTOLINA POSTALE ITALIANA
+(Carte POSTALE D’ITALIE)
+Hr. Johannes V. Jensen og Frue.
+Jacobys Allé 2.
+Kjøbenhavn
+Danimarca.
+[Håndskrevet på den tomme side af kortet]:
+Kære Joh. V. og Else! Vi længes efter at høre lidt fra Jer. I den sidste Måned har vi havt det med Varme Cicaderne, - som sammen med Flagermus, Ildfluer og Firben repræsenterer Fugleverdenen i Italien – holder en ren Helvedes Konsert. Anna protesterer mod at jeg regner Firben med til Fugle, jeg synes ikke den ene har noget at lade den anden høre. Der kunde måske siges noget ligeså smukt om Cicaderne og Solskinnet som om Svalerne og bølgende Rug når den rette Mand var her – det jeg mest føler ved Cicadesangen er at den borer sig ind i Øregangene og sætter sig fast et Sted i Baghovedet og der hører jeg den, ikke [et overstreget ord] alene om Dagen men om Aftenen og Natten med. For Resten er her for at være retfærdig – virkelige Fugle nemlig Mursvaler. ”Boganis” har beskrevet dem storartet i et af sine Jagtbreve men jeg synes alligevel ikke Emnet er udtømt. For at blive ved Flyverne – Anna fik sin Drøm opfyldt at se et Aeroplan. Under den store Rundflyvning var vi ude i San Rocco og så Vidart starte på sin Videreflyvning til Rom. Hans Maskine – i Hvepsefacon – var meget lille – han selv var meget ung og smuk. Anna var rørt til Tårer da han som et Stjerneskud forsvandt hen over Pinjeskoven.
+[(Håndskrevet i tekstfeltet ved siden af adressefeltet]:
+Zahrtmann og de andre danske Malere er rejst her fra Egnen, så nu er vi ene Herrer på Pladsen. Jeg har en Masse Arbejde at skal have gjort og glæder mig så til at komme herfra. Pisa skal gøres grundig, den øvrige Del vil vi køre lettere hen over.
+Zahrtmann og Italia – hm. det er et rigt Emne, men egner sig bedst til mundtlig Passiar. Jeg længes efter Fyn (undertiden rent bansat – unter uns gesagt) og vi har det ug. Eders hengivne Anna og Fritz Syberg.</t>
+  </si>
+  <si>
+    <t>1916-02-16</t>
+  </si>
+  <si>
+    <t>Brevkort</t>
+  </si>
+  <si>
+    <t>Valby</t>
+  </si>
+  <si>
+    <t>Peter Hansen</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvilken udstilling der er tale om.</t>
+  </si>
+  <si>
+    <t>Fritz Syberg har måttet tage en udstilling, da Peter Hansen er blevet syg og er stukket af.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/4aKm</t>
+  </si>
+  <si>
+    <t>[På kortets adresseside er fortrykt:]’BREVKORT.
+[På kortets adresseside er håndskrevet:]
+Johannes V. Jensen
+og Frue
+Jacobys Allé 2
+V.
+[På kortets tekstside er håndskrevet:]
+Kære Joh. V. og Else! 10-2-16
+Blot en Hilsen. Jeg længes meget efter en Aften sammen med Jer. Men er saa overlæsset med Arbejde. Den Udstilling havde jeg slet [ikke] paa mit Program og nu maa jeg tage den helt og holdent paa mig fordi Peter er blevet syg og stukket af. Men der kommer nok bedre Tider Mange Hilsner fra Eders hengivne Fritz Syberg.</t>
+  </si>
+  <si>
     <t>1910-12-13</t>
   </si>
   <si>
     <t>Brev</t>
   </si>
   <si>
     <t>København</t>
   </si>
   <si>
     <t>Johanne Giersing
 Johannes V. Jensen
 Fritz Syberg
 Hans  Syberg
 Franz von Jessen</t>
   </si>
   <si>
     <t>Faaborg Museum, Fritz og Anna Sybergs arkiv, breve fra Else og Johannes V. Jensen til Anna og Fritz Syberg i tiden 6/2 1910 til 9/10 1914</t>
   </si>
   <si>
     <t>Else Jensen skriver blandt andet om Fritz og Annas datter Besse og om Johannes V. Jensens tilknytning til bladet "Riget", som hun ikke selv er så begejstret for blandt andet på grund af Franz von Jessen.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/aeD0</t>
   </si>
   <si>
     <t>Jacobys Allé 2 d 13-12-10
 Kære Anna. Undskyld jeg ikke har sendt Opskriften før, her er den. Tak Syberg for hans to morsomme Breve. Hvor jeg kan forestille mig hele Turen og hvor jeg glæder mig til at besøge jer en Gang om et Aar eller to, desværre er det jo kun paa Betingelser, at jeg maa rejse. Jeg er meget ked af, at jeg ikke fik sendt Hans Boksehandskerne, de laa indpakkede, men I rejste jo længe før jeg havde ventet, nu maa de ligge her til han kommer hjem. Jeg beundrer Besse, det maa være dejligt at have Mod til at være Kvindfolk i den Alder, det havde jeg ikke. Lige til jeg var nogle og tyve Aar fik jeg med alt for smaa mandfolkeagtige Hatte og grimme graa Klæder for det var kvindagtigt at købe Ting som klædte en, man maatte endelig ikke skabe sig. og Folk kunde let tro jeg var forfængelig og saa var det saa skamfuldt at blive lagt Mærke til. Det var en Lidelse, Gud ske Lov den er overstaaet. 
 Ser I mon Riget, hvis ikke, skal I ikke græmme jer over det, for det er en kedelig Sprøjte, Franz von Jessen viser sig at være en temmelig fremragende Idiot, som ødelægger det hele. Heldigvis er det i saa høj Grad at næsten Alle er klare over det, saa der er Udsigt til at en Revolution vil kunne lykkes.
 Man skal nu blot lykkelig ind i næste Kvartal, saa skal Bomben springe. Fjolset aner ingenting, men gaar fed og henrykt rundt omkring, lykkelig over sin ophøjede Stilling. Men maaske gaar han af med Sejren. Hvem ved. Mig er det lige meget, jeg vil helst have at J.V.s Forbindelse med Riget er saa løs som muligt. Vi har alle været noget syge Forkølelse og Bronkitis, navnlig Jens med ham vil det slet ikke gaa over i dette taagede Vejr, han ser saa ynkelig ud, jeg synes heller aldrig her har været saa vaadt og mørkt som i Aar men dejlig mildt for Resten. Ellers sker her ingenting hverken ondt eller godt. Desværre bliver det ikke til noget med Kelbys Graviditet, hun har tabt lille Peter, siger Kai, jeg tror nu aldrig der har været nogen Peter. 
 Vi rider af og til men i Ridehus og det keder mig lidt. 
 J.V. Foredragsrejse til Tyskland er blevet opgivet, vi mister nogle søde Penge ved det og det bliver maaske Anledning til at han knyttes fastere til Riget men ellers er det jo rart, det er jo ikke rigtig hans Stil at rejse rundt og lade sig vise frem. Hav det nu godt allesammen og glædelig Jul og skriv en Gang imellem. Det er saa morsomt at høre fra jer. Med mange Hilsner fra J.V. Jeres
 Else</t>
+  </si>
+  <si>
+    <t>1912-12-11</t>
+  </si>
+  <si>
+    <t>Jens Jensen
+Johannes V. Jensen
+Villum Jensen</t>
+  </si>
+  <si>
+    <t>Else Jensen takker for brev fra Fritz Syberg. Johannes V. er af sted på sin rejse; det er dejligt, at han er ude at lufte sig, da der er en dårlig stemning mod ham i Danmark for tiden. Else kunne også selv drømme om at rejse fra det sure vintervejr, men nøjes med at glæde sig til næste sommer, hvor Sybergs åbenbart har meddelt, at de kommer til Danmark.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/0Eou</t>
+  </si>
+  <si>
+    <t>Jacobys Alle 2 d. 11-12-12.
+Kære Anna og Syberg.
+Tak Syberg fordi du skrev til mig i min Ensomhed. I kan jo nok tænke det er ikke rigtig noget for mig, men det var ganske nødvendigt at J.V. kom lidt ud at lufte sig, her er en ækel sur og fjendtlig Stemning mod ham for Tiden, som i Længden virker deprimerende, jeg tror han har det ligesom du Syberg at han storartet kan undvære hver eneste Sjæl i Kongeriget, men saa meget desto mere har han været henvist til sin Familie, saa han vil nok til Tider alligevel føle det som lidt af en Landsforvisning at være borte fra os. I kan ikke tænke Jer, hvor her er mørkt og vaadt i Aar, der har kun frosset en enkelt Nat ellers har det flere Maaneder være Regn og Taage, alt Fodtøj er vaadt og opblødt og alle Børn blege og kirtelsvage. Jeg blev helt syg efter lidt Solskin, da jeg læste din Beskrivelse af Pisa i Vintersol, har I virkelig Roser, Lavendler og Sommerfugle paa denne Aarstid? Nej nu kommer vi nok aldrig til Italien. J.V. fik det aller ugunstigste Indtryk den Dag han gik i Genua i Regnvejr, det var jo ogsaa et forbistret Uheld, og naar I kommer hjem til Sommer har vi jo heller ikke noget at rejse derned efter. Jeg havde den aller største Lyst til at stikke ned til Jer, mens I er der, Jens kunde saa haardt trænge til det, han ligner en lille bleg Oblat med tykke Øjenlaag og skæve Ben. Villum kan jo trives hvor som helst, ogsaa her, men vi har jo ikke Raad, Legatet slaar jo langt fra til til J.V.s Rejse, og Ungerne skulde jo helst passe den Skole. Jeg vil nu sætte alt ind paa at faa en god Sommer til Erstatning for den mislykkede Vinter, og I maa love mig højt og helligt at komme op og bo i vort Hus, saa kan vi rejse sammen til Faaborg, jeg længes efter at vise jer Sjælland og havde det rigtig hyggeligt sammen med jer. J.V. kommer i Begyndelsen af Juni, det bliver vel omtrent samtidig med Jer, sikken vi skal fejre jer sammen. hvor jeg glæder mig til det. 
+Kunde I ikke have Lyst til at skrive til J.V. han er saa forladt ene paa den anden Side Kloden, jeg sender jer Adressen som for Resten kun dur en kort Tid.
+Johannes V. Jensen Esq.
+c/o The Danish East Asiatic Co. Ltd.
+Singapore
+S.S. Bandon Asia
+Jeg kan godt forstaa at Syberg ikke tog til Genua den Dag, vi havde nok en Mistanke om, at det var en temmelig lang Tur, og saa var det jo ogsaa usikkert hvor længe J.V. blev der. Han havde nok ellers kunnet trænge til en Opmuntring, jeg tror Humøret har været sløjt, han sendte mig den Dag en Beskrivelse af sine Medpassagerer, han lige havde været nede og set paa, og den var ikke rosenrød, og han hader jo egentlig at være indespærret paa et Skib , først i Begyndelsen af Januar kommer han i Havn.
+Glædelig Jul alle sammen.
+Else Johs V.</t>
   </si>
   <si>
     <t>22. august 1911</t>
   </si>
   <si>
     <t>Anna og Fritz Syberg rejste i november 1910 med deres seks børn til Pisa, hvor de regnede med at blive i flere år og male. Da Anna imidlertid blev gravid med sit syvende barn, rejste de i marts 1913 hjem til Danmark. Else og Johannes V. Jensen kom ikke på besøg hos Syberg i Italien.</t>
   </si>
   <si>
     <t>Det Kongelige Bibliotek</t>
   </si>
   <si>
     <t>Fritz Syberg spørger, om Johannes V. Jensen og Else kommer omkring Pisa på deres rejse, for de er velkomne, og der er masser af plads.
 Om to år vil Syberg lave en stor akvareludstilling. Derefter vil han blive hjemme og male og rejse igen. Familien vil være i Italien i seks år.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/wZX1</t>
   </si>
   <si>
     <t>[Trykt på kortets billedside:]
 Interno del Duomo.
 Lampada di Galileo.
 [Håndskrevet herunder:]
 Denne Lampe hænger i Domen. Det var den der gav Galileo Impulsen til hans Teorier om Faldhastigheden
 [Håndskrevet på kortets tekstside:]
 Kære Joh. V. og Else.
 1000 Tak for Kortet. Du kan dristig skrive løs, Du gør ikke andre ”tossede” end mig og jeg er det i Forvejen. Der er fine Ting ”hernede, som Du” kalder det, for ”Himmel und Erde” er, Himlen være lovet, allevegne. I rejser altså. I kommer vel ikke på disse Tragter? I så Fald har vi god Plads til Jer. Det er min Skæbne altid at gøre noget ”Folk ikke fatter”. Da jeg boede på Landet kunde man ikke begribe at jeg boede der. Om to År kommer jeg hjem og laver en stor Aquareludstilling så bliver jeg hjemme i et År og maler et stort Billede. Familien bliver her i 6 År. Fremtidsplaner. Eders hengivne F Syberg.
 [Skrevet lodret ved kortets venstre side:]
 Til Lykke med Din nye Bog. Vi slider i Italiens Hede.
 [Skrevet på hovedet over teksten:]
 Vi ligger i Flytning.
 [Skrevet i adressefeltet]
 Forfatteren
 Hr. Joh. V. Jensen
 Jacobys Allé 2
 København
 Danimarca.</t>
   </si>
   <si>
-    <t>1911-02-25</t>
-[...77 lines deleted...]
-  <si>
     <t>1912-09-19</t>
   </si>
   <si>
     <t>Else Jensen
 Jens Jensen</t>
   </si>
   <si>
     <t>Jens Jensen
 Villum Jensen
 Rudyard Kipling
 Valdemar Pio
 Clara Syberg
 Franz Syberg
 Ferdinand von Zeppelin</t>
   </si>
   <si>
     <t>Else skriver, at Johannes V. er i Tibirke for at stikke grunden af til det hus, de skal bygge. Hun skitserer huset og et par rumplaner og nævner, at hensigten er, at hun og børnene skal bo der mens Johannes V. er på sin rejse den følgende sommer. Zeppelin har fløjet ind over København i sit luftskib.Villum er begyndt i skole.
 Nederst har Johannes V. tilføjet en hilsen.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/8OX0</t>
   </si>
   <si>
     <t>Jacobys Alle 2, d:19-9-12.
 Kære Anna og Syberg.
 Her er saa dejlig fredeligt i Dag. Børnene er nede at løbe paa Rulleskøjter. J.V. er i Tibirke og Pigen har fri, saa jeg vil prøve paa at skrive et Brev, skønt det er en Ting, som jeg ellers altid har paa Fornemmelsen at jeg hellere maa overlade til J.V. Til jer tør jeg nok. Vi er altsaa kommet ind til Byen igen efter at have haft det dejligt i Tisvilde, J.V. er begyndt paa et Essay om Kipling, som skal ud paa Pios Forlag, og vi andre bestiller hvad vi plejer d.v.s. ikke ret meget. I dag er han i Tibirke for at stikke Grunden af til vort Hus og nu skal jeg tegne jer, hvordan det skal være 
 [her har Else Jensen tegnet en skitse over huset]
 det bliver færdigt til Jul og til næste Sommer skal jeg altsaa bo der alene med Børnene, nu er det altsaa stadig mit Haab at faa jer overtalt til at komme med ud og bo der, saa skal jeg om Foraaret hente jer i Paris vi kan jo sagtens være der allesammen. J.V. rejser jo i Begyndelsen af Februar og kommer hjem i August, hvis det ellers gaar efter den sidste Plan. Han rejser sønden om gennem Palæstina, Bagdad, Indien, Kina, Japan, Sibirien hjem. Jeg synes selvfølgelig, det er vigtigt, han gør Turen, men det bliver en kedelig og uhyggelig Tid for mig, det er jo ikke nogen ufarlig tur.
 I Dag har der været en stor Sensation i Byen. Zeppelin er kommet sejlende i sit store Luftskib. Hansa det saa glimrende og imponerende ud langt borte set forfra lignede det i Solskinnet en lille lysende Keigle og da det saa kom nær var alt uhyre stort og saa ud som en blind Kæmpefisk med baade Hale- og Bugfinner, man kunde næsten ikke lade være at tro at den var levende, man fik Gaasekød af Sensation ved at se paa den. Villum det lille Skind er nu ogsaa begyndt paa Skolen, han er næsten lam af Artighed naar han bare kommer i Nærheden af den der er aved 5aa Drenge i den og han er jo kun et lille Firing, det skær en ligefrem i Hjertet at se hans Tæmmethed, det er ligesom Civilisationen ligger Jens mere i Blodet, han har altid været tæmmet og passer til det. Villum græder af Skræk hver Morgen, han er i Øjeblikket ved at skrive nogle Tal til Nolle. Jens har tegnet et Hus til hende som han vil bygge til Sommer, jeg skulde sige at den lille Udbygning er til Skilpadden.
 J.V. var saa glad for dit sidste Brev Syberg vi er i det hele taget saa glade, fordi vi har jer, selv om I er langt borte.
 Hav det godt allesammen og mange Hilsner fra jeres hengivne
 Else
 I har længe ikke fortalt, hvordan det gaar med Trylle.
 [tilføjet i Johannes V. Jensens hånd]
 Kære Venner! Tak for Brevene! Jeg ser Else har skrevet alting. Nu har vi det smukkeste Vejr, "indian summer", Jeg tror man skal arbejde i den kedelige Juli Maaned, og tage sig fri i September. Levvel allesammen! J.V.</t>
   </si>
   <si>
-    <t>1912-12-11</t>
-[...25 lines deleted...]
-  <si>
     <t>1913-09-03</t>
   </si>
   <si>
     <t>Else Jensen er i tvivl om, hvornår Hun og Johannes V. kan komme på besøg hos Fritz og Anna, da de har en alarmeringsøvelse hængende over hovedet. Hun spørger også , om det måske ikke er bedre, at de kommer efter barnet er født. Og nævner, at hvis Anna har fortrudt og hellere vil barsle i København, så er hun velkommen.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/W47D</t>
   </si>
   <si>
     <t>Jacobys Alle 2 d: 3-9-13.
 Kære Anna og Syberg.
 Tak for jeres Breve, det er en stor Skam, vi ikke har svaret før, og jeg kan ikke engang nu skrive bestemt hvornaar vi kommer for vi har jo den forbandende Alarmeringsøvelse hængende over Hovedet paa os, før den har været kan det jo i hvert Fald ikke blive. Hvad mon du vilde sige Anna til, hvis vi først kom efter at Stine er kommet? Var det ikke behageligere for dig end at faa os lige paa det sidste, du skrev nok i dit sidste Brev at det var dig ligegyldigt, men hvordan har du det nu?
 Vi er nu flyttet ind og kommet i Orden, Børnene gaar i Skole og Johannes V. tygger paa sit Penneskaft, det er alt samme meget godt og byen er jo dejlig, men vi trænger alligevel til en lille Udflugt og glæder os til at komme over til jer og se alle jeres Børn og Billeder. 
 [Tilføjet af Johannes V. Jensen:]
 Kære Venner. Ja vi glæder os til at gense Kerteminde, sidst i September tænker jeg nok det klapper fra begge Sider. Altsaa paa Gensyn. J.V.
 [Else fortsætter:]
 Skulde du have bestemt dig om Anna og vil til Byen og barsle alligevel, saa skulde det glæde os, der er ikke noget saa hyggeligt som Frugtsommelighed, naar det bare ikke sidder paa en selv.
 Send os et Par Ord om hvordan det gaar jer alle.
 Jeres hengivne 
 Else</t>
-  </si>
-[...30 lines deleted...]
-Blot en Hilsen. Jeg længes meget efter en Aften sammen med Jer. Men er saa overlæsset med Arbejde. Den Udstilling havde jeg slet [ikke] paa mit Program og nu maa jeg tage den helt og holdent paa mig fordi Peter er blevet syg og stukket af. Men der kommer nok bedre Tider Mange Hilsner fra Eders hengivne Fritz Syberg.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="100" formatCode="yyyy/mm/dd"/>
     <numFmt numFmtId="101" formatCode="yyyy/mm/dd hh:mm:ss"/>
     <numFmt numFmtId="102" formatCode="yyyy-mm-dd"/>
   </numFmts>
   <fonts count="7">
     <font>
       <name val="Arial"/>
       <sz val="11"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
@@ -522,51 +522,51 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/5Lju" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Thrz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aeD0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wZX1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6Huy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VMMP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8OX0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0Eou" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/W47D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4aKm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/5Lju" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Thrz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6Huy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VMMP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4aKm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aeD0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0Eou" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wZX1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8OX0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/W47D" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
   <dimension ref="A1:M11"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
@@ -684,386 +684,386 @@
       </c>
       <c r="H3" s="5" t="s">
         <v>29</v>
       </c>
       <c r="I3" s="5" t="s">
         <v>30</v>
       </c>
       <c r="J3" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K3" s="5" t="s">
         <v>31</v>
       </c>
       <c r="L3" s="6" t="s">
         <v>32</v>
       </c>
       <c r="M3" s="5" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="5" t="s">
         <v>34</v>
       </c>
       <c r="B4" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C4" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D4" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E4" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="F4" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G4" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H4" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I4" s="5" t="s">
         <v>35</v>
       </c>
-      <c r="C4" s="5" t="s">
-[...5 lines deleted...]
-      <c r="E4" s="5" t="s">
+      <c r="J4" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="K4" s="5" t="s">
         <v>36</v>
       </c>
-      <c r="F4" s="5" t="s">
-[...7 lines deleted...]
-      <c r="H4" s="5" t="s">
+      <c r="L4" s="6" t="s">
         <v>37</v>
       </c>
-      <c r="I4" s="5"/>
-      <c r="J4" s="5" t="s">
+      <c r="M4" s="5" t="s">
         <v>38</v>
-      </c>
-[...7 lines deleted...]
-        <v>41</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="5" t="s">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="B5" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C5" s="5" t="s">
-        <v>15</v>
+        <v>40</v>
       </c>
       <c r="D5" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E5" s="5" t="s">
-        <v>28</v>
+        <v>41</v>
       </c>
       <c r="F5" s="5" t="s">
-        <v>36</v>
+        <v>18</v>
       </c>
       <c r="G5" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H5" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H5" s="5" t="s">
+        <v>42</v>
       </c>
       <c r="I5" s="5" t="s">
         <v>43</v>
       </c>
       <c r="J5" s="5" t="s">
         <v>44</v>
       </c>
       <c r="K5" s="5" t="s">
         <v>45</v>
       </c>
       <c r="L5" s="6" t="s">
         <v>46</v>
       </c>
       <c r="M5" s="5" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="5" t="s">
         <v>48</v>
       </c>
       <c r="B6" s="5" t="s">
-        <v>14</v>
+        <v>49</v>
       </c>
       <c r="C6" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D6" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E6" s="5" t="s">
-        <v>28</v>
+        <v>50</v>
       </c>
       <c r="F6" s="5" t="s">
         <v>18</v>
       </c>
       <c r="G6" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H6" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H6" s="5" t="s">
+        <v>51</v>
       </c>
       <c r="I6" s="5" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="J6" s="5" t="s">
         <v>21</v>
       </c>
       <c r="K6" s="5" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="L6" s="6" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="M6" s="5" t="s">
-        <v>52</v>
+        <v>55</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="5" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="B7" s="5" t="s">
-        <v>14</v>
+        <v>57</v>
       </c>
       <c r="C7" s="5" t="s">
-        <v>54</v>
+        <v>27</v>
       </c>
       <c r="D7" s="5" t="s">
-        <v>16</v>
+        <v>26</v>
       </c>
       <c r="E7" s="5" t="s">
-        <v>55</v>
+        <v>58</v>
       </c>
       <c r="F7" s="5" t="s">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="G7" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H7" s="5" t="s">
-        <v>56</v>
-[...3 lines deleted...]
-      </c>
+        <v>59</v>
+      </c>
+      <c r="I7" s="5"/>
       <c r="J7" s="5" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="K7" s="5" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="L7" s="6" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="M7" s="5" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="5" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="B8" s="5" t="s">
-        <v>35</v>
+        <v>57</v>
       </c>
       <c r="C8" s="5" t="s">
-        <v>63</v>
+        <v>27</v>
       </c>
       <c r="D8" s="5" t="s">
-        <v>54</v>
-[...4 lines deleted...]
-        </is>
+        <v>40</v>
+      </c>
+      <c r="E8" s="5" t="s">
+        <v>58</v>
       </c>
       <c r="F8" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G8" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H8" s="5" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="I8" s="5"/>
       <c r="J8" s="5" t="s">
-        <v>38</v>
+        <v>60</v>
       </c>
       <c r="K8" s="5" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="L8" s="6" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="M8" s="5" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="5" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="B9" s="5" t="s">
-        <v>35</v>
+        <v>14</v>
       </c>
       <c r="C9" s="5" t="s">
-        <v>27</v>
+        <v>15</v>
       </c>
       <c r="D9" s="5" t="s">
-        <v>54</v>
+        <v>16</v>
       </c>
       <c r="E9" s="5" t="s">
-        <v>36</v>
-[...4 lines deleted...]
-        </is>
+        <v>28</v>
+      </c>
+      <c r="F9" s="5" t="s">
+        <v>58</v>
       </c>
       <c r="G9" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H9" s="5" t="s">
-[...2 lines deleted...]
-      <c r="I9" s="5"/>
+      <c r="H9" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I9" s="5" t="s">
+        <v>70</v>
+      </c>
       <c r="J9" s="5" t="s">
-        <v>38</v>
+        <v>71</v>
       </c>
       <c r="K9" s="5" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="L9" s="6" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="M9" s="5" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="5" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="B10" s="5" t="s">
-        <v>35</v>
+        <v>57</v>
       </c>
       <c r="C10" s="5" t="s">
-        <v>16</v>
+        <v>76</v>
       </c>
       <c r="D10" s="5" t="s">
-        <v>54</v>
+        <v>40</v>
       </c>
       <c r="E10" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F10" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G10" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H10" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H10" s="5" t="s">
+        <v>77</v>
       </c>
       <c r="I10" s="5"/>
       <c r="J10" s="5" t="s">
-        <v>38</v>
+        <v>60</v>
       </c>
       <c r="K10" s="5" t="s">
-        <v>74</v>
+        <v>78</v>
       </c>
       <c r="L10" s="6" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="M10" s="5" t="s">
-        <v>76</v>
+        <v>80</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="5" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="B11" s="5" t="s">
-        <v>78</v>
+        <v>57</v>
       </c>
       <c r="C11" s="5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D11" s="5" t="s">
-        <v>16</v>
-[...5 lines deleted...]
-        <v>18</v>
+        <v>40</v>
+      </c>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F11" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G11" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H11" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="H11" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I11" s="5"/>
       <c r="J11" s="5" t="s">
-        <v>21</v>
+        <v>60</v>
       </c>
       <c r="K11" s="5" t="s">
         <v>82</v>
       </c>
       <c r="L11" s="6" t="s">
         <v>83</v>
       </c>
       <c r="M11" s="5" t="s">
         <v>84</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
   </hyperlinks>