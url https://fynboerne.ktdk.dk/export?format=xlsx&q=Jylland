--- v0 (2025-10-02)
+++ v1 (2026-01-09)
@@ -3,51 +3,51 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1072" uniqueCount="708" xml:space="preserve">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1094" uniqueCount="723" xml:space="preserve">
   <si>
     <t>Datering</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
@@ -3767,50 +3767,109 @@
   <si>
     <t>https://fynboerne.ktdk.dk/d/dwSj</t>
   </si>
   <si>
     <t>[Håndskrevet af ukendt/Bibbe:] 15-6-03
 Lindøgaard. Lørdag Aften 10-1-1942
 Kære lille Bibbe!
 Ja, du har saa sandelig Ret i, at dine Breve betyder (mindst) lige saa meget for mig som omvendt, og du kan tro, jeg blev lykkelig over endelig i Dag at faa et Brev fra dig – jeg havde jo hele Tiden sat min Næse op efter at faa et Brev som ”Kvittering” for Julebreve og -pakke, og var meget dybt skuffet, da Marie og ikke jeg fik et. Naa, men i Dag kom det, og saa taler vi ikke mere om det, men du faar saa mange Tak for det. Aa, den Pakke kunde saamænd have været meget mere indholdsrig end den var, men jeg havde ikke flere Penge og Mandfolkenes Gaver var jo sandelig store nok, men Penge fylder jo nu en Gang ikke saa meget. Tænk, at du skal give 40 Kr. for et Par Sko, vor Herre bevares! Du kan altsaa ikke en Gang tjene til et Par Sko paa 1½ Maaned, der er nu ikke rigtig Forhold i det, men vi maa jo huske paa, at du er i Lære. Jeg vilde saa gerne hjælpe dig noget mere, men ser du, nu vil jeg til at betale din Tandlægeregning paa 115 Kr. d.v.s. Manse betaler den, naar han nu faar Roepenge, som han ikke har faaet endnu og saa betaler jeg dem af hos ham. Jeg har ingen store Udgifter for mig, har lige faaet Tabletter og Hørfrø for 14.15 Øre samt betalt en gammel Regning hos Bisgaard paa 5 Kr. (haaber det er rigtigt, det var et Par Strømper; de er jo altid akkurate der) jeg fik jo 15 Kr. til Jul, 10 af Tante Else og 5 af Far, saa jeg kan undvære 30 Kr. af mine Januar Penge. Saa vil jeg skrive op, hvad jeg lægger ud her i Husholdningen og andet, det skal ogsaa regnes med til Afbetaling paa Tandregn.; det har jeg jo ellers aldrig været saa nøjeregnende med, men du kan stole paa, det løber op. Jeg vilde ellers ikke have fortalt dig, at jeg betaler den, men gør det altsaa alligevel, fordi du ellers maa synes, det er mærkeligt, at jeg ikke hjælper dig noget mere. Du er dog den største af alle mine Interesser, og jeg selv har jo ikke noget videre at give mine Penge ud til; Jul er jo en dyr Omgang, Frk. Kr. fik en Gave (Undertøj) til 15 Kr og Mandfolkenes kostede 33 Kr, Marie fik 5 Kr. og 4 Kr. til en Krans til Fars Grav, Tante Dis Paalægsgafler – husker ikke Summen, men det hele løber op - - alt dette skrives for at du kan forstaa, hvad alt mit Mammon gaar til. - - Naa, nu skal du høre om en Sag, der optager alle Sind og Tanker 
 2.
 her paa Lindøgaard i disse Dage: Løgstrups nede paa Lindø vil sælge deres Ejendom og Tinge er Liebhaver!! Nu gaar vi samme Omgang igennem som da Jens Hansen vilde sælge, men alligevel ikke vilde, lad os nu haabe, at vi ikke skal gaa samme Skuffelse igennem igen. Han forlanger 28.000 Kr, hvad vi synes er en stiv Pris, men som Høgsbro, Landsretssagføreren i Odense, ham med Saneringslaanet, mente var uhyre billig. ”Skynd Dem hjem og køb” sagde han til Tinge ”inden Manden sætter Prisen op.” Løgstrup var hernede i Forgaars Aftes for at meddele dem sin Pris altsaa 28000 og i Aftes gik Drengene derned og bød 26.000 Kr. og saa maatte de tage Kaminen (som de elsker) og deres Lysekroner og Gardinstænger med – hvad jeg troede var en Selvfølge – L. sagde saa, at han vilde sige dem straks, at han ikke vilde sælge, før han fik talt med sin Mor; hun bor i Jylland og han var i Dag ude at blive fotograferet til Rejsen. 
 Det værste er, ar der skal rejses 13000 Kr. da der kun kan blive 14000 i Prioriteter, saa har vi jo 27000, hvilket er den Sum han antages at vilde sælge for. Du siger vel, hvor i al Verden, vi vil rejse alle de Penge fra, og det maa du nok sige der maa sælges los af Dyrene her paa Lindøgaard og naar Tinge saa har købt, sættes noget af den gode Besætning der ned fra herop. 8 af vore Malerier er draget ud til Las i Dag han skal vurdere dem, og det formodes af Las (ikke af Puf) at Diskontokassen vil laane med dem som Pant. Jeg tror som Puf, at den gaar ikke, men saa maa vi finde andre Udveje. Tinge maatte haave Fjervognen med de to Heste for derud for at faa alle de Malerier transporteret derud; han gæster rigtig Kjertem. i disse Dage; i Gaar var han [”han” indsat over linjen] baade derude for at tale med Las, som altsaa fandt paa det med Diskontokassen, derfra kørte han med Sv. Hansens Lastbil til Odense og talte med Høgsbro og endelig paa Lindø for at give Løgstrup Buddet. Saa du ser, han ligger ikke paa den lade Side. I Gaar traf han tilfældig Lasse Taaning og fortalte ham om det hele. Lasse sagde straks ”du kan godt laane et Tusind Kr. - eller noget – hos mig.” Vi syntes, det lysnede paa det hele med den lille Solstråle. Kan vi undgaa at gaa til Klaks, vil vi jo helst, men Udvej skal vi finde. Nu er det jo knagende spændende, hvordan Løgstrup er stemt, naar han kommer hjem fra Jylland; det er 
 3
 jo i det hele taget spændende Dage, vi gennemlever og Resultatet kender jo ingen, men jeg syntes du skulde være med i det. Klokken er 12, Midnat, og Tinge ventes hjem fra Kjert. hvortil han igen cyclede saa snart han ved halv 6 [”6” indsat over linjen] Tiden vendte hjem med Køretøjet. Det er Maries sidste Aften derude; hun og Katrine Meyer rejser i Morgen, M. udsatte sin Rejse 2 Dage for at følges med hende; Rie rejste herfra i Søndags, altsaa for en Uge siden. Vi havde en smuk Nytaarsaften, der var noget eget højtideligt over den, Juletrætet [de sidste bogstaver i ordet overstreget og over linjen indsat ”et”] tændt og smukke Kor i Radioen, den sidste Fl. Kirsebærvin var gemt til Nytaarsaften Der var en Slags vemodig Højtidsstemning over det Hele ved Tanken om, at det er et nyt Krigs og Rædselsaar vi gaar ind i, det var næsten som om alle i Radioen var sært bevægede – eller var det kun hos os selv den Stemning var? Nu maa Tinge da snart være her, jeg kan i hvert Fald ikke skrive mere, men maa fortsætte i Morgen. Godnat lille Bi.
 Mandag Det blev ikke til noget i Gaar. Lasse Taaning var her, kom lige til Eftermiddagskaffen og vi havde en af vore Julelagkager, som havde ligget hen; den sidste Aften, som Rie var her blev ikke noget festlig, for Agraren var desværre gaaet, men til vor store Lettelse nøjedes det med den ene Dag og han blev straks i Orden, glad og veltilfreds, saa det kom vi nemt over, det er dog ogsaa uheldigt, at det altid skal komme, naar Marie er her – hun sagde ellers en Gang, at bare hun var her, saa skete der ingen Ting, det er nu ikke rigtig slaaet til.
 Mens jeg husker det, vil du saa ikke huske mig at svare mig paa, om du havde de bøger af F. Elles. Lasse blev paa en Maade en Skuffelse, for vi havde tænkt os, at han ejede mange flere Penge og at han mulig vilde laane os flere end de Tusind; vi spurgte ikke direkte, men i Samtalens Løb kom det frem, at han kun havde det ene Tusind og at dem maatte Tinge laane. Nu har Manse regnet efter og mener at der kan skaffes 9000 ud af Gaarden, men det er rigtignok ogsaa at skrabe Bunden – Salg af to store Heste, et af Føllene, 2 Kvier, 1 Ko, for 1000 Kr. Korn – men det er jo ogsaa strengt at komme af med saa meget dog – der maa ofres noget for at faa det Salg til at glide; hvis han nu bare vil sælge. Løgstrup rejste til Jylland i Gaar og ventes hjem i Dag.
 4.
 Du kan forstaa, det er spændende om hun hans Mor [”hans Mor” indsat over linjen] vil hjælpe ham til Køb af en Gaard, hvis hun ikke er gaaet ind paa det, ligger det hele, og alle vore Regninger har været forgæves. Saa snart der foreligger noget, skal jeg skrive. 
 Elle er jo et af vore Haab, men Lasse mente ikke, hun var kommen hjem; hans Mor havde ordnet Erindringsmærker for hende, og de var ikke hentede endnu; jeg kan slet ikke forstaa det og det er væmmeligt ikke at vide noget - - - - naa, dette inspirerede mig til at gaa hen og ringe til Else, som fortalte, at hun kom i Aften; hun havde været c 1 Uge hos Lugge efter sin Hjemkomst fra Stockholm; desværre var Lug. bleven syg af Angina og haft temmelig høj Feber og ligger hele den Uge, Elle var der, hvilken Skuffelse for dem begge to. Mine og Sven havde fyret i tre Dage, saa det havde været rart for hende at komme hjem. Det bliver interessant at høre om hendes Rejse – navnlig fra Stockholm de kan jo kun skrive til hinanden om rene Hverdagstingting.
 Nu har vi nydt en dejlig Rødbedeboeuf, den er Frk. Kr. efterhaanden ferm til at lave, Løg kan vi da heldigvis faa endnu. Hun begynder da saa smaat at kunne lave god Mad; i Begyndelsen forstod hun slet ikke at ”smage til” hvilket jo er noget af det vigtigste, men jeg har herset og belært det, jeg kunde og som sagt det begynder at lysne. 
 Fik du Udklippet om Jakob Langes Begravelse? Jeg ved ikke, hvad han døde af, men han var bleven mager og kraftløs i Løbet af det sidste halve Aar. - - Følger du med i Verdensgangen kan du nogensinde høre dansk Londonpresse? Ellers kan jeg jo godt af og til fortælle lidt derom - Det gaar jo godt, selv Japanerne bremses dog noget af Kineserne. Træffes du meget med Nazister?? Hvordan er Lægerne i den Henseende??
 Hvor er det morsomt at høre om Læsningen, når skal I have Eksamen?? Hvordan har Bilde det? du har maaske ikke saa meget at gøre med hende, nu da I ikke bor sammen.- Vil du ikke give mig Ruths Adresse, vi fik Kort fra hende til Jul fra Kbhvn. og fortælle mig lidt om lille Grethe (Tinesen) hende fik vi ogsaa Kort fra, gik det i Orden med at faa sendt Penge hjem fra Tyskland?? Knæet er kun middelmaadigt, men Vinteren har dog vist Indflydelse, mon ikke, jeg synes gærne det er værre om Vinteren. - - nu er det vist snart Frotid, Peter kom nu – han lod sig i Gaar, Sønd. Eft. bevæge til at blive til Kaffe, spiste Lagkage, røg en Cigar og var hyggelig – let genert fordi Lasse var her. Peter er nu henrivende som du siger
 [Skrevet på hovedet øverst s1:]
 Saa tilsidst kun Hilsen fra Far (som sender dig Cigarer) Drengene og Peter. Dog flest fra Mutteren.</t>
   </si>
   <si>
+    <t>1942-09-08</t>
+  </si>
+  <si>
+    <t>Blegdamsvej 19 København Ø</t>
+  </si>
+  <si>
+    <t>Lindøgaard Dræby St.</t>
+  </si>
+  <si>
+    <t>Frk. Andersen
+Alhed Marie Brønsted
+Ellen Brønsted
+Else Birgitte Brønsted
+Johannes Nicolaus Brønsted
+Peter Oluf Brønsted
+Vilhelm Buhl
+- Gjerulff
+Jesper Hansen
+Eli Larsen
+Christine  Mackie
+Leo Swane
+Mikael Venge
+Erik Warberg Larsen
+Martin Warberg Larsen
+Laura Warberg Petersen
+Niels Wendelboe Venge
+Eskil Ørsted Hansen</t>
+  </si>
+  <si>
+    <t>Einar Kabel, oberst Douglas og kusine Karen kendes ikke. 
+Hellesens Fabrikker var en dansk virksomhed, grundlagt af Wilhelm Hellesen, der opfandt det moderne tørelement-batteri og gjorde det til en global succes, kendt for sit tigerlogo. De startede i København, flyttede til store fabriksanlæg på Østerbro (Aldersrogade), og selvom produktionen senere flyttede til Jylland (Thisted) og til sidst lukkede ned, lever brandet og opfindelsen videre under navnet Duracell (2025).</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0964</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ytKA</t>
+  </si>
+  <si>
+    <t>[Skrevet på kuvertens forside:]
+Fru Johanne Warberg
+Lindøgaard
+pr. Dræby St
+Fyen 
+[Ulæselige noter i højre side]
+[Skrevet på kuvertens bagside:]
+afs. Brøndsted, Blegdamsvej 19, Kbvn Ø.
+[Delvis ulæselige noter:]
+…. Maler Jensen … Alfred Jensen Cycelhandler 
+[I brevet:]
+8 Spt. 42
+Kæreste Junge! 1000 Tak til Dig og Jer alle for Besøget hos Jer. Jeg vilde ønske en større Veltalenhed stod til min Raadighed, saa jeg rigtig kunde udtrykke, hvor glad jeg var ved det. Nu ved jeg altsaa rigtigt, hvordan der er hos Jer, og hvor er der yndigt og hvor I er søde allesammen. Jeg har tænkt saa meget paa Jeres Høst, sørget i Regn og glædet mig i Solskin (tildels maaske ogsaa egoistisk, men dog mest landøkonomisk), men nu er jeg blevet rolig i Sindet i den faste Overbevisning, at det nok er kommet ind altsammen, og at Tinge og Manse har leveret Vildt til Høstgildet. Og hvor var det dog morsomt at jeg ogsaa fik Bibbe at se, det søde Barn vilde absolut have kørt min lille Bagage til Kerteminde, det havde været nydeligt efter Natteturen! Ja, Rutebilen svigtede jo, og jeg havde en meget varm, men ogsaa meget sund Spadseretur til Kerteminde. 
+Ogsaa Besøget i Brædstrup var særdeles vellykket, alt ialt en dejlig Rejse med godt Forslag i, skønt det jo kun var 10 Dage ialt. Magisteren var ogsaa glad ved sin Fodtur, havde bl.a. været paa Randbøl Hede og ved Slaggaarden, hvor han fandt Korsnæb i Massevis Heldigvis er jeg aldrig ked af at komme hjem, Bes var her og havde The og Hygge til os. Den vidunderlige Frk. Andersen var ogsaa kommen og fungerer nu, foreløbig tilfredsstillende, laver god Mad og gør et kompetent Indtryk i det hele taget, maaske snarest lidt for, jeg spørger mig selv, om hun kan bevare sit elskværdige Væsen under alle Forhold, det er maaske lidt meget at forlange, men for mig egentlig den aller vigtigste Egenskab hos en Husfælle. Jeg har nu efterhaanden genset alle Børn og Svigerbørn undt. Lomme; Mudi med Familie var her hele Dagen i Søndags, de to Unger er meget lækre, og Michael var i sit allerbedste Humør, saa er han uimodstaaelig. Mudi er flink og udhvilet ved efter sin Extraferie. Mornine holdt en nydelig lille Midg. i Lørdags for Eli, Swane, Vennen Einar Kabel – Pianist – og os, det er saa fint og lækkert, alt hvad Mornine laver: hun har opgivet sin Sommerrejse, men tager dog en Ugestur ud til Karen – vores Kusine – i Holte. Eli og jeg snakkede om, hvad vi dog kunde gøre ved hendes Fattigdom, jeg har talt med Eskild, om han ikke kunde skaffe hende noget Haandarbejde, det [ulæseligt] og er vist godt betalt, men Ulykken er at Materialerne til det som til saa meget andet er ved at udgaa. Stakkels Mornine med sin evige Pengenød. 
+Igaar havde vi Besøg af vor gamle Ven Gjerulf, som vi ikke har set i en 20 Aar. I den Tid har han været bosat baade i Dresden, Schweiz, Paris og London, flere Aar hvert Sted og er nu vendt tilbage til sit Udgangspunkt, nemlig Hellesens Fabrikker her i Byen. I England havde han gjort Bekendtskab med en Slags Bevægelse, startet af en Oberst Douglas, som menes at kunne skaffe gode og tilfredsstillende sociale forhold paa en meget simpel Maade; han fortalte en hel Del om det, det lød udmærket, vi vil prøve at faa nogle Bøger af denne Douglas, I kender vel ikke noget til ham; jeg har aldrig hørt ham nævne, skønt jeg i lang Tid har været interesseret i de Spørgsmål og ude efter nogenlunde populære Værker, han skal være forholdsvis [”forholdsvis” indsat over linien] let forstaaelig, men pokkers svært er jo al den Slags, og ialfald jeg læser dem med den lidt ubehagelige Fornemmelse, at jeg ikke vilde kunne gennemskue selv de allerværste Brølere. 
+Hørte I Buhl i Radioen? Det var jo tydelig nok, og vi faar vel altsaa snart tysk Administration, for Sabotagen hører naturligvis ikke op. Det kan ogsaa være det samme, naar bare de vil lade være med at skyde Gidsler, det er efter min Mening Topmaalet af Barbari og næsten ikke til at udholde. Men man kan da altid haabe, at det uventede sker, og det hele holder op, før end ["end" indsat over linjen] man venter.
+Og nu er jeg meget spændt paa at høre, om Du har haft Doktoren ude, og hvad han har sagt om, og hvad han vil gøre ved Hoften, saa det bliver Du nødt til at skrive mig et Par Ord om lille Junge! Og saa 1000 varme Hilsner til Jer alle, Din Lugge.
+H. f. Magisteren.</t>
+  </si>
+  <si>
     <t>1943-10-21</t>
   </si>
   <si>
     <t>Birgit Brandstrup
 Ebbe Brandstrup
 Ellen Brønsted
 Thora Cohn
 Andreas Larsen
 Elena Larsen
 Jens Larsen
 Jeppe Larsen
 Johanne Christine Larsen
 Johannes Larsen
 Jonas Larsen
 Peter Andreas Larsen
 Else Larsen, Else, Andreas Larsens kone
 Elisabeth Mackie
 Alhed  Møhl, Lysses datter
 Holger  Møller Hjorth
 Ellen  Sawyer
 Arne Schwark
 William Schwark
 Elly Svarrer
 Ane Talbot
 Andreas Warberg, Albrechts far
@@ -4328,50 +4387,110 @@
 Andreas Warberg</t>
   </si>
   <si>
     <t>Jættestuen findes i Snave på Hindsholm nord for Kerteminde. 
 Kirkeby: Henne Kirkeby ved Fiilsø</t>
   </si>
   <si>
     <t>Fjeren var fra en snespurv.
 Johannes Larsen har haft influenza. Derefter fik han besøg af Else og Johannes V. Jensen.
 Johan/Lysse med familie kan ikke komme i pinsen, for grevinde Knuth og Elisabeth kommer, og de skal til Tønder, Rømø mm. 
 Jeppe har fundet en skadeunge.
 Der er rotter i værkstedet.
 Larsen laver illustrationer til Den Grimme Ælling.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/BZ1Q</t>
   </si>
   <si>
     <t>Kjerteminde 2 Juni 1949.
 Kære Bimse og Lysse!
 Tak for Jeres Brev. Jeg maa vel hellere begynde med de Fjer. De var af en Snespurv Hun eller Unge. Grunden til at jeg ikke fik svaret omgaaende var den at jeg en af de sidste Dage af April fik Influensa, og laa 8 Dage med Feber og var omtrent lige saa længe om at komme i Orden igen. Dagen efter Pufs Fødselsdag fik vi Besøg af Else og Johs V. som blev her til om Mandagen. Det var dejligt Vejr og vi fik kørt dem et Par Ture. Til Jættestuen ved Snave og Dagen efter til Stranden ved Bøgebjerg. Jeres Planer om et Pintsebsøg kan ikke blive til noget. Grevinden og Elisabeth kommer her i Morgen og bliver Pintsen over, og den 7 skal vi til Tønder hvor vi er inviteret af Kommandanten og jeg skal blive der en Uges Tid og bl.a. til Rømø og Slesvig. Jeg haaber ikke at Turen op gennem Jylland til Frederikshavn og Göteborg til Båxhult gaar i Vasken den har jeg glædet mig til og jeg har sørget for Natlogi paa Kongsø hos Hostrup Schultz’s, dersom det bliver i Ferien. Vi er ogsaa inviteret til at overnatte hos Dede, der var her forleden og i Kirkeby kan vi jo ogsaa overnatte. Jeppe var i Gaar i Revninge og kom hjem med en Skadeunge. Vi har lige fanget en Rotte i Værkstedet og før jeg var der ovre saa jeg en Unge og da jeg kom tilbage med noget Leverpostejmad til at lægge i Fælden var der 2. Jeg slider i det med Illustrationerne til ”den grimme Ælling” og har faaet lavet et Par og Tyve færdig og tegnet 2 i Dag. Jeg skulde gerne se at faa det Arbejde fra Haanden saa jeg kunde komme til at bestille noget ordentlig. Mange Hilsener til Jer allesammen fra Jeres 
 JL. 
 P.S.
 Det er et dejligt Vejr, det regner hver Nat og for det meste ogsaa om Dagen.
 JL.</t>
+  </si>
+  <si>
+    <t>1951-01-08</t>
+  </si>
+  <si>
+    <t>- Agner
+Johannes Nicolaus Brønsted
+Louise Brønsted
+Alfred Fly
+Jesper Hansen
+Adolph Larsen
+Andreas Larsen
+Johan Larsen
+Else Larsen, Else, Andreas Larsens kone
+Axel  Müller
+Lauritz Pedersen
+Meta -, pige i huset hos Johanne C. Larsen
+Ellen  Sawyer
+Ane Talbot
+Fritz Warberg
+Grete Warberg Larsen
+Martin Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Astrid Warbergs mand, Axel Müller, fyldte 70 i 1951.
+Det vides ikke, hvem Lille Marie og Dürkop var. 
+Fremtiden: tidsskrift for international orientering. Udgivet af Udenrigspolitiske selskab.
+Øjeblikket: tidsskrift om kunst - og det kunst handler om. Udgivet af Foreningen Øjeblikket. 
+Det vides ikke, hvad der menes med "Th's Vald."</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0569</t>
+  </si>
+  <si>
+    <t>Johanne/Junge spørger, om Astrid selv skal lave mad den 15., og om hun skal sende konfekt eller vin som gave? Hu takker for, at Astrid har vist interesse for Laura/Bibbes bihulebetændelse. Laura er godt hjulpet af ny medicin. En overgang frytede Johanne, at Laura var sindssyg. 
+Johanne har ikke pige i huset, men Adolph/Agraren og Martin/Manse har passet hende, da hun var syg, og de laver husarbejde om vinteren. Ruth kommer mulivis igen. Grete hjælper også af og til med vask. 
+Martin/Manse er på ferie blandt andet på Båxhult. Ellen/Elle Sawyer er kommet hjem.
+Else Larsen er overanstrengt og ulykkelig over at have mistet den nyfødte dreng. En indlæggelse er på tale. 
+Johanne undrer sig over, at Astrids to døtre støtter kommunisterne.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/9xyB</t>
+  </si>
+  <si>
+    <t>Lindøgaard Mandag 8-1-1951
+Kære lille Dis!
+I dette Øjeblik har jeg faaet og læst dit Brev, Tak for det; jeg var meget glad ved at høre fra dig, havde spekuleret lidt paa, om Julen havde givet dig et lille Eftersmæk, men det lader det altsaa ikke til. Jeg kan godt forstaa, du har Mavepine ved at tænke paa d. 15de. Skal du selv lave Mad? Faar du lille Marie? Alle Detaljer vil interessere mig meget. Jeg havde tænkt mig at sende ham en lidt flot Æske Konfekt, men vil du hellere have, at jeg skal vælge en Fl. Vin? I saa Fald maa jeg jo bede dig om at bestille den, saa den bliver af samme Slags som - - hvad I ellers har. Er det ikke omkring ved en 7-8 Kr? jeg kunde jo sagtens sende dig en Femmer + Frimærker, som du jo altid bruger. Paa dette vilde jeg jo godt have et Ord som Svar X ellers skal du da ikke spekulere paa Brev før eft. d. 15de, du faar nok at tænke paa.
+Tak fordi du tager Del i Bibbes Bihuler. Ja, Dis, du kan tro jeg velsigner min Influenza, som jeg ellers har været fuld af Forbandelser over, især fordi den jo har givet mit Knæ og mit Hjerte kedelige Opsving; det er for intet at regne imod den Lykke det er, at Bibbe bedres, meget endda. Det var jo fordi Dr. Agner mente jeg skulde have de Piller, at vi fik Nys om, at Amerikanerne har opfunden dem, og at de har været kendt her i Landet allerede 1 Aar. Hun fik dem straks, og de har allerede hjulpet meget; hun siger, at nu føler hun sig som et rigtigt menneske, kan tænke og arbejde. Og naar hun nu bagefter, jeg mener nu da hun er saa meget bedre, lukker op for hvad hun har gaaet igennem, saa maa man grue, for som hun dog har lidt, den stakkels lille Bi, og næsten altid holdt det ved sig selv. Hun har altid været saa stærk paa det Punkt at bære sine Lidelser i Tavshed. Jeg har jo nok vidst det og sørget meget over det, ofte været Angst for Sindssyge, skønt Dr. Fly en Gang trøstede mig med, at det havde intet at gøre med Sindssyge. Lauritz kom forleden Aften og hentede Bibbe, som havde været her i 4 Dage; hun fortalte, at en gammel Veninde, de har i Bovense havde ringet for ar spørge Bibbe (hun mener at Bibbe ved Raad for alt) om hun dog ikke kendte et Lægemiddel mod Pandehule- og Bihulebetændelse; en bekendt af hende havde i næsten 1 Aar gaaet til en Odense-Læge med det, og faaet – Lys! Vi synes, at det er næsten u-tænkeligt, at en Læge ikke kender det Middel, som vil give mange Mennesker en ny Tilværelse. Jeg læste forleden en Kronik om Biologi af Brøndsted; han
+2
+skal rev [”al” overstreget; ”rev” indsat over linjen] bl.a. ” - - - naar man ser, hvordan en Hjerneforstyrrelse kan forandre et Menneske, f. Eks. ved en Hjernerystelse eller en kronisk Bihulebetændelse - - ”. Det er sandt, Bibbe har til Tider været f_orandret_, naar den var særlig slem, værst om Vinteren, bedst om Somren. 
+Du har Ret, det er en usigelig Lykke og jeg velsigner min Influenza. Hvis jeg havde den rette Indstilling vilde jeg sige: Der kan vi se, hvor Vorherre kan faa noget godt ud af noget ondt. 
+Nej, vi har ingen Pige i Vinter, ufatteligt at jeg ikke har fortalt dig det eller skrevet om, hvor godt Agraren og Manse passede mig, da jeg var syg. Ruth vilde egentlig gerne selv være blevet, me [”me” overstreget] især da hendes Kæreste er her i Munkebo, men Moderen, som regerer, vilde have hende tilbage paa Egnen i Jylland. Hun besøgte os i Julen – Ruth – og der er en Mulighed for at hun sætter igennem at komme her igen til Maj. Hun er en overordentlig sød og elskværdig Pige, ikke særlig dygtig, men ret prober – desværre af de ødsle, men man kan jo ikke faa dem fuldkomne. Jeg lider nu ikke spor ved, at vi ikke har Pige, egentlig befinder jeg mig vel ved det, og Agraren og Manse kan godt klare det, vel at mærke om Vinteren, da er her meget mindre at bestille, hverken Syltning, Henkogning eller Have, og desuden har Mandfolkene ikke Tid til Husvæsen om Sommeren, saa da maa vi jo have Hjælp. Meta, en tidligere Pige, gift og bosat i Munkebo, havde Agraren Manse [”Agraren” overstreget; ”Manse” indsat over linjen] engageret til lidt Rengøring, hun har endnu ikke vist sig, men Grete har taget et Nap af og til og f. Eks. vasket mit Undertøj. Naar nu Manse kommer hjem, maa han røre sig for at faa vasket. Han tager sig ellers en ordentlig Ferie; han rejste Natten mel. 3die og 4de Juledag, og han er ikke kommen hjem endnu, vi har ikke erfaret noget om hans Gøren og Laden, han bruger ikke at skrive, naar han er borte, men naar vi ved det, gør det heller ingen Ting. Elle er vist kommen hjem i Dag, Ane har lige ringet, at nu er der Lys i hendes Vinduer, hun maa lige være kommen. Mon jeg skrev til dig, at Else blev syg mellem Jul og Nytaar, dels Overanstrengelse, de har ikke kunnet opdrive en Pige, og dels over, at hun ikke kan forvinde Sorgen over den lille dejlige Dreng, som hun mistede. Dr. Fly tog det alvorligt, hun maatte kun se Puf, ikke Børnene eller andre, men da hun laa og fulgte med i Husets Færd, mente hun selv, at hun maatte hellere komme paa Sygehuset og der er hun nu. I Gaar Eft. da Puf var derude, havde hun det endelig noget bedre, sagde Ane. Hun skal vist til Dianalund paa Rekreation. Detaljerne i Sygdommen 
+3.
+kender jeg ikke, men vel et Nervesammenbrud, en eller anden Psykose. Stakkels lille Else, det har altsammen været mere, end hun kunde bære.
+Nu kommer jeg tilbage til Bibbe igen, du har spurgt mig en Gang om Forholdet mel. hende og Lauritz, ja, Gudskelov, det er meget meget bedre, vi kan nemt mærke det, og hun siger det selv, det er ogsaa en stor Lykke, Dis. Apropos – om ens Børn, hvordan gaar det dig med at døje Kommun. Hver Gang, jeg læser om det der og gløder af Harme, saa tænker jeg paa dig, og det skærer mig i Hjertet, at dine to søde Døtre er kommet ind i det Djævelskab , for det er da Djævelskab, at de vil udstyre Menneskeheden med Slave-Myrer og Termitmentalitet. Men en Del kunde vi Vesterlændinge lære af dem. Deres gøren noget for stakkels lavtstaaende fattige Mennesker, jeg har ikke før været ked af, at Kina fik en Omgang Kommun.; jeg tror heller aldrig Kineserne vil blive saa mentalt slavebundne – jeg ved saa egentlig ikke hvorfor. – Hvad de lavede i de baltiske Lande var rædselsfuldt; de vil have det hele russisk, bytter om paa Mennesker, som var de Brikker i et Spil, saadan vilde det ogsaa gaa her i Danmark, sende Masser af danske til Rusland og Russere herop og slaa dem ihjæl, som mukkede. Det er længe siden, jeg har skrevet om Kom. (med Vilje) nu gik Naturen over Beherskelsen. Taler du nogen Sinde med dem om det? Det er unyttigt, for alt hvad vi siger vil de stemple som Løgn. Forts. i Morgen
+Tirsdag I Aftes kom Manse hjem, det var dejligt at se ham igen: han havde vist haft en dejlig Tur; det trak saa længe ud, fordi de skulde køre med Lysse, som havde et Ærinde i Engelholm, saa var de jo godt paa Vej ad Danmark til. Manse fulgtes med Jesper, som altsaa ogsaa var paa Båxhult i Julen, til Birkerød, hvor M. overnattede hos Lugge, tog saa næste Morgen til Vrøj ved Kalundborg, hvor han har et nyt Bekendtskab, Dürkop hedder de; hun er af Larsen-Slægten og Manse er saa glad ved dem; han lærte forskellige kulinariske Triks af Fruen, som laver saadan knippel god Mad. 
+Lad mig nu ikke denne Gang glemme at spørge dig op, hvordan det gaar til, at jeg stadig faar baade Th’s Vald. Tak for dem [”Tak for dem.” indsat over linjen] og Øjeblikket. Du maa ikke kaste alle de Penge paa mig, jeg kunde godt tænke mig at sige ”Fremtiden” af (18 Kr. årl.) og holde Øjebl. i Stedet, det er jo kun 7 Kr. mere årl. Husk at svare paa dette. Tak for Bestillingen af Servietterne mon det haster? Jeg er lige begyndt på Fritz’ Bordløber. 
+Hav det godt og mange gode Hilsner til Jer begge fra din Junge
+[Indsat s. 1 langs venstre margen:] X svarer med det samme, der er snart ikke saa længe til d. 15de.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="100" formatCode="yyyy/mm/dd"/>
     <numFmt numFmtId="101" formatCode="yyyy/mm/dd hh:mm:ss"/>
     <numFmt numFmtId="102" formatCode="yyyy-mm-dd"/>
   </numFmts>
   <fonts count="7">
     <font>
       <name val="Arial"/>
       <sz val="11"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
@@ -4448,59 +4567,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/Fx7B" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xl7y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iPSC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/K9dz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mZpT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Iw9P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3na4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0O1T" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PERX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ogv2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hf6n" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tGsC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uggH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tCf4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LqCJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hdBq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xsak" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EiTy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eKFw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AwNy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/x4us" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aVbY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FhZU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FaH9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Vlw0aBZa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/T7prgDWz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qVOG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/b99kBWn9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/I5WSEsCR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QbSN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Zvc4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QerS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mrI9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mSCO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ND7j" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Rc8Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/maOI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZwDn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2HF0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RYZw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZnRa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qisF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UvT0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/weXn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xZQz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5TBpJa8X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cPSE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/2toT6FxI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/J1y1k0Eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/qVHjSM8t" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Yxg0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tbam" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qiI2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XhN7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RWsA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2jf5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Fmzb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rgjQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Z8zF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/d8BQ6gjM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A8wI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BhcN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kkcG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ym4L" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AqTF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/H4Gr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ePqx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v5EC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LZaJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VJ39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BOKX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4gyc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pSfp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rT9z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4hLu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7pLM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9eus" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BoY4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/x2mV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lhHP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7Uxr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/opAm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7r0i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VfiW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0wPP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QTkb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dwSj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PCEm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zPU4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TCWH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iQmy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KaqQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7bEs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JSMC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FfaP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/S9Qh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/edjy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TrRn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BZ1Q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/Fx7B" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xl7y" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iPSC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/K9dz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mZpT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Iw9P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/3na4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0O1T" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PERX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ogv2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hf6n" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tGsC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uggH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tCf4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LqCJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/hdBq" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xsak" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EiTy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eKFw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AwNy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/x4us" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aVbY" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FhZU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FaH9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/Vlw0aBZa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/T7prgDWz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qVOG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/b99kBWn9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/I5WSEsCR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QbSN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Zvc4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QerS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mrI9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mSCO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ND7j" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Rc8Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/maOI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZwDn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2HF0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RYZw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ZnRa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qisF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UvT0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/weXn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xZQz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5TBpJa8X" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cPSE" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/2toT6FxI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/J1y1k0Eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/qVHjSM8t" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Yxg0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tbam" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qiI2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XhN7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RWsA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2jf5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Fmzb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rgjQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Z8zF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/d8BQ6gjM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A8wI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BhcN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kkcG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ym4L" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AqTF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/H4Gr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ePqx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v5EC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LZaJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VJ39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BOKX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4gyc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pSfp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/rT9z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4hLu" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7pLM" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9eus" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BoY4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/x2mV" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/lhHP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7Uxr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/opAm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7r0i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VfiW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0wPP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/QTkb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dwSj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ytKA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/PCEm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zPU4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TCWH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iQmy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KaqQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7bEs" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JSMC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FfaP" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/S9Qh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/edjy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/TrRn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/BZ1Q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9xyB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M101"/>
+  <dimension ref="A1:M103"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -8431,570 +8550,660 @@
       </c>
       <c r="I89" s="5" t="s">
         <v>625</v>
       </c>
       <c r="J89" s="5" t="s">
         <v>626</v>
       </c>
       <c r="K89" s="5" t="s">
         <v>627</v>
       </c>
       <c r="L89" s="6" t="s">
         <v>628</v>
       </c>
       <c r="M89" s="5" t="s">
         <v>629</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="5" t="s">
         <v>630</v>
       </c>
       <c r="B90" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C90" s="5" t="s">
-        <v>40</v>
+        <v>387</v>
       </c>
       <c r="D90" s="5" t="s">
-        <v>479</v>
-[...9 lines deleted...]
-        </is>
+        <v>306</v>
+      </c>
+      <c r="E90" s="5" t="s">
+        <v>631</v>
+      </c>
+      <c r="F90" s="5" t="s">
+        <v>632</v>
       </c>
       <c r="G90" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H90" s="5" t="s">
-        <v>631</v>
+        <v>633</v>
       </c>
       <c r="I90" s="5" t="s">
-        <v>632</v>
+        <v>634</v>
       </c>
       <c r="J90" s="5" t="s">
-        <v>466</v>
-[...2 lines deleted...]
-        <v>633</v>
+        <v>635</v>
+      </c>
+      <c r="K90" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L90" s="6" t="s">
-        <v>634</v>
+        <v>636</v>
       </c>
       <c r="M90" s="5" t="s">
-        <v>635</v>
+        <v>637</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="5" t="s">
-        <v>636</v>
+        <v>638</v>
       </c>
       <c r="B91" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C91" s="5" t="s">
-        <v>16</v>
+        <v>40</v>
       </c>
       <c r="D91" s="5" t="s">
-        <v>637</v>
-[...5 lines deleted...]
-        <v>638</v>
+        <v>479</v>
+      </c>
+      <c r="E91" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F91" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G91" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H91" s="5" t="s">
         <v>639</v>
       </c>
       <c r="I91" s="5" t="s">
         <v>640</v>
       </c>
       <c r="J91" s="5" t="s">
         <v>466</v>
       </c>
       <c r="K91" s="5" t="s">
         <v>641</v>
       </c>
       <c r="L91" s="6" t="s">
         <v>642</v>
       </c>
       <c r="M91" s="5" t="s">
         <v>643</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="5" t="s">
         <v>644</v>
       </c>
       <c r="B92" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C92" s="5" t="s">
-        <v>306</v>
+        <v>16</v>
       </c>
       <c r="D92" s="5" t="s">
-        <v>115</v>
+        <v>645</v>
       </c>
       <c r="E92" s="5" t="s">
-        <v>579</v>
+        <v>17</v>
       </c>
       <c r="F92" s="5" t="s">
-        <v>600</v>
+        <v>646</v>
       </c>
       <c r="G92" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H92" s="5" t="s">
-        <v>645</v>
+        <v>647</v>
       </c>
       <c r="I92" s="5" t="s">
-        <v>646</v>
+        <v>648</v>
       </c>
       <c r="J92" s="5" t="s">
-        <v>647</v>
+        <v>466</v>
       </c>
       <c r="K92" s="5" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
       <c r="L92" s="6" t="s">
-        <v>649</v>
+        <v>650</v>
       </c>
       <c r="M92" s="5" t="s">
-        <v>650</v>
+        <v>651</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="5" t="s">
-        <v>651</v>
+        <v>652</v>
       </c>
       <c r="B93" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C93" s="5" t="s">
-        <v>16</v>
+        <v>306</v>
       </c>
       <c r="D93" s="5" t="s">
-        <v>637</v>
+        <v>115</v>
       </c>
       <c r="E93" s="5" t="s">
-        <v>652</v>
+        <v>579</v>
       </c>
       <c r="F93" s="5" t="s">
-        <v>638</v>
+        <v>600</v>
       </c>
       <c r="G93" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H93" s="5" t="s">
         <v>653</v>
       </c>
       <c r="I93" s="5" t="s">
         <v>654</v>
       </c>
       <c r="J93" s="5" t="s">
-        <v>466</v>
+        <v>655</v>
       </c>
       <c r="K93" s="5" t="s">
-        <v>655</v>
+        <v>656</v>
       </c>
       <c r="L93" s="6" t="s">
-        <v>656</v>
+        <v>657</v>
       </c>
       <c r="M93" s="5" t="s">
-        <v>657</v>
+        <v>658</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="5" t="s">
-        <v>658</v>
+        <v>659</v>
       </c>
       <c r="B94" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C94" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D94" s="5" t="s">
-        <v>637</v>
+        <v>645</v>
       </c>
       <c r="E94" s="5" t="s">
-        <v>17</v>
+        <v>660</v>
       </c>
       <c r="F94" s="5" t="s">
-        <v>638</v>
+        <v>646</v>
       </c>
       <c r="G94" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H94" s="5" t="s">
-        <v>659</v>
+        <v>661</v>
       </c>
       <c r="I94" s="5" t="s">
-        <v>660</v>
+        <v>662</v>
       </c>
       <c r="J94" s="5" t="s">
         <v>466</v>
       </c>
       <c r="K94" s="5" t="s">
-        <v>661</v>
+        <v>663</v>
       </c>
       <c r="L94" s="6" t="s">
-        <v>662</v>
+        <v>664</v>
       </c>
       <c r="M94" s="5" t="s">
-        <v>663</v>
+        <v>665</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="5" t="s">
-        <v>664</v>
+        <v>666</v>
       </c>
       <c r="B95" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C95" s="5" t="s">
-        <v>506</v>
+        <v>16</v>
       </c>
       <c r="D95" s="5" t="s">
-        <v>479</v>
-[...9 lines deleted...]
-        </is>
+        <v>645</v>
+      </c>
+      <c r="E95" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F95" s="5" t="s">
+        <v>646</v>
       </c>
       <c r="G95" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H95" s="5" t="s">
-        <v>665</v>
+        <v>667</v>
       </c>
       <c r="I95" s="5" t="s">
-        <v>666</v>
+        <v>668</v>
       </c>
       <c r="J95" s="5" t="s">
         <v>466</v>
       </c>
       <c r="K95" s="5" t="s">
-        <v>667</v>
+        <v>669</v>
       </c>
       <c r="L95" s="6" t="s">
-        <v>668</v>
+        <v>670</v>
       </c>
       <c r="M95" s="5" t="s">
-        <v>669</v>
+        <v>671</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="5" t="s">
-        <v>670</v>
+        <v>672</v>
       </c>
       <c r="B96" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C96" s="5" t="s">
-        <v>306</v>
+        <v>506</v>
       </c>
       <c r="D96" s="5" t="s">
-        <v>115</v>
-[...5 lines deleted...]
-        <v>600</v>
+        <v>479</v>
+      </c>
+      <c r="E96" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F96" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G96" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H96" s="5" t="s">
-        <v>671</v>
+        <v>673</v>
       </c>
       <c r="I96" s="5" t="s">
-        <v>672</v>
+        <v>674</v>
       </c>
       <c r="J96" s="5" t="s">
-        <v>673</v>
+        <v>466</v>
       </c>
       <c r="K96" s="5" t="s">
-        <v>674</v>
+        <v>675</v>
       </c>
       <c r="L96" s="6" t="s">
-        <v>675</v>
+        <v>676</v>
       </c>
       <c r="M96" s="5" t="s">
-        <v>676</v>
+        <v>677</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="5" t="s">
-        <v>677</v>
+        <v>678</v>
       </c>
       <c r="B97" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C97" s="5" t="s">
-        <v>16</v>
+        <v>306</v>
       </c>
       <c r="D97" s="5" t="s">
-        <v>637</v>
+        <v>115</v>
       </c>
       <c r="E97" s="5" t="s">
-        <v>17</v>
-[...4 lines deleted...]
-        </is>
+        <v>579</v>
+      </c>
+      <c r="F97" s="5" t="s">
+        <v>600</v>
       </c>
       <c r="G97" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H97" s="5" t="s">
-        <v>678</v>
+        <v>679</v>
       </c>
       <c r="I97" s="5" t="s">
-        <v>679</v>
+        <v>680</v>
       </c>
       <c r="J97" s="5" t="s">
-        <v>466</v>
+        <v>681</v>
       </c>
       <c r="K97" s="5" t="s">
-        <v>680</v>
+        <v>682</v>
       </c>
       <c r="L97" s="6" t="s">
-        <v>681</v>
+        <v>683</v>
       </c>
       <c r="M97" s="5" t="s">
-        <v>682</v>
+        <v>684</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="5" t="s">
-        <v>683</v>
+        <v>685</v>
       </c>
       <c r="B98" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C98" s="5" t="s">
-        <v>306</v>
+        <v>16</v>
       </c>
       <c r="D98" s="5" t="s">
-        <v>115</v>
+        <v>645</v>
       </c>
       <c r="E98" s="5" t="s">
-        <v>579</v>
-[...2 lines deleted...]
-        <v>600</v>
+        <v>17</v>
+      </c>
+      <c r="F98" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G98" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H98" s="5" t="s">
-        <v>684</v>
+        <v>686</v>
       </c>
       <c r="I98" s="5" t="s">
-        <v>685</v>
+        <v>687</v>
       </c>
       <c r="J98" s="5" t="s">
-        <v>686</v>
+        <v>466</v>
       </c>
       <c r="K98" s="5" t="s">
-        <v>687</v>
+        <v>688</v>
       </c>
       <c r="L98" s="6" t="s">
-        <v>688</v>
+        <v>689</v>
       </c>
       <c r="M98" s="5" t="s">
-        <v>689</v>
+        <v>690</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="5" t="s">
-        <v>690</v>
+        <v>691</v>
       </c>
       <c r="B99" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C99" s="5" t="s">
-        <v>16</v>
+        <v>306</v>
       </c>
       <c r="D99" s="5" t="s">
-        <v>637</v>
+        <v>115</v>
       </c>
       <c r="E99" s="5" t="s">
-        <v>17</v>
+        <v>579</v>
       </c>
       <c r="F99" s="5" t="s">
-        <v>638</v>
+        <v>600</v>
       </c>
       <c r="G99" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H99" s="5" t="s">
-        <v>691</v>
+        <v>692</v>
       </c>
       <c r="I99" s="5" t="s">
-        <v>692</v>
+        <v>693</v>
       </c>
       <c r="J99" s="5" t="s">
-        <v>466</v>
+        <v>694</v>
       </c>
       <c r="K99" s="5" t="s">
-        <v>693</v>
+        <v>695</v>
       </c>
       <c r="L99" s="6" t="s">
-        <v>694</v>
+        <v>696</v>
       </c>
       <c r="M99" s="5" t="s">
-        <v>695</v>
+        <v>697</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="5" t="s">
-        <v>696</v>
+        <v>698</v>
       </c>
       <c r="B100" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C100" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D100" s="5" t="s">
-        <v>479</v>
+        <v>645</v>
       </c>
       <c r="E100" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F100" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F100" s="5" t="s">
+        <v>646</v>
       </c>
       <c r="G100" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H100" s="5" t="s">
-        <v>697</v>
+        <v>699</v>
       </c>
       <c r="I100" s="5" t="s">
-        <v>698</v>
+        <v>700</v>
       </c>
       <c r="J100" s="5" t="s">
-        <v>526</v>
+        <v>466</v>
       </c>
       <c r="K100" s="5" t="s">
-        <v>699</v>
+        <v>701</v>
       </c>
       <c r="L100" s="6" t="s">
-        <v>700</v>
+        <v>702</v>
       </c>
       <c r="M100" s="5" t="s">
-        <v>701</v>
+        <v>703</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="5" t="s">
-        <v>702</v>
+        <v>704</v>
       </c>
       <c r="B101" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C101" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D101" s="5" t="s">
-        <v>594</v>
+        <v>479</v>
       </c>
       <c r="E101" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F101" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G101" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H101" s="5" t="s">
-        <v>703</v>
+        <v>705</v>
       </c>
       <c r="I101" s="5" t="s">
-        <v>704</v>
+        <v>706</v>
       </c>
       <c r="J101" s="5" t="s">
         <v>526</v>
       </c>
       <c r="K101" s="5" t="s">
-        <v>705</v>
+        <v>707</v>
       </c>
       <c r="L101" s="6" t="s">
-        <v>706</v>
+        <v>708</v>
       </c>
       <c r="M101" s="5" t="s">
-        <v>707</v>
+        <v>709</v>
+      </c>
+    </row>
+    <row r="102">
+      <c r="A102" s="5" t="s">
+        <v>710</v>
+      </c>
+      <c r="B102" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C102" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D102" s="5" t="s">
+        <v>594</v>
+      </c>
+      <c r="E102" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F102" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G102" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H102" s="5" t="s">
+        <v>711</v>
+      </c>
+      <c r="I102" s="5" t="s">
+        <v>712</v>
+      </c>
+      <c r="J102" s="5" t="s">
+        <v>526</v>
+      </c>
+      <c r="K102" s="5" t="s">
+        <v>713</v>
+      </c>
+      <c r="L102" s="6" t="s">
+        <v>714</v>
+      </c>
+      <c r="M102" s="5" t="s">
+        <v>715</v>
+      </c>
+    </row>
+    <row r="103">
+      <c r="A103" s="5" t="s">
+        <v>716</v>
+      </c>
+      <c r="B103" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C103" s="5" t="s">
+        <v>306</v>
+      </c>
+      <c r="D103" s="5" t="s">
+        <v>115</v>
+      </c>
+      <c r="E103" s="5" t="s">
+        <v>608</v>
+      </c>
+      <c r="F103" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G103" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H103" s="5" t="s">
+        <v>717</v>
+      </c>
+      <c r="I103" s="5" t="s">
+        <v>718</v>
+      </c>
+      <c r="J103" s="5" t="s">
+        <v>719</v>
+      </c>
+      <c r="K103" s="5" t="s">
+        <v>720</v>
+      </c>
+      <c r="L103" s="6" t="s">
+        <v>721</v>
+      </c>
+      <c r="M103" s="5" t="s">
+        <v>722</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>
     <hyperlink ref="M13" r:id="rId18"/>
     <hyperlink ref="M14" r:id="rId19"/>
     <hyperlink ref="M15" r:id="rId20"/>
     <hyperlink ref="M16" r:id="rId21"/>
     <hyperlink ref="M17" r:id="rId22"/>
     <hyperlink ref="M18" r:id="rId23"/>
     <hyperlink ref="M19" r:id="rId24"/>
     <hyperlink ref="M20" r:id="rId25"/>
     <hyperlink ref="M21" r:id="rId26"/>
@@ -9056,44 +9265,46 @@
     <hyperlink ref="M77" r:id="rId82"/>
     <hyperlink ref="M78" r:id="rId83"/>
     <hyperlink ref="M79" r:id="rId84"/>
     <hyperlink ref="M80" r:id="rId85"/>
     <hyperlink ref="M81" r:id="rId86"/>
     <hyperlink ref="M82" r:id="rId87"/>
     <hyperlink ref="M83" r:id="rId88"/>
     <hyperlink ref="M84" r:id="rId89"/>
     <hyperlink ref="M85" r:id="rId90"/>
     <hyperlink ref="M86" r:id="rId91"/>
     <hyperlink ref="M87" r:id="rId92"/>
     <hyperlink ref="M88" r:id="rId93"/>
     <hyperlink ref="M89" r:id="rId94"/>
     <hyperlink ref="M90" r:id="rId95"/>
     <hyperlink ref="M91" r:id="rId96"/>
     <hyperlink ref="M92" r:id="rId97"/>
     <hyperlink ref="M93" r:id="rId98"/>
     <hyperlink ref="M94" r:id="rId99"/>
     <hyperlink ref="M95" r:id="rId100"/>
     <hyperlink ref="M96" r:id="rId101"/>
     <hyperlink ref="M97" r:id="rId102"/>
     <hyperlink ref="M98" r:id="rId103"/>
     <hyperlink ref="M99" r:id="rId104"/>
     <hyperlink ref="M100" r:id="rId105"/>
     <hyperlink ref="M101" r:id="rId106"/>
+    <hyperlink ref="M102" r:id="rId107"/>
+    <hyperlink ref="M103" r:id="rId108"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>