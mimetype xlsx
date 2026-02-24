--- v1 (2026-01-09)
+++ v2 (2026-02-24)
@@ -5,51 +5,51 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1094" uniqueCount="723" xml:space="preserve">
   <si>
-    <t>Datering</t>
+    <t>Datering/Værktitel</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
@@ -3003,51 +3003,51 @@
 Else Birgitte Brønsted
 Louis Golding
 Ina  Goldschmidt
 Adolph Larsen
 Andreas Larsen
 Johannes Larsen
 Marie Larsen
 Else Larsen, Else, Andreas Larsens kone
 Thomas Mann
 Axel  Müller
 Ellen  Sawyer
 Janna Schou
 Christine Swane
 Lars Swane
 Lasse Taaning
 Albrecht  Warberg
 Andreas Warberg
 Erik Warberg Larsen
 Martin Warberg Larsen
 Laura Warberg Petersen
 Karl Zeckendorf</t>
   </si>
   <si>
     <t>Det vides ikke, hvem Lars/Lasse Taanings bror, svigerinde og dennes veninde var. Gurli, "Krastine", Kat. Sørensen, Eggert og Franzen kendes heller ikke. 
 Det er uklart, hvem det er, som Johanne C. Larsen omtaler som "ens Svigersøn". Selv havde hun ikke i 1937 en svigersøn. Det vides ikke, hvad Ina Goldschmidts barn/Astrid Warbergs barnebarn hed. 
-Sechendorf er Karl Zeckendorf, som var en jødisk øjenlæge. Janna Schou, Astrid Warbergs datter, var i et kærlighedsforhold til ham, indtil han blev ført til en koncentrationslejr og myrdet.</t>
+Sechendorf er Karl Zeckendorf, som var en jødisk øjenlæge. Janna Schou, Astrid Warbergs datter, var i et kærlighedsforhold til ham, indtil han blev ført til koncentrationslejren Sachsenhausen og myrdet.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0803</t>
   </si>
   <si>
     <t>Johanne C. Larsen har slagtet, og midt i arbejdet med dette kom der gæster. Hun er ked af, at Astrid Warberg var så berørt af ikke at blive inviteret til Else Birgitte/Mudis bryllup. Johanne blev heller ikke inviteret. Hun er bitter over, at Brønsted-familien udelukker Astrid. 
 Det er et stort påskegilde, Astrid har haft. 
 Johanne har en tid været fri for anfald. Hun spiser citron som medicin. 
 Astrid har skrevet om et hørespil, som ikke passer til Johannes verdensanskuelse, men Astrid ved ikke noget om sidstnævnte. 
 Erik/Tinge Warberg Larsens 30-års fødselsdag blev vellykket.
 Johannes/Las, Else og Andreas/Puf Larsen flygtede i påsken til Jylland for at undgå gæster. Det er dejligt, at Else holder så meget af Johannes Larsen. 
 Tysklands jødepolitik er afskyelig. 
 Johanne ønsker tillykke med det nye barnebarn.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/rT9z</t>
   </si>
   <si>
     <t>[Håndskrevet i brevet:]
 d. 30te Marts. 37.
 Kæreste lille Dis!
 Nu kommer saa det lovede Paaskebrev, men selve Paasken er da glidt hen for mig uden Brevskr. til dig. Jeg skyldte Bibbe saa rent ukristeligt og skrev et kæmpebrev til hende – og sløj er man jo efter den store Slagte- og Paaskegøren – du. Jeg havde bestilt Kone til Tirsdag, hun kunde først Onsdag og da kom der Bud, at hun ikke kom p. Gr.a. Sygdom i Hjemmet. Der stod jeg! men hang saa i alene og da det kun var en lille Gris gik det jo. Mon I fik Slagtemaden i nogenlunde Tid? Helligdagene kom jo lidt paa tværs ved Forsendelsen [”ved Forsendelsen” indsat over linjen]. De to første Helligdage havde vi fremmede. Lasse Taaning m. Broder, Svigerinde og dennes Veninde – en henrivende Københavnerinde som studerer Medicin; vi kender hende godt; hun var her baade Palmesøndag og om Onsdagen, samt altsaa Skærtorsdag m. Taanings. Den Onsd. da jeg stod alene m. Slagtningen fik jeg altsaa fremmede – Daisy og Gurli – jeg var ikke videre gæstfrit indstillet da jeg midt i det hele maatte lave an med Kaffe og Underholdning. Langfredag kom den goe Elle i dejligt Vejr; kom lige til Kaffe og blev til Aftensm. Og Aft.kaffe, saa vi fik en god Passiar Hun og Agraren kan efterhaanden helt godt sammen, jeg kunde mærke, at Agr. var glad ved at se hende? Søde Dis – hvor det gjorde mig ondt, at det Brev fra Elle berørte dig pinligt. Men jeg var da heller ikke inviteret og vidste slet ikke, at Elle var derovre før senere, men derfor glæder jeg mig da alligevel over at høre om lille Mudis Lykke. At du sørger over ikke at være i Kontakt med dine søskende, kan jeg da saa udmærket forstå, men naar Tingene er, som de er, vilde det da have været mere forbavsende, om du var bleven bedt; end at du ikke blev bedt. Det berører ogsaa mig i mit Forhold til dem, idet jeg jo aldrig kan frigøre mig for lidt Bitterhed imod dem, naar jeg tænker paa deres Udelukkelse af dig – jeg taler aldrig til Elle om dig; hun læser alle mine forsk. Breve, naar vi ses, men aldrig fra dig, og jeg har heller ikke i Sinde at fortælle om den Sallinge-Tur, men tænk saa vidste hun det skam, og ved du hvor fra? gennem lille ”Krastine” og Kat Sørensen; du havde ringet til hende nede fra Franzen. Maaske det er en smaalig Tankegang af mig, men alt det morsomme og interessante jeg faar fra dig gen. dine Breve vil jeg beholde for mig selv; hvis Elle spurgte til dig, var det måske noget andet. - - De to sidste Helligdage saa vi ikke et Menneske. Jeg tror Agraren og Tinge følte det lidt ensomt, jeg nød det i fulde Drag. Jeg havde sørget godt for deres Forplejning – Påskedag en lækker Æblekage m. Flødeskum – og saa en Lagkage til alle Kafferne. 
 2 Hvilket imponerende Paaskegilde, I skulde have! Kan I nok sidde 8 i Jannas lille Stue; jeg glæder mig til at høre om Forløbet. I har egentlig meget altid – Gæster og kommen ud, kan du nok holde til det? Du har slet ikke skrevet om, hvordan dit Hvileophold hjalp dig. Var det ikke surt at komme i Gang igen? S.u. – jeg mener om dit Befindende? Nerverne? - - 
 Man skulde virkelig tro, at Citronerne hjælper. Jeg tager altsaa baade Medicin og Citronsaft hver Dag og har ikke haft Anfald siden Fredag før Palmesøndag. Hænderne er også mindre stive og smertende om Morgenen – naa, det er jo lige meget, naar jeg bare må være fri for Anfaldene, som gør mig uarbejdsdygtig. Jeg tror ikke det er Gigt – de Anfald. Gurli sagde, at der var en Sygdom, som bestod i at Blodet har svært ved at komme gennem Aarerne (populært sagt, vel) og saa voldte store Smerter. Jeg har egentlig troet det var Arterieforkalkning og det kan jo ikke kureres. Hvor kunstigt, hvis du og jeg har opfunden Lægemiddel mod den Sygdom – men man skal jo ikke slå den Slags fast, andet kan jo have spillet ind. Til Lykke med dit Øre! hvor var det dog dejligt! Tænk om Dedde, som jo menes at ville blive stokdøv med Tiden, kunde faa en lignende Overraskelse. 
 Hvis du kan faa Mod til at gaa op og faa det ["t" i "det" overstreget] Polyper ud, saa vil det sikkert hjælpe meget paa dit Almenbefindende. 