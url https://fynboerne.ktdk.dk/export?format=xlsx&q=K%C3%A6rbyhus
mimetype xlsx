--- v0 (2025-10-09)
+++ v1 (2025-11-23)
@@ -3,328 +3,225 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1366" uniqueCount="839" xml:space="preserve">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1378" uniqueCount="846" xml:space="preserve">
   <si>
     <t>Datering</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
   <si>
     <t>Arkivplacering</t>
   </si>
   <si>
     <t>Dokumentindhold</t>
   </si>
   <si>
     <t>URL</t>
   </si>
   <si>
     <t>Transskription</t>
   </si>
   <si>
-    <t>1903-11-10</t>
+    <t>april 1888-1890</t>
   </si>
   <si>
     <t>Brev</t>
   </si>
   <si>
-    <t>Christine Swane</t>
-[...140 lines deleted...]
-Adolph Larsen
+    <t>Vilhelmine  Larsen</t>
+  </si>
+  <si>
+    <t>Johannes Larsen</t>
+  </si>
+  <si>
+    <t>Kerteminde</t>
+  </si>
+  <si>
+    <t>København</t>
+  </si>
+  <si>
+    <t>Niels Hansen, gartner
+Cathrine Larsen
+Jeppe Andreas Larsen
+Martin Larsen
+Christine Swane</t>
+  </si>
+  <si>
+    <t>Det Kongelige Bibliotek</t>
+  </si>
+  <si>
+    <t>Vilhelmine Larsen og Johannes er uenige omkring hans malerier. Det må de tale om, næste gang han kommer hjem. Brønden på Kærbyhus er blevet tømt og der er blevet plantet æbletræer.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/AN76</t>
+  </si>
+  <si>
+    <t>Kjære Johannes!
+Tak for Brevet paa Grund af den megen Regn – kan jeg ikke sende dig Tøjet før i de første Dage af næste Uge – Skoene kom gud ske Lov saa du kan blive pæn Søndag send saa de andre straks maaske de kan komme i Posen – nu skal jeg over at se om der er nogle Penge at faa dog maaske saa mange at du ikke skal laane til Postpenge. Det har jo været en morsom Aften paa Skolen;
+Du kan ikke forstaa mig med Hensyn til Malerierne og jeg i ligmaade men det maa vi hellere drøfte mundtlig Johannes 
+Jeg tænker først nu kommer du hjem til 1 Maj saa er det jo unøvendig at sende Tøjet skriv dog om det ligestraks 
+Vi ere raske her men [overstreget] Christine Faster Thrine hun kom slemt til Skade igaar Morges hun var som sædvanlig kommen op til Martins for at hjælpe og da hun gaar op paa en Stol for at lukke et Vindue op – styrter hun baglæns ned og slaar sit Been slemt saa hun maatte lægges paa en Seng derhenne og led meget igaar idag er det bedre – nu kommer det an paa hvornaar hun kan flyttes – det er tung Skæbne der hviler over det Hjem –
+Hør nu Johannes fra Fader, - der skal komme Penge til dig den 29, og kommer du hjem til Maj skal du faa alting sendt for vi maa nu sælge vor Havre – for hvad vi kan faa for den 
+Du kan tro her er Arbejde med Brønden oppe ved Kjærbyhus – der er kommen en Brøndsætter og du kan tro der er Arbejde. 6 Mand har pumpet i 2 Døgn – med 2 Pumper – saa fik vi tømt paa en Alen nær – Vandet strømmer saa rigelig til at efter Udregning kan den Vandaare – 750 Tdr. Vand i Døgnet.
+Idag er Gartner Hansen her og planter os 20 Frugttræer Æbler i vor Jord ved Møllen paa begge Sider af Vejen – 
+Nu er Kl formange Lev vel og Gud Fader være med dig
+Din trofaste Moder</t>
+  </si>
+  <si>
+    <t>1899-05-22</t>
+  </si>
+  <si>
+    <t>Alhed Larsen</t>
+  </si>
+  <si>
+    <t>Erikshaab</t>
+  </si>
+  <si>
+    <t>Victor Bøttern
 Andreas Larsen
-Johannes Larsen
+Jeppe Andreas Larsen
 Marie Larsen
+Vilhelmine  Larsen</t>
+  </si>
+  <si>
+    <t>Johannes Larsens forældre er flyttet til en ny lejlighed, og Larsen betragtede aldrig "den anden Lejlighed som mit Hjem". Dette må betyde, at I.A. og Vilhelmine Larsen fraflyttede deres store lejlighed i købmandsgården, Langegade 50, Kerteminde, da grosserer Victor Bøtterne forpagtede købmandsgården. De boede formodentlig i en mindre lejlighed i ejendomskomplekset (som altså ikke var Johannes Larsens barndomshjem) og er nu flyttet til en tredje. I oktober 1900 flyttede I.A. og Vilhelmine Larsen til Kjærbyhus i Kerteminde. 
+"kys lille Jeppe": Alhed og Johannes Larsen kaldte de første uger deres nyfødte barn Jeppe. Han fik navnet Jeppe Andreas og blev kaldt Andreas og Puf.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har hjulpet sine forældre med at flytte til en ny lejlighed. Han har haft ondt i øjnene på grund af modvinden dagen før.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/JAzF</t>
+  </si>
+  <si>
+    <t>Kjerteminde 22 Maj 1899.
+Kæreste Alhed!
+Jeg sidder nu inde i den ny Lejlighed og skriver, vi har flyttet hele Dagen og er nu paa det nøjeste færdig med Skilderier paa Væggene og Blomster i Vinduer og alle Møbler paa Plads. Vi har spist til Aften hos Grossereren og senere været deroppe at drikke Kaffe incl. Frk. Lau, som kom med Posten. Jeg tager mig det ikke nær at vi har flyttet, her kan være lige saa rart og jeg har aldrig betragtet den anden Lejlighed som mit Hjem. Marie kom saa ikke derned i Dag men hun kommer nok i Morgen. Her har været en væmmelig Kulde i Dag og jeg har hele Dagen været øm i Øjnene af Modvinden i Gaar, saa det har jo passet helt godt at kunde hjælpe til med Flytningen. Marie siger nu at hun rejser med Dagvognen i Morgen og tager saa dette Brev med. Nu maa jeg holde op Skrivebordet staar i Sovekammeret og Fader og Moder vil i Seng. Tjalfe er sød, han har gaaet og passet paa mig hele Dagen og af og til ytret Misfornøjelse med Flytningen. God Nat min allerkæreste Ven, kys lille Jeppe. Mange kærlige Hilsner fra Din
+Johannes Larsen</t>
+  </si>
+  <si>
+    <t>1899-7</t>
+  </si>
+  <si>
+    <t>Peder Hansen
+Alhed Larsen
+Jens  Nielsen</t>
+  </si>
+  <si>
+    <t>Alhed og Johannes Larsen opholder sig muligvis på henholdsvis Erikshaab og Svanninge Kro, for at beskytte deres lille søn Puf mod en kighosteepidemi.
+Anders er muligvis en karl, der jævnligt arbejder for familien Larsen.
+Hverringe er et gods nord for Kerteminde.</t>
+  </si>
+  <si>
+    <t>Familien Larsen i Kerteminde har travlt med markarbejde. I.A. Larsen har henvendt sig til byrådet i en sag, men endnu ikke fået svar.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/JuzW</t>
+  </si>
+  <si>
+    <t>Kjærbyhus
+Kjære Johannes!
+Byraadet har ingen Svar givet endnu. Jens Nielsen vilde ikke. nu har Fader tænkt paa Marskandiser Hansen det er dog en Mand med lidt Forstand i Panden, jeg skal i dag se at skaffe Penge at sende Alhed i Aften, vi fik ikke Anders – men igaar fik vi 2 en Jyde og en Fynbo, Jyden skal til Hverringe om 8 Dage men vi har haardt Brug for ham den Tid
+Kjærlig Hilsen til Eder begge. Din Moder</t>
+  </si>
+  <si>
+    <t>efterår 1900</t>
+  </si>
+  <si>
+    <t>Adolph Larsen
+Alhed Larsen
+Andreas Larsen
+Jeppe Andreas Larsen
+Marie Larsen
+Ditlev Nielsen
 Christine Swane
-Astrid Warberg-Goldschmidt
-[...83 lines deleted...]
-[Indsat s. 1 i venstre margen, lodret:] Blækstiften er et Ærme</t>
+Peter Thomsen, tømrermester
+Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>Alhed og Johannes Larsen er på Erikshaab - Alheds barndomshjem. Lille Kærbyhus i Kerteminde, var en avlsbygning, som blev indrettet til bolig.</t>
+  </si>
+  <si>
+    <t>Huset er ved at blive renoveret og Vilhelmine Larsen glæder sig til at bage æbleskiver til rejsegildet. Lille Puf er muligvis syg på Erikshaab. Agraren er muligvis på efterårsmanøvre ved Risinge udenfor Kerteminde. Der spørges bekymret til Alheds far, som ikke er helt rask.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Xlv1</t>
+  </si>
+  <si>
+    <t>Lørdagaften
+Kjæreste Johannes!
+Dit Brev modtog vi i Aftes ved Sengetid, jo Fader var da gaaet til Ro han skulde nemlig rejse med Nattoget til Korsør, inden han rejste gav jeg ham Brevet og vi haabede saa at der skulde blive Mønt derovre. Han kom nu for lidt siden og der var til min Sorg ingen Penge de vare gaaede til Skatter og deslige; men saa skal vi imorgen det er Søndag gjøre os al mulig Umage
+Du kan tro vi længes saa umaadelig efter Eder alle 4 og skal nok virke. Gud styrke de syge oh min lille Puf fortæl ham dog om os at vi ikke skal være fremmede for ham naar han nu kommer
+Her kom saa dette Brev fra Kjøbenhavn; det er dog et med Besked i. Rammer er her ingen kommen af; men vi skal gaa derned imorgen, det er de sammen flittige Arbejdere ovre ved Huset og Thomsen tilseer dem. Saa vi haaber snart rejser sig og Æbleskiverne bages hvor skal jeg dog blive glad
+Fader har taget Ditlev Nielsen til at hænge Dørerne paa vores. Vi ere saa trætte i Aften fordi vi har vaaget og Soldater Travlhed
+Pigebørnene har 2 Gange gaaet for at vilde træffe Agraren men kom for sent begge Gangene. Han skal ligge op efter Risinge han kommer maaske i morgen.
+Hils nu alle dine Kjære vi taler meget om Godsforvalterens Befindende. Det siger I os aldrig noget om. Paa snarllig Gjensyn. Din Moder</t>
   </si>
   <si>
     <t>1900-01-14</t>
   </si>
   <si>
     <t>Jeppe Andreas Larsen</t>
   </si>
   <si>
     <t>Vilhelm Larsen</t>
   </si>
   <si>
     <t>Kerteminde
 Kærbyhus Ladegård</t>
   </si>
   <si>
     <t>Ditlevslyst pr. Korinth</t>
   </si>
   <si>
     <t>Adolph Larsen
 Johannes Larsen
 Vilhelmine  Larsen</t>
   </si>
   <si>
     <t>Det vides ikke, hvem R. Pedersen var. 
 "Den, der ved Sessionen trækker Frilod, ansættes strax ved Forstærkningen, hvorved han bliver staaende i Fastmandsclassen i 16 Aar og siden i Reserveclassen indtil det fyldte 45de Aar. SchousForordn.1842.593." 
@@ -339,207 +236,558 @@
     <t>I.A. Larsen kan ikke undvære penge til sønnen. Adolph har trukket frilod, og det er herligt, at han slipper for dette vinterophold. 
 Johannes er ikke kommet endnu, men han kommer måske til jagten. 
 Hveden er i hus, og havren skal høstes næste dag. Høet er ikke slået endnu. 
 Med Guds hjælp bliver alt nok godt igen.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/6J5k</t>
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:]
 Forstkandidat
 Hr. Vilhelm Larsen,
 Ditlevslyst
 pr. Korinth.
 [Håndskrevet på kuvertens bagside:]
 Afs. I.A. Larsen. Kærbyhus Ladegaard pr. Kerteminde.
 Poststempel
 [I brevet:]
 Kærbyhus Ladegaard
 Kjære Vilhelm!
 Vi venter forgjæves paa Brev fra Dig men nu fortalte R Pedersen at den 7 skulde I indkaldes saa maa jeg nok til det Penge kan vi ingen undvære min Ven for der er altfor stor Brug for dem, - og saa haaber vi paa at Du nok klarer Dig. Adolph var hjemme i Søndags og han [oven over linien skrevet ”han”] fik sig en Frilod var det ikke herligt. han var meget glad kan Du tro; han havde gaaet hen at for at kjøbe sig en Frilod om han ikke havde trukken fri saa den Udgift sparer vi da. Underkorporalprøven faldt ikke ud til hans Fordel Geografi og Historie slog ham ned – De andre mente det var for tillagte; men Adolph sagde Nej: En af Sersjanterne sagde ”ja” der er jo nogen der er for kloge - . Naa vi kan jo være glade at han slap for det Vinterophold; han saa ellers saa godt ud og var saa glad. Johannes er endnu ikke kommen tilbage og vi hører intet derfra saa de kommer maaske nu til Jagten, her er mange Høns i Aar. Vores Høst er fremmet saameget, at Hveden er i Hus og Bygget lige til at kjøre sammen, Havren skal høstes i Morgen og saa er der en Dags Arbejde til med Maskinen, Høet staar i Hjelmen og det paa Stranden er ikke slaaet endnu, men det naaes vel altsammen; med Guds Hjælp bliver nok alt godt igjen for vi to gamle Forældre som kun har Eders Vel for Øje og har arbejdet saa trolig med hinanden, det maa lykkes – det er min faste Tro! 
 Naa min kjære Søn lev nu vel i den kommende Tid gid at du ogsaa maa faa godt Vejr at du maa faa gode Quarterer ønsker jeg af mit ganske Hjærte, men skriv os til saa ofte du kan: hører Du det er os saa stor en Glæde at høre fra Eder. Kjærlig Hilsen fra os alle – 
 Din Fader.</t>
   </si>
   <si>
-    <t>1928-04-28</t>
-[...16 lines deleted...]
-Erling Kristensen
+    <t>1900-4</t>
+  </si>
+  <si>
+    <t>Adolph Larsen
+Alhed Larsen
+Andreas Larsen
+Jeppe Andreas Larsen
 Marie Larsen
-Ellen  Sawyer
-Janna Schou
+Anna Madsen
+Theodor Philipsen
 Christine Swane
-Astrid Warberg-Goldschmidt
-[...71 lines deleted...]
-Bodild Holstein
+Kristian Zahrtmann</t>
+  </si>
+  <si>
+    <t>Alhed Larsen opholder sig hos sine forældre på Erikshaab, sammen med sin søn Puf. Johannes Larsen opholder sig i København. 
+Haabet = Erikshaab, Alhed Larsens barndomshjem på Sydfyn.
+Det er uvist, hvem greven på Langeland er.</t>
+  </si>
+  <si>
+    <t>Vilhelmine Larsen opmuntrer Johannes, som er ked af, at han endnu ikke har solgt noget på udstillingen. Der bliver bygget om i Kerteminde.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/J2KL</t>
+  </si>
+  <si>
+    <t>Kjære Johannes
+Du maa tro jeg er bleven en sær Én. Vi har ledt først jeg senere Marie men ingen Kunsthistorie, hvor er den dog henne. Idag kom der brev fra Alhed, det var fornøjelig at høre om Eders lille Skat; men hvornaar Du kom vidste hun ikke lad mig endelig høre det for at jeg i god Tid kan faa skuret derude, vi blev narrede med vores svenske Pige hun kommer vist ikke mere. Her er jo en Kone der malker men det er alligevel ikke en Pige. Eders lille Anna har været her idag hun vil hjælpe mig i Paasken for nu idag begyndte Ferien.
+Johannes jeg kan mærke du har tabt dit Humør fordi der ikke sælges noget; men det kommer min Ven. 
+Faer er endnu højt oppe og siger der er langt til [ulæseligt ord] hvorfor kjøbte nu denne Greve paa Langeland ikke din Hund… han gav der 3,000 ud paa Charlottenborg; maaske saadanne Herrer ikke gaar paa den ”Fri” det er nu ligemeget med alle de store. Sig mig kun [ulæseligt ord] hvad Zarthman og Phillipsen sagde om dine Arbejder og de andre Venner
+Vi har Adolph hjemme og han hænger i med at hjælpe Karlene at vi kan kjøre sammen til Murerne.
+Imorgen Johannes er det Meningen at vi skal have Skillerummene op i Laden det er paa Tiden naar vi skal herud fra den 19 – men nu har vi bestemt os til at sove i vores gamle Sadelkammer ovenpaa og saa Marierne paa dit Værelse – hvordan vi skal med Maden og Karlene har jeg foreslaaet at de kan sove i Lysthuset indtil der bliver istand til dem
+Her er i disse Dage ved at blive rejst Plankeværk om Bygaarden, vi holdt Arbejdere til at bryde Hegnet ned og der blev nogle dejlige Grundsteen til dit Huus
+Jeg er saa træt Johannes for jeg har vadsket lidt om Dinemor idag og det regner hver Dag saa jeg skal se om vi kan faa det tørret i Morgen!
+Du kan tro jeg glæder mig til du kommer hjem. Din And vil vist snart ligge.
+Det kan være Adolph tager ned til Haabet en af Helligdagene. Det var Meningen at Marie vilde have været med; men Sygeplejersken mener hun gjør klogest i at blive i Ro.
+Nu lev vel og vær saa kjærlig hilset af din hengivne Moder der stadig beder for Eder</t>
+  </si>
+  <si>
+    <t>1900-04-26</t>
+  </si>
+  <si>
+    <t>Marie Larsen
+Vilhelmine  Larsen</t>
+  </si>
+  <si>
+    <t>Christine Swane</t>
+  </si>
+  <si>
+    <t>Anna 2 -
+Ole Bager
+Victor Bøttern
+Christian Eckardt
+Margrethe  Eckardt
+Erik Henrichsen
+- Holm, skovrider
 Adolph Larsen
-Axel  Müller
-[...59 lines deleted...]
-Jeg går op til Toget med dette, så har du det for omgående! Nu er Nus kommen hjem – hun hilser!</t>
+Alhed Larsen
+Georg Larsen
+Jeppe Andreas Larsen
+Johannes Larsen
+lille Larsen
+Marie Larsen
+Vilhelm Larsen
+Vilhelmine  Larsen
+Olga Lau
+Ida Olsen
+Theodor Philipsen
+Anna Rosenørn
+Elisabeth Storm
+Hempel Syberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Man er ved at gøre Kærbyhus klar til indflytning, samtidig med at man rømmer Købmandsgården.
+Christine Swane bor midlertidigt hos familien Lau i Næstved.
+Den omtalte udstilling er på Charlottenborg.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv</t>
+  </si>
+  <si>
+    <t>Malerne deltager i udstilling. Alhed Larsen har solgt billedet med flox til Hempel Syberg. Chr. Eckardt har også solgt et billede på udstillingen. Der er en forespørgsel til Johannes Larsen, om han vil kopiere evighedsblomsterne.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/NaCo</t>
+  </si>
+  <si>
+    <t>Kerteminde d. 26 - 4 1900
+Kære Ugle!
+Tak for Dit sidste Brev, jeg sender Dig her Din Trøje, nu lader det jo til at det bliver varmt igen, det har ellers været meget koldt her de foregaaende Dage Vi har nu faaet Køerne paa Græs og i Dag skal Hestene flyttes om i et Baghus som Faer har lejet, det ligger omtrent henne ved Ole Bagers, der er ogsaa et Kammer som Karlene kan ligge i, saa nu er vi snart herude af med alt muligt; Bøttern har jo lejet Staldene og han har haft meget travlt med at faa os bort. Oppe i Laden arbejdes der flittigt, Faer mener at vi paa Mandag kan begynde at flytte derop, i det mindste faa Køkkenet og stuerne i Orden, saa kan vi jo godt gaa herned og sove en lille Tid endnu; der kan ikke være tale om at opsætte flytningen en eneste Dag, saasnart det er færdigt deroppe, Du kan nok forstaa at vi har det meget knebent for Tiden, med Sovekammer Spisestue og Dagligstue i et Værelse og desuden er det ogsaa dyrt at faa Middagsmad i Byen til Folkene, vi har foruden Karlene tre Tømrere paa Kosten, saa vi længes bare efter at faa vor egen Husholdning igen.
+Naar det bare maa blive godt Vejr igen tænker jeg ogsaa nok at det skal gaa med mine Ben, de var bleven rigtig gode, jeg var jo ude at gaa i Søndags og Mandag og Tirsdag var det ogsaa godt, men da saa Vejret slog om Tirsdagaften kunde jeg straks mærke det og i Gaar og i Dag har det været daarligt, men i Dag er Vejret jo godt igen, saa jeg haaber paa at de skal være bedre i Morgen.
+Alhed har solgt billedet med Floxene til Onkel Syberg, der var Brev i Dag fra udstillingen at Pengene laa til hendes Disposition men hun vidste det nok i forvejen; Johannes har haft Brev fra Overretssagfører Henrichsen, at han forleden Dag havde set Evighedsblomsterne ude hos Philipsen og saa vilde han gerne spørge om Johannes ikke vilde copiere dem, saa vilde han have det i stedet for Akvarellen han har købt; jeg tror nok Johannes vil gøre det for 200 Kr. men han har ikke svaret ham endnu, saa du skal ikke tale om det til nogen. Forleden Dag talte jeg med Klaks i Telefonen, han fortalte at han nu er bleven Assistent dernede, lille Larsen er rejst, jeg kunde ikke forstaa hvorhen og saa havde Klaks faaet hans Plads, han skal foreløbig være der til Efteraaret og hvis Holm faar noget andet kan det jo være at han slumper til at faa Pladsen. Vi har haft et Par Breve fra Agraren, han er naturligvis mør i alle Lemmer nu i Begyndelsen; han er ikke videre begejstret over Soldaterlivet, han skrev sidst at naar han fik at vide hvad Dag Du kom kunde det være at han kunne komme ned til Færgen og hilse paa Dig, Moer og jeg har talt om at du maaske kunne tage med et tidligt Tog og saa opholde Dig nogle Timer i Nyborg. Kærlig Hilsen Din hengivne Marie
+Kjære lille Ugle
+Mange Gange tænker jeg paa at skrive men derved bliver det, her er saa meget der tager min Tid og Kræfter at jeg er saa træt om Aftenen for jeg maa jo tidlig op Kl. 6 skal Tømrernes Kaffe staa skjænket, vores Petroleumsapparat er i Brug og det gaar helt godt men jeg længes jo snart efter at vi var oppe hos os selv, Vejret er kjølt dog kan vi jo ikke tænke os bedre Byggevejr for det trækker ind igjennem Vinduerne saa det er en Lyst Ruderne er ikke sat i endnu for Tørringens Skyld.
+Ida Olsen var herinde hun rejser til Kjøbenhavn i morgen med Exprestoget herfra, bliver derovre et Par Dage skal bo i Stokholmsgade og vil da besøge Margrethe vi sagde det var bedst imellem 2 og 3 sig dog til Onkel at jeg blev saa glad ved at han solgte sit ene Billede det andet gaar ogsaa nok inden Udstillingen lukkes det maa være dejligt. Hils nu ogsaa Dumpe mange Gange det skal blive morsomt at faa en mundtlig Hilsen fra de kjære Børn.
+Her er saa koldt i disse Dage – hils nu ogsaa Olga Lau mange Gange hils ogsaa Frøken Rosenørn og tak hende rigtig godt lille Dinemor for den Tid du har været der dennegang.
+Ja nu begynder Foraaret, det tegner til mange Blomster paa Pæretræet i Aar og Guldregn men hvem der skal holde Orden i Haven det ved jeg knap for det lader ikke til at nogen vil gjøre Arbejdet der bliver fint i Bagergaarden nu der er sat Plankeværk over Gaarden saa der er ingen Mødding at se paa mere den Kasse er brækket ned og al Gjødning puttes ind i Faarehuset, nu fortrækker vi snart med alle. Karlene flytter i Aften de skal sove i et Huus vi har lejet Fru Storm spiser hos Georgs fremdeles – det er nemt og der faar hun god Mad i dag er det nok Astrids Varbergs Fødselsdag vi har plukket de Hyacinther der er i Haven de skal vist ned til hende naar nu Marie kommer ned hun er oppe at leje sig lidt
+Gud ske Lov Du er rask min lille Pige Gud føre dig sund og vel hjem til os igjen inden ret længe og velsigne al din Gjerning 
+Du fik vel dog Brevet med 10 i du maa altid svare straks – for min Skyld jeg er meget urolig for at de komme i rette Hænder
+Din Moder</t>
+  </si>
+  <si>
+    <t>1900-05-05</t>
+  </si>
+  <si>
+    <t>Rørholmsgade 
+Hverringe Gods
+Fåborg Museum
+Assensvej 198  
+Klintevej  5300 Kerteminde
+Vilhelminevej</t>
+  </si>
+  <si>
+    <t>Christian Eckardt
+Ingeborg  Eckardt
+Ferdinand Louis Gjellerup
+Andreas Larsen
+Georg Larsen
+Jeppe Andreas Larsen
+Johannes Larsen
+Lars Larsen
+Vilhelmine  Larsen
+Marie   Larsen, Georg Larsens datter
+Anna Marie  Larsen, Georg Larsens hustru 
+Vilhelm Larsen, Georgs søn
+Fritz Levy
+Amalie Lindberg
+Susanne Lindberg
+Jens Ferdinand Willumsen</t>
+  </si>
+  <si>
+    <t>Anna Marie Larsen blev muligvis opereret i København på "Røde Kors Klinik" for ubemidlede. Her arbejdede Frits Levy fra januar 1896-december 1900.(Den Danske Lægestand 1907-1915 Jacob Lunds Forlag 1915).
+Christines lærer på dette tidspunkt er J.F. Willumsen. 
+Haabet = Erikshaab - Alhed Larsens barndomshjem, som ligger nord for Faaborg på Fyn .
+Alhed og Johannes Larsen bor på Feden i Kerteminde i et af IA Larsens huse.</t>
+  </si>
+  <si>
+    <t>Georg Larsens kone skal opereres i København. Det glæder Vilhelmine Larsen, at Christine Swane er tilfreds med sin lærer. Byggeriet går fremad på - formodentlig- både Lille og Store Kærbyhus.
+Johannes Larsen skal til Faaborg med en akvarel. Han er ved at forberede en jagtudstilling.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/oaIp</t>
+  </si>
+  <si>
+    <t>Kjerteminde den 5. Maj 1900
+Kjære Christine!
+Du vil jo ogsaa gjerne høre et lille Ord om Søndagen denne gang er det just ikke af de glædelige Georg og Marie kommer vistnok en af de første Dage til Kjøbenhavn hun er bleven bleven undersøgt af Gellerup og han raadede til en Operation hos Professor Levy der er skreven derover og de venter Brev i Morgen er der Plads saa rejser de, I kunde da for en [ ulæseligt ord] se ud paa Banegaarden Søndag ellers skal jeg nærmere skrive Dagen det gjør mig meget ondt for dem, godt er det at vi er her, og Børnene holder saameget af os vi kommer over det om vor Herre vil hjælpe os at Operationen maa gaa vel det er en Svulst der trykker paa Blæren saa hun lider meget naar Vandet kommer – men det kan jo være det ikke er saa slemt naar Professoren kommer tilstede, I kan nok tænke at det er Alvor, et Gode at Marie er sygeforsikret saa hun faar daglig Hjælp; men det er jo ligefuldt en dyr Historie.
+Georgs skal faa din Trøje med for nu bliver det jo varmt. Hils Eckardt saameget sig Dem jeg blev saa glad at Onkel solgte det andet Billede, men er her ikke Tid for mig at skrive mere end til dig.
+Med Bygningen gaar det godt frem men der vil da gaa en 14 Dage endnu inden vi kan komme derop; men nu er vi jo ogsaa nødvendige her saalænge
+Det glæder os at du mærker Fremgang og er fornøjet med din Lærer – det var da godt for ham at han fik de 1000 Kr i Præmie -.
+Nu skifter jeg for Marie vil skrive med Hils Alle du hilses saa kjærligt fra din Moder – 
+Kære lille Ugle!
+Nu vil jeg med det samme skrive et Par Ord. Vi sidder jo endnu her paa Soveværelset, med det gaar da godt fremad med Byggeriet, jeg var deroppe med Faer og Moer i Gaar, 2 Værelser er nu fuldstændig færdige med Undtagelse af at lægge Gulv,og det kan jo gøres i en Fart, vi har 3 Tømrere, de 2 andre Værelser bliver færdige paa Tirsdag, de 2 Gavlværelser er ogsaa omtrent færdige, der bliver en storartet Udsigt især paa det ene, man ser baade Vandet, Klinten og Verringelandet, hvor det bliver yndigt at komme derop og hvor jeg glæder mig til at faa Dig hjem, det har været saadan en lang trist Vinter, saa jeg haaber at vi nu skal faa det lidt fornøjeligt naar Du kommer, men Du kommer til at finde Dig i at gaa smaat, naar jeg skal med ud at spasere , jeg kan ikke faa Benene med, det har været dårligt en Tid igen, men i Gaar og i Dag synes jeg dog det er det bedste det har været, saa jeg maa ikke klage; i Dag er det 3 Maaneder siden jeg havde Docktor første Gang, sommetider bliver jeg saa angst for at jeg aldrig kommer mig rigtigt, men saa ler de andre af mig og siger at det er noget dumt Snak. Bare dog Operationen maa gaa godt for Marie, det er saa ængsteligt at tænke paa, men nu om Tide kan Lægerne jo gøre det utroligste med Hensyn til Operationer, saa maa vi haabe paa det bedste. Er Ingeborg saa kommen? Hils dem alle fra mig, der glædede os saameget at Onkel igen har solgt et Billede. Sig mig har du hørt eller set noget til Lindbergs i den sidste Tid, jeg talte i Gaar med Amalie Lindberg og hun fortalte mig at Susse havde faaet en Søn allerede i Marts Maaned, jeg blev meget forbavset da jeg ikke troede at det var saa snart det skulde ske og det undrer mig ogsaa at Susse ikke med et Ord har ladet mig det vide, hils fra mig naar Du siger Farvel derude. Johannes tager til Faaborg i Morgen med den Akvarel som Lars Larsen har købt, han kommer tilbage igen i Morgenaften for han har saa travlt med sine Billeder til Jagtudstillingen. Gaien er bleven en Del tykkere nede paa Haabet, han er rigtig sød. Nu maa Du endelig skrive op alt hvad Du giver ud i disse 14 Dage og lad os i god Tid vide hvor mange Penge Du skal have inden Du rejser fra Byen, Du er nok sød og sparer saa meget som muligt, der gaar en frygtelig Masse Penge til nu vi har Haandværksfolk hver Dag, Jeg glæder mig til Brevet i Morgen. De kærligste Hilsener fra Din hengivne Søster Marie.</t>
+  </si>
+  <si>
+    <t>1900-10</t>
+  </si>
+  <si>
+    <t>Højrup
+Langeland
+Dosseringen, Kerteminde</t>
+  </si>
+  <si>
+    <t>Dora -
+Andreas Larsen
+Johanne Christine Larsen
+Christine  Mackie
+Christian Mogensen
+Otto Emil  Paludan
+Sigurd  Swane
+Albrecht  Warberg
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Alhed Larsen er hos sine forældre med sønnen Puf. I Kerteminde er Johannes Larsen i gang med flytning fra Feden til Lille Kærbyhus. De skiftede adresse hertil 18. oktober 1900.
+Laura og Christine Warberg skal til Sandholt: Her boede deres bekendt Nicoline Nobel von Sperling.</t>
+  </si>
+  <si>
+    <t>Alhed er hjemme hos forældrene med sønnen Puf. Han skal på køretur med sin bedstemor. 
+Alhed spørger, hvornår flytningen er overstået. Hun beder Johannes Larsen måle deres gulvtæppe. 
+Mogensens har fået en lille pige, og Alhed ønsker, at hendes ufødte barn også er en pige.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/FVb7</t>
+  </si>
+  <si>
+    <t>Min egen kære Larsi!
+Jeg kom ikke op i Gaar [a]lligevel, da Hosten var [tem]melig slem. I Nat har [jeg] ogsaa hostet en Del, men [nu] staar jeg alligevel op [noget af papiret mangler]den, det kan ikke [n]ytte noget at blive ved at ligge og vente paa det skal gaa over, jeg har saa sent ved at slippe Hoste, naar først jeg har faaet det. Ellers har vi det godt, lille Puf er sød og god, han ligger og roder om her paa Gulvet, mens jeg skriver. Han skal med sin Bedstemor en Køretur med Dora ned til Højrup at hente Tante Mornine der kommer fra Langeland med 11 ½ Toget. Fader, Moder og Christine skul[de] til Sandholt til Mi[noget af papiret mangler] vi andre vente halv[noget af papiret mangler] Klaxen. Tak for [Dit] Brev i Gaar, det glæ[der] mig, at Du gaar paa Jagt, saa kommer Du forhaabentlig til at se lidt bedre ud, end Du [gj]orde. Hvornaar antager Du, at Flytteriet er overstaaet, saa vi kunne komme ned til Dig? Kan Du ikke maale vores grønstribede Gulvtæppe ude paa Feden nøjagtig, jeg skal jo have lidt mere Tøj. Jeg misunder Mogensen forfærdelig deres lille Pige, jeg bliver mere og mere spændt paa [a]t vi skulle have [en l]ille Pige denne Gang, det var forfær[del]ig sødt ikke sandt? Fru M. har det saa udmærket. Mogensen havde ”spurgt” forleden at Fader og Moder var i Odense, hvorfor ha[noget af papiret mangler]mørke hernede sad og drak Toddy til Kl. 11 ½ med Palam og Johanne. Han passede lige at være herude af til de kom fra Stationen. Han er en sjov Kamerat.
+Saa nu skal de køre! 1000 kærlige Hilsner Kys fra [noget af papiret mangler] og Din egen Al[hed]
+Søndag</t>
+  </si>
+  <si>
+    <t>1900-10-04</t>
+  </si>
+  <si>
+    <t>Andreas Larsen
+Marie Larsen
+Hedevig Lützhøft
+Nicolaus Lützhøft
+Sophus  Meyer
+Peter Nielsen
+Christine Swane</t>
+  </si>
+  <si>
+    <t>Alhed og Johannes Larsen flyttede 18. oktober fra en arbejderbolig på Feden i Kerteminde til Lille Kærbyhus i den anden ende af byen. Deraf nok ordene om at flytte høns, ur mm.
+"Marie glæder sig til at halte med dig": Af de følgende breve fra Johannes til Alhed Larsen fremgår det, at hun har ondt, halter og må ligge i sengen. Alhed Larsen er hos forældrene på Erikshaab.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har sat billedet af evighedsblomsterne i ramme. Han har hentet hønsene sammen med Peter Nielsen. Uglen har hjulpet med at flytte det gamle ur.
+Plesner har sendt tegningerne til huset.
+Larsen kan sove hos Lützhøft i København. Han har 5-6 billeder, som kan udstilles til foråret og når nok at lave flere i vinter.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/8efm</t>
+  </si>
+  <si>
+    <t>Kjerteminde 4 October 1900
+Min egen kæreste Alhed!
+Tak for Dit Brev i Dag, som glædede mig meget. Jeg fik Evighedsblomsterne sat i Ramme i Gaar og havde i den Anledning en Del Ærgrelse, Blendrammen og Rammen, som for øvrigt passede sammen var 1 ” kortere paa den ene Led og ½ ” paa den anden og saa var Rammen bronceret! Jeg var ude for at hente Hønsene i Dag og paa Vejen var jeg henne og fik Peter Nielsen med for at hjælpe mig med at faa dem i en Kurv, der saa jeg Gravandriken svømme om, den var nydelig nu og havde faaet sin gamle Kulør igen. Vi fik saa Hønsene i Kurven og fik dem herop. Jeg kunde nok mærke at Meyers ikke vare videre stolte af at beholde dem længere, der laa et Æg som de fik til Afsked. Jeg er bange for at Pakken jeg sendte i Gaar kom for sent af Sted, saa Du faar vel 2 Breve i Morgen i Stedet for et i Dag. Jeg længes efter Jer begge 2, hvad er det for noget Vrøvl, Du plager mig jo slet ikke. I Dag har Uglen og jeg flyttet det gamle Uhr herop og pudset det lidt af, det er smukt. Tegningerne til Huset er kommen fra Plesner i Dag og Fader er meget optaget af dem. Jeg har haft Brev fra Lützhøffts i Dag at jeg kan være der om Natten og rejser der over i Morgen. Marie glæder sig til at halte med Dig. Mit Humør er ligesom lidt bedre i Dag, jeg har set paa mine Billeder og der er jo dog 5-6, som kan sendes ind til Foraaret, som de er og saa faar jeg jo nok lavet noget mere i Vinter. Ja nu ved jeg ikke mere denne Gang. Mange kærlige Hilsner fra
+Din
+Johannes Larsen</t>
+  </si>
+  <si>
+    <t>1900-10-16</t>
+  </si>
+  <si>
+    <t>Niels Bom
+Lars Bom 
+Harald Hansen
+Carl Høyrup
+Adolph Larsen
+Andreas Larsen
+Vilhelm Larsen
+Vilhelmine  Larsen
+Anna Madsen
+Otto Emil  Paludan
+Karl Petersen
+- Sørensen
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Alhed Larsen er formodentlig hos sine forældre på Erikshaab, mens Johannes Larsen indretter parrets nye bolig i Kærbyhus, Kerteminde. De meldte adresseændring 18. oktober 1900.</t>
+  </si>
+  <si>
+    <t>Johannes Larsens undervisning ved Teknisk Skole begyndte 1. oktober. Hans klasse skal tegne klodser og gips. 
+Høyrups flytter.
+Larsen sender 80 kr. og har opstillet et regnskab over sine udgifter.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/pZOj</t>
+  </si>
+  <si>
+    <t>Kjerteminde 16 Octbr 1900
+Min egen kæreste Alhed!
+Bare Du har det noget bedre nu, jeg længes meget efter at høre fra Dig og er saa bange for at den slemme Forkølelse skal blive ved i længere Tid. Teknisk Skole begyndte første Octbr, og Pladsen har staaet og ventet paa mig, jeg skal have en Klasse for mig selv oven paa og kun have Elever der tegner Klodser og Gips i Fjor var der kun 9 i den Klasse jeg tænker ikke det bliver saa slemt. Jeg begynder i Morgen Aften og faar 2 Timer Onsdag, Fredag og Lørdag, altsaa 6 Timer ugentlig, det tiltaler mig at der altsaa bliver nogle Fridage først i Ugen. Agraren kom i Gaar. Moder har nok skreven om at Høyrups flytter, de ere ved at pakke inde. Dis vil de nok have, men de vare bange for at der skulle blive for meget at bestille for hende i det store Hus og for hvad hun kan ud i Retning af Mad. De fæstede en rigtig pæn Karl i Gaar som var med samme Tog som jeg. Jeg sender her 80 Kr. de andre har jeg anvendt paa nedenstaaende Maade.
+Karl Petersen 125
+Snedker Bom 1800
+Skomager Bom 18,25
+Sørensen 900
+Steen 2000
+Harald Hansen 300
+Anna 600
+Paludan 2000
+-----------
+95,50
+Der var Brev fra Klaks i Dag med Fotografier i Uniform. Agraren og jeg ligger paa Atelieret. Mange kærlige Hilsner til Dig og den lille søde Puf. Hils ogsaa de andre, jeg kom jo saa trekantet af Sted fordi jeg ikke kunde finde min Hue.
+Din
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1900-10-18</t>
+  </si>
+  <si>
+    <t>Kertinge</t>
+  </si>
+  <si>
+    <t>Astrid Bøttern
+Victor Bøttern
+Adolph Larsen
+Andreas Larsen
+Jeppe Andreas Larsen
+Vilhelmine  Larsen</t>
+  </si>
+  <si>
+    <t>"den pige i Kertinge": Det fremgår af et senere brev fra Johannes Larsen til Alhed, at man har spurgt en pige i Kertinge, om hun vil i huset hos Larsen-familien (formodentlig hos Vilhelmine og I.A. Larsen), men at hun har lovet sig væk til andre. 
+Johannes Larsen flytter familiens ejendele fra lejligheden på Feden i Kerteminde til Kærbyhus, som dengang lå udenfor sognegrænsen.
+Reformkjole: Reformdragten var en klædedragt til kvinder uden korset. Den opstod i 1851 og udvikledes fra 1870erne. I Danmark udgav Dansk Kvindesamfund 1887 bogen Om Sundheden og Kvindedragten. 
+Alheds "anden Daarlighed": Hun har i flere breve skrevet om, at hun halter og må ligge i sengen.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen sender en kuffert med tøj til Alhed. Han har betalt skat. Larsen har været på Teknisk Skole og undervise, og han beskriver lokalet for Alhed.
+Familien i Kerteminde har slagtet et får. Adolf Larsen (Agraren) og Johannes Larsen har været på jagt.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/vbQZ</t>
+  </si>
+  <si>
+    <t>Kjerteminde 18 Octbr. [noget af papiret mangler]
+Kæreste Alhed!
+Tak for Brevet. Moder har skrevet til den Pige i Kertinge. Uglen og jeg var ude at pakke Kufferten, det kneb med at finde Nøglen til Klædekisten men til allersidst fandt jeg den i den i den lille Syæske. Den blaa Reformkjole fandt vi ikke, Kufferten sendte vi med Banemærke og h[er sen]der jeg Nøglen. I Dag f[ik jeg] en Regning paa m[it] Tøj, 65 Kr. og i Forga[ars var] her en Politibetjent med en Skattebillet og med den Besked at der skulde pantes for Skatter i Dag. Fader var saa dernede i Dag og [beta]lte Skatten og meldte vores Fraflytning saa det er forhaabentlig sidste Gang vi betaler Skat til Kjerteminde, ligesom det er første. Du kan se Papiret Nøglen er i. Det gik mig temmelig godt paa teknisk Skole i Aftes der var kun indmeldt 6 Elever i min Klasse og der mødte 3, dem kan jeg nok styre. Klassen er et Rum paa ca 11 x 16 Al [med] Baase langs de 2 Vægge [noget af papiret mangler] Gibstegnere, Plads til 12 [ssa]dan: [tegning]
+[Da] Gulvet hvor jeg tidligere havde 5 eller 6 lange Borde nu er tomt saa jeg har Plads til at røre mig. Bøtterns er ved at lægge røde Teglsten paa Villaen, det ser [noget af papiret mangler] ud, bare Du nu snart maa blive færdig med den Forkølelse og den anden Daarlighed. Vi har slagtet et Faar og skal have Lever og Æblegrød ja nu ved jeg ikke mere at fortælle det var godt jeg fik Brev fra Dig i Dag jeg var begyndt at blive bange for at Du skulde være bleven saa daarlig at Du ikke kunde skrive M[ange] kærlige Hilsner Din
+Johannes Larsen
+I Eftermiddag har jeg igen været paa Jagt med Agraren vi blev dygtig [gen]nemblødt men fik en Vibe en Bekkasin og en Krikand alle dejligt fede. Viben skød jeg af en Flok, som jeg havde krøbet paa Maven ca 200 Al for at komme paa Skud, saa kom der en Vogn og forstyrrede dem og det var mig ikke muligt at faa 2 ramt af Flokken saa jeg maatte nøjes med en. Krikanden fløj op da jeg skøb Bekkasinen saa [jeg] fik en med hvert Løb det er [noget af papiret mangler]t Du kan jo ikke lide [noget af papiret mangler]. Farvel. [Ma]nge kærlige Hilsner 
+[Di]n Johannes Larsen
+Kys den lille søde.</t>
+  </si>
+  <si>
+    <t>1900-10-25</t>
+  </si>
+  <si>
+    <t>Maren -
+Carl Høyrup
+Andreas Larsen
+Jeppe Andreas Larsen
+Marie Larsen
+Vilhelm Larsen
+Theodor Oppermann
+Christine Swane</t>
+  </si>
+  <si>
+    <t>Højrup flyttede tilsyneladende fra Store Kærbyhus, som I.A. og Vilhelmine Larsen ejede, hvorefter Johannes Larsens forældre selv kunne flytte ind i ejendommen. Johannes Larsen er i gang med at flytte sine og Alheds ejendele fra deres lejlighed på Feden til Lille Kærbyhus, og han har målt gulvtæppe osv. Lille Kærbyhus var en istandsat staldbygning, der hørte under ejendommen Store Kærbyhus. Bygningerne ligger tæt på I.A. Larsens Svanemøllen mm, og nu er de beliggende i Kerteminde by. 
+Larsen underviser på Teknisk Skole, men kommer til Alhed og den lille førstkommende søndag.</t>
+  </si>
+  <si>
+    <t>Høyrup har i forbindelse med flytningen været og sige farvel. Han fik afslag på noget af huslejen.
+Johannes Larsen vil sende Alhed nogle vindruer.
+Han og familien spiser stadig af fåret - en dejlig kølle.
+Larsen render frem og tilbage mellem lejligheden på Feden og sit atelier. Han har målt gulvtæppet.
+Larsen kommer til Alhed og den lille førstkommende søndag.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/EIR8</t>
+  </si>
+  <si>
+    <t>Kjerteminde 25/10 1900
+Kæreste Alhed!
+Du fik nok ikke Brev fra mig i Gaar, men saa fik Du vel Bekka[sinerne]. Blommerne kom i [noget af papiret mangler] og nu gaar jeg ned [noget af papiret mangler]er til dem der er et stort Fad fuldt til 20 Øre. Højrups var ovre at sige Farvel og rejste i Aftes saa snart Pigen har gjort rent derovre kan de begynde at flytte ind, der Allerups har sat en Mand til at gøre Haven i Orden. Højrup bad om at faa 100 Kroners Afslag paa for Lejen for i Vinter, hvad Fader strax gik ind paa men det var jo meget dejligt alt sammen, der er en Mængde Vindruer derovre, Moder [gav mig] den Idé at sende nogle ned til Dig, jeg vil saa pakke en lille Kasse og sende i Morgen. Gud ved hvor Oppermann bliver af, her hænger den Hare og venter paa ham, vi lev[er ellers] højt paa et gam[melt] Faar i denne Tid, [noget af papiret mangler] fik vi stegt Kølle det er meget bedre end Lammekød og næsten bedre end godt Oxekød. I Dag har her været en Gaardmandsdatter fra Pejrup, som er bleven fæstet for i Vinter. Marie og Uglen var nede for at besøge Maren i Gaar, men kom ikke til at tale med hende da, Madammen var der, og hun havde lige faaet en lille Pige. Jeg er forfærdelig forkølet i Dag og render frem og tilbage mellem Feden og mit Atelier og herop op og glemmer hvergang hvad jeg er gaaet efter saa jeg faar jo [ikke besti]lt videre meget. [noget af papiret mangler] fik jeg 2 ny Elever [paa tekn]isk Skole, saa nu har jeg 6 naar der møder fuldtalligt hvad de gjorde i Aftes. Jeg maalte Gulvtæppet derude i Dag der er 3 ½ Al langt, d.v.s. det er 4-4 T kortere paa Gr. Af Sømmen og noget mindre end 3 Al bredt. Jeg glæder mig forfærdeligt meget til at se Jer nu er der jo kun et Par Dage til bare det kunde blive saa godt Vejr at I kunde 
+[komme] og møde mig ved Leddet, jeg savner Dig og Puf, jeg kommer med Middagstoget paa Søndag (herfra Kl. 11.) Jeg skal hilse fra Moder og de andre. Mange kærlige [Hilsner] til Dig og den [lille søde] fra Din
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1900-10-26</t>
+  </si>
+  <si>
+    <t>Andreas Larsen</t>
+  </si>
+  <si>
+    <t>Larsen lovede i sidste brev at sende Alhed vindruer fra (haven ved) Kærbyhus.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen sender vindruer til Alhed.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Ie7B</t>
+  </si>
+  <si>
+    <t>Kjerteminde 26-10-1900
+Kæreste Alhed!
+Her har Du Vindruerne, jeg var ved at blive bange for at der ikke var bleven ret mange tilovers da Pigen som gør rent havde 2 voxne til at hjælpe sig og 4-5 Børn som gjorde deres bedste med Klo løs paa dem i Gaar og dog af med en stor Kurv i Aftes. Nu skal jeg ind at male. Velbekomme Dig
+Din hengivne
+Johannes Larsen
+Kys den lille.
+[Skrevet på modstående side og på hovedet i forhold til brevet. Ikke Johannes Larsens skrift]
+Kærbyhus d. 21-10-1900</t>
+  </si>
+  <si>
+    <t>Andreas Larsen
+Cathrine Larsen
+Sophie Meyer
+Christine Swane</t>
+  </si>
+  <si>
+    <t>Alhed og Johannes Larsen er netop 18. oktober flyttet fra en lejlighed i nogle arbejderboliger ejet af Johannes Larsens forældre til Kærbyhus i den anden ende af byen (også ejet af Larsen). Johannes Larsen er formodentlig i København. 
+Alhed var bange for at være alene om natten, så der var ofte nogle, der sov hos hende, når Johannes Larsen var bortrejst.</t>
+  </si>
+  <si>
+    <t>Alhed og drengen har været ude at køre. Kathrine (Faster Thrine) sover hos dem om natten, og hun og Fru Meyer har hjulpet med at lægge alt Alheds tøj sammen. 
+Tjalfe (hunden) er god til at forstå, hvor den bor nu. 
+Hvis Johannes Larsen får penge, skal han give Christine (Uglen) nogle til det broderi, hun vil lave til dem.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/7RUc</t>
+  </si>
+  <si>
+    <t>Fredag.
+Min egen, kære Las!
+Gajen sidder paa mit Skød, og vi ville i Forening sende Dig en lille Skrivelse. Vi ere lige komne hjem fra en Køretur i det dejlige Vejr. Vi var oppe at se til dem, de havde det bedre begge to i Dag. Gajen var lidt af Vognen. Han har været rigtig flink siden Du rejste, sov til Kl. 6 ½ i Morges. Kathrine ligger herinde om Natten. Hun kom herind lidt efter at Du var rejst i Gaar for at spørge om jeg ikke kom lidt derind om Eftermiddagen. Jeg var saa derinde at drikke Kaffe, og da vi havde drukken Kaffe, foreslog Fru Meyer, at vi skulde tage mit Tøj ud at lægge sammen, og tænk saa hjalp de mig lige til vi var helt færdige. Det var pænt af dem, alene kunde jeg have staaet i mange Timer om det. Jeg savner Dig naturligvis meget min Dreng, og glæder mig til at faa Dig hjem igen, men jeg synes alligevel, Du skal tage det lidt med Ro, nu Du er kommen derover, hvis Du morer Dig godt. Tjalfe er helt flink til at holde til her, han var hjemme [ordet overstreget] ude at spise i Formiddags, men kom igen herud ved Middagstid. Hvis Du faar Penge, saa giv Uglen til det Broderi, hun vil sy os. Hils hende og alle de andre mange Gange. 1000 Millioner Hilsner fra Din egen Alhed.</t>
+  </si>
+  <si>
+    <t>1900-11-01</t>
+  </si>
+  <si>
+    <t>Jeppe Andreas Larsen
+Vilhelm Larsen
+Karl Petersen
+R J Steen</t>
+  </si>
+  <si>
+    <t>Johannes Larsen er i gang med flytning fra lejligheden på Feden i Kerteminde til Lille Kærbyhus i den anden ene af byen. 
+Den omtalte sofa kan stadig ses i Alhed og Johannes villa (nu Johannes Larsen Museet).</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har haft håndværkere til at se på en sofa, som skal ombetrækkes mm. Alhed skal straks svare på, hvad hun synes om planen for restaurering af møblet.
+Senere på dagen skal Johannes Larsen se på kakkelovn.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/4EbL</t>
+  </si>
+  <si>
+    <t>Kjerteminde 1 Nov 1900.
+Kæreste Alhed!
+Jeg har nu haft baade Steen og Karl Petersen oppe at se paa Sofaen. Steen sagde at der ikke var noget i Vejen for at Sadelmageren kunde tage/at faa den med det samme og jeg gik saa ned til Karl og han var med heroppe nu. Han var først meget utilbøjelig til at gaa ind paa at sætte Fjedre i den og mente at den ikke egnede sig til Fjedre og at den vilde blive bedre at sidde og ligge paa naar Hynden blev stoppet om og fik et Lag Krølhaar, men efterhaanden gik han dog ind paa at det nok kunde laves med Fjedre naar der blev gjort lidt om paa den. Omstopning og Betrækning kommer til at koste 6 Kr. og naar der skal Fjedre i kommer den paa ca: 20 Kr., men nu kommer Humlen han har fuldt op med Arbejde til den 9ende Nov., og dersom der skal Fjedre i kan han først begynde paa det efter den Tid, hvorimod han vil lave den strax naar han maa nøjes med det andet. Vi blev saa enige om at jeg skulde skrive strax til Dig og sige ham Besked fra Dig helst i Morgen, Sofaen henter han i Dag og begynder at pille det gamle Betræk af. Vil Du saa svare omgaaende? Med Hensyn til Betrækkets Anbringelse blev vi enige om det saaledes:
+[Tegning. Under den øverste tegning står midtfor: 3 Al. Til højre for tegningen står: Mahogni]
+Det øverste er godt synes jeg, men jeg ved ikke om det neds. ikke burde gaa hen langs saadan:
+[Tegning]
+Nej jeg tror det første er det bedste. Der kommer til at gaa en Del uldne Snore til som han vilde sende en Prøve af forud for at faa lavet nogle efter dersom der ikke var nogle passende at faa her i Byen. Han mente det vilde knibe at faa nok af Tøjet, som Du ser er der jo meget at betrække, men da vi havde den inde og fik det lagt paa mente han at det kunde maaske lade sig gøre. Jeg skal nu se at komme med Fader ud at se paa Kakelovne i Eftermiddag. Jeg var oppe at se paa den i Gaar, det er for Resten en nederdrægtig grim Indretning, men det er jo de fleste moderne Ovne og man maa vel ofre noget paa Bekvemmeligheden. Mange kærlige Hilsner. Din Johannes Larsen.
+Der var Brev fra Klaks om jeg vilde have en Nøddekrige.</t>
+  </si>
+  <si>
+    <t>Adolph Larsen
+Vilhelm Larsen</t>
+  </si>
+  <si>
+    <t>Johannes Larsen stod for flytning af indbo fra familiens lejlighed på Feden i Kerteminde til Lille Kærbyhus i den anden ende af byen. Imens var Alhed hos sin familie på Erikshaab.
+"Hvad var det Klax vilde give Dig?": I sit sidste brev skrev Johannes Larsen til Alhed, at Klaks (Vilhelm Larsen) ville give ham en nøddekrige, altså en fugl.</t>
+  </si>
+  <si>
+    <t>Alhed Larsen skriver om betræk på sofaen og om flytningen. Johannes må passe på ikke at slå noget i stykker. Alhed medbringer gardiner.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/vjJB</t>
+  </si>
+  <si>
+    <t>Kære Las!
+Tak for Dit Brev som Agrarmanden mødte med, da vi sad ved Aftensbordet, han vilde ikke blive, men gik strax efter om til Gelskov. – Hvad Sofaen angaar, saa maa vi vist helst bestemme os for Fjedre, selv om det varer lidt længe, men han laver dem vel nok saa hurtig han kan efter den 9ende. Snak med ham om, om det ikke helst maa være lidt stive Fjedre, og at der endelig kommer et godt Lag – jeg ved ikke hvad – ovenpaa at man ikke skal mærke de enkelte Fjedre igennem Tøjet. Bare der maa blive Tøj nok, det var nemlig en Rest, saa jeg kan ikke faa mere af samme Slags. – Hvad Tøjets Anvendelse angaar, saa synes jeg bedst om den første Tegning, den med kun Sædet af vandrette Striber [tegning] forstaar Du? det var den, Du ogsaa selv nærmest mente. – Nu holder Du mig vel lidt à jour med Flytningen? Mon det kan passe at vi kommer Onsdag? Slaa helst ikke noget i Stykker. Kunde Du ikke fylde Vuggen med Hø og deri lægge de skøre Genstande. Bryd jer ikke om Gardiner, jeg tager altsaa nogle med herfra.
+Jeg er meget træt, da jeg har hjulpen en Del i Dag 1ste Nov. derfor Godnat 1000 Hilsner til dem alle Din Alhed
+Hvad var det Klax vilde give Dig?</t>
+  </si>
+  <si>
+    <t>1900-11-04</t>
+  </si>
+  <si>
+    <t>Middelfart
+Svendborg</t>
+  </si>
+  <si>
+    <t>- Bavs
+Peter Christensen
+Karl Lange
+Cathrine Larsen
+Helga Larsen
+Vilhelm Larsen
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Johannes Larsen flytter fra lejligheden på Feden i Kerteminde til Lille Kærbyhus i den anden ende af byen. Lille Kærbyhus var oprindelig en staldbygning til Store Kærbyhus, og stalden var nu blevet indrettet til beboelse for første gang.
+Ovne fra Hess: Klejnsmedemester Jørgen Svendsen Hess overtog i 1853 et lille jernstøberi i Middelfart. Sønnen Peter indtrådte i firmaet i 1872. Firmaet kom da til at hedde J.S. Hess &amp;amp; Søn.
+Ovne fra Lange: Lange &amp;amp; Co's Jernstøberi i Svendborg blev grundlagt af Lars Lange i 1850. 
+"Dises den lille er stillet op": Alheds søster Astrid Ingeborg (Dis) skulle i huset hos Alhed og Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen flytter og køber kakkelovne. Dis' kakkelovn er monteret, og ovnen i spisestuen bliver stillet op den efterfølgende dag. En tredje ovn skal komme fra Middelfart.
+Johannes Larsen regner med at Alhed kommer onsdag.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/O160</t>
+  </si>
+  <si>
+    <t>Kjerteminde 4 Novbr. 1900.
+Kæreste Alhed!
+Tak for Brevet, Sofaen bliver saa med Fjedre. Vi [noget af papiret mangler] ude fra Feden hele [Dagen i] Gaar og har nu fa[aet det] allermeste herop, Glassagerne i Vuggen og i den store Kasse fra Loftet. Jeg har været hos Lange for at se paa Kakelovne han havde Ovne baade fra Hess i Middelfart og Lange i Svendborg. Hess’s var den bedste men lidt dyrere end Langes, han havde selv en af dem og havde solgt en til Peter Christensens, Resultatet blev at vi faar en af Hess’ for godt 100 Kr med Rør og Ventiler. Lange var med oppe og se paa hvor den skal staa. Jeg har taget Pelargonien og Kaktusen ind, de saa godt nok ud, den [noget af papiret mangler] eller hvad den hedder [noget af papiret mangler] købte paa Torvet [har jeg] sat i Potte, den anden var gaaet ud. Det store Træ har jeg faaet her op. Det jeg skulde have hos Klaks var en Nøddekrige som han havde skudt den kom i Gaar. Jeg glæder mig til Du kommer paa Onsdag. Baus og alle Kusinerne har været her i Eftermiddag og Kathrine og Helga er her endnu. Bare Du havde været med til at købe Kakelovn det er svært at bestemme sig for saadan noget, som man skal være dømt til at se paa Livet igennem. Dises den lille er stillet op, og vi [noget af papiret mangler] at fyre i den i M[noget af papiret mangler] den i Spisestuen [bliver] stillet op i Morgen den anden skal komme fra Middelfart da han lige havde solgt den der stod af samme No. Som den vi skal have, saa faar vi den Fordel at blive fri for Fornikling hvad der ser meget bedre ud og er 11 Kr. billigere. Min gamle Aqaurelkasse er kommen frem nu ved Flytningen saa nu er jeg da godt forsynet med den Slags. Jeg haaber at høre fra Dig i Morgen og saa staar der vel at Du kommer Onsdag. Jeg synes at det er udmærket. [noget af papiret mangler] kan være her til det [noget af papiret mangler] Maden der ovre. [Mange] kærlige Hilsner fra Din
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1900-11-11</t>
+  </si>
+  <si>
+    <t>Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Laura Warberg</t>
+  </si>
+  <si>
+    <t>Alhed Larsen
+Jeppe Andreas Larsen
+Johannes Larsen
+Hempel Syberg</t>
+  </si>
+  <si>
+    <t>Astrid Warberg var i huset hos sin søster, Alhed Larsen, og dennes mand, Johannes Larsen i 1900-1901. De boede på daværende tidspunkt i Lille Kærbyhus i Kerteminde. Huset var ejet af Johannes Larsens forældre ("Gamle Larsen").</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0421</t>
+  </si>
+  <si>
+    <t>Astrid er kommet til Kerteminde, og hun og Alhed Larsen har ikke meget tempo på i hjemmet. Laura Warbergs brev gjorde dog en virkning, og IA Larsen bestilte murer, så der kan være klar, til hun kommer.
+Astrids værelse er meget lille. Hun beder om at få sendt nogle møbler.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/aa3V</t>
+  </si>
+  <si>
+    <t>Kerteminde 11te Nov. 1900.
+Kære Mor! Nu er vi nået så vidt, at vi er kommen til Kerteminde; men derpå står den rigtig nok endnu. Jeg mødte i Køkkenforklæde tidlig Fredag Morgen – men der var ingen Tale om at få begyndt. Først ved Middagstid blev det fastslået, at der først skulde begyndes næste Dag. Altså var Fredag Formd [”Formd” indsat over linjen] gået med at smådrive. Om Eftmd. fik jeg alle mine Sager op og i Orden.
+Lørdag var det jo Mortensaften med Travlhed. Først langt ud på Eftmd. fik vi begyndt – gjorde rent og sæbede af i Sovekammeret, så var det mørkt. – jeg kan naturligvis ikke lide at bryde på med noget – det kan jo også blive deres Sag, når de vil have det færdigt. Bevæger sig også så småt, vil naturligvis gerne i eget Bo hurtigst. Jeg ved ikke fra hvem Smøleriet kommer – måske ligger det i, at de har nok i deres eget her. Dit Brev i Aftes har umiddelbart gjort en forbavsende Virkning. Gamle Larsen har lovet at Murerne må gøre færdigt i Morgen (Gulvet i Køkkenet skal lægges om og Væggene i Stuerne hvidtes) og i det hele lader det som om der nu skal tages fat - at det kan være parat til at modtage Dig sidst i Ugen. Jeg kan ikke andet end glæde mig over, at mit Værelse ser ud til at kunne blive så pænt – det er rart at kunne trække sig tilbage om Aftenen. I Dag har jeg Varme heroppe – Gardinerne er ophængt og ser nydelige ud. Et Bord savner jeg meget; men får nok snart et. 
+Det er også meget kedeligt, hvis jeg alligevel ikke får Skabet; Værelset er i forvejen meget lille, så det er jo kedeligt at fylde et helt Hjørne med Kjoler. Stole haves næsten ikke. Kan jeg dog ikke få sendt mine to gule Stole med Sæderne? Og det lille Vadskestel – samt mit hvide Sengetæppe. Min lille Rørstol vil jeg blive mægtig glad ved. Mon det er dyrt at sende den Slags? Uha, dette bliver jo til et Forretningsbrev. 
+Der er for Resten heller ikke stort at sige om det Hele – det går i en Slendrian for vores Vedkommende – og jeg glæder mig utroligt til at komme i ordnede Forhold og få bestemt Arbejde. Vil Du hilse Onkel Syberg mange Gange fra mig!
+Ligeledes mange Hilsner til Dig fra Din hengivne Astrid</t>
   </si>
   <si>
     <t>1900-11-28</t>
   </si>
   <si>
     <t>Kerteminde
 Kærbyhus</t>
   </si>
   <si>
     <t>Karen på Erikshaab -
 Minnie -
 Ludwig Beethoven
 Margrethe Bentzen
 Thora  Branner
 Edvard Clemmensson
 Jens Hammer
 Grethe Jungstedt
 Adolph Larsen
 Alhed Larsen
 Johanne Christine Larsen
 Niels Lindberg
 Felix Mendelssohn
 Augusta Mogensen
 Christian Mogensen
 Kirstine -, pige i huset hos Hempel Syberg
@@ -566,4613 +814,133 @@
     <t>Laura Warberg vil sørge for, at Astrid får sendt sin kuffert med forklæder, handsker mv. 
 Alhed Larsen har nok fået det skidt, fordi de er flyttet. Harris Eastman har sagt til Ellen, at hvis Alhed får det værre, må Ellen rejse hjem til hende. Ellen arbejder meget i laboratoriet for tiden. Chefen er ved at gå fallit. 
 Lille Grethe går, idet hun skubber møblerne foran sig. Hun prøver at tale, og hun jubler, når forældrene kommer hjem. Minnie er en fantastisk pige i huset. 
 Laura har afholdt stor middag. Johanne og Christine spillede firehændigt. Laura har truet Karen med at skrive til hendes mor og sige, at de ikke kan bruge hende i huset. Derefter blev Kirstine mere omhyggelig. 
 Johanne og Christine når ikke at sy gaven til Ellen færdig før jul, så det er godt, at Alhed og Laura har noget til hende. 
 Der er ikke plads til pedalen i kassen, men måske kan Christine og Andreas/Dede tage den med.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/V6OL</t>
   </si>
   <si>
     <t>[Håndskrevet på kuvertens forside:]
 Frøken Astrid Warberg
 Kærbyhus
 Kjerteminde
 [På kuvertens bagside:]
 Poststempel
 [I brevet:]
 Onsdag Aften d:28de
 Kære lille Putte!
 Hvor jeg dog blev ked af at høre, at Du ikke har faaet Trøjen tillige ["tillige" indsat over linjen] med Galochen, Junge havde glemt den, som var det vigtigste. Skrupforklædet kan vi ikke finde men siden skal jeg sye Dig et nyt og saa skal Din lille Kuffert blive sendt Dig paa Fredag Formiddag, naar Christine bliver kørt til Højrup og deri Trøje, Forklæde, Chemiletterne, de er desværre ikke kommen med i Vadsken, fordi jeg ikke var hjemme, samt Handsker og om vi ellers finder noget af Eders. Jeg haaber den kan gaae med Banemærke, saa er den der vel om Aftenen og koster Dig ikke noget. Det er trist, at Alhed igen har det mindre godt, men det er vel fordi hun har gaaet for meget, mens I flyttede. Jeg glæder mig til at høre fra Eder, naar I er rigtig godt i Gang hos Eder selv. Pas endelig paa Trappen naar Du gaaer med Kul. Paa Afstand er man mere ængstelig for den Slags. Saadan skriver Elle i Dag, at Harry sagde til hende, da de hørte om Be's Sygdom og (hun) Elle ["Elle" indsat over linjen] var ængstelig for den, hun skulde skrive til mig, at jeg skulde telegrafere, hvis der var Fare for Be, saa kunde E. være her paa en 8-10 Dage! Det var kønt tænkt af Eastman! Og saa har jeg dog ikke i mindste Maade antydet, at der var nogen Fare, men som sagt – det er paa Afstand. East. var lige rejst for ca. en Uge til Washington telegraferet efter ham til at holde et Foredrag. Elle har været saa ulige meget i Laboratoriet, paa en Dag nær hele Ugen i den sidste Tid, foruden sine egne Forretninger har hun maattet hjælpe Harry til han fik rigtig Kræfter og der var saa meget Arbejde til ham. Chefen Thifany er ved at gaae fallit og saa skal H. have sit eget Lab. og altsaa herefter hvis Hun fandt Arbejde men de mener nok det gaaer. Elle skriver, det er et strengt Liv for hende i denne Tid, men naar hun kan hjælpe Harry og ved Hjælp af Arbejdet see hen til at komme hjem til Sommer, saa gaar det som Løjer for hende. Lille Grethe rejser sig op ved alle Stolene og begynder at gaae ved at skubbe dem foran sig. Hun begynder at ville snakke. Va-va mener de skal være Far. Hun savner dem eller rettere hun giver et Glædeshyl, naar de kommer hjem om Aftenen og klapper i sine smaa Hænder. Naar Elle ikke strax tager hende, græder hun saa ynkeligt. Elle har haft hende med en hel Dag hos Fru Sonne, Fru Ward var der ogsaa. Grethe var sød og artig, sad hos Elle eller krøb om paa Gulvet. Pigen Minnie er mageløs, de har saa mange sene Middage saa hun ender næsten ene. E. hjælper en Smule, naar hun kommer hjem. Og saa er hun en dannet Pige, kan alt paa egen Haand og er god mod Grethe. Hun er en Juvel, siger E. – I Søndags havde vi vor Klub til Gaase og Andesteg, Koldt Bord, Øl Kaffe til sidst. I Gaar havde vi en finere Historie. Doktorens, Smidts, Mogensens og Hammers, af unge Agraren, [ulæseligt] Lindberg, Thora [ulæseligt] og Edward samt min Kusines Datter Margrethe Bentzen, en nydelig sød Pige paa 24 Aar; Chr. og Junge lider hende godt og bad hende besøge os en Lørdag og Søndag. Vi fik megen køn Musik. J. og Chr. spillede en 4 hændig Symfoni af Beethoven samt første Del af den dejlige Koncert af Mendelsohn, som de skal spille i Faaborg. Fru Wilstrup var her i Søndags og fik stemt Klavererne sammen rigtig godt. De har meget travlt med den især J., hun vil sige de har to Timer inden Jul af hos Fru Rosendal og saa har jeg lovet at overtage det huslige fra nu til Nytaar ogsaa for at hendes Fingre kan blive lidt smidige. Hun skal kun have den halve Timestid om Aftenen med at hjælpe den lille ny ved Bordet. Alt gik saa flot i Gaar. Vi fik 2 Gæs og 2 Ænder stegt, Æble og Svedske Kompot m.m. Rødvin, Koldt Bord men kun Sildesalat salt Kød og Ost, Kiks og Tvebakker og The. Kl. 10 Kaffe med en [ulæseligt] Bakkelse, som J. havde lavet og smaat Bagværk, som jeg havde med fra Odense. Vi havde alle vore fineste Ting fremme og et nydeligt Bord. Christine laa af Hovedpine lige til Kl. 5, saa jeg var paa Færde hele Dagen gjorde rent, satte Blomster eller rettere Grene og Bær omkring i Stuerne og til Bordet Kort. Det jeg dækkede mestens færdigt. Mit Ben er med Gummistrømpen næsten helt godt nu. I Gaar Morges truede jeg Karen med at skrive til hendes Mor, at vi kan intet have hende, naar hun har en saadan Uyst til alt og mener, at hun er saa overlæsset, arbejder som Pige, hun vil absolut ikke, snakker om det til dem alle. Hun var ikke ved Vadsken uden at skylle og vride, men det var alligevel altfor meget, og hun gik uden videre ind! Men min sandten, den Trusel at skrive hjem den har frugtet, hun har øjensynligt gjort sig umage i Gaar og i Dag. Nu vil jeg selv gøre en Del Strygearbejde og saa faa hende i Køkkenet Kl. 11 eller saa. Jeg vil være saa omhyggelig som jeg kan, for at hun ikke skal skuffe for meget. Nu faaer vi see, om jeg bedre kan tumle hende end J. har kunnet. – Kirstine er rigtig flink. – Paa Søndag skal vi til Barnedaab paa Gjelskov; alle Familierne skal med; Degnens var bedt med andet Sted. Ch. og J. skal med. De faar slet ikke syet den Present til Elle før efter Jul; det er rigtignok godt, at Alhed, Du og jeg har noget til hende. Om en Uge sender jeg mit; jeg mangler kun Garn, har først i Dag syet siden jeg kom hjem. Det kan jo sendes, veed I nok, i en stor Konvolut med Sejlgarn om og 10 Øre paa. Jeg har sendt min Lysedug i Fjor og 4 Gange et Pudevaar paa den Maade, alt er kommen hende i Hænde. Eastman er saa rask nu var glad ved den lille Rejse. Hun fik Dagen efter + ["+" er indsat over linjen] baade Brev, skrevet i Toget og Telegram med hans Adr:!! Ja nu veed jeg snart ikke mere lille Putte! Nu skal jeg ogsaa skrive til Syberg. Thora har faaet to Visdomstænder ud, de sad saa fast, men nu har hun da Ro. Husk Alhed paa, at vi endelig maa have de Sutsko. Den Pedal bliver det vanskeligt at faae med. J. skrev at der var ikke Plads til den i Kassen. Vi skal tænke over det. Gud veed, om ikke Christine kunde tage den med til Odense og saa Dede rejse ned til Eder med den paa Søndag. Jeg skal forsøge men kan jo intet love. Nu Farvel lille kære Putte. Kærlige Hilsener til Eder alle fra Mor. 
 [Skrevet langs sidens venstre kant:]
 + hans Afrejse</t>
   </si>
   <si>
-    <t>1901-04-25</t>
-[...458 lines deleted...]
-Ferdinand Louis Gjellerup
+    <t>1900-12-26</t>
+  </si>
+  <si>
+    <t>Adolph Larsen
 Andreas Larsen
 Georg Larsen
 Jeppe Andreas Larsen
-Johannes Larsen
-[...91 lines deleted...]
-Johan Larsen
+Marie Larsen
 Vilhelm Larsen
-Niels Larsen Jørgensen
-[...121 lines deleted...]
-Porto 50
-------
-412
-[...46 lines deleted...]
-    <t>16. nov. 1913</t>
+Ole Poulsen
+Christine Swane</t>
+  </si>
+  <si>
+    <t>Alhed og Johannes Larsen holder muligvis jul på Erikshaab på Sydfyn, som er Alheds barndomshjem.</t>
+  </si>
+  <si>
+    <t>En fødselsdagshilsen til Johannes Larsen. Nytårshilsen til alle. Johannes skal til at forberede en udstilling i København. Johannes Larsen får udlignet 8 kroner fra Skat. Hans far mener, at det er for meget.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/KOlx</t>
+  </si>
+  <si>
+    <t>2. Juledag
+Lykke og Velsignelse i det kommende Aar du kjære Søn; jeg vil savne dig meget imorgen, men det hjælper jo at her er en Flok endda. Vi talte meget om den lille Pufs glade Juleaften, hans store Øjne lyste og straalede vel, ja Børn hører sig rigtignok til om Julen kys ham dog den lille Skat fra Farmor. Er det Eder muligt saa kom dog saa betids at Uglen kan se Eder og Puf maaske du og hun kan følges ad til København naar du rejser at ordne din Udstilling, ja kjære Johannes et godt Udbytte af den saa du ret kan faa Penge i Lommen
+Ole Poulsen var her igaar; da fik vi at vide hvad Skat I er lignet i Drigstrup Faer 25 Kr du 8 Kr det kan da høres – er du tilfreds Faer mener dit er for højt [F] til Lighed imod os men saa kommer jo vores frivillige Skat
+Her er Her er et Mørke at vi knap kan skrive og Blus paa Lampen maa vi ikke faa saa tidlig
+Hils nu fra os Alle sammen og ønsk dem et godt Nytaar fra os 
+Faer hilser kjærligt
+Din Moder</t>
+  </si>
+  <si>
+    <t>1900-09-01 - 1901-04-24</t>
   </si>
   <si>
     <t>Dagbog</t>
-  </si>
-[...15 lines deleted...]
-    <t>1900-09-01 - 1901-04-24</t>
   </si>
   <si>
     <t>Elna -
 Laurentius Allerup
 Ellen Agnete Amstrup
 Louise Amstrup
 Harald Balslev
 Lars Christian Balslev
 Thorvald Balslev
 Laura Balslev, f. Leth
 Herman Bang
 Alice Bondesen
 Emil Brandstrup
 Thora  Branner
 - Fibiger, Frøken
 Marie Juul
 Otto Lagoni
 Peter Erasmus Lange-Müller
 Alhed Larsen
 Jeppe Larsen
 Marie Larsen
 Vilhelm Larsen
 Vilhelmine  Larsen
 Christine  Mackie
 Cathrine Meyer
 Erhard Meyer
 Otto  Meyer
 Sophus  Meyer
 Augusta Mogensen
 Christian Mogensen
 Otto Emil  Paludan
 Antoine-François Prévost d'Exiles
 Leopold Rosenfeld
 Ellen  Sawyer
 Erik Schaffalitzky de Muckadell
 Christine Swane
 Fritz Syberg
 Vilhelm  Sørensen, pastor
 Nicoline  von Sperling
 Laura Warberg
 Andreas Warberg, Albrechts far
 Christoph Ernst Friedrich Weyse</t>
   </si>
   <si>
     <t>Astrid Warberg skriver om livet på gården Erikshaab, om sine forelskelser, om opholdet som pige i huset hos Alhed og Johannes Larsen i Kerteminde mm.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/n/WsHnFLg1</t>
-  </si>
-[...1735 lines deleted...]
-Paludan 2000
------------
-95,50
-[...2026 lines deleted...]
-Nu lev vel og vær saa kjærlig hilset af din hengivne Moder der stadig beder for Eder</t>
   </si>
   <si>
     <t>1901-10-17 - 1902-11</t>
   </si>
   <si>
     <t>Brune -
 Fritz -
 Ellen Agnete Amstrup
 Louise Amstrup
 - Auge
 Laurits Nicolai Balslev
 Wilhelmine Berg
 Tycho Brahe
 Harriet Brahm
 Peter Georg Emil Brahm
 Johannes Brahms
 Carl Brandstrup
 Emil Brandstrup
 Julie Brandt
 Thora  Branner
 Thomas Bredsdorff
 Frederik Briand de Crèvecoeur
 Johannes Nicolaus Brønsted
 Christian Caspersen
 Johanne Caspersen
@@ -5246,136 +1014,4410 @@
   </si>
   <si>
     <t>u.å. 1901</t>
   </si>
   <si>
     <t>Faaborg
 Kristine Rudesvej Kerteminde</t>
   </si>
   <si>
     <t>Adolph Larsen
 Alhed Larsen
 Andreas Larsen
 Helga Larsen
 Johannes Larsen
 Lars Larsen
 Marie Larsen
 Cathrine Meyer
 Erhard Meyer
 Marie Meyer
 Otto  Meyer</t>
   </si>
   <si>
     <t>Det er uvist, hvornår Helga Larsen blev gift.</t>
   </si>
   <si>
+    <t>Kerteminde Egns- og Byhistoriske arkiv</t>
+  </si>
+  <si>
     <t>Helga Larsen skal giftes i dag. Johannes Larsen laver en tegning til hende af huset med træerne.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/Ky8i</t>
   </si>
   <si>
     <t>Kjærbyhuus – Tirsdagaften
 Kjære Ugle!
 Hvor her dog stormer og ser uhyggeligt ud saa er det godt at faa Lampen tændt og sidde i Ro jeg skriver samtidig til Agraren Ditto skal heldigvis hjem ellers troer jeg ikke jeg nænnede at sende nogen ud – han faar sig et par Træskostøvler sendt.
 Det er i dag Helgas Bryllupsdag det [ulæseligt] jeg at skrive sidst da var der lige kommen Indbydelse til Marie og Dig [ulæseligt] det skulde være et lille Bryllup – Mejers Døtre og Otto rejste i Søndags Erhard rejste iaftes og han fik vores Lykønskning med, Marie og jeg spekulerede paa en Gave for vi synes dog det var saa fattigt, vi saa Sølvtøjet efter og da vi havde 3 Strøskeer saa pudsede jeg den i Skabet den blev som ny Johannes kom over og blev saa indtaget i den, at han fik Alhed over om vi dog ikke vilde bytte den og faa Deres Strøske de havde faaet af Larsens i Faaborg – den kom til Guldsmeden og lagt i Æsken med det blaa Atlask saa jeg tænker Alle Parter glædes
 Brødet kunne vi ikke faa i Aften men nu faar vi i morgen en Sæk Hvedemel saa vil Marie bage til Eder her er Smør og [Topperne?] Penge sender vi i morgen Tak for Dit Brev vi skal nok være flinke til at skrive til Dig og sende hvad vi kan hils Margrethe og ønsk hende god Bedring og saa kommer der vel snart Brev fra hende 
 Det er sandt Johannes sender en Tegning til Helga han staar i Porten og tegner Huset med Træerne Du og Marie maa saa finde paa noget andet
 Fortæl os saa en stor Mængde Du kan ikke skrive for meget
 Nu Lev vel og vær kjærlig hilset af os Alle Puf sidder i Sofaen med Forklædet fuldt af Legetøj som han vil sende til Tante Ugle og saa tysser han mig
 Din Moder</t>
+  </si>
+  <si>
+    <t>1901-01-15</t>
+  </si>
+  <si>
+    <t>Odense
+Dosseringen, Kerteminde</t>
+  </si>
+  <si>
+    <t>- Finneck
+- Grassén
+Andreas Larsen
+Jeppe Andreas Larsen
+Johanne Christine Larsen
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Dis (Ingeborg Astrid Warberg) blev pige i huset hos Alhed og Johannes Larsen november 1900.
+I.A. og Vilhelmine Larsen flyttede fra købmandsgården til Kærbyhus oktober 1900.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen hænger udstilling op.
+Alhed og Puf har været til kaffe sammen med andre mennesker i Kærbyhus. 
+Deres brænde er kommet fra Feden.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/eY62</t>
+  </si>
+  <si>
+    <t>Kære lille Larsi!
+Tak for Dit Brev til Morgen, i Dag har Du altsaa begyndt at hænge op, det var morsomt at faa en lidt længere Skrivelse fra Dig de andre har været saa umaadelig smaa. Junge er rejst i Dag, det har været forfærdelig hyggeligt at have hende. I Eftermiddag har vi været til Kaffe ovre i Kærbyhus sammen med Fru Grassén og Fru Finneck med Børn. Der var en farlig Halløj og Spektakel kan Du stole paa, Puf var meget betaget og da de var gaaet sagde han flere Gange ”saa” og ”saadan”, Din Fader var ogsaa meget tilfreds, da de var af Sted, han gik vildsom omkring, mest med Puf paa Armen, mens de var der. I Dag er de unge Folk flyttet ind her ved Siden af, de har 3 smaa Børn, og al vores Brænde og Spaanerne ere komne ude fra Feden. – Det er et nydeligt Vejr i disse Dage, stille Graavejr med Rim. – Dis skal til Odense paa Søndag, hun rejser Lørdag Eftermiddag, jeg haaber da Du er her til den dag?? at vi kan faa en morsom Dag sammen. Lad mig endelig vide saasnart Du ved det selv, hvad Dag Du kommer. – Hils dem alle mange Gange.
+1000 Hilsner af de allerkærligste fra Puf og Din egen Alhed.
+15de Jan. 1901</t>
+  </si>
+  <si>
+    <t>1901-01-25</t>
+  </si>
+  <si>
+    <t>Laurentius Allerup
+Astrid Bøttern
+Victor Bøttern
+Emil Hannover
+Alhed Larsen
+Andreas Larsen
+Jeppe Andreas Larsen
+Johannes Larsen
+Marie Larsen
+Vilhelm Larsen
+Peter Magnussen
+Sophie Meyer
+Sophus  Meyer
+Marie Svensker
+Skjold Tang
+Peter Tom-Petersen
+Wenzel Heinrich Tornøe
+Albrecht  Warberg
+Laura Warberg
+Astrid Warberg-Goldschmidt
+Viggo Winkel</t>
+  </si>
+  <si>
+    <t>"Tilskueren": Dansk månedsskrift for litteratur, kunst og samfund. Repræsenterede progressiv humanistisk linje. Kulminerede under Valdemar Vedels redaktion i 1901-07.
+Den tornøeske sag er muligvis et økonomisk mellemværende med I.A. Larsen og boet efter Wenzel Tornøe.</t>
+  </si>
+  <si>
+    <t>Tom Petersen har overnattet. Han syntes godt om Johannes Larsens udstilling hos Winkel og Magnussen. Der er solgt for 200 kr. Johannes Larsen siger, at Christine Swane må være indstillet på, at der går nogen tid, inden hun rigtig kommer igang med at male.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/0GbR</t>
+  </si>
+  <si>
+    <t>Kjærbyhus den 25.1 1901
+Kjæreste Christine!
+Her afsender vi en Kurv med Mad og en Uldtrøje som jeg vaskede forleden, det Tøj her kom i Kurven er vasket i dag, jeg fik endelig fat i Marie Svensker som lader til at være en flink og dygtig Vaskerkone. Alhed vil ogsaa have hende, vi bestemte os til at faa hende en bestemt Dag i hver Maaned først i Marts – og saa fremdeles, - saa faar vi ikke mere end hvad der kan blive færdig paa en Dag; dit Tøj er lagt for sig selv saa vi skal faa det i Orden saa hurtig det er muligt, Skoene vender vi om men de kan først blive færdig Søndag saa kommer de med det andet Tøj
+Johannes kom saa forleden Aften og havde Tom Petersen med – han laa paa vores Gjæstekammer 1 Nat næste Dag rejste han med 3 Toget han er en rar hyggelig Mand, han syntes godt om Kjerteminde og vil komme her og male engang, ogsaa han syntes godt om J. Udstilling, her var allerede Brev fra ham i Dag med Tak og samtidig fortalte om sit Besøg deroppe hos Winkel, M og glædede Johannes med at der er solgt flere Smaating af Billederne Hannover havde kjøbt, maaske han skriver lidt i ”Tilskueren”, det var vist godt. Tilsammen er der vist solgt for 200 Kr – Gud give dog at der maa blive solgt godt, hvor jeg gjerne vilde sede samtlige Arbejder – det kan Du ikke forestille dig, Faer sagde som han saa tidt siger nej o Du kun naar vi vilde gjerne af med Dig en 8te Dage men det kjender Du nok naar det skal være Alvor bliver jeg vist paa min Plads;
+Hvordan gaar det lille Dine? Da jeg spurgte Johannes hvordan gaar det Uglen hun klager, Vrøvl sagde han hun kan vel forstaa der maa gaa lidt inden hun kommer rigtig i Gang hæng bare i min Ven og lad vor Herre hjælpe Dig saa lægger han nok Velsignelse i dit Arbejde. Skriv endelig snart igen nu paa Onsdag kommer Vilhelm herned, Johannes traf ham i Nyborg der var han kaldt ud af Tang, det er ham der skal møde her paa onsdag med Vidner om vores Bogføring i den Tornøeske Sag blev der dog snart en Ende paa den Sag saa faar vi Penge men Du skal snart faa min lille Pige – Du maa ikke være bedrøvet eller vred paa os – hører Du jeg lever hver Dag i Tankerne med Dig Du kan tro jeg beder for Dig om alle gode Gaver Helbred og Tilfredshed
+Jeg skal hilse fra lille Puf han er saa sød, gamle Warbergs var her forleden fra 2 til 8 Toget de drak Kaffe her og vi spiste til Aften der. Skinke Rosenkaal Koldt Bord og The Grosseren og frue var med, vi fulgte dem paa Banegaarden den lille han siger saameget nu at det er helt forunderligt hvor han veed det fra forleden Aften sagde han [Byant?] uden Lærdom han er knusende sød. Hilsen fra Allerup – han var et Svip herinde i forgaars, paa Tirsdag skal Mejers til Johannes paa Kaffe vi er inviterede; Hilsen fra Dis og fra Marie – som nu har syet alle de strikkede Firkanter sammen og begyndt at brodere paa Baggeservietter.
+Nu god Nat Faer render med Brevet han er sød
+Din trofaste Moder</t>
+  </si>
+  <si>
+    <t>1901-02-01</t>
+  </si>
+  <si>
+    <t>- Berg, Fru
+Emilie Demant Hatt
+Johannes Larsen
+Sophie Meyer
+Sophus  Meyer</t>
+  </si>
+  <si>
+    <t>Vilhelmine Larsen sender tøj, lidt mad og penge til Christine Swane.Hilsner til frk. Demant.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/4C1Z</t>
+  </si>
+  <si>
+    <t>Kjærbyhus
+Kjære Ugle!
+Nu fik vi dit Tøj afsted. Kravetøj er her intet af, men det er taget fra af Karen og tørret for sig selv saa det maa vel passe; Steg har vi ikke lille Ven saa Du maa tage tiltakke dennegang saa skal vi snart være der igjen kan Du tro; i det Papir hos Sardinæsken ligger 2 Kr 50 Ø Øre for vi kunde ikke mere ; men disse 10 er til Fru Berg og en af de første Dage skal komme saa vi kan blive gjældfri Du kjære Pige vær ved godt Mod det skal nok alt sammen blive godt
+Ja jeg haaber nok at komme over til dig men det maa blive bedre med Vejret for denne Kulde er ikke god for mig
+Hils nu Frøken Demant fra mig og Du kan tro vi talte om hendes Moders Hjem forleden Aften Mejers var til Kaffe hos Johannes og der gik
+Nu skal Brevet afsted saa maa jeg gaa til Posthus
+Kjærlig Hilsen fra os alle din Moder</t>
+  </si>
+  <si>
+    <t>1901-02-28</t>
+  </si>
+  <si>
+    <t>Alhed Larsen
+Andreas Larsen
+Johan Larsen
+Marie Larsen
+Marie  Marstrand</t>
+  </si>
+  <si>
+    <t>Christine Swane boede i februar 1901 hos Demants i Nyboder</t>
+  </si>
+  <si>
+    <t>Alhed har i dag født sit andet barn, en lille mørkhåret dreng.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/xnJ7</t>
+  </si>
+  <si>
+    <t>1901-02-28
+Kjærbyhus
+Onsdag Kl. 11 Fund..
+Kjæreste lille Ugle!
+Her sidder Marie med Puf, og lille Broer ligger i Vuggen, en lille mørkhaaret Dreng, Gud ske Tak for at det er overstaaet og godt og vel.
+Marie har hele Tiden sagt Fredag kom Begivenheden saa det blev jo en Overraskelse for os nu er Puf her og det er jo en god Ro 
+Her kommer en Sygeplejerske og hjælper os med Pasningen af Alhed. Madam Marstrand var os til Hjælp.
+Nu må jeg skrive lidt til Adolph og ellers derover igjen det var helldigt at dit Tøj kom. vi vadsker i dag, du skal nok faa dit Tøj til Søndag.
+Hils og Tak Margrethe for Brevet nu skal jeg kun hilse og lev vel
+Din Moder</t>
+  </si>
+  <si>
+    <t>1901-03-02</t>
+  </si>
+  <si>
+    <t>Laurentius Allerup
+Alfred Eckardt
+Christian Eckardt
+Margrethe  Eckardt
+Andreas Larsen
+Cathrine Larsen
+Helga Larsen
+Ida Larsen
+Johan Larsen
+Johannes Larsen
+Marie Larsen
+Martin Larsen
+Vilhelm Larsen
+Susanne Lindberg
+Sophie Meyer
+Sophus  Meyer
+Kristian Olsen
+Peter Thomsen, tømrermester</t>
+  </si>
+  <si>
+    <t>I foråret 1901 sendte Christine Swane for første gang billeder ind til Forårsudstillingen på Charlottenborg (Birgit Bjerre: Christine Swane, Johannes Larsen Museet 2003)
+Onkel er Christian Eckardt.</t>
+  </si>
+  <si>
+    <t>Christine Swane skal flytte tilbage til Kerteminde. Alhed har født en kraftig dreng. Johannes Larsen har ordnet Christines billedrammer. De skal nok blive færdige.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/uggH</t>
+  </si>
+  <si>
+    <t>1901- 03-02
+Kærbyhuus
+Lørdagaften
+Kjære Dinemor; saa er den Tid gaaet at Du igjen skal hjem til os og Gud ske Tak den er jo gaaet godt; naar Enden er god, saa er jo alting godt. Her er det saa godt som det kan være den lille ny Dreng skal ligne Puf saameget jeg kan nok se det men Øjnene ere ikke som hans dem er der kun en der har; men det er en kraftig Dreng der tager godt fra; saa vi haabe han maa trives godt, Vægten var 7 Pund; Marie og Puf er ovre med Barselmad [Sado]kage, Kringle og Æg, der var Brev fra Laurentius og Blomst i Potte, en lille guul – Faster Sophie, var derovre før, faster Thrine er kaldt til Jylland hos Jacob, han har været syg og er endnu; hans husholderske skal rejse til Aalborg Sygehus – og være en 6 Ugerstid, saa det bliver jo en længere Rejse; naar hun er deroppe vil jo nok Besøget hos Martins følge lige efter dette-, her var Brev fra Martha forleden Dag, Helga er fra 1. Marts Huusholderske hos 2 Brødre Herrerne Jensen. Gaarden hedder [Freierhuset?] – det var der Niels Ebbesen bandt sin Hest inden han gik ind til Randers, og vog den kullede Greve, det er paa historisk Grund hun boer –
+Nu begynder Beretningen om vi selv Toget [papir mangler] Christine men jeg sender det ikke før vi kommer[papir mangler] jeg haaber det bliver Onsdag var det ikke saadan Margr[ethe papir mangler] jeg skal saa se at faa et andre Sko til Dig [papir mangler] været saa meget for mig nu med Vask og [papir mangler] jeg har faaet alle 4 Par Lagen her [laa]
+af Vilhelms [ papir mangler ] det var nok en tosset Sætning den. Fader er i Korsør i dag saa vi bliver sent oppe i Aften, Johannes har rendt rundt om dine Rammer i Dag de skal nok blive færdige – saa faar de høje Herrer gjøre hvad de vil.
+Sygeplejersken er en rar Een. Marie sover derovre med Puf i den mellemste Stue han er meget sød. Jeg skal nok skrive nærmere om Dagen jeg tænker vi maa rejse Tirsdag med 3 Toget og saa blive der til Torsdag Formiddag – nu faar vi se. Samme Dag at Sønnen kom var Mejer og Thomsen ovre i Haven at sætte Pladsen at til Kalkkulen den kommer vist Mandag saa skal der begyndes med at kjøre sammen.
+Det er meget bedre Fru Olsen saa Ida beholder sin Moder endnu denne Gang – Hilsen fra dem ovre paa Hjørnet hils nu Margrethe og Onkel mange Gange og Alfred med kan jeg tro, hvordan boer Lindbergs?
+Nu tilslut en kjærlig Hilsen fra os Alle Din trofaste Moder</t>
+  </si>
+  <si>
+    <t>1901-04-25</t>
+  </si>
+  <si>
+    <t>Andreis -
+Carl -
+Thora  Branner
+Grethe Jungstedt
+Adolph Larsen
+Alhed Larsen
+Johanne  Larsen
+Ellen  Sawyer
+Harris Sawyer
+Hempel Syberg
+Albrecht  Warberg
+Andreas Warberg</t>
+  </si>
+  <si>
+    <t>Alhed og Johannes Larsen boede i Kærbyhus i Kerteminde, mens deres villa blev bygget ("om de murer rask på huset"). Astrid var ung pige i huset hos dem.
+Det er uklart, hvem Gamle Carl er, men eftersom hans afskedigelse indvirkede på Harrys økonomi, kan han måske være Harry Eastman Sawyers far. Ellen og Harry Eastman Sawyer boede sammen med hans forældre den første tid, hvor de unge var gift.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 0032</t>
+  </si>
+  <si>
+    <t>Laura Warberg ønsker datteren tillykke med fødselsdagen. Det bliver dejligt at få Ellen, Grethe og Alhed hjem i sommeren.
+Laura W har besøgt Hempel Syberg og Thora i deres nye lejlighed. 
+Hun har gjort hovedrent, og Andreis har arbejdet med blandt andet dueslaget. 
+Laura glæder sig over solen på Alheds maleri. Johanne beder om en opskrift, som Alhed har, og Laura vil gerne vide, hvordan Alhed behandler hestekødet.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/mHn3</t>
+  </si>
+  <si>
+    <t>[På kuvertens forside:]
+Frøken Astrid Warberg
+Kærbyhus
+Kjerteminde
+[På kuvertens bagside:]
+Poststempel
+[I brevet]
+Erikshaab d:25de April 
+Kæreste lille Putte!
+Nu skulde det altsaa være det lange Brev, som jeg skylder Dig, hvis jeg nu bare har Stof nok til et saadant, naar vi lige nylig har talt sammen. Og en saadan Skrivemaskine, som Du er lille Putte, det er jeg langt fra. Først maa jeg da sige ”Til Lykke”! jeg vil haabe, Du bliver hædret paa alle Maader dernede og især at Du faar mange Breve. Nu maa det jo være lidt flovt at have faaet alle sine Gaver, men Du har maaske faaet den blaa Kjole syet og indvier den paa Fødselsdagen? Jeg tror nok, at det skal blive en rar Sommer for Dig og os alle naar bare nu Elle og lille Grethe vil komme sidst i Juni. Det er udmærket med den Plan, at I kan faa Penge for Eders Lejlighed og saa er I her hele Juli og Halvdelen af August saadan var det vist; det kan blive forfærdelig morsomt at have Alhed og Elle med deres Børn uden Gemaler en god, lang Tid. Jeg har skrevet det samme til Elle. Naar vi har flinke Piger, saa kan det jo blive en god, nem Tid for Dig ogsaa og der er kun 2 Maaneder til. – Elles sidste Brev var der intet ved; de havde haft Regnvejr en Uge og lille Grethe havde sørget meget, fordi hun ikke kunne faa ”Nat – ont -”. Gamle Carl har mistet sit Arbejde i Havnen hvor en Mængde havde faaet Afsked og dette gaar ud over Harrys Pung. Men de haabede han snart fik det igen. Resten skrev hun intet om. Jeg tilbragte en morsom Aften hos Syberg og Thora, de var saa livlige begge to og det var saa voldsom interessant at see deres nye Lejlighed; den er storartet i alle Maader! Besøget dernede er opsat foreløbig til d: 16de. Dede var ikke paa Banegaarden hvoraf jeg sluttede, at Agraren havde gjort dem opmærksom paa Togene. Jeg var derfor ogsaa bange at de ikke skulde sende Vogn til Højrup blev derfor højlig overrasket ved at see Far selv med Kareten! De tre næste Dage sled vi til gavns i det med Rengøring i Spise og Havestue, Sove- og Børnekammer og Gangen. Det er nogle brillante Piger til at gøre rent og enes om det; vi har faaet alt udmærket godt gjort i Aar. Jeg var selv med til hen paa Eftermiddagen og Junge passede Køkkenet. I Dag virker Andreis med Søn alle vegne ude og inde; begyndte med Junges Dueslag ovre ved Das ”et pænt Sted til Duerne” mente Andreis! I Gaar arbejdede jeg hele Dagen i Haven med at plante Blomster om og skal ud i Dag igen lidt. Mod Sædvane ”drak” jeg i Aftes og gik i Seng Kl. 9 efter at vi alle havde nydt Æggesnaps. Agraren var her. Jeg har glædet mig over Solen til Alheds Maleri: Har dog Puf faaet sin lille Stok? Den maa endelig opbevares lille Putte jeg var meget ked af at have skilt ham af med den men stoler sikkert paa, at Du har faaet eller faar den tilbage. Hvor det var slemt, at jeg glemte mit sorte Tørklæde, men [”men” overstreget] min Kniv paa Dit Værelse glemte jeg ogsaa. Hermed et Adressebrev om Du ikke nok strax vil sende mig begge Dele lille Putte, skriv saa bare to Ord med Blyant, hvordan Fødselsdagen er gaaet, saa har jeg det paa Søndag, hvis Du sender det Lørdag. – Og tænk hvor rædsomt at de to Par Lagner gik jo tilbage i Vadsækken igen! Ja saadan gaar det, naar man har Hastværk. Jeg trøster mig med, at I nu har vadsket og kan undvære dem, til vi forhaabentlig allesammen gæster Eder en Eftermiddag, naar vi skal ud til Sybergs.
+Jeg faar nok Elles Breve ogsaa. Junge beder om Opskriften paa en Slags Øllebrød i Alheds Kagebog (Øl og Mælk kogt sammen og reven Rugbrød bagt af ..) - Sig til Alhed, at det er rigtignok kun lidt Kød I bruger f. Ex. i Forhold til os. Bed hende skrive ogsaa, hvordan hun gør med det dejlige Hestekød. Ja lille Putte, jeg vil ikke sige, at dette er underholdende som Fødselsdagshilsen, men det er alligevel svært at finde paa ”Fyld” til et langt Brev saa Du maa undskylde dette. Jeg glæder mig nu meget til paa Søndag at høre om Du har haft nogen gode Overraskelser og Breve. Du kan tro jeg er glad over, at Junge ikke skal rejse til København nu i denne travle Tid. 
+Nu Farvel lille søde Putte! Kærlige Hilsener fra Mor.
+Hils saa mange Gange og sig Tak for sidst!
+Lad mig vide, 1/ hvordan det er gaaet frem med Alheds Maleri i disse Dage; 2/ om den lille har været rolig siden; 3/ om I har faaet Vadsken tilside uden at Du er bleven altfor træt af det; 4/ om I har faaet Stokken igen. 5/ om de murer rask paa Huset.
+Det bliver nok mere end ”to Ord med Blyant” men saa faar Du jo et Brev gratis hertil.</t>
+  </si>
+  <si>
+    <t>1901-06-27</t>
+  </si>
+  <si>
+    <t>Johanne Christine Larsen</t>
+  </si>
+  <si>
+    <t>Erikshaab pr. Højrup St.</t>
+  </si>
+  <si>
+    <t>Alhed Larsen
+Andreas Larsen
+Johan Larsen
+Albert Carl Emil Mohr
+Christine Swane
+Peter Tom-Petersen</t>
+  </si>
+  <si>
+    <t>Kerteminde Opland: Lille Kærbyhus, som Alhed og Johannes Larsen boede i 1901, lå dengang udenfor byen. Astrid Warberg var pige i huset hos dem frem til 1. oktober 1901, hvor hun begyndte at tage prælimenæreksamen i Odense.
+Det vides ikke, hvem den mand, som Johanne C. Larsen tilsyneladende havde et forhold til, var.
+Sangvinsk temperament (af sanguis, blod) har den, som ser den lyse side ved alting, og som altid håber paa det heldigste udfald – er optimistisk. 
+Splide: Spalte, kløve, sønderrive (ordnet.dk). 
+Småkræ: Andreas/Puf Larsen (født maj 1899) og broderen Johan/Lysse/Feddesen/Feddelsen Larsen (født februar 1901) er sønner af Johannes/Las og Alhed/Be Larsen. 
+Uglen: Christine Swane. 
+Anna og Fritz Syberg boede i 1901 i Svanninge. I 1902 flyttede de til Kerteminde.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0398</t>
+  </si>
+  <si>
+    <t>Johanne/Junge må tænke på, at hendes ven er meget ung og bære over med ham. Astrid ønsker hende tillykke med forholdet. 
+Astrid og Alhed Larsen står meget tidligt op hver dag og går i vandet. Astrid hjælper med børnene og er træt og har tandpine. 
+Christine/Uglen Swane og Astrid har været på en tur til Fyns Hoved, hvor de sov under en lånt kappe, badede nøgne og gik tur. Folk de mødte på hjemvejen var forargede og rystede.
+Tom-Petersen bor hos Alhed og Johannes Larsen og betaler 1,5 kr. i døgnet.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Sov4</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Her
+Frk Johanne Warberg
+Erikshåb 
+Højrup St
+[Håndskrevet i brevet:]
+Kerteminde Opland 27-6-01
+Kæreste lille Junge!
+Du skal øjeblikkelig have Svar – så glad jeg dog blev ved dit gode Brev, som du havde skreven til mig! 
+Og tro mig nu – jeg blev bare glad ved Brevet; det triste, som Du ser, kan jeg slet ikke indse. 
+Nej, Jer to er jeg sikker på – stoler så heltud på; I har skam Jeres Pas i Orden. Junge! jeg kan blive helt glad, når jeg tænker på Jer. 
+For alt det tristeste her i Verden er jo mest de uharmoniske Forhold Mennesker imellem. Men her kan ingen Disharmonier blive, for I er jo som skabt til at supplere hinanden. Hvad bryder Du dig om hans Ubestandighed, når Du éngang har set, at dét Menneske holder af Dig – ja ikke kan undvære Dig. Betænk dog, hvor han er ung – endnu langt yngre end sine År – endogså. Og måske Du er den første, han holder rigtig af – så lad ham dog få Tid at gennemleve af de mange Facer, som sidst Du skulde vise Dig fremmed for – Du er sluttet hos ham – derfor vil han også vende tilbage til Dig – altid.
+Du spurgte om min Mening ang. det etiske og Dig: 
+Men lille Junge! Du kender jo mig og Etik – Afstand! Jeg siger som Du – man skal bruge de stakkels få Våben man kan gi Etiken Pokker ivold. - Nu tror Du vel slet ikke – eller reflekterer ikke på mine Satser, fordi de er lutter Sangvinskheder, men jeg tror nu bestemt, at jeg mener rigtigt. Og jeg ønsker Dig af hele Min Sjæl til Lykke med Dig selv og ham. For Du ved vel, det er en mægtig Himmelens Gave at kunde holde af et Menneske, som Du si’er, at Du kan det. O, det er disse Dine Ord, der bestandig kan gøre mig så glad – og så at Du har truffen ham, der måske er den Eneste under Solen, der kan gøre Dig lykkelig. Men det ene er nok en Følge af det andet. Nu han – afbrudt ved at de kom hjem fra Strandhotel – [ulæseligt], jeg passede Småkræ.
+Næste Dag. Jeg må Fanden splide mig have dette Brev ordnet endnu i Aften. – møg træt som jeg skønt er – Tandpine hver Fornat – op 5 ½ hver Dag – i Vandet med Be fra ½ 7- 7 (vi har taget Kort.) og så Rub lige til Sengetid – vi har jo Middag 5 ½ - føj. Men jeg får da 5 Kr extra fra ham for denne Måned. – eller 14 Dage er det da. 
+Be var i Odense i Dag fra 11 til 2 Toget. Feddeslen sov hele Tiden. Af Seværdigheder har Uglen og jeg været på Fyenshoved! Toget til Dalby til Dans Lørdag Aften. Gik derfra til Nordskov, hvor en Herre (Embedsmand) antastede os og spurgte nu vi ikke gik Fejl – der var ingen Logi ude, og det var jo sen Aften. Vi sagde, at vi vilde bo i en Høstak – men da ikke engang en sådan fandtes, tog vi imod hans elskværdige Tilbud at låne en stor Kappe – så drog vi af – lå på Tang med Kappen over os og vågnede Kl. ½ 3 op med et Sæt – den gav Resonans i en Cyklist der rullede forbi og velsagtens havde grundet over den mørke Klat – han blev meget betuttet – gled videre og sagde sluttel. Gomåren! Langt væk stod han så af og gloede. Dagen blev herlig i det smukke Vejr – vi gik nøgne om på Hovedet + badede når det blev for hedt – talte – sov – spiste – stegtes – badede og nu fortæredes af Tørst og skyndte os hjem – med ½ 10 Tog til Kerteminde – de udstødte vilde Hyl, da de så vore skamferede Ansigter – kobberrøde og lasede. I Dalby vakte vi stormende Opsigt – som overalt hvor vi passerede Embedsmanden havde telefoneret vor dristige ”Færden vidt om på Hindsholm”, sagde Mohrs)!!! 
+Om denne Tur der i alle Måder var vellykket skal Du høre personlig. 
+Nu er jeg for træt Kunstn. savner meget. Og i Dag gled Uglen til Svanninge – hun var nu brillant i sine gode Stunder! Og vi blev så glade ved Mors Jabrev i Dag – det skal nok blive en sjov Halløj – Be har så været nede at løse Sognebånd. Tom P. er så morsom og hyggelig at have og Be nyder al den Mad, vi hver Dag får, han gir 1 ½ Kr – så jeg mener nu, vi sætter snarere til - så flot vi lever. 
+Dette blev da for Resten et helt Brev – bare Du kan læse de Tæer.
+Hermed en venlig Hilsen o s v – til Jer alle.
+O Tak! Junge! 
+Din Dis</t>
+  </si>
+  <si>
+    <t>1901-8</t>
+  </si>
+  <si>
+    <t>Revninge
+Rynkeby, Kerteminde
+Kølstrup, Kerteminde
+Dræby
+Agedrup
+Bullerup
+Odense
+Nymindegab</t>
+  </si>
+  <si>
+    <t>Victor Bøttern
+P Jørgensen 
+Andreas Larsen
+Georg Larsen
+Jeppe Andreas Larsen
+Johan Larsen
+Vilhelmine  Larsen
+Erhard Meyer
+Otto  Meyer
+Sophus  Meyer
+Elias Muus
+Rasmus Petersen, Gartner
+Christine Swane</t>
+  </si>
+  <si>
+    <t>K.O.D.J.: Kerteminde-Odense-Dalby-Jernbanen.
+De indsatte ord: Rynkeby, Kjølstrup, Dræby osv. er togstationer på strækningen.
+Johannes Larsen er på vej til Nymindegab.
+Indkøb af træ samt badekarret og badeværelsesdøren: Alhed og Johannes Larsens villa på Møllebakken i Kerteminde er under opførelse.
+Cathrine Meyer var datter af Sophus og Sophie Meyer (Johannes Larsens moster og onkel).
+Den lille fede er Alhed og Johannes Larsens nyfødte søn, Johan (Lysse).</t>
+  </si>
+  <si>
+    <t>Johannes Larsen skriver i toget mellem Kerteminde og Odense. Han har købt noget træ og fortæller desuden om badekarret, der skal støbes og om badeværelsesdøren.
+Derefter fortæller Larsen om potteplanternes tilstand. Den følgende dag skal han til Nymindegab.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/HpfN</t>
+  </si>
+  <si>
+    <t>K.O.D.J. August 1901.
+Kæreste Alhed!
+Jeg skriver her i Toget, da jeg ikke ha[noget af papiret mangler] dit men det før, det ryster saa jeg tror jeg vil vente til det holder. Revninge Blomsterne har det udmærket Uglen passer dem. Kaktuserne ser godt ud. Lejligheden udmærket ren. Rynkeby Bygningen uforandret. Fader havde Tilbud fra Muus, billigere end Bricks, men Moder vilde have at Bøttern skulde spørges først (Kjølstrup.) I Morges var vi hos B. han vilde ikke til de Priser, saa gik vi til M. og købte Træet, men der er den Hage ved det at det skal betales contant. Fader lever [leverer] saa Korn for det og begynder at tærske først i næste Uge (Dræby). Jeg var saa hos Jørgensen og bestille [ulæseligt] efter Tegning efter [noget af papiret mangler] han skulde tage fat paa dem [noget af papiret mangler]sen traf jeg paa Gaden, han [var] klar til at begynde, Agedrup [noget af papiret mangler] traf jeg i Boutiken, han var meget tilfreds med snart at kunde tage fat igen. Badekarret kunde godt mures i Cement og beklædes indvendig med Fajance. (Bullerup) Døren til Badeværelser bliver pudset i Kanterne. Seden. Jeg fik saa mine Varer i Boutikken kørte op til Kærby Hus i en Høstvogn, slugte 2 raa Æg og løb ned med Kufferten drak et glas Madeira med Fader, Meyer, Rasmus Petersen, Grossereren og Uglen og saa paa Toget [til] Odense. Her er da noget længere Ophold saa maa jeg vist begynde forfra igen med Blomsterne, Slyngpelargonien var fuld af Blom[ster] og stod midt i en Hvidkløver [der] hængte ud over Potten til alle [noget af papiret mangler] det saa godt ud, den lille brogede i den gamle Urtepotte [saa] ogsaa godt ud, saa var der [en] ganske lille lav Pelargo[nie] med en stor Klump Lyserøde dobbelte Blomster, alle Ceiommus Skudene vare i god Kondition, nu kan jeg ikke huske mere om dem. Det var den store Potageske (Bryllupsgaven) de vilde have rejst med, den er nemlig stemplet Grønlund. Jeg laa der ovre om Natten. Uglen maler nogle Fingerbøller der om Dagen. Det var en nydelig Rejse derud i Gaar herfra, der ser nu bedre ud herfra og til Kjerteminde en andre Steder. Jeg traf Kathrine M[ey]er her i Gaar, hun skulde [til] Kjøbenhavn, Otto var kom[men], Erhardt havde hentet ham dernede. Præsten naaede [jeg] ikke, har han nu ventet, kan han vente de 8 Dage med. Det er Pokkers for jeg syntes der var saa meget jeg skulde fortælle, men paa fjollede Maade jeg har begyndt er det løbet i Stykker for mig, men nu skal Du faa Brev fra Nymindegab i Morgen. Det blæser godt (N.V.) i Dag og jeg glæder mig til at høre Vestervovvov i Aften. Hils Alle dernede. Mange Hilsner og Kys til Dig Puf og den fede.
+Din
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1901-09-19</t>
+  </si>
+  <si>
+    <t>Højrup</t>
+  </si>
+  <si>
+    <t>KB</t>
+  </si>
+  <si>
+    <t>Puf (Andreas) har det lidt bedre, har vist ikke feber, men er urolig om natten.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/RNOS</t>
+  </si>
+  <si>
+    <t>Da Du ikke er kommen, vil jeg sende Dig to Ord om Puf! – Det er en lille Smule bedre, jeg tror ikke, han har Feber mere, men der er meget Slim endnu, og han er noget urolig om Natten. Han ligger endnu og taler slet ikke om at ville op. – Jeg skriver paa aabent Kort for at de andre kan læse det, hvis Du skulde være rejst. Mange Hilsner! Torsdag Eft. Din A.
+[På kortets anden side, fortrykt]:
+BREV-KORT
+(Paa denne Side skrives kun Adressen)
+[Håndskrevet]:
+Maleren Hr. Johannes Larsen
+Kærbyhus 
+Kerteminde</t>
+  </si>
+  <si>
+    <t>1901-09-21</t>
+  </si>
+  <si>
+    <t>Korsør
+Revninge
+Ullerslev
+Rørbæk, Kerteminde</t>
+  </si>
+  <si>
+    <t>- Grønholdt
+Georg Larsen
+Jeppe Andreas Larsen
+Marie Larsen
+Anton Frederik Schondel
+Christine Swane</t>
+  </si>
+  <si>
+    <t>Tømrerne arbejder på Alhed og Johannes Larsens villa på Møllebakken i Kerteminde.
+Johannes Larsen arbejder i Christine (Uglen) og Maries stue: Hans to søstre boede på dette tidspunkt hos forældrene i Store Kærbyhus i Kerteminde. Derfra var/er der ganske kort til Møllebakken, hvor byggeriet var i gang. 
+29. oktober 1901 åbnede Johannes Larsens første separatudstilling hos Winkel &amp;amp; Magnussen i København, og Larsen arbejder på værker til denne. 
+Hyrdehuset ligger (stadig) på Hindsholmvej ved Nordstranden i Kerteminde.</t>
+  </si>
+  <si>
+    <t>Johannes og Alhed Larsens villa er ved at blive bygget. Larsen maler i Marie og Christines stue, men han er blevet forstyrret af natteroderi. En nat måtte han hente sin far, som rejste hjem fra Korsør, og en anden nat brændte nogle kornhæs. Efter brandene tog Larsen med sin far og sine søstre hjem og spiste sild. Georg Larsen måtte dagen efter stå brandvagt.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/fxom</t>
+  </si>
+  <si>
+    <t>Kjerteminde Lørdag 21 Septbr 1901.
+Kæreste Alhed!
+Der var nok ingen Brev til mig i Dag, men Du troede vel at jeg var kommen. Det gaar nu godt med Huset, det vil sige Tømrene hænger godt i, jeg arbejder her ovre i Uglen og Maries Stue og der kan jeg holde Øje med dem og høre Øxehuggene, det rart, men det var ogsaa ualmindeligt nederdrægtigt inden de begyndte. Jeg har nu faaet den med [Lapp]edykkerne færdig jeg begyndte [pa]a i Gaar og har altsaa [de t]re færdig og er i Gang med den fjerde en med nogle Krager og Alliker, det er mens den tørrer at jeg skriver dette Brev. Der er ikke saa god Gang i det med de Aquareller som de[r bur]de være paa Grund af en Del Natteroderi i de sidste Dage. Fader var forleden i Korsør og fik den vilde Ide at gaa fra Revninge til Ullerslev skønt det øsregnede ligesom han ogsaa vilde gaa hjem. Uglen og jeg gik saa ud at tage imod ham om Aftenen, da var det godt Vejr, vi mødte ham ved Rørbæk, men han var bleven noget ømfodet, saa da der i Revninge kørte nog[noget af papiret mangler] Fiskevogn endnu om os [kom] han op at køre. Vi kom hjem mellem 12 og 1 og [styr]kede os med Mad og Snaps og Kaffe, da kom jeg sent op Dagen efter og fik ikke bestilt [noget af papiret mangler] meget. Saa i Aftes da jeg havde ligget lidt og ikke kunde falde i Søvn, kom jeg til at se ud af Vinduet og syntes at det saa saa lyst ud og jeg gik saa hen og kigede ud og mente at det maatte være Hyrdehuset, Du ved Grønholdts der brændte, jeg klædte mig saa paa og løb over i Hinkes Mark og saa da at det var alle Kornhæssene derude der brændte, saa gik jeg tilbage og bankede de andre op og løb derud. [Det v]ar et pragtfuldt Syn, [der v]ar kun Ild i 5-6 Hæs [noget af papiret mangler] kom, men det gik villigt og det varede ikke længe inden hele Bakken var i den. Sprøjterne kom efter Haanden og det lykkedes at redde en Halmstak. Næsten al[le] Forpagterne havde deres Hæs der i Aar og kun et Par havde tærsket. Hæssene stod i 2 Rækker med en Vej imellem til Tærskeværket. Der var naturligvis en Masse Folk derude, om det saa var gamle Schondel saa var han der med en daarlig Ryg og han blev der endnu da jeg henad 3 gik hjem med Fader og Marie og Uglen for at styrke os med Spegesild og Snapse. Frk Svendsen er kommen i Dag. Der er Jagt paa Byens Jorder, men til Middag h[avde] hele Selskabet kun nedlaft [en] Hare og jeg ved ikke om de har f[aaet] noget i Eftermiddag. Grossereren vilde have været med maatte staa Brandvagt ved Hæssene i Formiddag. Mange kærlige Hilsner
+Din Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1901-11-30</t>
+  </si>
+  <si>
+    <t>Bertram -
+Emilie Demant Hatt
+Christian Eckardt
+Margrethe  Eckardt
+Adolph Larsen
+Andreas Larsen
+Cathrine Larsen
+Helga Larsen
+Ida Larsen
+Jeppe Andreas Larsen
+Johan Larsen
+Johannes Larsen
+Marie Larsen
+Cathrine Meyer
+Marie Meyer
+Otto  Meyer
+Theodor Oppermann
+Karl Schou
+Anna Syberg
+Fritz Syberg</t>
+  </si>
+  <si>
+    <t>IA Larsen hjalp i flere år familien Eckardt økonomisk.
+Johannes Larsens værksted lå på dette tidspunkt på 1. sal, det nuværende soveværelse i villaen på Møllebakken, hvor der nu er Johannes Larsen Museum. Der blev lavet soveværelse, da det nuværende værksted blev bygget i 1917.
+Onkel er muligvis Christian Eckardt.</t>
+  </si>
+  <si>
+    <t>De kan ikke sende Christine penge lige nu. Hun skal gå til Margrethe og låne. Det går fremad med byggeriet af Alhed og Johannes villa på Møllebakken. Johannes Larsen har fået brev fra Baronen, som indeholdt 5000 kroner.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/tCf4</t>
+  </si>
+  <si>
+    <t>Kjærbyhus Lørdagaften
+Kjæreste Dinemor!
+Du gjør dig ingen Ide om hvor tungt mit Sind har været i disse Dage fordi vi ikke har kunnet sende dig de 20 Kr. – saa haabede vi i Dag at sende dem pr. Telegraf ogsaa det mislykkedes; nu mener Faer at vi en af de første Dage i Ugen skal sende skal sende men for en Sikkerheds Skyld gaar du om til Margrethe i dag Søndag. jeg har skrevet til hende om at hjælpe de Dage
+Du skal ikke lade dig sjenere af det lille Ugle vi har hjulpet dem med Tusinder nu er det deres Tour at hjælpe os, de gjør det Gud ske Lov gjerne hun faar jo Penge først i Maaneden
+Johannes har nu hjulpen mig med Tegningerne og her ligger de indpakket i en Rulle, i Posen er 2 Hvedebrød en lille Julekage og Bogen du ønskede, naar du har læst den skal den ud til Oppermann hans Adresse skal vi saa sende 
+med Huset gaar det rask nok fremad der skildres under paa Taget og Tagvinduer er Glasset sat i
+jeg har ikke endnu dristet mig op paa Værkstedet men han er glad for sit Huus kan du tro, her var Brev til ham fra Baronen 5,000 kom ind det var dog storartet er han dog ikke glad, gaar Fru Anna saa paa Skolen, har du været hos Schous eller Bertram 
+fortæl mig meget, hvad Model har I og hvad siger Syberg om dit Arbejde herfra at Onkel ikke kritiserede det saameget fandt jeg godt, hvor jeg saa hele Kaffegildet saa levende for mig nu jeg kender Demant 
+Det er i dag Marie Meyers fødselsdag. Marie er i den anledning paa Feden til Aften hun skulle komme tidlig hun er jo nu ene Kathrine er endnu i Jylland. Otto bliver der i længere tid han skal male hos Idas; men Cathrine kommer om en Uge.
+Du maa selv skrive til Helga lille Dine og lover du hende en lille Tegning. Johannes er i dag bleven færdig med sin han har tegnet hendes Hjem fra Gaardsiden han staar i Porten
+Den er nydelig altfor kjøn siger Fader,- 
+Børnene ere raske begge Familier har faaet begge vores Vaske tørrede i det gode Vejr vi har i dag strøget Rulletøj paa Mandag skal Marie stryge Stivetøj saa skal I faa Tvebakker og Kager
+Du kan tro jeg takker daglig Vor Herre for den gode raske probre Pige vi har faaet hvor er der dog nydelig i Kjøkkenet alle de ting der skal pusses skinner din Kobberkjedel er kommen frem og en Ting til maa jeg glæde dig med vi har grundig ryddet op i Klude og gammelt Tøj nu ligger alt saa net og nydelig i Kasser og Skabe at Marie rigtig er glad, den flinke Pige opliver hende saa hun gaar og nynner Gud ske Tak lille Dine mor fordi du har det saa smukt og kommer ud til Fornøjelse
+Hilsen fra Fader til Demant
+Agraren har det godt vi fik hans Billede forleden</t>
+  </si>
+  <si>
+    <t>u.å. 1901-12-12</t>
+  </si>
+  <si>
+    <t>Christian Eckardt
+Adolph Larsen
+Alhed Larsen
+Andreas Larsen
+Georg Larsen
+Jeppe Andreas Larsen
+Johan Larsen
+Johannes Larsen
+Marie Larsen
+Vilhelm Larsen
+Clara Lindberg
+Susanne Lindberg</t>
+  </si>
+  <si>
+    <t>Onkel er muligvis Christian Eckardt.
+Johannes Larsen er muligvis på Fyns Hoved for at male sammen med Fritz Syberg.</t>
+  </si>
+  <si>
+    <t>Christine Swane besøger familie og bekendte i København. Johannes Larsen er rejst. Alhed og børnene er hos Johannes Larsens forældre.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/tuYk</t>
+  </si>
+  <si>
+    <t>Kjærbyhus den 12 December.
+Kjære lille Dinemor!
+Her sender jeg Dit Tøj som ikke er saa pænt som det burde være; men jeg har ikke kunnet naa mere med stoppe Trøjerne for det har ikke været tørt før i gaar og strøget daarligt er det ogsaa men Du tager nok imod med skønsom Tanker og gjør om paa det naar Du faar lukket op; I Pakken vil Du finde lidt af hvad Du ønskede og Du maa endelig sige til kjære Barn naar Du mangler noget det er saa trangt for mig at tænke paa Du skal savne Mad og Varme Lov mig en Ting Ugle gaa ikke hen og faa Lyst til at glæde os til Julen og saa selv Lide Nød Du maa ikke Dine hører Du det er i dag Faers Fødselsdag
+Las er rejst og saa er Alhed og Børnene her og Marie skal sove derovre Agraren render med Pakken og jeg sender Dig Vilhelms Brev for at du kan læse lidt fra ham
+Nu kom her Brev fra Onkel han fortæller Du sad hos dem det glæder mig hver Gang Du er hos de gode Mennesker ogsaa at Du besøger Susanne og faar Du Tid saa besøg Fru Lindberg inden Julen hun er dog saa kjær at vi kan være glad ved hendes Venskab
+Her er Blomsten Alhed siger det er den Italienske
+Nu gaar Agraren med Pakken og Brevet
+Her er en forfærdelig Kulde; men ellers klart og højt Vejer
+Vi har faaet vores Hø ind fra Marken og det er vi glade ved at det sidder godt i Hus til han skal kjøre ud med det til Odense
+Georg og Johannes kom med hver en Flaske Vin til Faer og det drak vi sammen fremmede har her ingen været vi er allene i Aften og skal naar vi faar Kaffen iseng
+Med al den Børnesnak er her tummelumsk at jeg maa holde op og sige Farvel og Tak for Dine sidste Breve
+Hils hvem der bryder sig om en Hilsen fra os Din egen Moder der aldrig glemmer at bede for Dig</t>
   </si>
   <si>
     <t>1901-12-16</t>
   </si>
   <si>
     <t>Georg Larsen
 Jeppe Andreas Larsen
 Johannes Larsen
 Marie Larsen
 Vilhelm Larsen
 Sophie Meyer
 Johan  Norden
 Fritz Syberg</t>
   </si>
   <si>
     <t>De gode malere er Johannes Larsen og Fritz Syberg. Christine Swane går på Fritz Sybergs Malerskole for Kvinder i København. 
 Salby, Martofte og Nordskov er byer på halvøen Hindsholm, nord for Kerteminde. Fyns Hoved er den nordligste spids af Hindsholm. 
 Erikshaab er Alhed Larsens barndomshjem ved Sallinge nord for Faaborg.</t>
   </si>
   <si>
     <t>Malerne er taget til Hindsholm i voldsomt snevejr. Fritz Syberg mener, at Christine Swane er en af hans mest talentfulde elever; men hun skal tro på sig selv. Alhed og Johannes Larsen skal holde jul på Erikshaab. Fritz Syberg har foræret Marie Larsen nogle tegninger til "Historien om en moder".</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/UgIn</t>
   </si>
   <si>
     <t>Kjærbyhuus Mandag
 Saa kom de gode Malere afsted i et rigtig Vintervejr det stormede og snede saa voldsomt at de kom ikke længere end til Martofte saa gik de den ½ Mil til Nordskov Fader telefonerede om Aftenen men da vidste Smeden ingen Besked men lovede at telefonere om Søndagen Faer gik saa derned igjen og da vidste han at de var kommen Lørdagaften og allerede gaaet til Fyenshoved Søndagmorgen Kl. 9 her har ikke senere været Forbindelse med Hindsholm et tog blev siddende i Salby Lørdagaften først nu kom et Locomotiv med 1 Vogn med Arbejdskraft til at rydde længere frem 
 Det er underligt at være saadan afskaaren fra Omverdenen
 Jeg skynder mig at sende denne Seddel at Du kan faa nogle Malervarer saa hurtig som muligt Tusind Tak for dine Breve som glædede mig meget, ogsaa Syberg Besøg; han havde Baronens Billeder med til Marie fik hans Billeder til en Moder og hvor hun blev glad og jeg med kan du tro
 i Samtalens Løb sagde han uopfordret jeg er glad ved Skolen Uglen er den der har mest Malertalent blot hun vil lade være at tabe Modet naar hun kjører fast, bare klemme paa igjen og det vil du jo kjære Dinemor – vi er saa mange der tro paa dig som Maler brug dog de Goder der er dig betroet, spille jo rigtignok skal du tage imod al den Hjælp du kan faa men det kan vi tale om i Julen der er ikke længe til Gud ske Lov jeg skal se Eder Alle
 de rejser først til Erikshaab lille Juleaften Saa du faar dem at se Klaks kommer om søndagen før Jul og bliver 8 Dage hjemme han sendte en Hare som blev spist Faders Fødselsdag Georgs og [ulæseligt navn] og Las’ var her Meyer og Norden om Formiddagen Vennerne om Eftermiddagen saa her var rigtig Fødselsdag
 Nu gaar Fader med Brevene til Sukkerkogeriet og saasnart Banen er ordentlig farbar skal han ud at hæve Pengene og saa kommer vi lille Ven
 Marie er i Kjøkkenet vi vadsker
 Kjærlig Hilsen
 Her er saa koldt jeg kan knap holde Ben[ulæseligt]
 Kjære Dine
 Nu kom her Brev fra Marie og Vilhelm saa du faar Underholdning Det er storartet at Marie kommer med nu
 Du maa nok saa faa til Kjøberen for Marie maa jo have en ogsaa skriv nu endelig til mig hvad vi skal ud med til Frokosten at jeg kan være forberedt
 Hils Alle i Hast
 Din glade Moder</t>
   </si>
   <si>
+    <t>1902-01-19</t>
+  </si>
+  <si>
+    <t>Louise Brønsted
+Peter Hansen
+Alhed Larsen
+Andreas Larsen
+Jeppe Andreas Larsen
+Johan Larsen
+Johannes Larsen
+Marie Larsen
+Hempel Syberg
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>"Maleren" i dette brev er måske Johannes Larsen, da han maler fugle og rådyr.
+Den lille Fede er muligvis Lysse (Johan Christopher Larsen), som er født i 1901.</t>
+  </si>
+  <si>
+    <t>Kerteminde Byhistoriske Arkiv</t>
+  </si>
+  <si>
+    <t>Peter Hansen har meldt sin ankomst.
+Det er mest fugle maleren kommer med i år og tegning af et rådyr, som lover godt.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/kWnW</t>
+  </si>
+  <si>
+    <t>Kjærbyhus Søndagmiddag
+Kjære lille Dinemor!
+Endelig oprandt den Dag da jeg kan sende de første 20 Kr Gud ske Tak; nu kan Du tro jeg skal sove godt i Nat.
+Vi havde ventet 1 Brev imorges men nu kommer det nok Mandag og fortæller os lidt om Gildet?
+Vi kunne nok have sendt det i Aftes men saa sent at det ikke blev afleveret i dag og saa kunde vi jo ligesaa godt vente til i dag.
+Peter Hansen meldte sig i gaar saa venter de ham med 2 Toget men om han kommer ene eller med Fru var der intet om, det var Telefon Meddelelse
+I Eftermiddag kommer lille Fede herover jeg har ikke set ham i hele denne Uge det har været et stygt Stormvejr saa vi har ikke været udenfor en Dør; lille Puf kjører i Kane med Gyngehesten for og er meget optaget han taler lidt om Uglen. I morgen er det hans Bed-stemoders Fødselsdag hun sidder endnu paa Sofa, men næste Søndag skal der være Candidatgilde for Louise Varberg, det skal staa hos Hempel Syberg og Las og B skal med Marie passer Børnene for det er en Søndag saa kan de jo holde ind til kl 11 Aften og det passer jo godt for saa kan jeg hjælpe hende da I rimeligvis kommer til at rejse Torsdag Morgen.
+Hvordan gaar det med Arbejdet lille Dine; her arbejdes flittig oppe i Eders Stue det er saa stor en Glæde for at se Tankerne komme levendegjorte frem.
+Fader med sit sædvanlige det er et Sælgebillede det er mest Fugle at Maleren kommer med i Aar jo der bliver ogsaa et med Raadyr som lover godt efter Tegningen at dømme
+Det er Foraarsluft her i dag 1 Høne har begyndt at lægge Æg men vi veed ikke hvis det er saa det imødesees med Spænding
+Nu læste vi med Forbauselse om den store Ildløs saa I noget til den
+Kjærlig Hilsen I skal nok faa Brev engang til inden I skal rejse</t>
+  </si>
+  <si>
+    <t>1902-03-11</t>
+  </si>
+  <si>
+    <t>Lars Gregersen
+Hans Hinke
+Max Kleinsorg
+Frederik Petersen
+Fritz Syberg
+Laurits Thomsen</t>
+  </si>
+  <si>
+    <t>Larsen-familien bor i Lille Kærbyhus, som også var ejet af familien, i Kerteminde.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har fået indrammet akvareller. Villaen på Møllebakken i Kerteminde er ved at blive bygget.
+Larsen kan ikke finde en liste med titler og numre på en række billeder, så de kan ikke blive nummereret, før de bliver sendt til København.
+Kleinsorg har ikke sendt trykkene.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/4edm</t>
+  </si>
+  <si>
+    <t>Kærbyhus 11 Marts [noget af papiret mangler]
+Kæreste Alhed!
+Tak for Dit Brev. Schous Adr er Adelgade 17 – 3 Sal, sommetider skriver jeg vist 27 men jeg tror i Øjeblikket at 17 er rigtigt. Jeg har nu faaet alle Rammer fra Frederik Petersen og har sat alle Aqauarellerne i undtagen den jeg maler paa og som jeg haaber [at faa] færdig i Morgen. Stee[noget af papiret mangler] Bæst han bliver vist f[ørst] færdig i Morgen hvad [ri]meligvis fører til at [noget af papiret mangler] broncerede Forkanter paa Rammerne. Thomsen traf jeg i Dag og var med ham henne at se paa Dørene, han havde lavet de 10 af dem [noget af papiret mangler] Køkkenet og øverste Etage og var i Gang med de andre, han lovede at mande Folk op og lave Bagtrappen og Shelterrummet til Værkstedet færdigt saa Murerne kan begynde naar det bliver Tø. Her har været en væmmelig Kulde i Dag. Jeg har faaet Plankerne til Trappen kørt ud, det bad Thomsen om, og ligeledes har han faaet sin Høvlebænk [noget af papiret mangler]an skulde af med en [noget af papiret mangler]ie og Hinke har faaet [noget af papiret mangler]ien fra Gregersen. [noget af papiret mangler] er nu fuld Gang med at [ulæseligt ord] Vinduerne og hænge dem paa saa der kan snart begyndes med at sætte Ruder i, bare nu Vejret maa forbedre sig saa M[noget af papiret mangler] kan begynde. Jeg har vendt hvert Papir i Spillebordsskuffen og Noderne uden at finde det Papir hvorpaa jeg skrev Titlerne og Numrene op paa Billeder og jeg er derfor afskaaret fra at sætte Numre paa dem hvad der igen har til Følge at de ikke kan blive nummererede før vi kommer til Kjøbenhavn, dersom Du ikke ved hvor Opskriften er og [kan] meddele mig det o[noget af papiret mangler]ende, Billederne ska[l sen]des paa Fredag. Jeg [har] i Dag rykket for Regningen til Tombolaen, den skulde have været der ovre første Marts. Det Smøl til Kleinsorg har endnu [ikke s]endt Trykkene. Hvis jeg ikke havde saa meget at gøre og rende om vilde jeg kede mig ganske forfærdelig, jeg begyndte i Gaar at faa Rejsefeber da Baronen skulde af Sted men i Dag gaar det bedre. Mange kærlige Hilsner til Jer alle tre fra 
+Din
+Johannes Larsen
+[Hi]lsen fra Marie.
+Der var Brev fra Moder i Dag de var kommen godt derop.
+JL.</t>
+  </si>
+  <si>
+    <t>1902-06-24</t>
+  </si>
+  <si>
+    <t>Middelfart</t>
+  </si>
+  <si>
+    <t>Laurids Finnich
+Adolph Larsen
+Jeppe Andreas Larsen
+Johannes Larsen
+Marie Larsen
+Vilhelm Larsen
+Cathrine Meyer
+Sophie Meyer
+Theodor Oppermann
+Henrik Ramsing
+Karl Schou
+Cathrine Svendsen
+Albrecht  Warberg</t>
+  </si>
+  <si>
+    <t>Det er uvist hvem følgende personer er: Madam Høj, Helga, Martin og hans mor.</t>
+  </si>
+  <si>
+    <t>Christine Swane er på ferie hos Cathrine Svendsen i Middelfart. Johannes Larsen maler på et billede af guldregn. Vilhelmine Larsen mener det bliver færdigt i år. Oppermann har købt et billede af Schou til 300 kroner.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/VLuh</t>
+  </si>
+  <si>
+    <t>Kjærbyhus Mandag!
+Kjære Christine!
+Saamange Tak for dine 2 Breve jeg har nu faaet det Sæt Tøj vasket og venter kun paa Madam Høj der skal komme med Resten af Pengene saa Du kan faa 5 med og paa Bøttepapiret venter jeg de kan ikke finde Rullen nu skal jeg derover igjen Kan de ikke finde den og Pengene ikke kommer, saa sender jeg alligevel dette og Brevet som kom forleden, det har rigtignok gjort Rejse efter Dig, Faer mener det er kun Lotterivæsen og ingen Venner siden der staar Fru Christine Larsen.
+Det er da herligt Du faar faar saa meget Musik og er hos en kjærlig og god Veninde Gud glæde enhver der kan opmuntre dig
+Vejret er godt og Arbejdet vil jeg haabe maa lykkes for Dig hvor er jeg dog taknemlig og glad at Du kom derned saa Du ikke er tvungen af noget Hensyn til mig; jeg klarer mig godt og naar endda at vaske den lyse uldne Kjole af Maries den blev pæn og igaar holdt vi det sammen med Silketøjet det passer godt sammen om der nu kan blive en god Nederdel deraf den Bomulds vil jeg til at sy sammen nu 2-3 Stykker Linned har jeg efterset
+De vare herovre igaar at spise til Middag den stod paa Lammesteg og Stikkelsbærgrød. Børnene var søde De blev lige til Sengetid Marie er raskere nu saa er Humøret ogsaa bedre. Johannes soler sig med Guldregntræet det er jo et mageløst Vejr paa den tid han skal bruge Solskin nu i Aar bliver det nok færdigt. De har faaet deres Hønsegaard i Orden og Græsset saaet
+De venter ogsaa de gamle Varbergs i den nærmeste Tid de skulde saa blive et Par Dage efter dem kommer saa Skovs var det inden du rejste Johannes fik Brev fra ham, Oppermann har kjøbt et Billede af Skovs til 300 – han har Kort til Dyrehaven og tager derud hver dag for at male
+Vi har i dag den store Glæde at Hypoteksrenten er sendt til Sverrig, det lettede paa Fader kan Du tro og paa mig med. Roepengene har vi endnu ikke faaet; men Du kan stole paa mig Pengene kommer ikke her i Huset før jeg faar dem jeg skal betale med til Marie kommer. Vi har Intet hørt fra Vilhelm eller Adolph – Lev vel og hils Dine Omgivelser
+Blomsterne gror godt, Løgene ere et Par Tommer høje Faer har lovet mig Pinde til dem og de andre Blomster han glæder sig daglig over Hjemmet her han har aldrig befundet sig saa vel nogen Steder uden i Sverrig lige gaa ind i sin Seng fra Stuen og det er Kl. 9 lille Dine; men saa hedder det op Kl 5 og det med Lyst naar vi saa har drukket Kaffen gaar vi udenfor og seer hvor meget det har groet
+Græsset er nydeligt tæt, nu begynder Folk at se med Undren paa det smukke ordentlige Stykke Have alle Kartoflerne er hyppede og Pedersellie og Rødbeder Ærter og Kaal og saa lægger Fader Planer om hvor smukt det kan blive naar vi tager et større Stykke Jord ind til Haven med Buske og Træer saa glæder han sig som et Barn hvor kjønt her i det Hele kan blive naar Gaarden engang bliver færdig, ak hvor jeg beder og ønsker at han maa faa Lykke og Held til at udføre sine Tanker
+Du kan tro her er Liv i Haven i dag 4 Odensedamer syklende og Munden gaar paa dem, nu gik de i Vandet formodentlig siden de gik over Trappen
+Artiskokkerne har de ryddet til Side og saaet noget jeg var derovre det lod ogsaa til at de vilde kjøbe nogen hos Gartneren til ham nu faar vi se
+Fluerne er i Flertal nu men jeg har sat noget Brændevin saa gaar de vel i. 
+Familien har det godt jeg saa i Kjøkkenet i Aftes de gik forbi med alle Finniks men kom ikke ind 
+Vores Roer er der folk paa i disse Dage men det kan ogsaa gjøres nødig for de ere meget snavsede Martin og Moderen er ogsaa blevet anbragt der – Faster Sophie har været at besøge mig en Eftermiddag og blev til Aften hun var med i Marken hos Køerne, hun glemte sit Strikketøj det hentede Cathrine i Aftes
+De har intet hørt fra Helga siden Marie var i Odense at besøge Ramsings nu maa jeg nok slutte med Ønsket om alt godt for Dig Du kjære Barn som nok en gang faar den Glæde jeg af mit ganske Hjerte under Dig</t>
+  </si>
+  <si>
+    <t>1902-11-16</t>
+  </si>
+  <si>
+    <t>Ester -
+Johan Elmqvist
+Adolph Larsen
+Jeppe Andreas Larsen
+Marie Larsen
+Olga Lau
+Karen Meisner-Jensen
+Rasmus Petersen, Gartner
+Marie Svensker
+Jens Ferdinand Willumsen</t>
+  </si>
+  <si>
+    <t>Christine Swane er muligvis ved at flytte på værelse i Kronprinsessegade 36. Hun har overført et motiv "Bjergbestigersken" af J.F. Willumsen fra karton til lærred.
+Muligvis er det Olga Lau, der er nævnt i brevet.
+Beatrice er en lille ovn til madlavning (Haugalandmuseene/Digitalt Museum)</t>
+  </si>
+  <si>
+    <t>Christine Swane har arbejdet for JF Willumsen og tjent penge.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/FSAa</t>
+  </si>
+  <si>
+    <t>Kjærbyhus den 16/11 1902
+Kjære lille Christine!
+Du har vel ventet flere Dage paa Brev, men det var denne Bestemmelse der skulde tages om Sverigesrejsen som opholdt mig jeg vilde jo gjerne have det sikkert det skulde jo være i Maaneskin og saa maatte det være nu i denne Uge jeg kom til at ytre vi burde dog ligge hos Elmquists om Natten og saa komme derop om Morgenen, det var først saa urimelig;
+men da vi havde sovet paa det saa kom Faer i Tanke om at saa var vi ikke afhængig af Maaneskin og kunde faa Roerne afsted først nu kommer du alligevel til at have Brev engang til om Dagen vi kommer, kan Du komme saa tidlig ind til Banegaarden ellers kan Du da naa hen til Nordbanegaarden vi skulde dog gjerne sees lille Ugle. Faer er saa rask nu at det er en Fornøjelse han bliver jo sparet for Morgenarbejdet i Stalden vi gamle faar vores Kaffe paa Sengen. Du skal nu høre hvordan Dagen gaar Adolph staar op Kl. 6 kalder paa Marie og Ester tænder Beatrisen saa gaar han i Stalden giver Kjøerne et Foder kjører paa Mejeriet med den lille svenske Vogn hvor Balm er for og den gaar strygende samme Gange er han kun et godt Quarters borte Rasmus Petersen kjører gjerne med saa drikker han og Marie Kaffe og følges saa i Stalden og gjør fint Marie siger, ja der er saa nydeligt at Lau sagde her kan jeg jo sidde og male Marie Svensker er meget henrykt hun kan gaa med [Bromelssko] naar de saa er færdige med spiser vi Sild som jeg har ristet, saa tager Adolph ud pløje hele Delcomyn Lykken er færdig, vores Seletøj har været hos Petersen og seer meget anstændig ud du kan tro det kvæger os alle at vi nu har en vi kan stole paa
+Nu har jeg holdt saa lang en Snak og det første jeg vilde sige Dig var dog hvor glade vi blev ved at høre om dit Held med Arbejdet hvor morsom at dit første Arbejde var noget efter Villumsen, det var jo herligt at Du tjente saa godt i den Uge
+Du kan ogsaa tro at jeg er vor Herre taknemlig der har sørget saa godt for Dig og saadan rare Mennesker der har hjulpen og Bro med Gardiner
+Nu maa Du tegne mig dit Værelse at vi rigtig kan tænke os Dig i den grønne Sofa, Malerkassen kom frem da vi flyttede Sofaen paa Gangen; den skal vi tage med naar vi kommer det var ellers dyrt at faa dit Tøj med Damper 4 Kr 37 Øre
+[på hovedet i hjørnet står]
+Peter A Petersen
+Silkeborg
+D 5 April 1879</t>
+  </si>
+  <si>
+    <t>u.å. december 1902</t>
+  </si>
+  <si>
+    <t>Benedikte -
+Emilie Demant Hatt
+Alfred Eckardt
+Svend Hammershøi
+Vilhelm  Hammershøi
+Andreas Larsen
+Jeppe Andreas Larsen
+Johan Larsen
+Johannes Larsen
+Clara Lindberg
+Marie  Nielsen
+Johan  Norden
+Peter Sus
+Fritz Syberg
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Christine Swane bor muligvis i København.</t>
+  </si>
+  <si>
+    <t>Baronen kommer på besøg på Møllebakken. Martha Johansen har gjort Christine Swane ked ad det.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Gn6q</t>
+  </si>
+  <si>
+    <t>Kjærbyhus
+Kjære Christine!
+Her er en Pakke med Smør lidt Tvebak Kage og Pølse, lad os vide naar Du modtager den, ellers er det maaske bedre Du selv henter den Du har vel dog faaet den anden?
+I dag var her Brev fra Baronen han kommer paa Tirsdag, saa faar I en Ferie – men han bliver vel ikke længe borte først i Ugen kan vi sende Dig Penge – og vil bede Dig være ved godt Mod saalænge.
+Det var flovt af Fru Johansen at være saa tavs. Du skal ikke bryde Dig derom Du har jo mange andre at besøge der er Lindbergs Suses Alfreds Nordens Hammerhøjs maa du da ogsaa hilse paa
+Kommer I ikke hos fru Marie Nielsens
+Fortæl mig alt muligt og klag Din Nød for mig stol paa det skal blive godt alt sammen vær bare flittig min gode Ven saa skal nok alt det andet klare sig.
+Send os nu dit Vasketøj i næste Uge i god Tid Vi skal sætte i Blød sidst i Ugen inden vi ved af det saa kommer Julen og alle Børnene Gud give vi maa blive raske saa gaar det nok nu peb Toget Fru Varberg kommer i Aften og rejser i morgen igjen, Christine [ulæseligt] kommer i morgen og rejser samme Dag
+Børnene ere søde begge to den lille Johan har faaet 2 nye Kjoler i disse Dage Sofie Bles har været der og kommer igjen i næste Uge for at sy hans Overfrakke han rejser meget til Kjøbenhavn og besøger Tante Ugle, har Du ikke besøgt Ta Agge hende havde jeg rent glemt
+Nu staar Benedikte og venter Fader løb i Forvejen for at skaffe Frimærker og Banemærke til Pakken velbekomme Eder begge 2
+Hils Demant
+Kjærlig Hilsen fra Marie
+Vi skal til Kaffe i Aften hos Malerens</t>
+  </si>
+  <si>
+    <t>1902-12-08</t>
+  </si>
+  <si>
+    <t>- From
+Alfred Larsen
+Alhed Larsen
+Georg Larsen
+Jeppe Andreas Larsen
+Johanne Christine Larsen
+Marie Larsen
+Rasmus Petersen, Gartner
+Fritz Syberg
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Besøget i Sverige skal muligvis ses som en del af afviklingen af familien Larsens ejendomme/forretninger p.gr.a. økonomiske problemer.</t>
+  </si>
+  <si>
+    <t>Christine Swanes forældre skal muligvis til Sverige inden jul. Farbror er ved at købe og sælge ejendom. Han skal flytte og har holdt auktion over inventar.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/OacK</t>
+  </si>
+  <si>
+    <t>Kjærbyhus Lørdagaften
+Kjære Dine!
+Du kan vel tænke at jeg venter fordi jeg ikke har kunnet skrive den Dag kommer vi! For førent Brevet er afsendt til Sverig giver jeg ingen Besked det staar for mig som umuligt, at vi kan komme afsted inden Juul vi faar se, det kunde saamen ogsaa behøves at jeg blev hjemme for at faa noget bestilt. Tiden løber fra mig lille Ugle jeg er ikke den jeg har været før, Vinteren trykker mig grumme meget. Nu Du har god Fortjeneste glem saa ikke at skaffe dig et Par Galosker og et Par af de Benklæder med uldent Foder at jeg dog kan tænke paa dig med den Glæde at du ikke fryser
+Dit sidste Brev satte rigtignok Liv i Faer den Ytring at du maaske paa den Maade kunde lægge lidt Penge op, den gottede ham svært, hvor det er herligt at se den gode Faer lidt oplivet ja det var fuldkommen i sin Orden at du tog imod det Tilbud, men skal du saa ogsaa lave Mad kjære Barn saa gaar dog meget af din Arbejdstid bort hos Frøken From saa den Plads at du kan flytte helt med alt dit Tøj og Blomster fortæl mig dog udførlig om det alt sammen, hvor Tiden løber nu har vi jo snart Fars Fødselsdag og saa kommer Julen hvor vi skal samles medens vi nu er i Julesnak lad mig saa sige dig hvordan det ønskes ordnet her; da Fru Warberg var hernede sagde hun saa bestemt at hun ikke kunde tænke sig at holde Juul paa Haabet, hun og de ugifte Børn samles hos Syberg’s – Junge kommer herned saa Johannes og Alhed vilde saa gjerne samle os Alle der Juleaften og se Børnene glade; jeg hørte fru Warberg sige alt hvad der er hjemme til at pynte med skal jeg sende herned og da vi jo altid har lidt trangt ved at faa saa let sammen saa er det jo godt, saa kan vi jo samles hos os en anden Dag i Julen naar vi blot maa blive raske saa gaar det nok at vi dog i nogen Maade maa faa lidt at smage af den rette Juleglæde – 
+(Skrevet på tværs i venstre side: Mohr &amp;amp; Kjær Kjøbenhavn D. 24 Jan 1829)
+Agraren er i Odense i dag med et Læs Hø det kom lidt hastigt han havde været hos Barberen i aftes og da han var inde hos Georgs efter Avisen fik han at vide at der var telefoneret efter Hø vi skulde have havt det at vide om Morgenen men glemt det som sædvanlig her blev Travlhed Rasmus Petersen laante os en Mand der hjalp Adolph at bundte Faer vejede Marie rakte op A læssede Kl 1 kjørte han nu sidder vi venter ham i dette Mørke er det ikke behageligt at kjøre vor Herre føre ham vel hjem
+I morgen vil han en Tour ned til Junge saa giver jeg ham dine Breve med, jeg havde gjemt hans det sidste for at sende dig nu kan jeg ikke finde det, vi er omsider havnet inde i den gamle Stue her var igaar en Svend der fik sat et Kakkelovnsrør op og her er lunt og godt der blev saa koldt inde i den store Stue i denne forfærdelige Storm det har varet mange Dage – Farbroder var den der sørgede for at faa en Svend herop; han rejste torsdag der kom Telefon efter ham; der var en køber til ”Kristianshøj” en rig Amerikaner. Farbroder vil saa have Steensgaard om det nu bliver til Handel. Alfred er ikke Smed mere nu er han Landmand med Liv og Lyst. Farbroder var helt tilfreds med Udfaldet af Aktionen han forærede os adskilligt vi fik 10 Pund Ris en flaske Livsbitter, Rom, Rødvin, [ulæseligt ord], Svovlstikker 1 Gros sennep i Pakker
+Johannes kjøbte [ulæseligt ord], Bord, den lille Sofa i Kontoret et Skab nogle Flasker – til Brændevin
+Marie Kone har i dag vasket dit tøj og lagt det ud i Frostvejret saa det skal nok blive kjønt og kan vi naa det skal vi nok sende det inden den 12 – 
+Marie Søster sprætter i Aften sin blaa Kjole op saa vil vi se at faa Fru Hansen til at sy den sammen
+Sophie har endnu ikke naaet at komme herop men nu igaar har jrg begyndt at sy mine Hvergarns sammen saa bliver den vel færdig engang
+Du kom [ulæseligt ord] saa god Nat og Lev Vel min kjære Pige Gud være med dig og skriv endelig en forfærdelig Mængde
+Hils Alle 
+Hilsen fra Faer og Marie</t>
+  </si>
+  <si>
+    <t>u.å. 1903 vinter</t>
+  </si>
+  <si>
+    <t>Adolph Larsen
+Alhed Larsen
+Jeppe Andreas Larsen
+Johanne Christine Larsen
+Johannes Larsen
+Marie Larsen
+Sophus  Meyer
+Karl Schou
+Anna Syberg</t>
+  </si>
+  <si>
+    <t>Valkyrien er en sangforening i Kerteminde.</t>
+  </si>
+  <si>
+    <t>Vilhelmine Larsen vil sende nogle billeder over til Christine Swane. Hun har manglet dem. Christine skal købe farver til Alhed Larsen og Anna Syberg. De vil deles om udgifterne.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/yY73</t>
+  </si>
+  <si>
+    <t>Kjærbyhus
+Kjære Dine!
+Endelig saa fandt Marie da Billederne ovre i Stuen ved Klaveret hvem tænkte dog der var mere jeg var saa vis paa Du havde det med Johannes sagde vi maatte endelig sende og disse her ligger af [ulæseligt] er pæne saa [ulæseligt] gaar de ad med Aftenposten det var da godt at Du har faaet Gang paa det, herligt at Du har Schou til at tale med om Sagerne
+Vi skal bede fra Alhed om du i Dronningen Tværgade i en Kjælder Farvehandel vil kjøbe for 10 Øre giftfri Farve røde og 10 Kr gule hun og Fru Syberg vil dele, til Harpiksen skal de bruges
+De venter Schous i morgen naar kommer Du selv, saa snart Du kan hvad? Vi er saa meget længselsfulde men jeg kan jo nok vide Du maa passe Dit Arbejde og nu Dine Billeder, men lad os med et Par Ord vide naar Du kan ventes. Faer er i Odense i dag og skal vist til Nyborg imorgen nu gaar Marie
+Vi er dog raske Gud ske Lov men Dagen er jo saa kort og ingen Ting bliver her naaet vi har ikke endnu faaet begyndt at bage
+Agraren var i Odense igaar med 1 Læs Hø det var dog nogenlunde godt Vejr, han traf Johanne og spiste til Middag med hende saa han var helt oplivet da han kom hjem, Vinden havde han paa Ryggen og Kraven op om Ørene saa han mærkede ikke meget til Vejret
+I dag er det nogenlunde men tænk Dig hele vor Vask var ude og maatte i morges lægges i Vand igjen nu staar det til at komme paa Loftet, nej maa jeg bede om Sommer. Jeg kan ikke med Vinterkulden jeg bliver gammel
+”Walkyrien” samler en Del Damer til Sangøvelse Mejers hænger i med Marie og Alhed gaar vist ogsaa med Jeg styrker af al Magt dertil hun har jo ingen Fornøjelser maaske det dog kunde more hende lidt
+Nu maa jeg op at finde noget at rulle Læredderne paa – Lev vel til vi ses Din Moder</t>
+  </si>
+  <si>
+    <t>1903-01-02</t>
+  </si>
+  <si>
+    <t>Kauslunde Å
+Lundsgård</t>
+  </si>
+  <si>
+    <t>Susse -
+- Barfoed
+Emilie Demant Hatt
+Marie Hansen, pige i huset hos Alhed og J. Larsen
+Verner Heidenstam
+- Helens
+Marie Kjellmann
+Adolph Larsen
+Alhed Larsen
+Andreas Larsen
+Cathrine Larsen
+Johan Larsen
+Johannes Larsen
+Marie Larsen
+Vilhelm Larsen
+Cathrine Meyer
+Marie Meyer
+Otto  Meyer
+Rasmus  Petersen
+- Petersen Bøgebjerg</t>
+  </si>
+  <si>
+    <t>Det kan ikke umiddelbart afgøres, hvem der har skrevet sidste del af brevet. 
+Det vides ikke, hvad Hollænderen er for en størrelse. Et Humbug var en art falsk skjortebryst.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 0802</t>
+  </si>
+  <si>
+    <t>Marie Kjellmann lever endnu, men hun er syg.
+Det har været uvejr, og det er meget koldt. Der er fodkoldt i huset. Flere har været ude for at se på de skader, som uvejret har været skyld i. Alhed og Johannes Larsen samt deres børn har været på besøg.
+Vilhelmine har gjort alt pænt til jul, og hun og familien har haft flere hold gæster. 
+Vilhelmine og den anden brevskriver fortæller om diverse julegaver.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/9Hvc</t>
+  </si>
+  <si>
+    <t>Kjærbyhus Mandag den 2 Januar 1903
+Kjære Disse!
+Tak for Din Nytaarshilsen og Tak fordi fordi den kom saa betids at vi fik den i forgaars. Igaar paa Nytaarsdag fik vi ikke et Brev det har vi aldrig oplevet før men saa nu tilmorgen kom der dog et fra [ulæseligt ord] – Marie Kjellermann lever endnu, hun havde bedt saameget til at hun maatte engang endnu høre Børnene sjunge Julesalmer, og det skete, Juledag gik rolig men næste Dag kom et forfærdeligt Hosteanfald, maaske hun lever endnu deres Bryllupsdag kan Du huske Disse da vi dyppede i Gryden og havde en hyggelig Stund hos dem kjære lille [ulæseligt ord] det er godt Margrethe er der hos dem i denne Herrens Tid. Medens jeg husker det saa maa Du ikke sidde ude i Skoven og skrive – vi maa være fornøjet med mindre naar Du vil nøjes under den hæslige Tid, nu er det altfor koldt her har været en slem [ulæseligt]storm Marie var ved Kauslunde igaar for at se Skaden Havet havde anrettet men som det fryser saa haardt er Grene og Græsstraa bleven krystalliseret, Alhed Las og Børnene var til Juletræ hos Dr. Petersens de kom med 8 Toget og gik fra denne Vej om for at ønske os glædeligt Nytaar, de drak Kaffe med, og da de hørte om Vinterlandskabet saa vilde de derud idag de meldte sig hertil Middag for deres Marie har Ferie og nu kom der Bud at Faster Thrine var kommen at jeg saa hun kom med Adolph var hos Rasmus Petersen i gaar saa han gik med dem nu i Formiddag Kl. 1 skal de møde igjen for at spise Æbleflæsk og Grød, vi hørte at de alle havde faaet Brev fra Uglen til [ulæseligt ord] det var godt – lille Ven det glæder mig saa meget naar I er kjærlige imod hverandre, lav Du bare et Par Sko til Agraren for trods alle de Kohaar jeg har stoppet under Gulvsprekken saa er her dog saa fodkoldt at det kan blive behageligt for ham at faa varme Fødder naar han sidder her om Aftenen, vor Tale falder stadig paa Dig du Kjære hvordan mon hun dog har det i denne Kulde I skal da vel ikke nøjes med 8 Grader nu men er det Kulden der skal hjælpe Eder til at blive raske saa siger vi Ingenting, men pas dog Tiden lille D [noget af papiret mangler] har jo ikke andet at gjøre det er godt det hjælper paa Eder; saadan skal det være Jeg kunde vist rigtig godt lide den Dr Helens om jeg saa ham, saa gik De her og ventede [ulæseligt ord] hun er nok ude at se til Uglen Nytaarsdag og saa kommer hun her bagefter, men det troer jeg nu ikke paa.
+Vilhelm forærede mig uldent Tøj til en Natkjole som jeg nu skal have syet jeg vilde have det skulde gaa over den engang men Marie havde lovet ham at jeg ikke skulde faa Pengene men hun skulde kjøbe Tøjet og derved blev det, den skal nok varme mig nu kom de fra Sk[ulæseligt]touren og saa gik de hjem Fasteren og jeg begynder igjen. Du skulde se hvor Julekaktussen er [ulæseligt ord] den staar her midt paa Bordet.
+Du har ikke hørt hvor pænt her blev til Julen, jeg har gjort alle Sofapuder istand og syet Tæppet i Kanten saa det ligger inde under Bordet stoppet Klavertæppet og de blaa Gardiner hænger og Blomsterne staar paa Gulvet om Natten og dem i Stuen staar paa Bordet men maaske Frosten ikke bliver saa langvarig som vi tænker os nu men det saa bliver der nok Forandring paa det hele, vi sidder nu igjen i vor sædvanlige [ulæseligt ord] de to Herrer læser og Marie og jeg skriver. Du fik vist Brev fra Marie Mejers den Dag de skulde her om Aftenen det blev en meget vellykket Aften de spiste til Aften først Herrerne et Glas Toddy vi Solbær Likør og Kager senere hen Kaffe med Brunsviger og Kager Otto kom med Violin han havde været hos Krigsasessor Petersens og gik lige herop, saa jeg fik den Glæde at høre ham spille med et Liv og en Kraft saa jeg knap kjendte Otto igjen Cathrine rejser imorgen de havde været saa pæne at skrive at [ulæseligt ord] blive hjemme Nytaar forbi og de Par Dages Udsættelse af Skilsmissen bekom dem saa godt det er jo altid svært at sige Farvel gid hun maa faa det godt den lille Pige. Ja rigtignok kan jeg huske det Tørklæde at Demant havde saa er Du da rigtig bleven begavet med Foræringer til denne Jul lille Ugle. Du kan rigtignok tro jeg er glad ved mine Sko nu det er saa koldt. Lev vel og vær ved godt Mod. 
+[4. side skrevet med en anden skrift:]
+Glædeligt Nytaar kære Ugle og tak for det gamle. I Morgen sender vi den lille Pakke til Dig, blaa Klude har jeg funden, men det blomstrede Gardin var ikke i Kassen, maaske jeg finder det et andet Sted. – Jeg lovede dog vist at fortælle Dig hvad jeg fik i Julen, fra Susse fik jeg altsaa Hollænderen, af Klaks Penge til en Hat, jeg har købt en rigtig pæn bredskygget sort Filthat men ikke faaet den pyntet endnu, af Alhed og Las, fik jeg en Æske Cigaretter og en Flaske Eau de Cologne og saa fik jeg en tyk svensk Bog fra Barfoed af Verner von Heidenstam, der er mange kønne Fortællinger i; Klaks forærede jeg en Bog og Agraren en Sportshue og et Humbug; men vi gjorde ellers ikke meget af det med Gaver i Aar. –
+Hvor er det dog koldt i disse Dage, jeg maa hver Morgen hugge Hul i Isen paa mit Badevand; jeg kan nu alle 18 Øvelser og er dejlig varm naar jeg er færdig med dem alle; Alhed bruger ikke Systemøvelserne mere da hun syntes at hendes Hofte blev daarligere deraf. – Sikken et Vejr vi havde i Lørdags jeg var en lang Tur ude at se paa Elementernes Rasen; Vandet stod [det følgende skrevet lodret langs papirets venstre kant] over Landevejen oppe ved Lundsgaar[d] og gik helt ind i Haven</t>
+  </si>
+  <si>
+    <t>1903-01-29</t>
+  </si>
+  <si>
+    <t>Laura -
+Laurentius Allerup
+- Birck
+Erik Faber
+- Fibiger, Frøken
+- Fram Frøken
+- Lange Jensen
+Adolph Larsen
+Alhed Larsen
+Andreas Larsen
+Cathrine Larsen
+Jeppe Andreas Larsen
+Johanne Christine Larsen
+Johannes Larsen
+Marie Larsen
+Vilhelm Larsen
+Julie Mohr
+Otto Emil  Paludan
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Christine Swane har malet nogle låger for dr. Faber.</t>
+  </si>
+  <si>
+    <t>Christine Swane har fået solgt to malerier. Det glæder familien, at hun er flyttet ind hos Astrid på Bülowsvej. Christine venter på at få betaling for nogle låger, hun har malet til Dr. Faber.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/qhI1</t>
+  </si>
+  <si>
+    <t>Kjærbyhus Den 29/1 1903
+Kjæreste lille Dine!
+Der gjorde Du mig rigtignok glad ved at sende de 10 Kr.- Dit Brev kom om Aftenen og Brevet til Svendborg skrev jeg næste Morgen saa er det Hul lukket og det gjør saa godt at glædes. Havde vi ikke hørt af Junge som kom om Søndagen at Du skulde bo hos Astrid saa havde det været en bedrøvelig Ventetid. Faer var utrættelig med at løbe til Byen og spørge om Brev fra Uglen, endelig kronedes det med Held men han kunde ikke lade være med at drive Løjer med mig, jeg spurgte jo straks – kjøbte de saa Billedet nej sagde han dog da han saa min Sorg skyndte han sig at sige de kjøbte 2 i stedet for 1 oh Christine hvor blev jeg dog glad, at det var Kalaerne bidrog meget, saa kunde jeg dog virkelig engang hjælpe dig med Penge, hvor er jeg dog taknemlig ja det kan du ikke gjøre Dig nogen Tanke om; Billedet er saa kjønt at de faar daglig Glæde.
+Jeg saa den hele Szene for mig med Eders gjensidige Henrykkelse for Dis holder meget af Dig, og mener at Du boer hos kjendte Mennesker – de mente ogsaa at du blev Middagsgjæst hos hende og det var jo det allerbedste at du kan faa noget ordentlig kraftigt Mad -, men vær nu fornuftig kjære Barn og spar paa Dine Penge naar Du nu faar betalt dem Du skyldte bort men maa Du nu saa godt Arbejde hos Frøken Fram og har faaet denne Støtte saa klarer Du Dig nok i Vinter. De var ogsaa glade hos Warbergs at hun fik Dig i stedet for en Fremmed – fortæl os nu hvad Læge Faber syntes om Laagerne og ellers hvad der møder Dig - er det hver Aften Du sidder for Lange Jensen?
+Havde du nu bare Flytningen overstaaet godt er det at det ikke er saa langt paa Søndag kan vi da tænke dig i det nye Hjem. Marie har været ovre at hente lidt Æbler til Dig og Vilhelm, de har vist nok været frosne men de smager Eder nok godt alligevel vi er ude at høre om Dit Tøj Marie hængte lidt ud igaar for om vi kan faa det afsted ellers maa vi vente til i Morgen. Johanne Warberg rejste nu i Formiddag hun har sovet her dennegang, hun kom med Palm i Søndags Agraren var saa derovre den dag, de smaa Drenge var med paa Hotellet og drikke Kaffe de var saa søde begge to de var her lidt i Aftes deres Moder er ikke vel i disse Dage men det er vel nok Forkjølelse fra de Dage hun var uden Piger, det var saa heldigt at Laura kom nu til hun skal ligge
+Johannes var her med en Tegning som skulde sendes til Astrid men vi vidste jo ikke No endnu husk nu endelig at sende os Adressen
+Her er en frygtelig Storm igjen vores Sverigsrejse kan vi ikke bestemme endnu paa Lørdag skal Faer mødes Hr Birck. i Odense maatte det dog blive til Forlig med de to Mennesker at vi kan faa den Byrde kastet fra os. Faer gaar spadserende op og ned af Gulvet saa ved Du det lufter godt i Stuen
+Allerup og Frk. Fibiger var her forleden Aften Junge var meget tilfreds med Besøget de blev kjørt hjem saa Marie og Junge tog Touren med det gik i en Hurtighed kan Du tro
+paa Lørdag skal han til Odense med Hø – 
+Nu fik jeg Besked om dit Vasketøj men det er kun halv tørt saa maa Brevet afsted i Aften og saa kommer Tøjet og Æblerne i morgen
+Jeg skal ogsaa have skreven til Faster Thrine i Aften og saa er der ikke lang Tid derfor Lev vel kjære Barn og Gud velsigne og bevare Dig alle Dine Dage 
+Hilsen fra Alle Din Moder
+Kære Ugle!
+Til Lykke med Salget af Billederne det var rigtignok rart for Dig at faa saadan en Slump Penge paa en Gang, og saa Laagerne, jeg er meget spændt paa om Docktoren saa giver Dig mere end 30 Kr. for dem. –
+Jeg skal hilse Dig fra Julie Mohr, hun kom over til Lases i Søndags var der om Natten og rejste hjem Mandageftermiddag, hun var herovre lidt, jeg saa kun et Glimt af hende da jeg passede Køer den Dag, Agraren kørte nemlig Tang til Mejeriet; Julie bad mig derud en Dag nu skal jeg se om det kan lade sig gøre en Eftermiddag, mens Moer og Faer er hjemme, naar de først rejser kan jeg jo ikke komme herud af Huset. Hils Dis mange Gange fra mig, vi er saa glade over at Du skal bo hos hende, saa er det da ikke saa ensomt for Dig; ”nu er Tante Ugle rejst over til lille Tante Dis”, sagde Puf i Aftes han var saa sød han sad og fortalte os Historier baade Snehvide og de 3 Bukke Bruse.
+Bare Æblerne smager godt en Del af dem har været frosne. Mange Hilsener Din Marie</t>
+  </si>
+  <si>
+    <t>1903-10-23</t>
+  </si>
+  <si>
+    <t>Wilhelmine Berg
+Astrid Bøttern
+Victor Bøttern
+Andreas Larsen
+Georg Larsen
+Jeppe Andreas Larsen
+Johan Larsen
+Vilhelmine  Larsen</t>
+  </si>
+  <si>
+    <t>"Kærbyhuserne" er Johannes Larsens forældre, som efter købmandsgårdens konkurs flyttede til Store Kærbyhus i Kerteminde.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen spiser hos familie og venner, mens Alhed ikke er hjemme.
+Tante Mis har sendt 25 kroner og sender flere til den 1.
+Larsen ferniserer gulv.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/9gF7</t>
+  </si>
+  <si>
+    <t>Kjerteminde 23-10-1903.
+Kæreste Alhed!
+Det gaar nogenlunde. Jeg spiste hos Bøtterns i Gaar i Kærbyhus i Morges, hos Grossererens i Middags sammen med Bøttern, Haresteg Rødvin Æblegrød. Kaffe i Kærbyhus i Aften. 25 Kr. fra Tante Mis i Aften. Brev fra hende til Dig i Morges med Besked om at vi ingen Penge kunde faa før den første men saa skulde der komme 50 Kr. Jeg sidder hos Grossereren og har det ikke med saa Du kan ikke faa det denne Gang. Trykkene kom i Gaar Eftermiddags, de ser i Grunden farlige ud. Jeg var oppe Kl. 6 i Morges fik først Tid til at fernisere Gulvet i Aften i Mørkningen, men det fik i Aftes. Jeg har repareret fra den gamle Flade i Dag og begyndte paa den ny i Dag, kan jeg naa det, d.v.s. at faa den ætset inden 3 Toget stikker jeg af i Morgen, havde jeg bare begyndt paa det Maj 14 Dage før. Jeg har inviteret Kærbyhuserne over paa et Glas Sherry i Aften. Hønsene har lagt et Æg. Mange Hilsner til Jer alle 3 og de andre dernede
+Din
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1903-11-10</t>
+  </si>
+  <si>
+    <t>Kærbyhus</t>
+  </si>
+  <si>
+    <t>Italien
+Genua
+Hotel Eden</t>
+  </si>
+  <si>
+    <t>Kærbyhus var Christine Swanes forældres hjem i Kerteminde, efter at de måtte afhænde købmandsgården, Langegade 50, pga. svigtende økonomi. 
+Astrid Warberg var i huset hos Bernhard og Emma Hirschsprung i 1903-1904. Hun var med dem i Italien i efteråret og julen 1903.
+Efter en tid at have været kæreste med stud. med. Peter Bichel, gjorde Astrid forholdet forbi.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, Christine Swane til Astrid W-G, 1903-11-10, 2414</t>
+  </si>
+  <si>
+    <t>Christine Swane føler med Astrid. Det er en stor beslutning at binde sig til et andet menneske, og der går sommetider år. Mon ikke Astrid genvinder troen på sig selv? Rejsen vil nok også hjælpe, og når Astrid kommer hjem, ser hun sikkert lysere på alt. Astrid må huske, at Christine er hendes ven.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/R6oZ</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Frøken Astrid Warberg
+Adrs: Hr. Hirschsprung
+Hotel Eden
+Nervi – Genua
+Italien.
+[Håndskrevet på kuvertens bagside af ukendt person:]
+fra Las’ søster, Christine Swane, f. Larsen
+Poststempel
+[I brevet:]
+“Kærbyhus” den 10-11 1903.
+Min kære lille Dis!
+Vær sikker paa at jeg føler med Dig. Hvad tror Du dog jeg bryder mig om hvad der saa end [”saa end” indsat over linjen] vil blive sagt om Dig, vi er jo Venner ikke sandt? Og Du ved godt jeg holder af Dig, dette skal da ikke skille os men det ved Du [”Du” indsat over linjen] alt sammen ikke. Og naar Du siger mig Du har handlet som Du maatte handle, saa forstaar jeg Dig. Men lille Dis tror Du ikke der skal meget til for at kunde være sikker, mest af alt for at kunde være sikker paa sig selv: Jeg synes der maa År til for at blive sikker paa om man tør binde sig til et andet Menneske, men naturligvis, det er vel noget som er forskelligt for hvert [”hvert” overstreget] De forskellige Mennesker. Du spørger om jeg ikke synes, man mister Troen paa sig selv, jo desværre det synes jeg, men maaske den kan komme igen lille Dis. Jeg tænkte paa at skrive til Dig da jeg hørte om Din snarlige Afrejse, det glædede mig meget at Du skulde ud at rejse, nu ved jeg det vil hjælpe Dig over meget. Hjælpe Dig til at komme til Klarhed over Dig selv. Du skal se lille Dis naar Du kommer hjem igen ser Du nok lysere paa det Hele. Lille Dis selv om mine fat[t]ige Ord ikke kan hjælpe Dig saa ved Du at jeg er Din Ven hvad der saa end sker. – Tak for dit Brev og Udklippet og fordi Du holder lidt af mig. Hav det godt, mange Hilsner din Ven
+Uglen.</t>
+  </si>
+  <si>
+    <t>1904-12-06</t>
+  </si>
+  <si>
+    <t>København Ø
+Rosenvej 2</t>
+  </si>
+  <si>
+    <t>Mass.
+Brookline</t>
+  </si>
+  <si>
+    <t>Ellen Beck
+Jørgen -, Erikshaab
+Alfred Goldschmidt
+Ernst Goldschmidt
+Henriette Goldschmidt
+Johanne Goldschmidt
+Johannes V. Jensen
+Adolph Larsen
+Alhed Larsen
+Andreas Larsen
+Jeppe Andreas Larsen
+Johan Larsen
+Johannes Larsen
+Marie Larsen
+Vilhelmine  Larsen
+Christine  Mackie
+William Mackie
+Christian Mogensen
+Otto Emil  Paludan
+- Petersen Bøgebjerg
+Ellen  Sawyer
+Anna Syberg
+Fritz Syberg
+Hempel Syberg
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Astrid Warberg tog i 1878 i Odense præliminæreksamen, og læreren eller lederen på dette sted var kaptajn. Det må være ham, hun nu opsøgte igen. 
+Det vides ikke, hvem personen som Astrid og Johanne drak Madeira med på Erikshåb var.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0285</t>
+  </si>
+  <si>
+    <t>Astrid Warberg-Goldschmidt og Johanne Goldschmidt har været på rejse. Først tog de til Kerteminde, hvor Alhed bød på dejlig mad i det yndige hus. Adolph Larsen deltog, og Johanne sang om aftenen. Der var besøg af Dr. Petersen med frue, og de tog kvinder besøgte både Johanne Larsens forældre og Syberg-familien. De var også på tur til Lundsgårdsklinten og Hverringeskoven.
+Den følgende dag skulle Christine/Uglen afsted til sanatoriet, og hun var trist. 
+Astrid besøgte i Odense Hempel Syberg og sin "kursuskaptajn", som pralede af hende. Hun fik taget fotos af sig selv og sender dem. 
+Turen gik videre til Erikshåb, hvor Paludan havde frisket sin stue meget op, og hvor de to følte sig velkomne. Forpagter Mogensen kom på besøg. Astrid og Johanne drak Madeira den halve nat. 
+På hjemturen var de til koncert i Odense og i København til en vild "Jødesammenkomst" i anledning af Ernst Goldschmidts fødselsdag. Astrid og Alfred var til koncert med Leopold Rosenfeldt, som de også skulle holde jul hos. 
+Det er trist og ensomt for Astrid, når Alfred rejser hver mandag morgen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/xLht</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Frøken Johanne Warberg
+[Doktor WC. Mackie]
+54 Coolidge Str.
+Brookline
+Mass.
+U.S.A.
+[På kuvertens bagside:] 
+A Goldschmidt
+Rosenvej 2 III
+Kjøbenhavn Ø.
+Denmark
+[Poststempel]
+[I brevet:]
+Rosenvej 2, 3 Kbh Ø.
+Tirsdag Aften 6te Dec 1904. 
+Kære lille Junge! Du skriver i Dag, at hvis mine Breve nu udeblev, så vilde Du savne dem meget – og nu har jeg snydt Dig 2 Gange – forrige Mandag sendte jeg kun et lille lumpent Kort – jeg havde Hastværk til Rejsen – og sidste Mandag var jeg på Erikshåb. Derovre fik jeg et langt godt Brev – og i Dag til Morgen fik jeg ogsaa ét – og for dem begge takker jeg meget. – Du kan ellers tro, at Fyensturen var brilliant – skønt den egentlig blev meget kortere, end jeg oprindelig havde tænkt mig. Sagen var nemlig, at jeg tog Johanne Goldschmidt med – jeg havde saadan Lyst til, at hun skulde se Stederne derovre – og hun var da også vildt begejstret på hele Turen. Hør så: Det var en Torsdag, at vi omsider blev udrustede – og mødtes Kl ½ 1 på Hovedbanen – og Vejret var så venligt at være strålende dejligt – rigtig Solskinsvejr, hvilket er sjældent nok nu om Dage. Et såre yndigt Syn mødte mig strax på Banegården – Johanne – høj og frisk og smilende ud af et overstadig godt Humør – og på hver Side af hende – begge ["begge" overstreget] vore respektive Mødre – den ene givende Formaninger – den anden ventende på også at give Formaninger – jeg siger Dig, at de så uhyre søde ud alle tre – så kom vi da af Sted – og for Resten gav ikke den ene den anden noget efter i Retning af godt Humør – og skønt det anstrengte vore Stemmer meget – så snakkede vi dog hele Vejen – lige til Odense. Da vi så kom over i det lille Kertemindetog, faldt vi mærkelig sammen og hvilte trætte lige til Kerteminde. Dèr modtog Las os og vi drog op - og ind i lyse, dejlige Stuer, hvor Be – gæstemild og glad - modtog os; også Ungerne udviste Begejstring, der steg uhyre, da vi kom frem med mange herlige Sager, der lå gemt i vore Kufferter.
+Så kom vi ind og blev bænket ved et af B’s bekendte bugnende Måltider: Der var varmt Revelsben – der var Sylte og Rødbeder – stribet Flæsk og Gåsefedt – og Æblesmør – og så mange dejlige Ting – og naturligvis små røde Snapse. Til disse sidste indfandt sig Agraren, der strax vandt Johannes Hjerte – ligesom han i Fjor (til min Glæde) vandt Alfreds. 
+Ud på Aftenen spillede jeg mit lille udvidede Repertoire for dem, og fik Ros af Be. Og til sidst sang Johanne – og det gør hun dejligt. Om Fredagen var Dr Petersens dèr i Besøg, han er en kunstig lille Fyr – og Konen var ganske anderledes end i Sommer; jeg mener, at dengang kom der ikke mange Pip fra hende, men nu skal jeg love for, at hun pippede – (og mere var det da heller ikke.) Tillige så vi den Dag Marie og Uglen. Du ved vel at Uglens Lunger er angrebne, hun skal på Haslev Sanatorium. 
+Lørdag Aften var vi bedt med ned til Kunstnerens til Aften; forinden var vi en lille Mørkningsvisit ovre i Kærbyhus – Johanne og jeg – vi traf gamle Larsen, Fru L. Marie og Uglen; de var rasende søde – og der var lunt og hyggeligt. 
+Så gled vi hjem igen – pyntede os en Smule – og fulgtes så med Las og Be – i det ubeskriveligste Uføre – ganske bundløst – over Markerne ned til Gården. I Guder! hvilken Skønhed i deres Stuer! det var jo sådan, at man blev helt stille derved. 
+Næste Dag var det Søndag; vi var om Formd. en herlig Tur i Klinten sammen med Agraren. Det var blidt og stille Gråvejr – Vand og Himmel gik i èt – og vi måtte stå meget længe oppe på den høje Klint og se ud over det altsammen. – Da vi kom hjem, havde Be Festmiddag til os - Kyllingesteg og fin Dessert. I Mørkningen kom Marie og Uglen og Agraren efter os alle til Tur – vi gik da allesammen – også de yndige Unger – omtrent helt op til Hverringe Skov. Solen var gået ned – men havde efterladt den mest storslåede røde Purpurhimmel – så vi måtte blive ved at vende os om – og Vandet farvedes med det fineste Rødt – pragtfuldt var det! oppe ved Hverringeskoven stod vi stille allesammen i Tusmørket og så ned over den lille By, der lå nok så fredeligt med det røde Skær fra Himlen henover sig – og Ungerne løb legende ind på Grønmarken – men der var så sært stille – og det var bleven temmelig mørkt; så kom de tilbage og stod ganske stille hos de voksne. Og så gik vi hjem. 
+Næste Formiddag rejste jeg med 11 Toget til Odense – Johanne blev til 3 Toget – jeg fulgtes derud med Uglen, denne fulgtes af Marie, Uglen skulde nemlig til Sanatoriet. Jeg var meget glad over, at det traf sig sådan med min samtidige Rejse, for jeg opmuntrede Uglen en hel Del – hun var naturligvis noget nedstemt. Vi gik på Konditori sammen og havde det rart og hyggeligt. – Så gik jeg et Par Besøg - til Onkel Syberg på Kontoret, og til min Kursuskaptain – Konen tog imod mig og sendte mig lige ind i Skolestuen, der var myldrende fuld af Lømler og Lømmelinder, der alle – med megen Larm – rejste sig, da jeg kom ind. Kaptajnen blev synlig glad – sagde strax – med en bred Håndbevægelse – halvt præsenterende – det er Mesteren for alle de danske Stile, vi læser op! Og de gjorde jo store Øjne, og jeg lo naturligvis. Så tog Kaptajnen fra Bordet en lille Klatpapirsvugge [tegning], Du kender dem nok, og viste mig den – i Låget fandt jeg da – under slebet Glas - mit eget Grinebillede! Det var jo en stor Ære! uha – År ud År ind skal man sidde der og grine til Alverdens Lømler. – Så gik jeg op at blive fotograferet – og sender hermed 3 Billeder. Du skal have det ene og så vil jeg bede Dig give Ella og Mornine hver sit også. Det er jo en lille tarvelig Julegave, men i År kan det ikke blive til mere – vi er jo i en fornem Gæld, vèd Du. (Fl[ulæseligt])
+Nå, ved 5 Tiden mødte jeg med Johanne på Banegården og vi gled til Højrup, hvor Jørgen holdt efter os. Og vi kørte i buldrende Mørke – lidt Snuskregn --- og vild Jubel – til Erikshåb, hvor alle tre Indvånere modtog os – og velkommede os på det kraftigste – i godt Humør allesammen.
+2)
+Der var lyst og varmt og hyggeligt alle Vegne. Men helt imponeret blev jeg i Pallams Stue – der er kommen meget unikke Tapeter, der navnlig fremhæver de smukke Møbler på en ganske ejendommelig Måde – især det store Chatol tog sig ganske pragtfuld ud på den lyse Baggrund; og saa var det poleret op, så alle de små dejlige Indlægninger kom ordentlig til deres Ret – jeg forsikrer Dig det var en Nydelse af Rang at se på det gamle ærværdige Stykke. Vindues- og Dørkarme var malet hvide – også det så udmærket smukt ud. – Vi mærkede tydeligt – også dèr – at vi kom umådelig tilpas og var meget velkomne, og det gir sådan hyggelig Fornemmelse. De første Dage fulgte stille og roligt, man befandt sig i et stadigt Velvære – om Aftenerne spillede og sang vi henholdsvis den ene og den anden. Og om Dagene gik vi herlige Ture – én Formiddag på Orene, fulgt af Forp Mogensen, der tilfældig stødte til på Vejen, han var gudskelov i helt fornuftig Lune – jeg lider ikke, når han er altfor vittig. – Den sidste Aften (Onsdag) var det så kedeligt, at da J. skulde med 6 Toget til Spilletime i Fåborg; og netop da de havde bedt Mogensen til fin Aften på os ForpM. havde Guitaren med og sang alle sine Viser, jeg måtte sidde og puffe til Johanne hele Tiden for at få hende til at le – af Viserne gjorde hun det ikke. Senere sang Johanne. Kl 11 gik de – netop som da J. ankom. Han indbød os til at se sin Stue – vi sagde da Godnat nede og drog – feststemte (effera "effera" overstreget op i d[ulæseligt] J’s Stue. En go Flaske dry Madeira samt 3 små blanke Glas (jeg forklarede Joh. at de blev vadsket henne i Vandfadet mellem hvert Sold) og så dryssedes et Væld af Cigaretter ud over Bordet – og så soldede vi og sludrede og røg til Klokken blev umådelig mange – over 2. Def. fulgte os ned - og i Sovekammeret fortsatte Sludderen endnu længe – så hvis det havde været Sommer, havde det været højlys Dag for længe siden. En uhyre vellykket Aften. 
+Vi måtte (desværre) op 7 næste Morgen. Tog nemlig af Sted med ½ 11 Toget. Jeg mindedes vor Rejse for 6 År siden – vi skulde høre Leonard Bonvick. Denne Gang bumlede vi for at høre Ellen-Beckaften. Vi var noget triste ved Afrejsen begge to – og slet ikke glade over igen at skulde stampe i den beskidte og usunde By. - Begge Mødre modtog på Banegården – og vi traskede hurtigt af Sted med hver sin. Mor sagde Farvel strax – jeg måtte klæde om i susende Galop og så påen igen. Ellen Beck var dejlig at høre selv om man også var nogen forsviret. 
+Næste Dag gik jeg til Frokost hos Mor og berettede om min Rejse. Og næste Dag igen var nu i Lørdags. 
+Lørdagen er en hel lille Fest for os – så kommer nemlig Alfred hjem. 
+Denne Gang havde vi desværre det Uheld, at vi skulde til Johannes Fødselsdag – der var stort Selskab. Uha, jeg var så ked af det – og kunde dårligt nyde alle de brave Mennesker – mest Ernsts Kunstnervenner – alle meget søde og flinke. Vi var 22; og til sidst nåede Stemningen det Punkt, der er karakteristisk for alle Jødesammenkomster – de hylede sang – slog på Tromme – hvinede – hoppede – sprang – dansede – klappede - - - - - frembragte en ulidelig Støj. Vi var først hjemme Kl 3. Og så kan Du tænke Dig – Alfred var tilsagt at møde i Forretningen Kl 9 næste Morgen!! Vi skrev da naturligvis, at han først kom Kl 10 – men det var da lumpent alligevel - er jo Søndag – og den eneste Dag vi har sammen. Sovet ud fik han jo ikke engang. Han kom først hjem Kl ½ 12 – og Kl 12 ½ gik vi til Middag hos Mor – sammen med de to andre Sæt. Der var dejlig hyggeligt – og vi var der nogle gode Timer. Saa gik vi til Palækoncert, hvor (jeg for 2den Gang) vi hørte Leop. Rosenfeldts nyeste: ”Henrik &amp;amp; Else” for Solo – Kor og Orkester. Det er meget smukt – Onkel Leopold måtte – skønt nødig – frem fra sin Pille og bukke, sådan klappede de. Så gik vi hjem og meget tidlig i Seng; Mandag sov vi (trætte som vi var) over os, nåede ikke at drikke Kaffe – og jeg nåede ikke at følge Alfr. til Skibet, som jeg altid plejer, og det var meget trist – ja, Du aner ikke, hvor disse Mandag Morgener er melankolske – enten det nu er når jeg har fulgt Alfred – og kommer hjem til et halmørkt – iskoldt Hus – og så uendelig tomt – eller som denne Mandagmorgen, når Alfr. løber fra det hele – ud i de mørke, våde Gader med alle de søvnige Lygter, mens jeg bliver ene tilbage – frysende og ensom uha ha! En grulig Måde at være gift på – jeg glæder mig snart ligefrem til at komme til Malmø! Og hver Gang varer det flere Dage, inden jeg kommer til Hægterne. Sørgmodighed var da alene Grunden til, at jeg ikke skrev til Dig i Går – og nu må jeg hellere vente til i Morgen – så får Du det vist lige til Jul; men ved Du hvad – jeg kan skam ikke ønske glædelig Jul allerede nu – så sender jeg hellere et lille extra Kort på Søndag – det når Jer nok. Vi er bedt til Leop. Rosenfeldt Juleaften – det er nok en Ære for os; vi går dog først til Mor, sammen med de andre. Det er nemlig kl 5 ½ det andet først c 9 ½. Det kan nu blive ganske morsomt – de siger, det er uhyrefestligt – en Masse Musik. De er der altid Juleaften (Goldschmidterne). Pallam har bedt mig besørge en Bog til Dig – nu håber jeg Du bliver glad for Dronning Gåsefod – jeg besørger den sendt i Morgen – hvis den ikke findes så tager jeg Joh. V Jensen: Nye Himmerlandshist. At Du ved, det er fra Pallam.
+Tusind kærlige Hilsner til Eder begge to - og allesammen
+Dis.</t>
+  </si>
+  <si>
+    <t>1904-12-12</t>
+  </si>
+  <si>
+    <t>Haslev</t>
+  </si>
+  <si>
+    <t>Hans Hinke
+Andreas Larsen
+Jeppe Andreas Larsen
+Johan Larsen
+Marie Larsen
+Olga Lau
+Christine  Mackie
+William Mackie</t>
+  </si>
+  <si>
+    <t>Laues må være Olga Laus familie. De boede i Næstved.</t>
+  </si>
+  <si>
+    <t>Vilhelmine Larsen fortæller om Puf og Lysse til IA Larsens fødselsdag. Hun er bekymret for, om Christine Swane snakker med nogen på sanatoriet. Marie prøver at finde noget lærred til Christine.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/sEjv</t>
+  </si>
+  <si>
+    <t>Kjærbyhus
+Saa kan vi da faa Æbler afsted i Dag hvor det gør godt at faa noget besørget
+Tusind Tak lille kjære Dine for at du lod os see hvor Du nu færdes Du ved nok det hjælper saa godt paa mig naar jeg enten har været paa Stedet eller seet et Billede saa kan jeg see Dig færdes i Alleen eller i Haven, Gud ske Lov jeg synes at mærke at Du befinder dig bedre er der ingen af Menneskerne Du kan synes om og slutte Dig til fortæl mig dog alt om hvordan det gaar dig, kan Du ikke lade Laues vide hvor Du er saa kunde dog de kjærlige gode Mennesker se ud til Dig om det er tilladt at nogen seer til Eder. Jeg havde megen Glæde af de smaa Drenge Marie havde fortalt dem det er Farfars Fødsels paa Mandag, saa maa jeg hellere begynde at samle nogle kjønne smaa Stene til ham, om Søndagen sagde Puf hvad ønsker Du dig i Morgen, Farfar du kan faa lige hvad Du vil have, men det skal være noget som ikke kan slaaes itu, et Øjeblik efter sagde han ryger du Farfar og saa kom de jo ogsaa med hver en Æske Cigaretter. Lysse med en Æske Tændstikker og Puf med en Muslingeskal til Æsken – Du vilde have glædet dig mest over Skoene om vi nu faar Faer til at gaa med dem men vi har dem da! lille Puf var saa henrykt, der var kommen Brev fra goe Tante Mimme i Boston en lille graa Konvolut med røde Prikker. Udskriften lød Puf Kjerteminde Danmark med Frimærke og Poststempel var det ikke morsomt at det kunde naa hertil
+Han var forfærdelig sej, der var et Fotografi af Mimis Hund og Onkel Billis "Ben Roska” hedder den og en Beskrivelse hvor klog den er, kan selv gaa og hente sit Halsbaand naar de skal ud at spadsere og gaa til Conditoren hente Chokolade og naar de kommer hjem levere Mimi Pakken og saa sætte sig paa sin Hale og vente til der falder et Stykke af til den. De var hos lige til de skulde hjem i Seng – nu kom Hinke saa maa vi hjælpe ham og se at faa Æblerne afsted nu leder Marie efter Lærred til dig finder hun intet saa maa vi vente til næste Gang Nu vil jeg blot ønske Dig en god Appetit og fortæl os saa din Vægt og hvor meget du skal naa op til, og om hvad Doktoren siger og om du kan lide Peejanoder og om det altsammmen og om I maa synge, ja det er vel godt at synge er der nogen saa raske at de maa arbejde er saa noget om at de kan lære Bogbinderi
+Din gamle Moer der altid tænker paa Dig</t>
+  </si>
+  <si>
+    <t>1904-12-22</t>
+  </si>
+  <si>
+    <t>Bodil Johansen
+Adolph Larsen
+Jeppe Andreas Larsen
+Marie Larsen
+Vilhelm Larsen
+Rasmus Syberg Petersen</t>
+  </si>
+  <si>
+    <t>Christine Swane blev indlagt med tuberkulose i december 1904 på sanatoriet i Haslev.</t>
+  </si>
+  <si>
+    <t>Julehilsner til Christine og ønsker om, at hun skal blive rask. Vilhelmine Larsen er ked af, at hun ikke kan være hos hende i julen. De har afsluttet den Syberg Petersenske sag og foreløbig fået 500 kroner.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/dFXg</t>
+  </si>
+  <si>
+    <t>Kjærbyhus Torsdag Eftermiddag
+Kjæreste lille Ugle!
+Gud velsigne Dig og give Dig saa lys en Juul som det er muligt. Trangt er det for mig at tænke Dig ene og syg; men Du maa ikke have den Tanke om Du kunde lukke dig inde saa vilde Du helst, det er godt at være glade med andre det er en Vekselvirkning som vi ikke maa gaa afvejen for men tage imod. Julen giver os Besøg af Vilhelm han kommer i Morgen enten Kl. 2 eller 6,20 hvor længe han bliver ved jeg ikke men det giver sig selv.
+Her er en Ubetydelighed fra mig som de andre mener du maa ikke faa dem varme Det maa du nu fortælle mig engang lille Ven naar Du glæder os igen med et Brev. Tak for hvert et Brev Du sender os. Nu kom den lille Bodil Johansen og sinkede mig men det skal afsted nu saa Du skal have et mindre Brev. Jeg vil fortælle Dig vi saa fik Ende paa den Syberg Petersenske Sag. De gav os 500 Kr. og saa fik de en Qvittering for alle Tusind vi havde tilgode men saa hjælper de 500 til at vi faar Rentepengene betalt og saa kommer der nok Raad for Tiderne der kommer. Nu skal vi være glade at vi er raske og saa beder vi om Helbred for vor lille Ugle.
+Du skal da høre at vi har faaet Vinduerne muret ind i Huset ved Laden det pynter og Faer er glad kan du tro. Nu faar vi Pakken afsted og saa skriver Marie og Agraren senere. Vi har faaet Comfuret muret i dag og det er jeg glad for saa kan vi faa kogt Mad med meget mindre Ildebrændsel.
+Nu strikkede jeg de Saaler saa kan Du ikke nok bruge dem i Morgenskoene fortæl mig dog hvad I faar at spise Hvem der kunde kigge ind til dig min lille elskede Pige, en kjærlig Hilsen fra Fader, han har gravet Asparges Bedet og lagt Gjødning paa og igjen tydske Torn paa for at Hønsene ikke skulde sprede Gjødningen vi gjør alt hvad vi ved Uglen gjerne vil have
+Nu – Farvel og lev vel og vær Gud besjælet han give sin Velsignelse til Din Helbredelse
+Din Moder</t>
+  </si>
+  <si>
+    <t>1904-12-23</t>
+  </si>
+  <si>
+    <t>Marie Larsen</t>
+  </si>
+  <si>
+    <t>Susse -
+Kathrine Hviid
+Bodil Johansen
+Adolph Larsen
+Andreas Larsen
+Johan Larsen
+Johannes Larsen
+Vilhelm Larsen
+Olga Lau
+Karen Meisner-Jensen
+Ida Olsen</t>
+  </si>
+  <si>
+    <t>Det er uvist hvem Susse og de tre drenge er.</t>
+  </si>
+  <si>
+    <t>Kærlige hilsner til Christine, som skal holde jul uden familie. De har sendt en kurv til hende.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/RxrT</t>
+  </si>
+  <si>
+    <t>Kærbyhus d. 23-12.1904
+Kære lille Ugle! Glædelig Jul ønsker jeg Dig af mit ganske Hjærte det bliver nok ikke nemt for Dig i Morgenaften, men det skal jo gaa, vi vil tænke paa Dig mange Gange kan Du tro. 
+Vi sendte en Kurv til Dig i Gaar, som jeg haaber Du har faaet i Dag eller faar i Morgen det er jo ikke store Sager, men Du bliver nok glad for det alligevel
+Du ved at vi ikke har saa meget at raade over for Tiden. –
+En Ting kan jeg dog glæde Dig med Ugle og det er at Agraren stadig er saa god og elskværdig, siden Du rejste har han kun været herhjemme fra en eneste Aften; han sidder og læser om Aftenen og gaar tidlig i Seng, Du ved hvor hurtig saadan et regelmæssigt Liv kan forandre ham, han ser saa køn og god ud og jeg synes han begynder at faa sit gamle glade Humør igen, aa, maatte han dog bare faa Kraft til at vedblive dermed. –
+Vi venter Klaks med 6.20 Toget, bare han har en ordentlig Juleferie denne Gang sidste Aar var han kun hjemme 3-4 Dage. – Tak for Pakken og Brevet i Dag, hvor Tøflerne dog er yndige jeg skal nok gemme dem til i Morgenaften; vi skal spise herhjemme og senere over til Juletræ hos Las, Børnene glæder sig meget.
+Din Seng staar urørt, saa Du skal ingen Bekymringer gøre Dig, vi skal nok faa dem desinficeret. Vi havde Besøg af Bodil Johansen i Gaar, hun skulde hjem i Ferien, hun er rigtig sød synes jeg; lovede at komme igen efter Jul. –
+Jeg skal hilse dig fra Ida Olsen og fra Frk. Hviid. 
+I Dag kom Billedet af Hollænderne fra Susse og et Billede af de 3 Drenge. –
+Nu må jeg slutte ellers faar Du ikke Brevet i Morgen, men i Julen skal jeg skrive et langt Brev til Dig og fortælle om alt muligt. Skriver i Aften til Broe og Gale. Tusind kærlige Hilsener fra os alle og endnu en Gang glædelig Jul. Vi glæder os til Julebrevene. Din hengivne Marie</t>
+  </si>
+  <si>
+    <t>1905 januar</t>
+  </si>
+  <si>
+    <t>Lundsgaard 5300 Kerteminde</t>
+  </si>
+  <si>
+    <t>Julius Hviid
+Alhed Larsen
+Georg Larsen
+Johannes Larsen
+Marie Larsen
+Konrad Nielsen
+Anton Frederik Schondel</t>
+  </si>
+  <si>
+    <t>Lundsgaard er et gods syd for Kerteminde.
+Bobinet er det samme som tyl.</t>
+  </si>
+  <si>
+    <t>Det går fremad med Christines helbred og hun maler. Johannes Larsen har fået en merskumspibe i julegave af Fritz Syberg. Johannes skal sidde i hjørnestuen på Kjærbyhus og radere og tegne. Her er der ro.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/511F</t>
+  </si>
+  <si>
+    <t>Kjærbyhus
+Kjære Christine
+Her er endelig Pakken, Benklæderne fik jeg lige lappet og nu gaar Marie op at klæde sig paa for at bringe Pakken med 3 Toget her er nu hvad vi kan sende i dag 1½ Pund Smør 1 Pund Margarine Kaffe da vi hører I mangler den og saa Brød og Kage Gud glæde Eder med en god Appetit at det maa smage Eder godt. Igaar var det Meningen at sende, men saa kom Georg med Indbydelse til Lundsgaard Kl. 6, først vilde Marie ikke med hun havde ingen Tøj lidt længere hen paa Dagen mente hun saa nok det kunde gaa med det sorte Liv naar jeg vilde gjøre Ærmerne om, det var jeg i færd med men saa kom Alhed med sit lyse Silkeliv det skulde hun bare tage paa vi fik det da paa at prøve, jeg tog Halslinningen af og kantede Livet, saa Marie kunde faa sit Bobbinets stykke paa, hun saa nydelig ud i det og glad blev jeg at vi [fik] hende afsted og hun morede sig godt
+Konrad Nielsens Ladby og hun var til Aften senere kom Christensens Jørgensens Postmesteren Læge Hviid og Søster og vores Schondel de holdt ud til Kl 1.
+Johannes og Familie kom i Onsdags de var glade og Børnene søde. Puf var grinagtig i sin Glæde over at træffe Kjærbyhus laa paa Plads – og kan I se der ligger Faers og Moers Huus også – de havde saameget Legetøj med og bøger at der er god Underholdning
+Johannes havde faaet en nydelig lille Merskumspibe med Ravspids og i rødt Foderal det var Baronens Julegave
+Om et Par Dage vil Johannes begynde at radere og tegne han opslaar sit Arbejdsfelt her i Hjørnestuen der kan han sidde med Ro – 
+Du kan tro lille Dine at jeg blev glad for dit brev jeg sad og rystede og turde ikke lukke [op] men saa kom Marie og læste det for Gud ske Tak at dit Arbejde lykkes – saa vil alt det andet komme af sig selv Penge venter jeg at få hver Dag til at sende til dig og det maa jo komme maaske i Morgen
+Det er godt at Du er rask nu maa hilse Enhver der bryder sig om en Hilsen fra mig 
+Nu kan jeg høre Marie og her skal syes for Pakken
+Lev vel sødeste Ugle</t>
+  </si>
+  <si>
+    <t>1905-01-17</t>
+  </si>
+  <si>
+    <t>Kikkenborg 12-13, 5300 Kerteminde, Danmark
+Erikshaab Assensvej 198 5750 Ringe</t>
+  </si>
+  <si>
+    <t>Christian Eckardt
+Margrethe  Eckardt
+Adolph Larsen
+Alhed Larsen
+Andreas Larsen
+Jeppe Andreas Larsen
+Johan Larsen
+Johannes Larsen
+Marie Larsen
+Marie   Larsen, Georg Larsens datter</t>
+  </si>
+  <si>
+    <t>CHristine er indlagt med tuberkulose på sanatoriet i Haslev.
+Kikkenborg er et strandområde i den nordlige del af Kerteminde.
+Erikshaab er Alhed Larsens barndomshjem.</t>
+  </si>
+  <si>
+    <t>Christine har fået en sygdom oveni tuberkulosen. Hun er i gode hænder på sanatoriet. Johannes Larsen har fået penge for nogle tryk, så han vil sende penge til Christine.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/yGcJ</t>
+  </si>
+  <si>
+    <t>Kjærbyhus Mandag
+Kjæreste lille Ugle!
+Tænkte jeg ikke nok at du var syg, da der ingen Brev kom igaar det var Søndag og saa haabede jeg paa Morgendagen, men det var jo en fremmed Udskrift
+Saa skal du ogsaa prøve den Sygdom, men kan jeg nu ogsaa stole paa den Doktor at det ikke er farligt. Vær ved godt Mod kjære Barn, nu slipper Du da nogen Dage for at proppes med Mad havde jeg Penge min Skat der skulde snart En af os være hos Dig og fortælle op om os; Dagen gik nogenlunde for mig trods min Uro, der var Bal i Kluppen Las og Alhed skulde med, Agraren spiste Middag der De havde slagtet en stor Kylling fra Erikshaab der aldrig havde lagt Æg og den var saa fed, at lille Marie slet ikke kunde tage den ud for det bare Fedt
+Jeg fik den Tanke at bede Børnene herover at spise til Aften, og det blev de meget glade ved de kom ikke før 6, for jeg tænker de vilde følges med Tante Ia som hjalp Alhed. Puf sagde rigtignok at han maatte hjælpe sin Moer med Bæltet og holde paa Lommetørklædet, han havde saa rigelig sørget for sit eget ogsaa, som han lod gaa rundt til Duft, men Du skal høre hvor sød han er, han har en stor dejlig Bog med alle Verdens Dyr, den havde han taget med til Ære for Dig Farmor Nu kom de med deres Løn fra Kikkenborg raske og flinke Johannes havde faaet Aftrykkene, og vil sende Dig nogle, saa faar jeg dette Brev med der skal glæde Dig rask lille Ugle Gud give Dig Taalmodighed saa overvinder vi det med nu vil jeg haabe at Du snart skriver os til at vi kan vide hvordan det gaar, men nu skal Du se at Du faar en stor Appetit naar Du igjen faar Lov at spise hvad der bliver forlangt af Eder
+Nu fryser her og stormer Far siger vi kan vente en Snestorm det er sydost men smukt er Landskabet at se paa med de høje Søer i Krogen
+Nu skal vi spise og vil jeg overlade De andre Pladsen der er tilbage
+Lev vel mit kjære Barn og vær ved godt Houmør kjerlig Hilsen fra Faer der sidder og venter paa Mad
+Din Moder 
+D. 17-1 Kære lille Ugle! Hvor vi blev bedrøvede over at høre, at Du er syg, bare det dog ikke maa vare for længe, saa Du bliver sat altfor meget tilbage, jeg kan forstaa at det er trist for Dig at skulde ligge i Sengen, var vi blot noget nærmere saa vi kunde se til Dig, men det er jo altfor lang en Rejse; det er da en Trøst at vide at Du bliver passet og plejet ordentligt, ellers var det ikke til at holde ud
+Du spørger hvorfor vi ikke har fortalt Dig at Mor var syg, men det var hun jo da Du rejste og kom sig snart efter, siden har hun ikke været daarlig, i alt Fald ikke sengeliggende, hun kan nok have lidt ondt i Lemmerne mod daarligt Vejr, men klarer sig ellers godt. – Vi kan ikke begribe hvorfor Eckardt ikke skriver, vi har ikke hørt fra dem siden Nytaar, og Mor skrev dog til dem for en Tid siden og bad om de endelig vilde skrive naar Margrethe kom hjem. Det stormer frygteligt i Dag; Agraren kører Is til Mejeriet i dette væmmelige Vejr, men han siger at det ikke er saa slemt; Faer og jeg passer saa Køerne. Jeg er nødt til at slutte nu, for at det kan komme med 3 Toget, ellers faar Du det vist ikke i Morgen. Tusind kærlige Hilsner fra Din hengivne Marie som haaber at Du rigtig snart maa blive rask igen, send os dog bare et Par Ord saa vi kan høre hvordan det gaaer. Vi skal nok skrive igen.</t>
+  </si>
+  <si>
+    <t>1905-02-18</t>
+  </si>
+  <si>
+    <t>Haslev, Næstved
+Nybro Frugtplantage </t>
+  </si>
+  <si>
+    <t>Marie, Alhed Larsens stuepige -
+Laurentius Allerup
+Herman Bang
+Johan Elmqvist
+Valborg Gregersen
+Adolph Larsen
+Alhed Larsen
+Jeppe Andreas Larsen
+Marie Larsen
+Vilhelm Larsen
+Olga Lau
+Hedevig Lützhøft
+Karen Meisner-Jensen
+Julie Sophie Anette Augusta  Teisen
+Gunhilde Viborg</t>
+  </si>
+  <si>
+    <t>Christine er indlagt med tuberkulose på sanatoriet i Haslev
+Taarby Strand = Tårup Strand (markeret med Nybro Frugtplantage)</t>
+  </si>
+  <si>
+    <t>Vilhelmine Larsen takker for de varme tøfler, som Christine har lavet. Hun håber, at foråret hjælper på Christines humør og madlyst, så hun kan tage på i vægt. Alhed har bestået samariterkursus med udmærkelse.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/sXh6</t>
+  </si>
+  <si>
+    <t>Kjærbyhus Fredag
+Tusind Tak kjære Ugle paa Adolphs Vegne for de smukke Tøfler, som bleve saa velkomne, de kom straks i Brug han havde vasket alle Kreaturerne og var træt saa han hvilede sig rigtig om Aftenen i de varme og smukke Tøfler, du kan tro vi er taknemlige, jeg tænker da paa dig og Vilhelm hver Aften naar jeg har faaet den varme Natkjole og og dine bløde Sko paa, for at gaa om til Servanten og slukke Lampen, hvor det dog er godt at Dagene længes og Foraaret kommer
+Agraren kom hjem fra Taarbystranden i Formiddags; nu sjunger Lærken, jeg saa mange Stære og Viben var der ogsaa kommen, vi faar nok tidlig Vaar lille Dine, saa kommer du ud paa lange Toure og saa bliver du glad, du maa virkelig ikke tabe Taalmodigheden, det er nu du har været syg, at du bliver tung i Sindet begynder du først du først at faa Lov til at komme ud, saa kommer Madlysten, at du kan tage til i Vægt og glæde mig med et højt Tal, hvad er det dog for noget med den Vinterkulde saa Blomsterne døer, du kan ellers tro jeg fryder mig med Hyacinter Gyldenlak og et lille Glas ”Lilikonval” Allerup kom i søndagsaften og lagde et Papir foran mig med de Ord, det er Smuler fra de Riges Bord, da jeg lukkede op var denne hvide duftende Bakjet. Der havde været Middagsselskab og saa tog han noget af Pynten til mig, det var morsomt at høre hans ejendommelige Snak engang igjen han havde jo ikke været her siden vi kom hjem. Ja Marie var rigtignok nede at høre Herman Bang – fuldt Hus; flere Dage forud var de nummererede Pladser udsolgt hun sad ved Alhed og Fru Syberg – Herrerne var ikke med – 
+Iaftes var her Eksamen for Samariterkursus; men det skal Marie fortælle om, det kan hun bedre end jeg. Hun er nede efter Papir og Sæbe og Godter til dig; det bliver saa mørkt jeg maa nok tænde Lampen vil jeg naa hvad jeg skal til Posttiden, det glæder mig meget at du faar Lov at male lidt, hvad Blomster har I? de det maa du endelig fortælle mig om i næste Brev, jeg havde tænkt du skulde male de smaa lyserøde Tulipaner, jeg forærede engang Gunhilde Viborg en Pottefuld, hvor var de dog søde, ja alle Blomster er dejlige især om Vaaren, det er Mutters Fødselsdag i dag, Marie skrev igaar og gratulerede – Kjærlig Hilsen fra Mor og Faer – 
+Kære Ugle! Tak for dit Brev i søndags, vi blev kede af at du nu skulde til at være forkølet, saa det lettede da vi i Gaar fik at høre at Du var rask igen. – Jeg fik forleden Dag et lille Tørklæde fra Mutter, det var stærkt grønt og saa er der en Bort om af røde Roser, hun havde et noget lignende paa sit Sybord, kan Du ikke huske det? Dagen efter fik jeg Brevkort fra dem; de har det godt, men længtes meget efter at høre noget herfra, Mutter skrev at hun sendte mig Tørklædet for at lokke mig til at skrive, det havde hun nu ikke behøvet da jeg havde bestemt at skrive til hendes Fødselsdag i Dag. –
+Vi var saa nede at høre paa Examen i Aftes, det gik dem nogenlunde alle, 3 fik Udmærkelse, Frk Teisen, Valborg Gregersen og Alhed, var det ikke morsomt at hun fik?
+Jeg naar ikke at faa Pakken af Sted før i Morgen, og maa holde op at skrive nu for at faa Brevet med Marie til Byen. – 
+Hav det godt, det er vel paa Søndag at Gale og Broe kommer ned til Dig igen.
+Mange kærlige Hilsener fra Din Marie</t>
+  </si>
+  <si>
+    <t>1905-03-01</t>
+  </si>
+  <si>
+    <t>Göteborg
+Nybro Frugtplantage Kerteminde
+Rådhuspladsen København</t>
+  </si>
+  <si>
+    <t>Anna Andersen
+Victor Bøttern
+Albert Gnudtzmann
+Johannes Jørgensen, barn
+Adolph Larsen
+Alhed Larsen
+Georg Larsen
+Jeppe Andreas Larsen
+Johan Larsen
+Johannes Larsen
+Marie Larsen
+Carl Raben-Levetzau
+Anna Syberg
+Andreas Warberg
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Christine er stadig indlagt på sanatoriet i Haslev. 
+Johannes Larsen havde flg. studier på auktion d. 6. marts i Fri Udstillings lokaler: Studie af skallesluger (akv.), studie til bygevejr i april (= det store billede), forårsdag (akv.), tulipaner og pintselilier, en sneppe(akv.), Forarbejder til billedbog:ræve (akv.), en ræv, studie af graaænder (pen)
+Taarupstrand er markeret ved Nybro Frugtplantage</t>
+  </si>
+  <si>
+    <t>Johannes og Alhed Larsen skal have billeder på udstilling i København. Johannes Larsen skal til at male på det store mågebillede fra Taarup Strand. Badehuset skal være værksted. Johannes Larsen og Anna Syberg har hver fået et legat på 500 kr af Raben-Levetzauske Fond. Der er auktion d. 6. marts.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/XDEQ</t>
+  </si>
+  <si>
+    <t>Kjærbyhus Tirsdag
+Kjære lille Ugle!
+Saamange Tak for dit Søndagsbrev, jeg er saa glad, at det er gaaet saa godt fremad med Dig, saa haaber jeg paa et godt Brev naar du er undersøgt, det er saa behageligt at skrive naar vi har Brev, og jeg vidste jo, at Du fik Maries med Tvebakkerne; nu troer hun rigtig nok, at Du maaske først kan faa dem Mandag; men saa har Du dem da nu og en Uldtrøje og et Par Skilling skal Du ogsaa nok faa i denne Uge, Marie gaar nu ned i Byen og seer om der er nogen hun synes om, vil det dog nu blive ved med Foraarsluft, vejene ere saa gode og tørre at Cyklerne de hjuler afstedmed en rasende Fart, her er 3 Brøndgravere der kommer hver Morgen de graver ovre i Kjøbmand Jørgensens Løkke de er kommen 20 Alen ned, men nu laver de 10 til inden de sætter videre, kommer der ikke rigeligt Vand saa skal de nok dybere ned for skal her drives Gartneri saa maa der jo rigeligt Vand.
+Igaar var det Lysses Fødselsdag han var helt rød i Kinderne for alle de smaa Gaver Fru Varberg og Andreas havde sendt 1 Krone derfor fik han et Flag og Arken med Dyr. Lille Bøttern og Agrar og Far gav ham Appelsiner Marie bagte 1 Kone og jeg fandt en Deel Julekort som fornøjede ham meget, gamle Steen var at pakke nogle Billeder ind for Johannes – det var nogle Rævestudier og et Par Ande Ditto, en graa Krukke med Blomster og Studiet til det meget store Maagebillede fra Taarupstrand, det skal for resten kjøres ud nu saa han skal vist snart til at male Badehuset skal være hans Værksted derude endnu har han ingenting solgt i Gøteborg men vi vil haabe han vil faa nogen Indtægt der – meget er jo solgt men det har Du vel seet i Bladene – har Du faaet at vide han og Fru Syberg fik hver 500 Kr af Raben Levetzauske Legat det er da en Hjælp meget faar han jo ikke paa Udstillingen i Foraaret for det store Billede bliver jo ikke færdigt, det er nok just i den Tid han skal male paa det.
+Las var selv i Kjøbenhavn men kun borte i 2 Dage vi talte om han kunde kigge ind til Dig men han skulde være hjemme til bestemt Tid saa de mente at de maatte være til Udstillingstiden naar de begge skal med det bliver fornøjelig for Dig lille Dine til den Tid kan I spadsere, du skriver vi maa være belavede på at Kuren skal bruges den næste Sommer ja min Ven det kan vi nok forstaa og har ikke tænkt andet men hvor længe Du skal blive paa Sanatoriet det maa da Doktoren bestemme Du maa ikke sætte Dig imod at blive der til over den bestemte Tid hvis det nødvendigt men det ordner sig nok altsammen jeg har saadan en god Tro og godt Haab for Sommeren; men det er fortidligt endnu at gaa i Haven jeg nøjes med at pusle lidt med Blomsterne i Vinduerne og de retter sig godt naar der ingen Is er paa Ruderne saa er jeg glad, nu kom Marts Maaned saa skal mange have ny Jord. I Søndags var vi bedt ud hos George til Aften gransaltet Andebryst og Rosenkaal og ellers fint Bord, Kaffe og Kager Fromage og Daler [dadler] det var lige Slag i Slag for vi skulde jo tidlig hjem – Du kan ellers tro Kjerteminde er med her var 2 Foredragsholdere og en Hr og Fru Guntzmann paa Hotellet det var Haandværkerforeningen der havde forskreven dem men der var ikke Folk nok – de skulde have 100 Kr – og der kom vist ikkun nogen og 70 ind det sagde Steen
+Alhed var dernede hun sagde der blev sungen kjønt – her er ellers intet Nyt jo imorgen aabner den nye Manufakturhandel hos Anna Andersen Huset hvor Butikken er det er malet højrødt og rødt Skildt med hvide Bogstaver. Nu maa jeg nok indstille Skriveriet det skal med til Byen saa kun de kjærligste Hilsner fra os alle og god Bedring
+Den 6te Marts skal Auktionen være og det store Billede er sendt over
+Din Moder</t>
+  </si>
+  <si>
+    <t>1905-03-06</t>
+  </si>
+  <si>
+    <t>Mille -
+Victor Bøttern
+Harald Hansen
+Johannes Jørgensen, barn
+E Kragh
+Alhed Larsen
+Andreas Larsen
+Ellen Larsen
+Jeppe Andreas Larsen
+Johannes Larsen
+Marie Larsen
+Anna Marie  Larsen, Georg Larsens hustru 
+Niels Larsen Jørgensen</t>
+  </si>
+  <si>
+    <t>Mastiks: harpiks fra mastikstræet, der gror vildt i store dele af Middelhavsområdet. Opløst i terpentin bruges det til fernisering af malerier.(Den Store Danske)
+Køkse af svensk köksa = Kokkepige. Larsen-familien ejede skovgårde i Småland, og de kom der meget, hvorfor de også jævnligt gjorde brug af svenske ord og begreber.</t>
+  </si>
+  <si>
+    <t>Der skal laves transportkasse til Christines maleri og laves rammer. Johannes Larsen vil behandle overfladen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/78Ow</t>
+  </si>
+  <si>
+    <t>Kjærbyhus
+Kjære lille Ugle!
+Nej vi er ikke syge gudskelov og vi takker saa meget for dine sidste Breve det var saa meget godt for mig at du ikke var bleven ringere under Sygdommen jeg har det bedste Haab at alt skal blive godt nu du spiser godt bliver du nok fed og saa kigger vi paa Fremtiden med lyse Tanker – har du faaet Lov til at male lidt saa glædede det os meget jeg synes at forstaa du er glad ved den lille nye Pige som du kan faa at spadsere med det opliver altid naar der er nogen vi kan lide – Saa kom nu det sidste Brev om Maleriet vi skal straks sætte os i Arbejde med en ny Kasse til Maleriet Faer har maalt Billedet og det lille skal de tage med til Hansen imorgen Alhed siger der er nogen pæne forgyldte Lister hun skal have om sine Hyacinther saa lader vi dem bestemme den og de skal nok komme afsted i rette Tid, Johannes kommer i Morgen og renser og giver det Æggehvide eller Mastik hvad han nu synes der er bedst –
+Marie har været hos Kragh med Uhret men det kan koste 6 Kr saa vi sender dig Maries tilligemed Uldtrøjen en af Dagene Uhret vil Fader saa tage med til den billige Uhrmager i Sverig – det er da kjedeligt at I ikke har en god Køkse; men nu kommer Vaaren og I kommer paa Langtour saa faar du en saa god Appetit at Maden vil smage udmærket. Det er Fastelavns Mandag i dag saa her er et Rend af Sparebøsser ingen beder om Boller mere kun Penge. Mille, Anna, Ellen og den lille Johannes Jørgensen har ogsaa været her nu kom Puf lige og lille Bøttern saa det er rige Kavalerer; Du spørger hvad det er for en Gartner – det er Niels Larsen Jørgensen; men Faderen vil have Græsset i Sommer men Brønden er gravet og Bygningerne til Drivhusene kan bygges i Sommer Udsalget af Blomster skal han have i Forvaltergaarden. Her er nu Maleriet Interiør med mine Forældre 
+det er da meget pænt og sandt, det store 48 Tm og 41 Tm, det lille 24 Tm og 18 Tm, - dine Priser er meget gode og passende Lev nu vel og skriv os din Vægt saa er du sød de næste Dage mener din Mor</t>
+  </si>
+  <si>
+    <t>1905-03-10</t>
+  </si>
+  <si>
+    <t>Jens Hansen
+Hans Hinke
+Adolph Larsen
+Alhed Larsen
+Jeppe Andreas Larsen
+Johannes Larsen
+Marie Larsen
+Marie   Larsen, Georg Larsens datter
+Fritz Syberg</t>
+  </si>
+  <si>
+    <t>Kerteminde Byhistoriske Museum</t>
+  </si>
+  <si>
+    <t>Forberedelser til udstilling af Christines og Alheds billeder. Der skal en sort ramme om Christines billede.
+Vilhelmine har vasket billedet og Las har givet det æggehvide.
+Der er lavet kasse til billederne. De bliver sendt som ilgods i morgen.
+Vilhelmine beder Christine om ikke at tage sig det nær, hvis billederne bliver kasseret.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/06VF</t>
+  </si>
+  <si>
+    <t>Kjærbyhus
+Kjæreste lille Ugle!
+Nu maa jeg rigtignok til Skriveriet at Du kan følge med; Igaar fik vi en Deel udrettet, jeg skrev ned til Syberg om han vilde komme og være Las behjælpelig med at see paa Billedet, Budet sagde han skulde komme straks; lidt efter gik Marie til Byen med Din Trøje, hun naaede lige at se S. paa Vejen, saa gik hun over Trapperne og kaldte paa Johannes, som saa i samme Nu kom halende herover jeg tog Maleriet frem; og de begyndte at drøfte om ikke det skulde have en sort Ramme jeg foreslog at tage Billedet over Sofaen ned og prøve med den Ramme, det vandt Bifald og det var saa god en Forandring at de begge udbrød, det skal have en sort Ramme hvor skal vi faa den lavet? Hansen har smukke sorte Lister sagde Baronen vi tager billedet ud og gaar ned med Rammen saa behøver vi ingen Maal at tage nu var det afgjort vi drak et Glas Madejra og takkede for de gode Raad og begge to gik ned af Vejen, Las med Rammen paa Nakken. Agraren gik paa Savværket med 3 Bræder der skulde skjæres igjennem til Kassen de blev allerede hentet igaar og bragt over til Hinke, han var her i Formiddags og tog selv Maal han vilde ikke nøjes med Faers for den maa jo ikke være for lille Fru Larsen.
+I morgen pakkes de og afsendes som Ilgods; - at du veed; Syberg sagde det var for tidlig at give det Fernis, det skulde vare mindst et Aar før kunde de røde Farver ikke taale det, saa revnede de, nu har jeg vasket det i dag og saa giver Las det Æggehvide, Aakanderne ser godt ud i Rammen sagde Faer han var hos Las da de kom, og til det er der en Kasse der passer, saa pakker vi dem kjære Barn stolende paa de to gode Mænd der siger det skal afsted, det er et godt Arbejde og saa ventende paa hvad de ækle Herrer i Kjøbenhavn siger, men tag Dig dog ikke nær lille kjære Ugle om de kasserer det, for det er jo noget vi er vant til, jeg fik jo flere kasseret sagde Las, og ”Gales” smukke Arbejde i fjor , dog jeg skulde blive saa glad om de vilde tage pænt mod vi to Gamle.
+Nu render lille Marie med Brevet for at du kan vide paa Søndag at vi har gjort alt for at skaffe det frem i rette Tid – Alheds 2 Billeder saa ogsaa godt ud sagde Faer vi skal nu over at se det Hele i Morgen
+Her stormer stærkt men vi tørrer ligegodt Tøj og nu kommer Marie med din Pakke fra Banegaarden det er vel Blomsterne som nok skal blive plantet nu skal jeg til at plante Urtepotterne om naar der kommer en mild Dag –
+Nu maa jeg sige Lev vel til næste Brev det er dejligt at Du tager til i Vægt og faar Lov til at spadsere – men pas dine Forskrifter og din Pleje
+dine Roser begynder at skyde nye Blade, ogsaa Nillikerne sender op Alle ere raske
+Agraren er i Virksomhed der er en Ko der har kælvet, det er den 3; nu er der kun en tilbage af de unge; 3 Kalve Olga, Uglen og Svend trives godt
+nu skal hiin gaa, de kjærligste Hilsener fra dem Alle vi taler daglig om vor kjære Ugle
+Din Moder</t>
+  </si>
+  <si>
+    <t>1905-03-17</t>
+  </si>
+  <si>
+    <t>Nybro Frugtplantage Kerteminde
+Dræby VVS
+Boston USA</t>
+  </si>
+  <si>
+    <t>Christian Eckardt
+Adolph Larsen
+Alhed Larsen
+Andreas Larsen
+Cathrine Larsen
+Georg Larsen
+Jeppe Andreas Larsen
+Johanne Christine Larsen
+Johannes Larsen
+Marie Larsen
+Vilhelm Larsen
+Christine  Mackie
+Sophus  Meyer
+Johan Rohde
+Fritz Syberg
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Christine Swane er indlagt på sanatorium i Haslev.
+Taarbystrand=Tårup Strand (vist som Nybro Frugtplantage)
+"Det store" [billede] af Johannes Larsen er "Bygevejr i april"
+Johannes Larsen udstiller på Den Frie i foråret 1905. (Danmarks kunstbibliotek - kataloger)
+Christian Eckardt og Alhed Larsen udstiller på Charlottenborg. - "-</t>
+  </si>
+  <si>
+    <t>Johannes Larsen skal udstille akvareller. De skal sættes i rammer og sendes i dag. Syberg og Rohde skal hænge dem op.
+Johannes Larsen har haft billeder på auktion. Fik solgt en tegning til 20 kr. Intet andet.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/yrEi</t>
+  </si>
+  <si>
+    <t>(Kuvert stemplet Haslev 17.3.05)
+Kjærbyhus Fredag
+Kjæreste Ugle!
+Nu er det saa Fredag igjen og sidste Dag jeg kan vente med at skrive, naar Du skal have den Glæde at faa Brev i morgen og ikke ængstes for, at vi ere syge
+nej, det er rigtignok ikke det der har afholdt mig, men lille kjære Ugle det var de Penge jeg vilde have med til Dig, hav Taalmodighed min lille Pige saasnart jeg kan skal der komme – en Glæde hørte jeg da i gaar at Du har faaet Kattebogen sendt, saa har Du da den at glæde Dig over, og Du er forhaabentlig saa rask, at Du har faaet Lov at arbejde lidt med Dine egne Glæder
+at jeg længes efter Brev fra Dig kan Du vel mærke efter Dine egne Fornemmelser naar Ugen slutter – godt er det at Tiden gaar saa hurtig, naar vi gaar imod den lyse Tid
+Ellers vil jeg nok have den skal gaa langsom – Blomsterne Du sendte rakte saa godt, at der blev til hele Pladsen under Birkene de knejser godt, at Regnen kom, syntes de vist om under er nogen af de smaa blaa Blade erkjendt, det vil se nydeligt ud, naar der kommer gule imellem, hvad skal vi gjøre med det Stykke hvor Du havde Evighedsblomsterne? Træpionen skyder godt, men røre sig noget videre i Haven tør jeg ikke endnu
+det nytter heller intet saalænge Hønsene gaar der, de har ikke begyndt at lægge Æg endnu baade Mejers og Alheds – har længe givet Indtægt, saa slagtede vi da en forleden Dag, vi vilde se om den fejlede noget. Nej ikke det mindste og saa fik vi os en dejlig Suppe og Vished for at vi kun skulle have Taalmodighed, men Ventetiden er jo altid lang. Potteplanterne har jeg givet en Del frisk Jord, den første det blev din Rosengeranie og Nillikerne, den italienske synes mig for svag ud den lod jeg staa, men en af Dagene kommer den nok ogsaa ud af Potten, at jeg kan se om der er noget ivejen, skulde jeg give din Mynthe frisk Jord? alle Pelargonier knoppes og Fuksierne bryder om det saa er Buskene i Haven viser de Blade,- det gjør saa ondt paa mig om der skal komme en kold Vinterhaand og dræbe dem, men det vil jeg nu ikke sørge over for tidlig – 
+Der er Travlhed i Villaen de har vasket og havt Faster Thrine der er jo tænkt paa attage Puf med, men de har endnu ikke faaet Svar fra Fru Varberg der er jo kommen Brev at Christine fra Amerika kommer, hun er paa Vejen og skal være her i længere Tid
+Johanne bliver saa derovre saa ved de ikke om hun kan have Puf ogsaa. 
+Det bliver alle Aqvarellerne Las udstiller, dem har du jo seet – vi skal derover naar nu Rammerne kommer saa er der jo 2-3 store ingen Oliebilleder det store er kjørt paaTaarbystrand Badehuset er Atelier og Vand er nok af paa Tiden
+naar mon vi kan faa høre om Bedømmelsen af Eders Arbejder? Vi hørte ikke hvordan det gik med Aktionen, Las fik 20 Kroner for en Tegning og ellers intet
+Vi fik ingen Brev fra Echardt saa Telegraferede Georg derover. Svar, meget sløjt – intet Bud – vi ventet nogle Dage paa Brev derfra endnu ikke et Ord jeg maa skrive derover.
+Vilhelm har jeg lige faaet Brev fra han havde det godt men Travlhed – og her er Marked i Byen idag der er Adolph inde Faer er ovre hos Las at læse Aviser og Marie er i Kjøkkenet men jeg skal naturligvis hilse 
+Marie vil hellere vente med at skrive til dit Brev er kommen og det er jo ogsaa bedre Faer kom nu meget begejstret over Billederne de skal rejse iaften Syberg rejser, han skal hænge op tilligemed Rhode
+100 Kr vil han for hver Aqvarel – 
+Du skal nu af Marie faa fuld Besked naar vi har seet alting i Eftermiddag – jeg skal presse Adolphs Tøj han skal kjøre for Groserens’ til Gilde paa Søndag i Dræby – 
+Saa Farvel lille Ugle og hav det godt
+Kjærlig hilsen fra din Moer og Faer og de andre</t>
+  </si>
+  <si>
+    <t>1905-03-23</t>
+  </si>
+  <si>
+    <t>Dræby
+Göteborg Sweden
+Nybro Frugtplantage
+Bøgebjerg Strand 
+Boston</t>
+  </si>
+  <si>
+    <t>Peter Jensen
+Adolph Larsen
+Alhed Larsen
+Jeppe Andreas Larsen
+Johan Larsen
+Johannes Larsen
+Marie Larsen
+Olga Lau
+- Lunn
+Christine  Mackie
+Karen Meisner-Jensen
+- Petersen Bøgebjerg
+Theodor Philipsen
+Ellen  Sawyer
+Fritz Syberg
+Julie Sophie Anette Augusta  Teisen
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Christine Swane er indlagt på sanatorium i Haslev. Hun har sendt billede ind til Forårsudstillingen på Charlottenborg.
+Fritz Syberg omtales ofte som "Baronen".
+Foreningen Fremtiden blev dannet i 1865. Forsørgelsesforening for mænd og kvinder. Den arrangerede udstillinger, afholdt foredrag, udgav bøger og bortloddede kunstværker. (Salomonsen 1919, 2. udg.)
+Marie Larsen er med i en sangforening.
+Tårup Strand er markeret med Nybro Frugtplantage.</t>
+  </si>
+  <si>
+    <t>Christine Swane har fået kasseret billeder til en udstilling. Johannes Larsen er vred. Opmuntrer hende til at hænge i. Alhed har fået antaget et billede med hyacinter.
+Johannes Larsen har fået rammet billeder ind til en udstilling. De store er sat til 200 kr. De små til 100 kr.
+Alhed og to andre har været inde for at hente hans brystnål.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/dPGj</t>
+  </si>
+  <si>
+    <t>(på kuvert Haslev 24.3.05)
+Kjærbyhus den 23. Marts
+Kjære lille Dine!
+Du venter nok med Længsel paa Brev og vi andre ventede med; men det blev ikke Glæde for mig i det mindste
+De andre siger nok Uglen bliver ikke bedrøvet, men det maa jeg høre af din egen Mund min Ven for at komme til Ro, da Posten var kommen og jeg stod og rørte Havregrøden og græd samtidig kom Las stormende og var vred, de er jo sindssyge, hvid var han i Ansigtet og rendte rundt paa Gulvet, hvad gjorde med Alhed -?
+Ja de tog det ene det med Hyazinterne men skriv til Uglen at det skal hun ikke bryde sig om, de kasserede flere Gange af mine Arbejder, bare hænge i, det skal nok naaes engang
+Baronen havde sagt kasserer de det saa er det fordi Ansigter ikke er nok udførte men der er saameget godt i Billedet at de godt kan være bekjendt at tage det Det levede jeg paa men som sagt nu maa du svare mig paa Søndag. Kattebogen lille Ven er rigtignok en Foræring fra Las til Dig der blev ingen % taget i Fremtiden saa jeg vidste han fik endeel at raade over du fik 1 Phillipsen 1 og dem i Amerika og dem selv og i Kjøbenhavn.
+Vi var saa ovre at see hans Arbejder det pyntede meget paa dem at de blev indrammede der er nok en 40 St med de 4 store dem satte han til 200 Kr de smaa til 100 kr. om han dog nu maa sælge noget til denne Udstilling for det lader ikke til der gaar noget i Göteborg – nu i disse Dage gaar han paa Taarupstrand og maler det er højt Vejr og dejligt blaat Vand – Las vidste ikke igaar om han kunde løsrive sig fra Maleriet nu faar vi see Lysse skal jo bo her om de kommer afsted han glæder sig jo meget til Touren den lille Puf, men Lysse er saa fornuftig han siger det ikke værdt at Tale om han gaar og glæder sig og kommer maaske ikke af sted. Alhed og de andre 2 der fik 1. Karakter var igaar inde at hente Las’ Brystnaal
+Las og Børnene spiste her; da han var ude for at møde ved Toget var hun ikke med saa lagde Marie Børnene i seng og Las gik med Agraren og Peter Jensen i Theatret her var Skuespillere fra Kjøbenhavn, de gik saa til 11 Toget der var hun heller ikke men det opklaredes i dag, de kom for sildig til 5 Toget i Odense og lejede saa en Droske der kjørte til Dræby Alhed og Frøken Tejsen saa telefonerede hun til Moderen og hun kjørte efter dem de var saa kommen ved 8 [ulæseligt tegn] Tiden saa det var jo ikke saa underligt at der ingen Alhed var med skriv nu endelig hvor meget du vejer nu og om Temperaturen er god nu; ja alt mulig længes jeg efter at høre nu faar vi ikke Brevet afsted med 3 Toget det gaar saa herfra med 8 Toget Torsdag aften naar faar svar paa det for her er delte Meninger om den Ting
+lev nu vel med en kjærlig Hilsen fra Alle – Din egen Mor
+Kære Ugle!
+Du skal da også have et Par Ord fra mig, det er saa længe siden, jeg har skreven til Dig. Ja, det var jo sørgeligt at Dine Billeder blev kasserede, men vi haaber at Du tager det fornuftigt. Du ved jo at de kasserer saa mange gode Billeder derinde, saa Du var vel til Dels forberedt derpaa. Har Karen og Olga saa været og besøge Dig? Vi var saa til udvidet Prøve forrige Søndag, det gik udmærket og vi morede os storartet bagefter, der var ikke stort flere end os der havde sunget der blev til Dansen, først drak vi Kaffe, mens der blev ryddet i Salen, saa dansede vi til kl. 12; Alhed og jeg vilde saa gaa hjem, men Candidat Lunn kom efter os og sagde at vi endelig maatte blive, der var nogle Stykker som vilde spise Smørrebrød sammen og de vilde gerne have os med, vi var en halv Snes Stykker i det Hele; Søndag skulde en Del af os have været paa en lang Spaseretur, vi havde tænkt at gaa til Bøgebjerg og Dr. Petersen havde inviteret os derud og drikke Kaffe, men saa blev Vejret jo saa daarligt at vi maatte opgive Turen, maaske bliver det til noget paa Søndag. Hav det godt kære Ugle og bliv nu endelig ikke saa ked af det at det sætter Dig tilbage. De kærligste Hilsner fra Din Marie.</t>
+  </si>
+  <si>
+    <t>1905-03-26</t>
+  </si>
+  <si>
+    <t>Hans -
+Marie, Alhed Larsens stuepige -
+Svend -
+Margrethe  Eckardt
+- Erkmann
+Marie Kjellmann
+Adolph Larsen
+Alhed Larsen
+Andreas Larsen
+Jeppe Andreas Larsen
+Johan Larsen
+Johannes Larsen
+Marie Larsen
+Karen Meisner-Jensen
+Olga Meisner-Jensen</t>
+  </si>
+  <si>
+    <t>IA Larsen er ved at sælge sine ejendomme i Sverige. Alhed og Johannes Larsen udstiller begge på Den Frie. Christine Swane er stadig indlagt på sanatoriet.</t>
+  </si>
+  <si>
+    <t>IA Larsen og Marie Larsen er på vej til Høljeryd i Sverige. Las og Alhed tager i morgen over til udstillingen på Den Frie. De vil besøge Christine i Haslev på vejen hjem.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/IJxX</t>
+  </si>
+  <si>
+    <t>Kjærbyhus Søndag
+Kjære lille Ugle –
+Tusind Tak for Skovmærkerne. Den hænger paa Væggen imellem Lænestolen og Skabet til fælles Glæde den er mig kjøn, Du kom mig saa nær, dine flittige Hænder havde samlet og bundet den til dit Hjem Tak du lille Ven, den kom igaar Eftermiddags Agraren havde den med fra Butikken, saa baade Faer og Marie saa den og lugtede til den. De rejste i Nat og sidder altsaa nu paa Banegaarden og taler med Eckardterne som jeg skrev til iforgaars, vi veed ikke andet end at Marie Kjellmann lever endnu, men snart har vi jo Rede paa det Alt sammen, javist er Erkmann paa Høljeryd endnu vi havde nylig Brev fra ham fornylig, Gaarden er ikke kommen paa andre Hænder endnu, Marie skriver nok til dig derovrefra, de bliver kun paa en Returbillet, først vilde Far rejst alene; meen saa tilslut bestemte han sig for Følgeskab, som vel var, jeg var helt ulykkelig ved at tænke paa ham i Ensomheden. idag skal Agraren og jeg spise hos Las’ og imorgen rejser de med Puf; Lysse er helt stor paa det, han skal over og være Farfar; han skal nemlig ligge i den store Seng ved Siden af mig
+Deres pige tør ikke være alene, hun skal sove her; jeg flytter en Jernseng ned og hun tager sine Sengeklæder herover enten hun nu skal ligge i Havestuen eller jeg lader hende ligge inde hos os for at hun kan hjælpe ham om Natten og i det hele passe ham Aften og Morgen, naar de saa har spist deres Havregrød, gaar de over til Villaen og ordner med Hans, og lille Lysse gaar og leger derovre som han plejer, Drengen er der jo om Formiddagen imedens jeg laver Mad og passer min Formiddags Gjerninger, saa kommer de herover og spiser Middagsmad, og begge Marierne hjælpes saa ad med Opvaskningen
+Las’ Marie skal ogsaa passe det Sovkammer vi ligger i med Rengjøring maaske ogsaa hjælpe at holde Dagligstuen, det bliver nu ligesom Lysse vågner og lægger Beslag paa hende, men du seer vi har ordnet det saa godt vi formaaede, men tak fordi Du saa kjærlig tænkte paa hvordan det skulde gaa din gamle Moer under Maries Fraværelse. De talte om at gaa paa den Fri i Formiddag
+Kommer Eckardterne, saa bliver det vel ikke til noget, men saa tænker jeg Marie faar Lov at blive et par Dage paa Hjemrejsen i Kjøbenhavn
+Las og Alhed kommer først til dig paa Hjemturen; men saa har de jo ogsaa en hel Posefuld at fortælle dig; men lille kjære hvad er Skyld i, at du taber i Vægt, du maa ikke sulte dig, hvad siger Doktoren for godt, hvor høj er Temperaturen fik du saa ikke Lov at faa Styrtebad, fortæl mig en hel Deel om dig selv; Nu lader jeg Las og Be læse hvad du skriver om Billederne, saa maa de gjøre Besked for Dig, som ikke kan komme nogen Steder, ønsk Karen og Olga god Bedring og Svend som er kommen fra Hospitalet jo nu maa jeg slutte at Marie kan faa Brevet med saa har du det i morgen og saa sender jeg Sæbe og Papir næste Gang Gud velsigne og bevare Dig kjære Barn og de andre medens de ere borte Din Moder</t>
+  </si>
+  <si>
+    <t>1905-03-28</t>
+  </si>
+  <si>
+    <t>Jeppe Andreas Larsen
+Marie Larsen
+Vilhelmine  Larsen</t>
+  </si>
+  <si>
+    <t>Båxhult
+Kerteminde</t>
+  </si>
+  <si>
+    <t>Halmstad
+Landeryd Sverige
+Haslev
+Långaryd Sverige
+København
+Nyborg</t>
+  </si>
+  <si>
+    <t>Samuel Andersen
+Christian Eckardt
+Ingeborg  Eckardt
+Margrethe  Eckardt
+- Eckmann
+Henriette Goldschmidt
+- Johansson
+Astrid Kjellmann
+Marie Kjellmann
+Adolph Larsen
+Alhed Larsen
+Andreas Larsen
+Georg Larsen
+Johan Larsen
+Johannes Larsen
+Marie Larsen
+Vilhelm Larsen
+Jakob  Samuelsen</t>
+  </si>
+  <si>
+    <t>Indeholder tre breve. IA Larsen og Marie er på Båxhult. Christine Swane er indlagt på sanatoriet i Haslev.
+Svensk ord arrende = forpagte</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Museum</t>
+  </si>
+  <si>
+    <t>IA Larsen er i Sverige for at få ordnet forholdene omkring tømmer og Båxhult. Han vil høre om Johannes har solgt flere billeder. 
+Marie Larsen skriver om sygdom og død hos familien Eckardt/Kjellmann.
+Vilhelmine Larsen glæder sig over at Christine Swane snart skal udskrives og at hun har fået lov til at male.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/A2oC</t>
+  </si>
+  <si>
+    <t>Boxhult 28 Marts 1905
+Kjære Mine.
+I Kjøbenhavn var Margrethe og Christian og tog imod os, vi tog med dem hjem og spiste Frokost. I Halmstad fik vi Kaffe, og Smeden havde Pels og Kappe med, som hjalp godt paa Touren herop. I dag var vi hos Jakob Samuelsen og paa Veien derop, ve Holmsøen traf vi Samuel Andersen som fortalte os at han havde afsendt Brevet til mig og mens vi stod og talte med ham, kom Posten med dit Brev, den Sag maa jeg se at klare bedst mulig, der var ogsaa Brev fra Georg, med mange Elændigheder det gjør mig meget ondt for ham, jeg bliver helt forstørret, - bare jeg ikke kommer til at reise hjem førend Tiden, da jeg ikke forstaar hvordan jeg skal hjælpe ham herfra. – Jakob Samuelsen var ikke hjemme han var i Halmstad, men Propr.han kan ikke tage imod endnu, da hele Dammen ligger fuldt af Stokke til Ryds Bruk, saasnart jeg faar talt med ham, skal jeg skrive mere herom. Jeg kan see her at Johansson ikke har tænkt at blive paa Boxhult, her er ikke pløjet en eneste Fure, men da han ikke har kunnet faa noget andet lader han som Ingenting.
+Da Birch ikke har kunne faa solgt Höljeryd har han forsøgt at arrendere den ud, forleden Dag kom en Mand med Kone og 3 Børn fra Nyborg som skulde have have den i Forpagtning men da han havde været her i 2 Dage reiste han hjem igjen, han havde en Jernbanevogn Flyttegods med, saa det vilde koste ham 200 Kroner, men han sagte til Ekmann,at han hellere vilde tage det første Tab som det sidste. Saasnart jeg faar mig sat ind i Forholdene her, skal jeg igjen skrive til dig. Lad mig vide om Johannes har solgt flere Billeder.
+Kjærlig Hilsen til dig og Adolph, og lille Lyse,.
+I A Larsen
+Båxhult d. 28 – 3. 05.
+Kære Moer! Vi kom godt herop i Søndags, men det var en Skam at vi ikke fik skreven paa Landeryd, Smeden var der, men vi kunde ikke komme ind hos Elmquist og Faer havde Hast med at komme af Sted saa jeg maatte opgive det; Vejret var jo dejligt klart, saa det blev ikke helt mørkt, men det var en drøj Køretur, den varede i 3 Timer, det er en lang Tid at sidde stille naar det er koldt, det var da et Held at det var stille Vejr, omsider fik den da Ende og vi tog straks fat paa at fyre da vi kom herop, desværre kunde det ikke brænde inde i Sovekammeret, Røgen væltede ud i store Skyer, først tænkte vi at det var fordi der ikke havde været Ild saalænge men det blev værre og værre, saa maatte vi tage Ilden ud og bære ind i Salen og begyndte saa straks at dampe Sengeklæder af, de trængte ogsaa til det, der stod ligefrem en hel Røg op af dem, Faers Seng flyttede vi derind, nu har vi sat den i Førmakket og fyrer saa baade her i salen og inde hos mig naar saa Dørene staar aabne er der lunt over det hele. – I København fik vi at vide at den lille Astrid var død for en Ugestid siden de mente at hun blev begravet den Dag, men da vi kom herop fik vi at høre at hun endnu ikke var begravet, de havde hele Ugen ventet at lille Misse var gaaet bort, men hun lever endnu, skøndt hun er saa svag og afkræftet at hun kun kan hviske; den lille skal begraves paa Fredag; jeg var der ovre i Gaar og da Misse gerne vilde se mig var jeg lidt inde hos hende, det var frygteligt for mig som ikke har set hende siden hun var rask og glad, aa hvor ser hun elendig ud, hun er saa utrolig mager og saa sagde Ingeborg at endda ikke saa saa daarlig ud i Gaar som hun plejer fordi hun havde lidt Feber naar hun ikke har det er hun ligbleg; aa den Stakkel, hvor det maa være forfærdeligt, bare hun dog snart maa dø, hun ønsker det jo selv og Doktoren kan slet ikke forstaa at hun kan blive ved at leve; da jeg gik bad hun mig om at komme snart igen det var saa roligt at se mig og hun spurgte hvordan Du havde det og bad mig hilse Dig saa meget, saa smilte hun og nikkede saa kærligt til mig. – Ingeborg ser meget daarlig ud, hendes Hals er stadig ikke god og da hun forleden Dag var oppe hos Docktoren, undersøgte han hende rigtig og sagde at det var bedst hun rejste fra Strømhult, men hun sagde at det kunde hun ikke, der er jo ingen af de andre der kan passe Misse, saa snart Ingeborg gaar ud af Stuen spørger Misse hvor hun gaar hen; saa maatte hun love Docktoren at være yderst forsigtig og gaa en tur hver Dag. – Ekmann var her og spise til Aften. Aften og sad og snakkede til Kl. var henad 10, i Aften skal vi tidlig i Seng, vi var en lang Tur i Eftermiddag, helt oppe paa [Sjøgaarden]. Mange kærlige Hilsner til Jer begge fra Marie
+Kjærbyhus – Søndag
+Kjæreste Ugle!
+Det var det glædeligste Brev jeg har faaet i lange lange Tider, jeg vilde straks have svaret dig; men saa vilde jeg vente atfaa det fra Sverig med, jeg sendte dit til Klaks for, at han, naar han var bleven glad, skulde sende det Sverig, saa de kunde have det Tirsdag, samtidig faar de saa dette fra mig som jeg skriver nu, - vi er nemlig bedt ned at spise Middag hos Groseren og blive der i Aften Lyse er helt optaget af dette, han skal sidde imellem Agraren og Farmor til Middag – han er saa god og medgjørlig den lille Ven, at det er en Lyst – Hvor det glædede mig at Fru Goldschmidt huskede paa dig, hun er en Ven af de ægte.
+1000 Tak for blomsterne det lille Grønneglas blev helt fyldt; men dem jeg plantede har slaaet Rod og vilde der blot komme lidt Solskin saa skulde vi se der blev blaat
+Tænk, at vi nu er i den Maaned hvor du kommer hjem eller faar Lov at rejse ud – saa skal vi see Udstillingen og gode Venner, Tak dog Gud Fader der er saa god jeg ved knap hvordan jeg skal faa takket, nu kom jeg til at slaa denne store Klat og det betyder jo velkommen ved du Eckardts Husnummer saa sig mig det dog, jeg lovede at sende Maries lyse Kjole og Sko og Hat i en Jernbanepakke til hun kom tilbage saa skal hun jo ogsaa se sig om i Byen og vil jeg haabe de kan saa meget tilovers at hun kan se til Haslev paa Hjemvejen, husk det er Alheds Fødselsdag den 7 April; og lad mig med det samme sige dig, at om Vejret bliver saa han kan male paa Billedet saa skal Agraren sende Brevkort og han farer lige hjem, du faaer saa nøjes med Alhed og Puf som Gjæster; nu faar vi see hvordan det gaar 
+Jeg maa nok heller sige Farvel for det er længe siden Toget kom og jeg skal pyntes, jeg skal hilse fra Agraren han skriver med næste Gang han skal jo presse sit Tøj at vi kan gøre os saa pæne som muligt
+Din glade Moder</t>
+  </si>
+  <si>
     <t>1905-04-07</t>
   </si>
   <si>
     <t>Långaryd
 København</t>
   </si>
   <si>
     <t>Alhed Larsen
 Jeppe Andreas Larsen
 Johan Larsen
 Marie Larsen</t>
   </si>
   <si>
     <t>Christine Swane er indlagt med tuberkulose på sanatorie i Haslev.</t>
   </si>
   <si>
     <t>Marie Larsen og IA Larsen er på vej til København og videre til Båxhult i Sverige. Det sner selvom foråret var godt i gang.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/OhSR</t>
   </si>
   <si>
     <t>Kjærbyhuus
 Kjære lille Ugle!
 Det bliver nok med Kniberi for jeg skulde i dag sende Maries Kjole, Hat og Sko til Kjøbenhavn. De kommer dertil i morgen Aften om de dog kunde faa Faer til at blive [ papir mangler] Kjøbenhavn den Nat og sove [ papir mangler ] og tale med Bør [papir mangler] til Banegaarden [papir mangler] lille Ugle [papir mangler] rnede og sendte [ papir mangler] mt at [ulæselige ord ] [papir mangler] og fuldstændig [Vinterlandskab], vi Lysse og jeg skulde have været ud at plukke en lille Boukjet til Alhed men Nej nu i dag sneer det igjen, og jeg som troede Foraaret var her lige ved Døren, hvordan mon det gaar min store Peon der allerede havde saamange Blade udfoldede. Vidste jeg dog nu om du er paa Mellemkost og kan vinde lidt i Vægt
 Marie lovede at skrive til dig fra Sverig det har hun vel nok holdt, saasnart Faer er kommen skal jeg nok skrive et langt Brev men det kan du ikke faa før Tirsdag hvis han først kommer hjem Søndag, det er d [ papir mangler] Glæde at dine Arbejder er b [papir mangler] Lokalet men de [papir mangler] hængt paa T [papir mangler] kom nu til [ papir mangler] nu kan jeg skri [ papir mangler] hende jeg s [ papir mangler] jeg skal holde [papir mangler] gjæld – men [ papir mangler ] skal over til Køerne. [ papir mangler] Kalve voxer godt – det er jo Olga Svend og Uglen
 100 kjærlige Kys min egen kjære Ven
 Din Moder</t>
+  </si>
+  <si>
+    <t>1905-04-26</t>
+  </si>
+  <si>
+    <t>Nybro Frugtplantage Kerteminde
+København
+Klingenberg Odense</t>
+  </si>
+  <si>
+    <t>Alhed Larsen
+Georg Larsen
+Jeppe Andreas Larsen
+Johannes Larsen
+Laurits  Larsen
+Vilhelm Larsen
+Olga Lau
+Karen Meisner-Jensen
+Cathrine Svendsen</t>
+  </si>
+  <si>
+    <t>Christine Swane er indlagt på sanatoriet i Haslev. Det er hendes bror Klaks, som kalder hende Vense.
+Johannes Larsen maler i et badehus på Taarupstranden. Det store billede er "Bygevejr i april".
+Tårup strand er markeret med Nybro Frugtplantage</t>
+  </si>
+  <si>
+    <t>Christine Swane bliver snart udskrevet fra sanatoriet. Johannes Larsen maler på Taarupstranden.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/n30Z</t>
+  </si>
+  <si>
+    <t>Kjærbyhus
+Kjære lille Vense.
+Han er her der kalder dig saa han kom igaar og blev her kun til i dag saa jeg fik ikke Brevet afsted før nu men det naar sig jo og velkommen i det Fri fortæl os nu hvor du saa tager hen, det maa du endelig skrive udførlig om faar du Lov af Doktoren at komme til Kjøbenhavn her er endnu saa koldt men det afskrækker dig jo ikke – Las var og er lykkelig for Vejret passer saa godt til hans store Billed – Bygvejer og vestlig Vind – saa han er mest paa Stranden kun hjemme at spise – Fætter Lauritz har været heri Besøg der var Jubilæum for Rekrutter for 25 Aar siden igaar mødtes de i Odense til Festmaaltid paa Klingenberg vi var sammen hos Georgs til Aftenkaffe og Æblekage
+Iaftes kom Georg og Las og Alhed her – og nu rejser Vilhelm med 3 Toget hvor dette Brev ogsaa skal med, kommer du ikke til at tale med Karen og Olga er Frøken Svendsen endnu i Kjøbenhavn
+Hvor Faer glæder sig til at hjælpe dig i Haven der er slet ikke gjort noget endnu det skal være Uglen kommer – Du maa endelig skrive hvornaar du kommer hører du – det maa jeg vide hvor takker jeg dog Gud Fader for din Helbredelse og ham beder jeg fremdeles lægge sine Velsignelser til Nu maa jeg slutte her er nogle Sokker at Klaks skal have syet Navn paa Lev nu vel til vi sees. Din glade Mor</t>
+  </si>
+  <si>
+    <t>1905-05-27</t>
+  </si>
+  <si>
+    <t>St. Pauli Kyrkogatan 19 Malmø Skåne</t>
+  </si>
+  <si>
+    <t>Laurentius Allerup
+Johanne Caspersen
+- Herts, Fru
+Alhed Larsen
+Jeppe Andreas Larsen
+Johannes Larsen
+Marie Larsen
+Vilhelmine  Larsen
+Christine  Mackie
+- Skakke
+Andreas Warberg</t>
+  </si>
+  <si>
+    <t>Laura Warberg passede formodentlig hus for Alhed og Johannes Larsen, mens de var på rejse. 
+Laura Warbergs søster og svoger boede i Snøde på Langeland. 
+Gamle Larsen er Jeppe Andreas Larsen. 
+I efteråret 1905 var Johanne C. Larsen i London (1905-12-23, Laura Warberg til Astrid Warberg-Goldschmidt)
+Tante er Wilhelmine Berg, Laura Warbergs søster. Hun havde et pensionat i København. 8. juli 1905 skrev Wilhelmine Berg til Laura Warberg og spurgte, om hendes datter ville komme og overtage en plads i pensionatet. Wilhelmine Berg havde måttet afskedige en umulig pige. Det vides ikke, om den unge pige tog pladsen.
+Lundsgaard er en herregård, der ligger i udkanten af Kerteminde.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0893</t>
+  </si>
+  <si>
+    <t>Alhed og Johannes Larsen kommer snart hjem efter tre ugers rejse til bla. Paris. Christine Mackie er i Snøde. Louise/Muk Brønsted er i Småland med sin lille datter. Der er mangel på grøntsager hos dem. Andreas/Dede Warberg skal på rejse til Tyskland.
+Laura Warberg ved ikke, om Johanne tager pladsen hos Wilhelmine Berg/Tante. 
+Laura Warberg skriver, hvordan man laver saltlage. Hun og Marie Larsen har besøgt Allerup på Lundsgaard.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/F0dG</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Astrid Goldschmidt
+St. Pauli Kyrkogata 19⁴
+Malmø
+Skåne
+[I brevet:]
+Kjerteminde d:26de Juli
+Kære Astrid!
+Det bliver intet langt Brev, jeg maa ned med det om en halv Times Tid. men vente til i Morgen vil jeg dog ikke. Det var mærkeligt Du dog fik mit Brev og Brevkort og endnu mærkeligere, at der gik saa langt hen, inden jeg hørte noget fra Dig. Paa Lørdag 6te Aften venter vi Las &amp;amp; Alhed, saa har de været godt 3 Uger borte deraf 14 Dage i Paris. De er vældig tilfredse med hele Rejsen, har set Masser af Kunst og nok set paa alle mulige berømte Steder i Paris. Heden har de ikke klaget over. Jeg har faaet Brevkort næsten hver Dag. Paa Mandag Nat rejser jeg hjem og tænker, Christine kommer Tirsdag Aften fra Snøde, hvor de unge Børn leger paa Kraft; jeg gør det saa færdigt. Fra Muk har jeg to Gange haft Brev, de var syge den første Uge deroppe, men nu nyder de Tilværelsen, og den lille og nem at passe efter at hun paa Rejsen fik den sidste Hjørnetand. De har let ved at faae Mad undt. Grøntsager Kartofler faaer de. De savner saa grulig Løg, er de dyre hos Eder, ellers vilde hun vel blive henrykt ved lidt sammen med et Brev hvor det er som her, at Posten skal være indtil 2 Pund. – Jeg veed intet om Johanne saa tager Pladsen hos Tante; men der maa snart kunne komme Brev derom. Dede har endnu ikke helt bestemt sin Rejse, han skal med Skakke til Sønderborg paa Søndag og mulig rejse der fra til Hamborg Berlin Dresden. Det skulde afhænge af om vi faaer Penge fra gl. Larsen, og det ser da ud til det, at han kan skaffe nogle, naar han kommer til Sverrig. – Gud veed om Chr. ikke nok vove en Tur til Malmø, dersom hun nu faasr nogenlunde Sikkerhed for, hvornaar Affæren bliver. I al Fald kommer jeg da nok en Dag og saa kan jeg fortælle. – Lage lavet af grovt Salt der skænkes kogende Vand paa, røres om til Saltet er smeltet og bliver helt koldt. Jeg ved intet Kaal til det. Det er rigtignok dyrt at sylte hos Eder, kan du ikke imellem faae noget Saft med fra København? Eller faae at vide, hvordan de derovre bærer sig ad. Du _ koge Saften uden Sukker, ja maaske med Saltlage, men staaer det ikke i Bogen? Du behøves ikke at sende Brevene. – Bare Du havde skrevet 2 Ord paa et Brevkort til Tante om din Adr: Hun kan da ikke forstaa, at jeg ikke har svaret paa hendes Brev, men nu skriver jeg en af Dagene. Jeg har haft det rart her. I Aftes var jeg med Fru Larsen og Marie paa Lundsgaard hos Allerup, han har Klaver og en Fru Herts, som boer i Kærbyhus, spillede aldeles dejligt for os: Det var en yndig Aften, mange Blomster i hans kønne lille Stue, Udsigt til Stranden, Kaffe med fine Kager og Drikkevarer, en Tur i Drivhuset først. Ja saa Farvel lille Putte.
+Kærlige Hilsener fra Mor.
+Du kan ikke bruge Puddersukker til Syltning.</t>
+  </si>
+  <si>
+    <t>1905-11-14</t>
+  </si>
+  <si>
+    <t>Båxhult</t>
+  </si>
+  <si>
+    <t>Aron -
+Halfred -
+Sophie Eckardt
+Aron Bernhard Kjellmann
+Marie Kjellmann
+Adolph Larsen
+Andreas Larsen
+Jeppe Andreas Larsen
+Johan Larsen
+Johannes Larsen
+Marie Larsen
+Lisa Nisbeth
+Christine Swane</t>
+  </si>
+  <si>
+    <t>VL bliver trakteret med forskellige retter, som hører til svensk husmandskost:
+Duppe er en opbagt hvid sovs. (Opskrift er fundet på ømf.dk)
+Palt er, i det sydlige Sverige, en ret der består af bagt blod og groft mel. Oppe nordpå er det en ret med kartofler. (wikipedia)</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv
+Christine Swanes brevarkiv, kasse 1, kuvert 1, 2002/61, A8, lb 11</t>
+  </si>
+  <si>
+    <t>I A Larsen og hustru Vilhelmine Larsen var på Båxhult i Sverige for bl.a. at sælge gammelt jern. 
+Der holdtes fødselsdagsfejring af VLs afdøde søster Sophie Eckardt. Man sørgede over tabet af VLs niece Marie Kjellmann.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/a6gU</t>
+  </si>
+  <si>
+    <t>Boschult den 14/ 11 morgen
+Kjære Marie!
+Her har ingen Kjøren været, nu kommer Aron i dag, han tager Brevet med, det trækker ud med Savningen, og Ville i Dane kommer først i Morgen med Besked, om han kan kjøbe det gamle Jern, om ikke de kommer tilrette om Prisen, nej for Faer maa dog ned til Landeryd og forsøger anden Kjøber, saa er det vor Mening at rejse herfra Onsdag. I skal nok høre fra os fra Kjøbenhavn, medens jeg husker det lille Marie sørg for at faa varmet godt op i Sovekammeret og Sengene dampede godt ud, for nu er vi jo vænnede til al den Varme herovre, Brasen i Kaminen baade lyser og varmer,- vi fik brændt Bønner tilmorgen og drukket en udmærket kop Kaffe, og vi har saameget god Mad, at I ikke skal ynkes over os hverken for det ene eller andet, og saa er vi saa raske at det er en Lyst, Faer gaar de lange Veje og mærker aldeles ingen Træthed i Benet nu i de sidste Dage. Tak for dine 2 sidste Breve, de kom ganske rigtig om Tirsdagen, saa du kan se Faer har Ret. Oh saa er jeg saa glad, naar vi hører fra Eder, og hører Alt er vel, jeg fik samtidig Brev fra Uglen, lad hende høre om dette; naar vi kommer for jeg naaer ikke at skrive andet end dit, hils dem Alle, og du med de søde smaa Drenge har de gjort Rejsen til Kjærbyhus, og Kalvene, det var herligt at det gik godt og Besætningen er rask, det kan jeg lide at høre, at du giver Kalvene om Middagen, saa er der Forslag i Arbejdstiden for Agraren, Gud velsigne det ganske Hus medens vi er borte.
+Igaar det var den 16. kom Aron og Halfred og hentede mig de vilde havt Faer med, men det stod ikke til at faa ham fra Huset, det var jo Moster Sofies Fødselsdag og der var sat Blomster ved hendes Portræt, de havde faaet et Billede af Marie forstørret, det hængte over Sofaen
+Augusta var dog oppe; men sad paa sit Rum. Lisa havde travlt med at gjøre det saa godt for mig, Kaffe og Duppe da jeg kom Smørgaas før [ ulæseligt ord ] Kød Potatis Grynsuppe; Pelter ovenpaa Kaffe med Duppe inden jeg rejste ja det var saa godt for mig at see hvor glade de bleve ved mit Besøg, og saa alle de dejlige Blomster der stod en Nillike fra en Stikling af hendes Gravkrandse den havde paa Maries Fødselsdag 15 Blomster, og nu igaar stod den med 2, samme Farve som vores den lyse. Alle Børn var friske, Bernhardt havde i Sommer hjulpet saa godt med Sletten, saa Aron havde skjænket ham en Harmonika, den spillede de paa for mig, alle, om det saa var lille Syssan, saa sad hun paa Papas Knæ og spillede en frisk March det var en meget fornøjelig Besøg for mig Trods al den Vemod det rummer ved savnet af Marie. Jeg skal hilse fra alle Johannes kunde gjerne glæde os med et Par Ord fortæl naar vi kommer maaske vi dog saa dem paa Banegaarden om de dog maa sælge noget, ja ja hvor jeg beder og noget gaar der jo nok, saa meget skal der til, kommer de hjem snart eller bliver Johannes der længere. Nej nu maa jeg holde op for begynder jeg først at spørge saa løber det hele rundt for mig. Hilsen og Kys til alle 3. Moer</t>
+  </si>
+  <si>
+    <t>ca. 19-24. november 1905</t>
+  </si>
+  <si>
+    <t>Dora -
+Frederik Hendriksen
+Andreas Larsen
+Johan Larsen
+Johannes Rump
+Joakim  Skovgaard
+- Sporon
+Peter Sus
+Anna Svendsen
+Andreas Warberg
+Viggo Winkel</t>
+  </si>
+  <si>
+    <t>Alhed er i København for at handle billeder for Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>Alhed sender lidt penge. Sus har plukket 16 billeder ud. Alhed skal træffe Rump, Skovgaard m.fl. 
+Andreas Warberg (Dede) skal have fuldmagt for at hente nogle penge. Dede vil gerne købe et lille selvportræt af Larsen, og Anna Svendsen spørger, om Larsen har noget til hendes bortlodning.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/x8br</t>
+  </si>
+  <si>
+    <t>Kæreste Lavsie!
+Det er kun usle 20 Kr., jeg sender Dig, jeg fik 33 hos Sparon, men da jeg jo ikke ved, om jeg kommer til at afslutte Handlen herinde tør jeg jo ikke blotte mig for Hjemrejsen. Jeg har snakket med Sus til Morgen han har ledt 16 ud men vilde ikke sige nogen Pris før han havde talt med Winckel, de skulde være meget billige sagde han, jeg gruer og er rasende spændt. Jeg skal køre derop om nogle Timer. Og jeg skal saa ogsaa i Form. se at træffe Rump, Hendriksen og Skovgaard. Puf følger mig som en lille tro Hund paa mine Expeditioner, han gør meget Lykke. Hvor Sus er en rar Mand. Jeg kan vist ikke blive færdig til Hjemrejse før Tirsdag Middag. – Nu kom Dede fra Crusett, han vil betale de 90 Kr. d. 10ende Dec. Dede skal have Fuldmagt til at hente dem. Og saa skulde han spørge om Du ikke vilde male et lille Selvportræt til hans private Samling og hvad du vilde have for det, det maatte godt være Akvarel. Størrelse c. som den lille Akvarel af Dora paa Dedes Væg. Gør det bare mange Bække smaa – _Svar hvad Du _vil have for det, saa skal jeg sige Besked! Jeg maa slutte at dette kan komme med 12 ½ Toget.
+1000 kærlige
+Hilsner til Jer begge,
+hils ogsaa i Kærbyhus!
+Jeg skal hilse fra Anna Svendsen om Du ikke havde en lille Ting til hendes Bortlodning.</t>
+  </si>
+  <si>
+    <t>1905-11-22</t>
+  </si>
+  <si>
+    <t>Nyborg</t>
+  </si>
+  <si>
+    <t>- Birck
+Ludvig Brandstrup, billedhugger
+Amanda Heinesen
+- Høistrup Schultz
+Andreas Larsen
+Georg Larsen
+Johan Larsen
+Johanne Christine Larsen
+Peter Sus
+Laus Wandschneider</t>
+  </si>
+  <si>
+    <t>"Lysse er meget højt oppe at yre": det svenske ord yra betyder at fare rundt, våse og fabulere. Larsen-familien ejede et par skovgårde i Småland, og de besøgte dem ofte. Således brugte de også jævnligt svenske ord.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen er gået hjem fra Nyborg, så han er træt. Han har købt en pibe, som sønnen Lysse kunne blæse sæbebobler med, men Lysse havde allerede anskaffet en, så nu får hans bror, Puf, den. 
+Larsen har købt abrikoser, svedsker, cigarer mm. i sin brors butik og en honningkage, som han har delt med Junge (Johanne Larsen f. Warberg). 
+Johannes Larsen beder Alhed sælge (Peter) Sus de tre billeder, der ikke gik på auktionen. Han håber, at Fanden snart tager de auktioner.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/XWno</t>
+  </si>
+  <si>
+    <t>Kjerteminde 22-11-1905
+Kæreste Alhed!
+Allright! Jeg er nu kommen fra Nyborg og har faaet det ordnet. Jeg vil ellers nok indrømme at jeg blev noget forfrossen da jeg læste dit Brev i Morges Kl. ½ 9 da jeg skulde til Barberen først og til Nyborg kl. 11. Jeg fik 65 Kr. hos Rasmus P. til Lørdag, saa dem maa vi jo se at gøre Udvej for. Det er meget vanskeligt for mig at skrive da Lysse er meget højt oppe og yre og jeg er en Del træt jeg er nemlig gaaet hjem fra Nyborg i et ret besværligt Føre, men sparede derved 1,55 Kr. da jeg desuden ikke har haft andre Udgifter end en Pibe til Lyse, som jeg havde lovet ham til at blæse Sæbebobler med har det jo været en ret billig Tur og Du kan tro jeg var sulten da jeg kom hjem, jeg vidste jeg skulde have Kaal og Skinke og gik saa ind til Grossereren og købte 1 Pund Figen, Abrikoser og Svedsker til Dessert og 3 Cigarer og lavede saa Festmaaltid og med Snaps og Sild foran og Kaffe og Brombærmad og Cigar ovenpaa. Der var Marked da jeg gik gennem Byen og der købte jeg en Honningkage hos Vanschneider til 50 Øre som jeg afleverede i Kærbyhus til Junge med de 2 Cigarer dog at jeg betingede mig et Hjørne af Kagen. Jeg havde glædet mig til at se Lyse blæse Sæbebobler, men desværre havde han sikret sig mod at jeg skulde glemme Piben og faaet anskaffet sig en og blæst hele Dagen, men nu skal Puf have den ene naar han kommer hjem. Amanda vil have Brevet med nu. Jeg vil nok have Højstrup Schultzes herhjem, d.v.s. dem du skriver om. Kunde Du maaske ikke sælge Sus de 3 levnede fra Auktionen, det var for Resten meget godt at de ikke gik, forhaabentlig er Fanden ved at tage sig af de Auktioner. Jeg skulde hilse fra Birk, han var meget aimable, men Vexlen fik jeg kasseret, og skrevet en anden saa Lud maa til det en Gang endnu. Kys Puf. Jeg elsker Dig. Din Johannes Larsen</t>
+  </si>
+  <si>
+    <t>1906-10-17</t>
+  </si>
+  <si>
+    <t>Malmø</t>
+  </si>
+  <si>
+    <t>Alfred Goldschmidt
+Ina  Goldschmidt
+Amanda Heinesen
+Andreas Larsen
+Johan Larsen
+Christine  Mackie
+R J Steen
+Peter Sus
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>"det er kedeligt det trækker så længe ud": Alhed Larsen er i Malmø hos søsteren Ingeborg Astrid f. Warberg, som skal føde sit barn nr. to.
+Johannes Larsen opregner billeder, som han kan "tage med". Det er uvist, hvilken udstilling han omtaler.
+Børnene har været i Kærbyhus: Johannes Larsens forældre og Alheds søster, Johanne (Junge) samt hendes mand Adolf (Agraren, Johannes Larsens bror) boede alle på dette tidspunkt på ejendommen Kærbyhus i Kerteminde. Der var to boliger på stedet. 
+De omtalte breve, som Larsen havde indlagt i brevet, findes ikke i materialet fra Det Kongelige Bibliotek.</t>
+  </si>
+  <si>
+    <t>Det er synd, at lille Sjums (Ina Margrethe Goldschmidt) er syg. 
+Johannes Larsen maler på et billede af to kalve. Han har vasket en gråand med sæbe og soda, og nu ser den bedre ud. 
+Larsen har optalt, at han har 120 indrammede billeder og nogle akvareller i en mappe. Han har hentet billeder hos glarmesteren. 
+Steen arbejder på skabet til Larsen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/f4hQ</t>
+  </si>
+  <si>
+    <t>Kjerteminde 17 October 1906.
+Kæreste Alhed!
+Tak for Dit Brev, det er kedeligt at det trækker saa længe ud, men det er dog værre med lille Sjums (det er vel foruden ch) bare hun snart maa blive rask, det lille Skind. Her har vi det godt det var dejligt Vejr i Morges, mildt og Sol af og til men det har forværret sig efter Haanden og blæser nu en Storm med Regnbyger. Jeg har malet paa et Billede med 2 Kalve ovre i Hestestalden, som jeg begyndte paa i Gaar. I Morges tog jeg Mod til mig og vaskede Graaanden i varmt Vand med Sæbe og Soda, med efterfølgende Afskylning i kuldslaaet Vand, og Resultatet blev langt over Forventning, den ser helt, om jeg saa maa sige menneskelig ud nu, naar man ser bort fra de Fjer som er revet af, men de kommer jo ud igen. Jeg er nu spændt paa naar Vandskrækken vil holde op, den gamle Andrik stikker af hver Aften i Mørkningen og kommer igen Kl. 6 om Morgenen. Jeg har i Dag skreven op hvormange Billeder jeg har i Ramme, naar jeg regner Suses Aquareller med og de Rammer jeg faar tilbage disponerer jeg i Øjeblikket over ca 120 indrammede Billeder foruden de Aquareller i Mappen jeg tænker at tage med. Der var Brev fra Din Moder i Morges med indlagte Breve fra Elle og Christine som jeg har læst og ladet Junge læse, undtagen den lille Lap til Dig privat. Her er hele Bunken. Børnene har været flinke i Dag, de har for Resten været i Kærbyhus i Eftermiddag. I Eftermiddag var jeg nede hos Glarmesteren og hentede nogle af Billederne de ser udmærkede ud i Rammerne. Paa Vejen var jeg inde hos Sten, jeg har gjort 3 eller 4 forgæves Forsøg paa at komme ind i Huset, denne Gang lykkedes det, og tænk han stod og arbejdede paa Skabet, saa nu er der vel endelig Haab om at det kan blive færdigt. Naa nu er Kl. over 7. Amanda skal ned med brevet og Børnene er søvnige, saa vi skal i Seng. Hils Alfred og Dis fra mig. Mange kærlige Hilsner Kys fra Puf og Lysse, skriv 10 siger Lysse, og
+Din
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1906-10-21</t>
+  </si>
+  <si>
+    <t>Amanda Heinesen
+Andreas Larsen
+Johan Larsen
+Johanne Christine Larsen</t>
+  </si>
+  <si>
+    <t>Alhed Larsen er i Malmø hos søsteren Ingeborg Astrid f. Warberg, som er højgravid med sit andet barn. 
+Johannes Larsen fortalte i et af de forrige breve til Alhed, at Puf med hjælp fra en Hans har bygget en mølle.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har malet på billedet af kalvene.
+Sønnen Puf laver sejl til den mølle, han har bygget.
+Godt, at Alheds forkølelse er bedre. Men det er noget skidt, at det trækker ud med hendes ophold, for hun og Johannes Larsen skal senest den 10. til København, og han har brug for hendes hjælp inden da.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/LFlW</t>
+  </si>
+  <si>
+    <t>Søndag 21 Octbr. Kjerteminde. 1906.
+Kæreste Alhed!
+Tak for Dit Søndagsbrev, som jeg ganske rigtigt fik i Morges. Jeg havde tænkt at arbejde i Haven i Dag, men det øsregnede hele Natten og lige til Middag og af og til i Eftermiddag. Jeg har saa malet paa Kalvene og hjulpet med at flytte Junges Klaver over. Puf har faaet Sejl paa den store Mølle, og har lavet en af en Havregrynsæske som han sidder og virker med nu, nu skal jeg tegne den: [tegning indsat] Puf mener det ligner godt, jeg skal skrive at den kan gaa, og Du ser der [ulæseligt ord] og al Ting. Vi har faaet Ærter og Flæsk til Middag og bestilt det hos Amanda forleden. I Aften har vi spist det halve af Melonen, Amanda, Børnene og jeg det øvrige har de faaet over i Kærbyhus, jeg nød mig et Glas Madeira til som jeg fandt i Kælderen, d.v.s. nu ½ Fl. Jeg er glad ved at høre at Din Forkølelse er bedre, navnlig efter at jeg har hørt om hvordan Jordemoderen gaar og fyrer, det maa være fælt. Vi har Gudskelov ikke haft Ild i Kakelovnen endnu. Derimod er det virkeligt kedeligt at det trækker saadan ud, for Du skulde jo nødigt være stort længere væk end 8 Dage til, for senere end den 10 kan vi jo ikke vente med at tage til Kjøbenhavn og den sidste Uges Tid skulde Du jo helst være her og hjælpe mig lidt. Naa nu kommer Amanda og vil have Brevet, saa Du maa nøjes med dette denne Gang. I Anledning af at det er Søndag og jeg ingen Frimærker har, maa hun forsøge paa Banegaarden, saa hvis Du faar dette ufrankeret maa Du ikke blive fornærmet. Mange kærlige Hilsner fra os alle tre.
+Din
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>Adam Goldschmidt
+Ina  Goldschmidt
+Amanda Heinesen
+Adolph Larsen
+Andreas Larsen
+Jeppe Andreas Larsen
+Johan Larsen
+Johanne  Larsen
+Vilhelm Larsen
+Vilhelmine  Larsen
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Alhed Larsen er i Malmø hos søsteren, som skal føde barn nr. to. Amanda har været i huset i Kerteminde, og hun skal nu til Malmø for at tjene hos Alheds søster.
+Adolf (Agraren) og Johanne (Junge) Larsen blev gift i august 1906. De flyttede ind på ejendommen Kærbyhus i Kerteminde.</t>
+  </si>
+  <si>
+    <t>Det trækker ud med fødslen af barnet. Amanda må komme lørdag aften i stedet for søndag.
+Johannes Larsen har ikke svaret på spørgsmål om hans forældres Sverigestur, Adolf og Johannes flytning mm.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Qdwv</t>
+  </si>
+  <si>
+    <t>Kæreste Larsi!
+Det var mig en stor Lettelse at faa Brev til Morgen og se, at der intet var i Vejen, jeg fik saa 2 Breve i Dag; tak for dem begge. Ja, det er trist, at det det [ordet overstreget] trækker saa rædsomt ud med den Unge, jeg kan jo ikke blive her i det uendelige, navnlig for den Udstillings Skyld. Du maa bede Amanda fra Dis om at komme herover Lørdag aften i St. for Søndag Morgen, hun kan saa om et Par Søndage faa fri en hel Dag og rejse over og besøge sin Søster i Stedet. – Vejret har været yndigt i Dag, vi har som sædvanlig været ude en lang Tur med Sjums. Det var morsomt med Din lille Udflugt ned hos Klax. – Du har ikke svaret paa alle mine Spørgsmål om Dine Forældres Sveriges Tur og Assurancen samt om Junges og Agrarens Flytning og jeg synes, der var mere. Hvordan er den lille Bypige. Du forhører Dig da stadig om der er Difteritis i Nabolaget, og skulde der komme, maa Du jo holde Børnene skarpt afsondrede fra alle Børn. – Kys de søde smaa og Dig selv! Din Alhed.
+Mandag Eft.</t>
+  </si>
+  <si>
+    <t>1906-10-22</t>
+  </si>
+  <si>
+    <t>Laurentius Allerup
+Ludvig Brandstrup, billedhugger
+Julie Brandt
+Victor Bøttern
+Alfred Goldschmidt
+Amanda Heinesen
+Andreas Larsen
+Jeppe Andreas Larsen
+Johan Larsen
+Vilhelm Larsen
+Niels Larsen Jørgensen
+Anna Syberg
+Fritz Syberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Alhed Larsen er i Malmø hos søsteren Ingeborg Astrid Goldschmidt (f. Warberg), som skal føde sit barn nummer to.
+"Fannys Assurance": Der er formodentlig tale om en forsikringsudbetaling i forbindelse med et af I.A. Larsens skibe.
+"Grossereren gled med Halvdelen": Denne grosserer er formodentlig Victor Bøttern, som købte I.A. Larsens købmandsgård. 
+Det omtalte brev fra Karl Schou fandtes ikke sammen med dette brev på det Kongelige Bibliotek.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen er glad for, at stuepigen Amanda kan blive nogle flere dage, indtil Alhed kommer hjem. Amanda slider med rengøring og tøjvask.
+Johannes Larsen maler på sit billede af kalve. Og han har besøgt Anna og Fritz Syberg (Baronens).
+Adolf og Johanne Larsen (Agraren og Junge) er ved at flytte ind (på Kærbyhus).
+Johannes Larsen har fået indrammede billeder tilbage.
+I.A. Larsen har modtaget forsikringspenge, og grossereren skal have halvdelen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/jDA7</t>
+  </si>
+  <si>
+    <t>Kjerteminde 22 Octbr 1906.
+Kæreste Alhed!
+Naar Du i 2 Dage ikke har faaet Brev, maa det vel ligge i at der ingen uddeles om Søndagen for Fredag er den eneste Dag jeg ikke har skrevet, men saa har Du vel til Gengæld faaet 2 paa en Dag. Nej der har ikke været noget i Vejen med Børnene. Jeg er glad ved at kunde beholde Amanda et Par Dage til, jeg er ikke videre henrykt ved at komme af med hende inden Du kommer. Hun skriver saa i Aften til sin Søster at hun ikke kommer alligevel. Hun har ellers hængt svært i for at naa saa meget som muligt i Gaar Søndag vaskede hun hele Dagen og i Dag har hun gjort Hovedrent i Spisestuen og Køkkenet, saa hun mangler nu kun Dagligstuen, men saa kan hun jo tage den lidt mere med Ro. Jeg har ikke faaet lavet noget videre i Dag, jeg har malet lidt paa Kalvene i Formiddag og lidt i Eftermiddag men holdt op paa Gr. af Mørke og bestemte mig saa til at gaa ned og hilse paa Baronens, saa kom Allerup og saa paa Billederne og Haven. Jeg fulgte saa med over Trapperne og gik ned til Baronens som lod til at være glade ved at se mig. Paa Hjemvejen købte jeg 10 Pund Sittauer Løg hos Larsen Jørgensen. Agraren og Junge har flyttet Møbler ind i Gaar og i Dag. Jeg har faaet mine Rammer fra Brant 16 smaa, 8-9 store samt Kejserkroner og Æbleblomster. For øvrigt har jeg ligget meget vaagen i Nat og været i jævnt skidt Humør i Dag. Jeg savner Dig. Fader har været i Odense og hævet 740 Kr. Fannys Assurance. Grossereren gled med Halvdelen jeg faar ca 50 Kr. Jeg har faaet en Gang 27 og 5 da jeg rejste ned til Klaks. Ja nu tror jeg jeg vil holde op, det er jo heller ikke noget morsomt Brev, men det kan ikke blive anderledes. Jeg fik meget rigtigt dit Brev i Aftes 6,24. Jeg faar for resten næsten alle Dine Breve med det Tog, et enkelt har jeg faaet med 2 Toget og det i Gaar om Morgenen. Nej jeg har ikke skreven til Lus endnu jeg har Aquarellerne færdige og bestemmer hver Dag at sende dem, men endnu er det ikke bleven til noget. Hils Dis og Goldschmidt. Mange kærlige Hilsner og Kys fra Børnene og mig.
+Din
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1906-10-25</t>
+  </si>
+  <si>
+    <t>Kathinka -
+Amanda Heinesen
+Andreas Larsen
+Johan Larsen
+Marie Larsen
+Frederik Lützhøft
+Anton Frederik Schondel
+R J Steen</t>
+  </si>
+  <si>
+    <t>Alhed Larsen er i Malmø hos sin søster, Ingeborg Astrid Goldschmidt (f. Warberg), som er højgravid med barn nr. to.
+"3 Billeder til Dr. L.": Dr. Lützhøfft har pr. brev bestilt billeder hos Johannes Larsen.
+Kærbyhus: Johanne og Adolf Larsen (Alheds søster og Johannes Larsens bror, som var gift) boede på Kærbyhus nær Alhed og Johannes Larsens hjem. Der var to boliger på Kærbyhus, og Johannes Larsen, som ejede stedet, boede i den anden.</t>
+  </si>
+  <si>
+    <t>Steen har været hos Larsen og hjælpe med at pakke billeder til Dr. Lützhøft. 
+Lysse (Johan Larsen) har grædt hele dagen, for han har ondt i en tand. Tandpine har åbenbart været problemet de sidste dage, hvor han har vågnet om natten osv. Johannes Larsen og drengen tog til lægen, som trak tanden ud og gav drengen chokolade. 
+Johannes Larsen er blevet inviteret til at spise gråandrik.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/zCWy</t>
+  </si>
+  <si>
+    <t>Kjerteminde 25 Octbr 1906.
+Kæreste Alhed!
+Jeg sidder her hos Grossereren og skriver. Puf er her Lysse i Kærbyhus. Jeg har haft Steen oppe og pakke 3 Billeder ind til Dr. L. Geden, Skitsen med Maagen og Damperen og Hønen samt anvist ham 2 paa den frie. Lysse har gaaet og hylet hele Dagen, ondt i en Tand, den bag Hjørnetanden i højre Underkæbe, det er naturligvis det der har været i Vejen med ham de sidste Nætter, efter Middag var han rent utrøstelig, det Skind, han rendte efter mig og græd og først da jeg foreslog ham at lade Schondel trække den ud begyndte det at hjælpe paa ham og da han var bleven vasket og iført Pufs Frakke og Hue var han en hel Ka’l jeg lovede ham paa Vejen at han maatte faa Tanden med hjem, men han spurgte hvorfor skulde jeg dog gaa og slæbe paa det Skidt. Han var umaadelig tapper skønt Schondel maatte tage 3-4 Gange inden han fik den ud, den saa saadan ud: [tegning indsat] jeg lovede ham at tegne den til Dig men da jeg ikke har Aparaturen her kan jeg ikke tjene Dig i at male den rødd. Han fik et stort Stykke Chokolade af Scondel og var henrykt over at være kommen af med Tanden, han afgik saa til Kærbyhus for at fortælle dem om det. Kathinka var oppe at invitere mig ned at spise Graaandrik Kl 6 ½ nu er den 5 jeg skal hjem og fodre og klædes om og derned. Amanda (det glemte jeg at skrive i Aftes,) kommer først Søndag, da jeg nemlig ikke vil sige til hende om at rejse før og Du kan jo nu ikke naa at skrive det. Mange kærlige Hilsner fra Puf og Lysse som ankom nu med Marie
+Din
+Johannes Larsen
+Jeg længes og glæder mig til du kommer
+JL.</t>
+  </si>
+  <si>
+    <t>1906-10-26</t>
+  </si>
+  <si>
+    <t>Frihavnen, København
+Malmø</t>
+  </si>
+  <si>
+    <t>Kathinka -
+Amanda Heinesen
+- Henning
+Julius Hviid
+Andreas Larsen
+Georg Larsen
+Johan Larsen
+Marie Larsen
+Vilhelm Larsen
+- Petersen Bøgebjerg</t>
+  </si>
+  <si>
+    <t>Alhed Larsen er i Malmø hos søsteren Ingeborg astrid Goldschmidt (f. Warberg), som venter barn nr. to.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen havde en hyggelig aften med andesteg hos dr. Hviid. Han har malet på træsnittet til broderen Vilhelm (Klaks) og sendt det. 
+Amanda er rejst til Malmø og beder om at blive hentet.
+Larsen har om natten drømt, at Alhed var hos ham, og det gjorde, at han har været i godt humør hele dagen.
+Om eftermiddagen kom både dr. Petersen og, dr. Hviid og cand. jur. Henning på besøg til et glas vin.
+Larsen og sønnen Puf har været på andetræk, men de så ingen.
+Johannes Larsen glæder sig meget til Alhed, som har været bortrejst i tre uger, kommer hjem.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/gnVi</t>
+  </si>
+  <si>
+    <t>Kjerteminde 26 Octbr. 1906.
+Kæreste lille Alhed!
+Jeg er saa glad i dag. Naa for at blive i Stilen og fortsætte de andre Breve maa jeg vel begynde hvor jeg slap i Aftes. For Resten sidder jeg nu alene i Huset og skriver Marie lovede at komme over med Børnene og sidde her mens jeg gik ned med dette. Altsaa da jeg gik fra Grossereren mødte jeg Postbudet og fik Dit Brev som jeg læste hos Dr. Hviids, i Dag har jeg ingen faaet, jeg havde det rigtig rart dernede, vi fik først Blomkaal og Bayer derefter Andriken og Rødvin og saa Smørrebrød og Snaps. Bagefter Whisky og Sodavand, saa kom Fru Hviid ind og sagde at jeg maatte ikke blive forbavset over at Kathinka ikke viste sig, men hun havde ikke haft godt af den varme Mad, Julius forklarede: De ved Kvinder kan under Tiden blive daarlige – Maven. Vi sad saa og snakkede til Kl. mellem 11 og 12. Jeg havde Nøgle med da Amanda havde forklaret mig at hun skulde have Bad saa det kunde jo træffe at jeg kom paa den Tid og saa kunde hun jo ikke lukke mig op. I Formiddags malede jeg det Træsnit til Klaks og fik det af Sted med 8.20 Toget. Amanda har hængt i til det sidste, i Dag har hun gjort rent i Vaskehuset og Lokumet, og saaledes været over hele Huset. Vi spiste alle sammen til Middag i Kærbyhus og fik Haresteg og Æblegrød. Mølleren kommer nu en af Dagene han har skrevet til Fader at han vil nok for 60 Kr. alligevel. Amanda rejste saa med Toget 3.20 og tager med Færgen fra Frihavnen 11.10 Søndag, efter Din Bestemmelse No 2. Hun bad om jeg endelig vilde skrive om at en af Jer vilde tage imod hende ved Færgen i Malmö. Men nu skal Du høre hvorfor jeg har været saa glad i Dag. Jeg vaagnede i Morges lige i Dagningen men faldt saa i Søvn igen og drømte saa dejligt om at Du var hos mig og var glad ved mig og jeg drømte saa levende, saa jeg vaagnede i saadan et forfærdelig godt Humør, der har holdt sig hele Dagen, det er virkelig som om Du havde været hos mig. Børnene har ogsaa været saa flinke i Dag. I Eftermiddag begyndte jeg at rydde lidt op i Gaarden, Puf hjalp mig og derefter vandede jeg Blomsterne, da jeg var ved de sidste kom Dr. Petersen bilende og erklærede at jeg var en Flab, hvortil jeg sagde Tak i lige Maade, derefter spurgte han om jeg havde Whisky og da jeg sagde Nej, sagde han: hvad Fanden skal vi saa beruse os i? Jeg fandt saa en halvfuld Fl. af den hvide fyldige og en do ½ Fl. Madeira, da vi havde drukket et Par Glas gik vi ud for at se paa Ænderne og lidt efter hørte vi nogen spille paa Klaveret, saa dukkede Dr Hviid op, med cand. jur. Hennings fra Byfogedkontoret, som kom for at sige God Dag og Farvel, hvad Fanden er det I har siddet og drukket sagde Dr Hviid og saa maatte jeg jo skaffe 2 Glas mere, vi var saa oppe paa Værkstedet og saa gled de alle tre. Da vi havde fodret Ænderne gik Puf og jeg paa Andetræk men saa ingen Ting og da vi kom hjem kom Marie for at hente os for at spise til Aften, og nu sidder jeg altsaa her. Jeg glæder mig forfærdeligt Du kommer, jeg har skrevet Datoerne op paa et Stykke Papir, det er den første paa Torsdag og saa begynder jeg at vente Dig, saa har Du ogsaa været væk i omtrent 3 Uger. Nu kom Marie med Børnene jeg skal hilse fra fra Dem. 1000 Kys og Hilsner fra mig selv.
+Din
+Johannes Larsen</t>
+  </si>
+  <si>
+    <t>1906-10-28</t>
+  </si>
+  <si>
+    <t>Amanda Heinesen
+Andreas Larsen
+Johan Larsen
+Johanne Christine Larsen
+Hedevig Lützhøft
+Alma -, Stuepige</t>
+  </si>
+  <si>
+    <t>Alhed Larsen er i Malmø hos søsteren, Ingeborg Astrid f. Warberg, som natop har født barn nr. to. Amanda var tidligere i huset hos Alhed og Johannes Larsen, men er nu pige i huset hos familien i Malmø.
+I de to boliger i Kærbyhus i Kerteminde bor hhv. Johannes Larsens forældre og hans bror, Adolf Larsen, som er gift med Alheds søster Johanne (Junge).</t>
+  </si>
+  <si>
+    <t>Johannes Larsen sidder i Kærbyhus og skriver, da der er varme. Han har rodet med sine akvareller og ville have arbejdet i haven, men det er for vådt.
+Det er godt, at Amanda nu er kommet (til Malmø) og kan hjælpe Alhed.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/7Dc9</t>
+  </si>
+  <si>
+    <t>Kjerteminde Søndag Aften 28/10 1906.
+Kæreste Alhed!
+Jeg sidder nu til en Forandring her i Kærbyhus og skriver, der var for lidt Tid til at løbe over og saa er her Varme, det er ellers væmmeligt raakoldt i disse Dage. Jeg var oppe i Morges og lavede Kaffe og hentede Wienerbrød til Børnene og Alma. Jeg blev enig med Junge om at lade være at bade dem da det var saa koldt og smaaregnede. Der var et langt Brev fra Mutter som følger. Det glæder mig at Amanda nu er kommen og kan tage de værste Stød af for Dig. Jeg har rodet med mine Aquareller i Dag igen og det begynder nu at klare sig lidt for mig. Jeg havde ellers glædet mig til at arbejde i Haven i Dag men det var for vaadt og surt. I Aften var jeg nede ved Ænderne igen men der kom ingen. Jeg glæder mig til Brev i Morgen tidlig da der ingen er kommen i Dag, lad mig vide om dette kommer samtidig med det jeg skrev i Aftes? Ja dette bliver jo ikke lagt jeg nøjes nu med at tilføje at jeg glæder mig til Du snart kommer, mon der staar noget om det i Morgen og mon der staar at Du kommer Torsdag? Mange Kys og Hilsner fra os alle 3. Din Johannes Larsen</t>
+  </si>
+  <si>
+    <t>1906-10-30</t>
+  </si>
+  <si>
+    <t>Amanda Heinesen
+Andreas Larsen
+Georg Larsen
+Johan Larsen
+Frederik Lützhøft
+Alma -, Stuepige
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Alhed Larsen er i Malmø hos søsteren Ingeborg Astrid f. Warberg, som netop har født sit barn nr. to. Amanda, som har været pige i huset hos Alhed og Johannes Larsen er nu hos søsteren i Malmø.
+"Det var nok et skidt Brev Du fik fra mig": Johannes Larsen bebrejdede i sit sidste brev Alhed, at hun ikke skrev til ham.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen blev glad for brevet fra Alhed. 
+Han har ordnet have og her fundet en rotterede med fem unger, som han gav hønsene og ænderne. 
+Larsen troede, at Alheds mor skulle afløse hende (hos søsteren i Malmø), men Amanda og jordemoderen må vel også kunne klare det, så Alhed kan komme hjem.
+Larsens and, som er vandskræk, har fået betændelse i øjet.
+Johannes Larsen har søgt et legat. 
+Børnene sover i Alheds seng. De spiser alle deres frokost og aftensmad i Kærbyhus.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/1pFZ</t>
+  </si>
+  <si>
+    <t>Kjerteminde 30 Octbr 1906.
+Kæreste lille Alhed!
+Det var nok et skidt Brev Du fik fra mig i Gaar. Da jeg kom hjem med Børnene i Aftes sad der et Brev fra Dig i Køkkendøren, og sikken et dejligt Brev det var, Du kan tro jeg blev glad, jeg læser det af og til og glæder mig hver Gang over det. Det har været et henrivende Vejr i dag, Sol og mildt, men lidt blæsende i Eftermiddag og nu højt Maaneskin. I Eftermiddag har jeg gravet i Haven, jeg gravede bl.a. en Rotterede med 5 Unger op, som jeg lod Hønsene og Ænderne æde. Børnene har været flinke ja de spørger af og til om hvor mange Dage der nu er til Du kommer, jeg msaa sige at jeg hidtil har anset det for givet at Din Moder vilde løse Dig af, men det ser jeg nu er en Misforstaaelse. Da vi havde spist til Aften gik jeg nemlig over for at se om der var Brev og mødte saa Posten med det her uden for Grossereren hvor jeg nu sidder og skriver. Jeg tænker mig at Jordemoderen og Amanda nok maa kunde klare det naar Du i Løbet af et Par Dage har faaet sat dem i Gang. Jeg længes nemlig efter Dig og Du har jo nu ogsaa snart været væk i 3 Uger. Andriken har været væk hele Dagen men kom hjem nu i Mørkningen, Anden har desværre nu faaet Betændelse i det ene Øje, det følger gerne med naar Ænder faar Vandskræk, i 2 Dage har den ikke kunnet se med det, men i Dag synes jeg det ser lidt bedre ud. Tulipanløgene og Krokusserne er komne og staar omme hos Rasmus, jeg skal nu se at faa dem i Jorden. Jeg søgte det Legat i Gaar efter den af Schou opgivne Adr. Jeg har ikke hørt fra ”Fremtiden” heller ikke fra Dr. Lützhøft hvad han saa bestemte sig til. Børnene skiftes til at ligge i Din Seng, der er ingen Lagen, men de slæber selv deres egne derover og reder den hver Aften og saa faar de gerne et Par Historier inden de falder i Søvn. Jeg laver Kaffe om Morgenen, alle de øvrige Maaltider indtager vi i Kærbyhus. Alma er en rigtig flink lille Pige synes jeg. Ja nu er Kl. lige ved 7 ½ saa jeg maa slutte mange Kys og Hilsner og tak for det dejlige Brev.
+Din
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1906-12-05</t>
+  </si>
+  <si>
+    <t>Rørdam</t>
+  </si>
+  <si>
+    <t>Ivar  Breckling
+Johan Breckling
+Frants Henningsen
+Adolph Larsen
+Erik Larsen
+Jeppe Andreas Larsen
+Johan Larsen
+Johannes Larsen
+Marie Larsen
+Vilhelm Larsen</t>
+  </si>
+  <si>
+    <t>Johannes Larsen udstillede malerier og studier hos Winkel og Magnussen nov-dec 1906
+Christine Swane er husbestyrerinde hos sin bror Wilhelm på Rørdam maj 1906 - december 1907.</t>
+  </si>
+  <si>
+    <t>Christine Swane må vente med at male på portrættet af forældrene til efter jul. Det er terminstid. Der kommer en ny møller til Svanemøllen. Marie kommer til Christine på Rørdam i næste uge. Johannes Larsen har solgt for over 2000 kr. på udstillingen i København.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/99SJ</t>
+  </si>
+  <si>
+    <t>1906-12-05
+Kjærbyhus – Onsdag middag
+Kjæreste Ugle!
+Det kan ikke blive til noget med Maleri før efter Julen; men saa vil jeg haabe at Alt klarer sig saa vi kan arbejde med Glæde og Du faar saa en lang samlet Tid til at gjøre dit Billede færdigt det er dog det du altid har ønsket. Marie kommer saa i næste Uge og bliver hos Eder og hjælper med hvad der er at komme over. Igaar da jeg var lige færdig med Vilhelms Brev kom Mølleren der skal passe Møllen det er ham fra Langeland der har været underhandlet med for lang Tid siden men gik istykker fordi han begjærede for meget, men saa skrev han senere at han vilde forsøge, han er gift og skal jo naar Huset bliver i Orden have Familien, foreløbig er han saa her. I kan nok vide Marie ikke synes om det og du vel ikke heller; men se dog ret paa Sagen 
+Kjære Børn, det har saalænge Møllen har staaet været et ulideligt Syn for mig, saa den Dag den begynder at gaa og kan tjene os noget vil være en Glædesdag for mig, jeg har saa sikkert Haab om at det maa lykkes for os, virke maa Faer og saa er det jo dog bedst naar det er med vort Eget I var jo dog saa ivrige paa at Agraren skulde have Jorden og se hvor godt det gaar han er flittig glad og fornøjelig jeg kan ikke takke nok for, at han har forandret sig saa vel, var vi Pengefolk hvad vilde saa hellere end bruge nogen Penge til Arbejdskraft og Hjælp; men i Vinter maa vi se vi kan klare os; vor Herre give os Helbred at det kan blive udført; Marie er jo saa kjed af at Huset ikke har faaet Hovedrengjøring; men Mandag og Tirsdag kommer gamle Marie og hjælper os
+Saa er der en Ting til lille Ugle du maa huske det er Terminstid med Bekymring og hvordan seer jeg ud naar der er noget der trykker mig nej og hundrede Gange nej det er bedst for alle Parter at vi maler i det nye Aar saa lige efter Faers Fødselsdag
+Erik Larsen kommer her vist ogsaa en af Dagene for at ordne den Sag med Jyderne saa jeg er saa glad at Marie er her endnu det Par Dage hos mig Lysse er sød og artig han var helt vild og kom hjem at I havde bedt ham derned; men det kunde ikke lade sig gjøre vi har gjort det paa bedste Maade. Nu i Aftes sendte hun Resten af Johannes døde Fugle
+mon han dog vil sælge dem det er saa fattigt de skriver Ingenting rigtig om det. Maa han dog sælge godt saa bliver de da glade og vi andre med der har du se kjære Ugle jeg traf Forpagter Bræckling paa Færgen. Johan Brækling er blevet Malersvend og er glad ved den Forandring Han vilde være Kunstmaler men Professor Henningsen raadede ham fra det han staar og venter paa Plads
+Kjærlig Hilsen til Eder begge
+Kære Ugle! Du ser jo nok af Moers Brev at jeg ikke ankommer før i næste Uge, her er nok om Ørerne af al Slags, men jeg tænker at kunne drage af Dagen efter Faers Fødselsdag
+Altsaa paa næste Torsdag og saa blive hos Jer, hvis I kan faa Forældrene til at tage derned i Julen, saa kan Du rejse med dem. Hvor dejligt at Las sælger saa godt, jeg havde Brev fra ham i Gaar, da havde han solgt for over 2000 Kr. To Gange har jeg maattet sende flere Billeder derover. Kærlig hilsen til Jer begge Marie</t>
+  </si>
+  <si>
+    <t>1907-04-19</t>
+  </si>
+  <si>
+    <t>Maren -
+HC  Andersen
+- Andresen Kerteminde
+Ina  Goldschmidt
+Gudmund Hentze
+Alhed Larsen
+Georg Larsen
+Johanne Christine Larsen
+Johannes Larsen
+Marie Larsen
+Marie   Larsen, Georg Larsens datter
+Nicolaus Lützhøft
+Christine  Mackie
+Ellen  Sawyer
+Anna Syberg
+Hempel Syberg
+Laura Warberg
+Astrid Warberg-Goldschmidt
+Erik Warberg Larsen</t>
+  </si>
+  <si>
+    <t>Syle: slangudtryk for penge.
+To af Alhed Larsens søstre er gift og bor i USA
+Det er uvist hvad en jabitiere er.</t>
+  </si>
+  <si>
+    <t>Der refereres til Gudmund Hentzes artikel i Politiken, som startede bondemalerstriden. Junge har muligvis været igennem en svær fødsel. Christine Swane og Klaks sender dueunger til hende.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/03Q9</t>
+  </si>
+  <si>
+    <t>1907-04-19
+Kjærbyhus Fredagaften
+Kjære Ugle!
+I Aftes kunde jeg ikke naae at skrive der var saa meget Dis er kommen med lille Sjums. Fru Varberg er endnu daarlig af Feber saa hun maatte opsætte Touren begynder saa med et Par Dage hos Onkel Syberg og kommer saa ned hos Las – hvor hun skal gaa uden at gjøre noget, Alhed vil saa see at faa Maren der gaar hos Lytzhofts – et Par Timer om Dagen til det grovere Arbejde. Sygeplejersken rejste igaar til Frederits i Besøg nogle Dage; Marie laa saa derovre i Nat og passede Junge og Barnet. Dis passer dem om Dagen med lidt Afløs i Dag sad jeg der. Fru Syberg var der og hun ville gjerne laane Politiken med den Artikel af Gudmund Hintze men den var jo sendt til Amerika gjemmer I dem saa kunde Du jo sende den herud; Tak for Duerne til Junge hun spiste den ene i Dag
+men hvem havde dog kvalt dem
+ja kunde jeg nu rigtig male den Szene for Dig Marie var i Aftes paa Banegaarden og Georgs Børn gik i dag ved Titoget for at høre, men hun kom hæsblæsende nej Farmor der var ingen Duer Marie gik saa i Gang med at pille en Sybergs havde sendt jeg var ude i Gaarden at samle lidt Pindbrænde da Grosseren kommer halende med en dueunge i hver Haand – ja ja her er de men det er nogen rigtige Nogen til at kvæle Duer; Da Postbudet kom i Boutiken sagde jeg naa der kommer Duerne, ja der er noget levende i Pakken sagde Andresen, og her seer I den ene er levende og vil I høre mig saa maa den have Lov at leve vi gav den Drikke og den drak en Masse jeg madede den med Hvedebrød og den spadserede paa Bordet og begyndte at pille sig nok saa flot; og nu lever paa Dueslaget sikke et Eventyr for en H C Andersen ja det er næsten utroligt at saadant kan lade sig gjøre det maa da være meget løst Tøj den har gjort Rejsen i I skal nu høre lidt om os selv vi ere raske. Faer er lidt bedre men sover kun daarligt om Nætterne, men det er jo al den Spekulation for Penge ak havde vi dog de blanke Syle
+I Aftes strøg Marie min Kjole og endel hvidt af Junges saa bagte hun en Honningkage og da der var varmt i Kjøkkenet og Marie skulde derover saa hentede jeg Jabitieren og vaskede mine Fødder og tog al mit rene Tøj paa og min nye Natkjole det var dejligt Du kan vel see mig jeg havde vasket min Natkappe!
+Jeg skulde hilse fra Dis hun vil ned hos Eder til Sommer i 14 Dage med Mand og Barn om hun kan faa Lov til det hils nu Vilhelm mange mange Gange og Tak saa meget for Duerne det er første Gang i Dag at det smagte hende at spise denne Uge endnu skal hun ligge saa kan vi begynde at tale om det siger Doktoren. Marie skriver en af Dagene.
+Hilsen fra Faer og mig.</t>
+  </si>
+  <si>
+    <t>1907-05-28</t>
+  </si>
+  <si>
+    <t>Adolph Larsen
+Jeppe Andreas Larsen
+Johanne  Larsen
+Johannes Larsen
+Marie Larsen
+Marie   Larsen, Georg Larsens datter
+Vilhelm Larsen, Georgs søn
+Alma -, Stuepige
+Erik Warberg Larsen</t>
+  </si>
+  <si>
+    <t>Der skrives om at lukke huset ned. Huset er villaen på Møllebakken. Alhed og Johannes Larsen er rejst til USA.</t>
+  </si>
+  <si>
+    <t>Fødselsdagshilsen til Christine. Huset skal gøres rent og lukkes ned.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Nri4</t>
+  </si>
+  <si>
+    <t>Kjærbyhus Tirsdag
+Kjære lille Ugle!
+Lykke og Velsignelse i det nye Aar vil vi begge to ønske Dig, aldrig har jeg saa meget at give som jeg kunde ønske, dennegang maa Du have en Tegning som jeg veed du bliver glad ved, det er en Væverpige saa kjær og tegnet saa godt, at du maa synes om hende, jeg vilde egentlig have sendt den til Dig med Marie; men der var saameget den Dag, at det blev en Umulighed, nu kan Du faa den med en Gang, naar Du kommer herned.
+Glad blev vi, at Marie kom med og endnu gladere ved, at hun kom Dig til hjælp, behold hende kun hos Eder en lille Tid jeg foreslog hende at blive sin Fødselsdag nede hos Eder, der har hun det saa godt, og saa faar hun Brev ligesom du paa selve Dagen vi gamle skal I ikke bryde Eder om, vi er glade naar I kan have hinandens Selskab, og naar Du er uden Pige er det jo udmærket, lad dog hendes Ferie blive, saa hun kan komme sig. Ensomt er her bleven og bliver vel mere endnu, jo længere der gaar hen, det var fornøjeligt med alle de smukke Slips, - der er ogsaa nogle jeg kan bruge raabte Las
+Jeg sidder i en Gyldenlakduft der fryder mig, vi havde ellers en urolig Dag igaar med Vildanden, Ellen Bøttern kom og meldte, at der var en Hund faret ned i Kilden og bidt Anden den var faret op, og var rendt af Kilden blodig, vi gik jo straks ud at jage, men inden jeg havde faaet Støvler paa og kom derover mødte Ellen med Anden, vi havde en Rive med om vi kunde fiske dem op det blev umuligt og saa mente Faer ogsaa, at det var bedre at lægge den i det kolde Vand og selv komme op med Ællingerne, da vi næste Gang kom var den gaaet af Kilden med Flokken, som kun var 4, een havde Ellen havt oppe i Kjøkkenet, jeg tog den med hjem i Kassen i Haven, medens jeg gik og glædede mig over den kjønne Have, var den rendt
+Hvor jeg ledte, men Faer trøstede mig med at naar den gamle kom med de 4 saa skulde den nok komme frem, og ganske rigtig, da vi var der iaftes til Afsked var alle velbeholdne til Andriken lod vi døren staa aaben og den var hjemme i Morges, den tamme And havde 12 Ællinger igaar, men i aftes Alma lukkede fandt hun den ene med knust Hoved, iaften skal jeg over at vande Blomster, Imorgen kommer Pigerne og gjør rent og saa lukker vi Huset og tager Pax herover.
+Tak Marie for Kortet, jeg troede det var gamle Krane, men saa blev jeg usikker igjen den gratavlede Høne lagde Agraren paa nogle Æg, at deres Høne var rendt af, men vi skal nok lægge en igjen, Kyllingerne har det godt en lille var blind paa det ene Øje og blev ringere op ad Dagen [ulæseligt ord] var den men det andet [ulæseligt ord] er ikke til at tælle før der kommer lidt mere Ro over dem
+Tak for Blomster og Frugter i dag fik vi Klipfisk, i morgen tager vi Rødbeder som Du skrev om og Tykmælk om det bliver varmt ellers koger jeg suppe med Rugbrød, her er væmmeligt i dag med Blæsevejr lille Tinge har besøgt mig og lille Anna gaar Ærinder for mig og Tante Johanne
+Ville kan kun gaa hver anden Dag Hils nu Vilhelm og Marie mange Gange og lad mig se at I er flinke til at skrive til mig og alt muligt godt ønsker jeg Eder
+Din trofaste Moder</t>
+  </si>
+  <si>
+    <t>1907-9</t>
+  </si>
+  <si>
+    <t>Jens -
+Laurentius Allerup
+- Balvig
+Victor Bøttern
+Christian Eckardt
+Frøken - Eriksen
+Ina  Goldschmidt
+Hans Hinke
+Jens Hinke
+Julius Hviid
+Kathrine Hviid
+Adolph Larsen
+Georg Larsen
+Jeppe Andreas Larsen
+Johanne Christine Larsen
+Marie Larsen
+Rasmus Petersen, Gartner
+Christine Swane
+Andreas Warberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Der var ikke kommet breve fra Amerika: Alhed og Johannes Larsen opholdt sig i USA fra maj til december i 1907.
+Fritz Syberg sendte et brev til Christine Swane på "Rørdam" (1907-10-03)
+VL takkede for blommer og kål og sendte hilsner til sine 3 børn: her Christine Swane, Marie Larsen og Wilhelm Larsen. Wilhelm Larsen boede på skovriddergården "Rørdam" under Wedellsborg. CS var i huset der fra maj 1906 til december 1907. 
+Det er uvist hvilket medlem af Meyer-familien, der bliver nævnt i brevet.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv. Christine Swane Breve, kasse 1, kuvert 1, 2002/61, A8, Lb11.</t>
+  </si>
+  <si>
+    <t>Det var høsttid. Onkel (Christian Eckardt) var på besøg. Junge skulle holde fødselsdag. Astrid Warberg-Goldsmith (Dis) og Frederik Andreas Warberg (Dede) kom på besøg. Vilhelmine Larsen passede Ina Goldschmidt, mens Dis var på besøg på Lundsgaard.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/qFVb</t>
+  </si>
+  <si>
+    <t>Kjærbyhus Fredag Eftermiddag
+Kjære Ugle
+Saa mange Tak fordi I sender til os baade Bønner og Kaal, den gjemte jeg nu til Onkel kom vi fik Kjødrand og Blomkaal og Kirsebærsuppe med Boller det var noget for ham Junge og Agraren havde jeg bedt om at spise med, hun kom ved ½ 12 Tiden og hjalp mig, om Aftenen da han kom fik han Haschi det var noget han kunde tygge Æg og brunede Kartofler det smagte han var meget velfornøjet, han var paa Lundsgaard hos Allerup; men Georg kunde ikke friste ham til at blive Søndag og spise Haresteg med, han rejste hjem Lørdag, og alle vi andre blev saa bedte med at spise Grossereren kom med en rød Lilie til Junge. Jeg gav hende om Morgenen en Kurv pyntet med Vinløv Blommer Graapærer, og 2 dejlige [ord mangler] Allerup han havde sendt hjem til mig med Eckardt. Det var dejligt at høre Breve, dit med de smaa Støvler kom jo om Lørdagaften og blev meget vel modtaget. Der er ingen Amerikabreve kommen endnu, en Fru Balvig havde talt om at de maaske blev i Amerika Vinteren eller en Deel deraf, men her er intet hørt i disse Dage plukker Gartner Petersen Johannes Æbler og lægger op, han kom selv og tilbød og Junge og jeg slog til for ingen af os saa os i stand til at faa det gjort. Nu i forgaars kom herigjen et Kort fra Frøken Eriksen med Tak fordi hun maa faa de 50 Pund saa vilde hun have ligesaa mange Pund Madæbler saa faar [ulæseligt ord]; men det maa være til Marie kommer, det sidste Hø har staaet paa to Læs i Gaarden og jeg har været meget bekymret for det meget Mandskab skal der til Tordne og lyne og regne gjorde det forgangen Nat; men nu var det tørret af igjen saa er Brødrene Hinke og Agraren i Færd med at hjælpe Far Larsen, saa snart jeg saa Jens paa Læsset fik jeg Lyst at skrive, nu skal jeg ud at see hvor langt de er naaet, det ene Læs er paa Loftet og det andet for Indgangen med Jens paa, Jaah det skal nok gaa Fru Larsen. I Onsdagsaftes kom Fru Goldschint med lille Ina som gaar hos mig medens de andre er paa Lundsgaard men hun gaar og passer sig selv med den lille Gedebuk morer hun sig saa godt saa har hun 3 smaa Penge i en Pung, som hun lægger i en Spand, hun er sød og det holder ved til de kommer tilbage. Saa nu Høet er i Huus er min Bekymring for Sildene der var mange forleden Dag de fik Mejers til en Krone, men nu maa Faer til Havnen for ellers bliver det vist ikke til noget. Nu er de færdige saa mangler der kun nogle Stakkelevninger som skal køres hjem og lægges ovenpaa Hæsset som staaer ved Møllen og dem kan Faer selv hente – naa nu er I nok kjed af al min Snak; Selskab paa Aftenkaffe skal der være Søndag aften hos Agrarens mens Dis er her Dede kommer og Doktor Hvid med Søster hun bad nu kun [ulæseligt ord] fra Lundsgaard om bruge Ovnen her i Morgen, Allerup skal ogsaa med nu kommer Brev med Aftentoget saa faar jeg nok et lille Brev i morgen Aften fra Eder nu kom jeg tilbage i det med Skriveriet men saa faar I noget mere næste Gang; jeg skal ud at lave til Aftensmad for vi fik kun Flæsk og Æbler og Kaffe i Middags
+Nu er det Skumring saa Farvel alle 3 Børn hilser jeg saa kjærlig vi ere raske Gud ske Lov
+Eders trofaste Moer</t>
+  </si>
+  <si>
+    <t>1907-09-21</t>
+  </si>
+  <si>
+    <t>Johanne  Larsen</t>
+  </si>
+  <si>
+    <t>Sagasvej 10</t>
+  </si>
+  <si>
+    <t>Helvius Abel
+Ellen Brønsted
+Louise Brønsted
+Johanne Caspersen
+Adolph Larsen
+Alhed Larsen
+Johannes Larsen
+Vilhelmine  Larsen
+- Stockmar
+Alma -, Stuepige
+Andreas Warberg
+Conrad Warberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Laura Warberg flyttede efter mandens død til København. Hun forærede i årene derefter meget husgeråd, linned mv. til sine børn. Laura flyttede fra en stor husstand med mange børn, tjenestefolk osv. til en lejlighed. 
+En Alma var i huset hos Alhed og Johannes Larsen 1906-1907. Det kan være den samme Alma, som fortsatte i huset hos Alheds søster, Louise Brønsted, da Alhed og Johannes Larsen rejste flere måneder til USA i 1907. 
+Det er vanskeligt ar vide, hvem "Tanterne og Onklerne" var. Muligvis Tante Mis/Wilhelmine Berg, Ludvig og Emil Brandstrup m.fl. 
+Albrecht Warberg døde 30. september 1902, og han blev begravet på Hillerslev kirkegård på Fyn. Kransen må være til hans grav.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2272</t>
+  </si>
+  <si>
+    <t>Laura Warberg skal have familiemedlemmer til en stor middag. 
+Hun glæder sig til at begynde at komme i Læseforeningen.
+Laura W skriver en del om lagner, sokker, duge mv. Hun ved ikke længere, hvor mange lagner hun har. 
+Laura W skal bestille krans til kirkegården.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/wftc</t>
+  </si>
+  <si>
+    <t>Sagasvej 10 2 d. 21/9 – 07
+Kære Johanne!
+Til Lykke med Fødselsdagen som jeg vil haabe maa blive ligesaa vellykket som Agrarens. Det var morsomt at høre om den; Pakken kom for lidt siden, mens jeg sad og skrev til Astrid, saa nu faar hun Dit Brev sendt, saa bliver hun glad. Jeg skal nok købe Garn, saa kan Sokkerne blive Fødselsdagsgave til Agraren! naar de en Gang ka [flere ord ulæselige] har Karen travlt med Læsning. De følgende 5 Dage faar vi desuden grulig ja rædselsfuldt travlt med Rengøring Afsending af Dedes Bøger og Møbler; Tæppet paa o s v. og saa paa Torsdag en efter vore Forhold større Middag; Tanterne og Onklerne in Plena; Tante Hanne rejser hjem i Morgen 8 Dage efter en vellykket Tid og Tur herind. I Onsdags var hun og jeg i Birkerød og nede i Haven, som Tante var meget imponeret af. Vi tager lille Bes herind fra i Morgen tidlig til paa Mandag Form; det kan ikke træffe uheldigere for os, men Muk skal af med Alma paa Søndag, den nye kommer Tirsdag eftm vil have Gulvene ferniseret. [Ulæseligt ord] skal til Kaffe imens. Du maa endelig ikke skrive hertil om at det ikke passer os med Bes, det var Synd, Muk læser jo alle Breve her. Dede kommer i Morgen Aften, rejser vel igen Søndag Aften. Han var pa Glorup i Søndags og med Conne hos Abels om Aftenen. – Jeg glæder mig meget til at faa min egen Stue og Møbler. Nu skal jeg rigtig til at nyde Livet, meget i Læseforeningen, der ligger nu alle de nyeste Bøger; og jeg skal have Kort til flere Slags Foredrag, først om ”Jordens Udviklingshistorie”. – Frøken Bol[ulæseligt]g har skrevet hjem at Las &amp;amp; Be bliver derovre foreløbig ind i Vinteren; mon det er rigtigt? Jeg havde haabet at høre meget herom af Dig, naar Pakken kom. Det ene Par Lagner uden Navn med en smal Søm er ganske vist dem jeg laa i i Kærbyhus, altsaa Fru Larsens, jeg skal sende dem sammen med Sokkerne og Dine sorte Strømper, som jeg har i Gang. De to Duge er Alheds, det er min vældig store lange gamle Dug, som jeg klippede igennem og gav hende for et Par Aar siden. Jeg synes der skal være en stribet Dug ret lang, men det haster ikke. Jeg husker slet ikke hvor mange Par Lagner Du fik, men er der flere ser Du det jo efterhaanden. Jeg veed med Skam at melde ikke mere hvor mange Par jeg har da jeg jo efterhaanden har skilt mig ved en Del. Alheds Duge kan ligge her til videre. – Nu skal jeg ud at bestille en Krands og faae sendt af til Graven inden d: 30te. Jeg tør intet extra have til i Morgen, tænk hver en Bog skal i Hænderne! I Aften skal jeg ind i Pensionatet og spille en Whist med Fru Stockmarr og Søstrene. Jeg har haft et langt Brev fra Christine, jeg sender det til Astrid. Putte fik en Masse Gaver til sin Fødselsdag, en Kanariefugl 
+[Resten af brevet mangler]</t>
+  </si>
+  <si>
+    <t>1907-10-20</t>
+  </si>
+  <si>
+    <t>Kerteminde
+Lille Kærbyhus</t>
+  </si>
+  <si>
+    <t>Jens Theodor Berg
+Thora  Branner
+Ellen Brønsted
+Louise Brønsted
+Alfred Goldschmidt
+Gudmund Hatt
+Th Hatt
+Alhed Larsen
+Johannes Larsen
+Astrid Warberg-Goldschmidt
+Erik Warberg Larsen</t>
+  </si>
+  <si>
+    <t>Erik Warberg Larsen blev født 30. marts 1907.
+Alhed og Johannes Larsen og deres børn var i USA. De kom hjem i december 1907.
+Astrid Goldschmidt-Warberg må have været kæreste med den omtalte "elskelige Peter", inden hun giftede sig med Alfred Goldschmidt. Det vides ikke, hvem Peter var.
+Lille Jes var muligvis en hund. 
+Det vides ikke, hvem Karen, Kristiansen og Fru R var.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2274</t>
+  </si>
+  <si>
+    <t>Alhed og Johannes Larsen må snart komme hjem. Laura Warberg gruer for deres sørejse.
+Laura Warberg skriver en del om dyner, puder mv. Louise Brønsted vil sende Johanne børnetøj. 
+Astrid har fortalt, at hun skal skilles. Det er forventeligt, for Alfred er en stor egoist.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/i6iH</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Til Johanne Warberg Larsen
+Lille Kærbyhus
+Kjerteminde
+[I brevet:]
+Søndag d:20de Oktober.
+Kære Johanne!
+Det var rart at høre lidt om Eder gennem Astrid. Jeg kan tænke mig hvor sød og kær lille Erik er og glæder mig til at se ham i Julen; jeg har spurgt Alhed, om de vil have mig i Julen. Nu maa de vist snart komme hjem; Zuluen mente de vilde rejse derfra 4 Uger efter ham, det bliver d:31te Oktober. Bare de saa slipper hjem uden for mange Storme! Jeg faar nok en slem Tid mens de er undervejs. I Gaar var jeg i Birkerød hele Dagen: Fru R tog frem hvad hun har af Sengeklæder; hun kan kun undvære en gammel gulstribet Underdyne, der absolut maa have nyt Vaar, samt 3 Stykker Madras, der maa stoppes om hos en Sadelmager, Tøjet er godt Lærred og 2 Skraamadrasser. Du køber vel Jærnseng til Pigen saa kan den jo bruges, Du veed en Madras i 3 Stykker. Du maa saa grumme gærne faa min tilovers Underdyne, Karen bruger nemlig ingen; men andet har jeg desværre ikke at undvære. Hvordan faar Du saa Overdyner og Puder? Af Lagner har jeg heller ingen at undvære. Det bliver dejligt naar Du faar en Pige! Jeg var glad ved at have hvilet det Par Dage, havde bedt Hatt, [ulæseligt ord] og Tutte til Middag om Torsdagen, meget vellykket; Muk i godt Humør og raskere end hun længe har været. Hun vil sende alt det til Dig i Morgen, ogsaa hvad hun har af smaat Tøj til lille Erik. Astrid fortalte mig om hvad der forestaar og jeg har længe tænkt mig at Skilsmissen var kun et ”Tidsspørgsmaal”. Det er meget sørgeligt især for de søde Børn; men som det var kunde det jo umuligt blive ved. Putte vilde gaa helt til Grunde; der er jo ikke Spor af Forstaaelse mellem dem; Alfred er jo en stor Egoist, der intet vil ofre af sit eget, derfor er han ogsaa et stakkels ensomt Menneske som ingen bryder sig om uden hans Familie. Ulykkeligt at han skulde krydse hendes Vej og ødelægge Forholdet med den elskelige Peter! – Nu skal jeg snart have Kancelliraaden bedt herhen en Aften. Alhed naaede ikke at besøge ham. Jeg har haft en meget travl Uge bl.a. med at sy i Haanden en hel Hundeseng til lille Jes; Kjole Trøje af rødbrunt Flonel med hvide Bændler – Forklæde, hvide Bukser, strikke et Par Strømpebukser; af Tutte fik jeg Sko og Støvler der blev forsaalet og var som nye; Galocher, Underlig, jeg købte mørkeblaa Gamacher; Muk var i Byen i Gaar og Kl. 3½ modtog vi hende paa Banegaarden med den elegante Jes, Muk vidste intet om det og var meget henrykt. Bes var mere end tarvelig udstyret forud. En sund Hud havde hun dog. I Dag er Kristiansen der for at tage endelig Bestemmelse om hvordan der skal bygges om og lappes paa det gamle Hus. 
+[Her slutter brevet]</t>
+  </si>
+  <si>
+    <t>1908-04-18</t>
+  </si>
+  <si>
+    <t>Leksand
+Tibble</t>
+  </si>
+  <si>
+    <t>244 Columbia Road Boston</t>
+  </si>
+  <si>
+    <t>- Bernberg
+Bjørn Bjørnsen
+- Blomberg
+Adam Goldschmidt
+Alfred Goldschmidt
+Ina  Goldschmidt
+Amanda Heinesen
+Alhed Larsen
+Johanne Christine Larsen
+Senta S
+Asra Smedberg
+Cid Smedberg
+Tante Smedberg
+Christine Swane</t>
+  </si>
+  <si>
+    <t>Tibble er en by i Leksand kommune i Dalarne. 
+På Kærbygaard boede Johannes Larsens forældre. 
+Astrid Warberg-Goldschmidt var i et kærlighedsforhold til Cid Smedberg, samtidig med at hun var gift med Alfred Goldschmidt. Cid Smedberg gjorde efter kort tid forholdet forbi.
+Laura Warberg besøgte sin datter, som var bosiddende i Boston.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2441</t>
+  </si>
+  <si>
+    <t>Astrid havde slemme dage i Kerteminde med syge børn, men det hjalp, da Amanda kom og deltog. Alfred vidste ikke, hvor Astrid var, og Laura Warberg må ikke røbe det.
+Astrid rejste fra Kerteminde til Malmø, hvor Cids familie tog imod hende. En af hans venner fulgte hende videre i tog. De drak champagne i toget, og Astrid følte sig meget fri. I Insjön mødte Cid Astrid, og hun blev indlogeret på et pensionat. Han fortalte om tømmerflådning, og de så på kirkefolket i folkedragter. 
+Astrid håber ikke, at Laura Warberg er forarget over alt dette.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/eKFw</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Mrs. Laura Warberg
+244 Columbiaroad
+Dorchester
+Boston 
+Mass.
+U.S.A.
+[Med anden skrift og med blyant:] 18/4 Dalarne 1908
+[I brevet:]
+Tibble, Leksand 18/4-08. 
+(Dalarne)
+Påskelørdag.
+Kæreste Mor! Hvor jeg dog har glædet mig til at skulle skrive dette brev til Dig – glædet mig til at kunne skrive, hvor lyst og lykkeligt alting ser ud for mig i dette Øjeblik – så helt helt anderledes, end da vi sidst sås. Dengang vidste jeg nok lidt om denne Rejse – d v s, jeg tænkte mig Muligheden af, at den skulde blive til noget, men jeg var altfor dybt nede til rigtig at kunne glæde mig; og slet ikke havde jeg troet, at jeg så snart kunde komme af Sted. 
+Dagene i Kerteminde glemmer jeg sent – så rædselsfulde de var – ene i det store Hus med de to små – gnavne – frysende Unger – Adam syg i to Døgn med høj Feber – Sjums Mundbetændelse og bolden Finger – og jeg selv så dødsenstræt og tilintetgjort. Hvad hjalp det så, at jeg havde 100 Kr. liggende, som en god Ven havde sendt mig til en Rekreationsrejse. Men omsider blev Amanda færdig ved sine Forældres Sølvbryllupsfestligheder - og kom mig til Hjælp. I Tirsdags kom hun op – og overtog Børnene – samtidig flyttede vi dem og hele vort Habengut over i det store Kærbyhusgæstekammer, hvor hun nu kan fyre hver Dag i Kakkelovnen og være med Ungerne, når de ikke er ude, hun spiser med dem hos Junge – og hjælper til Gengæld med alt forefaldende. Hun var meget sød og imødekommende til at gå ind på alting, særlig da jeg gav hende 10 Kroner for Besværet. Imidlertid var det Meningen, at Alfred skulde være i Kerteminde i Påsken; på en Måde er det jo så yderst passende, at jeg er borte, men på den anden Side må Alfred af visse Grunde nødig vide, hvor og hos hvem jeg er, da det vilde pine ham – og til hvad Nytte. Altså har vi ordnet det således, at jeg officielt er hos Peter i Jylland til ham – til ham skrev jeg – og han modtager mine Breve fra Alfred og sender dem her til mig. Kun Junge og Uglen ved, hvor jeg er. Ikke Be – hos hvem Alfred skal være Gæst – hun slipper så for at spille Komedie – eller gør det ialtfald i god Tro. 
+Nå – det var Forhistorien – som Du endelig må lægge Mærke til og altså respektere mit Incognito, hvis Du skriver til Be.
+Og så rejste jeg Tirsdag 14de april ["14de april" indsat over linjen] Nat med Dagvognen til Ullerslev fulgt derned af Uglen, der sammen med Junge havde siddet oppe med mig – en vældig hyggelig Aften – vi sad i Uglens hyggelige, varme Dagligstue – drak megen Kaffe med forskelligt til – også Likør og Cigarer. Ved 1 Tiden gik Junge og Kl. 2 drog vi ned til Vognen i herligt Måneskin. Det var en meget underlig Rejse – jeg kunde næste ikke fatte, at jeg nu virkelig rejste bort fra al Sorg og Fortvivlelse – bort til fjerne og ukendte Egne, som jeg havde hørt så meget smukt om. 
+I Kjøbenhavn gik jeg hurtig i en Sporvogn – Farimagsgadens – og gemte mig i Ventesalen på Østerbro Station. Tog med Færgen 11.00 – sov hele Vejen. I Malmø styrtede jeg i en Droske – lukket – og kørte til Stenbocksgatan, hvor jeg modtoges med åbne Arme af Tante Smedberg og Senta S. Blev der til Middag – de var forfærdelig søde og venlige imod mig. Efter Middag kom Sven – Tarnborg – Cids bedste Ven, som også jeg har haft en Del at gøre med og vi er meget fine Venner. Han kom for at få mig med til Lund, hvor vi skulde feste lidt inden Afrejsen. Han havde planlagt hele min Rejse, så der var jo meget at forhandle om. En Droske havde han med sig, og så gled vi altså. Nåede usete af Bekendte til Lund, hvor vi først besørgede et Par Ærinder – gik så en pragtfuld Tur ud på Landet – til den
+II/ ene Side så vi den herligste Solnedgang udover Sletten og Øresund - og bagved os stod Fuldmånen op i al sin Glans. Og så denne ubeskrivelige Følelse af endelig engang at være fri - - ude af det alt sammen – og - - glædes over det, som lå foran én, Rejsen – og Opholdet i den lovpriste Landsdel og – ikke mindst, Gensynet med Cid, som Du jo nok ved, jeg holder meget af. 
+Ved 9 Tiden kom vi tilbage til Lund, hvor vi imidlertid skulde træffe Bjørn Bjørnsen, en ung assistent, som Asra Smedberg er forlovet med. Vi tre spiste så en animeret Souper på Hotellet – og Gud hvor var vi sultne – og glade – og løsslupne – og hvor Maden smagte! Først Smørgåsbord med Snaps og Øl, så Lammekotelet med Rødvin og endelig Ananas au naturel med Portvin - - og så af Sted til Toget. Sven, der har Fribillet til Jernbanen, fulgte mig til Tranås – 5 Timers Iltogsrejse – fra Kl 10-3. Da vi kom til Hesleholm i Småland var der 5 Minutters Ophold – Sven forsvandt – og kom tilbage med en Flaske Champagne! 
+Åh – sådan Fest det var! Blødt og fint rejste vi – på II Klasse stod ude i den lange Korridor og nød Udsigten igennem de dejlige Landskaber – og drak Champagnen af Vandglassene! Røg en Masse Cigarer – spiste Appelsiner – sludrede og var i glimrende Humør. Jeg fik Lov at sove en ½ Time – og var siden frisk igen. 
+Kl 3 var vi i Tranås – et bekendt Kursted med Brystsygesanatorium. Der var 15 min. Ophold – og vi spadserede da på Perronen i det dejlige, friske Morgenluft. Skiltes. En halv Time efter var jeg i Mjølby (i Østergøtland), hvor jeg skulde skifte Tog og hvor jeg løste Billet til 3die Klasse. 
+Op på Dagen fik jeg Rejseselskab af en henrivende ung Pige, vi snakkede ivrigt sammen og det viste sig, at også hun syslede med Pen og Blæk. Desværre skiltes vi i Krylbo; men så var man i Dalarne det var Klokken 12 Torsdag Formiddag. Hvilken Rejse – det var som en Æventyrfærd! Trods al Træthed kunde jeg ikke lade være at se ud - på de dejlige Bjærge med grønne Fyr og Granskove – og Birkeskove med skinnende hvide Stammer - - Sneen lå endnu på mange Steder – og de små røde Træhuse tog sig bedårende ud mod den hvide Sne. 
+Det var blandet Tog – og det gik - usigelig langsomt – men så meget der var at se på – ved hver Station kom der Folk ind i brogede, smukke Nationaldragter og de talte et Sprog, som var fuldkommen uforståeligt for mig; men alle var de glade og muntre – lige så fornøjelige at se på, som deres Dragter – der var en Leen og Snakken hele Tiden. 
+Tilstå må jeg dog, at Trætheden undertiden overvældede mig så jeg måtte sove et Øjeblik. 
+Først Kl. 6.15 om Aftenen nåede vi Insjön, hvor jeg snart i Folkevrimlen fik Øje på en smilende Cid; og så tænkte man ikke mere på sin Træthed. Snart efter var vi ombord på den lille Damper, der tætpakket med de mest forskelligartede Mennesker, førte os blidelig ned ad Dalelven. 
+Åh Mor, det kan ikke beskrives hvor herligt det var!
+Insjön lå spejlblank med sine skovklædte Granitbjerge – Aftenen var så stille og mild – og Solnedgangen - - ! Og Cid fortalte mig om Livet deroppe – om Tømmerfløtningen, der snart skal begynde. Når Sneen smelter i Bjergene, så stiger Elven – og så begynder Tømmerdriften – Tusinder og atter Tusinder af Planker kommer så drivende højt højt nordfra - - og vi så, at de var i Færd med at lave Dæm-III/ninger – Plankerne kædes sammen i hinandens Forlængelse og dermed dannes en hel Vej langs den ene Elvstrand [Tegning med ordene "Elven" og "Dæmning" indsat] – jeg vèd ikke, om der gik Timer eller Minutter, ved blot, at det hele forekom mig at være en Drøm – en vidunderlig skøn og prægtig Drøm, fra hvilken man aldrig skulde ønske at vågne. Så kom vi til Leksand – ved den lille Bro stod fuldt af ventende Mennesker – og der blev et Liv og en Virksomhed, da Båden lagde til. Blandt de mange små Køretøjer fandt vi omsider vores ”Skjuts” vi steg op på Forsædet, Bagagen og en Dalkarl bagpå – han stod op! og kørte Hesten – og det gik i susende Fart op ad skumpede, stenede Småveje – Zig zag op ad Bjerget, til vi landede i en stor gammel rød Gård, hvor en smilende Dalkulla i Nationaldragt viste os Værelset, som Cid havde lejet til mig.
+Det er nærmest en Sal, jeg bebor – Vinduer til 3 Verdenshjørner og fra dem alle en Udsigt!! For øvrigt en meget hyggelig Stue – hvidskuret, tæppelagt Gulv – snehvide, hjemmevævede Gardiner – ligesom der også på alle Borde og på Sengen findes dejlige, vævede Stykker – hvert Hus har sin Væv – og de væver alt selv.
+Da jeg var bleven ordnet en Smule gik vi hen til Pensionatet, hvor jeg spiser – hos Frøkenerne Bernberg - 3 tykke, livlige og meget elskværdige Damer. 
+De – samt de øvrige Pensionærer kaldte mig vedholdende Frøken (trods Præsentationen, der lød på Fru) Næste Morgen, da jeg var ene med Frk. Bernberg sen. sagde jeg til hende, at det var ”et litet Mistag – min Titel var fru – fastän jeg var skild.” 
+Forbavselse! Ved Middagsbordet, da jeg sad i ivrig Passiar med en Lærerinde fra Stockholm – som idelig sagde Frøken S. til mig – bemærkede Frk. B, at det var ”et mistag etc!” 
+Stor Opstandelse! Fra det Øjeblik var jeg Ifølge svensk Skik – den fornemste Gæst – jeg skal have først o s v – o s v – o s v. Svenskerne er kostelige med al deres Etikette. Frkn. Blomberg forandrede straks deres Væsen og er nu udsøgt elskværdige – hensynsfulde - - og konverserende. Men ingen forstår et Muk, når jeg taler dansk – så jeg øves ganske godt i mit Svensk. Næste Dag – Langfredag – var Cid og jeg i Leksand – 3 Kilometer herfra – og så på Kirkefolket. Et uforglemmeligt Syn. De går i Vinterdragt nu – hvid, kort Skindkofte, kantet med en hvid Pelsbræmme – sorte, læggede Nederdele og brandrøde Forklæder; disse sidste betegner Sørgedragter, som bæres i hele Fasten – sidste Dag Langfredag. På Hovedet brogede Huer – forskellige for hver Landsby. De unge Mænd har desværre emanciperet sig og går moderne klædt, hvorimod alle gamle Mænd bærer Dragter – lang sort Klædesfrakke – gule Knæ-skindbuxer og hvide uldne Strømper. Håndværkerne bærer brunt Læderforklæde under den sorte Kappe. Storartet ser de ud allesammen. Efter Gudstjenesten samles alt Folket under Majstangen - og så går Sludderen, mens de venter på Posten, der kan hentes ved 1 Tiden, når Båden er kommen fra Insjøn. – I Går Eftermiddag travede vi i Bjærgene flere Timer – hvilken Luft her er – så ren – så frisk – så bedårende. Heroppe må man vel engang blive til et nyt og bedre Menneske 
+Nu er her ikke Plads til mere dennegang – men jeg skriver engang endnu herfra. Håber at Pengene slår til i 14 Dage – og rejser nok 1ste Maj hjem. Dit Brev fra Kristania nåede jeg at læse i Kerteminde – gid Dit næste Brev bliver ligeså godt! Jeg længes meget efter at høre, hvordan rejsen er gået. – nu er Du nok omtrent derovre. 
+Kære Mor – jeg håber at dette Brev glæder Dig – og at Du ikke finder plads i Dit Hjerte for nogen Forargelse. Jeg synes virkelig selv, at jeg i de 
+[Skrevet på hovedet øverst på brevets s1:]
+sidste År har døjet så meget ondt, så at jeg nu har Lov at føle mig glad engang. Og det gør jeg – takket være - - - ! Gæt selv. Tusinde kærlige Hilsner fra Din Astrid.</t>
+  </si>
+  <si>
+    <t>1908-05-28</t>
+  </si>
+  <si>
+    <t>Fritz Syberg</t>
+  </si>
+  <si>
+    <t>Amsterdam</t>
+  </si>
+  <si>
+    <t>Christine Swane bor muligvis på Kærbyhus i Kerteminde</t>
+  </si>
+  <si>
+    <t>Postkort fra Holland, hvor Fritz Syberg maler. Holland er et vidunderland for malere. Han filosoferer over meningen med maleriet, når man nu kan fotografere.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/GExx</t>
+  </si>
+  <si>
+    <t>Amsterdam d. 28 Maj 1908
+Kære Ugle!
+Til Lykke til Fødselsdagen i Morgen, om Du får dette Kort netop på Fødselsdagen ved jeg ikke, men jeg håber at det omtrent skal kunne passe. Desværre giver dette Kort kun Forestilling om én af alle de mange forskellige Skønheder Holland er rig på. Holland er et dejligt Land, et Vidunderland for Malere. Næst efter at male i Danmark vilde jeg helst male i Holland. Sådan et Fotografi som dette kan forresten næsten bringe en Maler til Fortvivlelse. Hvad de gamle Kunstnere ikke har nået i pålidelig og nøjagtig Redegørelse det kommer Fotografien nu og fuldkommengør. Det er såmæn fornuftig nok med alle disse =ismer – (Impressionisme Symbolisme etc) Dersom Malerne ikke havde slået sig på dem, så var der jo ikke noget for dem at gøre. Hils Alle Dine.
+Din hengivne Baron</t>
+  </si>
+  <si>
+    <t>Kristine Rudesvej, Kerteminde
+Nybro Frugtplantage</t>
+  </si>
+  <si>
+    <t>Berta Brandstrup
+Karl Isakson
+Adolph Larsen
+Andreas Larsen
+Johan Larsen
+Johanne  Larsen
+Karl Schou
+Marie Schou
+Christine Swane</t>
+  </si>
+  <si>
+    <t>Alhed Larsen er i København, mens Johannes Larsen og børnene er hjemme i Kerteminde. 
+Den svenske maler Karl Isakson faldt under et besøg hos Johannes Larsen ned af trappen i Svanemøllen og brækkede benet, hvorefter han måtte blive i Kerteminde et halvt år. 
+Sagen om pengene fra Akademiet er ikke umiddelbart gennemskuelig. 
+Tårup Strand ved Odense Fjord blev på Larsens tid kaldt Taarupstranden (markeret ved Nybro Frugtplantage).</t>
+  </si>
+  <si>
+    <t>Alhed Larsen har været hos Schous og hos Berta (Brandstrup) samt med Christine på Den Fri, hvor udbyttet var magert. Larsen må sende fuldmagt, så Alhed kan få penge på Akademiets kontor.
+Larsen må passe på børnene, og de må ikke gå til havnen eller Taarbystranden (Taarup Strand).</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/OfQX</t>
+  </si>
+  <si>
+    <t>Kæreste Lausi!
+Jeg havde haabet paa et Brevkort i Dag, men saa kommer det vel i Morgen. Jeg har har [ordet overstreget] været hos Schous to Gange, allerede den første Aften var Chr. og jeg et Svip derude og bad dem til Middag her i Gaar. Og i Morges mødtes jeg med dem paa den fri og tog med dem hjem til Frokost. Derfra gik jeg til Berta hvor jeg skal til Middag i Morgen. Christine og jeg var i Gaar 4 ½ Time paa Charlottenborg, men Udbyttet var jo magert. Jeg har været paa Akademiets Kontor, men Du maa sende mig en Fuldmagt eller en Kvittering ellers kunde jeg ikke faa dem. Vil Du endelig sende den i Morgen helst 3.20 saa jeg kan have den Onsdag Morgen, saa giver jeg Schou de 100, de vilde nok have dem nu. - - Vær endelig sød mod Børnene, kys dem mange Gange og pas forfærdelig paa dem. Lad dem ikke gaa til Havnen eller til Taarbystranden. Hils Agrarens i Kærbyhus og Isakson mange Gange. 1000 Hilsner 
+Din A.
+Mandag Eft.</t>
+  </si>
+  <si>
+    <t>1909-3</t>
+  </si>
+  <si>
+    <t>Odense</t>
+  </si>
+  <si>
+    <t>Victor Bøttern
+Adolph Larsen
+Alhed Larsen
+Andreas Larsen
+Georg Larsen
+Jeppe Andreas Larsen
+Johan Larsen
+Vilhelm Larsen
+Ole Poulsen
+Marie Svensker
+Christine Swane</t>
+  </si>
+  <si>
+    <t>Brevet er muligvis skrevet på et tidligere brev fra Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>IA Larsen er stadig svag, men kan ikke holde ud, at være indlagt længere. Det haster meget med at få nogle penge, så opholdet på sygehuset kan blive betalt. Begge forældre er bekymrede for, hvordan det går med forårsarbejdet i Kerteminde.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/C8yI</t>
+  </si>
+  <si>
+    <t>Benediktsgade No 3.
+Kjæreste Johannes!
+Tak for Breve idag jeg blev glad da jeg kom til Faer i Eftermiddag og saa, at der laa Brev hjemmefra for det er dog rent galt; naar jeg kommer om Morgenen og ikke medbringer noget, her sender jeg denne Convolut som Faer har skrevet paa; jeg var bange at jeg ikke kunde klare den, saa lod jeg Faer selv skrive; jeg skrev til Vilhelm iforgaar om at laane os Penge til at komme herfra, først naar jeg har hvad jeg kan klare med paa Kontoret vil jeg tale med Overlægen om at komme herfra, bare han dog nu vil sende dem, jeg gaar i en stor Spænding for Tiden; den ene deel er den, om vi faar Malingen paa Lundsgaard og den anden, den om vor Jord er tilsaaet. I veed ikke hvor det er svært for mig naar disse [Spørgsmaal] idelig forelægges mig jeg beder dog saa mindelig om der kan blive Hjælp for Agraren kan han ikke faa en Mand fra Bøttern nogle Dage og er der ingen af Ole Poulsens Folk at faa jeg tænker stadig hvordan gaar det Malkningen fik Agraren ingen eller hjælper gamle Marie? Og der er saameget der tumler rundt i mit Hoved
+Idag var der 3 Syge oppe; de 2 lidt, Faer hele Besøgstiden og noget før, han er kun svag men han kan ikke holde ud at være her længere og hvordan skal du faa dine penge kan dog Georg ikke skaffe de 35 Kroner lad mig dog snart vide om du faar dem; hils Alhed og Børnene mange Gange eders bedrøvede Moder
+Hils Uglen og sig jeg skal skrive imorgen jeg har ingen i Aften
+Giv Mølleren indlagte Brev
+[På hovedet står:]
+har faaet Haven i Kærbyhus nydelig. Mange kærlige Hilsner og Ønsker om at I snart maa komme hjem igen
+Jeres hengivne Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>1909-06-07</t>
+  </si>
+  <si>
+    <t>Frederiksberg
+Larsbjørnsstræde
+Studiestræde
+Vestergade, København
+Axelhus, København</t>
+  </si>
+  <si>
+    <t>Thorvald Bindesbøll
+Johan Larsen
+- Petersen Bøgebjerg
+- Sønniksen</t>
+  </si>
+  <si>
+    <t>Alhed Larsen er i København. Hendes mor boede der frem til 1913. 
+Det er uklart, hvem "Th.", som skulle give Alhed 30 kr., er.
+Eftersom Thorvald Bindesbøll døde i 1908, må den omtalte visning være en mindeudstilling.</t>
+  </si>
+  <si>
+    <t>Johannes Larsen har ikke hørt fra Akademiet. Han og sønnen har luget i haven, og det går godt. Larsen beder Alhed købe et lugeapparat og nogle guldfisk med hjem fra København.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/FR2K</t>
+  </si>
+  <si>
+    <t>Kjerteminde 7 Juni 1909.
+Kæreste Alhed!
+Det gaar helt godt. Blomsterne har det udmærket, ligeledes Hønsene og Kyllinger m.v. Øllet er ordnet. Der er stadig intet fra Akademiet men nu har Du vel faaet 30 Kr. hos Th. Lysse hjalp mig i Gaar at luge det ny Græs, saa spurgte han: ”hvor skulde Dr. Petersen hen?” – til Kjøbenhavn – ”Skal han saa ud og ligge hos min Moer”? Vi spiste til aften i Kærbyhus i Gaar. Glem ikke at se Bindesbøls Udstilling. Husk et Lugeapperat hos Rom Axelhus og 4-5 Guldfisk hos Søneksen Larsbjørnsstræde (fra Frederiksberg til Studiestr. paa venstre Haand fra Studiestr vistnok mellem dette og Vestergade.) Nu kan jeg ikke finde paa mere. Hils alle! Vi glæder os til Du kommer. Jeg skal nok skrive i Morgen igen
+Din
+Johannes Larsen.</t>
+  </si>
+  <si>
+    <t>Kristine Rudesvej, Kerteminde</t>
+  </si>
+  <si>
+    <t>Andreas Larsen
+Johan Larsen
+Marie Larsen
+Mads Rasmussen
+Christine Swane
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Alhed Larsen er i København. Hendes mor boede på dette tidspunkt dér, og Christine Swane på Frederiksberg.
+Mads og Musæet: Mads Rasmussen, konservesfabrikant, stiftede i 1910 Faaborg Museum og indkøbte i den sammenhæng en masse værker. 
+Det er uvist, hvem Frk. Thomsen og Schou er. Maleren Karl Schou blev gift igen efter skilsmissen fra Marie f. Hansen, men hans kone nr. to hed ikke Thomsen.</t>
+  </si>
+  <si>
+    <t>Alhed synes, at Johannes Larsen skal lade dem (hvem?) få billedet for 3,5 kr. De får i alt 8000 kr.
+Johan/Lysse Larsen tegner, og Andreas/Puf Larsen sætter kaleche på en bil.
+Marie Larsen kommer for at se til Uglen (Christine Larsen).</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Qx0N</t>
+  </si>
+  <si>
+    <t>Søndag.
+Kæreste Lavsi!
+Tak for Dit lille Brev til Morgen, jeg synes næsten Du skulde lade dem faa det Billede til de 3,50 (jeg ved jo ganske vist ikke, hvad det er for et) men naar det blev lige 1000, saa fik vi dog 8000, stort mindre kan vi heller ikke hjælpe os med, naar vi skal klare os nogenlunde. De 500 de sendte vil de vel trække fra, men mere haaber jeg da rigtignok ikke de vil beklippe Summen, de maa dog tænke paa, Du har forskaffet dem en god Indtægt ved denne Udst. og at den tillige har været Reklame for Malerisalg. – Nu vil jeg haabe Du har Held med Dig med Schou, naar det var Mads selv, der havde købt det, er der vel mere Haab om at Musæet køber. – Vi har det godt her, Lysse tegner og maler, den gamle arbejder med Bil, han har sat Kaleche over i Dag i Anledning af at det øser ned. – Frk. Thomsen og Hr. Schou har Bryllup i Dag, jeg har ladet indramme 4 af de kasserede Tryk og sendt dem tillige med nogle Roser. – Der er kommen Brev fra Marie Kærbyhus i Dag, hun kommer mulig herover 1-2 Dage for at se til Uglen, saa kort fordi hun skal skifte Pige til Nov. Hvis hun kommer bliver det vist allerede Tirsdag eller Onsdag. Stakkels Ugle er det jo kun smaat med. – Jeg vil have dette med 3 Toget skal bagefter drikke Kaffe hos Mor. – 1000 Hilsner Din A.</t>
+  </si>
+  <si>
+    <t>1910-12-13</t>
+  </si>
+  <si>
+    <t>Sigurd  Swane</t>
+  </si>
+  <si>
+    <t>Mads Rasmussen</t>
+  </si>
+  <si>
+    <t>Faaborg Byhistoriske Arkiv, Mads Rasmussens Familiearkiv, Mappe 129</t>
+  </si>
+  <si>
+    <t>Sigurd Swane foreslår Mads Rasmussen at han erhverver ét af Sigurd Swanes billeder i bytte for en passende mængde konserves.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/RcfO</t>
+  </si>
+  <si>
+    <t>Kærbyhus Kerteminde d. 13.12.1910
+Kære Hr. Rasmussen.
+Sommetider får Mennesker sådan nogle underlige Ideer, det kan også hænde et nygift Par. Jeg sagde en Dag til min Kone, hør vilde det ikke være rart - og nemt tillige - om vi havde noget Konserves i Huset, jo det kunde jo være dejligt nok, om vi havde det, svarede hun. Ved du hvad jeg har tænkt på, sagde jeg så, jeg har gået og fået den Ide at jeg vilde skrive til Mads Rasmussen (i Omtale er man jo i Regelen lige så rart fri som Russerne er det i Tiltale) og spørge ham om der ikke er et af alle mine mange smukke Billeder på vores Udstilling på den frie, som han vil tage som Betaling for en Forsyning af Varer. Min Kone var enig med mig i at spørge kunde man jo da, hun syntes nok der var Billede som det var værdt at bytte sig til. Om De og Deres Hustru nu synes der er noget De kunde have Lyst til at hænge på Deres Væg, det ved jeg jo ikke, men De har dog før vist Forståelse og Interesse for min Kunst, som bekendt. Og måske De endda i længden blev gladere endnu for et Billede, hvis De fik et, end De fra først af tænkte Dem. Jeg vilde altså ligefrem spørge Dem om De vilde gå med til en sådan Forretning - eller ikke, hvis det nu passede Dem, om De da vilde sige mig hvilket De vilde vælge og f.Ex. sende mig en Vare - og Prisfortegnelse, så jeg kunde vælge derefter. Passer det Dem ikke, nå ja, så er der jo ikke videre at tale om den Ting, jeg kan da ikke tænke mig at De kan tage mig mit Forslag ilde op - op passer det Dem, så vil jeg glæde mig til at betragte Hylderne i mit Spisekammer.
+Med de venligste Hilsner til Dem og Deres Hustru fra mig og min Hustru
+Deres hengivne Sigurd Swane</t>
+  </si>
+  <si>
+    <t>1911-02-12</t>
+  </si>
+  <si>
+    <t>Villa Be</t>
+  </si>
+  <si>
+    <t>Thora  Branner
+Wilhelm Branner
+Louise Brønsted
+Johanne Caspersen
+Adam Goldschmidt
+Alfred Goldschmidt
+Ina  Goldschmidt
+Selmar Goldschmidt
+Amanda Heinesen
+Elise  Høj
+Adolph Larsen
+Andreas Larsen
+Georg Larsen
+Johanne Christine Larsen
+Anna Marie  Larsen, Georg Larsens hustru 
+Christine  Mackie
+Elisabeth Mackie
+Hempel Syberg
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Alhed Larsens kælenavn var Be, så Villa Be er hendes og Johannes Larsens hus på Møllebakken i Kerteminde. 
+Det vides ikke, hvem Jacobsens var. Laura Warberg kendte flere af det navn. 
+Kærbyhus var Johannes Larsens forældres hjem/gård. De døde begge i 1910.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, Laura Warberg til Astrid Goldschmidt, 1911-02-12, 2421</t>
+  </si>
+  <si>
+    <t>Det bliver diskuteret, om Amanda skal i huset hos Astrid. Amanda vil hellere spille musik.
+Laura Warberg foreslår, at Astrid begynder i en læseforening, studerer tysk eller andet for at holde tilværelsen med Alfred ud. Astrid må ikke i tilfælde af skilsmisse gå af med børnene.
+Laura ser frem til rejsen. Hun har besøgt en del mennesker.
+Kærbyhus har været nær ved at blive solgt. 
+Alhed har brygget øl og har ondt i armene.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/1NAW</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Astrid Goldschmidt
+St. Pauli Kyrkogatan 19
+Malmø
+Skåne
+[Håndskrevet på kuvertens bagside:]
+Smør 110
+Tobak 25
+Kød 95
+Ost 57
+Æg 75
+Porto 50
+------
+412
+poststempel
+[I brevet:]
+Villa ”Be” – Søndag Formiddag
+Kære lille Putte!
+I Morgen spiller Amanda hos Johanne, som der vil tale med hende om Dit Projekt at faae hende som Pige i Sommer. Jeg havde selv tænkt derpaa, men J. siger, hun gør det absolut ikke, hun vil ofre sig for Musiken, er jo gaaet uhyre frem. Naa nu faaer vi see! Derimod vil hun jo hellere end gærne være der et Par Maaneder med Pigehjælp eller vel eventuelt en Morgen- eller Formiddagspige, formodentlig ogsaa være noget længere hos Alfred alene, mens Du er i Birkerød med Børnene. Saa snart J. faaer talt med hende, skal Du faae et extra Brev derom. Er der ikke en Kone i Huset som for ikke alt for høj Betaling kunde gaae der lidt om Formiddagen og lidt om Eftermiddagen? Og mon Amanda ikke i saa Tilfælde vilde gøre det for f.Ex. 12 om Maaneden? Hun faaer jo dog vældig gode Dage, især den Tid ene med A. Jeg synes absolut Du efter vor Rejse skulde være en Maaned i Birkerød alene, Du vilde samle vældig Kræfter og Opmuntring i de ca. [”ca” indsat over linjen] to Maaneder. Hør min lille Putte, jeg har talt meget indgaaende med baade Alhed og Johanne om Eders Affærer. Vi synes, at hvad Du selv skriver om at tage Dig selv ved Vingebenet og skabe Dig en taalelig Tilværelse midt i Møget! – det maa kunne lade sig gøre saa længe Alfred bare lader det gaae. Spille, studere et eller andet, Tydsk f. Ex. tage Dig af Huset, og saa de søde, gode morsomme begavede Børn, som Du nu kan begynde at lære noget. Det er dog en uhyre Lettelse, at Despoten kun er hjemme det Par Timer om Dagen. Om Aftenen er Du da i Din egen Stue? Kan Du ikke, hvad vi før har talt om, være i en Læseforening, hvor Du kan gaae hen om Aftenen naar han ikke er ude? Alt dette for Børnenes Skyld, hvem der jo egentlig maa tages mest Hensyn til. Alhed siger, at naar Du har kundet holde ud til A. bestemt siger, nu skal Du fortrække, saa er begge Børnene Dine og han kan jo tvinges til at give Dig tilstrækkeligt til at leve af og opdrage dem for. Alhed siger, var det hende, saa vilde hun sige: ”Jeg har født Børnene, de er mine og ingen jordisk Magt faaer dem fra mig!” – Alt dette i al Fald saa længe de er smaa. Tænk at skille dem ad og lade Adam gaae ene maaske hos en Husholderske der ikke var god ved ham. Du holdt det aldrig ud! Og hos Faderen, som næsten ikke er hjemme, og i den Tid han er der, vilde ødelægge ham ved en forkert Opdragelse. Jeg veed godt, jeg har før ment det er uudholdeligt for Dig derovre, men jeg kan alligevel ikke andet end mene, hvad jeg da forresten før selv har sagt til Dig ”Hold ud saa længe det paa nogen Maade er muligt!["] Kan Du ikke igen tage Undervisning i Musik? og hos Lu[ulæseligt]geberg saa Du kommer til Kbh. en Gang om Maaneden. Nej det haster ikke saa galt med at faae skreven det om Amanda, vi vil alligevel længes efter at vide, hvad Du selv mener om alle vore Forslag, og vente med at skrive, til jeg har hørt fra Dig. Jeg og vi kan saa godt forstaae at Du tager Dine Klæder paa den Maade, Du gør, naar Du ellers ingen vilde faae. Han vil jo selv have det saadan. Kan Du ikke tale ham tilpas til Børnene saa ti helt, mens han er der, det er jo saa kort. Hvor rart, at Din Svigerfader havde den store Triumf og at de nu faaer godt at leve af; saa behøver Alfred da heller ikke mere at ofre saa meget paa dem. Fornuftigt at Du har meldt Dig ind i det Gymnastik Kursus, saadan skal Du på forskellig Maade se at beskæftige Dig. – Og hvem veed saa hvad der kan ske! En af Eder kunde faae Lejlighed til at gøre et andet Parti! saa var Sagen strax i et andet Spor! – Nu vil vi begge glæde os meget til den Rejse, det er jo godt, Du mener at kunne skaffe de 100 Kr; med fornuftig Sparsomhed maa vi kunne være ikke saa kort borte: Hvad mig angaaer vilde jeg jo ingen Steder her hjemme kunne være gratis; jeg har tænkt at være en god Tid hos Agrarens efter Rejsen og betale godt. Nu er der igen Haab om, at jeg faaer Snøderejsen skudt ud til i Sommer, da jeg jo saa gærne vil have Steder at være. Jeg maa ikke holde op at gaae til Tandlæge, og desuden er der noget med Tantes Besøg i Kbh., som taler for en Udsættelse. 
+Nu har jeg Ro i Tænderne, men i Tirsdags, jeg var i Odense at se til Putte, trak en stor Tandbyld til med meget Rabalder, jeg befandt mig saa ilde af det. Tilbragte et Par Timer med at læse for den søde Unge; spise Frokost hos Jacobsens var hos Fru Vinde en Visit, hun viste mig rundt i hele det store dejlige Hus; om Aftenen hos Syberg, der som sædvanlig ikke spurgte til en eneste af Eder. – I Dag kommer Christine og Putte hjem, jeg skal ned med dette Brev ved 2 Tiden og tage imod dem. Vi skal alle til en fin Middag hos Grossers Kl. 5½, vi skal i Galla! Desværre var Johanne her lige nu og sagde at lille Bibbe er forkølet for Brystet og har Feber. Puf ligger paa 3de Dag i Sengen med Feber af en Halshistorie, men er bedre i Dag. Baade Alhed og Junge vil da med til Middagen. Elise spiller i Aften Komedie; vi var til Generalprøve i Fredags, mageløst!!! – Jeg skrev til Wilhelms Fødselsdag i Gaar, ogsaa til Thora og bed hende takke for Lykønskningen og samtidig fortælle mig løst og fast derovre fra – Lugge skal have en lignende Opfordring. En Dame, der har set paa Kærbyhus for mulig at købe det har skreven at hun vilde betænke sig – desværre Hun saae ellers ”lovende” ud. Alhed bryggede i Fredags og har faaet ondt i sine Arme af al det Arbejde – Hvilket herligt Vejr vi altid har i denne Vinter! 
+Nu Farvel lille Putte! Hils Ungerne kærligt og Dig selv fra 
+Bedstemor.</t>
+  </si>
+  <si>
+    <t>1911-06-12</t>
+  </si>
+  <si>
+    <t>Lille Kærbyhus</t>
+  </si>
+  <si>
+    <t>Oline -
+Ellen Agnete Amstrup
+Alhed Marie Brønsted
+Ellen Brønsted
+Adam Goldschmidt
+Alfred Goldschmidt
+Ina  Goldschmidt
+Amanda Heinesen
+Julius Hviid
+Pauline L
+Alhed Larsen
+Johanne Christine Larsen
+Christine  Mackie
+Anna - , pige i huset hos Astrid
+Ellen  Sawyer
+Harris Sawyer
+Fritz Syberg
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Laura Warberg boede i 1911 i København, og brevet er sendt fra et af hendes besøg hos datteren Johanne og hendes familie i Kærbyhus, Kerteminde. Det må være Fritz Syberg, hun besøgte i Kerteminde. 
+Laura Warberg rejste i maj 1911 til Berlin, Dresden, Schweiz og Nürnberg sammen med datteren Astrid. 
+Det vides ikke, hvem der holdt sølvbryllup.
+Johanne C. Larsen var klaverlærer og en dygtig pianist. Det vides ikke, hvorfor hun skulle spille i skoven. 
+Den syge person var Harris Sawyer, som var gift med Laura Warbergs datter, Ellen. Han døde 4. juli 1911.
+Det vides ikke, hvem Hr. Peter og Erik var.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0895</t>
+  </si>
+  <si>
+    <t>Det var godt, at Alfred Goldschmidt ikke modsatte sig Astrids rejse. 
+Laura Warberg er i Kerteminde, og hun har besøgt Fritz Syberg. Hun har været skuffet over, at ingen havde tid til at høre om hendes rejse, men nu har Marie Larsen og Christine Larsen fået en lang beretning. 
+Johanne spiller i skoven og må øve meget.
+Christine og Adolf Larsen tjener for tiden pænt på deres landbrug. 
+Ellen Sawyer har sendt et trist brev om mandens sygdom.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/fBxg</t>
+  </si>
+  <si>
+    <t>Lille Kærbyhus d: 12-6-11.
+Kære Astrid – 
+Jeg vilde ikke skrive til Dig, før jeg vidste, hvor Du var, eller sende Pakken. Alfred kunde jo godt have sat sig imod Din Rejse, - godt han ikke gjorde det og at Du nu kan være med Børnene i Fred og Ro vel ca. 4 Uger?, kunde Du ikke lade Anna passe ham og Huset en Tid alene?? saa Du kunde yderligere forlænge Dit Ophold. Dersom Anna kan føre Hus lidt økonomisk, saa koster I jo ikke mere i Birkerød end hjemme, vel endog knap saa meget. Det maa Du da en Gang sige mig lidt om. Hermed Kjolen og Din Blækstift, som laa i min lille Taske. Jeg kom godt hertil, gik Kl. ca. 7 hen til Syberg, bankede stille paa Køkkendøren, og kom ind i Spisestuen. Syberg havde været temmelig syg i en Uge, var begyndt at være oppe; han var uhyre venlig mod mig, vi snakkede en hel Del. Jeg kom her 6.20, Johanne havde ikke bemærket, at jeg vilde komme Tirsdag, de sad og spiste til Aften, Pauline var her, men rejste lidt efter. J. er saa kolossal optaget af sin Musik og af Eleven, hun har nylig faaet en ny. 
+Det har været en lille Skuffelse, at hverken hun eller Alhed nogensinde har Tid til at høre om min Rejse, men forleden Aften gik jeg ned til Christine og fortalte hende og Marie i næsten 2 Timer. De var meget interesserede. I Aftes kom de hjem fra Sølvbryllup, der var forløbet meget godt, uhyre storartet Arrangement. De holdt alle til paa Erikshaab og havde det brillant der. I Morges blev Oline – Pigen her syg ligger i Dag mindst, Dr. Hviid var her i Formiddags. Hun var skæv. Ryggen skal ind til Kbh og have Bandage. J. tænker om hun mulig i den Tid kan faae Amanda. Jeg rejser til Snøde paa Lørdag og derfra til Glorup. Det gaar godt med Musiken i Skoven, 2 Gange om Ugen 2 Timer ad Gangen. J. maa øve sig meget dertil. Lige nu var Amanda her og sagde sin Time af for Resten af denne Maaned; hun rejser paa Torsdag til Kbh. og Malmø, da hun hørte, I er i Birkerød, vilde hun tage en Dag derud; vilde skrive til Dig fra Kbh. Vi veed endnu ikke, naar Moderen kommer til her. Lille Bes leger saa udmærket med Anna og Ellen og alt Puttes Legetøj, hun sover i Puttes Seng, det Skind er jo ind under Pe[ulæseligt], var ret modfalden, da de alle rejste fra hende i Torsdags i Kbh., men var behersket og meget sød. Jeg kan slet ikke skrive til M[ulæseligt] jeg veed ingen Adr. Naar Du skriver, saa hils dem og sig Tak for Kortet. Det var dejligt, Børnene havde haft en god Pinse i Kbh; hils dem mange Gange. Fandt Du saa Brevet med deres Tegninger? Syberg havde endt sit Telegram med: Gudsfred og Velsignelse – det var bleven til Husfred og V. – i de kommende Aar!! Nete stregede det fatale Ord over! Jeg har saa mange Breve at skrive i Eftermiddag; Erik sidder her og tegner, J. inde at have Time. og andet. Barnepigen er i Skole om Eftem.; men en Søster af hende tager Bibbe, naar hun vaagner af sin 2 Timers Middagssøvn. Hun er sød det lille Pus. Det staar helt godt til for dem med Penge, hun er inde i Dag at betale Renter, 300 til Hverringe og 150 til Bonden, 75 skal sendes til Syberg. Men de har ca. 300 om Maaneden ind for Mælk nu for Tiden!!! De har 12 Køer i Sommer, har købt to. Nu Farvel lille Putte! Ja det var en herlig Tur! Jeg har lagt Plan for den næste,: Berlin, Dresden, Eisennach og Wartburg og maaske Amsterdam. – 
+De synes udmærket her om min Plan at give Muk 300 Kr. næste Sommer til den Amerika Tur; bare for Elles Skyld. Her laa et lille trist forjaget Brev, han ligger endnu, men har begyndt at spise og sove. – Hvilken Tilværelse for Elle! Jeg har aldrig Medlidenhed med ham! Hun skrev, naar de igen faar Indtægter, det har de altsaa ikke noget, der hedder for Tiden! – saa sender hun for den Ramme, men jeg skrev strax, at jeg skal nok betale det hele, saa kan hun holde det lidt til 6te Marts. – Tænk om hun kan have Muk en Maaneds Tid til næste [”næste” indsat over linjen] Sommer. Men saa en til at have i Birkerød imens?? Du???
+Ja saa Farvel da! Hils Lomme og Anna mange Gange. Hr. Peter er dejlig! Kærlige Hilsner fra Bedstemor.
+[Indsat s. 1 i venstre margen, lodret:] Blækstiften er et Ærme</t>
+  </si>
+  <si>
+    <t>1912-09-28</t>
+  </si>
+  <si>
+    <t>Postkort</t>
+  </si>
+  <si>
+    <t>Alhed Larsen
+Johannes Larsen</t>
+  </si>
+  <si>
+    <t>Andreas Larsen
+Johan Larsen</t>
+  </si>
+  <si>
+    <t>Wiesbaden</t>
+  </si>
+  <si>
+    <t>Köln
+Wiesbaden</t>
+  </si>
+  <si>
+    <t>Johannes Larsens bror og svigerinde, Vilhelm og Johanne Larsen, boede i 1912 på gården Kærbyhus i Kerteminde, så de har formodentlig passet Andreas og Johan Larsen, mens forældrene var i Tyskland.</t>
+  </si>
+  <si>
+    <t>Alhed og Johannes Larsen er på et fint hotel i Wiesbaden, og de har set bjerge og spist druer.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/7tPK</t>
+  </si>
+  <si>
+    <t>[Fortrykt på postkortets forside:]
+Hotel et Bains des Quatre Saisons. Hotel u. Kurhaus Vier Jahreszeiten. Four Seasons Hotel &amp;amp; Baths.
+[Håndskrevet på kortets forside:]
+Tak for Køreturen til stationen lille Dax.
+[Fortrykt på kortets bagside:] Wiesbaden
+Postkarte
+Carte postale – Postcard
+[Håndskrevet på kortets bagside:]
+Hr Puf og Lysse Larsen
+Kærbyhus
+Kerteminde
+Dänemark
+Kære smaa Drenge!
+Vi sidder i Wiesbaden paa et meget fint Sted og drikker The. I Morgen sejler vi til Köln, hvor vi haaber at høre fra jer. – Vi har set Vinbjærge og spist en Masse blaa og grønne Druer. Hilsen til jer alle. Far og Mor</t>
+  </si>
+  <si>
+    <t>1912-12-31</t>
+  </si>
+  <si>
+    <t>Malmø
+St. Pauli Kyrkogatan No 19 4.</t>
+  </si>
+  <si>
+    <t>Wilhelmine Berg
+Thora  Branner
+Adam Goldschmidt
+Alfred Goldschmidt
+Ina  Goldschmidt
+Grethe Jungstedt
+Andreas Larsen
+Johan Larsen
+Johannes Larsen
+Troels Lund
+Christine  Mackie
+Elisabeth Mackie
+Kai Nielsen
+Ellen  Sawyer
+Adelheyde Syberg
+Hempel Syberg</t>
+  </si>
+  <si>
+    <t>Astrid Goldschmidt-Warbergs ægteskab fungerede dårligt, og parret blev skilt kort efter.
+Ellen Sawyer og hendes datter kom i 1911 hjem fra USA til Danmark, efter at Ellens mand, Harris, var død. De to boede de første år herefter i Kærbyhus i Kerteminde. Huset var ejet af Larsen-familien.
+Christine Mackie og hendes datter var flyttet fra USA til Kerteminde efter Christines skilsmisse.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB 2220</t>
+  </si>
+  <si>
+    <t>Alhed takker for den smukke pude, som Astrid har givet hende i julegave. Alhed ønsker for Astrid, at hun og Alfred vil kunne få deres ægteskab til at fungere - ikke mindst for børnenes skyld. Hun tænker på, hvor søde de så ud, da hun sidst så dem i Malmø.
+Juleaften gik som sædvanlig; hyggeligt og med mange gaver. Nu holder man nytårsaften. Grethe og drengene har klædt sig ud, og de leger med fyrværkeri.
+Johannes Larsen har malet et portræt af Adelheyde Syberg/Tante Mimi, og Hempel Syberg er meget glad for det. 
+Alhed laver gymnastik og øver sig i at stå på hovedet. Hun og Johannes Larsen har fået badeværelse med gasovn, vand, badekar og toilet.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/av6L</t>
+  </si>
+  <si>
+    <t>Nytaarsaften 1912
+Kære lille Bein.
+Mange 1000 Tak for den henrivende Pude, Du sendte mig, jeg er saa ganske forfærdelig glad ved den, den staar i Dagligstuesofaen og pynter og hygger i hele Stuen. Den bliver vældig beundret, men hvor er den dog ogsaa smuk Mix der var her at gratulere Las 3die Juledag blev ved at stirre paa den og snakke om den. - Naa, nu skal man jo saa sige glædeligt Nytaar, i Aften løber jo det gamle ud. I Aar ser det jo ud som der er lidt Mening i at ønske Dig et glædeligt Nytaar, eller Sludder, ønske kan man ["man" indsat over linjen] jo altid, men jeg mener, det ser ud som Du kan faa det, med lidt Fred og Hygge i det daglige Liv. Det har glædet mig saa kolossalt at høre, at Alfred har været flink imod Dig i den senere Tid, naar Alfred er elskværdig; kan man jo umulig andet, end at holde af ham, og det gør Du jo ogsaa, jeg husker Du sagde i Sommer, at Du holdt meget af ham endnu, det var kun det, at han ikke kunde lide Dig, men maaske alting kan naa at blive godt endnu, eller dog bare nogenlunde, hvor var det dog inderligt at ønske, ikke mindst for Børnenes Skyld. Altsaa - gid det maa vare og gid det maa gaa frem. Jeg ved ikke, om nogen af de andre har skreven til Dig og fortalt noget om Julen; den er gaaet som sædvanlig; maaske lidt mere stille, det er vist første Gang, vi ikke har haft Tilrejsende Gæster. Juleaften var som sædvanlig yndig med Bunker af Gaver, jeg fik bl.a. af Las Troels Lund "Dagligt Liv i Norden" 7 tykke Bind i meget smuk Indbinding. Vi har faaet en glimrende Hjørnereol der staar henne i Krogen mellem Sofaen og Vinduet, oven paa en Hylde mell ["mell" overstreget] med Smaafigurer af Las og Kai, det gør Stuen større og kønnere, at den Krog er bleven indlemmet. Men Du kommer vel herom ad fra Brylluppet, - saa kan Du selv se. - Dette fortsættes senere paa Aftenen. Nu har vi spist til Aften, Steg og Æblekage, Rødvin og Sjerry og senere Godter og Sjerry. Christine og Putte har været her og naturligvis Elle og Grethe. Drengene har arbejdet med Kinesere og Kanonslag Skruptudser o.s.v. Gamle har et Par lange Buxer paa, han selv har syt af en gammel Nederdel, af og til kiger de herind og melder, at de intet er kommen til, det har de Ordre til. De morer sig kongeligt, Grethe er kælædt ud som Dreng. - Mon Du har hørt fra Mor at Las Billede af Tante Mimi er falden saa ganske udmærket ud. Onkel Syberg er henrykt over det, og det er nu ogsaa ganske glimrende, kan ikke ligne bedre. Tutte skriver til mig i Dag, at hun vil bede Onkel Syberg om ogsaa selv at lade sig male af Las. - Elle har det yndigt derovre, hendes Stue er voldsom hyggelig; og hvor man kan forstaa, at de nyder igen at have noget, de kan kalde deres eget; og det kommer saamænd nok til at gaa godt med Eleverne, det ser da meget lovende [teksten fortsætter på side 1 øverst, på tværs:] ud. - Naa nu vil jeg slutte, hils de to søde Unger Masser af Gange, jeg ser dem stadig for mig som de trippede over P ["P" overstreget] Gaden alene i Malmø den Dag Adam i sin lille Overfrakke. Tak lille Sjums for hendes Brev, saa nydeligt hun skriver. Men I har vel opdaget, at Møblerne var fra Grethe, ikke fra mig. hils ogsaa Alfred mange Gange, hun sagde ham vel, at vi var kede af, at han ikke var hjemme den Dag. Masser af Hilsner til Dig selv og endnu en Gang 1000 Tak for den dejlige men altfor store Julegave
+Paa Gensyn
+Din Be
+[Skrevet på side 4 langs venstre margen:] Jeg gør Gymnastik hver Dag, det er mit Ideal at komme til at staa paa Hovedet
+[Skrevet på side 4, nederst, på hovedet:] Vi har faaet Badeværelse med fint nyt Badekar, Gasovn, Vand og W.C!!!</t>
+  </si>
+  <si>
+    <t>1913-01-27</t>
+  </si>
+  <si>
+    <t>Adam Goldschmidt
+Ina  Goldschmidt
+Julius Hviid
+- Krarup, læge
+Marie Larsen
+Christine  Mackie
+Ellen  Sawyer
+Hempel Syberg
+Minna Warberg</t>
+  </si>
+  <si>
+    <t>Laura Warberg opholdt sig, da hun skrev brevet, i Kerteminde, men hun boede i København. Ellen Sawyer boede i Kærbyhus på Kristine Rudesvej i Kerteminde. Denne bygning ligger og lå få hundrede meter fra Alhed og Johannes Larsens hjem.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2624</t>
+  </si>
+  <si>
+    <t>Ellen/Elle Sawyer har mæslinger, og lægen vil sørge for sygetransport, så hun kan komme hjem til Alhed og Johannes Larsen. Christine Mackie og Andreas/Lysse Larsen er også syge. 
+Marie og Alhed Larsen hjælper de syge hver morgen. Laura Warberg og Alhed har ordnet Ellens køkkenskab.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/NW4E</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Astrid Goldschmidt
+St. Pauli Kyrkogatan 19
+Malmø
+Skåne
+[På kuvertens bagside:]
+Hilsen fra Elle.
+[Poststempel]
+[I brevet:]
+Mandag d: 27de
+Kære Astrid!
+Det gaaer rigtig godt fremad med Elle; i Morgen kommer Dr. Hviid og han vilde saa have gjort Anstalter til at faae hende i Sygevogn ført i Sygevogn over til Alhed. Jeg rejser saa med 11 Toget, skal ikke gøre Ophold hos Syberg fordi Dr. Krarup har tilraadet Forsigtighed med Mæslinger. Det var ogsaa derfor, Christine ikke var i Odense at hilse paa Dig!!! En saa høj Grad af Angst om Smitte har vi aldrig hørt om. Nu maa jeg altsaa skrive til ham og spørge om han troer det kan nytte at søge Legater for Elle; samt takke ham for 10 Kr. til min Fødselsdag og 10 Kr. til Elle, han har sendt. Lysse var lidt oppe i Gaar, ogsaa i Dag, har det godt nok, men er bleven en Smule forkølet. Christine vilde lidt op i Dag. Fra Minna har jeg ikke hørt uden den ene Gang, Du veed. Jeg vil nu længes efter at høre fra Dig lille Putte om Rejsen og Selskabet! Det skal blive rart at komme hjem i mine lune Stuer igen. Her er ikke meget mere at fortælle om. Elle havde ikke Feber i Morges, spiser ret godt. Marie gaaer herover Kl. 8½ om Morgenen hun og Alhed gør saa alt i Stand her og hun havde i Morges Kaffe med til dem begge. Dr. mener at paa 14 Dage kan Elle være helt rask. I Formiddags har Alhed og jeg ordnet hele Elles Køkkenskab, blaat Papir paa Hylderne og alt hver for sig paa dette pænt og ordentligt, saa der er udmærket Plads. Vi faaer en Æske til hendes fine Hat. – Nu Farvel lille Putte! Jeg har flere Breve at skrive og det er snart mørkt. Allerup er her hver Dag; herligt med den Ovn, den brænder hele Natten.
+Kærlige Hilsener til Eder alle tre fra 
+Bedstemor.</t>
+  </si>
+  <si>
+    <t>1913-10-10</t>
+  </si>
+  <si>
+    <t>Christian Caspersen
+Johanne Caspersen
+Adam Goldschmidt
+Alfred Goldschmidt
+Julius Hviid
+Grethe Jungstedt
+Christine  Mackie
+Elisabeth Mackie
+Otto Emil  Paludan
+Ellen  Sawyer
+Hempel Syberg</t>
+  </si>
+  <si>
+    <t>Alfred/A Goldschmidts "tilbageslag": A. Goldschmidt opførte sig urimeligt og var nærig i forhold til sin kone, Astrid.
+Ellen/Elle Sawyer og hendes datter boede til leje i stuehuset Kærbyhus, som var ejet af Alhed og Johannes Larsen. Det må være i denne bygning, at de nu fik en større lejlighed. Ellen forsørgede de to ved at undervise i klaverspil samt akkompagnere stumfilm i biografen.
+"Her er ideelt at bygge": Alhed og Johannes Larsen købte i 1913 en byggegrund på Strandvejen/i Strandgade i Kerteminde og satte et husbyggeri i gang. I huset skulle Laura Warberg, datteren Ellen og barnebarnet Grethe bo.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2631</t>
+  </si>
+  <si>
+    <t>Laura Warberg har overanstrengt sit ben og har ligget i sengen.
+Astrid må gerne sende Laura et sjal. Det er Laura Warberg en gåde, hvorfor Alfred har fået et "tilbageslag".
+Ellen/Elle Sawyer og datteren får nu en større lejlighed. Ellen tjener godt i biografen.
+Januar til februar 1914 vil Laura Warberg opholde sig i Købenavn. Hun skal blandt andet købe en del ting.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/pxQF</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Astrid Goldschmidt
+St. Pauli Kyrkogatan 19
+Malmø
+Skåne.
+[På kuvertens bagside: Poststempel]
+[I brevet:]
+Fredag
+Kære Astrid.
+Jeg ligger i Sengen 3 Dage med en Smule Daarlighed i mit ene Ben, ikke Betændelse, men jeg har jo intet at forsømme ved at ligge og faae det hurtigt af Vejen. Jeg fik det ikke af at gaae i [ulæseligt] paa Hjemrejsen af at sidde de 33 Timers Kørsel næsten ud i et; desuden en lidt haardnakket Forkølelse, som Følge af alt det besøger jeg ikke Syberg før i Slutningen af min Turné, er altsaa her til vist Tirsdag 8 Dage og drager saa til Brædstrup. Det er herligt hvis jeg kan faae en Shavl hos A.; hvis det findes imiteret [ulæseligt ord], vilde jeg helst have en lidt smallere og kortere end den forrige, saa at den gaaer mere op i Halsen. Det er tidsnok at faae den omkring d: 20de her, Pengene skal jeg sende naar jeg til Nov. faaer 300 Kr. af Paludan. Tak for det lange gode Brev i Morges; jeg glæder mig meget over det gode Bekendtskab, Du der har gjort. Du har jo nu ogsaa Børnene og [ulæseligt] ogsaa og Din Gymnastik; det bøder jo paa meget. Men en Gaade er det mig, med det Tilbageslag hos Alfred, som Du kalder det. Hvad kom der dog paa?? Var det Terminen med for store Udgifter? Mon det dog ikke skulde blive bedre igen! Tænk hvilken god Jul i Fjor! Chr. og Putte rejser en Uge til Brædstrup paa Søndag; Putte er nu helt frisk, kan læse rent og skriver rigtig pænt, er flink i Engelsk hos Elle. Grethe igen i Sengen af Forkølelse; i Gaar undersøgte Dr. Hviid hendes Bryst; der er intet i Lungerne, men lidt Bronkitis. Nu til Flyttedag faaer de den store Lejlighed for i Vinter der er Sol paa Soveværelset og meget mere Luft [ulæseligt] end den lille, der er lejet ud. Det glæder jeg mig meget over, de faear det langt bedre og kønnere Elle har saa gode Indtægter nu med Biografen saa hun faar sig og Grethe godt forsynet med Tøj. Før i Marts kommer vi næppe til at flytte ind saa jeg tænker at være i Kbh. Februar fra sidst Januar, saa jeg kan købe mig et Spisestel ved Udsalg samt et Kaffeservice af Nikkel. Saa maa jeg over til Eder; boe hos Caspersens. Nej det var 290 for os begge, men deraf gik 10 til Indkøb, og Koncert for mig. Vi sparede heller ikke særlig meget. Her er ideelt at bygge, mit Værelse er saa kønt, jeg ser Stranden fra Sengen; det pas-
+[Skrevet langs venstre margen s. 4:]
+ser mig udmærket. Kærlig Hilsener Mor.
+Adams Fødselsdag???</t>
+  </si>
+  <si>
+    <t>16. nov. 1913</t>
+  </si>
+  <si>
+    <t>Johan Larsen</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/sWpUrOin</t>
+  </si>
+  <si>
+    <t>1913-12-28</t>
+  </si>
+  <si>
+    <t>Carl Andresen
+Wilhelmine Berg
+Berta Brandstrup
+Julie Brandt
+Alhed Marie Brønsted
+Ellen Brønsted
+Else Birgitte Brønsted
+Johannes Nicolaus Brønsted
+Louise Brønsted
+Peter Oluf Brønsted
+Johanne Caspersen
+Adam Goldschmidt
+Alfred Goldschmidt
+Ina  Goldschmidt
+- Hoff
+Grethe Jungstedt
+Adolph Larsen
+Alhed Larsen
+Andreas Larsen
+Carl Larsen
+Ellen Larsen
+Georg Larsen
+Johanne Christine Larsen
+Johannes Larsen
+Marie Larsen
+Christine  Mackie
+Harald Meyer
+Thorkild Rovsing
+Ellen  Sawyer
+Erik Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Laura Warberg opholdt sig i Kerteminde i julen 1913. 
+Johanne/Junge ogf Adolph/Agraren Larsen boede på Kærbyhus. Derfor kunne julegæsterne gå fra deres hjem til Alhed og Johannes Larsens villa på Møllebakken juleaften. Der er to hundrede meter mellem de to huse. 
+Det vides ikke, hvem den norske frøken fra Gjelskov var. Ej heller hvem Anders Jensen var. 
+Tante kan både være Johanne Caspersen og Wilhelmine Berg. 
+Rørbæk er en proprietærgård, der ligger få kilometer syd for Kerteminde. 
+Hotel Temperance lå på Vesterbrogade 41 i København (set på et postkort fra 1913 på internettet nov. 2023 og kbhbilleder.dk).</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2628</t>
+  </si>
+  <si>
+    <t>Laura Warberg er imponeret over de fine håndarbejder.
+Alhed og Andreas/Puf Larsen skal bo på hotel i København en uge.
+Laura fik julemiddag hos Adolph/Agraren Larsen og Johanne, og derefter gik det meste af familien til Johannes og Alhed Larsen. Laura fik et kaffestel mm. Johanne/Junge måtte opgive at holde selskab, da Laura/Bibbe var syg. Laura håber, at Astrid har haft en god jul. 
+Berta Brandstrup har været meget syg. 
+Laura beder Astrid om at sende afdækningspapir til vinduerne.
+2. juledag holdt man Johannes Larsens fødselsdag med gæster til middag. 
+Lauras øjne er meget lysfølsomme, og øjenlægerne ignorerer det. 
+Laura skal til Odense og købe damask til sofaen mm.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/Zs1g</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Goldschmidt
+St. Pauli Kyrkogatan 19
+Malmø
+Skåne
+[På kuvertens bagside: Poststempel]
+[I brevet:]
+Søndag Morgen.
+Kære Astrid!
+Det var da nogle henrivende Arbejder, Du glædede os med! Alheds Lysdug er vi alle imponerede af, - det vældige Arbejde, og Johannes ikke mindre; vi er fulde af Be- og Forundring over at lille Sjums kan tegne saadan, hun maa absolut blive til noget ualmindeligt. De søde Smaa! Gid der kan blive en Lejlighed, hvor jeg kan være en Dag over hos Eder; troer Du?? Men min egen Lysdug er henrivende i sin Hvidhed, hvad jeg holder saa meget af. Og saa det dejlige Billede! Nu skal det sammen med nogle andre med paa min Turné, og senere i en fin Ramme! Tusind Tak lille Putte! – foreløbig vist ogsaa for de andre, som hver paa sin Maade er optaget af forskellige Ting; Christine endnu i Sengen. Elle rejser i Nat til Kbh., Birkerød kun da Brønsteds er i Hornbæk. Alhed og Puf i Morgen for en Uge, de boer paa Temperance, ganske incognita, da de ikke vil besøge nogen, det er for at vise Puf Kbh. Han har ikke længe været der. Vi havde en yndig Juleaften; jeg spiste hos Agrarens, Marie boer der, og saa fik Børnene deres Gaver – (Bibbe i Sengen inde i Stuen, Halsen) og Juletræet blev tændt. Saa gik vi til Las’s, Junge blev hos Bibbe, men blev senere afløst af Marie og Puf. Der var et stort mægtigt Juletræ, Borde helt rundt, bugnende af Gaver. Tænk jeg fik af Las’s og Christine et Kaffestel paa Bakke af Nikkel, jeg vilde have købt mig et selv, det var naturligvis ikke paa min Ønskeseddel. En sød Blomsterskaal af Elle og flere pæne Ting. Putte var kørt op i Bil og 9½ hentede den hende og mig. Juledag maatte Junge opgive sit traditionelle Selskab med Grosses, for Bibbes Skyld; nu er hun rask og i Dag kommer alle Agrarens og Elle her til Middag Kl 1; Elle spiller sine 6 Timer til 10¼, saa hjem og pakke ind og afsted Kl 2. Nytaarsdag hos Agrarens, og en Dag senere skal de have en fin Aften for Bu[ulæseligt]els med Pan og Hoffs paa Rørbæk, hendes Elev, den ”norske Frøken” fra Gjelskov. Har Du haft en rar Jul lille Putte? I Fjor var den saa god. I Valby har de haft en meget trist Jul. Berta lige kommen op efter 3-4 Uger i Sengen Lagt paa Rovsings Klinik fra lige [”lige” indsat over linjen] før Juleaften Betændelse i den ene Nyre, meget alvorligt; muligvis en Operation, skrev Tante i Dag. Hør lille Putte, kan Du ikke sende os til Christines store Vinduer Sovekamret, 24 Al af det Papir til at klistre Vinduer med, hun er til Tider ved at blæse ud af Sengen; men strax og sig hvad de koster. – Las’s Fødselsdag blev holdt 2 Juledag, Grosses med Anna, Agrarens og Grethe; Elle havde fri fra 6-7; naaede lige at faae hele Middagen i Køkkenet, Suppe med Kødboller, Vildandesteg – Rødvinsgelé. – Det var en meget morsom Aften. I Aftes igen Selskab; den unge Andresen, Marie er her, H. Mejer, Agrarens og Elle; sprængt Gaas m.m. – Jeg har det saa godt i Julen, taaler al Selskabelighed, men naar jeg som i Gaar strikker en Hæl ved Lys, syer paa noget gammelt et Kvarter, læser nogle Historier for Putte ved Lys, saa var mine Øjne i Aftes saa daarlige, og ingen Øjenlæge tager videre Notits deraf! – Jeg vil gærne have de Tryksager igen nemlig, et Korsbaand med Vinduespapiret? Maatte Du betale Porto for det??? Jeg kom i Tanker om, at et 5 Øres var ikke nok, mulig Tante har sat mere paa? Jeg rejser enten d: 6_te_ eller 9_de_, skal være et Par Timer i Odense og med Elle til Anders Jensen at købe et Divantæppe til Elle [”Elle” overstreget] Gretes Fødselsdag d: 16de, havde Gardiner til min Dagligstue af rød Damask til den gl. Sofa. Nu Farvel lille Putte! Kys de kære Smaa, jeg glæder mig meget til at see dem. Lugge ringede op til Alhed Juleaften, de havde drukket min Skaal og savnet 
+[Skrevet langs venstre kant på s 6:]
+mig meget. Kærlig hilsen fra Mor.
+[Skrevet langs venstre kant på s 5:]
+Nævn ikke til nogen – ikke til [”til” indsat over linjen] nogen – at Alhed kommer til Byen.</t>
+  </si>
+  <si>
+    <t>1914-03-08</t>
+  </si>
+  <si>
+    <t>Laurentius Allerup
+Marie Bang
+Louise Brønsted
+Adam Goldschmidt
+Ina  Goldschmidt
+Grethe Jungstedt
+Adolph Larsen
+Alhed Larsen
+Andreas Larsen
+Johan Larsen
+Johanne Christine Larsen
+Johannes Larsen
+Christine  Mackie
+Elisabeth Mackie
+- Svendsen, Fru</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2616</t>
+  </si>
+  <si>
+    <t>Det er flot, at Astrid Warberg-Goldschmidt fik så meget for 50 kr. Louise/Lugge Brønsted har købt silkestof til kjoler.
+Familien har holdt Ellens/Elles fødselsdag med gæster, middag og mange gaver.
+Christine og Alhed er begyndt at tage fransktimer, og Laura Warberg underviser Grethe i samme sprog.
+Grethe er blevet så sød overfor sin mor. Hun glæder sig meget til det nye hus, men der mangler stadig meget på det. Laura har købt sofabetræk, gardiner mm.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/iEY2</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Astrid Goldschmidt
+St. Pauli Kyrkogatan 19
+Malmø
+Skåne
+[På kuvertens bagside: Poststempel]
+[I brevet:]
+Søndag d: 8/3 – 14
+Kære Astrid!
+Jeg var meget glad ved saa tidligt i Ugen at faae Dit interessante Brev, med god Besked om Dine Indkøb og Din Visit i Birkerød. Hvor var det dog en Masse Du fik for de 50 Kr; vi var alle meget imponerede derover. Men tænk ogsaa, at Du kan købe i Børnekonfektion! Fodtøj veed jeg nok, Du kan. Nu mangler vi bare en Prøve af Dragten, men der gives maaske ingen Klude med. Lugge har igen været betroet Indkøb og skilt sig udmærket derfra; yndigt nærmest orangefarvet E[ulæseligt]nne – blankt bredt Silketøj – til Elles Fødselsdag; 25 Kr. for en Kjole; Chr. Alhed og mig, Vi havde en herlig Aften; Elle kom 6½ fra Odense, fik saa først alle Gaverne i Dagligstuen; Kjolen jo Hovednummer; hun var henrykt. Desuden fra Alhed Sweizerost – Pølse – Sardiner – Leverpostei – 4 [”4” indsat over linjen] smaa Fajance Skaale og to Spølkummer Drengene [”Drengene” indsat over linjen] 2 Glas Sommerkrus fra Putte – Stauder fra Junge, Kartofler fra Agraren, en stor Lagkage fra Allerup og Ville, de var med til den fine Middag Kl. 7 – Tarteletter, Oxesteg med Agurkesalat – Æblekompot m.m.; Ostegilde Kaffefromage; 3 Slags Vin! Storartet Stemning, Alhed er jo en glimrende Værtinde. Grethe havde glædet sig vildt til Dagen; Alle 4 Børn med til Bords. Chr. og Grethe bor jo deroppe, mens Las er væk. Chr. og Alhed er begyndt at tage Timer i Fransk hos Fru Svendsen, det er morsomt for dem, især Alhed trænger dertil, Nu paa Tirsdag begynder jeg igen med Grete paa vort Franske; jeg vil spørge Fru Larsen, om jeg maa betale lidt for Aftensmad til hende den Dag, da er Elle væk fra Morgen til næste Dags Middag saa fyrer de slet ikke, Grete sover i Kærbyhus den Nat. Hun er bleven saa sød og omhyggelig for Elle, gav hende The paa Sengen i Fredags og har flere Gange haft det varmt og hyggeligt, naar Elle mindst ventede det. Vi er glade over det. G. glæder sig uhyre til vort Hus, det gaar desværre nu saa langsomt frem: endnu hverken Døre eller Vinduer eller Gulve, og derefter kommer en Maaneds Maling. Nej Elle og jeg er forberedt paa det værste; men haaber endnu at vi er i Orden til Pinse og den store Sommer Maaned. Jeg var i Odense i Torsdags og købte Betræk til Sofaen og et ret stort Linoleumstæppe til Spisestuen, næsten som [ulæseligt o]; samt hvide Gardiner. Jeg har det rigtig godt, haaber lidt Bedring og Læsning, Tiden er tidt saa lang.
+[Indsat s. 4 på højkant i venstre margen:]
+Nu Farvel lille Putte! Kærlig Hilsen til Dig og de smaa! Bedstemor.</t>
+  </si>
+  <si>
+    <t>1914-05-17</t>
+  </si>
+  <si>
+    <t>Strandgade</t>
+  </si>
+  <si>
+    <t>Malmø
+St. Pauli Kyrkogatan 19</t>
+  </si>
+  <si>
+    <t>Siri Andersson
+Alfred Goldschmidt
+Grethe Jungstedt
+Adolph Larsen
+Alhed Larsen
+Johanne Christine Larsen
+Christine  Mackie
+Ellen  Sawyer
+Clara Syberg
+Erik Warberg Larsen</t>
+  </si>
+  <si>
+    <t>Alhed og Johannes Larsen fik opført et hus på Strandvejen/Strandgade i Kerteminde til Laura Warberg. Der var plads til, at hendes datter og barnebarn også kunne bo der. 
+Det vides ikke, hvem Anne var. 
+Astrid Warberg-Goldschmidt flyttede fra sin mand, Alfred/A., i 1914. 
+Adolph/Agraren og Johanne/Junge Larsens søn var syv år i 1914 og skulle begynde i skole. Familien boede på dette tidspunkt på gården Kærbyhus i Kerteminde. At Johanne/Junge var "to hele Dage paa Landet" handlede om, at hun cyklede rundt til klaverelever.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2610</t>
+  </si>
+  <si>
+    <t>Laura Warberg har sammen med Grethe, Christine, Clara Syberg m.fl. indviet det nye hus. Alt er ikke helt færdigt; haven er noget rod, og stuen er lidt vel stor. Dørene kan ikke låses, og da de en nat hørte nogen udenfor, patruljerer politiet nu på stedet, og Laura har fået en stor vagthund. 
+Alfreds behandling af Astrid er dog for gal.
+Adolph/Agraren og Johanne/Junge Larsen kan ikke sammen med Grethe. Og Alhed Larsen synes, at Johanne skal undervise Erik hjemme., hvilket hun ikke har tid til. 
+Johannes Larsen er kommet hjem efter to en halv måned (ved Fiilsø).</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/SCEC</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Til Astrid Goldschmidt
+St. Pauli Kyrkigatan 19
+Malmø
+Skåne
+[På kuvertens bagside: Poststempel]
+[I brevet:]
+Strandgade – Søndag
+Kære Astrid!
+Det var da godt det ikke blev Mæslinger, det var jeg bange for. Endelig i Dag kan jeg nogenlunde hvile paa mine Laurbær, for det har været et stort Arbejde for Anne og mig hele den Uge. I Aftes fik vi Gas og i Morges indviede vi Husholdningen med The sammen, ogsaa Clara Syberg – Grethes tre Veninder og Putte. Det var meget festligt for aabne Havedøre i et henrivende Vejr. Det var sent og Folk cyclede forbi og kiggede nysgerrigt ind. Vi boer jo ganske fint med Strandvejen. I Morgen spiser vi første Gang her; en af de første Dage bliver W.C og med [”og” overstreget; ”med” indsat over linjen] Badeværelse – anvendt – i Stand, saa mangler vi endnu Brædt og nogle Lister i Køkkenet, alt flyder endnu der. Haven hviler, ingen viser sig til at saa eller plante!! Men jeg har snart lært Taalmodighed! Her er jo ganske dejligt, min Dagligstue er bare noget for stor, her ser lidt tomt ud, men naar jeg faar den rødbrune Sofa – Dis – og Planter ved det øverste Vindue, saa hjælper det. I Aften kommer Las efter 2 ½ Måned deroppe, et storartet Arbejde har han gjort. Gud veed, om hans største Billede vil gøre Lykke paa ”den baltiske” – sig mig hvad Du synes om det. - .
+I Gaar fik vi herned en smuk middelstor Ulvespids med en vældig pels; Elle hørte nogen herude forrige Nat og sov næsten ikke, de laa hos Alhed den næste og i Nat har jeg ligget her. Politiet blev sat til at patrullere flittigt her forbi om Natten, saa vi er nu ikke bange. Intet var stjaalen, det har vel bare været nogle nysgerrige, takket være Arkitektens Smøleri har vi endnu ikke faaet Laase eller Haandtag til Dørene!! render rundt til dem alle med et løst Haandtag men Dørene kan let aabnes med andet Redskab, naar Nøglen ikke er drejet om, og det havde jeg forsømt den Nat. Det er dog for galt, som A. er mod Dig med Penge. Var det for Dine egne, Du var i Birkerød? Bare Du dog kommer her! Junge vil saa grulig gærne have Dig og det er Synd om det, hun har saa faa Glæder, da hun altid har travlt. Desværre kan Agraren slet ikke med Grete, saa Elle er e_n Smu_le paa Kant med dem ogsaa, kommer der næsten aldrig nu; jeg er saa ked over det, gør hvad jeg kan for Junge, [ulæseligt] Gange haft hende paa Hotel til Kaffe en Aften. Men skriv ikke hertil om det; det nævnes ikke mellem Elle og mig, det bliver vel bedre, nu Grete ikke har noget der at gøre, Men de tre andre har meget at sige paa Junge altid; forleden udtalte Alhed til hende, om hun ikke selv kunde læse med Erik det første Aar!! Naar vi nu veed, at J. er to hele Dage paa Landet, to andre har hun 6 af 7 Timer og de to sidste Dage ogsaa mange Elever!! Det var haarrejsende og det oprørte baade J. og mig; det var forfærdelig Synd af Alhed. Det er dejligt, lille Putte, at Du dog nu har saa mange Venner og Fornøjelser; hvem er Siri?? – 
+Mange Hilsener!
+Bedstemor</t>
+  </si>
+  <si>
+    <t>1916-02-04</t>
+  </si>
+  <si>
+    <t>Adolph Larsen</t>
+  </si>
+  <si>
+    <t>Christine Swane
+Erik Warberg Larsen
+Martin Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvor Johanne/Junge var henne. Christine/Uglen Swane boede endnu hos forældrene på Kærbygaard. Denne gård og Kærbyhus/Lille Kærbygaard lå lige ved siden af hinanden. 
+Adolph og Johanne Larsens ægteskab var problematisk p.g.a. hans alkoholisme. Måske forlod Johanne ham midlertidigt med det mindste barn (han var hjemme med de to større) i 1916.
+Det vides ikke, hvem Mette/Mætte, lille Bror og Andersen var.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0419</t>
+  </si>
+  <si>
+    <t>Bi/Laura Warberg Petersen er nu feberfri. Christine/Uglen Swane har hjulpet med sygepleje. 
+Når Laura/Bibbe bliver rask, vil Adolph/Agraren få en fotograf til at komme og tage billeder af de to børn og ham.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/4Wy2</t>
+  </si>
+  <si>
+    <t>Kærbyhus 4/2. 1916,
+Kære lille Junge!
+Tak for Brevet min lille Ven, det er så morsomt at høre fra Dig. Ja nu er din lille Bi over det værste hun har feberfri både i i Går og i Dag, men hun må jo heller blive i Sængen lidt endnu hun skal nok få Strikketrøjen på Junge. Hun har ikke tabt så meget denne Gang Junge. Uglen lægger Ærmerne ned på Tinges Bluse i Aften. Hun har været så flink til at tilse Bibbe. Mætte læser med Tinge om Aftenen, hun har ikke [”ikke” indsat over linjen] været hos lille Bror siden Bibbe blev syg Junge, så Du behøver ikke at være bange for ham min Ven. Når nu Bibbe kommer op skal jeg nok lade Fotografen komme op og fotografere os alle tre og så sende Dig Billedet. Jo Du kan tro vi længes efter Dig Junge; men det går såmæn hel godt aligevel. Det skal blive dejligt Junge, når Du kommer hjem igen, så skal vi hjelpe hinanden og tjæne Penge og få det så godt altid Junge! Nå nu skal vi hvist ind og spise, vi skal have Hjerter, jeg fik to Grise Hjerter hos Andersen og så købte jeg fire til. Oksebryst til på Søndag. Nu mange kærlige Hilser fra Børnene og din egen
+Agrar.</t>
+  </si>
+  <si>
+    <t>Louise Brønsted</t>
+  </si>
+  <si>
+    <t>Marit -
+Laurentius Allerup
+Grethe Bichel
+Ellen Brønsted
+Else Birgitte Brønsted
+Johannes Nicolaus Brønsted
+Peter Oluf Brønsted
+Grethe Jungstedt
+Adolph Larsen
+Alhed Larsen
+Johanne Christine Larsen
+Elisabeth Mackie
+Ellen  Sawyer
+Jørgen Schou
+Marie Schou
+Lars Swane
+Maria von Sperling. g. Balslev
+Astrid Warberg-Goldschmidt
+Erik Warberg Larsen</t>
+  </si>
+  <si>
+    <t>Adolf Larsen/Agraren var kvartalsdranker. Han og hans kone, Johanne/Junge Larsen, boede i Kærbyhus. 
+Det vides ikke, hvem Wille var. 
+Astrid Warberg blev i 1917 gift med Jørgen Schou, som var søn af Marie Schou/Syberg.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3752</t>
+  </si>
+  <si>
+    <t>Adolf/Agraren Larsen kom sent hjem aftenen før og var fuld. Han var ulykkelig og sagde, at nu skulle det være slut. Han på medicin og stærk kaffe. 
+Lars/Lasse Swane er næsten rask nu.
+Grethe Jungstedt og Elisaberh/Putte Mackie bliver malet.
+Astrid Warberg beder om, at man ikke fortæller Marie Syberg, at hun (Astrid) er syg. Laura synes, at Astrid skal hyre "konehjælp", så "han" bliver skånet.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/dGdH</t>
+  </si>
+  <si>
+    <t>Mandag Efterm
+Kære lille Muk!
+Jeg har lige ringet op og fortalt Alhed, at jeg var i Formiddag i Kærbyhus; han var kommen hjem i Aftes ved 10 ½ Tiden, noget fuld, men ikke saa slemt. Elle havde af Værten i Skoven hørt, at han Værten [”Værten” indsat over linjen] havde sagt til dem alle, de maatte ikke skænke mere for Agraren. Denne havde i Morges overfor Marit været meget ulykkelig havde forsikret, at nu skulde det være forbi, hun fik ham til at blive i Sengen i Dag og han tager Medicin, ligesom ogsaa Marit fylder ham med mest mulig ret stærk Kaffe, dette havde Grethe Bichel raadet. Alhed mente, Du vilde blive glad ved at høre dette inden Du skal ind til Johanne. Jeg fortalte ogsaa Alhed, at jeg har faaet Brev fra Junge, som af Marie Sperling havde hørt, at lille Lasse er oppe og næsten rask og Erik fejlede ingenting endnu. Vi savner lille Bes; sig hende, at her var saa mange Fluer til Middag! Jeg har bedt Putte tage sig sf Muldvarpeskindet og skal nok sende hende det en af Dagene. Jeg hørte inde hos Wille P., at Allerup fulgte Eder lige til Nyborg, vi slutter deraf, at I havde en heldig Tur – ellers vilde han vel have fortalt det. Alhed laa paa sin Divan i Formiddags, sagde Grethe, som var oppe at blive malet alene, det passede desværre ikke med Putte; men for lidt siden sagde Alhed selv, at hun har det meget godt. Ja, saa er der jo ikke mere! Jeg havde et Par Ord fra Astrid om at jeg endelig ikke maatte fortælle Fru Syberg, hun har været daarlig og endnu er meget sløj. Jeg vil skrive til hende og raade hende at tage lidt Konehjælp; de har jo faaet 100 Kr. til at føre Hus for, saa kan hun nok faae Raad dertil, det er jo forkert at tage hans kostbare Tid til Husarbejde, synes jeg. 
+Kærlige Hilsener til Eder alle!
+Mor!</t>
+  </si>
+  <si>
+    <t>1917-12</t>
+  </si>
+  <si>
+    <t>Nora -
+Bodil Bech
+Alhed Marie Brønsted
+Ellen Brønsted
+Else Birgitte Brønsted
+Johannes Nicolaus Brønsted
+Peter Oluf Brønsted
+Grethe Jungstedt
+Adolph Larsen
+Alhed Larsen
+Johanne Christine Larsen
+Marie Larsen
+Christine  Mackie
+Poul Uttenreitter
+Andreas Warberg
+Fritz Warberg
+Minna Warberg
+Erik Warberg Larsen
+Carl Frederik Wolf-Frederiksen
+Sofie Wolf-Frederiksen</t>
+  </si>
+  <si>
+    <t>Alhed og Johannes Larsen fik bygget atelierer i 1917 ("de nye Lokaler"). 
+Laura Warberg boede i et hus i Strandgade i Kerteminde frem til 1918. Alhed og Johannes Larsen havde fået opført huset til hende. 
+Det vides ikke, hvem Ida var. 
+Tandlægens er formodentlig Wolf-Frederiksen.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3755</t>
+  </si>
+  <si>
+    <t>Laura Warberg sender marcipan og fotografier.
+Alhed Larsen har travlt med flytning til de nye lokaler.
+Andreas/Dede Warberg kommer 3. juledag.
+Man skal slagte.
+I julen er der stor soupé hos tandlægens.
+Det er dejligt, at Johanne/Junge og Adolf/Agraren Larsen nu har en god økonomi.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/GM1P</t>
+  </si>
+  <si>
+    <t>[Skrevet med blyant øverst s. 1:]
+c 1915
+[Skrevet med blæk:]
+Onsdag Aften
+Kære lille Muk!
+Jeg glæder mig til paa Fredag at høre fra Christine, hvordan I alle har det! Haaber godt! Som Du ser er jeg i god Tid med mine Breve og de faa Pakker, jeg skal afsende. Marcipanen er til Deling mellem Børnene; Billederne kan Du maaske finde en beskeden Plads til; en Gang i Tiden vil de faae mere Verd for Eder end saa længe jeg boer her; jeg har faaet 12 af hvert og anvender dem som Julegaver til Børn og Søskende. Jeg har selv altid været saa glad ved de to Billeder af Hjemmet i Tranekær. Alhed gaaer hver Dag i travl Virksomhed med at flytte ind i alle de nye Lokaler, det ventes at være færdigt paa Fredag Aften. Grethe er oppe i Dag at hjælpe med Bagning og jeg har tilbudt mig Fredag Aften, hvilken Dag Johanne overlader hende Marie fra om Morgenen. Der har været Masser at gøre, men saa bliver Resultatet sikkert ogsaa storartet. I Morgen fælles Slagtning (en Gris) i Kærbyhus; der skal Alheds Nora hjælpe. Jeg venter Dede 3_de_Juledag; Minna har nu to Piger, og de er begge saa flinke og rare. De faaer Besøg de første Helligdage af Frits og Ida. 
+Vi skal alle til en stor Festlighed hos Tandlægens i Julen, Dede med, staaende Soupér, Masser af Mennesker og formodentlig af Mad. Johanne har det godt og Humøret staaer højt. Det er saa dejligt at see de har nu Raad til et og andet ligesom vi andre. Hun har købt sig en Gæstekammerseng og Erik har faaet helt nyt Sæt Tøj. Johanne tager Undervisning i Musik hos Uttenreiters Kæreste, som besøger dem en Gang om Maaneden. 
+Naa, mere bliver det ikke denne Gang lille Muk! uden Masser af Kærlige Hilsener og gode Ønsker for Jul og Nytaar til Eder alle!
+Bedstemor .
+[Skrevet på hovedet på modstående side:]
+Til Lugge.</t>
+  </si>
+  <si>
+    <t>1918-08-31</t>
+  </si>
+  <si>
+    <t>Martofte</t>
+  </si>
+  <si>
+    <t>Birkerød</t>
+  </si>
+  <si>
+    <t>Hans Christian Engelsen
+Adolph Larsen
+Johanne Christine Larsen
+Johannes Larsen
+Elisabeth Mackie
+Rasmus Petersen, Gartner
+H Schriver
+Laura Warberg Petersen
+Leon Zerlang</t>
+  </si>
+  <si>
+    <t>Andreas og Johan Larsen er elever på Birkerød Kostskole. 
+Alhed og Johannes Larsen byggede i 1917-1918 deres villa om og til. De fik bla. et vaskehus, og både grov- og serveringskøkkenet blev ændret. 
+Adolph Larsen, Johannes Larsens bror (Baser), var kvartalsdranker. Han og hans kone, Johanne (Junge), boede i Kærbyhus. De var forældre til Bibbe, og Putte var Johannes niece.</t>
+  </si>
+  <si>
+    <t>Alhed Larsen har ikke æbler tilovers dette år. 
+Putte og Bibbe er blevet sendt væk fra Kerteminde, og Andreas og Johan (Puf og Lysse) må tage sig af dem. Alhed håber, at det vil hjælpe på Adolph Larsen (Baser), som har opført sig helt forfærdeligt, men nu ved Alheds hjælp er blevet mere medgørlig.
+Det går godt med byggeriet, og Larsen-familien skal have rejsegilde på vaskehuset.
+Alhed beder de to drenge om at hænge i med skolearbejdet.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/ipO9</t>
+  </si>
+  <si>
+    <t>Kære lille Puf og Lysse!
+Tak for Jeres Breve i dag! Jeg skal nok sende de Dele I skriver om med Vasketøjet en af Dagene. Jeg haaber I har sendt Kurvekufferten tilbage, ellers maa I endelig gøre det med det samme. Fyldepennen har jeg ikke set nogen Steder, men jeg skal nok lede efter den. Karlen fik Putte med ligeledes Besked om Æbler. Vi selv har ingen at sælge i Aar, navnlig ingen Gemmeæbler. Jeg kan jo tale med Rasm. Petersen om det, men det er jo ikke sagt det bliver billigere end de kan købes der. Spørg Hr. Engelsen hvormange det skulde være. Det kunde jo være, naar det var en større Bestilling, at han saa vilde gøre et lidt billigt Bud. – Jeg haaber I vil tage jer lidt af lille Bibbe og være rigtig søde imod hende, kan I ikke give hende og Putte en Konditortur. Det er jo i Haab om at det skal hjælpe paa Baser, at Børnene er sendt bort, det har været saa slemt med ham i den senere Tid, men dette har gjort et forfærdeligt Indtryk paa ham. – Men Byggeriet har [det sidste ord overstreget] gaar det helt rask for Tiden. Paa Mandag skal vi have Rejsegilde paa Vaskehuset, der bliver en Snes Mennesker, vi skal spise i Værkstedet: Smørrebrød, Øl, Snaps, Æbleskiver, Punsch, Kaffe og Cigar. Bare I var med til det. – Malerne har taget fat i Køkkenet, vi har bestemt os for en [”en” indsat over linjen] lyserød (lidt mørk) Farve til at det hvide [det sidste ord overstreget] malede. Væggene hvide. Det ser smukt ud. – Ellers er her ikke sket noget mærkeligt. Jagten har vi ikke hørt noget om, Schriver sagde den anden Dag til Jeres Far: De er nok Liebhaver til Jagten Hr. Larsen. Ja det er jeg sagde han. Vi skal nok lade jer vide naar vi hører noget. – Fortæl mig lidt om hvordan det gaar jer med Læsningen, har I begyndt at læse extra med Hr. Zerlang. Du maa da endelig strax tage fat lille Gamle. Jeg tænkte [det sidste ord overstreget] skal nok tænke lidt over Stilen lille Lysse, men gør Du det ogsaa, det er vigtigere. – Alle Dyrene har det godt, ogsaa Haren. Baser har foræret os et Par Turtelduer. – Naar jeg har været nede med dette, skal jeg over i Kærbyhus og se til dem. Jeg er Basers Barnepige i disse Dage, overfor mig er han blød og god, jeg har faaet ham til at spise, tage Medicin og lægge sig til at sove. Han har ellers ikke spist siden i Gaar Morges og har været rasende paa Tante Junge over det med Børnene. Men nu er han som sagt Blød.
+Nu Farvel søde drenge. Det blæser en Brandstorm og Æblerne styrter ned. Skal jeg sende Jer en Kasse Chalemovcky? – Jeres Far hilser mange Gange.
+1000 Hilsner fra jeres Mor
+Lørdag Eft.</t>
+  </si>
+  <si>
+    <t>1920-05-08</t>
+  </si>
+  <si>
+    <t>Jørgen Brandstrup
+Alhed Marie Brønsted
+Ellen Brønsted
+Louise Brønsted
+Christian Caspersen
+Emmy Caspersen
+Adolph Larsen
+Alhed Larsen
+Johannes Larsen
+Christine  Mackie
+- Nielsen, pige i huset hos Astrid Warberg-Goldschmidt
+Ellen  Sawyer
+Hempel Syberg
+Else Warberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Den mark, som Louise/Lugge Brønsted og manden ville sælge i Birkerød har formodentlig hørt til det gartneri, Tornehave, som de havde købt. Marken kan jvnf. bemærkningerne om den anslåede indtægt have været forpagtet ud. 
+1918 flyttede Laura Warberg ind hos Agraren (Adolph Larsen) og hans kone Johanne (en datter af Laura Warberg) på gården Store Kærbyhus i Kerteminde med en husassistent.
+I 1918 havde Johannes Larsen købt Kirkemøllehuset, som lå lige nedenfor hans have på Møllebakken, og i 1920 solgte han huset til Ellen Sawyer. Laura Warberg flyttede ind hos datter, Ellen. 
+I 1920 arbejder Astrid/Dis Warberg-Goldschmidt som rigsdagssekretær i Kbh. 
+Det vides ikke, hvem Helene var.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0439</t>
+  </si>
+  <si>
+    <t>Louise/Lugge Brønsted slider meget og ser træt og gammel ud. Hun og manden sælger nok marken i Birkerød for at skaffe penge. 
+Det er godt, at Johanne har færre elever og dermed mere tid, samt at Adolph/Agraren tjener penge hos Johannes/Las Larsen. 
+Laura vil gerne leje et værelse til sine møbler. Hun beder Johanne gå i banken og se, hvor meget hun/Laura har på kontoen. 
+Astrid har fundet en god ung pige i huset. 
+Det er dejligt, at Elle/Ellen straks kan komme til at bo i sit hus, men Alhed kommer til at savne hende.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/7IvF</t>
+  </si>
+  <si>
+    <t>Lørdag d: 8de.
+Kære Johanne!
+Tak for det lange interessante Brev og for Din Hilsen i Gaar, da jeg ogsaa fik et langt Brev fra Alhed og fra Syberg og Tante Else. Jeg var hos Lugge af [ulæseligt] og gammelt hele Dagen, men jeg ringede til Max sender [ulæseligt], og dem gik Bes derind og hentede, saa fik Lugge ogsaa Del i dem. Stakkel hun slider grueligt i det, ser gammel og forslidt ud. Tænk hvor rørende at Lugge [”Lugge” overstreget] Lomme har sendt hende 100 Kr. af sin Løn, hun havde en Del tilgode og med sig selv er hun saa sparsommelig! Nu tænker de da heldigvis paa at sælge i al Fald Marken i Birkerød; de maa have Penge. Den ansl. Indtægt som hed sig var 10-15000 er nu reduceret til 5000, men lad os see den først! M[ulæseligt]diens Projekter!!, hvor haabløst har de ikke hidtil været. Derimod synes jeg det ser ret lyst ud for Eders Financer lille Johanne! og det er mig en stor Glæde at tænke paa om min Bortrejse har bidraget hertil. Hvilken Indskrænkning i de daglige Udgifter! Og naar Du har færre Elever har Du ogsaa bedre Tid til lidt mere husligt Arbejde – At Agraren skal have 100 Kr. mdl. hos Las’s er jo udmærket, saa længe det varer!! Jeg vil jo gærne leje Værelset til mine Møbler; vi kan altid tale om Prisen. Men det er vel allerede til April Flyttedag, de Mennesker skal flytte ind? Saa jeg faaer nok en Del at bestille, naar jeg nu kommer først i April. Det er en Skandale, at jeg ikke veed sikkert, hvor meget der er paa min Bog, men vil Du ikke nok gaae ned i Banken med indlagte Seddel og saa spørge fra mig, hvor meget der er tilbage, men det er vel [et overstreget, ulæseligt ord] flovt [”flovt” indsat over linjen] maaske bede om Bogen, da jeg snart kommer hjem??? Jeg har jo lovet Chr. 50 Kr. til Hjælp, da hun var syg og Helene skal have 25, dels i Drikkepenge og dels til en Brudegave. I Dag skal jeg som sædvanlig til Astrid Kl. 3 tage Afsked med den brillante Frøken Nielsen, som rejser paa Onsdag; men tænk at A. for 3de Gang har været heldig (ser det da ud til) og faaer paa Tirsdag en 29aarig Enke! Efter en Annonce, A. har indrykket i Berlingske. Hun har været der og ser meget lovende ud. 
+I Morgen skal jeg til Taastrup første Gang. I Onsdags havde jeg Emmy og Bes med i Folketeatret paa mine billige Kouponbilletter fra den radikale For; har to tilbage den ene gratis og købe [ulæseligt] med. Jørgen Br. er syg igen, men mindre strengt Anfald. Saa Farvel søde Johanne! Hvilken Begivenhed at Elle straks bebor sit Hus! Alhed vil savne hende.
+Kærlig Hilsen!
+Mor.</t>
+  </si>
+  <si>
+    <t>1920-12-22</t>
+  </si>
+  <si>
+    <t>Brevkort</t>
+  </si>
+  <si>
+    <t>Tornehave Birkerød St.</t>
+  </si>
+  <si>
+    <t>Christine Swane
+Lars Swane
+Hempel Syberg
+Erik Warberg Larsen</t>
+  </si>
+  <si>
+    <t>Christine/Uglen og Sigurd Swane blev skilt i 1920 og holdt derfor ikke jul sammen.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3764</t>
+  </si>
+  <si>
+    <t>Laura Warberg sender godter. Et langt brev følger efter juledagene. 
+Lille Erik har været syg længe.
+Christine/Uglen Swane og sønnen er kommet til Kerteminde for at holde jul.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/i5m7</t>
+  </si>
+  <si>
+    <t>[Fortrykt på kortets adresseside:]
+BREVKORT.
+[Håndskrevet i adressefeltet:]
+Fru Brønsted
+Tornehave
+Birkerød St.
+[Håndskrevet i tekstfelterne:]
+Kærbyhus 
+Jul 1920
+Kære Lugge!
+Her leveres en Æske Godter fra Syberg, men jeg er bange I ikke faaer dem til Juleaften, jeg sender heller Brev lagt i. Jeg skal sende dem tilligemed langt Brev efter Juledagene. Alt vel her! Lille Erik har kigget en Uge af Angina men skal op i Dag. Uglen og Lasse kom i Gaar, skal være her i Julen. Frugten er kommen og omdelt! Tak!! Glædelig Jul ønskes Eder allesammen!
+Bedstemor.</t>
+  </si>
+  <si>
+    <t>1922-04-20</t>
+  </si>
+  <si>
+    <t>Rossia</t>
+  </si>
+  <si>
+    <t>Margrethe Benzon
+Ellen Branner
+Thora  Branner
+- Gad, Frøken
+- Grandjean
+- Hartmann, frk. 
+- Jahn, stenografilærer
+Inga -, Malmø
+Astrid Møller
+Janna Schou
+Jørgen Schou
+Christine Swane</t>
+  </si>
+  <si>
+    <t>Astrid Warberg-Goldschmidt arbejdede i forsikringsselskabet Rossia. 
+De rystende tilstande handler formodentlig om, at Adolph/Agraren Larsen, som var gift med Johanne/Junge, var alkoholiker. Flere familiemedlemmer forsøgte i perioder at få Johanne til at forlade ham for en periode, så han kunne indse, at han skulle afvænnes.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2490</t>
+  </si>
+  <si>
+    <t>Det er skrækkeligt for Johanne/Junge, men hun holder jo af ham. Han accepterer vel ikke, at hun får en bestyrer, mens han tager noget skovarbejde. 
+Astrid har lavet et katalog for Christine Swane og fået et billede for det. Hun har også renskrevet for en arkitekt - hun snød sig til at gøre det i arbejdstiden. Og Astrid skal oversætte en tekst fra svensk til dansk. 
+Omkring 1. juli tager Astrid til Harzen med en kollega. Jørgen/Buf Schou tager imens datteren med til Kerteminde.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/4B2d</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+Fru Laura Warberg
+Kærbyhus
+Kerteminde
+Fyen.
+[Fortrykt på hovedet på kuvertens bagside:]
+Reinsurance Company ”Rossia”. 
+Bornholmsgade 8. Copenhagen K. 
+[Håndskrevet:]
+afs. A Warberg
+Rolfsvej 17, 4
+F.
+[Poststempel]
+[Maskinskrevet i brevet:]
+Rossia, den 20. April. 1922.
+Kæreste Mor!
+Tak for dit sidste Brev. Det er rigtignok rystende Tilstande at høre om – hvor er det dog skrækkeligt altsammen. Og saa bestaar jo Ulykken til syvende og sidst deri, at Junge bliver ved at holde af ham – ellers var Sagen jo langt mindre kompliceret. Men der er jo i Virkeligheden ikke noget at stille op med – for det maa man bøje sig. Ja, Livet er sandelig fuldt af Urimeligheder. Gid dog Junge paa en eller anden Maade kunde komme ud af det altsammen – men han går vel aldrig ind paa, at hun faar en Bestyrer, mens han gaar paa Skovarbejde – det er jo ogsaa haarde Konditioner for en Mand at gaa ind paa, jeg kan slet ikke tænke mig, at han gør det. Jeg er meget spændt paa at høre, hvad det bliver til med det alt sammen. Det er frygteligt for mig at høre, at Junge blev forskrækket, da mit Brev kom, og troede, at jeg vilde bebyrde hende med mine Sorger, nej, jeg plejer ikke at plage andre med mine Genvordigheder, jeg ved saa godt, at ingen i Verden kan hjælpe mig, og jeg synes da heller ikke, at jeg plejer at give noget saadant Udtryk i mine Breve. 
+Jeg har for Resten haft et Par smaa Lyspunkter i den senere Tid m.H.t. Ekstrafortjeneste. Først var der jo det Katalog, jeg lavede for Uglen, og for hvilket jeg fik det store dejlige Billede, som jeg hver Dag glæder mig saadan over. Saa fik jeg lige efter Paaske et Arbejde for en Architekt (efter Telefonen) paa 10 Kr., jeg har jo lejet min Maskine ud, men jeg tog dristigt Arbejdet alligevel, haabende paa, at jeg fik Tid at skrive det heroppe – og virkelig, den første Dag efter Paaskeferien var her absolut intet - og det lykkedes mig at skrive hele Arbejdet – 10 Foliosider - uden at nogen mærkede det - og saa var de 10 Kroner tjent – og blev henlagt til det lille Gilde, som jeg agter at holde paa næste Fredag. Gæsterne bliver: Uglen, Tutte, Frøken Gad, evtl. Margrethe Benzon, Fru Grandjean, Trisse, Frk. Hartmann (de tre sidste her fra Kontoret evt. Ellen Kramer [”evt Ellen Kamer” håndskrevet]
+Saa fik jeg i Dag fra en fra en af Damerne heroppe, som jeg har anbefalet til Stenografundervisning hos Hr. Jahn, min tidligere Stenograflærer, en Anmodning om at ringe til ham, da han gerne vilde have mig til at besørge en svensk Oversættelse – jeg tager den frejdigt, skønt jeg paa ingen Maade kan oversætte fra Dansk til Svensk – men jeg vil ty til Ingas Assistance – ved fælles Hjælp maa det vel kunde lade sig gøre – og jeg vil gøre alt for at forbedre min Økonomi, for - - - - 
+for tænk dig, jeg har nu næsten slaaet fast, at jeg i min 14 Dages Sommerferie rejser ned til Harzen – lokket af en Annonce i Politiken saalydende: 
+”I en højtliggende Fremmedpension i Wernigerode Harz kan modtages Gæster
+”paa kortere og længere tid. Herlig Luft, god Forplejning garanteres. Pris fra 
+”2-3 Kr. pr. Dag. Refr. faas ved Henvendelse til Lindegaard, Dyrehaven, Nyborg.”
+Vabehar? Lyder der ikke godt? Jeg har straks skreven til Nyborg efter nærmere Oplysninger og saa har Frøken Hartmann (fra Bogholderiet) bestemt os til at følges ad derned, hun er en rigtig sød Pige, i hvert Fald et dannet Menneske – og alene var det jo ikke så sjov at rejse. Jeg ringede først til Tutte om hun ikke vilde med – for det var jo ikke saa lidt sjovere at rejse med en af Søstrene, men hun mente ikke at ville ofte det på sig selv. Jeg har jo mit Gratiale – mere end 200 Kr. kan jeg ikke præstere, men for den Sum maa det jo ogsaa nemt kunne gøres, naar man rejser direkte derned og bliver paa eet Sted for en saa billig Pension. Vi studerer Landkortet i alle Pavser og er opfyldt af Rejselængsel – det ligger lige ved Brocken, hvortil vi maa kunne spadsere. Vi tager vistnok afsted den 1ste Juli. Saa tager Buf Nusset til Kerteminde i de 14 Dage – saa maa de fejre hendes Fødselsdag derovre, den 3die Juli. Det er lidt hårdt ikke at skulle have hende i Ferien, men jeg tror hun vil nyde godt af senere, at jeg forsøger at komme lidt i Orden.
+Ja, nu nærmer Klokken sig Gudskelov 5, saa er vi færdig med Slaveriet for i Dag, saa skal jeg hjem til et lille bedaarende Nus, det glæder jeg mig hver Dag til.
+[Det følgende håndskrevet:] Mange Hilsner til Dig og Jer alle fra Din A.
+p.s. Desværre tør jeg ikke tænke på at rejse til St. Jørgens Festen – alle Penge må spares nu!</t>
+  </si>
+  <si>
+    <t> 1. jun. 1923</t>
+  </si>
+  <si>
+    <t>Indledning til togt med Rylen i juni 1923
+Achton Friis og Johannes Larsen sejler med skibet Rylen til bla. Sejerø og øerne i Isefjorden. Dagbogen handler mest om naturiagttagelser og i overvejende grad om fugle og planter på øerne.
+Dagbogens sidste 3 sider, der er noteret undervejs, er medtaget under denne dato.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/n/9LdcvZH9</t>
+  </si>
+  <si>
+    <t>1924-01-03</t>
+  </si>
+  <si>
+    <t>Alhed Marie Brønsted</t>
+  </si>
+  <si>
+    <t>Møllebakken 14, 5300 Kerteminde, Danmark</t>
+  </si>
+  <si>
+    <t>Alhed Larsen
+Johan Larsen
+Marie Larsen
+Elisabeth Mackie
+Sigurd  Swane</t>
+  </si>
+  <si>
+    <t>Kopier findes på Johannes Larsen Museet.</t>
+  </si>
+  <si>
+    <t>Vel hjemme efter juleferie er Alhed Marie Brønsted serveringsdame for deltagerne omkring bridgebordet.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/tJMg</t>
+  </si>
+  <si>
+    <t>[3-1-24]
+Onsdag Aften!
+Kære Muk!
+Rejsen gik som sædvanlig. Nu spiller de Bridge: T. Be, Swane, Lysse og Mareje. Jeg vandrer om som ”Alf” med Vin, Øl, Chokolade, Marcipan o.s.v. Det er sidste Aften Lysse og Swane er her. Putte er i Seng. – Lige efter Aften. gik Mareje om til Kærbyhus og vi andre spillede Bridge I mellemtiden kom Mareje hjem og stillede sig op ved Siden af Bridgebordet og saa lidt paa det – saa sagde hun:” Skal vi vente til Kampen er forbi eller hvordan?” Jeg maa tilstaa at jeg blev forbløffet; men man er jo snart vandt til den Slax. Oven i købet tilføjede hun at hun kun vilde spille i Stedet for Lomme.
+Naa, nu skal vi i Seng.
+Hilsen fra Lomme.</t>
+  </si>
+  <si>
+    <t>1924-03-03</t>
+  </si>
+  <si>
+    <t>Ellen Brønsted
+Adolph Larsen
+Alhed Larsen
+Andreas Larsen
+Johan Larsen
+Johanne Christine Larsen
+Asta Thalbitzer
+Laura Warberg</t>
+  </si>
+  <si>
+    <t>Andreas Larsen rejser for at påbegynde uddannelse til gartner, og i den anledning holdes afskedsfest på Møllebakken. Her skal Adolph Larsen arbejde som karl denne sommer, mens familien også overvejer at leje den ene etage af huset ud og opsige den ene af deres to tjenestepiger. 
+Alhed Marie Larsen er ude at løbe en sidste tur på skøjter med Andreas Larsen. 
+Søsteren Ellen Brønsted skal en tur til Paris.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/1XAC</t>
+  </si>
+  <si>
+    <t>[3-3-24]
+Kære Muk!
+Tak for jeres Brev. I var nok i ”Pjankehjørnet”, da I skrev det; men det er jo kun godt. Jeg kan huske en Gang, da vi gik Tur med Thalbitzer i ”Kattehale”, (hvad der var ment som en meget stor Ros) og Fru Thalbitzer kaldte det, at jeg ”skældte ud”. 
+I Dag er Puf rejst. Du ved nok, at han skal være Gartner. Tante Be fulgte ham til Odense. I Aftes holdt vi et lille Afskedsgilde for ham med Agraren og Tante Junge til Aften (Aal i Karry og Ostepinde) Bagefter fik vi Chokolade og Appelsin og Madeira.
+Agraren skal være Karl her i Sommer og have 100 Kr. om Maaneden.
+Tante Junge tænker paa at sælge Kærbyhus; men Tante Be raader hende til i Stedet at flytte oven paa og leje det nederste ud. Saa kan hun ogsaa sige den ene Pige af. Det er jo ogsaa vanvid, at hun har to Piger. 
+Nu trækker Himlen over med faretruende Skyer. Mon vi skulde faa Snestorm igen? Barometret er nede paa 73⁰.
+Har jeg fortalt dig om vores sidste Skøjtetur? Isen var saa blank, at jeg saa Pufs Spejlbillede, lige saa tydeligt, som ham selv. 
+Der er blevet fældet to store dejlige Pile paa Vejen ud til Taaby stranden. Den ene faldt lige over Jernbaneskinnerne, og de havde Besvær med at faa den flyttet, inden Toget kom.
+Nu skal jeg skrive til Bedstemoder og blandt andet fortælle om Lysses Fødselsdag.
+Bes kan sagtens, hun skal til Paris? Er hun ikke henrykt?
+Hilsen til jer alle fra Lomme.</t>
+  </si>
+  <si>
+    <t>1926-05-26</t>
+  </si>
+  <si>
+    <t>Frederiksberg
+Rolfsvej 17</t>
+  </si>
+  <si>
+    <t>Hareskoven</t>
+  </si>
+  <si>
+    <t>Fru Balslev
+Rigmor Balslev
+Julie Brandt
+Bodild Branner
+- Glarup
+Karen Goldschmidt
+Adolph Larsen
+Alhed Larsen
+Johannes Larsen
+Lotte Lehnert
+Christine  Mackie
+Elisabeth Mackie
+- Olsen, København
+- Petersen, Hareskov
+Ellen  Sawyer
+Janna Schou
+Sophie Walleen
+Andreas Warberg
+Laura Warberg
+Erik Warberg Larsen
+Martin Warberg Larsen
+Laura Warberg Petersen
+- Weirsøe</t>
+  </si>
+  <si>
+    <t>Thopedeaborg var navnet på det legehus, som Warberg-børnene havde i haven ved barndomshjemmet Erikshaab på Fyn. 
+Fru Goldschmidt kan være brevskriverens tidligere svigermor eller evt. Karen Goldschmidt. Det vides ikke, hvem "den lille Goldschmidtpige" er. 
+Det vides heller ikke, hvem Frk. Koch er.</t>
+  </si>
+  <si>
+    <t>Warberg Kerteminde egns- og Byhistoriske Arkiv BB0992</t>
+  </si>
+  <si>
+    <t>Ingeborg Astrid forsøger i brevet at overtale sin søster, Johanne, til at forlade sin alkoholiserede mand. Hun må leje lejligheden ud og med sønnen flytte hjem til Ingeborg. Johanne kan få klaverelever. Datteren kan måske få en plads som sygeplejerske. Adolph, Johannes mand, må få et arbejde i landbruget, og Johanne kan vende tilbage til ham, når han er holdt op med at drikke. 
+Ingeborg savner sin mor. 
+For 20 kr. har Ingeborg fået bygget et træhus i en have ved Hareskoven. Det skal males rødt som i Sverige. Fru Weirsøe har givet Ingeborg lov til at dyrke jorden.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/5iq4</t>
+  </si>
+  <si>
+    <t>[Kuvertens forside er stemplet 1926-05-27 i København og adresseret til (skrevet i hånd, af Ingeborg Astrid):] 
+Fru Johanne Warberg Larsen
+Kærbyhus
+Kerteminde 
+[Med blyant skrevet i hånd:]
+læst 1964, 1925 26 maj. 
+Om: 1) Plan for Junge
+2) ,,Thopedeaborg” i Hareskov
+[Med kuglepen er skrevet:] 2004
+[Kuvertens bagside er stemplet 1926-05-27 i Kjerteminde og med afsenders (Dis- Ingeborg Astrid) håndskrift er skrevet:] 
+Jeg tænker på Jer d.28ende – så går I sikkert derud om Aftenen – så er jeg med – tænk på det – jeg følges med dig og er med i det alt sammen. Det er en mærkelig 28’ Maj i År – ikke?
+[med anden håndskrift står:]
+densely
+regardless = uden hensyn til
+Tribal = Stamme.
+Onsdag Aften 
+Rolfsvej 17, 4 d. 26 Maj 1925. 
+Kæreste lille Junge! 
+Dette bliver et meget betydningsfuldt og tillige et meget hemmeligt Brev – men jeg er hverken bleven gift eller har vunden i Lotteriet – hvori jeg ikke spiller – det angår idet hele taget mindre mig end dig, det jeg vil skrive om – det angår os begge – men mest dig og lille Manse. Er du nu godt spændt? 
+Tusind Tak for Brevet – som lå her, da jeg kom hjem fra Kontoret i Dag, Onsdag. Det rørte mig dybt – dels at du skrev sådan et langt Brev – og dels alt det, du skrev. Så var det jeg fik følgende Idé, som du må tænke godt over – ja, Junge, jeg kan næsten ikke udholde, at du går der og har det værre og værre – mens jeg går her og har det bedre og bedre – bryd nu du [ulæseligt ord] og følg mit Råd! Når Agraren stadig ikke kan blive bedre, så sig til ham, at ganske vist vil du ikke pure svigte ham og søge Skilsmisse – som jo mangen anden havde gjort forlængst; men på den anden Side kan du ikke længere forsvare hverken overfor Børnene eller overfor dig selv at have Tingene gående på denne Måde, der fører til det rene ingenting – bestandig ned ad Bakke trods alt det Slid og Slæb. Forsøg at få hele Lejligheden lejet ud til Oktober Flyttedag – møbleret som den er – og så kan du og Manse rejse herind til mig – I kan godt være her begge to. Så lægger vi Børnene i Sovekamret – og vi to kan ligge i Sofaen. Jeg kan jo – som hidtil – nok udrede 60 Kroner om Måneden til Husbestyrerinde; af disse Penge kan du få nogen – og derfor holde Hus for os – resten kan være for Manses Ophold. Vi kan fordele det, som du selv synes – du forstår nok dette – ikke? Manse som Nr. 4 i Familien kan jo ikke koste meget til Maden – så har du Resten til Jer selv. Så mener jeg, du kan få dit Klaver herind – og så prøver vi så småt med 1 à 2 Elever – du lirker en lille Praksis af efterhånden, mens du fører Hus for os – Nus som første Elev, jeg har dog tænkt på at koste lidt musik på hende – vi sætter Reklame op nede hos Jakobsen i Kælderen osv – osv. Til Agraren siger du, at ad Åre – når han er helt i Orden – sætter I atter Bo sammen. Dine Billeder og dit Sølvtøj deponerer du henholdsvis i Banken (Sølvtøjet / og hos Lases eller Elle – en Del kan du tage med herind. Ja – er det i Grunden ikke oplagt – er der noget at betænke sig på, kæreste lille Junge -! Du kan ikke blive ved på den måde. Manse kan jo gå i gratis Skole her – måske kunde vi få ham i den berømte Skole på LaCourvejen – det er en Kommuneskole, men en Mønsterskole med glimrende Lærere. For Bibbe finder vi nok Råd; foreløbig kan hun sikkert klare sig et Par År til hun får Alderen til et eller andet – måske en god Frøkenpigeplads herovre et Sted – måske hos Rimse eller hos Jean Balslev? Har hun ikke Lyst til Sygepleje? Putte er så henrykt For sin Virksomhed på Børnehospitalet – hvor hun jo foreløbig har fri Station og Klæder (til dels) - og om 3 Måneder får hun desuden 25 Kr pr Måned! Jeg ved dette, da jeg i går gik lige fra Kontoret og til Mornine med en hel Del Grene og Blomster, som jeg om Morgenen havde med fra Hareskoven (jeg har hver Mandag nogle med til en eller anden) – desuden købte jeg noget Chokolade til hende; hun lå i Sengen af Bronchitis og var meget sløj; jeg tror hun blev glad ved min lille Visit, eller i alt Fald ved det, jeg bragte hende; Putte kom, mens jeg var der; derved fik jeg alt det at vide – Putte var strålende glad ved sin Virksomhed og fandt det slet ikke svært. - . Og Tinge klarer jo sig selv; når jeg nu igen kommer i med Fru Goldschmidt, kunde vi måske dér få noget Tøj af og til som kunde hjælpe på Stillingen for Tinge – på den Måde kunde du også være noget for ham herinde fra. Noget må der gøres, Junge, det kan ikke blive ved at gå på den måde – som ikke fører til det mindste. Du sidder jo der og øser Vand med en Si År ud og År ind, kæreste lille Junge – og hvis det gavnede Agraren, men jeg kan ikke rigtig indse det. Tværtimod kunde jeg tænke mig, nu dette Foretagende kunde få ham til at vågne. Vi måtte jo stadig være goe ved ham – absolut ikke foretage dette Skridt i Vrede – kun med klogt Overlæg og med Hensyntagen til alle Jer andre. Jeg tænker mig, at han så kunde rejse et helt andet Sted hen og tage Plads ved Landbruget – sig selv kan han da altid underholde derved og mere vil vi jo ikke forlange af ham. Jeg vil ikke Agraren til Livs med dette Forslag, men er han ikke selv tjent bedre med, at han ikke fuldstændig tager Livet af dig og ruinerer Jeres Tilværelse? Nu må du ikke sige, at det ikke lader sig gøre – for det kan lade sig gøre, og vi må handle inden det bliver for sent. På den anden Måde har du nu forsøgt længe nok – og når vi har set, at det ikke fører til noget, så må vi ændre Kursen og forsøge noget andet – jeg tror lille søde Junge, at det er på høje Tid! 
+Jeg tror fuldt og fast, at Agraren endnu kan reddes til et Menneskeværdigt Liv, men kun ved en Naturkatastrofe – og den er givet i den Plan, jeg foreslår dig. Åh, lille Junge, om jeg kunde opnå at se dit lille trætte, bekymrede Ansigt blive forvandlet til et glad og lykkeligt! Jeg skulde nok sørge for, at du ikke blev forslidt herinde; og så har vi vort lille Fristed i Hareskoven at ty til, når Byen volder os Ubehag – min egen bedste Ven, jeg vilde gøre alt, for at du skulde komme til at befinde dig vel – ja, det tænker du jo nu slet ikke på, men for lille Manse skulde vi også nok gøre det godt og interessant – han og Nus skulde snart blive fine Venner. Du ved, hvordan mit Standpunkt er overfor Agraren – Jeg er absolut uden Vrede – kun opfyldt af Medfølelse; dét, at han ikke mere er sød imod dig – og det er han ikke! – det har forandret meget i hele Situationen; så længe han virkelig elskede dig overalt på Jorden – elskede dig i al sin Skrøbelighed, ja, så længe kunde du ikke rejse fra ham – for så havde han endnu en Mulighed for gennem sin Kærlighed til dig at kunne rette sig. Som det nu er, kan du ikke længere bevirke dette for ham – i hvert Fald ikke når I går sammen, måske snarere derigennem, at du rejser bort for en Tid, så han derved kommer til at føle, hvor meget du er og har været for ham; måske – Junge – kunde en lang Adskillelse fra dig bevirke, at han kom til at se alt – også alt dét, som han har bragt i Uorden for sig selv og Jer alle. 
+Først når man virkelig erkender sig selv – kan man blive et andet Menneske. Hvis han bliver ved med at leve i de samme Omgivelser, de samme Forhold – med de samme evige Nederlag – ja, så må han sløves og miste Evnen til sand Selverkendelse. Jeg tror – nej, jeg véd, at alt dette er rigtigt; så du ser, at min Plan går ikke alene ud på at redde dig – for i så Fald fandt den ikke din Tilslutning – jeg tilsigter at redde hele Situationen – at redde Tilværelsen for Jer alle – Agraren i beregnet – med den Ordning, jeg her har foreslået dig; men husk på – en Forestilling vil intet hjælpe, det kan ikke nytte Spor at sige til Agraren: ,,hvis du ikke retter dig osv – så rejser jeg.” Det er selve denne gennemgribende Forandring, som skal redde ham. 
+Frk Koch vil jo rejse til Efteråret – vist allerede til Oktober, så det skulde jo være til Oktober; men jeg synes nu, du skulde bryde overtværs nu – leje Lejligheden møbleret nu til Ferien – for de Penge kunde du og Manse så bo et eller andet Sted – det ordnede sig nok – måske Manse i Pension hos Tandlægens – og du på Gæsteri til dine Venner – Glarups en Tid, Dede en Tid – her en Tid! Åh, Junge – gør det – betænk dig ikke – læg din Tilværelse om, inden I alle er kuldsejlet. Tag ned til Tante Else nu med det samme og tal med hende om det! Gør det!!! Jeg tvivler ikke om, at Dede – Be – Elle – vilde råde dig til – men jeg forstår jo godt, at de ikke for dig er ,,uvildige” Rådgivere. Men Glarups vil være det! 
+Nå – ja, nu nytter det vel ikke at skrive mere om det dennegang; tænk over det – og gå til Værket!
+Lige ni ringede den lille Frk Otto-Olsen; en lang Snak – hun vilde nærmest have at vide, hvad der dog hav [”hav” overstreget] var hændt mig, for hun havde næsten ikke kunnet kende mig i Onsdags Aftes, da hun traf mig ved Walleens Foredrag – hun påstod, at jeg mindst så ud til at være nyforlovet – så strålende! 
+Det er Huset, Junge! Du kan ikke tænke dig, hvor det Hus med et Slag har forandret hele min Tilværelse; Pinsedag derinde havde jeg havde jeg besøg af en lille sød tysk Veninde – Lotte Lehnert – c. på min Alder – Kontordame, det er hende, om hvem jeg vist har fortalt dig, at hun bor den gamle dejlige Kvistlejlighed i Amaliegade vis-à-vis den gamle Fødselsstiftelse. Jeg har lært hende at kende i antroposofisk Selskab. Vi gik en lang Tur i Skovene – der var aldeles henrivende, frisk og duftende af Regn, Grøde i Luften – Tåge ud over Engene; jeg sagde til hende, at jeg savnede så meget at kunne fortælle Mor om alt dette – at det vilde have været en sådan Lykke at vise Mor det alt sammen; og vi var begge af den sikre Tro, at Mor i Virkeligheden er med i alt, som glæder os; en af Aftenerne derinde har jeg haft en virkelig ,,oversanselig” Oplevelse – jeg følte så tydelig, at Mor sagde: ,,men Astrid, du véd jo, at jeg holder så meget af dig.” Du kan ikke tænke dig, hvor det føltes mærkeligt og gribende – jeg fik Tårer i Øjnene af Bevægelse og sagde som så ofte før til mig selv: de, der elsker hinanden, kan ikke skilles. – 
+Og sandt er det, at jeg ofte derude lever intensivt sammen med Mor og føler hver Gang en underlig Glæde derved. – 
+Den søde lille Lotte var ,,entzückt” over alting derude – og forærede mig i sin Begejstring 2 Stole og en Måtte til Huset i Haven! Og hun medbragte ½ Pund fin Kaffe og en Pose The! med mange Undskyldninger! Hun kom til Kaffe og blev til Aften; da vi sad ved Aftensmaden, kom Pan og Helga – de havde selv Mad med – samt Madeira på en Sodavandsflaske; vi drak så The, - Pan sagde, at mit Digt til Bodilds Fødselsdag var bleven læst op ved Bordet og havde gjort stor Lykke – det første Vers lød sådan
+Ingen Læge er som du 
+når vort Legem går i tu
+eller Sjælen bløder - 
+Lige vel var Legemspragt
+som vor sarte Sjæledragt
+du med Omhu bøder -!
+osv. 
+Nå – Gæsterne gled ved 8 Taget. Så havde jeg Fru Weirsøe og hendes Søn m Kone inviteret op til ,,Igang” på Huset – en Flaske Portvin og herlig Is fra den lille Konditor, som åbnede en Iskagebod 1ste Pinsedag i den nederste Ende af Fru Weirsøes Have – Isen var lavet af Piskefløde. – mange Æg – herover hjemmelavet Jordbærsaft! Jeg så selv om Formiddagen det altsammen dernede. 
+Og – vores Hus er altså rejst! Det stod der, da jeg om Tirsdagen kom derud – og det er bedårende! Ligger omtrent midt i Haven – omgivet af blomstrende Æbletræer! Ryggen af det vender ind mod Stenhegnet til Hareskoven! ( [”(” overstreget] Manden rejste det for 20 Kroner! Fru Weirsoe havde bedt om Lejen for 10 Måneder forud, da hun var i stor Nød – så skrev jeg til Be og bad om 100 Kr – og Be sendte mig 130! de 30 skrev hun var Rentepenge for Juni Termin! Jeg skrev omgående og takkede – hvor var jeg dog rørt! Hun skrev endda så sødt, at jeg skulde skrive, når jeg var i Nød! Du kan tro, jeg var glad og lettet! Nu får vi betalt vore Gas + Lysregninger, så mangler kun Telefonen (41.00 Kr!) det er jo en vanskelig Sommer at klare med alle de Rejser og de to Huslejer, men så hjælper det jo svært til næste År, når vi kun har en extra Husleje på 5 Kr. mdl. for Grunden derude; og jeg håber jo også på hel Friplads til Nus. Telefonen må jeg jo bevare, især hvis du nu kommer – til Elever osv. (måske kan du få den lille Goldschmidtpige! på Nussets Alder – de kan da betale!) 
+(Her ringede jeg til Fru Goldschmidt, med hvem jeg nu har hafte [e i ”hafte” overstreget] en lang Sludder, hun bad mig derhen til Fredag Aften – vi kan så storartet sammen, så det glæder jeg mig til.) 
+Men nu slap jeg vist Tråden – du gider vel snart heller ikke læse mere – sikken et Brev, så langt! 
+Jo, det var Huset. Det er rejst. I Sommer vil jeg selv tjære det udvendig med rød Tjære (som de svenske Huse, du ved) af Fru Petersens Mand her i Huset – får jeg Opskrift på alt desangående, han er Maler; i Ferien maler jeg det indvendig. Og tænk dig – Fru Weirsøe har givet mig Lov til at lægge ligeså mange Havesager jeg vil i Jorden – hun er for gammel til at rode med alt det og har kun Frugttræerne – men der er Masser af ubenyttet Jord; jeg gravede og lugede et stort Stykke i Pinsen, der skal jeg nu lægge Ærter på Lørdag samt så Karse, Radiser, Gulerødder osv. Rabarber vil jeg også etablere – Pladsen er ubegrænset og Jorden extra fed og god – hvad synes du dog! Redskaber har Fru Weirsøe – og hun er bare glad over at få Jorden dyrket. Vi har allerede i Pinsen lavet et lille rundt Bed foran Huset og sået Sommerblomster deri; et andet Bed har jeg beplantet med Sager, som jeg har gravet op i Skoven: en blå Anemone, Kodriver og Liljekonvaller – af de sidste vrimler det overalt i Skoven. Nus har bestemt, at Huset skal hedde ,,Thopedeaborg”! Nus er som jeg – lyksalig over alting derude. Ja, Junge – sikken vi kan få det! Vi må bygge en Stue til til Huset, som kan være din og Manses – så skal vi alle arbejde i Haven og så kan vi leve af den! 
+Træ og Bærfrugt sælger Fru Weirsøe os billigt – der er Masser! og herlige Sorter. Det er – Paradis! 
+Sig til Elle, at jeg fatter ikke, hvorfor hun ikke har sendt mig Garnet til Kaffedugen. – På Kontoret skal det nok gå, det kniber jo lidt at holde til 8 Timers Regning hver Dag, men det lysner dog lidt nu med at begribe det og min lille Kollega er henrivende sød! Så det går nok – Forholdene er behagelige – Arbejdet ganske selvstændigt. Det morer men trætter mig – nej omvendt – trætter men morer mig. Alt går, når Grunden i ens Tilværelse er god – og – Huset! 
+Kom så! Tusinde Hilsner fra din Dis.
+Ark 5, s.1. Venstre margin lodret. 
+Nu skal jeg læse dit Brev for 3die Gang – og så ned i Kassen med dette – og så i Seng! Hils Be og Elle og alle dine!</t>
+  </si>
+  <si>
+    <t>1928-02-25</t>
+  </si>
+  <si>
+    <t>Alhed Marie Brønsted
+Ellen Brønsted
+Else Birgitte Brønsted
+Hans Brønsted
+Johannes Nicolaus Brønsted
+Louise Brønsted
+Adolph Larsen
+Andreas Larsen
+Johannes Larsen
+Marie Larsen
+Christine Swane
+Astrid Warberg-Goldschmidt
+Martin Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Johan/Lysse Larsen læste på Landbohøjskolen, og han boede under noget af studietiden hos sin moster og dennes familie "Magisterens").
+Alhed Larsen og hendes søster, Christine, trykte begge træsnit for Johannes Larsen. Efter Alheds død i 1927 fortsatte Christine tilsyneladende med at hjælpe sin svoger med dette arbejde.</t>
+  </si>
+  <si>
+    <t>Brevet er i privateje, A</t>
+  </si>
+  <si>
+    <t>Johanne ønsker Johan/Lysse tillykke med fødselsdagen. Hun håber, at hans far og bror kommer hjem og fejrer ham, men andre i familien vil nok også gøre det. 
+Christine er godt i gang med at trykke træsnit. 
+Martin/Manse tegner både fugle og portrætter.
+Johan/Lysse skal vel snart til eksamen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/AbaW</t>
+  </si>
+  <si>
+    <t>Kæreste Lysse!
+Til Lykke til din snart mangeårige Fødselsdag i Morgen. Du ved ikke hvor ofte du i den senere Tid har været i mine Tanker paa Grund af din Fødselsdag og hvor jeg har ønsket og haabet at din Far og Puf maatte naa hjem, saa du kunde have dem hos dig paa den Dag – men naas det ikke søde Ly, saa har du den gode Magisterfamilie og det er jo godt! Mon ikke ogsaa Rie Ugle og Bibbe hilser paa dig den Dag hvis - saa hils Bibbe fra mig og sig hende Tak for det tilsendte samt hendes Breve, sig ogsaa at jeg haaber jeg skal forbedre mig med at skrive, jeg har rent ud sagt været noget forsømmelig baade med hende og Dis. 
+Her i Kjerteminde gaar alt paa vanlig Vis – Christine har nok vunden Sejr med Træsnittene, det er jo godt, men du hører selvfølgelig fra hende. Manse er ved at gaa din Far i Bedene som Fugletegner – ja som Portrættegner forsøger han sig ogsaa, han bliver nok en haard Konkurrent! 
+Den fæle Examen staar vel snart paa Trapperne - ja Held og Lykke til Sliddet! 
+Jeg er en daarlig Makker til at skrive Breve – du maa nøjes med denne lille Hilsen fra os alle tre!
+Hils ogsaa Magisterens! Hav det godt kære Lysse og tag en extra kærlig Hilsen fra din
+Tante Junge.
+Kærbyhus d. 25 Feb. 1928</t>
+  </si>
+  <si>
+    <t>1928-04-28</t>
+  </si>
+  <si>
+    <t>Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Blegdamsvej 19</t>
+  </si>
+  <si>
+    <t>Kærbyhus
+Kerteminde</t>
+  </si>
+  <si>
+    <t>Dres -
+Bodild Branner
+Alhed Marie Brønsted
+Jesper Hansen
+Erling Kristensen
+Marie Larsen
+Ellen  Sawyer
+Janna Schou
+Christine Swane
+Astrid Warberg-Goldschmidt
+Erik Warberg Larsen
+Eskil Ørsted Hansen</t>
+  </si>
+  <si>
+    <t>Louise og Johannes Brønsted boede på Blegdamsvej 19. 
+Det vides ikke, hvem Vodrofsvejerne er. Vodrofsvej ligger på Frederiksberg. 
+Fru Jensen, Thorvald Jensens søster, Sihmfamilien og Ellen Bramsen kendes ikke.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0897</t>
+  </si>
+  <si>
+    <t>Christine Swane/Tante Ugle har været meget syg, men hun er nu oppegående. 
+Janna Schou er lidt forsømt.
+Laura Warberg P. øver sig på klaveret, men det går langsomt fremad. Hun spørger, om hun må tage til Hareskov.
+Frederiksberg Have er smuk.
+Laura Warberg har læst Stodderkongen.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/cWRz</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside med blæk:]
+Fru J. Warberg Larsen
+”Kærbyhus”
+Kjerteminde.
+[Håndskrevet på kuvertens forside med blå kuglepen:]
+18/6 2001.
+[Håndskrevet med pen på kuvertens bagside:]
+Warberg Larsen
+Blegdamsvej 19
+Ø
+[Håndskrevet med blyant på kuvertens bagside:]
+28-4-1931
+Ikke mere end [ulæseligt]
+[På hovedet:] 74360
+[I brevet:]
+Kære lille Mams!
+Tusind Tak for Seddelen hvor er du dog god ved mig det er bare alt for meget lille Mor. Jeg maa virkelig passe paa jeg gaar og blir saa forvænt bare for den Sygdoms Skyld. 
+Men hør, Pinse? Har jeg talt noget om Pinse, det ved jeg ikke Spor af, forresten kan det godt være, dog er jeg ikke saa sikker paa Befordringen helst vil jeg selvfølgelig cycle, det er det morsomste – langt og det billigste 
+Nu faar vi se hvad Reserven siger. 
+Befindendet er godt selv om Foraaret nok kan mærkes. 
+Desværre er Tante Ugle saa daarlig, hun er begyndt at komme op, forfærdelig ser hun ud, skrækkelig vil jeg sige dig, jeg har sjeldent set noget lignende. 
+Rie vilde ringe til Bodil hvis det ikke snart blev bedre, selvfølgelig har Bodil været der men ikke efter den begyndende Opstandelse. 
+Jeg huskede Tante Dis, sendte Søndagsbrev. Joh, det er snart 3 M. naar det endda kun var den organiske Sygdom det gjaldt, saa var alt ikke saa slemt, men forhaabentlig gaar det alt sammen, hvordan og hvorlænge det vil saa vise sig. 
+Vodropsvejerne ser noget sort paa det synes jeg. Desværre plejer de at se rigtigt. Lille Janna gaar rundt og er saa forsømt, siger de, det lille Skind. Det er ikke let saadan lige at gøre rede for hvad jeg vil og hvorfor jeg ikke vil, det kan vil altid tale om naar jeg kommer hjem, men hvad i Alverden antager du Dres for 
+II
+dersom du tror, saadan som Du tror saa saa tror du forkert, forresten er jeg begyndt at spille, ikke øve, men, kun ganske ubetydeligvis jeg vil begribeligvis ikke bringe mere Øvning til Huse; min Time er slet ikke at foragte. Da jeg spillede for Dres for at hun kunde sondere Terrænet nu efter Standsningen sagde hun igen en hel Masse om mit Talent, det lyder meget tiltalende blot kunde jeg ønske at det viste sig lidt kraftigere. Nej, Dres, Mor, bare du kendte hende, jeg har aldrig nogensinde set op til nogen som til hende. Hun er et pragtfuldt Menneske. 
+Det var maaske meget klogt af jer ikke at fortælle mig om Fru Jensen dengang, men saa fik jeg det Gengæld at vide paa en lidt drøj Maade. Men Mor kan jeg ikke faa Lov at tage til Hareskov en Dag det piner mig slet ikke at vide noget ordentlig eller rettere intet om hvordan det gaar dem, jeg vil dog saa gerne se de Smaa og tale lidt med Manden, maaske bor de i Værdløse hos Thorvald Jensens Søster, men det er da lige ved Hareskov. Maa jeg ikke? Jeg har det sagtens godt nok, Mor!
+Hvad Tinge angaar skriver vi slet ikke til hinanden, vi venter ham saa smaat herud paa Fredag véd dog intet bestemt, det var morsomt at se ham igen. 
+Mon Tinge skal hjem til Pinse? Hvordan er Sihmfamilien? Jeg maa da endelig huske at hilse dig fra Ellen Bramsen, jeg har
+III
+været der til Frokost en Dag. Ellen er storartet, hun ser paa Menneskeheden med de rigtige Øjne. Gid alle gjorde det. 
+Du skulde bare se Frederiksberghave, fuldkommen eventyrlig, ubeskrivelig smuk, kunde du ikke ikke engang komme herover naar jeg ikke ligger i Sengen det tykkes mig kunne være saa fornøjelig. Kender I Stodderkongen, det er vel nok en Mand og Gæst med. Den er af Erling Kristensen Jeg lånte den ude hos Lomme i Gaar Jeg var ude og passe lille Jesper, Eskild og Lomme var paa Skovtur. Mage til Barn har jeg da aldrig været ude for, en hel lang Dag med en Fremmed uden Gran af Vrøvl, slet ikke for artig, bedaarende sød. Ja, hvor er han dog kær saa skælmsk og henrivende. 
+Og hvor de bor storartet, har du nogensinde set deres Lejlighed, den er lige efter mit Hovede. Jeg bad vist stille Ta Lugge om at til Ta Elle det maa I saa gøre
+Naa saa Ferie, gør’ i Haveanlægning, bare det var os der havde din Ruin, Tante Elle maa da være henrykt over det Tillæg til Haven jeg glæder mig til at se det.
+Bibbe</t>
+  </si>
+  <si>
+    <t>1930-12</t>
+  </si>
+  <si>
+    <t>Kærbyhus Kerteminde</t>
+  </si>
+  <si>
+    <t>Niedhardt -
+Christine  Mackie
+Elisabeth Mackie
+William Mackie
+William Mackie, Williams far</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvor Ellen Sawyer har været henne. Et sted, hvor en revolution har fundet sted?
+Mary og den danske læge i New York kendes ikke.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0960</t>
+  </si>
+  <si>
+    <t>Niedhardt forsøger at hjælpe med diverse i huset. Laura/Bibbe Warberg P. har det bedre, og temperaturen er faldet. Hun får mange besøg og gaver.
+Ellen Sawyer kommer den efterfølgende dag. Elisabeth/Putte Mackie ligger syg i New York og bliver passet af en dansk læge. Hun har i et brev fortalt om sin mand, og det er hårrejsende læsning. Christine/Mornine Mackie har længe ment, at han ikke var normal. En læge har engang sagt, at han vil kunne komme over det med god hjælp fra sin hustru. Det er forbryderisk, at han ikke har fortalt sin unge kone alt dette i tide. 
+Elisabeth skal måske opereres. Hun har heldigvis fået et godt forhold til William/Billy Mackies familie. 
+Kommer Johanne/Junge på besøg hos Louise/Lugge til nytår?</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/43Y1</t>
+  </si>
+  <si>
+    <t>[Skrevet på kuvertens forside:]
+Fru Johanne Warberg-Larsen
+Kjærbyhus
+Kjerteminde.
+[I brevet:]
+Blegdamsvej 19
+Jul 1930
+Kæreste Junge! Hvor har jeg dog forsømt Bibbe i den seneste Tid, dels paa Grund af Forkølelse, dels Julebagning – Rengøring – Madlavning. Den lille N[ulæseligt]dhardt er et yndigt Væsen, men ingen Støtte, man kan forlade sig paa, naar der er lidt extra, hun har en sjælden Evne til at gøre det forkerte, saa derved er jeg blevet meget bunden, men forresten er Juletravlhed vældig morsomt, især her, hvor alting er saa lækkert og bekvemt. Og jeg har jo ikke andet, for Dig tænker jeg, det er alt andet end en Forfriskelse. Naa i dag naaede jeg da derhen og fandt hende som sædvanlig fuld af Smil og Venlighed; det er ikke for ingenting, hun er saa populær; jeg maa sige, jeg er kommet til at beundre hende; jeg skal da ogsaa love for, at hun stadig bliver passet med Besøg; der er ingen Nedgang at spore i Forsyningen af Frugt, Gæster og Blomster; Elle har endnu et betydeligt Beløb staaende, som hun nu selv kan disponere over. Bibbe skriver jo selv flittigt nu, men her er nu de sidste Data: Aftentemperatur igaar 37,6, dejligt, at den nu sniger nedad igen; idag havde hun for første Gang ”spist op”, altsaa Appetitten bedre. Vi blev enige om, at Elle og jeg skulde gaa derhen Juleaften; hun mente, vi vilde komme til deres Juletræ og alt det, og det kan jo blive morsomt.
+Ja, imorgen kommer altsaa Elle med sin gode, gammeldags Julestemning, det bliver yndigt at beholde hende iaar, jeg haaber ikke, hun har været altfor ængstet over ”Revolutionen” dernede; men det har da ogsaa været en Sensation mellem alle de andre, vi har haft dette Efteraar. Mellem dem er Putte ikke den mindste jeg har lige haft en Telefonsamtale med Mornine som [”Mornine” indsat over linjen; "som" overstreget], hun har idag haft et langt Brev fra Putte, som ligger syg i New York, men er forholdsvis vel og bliver godt passet og tilset af en dansk Læge. Hvad hun ellers skriver om Svend og sit Ægteskab er saa oprørende og modbydeligt, at jeg næsten ikke kan komme mig af det (- men det er da for resten temmelig ligegyldigt.). Du ved maaske, at Mornine har haft Mistanke om, at han ikke er normal; nu har han overfor Putte tilstaaet, at han er et svært Ord, som jeg ikke kan huske. Lægerne havde sagt at han kunde vel med Tiden komme over det, naar hans Kone vilde være taalmodig og hjælpe ham!! Er det ikke forbryderisk ar gifte sig med en ung Pige i den Tilstand og uden at fortælle det til hende og hendes Familie. Alt hvad Putte kan have gjort synes jeg blegner og næsten berettiges, naar man ved det; tænk, at man løber en saadan Risico ved at faa sine Døtre gift Er det ikke haarrejsende? 
+Af Telegrammer, sendt senere end Brevet, synes det at fremgaa, at hun har skullet opereres, men at det er udsat, og tillige, at Billy og den øvrige Familie er blevet skikkelige mod hende muligvis paa Grund et ”plain letter”, Mary har sendt ham – Naa ja, det er jo ikke netop Juleklokkerne, jeg kimer med, og det var da Meningen. Ialfald ønsker jeg af ganske Hjerte, at Du trods alt maa faa en hyggelig Jul, Bibbe vil Du jo savne, men kender jeg Dig ret, saa tænker Du først og fremmest paa, at det kunde have været meget værre. – Du tænker vel ikke paa et lille Nytaarsvisit herind?
+Ja saa glædelig Jul og 
+godt Nytaar! med Bibbe rask og alt andet i god Orden. 
+Hilsener fra os alle! 
+Din Lugge.</t>
+  </si>
+  <si>
+    <t>1931-01-31</t>
+  </si>
+  <si>
+    <t>Marie Hjelmer
+Christine  Mackie
+Elna Munch
+Ellen  Sawyer
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Eftersom både Marie Hjelmer og Elna Munch arbejdede for først kvindernes valgret og siden kvindesagen i almindelighed, er det formodentlig en kvindesagsrelateret sag, som Johanne er involveret i og gerne vil høre resultatet af. En opstilling? (Fru Hjelmer kæmper for at få sin favorit frem). 
+Det vides ikke, hvem Henningsen var.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB2652</t>
+  </si>
+  <si>
+    <t>Johanne/Junge fik først skrevet før samme dag, hvor mødet blev afholdt. Hun fik brev, hvori Fru Hjelmer beklagede, at hun ikke kunne yde sit bidrag. Munch og Henningsen har ikke svaret. Johanne vil gerne høre resultatet.
+Godt, at Charlotte Louise/Lugge er rask. Elle(n) fører et dejligt liv med mange venner.
+Bibbe er stadig syg.
+Johanne og Adolph vil sælge Kærbyhus.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/2HOA</t>
+  </si>
+  <si>
+    <t>d. 31-1-31.
+Kære lille Lugge!
+Det nytter ikke med Expres paa Brevet, jeg fik det først Dagen efter, saa jeg fik ikke skrevet før samme Dag som Mødet var. Men jeg fik omgaaende Brev fra hende, at det gjorde hende meget ondt, at hun ikke kunde "yde sit lille Bidrag" til Sagen, "men jeg har selv en som jeg stadig gaar og plager Finansministeren med". Jeg syntes, at mit Mod sank ved den Vending; tænk naar selv Fru Hjelmer maa "gaa og plage" for at faa sin Favorit frem, hvad saa med os andre "smaa". Dr. Munck og Henningsen har jeg intet hørt fra. - - Det er maaske allerede afgjort, jeg vilde forfærdelig gærne vide Resultatet; jeg indrømmer at jeg ikke har fjærneste Haab. Jeg havde Brev fra Bibbe i Går, hun havde nok haft Besøg baade af dig ["dig" overstreget] dig og Chr. men hun skrev intet om det, hun ved maaske slet ikke Spor om det.
+Det var da godt, du kom dig igen, bare det nu ikke tog dine 2 Pund som du var naaet over de 100. - Her er intet nyt; Elle fører en frydefuld Tilværelse med Bridge-Selskabelighed; det er mig i det hele taget stadig en Kilde til Glæde at følge Elles Færd, for jeg synes, hun har saa meget ud af sin Tilværelse og har saa mange Venner; hun har i det hele taget et godt "Tav" paa at leve Livet. 
+[Indsat s. 2, øverst, på hovedet:] med Bibbe gaar det jo uendelig smaat, synes du ikke? Aldrig en lige Linie, stadig op og ned; men man kan jo ikke forlange det bedre med den Sygdom. 
+[Indsat nederst s. 1, på hovedet:] Vi vil gærne sælge Kærbyhus for noget mindre; I kender vel ingen, der vil købe stor Villa i Kjerteminde?
+[Indsat øverst s. 1:] Skriv lidt til mig en Gang imellem, jeg tror, jeg tør sige, at jeg trænger til det.
+Mange Hilsner til Jer alle fra din Junge</t>
+  </si>
+  <si>
+    <t>1932-2</t>
+  </si>
+  <si>
+    <t>Astrid Bøttern
+Ellen Bøttern
+Eric Bøttern
+Jørgen Bøttern
+Margaretha Bøttern
+Johanne Giersing
+Sven Havsteen-Mikkelsen
+Jens Villads Valdemar Hermansen
+Thomas Jensen
+Adolph Larsen
+Elena Larsen
+Jens Larsen
+Johanne Christine Larsen
+Johannes Larsen
+Peter Andreas Larsen
+Vilhelm Larsen
+Bendt Rom
+Kirsten Rom
+Jørgen Schou
+Marie Schou
+Leo Swane
+Fritz Syberg
+Lars Syberg
+Odette Syberg
+Mark Twain</t>
+  </si>
+  <si>
+    <t>På Kærbyhus boede Johanne og Adolph/Beser Larsen. Sybergfamilien boede på Pilegården. 
+Det vides ikke, hvem frk. Jørgensen var. 
+Hermansens system er et meldesystem i bridge publiceret af oberstløjtmant Hermansen under titlen "Lynsystemet" i 1931, 2 udgave i 1933. Det var ikke ret fleksibelt og bruges ikke længere.</t>
+  </si>
+  <si>
+    <t>Brevet er i privateje</t>
+  </si>
+  <si>
+    <t>Andreas/Puf Larsen har sendt Vilhelm/Klaks Larsens saddel og seletøj til Johan/Lysse Larsen. 
+Lørdag kommer Fritz Syberg/Baronen med familie på besøg for i radioen at høre en koncert med Thomas Jensen, som er Johanne/Besse Syberg/Giersings mand. Besse har stået model for sin far en tid. Andreas har været på besøg på Pilegården og spillet bridge.
+Kirsten og Bendt Rom har været hos Larsen nogle dage, og man har haft gode middage, overværet Bendt Roms lysbilledforedrag, hørt musik og i det hele taget holdt fest. De følgende dage kommer Bøtterns på besøg, og Andreas skal til Kærbyhus og spille bridge.
+Andreas og Johannes Larsen har været til boksekamp, og Andreas har været på køreture.
+Mark Twain-bogen bliver sendt til Elena/Bimse, når Johannes Larsen har læst den.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/v5EC</t>
+  </si>
+  <si>
+    <t>Kære Lysse, Tillykke. 
+Som du ser af medfølgende Fragtbrevsduplikat har vi sendt en Sæk Seletøj (d.v.s. Klakses Saddel og Trense) til dig. Nu haaber jeg det maa Båxhult hurtigere og med mindre Besvær for dig end det islandske Ridetøj. Fragtbrevsduplikatet kan maaske gøre Nytte, som Bevis. De to Læderlapper, som dækker det øverste af Stigbøjleremmene gør du vel i at smøre med Tran paa Undersiden, saa vil de hurtigt blive bløde, saa de ikke gnaver Jeres Ben under Ridningen. Paa Lørdag Aften kommer Baronens herop forat høre en Koncert som Thomas Jensen, Besses Mand, skal
+2.)
+udsende i Radioen, vi vil saa fejre din Fødselsdag med Chokoladedrikning. Besse har været paa Pilegaarden nogen Tid forat staa Model for Baronen, jeg har saa været dernede et Par Gange til Bridge, Kontraktbr. efter Hermansen. (Ofdette, Sakker, Besse og undertegnede). Kirsten Rom har været her nogle Dage, mens Bendt Rom var paa Foredragsrejse i Jylland. Da han kom tilbage holdt han x) Lysbilledforedrag for os ovre i Værkstedet efter et vellykket Aftensbord: Baronen, Marie, Besse, Odette, Sakker, Kirsten og Bendt Rom og Mikkelsen, som kom uventet fra Korsør, 
+3.
+hvor han bor nu. Efter Lysbillederne spillede vi paa Grammofon og drak Øl m.m. ovre i Mors Stue; hele Huset var pyntet med Blomster af Kirsten Rom og der var Ild i Kaminen. Festen sluttede med at Far uddelte til Damerne af de Callaplanter, som stod i Trappestuen.
+Samme Dag bryggede vi, saa vi havde nok at gøre.
+Imorgen skal vi have Bøtterns til Muslinger og i Overmorgen skal Frk Sørensen og jeg til Bridge i Kærbyhus, Baser er begyndt at spille Bridge. (Vi skal over at indføre Hermansen). Naar du saa hører at Far ikke 
+4)
+havde tid ["tid" overstreget] Tid til at tage til England med Skriveswane, fordi vi skulde til Boksekamp i Kæmpehallen, og at vi har været til Middag i Faaborg og en Tur til Svanninge forleden og at jeg har været paa Ford-tur (!!!!) til Korsør-Roskilde ["Korsør-" indsat over linjen] med Buf og at dette kun er hvad jeg tilfældigvis husker i Øjeblikket, saa kan du forstaa at vi har det livligt for Tiden. - Du kan sige til Bimse at jeg har faaet den Mark Twain til hende, men Far vil læse den først, og M.T. skriver i Forordet, at kun en Idiot vil give sig til at læse saadan en Samling Smaahistorier paa 
+5.
+een Gang, man skal læse en en Gang imellem, hvis man vil kunne more sig over dem og da Far er en klog og forsigtig Mand, kan det vist vare længe endnu. Vi har en Ederfugl, men den har Far vel skrevet om, det sorterer jo nærmest under Ornithologien. - Den Grammofon jeg omtalte før, er vores gamle fra 1912, men der er kommet nyt Værk i den og en ny Lyddaase og nu samler vi paa Plads.
+Naa nu vil jeg ønske dig en god Fødselsdag.
+Hilsner til Jer alle 4 fra Puf.
+Tak for sidst. 
+[Indsat øverst s. 2:] x) Luftrejse: København - Holland - hollandsk Indien, Bali.</t>
+  </si>
+  <si>
+    <t>1932-3</t>
+  </si>
+  <si>
+    <t>Elena Larsen</t>
+  </si>
+  <si>
+    <t>Elise Hansen
+Adolph Larsen
+Cathrine Larsen
+Johanne Christine Larsen
+Johannes Larsen
+Peter Nielsen</t>
+  </si>
+  <si>
+    <t>Elise Hansen, som var Elena/Bimse Larsens mor, fyldte 70 år i 1932.
+Johanne/Junge og Adolf/Agraren Larsen boede på gården Kærbyhus i Kerteminde. 
+Axel Nielsen kendes ikke, men han var muligvis i familie med (Hans) Peter Nielsen. Frøken Sørensen og de to, der bar navnet Ellen, er heller ikke identificeret.</t>
+  </si>
+  <si>
+    <t>Andreas/Puf Larsen og familien kan desværre ikke komme. Puf kan ikke overlade sit tomatdrivhus til andre.
+Johanne/Junge Larsen kan ikke rejse fra sine elever.
+Faster Trine (Cathrine Larsen) er død 95 år gammel.
+Andreas skal om aftenen til Johanne og Adolf Larsen i Kærbyhus.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/B1ge</t>
+  </si>
+  <si>
+    <t>Kære Bimse.
+Tak for dit Brev; det var en meget tiltalende Idé I havde faaet, men vi maa desværre holde os hjemme dennegang. For at I ikke skal spilde Tid paa nogen Overtalelse, skal jeg give mine Grunde: Jeg skal fyre i mit nye Tomathus og jeg har været saa vidt i mine Overvejelser, at jeg har tænkt paa at lade Gartneren passe det, men jeg tør ikke overlade det til nogen anden, fordi Skorstenen er utilstrækkelig, saa Kedlen er tilbøjelig til at ryge og den
+2)
+gaar let ud. Hvad Far angaar saa bare kan han ikke. Tante Junge og Agraren har vi ikke omtalt Planerne for, men jeg tror sikkert ikke Tante Junge havde kunnet for sine Elever. Far ser I til din Mors fødselsdag i København.
+- Far husker ikke om han har skrevet til Jer, at gamle Faster Trine er død den 9. ds. efter rask at have holdt 95 Aars Fødselsdag den 2den ds. - Vi har en Hilsen til Lysse fra Hans Peter Nielsen og Axel i Nordskov, de var her til Aften forleden. - Det er sikkert en god [pil indsat] 
+3.
+Øvelse for Lysse at skrive hveranden Side af dine Breve, saa kan han maaske naa saavidt engang, at man kan læse hans egne Epistler ogsaa.
+Mange Hilsner til Jer alle fire fra din hengivne Puf.
+Hilsner fra Far.
+Frk. Sørensen og jeg skal over i Kærbyhus iaften, hun forat lære Tante Junge at strikke Slips, jeg forat skrive Takkekort for Begravelsen. 
+P.S.
+Jeg sidder og ærgrer mig over at du ikke hedder Ellen, saa vilde alle de 3 Breve jeg har skrevet iaften være til en Ellen. Men du er da med E. Men hvad det kan jo ikke nytte at ærgre sig. Forresten øjner jeg nu den Trøst at alle 3's Kælenavn begynder med B.</t>
+  </si>
+  <si>
+    <t>1933-01-17</t>
+  </si>
+  <si>
+    <t>Hareskov St.</t>
+  </si>
+  <si>
+    <t>Harriet Afzelius
+Adam Goldschmidt
+Brita Goldschmidt
+Ina  Goldschmidt
+Amanda Heinesen
+Julius Hviid
+Grethe Jungstedt
+- Knudsen, skomager
+Adolph Larsen
+Andreas Larsen
+Johannes Larsen
+Marie Larsen
+Else Larsen, Else, Andreas Larsens kone
+Arne Mortensen
+Erik Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvilket spil Laura/Bibbe havde med at gøre i Hillerød. 
+Succes var et chokolademærke solgt af firmaet Galle &amp;amp; Jessen (Arkiv.dk – her billede fra 1922).
+Fra litteraturen om Larsen-familien vides, at køberen af Kærbygaard hed Arne Mortensen.
+Johanne og Adolph Larsen købte senere i 1933 Lindøgaard nær Dræby/Munkebo.
+Amanda er muligvis Amanda Heinesen.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0607</t>
+  </si>
+  <si>
+    <t>Johanne/Junge C. Larsen håber ikke, at Laura/Bibbe er syg. Hun er ikke stærk. Selv har Johanne et øre, der vædsker, og hun er næsten døv på det, så hun må til speciallæge.
+Adolph/Agraren Larsen har solgt Kærbygaard for 18.000 kr. Det er en god handel. Johanne og han købte kransekage og chokolade og inviterede gæster til kaffe for at fejre det. Adolph skal nu ikke længere arbejde for andre, Erik/Tinge bliver selvstændig, og Johanne vil holde op med at undervise i klaverspil. 
+Johanne har mødt Amanda, som spurgte til Ina/Sjums.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/F1Lr</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+OBS Salget!
+modt 19’ Jan 1933
+Fru A. Warberg Müller
+Hareskov St.
+Sjælland
+8-8-03.
+9/1 2001
+BWP.
+5 okt. 02.
+30-10-02. 
+[Håndskrevet på kuvertens bagside:]
+JWarberg Larsen Kjerteminde
+[I brevet:]
+17-1-1933
+Kære lille Dis!
+Tak for dit gode Brev! Og for dit gode Raad med Bibbe – men hun var jo for længst draget til Hillerød, da jeg fik dit Brev; og selv om ikke – nej, jeg vilde ikke kunne tage den Chance fra hende med de Par Maaneders Spil, som betyder saa meget for hende. Jeg længes for Resten saa meget efter Brev fra hende, jeg haaber da ikke hun er syg. Stærk er hun jo ikke, men saa meget des mere er hun ubesindig med hvad hun byder sig. Det er underligt, for de unge kan ikke begribe, at der er en Grænse for, hvad de kan taale. Skrev jeg noget til dig om, at jeg ikke var rask? det synes jeg ikke, men maa vel have gjort alligevel; ja, naar min nuværende Smule Forkølelse er forbi, saa tager jeg ud til Odense til en Specialist i Næse-Øren o.s v mit ene Øre flyder ustandseligt og det er næsten døvt; jeg tænker mig der er en Katarh i V [”V” overstreget] Gangene i Hovedet og jeg tror ikke Dr. Hviid vil have mere med det at bestille, naa det er jo ikke saa farligt, men det er enerverende at have Sus i Hovedet i 5 Uger i Træk, men jeg har ladet mig sige, at man skal være i uforkølet Tilstand, naar man tager ud til ham. 
+Men her er sket større Ting end lidt Øre-Vrøvl. Agraren var i Aftes nede at tage imod mig da jeg kom fra Landet - jeg forstod straks, at saa havde han solgt Kærbyhus. Dagen før havde der meldt sig en Liebhaver. Det er Skomager Knudsens Svigersøn og Knudsen var med til Forhandlingerne og det var pudsigt nok ligesom han hele Tiden holdt med os; han opfordrede stadig Svigersønnen til at være imødekommende, men ikke os. Der blev intet afgjort Søndag Form., men saa var de altsaa kommen igen Mandag og saa var Handelen gaaet i Orden – Agraren var stolt! Og godt at han holdt sig stiv, for han var ellers mere tilbøjelig til at slaa af end jeg. Vi fik det godt betalt, meget bedre end Folk havde spaaet os, 18000 Kr, men saa skal vi enes om Udgifter til Papirerne; forstaar du: der staar 11000 i Prioriteter, saa han skal betale os 7000 blanke Kroner kontant – ”Og han har dem, Adolph” sagde Knudsen fortrolig til Agraren ”du skatte være bange – han har dem, der er ingen Rævestreger ved ham”. Og det kan han med Sandhed sige, hvor var de fine og noble at have med at gøre. 
+Hvor blev jeg glad, da jeg fik Nyheden; i Begejstringens Hede købte vi 5 Stykker Kransekage og en Plade Succes og fik ringet efter Puf, Marie (Larsen, som er her endnu, hos Lases altsaa) og saa lille Grethe derovre fra og der blev et muntert Kaffeselskab ud af det. Jeg har sendt Brev til Tinge i Dag, hvor bliver han glad, den kære Dreng. Sikken et Held at nu da jeg skal sælge min Obligation saa er den i stærk Stigning, den staar i 92 ¼ mens den længe har været sidst i Firserne; den var jo paa 2000 Kr, men vi maatte belaane den; fik 1000 Kr i Nationalbanken til en meget billig Rente, da vi skulde lægge Vand ind og have nye Skorstene og reparere hele underste Lejlighed for 2 Aar siden.
+Det er kunstigt for det betyder noget godt for os alle: Agraren faar Arbejde, det Arbejde, som staar hans Hjærte saa nær, Tinge faar selvstændig Virksomhed – tænk i Stedet for at gaa og tjene altid, Bibbe faar et Levebrød og jeg slipper for ar undervise mere – hvad jeg næsten ikke mere kan udholde. De Nerver som bruges til Undervisning er hos mig slidt op – væk - ! Er det ikke en stor Begivenhed, lille Dis? Det var Lørdag, at det første Glimt viste sig; Manden kom op og meldte sig som Liebhaver og spurgte om han maatte komme næste Dag - - jeg blev saa op flammet at jeg ikke fik sendt Kort til Axel og jeg havde dog tænkt saa meget paa ham! Ønsk ham nu alt godt i det nye Aar fra mig og bed ham tilgive mig at jeg svigtede ham. I havde vel en rar Dag? Ser han lidt bedre ud nu?
+Jeg traf Amanda i Bilen i Aftes. Hvor hun ligner sig selv og hvor er hun sød. Hun blev meget betaget, da hun hørte at Sjums var gift, for Sjums havde lovet hende så bestemt at skrive til hende hvis hun en Dag skulde giftes; jeg sagde at det var en gammel Historie og at hun havde en yndig lille Pige, men nævnede ikke noget om Skiftet og hun spurgte ikke om noget Navn – heldigvis, for jeg har ikke Mandens Navn i min Erindring, jeg er jo utrolig med at glemme navne.
+Jeg læste med stor Interesse om Adams og Fru Brittas [det andet ”t” i navnet overstreget] Besøg – Adam bliver nok lykkelig, det vilde ikke passe til ham ikke at blive det! Stol paa det!
+Pudevaaret er ikke mit; du skal faa det ved Lejlighed. Hvad du skriver om Bibbe er saa rigtigt, gid det hele maa gaa saa godt for hende, jeg har aldrig set hende saa glad og harmonisk som i Julen. Hvor var hun yndig
+[Skrevet på hovedet øverst på s. 4:]
+Din Bog når jeg ikke at tale om i Aften, jeg må i Seng, kun at jeg synes den er udmærket, du skal og maa fortsætte. Men det er vel vanskeligere naar man kommer fremad i Livsforløbet?
+[Skrevet langs venstre margen s. 4:]
+Tusind Hilsner til Jer alle tre Din glade Junge.</t>
+  </si>
+  <si>
+    <t>1933-01-19</t>
+  </si>
+  <si>
+    <t>Hareskov</t>
+  </si>
+  <si>
+    <t>Dres -
+Ludvig Brandstrup, visedigter
+Johannes Hohlenberg
+Bodild Holstein
+Adolph Larsen
+Axel  Müller
+Janna Schou
+Jørgen Schou
+Marie Schou
+Fritz Syberg
+Minna Warberg
+Erik Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Adolf/Agraren og Johanne/Junge Larsen købte, da de flyttede fra Kærbyhus, Lindøgaard ved Munkebo.
+Det vides ikke, hve, Fru Jarmer, Søren Madsen, Ruth Haumann, Axel Müllers søskende, Grethe, Karla og Ida var.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0506</t>
+  </si>
+  <si>
+    <t>Dejligt, at Johanne/Junge og Adolf/Agraren Larsen nu køber en gård. Adolf bliver nok helbredt af det, og det er godt for Erik/Tinge Warberg Larsen. Johannes øre får det sikkert også bedre. Hun bør tage Laura/Bibbe hjem, for hun er som sin far og kan ikke planlægge sit arbejde. 
+Astrid/Dis Warberg overvejer at oprette en gratis børnehave. 
+Axel Müllers fødselsdag blev velykket med god mad og masser af musik.
+Familien har været i teatret og se Ludvig Brandstrup, som gav billetterne. 
+Astrid syr et stjernetæppe, og det bliver flot.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/MOYc</t>
+  </si>
+  <si>
+    <t>[1933-01-19 Astrid Warberg-Goldschmidt til Johanne W. Larsen kuvert+s1-s6 BB0506]
+[Håndskrevet med blyant på kuvertens forside:]
+2.64
+1933
+”9 jan.
+11-1-2001.
+BWP.
+[Med blyant:]
+Kærbyhus sælges! Ny gård (Lindøgård) med Stjernetæppe
+[Håndskrevet på kuvertens forside med anden skrift:]
+Fru Johanne Warberg Larsen
+Kærbyhus
+Kerteminde
+Fyen
+[Håndskrevet på kuvertens bagside:]
+afs A. Warberg Müller
+Hareskov 
+[I brevet:]
+Hareskov, Torsdag 19’ Jan. 1933
+Kæreste lille søde Junge!
+Det var sandelig et Glædens Budskab – hvilken Fryd og Henrykkelse! Til Lykke – til Lykke! jeg ved næsten ikke, hvad Ben jeg skal stå på, så glad er jeg! Jeg både tudede og lo, da jeg læste Dit Brev – først og fremmest dette: du slipper ud af dit Slaveri! åh Junge – endnu aner Du vist ikke, hvor nyfødt man bliver – hvor mange friske nye kræfter der blomstrer op, når man sådan får Lov at begynde ”for sig selv” – og her får du dit Livs Drøm realiseret – at blive Landmandskone! Bryd dig ikke om, at de alle råber om de umulige Tider for Landmanden – selve Arbejdet derude er en Lykke – desuden går vi sikkert nu andre Tider i Møde. Og når jeg tænker på alt, hvad det fører med sig – ja, det er næsten uoverskueligt! Jeg har altid troet, at hvis Agraren blot kom væk fra Kerteminde, så var der derved skabt den første store Betingelse for Helbredelse – og nu har han yderligere Alderen – alle Lyster svækkes med Alderen; Modstandskraften ganske vist også, men den vil vindes ved det nye Arbejde i de nye Omgivelser – nu tror jeg, det vil lykkes. Og Tinge – det er jo den bedst tænkelige Fremtid for ham!
+Det Helbred gør mig jo meget bekymret, lille Junge; det med Øret er sikkert en Følge af overanstrengt Nervesystem; gid du kunde slippe det hele allerede nu – og bare gå og samle Kræfter til den store Overgang! Sikkert vil Udsigten til snart at kunne give Slip, give dig ny Styrke – men man skal dog hellere undgå at bruge den allersidste Reserve! Tag dog Bibbe hjem! Husk på, du gør hende en dårlig Tjeneste, hvis du går hen og klapper helt sammen! Men lad os nu se, hvad Ørelægen siger – det må du endelig holde mig à jour med lille Junge! Endvidere er jeg meget spændt på at høre nærmere om den store Begivenhed – hvornår træder Salget i Kraft? Har I Udsigt til den Gård i Nordskov? Tænk hvis det blev én her på Sjælland! Men det er der vel ikke Tale om. Der er sikkert mange, der vil sælge. Hvor er jeg dog spændt på det altsammen. Da jeg havde læst dit Brev, for jeg op til Fru Jarmer og vi frydede os i Forening
+2/ hun er så mageløs sød og deltagende med alting, føler så varmt for alle Mennesker, og det har nu meget at sige; hun bad mig hilse dig så mange Gange og sige, at hun glædede sig sådan på dine Vegne. – 
+Hvis du endnu ikke har hørt fra Bibbe, så vær bare rolig, Nus traf hende til Spil i går hos Drés, og hun var strålende; de fik dog ikke talt sammen – Nus kom midt i Bibbes Time – hun havde fået Snelov – Kl 11 og så gav Dres hende også fri; hun kælkede så med Ruth Haumann i Søndermarken, kom først hjem Kl ½ 7 – frisk og rødmosset. Jeg tror ikke, hun holder til sin Læsning, hun er som sin Far umulig til at indrette sit Arbejde – får aldrig begyndt på lektier før 8-9 og sidder så til 12 – og op Kl 6; jeg sendte hende til Bodild forleden, hun har Blegsot, og det er ingen Under. Det er jo anstrengende med de Togrejser, desværre. Men nu kan hun jo foreløbig tage den Examen til Sommer (Mellemskoleexamen), så må vi siden se at finde på noget. Buf mener at kunde skaffe hende ind hos Søren Madsen – men mit Hjerte bløder ved Tanken om at sætte mit lille Nus ind på et Kontor – som 16 årig! Kommer Tid, kommer Råd, jeg spekulerer. Selv går jeg med Planer om at lave en Børnehave herude – her går så mange små frysende Unger på Landevejen – Forældrene på Arbejde – jeg traf sådan to små Høns forleden og tog dem med på en Tur i Skoven; de var ellevilde af Glæde og nu stiller de jævnligt hernede hos mig og bliver et Par Timer og morer sig dejligt; sidste Gang sagde jeg, at de skulde tage Karlas to små Piger med næste Gang – og sådan kunde man lidt efter lidt få noget i Gang, som engang kan blive til en Børnehave; den skal være absolut gratis – jeg vil stå helt fint til alle Sider. Synes du ikke, det var en god Ide?
+Axels Fødselsdag var dejlig helt igennem; han havde selv valgt sine Gæster, tænk dig, sine Sødskende vilde han ikke have! derimod Buf – (!) Hohlenberg og lille Hilde; Søster af Fru Hu[ulæseligt]ner fik Forfald, de var også bedt. Jeg havde Karla – sidste Afdrag på Divanen, som hun fik i Sommer. Middag Kl 1 – Krustader (Gave fra Fru Jarmer) 32 Stk! – med Torskefyld i holl.Sauce. Kalvesteg med alle mine hjemmelavede Produkter: Asier – Agurker – Syltetøj o s v. Sveskerisgrynskage med Flødeskum – Axels Yndlingsret, min Specialitet allerede fra min Malmøtid, den gør altid stor Lykke. Den søde Buf kom med Sauterne – Hilde med Tulipaner – og Stemningen var tiptop (Nus sagde om Aftenen i en yderst tilfreds Tone: ”det er et godt Hold!” Tænk – så kommer Dres og Grethe uventet! Og de som ellers aldrig tager ud om Vinteren!
+3/ De blev nu kun til næste Dag. Dejlig Musik hele Eftermd. Hilde sang, og Axel – til Hohlenberg Accompagnement. Axel var rigtig i sit Es – Sangen er hans rette Element – kun der lever han rigtigt. Han ser meget bedre ud nu, jeg tror den Parter [?] hjælper på ham. Det styrker ham også at synge, han kan ikke leve uden Musik. 
+Og tænk dig – Aftenen før var vi alle tre i Det ny Teater til et sjovt Stykke, Mr Anders – sad på Orkesterpladser á 5 Kr – inviteret af Lutte, som har en stor Rolle i Stykke – han var knusende grinagtig, vi lo hele Aftenen og morede os dejligt. Jeg synes, at Nus må engang i mellem have en Fornøjelse – hun ber aldrig om noget – siden har hun fortalt, at alle hendes Kammerater har set Mr Anders – mer end een Gang – og talt så meget om det! Og alligevel falder det ikke Nus ind, at sådan noget kan vederfares hende! Så skrev jeg til Lutte og mindede ham om et gammelt Løfte om Billetter – han svarede omgående med et langt, sødt Brev – og så fik vi de fine Billetter! Men hvilken Strabads! I Seng Kl 2! det kan man kun om Lørdagen. På Søndag skal Axel og jeg til Tårbæk at besøge Ida, hvor Minna er for Tiden. Nus biler Lørdag til Kerteminde med Buf – hans Mors Fødselsdag. Nus iført Pels! Julegave fra Fritz Syberg. Jeg håber, hun når et Svip op til dig om Søndagen – men det er en Exprestur - hjem igen Søndag. – Jeg sidder ude i mit lille yndige Køkken og skriver – det er Madlavningsdag – jeg har kogt Rødbeder – Vandris – Kartofler – skal have Suppen over om lidt – derpå et Sigtebrød, som står og hæver. I øvrigt begyndte jeg i Forgårs at sy mit ”Stjernetæppe” – som jeg har tumlet med i over 2 Aar. Det skal hænge i Gangen om Vinteren som Forhæng for Døren ind til Stuen. Aa - det bliver vidunderligt, Junge! Syes på Sækkelærred med kulørt Uldgarn – alle Dyrekredstegnene samt de 7 Planeters Tegn + ♄ Saturn ♃ Jupiter ♁ jorden ♂ Mars ♀ Venus ☿ Merkur🌙 måne ʘ sol syet i de Metallers Farver, som svarer til hvert Himmeltegn. og Dyrekredsen: 
+♓ Fisken ♒ Vandmanden ♑ Stenbukken ♐ Skytten ♏ Skorpion ♎ Vægten ♍ Jomfruen ♌ Løven ♋ Krebsen ♊ Tvillingerne ♈ Vædderen ♉ Tyr
+I Midten en stor, monumental 7armet Lysestage med 7 brændende Lys – den blev jeg færdig med i Aftes – den er pragtfuld - syet med Bronze-garn, Lysene hvide med gul rød Flamme. Gid det andet må lykkes ligesågodt. Der knytter sig en meget mærkelig Historie til Motivet med Lysestagen. Herom og om meget mere engang mundtligt.
+Nu får du alligevel Brev på Mors Fødselsdag! Tusinde Hilsner og gid alt godt må gro ud af det nye Foretagende!
+Hils Agraren! Din også glade 
+Dis
+[Skrevet på hovedet på s. 1 i venstre hjørne:]
+Jeg går op til Toget med dette, så har du det for omgående! Nu er Nus kommen hjem – hun hilser!</t>
+  </si>
+  <si>
+    <t>1945-04-03</t>
+  </si>
+  <si>
+    <t>Lindøgaard pr. Dræby St.</t>
+  </si>
+  <si>
+    <t>Bakkevej 12 Hareskov St.</t>
+  </si>
+  <si>
+    <t>Lars Christian Balslev
+Maria Balslev
+Martin Balslev
+Julie Brandt
+Louise Brønsted
+Anne Marie -, i huset på Lindøgaard
+Charlotte Knipschildt
+Adolph Larsen
+Johannes Larsen
+Christine  Mackie
+Axel  Müller
+Ellen  Sawyer
+Maria von Sperling. g. Balslev
+Torkild Warberg
+Erik Warberg Larsen
+Grete Warberg Larsen
+Martin Warberg Larsen
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvem "de søde piger" er. Muligvis Astrid Warbergs egne to døtre. Den unge mand, der solgte fisk, kendes heller ikke. 
+Torkild Warbergs villa sprængt i luften: Se hans biografi.
+Der blev aldrig gravet løbegrave i Johannes Larsens have - kun gjort klar til arbejdet. 
+Det vides ikke, hvem Line var.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0639</t>
+  </si>
+  <si>
+    <t>Charlotte Knipschildt er død. Hun var allerede gift, da Johanne/Junge var barn.
+Elle(n) har været på besøg et par dage.
+Adolph/Agraren og Johanne Larsen havde det så godt sammen, engang hvor ingen af børnene var hjenmme.
+Torkild Warbergs villa er blevet sprængt i luften.
+Louise/Lugge Brønsted har flyttet flere ting i sikkerhed hos sin søster, Christine/Mornine. Der bliver gravet løbegrave i Louises have og noget lignende bliver klargjort på Johannes Larsens grund.
+Johanne/Junge gør hovedrent. Astrid/Dis kan godt få nogle blomsterløg. 
+Flere medlemmer af Balslev-familien er interneret i Frøslev-lejren.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/t1xn</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:]
+modt. 5’ April 1945
+heri også 26/4. –
+Fru Astrid Warberg Müller
+Bakkevej 12
+Hareskov St.
+[Håndskrevet på kuvertens bagside:]
+Lindøgaard Dræby St. Fyen.
+[I brevet:]
+Lindøgaard Tirsdag d. 3de Apr. 1945
+Kære lille Dis!
+Det er pludselig gaaet op for mig, at du vist allerede længe har kigget efter Brev fra mig, men jeg har været saa Pokkers ugidelig i hele denne Paaske – Tid har der jo været rigelig af. Tak for dit sidste knippel-lange Brev, men da jeg i Dag har knap med Tid, vil jeg ikke give min Tid til at faa det halet frem og se, hvad der skal besvares, det bliver næste Gang. Dette kun et Par Ord for at du ikke skal kigge forgæves. - - Mon du gennem Lugge har hørt, at den gode gamle Charlotte er død, ja det har du vel, ellers kan du jo ringe hende op og høre de nærmere Enkeltheder. Hvor er det egentlig mærkeligt at hun har levet lige til nu, hun der for længst var voksen og gift, X da vi, som den Gang var smaa Børn, nu er mellem 70 – 80 – Mornine fylder da 75. Jeg tænker du er ked af at din Sygdom har forhindret dig i at besøge hende i den senere Tid. Jeg vidste slet ikke, at hun havde brækket Hoften, gjorde du? Men hvor hun dog fik en blid Død.
+Paasken her har været bemærkelsesværdig ved, at Elle har været her. Vi har ikke set hende siden Nytaar, men nu har hun faaet Dæk paa sin Cycle og er [”er” indsat over linjen] kørende igen. Hun kom uventet og til min store Glæde Lørdag lidt før Middag, blev her om Natten og tog af Sted Paaskedag hen under Aften. Vi havde det saa yndigt og jo Masser at snakke om. Naturligvis fik vi en l’Hombre Lørdag Aften og Søndag Eftermiddag ogsaa – Elle er jo en Spillefugl. 
+Nu fik jeg alligevel dit Brev halet frem. Du skriver bl.a., at du og Axel har det saa godt sammen – det minder mig om, hvad jeg saa tit har tænkt paa, at det Aarstid, da Agraren og jeg var alene tilbage i Kærbyhus, Tinge i Sverige, Bibbe i Kbhvn. Manse i Nordskov, da havde Agraren og jeg det saa ualmindelig harmonisk sammen. Det er maaske egentlig det normaleste, at Børnene er borte fra Hjemmet – i hvert Fald er det lettere at faa Harmoni i Ægteskabet paa den Maade, Børn kan jo give Anledning til Disharmoni selv om de er aldrig saa fuldkomne og søde. Ja, jeg kan sandelig da nok se, at Axel er mageløs, ja enestaaende mod dig; det er det, som Pan formulerede saadan: ”Axel forkæler Dis over alle Grænser” med stærkt Tryk paa o. alle Gr. Lidt Forkælelser er saamænd ingen Skade til, hvis man har bred Ryg nok til at bære den.
+Eft.Middag Hvor du dog gør meget for ”de søde Piger”, mon de nu vil vide at værdsætte det; det maa vi haabe. Hvor er det hele dog interessant og spændende med Kreditforeningen og alt det. 
+Lever den unge Mand endnu – jeg husker ikke hans Navn, som kørte Fisk og arbejdede for Jer og havde været Kommis. Hvordan gik det han med hans stakkels Kvartalsdrankeri, mon han gik i Hundene?
+Du hørte vel, at de har sprængt Torkilds Villa i Luften? Men tillige den glædelige Efterr. at han er i Frøslev. Jeg synes, det var ængsteligt at han var i Aalborg, hvis der nu, som de for nogen Tid siden talte om fra London, skal begynde der med de allieredes Angreb paa Danmark. De ulykkelige Fanger, som saa sidder i aflaasede Celler. 
+Ja Dis, det er næsten ikke til at bære mere, gid vi havde Bibbe vel hjemme, hun er saa frygtelig uforsigtig, sætter sig i Vinduet for at se til, naar der er Skyderi i Gaden. Det lille Bæst.
+Mon du har set hende ude hos Jer? Hos Janna var hun jo omkring ved Manses Fødselsdag, hun afsendte en Pakke til ham fra Bagsværd Station. 
+Vi var paa Lindø d. 30_te_, Tinges Fødselsdag, Langfredag. Grethe havde fint Kaffebord med Lagkage, og det var saa nydeligt og saa hyggeligt.
+Elle havde Breve med fra Lugge; de har lejet Mornines ledige Værelse til deres mest værdifulde Sager; de selv bor saa udsat, nu graver de Løbegrave af Sted der lige ved Huset. De er da endnu ikke begyndt at befæste Lases Have, der er kun gravet Pæle ned. 
+- - Vi er i Dag begyndt med Hovedrengøringen nemlig Rullestuen, som jeg regner for det værste; jeg arbejdede deroppe til Kl 11 ½, saa maatte jeg pausere og tog fat paa dit Brev, vi faar knusende travlt i hele denne Maaned, vi faar jo ny Pige til Maj, skal baade gøre rent slagte og vaske; desværre har A.M. bedt sig fri de sidste 3 Dage af April og den nye kommer først d. 3_die_. Det vil sige, at jeg bliver alene i 6 Dage og skulde jeg gerne have Huset skinnende rent til en ny Pige; jeg var temmelig ked af det, og er. 
+Nu faar du ikke mere i Dag, jeg skal om lidt op og tage fat igen paa min Rullestue.
+Tusinde Hilsner søde Dis fra din Junge
+Hils den gode Axel. 
+[Skrevet langs venstre kant s. 2:]
+Jeg havde Brev fra Marie Ladersen til Paaske; de har haft Besøg af Line som er i Arbejde og rask. Henrik og Gøga har det godt. 
+[Skrevet på hovedet øverst s. 1:]
+Tænk at mine Breve er 3 Dage undervejs, dine kun 2. Du skal nok faa Vintergækkeløg. Vil du have Scilla? Jeg har har en Urtepottefuld her inde, de er allerede afblomstrede, dem kan du faa, hvis du ikke har Scilla selv. Husk at svare. 
+[Skrevet langs venstre kant s. 1:]
+X hvor er jeg tit fiks med mine Ordstillinger.</t>
+  </si>
+  <si>
+    <t>1947-12-20</t>
+  </si>
+  <si>
+    <t>Edel -
+Ena -
+Johannes Nicolaus Brønsted
+Louise Brønsted
+Adolph Larsen
+Andreas Larsen
+Henning Larsen
+Johannes Larsen
+Marie Larsen
+Peter Andreas Larsen
+Gudmund Larsen 
+Else Larsen, Else, Andreas Larsens kone
+Pernille Marryat
+Ib Marryat Johansen
+Axel  Müller
+Lauritz Pedersen
+Georg Poulsen
+Janna Schou
+Lars Swane
+Rigmor Thorsen
+Erik Warberg Larsen
+Grete Warberg Larsen
+Lise Warberg Larsen
+Martin Warberg Larsen
+Erik Warberg Larsen, søn af Erik og Grethe
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Hvad familien skulle i Nyborg vides ikke.
+Den lille syerske fra Strandgyden kendes ikke. Heller ikke Charles. 
+Det vides ikke, hvad Lauritz Pedersens svigerinde og hendes mand hed. Svigerinden var formodentlig Lauritz Petersens første kones søster. Det er også uklart, hvor deres fælles gård, Dalsgaard, lå.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0654</t>
+  </si>
+  <si>
+    <t>Peters Ena snakker alt for meget.
+Edel er en god hjælp i huset. Man har bagt lagkagebunde til Erik Warberg Larsens barnedåb. Laura/Bibbe skal bære, og Lauritz P. stå fadder.
+Det er dejligt, at Astrid Warberg-Goldschmidts arbejdsevne er kommet tilbage, og at Axel Müller har det bedre. Godt også med kakkelovnen. 
+Maler Georg Poulsen har været på besøg for at låne billeder til Johannes Larsens 80års-fødselsdagsudstilling i Odense. Johannes Larsen er i godt humør. Han tager med til Johannes Nicolaus Brønsted/Magisterens begravelse. 
+Adolph/Agraren, Johanne/Junge og Martin/Manse Larsen skal med til Johannes Larsens 80års fødselsdagsfest. Nogle familiemedlemmer er ikke inviteret, da der ikke er plads til alle i Værkstedet. Andreas/Puf Larsen har lovet, at Johanne ikke kommer til at sidde i træk. 
+Det er svært at varme huset op. Marie Larsen kommer til jul. 
+Johanne har lavet en seng til en dukke, som Lise Warberg Larsen skal have.
+Erik skreg under hele dåbshandlingen og også bagefter ved kagebordet. 
+Laura/Bibbe og Lauritz skal holde jul for hele personalet på Dalsgaard. 
+Johanne tænker på julen på Erikshaab.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/vpPh</t>
+  </si>
+  <si>
+    <t>[Håndskrevet på kuvertens forside:}
+22 Dec. 1947.
+Fru A. Warberg Müller
+Bakkevej 12
+Hareskov
+13-3-2007.
+21-6-2000.
+BWP.
+[Håndskrevet på kuvertens bagside:]
+Lindøgaard Dræby St Fyen
+[I brevet:]
+[Indsat julemærke med teksten: ”Jul 1947 Danmark”.
+Lindøgaard 20-11-1947.
+Kære lille Dis!
+Her har du mig saa igen til det rigtige Julebrev; nu er det Aften jeg har ikke travlt med noget og her er Fred og Stilhed. Peter er taget til Odense, Edel og det lille Snakkehoved til Ena gaar til Munkebo om et Øjeblik; naar Ena er her i Stuen er hun meget stilfærdig, siger ikke ret meget, men naar hun er her i Køkkenet hos Edel gaar den lille Knevver uafbrudt – bogstavelig talt; jeg har sagt til Edel, at det var næsten uudholdeligt at høre paa, her er jo saa lydt, men hun bremser hende aldrig. Hvor findes der er Paradis uden Slangen? 
+Jeg er saa mærkværdig fremmelig med al Ting i Aar, det skyldes naturligvis den gode Hjælp fra Edel jeg kan godt sidde og smaadrive lidt uden at det gør noget og til de sidste Dage, Mandag og Tirsdag er der ikke meget at gøre. Vi har ellers i Aar bagt Smaakager for Grete, hun har Besvær nok med alt sit, naar hun har de to Børn at passe med al den Vask; de Børn skinner ogsaa altid af Renhed. Vi har bagt Vanillekranse, Jødekager, Kakaokager og brune Kager og 12 Lagkagebunde til hende; vi selv skulde have 6 Bunde, saa Edel bagte i Formiddags 18 Bunde, og da der kun kan staa een Kageform ad Gangen i Ovnen [”i Ovnen” indsat over linjen], kan du forstaa, at det var et helt anseligt Job. De skal have Barnedaab dernede i Morgen; Bibbe skal bære den lille henrivende Dreng og Lauritz skal staa Fadder; jeg tager ikke med i Kirke, maa være lidt forsigtig til Julen, men haaber, at Lauritz vil køre herom ad og tage mig med derned eft. Gudstjenesten jeg er ikke begyndt at gaa ud endnu. Det skal kun være Kaffebord, det er saa fornuftigt af dem at de ikke laver stor Spisning. 
+Hvor det dog er vidunderligt, lille Dis, at du har faaet din Arbejdslyst og –evne tilbage igen, for det er jo Tegn paa, at Fysikken er kommen i Orden igen; hvem kender ikke den rædsomme Ugidelighed naar man har været fysisk nedbrudt; mon ikke Åndens Grundlag er Fysikken – ja naturligvis kun til en vis Grad. Det er dog sjovt, at du paa dine gamle - jeg mener ældre – Dage er bleven bildende Kunstner, det er forbløffende med dine to Børnebøger. Og Tillykke med Kakkelovnen; det var sikkert haardt tiltrængt og skal nok hjælpe Axel godt. Og Stolen – ja man kan jo ikke faa både i Pose og i Sæk, og den Stol, han fik af Charles, der der staar ved Siden af Skrivebordet, er da egentlig behagelig at sidde i, jeg nød den da den Sommer, jeg var hos Jer; dette med at der ikke bruges nævne-
+2.
+værdig mere Brændsel paa denne Maade, skal nok passe; det foreholdt jeg til Fru Thorsen, naar hun, da de boede i Kærbyhus, kun fyrede i den ene Kakkelovn, som saa skulde opvarme Nabostuen; jeg sagde altid, der bruges ikke mere Brændsel, og Varmen bliver meget behageligere. Du ved ikke, lille Dis, hvor det glæder mig, og hvor jeg tager Del i din Glæde over, at Axel bedres, det er rigtignok vidunderligt, og hvor mærkeligt, at Axel har den Bankvirksomhed i Udsigt; jeg har ogsaa hele Tiden sagt – eller skrevet – at der ganske sikkert kunde blive Arbejde ved et eller andet, naar han holdt op med Frihavnen.
+Du skriver som Efterskrift i dit Brev: ”Hvor pragtfuldt, at Lauritz vil hente os i Nyborg, og at vi skal hjem til dem først,” jeg ved ikke rigtig, hvad du mener med det; naar du og jeg kommer til Nyborg er vi jo, hvor vi skal være; jeg skrev vist blot at Lauritz (en af de Dage, vi er i Nyborg) vil komme ud efter os saa vi kan besøge dem i Bovense. Stedet er, efter Lauritz’ Raad funden, det ligger ved Stranden lige ved Skoven. Men lad os nu først se, om det bliver til noget, der er jo længe til. 
+Forleden dag fik vi Besøg af en ung, meget tiltalende Maler fra Odense, Georg Poulsen, han bad om at laane nogle af vore Las-Billeder X; X til en Udstilling i Odense i Anl. af hans 80 Aars Fødselsd. d. 27-12. [X ”til en Udstilling i Odense i Anl. af hans 80 Aars Fødselsd. d. 27-12.” indsat over linjen]; han fik 4; bl.a. de smaa Fuglebilleder som Las malede til Agraren, da han kun var 14-16 Aar; jeg havde ladet dem indramme, det ene oven paa det andet [Tegning] – saadan; 2 Fuglekonger og en Rødirisk; det er det allerførste i Kataloget, som er ordnet efter Aarstal; dette fra 1881 – dog med Spørgsmaalstegn, for jeg mener at vide, at han var 16 Aar, da han lavede dem. Manse fik Indbydelse til Udstillingens Aabning i Dag; han og Peter var derude og de havde moret sig godt, Las Puf og Else var der Las havde været saa levende og gaaet og virket – regeret, tror jeg, Manse sagde! Tænk, at han tager ind til Magisterens Begravelse, gid vi dog maa faa lidt mildt Vejr, jeg synes, det er lidt letsindigt – paa denne Aarstid, de vilde se at komme hjem samme Dag. Jeg haaber, at Manse vil tage derover ogsaa, men ved det ikke bestemt.
+Agraren, Manse og jeg er bedt til Middagen paa Lases Fødselsdag i Dag om 8 Dage; Manse er bleven udvalgt, fordi han og Las er saa særlig gode venner, der er altid en umaadelig Mængde Snak imellem dem, naar de er sammen, ellers hverken Tinge, Bibbe, Henning, Bror og Lasse Sw. det vilde jo være at gribe for vidt om sig, da jo
+3.
+deres respektive Mænd og Koner saa ogsaa skulde med. Jeg baade glæder mig og ikke glæder mig. Man er ikke rigtig i Humør til en stor Fest, naar man er saa opfyldt af Sorg over lille Lugge – havde det bare været et Par Maaneder senere. Vi skal spise i Værkstedet, hvad vi ogsaa gjorde, da de lavede Fest for Rie, da hun fyldte 70; skønt det var d. 5te Juni, frøs jeg saa det stod efter, fordi jeg sad lige ved Døren, der gik ustandselig, naar de opvartende skulde ud og ind; det havde jeg - lidt bekymret - fortalt Manse, og tænk i Dag sagde han til Puf, hvem han jo traf i Odense, om de ikke vilde sætte mig, saa jeg ikke fik Træk fra Døren. Ved du, hvad jeg skal iføres ved Selskabet: den brune uldne Kjole, som du sendte mig i Fjor. Mon jeg dog har fortalt dig, at den er bleven saa smuk? der er en Begejstring over hele Linien de Par Gange, jeg har haft den paa den har den lille Syerske oppe fra Strandgyden rigtignok haft Held med. Jeg har nok en sort Silkekjole, men dels er den gammeldags og dels tør jeg ikke tage saa tynd en Kjole paa; du synes vist, jeg er blev svært omsorgsfuld med mit Helbred, men Gang paa Gang har jeg i dette Efteraar haft Lungebetændelsefornemmelser, ondt i Bryst og Ryg med Stik og hvad der hører til, som da jeg virkelig fik Lungeb. for et Par Aar siden, saa jeg synes, det er kun min forbandede Pligt at passe lidt paa. Fejlen er sikkert min egen, idet jeg har forsømt at hærde mig lidt ved at gaa Ture hver Dag, men det er nu ikke altid saa nemt. 
+Mon jeg har fortalt dig, at vi er flyttet ned i Spisestuen for i Vinter; Stuen var ikke til at varme op med Tørv; det bliver et stort Savn i Julen, men det maa ta’s: Havestuen er lettere at fyre op for et Par enkelte Dage, der skulde alligevel Ild for Maries Skyld – altsaa lidt Varme ind i Gæstekamret, der hvor du laa. Vi tager saa Juletræet i Havestuen og nøjes med det, som det kan blive. Nu kan jeg ikke mere i Aften, maaske kan jeg skrive lidt mere i morgen el. paa Mandag, saa kan jeg fortælle lidt om Barnedaaben.
+Søndag Aften Saa kommer vi til Afslutningen! Klokken blev lidt mange, Aftenen er gaaet med et pudsigt Job: Edel havde købt en Dukke (14 Kr!) fra Agr. og mig til Lise, og Edel havde som sin Andel i Gaven strikket Drengetøj til den, Bukser med Seler over Strikkeblusen, vældig smart, men da vi manglede en Æske til at lægge ham i, fik jeg den Ide at lave en Slags Vugge, formet som et gammeldags Dejgtru [Tegning] af Pap; Endestykkerne ogsaa af Pap
+4.
+syede Edel paa, men jeg holdt paa den; saa klistrede vi den over med et blomstrende Juleindpakningspapir, og den blev noget saa elegant, han ligger helt som i en Moses-Kurv. Men Tid tog det min Sandten. Vi tænker, at Lise bliver salig. 
+Barnedaaben gik saa godt; de var lidt møre af Kirkegangen, for vores lille, der blev døbt Erik Warberg Larsen, og saa et andet lille Barn, havde begge brølet af deres små Lungers fulde Kraft – hele Tiden! Præsten havde været kendelig enerveret. Lauritz og Bibbe kørte saa ned med Drengen og Else, som havde ”taget Huen af” og kom saa op efter os. Da vi kom derned laa Lillebror stadig og brølede; jeg fik ham op og vissede ham, det hjalp lidt, men stadig kom der smaa Hulk – nej den Kirkefærd havde været for meget for Lillebrors spæde Nerver. Saa kom Tinge og Grete, og der faldt Ro over os ved et festligt Kaffebord med 2 Lagkager Wienerbrød, Sandkage og alle mine Smaakager. De havde en Flaske Vin, som vi nød og drak Skaaler i; Agraren og jeg havde 50 Cerutter med til dem i Daabsgave, vi giver jo ikke hinanden Julegaver i Aar, derfor kaldte vi det Daabsgave, af mig fik han desuden en Sparekassebog med 10 Kr. Det er saa morsomt at se, saa glad Bibbe er ved Lauritz, men jeg tror nok, hun er lidt overvældet af Arbejdet, fordi der er saa meget Selskabelighed; hun kan saa daarlig døje al den Selskabelighed. De bliver en Mængde Juleaften, hele Personalet fra Dalsgaard, du ved, hans første Kones Fødegaard, som Lauritz stadig ejer sammen med Svigerinden og hendes Mand; den skal for Resten sælges nu. – Jeg tror nok, Bibbe glæder sig som et Barn til at naa over Nytaar. 
+Mon ikke det gaar dig som mig, at naar vi gaar og passer til Jul, har man stadig Erikshaab Julene i Tankerne, hvor var de Juleforberedelser festlige, ja næsten hellige staar de nu i ens Erindring.
+Og saa vil da til sidst ønske dig og Axel en glædelig Jul sammen med Jeres lille Nillebarn vil du hilse Janna og Ib saa mange Gange fra mig og ønske dem alt godt for Jul og Nytaar.
+De kærligste Hilsner, lille Dis, fra din Junge.
+Brevet er for anseligt til jeg har Mod paa Gennemlæsn. Find selv ud af Fejltagelserne.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="3">
     <numFmt numFmtId="100" formatCode="yyyy/mm/dd"/>
     <numFmt numFmtId="101" formatCode="yyyy/mm/dd hh:mm:ss"/>
     <numFmt numFmtId="102" formatCode="yyyy-mm-dd"/>
   </numFmts>
   <fonts count="7">
     <font>
       <name val="Arial"/>
       <sz val="11"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
       <family val="1"/>
     </font>
     <font>
       <name val="Arial"/>
       <sz val="14"/>
@@ -5452,59 +5494,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/R6oZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4Wy2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i5m7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AbaW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fBxg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6J5k" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cWRz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MOYc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V6OL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mHn3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4B2d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i6iH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5iq4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v5EC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7Dc9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AN76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eY62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oaIp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/B1ge" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jDA7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1pFZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1NAW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2HOA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/sWpUrOin" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/9LdcvZH9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/WsHnFLg1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4edm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RxrT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RcfO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9gF7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ie7B" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zCWy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7tPK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dGdH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RNOS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/f4hQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LFlW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FR2K" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Qx0N" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ipO9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tJMg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1XAC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xLht" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F0dG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/x8br" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XWno" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gnVi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wftc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OfQX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/C8yI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iEY2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GM1P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F1Lr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t1xn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vpPh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eKFw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Sov4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NaCo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EIR8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GExx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4EbL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xlv1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8efm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vjJB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FVb7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pZOj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vbQZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7RUc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aa3V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fxom" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NW4E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pxQF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Zs1g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Qdwv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/av6L" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SCEC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7IvF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KOlx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/511F" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JuzW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0GbR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4C1Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tCf4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tuYk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kWnW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VLuh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FSAa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Gn6q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OacK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yY73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9Hvc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qhI1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sEjv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dFXg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yGcJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sXh6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XDEQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/78Ow" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/06VF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yrEi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dPGj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IJxX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/n30Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Nri4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId111" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qFVb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId112" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xnJ7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId113" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uggH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId114" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/99SJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId115" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/03Q9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId116" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HpfN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId117" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/a6gU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId118" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A2oC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId119" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JAzF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId120" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J2KL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId121" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId122" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ky8i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId123" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UgIn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId124" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OhSR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId125" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/AN76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JAzF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JuzW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xlv1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6J5k" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J2KL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NaCo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oaIp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FVb7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8efm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pZOj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vbQZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EIR8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ie7B" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7RUc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4EbL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vjJB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aa3V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V6OL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KOlx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/WsHnFLg1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ky8i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eY62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0GbR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4C1Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xnJ7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uggH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mHn3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Sov4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HpfN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RNOS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fxom" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tCf4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tuYk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UgIn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kWnW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4edm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VLuh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FSAa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Gn6q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OacK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yY73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9Hvc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qhI1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9gF7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/R6oZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xLht" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sEjv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dFXg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RxrT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/511F" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yGcJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sXh6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XDEQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/78Ow" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/06VF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yrEi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dPGj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IJxX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A2oC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OhSR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/n30Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F0dG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/a6gU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/x8br" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XWno" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/f4hQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LFlW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Qdwv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jDA7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zCWy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gnVi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7Dc9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1pFZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/99SJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/03Q9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Nri4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qFVb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wftc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i6iH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eKFw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GExx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OfQX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/C8yI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FR2K" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Qx0N" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RcfO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1NAW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fBxg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7tPK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/av6L" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NW4E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pxQF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/sWpUrOin" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Zs1g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iEY2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SCEC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4Wy2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dGdH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GM1P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ipO9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7IvF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i5m7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId111" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4B2d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId112" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/9LdcvZH9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId113" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tJMg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId114" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1XAC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId115" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5iq4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId116" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AbaW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId117" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cWRz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId118" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/43Y1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId119" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2HOA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId120" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v5EC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId121" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/B1ge" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId122" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F1Lr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId123" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MOYc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId124" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t1xn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId125" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vpPh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId126" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M120"/>
+  <dimension ref="A1:M121"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -5547,5221 +5589,5264 @@
     </row>
     <row r="2">
       <c r="A2" s="5" t="s">
         <v>13</v>
       </c>
       <c r="B2" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C2" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D2" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E2" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F2" s="5" t="s">
         <v>18</v>
       </c>
       <c r="G2" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H2" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I2" s="5" t="s">
+      <c r="H2" s="5" t="s">
         <v>19</v>
       </c>
+      <c r="I2" s="5"/>
       <c r="J2" s="5" t="s">
         <v>20</v>
       </c>
       <c r="K2" s="5" t="s">
         <v>21</v>
       </c>
       <c r="L2" s="6" t="s">
         <v>22</v>
       </c>
       <c r="M2" s="5" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="5" t="s">
         <v>24</v>
       </c>
       <c r="B3" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C3" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="D3" s="5" t="s">
         <v>25</v>
-      </c>
-[...1 lines deleted...]
-        <v>26</v>
       </c>
       <c r="E3" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F3" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F3" s="5" t="s">
+        <v>26</v>
       </c>
       <c r="G3" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H3" s="5" t="s">
         <v>27</v>
       </c>
       <c r="I3" s="5" t="s">
         <v>28</v>
       </c>
       <c r="J3" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="K3" s="5" t="s">
         <v>29</v>
       </c>
-      <c r="K3" s="5" t="s">
+      <c r="L3" s="6" t="s">
         <v>30</v>
       </c>
-      <c r="L3" s="6" t="s">
+      <c r="M3" s="5" t="s">
         <v>31</v>
-      </c>
-[...1 lines deleted...]
-        <v>32</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="5" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="B4" s="5" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="C4" s="5" t="s">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="D4" s="5" t="s">
-        <v>36</v>
+        <v>16</v>
       </c>
       <c r="E4" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F4" s="5" t="s">
+      <c r="F4" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G4" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H4" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="I4" s="5" t="s">
+        <v>34</v>
+      </c>
+      <c r="J4" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="K4" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="L4" s="6" t="s">
+        <v>36</v>
+      </c>
+      <c r="M4" s="5" t="s">
         <v>37</v>
-      </c>
-[...21 lines deleted...]
-        <v>43</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="5" t="s">
-        <v>44</v>
+        <v>38</v>
       </c>
       <c r="B5" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C5" s="5" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="D5" s="5" t="s">
-        <v>45</v>
+        <v>16</v>
       </c>
       <c r="E5" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F5" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G5" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H5" s="5" t="s">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="I5" s="5" t="s">
-        <v>47</v>
+        <v>40</v>
       </c>
       <c r="J5" s="5" t="s">
-        <v>48</v>
+        <v>20</v>
       </c>
       <c r="K5" s="5" t="s">
-        <v>49</v>
+        <v>41</v>
       </c>
       <c r="L5" s="6" t="s">
-        <v>50</v>
+        <v>42</v>
       </c>
       <c r="M5" s="5" t="s">
-        <v>51</v>
+        <v>43</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="B6" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C6" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="D6" s="5" t="s">
+        <v>46</v>
+      </c>
+      <c r="E6" s="5" t="s">
+        <v>47</v>
+      </c>
+      <c r="F6" s="5" t="s">
+        <v>48</v>
+      </c>
+      <c r="G6" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H6" s="5" t="s">
+        <v>49</v>
+      </c>
+      <c r="I6" s="5" t="s">
+        <v>50</v>
+      </c>
+      <c r="J6" s="5" t="s">
+        <v>51</v>
+      </c>
+      <c r="K6" s="5" t="s">
         <v>52</v>
       </c>
-      <c r="B6" s="5" t="s">
-[...8 lines deleted...]
-      <c r="E6" s="5" t="s">
+      <c r="L6" s="6" t="s">
         <v>53</v>
       </c>
-      <c r="F6" s="5" t="inlineStr">
-[...9 lines deleted...]
-      <c r="H6" s="5" t="s">
+      <c r="M6" s="5" t="s">
         <v>54</v>
-      </c>
-[...13 lines deleted...]
-        <v>59</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="5" t="s">
+        <v>55</v>
+      </c>
+      <c r="B7" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C7" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D7" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E7" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F7" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G7" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H7" s="5" t="s">
+        <v>56</v>
+      </c>
+      <c r="I7" s="5" t="s">
+        <v>57</v>
+      </c>
+      <c r="J7" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="K7" s="5" t="s">
+        <v>58</v>
+      </c>
+      <c r="L7" s="6" t="s">
+        <v>59</v>
+      </c>
+      <c r="M7" s="5" t="s">
         <v>60</v>
-      </c>
-[...36 lines deleted...]
-        <v>70</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="5" t="s">
-        <v>71</v>
+        <v>61</v>
       </c>
       <c r="B8" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C8" s="5" t="s">
-        <v>72</v>
+        <v>62</v>
       </c>
       <c r="D8" s="5" t="s">
-        <v>26</v>
+        <v>63</v>
       </c>
       <c r="E8" s="5" t="s">
-        <v>73</v>
+        <v>17</v>
       </c>
       <c r="F8" s="5" t="s">
-        <v>74</v>
+        <v>18</v>
       </c>
       <c r="G8" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H8" s="5" t="s">
-        <v>75</v>
+        <v>64</v>
       </c>
       <c r="I8" s="5" t="s">
-        <v>76</v>
+        <v>65</v>
       </c>
       <c r="J8" s="5" t="s">
-        <v>77</v>
+        <v>66</v>
       </c>
       <c r="K8" s="5" t="s">
-        <v>78</v>
+        <v>67</v>
       </c>
       <c r="L8" s="6" t="s">
-        <v>79</v>
+        <v>68</v>
       </c>
       <c r="M8" s="5" t="s">
-        <v>80</v>
+        <v>69</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="5" t="s">
-        <v>81</v>
+        <v>70</v>
       </c>
       <c r="B9" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C9" s="5" t="s">
-        <v>16</v>
+        <v>62</v>
       </c>
       <c r="D9" s="5" t="s">
-        <v>26</v>
+        <v>63</v>
       </c>
       <c r="E9" s="5" t="s">
-        <v>82</v>
+        <v>17</v>
       </c>
       <c r="F9" s="5" t="s">
-        <v>83</v>
-[...4 lines deleted...]
-        </is>
+        <v>18</v>
+      </c>
+      <c r="G9" s="5" t="s">
+        <v>71</v>
       </c>
       <c r="H9" s="5" t="s">
-        <v>84</v>
+        <v>72</v>
       </c>
       <c r="I9" s="5" t="s">
-        <v>85</v>
+        <v>73</v>
       </c>
       <c r="J9" s="5" t="s">
-        <v>86</v>
+        <v>66</v>
       </c>
       <c r="K9" s="5" t="s">
-        <v>87</v>
+        <v>74</v>
       </c>
       <c r="L9" s="6" t="s">
-        <v>88</v>
+        <v>75</v>
       </c>
       <c r="M9" s="5" t="s">
-        <v>89</v>
+        <v>76</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="5" t="s">
-        <v>90</v>
+        <v>77</v>
       </c>
       <c r="B10" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C10" s="5" t="s">
-        <v>35</v>
+        <v>25</v>
       </c>
       <c r="D10" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E10" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F10" s="5" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="F10" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G10" s="5" t="s">
+        <v>78</v>
       </c>
       <c r="H10" s="5" t="s">
-        <v>92</v>
+        <v>79</v>
       </c>
       <c r="I10" s="5" t="s">
-        <v>93</v>
+        <v>80</v>
       </c>
       <c r="J10" s="5" t="s">
-        <v>94</v>
+        <v>20</v>
       </c>
       <c r="K10" s="5" t="s">
-        <v>95</v>
+        <v>81</v>
       </c>
       <c r="L10" s="6" t="s">
-        <v>96</v>
+        <v>82</v>
       </c>
       <c r="M10" s="5" t="s">
-        <v>97</v>
+        <v>83</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="5" t="s">
-        <v>98</v>
+        <v>84</v>
       </c>
       <c r="B11" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C11" s="5" t="s">
-        <v>35</v>
+        <v>16</v>
       </c>
       <c r="D11" s="5" t="s">
-        <v>16</v>
-[...4 lines deleted...]
-        </is>
+        <v>25</v>
+      </c>
+      <c r="E11" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F11" s="5" t="s">
-        <v>91</v>
+        <v>26</v>
       </c>
       <c r="G11" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H11" s="5" t="s">
-        <v>99</v>
+        <v>85</v>
       </c>
       <c r="I11" s="5" t="s">
-        <v>100</v>
+        <v>86</v>
       </c>
       <c r="J11" s="5" t="s">
-        <v>101</v>
+        <v>20</v>
       </c>
       <c r="K11" s="5" t="s">
-        <v>102</v>
+        <v>87</v>
       </c>
       <c r="L11" s="6" t="s">
-        <v>103</v>
+        <v>88</v>
       </c>
       <c r="M11" s="5" t="s">
-        <v>104</v>
+        <v>89</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="5" t="s">
-        <v>105</v>
+        <v>90</v>
       </c>
       <c r="B12" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C12" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D12" s="5" t="s">
-        <v>35</v>
+        <v>25</v>
       </c>
       <c r="E12" s="5" t="s">
-        <v>106</v>
-[...1 lines deleted...]
-      <c r="F12" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F12" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G12" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H12" s="5" t="s">
         <v>91</v>
       </c>
-      <c r="G12" s="5" t="inlineStr">
-[...6 lines deleted...]
-      </c>
       <c r="I12" s="5" t="s">
-        <v>108</v>
+        <v>92</v>
       </c>
       <c r="J12" s="5" t="s">
-        <v>109</v>
+        <v>20</v>
       </c>
       <c r="K12" s="5" t="s">
-        <v>110</v>
+        <v>93</v>
       </c>
       <c r="L12" s="6" t="s">
-        <v>111</v>
+        <v>94</v>
       </c>
       <c r="M12" s="5" t="s">
-        <v>112</v>
+        <v>95</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="5" t="s">
-        <v>113</v>
+        <v>96</v>
       </c>
       <c r="B13" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C13" s="5" t="s">
-        <v>35</v>
+        <v>16</v>
       </c>
       <c r="D13" s="5" t="s">
-        <v>114</v>
-[...12 lines deleted...]
-        </is>
+        <v>25</v>
+      </c>
+      <c r="E13" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F13" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G13" s="5" t="s">
+        <v>97</v>
       </c>
       <c r="H13" s="5" t="s">
-        <v>116</v>
+        <v>98</v>
       </c>
       <c r="I13" s="5" t="s">
-        <v>117</v>
+        <v>99</v>
       </c>
       <c r="J13" s="5" t="s">
-        <v>118</v>
+        <v>20</v>
       </c>
       <c r="K13" s="5" t="s">
-        <v>119</v>
+        <v>100</v>
       </c>
       <c r="L13" s="6" t="s">
-        <v>120</v>
+        <v>101</v>
       </c>
       <c r="M13" s="5" t="s">
-        <v>121</v>
+        <v>102</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="5" t="s">
-        <v>122</v>
+        <v>103</v>
       </c>
       <c r="B14" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C14" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D14" s="5" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="E14" s="5" t="s">
-        <v>123</v>
-[...5 lines deleted...]
-        <v>124</v>
+        <v>17</v>
+      </c>
+      <c r="F14" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G14" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H14" s="5" t="s">
-        <v>125</v>
+        <v>104</v>
       </c>
       <c r="I14" s="5" t="s">
-        <v>126</v>
+        <v>105</v>
       </c>
       <c r="J14" s="5" t="s">
-        <v>127</v>
+        <v>20</v>
       </c>
       <c r="K14" s="5" t="s">
-        <v>128</v>
+        <v>106</v>
       </c>
       <c r="L14" s="6" t="s">
-        <v>129</v>
+        <v>107</v>
       </c>
       <c r="M14" s="5" t="s">
-        <v>130</v>
+        <v>108</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="5" t="s">
-        <v>131</v>
+        <v>109</v>
       </c>
       <c r="B15" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C15" s="5" t="s">
-        <v>132</v>
+        <v>16</v>
       </c>
       <c r="D15" s="5" t="s">
-        <v>45</v>
-[...4 lines deleted...]
-        </is>
+        <v>25</v>
+      </c>
+      <c r="E15" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F15" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G15" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H15" s="5" t="s">
-        <v>133</v>
+        <v>110</v>
       </c>
       <c r="I15" s="5" t="s">
-        <v>134</v>
+        <v>111</v>
       </c>
       <c r="J15" s="5" t="s">
-        <v>135</v>
+        <v>20</v>
       </c>
       <c r="K15" s="5" t="s">
-        <v>136</v>
+        <v>112</v>
       </c>
       <c r="L15" s="6" t="s">
-        <v>137</v>
+        <v>113</v>
       </c>
       <c r="M15" s="5" t="s">
-        <v>138</v>
+        <v>114</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="5" t="s">
-        <v>139</v>
+        <v>109</v>
       </c>
       <c r="B16" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C16" s="5" t="s">
-        <v>140</v>
+        <v>25</v>
       </c>
       <c r="D16" s="5" t="s">
-        <v>141</v>
+        <v>16</v>
       </c>
       <c r="E16" s="5" t="s">
-        <v>142</v>
-[...2 lines deleted...]
-        <v>143</v>
+        <v>17</v>
+      </c>
+      <c r="F16" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G16" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H16" s="5" t="s">
-        <v>144</v>
+        <v>115</v>
       </c>
       <c r="I16" s="5" t="s">
-        <v>145</v>
+        <v>116</v>
       </c>
       <c r="J16" s="5" t="s">
-        <v>146</v>
+        <v>20</v>
       </c>
       <c r="K16" s="5" t="s">
-        <v>147</v>
+        <v>117</v>
       </c>
       <c r="L16" s="6" t="s">
-        <v>148</v>
+        <v>118</v>
       </c>
       <c r="M16" s="5" t="s">
-        <v>149</v>
+        <v>119</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="5" t="s">
-        <v>150</v>
+        <v>120</v>
       </c>
       <c r="B17" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C17" s="5" t="s">
-        <v>151</v>
+        <v>16</v>
       </c>
       <c r="D17" s="5" t="s">
-        <v>140</v>
+        <v>25</v>
       </c>
       <c r="E17" s="5" t="s">
-        <v>142</v>
-[...2 lines deleted...]
-        <v>152</v>
+        <v>17</v>
+      </c>
+      <c r="F17" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G17" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H17" s="5" t="s">
-        <v>153</v>
-[...1 lines deleted...]
-      <c r="I17" s="5"/>
+        <v>121</v>
+      </c>
+      <c r="I17" s="5" t="s">
+        <v>122</v>
+      </c>
       <c r="J17" s="5" t="s">
-        <v>146</v>
+        <v>20</v>
       </c>
       <c r="K17" s="5" t="s">
-        <v>154</v>
+        <v>123</v>
       </c>
       <c r="L17" s="6" t="s">
-        <v>155</v>
+        <v>124</v>
       </c>
       <c r="M17" s="5" t="s">
-        <v>156</v>
+        <v>125</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="5" t="s">
-        <v>157</v>
+        <v>120</v>
       </c>
       <c r="B18" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C18" s="5" t="s">
-        <v>141</v>
+        <v>25</v>
       </c>
       <c r="D18" s="5" t="s">
-        <v>140</v>
-[...2 lines deleted...]
-        <v>142</v>
+        <v>16</v>
+      </c>
+      <c r="E18" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F18" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G18" s="5" t="s">
-        <v>158</v>
+      <c r="G18" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H18" s="5" t="s">
-        <v>159</v>
+        <v>126</v>
       </c>
       <c r="I18" s="5" t="s">
-        <v>160</v>
+        <v>127</v>
       </c>
       <c r="J18" s="5" t="s">
-        <v>146</v>
+        <v>20</v>
       </c>
       <c r="K18" s="5" t="s">
-        <v>161</v>
+        <v>128</v>
       </c>
       <c r="L18" s="6" t="s">
-        <v>162</v>
+        <v>129</v>
       </c>
       <c r="M18" s="5" t="s">
-        <v>163</v>
+        <v>130</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="5" t="s">
-        <v>164</v>
+        <v>131</v>
       </c>
       <c r="B19" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C19" s="5" t="s">
-        <v>165</v>
+        <v>16</v>
       </c>
       <c r="D19" s="5" t="s">
-        <v>15</v>
+        <v>25</v>
       </c>
       <c r="E19" s="5" t="s">
-        <v>142</v>
-[...2 lines deleted...]
-        <v>152</v>
+        <v>17</v>
+      </c>
+      <c r="F19" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G19" s="5" t="s">
-        <v>166</v>
+        <v>132</v>
       </c>
       <c r="H19" s="5" t="s">
-        <v>167</v>
+        <v>133</v>
       </c>
       <c r="I19" s="5" t="s">
-        <v>168</v>
+        <v>134</v>
       </c>
       <c r="J19" s="5" t="s">
-        <v>169</v>
+        <v>20</v>
       </c>
       <c r="K19" s="5" t="s">
-        <v>170</v>
+        <v>135</v>
       </c>
       <c r="L19" s="6" t="s">
-        <v>171</v>
+        <v>136</v>
       </c>
       <c r="M19" s="5" t="s">
-        <v>172</v>
+        <v>137</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="5" t="s">
-        <v>173</v>
+        <v>138</v>
       </c>
       <c r="B20" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C20" s="5" t="s">
-        <v>132</v>
+        <v>139</v>
       </c>
       <c r="D20" s="5" t="s">
-        <v>174</v>
-[...4 lines deleted...]
-        </is>
+        <v>140</v>
+      </c>
+      <c r="E20" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F20" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G20" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H20" s="5" t="s">
-        <v>175</v>
+        <v>141</v>
       </c>
       <c r="I20" s="5" t="s">
-        <v>176</v>
+        <v>142</v>
       </c>
       <c r="J20" s="5" t="s">
-        <v>135</v>
+        <v>143</v>
       </c>
       <c r="K20" s="5" t="s">
-        <v>177</v>
+        <v>144</v>
       </c>
       <c r="L20" s="6" t="s">
-        <v>178</v>
+        <v>145</v>
       </c>
       <c r="M20" s="5" t="s">
-        <v>179</v>
+        <v>146</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="5" t="s">
-        <v>180</v>
+        <v>147</v>
       </c>
       <c r="B21" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C21" s="5" t="s">
         <v>140</v>
       </c>
       <c r="D21" s="5" t="s">
-        <v>141</v>
-[...2 lines deleted...]
-        <v>142</v>
+        <v>139</v>
+      </c>
+      <c r="E21" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F21" s="5" t="s">
-        <v>143</v>
+        <v>148</v>
       </c>
       <c r="G21" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H21" s="5" t="s">
-        <v>181</v>
+        <v>149</v>
       </c>
       <c r="I21" s="5" t="s">
-        <v>182</v>
+        <v>150</v>
       </c>
       <c r="J21" s="5" t="s">
-        <v>146</v>
+        <v>151</v>
       </c>
       <c r="K21" s="5" t="s">
-        <v>183</v>
+        <v>152</v>
       </c>
       <c r="L21" s="6" t="s">
-        <v>184</v>
+        <v>153</v>
       </c>
       <c r="M21" s="5" t="s">
-        <v>185</v>
+        <v>154</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="5" t="s">
-        <v>186</v>
+        <v>155</v>
       </c>
       <c r="B22" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C22" s="5" t="s">
-        <v>140</v>
+        <v>15</v>
       </c>
       <c r="D22" s="5" t="s">
-        <v>141</v>
+        <v>16</v>
       </c>
       <c r="E22" s="5" t="s">
-        <v>142</v>
+        <v>17</v>
       </c>
       <c r="F22" s="5" t="s">
-        <v>143</v>
+        <v>26</v>
       </c>
       <c r="G22" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H22" s="5" t="s">
-        <v>187</v>
+        <v>156</v>
       </c>
       <c r="I22" s="5" t="s">
-        <v>188</v>
+        <v>157</v>
       </c>
       <c r="J22" s="5" t="s">
-        <v>146</v>
+        <v>20</v>
       </c>
       <c r="K22" s="5" t="s">
-        <v>189</v>
+        <v>158</v>
       </c>
       <c r="L22" s="6" t="s">
-        <v>190</v>
+        <v>159</v>
       </c>
       <c r="M22" s="5" t="s">
-        <v>191</v>
+        <v>160</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="5" t="s">
-        <v>192</v>
+        <v>161</v>
       </c>
       <c r="B23" s="5" t="s">
-        <v>14</v>
+        <v>162</v>
       </c>
       <c r="C23" s="5" t="s">
-        <v>35</v>
-[...8 lines deleted...]
-        <v>194</v>
+        <v>139</v>
+      </c>
+      <c r="D23" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E23" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F23" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G23" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H23" s="5" t="s">
-        <v>195</v>
-[...5 lines deleted...]
-        <v>197</v>
+        <v>163</v>
+      </c>
+      <c r="I23" s="5"/>
+      <c r="J23" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K23" s="5" t="s">
-        <v>198</v>
+        <v>164</v>
       </c>
       <c r="L23" s="6" t="s">
-        <v>199</v>
-[...3 lines deleted...]
-      </c>
+        <v>165</v>
+      </c>
+      <c r="M23" s="5"/>
     </row>
     <row r="24">
       <c r="A24" s="5" t="s">
-        <v>201</v>
+        <v>166</v>
       </c>
       <c r="B24" s="5" t="s">
-        <v>14</v>
+        <v>162</v>
       </c>
       <c r="C24" s="5" t="s">
-        <v>26</v>
-[...2 lines deleted...]
-        <v>36</v>
+        <v>139</v>
+      </c>
+      <c r="D24" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F24" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G24" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H24" s="5" t="s">
-        <v>202</v>
-[...8 lines deleted...]
-        <v>205</v>
+        <v>167</v>
+      </c>
+      <c r="I24" s="5"/>
+      <c r="J24" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K24" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L24" s="6" t="s">
-        <v>206</v>
-[...3 lines deleted...]
-      </c>
+        <v>168</v>
+      </c>
+      <c r="M24" s="5"/>
     </row>
     <row r="25">
       <c r="A25" s="5" t="s">
-        <v>208</v>
+        <v>169</v>
       </c>
       <c r="B25" s="5" t="s">
-        <v>209</v>
+        <v>14</v>
       </c>
       <c r="C25" s="5" t="s">
-        <v>140</v>
-[...19 lines deleted...]
-        </is>
+        <v>15</v>
+      </c>
+      <c r="D25" s="5" t="s">
+        <v>63</v>
+      </c>
+      <c r="E25" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F25" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G25" s="5" t="s">
+        <v>170</v>
       </c>
       <c r="H25" s="5" t="s">
-        <v>45</v>
-[...10 lines deleted...]
-        </is>
+        <v>171</v>
+      </c>
+      <c r="I25" s="5" t="s">
+        <v>172</v>
+      </c>
+      <c r="J25" s="5" t="s">
+        <v>173</v>
+      </c>
+      <c r="K25" s="5" t="s">
+        <v>174</v>
       </c>
       <c r="L25" s="6" t="s">
-        <v>210</v>
-[...1 lines deleted...]
-      <c r="M25" s="5"/>
+        <v>175</v>
+      </c>
+      <c r="M25" s="5" t="s">
+        <v>176</v>
+      </c>
     </row>
     <row r="26">
       <c r="A26" s="5" t="s">
-        <v>211</v>
+        <v>177</v>
       </c>
       <c r="B26" s="5" t="s">
-        <v>209</v>
+        <v>14</v>
       </c>
       <c r="C26" s="5" t="s">
-        <v>140</v>
-[...9 lines deleted...]
-        </is>
+        <v>25</v>
+      </c>
+      <c r="D26" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E26" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F26" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G26" s="5" t="inlineStr">
-[...13 lines deleted...]
-        </is>
+      <c r="G26" s="5" t="s">
+        <v>178</v>
+      </c>
+      <c r="H26" s="5" t="s">
+        <v>179</v>
+      </c>
+      <c r="I26" s="5" t="s">
+        <v>180</v>
+      </c>
+      <c r="J26" s="5" t="s">
+        <v>20</v>
       </c>
       <c r="K26" s="5" t="s">
-        <v>212</v>
+        <v>181</v>
       </c>
       <c r="L26" s="6" t="s">
-        <v>213</v>
-[...1 lines deleted...]
-      <c r="M26" s="5"/>
+        <v>182</v>
+      </c>
+      <c r="M26" s="5" t="s">
+        <v>183</v>
+      </c>
     </row>
     <row r="27">
       <c r="A27" s="5" t="s">
-        <v>214</v>
+        <v>184</v>
       </c>
       <c r="B27" s="5" t="s">
-        <v>209</v>
+        <v>14</v>
       </c>
       <c r="C27" s="5" t="s">
-        <v>16</v>
-[...14 lines deleted...]
-        </is>
+        <v>15</v>
+      </c>
+      <c r="D27" s="5" t="s">
+        <v>63</v>
+      </c>
+      <c r="E27" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F27" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="G27" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H27" s="5" t="s">
-        <v>215</v>
-[...5 lines deleted...]
-        </is>
+        <v>185</v>
+      </c>
+      <c r="I27" s="5" t="s">
+        <v>186</v>
+      </c>
+      <c r="J27" s="5" t="s">
+        <v>66</v>
       </c>
       <c r="K27" s="5" t="s">
-        <v>216</v>
+        <v>187</v>
       </c>
       <c r="L27" s="6" t="s">
-        <v>217</v>
-[...1 lines deleted...]
-      <c r="M27" s="5"/>
+        <v>188</v>
+      </c>
+      <c r="M27" s="5" t="s">
+        <v>189</v>
+      </c>
     </row>
     <row r="28">
       <c r="A28" s="5" t="s">
-        <v>218</v>
+        <v>190</v>
       </c>
       <c r="B28" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C28" s="5" t="s">
-        <v>140</v>
+        <v>15</v>
       </c>
       <c r="D28" s="5" t="s">
-        <v>141</v>
+        <v>63</v>
       </c>
       <c r="E28" s="5" t="s">
-        <v>142</v>
-[...4 lines deleted...]
-        </is>
+        <v>17</v>
+      </c>
+      <c r="F28" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="G28" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H28" s="5" t="s">
-        <v>219</v>
-[...3 lines deleted...]
-      </c>
+        <v>191</v>
+      </c>
+      <c r="I28" s="5"/>
       <c r="J28" s="5" t="s">
-        <v>146</v>
+        <v>66</v>
       </c>
       <c r="K28" s="5" t="s">
-        <v>221</v>
+        <v>192</v>
       </c>
       <c r="L28" s="6" t="s">
-        <v>222</v>
+        <v>193</v>
       </c>
       <c r="M28" s="5" t="s">
-        <v>223</v>
+        <v>194</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="5" t="s">
-        <v>224</v>
+        <v>195</v>
       </c>
       <c r="B29" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C29" s="5" t="s">
-        <v>225</v>
+        <v>15</v>
       </c>
       <c r="D29" s="5" t="s">
-        <v>15</v>
+        <v>63</v>
       </c>
       <c r="E29" s="5" t="s">
-        <v>142</v>
+        <v>17</v>
       </c>
       <c r="F29" s="5" t="s">
-        <v>226</v>
+        <v>18</v>
       </c>
       <c r="G29" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H29" s="5" t="s">
-        <v>227</v>
+        <v>196</v>
       </c>
       <c r="I29" s="5" t="s">
-        <v>228</v>
+        <v>197</v>
       </c>
       <c r="J29" s="5" t="s">
-        <v>169</v>
+        <v>66</v>
       </c>
       <c r="K29" s="5" t="s">
-        <v>229</v>
+        <v>198</v>
       </c>
       <c r="L29" s="6" t="s">
-        <v>230</v>
+        <v>199</v>
       </c>
       <c r="M29" s="5" t="s">
-        <v>231</v>
+        <v>200</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="5" t="s">
-        <v>232</v>
+        <v>201</v>
       </c>
       <c r="B30" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C30" s="5" t="s">
-        <v>233</v>
+        <v>15</v>
       </c>
       <c r="D30" s="5" t="s">
-        <v>234</v>
-[...9 lines deleted...]
-        </is>
+        <v>63</v>
+      </c>
+      <c r="E30" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F30" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="G30" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H30" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I30" s="5"/>
+      <c r="H30" s="5" t="s">
+        <v>202</v>
+      </c>
+      <c r="I30" s="5" t="s">
+        <v>203</v>
+      </c>
       <c r="J30" s="5" t="s">
-        <v>235</v>
+        <v>66</v>
       </c>
       <c r="K30" s="5" t="s">
-        <v>236</v>
+        <v>204</v>
       </c>
       <c r="L30" s="6" t="s">
-        <v>237</v>
+        <v>205</v>
       </c>
       <c r="M30" s="5" t="s">
-        <v>238</v>
+        <v>206</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="5" t="s">
-        <v>239</v>
+        <v>207</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C31" s="5" t="s">
         <v>140</v>
       </c>
       <c r="D31" s="5" t="s">
-        <v>141</v>
-[...7 lines deleted...]
-        </is>
+        <v>139</v>
+      </c>
+      <c r="E31" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F31" s="5" t="s">
+        <v>148</v>
       </c>
       <c r="G31" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H31" s="5" t="s">
-        <v>240</v>
+        <v>208</v>
       </c>
       <c r="I31" s="5" t="s">
-        <v>241</v>
+        <v>209</v>
       </c>
       <c r="J31" s="5" t="s">
-        <v>146</v>
+        <v>210</v>
       </c>
       <c r="K31" s="5" t="s">
-        <v>242</v>
+        <v>211</v>
       </c>
       <c r="L31" s="6" t="s">
-        <v>243</v>
+        <v>212</v>
       </c>
       <c r="M31" s="5" t="s">
-        <v>244</v>
+        <v>213</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="5" t="s">
-        <v>245</v>
+        <v>214</v>
       </c>
       <c r="B32" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C32" s="5" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="D32" s="5" t="s">
-        <v>141</v>
+        <v>215</v>
       </c>
       <c r="E32" s="5" t="s">
-        <v>142</v>
-[...4 lines deleted...]
-        </is>
+        <v>17</v>
+      </c>
+      <c r="F32" s="5" t="s">
+        <v>216</v>
       </c>
       <c r="G32" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H32" s="5" t="s">
-        <v>132</v>
+        <v>217</v>
       </c>
       <c r="I32" s="5" t="s">
-        <v>246</v>
+        <v>218</v>
       </c>
       <c r="J32" s="5" t="s">
-        <v>146</v>
+        <v>219</v>
       </c>
       <c r="K32" s="5" t="s">
-        <v>247</v>
+        <v>220</v>
       </c>
       <c r="L32" s="6" t="s">
-        <v>248</v>
+        <v>221</v>
       </c>
       <c r="M32" s="5" t="s">
-        <v>249</v>
+        <v>222</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="5" t="s">
-        <v>250</v>
+        <v>223</v>
       </c>
       <c r="B33" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C33" s="5" t="s">
-        <v>140</v>
+        <v>16</v>
       </c>
       <c r="D33" s="5" t="s">
-        <v>141</v>
-[...10 lines deleted...]
-        </is>
+        <v>25</v>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F33" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G33" s="5" t="s">
+        <v>224</v>
       </c>
       <c r="H33" s="5" t="s">
-        <v>251</v>
+        <v>225</v>
       </c>
       <c r="I33" s="5" t="s">
-        <v>252</v>
+        <v>226</v>
       </c>
       <c r="J33" s="5" t="s">
-        <v>146</v>
+        <v>20</v>
       </c>
       <c r="K33" s="5" t="s">
-        <v>253</v>
+        <v>227</v>
       </c>
       <c r="L33" s="6" t="s">
-        <v>254</v>
+        <v>228</v>
       </c>
       <c r="M33" s="5" t="s">
-        <v>255</v>
+        <v>229</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="5" t="s">
-        <v>256</v>
+        <v>230</v>
       </c>
       <c r="B34" s="5" t="s">
-        <v>257</v>
+        <v>14</v>
       </c>
       <c r="C34" s="5" t="s">
-        <v>258</v>
+        <v>25</v>
       </c>
       <c r="D34" s="5" t="s">
-        <v>259</v>
+        <v>16</v>
       </c>
       <c r="E34" s="5" t="s">
-        <v>260</v>
-[...16 lines deleted...]
-      </c>
+        <v>231</v>
+      </c>
+      <c r="F34" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="G34" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H34" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="I34" s="5"/>
       <c r="J34" s="5" t="s">
-        <v>169</v>
+        <v>232</v>
       </c>
       <c r="K34" s="5" t="s">
-        <v>263</v>
+        <v>233</v>
       </c>
       <c r="L34" s="6" t="s">
-        <v>264</v>
+        <v>234</v>
       </c>
       <c r="M34" s="5" t="s">
-        <v>265</v>
+        <v>235</v>
       </c>
     </row>
     <row r="35">
-      <c r="A35" s="5" t="n">
-        <v>1917</v>
+      <c r="A35" s="5" t="s">
+        <v>236</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C35" s="5" t="s">
-        <v>35</v>
+        <v>16</v>
       </c>
       <c r="D35" s="5" t="s">
-        <v>36</v>
-[...4 lines deleted...]
-        </is>
+        <v>25</v>
+      </c>
+      <c r="E35" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F35" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G35" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G35" s="5" t="s">
+        <v>237</v>
       </c>
       <c r="H35" s="5" t="s">
-        <v>266</v>
+        <v>238</v>
       </c>
       <c r="I35" s="5" t="s">
-        <v>267</v>
+        <v>239</v>
       </c>
       <c r="J35" s="5" t="s">
-        <v>268</v>
+        <v>20</v>
       </c>
       <c r="K35" s="5" t="s">
-        <v>269</v>
+        <v>240</v>
       </c>
       <c r="L35" s="6" t="s">
-        <v>270</v>
+        <v>241</v>
       </c>
       <c r="M35" s="5" t="s">
-        <v>271</v>
+        <v>242</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="5" t="s">
-        <v>272</v>
+        <v>243</v>
       </c>
       <c r="B36" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C36" s="5" t="s">
-        <v>141</v>
+        <v>15</v>
       </c>
       <c r="D36" s="5" t="s">
-        <v>140</v>
+        <v>63</v>
       </c>
       <c r="E36" s="5" t="s">
-        <v>273</v>
+        <v>17</v>
       </c>
       <c r="F36" s="5" t="s">
-        <v>142</v>
+        <v>18</v>
       </c>
       <c r="G36" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H36" s="5" t="s">
-        <v>132</v>
-[...1 lines deleted...]
-      <c r="I36" s="5"/>
+        <v>244</v>
+      </c>
+      <c r="I36" s="5" t="s">
+        <v>245</v>
+      </c>
       <c r="J36" s="5" t="s">
-        <v>274</v>
+        <v>66</v>
       </c>
       <c r="K36" s="5" t="s">
-        <v>275</v>
+        <v>246</v>
       </c>
       <c r="L36" s="6" t="s">
-        <v>276</v>
+        <v>247</v>
       </c>
       <c r="M36" s="5" t="s">
-        <v>277</v>
+        <v>248</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="5" t="s">
-        <v>278</v>
+        <v>249</v>
       </c>
       <c r="B37" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C37" s="5" t="s">
-        <v>140</v>
+        <v>15</v>
       </c>
       <c r="D37" s="5" t="s">
-        <v>141</v>
+        <v>63</v>
       </c>
       <c r="E37" s="5" t="s">
-        <v>142</v>
+        <v>17</v>
       </c>
       <c r="F37" s="5" t="s">
-        <v>143</v>
+        <v>18</v>
       </c>
       <c r="G37" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H37" s="5" t="s">
-        <v>279</v>
+        <v>250</v>
       </c>
       <c r="I37" s="5" t="s">
-        <v>280</v>
+        <v>251</v>
       </c>
       <c r="J37" s="5" t="s">
-        <v>146</v>
+        <v>66</v>
       </c>
       <c r="K37" s="5" t="s">
-        <v>281</v>
+        <v>252</v>
       </c>
       <c r="L37" s="6" t="s">
-        <v>282</v>
+        <v>253</v>
       </c>
       <c r="M37" s="5" t="s">
-        <v>283</v>
+        <v>254</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="5" t="s">
-        <v>284</v>
+        <v>255</v>
       </c>
       <c r="B38" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C38" s="5" t="s">
-        <v>140</v>
+        <v>15</v>
       </c>
       <c r="D38" s="5" t="s">
-        <v>141</v>
+        <v>63</v>
       </c>
       <c r="E38" s="5" t="s">
-        <v>142</v>
-[...4 lines deleted...]
-        </is>
+        <v>17</v>
+      </c>
+      <c r="F38" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="G38" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H38" s="5" t="s">
-        <v>285</v>
+        <v>256</v>
       </c>
       <c r="I38" s="5" t="s">
-        <v>286</v>
+        <v>257</v>
       </c>
       <c r="J38" s="5" t="s">
-        <v>146</v>
+        <v>66</v>
       </c>
       <c r="K38" s="5" t="s">
-        <v>287</v>
+        <v>258</v>
       </c>
       <c r="L38" s="6" t="s">
-        <v>288</v>
+        <v>259</v>
       </c>
       <c r="M38" s="5" t="s">
-        <v>289</v>
+        <v>260</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="5" t="s">
-        <v>290</v>
+        <v>261</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C39" s="5" t="s">
-        <v>140</v>
+        <v>15</v>
       </c>
       <c r="D39" s="5" t="s">
-        <v>141</v>
+        <v>63</v>
       </c>
       <c r="E39" s="5" t="s">
-        <v>142</v>
+        <v>17</v>
       </c>
       <c r="F39" s="5" t="s">
-        <v>152</v>
-[...2 lines deleted...]
-        <v>291</v>
+        <v>18</v>
+      </c>
+      <c r="G39" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H39" s="5" t="s">
-        <v>292</v>
+        <v>262</v>
       </c>
       <c r="I39" s="5" t="s">
-        <v>293</v>
+        <v>263</v>
       </c>
       <c r="J39" s="5" t="s">
-        <v>146</v>
+        <v>264</v>
       </c>
       <c r="K39" s="5" t="s">
-        <v>294</v>
+        <v>265</v>
       </c>
       <c r="L39" s="6" t="s">
-        <v>295</v>
+        <v>266</v>
       </c>
       <c r="M39" s="5" t="s">
-        <v>296</v>
+        <v>267</v>
       </c>
     </row>
     <row r="40">
-      <c r="A40" s="5" t="n">
-        <v>1910</v>
+      <c r="A40" s="5" t="s">
+        <v>268</v>
       </c>
       <c r="B40" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C40" s="5" t="s">
-        <v>141</v>
+        <v>16</v>
       </c>
       <c r="D40" s="5" t="s">
-        <v>140</v>
+        <v>25</v>
       </c>
       <c r="E40" s="5" t="s">
-        <v>152</v>
+        <v>17</v>
       </c>
       <c r="F40" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G40" s="5" t="s">
-        <v>297</v>
+      <c r="G40" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H40" s="5" t="s">
-        <v>298</v>
+        <v>269</v>
       </c>
       <c r="I40" s="5" t="s">
-        <v>299</v>
+        <v>270</v>
       </c>
       <c r="J40" s="5" t="s">
-        <v>146</v>
+        <v>20</v>
       </c>
       <c r="K40" s="5" t="s">
-        <v>300</v>
+        <v>271</v>
       </c>
       <c r="L40" s="6" t="s">
-        <v>301</v>
+        <v>272</v>
       </c>
       <c r="M40" s="5" t="s">
-        <v>302</v>
+        <v>273</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="5" t="s">
-        <v>303</v>
+        <v>274</v>
       </c>
       <c r="B41" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C41" s="5" t="s">
-        <v>141</v>
+        <v>15</v>
       </c>
       <c r="D41" s="5" t="s">
-        <v>259</v>
+        <v>63</v>
       </c>
       <c r="E41" s="5" t="s">
-        <v>304</v>
+        <v>17</v>
       </c>
       <c r="F41" s="5" t="s">
-        <v>305</v>
+        <v>275</v>
       </c>
       <c r="G41" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H41" s="5" t="s">
-        <v>306</v>
+        <v>276</v>
       </c>
       <c r="I41" s="5" t="s">
-        <v>307</v>
+        <v>277</v>
       </c>
       <c r="J41" s="5" t="s">
-        <v>169</v>
+        <v>173</v>
       </c>
       <c r="K41" s="5" t="s">
-        <v>308</v>
+        <v>278</v>
       </c>
       <c r="L41" s="6" t="s">
-        <v>309</v>
+        <v>279</v>
       </c>
       <c r="M41" s="5" t="s">
-        <v>310</v>
+        <v>280</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="5" t="s">
-        <v>311</v>
+        <v>281</v>
       </c>
       <c r="B42" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C42" s="5" t="s">
-        <v>312</v>
+        <v>15</v>
       </c>
       <c r="D42" s="5" t="s">
-        <v>36</v>
+        <v>63</v>
       </c>
       <c r="E42" s="5" t="s">
-        <v>142</v>
-[...7 lines deleted...]
-        <v>313</v>
+        <v>17</v>
+      </c>
+      <c r="F42" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G42" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H42" s="5" t="s">
-        <v>314</v>
-[...1 lines deleted...]
-      <c r="I42" s="5"/>
+        <v>282</v>
+      </c>
+      <c r="I42" s="5" t="s">
+        <v>283</v>
+      </c>
       <c r="J42" s="5" t="s">
-        <v>315</v>
+        <v>66</v>
       </c>
       <c r="K42" s="5" t="s">
-        <v>316</v>
+        <v>284</v>
       </c>
       <c r="L42" s="6" t="s">
-        <v>317</v>
+        <v>285</v>
       </c>
       <c r="M42" s="5" t="s">
-        <v>318</v>
+        <v>286</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="5" t="s">
-        <v>319</v>
+        <v>287</v>
       </c>
       <c r="B43" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C43" s="5" t="s">
-        <v>312</v>
+        <v>15</v>
       </c>
       <c r="D43" s="5" t="s">
-        <v>36</v>
+        <v>63</v>
       </c>
       <c r="E43" s="5" t="s">
-        <v>142</v>
-[...7 lines deleted...]
-        <v>313</v>
+        <v>17</v>
+      </c>
+      <c r="F43" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G43" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H43" s="5" t="s">
-        <v>320</v>
-[...1 lines deleted...]
-      <c r="I43" s="5"/>
+        <v>288</v>
+      </c>
+      <c r="I43" s="5" t="s">
+        <v>289</v>
+      </c>
       <c r="J43" s="5" t="s">
-        <v>315</v>
+        <v>66</v>
       </c>
       <c r="K43" s="5" t="s">
-        <v>321</v>
+        <v>290</v>
       </c>
       <c r="L43" s="6" t="s">
-        <v>322</v>
+        <v>291</v>
       </c>
       <c r="M43" s="5" t="s">
-        <v>323</v>
+        <v>292</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="5" t="s">
-        <v>324</v>
+        <v>293</v>
       </c>
       <c r="B44" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C44" s="5" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D44" s="5" t="s">
-        <v>26</v>
+        <v>63</v>
       </c>
       <c r="E44" s="5" t="s">
-        <v>325</v>
+        <v>17</v>
       </c>
       <c r="F44" s="5" t="s">
-        <v>326</v>
+        <v>18</v>
       </c>
       <c r="G44" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H44" s="5" t="s">
-        <v>327</v>
+        <v>294</v>
       </c>
       <c r="I44" s="5" t="s">
-        <v>328</v>
+        <v>295</v>
       </c>
       <c r="J44" s="5" t="s">
-        <v>329</v>
+        <v>66</v>
       </c>
       <c r="K44" s="5" t="s">
-        <v>330</v>
+        <v>296</v>
       </c>
       <c r="L44" s="6" t="s">
-        <v>331</v>
+        <v>297</v>
       </c>
       <c r="M44" s="5" t="s">
-        <v>332</v>
+        <v>298</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="5" t="s">
-        <v>333</v>
+        <v>299</v>
       </c>
       <c r="B45" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C45" s="5" t="s">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="D45" s="5" t="s">
-        <v>16</v>
+        <v>63</v>
       </c>
       <c r="E45" s="5" t="s">
-        <v>142</v>
+        <v>17</v>
       </c>
       <c r="F45" s="5" t="s">
-        <v>194</v>
+        <v>18</v>
       </c>
       <c r="G45" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H45" s="5" t="s">
-        <v>334</v>
+        <v>300</v>
       </c>
       <c r="I45" s="5" t="s">
-        <v>335</v>
+        <v>301</v>
       </c>
       <c r="J45" s="5" t="s">
-        <v>336</v>
+        <v>66</v>
       </c>
       <c r="K45" s="5" t="s">
-        <v>337</v>
+        <v>302</v>
       </c>
       <c r="L45" s="6" t="s">
-        <v>338</v>
+        <v>303</v>
       </c>
       <c r="M45" s="5" t="s">
-        <v>339</v>
+        <v>304</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="5" t="s">
-        <v>340</v>
+        <v>305</v>
       </c>
       <c r="B46" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C46" s="5" t="s">
-        <v>141</v>
+        <v>15</v>
       </c>
       <c r="D46" s="5" t="s">
-        <v>140</v>
+        <v>63</v>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F46" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G46" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G46" s="5" t="s">
+        <v>306</v>
       </c>
       <c r="H46" s="5" t="s">
-        <v>341</v>
+        <v>307</v>
       </c>
       <c r="I46" s="5" t="s">
-        <v>342</v>
+        <v>308</v>
       </c>
       <c r="J46" s="5" t="s">
-        <v>146</v>
+        <v>309</v>
       </c>
       <c r="K46" s="5" t="s">
-        <v>343</v>
+        <v>310</v>
       </c>
       <c r="L46" s="6" t="s">
-        <v>344</v>
+        <v>311</v>
       </c>
       <c r="M46" s="5" t="s">
-        <v>345</v>
+        <v>312</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="5" t="s">
-        <v>346</v>
+        <v>313</v>
       </c>
       <c r="B47" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C47" s="5" t="s">
-        <v>140</v>
+        <v>62</v>
       </c>
       <c r="D47" s="5" t="s">
-        <v>141</v>
+        <v>63</v>
       </c>
       <c r="E47" s="5" t="s">
-        <v>142</v>
-[...7 lines deleted...]
-        <v>347</v>
+        <v>17</v>
+      </c>
+      <c r="F47" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G47" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H47" s="5" t="s">
-        <v>348</v>
+        <v>314</v>
       </c>
       <c r="I47" s="5" t="s">
-        <v>349</v>
+        <v>315</v>
       </c>
       <c r="J47" s="5" t="s">
-        <v>146</v>
+        <v>66</v>
       </c>
       <c r="K47" s="5" t="s">
-        <v>350</v>
+        <v>316</v>
       </c>
       <c r="L47" s="6" t="s">
-        <v>351</v>
+        <v>317</v>
       </c>
       <c r="M47" s="5" t="s">
-        <v>352</v>
+        <v>318</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="5" t="s">
-        <v>353</v>
+        <v>319</v>
       </c>
       <c r="B48" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C48" s="5" t="s">
-        <v>140</v>
+        <v>16</v>
       </c>
       <c r="D48" s="5" t="s">
-        <v>141</v>
+        <v>25</v>
       </c>
       <c r="E48" s="5" t="s">
-        <v>142</v>
-[...5 lines deleted...]
-        <v>354</v>
+        <v>17</v>
+      </c>
+      <c r="F48" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G48" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H48" s="5" t="s">
-        <v>355</v>
+        <v>320</v>
       </c>
       <c r="I48" s="5" t="s">
-        <v>356</v>
+        <v>321</v>
       </c>
       <c r="J48" s="5" t="s">
-        <v>146</v>
+        <v>20</v>
       </c>
       <c r="K48" s="5" t="s">
-        <v>357</v>
+        <v>322</v>
       </c>
       <c r="L48" s="6" t="s">
-        <v>358</v>
+        <v>323</v>
       </c>
       <c r="M48" s="5" t="s">
-        <v>359</v>
+        <v>324</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="5" t="s">
-        <v>360</v>
+        <v>325</v>
       </c>
       <c r="B49" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C49" s="5" t="s">
-        <v>35</v>
+        <v>63</v>
       </c>
       <c r="D49" s="5" t="s">
-        <v>114</v>
+        <v>139</v>
       </c>
       <c r="E49" s="5" t="s">
-        <v>361</v>
-[...4 lines deleted...]
-        </is>
+        <v>326</v>
+      </c>
+      <c r="F49" s="5" t="s">
+        <v>327</v>
       </c>
       <c r="G49" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H49" s="5" t="s">
-        <v>362</v>
+      <c r="H49" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I49" s="5" t="s">
-        <v>363</v>
+        <v>328</v>
       </c>
       <c r="J49" s="5" t="s">
-        <v>364</v>
+        <v>329</v>
       </c>
       <c r="K49" s="5" t="s">
-        <v>365</v>
+        <v>330</v>
       </c>
       <c r="L49" s="6" t="s">
-        <v>366</v>
+        <v>331</v>
       </c>
       <c r="M49" s="5" t="s">
-        <v>367</v>
+        <v>332</v>
       </c>
     </row>
     <row r="50">
-      <c r="A50" s="5" t="n">
-        <v>1909</v>
+      <c r="A50" s="5" t="s">
+        <v>333</v>
       </c>
       <c r="B50" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C50" s="5" t="s">
-        <v>141</v>
+        <v>139</v>
       </c>
       <c r="D50" s="5" t="s">
-        <v>140</v>
+        <v>215</v>
       </c>
       <c r="E50" s="5" t="s">
-        <v>152</v>
+        <v>334</v>
       </c>
       <c r="F50" s="5" t="s">
-        <v>142</v>
-[...2 lines deleted...]
-        <v>368</v>
+        <v>335</v>
+      </c>
+      <c r="G50" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H50" s="5" t="s">
-        <v>369</v>
+        <v>336</v>
       </c>
       <c r="I50" s="5" t="s">
-        <v>370</v>
-[...4 lines deleted...]
-        </is>
+        <v>337</v>
+      </c>
+      <c r="J50" s="5" t="s">
+        <v>338</v>
       </c>
       <c r="K50" s="5" t="s">
-        <v>371</v>
+        <v>339</v>
       </c>
       <c r="L50" s="6" t="s">
-        <v>372</v>
+        <v>340</v>
       </c>
       <c r="M50" s="5" t="s">
-        <v>373</v>
+        <v>341</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="5" t="s">
-        <v>374</v>
+        <v>342</v>
       </c>
       <c r="B51" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C51" s="5" t="s">
-        <v>151</v>
+        <v>15</v>
       </c>
       <c r="D51" s="5" t="s">
-        <v>140</v>
+        <v>63</v>
       </c>
       <c r="E51" s="5" t="s">
-        <v>375</v>
-[...4 lines deleted...]
-        </is>
+        <v>17</v>
+      </c>
+      <c r="F51" s="5" t="s">
+        <v>343</v>
       </c>
       <c r="G51" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H51" s="5" t="s">
-        <v>376</v>
+        <v>344</v>
       </c>
       <c r="I51" s="5" t="s">
-        <v>377</v>
+        <v>345</v>
       </c>
       <c r="J51" s="5" t="s">
-        <v>146</v>
+        <v>66</v>
       </c>
       <c r="K51" s="5" t="s">
-        <v>378</v>
+        <v>346</v>
       </c>
       <c r="L51" s="6" t="s">
-        <v>379</v>
+        <v>347</v>
       </c>
       <c r="M51" s="5" t="s">
-        <v>380</v>
+        <v>348</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="5" t="s">
-        <v>381</v>
+        <v>349</v>
       </c>
       <c r="B52" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C52" s="5" t="s">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="D52" s="5" t="s">
-        <v>16</v>
-[...4 lines deleted...]
-        </is>
+        <v>63</v>
+      </c>
+      <c r="E52" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F52" s="5" t="s">
-        <v>194</v>
+        <v>343</v>
       </c>
       <c r="G52" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H52" s="5" t="s">
-        <v>382</v>
-[...1 lines deleted...]
-      <c r="I52" s="5"/>
+        <v>350</v>
+      </c>
+      <c r="I52" s="5" t="s">
+        <v>351</v>
+      </c>
       <c r="J52" s="5" t="s">
-        <v>383</v>
+        <v>66</v>
       </c>
       <c r="K52" s="5" t="s">
-        <v>384</v>
+        <v>352</v>
       </c>
       <c r="L52" s="6" t="s">
-        <v>385</v>
+        <v>353</v>
       </c>
       <c r="M52" s="5" t="s">
-        <v>386</v>
+        <v>354</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="5" t="s">
-        <v>387</v>
+        <v>355</v>
       </c>
       <c r="B53" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C53" s="5" t="s">
-        <v>35</v>
+        <v>356</v>
       </c>
       <c r="D53" s="5" t="s">
-        <v>36</v>
-[...9 lines deleted...]
-        </is>
+        <v>63</v>
+      </c>
+      <c r="E53" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F53" s="5" t="s">
+        <v>343</v>
       </c>
       <c r="G53" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H53" s="5" t="s">
-        <v>388</v>
+        <v>357</v>
       </c>
       <c r="I53" s="5" t="s">
-        <v>389</v>
+        <v>358</v>
       </c>
       <c r="J53" s="5" t="s">
-        <v>390</v>
+        <v>66</v>
       </c>
       <c r="K53" s="5" t="s">
-        <v>391</v>
+        <v>359</v>
       </c>
       <c r="L53" s="6" t="s">
-        <v>392</v>
+        <v>360</v>
       </c>
       <c r="M53" s="5" t="s">
-        <v>393</v>
+        <v>361</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="5" t="s">
-        <v>394</v>
+        <v>362</v>
       </c>
       <c r="B54" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C54" s="5" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="D54" s="5" t="s">
-        <v>16</v>
+        <v>63</v>
       </c>
       <c r="E54" s="5" t="s">
-        <v>142</v>
+        <v>17</v>
       </c>
       <c r="F54" s="5" t="s">
-        <v>395</v>
-[...4 lines deleted...]
-        </is>
+        <v>343</v>
+      </c>
+      <c r="G54" s="5" t="s">
+        <v>363</v>
       </c>
       <c r="H54" s="5" t="s">
-        <v>396</v>
+        <v>364</v>
       </c>
       <c r="I54" s="5" t="s">
-        <v>397</v>
+        <v>365</v>
       </c>
       <c r="J54" s="5" t="s">
-        <v>398</v>
+        <v>66</v>
       </c>
       <c r="K54" s="5" t="s">
-        <v>399</v>
+        <v>366</v>
       </c>
       <c r="L54" s="6" t="s">
-        <v>400</v>
+        <v>367</v>
       </c>
       <c r="M54" s="5" t="s">
-        <v>401</v>
+        <v>368</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="5" t="s">
-        <v>402</v>
+        <v>369</v>
       </c>
       <c r="B55" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C55" s="5" t="s">
-        <v>26</v>
+        <v>15</v>
       </c>
       <c r="D55" s="5" t="s">
-        <v>16</v>
+        <v>63</v>
       </c>
       <c r="E55" s="5" t="s">
-        <v>403</v>
+        <v>17</v>
       </c>
       <c r="F55" s="5" t="s">
-        <v>404</v>
-[...4 lines deleted...]
-        </is>
+        <v>343</v>
+      </c>
+      <c r="G55" s="5" t="s">
+        <v>370</v>
       </c>
       <c r="H55" s="5" t="s">
-        <v>405</v>
+        <v>371</v>
       </c>
       <c r="I55" s="5" t="s">
-        <v>406</v>
+        <v>372</v>
       </c>
       <c r="J55" s="5" t="s">
-        <v>407</v>
+        <v>66</v>
       </c>
       <c r="K55" s="5" t="s">
-        <v>408</v>
+        <v>373</v>
       </c>
       <c r="L55" s="6" t="s">
-        <v>409</v>
+        <v>374</v>
       </c>
       <c r="M55" s="5" t="s">
-        <v>410</v>
+        <v>375</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="5" t="s">
-        <v>411</v>
+        <v>376</v>
       </c>
       <c r="B56" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C56" s="5" t="s">
-        <v>26</v>
+        <v>62</v>
       </c>
       <c r="D56" s="5" t="s">
-        <v>16</v>
+        <v>63</v>
       </c>
       <c r="E56" s="5" t="s">
-        <v>403</v>
+        <v>17</v>
       </c>
       <c r="F56" s="5" t="s">
-        <v>404</v>
-[...4 lines deleted...]
-        </is>
+        <v>343</v>
+      </c>
+      <c r="G56" s="5" t="s">
+        <v>377</v>
       </c>
       <c r="H56" s="5" t="s">
-        <v>412</v>
+        <v>378</v>
       </c>
       <c r="I56" s="5" t="s">
-        <v>413</v>
+        <v>379</v>
       </c>
       <c r="J56" s="5" t="s">
-        <v>414</v>
+        <v>66</v>
       </c>
       <c r="K56" s="5" t="s">
-        <v>415</v>
+        <v>380</v>
       </c>
       <c r="L56" s="6" t="s">
-        <v>416</v>
+        <v>381</v>
       </c>
       <c r="M56" s="5" t="s">
-        <v>417</v>
+        <v>382</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="5" t="s">
-        <v>418</v>
+        <v>383</v>
       </c>
       <c r="B57" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C57" s="5" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D57" s="5" t="s">
-        <v>35</v>
+        <v>63</v>
       </c>
       <c r="E57" s="5" t="s">
-        <v>419</v>
+        <v>17</v>
       </c>
       <c r="F57" s="5" t="s">
-        <v>420</v>
-[...4 lines deleted...]
-        </is>
+        <v>343</v>
+      </c>
+      <c r="G57" s="5" t="s">
+        <v>384</v>
       </c>
       <c r="H57" s="5" t="s">
-        <v>421</v>
+        <v>385</v>
       </c>
       <c r="I57" s="5" t="s">
-        <v>422</v>
+        <v>386</v>
       </c>
       <c r="J57" s="5" t="s">
-        <v>423</v>
+        <v>66</v>
       </c>
       <c r="K57" s="5" t="s">
-        <v>424</v>
+        <v>387</v>
       </c>
       <c r="L57" s="6" t="s">
-        <v>425</v>
+        <v>388</v>
       </c>
       <c r="M57" s="5" t="s">
-        <v>426</v>
+        <v>389</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="5" t="s">
-        <v>427</v>
+        <v>390</v>
       </c>
       <c r="B58" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C58" s="5" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D58" s="5" t="s">
-        <v>26</v>
+        <v>63</v>
       </c>
       <c r="E58" s="5" t="s">
-        <v>142</v>
+        <v>17</v>
       </c>
       <c r="F58" s="5" t="s">
-        <v>428</v>
+        <v>343</v>
       </c>
       <c r="G58" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H58" s="5" t="s">
-        <v>429</v>
+        <v>391</v>
       </c>
       <c r="I58" s="5" t="s">
-        <v>430</v>
+        <v>392</v>
       </c>
       <c r="J58" s="5" t="s">
-        <v>431</v>
+        <v>66</v>
       </c>
       <c r="K58" s="5" t="s">
-        <v>432</v>
+        <v>393</v>
       </c>
       <c r="L58" s="6" t="s">
-        <v>433</v>
+        <v>394</v>
       </c>
       <c r="M58" s="5" t="s">
-        <v>434</v>
+        <v>395</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="5" t="s">
-        <v>435</v>
+        <v>396</v>
       </c>
       <c r="B59" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C59" s="5" t="s">
-        <v>165</v>
+        <v>15</v>
       </c>
       <c r="D59" s="5" t="s">
-        <v>15</v>
+        <v>63</v>
       </c>
       <c r="E59" s="5" t="s">
-        <v>142</v>
+        <v>17</v>
       </c>
       <c r="F59" s="5" t="s">
-        <v>152</v>
+        <v>343</v>
       </c>
       <c r="G59" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H59" s="5" t="s">
-        <v>436</v>
-[...3 lines deleted...]
-      </c>
+        <v>397</v>
+      </c>
+      <c r="I59" s="5"/>
       <c r="J59" s="5" t="s">
-        <v>169</v>
+        <v>398</v>
       </c>
       <c r="K59" s="5" t="s">
-        <v>438</v>
+        <v>399</v>
       </c>
       <c r="L59" s="6" t="s">
-        <v>439</v>
+        <v>400</v>
       </c>
       <c r="M59" s="5" t="s">
-        <v>440</v>
+        <v>401</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="5" t="s">
-        <v>441</v>
+        <v>402</v>
       </c>
       <c r="B60" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C60" s="5" t="s">
-        <v>140</v>
+        <v>15</v>
       </c>
       <c r="D60" s="5" t="s">
-        <v>141</v>
+        <v>63</v>
       </c>
       <c r="E60" s="5" t="s">
-        <v>142</v>
-[...9 lines deleted...]
-        </is>
+        <v>17</v>
+      </c>
+      <c r="F60" s="5" t="s">
+        <v>343</v>
+      </c>
+      <c r="G60" s="5" t="s">
+        <v>403</v>
       </c>
       <c r="H60" s="5" t="s">
-        <v>442</v>
+        <v>404</v>
       </c>
       <c r="I60" s="5" t="s">
-        <v>443</v>
+        <v>405</v>
       </c>
       <c r="J60" s="5" t="s">
-        <v>146</v>
+        <v>264</v>
       </c>
       <c r="K60" s="5" t="s">
-        <v>444</v>
+        <v>406</v>
       </c>
       <c r="L60" s="6" t="s">
-        <v>445</v>
+        <v>407</v>
       </c>
       <c r="M60" s="5" t="s">
-        <v>446</v>
+        <v>408</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="5" t="s">
-        <v>447</v>
+        <v>409</v>
       </c>
       <c r="B61" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C61" s="5" t="s">
-        <v>448</v>
+        <v>62</v>
       </c>
       <c r="D61" s="5" t="s">
-        <v>15</v>
+        <v>63</v>
       </c>
       <c r="E61" s="5" t="s">
-        <v>449</v>
+        <v>17</v>
       </c>
       <c r="F61" s="5" t="s">
-        <v>142</v>
-[...9 lines deleted...]
-        </is>
+        <v>343</v>
+      </c>
+      <c r="G61" s="5" t="s">
+        <v>410</v>
+      </c>
+      <c r="H61" s="5" t="s">
+        <v>411</v>
       </c>
       <c r="I61" s="5" t="s">
-        <v>450</v>
+        <v>412</v>
       </c>
       <c r="J61" s="5" t="s">
-        <v>451</v>
+        <v>264</v>
       </c>
       <c r="K61" s="5" t="s">
-        <v>452</v>
+        <v>413</v>
       </c>
       <c r="L61" s="6" t="s">
-        <v>453</v>
+        <v>414</v>
       </c>
       <c r="M61" s="5" t="s">
-        <v>454</v>
+        <v>415</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="5" t="s">
-        <v>455</v>
+        <v>416</v>
       </c>
       <c r="B62" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C62" s="5" t="s">
-        <v>140</v>
+        <v>15</v>
       </c>
       <c r="D62" s="5" t="s">
-        <v>141</v>
+        <v>63</v>
       </c>
       <c r="E62" s="5" t="s">
-        <v>142</v>
-[...4 lines deleted...]
-        </is>
+        <v>17</v>
+      </c>
+      <c r="F62" s="5" t="s">
+        <v>343</v>
       </c>
       <c r="G62" s="5" t="s">
-        <v>456</v>
+        <v>18</v>
       </c>
       <c r="H62" s="5" t="s">
-        <v>457</v>
+        <v>417</v>
       </c>
       <c r="I62" s="5" t="s">
-        <v>458</v>
+        <v>418</v>
       </c>
       <c r="J62" s="5" t="s">
-        <v>146</v>
+        <v>66</v>
       </c>
       <c r="K62" s="5" t="s">
-        <v>459</v>
+        <v>419</v>
       </c>
       <c r="L62" s="6" t="s">
-        <v>460</v>
+        <v>420</v>
       </c>
       <c r="M62" s="5" t="s">
-        <v>461</v>
+        <v>421</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="5" t="s">
-        <v>462</v>
+        <v>422</v>
       </c>
       <c r="B63" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C63" s="5" t="s">
-        <v>140</v>
+        <v>423</v>
       </c>
       <c r="D63" s="5" t="s">
-        <v>141</v>
+        <v>63</v>
       </c>
       <c r="E63" s="5" t="s">
-        <v>142</v>
-[...9 lines deleted...]
-        </is>
+        <v>424</v>
+      </c>
+      <c r="F63" s="5" t="s">
+        <v>343</v>
+      </c>
+      <c r="G63" s="5" t="s">
+        <v>425</v>
       </c>
       <c r="H63" s="5" t="s">
-        <v>463</v>
+        <v>426</v>
       </c>
       <c r="I63" s="5" t="s">
-        <v>464</v>
+        <v>427</v>
       </c>
       <c r="J63" s="5" t="s">
-        <v>146</v>
+        <v>428</v>
       </c>
       <c r="K63" s="5" t="s">
-        <v>465</v>
+        <v>429</v>
       </c>
       <c r="L63" s="6" t="s">
-        <v>466</v>
+        <v>430</v>
       </c>
       <c r="M63" s="5" t="s">
-        <v>467</v>
+        <v>431</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="5" t="s">
-        <v>468</v>
+        <v>432</v>
       </c>
       <c r="B64" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C64" s="5" t="s">
-        <v>151</v>
+        <v>15</v>
       </c>
       <c r="D64" s="5" t="s">
-        <v>140</v>
+        <v>63</v>
       </c>
       <c r="E64" s="5" t="s">
-        <v>142</v>
-[...9 lines deleted...]
-        </is>
+        <v>17</v>
+      </c>
+      <c r="F64" s="5" t="s">
+        <v>343</v>
+      </c>
+      <c r="G64" s="5" t="s">
+        <v>433</v>
       </c>
       <c r="H64" s="5" t="s">
-        <v>469</v>
+        <v>434</v>
       </c>
       <c r="I64" s="5" t="s">
-        <v>470</v>
+        <v>435</v>
       </c>
       <c r="J64" s="5" t="s">
-        <v>146</v>
+        <v>66</v>
       </c>
       <c r="K64" s="5" t="s">
-        <v>471</v>
+        <v>436</v>
       </c>
       <c r="L64" s="6" t="s">
-        <v>472</v>
+        <v>437</v>
       </c>
       <c r="M64" s="5" t="s">
-        <v>473</v>
+        <v>438</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="5" t="s">
-        <v>474</v>
+        <v>439</v>
       </c>
       <c r="B65" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C65" s="5" t="s">
-        <v>140</v>
+        <v>15</v>
       </c>
       <c r="D65" s="5" t="s">
-        <v>141</v>
+        <v>63</v>
       </c>
       <c r="E65" s="5" t="s">
-        <v>142</v>
+        <v>17</v>
       </c>
       <c r="F65" s="5" t="s">
-        <v>475</v>
-[...4 lines deleted...]
-        </is>
+        <v>343</v>
+      </c>
+      <c r="G65" s="5" t="s">
+        <v>440</v>
       </c>
       <c r="H65" s="5" t="s">
-        <v>476</v>
+        <v>441</v>
       </c>
       <c r="I65" s="5" t="s">
-        <v>477</v>
+        <v>442</v>
       </c>
       <c r="J65" s="5" t="s">
-        <v>146</v>
+        <v>66</v>
       </c>
       <c r="K65" s="5" t="s">
-        <v>478</v>
+        <v>443</v>
       </c>
       <c r="L65" s="6" t="s">
-        <v>479</v>
+        <v>444</v>
       </c>
       <c r="M65" s="5" t="s">
-        <v>480</v>
+        <v>445</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="5" t="s">
-        <v>462</v>
+        <v>446</v>
       </c>
       <c r="B66" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C66" s="5" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="D66" s="5" t="s">
-        <v>140</v>
-[...9 lines deleted...]
-        </is>
+        <v>139</v>
+      </c>
+      <c r="E66" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F66" s="5" t="s">
+        <v>447</v>
       </c>
       <c r="G66" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H66" s="5" t="s">
-        <v>481</v>
+        <v>448</v>
       </c>
       <c r="I66" s="5" t="s">
-        <v>482</v>
+        <v>449</v>
       </c>
       <c r="J66" s="5" t="s">
-        <v>146</v>
+        <v>450</v>
       </c>
       <c r="K66" s="5" t="s">
-        <v>483</v>
+        <v>451</v>
       </c>
       <c r="L66" s="6" t="s">
-        <v>484</v>
+        <v>452</v>
       </c>
       <c r="M66" s="5" t="s">
-        <v>485</v>
+        <v>453</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="5" t="s">
-        <v>486</v>
+        <v>454</v>
       </c>
       <c r="B67" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C67" s="5" t="s">
-        <v>141</v>
+        <v>15</v>
       </c>
       <c r="D67" s="5" t="s">
-        <v>140</v>
-[...4 lines deleted...]
-        </is>
+        <v>356</v>
+      </c>
+      <c r="E67" s="5" t="s">
+        <v>455</v>
       </c>
       <c r="F67" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G67" s="5" t="s">
-        <v>487</v>
+      <c r="G67" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H67" s="5" t="s">
-        <v>488</v>
+        <v>456</v>
       </c>
       <c r="I67" s="5" t="s">
-        <v>489</v>
+        <v>457</v>
       </c>
       <c r="J67" s="5" t="s">
-        <v>146</v>
+        <v>458</v>
       </c>
       <c r="K67" s="5" t="s">
-        <v>490</v>
+        <v>459</v>
       </c>
       <c r="L67" s="6" t="s">
-        <v>491</v>
+        <v>460</v>
       </c>
       <c r="M67" s="5" t="s">
-        <v>492</v>
+        <v>461</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="5" t="s">
-        <v>493</v>
+        <v>462</v>
       </c>
       <c r="B68" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C68" s="5" t="s">
-        <v>140</v>
+        <v>25</v>
       </c>
       <c r="D68" s="5" t="s">
-        <v>141</v>
-[...2 lines deleted...]
-        <v>142</v>
+        <v>16</v>
+      </c>
+      <c r="E68" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F68" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G68" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H68" s="5" t="s">
-        <v>494</v>
+        <v>463</v>
       </c>
       <c r="I68" s="5" t="s">
-        <v>495</v>
+        <v>464</v>
       </c>
       <c r="J68" s="5" t="s">
-        <v>146</v>
+        <v>20</v>
       </c>
       <c r="K68" s="5" t="s">
-        <v>496</v>
+        <v>465</v>
       </c>
       <c r="L68" s="6" t="s">
-        <v>497</v>
+        <v>466</v>
       </c>
       <c r="M68" s="5" t="s">
-        <v>498</v>
+        <v>467</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="5" t="s">
-        <v>499</v>
+        <v>468</v>
       </c>
       <c r="B69" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C69" s="5" t="s">
-        <v>140</v>
+        <v>16</v>
       </c>
       <c r="D69" s="5" t="s">
-        <v>141</v>
+        <v>25</v>
       </c>
       <c r="E69" s="5" t="s">
-        <v>142</v>
+        <v>17</v>
       </c>
       <c r="F69" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G69" s="5" t="s">
-        <v>500</v>
+        <v>469</v>
       </c>
       <c r="H69" s="5" t="s">
-        <v>501</v>
+        <v>470</v>
       </c>
       <c r="I69" s="5" t="s">
-        <v>502</v>
+        <v>471</v>
       </c>
       <c r="J69" s="5" t="s">
-        <v>146</v>
+        <v>20</v>
       </c>
       <c r="K69" s="5" t="s">
-        <v>503</v>
+        <v>472</v>
       </c>
       <c r="L69" s="6" t="s">
-        <v>504</v>
+        <v>473</v>
       </c>
       <c r="M69" s="5" t="s">
-        <v>505</v>
+        <v>474</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="5" t="s">
-        <v>245</v>
+        <v>475</v>
       </c>
       <c r="B70" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C70" s="5" t="s">
-        <v>141</v>
+        <v>16</v>
       </c>
       <c r="D70" s="5" t="s">
-        <v>140</v>
+        <v>25</v>
       </c>
       <c r="E70" s="5" t="s">
-        <v>142</v>
-[...4 lines deleted...]
-        </is>
+        <v>17</v>
+      </c>
+      <c r="F70" s="5" t="s">
+        <v>476</v>
       </c>
       <c r="G70" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H70" s="5" t="s">
-        <v>506</v>
+        <v>477</v>
       </c>
       <c r="I70" s="5" t="s">
-        <v>507</v>
+        <v>478</v>
       </c>
       <c r="J70" s="5" t="s">
-        <v>146</v>
+        <v>20</v>
       </c>
       <c r="K70" s="5" t="s">
-        <v>508</v>
+        <v>479</v>
       </c>
       <c r="L70" s="6" t="s">
-        <v>509</v>
+        <v>480</v>
       </c>
       <c r="M70" s="5" t="s">
-        <v>510</v>
+        <v>481</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="5" t="s">
-        <v>511</v>
+        <v>482</v>
       </c>
       <c r="B71" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C71" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D71" s="5" t="s">
-        <v>35</v>
+        <v>25</v>
       </c>
       <c r="E71" s="5" t="s">
-        <v>142</v>
+        <v>17</v>
       </c>
       <c r="F71" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G71" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H71" s="5" t="s">
-        <v>512</v>
+        <v>483</v>
       </c>
       <c r="I71" s="5" t="s">
-        <v>513</v>
+        <v>484</v>
       </c>
       <c r="J71" s="5" t="s">
-        <v>514</v>
+        <v>20</v>
       </c>
       <c r="K71" s="5" t="s">
-        <v>515</v>
+        <v>485</v>
       </c>
       <c r="L71" s="6" t="s">
-        <v>516</v>
+        <v>486</v>
       </c>
       <c r="M71" s="5" t="s">
-        <v>517</v>
+        <v>487</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="5" t="s">
-        <v>518</v>
+        <v>482</v>
       </c>
       <c r="B72" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C72" s="5" t="s">
-        <v>140</v>
+        <v>25</v>
       </c>
       <c r="D72" s="5" t="s">
-        <v>141</v>
-[...2 lines deleted...]
-        <v>142</v>
+        <v>16</v>
+      </c>
+      <c r="E72" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F72" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G72" s="5" t="s">
-        <v>519</v>
+      <c r="G72" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H72" s="5" t="s">
-        <v>520</v>
+        <v>488</v>
       </c>
       <c r="I72" s="5" t="s">
-        <v>521</v>
+        <v>489</v>
       </c>
       <c r="J72" s="5" t="s">
-        <v>146</v>
+        <v>20</v>
       </c>
       <c r="K72" s="5" t="s">
-        <v>522</v>
+        <v>490</v>
       </c>
       <c r="L72" s="6" t="s">
-        <v>523</v>
+        <v>491</v>
       </c>
       <c r="M72" s="5" t="s">
-        <v>524</v>
+        <v>492</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="5" t="s">
-        <v>525</v>
+        <v>493</v>
       </c>
       <c r="B73" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C73" s="5" t="s">
-        <v>35</v>
+        <v>16</v>
       </c>
       <c r="D73" s="5" t="s">
-        <v>16</v>
+        <v>25</v>
       </c>
       <c r="E73" s="5" t="s">
-        <v>142</v>
+        <v>17</v>
       </c>
       <c r="F73" s="5" t="s">
-        <v>194</v>
+        <v>476</v>
       </c>
       <c r="G73" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H73" s="5" t="s">
-        <v>526</v>
+        <v>494</v>
       </c>
       <c r="I73" s="5" t="s">
-        <v>527</v>
+        <v>495</v>
       </c>
       <c r="J73" s="5" t="s">
-        <v>528</v>
+        <v>20</v>
       </c>
       <c r="K73" s="5" t="s">
-        <v>529</v>
+        <v>496</v>
       </c>
       <c r="L73" s="6" t="s">
-        <v>530</v>
+        <v>497</v>
       </c>
       <c r="M73" s="5" t="s">
-        <v>531</v>
+        <v>498</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="5" t="s">
-        <v>532</v>
+        <v>499</v>
       </c>
       <c r="B74" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C74" s="5" t="s">
-        <v>35</v>
+        <v>16</v>
       </c>
       <c r="D74" s="5" t="s">
-        <v>16</v>
+        <v>25</v>
       </c>
       <c r="E74" s="5" t="s">
-        <v>142</v>
+        <v>17</v>
       </c>
       <c r="F74" s="5" t="s">
-        <v>194</v>
+        <v>476</v>
       </c>
       <c r="G74" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H74" s="5" t="s">
-        <v>533</v>
+        <v>500</v>
       </c>
       <c r="I74" s="5" t="s">
-        <v>534</v>
+        <v>501</v>
       </c>
       <c r="J74" s="5" t="s">
-        <v>535</v>
+        <v>20</v>
       </c>
       <c r="K74" s="5" t="s">
-        <v>536</v>
+        <v>502</v>
       </c>
       <c r="L74" s="6" t="s">
-        <v>537</v>
+        <v>503</v>
       </c>
       <c r="M74" s="5" t="s">
-        <v>538</v>
+        <v>504</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="5" t="s">
-        <v>539</v>
+        <v>505</v>
       </c>
       <c r="B75" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C75" s="5" t="s">
-        <v>35</v>
+        <v>16</v>
       </c>
       <c r="D75" s="5" t="s">
-        <v>16</v>
-[...4 lines deleted...]
-        </is>
+        <v>25</v>
+      </c>
+      <c r="E75" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F75" s="5" t="s">
-        <v>194</v>
-[...4 lines deleted...]
-        </is>
+        <v>476</v>
+      </c>
+      <c r="G75" s="5" t="s">
+        <v>506</v>
       </c>
       <c r="H75" s="5" t="s">
-        <v>540</v>
+        <v>507</v>
       </c>
       <c r="I75" s="5" t="s">
-        <v>541</v>
+        <v>508</v>
       </c>
       <c r="J75" s="5" t="s">
-        <v>542</v>
+        <v>20</v>
       </c>
       <c r="K75" s="5" t="s">
-        <v>543</v>
+        <v>509</v>
       </c>
       <c r="L75" s="6" t="s">
-        <v>544</v>
+        <v>510</v>
       </c>
       <c r="M75" s="5" t="s">
-        <v>545</v>
+        <v>511</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="5" t="s">
-        <v>284</v>
+        <v>512</v>
       </c>
       <c r="B76" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C76" s="5" t="s">
-        <v>141</v>
+        <v>16</v>
       </c>
       <c r="D76" s="5" t="s">
-        <v>140</v>
-[...9 lines deleted...]
-        </is>
+        <v>25</v>
+      </c>
+      <c r="E76" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F76" s="5" t="s">
+        <v>476</v>
       </c>
       <c r="G76" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H76" s="5" t="s">
-        <v>546</v>
+        <v>513</v>
       </c>
       <c r="I76" s="5" t="s">
-        <v>547</v>
+        <v>514</v>
       </c>
       <c r="J76" s="5" t="s">
-        <v>146</v>
+        <v>20</v>
       </c>
       <c r="K76" s="5" t="s">
-        <v>548</v>
+        <v>515</v>
       </c>
       <c r="L76" s="6" t="s">
-        <v>549</v>
+        <v>516</v>
       </c>
       <c r="M76" s="5" t="s">
-        <v>550</v>
+        <v>517</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="5" t="s">
-        <v>551</v>
+        <v>518</v>
       </c>
       <c r="B77" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C77" s="5" t="s">
-        <v>141</v>
+        <v>16</v>
       </c>
       <c r="D77" s="5" t="s">
-        <v>16</v>
-[...4 lines deleted...]
-        </is>
+        <v>25</v>
+      </c>
+      <c r="E77" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F77" s="5" t="s">
-        <v>552</v>
+        <v>476</v>
       </c>
       <c r="G77" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H77" s="5" t="s">
-        <v>553</v>
+        <v>519</v>
       </c>
       <c r="I77" s="5" t="s">
-        <v>554</v>
+        <v>520</v>
       </c>
       <c r="J77" s="5" t="s">
-        <v>555</v>
+        <v>20</v>
       </c>
       <c r="K77" s="5" t="s">
-        <v>556</v>
+        <v>521</v>
       </c>
       <c r="L77" s="6" t="s">
-        <v>557</v>
+        <v>522</v>
       </c>
       <c r="M77" s="5" t="s">
-        <v>558</v>
+        <v>523</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="5" t="s">
-        <v>559</v>
+        <v>524</v>
       </c>
       <c r="B78" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C78" s="5" t="s">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="D78" s="5" t="s">
-        <v>16</v>
+        <v>63</v>
       </c>
       <c r="E78" s="5" t="s">
-        <v>560</v>
+        <v>17</v>
       </c>
       <c r="F78" s="5" t="s">
-        <v>561</v>
+        <v>525</v>
       </c>
       <c r="G78" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H78" s="5" t="s">
-        <v>562</v>
+        <v>526</v>
       </c>
       <c r="I78" s="5" t="s">
-        <v>563</v>
+        <v>527</v>
       </c>
       <c r="J78" s="5" t="s">
-        <v>564</v>
+        <v>66</v>
       </c>
       <c r="K78" s="5" t="s">
-        <v>565</v>
+        <v>528</v>
       </c>
       <c r="L78" s="6" t="s">
-        <v>566</v>
+        <v>529</v>
       </c>
       <c r="M78" s="5" t="s">
-        <v>567</v>
+        <v>530</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="5" t="s">
-        <v>568</v>
+        <v>531</v>
       </c>
       <c r="B79" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C79" s="5" t="s">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="D79" s="5" t="s">
-        <v>26</v>
-[...9 lines deleted...]
-        </is>
+        <v>63</v>
+      </c>
+      <c r="E79" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F79" s="5" t="s">
+        <v>525</v>
       </c>
       <c r="G79" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H79" s="5" t="s">
-        <v>569</v>
+        <v>532</v>
       </c>
       <c r="I79" s="5" t="s">
-        <v>570</v>
+        <v>533</v>
       </c>
       <c r="J79" s="5" t="s">
-        <v>571</v>
+        <v>66</v>
       </c>
       <c r="K79" s="5" t="s">
-        <v>572</v>
+        <v>534</v>
       </c>
       <c r="L79" s="6" t="s">
-        <v>573</v>
+        <v>535</v>
       </c>
       <c r="M79" s="5" t="s">
-        <v>574</v>
+        <v>536</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="5" t="s">
-        <v>575</v>
+        <v>537</v>
       </c>
       <c r="B80" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C80" s="5" t="s">
-        <v>151</v>
+        <v>15</v>
       </c>
       <c r="D80" s="5" t="s">
-        <v>140</v>
+        <v>63</v>
       </c>
       <c r="E80" s="5" t="s">
-        <v>142</v>
+        <v>17</v>
       </c>
       <c r="F80" s="5" t="s">
-        <v>475</v>
+        <v>525</v>
       </c>
       <c r="G80" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H80" s="5" t="s">
-        <v>576</v>
+        <v>538</v>
       </c>
       <c r="I80" s="5" t="s">
-        <v>577</v>
+        <v>539</v>
       </c>
       <c r="J80" s="5" t="s">
-        <v>146</v>
+        <v>66</v>
       </c>
       <c r="K80" s="5" t="s">
-        <v>578</v>
+        <v>540</v>
       </c>
       <c r="L80" s="6" t="s">
-        <v>579</v>
+        <v>541</v>
       </c>
       <c r="M80" s="5" t="s">
-        <v>580</v>
+        <v>542</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="5" t="s">
-        <v>581</v>
+        <v>543</v>
       </c>
       <c r="B81" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C81" s="5" t="s">
-        <v>151</v>
+        <v>15</v>
       </c>
       <c r="D81" s="5" t="s">
-        <v>15</v>
+        <v>63</v>
       </c>
       <c r="E81" s="5" t="s">
-        <v>142</v>
-[...5 lines deleted...]
-        <v>582</v>
+        <v>17</v>
+      </c>
+      <c r="F81" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G81" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H81" s="5" t="s">
-        <v>583</v>
+        <v>544</v>
       </c>
       <c r="I81" s="5" t="s">
-        <v>584</v>
+        <v>545</v>
       </c>
       <c r="J81" s="5" t="s">
-        <v>169</v>
+        <v>546</v>
       </c>
       <c r="K81" s="5" t="s">
-        <v>585</v>
+        <v>547</v>
       </c>
       <c r="L81" s="6" t="s">
-        <v>586</v>
+        <v>548</v>
       </c>
       <c r="M81" s="5" t="s">
-        <v>587</v>
+        <v>549</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="5" t="s">
-        <v>588</v>
+        <v>550</v>
       </c>
       <c r="B82" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C82" s="5" t="s">
-        <v>151</v>
+        <v>140</v>
       </c>
       <c r="D82" s="5" t="s">
-        <v>140</v>
+        <v>551</v>
       </c>
       <c r="E82" s="5" t="s">
-        <v>142</v>
+        <v>552</v>
       </c>
       <c r="F82" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G82" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H82" s="5" t="s">
-        <v>589</v>
+        <v>553</v>
       </c>
       <c r="I82" s="5" t="s">
-        <v>590</v>
+        <v>554</v>
       </c>
       <c r="J82" s="5" t="s">
-        <v>146</v>
+        <v>555</v>
       </c>
       <c r="K82" s="5" t="s">
-        <v>591</v>
+        <v>556</v>
       </c>
       <c r="L82" s="6" t="s">
-        <v>592</v>
+        <v>557</v>
       </c>
       <c r="M82" s="5" t="s">
-        <v>593</v>
+        <v>558</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="5" t="s">
-        <v>594</v>
+        <v>559</v>
       </c>
       <c r="B83" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C83" s="5" t="s">
-        <v>151</v>
+        <v>140</v>
       </c>
       <c r="D83" s="5" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>142</v>
+        <v>551</v>
+      </c>
+      <c r="E83" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F83" s="5" t="s">
-        <v>152</v>
+        <v>560</v>
       </c>
       <c r="G83" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H83" s="5" t="s">
-        <v>595</v>
+        <v>561</v>
       </c>
       <c r="I83" s="5" t="s">
-        <v>596</v>
+        <v>562</v>
       </c>
       <c r="J83" s="5" t="s">
-        <v>169</v>
+        <v>563</v>
       </c>
       <c r="K83" s="5" t="s">
-        <v>597</v>
+        <v>564</v>
       </c>
       <c r="L83" s="6" t="s">
-        <v>598</v>
+        <v>565</v>
       </c>
       <c r="M83" s="5" t="s">
-        <v>599</v>
+        <v>566</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="5" t="s">
-        <v>600</v>
+        <v>567</v>
       </c>
       <c r="B84" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C84" s="5" t="s">
-        <v>151</v>
+        <v>139</v>
       </c>
       <c r="D84" s="5" t="s">
-        <v>15</v>
+        <v>140</v>
       </c>
       <c r="E84" s="5" t="s">
-        <v>142</v>
+        <v>568</v>
       </c>
       <c r="F84" s="5" t="s">
-        <v>152</v>
+        <v>569</v>
       </c>
       <c r="G84" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H84" s="5" t="s">
-        <v>601</v>
-[...1 lines deleted...]
-      <c r="I84" s="5"/>
+        <v>570</v>
+      </c>
+      <c r="I84" s="5" t="s">
+        <v>571</v>
+      </c>
       <c r="J84" s="5" t="s">
-        <v>169</v>
+        <v>572</v>
       </c>
       <c r="K84" s="5" t="s">
-        <v>602</v>
+        <v>573</v>
       </c>
       <c r="L84" s="6" t="s">
-        <v>603</v>
+        <v>574</v>
       </c>
       <c r="M84" s="5" t="s">
-        <v>604</v>
+        <v>575</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="5" t="s">
-        <v>605</v>
+        <v>576</v>
       </c>
       <c r="B85" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C85" s="5" t="s">
-        <v>151</v>
+        <v>577</v>
       </c>
       <c r="D85" s="5" t="s">
-        <v>15</v>
+        <v>63</v>
       </c>
       <c r="E85" s="5" t="s">
-        <v>142</v>
+        <v>578</v>
       </c>
       <c r="F85" s="5" t="s">
-        <v>152</v>
+        <v>17</v>
       </c>
       <c r="G85" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H85" s="5" t="s">
-        <v>606</v>
+      <c r="H85" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I85" s="5" t="s">
-        <v>607</v>
+        <v>579</v>
       </c>
       <c r="J85" s="5" t="s">
-        <v>169</v>
+        <v>428</v>
       </c>
       <c r="K85" s="5" t="s">
-        <v>608</v>
+        <v>580</v>
       </c>
       <c r="L85" s="6" t="s">
-        <v>609</v>
+        <v>581</v>
       </c>
       <c r="M85" s="5" t="s">
-        <v>610</v>
+        <v>582</v>
       </c>
     </row>
     <row r="86">
-      <c r="A86" s="5" t="s">
-        <v>611</v>
+      <c r="A86" s="5" t="n">
+        <v>1909</v>
       </c>
       <c r="B86" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C86" s="5" t="s">
-        <v>151</v>
+        <v>25</v>
       </c>
       <c r="D86" s="5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="E86" s="5" t="s">
-        <v>142</v>
+        <v>18</v>
       </c>
       <c r="F86" s="5" t="s">
-        <v>152</v>
-[...4 lines deleted...]
-        </is>
+        <v>17</v>
+      </c>
+      <c r="G86" s="5" t="s">
+        <v>583</v>
       </c>
       <c r="H86" s="5" t="s">
-        <v>612</v>
+        <v>584</v>
       </c>
       <c r="I86" s="5" t="s">
-        <v>613</v>
-[...2 lines deleted...]
-        <v>169</v>
+        <v>585</v>
+      </c>
+      <c r="J86" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K86" s="5" t="s">
-        <v>614</v>
+        <v>586</v>
       </c>
       <c r="L86" s="6" t="s">
-        <v>615</v>
+        <v>587</v>
       </c>
       <c r="M86" s="5" t="s">
-        <v>616</v>
+        <v>588</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="5" t="s">
-        <v>617</v>
+        <v>589</v>
       </c>
       <c r="B87" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C87" s="5" t="s">
-        <v>151</v>
+        <v>15</v>
       </c>
       <c r="D87" s="5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="E87" s="5" t="s">
-        <v>142</v>
-[...2 lines deleted...]
-        <v>152</v>
+        <v>590</v>
+      </c>
+      <c r="F87" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G87" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H87" s="5" t="s">
-        <v>618</v>
+        <v>591</v>
       </c>
       <c r="I87" s="5" t="s">
-        <v>619</v>
+        <v>592</v>
       </c>
       <c r="J87" s="5" t="s">
-        <v>620</v>
+        <v>20</v>
       </c>
       <c r="K87" s="5" t="s">
-        <v>621</v>
+        <v>593</v>
       </c>
       <c r="L87" s="6" t="s">
-        <v>622</v>
+        <v>594</v>
       </c>
       <c r="M87" s="5" t="s">
-        <v>623</v>
+        <v>595</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="5" t="s">
-        <v>624</v>
+        <v>596</v>
       </c>
       <c r="B88" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C88" s="5" t="s">
-        <v>151</v>
+        <v>16</v>
       </c>
       <c r="D88" s="5" t="s">
-        <v>15</v>
+        <v>25</v>
       </c>
       <c r="E88" s="5" t="s">
-        <v>142</v>
+        <v>17</v>
       </c>
       <c r="F88" s="5" t="s">
-        <v>625</v>
-[...4 lines deleted...]
-        </is>
+        <v>18</v>
+      </c>
+      <c r="G88" s="5" t="s">
+        <v>597</v>
       </c>
       <c r="H88" s="5" t="s">
-        <v>626</v>
+        <v>598</v>
       </c>
       <c r="I88" s="5" t="s">
-        <v>627</v>
+        <v>599</v>
       </c>
       <c r="J88" s="5" t="s">
-        <v>628</v>
+        <v>20</v>
       </c>
       <c r="K88" s="5" t="s">
-        <v>629</v>
+        <v>600</v>
       </c>
       <c r="L88" s="6" t="s">
-        <v>630</v>
+        <v>601</v>
       </c>
       <c r="M88" s="5" t="s">
-        <v>631</v>
+        <v>602</v>
       </c>
     </row>
     <row r="89">
-      <c r="A89" s="5" t="s">
-        <v>632</v>
+      <c r="A89" s="5" t="n">
+        <v>1910</v>
       </c>
       <c r="B89" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C89" s="5" t="s">
-        <v>151</v>
+        <v>25</v>
       </c>
       <c r="D89" s="5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="E89" s="5" t="s">
-        <v>142</v>
-[...7 lines deleted...]
-        </is>
+        <v>18</v>
+      </c>
+      <c r="F89" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G89" s="5" t="s">
+        <v>603</v>
       </c>
       <c r="H89" s="5" t="s">
-        <v>633</v>
+        <v>604</v>
       </c>
       <c r="I89" s="5" t="s">
-        <v>634</v>
+        <v>605</v>
       </c>
       <c r="J89" s="5" t="s">
-        <v>169</v>
+        <v>20</v>
       </c>
       <c r="K89" s="5" t="s">
-        <v>635</v>
+        <v>606</v>
       </c>
       <c r="L89" s="6" t="s">
-        <v>636</v>
+        <v>607</v>
       </c>
       <c r="M89" s="5" t="s">
-        <v>637</v>
+        <v>608</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="5" t="s">
-        <v>638</v>
+        <v>609</v>
       </c>
       <c r="B90" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C90" s="5" t="s">
-        <v>151</v>
+        <v>610</v>
       </c>
       <c r="D90" s="5" t="s">
-        <v>15</v>
-[...5 lines deleted...]
-        <v>152</v>
+        <v>611</v>
+      </c>
+      <c r="E90" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F90" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G90" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H90" s="5" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="H90" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I90" s="5"/>
       <c r="J90" s="5" t="s">
-        <v>169</v>
+        <v>612</v>
       </c>
       <c r="K90" s="5" t="s">
-        <v>641</v>
+        <v>613</v>
       </c>
       <c r="L90" s="6" t="s">
-        <v>642</v>
+        <v>614</v>
       </c>
       <c r="M90" s="5" t="s">
-        <v>643</v>
+        <v>615</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="5" t="s">
-        <v>644</v>
+        <v>616</v>
       </c>
       <c r="B91" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C91" s="5" t="s">
-        <v>151</v>
+        <v>140</v>
       </c>
       <c r="D91" s="5" t="s">
-        <v>15</v>
+        <v>139</v>
       </c>
       <c r="E91" s="5" t="s">
-        <v>142</v>
+        <v>617</v>
       </c>
       <c r="F91" s="5" t="s">
-        <v>152</v>
+        <v>447</v>
       </c>
       <c r="G91" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H91" s="5" t="s">
-        <v>645</v>
+        <v>618</v>
       </c>
       <c r="I91" s="5" t="s">
-        <v>646</v>
+        <v>619</v>
       </c>
       <c r="J91" s="5" t="s">
-        <v>169</v>
+        <v>620</v>
       </c>
       <c r="K91" s="5" t="s">
-        <v>647</v>
+        <v>621</v>
       </c>
       <c r="L91" s="6" t="s">
-        <v>648</v>
+        <v>622</v>
       </c>
       <c r="M91" s="5" t="s">
-        <v>649</v>
+        <v>623</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="5" t="s">
-        <v>650</v>
+        <v>624</v>
       </c>
       <c r="B92" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C92" s="5" t="s">
-        <v>151</v>
+        <v>140</v>
       </c>
       <c r="D92" s="5" t="s">
-        <v>15</v>
+        <v>139</v>
       </c>
       <c r="E92" s="5" t="s">
-        <v>142</v>
-[...2 lines deleted...]
-        <v>152</v>
+        <v>625</v>
+      </c>
+      <c r="F92" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G92" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H92" s="5" t="s">
-        <v>651</v>
+        <v>626</v>
       </c>
       <c r="I92" s="5" t="s">
-        <v>652</v>
+        <v>627</v>
       </c>
       <c r="J92" s="5" t="s">
-        <v>169</v>
+        <v>628</v>
       </c>
       <c r="K92" s="5" t="s">
-        <v>653</v>
+        <v>629</v>
       </c>
       <c r="L92" s="6" t="s">
-        <v>654</v>
+        <v>630</v>
       </c>
       <c r="M92" s="5" t="s">
-        <v>655</v>
+        <v>631</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="5" t="s">
-        <v>656</v>
+        <v>632</v>
       </c>
       <c r="B93" s="5" t="s">
-        <v>14</v>
+        <v>633</v>
       </c>
       <c r="C93" s="5" t="s">
-        <v>151</v>
+        <v>634</v>
       </c>
       <c r="D93" s="5" t="s">
-        <v>15</v>
-[...4 lines deleted...]
-        </is>
+        <v>635</v>
+      </c>
+      <c r="E93" s="5" t="s">
+        <v>636</v>
       </c>
       <c r="F93" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G93" s="5" t="s">
-        <v>657</v>
-[...2 lines deleted...]
-        <v>658</v>
+        <v>637</v>
+      </c>
+      <c r="H93" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I93" s="5" t="s">
-        <v>659</v>
+        <v>638</v>
       </c>
       <c r="J93" s="5" t="s">
-        <v>660</v>
+        <v>66</v>
       </c>
       <c r="K93" s="5" t="s">
-        <v>661</v>
+        <v>639</v>
       </c>
       <c r="L93" s="6" t="s">
-        <v>662</v>
+        <v>640</v>
       </c>
       <c r="M93" s="5" t="s">
-        <v>663</v>
+        <v>641</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="5" t="s">
-        <v>664</v>
+        <v>642</v>
       </c>
       <c r="B94" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C94" s="5" t="s">
-        <v>165</v>
+        <v>25</v>
       </c>
       <c r="D94" s="5" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>142</v>
+        <v>139</v>
+      </c>
+      <c r="E94" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F94" s="5" t="s">
-        <v>152</v>
+        <v>643</v>
       </c>
       <c r="G94" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H94" s="5" t="s">
-        <v>665</v>
+        <v>644</v>
       </c>
       <c r="I94" s="5" t="s">
-        <v>666</v>
+        <v>645</v>
       </c>
       <c r="J94" s="5" t="s">
-        <v>169</v>
+        <v>646</v>
       </c>
       <c r="K94" s="5" t="s">
-        <v>667</v>
+        <v>647</v>
       </c>
       <c r="L94" s="6" t="s">
-        <v>668</v>
+        <v>648</v>
       </c>
       <c r="M94" s="5" t="s">
-        <v>669</v>
+        <v>649</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="5" t="s">
-        <v>670</v>
+        <v>650</v>
       </c>
       <c r="B95" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C95" s="5" t="s">
-        <v>151</v>
+        <v>140</v>
       </c>
       <c r="D95" s="5" t="s">
-        <v>15</v>
+        <v>139</v>
       </c>
       <c r="E95" s="5" t="s">
-        <v>142</v>
+        <v>17</v>
       </c>
       <c r="F95" s="5" t="s">
-        <v>226</v>
+        <v>447</v>
       </c>
       <c r="G95" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H95" s="5" t="s">
-        <v>671</v>
+        <v>651</v>
       </c>
       <c r="I95" s="5" t="s">
-        <v>672</v>
+        <v>652</v>
       </c>
       <c r="J95" s="5" t="s">
-        <v>169</v>
+        <v>653</v>
       </c>
       <c r="K95" s="5" t="s">
-        <v>673</v>
+        <v>654</v>
       </c>
       <c r="L95" s="6" t="s">
-        <v>674</v>
+        <v>655</v>
       </c>
       <c r="M95" s="5" t="s">
-        <v>675</v>
+        <v>656</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="5" t="s">
-        <v>676</v>
+        <v>657</v>
       </c>
       <c r="B96" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C96" s="5" t="s">
-        <v>151</v>
+        <v>140</v>
       </c>
       <c r="D96" s="5" t="s">
-        <v>15</v>
+        <v>139</v>
       </c>
       <c r="E96" s="5" t="s">
-        <v>142</v>
+        <v>17</v>
       </c>
       <c r="F96" s="5" t="s">
-        <v>226</v>
+        <v>447</v>
       </c>
       <c r="G96" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H96" s="5" t="s">
-        <v>677</v>
+        <v>658</v>
       </c>
       <c r="I96" s="5" t="s">
-        <v>678</v>
+        <v>659</v>
       </c>
       <c r="J96" s="5" t="s">
-        <v>169</v>
+        <v>660</v>
       </c>
       <c r="K96" s="5" t="s">
-        <v>679</v>
+        <v>661</v>
       </c>
       <c r="L96" s="6" t="s">
-        <v>680</v>
+        <v>662</v>
       </c>
       <c r="M96" s="5" t="s">
-        <v>681</v>
+        <v>663</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="5" t="s">
-        <v>682</v>
+        <v>664</v>
       </c>
       <c r="B97" s="5" t="s">
-        <v>14</v>
+        <v>162</v>
       </c>
       <c r="C97" s="5" t="s">
-        <v>151</v>
-[...11 lines deleted...]
-        <v>683</v>
+        <v>16</v>
+      </c>
+      <c r="D97" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E97" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F97" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G97" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H97" s="5" t="s">
-        <v>684</v>
-[...8 lines deleted...]
-        <v>686</v>
+        <v>665</v>
+      </c>
+      <c r="I97" s="5"/>
+      <c r="J97" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K97" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L97" s="6" t="s">
-        <v>687</v>
-[...3 lines deleted...]
-      </c>
+        <v>666</v>
+      </c>
+      <c r="M97" s="5"/>
     </row>
     <row r="98">
       <c r="A98" s="5" t="s">
-        <v>689</v>
+        <v>667</v>
       </c>
       <c r="B98" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C98" s="5" t="s">
-        <v>165</v>
+        <v>140</v>
       </c>
       <c r="D98" s="5" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>142</v>
+        <v>139</v>
+      </c>
+      <c r="E98" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F98" s="5" t="s">
-        <v>226</v>
-[...2 lines deleted...]
-        <v>690</v>
+        <v>447</v>
+      </c>
+      <c r="G98" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H98" s="5" t="s">
-        <v>691</v>
+        <v>668</v>
       </c>
       <c r="I98" s="5" t="s">
-        <v>692</v>
+        <v>669</v>
       </c>
       <c r="J98" s="5" t="s">
-        <v>169</v>
+        <v>670</v>
       </c>
       <c r="K98" s="5" t="s">
-        <v>693</v>
+        <v>671</v>
       </c>
       <c r="L98" s="6" t="s">
-        <v>694</v>
+        <v>672</v>
       </c>
       <c r="M98" s="5" t="s">
-        <v>695</v>
+        <v>673</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="5" t="s">
-        <v>696</v>
+        <v>674</v>
       </c>
       <c r="B99" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C99" s="5" t="s">
-        <v>151</v>
+        <v>140</v>
       </c>
       <c r="D99" s="5" t="s">
-        <v>15</v>
-[...2 lines deleted...]
-        <v>142</v>
+        <v>139</v>
+      </c>
+      <c r="E99" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F99" s="5" t="s">
-        <v>226</v>
-[...2 lines deleted...]
-        <v>697</v>
+        <v>447</v>
+      </c>
+      <c r="G99" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H99" s="5" t="s">
-        <v>698</v>
-[...3 lines deleted...]
-      </c>
+        <v>675</v>
+      </c>
+      <c r="I99" s="5"/>
       <c r="J99" s="5" t="s">
-        <v>169</v>
+        <v>676</v>
       </c>
       <c r="K99" s="5" t="s">
-        <v>700</v>
+        <v>677</v>
       </c>
       <c r="L99" s="6" t="s">
-        <v>701</v>
+        <v>678</v>
       </c>
       <c r="M99" s="5" t="s">
-        <v>702</v>
+        <v>679</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="5" t="s">
-        <v>703</v>
+        <v>680</v>
       </c>
       <c r="B100" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C100" s="5" t="s">
-        <v>151</v>
+        <v>140</v>
       </c>
       <c r="D100" s="5" t="s">
-        <v>15</v>
+        <v>139</v>
       </c>
       <c r="E100" s="5" t="s">
-        <v>142</v>
+        <v>681</v>
       </c>
       <c r="F100" s="5" t="s">
-        <v>226</v>
+        <v>682</v>
       </c>
       <c r="G100" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H100" s="5" t="s">
-        <v>704</v>
+        <v>683</v>
       </c>
       <c r="I100" s="5" t="s">
-        <v>705</v>
+        <v>684</v>
       </c>
       <c r="J100" s="5" t="s">
-        <v>169</v>
+        <v>685</v>
       </c>
       <c r="K100" s="5" t="s">
-        <v>706</v>
+        <v>686</v>
       </c>
       <c r="L100" s="6" t="s">
-        <v>707</v>
+        <v>687</v>
       </c>
       <c r="M100" s="5" t="s">
-        <v>708</v>
+        <v>688</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="5" t="s">
-        <v>709</v>
+        <v>689</v>
       </c>
       <c r="B101" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C101" s="5" t="s">
-        <v>151</v>
+        <v>690</v>
       </c>
       <c r="D101" s="5" t="s">
-        <v>15</v>
+        <v>215</v>
       </c>
       <c r="E101" s="5" t="s">
-        <v>142</v>
-[...2 lines deleted...]
-        <v>226</v>
+        <v>326</v>
+      </c>
+      <c r="F101" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G101" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H101" s="5" t="s">
-        <v>710</v>
-[...1 lines deleted...]
-      <c r="I101" s="5"/>
+        <v>691</v>
+      </c>
+      <c r="I101" s="5" t="s">
+        <v>692</v>
+      </c>
       <c r="J101" s="5" t="s">
-        <v>711</v>
+        <v>693</v>
       </c>
       <c r="K101" s="5" t="s">
-        <v>712</v>
+        <v>694</v>
       </c>
       <c r="L101" s="6" t="s">
-        <v>713</v>
+        <v>695</v>
       </c>
       <c r="M101" s="5" t="s">
-        <v>714</v>
+        <v>696</v>
       </c>
     </row>
     <row r="102">
-      <c r="A102" s="5" t="s">
-        <v>715</v>
+      <c r="A102" s="5" t="n">
+        <v>1917</v>
       </c>
       <c r="B102" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C102" s="5" t="s">
-        <v>151</v>
+        <v>140</v>
       </c>
       <c r="D102" s="5" t="s">
-        <v>15</v>
-[...8 lines deleted...]
-        <v>716</v>
+        <v>697</v>
+      </c>
+      <c r="E102" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F102" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G102" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H102" s="5" t="s">
-        <v>717</v>
+        <v>698</v>
       </c>
       <c r="I102" s="5" t="s">
-        <v>718</v>
+        <v>699</v>
       </c>
       <c r="J102" s="5" t="s">
-        <v>620</v>
+        <v>700</v>
       </c>
       <c r="K102" s="5" t="s">
-        <v>719</v>
+        <v>701</v>
       </c>
       <c r="L102" s="6" t="s">
-        <v>720</v>
+        <v>702</v>
       </c>
       <c r="M102" s="5" t="s">
-        <v>721</v>
+        <v>703</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="5" t="s">
-        <v>722</v>
+        <v>704</v>
       </c>
       <c r="B103" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C103" s="5" t="s">
-        <v>165</v>
+        <v>140</v>
       </c>
       <c r="D103" s="5" t="s">
-        <v>15</v>
-[...8 lines deleted...]
-        <v>723</v>
+        <v>697</v>
+      </c>
+      <c r="E103" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F103" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G103" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H103" s="5" t="s">
-        <v>724</v>
+        <v>705</v>
       </c>
       <c r="I103" s="5" t="s">
-        <v>725</v>
+        <v>706</v>
       </c>
       <c r="J103" s="5" t="s">
-        <v>620</v>
+        <v>707</v>
       </c>
       <c r="K103" s="5" t="s">
-        <v>726</v>
+        <v>708</v>
       </c>
       <c r="L103" s="6" t="s">
-        <v>727</v>
+        <v>709</v>
       </c>
       <c r="M103" s="5" t="s">
-        <v>728</v>
+        <v>710</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="5" t="s">
-        <v>729</v>
+        <v>711</v>
       </c>
       <c r="B104" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C104" s="5" t="s">
-        <v>151</v>
+        <v>25</v>
       </c>
       <c r="D104" s="5" t="s">
-        <v>15</v>
+        <v>635</v>
       </c>
       <c r="E104" s="5" t="s">
-        <v>142</v>
+        <v>712</v>
       </c>
       <c r="F104" s="5" t="s">
-        <v>226</v>
-[...2 lines deleted...]
-        <v>152</v>
+        <v>713</v>
+      </c>
+      <c r="G104" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H104" s="5" t="s">
-        <v>730</v>
+        <v>714</v>
       </c>
       <c r="I104" s="5" t="s">
-        <v>731</v>
+        <v>715</v>
       </c>
       <c r="J104" s="5" t="s">
-        <v>169</v>
+        <v>66</v>
       </c>
       <c r="K104" s="5" t="s">
-        <v>732</v>
+        <v>716</v>
       </c>
       <c r="L104" s="6" t="s">
-        <v>733</v>
+        <v>717</v>
       </c>
       <c r="M104" s="5" t="s">
-        <v>734</v>
+        <v>718</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="5" t="s">
-        <v>735</v>
+        <v>719</v>
       </c>
       <c r="B105" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C105" s="5" t="s">
-        <v>151</v>
+        <v>140</v>
       </c>
       <c r="D105" s="5" t="s">
-        <v>15</v>
-[...8 lines deleted...]
-        <v>736</v>
+        <v>215</v>
+      </c>
+      <c r="E105" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F105" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G105" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H105" s="5" t="s">
-        <v>737</v>
+        <v>720</v>
       </c>
       <c r="I105" s="5" t="s">
-        <v>738</v>
+        <v>721</v>
       </c>
       <c r="J105" s="5" t="s">
-        <v>169</v>
+        <v>722</v>
       </c>
       <c r="K105" s="5" t="s">
-        <v>739</v>
+        <v>723</v>
       </c>
       <c r="L105" s="6" t="s">
-        <v>740</v>
+        <v>724</v>
       </c>
       <c r="M105" s="5" t="s">
-        <v>741</v>
+        <v>725</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="5" t="s">
-        <v>742</v>
+        <v>726</v>
       </c>
       <c r="B106" s="5" t="s">
-        <v>14</v>
+        <v>727</v>
       </c>
       <c r="C106" s="5" t="s">
-        <v>151</v>
+        <v>140</v>
       </c>
       <c r="D106" s="5" t="s">
-        <v>15</v>
+        <v>697</v>
       </c>
       <c r="E106" s="5" t="s">
-        <v>142</v>
+        <v>326</v>
       </c>
       <c r="F106" s="5" t="s">
-        <v>743</v>
+        <v>728</v>
       </c>
       <c r="G106" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H106" s="5" t="s">
-        <v>744</v>
+        <v>729</v>
       </c>
       <c r="I106" s="5" t="s">
-        <v>745</v>
+        <v>730</v>
       </c>
       <c r="J106" s="5" t="s">
-        <v>169</v>
+        <v>731</v>
       </c>
       <c r="K106" s="5" t="s">
-        <v>746</v>
+        <v>732</v>
       </c>
       <c r="L106" s="6" t="s">
-        <v>747</v>
+        <v>733</v>
       </c>
       <c r="M106" s="5" t="s">
-        <v>748</v>
+        <v>734</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="5" t="s">
-        <v>749</v>
+        <v>735</v>
       </c>
       <c r="B107" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C107" s="5" t="s">
-        <v>151</v>
+        <v>139</v>
       </c>
       <c r="D107" s="5" t="s">
-        <v>15</v>
+        <v>140</v>
       </c>
       <c r="E107" s="5" t="s">
-        <v>142</v>
-[...4 lines deleted...]
-        </is>
+        <v>736</v>
+      </c>
+      <c r="F107" s="5" t="s">
+        <v>148</v>
       </c>
       <c r="G107" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H107" s="5" t="s">
-        <v>750</v>
+        <v>737</v>
       </c>
       <c r="I107" s="5" t="s">
-        <v>751</v>
+        <v>738</v>
       </c>
       <c r="J107" s="5" t="s">
-        <v>752</v>
+        <v>739</v>
       </c>
       <c r="K107" s="5" t="s">
-        <v>753</v>
+        <v>740</v>
       </c>
       <c r="L107" s="6" t="s">
-        <v>754</v>
+        <v>741</v>
       </c>
       <c r="M107" s="5" t="s">
-        <v>755</v>
+        <v>742</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="5" t="s">
-        <v>756</v>
+        <v>743</v>
       </c>
       <c r="B108" s="5" t="s">
-        <v>14</v>
+        <v>162</v>
       </c>
       <c r="C108" s="5" t="s">
-        <v>151</v>
-[...8 lines deleted...]
-        <v>152</v>
+        <v>16</v>
+      </c>
+      <c r="D108" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E108" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F108" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G108" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H108" s="5" t="s">
-[...6 lines deleted...]
-        <v>169</v>
+      <c r="H108" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I108" s="5"/>
+      <c r="J108" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K108" s="5" t="s">
-        <v>759</v>
+        <v>744</v>
       </c>
       <c r="L108" s="6" t="s">
-        <v>760</v>
-[...3 lines deleted...]
-      </c>
+        <v>745</v>
+      </c>
+      <c r="M108" s="5"/>
     </row>
     <row r="109">
       <c r="A109" s="5" t="s">
-        <v>762</v>
+        <v>746</v>
       </c>
       <c r="B109" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C109" s="5" t="s">
-        <v>151</v>
+        <v>747</v>
       </c>
       <c r="D109" s="5" t="s">
-        <v>15</v>
+        <v>697</v>
       </c>
       <c r="E109" s="5" t="s">
-        <v>142</v>
-[...7 lines deleted...]
-        </is>
+        <v>17</v>
+      </c>
+      <c r="F109" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G109" s="5" t="s">
+        <v>748</v>
       </c>
       <c r="H109" s="5" t="s">
-        <v>763</v>
-[...3 lines deleted...]
-      </c>
+        <v>749</v>
+      </c>
+      <c r="I109" s="5"/>
       <c r="J109" s="5" t="s">
-        <v>169</v>
+        <v>750</v>
       </c>
       <c r="K109" s="5" t="s">
-        <v>765</v>
+        <v>751</v>
       </c>
       <c r="L109" s="6" t="s">
-        <v>766</v>
+        <v>752</v>
       </c>
       <c r="M109" s="5" t="s">
-        <v>767</v>
+        <v>753</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="5" t="s">
-        <v>768</v>
+        <v>754</v>
       </c>
       <c r="B110" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C110" s="5" t="s">
-        <v>151</v>
+        <v>747</v>
       </c>
       <c r="D110" s="5" t="s">
-        <v>15</v>
+        <v>697</v>
       </c>
       <c r="E110" s="5" t="s">
-        <v>142</v>
-[...7 lines deleted...]
-        </is>
+        <v>17</v>
+      </c>
+      <c r="F110" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G110" s="5" t="s">
+        <v>748</v>
       </c>
       <c r="H110" s="5" t="s">
-        <v>769</v>
-[...3 lines deleted...]
-      </c>
+        <v>755</v>
+      </c>
+      <c r="I110" s="5"/>
       <c r="J110" s="5" t="s">
-        <v>169</v>
+        <v>750</v>
       </c>
       <c r="K110" s="5" t="s">
-        <v>771</v>
+        <v>756</v>
       </c>
       <c r="L110" s="6" t="s">
-        <v>772</v>
+        <v>757</v>
       </c>
       <c r="M110" s="5" t="s">
-        <v>773</v>
+        <v>758</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="5" t="s">
-        <v>774</v>
+        <v>759</v>
       </c>
       <c r="B111" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C111" s="5" t="s">
-        <v>151</v>
+        <v>139</v>
       </c>
       <c r="D111" s="5" t="s">
-        <v>15</v>
+        <v>215</v>
       </c>
       <c r="E111" s="5" t="s">
-        <v>142</v>
+        <v>760</v>
       </c>
       <c r="F111" s="5" t="s">
-        <v>743</v>
-[...4 lines deleted...]
-        </is>
+        <v>148</v>
+      </c>
+      <c r="G111" s="5" t="s">
+        <v>761</v>
       </c>
       <c r="H111" s="5" t="s">
-        <v>775</v>
+        <v>762</v>
       </c>
       <c r="I111" s="5" t="s">
-        <v>776</v>
+        <v>763</v>
       </c>
       <c r="J111" s="5" t="s">
-        <v>169</v>
+        <v>764</v>
       </c>
       <c r="K111" s="5" t="s">
-        <v>777</v>
+        <v>765</v>
       </c>
       <c r="L111" s="6" t="s">
-        <v>778</v>
+        <v>766</v>
       </c>
       <c r="M111" s="5" t="s">
-        <v>779</v>
+        <v>767</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="5" t="s">
-        <v>780</v>
+        <v>768</v>
       </c>
       <c r="B112" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C112" s="5" t="s">
-        <v>140</v>
+        <v>215</v>
       </c>
       <c r="D112" s="5" t="s">
-        <v>141</v>
-[...4 lines deleted...]
-        </is>
+        <v>665</v>
+      </c>
+      <c r="E112" s="5" t="s">
+        <v>326</v>
       </c>
       <c r="F112" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G112" s="5" t="s">
-        <v>781</v>
+      <c r="G112" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H112" s="5" t="s">
-        <v>782</v>
+        <v>769</v>
       </c>
       <c r="I112" s="5" t="s">
-        <v>783</v>
+        <v>770</v>
       </c>
       <c r="J112" s="5" t="s">
-        <v>146</v>
+        <v>771</v>
       </c>
       <c r="K112" s="5" t="s">
-        <v>784</v>
+        <v>772</v>
       </c>
       <c r="L112" s="6" t="s">
-        <v>785</v>
+        <v>773</v>
       </c>
       <c r="M112" s="5" t="s">
-        <v>786</v>
+        <v>774</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="5" t="s">
-        <v>787</v>
+        <v>775</v>
       </c>
       <c r="B113" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C113" s="5" t="s">
-        <v>151</v>
+        <v>776</v>
       </c>
       <c r="D113" s="5" t="s">
-        <v>225</v>
+        <v>215</v>
       </c>
       <c r="E113" s="5" t="s">
-        <v>788</v>
-[...4 lines deleted...]
-        </is>
+        <v>777</v>
+      </c>
+      <c r="F113" s="5" t="s">
+        <v>778</v>
       </c>
       <c r="G113" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H113" s="5" t="s">
-        <v>789</v>
+        <v>779</v>
       </c>
       <c r="I113" s="5" t="s">
-        <v>790</v>
+        <v>780</v>
       </c>
       <c r="J113" s="5" t="s">
-        <v>791</v>
+        <v>781</v>
       </c>
       <c r="K113" s="5" t="s">
-        <v>792</v>
+        <v>782</v>
       </c>
       <c r="L113" s="6" t="s">
-        <v>793</v>
+        <v>783</v>
       </c>
       <c r="M113" s="5" t="s">
-        <v>794</v>
+        <v>784</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="5" t="s">
-        <v>795</v>
+        <v>785</v>
       </c>
       <c r="B114" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C114" s="5" t="s">
-        <v>796</v>
+        <v>697</v>
       </c>
       <c r="D114" s="5" t="s">
-        <v>15</v>
+        <v>215</v>
       </c>
       <c r="E114" s="5" t="s">
-        <v>797</v>
+        <v>777</v>
       </c>
       <c r="F114" s="5" t="s">
-        <v>226</v>
-[...2 lines deleted...]
-        <v>798</v>
+        <v>786</v>
+      </c>
+      <c r="G114" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H114" s="5" t="s">
-        <v>799</v>
+        <v>787</v>
       </c>
       <c r="I114" s="5" t="s">
-        <v>800</v>
+        <v>788</v>
       </c>
       <c r="J114" s="5" t="s">
-        <v>451</v>
+        <v>789</v>
       </c>
       <c r="K114" s="5" t="s">
-        <v>801</v>
+        <v>790</v>
       </c>
       <c r="L114" s="6" t="s">
-        <v>802</v>
+        <v>791</v>
       </c>
       <c r="M114" s="5" t="s">
-        <v>803</v>
+        <v>792</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="5" t="s">
-        <v>804</v>
+        <v>793</v>
       </c>
       <c r="B115" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C115" s="5" t="s">
-        <v>140</v>
+        <v>215</v>
       </c>
       <c r="D115" s="5" t="s">
-        <v>141</v>
-[...5 lines deleted...]
-        <v>475</v>
+        <v>697</v>
+      </c>
+      <c r="E115" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F115" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G115" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H115" s="5" t="s">
-        <v>805</v>
+        <v>794</v>
       </c>
       <c r="I115" s="5" t="s">
-        <v>806</v>
+        <v>795</v>
       </c>
       <c r="J115" s="5" t="s">
-        <v>146</v>
+        <v>796</v>
       </c>
       <c r="K115" s="5" t="s">
-        <v>807</v>
+        <v>797</v>
       </c>
       <c r="L115" s="6" t="s">
-        <v>808</v>
+        <v>798</v>
       </c>
       <c r="M115" s="5" t="s">
-        <v>809</v>
+        <v>799</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="5" t="s">
-        <v>810</v>
+        <v>800</v>
       </c>
       <c r="B116" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C116" s="5" t="s">
-        <v>151</v>
+        <v>110</v>
       </c>
       <c r="D116" s="5" t="s">
-        <v>140</v>
-[...2 lines deleted...]
-        <v>142</v>
+        <v>665</v>
+      </c>
+      <c r="E116" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F116" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G116" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H116" s="5" t="s">
-        <v>811</v>
+        <v>801</v>
       </c>
       <c r="I116" s="5" t="s">
-        <v>812</v>
+        <v>802</v>
       </c>
       <c r="J116" s="5" t="s">
-        <v>146</v>
+        <v>803</v>
       </c>
       <c r="K116" s="5" t="s">
-        <v>813</v>
+        <v>804</v>
       </c>
       <c r="L116" s="6" t="s">
-        <v>814</v>
+        <v>805</v>
       </c>
       <c r="M116" s="5" t="s">
-        <v>815</v>
+        <v>806</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="5" t="s">
-        <v>816</v>
+        <v>807</v>
       </c>
       <c r="B117" s="5" t="s">
-        <v>209</v>
+        <v>14</v>
       </c>
       <c r="C117" s="5" t="s">
-        <v>16</v>
-[...4 lines deleted...]
-        </is>
+        <v>110</v>
+      </c>
+      <c r="D117" s="5" t="s">
+        <v>808</v>
       </c>
       <c r="E117" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F117" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G117" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H117" s="5" t="s">
-        <v>817</v>
-[...10 lines deleted...]
-        </is>
+        <v>809</v>
+      </c>
+      <c r="I117" s="5" t="s">
+        <v>810</v>
+      </c>
+      <c r="J117" s="5" t="s">
+        <v>803</v>
+      </c>
+      <c r="K117" s="5" t="s">
+        <v>811</v>
       </c>
       <c r="L117" s="6" t="s">
-        <v>818</v>
-[...1 lines deleted...]
-      <c r="M117" s="5"/>
+        <v>812</v>
+      </c>
+      <c r="M117" s="5" t="s">
+        <v>813</v>
+      </c>
     </row>
     <row r="118">
       <c r="A118" s="5" t="s">
+        <v>814</v>
+      </c>
+      <c r="B118" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C118" s="5" t="s">
+        <v>215</v>
+      </c>
+      <c r="D118" s="5" t="s">
+        <v>139</v>
+      </c>
+      <c r="E118" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F118" s="5" t="s">
+        <v>815</v>
+      </c>
+      <c r="G118" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H118" s="5" t="s">
+        <v>816</v>
+      </c>
+      <c r="I118" s="5" t="s">
+        <v>817</v>
+      </c>
+      <c r="J118" s="5" t="s">
+        <v>818</v>
+      </c>
+      <c r="K118" s="5" t="s">
         <v>819</v>
       </c>
-      <c r="B118" s="5" t="s">
-[...14 lines deleted...]
-      <c r="G118" s="5" t="s">
+      <c r="L118" s="6" t="s">
         <v>820</v>
       </c>
-      <c r="H118" s="5" t="s">
+      <c r="M118" s="5" t="s">
         <v>821</v>
-      </c>
-[...13 lines deleted...]
-        <v>825</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" s="5" t="s">
+        <v>822</v>
+      </c>
+      <c r="B119" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C119" s="5" t="s">
+        <v>139</v>
+      </c>
+      <c r="D119" s="5" t="s">
+        <v>215</v>
+      </c>
+      <c r="E119" s="5" t="s">
+        <v>823</v>
+      </c>
+      <c r="F119" s="5" t="s">
+        <v>786</v>
+      </c>
+      <c r="G119" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H119" s="5" t="s">
+        <v>824</v>
+      </c>
+      <c r="I119" s="5" t="s">
+        <v>825</v>
+      </c>
+      <c r="J119" s="5" t="s">
         <v>826</v>
       </c>
-      <c r="B119" s="5" t="s">
-[...19 lines deleted...]
-      <c r="H119" s="5" t="s">
+      <c r="K119" s="5" t="s">
         <v>827</v>
       </c>
-      <c r="I119" s="5" t="s">
+      <c r="L119" s="6" t="s">
         <v>828</v>
       </c>
-      <c r="J119" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K119" s="5" t="s">
+      <c r="M119" s="5" t="s">
         <v>829</v>
-      </c>
-[...4 lines deleted...]
-        <v>831</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" s="5" t="s">
+        <v>830</v>
+      </c>
+      <c r="B120" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C120" s="5" t="s">
+        <v>215</v>
+      </c>
+      <c r="D120" s="5" t="s">
+        <v>139</v>
+      </c>
+      <c r="E120" s="5" t="s">
+        <v>831</v>
+      </c>
+      <c r="F120" s="5" t="s">
         <v>832</v>
       </c>
-      <c r="B120" s="5" t="s">
-[...14 lines deleted...]
-      <c r="G120" s="5" t="s">
+      <c r="G120" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H120" s="5" t="s">
         <v>833</v>
       </c>
-      <c r="H120" s="5" t="s">
+      <c r="I120" s="5" t="s">
         <v>834</v>
       </c>
-      <c r="I120" s="5" t="s">
+      <c r="J120" s="5" t="s">
         <v>835</v>
-      </c>
-[...1 lines deleted...]
-        <v>169</v>
       </c>
       <c r="K120" s="5" t="s">
         <v>836</v>
       </c>
       <c r="L120" s="6" t="s">
         <v>837</v>
       </c>
       <c r="M120" s="5" t="s">
         <v>838</v>
+      </c>
+    </row>
+    <row r="121">
+      <c r="A121" s="5" t="s">
+        <v>839</v>
+      </c>
+      <c r="B121" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C121" s="5" t="s">
+        <v>215</v>
+      </c>
+      <c r="D121" s="5" t="s">
+        <v>139</v>
+      </c>
+      <c r="E121" s="5" t="s">
+        <v>831</v>
+      </c>
+      <c r="F121" s="5" t="s">
+        <v>832</v>
+      </c>
+      <c r="G121" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H121" s="5" t="s">
+        <v>840</v>
+      </c>
+      <c r="I121" s="5" t="s">
+        <v>841</v>
+      </c>
+      <c r="J121" s="5" t="s">
+        <v>842</v>
+      </c>
+      <c r="K121" s="5" t="s">
+        <v>843</v>
+      </c>
+      <c r="L121" s="6" t="s">
+        <v>844</v>
+      </c>
+      <c r="M121" s="5" t="s">
+        <v>845</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>
     <hyperlink ref="M13" r:id="rId18"/>
     <hyperlink ref="M14" r:id="rId19"/>
     <hyperlink ref="M15" r:id="rId20"/>
     <hyperlink ref="M16" r:id="rId21"/>
     <hyperlink ref="M17" r:id="rId22"/>
     <hyperlink ref="M18" r:id="rId23"/>
     <hyperlink ref="M19" r:id="rId24"/>
     <hyperlink ref="M20" r:id="rId25"/>
     <hyperlink ref="M21" r:id="rId26"/>
@@ -10842,44 +10927,45 @@
     <hyperlink ref="M96" r:id="rId101"/>
     <hyperlink ref="M97" r:id="rId102"/>
     <hyperlink ref="M98" r:id="rId103"/>
     <hyperlink ref="M99" r:id="rId104"/>
     <hyperlink ref="M100" r:id="rId105"/>
     <hyperlink ref="M101" r:id="rId106"/>
     <hyperlink ref="M102" r:id="rId107"/>
     <hyperlink ref="M103" r:id="rId108"/>
     <hyperlink ref="M104" r:id="rId109"/>
     <hyperlink ref="M105" r:id="rId110"/>
     <hyperlink ref="M106" r:id="rId111"/>
     <hyperlink ref="M107" r:id="rId112"/>
     <hyperlink ref="M108" r:id="rId113"/>
     <hyperlink ref="M109" r:id="rId114"/>
     <hyperlink ref="M110" r:id="rId115"/>
     <hyperlink ref="M111" r:id="rId116"/>
     <hyperlink ref="M112" r:id="rId117"/>
     <hyperlink ref="M113" r:id="rId118"/>
     <hyperlink ref="M114" r:id="rId119"/>
     <hyperlink ref="M115" r:id="rId120"/>
     <hyperlink ref="M116" r:id="rId121"/>
     <hyperlink ref="M117" r:id="rId122"/>
     <hyperlink ref="M118" r:id="rId123"/>
     <hyperlink ref="M119" r:id="rId124"/>
     <hyperlink ref="M120" r:id="rId125"/>
+    <hyperlink ref="M121" r:id="rId126"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>