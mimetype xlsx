--- v1 (2025-11-23)
+++ v2 (2026-01-09)
@@ -3,51 +3,51 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1378" uniqueCount="846" xml:space="preserve">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1400" uniqueCount="862" xml:space="preserve">
   <si>
     <t>Datering</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
@@ -4312,50 +4312,102 @@
   <si>
     <t>Adolf Larsen/Agraren var kvartalsdranker. Han og hans kone, Johanne/Junge Larsen, boede i Kærbyhus. 
 Det vides ikke, hvem Wille var. 
 Astrid Warberg blev i 1917 gift med Jørgen Schou, som var søn af Marie Schou/Syberg.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3752</t>
   </si>
   <si>
     <t>Adolf/Agraren Larsen kom sent hjem aftenen før og var fuld. Han var ulykkelig og sagde, at nu skulle det være slut. Han på medicin og stærk kaffe. 
 Lars/Lasse Swane er næsten rask nu.
 Grethe Jungstedt og Elisaberh/Putte Mackie bliver malet.
 Astrid Warberg beder om, at man ikke fortæller Marie Syberg, at hun (Astrid) er syg. Laura synes, at Astrid skal hyre "konehjælp", så "han" bliver skånet.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/dGdH</t>
   </si>
   <si>
     <t>Mandag Efterm
 Kære lille Muk!
 Jeg har lige ringet op og fortalt Alhed, at jeg var i Formiddag i Kærbyhus; han var kommen hjem i Aftes ved 10 ½ Tiden, noget fuld, men ikke saa slemt. Elle havde af Værten i Skoven hørt, at han Værten [”Værten” indsat over linjen] havde sagt til dem alle, de maatte ikke skænke mere for Agraren. Denne havde i Morges overfor Marit været meget ulykkelig havde forsikret, at nu skulde det være forbi, hun fik ham til at blive i Sengen i Dag og han tager Medicin, ligesom ogsaa Marit fylder ham med mest mulig ret stærk Kaffe, dette havde Grethe Bichel raadet. Alhed mente, Du vilde blive glad ved at høre dette inden Du skal ind til Johanne. Jeg fortalte ogsaa Alhed, at jeg har faaet Brev fra Junge, som af Marie Sperling havde hørt, at lille Lasse er oppe og næsten rask og Erik fejlede ingenting endnu. Vi savner lille Bes; sig hende, at her var saa mange Fluer til Middag! Jeg har bedt Putte tage sig sf Muldvarpeskindet og skal nok sende hende det en af Dagene. Jeg hørte inde hos Wille P., at Allerup fulgte Eder lige til Nyborg, vi slutter deraf, at I havde en heldig Tur – ellers vilde han vel have fortalt det. Alhed laa paa sin Divan i Formiddags, sagde Grethe, som var oppe at blive malet alene, det passede desværre ikke med Putte; men for lidt siden sagde Alhed selv, at hun har det meget godt. Ja, saa er der jo ikke mere! Jeg havde et Par Ord fra Astrid om at jeg endelig ikke maatte fortælle Fru Syberg, hun har været daarlig og endnu er meget sløj. Jeg vil skrive til hende og raade hende at tage lidt Konehjælp; de har jo faaet 100 Kr. til at føre Hus for, saa kan hun nok faae Raad dertil, det er jo forkert at tage hans kostbare Tid til Husarbejde, synes jeg. 
 Kærlige Hilsener til Eder alle!
 Mor!</t>
   </si>
   <si>
+    <t>1917-06-07</t>
+  </si>
+  <si>
+    <t>Frederiksberg Have</t>
+  </si>
+  <si>
+    <t>Adam Goldschmidt
+Alfred Goldschmidt
+Alhed Larsen
+Janna Schou
+Jørgen Schou
+Marie Schou</t>
+  </si>
+  <si>
+    <t>Efter flere års ulykkeligt ægteskab gik Astrid/Dis Warberg-Goldschmidt fra sin mand, Alfred Goldschmidt, da hun blev kæreste med Jørgen/Buf Schou, som var meget yngre end hende. De to ventede hurtigt barn sammen. Jørgen Schou og hans mor, Marie Syberg, som i sit første ægteskab bar navnet Schou, boede i det nedlagte gartneri Valdal i Valby. 
+Hogemeister, Bendsen, Pauline samt Karen K kendes ikke.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0989</t>
+  </si>
+  <si>
+    <t>Astrid/Dis Warberg-Goldschmidt takker for babytøjet. Hun har fået et gavekort af Jørgen/Buf Schous mor. Astrid får mange udgifter til blandt andet fødehjemmet. Hun overvejer at lave et middagsabonnement. Om tre-fire år kan Jørgen/Buf nok bidrage godt økonomisk. 
+Jørgens mor, Marie Syberg/Schou har helt ændret holdning til Astrid. Tidligere frygtede hun, at barnets komme ville lægge bånd på sønnen, men hun blev lettet, da planen om giftermål blev skrinlagt. Jørgen er også lykkelig over at "krigen" er slut. 
+Efter fødslen skal Astrid efter planen bo en tid på Valdal. 
+Astrids kvistlejlighed er yndig, og hun holder den skinnende ren. Hun har pragtfuldt blomstrende planter, og hun nyder både dem og den skønne sommer samt at glæde sig til barnet. 
+Astrid beder Johanne/Junge Larsen sende den sorte bog med skriverier i.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/dn6L</t>
+  </si>
+  <si>
+    <t>[På kuvertens forside med blæk:]
+Fru Johanne Warberg-Larsen
+Kærbyhus
+Kerteminde
+[På kuvertens forside med blyant:]
+1917 
+7/6
+[I brevet med blyant:]
+I/
+pt. Frederiksberg Have 
+den 7/6 – 17.
+Kæreste lille Junge! Tak for Dit Brev – og her gik jeg med den frygteligste ondeste Samvittighed, fordi jeg ikke skrev til Dig – Du har da ingen Grund til Samvittighed! Men selv om Du aldrig skrev (hvad Du nu gør) – så bliver jeg aldrig besk af den Grund, jeg ved jo nok, at Brevskrivning er noget uoverkommeligt for Dig – og det kan jeg skam godt forstå. – Tak for alt det gode små Tøj – for Lån og for Gave! Det som behøvede Vask og Kogning bliver ordnet i Dag af min kære Naboerske, Fru Bendsen, som selv har Storvadsk. Når jeg saa får det strøget – hvad jeg selv kan, så er alt i Orden og parat, jeg har kun behøvet at købe 12 nye Bleer, 6 Undertøj og 4 Svøb – det var endda på Presentkortet – hvoraf endnu resterer 28 Kr, det var på 50 Kr (Bufs Mor), så jeg har jo slet ingen Udgifter haft selv endnu, men nu kommer det jo i næste Måned – senest – med 138 Kr til Fødehjem – og der bliver jo nok mere, Vogn etc. Nu har jeg 945 Kr i Sparekassen og 15 Kr skylder Karen K mig; og før til Sept. holder mine Indtægter jo ikke op – altså de 100 fra Alfred. Så har Du måske hørt, at jeg tænker på fra Sept. at få Middagsabonnement – til dels på Frokost; har sikret mig Pauline, men skulde gerne have 3 til, så håber jeg at kunne klare den nogenlunde. Jeg er meget lettet ved denne Idè – så går man da ikke straks sin Ruin imøde, men kan forhale den noget og kommer Tid kommer Råd, kan jeg blot klare den 3-4 År, så vil Buf sikkert til den Tid – måske før – kunne træde til ; det ser helt godt ud med alt hans; Chefen – Hogemeister – synes at interessere sig for ham, vil gerne beholde ham, selv uddanne ham til praktisk Ingeniør og siden knytte ham fast til sin Virksomhed, som det er Menigen at udvide i stor Stil – om nu bare Krigen engang holdt op. – Ja, Junge, jeg må sige Dig, at jeg er mere end henrykt over den nye Tingenes Ordning, der er kommen sådan en velsignet Fred over hele Linien; Bufs Mor har helt forandret sig overfor mig, er sød og venlig og interesseret, jeg er slet ikke bange for hende mere - kommer meget derud – glæder mig nu altid til det, det er jo så dejligt at sidde i den yndige Have – og jeg befinder mig pludselig helt som hjemme derude; jeg kan ikke sige Dig, hvilken Lettelse det er og hvilken Følelse af Glæde og Tryghed det har givet mig; først nu forstår jeg rigtig, hvor grænseløst det har pint mig i disse År, at hun stod så uforsonlig overfor mig; men det har været et stort Gode, at dette Giftermål var påtænkt – hun synes 
+II/
+nu ganske at glemme, at Giftermålsplanen først kom op senere [er forresten slet ikke udklækket i min Hjerne fra Begyndelsen) hendes første store Fortvivlelse, der gav sig så forbitrede Udtryk overfor mig, gjaldt jo nemlig dèt, at et Barn ventedes – og at det kunde virke som et Bånd på Buf. Nu er den Ulykke glemt – i Lettelsen over at jeg afstår fra Giftermålet – Hurra! det var nu ingen dårlig Manøvre – hvilket herligt Resultat! Buf er ikke den mindst lykkelige – forn ham betyder det en om mulig endnu større Lettelse, at denne pinlige indbyrdes Krig er sluttet – og så uventet gunstigt. – Jeg har det så godt, Junge; er så mobil og lebendig, at jeg meget ofte glemmer, at jeg bærer på den vældige Unge – Forleden var jeg f Eks. Lige ved at trave op på Rundetårn, da jeg netop kom forbi og så der var åbent, men det var nok alligevel bleven for højbenet – jeg besindede min Fylde- og opgav Forehavedet. Og Junge – jeg glæder mig noget så knusende til at have sådan et lille Nøvs engang igen. Det er bestemt at jeg kan tage lige fra Fødehjemmet ud til Valdal og bo derude i nogen Tid sammen med Buf – de andre er nok rejst til den Tid, så kan den lille stå i Haven hele Tide – og jeg slipper for Trapperne til min Kvist; jeg glæder mig sådan til den Tid – bare nu alt må forløbe normalt. 
+Der er for Resten så yndigt på min Kvist i denne Tid - jeg gør mig en Motion af altid at skruppe og skure og ordne deroppe - så der er skinnende flunkende fint og frisk og duftende; jeg har et dejligt Flor af Blomster i Vinduerne - Be gav mig en pragtfuld rød Pelargonie; som blomstrer ganske overdådigt, en lyserød er også i Flor og et lille Skud - blegrød - har sat en vældig Blomst; Adams Venusbregne er også pludselig begyndt at udvikle sig til en voldsom Skønhed - åh, jeg nyder hver Dag min lille yndige Lejlighed og jeg tror, det er saliggørende for en Dame, der venter sin Nedkomst - at gå så meget alene - for Hjernen er jo nu det ømme Punkt ved sådan en Lejlighed.
+Og hvilken Sommer vi dog har! det er da også til at blive tosset over! Jeg nyder den i fulde Drag hver Dag - enten her i Frederiksberg Have - i Søndermarken - eller - allerbedst - på Græsplænen i Valdals Have.
+Hvor er det dog bedårende dejligt at gå og bære på en lille Unge under så gunstige Omstændigheder - jeg tror alt godt om alting i denne Tid. 
+Ja - så bliver Skrivelsen ikke længere dennegang - Farvel lille Junge og Tak for al Din store Godhed! Hils Jer alle fra Din Dis
+Send mig engang ved Lejlighed den sorte Bog med mine Skrifter - f. Eks. engang med Be.</t>
+  </si>
+  <si>
     <t>1917-12</t>
   </si>
   <si>
     <t>Nora -
 Bodil Bech
 Alhed Marie Brønsted
 Ellen Brønsted
 Else Birgitte Brønsted
 Johannes Nicolaus Brønsted
 Peter Oluf Brønsted
 Grethe Jungstedt
 Adolph Larsen
 Alhed Larsen
 Johanne Christine Larsen
 Marie Larsen
 Christine  Mackie
 Poul Uttenreitter
 Andreas Warberg
 Fritz Warberg
 Minna Warberg
 Erik Warberg Larsen
 Carl Frederik Wolf-Frederiksen
 Sofie Wolf-Frederiksen</t>
   </si>
   <si>
@@ -4870,50 +4922,83 @@
 Ikke mere end [ulæseligt]
 [På hovedet:] 74360
 [I brevet:]
 Kære lille Mams!
 Tusind Tak for Seddelen hvor er du dog god ved mig det er bare alt for meget lille Mor. Jeg maa virkelig passe paa jeg gaar og blir saa forvænt bare for den Sygdoms Skyld. 
 Men hør, Pinse? Har jeg talt noget om Pinse, det ved jeg ikke Spor af, forresten kan det godt være, dog er jeg ikke saa sikker paa Befordringen helst vil jeg selvfølgelig cycle, det er det morsomste – langt og det billigste 
 Nu faar vi se hvad Reserven siger. 
 Befindendet er godt selv om Foraaret nok kan mærkes. 
 Desværre er Tante Ugle saa daarlig, hun er begyndt at komme op, forfærdelig ser hun ud, skrækkelig vil jeg sige dig, jeg har sjeldent set noget lignende. 
 Rie vilde ringe til Bodil hvis det ikke snart blev bedre, selvfølgelig har Bodil været der men ikke efter den begyndende Opstandelse. 
 Jeg huskede Tante Dis, sendte Søndagsbrev. Joh, det er snart 3 M. naar det endda kun var den organiske Sygdom det gjaldt, saa var alt ikke saa slemt, men forhaabentlig gaar det alt sammen, hvordan og hvorlænge det vil saa vise sig. 
 Vodropsvejerne ser noget sort paa det synes jeg. Desværre plejer de at se rigtigt. Lille Janna gaar rundt og er saa forsømt, siger de, det lille Skind. Det er ikke let saadan lige at gøre rede for hvad jeg vil og hvorfor jeg ikke vil, det kan vil altid tale om naar jeg kommer hjem, men hvad i Alverden antager du Dres for 
 II
 dersom du tror, saadan som Du tror saa saa tror du forkert, forresten er jeg begyndt at spille, ikke øve, men, kun ganske ubetydeligvis jeg vil begribeligvis ikke bringe mere Øvning til Huse; min Time er slet ikke at foragte. Da jeg spillede for Dres for at hun kunde sondere Terrænet nu efter Standsningen sagde hun igen en hel Masse om mit Talent, det lyder meget tiltalende blot kunde jeg ønske at det viste sig lidt kraftigere. Nej, Dres, Mor, bare du kendte hende, jeg har aldrig nogensinde set op til nogen som til hende. Hun er et pragtfuldt Menneske. 
 Det var maaske meget klogt af jer ikke at fortælle mig om Fru Jensen dengang, men saa fik jeg det Gengæld at vide paa en lidt drøj Maade. Men Mor kan jeg ikke faa Lov at tage til Hareskov en Dag det piner mig slet ikke at vide noget ordentlig eller rettere intet om hvordan det gaar dem, jeg vil dog saa gerne se de Smaa og tale lidt med Manden, maaske bor de i Værdløse hos Thorvald Jensens Søster, men det er da lige ved Hareskov. Maa jeg ikke? Jeg har det sagtens godt nok, Mor!
 Hvad Tinge angaar skriver vi slet ikke til hinanden, vi venter ham saa smaat herud paa Fredag véd dog intet bestemt, det var morsomt at se ham igen. 
 Mon Tinge skal hjem til Pinse? Hvordan er Sihmfamilien? Jeg maa da endelig huske at hilse dig fra Ellen Bramsen, jeg har
 III
 været der til Frokost en Dag. Ellen er storartet, hun ser paa Menneskeheden med de rigtige Øjne. Gid alle gjorde det. 
 Du skulde bare se Frederiksberghave, fuldkommen eventyrlig, ubeskrivelig smuk, kunde du ikke ikke engang komme herover naar jeg ikke ligger i Sengen det tykkes mig kunne være saa fornøjelig. Kender I Stodderkongen, det er vel nok en Mand og Gæst med. Den er af Erling Kristensen Jeg lånte den ude hos Lomme i Gaar Jeg var ude og passe lille Jesper, Eskild og Lomme var paa Skovtur. Mage til Barn har jeg da aldrig været ude for, en hel lang Dag med en Fremmed uden Gran af Vrøvl, slet ikke for artig, bedaarende sød. Ja, hvor er han dog kær saa skælmsk og henrivende. 
 Og hvor de bor storartet, har du nogensinde set deres Lejlighed, den er lige efter mit Hovede. Jeg bad vist stille Ta Lugge om at til Ta Elle det maa I saa gøre
 Naa saa Ferie, gør’ i Haveanlægning, bare det var os der havde din Ruin, Tante Elle maa da være henrykt over det Tillæg til Haven jeg glæder mig til at se det.
 Bibbe</t>
   </si>
   <si>
+    <t>1928-12</t>
+  </si>
+  <si>
+    <t>Adolph Larsen
+Johanne Christine Larsen</t>
+  </si>
+  <si>
+    <t>Emilie Demant Hatt
+Gudmund Hatt
+Lars Swane
+Laura Warberg Petersen</t>
+  </si>
+  <si>
+    <t>Laura/Bibbe Warberg Petersen var fra 1928 i en kontorplads i Københavnsområdet. Det udaterede kort er muligvis skrevet dette år. 
+"Kærbyhusere": Johanne og Adolf Larsen samt deres børn boede i mange år på gården Kærbyhus i Kerteminde.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB3835</t>
+  </si>
+  <si>
+    <t>Christine Swane/Uglen ønsker god jul. Adolf og Johanne Larsen vil savne Laura/Bibbe. Christine vil gå ud og besøge Bibbe. Lars/Lasse og Christine Swane er hos Hatts. Hun takker for haren og sender nogle frugter.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/1ZN9</t>
+  </si>
+  <si>
+    <t>Glædelig Jul fra Lasse.
+Kære Kærbyhusere.
+En rigtig god Jul ønskes Jer alle. Det bliver et stort Savn for Jer at I ikke har Bibbe hjemme. Onsdag Eftermiddag går jeg ud til Bibbe og snakker lidt med hende. Lasse og jeg er hos Hatts til Frokost og så går jeg hen til Bibbe derfa; vi bliver hos Hatts Natten over til hen ad Juledag. Tusind Tak for den vidunderlige Hare vi fik i Efteråret. Hav det rigtig godt allesammen og forsmå ikke disse små Frugter. Jeres hengivne Ugle.
+Fra Lasse også. 
+[Fortrykt på kortets tekstside:] Haandtryk: A. Wielberg, København</t>
+  </si>
+  <si>
     <t>1930-12</t>
   </si>
   <si>
     <t>Kærbyhus Kerteminde</t>
   </si>
   <si>
     <t>Niedhardt -
 Christine  Mackie
 Elisabeth Mackie
 William Mackie
 William Mackie, Williams far</t>
   </si>
   <si>
     <t>Det vides ikke, hvor Ellen Sawyer har været henne. Et sted, hvor en revolution har fundet sted?
 Mary og den danske læge i New York kendes ikke.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0960</t>
   </si>
   <si>
     <t>Niedhardt forsøger at hjælpe med diverse i huset. Laura/Bibbe Warberg P. har det bedre, og temperaturen er faldet. Hun får mange besøg og gaver.
 Ellen Sawyer kommer den efterfølgende dag. Elisabeth/Putte Mackie ligger syg i New York og bliver passet af en dansk læge. Hun har i et brev fortalt om sin mand, og det er hårrejsende læsning. Christine/Mornine Mackie har længe ment, at han ikke var normal. En læge har engang sagt, at han vil kunne komme over det med god hjælp fra sin hustru. Det er forbryderisk, at han ikke har fortalt sin unge kone alt dette i tide. 
 Elisabeth skal måske opereres. Hun har heldigvis fået et godt forhold til William/Billy Mackies familie. 
 Kommer Johanne/Junge på besøg hos Louise/Lugge til nytår?</t>
   </si>
@@ -5152,51 +5237,51 @@
 Tusind Hilsner til Jer alle tre Din glade Junge.</t>
   </si>
   <si>
     <t>1933-01-19</t>
   </si>
   <si>
     <t>Hareskov</t>
   </si>
   <si>
     <t>Dres -
 Ludvig Brandstrup, visedigter
 Johannes Hohlenberg
 Bodild Holstein
 Adolph Larsen
 Axel  Müller
 Janna Schou
 Jørgen Schou
 Marie Schou
 Fritz Syberg
 Minna Warberg
 Erik Warberg Larsen
 Laura Warberg Petersen</t>
   </si>
   <si>
     <t>Adolf/Agraren og Johanne/Junge Larsen købte, da de flyttede fra Kærbyhus, Lindøgaard ved Munkebo.
-Det vides ikke, hve, Fru Jarmer, Søren Madsen, Ruth Haumann, Axel Müllers søskende, Grethe, Karla og Ida var.</t>
+Det vides ikke, hvem Fru Jarmer, Søren Madsen, Ruth Haumann, Axel Müllers søskende, Grethe, Karla og Ida var.</t>
   </si>
   <si>
     <t>Kerteminde Egns- og Byhistoriske Arkiv, BB0506</t>
   </si>
   <si>
     <t>Dejligt, at Johanne/Junge og Adolf/Agraren Larsen nu køber en gård. Adolf bliver nok helbredt af det, og det er godt for Erik/Tinge Warberg Larsen. Johannes øre får det sikkert også bedre. Hun bør tage Laura/Bibbe hjem, for hun er som sin far og kan ikke planlægge sit arbejde. 
 Astrid/Dis Warberg overvejer at oprette en gratis børnehave. 
 Axel Müllers fødselsdag blev velykket med god mad og masser af musik.
 Familien har været i teatret og se Ludvig Brandstrup, som gav billetterne. 
 Astrid syr et stjernetæppe, og det bliver flot.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/MOYc</t>
   </si>
   <si>
     <t>[1933-01-19 Astrid Warberg-Goldschmidt til Johanne W. Larsen kuvert+s1-s6 BB0506]
 [Håndskrevet med blyant på kuvertens forside:]
 2.64
 1933
 ”9 jan.
 11-1-2001.
 BWP.
 [Med blyant:]
 Kærbyhus sælges! Ny gård (Lindøgård) med Stjernetæppe
 [Håndskrevet på kuvertens forside med anden skrift:]
@@ -5494,59 +5579,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/AN76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JAzF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JuzW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xlv1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6J5k" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J2KL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NaCo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oaIp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FVb7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8efm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pZOj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vbQZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EIR8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ie7B" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7RUc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4EbL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vjJB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aa3V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V6OL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KOlx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/WsHnFLg1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ky8i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eY62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0GbR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4C1Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xnJ7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uggH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mHn3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Sov4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HpfN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RNOS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fxom" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tCf4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tuYk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UgIn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kWnW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4edm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VLuh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FSAa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Gn6q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OacK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yY73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9Hvc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qhI1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9gF7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/R6oZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xLht" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sEjv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dFXg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RxrT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/511F" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yGcJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sXh6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XDEQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/78Ow" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/06VF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yrEi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dPGj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IJxX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A2oC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OhSR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/n30Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F0dG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/a6gU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/x8br" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XWno" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/f4hQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LFlW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Qdwv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jDA7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zCWy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gnVi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7Dc9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1pFZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/99SJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/03Q9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Nri4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qFVb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wftc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i6iH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eKFw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GExx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OfQX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/C8yI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FR2K" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Qx0N" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RcfO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1NAW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fBxg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7tPK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/av6L" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NW4E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pxQF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/sWpUrOin" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Zs1g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iEY2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SCEC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4Wy2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dGdH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GM1P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ipO9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7IvF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i5m7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId111" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4B2d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId112" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/9LdcvZH9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId113" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tJMg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId114" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1XAC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId115" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5iq4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId116" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AbaW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId117" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cWRz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId118" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/43Y1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId119" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2HOA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId120" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v5EC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId121" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/B1ge" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId122" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F1Lr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId123" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MOYc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId124" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t1xn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId125" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vpPh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId126" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/AN76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JAzF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JuzW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xlv1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6J5k" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J2KL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NaCo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oaIp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FVb7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8efm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pZOj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vbQZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EIR8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ie7B" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7RUc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4EbL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vjJB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aa3V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V6OL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KOlx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/WsHnFLg1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ky8i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eY62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0GbR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4C1Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xnJ7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uggH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mHn3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Sov4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HpfN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RNOS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fxom" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tCf4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tuYk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UgIn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kWnW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4edm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VLuh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FSAa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Gn6q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OacK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yY73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9Hvc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qhI1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9gF7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/R6oZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xLht" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sEjv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dFXg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RxrT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/511F" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yGcJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sXh6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XDEQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/78Ow" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/06VF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yrEi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dPGj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IJxX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A2oC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OhSR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/n30Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F0dG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/a6gU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/x8br" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XWno" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/f4hQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LFlW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Qdwv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jDA7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zCWy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gnVi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7Dc9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1pFZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/99SJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/03Q9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Nri4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qFVb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wftc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i6iH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eKFw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GExx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OfQX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/C8yI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FR2K" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Qx0N" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RcfO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1NAW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fBxg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7tPK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/av6L" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NW4E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pxQF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/sWpUrOin" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Zs1g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iEY2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SCEC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4Wy2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dGdH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dn6L" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GM1P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ipO9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7IvF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId111" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i5m7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId112" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4B2d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId113" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/9LdcvZH9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId114" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tJMg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId115" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1XAC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId116" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5iq4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId117" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AbaW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId118" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cWRz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId119" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1ZN9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId120" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/43Y1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId121" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2HOA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId122" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v5EC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId123" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/B1ge" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId124" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F1Lr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId125" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MOYc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId126" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t1xn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId127" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vpPh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId128" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M121"/>
+  <dimension ref="A1:M123"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -9974,879 +10059,969 @@
       </c>
       <c r="I102" s="5" t="s">
         <v>699</v>
       </c>
       <c r="J102" s="5" t="s">
         <v>700</v>
       </c>
       <c r="K102" s="5" t="s">
         <v>701</v>
       </c>
       <c r="L102" s="6" t="s">
         <v>702</v>
       </c>
       <c r="M102" s="5" t="s">
         <v>703</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="5" t="s">
         <v>704</v>
       </c>
       <c r="B103" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C103" s="5" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="D103" s="5" t="s">
-        <v>697</v>
-[...9 lines deleted...]
-        </is>
+        <v>215</v>
+      </c>
+      <c r="E103" s="5" t="s">
+        <v>705</v>
+      </c>
+      <c r="F103" s="5" t="s">
+        <v>148</v>
       </c>
       <c r="G103" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H103" s="5" t="s">
-        <v>705</v>
+        <v>706</v>
       </c>
       <c r="I103" s="5" t="s">
-        <v>706</v>
+        <v>707</v>
       </c>
       <c r="J103" s="5" t="s">
-        <v>707</v>
+        <v>708</v>
       </c>
       <c r="K103" s="5" t="s">
-        <v>708</v>
+        <v>709</v>
       </c>
       <c r="L103" s="6" t="s">
-        <v>709</v>
+        <v>710</v>
       </c>
       <c r="M103" s="5" t="s">
-        <v>710</v>
+        <v>711</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="5" t="s">
-        <v>711</v>
+        <v>712</v>
       </c>
       <c r="B104" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C104" s="5" t="s">
-        <v>25</v>
+        <v>140</v>
       </c>
       <c r="D104" s="5" t="s">
-        <v>635</v>
-[...4 lines deleted...]
-      <c r="F104" s="5" t="s">
+        <v>697</v>
+      </c>
+      <c r="E104" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F104" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G104" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H104" s="5" t="s">
         <v>713</v>
       </c>
-      <c r="G104" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H104" s="5" t="s">
+      <c r="I104" s="5" t="s">
         <v>714</v>
       </c>
-      <c r="I104" s="5" t="s">
+      <c r="J104" s="5" t="s">
         <v>715</v>
-      </c>
-[...1 lines deleted...]
-        <v>66</v>
       </c>
       <c r="K104" s="5" t="s">
         <v>716</v>
       </c>
       <c r="L104" s="6" t="s">
         <v>717</v>
       </c>
       <c r="M104" s="5" t="s">
         <v>718</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="5" t="s">
         <v>719</v>
       </c>
       <c r="B105" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C105" s="5" t="s">
-        <v>140</v>
+        <v>25</v>
       </c>
       <c r="D105" s="5" t="s">
-        <v>215</v>
-[...9 lines deleted...]
-        </is>
+        <v>635</v>
+      </c>
+      <c r="E105" s="5" t="s">
+        <v>720</v>
+      </c>
+      <c r="F105" s="5" t="s">
+        <v>721</v>
       </c>
       <c r="G105" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H105" s="5" t="s">
-        <v>720</v>
+        <v>722</v>
       </c>
       <c r="I105" s="5" t="s">
-        <v>721</v>
+        <v>723</v>
       </c>
       <c r="J105" s="5" t="s">
-        <v>722</v>
+        <v>66</v>
       </c>
       <c r="K105" s="5" t="s">
-        <v>723</v>
+        <v>724</v>
       </c>
       <c r="L105" s="6" t="s">
-        <v>724</v>
+        <v>725</v>
       </c>
       <c r="M105" s="5" t="s">
-        <v>725</v>
+        <v>726</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="5" t="s">
-        <v>726</v>
+        <v>727</v>
       </c>
       <c r="B106" s="5" t="s">
-        <v>727</v>
+        <v>14</v>
       </c>
       <c r="C106" s="5" t="s">
         <v>140</v>
       </c>
       <c r="D106" s="5" t="s">
-        <v>697</v>
-[...4 lines deleted...]
-      <c r="F106" s="5" t="s">
+        <v>215</v>
+      </c>
+      <c r="E106" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F106" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G106" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H106" s="5" t="s">
         <v>728</v>
       </c>
-      <c r="G106" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H106" s="5" t="s">
+      <c r="I106" s="5" t="s">
         <v>729</v>
       </c>
-      <c r="I106" s="5" t="s">
+      <c r="J106" s="5" t="s">
         <v>730</v>
       </c>
-      <c r="J106" s="5" t="s">
+      <c r="K106" s="5" t="s">
         <v>731</v>
       </c>
-      <c r="K106" s="5" t="s">
+      <c r="L106" s="6" t="s">
         <v>732</v>
       </c>
-      <c r="L106" s="6" t="s">
+      <c r="M106" s="5" t="s">
         <v>733</v>
-      </c>
-[...1 lines deleted...]
-        <v>734</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="5" t="s">
+        <v>734</v>
+      </c>
+      <c r="B107" s="5" t="s">
         <v>735</v>
       </c>
-      <c r="B107" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C107" s="5" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="D107" s="5" t="s">
-        <v>140</v>
+        <v>697</v>
       </c>
       <c r="E107" s="5" t="s">
+        <v>326</v>
+      </c>
+      <c r="F107" s="5" t="s">
         <v>736</v>
-      </c>
-[...1 lines deleted...]
-        <v>148</v>
       </c>
       <c r="G107" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H107" s="5" t="s">
         <v>737</v>
       </c>
       <c r="I107" s="5" t="s">
         <v>738</v>
       </c>
       <c r="J107" s="5" t="s">
         <v>739</v>
       </c>
       <c r="K107" s="5" t="s">
         <v>740</v>
       </c>
       <c r="L107" s="6" t="s">
         <v>741</v>
       </c>
       <c r="M107" s="5" t="s">
         <v>742</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="5" t="s">
         <v>743</v>
       </c>
       <c r="B108" s="5" t="s">
-        <v>162</v>
+        <v>14</v>
       </c>
       <c r="C108" s="5" t="s">
-        <v>16</v>
-[...14 lines deleted...]
-        </is>
+        <v>139</v>
+      </c>
+      <c r="D108" s="5" t="s">
+        <v>140</v>
+      </c>
+      <c r="E108" s="5" t="s">
+        <v>744</v>
+      </c>
+      <c r="F108" s="5" t="s">
+        <v>148</v>
       </c>
       <c r="G108" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H108" s="5" t="inlineStr">
-[...8 lines deleted...]
-        </is>
+      <c r="H108" s="5" t="s">
+        <v>745</v>
+      </c>
+      <c r="I108" s="5" t="s">
+        <v>746</v>
+      </c>
+      <c r="J108" s="5" t="s">
+        <v>747</v>
       </c>
       <c r="K108" s="5" t="s">
-        <v>744</v>
+        <v>748</v>
       </c>
       <c r="L108" s="6" t="s">
-        <v>745</v>
-[...1 lines deleted...]
-      <c r="M108" s="5"/>
+        <v>749</v>
+      </c>
+      <c r="M108" s="5" t="s">
+        <v>750</v>
+      </c>
     </row>
     <row r="109">
       <c r="A109" s="5" t="s">
-        <v>746</v>
+        <v>751</v>
       </c>
       <c r="B109" s="5" t="s">
-        <v>14</v>
+        <v>162</v>
       </c>
       <c r="C109" s="5" t="s">
-        <v>747</v>
-[...5 lines deleted...]
-        <v>17</v>
+        <v>16</v>
+      </c>
+      <c r="D109" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E109" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F109" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G109" s="5" t="s">
-[...3 lines deleted...]
-        <v>749</v>
+      <c r="G109" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H109" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I109" s="5"/>
-      <c r="J109" s="5" t="s">
-        <v>750</v>
+      <c r="J109" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K109" s="5" t="s">
-        <v>751</v>
+        <v>752</v>
       </c>
       <c r="L109" s="6" t="s">
-        <v>752</v>
-[...1 lines deleted...]
-      <c r="M109" s="5" t="s">
         <v>753</v>
       </c>
+      <c r="M109" s="5"/>
     </row>
     <row r="110">
       <c r="A110" s="5" t="s">
         <v>754</v>
       </c>
       <c r="B110" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C110" s="5" t="s">
-        <v>747</v>
+        <v>755</v>
       </c>
       <c r="D110" s="5" t="s">
         <v>697</v>
       </c>
       <c r="E110" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F110" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G110" s="5" t="s">
-        <v>748</v>
+        <v>756</v>
       </c>
       <c r="H110" s="5" t="s">
-        <v>755</v>
+        <v>757</v>
       </c>
       <c r="I110" s="5"/>
       <c r="J110" s="5" t="s">
-        <v>750</v>
+        <v>758</v>
       </c>
       <c r="K110" s="5" t="s">
-        <v>756</v>
+        <v>759</v>
       </c>
       <c r="L110" s="6" t="s">
-        <v>757</v>
+        <v>760</v>
       </c>
       <c r="M110" s="5" t="s">
-        <v>758</v>
+        <v>761</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="5" t="s">
-        <v>759</v>
+        <v>762</v>
       </c>
       <c r="B111" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C111" s="5" t="s">
-        <v>139</v>
+        <v>755</v>
       </c>
       <c r="D111" s="5" t="s">
-        <v>215</v>
+        <v>697</v>
       </c>
       <c r="E111" s="5" t="s">
-        <v>760</v>
-[...2 lines deleted...]
-        <v>148</v>
+        <v>17</v>
+      </c>
+      <c r="F111" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G111" s="5" t="s">
-        <v>761</v>
+        <v>756</v>
       </c>
       <c r="H111" s="5" t="s">
-        <v>762</v>
-[...1 lines deleted...]
-      <c r="I111" s="5" t="s">
         <v>763</v>
       </c>
+      <c r="I111" s="5"/>
       <c r="J111" s="5" t="s">
+        <v>758</v>
+      </c>
+      <c r="K111" s="5" t="s">
         <v>764</v>
       </c>
-      <c r="K111" s="5" t="s">
+      <c r="L111" s="6" t="s">
         <v>765</v>
       </c>
-      <c r="L111" s="6" t="s">
+      <c r="M111" s="5" t="s">
         <v>766</v>
-      </c>
-[...1 lines deleted...]
-        <v>767</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="5" t="s">
+        <v>767</v>
+      </c>
+      <c r="B112" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C112" s="5" t="s">
+        <v>139</v>
+      </c>
+      <c r="D112" s="5" t="s">
+        <v>215</v>
+      </c>
+      <c r="E112" s="5" t="s">
         <v>768</v>
       </c>
-      <c r="B112" s="5" t="s">
-[...19 lines deleted...]
-        </is>
+      <c r="F112" s="5" t="s">
+        <v>148</v>
+      </c>
+      <c r="G112" s="5" t="s">
+        <v>769</v>
       </c>
       <c r="H112" s="5" t="s">
-        <v>769</v>
+        <v>770</v>
       </c>
       <c r="I112" s="5" t="s">
-        <v>770</v>
+        <v>771</v>
       </c>
       <c r="J112" s="5" t="s">
-        <v>771</v>
+        <v>772</v>
       </c>
       <c r="K112" s="5" t="s">
-        <v>772</v>
+        <v>773</v>
       </c>
       <c r="L112" s="6" t="s">
-        <v>773</v>
+        <v>774</v>
       </c>
       <c r="M112" s="5" t="s">
-        <v>774</v>
+        <v>775</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="5" t="s">
-        <v>775</v>
+        <v>776</v>
       </c>
       <c r="B113" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C113" s="5" t="s">
-        <v>776</v>
+        <v>215</v>
       </c>
       <c r="D113" s="5" t="s">
-        <v>215</v>
+        <v>665</v>
       </c>
       <c r="E113" s="5" t="s">
+        <v>326</v>
+      </c>
+      <c r="F113" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G113" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H113" s="5" t="s">
         <v>777</v>
       </c>
-      <c r="F113" s="5" t="s">
+      <c r="I113" s="5" t="s">
         <v>778</v>
       </c>
-      <c r="G113" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H113" s="5" t="s">
+      <c r="J113" s="5" t="s">
         <v>779</v>
       </c>
-      <c r="I113" s="5" t="s">
+      <c r="K113" s="5" t="s">
         <v>780</v>
       </c>
-      <c r="J113" s="5" t="s">
+      <c r="L113" s="6" t="s">
         <v>781</v>
       </c>
-      <c r="K113" s="5" t="s">
+      <c r="M113" s="5" t="s">
         <v>782</v>
-      </c>
-[...4 lines deleted...]
-        <v>784</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="5" t="s">
-        <v>785</v>
+        <v>783</v>
       </c>
       <c r="B114" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C114" s="5" t="s">
-        <v>697</v>
+        <v>784</v>
       </c>
       <c r="D114" s="5" t="s">
         <v>215</v>
       </c>
       <c r="E114" s="5" t="s">
-        <v>777</v>
+        <v>785</v>
       </c>
       <c r="F114" s="5" t="s">
         <v>786</v>
       </c>
       <c r="G114" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H114" s="5" t="s">
         <v>787</v>
       </c>
       <c r="I114" s="5" t="s">
         <v>788</v>
       </c>
       <c r="J114" s="5" t="s">
         <v>789</v>
       </c>
       <c r="K114" s="5" t="s">
         <v>790</v>
       </c>
       <c r="L114" s="6" t="s">
         <v>791</v>
       </c>
       <c r="M114" s="5" t="s">
         <v>792</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="5" t="s">
         <v>793</v>
       </c>
       <c r="B115" s="5" t="s">
-        <v>14</v>
+        <v>735</v>
       </c>
       <c r="C115" s="5" t="s">
-        <v>215</v>
+        <v>63</v>
       </c>
       <c r="D115" s="5" t="s">
-        <v>697</v>
+        <v>794</v>
       </c>
       <c r="E115" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F115" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G115" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H115" s="5" t="s">
-        <v>794</v>
+        <v>795</v>
       </c>
       <c r="I115" s="5" t="s">
-        <v>795</v>
+        <v>796</v>
       </c>
       <c r="J115" s="5" t="s">
-        <v>796</v>
+        <v>797</v>
       </c>
       <c r="K115" s="5" t="s">
-        <v>797</v>
+        <v>798</v>
       </c>
       <c r="L115" s="6" t="s">
-        <v>798</v>
+        <v>799</v>
       </c>
       <c r="M115" s="5" t="s">
-        <v>799</v>
+        <v>800</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="5" t="s">
-        <v>800</v>
+        <v>801</v>
       </c>
       <c r="B116" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C116" s="5" t="s">
-        <v>110</v>
+        <v>697</v>
       </c>
       <c r="D116" s="5" t="s">
-        <v>665</v>
-[...9 lines deleted...]
-        </is>
+        <v>215</v>
+      </c>
+      <c r="E116" s="5" t="s">
+        <v>785</v>
+      </c>
+      <c r="F116" s="5" t="s">
+        <v>802</v>
       </c>
       <c r="G116" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H116" s="5" t="s">
-        <v>801</v>
+        <v>803</v>
       </c>
       <c r="I116" s="5" t="s">
-        <v>802</v>
+        <v>804</v>
       </c>
       <c r="J116" s="5" t="s">
-        <v>803</v>
+        <v>805</v>
       </c>
       <c r="K116" s="5" t="s">
-        <v>804</v>
+        <v>806</v>
       </c>
       <c r="L116" s="6" t="s">
-        <v>805</v>
+        <v>807</v>
       </c>
       <c r="M116" s="5" t="s">
-        <v>806</v>
+        <v>808</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="5" t="s">
-        <v>807</v>
+        <v>809</v>
       </c>
       <c r="B117" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C117" s="5" t="s">
-        <v>110</v>
+        <v>215</v>
       </c>
       <c r="D117" s="5" t="s">
-        <v>808</v>
+        <v>697</v>
       </c>
       <c r="E117" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F117" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G117" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H117" s="5" t="s">
-        <v>809</v>
+        <v>810</v>
       </c>
       <c r="I117" s="5" t="s">
-        <v>810</v>
+        <v>811</v>
       </c>
       <c r="J117" s="5" t="s">
-        <v>803</v>
+        <v>812</v>
       </c>
       <c r="K117" s="5" t="s">
-        <v>811</v>
+        <v>813</v>
       </c>
       <c r="L117" s="6" t="s">
-        <v>812</v>
+        <v>814</v>
       </c>
       <c r="M117" s="5" t="s">
-        <v>813</v>
+        <v>815</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="5" t="s">
-        <v>814</v>
+        <v>816</v>
       </c>
       <c r="B118" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C118" s="5" t="s">
-        <v>215</v>
+        <v>110</v>
       </c>
       <c r="D118" s="5" t="s">
-        <v>139</v>
-[...5 lines deleted...]
-        <v>815</v>
+        <v>665</v>
+      </c>
+      <c r="E118" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F118" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G118" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H118" s="5" t="s">
-        <v>816</v>
+        <v>817</v>
       </c>
       <c r="I118" s="5" t="s">
-        <v>817</v>
+        <v>818</v>
       </c>
       <c r="J118" s="5" t="s">
-        <v>818</v>
+        <v>819</v>
       </c>
       <c r="K118" s="5" t="s">
-        <v>819</v>
+        <v>820</v>
       </c>
       <c r="L118" s="6" t="s">
-        <v>820</v>
+        <v>821</v>
       </c>
       <c r="M118" s="5" t="s">
-        <v>821</v>
+        <v>822</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" s="5" t="s">
-        <v>822</v>
+        <v>823</v>
       </c>
       <c r="B119" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C119" s="5" t="s">
-        <v>139</v>
+        <v>110</v>
       </c>
       <c r="D119" s="5" t="s">
-        <v>215</v>
-[...5 lines deleted...]
-        <v>786</v>
+        <v>824</v>
+      </c>
+      <c r="E119" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F119" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G119" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H119" s="5" t="s">
-        <v>824</v>
+        <v>825</v>
       </c>
       <c r="I119" s="5" t="s">
-        <v>825</v>
+        <v>826</v>
       </c>
       <c r="J119" s="5" t="s">
-        <v>826</v>
+        <v>819</v>
       </c>
       <c r="K119" s="5" t="s">
         <v>827</v>
       </c>
       <c r="L119" s="6" t="s">
         <v>828</v>
       </c>
       <c r="M119" s="5" t="s">
         <v>829</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" s="5" t="s">
         <v>830</v>
       </c>
       <c r="B120" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C120" s="5" t="s">
         <v>215</v>
       </c>
       <c r="D120" s="5" t="s">
         <v>139</v>
       </c>
       <c r="E120" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F120" s="5" t="s">
         <v>831</v>
       </c>
-      <c r="F120" s="5" t="s">
+      <c r="G120" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H120" s="5" t="s">
         <v>832</v>
       </c>
-      <c r="G120" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H120" s="5" t="s">
+      <c r="I120" s="5" t="s">
         <v>833</v>
       </c>
-      <c r="I120" s="5" t="s">
+      <c r="J120" s="5" t="s">
         <v>834</v>
       </c>
-      <c r="J120" s="5" t="s">
+      <c r="K120" s="5" t="s">
         <v>835</v>
       </c>
-      <c r="K120" s="5" t="s">
+      <c r="L120" s="6" t="s">
         <v>836</v>
       </c>
-      <c r="L120" s="6" t="s">
+      <c r="M120" s="5" t="s">
         <v>837</v>
-      </c>
-[...1 lines deleted...]
-        <v>838</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" s="5" t="s">
+        <v>838</v>
+      </c>
+      <c r="B121" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C121" s="5" t="s">
+        <v>139</v>
+      </c>
+      <c r="D121" s="5" t="s">
+        <v>215</v>
+      </c>
+      <c r="E121" s="5" t="s">
         <v>839</v>
       </c>
-      <c r="B121" s="5" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F121" s="5" t="s">
-        <v>832</v>
+        <v>802</v>
       </c>
       <c r="G121" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H121" s="5" t="s">
         <v>840</v>
       </c>
       <c r="I121" s="5" t="s">
         <v>841</v>
       </c>
       <c r="J121" s="5" t="s">
         <v>842</v>
       </c>
       <c r="K121" s="5" t="s">
         <v>843</v>
       </c>
       <c r="L121" s="6" t="s">
         <v>844</v>
       </c>
       <c r="M121" s="5" t="s">
         <v>845</v>
+      </c>
+    </row>
+    <row r="122">
+      <c r="A122" s="5" t="s">
+        <v>846</v>
+      </c>
+      <c r="B122" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C122" s="5" t="s">
+        <v>215</v>
+      </c>
+      <c r="D122" s="5" t="s">
+        <v>139</v>
+      </c>
+      <c r="E122" s="5" t="s">
+        <v>847</v>
+      </c>
+      <c r="F122" s="5" t="s">
+        <v>848</v>
+      </c>
+      <c r="G122" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H122" s="5" t="s">
+        <v>849</v>
+      </c>
+      <c r="I122" s="5" t="s">
+        <v>850</v>
+      </c>
+      <c r="J122" s="5" t="s">
+        <v>851</v>
+      </c>
+      <c r="K122" s="5" t="s">
+        <v>852</v>
+      </c>
+      <c r="L122" s="6" t="s">
+        <v>853</v>
+      </c>
+      <c r="M122" s="5" t="s">
+        <v>854</v>
+      </c>
+    </row>
+    <row r="123">
+      <c r="A123" s="5" t="s">
+        <v>855</v>
+      </c>
+      <c r="B123" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C123" s="5" t="s">
+        <v>215</v>
+      </c>
+      <c r="D123" s="5" t="s">
+        <v>139</v>
+      </c>
+      <c r="E123" s="5" t="s">
+        <v>847</v>
+      </c>
+      <c r="F123" s="5" t="s">
+        <v>848</v>
+      </c>
+      <c r="G123" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H123" s="5" t="s">
+        <v>856</v>
+      </c>
+      <c r="I123" s="5" t="s">
+        <v>857</v>
+      </c>
+      <c r="J123" s="5" t="s">
+        <v>858</v>
+      </c>
+      <c r="K123" s="5" t="s">
+        <v>859</v>
+      </c>
+      <c r="L123" s="6" t="s">
+        <v>860</v>
+      </c>
+      <c r="M123" s="5" t="s">
+        <v>861</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>
     <hyperlink ref="M13" r:id="rId18"/>
     <hyperlink ref="M14" r:id="rId19"/>
     <hyperlink ref="M15" r:id="rId20"/>
     <hyperlink ref="M16" r:id="rId21"/>
     <hyperlink ref="M17" r:id="rId22"/>
     <hyperlink ref="M18" r:id="rId23"/>
     <hyperlink ref="M19" r:id="rId24"/>
     <hyperlink ref="M20" r:id="rId25"/>
     <hyperlink ref="M21" r:id="rId26"/>
@@ -10928,44 +11103,46 @@
     <hyperlink ref="M97" r:id="rId102"/>
     <hyperlink ref="M98" r:id="rId103"/>
     <hyperlink ref="M99" r:id="rId104"/>
     <hyperlink ref="M100" r:id="rId105"/>
     <hyperlink ref="M101" r:id="rId106"/>
     <hyperlink ref="M102" r:id="rId107"/>
     <hyperlink ref="M103" r:id="rId108"/>
     <hyperlink ref="M104" r:id="rId109"/>
     <hyperlink ref="M105" r:id="rId110"/>
     <hyperlink ref="M106" r:id="rId111"/>
     <hyperlink ref="M107" r:id="rId112"/>
     <hyperlink ref="M108" r:id="rId113"/>
     <hyperlink ref="M109" r:id="rId114"/>
     <hyperlink ref="M110" r:id="rId115"/>
     <hyperlink ref="M111" r:id="rId116"/>
     <hyperlink ref="M112" r:id="rId117"/>
     <hyperlink ref="M113" r:id="rId118"/>
     <hyperlink ref="M114" r:id="rId119"/>
     <hyperlink ref="M115" r:id="rId120"/>
     <hyperlink ref="M116" r:id="rId121"/>
     <hyperlink ref="M117" r:id="rId122"/>
     <hyperlink ref="M118" r:id="rId123"/>
     <hyperlink ref="M119" r:id="rId124"/>
     <hyperlink ref="M120" r:id="rId125"/>
     <hyperlink ref="M121" r:id="rId126"/>
+    <hyperlink ref="M122" r:id="rId127"/>
+    <hyperlink ref="M123" r:id="rId128"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>