--- v2 (2026-01-09)
+++ v3 (2026-02-24)
@@ -3,53 +3,53 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Default ContentType="application/xml" Extension="xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Id="rId1"/><Relationship Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Id="rId2"/><Relationship Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Id="rId3"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <sheets>
     <sheet sheetId="1" name="Fynboerne" r:id="rId4"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1400" uniqueCount="862" xml:space="preserve">
-[...1 lines deleted...]
-    <t>Datering</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1421" uniqueCount="877" xml:space="preserve">
+  <si>
+    <t>Datering/Værktitel</t>
   </si>
   <si>
     <t>Dokumenttype</t>
   </si>
   <si>
     <t>Afsender/Ophavsperson/nøgleperson</t>
   </si>
   <si>
     <t>Modtager</t>
   </si>
   <si>
     <t>Afsendersted</t>
   </si>
   <si>
     <t>Modtagersted</t>
   </si>
   <si>
     <t>Omtalte steder</t>
   </si>
   <si>
     <t>Omtalte personer</t>
   </si>
   <si>
     <t>Generel kommentar</t>
   </si>
@@ -87,50 +87,97 @@
     <t>Niels Hansen, gartner
 Cathrine Larsen
 Jeppe Andreas Larsen
 Martin Larsen
 Christine Swane</t>
   </si>
   <si>
     <t>Det Kongelige Bibliotek</t>
   </si>
   <si>
     <t>Vilhelmine Larsen og Johannes er uenige omkring hans malerier. Det må de tale om, næste gang han kommer hjem. Brønden på Kærbyhus er blevet tømt og der er blevet plantet æbletræer.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/AN76</t>
   </si>
   <si>
     <t>Kjære Johannes!
 Tak for Brevet paa Grund af den megen Regn – kan jeg ikke sende dig Tøjet før i de første Dage af næste Uge – Skoene kom gud ske Lov saa du kan blive pæn Søndag send saa de andre straks maaske de kan komme i Posen – nu skal jeg over at se om der er nogle Penge at faa dog maaske saa mange at du ikke skal laane til Postpenge. Det har jo været en morsom Aften paa Skolen;
 Du kan ikke forstaa mig med Hensyn til Malerierne og jeg i ligmaade men det maa vi hellere drøfte mundtlig Johannes 
 Jeg tænker først nu kommer du hjem til 1 Maj saa er det jo unøvendig at sende Tøjet skriv dog om det ligestraks 
 Vi ere raske her men [overstreget] Christine Faster Thrine hun kom slemt til Skade igaar Morges hun var som sædvanlig kommen op til Martins for at hjælpe og da hun gaar op paa en Stol for at lukke et Vindue op – styrter hun baglæns ned og slaar sit Been slemt saa hun maatte lægges paa en Seng derhenne og led meget igaar idag er det bedre – nu kommer det an paa hvornaar hun kan flyttes – det er tung Skæbne der hviler over det Hjem –
 Hør nu Johannes fra Fader, - der skal komme Penge til dig den 29, og kommer du hjem til Maj skal du faa alting sendt for vi maa nu sælge vor Havre – for hvad vi kan faa for den 
 Du kan tro her er Arbejde med Brønden oppe ved Kjærbyhus – der er kommen en Brøndsætter og du kan tro der er Arbejde. 6 Mand har pumpet i 2 Døgn – med 2 Pumper – saa fik vi tømt paa en Alen nær – Vandet strømmer saa rigelig til at efter Udregning kan den Vandaare – 750 Tdr. Vand i Døgnet.
 Idag er Gartner Hansen her og planter os 20 Frugttræer Æbler i vor Jord ved Møllen paa begge Sider af Vejen – 
 Nu er Kl formange Lev vel og Gud Fader være med dig
+Din trofaste Moder</t>
+  </si>
+  <si>
+    <t>1898 fastelavn</t>
+  </si>
+  <si>
+    <t>Christine Swane</t>
+  </si>
+  <si>
+    <t>Adolph Larsen
+Alhed Larsen
+Georg Larsen
+Jeppe Andreas Larsen
+Johanne Christine Larsen
+Johannes Larsen
+Marie Larsen
+Vilhelm Larsen
+Anna Marie   Larsen, Georg Larsens datter
+Anna Marie  Larsen, Georg Larsens hustru 
+Clara Lindberg
+Christine  Mackie
+Hempel Syberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Det vides ikke, hvem Malerens, Leth, C.T.A., K og E og Adolph var. Vilhelmine Larsens ene søn hed ganske vist Adolph, men hun kaldte ham stort set altid Agraren. 
+Det er svært at afgøre, hvem "Børnene" var. Der kan være tale om flere.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, B</t>
+  </si>
+  <si>
+    <t>Vilhelmine Larsen har haft en masse mennesker til middag i forbindelse med fastelavn. Søndag fik de frokost hos Alhed og Johannes Larsen. Bordet måtte stå på skrå (hos Alhed og Johannes Larsen eller i Kærbyhus?). Under måltidet kom Edsberg pludselig. Mange skulle overnatte på Kærbyhus. 
+Vilhelmine sad og vågede over Adolph, som havde det dårligt og måtte udsætte sin afrejse. 
+Vilhelmine ville have sendt Christine kager mm, men alt blev spist. Hun sender snart penge. Vilhelmine har givet besked om, at Christine Swane kommer til Romsø i maj og juni.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/eMxx</t>
+  </si>
+  <si>
+    <t>Kjærbyhus 
+Kære lille Christine!
+Du har nok længtes meget efter at høre hvordan vores Fastelavnsgilde stod af; men her har været saameget der har taget mine Tanker – Vilhelm kom saa alligevel Lørdag aften, Alhed var i Byen og kom indenfor med den Nyhed. Klaks gik nede paa Gaden og det lettede mig saadan i Arbejdet at Tallet blev fuldt Tal ["Tal" overstreget] paa Børnene, vi bleve meget oplivede ved Bordet for vi havde spist Kjødet og saa spiste han Sovs og Rødbeder senere kom han over med Lugge og Alhed til en Kop Kaffe og det vandt Bifald at jeg mente vi skulde smage alle de Slags der var bagt; Fader og jeg gik i Seng til sædvanlig Tid. Marie gik med til Malerens og ventede Agraren og Junge som kom med 11 Toget, Søndag skulde vi spise Frokost hos Las’, med 2 Toget kom Leth, Hempel, C, T. A, Edsberg kom ikke dengang; de fik saa Mad og Kaffe, gik en Tur og 5 ½ dækkede vi Bord det stod paa skraa i forreste Linie og Sofaen langs med. det var jo lidt knebent men det gik dejlig Fedekalvesteg og Chokolade Budding med Flødeskum ovenpaa; men da vi er midt i Maaltidet kommer der nogen ind, og jeg tænker nu hvem kommer dog her – da Marie hilser god Dag. Hr Edsberg Klaks sad nemlig med Ryggen til Døren og han og hun var jo de eneste der kjendte ham; det gav jo lidt Munterhed, hvad der ikke var i forvejen, Klaks havde lige givet en Tale paa Vers i B og L Navn; vi fik saa Kaffe og Tobak og brød op, da de gik til Toget, Dis, Hempel og Leth. det vil sige vi to Gamle den unge blev længere. Mandagen skulde jo være hos os K og E paa Gjæsteværelse Agraren paa Mardres, Junge Tutte og Marie paa qvisten - de sov længe for Thora havde været paa Bal og holdt ud til 4 ½ Søndagmorgen, men saa fik de jo ogsaa Kaffe paa Sengen. Grossererens var bedt herop Middagen var Skinke Langkaal og Boller derefter Kaffe med Kager – god Rødvin begge Steder 
+Et ugudeligt Aftensbord vi var 13 til Bords.
+senere på Aftenen var vi tiltænkt Karamel Is men det blev knap Iset nok Marengser og Madejra til var det ikke flot. Christine sang og spillede; det var Meningen at Adolph skulde rejse om Natten jeg sad oppe og vaagede, men saa var det ikke saa godt med ham derfor ventede han til næste Dag, og saa lovede han os da at gaa med sit Bind, saa haaber vi at alt igjen skal blive godt, vi har endnu ikke hørt fra de bortrejste, men det kommer maaske imorgen. havde jeg nu faaet dette afsted som min Tanke var først i Ugen saa kunde jeg havde den Glæde at faa Dit Søndagsbrev nu maa jeg vente.
+Vi havde saadan tænkt at sende Dig noget efter Gildet men alt blev spist, nu bager vi igjen og skal sende dig først i Ugen, paa Tirsdag skal vi ud med Hø lille Dine og saa skal vi sende dig Penge, Lise har jeg ikke talt med da hun er syg men lille Emma var her i Dag og så meldte jeg Din Ankomst til Romsø i Maj og Juni det er ogsaa den smukkeste Tid derovre – Gud give dig Kræfter og god Arbejdslyst min lille Ven det beder jeg daglig ved og jeg tænkte saadan paa at Du kunde paa vore Vegne have gaaet ud til Fru Lindberg Fastelavns Mandag da var det hendes Fødselsdag men alle de Fremmede tog min Tid. 
+Skriv nu og fortæl mig alt muligt om Dig selv – og hils Alle fra mig Marie skriver paa Mandag naar vi sender
 Din trofaste Moder</t>
   </si>
   <si>
     <t>1899-05-22</t>
   </si>
   <si>
     <t>Alhed Larsen</t>
   </si>
   <si>
     <t>Erikshaab</t>
   </si>
   <si>
     <t>Victor Bøttern
 Andreas Larsen
 Jeppe Andreas Larsen
 Marie Larsen
 Vilhelmine  Larsen</t>
   </si>
   <si>
     <t>Johannes Larsens forældre er flyttet til en ny lejlighed, og Larsen betragtede aldrig "den anden Lejlighed som mit Hjem". Dette må betyde, at I.A. og Vilhelmine Larsen fraflyttede deres store lejlighed i købmandsgården, Langegade 50, Kerteminde, da grosserer Victor Bøtterne forpagtede købmandsgården. De boede formodentlig i en mindre lejlighed i ejendomskomplekset (som altså ikke var Johannes Larsens barndomshjem) og er nu flyttet til en tredje. I oktober 1900 flyttede I.A. og Vilhelmine Larsen til Kjærbyhus i Kerteminde. 
 "kys lille Jeppe": Alhed og Johannes Larsen kaldte de første uger deres nyfødte barn Jeppe. Han fik navnet Jeppe Andreas og blev kaldt Andreas og Puf.</t>
   </si>
   <si>
     <t>Johannes Larsen har hjulpet sine forældre med at flytte til en ny lejlighed. Han har haft ondt i øjnene på grund af modvinden dagen før.</t>
   </si>
@@ -279,53 +326,50 @@
   <si>
     <t>Vilhelmine Larsen opmuntrer Johannes, som er ked af, at han endnu ikke har solgt noget på udstillingen. Der bliver bygget om i Kerteminde.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/J2KL</t>
   </si>
   <si>
     <t>Kjære Johannes
 Du maa tro jeg er bleven en sær Én. Vi har ledt først jeg senere Marie men ingen Kunsthistorie, hvor er den dog henne. Idag kom der brev fra Alhed, det var fornøjelig at høre om Eders lille Skat; men hvornaar Du kom vidste hun ikke lad mig endelig høre det for at jeg i god Tid kan faa skuret derude, vi blev narrede med vores svenske Pige hun kommer vist ikke mere. Her er jo en Kone der malker men det er alligevel ikke en Pige. Eders lille Anna har været her idag hun vil hjælpe mig i Paasken for nu idag begyndte Ferien.
 Johannes jeg kan mærke du har tabt dit Humør fordi der ikke sælges noget; men det kommer min Ven. 
 Faer er endnu højt oppe og siger der er langt til [ulæseligt ord] hvorfor kjøbte nu denne Greve paa Langeland ikke din Hund… han gav der 3,000 ud paa Charlottenborg; maaske saadanne Herrer ikke gaar paa den ”Fri” det er nu ligemeget med alle de store. Sig mig kun [ulæseligt ord] hvad Zarthman og Phillipsen sagde om dine Arbejder og de andre Venner
 Vi har Adolph hjemme og han hænger i med at hjælpe Karlene at vi kan kjøre sammen til Murerne.
 Imorgen Johannes er det Meningen at vi skal have Skillerummene op i Laden det er paa Tiden naar vi skal herud fra den 19 – men nu har vi bestemt os til at sove i vores gamle Sadelkammer ovenpaa og saa Marierne paa dit Værelse – hvordan vi skal med Maden og Karlene har jeg foreslaaet at de kan sove i Lysthuset indtil der bliver istand til dem
 Her er i disse Dage ved at blive rejst Plankeværk om Bygaarden, vi holdt Arbejdere til at bryde Hegnet ned og der blev nogle dejlige Grundsteen til dit Huus
 Jeg er saa træt Johannes for jeg har vadsket lidt om Dinemor idag og det regner hver Dag saa jeg skal se om vi kan faa det tørret i Morgen!
 Du kan tro jeg glæder mig til du kommer hjem. Din And vil vist snart ligge.
 Det kan være Adolph tager ned til Haabet en af Helligdagene. Det var Meningen at Marie vilde have været med; men Sygeplejersken mener hun gjør klogest i at blive i Ro.
 Nu lev vel og vær saa kjærlig hilset af din hengivne Moder der stadig beder for Eder</t>
   </si>
   <si>
     <t>1900-04-26</t>
   </si>
   <si>
     <t>Marie Larsen
 Vilhelmine  Larsen</t>
-  </si>
-[...1 lines deleted...]
-    <t>Christine Swane</t>
   </si>
   <si>
     <t>Anna 2 -
 Ole Bager
 Victor Bøttern
 Christian Eckardt
 Margrethe  Eckardt
 Erik Henrichsen
 - Holm, skovrider
 Adolph Larsen
 Alhed Larsen
 Georg Larsen
 Jeppe Andreas Larsen
 Johannes Larsen
 lille Larsen
 Marie Larsen
 Vilhelm Larsen
 Vilhelmine  Larsen
 Olga Lau
 Ida Olsen
 Theodor Philipsen
 Anna Rosenørn
 Elisabeth Storm
 Hempel Syberg
 Astrid Warberg-Goldschmidt</t>
@@ -1138,50 +1182,94 @@
     <t>1901-02-01</t>
   </si>
   <si>
     <t>- Berg, Fru
 Emilie Demant Hatt
 Johannes Larsen
 Sophie Meyer
 Sophus  Meyer</t>
   </si>
   <si>
     <t>Vilhelmine Larsen sender tøj, lidt mad og penge til Christine Swane.Hilsner til frk. Demant.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/4C1Z</t>
   </si>
   <si>
     <t>Kjærbyhus
 Kjære Ugle!
 Nu fik vi dit Tøj afsted. Kravetøj er her intet af, men det er taget fra af Karen og tørret for sig selv saa det maa vel passe; Steg har vi ikke lille Ven saa Du maa tage tiltakke dennegang saa skal vi snart være der igjen kan Du tro; i det Papir hos Sardinæsken ligger 2 Kr 50 Ø Øre for vi kunde ikke mere ; men disse 10 er til Fru Berg og en af de første Dage skal komme saa vi kan blive gjældfri Du kjære Pige vær ved godt Mod det skal nok alt sammen blive godt
 Ja jeg haaber nok at komme over til dig men det maa blive bedre med Vejret for denne Kulde er ikke god for mig
 Hils nu Frøken Demant fra mig og Du kan tro vi talte om hendes Moders Hjem forleden Aften Mejers var til Kaffe hos Johannes og der gik
 Nu skal Brevet afsted saa maa jeg gaa til Posthus
 Kjærlig Hilsen fra os alle din Moder</t>
   </si>
   <si>
+    <t>1901-02-25</t>
+  </si>
+  <si>
+    <t>Andreas Warberg</t>
+  </si>
+  <si>
+    <t>Odense</t>
+  </si>
+  <si>
+    <t>Louise Amstrup
+Alhed Larsen
+Jeppe Andreas Larsen
+Johannes Larsen
+Marie Larsen
+Vilhelmine  Larsen
+Hempel Syberg
+Albrecht  Warberg
+Astrid Warberg-Goldschmidt</t>
+  </si>
+  <si>
+    <t>Fritz Lerche og Ed. N kendes ikke. 
+De Gamle var johannes Larsens forældre.
+Adis var Astrid Warberg-Goldschmidt. Hun var i 1901 ung pige i huset hos Alhed/Be og Johannes/Las Larsen, der på dette tidspunkt boede i Lille Kærbyhus, Kerteminde.</t>
+  </si>
+  <si>
+    <t>Kerteminde Egns- og Byhistoriske Arkiv, BB1497</t>
+  </si>
+  <si>
+    <t>Andreas Warberg har været inviteret til kortaften med god mad og cigarer. Dagen efter tog han toget til Kerteminde for at besøge Alhed/Be og Johannes/Las Larsen. De lå endnu i sengen, da han kom. Astrid/Adis Warberg var netop stået op. Andreas og Johannes Larsen fangede en irisk, som Larsen ville male. Om aftenen var de til kaffe hos Johannes Larsens forældre. Der blev serveret meget stærk rom. 
+Astrids cykel er til reparation. Hun beder forældrene sende frimærker.
+Andreas har besøgt Hempel Syberg, som lå syg af forkølelse. Andreas beder sin far få lavet en lægeattest, så han (Andreas) kan slippe for gymnastiktimerne, som er det rene slaveri.</t>
+  </si>
+  <si>
+    <t>https://fynboerne.ktdk.dk/d/o0yk</t>
+  </si>
+  <si>
+    <t>Odense d: 25 Febr. 1901.
+Kære Mor!
+Jeg vil benytte Lejligheden i Aften, da jeg sidder hyggeligt heroppe med en Cigar og en Bajer, til at skrive. Jeg har ført et meget muntert Liv de sidste to Dage: I Lørdags var jeg til Selskab hos Fritz Lerche, og i Gaar i Kerteminde. Allerede forrige Lørdag fik jeg Invitation til at komme ud til ham og spille L’hombre, og da jeg ikke anede ondt, men troede, at det skulde være et ganske almindeligt Parti, sagde jeg Ja. Men saa om Mandagen fik jeg at vide, at det skulde være større Selskab, spise til Aften med osv, men saa var det allerede for sent. Jeg har derfor været gnaven hele Ugen, noget jeg altid bliver, naar jeg bliver inviteret ud. Naa - Selskabet indskrænkede sig imidlertid til at vi blev 12 fra Latinskolen, 2 Partier L’hombre og 1 Whist. Vi fik vældig flot Aften: Fiskerand (?) og Oliven, Is; dertil Rødvin og Sherry. Saa L’hombre (10 Øre) med Cigarer; jeg for min Part røg 5, og de andre har vel ogsaa nok hængt godt i, for tilsidst kunde vi næsten ikke se hinanden. * - Endelig Kaffe og Musik; jeg kom fint hjem henad Kl 1 og var næsten ved at komme for sent til Toget om Morgenen. Jeg havde nær aldrig fundet deres Hus, men endelig lykkedes det dog, og jeg traf saa Be og Las paa Sengen og Adis nylig opstaaet. Det var desværre ikke Vejr til at komme noget ud, Las og jeg var kun lige uden for Huset for at fange Fugle i Net; vi fangede en Irisk, som Las skulde male. Om Aftenen vare vi ovre hos de Gamle til Kaffe;. [semikolon overstreget og erstattet med et punktum] Til den blev der budt noget om, som jeg troede var Scherry og jeg tog jo saa trøstig et Glas; men ved nærmere Undersøgelse viste det sig at være forfærdelig stærk Rom, som nær havde slaaet mig ihjel, skønt jeg dog nok synes, jeg kender lidt til den Slags Varer; derimod tømte Marie et helt Glas uden at blinke. – Adis’s Cycle har jeg leveret ud til Ed N., men den kunde ikke naa at blive færdig; som jeg kunde faa den med. Jeg skulde fra hende bede dig om at sende nogle Frimærker, da I ellers ingen Breve kan faa.- Jeg var ude hos Onkel S. i Eftermiddag og fandt ham liggende i Sengen af en [”en” indsat over linjen] Forkølelse, som havde varet nogle Dage. Tante Visse havde meldt sig derude og ventedes i Dag. Paa Skolen gaar det godt; jeg har endnu fri for Gymnastik, og da ingen har talt noget om det, er jeg naturligvis ikke saa dum frivillig at gaa til det Slaveri. Tror du ikke, at det kunde lade sig gøre at faa en Lægeattest for, at jeg ikke kan taale Gymnastik; der er jo kun godt 2 Maaneder tilbage nu? Kan du ikke snakke med Far om det.?
+Mange Hilsner til alle,
+Jeg kommer saa hjem paa Lørd, maaske cyclende. 
+*Jeg morede mig udmærket.</t>
+  </si>
+  <si>
     <t>1901-02-28</t>
   </si>
   <si>
     <t>Alhed Larsen
 Andreas Larsen
 Johan Larsen
 Marie Larsen
 Marie  Marstrand</t>
   </si>
   <si>
     <t>Christine Swane boede i februar 1901 hos Demants i Nyboder</t>
   </si>
   <si>
     <t>Alhed har i dag født sit andet barn, en lille mørkhåret dreng.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/xnJ7</t>
   </si>
   <si>
     <t>1901-02-28
 Kjærbyhus
 Onsdag Kl. 11 Fund..
 Kjæreste lille Ugle!
 Her sidder Marie med Puf, og lille Broer ligger i Vuggen, en lille mørkhaaret Dreng, Gud ske Tak for at det er overstaaet og godt og vel.
 Marie har hele Tiden sagt Fredag kom Begivenheden saa det blev jo en Overraskelse for os nu er Puf her og det er jo en god Ro 
@@ -3606,53 +3694,50 @@
 Karl Schou
 Marie Schou
 Christine Swane</t>
   </si>
   <si>
     <t>Alhed Larsen er i København, mens Johannes Larsen og børnene er hjemme i Kerteminde. 
 Den svenske maler Karl Isakson faldt under et besøg hos Johannes Larsen ned af trappen i Svanemøllen og brækkede benet, hvorefter han måtte blive i Kerteminde et halvt år. 
 Sagen om pengene fra Akademiet er ikke umiddelbart gennemskuelig. 
 Tårup Strand ved Odense Fjord blev på Larsens tid kaldt Taarupstranden (markeret ved Nybro Frugtplantage).</t>
   </si>
   <si>
     <t>Alhed Larsen har været hos Schous og hos Berta (Brandstrup) samt med Christine på Den Fri, hvor udbyttet var magert. Larsen må sende fuldmagt, så Alhed kan få penge på Akademiets kontor.
 Larsen må passe på børnene, og de må ikke gå til havnen eller Taarbystranden (Taarup Strand).</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/OfQX</t>
   </si>
   <si>
     <t>Kæreste Lausi!
 Jeg havde haabet paa et Brevkort i Dag, men saa kommer det vel i Morgen. Jeg har har [ordet overstreget] været hos Schous to Gange, allerede den første Aften var Chr. og jeg et Svip derude og bad dem til Middag her i Gaar. Og i Morges mødtes jeg med dem paa den fri og tog med dem hjem til Frokost. Derfra gik jeg til Berta hvor jeg skal til Middag i Morgen. Christine og jeg var i Gaar 4 ½ Time paa Charlottenborg, men Udbyttet var jo magert. Jeg har været paa Akademiets Kontor, men Du maa sende mig en Fuldmagt eller en Kvittering ellers kunde jeg ikke faa dem. Vil Du endelig sende den i Morgen helst 3.20 saa jeg kan have den Onsdag Morgen, saa giver jeg Schou de 100, de vilde nok have dem nu. - - Vær endelig sød mod Børnene, kys dem mange Gange og pas forfærdelig paa dem. Lad dem ikke gaa til Havnen eller til Taarbystranden. Hils Agrarens i Kærbyhus og Isakson mange Gange. 1000 Hilsner 
 Din A.
 Mandag Eft.</t>
   </si>
   <si>
     <t>1909-3</t>
-  </si>
-[...1 lines deleted...]
-    <t>Odense</t>
   </si>
   <si>
     <t>Victor Bøttern
 Adolph Larsen
 Alhed Larsen
 Andreas Larsen
 Georg Larsen
 Jeppe Andreas Larsen
 Johan Larsen
 Vilhelm Larsen
 Ole Poulsen
 Marie Svensker
 Christine Swane</t>
   </si>
   <si>
     <t>Brevet er muligvis skrevet på et tidligere brev fra Johannes Larsen.</t>
   </si>
   <si>
     <t>IA Larsen er stadig svag, men kan ikke holde ud, at være indlagt længere. Det haster meget med at få nogle penge, så opholdet på sygehuset kan blive betalt. Begge forældre er bekymrede for, hvordan det går med forårsarbejdet i Kerteminde.</t>
   </si>
   <si>
     <t>https://fynboerne.ktdk.dk/d/C8yI</t>
   </si>
   <si>
     <t>Benediktsgade No 3.
@@ -5579,59 +5664,59 @@
     </xf>
     <xf borderId="0" numFmtId="0" fontId="3" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="4" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
     <xf borderId="0" numFmtId="0" fontId="5" fillId="0" applyNumberFormat="0" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="right"/>
     </xf>
     <xf borderId="0" numFmtId="102" fontId="6" fillId="0" applyNumberFormat="1" applyFill="0" applyFont="1" applyBorder="0" applyAlignment="1" applyProtection="0">
       <alignment horizontal="left" vertical="top"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16" count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Id="rId4"/><Relationship Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Id="rId5"/><Relationship Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Id="rId6"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/AN76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JAzF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JuzW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xlv1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6J5k" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J2KL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NaCo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oaIp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FVb7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8efm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pZOj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vbQZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EIR8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ie7B" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7RUc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4EbL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vjJB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aa3V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V6OL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KOlx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/WsHnFLg1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ky8i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eY62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0GbR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4C1Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xnJ7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uggH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mHn3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Sov4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HpfN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RNOS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fxom" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tCf4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tuYk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UgIn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kWnW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4edm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VLuh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FSAa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Gn6q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OacK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yY73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9Hvc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qhI1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9gF7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/R6oZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xLht" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sEjv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dFXg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RxrT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/511F" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yGcJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sXh6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XDEQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/78Ow" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/06VF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yrEi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dPGj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IJxX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A2oC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OhSR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/n30Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F0dG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/a6gU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/x8br" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XWno" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/f4hQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LFlW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Qdwv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jDA7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zCWy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gnVi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7Dc9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1pFZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/99SJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/03Q9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Nri4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qFVb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wftc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i6iH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eKFw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GExx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OfQX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/C8yI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FR2K" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Qx0N" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RcfO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1NAW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fBxg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7tPK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/av6L" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NW4E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pxQF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/sWpUrOin" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Zs1g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iEY2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SCEC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4Wy2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dGdH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dn6L" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GM1P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ipO9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7IvF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId111" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i5m7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId112" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4B2d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId113" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/9LdcvZH9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId114" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tJMg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId115" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1XAC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId116" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5iq4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId117" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AbaW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId118" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cWRz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId119" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1ZN9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId120" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/43Y1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId121" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2HOA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId122" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v5EC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId123" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/B1ge" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId124" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F1Lr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId125" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MOYc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId126" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t1xn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId127" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vpPh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId128" TargetMode="External"/></Relationships>
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Target="https://fynboerne.ktdk.dk/d/AN76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId7" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eMxx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId8" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JAzF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId9" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/JuzW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId10" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Xlv1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId11" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/6J5k" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId12" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/J2KL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId13" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NaCo" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId14" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/oaIp" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId15" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FVb7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId16" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/8efm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId17" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pZOj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId18" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vbQZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId19" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/EIR8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId20" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ie7B" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId21" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7RUc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId22" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4EbL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId23" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vjJB" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId24" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/O160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId25" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/aa3V" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId26" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/V6OL" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId27" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/KOlx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId28" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/WsHnFLg1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId29" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/5K5zZYof" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId30" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Ky8i" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId31" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eY62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId32" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/0GbR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId33" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4C1Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId34" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/o0yk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId35" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xnJ7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId36" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/uggH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId37" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/mHn3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId38" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Sov4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId39" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/HpfN" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId40" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RNOS" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId41" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fxom" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId42" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tCf4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId43" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tuYk" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId44" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/UgIn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId45" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/kWnW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId46" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4edm" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId47" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/VLuh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId48" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FSAa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId49" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Gn6q" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId50" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OacK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId51" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yY73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId52" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9Hvc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId53" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qhI1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId54" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/9gF7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId55" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/R6oZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId56" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/xLht" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId57" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sEjv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId58" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dFXg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId59" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RxrT" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId60" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/511F" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId61" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yGcJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId62" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/sXh6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId63" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XDEQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId64" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/78Ow" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId65" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/06VF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId66" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/yrEi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId67" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dPGj" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId68" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/IJxX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId69" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/A2oC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId70" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OhSR" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId71" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/n30Z" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId72" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F0dG" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId73" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/a6gU" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId74" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/x8br" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId75" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/XWno" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId76" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/f4hQ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId77" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/LFlW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId78" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Qdwv" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId79" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/jDA7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId80" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/zCWy" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId81" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/gnVi" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId82" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7Dc9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId83" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1pFZ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId84" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/99SJ" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId85" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/03Q9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId86" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Nri4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId87" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/qFVb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId88" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/wftc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId89" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i6iH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId90" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/eKFw" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId91" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GExx" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId92" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/OfQX" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId93" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/C8yI" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId94" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/FR2K" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId95" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Qx0N" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId96" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/RcfO" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId97" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1NAW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId98" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/fBxg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId99" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7tPK" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId100" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/av6L" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId101" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/NW4E" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId102" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/pxQF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId103" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/sWpUrOin" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId104" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/Zs1g" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId105" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/iEY2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId106" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/SCEC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId107" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4Wy2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId108" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dGdH" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId109" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/dn6L" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId110" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/GM1P" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId111" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/ipO9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId112" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/7IvF" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId113" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/i5m7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId114" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/4B2d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId115" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/n/9LdcvZH9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId116" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/tJMg" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId117" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1XAC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId118" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/5iq4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId119" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/AbaW" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId120" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/cWRz" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId121" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/1ZN9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId122" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/43Y1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId123" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/2HOA" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId124" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/v5EC" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId125" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/B1ge" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId126" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/F1Lr" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId127" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/MOYc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId128" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/t1xn" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId129" TargetMode="External"/><Relationship Target="https://fynboerne.ktdk.dk/d/vpPh" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Id="rId130" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <pageSetUpPr fitToPage="0"/>
   </sheetPr>
-  <dimension ref="A1:M123"/>
+  <dimension ref="A1:M125"/>
   <sheetViews>
     <sheetView windowProtection="0" tabSelected="0" showWhiteSpace="0" showOutlineSymbols="0" showFormulas="0" rightToLeft="0" showZeros="1" showRuler="1" showRowColHeaders="1" showGridLines="1" defaultGridColor="1" zoomScale="100" workbookViewId="0" zoomScaleSheetLayoutView="0" zoomScalePageLayoutView="0" zoomScaleNormal="0"/>
   </sheetViews>
   <sheetFormatPr baseColWidth="8" defaultRowHeight="18"/>
   <cols>
     <col min="1" max="1" bestFit="1" customWidth="1" width="30"/>
     <col min="2" max="2" bestFit="1" customWidth="1" width="30"/>
     <col min="3" max="3" bestFit="1" customWidth="1" width="30"/>
     <col min="4" max="4" bestFit="1" customWidth="1" width="30"/>
     <col min="5" max="5" bestFit="1" customWidth="1" width="30"/>
     <col min="6" max="6" bestFit="1" customWidth="1" width="30"/>
     <col min="7" max="7" bestFit="1" customWidth="1" width="30"/>
     <col min="8" max="8" bestFit="1" customWidth="1" width="30"/>
     <col min="9" max="9" bestFit="1" customWidth="1" width="30"/>
     <col min="10" max="10" bestFit="1" customWidth="1" width="60"/>
     <col min="11" max="11" bestFit="1" customWidth="1" width="80"/>
     <col min="12" max="12" bestFit="1" customWidth="1" width="80"/>
     <col min="13" max="13" bestFit="1" customWidth="1" width="50"/>
     <col min="14" max="14" bestFit="1" customWidth="1" width="80"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
@@ -5699,5329 +5784,5421 @@
       <c r="H2" s="5" t="s">
         <v>19</v>
       </c>
       <c r="I2" s="5"/>
       <c r="J2" s="5" t="s">
         <v>20</v>
       </c>
       <c r="K2" s="5" t="s">
         <v>21</v>
       </c>
       <c r="L2" s="6" t="s">
         <v>22</v>
       </c>
       <c r="M2" s="5" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="5" t="s">
         <v>24</v>
       </c>
       <c r="B3" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C3" s="5" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D3" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="E3" s="5" t="s">
-[...2 lines deleted...]
-      <c r="F3" s="5" t="s">
+      <c r="E3" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F3" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G3" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H3" s="5" t="s">
         <v>26</v>
       </c>
-      <c r="G3" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H3" s="5" t="s">
+      <c r="I3" s="5" t="s">
         <v>27</v>
       </c>
-      <c r="I3" s="5" t="s">
+      <c r="J3" s="5" t="s">
         <v>28</v>
-      </c>
-[...1 lines deleted...]
-        <v>20</v>
       </c>
       <c r="K3" s="5" t="s">
         <v>29</v>
       </c>
       <c r="L3" s="6" t="s">
         <v>30</v>
       </c>
       <c r="M3" s="5" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="5" t="s">
         <v>32</v>
       </c>
       <c r="B4" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C4" s="5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D4" s="5" t="s">
-        <v>16</v>
+        <v>33</v>
       </c>
       <c r="E4" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F4" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F4" s="5" t="s">
+        <v>34</v>
       </c>
       <c r="G4" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H4" s="5" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="I4" s="5" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="J4" s="5" t="s">
         <v>20</v>
       </c>
       <c r="K4" s="5" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="L4" s="6" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="M4" s="5" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="5" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="B5" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C5" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D5" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E5" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F5" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G5" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H5" s="5" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="I5" s="5" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="J5" s="5" t="s">
         <v>20</v>
       </c>
       <c r="K5" s="5" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="L5" s="6" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="M5" s="5" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="5" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="B6" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C6" s="5" t="s">
-        <v>45</v>
+        <v>15</v>
       </c>
       <c r="D6" s="5" t="s">
-        <v>46</v>
+        <v>16</v>
       </c>
       <c r="E6" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F6" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G6" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H6" s="5" t="s">
         <v>47</v>
       </c>
-      <c r="F6" s="5" t="s">
+      <c r="I6" s="5" t="s">
         <v>48</v>
       </c>
-      <c r="G6" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H6" s="5" t="s">
+      <c r="J6" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="K6" s="5" t="s">
         <v>49</v>
       </c>
-      <c r="I6" s="5" t="s">
+      <c r="L6" s="6" t="s">
         <v>50</v>
       </c>
-      <c r="J6" s="5" t="s">
+      <c r="M6" s="5" t="s">
         <v>51</v>
-      </c>
-[...7 lines deleted...]
-        <v>54</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="5" t="s">
+        <v>52</v>
+      </c>
+      <c r="B7" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C7" s="5" t="s">
+        <v>53</v>
+      </c>
+      <c r="D7" s="5" t="s">
+        <v>54</v>
+      </c>
+      <c r="E7" s="5" t="s">
         <v>55</v>
       </c>
-      <c r="B7" s="5" t="s">
-[...14 lines deleted...]
-        </is>
+      <c r="F7" s="5" t="s">
+        <v>56</v>
       </c>
       <c r="G7" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H7" s="5" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="I7" s="5" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="J7" s="5" t="s">
-        <v>20</v>
+        <v>59</v>
       </c>
       <c r="K7" s="5" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
       <c r="L7" s="6" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="M7" s="5" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="5" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="B8" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C8" s="5" t="s">
-        <v>62</v>
+        <v>15</v>
       </c>
       <c r="D8" s="5" t="s">
-        <v>63</v>
+        <v>16</v>
       </c>
       <c r="E8" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F8" s="5" t="s">
-        <v>18</v>
+      <c r="F8" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G8" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H8" s="5" t="s">
         <v>64</v>
       </c>
       <c r="I8" s="5" t="s">
         <v>65</v>
       </c>
       <c r="J8" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="K8" s="5" t="s">
         <v>66</v>
       </c>
-      <c r="K8" s="5" t="s">
+      <c r="L8" s="6" t="s">
         <v>67</v>
       </c>
-      <c r="L8" s="6" t="s">
+      <c r="M8" s="5" t="s">
         <v>68</v>
-      </c>
-[...1 lines deleted...]
-        <v>69</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="5" t="s">
+        <v>69</v>
+      </c>
+      <c r="B9" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C9" s="5" t="s">
         <v>70</v>
       </c>
-      <c r="B9" s="5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D9" s="5" t="s">
-        <v>63</v>
+        <v>25</v>
       </c>
       <c r="E9" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F9" s="5" t="s">
         <v>18</v>
       </c>
-      <c r="G9" s="5" t="s">
+      <c r="G9" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H9" s="5" t="s">
         <v>71</v>
       </c>
-      <c r="H9" s="5" t="s">
+      <c r="I9" s="5" t="s">
         <v>72</v>
       </c>
-      <c r="I9" s="5" t="s">
+      <c r="J9" s="5" t="s">
         <v>73</v>
-      </c>
-[...1 lines deleted...]
-        <v>66</v>
       </c>
       <c r="K9" s="5" t="s">
         <v>74</v>
       </c>
       <c r="L9" s="6" t="s">
         <v>75</v>
       </c>
       <c r="M9" s="5" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="5" t="s">
         <v>77</v>
       </c>
       <c r="B10" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C10" s="5" t="s">
+        <v>70</v>
+      </c>
+      <c r="D10" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="D10" s="5" t="s">
-[...10 lines deleted...]
-        </is>
+      <c r="E10" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F10" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="G10" s="5" t="s">
         <v>78</v>
       </c>
       <c r="H10" s="5" t="s">
         <v>79</v>
       </c>
       <c r="I10" s="5" t="s">
         <v>80</v>
       </c>
       <c r="J10" s="5" t="s">
-        <v>20</v>
+        <v>73</v>
       </c>
       <c r="K10" s="5" t="s">
         <v>81</v>
       </c>
       <c r="L10" s="6" t="s">
         <v>82</v>
       </c>
       <c r="M10" s="5" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="5" t="s">
         <v>84</v>
       </c>
       <c r="B11" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C11" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="D11" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D11" s="5" t="s">
-[...11 lines deleted...]
-        </is>
+      <c r="E11" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F11" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G11" s="5" t="s">
+        <v>85</v>
       </c>
       <c r="H11" s="5" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="I11" s="5" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="J11" s="5" t="s">
         <v>20</v>
       </c>
       <c r="K11" s="5" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="L11" s="6" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="M11" s="5" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="5" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="B12" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C12" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D12" s="5" t="s">
-        <v>25</v>
+        <v>33</v>
       </c>
       <c r="E12" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F12" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F12" s="5" t="s">
+        <v>34</v>
       </c>
       <c r="G12" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H12" s="5" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="I12" s="5" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="J12" s="5" t="s">
         <v>20</v>
       </c>
       <c r="K12" s="5" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="L12" s="6" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="M12" s="5" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="5" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="B13" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C13" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D13" s="5" t="s">
-        <v>25</v>
+        <v>33</v>
       </c>
       <c r="E13" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F13" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G13" s="5" t="s">
-        <v>97</v>
+      <c r="G13" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H13" s="5" t="s">
         <v>98</v>
       </c>
       <c r="I13" s="5" t="s">
         <v>99</v>
       </c>
       <c r="J13" s="5" t="s">
         <v>20</v>
       </c>
       <c r="K13" s="5" t="s">
         <v>100</v>
       </c>
       <c r="L13" s="6" t="s">
         <v>101</v>
       </c>
       <c r="M13" s="5" t="s">
         <v>102</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="5" t="s">
         <v>103</v>
       </c>
       <c r="B14" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C14" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D14" s="5" t="s">
-        <v>25</v>
+        <v>33</v>
       </c>
       <c r="E14" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F14" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G14" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G14" s="5" t="s">
+        <v>104</v>
       </c>
       <c r="H14" s="5" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="I14" s="5" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="J14" s="5" t="s">
         <v>20</v>
       </c>
       <c r="K14" s="5" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="L14" s="6" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="M14" s="5" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="5" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="B15" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C15" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D15" s="5" t="s">
-        <v>25</v>
+        <v>33</v>
       </c>
       <c r="E15" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F15" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G15" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H15" s="5" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="I15" s="5" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="J15" s="5" t="s">
         <v>20</v>
       </c>
       <c r="K15" s="5" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="L15" s="6" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="M15" s="5" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="5" t="s">
-        <v>109</v>
+        <v>116</v>
       </c>
       <c r="B16" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C16" s="5" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="D16" s="5" t="s">
-        <v>16</v>
+        <v>33</v>
       </c>
       <c r="E16" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F16" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G16" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H16" s="5" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="I16" s="5" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="J16" s="5" t="s">
         <v>20</v>
       </c>
       <c r="K16" s="5" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="L16" s="6" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="M16" s="5" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="5" t="s">
-        <v>120</v>
+        <v>116</v>
       </c>
       <c r="B17" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C17" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="D17" s="5" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>25</v>
       </c>
       <c r="E17" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F17" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G17" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H17" s="5" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="I17" s="5" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="J17" s="5" t="s">
         <v>20</v>
       </c>
       <c r="K17" s="5" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="L17" s="6" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="M17" s="5" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="5" t="s">
-        <v>120</v>
+        <v>127</v>
       </c>
       <c r="B18" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C18" s="5" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="D18" s="5" t="s">
-        <v>16</v>
-[...4 lines deleted...]
-        </is>
+        <v>33</v>
+      </c>
+      <c r="E18" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F18" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G18" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H18" s="5" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="I18" s="5" t="s">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="J18" s="5" t="s">
         <v>20</v>
       </c>
       <c r="K18" s="5" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="L18" s="6" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="M18" s="5" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="5" t="s">
-        <v>131</v>
+        <v>127</v>
       </c>
       <c r="B19" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C19" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="D19" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D19" s="5" t="s">
-[...3 lines deleted...]
-        <v>17</v>
+      <c r="E19" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F19" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G19" s="5" t="s">
-        <v>132</v>
+      <c r="G19" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H19" s="5" t="s">
         <v>133</v>
       </c>
       <c r="I19" s="5" t="s">
         <v>134</v>
       </c>
       <c r="J19" s="5" t="s">
         <v>20</v>
       </c>
       <c r="K19" s="5" t="s">
         <v>135</v>
       </c>
       <c r="L19" s="6" t="s">
         <v>136</v>
       </c>
       <c r="M19" s="5" t="s">
         <v>137</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="5" t="s">
         <v>138</v>
       </c>
       <c r="B20" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C20" s="5" t="s">
-        <v>139</v>
+        <v>16</v>
       </c>
       <c r="D20" s="5" t="s">
-        <v>140</v>
+        <v>33</v>
       </c>
       <c r="E20" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F20" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G20" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G20" s="5" t="s">
+        <v>139</v>
       </c>
       <c r="H20" s="5" t="s">
+        <v>140</v>
+      </c>
+      <c r="I20" s="5" t="s">
         <v>141</v>
       </c>
-      <c r="I20" s="5" t="s">
+      <c r="J20" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="K20" s="5" t="s">
         <v>142</v>
       </c>
-      <c r="J20" s="5" t="s">
+      <c r="L20" s="6" t="s">
         <v>143</v>
       </c>
-      <c r="K20" s="5" t="s">
+      <c r="M20" s="5" t="s">
         <v>144</v>
-      </c>
-[...4 lines deleted...]
-        <v>146</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="5" t="s">
+        <v>145</v>
+      </c>
+      <c r="B21" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C21" s="5" t="s">
+        <v>146</v>
+      </c>
+      <c r="D21" s="5" t="s">
         <v>147</v>
       </c>
-      <c r="B21" s="5" t="s">
-[...13 lines deleted...]
-      <c r="F21" s="5" t="s">
+      <c r="E21" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F21" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G21" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H21" s="5" t="s">
         <v>148</v>
       </c>
-      <c r="G21" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H21" s="5" t="s">
+      <c r="I21" s="5" t="s">
         <v>149</v>
       </c>
-      <c r="I21" s="5" t="s">
+      <c r="J21" s="5" t="s">
         <v>150</v>
       </c>
-      <c r="J21" s="5" t="s">
+      <c r="K21" s="5" t="s">
         <v>151</v>
       </c>
-      <c r="K21" s="5" t="s">
+      <c r="L21" s="6" t="s">
         <v>152</v>
       </c>
-      <c r="L21" s="6" t="s">
+      <c r="M21" s="5" t="s">
         <v>153</v>
-      </c>
-[...1 lines deleted...]
-        <v>154</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="5" t="s">
+        <v>154</v>
+      </c>
+      <c r="B22" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C22" s="5" t="s">
+        <v>147</v>
+      </c>
+      <c r="D22" s="5" t="s">
+        <v>146</v>
+      </c>
+      <c r="E22" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F22" s="5" t="s">
         <v>155</v>
-      </c>
-[...13 lines deleted...]
-        <v>26</v>
       </c>
       <c r="G22" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H22" s="5" t="s">
         <v>156</v>
       </c>
       <c r="I22" s="5" t="s">
         <v>157</v>
       </c>
       <c r="J22" s="5" t="s">
-        <v>20</v>
+        <v>158</v>
       </c>
       <c r="K22" s="5" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="L22" s="6" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="M22" s="5" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="5" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="B23" s="5" t="s">
-        <v>162</v>
+        <v>14</v>
       </c>
       <c r="C23" s="5" t="s">
-        <v>139</v>
-[...14 lines deleted...]
-        </is>
+        <v>15</v>
+      </c>
+      <c r="D23" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E23" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F23" s="5" t="s">
+        <v>34</v>
       </c>
       <c r="G23" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H23" s="5" t="s">
         <v>163</v>
       </c>
-      <c r="I23" s="5"/>
-[...3 lines deleted...]
-        </is>
+      <c r="I23" s="5" t="s">
+        <v>164</v>
+      </c>
+      <c r="J23" s="5" t="s">
+        <v>20</v>
       </c>
       <c r="K23" s="5" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="L23" s="6" t="s">
-        <v>165</v>
-[...1 lines deleted...]
-      <c r="M23" s="5"/>
+        <v>166</v>
+      </c>
+      <c r="M23" s="5" t="s">
+        <v>167</v>
+      </c>
     </row>
     <row r="24">
       <c r="A24" s="5" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
       <c r="B24" s="5" t="s">
-        <v>162</v>
+        <v>169</v>
       </c>
       <c r="C24" s="5" t="s">
-        <v>139</v>
+        <v>146</v>
       </c>
       <c r="D24" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F24" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G24" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H24" s="5" t="s">
-        <v>167</v>
+        <v>170</v>
       </c>
       <c r="I24" s="5"/>
       <c r="J24" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="K24" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="K24" s="5" t="s">
+        <v>171</v>
       </c>
       <c r="L24" s="6" t="s">
-        <v>168</v>
+        <v>172</v>
       </c>
       <c r="M24" s="5"/>
     </row>
     <row r="25">
       <c r="A25" s="5" t="s">
+        <v>173</v>
+      </c>
+      <c r="B25" s="5" t="s">
         <v>169</v>
       </c>
-      <c r="B25" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C25" s="5" t="s">
-        <v>15</v>
-[...11 lines deleted...]
-        <v>170</v>
+        <v>146</v>
+      </c>
+      <c r="D25" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E25" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F25" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G25" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H25" s="5" t="s">
-        <v>171</v>
-[...7 lines deleted...]
-      <c r="K25" s="5" t="s">
         <v>174</v>
+      </c>
+      <c r="I25" s="5"/>
+      <c r="J25" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K25" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L25" s="6" t="s">
         <v>175</v>
       </c>
-      <c r="M25" s="5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="M25" s="5"/>
     </row>
     <row r="26">
       <c r="A26" s="5" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="B26" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C26" s="5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D26" s="5" t="s">
         <v>25</v>
-      </c>
-[...1 lines deleted...]
-        <v>16</v>
       </c>
       <c r="E26" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F26" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F26" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="G26" s="5" t="s">
+        <v>177</v>
+      </c>
+      <c r="H26" s="5" t="s">
         <v>178</v>
       </c>
-      <c r="H26" s="5" t="s">
+      <c r="I26" s="5" t="s">
         <v>179</v>
       </c>
-      <c r="I26" s="5" t="s">
+      <c r="J26" s="5" t="s">
         <v>180</v>
-      </c>
-[...1 lines deleted...]
-        <v>20</v>
       </c>
       <c r="K26" s="5" t="s">
         <v>181</v>
       </c>
       <c r="L26" s="6" t="s">
         <v>182</v>
       </c>
       <c r="M26" s="5" t="s">
         <v>183</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="5" t="s">
         <v>184</v>
       </c>
       <c r="B27" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C27" s="5" t="s">
-        <v>15</v>
+        <v>33</v>
       </c>
       <c r="D27" s="5" t="s">
-        <v>63</v>
+        <v>16</v>
       </c>
       <c r="E27" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F27" s="5" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="F27" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G27" s="5" t="s">
+        <v>185</v>
       </c>
       <c r="H27" s="5" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="I27" s="5" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="J27" s="5" t="s">
-        <v>66</v>
+        <v>20</v>
       </c>
       <c r="K27" s="5" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="L27" s="6" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="M27" s="5" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="5" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="B28" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C28" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D28" s="5" t="s">
-        <v>63</v>
+        <v>25</v>
       </c>
       <c r="E28" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F28" s="5" t="s">
         <v>18</v>
       </c>
       <c r="G28" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H28" s="5" t="s">
-        <v>191</v>
-[...1 lines deleted...]
-      <c r="I28" s="5"/>
+        <v>192</v>
+      </c>
+      <c r="I28" s="5" t="s">
+        <v>193</v>
+      </c>
       <c r="J28" s="5" t="s">
-        <v>66</v>
+        <v>73</v>
       </c>
       <c r="K28" s="5" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="L28" s="6" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="M28" s="5" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="5" t="s">
-        <v>195</v>
+        <v>197</v>
       </c>
       <c r="B29" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C29" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D29" s="5" t="s">
-        <v>63</v>
+        <v>25</v>
       </c>
       <c r="E29" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F29" s="5" t="s">
         <v>18</v>
       </c>
       <c r="G29" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H29" s="5" t="s">
-        <v>196</v>
-[...3 lines deleted...]
-      </c>
+        <v>198</v>
+      </c>
+      <c r="I29" s="5"/>
       <c r="J29" s="5" t="s">
-        <v>66</v>
+        <v>73</v>
       </c>
       <c r="K29" s="5" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="L29" s="6" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="M29" s="5" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="5" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="B30" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C30" s="5" t="s">
-        <v>15</v>
+        <v>203</v>
       </c>
       <c r="D30" s="5" t="s">
-        <v>63</v>
+        <v>147</v>
       </c>
       <c r="E30" s="5" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>18</v>
+        <v>204</v>
+      </c>
+      <c r="F30" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G30" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H30" s="5" t="s">
-        <v>202</v>
+        <v>205</v>
       </c>
       <c r="I30" s="5" t="s">
-        <v>203</v>
+        <v>206</v>
       </c>
       <c r="J30" s="5" t="s">
-        <v>66</v>
+        <v>207</v>
       </c>
       <c r="K30" s="5" t="s">
-        <v>204</v>
+        <v>208</v>
       </c>
       <c r="L30" s="6" t="s">
-        <v>205</v>
+        <v>209</v>
       </c>
       <c r="M30" s="5" t="s">
-        <v>206</v>
+        <v>210</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="5" t="s">
-        <v>207</v>
+        <v>211</v>
       </c>
       <c r="B31" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C31" s="5" t="s">
-        <v>140</v>
+        <v>15</v>
       </c>
       <c r="D31" s="5" t="s">
-        <v>139</v>
-[...4 lines deleted...]
-        </is>
+        <v>25</v>
+      </c>
+      <c r="E31" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F31" s="5" t="s">
-        <v>148</v>
+        <v>18</v>
       </c>
       <c r="G31" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H31" s="5" t="s">
-        <v>208</v>
+        <v>212</v>
       </c>
       <c r="I31" s="5" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
       <c r="J31" s="5" t="s">
-        <v>210</v>
+        <v>73</v>
       </c>
       <c r="K31" s="5" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
       <c r="L31" s="6" t="s">
-        <v>212</v>
+        <v>215</v>
       </c>
       <c r="M31" s="5" t="s">
-        <v>213</v>
+        <v>216</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="5" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="B32" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C32" s="5" t="s">
-        <v>139</v>
+        <v>15</v>
       </c>
       <c r="D32" s="5" t="s">
-        <v>215</v>
+        <v>25</v>
       </c>
       <c r="E32" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F32" s="5" t="s">
-        <v>216</v>
+        <v>18</v>
       </c>
       <c r="G32" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H32" s="5" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="I32" s="5" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="J32" s="5" t="s">
-        <v>219</v>
+        <v>73</v>
       </c>
       <c r="K32" s="5" t="s">
         <v>220</v>
       </c>
       <c r="L32" s="6" t="s">
         <v>221</v>
       </c>
       <c r="M32" s="5" t="s">
         <v>222</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="5" t="s">
         <v>223</v>
       </c>
       <c r="B33" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C33" s="5" t="s">
-        <v>16</v>
+        <v>147</v>
       </c>
       <c r="D33" s="5" t="s">
-        <v>25</v>
+        <v>146</v>
       </c>
       <c r="E33" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F33" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G33" s="5" t="s">
+      <c r="F33" s="5" t="s">
+        <v>155</v>
+      </c>
+      <c r="G33" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H33" s="5" t="s">
         <v>224</v>
       </c>
-      <c r="H33" s="5" t="s">
+      <c r="I33" s="5" t="s">
         <v>225</v>
       </c>
-      <c r="I33" s="5" t="s">
+      <c r="J33" s="5" t="s">
         <v>226</v>
-      </c>
-[...1 lines deleted...]
-        <v>20</v>
       </c>
       <c r="K33" s="5" t="s">
         <v>227</v>
       </c>
       <c r="L33" s="6" t="s">
         <v>228</v>
       </c>
       <c r="M33" s="5" t="s">
         <v>229</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="5" t="s">
         <v>230</v>
       </c>
       <c r="B34" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C34" s="5" t="s">
-        <v>25</v>
+        <v>146</v>
       </c>
       <c r="D34" s="5" t="s">
-        <v>16</v>
+        <v>231</v>
       </c>
       <c r="E34" s="5" t="s">
-        <v>231</v>
+        <v>17</v>
       </c>
       <c r="F34" s="5" t="s">
-        <v>17</v>
+        <v>232</v>
       </c>
       <c r="G34" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H34" s="5" t="s">
-        <v>110</v>
-[...1 lines deleted...]
-      <c r="I34" s="5"/>
+        <v>233</v>
+      </c>
+      <c r="I34" s="5" t="s">
+        <v>234</v>
+      </c>
       <c r="J34" s="5" t="s">
-        <v>232</v>
+        <v>235</v>
       </c>
       <c r="K34" s="5" t="s">
-        <v>233</v>
+        <v>236</v>
       </c>
       <c r="L34" s="6" t="s">
-        <v>234</v>
+        <v>237</v>
       </c>
       <c r="M34" s="5" t="s">
-        <v>235</v>
+        <v>238</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="5" t="s">
-        <v>236</v>
+        <v>239</v>
       </c>
       <c r="B35" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C35" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D35" s="5" t="s">
-        <v>25</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>33</v>
+      </c>
+      <c r="E35" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F35" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G35" s="5" t="s">
-        <v>237</v>
+        <v>240</v>
       </c>
       <c r="H35" s="5" t="s">
-        <v>238</v>
+        <v>241</v>
       </c>
       <c r="I35" s="5" t="s">
-        <v>239</v>
+        <v>242</v>
       </c>
       <c r="J35" s="5" t="s">
         <v>20</v>
       </c>
       <c r="K35" s="5" t="s">
-        <v>240</v>
+        <v>243</v>
       </c>
       <c r="L35" s="6" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="M35" s="5" t="s">
-        <v>242</v>
+        <v>245</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="5" t="s">
-        <v>243</v>
+        <v>246</v>
       </c>
       <c r="B36" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C36" s="5" t="s">
-        <v>15</v>
+        <v>33</v>
       </c>
       <c r="D36" s="5" t="s">
-        <v>63</v>
+        <v>16</v>
       </c>
       <c r="E36" s="5" t="s">
+        <v>247</v>
+      </c>
+      <c r="F36" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F36" s="5" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G36" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H36" s="5" t="s">
-        <v>244</v>
-[...3 lines deleted...]
-      </c>
+        <v>117</v>
+      </c>
+      <c r="I36" s="5"/>
       <c r="J36" s="5" t="s">
-        <v>66</v>
+        <v>248</v>
       </c>
       <c r="K36" s="5" t="s">
-        <v>246</v>
+        <v>249</v>
       </c>
       <c r="L36" s="6" t="s">
-        <v>247</v>
+        <v>250</v>
       </c>
       <c r="M36" s="5" t="s">
-        <v>248</v>
+        <v>251</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="5" t="s">
-        <v>249</v>
+        <v>252</v>
       </c>
       <c r="B37" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C37" s="5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D37" s="5" t="s">
-        <v>63</v>
+        <v>33</v>
       </c>
       <c r="E37" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F37" s="5" t="s">
-[...5 lines deleted...]
-        </is>
+      <c r="F37" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G37" s="5" t="s">
+        <v>253</v>
       </c>
       <c r="H37" s="5" t="s">
-        <v>250</v>
+        <v>254</v>
       </c>
       <c r="I37" s="5" t="s">
-        <v>251</v>
+        <v>255</v>
       </c>
       <c r="J37" s="5" t="s">
-        <v>66</v>
+        <v>20</v>
       </c>
       <c r="K37" s="5" t="s">
-        <v>252</v>
+        <v>256</v>
       </c>
       <c r="L37" s="6" t="s">
-        <v>253</v>
+        <v>257</v>
       </c>
       <c r="M37" s="5" t="s">
-        <v>254</v>
+        <v>258</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="5" t="s">
-        <v>255</v>
+        <v>259</v>
       </c>
       <c r="B38" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C38" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D38" s="5" t="s">
-        <v>63</v>
+        <v>25</v>
       </c>
       <c r="E38" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F38" s="5" t="s">
         <v>18</v>
       </c>
       <c r="G38" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H38" s="5" t="s">
-        <v>256</v>
+        <v>260</v>
       </c>
       <c r="I38" s="5" t="s">
-        <v>257</v>
+        <v>261</v>
       </c>
       <c r="J38" s="5" t="s">
-        <v>66</v>
+        <v>73</v>
       </c>
       <c r="K38" s="5" t="s">
-        <v>258</v>
+        <v>262</v>
       </c>
       <c r="L38" s="6" t="s">
-        <v>259</v>
+        <v>263</v>
       </c>
       <c r="M38" s="5" t="s">
-        <v>260</v>
+        <v>264</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="5" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
       <c r="B39" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C39" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D39" s="5" t="s">
-        <v>63</v>
+        <v>25</v>
       </c>
       <c r="E39" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F39" s="5" t="s">
         <v>18</v>
       </c>
       <c r="G39" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H39" s="5" t="s">
-        <v>262</v>
+        <v>266</v>
       </c>
       <c r="I39" s="5" t="s">
-        <v>263</v>
+        <v>267</v>
       </c>
       <c r="J39" s="5" t="s">
-        <v>264</v>
+        <v>73</v>
       </c>
       <c r="K39" s="5" t="s">
-        <v>265</v>
+        <v>268</v>
       </c>
       <c r="L39" s="6" t="s">
-        <v>266</v>
+        <v>269</v>
       </c>
       <c r="M39" s="5" t="s">
-        <v>267</v>
+        <v>270</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="5" t="s">
-        <v>268</v>
+        <v>271</v>
       </c>
       <c r="B40" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C40" s="5" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D40" s="5" t="s">
         <v>25</v>
       </c>
       <c r="E40" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F40" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F40" s="5" t="s">
+        <v>18</v>
       </c>
       <c r="G40" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H40" s="5" t="s">
-        <v>269</v>
+        <v>272</v>
       </c>
       <c r="I40" s="5" t="s">
-        <v>270</v>
+        <v>273</v>
       </c>
       <c r="J40" s="5" t="s">
-        <v>20</v>
+        <v>73</v>
       </c>
       <c r="K40" s="5" t="s">
-        <v>271</v>
+        <v>274</v>
       </c>
       <c r="L40" s="6" t="s">
-        <v>272</v>
+        <v>275</v>
       </c>
       <c r="M40" s="5" t="s">
-        <v>273</v>
+        <v>276</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="5" t="s">
-        <v>274</v>
+        <v>277</v>
       </c>
       <c r="B41" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C41" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D41" s="5" t="s">
-        <v>63</v>
+        <v>25</v>
       </c>
       <c r="E41" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F41" s="5" t="s">
-        <v>275</v>
+        <v>18</v>
       </c>
       <c r="G41" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H41" s="5" t="s">
-        <v>276</v>
+        <v>278</v>
       </c>
       <c r="I41" s="5" t="s">
-        <v>277</v>
+        <v>279</v>
       </c>
       <c r="J41" s="5" t="s">
-        <v>173</v>
+        <v>280</v>
       </c>
       <c r="K41" s="5" t="s">
-        <v>278</v>
+        <v>281</v>
       </c>
       <c r="L41" s="6" t="s">
-        <v>279</v>
+        <v>282</v>
       </c>
       <c r="M41" s="5" t="s">
-        <v>280</v>
+        <v>283</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="5" t="s">
-        <v>281</v>
+        <v>284</v>
       </c>
       <c r="B42" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C42" s="5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D42" s="5" t="s">
-        <v>63</v>
+        <v>33</v>
       </c>
       <c r="E42" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F42" s="5" t="s">
-        <v>18</v>
+      <c r="F42" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G42" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H42" s="5" t="s">
-        <v>282</v>
+        <v>285</v>
       </c>
       <c r="I42" s="5" t="s">
-        <v>283</v>
+        <v>286</v>
       </c>
       <c r="J42" s="5" t="s">
-        <v>66</v>
+        <v>20</v>
       </c>
       <c r="K42" s="5" t="s">
-        <v>284</v>
+        <v>287</v>
       </c>
       <c r="L42" s="6" t="s">
-        <v>285</v>
+        <v>288</v>
       </c>
       <c r="M42" s="5" t="s">
-        <v>286</v>
+        <v>289</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="5" t="s">
-        <v>287</v>
+        <v>290</v>
       </c>
       <c r="B43" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C43" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D43" s="5" t="s">
-        <v>63</v>
+        <v>25</v>
       </c>
       <c r="E43" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F43" s="5" t="s">
-        <v>18</v>
+        <v>291</v>
       </c>
       <c r="G43" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H43" s="5" t="s">
-        <v>288</v>
+        <v>292</v>
       </c>
       <c r="I43" s="5" t="s">
-        <v>289</v>
+        <v>293</v>
       </c>
       <c r="J43" s="5" t="s">
-        <v>66</v>
+        <v>180</v>
       </c>
       <c r="K43" s="5" t="s">
-        <v>290</v>
+        <v>294</v>
       </c>
       <c r="L43" s="6" t="s">
-        <v>291</v>
+        <v>295</v>
       </c>
       <c r="M43" s="5" t="s">
-        <v>292</v>
+        <v>296</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="5" t="s">
-        <v>293</v>
+        <v>297</v>
       </c>
       <c r="B44" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C44" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D44" s="5" t="s">
-        <v>63</v>
+        <v>25</v>
       </c>
       <c r="E44" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F44" s="5" t="s">
         <v>18</v>
       </c>
       <c r="G44" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H44" s="5" t="s">
-        <v>294</v>
+        <v>298</v>
       </c>
       <c r="I44" s="5" t="s">
-        <v>295</v>
+        <v>299</v>
       </c>
       <c r="J44" s="5" t="s">
-        <v>66</v>
+        <v>73</v>
       </c>
       <c r="K44" s="5" t="s">
-        <v>296</v>
+        <v>300</v>
       </c>
       <c r="L44" s="6" t="s">
-        <v>297</v>
+        <v>301</v>
       </c>
       <c r="M44" s="5" t="s">
-        <v>298</v>
+        <v>302</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="5" t="s">
-        <v>299</v>
+        <v>303</v>
       </c>
       <c r="B45" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C45" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D45" s="5" t="s">
-        <v>63</v>
+        <v>25</v>
       </c>
       <c r="E45" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F45" s="5" t="s">
         <v>18</v>
       </c>
       <c r="G45" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H45" s="5" t="s">
-        <v>300</v>
+        <v>304</v>
       </c>
       <c r="I45" s="5" t="s">
-        <v>301</v>
+        <v>305</v>
       </c>
       <c r="J45" s="5" t="s">
-        <v>66</v>
+        <v>73</v>
       </c>
       <c r="K45" s="5" t="s">
-        <v>302</v>
+        <v>306</v>
       </c>
       <c r="L45" s="6" t="s">
-        <v>303</v>
+        <v>307</v>
       </c>
       <c r="M45" s="5" t="s">
-        <v>304</v>
+        <v>308</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="5" t="s">
-        <v>305</v>
+        <v>309</v>
       </c>
       <c r="B46" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C46" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D46" s="5" t="s">
-        <v>63</v>
-[...12 lines deleted...]
-        <v>306</v>
+        <v>25</v>
+      </c>
+      <c r="E46" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F46" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G46" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H46" s="5" t="s">
-        <v>307</v>
+        <v>310</v>
       </c>
       <c r="I46" s="5" t="s">
-        <v>308</v>
+        <v>311</v>
       </c>
       <c r="J46" s="5" t="s">
-        <v>309</v>
+        <v>73</v>
       </c>
       <c r="K46" s="5" t="s">
-        <v>310</v>
+        <v>312</v>
       </c>
       <c r="L46" s="6" t="s">
-        <v>311</v>
+        <v>313</v>
       </c>
       <c r="M46" s="5" t="s">
-        <v>312</v>
+        <v>314</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="5" t="s">
-        <v>313</v>
+        <v>315</v>
       </c>
       <c r="B47" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C47" s="5" t="s">
-        <v>62</v>
+        <v>15</v>
       </c>
       <c r="D47" s="5" t="s">
-        <v>63</v>
+        <v>25</v>
       </c>
       <c r="E47" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F47" s="5" t="s">
         <v>18</v>
       </c>
       <c r="G47" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H47" s="5" t="s">
-        <v>314</v>
+        <v>316</v>
       </c>
       <c r="I47" s="5" t="s">
-        <v>315</v>
+        <v>317</v>
       </c>
       <c r="J47" s="5" t="s">
-        <v>66</v>
+        <v>73</v>
       </c>
       <c r="K47" s="5" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
       <c r="L47" s="6" t="s">
-        <v>317</v>
+        <v>319</v>
       </c>
       <c r="M47" s="5" t="s">
-        <v>318</v>
+        <v>320</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="5" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="B48" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C48" s="5" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D48" s="5" t="s">
         <v>25</v>
       </c>
-      <c r="E48" s="5" t="s">
-        <v>17</v>
+      <c r="E48" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F48" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G48" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G48" s="5" t="s">
+        <v>322</v>
       </c>
       <c r="H48" s="5" t="s">
-        <v>320</v>
+        <v>323</v>
       </c>
       <c r="I48" s="5" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="J48" s="5" t="s">
-        <v>20</v>
+        <v>325</v>
       </c>
       <c r="K48" s="5" t="s">
-        <v>322</v>
+        <v>326</v>
       </c>
       <c r="L48" s="6" t="s">
-        <v>323</v>
+        <v>327</v>
       </c>
       <c r="M48" s="5" t="s">
-        <v>324</v>
+        <v>328</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="5" t="s">
-        <v>325</v>
+        <v>329</v>
       </c>
       <c r="B49" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C49" s="5" t="s">
-        <v>63</v>
+        <v>70</v>
       </c>
       <c r="D49" s="5" t="s">
-        <v>139</v>
+        <v>25</v>
       </c>
       <c r="E49" s="5" t="s">
-        <v>326</v>
+        <v>17</v>
       </c>
       <c r="F49" s="5" t="s">
-        <v>327</v>
+        <v>18</v>
       </c>
       <c r="G49" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H49" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="H49" s="5" t="s">
+        <v>330</v>
       </c>
       <c r="I49" s="5" t="s">
-        <v>328</v>
+        <v>331</v>
       </c>
       <c r="J49" s="5" t="s">
-        <v>329</v>
+        <v>73</v>
       </c>
       <c r="K49" s="5" t="s">
-        <v>330</v>
+        <v>332</v>
       </c>
       <c r="L49" s="6" t="s">
-        <v>331</v>
+        <v>333</v>
       </c>
       <c r="M49" s="5" t="s">
-        <v>332</v>
+        <v>334</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="5" t="s">
-        <v>333</v>
+        <v>335</v>
       </c>
       <c r="B50" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C50" s="5" t="s">
-        <v>139</v>
+        <v>16</v>
       </c>
       <c r="D50" s="5" t="s">
-        <v>215</v>
+        <v>33</v>
       </c>
       <c r="E50" s="5" t="s">
-        <v>334</v>
-[...2 lines deleted...]
-        <v>335</v>
+        <v>17</v>
+      </c>
+      <c r="F50" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G50" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H50" s="5" t="s">
         <v>336</v>
       </c>
       <c r="I50" s="5" t="s">
         <v>337</v>
       </c>
       <c r="J50" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="K50" s="5" t="s">
         <v>338</v>
       </c>
-      <c r="K50" s="5" t="s">
+      <c r="L50" s="6" t="s">
         <v>339</v>
       </c>
-      <c r="L50" s="6" t="s">
+      <c r="M50" s="5" t="s">
         <v>340</v>
-      </c>
-[...1 lines deleted...]
-        <v>341</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="5" t="s">
+        <v>341</v>
+      </c>
+      <c r="B51" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C51" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="D51" s="5" t="s">
+        <v>146</v>
+      </c>
+      <c r="E51" s="5" t="s">
         <v>342</v>
-      </c>
-[...10 lines deleted...]
-        <v>17</v>
       </c>
       <c r="F51" s="5" t="s">
         <v>343</v>
       </c>
       <c r="G51" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H51" s="5" t="s">
+      <c r="H51" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I51" s="5" t="s">
         <v>344</v>
       </c>
-      <c r="I51" s="5" t="s">
+      <c r="J51" s="5" t="s">
         <v>345</v>
-      </c>
-[...1 lines deleted...]
-        <v>66</v>
       </c>
       <c r="K51" s="5" t="s">
         <v>346</v>
       </c>
       <c r="L51" s="6" t="s">
         <v>347</v>
       </c>
       <c r="M51" s="5" t="s">
         <v>348</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="5" t="s">
         <v>349</v>
       </c>
       <c r="B52" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C52" s="5" t="s">
-        <v>15</v>
+        <v>146</v>
       </c>
       <c r="D52" s="5" t="s">
-        <v>63</v>
+        <v>231</v>
       </c>
       <c r="E52" s="5" t="s">
-        <v>17</v>
+        <v>350</v>
       </c>
       <c r="F52" s="5" t="s">
-        <v>343</v>
+        <v>351</v>
       </c>
       <c r="G52" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H52" s="5" t="s">
-        <v>350</v>
+        <v>352</v>
       </c>
       <c r="I52" s="5" t="s">
-        <v>351</v>
+        <v>353</v>
       </c>
       <c r="J52" s="5" t="s">
-        <v>66</v>
+        <v>354</v>
       </c>
       <c r="K52" s="5" t="s">
-        <v>352</v>
+        <v>355</v>
       </c>
       <c r="L52" s="6" t="s">
-        <v>353</v>
+        <v>356</v>
       </c>
       <c r="M52" s="5" t="s">
-        <v>354</v>
+        <v>357</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="5" t="s">
-        <v>355</v>
+        <v>358</v>
       </c>
       <c r="B53" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C53" s="5" t="s">
-        <v>356</v>
+        <v>15</v>
       </c>
       <c r="D53" s="5" t="s">
-        <v>63</v>
+        <v>25</v>
       </c>
       <c r="E53" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F53" s="5" t="s">
-        <v>343</v>
+        <v>359</v>
       </c>
       <c r="G53" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H53" s="5" t="s">
-        <v>357</v>
+        <v>360</v>
       </c>
       <c r="I53" s="5" t="s">
-        <v>358</v>
+        <v>361</v>
       </c>
       <c r="J53" s="5" t="s">
-        <v>66</v>
+        <v>73</v>
       </c>
       <c r="K53" s="5" t="s">
-        <v>359</v>
+        <v>362</v>
       </c>
       <c r="L53" s="6" t="s">
-        <v>360</v>
+        <v>363</v>
       </c>
       <c r="M53" s="5" t="s">
-        <v>361</v>
+        <v>364</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="5" t="s">
-        <v>362</v>
+        <v>365</v>
       </c>
       <c r="B54" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C54" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D54" s="5" t="s">
-        <v>63</v>
+        <v>25</v>
       </c>
       <c r="E54" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F54" s="5" t="s">
-        <v>343</v>
-[...2 lines deleted...]
-        <v>363</v>
+        <v>359</v>
+      </c>
+      <c r="G54" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H54" s="5" t="s">
-        <v>364</v>
+        <v>366</v>
       </c>
       <c r="I54" s="5" t="s">
-        <v>365</v>
+        <v>367</v>
       </c>
       <c r="J54" s="5" t="s">
-        <v>66</v>
+        <v>73</v>
       </c>
       <c r="K54" s="5" t="s">
-        <v>366</v>
+        <v>368</v>
       </c>
       <c r="L54" s="6" t="s">
-        <v>367</v>
+        <v>369</v>
       </c>
       <c r="M54" s="5" t="s">
-        <v>368</v>
+        <v>370</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="5" t="s">
-        <v>369</v>
+        <v>371</v>
       </c>
       <c r="B55" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C55" s="5" t="s">
-        <v>15</v>
+        <v>372</v>
       </c>
       <c r="D55" s="5" t="s">
-        <v>63</v>
+        <v>25</v>
       </c>
       <c r="E55" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F55" s="5" t="s">
-        <v>343</v>
-[...2 lines deleted...]
-        <v>370</v>
+        <v>359</v>
+      </c>
+      <c r="G55" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H55" s="5" t="s">
-        <v>371</v>
+        <v>373</v>
       </c>
       <c r="I55" s="5" t="s">
-        <v>372</v>
+        <v>374</v>
       </c>
       <c r="J55" s="5" t="s">
-        <v>66</v>
+        <v>73</v>
       </c>
       <c r="K55" s="5" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
       <c r="L55" s="6" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="M55" s="5" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="5" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="B56" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C56" s="5" t="s">
-        <v>62</v>
+        <v>15</v>
       </c>
       <c r="D56" s="5" t="s">
-        <v>63</v>
+        <v>25</v>
       </c>
       <c r="E56" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F56" s="5" t="s">
-        <v>343</v>
+        <v>359</v>
       </c>
       <c r="G56" s="5" t="s">
-        <v>377</v>
+        <v>379</v>
       </c>
       <c r="H56" s="5" t="s">
-        <v>378</v>
+        <v>380</v>
       </c>
       <c r="I56" s="5" t="s">
-        <v>379</v>
+        <v>381</v>
       </c>
       <c r="J56" s="5" t="s">
-        <v>66</v>
+        <v>73</v>
       </c>
       <c r="K56" s="5" t="s">
-        <v>380</v>
+        <v>382</v>
       </c>
       <c r="L56" s="6" t="s">
-        <v>381</v>
+        <v>383</v>
       </c>
       <c r="M56" s="5" t="s">
-        <v>382</v>
+        <v>384</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="5" t="s">
-        <v>383</v>
+        <v>385</v>
       </c>
       <c r="B57" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C57" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D57" s="5" t="s">
-        <v>63</v>
+        <v>25</v>
       </c>
       <c r="E57" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F57" s="5" t="s">
-        <v>343</v>
+        <v>359</v>
       </c>
       <c r="G57" s="5" t="s">
-        <v>384</v>
+        <v>386</v>
       </c>
       <c r="H57" s="5" t="s">
-        <v>385</v>
+        <v>387</v>
       </c>
       <c r="I57" s="5" t="s">
-        <v>386</v>
+        <v>388</v>
       </c>
       <c r="J57" s="5" t="s">
-        <v>66</v>
+        <v>73</v>
       </c>
       <c r="K57" s="5" t="s">
-        <v>387</v>
+        <v>389</v>
       </c>
       <c r="L57" s="6" t="s">
-        <v>388</v>
+        <v>390</v>
       </c>
       <c r="M57" s="5" t="s">
-        <v>389</v>
+        <v>391</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="5" t="s">
-        <v>390</v>
+        <v>392</v>
       </c>
       <c r="B58" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C58" s="5" t="s">
-        <v>15</v>
+        <v>70</v>
       </c>
       <c r="D58" s="5" t="s">
-        <v>63</v>
+        <v>25</v>
       </c>
       <c r="E58" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F58" s="5" t="s">
-        <v>343</v>
-[...4 lines deleted...]
-        </is>
+        <v>359</v>
+      </c>
+      <c r="G58" s="5" t="s">
+        <v>393</v>
       </c>
       <c r="H58" s="5" t="s">
-        <v>391</v>
+        <v>394</v>
       </c>
       <c r="I58" s="5" t="s">
-        <v>392</v>
+        <v>395</v>
       </c>
       <c r="J58" s="5" t="s">
-        <v>66</v>
+        <v>73</v>
       </c>
       <c r="K58" s="5" t="s">
-        <v>393</v>
+        <v>396</v>
       </c>
       <c r="L58" s="6" t="s">
-        <v>394</v>
+        <v>397</v>
       </c>
       <c r="M58" s="5" t="s">
-        <v>395</v>
+        <v>398</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="5" t="s">
-        <v>396</v>
+        <v>399</v>
       </c>
       <c r="B59" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C59" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D59" s="5" t="s">
-        <v>63</v>
+        <v>25</v>
       </c>
       <c r="E59" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F59" s="5" t="s">
-        <v>343</v>
-[...4 lines deleted...]
-        </is>
+        <v>359</v>
+      </c>
+      <c r="G59" s="5" t="s">
+        <v>400</v>
       </c>
       <c r="H59" s="5" t="s">
-        <v>397</v>
-[...1 lines deleted...]
-      <c r="I59" s="5"/>
+        <v>401</v>
+      </c>
+      <c r="I59" s="5" t="s">
+        <v>402</v>
+      </c>
       <c r="J59" s="5" t="s">
-        <v>398</v>
+        <v>73</v>
       </c>
       <c r="K59" s="5" t="s">
-        <v>399</v>
+        <v>403</v>
       </c>
       <c r="L59" s="6" t="s">
-        <v>400</v>
+        <v>404</v>
       </c>
       <c r="M59" s="5" t="s">
-        <v>401</v>
+        <v>405</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="5" t="s">
-        <v>402</v>
+        <v>406</v>
       </c>
       <c r="B60" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C60" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D60" s="5" t="s">
-        <v>63</v>
+        <v>25</v>
       </c>
       <c r="E60" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F60" s="5" t="s">
-        <v>343</v>
-[...2 lines deleted...]
-        <v>403</v>
+        <v>359</v>
+      </c>
+      <c r="G60" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H60" s="5" t="s">
-        <v>404</v>
+        <v>407</v>
       </c>
       <c r="I60" s="5" t="s">
-        <v>405</v>
+        <v>408</v>
       </c>
       <c r="J60" s="5" t="s">
-        <v>264</v>
+        <v>73</v>
       </c>
       <c r="K60" s="5" t="s">
-        <v>406</v>
+        <v>409</v>
       </c>
       <c r="L60" s="6" t="s">
-        <v>407</v>
+        <v>410</v>
       </c>
       <c r="M60" s="5" t="s">
-        <v>408</v>
+        <v>411</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="5" t="s">
-        <v>409</v>
+        <v>412</v>
       </c>
       <c r="B61" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C61" s="5" t="s">
-        <v>62</v>
+        <v>15</v>
       </c>
       <c r="D61" s="5" t="s">
-        <v>63</v>
+        <v>25</v>
       </c>
       <c r="E61" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F61" s="5" t="s">
-        <v>343</v>
-[...2 lines deleted...]
-        <v>410</v>
+        <v>359</v>
+      </c>
+      <c r="G61" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H61" s="5" t="s">
-        <v>411</v>
-[...3 lines deleted...]
-      </c>
+        <v>413</v>
+      </c>
+      <c r="I61" s="5"/>
       <c r="J61" s="5" t="s">
-        <v>264</v>
+        <v>414</v>
       </c>
       <c r="K61" s="5" t="s">
-        <v>413</v>
+        <v>415</v>
       </c>
       <c r="L61" s="6" t="s">
-        <v>414</v>
+        <v>416</v>
       </c>
       <c r="M61" s="5" t="s">
-        <v>415</v>
+        <v>417</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="5" t="s">
-        <v>416</v>
+        <v>418</v>
       </c>
       <c r="B62" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C62" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D62" s="5" t="s">
-        <v>63</v>
+        <v>25</v>
       </c>
       <c r="E62" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F62" s="5" t="s">
-        <v>343</v>
+        <v>359</v>
       </c>
       <c r="G62" s="5" t="s">
-        <v>18</v>
+        <v>419</v>
       </c>
       <c r="H62" s="5" t="s">
-        <v>417</v>
+        <v>420</v>
       </c>
       <c r="I62" s="5" t="s">
-        <v>418</v>
+        <v>421</v>
       </c>
       <c r="J62" s="5" t="s">
-        <v>66</v>
+        <v>280</v>
       </c>
       <c r="K62" s="5" t="s">
-        <v>419</v>
+        <v>422</v>
       </c>
       <c r="L62" s="6" t="s">
-        <v>420</v>
+        <v>423</v>
       </c>
       <c r="M62" s="5" t="s">
-        <v>421</v>
+        <v>424</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="5" t="s">
-        <v>422</v>
+        <v>425</v>
       </c>
       <c r="B63" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C63" s="5" t="s">
-        <v>423</v>
+        <v>70</v>
       </c>
       <c r="D63" s="5" t="s">
-        <v>63</v>
+        <v>25</v>
       </c>
       <c r="E63" s="5" t="s">
-        <v>424</v>
+        <v>17</v>
       </c>
       <c r="F63" s="5" t="s">
-        <v>343</v>
+        <v>359</v>
       </c>
       <c r="G63" s="5" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="H63" s="5" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="I63" s="5" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="J63" s="5" t="s">
-        <v>428</v>
+        <v>280</v>
       </c>
       <c r="K63" s="5" t="s">
         <v>429</v>
       </c>
       <c r="L63" s="6" t="s">
         <v>430</v>
       </c>
       <c r="M63" s="5" t="s">
         <v>431</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="5" t="s">
         <v>432</v>
       </c>
       <c r="B64" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C64" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D64" s="5" t="s">
-        <v>63</v>
+        <v>25</v>
       </c>
       <c r="E64" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F64" s="5" t="s">
-        <v>343</v>
+        <v>359</v>
       </c>
       <c r="G64" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="H64" s="5" t="s">
         <v>433</v>
       </c>
-      <c r="H64" s="5" t="s">
+      <c r="I64" s="5" t="s">
         <v>434</v>
       </c>
-      <c r="I64" s="5" t="s">
+      <c r="J64" s="5" t="s">
+        <v>73</v>
+      </c>
+      <c r="K64" s="5" t="s">
         <v>435</v>
       </c>
-      <c r="J64" s="5" t="s">
-[...2 lines deleted...]
-      <c r="K64" s="5" t="s">
+      <c r="L64" s="6" t="s">
         <v>436</v>
       </c>
-      <c r="L64" s="6" t="s">
+      <c r="M64" s="5" t="s">
         <v>437</v>
-      </c>
-[...1 lines deleted...]
-        <v>438</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="5" t="s">
+        <v>438</v>
+      </c>
+      <c r="B65" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C65" s="5" t="s">
         <v>439</v>
       </c>
-      <c r="B65" s="5" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D65" s="5" t="s">
-        <v>63</v>
+        <v>25</v>
       </c>
       <c r="E65" s="5" t="s">
-        <v>17</v>
+        <v>440</v>
       </c>
       <c r="F65" s="5" t="s">
-        <v>343</v>
+        <v>359</v>
       </c>
       <c r="G65" s="5" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="H65" s="5" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="I65" s="5" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="J65" s="5" t="s">
-        <v>66</v>
+        <v>444</v>
       </c>
       <c r="K65" s="5" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="L65" s="6" t="s">
-        <v>444</v>
+        <v>446</v>
       </c>
       <c r="M65" s="5" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="5" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="B66" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C66" s="5" t="s">
-        <v>140</v>
+        <v>15</v>
       </c>
       <c r="D66" s="5" t="s">
-        <v>139</v>
+        <v>25</v>
       </c>
       <c r="E66" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F66" s="5" t="s">
-        <v>447</v>
-[...4 lines deleted...]
-        </is>
+        <v>359</v>
+      </c>
+      <c r="G66" s="5" t="s">
+        <v>449</v>
       </c>
       <c r="H66" s="5" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="I66" s="5" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="J66" s="5" t="s">
-        <v>450</v>
+        <v>73</v>
       </c>
       <c r="K66" s="5" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="L66" s="6" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="M66" s="5" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="5" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
       <c r="B67" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C67" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D67" s="5" t="s">
-        <v>356</v>
+        <v>25</v>
       </c>
       <c r="E67" s="5" t="s">
-        <v>455</v>
-[...9 lines deleted...]
-        </is>
+        <v>17</v>
+      </c>
+      <c r="F67" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="G67" s="5" t="s">
+        <v>456</v>
       </c>
       <c r="H67" s="5" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="I67" s="5" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="J67" s="5" t="s">
-        <v>458</v>
+        <v>73</v>
       </c>
       <c r="K67" s="5" t="s">
         <v>459</v>
       </c>
       <c r="L67" s="6" t="s">
         <v>460</v>
       </c>
       <c r="M67" s="5" t="s">
         <v>461</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="5" t="s">
         <v>462</v>
       </c>
       <c r="B68" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C68" s="5" t="s">
-        <v>25</v>
+        <v>147</v>
       </c>
       <c r="D68" s="5" t="s">
-        <v>16</v>
-[...9 lines deleted...]
-        </is>
+        <v>146</v>
+      </c>
+      <c r="E68" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F68" s="5" t="s">
+        <v>463</v>
       </c>
       <c r="G68" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H68" s="5" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="I68" s="5" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="J68" s="5" t="s">
-        <v>20</v>
+        <v>466</v>
       </c>
       <c r="K68" s="5" t="s">
-        <v>465</v>
+        <v>467</v>
       </c>
       <c r="L68" s="6" t="s">
-        <v>466</v>
+        <v>468</v>
       </c>
       <c r="M68" s="5" t="s">
-        <v>467</v>
+        <v>469</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="5" t="s">
-        <v>468</v>
+        <v>470</v>
       </c>
       <c r="B69" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C69" s="5" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="D69" s="5" t="s">
-        <v>25</v>
+        <v>372</v>
       </c>
       <c r="E69" s="5" t="s">
-        <v>17</v>
+        <v>471</v>
       </c>
       <c r="F69" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G69" s="5" t="s">
-        <v>469</v>
+      <c r="G69" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H69" s="5" t="s">
-        <v>470</v>
+        <v>472</v>
       </c>
       <c r="I69" s="5" t="s">
-        <v>471</v>
+        <v>473</v>
       </c>
       <c r="J69" s="5" t="s">
-        <v>20</v>
+        <v>474</v>
       </c>
       <c r="K69" s="5" t="s">
-        <v>472</v>
+        <v>475</v>
       </c>
       <c r="L69" s="6" t="s">
-        <v>473</v>
+        <v>476</v>
       </c>
       <c r="M69" s="5" t="s">
-        <v>474</v>
+        <v>477</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="5" t="s">
-        <v>475</v>
+        <v>478</v>
       </c>
       <c r="B70" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C70" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="D70" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D70" s="5" t="s">
-[...6 lines deleted...]
-        <v>476</v>
+      <c r="E70" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F70" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G70" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H70" s="5" t="s">
-        <v>477</v>
+        <v>479</v>
       </c>
       <c r="I70" s="5" t="s">
-        <v>478</v>
+        <v>480</v>
       </c>
       <c r="J70" s="5" t="s">
         <v>20</v>
       </c>
       <c r="K70" s="5" t="s">
-        <v>479</v>
+        <v>481</v>
       </c>
       <c r="L70" s="6" t="s">
-        <v>480</v>
+        <v>482</v>
       </c>
       <c r="M70" s="5" t="s">
-        <v>481</v>
+        <v>483</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="5" t="s">
-        <v>482</v>
+        <v>484</v>
       </c>
       <c r="B71" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C71" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D71" s="5" t="s">
-        <v>25</v>
+        <v>33</v>
       </c>
       <c r="E71" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F71" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G71" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G71" s="5" t="s">
+        <v>485</v>
       </c>
       <c r="H71" s="5" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="I71" s="5" t="s">
-        <v>484</v>
+        <v>487</v>
       </c>
       <c r="J71" s="5" t="s">
         <v>20</v>
       </c>
       <c r="K71" s="5" t="s">
-        <v>485</v>
+        <v>488</v>
       </c>
       <c r="L71" s="6" t="s">
-        <v>486</v>
+        <v>489</v>
       </c>
       <c r="M71" s="5" t="s">
-        <v>487</v>
+        <v>490</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="5" t="s">
-        <v>482</v>
+        <v>491</v>
       </c>
       <c r="B72" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C72" s="5" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="D72" s="5" t="s">
-        <v>16</v>
-[...9 lines deleted...]
-        </is>
+        <v>33</v>
+      </c>
+      <c r="E72" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F72" s="5" t="s">
+        <v>492</v>
       </c>
       <c r="G72" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H72" s="5" t="s">
-        <v>488</v>
+        <v>493</v>
       </c>
       <c r="I72" s="5" t="s">
-        <v>489</v>
+        <v>494</v>
       </c>
       <c r="J72" s="5" t="s">
         <v>20</v>
       </c>
       <c r="K72" s="5" t="s">
-        <v>490</v>
+        <v>495</v>
       </c>
       <c r="L72" s="6" t="s">
-        <v>491</v>
+        <v>496</v>
       </c>
       <c r="M72" s="5" t="s">
-        <v>492</v>
+        <v>497</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="5" t="s">
-        <v>493</v>
+        <v>498</v>
       </c>
       <c r="B73" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C73" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D73" s="5" t="s">
-        <v>25</v>
+        <v>33</v>
       </c>
       <c r="E73" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F73" s="5" t="s">
-        <v>476</v>
+      <c r="F73" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G73" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H73" s="5" t="s">
-        <v>494</v>
+        <v>499</v>
       </c>
       <c r="I73" s="5" t="s">
-        <v>495</v>
+        <v>500</v>
       </c>
       <c r="J73" s="5" t="s">
         <v>20</v>
       </c>
       <c r="K73" s="5" t="s">
-        <v>496</v>
+        <v>501</v>
       </c>
       <c r="L73" s="6" t="s">
-        <v>497</v>
+        <v>502</v>
       </c>
       <c r="M73" s="5" t="s">
-        <v>498</v>
+        <v>503</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="5" t="s">
-        <v>499</v>
+        <v>498</v>
       </c>
       <c r="B74" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C74" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="D74" s="5" t="s">
         <v>16</v>
       </c>
-      <c r="D74" s="5" t="s">
-[...6 lines deleted...]
-        <v>476</v>
+      <c r="E74" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F74" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G74" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H74" s="5" t="s">
-        <v>500</v>
+        <v>504</v>
       </c>
       <c r="I74" s="5" t="s">
-        <v>501</v>
+        <v>505</v>
       </c>
       <c r="J74" s="5" t="s">
         <v>20</v>
       </c>
       <c r="K74" s="5" t="s">
-        <v>502</v>
+        <v>506</v>
       </c>
       <c r="L74" s="6" t="s">
-        <v>503</v>
+        <v>507</v>
       </c>
       <c r="M74" s="5" t="s">
-        <v>504</v>
+        <v>508</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="5" t="s">
-        <v>505</v>
+        <v>509</v>
       </c>
       <c r="B75" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C75" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D75" s="5" t="s">
-        <v>25</v>
+        <v>33</v>
       </c>
       <c r="E75" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F75" s="5" t="s">
-        <v>476</v>
-[...2 lines deleted...]
-        <v>506</v>
+        <v>492</v>
+      </c>
+      <c r="G75" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H75" s="5" t="s">
-        <v>507</v>
+        <v>510</v>
       </c>
       <c r="I75" s="5" t="s">
-        <v>508</v>
+        <v>511</v>
       </c>
       <c r="J75" s="5" t="s">
         <v>20</v>
       </c>
       <c r="K75" s="5" t="s">
-        <v>509</v>
+        <v>512</v>
       </c>
       <c r="L75" s="6" t="s">
-        <v>510</v>
+        <v>513</v>
       </c>
       <c r="M75" s="5" t="s">
-        <v>511</v>
+        <v>514</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="5" t="s">
-        <v>512</v>
+        <v>515</v>
       </c>
       <c r="B76" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C76" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D76" s="5" t="s">
-        <v>25</v>
+        <v>33</v>
       </c>
       <c r="E76" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F76" s="5" t="s">
-        <v>476</v>
+        <v>492</v>
       </c>
       <c r="G76" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H76" s="5" t="s">
-        <v>513</v>
+        <v>516</v>
       </c>
       <c r="I76" s="5" t="s">
-        <v>514</v>
+        <v>517</v>
       </c>
       <c r="J76" s="5" t="s">
         <v>20</v>
       </c>
       <c r="K76" s="5" t="s">
-        <v>515</v>
+        <v>518</v>
       </c>
       <c r="L76" s="6" t="s">
-        <v>516</v>
+        <v>519</v>
       </c>
       <c r="M76" s="5" t="s">
-        <v>517</v>
+        <v>520</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="5" t="s">
-        <v>518</v>
+        <v>521</v>
       </c>
       <c r="B77" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C77" s="5" t="s">
         <v>16</v>
       </c>
       <c r="D77" s="5" t="s">
-        <v>25</v>
+        <v>33</v>
       </c>
       <c r="E77" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F77" s="5" t="s">
-        <v>476</v>
-[...4 lines deleted...]
-        </is>
+        <v>492</v>
+      </c>
+      <c r="G77" s="5" t="s">
+        <v>522</v>
       </c>
       <c r="H77" s="5" t="s">
-        <v>519</v>
+        <v>523</v>
       </c>
       <c r="I77" s="5" t="s">
-        <v>520</v>
+        <v>524</v>
       </c>
       <c r="J77" s="5" t="s">
         <v>20</v>
       </c>
       <c r="K77" s="5" t="s">
-        <v>521</v>
+        <v>525</v>
       </c>
       <c r="L77" s="6" t="s">
-        <v>522</v>
+        <v>526</v>
       </c>
       <c r="M77" s="5" t="s">
-        <v>523</v>
+        <v>527</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="5" t="s">
-        <v>524</v>
+        <v>528</v>
       </c>
       <c r="B78" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C78" s="5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D78" s="5" t="s">
-        <v>63</v>
+        <v>33</v>
       </c>
       <c r="E78" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F78" s="5" t="s">
-        <v>525</v>
+        <v>492</v>
       </c>
       <c r="G78" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H78" s="5" t="s">
-        <v>526</v>
+        <v>529</v>
       </c>
       <c r="I78" s="5" t="s">
-        <v>527</v>
+        <v>530</v>
       </c>
       <c r="J78" s="5" t="s">
-        <v>66</v>
+        <v>20</v>
       </c>
       <c r="K78" s="5" t="s">
-        <v>528</v>
+        <v>531</v>
       </c>
       <c r="L78" s="6" t="s">
-        <v>529</v>
+        <v>532</v>
       </c>
       <c r="M78" s="5" t="s">
-        <v>530</v>
+        <v>533</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="5" t="s">
-        <v>531</v>
+        <v>534</v>
       </c>
       <c r="B79" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C79" s="5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D79" s="5" t="s">
-        <v>63</v>
+        <v>33</v>
       </c>
       <c r="E79" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F79" s="5" t="s">
-        <v>525</v>
+        <v>492</v>
       </c>
       <c r="G79" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H79" s="5" t="s">
-        <v>532</v>
+        <v>535</v>
       </c>
       <c r="I79" s="5" t="s">
-        <v>533</v>
+        <v>536</v>
       </c>
       <c r="J79" s="5" t="s">
-        <v>66</v>
+        <v>20</v>
       </c>
       <c r="K79" s="5" t="s">
-        <v>534</v>
+        <v>537</v>
       </c>
       <c r="L79" s="6" t="s">
-        <v>535</v>
+        <v>538</v>
       </c>
       <c r="M79" s="5" t="s">
-        <v>536</v>
+        <v>539</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="5" t="s">
-        <v>537</v>
+        <v>540</v>
       </c>
       <c r="B80" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C80" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D80" s="5" t="s">
-        <v>63</v>
+        <v>25</v>
       </c>
       <c r="E80" s="5" t="s">
         <v>17</v>
       </c>
       <c r="F80" s="5" t="s">
-        <v>525</v>
+        <v>541</v>
       </c>
       <c r="G80" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H80" s="5" t="s">
-        <v>538</v>
+        <v>542</v>
       </c>
       <c r="I80" s="5" t="s">
-        <v>539</v>
+        <v>543</v>
       </c>
       <c r="J80" s="5" t="s">
-        <v>66</v>
+        <v>73</v>
       </c>
       <c r="K80" s="5" t="s">
-        <v>540</v>
+        <v>544</v>
       </c>
       <c r="L80" s="6" t="s">
-        <v>541</v>
+        <v>545</v>
       </c>
       <c r="M80" s="5" t="s">
-        <v>542</v>
+        <v>546</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="5" t="s">
-        <v>543</v>
+        <v>547</v>
       </c>
       <c r="B81" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C81" s="5" t="s">
         <v>15</v>
       </c>
       <c r="D81" s="5" t="s">
-        <v>63</v>
+        <v>25</v>
       </c>
       <c r="E81" s="5" t="s">
         <v>17</v>
       </c>
-      <c r="F81" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="F81" s="5" t="s">
+        <v>541</v>
       </c>
       <c r="G81" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H81" s="5" t="s">
-        <v>544</v>
+        <v>548</v>
       </c>
       <c r="I81" s="5" t="s">
-        <v>545</v>
+        <v>549</v>
       </c>
       <c r="J81" s="5" t="s">
-        <v>546</v>
+        <v>73</v>
       </c>
       <c r="K81" s="5" t="s">
-        <v>547</v>
+        <v>550</v>
       </c>
       <c r="L81" s="6" t="s">
-        <v>548</v>
+        <v>551</v>
       </c>
       <c r="M81" s="5" t="s">
-        <v>549</v>
+        <v>552</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="5" t="s">
-        <v>550</v>
+        <v>553</v>
       </c>
       <c r="B82" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C82" s="5" t="s">
-        <v>140</v>
+        <v>15</v>
       </c>
       <c r="D82" s="5" t="s">
-        <v>551</v>
+        <v>25</v>
       </c>
       <c r="E82" s="5" t="s">
-        <v>552</v>
-[...4 lines deleted...]
-        </is>
+        <v>17</v>
+      </c>
+      <c r="F82" s="5" t="s">
+        <v>541</v>
       </c>
       <c r="G82" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H82" s="5" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
       <c r="I82" s="5" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
       <c r="J82" s="5" t="s">
-        <v>555</v>
+        <v>73</v>
       </c>
       <c r="K82" s="5" t="s">
         <v>556</v>
       </c>
       <c r="L82" s="6" t="s">
         <v>557</v>
       </c>
       <c r="M82" s="5" t="s">
         <v>558</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="5" t="s">
         <v>559</v>
       </c>
       <c r="B83" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C83" s="5" t="s">
-        <v>140</v>
+        <v>15</v>
       </c>
       <c r="D83" s="5" t="s">
-        <v>551</v>
-[...6 lines deleted...]
-      <c r="F83" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="E83" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F83" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G83" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H83" s="5" t="s">
         <v>560</v>
       </c>
-      <c r="G83" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H83" s="5" t="s">
+      <c r="I83" s="5" t="s">
         <v>561</v>
       </c>
-      <c r="I83" s="5" t="s">
+      <c r="J83" s="5" t="s">
         <v>562</v>
       </c>
-      <c r="J83" s="5" t="s">
+      <c r="K83" s="5" t="s">
         <v>563</v>
       </c>
-      <c r="K83" s="5" t="s">
+      <c r="L83" s="6" t="s">
         <v>564</v>
       </c>
-      <c r="L83" s="6" t="s">
+      <c r="M83" s="5" t="s">
         <v>565</v>
-      </c>
-[...1 lines deleted...]
-        <v>566</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="5" t="s">
+        <v>566</v>
+      </c>
+      <c r="B84" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C84" s="5" t="s">
+        <v>147</v>
+      </c>
+      <c r="D84" s="5" t="s">
         <v>567</v>
-      </c>
-[...7 lines deleted...]
-        <v>140</v>
       </c>
       <c r="E84" s="5" t="s">
         <v>568</v>
       </c>
-      <c r="F84" s="5" t="s">
+      <c r="F84" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G84" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H84" s="5" t="s">
         <v>569</v>
       </c>
-      <c r="G84" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H84" s="5" t="s">
+      <c r="I84" s="5" t="s">
         <v>570</v>
       </c>
-      <c r="I84" s="5" t="s">
+      <c r="J84" s="5" t="s">
         <v>571</v>
       </c>
-      <c r="J84" s="5" t="s">
+      <c r="K84" s="5" t="s">
         <v>572</v>
       </c>
-      <c r="K84" s="5" t="s">
+      <c r="L84" s="6" t="s">
         <v>573</v>
       </c>
-      <c r="L84" s="6" t="s">
+      <c r="M84" s="5" t="s">
         <v>574</v>
-      </c>
-[...1 lines deleted...]
-        <v>575</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="5" t="s">
+        <v>575</v>
+      </c>
+      <c r="B85" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C85" s="5" t="s">
+        <v>147</v>
+      </c>
+      <c r="D85" s="5" t="s">
+        <v>567</v>
+      </c>
+      <c r="E85" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F85" s="5" t="s">
         <v>576</v>
       </c>
-      <c r="B85" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C85" s="5" t="s">
+      <c r="G85" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H85" s="5" t="s">
         <v>577</v>
       </c>
-      <c r="D85" s="5" t="s">
-[...2 lines deleted...]
-      <c r="E85" s="5" t="s">
+      <c r="I85" s="5" t="s">
         <v>578</v>
       </c>
-      <c r="F85" s="5" t="s">
-[...12 lines deleted...]
-      <c r="I85" s="5" t="s">
+      <c r="J85" s="5" t="s">
         <v>579</v>
-      </c>
-[...1 lines deleted...]
-        <v>428</v>
       </c>
       <c r="K85" s="5" t="s">
         <v>580</v>
       </c>
       <c r="L85" s="6" t="s">
         <v>581</v>
       </c>
       <c r="M85" s="5" t="s">
         <v>582</v>
       </c>
     </row>
     <row r="86">
-      <c r="A86" s="5" t="n">
-        <v>1909</v>
+      <c r="A86" s="5" t="s">
+        <v>583</v>
       </c>
       <c r="B86" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C86" s="5" t="s">
-        <v>25</v>
+        <v>146</v>
       </c>
       <c r="D86" s="5" t="s">
-        <v>16</v>
+        <v>147</v>
       </c>
       <c r="E86" s="5" t="s">
-        <v>18</v>
+        <v>584</v>
       </c>
       <c r="F86" s="5" t="s">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>583</v>
+        <v>585</v>
+      </c>
+      <c r="G86" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H86" s="5" t="s">
-        <v>584</v>
+        <v>586</v>
       </c>
       <c r="I86" s="5" t="s">
-        <v>585</v>
-[...4 lines deleted...]
-        </is>
+        <v>587</v>
+      </c>
+      <c r="J86" s="5" t="s">
+        <v>588</v>
       </c>
       <c r="K86" s="5" t="s">
-        <v>586</v>
+        <v>589</v>
       </c>
       <c r="L86" s="6" t="s">
-        <v>587</v>
+        <v>590</v>
       </c>
       <c r="M86" s="5" t="s">
-        <v>588</v>
+        <v>591</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="5" t="s">
-        <v>589</v>
+        <v>592</v>
       </c>
       <c r="B87" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C87" s="5" t="s">
+        <v>593</v>
+      </c>
+      <c r="D87" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="E87" s="5" t="s">
+        <v>594</v>
+      </c>
+      <c r="F87" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="G87" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H87" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I87" s="5" t="s">
+        <v>595</v>
+      </c>
+      <c r="J87" s="5" t="s">
+        <v>444</v>
+      </c>
+      <c r="K87" s="5" t="s">
+        <v>596</v>
+      </c>
+      <c r="L87" s="6" t="s">
+        <v>597</v>
+      </c>
+      <c r="M87" s="5" t="s">
+        <v>598</v>
+      </c>
+    </row>
+    <row r="88">
+      <c r="A88" s="5" t="n">
+        <v>1909</v>
+      </c>
+      <c r="B88" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C88" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="D88" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="E88" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="F88" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="G88" s="5" t="s">
+        <v>599</v>
+      </c>
+      <c r="H88" s="5" t="s">
+        <v>600</v>
+      </c>
+      <c r="I88" s="5" t="s">
+        <v>601</v>
+      </c>
+      <c r="J88" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K88" s="5" t="s">
+        <v>602</v>
+      </c>
+      <c r="L88" s="6" t="s">
+        <v>603</v>
+      </c>
+      <c r="M88" s="5" t="s">
+        <v>604</v>
+      </c>
+    </row>
+    <row r="89">
+      <c r="A89" s="5" t="s">
+        <v>605</v>
+      </c>
+      <c r="B89" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C89" s="5" t="s">
         <v>15</v>
-      </c>
-[...84 lines deleted...]
-        <v>25</v>
       </c>
       <c r="D89" s="5" t="s">
         <v>16</v>
       </c>
       <c r="E89" s="5" t="s">
-        <v>18</v>
+        <v>204</v>
       </c>
       <c r="F89" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G89" s="5" t="s">
-        <v>603</v>
+      <c r="G89" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H89" s="5" t="s">
-        <v>604</v>
+        <v>606</v>
       </c>
       <c r="I89" s="5" t="s">
-        <v>605</v>
+        <v>607</v>
       </c>
       <c r="J89" s="5" t="s">
         <v>20</v>
       </c>
       <c r="K89" s="5" t="s">
-        <v>606</v>
+        <v>608</v>
       </c>
       <c r="L89" s="6" t="s">
-        <v>607</v>
+        <v>609</v>
       </c>
       <c r="M89" s="5" t="s">
-        <v>608</v>
+        <v>610</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="5" t="s">
-        <v>609</v>
+        <v>611</v>
       </c>
       <c r="B90" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C90" s="5" t="s">
-        <v>610</v>
+        <v>16</v>
       </c>
       <c r="D90" s="5" t="s">
-        <v>611</v>
-[...21 lines deleted...]
-      <c r="I90" s="5"/>
+        <v>33</v>
+      </c>
+      <c r="E90" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F90" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="G90" s="5" t="s">
+        <v>612</v>
+      </c>
+      <c r="H90" s="5" t="s">
+        <v>613</v>
+      </c>
+      <c r="I90" s="5" t="s">
+        <v>614</v>
+      </c>
       <c r="J90" s="5" t="s">
-        <v>612</v>
+        <v>20</v>
       </c>
       <c r="K90" s="5" t="s">
-        <v>613</v>
+        <v>615</v>
       </c>
       <c r="L90" s="6" t="s">
-        <v>614</v>
+        <v>616</v>
       </c>
       <c r="M90" s="5" t="s">
-        <v>615</v>
+        <v>617</v>
       </c>
     </row>
     <row r="91">
-      <c r="A91" s="5" t="s">
-        <v>616</v>
+      <c r="A91" s="5" t="n">
+        <v>1910</v>
       </c>
       <c r="B91" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C91" s="5" t="s">
-        <v>140</v>
+        <v>33</v>
       </c>
       <c r="D91" s="5" t="s">
-        <v>139</v>
+        <v>16</v>
       </c>
       <c r="E91" s="5" t="s">
-        <v>617</v>
-[...7 lines deleted...]
-        </is>
+        <v>18</v>
+      </c>
+      <c r="F91" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G91" s="5" t="s">
+        <v>618</v>
       </c>
       <c r="H91" s="5" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
       <c r="I91" s="5" t="s">
-        <v>619</v>
+        <v>620</v>
       </c>
       <c r="J91" s="5" t="s">
-        <v>620</v>
+        <v>20</v>
       </c>
       <c r="K91" s="5" t="s">
         <v>621</v>
       </c>
       <c r="L91" s="6" t="s">
         <v>622</v>
       </c>
       <c r="M91" s="5" t="s">
         <v>623</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="5" t="s">
         <v>624</v>
       </c>
       <c r="B92" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C92" s="5" t="s">
-        <v>140</v>
+        <v>625</v>
       </c>
       <c r="D92" s="5" t="s">
-        <v>139</v>
-[...2 lines deleted...]
-        <v>625</v>
+        <v>626</v>
+      </c>
+      <c r="E92" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F92" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G92" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H92" s="5" t="s">
-[...2 lines deleted...]
-      <c r="I92" s="5" t="s">
+      <c r="H92" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I92" s="5"/>
+      <c r="J92" s="5" t="s">
         <v>627</v>
       </c>
-      <c r="J92" s="5" t="s">
+      <c r="K92" s="5" t="s">
         <v>628</v>
       </c>
-      <c r="K92" s="5" t="s">
+      <c r="L92" s="6" t="s">
         <v>629</v>
       </c>
-      <c r="L92" s="6" t="s">
+      <c r="M92" s="5" t="s">
         <v>630</v>
-      </c>
-[...1 lines deleted...]
-        <v>631</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="5" t="s">
+        <v>631</v>
+      </c>
+      <c r="B93" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C93" s="5" t="s">
+        <v>147</v>
+      </c>
+      <c r="D93" s="5" t="s">
+        <v>146</v>
+      </c>
+      <c r="E93" s="5" t="s">
         <v>632</v>
       </c>
-      <c r="B93" s="5" t="s">
+      <c r="F93" s="5" t="s">
+        <v>463</v>
+      </c>
+      <c r="G93" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H93" s="5" t="s">
         <v>633</v>
       </c>
-      <c r="C93" s="5" t="s">
+      <c r="I93" s="5" t="s">
         <v>634</v>
       </c>
-      <c r="D93" s="5" t="s">
+      <c r="J93" s="5" t="s">
         <v>635</v>
       </c>
-      <c r="E93" s="5" t="s">
+      <c r="K93" s="5" t="s">
         <v>636</v>
       </c>
-      <c r="F93" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="G93" s="5" t="s">
+      <c r="L93" s="6" t="s">
         <v>637</v>
       </c>
-      <c r="H93" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="I93" s="5" t="s">
+      <c r="M93" s="5" t="s">
         <v>638</v>
-      </c>
-[...10 lines deleted...]
-        <v>641</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="5" t="s">
+        <v>639</v>
+      </c>
+      <c r="B94" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C94" s="5" t="s">
+        <v>147</v>
+      </c>
+      <c r="D94" s="5" t="s">
+        <v>146</v>
+      </c>
+      <c r="E94" s="5" t="s">
+        <v>640</v>
+      </c>
+      <c r="F94" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G94" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H94" s="5" t="s">
+        <v>641</v>
+      </c>
+      <c r="I94" s="5" t="s">
         <v>642</v>
       </c>
-      <c r="B94" s="5" t="s">
-[...13 lines deleted...]
-      <c r="F94" s="5" t="s">
+      <c r="J94" s="5" t="s">
         <v>643</v>
       </c>
-      <c r="G94" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H94" s="5" t="s">
+      <c r="K94" s="5" t="s">
         <v>644</v>
       </c>
-      <c r="I94" s="5" t="s">
+      <c r="L94" s="6" t="s">
         <v>645</v>
       </c>
-      <c r="J94" s="5" t="s">
+      <c r="M94" s="5" t="s">
         <v>646</v>
-      </c>
-[...7 lines deleted...]
-        <v>649</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="5" t="s">
+        <v>647</v>
+      </c>
+      <c r="B95" s="5" t="s">
+        <v>648</v>
+      </c>
+      <c r="C95" s="5" t="s">
+        <v>649</v>
+      </c>
+      <c r="D95" s="5" t="s">
         <v>650</v>
       </c>
-      <c r="B95" s="5" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E95" s="5" t="s">
-        <v>17</v>
-[...9 lines deleted...]
-      <c r="H95" s="5" t="s">
         <v>651</v>
       </c>
+      <c r="F95" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G95" s="5" t="s">
+        <v>652</v>
+      </c>
+      <c r="H95" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
       <c r="I95" s="5" t="s">
-        <v>652</v>
+        <v>653</v>
       </c>
       <c r="J95" s="5" t="s">
-        <v>653</v>
+        <v>73</v>
       </c>
       <c r="K95" s="5" t="s">
         <v>654</v>
       </c>
       <c r="L95" s="6" t="s">
         <v>655</v>
       </c>
       <c r="M95" s="5" t="s">
         <v>656</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="5" t="s">
         <v>657</v>
       </c>
       <c r="B96" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C96" s="5" t="s">
-        <v>140</v>
+        <v>33</v>
       </c>
       <c r="D96" s="5" t="s">
-        <v>139</v>
-[...2 lines deleted...]
-        <v>17</v>
+        <v>146</v>
+      </c>
+      <c r="E96" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F96" s="5" t="s">
-        <v>447</v>
+        <v>658</v>
       </c>
       <c r="G96" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H96" s="5" t="s">
-        <v>658</v>
+        <v>659</v>
       </c>
       <c r="I96" s="5" t="s">
-        <v>659</v>
+        <v>660</v>
       </c>
       <c r="J96" s="5" t="s">
-        <v>660</v>
+        <v>661</v>
       </c>
       <c r="K96" s="5" t="s">
-        <v>661</v>
+        <v>662</v>
       </c>
       <c r="L96" s="6" t="s">
-        <v>662</v>
+        <v>663</v>
       </c>
       <c r="M96" s="5" t="s">
-        <v>663</v>
+        <v>664</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="5" t="s">
-        <v>664</v>
+        <v>665</v>
       </c>
       <c r="B97" s="5" t="s">
-        <v>162</v>
+        <v>14</v>
       </c>
       <c r="C97" s="5" t="s">
-        <v>16</v>
-[...14 lines deleted...]
-        </is>
+        <v>147</v>
+      </c>
+      <c r="D97" s="5" t="s">
+        <v>146</v>
+      </c>
+      <c r="E97" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F97" s="5" t="s">
+        <v>463</v>
       </c>
       <c r="G97" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H97" s="5" t="s">
-        <v>665</v>
-[...10 lines deleted...]
-        </is>
+        <v>666</v>
+      </c>
+      <c r="I97" s="5" t="s">
+        <v>667</v>
+      </c>
+      <c r="J97" s="5" t="s">
+        <v>668</v>
+      </c>
+      <c r="K97" s="5" t="s">
+        <v>669</v>
       </c>
       <c r="L97" s="6" t="s">
-        <v>666</v>
-[...1 lines deleted...]
-      <c r="M97" s="5"/>
+        <v>670</v>
+      </c>
+      <c r="M97" s="5" t="s">
+        <v>671</v>
+      </c>
     </row>
     <row r="98">
       <c r="A98" s="5" t="s">
-        <v>667</v>
+        <v>672</v>
       </c>
       <c r="B98" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C98" s="5" t="s">
-        <v>140</v>
+        <v>147</v>
       </c>
       <c r="D98" s="5" t="s">
-        <v>139</v>
-[...4 lines deleted...]
-        </is>
+        <v>146</v>
+      </c>
+      <c r="E98" s="5" t="s">
+        <v>17</v>
       </c>
       <c r="F98" s="5" t="s">
-        <v>447</v>
+        <v>463</v>
       </c>
       <c r="G98" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H98" s="5" t="s">
-        <v>668</v>
+        <v>673</v>
       </c>
       <c r="I98" s="5" t="s">
-        <v>669</v>
+        <v>674</v>
       </c>
       <c r="J98" s="5" t="s">
-        <v>670</v>
+        <v>675</v>
       </c>
       <c r="K98" s="5" t="s">
-        <v>671</v>
+        <v>676</v>
       </c>
       <c r="L98" s="6" t="s">
-        <v>672</v>
+        <v>677</v>
       </c>
       <c r="M98" s="5" t="s">
-        <v>673</v>
+        <v>678</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="5" t="s">
-        <v>674</v>
+        <v>679</v>
       </c>
       <c r="B99" s="5" t="s">
-        <v>14</v>
+        <v>169</v>
       </c>
       <c r="C99" s="5" t="s">
-        <v>140</v>
-[...2 lines deleted...]
-        <v>139</v>
+        <v>16</v>
+      </c>
+      <c r="D99" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="E99" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="F99" s="5" t="s">
-        <v>447</v>
+      <c r="F99" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G99" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H99" s="5" t="s">
-        <v>675</v>
+        <v>680</v>
       </c>
       <c r="I99" s="5"/>
-      <c r="J99" s="5" t="s">
-[...3 lines deleted...]
-        <v>677</v>
+      <c r="J99" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K99" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="L99" s="6" t="s">
-        <v>678</v>
-[...3 lines deleted...]
-      </c>
+        <v>681</v>
+      </c>
+      <c r="M99" s="5"/>
     </row>
     <row r="100">
       <c r="A100" s="5" t="s">
-        <v>680</v>
+        <v>682</v>
       </c>
       <c r="B100" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C100" s="5" t="s">
-        <v>140</v>
+        <v>147</v>
       </c>
       <c r="D100" s="5" t="s">
-        <v>139</v>
-[...2 lines deleted...]
-        <v>681</v>
+        <v>146</v>
+      </c>
+      <c r="E100" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F100" s="5" t="s">
-        <v>682</v>
+        <v>463</v>
       </c>
       <c r="G100" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H100" s="5" t="s">
         <v>683</v>
       </c>
       <c r="I100" s="5" t="s">
         <v>684</v>
       </c>
       <c r="J100" s="5" t="s">
         <v>685</v>
       </c>
       <c r="K100" s="5" t="s">
         <v>686</v>
       </c>
       <c r="L100" s="6" t="s">
         <v>687</v>
       </c>
       <c r="M100" s="5" t="s">
         <v>688</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="5" t="s">
         <v>689</v>
       </c>
       <c r="B101" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C101" s="5" t="s">
+        <v>147</v>
+      </c>
+      <c r="D101" s="5" t="s">
+        <v>146</v>
+      </c>
+      <c r="E101" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F101" s="5" t="s">
+        <v>463</v>
+      </c>
+      <c r="G101" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H101" s="5" t="s">
         <v>690</v>
       </c>
-      <c r="D101" s="5" t="s">
-[...15 lines deleted...]
-      <c r="H101" s="5" t="s">
+      <c r="I101" s="5"/>
+      <c r="J101" s="5" t="s">
         <v>691</v>
       </c>
-      <c r="I101" s="5" t="s">
+      <c r="K101" s="5" t="s">
         <v>692</v>
       </c>
-      <c r="J101" s="5" t="s">
+      <c r="L101" s="6" t="s">
         <v>693</v>
       </c>
-      <c r="K101" s="5" t="s">
+      <c r="M101" s="5" t="s">
         <v>694</v>
       </c>
-      <c r="L101" s="6" t="s">
+    </row>
+    <row r="102">
+      <c r="A102" s="5" t="s">
         <v>695</v>
       </c>
-      <c r="M101" s="5" t="s">
+      <c r="B102" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C102" s="5" t="s">
+        <v>147</v>
+      </c>
+      <c r="D102" s="5" t="s">
+        <v>146</v>
+      </c>
+      <c r="E102" s="5" t="s">
         <v>696</v>
       </c>
-    </row>
-[...10 lines deleted...]
-      <c r="D102" s="5" t="s">
+      <c r="F102" s="5" t="s">
         <v>697</v>
-      </c>
-[...8 lines deleted...]
-        </is>
       </c>
       <c r="G102" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H102" s="5" t="s">
         <v>698</v>
       </c>
       <c r="I102" s="5" t="s">
         <v>699</v>
       </c>
       <c r="J102" s="5" t="s">
         <v>700</v>
       </c>
       <c r="K102" s="5" t="s">
         <v>701</v>
       </c>
       <c r="L102" s="6" t="s">
         <v>702</v>
       </c>
       <c r="M102" s="5" t="s">
         <v>703</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="5" t="s">
         <v>704</v>
       </c>
       <c r="B103" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C103" s="5" t="s">
-        <v>139</v>
+        <v>705</v>
       </c>
       <c r="D103" s="5" t="s">
-        <v>215</v>
+        <v>231</v>
       </c>
       <c r="E103" s="5" t="s">
-        <v>705</v>
-[...2 lines deleted...]
-        <v>148</v>
+        <v>342</v>
+      </c>
+      <c r="F103" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G103" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H103" s="5" t="s">
         <v>706</v>
       </c>
       <c r="I103" s="5" t="s">
         <v>707</v>
       </c>
       <c r="J103" s="5" t="s">
         <v>708</v>
       </c>
       <c r="K103" s="5" t="s">
         <v>709</v>
       </c>
       <c r="L103" s="6" t="s">
         <v>710</v>
       </c>
       <c r="M103" s="5" t="s">
         <v>711</v>
       </c>
     </row>
     <row r="104">
-      <c r="A104" s="5" t="s">
+      <c r="A104" s="5" t="n">
+        <v>1917</v>
+      </c>
+      <c r="B104" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C104" s="5" t="s">
+        <v>147</v>
+      </c>
+      <c r="D104" s="5" t="s">
         <v>712</v>
-      </c>
-[...7 lines deleted...]
-        <v>697</v>
       </c>
       <c r="E104" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F104" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G104" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H104" s="5" t="s">
         <v>713</v>
       </c>
       <c r="I104" s="5" t="s">
         <v>714</v>
       </c>
       <c r="J104" s="5" t="s">
         <v>715</v>
       </c>
       <c r="K104" s="5" t="s">
         <v>716</v>
       </c>
       <c r="L104" s="6" t="s">
         <v>717</v>
       </c>
       <c r="M104" s="5" t="s">
         <v>718</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="5" t="s">
         <v>719</v>
       </c>
       <c r="B105" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C105" s="5" t="s">
-        <v>25</v>
+        <v>146</v>
       </c>
       <c r="D105" s="5" t="s">
-        <v>635</v>
+        <v>231</v>
       </c>
       <c r="E105" s="5" t="s">
         <v>720</v>
       </c>
       <c r="F105" s="5" t="s">
+        <v>155</v>
+      </c>
+      <c r="G105" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H105" s="5" t="s">
         <v>721</v>
       </c>
-      <c r="G105" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H105" s="5" t="s">
+      <c r="I105" s="5" t="s">
         <v>722</v>
       </c>
-      <c r="I105" s="5" t="s">
+      <c r="J105" s="5" t="s">
         <v>723</v>
-      </c>
-[...1 lines deleted...]
-        <v>66</v>
       </c>
       <c r="K105" s="5" t="s">
         <v>724</v>
       </c>
       <c r="L105" s="6" t="s">
         <v>725</v>
       </c>
       <c r="M105" s="5" t="s">
         <v>726</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="5" t="s">
         <v>727</v>
       </c>
       <c r="B106" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C106" s="5" t="s">
-        <v>140</v>
+        <v>147</v>
       </c>
       <c r="D106" s="5" t="s">
-        <v>215</v>
+        <v>712</v>
       </c>
       <c r="E106" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F106" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G106" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H106" s="5" t="s">
         <v>728</v>
       </c>
       <c r="I106" s="5" t="s">
         <v>729</v>
       </c>
       <c r="J106" s="5" t="s">
         <v>730</v>
       </c>
       <c r="K106" s="5" t="s">
         <v>731</v>
       </c>
       <c r="L106" s="6" t="s">
         <v>732</v>
       </c>
       <c r="M106" s="5" t="s">
         <v>733</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="5" t="s">
         <v>734</v>
       </c>
       <c r="B107" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C107" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="D107" s="5" t="s">
+        <v>650</v>
+      </c>
+      <c r="E107" s="5" t="s">
         <v>735</v>
-      </c>
-[...7 lines deleted...]
-        <v>326</v>
       </c>
       <c r="F107" s="5" t="s">
         <v>736</v>
       </c>
       <c r="G107" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H107" s="5" t="s">
         <v>737</v>
       </c>
       <c r="I107" s="5" t="s">
         <v>738</v>
       </c>
       <c r="J107" s="5" t="s">
+        <v>73</v>
+      </c>
+      <c r="K107" s="5" t="s">
         <v>739</v>
       </c>
-      <c r="K107" s="5" t="s">
+      <c r="L107" s="6" t="s">
         <v>740</v>
       </c>
-      <c r="L107" s="6" t="s">
+      <c r="M107" s="5" t="s">
         <v>741</v>
-      </c>
-[...1 lines deleted...]
-        <v>742</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="5" t="s">
+        <v>742</v>
+      </c>
+      <c r="B108" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C108" s="5" t="s">
+        <v>147</v>
+      </c>
+      <c r="D108" s="5" t="s">
+        <v>231</v>
+      </c>
+      <c r="E108" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F108" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G108" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H108" s="5" t="s">
         <v>743</v>
       </c>
-      <c r="B108" s="5" t="s">
-[...8 lines deleted...]
-      <c r="E108" s="5" t="s">
+      <c r="I108" s="5" t="s">
         <v>744</v>
       </c>
-      <c r="F108" s="5" t="s">
-[...7 lines deleted...]
-      <c r="H108" s="5" t="s">
+      <c r="J108" s="5" t="s">
         <v>745</v>
       </c>
-      <c r="I108" s="5" t="s">
+      <c r="K108" s="5" t="s">
         <v>746</v>
       </c>
-      <c r="J108" s="5" t="s">
+      <c r="L108" s="6" t="s">
         <v>747</v>
       </c>
-      <c r="K108" s="5" t="s">
+      <c r="M108" s="5" t="s">
         <v>748</v>
-      </c>
-[...4 lines deleted...]
-        <v>750</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="5" t="s">
+        <v>749</v>
+      </c>
+      <c r="B109" s="5" t="s">
+        <v>750</v>
+      </c>
+      <c r="C109" s="5" t="s">
+        <v>147</v>
+      </c>
+      <c r="D109" s="5" t="s">
+        <v>712</v>
+      </c>
+      <c r="E109" s="5" t="s">
+        <v>342</v>
+      </c>
+      <c r="F109" s="5" t="s">
         <v>751</v>
       </c>
-      <c r="B109" s="5" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="G109" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="H109" s="5" t="inlineStr">
-[...8 lines deleted...]
-        </is>
+      <c r="H109" s="5" t="s">
+        <v>752</v>
+      </c>
+      <c r="I109" s="5" t="s">
+        <v>753</v>
+      </c>
+      <c r="J109" s="5" t="s">
+        <v>754</v>
       </c>
       <c r="K109" s="5" t="s">
-        <v>752</v>
+        <v>755</v>
       </c>
       <c r="L109" s="6" t="s">
-        <v>753</v>
-[...1 lines deleted...]
-      <c r="M109" s="5"/>
+        <v>756</v>
+      </c>
+      <c r="M109" s="5" t="s">
+        <v>757</v>
+      </c>
     </row>
     <row r="110">
       <c r="A110" s="5" t="s">
-        <v>754</v>
+        <v>758</v>
       </c>
       <c r="B110" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C110" s="5" t="s">
-        <v>755</v>
+        <v>146</v>
       </c>
       <c r="D110" s="5" t="s">
-        <v>697</v>
+        <v>147</v>
       </c>
       <c r="E110" s="5" t="s">
-        <v>17</v>
-[...7 lines deleted...]
-        <v>756</v>
+        <v>759</v>
+      </c>
+      <c r="F110" s="5" t="s">
+        <v>155</v>
+      </c>
+      <c r="G110" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="H110" s="5" t="s">
-        <v>757</v>
-[...1 lines deleted...]
-      <c r="I110" s="5"/>
+        <v>760</v>
+      </c>
+      <c r="I110" s="5" t="s">
+        <v>761</v>
+      </c>
       <c r="J110" s="5" t="s">
-        <v>758</v>
+        <v>762</v>
       </c>
       <c r="K110" s="5" t="s">
-        <v>759</v>
+        <v>763</v>
       </c>
       <c r="L110" s="6" t="s">
-        <v>760</v>
+        <v>764</v>
       </c>
       <c r="M110" s="5" t="s">
-        <v>761</v>
+        <v>765</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="5" t="s">
-        <v>762</v>
+        <v>766</v>
       </c>
       <c r="B111" s="5" t="s">
-        <v>14</v>
+        <v>169</v>
       </c>
       <c r="C111" s="5" t="s">
-        <v>755</v>
-[...5 lines deleted...]
-        <v>17</v>
+        <v>16</v>
+      </c>
+      <c r="D111" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="E111" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="F111" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G111" s="5" t="s">
-[...3 lines deleted...]
-        <v>763</v>
+      <c r="G111" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H111" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="I111" s="5"/>
-      <c r="J111" s="5" t="s">
-        <v>758</v>
+      <c r="J111" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="K111" s="5" t="s">
-        <v>764</v>
+        <v>767</v>
       </c>
       <c r="L111" s="6" t="s">
-        <v>765</v>
-[...3 lines deleted...]
-      </c>
+        <v>768</v>
+      </c>
+      <c r="M111" s="5"/>
     </row>
     <row r="112">
       <c r="A112" s="5" t="s">
-        <v>767</v>
+        <v>769</v>
       </c>
       <c r="B112" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C112" s="5" t="s">
-        <v>139</v>
+        <v>770</v>
       </c>
       <c r="D112" s="5" t="s">
-        <v>215</v>
+        <v>712</v>
       </c>
       <c r="E112" s="5" t="s">
-        <v>768</v>
-[...2 lines deleted...]
-        <v>148</v>
+        <v>17</v>
+      </c>
+      <c r="F112" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G112" s="5" t="s">
-        <v>769</v>
+        <v>771</v>
       </c>
       <c r="H112" s="5" t="s">
-        <v>770</v>
-[...3 lines deleted...]
-      </c>
+        <v>772</v>
+      </c>
+      <c r="I112" s="5"/>
       <c r="J112" s="5" t="s">
-        <v>772</v>
+        <v>773</v>
       </c>
       <c r="K112" s="5" t="s">
-        <v>773</v>
+        <v>774</v>
       </c>
       <c r="L112" s="6" t="s">
-        <v>774</v>
+        <v>775</v>
       </c>
       <c r="M112" s="5" t="s">
-        <v>775</v>
+        <v>776</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="5" t="s">
-        <v>776</v>
+        <v>777</v>
       </c>
       <c r="B113" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C113" s="5" t="s">
-        <v>215</v>
+        <v>770</v>
       </c>
       <c r="D113" s="5" t="s">
-        <v>665</v>
+        <v>712</v>
       </c>
       <c r="E113" s="5" t="s">
-        <v>326</v>
+        <v>17</v>
       </c>
       <c r="F113" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
-      <c r="G113" s="5" t="inlineStr">
-[...2 lines deleted...]
-        </is>
+      <c r="G113" s="5" t="s">
+        <v>771</v>
       </c>
       <c r="H113" s="5" t="s">
-        <v>777</v>
-[...1 lines deleted...]
-      <c r="I113" s="5" t="s">
         <v>778</v>
       </c>
+      <c r="I113" s="5"/>
       <c r="J113" s="5" t="s">
+        <v>773</v>
+      </c>
+      <c r="K113" s="5" t="s">
         <v>779</v>
       </c>
-      <c r="K113" s="5" t="s">
+      <c r="L113" s="6" t="s">
         <v>780</v>
       </c>
-      <c r="L113" s="6" t="s">
+      <c r="M113" s="5" t="s">
         <v>781</v>
-      </c>
-[...1 lines deleted...]
-        <v>782</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="5" t="s">
+        <v>782</v>
+      </c>
+      <c r="B114" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C114" s="5" t="s">
+        <v>146</v>
+      </c>
+      <c r="D114" s="5" t="s">
+        <v>231</v>
+      </c>
+      <c r="E114" s="5" t="s">
         <v>783</v>
       </c>
-      <c r="B114" s="5" t="s">
-[...2 lines deleted...]
-      <c r="C114" s="5" t="s">
+      <c r="F114" s="5" t="s">
+        <v>155</v>
+      </c>
+      <c r="G114" s="5" t="s">
         <v>784</v>
       </c>
-      <c r="D114" s="5" t="s">
-[...2 lines deleted...]
-      <c r="E114" s="5" t="s">
+      <c r="H114" s="5" t="s">
         <v>785</v>
       </c>
-      <c r="F114" s="5" t="s">
+      <c r="I114" s="5" t="s">
         <v>786</v>
       </c>
-      <c r="G114" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H114" s="5" t="s">
+      <c r="J114" s="5" t="s">
         <v>787</v>
       </c>
-      <c r="I114" s="5" t="s">
+      <c r="K114" s="5" t="s">
         <v>788</v>
       </c>
-      <c r="J114" s="5" t="s">
+      <c r="L114" s="6" t="s">
         <v>789</v>
       </c>
-      <c r="K114" s="5" t="s">
+      <c r="M114" s="5" t="s">
         <v>790</v>
-      </c>
-[...4 lines deleted...]
-        <v>792</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="5" t="s">
+        <v>791</v>
+      </c>
+      <c r="B115" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C115" s="5" t="s">
+        <v>231</v>
+      </c>
+      <c r="D115" s="5" t="s">
+        <v>680</v>
+      </c>
+      <c r="E115" s="5" t="s">
+        <v>342</v>
+      </c>
+      <c r="F115" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G115" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H115" s="5" t="s">
+        <v>792</v>
+      </c>
+      <c r="I115" s="5" t="s">
         <v>793</v>
       </c>
-      <c r="B115" s="5" t="s">
-[...5 lines deleted...]
-      <c r="D115" s="5" t="s">
+      <c r="J115" s="5" t="s">
         <v>794</v>
       </c>
-      <c r="E115" s="5" t="inlineStr">
-[...14 lines deleted...]
-      <c r="H115" s="5" t="s">
+      <c r="K115" s="5" t="s">
         <v>795</v>
       </c>
-      <c r="I115" s="5" t="s">
+      <c r="L115" s="6" t="s">
         <v>796</v>
       </c>
-      <c r="J115" s="5" t="s">
+      <c r="M115" s="5" t="s">
         <v>797</v>
-      </c>
-[...7 lines deleted...]
-        <v>800</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="5" t="s">
+        <v>798</v>
+      </c>
+      <c r="B116" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C116" s="5" t="s">
+        <v>799</v>
+      </c>
+      <c r="D116" s="5" t="s">
+        <v>231</v>
+      </c>
+      <c r="E116" s="5" t="s">
+        <v>800</v>
+      </c>
+      <c r="F116" s="5" t="s">
         <v>801</v>
       </c>
-      <c r="B116" s="5" t="s">
-[...11 lines deleted...]
-      <c r="F116" s="5" t="s">
+      <c r="G116" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H116" s="5" t="s">
         <v>802</v>
       </c>
-      <c r="G116" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H116" s="5" t="s">
+      <c r="I116" s="5" t="s">
         <v>803</v>
       </c>
-      <c r="I116" s="5" t="s">
+      <c r="J116" s="5" t="s">
         <v>804</v>
       </c>
-      <c r="J116" s="5" t="s">
+      <c r="K116" s="5" t="s">
         <v>805</v>
       </c>
-      <c r="K116" s="5" t="s">
+      <c r="L116" s="6" t="s">
         <v>806</v>
       </c>
-      <c r="L116" s="6" t="s">
+      <c r="M116" s="5" t="s">
         <v>807</v>
-      </c>
-[...1 lines deleted...]
-        <v>808</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="5" t="s">
+        <v>808</v>
+      </c>
+      <c r="B117" s="5" t="s">
+        <v>750</v>
+      </c>
+      <c r="C117" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="D117" s="5" t="s">
         <v>809</v>
-      </c>
-[...7 lines deleted...]
-        <v>697</v>
       </c>
       <c r="E117" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F117" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G117" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H117" s="5" t="s">
         <v>810</v>
       </c>
       <c r="I117" s="5" t="s">
         <v>811</v>
       </c>
       <c r="J117" s="5" t="s">
         <v>812</v>
       </c>
       <c r="K117" s="5" t="s">
         <v>813</v>
       </c>
       <c r="L117" s="6" t="s">
         <v>814</v>
       </c>
       <c r="M117" s="5" t="s">
         <v>815</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="5" t="s">
         <v>816</v>
       </c>
       <c r="B118" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C118" s="5" t="s">
-        <v>110</v>
+        <v>712</v>
       </c>
       <c r="D118" s="5" t="s">
-        <v>665</v>
-[...9 lines deleted...]
-        </is>
+        <v>231</v>
+      </c>
+      <c r="E118" s="5" t="s">
+        <v>800</v>
+      </c>
+      <c r="F118" s="5" t="s">
+        <v>817</v>
       </c>
       <c r="G118" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H118" s="5" t="s">
-        <v>817</v>
+        <v>818</v>
       </c>
       <c r="I118" s="5" t="s">
-        <v>818</v>
+        <v>819</v>
       </c>
       <c r="J118" s="5" t="s">
-        <v>819</v>
+        <v>820</v>
       </c>
       <c r="K118" s="5" t="s">
-        <v>820</v>
+        <v>821</v>
       </c>
       <c r="L118" s="6" t="s">
-        <v>821</v>
+        <v>822</v>
       </c>
       <c r="M118" s="5" t="s">
-        <v>822</v>
+        <v>823</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" s="5" t="s">
-        <v>823</v>
+        <v>824</v>
       </c>
       <c r="B119" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C119" s="5" t="s">
-        <v>110</v>
+        <v>231</v>
       </c>
       <c r="D119" s="5" t="s">
-        <v>824</v>
+        <v>712</v>
       </c>
       <c r="E119" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="F119" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="G119" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H119" s="5" t="s">
         <v>825</v>
       </c>
       <c r="I119" s="5" t="s">
         <v>826</v>
       </c>
       <c r="J119" s="5" t="s">
-        <v>819</v>
+        <v>827</v>
       </c>
       <c r="K119" s="5" t="s">
-        <v>827</v>
+        <v>828</v>
       </c>
       <c r="L119" s="6" t="s">
-        <v>828</v>
+        <v>829</v>
       </c>
       <c r="M119" s="5" t="s">
-        <v>829</v>
+        <v>830</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" s="5" t="s">
-        <v>830</v>
+        <v>831</v>
       </c>
       <c r="B120" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C120" s="5" t="s">
-        <v>215</v>
+        <v>117</v>
       </c>
       <c r="D120" s="5" t="s">
-        <v>139</v>
-[...5 lines deleted...]
-        <v>831</v>
+        <v>680</v>
+      </c>
+      <c r="E120" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F120" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G120" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H120" s="5" t="s">
         <v>832</v>
       </c>
       <c r="I120" s="5" t="s">
         <v>833</v>
       </c>
       <c r="J120" s="5" t="s">
         <v>834</v>
       </c>
       <c r="K120" s="5" t="s">
         <v>835</v>
       </c>
       <c r="L120" s="6" t="s">
         <v>836</v>
       </c>
       <c r="M120" s="5" t="s">
         <v>837</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" s="5" t="s">
         <v>838</v>
       </c>
       <c r="B121" s="5" t="s">
         <v>14</v>
       </c>
       <c r="C121" s="5" t="s">
-        <v>139</v>
+        <v>117</v>
       </c>
       <c r="D121" s="5" t="s">
-        <v>215</v>
-[...1 lines deleted...]
-      <c r="E121" s="5" t="s">
         <v>839</v>
       </c>
-      <c r="F121" s="5" t="s">
-        <v>802</v>
+      <c r="E121" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F121" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
       </c>
       <c r="G121" s="5" t="inlineStr">
         <is>
           <t/>
         </is>
       </c>
       <c r="H121" s="5" t="s">
         <v>840</v>
       </c>
       <c r="I121" s="5" t="s">
         <v>841</v>
       </c>
       <c r="J121" s="5" t="s">
+        <v>834</v>
+      </c>
+      <c r="K121" s="5" t="s">
         <v>842</v>
       </c>
-      <c r="K121" s="5" t="s">
+      <c r="L121" s="6" t="s">
         <v>843</v>
       </c>
-      <c r="L121" s="6" t="s">
+      <c r="M121" s="5" t="s">
         <v>844</v>
-      </c>
-[...1 lines deleted...]
-        <v>845</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" s="5" t="s">
+        <v>845</v>
+      </c>
+      <c r="B122" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C122" s="5" t="s">
+        <v>231</v>
+      </c>
+      <c r="D122" s="5" t="s">
+        <v>146</v>
+      </c>
+      <c r="E122" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="F122" s="5" t="s">
         <v>846</v>
       </c>
-      <c r="B122" s="5" t="s">
-[...8 lines deleted...]
-      <c r="E122" s="5" t="s">
+      <c r="G122" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H122" s="5" t="s">
         <v>847</v>
       </c>
-      <c r="F122" s="5" t="s">
+      <c r="I122" s="5" t="s">
         <v>848</v>
       </c>
-      <c r="G122" s="5" t="inlineStr">
-[...4 lines deleted...]
-      <c r="H122" s="5" t="s">
+      <c r="J122" s="5" t="s">
         <v>849</v>
       </c>
-      <c r="I122" s="5" t="s">
+      <c r="K122" s="5" t="s">
         <v>850</v>
       </c>
-      <c r="J122" s="5" t="s">
+      <c r="L122" s="6" t="s">
         <v>851</v>
       </c>
-      <c r="K122" s="5" t="s">
+      <c r="M122" s="5" t="s">
         <v>852</v>
-      </c>
-[...4 lines deleted...]
-        <v>854</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" s="5" t="s">
+        <v>853</v>
+      </c>
+      <c r="B123" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C123" s="5" t="s">
+        <v>146</v>
+      </c>
+      <c r="D123" s="5" t="s">
+        <v>231</v>
+      </c>
+      <c r="E123" s="5" t="s">
+        <v>854</v>
+      </c>
+      <c r="F123" s="5" t="s">
+        <v>817</v>
+      </c>
+      <c r="G123" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H123" s="5" t="s">
         <v>855</v>
       </c>
-      <c r="B123" s="5" t="s">
-[...19 lines deleted...]
-      <c r="H123" s="5" t="s">
+      <c r="I123" s="5" t="s">
         <v>856</v>
       </c>
-      <c r="I123" s="5" t="s">
+      <c r="J123" s="5" t="s">
         <v>857</v>
       </c>
-      <c r="J123" s="5" t="s">
+      <c r="K123" s="5" t="s">
         <v>858</v>
       </c>
-      <c r="K123" s="5" t="s">
+      <c r="L123" s="6" t="s">
         <v>859</v>
       </c>
-      <c r="L123" s="6" t="s">
+      <c r="M123" s="5" t="s">
         <v>860</v>
       </c>
-      <c r="M123" s="5" t="s">
+    </row>
+    <row r="124">
+      <c r="A124" s="5" t="s">
         <v>861</v>
+      </c>
+      <c r="B124" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C124" s="5" t="s">
+        <v>231</v>
+      </c>
+      <c r="D124" s="5" t="s">
+        <v>146</v>
+      </c>
+      <c r="E124" s="5" t="s">
+        <v>862</v>
+      </c>
+      <c r="F124" s="5" t="s">
+        <v>863</v>
+      </c>
+      <c r="G124" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H124" s="5" t="s">
+        <v>864</v>
+      </c>
+      <c r="I124" s="5" t="s">
+        <v>865</v>
+      </c>
+      <c r="J124" s="5" t="s">
+        <v>866</v>
+      </c>
+      <c r="K124" s="5" t="s">
+        <v>867</v>
+      </c>
+      <c r="L124" s="6" t="s">
+        <v>868</v>
+      </c>
+      <c r="M124" s="5" t="s">
+        <v>869</v>
+      </c>
+    </row>
+    <row r="125">
+      <c r="A125" s="5" t="s">
+        <v>870</v>
+      </c>
+      <c r="B125" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="C125" s="5" t="s">
+        <v>231</v>
+      </c>
+      <c r="D125" s="5" t="s">
+        <v>146</v>
+      </c>
+      <c r="E125" s="5" t="s">
+        <v>862</v>
+      </c>
+      <c r="F125" s="5" t="s">
+        <v>863</v>
+      </c>
+      <c r="G125" s="5" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="H125" s="5" t="s">
+        <v>871</v>
+      </c>
+      <c r="I125" s="5" t="s">
+        <v>872</v>
+      </c>
+      <c r="J125" s="5" t="s">
+        <v>873</v>
+      </c>
+      <c r="K125" s="5" t="s">
+        <v>874</v>
+      </c>
+      <c r="L125" s="6" t="s">
+        <v>875</v>
+      </c>
+      <c r="M125" s="5" t="s">
+        <v>876</v>
       </c>
     </row>
   </sheetData>
   <sheetCalcPr fullCalcOnLoad="1"/>
   <hyperlinks>
     <hyperlink ref="M2" r:id="rId7"/>
     <hyperlink ref="M3" r:id="rId8"/>
     <hyperlink ref="M4" r:id="rId9"/>
     <hyperlink ref="M5" r:id="rId10"/>
     <hyperlink ref="M6" r:id="rId11"/>
     <hyperlink ref="M7" r:id="rId12"/>
     <hyperlink ref="M8" r:id="rId13"/>
     <hyperlink ref="M9" r:id="rId14"/>
     <hyperlink ref="M10" r:id="rId15"/>
     <hyperlink ref="M11" r:id="rId16"/>
     <hyperlink ref="M12" r:id="rId17"/>
     <hyperlink ref="M13" r:id="rId18"/>
     <hyperlink ref="M14" r:id="rId19"/>
     <hyperlink ref="M15" r:id="rId20"/>
     <hyperlink ref="M16" r:id="rId21"/>
     <hyperlink ref="M17" r:id="rId22"/>
     <hyperlink ref="M18" r:id="rId23"/>
     <hyperlink ref="M19" r:id="rId24"/>
     <hyperlink ref="M20" r:id="rId25"/>
     <hyperlink ref="M21" r:id="rId26"/>
@@ -11105,44 +11282,46 @@
     <hyperlink ref="M99" r:id="rId104"/>
     <hyperlink ref="M100" r:id="rId105"/>
     <hyperlink ref="M101" r:id="rId106"/>
     <hyperlink ref="M102" r:id="rId107"/>
     <hyperlink ref="M103" r:id="rId108"/>
     <hyperlink ref="M104" r:id="rId109"/>
     <hyperlink ref="M105" r:id="rId110"/>
     <hyperlink ref="M106" r:id="rId111"/>
     <hyperlink ref="M107" r:id="rId112"/>
     <hyperlink ref="M108" r:id="rId113"/>
     <hyperlink ref="M109" r:id="rId114"/>
     <hyperlink ref="M110" r:id="rId115"/>
     <hyperlink ref="M111" r:id="rId116"/>
     <hyperlink ref="M112" r:id="rId117"/>
     <hyperlink ref="M113" r:id="rId118"/>
     <hyperlink ref="M114" r:id="rId119"/>
     <hyperlink ref="M115" r:id="rId120"/>
     <hyperlink ref="M116" r:id="rId121"/>
     <hyperlink ref="M117" r:id="rId122"/>
     <hyperlink ref="M118" r:id="rId123"/>
     <hyperlink ref="M119" r:id="rId124"/>
     <hyperlink ref="M120" r:id="rId125"/>
     <hyperlink ref="M121" r:id="rId126"/>
     <hyperlink ref="M122" r:id="rId127"/>
     <hyperlink ref="M123" r:id="rId128"/>
+    <hyperlink ref="M124" r:id="rId129"/>
+    <hyperlink ref="M125" r:id="rId130"/>
   </hyperlinks>
   <printOptions verticalCentered="0" horizontalCentered="0" headings="0" gridLines="0"/>
   <pageMargins right="0.75" left="0.75" bottom="1.0" top="1.0" footer="0.5" header="0.5"/>
   <pageSetup/>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes"/>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>axlsx</dc:creator>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <cp:revision></cp:revision>
 </cp:coreProperties>
 </file>